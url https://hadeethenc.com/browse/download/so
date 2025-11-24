--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,1206 +12,1235 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3407">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Soomaali
 # Source: https://hadeethenc.com/so
-# Last update: 2025-06-11 18:14:19 (v1.13.0)
-# Check for updates: https://hadeethenc.com/en/check/so/v1.13.0
+# Last update: 2025-11-12 00:15:37 (v1.16.0)
+# Check for updates: https://hadeethenc.com/en/check/so/v1.16.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً</t>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
   </si>
   <si>
     <t>(markuu ramadaanku soo galo cumrayso, cumrada ramadaanku xaj ayey u dhigantaaye)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
     <t>Ibnu Cabaas-Allaha ka raali ahaadee- wuxuu yiri: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu ku yiri: haweenay reer ansaar ah oo Ibnu Cabaas magaceeda sheegay ee aan ilaaway magaceeda: (maxaa kuu diiday inaad nala xajido?) waxay tiri: waxaan lahayn labo awr oo keliya, mid waxaa ku xajiyey odaygeyga iyo wiilkeyga, wuxuuna nooga tagay mid aan ku dhaan sano, wuxuu yiri: (markuu ramadaanku soo galo cumrayso, cumrada ramadaanku xaj ayey u dhigantaaye).</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi  korkiisa ha ahaatee- markuu ka soo laabtay xajatul-wadaac, ayuu ku yiri haweenay reer ansaar ah oo xajka aan tagin: maxaa kuu diiday inaad xajka noo raacdid?
 Waxay ku cudur daaratay inay lahaayeen labo awr, oo mid odaygeeda iyo wiilkeedu ku xajiyeen, midna wuu uga tagey si biyaha ceelka uga soo dhaansadaan.
 Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-  wuxuu u sheegay in gudashada cumrada bisha ramadaan dhexdeeda uu u dhigmo ajarkeedu ajarka xajka.</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
     <t>Fadliga cumrada ee bisha ramadaan
 Cumrada ramadaanka dhexdiisa waxay u dhigantaa ajar ahaan xaj, laakiin kuma dhacayo waajibka xajku.
 Ajarka camalku wuxuu ku siyaadaa sharafta uu waqtigu leeyahay, waxaana ka mid ah acmaasha bisha ramadaanka la qabto.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Xadiis Saxiix ah]</t>
   </si>
   <si>
     <t>[Xadiis la isku waafaqay]</t>
   </si>
   <si>
     <t>so</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2753</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>qofka Ilaahay darti u xajiya ee aan dumarka la haasaawin ee aan fusuq la imaan wuxuu soo noqdaa isagoo danbi ka ah sida Maalintii Hooyadi dhashay</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay isagoo dhahaya: "qofka Ilaahay darti u xajiya ee aan dumarka la haasaawin ee aan fusuq la imaan wuxuu soo noqdaa isagoo danbi ka ah sida Maalintii Hooyadi dhashay.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in qofka Ilaahay darti u Xajiya ee aan Rafas la imaan, Rafaskuna waa Galmada iyo wax yaabaha ka horeeya sida dhunkashada, iyo salaaxida, waxaa kaloo lagu macneeyaa Rafaska hadalka xun, Qofkaasoo aan samayn fisqi, iyo ficil macsiya iyo xumaan. Fusuqa waxaa ka mida in lagu dhoco wax yaabaha ka reeban Qofka Muxrimka ah,  Qofkaasi wuxuu Xajkiisa ka soo laabtaa  isagoo loo dambi dhaafay, oo ah sida Ilmuhu markuu dhasho aanu danbi u lahayn.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Fusuqu isagoo reeban mar walba, hadana waxaa lasii adkeeyey reebidiisa marka Xajka la gudanaayo, iyado la waynaynaayo acmaasha Xajka.
 Dadku waxay dhashaan iyago wax danbiya aan lahayn, mana qaadayaan gaf qof kale galay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2758</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ</t>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>Rasuulka Ilaahayow, waxaan u aragnaa in jihaadku u fadli badan yahay camalka ee  ma jihaadnaa? wuxuu ku yiri: "maya, laakiin jihaadka u fadli badani waa: xajka lagu baarinimo falay</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>Caa'isha, hooyadii mu'uminiinta -Allaha ka raali ahaadee- waxay tiri: Rasuulka Ilaahayow, waxaan u aragnaa in jihaadku u fadli badan yahay camalka ee  ma jihaadnaa? wuxuu ku yiri: "maya, laakiin jihaadka u fadli badani waa: xajka lagu baarinimo falay."</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
     <t>Asaxaabtu -Allaha ka raali ahaadee-waxay u arkayeen inuu jihaadka iyo gaalada oo lala dagaalamo uu ugu fadli badan yahay camalka. Sidaa darteed bay Caa'isha u weydiisay Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- in dumarku jihaadaan?
 Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu u tilmaamay jihaadka dumarka u fadli badan kaasoo ah xajka wanaagsan ee waafaqsan  kitaabka iyo sunada Rasuulka, ee ka nabad galay dambi iyo istustus.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>Jihaadku waa camalka ugu fadliga badan raga.
 Xajku dumarka isagaa uga fadli badan Jihaadka waana camalka ugu fadliga badan dumarka.
 Acmaashu way kala fadli badan tahay wayna u kala duwan tahay kolba qofka qabanaya camalka.
 Xajka waxaa lagu magacaabay jihaad, waayo waa jihaadka nafta, iyo maalka oo la huro,  iyo tamarta jirka oo lagu bixinaayo, waana cibaado jirka iyo maalba lagu bixiyo sida jihaadka Ilaahay darti oo kale.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[Waxa wariyay Albukhaari]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2759</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>Waar hooy ma idiin sheegaa dambiyada kuwa ugu waaway?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Abii bakrata Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Waar hooy ma idiin sheegaa dambiyada kuwa ugu waaway?" seddex jeer, waxay dheheen: haa Rasuul Ilaahayow, wuxuu yiri: "waa: Ilaahay oo loo shariig yeelo iyo waalid caasiga" wuuna soo fariistay isagoo xusulku u mudan yahay, wuxuu yiri: "waar hooy iyo markhaati Beenaalaha), wuxuu yiri: kama uuna daalin inuu ku celceliyo ereygaa, ilaa aan iri: muu iska aamuso.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu u sheegay Asaxaabtiisa dambiyada ugu waawayn, seddexdan buuna sheegay:
 1aad. Ilaahay oo loo shariig yeelo: waana nooc walba oo cibaadada ka mida oo loo leexiyo cidaan Ilaahay ahayn, iyo Ilaahay Ilaahnimadiisa, Rabinimadiisa, Magacyadiisa iyo Sifaadkiisa oo cid kale lala simo.
 2aad. Waalid caasiga: waana dayac iyo hagardaamo kasta oo labada waalid loogaysto, hadal iyo ficilba kuu doono ha ahaadee, iyo samafalkooda oo lala imaan waayo.
 3aad. Been abuurka oo markhaati Beenaaluhuna soo galayo: waana hadal kasta oo Been abuura loogana jeedo in lagu duudsiiyo Qof,  kaasoo lagu banaysanayo Maalkiisa, laguna xad gudbo Cirdigiisa iyo wixii la mida.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuu ku celceliyey ka digida hadalka Been abuurka ah, isagoo ku baraarujinaya dadka xumaantiisa iyo saamayntiisa xun ee Bulshada uu u leeyahay, ilaa ay dheheen Asaxaabtu: muu iska aamuso, iyagoo u naxariisanaya Nabiga nabadgelyo iyo naxariis Allaha siiyee, oo nacaya wixii isaga dhibaya.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Dambiga ugu wayn waa in Ilaahay loo shariig yeelo, waayo Ilaahay wuxuu ka dhigay kan ugu horeeya uguna wayn dambiyada, waxaana cadaynaya sidaa, hadalka Ilaahay ee {Ilaahay uma dambi dhaafo in loo shirki yeelo, wixii  ka  hooseeyase Qofkuu doono ayuu u dhaafaa}.
 Xadiiska waxaa ku sugan weynida Xuquuqda labada Waalid, waayo xaqooda Ilaahay ayaa ku xiriiriyey xaqiisa.
 Dambiyadu waxay u qaybsamaan waawayn iyo yaryar, dambiyada waawayni waa: dambi kasta oo ay ku soo aroortay ciqaab aduunka ah, sida Xuduuda iyo Lacnada, ama goodi Aakhiro, sida goodiga inuu Naar galidoono, dambiyada waawayn way kala sareeyaan oo qaar ayaa  xarimaada kaga sii adag qaarka kale, dambiyada yaryari waa wixii kuwa waawayn ka soo hara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>Ilaahay  casa wajala wuxuu idinka reebay inaad ku dhaarataan aabayaashiin</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>Cumar Binu  Khaddaab- Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: "Ilaahay  casa wajala wuxuu idinka reebay inaad ku dhaarataan aabayaashiin", Cumar baa yiri: wallaahi kuma dhaaran tan iyo markii aan reebida ka maqlay Rasuulka -naxariis iyo nabadi korkiisa ha ahaatee- ha ahaato si u la kac ah ama midaan qof kale ka soo wariyaye.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee wuxuu sheegay- in Ilaahay  reebay in lagu dhaarto Aabayaasha, Qofkii doonaya inuu dhaarto yaanu ku dhaaran cidan Ilaahay ahayn 
  oo yaanu ku dhaaraan Ilaahay qayrki. Ka dib Cumar Binu Khadaab ayaa sheegay inuusan ku dhaaran aabihii ilaa markii uu reebida ka maqley Nabiga naxariis iyo nabadi korkiisa ha ahaatee,  si u la kaca ama mid aan qof kale oo ilaahay qayrki ku dhaartay ka soo wariyaye.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>waa la xarimay in lagu dhaarto cidaan Ilaahay ahayn, wuxuuna si gaara u sheegay in aabayaasha lagu dhaarto, waayo waa dhaqankii jaahiliga.
 Dhaartu: waa in lagu dhaarto Ilaahay ama magacyadiisa iyo sifooyinkiisa iyadoo la adkaynaayo arin gaara.
 Fadliga Cumar Binu Khadaab Allaha ka raali noqdee, siduu ugu degegay inuu fuliyo amarka iyo fahamkiisa fiican iyo xalaal miiradkiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ</t>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
   </si>
   <si>
     <t>Gabadh ayaa la.arkay iyadoo ladilay duullaanadii rasuulka mid ka mid ah, wuuna diiday oo kaxumaaday rasuulku -naxariis iyo nabadi korkiiye-dilka haweenka iyo caruurta</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
   </si>
   <si>
     <t>Cabdullaahi bn cumar-Allaha karraalli ahaadee-waxuu dhahay: Gabadh ayaa la.arkay iyadoo ladilay duullaanadii rasuulka mid ka mid ah, wuuna diiday oo kaxumaaday rasuulku -naxariis iyo nabadi korkiiye-dilka haweenka iyo caruurta.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
   </si>
   <si>
     <t>Nabiga-naxariis iyo nabadi korkiiye-ayaa arkay haweenay lagu dilay jihaadkii nabiga mid kamid ah, wuuna diiday rasuulku dilka dumarka iyo caruurta aan qaan gaadhin.</t>
   </si>
   <si>
     <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
 النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
 رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
   </si>
   <si>
     <t>Dadka aan dagaalamayn ee haweenka iyo caruurta iyo kuwa la xukunka ah sida odayada gaboobay,dadka cibaadada u.go,ay iyaga lama dilikaro, haddayna ahayn kuwo talo usaaxiib ah,oo taladooda kaga qayb qaadanaya dagaalka muslimiinta lagu hayo, hadday sidaa yihiin waa lalayn.
 Waxaa lanahiyey dilka haweenka iyo carruurta, waayo waakuwo aan muslimiinta ladagaallamin, ujeeddada loo jideeyay jihaadkuna waa daciifinta xoogga kuwa diintu inay fiddo diiddan, ilaa ay diintu wada gaadho dadka.
 Xaddiiska waxaa ku cad naxariista nabiga -naxariis iyo nabadi korkiiye- xataa marka lagu jiro jihaadka iyo dagaalada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2949</t>
   </si>
   <si>
-    <t>نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ</t>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
   </si>
   <si>
     <t>nahiyey nadarka,waxuuna dhahay:((khayr makeeno, lkn bakhaylkaa wax lagaga soo saaraa))</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
   </si>
   <si>
     <t>Cabdullaahi bn cumar -Alla karraalli ahaadee- Waxuu nabiga kawariyey-naxariis iyo nabadi korkiiye-inuu nahiyey nadarka,waxuuna dhahay:((khayr makeeno, lkn bakhaylkaa wax lagaga soo saaraa)).</t>
   </si>
   <si>
     <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
   </si>
   <si>
     <t>waxuu nahiyey rasuulku-naxariis iyo nabadi korkiiye-nadarka, waana inuu qofku isku waajib yeelo wax aanu Alle ku waajibin, waxuuna dhahay: nadarku wax masoo dedejin karo waxna madib dhigi karo, lkn midka bakhaylka ah ee waxa kuwaajiba uun sameeya ayaa lagu soo saaraa, oo nadarku ma keeni karo shay aan xagga Alle uga qornayn qofka.</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>nadarka lama sharciyeyn(lama waajibin),lkn markuu qofku nadro waa kuwaajib inuu fuliyo haddaanu macsiyo ahayn.
 Sababta loo nahiyey nadarka waa(inuu kharba keenayn), waayo qaddarka Alle waxba kama celin karo, iyo inaanu uqaadan midka nadrayaa helitaanka waxa uu rabay inuu nadarku usobob ahaa, ilaahayna waa kaqanisan yahay waxaa.
 Imaam qurdubi ayaa dhahay: nahyigaa soo arooray halka laga diiday waa inuu dhoho tusaale ahaan: hadduu bogsado qofkayga buka sadaqaa waajib igu ah, waxa loo karaahaystayna waa markuu qurbaankaa ama sadaqadaa kuxidhay ama ku joojiyey helitaanka xaajadiisa uu magacaabay, oo markaa malaha qofkaasi niyad sadaqo bixin oo Alle dartii ah, waana waxa afkiisa kasoo yeedhay,balse waxuu go.aan saday wax kala baddalasho,waxaana caddaynaya hadduu bogsan waayo qofku mabixinaayo sadaqo,oo cafimaadkiisa ayuu kuxidhay sadaqada, taasina waa xaalka bakhiilka, oo maalkiisa waxba aan kabixin inuu baddal deg-deg ah qaato maahee, kaasoo kabadan waxa uu bixiyey.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2960</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>Waxa ugu horeeya ee dadka loo kala xukumaayo Maalinta Qiyaamaha waa Dhiiga</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud- Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Waxa ugu horeeya ee dadka loo kala xukumaayo Maalinta Qiyaamaha waa Dhiiga".</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-wuxuu sheegay waxa ugu horeeya ee loo kala xukumayo dadka is dulmayey Maalinta Qiyaamaha waa: Dhiiga, sida dilka iyo dhaawacyada.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Dhiiga arinkiisu waa wayn yahay, bilaabidu waxay noqon shayga ugu muhimsan.
 Dambiyadu waxay u kala daran yihiin kolba fasahaadka ka dhalanaya sida uu yahay, Nafta aan waxba gaysan oo la dilaana waa dambiyada ugu waawayn, wax ka wayna ma jiraan Gaalnimada iyo in Ilaahay loo shariig yeelo mooyee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ</t>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>midka u dagaalama si ay kalimada Ilaahay kor u ahaato ayaa dar Ilaahay u dagaalamay</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Abii Muusa Alashcari-Allaha ka raali ahaadee- wuxuu yiri: Rasuulka-naxariis iyo nabadi korkiisa ha ahaate- ayaa la weydiiyey ninka u dagaalama geesinimo, kan ku dagaalama qabyaalad iyo kan ku dagaalama is tustus, keebee dar Ilaahay dagaalkiisu ahaanayaa? wuxuu yiri Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee-: "midka u dagaalama si ay kalimada Ilaahay kor u ahaato ayaa dar Ilaahay u dagaalamay."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Nabiga-naxariis iyo nabadi korkiisa ha ahaate- waxaa la weydiiyey sida ay isu khilaafsan yihiin ujeedooyinka dadka dagaalamaya, ninka u dagaalamaya geesinino ama qabyaalad, iyo kan uu ka yahay dagaalku si loo arko meesha uu bulshada ka joogo iyo wixii la mida, keebaa jidka Ilaahay ku dagaalamay? Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-: wuxuu u sheegay midka dar Ilaahay u dagaalamay waa  kan ku dagaalamay si kalimada Ilaahay kor u ahaato.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Camalka wanaagiisa iyo xumaantiisu waxay ku xiran tahay niyada iyo in Ilaahay loo khaalis yeelo camalka.
 Markuu yahay ujeedka jihaadku saraynta diinta Ilaahay, haday ku soo darsanto ujeedo kale sida in qaniimo la helo, taasi ma dhibayso asalka niyada.
 Wadanka oo laga difaaco cadawga iyo xurumaatka muslimiinta, waxay ka mid tahay dar Ilaahay oo loo laga dagaalamo.
 Fadliga ku soo arooray jihaadka wuxuu gaar u yahay midka u dagaalamaya inay diinta Ilaahay kor ahaato.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2969</t>
   </si>
   <si>
-    <t>لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ</t>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>Ha xiranina Xariirta iyo Diibaajka, hana ku cabina Weelasha Dahabka iyo Fidada ka samaysan, hana ku cunina wax xeerooyinka labadaa ka samaysan, waayo Gaaladaa Aduunka wax ku cuna inaguna Aakhiraan leenahay</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Cabduraxmaan Binu Abii Laylaa waxaa laga wariyey inay la joogeen Xudayfa oo codsaday in la waraabiyo markaasaa waxaa waraabiyey nin majuusi ah, markuu galaaskii qabtay ayuu ku tuuray isagii, wuxuu yiri: hadii aan la ii diidi lahan mar iyo labo maahee, waaba isaga oo aad moodid inuu leeyahay: sidaa ma sameeyeen, laakiin Nabigaan ka maqlay isagoo dhahaya: "Ha xiranina Xariirta iyo Diibaajka, hana ku cabina Weelasha Dahabka iyo Fidada ka samaysan, hana ku cunina wax xeerooyinka labadaa ka samaysan, waayo Gaaladaa Aduunka wax ku cuna inaguna Aakhiraan leenahay."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu u diiday Ragga inay xirtaan dharka Xariirta ah  dhaaman noocyadiisa kala duwan. Ragga iyo Dumarkana wuxuu ka reebay inay ku cunaan ama ku cabaan Weelasha ka samaysan Dahabka iyo Fidada. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu  u sheegay inay Mu'uminiitu gaar u yeelan doomaan Maalinta Qiyaamaha, waayo Aduunka ayey uga tageen iyagoo Ilaahay ku adeecaya. Gaaladuse alaabtaa ma helayaan Aakhiro, waayo noloshoodii 
 Aduunka ayey ku soo hor marsadeen wanaagoodii wayna soo isticmaaleen alaabtaas, Ilaahayna way ku caasiyeen.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Ragga waa ka xaaraan inay ku labistaan Xariirta iyo Diibaajka, goodi adag ayaa ugu soo arooray Qofkii labista.
 Haweenka waa u banaan tahay inay ku labistaan Xariirta iyo Diibaajka.
 Waa xaaraan in wax lagu cuno oo wax lagu cabo weelasha Dahabka iyo Fidada weelasha labadaas laga sameeyey Ragga iyo Dumarba waa ka xaaraan.
 Xudayfa aad ayuu u adkeeyey diidmada isticmaalka weelashaa kor ku xusan, waayo ninkaan mar wax ka badan ayuu ka reebay isticmaalka weelasha Dahabka iyo Fidada, laakiin ma uusan ka joogsan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2985</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>ما رأيت من ذي لمة أحسن في حلة حمراء من رسول الله صلى الله عليه وسلم</t>
+  </si>
+  <si>
+    <t>Ma arag Qof ka taabasho wanaagsan maro diilimo aguudan leh ayuu qaadan jirey Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رَضيَ اللهُ عنه قَالَ: مَا رَأَيْتُ مِنْ ذِي لِمَّةٍ أَحْسَنَ فِي حُلَّةٍ حَمْرَاءَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، شَعْرُهُ يَضْرِبُ مَنْكِبَيْهِ، بَعِيدَ مَا بَيْنَ الْمَنْكِبَيْنِ، لَيْسَ بِالطَّوِيلِ وَلَا بِالْقَصِيرِ.</t>
+  </si>
+  <si>
+    <t>Albaraa` Ilaahay ha ka raalli ahaadee waxaa laga wariyey inuu yiri: Ma arag Qof ka taabasho wanaagsan maro diilimo aguudan leh ayuu qaadan jirey Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee, Timihiisu waxay gaarayeen garbihiisa, garbihiisu waa kala fogaayeen, mid dheerna ma ahayn mid gaabana ma ahayn.</t>
+  </si>
+  <si>
+    <t>يخبر البراء بن عازب رضي الله عنه أنه ما رأى أحدًا شَعَرُ رأسِه طويل قد وَصَل إلى منكبيه، ويلبس إزارًا ورداءً أسود وفيه خطوط حمراء أحسن من رسول الله صلى الله عليه وسلم، وأن من صفته الخَلْقية أنه كان بعيدَ ما بين المنكبين، واسع الصدر، وكان متوسط القَامَة بين الطويل والقصير.</t>
+  </si>
+  <si>
+    <t>Baraa Binu Caasib Ilaahay ha ka raali ahaadee wuxuu sheegay inuusan arag Qof Timaha Madaxiisu dheer yihiin oo gaarayaan garbahiisa, ee ku labisan hoos gunti iyo go`madow oo diilimo gaduudan leh ee ka wanaagsan Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee, sifooyinka Ilaahay ku abuuray waxaa ka mida in garbihiisu kala fogaayeen, wuuna Xabad balaarnaa, joogiisuna dhex dhexaad ayuu ahaa wuxuuna u dhexeeyey mid dheer iyo mid gaaban.</t>
+  </si>
+  <si>
+    <t>بيان بعض صفات النبي صلى الله عليه وسلم الجميلة في الظاهر من حسن الشعر ورَحَابة الصدر، وحسن القامة، وغير ذلك.
+محبة الصحابة الكرام رضي الله عنهم للنبي صلى الله عليه وسلم، حتى أنهم يحكون وينقلون لمن بعدهم شمائله وأوصافه الجسدية والمعنوية.</t>
+  </si>
+  <si>
+    <t>wuxuu cadeeyey Nabiga nabadgelyo iyo naxariis Allaha siiyee sifooyinkiisii fiicnaa ee muuqaalka ahaa qaar ka mida sida Timo fiican, Xabad balaaran, Joog fiican iyo qayrkood.
+Xadiiska waxaa ku cad Saxaabada Ilaahay ha ka raali ahaadee siday u jeclaayeen Nabiga nabadgelyo iyo naxariis Allaha siiyee, ilaa ay uga sheekeeyaan oo u soo guuriyaan dadkii ka danbeeyey wanaagii Nabiga iyo Sifooyinkiisii Jirka ahaa iyo kuwii macnawiga ahaaba.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/so/browse/hadith/2990</t>
+  </si>
+  <si>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>Qofka Hub noo qaata nagama mid maaha</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Abii Muusa Alashcari Allaha ka raali ahaade waxaa laga wariyey, in Nabigu  nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Qofka Hub noo qaata nagama mid maaha".</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu ka digay in Muslimiinta Hub loo qaato, si loo bajiyo ama loo boobo, Qofka xaq daro sidaa u sameeya wuxuu ku kacay dambi weyn iyo danbi ka mida Kabaa`irta waaweyn, wuxuuna mudan yahay goodigaas adag.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Waxaa aad looga digay in Qofka Muslim ku Walaalihiisa Muslimiinta ah la dagaalo.
 Munkarka iyo fasahaadka ugu weyn Dhulka korkiisa waxaa ka mida in Muslimiinta Hub looqaato, iyo in Dhulka dil lagu fasaadiyo.
 Goodiga adag ee la soo sheegay makhuseeyo dagaalka xaqa ah, sida la dagaalanka kuwa Sharciga  jabiya, iyo Mufsidiinta, iyo qayrkood.
 Waa xaaraan in Muslimiinta lagu cabsi geliyo Hub iyo wixii la mida kaftan ahaanba ha ahaatee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/2997</t>
   </si>
   <si>
-    <t>أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ</t>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
     <t>idiinma dhaarin tuhun aan idinka qabee, laakiin waxaa ii yimid malakul Jibriil, wuxuuna ii sheegay, in Ilaahay- isagaa wayne- idiinku faanayo malaa'igtiisa</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
     <t>Abii Saciid Alkhudri -Allaha ka raali ahaadee- wuxuu dhahay: Mucaawiye ayaa ku soo baxay koox dad ah oo fadhiya masjidka, wuxuu yiri: maxaa idin fariisiyey? waxay dheheen: waxaan u fariisanay inaan Ilaahay xusno, wuxuu yiri: Ilaahay baan idinku dhaariyey wax kale uma aydaan fariisan miyaa? waxay dheheen: walaahi uma anaan fariisan kaas maahane, wuxuu yiri: haddaba anigu idiinma dhaarin tuhun aan idinka qabo, qofna xaga Rasuulka-naxariis iyo nabadi korkiisa ha ahaatee- ma jiro qof darajada aan rasuulka ka joogo oo kale ka jooga oo iga xafiis yar: Rasuulka Ilaahay naxariis iyo nabadi korkiisa ha ahaatee- ayaa ku soo baxay xalaqo oo asaxaabtiisu fadhiyeen, wuxuuna ku yiri: "maxaa idin fariisiyey? waxay dheheen: Ilaahay ayaan xusaynaa, una mahad naqaynaa Islaamka uu nagu hanuniyey darteed, oo uu nagu galadaystay Islaamka, wuxuu ku yiri: "ma idinku walaahi baa inaydaan wax kale u fariisan?" waxay dheheen: walaahi waxaan kaas ahayn uma aanaan fariisan, wuxuu yiri: "idiinma dhaarin tuhun aan idinka qabee, laakiin waxaa ii yimid malakul Jibriil, wuxuuna ii sheegay, in Ilaahay- isagaa wayne- idiinku faanayo malaa'igtiisa."</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
     <t>Mucaawiye Binu Abii Sufyaan -Allaha ka raali ahaadee- ayaa kusoo baxay xalaqo masaajidka dad u fadhiyey, wuxuuna weydiiyey sababta ay isugu yimaadeen, waxay ku dheheen: Ilaahay baan xusaynaa, markaasuu dhaariyey inaysan wax kale u fadhin oo u kulmin xuska Ilaahay maahee, wayna u dhaarteen, Hadana wuxuu ku yiri: anigu idiin maan dhaarin shaki aan idinka qabo adinka iyo run sheegiina, wuxuuna u sheegay darajada uu ka joogo Nabiga scw,  iyo inuusan jirin qof nabiga scw uga dhawaa ,  waayo umu xabiiba oo walaashi ah ayaa xaaskii Nabiga scw ahayd, isaguna wuxuu ka mid ahaa kuwa qora waxyiga, sidaas oo ay tahay hadana way yar tahay axaaddiista uu wariyey, Wuxuu u sheegay iyaga in Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- uu maalin ka soo baxay gurigiisa, wuxuu arkay asaxaabta oo masjidka fadhiya oo Ilaahay xusaya kuna mahadinaya inuu ku hanuuniyey Islaamka, kuna galadaystay Islaamka, Nabigu scw wuu waydiiyey waana dhaariyey, sida uu ku sameeyey Mucaawiye Allaha ka raali noqdee asxaabta oo kale. Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- ka dib wuxuu ku yiri isagoo u sheegaya sababta uu u waydiiyey su'aasha oo uu u dhaariyey: inay ahayd inuu malakul Jibriil u yimid, oo uu u sheegay inuu Ilaahay casa wajala Malaa`igta ugu faanayo adinka, oo uu u muujinaayo fadligiina aad dheertihiin malaa`igta oo uu tusinaayo camalkiina wanaagsan, oo uu idinku amaano malaa`igta horteeda.</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>Xaddiiska waxaa ku jira fadliga saxaabiga Mucaawiye- Allaha ka raali ahaadee- iyo ku dadaalkiisa inuu ku daydo Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- xaga fidinta cilmiga.
 Way banaan tahay in qofka la dhaariyo isaga oo aan la tuhmayn, si loogu baraarujiyo muhimada uu leeyahay warka loosheegayo.
 fadli wayn baa ku jira fadhiyada dikriga iyo cilmiga lagu haayo, Ilaahayna wuu jecel yahay wuuna ugu faanaa malaa`igta.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Waxa wariyay Muslim]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3007</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>labadaba waa lacadaabayaa, wax weyna lagu cadaabimaayo, mid Kaadida iskama duwi jirin, kan kalena dadka ayuu warka u kala qaadi jiray</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>Ibnu Cabaas-Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey  inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa soo maray laba qabri, wuxuuna yiri: "labadaba waa lacadaabayaa, wax weyna lagu cadaabimaayo, mid Kaadida iskama duwi jirin, kan kalena dadka ayuu warka u kala qaadi jiray" wuxuuna soo qaatay laan Timireed qoyan wuuna u kala dilaaciyey labo qaybood, qabri walbana qaybuu ku talaalay, waxay dheheen-Asaxaabtii-: Rasuulka Ilaahayow maxaad sidaa u samaysaa? wuxuu yiri: "waxaa laga yaaba inay ka khafiifiyaan intaysan qalalin.</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa soo maray laba qabri  wuxuuna yiri: Labada Qof ee qabriyadan ku jira waa la cadaabayaa, wax weyna lagu cadaabimaayo aragtidiina, wax weyn bayna ka tahay xaga Ilaahay. Midkood wuxuu ahaa midaan danaynayn inuu ka ilaaliyo jirkiisa iyo dharkiisa Kaadida markuu xaajo gudanaayo. Kan kalena dadka ayuu warka u kala qaadi jiray, isagoo ay ka tahay iska horkeenid, dhibaatayn iyo inay isku dhacaan dadku.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Namiimada iyo Kaadida oo aan la ka dhawrin waxay ka mid yihiin dambiyada waaweyn iyo asbaabta cadaabta qabriga.
 Wax yaabaha qaybka ah qaarkood oo Ilaahay muujiyey -sida cadaabta qabriga- waxay cadayn u tahay calaamada Nabinimada Nabiga nabadgelyo iyo naxariis Allaha siiyee.
 Ficilka uu Nabigu sameeyey ee ah kala jeexida laanta Timirta ah ee uu ka taagay qabriga waxay khaas u tahay Nabiga nabadgelyo iyo naxariis Allaha siiyee, waayo Ilaahay ayaa tusay xaalka labadaa qof ee qabriga ku jira, loogana qiyaas qaadan maayo cid kale, waayo Qofna ma oga xaalka dadka qabriga ku jira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>Hadii aad maqashaan aadaanka,  dhaha waxa mu'adinku dhahayo</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Abii Saciid Alkhudri Allaha ka raali ahaade wuxuu ka wariyey Rasuulka Ilaahay inuu yiri: "Hadii aad maqashaan aadaanka,  dhaha waxa mu'adinku dhahayo".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Nabigu naxariis iyo nabadi korki ha ahaatee wuxuu ku boorinayaa Ummadda, inay ajiibaan mu'adinka markay aadaanka maqlaan, waana inaan ka daba dhahno wuxuu leeyahay, ereyba erey. markuu takbiirsado waan ka daba takbiirsanaynaa, markuu labada ashahaado dhahayo, waan ka daba dhahaynaa. Waxaa laga soo reebay ereyada (xaya cala salaat, xaya calal-falaax) oo macnohoodu yahay: u kaalaya salaada, u kaalaya kheyrka, labadaa waxaa la dhahayaa: laa xawla walaa quwata ilaa billaah.</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Mu'adinka labaadna  wuu ka daba dhahayaa markuu kan hore dhameeyo, xataa haday bataan mu'adiniintu, waayo xadiisku waa caam yeelayaa.
 mu'adinka wuu ka daba dhahayaa xaaladihiisa oo dhan, haduuna suuli ku jirin, ama uusan xaajo gudanayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>iska daa, anoo weyso qaba ayaan geliyaye</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
     <t>Muqiirah-Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaan safar la galay, waxaan u foorarsaday si aan uga siibo labada khuf, wuxuu igu yiri: " iska daa, anoo weyso qaba ayaan geliyaye", uuna masaxay.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo safaradiisii mid ka mida ku jira ayuu weyso qaatay. markuu soo gaaray labada Lugood, ayuu Muqiira Binu Shucba laacay si uu Nabiga nabadgelyo iyo naxariis Allaha siiyee uga saaro khufkii cagaha ugu jiray, si uu Nabigu u dhaqo Lugaha! wuxuu yiri Nabigu nabadgelyo iyo naxariis Allaha siiyee: iska daa ha bixine , waxaaan gashaday labada Khuf anoo  dahaara qabee, Nabigu nabadgelyo iyo naxariis Allaha siiyee wuu masaxay labadii Khuf mana dhaqin Lugihiisa.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Marka laga weyso qaadanayo xadaska yar waa sharci in la masaxo khufaynka, laakiin marka laga qubaysanayo xadaska weyn waxaa lagama maarmaan ah in la dhaqo Cagaha.
 Masaxidu waa hal mar oo Gacanta oo qoyan la mariyo khufka korkiisa  oo aan xaga hoose laga masaxin.
 Waxaa loo shardiyaa masixitaanka labada khuf in marka hore la weyso qabo oo Cagaha Biyo lagu dhaqay ka dibna la gashaday, khufkuna waa inuu yahay daahir, asturaayana Lugta inta ay waajibka tahay in la dhaqo, masixitaankuna wuxuu ahaanayaa xadaska yar ka dib, Qofkii janaaba qaba ama qubays ku waajibay ma masaxayo khufka, masixitaankuna waqti go'an buu leeyahay xaga shareecada, waana habeen iyo maalin qofka aan safarka ahayn, iyo seddex maaal mood iyo habeenadooda oo qofka musaafirka ah.
 Waxaa looga qiyaas qaadanayaa labada khuf wax kastoo astura Lugaha sida Sharabaadada iyo qayrkood, weyna banaan tahay in la masaxo.
 Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu lahaa akhlaaq wanaagsan iyo wax baritaan wanaagsan, isagoo u diiday Muqiira inuu ka baxsho labada khuf, sababtana u cadeeyey, taasoo ah inuu gashaday khufka isagoo weyso qaba, si uu Muqiira u fahmo, xukunkana u ogaado.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Hadii Qofku Ilaahey darti u jeclaado Walaalkiisa Muslimka ah ha u sheego inuu jecel yahay</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Miqdaam Binu Macdi Karib Allaha ka raali ahaade waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Hadii Qofku Ilaahey darti u jeclaado Walaalkiisa Muslimka ah ha u sheego inuu jecel yahay".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey mid ka mida sababaha xoojinaya xiriirka Muuminiinta iyo is jacaylkooda, taasoo ah hadii Qof jeclaado Walaalki ha u sheego inuu jecel yahay.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan Fadliga ay leedahay maxabada Ilaahay darti u khaaliska ah, ee aysan ku jirin maslaxad Aduun.
 Waa Suno in loo sheego kan Ilaahay darti loo jecel yahay, jacaylka loo qabo, si uu u sii korodho jaceylka iyo isku duubnaantu.
 Muuminiinta dhexdooda ee lagu faafiyo is jeclaanta waxay xoojisaa Walaalnimada iimaaniga ah waxayna Bulshada ka ilaalisaa inay kala furato oo kala tagto.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[Waxa wariyay Abuu Daa'uud, Tirmidi, Nisaa'i Sunan kubraa, iyo Ahmed]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[waxaa wariyey Abuu daawuud,tirmidi,nasaa.i oo kawayn kuwariyey iyo Axmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3017</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>taasi waa xidid dartiiye Salaada jooji qadarkii ayaamaha  xaydku kugu dhici jiray, ka dibna ka qubayso oo Salaada tuko</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Caa'isha, mu'uminiinta Hooyadood- Allaha ka raali ahaadee- waxaa laga wariyey inay tiri: Faadumo Bintu Abii Xubaysh ayaa Nabiga nabadgelyo iyo naxariis Allaha siiyee su'aal waydiisay waxayna tiri: Anigu dhiig furan baan leehay oo daahir ma noqdo ee Salaada ma ka tagaa? wuxuu yiri: "maya,  taasi waa xidid dartiiye Salaada jooji qadarkii ayaamaha  xaydku kugu dhici jiray, ka dibna ka qubayso oo Salaada tuko."</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Faadumo Bintu Xubaysh Nabiga nabadgelyo iyo naxariis Allaha siiyee waxay waydiisay oo tiri: aniga dhiigu igama joogsado oo wuxuu iga socdaa waqti dhaafsan mudadii dhiiga caadadu iga socon jiray, ee xugunkiisu ma yahay xugunka dhiiga xaydka oo Salaada ma joojiyaa? Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu ku yiri: kaasi waa dhiig istaxaado ah  waana dhiig jiro ah wuxuuna ka soo baxaa xidid Raximka ku jira ee ma aha dhiigii caadada. Marka aad gaadho waqtigii aad heli jirtay dhiiga caadada  ee bilaha ah intaanu kugu dhicin dhiiga istixaadadu, jooji Salaada, soonka iyo wixii loo diidi jiray mida xaydka qabta. Hadii mudadaas qadarkeedu dhamaado, waxaad noqonaysaa mid xaydka daahir ka noqotay, meesha dhiiga iska dhaq, ka dibna si kaamila uga qubayso xadaska, oo tuko.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Waa waajib Dumarku inay ka qubaystaan marka uu ka dhamaado ayaamaha xaydku.
 Salaaddu waa ku waajib mida dhiiga istixaadada qabta.
 Xaydku: waa: dhiiga dabiici ah oo raximku soo saaro, isagoo soo maraya xubinta taranka ee dumarka qaan gaaray, kaasoo ku dhaca dumarka ayaamo la yaqaan.
 Istixaadadu waa: dhiig soconaaya waqti aan ahayn waqtigii dhiiga caadada, kaasoo ka imanaaya qaybta soke ee raximka ee aan ahayn guntiisa hoose.
 Farqiga u dhexeeya dhiiga caadada iyo midka istixaadada: dhiiga caadadu waa madow adag oo ur qarmuun, kan istixaadaduna waa casaan khafiif ah oo aan lahayn ur qarmuun.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3029</t>
   </si>
   <si>
-    <t>سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ</t>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>Sima sufuuftiina, safka oo la simo salaada dhamaystirkeeda ayey ka mid tahay</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: wuxuu yiri Rasuulka Ilaahay naxariis iyo nabadi korkiisa ha ahaate-: "Sima sufuuftiina, safka oo la simo salaada dhamaystirkeeda ayey ka mid tahay."</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatree- wuxuu dadka  tukanaaya faray inay simaan safka, oo qaarba qaarka kale aanay ka horayn, simada safkuna waxay ka mid tahay salaada dhamaystirkeeda iyo kaamilnimadeeda, safka qaloocintiisuna waa khalad iyo nusqaan salaada lagu sameeyey.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Waa sharci in la ilaaliyo wax walba oo ka mida salaada dhamaystirkeeda oo ka fogaynaya wixii nuqsaan ah.
 Waxaa xaddiiska laga dheehanayaa xikmaddii Nabiga -naxariis iyo nabadi korkiiye-ee xaga wax baritaanka, isagoo xukunka uu sheegay raaciyey sobobtiisa, si ay ugu caddaato dadka xikmadda sharciyeyntiisa, naftuna ugu hogaan santo si fir-fircooni ku jirto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3031</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>Markuu  wayso qaadanayo midkiin Biyaha Sankiisa ha geliyo  hadana ha soo firdhiyo, Qofka dhagax ku istinjoodana dhagxaanta witir ha ka dhigo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>Abii Hurayra -Allaha ka raali ahaadee- waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Markuu  wayso qaadanayo midkiin Biyaha Sankiisa ha geliyo  hadana ha soo firdhiyo, Qofka dhagax ku istinjoodana dhagxaanta witir ha ka dhigo,  markuu midkiin hurdada ka tooso ha dhaqo Gacmihiisa intaanu Biyaha waysada gelin, waayo ma oga midkiin halka ay Gacantiisu bariday", imaam Muslim ayaa isna sidan u wariyey: "markuu midkiin tooso yaanu gelin Gacantiisa weelka ilaa uu seddex jeer uu dhaqo, waayo ma oga halkay Gacantiisu bariday."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu cadeeyey qaar ka mida axkaanta dahaarada, waxaana ka mida: Mida 1aad: Qofki wayso qaadanaya waa inuu  Biyaha Sanka geliyo, hadana neefta soo raaciyo oo soo firdhiyo. Mida 2aad: Qofkii doonaya inuu isaga nadiifiyo najaasada ka soo baxaysa isaga waxaan Biyo ahayn sida dhagxaanta iyo wixii la mida, wuxuu isku nadiifinayaa tirsi kinsi ah oo ugu yaraan ah seddex ugu badnaan wixii tirtiraya najaasada meeshana nadiifinaya. Mida 3aad: Qofka ka toosa hurdada habeenka Gacantiisa galinmaayo weelka markuu wayso qaadanayo ilaa uu Gacantiisa ku dhaqdo weelka dibadiisa, waayo ma oga halkay Gacantiisu bariday, kama aamin aha in  Gacantiisu najaaso taabatay, waxaana dhici kara inuu shaydaan ku ciyaaray, oo uu saaray waxyaabo dadka dhibaya ama Biyaha xumaynaya.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Waa waajib San daarsigu marka la wayso qaadanayo, waana Biyaha oo inta neefta Sanka lagu jiido hadana neefta la soo raaciyo oo la soo firdhiyo.
 Waa Suno in Dhagaxa lagu istijoodo laga dhigo tira kinsi ah oo is dheer.
 Waa Sharci in la dhaqo Gacmaha seddex jeer marka hurdada Habeennimo laga soo tooso.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>Haduu ninku markuu soo gelayo Gurigiisa, ama uu cuntadiisa cunaayo, Shaydaanka wuxuu dhihin: halkan Hoy iyo Cashaba kuma lihin</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Jaabir Binu Cabdullaahi Allaha ka raali ahaadee waxaa laga wariyey inuu ka maqlay Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: " Haduu ninku markuu soo gelayo Gurigiisa, ama uu cuntadiisa cunaayo, Shaydaanka wuxuu dhihin: halkan Hoy iyo Cashaba kuma lihin, haduu soo galo isagoon Ilaahay xusin markuu soo gelaayey, Shaydaanka ayaa oronaya: waxaad soo gaarteen Hoy, haduu Cuntada cuno isagoon Ilaahay Xusina Shaydaanku wuxuu oran: waxaad soo gaarteen Casho iyo Hoy.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu amray in Ilaahay la xuso marka Guriga la gelayo iyo cuntada ka hor, marka Qofku Ilaahay xuso isagoo dhahaya (bismillaah) maarkuu gurigiisa gelayo iyo marka cuntadiisa uu bilaabayo, 
 shaydaanka ayaa ku dhaha taageerayaal kiisa: hoyaatin iyo casho kuma lihidin Gurigaan ninkii iska lahaa idinka magan gelay dikriga Ilaahay. Hadiise ninku soo galo Gurigiisa oo uusan xusin Ilaahay markuu Guriga galayo iyo markuu cuntada cunaayo shaydaanka ayaa u sheegaya taageerayaalkiisa inay Guriga ku leeyihiin Hoyaatin iyo Cashaba.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>waxaa Suno ah dikriga Ilaahay marka Guriga la galayo iyo marka cuntada la cunaayo, waayo Shaydaanka ayaa ku hoyda Guryaha dadka degana Cuntadooda cuna hadii aan magaca Ilaahay lagu xusin.
 Shaydaanku korka ayuu kala socdaa oo wuu ilaashadaa camalka Aadanaha iyo wuxuu qabanaayo oo dhan, markuu qaafil ka noqdo xuska Ilaahay ayuu Shaydaanku muraadkiisa ka qabsadaa.
 Xuska Ilaahay Shaydaankuu eryaa.
 Shaydaan walba wuxuu leeyahay taageerayaal iyo sokeeye ku bishaaraysta hadalkiisa, amaradiisana qaata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>Dambiyad waawayni waa: Ilaahay oo loo shariik yeelo, Waalid caasiga, Naf la dilo iyo dhaar badanaha</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Cabdullaahi Camar Binu Caas Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Dambiyad waawayni waa: Ilaahay oo loo shariik yeelo, Waalid caasiga, Naf la dilo iyo dhaar badanaha".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey dambiyada waawayn, waana kuwa loo balan qaaday cida samaysa ciqaab adag oo Aduunyada iyo Aakhiraba ah.
 Tan koowaad: Ilaahay oo loo shariig yeelo: waana cibaadada noocay doontaba ha ahaate oo loo leexiyo cid aan Ilaahay ahayn, iyo Isaga oo lala simo wax aan Isaga ahayn wax yaabaha uu keligii xaq u leeyahay sida Ilaahnimadiisa, Rabinimadiisa, magacyadiisa iyo tilmaamihiisa wanaagsan.
 Tan labaad: waa Waalid caasiga: waana wax kasta oo labada Waalid dhib ku ah, oo ah hadal ama ficil, iyo u samafalkooda oo laga tago.
 Tan seddexaad waa Naf la dilo: taasoo ah xaq daro, sida dilka dulmiga iyo cadaawada ah.
 Tan afraad, waa dhaar badanaha: waa mida lagu dhaaranayo Beenta loo bareerayo, waxaana sidaa loogu magacaabay, waxay dhaar badanaha quusinaysaa dambi ama Naar.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Dhaarta qamuusku malahan kafaara gud, khatarta ay leedahay iyo dambi waynideeda darteed, waxayse leedahay towbadkeen.
 Afartaan dambi ee sheegidooda lagu koobay Xadiiskaan waa waynida dambigooda, ee maha inay dambiyada waawayn intaa ku eg yihiin.
 Dambiyadu waxay u qayb samaan waawayn iyo yar yar, dambiyada waa wayni waa: dambi kasta oo ay ku soo aroortay ciqaab Aduunka ah, sida danbiyada xuduuda leh ama lacnada, ama goodi kale, sida goodiga inuu Naar gelidoono, dambiyada waa waynina waa sida jaranjaro, qaarba qaar kaga sii adag yihiin xaaraanimada, dambiyada yar-yari waa wixii kuwaa waa-wayn ka soo hara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Aduunyadu waa macaan cagaaran, Ilaahayna idinkuu idiin dhiibay, wuxuuna fiirin waxaad ku samaysaan, Aduunyada iska jira Dumarkana iska jira</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Abii Saciid al Khudri Allaha ka raali ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Aduunyadu waa macaan cagaaran, Ilaahayna idinkuu idiin dhiibay, wuxuuna fiirin waxaad ku samaysaan, Aduunyada iska jira Dumarkana iska jira, fitnadii reer Bani Israa'iil lagu fitneeyey ee ugu horaysay Dumarkay ahayd".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey inay Aduunyadu dhadhan macaan tahay, aragana cagaar u tahay, dadkuna way ku kadsoomayaan, oo isku sii daynayaan macaankeeda, hamigiisa ugu wayna iyaduu ka dhigayaa. Ilaahayna isagaa nusqaan ka hufane wuxuu inaga yeelay in qaarkeenba qaarka kale uga danbeeyo Aduunyada, si uu Ilaahay u eego waxa aynu samaynayno, inaan isaga adeecayno iyo inaan  ku caasiyeyno. Ka dib wuxuu yiri: ka digtoonaada inaad ku sirtoontaan raaxada Aduunyada iyo quruxdeeda, oo ay idin gaarsiiso inaad ka tagtaan wuxuu Ilaahay idin faray, oo aad ku dhacdaan wuxuu idinka reebay. Fitnada Aduunyada ugu weyn ee ay waajibka tahay in laga digtoonaadaa waa fitnada Dumarka, iyadayna ahayd fitnadii ugu horaysey ee reer Bani Israa'iil ay ku dhacaan.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Waxaa la isku boorinayaa in la joogteeyo Taqwada, oo aan lagu mashquulin muuqaalada Aduunyada iyo quruxdeeda.
 Waxaa laga digayaa in lagu fitnoobo Dumarka, sida eegistooda iyo in Ragga ajaanibta ka ahi ku dhex jiraan, iyo wixii la mida.
 Fitnada Dumarku waa fitnooyinka ugu waaweyn Aduunyada.
 Waa in la waansamo oo lagu cibroqaato Ummaddihii hore, waayo wixii reer Banii Israa'iil ku dhacay qayrkoodna wuu ku dhici karaa.
 fitnada Dumarku markay xaaska tahay waxay ku kalifi kartaa ninka masruuf aanu awoodin, waxayna ka mashquulin barashada cilmiga, waxayna ku kalifaysaa inuu isku dhabar jabiyo raadinta Aduunyada, haday ajnabi ka tahayna fitnadeedu waa inay damac galiso oo xaqa ka leexiso, markay soo baxaan oo ay Ragga dhex galaan, gaar ahaan hadii aysan asturnayn ee cawradoodu muuqdato, taasina waxay keenaysaa in lagu dhaco Sinada darajooyinkeeda, Muminka waxaa ku haboon inuu Ilaahay magan galo oo jeclaado si uu uga nabad galo finada Dumarka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3053</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay waxaan ka balaban qaadnay inaan maqalno oo adeecno, waqtiga adag iyo waqtiga fududba, iyo in nalaka sad roonaan karo</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Cubaada Binu Saamit Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay waxaan ka balaban qaadnay inaan maqalno oo adeecno, waqtiga adag iyo waqtiga fududba, iyo in nalaka sad roonaan karo,  iyo inaan ku qabsan Madaxtinimada dadka haaya, iyo inaan meel kasta oo aanu joogno xaqa sheegno, oo aanaan xaqa u sheegi waayin cabsi aan ka qabno mid dagaala dagaalki.</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu balan kaga qaaday Asxaabtiisa inay u hogaansamaan Madaxda waqtiga fudud iyo waqtiga  adagba, waqtiga barwaaqada iyo waqtiga baahida la qabo, amarkoodu ha ahaado waxaan jecelnahay ama wax aan dhib sanayno, xataa haday Madaxdu Bulshada ka badasadaan Xoolaha caamka ah, iyo shaqo isku magacaabida, iyo wixii la mida, waxaa waajib ah in lagu adeeco waxa wanaaga ah, iyo inaan laga hor iman Madaxda, waayo fitnada iyo ladagaalan koodu wuu ka waynaan fasahaadka ka dhalanaya dulmiga ay sameeyaan, iyo wixii ay balan qaadeen oo ahaa inay xaqa sheegaan goob walba, iyagoo Ilaahay u daacad ah oo aan ka baqayn cid canaanata.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Madaxda in la maqalo oo la adeeco mairaha ka dhalanaya waa in muslimiinta kalimadoodu mid noqoto iyo in khilaafka la joojiyo.
 Waa waajib maqalka iyo adeecida madaxdu wixii aan macsida Ilaahay ahayn, xiliga barwaaqada iyo xiliga xaaladu daran tahay, goortaan dhib jirin iyo goorta ay adag tahayba iyo xataa haday ka wax badsadaan dadka.
 Waa waajib inaan xaga sheegno meel walba oo aan joogno, inagoo aan uga baqayn xaqa sheegidiisa  canaant mid nacanaanta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaan ka xifdiyey toban Rakcadood</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Cumar-Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaan ka xifdiyey toban Rakcadood: labo Duhurka ka horaysa, labo ka dambaysa, labo Maqribka ka dambaysa oo Gurigiisa uu ku tukan jiray, labo ka dambeeya Cishaha oo Gurigiisa ku tukan jiray, labo Subaxa ka horeeya, waxayna ahayd saacad aan loo soo galin Nabiga nabadgelyo iyo naxariis Allaha siiyee, Xafsa ayaa ii sheegtay inuu ahaa marka uu Mu'adinku adimo ee fajrigu soo boxo wuxuu tukan jiray labo Rakcadood, hadalkale oo laga wariyey ayaa ahaa: wuxuu tukan jiray Jumcada ka dib labo Rakcadood.</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Cumar-Allaha ka raali ahaado isaga iyo Aabihiye-: wuxuu cadeeyey in sunayaasha uu Nabiga nabadgelyo iyo naxariis Allaha siiyee ka xafiday ay yihiin toban Rakcadood oo la dhoho Sunooyinka Rawaatibta ah, laboRrakcadood oo Duhurka ka horeeya, iyo labo Rakcadood oo ka dambeeya, labo Rakcadood oo Maqribka ka dambeeya, oo Gurigiisa uu ku tukan jiray. labo Rakcadood oo Cishaha ka dambeeya, oo Gurigiisa uu ku tukan jiray. labo Rakcadood oo Fajarka ka horeeya. Sidaasay ku dhan yihiin tobankii Rakcadood. Salaada Jumcadana labo Rakcadood ayuu ka daba tukan jiray.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Rawaatibtaasi waa Suno, waana in la joogteeyo.
 Sunaha in Guriga lagu tukado waa Sharci.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Waa laysku waafaqay Xadiiska Riwaayadiisa dhamaan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3062</t>
   </si>
   <si>
-    <t>لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ</t>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>Nin mu'umin ahi gabar mu'uminad ah yaanu dhaqan ku nicin, haduu dhaqan xumo ku dhibsado wuxuu ka helaayaa dhaqan kale oo uu ku jeclaado</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allah ka raali ahaadee- wuxuu yiri: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee wuxuu yiri: " Nin mu'umin ahi gabar mu'uminad ah yaanu dhaqan ku nicin, haduu dhaqan xumo ku dhibsado wuxuu ka helaayaa dhaqan kale oo uu ku jeclaado" ama waxaa yiri: " qayrki".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu reebay inuu ninku xaaskiisa u caroodo caro gaarsiin karta inuu dulmiyo oo uu ka tago oo dhabarka u jeediyo: waayo dadka waxaa lagu abuuray nuqsaan, haduu dhaqan xun ku arko wuxuu ka helayaa dhaqan kaloo fiican, wuxuu kaga raali ahaanayaa dhaqanka fiican ee kuu ku waafaqsan yahay, wuuna ku sabrayaa wixii dhaqan xun ah ee uusan kaga raali ahayn, taasina waxay ka dhigaysaa inuu ku sabro oo uusan ku nicin nicitaan ku kalifa inuu isaga tago.</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
     <t>Waxaa loogu yeerayaa mu'uminka cadaalad iyo in caqligu shaqeeyo khilaaf walba oo soo kala dhex gala isaga iyo xaaskiisa, waana inuusan u leexan in caadifada iyo xanaaqa ku meel gaarka ahi shaqeeyaan.
 Mu'uminka xaalkiisu waa inuusan u xanaaqin Muminad xanaaq kaamil ah oo ku kalifa inuu isaga tago, balse waxaa haboon waxa uu ku dhibsanaayo inuu ku ilaawo waxaa uu ku jecel yahay.
 Waxaa lagu boorinayaa labada is qabta inay sifiican isu dhaqdaan oo si wanaagsan u wada noolaadaan.
 Iimaanku wuxuu keenaa akhlaaqda wanaagsan, ninka mu'uminka ah iyo gabadha mu'uminada ahi kama marnaan karaan akhlaaq wanaagsan, waayo iimaanka ayaa keenaya in labadoodu yeeshaan sifooyin wanaagsan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3071</t>
   </si>
   <si>
-    <t>كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا،</t>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
     <t>Nabigaan -naxariis iyo nabadi korkiisa ha ahaatee- ayaan raacay wuxuuna gaaray qashin qub reerood , isagoo taagan ayuu kaadshay,</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
   <si>
     <t>Xudeyfa  Binu Yamaani -Allaha ka raali ahaadee- wuxuu yiri: Nabigaan -naxariis iyo nabadi korkiisa ha ahaatee- ayaan raacay wuxuuna gaaray qashin qub reerood , isagoo taagan ayuu kaadshay, waan ka fogaaday wuxuu igu yiri: "soo dhawow" waana u soo dhawaaday ilaa aan istaagay cirbihiisa, wuuna wayso qaatay wuuna masaxay labadiisa khuf.</t>
   </si>
   <si>
     <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
     <t>Wuxuu sheegay Xudeyfa Binu Yamaaani -Allaha ka raali ahaado isaga iyo aabihiye- inuu Nabiga nabad iyo naxariisi korkiisa ha ahaatee- inuu raacay, oo Nabigu scw uu damcay inuu kaadsho, wuxuuna galay qashin qub reerood, waana meesha lagu tuuro qashinka iyo ciida laga soo xaaqo guryaha, wuuna ku kaadshay isagoo taagan, dhaqankiisuna sida badan wuxuu ahaa inuu fadhiga ku kaadsho.
 Xudayfa wuu ka dheeraaday Nabiga scw, markaasaa Rasuulka-naxariis iyo nabadi korkiisa ha ahaatee- wuxuuna ku yiri: soo dhawow, wuuna u soo dhawaaday ilaa uu istaagay gadaashiisa oo ciribtiisa agteeda ah, si uu ugu noqdo sida sutrada oo kale.
 Ka dibna wuu wayso qaatay Rasuulku -naxariis iyo nabadi korkiisa ha ahaatee- markii la gaaray lugaha dhaqidooda wuxuu ku gaabsaday masixida khufkiisa waana wax la gashado lugta oo ah sida maqaar jilicsan iyo wixii la mida waana inuu asturo qoobka uusana siibin.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>Waa sharci masixitaanka labada khuf.
 Way banaan tahay in taagnida lagu kaadsho hadaanay qofka kaadidu soo gaarayn.
 Nabigu-naxariis iyo nabadi korkiisa ha ahaatee wuxuu doortay meel qashin qub ah waana meesha qashinka lagu daadsho waayo sida badan waa meel sahlan oo kaadidu aysan ku soo laaban qofka kaadinaaya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3075</t>
   </si>
   <si>
-    <t>إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا</t>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
     <t>Markaad xaaraysaan ha u jeensanina qiblada, hana u daba jeedinina qiblada, laakiin bari iyo galbeed u jeesta</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
     <t>Abii Ayuub Alansaari -Allaha ka raali ahaadee- waxaa laga wariyey in Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- uu yiri: " Markaad xaaraysaan ha u jeensanina qiblada, hana u daba jeedinina qiblada, laakiin bari iyo galbeed u jeesta" wuxuu yiri Abuu Ayuub: waxaan tagnay shaam waxaan ka helnay musqulo loo jeediyey xaga qiblada waanan ka leexanaynay, Ilaahayna waan danbi dhaaf waydiisanayney</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabdi korkiisa ha ahaatee- wuxuu ka reebay qofkii xaaraya ama kaadinaaya inuu qiblada ama xaga kacbada u jeesto ama uu u daba jeediyo qiblada oo uu dhabarkiisa ka dhigo qiblada, laakiin qofku uu u jeesto xaga bari ama xaga galbeed hadii qibladiisu tahay sida qiblada reer madiina oo kale. Ka dib Abuu Ayuub-Allaha ka raali ahaadee- wuxuu sheegay markii ay tageen Shaam inay ugu tageen musqulo loo diyaariyey in lagu xaajaysto oo loo jeediyey xaga Kacbada, waxayna jirkooda ka jeedin jireen qiblada, sidaas oo ay tahay ayey Ilaahay dambi dhaaf waydiisan jireen.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Xikmada ku jirta arinkaa waa wayneynta Kacbada sharafta leh iyo ixtiraamkeeda.
 Istiqfaartu waa marka laga boxo meesha lagu xaajo gudanaayo.
 Nabiga-naxariis iyo nabadi korkiisa ha ahaatee-si fiican ayuu wax u barayey dadka, waayo markuu sheegay wixii la diiday ayuu dadka u sheegay waxa u banaan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3078</t>
   </si>
   <si>
-    <t>لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ</t>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>Yaanu midkiin ku qaban midigtiisa guskiisa isagoo kaadinaaya, oo yaanu midigtiisa isaga tirin najaasada, oo yaanu ku neefsan weelka uu ku cabayo</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
     <t>Abii Qataada-Allaha ka raali ahaadee- wuxuu yiri: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee wuxuu yiri: "Yaanu midkiin ku qaban midigtiisa guskiisa isagoo kaadinaaya, oo yaanu midigtiisa isaga tirin najaasada, oo yaanu ku neefsan weelka uu ku cabayo.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabdi korkiisa ha ahaatee-wuxuu cadeeyey qaar ka mida aadaabta, isagoo reebay in ninku midigtiisa ku qabto guskiisa markuu kaadinaayo wuxuu kaloo reebay inuu gacantiisa midig uu kaga tiro najaasada guska ama dabada, waayo midigtu waxay u diyaarsan tahay waxyaabaha fiican. Sidaasoo kale wuxuu reebay inuu qofku ku neefsado weelka uu wax ku cabaayo.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>Waxaa cad in Islaamku ugu horeeyey aadaabta iyo nadaafada.
 Waa in laga fogaado waxyaabaha qurunka ah, hadayse daruuri noqoto waa in gacanta bidix loo adeegsado.
 Waxaa la cadeeyey sharafta ay leedahay midigtu iyo inay wax dheer tahay bidixda.
 Shareecada Islaamku waa mid kaamil ah, cilmiga shareecaduna waa mid wax walba ku dhan yihiin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3079</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>Miyaanu midkiin ka baqayn-ama midkiin miyaanu ka cabsanayn haduu Madaxiisa kor u soo qaadoImaamka ka hor in Ilaahay Madaxiisa ka dhigo Madax Dameer, ama uu Ilaahay Suuradiisa ka dhigo Suurad Dameer</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Abii Hurayra-Allaha ka raali ahaadee- waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Miyaanu midkiin ka baqayn-ama midkiin miyaanu ka cabsanayn haduu Madaxiisa kor u soo qaadoImaamka ka hor in Ilaahay Madaxiisa ka dhigo Madax Dameer, ama uu Ilaahay Suuradiisa ka dhigo Suurad Dameer."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey goodi adag oo ku soo arooray Qofka Madaxiisa kor u soo qaada Imaamkiisa ka hor, in Ilaahay ka dhigo Madaxiisa Madax Dameer ama Suuradiisa ka dhigo Suurada Dameer.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Ma'amuumka la tukanaya Imaamka xaalkiisu waa afar: ssddex waa la iska reebay, waana: ka horayn, garab socod iyo ka daahid, Ma`muumkana waxaa laga rabaa: inuu Imaamka raaco.
 Ma`muumku inuu Imaamka Salaada ku raaco waa waajib.
 Goodiga ah in loo badali doono Suurada Qofka ka hor qaada Madaxiisa Imaamka ka hor Suurad Dameer arin suuragal ah, wuxuuna ka mid yahay masakhaada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3086</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>Salaad lama tukan karo hadii cunto la soo dhigo iyo hadii Qofku labada Nijaaso isku celinaaya</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>Caa'isha Allaha ka raali ahaade waxaa laga wariyey inay tiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Salaad lama tukan karo hadii cunto la soo dhigo iyo hadii Qofku labada Nijaaso isku celinaaya".</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay in Salaad la tukado hadii Cunto la soo dhigay, taasoo Nafta Qofka tukanayaa ay rabto oo uu Qalbiga ku hayo.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu kaloo uu reebey inuusan tukan karin Qofka isku celinaaya labada Najaaso oo ah Kaadida iyo Saxarada, waayo wuxuu mashquul ku yahay inuu dhib isku celiyo.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Waxaa la gudboon Qofka tukanaya inuu iska fogeeyo wax kastoo Salaada ka mashquulinaya intaanu galin Salaada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3088</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ،</t>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu kor u qaadi jiray gacmihiisa ilaa meel ku aadan garbihiisa markuu salaada xiranaayo</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>Cabdulaahi Binu Cumar-Allaha ka raali ahaado isaga iyo aabihiye- Waxaa laga wariyey: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu kor u qaadi jiray gacmihiisa ilaa meel ku aadan garbihiisa markuu salaada xiranaayo, iyo haduu rukuuca u takbiirsado, iyo haduu madaxiisa kor uga soo qaadayo rukuuca, sidaas oo kale ayuu gacmihiisa kor ugu qaadi jirey, wuxuuna dhahaayey: "Ilaahay wuu maqlaa qofkii ku xamdiya, Rabiyow aday mahadi kuu sugnaatay", sidaana kuma samayn jirin sujuuda.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Nabiga -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu ahaa inuu saddex meelood oo salaada ka mida gacmihiisa kor 
 u qaado ilaa meel la siman garabka garabkuna waa meesha ay isugu yimaadaan lafta garabka iyo cududu.
 meesha 1aad: waa markuu salaada xiranaayo.
 meesha 2aad: markuu rukuucda u takbiirsanaayo.
 meesha 3aad: waa markuu rukuucda ka tooso, ee uu dhahayo: Ilaahay wuu maqlaa qofka ku xamdiya, Rabigayow aday mahadi kuu sugnaatay.
 Mana ahayn mid gacmihiisa kor u qaada markuu sujuuda bilaabayo, iyo markuu ka soo kacayo.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Xikmada ku jira in gacmaha kor loo qaadayo salaada dhexdeeda waa inay qurux u tahay salaada Ilaahayna ay u tahay waynayn isagaa nusqaan ka hufane.
 Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- waxaa ka sugnaaday inuu gacmihiisa kor u qaadi jiray meel afaraad, sida ku soo aroortay riwaayada Abii Xamiid Asaacidi oo uu ka soo wariyey Abii Daa'uud iyo qayrkiba, waana marka laga kacayo ataxyaadka koobaad ee salaadaha saddexda rakco iyo afarta rakco ah.
 Waxaa kaloo ka sugnaaday Nabiga scw inuu gacmaha gaarsiin jiray meel ku toosan dhagihiisa isagoon taabsiinayn, sida ku soo aroortay riwaayada Maalik Binu Xuweyris ee ku sugan saxiixeynka: "Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu ahaan jiray haduu takbiirsanayo gacmihiisa ayuu kor u qaadi jiray ilaa uu la simo dhagahiisa".
 Jamcinta samica Allahuda iyo Taxmiidu waxay u gaar tahay imaamka iyo qofka keligi tukanaaya, laakiin ma'muumku wuxuu dhahayaa Rabanaa walakal xamdu.
 Oraahda: "Rabanaa walakal-xamdu" oo la dhoho rukuucda ka dib Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu uga sugnaaday afar qaab, tani waa mid ka mida, sida ugu fadliga badana waa inuu qofku raac raaco qaababkaas oo midba mar la yimaado.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3095</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee iyadoo calacashaydu ay saaran tahay labdiisa calaacalood  ayuu i baray Ataxiyaadka, sida uu ii barayey Suurada Qur'aanka ah</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee iyadoo calacashaydu ay saaran tahay labdiisa calaacalood  ayuu i baray Ataxiyaadka, sida uu ii barayey Suurada Qur'aanka ah, "Ataxiyaatu "salaamo", lilaahi "Ilaahay ayey u sugnaadeen", wa salawaatu "Salaado", Adayibaatu "wanaagyo", Asalaamu calayka "nabadi korkaaga ha ahaato", Ayuha Nabiyu, "Nabiyahaw", wa Raxmatu Allaahi wa Barakaatuh, "iyo naxariista Ilaahay iyo Barakooyinkiisu", Asalaamu calaynaa, wa calaa Cibaadi Allaahi Saalixiina "nabadi korkayaga ha ahaato anaga iyo Adoomada Ilaahay ee Saalixiinta ah", Ashhadu Alaa Ilaaha Ilaa Allaah, "waxaan qirayaa inaanu jirin Ilaah aan Allaah wayne ahayn, wa Ashhadu ana Maxamed Rasuulu Allaah, "waxaan qirayaa inuu Maxamedna yahay Adoonkiisa iyo Rasuulkii Ilaahay soo diray". Ruwaayad kale oo labadoodu wariyeen waxay ahayd: "Ilaahay isagaa Salaam ah, hadii midkiin u fariisto Salaada ha dhoho: "Ataxiyaatu lilaah, wa salawaatu wa dayibaatu Asalaamu calayka ayuha Nabiyo wa Eaxmatu Allaah wa barakaatuh, Asalaamu calaynaa wa calaa Cibaadi Allaahi Saalixiina, marka uu dhoho intaa way gaaraysaa ducadaasi Adoon kasta oo Saalix ah oo ku sugan samada iyo dhulkaba, waxaan qirayaa inaanu jirin Ilaah xaq lagu cibaado oo aan Ilaahay ahayn, waxa kale oo aan qirayaa inuu Maxamedna yahay Adoon Ilaahay iyo Rasuulkiisa, intaa ka dib ducada waxa uu doonuu ku ducaysanayaa."</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
@@ -1219,1040 +1248,1040 @@
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu baray Cabdullaahi Binu Mascuud-Allaha ka raali noqdee- Ataxiyaadka Salaada la akhriyo, isagoo Gacanta ganta u saaray, si uu Nabigu    
 nabadgelyo iyo naxariis Allaha siiyee Ibnu Mascuud u soo jeediyo sida marka uu suurad Qur'aanka ah barayo oo kala, arinkaasina wuxuu ina tusayaa dadaalka uu Nabigu nabadgelyo iyo naxariis Allaha siiyee ku bixinayey Ataxiyaadka Eray ahaan iyo macno ahaanba. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku yiri: " Ataxiyaatu lilaah'': waana hadal iyo ficil kasta oo tusaya wayni iyo qadarin, dhamaantoodna Ilaahay Casa Wajala ayaa xaq u leh. " Asalawaatu'': waana Salaada la yaqaan, faralakeeda iyo Sunaheeduba Ilaahay ayey u sugnaatay. " Adayibaatu" Waa hadalada iyo ficilada iyo Sifooyinka wanaagsan ee tusaya kaamilnimada dhamaantoodna Ilaahay ayey u sugnaadeen. " Asalaamu calayka ayuha Nabiyu wa Raxmatu Allaahi wa Barakaatuh '': Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa loogu ducaynayaa in Ilaahay ka nabadgeliyo aafo iyo wax xun oo dhan uuna u siyaadiyo una badiyo khayr oo dhan. " Asalaamu calaynaa wa calaa cibaadi Allaahi Saalixiin": Waa duco nabad loogu ducaynayo Qofka tukanaya iyo Adoon kasta oo saalix ah oo ku sugan Samada ama Dhulka. "Ash hadu Alaa Ilaaha Ilaa Allaah": Waxaan qirayaa qiritaan ga'aana inaanu jirin Macbuud xaq lagu caabudo oo aan Ilaahay ahayn. " Wa ana Maxamedan  Cabduhu wa Rasuuluh': Nabi Maxamed waxaan u qirayaa Aadoonimo iyo Risaalada khaatimada ah.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee ka dib wuxuu ku booriyey Qofka tukanaaya inuu ducaduu doono ku ducaysto.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Booska Ataxiyaatku waa fadhiga ka danbeeya Sujuuda u danbaysa Salaad walba, iyo Rakcada labaad ka dib Salaadaha seddexda Rakco ah iyo kuwa afarta Racko ahba.
 Ataxiyaadku waa waajib in lala yimaado, waxaana banaan in Qofku ku Ataxyaadsado Ereyada Ataxyaadka ku soo arooray ee Nabiga nabadgelyo iyo naxariis Allaha siiyee ka sugnaaday kii uu doono.
 Waa banaan tahay in Salaada dhexdeeda lagu ducaysto hadaanu wax dambi ah ahayn.
 Waxaa Suna ah ducada inuu Qofku Naftiisa ka bilaabo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>Allahayow waxaan kaa magan gelayaa Cadaabta Qabriga, iyo Cadaabta Naarta, fitnada nolosha iyo  dhimashada, iyo fitnada Masiixu Dajaal</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>Abii Hurayra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Wuxuu ahaa Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee mid ku ducaysta oo dhaha: "Allahayow waxaan kaa magan gelayaa Cadaabta Qabriga, iyo Cadaabta Naarta, fitnada nolosha iyo  dhimashada, iyo fitnada Masiixu Dajaal."
 hadal kale oo Muslim leeyahay wuxuu ahaa: "markuu midkiin dhamaysto Ataxiyaadka u dambeeya, Ilaahay ha ka magan galo afar: cadaabta jahanama, cadaabta qabriga, fitnada nolosha iyo  dhimashada, iyo sharka Masiixu Dajaal."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa mid Ilaahay ka magan gala afar, Ataxiyaadka u dambeeya ka dib, iyo salaama naqsiga ka hor, wuxuuna nafaray inaan Ilaahay ka magan galno afartaa,
 Tan 1aad: Cadaabta Qabriga.
 Tan 2aad: Cadaabta Naarta ee Maalinta Qiyaamaha.
 Tan 3aad: fitnada nolosha, ee ah Shahawaatka Aduunyada ee xaaraanta ah iyo shubuhaadka lagu lumo iyo fitnada dhimashada, waa marka sakaraadku jiro, oo Islaamnimada ama Sunada uu ka leexdo, fitnada Qabriga sida su'aasha labada Malag.
 Tan 4aad: fitnada Masiixu Dajaal ka soo bixidoona Aakhiru Samaanka, Ilaahayna Adoomadiisa ku imtixaamayo, wuxuuna sigaar ah ugu xusay fitmadiisa oo aad u wayn iyo dadka oo uu baadiyeynaayo.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Magan galkaani waa waxa ugu muhimsan ducada wax badana soo hoos galayaan, waayo waxaa soo galaya in laga magan galo Sharka Aduunka iyo Aakhiraba.
 Waa sugan yahay Cadaabul Qabrigu waana xaq.
 Fitantu waa khatar waana muhiim in Ilaahay la kaalmaysto oo lana baryo si looga nabad galo.
 Way sugan tahay soo bixida Dajaal fitnadiisuna waa wayn tahay.
 waxaa Suna ah ducadan in la Akhristo Ataxiyaadka u dambeeya ka dib.
 camalka saalixa ah ka dib ducadu waa Suno</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3103</t>
   </si>
   <si>
-    <t>اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ</t>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>Allahayow kala fogee aniga iyo dambiyadayda sidaad u kala fogaysay bari iyo galbeed</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha  ka raali ahaadee-wuxuu yiri: Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee- markuu salaada xirto in yar ayuu aamusi jiray, intaanu akhrinta bilaabin, waxaan ku iri Rasuulkii Ilaahayow, aabahay iyo hooyadayba lagugu furaye iiga waran aamuskaaga u dhexeeya xirashada salaada iyo akhrinta, maxaad tiraahdaa? wuxuu yiri: "waxaan dhahaa: Allahayow kala fogee aniga iyo dambiyadayda sidaad u kala fogaysay bari iyo galbeed, Allahayow dambiyadayda iga daahiri sida marada cad looga nadiifiyo wasakhda, Allahayow igaga dhaq dambiyadayda baraf, biyo iyo biyo qabow".</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- markuu salaada xirto wuu yara aamusi jiray intaanu faatixada akhrin, wuxuuna salaadiisa ku bilaabi jiray qaar ka mida ducooyinka,  waxaa ka mida ducooyinka ku soo arooray oraahdiisii: "Allahayow, nakala fogee aniga iyo dambiyadayda, sidaad u kala fogaysay bari iyo galbeed, Allahayow iiga nadiifi dambiyadayda sida marada cad looga nadiifiyo wasakhda, Allahayow igaga dhaq dambiyadayda biyo, baraf iyo biyo qabow", Wuxuu Ilaahay ka baryayaa inuu kala dheereeyo isaga iyo dambiyadiisa, si aanu ugu dhicin, oo uu ka fogeeyo fogaan aanay wada kulmin, sida bari iyo galbeed aanay waligood u kumayn, haduu dambi ku dhocona Ilaahay uga nadiifiyo sida marada cad looga nadiifiyo wasakhda, oo uu dambiga ka dhaqo oo ka qaboojiyo ololkiisa iyo kulaylkiisa, oo uu uga dahiro kuwaan wax lagu dahiro ee qabow, oo ah biyo, baraf iyo biyo qabow.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Waana la siraystaa ducada salaada lagu bilaabo xataa haday tahay salaada jahriyada ah, sida Maqribka iyo Cishaha.
 Asxaabta Nabigu scw waxay ku dadaali jireen inay arimahiisa oo dhan ogaadaan, dhaqdhaqaaqiisa iyo daganaantiisaba.
 Qaabab kale oo ducada salaada lagu bilaabo ah ayaa soo arooray, sida ugu fadliga badana waa inuu qofku ducooyinka soo arooray ee Nabiga scw ka sugan midba mar la yimaado.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3104</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Hadaad ku tiraado Saaxiibka: Aamus, Maalinta Jumcada, iyadoo Imaamku khudbaynaayo, Laqwi baad la timid</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Hadaad ku tiraado Saaxiibka: Aamus, Maalinta Jumcada, iyadoo Imaamku khudbaynaayo, Laqwi baad la timid".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey inay ka mid tahay aadaabta waajibka ku ah dadka Salaada Jumcada u yimid: inay dhagaystaan khadiibka dhagaystaan, si loogu tadaburo waanada iyo wacdiga, Qofka hadla wax yarba ha ahaatee isagoo Imaamkuna khudbaynaayo, ee ku dhaha cid kale: "Aamus ama dhagaysoS midkaasi wuxuu waayey fadligii salaadaJumcada.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Waa xaaraan hadalku marka khudbada jumcadu socoto, xataa qofka wax xumaana ha u reebee ama salaan haka qaado mid kale ama mid handhisay ha u duceeyee.
 Arinkaa waxaa laga reebayaa qofka Imaamka la hadlayaa ama Imaamku la hadlaayo.
 Labada khudbadood inta u dhaxaysa waa la ogol yahay hadalka haday baahi keento.
 Nabiga nabadgelyo iyo naxariis Allaha siiyee hadii la xuso Imaamkuna khudbada ku jiro hoos baad ugu salliyi Nabiga nabadgelyo iyo naxariis Allaha siiyee sidaasoo kale aamiinta ducadana hoosbaa loo dhihin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3107</t>
   </si>
   <si>
-    <t>أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ،</t>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>Ma idiin sheegaa war ku saabsan dajaal, iyadoo uusan jirin Nabi qoomkiisa uga waramay? dajaal waa weershe, wuxuu la imaandoonaa wax aad moodid jano iyo naar,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee wuxuu yiri: Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: "Ma idiin sheegaa war ku saabsan dajaal, iyadoo uusan jirin Nabi qoomkiisa uga waramay? dajaal waa weershe, wuxuu la imaandoonaa wax aad moodid jano iyo naar, mida uu leeyahay waa jano waa naar, waanan idiinka digayaa dajaal sida Nabi Nuux uga digay qoomkiisii ".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu saxaabadiisa uga waramay dajaal, tilmaamihiisa iyo calaamadihiisa iyadoo uusan jirin Nabi hore uga waramay, waxaana ka mid ah calaamadahaa:
 Inuu weershe yahay.
 Ilaahay wuxuu u sahlay oo la socda wax la moodo Jano iyo naar, waa sida dadku u arkaan.
 laakiin Janadiisu waa Naar Naartiisuna waa Jano, qofkii raaca wuxuu galinayaa Janadaas sida dadk u muuqata, laakiin waa Naar wax gubaysa, qofkii ku caasiyana wuxuu galinayaa Naarta sida dadka u muuqata, laakiin waa Jano fiican. Ka dib Nabigu-naxariis iyo nabadi korkiisa ha ahaatee wuxuu inooga digay fitnada dajaal sida Nabi Nuux uga digay qoomkiisii.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Xaddiiska waxaa ku jira in fitnada dajaal wayn tahay.
 Waxa lagaga bad-baadi karo fitnada dajaal waa iimaan run ah iyo in Ilaahay laga hoos galo oo Ilaahay laga magan galo marka Ataxiyaadka dambe la akhriyaayo, iyo in la xifdiyo tobanka aayadood ee u horeeya suuratul kahfi.
 Nabigu scw aad ayuu ugu dadaalay ummaddiisa, waayo wuxuu u cadeeyey muslimiinta sifaadka uu leeyahay dajaal, kuwaasoo aanu jirin Nabi u cadeeyey qoomkiisa oo nabigeena scw ka horeeyey.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3110</t>
   </si>
   <si>
-    <t>الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل</t>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>((qofku waa kolba diinta(dhaqanka) saaxiibkii uu kusugan yahay uun,ee ha eego midkiin qofka uu lasaaxiibayo))</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>Abuu hurayra-Allaha karraalli ahaadee-waxuu nabiga kawariyey-naxariis iyo nabadi korkiiye-inuu dhahay: ((qofku waa kolba diinta(dhaqanka) saaxiibkii uu kusugan yahay uun,ee ha eego midkiin qofka uu lasaaxiibayo)).</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>waxuu caddeeyey nabigu-naxariis iyo nabadi korkiiye- inuu qofku ka.shabbaho saaxiibkii xagga hab dhaqankiisa iyo caadooyinkiisa, oo waliba ay saamayso saaxiib nimadu akhlaaqda,hab dhaqanka, sidaa tarteed ayuu ku boorriyey ummaddiisa xulashada saaxiibka fiican,waayo waxuu tusaa saaxiibkii iimaanka iyo hanoonka, hiil xagga khayrka ahna wuu u.ahaadaa saaxiibkii.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>Waxaa lafarayaa dadka inay kala saaxiibaan dadka intooda wanaagsan,waxaana laga nahiyayaa ina shar wadayaasha kuxidh maan ama la saaxiibaan.
 waxaa loo gaar yeelay saaxiibka oo loo sheegi waayey qaraabadiisa waayo saaxiibka adaa dooranaya lkn walaalka iyo qaraabada doorashadooda adigu kaalin kumalihide waa cidduu Alle kula dhaliyo.
 Yeelashada saaxiibka waa in aad looga fikiro.
 Qofku waxuu kuxoojiyaa diintiisa lasocodka mu.uminiinta wanaagsan, waxaana daciifiya ku xidhnaashaha faasidiinta.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Xadiis Xasan ah]</t>
   </si>
   <si>
     <t>[Waa wariyay Abuu Daa'uud, At-Tirmidi, Iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3122</t>
   </si>
   <si>
-    <t>إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ،</t>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>Waxay la mid yihiin kan la fadhiya nin Saalix ah iyo kan la fadhiya nin Xun sida kan sitaCcatarka Miskiga iyo kan Dabka afuufaya</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Abii Muusa Alashcari Allaha ka raalli ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: " Waxay la mid yihiin kan la fadhiya nin Saalix ah iyo kan la fadhiya nin Xun sida kan sitaCcatarka Miskiga iyo kan Dabka afuufaya, kan Catarka Miskiga sita: waa inuu kuu mariyo ama aad ka iibsatid, ama aad ka heshid Caraf udgoon, kan Dabka afuufayana: waa inuu Dharka kaa gubo ama ay kaa soo gaarto Ur qarmuun".</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu tusaale u keenay labo nooc oo dadka ka mid ah:
 nooca 1aad: waa Qofka la fadhiya Saaxiibka wanaagsan oo tusaaya Ilaahay iyo wuxuu raaliga ka yahay, oo ugu kaalmaynaaya cibaadada Ilaahay. kaasi wuxuu la mid yahay kan iibinaaya Miskiga waa inuu ku siiyo ama aad ka iibsatid, ama aad Caraf udgoon ka heshid.
 nooca 2aad: waa kan la fadhiya Saaxiibka Xun, ee jidka Ilaahay ka hor istaaga dadka, oo ugu kaalmaynaaya in macsi la sameeyo, oo aad ka arkaysid ficil xun, hadii kaasoo kale la la Saaxiibo oo lala fariisto dhib ayaa kaa soo gaaraya. Kaasi wuxuu la mid yahay Bir tumaha afuufa Dabkiisa, waa inay kaa gubaan Dharkaaga Dhinbilaha ka soo duulaya ama ay kaasoo gaarto Ur qarmuun.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>Way banaan tahay in tusaale la soo qaato si loogu soo dhaweeyo macnaha cida hadalka dhagaysanaysa.
 Waxaa la isku boorinayaa oo la is jeclaysiinayaa in la la fariisto dadka Ahlu daacada iyo wanaaga ah, oo laga fogaado dadka Ahlu fasaadka ah iyo kuwa akhlaaqda xun.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3127</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>Qofka u adeega Garoobka iyo Miskiinka, wuxuu la mid yahay Mujaahidka  jidka Ilaahay u dagaalamaa, ama Qof Habeenkiina cibaado u taagan Maalintiina Sooman</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka u adeega Garoobka iyo Miskiinka, wuxuu la mid yahay Mujaahidka  jidka Ilaahay u dagaalamaa, ama Qof Habeenkiina cibaado u taagan Maalintiina Sooman".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu sheegay Qofka ka shaqeeya danaha Dumarka Ragoodu ka dhintay cid u miciintana haysan, iyo Miskiinka baahidu hayso, wax siiya isagoo Ilaahay uun ajar kaga raba, Qofkaasi xaga ajarka wuxuu la mid yahay Mujaahidka Ilaahay dartii u dagaalamaya, ama Qofka Salaad Tahajudka u taagan ee aan daalayn, oo Sooman oo aan afurayn</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Waxaa la isku boorinayaa, iskaashi iyo in la is kafaalo qaado  iyo in  la caawiyo dadka baahan ee Daciifka ah.
 Cibaadada waxaa soo galaya camal kastoo wanaagsan, waxaana ka mida cibaadada in loo adeego Garoobka iyo Miskiinka.
 Ibn Hubayra: wuxuu yiri: waxaa loo jeedaa Ilaahay kor ahaaye qofkaas wuxuu isugu darayaa ajarka qofka sooman iyo kan cibaadada u taagan iyo Mujaahidka hal mar ayuu wada siin, waayo Garoobka ayuu u Gacan qabtay sida ninkeedii ...., sidaas oo kale wuxuu u garab istaagay Miskiinka waxba qabsan kari waayey, wuxuu heli karay iyo Xoogiisiiba wuu Sadaqaystay wax tarkiisu wuxuu u dhigmaa Soomka, qiyaamka iyo Jihaadka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3135</t>
   </si>
   <si>
-    <t>بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ،</t>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>U deg-dega camalka saalixa ah inta aanay idinku imaan fitnooyinka la moodo qayb Habeen ah oo Mugdi ah</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka nabadgelyo iyo naxariis Allaha siiyee uu yiri: "U deg-dega camalka saalixa ah inta aanay idinku imaan fitnooyinka la moodo qayb Habeen ah oo Mugdi ah, oo ninku Waabariisanaayo isagoo Muumin ah oo Galabaysanaayo isagoo Gaal ah ama uu Galabaysanaayo isagoo Muumin ah oo uu Waabariisanaayo isagoo Gaal ah, oo uu Diintiisa ku iibsanaayo xoogaa Aduunyo ah.</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku boorinayaa Qofka Muuminka ah inuu u deg-degooo uu badsado camalka saalixa ah, inta aan la waayin ama aan lagu  mashquulin, fitnooyin iyo shubuhaat imaandoona oo u diidaya oo ka hor istaagaya camalka saalixa ah, fitnooyinkaasi waxay la mid yihiin qayb Habeen Mugdi ah, oo ay isku darsamayaan xaqa iyo baadilku, oo dadka ay ku adkaanayso inay kala saaraan, oo sida ay u daran tahay ay dadku isku dhex yaacayaan, ilaa Qofku uu Waabariisto isagoo Muumin ah, oo Galabaysto isagoo Gaal ah, oo uu galabaysto isagoo Muumina oo uu Waabariisto isagoo Gaala, oo Diintiisa uga tago xoolo Aduunyo oo dhamaanaya.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>Waa waajib in Diinta la qabsado, oo loo  degdego camalka saalixa ah inta aanay imaan wax dadka u diida camalka saalixa ah.
 Waxaa la ishaaray in fitnooyinka lagu baadiyoobo ay isdaba joogaan Aakhiru Samaanka, oo markii fitno tagtaba waxaa daba socota fitno kale.
 Hadii Diinta Qofku daciifto oo uu dhaafsado Diintiisa wax yaroo Maal Aduunyo ah ama wax kale ah, taasi waxay sabab u noqonaysaa inuu ka leexado oo isaga tago Diinta oo uu iska dabagalo fitnooyinka.
 Xadiiskaani wuxuu daliil u yahay inuu camalka saalixa ahi sabab u yahay in fitnada laga bad-baado.
 Fitnadu waa labo qaybood: fitno  shubho ah, dawadeeduna waa Cilmi, iyo fitno shahwo ah, dawadeeduna waa iimaan iyo sabir.
 Xadiiskan waxaa lagu ishaaray in qofka cibaadadiisu yaraato fitnadu ku soo degdegayso, Qofka cibaadadiisu badan tahayna waxaa haboon inuusan ku kadsoomin khayrka uu haysto balse waa inuu khayrka badsadaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3138</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>Fidrada fiicani waa Shan: Gudniinka, xiiritaanka Bisqanta,Timaha Kilkilada</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: waxaan Nabiga nabadgelyo iyo naxariis Allaha siiyee  ka maqlay isagoo dhahaya: "Fidrada fiicani waa Shan: Gudniinka, xiiritaanka Bisqanta,Timaha Kilkilada".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey Shan wax yaabood oo Diinta Islaamka iyo Sunihii Ambiyada ka mid ah:
 Tan koowaad: Gudniinka, waana jaritaanka la jaro haraga sare ee qariya Madaxa Buuryada Raga, iyo in la jaro Madax Kintirka Gabdhaha halka Buuryadu marayso korkeeda.
 Tan labaad: waa xiiritaanka Timaha Bisqanta.
 Tan seddexaad: gaabinta Timaha Shaarubaha, lamana ogola inay qariyaan Bishinta.
 Tan afraad: waa jaritaanka Cidiyaha.
 Tan Shanaad: waa Timaha Kilkillada oo la rifo.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Sunaha Ambiyada ee Ilaahay jecelyahay raaligana ka yahay uuna faray Adoomadiisa waxay dadka u tahay kamaal, wanaag iyo qurux.
 waa Sharci in arimahan la joogteeyo oo aan la moogaan.
 Tilmaamahan waxay leeyihiin faa'iidooyin xaga Diinta iyo xaga Aduunka ah, waxaa ka mid ah: muuqaal wanaag, nadaafada jirka, iyo in dahaarada loo degdego, in Gaalada la khilaafo iyo in amarka Ilaahay la qaato.
 Xadiisyo kale waxaa lagu sheegay tilmaamo kale oo fidrada ka mida, oo aan shantaan ahayn, sida: Garka in la daayo, Rumayga, iyo kuwa kale.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3144</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa marka uu gelayo suuligo inuu dhaho: "Allahayow waxaan kaa magan gelayaa Shaydaanka kiisa lab iyo kiisa dhadigba</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>Anas -Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa marka uu gelayo suuligo inuu dhaho: "Allahayow waxaan kaa magan gelayaa Shaydaanka kiisa lab iyo kiisa dhadigba."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa markuu rabo inuu xaajo guto, kaadi ama saxaro, Ilaahay ayuu magan geli jiray, Isaguuna cuskan jiray inuu ka nabad galiyo sharka Shaydaanka lab iyo midka dhadigba. Waxaa kaloo lagu fasiray khubuska iyo khabaa`iska sharka iyo najaasada.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Ducadan ayaa la suneeyey in la akhristo marka la gelaayo suuliga.
 Dhamaan khalqiga oo dhan waxay baahi u qabaan Rabigooda, inuu ka difaaco wax kastoo dhib ah oo dhibaatayn, xaalad walba oo ay ku sugan yihiin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3150</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>Waxaa imaan doona Naf jeclaysi iyo arimo aad diidi doontaan" waxay dheheen: Rasuulka Ilaahayow, maxaad nafariysaa? wuxuu yiri: "iska bixiya xaqa la idinku leeyahay, xaqiinana Ilaahay waydiista</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud -Allaha ka raali ahaadee- waxaa laga wariyey  in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Waxaa imaan doona Naf jeclaysi iyo arimo aad diidi doontaan" waxay dheheen: Rasuulka Ilaahayow, maxaad nafariysaa? wuxuu yiri: "iska bixiya xaqa la idinku leeyahay, xaqiinana Ilaahay waydiista."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>Nabigu -nabadgelyo iyo naxariis Allaha siiyee- wuxuu sheegay inay Muslimiinta talada u qaban doonaan Madax qaadan doona maalka Muslimiinta iyo Aduunyada kaleba, oo waxay doonaan ku sameynaaya Muslimiintana u diidaya xaqa ay ku leeyihiin. Madaxdaas waxaa laga arki doonaa arimo aad Diinta waafaqsanayn oo la diido. Asaxaabtu waxay waydiiyeen Nabiga nabadgelyo iyo naxariis Allaha siiyee: waxa ay sameynayaan xaaladaas?. Nabigu -nabadgelyo iyo naxariis Allaha siiyee- wuxuu sheegay in Xoolaha ay qaateen aysan keenayn inaad diidaan xaqii ay waajibka idinku lahaayeen oo ah inaad maqashaan oo adeecdaan, balse ku sabra oo maqala oo adeeca oo ha ku qabsanina Xukunka, oo Ilaahay waydiista xaqiina, oo ka barya inuu idiin hagaajiyo oo idinka celiyo Sharkooda iyo Dulmigooda.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Xadiiskani wuxuu ka mid yahay wax yaabaha cadaynaya Nabinimada Nabiga -nabadgelyo iyo naxariis Allaha siiyee- waayo wuxuu sheegay waxa ummaddiisa ka dhici doona, waxayna u dhacday siduu u sheegay.
 Xadiiska waxaa ku sugan inay banaan tahay in la sheego midka shay ku ibtilaysan waxa ku dhici doona ee balaayo ah, si uu naftiisa ugu diyaariyo, marka waxaasi ku dhacaan oo uu noqdo mid sabra kana ajarsada.
 Xadiiska waxaa ku sugan in qabsashada Kitaabka iyo Sunada Rasuulka -nabadgelyo iyo naxariis Allaha siiyee- waa labada lagaga boxo fitanta iyo khilaafka.
 Xadiiska waxaa ku sugan in la isku booriyo is maqalka oo wanaaga lagu adeeco Madaxda oo aan lala dagaalamin xataa hadii ay la yimaadaanDulmi.
 Xadiiska waxaa ku sugan in waqtiga fitnada la isticmaalo xikmad oo Sunada la raaco.
 Qofka waxaa waajib ku ah inuu guto waajibka isaga saaran isaga haba la Dulmiyee.
 Xadiiskani wuxuu daliil u yahay Qaacidada ah: in la doorto labo Shar kii sahlan ama labo dhib kii fudud.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3156</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>In Nabigu nabadgelyo iyo naxariis Allaha siiyee  haduu tukanaayo wuxuu kala fogayn jiray labadiisa gacmood, ilaa ay muuqato cadaanta labadiisa kilkilo</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Maalik Binu Buxaynah Allaha ka raali ahaadee waxaa laga wariyey: In Nabigu nabadgelyo iyo naxariis Allaha siiyee  haduu tukanaayo wuxuu kala fogayn jiray labadiisa gacmood, ilaa ay muuqato cadaanta labadiisa kilkilo.</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee  haduu sujuudayo wuu kala fogayn jiray labadiisa gacmood, oo gacan walba wuxuu u fogayn jiray dhinaceeda, sida labo baal oo kale, ilaa ay muuqato midabka labadiisa kilkilo. taasuna waa iyadoo lagu xeel dheeraado in labada gacmood sida baalal laga dhigo oo qofku ka fogeeyo labadiisa dhinac.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Waa suno in qaabkaas loo sujuudo, waana iyadoo laga fogeeyo labada cududood labada dhinac.
 Qofka ma`amuumka ah hadii kan ku dhinac tukanaya uu ku dhibtoonayo kala fogayntaas uma banaana kala fogayntu.
 kala fogaynta gacmaha ee sujuuda waxaa ku jira xikmad iyo faa'iidooyin badan, waxaa ka mid ah: muujinta firfircoonida iyo jaceylka salaada, haduu sujuuda ku taagsado xubin walba waxay qaadanaysaa xubin walba xaqa ay ku leedahay cibaadada, waxaa kaloo la yiri: taas xikmada ku jirtaa waa inay u eg tahay tawaaduc, waana sida ugu fiican oo wajiga iyo sanka dhulka loo saari karo, iyo in xubin walba gaar u soocanto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3220</t>
   </si>
   <si>
-    <t>أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ</t>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>Lacagta ugu fadliga badan ee uu ninku bixiyo waa lacagta uu ku masruufo ciyaalkiisa, iyo lacagta uu ku bixiyo neefkiisa uu jihaadka ugu tala galay, iyo lacagta uu ku bixiyey asxaabtiisa jihaadka ay kuwada jiraan</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Thowbaan -Allaha ka raali ahaadee - waxaa laga wariyey, inuu yiri: Rasuulka Ilaahay- naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: "Lacagta ugu fadliga badan ee uu ninku bixiyo waa lacagta uu ku masruufo ciyaalkiisa, iyo lacagta uu ku bixiyo neefkiisa uu jihaadka ugu tala galay, iyo lacagta uu ku bixiyey asxaabtiisa jihaadka ay kuwada jiraan" Abuu Qilaaba ayaa yiri: wuxuu ku bilaabay caruurta, hadana wuxuu yiri abuu Qilaaba: ninkeeba ka fadli badan nin masruufay caruur yar-yar, way ku deeqtoomayaan,  ama Ilaahay baa ku anfacaya lacagtaas wayna ku kaaftoomayaan.</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa aha ahaatee- wuxuu cadeeyey qaabab ka mid ah wax bixinta, wuxuuna u kala ratibay hadii ay wada kulmaan qaababka wax bixintu u kala waajibsan tahay, wuxuuna ka bilaabay siday u kala muhiimsan tahay. Wuxuu sheegay lacagta ugu ajarka badan inay tahay tan uu ku masruufo muslimku dadka ay ku waajibtay nafaqadoodu, sida xaaskiisa iyo caruurtiisa. Ka dibna waxaa ku xiga kharashka lagu bixiyo gaadiidka loo diyaariyey jihaadka Ilaahay. Ka dibna waxaa ku xiga wuxuu ku nafaqeeyo saaxiibadiisa  jihaadka Ilaahay kula jira.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>Tartiibinta nafaqadu siday u kala ajar badan tahay waa sida loo sheegay, waa in sidaa loo ilaaliyo markay isu yimaadaan qaababka nafaqadu.
 Waxaa xadiiska ku cad mudnaanta iyo fadliga dheeraadka ah ee masruufka caruurtu uu dheer yahay wax bixinta kale.
 Xoolaha lagu bixiyo jihaadka Ilaahay waxay ka mid yihiin wax bixinta ugu wayn, sida in loo diyaariyo Jihaadka qalab iyo rag.
 Waxaa la yiri: Jidka Ilaahay waxaa laga wadaa cibaado walba sida Xajka matalan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3267</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>Allaha nafta Maxamed Gacantiisa ku jirtaan ku dhaartee Qofka i maqla ee Ummaddaan ka mid ah Yahuudi ama Nasraani-kuu doonaba ha ahaadee-, ee dhinta isagoon rumayn xaqa la ila soo diray wuxuu ahaan doonaa kuwa naarta gelaya</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee-waxaa laga wariyey in Rasuulka Ilaahay -nabadgelyo iyo naxariis Allaha siiyee- uu yiri: "Allaha nafta Maxamed Gacantiisa ku jirtaan ku dhaartee Qofka i maqla ee Ummaddaan ka mid ah Yahuudi ama Nasraani-kuu doonaba ha ahaadee-, ee dhinta isagoon rumayn xaqa la ila soo diray wuxuu ahaan doonaa kuwa naarta gelaya".</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu ku dhaartay Qofka maqla Nabiga nabadgelyo iyo naxariis Allaha siiyee oo dacwada Islaamku gaadho, yahuudi iyo kiristaan ama qayrkoodba ha ahaadee, ee dhinta isagoon Islaamin, inuu ahaanayo mid naarta gala oo ku waaraya waligiiba.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Risaalada Nabigu-nabadgelyo iyo naxariis Allaha siiyee-waa Diin ay u siman yihiin dhamaan Aduunka waxa ku nool dhamaan, waajibna ay ku tahay in dadkoo dhami raacaan, oo ay waliba nasakhday dhamaan Sharciyadii iyada ka horeeyey dhamaan.
 Qofka ku gaalooba Nabiga-nabadgelyo iyo naxariis Allaha siiyee- ma anfacayso sheegashadiisa ah inuu rumaysan yahay Nabiyada kale- naxariis iyo nabadgelyo Allaha siiyo dhamaan-.
 Qofka aan maqlin Nabiga nabadgelyo iyo naxariis Allaha siiyee oo aanay Diinta Islaamku gaarin waa loo cudur-daarayaa, arinkiisuna Aakhiro Ilaahay ayuu u yaallaa.
 Qofku Islaamka wuu ku intifaacayaa inta geerida ka horaysa, haduu xataa aad u jiran yahay ilaa ay Ruuxdu soo gaarto Dhuunta.
 Diinta Gaalada in sax lagu sheego iyadoo ay ku jiraan tan Yahuuda iyo tan Kiristaanku waa Gaalnimo.
 Yahuuda iyo Nasaaradaa lagu xusay Xadiiskaan waxay baraarujin u tahay Gaalada kale, waayo Yuhuuda iyo Nasaaradu waxay leeyihiin kitaabka, haduu xaalkoodu sidaa yahay, kuwa iyagu aan wax kitaaba lahayni wayba kasii daran yihiin, oo dhamaantood waxaa ku waajib ah, inay Ilaahay Diintiisa soo wada galaan, Nabigana-nabadgelyo iyo naxariis Allaha siiyee- wada adeecaan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Gaabiya Shaarubka Garkana daaya</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ibnu Cumar Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Gaabiya Shaarubka Garkana daaya".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu faray in la gaabiyo Shaarubka, oo aan la dayn balse lagu xeel dheeraado gaabinta.
 Taa baddalkeed wuxuu amray Rasuulku nabadgelyo iyo naxariis Allaha siiyee in la daayo garka oo la dhaafo isagoo badan.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Waa xaaraan xiiritaanka Garku</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3279</t>
   </si>
   <si>
-    <t>عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ</t>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>Muuminka xaalkiisu yaab ayuu leeyahay, arimihiisa oo dhan waa khayr, sidaasina Muuminka maahee cid kale uma sugnaan</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Suheyb Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Muuminka xaalkiisu yaab ayuu leeyahay, arimihiisa oo dhan waa khayr, sidaasina Muuminka maahee cid kale uma sugnaan, haduu khayr helo wuu ku mahadin, khayr ayeyna u ahaanaysaa, hadii dhibaato ku dhacdana wuu sabrayaa, oo khayr ayeyna u noqonaysaa.</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu la yaabay Muuminka arinkiisa iyo axwaashiisa, isagoo-Rasuulku- jeclaysanaya arinkaa, waayo xaalkiisoo dhan baa kheyr wada ah, Muuminka maahee cid kale uma sugna arinkaasi, Hadii wax farxad leh uu helo wuu ka mahadin markaasuu mahad naqaas ka helayaa ajar. Hadii dhib ku dhacona wuu ku sabraa oo Ilaahay ayuu ajar ka helayaa, wuxuuna sabirkaa ka helayaa ajar, sidaa awgeed mar walba wuxuu helayaa ajar.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
     <t>Fadli ayey leedahay in laga mahad celiyo nicmada oo lagu sabro dhibka, Qofka sidaa sameeya Aduun iyo Aakhiroba wuxuu helayaa khayr, Qofka aan ka mahad celin nicmada oo aan ku sabrin musiibada waxaa dhaafay ajar wayn, wuuna danbaabay.
 Iimaanku fadli ayuu leeyahay, ajarkana mar walba waxaa iska leh dadka Iimaanka leh.
 Nicmada oo laga mahad celiyo, iyo dhibka oo lagu sabro waa sifaadka Muuminiinta.
 In la rumeeyo Qadaha iyo Qadarka Ilaahay waxay ka dhigaysaa Muuminka inuu axwaashiisa oo dhan ku raali noqdo, waxaa ka duwan Qofka aan Muuminka ahayn kaasoo ku jiraya caro joogto ah marka dhib ku dhocoba, hadii Ilaahay nicmo siiyana wuxuu kaga mashquulaa cibaadada Ilaahay, waliba wuxuu u isticmaala macsida Ilaahay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3298</t>
   </si>
   <si>
-    <t>وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ</t>
+    <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>Qaabka looga qubaysto Qasliga:</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>Maymuuna oo ah hooyadii Muuminiinta Allaha ka raali ahaadee waxaa laga wariyey inay tiri: Nabiga-naxariis iyo nabadi korkiisa ha ahaatee -ayaan u dhigay biyo qubays, waxaanan ku asturay maro, biyihii wuxuu ku shubtay gacmihiisa oo dhaqay, hadana biyuu ku qaatay midigtiisa oo bidixdiisa ku dhaqay farjigiisa, ka dibna gacmihiisuu dhulka ku masaxay, wuuna dhaqay, wuuna luq-luqday oo san daarsaday, wajiga iyo gacmuhuu dhaqay, ka dibna biyihiibuu madaxa iskaga shubay ilaa uu jirka oo dhan wada gaarsiiyey, markaasuu in yar ka durkay meeshii uu ku qubaysanayey, luguhuuna dhaqay markaasaan, maro u soo dhiibay igamana qaadan maradii, wuu baxay isagoo gacmihiisa biyaha ka firdhinaaya.</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
     <t>Hooyadii muuminiinta ee maymuuna-Allaha ka raali ahaadee-waxay ka sheegtay qaabkii Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- janaabada uga qubaysan jiray, iyadoo Nabiga scw ay u dhigtay biyo si uu ugu qubaysto, waxayna ku asturtay maro, markaas Nabigu -naxariis iyo nabadi korkiisa ha ahatee-wuxuu sameeyey sida soo socda:
 mida 1aad: gacmihiisa ayuu ku shubay biyaha oo dhaqay intaanu weelka galin.
 mida 2aad: gacantiisa midig ayuu biyo ku shubay oo bidixda ku dhaqay farjigiisa, isagoo iska nadiifinaaya wixii kaga haray qasliga.
 mida 3aad: dhulkuu gacantiisa ku masaxay, ka dibna wuu dhaqay si uu uga nadiifiyo wixii dhib ah.
 mida 4aad: wuu luq-luqday, oo inta biyaha afka galiyey oo ku dhaqdhaqaajiyey oo ku wareejiyey ayuu soo tufay, oo san daarsaday, biyaha  ayuu neeftiisa sanka ku galiyey ka dibna wuu ka soo saaraay si uu u nadiifiyo.
 Mida 5aad: wuxuu dhaqay wajigiisa iyo labadiisa gacmood.
 Mida 6aad: wuxuu ku shubay biyaha madaxiisa.
 Mida 7aad: biyaha wuxuu ku shubay jirkiisa oo dhan.
 Mida 8aad: goobtuu ku qubaysanayey ayuu ka durkay lugihiisana wuxuu ku dhaqay meel kale, waayo lugaha horay uma dhaqin.
 Ka dib waxay u keentay maro si uu iskugu qalajiyo, laakiin kamuusan qaadane gacantiisa ayuu biyaha isaga masaxay oo iska firdhiyey..</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Nabiga scw xaasaskiisu waxay ihtimaam siinayeen inay si xeel dheer oo faahfaahsan u sifeeyaan Nabiga scw noloshiisa si ay ummadda u baraan.
 Sifada Qubayskaan waa mid ka mida qaababka ka sugnaaday Nabiga scw ee looga qubaysanaayo qasliga, laakiin sifada qubaysku uga gudaayo waa in jirka oo dhan biyaha la gaarsiiyo iyadoo lagu darayo luqluqasho iyo san daarsi.
 In biyaha jirka lagaga qalajiyo maro ama la iskadaayo marka laga qubaysto qasliga ama lawayso qaato way banaan tahay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3310</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>qofka u weyso qaata sidaa aan u weyso qaatay ee tukada labo Rakcadood oo aanu naftiisa la sheekaysan Salaada dhexdeeda, Ilaahay wuxuu ka dhaafaa dambiyadiisii hore</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Xumraan oo ahaa Adoonkii Cusmaan Binu Cafaan Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Cusmaan ayaa weel lagu weyso qaato dalbaday, Gacmihiisa ayuu dhaqay seddex jeer, ka dibna Gacantiisa Midig ayuu galiyey weysadii, waanu luqluqday, oo San daarsaday, oo ka soo firdhiyey Sanka Biyihii, ka dibna Wajigiisuu seddex jeer dhaqay, iyo Gacmihiisa ilaa Suxullada seddex jeer, ka dibna Madaxuu masaxay, hadana Luguhuu dhaqay mid walba seddex jeer, intaa ka dib wuxuu yiri Cusmaan-: Nabigaan nabadgelyo iyo naxariis Allaha siiyee ayaan arkay isagoo qaabkaa aan u weyso qaatey oo kale u weyso qaadanaya, oo dhahay:"qofka u weyso qaata sidaa aan u weyso qaatay ee tukada labo Rakcadood oo aanu naftiisa la sheekaysan Salaada dhexdeeda, Ilaahay wuxuu ka dhaafaa dambiyadiisii hore".</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>Cusmaan Binu Cafaan Allaha ka raali ahaadee wuxuu baray qaabkii waysaysiga Nabiga nabadgelyo iyo naxariis Allaha siiyee waliba qaab tusaalaysan, oo uu tusayo hortooda dadka siday tahay waysadu, wuxuuna dalbaday biyo weel ku jira, seddex jeer ayuu ku shubay Gacmihiisa wuuna mayray, intaa ka dibna Gacantiisa Midig buu weelka galiyey biyuhuuna sooqaatay, Afkiisuna galiyey wuuna soo tufay, hadana biyihii buu sanka ku qaaday ilaa gudaha sanka, wuuna soo firdhiyey, hadana wajigiisuu saddex jeer dhaqay, Gacmuhuu ku xijiyey ilaa labada Xusul seddex jeer, hadana hal marbuu Madaxa mariyey Gacantiisoo qoyan, intaa ka dibna Luguhuu dhaqay ilaa Anqawyada seddex jeer.
 Markuu dhameeyey Allaha ka raali ahaadee ayuu ka sheegay inuu arkay Nabiga nabadgelyo iyo naxariis Allaha siiyee oo sidiisaa oo kale u weyso qaatay, oo waliba ugu bishaareeyey Qofka sidiisa oo kale u weysa qaata labo rakcadoodna tukada, isagoo khushuucsan qalbigiisana soo xaadiriyey llaahay hortiisa, Ilaahay inuu kaga abaal marin doono weysadiisaa uu wanaajiyey iyo Salaada khaaliska ah inuu ka dhaafo dambiyadiisii hore.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Waxaa Suna ah in Gacmaha la dhoqo intaan weelka la galin weysada ka hor, yaanu hurdaba ka soo toosine, haduu ka soo tooso hurdada habeenka waxaa waajib ah inuu faraha dhaqdo.
 Waxaa haboon in Macallinku raaco qaabka ugu dhow ee uu wax ku fahmi karo aqoontuna ugu xasilayso kan wax baranaya, waxaana ka mida in  Qofka wax lagu baro ficil,.
 Waxaa la gudboon Qofka tukanaaya inuu niyadiisa ka saaro fikirka Aduun ee ka mashquulinaya khushuucda Salaada, waayo Salaada kaamilka ahi waxay ku xiran tahay  qalbiga oo jooga oo ku xiran Salaada, waayo fikirka maskaxda ku soo dhacaya lagama aamin helo, sidaa darteed waa inuu Qofku iskala jihaado waxaas oo aanu isku sii dayn.
 Waa Sune in la midigaysto weyso qaadka.
 Waa Sharci tartiibta  kala horaysiinta luq-luqashada iyo San daarsiga iyo firdhinta.
 Waxaa Suno ah in la seddexeeyo mayrida Wajiga, Gacmaha, Lugaha, Waajibkuse xubintiiba  waa hal mar.
 Dambi dhaafka Ilaahay ee dambiyadaa la soo samayey waxay ku xiran tahay labo qodob oo lala yimaado: weyso qaadka iyo labo Rakcadood oo lala yimaado sida Xadiiska lagu soo xusay.
 Xubin kastoo xubnaha waysaysiga ka mid ah waxay leedahay xad: wajiga xadkiisu waa: halka ay timaha madaxa ka baxaan ilaa lafta garka dherer ahaan, hadana dhagta ilaa dhagta kale balac ahaan, gacanta xadkeedu waa: faraha laga bilaabo ilaa suxulka, waana halka gacantu ka laabato ee cududa iyo dhudhunka u dhaxaysa, madaxa xadkiisu waa: timaha fooda laga bilaabo ilaa halka qoorta iyo madaxu iska galaan, masixitaanka dhaguhuna madaxay raacsan yihiin, luguha xadkoodu waa: anqawga oo kaamila iyo kala goyska dhudhunka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee markuu Janaabo ka qabaysanayo wuxuu dhiqi jiray Gacmihiisa, wuxuuna u weyso qaadan jiray sida Salaada uu ugu weyso qaato, ka dibna wuu qubaysan jiray</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>Caa'isha, Mu'uminiinta Hooyadood -Allaha ka raali ahaadee-waxaa laga wariyey inay tiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee markuu Janaabo ka qabaysanayo wuxuu dhiqi jiray Gacmihiisa, wuxuuna u weyso qaadan jiray sida Salaada uu ugu weyso qaato, ka dibna wuu qubaysan jiray, isagoo Faraha dhex galinayaTtimihiisa ilaa uu Jirkiisa Biyaha wada gaarsiiyo, seddex jeer ayuu Biyaha isku shubi jiray, ka dibna jirkiisa kale oo dhan ayuu dhaqi jiray, waxay tiri- Caa'isha-: aniga iyo Rasuulka weel kaliya ayaan ku wada qubaysan jirnay, oo aan labadayadu kawada darsan jirnay Biyaha.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee markuu rabo inuu Janaabo ka qabaysto, wuuu ku bilaabi jiray inuu Gacmaha dhaqo. Ka dibna wuu weyso qaadanayey sida weysada Salaada, ka dibna Biyaha ayuu Jirkiisa gaarsiin jiray, ka dibna Gacmaha ayuuTtimaha Madaxa dhex galin jiray, ilaa uu is dhoho Biyuhu waa gaareen Timaha salkooga, Jirkuna uu ka dhergay Biyaha, seddex jeerbuu Madaxiisa Biyaha ku shubaayey, ka dibna Jirkiisa kale ayuu dhaqi jiray. Caa'isha -Allaha ka raali ahaadee- waxay tiri: Aniga iyo Rasuulka nabadgelyo iyo naxariis Allaha siiyee ayaa weel kaliya  ku wada qubaysan jirney, oo Biyaha ka wada darsanaynay.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Qubaysigu waa labo nuuc: mid uu ku ansaxaya qubaysku iyo mid kaamil ah, kan uu ku ansaxaayo waa in Qofku niyeysto dahaaro ka dibna uu jirkiisa wada gaarsiiyo Biyaha isagoo luqluqanaaya oo san daarsanaya, Qubayska kaamilka ahna waa inuu u qubaysto sida Nabigu nabadgelyo iyo naxariis Allaha siiyee u qubaystay ee ku soo aroortay Xadiiskaan.
 Waxaa la dhahaa Janaabo Qof kastoo Biyaha Shahwadu ka yimaadaan, ama galmo sameeya walow yaanu Biyaba ka imaane.
 Way banaan tahay inay ninka iyo Xaaskiisu Cawradooda is eegaan, kuna wada qubaystaan weel kaliya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3316</t>
   </si>
   <si>
-    <t>كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee haduu hindhisayo Gacantiisa ama Maradiisa ayuu saari jiray Afkiisa oo ku yarayn jiray Codkiisa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee haduu hindhisayo Gacantiisa ama Maradiisa ayuu saari jiray Afkiisa oo ku yarayn jiray Codkiisa.</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Nabigu naxariis iyo nabadi korkiisa ha ahaatee wuxuu ahaa haduu hindhisayo:
 marka 1aad: Gacantiisa ama Maradiisa ayuu Afka saari jiray, si aanu uga soo bixin Afkiisa ama Sankiisa wax dadka la fadhiya dhiba.
 Marka 2aad: Codkiisa ayuu hoos u dhigi jiray oo kor uma qaadi. jirin.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Xadiiskaan waxaa ku cad dhaqankii Nabiga nabadgelyo iyo naxariis Allaha siiyee  uu u hindhisi jiray iyo in looga daydo arinkaas.
 Waa Suno in Afka iyo Sanka la saaro Maro ama Masar iyo wixii la mid ah markuu Qofku hindhisayo, si aanay uga soo bixin wax dhiba Qofka la fadhiya.
 Xadiiska waxaa ku sugan in la rabo in Codka hoos loo dhigo marka la hindhisaayo, waana kaamilnimada aadaabta iyo akhlaaqda wanaagsan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3317</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Allaha lacnado Yuhuud iyo Nasaaro, qubuuraha Nabiyadooda ayey Masaajid ka dhigteen</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>Caa'isha iyo Cabdullaahi Binu Cabaas Allaha ka wada raali ahaadee waxaa laga wariyey inay yiraahdeen: Markuu ku soo degay Rasuulka Ilahay nabadgelyo iyo naxarasiis Allaha siiyee sakaraadka geeridu wuxuu bilaabay inuu wajiga iska saaro cimaamad uu lahaa, markuu sakaraadku ku sii kordhana wuu iska qaadayey, wuxuu yiri isagoo xaaladaa ku sugan:" Allaha lacnado Yuhuud iyo Nasaaro, qubuuraha Nabiyadooda ayey Masaajid ka dhigteen" wuxuu ka digey waxay sameeyeen.</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>Caa'isha iyo Cabdullaahi Binu Cabaas Allaha ka raali ahaadee waxay inoo sheegeen in markii Rasuulka Ilahahay nabadgelyo iyo naxarasiis Allaha siiyee uu ku dhacay sakaraadku, inuu bilaabay inuu wajiga iska saaro maro, marka neeftu ku dhagto sakaraadka awgii uu iska qaadayey, wuxuuna dhahayey isagoo xaaladaa adag ku jira: Allaha lacnado Yuhuud iyo Nasaaro  oo ha ka fogeeyo naxariistiisa, sababtoo ah waxay ka dul dhiseen qubuuraha Nabiyadooda Masaajid, haduuna arinkaasi khatar weyn ahayn Nabiga oo xaalad sakaraad taagan muuna sooqaadeen, sidaa darteed wuxuu ka reebay Rasuulku nabadgelyo iyo naxariis Allaha siiyee ummaddiisa inay sidasoo kale la yimaadaan oo ay u ekaadaan Yuhuuda iyo Nasaarada, waayo waa ficil Yuhuud iyo Nasaaro ay ku tilmaaman yihiin, waana wax u jiidi kara Qofka inuu Ilaahay  u shariig yeelo.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Waa la reebay in laga yeesho qubuuraha Nabiyada iyo saalixiinta masaajid lagu tukado, waayo ariinkaasi wuxuu horseedayaa shirki.
 Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu ahmiyad wayn siiyey ilaalinta  tawxiidka, iyo cabsida uu ka qabay waynaynta qubuuraha, waayo arinkaasi wuxuu keenayaa Ilaahay oo loo shariig yeelo.
 Waa banaan tahay in la lacnado Yuhuuda iyo Nasaarada iyo cid kastoo samaysa waxay sameeyaan ee ah qabuuraha oo laga dhiso, Masaajid.
 Dhisida qubuuruhu waa dhaqan Yuhuud iyo Nsaaro, xadiiskaana waxaa ku jira inay reeban tahay isku ekaysiintoodu.
 In looga ekaado in qabuurta  laga dhigo Masaajid lagu tukado ama xageeda loo tukado hadii aan xataa Masjid laga dhisin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>ka fogaada toddobada lagu halaagsamo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Abii Hureyra  Allaha ka raali ahaade waxaa laga wariyey in Nabigu nabadgelyo iyo naxariis Allaha siiyee uu yiri: "ka fogaada toddobada lagu halaagsamo ", waxay yiraahdeen: Rasuulkii Ilaahayow maxay yihiin? wuxuu yiri: "waa Ilaahay oo loo shariig yeelo, Sixirka, dilka Nafta Ilaahay xarimay in xaq lagu dilo mooyee, cunida Ribada, cunida Maalka Agoonta, cararida Maalinta Jihaadka iyo in la qadfo Gabdhaha Muxsinaatka ah ee Muuminiinta ah ee aan warba hayn".</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay wuxuu Ummaddiisa faray inay ka fogaadaan todoba dambi oo ah macaasi lagu halaagsamo, markii la waydiiyey ee la yiri waa kuwee? wuxuu ku sheegay inay yihiin:
 Tan koobaad: waa Ilaahay oo loo shariig yeelo, iyadoo la samaysto wax Ilaahay loo ekaysiiyo oo  lalasimo nooc walba oo uu yahay, isagaa nusqaan oo dhan ka hufane, iyo cibaado cibaadooyinka ka mida oo Ilaahay  qayrkii loo leexiyo, shirkiga ayuu ku bilaabay, waayo isagaa danbiyada u wayn.
 Tan labaad: waa Sixirka- waana guntimo wax lagu tufay iyo dawooyin iyo Qiiq-, kaasoo jirka ku saamaynaaya dhimasho ama bugto ama kala gayn labada is qabta, waana shaqo shaydaan, in badan oo Sixirka  ka mida lama samayn karo ilaa Ilaahay loo shariig yeelo iyo in loogu dhawaado arwaaxda xun  in loo sameeyo waxay jeceshahay maahee.
 Tan seddexaad: waa dilka Nafta Ilaahay reebay dilkeeda in lagu dilo wax sharci ah ee Xaakimku fuliyo maahee.
 Tan afraad: waa Ribada in loo isticmaalo cunid ama qaab kale oo nafac leh.
 Tan shanaad: waa ku xad gudubka maalka Agoonta uu Aabohood dhintay iyagoon qaan gaarin.
 Tan lixaad: waa in laga cararo dagaalka gaalada la gula jiro.
 Tan todobaad: waa in lagu tuhmo Sino Gabdhaha Xorta ah ee dhawrsan, waxaa la mida in Raga lagu tuhmo.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Dambiyada waa wayni kuma koobna todoba, waxaase loo gaar yeelay todobadan waynidooda iyo khatarta ay leeyihiin.
 Way banaan tahay in Nafta xaq lagu dilo sida Qisaasta, Ridada, Sinada Qofka Guur soo maray, fulinta xukunka dilka waxaa fulinaya xaakimka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Ilaahow ha ka dhigin qabrigayga Sanam</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Abii Hurayra Allaha ka raali ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxarasiis Allaha siiyee uu ka wariyey: Ilaahow ha ka dhigin qabrigayga Sanam, Ilaahay wuu lacnaday qoladii ka dhigata qubuurta ambiyadooda masaajid.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka baryey Rabigii inuusan ka dhigin qabrigiisa sida sanamka ay dadku caabudaan, iyagoo waynaynaaya, oo sujuuda ay ula jeensadaan, ka dib Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay uu cayriyey oo ka fogeeyey naxariistiisa qofka qabuurta Nabiyada ka dhigta masaajid, waayo qabriga in masjid laga dhigto waxay sabab u noqon in la caabudo oo la aamino.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Xadka sharciga ah in la dhaafiyo qubuurta Ambiyada iyo Saalixiintu waxay keenaysaa in Ilaahay sokodi la caabudo, waa waajib in laga digtoonaado asbaabta shirkiga keenta.
 Ma banaana  in la aado qabuurta iyado la waynaynayo oo agteeda lagu cibaadaysto, sikasta oo uu Ilaahay ugu dhawaa qofka qabriga ku jiraa.
 Waa la xarimay in Qabuurta laga dul dhiso Masaajid.
 Waa la xarimay in Salaad lagu tukado Qabuurta xataa hadaan Masjidka loo dhisin SalaadaJjanaasada mooye taaso aan weli lagu tukan.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[Waxa wariyay Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3336</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>Tusaalaha Qofka xuduuda Ilaahay ku taagan ee ilaalinaya Sharciga iyo midka ku dhacaya ee aan ka waabanayn,waa sida dad Doon u Qori tuurtay, oo qaar heleen xaga sare qaar xaga hoose</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
     <t>Nucmaan Binu Bashiir-Allaha ka raali ahaadee- waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Tusaalaha Qofka xuduuda Ilaahay ku taagan ee ilaalinaya Sharciga iyo midka ku dhacaya ee aan ka waabanayn,waa sida dad Doon u Qori tuurtay, oo qaar heleen xaga sare qaar xaga hoose, oo kuwa xaga hoose helay markay biyo u baahdaan ay siimarayaan kuwa kor saaran, oo ay dhahaan: hadaan halkeenanba dalooshano, oo aynaan dhibin kuwa naga sareeya, hadaba kuwa xaga sare saarani haday u ogolaadaan sidaa dhamaantood way halaagsamayaan, hadayse ka qabtaan Gacmaha oo u diidaan way bad baadin,  dhamaantoodna way wada bad-baadayaan."</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Nabigu -nabadgelyo iyo naxariis Allaha siiyee- wuxuu tusaale u soo qaatay kuwa xuduuda Shareecada dhowra ee amarka Ilaahay ku toosan, wanaagana fara xumahana reeba . iyo kuwa ku dhaca  Xuduuda Ilaahay, ee kataga wanaaga Xumaantana u bareera, iyo saamaynta taasi ku leedahay badqabka Bulshada, waa sida dad saaran Doon, una Qori tuurtay cida xaga sare fariisan iyo kuwa xaga hoose fariisan, sidaana qaar ku heleen xaga sare, qaarna xaga hoose, kuwa hoosta fadhiya markay Biyo rabaan waxay siimarayaan kuwa sare, oo ay dheheen kuwa hoose: halkan aan joogno aan dalooshano, si aynaan u dhibin kuwa sare, haday ku eegtaan kuwa korka saarani daloolintaa, way la dagin doontu dhamaantood, hadayse ka joojiyaan oo daloolintaa u diidaan way wada bad-baadayaan dhamaantood.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Ahmiyad ayey u leedahay wanaaga faridiisu iyo Xumaanta reebideedu badqabka Bulshda iyo nabad gelyadeeda.
 Qaababka wax lagu baro dadka waxaa ka mid ah tusaale bixinta, si uu macnuhu ugu soo dhawaado caqliga si la dareemi karo.
 Samaynta Munkarka muuqda ee aan la inkirin, waxaa ka dhasha fasaad Bulshada u keena dhibaato.
 Halaaga Bulshadu wuxuu ka Dhashaa dadka Xumaanta samaynaaya oo loo daayo  inay dhulka fasaadiyaan.
 Xumaanta oo la sameeyo iyo Niyada oo la wanaajiyo kuma filna in camalka la hagaajiyo.
 Masuuliyada Bulshada Muslimka ah waa la wadaagaa ee Qof kaliya ma saarna.
 Bulshada waa lagu ciqaabayaa Dambiga uu sameeyey Qof gaar ah hadaan la iska qaban.
 Dadka Xumaanta sameeya waxay u tusaan in Xumaantoodu khayr u tahay Bulshada Muslimka ah, sida Munaafiqiintu sameeyaan oo kale.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3341</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>waxaan ahaa nin Madi badan Nabigana nabadgelyo iyo naxariis Allaha siiyee waan ka xishoon jiray, waayo Gabadhiisaan qabay, waxaan faray Miqdaad Binu Aswad, wuuna su`aalay wuxuuna yiri: xubintiisa taranka ha dhaqo hana wayso qaato</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>Cali Binu Abii Daalib -Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: waxaan ahaa nin Madi badan Nabigana nabadgelyo iyo naxariis Allaha siiyee waan ka xishoon jiray, waayo Gabadhiisaan qabay, waxaan faray Miqdaad Binu Aswad, wuuna su`aalay wuxuuna yiri: xubintiisa taranka ha dhaqo hana wayso qaato.Bukhaarina waxaa ka sugnaaday: wuxuu yiri: 
  "weyso qaado oo dhaq xubintaada Taranka."</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>Cali Binu Abii Daalib -Allaha ka raali ahaadee- ayaa sheegay in Madi badani ka imaan jirtay - Madidu waa Biyo cad oo khafiif ah is jiidanaya, oo xubintaTaranka kasoo baxa marka dareenka Qofku jiro ama galmada ka hor-, mana garan wuxuu samaynayo marka ay kasoo baxdo Madidu, wuxuuna ka xishooday inuu waydiiyo nabadgelyo iyo naxariis Allaha siiyee, waayo waa sayga Faadumo oo inanta Nabiga ah nabadgelyo iyo naxariis Allaha siiyee. wuxuu waydiistay Miqdaad Binu Aswad inuu Nabiga nabadgelyo iyo naxariis Allaha siiyee waydiiyo arinkaa. Wuxuuna ugu jawaabay Nabigu nabadgelyo iyo naxariis Allaha siiyee inuu dhaqo xubintiisa taranka ka dibna waysaysto.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Xaddiiska waxaa ku cad fadliga Cali Binu Abii Daalib-Allaha ka raali ahaadee-, xishoodku umadiidin su'aasha uu Suubanaha waydiin lahaa, oo qof kaluu u adeegsaday si uu u helo jawaabta Nabiga nabadgelyo iyo naxariis Allaha siiyee.
 way banaan tahay in Qof kale loo wakiisho su'aal cilmiyeedka fatwada ah.
 Way banaan tahay inuu Qofku iska waramo oo u sheegto Qof kale wax uu ka xishoonayo oo ay danta iyo maslaxadu keentay.
 waa nijaas Madidu, waxaana waajib ah in laga dhaqo jirka iyo dharkaba.
 Madida oo Qofka ka timaada waxay ka mid tahay wax yaabaha waysada Buriya.
 waxaa waajib ah in la dhaqo xubinta taranka iyo Xiniinyaha sida Xaddiis kale ku soo aroortay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Ha ka dhigina guryihiina qubuur, hana ka dhigina qabrigayga ciid, iguna saliya, salintiinu way isoo gaaraysaa meel kastood joogtaan</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay wuxuu yiri: "Ha ka dhigina guryihiina qubuur, hana ka dhigina qabrigayga ciid, iguna saliya, salintiinu way isoo gaaraysaa meel kastood joogtaan".</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxu reebay  in guryaha lugu tukan waayo oo laga dhigo sida qabuurta aan lagu tukan oo kale. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka digay in lagu celceliyo siyaarada Qabrigiisa oo si joogto ah loogu kulmo qabriga oo caado laga dhigto, waayo taasi waxay noqonaysaa  dariiq shirki gaarsiiya qofka. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu amray in lagu saliyo meel kastoo dhulka laga joogo, waayo saligu wuu isoo gaarayaa qofka dhaw iyo qofka fogba isku si ayuu ii soo gaarayaa, loomana baahana in lagu noqnoqdo qabrigiisa.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Waa la reebay inaan guryaha lagu samayn cibaadada Ilaahay sareeye.
 Waa la reebay in loo safro qabriga Nabiga nabadgelyo iyo naxariis Allaha siiyee, waayo wuxuu faray in lagu saliyo wuxuuna sheegay in saligu gaarayo, waxaase loo qasdayo oo loo safrayo waa Masjidka Nabiga iyo in lagu soo tukado.
 Waa la xarimay in qabriga Nabiga nabadgelyo iyo naxariis Allaha siiyee laga dhigo ciid, taaso ah in si gaara iyo waqti gaara lagu celceliyo siyaarada, waxaa la mida qabri walba in sidaa lagu sameeyo.
 Maamuuska Ilaahay siiyey Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa tusaaya in Sharci looga dhigay in lagu saliyo goor walba iyo meel walba.
 Qabriga in lagu tukado reebideeda waxaa go'aamiyey asxaabta Nabiga nabadgelyo iyo naxariis Allaha siiyee, sidaa darteed wuxuu reebay Nabigu nabadgelyo iyo naxariis Allaha siiyee in guryaha laga dhigo sida qabuurta oo kale oo aan lagu tukan.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Waxa wariyay Abuu Daa'uud]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>Hadhihina: hadii Ilaahay ogolaado Hebelna ogolaado, laakiin waxaad dhahdaan: hadii Ilaahay ogolaado ka dibna Hebel ogolaado</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Xudeyfa -Allaha ka raali ahaadee-waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Hadhihina: hadii Ilaahay ogolaado Hebelna ogolaado, laakiin waxaad dhahdaan: hadii Ilaahay ogolaado ka dibna Hebel ogolaado."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu reebay inuu qofka muslimka ahi dhoho: hadii Ilaahay ogolaado hebelna ogolaado." Ama hadii Ilaahay doono iyo Hebel, Waayo doonista Ilaahay iyo Iraadadiisu waa mid guud oo Isaga u gaara oo aan cidna la wadaagin. Adeegsiga xarafka waaw oo loo adeegsado isku xirka (iyo) wuxuu tusayaa oo loo fahmayaa in lala wadaagayo Ilaahay wuxuu xukumayo, iyo in cid lala simayo Ilaahay-isagaa nusqaan oo dhan ka hufane-. laakiin wuxuu oran: hadii Ilaahay ogolaado, ka dibna Hebel ogolaado, oo wuxuuna ka dhigayaa rabitaanka iyo doonista Adoonku inay ku xiran tahay doonitaanka Ilaahay isagoo oranaya: xarafka (suma), oo macnihiisu yahay (ka dib), wuxuuna ka leexanayaa oo iska ilaalinayaa xarafka (waaw), waayo xarafka (suma) wuxuu faa'iidaynayaa oo loo fahmayaa ka daba geyn, iyo ka danbayn.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
@@ -2260,681 +2289,681 @@
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>Waxaa ku sugan Xadiiska inuu xaaraan yahay hadalka: "wuxuu Ilaahay ogolaado ee adna aad ogolaatid", iyo Ereyada la midka ah kuwaasoo laga fahmayo in Ilaahay wax lagu lamaaninaayo, sida adeegsiga xarafka waaw, oo macnihiisu yahay (iyo), waayo hadalka noocaas ahi waa Shirkiga Ereyada  iyo Hadalka.
 Xadiiska waxaa ku sugan inay banaan yahay hadalka: '' waxa Ilaahay ogolaado ka dibna aad ogolaato'', iyo Ereyada u eg ee Ilaahay lagu larayo Ereyga lagu dhawaaqi '' suma'',  waayo Ereygani macnihii laga cararayey ma laha.
 Xadiiska waxaa ku sugan in Ilaahay loo sugayo Mashii`ada, Adoonkana loo sugay Mashii`ada, laakiin Mashii`ada Addoonku tan Ilaahay ayey raacsan tahay, oo ma yeelan karo Mashii`ad  tan Ilaahay ka Madax banaan.
 Xadiiska waxaa ku sugan inay reeban tahay in khalqiga lala wadaajiyo Mashii`ada Ilaahay Erey ahaanba ha ahaatee.
 Qofka oronaya Ereyga haduu rumaysaysan yahay in Mashii`ada Adoonku la mid tahay Mashii`ada Ilaahay oo ay la siman tahay si guud ahaaneed, ama uu rumeeyo in Adoonku leeyahay Mashii`o gaara oo tan Ilaahay ka baxsan waa shirki weyn, hadiise uu rumeeyo in Mashii`ada Adoonku tan Ilaahay ka hoosayso waa shirki yar.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Xadiis Saxiix ah, marka la isku daro dariiqyadiisa]</t>
   </si>
   <si>
     <t>[Waa wariyay Abuu Daa'uud, An-Nasaa'i oo Sunan Kubraa ah, iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>Ilaahay wuu caroodaa, Muuminkuna wuu caroodaa, carada Ilaahay waa inuu Muuminku la yimaado wax Ilaahay ka xarimay</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ilaahay wuu caroodaa, Muuminkuna wuu caroodaa, carada Ilaahay waa inuu Muuminku la yimaado wax Ilaahay ka xarimay".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Nabigu wuxuu sheegay-nabadgelyo iyo naxariis Allaha siiyee- wuxuu sheegay in Ilaahay Qiiroodo caroodna karaahsadona, sida Muuminku u Qiiroodo una Caroodo una Karaahsado, sababta Ilaahay u caroodana, waa in Muuminku la yimaaddo waxa Ilaahay ka xarimay ee xumaan ah, sida Sinada, Khaniisida, Tuugada, Khamri cabida iyo xumaanta kale.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Waxaa laga digayaa carada Ilaahay iyo ciqaabtiisa hadii lagu dhaco wuxuu xarimay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3354</t>
   </si>
   <si>
-    <t>لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ</t>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>Waxaad taako taako iyo dhudhun dhudhun</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
     <t>Abii Saciid Alkhudr Allaha ka raali ahaadee waxaa laga wariyey yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee  inuu yiri: "Waxaad taako taako iyo dhudhun dhudhun u raacaysaan dariiqii ay jideeyeen kuwii idinka horeeyey, xataa haday galaan god abeeso lugaley waad raacaysaan" waxaan ku niri: Rasuulka Ilaahayow ma yuhuud iyo nasaaraad u jeedaa? wuxuu yiri: " yaa kale?".</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>Rasuulku-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu sheegay sida uu noqondoono  xaalaka ummaddisa qaar ka mida waqtiga uu joogo ka dib, taaso ah inay ku raacidoonaan Yuhuuda iyo Nasaarada caqiidadooda, camalkooda, caadadooda iyo dhaqankooda raacid aad u daran oo taako taako iyo dhudhun dhudhun ah, xataa hadii ay galaan god abeeso lugaley ay ka daba galayaan.</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Waa astaan ka mid ah astaamihii Nabinimada Nabiga scw, isagoo sii sheegay arinkaasi intuuna dhicin, wuxuuna u dhacay sidii uu sheegay.
 Waxaa la reebay in muslimiintu isku ekaysiiyaan gaalada, waa isku mid haday uga ekaadaan xaga caqiidadooda, ama cibaadadooda ama ciidahooda, ama dharkooda u gaarka ah.
 waxyaabaha macnawiga ah in lagu cadeeyo tusaale
  la taaban karo waxay ka mid tahay usluubka Islaamku dadka wax ku baro.
 Abeeso lugaley: waa xayawaan godkiisu aad mugdi u yahay oo qarmuun, waana xamaaratada saxaraha ku badan, sababta tusaalaha loogu gaar yeelay godka abeeso lugaleyda waa inuu aad ciriiri u yahay iyo xumaantiisa, sidaasoo ay tahay siday raadkooda ugu dayanayaan oo dariiqooda u raacayaan hadii ay galaan wax la mida godkaas ciriiriga ah oo xun way ku raacayaan! Ilaahay ayaa kaalmo lehe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3355</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Qofkii ku dhaarta waxaan Ilaahay ahayn wuu gaaloobay ama shirki buu la yimid</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Cumar Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey inuu ka maqlay nin dhahaya: maya Kacbadaan ku dhaartee, wuxuu ku yiri Ibnu Cumar: lagumo dhaarto cidaan Ilaahay ahayn, anigu waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahay: "Qofkii ku dhaarta waxaan Ilaahay ahayn wuu gaaloobay ama shirki buu la yimid".</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay qofkii ku dhaarta cidaan Ilaahay ahayn iyo magacyadiisa iyo sifaadkiisa inuu Ilaahay ku kufriyey ama uu shirki la yimid, waayo dhaartu waxay keenaysaa weynaynta cida lagu dhaaranayo, weynayntana Ilaahay kaligi ayey u sugnaatay, laguma dhaarto Ilaahay, magacyadiisa iyo sifaadkiisa cidaan ahayn. Dhaartaasina waxay ka mid tahay Shirkiga yar, laakiin hadii qofka dhaartay uu u wayneeyo wuxuu ku dhaartay sida weynaynta Ilaahay oo kale ama ka siidaran, markaa wuxuu noqonayaa Shirkiga weyn.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Dhaarta in lagu weyneeyaa waa xaq  Ilaahay leeyahay, Isagaa nusqaan ka hufan oo sareeyee,  laguma dhaarto cidaan Ilaahay, magacyadiisa iyo sifaadkiisa ahayn.
 Asxaabtu waxay ku dadaaleen wanaag faridiisa iyo xumaanta reebideeda, gaar ahaan hadii xumaantu tahay mid Shirki iyo Gaalnimo la xiriirta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3359</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>Janada galimaysaan ilaa aad rumaysaan, rumayna maysaan ilaa aad is jeclaataan, ma idin tusaa wax hadaad samaysaan aad is jeclaanaysaan? Salaanta dhexdiina ku faafiya</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Abii Hurayra -Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Janada galimaysaan ilaa aad rumaysaan, rumayna maysaan ilaa aad is jeclaataan, ma idin tusaa wax hadaad samaysaan aad is jeclaanaysaan? Salaanta dhexdiina ku faafiya."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu cadeeyey inaysan janada galeyn cidaan Mu'uminiinta ahayni, iimaankuna ma dhamaystirmo mana hagaagayo xaalka Muslimiintu ilaa ay is jeclaadaan. Ka dibna wuxuu ku booriyey Nabigu nabadgelyo iyo naxariis Allaha siiyee wax yaabaha ugu fiican ee is jacaylka keena, waana salaanta oo Muslimiinu lagu faafiyo, taasoo Ilaahay uu ka dhigay salaanta Adoomadiisa ay ku salaamaan.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Janada laguma galo wax aan Iimaan ahayn.
 Iimaanka kaamilnimadiisa waxaa ka mida in Qofka Muslimkaahi la jeclaado Walaalki waxa uu Naftiisa la jecel yahay.
 Waa Suno in salaanta la faafiyo oo Muslimiinta la salaamo, waayo faafinta salaanta dadka waxay u keenaysaa is jacayl iyo amaan.
 Salaanta laguma salaami karo Qof aan Muslim ahayn, waayo Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: " dhexdiina".
 Salaanta in lagu dadaalo waxay meesha ka saartaa is naca dadka, kalatega, iyo calool xumada dadka dhexdiisa taala.
 Ahmiyad ayey leedahay  is jeclaanta Muslimiintu waxayna ka mid tahay iimaanka kaamilnimadiisa.
 Xaddiis kale waxaa ku soo arooray, qaabka salaanta buuxda: "Asalaamu calaykum wa Raxmatu Allaahi wa Barakaatuh", waxaana ku filan: ''Asalaamu calaykum''.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3361</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>camalkee Ilaahay  ugu jecel yahay? wuxuu yiri: ''waa salaadoo waqtigeeda la tukado'' wuxuu yiri: maxaa ku xiga? wuxuu yiri: '' labada waalid oo baari loo noqodo'' wuxuu yiri: maxaa ku xiga? wuxuu yiri: ''jidka Ilaahay oo lagu jihaado''</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud-Allaha ka raali ahaadee, waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee camalkee Ilaahay  ugu jecel yahay? wuxuu yiri: ''waa salaadoo waqtigeeda la tukado'' wuxuu yiri: maxaa ku xiga? wuxuu yiri: '' labada waalid oo baari loo noqodo'' wuxuu yiri: maxaa ku xiga? wuxuu yiri: ''jidka Ilaahay oo lagu jihaado'' wuxuu yiri: intaasuu ii sheegee, hadaan kordhisan lahaa wuu ii kordhin lahaa.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa la waydiiyey camalkee Ilaahay ugu jecel yahay? wuxuuna ku jawaabay: Salaada falarka ah in waqtigeeda shareecadu xadeysey lagu tukado. Waxaa ku xiga, labada waalid oo loo baari noqdo loona samafalo, xaqoodan la guto, lagana daayo caasinimada. waxaa ku xiga,  Jidka Ilaahay oo lagu jihaado, si kalmada Ilaahay ay u sarayso, iyadoo la difaacaayo Islaamka iyo dadkiisa, loona muujiyo shacaa`irta Islaamka, iyadoo loo hurayo Nafta iyo Maalkaba.
 Cabdullaahi Binu Mascuud- Ilaahay ha ka raali ahaadee: waxaa laga wariyey inuu yiri: intaasuu ii sheegay-Rasuulku nabadgelyo iyo naxariis Allaha siiyee-, hadaan ku dhihilahaa: maxaa ku xiga? wuu ii siyaadin lahaa.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Camalku wuxuu ku kala fadli badan yahay sida uu Ilaahay u kala jecel yahay.
 Muslimka waxaa lagu dhiiri gelinayaa inuu ku dadaalo camalba camalka uu kasii fadli badan yahay.
 Jawaabaha Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- uu ka bixiyey camalka ugu fadli badan waxay u kala duwan yihiin waa sida  uu dadku axwaashoodu u kala duwan tahay, iyo qof walba sida u roon oo dantu ugu jirto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Salaadaha ugu culus munaafiqiinta waa labada salaadood ee Cishaha iyo Subaxa, hadayse ogaan lahaayeen waxa ku jira ee fadligooda ah waxay ku imaan lahaayeen gurguurasho</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Salaadaha ugu culus munaafiqiinta waa labada salaadood ee Cishaha iyo Subaxa, hadayse ogaan lahaayeen waxa ku jira ee fadligooda ah waxay ku imaan lahaayeen gurguurasho, waxaan ku hamiyey in Salaada la aqiimo oo aan u diro nin Jamaacada tujiya, Aniguna intaan kaxaysto Rag Xaabo xirmooyina wata oo aan la aadno Qolada aan Salaada imaanin oo aanu guryahooda ku Gubno.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Munaafiqiinta iyo ka caga jiidkooda iyo karahsigooda Salaadaha, gaar ahaana labada Salaadood ee Cishaha iyo Subaxa, haday ogaan lahaayeen ajarka iyo fadliga ku jira Salaadahaa oo Jamac lagula tukado Muslimiinta way imaan lahaayeen xataa iyagoo sida caruurta ku gur-guuranaya gacmaha iyo jilbaha.
- Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu go'aansaday inuu amro in Salaadda la aqiimo, oo nin dadka ka mida imaam u noqdo oo dadka tujiyo, isaguna intuu kaxaysto kuwo Xaabo sida ay aadaan Raga aan Salaada jamaca imaanayn oo uu guryahooda dab ku soo gubo, waayo waxay sameeyeen ee dambi ah awgeed laakiin muuna samayn, dadka Guryaha jooga ee Dumar, Caruur aan dambi lahayn, iyo dad cudur-daar leh dambina aan lahayn dartood ayuuna sidaa u samayn.</t>
+Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu go'aansaday inuu amro in Salaadda la aqiimo, oo nin dadka ka mida imaam u noqdo oo dadka tujiyo, isaguna intuu kaxaysto kuwo Xaabo sida ay aadaan Raga aan Salaada jamaca imaanayn oo uu guryahooda dab ku soo gubo, waayo waxay sameeyeen ee dambi ah awgeed laakiin muuna samayn, dadka Guryaha jooga ee Dumar, Caruur aan dambi lahayn, iyo dad cudur-daar leh dambina aan lahayn dartood ayuuna sidaa u samayn.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan Khatarta ay leedahay in Salaada Jamaacada ee lagu tukado Masaajidka laga haro.
 Munaafiqiintu u gama jeedaan cibaadadooda is tus tus iyo magac ku raadin mooyaane, sidaa darteed iman maayaan Salaada waqtiga uu dadku arkayo mooyee.
 Fadliga labada Salaadood ee Cishaa'iga iyo Subaxa oo jamaca lala tukado, waxayna mudan yihiin in la soo xaadiro -Jamaca Masaajidka- gur-guurashaba ha lagu yimaadee.
 Ilaalinta salaadda Cishe iyo tan Subaxa waxaa ku jira ka badbaadida Munaafiqnimada, ka maqnaan shahooduna waa astaamaha Maafiqiinta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3366</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Nin ayaa Bidixda ku cunay isagoo la jooga Rasuulka nabadgelyo iyo naxariis Allaha siiyee, wuxuu Rasuulku nabadgelyo iyo naxariis Allaha siiyee ku yiri: "midigtaada ku cun", wuxuuse yiri: ma awoodo, Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: " ha awoodin</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>Salama Binu Alakwac Allaha ka raali ahaadee waxaa laga wariyey: Nin ayaa Bidixda ku cunay isagoo la jooga Rasuulka nabadgelyo iyo naxariis Allaha siiyee, wuxuu Rasuulku nabadgelyo iyo naxariis Allaha siiyee ku yiri: "midigtaada ku cun", wuxuuse yiri: ma awoodo, Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: " ha awoodin ", kibir baa u diiday, wuxuu yiri: mar danbe Gacantiisii Afkiisa uma qaadin, .</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa arkay nin Bidixda wax ku cunaaya, wuxuuna amray inuu Midigtiisa ku cuno, Wuxuu ku jawaabay inuusan awoodin isagoo ay kibir iyo been ka tahay! Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku habaaray inuu kari waayo Midigta inuu wax ku cuno. Ilaahayna wuu aqbalay habaarkii Nabigiisa oo waa qalashay Midigtiisii, mana awoodin inuu Afkiisa gaarsiiyo intaa ka dib cunto iyo cabitaanba.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Waxaa waajib ah in Midigta wax lagu cuno, waana  xaaraan in Bidixda wax lagu cuno.
 Qofka iska waynaysiiya ku dhaqanka Axkaanta Shareecada Islaamka wuxuu  mudan yahay in la  ciqaabo.
 Ilaahay wuxuu ku karaameeyey Nabigiisa nabadgelyo iyo naxariis Allaha siiyee inuu habaarkiisa aqbalay.
 Farida wanaaga iyo  reebida xumaha waa waajib shareecadu fartay, xaalad kastoo lagu jiro, xataa waqtiga cuntada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>Qofka dadka hanuun ugu yeera wuxuu helayaa ajarka ay helayaan dadka hanuunka ku raacay mid la mida, iyagoon ajarkooda laga nusqaamin</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee- waxaa laga wariyey in Rasuulka Ilaahay -nabadgelyo iyo naxariis Allaha siiyee- uu yiri: "Qofka dadka hanuun ugu yeera wuxuu helayaa ajarka ay helayaan dadka hanuunka ku raacay mid la mida, iyagoon ajarkooda laga nusqaamin, qofkase ugu yeera dadka Baadil wuxuu helayaa dambiga ay yeeshaan dadka ku raacay Baadilka, iyadoo aan danbigoodii waxba laga nusqaamin."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee wuxuu cadeeyey- in qofka dadka ku haga, tusa, oo ku booriya wanaaga iyo kheyrka hadal iyo ficil kuu doonaba ha ahaadee, inuu helayo ajar la mida ajarka dadka kheyrka ku raaca uu helayo, iyadoon waxba laga dhimayn ajarkooda. Qofkase dadka ku haga ee tusa dariiqa Baadilka iyo Shar danbigi iyo gaf ku jiraan ama arin aan banaanayn, hadal iyo ficil kuu doonaba ha ahaadee, wuxuu helayaa Dambiga ay yeelanayaan dadka Xumaanta ku raacay, iyagoo aan laga nusqaamin Dambiyadooda waxba.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Fadli weyn baa ku jira dadka oo hanuunka iyo kheyrka loogu yeero, ha badnaato ama ha yaraatee, qofka daaciga ah ee dadka kheyrka u hor seedana wuxuu leeyahay ajarka qofka waanagiisa ku camal falay oo kale, arinkaasina waa fadliga Ilaahay iyo kaamilnimada deeqsinimadiisa.
 khatar ayaa ku jirta dadka oo xumaan loogu yeero, wax weyn iyo wax yar kay doontaba ha ahaatee, midka xumaanta ugu yeeraya dadka wuxuu leeyahay Dambiga uu helayo kan Xumaanta ka qaatay ee uu sameeyey.
 Abaal marintu waa nooca hadba camalku yahay, qofka kheyr dadka ugu yeera kheyrkaa cida sameysa ajarkeedoo kale ayuu helayaa, midka Sharka ugu yeerana Sharkaa cida sameysa Dambiga ay ka helayaan oo kale ayuu leeyahay.
 Qofka Muslimka ah waa inuu ka digtoonaadaa in lagaga daydo Xumaanta uu muujiyey dadka hortiisa, waayo waxaa dusha loo saarin Dambiga dadka kaga dayda xumaanta waloow yaanu ku boorine.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>Dadka waxaa ugu shar badan kuwa ay saacadu ku dhacdo iyagoo nool, iyo kuwa qabuuraha ka dhigta masaajid</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud-Allaha ka raali ahaadee-waxaa laga wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay-nabadgelyo iyo naxariis Allaha siiyee- isagoo dhahaya: "Dadka waxaa ugu shar badan kuwa ay saacadu ku dhacdo iyagoo nool, iyo kuwa qabuuraha ka dhigta masaajid".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Nabigu wuxuu sheegay-naxariis iyo nabadi korkiisa ha ahaatee- dadka ugu sharka badan, oo ah kuwa ay saacadu ku dhacdo iyagoo nool, iyo kuwa qabuuraha ka dhigta masaajid, kuna tukada qabuuraha xageedana u tukada.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Waa xaaraan in xabaalaha masaajid laga dhigto, waayo arinkaasi wuxuu qofka gaar siinayaa shirki.
 Waa xaaraan in salaada qabuuraha lagu tukado xataa hadaan dhismo laga dhisin, waayo masaajid macnihiisu waa meesha lagu sujuudo yaanu dhisnaan bee.
 Qofka ka dhigta qabuurta dadka saalixiinta ah masaajid kuna tukada wuxuu ka mid ahaanayaa dadka ugu sharka badan khalqiga, haba ahaado ujeedkiisu inuu Ilaahay ugu dhawaadee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3375</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Waxa ugu badan ee aan idiinka cabsi qabo waa shirkiga yar", waxay dheheen asaxaabtu: waa maxay shirkiga yari Rasuulka Ilaahayow? wuxuu dhahay:  "waa istustuska</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Maxamud Binu Labiid -Allaha ka raali ahaadee-waxaa laga wariyey Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- wuuu yiri: "Waxa ugu badan ee aan idiinka cabsi qabo waa shirkiga yar", waxay dheheen asaxaabtu: waa maxay shirkiga yari Rasuulka Ilaahayow? wuxuu dhahay:  "waa istustuska , Ilaahay ayaa ku oran maalinta qiyaamaha kuwaa marka laga abaal mariyo dadka camalkooda: u taga kuwii aad is tusi jirteen noloshiinii Aduunka, oo eega inaad abaal marin ka heshaan".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa-ha ahaatee waxa ugu badnaa ee uu uga cabsi qabay ummaddiisa wuxuu ahaa: shirkiga yar oo ah: is tustuska, kaasoo ah inuu qofku wax u sameeyo dadka dartood. Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu sheegay ciqaabta ku dhicidoonta dadka istustuska wax u sameeya, laguna oran doono Maalinta Qiyaame: socda oo u taga kuwaad dartood camalka u samayn jirteen, bal soo eega inay idiin awoodaan inay ajar idinka siiyaan camalkii aad u samayseen?!</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan inay waajib tahay in camalka Ilaahay khaalis looga dhigo, lagana digtoonaado is tustuska.
 Xadiiska waxaa ku sugan in Nabigu -naxariis iyo nabadi korkiisa ha ahaatee-uu  si aad ah ugu dhimriyey ummaddiisa, wuuna ku dadaalay inay soo hanuunaan uuna u naseexeeyey.
 Rasuulku-naxariis iyo nabadi korkiisa ha ahaatee- haduu sidaa ugu cabsan jiray Asaxaabta isagoo la hadlaya, iyagoo ahaa Madaxdii Saalixiinta, dadka ka dambeeya in loo cabsado ayaa ka mudan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>Baasaysigu waa shirki, baasaysigu waa shirki, baasaysigu waa shirki,-saddex jeer", qofkasta oo naga mid ah qalbigiisa wax baasaysiga ah baa ka dhacaaya laakiin Ilaahay wuxuu kaga dhaafaa tawakulka</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud-Allaha ka raali ahaadee- waxaa laga wariyey in Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- uu yiri: "Baasaysigu waa shirki, baasaysigu waa shirki, baasaysigu waa shirki,-saddex jeer", qofkasta oo naga mid ah qalbigiisa wax baasaysiga ah baa ka dhacaaya laakiin Ilaahay wuxuu kaga dhaafaa tawakulka.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu ka digay baasaysiga, waana qofku inuu sharaysto wax uun ama wax la maqlo ha ahaato ama wax la arko ee, sida Shimbiraha, Xayawaanka, dadka naafada ah, lambarada, Maalmaha, iyo wixii la mida. Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu u soo qaatay Shimbiraha aad ayaa loo yaqaanay waqtigii jaahiliga, waana Shimbirta oo la duuliyo marka hawl la bilaabayo, sida safarka, ganacsiga iyo wixii la mida, haday u duusho xaga midig way bishaaraysan jireen, hawshoodana way ku dhaqaaqi jireen, hadayse u duusho xaga bidix way baasaysan jireen oo waxay rabeena way joojin jireen. Wuxuuna sheegay inay shirki tahay, laakiin sharaysigu wuxuu ahaa shirki, waayo kheyrka Ilaahay uun baa keeni kara, sharkana Ilaahay uun baa difaaca kaligi cid la wadaagtana ma jirto.
 Wuxuu sheegay Cabdullaahi Binu Mascuud-Allaha ka raali ahaadee- inuu qofka muslimka ah qalbigiisa ku dhicikaro wax sharaysi ka mid ahi, laakiin uu iskaga difaaco tawakulka Ilaahay la talo saaranayo, iyadoo la raacinayo in asbaabtii lala yimaado.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>In wax al sharaysto waa shirki, waayo waxaa ku jira inuu qalbigu cid aan Ilaahay ahayn ku xiran yahay.
 Ahmiyad ayey leedahay ku celcelinta masalooyinka muhiimka ah, si loo qaybo oo ay qalbiga ugu degto.
 Baasaysiga waxaa ku filan oo baabi'iya Ilaahay la talo saarto.
 Waxaa la is faray in Ilaahay kaligii uun la talo saarto, oo qalbiga lagu xiro Ilaahay.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Waa wariyay Abuu Daa'uud, At-Tirmidi, Ibnu Maajah, Iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3383</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>waxaan ku dhahanay: adaa sayid kayaga ah, wuxuu yiri -Rasuulku scw-: "sayidku waa Allaah", waxaan dhahnay: adaa noogu fadli badan, noogu deeqsisan, wuxuu yiri: "waar hadalkiina caadiga ah dhaha, oo yaanu shaydaanku idin duufsan</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Shakhiir-Allaha karaali ahaadee- wuxuu yiri: Waxaan u raacay wafdi reer bani Caamir ah Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee-,  waxaan ku dhahanay: adaa sayid kayaga ah, wuxuu yiri -Rasuulku scw-: "sayidku waa Allaah", waxaan dhahnay: adaa noogu fadli badan, noogu deeqsisan, wuxuu yiri: "waar hadalkiina caadiga ah dhaha, oo yaanu shaydaanku idin duufsan."</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Dad kooxa ayaa Nabiga-naxariis iyo nabadi korkiisa ha ahaatee-u yimid, markay soo gaareen bay dheheen - iyaga oo Suubanaha ku amaanaya ereyo qaarkood oo uu dhibsaday-: waxayna dheheen: ..adaa sayidkayaga ah.., Nabigu scw wuxuu ku yiri:  naxariis iyo nabadi korkiisa ha ahaatee: .. sayidku waa Allaah.. Isagaa sayid kaamila u ah khalqigiisa, iyaguna waa adoomadiisa. waxay dheheen: adaa ..noogu fadli badan.. nooguna sarreeya derejo, sharaf iyo martabad ahaanba. Adigaa noogu  wayn, oo noogu deeqsisan oo noogu sareeya oo noogu sharaf badan. Nabiguna naxariis iyo nabadi korkiisa ha ahaatee- wuxuu u sheegay- inay sidaa orane ay hadalkooda caadiga ah ay dhahaan, oo aysan isku kalifin ereyo, oo shaydaanku aanu ku riixin xad gudub iyo ku taxtaga keenaaya in lagu dhoco shirki xaaran ah iyo dariiqyada shirkiga.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- aad buu ugu waynaa quluubta asaxaabta, waxayna u hayeen ixtiraam.
 Waxaa la reebay in hadalka la isku kalifo oo la iska doon-doono, waxaana lagu booriyey inay dhahaan hadal dhexdhexaad ah.
 Tawxiidka waa in laga ilaaliyaa wixii wax u dhimaya ee hadal ah ama camal ah.
 Waxaa la reebay in lagu talax tago amaanta, waayo waa meelaha shaydaanku ka soo gali karo.
 Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-waa sayidka dadka Nabi Aadam cs ka farcamay oo dhan, hadalkiisa xadiiska ku soo  aroorayse waa tawaaduc, iyo cabsi uu ka qabo inay dadku ku talax tagaan amaantiisa, oo xadkiisa dhaafiyaan'.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[Waxaa Wariyay Abuu Daa'uud iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>waxaad u tagidoontaa Qolo Ahlu kitaab ah, hadaad u tagto ugu yeer inay qiraan in Ilaahay mooyee Ilaah kale oo xaq lagu caabudaa jirin, Maxamedna uu yahay Rasuulkii Ilaahay</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ibnu Cabaas Allaha ka raali ahaado isaga iyo ِِِِِِAabihiye waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu ku yiri Mucaad Binu Jabal markuu u diray Yaman: " waxaad u tagidoontaa Qolo Ahlu kitaab ah, hadaad u tagto ugu yeer inay qiraan in Ilaahay mooyee Ilaah kale oo xaq lagu caabudaa jirin, Maxamedna uu yahay Rasuulkii Ilaahay, haday intaa kaa yeelaan, u sheeg in Ilaahay ku faral yeelay shan Salaadood Habeen iyo Maalin walba, haday intaa kaa yeelaan u sheeg in Ilaahay ku faral yeelay Sadaqo laga qaadayo intooda Maalka leh, oo lagu celinaayo intooda Saboolka ah, haday intaa kaa yeelaan,  waxaan kaaga digayaa Xoolahooda kuwa ugu fiican inaad ka qaado, iskana ilaali ducada kan la dulmiyey, waayo isaga iyo Ilaahay xijaab uma dhexeeyo.</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Nabigu nanbadgelyo iyo naxariis Allaha siiyee markuu u diray Mucaad Binu Jabal Allaha ka raali ahaade dhulka Yeman isagoo Ddaaci iyo Macalin ah wuxuu u cadeeyey inuu u tagi doono Qolo Nasaaro ah, si uu isugu diyaariyo, ka dibna uu dacwada ugu yeerayo ka bilaabo siday u kala muhiimsan tahay. Wuxuu ugu yeerayaa hagaajinta caqiidada marka koowaad, taaso ah inay qiraan in Ilaahay mooyee Ilaah kale oo xaq lagu caabudo jirin, Nabi Maxamedna yahay Rasuulkii Ilaahay. Waayo taasay Islaamka ku soo galayaan, hadii ay taas u hogaansamaan wuxuu amrayaa inay Salaada oogaan, waayo waa tan ugu wayn waajibka Towxiidka ka dib. Hadii ay oogaan Salaada wuxuu amrayaa kuwooda Xoolaha leh inay bixiyaan Sakada Xoolahooda siiyaana kuwooda saboolka ah, wuxuuna uga digay inuu ka qaado Xoolaha kuwa ugu fiican, waayo waajibku waa kan dhex dhexaadka. Ka dibna wuxuu u dardaarmay inuu ka fogaado dulmiga, si aanu kan la Dulmiyey u habaarin, waayo baryadiisa Ilaahay waa aqbalayaa.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Macnaha Shahaada Laa Ilaaha Ilaa Allah: waa in Ilaahay loo kali yeelo cibaadada, iyo ka tagida in la caabudo cidaan Ilaahay ahayn.
 Macnaha Shahaada Ana Maxamedan Rasuulu Allah: waa in la rumeeyo Nabiga nabadgelyo iyio naxariis Allaha siiyee iyo Diinta uu la yimid, oo la rumaysto, lana aamino inuu yahay Rasuulkii u dambeeyey Rususha Ilaahay u soo diray Dadka.
 Sida loola hadlo Qofka Caalim ka ah iyo midka shubhada aaminsan la mid maaha sida loola hadlo kan jaahil ka ah, sidaa darteed ayuu Nabigu nabadgelyo iyo naxariis Allaha siiyee ugu baraarujiyey Mucaad hadalkiisii uu yiri: "waxaad u tegaysaa dad Ahlu kitaab ah".
 Xadiiska waxaa ku sugan inay muhiim tahay in Muslimku  aqoon u leeyahay Diintiisa, si uu isaga dhameeyo shubuhaadka, taaso ah inuu Cilmiga barto.
 Xadiiska waxaa ku sugan inay Burtay Diintii Yuhuuda iyo Nasaaradu Markii Ilaahay soo diray Rasuulka ka dib, Yuhuuda iyo Nasaaraduna ka mid maaha dadka maalinta qiyaame nabad gelaya ilaa ay Diinta Islaamka soo galaan, oo ay rumeeyaan Nabiga nabadgelyo iyo naxariis Allaha siiyee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3390</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ</t>
+    <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>dadoow, waxaan idiinka digayaa inaad diinta ku xad gudubtaan, dadkii idinka horeeyeyba waxay ku halaagsameen diinta oo ay ku xad gudbeen</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>Cabdullaahi Ibnu Cabaas -Allaha ka raali noqdee- wuxuu yiri: Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee-: wuxuu yiri: subaxdii jamratul-caqaba latuurayey, isagoo hashiisii saaran: "dhagax ii soo gur" waxaan u soo guray todoba dhagax oo yar-yar, oo kuwa far garanka ah, wuxuu bilaabay inuu gacantiisa ku ruxo oo dhaho: "kuwan oo kale uun tuura" ka dib wuxuu dhahay: "dadoow, waxaan idiinka digayaa inaad diinta ku xad gudubtaan, dadkii idinka horeeyeyba waxay ku halaagsameen diinta oo ay ku xad gudbeen."</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Cabdullahi Binu Cabbaas-Allaha ka raali ahaadee-wuxuu sheegay inuu Nabiga scw la joogay maalintii xoolaha la qalayey ee ciida, ee lana tuurayey dhagaxa jamratul-caqaba, xajkii Al-wadaac ee ugu dambeeyey Suubanaha-naxariis iyo nabadi korkiisa ha ahaatee-. Nabigu wuxuu amray isaga inuu u soo qaado toddoba dhagax oo yar-yar, oo mirkiisu uu le.eg yahay Digirta wayn, Nabigu -naxariis iyo nabadi korkiisa ha ahaatee-inta gacantiisa ku shubay ayuu yiri: Dhagxaan kuwaan oo kale le`eg uun tuura, Intaa ka dib wuxuu ka digay Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-in lagu xad gudbo diinta oo la isku adkeeyo oo xadkeeda la dhaafo, waayo ummadihii hore waxaa halaagay ku xad gudubka diinta iyo iyadoo la isku adkeeyo.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Waxaa la reebay in diinta lagu xad gudbo, oo la cadeeyo cirib xumada ka dhalan karta, ayna sabab u noqon karto Halaaq.
 Waa in lagu cibro qaato ummadihii naga horeeyey oo aan ka fogaano qaladkii ay ku dhaceen.
 waxaa la isku boorinayaa in sunaha lagu daydo.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[Waxaa wariyay Ibnu Maajah, An-nasaa'i iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3395</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Ha ku xad gudbina amaantayda siday ugu xad gudubtay Nasaaradu Ibnu Maryam, anigu waxaan ahay adoon Ilaahay ee i dhaha adoonka Ilaahay iyo Rasuulkiisa</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Cumar Binu Khadaab Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan ka maqlay Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Ha ku xad gudbina amaantayda siday ugu xad gudubtay Nasaaradu Ibnu Maryam, anigu waxaan ahay adoon Ilaahay ee i dhaha adoonka Ilaahay iyo Rasuulkiisa".</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay in xadka sharciga ah la dhaafiyo amaantiisa oo lagu sifeeyo sifaadka Ilaahay iyo ficilka Ilaahay u gaarka ah, ama in lagu sheego inuu og yahay qaybka, ama Ilaahay lala baryo, sida ay nasaaradu ku samaysay Ciise Ibnu Maryam nabadi korkiisa ha ahaatee. Ka dib wuxuu cadeeyey inuu yahay Adoon Ilaahay, wuxuuna  faray inaan isaga ku niraahno: Adoonkii Ilaahay iyo Rasuulkiisii.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Waxaa laga digayaa in la dhaafo xadka sharciga ah ee weyneynta iyo amaanta, waayo taasi waxay keenaysaa shirki.
 Arinkii Nabigu nabadgelyo iyo naxariis Allaha siiyee ka digay way ku dhacaday ummaddani, oo qolo waxay ku xad gudubtay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee, qolona waxay ku xad gudubtay Aalu Baytka, qolona waxay ku xad gudubtay owliyada Ilaahay, markaasay ku dheceen shirki.
 Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu naftiisa ku sifeeyey inuu yahay Adoon Ilaahay, si uu u cadeeyo inuu yahay Adoon Ilaahay Rabi u yahay, oo aysan banaanayn in la siiyo wax Ilaahay u gaara.
 Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu ku sifeeyey naftiisa inuu Rasuul Ilaahay yahay, si uu u cadeeyo in xaga Ilaahay laga soo diray oo ay waajib tahay  rumayntiisu iyo raacidiisu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3406</t>
   </si>
   <si>
-    <t>لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ</t>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>Majiro cudur iskii u kala gudba, majirto in la baasaysto shimbiraha ama guumeysta iyo in la baasaysto bisha safar, ugana carar qofka qaba juudaanka sidaad uga cararto libaaxa</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha ka raali ahaadee- wuxuu yiri: Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: "Majiro cudur iskii u kala gudba, majirto in la baasaysto shimbiraha ama guumeysta iyo in la baasaysto bisha safar, ugana carar qofka qaba juudaanka sidaad uga cararto libaaxa."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu cadeeyey falalkii jaahiliyada qaar ka mid ah isagoo ka digaya, wuxuu kaloo cadeeyey in wax walba gacanta Ilaahay ku jiraan, 
 oo wax walba Ilaahay amarkiisa iyo qadarkiisa ku ahaanayaan, waana:
 Mida 1aad: waxay aamin sanaayeen inuu cudurku iskii u gudbo, Rasuulku-naxariis iyo nabadi korkiisa ha ahaatee-wuu ka reebay dadku inay rumeeyaan in jiradu qofka jiran iskeed uga gudubto oo qof kale aado, balse Ilaahay ayaa maamula aduunkaan, isaga ayaana soo dajiya cudurka isaga ayaana qaada, arinkaasi ma dhici karo inuu Ilaahay iraadadiisa iyo amarkiisa ku ahaado mooyee.
 mida 2aad: dadkii jaahiligu waxay ahaayeen hadii ay safar ama ganacsi u baxayaan, waxay duulin jireen shimbir, haduu midigta u duulo way bishaaraysan jireen, haduuse xaga bidix u duulo way baasaysan jireen oo ka laaban jireen, Nabigu scw wuu ka reebay baasaysigaa shimbiraha, wuxuuna u cadeeyey inay caqiido baadila tahay.
 Mida 3aad: dadkii jaahiligu waxay oran jireen: hadii shimbirka guumaystu soo fuusho guri musiibo ayaa ku dhacaysa reerka guriga leh, Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuu ka reebay baaseysigaas.
 Mida 4aad: Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu reebay  in la baasaysto bisha Safar, waana bisha labaad ee bilaha qamariga ah,  waxaa kaloo la yiri: safar waa abeeso gasha caloosha, oo ku dhacda xoolaha iyo dadkaba,  waxay sheegi jireen inay ka faafi og tahay cudurka cadhada, Nabiguna-naxariis iyo nabadi korkiisa ha ahaatee wuu ka reebay caqiidadaas.
 Mida 5aad: Nabigu scw wuxu amray in laga fogaado qofka qaba cudurka Juudaanka sida looga fogaado libaaxa, taasina waa in nafta loo dadaalo oo la dalbo bad qabkeeda oo la sameeyo ficilka Ilaahay amray, juudaanku waa cudur xubnaha dadku ay is cunaan.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>waa waajib in Ilaahay la talo saarato iyo in isaga la cuskado, oo la sameeyo asbaabta sharciga ah.
 Waa waajib in la rumeeyo Ilaahay qadahiisa iyo qadarkiisa, iyo in asbaabtu Ilaahay gacantiisa ku jirto oo isagu socodsiiyo ama u diida inay saamayn yeelato.
 waa in la buriyo waxay samaynayaan dadka qaarki oo ah inay baasaystaan midabada, sida madowga iyo gaduudka ama lambarada, magacyada, dadka qaarki iyo dadka naafada ah.
 Reebida la reebay in loo dhawaado qofka qaba cudurka juudaanka, waxaa la mida dadka qaba cudurada faafa: taasina waxay ka mid tahay asbaabta Ilaahay ku socodsiiyo inay si caadi ah uga timaado asbaabteeda: oo asbaabtu iskeed uma madax banaana, balse Ilaahay haduu doono wuu ka qaadayaa awoodeeda oo wax saamayn ah ma yeelanayno, haduu doonana waa daynayaa oo saamayn ayey yeelanaysaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3407</t>
   </si>
   <si>
-    <t>فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ</t>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>Ilaahay baan ku dhaartaye in Ilaahay kugu soo hanuuniyo hal nin, ayaa kaaga kheyr badan inaad yeelato geel cas-cas</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
     <t>Sahal Binu Sacad-Allaha ka raali ahaadee-wuxuu Rasuulka Ilaahay ka wariyey-naxariis iyo nabadi korkiisa ha ahaatee- inuu yiri maalintii kheybar: "Waxaan calankaan siindoonaa bari nin Ilaahay gacmihiisa ku furidoono, kaasoo Ilaahay iyo Rasuulkiisa jecel, Ilaahay iyo Rasuulkiisuna jecel yihiin", wuxuu yiri -Sacad-: dadku waxay baryeen habeekii iyagoo ku murmaya kee loo dhiibidoonaa, markii waagu baryey ayey ku soo kalaheen Rasuulka -naxariis iyo nabadi korkiisa ha ahaatee- iyagoo qof walba uu rabo in loo dhiibo, wuxuu yiri: "aaway Cali Binu Abii Daalib?" waxay ku dhaheen: Rasuulkii Ilaahayow, indhahaa xanuunaya, wuxuu yiri: "u yeera", waana loo keenay, Rasuulka ayaa kaga tufay indhaha wuuna u duceeyey, wuuna bogsaday isagoo la moodo inuusan xanuusan, calankii ayuu u dhiibay, Cali ayaa yiri: Rasuulkii Ilaahayow, ma waxaan la dagaalamaa ilaa ay anagoo kale noqdaan? wuxuu yiri: "tartiib u soco ilaa aad degtid goobtooda, ka dibna ugu yeer Islaamka, una sheeg waxa ku waajibaya ee xaqa Ilaahay ah,  Ilaahay baan ku dhaartaye in Ilaahay kugu soo hanuuniyo hal nin, ayaa kaaga kheyr badan inaad yeelato geel cas-cas".</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ah ahaatee- wuxuu u sheegay asaxaabta in muslimiintu ka guulaysan doonaan yuhuuda reer kheybar beri,  taasina waxay ku imaan doontaa nin Nabigu scw calanka ugu dhiibi doono gacantiisa, calankuna waa midka ciidanku astaanta ka dhigtay. Ninkaana sifooyinkiisa waxaa ka mida inuu Ilaahay iyo Rasuulkiisa jecel yahay Ilaahay iyo Rasuulkiisuna ay jecel yihiin. Asaxaabtu waxay habeenkii ku baryeen iyagoo ku murmaya yaa la siin doonaa calanka?, iyagoo doonaya inay sharaftaas wayn helaan. Markii waagii baryey ayey u tageen Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- iyadoo mid walba rabo inuu ku guulaysto sharaftaas wayn,
 Nabigu scw wuxuu waydiiyey Cali Binu Abii Daalib-Allaha ka raali ahaadee-?
 waxaa lagu yiri: wuu bukaa oo indhahaa xanuunaya.
 Nabigu scw wuu u cidiray waana loo keenay-Cali-, Nabigu candhuuftiisa sharafta leh ayuu indhaha kaga tufay, wuuna u duceeyey, wuu ka bogsaday xanuunkii sidii isagoo aan xanuunsan, markaasuu calankii u dhiibay, wuxuuna faray inuu tartiib u socdo inta uu u dhawaanayo dhufayska cadawga, oo uu Islaamka ugu yeero, haday aqbalaan, u sheeg Faralka ku waajibaya.
 Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- ka dib wuxuu u cadeeyey Cali fadliga dacwada Ilaahay leedahay,  oo hadii qofka daaciga ah Ilaahay sababtiisa ku soo hanuuniyo hal qof waxay uga kheyr badan tahay geel cas-cas, kaasoo ah waxa ugu qiimo badan xoolaha Carabta isagoo dhaqanaya ama sadaqaysanaya.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku cad fadliga Cali Binu Abii Daalib-Allaha ka raali ahaadee-, iyo inuu Rasuulku uga markhaati noqday jacaylka uu Ilaahay iyo Rasuulkiisa jecel yahay, iyaguna jecel yihiin.
 Waxaa ku jira xadiiska siday asxaabtu ugu dadaali jireen kheyrka, oo ugu baratamayeen.
 waxaa sharci ah in waqtiga dagaalka lagu socdo aadaabta Islaamka oo laga tago seef la boodnimada iyo qaylada iyo buuqa aan loo baahnayn.
 Xadiisku wuxuu ka mid yahay adulada tusaysa Nabiga nabinimadiisa -naxariis iyo nabadi korkiisa ha ahaatee- waayo wuxuu sheegay in laga guuleysan doono yuhuuda, iyo sida uu u daweeyey indhaha cali Binu Abii Daalib idanka Ilaahay.
 Ujeedada ugu wayn ee jihaadka laga leeyahay waa inuu dadku soo galo Islaamka.
 Dacwada Islaamku waa talaabooyin is xig-xiga, waxa ugu horeeya ee gaalka laga dalbo waa inuu Islaamka soo galo oo shahaadateynka ku dhawaaqo, ka dibna waxaa la farayaa waajibaadka Islaamka.
 Dacwada Islaamku way  fadli badan tahay khayr ayaana ugu jira kan u yeeraya dadka iyo kan loo yeerayoba, waxaa laga yaabaa kan loo yeerayo inuu soo hanuuno oo kan u yeeraya uu ajar badan ka helo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3409</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>adeerow, dheh: laa Ilaaha Ilaa Allaah, kalimadaas Ilaahay agtiisa inaan kaaga markhaati noqdo aan xujo ka dhigtee</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Saciid Binu Musayib wuxuu yiri isagoo Aabihii ka warinaya: Markii Abuu Daalib dhimanayey ayaa  Rasuulku scw u yimid wuxuu ugu yimid Abuu Jahal iyo Cabdullaahi Binu Abii Umaya Binu Almuqiira oo la jooga, wuuxu ku yiri: "adeerow, dheh: laa Ilaaha Ilaa Allaah, kalimadaas Ilaahay agtiisa inaan kaaga markhaati noqdo aan xujo ka dhigtee ", Abuu Jahal iyo Cabdullaahi Binu Abii Umaya ayaa yiri: ma diintii Aabahaa Cabdul-muddalib baad nici oo aad ka leexan, Nabigu scw kama daaline wuu ku cel-celiyey, iyaguna tooday ku cel-celineyeen, ilaa uu yiri Abuu Daalib hadalkii ugu dambeeyey oo ahaa: diintii Cabdul-muddalib baan ku adkaystay, wuuna diiday inuu dhoho: laa Ilaaha Ilaa Allaah, wuxuu yiri: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee-: "Ilaahay ayaan ku dhaartaye waan kuu dambi dhaaf waydiin hadii aan la ii kaa diidin, Ilaahay baa soo dajiyey: "Nabiga iyo muminiinta maaha inay Gaalada u dambi dhaaf dalbaan)) [ tawbah:113], Ilaahay xaalka Abii Daalib wuxuu ku soo dajiyey, wuxuu ku yiri Rasuulkiisa-naxariis iyo nabadi korkiisa ha ahaatee-:"Xaqa kuma hanoonin kartid qofkaad jeceshahay , laakiin Ilaahay ayaa ciduu doono xaqa ku hanooniya" [Alqasas: 56].</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Nabiga naxariis iyo nabadi korkiisa ha ahaatee- ayaa u soo galay adeerkii Abii Daalib isagoo sakaraadkii ku jira, wuxuuna ku yiri: adeerow, dheh: ..laa Ilaaha Ilaa Allaah.., kalimadaas aan Ilaahay agtiisa kaaga markhaati furee, Abuu Jahal iyo Cabdullaahi Binu Abii Umaya oo la joogay baa yiri: Abuu Daalibow ma diintii Aabahaa Cabdul-mudalib baad ka bixi?! taasoo ahayd sanam la caabudo, kama ay dultagin siday ugu cel-celineyeen ilaa uu yiri hadalkii ugu dambeeyey ee uu kula hadlo iyaga, isagoo yiri: diintii Cabdul-mudalib ayaan haystaa, waa diintii shirkiga iyo sanam caabudka ahayd. Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: waxaan kuugu ducayn dambi dhaaf hadaanu Rabigay iga diidin arinkaa, waxaa soo dagay hadalkii Ilaahay yiri: "Maaha Nabiga iyo muminiintu inay u dambi dhaaf waydiiyaan mushrikiinta, haba ahaadaan kuwo qaraabo ahee, ka dib markay u cadaatay inay yihiin dad ahlu naar ah} [tawbah:113], Waxaan ku soo dagay Abii Daalib xaalkiisa hadalka Ilaahay yiri: "Nabiyow- adigu xaqa kuma hanuunin kartid qofkaad jeceshahay, laakiin Ilaahay ayaa hanuunka haya oo hanuunka siiya mid kuu doono, Isagaana og kuwa hanuunsan} [Alqasas: 56], Adigu ma hanuunin kartid qofkaad hanuunka la doonto, waxaase ku saaran gaarsiin, Ilaahay ayaana hanuuniya ciduu doono.</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
@@ -2944,967 +2973,967 @@
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Waxaa xaaraan ah in loo dambi dhaaf dalbo gaalada aan tawxiidka ku dhiman, sikasta oo ay u ahaayeen qaraabo ama dad camal fiican qabtay ama kuwo ixsaan badan.
 Aabayawga iyo kuwa magaca leh oo looga daydo baadilka waa ficilka dadka jaahiliga ah.
 Naxariis badnaanta Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- iyo dadaalka uu u galay dadka hanuunintooda.
 Tani waxay radin ku tahay cidii sheegta in Abii Daalib  Islaamay.
 Camalka waxaa laga qiimeeyaa khaatumadiisa.
 waa baadil in Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- iyo qayrkiba in laga rajeeyo inay nafac keenaan ama dhib celiyaan.
 qofka dhaha "laa Ilaaha Ilaa Allaah" isagoo yaqaan oo yaqiinsan oo ictiqaadsan Islaamka ayuu soo galay.
 dhibaatada ay shar wadayaasha iyo saaxiibada xuni ay dadka u leeyihiin waa mid wayn.
 macnaha .. laa ilaaha ilaa Allaah..: waa ka tagida cibaadada Asnaamta, Awliyada, Saalixiinta, iyo in Ilaahay kaligii loo gaar yeelo cibaadada, gaaladuna wayba garanayaan macnaheeda.
 Waa la booqan karaa Gaalka jiran hadii rajo laga qabo inuu soo Islaamo.
 Hidaayada waafajinta gacanta Ilaahay oo kaliya oo aan lala wadaagin ayey ku jirtaa, Rasuulkana waxaa saaran  Hidaayada tusinta, waanada iyo gaarsiinta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Qofka dadka ugu  mudan shafaacadeyda Naalinta Qiyaame, waa Qofka qalbigiisa ama naftiisa si ikhlaas ah uga yiraahda laa Ilaaha ilaa Allaah</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa lagu yiri: Rasuulkii Ilaahayow dadka yaa ugu mudan shafaacadaada Maalinta Qiyaame? wuxuu yiri Rasuulkii Ilaahay nabadgelyo iyo naxariis Allaha siiyee: "waxaan filayey Abaa Hureyrow inaanu i waydiinayn xadiiskaan qof adiga kaa horeeya markaan arkay sidaad ugu dadaalaysid Xadiiska, Qofka dadka ugu  mudan shafaacadeyda Naalinta Qiyaame, waa Qofka qalbigiisa ama naftiisa si ikhlaas ah uga yiraahda laa Ilaaha ilaa Allaah".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay qofka ugu mudan shafaacadiisa Maalinta Qiyaame waa qofka qalbigiisa si ikhlaas ah uga yiraahda: "Laa Ilaaha Ilaa Allah" majiro Ilaah  xaqa lagu caabudo oo aan Ilaahay ahayn, waana inuu yahay mid ka nabad galay shirkiga iyo is tus tuska.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan in Rasuulku nabadgelyo iyo naxariis Allaha siiyee ay sugan tahay shafeecadiisa Aakhiro, iyadoo khaas ku ah Muwaxidiinta.
 Nabiga nabadgelyo iyo naxariis Allaha siiyee shafaacadiisu waa isagoo Ilaahay u barya Qofka Naartu u waajibtay inuusan Naarta galin, Qokii Naarta galayna uu shafeecada kaga soo boxo Naarta.
 Xadiiska waxaa ku sugan Fadliga ay leedahay kalimada Tawxiidku iyadoo Ilaahay loo khaalis yeelayo, iyo waynida raadkeeda.
 Kalimada Tawxiidka waxaa lagu xaqiijin karaa in macnaheeda la barto laguna camal falo waxay keenayso.
 Xadiiska waxaa ku cad Fadliga Abii Hurayre Allaha ha ka raali noqdee, iyo siduu Cilmiga  ugu dadaali jirey.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3414</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>Ilaahay ayaa janada gelinaaya camalkuu doono hawatee</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>Cubaada -Allaha ka raali ahaadee- waxaa la wariyey in Nabiga -naxariis iyo nabadi korkiisa ha ahaatee- uu yiri: "Qofka qira insuun jirin Ilaah  xaq lagu caabudo,  ee aan Ilaahay ahayn kaligiisna ah ee aan cidna shirko la ahayn iyo in Maxamed adoonkiisa iyo Rasuulkiisa yahay, Ciisana adoon Ilaahay iyo Rasuulkiisa yahay iyo inuu yahay kalimada Ilaahay ee uu ku tuuray maryama, iyo Ruuxda xaga Ilaahay ka ahaatay, janada iyo naartuna xaq yihiin, Ilaahay ayaa janada gelinaaya camalkuu doono hawatee".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-  wuxuu sheegay qofka ku dhawaaqa kalimada towxiidka isagoo macnaheeda garanaaya kuna camal falaya waxay keenayso. Ee qira adoonimada Maxamed iyo risaaladiisaba-naxariis iyo nabadi korkiisa ha ahaatee-, iyo adoonimada Ciise iyo risaaladiisaba. Ee qira inuu Ilaahay ku abuuray Nabi Ciise hadalkiisa ah " kun " uuna sidaa ku ahaaday, uuna yahay ruux ka mid ah arwaaxda Ilaahay abuuray. Ee ka bari yeela Nabi Ciise hooyadi wixii ay yuhuudu ku sheegtay. Ee rumeeya in janadu xaq tahay, naartuna xaq tahay, oo aamina in labaduba jiraan, oo ay yihiin nicmada Ilaahay iyo cadaabta Ilaahay Ee sidaana ku dhinta, kaasi wuxuu ku dambaynayaa janada camalkiisuba ha yaraado dambiyana ha lahaadee.</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>Ilaahay koreeyee, wuxuu Ciise Ibinu maryam ku abuuray kalimadiisa uu yiri:  (kun) ahow, aabo la'aan.
 Hadii la isu geeyo nabi Ciise iyo nabi Maxamed-naxariis iyo nabadi korkooda ha ahaatee- inay yihiin laba adoon oo Ilaahay iyo laba Rasuul ee laahay, markaas labadooduba waa labo Rasuul oo aan been sheegayn iyo laba adoon aanna la caabudayn.
 Fadliga uu leeyahay towxiidku iyo inuu Ilaahay dambiyada ku dhaafo, qofka muwaxidka ah wuxuu ku danbaynayaa janada hadii xataa ay ka dhacaan dunuubta qaarkeed.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>Qofka Ilaahay la kulma isagoon cidna ugu shariig yeelin Janaduu galayaa, qofkase Ilaahay la kulma isagoo u shariig yeelay Naartuu gelayaa</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Jaabir Binu Cabdulaahi Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Qofka Ilaahay la kulma isagoon cidna ugu shariig yeelin Janaduu galayaa, qofkase Ilaahay la kulma isagoo u shariig yeelay Naartuu gelayaa".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay Qofka  dhinta isagoo aan Ilaahay cidna ugu shariig yeelin wuxuu ku dambaynayaa Janada, xataa hadiiba loo cadaabo dabmiyo uu galay, qofkase dhinta isagoo u shariig yeelaya Ilaahay kaasi Naarta ayuu  ku waarayaa.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Fadliga towxiidka, iyo inuu sabab u yahay in qofku kaga badbaadayo Naarta ku waarideeda.
 Adoonku waa u dhaw yahay Janada iyo Naarta , waxaan dhimashada ahayna kama xigaan labadaas.
 Waxaa laga digayaa shirkiga kiisa yar iyo kiisa badanba, waayo in Naarta laga badbaado waxay ku xiran tahay shirkiga oo laga fogaado.
 Camalka aqbalaadiisu waxay ku xiran tahay khaatumada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>qofka dhinta isagoo  baryaya cid aan Ilaahay ahayn Naartuu gelayaa</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud -Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: kalimad ana mid ayaan iri, Nabigaa yiri nabadgelyo iyo naxariis Allaha siiyee: " qofka dhinta isagoo  baryaya cid aan Ilaahay ahayn Naartuu gelayaa," ana waxaan iri: qofka dhinta isagoon baryeyn cid aan Ilaahay ahayn Janaduu gelayaa.</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu inoo sheegay in Qofkii u leexiya Cibaado Ilaahay leeyahay cid isaga qayrki ah, sida baryada Ilaahay qayrki la baryo, ama cidaan Ilaahay ahayn oo loo qayshado, ee sidaa ku dhinto Naarta ayuu gelayaa. Ibnu Mascuud-Allaha ka raali ahaadee- wuxuu ku siyaadiyey qofka dhinta isagoon Ilaahay cidna ugu shariig yeelin, kaasi wuxuu ku dambaynayaa Janada.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Ducadu waa cibaado, mana loo leexiyo cid aan  Ilaahay ahayn.
 Xadiiska waxaa ku sugan FadligaTowxiidka, iyo qofkii ku dhinta Towxiidka inuu Janada gelayo, xataa hadii lagu ciqaabo danbiyadiisa qaarkood.
 Xadiiska waxaa ku sugan khatarta Shikiga iyo in qofka ku dhinta Naarta gelayo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>Way halaagsameen kuwa Diinta</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>Cabulaahi Binu Mascuud Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri : "Way halaagsameen kuwa Diinta isku adkeeya" seddex jeer ayuu yiri.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay guul darada iyo khasaaraha ku dhacaya kuwa Diinta isku adkeeya iyagoo toosnaan iyo cilmi ku socon  Diintooda iyo Aduunyadoodaba, iyo hadalkooda iyo ficilkoodaba, kuwaasoo dhaafay xadka Sharciga ah ee Nabigu nabadgelyo iyo naxariis Allaha siiyee la yimid.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Waxaa la xarimay in la isku adadkeeyo oo la isku kalifo arin walba, waxaana la isku booriyey in isku adkayta laga fogeeyo arin walba, gaar ahaana arimaha cibaadada iyo waynaynta saalixiinta.
 Qofku inuu raadiyo cibaadada ugu saraysa iyo qayrkeedba waa arin fiican, waxayna noqonaysaa Sharciga oo la raaco.
 Waa Suno in la adkeeyo arinkii muhiim ah, waayo Nabigu nabadgelyo iyo naxariis Allaha siiyee wuu ku soo celceliyey hadalkaa seddex jeer.
 Xadiiska waxaa ku sugan wanaaga Islaamka iyo fudaydkiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3420</t>
   </si>
   <si>
-    <t>لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ</t>
+    <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>Majirto is qaadsiini, majiro baaseysi, waxaanan jeclahay in wanaag la fisho", wuxuu yiri-Anas- waxaa lagu yiri Nabiga nabadgelyo iyo naxariis Allaha siiyee: waa maxay wanaag la fisho?, wuxuu yiri: "waa hadalka wanaagsan</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
     <t>Anas Binu Maalik -Allaha ka raali ahaadee- waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Majirto is qaadsiini, majiro baaseysi, waxaanan jeclahay in wanaag la fisho", wuxuu yiri-Anas- waxaa lagu yiri Nabiga nabadgelyo iyo naxariis Allaha siiyee: waa maxay wanaag la fisho?, wuxuu yiri: "waa hadalka wanaagsan."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay faafitaanka cudurada ay  aaminsanaayeen dadkii jaahiliyadu in cudurku iskiis ugu gudbo qof kale oo qadar Ilaahay aanu jirin inay taasi baadil tahay. Baasaysiguna uu baadil yahay, waana in qofku wax uun sharaysto yacni shay uu maqlay ha ahaado ama shay uu arkaye, sida shinbirta ama xayawaan ama dad naafo ah ama lambaro ama maalmo iyo wixii la mida Wuxuu shimbiraha u xusay waxay ahaayeen shimbiruhu waxa ugu caansan ee la baasaysto waqtigii jaahiliyada,  asal ahaana waa in shimbiraha la duuliyo marka hawl loo kacayo, sida safarka, ganacsiga iyo wixii la mida, hadii shimbirku u duulo xaga midigta wanaag ayuu filanayaa wuuna ku dhaqaaqayaa wuxuu rabay, haduuse u duulo xaga bidix wuu shareysan wuuna ka joogin wuxuu rabay. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inuu jecel yahay filashada wanaaga, oo ah warka qofka farxada iyo rayrayn geliya taaso ka timid kalimad fiican oo uu maqlay, oo ka dhigaysa in qofku rabigi male fiican ka fisho.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Waa in qofku Ilaahay talo saarto, oo uu aamino in Ilaahay mooyee inaysan cid kale khayr u keeni karin, sharkana Ilaahay maahee cid kale aysan ka celin karin.
 Waa la reebay shimir baasaysiga, waana waxa qofku sharaysto una diida inuu shaqo qabto.
 Malaha wanaagsani kuma jiro sharaysiga la reebay, balse waa filasho wanaagsan oo Ilaahay male fiican laga malaysto.
 Wax walba waxay ku dhacaan qadarida Ilaahay casa wajala, waa kaligi cid wax la wadaagtana ma jirto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3422</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>Nabiga-naxariis iyo nabadi korkiisa ha ahaate- wuxuu xaalka ansaar ka yiri: "mu`umin uun baa jeclaada, munaafaq uun baana u carooda, cida jeclaata Ilaahay ayaa jeclaada, cida u carootana Ilaahay ayaa u carooda</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Bara`a -Allaha ka raali ahaadee-: Nabiga-naxariis iyo nabadi korkiisa ha ahaate- wuxuu xaalka ansaar ka yiri: "mu`umin uun baa jeclaada, munaafaq uun baana u carooda, cida jeclaata Ilaahay ayaa jeclaada, cida u carootana Ilaahay ayaa u carooda."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- dadkii reer madiina ansaarta ay jeclaayeen waa astaan tusaysa iimaan kaamila, waana iyagoo ku hor maray inay u hiiliyaan Islaamka iyo Nabiga-naxariis iyo nabadi korkiisa ha ahaatee-,iyo dadaalkii ay u galeen soo dhawayntii iyo dib u dejintii muslimiinta, iyo inay u hureen maalkooda iyo naftoodaba jidka Ilaahay, in loo caroodana waa astaanta nifaaqa. Ka dib wuxuu cadeeyey Nabigu naxariis iyo nabadi korkiisa ha ahaatee cida ansaar jeclaata in Ilaahay jeclaanayo, cida u carootana Ilaahay u caroonayo.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>xadiiska waxaa ku sugan amaan wayn oo ansaar ay leedahay, jacaylkoodu wuxuu calaamad u yahay iimaanka, iyo in bari laga noqdo nifaaqa.
 Awliyada Ilaahay oo la jeclaado oo loo hiiliyo waxay sabab u tahay in Ilaahay adoonka jeclaado
 xadiiska waxaa ku cad fadliga wayn ee ay leeyihiin mu`muminiintii Islaamka ku soo hormary.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>wuxuuna ugu wayso qaatay waysadii Nabiga-naxariis iyo nabadi korkiisa ha ahaatee-</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
     <t>Yaxye Binu Cumaara Almaasini wuxuu yiri: Waxaan u joogay Camru Binu Abii Xasan oo waydiinaya Cabdullaahi Binu Zayd, waysadii Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu u yeertay weel ay biyo ku jiraan, wuxuuna ugu wayso qaatay waysadii Nabiga-naxariis iyo nabadi korkiisa ha ahaatee-,  weelkii ayuu gacanta biyo uga shubtay,  gacmihiisuu  sadex jeer dhaqaay, ka dibna weelkii ayuu gacanta galiyey, wuuna luq-luqday oo sandaarsaday oo iska firdhiyey sadex darsasho, ka dibna gacantuu galiyey oo wejigiisuu saddex jeer dhaqay, ka dib gacmihiisuu laba jeer dhaqay ilaa suxulada, ka dibna gacantiisuu galiyey oo madaxiisuu ku masaxay, isagoo horay iyo gadaal u mariyey gacmaha madaxiisa hal mar, ka dibna wuxuu dhaqay labadiisa lugood ilaa anqawyada.</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Zayd-Allaha ka raali ahaadee- wuxuu cadeeyey qaabkii waysadii Nabiga -naxariis iyo nabadi korkiisadii- qaab ficil ahaan ah, wuxuuna waydiistay in weel yar oo biyo ku jiraan loo keeno, wuxuuna ku bilaabay inuu horta faraha dhaqdo, ka dibna weelka ayuu soo qaloociyey oo biyaha ka shubtay oo  gacmaha sadex jeer ku dhaqay weelka dibadiisa. Ka dibna weelkii buu gacantiisa galiyey, oo saddex jeer  darsaday oo ku luq-luqday oo mar walba oo uu darsado wuu sandaarsaday oo iska firdhiyey. Ka dibna weelkii ayuu ka darsaday wuuuna dhaqay wajigiisa sadex jeer, Ka dibna weelkii ayuu ka darsaday oo dhaqay gacmihiisa labalaba jeer ilaa xusulada, Ka dibna gacmihiisuu weelkii galiyey, madaxiisuuna labadiisa gacmood ku masaxay, isagoo ka bilaabay foodiisa ilaa qadaadka qoorta ka sareeya, ka dibna wuu ku  sooceliyey ilaa uu soo gaaray meeshuu ka bilaabay, Ka dibna lugihiisuu dhaqay ilaa anqawyada.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Waa in macallinku oo raaca qaabka ugu dhaw ee loo fahmi karo cilmiga oo si fiican loogu barikaro, taas waxaa ka mida in si camali ah wax loo baro.
 way banaan tahay in sadex jeer la dhaqo xubnaha laga wayso qaato qaarkood, qaar kalena labo jeer la dhaqo, waajibkuse waa hal mar.
 waa waajib kala horaysiinta xubnaha laga wayso qaato sida xadiiska ku xusan.
 xadka wajigu waa halka timuhu ka bilawdaan ee caadiga ah, ilaa garka iyo lafta gadhka dherer ahaan, iyo dhegta ilaa dhegta kale balac ahaan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
     <t>waxaa kugu filnaa inaad gacmahaaga sidan dhahdid ", wuxuuna hal mar ku dhiftay gacmihiisa dhulka, gacantiisa bidix ayuu ku masaxay tiisa midig, iyo labadiisa calaacalood oo dusha ah iyo wajigiisa</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
     <t>Camaar Binu Yaasir -Allaha karaali ahaadee-wuxuu yiri: Nabiga -naxariis iyo nabadi korkiisa ha ahaatee-, ayaa hawl ii diray markaasaan isku junubay biyana waan waayey, waxaan ku gal-gashay ciida sida neefku ugu galgasho, ka dibna waxaan u imid Nabiga-naxariis iyo nabadi korkiisa ha ahaatee-, xaalkaygaana u sheegay, wuxuuna yiri: " waxaa kugu filnaa inaad gacmahaaga sidan dhahdid ", wuxuuna hal mar ku dhiftay gacmihiisa dhulka, gacantiisa bidix ayuu ku masaxay tiisa midig, iyo labadiisa calaacalood oo dusha ah iyo wajigiisa.</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-Camaar Binu Yaasir ayuu u diray inuu u safro hawlo Nabiga scw u gaara, waxaa ku yimid Janaabo oo jimaac ku timid ama biyaha shahwada oo ka yimid, biyo uu ku qubaystana ma helin, Ma uusan aqoon xugunka in Janaabada laga booraysto, wuxuuse yaqaanay xugunka in laga booraysto Xadaska yar, wuu ijtihaaday waxayna la noqotay sida xubnaha waysada loogu masaxo ciida marka xadaxka yar uu jiro, in jinaabadana ciida la wada gaarsiinayo jirka, isagoo uga qiyaas qaadanaya biyaha, sidaa darteed wuxuu ku gal-gashay carada oo wada gaarsiiyey jirka, wuuna tukaday, Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-, markuu yimid ayuu u sheegay arinkaa, si uu u ogaado inuu saxan yahay iyo in kale? Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuu u cadeeyey qaabka looga dahaara qaato labada xadas kan yar sida kaadida, iyo midka wayn sida janaabada: waana inuu hal mar ku dhifto gacmihiisa dhulka, oo ku masaxaa gacantiisa bidix tiisa midig, iyo labadiisa calaa-calood korkooda iyo wajiga.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>waa waajib in biyo la raadiyo intaan la booraysan.
 waa mashuur inuu booraysto qofka janaabada qaba ee biyaha waayey.
 Booraysiga xadaska wayn wuxuu la mid yahay booraysiga xadaska yar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3461</t>
   </si>
   <si>
-    <t>إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ</t>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>Dadku haday arkaan daalimka oo ay gacmaha ka qaban waayaan waxay u dhowdahay in Ilaahay ciqaabkiisu ku wada dhoco</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Abii Bakar Sadiiq-Allaha ka raalli ahaadee-waxaa laga wariyey inuu yiri: Dadow waxaad akhridaan aayadan: {kuwa iimaanka lahoow, naftiinaa ayaad masuul ka tihiin, oo waxba idin yeelimaayo midka xaqa diiday hadaad idinku hanuuntaan}, waxaan ka maqlay Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- isagoo dhahaya: "Dadku haday arkaan daalimka oo ay gacmaha ka qaban waayaan waxay u dhowdahay in Ilaahay ciqaabkiisu ku wada dhoco."</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Abuu bakar -Allaha ka raalli ahaadee- wuxuu sheegay in dadku akhriyaan aayadan:
 {kuwa iimaanka lahow naftiina ayaad masuul ka tihiin, oo waxba idin yeelimaayo midka xaqa diida hadaad idinku hanuuntaan} [al-ma`ida:105].
 waxayna ka fahmayaan in qofka ay waajib ku tahay inuu islaaxiyo naftiisa oo qura, intaa ka dibna dhibimayso baadida qofkii baadiyooba, oo dadka laga doonimaayo inay wanaaga faraan oo xumaanta reebaan.
 Waxaanse u sheegay inuusan arinku sidaa ahayn, oo inuu ka maqlay Nabiga -naxariis iyo nabadi korkiisa ha ahaate-isagoo dhahay: Dadku haday arkaan daalimka oo ay dulmiga ka celin waayaan,  iyagoo awood u leh inay ka celiyaan, waxay u dhawdahay in Ilaahay ciqaabkiisku ku wada dhaco, kan xumaanta samaynaya iyo kan ka aamusanba.</t>
   </si>
   <si>
     <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
 عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
 تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>Muslimiinta waxaa waajib ku ah inay isu naseexeeyaan oo wanaaga is faraan oo xumaanta iska reebeen.
 Ciqaabta Ilaahay ee guud ahaaneed waxay wada gaaraysaa kan dulmiga sameeyey, iyo kan ka aamusay oo ka celin waayey haduu awood u leeyahay inuu ka celiyo.
 Waa in  dadka caamada ah wax la baro oo si sax ah loo fahamsiiyo quraanka.
 Waxaa dadka ku waajib ah inay aqoon u yeeshaan oo fahmaan kitaaba Ilaahay casa wajala, si aan dadku u fahmin quraanka wax ka duwan macnihii Ilaahay ku soo dajiyey.
 Dadku ma soo hanuunayaan hadii laga tago in wanaaga la faro oo xumaanta la reebo.
 Tafsiirka aayada ee saxda ah waa: waxaa idinku waajib ah inaad naftiina ka ilaaliya macsida, hadaad ka ilaalisaan naftiina xumaanta idin dhibi maayo hadii aad kariwaydaan inaad wanaaga fartaan xumaantana reebtaan dhumida qofkii dhumay oo la yimaada wixii laga reebay hadii aad adinku hanuuntaan oo aad ka fogaataan xumaanta.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Waxaa wariyey Abuu daawuud,tirmidi,nasaa.i,ibn maajah,Axmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3470</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Qofkii ii balan qaada inta u dhaxaysa labadiisa Qal iyo waxa u dhexeeya labadiisa Lugood  waxaan u balan qaadayaa Janada</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Sahal Binu Sacad Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Qofkii ii balan qaada inta u dhaxaysa labadiisa Qal iyo waxa u dhexeeya labadiisa Lugood  waxaan u balan qaadayaa Janada".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay labo arimood oo hadii Qofka Muslimku ilaaliyo uu Janada ku  gelayo.
 Tan koowaad: waa Carabka oo laga ilaaliyo inuu ku hadlo wax Ilaahay ka Caraysiinaya.
 Tan labaad: waa Farjiga oo laga Ilaaliyo inuu ku dhoco macsi
 Waayo waxaa badan in labadaa xubnood lagu sameeyo macaasi.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Carabka iyo Farjiga in Ilaaliyo waxay sabab u tahay gelida Janada.
 Waxaa si gaara loo sheegay Carabka iyo Farjiga, waayo labadoodu waa mimbaca ugu wayn ee dadka dhibku uga imaanayo Aduun iyo Aakhiroba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>Aniga iyo Rasuulka -naxariis iyo nabadi korkiisa ha ahaatee-ayaa weel kaliya ku wada qubaysan jirnay anagoo janaabo qabna, wuxuu i fari jiray, inaan maro guntado, wuuna ila baashaali jiray anoo caado qaba</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>Caa.isha, Muminiinta Hooyadood- Allaha ka raali ahaadee- waxay tiri: Aniga iyo Rasuulka -naxariis iyo nabadi korkiisa ha ahaatee-ayaa weel kaliya ku wada qubaysan jirnay anagoo janaabo qabna, wuxuu i fari jiray, inaan maro guntado, wuuna ila baashaali jiray anoo caado qaba, wuxuuna soo saari jiray madaxiisa isagoo masaajidka ku ictikaafaya, oo madaxa ayaan u dhaqi jiray anigo caado qaba.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>Caa.isha, Muminiinta Hooyadood-Allaha karaali ahaadee- waxay sheegtay arimo u qaara iyada markay Suubanaha la joogto-naxariis iyo nabadi korkiisa ha ahaatee-, waxaana ka mida: inay hal weel Nabiga scw kula qubaysan jirtay, oo biyaha hal weel ka wada darsanayeen. Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- marka uu damco inuu u tago iyada oo caado qabta wuxuu fari jiray inay guntato maro daboosha xudunteeda ilaa lawyaheeda, wuuna la baashaali jiray iyadoon galmo jirin. Nabigu scw isagoo masaajidku ictikaafaya ayuu madaxiisa caa`iasha u soo bixin jiray markaasay u dhaqai jirtay iyadoo caado qabta  oo gurigeeda joogta.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Way banaan tahay inay ninka iyo xaaskiisu weel kaliya ku wada qubaystaan.
 Waxaa banaan in tan caadada qabta lala baashaalo wixii aan farjiga ahayn oo jirkeedu daahir yahay.
 waxaa suno ah inay gabadhu soo xirato googarad hadii ay caado qabto oo ay ninkeeda la baashaalayso.
 waa in la raaco asbaabta diidaysa in xaaraan lagu dhico.
 Gabadha dhiiga qabta looma ogola inay masjidka ku raagto.
 Waxaa u banaan gabadha dhiiga qabta inay qaban karto waxkasta oo qoyan ama qallayl ah, waxaana ka mida dhaqitaanka timaha iyo shanlayntooda.
 xadiiska waxaa ku xugan dhaqankii fiicnaa ee Nabigu-naxariis iyo nabadi korkiisa ahaa ahaatee- uu kula dhaqmayey reerkiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3476</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>Waxaa imaan doona kuwo Madaxa oo samayndoona waxaad ku raacsan tihiin iyo waxaad ku diidan tihiinba, َofkii ku raaca wixii saxa wuu is beri yeelay, َofkii ku diida wixii khalad ahna wuu badbaadey, laakiin khaladku waa َofkii xumaha ku raaca</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Umu ٍSalama, Muuminiinta Hooyadood -Allaha ka raali ahaadee- waxaa laga wariyey in Rasuulka nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Waxaa imaan doona kuwo Madaxa oo samayndoona waxaad ku raacsan tihiin iyo waxaad ku diidan tihiinba, َofkii ku raaca wixii saxa wuu is beri yeelay, َofkii ku diida wixii khalad ahna wuu badbaadey, laakiin khaladku waa َofkii xumaha ku raaca oo ku raali noqda, waxay yiraahdeen: ma la diriraynaa? wuxuu yiri: maya, inta ay tukanayaan".</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu  sheegay inay ina maamuli doonaan Madax sameyndoona shaqo aanu naqaan waafaqsana Sharciga aanu naqaan, waxay kaloo sameyn doonaan shaqo aan ku diidayno waayo waxay khilaafsan tahay Sharciga. Qofkii qalbigiisa ka diida Munkarka ee aan awoodin inuu ka hadlo diidana, Danbiga iyo Nifaaqa beri ayuu ka noqday. Qofka awooda inuu Madaxda ku diido Gacan ahaan ama Carab ahaan ee Madaxda ku diida Xumaha wuu ka badbaaday Macsida iyo inuu ka qaybqaato Xumaha. Laakiin Qofka ka raali noqda ee ku raaca Xumaha wuu halaagsamin siday u halaagsameen.
 Ka dib waxay waydiiyeen Rasuulka nabadgelyo iyo naxariis Allaha siiyee inay la dagaalamaan Madaxda xaalkuudu sidaa yahay?, wuuna u diiday Rasuulku arinkaa, wuxuuna ku yiri: maya, intay Salaada idinla oogayaan.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan wax yaabo tusinaaya nabinimada Nabiga nabadgelyo iyo naxariis Allaha siiyee waayo wuxuu sheegay waxa dhicidoona ee qaybka ah waxayna u dheceen sidii uu u sheegay.
 Ma banaana in laga raali ahaado Munkarka iyo in laga qayb qaato, waana waajib in la diido.
 Hadii Madaxdu  sameeyaan wax Shareecada khilaafsan ma banaana in lagu raaco arinkaas.
 Madaxda Muslimiinta in lala dagaalo ma banaana, waayo waxaa ka dhalanaya fasaad, dhiig la daadiyo iyo amniga oo la waayo, in loo adkaysto Munkarka Madaxda caasiga ah oo lagu sabro dhibkooda ayaa ka sahlan in lala dagaalo.
 Salaada arinkeedu waa mid aad u weyn, iyadaana kala saarta Kufriga iyo Islaamka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3481</t>
   </si>
   <si>
-    <t>بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ</t>
+    <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>Waxaan balan kula galay Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee-inaan qiro Ilaahay maahee inaan Ilaah kale uusan jirin, Maxamadna Rasuulka Ilaahay soodiray yahay, iyo salaada oo la oogo, sakada oo la bixiyo, iyo in la is maqalo oo la is adeeco iyo in muslim walba loo nasexeeyo</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Jariir Binu Cabdullaahi-Allaha ka raali ahaadee-waxaa laga wariyey inuu yiri: Waxaan balan kula galay Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee-inaan qiro Ilaahay maahee inaan Ilaah kale uusan jirin, Maxamadna Rasuulka Ilaahay soodiray yahay, iyo salaada oo la oogo, sakada oo la bixiyo, iyo in la is maqalo oo la is adeeco iyo in muslim walba loo nasexeeyo.</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Asaxaabiga Jariir Binu Cabdullaahi-Allaha ka raali ahaadee- wuxuu sheegay inuu Nabiga -naxariis iyo nabadi korkiisa ah ahaatee- uu  balan kula galay tawxiidka Ilaahay, gudashada salaadaha shanta ah ee faralka ah maalinta iyo habeenka, iyadoo uu u dhamaystirayo shuruudeeda, arkaanteeda, waajibaadkeeda, sunanteeda, bixinta sakada waajibka ah, waana cibaado maali ah oo waajib ah, taasoo laga qaado kuwa xoolaha leh oo la siinayo kuwa xaqa u leh ee fuqarada iyo kuwa lamidka ah, iyo inuu adeeco madaxda,  oo muslim kasta u naseexeeyo, isagoo ku dadaalaya wax tarkiisa iyo inuu khayrka gaarsiiyo, oo sharka ka difaaco hadal ahaan iyo ficil ahaanba .</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>xadiiska waxaa ku sugan muhimada ay leeyihiin salaada iyo sakadu, waxayna ka mid yihiin arkaanta Islaamka.
 muhimad wayn ayey leedahay waanada iyo inay isu naseexeeyaan muslimiintu, ilaa uu Rasuulku naxariis iyo nabdi korkiisa ha ahaatee kula mubaayacooday asxaabta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3512</t>
   </si>
   <si>
-    <t>اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ</t>
+    <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Allaha Rabigiina ah ka baqa, shantiina salaadoodna tukada, bishiinana sooma, sakada maalkiinana bixiya, madaxdiinana adeeca janada Rabigiin baad galaysaane</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Abii Umaama-Allaha ka raali ahaadee- wuxuu yiri: Rasuulka Ilaahay ayaan ka maqlay-naxariis iyo nabadi korkiisa ah ahaatee- isagoo khudba akhriyaaya xajkii Alwadaac wuxuuna yiri: "Allaha Rabigiina ah ka baqa, shantiina salaadoodna tukada, bishiinana sooma, sakada maalkiinana bixiya, madaxdiinana adeeca janada Rabigiin baad galaysaane."</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Nabiga ayaa khudbeeyey maalintii carafa ee xajkii  Alwadaac ee sanadkii tobnaad ee hijrada, waxaana magaca xajatu-Alwadaac loogu bixiyey, Nabigaa -naxariis iyo nabadi korkiisa ha ahaatee dadka sagootiyey xajkaa dhexdiisa, Dadkana dhamaantood wuxuu faray inay Rabigood ka baqaan, una hogaansamaya waxa uu amray, kana fogaanaya waxa uu ka reebay. Salaadaha shanta ah ee Ilaahay habeenkii iyo maalintii ku waajibiyeyna tukadaan. Bisha ramadaana  ay soomaan. Sakada xoolohoodana inaysan ku bakhaylin oo ay siiyaan kuwa xaqa u leh. Kuwa Ilaahay madaxda uga dhigay waa inay ku adeecaan wixii aan macsi Ilaahay ahayn Qofka sameeya wax yaabahaa la soo  xusay abaal gudkiisu waa janada oo uu galo.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Acmaashaani waxay  sabab u tahay janada galideeda.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[Waxaa wariyay At-tirmidi iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3520</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Ilaahay ma aqbalo Salaada midkiin hadii waysadu ka jabto ilaa uu weyso qaato</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee- waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: " Ilaahay ma aqbalo Salaada midkiin hadii waysadu ka jabto ilaa uu weyso qaato.</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey shuruuda Salaadu ku ansaxayso, taasoo ay ka mid tahay Dahaaradu, sidaa darteedna ay waajib ku tahay Qofka doonaya inuu Salaad tukado inuu wayso qaato, hadii shay waysada buriya ka dhacay, sida Saxarada, Kaadida, Hurdada, iyo qayrkeed.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Qofka Xadaska weyn qaba la aqbalimaayo salaadiisa ilaa uu qubays ku dahaaro qaato, xadaska yarna uu ka wayso qaato.
 Weysadu waa Biyaha oo Afka lagu shubto laguna wareejiyo lana tufo,  Biyahana Sanka gudihiisa loogu shubo ka dibna laga soo firdhiyo oo wajiga la dhaqo seddex jeer, ka dibna Gacmaha la dhaqo ilaa Suxulada seddex jeer, ka dibna Mdaxa oo dhan hal mar la masaxo, ka dibna Lugaha la dhaqo ilaa Anqawyada seddex jeer.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3534</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Hadii Adoonku jirado ama uu safro waxaa loo qoraa xasanaadkii uu qaban jiray markuu daganaa ee uu  caafimaadka qabay</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Abii Muusa Alashcari Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee  wuxuu yiri: "Hadii Adoonku jirado ama uu safro waxaa loo qoraa xasanaadkii uu qaban jiray markuu daganaa ee uu  caafimaadka qabay".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay fadliga Ilaahay iyo raxmadiisa, hadii Qofka Muslimka ahi caadaysto inuu sameeyo camal wanaagsan marka uu caafimaadka qabo ee Gurigiisa joogo ka dibna uu ku yimaado wax cudurdaar ah sida Jiro oo uu awoodi waayo inuu camalkii suubiyo ama uu kaga mashquulo safar ama wax kale, waxaa loo qoroyaa ajar kaamil ah sidii isagoo sameeyey camalka markuu Gurigiisa joogay oo uu caafimaadka qabay oo kale.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan Ilaahay fadligiisa waasica ah ee uu siiyey Adoomadiisa.
 Waxaa la isku boorinayaa in lagu dadaalo cibaadada oo laga faa'iidaysto waqtiga caafimaadka iyo firaaqada la ahaysto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Dikri waxaa u fadli badan: laa Ilaaha Ilaa Allaah, ducuna waxaa u fadli badan: Alxamdu lilaah</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Jaabir Ilaahay ha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Dikri waxaa u fadli badan: laa Ilaaha Ilaa Allaah, ducuna waxaa u fadli badan: Alxamdu lilaah".</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu sheegay in dikriga ugu fadli badni yahay: laa Ilaaha ilaa Allaah, oo macnaheedu yahay: ma jiro Ilaah xaq lagu caabudo oo aan Allah ahayn, ducana waxaa ugu fadli badan Alxamdu lillaah, waana qirid kan nicmada bixiyaa inuu Ilaahay yahay, isagaa xaq u leh in lagu sifeeyo wanaag oo dhan.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Waxaa la isku boorinayaa in lagu badiyo dikriga Ilaahay erayga towxiidka, ducadana erayga Alxamdu lillaah.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Waxaa wariyay At-tirmidi, An-nisaa'i oo Sunan kubraa ah iyo Ibnu Maajah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3567</t>
   </si>
   <si>
-    <t>أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟</t>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Ma idin tusaa waxa Ilaahay dambiyada ku dhaafo oo darajaada Qofka kor loogu qaado?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ma idin tusaa waxa Ilaahay dambiyada ku dhaafo oo darajaada Qofka kor loogu qaado?" waxay dheheen haa, Rasuulkii Ilaahayow, wuxuu yiri:"waa Waysada oo lagu xeel dheeraado Waqtiyada Waysada la dhibsado, Talaabada oo loo badiyo xaga Masaajida iyo Salaada ka dib oo la sugo Salaada xigta, taasi waa iyado Jihaad loo darban yahay.</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiye wuxuu waydiiyey Asxaabtiisa inay rabaan inuu tuso camal sabab u noqda in dambiga la dhaafo oo laga masaxo Diiwaanka Malaa`igtu ku qorto, oo laga masaxo Buugta Malaa'igtu ku qorto oo lagu helo darajo sare?
 Waxay dheheen Asxaabtu: haa waan doonaynaa kaas, wuxuu yiri:
 Kan 1aad: waa in sifiican loo Wayso qaato Waqtiyada la dhibsanyo Biyaha, sida Qabowga, Biyo yaaranta, Jirka oo xanuunsan iyo Biyaha oo kulul.
 Kan 2aad: waa in talaabada loo badiyo xaga Masaajidka, Talaabaduna waa masaafada u dhaxaysa labada Lugood oo loo qaado Masaajida ka fog Guriga iyo in Inbadan lagu soo celceliyo Talaabadaas.
 Kan 3aad: waa Waqtiga Salaada oo la sugo, iyo Qalbiga oo ku xiran Waqtiga Salaada loona diyaargaroobo Salaada iyo Masjidka oo la fariisto oo lagu sugo Jamaacada, oo haduu Salaada tukado uu fadhiyo meeshii uu ku tukaday ilaa Salaada xigta la gaaro.
 Ka dib Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey  in camalkaasi  yahay Jihaad run ah loo darban yahay, waayo Nafta ayuu ka xirayaa dariiqa Shaydaanka hawadana wuu qasbayaa oo ka joojinayaa inay aqbasho waswaaska, markaas ayey xisbiga Ilaahay ka adkaanayaan Ciidanka Shaydaanka, kaasaana ah Jihaadka weyn, taasina waxay la mid tahay Qof Dhufays ugu jira Cadowga.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Waa muhiim in la ilaaliyo Salaada Jamaacada ah oo lagu tukado Masaajidka, oo ihtimaam la siiyo Salaadaha oo aan laga mashquulin.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee si fiican ayuu  ugu soo bandhigay Asxaabtiisa wuuna jeclaysiiyey isagoo ku bilaabay qaab su`aal ah,  waana qaab ka mida qaababka wax loo baro dadka.
 Faa'iidada ay leedahay masalada oo loo dhigo qaab su'aal iyo jawaab ah: waa inuu hadalku noqdo mid saamayn ku leh Nafta waayo inta la qariyey ayaa la cadeeyey.
 Wuxuu yiri Imaam Nawawi Allaha u naxariistee: kaasi waa Ribaad: waa Ribaad la jecel yahay, Ribaadka asal ahaantiisuna waa in shay loo xabiso cibaadadaas, waxaa kaloo la yiri waa Ribaadka ugu fadliga badan waxaa kaloo la yiri: jihaadka runtaahi waa Jihaadka Nafta, waxaa kaloo la yiri waxaa dhici karta in laga wado Ribaadka qofka u fudud oo u suuragalka ah, yacni: waa Ribaad ka mida noocyada Ribaadka.
 Way soo noq-noqotay weedha "Ribaad" waxaana lagu qeexaa "AL" waana tan wax lagu qeexo: si loo wayneeyo xaalka acmaashaas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3574</t>
   </si>
   <si>
-    <t>أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ</t>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Ma iidiin sheegaa acmaashiina kuwa ugu fadliga badan, uguna daahirnimada badan xaga Allaha Boqorkiina ah, uguna sare qaadid badan darajooyinkiina</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Abii Dar-daa Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ma iidiin sheegaa acmaashiina kuwa ugu fadliga badan, uguna daahirnimada badan xaga Allaha Boqorkiina ah, uguna sare qaadid badan darajooyinkiina oo idiinka khayr badan inaad dahab iyo lacag bixisaan, oo idiinka khayrka badan inaad la kulantaan Cadowgiina aadna Qoorta ka garaacdaan iyaguna ay Qoorta idinka garaacaan?", waxay dheheen: haa Rasuulkii Ilaahayow noo sheeg, wuxuu yiri: "waa dikriga Ilaahay ".</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu waydiiyey Asxaabtiisa: M: 3575
+    <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu waydiiyey Asxaabtiisa:
 Ma doonaysaan inaan idiin sheego oo idin baro acmaashiina kuwa ugu khayrka badan, uguna sharfta badan, uguna barako badan, oo ugu daahirnimada badan, uguna nadiifsan xaga 
-Allaha Maaliga ah ee Casa Wajale ah. M: 3575
+Allaha Maaliga ah ee Casa Wajale ah.
 DarajaadkiinaJanadana idiin kor yeelid badan.
 Ee idiinka khayr badan inaad Sadaqaysaan Dahabka iyo Fidada?
 Ee idiinka khayr badan inaad Gaalada Jihaad la gashaan oo aad Qoorta ka garaacdaan, iyaguna Qoorta idinka garaacaan?
 Waxay dheheen Asaxaabtu: haa, waan doonaynaa, Rasuulkii Ilaahayow.
 Rasuulku -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: waa dikriga Ilaahay, oo aad xustaan waqti kasta iyo qaab walba iyo xaalad kasta oo aad ku jirtaan.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Joogtaynta xuska Ilaahay kor iyo hoosba loo xuso waa acmaasha Ilaahay loogu dhawaado, uguna anfaca badan xaga Ilaahay.
 Dhamaan acmaasha waxaa loo jideeyey waa xusitaanka Ilaahay, Ilaahay sareeye wuxuu yiri: "Salaada u oog xuskayga dartii". Nabiguna nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: waxaa loo jideeyey dawaafka Kacbada lagu dawaafo, iyo socodka Safa iyo Marwa, iyo tuurida Dhagaxyada Jamaraadka Mina in la oogo dikriga Ilaahay. waxaa wariyey Abuu Daa'uud iyo Tirmidi.
 Alcis Binu Cabdisalaam wuxuu ku yiri Qaacidooyinkiisa: xadiiskani wuxuu ka mid yahay wax yaabaha ku tusaaya in ajarka aan lagu helin sida camalka loogu daalo, taasoo ah dhamaan cibaadaadka, waxaaba dhici kara in Ilaahay camal yar ku abaal mariyo ajar ka badan kan uu ku bixiyo acmaal badan, hadaba ajarku wuxuu u kala bataa waa siday acmaashu u kala sharaf badan yihiin.
 Almanaawi wuxuu ku sheegay kitaabka "Faydul qadiir": xadiiskaan waxaa lagu xambaarayaa in dikrigu yahay waxa u fadli badan dadka lagala hadlayo xadiiskaan, hadiise loo jeedin lahaa hadalka geesi soomajeeste ah oo Islaamka dagaal wax ugu tara waxaa lagu oran lahaa waa jihaad, ama mid hantile ah oo dadka Saboolka ahi xoolihiisa ku intifaacayaan waxaa lagu oran lahaa waa Sadaqada, ama mid awooda inuu soo xajiyo waxaa lagu oran lahaa waa Xajka, ama mid labadiisa waalid nool yihiina waxaa lagu oran lahaa iyaga u baari noqo, sidaasaa lagu helaa iswaafajinta Axaadiista.
 Dikriga ugu kaamilsan waa midka Carabku ku hadlo Qalbiguna macnihiisa ku tadaburo, waxaa ku xiga dikriga Qalbiga kaliya laga xuso sida fakarida, waxaa kusii xiga dikriga Carabka oo keliya laga xuso, dhamaana ajarbay leeyihiin in shaa Allah Tacaalaa.
 Muslimka joogteeya adkaarta ku saabsan axwaasha Qofka sida adkaarta Subaxa, Galabta, galida Masjidka, galida Guriga, galida  iyo ka soo bixida Suuliga .... iyo qayrkoodba waxay ka dhigayaan Qofka inuu ka mid noqda kuwa Ilaahay in badan xusa.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Waxaa wariyay At-tirmidi, Ibnu Maajah iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3575</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Qofkastoo idinka mida Janadu waxay uga dhowdahay suunka kabtiisa, Naartuna waa la mid</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ibnu Mascuud Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofkastoo idinka mida Janadu waxay uga dhowdahay suunka kabtiisa, Naartuna waa la mid".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Janada iyo Naartuba u dhaw yihiin dadka sida kabaha lugta ku jira ee lagu socdo oo kale, waayo waxaa laga yaabaa in camal cibaado ah oo Ilahay jecel yahay la sameeyo oo Janada lagu galo, ama la sameeyo macsi lagu galo Naarta.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Waxaa la is jeclaysiinayaa  khayrka haba yaraadee, waxaana la iska cabsi galiayaa sharka haba yaraadee.
 Qofka Muslimka ah waxaa lama huraan u ah noloshiisa inuu kulmiyo rajo iyo cabsi, Ilaahayna waydiisto mar waliba inuu xaqa ku sugo si uu u nabad galo oo uusana ugu kadsoomin xaalkiisa .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Cadaygu afka wuu nadiifiyaa Ilaahayna wuu raali galiya</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Caa'isha- Allaha ka raali ahaade waxaa laga wariyey inay tiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Cadaygu afka wuu nadiifiyaa Ilaahayna wuu raali galiya".</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in laanta geedka cadayga ah iyo wixii la mida uu ka  nadiifiyo afka iyo ilkaha  wixii wasakha ama ur ah. Wuxuuna ka mid yahay asbaabta u keenaysa Adoonka Ilaahay raali ahaantiisa, waayo waxaa ku jira-cadayga adeecida Ilaahay iyo amarkiisa oo la qaato, iyo nadaafada Ilaahay jecel yahay.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan fadliga cadayga, iyo Nabiga nabadgelyo iyo naxariis Allaha siiyee  oo jeclaysiyey Ummaddiisa inay cadayga badsadaan.
 Rumay waxaa u fadli badan laanta geedka cadayga iyo isticmaalka burshka iyo macjuunka way geli karaan booska cadayga.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[Waxaa wariyay An-nisaa'i iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Salaadaha Shanta ah, iyo Jimce ilaa Jimcada kale, iyo Ramadaan ilaa Ramadaanka kale, waa lagu danbi dhaafaa inta u dhaxaysa hadii laga fogaado kabaa`irta</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga  wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu oran jiray: "Salaadaha Shanta ah, iyo Jimce ilaa Jimcada kale, iyo Ramadaan ilaa Ramadaanka kale, waa lagu danbi dhaafaa inta u dhaxaysa hadii laga fogaado kabaa`irta".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Salaadaha Shanta ah ee la isku farad yeelay Maalinta iyo Habeenka, iyo Salaada Jumcaha ee Usbuucii mar ah, iyo Soonka oo Bisha Ramadaan oo Sanadkii mar ah lagu dhaafo dambiyada yaryar waana shardi in laga fogaado dambiyada waa weyn. Dambiyada waaweyn sida Sinada iyo Khamri cabida laguma dhaafo towbo maahee.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Dambiyada waxaa ka mida kuwo yaryar iyo kuwo waaweyn.
 Dambiyada yaryar dhaafidooda waxaa u shardi ah in laga fogaado dambiyada waaweyn.
 Danbiyada waaweyni waa dambiyada ay ku soo aroortay Xad Aduunka ah ama loogu goodiyey in Aakhiro la cadaabayo, ama Ilaahay u caroonaya, ama ku soo aroortay hanjabaad ama la lacnadayo kan ficilka sameeyey sida sinada iyo khamri cabida.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Iga gudbiya aniga kulay aayad ku tahay, reer Banii Israa'iilna ka sheekaya dhib kuma jiree, qofka si kas ah iigu been abuurta ha u diyaar noqodo booskuu naarta ka fariisan lahaa</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Camar waxaa laga wariyey Allaha ka raali ahaado isaga iyo Aabihiye Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu yiri: "Iga gudbiya aniga kulay aayad ku tahay, reer Banii Israa'iilna ka sheekaya dhib kuma jiree, qofka si kas ah iigu been abuurta ha u diyaar noqodo booskuu naarta ka fariisan lahaa".</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu amrayaa in cilmiga Kitaabka iyo Sunada laga gaar siiyo dadka, in yarba ha ahaadee sida Aayad Quraana ama hal Xadiis, waxaana shardi ah inuu yaqaan wuxuu gaarsiinaayo oo uu dadka ugu yeerayo. Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu cadeeyey inaan dhib ku jirin ka sheekaynta reer Banii Israa'iil wixii ku dhacay ee ay soo mareen waase wixii aan Diinteena ka hor imaaneyn. Nabigu nabadgelyo iyo naxarasiis Allaha siiyee ka dib wuxuu ka digay Qofkii si kas ah ugu been abuurta inuu Naarta ka diyaarsado Guri.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Waxaa la is jeclaysiinayaa gudbinta Shareecada Ilaahay, Qofkana waxaa laga rabaa inuu guto wuxuu xafiday ee uu fahmay haba yaraatee.
 Waa waajib in Cilmiga Sharciga ah la raadiyo oo la barto, si Qofka ay ugu suuro gasho inuu Ilaahay uu caabudo oo Diinta Ilaahay si saxa u gaarsiiyo.
 Waxaa waajib ah in la hubiyo sugnaanta Xadiis kasta intaan la faafin ama dadka la gaarsiin, taasoo ah digtooni laga qabo inaan la soo galin goodigaas adag.
 Waxaa la isku boorinayaa in hadalka run laga sheego lagana foojignaado tabinta warka, si aan loogu dhicin beenta, gaar ahaana markay tahay xaga Diinta Ilaahay casa wajala.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3686</t>
   </si>
   <si>
-    <t>دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ</t>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>itus camal aan sameeyo oo janada aan ku galo, wuxuu ku yiri -Rasuulku-: 
 Ilaahay ayaad caabudin waxbana la wadaajin maysid cibaadadiisa, salaadaha faralka ahna waad oogin, sakada waajibka ahna waad bixin, ramadaankana waad soomin</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha karaali ahaadee-waxaa laga wariyey inuu yiri: Nin reer baadiye ah ayaa u yimid Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- wuxuuna ku yiri:  itus camal aan sameeyo oo janada aan ku galo, wuxuu ku yiri -Rasuulku-: 
 Ilaahay ayaad caabudin waxbana la wadaajin maysid cibaadadiisa, salaadaha faralka ahna waad oogin, sakada waajibka ahna waad bixin, ramadaankana waad soomin", wuxuu yiri-ninkii-:Allaha naftaydu gacantiisa ku jirtaan ku dhaartee intaa waxba ku darimaayo, markuu dhaqaaqay ayuu Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- yiri: "qofka ku farxaya inuu arko nin Ehlu janaha ka mid ah ninkan ha eego."</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
     <t>Nin reer miyi ah ayaa u yimid Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- si uu ugu sheego camal uu janada ku galo. wuxuu ugu jawaabay Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- janada oo la galo iyo naartoo laga bad-baado waxay ku xiran tahay arkaanta Islaamka oo la guto, taasoo ah Ilaahay keligi in la caabudo,  oo aan cid kale  loogu shariig yeelin. Waa inaad gudato salaadaha shanta ah ee Ilaahay adoomadiisa ku waajibiyey habeenkii iyo maalintii. Waa inaad bixisaa sakada xoolaha Ilaahay kugu waajibiyey, oo aad siiso kuwa xaqa u leh. Waa inaad ilaalisaa Bisha Ramadaan soonkeeda waqtigeedana soontaa. Ninkii ayaa yiri Allaha naftaydu gacantiisa ku jirtaan ku dhaartee camalkaa la faral yeelay ee aan kaa maqlay wax kale oo cibaado ah ku dari maayo, kana nusqaamin maayo. markuu ninkii dhaqaaqay ayuu Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- yiri: qofka ay farxad galinayso inuu arko nin Ehlu janado ah ha arko ninkan reer baadiyaha ah.</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Ilaahay oo cibaadada loo kali yeelo waa shayga ugu horeeya ee dacwda Ilaahay laga bilaabo.
 Waa in lagu gaabsado in la baro waajibaadka qofka Islaamka ku cusub.
 Dacwada Ilaahay ee dadka loogu yeerayo waa in tartiib tartiib dadka loo galiyaa.
 Ninku wuxuu ku dadaalay inuu barto arinka Diiniisa.
 Qofka muslimka ah haduu ku gaabsado cibaadada waajibka ah wuu liibaanayaa, laakiin taasi kama dhigna inuu fududaystay oo ka hawl yaraysto cibaadada sunaha, waayo sanaha wuxuu buuxiyaa naqsiga faralka ku yimaada.
 Cibaadada qaarkeed oo si gaara loo xuso waxay tilmaan u tahay inay muhiim tahay oo la isku boorinaayo, mase aha taasi inaysan cibaado kale waajib ahayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3689</t>
   </si>
   <si>
-    <t>أَفْلَحَ إِنْ صَدَقَ</t>
+    <t>أفلح إن صدق</t>
   </si>
   <si>
     <t>wuu liibaanay haduu ka run sheego</t>
   </si>
   <si>
     <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
   </si>
   <si>
     <t>Dalxa Binu Cubaydu Allaahi Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee nin reer Najdi ah ayaa u yimid oo Madax basaasan,  oo aan maqlaynay Codkiisa weyn, oo aanan fahmayn wuxuu sheegaayo ilaa uu u soo dhawaaday Rasuulka nabadgelyo iyo naxariis Allaha siiyee, waaba isagoo Islaamka wax ka waydiinaya, wuxuu yiri Rasuulku nabadgelyo iyo naxariis Allaha siiyee: "Salaado Shan ah Maalintii iyo Habeenkii" wuxuu yiri: waxaan iyaga ahayn miyaa igu waajiba? wuxuu ku yiri: "maya, adigoo Suno tukada maahee, iyo Soonka Bisha Ramadaan", wuxuu yiri: Soon kale ma la igu leeyahay? wuxuu ku yiri: "maya, adigo Suno Sooma maahee, wuxuuna u sheegay Rasuulku Sakada, wuxuu yiri wax kale-oo Sako ah- ma la igu leeyahay? wuxuu ugu Jawaabay: "maya, adigo Sadaqada badsada maahee", wuxuu yiri -Dalxa-: ninkii waa islaabay oo dhaqaaqay, isagoo dhahaya: Ilaahay ayaan ku dhaartee intaa waxna ku darimaayo waxna ka dhimi maayo, Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee ayaa yiri: "wuu liibaanay haduu ka run sheego".</t>
   </si>
   <si>
     <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
 فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
 فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
 فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
 ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
 فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
 فقال: لا، إلا أن تتطوّع بصوم. 
 ثم ذكر له صلى الله عليه وسلم الزكاة.
 فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
 قال: لا، إلا أن تتطوّع. 
 وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
   </si>
   <si>
     <t>Nin reer Najdi ah ayaa u yimid Rasuulka nabadgelyo iyo naxariis Allaha siiyee ninkaasoo Timo basaasan lahaa, Codkiisuna aad u dheeraa, wuxuu sheegayana aan la fahmayn ilaa uu Rasuulka u soo dhawaaday, wuxuuna wax ka waydiiyey arkaanta Islaamka?.
@@ -3921,1076 +3950,1049 @@
   </si>
   <si>
     <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
 حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
 البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
 الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
 أهمية هذه الأعمال وأنها من أركان الإسلام.
 صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
 بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku cad wanaaga Shareecada Islaamka iyo inay u khafiifisay waajibaadka dadka la saaray.
 Xadiiska waxaa ku cad dhaqan wanaaga Rasuulku uu kula dhaqmay ninkaa, wuxuu  suura geliyey inuu u soo dhawaado, wuxuu wax ka weydiiyo Diinta.
 Dacwada Ilaahay waxaa muhiim u ah in lagu bilaabo umuuruhu sidey u kala muhiimsan yihiin.
 Islaamku waa caqiido iyo camal, wax ma tarayo camal bilaa iimaan ah, waxna anficimaayo iimaan bilaa camal ahi.
 Muhimada ay leeyihiin camaladaani waxayna ka mid yihiin Arkaanta Islaamka.
 Salaada Jumcadu waxay soogalaysaa Salaadaha Shanta ah ee waajibka ah, waayo waxay badal ka tahay Salaadii Duhurka ee Maalinta Jumcada ciday ku waajibtay.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku bilaabay wax u sheegida siday u kala muhimsan yihiin waajibaadka Islaamku oo ah Arkaanta Islaamka marka laga tago Mhahaadataynka, waayo muslim buu ahaa ninku, Xajka lama xusin, waxayna ahayd intaan la farad yeelin ama waqtigiisii ayaan la gaarin.
 Haduu Qofku ku gaabsado waajibaadka Shareecada oo kali ah wuu ku liibaanayaa, laakiin taas loogama jeedo in Sunaha uusan la imaan karin, waayo waajibaadka Sunaha ayaa dhamaystira Maalinta Qiyaamaha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3700</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>Wixii ku dhaca Muslimka ee ah Rafaad ,Daal, Hami, Murug, Uur ku taalo iyo Dhibaato, xataa Qodaxda mudaysa, Ilaahay danbigiisuu ugu dhaafaa</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Abii Saciid Alkhudriyi iyo Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey Nabiga nabadgelyo iyo naxariis Allaha siiyee  inuu yiri: " Wixii ku dhaca Muslimka ee ah Rafaad ,Daal, Hami, Murug, Uur ku taalo iyo Dhibaato, xataa Qodaxda mudaysa, Ilaahay danbigiisuu ugu dhaafaa".</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Wuxuu Rasuulku nabadgelyo iyo naxariis Allaha siiyee cadeeyey waxa soo gaaraya Muslimka ee Jiro, Murugo, Walba haar iyo Dhibaatooyin kale ah sida: Cabsida, Gaajada, xataa Qodaxda mudaysa ee xanuujisa, waxaasoo dhan kafaara gud ayey u noqonayaan, Ilaahayna dambiyadiisuu kaga dhaafayaa.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan cadaynta fadliga Ilaahay siiyey Adoomadiisa Muuminiinta ah iyo siduu ugu  naxariistay uguna danbi dhaafay dhibka ugu yar ee soo gaaray.
 Waxaa ku haboon Muuminku inuu Ilaahay kaga  ajar dalbo wixii dhib ah ee ku dhaca kuna sabro wixii yar ama weyn ee ku dhaca si ay ugu noqoto mid darajadiisa kor u qaada danbigana looga dhaafo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Naarta waxaa lagu wareejiyey shahawaat, Janadana waxaa lagu wareejiyey  wax  naftu kahanayso</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey Rasuulka Ilaahay nabadgelyo iyo naxarasiis Allaha siiyee inuu yiri: "Naarta waxaa lagu wareejiyey shahawaat, Janadana waxaa lagu wareejiyey  wax  naftu kahanayso".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu cadeeyey in Naarta lagu hareereeyey waxyaabaha naftu jeceshahay ee xaaraanta ah iyo waajibaadka oo laga gaabiyo. Qofka Naftiisa raacsiiya hawadeeda wuxuu ku helayaa Naarta. Janada waxaa lagu wareejiyey waxyaabaha naftu dhibsato, sida joogtaynta wixii Ilaahay amray, iyo ka tagida xaaraanta iyo arinkaas oo lagu sabro, haduu Qofku Naftiisa ku jihaado wuxuu ku helayaa Janada.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Sababaha loogu dhoco shahawaadka waxaa ka mida in shaydaanku u qurxiyo Munkarka iyo waxa xun, ilaa ay naftu u aragto wax wanaagsan oo ay u leexato.
 Waxaa la farayaa dadku inay ka fogaadaan shahawaadka xaaraanta ah, waayo waa dariiq Naarta geynaaya, waxa kaloo la is farayaa in lagu sabro khayrka ay naftu dhibsato, waayo waa dariiqa Janada geynaaya.
 Xadiiska waxaa ku sugan Fadliga uu leeyahay Nafta oo lala jihaado iyo cibaadada oo lagu dadaalo oo lagu sabro waxa naftu nacayso iyo mashaqada cibaadada ku xeeran.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Muslimku xaga uu ku leeyahay Mlimka kale waa shan: salaanta oo la radiyo, bukaanka oo la booqdo, Janaasada oo la raaco, u yeerida oo la ajiibo iyo markuu hindhiso oo loo duceeyo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: waxaan ka maqalay Rasuulka Ilaahay nabadgelyo iyo naxarasiis Allaha siiyee isagoo dhahaya: "Muslimku xaga uu ku leeyahay Mlimka kale waa shan: salaanta oo la radiyo, bukaanka oo la booqdo, Janaasada oo la raaco, u yeerida oo la ajiibo iyo markuu hindhiso oo loo duceeyo".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu cadeeyey wax ka mida xuquuqda Muslimku ku leeyahay Walaalkiisa Muslimka ah. Xaqa ugu horeeya waa salaanta oo laga radiyo cidii ku salaanta.
 Xaqa labaad: waa booqashada Qofka jiran iyo siyaaradiisa.
 Xaqa seddexaad: waa Janaasada raacideeda laga bilaabo Gurigiisa ilaa meesha lagula tukanaayo ilaa Qabriga ilaa laga aaso.
 Xaqa afraad: waa in la ajiibo u yeerida haduu ugu yeero casuumad Guur iyo qayrkeedba.
 Xaqa shanaad: waa in loo duceeyo markuu hindhiso oo uu yiraaho Alxamdu lilaah, oo lagu dhoho: yarxamuka Allaah, ka dib kan hindhisay uu yiraahdo: yahdiikumu Allaah wa yuslix baalakum.</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan weynida Islaamku inay ka muuqato siduu u adkeeyey xuquuqda u dhaxaysa Muslimiinta iyo xoojinta Walaaltinimada iyo is jacaylka u dhexeeya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3706</t>
   </si>
   <si>
-    <t>خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ</t>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>Maalin Qoraxi soo baxdo waxaa ugu khayr badan Maalinta Jimcaha</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee waxaa laga wariyey in Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Maalin Qoraxi soo baxdo waxaa ugu khayr badan Maalinta Jimcaha, iyadaa Aadam la abuuray, iyadaana Janada la geliyey, iyadaana laga soo saaray, Qiyaamuhuna dhicimaayo Maalin aan  Jimce ahayn".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Maalin Qoraxi soo baxdo Maalinta Jimcuhu ugu khayr badan yahay. Sifooyinkiisa waxaa ka mida: inuu Ilaahay abuuray Nabi Aadam-nabadi korkiisa ha ahaatee-, isla jimcahana janada la galiyey, jimcena laga saaray oo dhulka loo soo dajiyey, qiyaamuhuna ma dhacayo maalin aan jimce ahayn.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>xadiiskaan waxaa ku cad fadliga maalinta jimcuhu dheer yahay maalmaha kale ee usbuuca.
 Xadiiskaan waxaa ku jira in la isku booriyo in la badsado camalka saalixa ah maalinta jimcaha, loona diyaar garoobo in la helo naxariista Ilaahay, la iskana fogeeyo ciqaabka Ilaahay.
 Sifooyinkaan maalinta jimcaha ay leedahay ee lagu suxay xadiiskaan waxaa la yiri: maaha fadli gaara ee jimcuhu leeyahay, waayo Adam oo Jano laga soo saaray iyo dhicida qiyaamuhu laguma tirin karo fadli, waxaa kaloo la yiri: dhamaantood waa fadaa'il, Adam bixida uu ka soo baxay janada waxay sabab u noqotay jiritaanka Aadanahan kownka buuxiyey, ee Rusul, Nabiyo iyo saalixiinba ku jiraan, dhicitaanka qiyaamuhuna waa sabab lagu dedejinaayo abaal marinta saalixiinta iyo inay helaan abaal marinta fiican ee Ilaahay u diyaariyey.
 Waxaa la sheegay maalinta jimcuhu inay leedahay sifooyin aan ahayn kuwa ruwaayadaan lagu sheegay, waxaa ka mida: in Nabi Aadan laga towbo aqbalay jimce, lana oofsaday jimce, waxaa ku jira jimcaha saacad hadii qof muumin ahi la kulmo isagoo tukanaya Ilaahay siinaayo wixii uu waydiisto.
 Sanadka maalmihiisa waxaa ugu fadli badan maalinta carafa, waxa kaloo la yiri: maalinta ciidul-adxa, maalmaha usbuuca waxaa ugu fali badan maalinta jimcaha, habeenadana waxaa ugu fadli badan habeenka Laylatul-qadriga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3711</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Allaha u naxariisto nin wanaag badan haduu wax iibinaayo, haduu wax soo gadanaayo, iyo haduu gar naqsanaayoba</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Jaabir Allaha ka raali ahaade waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Allaha u naxariisto nin wanaag badan haduu wax iibinaayo, haduu wax soo gadanaayo, iyo haduu gar naqsanaayoba".</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu Raxmad ugu duceeyey Qof kastoo Sahlan oo Deeqsiya oo Sakhi ah markuu wax iibinaayo. Kuma adkeeyo sicirka Qofka wax ka iibsanaya, wuxuuna kula dhaqmaa akhlaaq fiican. waa Qof Sahlan oo Deeqsi ah oo Sakhi ah oo markuu wax iibsanayo ma bakhso mana yareeyo qiimaha Badeecada. Waa Qof Sahlan oo Deeqsi ah oo Sakhi ah markuu dayntiisa, waydiisanayo, kuma adkeeyo Faqiirka iyo kan Baahan, balse wuxuu u waydiiyaa si fudud oo naxariisi ku jirto, wuuna ka sugaa kaan haysan.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Ujeedooyinka Shareecada Islaamka waxaa ka mid ah: ilaalinta danaha wanaagsan iyo xiriirka u dhexeeya dadka.
 waxaa la is jeclaysiinayaa in dadka  lagula dhaqmo akhlaaqda sare marka wax la kala iibsanayo iyo marka wax la soo iibsanaayo iyo wixii la midaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3716</t>
   </si>
   <si>
-    <t>رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ</t>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>Sankiisu ha booroobo (haddulloobo), sankiisu ha booroobo, sankiisu ha booroobo", waxaa lagu yiri: waa kee? Rasuulkii Ilaahayow wuxuu yiri: "waa qofka soo gaara labadiisa waalid iyagoo gaboobay, midkood ama labadaba ee aan janada galin</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha ka raali ahaadee- wuxuu Rasuulka ka wariyey -naxariis iyo nabadi korkiisa ha ahaatee- inuu yiri: "Sankiisu ha booroobo (haddulloobo), sankiisu ha booroobo, sankiisu ha booroobo", waxaa lagu yiri: waa kee? Rasuulkii Ilaahayow wuxuu yiri: "waa qofka soo gaara labadiisa waalid iyagoo gaboobay, midkood ama labadaba ee aan janada galin".</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Wuxuu ku habaaray Nabigu-naxariis iyo nabadi korkiisa ha ahaatee -duli iyo ceeb heer uu sankiisa ciida galiyo-saddex jeer buu ku cel-celiyey- markaasaa la waydiiyey: waa kee kan aad habaartay Rasuulkii Ilaahayow?
 Nabigu wuxuu yiri -naxariis iyo nabadi korkiisa ha ahaate-: waa qofka soo gaara labadiisa waalid oo gaboobay-midkood ama labadoodaba- ee ay sabab ugu noqon waayaan inuu janada galo, sababtoo ah uma uu ixsaan falin waana ku caasiyoobay.</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Waa waajib in baari loo noqdo labada waalid, waxayna ka mid tahay asbaabta janada lagu galo, gaar ahaan markay gaboobaan ama ay taag daran yihiin.
 Waalidka in lagu caasiyo waxay ka mid tahay  dambiyada waaweyn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3718</t>
   </si>
   <si>
-    <t>سَبَقَ الْمُفَرِّدُونَ</t>
+    <t>سبق المفردون</t>
   </si>
   <si>
     <t>sabaqal mufariduun way hor mareen kuwa Ilaahay xusa</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha ka raali ahaadee-wuxuu yiri: Rasuulka -naxariis iyo nabadi korkiisa ha ahaatee- ayaa marayey dariiqa makka, wuxuu maray buur la dhoho Jumdaan, wuxuu yiri: "socda kani waa jumdaane,  sabaqal mufariduun way hor mareen kuwa Ilaahay xusa" waxay dheheen: mufaridiintu waa maxay Rasuulka Ilaahayow? wuxuu yiri: "waa raga iyo dumarka xuska Ilaahay badiya".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu cadeeyey mansilada ay joogaan kuwa Ilaahay xuskiisa badiya, taasoo ah inay kaligood noqdeen oo qayrkood kaga hormareen darajooyin sare oo janada ah, wuxuuna ku shabahay buurta jumdaan ee ka duwan buuraha kale.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Waxaa sune ah in la badiyo laguna mashquulo xuska Ilaahay, waayo tartanka aakhiro waa sida loo kala cibaado badan yahay, iyo in cibaadada Ilaahay loo khaalis yeelo.
 Ilaahay waxaa lagu xusaa carabka oo keliya, ama qalbiga oo keliya, ama carabka iyo qalbiga oo wada socda, waana darajada ugu saraysa.
 Xuska Ilaahay waxaa ka mid ah adkaar cibaado kale ku xiran, sida adkaarta subixii iyo  galabtii, iyo adkaarta ka dambaysa salaadaha faralka ah iyo qayrkoodba.
 Imaam Nawawi wuxuu yiri: ogow fadliga adkaartu kuma koobna tasbiixda, taxmiida (alxamdu lilaah), takbiirta (Allaahu akbar) iyo wixii la mida, balse qofkasta oo Ilaahay darti cibaado u sameeya Ilaahay ayuu xusay.
 Ilaahay oo la xuso waa asbaabta ugu weyn ee sugnaanta qalbiga lagu helo, Ilaahay wuxuu yiri: {kuwa Ilaahay rumeeyow, hadii aad qolo la diridhaan sugnaada, oo in badan, Ilaahay xusa waxaad mudan tihiin inaad guulaysataane.} [ Anfal:45]
 Isku ekeysiinta ka dhexeeya kuwa Alle xusa iyo buurta Jumdaan waa keli ahaanshaha ama gooni ahaanshaha ay buurta jumdaan keligeed buuraha cidlo kaga taal, waa sidaa kuwa Alle xusaana xuska Alle ayey keli ku yihiin, midka la keliyoobay waa midka uu la keliyoobay qalbigiisu iyo carrabkiisuba xuska Rabbigii, xataa hadduu dadla joogo, waa midka xuska Alle weheshada waqtiyada uu cidlaysto, ee cidlada dareema markay dadku kubataan, waxuu noqon karaa xagga isku ekaan shohoogu inuu xusku yahay sababta ku sugnaashaha iyo ku xasilitaanka diinta, sidaasoo kale buuruhuna waa sababta sugnaashaha dhulka, ama waxuu noqonayaa ku hormarida kheyraadka dunida dusheeda iyo aakhiraba isagoo socdaal ka ah Madiina una socda Makka haduu soo gaadho buurta Jamdaan oo astaan u ah inuu soo gaadhey Makka, midka halka soo gaadhana waa mid kasoo hormarey, sidoo kale xuska Alle ayuu midkasu kaga horeyn inta kale dadkabadnaanta xuska Alle ee uu ku sugan yahay dartii, Alle ayaa u aqoon badan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3719</t>
   </si>
   <si>
-    <t>عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً</t>
-[...2 lines deleted...]
-    <t>"Ilaahay darti sujuuda u badi, sujuud kasta oo aad Ilaahay u sujuudid darajo ayuu kor kuugu qaadin dambina wuu kaaga dhaafin</t>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
+  </si>
+  <si>
+    <t>Ilaahay darti sujuuda u badi, sujuud kasta oo aad Ilaahay u sujuudid darajo ayuu kor kuugu qaadin dambina wuu kaaga dhaafin</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>Macdaan Binu Abii Dalxa Alyacmari -Allaha ka raali ahaadee-wuxuu yiri: Waxaan la kulmay Thowbaan oo ah mawlihii (adeegihii) Rasuulka (kii Nabigu xoreeyey), waxaan ku iri: ii sheeg camal aan falo oo Ilaahay janada igu geliyo? ama wuxuu yiri: waxaan ku iri: camalka Ilaahay ugu jecel yahay, wuu aamusay. hadana waan weydiiyey wuu aamusay. mar saddexaad baan weydiiyey wuxuuna yiri: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- ayaan weydiiyey su'aashaa, wuxuuna yiri:  "Ilaahay darti sujuuda u badi, sujuud kasta oo aad Ilaahay u sujuudid darajo ayuu kor kuugu qaadin dambina wuu kaaga dhaafin" wuxuu yiri Macdaan: hadana waxaan la kulmay Abu dardaa waxaana weydiyey -su'aashaas- wuxuuna igu yiri: sidii Thowbaan ii sheegay oo kale.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Nabiga -naxariis iyo nabadi korkiisa ha ahaatee -ayaa la weydiiyey camal sabab u noqonaya galitaanka janada, ama camalka Ilaahay ugu jecel yahay?
 Wuxuu ku yiri -naxariis iyo nabadi korkiisa ha ahaatee -ninkii su'aasha weydiiyey: joogtee inaad badsato sujuuda salaada dhexdeeda, sujuud kasta oo aad Ilaahay u sujuudid darajo ayuu kor kuugu qaadin, dambina wuu kaaga dhaafin.</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Qofka muslimka waxaa lagu boorinayaa inuu ku dadaalo salaada faral iyo sunaba, sujuuda ku jirta awgeed.
 Xadiiska waxaa ku cad fahamka asaxaabta iyo inay cilmi u lahaayeen inaan janada lagu helayn -naxariista Ilaahay ka dib- hadii aan la camal falan.
 Sujuudu waa  asbaabta ugu wayn ee darajada kor loogu qaado, dambiyadana lagu dhaafo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3732</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ</t>
+    <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Ummaddayda dhamanteed waa laga cafin dambiyada kuwa xumaanta muujista maahee</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee ayaan ka maqlay isagoo dhahaya: "Ummaddayda dhamanteed waa laga cafin dambiyada kuwa xumaanta muujista maahee, Qofku inuu danbi muujisto waxaa ka mida in ninku habeenkii danbi sameeyo oo waagu markuu  u beryo isagoo Ilaahay asturay  oranaaya waar hebelow shalay waxaan suubiyey caykaas iyo caankaas Xalayna wuxuu baryey isagoo Rabigi asturay, wuxuuna waabariistay isagoo asturkii Ilaahay iska faydeya.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-wuxuu cadeeyey Qofka Muslimka ah, ee dambaaba waxaa loo rajaynayaa cafinta Ilaahay iyo dambi dhaafkiisa, marka laga reebo midka cadaysta macsida oo ku faanaya si xishood la`aana, kaasi ma mudna in la cafiyo, isagoo habeenkii macsida suubiyey ayaa waagu u baryaa isagoo Ilaahay asturay, isagaase cid kale uga sheekeeya inuu  macsi  sameeyey shalay, Ilaahay ayaa habeenkii asturay, subuxiina isagaa iska qaaday asturkii Ilaahay!!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku cad xumaanta ay leedahay macsida oo la muujisto markuu Ilaahay asturay  ka dib.
 Macsida oo la cadaysto waxaa ku sugan faaxishada oo ku faafta Muminiinta dhexdooda.
 Qofka Ilaahay  Aduunka ku asturay Aakhirana wuu ku asturayaa, taasina waa naxariista Ilaahay ee balaaran ee uu Adoomadiisa siiyey.
 Qofka lagu ibtileeyo macsi waa inuu naftiisa asturo, Ilaahayna u towbo keeno.
 Dambi wayn bay leeyihiin kuwa muujista macsida ee u qasda inay macsida cadaystaan, waxay is dhaafinayaan dambi dhaafka Ilaahay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3756</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Maaha Qofka Qaraabada xiriiriya midka marka la xiriiriyo uun Qaraabada xiriiriya, laakiin kan Qaraabada xiriiriyaa waa midka marka Qaraabadiisu goyso xiriiriya</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Cabdulaahi Binu Camar Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Maaha Qofka Qaraabada xiriiriya midka marka la xiriiriyo uun Qaraabada xiriiriya, laakiin kan Qaraabada xiriiriyaa waa midka marka Qaraabadiisu goyso xiriiriya".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay: In Qofka buuxiyey xiriirinta Qaraabada oo wanaajiyaa maahan  Qofka ixsaanka ku bixiya ixsaan. Balse kan dhab ahaan u xiriiriya ee si buuxda Qaraabada u xiriiriya waa kan hadii Qaraabadu goyso xiriiriya, hadii ay xumeeyaana u ixsaan fala.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Xiriirinta Qaraabada ee Sharci ahaan loo ictibaariyaa waa inaad xiriiriso Qofka ku gooya, oo aad cafido kan ku dulma, oo aad siiso kan kuu diida, ee ma aha xiriirku mid ku salaysan wax is dhaafsi iyo is abaal marin.
 Xiriirinta Qaraabadu waa inaad gaarsiiso intii aad  awoodo oo khayra, sida maalka, ducada, farida wanaaga, xumo ka reebida iyo wixii kale ee la mida, iyo ka difaacida wixii Shar ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/3854</t>
   </si>
   <si>
-    <t>فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا</t>
+    <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>ee maxaan kugula mubaayacoonaa? wuxuu yiri: "inaad Ilaahay caabudaan, wax kalena aydaan la caabudin, iyo salaadaha shanta ah, oo aad adeecdaan-hadal yar buu hoos u dhigay-dadkana waxba ha waydiisanina</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Abii Muslim Alkhawlaani waxaa laga wariyey inuu yiri: waxaa ii waramay Xabiibkii Aaminka ahaa, isgu waa midaan jeclahay, oo isagu waa ka aamin xagayga, Cawf Binu Maalik Alashjaciye-Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan la joognay Rasuulka nabadgelyo iyo naxariis Allaha siiyee anagoo sagaal ama sideed ama todoba ah, wuxuuna yiri: " miyeydaan la mubaayacoonayn Rasuulka Ilaahay?" waxaan ahayn kuwo ku cusub baycada, waxaan niri: waanu kula mubaayacoonay Rasuulka Ilaahayow, ka dib wuxuu yiri: "miyeydaan la mubaayacoonayn Rasuulka Ilaahay?" wuxuu yiri: gacmahayagaan fidinay, waxaana aan niri: waan kula mubaayacoonay Rasuul Ilaahayow,  ee maxaan kugula mubaayacoonaa? wuxuu yiri: "inaad Ilaahay caabudaan, wax kalena aydaan la caabudin, iyo salaadaha shanta ah, oo aad adeecdaan-hadal yar buu hoos u dhigay-dadkana waxba ha waydiisanina" xaqiiqo ahaan waxaan arkay kuwaa qaarkood oo markuu jeedalku ka dhoco aan waydiisanayn qof u soo dhiiba.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- isagoo la jooga qaar asxaabtiisa ka mida ayuu waydiiyey sadex jeer inay la mubaayacoodaan oo balan kula galaan inay dhawr arimood ku dhaganaadaan.
 mida 1aad: inay Ilaahay kaligi ay caabudaan, iyagoo u hogaan samaya amaradiisa, kana fogaanaya wixii uu ka reebay, cid kalena cibaadadiisa aanay la wadaajin.
 mida 2aad: inay oogaan salaadaha shanta ah, ee Ilaahay faral yeelay maalinta iyo habeenka.
 mida 3aad: In la maqlo oo wanaaga lagu adeeco qofka loo dhiibo talada Muslimiinta.
 mida 4aad: baahidooda oo ay Ilaahay keligi u sheegtaan, oo aanay dadka waxba waydiisan, Nabigu-naxariis iyo nabadi korkiisa ha ahaatee-codkiisa hoos ayuu u dhigay.
 wayna ku camal faleen asaxaabtu wixii ay Nabiga kula mubaayacoodeen, ilaa uu raawiga xadiisku yiri: waxaan arkay asaxaabtii uu Nabigu scw la mubaayacooday oo haduu midkood jeedalku ka dhoco aan cidna waydiisanayn inay u soo qaadaan, ee isagu soo dagayo oo qaadanayo jeedalkiisa.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>waxaa dadka lagu boorinayaa inay ka iska daayaan baryada dadka, iyo in dadka wax waydiintooda laga kaaftoomo xataa wax yarba ha ahaatee.
 Su'aasha la reebay waa mida ku saabsan: arin aduunyo, oo su'aashu makhusayso wixii diin iyo aqoon kororsi ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4176</t>
   </si>
   <si>
-    <t>إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا</t>
-[...57 lines deleted...]
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Qofkii daynta ka suga Qofka Saboolka ah, ama ka dhaafa, Ilaahay wuxu hariyaa hooska Carshigiisa Maalinta Qiyaame ee harkiisa mooyee aan har kale jirin</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: Qofkii daynta ka suga Qofka Saboolka ah, ama ka dhaafa, Ilaahay wuxu hariyaa hooska Carshigiisa Maalinta Qiyaame ee harkiisa mooyee aan har kale jirin.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in qofka u kaadiya kan daynta qaba ama ka cafiya daynta, waxaa lagu abaal mariyaa in Ilaahay hariyo hooska Carshigiisa Maalinta Qiyaame Maalintaaso  Qoraxdu u soo dhawaanayso Adoomada Madaxooda oo kulaylkeedu aad u daran yahay. Maanlintaa Qofna ma helaayo hoos Qof Ilaahay hoos siiyo mooyee.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Fadliga iyo fududaynta Ilaahay siiyey Adoomadiisa waxay ka mid tahay asbaabta looga nabad gelaayo kadeedka Maalinta Qiyaamaha.
 Abaal marintu waxay noqotaa  nooca camalka la qabtay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Qofka u sooma Ramadaanka iimaan ahaan iyo ajar doon ahaan waa loo dhaafaa dambigiisii hore</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka u sooma Ramadaanka iimaan ahaan iyo ajar doon ahaan waa loo dhaafaa dambigiisii hore".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofka sooma Bisha Ramadaan isagoo Ilaahay qirsan oo rumaysan waajibnimada Ramadaanka iyo ajarka iyo abaalka wayn ee Ilaahay u diyaariyey dadka sooman, Ilaahay dartina ula jeeda oo aysan ka ahayn is tustus iyo ha lagu maqlo, waa loo dhaafaa dambiyadiisii hore.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan Ikhlaaska fadligiisa iyo muhimada uu u leeyahay Soonka Ramadaanka iyo Acmaasha kale ee Saalixa ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ</t>
+    <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>Qofka tukada labada salaadood ee qabaw janaduu galayaaa</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Abuu Muusa Alashcari-Allaha ka raali ahaadee- wuxuu Rasuulka ka wariyey-naxariis iyo nabadi korkiisa ha ahaate- inuu yiri: "Qofka tukada labada salaadood ee qabaw janaduu galayaaa."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Wuxuu Nabigu ku booriyey dadku inay ku dadaalaan salaada labada qabaw ee ah salaada fajarka iyo casarka, wuxuuna ugu bishaareeyey qofka labadaa salaadood xaqooda ula yimaada ee ilaaliya waqtigooda, jamaacana ku tukada, waxay sabab ugu noqdaan janada galideeda.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku cad fadliga salaada fajarka iyo casarka, waayo fajarku waa waqtiga hurdadu ugu macaan tahay,  casarkuna wuxuu ku beegan yahay waqti dadku ku mashquul yahay shaqadiisa, qofka labadaa salaadood ilaaliya waa hubaal inuu kuwa kalana ilaalinaayo.
 Salaada fajarka iyo casarka waxaa lagu magacaabay labada qabaw, waayo salaada subax waxaa jooga qabawga habeenka, salaada casarna waxaa jooga qabowga maalintii inkasta oo ay tahay waqti kulul waxayse ka qabowdahay waqtigii ka horeeyey ama waxaa loogu magacaabay in magacu qaalib ka noqday sida loo yiraahdo qoraxda iyo dayaxa: Alqamaraan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4198</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Qofkii habeenka Laylatul Qadarka Salaatu Layl u istaaga isagoo  rumaysan oo ajar doon ah waa loo dhaafaa dambigiisii hore</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: Qofkii habeenka Laylatul Qadarka Salaatu Layl u istaaga isagoo  rumaysan oo ajar doon ah waa loo dhaafaa dambigiisii hore.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay fadliga Habeenka Laylatul Qadrigu leeyahay, Habeen kaasoo ku jira tobanka u dambeeya Ramadaanka, Qofka Habeenkaa ku dadaala Salaada, ducada, akhrinta Qur'aanka, xuska Ilaahay, isagoo rumaysan Habeenkaa iyo fadligiisa, oo ka rajaynaya camalkiisaa in Ilaahay ajar ka siinaayo, ee aan ula jeedin is tustus iyo ha lugu maqlo, waxaa loo dhaafaa dambigiisii hore.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan Habeenka Laylatul Qadriga fadligiisa, iyo dadka oo lagu dhiiri galiyo inay Salaad u istaagaan.
 Camalka suuban lama aqbalo in Niyo run ah la jirto maahee.
 Ilaahay fadligiisa iyo naxariistiisa Qofka Habeenka Laylatul Qadriga u istaaga Salaad isagoo rumaysan oo ajar doon ah waa loo dhaafaa dambigiisii hore.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Qofkii Ilaahay khayr la doono wuu asiibaa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofkii Ilaahay khayr la doono wuu asiibaa."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay haduu la doono khayr Qof Adoomadiisa Muuminiinta ah, wuxuu itaxaan kaga rido xaga Naftooda, Maalkooda, Ehelkooda,  Muumniintu waxay ka helayaan arinkaa inay Ilaahay magan galaan oo baryaan  iyo in loo danbi dhaafo darajadoodana kor loo qaado.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Qofka Muuminka ah waxaa lagu itaxaamaa balaayo kala duwan.
 itaxaanka Muuminku marayo wuxuu  calaamad u noqon karaa  in Ilaahay jecel yahay Adoonkiisa, oo darajadiisa kor u qaado,  oo maqaamkiisa kor u qaado, dambigiisana dhaafo.
 Waxaa la isku boorinayaa marka masiibo dhacdo in la sabro oo aan la argagixin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4204</t>
   </si>
   <si>
-    <t>المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ</t>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Qofka muslim ka ah marka lagu su'aalo qabriga dhexdiisa su'aalaha: wuxuu qirayaa shahaadateynka (Ashhadu allaa ilaaha ilaa Allaah wa ash hadu ana Maxamed Rasuulu Allaah</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Barraa Binu Caasib-Allaha ka raali ahaadee-wuxuu  Rasuulka ka wariyey inuu yiri: "Qofka muslim ka ah marka lagu su'aalo qabriga dhexdiisa su'aalaha: wuxuu qirayaa shahaadateynka (Ashhadu allaa ilaaha ilaa Allaah wa ash hadu ana Maxamed Rasuulu Allaah", waana hadalka Ilaahay yiri: {Ilaahay wuxuu ku sugayaa kuwa iimaanka leh hadalka xaqa ah ee sugan nolosha aduunka iyo mida aakhiroba} [ suurada ibraahim: 27].</t>
   </si>
   <si>
     <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
 فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Muuminka qabrigaa lagu waydiin su'aalo, labada malag oo wakiil looga dhigay ayaa weydiinaya su`aalaha waana Munkar iyo Nakiir, sida magacdoodu ugu soo arooray axaadiis dhowr ah, Wuxuu qirayaa Ashhadu allaa ilaaha ilaa Allaah wa anna Maxamed Rasuulu Allaah, Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- hadalka sugan ee Ilaahay sheegay waa kaas: {Ilaahay ayaa ku sugaya oo waafajinaya kuwa iimaanka leh, hadalka sugan nolosha aduunka iyo tan aakhiroba} [ suurada ibraahiim:27].</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>Su'aasha qabrigu waa xaq.
 Xadiiska waxaa ku cad fadliga Ilaahay siiyey muuminiinta aduunka iyo aakhiroba waayo Ilaahay wuxuu ku sugayaa hadalka sugan aduun iyo aakhiroba-.
 Fadli wayn ayey leedahay shahaadada towxiidka ah iyo in iyada lagu dhinto.
 Sugudiga Ilaahay ku sugayo muuminiinta aduunka waa inay iimaanka ku sugnaadaan, iyo inay raacaan jidka toosan, marka ay dhimanayaana ay ku dhintaan towxiidka, qabrigana ilaahay ku sugo marka labada malag su`aasha waydiinayaan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4206</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>waxaa la i faray inaan dadka la dagaalamo ilaa ay qirayaan in Ilaahay maahee  Ilaah kaloo xaq lagu caabudaa uusan jirin, Maxamadna Rasuulka  Ilaahay soo diray yahay, salaadana oogaan, sakadana bixiyaan</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Cumar -Allaha ka raali ahaadee- waxaa laga wariyey inuu  yiri: Rasuulka Ilaahay ayaa yiri: "waxaa la i faray inaan dadka la dagaalamo ilaa ay qirayaan in Ilaahay maahee  Ilaah kaloo xaq lagu caabudaa uusan jirin, Maxamadna Rasuulka  Ilaahay soo diray yahay, salaadana oogaan, sakadana bixiyaan, intaa markay sameeyaan waxay iga ilaaliyeen dhiigooda iyo maalkooda, xaqa Islaamku saaray maahee, xisaabtooda aakhirana Ilaahay ayey u taalaa."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu sheegay inuu Ilaahay amray inuu la dagaalamo mushrikiinta ilaa ay qiraan inuusan jirin macbuud xaq lagu caabudo oo aan Allah wayn ee waaxid ka ah ahayn, wax lala wadaajiyaana aanu jirin, Nabi Maxamadna uga markhaati kacaan in Rasuul Ilaahay u soo dhiibay risaalada diinta, shahaadadaasi waxay keenaysona ku camal falaan sida ilaalinta salaadaha shanta ah ee habeenka iyo maalinta la gudanaayo, iyo inay bixiyaan sakada waajibka ah, iyadoo la siinayo kuwa xaqa u leh. Haday sameeyaan arimahaa kor ku xusan diinta Islaamku way ilaalinaysaa dhiigooda iyo maalkooda, mana banaana dilkoodu inay fal dambiyeed ama jariimo ay dil mutaystaan ku dhacaan maahee iyadoo lagu xukumaayo shareecada Islaamka, maalinta qiyaamahana Ilaahay ayaa iska leh xisaabtooda, isagaa og sirtooda iyo waxa u qarsoone.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Axkaanta Islaamka waxaa la xukumaa waxa dadka ka muuqda, wixii qarsoona Ilaahay ayaa xukumaaya.
 Tawxiidka in dadka loogu yeero waa muhiim isagaana u horeeya dacwada Islaamka.
 Xadiiskaan loogama jeedo in gaalada diinta lagu khasbo, balse khiyaar ayey u leeyihiin, inay Islaamka soo galaan ama ay Jisyo bixiyaan, hadii aysan joojin la dagaalanka dacwada Islaamka in sharciga Islaamka lagula dagaalamo ayey noqonaysaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4211</t>
   </si>
   <si>
-    <t>يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ</t>
+    <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Qofka gaadiidka saaran ayaa salaamaya kan lugaynaya, kan lugaynayana wuxuu salaamayaa kan fadhiya, dadka tirada yarina kuwa tirada badan bay salaamayaan</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha ka raali  ahaadee- wuxuu yiri: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee-wuxuu yiri: "Qofka gaadiidka saaran ayaa salaamaya kan lugaynaya, kan lugaynayana wuxuu salaamayaa kan fadhiya, dadka tirada yarina kuwa tirada badan bay salaamayaan."</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Nabigu naxariis iyo nabadi korkiisa ha ahaatee-dadka wuxuu baray aadaabta dadku isu salaamaan, taasoo ah "Asalaamu calaykum wa raxmatu Alaah wa barakaatuh", Qofka yari wuxuu salaamayaa kan wayn, kan wax fuushana kan lugaynayana, kan lugaynayana kan fadhiya, kuwa tirada yarna kuwa tirada badan.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Waxaa suno ah in la isku salaamo qaabka xadiisku sheegay, haduuse kan socdaa salaamo kan wax fuushan iyo intii xaga hore lagu sheegayba, way banaan tahay laakiin way khilaafsan tahay sida saxda ah ee fadliga badan.
 Salaanta oo loo faafiyo sida xadiiska ku sugan waa sababta keenta is jacaylka iyo isku duubnida.
 Haday isu dhigmaan oo siman yihiin, sida la soo dheegay, waxaa khayr badan hadba kii bilaaba salaanta.
 shareecada Islaamku waa mid kaamil ah oo cadaynaysa wax walba oo dadku u baahan yahay.
 Waa in dadka la baro aadabta salaanta oo qof walba oo xaq lehna xaqiisa la siiyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4243</t>
   </si>
   <si>
-    <t>دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ</t>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Ha i weydiinina waxaan ka aamuso, waxaa halaagay kuwii idinka horeeyey su'aalahoodii iyo ambiyadoodii oo ay khilaafayeene</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey Nabigu nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Ha i weydiinina waxaan ka aamuso, waxaa halaagay kuwii idinka horeeyey su'aalahoodii iyo ambiyadoodii oo ay khilaafayeene, hadaan wax idinka reebo ka fogaada, hadaan wax idin farana la imaada inta aad ka awoodaan.</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay axkaamta shareecadu inay seddex tahay: qayb laga aamusay, qayb la iska reebay iyo qayb la is faray.
 Mida 1aad: waa qaybta sharcigu ka aamusay: wax xugun ah malaha, shay walbana asalkiisu waajib maaha. Waqtigii Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa waajib ahayd in la iska daayo waydiinta waxaan dhicin iyadoo laga baqaayey inay soo dagto waajibinteedu  ama xaaraanimadeedu, Ilaahay wuxuu uga tagay isago u naxariisanaya adoomada. Nabigu markuu dhintay ka dibse haday su'aashu tahay qaab fatwo ah ama barasho ku saabsan dadku waxay u baahan yihiin oo diinta ah way banaan tahay  su'aashaasi, waliba waa la is faray, hadiise ay tahay qaab cinaad iyo iskalifid ah waa mida uu xadiisku reebey, waayo waxay keeni kartaa wixii ku dhacay reer benii Israa'iil (yuhuudda), markii la amray inay sac gawracaan, hadii ay sac uun gawracaan kuwo amarkii fuliyey ayey noqon lahaayeen, laakiin way isku adkeeyeen iyagana waa lagu adkeeyey.
 midka 2aad: waa nawaahida: waana camalka laga ajarsiiyo qofkii iska daaya, laguna ciqaabo qofkii sameeya camalkaas, waxaana waajib ah in laga fogaado dhamaantood.
 midka 3aad: waa awaamirta: waana camalka laga ajarsiinaayo qofkii sameeya, laguna ciqaabayo qofkii iska daaya, waxaana waajib ah in la sameeyo intii laga awoodo.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Waxaa haboon in lagu mashquulo waxa muhiim ah ee loo baahan yahay, oo laga tago waxa aan loo baahnayn markaa la joogo, iyo inaan laga shaqayn su`aalida shayga aan dhicin.
 Waa xaaraan su'aasha keeni karta inay masalada adkayso iyo furto albaabka shubuhaat keeni kara khilaaf badan.
 Waxaa la isfaray in la iska daayo wixii la iska reebay oo dhan, waayo wax dhib ah kuma jirto ka tagidiisa, sidaa darteed baa loo guud yeelay reebidiisa.
 Waxaa la is amray in shayga la is faray lagala yimaado kolba inta laga awoodo, waayo waxaa dhici kara in samayntiisa dhib noqoto ama la awoodi waayo, sidaa darteed amarku wuxuu noqonayaa in lagala yimaado inta laga awoodo.
 Waxaa la reebay  su'aalaha badan-ee wax faa'iido ahi ka dhalaneyn, waxay culumadu u qeybiyeen su'aasha labo qeybood: midda 1aad: waa su'aasha cilmiga iyo aqoonta lagu koror sanayo ee xagga diinta, waana la rabaa taasoo kale, waana su'aalihii asaxaabtu Suubbanaha ay weydiin jireen-naxariis iyo nabadi korkiiye-, midda 2aad: waa su'aasha uu qofku uga jeedo madax adeyg iyo wax adkeyn ama xujeyn, waana midda la reebay.
 Ummaddaan waxaa looga digayaa inay khilaafto Nabigeeda, sidii ku dhacday ummaddihii ka horeeyey.
 Su'aalaha badan ee aan loo baahnayn iyo ambiyada oo la khilaafo waa asbaabta lagu halaagsamo, siiba umuuraha aan la gaari karin sida masalooyinka qaybka ee Ilaahay mooyee cid kale aysan aqoon  iyo wixii ku saaban xaalka maalinta qiyaame.
 Waa la reebay in la su'aalo masalooyinka adag, imaam Alawsaaci wuxuu yiri: hadii ilaahay rabo inuu adoonka ka xarimo barakada cilmiga carabiisa waxaa lagu tuuraa masalooyinka ad-adag, waxaan arkay kuwaaso dadka ugu cilmi yar, Ibnu Wahab wuxuu yiri: waxaan maqlay Imaam Maalik oo dhahaya: cilmiga oo lagu murmo nuurka cilmiga ayuu ka tiraa ninka qalbigiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4295</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Labo Qof oo Muslima hadii ay seefohooda isu qaataan, kii wax dila iyo kan la dilaba Naartay galayaan</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Abii bakrata Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: " Labo Qof oo Muslima hadii ay seefohooda isu qaataan, kii wax dila iyo kan la dilaba Naartay galayaan ",  waxaan ku iri: Rasuulka Ilaahayow, kani waaba kii wax dilaye,  kan la dilay maxay tahay arintiisu? wuxuu yiri:  " wuxuu ku dadaalayey inuu dilo kan kale ".</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay  hadii labo Qof oo Muslimiin ahi Seefo isku qaataan oo midba midka kale inuu dilo doonayo, kii wax dila Naartuu galayaa sababtoo ah isagaa si toosa u dilay kii kale. Asaxaabtu waxay fahmi waayeen kan la dilay: sideebuu Naarta u galayaa? Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu u sheegay  in isaguna uu Naarta galayo, sababtoo ah wuxuu ku dadaalayey inuu kan kale dilo, inuu  kan kale dilona waxaa diiday uun in lagala hormaray dilka.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Qofkii Qalbigiisa ka go`aansada inuu macsi sameeyo oo asbaabteedii ku dhaqaaqa wuxuu mutaysanayaa ciqaab.
 Waxaa si adag looga diyagaa in Muslimiintu is diriraan, arinkaas waxaa ku soo arooray goodi Naar lagu gelayo.
 Dagaalka dhex mara Muslimiinta ee xaq lagu dagaalamayo masoo galayo goodigaa, sida dagaalka Buqaada iyo Mufsidiinta.
 Qofka dambiga Kabiirada ah gala laguma gaalaysiinayo kaliya inuu dambigaa galay, waayo Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku magacaabay labada diriray muslimiin.
 Hadii labo Muslim ahi ay isu qaataana Shay la isku dili karo, midkoodna kii kale dilo, kan wax dilay iyo kan la dilayba Naartay gelayaan, Seefta  lagu xusay Xadiiska waa tusaale uun.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Diintu waa naseexo</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Tamiim Adaari Allaha ka raali ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Diintu waa naseexo " waxaan ku niri: yey u tahay: wuxuu yiri: " Ilaahay, Kitaabkiisa, Rasuulkiisa, Madaxda Muslimiinta, iyo guud ahaan Muslimiinta oo dhan "</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inay Diintu ku dhisan tahay ikhlaas iyo run, si loogu guto sidii Ilaahay u waajibiyey oo kaamila ee aan laga gaabin ama la qishin.
 Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa lagu yiri: yey u tahay naseexo? wuxuuna yiri:
 Tan kowaad: Ilaahay ayey u tahay isagaa koreeya oo nusqaan ka hufane: waana in loo khaalis yeelo camalka  oo aan loo shariig yeelin ", oo aanu rumayno Rabinimadiisa, Ilaahnimadiisa, Magacyadiisa, Sifaadkiisa, arinkiisa oo la weyneeyo iyo dadkoo la gaarsiiyo inay Ilaahay rumeeyaan.
 Tan labaad: kitaabkiisa Qur'aanka ah: ayey u tahay: waana inaan aamino inuu hadalkii Ilaahay yahay oo kii kutubtiisa u danbeeyey yahay,  iyo inuu nasakhay dhamaan Shareecooyinkii isaga ka horeeyey, waa inaan weynayno oo si wanaagsan u akhrino oo ku camal falo Quraanka Muxkamkiisa, oo aanu u hogaansamo Mutashaabihiisa, oo aanu ka tagno kuwa Quraanka qaloociya oo bedela, waa inaan ku cibro qaadano waanadiisa, oo cilmigiisa faafino, dadkana ugu yeerno.
 Tan seddexaad: waxay u tahay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee: taasoo ah in la rumeeyo inuu yahay kii u dambeeyey Rususha, oo aan rumayno wuxuu la yimid, oo aanu amarkiisa qaadano, wuxuu naga reebayna ka harno, oo aynaan Ilaahay ku caabudin wixii Nabigu la yimid maahee wax kale, oo Nabiga xaqiisa weynayno, oo Nabiga maamuusno, oo dacwadiisa fidino, oo Shareecadiisa faafino, oo tuhunka ka difaacno.
 Tan afraad: Madaxda Muslimiinta ayey u tahay: taasoo ah in xaqa loogu kaalmeeyo, oo aan lagu qabsan Madaxtinimada, waana in la maqlo oo lagu adeeco Sharciga Ilaahay.
 Tan shanaad: Muslimiintoo dhan ayey u tahay naseexo: waana in loo ixsaan falo oo khayrka  loogu yeero, oo dhibka laga daayo, oo khayrka  lala jeclaado, oo baarinimo iyo taqwo lagula dhaqmo.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Naseexada in la is faro dadka oo dhan ayey u taalaa.
 Nseexadu maqaamka ay Diinta ku leedahay wuu weyn yahay.
 Diintu waxay ka kooban tahay caqiido, oraah iyo camal fal.
 Naseexada waxaa ka mida in nafta kan loo naseexaynayo laga sifeeyo qishka iyo khayrka oo lala doono.
 Rasuulka nabadgelyo iyo naxariis Allaha siiyee si fiican ayuu dadka wax u bari jirey isagoo shayga si guud u sheega ayuu  hadana sii faahfaahinayey.
 Waxaa lagu bilaabaa shayba shayga uu ka muhiimsan yahay, waayo Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku bilaabay naseexada Ilaahay, ka dibna kitaabkiisa, ka dibna Nabigiisa ka dibna Madaxda Muslimiinta ka dibna Muslimiinta oo dhan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Xalaashu way cadahay, xaaraantuna way cadahay</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Nucmaan Binu Bashiir Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: wuxuuna Nucmaan la aaday labadiisa farood dhagahiisa: "Xalaashu way cadahay, xaaraantuna way cadahay, waxaana u dhexeeya shubuhaat, oo dad badani aysan aqoon, Qofka ka dhowrsada shubuhaatka wuu ilaaliyey Diintiisa iyo Cirdigiisa, Qofkase ku dhaca shubuhaatka xaaraan buu ku dhacay, sida xoola raaca  seeraha ku ag raaco waxay u dhawdahay in xooluhu u dhacaan oo daaqaan",  war hooy boqor walba wuxuu leeyahay seero, war hooy seeraha Ilaahay waa wuxuu xarimay, war hooy jirka waxaa ku jira xubin, haday hagaagto jirkoo dhan uu hagaagayo, haday xumaatana jirkoo dhan uu xumaanayo,war hooy taasi waa qalbiga.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey qaacido guud oo shay walba soo galayo, taasoo u qaybsamaysa seddex qaybood: qayb xalaal ah oo cad, qayb xaaraan ah oo cad, iyo arimo mushtabihaat ah oo aan xugunkoodu xalaal  iyo xaaraan kii uu yahay aysan cadayn, kuwaasoo dad badani aanay ogaan karin.
 Qofka ka taga mushtabihaatka wuu ilaaliyey Diintiisa wuxuuna ka fogaaday  xaaraanta, waxaana cirdigiisu ka badbaaday hadalka dadka oo ah waxay ku ceebayn lahaayeen  haduu ku dhici laha mushtabihaatka. Qofkase aan ka fogaan shubuhaatka dhab ahaan  naftiisu waxay halis u tahay inay xaaraan ku dhacdo ama in dadku cirdigiisa wax ka sheegaan. Rasuulku nabadgelyo iyo naxariis Allaha siiyee  wuxuu tusaale u soo qaatay, si uu u cadeeyo arinka qofka shubuhaatka ku dhaca, inuu yahay sida qof xoolaha ku ag raaca dhul ninkii lahaa dayr ku wareejiyey, waxaa laga yaabaa in xoolahaasi daaqaan dhulkaa xiran waayo way u dhaw yihiin, taas waxaa la mida qofka ku dhaca shubuhaadka, waayo wuxuu u dhawaanayaa xaaraantii waxaa dhici karta inuu ku dhaco. Ka dib Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in jirka ay ku jirto xubin  " waa qalbiga ", uu wanaageeda jirkoo dhan ku hagaago, xumaanteedana jirkoo dhan ku xumaanayo.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Waxaa la isku boorinayaa in laga fogaado shubuhaatka aan xugunkoodu Qofka u cadayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا</t>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>Ilaahay wuxuu fidiyaa GacantiisaHhabeenka si uu u tawbo keeno midka Maalinta dambaabay, Maalintana wuu fidiyaa Gacantiisa si uu u towbo keeno midka Habeenka dambaabay, ilaa Qoraxu ka soo baxdo meesha ay u dhacdo</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Abii Muusa Alashcari Allaha ka raali ahaadee waxaa laga wariyey Nabiga nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Ilaahay wuxuu fidiyaa GacantiisaHhabeenka si uu u tawbo keeno midka Maalinta dambaabay, Maalintana wuu fidiyaa Gacantiisa si uu u towbo keeno midka Habeenka dambaabay, ilaa Qoraxu ka soo baxdo meesha ay u dhacdo."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay ka tawbo aqbalaayo Adoomadiisa, Hadii adoonku Maalintii dambaabo oo Habeenkii u towbo keeno Ilaahay waa ka aqbalayaa, hadii Habeenkii uu dambaabo oo Maalintii towbo keeno Ilaahay wuu ka aqbalayaa towbadiisa, Ilaahay wuu fidiyaa Gacantiisa Isago ku faraxaaya towbada, oo aqblaaya towbada, albaabka towbaduna wuxuu ahaanayaa mid furan ilaa Qoraxdu ka soo baxdo meeshay u dhacdo taaso tusaysa in Aduunkii dhamadaay, hadii Qorax ka soo baxdo galbeedka albaabkii towbadu waa xirmay.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Towbada waa la qabalayaa inta albaabkeedu furan yahay, Albaabkeedana waa la xirayaa hadii Qoraxdu ka soo baxdo meesha ay u dhacdo, iyo in Qofku towbo keeno inta aanay naftu soo gaarin dhuunta.
 Waa inaan la quusan danbi la qalay awgeed, Ilaahay cafintiisa iyo Naxariistiisu waa wayn tahay, albaabka towbaduna waa furan yahay.
 Shuruuda towbada:
 mida 1aad: dambiga oo la joojiyo.
 mida 2aad: waa in laga qoomameeyo dambigii.
 mida 3aad: waa inuu go'aansado inuusan ku noqon dambigaas waligi, waa haduu yahay xuq Ilaahay, haduuse yahay xaq aadane shuruuda towbada waxaa ku jira inuu xaqa aadanaha gudo oo qofkii uu ka galay u celiyo, ama uu ka cafiyo kii ku lahaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4318</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Ilaahay wuxuu faray in shay walba loo ixsaan falo</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Shadaad Binu Aws Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee labo ayaan ka xifdiyey isagoo dhahaya: "Ilaahay wuxuu faray in shay walba loo ixsaan falo, hadii aad wax dilaysaan dilka wanaajiya, hadii aad gawracaysaan gawraca wanaajiya, Mididana afeeya, oo neefka u raaxeeya.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay nagu waajibiyey inaan shay walba u ixsaan falo, 
  Ixsaankuna: waa in Ilaahay si joogto inoo ilaalinaayo, oo uu eegaayo caabududiisa, bixinta khayrka, dadka oo dhibka laga daayo, ixsaankaas waxaa soo galaya dilka iyo gawraca.
 Ixsaanka qisaastu waa: in loo dooro dariiqa ugu sahlan oo ugu fudud oo ugu dhaqso badan oo Nafta looga goyn karo kan la dilaayo.
 ixsaan falka gawracu waa marka la gawracyo: oo waa in loogu naxariisto Neefka in la afeeyo Midida, oo aan hortiisa lagu afayn isagoo eegaya, ama xoolo kale oo u jeeda aan la gawricin.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Waa Ilaahay naxariistiisa Casa Wajala iyo u dhimrinta khalqiga.
 Ixsaanka dilka iyo gawracu waa inuu ahaado siday shareecadu jidaysay.
 Xadiiska waxaa ku sugan kaamilnimada shareecada oo koobaysa khayr oo dhan, waxaana ka mida in Xayawaanka loo naxariisto   loona dhimriyo.
 Waxaa la reebay in Sar-waji lagu sameeeyo dadka marka la dilo ka dib.
 Waa la xarimay wax walba oo ay ku jirto ciqaabta Xayawaanku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Ilaahay wuu qoray Xasanaadka iyo Dambiyada, ka dibna wuu  cadeeyey, Qofka ku hamiya inuu sameeyo Xasano ee aan samayn Ilaahay wuxuu u qoraa Xasano kaamil ah, hadiise uu ku hamiyo Xasano oo uu sameeyo Ilaahay wuxuu u qoraa toban Xasano ilaa Todobo Boqol oo laalaab, ilaa laalaabyo badan, qofkii ku hamiya Danbi oo aan samayn Ilaahay wuxuu u qoraa Xasano kaamil ah, haduu ku hamiyo Dambi oo uu sameeyo waxaa loo qoraa hal Danbi</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Ibnu Cabaas Allaha ka raali ahaadee isaga iyo Aabihiye waxaa laga wariyey: Wuxuu ka wariyey Nabiga Ilaahay nabadgelyo iyo naxariis Allaha siiyee, Nabiguna Ilaahay ka wariyey inuu yiri: wuxuu Nabigu yiri: "Ilaahay wuu qoray Xasanaadka iyo Dambiyada, ka dibna wuu  cadeeyey, Qofka ku hamiya inuu sameeyo Xasano ee aan samayn Ilaahay wuxuu u qoraa Xasano kaamil ah, hadiise uu ku hamiyo Xasano oo uu sameeyo Ilaahay wuxuu u qoraa toban Xasano ilaa Todobo Boqol oo laalaab, ilaa laalaabyo badan, qofkii ku hamiya Danbi oo aan samayn Ilaahay wuxuu u qoraa Xasano kaamil ah, haduu ku hamiyo Dambi oo uu sameeyo waxaa loo qoraa hal Danbi.</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay qadaray Xasanaadka iyo Dambiyada ka dibna uu u cadeeyey laba Malag siday u qori lahaayeen.
 Qofka damca oo goosta oo u qasda inuu Xasano  sameeyo waxaa loo qoraa hal Xasano isago aan samaynba, haduu sameeyo  waxaa loo laalaabaa toban laabkeed, ilaa Todoba Boqol oo laalaab ilaa laalaabyo badan,  siyaadaduna waa kolba  inta ikhlaas Qalbiga ku jirta, iyo wax tarkii uu gudbiyey iyo wixii la mida.
 Qofka damca oo u qasda oo goosta inuu dambi sameeyo ka dibna Ilaahay darti u daaya waxaa loo qoraa Xasano,  haduuse ka mashquulo oo uusan asbaabteeda la imaan waxba looma qoro, hadiise uu kari waayo waxaa loo qoraa niyadiisa wixii ku jiray. haduu sameeyana waxaa loo qoraa hal Dambi.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan cadayn Ilaahay fadligiisa weyn ee uu Ummaddaan siiyey isago Xasanaatka u laalaabay oo  agtiisa ugu qoray, oo uusan u laalaabin Dambiyada.
 Niyadu ahmiyad iyo saamayn ayey ku leedahay camalka.
 Ilaahay fadligiisa casa wajala, dhimrintiisa iyo ixsaankiisa waxaa ka mida in Qofkii ku hamiya xasano oo aan samayn in Ilaahay u qoraayo Xasano.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4322</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يعتكف العشر الأواخر من رمضان، حتى توفاه الله، ثم اعتكف أزواجه من بعده</t>
+  </si>
+  <si>
+    <t>In Nabigu nabadgelyo iyo naxariis Allaha siiyee uu icitikaafi jirey tobanka danbe ee Ramadaanka, ilaa Ilaahay oofsaday, ka dibna waxaa ictikaafi jirey xaasaskiisii isaga ka dib</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمنينَ رَضِيَ اللَّهُ عَنْهَا زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَعْتَكِفُ العَشْرَ الأَوَاخِرَ مِنْ رَمَضَانَ، حَتَّى تَوَفَّاهُ اللَّهُ، ثُمَّ اعْتَكَفَ أَزْوَاجُهُ مِنْ بَعْدِهِ.</t>
+  </si>
+  <si>
+    <t>Caa`isha oo Muminiinta Hooyadood ahayd Ilaahay raalli ha ka noqdee ahaydna xaaskii Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa laga wariyey: In Nabigu nabadgelyo iyo naxariis Allaha siiyee uu icitikaafi jirey tobanka danbe ee Ramadaanka, ilaa Ilaahay oofsaday, ka dibna waxaa ictikaafi jirey xaasaskiisii isaga ka dib.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها أنّ النبيَّ صلى الله عليه وسلم لازَمَ الاعتكافَ في العشر الأواخر من رمضان، طلبًا لليلة القدر، واستمر على ذلك إلى أن توفاه الله، وقد لازم الاعتكافَ أزواجُه مِن بعده رضي الله عنهن.</t>
+  </si>
+  <si>
+    <t>Muminiinta Hooyadood ee Caa`isha Ilaahay raali ha ka noqdee waxay sheegtay in Nabigu nabagelyo iyo naxariis Allaha siiyee uu laasimi jirey ictikaafka toboanka danbe ee Ramadaanka, isagoo doonaayey Laylatul Qadarka, sidaas ayuuna joogtayn jirey ilaa Ilaahay oofsaday, waxaa kaloo laasimay ictikaafka xaasaskiisii isaga ka dib raali Allaha ka noqdee.</t>
+  </si>
+  <si>
+    <t>مشروعية الاعتكاف في المساجد، حتى للنساء بالضوابط الشرعية، وبشرط الأمن من الفتنة.
+يتأكد الاعتكاف في العشر الأواخر من رمضان لملازمة النبي صلى الله عليه وسلم.
+الاعتكاف سُنَّة مستمرة لم تُنسخ، إذ اعتكف أزواجه صلى الله عليه وسلم بعده.</t>
+  </si>
+  <si>
+    <t>Waa sharci in Masaajida lagu ictikaafo, xataa Dumarku way ku ictikaafi karaan hadii la helo nidaamka sharciga ah, iyo in aamin laga yahay fitno.
+Ictikaafku wuxuu aad u xoogan yahay tobanka danbe ee Ramadaanka waayo Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa laasimi jirey.
+Ictikaafku waa suno joogto ah ee aan la nasakhin, waayo waxaa ictikaafay Xaasaskii Nabiga nabadgelyo iyo naxariis Allaha siiyee isaga ka dib.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/so/browse/hadith/4495</t>
+  </si>
+  <si>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Ilaahay ma eegayo Sawiradiina iyo Xoolahiina, laakiin wuxuu eegayaa Quluubtiina iyo Camalkiina</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ilaahay ma eegayo Sawiradiina iyo Xoolahiina, laakiin wuxuu eegayaa Quluubtiina iyo Camalkiina ".</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay uusan eegayn Sawirada dadka iyo Jirkoodu, inay Quruxsan yahay ama Fool xun yahay ama wayn yahay ama yar yahay ama caafimaad qabo ama jiran yahay. Ilaahay ma fiirinaayo Hantidoodu, ma badan tahay mise way yar tahay? Ilaahay casa wajala uma qabanaayo oo ku xisaabin maayo arimahaas sida ay ugu kala duwan yihiin, laakiin wuxuu eegayaa Quluubtooda iyo waxa ku jira ee  Taqwo, Yaqiin, Run, iyo Ikhlaas ah,  ama inuu u sameeyey is tustus iyo halagaa sheego, Ilaahay wuxuu eegayaa camalkoodu inuu fiican yahay iyo inuu xun yahay, taasuuna ku ajar siin kuna abaal marin.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Waa in Qalbiga la ilaaliyo oo la islaaxiyo, oo laga sifeeyo sifo walba oo xun.
 Qalbiga waxaa lagu islaaxiyaa Ikhlaaska, camalkana waxaa lagu islaaxiyaa raacida Nabiga nabadgelyo iyo naxariis Allaha siiyee, labadaas ayaa Ilaahay eegayaa oo lagu qiimaynayaa.
 Qofku yaanu ku kadsoomin Xoolahiisa, Quruxdiisa, Jirkiisa iyo Shay walba oo ka mida Quruxda Aduunka.
 Waa laga digayaa in lagu gaabsado waxa oogada ka muuqda iyadoo aan la islaaxin wixii uurka jira".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>acmaashu waa niyada uun, Qof kastana wuxuu niyeystay uun buu leeyahay</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Cumar Binu Khadaab Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Camalku wuxuu ku ansaxayaa niyada, qof walbana wuxuu niyoodo ayuu leeyahay, qofka u soo Hijrooday Ilaahay iyo Rasuulki dartood, Hijradiisu Ilaahay iyo Rasuulkiisa dartood ayey ahaatay, Qofkase Hijiradiisu ahayd inuu Aduunyo  helo ama haweeney uu guursado darteed, Hijradiisu waa wuxuu u soo Hijrooday uun ". Ruwaayada Bukhaarina waxay ahad: " acmaashu waa niyada uun, Qof kastana wuxuu niyeystay uun buu leeyahay. "</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in camalka dhamaanti niyada loo eegayo,  xugunkaasina waa dhamaan camal walba sida cibaadada iyo mucaamalaadka oo dhan, Qofka camalkiisa u niyeysta inuu nafac helo, ma helaayo wax aan nafacaas ahayn mana helaayo ajar, Qofkiise niyeysta inuu Ilaahay ugu dhawaado camalkiisa wuxuu ka helyaa sawaab iyo ajar hadii xataa uu yahay camal caadi ah sida cunida iyo cabida.
 Nabigu nabadgelyo iyo naxariis Allah siiyee, tusaale ayuu u soo qaatay si uu u cadeeyo saamaynta ay niyadu ku leedahay camalka, iyadoo acmaashu siman tahay muuqaalkooda guud, Nabigu wuxuu cadeeyey Qofka u niyeysta Hijradiisa ee dalkiisa uga safra Ilaahay raali galinti, Hijradiisu waa mid sharci ah oo Ilaahay aqbalayo, kana ajar siinayo niyadiisoo runa awgeed, Qofka Hijradiisa u niyeysta inuu nafac Aduun helo sida xoolo, jago, ganacsi iyo Dumar uu guursado Hijradiisa ka ma helaayo nafacaa uu niyeystay mooyee mana helaayo ajar iyo sawaab.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Waxaa la isku booriyey ikhlaaska, waayo Ilaahay ma aqbalo camal aan isaga darti loo samayn.
 Acmaasha Ilaahay loogu dhawaado hadii Qofku u sameeyo si caado ahaana ajar kama helaayo, ilaa uu u niyeysto inuu Ilaahay ugu dhawaado.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>Islaamku waa inaad qirto in Ilaahay maahee inuusan jirin Ilaah kaloo xaq lagu caabudo, Maxamedna Rasuulka Ilaahay yahay,  oo aad Salaada oogtid, Sakadana bixisid, Ramadaankana Soontid, oo aad Xajkana gudatid hadaad awoodo</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Cumar Binu Khadaab Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Maalin anagoo Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee la fadhina ayaa waxaa nagu soo baxay nin dharkiisu aad u cad yahay, Timihiisuna aad u madow yihiin, raad safarna uusan ka muuqan, Qof naga midana aanu garanayn, ilaa uu la fariistay Nabiga, oo Jilbihiisa ku tiiriyey Jilbaha Nabiga nabadgelyo iyo naxariis Allaha siiyee oo uu saaray labadiisa Calaacalood labada Bawdo ee Nabiga nabadgelyo iyo naxariis Allaha siiyee, wuxuuna yiri: Maxamadow, iiga waran Islaamka, wuxuu ku yiri: " Islaamku waa inaad qirto in Ilaahay maahee inuusan jirin Ilaah kaloo xaq lagu caabudo, Maxamedna Rasuulka Ilaahay yahay,  oo aad Salaada oogtid, Sakadana bixisid, Ramadaankana Soontid, oo aad Xajkana gudatid hadaad awoodo " wuxuu yiri: run ayaad sheegtay, Cumar wuxuu yiri: waan la yaabnay wuu waydiinayaa, wuuna u rumanayaa, wuxuu ku yiri iiga waran Iimaanka, wuxuu yiri:  "waa inaad rumayso Ilaahay, Malaa'iigtiisa, Kutubtiisa, Rusushiisa, Mlinta Qiyaamah, Qadarka Ilaahay khayrkiisa iyo sharkiisaba " wuxuu yiri: run baad sheegtay,  wuxuu yiri: iiga waran Ixsaanka, wuxuu yiri:  "waa inaad Ilaahay u caabudo sidii adoo arkaya, hadaadan arkayn isagaa ku arkaaya " wuxuu yiri: iiga waran Saacada Qiyaame, wuxuu yiri:  "maaha midka la waydiiyey mid uga aqoon badan ka waydiiyey " wuxuu yiri: ii sheeg calaamadaheeda, wuxuu yiri  "waa inay dhasho Adoontu sayidadeeda, oo aad aragto kuwii cagaha cadaa, ee Cayrta ahaa, oo Ari raaca ahaa  oo ku tartamaya Guryo dhisid " wuxuu yiri Cumar: wuu tagay, cabaar ayaan sii joogay, wuxuu igu yiri Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee  "Cumarow, ma garanaysay kan wax i waydiinayey? " waxaan  iri: Ilaahay iyo Rasuulkiisaa iga og, wuxuu yiri:  "Malakul Jibriil buu ahaa, wuxuuna u yimid inuu Diintiina idin baro ".</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Cumar Binu Khaddaab wuxuu sheeegay in Malakul Jibriil nabadi korkiisa ha ahaate wuu ugu yimid Asaxaabta  isagoo u eg nin aanay garanayn, Sifooyinkiisana waxaa ka mida in Dharkiisu aad u Cadaa, Timihiisuna aad u Madoobayeen, wax raad safar ahina aanu ka muuqan, sida daal, boor, timo basaas iyo dhar wasakha, dadka meesha joogna aanay aqoon, oo Nabiga nabadgelyo iyo naxariis Allaha siiyee ay la fadhiyaan,  wuxuu soo fariistay  Nabiga nabadgelyo iyo naxariis Allaha siiyee hortiisa,  sidii Qof wax baranaya oo kale, wuxuu waydiiyey Islaamka, wuxuuna ugu jawaabay Nabigu nabadgelyo iyo naxariis Allaha siiyee  Arkaantaas ka kooban qirida labada Shahaado, ilaalinta Salaadaha shanta ah,  Sakada oo la siiyo kuwa xaq u leh, Soonka Bisha Ramadaan, gudashada Xajka Qofkii awooda.
 Wuxuu yiri ninkii su'aasha waydiiyey Nabiga  nabadgelyo iyo naxariis Allaha siiyee:  "run baad sheegtay ", way la yaabeen Asaxaabtu su'aashiisa la moodo inuusan aqoon  lahayn sida muuqata, ka dibna uu u rumaynaayo.
 Ka dib wuxuu waydiiyey Iimaanka,  Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ugu jawaabay: arkaanta lixda ah ee ka kooban rumaynta jiritaanka Ilaahay, Sifooyinkiisa, ficilkiisa oo uu kali la yahay sida abuurida, cibaadadiisa oo uu kali la yahay, iyo Malaa'igta uu Ilaahay nuur ka abuuray oo ay yihiin adoomo Ilaahay maamuusay oo aan Ilaahay ku caasin, oo amarkiisa ku shaqeeya, iyo rumaynta Kutubta Ilaahay  ku soo dajiyey Rusushiisa, sida Qur'aanka, Tawreed, Injiil, iyo qayrkood, iyo Rususha gaarsiinaysa Ilaahay Diintiisa, waxaa ka mida Nuux, Ibraahiim, Muuse, Ciise, waxaa u danbeeyey  Maxamed nabadgelyo iyo naxariis Allaha siiyee, iyo Nabiyo iyo Rusul kale, iyo rumaynta Maalinta Qiyaamaha, waxaana soo galaya waxa geerida ka dambeeya ee ah Qabriga iyo nolosha barsakha, iyo in dadka la soo saari doono geerida ka dib, lana xisaabin doono, oo uu ku dambayn doono Janada ama Naarta, iyo rumaynta inuu Ilaahay qadaray wax kasta sida Ilaahay cilmigiisa ku horaysay oo ay keenayso xikmadiisu iyo qoridiisu oo isagu doonay, iyo in wax walba u dhici doonaan sida Ilaahay u qadaray oo uu u abuurayo Ka dib wuxuu waydiiyey Ixsaanka, wuxuu u sheegay: inuu Ixsaanku yahay Qofka oo u caabuda Ilaahay sida inuu u jeedo, hadii Qofka  Iimaankiisu uusan darajadaas gaarin ha u caabudo sidii in Ilaahay eegaayo, waayo waxaa horeeya darajada eegista ah  oo saraysa, tan kalena waa darajada muraaqabada.
 Ka dib wuxuu waydiiyey Saacadu waa goorma?  Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu u cadeeyey in Saacada ogaanteedu ay ka mid tahay waxa Ilaahay kaligi og yahay oo cid khalqiga ka midihi aysan ogayn kan la waydiiyey iyo kan waydiinayaba ma oga.
 Ka dib wuxuu waydiiyey calaamadaha Saacada? wuxuuna cadeeyey Nabigu nabadgelyo iyo naxariis Allaha siiyee inay calaamadaha Saacada ka mid tahay badashada Dumarka Adoomada ah iyo Caruurtooda, ama Curuurta oo Hooyadood caasi ku noqda, waxayna ula dhaqmaan sida Adoomada, iyo kuwa ari raaca ah iyo kuwa Saboolka ah waxaa loo waasicin  Aduunyada, aakhiru samaanka, markaas ayey iskugu faanayaan  qurxinta Guryaha iyo dhisidooda.
@@ -5002,575 +5004,575 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>waa akhlaaqda wanaagsan ee Nabigu nabadgelyo iyo naxariis Allaha siiyee, wuxuu la fariisanayey Asaxaabtiisa iyaguna way la fariisanaayeen.
 Waxaa la jideeyey in loo naxariisto Qofka wax waydiinaya oo  la soo dhaweeyo, si uu wax u waydiiyo isagoo ciriiri iyo cabsi dareemayn.
 Edebta lagula dhaqmo Macalinka waa sida malakul Jibriil Calayhi Salaam sameeyey oo kale, isagoo fariistay Nabiga nabadgelyo iyo naxariis Allaha siiyee hortiisa fadhi edabi ku jirto , si uu cilmi uga barto.
 Arkaanta Islaamku waa shan,  arkaanta Iimaankana waa lix.
 Marka ay kulmaan Islaamka iyo Iimaanku, Islaamka waxaa lagu fasiraa arimaha muuqda, Iimaankana arimaha qarsoon.
 Waxaa la cadeeyey in Diinta Islaamku tahay  darajooyin  kala tagsan, darajada 1aad:  waa Islaamka, tan 2aad: waa Iimaanka, tan 3aad: waa Ixsaanka isagaana  ugu sareeya.
 Asal ahaan Qofka wax waydiinaya waa inuusan aqoon lahayn,  waxaana ku bixinaaya inuu wax waydiiyo waa jahliga, sidaa darteed bay Asaxaabtu ula yaabeen su'aashiisa iyo u rumayntiisa.
 Waxaa lagu bilaabaa shayba shayguu ka muhiimsan yahay: waayo wuxuu ku bilaabay labada shahaado markuu Islaamka sharxayey, wuxuu kaloo ku bilaabay in Ilaahay la rumeeyo markuu sharxaayey Iimaanka.
 waxaa la waydiiyaa  Ahlu cilmiga  wax uusan Qofku Jaahil ka yahay si qayrki u barto.
 Saacada oo la ogaado waa cilmiga Ilaahay kaligi og yahay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4563</t>
   </si>
   <si>
-    <t>كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ</t>
+    <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>Xubin kasta oo xubnaha jirka ka mida waxaa ku waajiba Sadaqo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Xubin kasta oo xubnaha jirka ka mida waxaa ku waajiba Sadaqo, Maalin kasta oo Qoraxdu soo baxdo, labo Qof oo uu dhex-dhexaadiyo waa u Sadaqo, haduu ka caawiyo nin Gaadiidkiisa isagoo Gacan ku siinaya inuu fuulo ama Alaabtiisa u soo dhiiba waa u Sadaqo, hadalka fiicana waa u Sadaqo, talaabo walba oo uu Masaajidka u qaadaana waa u Sadaqo, dariiqa oo dhibka uu ka fogeeyana waa u Sadaqo."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in Muslim kasta oo qaan gaar ah laga rabo Maalin kasta Xubin walba oo Xubnaha Jirkiisa ka mida Sadaqo uu Ilaahay darti ula baxo isagoo uga mahad celinaaya Ilaahay caafimaadka, iyo inuu uga dhigay lafahiisa xubno uu soo laabi karo oo uu fidin karo. Sadaqadaas waxaa lagu bixin karaa camal kasta oo wanaagsan ee kuma xirna in Xoolo la bixiyo oo kaliya waxaana ka mid ah: Dhex-dhexaadintaada iyo heshiisiintaada labo is heysata waa Sadaqo, Midka aan awoodin inuu fuulo ama raro Gaadiidkiisa oo aad caawisana waa Sadaqo, Hadalka wanaagsan sida: Dikriga, Ducada, Salaanta, iyo qayrkeed waa Sadaqo. Talaabo kasta oo aad u qaado Salaada waa Sadaqo, Dariiqa oo aad ka qaado wixii lagu dhibtoonayo waa Sadaqo.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>Qaabka ay iskugu rakiban yihiin Lafaha iyo xubnaha Aadanuhu waa nicmooyinka Ilaahay ee ugu waaweyn, waxaana loo baahan yahay in xubin walba sigaar ah looga Sadaqo bixiyo, si ay u noqoto mahadnaqa nicmadaas.
 Waxaa la is jeclaysiinayaa in la  cusboonaysiiyo mahadnaqa Maalin kasta, si ay nicmadaasi joogto u noqoto
 Waxaa la is jeclaysiinayaa in la joogteeyo Sunaha iyo Sadaqada Maalin kasta.
 Fadli wayn ayaa ku jira in dadka la heshiisiiyo .
 Waxaa la isku boorinayaa in ninku Walaalkiis caawiyo, waayo caawintiisu waa Sadaqo.
 Waxaa la isku boorinayaa in la tago Jamaacaadka oo loo socdo Salaada, oo Masaajida lagu camiro arinkaas.
 Waa waajib in la ixtiraamo dariiqa Muslimiintu marayaan lagana fogeeyo wixii Muslimiimta dhibayaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4568</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>ha caroon</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey-: Nin ayaa ku yiri Nabiga nabadgelyo iyo naxariis Allaha siiyee: ii dardaaran, wuxuu ku yiri;  " ha caroon " wuu ku celceliyey dhowr jeer wuxuuna ku yiri:  " ha caroon ".</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Asaxaabta Nabiga mid ka mida ayaa waydiistay Nabiga nabadgelyo iyo naxariis Allaha siiyee inuu tuso wax anfacaya, wuxuu faray inaanu caroon, oo macnaheedu yahay inuu ka fogaado sababta u keenaysa carada, iyo inuu Naftiisa hanto markuu caroodo, oo aanu ku sii socon  caradiisa oo aanay gaarsiin inuu wax dilo ama garaaco, ama caayo, iyo wixii la mida.
 Ninku waa ku celceliyey codsigiisa uu dardaaranka ku rabay dhowr jeer, Nabiguna nabadgelyo iyo naxariis Allaha siiyee  ka ma siyaadin ereygii ahaa " "ha caroon ".</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Waa laga digay carada iyo sababteeda, waayo waa halka shartu ku kulanto, in carada laga xoroobana waa halka khayrku ku kulmo.
 Ilaahay darti in loo caroodo sida carada marka lagu xud gudbo Ilaahay maxaarimtiisa waa caro wanaagsan.
 Xadiiska waxaa ku sugan in hadalka lagu celceliyo markay baahi jirto ilaa uu fahmo kan dhagaysanayaa oo uu garto ahmiyadiisa.
 Xadiiska waxaa ku cad inay Fadli leedahay in la waydiisto dardaaran Qofka caalimka ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>dhib majiro is dhibidna majirto, Qofka dadka dhiba Ilahay ayaa dhiba, Qofka dadka ku adkeeyana Ilaahay ayaa ku adkeeyo</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abii Saciid Alkhudri Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "dhib majiro is dhibidna majirto, Qofka dadka dhiba Ilahay ayaa dhiba, Qofka dadka ku adkeeyana Ilaahay ayaa ku adkeeyo ".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey inay waajib tahay in Qofku ka joojiyo Naftiisa iyo dadka kaleba dhibka nooca uu yahayba iyo qaab uu yahayba Qofna uma banaana inuu dhibo Naftiisa ama cid kale midna.
 Qofna uma banaana inuu dhib ka hor geeyo dhib kale waayo dhib laguma joojiyo dhib kale, inay Qisaas aan lagu xadgudbayn tahay mooyee.
 Ka dib Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in loogu goodiyey Qofka dadka dhiba in la dhibidoono, oo  Qofka dadka ku adkeeya lagu adkayndoono.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Waxaa la reebay in Qofku xadka ka baxo oo wixii loo gaystay wax ka badan uu gaysto.
 Ilaahay ma amrin Adoomadiisa wax dhibaaya.
 Waa la xarimay dhibka iyo in la isku dhibaateeyo hadal, ficil ama ka tagidba.
 Abaal marintu waa nooca camal ku yahay, Qofkii dhib gaysta Ilaahay ayaa dhiba, Qofkii ku adkeeyana Ilaahay ayaa ku adkeeya.
 Arkaanta shareecada waxaa ka mida: " dhib waa la joojiyaa", Shareecadu ma ogola dhib, wayna diidaysaa is dhibaataynta.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Xadiis Saxiix ah, marka la eego u Marag kaca kale ee soo arooray]</t>
   </si>
   <si>
     <t>[Waxaa wariyay Ad-aaraqudni]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Hadii aad Ilaahay u talo saaran lahaydeen tawakulka dhabta ah, wuxuu idiin arsaaqi lahaa siduu shimbiraha u arsaaqo, waxay kalahdaa iyadoo gaajaysan, waxayna soo hoyataa iyadoo dharagsan</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Cumar Binu Khadaab Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan ka maqlay Nabiga Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Hadii aad Ilaahay u talo saaran lahaydeen tawakulka dhabta ah, wuxuu idiin arsaaqi lahaa siduu shimbiraha u arsaaqo, waxay kalahdaa iyadoo gaajaysan, waxayna soo hoyataa iyadoo dharagsan ".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu inagu boorinayaa inaan Ilaahay casa wajala,  ku kalsoonaano  markaan nafaca doonayno ama dhib iska reebayno aduun iyo ِ
 Aakhiroba ku saabsan, waayo cid aan Ilaahay ahayn wax ma bixiso wax ma diido, wax ma dhibto waxna ma tarto. Nabigu wuxu inagu boorinayaa inaan la imaano asbaabta keenaysa inaan nafac doono iskan joojino dhibka inagoo Ilaahay si dhab ah ugu kalsoon, goortaan sidaa samayno Ilaahay wuxuu inoo irsaaqayaa sida uu shimbirta u irsaaqo, waxay baxdaa subixii iyadoo baahan ka dib waxay soo laabataa galabtii iyadoo calooshu u buuxdo, ficilkaa ay shimbirtu samaysay waa nooc asbaabtii raadinta iyo doonista irsaaqada ah, iyadoo aan la samaynayn isku halayn iyo caajis midna.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan Fadliga uu leeyahay talo saarashada llaahay, iyo inuu ka mid yahay asbaabta ugu weyn ee arsaaqada lagu doono.
 Talo saarashada Ilaahay ma diidayso in ficil iyo asbaab lala yimaado, waayo wuxuu sheegay Nabigu nabadgelyo iyo naxariis Allaha siiyee tawakulka dhabta ahi kama hor imaanayo in aroortii iyo galabtii irsaaqad la doonto.
 Shareecadu waxay ahmiyada siisaa acmaasha Qalbiga, waayo tawakalku waa camal Qalbiga ah.
 Asbaabta kaligeed in la isku haleeyo waa nusqaanta Diinta, asbaabta oo laga tagana waa nusqaanta Caqliga ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4721</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>Qofka la yimaada waxaan Diinteena ka mid ahayn waa lagu celinayaa</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Caa'isha Allaha ka raali ahaadee waxaa laga wariyey inay tiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka la yimaada waxaan Diinteena ka mid ahayn waa lagu celinayaa". waa mutafaq. Muslimna wuxuu leeyahay:  "Qofka sameeya camal aan Diinteena ku jirin waa lagu celinayaa".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in Qofka ku soo dara Diinta wax aan ku jirin,  ama sameeya camal aan lahayn daliil Kitaabka iyo Sunada ah waa lagu celinayaa Ilaahayna ma aqbalaayo.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Cibaadadu waxay ku dhisan tahay wixii ku soo arooray Qur'aanka iyo Sunada Nabiga, Ilaahay ku caabudimayno wuxuu jideeyey mooyee oo Bidco iyo wax gadaal laga keenay ku caabudimayno.
 Diintu maaha Ra'ayi iyo sida Qofku jecel yahay, balse waa  raacid Rasuulka la raaco nabadgelyo iyo naxariis Allaha siiyee .
 Xadiiskani wuxuu daliil u yahay Diinta kaamilnimadeeda.
 Bidcadu waa wax kasta oo Diinta lagu soo daro ee aan jirin waqtigii Nabiga nabadgelyo iyo naxariis Allaha siiyee iyo 
 Asxaabtiisa ee ah caqiido ama hadal ama camal.
 Xadiiskani wa asal  ka mida usuusha Islaamka camalkana wuxuu u yahay sida miisaanka, sida camal walba ee aan loo la jeedin Ilaahay darti uusan Qofku ajar uga helayn ayaa camal walba ee aan waafaqsanayn wixii Nabiga nabadgelyo iyo naxariis Allaha siiyee uu la yimid waa lagu celinayaa Qofkii sameeyey.
 Xadiiska waxaa ku sugan in wax yaabaha gadaal laga keenay ee la reebay ay yihiin wixii ku saabsan arimaha Diinta ee aan ahayn arimo Aduunyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>yar لاow, waxaan ku barayaa erayo, llaahay xifdi wuu ku xifdine, llaahey xifdi hortaadaad ka heliye, markaad wax waydiisanayso  Ilaahay waydiiso, hadii aad cid kaalmaysan Ilaahay kaalmayso</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Ibnu Cabaas Allaha ka raali noqdo isaga iyo Aabihiye waxaa laga wariyey inuu yiri: "Maalin ayaan Rasuulka nabadgelyo iyo naxariis Allaha siiyee gadaashiisa fuushanaa, wuxuu igu yiri: " " yar لاow, waxaan ku barayaa erayo, llaahay xifdi wuu ku xifdine, llaahey xifdi hortaadaad ka heliye, markaad wax waydiisanayso  Ilaahay waydiiso, hadii aad cid kaalmaysan Ilaahay kaalmayso, ogowna haday ummadda oo dhan isu tagaan si ay wax kuugu taran, kuma tari karaan wax Ilaahay kuu qoray mooyee, hadii dadka oo dhan isu tagaan si ay kuu dhibaan kuguma dhibi karaan, wax uu Ilaahay kuu qoray mooyee, kor ayaa loo qaaday qalimadii warqadihiina way qalaleen ".</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibnu Cabbaas Allaha ka raali ahaadee waxaa laga wariyey inuu sheegay in isagoo yar uu Nabiga nabadgelyo iyo naxariis Allaha siiyee la fuushanaa, markaasa Nabigu nabadgelyo iyo naxariis Allaha siiyee ku yiri: waxaan ku barayaa arimo iyo waxyaabo Ilaahay kugu anficidoono:
 Ilaahay xifdi, oo ku xifdi inaad ilaaliso wuxuu ku faray iyo inaad ka dheeraato wuxuu kaa reebay, waa inuusan kaa helin meelaha macsida iyo danbiga, hadaad sidaa samayso abaal marintaadu waxay noqonaysaa in Ilaahay kaa xifdiyo dhibka aduunka iyo kan aakhiroba, kuguna guuleeyo dhamaan waxaad rabto oo dhan halkaad u dhaqaaqdaba.
 Hadii aad rabto inaad shay waydiisato, ha waydiisan cid aan Ilaahay ahayn, waayo isaga kaligi ayaa ajiiba kuwa wax waydiista.
 Hadii aad damacdo in lagu kaalmeeyo cidaan Ilaahay ahayn ha kaashan.
 Waa inaad yaqiinsataa inaadan helayn nafac hadii ay dadka dhulka jooga isu tagaan si ay wax kuu taraan kuguma tari karan wax Ilaahay kuu qoray mooyee. wax dhiba kuguma dhacayo hadii ay isu tagaan dadka dhulka jooga oo dhan si kuu dhibaan kuguma dhibi karaan wax Ilaahay kuu qaray mooyee.
 Arinkaan Ilaahay casa wajala ayaa qoray, wuxuuna ku qadaray sida xikmadiisa iyo cilmigiisu keenayaan, wax badalid ahna laguma samaynayo wax Ilaahay qoray.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Muhimada ay leedahay in la baro kuwa yar yar iyo caruurta arimaha Diinta sida caqiidada iyo aadaabta Islaamka iyo wax yaabo kale.
 Abaal marintu waxay noqotaa nooca camalka.
 Waxaa la is farayaa in Ilaahay lagu kalsoonaado, oo kaligi la talo saarto oo aan cid kale la talo saaran, isagaa ugu khayr badan mid la talo saarto.
 Waa la rumeeyo qadaha iyo qadarka oo lagu raali noqdo qadarka, Ilaahayna isagaa qadaray shay walba.
 Qofka dayaca Ilaahay amarkiisa, Ilaahay ayaa isagana dayacaya mana xifdiyo.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[Waxaa wariyay At-tirmidi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4811</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Adoon baa dambaabay Dambi, wuxuu yiri: Allahayow ii Dambi dhaaf</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Abii Hurayra Allaha ka raali noqde waxaa laga wariyey: Nabigu nabadgelyo iyo naxariis Allaha siiyee Rabigi wuxuu ka  wariyey, inuu yiri: " "Adoon baa dambaabay Dambi, wuxuu yiri: Allahayow ii Dambi dhaaf, Ilaahay sareeye wuxuu yiri : Adoonkaygaa dambaabay, wuxuuna ogaaday inuu leeyahay Rabi Dambiga dhaafa, kuna ciqaaba, hadana wuu ku noqdoo wuu dambaabay, wuxuuna yiri : Rabiyow, ii dambi dhaaf, Ilaahay ayaa yiri: Adoonkaygaa dambaabay, wuxuuna ogaaday inuu leeyahay Rabi dambiga dhaafa, kuna ciqaaba dabmiga, hadana wuu ku noqdoo wuu dambaabay, wuxuuna yiri: Rabiyow ii dambi dhaaf, Ilaahay ayaa yiri: wuu dambaabay Adoonkaygu wuxuuna ogaaday inuu leeyahay Rabi Dambiga dhaafa, kuna ciqaaba Dambiga, fal waxaad doonto, waan kuu Dambi dhaafaye".</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu Rabigii ka wariyey inuu Adoonku markuu dambi falo ee uu dhoho: Allahayow ii dambi dhaaf, inuu Ilaahay dhahayo: Adoonkaygaa Dambi falay, oo ogaaday inuu leeyahay Rabi Dambiga dhaafa, kaasoo astura oo u dhaafa Dambiga, ama ku ciqaaba, waan kuu Dambi dhaafay. Hadana wuu ku noqday Adoonku oo wuu dambaabay, wuxuuna dhahay: Rabiyow ii Dambi dhaaf, Ilaahay ayaa dhahay: Adoonkaygaa Dambi ku dhacay, wuxuuna ogaaday inuu leeyahay Rabi Dambiga dhaafa, oo astura una dhaafa Adoonkiisa, ama ku ciqaaba, waan u Dambi dhaafay Adoonkayga. Hadana wuu ku noqday adoonkaygu oo dambaabay, wuxuuna dhahay: Rabiyow ii dami dhaaf, Ilaahay ayaa wuxu dhahay: Adoonkaygaa Dambi ku dhacay, wuxuuna ogaaday inuu leeyahay Rabi Dambiga dhaafa, oo astura una dhaafa Adoonkiisa, ama ku ciqaaba, waan u Dambi dhaafay Adoonkayga, ha sameeyo wuxuu doono kol haduu markuu Dambi falaba ka istaagayo, kana murugoonayo, go`aansanayo in aanu ku laaban doonin, laakiin naftiisu ka adkaanayso, Dambigiina ku dhacayo,  intuu sidaa yahay oo Dambaabayo kana tawbo keenayo waan u Dambi dhaafi, tawbadaa baabi'isa wixii ka horeeyey.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Naxariista Ilaahay siiyey adoomadiisa waa waasac, dadkuna si kasta oo ay u dambaabaan hadii ay ka towba keenaan ee ay Ilaahay u soo noqdaan wuu ka towbo aqbalaa.
 Muuminka Ilaahay rumeeyey wuxuu rajo ka qabaa cafinta rabigiis, ciqaabtiisana wuu ka cabsadaa, towbada  ayuu u degdegaa oo macsida kuma sii jiro.
 Shuruuda towbada ee sexda ahi waa: Dambiga oo la joojiyo, lagana qoomameeyo, oo la go`aansado inaan lagu laaban Dambiga, hadayse tahay towbadu Dulmi laga galay Adoomada, sida Maalka, Cirdiga-Sharafka Qofka, iyo Naftaba, shardi kale oo afraad baa ku biiraya, kaasoo ah ka xalaashiga Qofkii xaqa iska lahaa, ama in la siiyo xaqiisa.
 Muhimad ayey leedahay Aqoonta Ilaahay taasoo ka dhigaysa Adoonka mid  aqoon u leh Diintiisa oo mar walba oo uu Dambaabo u towba keena Ilaahay, oo aanu quusan kuna sii jirin Dambiga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4817</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Dadka cadaalada ku dhaqma Ilaahay agtiisa ayey ku fadhiyaan Minbaro Nuur ah, kaasoo ah Midigta Ilaahay Casa Wajala, iyadoo labadiisa Gacmoodba ay Midig</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>Cabdulaahi Binu Camar Allaha ka raali ahaado isaga iyo Aabihiye waxaa  laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Dadka cadaalada ku dhaqma Ilaahay agtiisa ayey ku fadhiyaan Minbaro Nuur ah, kaasoo ah Midigta Ilaahay Casa Wajala, iyadoo labadiisa Gacmoodba ay Midig yihiin, dadkaasu waa kuwa cadaalada ku suubiya Xugunkooda, Reerkooda iyo cidii ay masuulka ka yihiinba.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay kuwa dadka ay Maamulaan iyo Eheladoodaba cadaalad iyo xaqa ku xukuma, waxay ku fariisanayaan Kuraas dhaa-dheer oo Nuur ka samaysan, oo iyaga lagu maamuusayo Maalinta Qiyaamaha. Minbaradaas waxay yaalaan Allaha Raxmaanka ah Midigtiisa, Isagoo labadiisa Gacmoodba-Isagaa nusqaan ka hufane- ay Midig yihiin.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan Fadliga ayey leedahay cadaalada iyo isku boorinteeda.
 Cadaaladu waa wax guud oo koobaysa dhamaan masuuliyada iyo dadka oo la kala xukumo iyo in cadaalad loo sameeyo Xaasaska Caruurta iyo qayrkoodba.
 Cadaynta maqaamka ay leeyihiin dadka Caadiliinta ah Maalinta Qiyaamaha.
 Maalinta Qiyaamaha dadka Ahlu iimaanka ah mansiladoodu waa kala tagsan tahay Qof walbana sida camalkiisu ahaa ayuu noqon.
 Qaabka wax jeclaysiintu wuxu ka mid yahay qaababka diinta dadka loogu yeero taasoo Qofka  loo yeeraayo jeclaysiinaysa cibaadada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4935</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Ummaddayda oo dhan Janaday gelaysaa qofka iska diida mooyee</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: " Ummaddayda oo dhan Janaday gelaysaa qofka iska diida mooyee ", waxay dheheen: Rasuulka Ilaahayow, yaa diidaya? wuxuu yiri:  "qofka i adeeca Janaduu gelayaa, kan i caasiyana waa Qof diiday Janada".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ummaddiisu dhamaan Janada gelayso Qofkii iska diida mooyee!
 Asaxaabtu Allaha ka raali noqdee waxay yiraahdeen  yaa diidaya Rasuulkii Ilaahayow.?!
 Wuxuu ugu jawaabey Nabigu nabadgelyo iyo naxariis Allaha siiyee: qofka u hogaansama ee raaca Rasuulka nabadgelyo iyo naxariis Allaha siiyee Janaduu gelayaa, Qofkase aan u hogaansamin Shareecada camalkiisa xun wuxuu ka dhigan yahay inuu diiday Janada gelideeda.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Rasuulku nabadgelyo iyo naxariis Allaha siiyee oo la adeeco waxay ka mid tahay Ilaahay adeecidiisa, Nabiga oo lagu caasiyona waxay ka mid tahay Ilaahay oo lagu caasiyey.
 Nabiga nabadgelyo iyo naxariis Allaha siiyee oo la adeeco waxay qofka u  waajibinaysaa Janada, in la caasiyona waxay u waajibinaysaa Naarta.
 Xadiiska waxaa ku sugn in loo bishaaraynayo kuwa Rasuulka adeecay ee Ummaddaan ah, inay dhamaantood Janada gelayaan kuwa Ilaahay iyo Rasuulkiisa caasiyey mooyee.
 Xadiiska waxaa ku sugan in Nabigu nabadgelyo iyo naxariis Allaha siiyee ummaddiisa u naxariisan jirey kuna dadaali jirey hanuunkooda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Maalinta Qiyaame Qofku ma dhaqaaqayo ilaa la weydiiyo Cimrigiisii wuxuu ku dhameeyey, cilmigii Ilaahay baray wuxuu ku sameeyey, Maalkiisii halkuu ka keenay iyo halkuu ku bixiyey iyo Jirkiisii wuxuu ku dhameeyey</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Abii Barsata  Alaslami Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee  wuxuu yiri: "Maalinta Qiyaame Qofku ma dhaqaaqayo ilaa la weydiiyo Cimrigiisii wuxuu ku dhameeyey, cilmigii Ilaahay baray wuxuu ku sameeyey, Maalkiisii halkuu ka keenay iyo halkuu ku bixiyey iyo Jirkiisii wuxuu ku dhameeyey".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofna uusan dhaafayn meesha la isku xisaabinaayo Maalinta Qiyaame oo uusan aadayn Jano ama Naar ilaa la weydiiyo arimo:
 Mida 1aad: noloshiisii wuxuu ku dhameeyey?
 Mida 2aad: cilmigii uu bartay dar Ilaahay ma ka ahaa? mase ku camal falay? oo ma gaarsiiyey cilmiga cidii xaqa u lahayd?
 Mida 3aad: maalkiisii halka ayuu ka keeney, ma xalaal mise xaaraan buu ku soo galay?, muxuuse ku bixiyey, ma wax Ilaahay raalli geliya mise wax ka caraysiiya.
 Mida 4aad: jirkiisii, Xooggiisii, Caafimaadkiisii, Dhallin yaranimadiisii wuxuu ku dhameeyey oo u adeegsaday?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Waxaa lagu boorinayaa dadku inay uga faa'iidaystaan nolosha wax Ilaahay raali gelinaaya.
 Nicmooyinka Ilaahay uu siiyey Adoomadiisa way badan yihiin, wuuna weydiin doonaa nicmooyikaa Maalinta Qiyaamaha, sidaa darteed waxaa lagudboon Qofku inuu nicmooyinkaa uga faa'iidaysto wax Ilaahay raali gelinaaya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4950</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Malakul Jibriil kama uu tegin  inuu Jaarka ii dardaarmayo, ilaa aan u maleeyey inay is dhaxlayaan</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Ibnu Cumar Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Malakul Jibriil kama uu tegin  inuu Jaarka ii dardaarmayo, ilaa aan u maleeyey inay is dhaxlayaan".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Malakul Jibriil uusan ka tagin inuu ku celceliyo oo uu amrayo Jaarka  ilaalintiisa, kaasoo ah Guriga u dhaw, xataa haduu yahay Muslim, Gaal, Qaraabo, ama Shisheeye waa in la ilaaliyo xaqiisa oo aan la dhibin,  waa in loo ixsaan falo oo lagu sabro dhibkiisa, ilaa uu u maleeyey Nabigu nabadgelyo iyo naxariis Allaha siiyee markuu arkay  sida uu u weyn yahay xaqa Jaarku oo uu ugu celcelinaayo Jibriil ayuu u maleeyey in waxyi ku soo dagi doono in la siiyo Xoolaha uu ka tagidoono markuu dhinto.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Jaarka xaqiisu aad ayuu u wayn yahay waana waajib in la ilaaliyo.
 Adkaynta xaqa Jaarka  oo laga dardaarmay waxay keenaysaa inay daruuri tahay in Jaarka la xurmeeyo, lana jeclaado, lana wanaajiyo, lagana daayo dhibka, lana soo booqdo markuu buko, oo loo hambalyeeyo markuu faraxsan yahay, loona tacsiyeeyo markii musiibo ku dhacdo.
 Mar kastoo albaabka darisku kugu dhawaado xaqiisu waa wayn yahay.
 Shareecada kaamilnimadeeda waxay la timid waxay ku jirto Bulshada wanaageedu sida in dariska  loo ixsaan falo oo dhibka laga daayo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4965</t>
   </si>
   <si>
-    <t>أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟</t>
+    <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>Ka warama haddii wabi marayo albaabka midkiin, oo ku qubaysanayo maalin walba shan jeer, uskag maku harayaa qofkaa?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Abii Hureyra-Allaha ka raalli ahaadee- waxaa laga wariyey inuu ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee  inuu yiri: "Ka warama haddii wabi marayo albaabka midkiin, oo ku qubaysanayo maalin walba shan jeer, uskag maku harayaa qofkaa?" waxay dheheen: wax uskag ah kuma harayo qofkaa, wuxuu yiri: "sidaa waxaa la mid ah salaadaha shanta ah, oo Ilaahay dambiyaduu ku baabi'iyaa."</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu ku matalay shanta salaadood ee habeenka iyo maalinta la tukado sida ay u baabi'iyaan dambiyada yar-yar sida wabi qul-qulaya al-baabka qof guri, oo uu ku qubaysanayo maalin walba shan jeer, qofkaas wax uskag ah ama wasakh ah kuma harayaan.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Fadligaasi wuxuu gaar ku yahay in lagu dhaafo danbiyada yar yar, Danbiyada waawaynse waa in laga towbad keeno.
 Fadliga gudashada salaadaha shanta ah ee faralka iyo in la ilaaliyo shuruudeeda, arkaanteeda, waajibaadkeeda, sunanteeda waa mid wayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4968</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى</t>
+    <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>Mu'uminiinta ee isjacaylkooda, isku naxariisashadoodu iyo isu dhimrintoodu, waxay la mid tahay sida jirka oo kale, oo hadii xubin xanuunsato jirka kale oo dhan uu la qabayaa soo jeedka iyo xanuunka</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>Nucmaan Binu Bashiir-Allaha ka raalli ahaadee- wuxuu yiri: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaate- wuxuu yiri: "Mu'uminiinta ee isjacaylkooda, isku naxariisashadoodu iyo isu dhimrintoodu, waxay la mid tahay sida jirka oo kale, oo hadii xubin xanuunsato jirka kale oo dhan uu la qabayaa soo jeedka iyo xanuunka."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu cadeeyey inay waajib tahay in muslimiinta xaalka dhexdooda ahi yahay kuwo jecel khayrka, naxariista, is caawinta iyo isu gargaarida, oo wixii dhib soo gaara uu u wada saameeyo sida jir qura, oo hadii xubin ka xanuunsato xubnaha kale ee jirku la qabayaan xanuunka iyo soo jeedkaba.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Waxaa habboon in la weyneeyo xuquuqda muslimiinta, laguna dhiirigaliyo inay iskaashadaan,  oo isu naxariistaan.
 Waxaa habboon in dadka Ahlu iimaanka ahi is jeclaadaan oo isu gargaaran dhexdooda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4969</t>
   </si>
   <si>
-    <t>مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ</t>
+    <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>Fara caruurtiina salaadda markay gaaraan toddoba sano, kuna garaaca haday ka tagaan salaadda iyagoo toban jir ah, una kala duwa meesha ay seexanayaan</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Camar Binu Shuceyb wuxuu  Aabihii ka wariyey Aabihiina awowgi ka wariyey inuu yiri: Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: "Fara caruurtiina salaadda markay gaaraan toddoba sano, kuna garaaca haday ka tagaan salaadda iyagoo toban jir ah, una kala duwa meesha ay seexanayaan."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu cadeeyey inay waajib ku tahay Aabaha inuu amro caruurtiisa wiilal iyo gabdho salaadda, markay da'ada gaaraan toddoba sano, oo uu baro caruurta siday u takan lahaayeen. markay gaaraan toban sano wuxuu ugu darayaa, inuu ku garaaco hadday ka gaabiyaan salaada, waana in loo kala duwo firaashka ay ku seexanayaan.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>waa in carruurta yar-yar la baro diinta intayna qaan gaarin, waxaana ugu muhiimsan salaada.
 Garaaciddu waa edbinta, ee maaha ciqaab, waa in garaacidu noqotaa mid ku haboon xaalada caruurta.
 shareecada islaamku way ilaalisay sharafka qofka, wayna xidhay waddo kastoo fasaad uga iman karo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5272</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Ku tufida, qardhaasta, iyo madiidadu waa shirki</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Cabullaahi  Binu Mascuud Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee ayaan ka maqlay isagoo dhahaya: " Ku tufida, qardhaasta, iyo madiidadu waa shirki."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey waxyaabo samayntoodu tahay shirki waxaana ka mida:
 Tan koobaad: waa hadalkii ay isku dawayn jireen dadkii waqtigii jaahiliga, kaasoo ka koobnaa waxyaabo shirki ah.
 Tan labaad: qardhaasta oo ah wax taxan oo kale, taasoo loo xiro caruurta, xoolaha iyo qayrkoodba iyado laga ilaalinayo isha.
 Tan saddexaad: madiidaynta: waa wax loo sameeyo labada qof ee is qabta mid in la jeclaysiiyo kan kale.
 Arimahaasi waxay ka mid yihiin shirkiga, dad ayaa sabab ka dhigaya, mana aha sabab sharciya oo daliil ku sugnaatay, mana aha sabab xisi ah  oo khibrad ku sugnaatay. Asbaabta shirciga ah sida akhrinta Qur'aanka, ama asbaabta xisiga ah sida daawada khibrada lagu ogaaday, way banaan tahay iyado la rumaysan yahay inay tahay asbaab uun, nafaca iyo dhibkuna Ilaahay gacantiisa ku jiraan.</t>
   </si>
@@ -5580,2371 +5582,2371 @@
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan in towxiidka iyo caqiidada laga ilaaliyo wixii dhaawacaya.
 Xadiiska waxasa ku sugan in la xarimay in la isticmaalo tufida shirkiga ah,  qardhaasta iyo madiidada.
 Dad ayaa citiqaadsan in saddexdaasi yihiin asbaab: waana shirki yar, waayo wax aan sabab ahayn ayuu asbaab ka dhigay, haduuse aamino inay naf ahaanteedu leedahay nafac iyo dhib taasi waa shirki weyn.
 Waxaa laga digayaa asbaabta shirkiga keenaya iyo kuwa xaaraanta ah.
 Tufida shirkiga ahi waa xaaraan waxayna ka mid tahay shirkiga inta sharciga ah maahee.
 Waxaa haboon in qalbigu ku xiran yahay Ilaahay kaligii, dhibka iyo dheeftuba isaga kaligi ayey ka yimaadaan, cibaadada cid la wadaagtaa majirto, khayrka cid aan isaga ahayni makeento, sharkana cid aan isaga ahayni ma ciliso.
 Tufida banaan waxay ka kooban tahay saddex shardi: 1- in qofku citiqaado inay sabab uun tahay oo Ilaahay idankii uun wax ku tartayso 2- waa inay tahay Qur'aan, magacyada Ilaahay, sifaadkiisa, ducooyinkii Nabiga iyo ducooyinka sharciga ah,  3- inay tahay luqad la fahmaayo oo lahayn erayo aan la fahmayn iyo khuraafaad.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Waxaa wariyay Abuu Daa'uud Ibnu Maajah iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Ma taqaanaan Xantu waxay tahay? ", waxay dheheen Asaxaabtii: Ilaahay iyo Rasuulkiisaa naga og, wuxuu yiri: " waa adigo Walaalkaa wuxuu dhibsanaayo ku sheega,</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Ma taqaanaan Xantu waxay tahay? ", waxay dheheen Asaxaabtii: Ilaahay iyo Rasuulkiisaa naga og, wuxuu yiri: " waa adigo Walaalkaa wuxuu dhibsanaayo ku sheega,", waxaa lagu yiri: ka waran haduu leeyahay walaalkay waxaan ku sheegay? wuxuu ku yiri: " "haduu leeyahay waxaad, ku sheegtay waad xamatay haduusan lahayn waxaad ku sheegtayna waad hafaryeysay.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey xaqiiqada Xanta la xarimay oo ah: in lagu sheego Qofka Muslimka ee maqan wax uu dhibsaonayo, waxaasi ha ahaadaan Sifooyinkiisa Ilaahay ku abuurkay ama kuwo dhaqankiisa ah sida: Cawar, Khaa'in, Beenaale, iyo wixii la mida, ee ereyo Cay ah, xataa haduu leeyahay Sifadaa lagu sheegay.
 Hadaanu lahayn waxaa lagu sheegayo taasi wayba ka sii dambi wayn tahay Xanta, oo waaba Beeabuur, dadka lugu been abuuranayo wax aanay ahayn.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee si fiican ayuu wax u baray, waayo masalada wuxuu u soo jeediyaa sida su`aal oo kale.
 Asaxaabtu aadaab fiican ayey Nabiga nabadgelyo iyo naxariis Allaha siiyee kula dhaqmeen markay yiraahdeen: Ilaahay iyo Rasuulkiisaa og.
 Qofkii la waydiiyo wax uusan aqoon wuxuu oronayaa: Ilaahay ayaa og.
 Shareecadu way dar yeeshay Bulshada iyada oo ilaalisay xuquuqda iyo Walaaltinimada u dhexaysa.
 Xantu waa xaaraan marka laga reebo xaalado qaarkood oo maslaxo ku jirto, waxaana ka mida: joojinta dulmiga, isaga oo dhibanuhu sheego in la dulmiyay, una sheego cida awooda u leh inay xaqiisa uga qaado, wuxuu dhahaya: hebel baa i dulmiyey, ama waxaas iyo waxaas buu igu sameeyey, waxa kaloo ka mida: talo siinta Qof guur kaala tashaday iyo shuraako ama la darsid iyo wixii la mida.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Allahayow Qofkii Madax u noqda Ummaddayda oo wax ku adkeeya isna ku adkee, midka Madax u noqda Ummaddayda oo u naxariistana u naxariiso</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Caa'isha Allaha ka raali ahaadee waxaa laga wariyey inay tiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo ku dhahaya Gurigaygan dhexdiisa: "Allahayow Qofkii Madax u noqda Ummaddayda oo wax ku adkeeya isna ku adkee, midka Madax u noqda Ummaddayda oo u naxariistana u naxariiso."</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuu habaaray Qofkastoo Madax ka noqda arimaha Muslimiinta hayaraado arinkaasi ama ha weynaadee, Madaxtinimadaasi ha noqoto mid guud ama mid kooban ee gaara, Qofkaasoo Madaxtinimadiisa dadka ku dhibaateeya, oo aan u naxariisan, Ilaahay wuxuu ku abaal marin camalkii uu sameeyey noociisa, wuuna ku adkayn.
 Midkase u naxariista dadka oo u fududeeya arimahooda, Ilaahay ayaa u naxariista oo u fududeeya arinkiisa.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Waxaa ku waajib ku ah Qofka Muslimiinta arimahooda shay ka mida Madax ka noqda inuu u naxariisto intuu kari karo.
 Abaal marintu waxay noqotaa nooca camalku yahay.
 Miisaanka lagu cabiraayo naxariista ama adakaynta waa wixii aan khilaafsanayn Kitaabta iyo Sunada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Rag ayaa  si xaq daro ah ugu takri fala xoolaha Ilaahay, Naar ayey leeyihiin Maalinta Qiyaame</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Khawla Alansaariya Allaha ka raali noqdee waxaa laga wariyey inay tiri: waxaan ka maqlay Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Rag ayaa  si xaq daro ah ugu takri fala xoolaha Ilaahay, Naar ayey leeyihiin Maalinta Qiyaame."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in dad si xaq daro ah ugu tagri falaan Xoolaha Muslimiinta, ku waasoo xaq daro ku qaadanaaya, waa arimaha Xoolaha guud ahaaneed sida aruurintooda, in laga kasbo meel aan banaanayn iyo in lagu bixiyo meel aan sax ahayn, taas waxaa soo galaya cunida Xoolaha Agoonta, Xoolaha Waqafka ah, iyo Amaanada oo la inkiro iyo in Xoolaha dad waynaha xaqdaro lagu qaato.
 Ka dib Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in abaal marintoodu Naar tahay Maalinta Qiyaame.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Xoolaha dadka Gacantooda ku jira waa Maal Ilaahay, oo isagu u dhiibtay, si ay ugu bixiyaan dariiq Sharci ah, kana fogaadaan inay si qaldan u isticmaalaan, dadkoo dhan ayaa loo jeedaa Madaxda iyo qayrkood oo dadka Shacabka ah.
 Sharcigu waa adkeeyey Xoolaha dad waynaha, Qofkii Madax ka noqda wax ka mida Xoolaha dad waynaha Maalinta Qiyaame waa lagu xisaabin meeshuu ka keenay iyo meeshuu ku bixiyey.
 Goodigaas waxaa soo galaya Qofka si qaldan u isticmaala Xoolo ama kuwiis ha noqdeen ama kuwo qayrkiye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>Waxaan idiinka digayaa malaha, waayo maluhu  waa warka</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee- waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Waxaan idiinka digayaa malaha, waayo maluhu  waa warka ugu beenta badan, dadka ha baar baarina, ha basaasina, oo ha is xasdina, hana kala jeensanina, hana isku caroonina, Adoomada Ilaahay oo Walaalaa ahaada".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu reebey kana digay wax yaabaha u keena Muslimiinta kala fogaanta iyo cadaawada. Waxaana ka mid ah:
 (Malaha), waana tuhun ku dhaca Qalbiga daliilna aan lahayn, wuxuuna cadeeyey, inuu yahay war kan ugu beenta badan.
 (Ceebo raadintu): waa Qofka oo ku raadiya isha ama dhagta ceebaha dadka.
 Iyo (basaasida): waa baarida umuuraha dadka u qarsoon, inta badana waxaa laga sheegaa waa sharka.
 Iyo (Xasadka): waa Qofka oo uurka ka naca dadka kale inay nicmo helaan.
 Iyo (isu daba jeedin): waa dadka  oo is naca oo midba mid ka jeensado, oo uusan salaamin oo siyaaran Walaalkiisa Muslimka ah.
 Iyo (isku carood): waa in la is karho oo la kala dido, sida in dad kale la dhibo iyo in si xun loo qaabilo.
 Ka dib wuxuu yiri hadal guud ee xaalka wadajirka Muslimiintu ku hagaagayo, wuxuu yiri: (ahaada Adoomo Ilaahay oo Walaalo ah). Walaaltinimadu waxay isku xidhaa xiriirka dadka ka dhexeeya, waxayna kordhisaa is jacaylka iyo isku duubnaanta dadka.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Dhib malaha hadii male xun laga maleeyo Qofka calaamadihiisu ka muuqdaan, Muuminkuna waa inuu ahaado Qof caqlilow ah oo wax fahmi kara oo aan ku sirmin dadka xun iyo Faasiqiinta.
 Ujeedadu waa in laga digo malaha iyo tuhunka Nafta ku jira oo lugu sii adkaysto, laakiin waxa Nafta kusoo dhacaya ee aan ku sii harayn kaasi dhib malaha.
 Waa la xarimay asbaabta keenta in Bulshada Muslimku kala tagto isna goyso, sida is basaasida, xasadka, iyo wixii la mida.
 Waxaa la isu dardaarmay in Muslimka lagula dhaqmo  dhaqan Walaaltinimo iyo naseexo iyo is jacayl leh.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5332</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Adoonkii  Ilaahay madax uga dhigo Shacab, oo Maalinta uu dhimanaayo dhinta isago soo khiyaamay shacabkiisii, Ilaahay wuxuu ka xarimaa Janada</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Macqal Binu Yasaar AlMusani Allaha ka raali ahaadee waxaa la wariyey inuu yiri: waxaan ka maqlay Rasuulka nabadgelyo iyo naxariis Allaha siiyee  isagoo dhahaya: "Adoonkii  Ilaahay madax uga dhigo Shacab, oo Maalinta uu dhimanaayo dhinta isago soo khiyaamay shacabkiisii, Ilaahay wuxuu ka xarimaa Janada".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in qof kasta oo Ilaahay Masuul uga dhigay dad, ha noqoto masuuliyad guud sida Madaxweyne, ama masuuliyad gaara sida tan ninka ka saaran gurigiisa, ama Gabadha ka saaran Gurigeeda, hadii ay dayacaan wixii  masuulka looga dhigay,  ama ay khiyaaanan oo aanay u naseexayn, oo dayacaan xuquuqdooda Diineed iyo tan Aduunyo, waxay mutaysanayaan ciqaabtaas adag.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Goodigaasi gaar kuma aha Madaxwaynaha iyo ku Xigeenadiisa, balse waa mid guud oo loo jeedo qofkastoo Ilaahay Madax uga dhigay dad.
 Waxaa waajib ku ah Qofkasta oo Masuul ka noqda arin Muslimiintu leeyihiin inuu u naseexeeyo, kuna dadaalo inuu Amaanada guto, oo dadka uga digo khiyaanada.
 Xadiiska waxa ku sugan weynida ay leedahay Qof walba ee qaada Mas'uuliyad guud Bulshada ama mid gaara,  ha noqoto mid weyn ama mid yare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Wax kastoo wanaag ahi waa Sadaqo</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Jaabir Binu Cabdullaahi Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey in Nabigu nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Wax kastoo wanaag ahi waa Sadaqo."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay wanaag kasta iyo wax tar kasta oo loo qabto dadka sida hadalka iyo adeega waa Sadaqo, ajar iyo xasanaad baa ku jira.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Sadaqadu kuma koobna waxay dadku maalkooda ka bixiyaan, balse waxaa soo gelaya khayrka dadku sameeyo ama ay dhahaan oo ay dadka gaarsiiyaan.
 Waxaa ku jira in dadka la jeclaysiiyo wanaaga bixintiisa, iyo wixii nafac ugu jiro dadka kale.
 Lama yaraysto shay wanaaga, haba yaraadee.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[waxaa wariyey bukhaari,waana xadiiska jaabir,muslimna waxuu kuwariyey xadiiska xudayfa]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Shay ka mida wanaag ha yarysan, haba ahaato inaad kula kulanto Walaalkaa Waji furan</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Abii Dar Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa igu yiri: " Shay ka mida wanaag ha yarysan, haba ahaato inaad kula kulanto Walaalkaa Waji furan."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku booriyey in wanaaga la suubiyo oo aan la yaraysan wanaaga haba yaraadee, waxaana ka mida waji fornaanta iyo dhoolo cadaynta marka la kulmo, waxaa haboon in Qofka Muslinku ku dadaalo taas, waayo waxaa ku jira soo dhawayn Qofka Muslimka ah iyo in la farax geliyo.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Fadliga ku jira isjacaylka Muuminiinta, iyo isku dhoola cadaynta iyo Waji fornaanta markay kulmaan.
 Shareecadaani waa kaamil, wax walbana waa koobaysaa, waxaa ku jira wax kasta oo Muslimiinta wanaagooda iyo midnimadoodu ku jirto.
 Waxaa la isku boorinayaa wanaaga falitaankiisa haba yaraadee.
 Waxaa Suno ah in Muslimiinta la farax geliyo, waayo waxaa ku jira inay is jeclaadaan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Ma aha kan xooga lihi kan dadka legda, ee kan xooga lihi waa kan naftiisa hanta markuu caroodo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey in Rasuulka Ilahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Ma aha kan xooga lihi kan dadka legda, ee kan xooga lihi waa kan naftiisa hanta markuu caroodo.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in xooga dhabta ahi  uusan ahayn kan jirka, ama qofka dadka xooga leh legda, , balse  kan xooga badani waa midka Naftiisa ka adkaada ee qasba markuu aad u caroodo, waayo taasi waxay tusaysaa inuu awood u leeyahay inuu naftiisa hanan karo oo uu ka guulaysan karo shaydaanka.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Fadliga dulqaadka iyo Nafta oo la qabto marka la caroodo, wuxuuna ka mid yahay camalka Saalixa ah ee Diinta Islaamku ku .booriday.
 Nafta oo lagu Jihaado marka la caroodo wuu ka daran yahay in cadow lagu Jihaado
 Islaamku wuxuu u badalay aragtida xooga Jaahiliga ahaa akhlaaq fiican, Qofka dadka ugu xooga badani waa Qofka Naftiisa hanan kara.
 Waa in laga fogaado carada, waayo dhib ayaa ugu jira Qofka iyo Bulshadaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Qofkii qolo isu ekaysiiya iyaguu ka mid yahay</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Ibnu Cumar Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofkii qolo isu ekaysiiya iyaguu ka mid yahay".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in qofkii isku ekaysiiya qolo gaalo ah ama faasiqiina ama saalixiina isagoo samaynaya wax ka mida wixii lagu yaqaanay, sida caqiidada, cibaadada iyo caadooyinka iyaguu ka mid yahay, waayo oogada oo ay isaga ekaadaan  waxay keenaysaa inay gudaha isaga ekaadaan, shakina malaha in hadii qolo la isu ekaysiiyo ay ka imaanayso inay cajabiyeen, taaso keeni karta inuu jeclaado oo weyneeyo oo uu ku dhex jiro, taaso Qofka u keeni karta inuu uga ekaado xaga gudaha iyo cibaadada, Ilaahay ayaan ka magan galnaye.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Waxaa laga digayaa isku ekeysiinta gaalada iyo faasiqiinta.
 Waxaa la isku boorinayaa isku ekaysiinta  saalixiinta iyo ku dayashadooda.
 Dusha oo la isaga ekaado waxay dhaxal siinaysaa in uurka la iska jeclaado.
 qofku goodiga iyo danbiga wuxuu ka qaadanayaa hadba sida uu yahay isu ekaysiintiisu iyo nooca ay tahay.
 waxaa la iska reebay in la isu ekaysiiyo gaalada diintooda iyo caadooyinkooda u gaarka ah, wixiise aan intaas ahayn sida in laga barto farsamada iyo wixii la mida ma soo galayaan reebitaankaas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Qofka khayrka dadka tusa wuxuu leeyahay ajar la mida kan khayrkaa sameeyey ajarkiisa</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Abii Mascuud Alansaarii Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee nin ayaa u yimid wuxuuna yiri: waan gaadiid beelaye  gaadiid i saar, wuxuu ku yiri Nabigu nabadgelyo iyo naxariis Allaha siiyee: "kuuma heli karo", nin kalaa yiri: Rasuulkii Ilaahayow, anaa tusaaya Qof saara, Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri-: "Qofka khayrka dadka tusa wuxuu leeyahay ajar la mida kan khayrkaa sameeyey ajarkiisa".</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Nin ayaa u yimid Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuuna ku yiri: gaadiidkaygii ayaa iga dhintaye, i fuuli gaadiid, oo i sii waxaan fuulo oo i gaarsiiya, wuuna ka cudur daartay Nabigu nabadgelyo iyo naxariis Allaha siiyee inaanu hayn shay uu fuuliyo, nin kale oo joogay ayaa yiri: Rasuulka Ilaahayow, anaa tusaya Qof fuuliya, markaasaa Rasuulku nabadgelyo iyo naxariis Allaha siiyee u sheegay inuu ajarka la wadaagayo kan wax sadaqaystay waayo wuxuu tusay Qof u baahan.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Waxaa la isku boorinayaa in kheyrka la isu tilmaamo.
 In la isku booriyo khayrka waa asbaabta keenaysa Bulshada Muslimka ahi inay is kaashato oo ay is caawiso.
 Xadiiska waxaa ku sugan waasicnimada fadliga Ilaahay sareeye.
 Xadiiskani waa qaacido guud oo ay soo galayso acmaasha khayrka ah oo dhan.
 Qofku haduuna dabooli karin baahida kan baryaya, waa inuu u tilmaamaa Qof kale oo qayrki ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa la waydiiyey: xaga Ilaahay dambigee ugu wayn?, wuxuu yiri: "waa adigoo Ilaahay u sameeya mid la mida isagoo ku abuuray</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>Cabdillaahi Binu Mascuud -Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa la waydiiyey: xaga Ilaahay dambigee ugu wayn?, wuxuu yiri: "waa adigoo Ilaahay u sameeya mid la mida isagoo ku abuuray", waxaan iri: arinkaasi waa mid weyn, maxaa ku xiga?, wuxuu yiri: "inaad Ilmahaaga disho, adoo ka cabsanaaya inuu wax kula cuno", waxaan iri: maxaa ku xiga? wuxuu yiri: "inaad ka sinaysatid Xaaska Dariskaaga".</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee, waxaa la waydiiyey kan ugu weyn Dambiyada wuxuuna yiri: Dambiyada shirkigaa ugu weyn, waana inaad Ilaahay u sameyso mid u dhigma ama la mida Ilaahnimadiisa ama Rabinimadiisa ama Magacyadiisa iyo Sifaadkiisa, danbigaasna Ilaahay kuma dhaafo Towbad mooyee, Qofkii sameeyaa haduu ku dhinto Naarta ayuu ku waarayaa. Ka dib waxaa Qofkii ilmihiisa dila isagoo ka baqaya inuu wax la cuno, dilka naftana waa la xarimay, laakiin wuxuu dambigu ku sii waynaanayaa markuu noqdo kan la dilay mid qaraabo dhaw la ah kan dilay, waxa kaloo dambiga sii waynaynaya marka ujeedka dilku noqdo cabsi uu ka qabo kan wax dilay in kan la dilay la wadaago irsaaqada Ilaahay. Ka dib waxaa xiga in ninku ka sinaysto Xaaska Dariskiisa, isagoo dabin u dhigaaya Xaaska Dariskiisa ilaa uu ka sinaysto oo ay u hogaansanto. Sinadu waa xaaraan laakiin wuxuu dambigeedu sii weyn yahay marka mida laga sinaystey ay tahay Xaaska Dariska ee 
 Shareecada Islaamku ku la dardaarantay in la wanaajiyo oo loo baarinimo falo oo dhaqan fiican lagula dhaqmo.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan in Dambiyade ka la weyn yihiin, sida camalka wanaagsanba uu u ka la ajar badan yahay.
 Dambiyada waxaa ugu weyn: Ilaahay oo loo shariig yeelo, ka dibna inaad disho Ubadkaaga adigo ka baqaya inuu wax ku la cuno, ka dibna inaad ka sinaysato Xaaska Dariskaaga.
 IrsaaqaduGacanta Ilaahay ayey ku jirtaa, Isagaana kafaala qaaday quudka Makhluuqa oo dhan.
 Xaqa Jaarku waa mid aad u weyn, dhibka loo gaystona dambigiisu waa ka weyn yahay kan loo gaysto dadka kale.
 Allaha Khaaliqa ah kaligi uun baa xaq u leh cibaadada cid la wadaagtana ma jirto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Ha caayina dadka dhintay, way la kulmeen waxay hor marsadeene</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Caa'isha Allaha ka raali ahaadee waxa laga wariyey inay tiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ha caayina dadka dhintay, way la kulmeen waxay hor marsadeene."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey inay xaaraan tahay in dadka dhintay la caayo iyo in sharaftooda wax laga sheego, taasina waa akhlaaq xumo, waayo waxay heleen waxay hor marsadeen ee acmaal fiican ama xun ahaa, caydaasina iyaga ma gaarayso ee waxay dhibaysaa kuwa nool.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Xadiiskani wuxuu daliil u yahay inay xaaraan tahay cayda dadka dhintay.
 In la iska daayo cayda dadka dhintay waxaa ku jira ilaalinta danta dadka nool, iyo ka ilaalinta  Bulshada cadaawadda iyo is nacaybka.
 Xikmadda loo reebeyo cayda dadka dhintay waa inay la kulmeen wixii ay hor marsadeen, caydooduna waxba matarayso, waxayna dhib ku tahay qaraabadooda nool.
 Ma haboona dadku inay ku hadlaan wax aan maslaxadi ku jirin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Nina uma banaana inuu gooyo Walaalkii seddex Habeen wax ka badan, iyagoo kulmaya oo midba midka kale ka jeensanayo, labadoodana waxaa khayr badan kii bilaaba salaanta</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Abii ayuub Alansaarii Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Nina uma banaana inuu gooyo Walaalkii seddex Habeen wax ka badan, iyagoo kulmaya oo midba midka kale ka jeensanayo, labadoodana waxaa khayr badan kii bilaaba salaanta."</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay in Qofka Muslimka ah gooyo Walaalkiisa Muslimka ah wax ka badan seddex Habeen, iyagoo wada kulmaya oo aan isasa salaamayn oo wada hadlayn.
 Waxaana fadli badan labada isu caraysan kii isku daya inuu gooynta joojiyo oo salaanta bilaaba, gooynta la sheegay waxaa loo jeedaa wax Qofka dantiisa ah, laakiin gooynta ku saabsan xaq Ilaahay leeyahay, sida in la gooyo kuwa Caasiyada ah, kuwa Bidcada ah iyo Saaxiibada xun, taasi waqti kuma xirna ee waxay ku xiran tahay danta loo gooyey, oo hadii ay joogsato iyana way joogsan.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Waxa loo baneeyey seddex Maalmood iyo wixii ka yar,  iyado la tix galinayo dabeecadaha dadka, waxaana laga cafiyey gooynta seddex Beri ah si uu u dhamaado khilaafku.
 Fadliga salaantu leedahay, iyo inay tirtirayso wixii nafta ku jira, waxayna astaan u tahay is jeclaanta.
 Islaamku wuxuu ku dadaalay walaaltinimada iyo isku duubnaanta Muslimiinta u dhaxaysa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Magalayo Janada Qofka gooya Qaraabada</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Jubeyr Binu Mudcim Allaha ka raali ahaadee waxaa laga wariyey inuu ka maqlay Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Magalayo Janada Qofka gooya Qaraabada."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofka Qaraabadiisa ka gooya waxay waajib ahaan ugu leeyihiin ee xuquuq ah, ama dhib iyo xumaan kula kaca, wuxuu mutaysanayaa inuusan Janada gelin.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Qaraaba gonytu waa dambi dambiyada waa wayn ka mid ah.
 Qaraabo xiriirintu waa kolba sida Curfiga ah ee loo yaqaan, wayna kala duwan tahay sida ay u kala duwan yihiin Dhulka, waqtiga iyo dadku.
 Qaraabo xiriirintu waa in la is booqdo, Sadaqado la siiyo, in loo ixsaan falo , kan buka la booqdo, wanaaga la faro, xumaanta laga reebo, iyo wixii la mid ah.
 Mar kastoo Qaraabo gooytu tahay dadka sokeeyaha is ku ah dambigu waa ka sii adag yahay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Janada magalo fitnoole</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Xudeyfa Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan ka maqlay Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Janada magalo fitnoole."</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofka dadka Xanta ee hadalka u kala qaada dadka si uu isugu diro uu mutaysanayo ciqaab ah inuusan Janada gelin .</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Isku dirku wuxuu ka mid yahay dambiyada waa wayn.
 Isku dirka waa la reebay, waayo wuxuu dhex dhigayaa dadka Qof ahaan iyo Busho ahaanba dhib iyo fasaad.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ</t>
+    <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Majiro wax ka culus miisaanka qofka mu'uminka ah maalinta qiyaamaha Akhlaaqda fiican, Illaahayna wuu u caroodaa qofka afka xun ee ma xishoodaha ah</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Abii Dardaa-Allaha ka raalli ahaadee- wuxuu Nabiga ka wariyey inuu yiri: "Majiro wax ka culus miisaanka qofka mu'uminka ah maalinta qiyaamaha Akhlaaqda fiican, Illaahayna wuu u caroodaa qofka afka xun ee ma xishoodaha ah.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Suubanuhu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu sheegay in camalka ugu culus miisaanka mu'uminka maalinta qiyaamaha uu yahay akhlaaqda wanaagsan, waana waji furnaanta, dhibka oo dadka laga daayo iyo wax fiican oo la bixiyo. Illaahay wuu u caroodaa waxa xun ee gafka ah, hadal iyo ficilba, ee qofka xun kaga dhawaaqo carabkiisa.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Akhlaaq wanaagu fadli aad u wayn buu leeyahay, waayo wuxuu dhaxalsiiyaa qofka jacaylka Ilaahay, iyo jaceylka addoomadiisa, waana waxa ugu wayn ee miisaanka Aakhiro ugu culayska badan.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[Abuu daawuud iyo tirmidi ayaa wariyey]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5371</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Qofka jecel in loo waasiciyo irsaaqadiisa oo loo dheereeyo cumrigiisa, ha xiriiriyo Qaraabadiisa</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali ahaadee waxaa laga wariyey inuu Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Qofka jecel in loo waasiciyo irsaaqadiisa oo loo dheereeyo cumrigiisa, ha xiriiriyo Qaraabadiisa."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Nabigu  nabadgelyo iyo naxariis Allaha siiyee wuxuu ku booriyey in Qaraabada lagu xiriiriyo booqasho, in la karaameeyo jir ahaan, Xoolo ahaan iyo wixii la mida, waxayna sabab u tahay irsaaqada oo la waasiciyo iyo cimriga oo la dheereeyo.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Raximku waa Qaraabada ka soo jeeda xaga Aabe iyo xaga Hooyo, mar kasta oo uu noqdo Qaraabo dhaw isagaa sii awlaysan in la xariiriyo.
 Abaal marintu waa nooca camalka, qofkii qaraabadiisa ku xiriiriya wanaag iyo ixsaan, Ilaahay wuxuu u xiriiriyaa cimrigiisa iyo irsaaqadiisa.
 Xiriirinta Qaraabadu waxay sabab u tahay in irsaaqada loo waasiciyo waxay kaloo sabab u tahay in cimriga loo dheereeyo inkastoo ajasha iyo risqiguba qoran yihiin, laakiin waxay noqon kartaa in loo barakeeyo risqiga iyo cimriga, oo uu qabto wax ka badan kana nafac badan dadka kale waxay qabtaan, waxaa kale oo lagu sheegay risqiga iyo cimriga si dhab ah in loogu siyaadiyo, Ilaahay ayaa og.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Qofkii dhib gaysta Ilaahay ayaa dhiba, Qofka dadka wax ku adkeeyana Ilaahay ayaa wax ku adkeeya</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abii Sirma Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Qofkii dhib gaysta Ilaahay ayaa dhiba, Qofka dadka wax ku adkeeyana Ilaahay ayaa wax ku adkeeya ."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka digay in Muslimka dhib loo gaysto, ama la dhibaateeyo shay arimihiisa ka mida sida Naftiisa, maalkiisa iyo reerkiisa, Qofkii sidaa sameeyana Ilaahay ayaa ka abaal marin kuna ciqaabidoona nooca camalkiisa.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Waa xaaraan in Muslimka dhib loo gaysto iyo in la dhibaateeyo ee mashaqayo la galiyo.
 Ilaahay wuu u aaraa Adoomadiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5375</t>
   </si>
   <si>
-    <t>إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟</t>
+    <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>Nabiga -naxariis iyo nabadi korkiisa ha ahaatee-ayaa nagu soo baxay, waxaanan ku niri: Rasuulka Ilaahayow, waan baranay sidaan kuu salaamaynee, sideen kuugu sallinaa?</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>Caburraxmaan Binu Abii Leylaa wuxuu yiri: waxaan la kulmay Kacab Binu Cujrah, wuxuuna igu yiri: hadiyad makusiiyaa? Nabiga -naxariis iyo nabadi korkiisa ha ahaatee-ayaa nagu soo baxay, waxaanan ku niri: Rasuulka Ilaahayow, waan baranay sidaan kuu salaamaynee, sideen kuugu sallinaa? wuxuu yiri: "waxaad dhahdaan: Allahayow u naxariiso Maxamad iyo 
 Ehelada Maxamadba, sida aad ugu naxariisatay Ibraahim iyo Ehelada Ibraahim, adigu waxaad tahay Ilaahii mahad badan oo sharaf badane, Allahayow barakee Maxamad iyo Ehelada Maxamad, sida aad u barakaysay Ibraahim iyo Eheladiisa, waxaad tahay Ilaahii mahad badan oo sharaf badane."</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
     <t>Waxay weydiiyeen asaxaabtu Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- qaabka loogu sallinayo isaga? ka dib markay Ataxyaadka ku barteen sida ay u salaamayaan Nabiga scw: ((salaani korkaaga ha ahaato Nabi yahow iyo naxariista Ilaahay iyo barakadiisu...))? Wuxuu u sheegay Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- sida loogu sallinayo, iyo macnaheedaba: ((Allahayow u naxariiso Maxamad iyo Ehelada  Maxamadba)) macnaheedu waa: Allahayow ku amaan hadal wanaagsan malaa'igtaada agteeda Maxamad iyo kuwa diintiisa raacay iyo mu'uminiinta qaraabadiisa ah. ((sida aad ugu naxariisatay Ehelada Ibraahim)) Sida aad naxariistaada u siisay Ehelada Ibraahim-nabadi korkiisa ha ahaatee-oo ah: Ibraahim, Ismaaciil, Isxaaq, caruurtoodii iyo kuwa raacay ee mu'uminiinta ah, Maxamadna gaarsii galladdaada-naxariis iyo nabadi korkiisa ha ahaatee-. ((waxaad tahay Ilaah mahad badan oo sharaf badane)) Ilaahow waxaa la mahadiyaa adiga, sifooyinkaaga, iyo ficilkaaga, Ilaahow way balaaran tahay waynaantaadu, boqor tooyadaadu iyo wax bixintaaduba. ((Allahayow barakee Maxamad iyo Eheladiisaba, sida aad u barakaysay Ehelada Ibraahim)) Ilaahayow Nabiga scw sii kheyrka iyo karaamada tan  ugu wayn oo u siyaadi una sug.</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Dadkii hore ee salafu saalixa ahaa waxay ahaayeen kuwo isku hibeeya masalooyinka cilmiga ah.
 Waa waajib salliga Nabiga -naxariis iyo nabadi korkiisa ha ahaatee- in lagu akhriyo ataxiyaadka dambe dhexdiisa.
 Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuu baray asaxaabtiisa sida loo salaamayo iyo sida loogu sallinayo isaga.
 Qaabkan aan soo marnay waa qaabka ugu kaamilsan ee Suubbanaha loogu salliyo-naxariis iyo nabadi korkiisa ha ahaatee-.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5377</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ</t>
+    <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>((Salaadi kama ansixin qofka aan Akhrin suuradda faatixada)) waa qofka aan imaam ku xirnayn, qofka imaamka ku xirtay oo waqti uu faatixada ku akhriyo ka gaari waayey ma khuseeyo xaddiisku</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>Cubaada Binu Saamit-Allaha ka raalli ahaadee-wuxuu ka wariyey Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee-inuu yiri: ((Salaadi kama ansixin qofka aan Akhrin suuradda faatixada)) waa qofka aan imaam ku xirnayn, qofka imaamka ku xirtay oo waqti uu faatixada ku akhriyo ka gaari waayey ma khuseeyo xaddiisku.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu cadeeyey inay salaadi ansaxayn faatixada la'aanteed, waayo waa rukni ka mida arkaanta salaadda rakcad walba.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Faatixada akhrinteeda wax kale kama gudi karaan qofka isagoo awooda inuu akhriyo iyada.
 Waa ka buraysaa rakcadda uusan faatixada ku Akhrin qofkii kas u sameeya ama kii aan ogayn ama illawsan, waayo waa rukni Arkaantana sina looma dhaafikaro.
 Faatixada akhrinteedu way ka dhacaysaa qofku hadduu imaamka ku soo gaaro rukuuca.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5378</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Adoonku wuxuu ugu dhaw yahay Rabigi markuu  Sujuudsan yahay ee ducada badiya</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Adoonku wuxuu ugu dhaw yahay Rabigi markuu  Sujuudsan yahay ee ducada badiya."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in Adoonku markuu ugu dhaw yahay Rabigi ay tahay markuu Sujuudsan yahay, taasina waa Qofka tukanayaa wuxuu dhigayaa dhulka meesha ugu saraysa uguna Sharafta badan jirkiisa isago Ilaahay Casa Wajala u khuduucaya, isuna dulaynaya oo u tawaaducaya isagoo Sujuudsan.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu amray in ducada la badiyo Sujuuda dhexdeeda, waayo waxaa kulmaya in Ilaahay la isu duleeyo hadal ahaan iyo ficil ahaanba.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Cibaadadu waxay u kordhisaa Adoonka u dhawaanshaha Ilaahay, Isagaa nusqaan ka hufan oo sareeyee.
 Waxaa Suno ah  in Sujuuda lagu badiyo ducada, waayo waxay ka mid tahay meelaha ducada lagu aqbalo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Qofka tukada Salaada Subaxa Ilaahay magantiisuu ku jiraa</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Jundub Binu Cabdulaahi Alqusari Allaha ka raali ahaadee waxa laga wariyey inuu yiri: Rasuulka nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka tukada Salaada Subaxa Ilaahay magantiisuu ku jiraa, ee yaanu Ilaahay idinka dalbin shay ka mida magantiisa, waayo Qofkii Ilaahay magantiisa shay ka mida uu ka dalbo wuu qabanayaa, ka dibna wuxuu wajiga ugu tuurayaa Naarta Jahanama.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofka tukada Salaada Subxa inuu ku jiro Ilaahay xifdigiisa, ilaalintiisa, waardiyihiisa, difaacidiisa iyo u gargaaridiisa.
 Ka dib Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka digay in la jabiyo oo laga boxo balankaa, taasoo ah in Qofku ka tago Salaada Subaxa, ama Qof tukaday Salaadii Subax uu dhib u gaysto, Qofkii sidaa sameeya wuxuu buriyey balantii, wuxuuna mutaystay goodiga adag, iyado Ilaahay ku ciqaabidoono danbiga uu ku dhacay, Qofkii Ilaahay ka dalbo magantiisa wuu qabanayaa ka dibna wuxuu wajiga ugu tuurayaa Naarta.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Waxaa la cadeeyey muhimada Salaada fajarka iyo fadligeedaba.
 Digniin adag ayaa loo diray qofka dhibaato u gaysta dadka Salaada Subaxa tukaday.
 Ilaahay ayaa ka aara kuwa dhibaateeya Adoomadiisa Saalixiinta ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Qofka Ilaahay iyo Maalinta Qiyaamaha rumaysan khayr ha ku hadlo ama ha iska aamuso</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey 
 in Rasuulka nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Qofka Ilaahay iyo Maalinta Qiyaamaha rumaysan khayr ha ku hadlo ama ha iska aamuso, Qofka rumaysan Ilaahay iyo Maalinta Qiyaamaha Jaarkiisa ha maamuuso, Qofka Ilaahay iyo Maalinta Qiyaame rumaysan ha maamuuso Martidiisa."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Adoonka muuminka ee rumaysan Ilaahay iyo Maalinta Qiyaamaha ee loo  celinaayo Qiyaamaha ee abaal marinta camalkiisu ay jirto, in imaankiisu ku dhiiri geliyo inuu Sifooyinkaa wanaagsan sameeyo:
 Tan koobaad: hadalka wanaagsan: ee ah tasbiixda, tahliilka, wanaag farida, xumo reebida, islaaxinta dadka dhexdooda, intaa haduuna samayn karin ha iska aamuso dadkana dhibkiisa ha ka daayo, Carabkiisana ha xafido.
 Tan labaad: maamuuska Dariska: oo ah in loo ixsaan falo oo aan la dhibin.
 Tan seddexaad: maamuuska martida ku soo siyaarata: oo ah hadal wanaagsan, sooryeyn wanaagsan, iyo wixii la mid ah.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Rumaynta Ilaahay iyo Maalinta Qiyaamahu waxay sal dhig  u yihiin khayr oo dhan, waxayna farayaan qofka inuu khayr sameeyo.
 Waxaa laga digayaa aafada Carabka.
 Diinta Islaamku waa Diin isku duubnaan iyo karam ah.
 Sifooyinkaa waxay ka mid yihiin qaybha Iimaanka iyo aadaabta fiican.
 Hadalka badani waxaa dhici karta inuu Qofka u soo jiido shay karaahiyo ah ama xaaraan ah,  nabad galyadu waxay ku jirtaa inuusan ku hadlin waxaan khayr ahayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Qofka aan dadka u naxariisan isagana Ilaahay uma naxariisto</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Jariir Binu Cabdullaahi Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka aan dadka u naxariisan isagana Ilaahay uma naxariisto."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in Qofka aan u naxariisan dadka in Ilaahay  casa wajala isna uma naxariisto, Qofku inuu u naxariisto khalqiga waa asbaabta ugu weyn ee lagu gaaro naxariista Ilaahay.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Naxariista waa u baahan yihiin khalqiga oo dhan, waxaase  dadka si gaara loogu xusay ahmiyada la siiyey awgeed.
 Ilaahay waa Raxiim, Adoomadiisa naxariistana wuu u naxariistaa, abaal marintu waa nooca camalka.
 Naxariista loo naxariisanayo dadka waxaa ka mida in khayrka la gaarsiiyo iyo in dhibka laga daayo oo lagula dhaqmo wanaag.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5439</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Ilaahay Ragga wuxuu ugu neceb yahay Gar maqaataha dooda badan</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Caa'isha Allaha ka raali Ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Ilaahay Ragga wuxuu ugu neceb yahay Gar maqaataha dooda badan."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay Isagaa sareeya oo nusqaan ka hufane uu u caroodo midka muranka iyo dooda badan, ee Gar maqaataha ah, ee xaqa inuu muran ku difaaco doonaya, ama xaqa ugu dooda si ka baxsan aadaabta iyo xadkii loo baneeyey oo cilmi daro ku dooda.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Muranka xun ee la nacay masoo galayo oo kuma jiro dhibanaha xaqiisa u doodaya si sharciga waafaqsan.
 Muranka iyo dooddu waxay ka mid yihiin aafada carabka ee sababata kala taga iyo kala jeensiga Muslimiinta dhexdooda.
 Muranka iyo doodu waa wax wanaagsan hadii xaq lagu doodayo qaab wanaagsana loo doodayo, waana wax xun hadii xaq la isku hor taagayo baadilna lagu difaacayo, ama ay tahay mid xaq iyo cadayn aan lahayn</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Ilaahay hadalka wuxuu u jecel yahay Afar: subxaana Allaah, Alxamdu lilaah, laa ilaaha ilaa Allaah, Allaahu akbar, dhib maleh tii aad ka bilowdaa</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Samura Binu Jundub Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ilaahay hadalka wuxuu u jecel yahay Afar: subxaana Allaah, Alxamdu lilaah, laa ilaaha ilaa Allaah, Allaahu akbar, dhib maleh tii aad ka bilowdaa.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey Ilaahay inuu hadalka Afar ugu jecel yahay:
 Subxaana Allaah: waxayna tahay Ilaahay wuu ka nasahan yahay wax kastoo nusqaan ah.
 Alxamdu lillaahi: Ilaahay wuxuu ku sifoobay kaamilnimo taam ah oo ay la socoto waynayntiisa iyo jeclaantiisa.
 Laa ilaaha ilaa Allaah: majiro Ilaah xaq lagu caabudo oo aan ahayn Allah.
 Allaahu Akbar: Ilaahay ayaa ka weyn oo ka cisi badan, oo ka sharaf badan cid kasta.
 Fadliga ereyadan iyo ajarkooduba kuma xirna inay iskugu xigaan, marka lagu dhawaaqayo.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Shareecada Islaamku way fududahay dhibna kuma jiro ereyadaan kii aad ka bilowdo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee waxaa la waydiiyey waxa ugu badan ee Janada lagu galo, wuxuuna yiri:  "waa cabsida Ilaahay iyo Akhlaaq wanaaga</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Abii Hurayra Allaha ka raali noqdee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee waxaa la waydiiyey waxa ugu badan ee Janada lagu galo, wuxuuna yiri:  "waa cabsida Ilaahay iyo Akhlaaq wanaaga ", waxa kaloo la waydiiyey waxa ugu badan ee Naarta lagu galo, wuxuuna yiri: "waa Afka iyo Farjiga."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey asbaabta ugu wayn ee Janada lagu galo inay yihiin labo sababood oo ah:
 Ilaahay cabsidiisa iyo akhlaaq wanaagsan.
 Ilaahay cabsidiisu: waa inaad samaysataa wax cadaabka Ilaahay kaa xigsada, taasoo ah inaad amarkiisa raacdo kana fogaato wixii uu kaareebay.
 Akhlaaq wanaaguna: waa waji furnaanta, wanaag samaynta iyo dhibka oo la joojiyo.
 Asbaabta ugu wayn ee Naarta lagu galana waa labo sababood, ku waasoo ah:
 Carabka iyo Farjiga.
 Carabka macsidiisa waxaa ka mid ah: Beenta, Xanta, isku dirka iyo wixii la mid ah.
 Farjiga macsidiisa waxaa ka mid ah: Sinada, Khaniisida, iyo wixii la mid ah.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Galitaanka Janadu waxay leedahay sababo Ilaahay ku xiran, waxaana ka mida Ilaahay cabsidiisa, iyo sababo dadka ku xiran, waxaana ka mid ah: akhlaaq wanaaga.
 Khatarta Carabku u leeyahay Qofka, iyo inuu ka mid yahay asbaabta Naarta lagu galo.
 Khatarta Shahawaadka iyo Fuxshigu u leeyihiin dadka, iyo inay ka mid yihiin asbaabta ugu badan ee Naarta lagu galo.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Xishoodku iimaankuu ka mid yahay</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Cumar Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu maqlay nin ka waaninaaya Walaalkii Xishoodka, wuxuuna ku yiri: " "Xishoodku iimaankuu ka mid yahay ".</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu maqlay nin Walaalkii ku waaninaaya inuu ka tago Xishoodka badan! wuxuuna u cadeeyey Nabigu inuu Xishoodku iimaanka ka mid yahay, waxaan khayr ahayna ma  keenayo.
 Xishoodkuna waa akhlaaqda ku bixinaysa Qofka inuu wanaaga sameeyo oo xumaanta ka tago.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Wixii khayrka kuu diida laguma magacaabo Xishood, balse waxaa lagu magacaabaa Khajilaad, Caajisnimo, Daciifnimo iyo Fulaynimo.
 Ilaahay Casa Wajala oo  laga xishoodaa waa iyadoo amarkiisa la qaato,  iyo wuxuu reebay oo laga tago.
 Dadka oo laga Xishoodaana waa in la ixtiraamo, ee la darajeeyo, iyo in laga fogaado wixii dhaqan ahaan xumaynaya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ،</t>
+    <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>Mu'uminka xoogga weyn, ayaa ka khayr badan lagana jecel yahay xaga Ilaahay Mu'uminka Daciifka ah, mid walbana khayr buu leeyahay,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri "Mu'uminka xoogga weyn, ayaa ka khayr badan lagana jecel yahay xaga Ilaahay Mu'uminka Daciifka ah, mid walbana khayr buu leeyahay, ku dadaal waxa ku anfacaya, Ilaahayna kaasho, hana caajisin, haddii wax kugu dhacana ha dhihin haddaan sidaa iyo sidaa yeeli lahaa, waxaadse  tiraahdaa: Ilaahay wuxuu doonuu qadaraa wuxuu doonana wuu falaa, Ereyga "LOW" camalka Shaydaanka ayuu furaa".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in Qofka Mu'uminku sidiisaba khayr badan yahay, hase ahaatee Mu'uminka xooga weyn xaga Iimaanka, go'aan qaadashada, maalka iyo waxa la midka ah ee wanaaga ah ayaa ka khayr badan Ilaahayna ka jecel yahay Mu'uminka Daciifka ka ah. Intaa ka dib wuxuu u dar-daarmay Nabigu nabadgelyo iyo naxariis Allaha siiyee Mu'uminka inuu qaato sababaha wax yaabaha anfacaya Aduun iyo Aakhiraba, isagoo Ilaahay tala saaranaya. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka reebay dadka Caajiska, Wahsiga iyo inuu ka Cuslaysto ficilka isaga anfacaya Ifka iyo Aakhiroba. Markuu Mu'uminku ku dadaalo camalka, sababihiisana qaato, isagoo Ilaahay kaashanaya, kheyrna ka dalbaya, Qofkaa waxaa la gudboon inuu arinkiisa Ilaahay u ban dhigo, wuxuu Ilaahay u doorana kheyr u yahay, Haddii intaa ka dib musiibo ku dhacado yaanu dhihin: "Haddaan sidaa iyo sidaa yeeli lahaa", ''waayo Ereyga "Low - haddan" camalka Shaydaanka ayey furtaa'' waana qadarkii oo la diidayo iyo ka qoomamayn wax tegay, laakiin waa inuu dhoho isagoo Ilaahay isku dhiibaya, kuna raali ah Qaddarkiisa'' Ilaahay ayaa qadaray wuxuu doonana ayuu falaa'', waxa dhacay waa wax Ilaahay horay u xukumay rabitaankiisana ku dhacay, Ilaahay isagaa wuxuu doono sameeya, Qaddarkiisana cidi isma hor taagi karto, loogamana dambeyn karo xugun kiisa.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Dadku way ku kala duwan yihiin Iimaanka.
 Waa Sunne in xoog loo yeesho camalka aan qabanayno, waayo xooga waxaa ku yimaada faa'iido aan ku iman karin Daciifnimada.
 Waxaa la gudboon Aadoonku inuu ku dadaalo wixii faa'iido u leh, kana fogaado wixii aan wax tar u lahayn.
 Waxaa Mu'uminka waajib ku ah inuu Ilaahay gar-gaar waydiisto dhamaan umuurihiisa oo dhan, oo uusan Naftiisa isku halayn.
 Waxa Ilaahay xukumo iyo Qadarkiisuba waa run oo waa wax cad oo sugan, kamana hor imanaayo in Qofku sababaha iyo dadaalka sameeyo, kheyrkana u dadaalo.
 Waxaa la reebey Ereyga ''hadaan saa yeeli lahaa'' oo si caro ku jirto loo dhaho marka musiibo Qofka ku dhacdo, waana xaraan in la diido Qadaaga iyo Qaddarka Ilaahay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5493</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Ducada Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa ugu badnaa "Allahayow, Rabiyow, Adduunka nagu sii kheyr, Aakhirana nagu sii kheyr, nagana ilaali cadaabta Naarta-ee Aakhiro</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Anas Allaha ka raali noqdee waxaa laga wariyey inuu yiri: Ducada Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa ugu badnaa "Allahayow, Rabiyow, Adduunka nagu sii kheyr, Aakhirana nagu sii kheyr, nagana ilaali cadaabta Naarta-ee Aakhiro."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa
 mid badiya ducada ducooyinka kulmisa, waxaana ka mida: ''Allahayow, Rabiyow Adduunka nagu sii khayr, Aakhirana nagu sii khayr, cadaabta Nartana naga dheeree'', Ducadaasi waxay koobaysaa xasanada Adduunka ee ah risiq wanaagsan oo waasic ah, xaas wanaagsan, ubad indhuhu ku qabawsadaan, raaxo iyo cilmi wax tar leh, camal saalix ah, iyo wixii la mida ee wax yaabaha wanaagsan ee la jecel yahay ah ee mubaaxa ah, xasanada Aakhirana wuu kaga badbaadayaa ciqaabta Qabriga, iyo marka la taagan yahay Maxsharka, iyo inuu helo Raali ahaanta Ilaahay, kuna guulaysito nicmada joogtada ah, iyo Rabiga Raxiimka ah u dhawaantiisa.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Waxaa Suno ah in lagu ducaysto ducada kulmisa ducooyinka , iyadoo looga dayanaayo Nabiga nabadgelyo iyo naxariis Allaha siiyee.
 Waxaa ugu kaamilsan in Qofku ducadiisa ku kulmiyo khayrka Aduunyada iyo  khayrka Aakhiraba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5502</t>
   </si>
   <si>
-    <t>سَيِّدُ الِاسْتِغْفَارِ</t>
+    <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>Sayidka istiqfaartu</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>Shadaad Binu Aws Allaha ka rali ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: " Sayidka istiqfaartu waa inaad tiraahdo: Allahayow adigaa Rabigay ah Ilaah aan adiga ahayn ma jiro, adigaa i abuuray ana Adoonkaagii ayaan ahay waxaan ku taagnahay balantaada iyo balan qaadkaaga intaan awoodo, waxaan kaa magan galayaa waxaan sameeyey Shartooda, waan qirsanahay Nicmooyinka aad i siisay, waan kaaga towbadkeenay danbigayga ee ii dhaaf, adiga maahee cid kale danbiyada ma dhaaftee" wuxuu yiri: " Qofkii yiraahda Maalintii isagoo yaqiinsan, oo dhinta Maalintaas galabtii ka hor waa Ehlu Jano, Qofkii yiraahda Habeenkii isagoo yaqiinsan, oo dhinta Habeenkaas inta aan waagu baryin, waa Ehlu Jano".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in istiqfaartu ay leedahay Ereyo, kuwa ugu fadliga badana ay yihiin inuu Adoonku dhoho: ''Allahayow, adaa Rabigay ah, Ilaah aan adiga ahayni majiro, waad i abuurtay ana Adoonkaagaan ahay, waxaanan ku jiraa balankaagii iyo balan qaadkaagii inta aan awoodo, waxaan kaa magan galayaa Sharka aan sameeyo dhibkiisa, waxaan kuu ogsoonahay oo qiraya Nicmooyinka aad i siisay, waxaan qirsanahay dambigayga, Allahayow ii dambi dhaaf, mid aan Adiga ahayn oo dambiga dhaafi karaa majiree'' Marka hore Adoonku wuxuu u qirayaa towxiidka, iyo in Ilaahay abuuray oo uu caabudayo isagoon cidna la wadaajin, oo Addoonku  ku kusugan yahay wuxuu Ilaahay kula ballamay ee iimaan iyo u hoggaansan Ilaahay ah kolba inta Awooddiisu tahay, waayo Adoonku sikasta oo uu u cibaadaysto haddana lama iman karo dhamaan wixii Ilaahay faray ee cibaado ah, iyo inuu guto mahadnaqii looga baahnaa ee Nicmooyinka Ilaahay, Adoonku llaahay buu cuskadaa, Diintiisana qabsadaa, Isaguuna Adoonku ka hoos galaa Sharka ay Naftiisu samayso. Ilaahay ayuu u qirayaa Nicmada uu siiyey, wuxuu Naftiisa ula noqonayaa  inuu  qirto oo citiraafo gafkiisa iyo dambigiisa. Codsigaa uu Ilaahay u jeediyey ka dib, Adoonku wuxuu Ilaahay ka baryayaa inuu u dambi dhaafo, oo uu u asturo dambiyadiisii oo kaga Ndiifiyo dembiyada cafiskiisa, fadligiisa iyo naxariistiisa, waayo cid aan Ilaahay wayne kor ahaaye ahayn oo dambiyada Adoomada dhaafi karta majirto. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay  inay ka mid tahay wardiga Subaxa iyo Habeenka, Qofka akhriya bilawga Maalinta isagoo yaqiinsan macneheedana dhadhan sanaya rumaysana, inta u dhaxaysa Qorax soo baxa ilaa Sawaalka -oo ah markay bartamaha Samada u yara dhaafto wax yar Qoraxdu xagga Qorax dhaca-, waana waqtiga Maalinimada ah ee sidaa ku dhinta Janaduu gelayaa. Qofka Habeenka akhriyana, waana Qorax dhaca ilaa soo bixitaanka Fajarka, oo sidaa ku dhinta intaanu Waabariisan Janaduu gelayaa.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Siiqadaha loo istiqfaarsado way kala duwan yihiin, qaarba qaarka kale ka fadli badan.
 Waxaa la gudboon Adoonka inuu ku dadaalo baryada uu Ilaahay  baryo inuu ducadaa ku baryo, waayo waa Boqorka istiqfaarta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5503</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Labo eray oo ku fudud Carabka, kuna culus Miisaanka, Raxmaankuna jecel yahay</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey in Nabigu nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Labo eray oo ku fudud Carabka, kuna culus Miisaanka, Raxmaankuna jecel yahay: waa: Subxaana Allahi Alcadiim, Subxaana Allahi wa Bixamdihi."</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay laba eray oo dadku u oran karaan si fudud iyo xaalad kasta oo ay joogaan, oo ajarkoodu  ku wayn yahay miisaanka, Rabigeena Raxmaankuna jecel yahay.
 Subxaana Allaahi Alcadiim, Subxaan Allaahi wa Bixamdihi, ereyadaani Ilaahay waxay ku sifaynayaan waynaan iyo kaamilnimo, iyo in Ilaahay laga nasaho nuqsaanta isagaa sareeyee.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Dikriga ugu wayn waa in lagu kulmiyo Ilaahay nasahnaantiisa iyo amaantiisa.
 Waxaa cad Ilahay Raxmadiisa waasica ah ee uu siiyey Adoomadiisa, camal yar ayuu ku abaal marinayaa ajar weyn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Majiro Shay Ilaahay kaga qiimo badan ducada</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey Nabigu nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Majiro Shay Ilaahay kaga qiimo badan ducada."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inaanu jirin Shay cibaadada ka mid ah ee Ilaahay agtiisa ka fadli badan ducada, waayo waxaa ku jira ducada in la citiraafo Ilaahay inuu qani yahay Isagaa nusqaan ka hufane, waxa kaloo ku jira ducada in la citiraafo in Adoonku tabar yar yahay oo uu Ilaahay u baahan yahay.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Fadliga ducada iyo in Qofka Ilaahay barya uu wayneeyey, ee uu qiray inuu qani yahay isagaa xumaan ka hufane waayo faqiir lama baryo, wuxuu qiray inuu Samiic yahay waayo Dhagool lama baryo, Kariimna yahay waayo Bakhiil lama baryo oo uu Raxiim yahay waayo Qabiid lama baryo, Qaadirna yahay waayo Daciif lama baryo oo uu dhaw yahay waayo mid fog kuma maqlayo iyo Sifaadka kale ee Ilaahay Waynaantiisa iyo Quruxdiisa ku Saabsan isagaa xumaan ka nasahane.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Sadaqo maal ma yareyso, Adoon wax cafiyeyna Ilaahay uma siyaadiyo cisi mooyee, qofkii Ilaahay darti u tawaaducana Ilaahay ayaa kor u qaada</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Sadaqo maal ma yareyso, Adoon wax cafiyeyna Ilaahay uma siyaadiyo cisi mooyee, qofkii Ilaahay darti u tawaaducana Ilaahay ayaa kor u qaada.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey  in sadaqdu aysan Maalka yarayn, balse ay ka difaacado Aafada, Ilaahayna wuxuu ugu badalaa kan Sadaqada bixiya khayr wayn, waxayna noqotaa mid badisa ee aan yarayn.
 Qofka dadka iska cafiya isagoo awooda inuu ka aarsado ama uu u qabsado Qofkii, Ilaahay wuxuu ugu bedelaa awood iyo cisi.
 Qofka Ilaahay darti u tawaaduca oo isu bihinbihiya, isagoon Qofna ka cabsanayn ama iska jeedinayn ama aan nafac kaga doonayn, llaahay wuxuu abaal uga dhigaa inuu sarayn iyo sharaf siiyo.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Khayrka iyo liibaantu waxay ku jiraan in loo hogaansamo Shareecada, iyo in khayrka la falo haba la ahaato dadka qaarki in arintu sidaa ka duwan tahaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Qofka difaaca Cirdiga iyo Sharafta Walaalki Ilaahay baa isna Wajigiisa Naarta ka difaaci Maalinta Qiyaamaha</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Abii Dardaa Allaha ka raali ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Qofka difaaca Cirdiga iyo Sharafta Walaalki Ilaahay baa isna Wajigiisa Naarta ka difaaci Maalinta Qiyaamaha."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofka difaaca Sharafta Walaalkiisa Muslimka ah markuu maqan yahay, isagoo u diidaya in lacaayo oo la xumeeyo, Qofkaa Wajigiisa Ilaahay  waa ka Ilaaliyaa cadaabka Maalinta Aakhiro.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Waxaa la reebay in wax laga sheego Cirdiga Muslimiinta.
 Abaal marintu waa nooca camalku yahay, Qofka Cirdiga Walaalkiisa Muslimka ah difaaca isagana Ilaahay baa Naarta ka celiya.
 Islaamku waa diin Walaaltinimo faraysana Muslimiintu inay xaqa isugu hiiliyaan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Qofka dhaha: Subxaana Allaahi wa Bixamdihii, boqol jeer Maalintii dambigiisa waa loo dhaafaa haba haato Daad xoorta Badda oo kalee</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Qofka dhaha: Subxaana Allaahi wa Bixamdihii, boqol jeer Maalintii dambigiisa waa loo dhaafaa haba haato Daad xoorta Badda oo kalee".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay Qofka dhaha Maalintii boqol jeer: "subxaana Allaahi wa bixamdihii" waa laga tirtiraa oo loo dhaafaa dambigiisa, haba badnaado sida xoorta cad ee Badda dul saaran marka Baddu kacsan tahaye.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Ajarkaa waxaa helaya Qofka u dhaha Maalintii si xiriir ah ama si aan xiriir ahaynba.
 Tasbiixdu: waa Ilaahay oo laga hufo nusqaanta, Xamdiguna:  waa Ilaahay oo lagu sifeeyo kaamilnimo isagoo la jecel yahay oo la waynaynaayo.
 Ujeedada Xadiisku waa in dambiga yar la dhaafayo, danbiga waynse waxaa lagama maarmaan ah in laga towbad keeno.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>Qofka dhaha: laa ilaaha Ilaa Allaah waxdahu laa shariika lahu lahul mulku wa lahul xamdu wa huwa calaa kuli Shayin qadiir, toban jeer</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Abii Ayuub Allaha ka raali ahaadee waxaa laga wariyey in Nabigu  
 nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Qofka dhaha: laa ilaaha Ilaa Allaah waxdahu laa shariika lahu lahul mulku wa lahul xamdu wa huwa calaa kuli Shayin qadiir, toban jeer wuxuu la mid ahaanayaa Qof xoreeyey Afar Qof oo duriyadii Nabi Ismaaciil ah".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in qofka dhaha: "laa ilaaha Ilaa Allaah, waxdahuu laa shariika lahu, lahul mulku, wa lahul xamdu, wa huwa calaa kuli shayin qadiir" macneheeduna yahay: mid xaq lagu caabudo ma jiro oo aan Ilaahay ahayn, waa kaligii shariigna malah, Ilaahayna isagaa xumaan ka hufane mulkigiisu waa kaamil, wuxuu xag u leeyahay amaan oo dhan iyadoo la jecel yahay oo la waynaynaayo cidaan isaga ahayna la waynayn, Ilaahay waa qaadir wax cajsi galinayaa jirin. Qofka ku celceliya digrigaa weyn Maalin kasta toban jeer, wuxuu helayaa ajarka uu helo Qof xoreeyey Afar Adoon oo duriyadii Nabi Ismaaciil ah, isaga iyo Aabihiiba nabadi korkooda ha ahaatee, wuxuuna ugu gaar yeelay Nabigu  
 nabadgelyo iyo naxariis Allaha siiyee duriyada Nabi Ismaaciil way ka Sharaf badan yihiin dadka kale.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Dikrigaan fadligiisa waxaa soo gelaya in Ilaahay loo kali yeelo Ilaahnimada, Mulkiga, Xamdiga iyo Qudro taam ah.
 Ajarka dikrigaan wuu helayaa Qofkii si xiriira u yiraahda ama si goos goos ah u yiraahda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Qofka Ilaahay la doono khayr Diinta ayuu fahamsiiyaa</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Mucaawiye Allaha ka raali ahaade waxaa laga wariyey inuu yiri: waxaan ka maqlay Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Qofka Ilaahay la doono khayr Diinta ayuu fahamsiiyaa, anigu qaybiye ayaan ahay, Ilaahay ayaa wax bixiya, Ummaddaani ka suulimayso inay xaqa ku taagan tahay mana dhibayso cidii khilaafta ilaa amarka Ilaahay yimaado".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay Qofka Ilaahay khayr la doono inuu ku irsaaqo fahamka Diinta, Nabiguna nabadgelyo iyo naxariis Allaha siiyee uu yahay mid u qaybiya dadka waxa Ilaahay bixiyo ee risiq iyo cilmi iyo wixii kaleba, irsaaqad bixiyaha dhabta ahina waa Ilaahay, wixii Ilaahay ka soo harayna waa asbaab aan waxba tarayn in Ilaahay u idmo maahee, ummaddaanina ka tagimayso inay amarka Ilaahay ku taagan tahay, mana dhibayso cidii khilaataa ilaa Qiyaamuhu dhoco.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan Fadliga weyn ee cimliga Shareecada iyo barashadiisu leeyihiin iyo isku boorintiisa.
 Waa lama huraan in xaqa lagu taagnaado oo ummaddan laga dhex helo xaqa, oo hadii Qolo ka tagto Qolo kale ay ku taagnaato.
 Diinta in la fahmo waa khayr Ilaahay la doonay Adoonkiisa.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu wax ku siiyaa amarka iyo doonista Ilaahay, ee isagu waxbana mahaysto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5518</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Ilaahay waa jecel yahay Adoonka taqiga ah oo qaniga ah ee qarsoon</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Sacad Binu Abii Waqaas Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay waxaan ka maqlay isagoo dhahaya: "Ilaahay waa jecel yahay Adoonka taqiga ah oo qaniga ah ee qarsoon".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu sheegay in Ilaahay casa wajala Adoomadiisa uu qaar jecel yahay.
 Waxaa ka mida kan taqiga ah: ee amarka Ilaahay ku taagan, kana fogaada wixii Ilaahay ka reebay.
 wuxuu jecel yahay kan qaniga ah: waa kan Ilaahay casa wajala kaga kaaftooma dadka oo Ilaahay mooyee aan cid kale eegayn.
 Ilaahay wuxuu jecel yahay kan qarsoon: ee tawaaduca ee rabigi caabuda oo ka shaqeeya wixii isaga anfacaaya, kaaso aan ahmiyad siinin in qofna barto ama la sheeg sheego oo la amaano.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>waxaa la cadeeyey qaar ka mida sifaadka keenaya in Ilaahay jeclaado adoomadiisa, sida taqwada, tawaaduca iyo in lagu raali ahaado wixii Ilaahay siiyey.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>waxaad u arki doontaan Rabigiin sidaad dayaxan aad u arkaysaan,  idinkoon isku ciriiryeyn aragtida Ilaahay</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>Jariir Binu Cabdullaahi-Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo la jooga ayuu fiiriyey dayaxa-habeen uu ahaa 14, wuxuuna yiri: " waxaad u arki doontaan Rabigiin sidaad dayaxan aad u arkaysaan,  idinkoon isku ciriiryeyn aragtida Ilaahay, hadaad awoodaan inaad ilaalisaan Salaada inta Qoraxda aanay soo bixin iyo inta aanay dhicin sameeya" ka dib Nabigu  nabadgelyo iyo naxariis Allaha siiyee wuxuu  akhriyey Aayadan Qur'aanka ah: {ku tasbiixso xamdiga Rabigaa intaan Qoraxdu soo bixin iyo inta aanay dhicin}.</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>Saxaabadu habeen ayey la joogeen Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu eegay Dayaxa oo ahaa Habeenka 14aad- wuxuuna yiri: Muuminiintu  Rabigood waxay ku arkidoonaan Indhahooda si dhab ah, isagoon cidna shabihin, dadkuna iskuma ciriiryayaan aragtidiisa, kuna dhicimaayo daal iyo mashaqo midna marka ay Ilaahay arkayaan. Ka dibna Rasuulku Ilaahay wuxuu yiri: Hadaad kartaan inaad iska joojisaan asbaabta idin dhaafinaysa Salaada fajarka iyo Salaada Casarka sameeya, oo la imaada labadaas Salaadood waqtigoda iyagoo kaamila oo jamaaco aad la tukateen, arintaasi waxay ka mid tahay asbaabta keenta in Ilaahay casa wajala wajigiisa la arko. Ka dib wuxuu akhriyey Suubanuhu nabadgelyo iyo naxariis Allaha siiyee Aayadaan: {Ku tasbiixso Xamdiga Rabigaa Qooraxdu inta aanay  soobixin iyo inta aanay dhicin}.</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>Dadka iimaanka leh waxaa loogu bishaaraynayaa inay Ilaahay ku arkidoonaan Janada.
 Qaababka loo gudbiyo Dacwada Ilaahay waxaa ka mida: adkaynta, jeclaysiinta iyo in tusaale la soo gaato.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5657</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>Nabigu scw inuusan diidi jirin catarka</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali ahaadee waxaa laga wariyey: Nabigu scw inuusan diidi jirin catarka.</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Dhaqanka Nabiga scw waxaa ka mid ahaa in aanu diidin catarka oo aqbali jiray, waayo waa khafiif la qaadan karo oo udgoon.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Waa sune in la aqbalo siinta catarka, waayo culays malaha qaadistiisu dhibna malaha aqbalkiisu.
 Akhlaaq wanaaga kaamilka ah ee Nabiga scw waxaa ka mida inuusan diidin catarka, oo uu ka aqbalo hadiyada qofka u keena.
 Waxaa la is jeclaysiinayaa in catarka la isticmaalo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5733</t>
   </si>
   <si>
-    <t>اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ،</t>
+    <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>Ka cabsada dulmiga, waayo dulmigu wuxuu qofka galinayaa mugdiyada maalinta qiyaame, ka cabsada bukhliga, waayo bukhligu wuxuu halaagay kuwii idinka horeeyey,</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Jaabir Binu Cabullaahi Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Ka cabsada dulmiga, waayo dulmigu wuxuu qofka galinayaa mugdiyada maalinta qiyaame, ka cabsada bukhliga, waayo bukhligu wuxuu halaagay kuwii idinka horeeyey, wuxuuna gaarsiisay inay dhiigooda daadiyaan oo wixii Ilaahay ka xarimay xalaashadaan."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu ka digay dulmiga, dulmiga waxaa ka mida: dadka oo la dulmiyo, nafta oo la dulmiyo, Ilaahay xaqiisa oo la dulmiyo, Dulmigu waa in laga tago in la siiyo mid walba oo xaq leh xaqiisa, dulmigu waa mugdiyo ay galayaan dadka sameeya dulmiga maalinta qiyaame, iyagoo la kulmidoona dhibaato adag iyo halaag. Waxa kale oo uu reebey Nabigu-naxariis iyo nabadi korkiisa aha ahaatee- bukhliga oo ah bakhaylnimada teeda ugu xun iyo ku dadaalideeda, waxaana ka mida ka gaabinta xuquuqda maalka saaran oo qofku ku bakhaylo iyo inuu aad ugu dadaalo aduunyo raadin. Dulmiga nuucaas ahi wuxuu halaagay ummaddihii inaga horeeyey, wuxuuna gaarsiiyey inay is laayaan oo ay xalaashadaan wixii Ilaahay ka xarimayn.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Maalka oo la huro iyo walaalaha oo la wanaajiyo waa sababaha dadka is jacaylsiiya xiriirkana wanaajiya.
 Xoolo jacaylka iyo bukhligu waxay qofka u soo jiidaan macsida, fuxshiga, iyo dambiga.
 Waa in lagu cibro qaato xaalka ummaddihii hore.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5787</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Muuminiinta waxaa ugu iimaan sareeya kan ugu akhlaaqda wanaagsan, waxaana idiinku  khayr badan kuwa Dumarkooda u khayroon</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Muuminiinta waxaa ugu iimaan sareeya kan ugu akhlaaqda wanaagsan, waxaana idiinku  khayr badan kuwa Dumarkooda u khayroon".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofka dadka ugu iimaan badan uu  yahay kan akhlaaqdiisu fiican tahay, taasoo ah waji furnaanta, wanaag samaynta, hadal wanaaga, iyo dhibka oo uu iska daayo.
 Muuminiinta waxaa ugu khayr badan kuwa Dumarkooda u khayr roon, sida Gaaskiisa, gabdhihiisa,  Walaalihiis iyo Dumarka Qaraabadiisa ah, waayo kuwaasaa u xaq leh akhlaaq wanaagiisa.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Waa fadliga akhlaaqda wanaagsan iyo inay ka mid tahay iimaanka.
 Camalku iimaan kuu ka mid yahay, iimaankuna wuu kordhaa wuuna yaraada.
 Islaamku wuu maamuusay Dumarka wuxuuna ku booriyey in loo ixsaan falo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Aduunyadu waa raaxo, raaxada Aduuna waxaa u khayr badan Gabar saalixad ah</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>Cabdulaahi Binu Camar Allaha ka raali ahaado isagiyo Aabihiye waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: Aduunyadu waa raaxo, raaxada Aduuna waxaa u khayr badan Gabar saalixad ah.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Aduunyada iyo waxa dhex yaalaba ay yihiin wax waqti kooban lagu raaxaysto, ka dibna tagaya, raaxada Aduun waxaa ugu fiican xaas saalixad ah, taasoo markuu ninkeedu eego farxad gelisa, markuu wax farana adeecda, markuu ka maqnaadana nafteeda iyo maalkiisaba ilaalisa.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Waxaa banaan ku  raaxaysiga wax yaabaha wanaagsan ee Ilaahay u xalaaleeyey Adoomadiisa iyadoon la israafayn ama riyo beenaad laga dhigin.
 Waxaa la isku booriyey xulashada xaas wanaagsan, waayo waxay ninkeeda ku caawinaysaa inuu Rabigi caabudo.
 Raaxada Aduunka waxaa ugu khayr badan wixii cibaadada Ilaahay la xiriira ama wixii cibaadada ku kaalmeeya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Jileecu shayga uu galo wuu wanaajiyaa, shaygii laga siibana wuu xumaadaa</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>Waxaa laga wariyey Caa'isha oo ahayd xaaskii Nabiga nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Jileecu shayga uu galo wuu wanaajiyaa, shaygii laga siibana wuu xumaadaa".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in jileeca iyo dabacsanaata  xaga hadalka iyo ficilkuba ay u siyaadiso qurux arimaha, kamaal, iyo wanaag waxayna u dhawdahay in Qofka sidaa suubiya uu dantiisa gaaro.
 Dabacsaan la`aantu arimaha way ceebaysaa oo xumaysaa waxayna u diidaa Qofka sameeya inuusan dantiisa gaarin ama uu ku gaaro dhib.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Waxaa la isku boorinayaa ku dhaqanka akhlaaqda dabacsan.
 Dabacsaantu Qofka way qurxisaa, waxayna  sabab u tahay khayr kasta oo arimaha Diinta ama aduunyada ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Ilaahay wuu kaga raali noqdaa Qofka  markuu wax cuno oo Ilaahay ku mahadiyo iyo markuu wax cabo oo uu Ilaahay ku mahadiyo</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ilaahay wuu kaga raali noqdaa Qofka  markuu wax cuno oo Ilaahay ku mahadiyo iyo markuu wax cabo oo uu Ilaahay ku mahadiyo".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu cadeeyey in marka Adoonku Ilaahay fadligiisa iyo nicmadiisa uu ku mahadiyo ay ka mid tahay arimaha lagu gaaro Ilaahay raali ahaantiisa, markuu cuntada cuno wuxuu oran: Alxamdu lilaah, haduu cabana wuxuu oran: Alxamdu lilaah.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Deeqsinimada Ilaahay casa wajala, wuxuu fadligiisa ku siiyey irsaaqad hadii lagu xamdiyona wuu ku raalinoqdaa.
 Raali ahaanta Ilaahay waxaa lagu gaaraa asbaabta ugu fudud, sida mahadnaqa marka wax la cuno ama wax la cabo.
 Aadaabta cuntada iyo cabitaanka waxaa ka mida: Ilaahay oo loo mahadiyo cunida iyo cabida ka dib.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Qofka Muuminku wuxuu ku gaaraa akhlaaq wanaagiisa darajada qofka Sooman ee Salaad u taagan</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>Caa'isha Allaha ka raali ahaadee waxaa laga wariyey inay tiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Qofka Muuminku wuxuu ku gaaraa akhlaaq wanaagiisa darajada qofka Sooman ee Salaad u taagan".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in akhlaaq wanaagu ay Qofka gaarsiiso darajada Qofka si joogto ah Maalintii u Sooma Habeenkiina Salaad u taagan, akhlaaq wanaaga waxaa lagu soo ururiyey: Gacan furnaanta, hadal wanaaga, waji furnaanta, joojinta dhibka iyo dadka oo uu u dulqaato.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Diinta Islaamku si wayn ayey u ilaalisay in la carbiyo akhlaaqda iyo kaamil nimadeeda.
 Fadliga akhlaaq wanaaga Adoonku wuxuu ku gaaraa daraja Qofka Sooman ee aan afurayn iyo kan Salaad u taagan ee aan daalayn.
 Soonka Maalinta iyo Salaatul-laylku waa labo camal oo waawayn naftana ku adag, darajadooduna  gaarayso mida uu helo Qofka akhlaaqda wanaagsan, waayo wuxuu ku dadaalay in naftiisu dhaqan wanaagsan yeelato.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>waxaa idiinku ikhyaarsan kuwa idiinku akhlaaq fiican</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Camar Allah ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee ma ahayn mid af xun oo ma xishoode ah, wuxuuna dhihi jiray: " waxaa idiinku ikhyaarsan kuwa idiinku akhlaaq fiican."</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Kama mid ahayn Nabiga nabadgelyo iyo naxariis Allaha siiyee akhlaaqdiisa hadalka xun iyo ficilka xuni, mana ahayn mid u qasda xumaanta ama ula kac u sameeya xumaan, Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa mid akhlaaq wayn leh.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu oran jiray kan Ilaahay xagiisa idiinku fadliga badan waa kan idiinku akhlaaq wanaagsan, sida wanaag bixinta waji furnaanta, dhib la'aanta, u dul qaadashada dadka, iyo dad la dhaqanka wanaagsan.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Muuminka waxaa ku haboon inuu ka fogaado fuxshiga, hadlka xun iyo ficilka xun.
 Rasuulka nabadgelyo iyo naxariis Allaha siiyee akhlaaqdiisa kaamil nimadeeda kama soo bixi jirin camal saalixa iyo ereyo fiican maahee.
 Akhlaaq wanaagu waa goob banaan oo lagu tartamo, qofka u dheereeya wuxuu ka mid noqonayaa muuminiinta ikhyaartooda ee iimaankoodu kaamilka yahay .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>Ilaahay wuxuu yiri: Ibni Aadanow wax bixi  aan wax ku siiyee</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Ilaahay wuxuu yiri: Ibni Aadanow wax bixi  aan wax ku siiyee."</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay isagaa koreeyee uu yiri: Ibni Aadanow bixi Sadaqada waajibka ah iyo tan Sunada ahba, waan idiin waasicin oo badal idinsiine idiina barakayne.-</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Waxaa la isku  booriyey Sadaqada iyo in jidka Ilaahay wax lagu bixiyo
 Ku bixinta Maalka meelaha khayrka ahi waxay ka mid tahay asbaabta ugu waawayn ee Ilaahay ku barakeeyo risiqa kuna labanlaabo iyo in wixii uu bixiyey Adoonku Ilaahay badalkeeda siiyo.
 Xadiiskani wuxuu ka mid yahay Axaadiista uu Nabigu nabadgelyo iyo naxariis Allaha siiyee Ilaahay ka wariyey, waxaana lagu magacaabaa Xadiis Alqudsi ama Xadiis Al-Ilaahi, waana Xadiis ereyadiisa iyo macnahooduba xaga Ilaahay ka yimaadeen, Qur'aankana la mid maaha oo laguma caabudo Ilaahay akhrintiisa, looma dahaaro qaato, taxadiga iyo icjaaska Qur'aanku leeyahayna malaha xadiisul-qudsigu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5805</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>Inuu nin weydiiyey Nabiga nabadgelyo iyo naxariis Allaha siiyee: Islaamka maxaa ugu khayr badan? wuxuu ugu jawaabay: "dadka oo aad cunto siiso iyo inaad salaanto َofka aad taqaan  iyo kan aadan aqoonba</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Camar -Allaha ka raali ahaado isaga iyo Aabihiye- waxaa laga wariyey: Inuu nin weydiiyey Nabiga nabadgelyo iyo naxariis Allaha siiyee: Islaamka maxaa ugu khayr badan? wuxuu ugu jawaabay: "dadka oo aad cunto siiso iyo inaad salaanto َofka aad taqaan  iyo kan aadan aqoonba."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa la weydiiyey, Sifooyinka Islaamka kuwee ugu fadli badan? wuxuu sheegay labo sifo:
 Mida 1aad: in la badiyo quudinta Fuqarada, waxaana soo galaya Sadaqa, Hadiyada, Soorida, Casumida, waxayna sii fadli badan tahay quudintu waqtiyada ay jiraan Abaaraha iyo sicir bararku.
 mida 2aad: waa inaad Salaanto Qof walba oo Muslim ah kii aad taqaan iyo kii aadan aqoonba.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Asaxaabu waxay aad ugu dadaalayeen barashada dhaqanka wanaagsan ee anfacaya Aduun iyo Aakhiraba.
 Salaanta iyo Cunto siintu waa acmaasha ugu fadliga badan Islaamka, waana fadli badnaanteeda iyo baahida dadku ay u qabaan waqti walaba.
 Labadaa Sifo waxaa ku kulmay ixsaankii oo hadal iyo ficilba ah, waana ixsaanka ugu kaamilsan.
 Sifooyinkaani waxay ku saabsan yihiin tacaamulka Muslimiinta dhexdooda, waxaase jira Sifooyin kale oo ku saabsan Adoonka oo la tacaamulaya Rabigi.
 Salaanta oo aad Qofka ku bilawdo waxay gaar u tahay Muslimiinta dhexdooda, gaalse salaan laguma bilaabo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5808</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Ilaahay waa u kaadiyaa  Daalimka markuu qabtase ma siidaayo</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Abii Muusa Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ilaahay waa u kaadiyaa  Daalimka markuu qabtase ma siidaayo", wuxuu yiri: ka dibna wuxuu akhriyey: "waa sidaa uun markuu Rabigaa qabto Magaalooyin  dulmi falay, Rabigaa qabashadiisu waa mid aad u daran" [huud:102]).</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka digayaa in lagu dhegenaado oo lagu socdo Dulmiga sida Macsida iyo Shirkiga, oo laga Dulmiyo dadka xaqooda, Ilaahay Koreeyee, wuu u kaadiyaa Qofka Daalimka ah cimrigana wuu u dheereeyaa, Maalkiisana wuu u daayaa oo ciqaabta kuma dedejiyo, haduu towbo keeni waayose wuu qabtaa oo masiidaayo umana dhaafo Dulmigiisii badan awgeed.
 Ka dibna wuxuu akhriyey Nabigu nabadgelyo iyo naxariis Allaha siiyee: "Waa sidaa qabashada Rabigaa markuu qabto Magaalooyin Dulmi falay, Ilaahay qabashadiisu waa mid oo aad u daran" [huud:102].</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Qofka caqliga lehi waa  inuu u degdego towbada, oo Ilaahay Makrigiisa uusan aamin ka ahaan haduu yahay mid Dulmi ku socda.
 Ilaahay casa wajala waa u kaadiyaa Daalimiinta kumana soo dadajiyo cuquubada iyago loo seeto dheeraynaayo cadaabkana loo laalaabo hadaysan towbad keenin.
 Dulmigu waa asbaabta Ummadduhu umutaan ciqaabta Ilaahay.
 Hadii Ilaahay halaago Magaalo waxaa dhici kara  in dad Saalixiina ku jiraan, kuwaa waxaa lagu soo saarayaa Qiyaamaha waxay ku dhinteen ee wanaag ahaa, dhibna kuma haynayso inay ciqaabta kula jireen kuwa Daalimiinta ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5811</t>
   </si>
   <si>
-    <t>كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ،</t>
+    <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>dhamaantiin waxaad tihiin Ilaaliye, waana la waydiin wixii la raaciyey,</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Cumar-Allaha ka raalli ahaadee waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "dhamaantiin waxaad tihiin Ilaaliye, waana la waydiin wixii la raaciyey, Amiirka dadka maamula waa ilaaliye isagaana la waydiin masuuliyadii uu hayey, ninka waxaa la raaciyey Qoyskiisa waana la waydiin, Gabadha Xaaska ahna waxaa la raaciyey Guriga ninkeeda iyo Caruurtiisa waana la waydiindoonaa, Adoonka waxaa la raaciyey Xoolaha sayidkiisa waana la waydiindoonaa, war hooy dhamaantiin ilaaliyeyaal ayaad tihiin dhamaantiina waa la idin weydiindoonaa wixii la idin raaciyey."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qof walba oo  Muslima ay ka saaran tahay Bulshada masuuliyad ay tahay inuu ilaaliyo oo ka soo boxo. Imaamka iyo Amiirku waxay ilaalinayaan wixii Ilaahay raaciyey, waxaa laga rabaa inay ilaaliyaan Sharcga, oo ay ka difaacaan cidii dulmi wada, oo ay ku Jihaadaan Cadowgooda, oo aysan dayicin xaqooda. Ninkuna wuxuu masuul ka yahay inuu Qoyskiisa biilo, oo uu si fiican ula dhaqmo, oo uu wax baro oo uu edbiyo. Gabadhana waxaa la raaciyey Guriga ninkeeda waa inay si fiican u maamusho Gurigiisa oo ay tarbiyeyso Caruurtiisa, iyadaana masuul ka ah arinkaas. Qofka khidmeeya ee Adoonka ah iyo kan Shaqaalaha ah waxay masuul ka yihiin Xoolaha Sayidkooda waa inay ilaaliyaan wixii uu u dhiibay iyo shaqadii uu u diray, iyagaana masuul ka ah arinkaas. Qofkasta wuxuu masuul ka yahay wixii la raaciyey, 
 qof walbana waa la waydiinayaa wixii la raaciyey.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Masuuliyada Bulshada Muslimka ah waa mid guud, Qof kastana waxaa laga rabaa inta awooddiisa iyo mas'uuliyadiisu tahay, ee uu gudan karo.
 Masuuliyada Dumarka saarani waa mid weyn, waxaana laga rabaa inay si wanaagsan u gudato waajibka ka saaran Guriga ninkeeda iyo kan Caruurteeda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5819</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Ugama tegin gadaashayda fitno Ragga uga daran Dumarka</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Usaama Binu Seyd Allaha ka raali ahaado isaga iyo Aabihiyee, waxaa laga wariyey in Nabigu nabadgelyo iyo naxariis Allaha siiyee uu yiri: Ugama tegin gadaashayda fitno Ragga uga daran Dumarka".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inuusan gadaashiisa uga tegin Ragga itaxaan iyo ibtilo uga daran Dumarka, haday ehelkiisa tahay waxaa dhici kara inuu ku raaco waxay Sharciga ku khilaaftay, haday ajnabi ka  tahayna inay is dhex galaan oo uu la khaali noqdo ayaa fasaad uga imaan karaa.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Qofka Muslimka ah waxaa looga baahan yahay inuu ka digtoonaado fitnada Haweenka, iyo inuu iska oodo meel kasta oo fitno Dumar uga iman karto.
 Waxaa la gudboon muuminka inuu Ilaahay cuskado oo isaga jeclaado si uu uga nabad galo fitnooyinka aduunka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5830</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Wax fududeeya oo ha adkaynina, oo bishaareeya oo dadka ha cayrinina</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Wax fududeeya oo ha adkaynina, oo bishaareeya oo dadka ha cayrinina".</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu amray in loo fududeeyo oo loo sahlo dadka oo aan lagu adkayn dhamaan arimaha Diinta iyo tan Aduunba, taasoo ah xuduuda Ilaahay baneeyey ee Shareecadiisu ogoshahay.
 Wuxuu ku dhiiri galinayaa dadku inay khayrka iyo wanaaga isugu bishaareeyaan oo aanay dadka ka eryin khayrka.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Qofka Muuminka ah waxaa waajib ku ah inuu dadka Ilaahay jeclaysiiyo, khayrkana jeclaysiiyo.
 Daaciga dadka Ilaahay ugu yeeraya waxaa ku haboon inuu qaab xikmadaysan ugu yeero dadka markuu Diinta Islaamka ugu yeerayo.
 Bishaaraynta waxaa ka dhasha farxad, ogolaasho iyo in lagu kalsoonaado Daaciga, markuu dadka wax u sheegayo.
 Adkayntuna waxay keentaa kala yaac iyo kala jeensi iyo in laga shakiyo hadalka Daaciga.
 Naxariista balaran ee Ilaahay siiyey Adoomadiisa waxaa ka mida inuu uga raali noqday Diin fiican iyo shareeco fudud.
 Fudaydinta la is faray waa mida Shareecada Islaamku la timid.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5866</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>Joogteeya akhrinta Qur'aanka, Allaha nafta Maxamed Gacantiisa ku jirtaan ku dhaartaye wuxuu ka siibasho badan yahay Qur'aanku Geel  dabaran</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Abii Muusa Alashcari Allaha ka raali  ahaadee waxaa laga wariyey, in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Joogteeya akhrinta Qur'aanka, Allaha nafta Maxamed Gacantiisa ku jirtaan ku dhaartaye wuxuu ka siibasho badan yahay Qur'aanku Geel  dabaran".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu amray in la joogteeyo akhrinta Qur'aanka iyo in si xiriira loo akhriyo, si aan Qofka laabta ku xifdisani u ilaawin, wuxuuna Nabigu nabadgelyo iyo naxariis Allaha siiyee ku adkeeyey inuu ku dhaartay in Qur'aanku laabta kaga baxsan og yahay si ka daran geel la dabray oo xarig dhudhunka looga xiray, hadii Qofku ilaaliyo wuu soo qaban hadiise uu iska daayo wuu tagin oo lumin.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Haduu Qofka Qur'aanka xifdisani uu joogteeyo akhrintiisa marba marka ka danbeeya  qalbiga ayuu ku  xafidisanaan, hadii kale wuu illaawin.
 Faa'iidooyinka joogtaynta akhrinta Qur'aanka waxaa ka mida: Ajar, xasanaat, iyo darajada oo kor loo qaado Maalinta Qiyaame.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Waxaa idiinku khayr badan kan Qur'aanka bartay ee bara Quraanka</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>Cusmaan Allaha ka raali ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Waxaa idiinku khayr badan kan Qur'aanka bartay ee bara Quraanka".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofka Muslimiinta ugu fadliga badan uguna darajada sareeya Ilaahay agtiisa uu yahay Qofka Qur'aanka bartay, akhrintiisa, xafiday, tartiilkiisa iyo tafsiirkiisa, oo qayrki  baray wuxuu ka yaqaan Culuunta Quraanka kuna camal fala Quraanka.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku soo arooray cadayn Sharafta Qur'aanka iyo inuu yahay hadal kan ugu khayr badan, waayo waa hadalkii Ilaahay.
 Kuwa wax bartay waxaa ugu khayr badan kuwa qayrkood sii bara, kan Naftiisa ku gaabsada maaha.
 Barashda Qur'aanka iyo baridiisu waxaa ka mida  akhrintiisa, Macnihiisa, iyo Axkaantiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5913</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ</t>
+    <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>waxaan ku dhaartay Allaha naftaydu gacantiisa ku jirtee waxaad qaadaysaan jidii kuwii idinka horeeyey</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Abii Waaqid Alleysi Allaha ka raali ahaadee waxaa laga wariyey: Wuxuu Rasuulka ka wariyey-naxariis iyo nabadi korkiisa ha ahaatee- markii uu u baxay Xuneyn inuu sii maray  geed gaaladu lahaayeen oo la oran jirey daatu anwaad oo ay hubkooda suran jireen, markaasay waxay dheheen Rasuulkii Ilaahayow anagana noo samee geed daatu anwaad ah sida ay u samaysteen daatu anwaad, Nabigu scw wuxuu ku yiri: " Subxaana Allaah! waa sidii qoladii Muuse yiraahden { Ilaah noo same sida iyaguba ay u samaystee Ilaah} [ Alacraaf: 138] waxaan ku dhaartay Allaha naftaydu gacantiisa ku jirtee waxaad qaadaysaan jidii kuwii idinka horeeyey".</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay ayaa u baxay xaga Xuneyn: waana tog u dhexeeya daa'if iyo makah, waxaana la socday asaxaabta qaarkood, oo diinta islaamka ku cusbaa waqtigaa, waxay siimareen geed la oran jiray: '' daatu Anwaad '' oo maceheedu ahaa geedkii meelaha wax la surto lahaa, kaasoo gaaladu ay weyneyn jireen oo ay hubkooda iyo wax kaleba suran jireen iyagoo barakaysanaya. Rasuulka-naxariis iyo nabadi korkiisa ha ahaatee-  waxay waydiisteen inuu u sameeyo geed kaasoo kale ah oo ay hubkooda surtaan oo ay barakaystaan waxayna u maleeyeen in arinkaasi banaan yahay. Wuu ka subxaanallaystay Nabigu csw hadalka ka soo yeeray asaxaabta, isagoo aad u diiday hadalkaas Ilaahayna weyneynaya, wuxuuna u sheegay in hadalkaasi la mid yahay hadalkii qaladii Nabi Muuse loodiray ay ku dheheen muuse: {Noo samee Ilaah sida kuwaasba ay u samaysteen Ilaah }, markay arkeen kuwo sanamyo caabudaya, ayey dalbadeen  in iyagana sanamyo loo sameeyo, sidaasina waa raacitaan la raacayo wadada Mushrikiinta. Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- ka dib wuxuu sheegay inay ummaddani raaci doonto wadadii Yuhuuda iyo Nasaaradu mareen oo ay samayn doonto ficilkoodii isagoo ka digaya arinkaas.</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>Dadka shay ayaa la fiicnaada ay u malaynayaan inuu Ilaahay u dhawaynaayo waana shay Ilaahay ka fogaynaaya.
 waxaa la gudboon qofka muslimka inuu tasbiixsado oo takbiirsado markuu maqlo wax aan haboonayn in diinta laga sheego, iyo markuu wax la yaabo.
 shirkiga waxaa ka mida barakaysiga geedaha iyo dhagaxda iyo wixii la mida, barakadana Ilaahay weyne keligi ayaa la weydiistaa.
 Sababta loo caabudo sanamka waa waynaynteeda iyo in la dul fadhiyo lana barakaysto.
 Waa waajib in la xiro albaabada iyo wadooyika dadka gaarsiinaya shirkiga.
 Nusuusta sheegaysa xumaanta Yuhuuda iyo Nasaarada waa mid inaga la inoogu digaayo.
 Waxaa la reebay in la isu ekeysiiyo dadka Jaahiliga ah iyo Yuhuuda iyo Nasaarada, wixii daliilku cadeeyey inay diinteena ka mid yihiin mooyee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5927</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ</t>
+    <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
     <t>Wuxuu yiri: nin ayaa u yimid Nabiga-naxariis iyo Nabadi korkiisa ha ahaatee- wuxuuna kala hadlay Arimo, wuxuuna yiri: waxa Ilaahay doono adiguna doonto, wuxuu yiri Nabigu-naxariis iyo Nabadi korkiisa ha ahaatee-: "ma Ilaahay ayaad ila sintay? waxaad dhahdaa: waxa Ilaahay doono</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Cabaas-Allaha ka raali noqdo isaga iyo Aabihiye: Wuxuu yiri: nin ayaa u yimid Nabiga-naxariis iyo Nabadi korkiisa ha ahaatee- wuxuuna kala hadlay Arimo, wuxuuna yiri: waxa Ilaahay doono adiguna doonto, wuxuu yiri Nabigu-naxariis iyo Nabadi korkiisa ha ahaatee-: "ma Ilaahay ayaad ila sintay? waxaad dhahdaa: waxa Ilaahay doono."</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
     <t>Nin ayaa u yimid Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- wuxuuna kala hadlay arin uu rabay, ka dibna wuxuu yiri: ''waxa Ilaahay doono adna aad doontid'', Nabigu-naxariis iyo nabadi korkiisa ha ahaatee,  wuu ku diiday wuxuuna u sheegay in doonista Ilaahay oo lagu xiriiriyo doonista makhluuqa oo loo dhaxaysiiyo xarafka waaw ay tahay shirkiga yar, oo aysan u banaanayn qof muslim ah inuu ku hadlo. Nabigu scw ka dib wuuu u sheegay hadalka xaqa ah kaasoo ah: ''maashaa Allaah waxdahu'',  oo doonista Ilaahay waa kali yeelayaa  oo doonis cid kalae lagu xiririn maayo  nooc ay tahayba.</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>Waxaa la reebey hadalka: waxa Ilaahay doono adna aad doontid, iyo hadalada la midka ah, ee Ilaahay rabitaankiisa lagu dhafayo tan adoonka iyado loo dhaxaysiinayo xarafka waaw, waayo waa shirki yar.
 Waa waajib in la diido munkar ka.
 Rasuulka Ilaahay -naxariis iyo abadi orkiisa ha ahaate- wuu ilaaliyey towxiidka xuduudiisa, wuxuuna awday jidka shirkiga.
 Marka la diido waxa munkarka ah waxaa fiican in qofka la tuso wax fiican oo badal ah, iyado lagu dayanayo Nabiga scw.
 Waxaa lagu midaynayaa hadalka Nabiga scw -ee ku soo arooray xadiiskan ee ah: "waxa Ilaahay doono kaligi", iyo hadalkiisa kale ee ku soo arooray xadiis kale ee ah: "dheh: waxa Ilaahay doono ka dibna aad doontid",  hadalka qofka ee ah: "Waxa Ilaahay doono ka dibna adigu doontid" waa hadal banaan, laakiin hadalka Nabiga ee ah: "waxa Ilaahay uu doono  kaligi" ayaa ka fadli badan.
 Wuu banaan yahay inaad dhahdo: "waxa Ilaahay doono ka dibna aad doontid" laakiin waxaa ka fadli badan hadalka ah: "maa shaa Allaah kaligi".</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Xadiis Isnaadkiisu Xasan yahay]</t>
   </si>
   <si>
     <t>[waxaa wariyey ibn maajah,nisaa.i oo kawayn kuwariyey]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5928</t>
   </si>
   <si>
-    <t>أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ</t>
+    <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>Ilaahay xagiisa waxaa dadka ugu cadaab kulul maalinta qiyaame kuwa Ilaahay khalqigiisa wax u ekaysiiya</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>Caa'isha, Muminiinta Hooyadood- Allaha ka raali ahaadee- waxay tiri: Nabiga ayaa ii soo galay-naxariis iyo nabadi korkiisa ha ahaatee- anigo sanduuqayga ku daboolay maro sawiro leh, Nabigu scw markuu arkay maradii wajigiisu waa isbedelay wuxuuna yiri: caa`ishoy Ilaahay xagiisa waxaa dadka ugu cadaab kulul maalinta qiyaame kuwa Ilaahay khalqigiisa wax u ekaysiiya, caa`isha waxay tiri: maradii waan kala jeexnay oo waxaan ka dhignay barkin ama laba barkimood.</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- ayaa u soo galay Caa'isha, wuxuu arkay iyadoo sanduuq alaabta lagu rido ku dabooshay maro sawiro wax  naflay ahi ku sawiran yihiin, markaasaa Nabiga scw wejigiisu isbedelay isagoo Ilaahay darti u carooday, wuuna ka tuuray maradii, wuxuuna yiri: Dadka ugu cadaabta daran maalinta qiyaamaha waa kuwa u ekeysiinaaya sawiradooda makhluuqaadka Ilaahay. Caa'isha waxay tiri: waxaan ka dhignay barkimo ama labo barkimood.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Waxaa haboon in waxa xun la reebo marka la arko ee u horaysa, dibna aan loo dhigin, hadaanu fasahaad ka xuni ka dhalanayn.
 Cadaabtu maalinta qiyaamaha way u kala daran tahay sida dambiyadu u kala waa-wayn yihiin.
 Sawirida naflaydu waxay ka mid tahay dambiyada waa-wayn.
 Xikmadaha loo xarimay sawirida waxaa ka mida inay shabahdo Ilaahay khalqigiisa, waana isku mid haduu uga jeedo kan wax sawirayaa u ekeysiin ama yaanu uga jeedine.
 Shareecada Islaamku waxay ku dadaashay ilaalinta maalka iyadoo laga faa'iidaysanayo, ka dib marka laga fogeeyo wixii xaaraan ah.
 Waxaa la reebay in la sameeyo sawirada wixii naflay ah qaabkay doontaba ha ahaatee, xataa hadii ay tahay wax la liido.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5931</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Qofka meel dega ee dhaha: acuudu bikalimaati Allaahi taamaati min shari maa khalaqa, lam yaduruhu shayin xataa yartaxil min mansilihi daalik</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>khawlat Bintu Xakiim Alsulaymiyah Allaha ka raali ahaade waxaa laga wariyey inay tiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee waxaan ka maqlay isagoo dhahaya: "Qofka meel dega ee dhaha: acuudu bikalimaati Allaahi taamaati min shari maa khalaqa, lam yaduruhu shayin xataa yartaxil min mansilihi daalik".</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku hagayaa ummaddiisa inay magan galaan kan wax tarka leh ee ka difaacaya wax walba ee dadku ka baqayaan markay meel dhulka ka mida degaan, ama safar yahay ama dalxiis iyo wixii la mida, waa inuu magan galaa oo difaac ka dhigtaa kalimaadka Ilaahay ee kaamilka ah fadligooda iyo barakadooda iyo nafacooda iyado aan lahayn ceeb iyo naqsi, uuna ka magan gelaya wixii Ilaahay abuuray ee shar leh, oo makraa uu  ka nabad galo  wax walba oo dhib leh inta uu degan yahay meshaa.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Magan galku waa cibaado, waana in la magan galo Ilaahay, magacyadiisa iyo sifaadkiisa.
 Waa banaan tahay in la magan galo hadlaka Ilaahay, waayo waa sifo ka mida sifaadkiisa, waxaa ka duwan in la magan galo makhluuq Ilaahay abuuray oo iyadu shirki ah.
 Fadliga ay leedahay ducadaasi iyo barakadeeda.
 Adkaarta oo xirsi xir laga dhigto waxay sabab u tahay in Adoonka laga ilaaliyo Sharta.
 Waa baadil in la magan galo cid aan Ilaahay ahayn sida 
 Jinka, Saaxiriinta, Dajaaliinta iyo wixii la mida.
 Waxaa Sharci ah in la akhristo ducadaan marka meel magaalo ah la dego ama safar la yahay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>ma kuu diraa wuxuu Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee ii diray? inaadan dhaafin Sanam aad burburiso iyo Qabri la dhisay oo aadan dhulka la simin</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Abii Hayaaj Alasdi Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Cali Binu Abii Daalib ayaa igu dhahay: ma kuu diraa wuxuu Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee ii diray? inaadan dhaafin Sanam aad burburiso iyo Qabri la dhisay oo aadan dhulka la simin.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu Asxaabta u diri jiray inaysan ka tagin wax sanam ah, waana sawirka wax nool oo jurmi leh ama wax aan jurmi lahayn ee ay burburiyaan oo tirtiraan.
 Iyo inaysan dhaafin qabri kor loo dheereeyey ilaa ay dhulka la simaan, wixii laga dul dhisayna ay dumiyaan, ama ay ka dhigaan mid siman oo aan  dhulka ka sarayn wax badan balse ka sareeya wax taako dhan.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Waa xaaraan in la sawiro wixii noole ah, waayo wwuxuu ka mid yahay wax yaabaha shirkiga keena.
 Waa sharci in munkarka gacan uu ku bedelo qofka masuulka ahi ama awood u leh.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku dadaalay baabi'inta shay walba oo ku tusaaya raadkii jaahiliyada, sida sawirada, asnaamta, dhismaha qubuurta laga dhisay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Axad idinka midihi ma rumayn ilaa uu iga jeclaado waaridki, caruurtiisa iyo dadka oo dhan</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Anas Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: " Axad idinka midihi ma rumayn ilaa uu iga jeclaado waaridki, caruurtiisa iyo dadka oo dhan".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu inoo sheegay in Qofka Muslimku iimaankiisu kaamil noqon karin ilaa uu ka hor mariyo jacaylka Nabiga nabadgelyo iyo naxariis Allaha siiyee jacaylka hooyadii, Aabbihi, Wiilkiisa, 
 Gabadhiisa, iyo dadkoo dhan, jacaylkaasina wuxuu keenayaa in la adeeco, loo gargaaro iyo inaan la caasiyin.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Waa waajib jacaylka Rasuulku nabadgelyo iyo naxariis Allaha siiyee waana in laga hor mariyo jaceylka cidkasta oo Ilaahay abuuray
 Calaamada jacaylka Nabiga nabadgelyo iyo naxariis Allaha siiyee  kaamilnimadeedu: waa in sunada Rasuulka  nabadgelyo iyo naxariis Allaha siiyee loo hiiliyo oo naf iyo maalba lagu bixiyo.
 Jacaylka Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu keenayaa in lagu adeeco wuxuu faro, in la rumaysto wuxuu sheegay, lagana fogaado wuxuu reebay oo la joojiyey, iyo in la raaco lagana tago bidcada.
 Nabiga nabadgelyo iyo naxariis Allaha siiyee xaqiisu waa ka wayn yahay kana adag yahay dadka oo dhan, waayo isagaa sabab u ahaa inaan ka soo hanuuno baadi, inagana celiyey naarta, kuna liibaano janada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Naga mid maaha qofka shimbiraha ka faaliya ama shimbiraha looga faaliyo, ama faalalow ah ama loo faaliyo, ama saaxir ah, ama loo sixro</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Cimraan Binu Xuseyn Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Naga mid maaha qofka shimbiraha ka faaliya ama shimbiraha looga faaliyo, ama faalalow ah ama loo faaliyo, ama saaxir ah, ama loo sixro, iyo kan guntimaha sixira gunta, iyo kan u taga faaliye ee rumaysta wuxuu sheego, waanu ku gaaloobay diinta Nabi Maxamed nabadgelyo iyo naxariis Allaha siiyee lagu soo dajiyey."</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu u goodiyey qofkii ummaddiisa ah ee sameeya ficilada qaarkood oo uu ku cadeeyey hadalkiisii uu yiri: "naga mid maaha" waxaana ka mida:
 Tan 1aad: waa qofka shimbiraha ka faaliya ama shibiraha looga faaliyo asalkeeduna waa: shimbiraha oo la duuliyo marka camal la bilaabayo sida safar, ganacsi iyo wixii la mid ah, haduu u duulo xaga midig wuu bishaaraysan wuuna ku dhaqaaqin camalkii uu rabey, haduuse u duulo xaga bidix wuu baasaysan waanu ka joogin wixii uu rabey, uma banaana inuu isagu waxaa sameeyo ama uu  cid kale u dirsado,  waxaa soo gelaya baasaysigaa wax kasta oo maqal ah ama muuqaal ah, sida shibmiraha, xayawaanka, dadka naafada ah, lambarada, maalmaha, iyo wixii lamid ah.
 Tan labaad: "waa qofka faaliya ama loo faaliyo" waa kan sheegta inuu qaybka wax ka og yahay isagoo adeegsanaya xidigaha iyo wixii la mid ah, ama cidkale u taga sida wax sheega iyo wax la mida oo rumeysta wuxuu sheegay isago sheeganaya inuu yahay cilmi qaybka, kaasi wuu ku gaaloobay waxa Ilaahay ku soo dajiyey Nabi Maxamed nabadgelyo iyo naxariis Allaha siiyee .
 Tan saddexaad:(waa qofka saaxirka ah ama isaga loo sixro) waa kan isagu sixirka sameeya, ama qof kale u dirsada inuu sixir u sameeyo, si uu cid wax u taro ama u dhibaateeyo, ama kan guntimo xarig ku xira kuna sixira wax uu ku akhriyo oo ah wax la magan galo oo xaaraan ah ku tufa.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Waa waajiba in Ilaahay la tawakalo oo la rumeeyo qadarka iyo Qadaha Ilahay, waana xaaraan in laga faashado shimbiraha iyo in wax la baasaysto, ama la sixro ama wax sheege la aado, ama dadka waxaa ka shaqeeya wax la waydiisto.
 Cilmi qaybka in la sheegto shirkiga ayey ka mida tahay wuuna diidayaa towxiidka.
 Waa xaaraan in la rumaysto qofka wax sheega iyo in lootago, taas waxaa la raaciyaa akhrinta waxa lagu magacaabo Calaacasha, Koobka, iyo fiirintiisa hadii xataa ay thay iska daawasho uun.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[Waxaa wariyay Albazaar]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Qofka u taga faaliye oo wax waydiiya salaad lagama aqbalo afartan habeen</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Waxaa laga wariyey qaar ka mid ah Haweenkii Nabiga nabadgelyo iyo naxariis Allaha siiyee inay dheheen: "Qofka u taga faaliye oo wax waydiiya salaad lagama aqbalo afartan habeen".</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka digayaa in loo tago faaliyaha -faaliyuhu waa magac guud oo ay wadaagaan wax sheega, xidigiyaha, faalka ciida, iyo wixii la mida,  ee qaybka wax ka sheegiisa u daliishada wax yaabo hor dhac ah oo ay adeeg sadaan,  in wax la waydiiyo kaliya ayuu Ilaahay uga xarimayaa qofka ajarka salaada afartan maalmood, waxaana loogu ciqaabay dambigaa iyo xumaantaa weyn ee uu sameeyey awgeed.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>waxaa Xadiiska ku sugan inay xaaraan tahay in faal la dhigo, iyo in la aado faalalow oo la waydiiyo wax qayb ah.
 Qofku wuxuu ku waayi karaa ajarka cibaadada  isagoo lagu ciqaabayo macsida uu sameeyey.
 Waxaa soo gelaya xadiiskaan  waxa loo yaqaan Burjiga iyo fiirintooda, iyo ku akhrinta Calaacasha, Bakeeriga iyo hadii ay xataa tahay daawsho uun, waayo kuligood waxay soo gelayaan Faalalowga iyo sheegashada Cilmiga Qaybka.
 Haday tahay taasi ciqaabta Qofka Faaliyaha u taga, maxaa lagu abaal marin Faalalowga?
 Afartanka Maalmood Salaadoodu way ka ansaxaysaa Qofka oo lama qalaynaayo laakiin ajar ma leh.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>Qofka ka dab qaata wax cilmiga  xidigaha ka mida wuxuu ka dab qaatay qayb sixirka ka mida, wuxuu doono ha ku darsado</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>Ibnu Cabaas Allaha ka raali ahaado isagiyo Aabihiye waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee  wuxuu yiri: "Qofka ka dab qaata wax cilmiga  xidigaha ka mida wuxuu ka dab qaatay qayb sixirka ka mida, wuxuu doono ha ku darsado".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in qofka wax ka barta ee ka qaata cilmiga xidigaha iyo abraajta dadka looga faaliyo kaasoo ay u daliishanayaan socodka xidigaha, soobixidooda iyo dhicidooda  wax yaabaha  dhulka ka dhacaya sida dhimashada qofka, noloshiisa, jiradiisa, iyo wixii la mid ah ee mustaqbalka dhici doona, qofkaasi wuxuu bartay qayb ka mid ah sixirka, mar walba oo uu sii bartana sixir buu sii badsanayaa.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Waa xaaraan faalka xidigaha kaaso ah in wax laga sheego mustaqbalka iyado la cuskanaayo xaalka xidigaha, waayo wuxuu ka mid yahay sheegashada cilmiga qaybka.
 Faalka xidiguhu waa xaaraan wuxuuna ka mid yahay sixirka towxiidka ka hor imaanaya, taasoo ka duwan eegida xidigaha si loo ogaado jihooyinka ama qiblada iyo galida mawsimka iyo bilaha arinkaasi waa banaan yahay.
 Qofku markastuu sii barto cilmiga  faalka xidigaha wuxuu sii badsanayaa barashada qayb sixirka ka mida.
 Xidiguhu saddex waxtar oo Ilaahay kitaabkiisa ku sheegay bay leeyihiin: waa quruxda samada, astaamo jihooyinka lagu garto iyo gantaalo shayaadiinta lagu gano.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/5989</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>Shuruuda ugu xaqnimo badan inaad oofisaan waa tii aad ku xalaashateen Farjiga</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>Cuqba Binu Caamir Allaha ka raali ahaadee waxa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Shuruuda ugu xaqnimo badan inaad oofisaan waa tii aad ku xalaashateen Farjiga".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in shuruuda ugu mudan in la fuliyo ay tahay shardiga lagu xalaashaday ku raaxaysiga Dumarka, waana shuruud mubaax ah oo ay dalban karto xaasku marka la nikaaxayo.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Waa waajib fulinta shardiga labada is qabaa midkood kan kale ku xiro, shardi xaaraan xalaalaynaaya ama shardi xalaal xaaraantimaynaaya mooyee.
 Fulinta shuruuda nikaaxa wuu ka mudan yahay wixii qayrki ah, waayo waxaa looga bedeshay oo lagu xalaashaday Farjiga.
 Islaamku guurka makaano wayn ayuu dhigay, waayo wuxuu adkeeyey oofinta shuruudiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6021</t>
   </si>
   <si>
-    <t>{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ</t>
+    <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>{قل هو الله أحد} Ilaahay waa Allaah keligii ah-, iyo labada Suuradood ee Micwadateynka "سورة الفلق iyo سورة الناس"
 Galabtii iyo Subixii sedeex jeer, way kaaga filan tahay wax walba</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Khubayb Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Waxaan soo baxnay habeen Roob da'ayo, oo Gudcur ah, anagoo Rasuulka Ilaahay raadinayna si uu noo tujiyo, wuxuu yiri: waan helnay, wuxuuna yiri: "dheh", waxba maana dhihin, wuxuu yiri: "dheh", waxba maana dhihin, wuxuu yiri: "dheh", waxaan iri: maxaan dhahaa? wuxuu yiri: dheh:  {قل هو الله أحد} Ilaahay waa Allaah keligii ah-, iyo labada Suuradood ee Micwadateynka "سورة الفلق iyo سورة الناس"
 Galabtii iyo Subixii sedeex jeer, way kaaga filan tahay wax walba".</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Wuxuu sheegay Saxaabiga weyn ee Cabdullaahi Binu Khubayb-Allaha ka raali ahaadee-: inay bexeen Habeen Roob badan oo Gudcur ah, iyagoo raadinaya Rasuulka nabadgelyo iyo naxariis Allaha siiyee, si uu u tujiyo, wayna heleen, Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku yiri: waxaad dhahdaa ''dheh'' oo uu uga jeeday akhri, waxbana ma akhrin, Nabiguna nabadgelyo iyo naxariis Allaha siiyee wuu ku celiyey hadalkiisa, wuxuuna dhahay Cabdullaahi: maxaan akhriyaa Rasuul Ilaahayow? Nabigu wuxuu yiri: akhri suuradaha: {Al-ikhlaas}, {Al-falaq}, {Anaas}, waqtiga Galabta iyo waqtiga Subaxa, seddex jeer-midiiba-, waxay kaa ilaalin wax walba, xumaan oo dhana way kaa ilaaline.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Waxaa Suno ah akhrinta Suurada Alikhlaas iyo labada 
 Suuradood ee Micwadateynka (Alfalaq, Anaas), Subaxii iyo Galabtii, waxayna xirsi xir ka tahay Shar oo dhan.
 Fadli ayey leeyihiin Suuradaha: Alikhlaas, Alfalaq, iyo Anaas.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[waxaa wariyey Abuu daawuud,tirmidi, iyo nasaa.i]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6082</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ</t>
-[...2 lines deleted...]
-    <t>"dheh :laa ilaaha Ilaa Allaah waxdahu laa shariika lahu, Allaahu akbar kabiiran, wal xamdu lillaahi kasiiran, subxaana Allaahi Rabbil caalamiin, laa xawla walaa quwata illaa billaahil-casiisil xakiim</t>
+    <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
+  </si>
+  <si>
+    <t>dheh :laa ilaaha Ilaa Allaah waxdahu laa shariika lahu, Allaahu akbar kabiiran, wal xamdu lillaahi kasiiran, subxaana Allaahi Rabbil caalamiin, laa xawla walaa quwata illaa billaahil-casiisil xakiim</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Sacad Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Nin reer miyi ah ayaa u yimid Nabiga nabadgelyo iyo naxariis Allaha siiyee, wuxuuna ku yiri: i bar hadal aan dhoho, wuxuuna ku yiri:  "dheh :laa ilaaha Ilaa Allaah waxdahu laa shariika lahu, Allaahu akbar kabiiran, wal xamdu lillaahi kasiiran, subxaana Allaahi Rabbil caalamiin, laa xawla walaa quwata illaa billaahil-casiisil xakiim" wuxuu yiri -ninkii-: hadalkaani rabbigay ayaa lehe maxaan anigu leehay? wuxuu yiri-Rasuulku-: "waxaad tiraahdaa: Allahuma aqfir lii (Allahayow ii dambi dhaaf), warxamnii (ii naxariiso), wahdinii (i hanuuni), warsuqnii (i irsaaq)".</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
 بمحو السيئات وسترها، 
 "وارحمني" 
 بإيصال المنافع والمصالح الدينية والدنيوية لي، 
@@ -7956,82 +7958,82 @@
   <si>
     <t>Nin reer Baadiye ah ayaa waydiiyey Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee inuu baro wardi uu akhristo, Rasuulku nabadgelyo iyo naxariis Allaha siiyee: wuxuu ku yiri: dheh: ''laa ilaaha Ilaa Allaah waxdahuu laa shariika lahu'' wuxuu ku bilaabay shahaadada towxiidka Ilaahay, oo macneheedu yahay: majiro Ilaah xaq lagu caabudo oo aan Ilaahay wayne ahayn, ''Allaahu akbar kabiiran'' macnaheeduna: Ilaahay ayaa ka wayn wax walba, ''Al-xamdu lilaahi kasiiran'' macnaheeduna: Ilaahay ayey mahad badani u sugnaatay, waxay ugu sugnaatay sifooyinkiisa, ficilladiisa iyo nicmooyinkiisa aan la koobi karin, ''Subxaana Allaah Rabbil-caalamiin'' (Ilaahayga Rabul caamiinka ah ayaa nusqaan oo dhan ka nasahan). Macnaha: Ilaahay wuxuu ka nasahan yahay oo ka dahiran yahay nusqaan oo dhan, ''laa xawla walaa quwata illaa billaah Al-casiisul xakiim'' (xeelad iyo xoog ma laha cidaan ahayn Allaha Casiiska ah oo Xakiimka ah" macnaha: majirto cid xaalad taagan xaalad kale u badali karta in Ilaahay  u gargaaro oo waafajiyo mooyee'' ninkii ayaa yiri: Ereyadaan Ilaahay ayey u sugnaadeen waana xuskiisa iyo waynayntiisa, ee maxaan anigu lee yahay oo aan naftayda ugu ducaystaa? Nabigu -naxariis iyo nabadi korkiisa ha ahaatee-: wuxuu ku yiri: waxaad dhahdaa: '' Allahayow ii dambi dhaaf'' oo iga tir-tir dambiyada oo iga Astur, ''iina naxariiso'' Adigo i soo gaarsiinaya nafaca iyo  masaalixda diineed iyo tan aduunba, ''oo xaqa igu hanuuni'' oo igu hag waxa wanaagsan iyo jidka toosan , '' oo i irsaaq'' maal xalaal ah, caafimaad, kheyr kasta iyo caafiyah.</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Waxaa lagu boorinayaa dadka Ilaahay oo ay ku xusaan tahliil ( laa ilaaha Ilaa Allaah), takbiir (Allaahu akbar), taxmiida (Al-xamdu llillaah), tasbiix (subxaana Allaah).
 Waxaa sune ah xuska Ilaahay iyo amaantiisa ducada ka hor.
 Waxaa sune ah inuu qofku ku ducaysto ducada ugu wanaagsan, ee saalixiinta laga soo gaaray oo kulminaysa khayrka aduun iyo kan aakhiro, wuuna ku ducaysan karaa qofku wuxuu doono.
 Waxaa qofka ku haboon inuu ku dadaalo barashada waxa anfacaya aduunyada iyo aakhiraba.
 Waxaa lagu boorinayaa -qofka mu'uminka ah- inuu Ilaahay ka baryo dambi dhaaf, naxariis, risiqi, intaasi waxay kulmisay khayrka.
 Nabiga naxariistiisa waxaa ka mida inuu Ummaddisa baro wixii anfacaaya.
 Raxmada ayaa la sheegay maqfirada ka dib si ay u kaamil noqoto daahirnimadu, maqfiradu waa danbiga oo la asturo oo la tirtiro oo qofka naarta laga fogeeyo, Raxmadu waa khayrka oo la gaarsiiyo oo janada la galiyo, taasina waa liibaanta wayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6112</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa kan dadka ugu akhlaaq fiican</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali noqdee waxa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa kan dadka ugu akhlaaq fiican.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee ayaa dadka ugu akhlaaq badnaa, isagaana ugu horeeyey dadka dhamaan xaga Akhlaaqda wanaagsan oo dhan, sida hadal wanaaga, Gacan furnaanta, bashaash nimada, dhib la'aanta, u dul qaadashada dadka dhibkooda.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Kaamilnimada akhlaaqda Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaa ku cad xadiiskaan.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu ahaa tusaale dhamaystiran xaga dhaqan iyo akhlaaq wanaaga.
 Waxaa lagu boorinayaa dadka inay kaga daydaan Nabiga  nabadgelyo iyo naxariis Allaha siiyee akhlaaq wanaaga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>wuxuu ahaa Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee mid dhaha dikrigaan Salaad kasta dabadeeda</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Abii Subeyr Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Ibnu Subeyr wuxuu oran jirey dhaha Salaad kasta gadaasheeda marka uu salaama naqsado: "majiro Ilaah Xaq lagu Caabudo ee aan Allah ahayn, mana jiro wax la wadaaga Boqornimadiisa, isagaana leh mahad oo dhan, wax walbana isagaa awooda, xeelad iyo awood aan isaga xagiisa ahaynna majirto, Ilaahay mooyee Ilaah kalana majiro, isaga mooyee cid kalana macaabudayno, nicmada iyo fadliga oo dhanna isagaa iskaleh, amaan wanaagsana isgay u sugnaatay, Ilaahay maahee Ilaah kale majiro, isagaan u barax tiraynaa camalkayaga iyo umuuraha Diinta oo dhan, xataa haday gaaladu dhibsadaan" wuxuuna dhahay: "wuxuu ahaa Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee mid dhaha dikrigaan Salaad kasta dabadeeda".</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
@@ -8040,471 +8042,471 @@
 "Waxdahuu laa shariika lahu" ma jiro cid la wadaagta Ilaah Nimcadiisa, Rabi nimadiisa, magacyadiisa iyo Sifooyinkiisa.
 "Lahul-mulku" Ilaahay kaligi ayaa iska leh mulkiga guud ee caamka ah ee shaamilka ah ee waasica ah waa mulkiga Samooyinka iyo Dhulka iyo inta dhuxaysa.
 "Walahul-xamdu" Ilaahay isagaa ku sifoobay kaamilnimo guud oo lagu mahadiyo maxabo kaamila iyo xaalad walba oo la wayneeyo, hadii dhib jiro iyo hadii dheefi jirtoba.
 "Wa huwa calaa kulli shay'in qadiir" awoodiisu waa kaamil oo dhinac walba taamka ah wax uusan awoodin ma jiro arin ku adkaanayana ma jiro.
 "Laa xawla walaa quwata ilaa Billaah" ma jirto cid xaalad uga wareegi karta xaalad kale ama xaalad macsi ah uga wareegi karta  xaalad cibaado ah, cid awood leh ma jirto in Ilaahay u kaalmeeyo mooyee oo isaga la talo saarto.
 "Laa ilaaha Ilaa Allaah,walaa nacbudu ilaa Iyaahu" waa hadal xoojinaya macnaha Ilaahnimada, oo diidaya Shirkiga, mana jiro cid cibaadada xaq u leh oo aan Ilaahay ahayn.
 "Lahu nicmatu walahul-fadlu" Ilaahay Isagaa abuuray nicmooyinka isagaana leh, wuxuuna siiyaa ciduu doono ee Adoomadiisa ah.
 "Walahu thanaa ul-xusan" amaanta fiican waxaa iska leh Ilaahay Daatadiisa, Afcaashiisa, Nicmooyinkiisa iyo xaalad walba.
 "Laa ilaaha ilaa Allaah, mukhlisiina lahu Diin" Ilaahay ayaan kali yeelaynaa  cidna istusimayno cidna maqashiin mayno Ilaahay cibaadadiisa.
 "Walow kariha AlKaafiruun waxaan ku sugnaanaynaa towxiidka Ilaahay iyo cibaadadiisa haba dhibsadaan gaaladuye.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Waa Suno in la ilaaliyo dikrigaan Salaad walba oo waajiba gadaasheeda.
 Muslimku wuxuu ku faanaa oo ciso ku leeyahay Diintiisa wuuna muujiyaa cibaadada diinta, xataa haday dhibsadaan Gaaladu.
 Hadii ay ku soo aroorto Xadiiska erayga: "Salaada dabadeeda" hadii aanu ku sugnayn xadiiska dikri, sida asalka ahi waa in dikrigaasi salaama naqsiga ka dambeeyaa, hadayse duco tahay waxay ahaanaysaa salaama naqsiga ka hor.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>Ha ka dhigina Guryihiina Qabuur oo kale, Shaydaanku wuu ka cararaa Guriga Suuratul  Baqara lagu akhriyee</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Ha ka dhigina Guryihiina Qabuur oo kale, Shaydaanku wuu ka cararaa Guriga Suuratul  Baqara lagu akhriyee".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay in Guryaha laga qadiyo Salaada oo ay noqdaan sida Qabuurta aan lagu  tukan.
 Ka dibna Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Shaydaanku ka cararo Guriga lagu akhriyo Suurada Baqara.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Waa Sune in la badiyo cibaadada iyo Salaada Sunaha ah ee Guryaha lagu tukado.
 Ma banaana in lagu tukado Qubuurta, waayo waa wax yaabaha  keena Shirkiga iyo in dadku ku xad gudbaan Qubuurta, Salaada Janaasada wax ka baxsan lama ogola.
 Reebida in Qubuurta lagu tukado wuxuu ka sugnaaday Asxaabtii, sidaa daraadeed Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay in Guryaha laga dhigo sida Qubuurta aan lagu tukan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>Inaan iraahdo: subxaana Allaahi, wal-xamdu lillaahi, walaa Ilaaha ilaa Allaahu, wallaahu Akbar, ayaan ka jeclahay inta Qoraxdu u soo baxdo oo dhan"ه</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Inaan iraahdo: subxaana Allaahi, wal-xamdu lillaahi, walaa Ilaaha ilaa Allaahu, wallaahu Akbar, ayaan ka jeclahay inta Qoraxdu u soo baxdo oo dhan"ه</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in dikriga Ilaahay ee ereyadaan waawayn ah ay ka khayr badan yihiin Aduunyada iyo waxa dhex yaalla, oo ah:
 "Subxaana Allaah" Ilaahay Isagaa nusqaan oo dhan ka hufan.
 "Alxamdu lillaahi" Ilaahay Isagaa ku amaanan sifaadkiisa kaamilka ah oo maxabadiisa iyo waynaantiisu la jirto.
 "Laa ilaaha Ilaa Allaah" ma jiro Ilaah xaq lagu caabudo oo aan Ilaahay ahayn.
 "Allaahu akbar" Ilaahay ayaa wax walba ka wayn.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Waxaa laysku boorinayaa dikriga Ilaahay, isagaana laga jecel yahay waxay Qoraxdu u soo baxdo.
 Waxaa laysku boorinayaa in la badsado dikriga Ilaahay, ajarka iyo fadliga ku jira awgeed.
 Raaxada Aduunyadu waa wax yar macaankeeduna wuu tagayaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6211</t>
   </si>
   <si>
-    <t>مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ</t>
+    <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Majiro qof muslim ah oo salaad faral ahi u soo gashay, oo wanaajiya waysadeeda, khushuuceeda, rukuuceeda, haduuse jiro waxaa loogu dhaafaa wixii dambi ahaa ee salaadaas ka horeeyey, hadaanu dambi wayn la imaan, arinkaasi waa sanadka oo dhan</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>Cusmaan Binu Cafaan -Allaha ka raali ahaadee-wuxuu yiri: waxaan ka maqlay Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee-isagoo dhahaya: "Majiro qof muslim ah oo salaad faral ahi u soo gashay, oo wanaajiya waysadeeda, khushuuceeda, rukuuceeda, haduuse jiro waxaa loogu dhaafaa wixii dambi ahaa ee salaadaas ka horeeyey, hadaanu dambi wayn la imaan, arinkaasi waa sanadka oo dhan."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkii ha ahaatee- wuxuu cadeeyey in qof walba oo Muslim ah oo uu u soo galo waqtiga salaada wajibka ah oo hagaajiya waysadeeda oo dhamaystira, ka dib ku khushuuca salaadiisa isagoo qalbigiisa iyo xubnihiisa hor gaynaya Ilaahay iyo waynankiisa, isagoo dhamaystiraya camalka salaada sida rukuuca, sujuuda iyo qayrki, salaadaasi waxay noqonaysaa mid loogu danbi dhaafo wixii danbi yar ar ahaa ee salaadaas ka horeeyey, haduusan la imaan danbi wayn oo ka mida danbiyada kabaa`irta, fadligaasi wuxuu jiraa waqti walba iyo salaad walba.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Salaada lagu dhaafo dambiyada waa mida uu adoonku wanaajiyo waysadeeda, khushuucna ku tukado isagoo Ilaahay darti ula jeeda.
 Fadli wayn baa ku jira joogtaynta cibaadada, waxayna sabab u tahay in lagu dhaafo danbiyada  yaryar.
 Fadli wayn baa ku jira wanaajinta waysada iyo wanaajinta salaada oo khushuuc lagu tukado.
 Waxaa muhiim ah ka fogaanta dambiyada waawayn, si looga dhaafo adoonka dambiyada yar-yar.
 Dambiyada waawayn laguma dhaafo towba keen waxaan ahayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6254</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>Majiraan Maalmo camalka saalixa ah Ilaahay ka jecel yahay Maalmahan" waxaa loo jeedaa Maalaha tobanka hore  ee Bisha Dul-xija</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>Ibnu Cabaas Allaha ka raali ahaado isagiyo ِAbihiye waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Majiraan Maalmo camalka saalixa ah Ilaahay ka jecel yahay Maalmahan" waxaa loo jeedaa Maalaha tobanka hore  ee Bisha Dul-xija, waxay dheheen: Rasuulka Ilaahayow, ma xataa Jihaadka Diinta Ilaahay loo  Jihaadayo? wuxuu yiri: xataa Jihaadka, inuu yahay mooyee nin u baxay Jihaad oo Naftiisii iyo Maalkiisiiba ku bixiyey oo aan waxba ka soo noqon".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in tobanka Maalmood ee Bisha Dil-xija ugu horeeya camalka saalixa ah ee la qabto uu ka fadli badan yahay camalka Maalmaha Sanadka intiisa kale.
 Asxaabtu Rasuulka nabadgelyo iyo naxariis Allaha siiyee waxay waydiiyeen Jihaadka aan ahayn Maalmahan tobanka ah ma isagaa fadli badan mise camalka saalixa ah ee Maalmaha tobanka Bisha Dil-xija laqabto? waxa ay ogaayeen inuu Jihaadku camalka u fadliga badan yahay.
 Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu ugu jawaabay in camalka saalixa ee Maalmaha tobanka Dil-xija laqabto ka fadli badan yahay Jihaadka oo la Jihaado waqti aan tobankan dhexdeeda ahayn, ilaa nin u baxay Jihaad oo u huray Naftiisa iyo Maalkiisa waqti Jihaad jiray, sidaana ku waayey Naftiisiii iyo Maalkiisiiba. Waa kaas kan ka fadliga badan camalka saalixa ah ee Maalmaha tobanka ah.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Fadliga tobanka Maalmood ee Bisha Dil-xija waa mid aad u wayn, sidaa darteed waxaa la gudboon Qofka Muslimka ah inuu ka faa'iidaysto Maalmahaa, oo uu badsado gudashada amarka Ilaahay, sida xuska Ilaahay, akhrinta Qur'aanka, Takbiirta "Allaahu akbar", Tahliish "laa ilaaha illa-llaah", Taxmiida "Alxamdu lilaah", Salaada, Sadaqada, Soonka ,iyo dhamaan camalka wanaagsan.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[waxaa wariyey bukhaari,Abuu daawuud,lafdiganna isagaa kuwariyey]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ</t>
+    <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Mu'uminka Qur'aanka akhriya wuxuu la mid yahay miraha ''Utrujada'', carafteedu waa udgoon dhadhankeeduna waa fiican yahay,  Mu'uminka aan Qur'aanka akhriyeyna wuxuu la mid yahay timirta, caraf malaha dhadhankeeduna waa macaan</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Abii Muuse Al-ashcari-Allaha ka raali ahaadee- wuxuu yiri: Rasuulka Ilaahay- naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: " Mu'uminka Qur'aanka akhriya wuxuu la mid yahay miraha ''Utrujada'', carafteedu waa udgoon dhadhankeeduna waa fiican yahay,  Mu'uminka aan Qur'aanka akhriyeyna wuxuu la mid yahay timirta, caraf malaha dhadhankeeduna waa macaan, munaafiqa Qur'aanka akhrinayana wuxuu la mid yahay geedka reexaanta, caraftiisu waa udgoon dhadhankiisuna waa qaraar, munaafiqa aan Qur'aanka akhriyeyna wuxuu la mid yahay geedka xandalada, caraf maleh dhadhankiisuna waa qaraar."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu cadeeyey nuucyada dadku ugu kala qaybsamaan akhrinta Qur'aanka iyo siday ugu intifaacayaan:
 qaybta 1aad: waa mu'umin Qur'aanka akhriya oo ku intifaacaya wuxuu la mid yahay miraha Utrujada la dhoho, waa geed dhadhan fiican oo udgoon oo midab qurxoon, wax tarkiisuna badan yahay, oo qofkaasi wuu ku camal falaa wuxuu akhrinaayo, adoomada Ilaahayna wax buu taraa.
 Qaybta 2aad: waa mu'umin aan qur'aanka akhrin, wuxuu la mid yahay timirta dhadhankeedu waa macaan urna  maleh, qalbigiisa waxaa ku sugan iimaan sida timirta dhadhankeeda iyo gudaheedaba ugu sugan yahay macaanku, ee aanay u lahayn wax ur ah oo kasoo baxaya oo dadku soo uriyo; waayo malaha qofkaasi wax akhris ah oo dadku ku raaxaystaan dhagaysigiisa.
 Qaybta 3aad: waa munaafiq Qur'aanka akhriya, waa sida geedka reexaanta, caraf udgoon buu leeyahay dhadhankiisuna waa qaraar, waayo qalbigiisu uma suuban iimaanka, Qur'aankana kuma uusan camal falin, dadka hortiisana wuxuu isku ekaysiiyey mu'umin, carafta geedkaasi wuxuu uga eg yahay akhrintiisa Qur'aanka, dhadhankiisa qaraarna wuxuu shabahaa gaalnimadiisa.
 qaybta 4aad: waa munaafiqa aan Qur'aanka akhrin, isna waa sida geedka xandalada, malaha caraf, dhadhankiisuna waa qaraar, caraf la'aanta  wuxuu ka shabahaa akhris la'aantiisa, qaraarkana wuxuu ka shabahaa qaraarka gaalnimadiisa, waayo uurkiisa iimaanku waa ka maran yahay, oogadiisana nafac u malaha, balse wuu dhibayaa.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>xaddiiska waxaa ku jira cadayn fadliga uu leeyahay qofka Qur'aanka xafidsan ee ku camal fala.
 Qaabka dadka wax lagu baro waxaa ka mid ah tusaalaha, si loogu soo dhaweeyo fahanka.
 waxaa ku haboon muslimku inuu leeyahay wardi  Qur'aan ah oo uu joogteeyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6258</t>
   </si>
   <si>
-    <t>مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً</t>
+    <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>Kuwa mucaqibaatka ah ee aanu khasaarin qofka akhristaa - ama ku camal falaa- salaad walba oo waajib ah gadaasheeda, saddex iyo sodon tasbiix, saddex iyo sodon taxmiid iyo afar iyo sodon takbiir</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Kacab Binu Cujra-Allaha ka raali ahaadee- wuxuu ka wariyey Rasuulka -naxariis iyo nabadi korkiisa ha ahaatee- inuu yiri: "Kuwa mucaqibaatka ah ee aanu khasaarin qofka akhristaa - ama ku camal falaa- salaad walba oo waajib ah gadaasheeda, saddex iyo sodon tasbiix, saddex iyo sodon taxmiid iyo afar iyo sodon takbiir".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu sheegay adkaar aanu khasaarayn oo uusan ka qoomamayn qofka akhrista, balse uu ka halayo kalimadkaa ajar, oo qaarba qaar ka daba imaanayo, waxaana la akhristaa salaadaha faralka ah gadaashooda, waana sidan:
 ''subxaana Allaah'' 33 jeer, macnaheeduna waa Ilaahay ayaa ka nasahan oo ka reeban nusqaan walba.
 ''Alxamdu lillaah'' 33 jeer, macnaheedu waa Ilaahay wuxuu ku tilmaaman yahay kaamilnimo taam ah, iyadoo ay la jirto jeclaantiisa iyo waynayntiisu.
 ''Allaahu akbar''34 jeer, macnaheedu waa Ilaahay baa ka wayn oo ka cisi iyo sharaf badan wax walba.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Tasbiixda iyo taxmiida iyo takbiirtu fadli ayey leeyihiin, waana la dhahaa Albaaqiyaat Alsaalixaat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6259</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Qofka ka taga Salaada Casar camalkiisu wuu buray</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Buraydata Binu xuseyn Allaha ka raali ahaade waxaa laga wariyey inuu yiri: U degdega Salaada Casar, waayo Nabig nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: " Qofka ka taga Salaada Casar camalkiisu wuu buray".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka digay in Salaada Casar waqtigeeda dib looga dhigo, si bareer ah Qofka sidaa sameeyana camalkiisu wuu buraayo oo wax kasoo qaad ma leh.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Waxaa laysku boorinayaa in Salaada Casar lagu ilaaliyo waqtigeeda hore, loona degdego arintkaa.
 Goodi adag ayaa loo jeediyey Qofka oo ka taga Salaada Casar, waqtigeeda oo ka tagana wuxuu ka Dambi weyn yahay Salaadaha kale oo waqtigoodu tago, waana Salaada Alwusdaa ee si gaara loogu amarka hadalka Ilaahay yiri: (ilaaliya Salaadaha iyo Salaada Alwusdaa) [ Al baqara238].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>Qofka wayso qaata ee hagaajiya waysada, dambiyadiisu way ka  baxayaan jirkiisa ilaa ay cidiyihiisa hoostooda ka baxaan</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>Cusmaan Binu Cafaan Allah ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka wayso qaata ee hagaajiya waysada, dambiyadiisu way ka  baxayaan jirkiisa ilaa ay cidiyihiisa hoostooda ka baxaan".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofka wayso qaata isagoo ilaalinaaya Sunadii iyo aadaabtii weysada arinkaasi wuxuu sabab u noqonayaa in loo Dambi dhaafo, ilaa uu dambigu ka baxayo cidiyaha Gacmihiisa iyo Lugihiisa.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Waxaa lagu borinayaa in lagu dadaalo barashada waysada, Sunaheeda, aadaabteeda iyo ku camal falkeeda.
 Xadiiska waxaa ku sugan fadliga weysada, iyo in dambiyada yar-yar lagau dhaafo, dambiyada waaweynse waa in laga toobad keeno.
 Shuruuda dambigu ku baxayo waa in waysada la kaamil yeelo oo lala yimaado waysada iyadoo aan la khaldin sida Nabigu nabadgelyo iyo naxariis Allaha siiyee uu sheegay.
 Dambi dhaafka Xadiiskan lagu sheegay wuxuu ku xiran yahay in laga fogaado dambiyada waaweyn oo laga towbadkeeno, Ilaahay wuxuu yiri: (haddaad ka fogaataan dambiyada waaweyn ee laydinka reebay waxaan idiin dhaafi dambiyadiina yar yar.) [Annisaa:31].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ</t>
+    <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>{Qofka dhaha markuu maqlo mu'adinka: Waxaan qirayaa inuusan jirin Ilaah xaq lagu caabudo Ilaahay mooyee oo uu kali yahay oo cid wax la wadaagta aysan jirin, Maxamedna uu yahay adoonkiisii iyo Rasuulkiisii, waxaan raali ka ahayn inaan Ilaahay Rabi ka dhigto oo Maxamed aan ka dhigto Rasuul oo aan Islaamkana ka dhigto diin, danbigiisa waa la dhaafaa}</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Sacad Binu Abii Waqaas -Allaha ka raali ahaadee- wuxuu ka wariyey Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee- inuu yiri: {Qofka dhaha markuu maqlo mu'adinka: Waxaan qirayaa inuusan jirin Ilaah xaq lagu caabudo Ilaahay mooyee oo uu kali yahay oo cid wax la wadaagta aysan jirin, Maxamedna uu yahay adoonkiisii iyo Rasuulkiisii, waxaan raali ka ahayn inaan Ilaahay Rabi ka dhigto oo Maxamed aan ka dhigto Rasuul oo aan Islaamkana ka dhigto diin, danbigiisa waa la dhaafaa}</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee-wuxuu sheegay in qofka dhaha marka uu maqlo mu'adinka: ( waxaan qirayaa  inuusan jirin Ilaah xaq lagu caabudo Ilaahay mooyee oo uu kaligi yahay oo aan cidna wax la wadaagin) yacni: waxaan qirayaa oo ictiraafayaa oo sheegayaa in uusan jirin macbuud xaq lagu caabudo oo aan Ilaahay ahayn,  Ilaah walba oo aan Ilaahayna waa baadil. (Maxamedna uu yahay Adoonkii iyo Rasuulkii Ilaahay) yacni: inuu yahay Adoon aan la caabudin iyo Rasuul aan been sheegin. " Raali ayaan ka ahay inaan Ilaahay Rabi ka dhigto'' yacni: Raali ayaan ka ahay Ilaahay Rabi nimadiisa, Ilaahnimadiisa, magacdiisa iyo sifooyinkiisa, ( Maxamedna aan ka dhigto Rasuul) yacni: waxaan rumaynayaa dhamaan wixii lala soo diray iyo inuu na soo gaarsiiyey, ( iyo Islaamka) yacni:  waxaan rumaynayaa dhamaan axkaamta Islaamka oo ay ka mid tahay wixii la is faray iyo wixii la iska reebay. (Diinan) yacni: waan rumaynayaa waana u hogaansamayaa. ( Waa loo dhaafaa danbiigsa) yacni: waxaa laga dhaafayaa dambiyadiisa yar-yar.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Ku cel-celinta ducadan marka aadaanka la maqlayo waxay ka mid tahay waxyaabaha dambiyada lagu dhaafo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6272</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Qofka akhriya labada Aayadood ee Suurada AlBaqara u dambeeya Habeenka way ku filan yihiin</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Abii Mascuud Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka akhriya labada Aayadood ee Suurada AlBaqara u dambeeya Habeenka way ku filan yihiin".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in qofka akhriya labada Aayadood ee u dambeeya Suurada Albaqara Habeenkii Ilaahay wuuka kaafiyaa Sharka iyo Dhibaatada, waxaa kaloo la yiri: way ka kaafidaa Salaatul-laylka, waxaa kaloo la yiri: waxay ka kaafidaa adkaarta kale, waxaa kaloo la yiri: waa waxa ugu yar ee ay kaga gudmayso akhrinta Qur'aanka ee Salaatul-laylka, siyaabo kalana waa lagu fasiray, waxaa dhici kara inuu sax yahay dhamaan waxaa lagu fasiray oo dhan oo ay erayadu soo wada galaan.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>Xadiiska waxaa kucad fadliga weyn ee ku jira dhamaadka 
 suuratul Baqara, waana hadalkii ilaahay yiri:     (آمن الرسول) ilaa dhammaadka Suurada.
 Dhamaadka Suurada Albaqara wuxuu ka difaacaa Qofka dhibka, Sharka, Shaydaanka, haduu akhriyo Habeenkii.
 Habeenku wuxuu ka bilawdaa dhicida Qoraxda, wuxuuna ku dhamaadaa soo bixitaanka Fajarka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>Qofka akhriya Xaraf ka mid ah Kitaabka Ilaahay wuxuu ka halayaa hal xasano, halka xasano waxay u dhigantaa toban laabkeed</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka akhriya Xaraf ka mid ah Kitaabka Ilaahay wuxuu ka halayaa hal xasano, halka xasano waxay u dhigantaa toban laabkeed, ma oranaayo {Alif Laam Miim} waa Xaraf, laakiin Alifku waa Xaraf, oo laamku waa Xaraf,  oo Miimku waa Xaraf".</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay Qof kastoo Muslim ah oo akhriya Xaraf kitaabka Ilaahay ka mid ah, inuu ka helaayo hal xasano, kaasoo ajarka loo laalaabayo toban laabkeed.
 Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu ku cadeeyey hadalkiisaa isagoo dhahay: (ma dhahayo Alif Laam Miim) waa Xaraf, laakiin Alifku waa Xaraf, Laamku waa 
 Xaraf, Miimkuna waa Xaraf): waxay ahaanaysaa sdddex Xaraf oo soddon xasano laga helayo.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Waxaa laysku boorinayaa in la badiyo akhrinta Qur'aanka.
 Qofka akhrinaya Quraanka wuxuu ka helayaa Xaraf  kastoo  ee ku jira kalimad walba ee uu akhriyo hal xasano taasoo loo laalaabayo toban laabkeed.
 Waa Ilaahay Raxmadiisa waasac nimadeeda iyo deeqdiisa, waayo wuxuu u laban laabay Adoomadiisa ajarka, waana fadligiisa, iyo deeqsinimadiisa.
 Qur'aanku wuu ka fadli badan yahay wixii qayrkiisa ee hadal ah, akhrintiisaana Ilaahay ayaa lagu caabudaa, waayo waa hadalkii Ilaahay  sareeye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6275</t>
   </si>
   <si>
-    <t>كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ</t>
+    <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>Ibnu Aadam ayaa i beeniyey xaqna u malaha inuu i beeniyo, wuuna i caayey xaqna u malaha inuu i caayo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee-: wuxuu ka wariyey Rasuulka-naxariis iyo nabadi korkiisa ha ahaatee- inuu yiri: (Ilaahay wuxuu yiri:  Ibnu Aadam ayaa i beeniyey xaqna u malaha inuu i beeniyo, wuuna i caayey xaqna u malaha inuu i caayo , beeninta uu i beeniyey waa hadalkiisa: Ilaahay igumasoo celin karo sidii uu ii abuuray, Abuuritaankiisa horena ma aha mid iiga fudud soo celintiisa, caydiisa uu i caayeyna waa hadalkiisa: Ilaahay ilmuu leeyahay, anoo axad ah, oo makhluuqu baahidooda  ay u sheegtaan, maanan dhalin la imana dhalin, wax ila mid ahina majiraan).</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu xadiis qudsigaan ku cadeeyey in Ilaahay sheegay in mushrikiinta iyo kufaartu Ilaahay beeniyeen oo ay ku sifeeyeen naaqusnimo iyo ceebo, inay sidaas yeelaana kuma haboonayn.
 Beenintooda ay Ilaahay beeniyeen waa inay sheegteen inaanu Ilaahay u abuuuri doonin markay dhintaan ka dib  in mar labaad uu sidoodii hore oo uu cidla ka abuuray u abuuri karo, wuxuuna Ilaahay ugu jawaabay Ilaahii awalba iyagoon jirin abuuray uu awoodaa inuu soo celiyo oo ugasii fudud, waloow Ilaahay ay u wada siman yihiin abuurida iyo soo celintuba, Ilaahay wax walba waa awoodaa.
 caydooduna: waa hadalkooda: Ilaahay ilmo ayuu leeyahay, wuxuuna Ilaahay ugu jawaabay: inuu yahay Ilaah keli ah, oo la keliyoobay kaamilnimo xaga: magacyadiisa, sifooyinkiisa, afcaashiisa, oo uu ka nasahan yahay naqsi iyo ceeb oo dhan, oo uu yahay Samad aan cidna u baahnayn qof walban uu u baahan yahay, oo qofna uusan waalid u ahayn, oo qofna u ahayn ilmo, cid i la midana aysan jiri mid ila mida iyo mid ii egtoona jirin Ilaahay waa kii xumaan ka nasahan oo sareeya.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Waxaa u sugan Ilaahay Awood dhamaanteed.
 Waxaa sugan in la isa soo saaridoono dhimashada ka dib.
 wuu gaaloobay qofka inkira in la isa soo saaridoono ama yiraahda Ilaahay ilmo ayuu leeyahay.
 Ilaahay malaha cid la mida ama u eg.
 Waa waasicnimada dulqaadka Ilaahay isagaa xumaan ka hufane, iyo u kaadinta uu u kaadiyey gaalada bal inay toobadkeenaan oo soo laabtaan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6327</t>
   </si>
   <si>
-    <t>مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ</t>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>qofka la colooba waligayga, waxaan ogaysiiyey dagaal, adoonkaygu iiguma soo dhawaado waxaan ka jeclahay waxaan ku waajibyey</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee- wuxuu yiri: Rasuulka Ilaahay wuxuu yiri: -naxariis iyo nabadi korkiisa ha ahaatee-: "Ilaahay baa yiri:  qofka la colooba waligayga, waxaan ogaysiiyey dagaal, adoonkaygu iiguma soo dhawaado waxaan ka jeclahay waxaan ku waajibyey, adoonkayguna ka suulimaayo inuu iigu soo dhawaado sunanta ilaa aan jeclaado, hadaan jeclaadona:  waxaan noqdaa maqalkiisii uu wax ku maqlaayey, iyo aragiisii uu wax ku arkaayey, iyo gacantiisii uu wax ku qabanaayey, iyo lugtiisii uu ku soconaayey, haduu wax i waydiistona waan siin, haduu i magan galana waan magan gelin, ma jiro shay aan sameeyo oo aan ka laba labeeyo isadaan uga laba labeeyo  muminka naftiisa, wuxuu neceb yahay geerida ana waxaan nibcahay xumayntiisa</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Rasuulku-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu ku sheegay xadiiskaan qudsiga ah in Ilaahay weyne yiri: Qofka dhiba wali ka mida awliyadeyda, oo ka caraysiiya waxaan ogaysiiyey colaad.
@@ -8516,809 +8518,809 @@
 Intaa waxaa u dheer haduu Ilaahay wax waydiisto Ilaahay wuu siinayaa, oo wuxuu noqonayaa mid ducadiisa la aqbalo, haduu Ilaahay wax ka magan galo oo soo hoos galo isagoo doonaaya inuu ilaaliyona, Ilaahay wuu magan galin wuuna ka ilaalin waxaa uu ka baqaayo.
 Ka dib Ilaahay wuxuu yiri: kamaan laba-labeeyo waxaan sameynayo sidaan uga laba-labeeyo qaadida nafta mu'uminka anigoo u naxariisanaya darteed, waayo wuxuu neceb yahay geerida xanuunka ay leedahay darteed, Ilaahayna waa neceb yahay wixii mu'uminka xanuujiya.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Xadiiskani waa axaadiista uu Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- ka wariyey Rabigi, waxaana looyaqaan xadiis Aludsi ama xadiis Ilaahi ah, waana xadiiska ereyadiisa iyo macnohooduba Ilaahay ka sugnaadeen, inkastoo aanu lahayn sifaadka Qur'aanku leeyahay ee uu kaga duwan yahay wixii ka soo haray, sida in lagu cibaadaysto akhrintiisa, oo loo dahaaro qaato qaadashadiisa, cajsi gelintiisa  iyo icjaaskiisa aysan cidna keeni karin, iyo intaa qayrkeedba.
 Waxaa la reebay in la dhibo awliyada Ilaahay, waxaana lagu booriyey dadku inay jeclaadaan awliyada Ilaahay oo ay gartaan fadliga ay leeyihiin.
 waxaa la faray dadku inay la ciloobaan cadawga Ilaahay oo ay xarimaan xiriirintooda.
 Qofka sheegta inuu wali Ilaahay yahay isagoo sharciga Ilaahay aan raacin been ayuu ka sheegay sheegashadiisa.
 Waxaa lagu gaaraa walinimada Ilaahay gudashada waajibaadka iyo ka fogaanta xaaraanta.
 Asbaabta Ilaahay ku jeclaado adoonka oo ducadiisa ku aqblo waxaa ka mida, inuu sameeyo sunooyinka markuu guto waajibaadka oo uu ka fogaado xaaraanta.
 xadiisku wuxuu tusinayaa sharafta Awliyada Ilaahay iyo in makaanadoodu sarayso.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6337</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Markuu ninku masruufo Reerkiisa isagoo Ilaahay ajar kaga dalbaaya, Sadaqo ayey u noqonaysaa</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abii Mascuud Allaha ka raali ahaade waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Markuu ninku masruufo Reerkiisa isagoo Ilaahay ajar kaga dalbaaya, Sadaqo ayey u noqonaysaa".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in markuu ninku siiyo Reerkiisa biilo kaasoo ay ku waajibtay nafaqadoodu, sida Xaaskiisa, labadiisa waalid, Caruurtiisa iyo qayrkoodba, isagoo Ilaahay ugu dhawaanaya wax bixintaa ajarna kaga raba Ilaahay wuxuu helayaa ajarka Sadaqada oo kale.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Ajar iyo xasanaat ayaa laga helayaa hadii la biilo Reerka.
 Mu'uminku camalkiisa wuxuu ula jeeda Ilaahay wajigiisa iyo inuu Ilaahay kaga helo ajar iyo xasanaat.
 Waxaa haboon in Qofku Niyad Saalixa ula yimaado camalkiisa Saalixa ah, waxaana ka mid ah biilka Reerka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>Iimaanku waa dhowr iyo todobaatan -ama dhowr iyo lixdan- qaybood, waxaana ugu fadli badan hadalka laa ilaaha Ilaa Allaah, waxaana ugu hooseeya in wixii dhib ah laga qaado Jidka</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Iimaanku waa dhowr iyo todobaatan -ama dhowr iyo lixdan- qaybood, waxaana ugu fadli badan hadalka laa ilaaha Ilaa Allaah, waxaana ugu hooseeya in wixii dhib ah laga qaado Jidka, xishoodkuna waa qayb ka mida iimaanka".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in iimaanku qaybo iyo laamo badan yahay, kuwaasoo ka kooban acmaal la qabto, caqiido iyo hadalo.
 Waxaana ugu sareeya qaybaha iimaanka u guna fadli wayn hadalka: "laa ilaaha Ilaa Allaah", waa in macnaheeda aqoon loo leeyahay, laguna camal falayo waxay keenayso, oo ah inuu Ilaahay yahay Ilaaha kaliya ee xaqa u leh in la caabudo keligi, cidii isaga ka soo hartayna aysan xaq u lahayn.
 Qaybta ugu yar laamaha iimaanku waa in laga leexiyo wixii dhib ku ah Dariiqa dadku marayaan.
 Rasuulku nabadgelyo iyo naxariis Allaha siiyee ka dib wuxuu sheegay in xishoodku qaybaha iimaanka ka mid yahay, waana dhaqan ku dhalinaaya qofka inuu wanaaga sameeyo xumaantana ka tago.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Iimaanku waa darajooyin qaar ka fadli badan yahay qaarka kale.
 Iimaanku waa hadal iyo camal iyo caqiido.
 Ilaahay oo laga xishoodaa wuxuu keenaa: inuuna kugu arag meel uu kaa reebay, iyo inuuna kaa waayin meel uu ku faray.
 hadii tiro la sheego looma jeedo in arinku tiradaa ku kooban yahay, balse wuxuu ku tusayaa in acmaasha iimaanku badan tahay, carabtu waxaa dhici karta inay shay tiro ku sheegaan hadana aysan doonayn inaysan qayrki diidayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6468</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>yaan lagu dayn ratina inay ku xirnaato qoortiisa kuul iyo qardhaas toona, waana in laga wada goyaa)</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>Abii Bashiir Al-ansaari-Allaha ka raali ahaade: Wuxuu la socday Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee safaradiisa qaarkood, wuxuuna yiri: Rasuulka nabadgelyo iyo naxariis Allaha siiyee: of ayuu diray, dadkii oo jooga halkii la dagay -:( yaan lagu dayn ratina inay ku xirnaato qoortiisa kuul iyo qardhaas toona, waana in laga wada goyaa).</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu jirey safaradiisii mid ka mid ah, dadkuna waxay ku sugnaayeen meeshii ay dageen iyo tendhooyinkooda, qof buuna u diray dadka -si uu fariin ugu sheego- taasoo ah: in laga wada jaro wax yaabaha qardhaasaha ah ee awrta qoorta loogu xiray, ha ahaado xadhig, ama waxkale sida koorta ama kabaha, waayo waxaasay u xiri jireen, cabsi ay ka qabeen isha darteed, waxaana la amaray inay ka jaraan xoolaha waxaa, waayo wax ay ka difaaci kartaan jirin, wax tarka iyo wax yeelladuba gacanta Ilaahay bay ku jiraan, kaligi cid la wadaagta ma jirto.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Waa xaaraan in lagu lulo xarko iyo kuulo si ay nafac ugu keenaan ama dhib uga celiyaan, waayo waxaasi shirkiga ayey ka mid yihiin.
 Waxaa waajib ah in xumaanta la joojiyo-oo laga hortago qof walba inta awoodiisa ah.
 Waa waajib in qalbiga lagu xidho Ilaahay kaligii, Ilaahay malaha wax shariig ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ</t>
+    <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>qofka xirta xirsi Ilaahay ayuu u shariig yeelay</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Cuqba'a Binu Caamir Aljuhani-Allaha ka raali ahaadee- waxaa laga wariyey: "In Rasuulka Ilaahay-naxariis iyo nabadi korkiisa ha ahaatee- ay u yimaadeen koox rag ah, wuxuuna la mubaayacooday sagaal nin (islaamnimaduu kula balamay), nin ragaa ka mid ahaana wuu ka joogsaday oo lama mubaayacoon, waxayna ku dheheen: Rasuulka Ilaahayow sagaalna waad la mubaayacootay ninkana waad ka tagtaye maxaa jira? wuxuu yiri: "isagu xirsi ayuu xiran yahay", gacantuu geliyey ninkii oo wuu iska jaray, markaasuu suubanuhu la mubaayacooday, wuxuuna Nabigu yiri: "qofka xirta xirsi Ilaahay ayuu u shariig yeelay."</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>Rag koox ah ayaa Nabiga u yimid-naxariis iyo nabadi korkiisa ha ahaatee- tiradoodu waxay ahayd toban, sagaal iyaga ka mid ah ayuu Nabigu islaamnimada iyo inay isaga raacaan kula mubaayacooday, ninkii tobnaadna wuu ka istaagay, markii la waydiiyey sababta uu uga tegay wuxuu yiri -naxariis iyo nabadi korkiisa ha ahaatee-: Ninkani wuxuu xiran yahay xirsi, waana wax la xirto ama la gashado sida kuusha iyo wixii la mida si ay u celiso isha iyo wixii dhib ah. Ninkii wuxuu gacantiisa geliyey halkuu kaga xirnaa xirsigu, wuuna gooyey oo iska tuuray, Nabiguna-naxariis iyo nabadi korkiisa ha ahaatee- markaasuu la balamay, wuxuuna yiri isagoo ka digaya xirsiyada xugunkoodana cadaynaya wuxuu yiri: (Qofkaii xirsi xirta shirki ayuu sameeyey ).</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Qofkii cuskada cidaan Ilaahay ahayn Ilaahay wuxuu kula tacaamilaa wuxuu doonaayey lidkeeda.
 hadii la rumeeyo in hadii xirsiga la xirto uu sabab u yahay inuu celiyo dhibka iyo isha waa shirki yar, hadiise uu rumeeyo in xirsigu isagu uu nafac leeyahay waa shirki wayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6762</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Qofka dhaha: laa Ilaaha Ilaa Allaah, ee ku gaalooba wax kastoo Ilaahay sokadii la caabudo Ilaahay wuu xarimay maalkiisa iyo dhiigiisaba, Ilaahay ayaana xisaabin doona</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Daariq Binu Ashiim Alashjaci Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Qofka dhaha: laa Ilaaha Ilaa Allaah, ee ku gaalooba wax kastoo Ilaahay sokadii la caabudo Ilaahay wuu xarimay maalkiisa iyo dhiigiisaba, Ilaahay ayaana xisaabin doona".</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in qofka dhaha ee carabkiisa kaga dhawaaqa: "laa ilaaha illa-llaah",  yacni: majiro Ilaah xaq lagu caabudo oo aan Ilaahay ahayn, ee ku kufriya waxa Ilaahay sokadii la caabudo, kana bari noqda Diimaha oo dhan, Islaamka mooyee, Ilaahay wuu ka xarimaa Muslimiinta Maalkiisa iyo Dhiigiisa, camalkiisa muuqda mooyaa wax kale kuma lihin, maalkiisa laga qaadi maayo, dhiigiisana la daadin maayo, inuu Danbi ama Jariimo galo ay waajibto in Dhiigiisa la daadiyo iyado axkaanta Islaamka waafaqsan mooyee.
 Ilaahay baana maamulaya xisaabtiisa Maalinta Qiyaame, hadduu runlow ahaa isagaa ka ajar siin, hadduu munaafaq noqdana isagaa cadaabin.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Ku dhawaaqida Laa Ilaaha Ilaa Allaah, iyo in lagu gaaloobo wax kastoo Ilaahay sokadii la caabudo, shardi ayey u tahay soo galida Islaamka.
 Macnaha (laa Ilaaha iIaa Allaah) waa ku gaaloobida  wax kastoo Ilaahay sokodi la caabudo, sida Sanamyada, Qabuurta, iyo qayrkood, iyo in Ilaahay loo kali yeelo cibaadada.
 Qofka la yimaadda Tawxiidka una hogaansama Shareecada Islaamka si muuqata, waxaa waajib ah in la amaan siiyo, ilaa ku cadaato wax arinkaa khilaafsan.
 Waa xaaraan Muslimka, Maalkiisa, Dhiigiisa, Cirdigiisa, inuu xaq galo mooyee.
 Aduunka inta la joogo dadka waxa lagu xukumayaa wixii laga arko ee ay ficilkooda ku muujiyaan, Aakhirona Ilaahay wayne niyadooda iyo qasdigooda ayuu kula xisaabtamin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6765</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>akhlaaqda Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa Qur'aanka</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Sacad Binu Hishaam Binu Caamir-markuu u galay Caa'isha-Allaha ka raali ahaaadee waxaa laga wariyey inuu yiri: Hooyadii Mu'uminiintaay, ii sheeg akhlaaqdii Nabiga nabadgelyo iyo naxariis Allaha siiyee , waxay tiri: Qur'aanka miyaadan akhrin? waxaan iri: haa, waxay tiri:  akhlaaqda Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa Qur'aanka.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Waxaa la waydiiyey Caa'isha-Allaha ka raali ahaade akhlaaqdii Nabiga nabadgelyo iyo naxariis Allaha siiyee waxay ku jawaabtay hadal aad u guda wayn, waxayna u jeedisay Qofkii su'aasha waydiiyey Qur'aanka oo ah Kitaabka Sifooyinkiisa oo dhan kaamil yihiin, waxayna dhahday: wuxuu ahaa Nabigu nabadgelyo iyo naxariis Allaha siiyee mid ka akhlaaq dhigta Qur'aanka, oo ku dhaqma isaga, Qur'aanku wuxuu faro wuu fulin jirey, wuxuu ka reebana wuu ka fogaanayey, khuluqiisu wuxuu ahaa mid Qur'aanka ku camal fala, kuna ekaada xuduuddiisa, ka edeb qaata Quraanka, oo ku cibro qaata maahmaahyihiisa iyo qisooyinkiisa.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Waxaa lagu boorinayaa dadku inay kaga daydaan Nabiga nabadgelyo iyo naxariis Allaha siiyee akhlaaqdiisii uu ka dhigtay akhlaaqda Qur'aanka.
 Waa la amaanay akhlaadii Rasuulka nabadgelyo iyo naxariis Allaha siiyee waxayna ka mid ahayd ilayskii Waxyiga.
 Qur'aanku waa salka u noqoshada dhamaan akhlaaqda wanaagsan.
 Akhlaaqdu Islaamka waxay koobaysaa Diinta oo dhan hadii ay tahay amarka oo la fuiyo iyo hadii ay tahay wixii la iska reebay oo laga fogaado.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[muslim baa wariyey isagoo xadiis aad udheer ah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8265</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>kuwa naxariista Raxmaankaa iyagana u naxariisan, u naxariista waxa dhulka ku nool waxaa idiin naxariisan Raxmaanka Samada ku sugane</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Camar -Allaha ka raali ahaado isaga iyo Aabihiye- waxaa laga wariyey in Nabigu nabadgelyo iyo naxarasiis Allaha siiyee uu yiri: "kuwa naxariista Raxmaankaa iyagana u naxariisan, u naxariista waxa dhulka ku nool waxaa idiin naxariisan Raxmaanka Samada ku sugane.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in kuwa u naxariista dadka kale iyagana Raxmaanku u naxariisto, naxariistaas oo cid walba gaartay, iyadoo lagu abaal marinaayo ficilkoodii.
 Ka dibna wuxuu amray Rasuulku nabadgelyo iyo naxariis Allaha siiyee in loo naxariisto dhamaan noolayaasha ku nool dhulka, Dad, Xayawaan, Shimbiro, iyo nuucyada kale ee Ilaahay abuuray, kuwaasna abaalkoodu waa in Ilaahay uga  soo naxariisto xaga Samada.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Diinta Islaamku waa Diin naxariis, waana Diin dhamaanteed ku taagan daacada Ilaahay iyo wanaajinta kuwuu Ilaahay abuuray.
 Ilaahay isagaa weyne wuxuu ku tilmaaman yahay mid naxariis badan, waana Allaha naxariista guud iyo midda gaarka ahba naxariista, Adoomadiisana naxariista gaarsiiya.
 Abaal marintu waa kolba siduu yahay camalka la qabto-wanaag iyo xumaanba, kuwa naxariista badan Allaha Raxmaanka ah baa u naxariista.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8289</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى</t>
+    <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>Nin ayaa weyso qaatay oo ka tagay meel cidi le`eg oo ciribtiisa ah, Nabiguna naxariis iyo nabadi korkiisa ha ahaatee- wuu arkay, wuxuuna ku yiri: "noqo oo weysadaada hagaaji", wuu laabtay-ninkii- wuuna wanaajiyey weysadii ka dib wuu tukaday</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Jaabir Binu Cabdullaahi-Allaha ka raali ahaadee- wuxuu yiri: Cumar Binu Khadaab ayaa ii sheegay: Nin ayaa weyso qaatay oo ka tagay meel cidi le`eg oo ciribtiisa ah, Nabiguna naxariis iyo nabadi korkiisa ha ahaatee- wuu arkay, wuxuuna ku yiri: "noqo oo weysadaada hagaaji", wuu laabtay-ninkii- wuuna wanaajiyey weysadii ka dib wuu tukaday.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>Wuu laabtay ninkii, oo wuu soo dhamaystiray weysadiisa, wuuna tukaday.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Waa waajib in loo dhakhsado farida wanaaga, oo wax loo sheego kan jaahilka ah iyo kan hilmaansan, gaar ahaan hadii munkarkaas uu keenayo in cibaadadiisu burto.
 Waa waajib in xubnaha laga weyso qaato la wada gaarsiiyo biyaha, oo qofkii ka taga qayb xubinta ka mida haba yaraadee weysadu ka ansiximayso waxaan ku waajiba inuu soo celiyo waysada hadii waqti dheer ka soo  wareegay.
 Waa sharci in la wanaajiyo weyso qaadka, waana in la dhameystiro looguna xeel dheeraado sida sharcigu faray.
 Labada cagaood waxay ku jiraan xubnaha laga weyso qaato, kumana filna in la masoxo, balse waajib in la dhoqo.
 Waxaa haboon in la xiriiriyo xubnaha laga weyso qaato, oo waa in la dhaqo xubinta inta xubintii hore aysan qalalin.
 Aqoon la'aanta iyo ilawshuhu qofka ka ma ridayaan wax waajib ah, waxayse ka ridaan dambiga, sidaa darteed ninkan  aan wanaajin weysadiisa aqoon la'aantiisa awgeed  Nabigu scw kama ridin waajibkii, oo waysadii ah, blase wuxuu faray inuu ku soo celiyo waysada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8386</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa mid Ilaahay xusa xaalad walba oo uu ku jiro</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Caa'isha Allaha ka raali ahaade waxaa laga wariyey inay tiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa mid Ilaahay xusa xaalad walba oo uu ku jiro.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Caa'isha waxay sheegtay Allaha ka raali ahaad inuu Nabigu nabadgelyo iyo naxariis Allaha siiyee ahaa mid aad ugu dadaala xuska Ilaahay, oo xusa Ilaahay goor kasta, meel kasta, xaalad walba.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Looma shardiyo xuska Ilaahay inuu Qofku ka dahaaro qabo Xadaska yar iyo Xadaska weyn midna.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu joogtayn jiray xuska Ilaahay.
 Waxaa lagu boorinayaa dadka inay badsadaan xuska Ilaahay xaalad kasta, taasoo looga dayanaayo Nabiga nabadgelyo iyo naxariis Allaha siiyee, marka laga reebo xaaladaha aan la ogolayn xuska Ilaahay, sida waqtiga xaajo gudashada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8402</t>
   </si>
   <si>
-    <t>صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ</t>
+    <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>Labo qolo oo dadka Ehlu naarka ah ma arkaayo, qolo sidata jeedal lo'oda saynteeda oo kale ah oo dadka ku garaacaya iyo dumar labisan oo qaawan, oo qaloocsan oo is qaloocinaaya</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee- waxaa laga wariyey inuu inuu yiri: Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: "Labo qolo oo dadka Ehlu naarka ah ma arkaayo, qolo sidata jeedal lo'oda saynteeda oo kale ah oo dadka ku garaacaya iyo dumar labisan oo qaawan, oo qaloocsan oo is qaloocinaaya, madaxoodana la moodo sida kurus geel oo jan-jeera, kuwaasi jano galimaayaan, carafteedana helimaayaan, carafta janadana waxaa laga dareemaa intii loo socdo intaa iyo intaa."</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>waxuu ka digay Nabigu-naxariis iyo nabadi korkiiye- labo nuuc oo dadka naarta galaya ah, kuwaas oo aanu adduunyada ku arag samankiisii, oo gadaashii iman doona:
 Qolada 1aad: waa qolo wadata jeedal sida saynta dheer ee lo'oda u eg, kaasoo ay ku garaacayaan dadka, waana booloska iyo kuwa la shaqeeya daalimiinta ee dadka xaqdaro ku garaaca.
 Qolada 2aadna: waa haween iska bixiyey dharkii dhawrsanaanta iyo xishoodka kaasoo loo abuuray dumarka.
 wuxuuna ku tilmaamay: kuwo xaqiiqo ahaan dhar xiran, laakiin macna ahaan ka qaawan, waayo waxay xiran yihiin dhar khafiif ah oo jirka laga dhex arkayo, oo jirka qayb ayey qarinayaan qaybna way muujinayaan, iyagoo muujinaya quruxda. waa kuwo labiskooda ku soo jiidanaya quluubta raga iyagoo ku laafyoonaya socodka, oo garbahooda leex-leexiya, dadka kalena ku soo jiida dhaqan xumada iyo qalooca ay ku jiraan. waxaa ka loo ka mid ah tilmaamahooda : madaxooda oo ay ka dhigayaan sida kuruska geela oo dhinac u leexsan, iyagoo waynaynaya xajmiga madaxooda kuna waynaynaya duubid iyo wax la mida. Madaxooda oo lagu shabahay kuriska geela waa timahooda iyo guudkooda oo ay ku kor xirxireen madaxooda dushiisa, iyo jajabinteeda timaha ay dabtay ilaa ay u liicaan dhinac ka mida dhinacyada madaxa sida uu u liico kuriska awrku. Dumarka tilmaamahaan laga helo goodigaas adag ayaa ku socda kaasoo ah inayna janada galayn carafteedana helayn, una dhawaanayn, iyado carafta janada laga soo uriyo masaafo aad u fog.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>waa xaaraan in dadka la garaaco oo la dhibaateeyo, iyagoo dambi ay galeen iyo  danbi ay ku dheceen uusan jirin.
 Waa xaaraan in daalimka loogu kaalmeeyo dulmiga uu geysanayo.
 Waxaa dumarka warega, astur la`aanta, dharka ku dhagan iyo dharka khafiifka ah ee laga arkaayo cawradooda ama gabadha jirkeeda.
 Waxaa lagu boorinayaa gabadha muslimada ah, inay gudato amarka Ilaahay, kana fogaato wixii Ilaahay ka caraysiinaya, oo ay ku mutaysanayso cadaabta kulul ee joogtada ah aakhiro.
 Xadiiskaani wuxuu ka mid yahay cadaymaha tusinaaya Nabiga scw Nabinimadiisa, waayo Nabigu scw wuxuu sheegay arimo qayb ah ee aan weli dhicin, waxayna u dheceen sidii uu u sheegay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8903</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ</t>
+    <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>Yaanu eegin ninku cawrada nin kale, Haweenayduna yaanay eegin cawrada naag kale</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
     <t>Abii Saciid Alkhudri -Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka Ilaahay uu yiri: "Yaanu eegin ninku cawrada nin kale, Haweenayduna yaanay eegin cawrada naag kale, ninna yaanu la huwan nin kale hal maro, Haweenayna yaanay Haweenay kale la huwan hal maro."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay in ninku eego cawrada nin kale, iyo inay Haweenaydu eegto cawrada Haweenay kale.
 cawraduna: waa wax kastoo laga xishoodo hadii ay muuqato, cawrada ninkuna waa inta u dhaxaysa xuduntiisa iyo lawgiisa, Haweenayduna dhamaanteed cawro ayey ka tahay Ragga ajaanibta ah, Dumarka iyo Ragga Maxaarimteeda ahna waxay u muujinaysaa inta ay muujiso marka ay guriga ka shaqaynayso.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay inuu ninku ninkale hal maro ama wax kalaba kula keliyoobo iyagoo qaawan, wuxuu kaloo reebay in Haweenay ay Haweenay kale hal maro ama wax kale kula keli noqoto iyagoo wada qaawan, waayo arinkaasi wuxuu keenayaa in Qofba Qofka kale cawradiisa taabto, taabashadeeduna waa xaaraan sida eegmadeeda loo xaaraan tinimeeyey, oo waliba way kasii daran tahay, waxayna keenaysaa fasahaad kasii wayn.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Waa la reebay in la eego cawrooyinka marka laga reebo ninka iyo xaaskiisa.
 Islaamku wuxuu ku dadaalay in Bulshadu daahir ahaato oo la xiro dariiq walba oo faaxisho keenaya.
 Way banaan tahay eegmada cawradu markay baahi keento sida daawaynta iyo wixii la mida, waana inaan shahwad loo taaban.
 Qofka Muslimka ah waxaa la faray inuu cawradiisa asturo oo indhihiisana ka laabto cawrada dadka kale.
 waxaa reebida lagu gaar yeelay Ragga la jooga Ragga kale iyo Dumarka la jooga Dumar kale, waayo taasi waxay keenaysaa inay is eegaan oo cawrada faydaan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8904</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Rasuulka nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay qasciga oo ah in Timaha qaar la xiiro qaarna la daayo</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Ibnu Cumar Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey: Rasuulka nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay qasciga oo ah in Timaha qaar la xiiro qaarna la daayo.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Wuxuu reebay Nabigu nabadgelyo iyo naxariis Allaha siiyee in timaha madaxa qaybna laxiiro qaybna la daayo.
 Reebiduna waa guud ahaan ragga yaryar iyo kuwa wawaynba, Dumarkase uma banaana inay timaha Madaxooda xiiraan.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Shareecada Islaamku way ilaalisay muuqaalka dadka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>taasu waa eray xaqa ah oo jinku soo dafay wuxuuna ku cel-celiyaa dhagta kan la shaqeeya sida dhawaqa digaagu ugu cel-celiyo, waxayna ku daraan in ka badan boqol beenood</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>Caa'isha Allaha ka raali ahaade waxaa laga wariyey inay tiri: Dad ayaa waydiiyey Rasuulka nabadgelyo iyo naxariis Allaha siiyee faalalowga, wuxuu ugu jawaabey: (waxba maaha kuwaasi) waxay dheheen: Rasuul alloow, waxbay sheegaan waqtiyada qaar wuuna rumoobaa, wuxuu dhahay Rasuulku nabadgelyo iyo naxariis Allaha siiyee: " taasu waa eray xaqa ah oo jinku soo dafay wuxuuna ku cel-celiyaa dhagta kan la shaqeeya sida dhawaqa digaagu ugu cel-celiyo, waxayna ku daraan in ka badan boqol beenood".</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Nabigaa nabadgelyo iyo naxariis Allaha siiyee la waydiiyey kuwa qaybka soo socda wax ka sheega, wuxuuna ku jawaabey: dan ha u galina kuwaa, hadalkoodana ha qaadanina, warkoodana ahmiyad ha siinina.
 Waxay dheheen: hadalkoodu waqtiyada qaar runtuu waafaqaa oo waxbaa laga arkaa, sida hadday sheegaan arin qayb ah inuu dhacayo bisha heblaayo maalin hebel, siday u sheegeen buu u dhacaa waqtiyada qaar.
 Wuxuu dhahay Rasuulku nabadgelyo iyo naxariis Allaha siiyee jinka ayaa soo dafa waxa uu ka maqlo warka samada, waxayna u sheegaan  madaxdooda faalalowga ah wixii ay maqleen, faaliya-yaashuna waxay kusii darayaan warkaa samada laga soo maqlay boqol beenood.</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Waa la reebay in la rumaysto faalalowyada, waxay sheegaana waa been la dhoo dhoobay, runba ha sheegeen mararka qaarkoode.
 Samada waxaa laga ilaaliyey shayaadiinta soo diritaankii Nabi Maxammad nabadgelyo iyo naxariis Allaha siiyee ka dib inay soo dhagaystaan wax waxyiga ka mida iyo qayrkiba mid wuxuu maqlay soo xaday maahee oo ka nabad galay shihaabka lagu tuuro.
 Jinigu wuxuu leeyahay kuwo u Madax ah oo insi ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>Waxaan la joognay Cumar, wuxuuna yiri: (waa naloo diiday kalifaada )</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Anas Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Waxaan la joognay Cumar, wuxuuna yiri: (waa naloo diiday kalifaada ).</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Cumar Allaha ka raali ahaade wuxuu sheegay in Rasuulku  nabadgelyo iyo naxariis Allaha siiyee u diiday dadka in la caadaysto wax dhib maahee aan dheef laheyn, hadal iyo ficil kuu doonaba ha ahaadee.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Waxaa ka mid ah isku cuslaynta la reebey: su'aalaha badan, isku kalifida waxaan cilmi loo laheyn, ama adkaynta wax Ilaahay fudaydiyey.
 Waxaa qofka Muslimka ah la gudboon inuu Naftiisa baro  saamixida, wax fudaydinta iyo isku ad-adkeyn la'aanta hadalka iyo camalkaba, cuntadiisa, cabitaankiisa, iyo dhamaan arimihiisa kale.
 Diinta islaamku waa Diin fudud.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8945</t>
   </si>
   <si>
-    <t>لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ</t>
+    <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>Malaa'igtu ma raacdo  safar wata Ey  iyo gambaleel</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha karraalli ahaadee- waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: " Malaa'igtu ma raacdo  safar wata Ey  iyo gambaleel."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu sheegay inayna malaa'igtu raacayn safar wata Ey iyo ganbaleelka xoolaha lagu xiro ee codeeya marka neefku dhaqaaqo.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>waxaa la reebay in Ey la haysto ama la kaxaysto, waxaase laga soo reebay reebidaas Eyga lagu ugaarsado ama kan ilaaliya.
 Malaa'igta diidaysa inay raacdo safarka waa Malaa'igta raxmada u qaybsan, laakiin Malaa'igta xafadada ah kama faaruqaan dadka haday joogaan iyo haday safar yihiinba.
 Gambaleelka la iska reebay; waa muusig ka mida muusiga shaydaanka, wuxuuna shabahaa naaquuska nasaaradu garaacdo.
 Muslimku waa inuu ku dadaalo inuu ka fogaado wax walba oo ka fogaynaaya Malaa'igta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/8951</t>
   </si>
   <si>
-    <t>كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا</t>
+    <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Kuma anaan tirin jirin boora-boorowga iyo jaalaha waxba markaan daahirsano ka dib</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Umu Cadiya -Allaha ka raali ahaadee- waxay la mubaayacootay Nabiga -naxariis iyo nabadi korkiisa ha ahaatee-, waxayna tiri: Kuma anaan tirin jirin boora-boorowga iyo jaalaha waxba markaan daahirsano ka dib.</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Saxaabiyada Umu Cadiya -Allaha ka raali ahaadee-, waxay sheegtay in haweenku waqtigii Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- aanay waxba ka soo qaadi jirin biyaha ka yimaada farjiga, kaasoo midabkiisu u eg yahay madow, ama jaale, marka xaydka laga daahir noqodo: looma arki jirin xayd, ugamana tagi jirin isaga salaada iyo soonka.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Biyaha ka yimaada farjiga haweenka- markay daahirsadaan ka dib- waxba laga soo qaado xataa haday u eg yihiin boora-boorow ama jaale laguma tiriyo inay dhiiga ka mid yihiin.
 Imaanshaha dhiiga boora-boorowga ah iyo kan jaalaha ah waqtiga caadada iyo xaydka wuxuu ka mid yahay dhiiga xaydka, waayo waa dhiig waqtigiisii yimid, laakiin wuxuu ku barxan yahay biyo.
 Ugama tegi karto haweenaydu dhiigga buniga iyo kan jaallaha ah soon iyo salaadba hadduu yimaaddo dahaarada kadib, balse way weyso qaadan weyna tukan.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[waxaa ku.wariyey lafdigan Abuu daawuud,bukhaarina waxuu kuwariyey kii oo siyaadadani kujirin(daahirnimada kadib)]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10014</t>
   </si>
   <si>
-    <t>امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي</t>
-[...2 lines deleted...]
-    <t>"sug mudadii aad qabi jirtay dhiiga caadada, ka dibna ka mayro</t>
+    <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
+  </si>
+  <si>
+    <t>sug mudadii aad qabi jirtay dhiiga caadada, ka dibna ka mayro</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Caa'isha oo mu'uminiinta hooyadood ahayd Allaha ka raali ahaadee- waxay tiri: Umu xabiiba Bintu Jaxash oo ahayd xaaskii Cabdiraxmaan Binu Cowf ayaa Rasuulka Ilaahay scw - uga soo cabatay dhiig-ku batay, wuxuuna ku yiri: "sug mudadii aad qabi jirtay dhiiga caadada, ka dibna ka mayro". waxayna ahayd mid qubaysata salaad walba.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Dumarkii saxaabiyada ahaa mid ka mida ayaa uga cabatay Nabiga-naxariis iyo nabadi korkiisa ha ahaatee- dhiig si joogto ah uga socda, wuxuu ku amray inay salaada joojiso mudadii uu hayn jiray xaydkeedu intaanu ku iman arinkan cusub ee dheeriga ahi, ka dibna ay ka qubaysato oo tukato, waxay suno ahaan u qubaysan jirtay salaad walba.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
     <t>Istaxaadadu: waa in haweenayda dhiigu si joogta uga socdo ayaamihii xaydka ay caadada u lahayd ka dib.
 Gabadha Istaxaadada qabta waxay isu aqoonsanaysaa inay xayd qabto marka la gaaro mudadii xaydku u imaan jirtay, intaanu ku imaan Istaxaadadu.
 marka la dhaafo mudadii ay caadadeedu hayn jirtay, waxay isu aqoonsanaysaa inay ka daahir noqotay xaydkii - dhiigii istaxaadadu haba ka socdee- wayna ka qubaysan xaydkii.
 Gabadha istaxaadada qabta kuma waajib aha inay qubaysato salaad walba, waayo qubayska saxaabiyada wuxuu ka ahaa ijtihaad, haduu waajib ahaan lahaa Nabigaa cadayn lahaa-naxariis iyo nabadi korkiisa aha ahaatee-.
 Gabadha Istaxaadada qabta waxaa ku waajib ah inay u weyso qaadato salaad walba, waayo dhiigeedu waa joogto aan kala go`ayn, waxayna la mid tahay qof kasta oo xadaskiisu joogto yahay, sida midka kaadidu joogto uga socoto iyo midka neeftu ka socoto.
 Waa in la waydiiyo culimada wixii la garan waayo ee ku saabsan diinta, waayo haweenaydaani waxay u cabatay Nabiga scw, waxayna waydiisay dhiig badan ee ka socda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10015</t>
   </si>
   <si>
-    <t>الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ</t>
+    <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
     <t>Qabayska maalinta jumcaha waa ku waajib nin kastoo qaan gaar ah, waana inuu cadaydo cadarna marsado haduu helo</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
     <t>Camar Binu Sulaym Alansaari -Allaha karaali ahaadee- wuxuu yiri: waxaan markhaati ka ahay Abii Saciid inuu yiri: waxaan markhaati ka ahay Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- inuu yiri: "Qabayska maalinta jumcaha waa ku waajib nin kastoo qaan gaar ah, waana inuu cadaydo cadarna marsado haduu helo".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahatee- wuxuu cadeeyey in qubayska maalinta jumcada loo adkeeyey sida waajibka waxaana laga rabaa nin walba oo qaan gaar ah oo muslim ah oo ka mida kuwa jumcadu ku waajibtay. waana inuu ilkihiisa ku nadiifiyo caday iyo wax la mida. Waana inuu isku carfiyo wax kasta oo caraf udgoon leh.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Waa sune la adkeeyey qubayska maalinta jumcaha waxaana laga rabaa nin walba oo Muslim ah oo qaan gaar ah.
 Nadaafada iyo in la iska suuliyo shiirka xun sharci ahaan ayaa looga rabaa qofka Muslimka ah.
 Waa in la wayneeyo maalinta jumcada oo loo diyaargaroobo.
 Waa sune adag in loo cadaydo jumcada.
 Waa sune in la is ku carfiyo wax walba oo caraf udgoon leh intaan jumcada la aadin.
 Haweenaydu markay ka baxdo gurigeeda ee salaada ama dana kale u baxdo, uma banaana inay cadar marsato, waayo sunada ayey ku soo aroortay inay xaaraan tahay.
 qofka isku junuba waa qaan gaar, qaan gaarnimaduna waxay leedahay saddex calamadood oo raga iyo dumarku wadaagaan oo ah: mida 1aad: waa inuu gaaro qofku shan iyo toban sano, mida 2aad: waa inay ka soo baxaan timo adag farjiga hareerihiisa, mida 3aad: waa inay ka timaado manadu oo kaga timaado riyo ama dareen shahwadeed yaanu riyoonbee, mida 4aad: dumarkay u gaar tahay oo waa dhiiga caadada, markay dhiiga caadada isku aragto gabadhu way qaan gaartay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10036</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>majiro Qof qiraya inuusan jirin Ilaah xaqa lagu caabudo, Ilaahay mooyee, Maxamedna Rasuulkii Ilaahay yahay, isagoo qalbigiisa ka run sheegaya, Ilaahay wuu ka xarimaa Naarta</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali ahaade waxaa laga wariyey: Nabigu nabadgelyo iyo naxariis allaha siiyee Mucaad oo la fangashan ayuu ku yiri: "Mucaad Binu Jabalow" isna wuxuu ku yiri: waa ku ajiibay Rasuulkii Ilaahayow farxadi ha kuu ahaatee, wuxuu ku yiri: "Mucaadow", wuxuu yiri: waa ku ajiibay Rasuulkii Ilaahayow farxadi ha kuu ahaatee, seddeax jeer, wuxuu yiri:
 "majiro Qof qiraya inuusan jirin Ilaah xaqa lagu caabudo, Ilaahay mooyee, Maxamedna Rasuulkii Ilaahay yahay, isagoo qalbigiisa ka run sheegaya, Ilaahay wuu ka xarimaa Naarta", wuxuu yiri: Rasuulka Ilaahayow: ma u sheegaa dadka ha bishaaraystaane?, wuxuu yiri: "way is dhiganayaan", Mucaad wuxuu sheegay xadiiskan geeridii Nabiga ka dib, cabsi uu ka qabey inuu ku dambaabo qarinta Cilmiga.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Mucaad Binu Jabal-Allaha ka raali ahaadee wuxuu ahaa mid Nabiga nabadgelyo iyo naxariis Allaha siiyee gadaashiisa la fangashan Neefkiisii uu fuushanaa, wuu u yeeray: Mucaadow? wuuna ku cel-celiyey dhawaqaa seddex jeer, isago ku adkaynaaya ahmiyada wuxuu ku oron doono.
 Intaasoo dhana wuu u jawaabayey Mucaad oo kama aamuseyn Rasuulka, isagoo dhahayey: (waa ku ajiibay hadan waa ku ajiibay Rasuulkii Ilaahayow, farxad ayey ii tahay ajiibidaaduye).
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu u sheegay  Qofkii qira inuusan jirin Ilaah xaq lagu caabudo Ilaahay mooyee, Maxamadna Rasuulkii Ilaahay yahay, isagoo qalbigiisa ka run sheegaya, beenna ka ahayn, hadduu sidaa ku dhinto Ilaahay wuu ka xarimaa Naarta.
 Mucaad ayaa waydiiyey Rasuulka nabadgelyo iyo naxarii Allaha siiyee inuu dadka u sheego, si ay ugu farxaan oo khayr ugu bishaaraystaan.
 Rasuulku nabdgelyo iyo naxariis Allaha siiyee wuxuu ka baqay inay is dhigtaan oo camalkoodu yaraado.
 Intuusan dhiman ka hor Mucaad warkaa qofna uma sheegin, ilaa uu Nabigu geeriyooday ka dib, isagoo ka baqay dambi inay ku noqoto qarinta cilmigu.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku cad in Nabiga nabadgelyo iyo naxariis Allaha siiyee  Fangalinta uu Neefkiisii Mucaad Fangeliyey uu ku Tawaaducay.
 Xadiiska waxaa ku cad Dariiqada Nabigu nabadgelyo iyo naxariis Allaha siiyee dadka wax u barayey isagoo Mucaad ugu celcelinaayey u yeerida si uu ugu soo jeediyo wuxuu oron doono.
 Shuruuda shahaadada waxaa ka mida: laa ilaaha ilaa Allaah wa Ana Maxamedan Rasuulu Allaah waa inay Qofka oronaya ay run ka tahay oo uu yaqiinsan yahay, beena ka ahayn shakina jirin.
 Xadiiska waxaa ku sugan in Dadka Ahlu Towxiidka ah aysan ku waarayn Naarta Jahanama, hadii xataa ay sababta dambigooda ku galaan, waa laga soo saarin marka dambiga laga nadiifiyo ka dib.
 Xadiiska waxaa ku sugan Fadliga labada Shahaado u leeyihiin Qofkii run ahaan u yiraahda.
 Waa banaan tahay inaan dadka loo sheegin Xadiiska hadii Fasaad ka dhalanaayo sheegidiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10098</t>
   </si>
   <si>
-    <t>المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ</t>
+    <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Muslimku waa Qofka ay Mslimiintu ka nabad galeen Carabkiisa iyo Gacantiisaba, Muhaajirkuna waa Qofka ka dheeraada wixii Ilaahay ka reebay</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Camar -Allaha ka raali ahaado- isaga iyo Aabihiye waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Muslimku waa Qofka ay Mslimiintu ka nabad galeen Carabkiisa iyo Gacantiisaba, Muhaajirkuna waa Qofka ka dheeraada wixii Ilaahay ka reebay."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Muslimka Islaamnimadiisu kaamilka tahay uu yahay midka Muslimiintu ka nabad galaan Carabkiisa ee aan caayin, oo nacaladin,  oo xamanin, oo dadka la dhex qaadin wax dhib ah oo uu ka gaysto carabkiisa. Muslimiintuna ka nabad galaan Gacantiisa oo aan ku xad gudbin, oo aan ku qaadan xoolahooda xaq daro, iyo wixii la mida. Muhaajirkuna waa Qofka ka dheeraada waxa uu Ilaahay ka xarimay.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>kaamilnimada Islaamka la ma gaaro in dadka dhibka laga daayo si Maadi ahaana iyo macnawi ahaanaba mooyee.
 Carabka iyo Gacanta waxaa si gaara loogu xusay, gafkooda iyo dhibaatadooda oo badan, waayo sharta ugu badan iyagay ka timaadaa.
 waxaa la isku boorinayaa in laga tago macaasida oo lagu sugnaado wixii Ilaahay faray.
 Muslimiinta waxaa ugu fadli badan Qofkii guta xaqa Ilaahay leeyahay iyo xuquuqda Muslimiinta.
 Xadgudubku wuxuu noqon karaa hadal ama ficil.
 Hijrada kaamilka ahi waa in laga tago wixii Ilaahay xarimay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10101</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Rabigeen-tabaaraka watacaalaa-habeen walba wuxuu u soo degaa Samada dhow, marka habeenku yahay saddex qaybood qaybta u dambaysa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey Rasuulka nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Rabigeen-tabaaraka watacaalaa-habeen walba wuxuu u soo degaa Samada dhow, marka habeenku yahay saddex qaybood qaybta u dambaysa, Isagoo dhahaya: "yaa i baryaaya oo aan u ka ajiibaa? yaa wax i waydiisanaya oo siiyaa? yaa dambi dhaaf i waydiisanaya oo aan u dambi dhaafaa?".</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey inuu Ilaahay wayne u soo dego samada dhow habeen walba, marka ay ka hadho habeenka seddex meelood meesha u dambaysa, wuxuuna jeclaysiiyaa Adoomadiisa inay baryaan, wuuna ka ajiiba cidii barida, wuxuu ku booriyey inay waydiistaan waxay rabaan, isaguna wuu siiyaa cidii waydiisata, wuxuuna ugu yeedhaa inay Ilaahay dambi dhaaf way diistaan, Isagaa u dambi dhaafa Adoomadiisa Mu'uminiinta ah.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan fadliga uu leeyahay Habeenka suluska  dambe, iyo in la tukado Salaad,  oo la ducaysto iyo  in danbi dhaaf la waydiisto waqtigaas.
 Waxaa la gudboon Qofku markuu xadiiskan maqlo inuu ahaado mid aad ugu dadaala ka faa'iidaysiga saacadaha ducada la aqbalo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ</t>
+    <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>Haweenaydu uma safari karto meel loo socdo habeen iyo maalin hadii aanu la socon ninkeedu ama nin Maxramkeeda</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
     <t>Abii Saciid Alkhudri -Allaha ka raali ahaadee- waxaa laga wariyey inuu la duulay Nabiga nabadgelyo iyo naxariis Allaha siiyee laba iyo toban duulaan -wuxuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee  waxaan ka maqlay afar aan jeclaaday, wuxuu yiri: "Haweenaydu uma safari karto meel loo socdo habeen iyo maalin hadii aanu la socon ninkeedu ama nin Maxramkeeda, mana soomayso labada Maalmood ee Ciidul Fidriga iyo Ciidul Adxa, Salaada Subaxa ka dibna Salaad lama ogola ilaa Qoraxdu soo baxdo, Salaada Casarna ka dibna lama ogola Salaad ilaa ay Qoraxdu dhacdo, seddex Masaajid waxan ahayna looma safri karo: Masjidka Xaramka, Masjidka Alaqsaa, Masjidkayga kan ah."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay afar arimood:
 Mida 1aad: Haweenayda oo looma ogola inay safarto meel labo Maalin loo socdo iyadoo aanay la socon ninkeeda ama nin Maxaarimteeda ka mida ee ka mida Qaraabadeda aanay waligood is guursan karin, sida Wiilkeeda, Aabeheed, Wiilka walaalkeed dhalay, Wiilka Walaasheed dhashay, Adeerkeed, Abtigeed, iyo inta la midka ah.
 mida 2aad: waxaa la reebay soonka Malinta Ciidul Fidriga iyo Ciidul Adxa, waa isku mid haduu Muslimku u soomo nidar ama Suno ama kafaara gud.
 mida 3aad: la ma tukan karo Salaado Suno ah Salaada Casar ka dib ilaa ay Qoraxdu dhacdo, marka Fajarku soo boxo ka dibna la ma tukan karo ilaa ay soo baxdo Qoraxdu.
 Mida 4aad: looma safri karo meel dhulka ka mida oo la aaminsan yahay inay fadli gaara dheer tahay meelaha kale oo ajarkeeda la laalaabayo, oo aan ahayn sedexda masaajid, oo meel aan iyaga ahayn Salaad looguma safri karo: Masjidka Xaramka, Masjidka Nabiga, Masjidka Alaqsaa.</t>
   </si>
   <si>
@@ -9329,2162 +9331,2168 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Haweenayda uma banaana inay safarto Maxram la'aan.
 Safarka Haweenaydu Maxram uma noqon karto Haweenay kale, waayo Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "ninkeeda ama mid Maxram u ah."
 Socod kasta oo safar loo yaqaan Haweenayda waa ka xaaraan hadaanu la socon ninkeedu ama Maxram kale oo Rag ah, xadiiskanina wuxuu ahaanayaa kolba duruufta Qofka su'aasha leh iyo dalka uu ku nool yahay.
 Maxramka Gabadhu waa ninkeeda iyo nin walba oo Qaraabada aanay waligood is guursan karin ah, sida Aabbaha, Wiilkeeda, Adeerka, Abtiga, ama dhinaca Nuugmada, sida Aabbaha Nuugmada, Adeerka Nuugmada, ama Xididnimo, sida ninkeeda Aabihi, marwalbana Maxramku waa inuu ahaado Mslim, qaan gaar ah , caqligiisu dhan yahay, Aamin lagu kalsoon yahay, ujeedada Maxramku waa inuu ilaalin karo Gabadha oo masuuli ka noqon karo.
 Shareecada Islaamku way maamustay Haweenka, oo ilaalisay oo xushmaysay.
 Salaada Sunaha ah ee aan sabab lahay ma ansaxayso Salaada Fajarka iyo Casarka ka dib, waxaa laga soo reebay oo la tukanayaa Salaadaha qadaha ah ee faralka ah ee Qofka dhaafay, iyo Sunaha sababta leh, sida  taxiyatul Masjidka iyo wixii la mida.
 Waa la xarimay Salaada marka Qoraxdu toos u soo baxayso ka dib, balse waa inay kor u soo kacdo ilaa wax le`eg Waran oo kale, oo u dhaw toban daqiiqo ilaa rubuc saac.
 Waqtida Salaada Casarku waa ilaa Qorax dhaca.
 Xaddiiska waxaa ku sugan inay banaan tahay in seddexdaa Masaajid loo safri karo.
 Xaddiiska waxaa ku sugan fadliga ay leeyihiin seddexdaa Masaajid, oo ay inta kale dheer yihiin.
 Ma banaana in loo safro siyaaro Qubuur, haba ahaado Qabriga Nabiga nabadgelyo iyo naxariis Allaha siiyee, Qofkiise Madiina jooga ama u yimaada ujeedo mashruuc kale way u banaan tahay booqashada Qabriga Nabiga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10603</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Haku fadhiisanina qabuuraha, hana u tukanina xageeda</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Abii Marsadin Alqanawi Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Haku fadhiisanina qabuuraha, hana u tukanina xageeda".</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu reebay in lagu fariisto Qabuurta.
 Sidaasoo kale wuxuu reebay in xaga Qabuurta loo tukado, oo aysan Qabuurtu noqdan mid ka xigta qofka tukanaya xaga Qiblada, waayo arinkaasi wuxuu keenayaa Shirki.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Waxaa la reebay in Salaada lagu tukada Qabuurta, ama lagu dhex tukado, ama Qubuurta xageeda loola jeesto marka laga reebo 
 salaada Janaasada, sidaasna Sunaday ku cadahay.
 Waxaa loo reebay Salaada in loo tukada qabuurta xageeda, si looga hortago wixii shirki keeni kara.
 Islaamku wuxuu reebay in lagu xad gudbo Qubuurta iyo in la xumeeyo Qubuurta, ka badbadin lama ogola ka gaabina lama ogola.
 Xurmada Muslimku waa mid joogto ah xataa isagoo dhintay, Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "jebinta Lafta Maydku waxay la mid tahay isagoo nolol lagu Jabiyey".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10647</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>kuwaasi waa duul markuu ka dhinto Qof wanaagsani qabrigiisa ka dul dhista Masaajid</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
     <t>Caa'isha oo ahayd Muuminiinta Hooyadood-Allaha ka raali ahaadee- waxaa laga wariyey: Umu Salama waxay u sheegtay Rasuulka Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- Kaniisad ay ku aragtay dhulka Xabashida, taasoo la dhoho: Maariya, waxayna u sheegtay Nabiga sawiro ay ku soo aragtay, wuxuu yiri Rasuulku -naxariis iyo nabadi korkiisa ha ahaatee-: " kuwaasi waa duul markuu ka dhinto Qof wanaagsani qabrigiisa ka dul dhista Masaajid. wayna ku sawiraan  sawiradaas, kuwaasi waa kuwa ugu sharka badan Khalqiga Ilaahay</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Muuminiinta hooyadood ee umu Salama-Allaha  ka raali ahaadee- waxay Nabiga nabadgelyo iyo naxariis Allaha siiyee u sheegtay  inay ku aragtay dhulkii xabashida kaniisad-la dhoho : - Maariya-, oo ay ku jiraan sawiro iyo waxyaabo lagu qurxiyey!  oo ay la yaabtay!. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey sababaha ay sawiradaa u samaysteen: Wuxuu yiri: kuwaa aad sheegaysid waxay ahaayeen, kuwo marka uu qof wanaagsani ka dhinto, qabrigiisa ka dul dhista masaajid ay ku tukadaan, sawiradaana way ku sawirayeen. Wuxuuna cadeeyey, Qofka waxaa sameeya inuu yahay kan ugu sharka badan khalqiga, waayo ficilkiisu wuxuu keenayaa, in Ilaahay loo shariig yeelo.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Waa la xarimay in qabuuraha masaajid laga dul dhiso  ama lagu tukado ama in masaajida maydka lagu aaso, iyadoo looga hortagayo inay dadku shirki ku dhacaan.
 In qubuuraha laga duldhiso masaajid oo sawiro la dhigo, waa camalka ay qabtaan yuhuuda iyo nasaaradu, qofka waxaa soo kale sameeyana iyaguu u ekaanayaa.
 Waa la xarimay in la sawiro wixii ruuxi ku jirto.
 Qofka ka duldhisa qabri Masaajid ee sawiro ku dul sawira, waa kan ugu sharka badan khalqiga Ilaahay Isagaa sareeyee.
 Shareecadu waxay ilaalisay towxiidka ilaalin buuxda, waxayna xirtay dhamaan meelaha ay ka imaan karaan wixii Shirki keeni kara.
 Waxaa la reebay in lagu xad gudbo jacaylka dadka saalixiinta ah, waayo arinkaasi wuxuu keenayaa in shirki lagu dhoco.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>Waxaa la i faray inaan ka Sujuudo todoba Lafood</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>Ibnu Cabaas-Allaha ka raali ahaadee- waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Waxaa la i faray inaan ka Sujuudo todoba Lafood: Wajiga, wuxuuna Gacantiisa ku ishaaray sankiisa, Gacmihiisa, labada law, faraha lugaha,  oo aanaan aruurin celcelinna dharka iyo Timaha ".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Nabigu  nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inuu Ilaahay amray markuu tukanaayo inuu ka Sujuudo todoba xubnood oo Jirka ka mida, waxayna yihiin:
 Tan 1aad: Wajiga: waana balaca Wajiga ee Sanka iyo Indhaha ka sareeya. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku ishaaray Gacantiisa Sankiisa, isagoo cadaynaaya Wajiga iyo Sanku inay hal xubin oo todobada ka mida yihiin, wuxuuna xoojinayaa  in Qofka Sujuudsani Sankiisa Dhulka taabsiiyo.
 Xubinka 2aad iyo 3aad: waa labada Gacmood.
 Xubinka 4aad iyo 5aad: waa labada Law.
 Xubinka 6aad iyo 7aad: waa  Faraha labada Lugood.
 Rasuulku wuxuuna amray in aynaan xirin Timaheena, ama aanaan aruurin Dharkeena markaan Dhulka ku Sujuudayno anagoo ilaalinayna Dharka, balse aan sii dayno ilaa ay Dhulka ku dhacdo oo Xubnaha la Sujuudno.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Waa waajib in todobadaa Xubnood in laga Sujuudo marka la tukanaayo.
 Waa karaahiyo in la aruuriyo ama la celceliyo Marada iyo Timaha marka la tukanaayo.
 waxaa ku waajib ah Qofka tukanaaya inuu ku xasilo Salaadiisa, taasoo ah inuu Xubnaha Sujuuda ee todobada ah dhulka dhigo, kuna xasilo ilaa uu digriga Sujuuda la imaanayo.
 Nahyiga ku soo arooray in Timaha la celceliyo wuxuu gaar ku yahay Raga, waayo Dumarka waxaa la faray Salaada inay is asturaan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10925</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu oran jirey inta u dhaxaysa labada sujuudood: "Allahayow ii dambi dhaaf, iina naxariiso, oo icaafi ina hanuuni, oo i irsaaq</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Ibnu Cabbaas Allah ka raali ahaado isagiyo Aabbihiyee waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu oran jirey inta u dhaxaysa labada sujuudood: "Allahayow ii dambi dhaaf, iina naxariiso, oo icaafi ina hanuuni, oo i irsaaq".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku ducaysan jiray inta u dhaxaysa labad sujuudood ducooyinkan shanta ah ee Muslimku si weyn ugu baahan yahay iyado ay ku jirto khayrka Aduunyada iyo kan Aakhiraba, sida dambi dhaaf waydiisasho, dambi asturka iyo cafintiisa, raxmad balaaran, in laga caafimaado shubuhaatka, shahawaatka, cudurada iyo bugtada, iyo in Ilaahay la waydiisto ku hanuunida xaqa, iyo ku sug naashihiisa, iyo in Ilaahay ku arsaaqo iimaan, cilmi, camal saalixa, iyo maal xalaal ah oo  wanaagsan.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Ducadaasi waa sharci in la akhriyo fadhiga labada sujuudood u dhexeeya.
 Ducooyinkani waa qaar aad u fadli badan waxa ku jira khayrka Aduun iyo kan Aakhiraba.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>[Xadiis Xasan ah marka la eego u Marag kaca kale ee soo arooray]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10930</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>Allahayow adaa Salaam ah, oo Salaantu kaa timid, waad kor ahaatay, yaa Dal Jalaali wal ikraam</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Thawbaan Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa markuu Salaada ka baxo seddex jeer buu istiqfaarsan jiray, wuxuuna yiri: " Allahayow adaa Salaam ah, oo Salaantu kaa timid, waad kor ahaatay, yaa Dal Jalaali wal ikraam. Waliid wuxuu yiri: waxaan ku iri Aw Saaci: qaabkay ahayd istiqfaartu? wuxuu yiri: Astaqfirullaah, Astaqfirullaah.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu dhihi jiray markuu Salaada ka baxo: Astqfirullaah, Astaqfirullaah, Astaqfirullaah.
 Ka dibna Rabigii ayuu waynaynaayey, wuxuuna oran jiray: Allahayow adigaa Salaam ah, oo Salaantu kaa timid, waad kor ahaatay, Yaa Dal Jalaal wal Ikraam, Ilaahay waa Saalim oo sifaadkiisu waa kaamil, wuu ka nasahan yahay ceeb iyo nusqaan, isaga ayaa laga dalbaa inuu kaa nabad geliyo sharta Aduun iyo tan Aakhiro cid kale lagama dalbo, Ilaahay khayrkiisu waa badan yahay labada Daaroodba, Ilaahay waa kan u saaxibka ah waynaan iyo ixsaan.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Waxaa Suna ah in la istiqfaarsado Salaadaha gadaashooda, lana joogteeyo.
 Waxaa loo Suneeyey istiqfaarta si loo dhamaystiro naqsiga cibaadada ku yimaada oo lagu kabo daacada laga gaabiyey.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10947</t>
   </si>
   <si>
-    <t>مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Qofka Ilaahay u tasbiixsada (dhaha: subxaana Allaah) Salaad kasta gadaasheed 33 jeer, ee Ilaahay ku xamdiya (dhaha: Alxamdu lilaah) 33 jeer, ee Ilaahay u Takbiirsada (dhaha: Allaahu akbar) 33 jeer, intaasi waa 99, ee ku dhamaystira inuu dhaho : laa Ilaaha ilaa Allaah waxdahuu laa shariika lahu, lahul-mulku walahul-xamdu wahuwa calaa kulli shay'in qadiir, waxaa laga dhaafaa dambiyadiisa haba le'ekaadeene daad xoorta badda</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Abii Hureyra -Allaha ka raali ahaadee- waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Qofka Ilaahay u tasbiixsada (dhaha: subxaana Allaah) Salaad kasta gadaasheed 33 jeer, ee Ilaahay ku xamdiya (dhaha: Alxamdu lilaah) 33 jeer, ee Ilaahay u Takbiirsada (dhaha: Allaahu akbar) 33 jeer, intaasi waa 99, ee ku dhamaystira inuu dhaho : laa Ilaaha ilaa Allaah waxdahuu laa shariika lahu, lahul-mulku walahul-xamdu wahuwa calaa kulli shay'in qadiir, waxaa laga dhaafaa dambiyadiisa haba le'ekaadeene daad xoorta badda."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in qofka dhaha Salaada faralka ah gadaasheeda:
 33jeer: (Subxaana Allaah) waana Ilaahay oo laga nasahayo ama laga hufayo wax kastoo nusqaan ah.
 Iyo 33 jeer: (Alxmdu lillaah), waana amaan Ilaahay lagu amaanayo Sifooyinkiisa kaamilka ah, Isagoo la jecel yahay lana wayneynaayo.
 Iyo 33 jeer: (Allaahu akbar), waana Ilaahay inuu ka wayn yahay oo ka mudan yahay shay walba.
 Waxaa lagu dhamaystirayaa tirada 100 hadka ah: (laa ilaaha illaa Allaah, waxdahuu laa shariika lahu, lahul-mulku, walahul-xamdu, wahuwa calaa kulli shay'in qadiir) oo macneheedu yahay: majiro macbuud xaq lagu caabudo oo aan Ilaahay ahayn isagoo kaligi ah ee shariig lahayn, Isagaana nusqaan oo dhan ka hufan, oo gaar uleh boqornimada taamka ah, Isagaana xaq leh amaanta buuxda iyo in la jeclaado oo la wayneeyo, Isagaana awood badan oo wax is hortaagi karana jirin.
 Qofka dhaha intaa waxaa laga tiraa dambiyadiisa, waana loo dambi dhaafaa haba u badnaato sida xoorka cad ee badda korkeeda saaran marka mawjada baddu kacdo.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Waa suno in dikrigaan la akhriyo salaadaha faralka ah ka dib.
 Dikrigani wuxuu sabab u noqonayaa in dambiga la dhaafo.
 Fadliga Ilaahay iyo naxariistiisa iyo dambi dhaafkiisuba aad bay u wayn yihiin.
 Dikrigaani wuxuu sabab u noqonayaa in dambiga la dhaafo, waxaana loo jeedaa: dambiyada yar-yar, laakiin dambiyada waaweyn laguma dhaafo waxaan towbokeen ahayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10948</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ</t>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>Qofka akhriya aayatul-kursiga salaad kasta oo faral ah gadaasheeda, ma jiro wax u diidaya inuu janada galideeda oo aan ahayn inuu dhinto</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
     <t>Abii Umaama Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka akhriya aayatul-kursiga salaad kasta oo faral ah gadaasheeda, ma jiro wax u diidaya inuu janada galideeda oo aan ahayn inuu dhinto".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qofka Salaadaha faralka ah gadaashooda akhriya aayatul kursiga ay janada galitaankeeda geeridu uuni ka xigto, waxayna ku jirtaa suurada Albaqara, waana Aayadaan: " Macbuud xaq lagu caabudo oo aan Ilaahay ahayn majiro, waana Allaha nool, ِAllaha qayuumka ah, ma qabato lulmo iyo hurdo midna wuxuu iska leeyahay oo u sugnaaday Samooyinka iyo Dhulka waxa ku sugan oo dhan, yuu yahay midka shafeeco qaadi kara idan la'aantiisa, wuxuu og yahay waxa ka horeeya-dadka- iyo waxa ka dambeeyaba, makoobikaraan oo wax badan kama ogaan karaan cilmiga Ilaahay ee balaaran wax yar oo uu doono maahee, wuu ka balaaran yahay kursigiisu Samooyinka iyo dhulkaba, kumana adka Ilaahay ilaalinta Samooyinka iyo Dhulka, waana Allaha saraynta iyo waynida badan". [Al baqara:255]</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Xadiiskaan waxaa ku cad fadliga wayn ee aayatul-kursigu leedahay, waayo waxa ku jira magacyada Ilaahay ee wanaagsan iyo sifooyinkiisa sareeya ah.
 Waa Sune in la akhriyo aayadan wayn Aayad kursiga Salaad walba oo faral ah gadaasheeda.
 Camalka wanaagsani wuxuu sabab u noqdaa galitaanka Janada.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/so/browse/hadith/10950</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Ku tuko taagni, hadaadan awoodina fadhi ku tuko, hadaadan awoodin adigoo dhinac u jiifa tuko</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Cimaraan Binu Xusayn -Allaha ka raali ahaade waxaa laga wariyey inuu yiri: waxaan qabay Baabasiir, Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaan waydiiyey sideen Salaada u tukadaa, wuxuuna yiri: "Ku tuko taagni, hadaadan awoodina fadhi ku tuko, hadaadan awoodin adigoo dhinac u jiifa tuko".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in Salaada asalkeeda lagu tukado taagni, xaaladaha uu Qofku kariwaayo maahee, markaasoo loo ogol yahay Qofku inuu fadhiga ku tukado, haduu fadhigana awoodi waayo wuxuu ku tukanayaa isagoo dhiniciisa u jiifa.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Salaaddu Qofka kama dhacdo inta caqligiisu joogo, kolba xaalad ayuu u guurayaa inta awoodiisu dhan tahay.
 Diinta Islaamku waa mid samaaxo iyo fudayd ah, oo Adoonku wuxuu gudanayaa cibaadada inta uu awoodo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/10951</t>
   </si>
   <si>
-    <t>‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ</t>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>Arinkaani (islaamka) wuxuu gaaridoonaa Habeenka iyo Maalintu halkay gaaraan, Ilaahay dayn maayo guri magaalo iyo 
 Guri baadiye midna ee wuu galin Diintiisa</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Tamiim Addaari-Allaha ka raali ahaadee-waxaa laga wariyey inuu  yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee  isagoo dhahaya: "Arinkaani (islaamka) wuxuu gaaridoonaa Habeenka iyo Maalintu halkay gaaraan, Ilaahay dayn maayo guri magaalo iyo 
 Guri baadiye midna ee wuu galin Diintiisa, wuxuu ku galin sharafta mid sharaf leh ama dulinimada mid duli ah, sharaf uu Ilaahay ku sharfayo Islaamka, iyo dulayn uu Ilaahay ku dulaynayo kufriga" wuxuu dhihi jiray Tamiim addaari: aarinkaa waxaan ku ogaaday oo aan ku arkay qaraabadayda, dhab ahaan khayr iyo sharaf bay heleen kuwa Islaamay, kuwa gaalnimo ku harayna waxaa haleelay duli, quursi iyo jisyo.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inuu Islaamku ku faafidoono meel walba oo Dhuka ka mida, Diinta Islaamku waxay gaaridoontaa meelkasta oo Habeenka iyo Maalitu gaaraana, Ilaahayna ka tagi maayo Guri Magaalo, Tuulo, Baadiye iyo Saxaraha midna ee wuu galinayaa Diintaan. Qofka qaata Diinta Islaamka ee iimaanka laga helo wuxuu noqon mid lagu sharfo sharafta Islaamka, Midka iska Diida ee ku gaalooba Diinta wuxuu noqon mid duliya oo ihaanaysan.
 Intaa ka dib saxaabiga Tamiim addaari-Allaha ka raali ahaadee- ayaa sheegay inuu arinkaa ku arkay dadka isaga eheladiisa ah, oo inta ka islaamtay khayr iyo sharaf iyo cisi heleen, inta Gaalnimada qaadatayna duli iyo ihaano ku dhacday, iyagoo waliba jisyo bixinaya oo Muslimiinta siinaya.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Muslimiinta bisharaa ugu sugan xadiiskaan in Diintoodu Dhulka oo dhan wadagaari doonto.
 Cisiga iyo sharaftu Islaamka iyo Muslimiintay u sugnaatay, duligana Gaalnimada iyo Gaaladay u sugnaatay.
 Xadiiskaan waxaa ku sugan daliil cad oo ah cadeymaha muujinaya Nabinimada Suubanaha nabadgelyo iyo naxariis Allaha siiyee isagoo warkaa uu sheegay uu u dhacay sidii uu sheegay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/11220</t>
   </si>
   <si>
-    <t>إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ</t>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>Hadii midkiin ka shakiyo Salaadiisa, ee uu garan waayo seddex miyuu tukaday mise afar, hatuuro shakiga, oo ha ku dhiso-hakabilaabo- inta uu hubo, hana sujuudo labo sujuudood oo sahwi ah inta aanu salaama naqsan ka hor</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abii Saciid Alkhudri Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Hadii midkiin ka shakiyo Salaadiisa, ee uu garan waayo seddex miyuu tukaday mise afar, hatuuro shakiga, oo ha ku dhiso-hakabilaabo- inta uu hubo, hana sujuudo labo sujuudood oo sahwi ah inta aanu salaama naqsan ka hor, haduu shan tukaday Salaadiisay buuxinayaan-sujuudu sahwigu- oo witirka ka bi'inaysaa, haduu afar buuxiyeyna shaydaankay dulaynaysaa."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in Qofka tukanaya haduu ka shakiyo Salaadiisa oo uu garan waayo inta uu  tukaday ma seddex baa mise afar? ha tuuro tirada dheeriga ah ee inuu ka shakiyey oo yaanu qaadan, seddexda ayuu hubaa, ee hatukado rakcad afaraad, ka dibna ha sujuudo labo sujuudood inta aanu salaama naqsan.
 Hadii inta uu tukaday xaqiiqo ahaan afar tahay, rakcada lagu daray shan ayey ku noqon, labada sujuudoodna baddal bay ka ahaanayaan rakcada, sidaasayna tiradu ku buuxsamaysaa oo noqon mayso tiro is dheer, hadii rakcada dheeriga ah ee uu tukaday afar tahayna, wuxuu noqonayaa mid gutay wixii laga rabey oo aan siyaado iyo nuqsaan lahayn.
 Labada sujuudood ee sahwiguna shaydaankay dulayn iyo jabin ku tahay, wuxuuna noqonayaa mid ku hungoobay oo ku guul daraystay ujeedadiisii, waayo Salaadii ayuu shaki ka galiyey,  oo inuu ka kharibo damcay, wayse dhamaystirantay salaada Qofku markuu gutay amarka Ilaahay ee ahaa sujuudii ibliis Ilaahay ku caasiyey markuu diiday inuu Ilaahay ku adeeco sujuudii Aadam.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Qofka tukanaya haduu ka shakiyo Salaadiisa oo labada tiro uu mid rajixi waayo wuxuu tuurayaa shakiga wuxuuna ku shaqaynayaa inta uu hubo, waana tan yar, wuuna dhamaystirayaa salaadiisa,  wuxuuna sujuudayaa sujuud sahwi inta aanu salaama naqsan ka dibna wuu salaama naqsan.
 Labadaa sujuudood waxay kabayaan salaada, shaydaankana mid dulaysan oo ku hungoobay  ujeedadiisii lagana fogeeyey ayey ka dhigaysaa.
 Shakiga xaddiiska kusoo arooray waa shakiga aanu Qofku xagna ubadineyn, hadii uu jiro tuhun oo dhinac u bato wuu ku dhaqmi.
 Waxaa la isku boorinayaa in lala  dagaalo was-waaska oo la isaga difaaco iyadoo la gudanaayo amarka Shareecada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/11231</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Aadaanka 
 Salaada ma maqashaa? wuxuu yiri: haa, wuxuu Rasuulku ku yiri: (ajiib )</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Abii Hurayra _Allaha ka raali noqde waxa laga wariyey inuu yiri: Rasuulka nabadgelyo iyo naxariis Allaha siiyee waxaa u yimid nin indhoole ah, wuxuuna ku yidhi Rasuulka nabadgelyo iyo naxariis Allaha siiyee Rasuulka Ilaahayow, mahaysto qof Masaajidka ii kaxeeya oo Gacanta i qabta, wuxuuna weydiistay Rasuulka nabadgelyo iyo naxariis Allaha siiyee inuu u ogolaado inuu Gurigiisa Salaada ku tukado, waanu u ogolaaday Nabigu nabadgelyo iyo naxariis Allaha siiyee, laakiin makuu ka dhaqaaqay ayuu u yeeray, wuxuuna ku yiri:" Aadaanka 
 Salaada ma maqashaa? wuxuu yiri: haa, wuxuu Rasuulku ku yiri: (ajiib ).</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Nin indhoole ah ayaa Nabiga nabadgelyo iyo naxariis Allaha siiyee u yimi wuxuuna yiri: Rasuul Ilaahayow, ma halayo Qof i caawiya oo Gacanta i qabta oo ii kaxeeya masaajidka, Salaadaha Shanta ah, wuxuu rabay in Rasuulka u fasaxo inuusan jamacada imaan, wuuna u fasaxay, markuu ka dhaqaaqey ayuu u yeeray wuxuuna ku yiri: Aadaanka Salaada ma maqashaa? wuxuu yiri: haa, wuxuu ku yiri: Aadaanka Salaada ajiib.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Salaada Jamaacadu waa waajib, waayo rukhsada waxaa laga qaataa uun shay waajib ah.
 Hadalka Nabiga nabadgelyo iyo naxariis Allaha siiyee ee ah (Ajiib dhawaqa) Qofka maqalaya Aadaanka wuxuu ku tusayaa inay waajib tahay Salaada Jamaacada ahi, waayo amarka asalkiisu waa waajib.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/11287</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu nabaray khudbatul-xaajada,</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu nabaray khudbatul-xaajada,: mahad Ilaahay ayaa iskaleh, Isagaanan kaalmaysanaynaa oo dambi dhaaf waydiisanaynaa, Isagaanan ka magan gelaynaa sharka naftayada, Qofkuu Ilaahay hanuuniyo cid baadiyeyn kartaa ma jirto, Qofkuu Ilaahay baadiyeeyona cid hanuunin kartaa ma jirto, waxaan qirayaa in uusan jirin mid xaq lagu caabudo Ilaahay mooyee, Maxamedna Adoonkiisa iyo Rasuulka uu soo diray yahay, {dadoow Rabigiinii  naf kaliya idinka abuuray ka baqa, ee lamaanaheedana isla naftaa ka abuuray, ee ka abuuray labadaa nafood raga iyo dumar badan, ka baqa Allaha isaga dartii aad wax isku waydiisataan iyo qaraabada Ilaahay wuxuu ahaaday mid idin arka oo og waxaad laabihiina ku qarinaysaan} [Annisaa:1], {kuwa 
 'Ilaahay  iyo Rasuulkiisa rumeeyow Ilaahay uga cabsada sida ugu wanaagsan ee xaqa uu u leeyahay in looga cabsado, hana soo dhimanina inaad Muslimiin tihiin mooye} [Aala cimran:102], {kuwa Ilaahay iyo Rasuulkiisa rumeeyow  Ilaahay ka cabsada oo hadal toosana dhaha (70) wuu idiin hagaajin camalkiina dambigiinana idiin dhaafi Qofka Ilaahay iyo Rasuulkiisa addeeca ee u hogaansanaada dhab ahaan guul wayn buu ku guulaystay} [ Al axsaab:70-71].</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud-Allaha ka raali ahaade wuxuu sheegay in Nabigu nabadgelyo iyo naxariis Allaha siiyee baray khudbatul-xaajada, waana khudbada lagu furo hadalka khudbadaha, iyo ka hor khudbad walba oo ay dan leeyihiin, iyo khud badaha kalaba sida nikaaxa, khudbada jumcada, iyo kuwa kaleba. khudbadani  waxay koobaysaa umuuro waawayn, oo ay ka mid tahay in Ilaahay xaq u leeyahay noocyada xamdiga oo dhan, iyo gargaarka oo Isaga keligii la waydiisto loona shariig yeelin, iyo Isagoo la waydiisto asturka dambiyada  iyo dhaafi taankoodaba, iyo Isagoo sharka laga hoos galo, sharka nafta iyo shar oo dhan.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee ka dib wuxuu sheegay inuu hanuunku Ilaahay Gacantiisa ku jiro , qofkuu hanuuniyana cid lumin kartaa aanay jirin, midka uu lumiyana cid hanuun siin kartaa aanu helayn.
 Ka dib wuxuu sheegay ashahaadada tawxiidka oo ah inaanu jirin mid xaq lagu caabudo oo aan Allaha ahayn, iyo qiritaanka Nabinimada Nabi Maxamed iyo inuu yahay Adoonka Ilaahay iyo Rasuulkiisa.
 wuxuuna ku khatimay khudba aayadahan seddexda ah, kuwaasoo ka kooban Ilaah ka cabsi, iyo fulinta amarada Ilaahay, iyo kafogaanshaha wuxuu reebay, iyadoo Ilaahay wajigiisa lagu doonayo, cida wanaagaa samaysana waxaa abaal marin looga dhigayaa camalkiisa, hadalkiisa, oo wanaagsanaada, iyo dambigiisa oo loo dhaafo, nolol wanaagsan oo Aduunka ah iyo inuu helo liibaan weyn oo jano ah Maalinta Qiyaamaha.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Waxaa la suneeyey in lagu furo khudbadaha Guurka, Jumcada, iyo wixii kalee la midka ahba khudbadan.
 Waxaa haboon inay khudbadu ka kooban tahay mahadinta Ilaahay iyo shahaadateynka, iyo aayado Qur'aan ah.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu bari jiray Asaxaabtiisa waxay u baahan yihiin ee xaga Diintooda ah.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...2 lines deleted...]
-    <t>[waxaa wariyey Abuu daawuud,tirmidi,ibn maajah,nasaa.i,iyo Axmad]</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/58060</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Ma jiro Nikaax weli la'aanti dhacaya</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Abii Muusa Allaha ka raali ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxarasiis Allaha siiyee uu yiri: "Ma jiro Nikaax weli la'aanti dhacaya".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu sheegay inay Gabadha Nikaaxeedu aanu ansaxayn weli nikaaxiya la`aanti.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Weligu wuxuu shardi u yahay nikaaxu inuu ansaxo, haduu weli la`aan la nikaaxo ama Gabadhu iyadu isu Guuriso Nikaas ma ansaxaayo Nikaaxu.
 Waligu waa ninka ugu dhow Gabadha, uma guurinaayo wali ka fog iyadoo mid uga dhawaa joogo.
 Waliga waxaa u shardi ah: inuu yahay Qof Masuula oo  nin ah, waa inuu yaqaan maslaxada nikaaxa, waa inay isaga iyo gabadhu isku Diin yihiin, Qofka aan Sifooyinkaas laga helin wali uma noqonkaro nikaax.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/58066</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>Bismi Allah dheh oo Midigta ku cun, oo ka cun dhinaca ku soo xiga</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Cumar Binu Abii Salama Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Anoo ah Wiil yar oo ku nool Guriga Nabiga nabadgelyo iyo naxariis Allaha siiyee ayey Gacantaydu  xeerada ku dhex wareegtay markaasaa Rasuulku nabadgelyo iyo naxariis Allaha siiyee igu yiri: yarow Bismi Allah dheh oo Midigta ku cun, oo ka cun dhinaca ku soo xiga, intii ka danbaysay sidaas ayaan u cuni jiray cuntada.</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Cumar Binu Abii Salama-Allaha ka raali ahaade wuxuu sheegay inuu ahaa Wiilkii yar oo ay dhashay xaaskii Nabiga nabadgelyo iyo naxariis Allaha siiyee ee Umu Salama Allaha ka raali ahaadee- waxaana Gacanta ku hayey oo tarbiyeynaayey Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo Nabiga wax la cunaya ayuu weelkii cuntada dhinacyada cunto ka qaatay, markaasuu Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu baray seddexdan aadaabta cuntada ku saabsan.
 Tan 1aad: waa erayga "Bismillaah" bilawga cuntada.
 Tan 2aad: Midigta oo lagu cuno.
 Tan 3aad: waa inuu cuntaa ka cuno dhinaca u dhaw isaga.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>Aadaabta cunida iyo cabida waxaa ka mida Bisinka oo lagu bilaabo.
 Waa muhiim in caruurta la baro aadaabta, gaar ahaana kuwa Qofku masuulka ka yahay.
 Xadiiska waxaa ku sugan in Nabiga nabadgelyo iyo naxariis Allaha siiyee naxariistiisa iyo dulqaadkiisu ay waasac yihiin  markuu caruurta wax barayo oo uu tarbiyeynaayo.
 Waxaa ka mid ah aadaabta cuntada in Qofku ka cuno dhinaca isaga soo xiga hadayna ahayn cuntadu noocyo kala duwan, markaa waxaa u banaan tahaty inuu ka qaato shay walba halkuu yaallo.
 Asaxaabtu waxay qaadan jireen aadaabta uu baray Nabigu nabadgelyo iyo naxarasiis Allaha siiyee arinkaana waxaa laga fahmayaa hadalka Cumar Binu Abii Salama: intii ka danbaysay sidaas ayaan cuntada u cuni jiray.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>Hadii Qof idinka mida uu wax cunayo ha ku cuno Midigtiisa, haduu wax cabaayana ha ku cabo Midigtiisa, waayo Shaydaanku wuxuu ku cunaa Bidixdiisa wuxuuna ku cabaa Bidixdiisa</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Ibnu Cumar Allaha ka wada raali ahaado isaga iyo Aabihiye waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxarasiis Allaha siiyee uu yiri: "Hadii Qof idinka mida uu wax cunayo ha ku cuno Midigtiisa, haduu wax cabaayana ha ku cabo Midigtiisa, waayo Shaydaanku wuxuu ku cunaa Bidixdiisa wuxuuna ku cabaa Bidixdiisa".</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxarasiis Allaha siiyee  wuxuu faray inuu Qofka Muslimka ahi wax ku cuno kuna cabo Gacantiisa Midig, wuuna reebay in wax lagu cuno laguna cabo Gacanta Bidix, waayo Shaydaankaa kuna cuna kuna caba Bidixda.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Waxaa la reebay in Shaydaanka looga ekaado ku cunida iyo ku cabida Bidixda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/58122</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Qofka ka hor yimaada Madaxdiisa, Bulshada Muslimiintana ka dhex baxa ee sidaa ku dhinta, wuxuu ku dhintay dhimasho Jaahili</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey in Nabiga nabadgelyo iyo naxarasiis Allaha siiyee uu yiri: Qofka ka hor yimaada Madaxdiisa, Bulshada Muslimiintana ka dhex baxa ee sidaa ku dhinta, wuxuu ku dhintay dhimasho Jaahili, Qofka u dagaalama Calan Indho la`aan ah oo Baadil ah, oo uu u caroonayo qabyaalad ama ugu yeeraya qabyaalad, ama u gargaaraya qabyaalad oo ku dhinta dhimashadiisu waa Jaahili, Qofka la dirira ummaddayda, ee garaaca kan  Baariga ah iyo kan Faajirka ahba, ee aan ka leexan kan Muuminka ah, ee aan kii balanta lahaa aan u oofin balantiisii, kaasi igama mid aha aniguna ka mid ma ihi".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiye wuxuu cadeeyey in Qofka Madaxda adeeci waaya oo ka baxa Muslimiinta ku midaysan baycada Imaamka, ee sidaa ku dhinta isagoo Jamaacada Musliiinta ka baxay Madaxdiina khilaafay, wuxuu ku dhintay dhimasho Jaahili ah, kuwaasoo Madaxna aan maqlayn, Bulshodana aan ku xirnayn, balse ahaa Firqooyin iyo Kooxo qolaba qolo la dagaasho.
- Rasuulku nabadgelyo iyo naxarasiis Allaha siiyee wuxuu sheegay in qofka u dagaalama calan aysan u cadayn inuu xaq yahay iyo inuu baadil yahay, oo uu u caroonayo hadii qoladiisu ama qabiilkiisu caroodo, oo uusan u caroon isagoo diinta u gargaaraya ama xaqa u gargaaraya, oo ku dagaalamo qabyaalad indho la`aan iyo cilmi la`aan ah, hadii xaaladaas lagu dilo waxay la mid tahay dhimasho jaahili ah.
+Rasuulku nabadgelyo iyo naxarasiis Allaha siiyee wuxuu sheegay in qofka u dagaalama calan aysan u cadayn inuu xaq yahay iyo inuu baadil yahay, oo uu u caroonayo hadii qoladiisu ama qabiilkiisu caroodo, oo uusan u caroon isagoo diinta u gargaaraya ama xaqa u gargaaraya, oo ku dagaalamo qabyaalad indho la`aan iyo cilmi la`aan ah, hadii xaaladaas lagu dilo waxay la mid tahay dhimasho jaahili ah.
 Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu sheegay qofkii la dirira ummaddisa ee garaaca qofka fiican iyo kan xunba, ee wuxuu samaynaayo aan dan ka gelin, ee aan ka baqin ciqaabta dilka  mu'uminiinta, ee aan ilaalinay balanta dadka lagula jiro sida gaalada balanta ku jooga iyo madaxda balanta lala galay, balse burinaaya balamada, arinkaasi wuxuu ka mid yahay dunuubta waaweyn, Qofkii sameeyana wuxuu xaq u yeelan goodigaas adag.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan in Madaxda lagu adeeco wixii aan Macsida Ilaahay casa wajala ahayn waxay ka mid tahay arimaha  waajibka ah .
 Xadiiskan waxaa ku jira digniin weyn oo ku socota cida adeeciwayda Madaxda, ee ka baxa midnimada Muslimiinta, haduu sidaa ku dhinto, wuxuu ku dhintay dariiqii dadka Jaahiliga.
 Adiiskan waxaa ku jira reebid la reebayo in loo dagaalamo qabyaalad.
 Xadiiska waxaa ku sugan iay waajib tahay  in la oofiyo Balamada.
 Madaxda in la adeeco oo midnimda Musliniita lagu jiro waxaa ku jira khayr badan, nabad iyo deganaansho, iyo in xaaladu hagaagto.
 Xadiiska waxaa ku sugan in la iska reebay in la isku ekaysiiyo axwaasha dadka Jaahiliga ah.
 Xadiiska waxa ku sugan in la is farayaa ku dhex jirka midnimada Ummadda Mslimiinta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>Qofka idiin yimaada idinkoo ku midaysan nin kaliya, qofkaasoo doonaya inuu idin kala geeyo, ama midnimadiina dhaawaco, dila</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Carfaja Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxarasiis Allaha siiyee  waxaan ka maqlay isagoo dhahaya: "Qofka idiin yimaada idinkoo ku midaysan nin kaliya, qofkaasoo doonaya inuu idin kala geeyo, ama midnimadiina dhaawaco, dila".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu cadeeyey muslimiinta oo ku midaysan hal nin oo xukuma, iyo aragti kaliya, ka dibna uu u yimaado mid doonaya inuu xukunka kula diriro, ama raba inuu muslimiinta u kala jabiyo kooxo badan, waxaa waajib ku ah muslimiintu inay u diidaan oo la diriraan , iyadoo laga hortagaayo sharkiisa iyo musliniinta dhiigooda oo la ilaalinayo.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Waxaa waajib ah in la   maqalo oo lagu adeeco ninka muslimiinta xukuma wixii aan macsi ahayn. waana xaaraan in lala dagaalamo.
 Cida la dagaalanta ninka muslimiinta xukuma iyo bulshada la jirtya waxaa waajib ah la la dagaalo,siduu doono ha u sareeyo 
  maqaamkiisu iyo qabiilkiisuye.
 Waxaa dadka lagu boorinayaa inay midoobaan oo aanay kala tagin oo is khilaafin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/58223</t>
   </si>
   <si>
-    <t>كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة</t>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>Maandooriye kasta waa khamri, Maandooriye kastana waa xaraan, midkii isagu caba khamri dunida dusheeda oo dhinta isago joogteystey oo aan ka tooba keenin, ku cabi maayo aakhiro</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Ibnu Cumar Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Maandooriye kasta waa khamri, Maandooriye kastana waa xaraan, midkii isagu caba khamri dunida dusheeda oo dhinta isago joogteystey oo aan ka tooba keenin, ku cabi maayo aakhiro.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Waxuu caddeeyey nabigu nabadgelyo iyo naxariis Allaha siiyee wax kasta oo caqliga Aadamaha ka kexeeya inuu yahay khamri maskaxda dooniya ha ahaado cabitaan ama wax la cuno, ama sanka halaga neef jeedo e ama si'aan sidaa aheyn halo isticmaale, wax kasta oo maanka dooriya oo caqliga ka kexeeya ogaalka dhabta ah xaqiiqdi Ilaahay kor ahaaye wuu reebey oo waa xaraan, yaraantiisa iyo badnaantiisa. Qofkasta oo wax ka caba noocyada maan dooriyaha, oo joogteeya cabidiisa, ee aan ka towbo keenin ilaa uu ka dhinto wuxuu mutaysanayaa ciqaabta Ilaahay, waana laga xarimayaa inuu  Janada ku cabo.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Cillada ama sababta loo xarimay khamriga waa sakhraanimada, nooc walba oo uu yahay maan dooriyuhu waa xaaraan.
 Ilaahay sareeye wuxuu u xarimay khamriga, waxa ka ladhanaaya ee dhibaato iyo fasahaad wayn ah.
 Khamriga Janada lagu cabaayo waa macaanka nicmada Ilaahay oo taam ah.
 Qofka aan Naftiisa Aduunka iska ilaalin cabida khamriga Ilaahay wuu ka xarimayaa inuu Janada ku cabo, abaal gudkuna wuxuu noqdaa kolba camalka la falay noociisa.
 waxaa la isku boorinayaa in loo deg-dego ka towbo keenka dambiyada geerida ka hor.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/so/browse/hadith/58259</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Qofka dila Gaal Mucaahida ma urin doono Carafta Janada, Carafteedana waxaa laga uriyaa meel loo socdo afartan Sano</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Cabdullahi Binu Camar Allaha ka raali ahaadee waxaa laga wariyey in Nabiga nabadgelyo iyo naxarasiis Allaha siiyee uu yiri: "Qofka dila Gaal Mucaahida ma urin doono Carafta Janada, Carafteedana waxaa laga uriyaa meel loo socdo afartan Sano".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu cadeeyey goodiga adag ee ku soo arooray qofka dila Mucaahad waana Gaalka ku soogala Dhulka Muslimiinta heshiis iyo amaan, Qofkaasi ma urindoono Carafta Janada, Carafteedana waxaa laga uriyaa meel loo socdo afartan Sano.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Waa xaaraan in la dilo mucaahidka, dimiga iyo musta-amanka, dilkooduna waa dambiyada waaweyn.
 Mucaahadku: waa Gaalka balan lala galo isagoo Dhulkiisa jooga, inaanu la dagaalamayn Muslimiinta, Muslimiintuna amaan siinayaan, Dimigu: waa midka deganaada Dhulka Muslimiinta ee jisyada laga qaado, Muta-mankuna: waa Gaalka ku soo gala dhulka Islaamka heshiis iyo amaan, waqti kooban.
 Waxaa laga digayaa in la khiyaamo balamada lagu jiro dadka aan Musliniita ahayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/64637</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu lacnaday  laaluush bixiyaha iyo laaluush qaataha waana siman yihiin xaga xukunka</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu lacnaday  laaluush bixiyaha iyo laaluush qaataha waana siman yihiin xaga xukunka.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku habaaray in Ilaahay naxariistiisa ka dheereeyo kan laaluushka bixiya, kan qaata, iyo kan u kala qaada.
 Ariinkaa waxaa la mid ah waxa la siiyo gar-soorayaasha si ay cadaalada uga leexdaan xukunka ay faraha ku hayaan, taasoo kan dhiibaya laaluushku uu ku helayo muraadkiisa si aan xaq ahayn.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Waxaa xaaraan ah, bixinta laaluushka, qaadashadiisa, kan dilaalkiisa, u gar-gaarkiisa, waayo wuxuu soo galayaa isku kaalmaynta baadilka.
 Laaluushku waa dambiyada waa wayn, waayo Rasuulka Ilaahay  nabadgelyo iyo naxarasiis Allaha siiyee wuu lacnaday Qofka qaata iyo kan bixiyaba.
 Laaluushku marka la joogo gar soorka iyo xukunka waa dulmiga iyo dambiga ugu wayn, waxa ku jira dulmi iyo in lagu xukumo wax uusan Ilaahay soo dajin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>Islaamka waxaa lagu dhisay shan tiir</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Cumar-Allaha ka raali ahaado isaga iyo abihiye waxaa laga wariyey inuu yiri: -Rasuulka Ilaahay  nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Islaamka waxaa lagu dhisay shan tiir: in la qiro inuusan jirin Ilaah xaq lagu caabudo, Ilaahay mooyee, Maxamedna yahay adoonkii Ilaahay iyo Rasuulkiisii, Salaada oo la oogo, Sakada oo la bixiyo, Xajka oo la guto iyo Bisha Ramadaan oo la soomo."</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku shabahay Diinta Islaamka  dhismo aad loo adkeeyey,  oo leh shan tiir oo dhismaha xambaarsan, qaybaha kale ee Islaamkuna waa sida dhismaha dhamaystirkiisa oo kale. Tiirarkana waxaa ugu horeeya: in la qiro Ilaahay mooyee in uusan jirin Ilaah kale oo xaq lagu caabudo, Maxamedna Rasuulka Ilaahay yahay, labadaasi waa hal tiir oo kaliya, oo aan kale harikarin, waa in Adoonku labadaas ku dhawaaqo isagoo aqoonsan in Ilaahay kaligi yahay, oo isagu keligii  xaq u leeyahay cibaadada cid kalena aysan lahayn, oo ku camal fala waxay keenayso, isagoo  rumaysan Risaaladii Nabi Maxamed  nabadgelyo iyo naxariis Allaha siiyee una hogaansan. Tiirka labaad: waa Salaada oo la oogo, waana Salaadaha shanta ah ee faralka ah Maalintii iyo Habeenkii: waa Fajarka, Duhurka, Casarka, Maqribka iyo Cishaha, iyadoo lala imaanayo shuruudeeda, arkaanteeda, iyo waajibaadkeeda. Tiirka seddexaad: waa bixinta Sakada waajibka ah, waana cibaado Maali ah, oo ku waajibtay maalkasta oo gaaray intii Shareecadu xadaysay, iyadoo la siinayo dadka xaqa u leh. Tiirka Afraad: waa Xajka, waana in la aado Makkah si loo guto howlaha Xajka, iyadoo Ilaahay loogu dhawaanayo. Tiirka Shanaad: waa Soonka Ramadaanka, waana in laga af xirnaado cuntada iyo cabitaanka iyo wixii soo raaca ee ka duwan oo Soonka jabin kara, isagoo niyoonaya inuu Ilaahay ku caabudo, laga bilaabo waqtiga Fajarka ilaa qoraxdu dhacdo.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Labada Ashahaado way isku xiran yihiin oo  midkood ansixi mayso ilaa tan kale la la yimaado, sidaasaa hal tiir looga dhigay.
 Labada Ashahaado waa aasaaska Diinta, oo Ilaahay ma aqbalayo qawl iyo camal iyaga la`aantood.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Qofkii idinka mid ah ee arka Xumaan Gacantiisa ha ku dooriyo, haduusan awoodin Carabkiisa ha ku dooriyo, haduusan awoodin Qalbigiisa hakanoco, kaasina waa meesha Iimaanka ugu liidata</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abii Saciid Al-khudri Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: Qofkii idinka mid ah ee arka Xumaan Gacantiisa ha ku dooriyo, haduusan awoodin Carabkiisa ha ku dooriyo, haduusan awoodin Qalbigiisa hakanoco, kaasina waa meesha Iimaanka ugu liidata.</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu farayaa tir tirida Xumaha waana wax kasta oo Ilaahay iyo Rasuulkiisu reebeen kolba awooda Qofka Muslimka ahi intay qaban kareyso. Haduu arko -Muslimku-Xumaan waxaa ku waajib ah inuu gacantiisa ku baabi'iyo, haduu awoodaa leeyahay oo sameyn karo. Haduuna awoodi karin sidaas, carabkiisa ha ku tir tiro Xumaantaa oo ha ka reebo kan Xumaanta faraha kula jira, hana ku waaniyo kheyrka Sharta badalkeeda. Haduu awoodi waayo kaalintaa qalbigiisa  ha ku badalo Xumaanta isagoo nacaya Xumaantaa oo go'aansanaya haduu awoodi lahaa inuu ficil ku baabi'in lahaa. Qalbiga oo laga naco Xumaanta waa derejada ugu hoosaysa derajooyinka iimaanka ee Xumaanta lagu tir-tiro.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Xadiiskaani wuxuu sal u yahay cadaynta martabadaha Xumaanta lagu badalo ee lagu tir-tiro.
 Arintu waa jaranjaro marka Xumaanta la reebayo, Qofwalbana waa inta awoodiisa iyo karaankiisu dhan yahay.
 Xumaha oo la reebo Diinta wuxuu ka yahay baab aad u weyn Qofna ka ma dhacayo, Qof walboo Muslim ah waxaa lagu waajibin inta awoodiisu tahay.
 Wanaaga oo la is faro iyo Xumaha oo la iska reebo waa Sifooyinka Iimaanka, Iimaankuna wuu kordhaa wuuna naaqusaa.
 Xumaha reebidiisa waxaa u shardi ah: in la og yahay in waxa la reebayo ay xun yihiin.
 Waxaa shardi u ah badalida Munkarka: in aanay ka dhalanayn Munkar kaloo ka weyn.
 Munkarka in la reebo waxay leedahay aadaab ay haboon tahay in Qofka Muslimka ahi barto.
 Munkarka in la reebo wuxuu u baahan yahay siyaasad Sharciya iyo Cilmi iyo aragti dheer.
 Munkarka inaan Qalbiga laga nicin waxay tusaysaa daciifnimada Iimaanka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>, wuxuu yiri: Qofkii Islaama ee wanaag fala loo qaban maayo wuxuu Jaahiligii sameeyey, Qofkase Islaama oo shirki la yimaada Danbigii hore iyo kii dambeba waa lagu ciqaabin</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ibnu Mascuud Allaha raali ka noqdee waxaa laga wariyey inuu yiri: Nin ayaa ku yiri: Rasuulkii Ilaahayow, miyaa naloo qaban wixii aanu waqtigii Jaahiliga samaynay, wuxuu yiri: Qofkii Islaama ee wanaag fala loo qaban maayo wuxuu Jaahiligii sameeyey, Qofkase Islaama oo shirki la yimaada Danbigii hore iyo kii dambeba waa lagu ciqaabin.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey fadliga uu leeyahay Islaamka oo la soo galo. Qofka Islaama ee ay fiicnaato Islaamnimadiisu oo ahaada Qof daacada oo runlow ah, loo raacanmaayo wixii Macsi ah ee uu sameeyey Jaahiligii. Qofkase Islaamnimadiisu xumaato sida inu Munaafiq noqdo ama Diintiisa ka Ridoobo  waa lagu xisaabin Macsidii uu Gaalnimadiisii sameeyey iyo tii uu sameeyey intuu Muslimay.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Asaxaabtii Allaha ka raali ahaadee waxay ihtimaam siin jireen oo ka baqi jireen wixii Jaahiligii ka dhacay ee ficilo xun ahaa
 Waxaa la isku dhiiri gelinayaa in lagu sugnaado Diinta Islaamka.
 Xadiiska waxaa ku sugan fadliga uu leeyahay soo gelida Diinta Islaamku, iyado Qofka loogu dhaafayo wixii ficil ahaa ee horay uga dhacay.
 Qofkii Murtad ah iyo Munaafiqa waa lagu xisaabin ficiladii ay sameeyeen Jaahiligii iyo Danbiyadii ay sameeyeen intay Islaameen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>iiga waran hadaan tukado Salaadaha waajibka ah, oo ramadaanka soomo, oo xalaashado xalaasha, oo xaaraanta iska xarimo</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Jaabir waxaa laga wariyey Allaha ka raali ahaadee-: Nin ayaa weydiiyey Rasuulkii Ilaahay nabadgelyo iyo naxariis Allaha siiyee oo wuxuu yiri:  iiga waran hadaan tukado Salaadaha waajibka ah, oo ramadaanka soomo, oo xalaashado xalaasha, oo xaaraanta iska xarimo, waxna intaa ku darin, Janada magalayaa wuxuu ku yiri: haa ninkii wuxuu yiri: Ilaahay ayaan ku dhaartaye waxba intaa ku darimaayo.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeyey qofka tukada salaadaha waajib ka ah ee shanta ah, oo wax suna ah aan ku darin, ramadaankana sooma  oo wax suna ah aan ku darin, oo rumeeya xalaasha oo xalaashada, oo rumeeya xaaraanta oo iska ka fogaada,  wuxuu galaya janada.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>qofka muslimka  ah waa inuu ku dadaalo gudashada waajibaadka kana tago xaaraanta, oo  u jeedadiisu haato galida janada.
 Muhimad ayey leedahay xalaasha oo la sameeyo oo la rumeeyo inay xalaal tahay, iyo xaaraaanta oo la iska xarimo lana rumeeyo inay xaaraan tahay.
 Waajibaadka oo la guto iyo xumaha oo laga tago waxay sabab u tahay in janada la galo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Daahirnimadu waa Iimaanka barki, Alxamdu lillahina miisaanka ayey buuxisaa, ama Subxaana Allaah iyo Alxamdulilah waxay buuxiyaan inta u dhaxaysa Samooyinka iyo Dhulka</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Abii Maalik Alashcari Allaha ka raali noqdee waxaa laga wariyey inuu yiri: Rasuulkii Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Daahirnimadu waa Iimaanka barki, Alxamdu lillahina miisaanka ayey buuxisaa, ama Subxaana Allaah iyo Alxamdulilah waxay buuxiyaan inta u dhaxaysa Samooyinka iyo Dhulka, Salaaduna waa nuur, Sadaqaduna Qofka xujo ayey u tahay, sabirkuna waa iftiin, Quraankuna xujo ayuu kuu noqdaa ama xujo ayuu kugu noqdaa dadka oo dhan way kalahaan, Qof walbana wuxuu samaynaayo ayuu Naftiisa ku iibsaday markaasaa dadku waxay noqonayaan mid Naftiisa xoreeya ama halaaga".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in dahaarada muuqataa ay tahay weysada iyo qubayska waxayna shardi u tahay Salaada. Erayga Alxamdu lilaahi waxay buuxisaa miisaanka waana amaanta Ilaahay isagaa nusqaan ka hufane, iyo in lagu sifeeyo sifaadka kaamilka ah, Maalinta Qiyaame waa la miisaamin waxayna buuxin miisaanka camalka. Erayga subxaana Allaah iyo Alxamdu lillaah waa Ilaahay oo laga hufo  wax kastoo naaqus ah, iyo in ilaahay lagu sifeeyo kaamilnimo oo dhan, taasoo u qalanta ilaahay waynankiisa, Isagoo la jecel yahay lana weyneynayo,  taasi waxay buuxisaa inta u dhaxaysa samooyinka iyo dhulka. Salaadu nuur ayey u tahay Adoonka Qalbigiisa, Wejigiisa, Qabrigiisa, iyo markuu Maxsharka imaanayo. Sadaqadu waxay Muminka u tahay xujo waxayna daliil u tahay Iimaankiisu run yahay kana duwan yahay munaafiqa aan rumaysnayn ajarka loo balan qaaday. Sabirku waa iftiin, waana Naftoo laga xabiso argagaxa iyo carada, waana nuur uu la socdo kulayal iyo gubasho sida iftiika Qoraxdoo kale, waayo  sabirku waa dhib u baahan  la dagaalanka Nafta iyo in loo diido  waxay rabto, Qofka sabrayaa wuxuu ahaanayaa mid sabirka iftiinsada oo ku hanuuna oo si sax ah u toosnaada, sabirku waa in lagu sabro daadcada Ilahay, macsida oo laga sabro, musiibda oo lagu sabro iyo noocyada dhibaatooyinka Aduunka oo loo adkaysto. Qur'aanku akhriskiisa iyo ku camal falkiisa ayuu  xujo  kuugu noqon, hadii aad akhrin waydo ama ku camal fali waydona xujo ayuu kugu noqon. Nabigu nabadgelyo iyo naxariis Allaha siiyee ka dib wuxuu sheegay in dadka oo dhan soconayaan oo faafiyaan oo hurdadooda ka toosayaan oo Guryahooda uga soo baxayaan shaqooyin kooda kala duwan. dadka waxaa ka mid ah Qof ku toosan daacada Ilaahay oo Naftiisa Naarta ka xoreynaya, waxaa kaloo ka mida mid xaqa ka leexaday oo macaasida ku dhacaya oo Naftiisa Naar ku halaagaya.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Dahaaradu waa labo dahaaro: dahaarada muuqata waa weysada iyo qubeyska, dahaarada qarsoona waa towxiidka, Iimaanka iyo camalka saalixa ah.
 Muhimad ayey leedahay ilaalinta Salaadu, Adoonka Salaadu  waxay u tahay nuur Aduunka iyo Maalinta Qiyaameba.
 Sadaqaduna waxay daliil u tahay  in Iimaanku run yahay.
 Muhimad ayey leedahay ku camal falka qur'aanka iyo rumayntiisu si uu kuugu noqdo xujo, oo aanu  kugu noqon xujo.
 Nafta hadaanad ku mashquulin daacada Ilaahay macsi ayey kugu mashquulin.
 Qof waliba waa hubaal inuu shaqeynaayo, Qofku daacada Ilaahay ayuu Naftiisa ku xorayn, ama macsi ayuu Naftiisa ku halaagin.
 Sabirku wuxuu u baahan yahay adkaysin iyo ajar raadin wuxuuna leeyahay mashaqo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>War hooy ma laga yaaba in Xadiiskaygu gaaro nin Fadhigiisa ku dangiiga oo uu yiraahdo : waxaa anaga iyo adinka inoo dhexeeya Kitaabka Ilaahay</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Almiqdaam Binu macdi yakrib Allaha ka raali noqdee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri-: "War hooy ma laga yaaba in Xadiiskaygu gaaro nin Fadhigiisa ku dangiiga oo uu yiraahdo : waxaa anaga iyo adinka inoo dhexeeya Kitaabka Ilaahay, waxaan ka helno ee xalaal ah waan xalaashanaynaa, waxaan ka helno ee xaaraan ahna waan iska xarimeynaa, hadaba wuxuu xarimay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee waa sida waxa Ilaahay xarimay".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu sheegay inuu soo dhawaaday waqti ay orondoonaan dadka qaarki iyagoo fadhiya, oo midkood ku dangiiga gogoshiisa, oo uu soo gaaro Xadiiska Nabigu nabadgelyo iyo naxariis Allaha siiyee, oo markaas uu dhaho: waxaan ku kala baxaynaa Qur'aanka kariimka ah isagaana nagu filan, waxaan ku aragno ee xalaal ah waan ku camal falaynaa, waxaan ku aragno ee xaaraan ahna waan ka fogaanaynaa. Nabigu nabadgelyo iyo naxariis Allaha siiyee, ka dib wuxuu cadeeyey wax kastoo  Nabigu xarimay ama ku  reebay Sunadiisa inuu la mid yahay xugunka Ilaahay ku xarimay Kitaabkiisa, waayo Nabigu Ilaahay ayuu fariinta ka sidaa.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan in Sunada Nabiga nabadgelyo iyo naxariis Allaha siiyee loo weyneynayo sida Qur'aanka loo weyneeyo waxna waa laga qaadanayaa.
 Adeecida Rasuulka waa adeecida Ilaahay, ku caasinta Rasuulkana waa ku caasinta Ilaahay.
 Xadiiska waxaa ku sugan xujonimada Sunada Nabiga nabadgelyo iyo naxariis Allaha siiyee iyo in laga difaaco Sunada kuwa la dirirsan ama diidan.
 Qofka diidan Sunada ee sheegta inuu Qur'aanka ku gaabsanayo, waa mid labadaba diidan oo ka been Sheegaya wuxuu sheganayo oo ah inuu Qur'aanka raacayo.
 Nabiga nabadgelyo iyo naxariis Allaha siiyee, nabinimadiisa waxa cadaynaya waxaa ka mid ah: inuu sheego shay dhicidoona mustaqbalka,  shaygiina sidii uu u sheegay u dhacayo.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[waxaa wariyey Abuu daawuud,tirmidi,ibn maajah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Rasuulkii Ilaahayow, kama aanan tegin dambi wayn iyo dambi yar oo waan wada sameeyey, wuxuu Nabiga ku yiri : .miyaadan qirayn inuu Ilaahay maahee Ilaah kale jirin Maxamadna Rasuulka Ilaahay yahay?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Anas allaha ka raali noqdee waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa u yimid nin wuxuuna ku yiri: Rasuulkii Ilaahayow, kama aanan tegin dambi wayn iyo dambi yar oo waan wada sameeyey, wuxuu Nabiga ku yiri : .miyaadan qirayn inuu Ilaahay maahee Ilaah kale jirin Maxamadna Rasuulka Ilaahay yahay? seddex jeer ayuu ku celiyey. wuxuu yiri: haa, wuxuu yiri: dambiyadaas shahaadateynka ayaa lagu dhaafay.</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Nin ayaa u yimid Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuuna ku yiri: Rasuulka Ilaahayow, anigu dambi walba waan sameeyey, mid yar iyo mid weynba midna maanan dhaafine dambi dhaaf ma leehay? Wuxuu ku yiri Nabiga nabadgelyo iyo naxariis Allaha siiyee miyaadan qirsanayn inuu Ilaahay maahee Ilaah kale jirin Maxamedna Rasuulka Ilaahay yahay? wuxuu ugu cel-celiyey seddex jeer. Wuxuu ugu jawaabay: haa waan qirayaa. Wuxuu u sheegay Nabigu nabadgelyo iyo naxariis Allaha siiyee fadliga labada shahaado iyo in lagu dhaafo dambiyada, towbaduna ay masaxdo wixii ka horeeyey ee dambi ahaa.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Aad ayey u wayn yihiin labado shahaado wayna ka culus yihiin dunuubta qofkii si run ah uga yiraahda qalbigiisa.
 Islaamku wuu baabi`yaa wixii danbi ah ee ka horeeyey.
 Tawbada runta ahi waxay masaxdaa wixii  ka horeeyey ee danbi ah.
 Qofka wax barida in loogu cel-celiyo waa dhaqankii Nabiga lagu yaqaanay nabadgelyo iyo naxariis Allaha siiyee.
 Fadliga labada shahaado,  iyo inay sabab u noqonayaan in qofku kaga bad-baado ku waarida naarta.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[waxaa wariyey Abuu yaclaa,dabraani,diyaa.ul madasi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>xaqa Ilaahay Adoomada ku leeyahay waa inay caabudaan oo ayna cidna ugu Shariig yeelin, xaqa Adoomadu Ilaahay ku leeyihiina waa inuuna cadaabin Qofkii aan u shariig yeelin</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Mucaad Allaha ka raali noqdee waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaan la fuushanaa Dameer la dhihi jiray: Cufeyr, markaasuu yiri: Mucaadoow, ma og tahay xaqa Ilaahay ku leeyahay Adoomadiisa iyo xaqa Adoomadu Ilaahay ku leeyihiin waxaan iri: Ilaahay iyo Rasuulkiisa ayaa og, wuxuu yiri: xaqa Ilaahay Adoomada ku leeyahay waa inay caabudaan oo ayna cidna ugu Shariig yeelin, xaqa Adoomadu Ilaahay ku leeyihiina waa inuuna cadaabin Qofkii aan u shariig yeelin waxaan iri: Rasuulka Ilaahayow ma ugu bishaareeyaa dadka wuxuu yiri: maya ha ugu  bishaareyn, yey is dhigane</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey xaqa Ilaahay ku leeyahay Adoomada, iyo xaqa Adoomadu Ilaahay ku leeyihiin, xaqa Ilaahay ku leeyahay Adoomada  waa inay caabudaan kaligi oo aanay cidna  la wadaajin cibaadadiisa. Xaqa Adoomadu Ilaahay ku leeyihiin  waa inuusan cadaabin kuwa Muwaxidiinta ah ee aan cibaadadiisa cidna la wadaajin Mucaad ka dib wuxuu yiri: Rasuulka Ilaahayow, ma ugu bishaareeyaa dadka si ay ugu farxaan oo ay ugu bishaaraystaan fadligaas? Nabigu nabadgelyo iyo naxariis Allaha siiyee Mucaad wuu u diiday isago ka baqaya in dadku  isku haleeyaan warkaas.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sug cadaynta  xaqa Ilaahay kuwaajibiyey Adoomadiisa, kaaso ah inay caabudaan oo aanay cidna ugu shariig yeelin.
 Xadiiska waxaa ku sugan cadaynta xaqa Adoomadu Ilaahay ku leeyihiin, kaaso Ilaahay  fadligiisa iyo nicmadiisa isugu  waajibiyey, kaaso ah inuu Janada geliyo oo aanu cadaabin.
 Xadiiskaan waxaa ku jira bishaaro weyn oo ay leeyihiin Muwaxidiinta aan Ilaahay cibaadadiisa cidna la wadaajin, bishaaradaas oo ah inay Janada gelayaan.
 Mucaad wuxuu Xadiiskaan sheegay intuusan dhiman, isago ka cabsi qabey inuu ku dhoco danbiga qarinta Cilmiga.
 Xadiiska waxaa ku sugan baraarujin inaan dadka qaarki lagu dhex faafin Axaadiista qaarkeed, iyadoo laga baqayo in Qof macnahooda fahmi waayo, waana Axaadiista aanay ku sugnayn wax camal fal ah ama aysan ku sugnayn Xad Xuduuda Shareecada ka mida.
 Dadka Muwaxidiinta ah kuwooda caasiyada ah waxay hoos joogaan Ilaahay mashii`adiisa, haduu doono wuu cadaabin haduu doonana wuu u dambi dhaafin, ka dibna waxay ku danbaynayaan Janada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Qofka dhinta isagoon Ilaahay u shariig yeelayn Janaduu galin, Qofkase dhinta isagoo Ilaahay u shariig yeelaya Naartuu galin</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Jaabir Allaha ka raali noqdee waxaa laga  wariyey inuu yiri: Nin ayaa u yimid Nabiga nabadgelyo iyo naxariis Allaha siiyee, wuxuuna ku yiri: Rasuulka Ilaahayow, maxay yihiin labad waajibiya wuxuu yiri: Qofka dhinta isagoon Ilaahay u shariig yeelayn Janaduu galin, Qofkase dhinta isagoo Ilaahay u shariig yeelaya Naartuu galin.</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee nin ayaa weydiiyey labada sifo ee midi  waajibinayso galida Janada,  midna waajibinayso galida Naarta? Nabigu nabad iyo naxariis Allah siiyee wuxuu ugu jawaabay: in sifada waajibinaysa galida janada ay tahay in qofku dhinto isagoo Ilaahay kaligi caabudaya oo aan u shariig yeelin. Sifada  waajibinaysa galida naartana ay tahay in qofku  dhinto isagoo Ilaahay u shariig yeelaya, oo u yeela Ilaahay wax la mida ama u dhigma xaga Ilaahnimadiisa, rabinimadiisa, magacyadiisa iyo sifooyinkiisa.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan Fadliga Tawxiidku leeyahay iyo in Qofkii dhinta isagoo Muumina oo aan Ilaahay cidna ugu shariig yeelin uu Janada gelayo.
 Xadiiska waxaa ku sugan khatarta shirkigu leeyahay, iyo in Qofkii dhinta isagoo Ilaahay u shariig yeelaya uu Naarta gelayo.
 Muwaxidiinta intooda caasiga ah waxay hoos joogaan mashii`ada Ilaahay , haduu doono wuu cadaabin haduu doonana wuu u dambi dhaafin, ka dibna waxay ku danbaynayaan Janada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>isagu maalina muu oran: Rabiyow iga dhaaf dambigayga maalinta qiyaame</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Caa'isha raali Allaha ka noqdee waxaa laga wariyey inay tiri: Waxaan iri: Rasuulkii Ilaahayow Ibnu Judcaan waqtigii jaahiliga qaraabadiisa wuu xiriirin jiray, miskiinkana wuu quudin jiray, arinkaasi ma anfacayaa? wuxuu yiri: ma anfacayo,  isagu maalina muu oran: Rabiyow iga dhaaf dambigayga maalinta qiyaame.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Cabdillaahi Binu Judcaan, oo ahaa Islaamka ka hor madaxdii qurayshta Ficiladiisii wanaagsanaa waxaa ka mid ahaa: xiriirintii qaraabadiisa, quudinta masaakiinta iyo wax yaabo kale oo islaamku ku booriyey dadka, wanaagaa uu qaban jiray ninkaa Aakhiradiisa waxba u tarimayso, sababtuna waa inuu Ilaahay ku kufriyey, oo uusan maalina  oran Rabiyow ii dhaaf gafkayga maalinta qiyaamaha.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Waa cadayn fadliga iimaanku  leeyahay, iyo inuu shardi u yahay aqbalida camalka.
 Waxaa la cadeeyey xumaanta  kufrigu leeyahay, iyo inuu ka mid yahay waxa camalka saalixa ah buriya.
 Gaalada ma anfacayo camalkooda wanaagsani aakhiro waayo ma aysan rumeyn Ilaahay iyo Maalinta Aakhiro.
 Camalka dadku sameeyo markay gaalada yihiin waa loo qoraa haduu Islaamo waa laga abaal mariyaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>ma og tihiin wuxuu Rabigiin yiri, waxay dheheen: Ilaahay iyo Rasuulkiisaa og, wuxuu yiri: Adoomadayda waxaa waagu u baryey iyago midna i rumeeyey midna kufriyey</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Sayd Binu Khaalid Aljuhani Ilaahay ha ka raali noqdee waxaa laga wariyey inuu yiri: Rasuulkii Ilaahay nabadgelyo iyo naxariis Allaha siiyee ayaa nagu tujiyey Salaadii Subaxa Xudeybiya iyado Rabeenkaas roob da'ay markuu Salaadii ka baxay ayuu dadka ku soo jeestey, wuxuuna yiri: "ma og tihiin wuxuu Rabigiin yiri, waxay dheheen: Ilaahay iyo Rasuulkiisaa og, wuxuu yiri: Adoomadayda waxaa waagu u baryey iyago midna i rumeeyey midna kufriyey,  Qofkii yiraahda:Ilaahay fadligiisa iyo raxmadiisa ayaa roobku noogu da'ay, waa mid I rumeeyey kuna kufriyey xidiga, Qofkase yiraahda xidig hebel iyo hebel, kaasi wuu igu kufriyey wuxuuna rumeeyey xidiga".</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee Salaada Subax ayuu ku tukaday xudeybiya -waa tuulo u dhow Makkah- Roob Habeenimadii da`ay ka dib. Markuu salaama naqsaday Salaadiina ka baxay ayuu wajigiisa u soo jeediyey xaga dadka, wuxuuna yiri: ma og tihiin waxa Rabigiin casa wajala yiri? Waxay ku jawaabeen: Ilaahay iyo Rasuulkiisaa og. Wuxuu yiri: Ilaahay wuxuu cadeeyey in dadku labo qaybood noqonayaan marka Roobku da'aayo: qayb Ilaahey rumaysan, iyo qayb Ilaahay ku kufrida. Qofka dhaha: fadliga Ilaahay iyo naxariistiisa ayaa Roobku noogu da'ay, oo Roobka di'idiisa Ilaahay kor ahaaye u tiiriya, kaasi waa Mumin rumeeyey Ilaaha khaaliqa ah ee kownka maamula, kuna kufriyey xidiga. Qofka yiraahda: xidig hebel iyo hebel buu Roobku noogu da'ay, kaasi Ilaahay ayuu ku kurfiyey, wuxuuna rumeeyey xidiga, taasina waa gaalnimo yar, waayo wuxuu u tiiriyey di'ida roobka xidiga, taasna Ilaahay uma yeelin sabab sharci ah iyo mid qadar ah toona. Qofkiise Roobka di`idiisa iyo dhacdooyinka kale ee dhulka ka dhaca u tiiriya dhaq-dhaqaaqa xiddigaha iyo  soo bixitaankooda iyo dhicitaankooda, isagoo rumaysan in xidiguhu yihiin kuwa xaqiiqo ahaan ficilka wada, taasi waa kufrigii kufrinimada u weynaa.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Waxaa suno ah marka roobku da'o ka dib in la dhaho: fadliga Ilaahay iyo naxariisti ayaa roobku noogu da'ay.
 Qofka u tiiriya nicmada soo dajinta roobka iyo nicmada kaleba xidiga abuur ahaan iyo jiritaan ahaanba waa qof gaal nimada wayn gaaloobay, haduuse u tiiriyo in xidigu sabab u yahay wuxuu gaaloobay gaalnimada yar, waayo uma aha sabab sharci ah ama xisi ah midna.
 Nicmadu sabab ayey u noqotaa gaalnimada hadaad kufrido waxay kale oo ay sabab u noqotaa imaanka hadaad ku shukrido.
 Waa la reebay in la dhoho: xidig hebel ayaa Roobku noogu da'ay, haba looga jeedo xaga waqtigee, iyado laga hor tagaayo shirkiga.
 Waa waajib in qalbiga lagu xiro ilaahay markaad nafac doonayso ama aad iska celinayso dhibaato.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>waxaan Naftayada ku arkaynaa wax inaan sheegno ay aad noola wayn tahay, wuxuu ku yiri: ma sidaas baad isku aragteen? waxay dheheen: haa, wuxu yiri: kaasi waa iimaan cad</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abii Hureyra raali Allaha ka ahaade waxaa laga wariyey inuu yiri: Dad Asxaabtii Nabiga ka mida ayaa u yimid Nabiga nabadgelyo iyo naxariis Allaha siiyee waxayna waydiiyeen: waxaan Naftayada ku arkaynaa wax inaan sheegno ay aad noola wayn tahay, wuxuu ku yiri: ma sidaas baad isku aragteen? waxay dheheen: haa, wuxu yiri: kaasi waa iimaan cad.</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Waxaa Nabiga nabadgelyo iyo naxariis Allaha siiyee u yimid qaar Asaxaabtiisa ka mida, waxay waydiiyeen waxay naftooda ku arkeen oo arimo waa weyn ah taasoo aysan ku hadli karin xumideeda iyo iyagoo ka didaya awgeed. Nabiga nabadgelyo iyo naxariis Allaha siiyee  wuxuu yiri: waxaad isku aragteen waa iimaan cad iyo yaqiinta oo idinku riixaysa inaad diidaan waxa shaydaanku qalbiga ku tuurayo, iyo inaad diiddan ku hadalkeeda taaso naftiina ku wayn, oo shaydaanku uusan qalbigiina hanan, taas waxaa ka duwan qofka shaydaanku qalbigaiisa hantay kaaso aan helin qaab uu isaga difaaco.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Waxaa cad shaydaanku inuu ka daciifsan yahay inuu wax yeelo dadka iimaanka leh, waayo ma awoodo was-waasin maahe.
 Waa inaan la rumayn oo la aqbalin waswaaska Nafta ku soo dhacaya waayo wuxuu ka imaanayaa shaydaanka.
 Was waaska shaydaanku mu'minka ma dhibo, laakiin waa inuu ka magan galo Ilaahay waswaaskiisa,  uuna ka joogsado inuu siiwado.
 Ma haboona qofka muslimka ah inuu ka aamuso wixii ishkaal ah ee kaga yimaada xaga diintiisa, waxaana ku haboon inuu waydiiyo wuxuu garan waayo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>, Allaha dhagarta shaydaanka ku koobay  waswaas ayaa mahad leh</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Ibnu Cabaas Allaha ka raali noqdo isaga iyo Aabihiise waxaa laga wariyey inuu yiri: Nin ayaa Nabiga nabadgelyo iyo naxariis Allaha siiyee u yimid, wuxuuna yiri: Rasuulka Ilaahayow  Naftayada waxaa ku soo dhacaya wax shaki ah oo inaan ku hadalo aan ka jecel nahay in nala gubo wuxuu yiri Rasuulku Allaahu Akbar Allaahu Akbar, Allaha dhagarta shaydaanka ku koobay  waswaas ayaa mahad leh.</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Nin ayaa u yimid Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuuna yiri: Rasuulka Ilaahayow, qof walba oo naga mida naftiisa waxaa ku soo dhaca arin, in lagu hadlo ay wayn tahay, ilaa xad ku hadalkiisa aan ka jecel nahay inaan danbas noqono. Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuu takbiirsaday laba jeer wuxuuna Ilaahay kaga xamdi naqay in dhagarta shaydaanka Ilaahay ku koobay waswaas kaliya.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Waxaa cad in shaydaanku muminiinta ku gaadayo siduu u was-waasin lahaa, si uu uga hor joogsado iimaanka, uguna celiyo gaal nimo.
 Waa cadaynta in shaydaanku ka daciifsan yahay inuu  dadka iimaanka leh wax yeelo, isagoon awood u llahayn waswaasin mooyee.
 Qofka Muminka ah  waxaa ku haboon inuu ka tago waswaaska Sheydaanka oo uu iska joojiyo.
 Waa Sharci in la takbiirsado marka wax wanaagsan la arko ama wax lala yaabo ama arimaha la midka ah.
 Waa Sharci in Qofka Muslim ka ahi weydiiyo culimada wixii uu garan waayo.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[waxaa wariyey Abuu daawuud,nasaa.i oo kawayn kuwariyey]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Sheydaankaa u imaan midkiin wuxuuna ku dhihin yaa abuuray kaas? yaa abuuray kaas? Ilaa uu yiraahdo yaa abuuray Rabigaa?, haduu halkaa soo gaaro  Ilaahay ha ka magan galo hana ka joogsado</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali noqdee waxaa laga wariyey in Nabigu    
 nabadgelyo iyo naxariis Allaha siiyee  uu yiri: Sheydaankaa u imaan midkiin wuxuuna ku dhihin yaa abuuray kaas? yaa abuuray kaas? Ilaa uu yiraahdo yaa abuuray Rabigaa?, haduu halkaa soo gaaro  Ilaahay ha ka magan galo hana ka joogsado.</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay daawada ugu fiican ee su`aalaha uu ku waswaasiyo sheydaanku Muuminka. Sheydaanku wuxuu oran: yaa abuuray kaas? yaa abuuray kaas? yaa abuuray Samada? yaa abuuray Dhulka? Muuminku wuxuu ugu jawaabayaa Diin ahaan, Fidro ahaan iyo Caqli ahaan isagoo dhahaya: Allaah. laakiin Sheydaanku ku joogsanmaayo xadkaas waswaasinta ah balse wuxuu u gudbayaa inuu dhoho: yaa abuuray Rabigaa? Markaas Muuminku wuxuu waswaaskaas isaga joojin karaa seddex arimood:
 Ilaahay oo uu rumeeyo.
 Iyo inuu Ilaahay Shaydaanka ka magan galo.
 Iyo inuu ka joogsado inuu waswaaska sii wado.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan in la iska joojiyo waswaaska Sheydaanka iyo waxa nafta ku soo dhacaya oo aan lagu fakarin wax yaabaha waswaaska ah, oo Ilaahay ka magan galo inuu ka joojiyo waswaaskaas.
 Wax kasta oo qalbiga dadka ku soo dhaca oo waswaas ah Sharcigana khilaafsan Shaydaan ayuu ka yimid.
 Waa la iska reebay in Daatada Ilaahay lagu fekero, waxaana la isku booriyey in Ilaahay khalqigiisa iyo Aayaadkiisa lagu fekero.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65013</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Ilaahay kama Dulmiyo muuminka Xasano Aduunka wuu ku siiyaa Aakhirona</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali ahaade waxaa laga wariyey inuu yiri:  Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: Ilaahay kama Dulmiyo muuminka Xasano Aduunka wuu ku siiyaa Aakhirona wuu ku abaal mariyaa, Gaalkase xasanaadkii uu Aduunka Ilaahay darti ugu sameeyey ayaa lagu quudin  intuu joogo  Aduunka, markuu Aakhiro yimaadna mahelaayo Xasano lagu abaal mariyo.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey waynida fadliga Ilaahay siiyey muuminka, iyo cadaalada uu u sameeyey Gaalada. Muuminka laga nusqaamiyo ajar Xasano uu sameeyey,  balse Aduunka waxaa lagu siin ajarka daacadiisa, iyado Ilaahay u kaydinaayo ajarka lagu  abaal marindoon aakhiro, waxaana dhici karta in aakhiro loogu keydiyo ajarka oo dhan . Gaalkase Ilaahay wuxuu Aduunka ku siinayaa ajarka Xasanaadkii uu Aduunka ku sameeyey, markuu Aakhiro yimaadana ma helaayo ajar lagu abaal mariyo, waayo Camalka wanaagsan ee Qofka anfacaya labada daarood waa inuu Qofku Muumin yahay.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Xadiiska waxasa ku sugan in Qofkii ku dhinta Gaalnimo Camal anfacayaa ma jiro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>islaamtay</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Xakiim Binu Xisaam Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Waxaan iri: Rasuulka Ilaahayow, iiga waran waxyaabo aan ku cibaadeysan jirey waagii Jaahiliga, sida: Sadaqada, xoraynta Adoomada, iyo xiriirinta qaraabada ee ajar ma ka  helayaa? Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri:" wixii khayr ahaa ee aad horay u samaysay ayaad ku islaamtay".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey hadii gaalku Islaamo in laga ajar siinaayo camalkiisii wanaagsanaa ee waqtigii Jaahiliga ee Islaamka ka hor uu sameeyey, sida sadaqada, xoraynta Adoomada iyo xiriirinta Qaraabada.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Gaalku xasanaadka uu aduunka ku sameeyey aakhiro laga ajar siin maayo haduu gaalnimodiisa ku dhinto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Ilaahay wuxuu jecel yahay in lala yimaado ruqsooyinkiisa  sida uu u jecel yahay in lala yimaado waajibaadkiisa</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Ibnu Cabbaas Allaha ka raali noqdo isagiyo Aabihise waxaa laga wariyey inuu yiri: Rasuulkii Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: Ilaahay wuxuu jecel yahay in lala yimaado ruqsooyinkiisa  sida uu u jecel yahay in lala yimaado waajibaadkiisa.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay: in Ilaahay jecel yahay in la qaato ruqsooyinkiisa sharciga ah, sida khafiifinta axkaanta iyo cibaadada iyo in qofkii qaan gaar ah ee cudur daar leh loo sahlo cibaadada sida gaabinta Salaada iyo jamcinteeda Sida Ilaahay u jecel yahay in lala yimaado waajibaadka uu waajibiyey, waayo amarka Ilaahay ee ruqsada ah iyo waajibaadku waa hal mid.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Ilaahay wuu u naxariistay Adoomadiisa, wuxuuna jecel yahay in la qaato wixii ruqsooyin ah ee uu jideeyey.
 Xadiiska waxaa ku sugan kaamilnimada Shareecadaan iyo in laga dulqaaday Muslimka wixii dhib ku ah.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[Waxaa wariyay Ibnu Xibbaan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>iiga sheeg Diinta Islaamka hadal aana waydiin cid aan adiga ahayn, wuxuu yiri: "dheh: Ilaahay ayaan rumeeyey ka dibna toosnow</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Sufyaan Binu Cabdullaahi Asaqafi -Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Waxaan iri: Rasuulka Ilaahayow,  iiga sheeg Diinta Islaamka hadal aana waydiin cid aan adiga ahayn, wuxuu yiri: "dheh: Ilaahay ayaan rumeeyey ka dibna toosnow."</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>Saxaabigii  Sufyaan Binu Cabdullaahi -Allaha  ka raali ahaadee- ayaa waydiiyey Rasuulka nabadgelyo iyo naxariis Allaha siiyee inuu baro hadal soo koobaya macnaha Islaamka oo uu qabsado, cid kalana aanu waydiin? Rasuulku nabadgelyo iyo naxariis Allaha siiyee: wuxuu ku yiri: dheh: Ilaahay ayaa kaligi ah, waana rumeeyey inuu Rabigay yahay, Ilaahayna yahay oo isagu i abuuray, uuna yahay kan aan caabudo ee xaqa ah ee aan lahayn cid shirko la ah. ka dibna uu u hogaansamo adeecida Ilaahay isagoo gudanaaya wixii Ilaahay ku waajibiyey, kana tagaya wixii Ilaahay ka xarimay sidaasna joogteeya.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Diinta asalkeedu waa in la rumeeyo Ilaahay Rabinimadiisa, Ilaahnimadiisa, Magacyadiisa iyo Sifooyinkiisa sare.
 Muhumad ayey leedahay toosnaantu Imaanka ka dib, iyadoo la joogtaynaayo in cibaadada lagu sugnaado.
 Iimaanku waa shardiga lagu aqblo Camalka.
 Rumaynta Ilaahay waxaa soo galaya wax kasta oo ay waajib tahay in la rumeeyo ee ay ka mid yihiin Caqiidada Imaanka iyo Usuushiisa, iyo wixii soo raaca ee ah camalka Qalbiga iyo hogaansanka iyo in Ilaahay la isu dhiibo Uurka iyo Oogadaba.
 Toosnaantu  waa in lagu taagnaado dariiqa iyadoo lala imaanayo waajibaadkii lagana tegayo wixii la iska reebay.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[Waxaa wariyay Muslim iyo Axmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Munaafaqu wuxuu la mid yahay ri' ku wareersan laba ari dhexdood oo kolba mid aadaysa</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Ibnu Cumar Allaha ka raali ahaado isagiyo Aabihiye waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: Munaafaqu wuxuu la mid yahay ri' ku wareersan laba ari dhexdood oo kolba mid aadaysa.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey munaafaqa xaalkiisa iyo inuu la mid yahay ri` ku dhex wareertay labo ari kii ay raaci lahayd. Ri`daas oo mar xayntaa arigaa u tagaysa marna  xayntaa kale. Munaafaqiintu waxay ku dhex wareersan yihiin Iimaanka iyo kufriga, Muuminiinta u lama jiraan si muuqata iyo si qarsoon, gaaladana u lama jiraan si muuqata iyo si qarsoon, balse waxay ka ag muuqdaan Muuminiinta, waxaa uurkooda ku jira shaki iyo walaac, qalbigoodu mar wuxuu raacin kuwaa, marna kuwaa kale.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee waxaa ka mid ahaa dhaqankiisa inuu tusaale soo qaato si uu macnaha u soo dhaweeyo.
 Waa cadayn xaalada munaafaqiinta oo ah walaac iyo shaki iyo xasilooni daro.
 Waxaa laga digay xaalka munaafaqiinta, waxaana la isku booriyey runta iyo in lagu adkaysto iimaanka daahir ahaan iyo baadin ahaanba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Iimaanku wuu ku duugoobaa Uurkiina sida ay u duugowdo Marada cusubi, Ilaahay waydiista inuu Iimaanka ku cusboonaysiiyo Qalbigiina</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Cabdullahi Binu Camar Binu Caas Allaha ka raali noqdo asaga iyo aabihiye waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: Iimaanku wuu ku duugoobaa Uurkiina sida ay u duugowdo Marada cusubi, Ilaahay waydiista inuu Iimaanka ku cusboonaysiiyo Qalbigiina.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Iimaanku ku duugoobo Qalbiga Muslimka, wuxuu u duugoobaa sida Marada cusubi ugu duugawdo isticmaalka dheer. Taas waxaa u sababa cibaadada laga gaabiyo ama in macaasi lagu dhaco iyo Naftu waxay jeceshahay in la muquurto. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inaan Ilaahay ka barino inuu Iimaankeena inoo cusboonaysiiyo, inago gudanayna waajibaadka lana imaanayna dikri badan iyo istiqfaarta.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Waa la isku booriyey in Ilaahay la weydiisto  sugnaanta iyo  Iimaanka Qalbigana lagu cusboonaysiiyo.
 Iimaanku waa mid Carabka looga dhawaaqo, Xubnahana laga camal falo Qalbigana laga rumeeyo, wuxuu ku siyaadaa cibaadada wuxuuna ku nusqaamaa macsida.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[Waxaa wariyay Alxaakim iyo Ad-dabaraani]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>Qiyaamaha calaamadihiisa waxaa ka mid ah: in cilmiga la waayo, Jahliguna bato, Sinaduna badato, khamriga  cabidiisuna badato, oo Raggu yaraado, Dumarkuna bataan, ilaa kontonkii Dumar ahba hal nin ku soo tooso</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Anas Allaha ka raali ahaade waxaa laga wariyey inuu yiri: waxaan idiin sheegin Xadiis aan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee Xadiis kaas Qof aan aniga ahayn idiin sheegi maayo: waxaan ka maqlay Rasuulka isagoo dhahaya: Qiyaamaha calaamadihiisa waxaa ka mid ah: in cilmiga la waayo, Jahliguna bato, Sinaduna badato, khamriga  cabidiisuna badato, oo Raggu yaraado, Dumarkuna bataan, ilaa kontonkii Dumar ahba hal nin ku soo tooso.</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in calaamadaha Qiyaamaha dhawaadkeeda ay ka mida tahay in la qaado Cilmiga Shareecada, waayo Culumadaa dhamaanaysa. Taas waxaa ka imaanaaya in Jahligu faafo siina badato Sinada iyo Faaxishadu,  khamri cabiduna badato, tirada Ragguna yaraato, tirada Dumarkuna badato, ilaa kontonkii Dumar ahba uu  ku soo aado hal nin, kaasoo danahooda iyo maslaxadooda ka shaqaynaya.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan cadaynta calaamadaha Qiyaamaha qaarkood.
 Ogaanshaha Waqtiga Qiyaamaha wuxuu ka mid yahay waxyaabaha Qaybka ah ee Ilaahay kaligi og yahay.
 Waxaa la isku booriyey in Cilmiga Shareecada la barto intaan la waayin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
     <t>Saacada qiyaame dhicimayso ilaa ninku soo maro nin qabrigi oo uu yiraahdo: hoogaye maan booskiisa ku jiro</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
     <t>Abii Hurayra-Allaha ka raali ahaadee- waxaa laga wariyey Nabiga- naxariis iyo nabadi korkiisa ha ahaatee- inuu yiri: "Saacada qiyaame dhicimayso ilaa ninku soo maro nin qabrigi oo uu yiraahdo: hoogaye maan booskiisa ku jiro.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu ka sheegay in saacada qiyaame aysan dhacayn, ilaa uu ninku soo maro qabri oo uu jeclaado inuu isagu noqdo midka qabriga ku jira, sababtuna waa cabsida uu ka qabo inuu diintiisa seego, oo baadilka iyo dadkiisu ka tan badiyaan, waayo waxaa muuqday oo xoog leh fitanta, macaasida iyo munkarka.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>Waxaa la sheegay inay macaasida iyo fitanku aad u badan doonaan aakhiru samaanka.
 Waxaa lagu boorinayaa dadka digtoonaan, oo dhimashada ugu diyaar garoobaan iimaan iyo camalka saalixa ah, kana fogaadaan goobaha fitanka iyo balaayada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>Qiyaamuhu dhicimaayo ilaa aad Yahuuda la dirirtaan oo uu yiraahdo Dhagaxa Yahuudigu ka danbeeyaa: Muslimow Yahuudi ayaa iga danbeeya ee dil</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Abii Hurayra Allaha ka raali ahaadee waxaa laga wariyey Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Qiyaamuhu dhicimaayo ilaa aad Yahuuda la dirirtaan oo uu yiraahdo Dhagaxa Yahuudigu ka danbeeyaa: Muslimow Yahuudi ayaa iga danbeeya ee dil".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Qiyaamuhu uusan dhacayn ilaa ay diriraan Mslimiinta iyo Yahuudu. Ilaa yuhuudigu ku cararo dhagaxa gadaashiisa si uu  muslimiinta uga dhuunto, Ilaahay wuxuu ka hadlin dhagaxii wuxuuna u dhawaaqin muslimka wuxuuna u sheegin in yuhuudiga ka danbeeya uu dilo.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee. wuxuu sheegay  waxyaabo qaybka ka mida ee dhicidoona, hadba inta Ilaahay ka ogaysiiyo waana laabud inay waxaasi dhicidoonaan.
 Muslimiintu waxay la dagaalamidoonaan yahuuda aakhiru samaanka, arinkaasina wuxuu ka mid yahay calaamadaha qiyaamaha.
 Diinta islaamku way jiridoontaa ilaa Maalinta Qiyaamaha, Diimaha kale oo  dhana  way ka sarayn.
 Ilaahay Muslimiinta cadawgooda waa ka guuleeyey taasna waxaa ka mida in Aakhiru samaanka  Ilaahay ka hadalsiinayo dhagaxa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>Allaha naftaydu Gacantiisa ku jirtaan ku dhaartaye, waxay u dhawdahay inuu idiin la soo dago ina Maryama isago xaakim caadil ah, oo uu jejebiyo Macatabka, oo dilo khansiirka, oo uu soo rogo jisyada, oo maalku buux dhaafo, heer cid qaadata oo baahan la waayo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
     <t>Abii hurayra-Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Rasuulka  Ilaahay -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu yiri: "Allaha naftaydu Gacantiisa ku jirtaan ku dhaartaye, waxay u dhawdahay inuu idiin la soo dago ina Maryama isago xaakim caadil ah, oo uu jejebiyo Macatabka, oo dilo khansiirka, oo uu soo rogo jisyada, oo maalku buux dhaafo, heer cid qaadata oo baahan la waayo."</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>Nabigu-nabadgelyo iyo naxariis Allaha siiyee wuxuu ku dhaartay inay soo dhowaatay waqtigii uu Nibi Ciise soo degi lahaa, ee uu dadka cadaalad ku xukumi lahaa, isagoo raacaya shareecadii Nabi Maxamed nabadgelyo iyo naxariis Allaha siiyee. Oo Nabi Ciise uu jabindoono Matabka kiristaanku wayneeyaan. Nabi Ciise wuxuu dilidoonaa khinsiirka, Nabi Ciise wuxuu soo rogidoonaa Jisyada dadka oo dhana wuxuu ku amridoonaa inay Islaama soo galaan. Xooluhu waa badandoonaan Qofna qaadanayana ma jiro, waayo Xoolihii ayaa iska badanaya, Qof walbana wuxuu ku kaaftoomay  wixii Gacantiisa ku jira, waxaa soo degeya Barkada waxaana is raacraacaya khayrka.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan in Nabi Ciise-Calayhi Salaam- uu Aakhiru Samaanka soo degidoono, taasina ay tahay mid ka mida calaamadaha saacada Qiyaamaha.
 Nabigu-nabadgelyo iyo naxariis Allaha siiyee- Shareecadiisa wax nasakhaaya ma jiraan.
 Maalka ayaa barakoobaya Aakhiru Samaanka, dadkuna way nicidoonaan.
 Xadiiska waxaa ku sugan bishaaro in Diinta Islaamku baaqi ahaanayso, iyadoo Nabi Ciise ku xukumi doonaa dhulka Aakhiru Samaanka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>qiyaamuhu dhicimaayo ilaa Qoraxdu ka soo baxdo xaga ay u dhacdo, haday ka soo baxdana oo dadku arko way rumaynayaan dhamaantood</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: qiyaamuhu dhicimaayo ilaa Qoraxdu ka soo baxdo xaga ay u dhacdo, haday ka soo baxdana oo dadku arko way rumaynayaan dhamaantood: (waqtigaasina waa waqtiga qofka aan horay u rumayn Ilaahay  ama aan  iimaankiisii horay xasanaad ugu kasban uusan waxba u tarayn) [Alancaam:158], qiyaamuhu wuu dhicin iyadoo labo nin dhexdooda ku kala bixiyeen maradooda mana kala gadan karana  mana isku laabi karaan, qiyaamuhu wuu dhicin iyado ninku soo qaatay caanaha hashiisa mana cabaayo, qiyaamuhu wuu dhicin iyadoo ninku hagaajinayo darkiisa mana laga cabaayo, qiyaamuhu  wuu dhicin iyado qofkiin luqmada afkiisa u qaatay mana cunaayo.</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay naxariis iyo nabadi korkiisa ha ahaate wuxuu sheegay inay calaamadaha waaweyn ee qiyaamaha ay ka mid tahay in qoraxdu ka soo baxdo meeshay u dhacdo halkii ay  bari ka soo bixilahayd, markay dadku arkaana Ilaahay wada rumaynayaan. Markaasna gaalka wax ku tarimaayo iimaankiisu, camalka suubana wax ku tarimaayo, towbaduna wax ku tarimayso. Nabigu  nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay qiyaamuhu inuu ku dhacaayo si kadis ah, iyadoo dadku noloshoodii iyo hawlohoodii caadiga ahaa ku jiraan. Qiyaamihii ayaa dhacaya iyadoo kii gadaayey iyo kii iibsanaayey ay marada kala bixiyeen iibsanamaayaan iskuna laabimaayaan. Qiyaamihii ayaa dhacaya iyado ninku uu soo qaatay caanihii uu hashiisa ka lisay mana dhamaayo. Qiyaamihii ayaa dhacaya iyadoo ninku darka xoolihiisa u hagaajinaayo mana ka waraabinaayo. Qiyaamihii ayaa dhacaya iyadoo ninku luqmad cunto ah afkiisa  u soo qaaday si uu u cuno, mana cunaayo.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Islaamnimada iyo towbada waa la aqbalaa inta aanay qoraxdu ka soo bixin meeshay u  dhacdo.
 waxaa la isku booriyey in Qiyaamaha loogu  diyaar garoobayo iimaan iyo camal suuban, waayo Qiyaamuhu wuxuu ku imanayaa si kidis ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>Saacada qiyaame dhicimayso ilaa waqtigu isku soo dhawaado</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
     <t>Abii hurayra-Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee ayaa yiri: "Saacada qiyaame dhicimayso ilaa waqtigu isku soo dhawaado,  oo sanadku bil le'ekaado, bishuna jimce le`ekaato, jimcaduna maalin le'ekaato, maalintu saacad le'ekaato, saacaduna inta laan timireed gubanayso le'ekaato."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- wuxuu sheegay inay calaamadaha saacada qiyaamaha ka mid tahay waqtiga oo isku soo dhawaada. Sanadka ku dhaafin inta Bishu kugu dhaafto oo kale. Bishuna ku dhaafto inta Usbuucu kugu dhaafo oo kale, jumcaduna ku dhaafin inta maalintu ku dhaafto kale, maalintuna ku dhaafin inta saacadu ku dhaafto, Saacaduna waxay kuu dhaafin si deg-dega, oo lamida inta laan timireed ay ku guban karto oo kale.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Calaamadaha saacada waxaa ka mida waqtiga oo barakada laga qaado ama degdegiisu kordho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>Ilaahay ayaa dhulka qabanaaya, samooyinkana midigtiisuu ku laa-laabayaa, ka dibna wuxuu dhahayaa: Anaa boqora ee aaway boqorradii dhulku</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>Abii Hurayra -Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee- isago dhahaya: "Ilaahay ayaa dhulka qabanaaya, samooyinkana midigtiisuu ku laa-laabayaa, ka dibna wuxuu dhahayaa: Anaa boqora ee aaway boqorradii dhulku."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Nabigu-nabadgelyo iyo naxariis Allaha siiyee- wuxuu sheegay inuu Ilaahay Maalinta Qiyaamah dhulka qaban doono iskuna ururin doono, samadana Midigtiisa ayuu ku laa-laabi doono, Samo walbana tan kale ayuu ku laabi doono, oo wuu baabi'in doono, wuxuuna dhihidoonaa: Anaa Boqora ee aawey Boqoradii Dhulku?!</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan in la xasuusinayo dadka in Boqornimada Ilaahay baaqi ahaandoonto, Boqornimada Makhluuquna dhamaanayso.
 Waynida Ilaahay iyo waynida awoodiisa iyo saldanadisa iyo kaamilnimada Boqortooyadiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Xawdkaygu wuxuu le`eg yahay intii Bil  socodkeeda, biyihiisu way ka cad yihiin caanaha, caraftiisuna way ka udug badan tahay Miskiga</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Cabdullahi Binu Camar Allaha ka rali ahaado isagiyo ِAabihiye  waxaa laga wariyey inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: Xawdkaygu wuxuu le`eg yahay intii Bil  socodkeeda, biyihiisu way ka cad yihiin caanaha, caraftiisuna way ka udug badan tahay Miskiga, weelashiisuna waa sida xidigaha samada, Qofka ku caba waligi ma haraadayo.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inuu Maalinta Qiyaame leeyahay Xawd, dhererkiisu dhan yahay in loo socdo Bil, balaciisuna intaasoo kale. Biyihiisuna ka cadaan badan yihiin Canaha. Caraftiisuna ka udgoon kana caraf badan Carafta Miskiga. Weelashiisuna waa sida Xidigaha Cirka oo kale badnaantooda. Qofka kaga caba weelashaas Xowdka waligii ma haraadayo.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Xowdka Nabigu nabadgelyo iyo naxariis Allaha siiyee waa biyo qabad aad u wayn oo ay u soo arooraan Muuminiinta Ummaddiisa Mlinta Qiyaame.
 Nicmo ayuu helayaa qofka ka caba xowdka Nabiga scw oo waligii ma haraadayo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Xawdka anigo jooga oo eegaya cid idinka mida ee ii soo  arooraysa, ayaa dad la iga celin doonaa,  waxaanan ku oran: Rabiyow  anigay iga mid yihiin oo Ummadayda ka mid yihiin</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Asma Bintu Abii bakar Allaha ka raali ahaado iyada iyo Aabeheede waxaa laga wariyey inay tiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: Xawdka anigo jooga oo eegaya cid idinka mida ee ii soo  arooraysa, ayaa dad la iga celin doonaa,  waxaanan ku oran: Rabiyow  anigay iga mid yihiin oo Ummadayda ka mid yihiin, waxaa la igu oran: ma og tahay waxay sameeyeen gadaashaa, walaahi kama ay raagin inay dib ugu noqdeen gadaashooda oo Diintii ka tageen.</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey inuu Maalinta Qiyaamaha uu joogidoono Xawdkiisa isagoo eegaya cida Ummaddiisa ah ee ku soo arooraysa Xawdka. Dad ayaa laga kaxaysan Nabiga nabadgelyo iyo naxariis Allaha siiyee agtiisa wuxuuna orandoonaa Nabigu: Rabiyow, anigay iga mid yihiin oo Ummaddayday ka mid yihiin. Waxaa lagu dhihin: ma og tahay waxay sameeyeen markaad ka tagtay, walaahi  kama ay suulin inay dib ugu laabteen gadaashooda oo ay ka noqdaan Diintoodii, kaa mid maaha, Ummaddaadana ka mid maaha.</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu u naxariistay Ummaddiisa oo u dadaalay.
 khatar ayey leedahay in la khilaafo Sunada Nabiga nabadgelyo iyo naxariis Allaha siiyee.
 Xadiiska waxaa ku sugun in la isku boorinayaa in la qabsado Sunada  Nabiga nabadgelyo iyo naxariis Allaha siiyee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>waxaan ku dhaartay kan nafta Maxamad gacantiisa ku jirtee, weelashiisu way ka badan yihiin xidigaha cirka iyo meerayaasha</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Abii Dar Allaha ka raali noqde waxaa laga wariyey inuu yiri: Waxaan iri: Rasuulka Ilaahayow, waa maxay weelasha xawdku ? wuxuu yiri: ( waxaan ku dhaartay kan nafta Maxamad gacantiisa ku jirtee, weelashiisu way ka badan yihiin xidigaha cirka iyo meerayaasha, hooy habeenka mugdiga ah ee cirka wax ku daboolani aysan jirin, weelasha janada qofka ku caba waligii ma haraadayo, waana haraadkii ugu dambeeyey, waxaa ku guuxa oo ku soo hoobta biyaha xowdka soo maraan laba majaroor oo janada ka soo shubmaan, qofka ka caba ma haraado, balaciisu waa inta dhererkiisu le'eg yahay, oo ah masaafada u dhaxaysa Camaan iyo Ayla biyihiisu  ka cadaan badan caanaha, kana macaan badan malabka.</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku dhaartay inay weelasha xawdkiisu maalinta qiyaamaha ka tiro badan yihiin xidigaha iyo meerayaasha samada. Arinkaasina wuxuu muuqanayaa habeenka gudcurka ee dayax uusan jirin; waayo habeenka dayaxu jiro xidiguhu aad uma muuqanayaan iyadoo iftiinka dayaxu qarinayo, waa habeenka aanay daruuro jirin, waayo daruuruhu waxay qarinayaan aragtida xidigaha. Weelasha janada, qofka ku caba cabitaanka  ku jira ma haraadayo waligi, wuxuuna ahaanayaa haraadkaa uu u cabay haraadkii ugu dambeeyey ee uu haraado. Xawdka Nabiga waxaa ku soo shubmaya labo majaroor oo janada ka imaanaya, xawdkaas  balaciisa iyo dhererkiisu waa isku mid. Xowdka way is le'eg yihiin cirifyadiisu, dhererkiisa iyo balaadhkiisu waa inta u dhexeysa Camaan oo ah tuulo ku taal Balqa'a kana tursan Shaam, ilaa Ayla oo ah magaalo caan ah oo ku taalo Shaam geesteeda. Biyaha  xowdku way ka cad yihiin caanaha, wayna ka macaan yihiin dhadhanka malabka.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Waa sugan yahay xowdka iyo nicmooyinka kala duwan ee dhexyaal.
 Waa wayn yahay xowdku, dhererkiisa iyo ballaciisa waana tiro badan yihiin weelashiisu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Nin Ummaddayda ka mida ayaa ilaahay ka soo dhex saarin khalqiga oo dhan maalinta qiyaame</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Cabdillaahi Binu Camar Binu caas-Allaha ka raali noqdo isaga iyo ِAabihiye ee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: Nin Ummaddayda ka mida ayaa ilaahay ka soo dhex saarin khalqiga oo dhan maalinta qiyaame, waxaana loo furin sagaal iyo sagaashan diiwaan oo mid walba le'eg yahay halka aragu gaaro, ka dib wuxuu dhihin ma wax aad inkirsan tahay oo malaa'igtayda wax qora ee xafadada ahi kugu dulmiyeen ayaa jira wuxuu dhihin: Rabiyow maya, waxaa lagu dhihin: cudur daar aad ku badbaaddo mahelin, wuxuu dhihin: Rabiyow maya, wuxuu Alle ku dhihin: bale waxaan kuu haynaa xasano, Maanta lagu dulminmaayo, waxaa loo soo saarin kaar ay ku qoran tahay: Ashhadu an llaa Ilaaha illallaahu wa Ashhadu ana Maxamedan Cabduhu wa Rasuuluhu, wuxuu dhihin Ilaahay: keen miisaankaaga: ninkii wuxuu dhihin: Rabiyow muxuu ka tarin miisaanka kaarkani waxa ku qoran diiwaanadaan illahay ayaa ku dhihin: lagu dulminmaayo, wuxuu yidhi: kafad ayaa la saarin diiwanadii, kaarkiina kafada kale, waxaa bidaya diiwaanadii, kaarkiina culays ayuu noqonayaa, shayna magaca Ilaahay kama cuslaado.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in nin Ummaddiisa ka mida Ilaahey ka dooran doono khalqiga oo dhan Maalinta Qiyaamaha, waa loo yeerin si loo xisaabiyo, waxaa la soo hor dhigin sagaal iyo sagaashan diiwaan kuwaas lagu qoray camalkiisi xumaa ee uu ku sameeyey Aduunka, mid walbna dhererkiisu yahay inta araggu gaaro. Ilaahay casa wajala ninkaa wuxuu ku oran: waxa diiwaanadaas ku qoran miyaad wax ka diidan tahay? Miyey ku dulmiyeen malaa'igtayda xafadada ah ee wax qora? Ninkii wuxuu oran: maya Rabiyow. Ilaahay casa wajala wuxuu oran: camalkii aad aduunka ku samaysay ma u helaysaa wax cudur daar ah oo laguugu garaabi karo in ficilku kaaga dhacay si sahwi ah ama si gaf ah ama aqoon dari. Ninkii wuxuu oran: maya Rabiyow, ma haysto wax cudur daar ah. Ilaahay casa wajala wuxuu oran: bale, waxaan kuu haynaa xasano, maanta lagu dulminmaayo. wuxuu yiri: waxaa la soo saarin kaar ay ku qoran tahay: Ashhadu an laa Ilaaha Ilaa Allaah, wa ashhadu ana Maxamedan Cabduhu wa Rasuuluhu. Ilaahay wuxuu ku dhihin ninkii: imow miisaankaaga. Ninku wuxuu oran isagoo yaaban: Rabiyow!, kaarkani muxuu ka tarayaa miisaanka diiwaanadaan?! Ilaahay casa wajala wuxu ku oran ninkii: lagu dulminaayo. wuxuu yiri: waxaa kafad la saarin diiwaanadii kafada kalena waxaa la saarin kaarka, kafadii diiwaanada la saaray ayaa fudayd noqon, waxaana cuslaanaya kafadii kaarku saarnaa, markaasaa Ilaahay u danbi dhaafay.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Waa erayga tawxiidka waynidiisa: Ash'hadu an laa Ilaaha ilaa Allaah, iyo inay culaysinayso miisaanka.
 Kuma filna  in carabka oo qura laga yiraahdo: laa Ilaaha Ilaa Allaah, ee waa in qofku cilmi u leeyahay macnaheeda kuna camal falaa waxay farayso.
 Ikhlaaska iyo tawxiidka xooga leh waxay sabab u  yihiin in qofka loo danbi dhaafo.
 Iimaanku wuxuu ku kala fadilan yahay hadba inta qofka qalbigiisa ku jirta ee ikhlaas ah, dadka qaar ayaa oran Erayga tawxiidka laakiin waxaa laga yaabaa in lagu cadaabo inta danbigiisu le`eg yahay.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[waxaa wariyey tirmidi iyo ibn maajah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Markuu Ilaahay Abuuray Janada iyo Naarta wuxuu u direy Janada Malakul Jibriil nabadi korkiisa ha ahaatee</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Abuu Hureyra Allaha ha ka raali noqdee waxaa laga wariyey Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee inuu yiri: Markuu Ilaahay Abuuray Janada iyo Naarta wuxuu u direy Janada Malakul Jibriil nabadi korkiisa ha ahaatee, wuxuuna ku yiri: soo eeg Janada iyo waxaan ugu diyaariyey ehelkeeda, wuu soo eegay oo soo noqday wuxuuna yiri cisadaada ayaan ku dhaartee qofkii maqlaa wuu galin, Ilaahay wuxuu amray in lagu wareejiyo waxa naftu neceb tahay, wuxuuna ku yiri aad oo soo eeg Janada iyo waxaan ugu diyaariyey ehelkeeda wuu soo eegay, wuxuuna arkay iyadoo lagu wareejiyey waxa naftu neceb tahay, wuu soo noqday wuxuuna yiri: cisadaadaan ku dhaartee waxaan ka baqayaa inaan qofna galin, Ilaahay wuxuu ku yiri aad Naarta oo soo eeg iyada iyo waxaan ugu diyaariyey ehelkeeda wuu aaday wuxuuna arkay iyadoo is kor saaran, wuu soo laabtay wuxuuna yiri: cisadaadaan ku dhaartee cidina gelimayso,Ilaahay wuxuu faray in lagu wareejiyo waxa naftu jeceshahay, wuxuuna yiri ku noqo oo soo eeg, wuuna ku laabtay oo soo eegay mise waaba iyadoo lagu wareejiyey waxa naftu jeceshahay, wuuna soo laabtay oo yiri: cisadaadaan ku dhaartee waxaan ka baqayaa in qofna ka bad baadi waayo.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay markuu abuuray Janada iyo Naarta, uu ku yiri: Malakul Jibriil nabad gelyo Allah siiye:  Janada aad oo soo eeg, wuuna aaday oo soo arkay kanasoo laabtay. Jibriil wuxuu yiri: Rabiyow, cisadaadaan  ku dhaartaye Qofkii maqla Janada iyo waxa dhexyaal oo nicmo iyo karam iyo khayr ah wuxuu jeclaanayaa inuu galo oo iyada u shaqaysto. Ka dib Ilaahay wuxuu ku wareejiyey Janada wax yaabaha naftu neceb tahay iyo waxyaabo ay adag tahay in la sameeyo oo ah wax la is faray iyo wax la iska reebay, qofkii raba inuu Janada galo waa inuu ka gudbo wax yaabahaas naftu neceb tahay. ka dib Ilaahay casa wajala wuxuu yiri: Jibriilow Janada aad oo soo eeg, waa markii uu ku wareejiyey Janada waxa naftu neceb tahay ka dib. Jibriil wuu aaday Janada oo soo eegay, ka dib wuu yimid wuxuuna yiri: Rabiyow  cisadaadaan ku dhaartaye waxaan ka cabsan in qofna geliwaayo waxa ka sokeeya ee adayga iyo dhib ah darteed. Ilaahay markuu abuuray Naarta wuxuu yiri: Jibriilow: soco oo soo eeg Naarta, markaasuu aaday oo soo eegay Naarta. Jibriil wuxuu yiri: Rabiyow, cisadaadaan ku dhaartaye Qofkii maqla waxa dhex yaala Naarta ee cadaab, kurbo iyo dhibaato ah, wuu nacaya inuu galo wuuna isaga fogaanayaa asbaabta lagu galo Naarta. ka dib Ilaahay wuxuu ku wareejiyey naarta oo jidkeeda dhigay waxa naftu jeceshahay iyo macmacaan, ka dibna Ilaahay Jibriila wuxuu ku yiri: Jibriiloow, soco oo soo eeg-naarta. Jibriil wuu aaday naarta oo soo eegay, ka dib wuu ka yimid wuxuuna yiri: Rabiyow cisadaadaan ku dhaartaye waxaan ka baqay inuu qofba ka bad-baadi waayo waxa lagu gadaamay ee macmacaana awgeed.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Waa in la rumeeyo in Janada iyo Naartu haatan joogaan .
 Waa waajib in la rumeeyo qeybka iyo wax kasta oo ka yimid xaga Ilaahay iyo Rasuulkiisa nabadgelyo iyo naxariis Allaha siiyee.
 Muhimad yuu leeyahay in lagu sabro waxa Naftu neceb tahay, waayo waa jidka lagu gaaro Janada.
 Muhimad ayey leedahay in xaaraanta oo laga fogaado, waayo waa jidka Naarta ku gaynaya.
 Ilaahay wuxuu ku wareejiyey Janada waxa Naftu neceb tahay, Naartana waxa Naftu jeceshahay, taasina waxaa keenaya itaxaanka nolosha Aduunyada.
 Jidka Janadu wuu adag yahay wuuna dhib badan yahay, wuxuuna u baahan yahay sabir iyo in iimaanka loo dhabar adaygo, jidka Naartuna waxaa ka buuxa macaanka Aduunka iyo waxay Naftu rabto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Waxaa la keenidoonaa dhimashadii oo u eg Wan Galaalan</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Abii Saciid Alkhudri Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: Waxaa la keenidoonaa dhimashadii oo u eg Wan Galaalan, mid dhawaaqa ayaa ku dhawaaqin: dadka Janadow, kor ayey u soo istaagin oo soo fiirin wuxuu oran: ma garanaysaan kan? waxay oran: haa, waa dhimashadii, wayna soo wada arkeen, hadana wuu dhawaaqin, kuwa Naarta ku suganow, kor ayey u soo istaagin waana soo eegayaan,  wuxuu ku oran: ma garanaysaan kan? waxay oran: haa, waa dhimashadii, wayna soo wada arkeen, markaasaa la gawricin, ka dib wuxuu oran: kuwiina Janada ku suganow waa waarid oo dhimasho ma jirto, kuwiina Naarta ku suganow waa waarid oo dhimasho ma jirto, mar kaasuu akhriyin Ayada: {Nabiyow uga dig Maalinta shalaytada iyadoo la go'aamiyey arinkooda iyagoo qaflad ku sugan} [surada maryam:39], kuwaas qaflada ku sugani waa kuwa Aduunka jooga { iyagu Ilaahay ma ay rumayn} [maryam:39].</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee  wuxuu cadeeyey in dhimashada la keenidoono Maalinta Qiyaamaha isagoo u eg Idaha labkooda oo leh Midab Cadaan iyo Mdaw ah . Waa loo dhawaaqin: kuwiina Janada ku suganow! waxay soo  taagayaan luqunta iyo madaxa waana soo fiirinayaan. wuxuu iyaga ku oran: ma garanaysaan kan? Waxay oran: haa, kani waa dhimashadii, waana soo wada arkeen oo garteen. Ka dib waxaa dhawaaqin kii dhawaaqayey: kuwiina Naarta ku suganow, xagiisa ayey luquntooda u soo taagin iyagoo madaxyadooda kor u qaadaya soona fiirinaya, Wuxuu ku oran: ma taqaanaan kan? Waxay oran: haa, kani dhimashadii wayna wada arkeen. Waa la gowracin, ka dib kii dhawaqaayey wuxuu oran: kuwiina Janada ku suganow waligiin iyo abidkiin waad ku jireysaan oo dhimasho ma jirto, kuwiina Naarta ku suganow waligiin iyo abidkiin waad ku jireysaan oo dhimasho ma jirto. Taasina waa nicmo u siyaaday Muuminiinta, iyo Ciqaab u siyaaday Gaalada. Nabiga nabadgelyo iyo naxariis Allaha siiyee ka dib wuxuu akhriyey: {Nabiga Ilaahayow uga dig aaMlinta shalaytada, xili la go'aamiyey arinkooda iyagoo qaflad ku jira oo  aan rumasnayn}. Maalinta Qiyaamaha waa la kala saarin dadka Janada gelaya iyo kuwa Naarta gelaya, mid kastana wuxuu gelayaa mida uu helay isagoo ku waaraayo. Wuxuu ka shalaynayaa oo ka qoomamaynayaa kii xumaanta falay inuusan wanaag samayn, kii ka gaabiyey khayrkana wuxuu ka shalaayin inuusan khayrka badsan.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Aakhiro dadku waxay ku danbaynayaan waa inay ku waaraan Janada ama Naarta.
 Xadiiska waxaa ku sugan in si daran la isaga digay dhibaatada Maalinka Qiyaamaha, iyo inuu yahay Maalin qoomamo iyo shalayto.
 Waa la cadeeyey farxada joogtada ah ee Ahlu Janaha iyo murugada joogtada  ah ee Ahlu Naarka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Dabkiinu  waa hal qayb oo ka mida todobaatan qaybood oo Naarta Jahanama ah</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey in Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee uu yiri: Dabkiinu  waa hal qayb oo ka mida todobaatan qaybood oo Naarta Jahanama ah, waxaa lagu yiri Rasuulka Ilaahayow, dabkaan ayaa ku filan. wuxuu yiri: waxay ka sii badan tahay sagaal iyo lixdan qaybood oo dhamaantood kulaylkeeda oo kale wada leh.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay dabka aan shidano inuu yahay qayb ka mida todobaatan qaybood oo Naarta Jahanama ka mid ah. Naarta Aakhiro kulaylkeedu wuxuu ka badan yahay dabka Aduunka sagaal iyo lixdan jeer, oo qayb kastana  u dhiganto kulaylka dabka Aduunka. Waxaa lagu yiri: Rasuulka Ilaahayow, Naarta Aduunka ayaa ugu filan cadaab cidii gelaysa. Wuxuu yiri: Naarta Jahanama waa laga siyaadiyey kulaylka  dabka Aduunka sagaal iyo lixdan jeer oo dhamaantood kulaykoodu iyadoo kale yahay.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>waxaa la isaga digay Naarta si dadku uga fogaadan samaynta ficilada Naarta lagu mutaysto.
 Xadiiska waxaa ku sugan weynaanta Naarta Jahanama iyo cadaabkeeda, iyo kuleylkeeda oo daran.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu noo sheegay isagoo Runlow la rumaysto ah: "Abuurida midkiin waxaa lagu jamciyaa uurka hooyadi afartan Maalmood iyo afartan Habeen</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Mascuud Allaha ka raali ahaadee waxaa laga wariyey: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu noo sheegay isagoo Runlow la rumaysto ah: "Abuurida midkiin waxaa lagu jamciyaa uurka hooyadi afartan Maalmood iyo afartan Habeen, ka dib wuxuu noqon Xinjir intaas in le'eg, ka dib wuxuu noqon cad hiliba intaas in le`eg, markaas ayaa loo soo diraa Malag, waxaana la faraa afar kalmadood, wuxuu qoraa: Risiqiisa, Cimrigiisa, Camalkiisa iyo inuu yahay mid liibaanay ama hoogay, ka dib naftuu ku afuufaa, midkiin wuxuu camal fali camalka  Ahlu Janaha ilaa marka uu u jiro Janada dhudhun wax le'eg ayaa qadarkii u qornaa soo hormarin wuxuuna camal falin camalka Ahlu Naarka markaasuu Naarta gelin, midkiin ayaa camal falin camalka Ahlu Naarka ilaa uu u jirsado Naarta dhudhun wax le'eg waxaa soo hormarin qadarkii u qornaa wuxuuna camal falin camalka Ahlu Janaha markaasuu Janada gelayaa".</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Wuxuu yiri Ibnu Mascuud: wuxuu noo sheegay  Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isago runlow ah oo la rumaysto, isagoo Ilaahay rumaystay. wuxuu yiri: midkiin waa la jamciyaa abuuritaankiisa, taasina waa hadii ninku xaaskiisa u galmoodo manidiisu waa baahsan tahay waxaa lagu aruurin uurka Gabadha mudo afartan beri ah isagoo candhuuf u eg. Ka dib wuxuu noqon Xinjir taaso ah dhiig adag, waana afartanka labaad. Ka dib wuxuu noqon cad hiliba waana cad yar oo la calalin karo, waana afartanka seddexaad, Ka dib Ilaahay wuxuu u soo diraa Malag, naftuuna ku afuufaa afartanka seddexaad markay dhamaato, Waxaa la faraa Malaga inuu qoro afar kalimadood oo ah: Risiqiisa, oo ah inta ay dhan tahay nicmada uu helaayo inta uu nool yahay, Ajashiisa, waana intuu aduunka joogi doono, Iyo Camalkiiisa, muxuu noqon, ma mid hoogay baa mise mid liibaanay. ka dib wuxuu Nabigu ku dhaartay -nabadgelyo iyo naxariis Allaha siiyee- qofku inuu camalka Ahlu Janaha camal falin, kaasoo ah  camal saalixa, sida dadka u muuqata, sidaas ayuu ahaanayaa ilaa markay Janadu u jiro dhudhun, waxaa yacni markay Janada uga dhiman tahay  inta qofka dhulka maraya  ay uga dhiman tahay wax dhudhun le`eg waxaa ka qaalib noqda qadarkii u qornaa wuxuuna camal falin camalka Ahlu Naarka oo loogu khatimin Naartuuna gelin, waayo Shardiga lagu aqbalayo camalkiisa waa inuu Qofku ku sugnaado camalkiisa saalixa ah oo uusan xumaana ku badalin, mid kale oo dadka ka mida ayaa camal falin camalka Ahlu Naarka ilaa uu ku dhawaado inuu galo, waa sida isago Naarta u jirsaday wax le'eg  dhudhun dhulka ah, waxaa ka kormarin qadarkii Ilaahay u qoray wuxuuna camal falin camalka Ahlu Janaha wuuna gelin Janada.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Meesha ay ku dambayn arintu waa ciribteeda waana sida kolba qadarka Ilaahay horay u qoray.
 Waa laga digay in lagu sirmo muuqaalka camalka, waayo camalka khaatumada uunbaa laga eegaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Ilaahay wuxuu qoray maqaadiirta khalqiga inta aanu abuurin samooyinka iyo dhulka Kontan kun oo Sano ka hor</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Cabullaahi Binu Camar Binu caas Allaha ka raali noqdo isaga iyo Aabihiye waxaa la wariyey inuu yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: «Ilaahay wuxuu qoray maqaadiirta khalqiga inta aanu abuurin samooyinka iyo dhulka Kontan kun oo Sano ka hor 
 wuxuu yiri: Carshigiisuna Biyaha ayuu ka sareeyey».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahey ku qoray  Looxul Maxfuudka wixii dhici doona ee khalqiga qadarkooda ah iyadoo faah-faah taaso inta aanu abuurin samooyinka iyo dhulka konton kun oo sano ka hor, waxayna u dhicidoontaa sida uu Ilaahay casa wajala ugu talo galay. Wax kasta oo dhaca  waxay ku dhacaan Ilaahay qadarkiisa iyo qadihiisa. Wixii Adoonka ku dhaca ma ay gafeen, wixii aan ku dhicina kuma ay dheceen.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Waa waajib ah in la rumeeyo qadarka iyo qadaha
 Qadarku waa Ilaahay inuu og yahay shey walba uuna qoray oo uu doonay oo  abuuray.
 Waa in la rumeeyo in qadarka la qoray inta aan  la abuurin samooyinka iyo dhulka wuxuuna keenayaa raali ahaansho iyo in Ilaahay la isku dhiibo.
 Carshiga Ilaahay biyuu dul ahaa intaan la abuurin Samooyinka iyo Dhulka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>Wax kasta qadar ayey ku dhacaan, xataa wahsiga iyo firfircoonida ama firfircoonida iyo wahsiga</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Daawuus waxaa laga wariyey inuu yiri: waxaan soo gaaray dad ka mida Asxaabtii Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee, oo oranaya wax waliba waa qadar, wuxuu yiri: waxaan maqlay Cabdullaahi Binu Cumar oo oranaya: Rasuulka Ilaahay  nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Wax kasta qadar ayey ku dhacaan, xataa wahsiga iyo firfircoonida ama firfircoonida iyo wahsiga".</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey wax kastaa inay qadar ku dhacaan. xataa wahsiga: kaaso ah in qofku ka tago wixii waajibka ku ahaa inuu falo, ama uu ka caajiso, oo dib uga dhigo  waqtiguu qaban lahaa waajibkaa ku saabsan arimaha aduunka ama aakhirada. Xataa firfricoonida oo ah inuu qofku fiiro gaara u leeyahay arimaha aduunka iyo aakhiro. Ilaahay casa wajala isagaa qadaray wahsiga iyo firfircoonida iyo wax walba, wax kasta oo dunida ka dhaca waa shay ilaahay horay u ogaa oo uu horay u doonay.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>waa la cadeeyey in Asxaabtu Allaha ka raali ahaadee ay rumaysnaayeen qadarka.
 Wax kasta waxay ku dhacaan qadarka Ilaahay xataa wahsiga iyo firfircoonida.
 Waa hubinta iyo digtoonida asxaabta Allaha ka raali ahaade ee xaga tabinta xadiiska Rasuulka Ilaahay naxariis iyo nabadi korkiisa ha ahaate.
 waa in la rumeeyo qadark oo dhan kheyrkiisa iyo sharkiisaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>Ilaahay markuu ku xugmiyo adoon inuu ku dhinto dhul, dhulkaas ayaa Ilaahay dan ka geliyaa</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Madar Binu Cukaamis Allaha ka raali ahaade waxaa laga wariyey inuu yiri: wuxuu yiri Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee: Ilaahay markuu ku xugmiyo adoon inuu ku dhinto dhul, dhulkaas ayaa Ilaahay dan ka geliyaa.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay: in Ilaahay haduu ku xugmiyo oo ku qadaro  adoon inuu ku dhinto dhul uusan markaa joogin, Ilaahay wuxuu ka geliyaa dhulkaa dan uu ku tago, markuu tagana nafta looga qaada.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Xadiiskani wuxuu waafaqayaa hadalka Ilaahay casa wajala: (nafina ma oga dhulka ay ku dhiman doonto).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Qofka si ula kac ah been iiga sheega, ha u diyaar garoobo booskiisii uu naarta ka fariisan lahaa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Abii Hurayra-Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Rasuulka Ilaahay-nabadgelyo iyo naxariis Allaha siiyee- wuxuu yiri: "Qofka si ula kac ah been iiga sheega, ha u diyaar garoobo booskiisii uu naarta ka fariisan lahaa."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>Nabigu-naxariis iyo nabadi korkiisa ha ahaatee- wuxuu cadeeyey qofka si ula kac ah been uga sheega hadal iyo ficil kuu doonaba ha ahaadee, inuu aakhiro ku leeyahay meel uu naarta ka fariisto, iyadoo looga abaal marinaayo beentii ka sheegay Nabiga scw.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabiga naxariis iyo nabadi korkiisa ha ahaatee- oo si bareera been looga sheego waxay sabab u tahay in naarta la galo.
 Nabiga scw oo been laga sheego la mid ma'aha been dadka kale laga sheegay, waayo waxaa ku jira fasaad wayn aduun iyo aakhiroba.
 Waxaa laga digayaa in la faafiyo Axaadiista inta aan la hubsan inay sax tahay in Nabiga scw ay ka sugnaatay iyo in kale.</t>
@@ -11524,1682 +11532,1791 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali Noqde wuxuu sheegay iyado Asxaabtu la fadhiyaan Nabiga nabadgelyo iyo naxariis Allaha siiyee masaajidka, ayaa nin rati fuushan la soo galay oo ritigii arumay ka dibna xiray. Ka dibna wuu waydiiyey Asxaabta: kiineebaa ah Maxamed? Nabiguna nabadgelyo iyo naxariis Allaha siiyee Asxaabta dhexdooda ayuu xusul mudan yahay  , waxaan ku niri: waa ninkaa cad ee xusul mudan, ninkii Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu ku yiri: ina Cabdul Mudalibow, Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxu ku yiri: waan ku maqlayaaye i waydii waan kuu jawaabine. Ninkii  wuxuu ku yiri Nabiga nabadgelyo iyo naxariis Allaha siiyee waan ku waydiin waana kugu adkayne ha igu xanaaqin. macnaha: ha ii caroon oo ha i dhibsan. Nabigu wuxuu ku yiri-: i waydii waxaad rabtid. wuxuu yiri: waxaan kugu dhaariyey Rabigaa iyo Rabiga cidii kaa horaysaye, ma Ilaahay baa kuu soo diray dadka? wuxuu ku yiri: Allahayow haa, isagoo adkaynaaya runtiisa. Ninkii ayaa yiri: Ilaahay baan kugu dhaariye, ma Ilaahay baa ku amray inaan tukano salaadaha shanta ah maalinta iyo habeenka? waana salaadaha faralka ah, wuxuu yiri: Allahayow haa, wuxuu yiri: Ilaahay baan kugu dhaariye ma Ilaahay baa ku amray inaan ka soono bishan sanadka? waa bisha Ramadaan, wuxuu yiri: Allahayow haa, wuxuu yiri: Ilaahay baan kugu dhaariye, ma Ilaahay baa ku amray inaad ka qaado sadaqada kuwayaga qaniga ah oo aad u qaybisid kuwayaga saboolka ah? waana sakada, Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku yiri Allahayow haa, Damaam wuu Islaamay, wuxuuna u sheegay Nabiga nabadgelyo iyo naxariis Allaha siiyee inuu ugu yeeri doono tolkii diinta islaamka, wuuna isa sheegay inuu yahay  Damaam Binu Thaclabata, oo reer banii Sacad banii Bakar ah.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Waxaa cad Nabiga nabadgelyo iyo naxariis Allaha siiyee tawaaduciisa, waayo ninku wuxuu kala garan waayey Nabiga nabadgelyo iyo naxariis Allaha siiyee iyo asxaabta.
 Waxaa cad Nabiga nabadgelyo iyo naxariis Allaha siiyee, akhlaaqdiisa wanaagsan iyo sida naxariista leh ee uu ugu jawaabay ninka wax waydiinayey, in si fiican loo jawaabona waxay sabab u noqonaysaa in la aqbalo dacwada.
 Way banaan tahay in ninka lagu sheego sifooyin sida cadaanka, casaanka, dheerida, gaabnida, iyo wixii la mida ee aan looga jeedin ceeb, haduuna dhibsanayn.
 way banaan tahay in Gaalku Masaajidka dan u soo galo.
 Xadiiska laguma sheegin Xajka waxaana laga yaabaa inaan la waajibin waqtiguu imaanayey.
 Asxaabtu way ku dadaaleen inay dadka ugu yeeran dacwada, isla markuu islaamayba wuxuu ku dadaalay inuu tolki ugu yeero diinta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>Nabiga  nabadgelyo iyo naxariis Allaha siiyee wax buu sheegay, markaasuu yiri: kaasi waa marka cilmigu sii tagayo</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Siyaad Binu Labiid Allaha ka rali ahaade waxaa laga wariyey inuu yiri: Nabiga  nabadgelyo iyo naxariis Allaha siiyee wax buu sheegay, markaasuu yiri: kaasi waa marka cilmigu sii tagayo, waxaan iri: Rasuulka Ilaahayow, sidee buu cilmigu u tagayaa, anagoo akhriyeyna Qur'aanka ubadkayagana aan barayno, ubadkayaguna ubadkooda sii barayaan ilaa qiyaamaha?, wuxuu yiri-Rasuulku-:(hooyadaa ku wayday siyaad, waxaan kuu malaynaayey ninka ugu fiqiga badan Madiina, kuwani miyaanay ahayn Yahuud iyo Nasaaro oo Tawraat iyo Injiil akhriyaya, hadana aanay ku camal falayn waxa ku qoran.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu dhex fadhiyey  asxaabtiisa, wuxuuna yiri waqtigaasi waa waqtiga dadka laga siibayo cilmiga, Siyaad Binu Labiid Alansaari  Allaha ka raali ahaade wuu la yaabay Nabiga nabadgelyo iyo naxariis Allaha siiyee wuuna waydiiyey, Wuxuuna yiri: sidee baa cilmiga loo waayin oo nooga lumin?! anagoo akhrinayna oo xifdinay, walaahi waanu akhriyeynaa, waana baraynaa haweenkayaga iyo caruurtayada, iyo caruurta caruurtayada, Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: isago la yaaban Siyaad  hooyadaa ku wayday waxaan kuu haystay  inaad ku jirto culimada reer Madiina! Ka dib Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu u cadeeyey Siyaad in cilmiga waayidiisu uusan ahayn Qur'aanka oo la waayo, laakiin ay tahay ku camal falkiisa oo la waayo, Waa kuwaas Tawraat iyo Injiil  oo ay haystaan Yahuud iyo Nasaaro, hadana wax kuma tarin kamana ay faa'iidaysan ujeedadii labadaa kitaab laga lahaa,! kaasoo ahaa inay ku camal falaan waxay ka barteen.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Waxaa jira kutub iyo Suxuf dadka gacantooda ku jira oo aan waxba tarayn hadaan lagu camal falayn.
 Sida cilmiga loo waayo waxaa ka mida arimo ay ka mid tahay: dhimashada Nabiga scw, dhimashada culimada, iyo cilmiga oo aan lagu camal falin.
 Calaamadaha qiyaamaha waxaa ka mida cilmiga oo la waayo iyo cilmiga oo laga tago ku camal falkiisa.
 Waxaa la isku booriyey in cilmiga lagu camal falo,  ujeedaduba waa intaasee.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[Xadiis Saxiix ah, marka la eego kuwa lamida]</t>
   </si>
   <si>
     <t>[Waxaa wariyay Ibnu Maajah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>ha rumaynina Ahlu kitaabka hana beeninina, waxaadna tiraahdaan:  ((waa rumaynay Ilaahay iyo wixii naloo soo dejiyey}</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade wuxuu yiri: Ahlu kitaabku kitaabka Tawraat waxay ku akhrin jireen luuqada cibraaniyada, waxana ugu fasiri jireen muslimiinta luqada carabiga, Rasuulka Ilaahay wuxuu yiri: ( ha rumaynina Ahlu kitaabka hana beeninina, waxaadna tiraahdaan:  ((waa rumaynay Ilaahay iyo wixii naloo soo dejiyey} [ Al baqara:136] ayada)).</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu uga digay ummaddiisa inaysan  ku kadsoomaan waxa Elhu kitaabku ka wariyaan kutubtooda, Yuhuuddu waqtigii Nabiga nabadgelyo iyo naxariis Allaha siiyee waxay ku akhrin jireen kitaabka Tawraat luqada cibriga, oo ah luqada Yuhuuda waxayna ku fasiri jireen luuqada carabiga, Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: ha rumaynina Ehlu kitaabka hana beeninina,  waana waxa aan la kala garanayn runtooda iyo beentooda. Waayo Ilaahey wuxuu nafaray inaan Rumayno waxa uu noo soo dajiyey oo Qur'aanka ah, iyo kitaabka uu ku soo dajiyey Ehlu kitaabka, laakiin ma ogaan karno wixii saxda iyo wixii khalada ee ay kutubtooda ka sheegayaan, hadii ayna diinteenu kala cadyn runtooda iyo beentooda, Waanu ka joogsan, oo rumaynayno, si aynaan ula wadaagin wixii ay diintooda ka bedeleen, mana beeninayno, waxaa dhici karta waxay sheegayaan inay sax tahay, oo aynu beenino wax nala amray rumayntooda. Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu nafaray inaan niraaho: {Waxaan rumaynay wixii Ilaahay noo soo dajiyey iyo wixii lagu soo dajiyey Ibraahiim, Ismaaciil, Isxaaq, Yacquub, Alasbaad iyo wixii la siiyey Muuse, Ciise iyo wixii Ambiyada Ilaahood siiyey, kala saarimayno nabiyada, anaguna Ilaahay baanu u hogaansan nahay} [Al baqara:136].</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Ahlu kitaabku waxay sheegaan waa seddex qaybood: qaybi waa wax waafaqsan Qur'aanka iyo sunada waana la rumayn, qaybina waa khilaafsan tahay Qur'aanka iyo sunada waana baadil la beeninayo, iyo qayb sadexaad oo Qur'aanka iyo sunada aysan sheegin rumtooda ama beentooda, kaas waa la warin lama rumaynayo lama beeninayo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Ha u baranina cilmiga si aad ugu faantaan culimada ama ugu la murantaan dadka xun</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Jaabir Binu Cabdullaahi Allaha ka raali ahaado isaga iyo ِabihiye waxaa laga wariyey in Nabigu nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Ha u baranina cilmiga si aad ugu faantaan culimada ama ugu la murantaan dadka xun ama in la idinku ixtiraamo, Qofka intaa suubiya Naartuu mudan Naartuu muda".</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Nabiga Nabigu nabadgelyo iyo naxariis Allaha siiyee wuu ka digay in cilmiga loo barto in lagu faano ama in culimada lagula tartamo, ama si uu u muujiyo inuu culumo yahay, iyo in lagula murmo wax ma Garadka, iyo in loo barto in la xurmeeyo ama mudnaanta la siiyo. Qofka sidaa sameeya, wuxuu mudanayaa Naarta, waayo cilmiga  Ilaahay darti loo barto ayuu u bartay istustus iyo ikhlaas la'aan.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Naarta ayaa loogu goodiyey Qofka cilmiga u barta faan ama inuu Culimada kula murmo ama in lagu xurmeeyo iyo wixii la mida.
 Ahmiyada ay leedahay in ikhlaas loola yimaado niyada Qofkii doonaya inuu cilmi barto ama uu baro.
 Niyadu iyadaa aasaas u ah camalka, iyadana Qofka lagu abaal marin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>(Ilaahay wuxuu tusaale u keenay jid toosan</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Nawaas Binu Samcaan Alansaari Allaha ka raali ahaade  waxaa laga wariyey Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee inuu yiri: (Ilaahay wuxuu tusaale u keenay jid toosan, labada dhinac ee jidkana ay ka xigaan labo darbi oo ay ku yaalaan albaabo furan oo daahyo ka lushaan,  albaabka jidkana waxaa taagan mid dhawaaqaya oo leh: dadow soo gala dhamaantiin  jidka, hana ka leexanina, iyo mid kale oo ka dhawaaqaya jidka korkiisa markii uu damco inuu furo mid ka mida albaabadaa, wuxuu oronayaa: waar hooge ha furin, hadaad furto waad galin, jidkaasi waa Islaamka, labada darbina: waa xuduuda Ilaahay, albaabadan furana waa wixii Ilaahay xarimay, kan jidka madaxiisa ka dhawaaqaya waa kitaabka Ilaahay, kan jidka dushiisa ka dhawaaqayana waa waanada Ilaahay ee qofkasta oo muslima qalbigiisa ku jirta).</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Nabigu scw wuxuu cadeeyey inuu Ilaahay Islaamka tusaale ugu keenay dariiq toosan, ee fidsan oo wax qalqalooca aan lahayn, dariiqaa labadiisa dhinac labo darbi ayaa ah, kuwaasoo xuduudii Ilaahay dhigay ah, waxaa labadaa darbi dhexdooda ah albaabbo furan oo ah xaaraantii uu Ilaahay  xarimay, albaabadaasi waxay leeyihiin daahyo qofka jidka marayaa uusan arkayn waxa ku jira, dariiqa bilawgiisa waxaa fadhiya mid u yeeraya dadka oo tilmaamaya oo farayana inay dariiqa ku socdaan oo aysan u leexan dhinacyada, kaasoo ah kitaabka Qur'aanka ah, waxaa jira mid kale oo ka dhawaaqin jidka korkiisa, midka dadka u yeeraya markastoo qofka jidka maraya uu damco inuu inyar ka furo daahyada wuu u diidayaa, wuxuuna oronayaa: war hooge ha furin! hadaad furto waad galin naftaadana kama hayn kartid galidee, kaasina waa waanada Ilaahay ku abuuray qalbiga qof kasta oo muslima.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Islaamku waa diinta xaqa ah, waana dariiq toosan ee ina gaarsiinaya janada.
 Waa waajib in loo hogaansamo xuduuda Ilaahay, iyo wuxuu xalaaleeyey iyo wuxuu xarimayba, hadii la sahlado arinkaasna wuxuu dhaxalsiinayaa  halaag.
 fadliga Qur'aanka ee wayn iyo isku boorinta ku camal falkiisa, waayo waxaa ku jira hanuun, nuur, iyo liibaan.
 Ilaahay oo adoomadiisa u naxariistay iyo wuxuu galiyey quluubta muuminiinta ee ka reebaya oo u waynaynaya ku dhicida wax lagu halaagsamo.
 Ilaahay raxmadiisa wuxuu u yeelay adoomada gaashaan ka celiya ku dhicida macaasida.
 Qaababka loo adeegsado wax barida waxaa ka mida in tusaale la keeno si macnaha loo soo dhaweeyo oo loo cadeeyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay scw waxaa lagu soo dajiyey waxyiga isagoo afartan jir ah</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Cabaas Allaha ka raali ahaado isaga iyo aabihiiba wuxuu yiri: Rasuulka Ilaahay scw waxaa lagu soo dajiyey waxyiga isagoo afartan jir ah, wuxuu joogay Makkah sadex iyo toban sano, ka dib waxaa lafaray inuu ka hijroodo, wuxuuna u haajiray Madiina, wuxuu joogay Madiina toban sano, ka dibna Ilaahay ayaa oofsaday. scw.</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ibnu Cabbaas Allaha ka rali ahaado isaga iyo aabihiye wuxuu sheegay in waxyiga lagu soo dajiyey  Nabigha scw oo la soo diray isagoo afartan jir ah, Makkana uu joogay saddex iyo toban sano waxyiga ka dib, ka dibna waxaa la amray inuu madiina u haajiro, iyadana wuxuu joogay toban sano, ka dibna uu  geeriyooday scw isagoo da'adiisu tahay saddex iyo lixdan sano.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Asxaabtu ihtimaam ayey siin jireen taariikhda Nabiga naxariis iyo nabadi korkiisa ha ahaate.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Nabigu scw ma uu aqoon sida loo kala jaro suuradaha ilaa ay ku soo dagtay aayada bisinku  {بسم الله الرحمن الرحيم }</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Ibnu Cabbas Allaha ka raali ahaado isaga iyo aabihiye waxaa laga wariyey inuu yiri: Nabigu scw ma uu aqoon sida loo kala jaro suuradaha ilaa ay ku soo dagtay aayada bisinku  {بسم الله الرحمن الرحيم }.</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>ibnu Cabbaas wuxuu cadeeyey in Qur'aanku ku soo dagaayey Rasuulka naxariis iyo nabadi korkiisa ha ahaate isaguna aanu aqoon sida loo kala jaro iyo dhamaadka suurada, ilaa uu ku soo dagay bisinku oo uu ogaado in suuradii hore dhamaatay, oo ay suurad cusub bilaabatay.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Bisinka waxaa lagu kala saaraa suuradaha, suurada Alanfaal iyo tawba maahee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>Ma jecel yahay in qof idinka mida  haduu u soo laabto reerkiisa uu ka halo saddex halaad oo waawayn oo buur buuran?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ma jecel yahay in qof idinka mida  haduu u soo laabto reerkiisa uu ka halo saddex halaad oo waawayn oo buur buuran?" waxaan niri: haa. wuxuu yiri: (Seddex Aayadood oo midkiin ku akhriyo Salaada ayaa uga kheyr badan seddex halaad oo waaweyn oo buur buuran).</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in Salaada oo lagu akhriyo seddex Aayadood ajarkeedu ka kheyr badan yahay in Qofku Gurigiisa ka helo seddex halaad oo riman oo waaweyn oo buur buuran.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Waxaa la cadeeyey fadliga uu leeyahay in Quraanka lagu akhriyo Salaada.
 Camalka saalixa ahi ka kheyr badan oo ka caaqibo fiican xoolo lagu helo Aduunkaan dhamaanaya.
 Fadligaasi kuma koobna oo keliya akhrinta seddex Aayadood, mar walboo Qofka tukanayaa  Salaadiisa ku kordhiyo akhrinta Aayadaha khayrka iyo ajarka uu ka helaayo way ka kheyr badan tahay tiradooda geel le`eg.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Qofka Ahlu Qur'aanka ah waxaa lagu oran: akhri oo kor u soco, oo ku Luuqee sidaad ugu Luuqayn jirtey Aduunka, Gurigaagu waa halka Aayada ugu dambaysa aad ku akhrido)</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Camar Binu caas Allaha ka raali ahaado isagiyo ِAabihiye waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Qofka Ahlu Qur'aanka ah waxaa lagu oran: akhri oo kor u soco, oo ku Luuqee sidaad ugu Luuqayn jirtey Aduunka, Gurigaagu waa halka Aayada ugu dambaysa aad ku akhrido).</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in lagu oran doono Qofka Qur'aanka akhriya, kuna camal fala, ee laasima akhrintiisa iyo xifdintiisa markuu Janada gelayo: Qur'aanka akhri oo kor ugu soco darajooyinka Janada, kuna Luuqee sidaad ugu Luuqayn Jirtay akhrintiisa Aduunka, u akhri si dagan oo xasilooni leh, Gurigaagu waa halka ay kaaga dhamaato Aayada ugu dambaysa akhriskeedu.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Abaal marintu waxay waafaqsan tahay camalka la qabto tiro ahaan iyo tayo ahaanba.
 Waxaa la isku booriyey Qur'aanka akhrintiisa, itqaanintiisa, xifdintiisa, tadaburkiisa, iyo ku camal falkiisa.
 Janadu waa heerar iyo darajooyin badan, dadka Ahlu Qur'aanka ahi darajooyinka ugu sareeya ayey dagayaan.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/so/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>qofka  Qur'aanka kor u akhriya wuxuu la mid yahay Qofka Sadaqada muujiya, Qofka Quraanka siraystan wuxuu la mid yahay Qofka Sadaqada siraystay</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Cuqba Binu Caamir Aljuhani Allaha ka raali noqde waxaa laga wariyey nuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "qofka  Qur'aanka kor u akhriya wuxuu la mid yahay Qofka Sadaqada muujiya, Qofka Quraanka siraystan wuxuu la mid yahay Qofka Sadaqada siraystay".</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay Qofka  muujiya Qur'aanka akhrintiisa inuu la mid yahay Qofka muujiya Sadaqada bixinteeda, Qofka akhrinta Qur'aanka qarsadana uu la mid yahay Qofka Sadaqada bixinteeda qarsada.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Qur'aanka akhrintiisa in la qariyo ayaa fadli badan, sida qarinta Sadaqaduba ay u fadli badan tahay, waayo waxaa ku jira ikhlaas iyo iyado laga fogaado istustus iyo is cajabin, inay dan iyo maslaxadi keento muujintiisa mooye, sida barida Qur'aanka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>waxaan idin farayaa Ilaahay cabsidi, iyo inaad maqashaan oo adeecdaan midka idiin madaxda ah hadii xataa uu yahay Adoon Xabashi ah, waxaad arki doontaan gadaashayda muran iyo is khilaaf daran, waxaan idiin dar-daarmayaa Sunadayda iyo Sunada khulafaa'u Raashidiinta hanoonsan ee iga dambaysa-</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>Cirbaad Binu Saariyah Ilaahay ka raali ahaadee waxaa laga wariyey inuu yiri: Nabigaa naxariis iyo nabadi korkiisa ha ahaatee Maalin ayuu na dhex istaagay oo na wacdiyey, wacdi xeel dheer oo Quluubteenu cabsatay, Indhahayaguna ilmeeyeen, waxaana lagu yiri: Rasuulka Ilaahayow waxaad na wacdiday wacdi sagootin ah ee noo samee balan qaad, wuxuu ku yiri: " waxaan idin farayaa Ilaahay cabsidi, iyo inaad maqashaan oo adeecdaan midka idiin madaxda ah hadii xataa uu yahay Adoon Xabashi ah, waxaad arki doontaan gadaashayda muran iyo is khilaaf daran, waxaan idiin dar-daarmayaa Sunadayda iyo Sunada khulafaa'u Raashidiinta hanoonsan ee iga dambaysa-, Gaws dambeedka ku qabsada, waxaanan idiinka digayaa wax kastoo Diinta lagu soo daro, Bidco kastaana waa Baadi ".</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>Nabiga-naxariis iyo nabadi korkiisa ha ahaatee-wuxuu wacdiyey asaxaabtiisa wacdi xeel dheer, taasoy quluubta cabsi gelisay, indhuhuna la ilmeeyeen. Waxay dheheen -Asaxaabtu-Rasuulka Ilaahayow, waxay u eg tahay waano sagootin ah, waa markay arkeen siduu ugu xeel dheeraaday Nabigu- naxariis iyo nabadi korkiisa ha ahaatee- waanada, waxay weydiisteen dardaaran ay qabasdaan gadaashiisa. Wuxuu ku yiri: waxaan idiin dardaarmayaa Ilaahay cabsidi, idinkoo la imaanaya  waajibaadka , kana tegaya  wixii la xarimay. iyo inaad maqashaan oo  adeecdaan Madaxda, xataa haduu Madax idiin noqdo Adoon ama uu xoog idinku qabsado, yacni, haduu Madax idiin noqdo dadka kan ugu liita ha nicina ee adeeca, iyadoo laga baqayo fitan, Qofkii idinka mida ee noolaada wuxuu arki doonaa khilaaf badan. Ka dib wuxuu u sheegay sida looga bixi karo khilaafkaas, taaso ah in la qabsado Sunada  Nabiga-naxariis iyo nabadi korkiisa ha ahaatee-, iyo Sunada khulafad Raashidiinta ah ee Mahdiyiinta ah ee  isaga ka dambeeya,   kuwaasoo ah: Abii Bakar Asidiiq, Cumar Binu Khaddaab, Cusmaan Binu Cafaan, Cali Binu Abii Daalib,-Allah ka raali ahaado dhamaantoode-, hadalka Rasuulka ee ah: "caduu calayhaa bina-waajidi" waa gawsaha danbe, oo uu uga jeedo in Sunada la qabsado oo lagu taagnaado. Wuxuu uga digay wax kastoo Diinta lagu soodaro oo Bidca ah, waayo Bidco walba waa baadi.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan ahmiyada ay leedahay in Sunada la qabsado oo la raaco.
 Xadiiska waxaa ku sugan in la ilaaliyo wacdiga iyo qalbi jiclcinta.
 Xadiiska waxaa ku sugan in la is amray in la raaco khulafada Raashidiinta ah ee Mahdiyiinta ah ee afarta ah ee Nabiga nabadgelyo iyo naxariis Allaha siiyee ka danbeeyey, kuwaasoo ah: Abuu Bakar, Cumar, Cusmaan, Cali -Allaha ka raali ahaadee-.
 Xadiiska waxaa ku sugan in la diiday in Diinta Bidco lagu soo daro, Bidco kastana  lumid tahay.
 Waa in la maqlo oo la adeeco cida Muuminiinta Mdax u noqota, iyadoon Macsi lagu raacayn.
 Xadiiska waxaa ku sugan in ahmiyad ay leedahay in Ilaahay casa wajala laga baqao waqti walba iyo xaalad walba.
 khilaafku wuu ka dhacayaa ummaddaan, hadii uu dhacana waa waajib in loo laabto Sunada Rasuulka nabadgelyo iyo naxariis Allaha siiyee iyo tii Khulafada Raashidiinta ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>toban aayadood, mana ay qaadan jirin tabanka kale ilaa ay bartaan waxa ku jira ee cilmi iyo camalba ah</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Abii Cabdiraxmaan Asulami Allaha u naxariistee waxaa laga wariyey inuu yiri: Wuxuu noo sheegay mid noo akhrin jiray oo asxaabta Nabiga nabadgelyo iyo naxariis Allaha siiyee, ka mid ahaa, asxaabtu waxay Rasuulka nabadgelyo iyo naxariis Allaha siiyee ka akhrisan jireen toban aayadood, mana ay qaadan jirin tabanka kale ilaa ay bartaan waxa ku jira ee cilmi iyo camalba ah, waxay yiraahdeen: waan baranay cilmigii iyo camalkiiba.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Asxaabtu Allaha ka raali ahaadee waxay Rasuulka nabadgelyo iyo naxariis Allaha siiyee ka qaadan jireen toban Aayadood oo Quraanka ah,  wax kale ma ay qaadan jirin ilaa ay bartaan waxa ku jira tobankaa ee  cilmi ah kuna camal falaan, markaasay cilmigii iyo camalkiiba isla heleen.`</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Fadliga ay leeyihiin asxaabtu Allaha ka raali noqdee iyo dadaalka ay ku bixiyeen barashada Qur'aanka.
 Qur'aanka barashadiisu waa in loo barto cilmi ahaan laguna camal falo waxa ku yaal, ee ma aha akhrintiisa iyo xifdigiisa oo keliya.
 Cilmig barashadiisa ayaa ka horaysa wax sheegida iyo camal falka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>Abaa Mundiroow, ma og tahay Aayada ugu weyn kitaabka Ilaahay ee aad hayso?) wuxuu yiri: waxaan iri:{ الله لاإله إلا هو الحيّ القيّوم} [البقرة:255]. wuxuu yiri: laabtuu  igu dhuftay, wuxuuna yiri: Abaa mundirow Ilaahay cilmi ayuu kuu hibeeyey)</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Ubaya Binu Kacab Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Abaa Mundiroow, ma og tahay Aayda ugu weyn kitaabka Ilaahay ee aad hayso?) wuxuu yiri: waxaan iri: Ilaahay iyo Rasuulkiisaa og. wuxuu yiri: (Abaa Mundiroow, ma og tahay Aayada ugu weyn kitaabka Ilaahay ee aad hayso?) wuxuu yiri: waxaan iri:{ الله لاإله إلا هو الحيّ القيّوم} [البقرة:255]. wuxuu yiri: laabtuu  igu dhuftay, wuxuuna yiri: Abaa mundirow Ilaahay cilmi ayuu kuu hibeeyey).</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuu waydiiyey Ubaya Binu Kacab Aayada ugu weyn kitaabka Ilaahay, jawaabtii wuu ka laalaabtay ka dibna wuxuu yiri: waa Aayatul-kursiga: {الله لا إله إلا هو الحيّ القيّوم }, Nabiguna wuu ku ayiday, wuxuuna  Nabigu  nabadgelyo iyo naxariis Allaha siiyee ku dhuftay Laabtiisa isago u ishaaraya inay ka  buuxdo cilmi iyo xikmad, wuxuuna ugu duceeyey inuu ku liibaano cilmigaan Ilaahayna u fududeeyo.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>waa sifo wayn oo fiican oo loo qiray Ubaya Binu Kacab Allaha ka raali noqdee.
 Ayatul Kursigu waa Aayada ugu weyn  Kitaabka Ilaahay sareeye, waxaa haboon in la xifdiyo oo lagu tadaburo macnaheeda, laguna camal falo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee markuu tago Gogoshiisa Habeen walba wuu isku qaban jirey labadiisa Sacab, wuxuu ku akhrin jiray kuna tufi jiray: { قل هو الله أحد}, iyo {قل أعوذ بربّ الفلق}, iyo { قل أعوذ بربّ النّاس}</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Caa'isha Allaha  ka raali noqde waxaa laga wariyey: Nabigu nabadgelyo iyo naxariis Allaha siiyee markuu tago Gogoshiisa Habeen walba wuu isku qaban jirey labadiisa Sacab, wuxuu ku akhrin jiray kuna tufi jiray: { قل هو الله أحد}, iyo {قل أعوذ بربّ الفلق}, iyo { قل أعوذ بربّ النّاس}, ka dibna ku masixi jiray inta uu ka gaaro Jirkiisa, isagoo ka bilaabaya  Madaxa iyo Wajigiisa iyo inta soo qaabisha Jirkiisa, seddex jeer buu samayn jiray.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee dhaqankiisa waxaa ka mid ahaa markuu tago Gogoshiisa si uu u seexdo wuxuu isku qaban jiray labadiisa Sacab isago kor u qaadaya sida Qofka ducaysanaya si khafiifa ayuu ugu tufi jiray Afkiisa Candhuufo yar, wuxuuna ku akhriyi jiray seddexda suuradood ee:{ قل هو الله أحد } iyo { قل أعوذ بربّ الفلق } iyo  قل أعوذ برب النّاس }, ka dibna wuxuu ku masixi jiray labadiisa Sacab inta uu gaaro ee Jirkiisa ah, isagoo ku bilaabaya Madaxa iyo Wajigiisa iyo soo jeedkiisa, wuuna ku celcelin jiray ficilkaa seddex jeer.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Waa suno akhrinta suuradaha saddexda ah ee: Alikhlaas iyo labada qul acuudu intaan la seexan iyo in lagu tufo gacmaha, jirkana inta laga gaaro lagu masoxo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Yuhuuda waa loo carooday, Nasaaraduna waa baadiyoobeen</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>Cadiyi Binu Xaatim -Allaha ka raali ahaadee waxaa laga wariyey in Nabiga -naxariis iyo nabadi korkiisa ha ahaatee- uu yiri: "Yuhuuda waa loo carooday, Nasaaraduna waa baadiyoobeen ."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Nabigu -nabadgelyo iyo naxariis Allaha siiyee- wuxuu sheegay in Yuhuudu yihiin duul Ilaahay u carooday, waayo intay xaqa garteen ayey ku camal fali waayeen. Kiristaankuna waa duul baadiyoobay, waayo waxay ku camal faleen aqoon la`aan.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Cilmiga iyo camalka oo la isku geeyo ayaa lagaga bad-baadayaa wadada ay mareen kuwa loo carooday iyo kuwa baadiyoobay.
 Waxaa laga digayaa wadada Yuhuuda iyo Kirishtaanku mareen, waxaana la ina farayaa inaan ku ekaano jidka toosan ee Islaamka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65061</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>Majiro Nin dambaabaya dambi, oo intuu kaco dahaara qaadanaya Salaadna tukanaaya, ka dibna istiqfaarsanaya, haduu jirose Ilaahay wuu u dambi dhaafayaa isaga</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>Cali Binu Abii Daalib-Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: waxaan ahaa nin haduu Rasuulka Ilaahay-nabadgelyo iyo naxariis Allaha siiyee- Xadiis ka maqlo Ilaahay ku anfici jiray intuu doono, haduu nin Asaxaabta Rasuulka ahi ii sheegana waan dhaarin jiray, markuu iidhaarto ayaan rumaysan jiray, Abuu Bakar baa ii sheegay,  waa run sheege, wuxuu yiri: waxaan Rasuulka Ilaahay ka maqlay-nabadgelyo iyo naxariis Allaha siiyee- isagoo dhahaya: "Majiro Nin dambaabaya dambi, oo intuu kaco dahaara qaadanaya Salaadna tukanaaya, ka dibna istiqfaarsanaya, haduu jirose Ilaahay wuu u dambi dhaafayaa isaga", intaa ka dib Aayaddanuu akhriyey: "kuwa marka ay dambi xun sameeyaan ama naftooda dulmiyaan Ilaahay xusaya ee dambi dhaaf way diisanaya" [Aala cimraan:135].</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Nabigu-nabadgelyo iyo naxariis Allaha siiyee- wuxuu sheegay in uusan jiro adoon inta uu dambaabo dambi, sifiican u wayso qaata, oo labo Rakcadood oo tawbo keen ah tukada, intaa ka dibna Ilaahay waydiista dambi dhaaf, Ilaahay uu u dambi dhaafayaa. Intaa ka dib wuxuu akhriyey Nabigu-naxariis iyo nabadi korkiisa ha ahaate, Aayadaan qur'aanka ah: {kuwa marka ay xumaan sameeyaan ama naftooda dulmiyaan Ilaahay xusaya, ee dambiyadooda Ilaahay inuu u dhaafo waydiisanaya, Ilaahay mooyee ma cid kalaa dhaafta dambiyada, kuwaasoo aan ku adkaysan dambiyada ay sameeyeen} [Aala cimraan:135].</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>waxaa lagu boorinayaa dadka Salaada ka dibna istiqfaar marka dadka dambi ka dhoco.
 Xadiiska waxaa ku sugan dambi dhaafka Ilaahay waasac nimadiisa iyo in Ilaahay aqbalaayo towbada iyo istiqfaarta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65063</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>miyaanu ahayn Ilaahii ku socodsiiyey lugaha aduunka mid awooda inuu ku socodsiiyo wajigiisa maalinta qiyaame?</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Qataada Allaha u naxariiste waxaa laga wariyey inuu yiri: Anas Binu Maalik Allaha ka raalli ahaade wuxuu noosheegay in Nin yiri: Nabiga Ilaahayow, sidee  Gaalka loo keenin Maxsharka isagoo wajigiisa ku socda? wuxu yiri: ( miyaanu ahayn Ilaahii ku socodsiiyey lugaha aduunka mid awooda inuu ku socodsiiyo wajigiisa maalinta qiyaame?) Qataada wuxuu yiri: haa,  Cisada Rabigay ayaan ku dhaartaye.</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Nabiga scw waxaa la waydiiyey: sida Gaalka loo keenin maxsharka maalinta qiyaamaha isagoo wejiga ku socda?! wuxuu yiri Nabigu scw miyaanu ahayn Ilaahii ku socodsiiyey labo lugood aduunka mid awooda inuu  ku socodsiiyo wajigiisa maalinta qiyaamaha?! Ilaahay wax walba waa awoodaa.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Gaalku waa dulaysan yahay maalinta qiyaamaha wuxuuna ku soconayaa wajigiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>dheh: laa Ilaaha Ilaa Allaah, aan kuu marag furo Maalinta Qiyaamee</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Abii Hurayra Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu ku yiri Adeerki: " dheh: laa Ilaaha Ilaa Allaah, aan kuu marag furo Maalinta Qiyaamee", wuxuu yir: Adeerki hadayna qurayshi igu ceebayn lahayn oo aysan  oranayn: waxaa ka keenay cabsi waan oron laha oo kaaga farxin lahaa, Ilaahay ayaa soo dajiyey: {Adigu ma hanuunin kartid qofkaad jeceshahay, laakiin Ilaahay ayaa hanuuniya Qofkuu doono}: [Alqasas: 56].</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka codsaday adeerki Abii Daalib isagoo sakaraadkii geerida ku jira, inuu ku dhawaaqo shahaadada, si uu ugu shafeeco Maalinta Qiyaamaha, oo uga markhaati koco inuu Islaamay, wuu diiday inuu ku dhawaaqo Shahaadada, isago ka baqaya in Qurayshi ku caydo,  oo ku tiraahdo wuxuu u Islaamay ka baqid dhimasho iyo taagdaro! wuxuu ku yiri Nabiga nabadgelyo iyo naxariis Allaha siiyee: hadayna taasi jirin qalbigaaga waa uga farxin lahaa Shahaadada, waxaanan ku tusi  lahaa waxaad jeceshahay  ilaa aad raali noqoto!, Ilaahaybaa soo dajiyey Aayada sheegaysa in Nabigu nabadgelyo iyo naxariis Allaha siiyee uusan lahayn hidaayada towfiiqda Islaamka,  balse Ilaahay casa wajala kaligi ayaa waafajiya cidii uu doono. Nabigu nabadgelyo iyo naxariis Allaha siiyee  Ummadda wuxuu ku hanuuniyaa hidaayada dalaalada, Cadynta, hanuuninta iyo inuu jidka toosan dadka ugu yeero.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Xaqa loogama tago cabsi laga qabo dadka hadlkooda.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu leeyahay hidaayada dalaalada iyo tan hanuuntinta ee malaha hidaayada towfiiqda.
 Way banaan tahay booqashada Gaalka buka si loogu yeero Diinta Islaamka.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku dadaalay inuu dadka diinta ugu yeero xaalad walba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>waxaad sheegaysid oo aad dadka ugu yeeraysid waa wax fiican, ee noo sheeg Dambiyadii aanu galay wax naga guda</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Ibnu Cabaas Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Dad ka mida Mushrikiinta, ayaa dil badan gaystay, sinadana badsaday, waxayna u yimaadeen Rasuulka nabadgelyo iyo naxariis Allaha siiyee waxayna ku dheheen:  waxaad sheegaysid oo aad dadka ugu yeeraysid waa wax fiican, ee noo sheeg Dambiyadii aanu galay wax naga guda, markaasaa waxaa soo degay: {kuwa aan Ilaahay cid kale la baryin ee aan dilin Naf Ilaahay dilkeeda xarimay in xaq lagu dilo mooyee, ee aan Sinaysan} [suuratu-furqaan:68], waxaa kaloo soo dagay: "ku dheh Adoomadaya naftooda ku xad gudbayow, ha ka quusanina naxariista Ilaahay"  [suuratu sumar:53].</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Rag Mushrikiinta ka mid ah ayaa u yimid Nabiga nabadgelyo iyo naxariis Allaha siiyee waxayna gaysteen dilal badan iyo Sino, waxay ku dheheen Nabiga nabadgelyo iyo naxariis Allaha siiyee: Diinta aad dadka ugu yeeraysaa iyo waxa laga baranaayo waa wax fiican, laakiin ka waran  muxuu yahay xaalkayagu iyo wixii aanu soo falnay ee ah, Shirki iyo Dambiyo waawayn, ma leeyihiin wax kafaaro gud ah?.
 Waxaa soo degay labada Aayadood, taasoo Ilaahay kaga aqbalay dadka towbadii iyagoo sameeyey Dambiyo badan oo  waaweyn, hadayna sidaas dhici lahayna waxay ku sii jiri lahaayeen Gaalnimadooda iyo kibirkooda mana soo galeen Diintaan.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>Xadiiska waxa ku sugan fadliga Islaamku leeyahay iyo waynidiisa iyo inuu tirtiraayo Danbiyadii ka horeeyey.
 Xadiiska waxaa ku sugan waasicnimada Raxmada Ilaahay siiyey Adoomadiisa iyo u dambi dhaafka iyo cafinta uu siiyey Adoomadiisa.
 Ilaahay wuxuu xarimay Shirkiga,  wuxuu kaloo xarimay in naf xaqdaro lagu dilo, wuxuu kaloo xarimay Sinada, iyo goodi adag oo ku soo arooray qofkii danbiyaas gala.
 Towbada runta ah oo ay la jirto Ilaahay oo loo khaalis yeelo, iyo camalka saalixa ah waxaa lagu dhaafaa dhamaan dambiyada waaweyn ee Gaalnimadu ku jirto.
 Waa la xarimay quusashada iyo in laga rajo beelo naxariista Ilaahay Isagaa nusqaan oo dhan ka hufane.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>u tag isaga waxaadna ku tiraahdaa ka mid maahid ahlu naarka,  ee waxaad ka mid tahay ahlu Janada</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali noqde waxaa laga wariyey inuu yiri: Nabiga scw wuxuu waayey Thaabit Binu Qays, nin ayaa yiri: Rasuul Ilaayahow, anaa warkiisa ku soo ogaysiin, wuu u tagay isagoo gurigiisa fadhiya, oo hoos eegaya, wuxuu ku yiri: maxaa ku helay?, wuuxuu yiri: waa shar, codkiisa ayuu codka Nabiga scw ka dulmarin jiray oo camalkiisii waa buray, wuxuun ka mid yahay ahlu naarka, ninkii Nabiguu scw u yimid oo u sheegay inuu caynkaa iyo caynkaa yiri, mar labaad ayuu ku soo noqday isagoo bishaaro wayn u wada, wuxuuna ku yiri: " u tag isaga waxaadna ku tiraahdaa ka mid maahid ahlu naarka,  ee waxaad ka mid tahay ahlu Janada.</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee  wuxuu waayey Thaabit Binu Qays-Allaha ka raali noqde-, markaasuu waydiiyey, nin baa yiri: anaa kuu soo helaaya warkiisa iyo sababta uu la maqan yahay wuu aaday, wuxuu helay isagoo murugaysan, oo hoos egaaya, oo gurigiisa jooga , wuu waydiiyey: maxaa ku helay? Thaabit wuxuu u sheegay: inuu  shar ku sugan yahay, waayo wuxuu hadalkiisa kor uga dhigi jiray hadalka Nabiga nabadgelyo iyo naxariis Allaha siiyee ,  Ilaahayna qofka sidaa sameeya wuxuu ugu yaboohay in camalkiisu buraayo oo uu Naarta gelaayo.
 Ninkii Nabiga nabadgelyo iyo naxariis Allaha siiyee ayuu ku soo noqday wuuna u sheegay warkii, Nibagaa amray ninkii inuu ku laabto Thaabit, uguna bishaareeyo inaanu ahayn kuwa naar galaya, oo uu yahay kuwa janada galaya, waayo codkiisu abuur ahaan buu u dheeraa, wuxuuna ahaa khadiibka (gud biyaha warka si dadku u wada maqlaan hadalka) Rasuulka nabadgelyo iyo naxariis Allaha siiyee iyo khadiibka reer Ansaar.</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Cadeyn Thaabit Binu Qeys-Allaha ka raali noqdee-saxaabi fadli badan oo kuwa Janada galaya inuu ahaa.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu si wayn uga war hayey Asxaabta wuuna hor meeri jiray iyaga.
 Asaxaabtu Allaha ka raali ahaadee aad bay uga cabsan jireen oo uga baqayeen in camalkoodu buro,
 Waxaa waajib ah in si edeb leh loola hadlo Rasuulka nabadgelyo iyo naxariis Allaha siiyee noloshiisa, hoosna loo dhigo codkiisa marka la maqlo sunadiisa dhimashadiisa ka dib.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>dadoow, Ilaahay ayaa idinka bixiyey kibirkii Jaahiliyada, iyo ku faanideedii Aabayaashood</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>Ibnu Cumar Allaha ka raali ahaado isaga iyo Aabihiye waxaa laga wariyey: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee dadka ayuu u khudbeeyey Maalintii Makah la furay, wuxuuna yiri: "dadoow, Ilaahay ayaa idinka bixiyey kibirkii Jaahiliyada, iyo ku faanideedii Aabayaashood, dadku waa laba qof uun: mid baari ah oo taqi ah, Ilaahayna kariim ku ah, iyo mid faajir ah  oo hooge ah, oo aan Ilaahay qiimo la lahayn, dadku waa ilma Nabi Aadam, Aadamna ciidaa Ilaahay ka abuuray, Ilaahay wuxuu yiri:{ dadoow, waxaan idinka abuuray lab iyo dhadig, waxaana idinka yeelay Shucuub iyo Qabiilo, si aad isku aqoonsataan, Ilaahay xagiisana waxaa ugu qiimo badan kan idiinku taqwada badan, Ilaahay waa kii cilmi badan oo khibrad badan} [Al xujuraat:13]).</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Nabigaa nabadgelyo iyo naxariis Allaha siiyee wuxuu u khudbeeyey dadka Maalinta makah la furay, wuxuuna yiri: dadow, Ilaahay ayaa idinka kor qaaday oo idinka bixiyey  kibirkii Jaahiliyada iyo islawaynideedii iyo iskugu faanidii Aabayaasha, dadku  waa labo nuuc uun:
 Waa mid Muumin Baari ah Taqina ah oo Ilaahay casa wajala adeecay caabudayna, kaasi Ilaahay kariim ayuu ku yahay, yuuba ahaane mid sharaf iyo nasab dadka ku dhex lehe.
 iyo mid Gaal Faajir ah oo Hooge ah, kaasina Ilaahay xagiisa wuxuu ka yahay mid aan qiimo lahayn oo duli ah oo aan waxba ahayn, haba haado mid nasab ama waji iyo Saldano lehe.
 Dadka dhamaantood waa ubadkii Aadam, Aadamna Ilaahay wuxuu ka abuuray ciid, kuma haboona mid asalkii laga abuuray ciid yahay inuu kibro oo uu is cajabiyo, waxaana u daliil ah qawlka Ilaaay casa wajala yiri: {dadoow anagaa idinka abuurnay lab iyo dhadig, waxaanan idinka yeelnay Shucuub iyo Qabiilo, si aad isku garataan, xaga Ilaahay waxaa idiinku karaamo badan kan idiinku taqwo badan, Ilaahay waa cilmi badane khibrad badan.} [al-xujuraat:13].</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Waa la reebay in la isugu faano Nasabka iyo Qabiilka.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[waxaa wariyey tirmidi iyo ibn xibbaan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65074</t>
   </si>
   <si>
-    <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>{waan idin waydiindoonaa maalinta qiyaamaha nicmooyinka Ilaahay idinku galadaystay}</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>Subeyr Binu Cawaam Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Markay soo dagtay:  {waan idin waydiindoonaa maalinta qiyaamaha nicmooyinka Ilaahay idinku galadaystay} [ suurada takaasur:8], wuxuu yiri Subeyr: Rasuulka Ilaahayow, nicmooyinkee nala waydiinayaa, ma labada madmadaw ee timirta iyo biyaha? wuxuu yiri: "sidaas ayey noqon".</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>markay soo degtay aayada: {Waa la idin waydiin maalinta qiyaamaha nicmooyinkan}, waa la idin waydiin inaad la timaadeen mahadnaqa nicmooyinka Ilaahay idinku galadaystay, Subeyr Binu Alcawaam ayaa yiri -Allaha ka raali ahaade: Rasuulka Ilaahayow nabadgelyo iyo naxariis Allaha siiyee, nicmooyinkee ayaa nalawaydiin doonaa?! waxaanba haysanaa waa laba nicmoo su'aalba mudnayn in wax nalaga waydiiyee kuwaasoo ah timirta iyo biyaha!
 Nabigu scw wuxuu yiri: adinka waa la idin waydiin doonaa  nicmooyinka xataa xaaladan aad ku sugan tihiin iminka, waayo labadani waa labo nicmo oo waawayn oo nicmooyinka Ilaahay ka mid ah.</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>Waxaa la adkeeyey in Ilaahay sareeye looga mahadnaqo nicmooyinka badan.
 Nicmooyinka waa la waydiin adoonka maalinta qiyaamaha ha yaraato ama ha badnaatee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>Waxaa jiri doona ummaddayda aakhirkeeda dad idiinka sheekayn doona wax aydaan maqal idinka iyo aabayashiin, iska jira oo ka digtoonaada</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey in Rasuulka nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Waxaa jiri doona ummaddayda aakhirkeeda dad idiinka sheekayn doona wax aydaan maqal idinka iyo aabayashiin, iska jira oo ka digtoonaada".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inuu ka soo bixi doono Ummaddiisa aakhiru samaanka dad beenta sameeya, oo dadka u sheega wax cid uga horaysay oo sheegtay ayna jirin, kuwaa soo been aan jirin u sheegi doona dadka, Nabiguna nabadgelyo iyo naxariis Allaha siiyee wuxuu ina faray inaan kuwaa ka fogaano, oo aynaan la fariisan dhagaysana warkooda, si aysan warkoodaa beenta ahi inoogu yeelan saamayn aynu iska dayn kariwayno.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku jira calaamad ka mid ah calaamadaha nabinimada, oo Nabiga nabadgelyo iyo naxariis Allaha siiyee, isagu ka sheegay waxa ka dhici doona Ummaddisa, siduu sheegayna noqday.
 Waa in laga fogaado kuwa beenta ka sheegaya Rasuulkeena iyo Diinta Islaamkaba oo aan la dhagaysan beentooda.
 Waxaa laga digayaa in la iska qaato xadiiska ama la faafiyo in la hubiyo inuu sax yahay oo sugan yahay mooyee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>qor Allaha naftaydu Gacantiisa ku jirtaan ku dhaartee, xaq waxaan ahani kama soo baxaane</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Camar Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Waxaan qori jiray wax kastoo aan ka maqlo Rasuulka nabadgelyo iyo naxariis Allaha siiyee anoo raba inaan xifdiyo, waxaa ii diiday arinkaa quraysh, waxayna i dheheen: ma waxaad Rasuulka ka qoraysaa wax kasta oo aad ka maqasho, Rasuulkuna nabadgelyo iyo naxariis Allaha siiyee waa bashar oo caro iyo caro la'aanba wuu hadlayaa?, waan joojiyey qoraalkii, waxaanan u sheegay Rasuulka nabadgelyo iyo naxariis Allaha siiyee, wuxuu afka ku fiiqay fartiisa, wuxuuna yiri: "qor Allaha naftaydu Gacantiisa ku jirtaan ku dhaartee, xaq waxaan ahani kama soo baxaane."</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Camar wuxuu yiri: Allaha ka raali ahaadee waxaan ka qori jiray Rasuulka nabadgelyo iyo naxariis Allaha siiyee wax kastoon ka maqlo, si aan qoraalka ugu xifdiyo, rag quraysh ka mida ayaa ii diiday, waxay i dheheen: Rasuulku waa bashar oo wuu hadlayaa isago caraysan ama faraxsan wuuna gafi karaa ee ka jooji qoraalka.
 Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaan u sheegay waxay igu dheheen ragaasi, wuxuuna ku ishaaray fartiisa Nabigu nabadgelyo iyo naxariis Allaha siiyee afkiisa, wuxuuna yiri: qor,  Allaha naftaydu gacantiisa ku jirtaan ku dhaartee waxan xaq ahayni kama soo boxo xaalad walbee, caro iyo caro la'aanba.
 Ilaahay sareeye wuxuu ka yiri Nabigiisa scw: "Nabigu hawadiisa kama hadlo * ee wuxuu ku hadlaa waxyi loo waxyooday" [suurada Anajm 3-4].</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee, macsuum ayuu ku yahay Diinta Rabigiis uu ka gaarsiinayo dadka, markuu ku jiro caro iyo faraxba.
 Asaxaabtu aad bay ugu dadaali jireen ilaalinta iyo xifdinta sunada Rasuulka scw iyo gaarsiinteeda.
 Dhaartu way banaan tahay marka aanad u dhaaranayn wax dan ku jirto, sida adoo adkaynaya arin.
 Cilmiga oo la qoro waa asbaabta ugu muhimsan ee lagu xifdiyo cilmiga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuu u wayso qaadan jiray Salaad walba</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>Camar Binu Caamir wuxuu ka wariyey Anas Binu Maalik inuu yiri: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuu u wayso qaadan jiray Salaad walba, waxaan ku iri: maxaad sameyn jirteen?, wuxuuna yiri: waxaa ku filnaa midkayo waysadiisa mar hadaanay ka jabin.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee Salaad walba oo faral ah wuu u weyso qaadan jiray, xataa hadaan waysadu ka jabin, waana si uu  uga helo ajar iyo fadli.
 Waxaa banaan in lagu tukado hal weyso Salaadaha faral ka ah hal ka badan intuu weysadiisa qabo.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee ficilka uu ugu badanaa ee uu samayn jiray wuxuu ahaa inuu Salaad walba u weyso qaato, isagoo doonaya sida ugu kaamilsan.
 Waa Suno in Salaad walba loo weyso qaato.
 Way banaan tahay in lagu tukado hal weyso hal Salaad wax ka badan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee markuu weyso qaadanayo wuxuu dhaqi jiray mar mar kaliya</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>Ibnu Cabaas Allaha ka raali noqdo isaga iyo Aabihiye waxaa laga wariyey inuu yiri Nabigu nabadgelyo iyo naxariis Allaha siiyee markuu weyso qaadanayo wuxuu dhaqi jiray mar mar kaliya.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa waqtiyada qaar markuu weyso qaadanayo,  xubinaha weysada wuxuu dhaqi jiray hal mar, wuxuu dhaqi jiray Wajiga, luqluqushada, San daarsiga, Gacmaha iyo Lugaha hal mar, waana intaas qadarka waajibka ahi.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Xubnaha weysada inta waajibka ah in la dhaqo waa hal mar, wixii intaa ka badani waa Sune.
 Waa Sharci weysada hal mar la dhaqayo waqtiyada qaarkood.
 Waa Sharci in Madaxa hal mar la masaxo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu weysadiisa dhaqay xubnaha labo mar labo mar</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Seyd Allaha ka raali ahaadee waxaa laga wariyey: Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu weysadiisa dhaqay xubnaha labo mar labo mar.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa xiliyadiisa qaar haduu weyso qaadanayo xubnaha weysada wuxuu dhaqi jiray labo mar, wuxuu dhaqi jiray wajiga-oo uu ku jiro luqluqushada iyo san daarsigu, gacmaha iyo lugaha labo mar.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Waajibka dhaqida xubnaha weysada waa hal mar, wixii ka badani waa Suno.
 Waa Sharci in weysada la dhaqo xubnaha  labo mar labo mar waqtiyada qaarkood.
 Waa sharci in Madaxa la masaxo hal mar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>Hadii Qofkiin Calooshiisa shay ka dareemo,  oo uu ka shakiyo in wax ka yimaadeen iyo in kale, yaanu ka bixin Majidka ilaa uu maqlo cod ama uu ur dareemo</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri:  Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Hadii Qofkiin Calooshiisa shay ka dareemo,  oo uu ka shakiyo in wax ka yimaadeen iyo in kale, yaanu ka bixin Majidka ilaa uu maqlo cod ama uu ur dareemo.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey hadii Qofka tukanaaya calooshiisa ka dareemo dhaqdhaqaaq oo uu kala garan waayo in wax ka yimaadeen iyo in kale, yaanu Salaada ka bixin oo jarin si uu u soo weyso qaato, ilaa uu hubsado inuu jiro shay weysadiisii ka buriyey, taaso ah inuu maqlo Neef codkeed ama uu uriyo Neef, maxaa yeelay Qofka huba weysada shaki kama buriyo, Qofkuna wuu hubaa weysadiisii, shayga dhaqaajiyey ayaa shaki ah.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>Xadiiskani waa asal ka mida asalada Islaamka iyo qaacido ka mida qaacidooyinka fiqiga, waana: yaqiin shaki laguma suuliyo, asalkuna wuxuu baaqi ku ahaanayaa sidiisa ilaa la hubsado wax sidiisa ka duwan.
 Shakigu ma saameeyo dahaarada, Qofka tukanayaana dahaaradiisii ayuu qabaa ilaa uu hubsado inay burtay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>Waxaa muslim kasta xaq ku ah, inuu qubaysto todobadii Maalmoodba Maalin, oo dhaqo Madaxiisa iyo Jirkiisoo dhan</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: " Waxaa muslim kasta xaq ku ah, inuu qubaysto todobadii Maalmoodba Maalin, oo dhaqo Madaxiisa iyo Jirkiisoo dhan".</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay inay xaq sugan ku tahay Qofkastoo Muslima qaan gaara, caaqila, inuu qubaysto todobada bari ee Usbuuca Maalin, oo uu Maalintaa uu dhaqo Madaxiisa iyo dhamaan Jirkiisa, isagoo ka doonaya nadaafad iyo dahaaro, waxaana maalmahaa ugu haboon maalinta Jumcaha, sida laga fahmayo riwaayadaha qaarkood, qubayska maalinta jumcaha salaada ka hor waa suno  aad loo adkeeyey, xataa haduuba qubaystay khamiistii tusaale ahaan, waxaana waajibnimada ka leexiyey, hadalkii Caa'isha-Allaha ka raali ahaadee-: "Waxay ahaayeen dadku kuwo shaqooyinkooda ku jira, markay salaada jumcada tagayaana sidoodaa ayey ku tagayeen, waxaana lagu yiri:  hadaad soo qubaysan la haydeen", bukhaari ayaa wariyey, riwaayad kale oo bukhaari leeyahay waxay ahayd: "waxay dadku lahaayeen shiir "  waana shiirka dhididka iyo wixii la mida, sidaasoo ay tahay waxaa lagu yiri: " hadaad soo  qubaysan lahaydeen", dadka kalena waa kaga sii haboon yihiin.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>Islaamku ahmiyad iyo dhawrid ayuu siiyey nadaafada iyo dahaarada.
 Maalinta jumcada in loo qubaysto salaada waa suno la hubo.
 Hadii jirka la xuso waxaa soo galaya madaxa hadana si gaara ayaa loo xusay ahmiyadiisa awgeed.
 Waxaa waajib ku ah inuu qubaysto qofkastoo leh shiir dadku dhibsanayaan.
 Maalinta ugu mudan qubayska waa maalinta Jumcaha wuxuu sii muhiim yahay maalinta jumcaha, fadliga uu leeyahay maalinkaasi darti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaan u imid anigo doonaya inaan Islaamo, markaasuu wuxuu i faray inaan ku soo qubaysto biyo iyo gob</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>Qays Binu Caasim -Allaha ka raali ahaadee- waxaa laga wariyey inuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee ayaan u imid anigo doonaya inaan Islaamo, markaasuu wuxuu i faray inaan ku soo qubaysto biyo iyo gob.</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>Qays Binu Caasim ayaa Nabiga nabadgelyo iyo naxariis Allaha siiyee u yimid isagoo inuu islaamo raba, wuxuuna Nabigu scw ku amray inuu ku soo qubaysto biyo iyo geedka gobka, waayo caleenta gobka waxaa loo adeegsadaa nadaafada, waayo udgoon ayuu leeyahay.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Waa sharci inuu soo qubaysto gaalku markuu Islaamayo.
 Diinta Islaamku waa diin sharaf leh oo ahmiyad siisey jirka  iyo ruuxdaba.
 Biyahu haday ku darsamaan wax yaabaha daahirka ah daahirnimadiisa kama qaadayaan.
 Halka gobka waxaa galaya wax yaabaha nadaafada loo isticmaalo ee cusub, sida saabuunta iyo wixii la mida.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>Markuu dhoho Mu'addinku: Allaahu akbar Allaahu akbar, ee midkiin dhoho: Allaahu akbar Allaahu akbar</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Cumar Binu Khadaab Allaha ka raali ahaade waxaa laga wariyey inuu yiri Rasuuulka Ilaahay nabadgelyo iyo naxarasiis Allaha siiyee wuxuu yiri: "Markuu dhoho Mu'addinku: Allaahu akbar Allaahu akbar, ee midkiin dhoho: Allaahu akbar Allaahu akbar, haddana dhoho: Ashhadu Allaa Ilaaha Ilaa Allaah, uu ka daba dhoho: Ashhadu Allaa Ilaaha ilaa Allaah, haddana dhaho: Ashhadu Ana Maxamedan Rasuul Allaah, ee ka daba dhoho: Ashhadu ana Maxamedan Rasuul Allaah, haddana dhoho: xaya cala Salaah, isna dhoho: laa xawla walaa Quwata illaa Billaah, hadana dhoho: xaya calal falaax, isna dhoho: laa xawla walaa Quwata ilaa Billaah, haddana dhoho: Allaahu akbar Allaahu akbar, isna ka daba  dhoho: Allaahu akbar Allaahu akbar, haddana dhoho: laa Ilaaha ilaa Allaah, isna ka daba dhoho: laa Ilaaha Ilaa Allaah isago ay qalbiga ka tahay Janaduu gelayaa".</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Aadaanku waa ogaysiin dadka la ogeysiinayo soo gelida waqtiga Salaada, erayada Aadaanku waa erayo caqiidada rumaynta Ilaahay ku dhan yahay.
 Xadiiskan Nabigu nabadgelyo iyo naxarasiis Allaha siiyee wuxuu ku cadeyey inay Sharci tahay Qofku markuu Aadaanka maqlo, in Qofka maqlaya uu yiraahdo sida Mu`adinku leeyahay oo kale, oo hadii Mu`adinku yiraahdo: "Allaahu akbar'' Qofka maqlaya wuxuu oran: '' Allaahu akbar '', sidaasuu u wadayaa, markuu soo gaaro Mu'adinku '' xaya cala Salaat '', xaya calal-falaax '', wuxuu oran Qofka maqlayaa Aadaanka: '' laa xawla walaa quwata ilaa Bilaah ''.
 Wuxuu kaloo cadeeyey Nabigu nabadgelyo iyo naxarasiis Allaha siiyee in qofka ka daba  dhaha Mu'adinka erayada Aadaanka isago ay qalbi iyo daacad ka tahay inuu Janada gelayo.
 Macnaha Erayada Aadaanku waa: '' Allaahu akbar '': Ilaahay baa wax walba ka weyn oo ka mudan.
 '' Ashhadu alaa Ilaa Ilaaha Ilaa Allaah '':Iilaah xaq lagu caabudo oo aan Ilaahay ahayn ma jiro.
 ''Ashhadu ana Maxamedan Rasuulu Allaah ": waxaan markhaati ka ahay oo ka qirayaa carabkayga iyo qalbigayga inuu Maxamed yahay Rasuul Ilaahay casa wajala soo diray, in la adeecona ay waajib tahay.
 ''Xaya cala Salaat'', u kaalaya Salaada, hadalka Qofka maqlaya Aadaanka ee: ''laa xawla walaa quwata ilaa billaah'' waa: ma jirto xeelad gaara oo aanu kaga bixi karno wixii daacada naga hor joogsada, xoog iyo awoodna uma lihin aan shay ku samayno Ilaahay inuu nawaafajiyo mooyee.
 ''Xaya calal-falaax'', u kaalaya asbaabta liibaanta, taasoo ah in lagu guulaysto Janada lagana bad-baadada Naarta.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>fadli ayuu leeyahay in laga daba dhoho   Mu'adinka erayada uu oranayo marka laga reebo ''xaya cala Salaat iyo xaya calal-falaax'', taasoo uu oranayo ''laa xawla walaa Quwata ilaa Billaah''.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>Hadii aad maqashaan Mu'adinka dhaha wuxuu dhahayo, anigana igu saliya</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>Cabdullaahi Binu Camar Binu Caas Allaha ka raali ahaade waxaa laga wariyey inuu ka maqlay Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Hadii aad maqashaan Mu'adinka dhaha wuxuu dhahayo, anigana igu saliya, waayo Qofka igu saliya hal mar Ilaahay ayaa toban jeer ku saliya, ka dibna ii weydiiya Ilaahay wasiila, wasiiladu waa darajo Janada ku taal, oo aan ku haboonayn Adoon ka mida Adoomada Ilaahay mooyaane, waxaanan rajaynayaa inaan noqdo Adoonkaas, Qofka ii waydiiya wasiila waxaa gaaraya Shafaacadayda".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu Ummaddiisa ku booriyey i Qofka maqla Mu'adinka Salaada u adimaya inuu ka daba dhoho wuxuu leeyahay Mu'adinku, marka laga reebo xay calataynka, labadaa wuxuu ka daba dhahayaa: laa xawla walaa quwata ilaa Billaah, ka dib Nabiga nabadgelyo iyo naxariis Allaha siiyee ayuu ku saliyayaa marka Aadaanku dhamaado, Qofka hal mar ku saliya sababteeda Ilaahay wuxuu ugu saliyaa toban Salaadood, Salaada Ilaahay ku saliyaayo Adoonkiisa macnaheedu waa in Ilaahay Adoonka ku amaanayo malaa`igta agteeda.
 Ka dib wuxuu faray Rasuulku nabadgelyo iyo naxariis Allaha siiyee in Ilaahay loo weydiiyo ''wasiila'', waana darajo Janada ka mida, waana tan ugu saraysa, waana darajo aan ku haboonayn una qalmin hal Adoon oo Adoomada Ilaahay ka mida mooyee, waxaanan Ilaahay ka rajaynayaa inaan noqdo Adoonkaa, Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sidaa u yiri waa tawaaduc,  waayo hadii darajadaas sare hal Qof mudan yahay, Qofkaasi isaga maahee cid kale ma noqonaayo, waayo isagaa ugu fadli badan khalqiga.
 Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in qofka Ilaahay Nabiga uga barya ''wasiilo'' inuu halayo shafaacada Nabiga scw.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Waxaa la isku boorinayaa in la ajiibo Mu'adinka.
 Nabiga nabadgelyo iyo naxariis Allaha siiyee in lagu saliyo fadli ayey leedahay Mu`adinka marka la ajiibo ka dib.
 Waxaa la isku boorinayaa in Nabiga nabadgelyo iyo naxariis Allaha siiyee Ilaahay loo waydiiyo  ''wasiila'' marka lagu saliyo isaga ka dib.
 Wasiiladu waa darajo sare, oo Adoon qura maahee cid kale u qalmin.
 Waxaa la cadeeyey Nabiga nabadgelyo iyo naxariis Allaha siiyee fadligiisa waxaana lagu gaar yeelay darajadaas sare.
 Qofka Ilaahay u waydiiya Nabiga nabadgelyo iyo naxariis Allaha siiyee ''wasiila'' shafaacadiisa ayuu helayaa.
 Waxaa la cadeeyey Nabiga nabadgelyo iyo naxariis Allaha siiyee tawaaduciisa waayo wuxuu weydiistay Ummaddiisu inay Ilaahay uga barido darajadaas sare, iyadoo darajaas isaga la siin doono.
 Waa Ilaahay fadligiisa iyo naxariistiisa waasaca ah,  oo halka xasano waxay u dhigantaa toban iyada la mida.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>Qofka salaad ilaawa ha tukado markuu xasuusto, kafaaro gud kale malaha oo intaa ahayn</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>Anas Binu Maalik Allaha ka raali ahaade waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Qofka salaad ilaawa ha tukado markuu xasuusto, kafaaro gud kale malaha oo intaa ahayn: {salaada u oog xuskayga} [suuratu Daaha:14]".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey Qofka ilaawa Salaad faral ah ee waqtigeedii baxay, waxaa ku waajib ah  inuu u deg-dego qalaynteeda marka uu xasuusto, dambiga ka tagida Salaada laga dhaafimaayo oo Ilaahay ma asturayo in Muslimku uu tukado markuu xasuusto maahee, Ilaahay ayaa Kitaabkiisa ku yiri: {Salaada u oog xuskayga dartii} [suuratu: daaha:14], oog oo tuko Salaada aad ilawdo markaad xasuusato.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Waxaa la cadeeyey ahmiyada Salaada iyo inaan la fududaysan gudashadeeda iyo qalaynteeda.
 Ma banaano in Salaada laga dib dhigo waqtigeeda, cudur daar la'aan.
 Waa waajib inuu qaleeyo qofka ilaawa salaada markuu xasuusto, kan hurdaana markuu tooso.
 Salaada in durba la qaleeyo waa waajib haba ahaato waqtiyada Salaada la reebaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>qofka Ilaahay darti Masaajid u dhisa isagana Ilaahay ayaa Janada uga dhisa mid la mid ah</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>Maxamud Binu Labiid Allaha ka raali ahaadee waxaa laga wariyey: Cusmaan Binu Cafaan ayaa damcay inuu Masaajidka dhiso, dadkiina way dhib sadeen arinkaa, oo waxay jeclaysteen inuu sidiisa u daayo, wuxuuna yiri: waxaan ka maqlay Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "qofka Ilaahay darti Masaajid u dhisa isagana Ilaahay ayaa Janada uga dhisa mid la mid ah".</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>Cusmaan Binu Cafaan-Allaha ka raali ahaadee- wuxuu damcay inuu dib u dhiso Masaajidka Nabiga nabadgelyo iyo naxariis Allaha siiyee, qaab ka wanaagsan qaabkii hore, dadkii ayaase dhibsaday arinkaa, waayo waxaana ku jira in la badalo qaabkii loo dhisay Masjidka waqtigii Nabiga nabadgelyo iyo naxariis Allaha siiyee, wuxuuna ka dhisnaa Masaajidku Bulukeeti, Saqafkiisuna wuxuu ahaa laamaha Timirta, laakiin Cusmaana wuxuu damcay inuu ka dhiso Dhagax iyo Nuurad, wuxuu Cusmaan sheegay inuu ka maqlay Rasuulka nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: Qofka Msaajid dhisa, isagoo raali ahaanshaha Ilaahay ku doonaya, is tustus iyo magac doona ka ahayn, Ilaahay wuxuu ku abaal marinayaa abaal marinta ugu fadliga badan oo nuuca camalkiisa ah, kaaso ah in Ilaahay uga gadhisayo Janada mid la mida.</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Waxaa la isku booriyey in Masaajida la dhiso iyo arinkaasi fadliga uu leeyahay.
 Balaarinta Masaajidka iyo cusboonaysiintiisu waxay soo galayaan fadliga dhismaha Masajidka.
 Acmaasha oo dhan in Ilaahay loo khaalis yeelo ahmiyad ayey leedahay.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>Salaada lagu tukado Masajidkaygan waxay ka khayr badan tahay kun  Salaadood oo lagu tukaday Msaajida kale ee isaga kasoo haray marka laga reebo Masajidka Xaramka</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey Nabiga nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Salaada lagu tukado Masajidkaygan waxay ka khayr badan tahay kun  Salaadood oo lagu tukaday Msaajida kale ee isaga kasoo haray marka laga reebo Masajidka Xaramka".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey fadliga ay leedahay Salaada lagu tukado Masajidkiisa, iyo inay ka fadli badan tahay kun Salaadood oo Masaajida kale ee dhulka, ee aan ahayn Masajidka Xaramka Makkah, waayo Masaajidka Xaramka Makkah Salaada lagu tukadaa way ka fadli badan tahay tan lagu tukado Masjidka Nabiga nabadgelyo iyo naxariis Allaha siiyee.</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>Ajarka Salaada lagu tukado Masaajidka Xaramka iyo Masaajidka Nabiga waa la laalaabaa.
 Salaada Masaajidka Xaramku waxay ka fadli badan tahay boqol kun oo Salaadood oo Masaajida kale lagu tukado.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>Hadii midkiin soo galo Masaajidka ha tukado labo Rakcadood, intaanu fariisan</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>Abii Qataada Alsalami Allaha ka raali ahaadee waxaa laga wariyey Rasuulka nabadgelyo iyo naxariis Allaha siiyee inuu yiri: "Hadii midkiin soo galo Masaajidka ha tukado labo Rakcadood, intaanu fariisan".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Wuxuu ku booriyey Nabigu nabadgelyo iyo naxariis Allaha siiyee Qofka soo gala Masaajid waqtigay doontaba ha ahaatee iyo ujeedaduu doonaba ha u soo galee, inuu tukado labo Rakcadood, intaanu fariisan, waana labada Rakcadood ee Taxiyatul Masjidka.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Waxaa Suno ah in la tukado labo Rakcadood oo Taxiyatul Masjidka intaan la fariisan.
 Labada Rakcadood waxaa laga rabaa waa Qofka doonaya inuu Masaajidka fariisto, Qofkase soo gala ee ka baxa intaanu fariisan ma soo galayo amarkaas.
 Haduu Qofku soogalo Masaajidka dadkuna Salaada ku jiraan oo uu la galo Salaada, way kaga filan tahay labadii Rakcadood.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>Hadii midkiin soo galo masaajidka ha dhoho: Allahayow iifur Albaabada Naxariistaada, haduu baxayana ha dhoho: Allahayow waxaan ku waydiisanayaa Fadligaaga</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>Abii Xamiid ama Abii Usayd waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Hadii midkiin soo galo masaajidka ha dhoho: Allahayow iifur Albaabada Naxariistaada, haduu baxayana ha dhoho: Allahayow waxaan ku waydiisanayaa Fadligaaga ".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku booriyey Ummaddiisa ducada la oranaayo marka Masaajidka la soo galayo:(Allahayow ii fur Albaabada Naxariistaada), oo Ilaahay la waydiisto inuu u diyaariyo asabaabta lagu helo Naxariistiisa, markuu Qofku damco inuu ka boxo Masaajidkana uu dhoho: (Allahayow waxaan ku waydiisanayaa Fadligaaga), oo Ilaahay uu waydiisto Fadligiisa uuna u siyaadiyo ixsaankiisa ay ka mid tahay irsaaqada xalaasha ah.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Waa Suno in lagu ducaysto ducadan marka Masaajidka la gelayo iyo marka laga baxayaba.
 Waxaa loogu gaar yeelay Raxmada waqtiga gelitaanka Masaajidka, Fadligana waqtiga laga bixiyo: waa in Qofka sii gelaya Masaajidka uu ka shaqaynaayo wax u dhawaynaya Ilaahay iyo Janadiisa markaasay munaasab u noqotay in la xuso Raxmada, haduu ka boxo Masjidkana wuu shaqo tagayaa isago raadinaaya Ilaahay fadligiisa risqigu ka mid yahay, markaas ayey munaasab noqotay in Fadliga la xuso.
 Adkaartaan waxaa la oranayaa marka la rabo in masjidka la galo, iyo marka la rabo in laga soo boxo Masjidka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>Ninka iyo Shirkiga iyo Gaalnimada waxaa u dhexeeya Salaada oo uu ka tago</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Jaabir Binu Cabdullaahi Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: waxaan ka maqlay Nabiga nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: "Ninka iyo Shirkiga iyo Gaalnimada waxaa u dhexeeya Salaada oo uu ka tago".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ka digay in laga tago Salaada faralka ah, wuxuuna sheegay in ninku ku dhoco Sharki iyo Kufri ay ka xigto inuu Salaada ka tago, Salaadu waa tiirka labaad ee tiirarka Islaamka, maqaamkeeduna wuu ku weyn yahay Islaamka, Qofka iskaga taga isagoo inkirsan waajib ahaanteeda Muslimiintu way isku raacsan yihiin inuu Gaaloobay, Qofka uga taga Salaada wahsi iyo fudaydsi wuu Gaaloobay, inay Asaxaabtu sidaa isku raacday baana la soo wariyey, haduu waqtiyada qaarna tukanaayo qaarna iska daynaayo wuxuu khatar ugu jiraa goodigaas adag.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Salaadu ahmiyad ayey leedahay in la ilaaliyaana waa muhiim, waxayna kala saaraysaa kufriga iyo iimaanku.
 Digniin adag ayaa ku soo aroortay ka tagida Salaada iyo dayaceeda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>Balanta u dhaxaysa inaga iyo iyaga waa Salaada, Qofkii ka tagaana wuu Gaaloobay</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Burayda Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri:e "Balanta u dhaxaysa inaga iyo iyaga waa Salaada, Qofkii ka tagaana wuu Gaaloobay".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in balanta iyo heshiiska u dhaxaysa Muslimiinta, Gaalada iyo Munaafiqiinta uu yahay Salaada, qofkii Salaada ka tagaana uu Gaaloobay.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan weynida xaalka Salaada, waayo iyadaa kala saarta Muuminka iyo Gaalka.
 Axkaanta Islaamka Qofka waxaa loo qaban wixii ka muuqda xaalkiisa kore ee uurkiisa looma eegayo.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[waxaa wariyey tirmidi,nasaa.i,ibn maajah,Axmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>Bilaalow, Salaada aqiim oo noogu raaxee</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Saalim Binu Abii Jacdi Allaha ka raali ahaade waxaa laga wariyey inuu yiri: nin ayaa yiri: shalaytadaydee maan tukado oo aan nasto, waaba iyadoo aad moodid inay arinkaas ay ku ceebeeyeen, wuxuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee waxaan maqlay isagoo dhahaya: "Bilaalow, Salaada aqiim oo noogu raaxee".</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>Nin Saxaabada ka mid ahaa ayaa yiri: shalaytadaydee maan tukado oo aan raaxaysto, dadkii la fadhiyey ayaa arinkaa ku ceebeeyey, wuxuu yiri: Nabiga nabadgelyo iyo naxariis Allaha siiyee  ayaan ka maqlay isagoo dhahaya: Bilaalow! kor u qaad Aadaanka oo Salaada aqim, si aan ugu raaxaysano, taasina  waa waxa ku jira Salaada ee ah Ilaahay  la sheekaysigiisa iyo raaxada Ruuxda iyo Qalbiga ah.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Raaxada Qalbigu Salaaday ku jirtaa, waayo waxaa ku jira Salaada Ilaahay la sheekaysigiisa.
 Waa in lagu inkiro Qofka cibaadada ka Caga jiida.
 Qofka guta waajibka saaran, ee masuuliyada saaran ka soo baxa, wuxuu helayaa oo uu dareemayaa raaxo iyo xasilooni.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>dadow, waxaan sidaan u sameeyey inaad igu dayataan oo  barataan salaadayda</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Abii Xaasim Binu Diinaar Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rag ayaa u yimid Sahal Binu Sacad Alsaacidi Allaha ka raali ahaade iyagoo ku murmay geedka laga sameeyey mimbarka, taasyna waydiiyeen, wuxuu ku yiri: walaahi ma ogi waxa laga sameyey, waana joogay maalintii u horaysay ee la soo dhigay iyo maalintii u horaysay ee Nabigu nabadgelyo iyo naxariis Allaha siiyee ku fariistay, Nabigu wuxuu fartiin u diray gabadha hebla ah, waana gabar Ansaar ah oo Sahal magacaabay, oo Nabigu scw ku yiri: " u dir wiilkaaga Najaarka ah ha iiga sameeyo tiirar wax aan ku fariisto markaan dadka la hadlaayo", wayna u dirtay wuxuuna ka soo sameeyey geedka la dhoho Darfa`i ee baadiyaha ka baxa, ka dibna wuu u keenay, wayna u sii dhiibtay Nabiga nabadgelyo iyo naxariis Allaha siiyee , markaas ayaa Nabigu amray in la dhigo halkaan, ka dibna waxaan arkay Nabiga nabadgelyo iyo naxariis Allaha siiyee oo fuushan oo takbiirsaday isagoo fuula, oo rukuucay isagoo fuula, ka dibna gadaalgadaal uga soo dagay, oo mimbarka salkiisa ku sujuuday oo hadana ku noqday, markuu dhamaystay ayuu dadka ku soo jeensday oo ku yiri: " dadow, waxaan sidaan u sameeyey inaad igu dayataan oo  barataan salaadayda".</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>Rag ayaa u yimid mid ka mida Asaxaabta, iyagoo waydiinaya minbarkii Rasuulku nabadgelyo iyo naxariis Allaha siiyee uu samaystay waxa laga sameeyey? wayna ku murmeen oo ku doodeen arinkaa, wuxuuna u sheegay: in Rasuulku nabadgelyo iyo naxariis Allaha siiyee qof u diray gabar Ansaar ah, taasoo wiil khaadim ah oo najaar ah lahayd, wuxuuna Suubbanuhu faray gabadhaa inay wiilka amarto inuu u soo sameeyo minbar uu ku fadhiisto markuu dadka la hadlaayo, wayna aqbashay gabadhii, wiilkiina waxay fartay inuu Nabiga nabadgelyo iyo naxariis Allaha siiyee uga soo sameeyo geedka durafa`a, markuu dhameeyey gabadhii waxay u dirtay Nabiga scw, Nabiguna scw wuu amray in la dhigo meesha uu masjidka ka yaalo, ka dib Nabigu nabadgelyo iyo naxariis Allaha siiyee wuu ku tukaday wuuna takbiirsaday isagoo fuula, wuuna rukuucay isagoo fuula, ka dibna waa ka soo dagay isagoo  gadaal u socda oo aan wajigiisa xaga danbe u jeedinayn wuxuun ku sujuuday minbarka salkiisa ka dibna waa ku noqday, markii uu dhamaystay salaadii ayuu dadka ku soo jeensaday oo ku yiri: waxaan sidaan u sameeyey inaad igu dayataan oo barataan salaadayda.</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>waa suno in la samaysto minbar oo khadiibkuna fuulo, faa'iidadiisuna waa gaadhsiin iyo maqashiinta.
 Way banaan tahay in lagu tukado minbarka si loo baro dadka salaada, waxaa kaloo banaan in imaamku qof ma'amuumka ah ka sareeyo, marka loo baahdo.
 Waa wax banaan in loo kaashado dadka farsama yaqaanka ah wax yaabaha muslimiintu u baahan yihiin.
 Wuu banaan yahay dhaq-dhaqaaqa yar salaada dhexdeeda hadii loo baahdo.
 Way banaan tahay in ma'amuumku eego salaada dhexdeeda imaamkiisa, si uu uga barto imaamka, taasina khushuuca ma diidayso.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>Markaad tukanaysaan safafkiina toosiya, ka dibna midkiin imaam ha idiin noqdo, haduu takbiirsado takbiirsada</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Xidaan Binu Cabdullaahi Alraqaashi waxaa laga wariyey inuu yiri: waxaan la tukadey Abii Muusa Alashcari, markuu soo gaaray fadhiga ayaa nin dadka ka mid ahaa yiri: Salaada waxaa lagu xiriiriyey Biriga iyo Sakada-: markuu Abuu Muuse Salaadii   ka baxay wuu soo jeensadey, wuxuuna yiri: kiineebaa sidaa iyo sidaa yiri?, dadkii way wada aamuseen, hadana wuu ku celiyey, kiineebaa sidaa iyo sidaa yiri?, dadkii ayaa hadana wada aamusay, wuxuu yiri: waxaa laga yaabaa inaad adigu tiri Xadaanow?, wuxuu yiri: maan dhihin, waxaana ka baqay inaad eraygaa igu garaacdo, nin dadka ka mida ayaa yiri: anaa iri, khayr uun baanan ula jeeday, Abuu Muusaa ayaa yiri:  miyeydaan aqoon waxaad oranaysaan markaad tukanaysaan? Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuu noo khudbeeyey wuuna noo cadeeyey Sunadeena, wuuna nabaray Salaadeena, oo wuxuu yiri: "Markaad tukanaysaan safafkiina toosiya, ka dibna midkiin imaam ha idiin noqdo, haduu takbiirsado takbiirsada, markuu dhoho:{Allahayow namari jidka toosan ee aan ahayn kan ay mareen kuwaad u carootay iyo kuwa xaqa ka lumay} [al faatixa:7], idinkuna aamiin dhaha, Ilaahay ayaa idin ajiibayee, haduu takbiirsado ee  Rukuuco idinkuna takbiirsada oo Rukuuca, imaamku wuu idinka hor takbiirsan wuuna idinka hor Rukuucine", wuxuu yiri Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee "tani taasay u ahaatay, markuu dhoho: samica Allaahu liman xamidah, idinkuna dhaha: Allahuma Rabanaa lakal-xamdu,  Ilaahay wuu idin maqliye, Ilaahay Isagaa koreeyee wuxuu ku yiri: Nabigiisa nabadgelyo iyo naxariis Allaha siiyee carabkiisa "samica Allah liman xamidah" hadii uu takbiirsado oo uu Sujuudo takbiirsada oo Sujuuda imaamku waa idinka hor Sujuudin oo idinka soo hor toosine Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: tani taasay u ahaatay, hadii la soo gaaro fadhiga waxa ugu horeeya ee qofkiin oranayo ha ahaado Ataxiyaatu Adayibaatu Aslawaatu lilaah, Asalaamu caleykum Ayuha Nabiyu wa Raxmatu Allah wa Barkatuhu, Asalaamu caleynaa, wa calaa cibaadi Allahi Saalixiin, Ashhadu Alaa Ilaaha Ilaa Allaah, wa Ashhadu ana Maxamedan Cabduhu wa Rasuuluh.</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>Asaxaabta waxaa tujiyey Abuu Muusa Alashcari Allaha ka raali ahaade, markuu soo gaaray fadhiga lagu Ataxyaadsado, nin dadka la tukanaayey ayaa gadaashiisa ka yiri: Quraanku wuxuu Salaada la xiriiriyey Biriga iyo Sakada, markii Abuu Muusa ka baxay Salaadii ayuu xagga dadka u soo jeestay oo yiri: kumaa yiri hadalka: Quraanku wuxuu la xiriiriyey Salaada Biriga iyo Sakada?! dadkii waa aamuseen, oo Qofna ma hadalin, mar labaad ayuu ku celiyey su'aashii, markuu Qofna u jawaabi waayey ayuu yiri Abuu Muusa: malaha adaa yiri Xadaanow! dhiiranidiisa iyo u dhawaantiisa ayuu sidaa ugu yiri iyo Qaraabanimadooda, taasoo aan dhib ku jirin haduu ku tuhmo, iyo inuu qirto kii hadalka yiri, Xadaana wuu iska leexiyey hadalka, wuxuuna yiri: waxaan ka baqay inaad igu canaanato adoo aniga ii malaynaya, markaasuu nin dadka ka mid ahaa yiri: anaa iri, waxaan khayr ahayna ulama jeedin, Abuu Muusa wuxuu yiri: isagoo baraya ninkaa: miyeydaan aqoon waxaad oronaysaan markaad tukanaysaan?!, waana hadal uu ku diidanaa in sidaa la dhoho marka la tukanaayo, Abuu Muusa wuxuu u sheegay in Nabigu nabadgelyo iyo naxariis Allaha siiyee  mar u khudbeeyey, una cadeeyey shareecadooda, Salaadoodna baray, oo uu yiri:
 Markaad Salaada u kacdaan toosiya sufuufta Salaada, Salaadana hatukiyo dadka mid ka mid ahi, markuu imaamku takbiirsado (Salaada xidho) sidiisa u takbiirsada, markuu faatixada akhriyo ee uu gaadh {غير المغضوب عليهم ولا الضالين}
 [al-faatixa:7], dhaha: Aamiin, markaad samaysaan sidaa Ilaahay wuu aqbali ducadiina, markuu takbiirsado ee uu Rukuuco idinkuna takbiirsada oo Rukuuca, imaamku hortiin buu Rukuucaa hortiina wuu ka soo toosiye, waxna ha kala hormarina imaamka, waayo waqtiga yaree uu idinkala horeeyo imaamku Rukuucdu wuxuu kabayaa ka dambaynta aad kala dambaysaan Rukuucda, waqti yar, waqtiga yar ee aad ka dambaysaan waxaa buuxinaya waqtigaa yar ee uu idinka horeeyo, wuxuuna ahaanayaa qadarka Rukuucdiina mid la mida qadarka Rukuucdiisa, markuu imaamku dhoho: samicallaahu liman xamidah "Ilaahay wuu maqlaa kuwa ku xamdiya", dhaha: Allaahuma Rabanaa lakal xamdu "Allahayow Rabigayow aday mahadi kuu sugnaatay", markay dadku dhahaan sidaa, Ilaahay isagaa nusqaan ka hufane, wuu maqlaa ducadooda, iyo hadalkooga, Ilaahay Isagaa nusqaan ka hufane wuxuu ku yiri Carabka Nabigiisa Maxamed nabadgelyo iyo naxariis Allaha siiyee: wuu maqlaa Ilaahay midka ku xamdiya, hadana markuu imaamku takbiirsado ee uu Sujuudo, waxaa ku waajib ah kuwa ku xiran ee la tukanaaya inay takbiirsadaan oo ay Sujuudaan, waayo imaamku hortooduu sujuudayaa, hortoodana wuu ka soo toosayaa Sujuuda, qadarkaa yar ee aad kala dambaysaan waxaa buuxinaya qadarkaa uu idinka horeeyo, wuxuuna ahaanayaa qadarka Sujuuda ee Ma'amuumka imaamkiisa ku xiran mid le'eg qadarka uu imaamku Sujuudo, marka uu fadhiga Ataxyaadka soo gaaro ha ahaado hadalka ugu horeeya uu dhahayo: "Ataxiyaatu-saalaamo-Adayibaato-wanaagyo-Salaado Ilaahay bay u sugnaadeen" mulki iyo boqornimo, jiritaan iyo baaqinnimo, waynaan iyo deeqsinimo, dhamaanteed Ilaahay keligii ayaa xaq u yeeshay, sidaasoo kale Salaadaha Shanta ahina Ilaahay keligii ayaa xaq u yeeshay, "Asalaamu calayka ayuha Nabiyo waraxmatu llaah wabara kaatuh, Asalaamu calaynaa wacalaa Cibaadi Allaahi Saalixiina", Ilaahay barya isagaa ceeb oo dhan iyo nusqaan iyo fasahaadba ka hufane, Nabiga Maxamed ahna waxaan u gaar yeelaynaa Salaan iyo nabad gelyo, hadana waxaan Salaamaynaa Adoomada Ilaahay ee Saalixiinta ah, ee ku taagan waxa uu Ilaahay ku waajibiyey ee xuquuqda Ilaahay ah iyo kuwa Adoomadiisaba, waxaan qiraynaa inaanu jirin Ilaah xaq lagu caabudo ee aab Ilaahay wayne ahayn, Nabi Maxamedna yahay Adoonkiisa iyo Rasuulkiisa uu khalqiga usoo diray.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku cad Qaab ka mida qaababka loo Ataxyaadsado.
 Salaada ficilkeeda iyo waxa la akhrinaayo waa inuu yahay wax Nabiga nabadgelyo iyo naxariis Allaha siiyee ka sugnaaday mana banaana in Qof iska samaysto hadal iyo ficil aan Sunaha  ku sugnayn.
 Ma banaana in laga hor maro imaamka waana in laga danbeeyo, waxaa Sharci ah in Ma`muumku uu ku raacoIimaamka ficilkiisa.
 Waxaa la xusay in Nabigu nabadgelyo iyo naxariis Allaha siiyee uu ahmiyad siin jiray gaarsinta Diinta iyo inuu Ummaddisa baro Axkaanta Diinta.
 Imaamku waa kan uu ku dayanayo Ma'muumku, uma banaan inuu Imaamka kala hor maro ficilada Salaada ama uu la socdo iyo inuu ka dib dhoco Imaamka, balse waa inuu bilaabaa raacida Imaamka marka uu hubsado inuu galay ficilka uu doonayo inuu sameeyo, Sunaduna waa inuu Imaamka ku raaco ficilka.
 Xadiiska waxaa ku sugan inay Sharci tahay in Salaada Sufuufteeda la simo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>Allaha Naftaydu Gacantiisa ku jirtaan ku dhaartee anigaa idiinku Salaad eg Rasuulka nabadgelyo iyo naxariis Allaha siiyee  Salaadiisuna sidaas ayey ahayd ilaa uu Aduunka ka tegay</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade, waxaa laga wariyey in: Rasuulku nabadgelyo iyo naxariis Allaha siiyee Salaad walba wuu takbiirsan jiray tan faralka ah iyo tan Sunahaba, Ramadaanka iyo qayrkiba, wuuna takbiirsan jiray markuu kacayo, markuu Rukuucayo, wuxuuna dhihi jiray: samica Allahu liman xamidah, ka dib wuxuu dhihi jiray: Rabanaa walakal xamdu, intuuna Sujuudin, ka dibna wuxuu dhihi jiray: Allahu akbar, markuu u sii hoobanayo Sujuuda, ka dib wuu takbiirsan jiray markuu Madaxiisa Sujuuda ka oo qaadayo, ka dib wuu takbiirsan jiray markuu Fadhiga Rakcada labaad ka kacayo, sidaasuu ku samaynayey Rakcad walba, ilaa uu Salaada dhameeyo, wuxuu yiri: Abuu Muusa- markuu tagayey: Allaha Naftaydu Gacantiisa ku jirtaan ku dhaartee anigaa idiinku Salaad eg Rasuulka nabadgelyo iyo naxariis Allaha siiyee  Salaadiisuna sidaas ayey ahayd ilaa uu Aduunka ka tegay.</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>Abuu Hurayra wuxuu wariyey Allaha ka raali ahaadee qeyb ka mida  sifooyinkii Salaada Nabiga nabadgelyo iyo naxariis Allaha siiyee wuxuuna ka waramay  inuu Nabigu markuu Salaada isku taago takbiiratul-ixraamka ku bilaabi, hadana uu takbiiran jiray markuu rukuucayo, markuu sujuudayo, markuu sujuuda ka toosayo, markuu Sujuuda labaad sujuudayo, markuu kasoo toosayo Sujuuda labaad, markuu ka kacayo fadhiga labada Rakcadood ee hore, Salaadaha Maqribka iyo kuwa Afarlayda ah, sidaas buuna samayn jiray Salaada oo dhan, ilaa uu gudanaayo Salaada, marka uu Rukuucda ka toosayana wuxuu dhihi jirey: Samica Allahu liman xamidah (Ilaahay wuu maqlaa midka ku xamdiya, hadana wuxuu dhahayey isagoo taagan: Rabanaa lakal-xamdu (Rabigayow aday mahadi kuu sugnaatay).
 Ka dib wuxuu oronayey Abuu Hureyra markuu Salaada ka baxay: Allaha Naftaydu Gacantiisa ku jirtaan ku dhaartee, Salaadaydaa ugu ekaansho badan Salaadii Rasuulka nabadgelyo iyo naxariis Allaha siiyee sidaa ayey ahayd sifada Salaadiisu ilaa uu Dunida ka tegay.</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Waa la takbiirsan markastoo hoos la aadayo ama kor loo soo kacayo marka laga reebo ka soo kicida Rukuuca oo uu oronaayo: samica Allaahu liman xamidah.
 Asaxaabtu waxay ku dadaalayeen ku dayashada Nabiga nabadgelyo iyo naxariis Allaha siiyee iyo ilaalinta Sunadiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>Ilaahay sareeye wuxuu yiri: Salaada waxaan u kala qaybiyey aniga iyo Adoonkayga laba nus, Adoonkayguna wuxuu i waydiistuu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaade waxaa laga wariyey inuu ka maqlay Rasuulka nabadgelyo iyo naxariis Allaha siiyee isagoo dhahaya: " Ilaahay sareeye wuxuu yiri: Salaada waxaan u kala qaybiyey aniga iyo Adoonkayga laba nus, Adoonkayguna wuxuu i waydiistuu leeyahay, hadii Adoonku dhoho: {mahadi Rabiga caalamiinta  ayey u sugnaatay}, Ilaahay sareeye wuxuu oran: Adoonkaygaa iimahad naqay, haduu dhoho: {Allaha naxariista guud iyo tan gaarka leh}, Ilaahay sareeye wuxuu oran: Adoonkaygaa i amaanay, haduu dhoho: {Allaha iska leh amarka Maalinta Qiyaamaha}, Ilaahay sareeye wuxuu oran: Adoonkaygaa i sharfay,- marna wuxuu oran: Adoonkaygaa taladiisa ii dhiibtay-, haduu dhoho: {kaligaa ayaan  caabudaynaa, oo kaligaa ayaan kaalmaysanaynaa }, Ilaahay sareeye wuxuu oran: taasi Aniga iyo adoonkaygay noo dhaxaysaa, adoonkayguna wuxuu i waydiistuu leeyahay, haduu dhoho: {nagu hanuuni jidka toosan, jidka kuwii aad u nicmaysay, hanana marin jidka kuwa aad  u carootay iyo kuwa xaqa ka lumay}, wuxuu Ilaahay sareeye oran: taasi Aniga iyo Adoonkayga ayey naga dhaxaysaa, Adoonkayguna wuxuu i waydiistuu leeyahay."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay: in Ilaahay sareeye ku yiri Xadiis Alqudsiga: suurada faatixada ee salaada lagu akhriyo waxaan u kala qaybiyey aniga iyo Adoonkayga labo nus, nus anigaa leh, nusna isagaa leh
 Nuskeeda koobaad: waa mahad naq, amaan iyo Ilaahay oo la sharfo, Adoonkayga waxan ku abaal marin abaal marinta ugu khayr badan.
 Nuskeeda labaad: waa is bihin bihin iyo baryo, waan ka ajiibin wuxuu i waydiistona waan siin.
 Haduu dhoho qofka tukanaaya:{mahad oo shan waxay u sugnaatay Rabiga Caalamka }, Ilaahay wuxuu oran: wuu ii mahadnaqay adoonkaygu, haduu dhoho: {Allaha naxariista guud iyo tan gaarka ah leh}, Ilaahay wuxuu oran: wuu i amaanay adoonkaygu, waana i waynayey uuna ii qiray nicmooyinka aan ku galadaystay khalqigayga, haduu dhoho: {Allaha iska leh amarka maalinta qiyaamaha}, Ilaahay wuxuu oran: wuu i sharfay adoonkaygu, waana sharaf balaaran.
 Haduu  dhoho: {Alahayow, Adaan ku caabudaynaa oo ku kaalmaysanaynaa}, Ilaahay wuxuu oran: taasi waxay u dhaxaysa aniga iyo adoonkayga.
 Nuska koowaad ee aayadu Ilaahay ayaa leh waana:(Adaan ku caabudaynaa), waana qirid  Ilaahay loo qirayo Ilaahnimadiisa, iyo inuu ka ajiibay adoonka cibaadada, halkaasayna ku egtahay nuska Ilaahay leeyahay.
 Nuska labaad ee aayada, ee adoonku leeyhay: (Adiga oo kaliya ayaan ku kaalmaysanaynaa), waana Ilaahay oo gargaar la waydiisto, iyo Ilaahay oo u balan qaaday inuu kaalmaynayo.
 Haduu dhoho: {nagu hanuuni jidka toosan *, jidka ay mareen kuwaad u nicmaysay, ee aan ahayn kuwaad u carootay iyo kuwa xaqa ka lumay, Ilaahay wuxuu oran: taasi  waa is bihin bihin iyo baryo adoonkayga ka timid, adoonkayguna wuxuu i waydiistuu leeyahay, waana ka ajiibay baryadiisa.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Faatixada xaalkeedu waa wayn yahay Ilaahay wuxuu ku magacaabay (salaad).
 Waxaa ku cad xadiiska in Ilaahay daryeelay adoonkiisa, amaanta Ilaahay uu amaanay adoonka wuxuu sabab uga dhigay in adoonku Ilaahay ku xamdiyey, amaanay, sharfay iyo inuu u balan qaadey inuu siinayo wuxuu waydiisto.
 Suuradaan wayn waxay koobtay, Ilaahay mahadiisa, xuska qiyaamaha,  baryada Ilaahay, in loo khaalis yeelo Ilaahay cibaadada, Ilaahay oo la waydiisto inuu ku hanuuniyo jidka toosan, iyo in laga digtoonaado jidka baadilka.
 Qofka tukanaaya waa inuu dareemo xadiiskan -markuu faatixada akhrinaayo-waxaa kordhaya inuu salaada ku khushuuco.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>Dadka waxaa u  tuugo xun midka Salaadiisa xadaya" wuxuu yiri: sidee ayuu u xadin Salaadiisa? wuxuu yiri: "waa mid aan dhamaystirayn Rukuuceeda iyo Sujuudeeda</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali noqde waxaa laga wariyey inuu yiri: Rasuulka Ilaahay  nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Dadka waxaa u  tuugo xun midka Salaadiisa xadaya" wuxuu yiri: sidee ayuu u xadin Salaadiisa? wuxuu yiri: "waa mid aan dhamaystirayn Rukuuceeda iyo Sujuudeeda".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Nabigu wuxuu cadeeyey nabadgelyo iyo naxariis Allaha siiyee wuxuu cadeeyey in dadka midka ugu tuuganimo xuni uu yahay midka Salaadiisa xada, waayo kan Xoolo  uusan laheyn xada waxaa dhici katra inuu Aduunka ku intifaaco, laakiin kan Salaaddiisa xadaya xaqii Naftiisa oo ajar iyo xasanaat ah ayuu xadayaa, waxay dheheen: Rasuulka Alloow, siduu Salaaddiisa u xadaa? wuxuu dhahay: uma dhammaystiro Rukuucdeeda iyo Sujuuddeeda, isagoo degdeg kula imanaaya Rukuucda iyo Sujuudadaba, sidii la rabeyna u lama imanayo.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Waa muhiim in Salaada la wanaajiyo, oo lala yimaado Arkaanteeda si xasilooni iyo khushuuci ku jirto.
 Ku tilmaamida lagu tilmaamay midka aan dhamaystirayn Rukuucda iyo Sujuuda inuu yahay Tuug waa si looga didiyo dadka ficilkaa, looguna baraarujiyo dadka inuu xaaraan yahay.
 Waa waajib in la dhamaystiro Rukuucda iyo Sujuuda Salaada, iyo in laga dhigo dhex dhexaad labadaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>Rasuulka Ilaahay  nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa haduu dhabarkiisa ka soo toosiyo Rukuuca, wuxuu dhihi jiray: "samica Allaahu liman xamidah</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>Ibni Abii Awfaa Allaha ka raali ahaade waxaa laga wariyey inuu yiri: Rasuulka Ilaahay  nabadgelyo iyo naxariis Allaha siiyee wuxuu ahaa haduu dhabarkiisa ka soo toosiyo Rukuuca, wuxuu dhihi jiray: "samica Allaahu liman xamidah, Allaahuma Rabanaa lakal-xamdu, mila'asamaawaati wa mila'al Ardi wa mila'a maa shi'ita min shay'in bacdahu."
  Ilaahay wuu maqlaa Qofka u mahad naqa, Allahayow Rabigayow adaa mahad leh, intay samadu qaado, intuu dhulku qaado iyo muga waxaad adigu doonto oo dhan intaa ka dib".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>Nabigu  nabadgelyo iyo naxariis Allaha siiyee marka uu ka tooso Rukuucda Salaadda mid dhaha: "Ilaahay wuu maqlaa midka ku xamdiya ee u mahad naqa", oo macneheedu yahay: Qofka Ilaahay u mahad naqa Ilaahayna wuu aqbalaa mahad naqiisa wuuna ka ajar siiyaa, haddana Ilaahay ayuu u mahad naqayey isagoo dhahaya: "Allahayoow Rabigayoow aday mahadi kuu sugnaatay, inta samada iyo dhulku qaadaan, iyo intaa in ka badan oo waxaad doonto ah waxay qaadi karaan oo mahad ah aday kuu sugnaatay", mahad naq buuxiya samooyinka iyo dhulalka iyo inta u dhaxaysa, iyo waxa kale ee Illaahey doono mahad naq buuxiya.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Waa cadayn waxa sunada ah ee uu oranaayo Qofka tukanaya markuu Rukuuca Madaxiisa kor uga soo  qaadayo.
 WaaSsharci in lala yimaado Ictidaalka iyo Dumaaniinada marka laga soo tooso Rukuuca, waayo suura gal maaha in Adkaartaas la dhoho in lala yimaado Ictidaal iyo Dumaaniino mooyee.
 Adkaartaasi waa sharci in la akhriyo dhamaan Salaadaha oo dhan, faral iyo Sunaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>Nabigu  nabadgelyo iyo naxariis Allaha siiyee wuxuu dhihi jiray Salaad kasta oo faral ah</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>Waraad oo ahaa qoraagii Muqiira Binu  Shucba Allaha ka raali ahaade waxaaa laga wariyey inuu yiri: Muqiira Binu Shucba ayaa iigu yeeriyey qoraal uu u diraayey mucaawiye: Nabigu  nabadgelyo iyo naxariis Allaha siiyee wuxuu dhihi jiray Salaad kasta oo faral ah gadaasheeda: majiro mid xaq lagu caabudo oo aan Allah ahayn, waana kaligii oo malaha wax la wadaaga Ilaahnimadiisa iyo cibaadadiisaba, Isagay u sugnaatay mulki oo dhan iyo mahad oo dhan, Isagaana wax walba awooda, Allahayow majirto cid diidi karta wax aad bixinaysid, mana jirto cid bixin karta wax aad diido, mid awood lihina awoodiisu xagaaga wax uga tarto".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Nabigu  nabadgelyo iyo naxariis Allaha siiyee wuxuu oran jiray Salaad kasta oo faral ah gadaasheeda: majiro mid xaq lagu caabudo oo aan Allah ahayn, waana kaligii oo malaha wax la wadaaga Ilaahnimadiisa iyo cibaadadiisaba, Isagay u sugnaatay mulki oo dhan iyo mahad oo dhan, Isagaana wax walba awooda, Allahayow majiro cid diidi karta wax aad bixinaysid, mana jirto cid bixin karta wax aad diido, mid awood lihina awoodiisu xagaaga cid wax ugama tarto ".
 Waxaan qirayaa oo aqoonsanahay, kalimada tawxiidka, ee: laa ilaaha Ilaa Allah, cibaadada xaqa ah waxaan u qirayaa Allah oo kaliya, waana u diidayaa waxa Ilaahay kasoo hara oo dhan, mana jiro Ilaah xaq lagu caabudo oo Allah ahayn, waxaa kaloo qirsanahay mulkiga runta ah ee taamka ahi inuu Ilaahay leeyahay, dhamaan mahada kuwa ku sugan samooyinka iyo kuwa sugan dhulkuba inay Ilaahay u sugan tahay, waayo Isagaa ah Allaha wax walba awooda ah, waxa uu qadaro bixintiisa ee deeqihiisa ah, ama uu diido  wax ka hor iman karaa majiro, mid qani ihi qanimadiisa xaga Ilaahay cidna wax ugama tarayo, waxaa wax taraya waa camalka saalixa ah oo kaliya.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Waa Suno in la akhristo Adkaartaa Salaadaha gadaashooda, waxaa ku jira darteed ee ah erayada tawxiidka iyo mahad celinta Ilaahay.
 Waa in loo degdego gudashada Sunada lana faafiyo</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>Nabigu  nabadgelyo iyo naxariis Allaha siiyee inuu dhihi jiray labada Sujuudood dhexdooda:"Rabiyow ii dambi dhaaf, Rabiyow ii dambi dhaaf</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Xudayfa Allaha ka raali ahaade waxaa laga wariyey: Nabigu  nabadgelyo iyo naxariis Allaha siiyee inuu dhihi jiray labada Sujuudood dhexdooda:"Rabiyow ii dambi dhaaf, Rabiyow ii dambi dhaaf ".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Nabigu  nabadgelyo iyo naxariis Allaha siiyee wuxuu dhihi jiray markuu fariisto labada Sujuudood dhexdooda: Rabiyow ii dambi dhaaf, Rabiyow ii dambi dhaaf" wuuna ku cel-celin jiray.
 Macnaha ii dambi dhaaf: waa baryada Adoonku uu kaga baryayo Rabigii inuu ka masaxo oo ka dhaafo dambiyadiisa kana asturo ceebihiisana.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Waa Sharci in la akhristo ducadan labada Sujuudood dhexdooda, Salaadaha faralka ah iyo kuwa Sunahaba.
 Waa Suno in lagu celceliyo: Rabiyow ii dambi dhaaf, inta waajibka ahina waa hal mar.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[waxaa wariyey Abuu daawuud,nasaa.i,ibn maajah,Axmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>kaasi waa Shaydaan la dhoho: Khinsab, markaad dareento ka cuwdu billayso, xaga bidixna seddex jeer candhuuf u tuf</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>Cusmaan Binu Abil Caas Allaha ka raali ahaade waxaa laga wariyey: Nabiga  nabadgelyo iyo naxariis Allaha siiyee inuu u yimid oo ku yiri: Rasuulka Ilaahayow, shaydaan ayaa Salaadii iyo akhrintii iga dhex galay oo iga qasay, Rasuulku wuxuu ku yiri: "kaasi waa Shaydaan la dhoho: Khinsab, markaad dareento ka cuwdu billayso, xaga bidixna seddex jeer candhuuf u tuf", wuxuu yiri: sidaasaan sameeyey Ilaahay ayaana iga kaxeeyey.</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>Cusmaan Binu Abil Caas Allaha ka raali ahaade ayaa u yimid Nabiga  nabadgelyo iyo naxariis Allaha siiyee wuxuuna yiri: Rasuulka Ilaahyow, Shaydaan ayaa salaadayda iga dhex galay, wuxuuna ii diiday inaan ku khushuuco, akhriskaygana wuu iga khal-khaliyey, shakina wuu iga galiyey. Rasuulku  nabadgelyo iyo naxariis Allaha siiyee wuxuu ku yiri: kaasi waa Shaydaan la dhoho: khinsab, haduu kuu yimaado eed dareentid Ilaahay ka hoos gal, oo ka cuwdu bilayso, xaga bidixdaadna seddex jeer candhuuf yar u tuf, Cusmaan ayaa yiri: waxaan sameeyey sidaa Nabigu  nabadgelyo iyo naxariis Allaha siiyee ii sheegay, Ilaahayna wuu iga kexeeyey.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Waa muhiim in Salaada lagu khushuuco  qalbigana la soo xaadiriyo, Shaydaankuna wuxuu ku dadaalaa inuu was-waas iyo shaki ku furo Qofka tukanaaya.
 Waa suno in laga cuwdu bilaysto Shaydaanka markuu Salaada was-waas ku furo, iyo in candhuuf seddex jeer loo tufo xaga bidix.
 Xadiiska waxaa ku sugan cadayn in Saxaabadu ahaayeen kuwo u la noqda Nabiga nabadgelyo iyo naxariis Allaha siiyee mushkilad kastoo la soo darista, si uu u la xaliyo.
 Saxaabada qalbigoodu wuxuu ahaa mid nool, hamigooduna wuxuu ahaa Aakho kaliya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/65105</t>
+  </si>
+  <si>
+    <t>||"Islaamka waxaa lagu dhisay shan tiir: in la qiro inuusan jirin Ilaah xaq lagu caabudo, Ilaahay mooyee, Maxamedna yahay adoonkii Ilaahay iyo Rasuulkiisii, Salaada oo la oogo, Sakada oo la bixiyo, Xajka oo la guto iyo Bisha Ramadaan oo la soomo</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Islaamka waxaa lagu dhisay shan tiir: in la qiro inuusan jirin Ilaah xaq lagu caabudo, Ilaahay mooyee, Maxamedna yahay adoonkii Ilaahay iyo Rasuulkiisii, Salaada oo la oogo, Sakada oo la bixiyo, Xajka oo la guto iyo Bisha Ramadaan oo la soomo."</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/so/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>||"Xalaashu way cadahay, xaaraantuna way cadahay, waxaana u dhexeeya shubuhaat, oo dad badani aysan aqoon, Qofka ka dhowrsada shubuhaatka wuu ilaaliyey Diintiisa iyo Cirdigiisa, Qofkase ku dhaca shubuhaatka xaaraan buu ku dhacay, sida xoola raaca  seeraha ku ag raaco waxay u dhawdahay in xooluhu u dhacaan oo daaqaan",  war hooy boqor walba wuxuu leeyahay seero, war hooy seeraha Ilaahay waa wuxuu xarimay, war hooy jirka waxaa ku jira xubin, haday hagaagto jirkoo dhan uu hagaagayo, haday xumaatana jirkoo dhan uu xumaanayo,war hooy taasi waa qalbiga</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Xalaashu way cadahay, xaaraantuna way cadahay, waxaana u dhexeeya shubuhaat, oo dad badani aysan aqoon, Qofka ka dhowrsada shubuhaatka wuu ilaaliyey Diintiisa iyo Cirdigiisa, Qofkase ku dhaca shubuhaatka xaaraan buu ku dhacay, sida xoola raaca  seeraha ku ag raaco waxay u dhawdahay in xooluhu u dhacaan oo daaqaan",  war hooy boqor walba wuxuu leeyahay seero, war hooy seeraha Ilaahay waa wuxuu xarimay, war hooy jirka waxaa ku jira xubin, haday hagaagto jirkoo dhan uu hagaagayo, haday xumaatana jirkoo dhan uu xumaanayo,war hooy taasi waa qalbiga.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/so/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ____</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/so/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/so/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>||Waxaan iri: Rasuulka Ilaahayow,  iiga sheeg Diinta Islaamka hadal aana waydiin cid aan adiga ahayn, wuxuu yiri: "dheh: Ilaahay ayaan rumeeyey ka dibna toosnow</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Waxaan iri: Rasuulka Ilaahayow,  iiga sheeg Diinta Islaamka hadal aana waydiin cid aan adiga ahayn, wuxuu yiri: "dheh: Ilaahay ayaan rumeeyey ka dibna toosnow."</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/so/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -13502,51 +13619,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O363"/>
+  <dimension ref="A1:O369"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -14034,5022 +14151,5022 @@
       </c>
       <c r="I12" t="s">
         <v>111</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>25</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
         <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>2997</v>
+        <v>2990</v>
       </c>
       <c r="B13" t="s">
         <v>113</v>
       </c>
       <c r="C13" t="s">
         <v>114</v>
       </c>
       <c r="D13" t="s">
         <v>115</v>
       </c>
       <c r="E13" t="s">
         <v>116</v>
       </c>
       <c r="F13" t="s">
         <v>117</v>
       </c>
       <c r="G13" t="s">
         <v>118</v>
       </c>
       <c r="H13" t="s">
         <v>119</v>
       </c>
       <c r="I13" t="s">
         <v>120</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>3007</v>
+        <v>2997</v>
       </c>
       <c r="B14" t="s">
         <v>122</v>
       </c>
       <c r="C14" t="s">
         <v>123</v>
       </c>
       <c r="D14" t="s">
         <v>124</v>
       </c>
       <c r="E14" t="s">
         <v>125</v>
       </c>
       <c r="F14" t="s">
         <v>126</v>
       </c>
       <c r="G14" t="s">
         <v>127</v>
       </c>
       <c r="H14" t="s">
         <v>128</v>
       </c>
       <c r="I14" t="s">
         <v>129</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
+        <v>25</v>
+      </c>
+      <c r="L14" t="s">
+        <v>26</v>
+      </c>
+      <c r="M14" t="s">
+        <v>27</v>
+      </c>
+      <c r="N14" t="s">
+        <v>28</v>
+      </c>
+      <c r="O14" t="s">
         <v>130</v>
-      </c>
-[...10 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>3010</v>
+        <v>3007</v>
       </c>
       <c r="B15" t="s">
+        <v>131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D15" t="s">
         <v>133</v>
       </c>
-      <c r="C15" t="s">
+      <c r="E15" t="s">
         <v>134</v>
       </c>
-      <c r="D15" t="s">
+      <c r="F15" t="s">
         <v>135</v>
       </c>
-      <c r="E15" t="s">
+      <c r="G15" t="s">
         <v>136</v>
       </c>
-      <c r="F15" t="s">
+      <c r="H15" t="s">
         <v>137</v>
       </c>
-      <c r="G15" t="s">
+      <c r="I15" t="s">
         <v>138</v>
       </c>
-      <c r="H15" t="s">
+      <c r="J15" t="s">
+        <v>24</v>
+      </c>
+      <c r="K15" t="s">
         <v>139</v>
       </c>
-      <c r="I15" t="s">
+      <c r="L15" t="s">
+        <v>26</v>
+      </c>
+      <c r="M15" t="s">
         <v>140</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>3013</v>
+        <v>3010</v>
       </c>
       <c r="B16" t="s">
         <v>142</v>
       </c>
       <c r="C16" t="s">
         <v>143</v>
       </c>
       <c r="D16" t="s">
         <v>144</v>
       </c>
       <c r="E16" t="s">
         <v>145</v>
       </c>
       <c r="F16" t="s">
         <v>146</v>
       </c>
       <c r="G16" t="s">
         <v>147</v>
       </c>
       <c r="H16" t="s">
         <v>148</v>
       </c>
       <c r="I16" t="s">
         <v>149</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>25</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
         <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3014</v>
+        <v>3013</v>
       </c>
       <c r="B17" t="s">
         <v>151</v>
       </c>
       <c r="C17" t="s">
         <v>152</v>
       </c>
       <c r="D17" t="s">
         <v>153</v>
       </c>
       <c r="E17" t="s">
         <v>154</v>
       </c>
       <c r="F17" t="s">
         <v>155</v>
       </c>
       <c r="G17" t="s">
         <v>156</v>
       </c>
       <c r="H17" t="s">
         <v>157</v>
       </c>
       <c r="I17" t="s">
         <v>158</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3017</v>
+        <v>3014</v>
       </c>
       <c r="B18" t="s">
         <v>160</v>
       </c>
       <c r="C18" t="s">
         <v>161</v>
       </c>
       <c r="D18" t="s">
         <v>162</v>
       </c>
       <c r="E18" t="s">
         <v>163</v>
       </c>
       <c r="F18" t="s">
         <v>164</v>
       </c>
       <c r="G18" t="s">
         <v>165</v>
       </c>
       <c r="H18" t="s">
         <v>166</v>
       </c>
       <c r="I18" t="s">
         <v>167</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
+        <v>25</v>
+      </c>
+      <c r="L18" t="s">
+        <v>26</v>
+      </c>
+      <c r="M18" t="s">
+        <v>27</v>
+      </c>
+      <c r="N18" t="s">
+        <v>28</v>
+      </c>
+      <c r="O18" t="s">
         <v>168</v>
-      </c>
-[...10 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3029</v>
+        <v>3017</v>
       </c>
       <c r="B19" t="s">
+        <v>169</v>
+      </c>
+      <c r="C19" t="s">
+        <v>170</v>
+      </c>
+      <c r="D19" t="s">
         <v>171</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>172</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
         <v>173</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
         <v>174</v>
       </c>
-      <c r="F19" t="s">
+      <c r="H19" t="s">
         <v>175</v>
       </c>
-      <c r="G19" t="s">
+      <c r="I19" t="s">
         <v>176</v>
       </c>
-      <c r="H19" t="s">
+      <c r="J19" t="s">
+        <v>24</v>
+      </c>
+      <c r="K19" t="s">
         <v>177</v>
       </c>
-      <c r="I19" t="s">
+      <c r="L19" t="s">
+        <v>26</v>
+      </c>
+      <c r="M19" t="s">
         <v>178</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3031</v>
+        <v>3029</v>
       </c>
       <c r="B20" t="s">
         <v>180</v>
       </c>
       <c r="C20" t="s">
         <v>181</v>
       </c>
       <c r="D20" t="s">
         <v>182</v>
       </c>
       <c r="E20" t="s">
         <v>183</v>
       </c>
       <c r="F20" t="s">
         <v>184</v>
       </c>
       <c r="G20" t="s">
         <v>185</v>
       </c>
       <c r="H20" t="s">
         <v>186</v>
       </c>
       <c r="I20" t="s">
         <v>187</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
         <v>25</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
         <v>27</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3033</v>
+        <v>3031</v>
       </c>
       <c r="B21" t="s">
         <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>190</v>
       </c>
       <c r="D21" t="s">
         <v>191</v>
       </c>
       <c r="E21" t="s">
         <v>192</v>
       </c>
       <c r="F21" t="s">
         <v>193</v>
       </c>
       <c r="G21" t="s">
         <v>194</v>
       </c>
       <c r="H21" t="s">
         <v>195</v>
       </c>
       <c r="I21" t="s">
         <v>196</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>25</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3037</v>
+        <v>3033</v>
       </c>
       <c r="B22" t="s">
         <v>198</v>
       </c>
       <c r="C22" t="s">
         <v>199</v>
       </c>
       <c r="D22" t="s">
         <v>200</v>
       </c>
       <c r="E22" t="s">
         <v>201</v>
       </c>
       <c r="F22" t="s">
         <v>202</v>
       </c>
       <c r="G22" t="s">
         <v>203</v>
       </c>
       <c r="H22" t="s">
         <v>204</v>
       </c>
       <c r="I22" t="s">
         <v>205</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3044</v>
+        <v>3037</v>
       </c>
       <c r="B23" t="s">
         <v>207</v>
       </c>
       <c r="C23" t="s">
         <v>208</v>
       </c>
       <c r="D23" t="s">
         <v>209</v>
       </c>
       <c r="E23" t="s">
         <v>210</v>
       </c>
       <c r="F23" t="s">
         <v>211</v>
       </c>
       <c r="G23" t="s">
         <v>212</v>
       </c>
       <c r="H23" t="s">
         <v>213</v>
       </c>
       <c r="I23" t="s">
         <v>214</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3053</v>
+        <v>3044</v>
       </c>
       <c r="B24" t="s">
         <v>216</v>
       </c>
       <c r="C24" t="s">
         <v>217</v>
       </c>
       <c r="D24" t="s">
         <v>218</v>
       </c>
       <c r="E24" t="s">
         <v>219</v>
       </c>
       <c r="F24" t="s">
         <v>220</v>
       </c>
       <c r="G24" t="s">
         <v>221</v>
       </c>
       <c r="H24" t="s">
         <v>222</v>
       </c>
       <c r="I24" t="s">
         <v>223</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3061</v>
+        <v>3053</v>
       </c>
       <c r="B25" t="s">
         <v>225</v>
       </c>
       <c r="C25" t="s">
         <v>226</v>
       </c>
       <c r="D25" t="s">
         <v>227</v>
       </c>
       <c r="E25" t="s">
         <v>228</v>
       </c>
       <c r="F25" t="s">
         <v>229</v>
       </c>
       <c r="G25" t="s">
         <v>230</v>
       </c>
       <c r="H25" t="s">
         <v>231</v>
       </c>
       <c r="I25" t="s">
         <v>232</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3062</v>
+        <v>3061</v>
       </c>
       <c r="B26" t="s">
         <v>234</v>
       </c>
       <c r="C26" t="s">
         <v>235</v>
       </c>
       <c r="D26" t="s">
         <v>236</v>
       </c>
       <c r="E26" t="s">
         <v>237</v>
       </c>
       <c r="F26" t="s">
         <v>238</v>
       </c>
       <c r="G26" t="s">
         <v>239</v>
       </c>
       <c r="H26" t="s">
         <v>240</v>
       </c>
       <c r="I26" t="s">
         <v>241</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
+        <v>25</v>
+      </c>
+      <c r="L26" t="s">
+        <v>26</v>
+      </c>
+      <c r="M26" t="s">
+        <v>27</v>
+      </c>
+      <c r="N26" t="s">
+        <v>28</v>
+      </c>
+      <c r="O26" t="s">
         <v>242</v>
-      </c>
-[...10 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3071</v>
+        <v>3062</v>
       </c>
       <c r="B27" t="s">
+        <v>243</v>
+      </c>
+      <c r="C27" t="s">
+        <v>244</v>
+      </c>
+      <c r="D27" t="s">
         <v>245</v>
       </c>
-      <c r="C27" t="s">
+      <c r="E27" t="s">
         <v>246</v>
       </c>
-      <c r="D27" t="s">
+      <c r="F27" t="s">
         <v>247</v>
       </c>
-      <c r="E27" t="s">
+      <c r="G27" t="s">
         <v>248</v>
       </c>
-      <c r="F27" t="s">
+      <c r="H27" t="s">
         <v>249</v>
       </c>
-      <c r="G27" t="s">
+      <c r="I27" t="s">
         <v>250</v>
       </c>
-      <c r="H27" t="s">
+      <c r="J27" t="s">
+        <v>24</v>
+      </c>
+      <c r="K27" t="s">
         <v>251</v>
       </c>
-      <c r="I27" t="s">
+      <c r="L27" t="s">
+        <v>26</v>
+      </c>
+      <c r="M27" t="s">
         <v>252</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3075</v>
+        <v>3071</v>
       </c>
       <c r="B28" t="s">
         <v>254</v>
       </c>
       <c r="C28" t="s">
         <v>255</v>
       </c>
       <c r="D28" t="s">
         <v>256</v>
       </c>
       <c r="E28" t="s">
         <v>257</v>
       </c>
       <c r="F28" t="s">
         <v>258</v>
       </c>
       <c r="G28" t="s">
         <v>259</v>
       </c>
       <c r="H28" t="s">
         <v>260</v>
       </c>
       <c r="I28" t="s">
         <v>261</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3078</v>
+        <v>3075</v>
       </c>
       <c r="B29" t="s">
         <v>263</v>
       </c>
       <c r="C29" t="s">
         <v>264</v>
       </c>
       <c r="D29" t="s">
         <v>265</v>
       </c>
       <c r="E29" t="s">
         <v>266</v>
       </c>
       <c r="F29" t="s">
         <v>267</v>
       </c>
       <c r="G29" t="s">
         <v>268</v>
       </c>
       <c r="H29" t="s">
         <v>269</v>
       </c>
       <c r="I29" t="s">
         <v>270</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>25</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>3079</v>
+        <v>3078</v>
       </c>
       <c r="B30" t="s">
         <v>272</v>
       </c>
       <c r="C30" t="s">
         <v>273</v>
       </c>
       <c r="D30" t="s">
         <v>274</v>
       </c>
       <c r="E30" t="s">
         <v>275</v>
       </c>
       <c r="F30" t="s">
         <v>276</v>
       </c>
       <c r="G30" t="s">
         <v>277</v>
       </c>
       <c r="H30" t="s">
         <v>278</v>
       </c>
       <c r="I30" t="s">
         <v>279</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>25</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3086</v>
+        <v>3079</v>
       </c>
       <c r="B31" t="s">
         <v>281</v>
       </c>
       <c r="C31" t="s">
         <v>282</v>
       </c>
       <c r="D31" t="s">
         <v>283</v>
       </c>
       <c r="E31" t="s">
         <v>284</v>
       </c>
       <c r="F31" t="s">
         <v>285</v>
       </c>
       <c r="G31" t="s">
         <v>286</v>
       </c>
       <c r="H31" t="s">
         <v>287</v>
       </c>
       <c r="I31" t="s">
         <v>288</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3088</v>
+        <v>3086</v>
       </c>
       <c r="B32" t="s">
         <v>290</v>
       </c>
       <c r="C32" t="s">
         <v>291</v>
       </c>
       <c r="D32" t="s">
         <v>292</v>
       </c>
       <c r="E32" t="s">
         <v>293</v>
       </c>
       <c r="F32" t="s">
         <v>294</v>
       </c>
       <c r="G32" t="s">
         <v>295</v>
       </c>
       <c r="H32" t="s">
         <v>296</v>
       </c>
       <c r="I32" t="s">
         <v>297</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3095</v>
+        <v>3088</v>
       </c>
       <c r="B33" t="s">
         <v>299</v>
       </c>
       <c r="C33" t="s">
         <v>300</v>
       </c>
       <c r="D33" t="s">
         <v>301</v>
       </c>
       <c r="E33" t="s">
         <v>302</v>
       </c>
       <c r="F33" t="s">
         <v>303</v>
       </c>
       <c r="G33" t="s">
         <v>304</v>
       </c>
       <c r="H33" t="s">
         <v>305</v>
       </c>
       <c r="I33" t="s">
         <v>306</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3096</v>
+        <v>3095</v>
       </c>
       <c r="B34" t="s">
         <v>308</v>
       </c>
       <c r="C34" t="s">
         <v>309</v>
       </c>
       <c r="D34" t="s">
         <v>310</v>
       </c>
       <c r="E34" t="s">
         <v>311</v>
       </c>
       <c r="F34" t="s">
         <v>312</v>
       </c>
       <c r="G34" t="s">
         <v>313</v>
       </c>
       <c r="H34" t="s">
         <v>314</v>
       </c>
       <c r="I34" t="s">
         <v>315</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3103</v>
+        <v>3096</v>
       </c>
       <c r="B35" t="s">
         <v>317</v>
       </c>
       <c r="C35" t="s">
         <v>318</v>
       </c>
       <c r="D35" t="s">
         <v>319</v>
       </c>
       <c r="E35" t="s">
         <v>320</v>
       </c>
       <c r="F35" t="s">
         <v>321</v>
       </c>
       <c r="G35" t="s">
         <v>322</v>
       </c>
       <c r="H35" t="s">
         <v>323</v>
       </c>
       <c r="I35" t="s">
         <v>324</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B36" t="s">
         <v>326</v>
       </c>
       <c r="C36" t="s">
         <v>327</v>
       </c>
       <c r="D36" t="s">
         <v>328</v>
       </c>
       <c r="E36" t="s">
         <v>329</v>
       </c>
       <c r="F36" t="s">
         <v>330</v>
       </c>
       <c r="G36" t="s">
         <v>331</v>
       </c>
       <c r="H36" t="s">
         <v>332</v>
       </c>
       <c r="I36" t="s">
         <v>333</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3107</v>
+        <v>3104</v>
       </c>
       <c r="B37" t="s">
         <v>335</v>
       </c>
       <c r="C37" t="s">
         <v>336</v>
       </c>
       <c r="D37" t="s">
         <v>337</v>
       </c>
       <c r="E37" t="s">
         <v>338</v>
       </c>
       <c r="F37" t="s">
         <v>339</v>
       </c>
       <c r="G37" t="s">
         <v>340</v>
       </c>
       <c r="H37" t="s">
         <v>341</v>
       </c>
       <c r="I37" t="s">
         <v>342</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3110</v>
+        <v>3107</v>
       </c>
       <c r="B38" t="s">
         <v>344</v>
       </c>
       <c r="C38" t="s">
         <v>345</v>
       </c>
       <c r="D38" t="s">
         <v>346</v>
       </c>
       <c r="E38" t="s">
         <v>347</v>
       </c>
       <c r="F38" t="s">
         <v>348</v>
       </c>
       <c r="G38" t="s">
         <v>349</v>
       </c>
       <c r="H38" t="s">
         <v>350</v>
       </c>
       <c r="I38" t="s">
         <v>351</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3122</v>
+        <v>3110</v>
       </c>
       <c r="B39" t="s">
         <v>353</v>
       </c>
       <c r="C39" t="s">
         <v>354</v>
       </c>
       <c r="D39" t="s">
         <v>355</v>
       </c>
       <c r="E39" t="s">
         <v>356</v>
       </c>
       <c r="F39" t="s">
         <v>357</v>
       </c>
       <c r="G39" t="s">
         <v>358</v>
       </c>
       <c r="H39" t="s">
         <v>359</v>
       </c>
       <c r="I39" t="s">
         <v>360</v>
       </c>
       <c r="J39" t="s">
+        <v>24</v>
+      </c>
+      <c r="K39" t="s">
+        <v>25</v>
+      </c>
+      <c r="L39" t="s">
+        <v>26</v>
+      </c>
+      <c r="M39" t="s">
+        <v>27</v>
+      </c>
+      <c r="N39" t="s">
+        <v>28</v>
+      </c>
+      <c r="O39" t="s">
         <v>361</v>
-      </c>
-[...13 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3127</v>
+        <v>3122</v>
       </c>
       <c r="B40" t="s">
+        <v>362</v>
+      </c>
+      <c r="C40" t="s">
+        <v>363</v>
+      </c>
+      <c r="D40" t="s">
+        <v>364</v>
+      </c>
+      <c r="E40" t="s">
+        <v>365</v>
+      </c>
+      <c r="F40" t="s">
         <v>366</v>
       </c>
-      <c r="C40" t="s">
+      <c r="G40" t="s">
         <v>367</v>
       </c>
-      <c r="D40" t="s">
+      <c r="H40" t="s">
         <v>368</v>
       </c>
-      <c r="E40" t="s">
+      <c r="I40" t="s">
         <v>369</v>
       </c>
-      <c r="F40" t="s">
+      <c r="J40" t="s">
         <v>370</v>
       </c>
-      <c r="G40" t="s">
+      <c r="K40" t="s">
         <v>371</v>
       </c>
-      <c r="H40" t="s">
+      <c r="L40" t="s">
         <v>372</v>
       </c>
-      <c r="I40" t="s">
+      <c r="M40" t="s">
         <v>373</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3135</v>
+        <v>3127</v>
       </c>
       <c r="B41" t="s">
         <v>375</v>
       </c>
       <c r="C41" t="s">
         <v>376</v>
       </c>
       <c r="D41" t="s">
         <v>377</v>
       </c>
       <c r="E41" t="s">
         <v>378</v>
       </c>
       <c r="F41" t="s">
         <v>379</v>
       </c>
       <c r="G41" t="s">
         <v>380</v>
       </c>
       <c r="H41" t="s">
         <v>381</v>
       </c>
       <c r="I41" t="s">
         <v>382</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3138</v>
+        <v>3135</v>
       </c>
       <c r="B42" t="s">
         <v>384</v>
       </c>
       <c r="C42" t="s">
         <v>385</v>
       </c>
       <c r="D42" t="s">
         <v>386</v>
       </c>
       <c r="E42" t="s">
         <v>387</v>
       </c>
       <c r="F42" t="s">
         <v>388</v>
       </c>
       <c r="G42" t="s">
         <v>389</v>
       </c>
       <c r="H42" t="s">
         <v>390</v>
       </c>
       <c r="I42" t="s">
         <v>391</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3144</v>
+        <v>3138</v>
       </c>
       <c r="B43" t="s">
         <v>393</v>
       </c>
       <c r="C43" t="s">
         <v>394</v>
       </c>
       <c r="D43" t="s">
         <v>395</v>
       </c>
       <c r="E43" t="s">
         <v>396</v>
       </c>
       <c r="F43" t="s">
         <v>397</v>
       </c>
       <c r="G43" t="s">
         <v>398</v>
       </c>
       <c r="H43" t="s">
         <v>399</v>
       </c>
       <c r="I43" t="s">
         <v>400</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3150</v>
+        <v>3144</v>
       </c>
       <c r="B44" t="s">
         <v>402</v>
       </c>
       <c r="C44" t="s">
         <v>403</v>
       </c>
       <c r="D44" t="s">
         <v>404</v>
       </c>
       <c r="E44" t="s">
         <v>405</v>
       </c>
       <c r="F44" t="s">
         <v>406</v>
       </c>
       <c r="G44" t="s">
         <v>407</v>
       </c>
       <c r="H44" t="s">
         <v>408</v>
       </c>
       <c r="I44" t="s">
         <v>409</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3156</v>
+        <v>3150</v>
       </c>
       <c r="B45" t="s">
         <v>411</v>
       </c>
       <c r="C45" t="s">
         <v>412</v>
       </c>
       <c r="D45" t="s">
         <v>413</v>
       </c>
       <c r="E45" t="s">
         <v>414</v>
       </c>
       <c r="F45" t="s">
         <v>415</v>
       </c>
       <c r="G45" t="s">
         <v>416</v>
       </c>
       <c r="H45" t="s">
         <v>417</v>
       </c>
       <c r="I45" t="s">
         <v>418</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3220</v>
+        <v>3156</v>
       </c>
       <c r="B46" t="s">
         <v>420</v>
       </c>
       <c r="C46" t="s">
         <v>421</v>
       </c>
       <c r="D46" t="s">
         <v>422</v>
       </c>
       <c r="E46" t="s">
         <v>423</v>
       </c>
       <c r="F46" t="s">
         <v>424</v>
       </c>
       <c r="G46" t="s">
         <v>425</v>
       </c>
       <c r="H46" t="s">
         <v>426</v>
       </c>
       <c r="I46" t="s">
         <v>427</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3267</v>
+        <v>3220</v>
       </c>
       <c r="B47" t="s">
         <v>429</v>
       </c>
       <c r="C47" t="s">
         <v>430</v>
       </c>
       <c r="D47" t="s">
         <v>431</v>
       </c>
       <c r="E47" t="s">
         <v>432</v>
       </c>
       <c r="F47" t="s">
         <v>433</v>
       </c>
       <c r="G47" t="s">
         <v>434</v>
       </c>
       <c r="H47" t="s">
         <v>435</v>
       </c>
       <c r="I47" t="s">
         <v>436</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3272</v>
+        <v>3267</v>
       </c>
       <c r="B48" t="s">
         <v>438</v>
       </c>
       <c r="C48" t="s">
         <v>439</v>
       </c>
       <c r="D48" t="s">
         <v>440</v>
       </c>
       <c r="E48" t="s">
         <v>441</v>
       </c>
       <c r="F48" t="s">
         <v>442</v>
       </c>
       <c r="G48" t="s">
         <v>443</v>
       </c>
       <c r="H48" t="s">
         <v>444</v>
       </c>
       <c r="I48" t="s">
         <v>445</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3279</v>
+        <v>3272</v>
       </c>
       <c r="B49" t="s">
         <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>448</v>
       </c>
       <c r="D49" t="s">
         <v>449</v>
       </c>
       <c r="E49" t="s">
         <v>450</v>
       </c>
       <c r="F49" t="s">
         <v>451</v>
       </c>
       <c r="G49" t="s">
         <v>452</v>
       </c>
       <c r="H49" t="s">
         <v>453</v>
       </c>
       <c r="I49" t="s">
         <v>454</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3298</v>
+        <v>3279</v>
       </c>
       <c r="B50" t="s">
         <v>456</v>
       </c>
       <c r="C50" t="s">
         <v>457</v>
       </c>
       <c r="D50" t="s">
         <v>458</v>
       </c>
       <c r="E50" t="s">
         <v>459</v>
       </c>
       <c r="F50" t="s">
         <v>460</v>
       </c>
       <c r="G50" t="s">
         <v>461</v>
       </c>
       <c r="H50" t="s">
         <v>462</v>
       </c>
       <c r="I50" t="s">
         <v>463</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3310</v>
+        <v>3298</v>
       </c>
       <c r="B51" t="s">
         <v>465</v>
       </c>
       <c r="C51" t="s">
         <v>466</v>
       </c>
       <c r="D51" t="s">
         <v>467</v>
       </c>
       <c r="E51" t="s">
         <v>468</v>
       </c>
       <c r="F51" t="s">
         <v>469</v>
       </c>
       <c r="G51" t="s">
         <v>470</v>
       </c>
       <c r="H51" t="s">
         <v>471</v>
       </c>
       <c r="I51" t="s">
         <v>472</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3313</v>
+        <v>3310</v>
       </c>
       <c r="B52" t="s">
         <v>474</v>
       </c>
       <c r="C52" t="s">
         <v>475</v>
       </c>
       <c r="D52" t="s">
         <v>476</v>
       </c>
       <c r="E52" t="s">
         <v>477</v>
       </c>
       <c r="F52" t="s">
         <v>478</v>
       </c>
       <c r="G52" t="s">
         <v>479</v>
       </c>
       <c r="H52" t="s">
         <v>480</v>
       </c>
       <c r="I52" t="s">
         <v>481</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3316</v>
+        <v>3313</v>
       </c>
       <c r="B53" t="s">
         <v>483</v>
       </c>
       <c r="C53" t="s">
         <v>484</v>
       </c>
       <c r="D53" t="s">
         <v>485</v>
       </c>
       <c r="E53" t="s">
         <v>486</v>
       </c>
       <c r="F53" t="s">
         <v>487</v>
       </c>
       <c r="G53" t="s">
         <v>488</v>
       </c>
       <c r="H53" t="s">
         <v>489</v>
       </c>
       <c r="I53" t="s">
         <v>490</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3317</v>
+        <v>3316</v>
       </c>
       <c r="B54" t="s">
         <v>492</v>
       </c>
       <c r="C54" t="s">
         <v>493</v>
       </c>
       <c r="D54" t="s">
         <v>494</v>
       </c>
       <c r="E54" t="s">
         <v>495</v>
       </c>
       <c r="F54" t="s">
         <v>496</v>
       </c>
       <c r="G54" t="s">
         <v>497</v>
       </c>
       <c r="H54" t="s">
         <v>498</v>
       </c>
       <c r="I54" t="s">
         <v>499</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>362</v>
+        <v>47</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
-        <v>364</v>
+        <v>48</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3330</v>
+        <v>3317</v>
       </c>
       <c r="B55" t="s">
         <v>501</v>
       </c>
       <c r="C55" t="s">
         <v>502</v>
       </c>
       <c r="D55" t="s">
         <v>503</v>
       </c>
       <c r="E55" t="s">
         <v>504</v>
       </c>
       <c r="F55" t="s">
         <v>505</v>
       </c>
       <c r="G55" t="s">
         <v>506</v>
       </c>
       <c r="H55" t="s">
         <v>507</v>
       </c>
       <c r="I55" t="s">
         <v>508</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>25</v>
+        <v>371</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
-        <v>27</v>
+        <v>373</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3331</v>
+        <v>3330</v>
       </c>
       <c r="B56" t="s">
         <v>510</v>
       </c>
       <c r="C56" t="s">
         <v>511</v>
       </c>
       <c r="D56" t="s">
         <v>512</v>
       </c>
       <c r="E56" t="s">
         <v>513</v>
       </c>
       <c r="F56" t="s">
         <v>514</v>
       </c>
       <c r="G56" t="s">
         <v>515</v>
       </c>
       <c r="H56" t="s">
         <v>516</v>
       </c>
       <c r="I56" t="s">
         <v>517</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3336</v>
+        <v>3331</v>
       </c>
       <c r="B57" t="s">
         <v>519</v>
       </c>
       <c r="C57" t="s">
         <v>520</v>
       </c>
       <c r="D57" t="s">
         <v>521</v>
       </c>
       <c r="E57" t="s">
         <v>522</v>
       </c>
       <c r="F57" t="s">
         <v>523</v>
       </c>
       <c r="G57" t="s">
         <v>524</v>
       </c>
       <c r="H57" t="s">
         <v>525</v>
       </c>
       <c r="I57" t="s">
         <v>526</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
+        <v>25</v>
+      </c>
+      <c r="L57" t="s">
+        <v>26</v>
+      </c>
+      <c r="M57" t="s">
+        <v>27</v>
+      </c>
+      <c r="N57" t="s">
+        <v>28</v>
+      </c>
+      <c r="O57" t="s">
         <v>527</v>
-      </c>
-[...10 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3341</v>
+        <v>3336</v>
       </c>
       <c r="B58" t="s">
+        <v>528</v>
+      </c>
+      <c r="C58" t="s">
+        <v>529</v>
+      </c>
+      <c r="D58" t="s">
         <v>530</v>
       </c>
-      <c r="C58" t="s">
+      <c r="E58" t="s">
         <v>531</v>
       </c>
-      <c r="D58" t="s">
+      <c r="F58" t="s">
         <v>532</v>
       </c>
-      <c r="E58" t="s">
+      <c r="G58" t="s">
         <v>533</v>
       </c>
-      <c r="F58" t="s">
+      <c r="H58" t="s">
         <v>534</v>
       </c>
-      <c r="G58" t="s">
+      <c r="I58" t="s">
         <v>535</v>
       </c>
-      <c r="H58" t="s">
+      <c r="J58" t="s">
+        <v>24</v>
+      </c>
+      <c r="K58" t="s">
         <v>536</v>
       </c>
-      <c r="I58" t="s">
+      <c r="L58" t="s">
+        <v>26</v>
+      </c>
+      <c r="M58" t="s">
         <v>537</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3348</v>
+        <v>3341</v>
       </c>
       <c r="B59" t="s">
         <v>539</v>
       </c>
       <c r="C59" t="s">
         <v>540</v>
       </c>
       <c r="D59" t="s">
         <v>541</v>
       </c>
       <c r="E59" t="s">
         <v>542</v>
       </c>
       <c r="F59" t="s">
         <v>543</v>
       </c>
       <c r="G59" t="s">
         <v>544</v>
       </c>
       <c r="H59" t="s">
         <v>545</v>
       </c>
       <c r="I59" t="s">
         <v>546</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3350</v>
+        <v>3348</v>
       </c>
       <c r="B60" t="s">
         <v>548</v>
       </c>
       <c r="C60" t="s">
         <v>549</v>
       </c>
       <c r="D60" t="s">
         <v>550</v>
       </c>
       <c r="E60" t="s">
         <v>551</v>
       </c>
       <c r="F60" t="s">
         <v>552</v>
       </c>
       <c r="G60" t="s">
         <v>553</v>
       </c>
       <c r="H60" t="s">
         <v>554</v>
       </c>
       <c r="I60" t="s">
         <v>555</v>
       </c>
       <c r="J60" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K60" t="s">
+        <v>25</v>
+      </c>
+      <c r="L60" t="s">
+        <v>26</v>
+      </c>
+      <c r="M60" t="s">
+        <v>27</v>
+      </c>
+      <c r="N60" t="s">
+        <v>28</v>
+      </c>
+      <c r="O60" t="s">
         <v>556</v>
-      </c>
-[...10 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3352</v>
+        <v>3350</v>
       </c>
       <c r="B61" t="s">
+        <v>557</v>
+      </c>
+      <c r="C61" t="s">
+        <v>558</v>
+      </c>
+      <c r="D61" t="s">
         <v>559</v>
       </c>
-      <c r="C61" t="s">
+      <c r="E61" t="s">
         <v>560</v>
       </c>
-      <c r="D61" t="s">
+      <c r="F61" t="s">
         <v>561</v>
       </c>
-      <c r="E61" t="s">
+      <c r="G61" t="s">
         <v>562</v>
       </c>
-      <c r="F61" t="s">
+      <c r="H61" t="s">
         <v>563</v>
       </c>
-      <c r="G61" t="s">
+      <c r="I61" t="s">
         <v>564</v>
       </c>
-      <c r="H61" t="s">
+      <c r="J61" t="s">
+        <v>370</v>
+      </c>
+      <c r="K61" t="s">
         <v>565</v>
       </c>
-      <c r="I61" t="s">
+      <c r="L61" t="s">
+        <v>372</v>
+      </c>
+      <c r="M61" t="s">
         <v>566</v>
       </c>
-      <c r="J61" t="s">
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
         <v>567</v>
-      </c>
-[...13 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3354</v>
+        <v>3352</v>
       </c>
       <c r="B62" t="s">
+        <v>568</v>
+      </c>
+      <c r="C62" t="s">
+        <v>569</v>
+      </c>
+      <c r="D62" t="s">
+        <v>570</v>
+      </c>
+      <c r="E62" t="s">
+        <v>571</v>
+      </c>
+      <c r="F62" t="s">
         <v>572</v>
       </c>
-      <c r="C62" t="s">
+      <c r="G62" t="s">
         <v>573</v>
       </c>
-      <c r="D62" t="s">
+      <c r="H62" t="s">
         <v>574</v>
       </c>
-      <c r="E62" t="s">
+      <c r="I62" t="s">
         <v>575</v>
       </c>
-      <c r="F62" t="s">
+      <c r="J62" t="s">
         <v>576</v>
       </c>
-      <c r="G62" t="s">
+      <c r="K62" t="s">
         <v>577</v>
       </c>
-      <c r="H62" t="s">
+      <c r="L62" t="s">
         <v>578</v>
       </c>
-      <c r="I62" t="s">
+      <c r="M62" t="s">
         <v>579</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3355</v>
+        <v>3354</v>
       </c>
       <c r="B63" t="s">
         <v>581</v>
       </c>
       <c r="C63" t="s">
         <v>582</v>
       </c>
       <c r="D63" t="s">
         <v>583</v>
       </c>
       <c r="E63" t="s">
         <v>584</v>
       </c>
       <c r="F63" t="s">
         <v>585</v>
       </c>
       <c r="G63" t="s">
         <v>586</v>
       </c>
       <c r="H63" t="s">
         <v>587</v>
       </c>
       <c r="I63" t="s">
         <v>588</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>27</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3359</v>
+        <v>3355</v>
       </c>
       <c r="B64" t="s">
         <v>590</v>
       </c>
       <c r="C64" t="s">
         <v>591</v>
       </c>
       <c r="D64" t="s">
         <v>592</v>
       </c>
       <c r="E64" t="s">
         <v>593</v>
       </c>
       <c r="F64" t="s">
         <v>594</v>
       </c>
       <c r="G64" t="s">
         <v>595</v>
       </c>
       <c r="H64" t="s">
         <v>596</v>
       </c>
       <c r="I64" t="s">
         <v>597</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>362</v>
+        <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>364</v>
+        <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3361</v>
+        <v>3359</v>
       </c>
       <c r="B65" t="s">
         <v>599</v>
       </c>
       <c r="C65" t="s">
         <v>600</v>
       </c>
       <c r="D65" t="s">
         <v>601</v>
       </c>
       <c r="E65" t="s">
         <v>602</v>
       </c>
       <c r="F65" t="s">
         <v>603</v>
       </c>
       <c r="G65" t="s">
         <v>604</v>
       </c>
       <c r="H65" t="s">
         <v>605</v>
       </c>
       <c r="I65" t="s">
         <v>606</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>130</v>
+        <v>371</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>131</v>
+        <v>373</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3365</v>
+        <v>3361</v>
       </c>
       <c r="B66" t="s">
         <v>608</v>
       </c>
       <c r="C66" t="s">
         <v>609</v>
       </c>
       <c r="D66" t="s">
         <v>610</v>
       </c>
       <c r="E66" t="s">
         <v>611</v>
       </c>
       <c r="F66" t="s">
         <v>612</v>
       </c>
       <c r="G66" t="s">
         <v>613</v>
       </c>
       <c r="H66" t="s">
         <v>614</v>
       </c>
       <c r="I66" t="s">
         <v>615</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3366</v>
+        <v>3365</v>
       </c>
       <c r="B67" t="s">
         <v>617</v>
       </c>
       <c r="C67" t="s">
         <v>618</v>
       </c>
       <c r="D67" t="s">
         <v>619</v>
       </c>
       <c r="E67" t="s">
         <v>620</v>
       </c>
       <c r="F67" t="s">
         <v>621</v>
       </c>
       <c r="G67" t="s">
         <v>622</v>
       </c>
       <c r="H67" t="s">
         <v>623</v>
       </c>
       <c r="I67" t="s">
         <v>624</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3372</v>
+        <v>3366</v>
       </c>
       <c r="B68" t="s">
         <v>626</v>
       </c>
       <c r="C68" t="s">
         <v>627</v>
       </c>
       <c r="D68" t="s">
         <v>628</v>
       </c>
       <c r="E68" t="s">
         <v>629</v>
       </c>
       <c r="F68" t="s">
         <v>630</v>
       </c>
       <c r="G68" t="s">
         <v>631</v>
       </c>
       <c r="H68" t="s">
         <v>632</v>
       </c>
       <c r="I68" t="s">
         <v>633</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3373</v>
+        <v>3372</v>
       </c>
       <c r="B69" t="s">
         <v>635</v>
       </c>
       <c r="C69" t="s">
         <v>636</v>
       </c>
       <c r="D69" t="s">
         <v>637</v>
       </c>
       <c r="E69" t="s">
         <v>638</v>
       </c>
       <c r="F69" t="s">
         <v>639</v>
       </c>
       <c r="G69" t="s">
         <v>640</v>
       </c>
       <c r="H69" t="s">
         <v>641</v>
       </c>
       <c r="I69" t="s">
         <v>642</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3375</v>
+        <v>3373</v>
       </c>
       <c r="B70" t="s">
         <v>644</v>
       </c>
       <c r="C70" t="s">
         <v>645</v>
       </c>
       <c r="D70" t="s">
         <v>646</v>
       </c>
       <c r="E70" t="s">
         <v>647</v>
       </c>
       <c r="F70" t="s">
         <v>648</v>
       </c>
       <c r="G70" t="s">
         <v>649</v>
       </c>
       <c r="H70" t="s">
         <v>650</v>
       </c>
       <c r="I70" t="s">
         <v>651</v>
       </c>
       <c r="J70" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>527</v>
+        <v>139</v>
       </c>
       <c r="L70" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>528</v>
+        <v>140</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3381</v>
+        <v>3375</v>
       </c>
       <c r="B71" t="s">
         <v>653</v>
       </c>
       <c r="C71" t="s">
         <v>654</v>
       </c>
       <c r="D71" t="s">
         <v>655</v>
       </c>
       <c r="E71" t="s">
         <v>656</v>
       </c>
       <c r="F71" t="s">
         <v>657</v>
       </c>
       <c r="G71" t="s">
         <v>658</v>
       </c>
       <c r="H71" t="s">
         <v>659</v>
       </c>
       <c r="I71" t="s">
         <v>660</v>
       </c>
       <c r="J71" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="K71" t="s">
-        <v>527</v>
+        <v>536</v>
       </c>
       <c r="L71" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="M71" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3383</v>
+        <v>3381</v>
       </c>
       <c r="B72" t="s">
         <v>662</v>
       </c>
       <c r="C72" t="s">
         <v>663</v>
       </c>
       <c r="D72" t="s">
         <v>664</v>
       </c>
       <c r="E72" t="s">
         <v>665</v>
       </c>
       <c r="F72" t="s">
         <v>666</v>
       </c>
       <c r="G72" t="s">
         <v>667</v>
       </c>
       <c r="H72" t="s">
         <v>668</v>
       </c>
       <c r="I72" t="s">
         <v>669</v>
       </c>
       <c r="J72" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K72" t="s">
+        <v>536</v>
+      </c>
+      <c r="L72" t="s">
+        <v>372</v>
+      </c>
+      <c r="M72" t="s">
+        <v>537</v>
+      </c>
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
         <v>670</v>
-      </c>
-[...10 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3389</v>
+        <v>3383</v>
       </c>
       <c r="B73" t="s">
+        <v>671</v>
+      </c>
+      <c r="C73" t="s">
+        <v>672</v>
+      </c>
+      <c r="D73" t="s">
         <v>673</v>
       </c>
-      <c r="C73" t="s">
+      <c r="E73" t="s">
         <v>674</v>
       </c>
-      <c r="D73" t="s">
+      <c r="F73" t="s">
         <v>675</v>
       </c>
-      <c r="E73" t="s">
+      <c r="G73" t="s">
         <v>676</v>
       </c>
-      <c r="F73" t="s">
+      <c r="H73" t="s">
         <v>677</v>
       </c>
-      <c r="G73" t="s">
+      <c r="I73" t="s">
         <v>678</v>
       </c>
-      <c r="H73" t="s">
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" t="s">
         <v>679</v>
       </c>
-      <c r="I73" t="s">
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73" t="s">
         <v>680</v>
       </c>
-      <c r="J73" t="s">
-[...2 lines deleted...]
-      <c r="K73" t="s">
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
         <v>681</v>
-      </c>
-[...10 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3390</v>
+        <v>3389</v>
       </c>
       <c r="B74" t="s">
+        <v>682</v>
+      </c>
+      <c r="C74" t="s">
+        <v>683</v>
+      </c>
+      <c r="D74" t="s">
         <v>684</v>
       </c>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
         <v>685</v>
       </c>
-      <c r="D74" t="s">
+      <c r="F74" t="s">
         <v>686</v>
       </c>
-      <c r="E74" t="s">
+      <c r="G74" t="s">
         <v>687</v>
       </c>
-      <c r="F74" t="s">
+      <c r="H74" t="s">
         <v>688</v>
       </c>
-      <c r="G74" t="s">
+      <c r="I74" t="s">
         <v>689</v>
       </c>
-      <c r="H74" t="s">
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
         <v>690</v>
       </c>
-      <c r="I74" t="s">
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74" t="s">
         <v>691</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3395</v>
+        <v>3390</v>
       </c>
       <c r="B75" t="s">
         <v>693</v>
       </c>
       <c r="C75" t="s">
         <v>694</v>
       </c>
       <c r="D75" t="s">
         <v>695</v>
       </c>
       <c r="E75" t="s">
         <v>696</v>
       </c>
       <c r="F75" t="s">
         <v>697</v>
       </c>
       <c r="G75" t="s">
         <v>698</v>
       </c>
       <c r="H75" t="s">
         <v>699</v>
       </c>
       <c r="I75" t="s">
         <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
+        <v>25</v>
+      </c>
+      <c r="L75" t="s">
+        <v>26</v>
+      </c>
+      <c r="M75" t="s">
+        <v>27</v>
+      </c>
+      <c r="N75" t="s">
+        <v>28</v>
+      </c>
+      <c r="O75" t="s">
         <v>701</v>
-      </c>
-[...10 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3406</v>
+        <v>3395</v>
       </c>
       <c r="B76" t="s">
+        <v>702</v>
+      </c>
+      <c r="C76" t="s">
+        <v>703</v>
+      </c>
+      <c r="D76" t="s">
         <v>704</v>
       </c>
-      <c r="C76" t="s">
+      <c r="E76" t="s">
         <v>705</v>
       </c>
-      <c r="D76" t="s">
+      <c r="F76" t="s">
         <v>706</v>
       </c>
-      <c r="E76" t="s">
+      <c r="G76" t="s">
         <v>707</v>
       </c>
-      <c r="F76" t="s">
+      <c r="H76" t="s">
         <v>708</v>
       </c>
-      <c r="G76" t="s">
+      <c r="I76" t="s">
         <v>709</v>
       </c>
-      <c r="H76" t="s">
+      <c r="J76" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" t="s">
         <v>710</v>
       </c>
-      <c r="I76" t="s">
+      <c r="L76" t="s">
+        <v>26</v>
+      </c>
+      <c r="M76" t="s">
         <v>711</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3407</v>
+        <v>3406</v>
       </c>
       <c r="B77" t="s">
         <v>713</v>
       </c>
       <c r="C77" t="s">
         <v>714</v>
       </c>
       <c r="D77" t="s">
         <v>715</v>
       </c>
       <c r="E77" t="s">
         <v>716</v>
       </c>
       <c r="F77" t="s">
         <v>717</v>
       </c>
       <c r="G77" t="s">
         <v>718</v>
       </c>
       <c r="H77" t="s">
         <v>719</v>
       </c>
       <c r="I77" t="s">
         <v>720</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3409</v>
+        <v>3407</v>
       </c>
       <c r="B78" t="s">
         <v>722</v>
       </c>
       <c r="C78" t="s">
         <v>723</v>
       </c>
       <c r="D78" t="s">
         <v>724</v>
       </c>
       <c r="E78" t="s">
         <v>725</v>
       </c>
       <c r="F78" t="s">
         <v>726</v>
       </c>
       <c r="G78" t="s">
         <v>727</v>
       </c>
       <c r="H78" t="s">
         <v>728</v>
       </c>
       <c r="I78" t="s">
         <v>729</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
         <v>25</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
         <v>27</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3410</v>
+        <v>3409</v>
       </c>
       <c r="B79" t="s">
         <v>731</v>
       </c>
       <c r="C79" t="s">
         <v>732</v>
       </c>
       <c r="D79" t="s">
         <v>733</v>
       </c>
       <c r="E79" t="s">
         <v>734</v>
       </c>
       <c r="F79" t="s">
         <v>735</v>
       </c>
       <c r="G79" t="s">
         <v>736</v>
       </c>
       <c r="H79" t="s">
         <v>737</v>
       </c>
       <c r="I79" t="s">
         <v>738</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
         <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3414</v>
+        <v>3410</v>
       </c>
       <c r="B80" t="s">
         <v>740</v>
       </c>
       <c r="C80" t="s">
         <v>741</v>
       </c>
       <c r="D80" t="s">
         <v>742</v>
       </c>
       <c r="E80" t="s">
         <v>743</v>
       </c>
       <c r="F80" t="s">
         <v>744</v>
       </c>
       <c r="G80" t="s">
         <v>745</v>
       </c>
       <c r="H80" t="s">
         <v>746</v>
       </c>
       <c r="I80" t="s">
         <v>747</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3417</v>
+        <v>3414</v>
       </c>
       <c r="B81" t="s">
         <v>749</v>
       </c>
       <c r="C81" t="s">
         <v>750</v>
       </c>
       <c r="D81" t="s">
         <v>751</v>
       </c>
       <c r="E81" t="s">
         <v>752</v>
       </c>
       <c r="F81" t="s">
         <v>753</v>
       </c>
       <c r="G81" t="s">
         <v>754</v>
       </c>
       <c r="H81" t="s">
         <v>755</v>
       </c>
       <c r="I81" t="s">
         <v>756</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3418</v>
+        <v>3417</v>
       </c>
       <c r="B82" t="s">
         <v>758</v>
       </c>
       <c r="C82" t="s">
         <v>759</v>
       </c>
       <c r="D82" t="s">
         <v>760</v>
       </c>
       <c r="E82" t="s">
         <v>761</v>
       </c>
       <c r="F82" t="s">
         <v>762</v>
       </c>
       <c r="G82" t="s">
         <v>763</v>
       </c>
       <c r="H82" t="s">
         <v>764</v>
       </c>
       <c r="I82" t="s">
         <v>765</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3419</v>
+        <v>3418</v>
       </c>
       <c r="B83" t="s">
         <v>767</v>
       </c>
       <c r="C83" t="s">
         <v>768</v>
       </c>
       <c r="D83" t="s">
         <v>769</v>
       </c>
       <c r="E83" t="s">
         <v>770</v>
       </c>
       <c r="F83" t="s">
         <v>771</v>
       </c>
       <c r="G83" t="s">
         <v>772</v>
       </c>
       <c r="H83" t="s">
         <v>773</v>
       </c>
       <c r="I83" t="s">
         <v>774</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3420</v>
+        <v>3419</v>
       </c>
       <c r="B84" t="s">
         <v>776</v>
       </c>
       <c r="C84" t="s">
         <v>777</v>
       </c>
       <c r="D84" t="s">
         <v>778</v>
       </c>
       <c r="E84" t="s">
         <v>779</v>
       </c>
       <c r="F84" t="s">
         <v>780</v>
       </c>
       <c r="G84" t="s">
         <v>781</v>
       </c>
       <c r="H84" t="s">
         <v>782</v>
       </c>
       <c r="I84" t="s">
         <v>783</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3422</v>
+        <v>3420</v>
       </c>
       <c r="B85" t="s">
         <v>785</v>
       </c>
       <c r="C85" t="s">
         <v>786</v>
       </c>
       <c r="D85" t="s">
         <v>787</v>
       </c>
       <c r="E85" t="s">
         <v>788</v>
       </c>
       <c r="F85" t="s">
         <v>789</v>
       </c>
       <c r="G85" t="s">
         <v>790</v>
       </c>
       <c r="H85" t="s">
         <v>791</v>
       </c>
       <c r="I85" t="s">
         <v>792</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3438</v>
+        <v>3422</v>
       </c>
       <c r="B86" t="s">
         <v>794</v>
       </c>
       <c r="C86" t="s">
         <v>795</v>
       </c>
       <c r="D86" t="s">
         <v>796</v>
       </c>
       <c r="E86" t="s">
         <v>797</v>
       </c>
       <c r="F86" t="s">
         <v>798</v>
       </c>
       <c r="G86" t="s">
         <v>799</v>
       </c>
       <c r="H86" t="s">
         <v>800</v>
       </c>
       <c r="I86" t="s">
         <v>801</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>25</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>27</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3444</v>
+        <v>3438</v>
       </c>
       <c r="B87" t="s">
         <v>803</v>
       </c>
       <c r="C87" t="s">
         <v>804</v>
       </c>
       <c r="D87" t="s">
         <v>805</v>
       </c>
       <c r="E87" t="s">
         <v>806</v>
       </c>
       <c r="F87" t="s">
         <v>807</v>
       </c>
       <c r="G87" t="s">
         <v>808</v>
       </c>
       <c r="H87" t="s">
         <v>809</v>
       </c>
       <c r="I87" t="s">
         <v>810</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3461</v>
+        <v>3444</v>
       </c>
       <c r="B88" t="s">
         <v>812</v>
       </c>
       <c r="C88" t="s">
         <v>813</v>
       </c>
       <c r="D88" t="s">
         <v>814</v>
       </c>
       <c r="E88" t="s">
         <v>815</v>
       </c>
       <c r="F88" t="s">
         <v>816</v>
       </c>
       <c r="G88" t="s">
         <v>817</v>
       </c>
       <c r="H88" t="s">
         <v>818</v>
       </c>
       <c r="I88" t="s">
         <v>819</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3470</v>
+        <v>3461</v>
       </c>
       <c r="B89" t="s">
         <v>821</v>
       </c>
       <c r="C89" t="s">
         <v>822</v>
       </c>
       <c r="D89" t="s">
         <v>823</v>
       </c>
       <c r="E89" t="s">
         <v>824</v>
       </c>
       <c r="F89" t="s">
         <v>825</v>
       </c>
       <c r="G89" t="s">
         <v>826</v>
       </c>
       <c r="H89" t="s">
         <v>827</v>
       </c>
       <c r="I89" t="s">
         <v>828</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
+        <v>25</v>
+      </c>
+      <c r="L89" t="s">
+        <v>26</v>
+      </c>
+      <c r="M89" t="s">
+        <v>27</v>
+      </c>
+      <c r="N89" t="s">
+        <v>28</v>
+      </c>
+      <c r="O89" t="s">
         <v>829</v>
-      </c>
-[...10 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3475</v>
+        <v>3470</v>
       </c>
       <c r="B90" t="s">
+        <v>830</v>
+      </c>
+      <c r="C90" t="s">
+        <v>831</v>
+      </c>
+      <c r="D90" t="s">
         <v>832</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90" t="s">
         <v>833</v>
       </c>
-      <c r="D90" t="s">
+      <c r="F90" t="s">
         <v>834</v>
       </c>
-      <c r="E90" t="s">
+      <c r="G90" t="s">
         <v>835</v>
       </c>
-      <c r="F90" t="s">
+      <c r="H90" t="s">
         <v>836</v>
       </c>
-      <c r="G90" t="s">
+      <c r="I90" t="s">
         <v>837</v>
       </c>
-      <c r="H90" t="s">
+      <c r="J90" t="s">
+        <v>24</v>
+      </c>
+      <c r="K90" t="s">
         <v>838</v>
       </c>
-      <c r="I90" t="s">
+      <c r="L90" t="s">
+        <v>26</v>
+      </c>
+      <c r="M90" t="s">
         <v>839</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3476</v>
+        <v>3475</v>
       </c>
       <c r="B91" t="s">
         <v>841</v>
       </c>
       <c r="C91" t="s">
         <v>842</v>
       </c>
       <c r="D91" t="s">
         <v>843</v>
       </c>
       <c r="E91" t="s">
         <v>844</v>
       </c>
       <c r="F91" t="s">
         <v>845</v>
       </c>
       <c r="G91" t="s">
         <v>846</v>
       </c>
       <c r="H91" t="s">
         <v>847</v>
       </c>
       <c r="I91" t="s">
         <v>848</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3481</v>
+        <v>3476</v>
       </c>
       <c r="B92" t="s">
         <v>850</v>
       </c>
       <c r="C92" t="s">
         <v>851</v>
       </c>
       <c r="D92" t="s">
         <v>852</v>
       </c>
       <c r="E92" t="s">
         <v>853</v>
       </c>
       <c r="F92" t="s">
         <v>854</v>
       </c>
       <c r="G92" t="s">
         <v>855</v>
       </c>
       <c r="H92" t="s">
         <v>856</v>
       </c>
       <c r="I92" t="s">
         <v>857</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3512</v>
+        <v>3481</v>
       </c>
       <c r="B93" t="s">
         <v>859</v>
       </c>
       <c r="C93" t="s">
         <v>860</v>
       </c>
       <c r="D93" t="s">
         <v>861</v>
       </c>
       <c r="E93" t="s">
         <v>862</v>
       </c>
       <c r="F93" t="s">
         <v>863</v>
       </c>
       <c r="G93" t="s">
         <v>864</v>
       </c>
       <c r="H93" t="s">
         <v>865</v>
       </c>
       <c r="I93" t="s">
         <v>866</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3520</v>
+        <v>3512</v>
       </c>
       <c r="B94" t="s">
         <v>868</v>
       </c>
       <c r="C94" t="s">
         <v>869</v>
       </c>
       <c r="D94" t="s">
         <v>870</v>
       </c>
       <c r="E94" t="s">
         <v>871</v>
       </c>
       <c r="F94" t="s">
         <v>872</v>
       </c>
       <c r="G94" t="s">
         <v>873</v>
       </c>
       <c r="H94" t="s">
         <v>874</v>
       </c>
       <c r="I94" t="s">
         <v>875</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
+        <v>25</v>
+      </c>
+      <c r="L94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M94" t="s">
+        <v>27</v>
+      </c>
+      <c r="N94" t="s">
+        <v>28</v>
+      </c>
+      <c r="O94" t="s">
         <v>876</v>
-      </c>
-[...10 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3534</v>
+        <v>3520</v>
       </c>
       <c r="B95" t="s">
+        <v>877</v>
+      </c>
+      <c r="C95" t="s">
+        <v>878</v>
+      </c>
+      <c r="D95" t="s">
         <v>879</v>
       </c>
-      <c r="C95" t="s">
+      <c r="E95" t="s">
         <v>880</v>
       </c>
-      <c r="D95" t="s">
+      <c r="F95" t="s">
         <v>881</v>
       </c>
-      <c r="E95" t="s">
+      <c r="G95" t="s">
         <v>882</v>
       </c>
-      <c r="F95" t="s">
+      <c r="H95" t="s">
         <v>883</v>
       </c>
-      <c r="G95" t="s">
+      <c r="I95" t="s">
         <v>884</v>
       </c>
-      <c r="H95" t="s">
+      <c r="J95" t="s">
+        <v>24</v>
+      </c>
+      <c r="K95" t="s">
         <v>885</v>
       </c>
-      <c r="I95" t="s">
+      <c r="L95" t="s">
+        <v>26</v>
+      </c>
+      <c r="M95" t="s">
         <v>886</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3553</v>
+        <v>3534</v>
       </c>
       <c r="B96" t="s">
         <v>888</v>
       </c>
       <c r="C96" t="s">
         <v>889</v>
       </c>
       <c r="D96" t="s">
         <v>890</v>
       </c>
       <c r="E96" t="s">
         <v>891</v>
       </c>
       <c r="F96" t="s">
         <v>892</v>
       </c>
       <c r="G96" t="s">
         <v>893</v>
       </c>
       <c r="H96" t="s">
         <v>894</v>
       </c>
       <c r="I96" t="s">
         <v>895</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3567</v>
+        <v>3553</v>
       </c>
       <c r="B97" t="s">
         <v>897</v>
       </c>
       <c r="C97" t="s">
         <v>898</v>
       </c>
       <c r="D97" t="s">
         <v>899</v>
       </c>
       <c r="E97" t="s">
         <v>900</v>
       </c>
       <c r="F97" t="s">
         <v>901</v>
       </c>
       <c r="G97" t="s">
         <v>902</v>
       </c>
       <c r="H97" t="s">
         <v>903</v>
       </c>
       <c r="I97" t="s">
         <v>904</v>
       </c>
       <c r="J97" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K97" t="s">
+        <v>47</v>
+      </c>
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
+        <v>48</v>
+      </c>
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>905</v>
-      </c>
-[...10 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3574</v>
+        <v>3567</v>
       </c>
       <c r="B98" t="s">
+        <v>906</v>
+      </c>
+      <c r="C98" t="s">
+        <v>907</v>
+      </c>
+      <c r="D98" t="s">
         <v>908</v>
       </c>
-      <c r="C98" t="s">
+      <c r="E98" t="s">
         <v>909</v>
       </c>
-      <c r="D98" t="s">
+      <c r="F98" t="s">
         <v>910</v>
       </c>
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>911</v>
       </c>
-      <c r="F98" t="s">
+      <c r="H98" t="s">
         <v>912</v>
       </c>
-      <c r="G98" t="s">
+      <c r="I98" t="s">
         <v>913</v>
       </c>
-      <c r="H98" t="s">
+      <c r="J98" t="s">
+        <v>370</v>
+      </c>
+      <c r="K98" t="s">
         <v>914</v>
       </c>
-      <c r="I98" t="s">
+      <c r="L98" t="s">
+        <v>372</v>
+      </c>
+      <c r="M98" t="s">
         <v>915</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
         <v>916</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3575</v>
+        <v>3574</v>
       </c>
       <c r="B99" t="s">
         <v>917</v>
       </c>
       <c r="C99" t="s">
         <v>918</v>
       </c>
       <c r="D99" t="s">
         <v>919</v>
       </c>
       <c r="E99" t="s">
         <v>920</v>
       </c>
       <c r="F99" t="s">
         <v>921</v>
       </c>
       <c r="G99" t="s">
         <v>922</v>
       </c>
       <c r="H99" t="s">
         <v>923</v>
       </c>
       <c r="I99" t="s">
         <v>924</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
+        <v>139</v>
+      </c>
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
+        <v>140</v>
+      </c>
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>925</v>
-      </c>
-[...10 lines deleted...]
-        <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3581</v>
+        <v>3575</v>
       </c>
       <c r="B100" t="s">
+        <v>926</v>
+      </c>
+      <c r="C100" t="s">
+        <v>927</v>
+      </c>
+      <c r="D100" t="s">
         <v>928</v>
       </c>
-      <c r="C100" t="s">
+      <c r="E100" t="s">
         <v>929</v>
       </c>
-      <c r="D100" t="s">
+      <c r="F100" t="s">
         <v>930</v>
       </c>
-      <c r="E100" t="s">
+      <c r="G100" t="s">
         <v>931</v>
       </c>
-      <c r="F100" t="s">
+      <c r="H100" t="s">
         <v>932</v>
       </c>
-      <c r="G100" t="s">
+      <c r="I100" t="s">
         <v>933</v>
       </c>
-      <c r="H100" t="s">
+      <c r="J100" t="s">
+        <v>24</v>
+      </c>
+      <c r="K100" t="s">
         <v>934</v>
       </c>
-      <c r="I100" t="s">
+      <c r="L100" t="s">
+        <v>26</v>
+      </c>
+      <c r="M100" t="s">
         <v>935</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3588</v>
+        <v>3581</v>
       </c>
       <c r="B101" t="s">
         <v>937</v>
       </c>
       <c r="C101" t="s">
         <v>938</v>
       </c>
       <c r="D101" t="s">
         <v>939</v>
       </c>
       <c r="E101" t="s">
         <v>940</v>
       </c>
       <c r="F101" t="s">
         <v>941</v>
       </c>
       <c r="G101" t="s">
         <v>942</v>
       </c>
       <c r="H101" t="s">
         <v>943</v>
       </c>
       <c r="I101" t="s">
         <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
+        <v>47</v>
+      </c>
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
+        <v>48</v>
+      </c>
+      <c r="N101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O101" t="s">
         <v>945</v>
-      </c>
-[...10 lines deleted...]
-        <v>947</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3591</v>
+        <v>3588</v>
       </c>
       <c r="B102" t="s">
+        <v>946</v>
+      </c>
+      <c r="C102" t="s">
+        <v>947</v>
+      </c>
+      <c r="D102" t="s">
         <v>948</v>
       </c>
-      <c r="C102" t="s">
+      <c r="E102" t="s">
         <v>949</v>
       </c>
-      <c r="D102" t="s">
+      <c r="F102" t="s">
         <v>950</v>
       </c>
-      <c r="E102" t="s">
+      <c r="G102" t="s">
         <v>951</v>
       </c>
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>952</v>
       </c>
-      <c r="G102" t="s">
+      <c r="I102" t="s">
         <v>953</v>
       </c>
-      <c r="H102" t="s">
+      <c r="J102" t="s">
+        <v>24</v>
+      </c>
+      <c r="K102" t="s">
         <v>954</v>
       </c>
-      <c r="I102" t="s">
+      <c r="L102" t="s">
+        <v>26</v>
+      </c>
+      <c r="M102" t="s">
         <v>955</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3686</v>
+        <v>3591</v>
       </c>
       <c r="B103" t="s">
         <v>957</v>
       </c>
       <c r="C103" t="s">
         <v>958</v>
       </c>
       <c r="D103" t="s">
         <v>959</v>
       </c>
       <c r="E103" t="s">
         <v>960</v>
       </c>
       <c r="F103" t="s">
         <v>961</v>
       </c>
       <c r="G103" t="s">
         <v>962</v>
       </c>
       <c r="H103" t="s">
         <v>963</v>
       </c>
       <c r="I103" t="s">
         <v>964</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3689</v>
+        <v>3686</v>
       </c>
       <c r="B104" t="s">
         <v>966</v>
       </c>
       <c r="C104" t="s">
         <v>967</v>
       </c>
       <c r="D104" t="s">
         <v>968</v>
       </c>
       <c r="E104" t="s">
         <v>969</v>
       </c>
       <c r="F104" t="s">
         <v>970</v>
       </c>
       <c r="G104" t="s">
         <v>971</v>
       </c>
       <c r="H104" t="s">
         <v>972</v>
       </c>
       <c r="I104" t="s">
         <v>973</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3700</v>
+        <v>3689</v>
       </c>
       <c r="B105" t="s">
         <v>975</v>
       </c>
       <c r="C105" t="s">
         <v>976</v>
       </c>
       <c r="D105" t="s">
         <v>977</v>
       </c>
       <c r="E105" t="s">
         <v>978</v>
       </c>
       <c r="F105" t="s">
         <v>979</v>
       </c>
       <c r="G105" t="s">
         <v>980</v>
       </c>
       <c r="H105" t="s">
         <v>981</v>
       </c>
       <c r="I105" t="s">
         <v>982</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3701</v>
+        <v>3700</v>
       </c>
       <c r="B106" t="s">
         <v>984</v>
       </c>
       <c r="C106" t="s">
         <v>985</v>
       </c>
       <c r="D106" t="s">
         <v>986</v>
       </c>
       <c r="E106" t="s">
         <v>987</v>
       </c>
       <c r="F106" t="s">
         <v>988</v>
       </c>
       <c r="G106" t="s">
         <v>989</v>
       </c>
       <c r="H106" t="s">
         <v>990</v>
       </c>
       <c r="I106" t="s">
         <v>991</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3702</v>
+        <v>3701</v>
       </c>
       <c r="B107" t="s">
         <v>993</v>
       </c>
       <c r="C107" t="s">
         <v>994</v>
       </c>
       <c r="D107" t="s">
         <v>995</v>
       </c>
       <c r="E107" t="s">
         <v>996</v>
       </c>
       <c r="F107" t="s">
         <v>997</v>
       </c>
       <c r="G107" t="s">
         <v>998</v>
       </c>
       <c r="H107" t="s">
         <v>999</v>
       </c>
       <c r="I107" t="s">
         <v>1000</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3706</v>
+        <v>3702</v>
       </c>
       <c r="B108" t="s">
         <v>1002</v>
       </c>
       <c r="C108" t="s">
         <v>1003</v>
       </c>
       <c r="D108" t="s">
         <v>1004</v>
       </c>
       <c r="E108" t="s">
         <v>1005</v>
       </c>
       <c r="F108" t="s">
         <v>1006</v>
       </c>
       <c r="G108" t="s">
         <v>1007</v>
       </c>
       <c r="H108" t="s">
         <v>1008</v>
       </c>
       <c r="I108" t="s">
         <v>1009</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
         <v>1010</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3711</v>
+        <v>3706</v>
       </c>
       <c r="B109" t="s">
         <v>1011</v>
       </c>
       <c r="C109" t="s">
         <v>1012</v>
       </c>
       <c r="D109" t="s">
         <v>1013</v>
       </c>
       <c r="E109" t="s">
         <v>1014</v>
       </c>
       <c r="F109" t="s">
         <v>1015</v>
       </c>
       <c r="G109" t="s">
         <v>1016</v>
       </c>
       <c r="H109" t="s">
         <v>1017</v>
       </c>
       <c r="I109" t="s">
         <v>1018</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3716</v>
+        <v>3711</v>
       </c>
       <c r="B110" t="s">
         <v>1020</v>
       </c>
       <c r="C110" t="s">
         <v>1021</v>
       </c>
       <c r="D110" t="s">
         <v>1022</v>
       </c>
       <c r="E110" t="s">
         <v>1023</v>
       </c>
       <c r="F110" t="s">
         <v>1024</v>
       </c>
       <c r="G110" t="s">
         <v>1025</v>
       </c>
       <c r="H110" t="s">
         <v>1026</v>
       </c>
       <c r="I110" t="s">
         <v>1027</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3718</v>
+        <v>3716</v>
       </c>
       <c r="B111" t="s">
         <v>1029</v>
       </c>
       <c r="C111" t="s">
         <v>1030</v>
       </c>
       <c r="D111" t="s">
         <v>1031</v>
       </c>
       <c r="E111" t="s">
         <v>1032</v>
       </c>
       <c r="F111" t="s">
         <v>1033</v>
       </c>
       <c r="G111" t="s">
         <v>1034</v>
       </c>
       <c r="H111" t="s">
         <v>1035</v>
       </c>
       <c r="I111" t="s">
         <v>1036</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3719</v>
+        <v>3718</v>
       </c>
       <c r="B112" t="s">
         <v>1038</v>
       </c>
       <c r="C112" t="s">
         <v>1039</v>
       </c>
       <c r="D112" t="s">
         <v>1040</v>
       </c>
       <c r="E112" t="s">
         <v>1041</v>
       </c>
       <c r="F112" t="s">
         <v>1042</v>
       </c>
       <c r="G112" t="s">
         <v>1043</v>
       </c>
       <c r="H112" t="s">
         <v>1044</v>
       </c>
       <c r="I112" t="s">
         <v>1045</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
         <v>1046</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3732</v>
+        <v>3719</v>
       </c>
       <c r="B113" t="s">
         <v>1047</v>
       </c>
       <c r="C113" t="s">
         <v>1048</v>
       </c>
       <c r="D113" t="s">
         <v>1049</v>
       </c>
       <c r="E113" t="s">
         <v>1050</v>
       </c>
       <c r="F113" t="s">
         <v>1051</v>
       </c>
       <c r="G113" t="s">
         <v>1052</v>
       </c>
       <c r="H113" t="s">
         <v>1053</v>
       </c>
       <c r="I113" t="s">
         <v>1054</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3756</v>
+        <v>3732</v>
       </c>
       <c r="B114" t="s">
         <v>1056</v>
       </c>
       <c r="C114" t="s">
         <v>1057</v>
       </c>
       <c r="D114" t="s">
         <v>1058</v>
       </c>
       <c r="E114" t="s">
         <v>1059</v>
       </c>
       <c r="F114" t="s">
         <v>1060</v>
       </c>
       <c r="G114" t="s">
         <v>1061</v>
       </c>
       <c r="H114" t="s">
         <v>1062</v>
       </c>
       <c r="I114" t="s">
         <v>1063</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3854</v>
+        <v>3756</v>
       </c>
       <c r="B115" t="s">
         <v>1065</v>
       </c>
       <c r="C115" t="s">
         <v>1066</v>
       </c>
       <c r="D115" t="s">
         <v>1067</v>
       </c>
       <c r="E115" t="s">
         <v>1068</v>
       </c>
       <c r="F115" t="s">
         <v>1069</v>
       </c>
       <c r="G115" t="s">
         <v>1070</v>
       </c>
       <c r="H115" t="s">
         <v>1071</v>
       </c>
       <c r="I115" t="s">
         <v>1072</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>4176</v>
+        <v>3854</v>
       </c>
       <c r="B116" t="s">
         <v>1074</v>
       </c>
       <c r="C116" t="s">
         <v>1075</v>
       </c>
       <c r="D116" t="s">
         <v>1076</v>
       </c>
       <c r="E116" t="s">
         <v>1077</v>
       </c>
       <c r="F116" t="s">
         <v>1078</v>
       </c>
       <c r="G116" t="s">
         <v>1079</v>
       </c>
       <c r="H116" t="s">
         <v>1080</v>
       </c>
       <c r="I116" t="s">
         <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>4180</v>
+        <v>4176</v>
       </c>
       <c r="B117" t="s">
         <v>1083</v>
       </c>
       <c r="C117" t="s">
         <v>1084</v>
       </c>
       <c r="D117" t="s">
         <v>1085</v>
       </c>
       <c r="E117" t="s">
         <v>1086</v>
       </c>
       <c r="F117" t="s">
         <v>1087</v>
       </c>
       <c r="G117" t="s">
         <v>1088</v>
       </c>
       <c r="H117" t="s">
         <v>1089</v>
       </c>
       <c r="I117" t="s">
         <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>4186</v>
       </c>
       <c r="B118" t="s">
         <v>1092</v>
       </c>
       <c r="C118" t="s">
         <v>1093</v>
       </c>
       <c r="D118" t="s">
         <v>1094</v>
       </c>
       <c r="E118" t="s">
         <v>1095</v>
       </c>
       <c r="F118" t="s">
         <v>1096</v>
       </c>
       <c r="G118" t="s">
         <v>1097</v>
       </c>
       <c r="H118" t="s">
         <v>1098</v>
       </c>
       <c r="I118" t="s">
         <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>4196</v>
       </c>
       <c r="B119" t="s">
         <v>1101</v>
       </c>
       <c r="C119" t="s">
         <v>1102</v>
       </c>
       <c r="D119" t="s">
         <v>1103</v>
       </c>
       <c r="E119" t="s">
         <v>1104</v>
       </c>
       <c r="F119" t="s">
@@ -19469,57 +19586,57 @@
       <c r="C128" t="s">
         <v>1183</v>
       </c>
       <c r="D128" t="s">
         <v>1184</v>
       </c>
       <c r="E128" t="s">
         <v>1185</v>
       </c>
       <c r="F128" t="s">
         <v>1186</v>
       </c>
       <c r="G128" t="s">
         <v>1187</v>
       </c>
       <c r="H128" t="s">
         <v>1188</v>
       </c>
       <c r="I128" t="s">
         <v>1189</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>4314</v>
       </c>
       <c r="B129" t="s">
         <v>1191</v>
       </c>
       <c r="C129" t="s">
         <v>1192</v>
       </c>
       <c r="D129" t="s">
         <v>1193</v>
       </c>
       <c r="E129" t="s">
         <v>1194</v>
       </c>
       <c r="F129" t="s">
@@ -19563,104 +19680,104 @@
       <c r="C130" t="s">
         <v>1201</v>
       </c>
       <c r="D130" t="s">
         <v>1202</v>
       </c>
       <c r="E130" t="s">
         <v>1203</v>
       </c>
       <c r="F130" t="s">
         <v>1204</v>
       </c>
       <c r="G130" t="s">
         <v>1205</v>
       </c>
       <c r="H130" t="s">
         <v>1206</v>
       </c>
       <c r="I130" t="s">
         <v>1207</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>4319</v>
       </c>
       <c r="B131" t="s">
         <v>1209</v>
       </c>
       <c r="C131" t="s">
         <v>1210</v>
       </c>
       <c r="D131" t="s">
         <v>1211</v>
       </c>
       <c r="E131" t="s">
         <v>1212</v>
       </c>
       <c r="F131" t="s">
         <v>1213</v>
       </c>
       <c r="G131" t="s">
         <v>1214</v>
       </c>
       <c r="H131" t="s">
         <v>1215</v>
       </c>
       <c r="I131" t="s">
         <v>1216</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>4322</v>
       </c>
       <c r="B132" t="s">
         <v>1218</v>
       </c>
       <c r="C132" t="s">
         <v>1219</v>
       </c>
       <c r="D132" t="s">
         <v>1220</v>
       </c>
       <c r="E132" t="s">
         <v>1221</v>
       </c>
       <c r="F132" t="s">
@@ -19674,10897 +19791,11185 @@
       </c>
       <c r="I132" t="s">
         <v>1225</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>25</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>27</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>4555</v>
+        <v>4495</v>
       </c>
       <c r="B133" t="s">
         <v>1227</v>
       </c>
       <c r="C133" t="s">
         <v>1228</v>
       </c>
       <c r="D133" t="s">
         <v>1229</v>
       </c>
       <c r="E133" t="s">
         <v>1230</v>
       </c>
       <c r="F133" t="s">
         <v>1231</v>
       </c>
       <c r="G133" t="s">
         <v>1232</v>
       </c>
       <c r="H133" t="s">
         <v>1233</v>
       </c>
       <c r="I133" t="s">
         <v>1234</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>4560</v>
+        <v>4555</v>
       </c>
       <c r="B134" t="s">
         <v>1236</v>
       </c>
       <c r="C134" t="s">
         <v>1237</v>
       </c>
       <c r="D134" t="s">
         <v>1238</v>
       </c>
       <c r="E134" t="s">
         <v>1239</v>
       </c>
       <c r="F134" t="s">
         <v>1240</v>
       </c>
       <c r="G134" t="s">
         <v>1241</v>
       </c>
       <c r="H134" t="s">
         <v>1242</v>
       </c>
       <c r="I134" t="s">
         <v>1243</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>4563</v>
+        <v>4560</v>
       </c>
       <c r="B135" t="s">
         <v>1245</v>
       </c>
       <c r="C135" t="s">
         <v>1246</v>
       </c>
       <c r="D135" t="s">
         <v>1247</v>
       </c>
       <c r="E135" t="s">
         <v>1248</v>
       </c>
       <c r="F135" t="s">
         <v>1249</v>
       </c>
       <c r="G135" t="s">
         <v>1250</v>
       </c>
       <c r="H135" t="s">
         <v>1251</v>
       </c>
       <c r="I135" t="s">
         <v>1252</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>4568</v>
+        <v>4563</v>
       </c>
       <c r="B136" t="s">
         <v>1254</v>
       </c>
       <c r="C136" t="s">
         <v>1255</v>
       </c>
       <c r="D136" t="s">
         <v>1256</v>
       </c>
       <c r="E136" t="s">
         <v>1257</v>
       </c>
       <c r="F136" t="s">
         <v>1258</v>
       </c>
       <c r="G136" t="s">
         <v>1259</v>
       </c>
       <c r="H136" t="s">
         <v>1260</v>
       </c>
       <c r="I136" t="s">
         <v>1261</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>4709</v>
+        <v>4568</v>
       </c>
       <c r="B137" t="s">
         <v>1263</v>
       </c>
       <c r="C137" t="s">
         <v>1264</v>
       </c>
       <c r="D137" t="s">
         <v>1265</v>
       </c>
       <c r="E137" t="s">
         <v>1266</v>
       </c>
       <c r="F137" t="s">
         <v>1267</v>
       </c>
       <c r="G137" t="s">
         <v>1268</v>
       </c>
       <c r="H137" t="s">
         <v>1269</v>
       </c>
       <c r="I137" t="s">
         <v>1270</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>4711</v>
+        <v>4709</v>
       </c>
       <c r="B138" t="s">
         <v>1272</v>
       </c>
       <c r="C138" t="s">
         <v>1273</v>
       </c>
       <c r="D138" t="s">
         <v>1274</v>
       </c>
       <c r="E138" t="s">
         <v>1275</v>
       </c>
       <c r="F138" t="s">
         <v>1276</v>
       </c>
       <c r="G138" t="s">
         <v>1277</v>
       </c>
       <c r="H138" t="s">
         <v>1278</v>
       </c>
       <c r="I138" t="s">
         <v>1279</v>
       </c>
       <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
+        <v>47</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>48</v>
+      </c>
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
         <v>1280</v>
-      </c>
-[...13 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>4721</v>
+        <v>4711</v>
       </c>
       <c r="B139" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F139" t="s">
         <v>1285</v>
       </c>
-      <c r="C139" t="s">
+      <c r="G139" t="s">
         <v>1286</v>
       </c>
-      <c r="D139" t="s">
+      <c r="H139" t="s">
         <v>1287</v>
       </c>
-      <c r="E139" t="s">
+      <c r="I139" t="s">
         <v>1288</v>
       </c>
-      <c r="F139" t="s">
+      <c r="J139" t="s">
         <v>1289</v>
       </c>
-      <c r="G139" t="s">
+      <c r="K139" t="s">
         <v>1290</v>
       </c>
-      <c r="H139" t="s">
+      <c r="L139" t="s">
         <v>1291</v>
       </c>
-      <c r="I139" t="s">
+      <c r="M139" t="s">
         <v>1292</v>
-      </c>
-[...10 lines deleted...]
-        <v>926</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>4792</v>
+        <v>4721</v>
       </c>
       <c r="B140" t="s">
         <v>1294</v>
       </c>
       <c r="C140" t="s">
         <v>1295</v>
       </c>
       <c r="D140" t="s">
         <v>1296</v>
       </c>
       <c r="E140" t="s">
         <v>1297</v>
       </c>
       <c r="F140" t="s">
         <v>1298</v>
       </c>
       <c r="G140" t="s">
         <v>1299</v>
       </c>
       <c r="H140" t="s">
         <v>1300</v>
       </c>
       <c r="I140" t="s">
         <v>1301</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>934</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>935</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>4811</v>
+        <v>4792</v>
       </c>
       <c r="B141" t="s">
         <v>1303</v>
       </c>
       <c r="C141" t="s">
         <v>1304</v>
       </c>
       <c r="D141" t="s">
         <v>1305</v>
       </c>
       <c r="E141" t="s">
         <v>1306</v>
       </c>
       <c r="F141" t="s">
         <v>1307</v>
       </c>
       <c r="G141" t="s">
         <v>1308</v>
       </c>
       <c r="H141" t="s">
         <v>1309</v>
       </c>
       <c r="I141" t="s">
         <v>1310</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
+        <v>25</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>27</v>
+      </c>
+      <c r="N141" t="s">
+        <v>28</v>
+      </c>
+      <c r="O141" t="s">
         <v>1311</v>
-      </c>
-[...10 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>4817</v>
+        <v>4811</v>
       </c>
       <c r="B142" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D142" t="s">
         <v>1314</v>
       </c>
-      <c r="C142" t="s">
+      <c r="E142" t="s">
         <v>1315</v>
       </c>
-      <c r="D142" t="s">
+      <c r="F142" t="s">
         <v>1316</v>
       </c>
-      <c r="E142" t="s">
+      <c r="G142" t="s">
         <v>1317</v>
       </c>
-      <c r="F142" t="s">
+      <c r="H142" t="s">
         <v>1318</v>
       </c>
-      <c r="G142" t="s">
+      <c r="I142" t="s">
         <v>1319</v>
       </c>
-      <c r="H142" t="s">
+      <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
         <v>1320</v>
       </c>
-      <c r="I142" t="s">
+      <c r="L142" t="s">
+        <v>26</v>
+      </c>
+      <c r="M142" t="s">
         <v>1321</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>4935</v>
+        <v>4817</v>
       </c>
       <c r="B143" t="s">
         <v>1323</v>
       </c>
       <c r="C143" t="s">
         <v>1324</v>
       </c>
       <c r="D143" t="s">
         <v>1325</v>
       </c>
       <c r="E143" t="s">
         <v>1326</v>
       </c>
       <c r="F143" t="s">
         <v>1327</v>
       </c>
       <c r="G143" t="s">
         <v>1328</v>
       </c>
       <c r="H143" t="s">
         <v>1329</v>
       </c>
       <c r="I143" t="s">
         <v>1330</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4947</v>
+        <v>4935</v>
       </c>
       <c r="B144" t="s">
         <v>1332</v>
       </c>
       <c r="C144" t="s">
         <v>1333</v>
       </c>
       <c r="D144" t="s">
         <v>1334</v>
       </c>
       <c r="E144" t="s">
         <v>1335</v>
       </c>
       <c r="F144" t="s">
         <v>1336</v>
       </c>
       <c r="G144" t="s">
         <v>1337</v>
       </c>
       <c r="H144" t="s">
         <v>1338</v>
       </c>
       <c r="I144" t="s">
         <v>1339</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4950</v>
+        <v>4947</v>
       </c>
       <c r="B145" t="s">
         <v>1341</v>
       </c>
       <c r="C145" t="s">
         <v>1342</v>
       </c>
       <c r="D145" t="s">
         <v>1343</v>
       </c>
       <c r="E145" t="s">
         <v>1344</v>
       </c>
       <c r="F145" t="s">
         <v>1345</v>
       </c>
       <c r="G145" t="s">
         <v>1346</v>
       </c>
       <c r="H145" t="s">
         <v>1347</v>
       </c>
       <c r="I145" t="s">
         <v>1348</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>1311</v>
+        <v>47</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>1312</v>
+        <v>48</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4965</v>
+        <v>4950</v>
       </c>
       <c r="B146" t="s">
         <v>1350</v>
       </c>
       <c r="C146" t="s">
         <v>1351</v>
       </c>
       <c r="D146" t="s">
         <v>1352</v>
       </c>
       <c r="E146" t="s">
         <v>1353</v>
       </c>
       <c r="F146" t="s">
         <v>1354</v>
       </c>
       <c r="G146" t="s">
         <v>1355</v>
       </c>
       <c r="H146" t="s">
         <v>1356</v>
       </c>
       <c r="I146" t="s">
         <v>1357</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>25</v>
+        <v>1320</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>27</v>
+        <v>1321</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
         <v>1358</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4968</v>
+        <v>4965</v>
       </c>
       <c r="B147" t="s">
         <v>1359</v>
       </c>
       <c r="C147" t="s">
         <v>1360</v>
       </c>
       <c r="D147" t="s">
         <v>1361</v>
       </c>
       <c r="E147" t="s">
         <v>1362</v>
       </c>
       <c r="F147" t="s">
         <v>1363</v>
       </c>
       <c r="G147" t="s">
         <v>1364</v>
       </c>
       <c r="H147" t="s">
         <v>1365</v>
       </c>
       <c r="I147" t="s">
         <v>1366</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4969</v>
+        <v>4968</v>
       </c>
       <c r="B148" t="s">
         <v>1368</v>
       </c>
       <c r="C148" t="s">
         <v>1369</v>
       </c>
       <c r="D148" t="s">
         <v>1370</v>
       </c>
       <c r="E148" t="s">
         <v>1371</v>
       </c>
       <c r="F148" t="s">
         <v>1372</v>
       </c>
       <c r="G148" t="s">
         <v>1373</v>
       </c>
       <c r="H148" t="s">
         <v>1374</v>
       </c>
       <c r="I148" t="s">
         <v>1375</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>5272</v>
+        <v>4969</v>
       </c>
       <c r="B149" t="s">
         <v>1377</v>
       </c>
       <c r="C149" t="s">
         <v>1378</v>
       </c>
       <c r="D149" t="s">
         <v>1379</v>
       </c>
       <c r="E149" t="s">
         <v>1380</v>
       </c>
       <c r="F149" t="s">
         <v>1381</v>
       </c>
       <c r="G149" t="s">
         <v>1382</v>
       </c>
       <c r="H149" t="s">
         <v>1383</v>
       </c>
       <c r="I149" t="s">
         <v>1384</v>
       </c>
       <c r="J149" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>556</v>
+        <v>25</v>
       </c>
       <c r="L149" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>557</v>
+        <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>5273</v>
+        <v>5272</v>
       </c>
       <c r="B150" t="s">
         <v>1386</v>
       </c>
       <c r="C150" t="s">
         <v>1387</v>
       </c>
       <c r="D150" t="s">
         <v>1388</v>
       </c>
       <c r="E150" t="s">
         <v>1389</v>
       </c>
       <c r="F150" t="s">
         <v>1390</v>
       </c>
       <c r="G150" t="s">
         <v>1391</v>
       </c>
       <c r="H150" t="s">
         <v>1392</v>
       </c>
       <c r="I150" t="s">
         <v>1393</v>
       </c>
       <c r="J150" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K150" t="s">
+        <v>565</v>
+      </c>
+      <c r="L150" t="s">
+        <v>372</v>
+      </c>
+      <c r="M150" t="s">
+        <v>566</v>
+      </c>
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
         <v>1394</v>
-      </c>
-[...10 lines deleted...]
-        <v>1396</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>5326</v>
+        <v>5273</v>
       </c>
       <c r="B151" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D151" t="s">
         <v>1397</v>
       </c>
-      <c r="C151" t="s">
+      <c r="E151" t="s">
         <v>1398</v>
       </c>
-      <c r="D151" t="s">
+      <c r="F151" t="s">
         <v>1399</v>
       </c>
-      <c r="E151" t="s">
+      <c r="G151" t="s">
         <v>1400</v>
       </c>
-      <c r="F151" t="s">
+      <c r="H151" t="s">
         <v>1401</v>
       </c>
-      <c r="G151" t="s">
+      <c r="I151" t="s">
         <v>1402</v>
       </c>
-      <c r="H151" t="s">
+      <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
         <v>1403</v>
       </c>
-      <c r="I151" t="s">
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
         <v>1404</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>5330</v>
+        <v>5326</v>
       </c>
       <c r="B152" t="s">
         <v>1406</v>
       </c>
       <c r="C152" t="s">
         <v>1407</v>
       </c>
       <c r="D152" t="s">
         <v>1408</v>
       </c>
       <c r="E152" t="s">
         <v>1409</v>
       </c>
       <c r="F152" t="s">
         <v>1410</v>
       </c>
       <c r="G152" t="s">
         <v>1411</v>
       </c>
       <c r="H152" t="s">
         <v>1412</v>
       </c>
       <c r="I152" t="s">
         <v>1413</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1414</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>5331</v>
+        <v>5330</v>
       </c>
       <c r="B153" t="s">
         <v>1415</v>
       </c>
       <c r="C153" t="s">
         <v>1416</v>
       </c>
       <c r="D153" t="s">
         <v>1417</v>
       </c>
       <c r="E153" t="s">
         <v>1418</v>
       </c>
       <c r="F153" t="s">
         <v>1419</v>
       </c>
       <c r="G153" t="s">
         <v>1420</v>
       </c>
       <c r="H153" t="s">
         <v>1421</v>
       </c>
       <c r="I153" t="s">
         <v>1422</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>5332</v>
+        <v>5331</v>
       </c>
       <c r="B154" t="s">
         <v>1424</v>
       </c>
       <c r="C154" t="s">
         <v>1425</v>
       </c>
       <c r="D154" t="s">
         <v>1426</v>
       </c>
       <c r="E154" t="s">
         <v>1427</v>
       </c>
       <c r="F154" t="s">
         <v>1428</v>
       </c>
       <c r="G154" t="s">
         <v>1429</v>
       </c>
       <c r="H154" t="s">
         <v>1430</v>
       </c>
       <c r="I154" t="s">
         <v>1431</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>5335</v>
+        <v>5332</v>
       </c>
       <c r="B155" t="s">
         <v>1433</v>
       </c>
       <c r="C155" t="s">
         <v>1434</v>
       </c>
       <c r="D155" t="s">
         <v>1435</v>
       </c>
       <c r="E155" t="s">
         <v>1436</v>
       </c>
       <c r="F155" t="s">
         <v>1437</v>
       </c>
       <c r="G155" t="s">
         <v>1438</v>
       </c>
       <c r="H155" t="s">
         <v>1439</v>
       </c>
       <c r="I155" t="s">
         <v>1440</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>5346</v>
+        <v>5335</v>
       </c>
       <c r="B156" t="s">
         <v>1442</v>
       </c>
       <c r="C156" t="s">
         <v>1443</v>
       </c>
       <c r="D156" t="s">
         <v>1444</v>
       </c>
       <c r="E156" t="s">
         <v>1445</v>
       </c>
       <c r="F156" t="s">
         <v>1446</v>
       </c>
       <c r="G156" t="s">
         <v>1447</v>
       </c>
       <c r="H156" t="s">
         <v>1448</v>
       </c>
       <c r="I156" t="s">
         <v>1449</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
+        <v>25</v>
+      </c>
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
+        <v>27</v>
+      </c>
+      <c r="N156" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" t="s">
         <v>1450</v>
-      </c>
-[...10 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>5348</v>
+        <v>5346</v>
       </c>
       <c r="B157" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D157" t="s">
         <v>1453</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" t="s">
         <v>1454</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157" t="s">
         <v>1455</v>
       </c>
-      <c r="E157" t="s">
+      <c r="G157" t="s">
         <v>1456</v>
       </c>
-      <c r="F157" t="s">
+      <c r="H157" t="s">
         <v>1457</v>
       </c>
-      <c r="G157" t="s">
+      <c r="I157" t="s">
         <v>1458</v>
       </c>
-      <c r="H157" t="s">
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
         <v>1459</v>
       </c>
-      <c r="I157" t="s">
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
         <v>1460</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>5351</v>
+        <v>5348</v>
       </c>
       <c r="B158" t="s">
         <v>1462</v>
       </c>
       <c r="C158" t="s">
         <v>1463</v>
       </c>
       <c r="D158" t="s">
         <v>1464</v>
       </c>
       <c r="E158" t="s">
         <v>1465</v>
       </c>
       <c r="F158" t="s">
         <v>1466</v>
       </c>
       <c r="G158" t="s">
         <v>1467</v>
       </c>
       <c r="H158" t="s">
         <v>1468</v>
       </c>
       <c r="I158" t="s">
         <v>1469</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
         <v>1470</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>5353</v>
+        <v>5351</v>
       </c>
       <c r="B159" t="s">
         <v>1471</v>
       </c>
       <c r="C159" t="s">
         <v>1472</v>
       </c>
       <c r="D159" t="s">
         <v>1473</v>
       </c>
       <c r="E159" t="s">
         <v>1474</v>
       </c>
       <c r="F159" t="s">
         <v>1475</v>
       </c>
       <c r="G159" t="s">
         <v>1476</v>
       </c>
       <c r="H159" t="s">
         <v>1477</v>
       </c>
       <c r="I159" t="s">
         <v>1478</v>
       </c>
       <c r="J159" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>681</v>
+        <v>25</v>
       </c>
       <c r="L159" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>682</v>
+        <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
         <v>1479</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>5354</v>
+        <v>5353</v>
       </c>
       <c r="B160" t="s">
         <v>1480</v>
       </c>
       <c r="C160" t="s">
         <v>1481</v>
       </c>
       <c r="D160" t="s">
         <v>1482</v>
       </c>
       <c r="E160" t="s">
         <v>1483</v>
       </c>
       <c r="F160" t="s">
         <v>1484</v>
       </c>
       <c r="G160" t="s">
         <v>1485</v>
       </c>
       <c r="H160" t="s">
         <v>1486</v>
       </c>
       <c r="I160" t="s">
         <v>1487</v>
       </c>
       <c r="J160" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K160" t="s">
-        <v>130</v>
+        <v>690</v>
       </c>
       <c r="L160" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M160" t="s">
-        <v>131</v>
+        <v>691</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
         <v>1488</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>5359</v>
+        <v>5354</v>
       </c>
       <c r="B161" t="s">
         <v>1489</v>
       </c>
       <c r="C161" t="s">
         <v>1490</v>
       </c>
       <c r="D161" t="s">
         <v>1491</v>
       </c>
       <c r="E161" t="s">
         <v>1492</v>
       </c>
       <c r="F161" t="s">
         <v>1493</v>
       </c>
       <c r="G161" t="s">
         <v>1494</v>
       </c>
       <c r="H161" t="s">
         <v>1495</v>
       </c>
       <c r="I161" t="s">
         <v>1496</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>5364</v>
+        <v>5359</v>
       </c>
       <c r="B162" t="s">
         <v>1498</v>
       </c>
       <c r="C162" t="s">
         <v>1499</v>
       </c>
       <c r="D162" t="s">
         <v>1500</v>
       </c>
       <c r="E162" t="s">
         <v>1501</v>
       </c>
       <c r="F162" t="s">
         <v>1502</v>
       </c>
       <c r="G162" t="s">
         <v>1503</v>
       </c>
       <c r="H162" t="s">
         <v>1504</v>
       </c>
       <c r="I162" t="s">
         <v>1505</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
         <v>1506</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>5365</v>
+        <v>5364</v>
       </c>
       <c r="B163" t="s">
         <v>1507</v>
       </c>
       <c r="C163" t="s">
         <v>1508</v>
       </c>
       <c r="D163" t="s">
         <v>1509</v>
       </c>
       <c r="E163" t="s">
         <v>1510</v>
       </c>
       <c r="F163" t="s">
         <v>1511</v>
       </c>
       <c r="G163" t="s">
         <v>1512</v>
       </c>
       <c r="H163" t="s">
         <v>1513</v>
       </c>
       <c r="I163" t="s">
         <v>1514</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
         <v>1515</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>5367</v>
+        <v>5365</v>
       </c>
       <c r="B164" t="s">
         <v>1516</v>
       </c>
       <c r="C164" t="s">
         <v>1517</v>
       </c>
       <c r="D164" t="s">
         <v>1518</v>
       </c>
       <c r="E164" t="s">
         <v>1519</v>
       </c>
       <c r="F164" t="s">
         <v>1520</v>
       </c>
       <c r="G164" t="s">
         <v>1521</v>
       </c>
       <c r="H164" t="s">
         <v>1522</v>
       </c>
       <c r="I164" t="s">
         <v>1523</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
         <v>1524</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>5368</v>
+        <v>5367</v>
       </c>
       <c r="B165" t="s">
         <v>1525</v>
       </c>
       <c r="C165" t="s">
         <v>1526</v>
       </c>
       <c r="D165" t="s">
         <v>1527</v>
       </c>
       <c r="E165" t="s">
         <v>1528</v>
       </c>
       <c r="F165" t="s">
         <v>1529</v>
       </c>
       <c r="G165" t="s">
         <v>1530</v>
       </c>
       <c r="H165" t="s">
         <v>1531</v>
       </c>
       <c r="I165" t="s">
         <v>1532</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>5371</v>
+        <v>5368</v>
       </c>
       <c r="B166" t="s">
         <v>1534</v>
       </c>
       <c r="C166" t="s">
         <v>1535</v>
       </c>
       <c r="D166" t="s">
         <v>1536</v>
       </c>
       <c r="E166" t="s">
         <v>1537</v>
       </c>
       <c r="F166" t="s">
         <v>1538</v>
       </c>
       <c r="G166" t="s">
         <v>1539</v>
       </c>
       <c r="H166" t="s">
         <v>1540</v>
       </c>
       <c r="I166" t="s">
         <v>1541</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
+        <v>25</v>
+      </c>
+      <c r="L166" t="s">
+        <v>26</v>
+      </c>
+      <c r="M166" t="s">
+        <v>27</v>
+      </c>
+      <c r="N166" t="s">
+        <v>28</v>
+      </c>
+      <c r="O166" t="s">
         <v>1542</v>
-      </c>
-[...10 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>5372</v>
+        <v>5371</v>
       </c>
       <c r="B167" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D167" t="s">
         <v>1545</v>
       </c>
-      <c r="C167" t="s">
+      <c r="E167" t="s">
         <v>1546</v>
       </c>
-      <c r="D167" t="s">
+      <c r="F167" t="s">
         <v>1547</v>
       </c>
-      <c r="E167" t="s">
+      <c r="G167" t="s">
         <v>1548</v>
       </c>
-      <c r="F167" t="s">
+      <c r="H167" t="s">
         <v>1549</v>
       </c>
-      <c r="G167" t="s">
+      <c r="I167" t="s">
         <v>1550</v>
       </c>
-      <c r="H167" t="s">
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
         <v>1551</v>
       </c>
-      <c r="I167" t="s">
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
         <v>1552</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1553</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>5375</v>
+        <v>5372</v>
       </c>
       <c r="B168" t="s">
         <v>1554</v>
       </c>
       <c r="C168" t="s">
         <v>1555</v>
       </c>
       <c r="D168" t="s">
         <v>1556</v>
       </c>
       <c r="E168" t="s">
         <v>1557</v>
       </c>
       <c r="F168" t="s">
         <v>1558</v>
       </c>
       <c r="G168" t="s">
         <v>1559</v>
       </c>
       <c r="H168" t="s">
         <v>1560</v>
       </c>
       <c r="I168" t="s">
         <v>1561</v>
       </c>
       <c r="J168" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>670</v>
+        <v>25</v>
       </c>
       <c r="L168" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>671</v>
+        <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>5377</v>
+        <v>5375</v>
       </c>
       <c r="B169" t="s">
         <v>1563</v>
       </c>
       <c r="C169" t="s">
         <v>1564</v>
       </c>
       <c r="D169" t="s">
         <v>1565</v>
       </c>
       <c r="E169" t="s">
         <v>1566</v>
       </c>
       <c r="F169" t="s">
         <v>1567</v>
       </c>
       <c r="G169" t="s">
         <v>1568</v>
       </c>
       <c r="H169" t="s">
         <v>1569</v>
       </c>
       <c r="I169" t="s">
         <v>1570</v>
       </c>
       <c r="J169" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K169" t="s">
-        <v>25</v>
+        <v>679</v>
       </c>
       <c r="L169" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M169" t="s">
-        <v>27</v>
+        <v>680</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>5378</v>
+        <v>5377</v>
       </c>
       <c r="B170" t="s">
         <v>1572</v>
       </c>
       <c r="C170" t="s">
         <v>1573</v>
       </c>
       <c r="D170" t="s">
         <v>1574</v>
       </c>
       <c r="E170" t="s">
         <v>1575</v>
       </c>
       <c r="F170" t="s">
         <v>1576</v>
       </c>
       <c r="G170" t="s">
         <v>1577</v>
       </c>
       <c r="H170" t="s">
         <v>1578</v>
       </c>
       <c r="I170" t="s">
         <v>1579</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
         <v>1580</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>5382</v>
+        <v>5378</v>
       </c>
       <c r="B171" t="s">
         <v>1581</v>
       </c>
       <c r="C171" t="s">
         <v>1582</v>
       </c>
       <c r="D171" t="s">
         <v>1583</v>
       </c>
       <c r="E171" t="s">
         <v>1584</v>
       </c>
       <c r="F171" t="s">
         <v>1585</v>
       </c>
       <c r="G171" t="s">
         <v>1586</v>
       </c>
       <c r="H171" t="s">
         <v>1587</v>
       </c>
       <c r="I171" t="s">
         <v>1588</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1589</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>5435</v>
+        <v>5382</v>
       </c>
       <c r="B172" t="s">
         <v>1590</v>
       </c>
       <c r="C172" t="s">
         <v>1591</v>
       </c>
       <c r="D172" t="s">
         <v>1592</v>
       </c>
       <c r="E172" t="s">
         <v>1593</v>
       </c>
       <c r="F172" t="s">
         <v>1594</v>
       </c>
       <c r="G172" t="s">
         <v>1595</v>
       </c>
       <c r="H172" t="s">
         <v>1596</v>
       </c>
       <c r="I172" t="s">
         <v>1597</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>5437</v>
+        <v>5435</v>
       </c>
       <c r="B173" t="s">
         <v>1599</v>
       </c>
       <c r="C173" t="s">
         <v>1600</v>
       </c>
       <c r="D173" t="s">
         <v>1601</v>
       </c>
       <c r="E173" t="s">
         <v>1602</v>
       </c>
       <c r="F173" t="s">
         <v>1603</v>
       </c>
       <c r="G173" t="s">
         <v>1604</v>
       </c>
       <c r="H173" t="s">
         <v>1605</v>
       </c>
       <c r="I173" t="s">
         <v>1606</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>5439</v>
+        <v>5437</v>
       </c>
       <c r="B174" t="s">
         <v>1608</v>
       </c>
       <c r="C174" t="s">
         <v>1609</v>
       </c>
       <c r="D174" t="s">
         <v>1610</v>
       </c>
       <c r="E174" t="s">
         <v>1611</v>
       </c>
       <c r="F174" t="s">
         <v>1612</v>
       </c>
       <c r="G174" t="s">
         <v>1613</v>
       </c>
       <c r="H174" t="s">
         <v>1614</v>
       </c>
       <c r="I174" t="s">
         <v>1615</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
         <v>1616</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>5474</v>
+        <v>5439</v>
       </c>
       <c r="B175" t="s">
         <v>1617</v>
       </c>
       <c r="C175" t="s">
         <v>1618</v>
       </c>
       <c r="D175" t="s">
         <v>1619</v>
       </c>
       <c r="E175" t="s">
         <v>1620</v>
       </c>
       <c r="F175" t="s">
         <v>1621</v>
       </c>
       <c r="G175" t="s">
         <v>1622</v>
       </c>
       <c r="H175" t="s">
         <v>1623</v>
       </c>
       <c r="I175" t="s">
         <v>1624</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5475</v>
+        <v>5474</v>
       </c>
       <c r="B176" t="s">
         <v>1626</v>
       </c>
       <c r="C176" t="s">
         <v>1627</v>
       </c>
       <c r="D176" t="s">
         <v>1628</v>
       </c>
       <c r="E176" t="s">
         <v>1629</v>
       </c>
       <c r="F176" t="s">
         <v>1630</v>
       </c>
       <c r="G176" t="s">
         <v>1631</v>
       </c>
       <c r="H176" t="s">
         <v>1632</v>
       </c>
       <c r="I176" t="s">
         <v>1633</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
         <v>1634</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5476</v>
+        <v>5475</v>
       </c>
       <c r="B177" t="s">
         <v>1635</v>
       </c>
       <c r="C177" t="s">
         <v>1636</v>
       </c>
       <c r="D177" t="s">
         <v>1637</v>
       </c>
       <c r="E177" t="s">
         <v>1638</v>
       </c>
       <c r="F177" t="s">
         <v>1639</v>
       </c>
       <c r="G177" t="s">
         <v>1640</v>
       </c>
       <c r="H177" t="s">
         <v>1641</v>
       </c>
       <c r="I177" t="s">
         <v>1642</v>
       </c>
       <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>139</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>140</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
         <v>1643</v>
-      </c>
-[...13 lines deleted...]
-        <v>1644</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5478</v>
+        <v>5476</v>
       </c>
       <c r="B178" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C178" t="s">
         <v>1645</v>
       </c>
-      <c r="C178" t="s">
+      <c r="D178" t="s">
         <v>1646</v>
       </c>
-      <c r="D178" t="s">
+      <c r="E178" t="s">
         <v>1647</v>
       </c>
-      <c r="E178" t="s">
+      <c r="F178" t="s">
         <v>1648</v>
       </c>
-      <c r="F178" t="s">
+      <c r="G178" t="s">
         <v>1649</v>
       </c>
-      <c r="G178" t="s">
+      <c r="H178" t="s">
         <v>1650</v>
       </c>
-      <c r="H178" t="s">
+      <c r="I178" t="s">
         <v>1651</v>
       </c>
-      <c r="I178" t="s">
+      <c r="J178" t="s">
         <v>1652</v>
       </c>
-      <c r="J178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K178" t="s">
-        <v>25</v>
+        <v>934</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>27</v>
+        <v>935</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5493</v>
+        <v>5478</v>
       </c>
       <c r="B179" t="s">
         <v>1654</v>
       </c>
       <c r="C179" t="s">
         <v>1655</v>
       </c>
       <c r="D179" t="s">
         <v>1656</v>
       </c>
       <c r="E179" t="s">
         <v>1657</v>
       </c>
       <c r="F179" t="s">
         <v>1658</v>
       </c>
       <c r="G179" t="s">
         <v>1659</v>
       </c>
       <c r="H179" t="s">
         <v>1660</v>
       </c>
       <c r="I179" t="s">
         <v>1661</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5502</v>
+        <v>5493</v>
       </c>
       <c r="B180" t="s">
         <v>1663</v>
       </c>
       <c r="C180" t="s">
         <v>1664</v>
       </c>
       <c r="D180" t="s">
         <v>1665</v>
       </c>
       <c r="E180" t="s">
         <v>1666</v>
       </c>
       <c r="F180" t="s">
         <v>1667</v>
       </c>
       <c r="G180" t="s">
         <v>1668</v>
       </c>
       <c r="H180" t="s">
         <v>1669</v>
       </c>
       <c r="I180" t="s">
         <v>1670</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5503</v>
+        <v>5502</v>
       </c>
       <c r="B181" t="s">
         <v>1672</v>
       </c>
       <c r="C181" t="s">
         <v>1673</v>
       </c>
       <c r="D181" t="s">
         <v>1674</v>
       </c>
       <c r="E181" t="s">
         <v>1675</v>
       </c>
       <c r="F181" t="s">
         <v>1676</v>
       </c>
       <c r="G181" t="s">
         <v>1677</v>
       </c>
       <c r="H181" t="s">
         <v>1678</v>
       </c>
       <c r="I181" t="s">
         <v>1679</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
         <v>1680</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5507</v>
+        <v>5503</v>
       </c>
       <c r="B182" t="s">
         <v>1681</v>
       </c>
       <c r="C182" t="s">
         <v>1682</v>
       </c>
       <c r="D182" t="s">
         <v>1683</v>
       </c>
       <c r="E182" t="s">
         <v>1684</v>
       </c>
       <c r="F182" t="s">
         <v>1685</v>
       </c>
       <c r="G182" t="s">
         <v>1686</v>
       </c>
       <c r="H182" t="s">
         <v>1687</v>
       </c>
       <c r="I182" t="s">
         <v>1688</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5509</v>
+        <v>5507</v>
       </c>
       <c r="B183" t="s">
         <v>1690</v>
       </c>
       <c r="C183" t="s">
         <v>1691</v>
       </c>
       <c r="D183" t="s">
         <v>1692</v>
       </c>
       <c r="E183" t="s">
         <v>1693</v>
       </c>
       <c r="F183" t="s">
         <v>1694</v>
       </c>
       <c r="G183" t="s">
         <v>1695</v>
       </c>
       <c r="H183" t="s">
         <v>1696</v>
       </c>
       <c r="I183" t="s">
         <v>1697</v>
       </c>
       <c r="J183" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>925</v>
+        <v>25</v>
       </c>
       <c r="L183" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>926</v>
+        <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5512</v>
+        <v>5509</v>
       </c>
       <c r="B184" t="s">
         <v>1699</v>
       </c>
       <c r="C184" t="s">
         <v>1700</v>
       </c>
       <c r="D184" t="s">
         <v>1701</v>
       </c>
       <c r="E184" t="s">
         <v>1702</v>
       </c>
       <c r="F184" t="s">
         <v>1703</v>
       </c>
       <c r="G184" t="s">
         <v>1704</v>
       </c>
       <c r="H184" t="s">
         <v>1705</v>
       </c>
       <c r="I184" t="s">
         <v>1706</v>
       </c>
       <c r="J184" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K184" t="s">
-        <v>130</v>
+        <v>934</v>
       </c>
       <c r="L184" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M184" t="s">
-        <v>131</v>
+        <v>935</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5514</v>
+        <v>5512</v>
       </c>
       <c r="B185" t="s">
         <v>1708</v>
       </c>
       <c r="C185" t="s">
         <v>1709</v>
       </c>
       <c r="D185" t="s">
         <v>1710</v>
       </c>
       <c r="E185" t="s">
         <v>1711</v>
       </c>
       <c r="F185" t="s">
         <v>1712</v>
       </c>
       <c r="G185" t="s">
         <v>1713</v>
       </c>
       <c r="H185" t="s">
         <v>1714</v>
       </c>
       <c r="I185" t="s">
         <v>1715</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>876</v>
+        <v>139</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>877</v>
+        <v>140</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
         <v>1716</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5516</v>
+        <v>5514</v>
       </c>
       <c r="B186" t="s">
         <v>1717</v>
       </c>
       <c r="C186" t="s">
         <v>1718</v>
       </c>
       <c r="D186" t="s">
         <v>1719</v>
       </c>
       <c r="E186" t="s">
         <v>1720</v>
       </c>
       <c r="F186" t="s">
         <v>1721</v>
       </c>
       <c r="G186" t="s">
         <v>1722</v>
       </c>
       <c r="H186" t="s">
         <v>1723</v>
       </c>
       <c r="I186" t="s">
         <v>1724</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>25</v>
+        <v>885</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>27</v>
+        <v>886</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5517</v>
+        <v>5516</v>
       </c>
       <c r="B187" t="s">
         <v>1726</v>
       </c>
       <c r="C187" t="s">
         <v>1727</v>
       </c>
       <c r="D187" t="s">
         <v>1728</v>
       </c>
       <c r="E187" t="s">
         <v>1729</v>
       </c>
       <c r="F187" t="s">
         <v>1730</v>
       </c>
       <c r="G187" t="s">
         <v>1731</v>
       </c>
       <c r="H187" t="s">
         <v>1732</v>
       </c>
       <c r="I187" t="s">
         <v>1733</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5518</v>
+        <v>5517</v>
       </c>
       <c r="B188" t="s">
         <v>1735</v>
       </c>
       <c r="C188" t="s">
         <v>1736</v>
       </c>
       <c r="D188" t="s">
         <v>1737</v>
       </c>
       <c r="E188" t="s">
         <v>1738</v>
       </c>
       <c r="F188" t="s">
         <v>1739</v>
       </c>
       <c r="G188" t="s">
         <v>1740</v>
       </c>
       <c r="H188" t="s">
         <v>1741</v>
       </c>
       <c r="I188" t="s">
         <v>1742</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5545</v>
+        <v>5518</v>
       </c>
       <c r="B189" t="s">
         <v>1744</v>
       </c>
       <c r="C189" t="s">
         <v>1745</v>
       </c>
       <c r="D189" t="s">
         <v>1746</v>
       </c>
       <c r="E189" t="s">
         <v>1747</v>
       </c>
       <c r="F189" t="s">
         <v>1748</v>
       </c>
       <c r="G189" t="s">
         <v>1749</v>
       </c>
       <c r="H189" t="s">
         <v>1750</v>
       </c>
       <c r="I189" t="s">
         <v>1751</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
         <v>1752</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5657</v>
+        <v>5545</v>
       </c>
       <c r="B190" t="s">
         <v>1753</v>
       </c>
       <c r="C190" t="s">
         <v>1754</v>
       </c>
       <c r="D190" t="s">
         <v>1755</v>
       </c>
       <c r="E190" t="s">
         <v>1756</v>
       </c>
       <c r="F190" t="s">
         <v>1757</v>
       </c>
       <c r="G190" t="s">
         <v>1758</v>
       </c>
       <c r="H190" t="s">
         <v>1759</v>
       </c>
       <c r="I190" t="s">
         <v>1760</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5733</v>
+        <v>5657</v>
       </c>
       <c r="B191" t="s">
         <v>1762</v>
       </c>
       <c r="C191" t="s">
         <v>1763</v>
       </c>
       <c r="D191" t="s">
         <v>1764</v>
       </c>
       <c r="E191" t="s">
         <v>1765</v>
       </c>
       <c r="F191" t="s">
         <v>1766</v>
       </c>
       <c r="G191" t="s">
         <v>1767</v>
       </c>
       <c r="H191" t="s">
         <v>1768</v>
       </c>
       <c r="I191" t="s">
         <v>1769</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
         <v>1770</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5787</v>
+        <v>5733</v>
       </c>
       <c r="B192" t="s">
         <v>1771</v>
       </c>
       <c r="C192" t="s">
         <v>1772</v>
       </c>
       <c r="D192" t="s">
         <v>1773</v>
       </c>
       <c r="E192" t="s">
         <v>1774</v>
       </c>
       <c r="F192" t="s">
         <v>1775</v>
       </c>
       <c r="G192" t="s">
         <v>1776</v>
       </c>
       <c r="H192" t="s">
         <v>1777</v>
       </c>
       <c r="I192" t="s">
         <v>1778</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
         <v>1779</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5792</v>
+        <v>5787</v>
       </c>
       <c r="B193" t="s">
         <v>1780</v>
       </c>
       <c r="C193" t="s">
         <v>1781</v>
       </c>
       <c r="D193" t="s">
         <v>1782</v>
       </c>
       <c r="E193" t="s">
         <v>1783</v>
       </c>
       <c r="F193" t="s">
         <v>1784</v>
       </c>
       <c r="G193" t="s">
         <v>1785</v>
       </c>
       <c r="H193" t="s">
         <v>1786</v>
       </c>
       <c r="I193" t="s">
         <v>1787</v>
       </c>
       <c r="J193" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>362</v>
+        <v>139</v>
       </c>
       <c r="L193" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>364</v>
+        <v>140</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
         <v>1788</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5794</v>
+        <v>5792</v>
       </c>
       <c r="B194" t="s">
         <v>1789</v>
       </c>
       <c r="C194" t="s">
         <v>1790</v>
       </c>
       <c r="D194" t="s">
         <v>1791</v>
       </c>
       <c r="E194" t="s">
         <v>1792</v>
       </c>
       <c r="F194" t="s">
         <v>1793</v>
       </c>
       <c r="G194" t="s">
         <v>1794</v>
       </c>
       <c r="H194" t="s">
         <v>1795</v>
       </c>
       <c r="I194" t="s">
         <v>1796</v>
       </c>
       <c r="J194" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K194" t="s">
-        <v>130</v>
+        <v>371</v>
       </c>
       <c r="L194" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M194" t="s">
-        <v>131</v>
+        <v>373</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5796</v>
+        <v>5794</v>
       </c>
       <c r="B195" t="s">
         <v>1798</v>
       </c>
       <c r="C195" t="s">
         <v>1799</v>
       </c>
       <c r="D195" t="s">
         <v>1800</v>
       </c>
       <c r="E195" t="s">
         <v>1801</v>
       </c>
       <c r="F195" t="s">
         <v>1802</v>
       </c>
       <c r="G195" t="s">
         <v>1803</v>
       </c>
       <c r="H195" t="s">
         <v>1804</v>
       </c>
       <c r="I195" t="s">
         <v>1805</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5798</v>
+        <v>5796</v>
       </c>
       <c r="B196" t="s">
         <v>1807</v>
       </c>
       <c r="C196" t="s">
         <v>1808</v>
       </c>
       <c r="D196" t="s">
         <v>1809</v>
       </c>
       <c r="E196" t="s">
         <v>1810</v>
       </c>
       <c r="F196" t="s">
         <v>1811</v>
       </c>
       <c r="G196" t="s">
         <v>1812</v>
       </c>
       <c r="H196" t="s">
         <v>1813</v>
       </c>
       <c r="I196" t="s">
         <v>1814</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5799</v>
+        <v>5798</v>
       </c>
       <c r="B197" t="s">
         <v>1816</v>
       </c>
       <c r="C197" t="s">
         <v>1817</v>
       </c>
       <c r="D197" t="s">
         <v>1818</v>
       </c>
       <c r="E197" t="s">
         <v>1819</v>
       </c>
       <c r="F197" t="s">
         <v>1820</v>
       </c>
       <c r="G197" t="s">
         <v>1821</v>
       </c>
       <c r="H197" t="s">
         <v>1822</v>
       </c>
       <c r="I197" t="s">
         <v>1823</v>
       </c>
       <c r="J197" t="s">
-        <v>1280</v>
+        <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>681</v>
+        <v>139</v>
       </c>
       <c r="L197" t="s">
-        <v>1282</v>
+        <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>682</v>
+        <v>140</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
         <v>1824</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5803</v>
+        <v>5799</v>
       </c>
       <c r="B198" t="s">
         <v>1825</v>
       </c>
       <c r="C198" t="s">
         <v>1826</v>
       </c>
       <c r="D198" t="s">
         <v>1827</v>
       </c>
       <c r="E198" t="s">
         <v>1828</v>
       </c>
       <c r="F198" t="s">
         <v>1829</v>
       </c>
       <c r="G198" t="s">
         <v>1830</v>
       </c>
       <c r="H198" t="s">
         <v>1831</v>
       </c>
       <c r="I198" t="s">
         <v>1832</v>
       </c>
       <c r="J198" t="s">
-        <v>24</v>
+        <v>1289</v>
       </c>
       <c r="K198" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="L198" t="s">
-        <v>26</v>
+        <v>1291</v>
       </c>
       <c r="M198" t="s">
-        <v>27</v>
+        <v>691</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5805</v>
+        <v>5803</v>
       </c>
       <c r="B199" t="s">
         <v>1834</v>
       </c>
       <c r="C199" t="s">
         <v>1835</v>
       </c>
       <c r="D199" t="s">
         <v>1836</v>
       </c>
       <c r="E199" t="s">
         <v>1837</v>
       </c>
       <c r="F199" t="s">
         <v>1838</v>
       </c>
       <c r="G199" t="s">
         <v>1839</v>
       </c>
       <c r="H199" t="s">
         <v>1840</v>
       </c>
       <c r="I199" t="s">
         <v>1841</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
         <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
         <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>1842</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5808</v>
+        <v>5805</v>
       </c>
       <c r="B200" t="s">
         <v>1843</v>
       </c>
       <c r="C200" t="s">
         <v>1844</v>
       </c>
       <c r="D200" t="s">
         <v>1845</v>
       </c>
       <c r="E200" t="s">
         <v>1846</v>
       </c>
       <c r="F200" t="s">
         <v>1847</v>
       </c>
       <c r="G200" t="s">
         <v>1848</v>
       </c>
       <c r="H200" t="s">
         <v>1849</v>
       </c>
       <c r="I200" t="s">
         <v>1850</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5811</v>
+        <v>5808</v>
       </c>
       <c r="B201" t="s">
         <v>1852</v>
       </c>
       <c r="C201" t="s">
         <v>1853</v>
       </c>
       <c r="D201" t="s">
         <v>1854</v>
       </c>
       <c r="E201" t="s">
         <v>1855</v>
       </c>
       <c r="F201" t="s">
         <v>1856</v>
       </c>
       <c r="G201" t="s">
         <v>1857</v>
       </c>
       <c r="H201" t="s">
         <v>1858</v>
       </c>
       <c r="I201" t="s">
         <v>1859</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
         <v>1860</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5819</v>
+        <v>5811</v>
       </c>
       <c r="B202" t="s">
         <v>1861</v>
       </c>
       <c r="C202" t="s">
         <v>1862</v>
       </c>
       <c r="D202" t="s">
         <v>1863</v>
       </c>
       <c r="E202" t="s">
         <v>1864</v>
       </c>
       <c r="F202" t="s">
         <v>1865</v>
       </c>
       <c r="G202" t="s">
         <v>1866</v>
       </c>
       <c r="H202" t="s">
         <v>1867</v>
       </c>
       <c r="I202" t="s">
         <v>1868</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5830</v>
+        <v>5819</v>
       </c>
       <c r="B203" t="s">
         <v>1870</v>
       </c>
       <c r="C203" t="s">
         <v>1871</v>
       </c>
       <c r="D203" t="s">
         <v>1872</v>
       </c>
       <c r="E203" t="s">
         <v>1873</v>
       </c>
       <c r="F203" t="s">
         <v>1874</v>
       </c>
       <c r="G203" t="s">
         <v>1875</v>
       </c>
       <c r="H203" t="s">
         <v>1876</v>
       </c>
       <c r="I203" t="s">
         <v>1877</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
         <v>1878</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5866</v>
+        <v>5830</v>
       </c>
       <c r="B204" t="s">
         <v>1879</v>
       </c>
       <c r="C204" t="s">
         <v>1880</v>
       </c>
       <c r="D204" t="s">
         <v>1881</v>
       </c>
       <c r="E204" t="s">
         <v>1882</v>
       </c>
       <c r="F204" t="s">
         <v>1883</v>
       </c>
       <c r="G204" t="s">
         <v>1884</v>
       </c>
       <c r="H204" t="s">
         <v>1885</v>
       </c>
       <c r="I204" t="s">
         <v>1886</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5907</v>
+        <v>5866</v>
       </c>
       <c r="B205" t="s">
         <v>1888</v>
       </c>
       <c r="C205" t="s">
         <v>1889</v>
       </c>
       <c r="D205" t="s">
         <v>1890</v>
       </c>
       <c r="E205" t="s">
         <v>1891</v>
       </c>
       <c r="F205" t="s">
         <v>1892</v>
       </c>
       <c r="G205" t="s">
         <v>1893</v>
       </c>
       <c r="H205" t="s">
         <v>1894</v>
       </c>
       <c r="I205" t="s">
         <v>1895</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1896</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5913</v>
+        <v>5907</v>
       </c>
       <c r="B206" t="s">
         <v>1897</v>
       </c>
       <c r="C206" t="s">
         <v>1898</v>
       </c>
       <c r="D206" t="s">
         <v>1899</v>
       </c>
       <c r="E206" t="s">
         <v>1900</v>
       </c>
       <c r="F206" t="s">
         <v>1901</v>
       </c>
       <c r="G206" t="s">
         <v>1902</v>
       </c>
       <c r="H206" t="s">
         <v>1903</v>
       </c>
       <c r="I206" t="s">
         <v>1904</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5927</v>
+        <v>5913</v>
       </c>
       <c r="B207" t="s">
         <v>1906</v>
       </c>
       <c r="C207" t="s">
         <v>1907</v>
       </c>
       <c r="D207" t="s">
         <v>1908</v>
       </c>
       <c r="E207" t="s">
         <v>1909</v>
       </c>
       <c r="F207" t="s">
         <v>1910</v>
       </c>
       <c r="G207" t="s">
         <v>1911</v>
       </c>
       <c r="H207" t="s">
         <v>1912</v>
       </c>
       <c r="I207" t="s">
         <v>1913</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>876</v>
+        <v>47</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>877</v>
+        <v>48</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
         <v>1914</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5928</v>
+        <v>5927</v>
       </c>
       <c r="B208" t="s">
         <v>1915</v>
       </c>
       <c r="C208" t="s">
         <v>1916</v>
       </c>
       <c r="D208" t="s">
         <v>1917</v>
       </c>
       <c r="E208" t="s">
         <v>1918</v>
       </c>
       <c r="F208" t="s">
         <v>1919</v>
       </c>
       <c r="G208" t="s">
         <v>1920</v>
       </c>
       <c r="H208" t="s">
         <v>1921</v>
       </c>
       <c r="I208" t="s">
         <v>1922</v>
       </c>
       <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="K208" t="s">
+        <v>885</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>886</v>
+      </c>
+      <c r="N208" t="s">
+        <v>28</v>
+      </c>
+      <c r="O208" t="s">
         <v>1923</v>
-      </c>
-[...13 lines deleted...]
-        <v>1927</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5931</v>
+        <v>5928</v>
       </c>
       <c r="B209" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F209" t="s">
         <v>1928</v>
       </c>
-      <c r="C209" t="s">
+      <c r="G209" t="s">
         <v>1929</v>
       </c>
-      <c r="D209" t="s">
+      <c r="H209" t="s">
         <v>1930</v>
       </c>
-      <c r="E209" t="s">
+      <c r="I209" t="s">
         <v>1931</v>
       </c>
-      <c r="F209" t="s">
+      <c r="J209" t="s">
         <v>1932</v>
       </c>
-      <c r="G209" t="s">
+      <c r="K209" t="s">
         <v>1933</v>
       </c>
-      <c r="H209" t="s">
+      <c r="L209" t="s">
         <v>1934</v>
       </c>
-      <c r="I209" t="s">
+      <c r="M209" t="s">
         <v>1935</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
         <v>1936</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5932</v>
+        <v>5931</v>
       </c>
       <c r="B210" t="s">
         <v>1937</v>
       </c>
       <c r="C210" t="s">
         <v>1938</v>
       </c>
       <c r="D210" t="s">
         <v>1939</v>
       </c>
       <c r="E210" t="s">
         <v>1940</v>
       </c>
       <c r="F210" t="s">
         <v>1941</v>
       </c>
       <c r="G210" t="s">
         <v>1942</v>
       </c>
       <c r="H210" t="s">
         <v>1943</v>
       </c>
       <c r="I210" t="s">
         <v>1944</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5934</v>
+        <v>5932</v>
       </c>
       <c r="B211" t="s">
         <v>1946</v>
       </c>
       <c r="C211" t="s">
         <v>1947</v>
       </c>
       <c r="D211" t="s">
         <v>1948</v>
       </c>
       <c r="E211" t="s">
         <v>1949</v>
       </c>
       <c r="F211" t="s">
         <v>1950</v>
       </c>
       <c r="G211" t="s">
         <v>1951</v>
       </c>
       <c r="H211" t="s">
         <v>1952</v>
       </c>
       <c r="I211" t="s">
         <v>1953</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5953</v>
+        <v>5934</v>
       </c>
       <c r="B212" t="s">
         <v>1955</v>
       </c>
       <c r="C212" t="s">
         <v>1956</v>
       </c>
       <c r="D212" t="s">
         <v>1957</v>
       </c>
       <c r="E212" t="s">
         <v>1958</v>
       </c>
       <c r="F212" t="s">
         <v>1959</v>
       </c>
       <c r="G212" t="s">
         <v>1960</v>
       </c>
       <c r="H212" t="s">
         <v>1961</v>
       </c>
       <c r="I212" t="s">
         <v>1962</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5981</v>
+        <v>5953</v>
       </c>
       <c r="B213" t="s">
         <v>1964</v>
       </c>
       <c r="C213" t="s">
         <v>1965</v>
       </c>
       <c r="D213" t="s">
         <v>1966</v>
       </c>
       <c r="E213" t="s">
         <v>1967</v>
       </c>
       <c r="F213" t="s">
         <v>1968</v>
       </c>
       <c r="G213" t="s">
         <v>1969</v>
       </c>
       <c r="H213" t="s">
         <v>1970</v>
       </c>
       <c r="I213" t="s">
         <v>1971</v>
       </c>
       <c r="J213" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K213" t="s">
+        <v>25</v>
+      </c>
+      <c r="L213" t="s">
+        <v>26</v>
+      </c>
+      <c r="M213" t="s">
+        <v>27</v>
+      </c>
+      <c r="N213" t="s">
+        <v>28</v>
+      </c>
+      <c r="O213" t="s">
         <v>1972</v>
-      </c>
-[...10 lines deleted...]
-        <v>1974</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5986</v>
+        <v>5981</v>
       </c>
       <c r="B214" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D214" t="s">
         <v>1975</v>
       </c>
-      <c r="C214" t="s">
+      <c r="E214" t="s">
         <v>1976</v>
       </c>
-      <c r="D214" t="s">
+      <c r="F214" t="s">
         <v>1977</v>
       </c>
-      <c r="E214" t="s">
+      <c r="G214" t="s">
         <v>1978</v>
       </c>
-      <c r="F214" t="s">
+      <c r="H214" t="s">
         <v>1979</v>
       </c>
-      <c r="G214" t="s">
+      <c r="I214" t="s">
         <v>1980</v>
       </c>
-      <c r="H214" t="s">
+      <c r="J214" t="s">
+        <v>370</v>
+      </c>
+      <c r="K214" t="s">
         <v>1981</v>
       </c>
-      <c r="I214" t="s">
+      <c r="L214" t="s">
+        <v>372</v>
+      </c>
+      <c r="M214" t="s">
         <v>1982</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5989</v>
+        <v>5986</v>
       </c>
       <c r="B215" t="s">
         <v>1984</v>
       </c>
       <c r="C215" t="s">
         <v>1985</v>
       </c>
       <c r="D215" t="s">
         <v>1986</v>
       </c>
       <c r="E215" t="s">
         <v>1987</v>
       </c>
       <c r="F215" t="s">
         <v>1988</v>
       </c>
       <c r="G215" t="s">
         <v>1989</v>
       </c>
       <c r="H215" t="s">
         <v>1990</v>
       </c>
       <c r="I215" t="s">
         <v>1991</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1394</v>
+        <v>139</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>1395</v>
+        <v>140</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>6021</v>
+        <v>5989</v>
       </c>
       <c r="B216" t="s">
         <v>1993</v>
       </c>
       <c r="C216" t="s">
         <v>1994</v>
       </c>
       <c r="D216" t="s">
         <v>1995</v>
       </c>
       <c r="E216" t="s">
         <v>1996</v>
       </c>
       <c r="F216" t="s">
         <v>1997</v>
       </c>
       <c r="G216" t="s">
         <v>1998</v>
       </c>
       <c r="H216" t="s">
         <v>1999</v>
       </c>
       <c r="I216" t="s">
         <v>2000</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>25</v>
+        <v>1403</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>27</v>
+        <v>1404</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>6082</v>
+        <v>6021</v>
       </c>
       <c r="B217" t="s">
         <v>2002</v>
       </c>
       <c r="C217" t="s">
         <v>2003</v>
       </c>
       <c r="D217" t="s">
         <v>2004</v>
       </c>
       <c r="E217" t="s">
         <v>2005</v>
       </c>
       <c r="F217" t="s">
         <v>2006</v>
       </c>
       <c r="G217" t="s">
         <v>2007</v>
       </c>
       <c r="H217" t="s">
         <v>2008</v>
       </c>
       <c r="I217" t="s">
         <v>2009</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
+        <v>25</v>
+      </c>
+      <c r="L217" t="s">
+        <v>26</v>
+      </c>
+      <c r="M217" t="s">
+        <v>27</v>
+      </c>
+      <c r="N217" t="s">
+        <v>28</v>
+      </c>
+      <c r="O217" t="s">
         <v>2010</v>
-      </c>
-[...10 lines deleted...]
-        <v>2012</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>6112</v>
+        <v>6082</v>
       </c>
       <c r="B218" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C218" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D218" t="s">
         <v>2013</v>
       </c>
-      <c r="C218" t="s">
+      <c r="E218" t="s">
         <v>2014</v>
       </c>
-      <c r="D218" t="s">
+      <c r="F218" t="s">
         <v>2015</v>
       </c>
-      <c r="E218" t="s">
+      <c r="G218" t="s">
         <v>2016</v>
       </c>
-      <c r="F218" t="s">
+      <c r="H218" t="s">
         <v>2017</v>
       </c>
-      <c r="G218" t="s">
+      <c r="I218" t="s">
         <v>2018</v>
       </c>
-      <c r="H218" t="s">
+      <c r="J218" t="s">
+        <v>24</v>
+      </c>
+      <c r="K218" t="s">
         <v>2019</v>
       </c>
-      <c r="I218" t="s">
+      <c r="L218" t="s">
+        <v>26</v>
+      </c>
+      <c r="M218" t="s">
         <v>2020</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>6180</v>
+        <v>6112</v>
       </c>
       <c r="B219" t="s">
         <v>2022</v>
       </c>
       <c r="C219" t="s">
         <v>2023</v>
       </c>
       <c r="D219" t="s">
         <v>2024</v>
       </c>
       <c r="E219" t="s">
         <v>2025</v>
       </c>
       <c r="F219" t="s">
         <v>2026</v>
       </c>
       <c r="G219" t="s">
         <v>2027</v>
       </c>
       <c r="H219" t="s">
         <v>2028</v>
       </c>
       <c r="I219" t="s">
         <v>2029</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2030</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>6203</v>
+        <v>6180</v>
       </c>
       <c r="B220" t="s">
         <v>2031</v>
       </c>
       <c r="C220" t="s">
         <v>2032</v>
       </c>
       <c r="D220" t="s">
         <v>2033</v>
       </c>
       <c r="E220" t="s">
         <v>2034</v>
       </c>
       <c r="F220" t="s">
         <v>2035</v>
       </c>
       <c r="G220" t="s">
         <v>2036</v>
       </c>
       <c r="H220" t="s">
         <v>2037</v>
       </c>
       <c r="I220" t="s">
         <v>2038</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2039</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>6208</v>
+        <v>6203</v>
       </c>
       <c r="B221" t="s">
         <v>2040</v>
       </c>
       <c r="C221" t="s">
         <v>2041</v>
       </c>
       <c r="D221" t="s">
         <v>2042</v>
       </c>
       <c r="E221" t="s">
         <v>2043</v>
       </c>
       <c r="F221" t="s">
         <v>2044</v>
       </c>
       <c r="G221" t="s">
         <v>2045</v>
       </c>
       <c r="H221" t="s">
         <v>2046</v>
       </c>
       <c r="I221" t="s">
         <v>2047</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2048</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>6211</v>
+        <v>6208</v>
       </c>
       <c r="B222" t="s">
         <v>2049</v>
       </c>
       <c r="C222" t="s">
         <v>2050</v>
       </c>
       <c r="D222" t="s">
         <v>2051</v>
       </c>
       <c r="E222" t="s">
         <v>2052</v>
       </c>
       <c r="F222" t="s">
         <v>2053</v>
       </c>
       <c r="G222" t="s">
         <v>2054</v>
       </c>
       <c r="H222" t="s">
         <v>2055</v>
       </c>
       <c r="I222" t="s">
         <v>2056</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>6254</v>
+        <v>6211</v>
       </c>
       <c r="B223" t="s">
         <v>2058</v>
       </c>
       <c r="C223" t="s">
         <v>2059</v>
       </c>
       <c r="D223" t="s">
         <v>2060</v>
       </c>
       <c r="E223" t="s">
         <v>2061</v>
       </c>
       <c r="F223" t="s">
         <v>2062</v>
       </c>
       <c r="G223" t="s">
         <v>2063</v>
       </c>
       <c r="H223" t="s">
         <v>2064</v>
       </c>
       <c r="I223" t="s">
         <v>2065</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>2066</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>6255</v>
+        <v>6254</v>
       </c>
       <c r="B224" t="s">
         <v>2067</v>
       </c>
       <c r="C224" t="s">
         <v>2068</v>
       </c>
       <c r="D224" t="s">
         <v>2069</v>
       </c>
       <c r="E224" t="s">
         <v>2070</v>
       </c>
       <c r="F224" t="s">
         <v>2071</v>
       </c>
       <c r="G224" t="s">
         <v>2072</v>
       </c>
       <c r="H224" t="s">
         <v>2073</v>
       </c>
       <c r="I224" t="s">
         <v>2074</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
+        <v>139</v>
+      </c>
+      <c r="L224" t="s">
+        <v>26</v>
+      </c>
+      <c r="M224" t="s">
+        <v>140</v>
+      </c>
+      <c r="N224" t="s">
+        <v>28</v>
+      </c>
+      <c r="O224" t="s">
         <v>2075</v>
-      </c>
-[...10 lines deleted...]
-        <v>2077</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>6258</v>
+        <v>6255</v>
       </c>
       <c r="B225" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C225" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D225" t="s">
         <v>2078</v>
       </c>
-      <c r="C225" t="s">
+      <c r="E225" t="s">
         <v>2079</v>
       </c>
-      <c r="D225" t="s">
+      <c r="F225" t="s">
         <v>2080</v>
       </c>
-      <c r="E225" t="s">
+      <c r="G225" t="s">
         <v>2081</v>
       </c>
-      <c r="F225" t="s">
+      <c r="H225" t="s">
         <v>2082</v>
       </c>
-      <c r="G225" t="s">
+      <c r="I225" t="s">
         <v>2083</v>
       </c>
-      <c r="H225" t="s">
+      <c r="J225" t="s">
+        <v>24</v>
+      </c>
+      <c r="K225" t="s">
         <v>2084</v>
       </c>
-      <c r="I225" t="s">
+      <c r="L225" t="s">
+        <v>26</v>
+      </c>
+      <c r="M225" t="s">
         <v>2085</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2086</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>6259</v>
+        <v>6258</v>
       </c>
       <c r="B226" t="s">
         <v>2087</v>
       </c>
       <c r="C226" t="s">
         <v>2088</v>
       </c>
       <c r="D226" t="s">
         <v>2089</v>
       </c>
       <c r="E226" t="s">
         <v>2090</v>
       </c>
       <c r="F226" t="s">
         <v>2091</v>
       </c>
       <c r="G226" t="s">
         <v>2092</v>
       </c>
       <c r="H226" t="s">
         <v>2093</v>
       </c>
       <c r="I226" t="s">
         <v>2094</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>6261</v>
+        <v>6259</v>
       </c>
       <c r="B227" t="s">
         <v>2096</v>
       </c>
       <c r="C227" t="s">
         <v>2097</v>
       </c>
       <c r="D227" t="s">
         <v>2098</v>
       </c>
       <c r="E227" t="s">
         <v>2099</v>
       </c>
       <c r="F227" t="s">
         <v>2100</v>
       </c>
       <c r="G227" t="s">
         <v>2101</v>
       </c>
       <c r="H227" t="s">
         <v>2102</v>
       </c>
       <c r="I227" t="s">
         <v>2103</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2104</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>6263</v>
+        <v>6261</v>
       </c>
       <c r="B228" t="s">
         <v>2105</v>
       </c>
       <c r="C228" t="s">
         <v>2106</v>
       </c>
       <c r="D228" t="s">
         <v>2107</v>
       </c>
       <c r="E228" t="s">
         <v>2108</v>
       </c>
       <c r="F228" t="s">
         <v>2109</v>
       </c>
       <c r="G228" t="s">
         <v>2110</v>
       </c>
       <c r="H228" t="s">
         <v>2111</v>
       </c>
       <c r="I228" t="s">
         <v>2112</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>6272</v>
+        <v>6263</v>
       </c>
       <c r="B229" t="s">
         <v>2114</v>
       </c>
       <c r="C229" t="s">
         <v>2115</v>
       </c>
       <c r="D229" t="s">
         <v>2116</v>
       </c>
       <c r="E229" t="s">
         <v>2117</v>
       </c>
       <c r="F229" t="s">
         <v>2118</v>
       </c>
       <c r="G229" t="s">
         <v>2119</v>
       </c>
       <c r="H229" t="s">
         <v>2120</v>
       </c>
       <c r="I229" t="s">
         <v>2121</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>6274</v>
+        <v>6272</v>
       </c>
       <c r="B230" t="s">
         <v>2123</v>
       </c>
       <c r="C230" t="s">
         <v>2124</v>
       </c>
       <c r="D230" t="s">
         <v>2125</v>
       </c>
       <c r="E230" t="s">
         <v>2126</v>
       </c>
       <c r="F230" t="s">
         <v>2127</v>
       </c>
       <c r="G230" t="s">
         <v>2128</v>
       </c>
       <c r="H230" t="s">
         <v>2129</v>
       </c>
       <c r="I230" t="s">
         <v>2130</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
         <v>2131</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>6275</v>
+        <v>6274</v>
       </c>
       <c r="B231" t="s">
         <v>2132</v>
       </c>
       <c r="C231" t="s">
         <v>2133</v>
       </c>
       <c r="D231" t="s">
         <v>2134</v>
       </c>
       <c r="E231" t="s">
         <v>2135</v>
       </c>
       <c r="F231" t="s">
         <v>2136</v>
       </c>
       <c r="G231" t="s">
         <v>2137</v>
       </c>
       <c r="H231" t="s">
         <v>2138</v>
       </c>
       <c r="I231" t="s">
         <v>2139</v>
       </c>
       <c r="J231" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>1311</v>
+        <v>25</v>
       </c>
       <c r="L231" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>1312</v>
+        <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
         <v>2140</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>6327</v>
+        <v>6275</v>
       </c>
       <c r="B232" t="s">
         <v>2141</v>
       </c>
       <c r="C232" t="s">
         <v>2142</v>
       </c>
       <c r="D232" t="s">
         <v>2143</v>
       </c>
       <c r="E232" t="s">
         <v>2144</v>
       </c>
       <c r="F232" t="s">
         <v>2145</v>
       </c>
       <c r="G232" t="s">
         <v>2146</v>
       </c>
       <c r="H232" t="s">
         <v>2147</v>
       </c>
       <c r="I232" t="s">
         <v>2148</v>
       </c>
       <c r="J232" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K232" t="s">
-        <v>47</v>
+        <v>1320</v>
       </c>
       <c r="L232" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M232" t="s">
-        <v>48</v>
+        <v>1321</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
         <v>2149</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>6337</v>
+        <v>6327</v>
       </c>
       <c r="B233" t="s">
         <v>2150</v>
       </c>
       <c r="C233" t="s">
         <v>2151</v>
       </c>
       <c r="D233" t="s">
         <v>2152</v>
       </c>
       <c r="E233" t="s">
         <v>2153</v>
       </c>
       <c r="F233" t="s">
         <v>2154</v>
       </c>
       <c r="G233" t="s">
         <v>2155</v>
       </c>
       <c r="H233" t="s">
         <v>2156</v>
       </c>
       <c r="I233" t="s">
         <v>2157</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>47</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>48</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>6460</v>
+        <v>6337</v>
       </c>
       <c r="B234" t="s">
         <v>2159</v>
       </c>
       <c r="C234" t="s">
         <v>2160</v>
       </c>
       <c r="D234" t="s">
         <v>2161</v>
       </c>
       <c r="E234" t="s">
         <v>2162</v>
       </c>
       <c r="F234" t="s">
         <v>2163</v>
       </c>
       <c r="G234" t="s">
         <v>2164</v>
       </c>
       <c r="H234" t="s">
         <v>2165</v>
       </c>
       <c r="I234" t="s">
         <v>2166</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
         <v>2167</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>6468</v>
+        <v>6460</v>
       </c>
       <c r="B235" t="s">
         <v>2168</v>
       </c>
       <c r="C235" t="s">
         <v>2169</v>
       </c>
       <c r="D235" t="s">
         <v>2170</v>
       </c>
       <c r="E235" t="s">
         <v>2171</v>
       </c>
       <c r="F235" t="s">
         <v>2172</v>
       </c>
       <c r="G235" t="s">
         <v>2173</v>
       </c>
       <c r="H235" t="s">
         <v>2174</v>
       </c>
       <c r="I235" t="s">
         <v>2175</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>6761</v>
+        <v>6468</v>
       </c>
       <c r="B236" t="s">
         <v>2177</v>
       </c>
       <c r="C236" t="s">
         <v>2178</v>
       </c>
       <c r="D236" t="s">
         <v>2179</v>
       </c>
       <c r="E236" t="s">
         <v>2180</v>
       </c>
       <c r="F236" t="s">
         <v>2181</v>
       </c>
       <c r="G236" t="s">
         <v>2182</v>
       </c>
       <c r="H236" t="s">
         <v>2183</v>
       </c>
       <c r="I236" t="s">
         <v>2184</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>6762</v>
+        <v>6761</v>
       </c>
       <c r="B237" t="s">
         <v>2186</v>
       </c>
       <c r="C237" t="s">
         <v>2187</v>
       </c>
       <c r="D237" t="s">
         <v>2188</v>
       </c>
       <c r="E237" t="s">
         <v>2189</v>
       </c>
       <c r="F237" t="s">
         <v>2190</v>
       </c>
       <c r="G237" t="s">
         <v>2191</v>
       </c>
       <c r="H237" t="s">
         <v>2192</v>
       </c>
       <c r="I237" t="s">
         <v>2193</v>
       </c>
       <c r="J237" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>527</v>
+        <v>25</v>
       </c>
       <c r="L237" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>528</v>
+        <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>2194</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>6765</v>
+        <v>6762</v>
       </c>
       <c r="B238" t="s">
         <v>2195</v>
       </c>
       <c r="C238" t="s">
         <v>2196</v>
       </c>
       <c r="D238" t="s">
         <v>2197</v>
       </c>
       <c r="E238" t="s">
         <v>2198</v>
       </c>
       <c r="F238" t="s">
         <v>2199</v>
       </c>
       <c r="G238" t="s">
         <v>2200</v>
       </c>
       <c r="H238" t="s">
         <v>2201</v>
       </c>
       <c r="I238" t="s">
         <v>2202</v>
       </c>
       <c r="J238" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K238" t="s">
-        <v>130</v>
+        <v>536</v>
       </c>
       <c r="L238" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M238" t="s">
-        <v>131</v>
+        <v>537</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>8265</v>
+        <v>6765</v>
       </c>
       <c r="B239" t="s">
         <v>2204</v>
       </c>
       <c r="C239" t="s">
         <v>2205</v>
       </c>
       <c r="D239" t="s">
         <v>2206</v>
       </c>
       <c r="E239" t="s">
         <v>2207</v>
       </c>
       <c r="F239" t="s">
         <v>2208</v>
       </c>
       <c r="G239" t="s">
         <v>2209</v>
       </c>
       <c r="H239" t="s">
         <v>2210</v>
       </c>
       <c r="I239" t="s">
         <v>2211</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
+        <v>139</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>140</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
         <v>2212</v>
-      </c>
-[...10 lines deleted...]
-        <v>2214</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>8289</v>
+        <v>8265</v>
       </c>
       <c r="B240" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C240" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D240" t="s">
         <v>2215</v>
       </c>
-      <c r="C240" t="s">
+      <c r="E240" t="s">
         <v>2216</v>
       </c>
-      <c r="D240" t="s">
+      <c r="F240" t="s">
         <v>2217</v>
       </c>
-      <c r="E240" t="s">
+      <c r="G240" t="s">
         <v>2218</v>
       </c>
-      <c r="F240" t="s">
+      <c r="H240" t="s">
         <v>2219</v>
       </c>
-      <c r="G240" t="s">
+      <c r="I240" t="s">
         <v>2220</v>
       </c>
-      <c r="H240" t="s">
+      <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" t="s">
         <v>2221</v>
       </c>
-      <c r="I240" t="s">
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
         <v>2222</v>
-      </c>
-[...10 lines deleted...]
-        <v>364</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>8386</v>
+        <v>8289</v>
       </c>
       <c r="B241" t="s">
         <v>2224</v>
       </c>
       <c r="C241" t="s">
         <v>2225</v>
       </c>
       <c r="D241" t="s">
         <v>2226</v>
       </c>
       <c r="E241" t="s">
         <v>2227</v>
       </c>
       <c r="F241" t="s">
         <v>2228</v>
       </c>
       <c r="G241" t="s">
         <v>2229</v>
       </c>
       <c r="H241" t="s">
         <v>2230</v>
       </c>
       <c r="I241" t="s">
         <v>2231</v>
       </c>
       <c r="J241" t="s">
-        <v>1280</v>
+        <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>130</v>
+        <v>371</v>
       </c>
       <c r="L241" t="s">
-        <v>1282</v>
+        <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>131</v>
+        <v>373</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
         <v>2232</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>8402</v>
+        <v>8386</v>
       </c>
       <c r="B242" t="s">
         <v>2233</v>
       </c>
       <c r="C242" t="s">
         <v>2234</v>
       </c>
       <c r="D242" t="s">
         <v>2235</v>
       </c>
       <c r="E242" t="s">
         <v>2236</v>
       </c>
       <c r="F242" t="s">
         <v>2237</v>
       </c>
       <c r="G242" t="s">
         <v>2238</v>
       </c>
       <c r="H242" t="s">
         <v>2239</v>
       </c>
       <c r="I242" t="s">
         <v>2240</v>
       </c>
       <c r="J242" t="s">
-        <v>24</v>
+        <v>1289</v>
       </c>
       <c r="K242" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L242" t="s">
-        <v>26</v>
+        <v>1291</v>
       </c>
       <c r="M242" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>8903</v>
+        <v>8402</v>
       </c>
       <c r="B243" t="s">
         <v>2242</v>
       </c>
       <c r="C243" t="s">
         <v>2243</v>
       </c>
       <c r="D243" t="s">
         <v>2244</v>
       </c>
       <c r="E243" t="s">
         <v>2245</v>
       </c>
       <c r="F243" t="s">
         <v>2246</v>
       </c>
       <c r="G243" t="s">
         <v>2247</v>
       </c>
       <c r="H243" t="s">
         <v>2248</v>
       </c>
       <c r="I243" t="s">
         <v>2249</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
         <v>2250</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>8904</v>
+        <v>8903</v>
       </c>
       <c r="B244" t="s">
         <v>2251</v>
       </c>
       <c r="C244" t="s">
         <v>2252</v>
       </c>
       <c r="D244" t="s">
         <v>2253</v>
       </c>
       <c r="E244" t="s">
         <v>2254</v>
       </c>
       <c r="F244" t="s">
         <v>2255</v>
       </c>
       <c r="G244" t="s">
         <v>2256</v>
       </c>
       <c r="H244" t="s">
         <v>2257</v>
       </c>
       <c r="I244" t="s">
         <v>2258</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>8914</v>
+        <v>8904</v>
       </c>
       <c r="B245" t="s">
         <v>2260</v>
       </c>
       <c r="C245" t="s">
         <v>2261</v>
       </c>
       <c r="D245" t="s">
         <v>2262</v>
       </c>
       <c r="E245" t="s">
         <v>2263</v>
       </c>
       <c r="F245" t="s">
         <v>2264</v>
       </c>
       <c r="G245" t="s">
         <v>2265</v>
       </c>
       <c r="H245" t="s">
         <v>2266</v>
       </c>
       <c r="I245" t="s">
         <v>2267</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
         <v>2268</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>8918</v>
+        <v>8914</v>
       </c>
       <c r="B246" t="s">
         <v>2269</v>
       </c>
       <c r="C246" t="s">
         <v>2270</v>
       </c>
       <c r="D246" t="s">
         <v>2271</v>
       </c>
       <c r="E246" t="s">
         <v>2272</v>
       </c>
       <c r="F246" t="s">
         <v>2273</v>
       </c>
       <c r="G246" t="s">
         <v>2274</v>
       </c>
       <c r="H246" t="s">
         <v>2275</v>
       </c>
       <c r="I246" t="s">
         <v>2276</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>8945</v>
+        <v>8918</v>
       </c>
       <c r="B247" t="s">
         <v>2278</v>
       </c>
       <c r="C247" t="s">
         <v>2279</v>
       </c>
       <c r="D247" t="s">
         <v>2280</v>
       </c>
       <c r="E247" t="s">
         <v>2281</v>
       </c>
       <c r="F247" t="s">
         <v>2282</v>
       </c>
       <c r="G247" t="s">
         <v>2283</v>
       </c>
       <c r="H247" t="s">
         <v>2284</v>
       </c>
       <c r="I247" t="s">
         <v>2285</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2286</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>8951</v>
+        <v>8945</v>
       </c>
       <c r="B248" t="s">
         <v>2287</v>
       </c>
       <c r="C248" t="s">
         <v>2288</v>
       </c>
       <c r="D248" t="s">
         <v>2289</v>
       </c>
       <c r="E248" t="s">
         <v>2290</v>
       </c>
       <c r="F248" t="s">
         <v>2291</v>
       </c>
       <c r="G248" t="s">
         <v>2292</v>
       </c>
       <c r="H248" t="s">
         <v>2293</v>
       </c>
       <c r="I248" t="s">
         <v>2294</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>10014</v>
+        <v>8951</v>
       </c>
       <c r="B249" t="s">
         <v>2296</v>
       </c>
       <c r="C249" t="s">
         <v>2297</v>
       </c>
       <c r="D249" t="s">
         <v>2298</v>
       </c>
       <c r="E249" t="s">
         <v>2299</v>
       </c>
       <c r="F249" t="s">
         <v>2300</v>
       </c>
       <c r="G249" t="s">
         <v>2301</v>
       </c>
       <c r="H249" t="s">
         <v>2302</v>
       </c>
       <c r="I249" t="s">
         <v>2303</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
+        <v>139</v>
+      </c>
+      <c r="L249" t="s">
+        <v>26</v>
+      </c>
+      <c r="M249" t="s">
+        <v>140</v>
+      </c>
+      <c r="N249" t="s">
+        <v>28</v>
+      </c>
+      <c r="O249" t="s">
         <v>2304</v>
-      </c>
-[...10 lines deleted...]
-        <v>2306</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>10015</v>
+        <v>10014</v>
       </c>
       <c r="B250" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C250" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D250" t="s">
         <v>2307</v>
       </c>
-      <c r="C250" t="s">
+      <c r="E250" t="s">
         <v>2308</v>
       </c>
-      <c r="D250" t="s">
+      <c r="F250" t="s">
         <v>2309</v>
       </c>
-      <c r="E250" t="s">
+      <c r="G250" t="s">
         <v>2310</v>
       </c>
-      <c r="F250" t="s">
+      <c r="H250" t="s">
         <v>2311</v>
       </c>
-      <c r="G250" t="s">
+      <c r="I250" t="s">
         <v>2312</v>
       </c>
-      <c r="H250" t="s">
+      <c r="J250" t="s">
+        <v>24</v>
+      </c>
+      <c r="K250" t="s">
         <v>2313</v>
       </c>
-      <c r="I250" t="s">
+      <c r="L250" t="s">
+        <v>26</v>
+      </c>
+      <c r="M250" t="s">
         <v>2314</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>10036</v>
+        <v>10015</v>
       </c>
       <c r="B251" t="s">
         <v>2316</v>
       </c>
       <c r="C251" t="s">
         <v>2317</v>
       </c>
       <c r="D251" t="s">
         <v>2318</v>
       </c>
       <c r="E251" t="s">
         <v>2319</v>
       </c>
       <c r="F251" t="s">
         <v>2320</v>
       </c>
       <c r="G251" t="s">
         <v>2321</v>
       </c>
       <c r="H251" t="s">
         <v>2322</v>
       </c>
       <c r="I251" t="s">
         <v>2323</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
         <v>2324</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>10098</v>
+        <v>10036</v>
       </c>
       <c r="B252" t="s">
         <v>2325</v>
       </c>
       <c r="C252" t="s">
         <v>2326</v>
       </c>
       <c r="D252" t="s">
         <v>2327</v>
       </c>
       <c r="E252" t="s">
         <v>2328</v>
       </c>
       <c r="F252" t="s">
         <v>2329</v>
       </c>
       <c r="G252" t="s">
         <v>2330</v>
       </c>
       <c r="H252" t="s">
         <v>2331</v>
       </c>
       <c r="I252" t="s">
         <v>2332</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>10101</v>
+        <v>10098</v>
       </c>
       <c r="B253" t="s">
         <v>2334</v>
       </c>
       <c r="C253" t="s">
         <v>2335</v>
       </c>
       <c r="D253" t="s">
         <v>2336</v>
       </c>
       <c r="E253" t="s">
         <v>2337</v>
       </c>
       <c r="F253" t="s">
         <v>2338</v>
       </c>
       <c r="G253" t="s">
         <v>2339</v>
       </c>
       <c r="H253" t="s">
         <v>2340</v>
       </c>
       <c r="I253" t="s">
         <v>2341</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>10412</v>
+        <v>10101</v>
       </c>
       <c r="B254" t="s">
         <v>2343</v>
       </c>
       <c r="C254" t="s">
         <v>2344</v>
       </c>
       <c r="D254" t="s">
         <v>2345</v>
       </c>
       <c r="E254" t="s">
         <v>2346</v>
       </c>
       <c r="F254" t="s">
         <v>2347</v>
       </c>
       <c r="G254" t="s">
         <v>2348</v>
       </c>
       <c r="H254" t="s">
         <v>2349</v>
       </c>
       <c r="I254" t="s">
         <v>2350</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
         <v>2351</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>10603</v>
+        <v>10412</v>
       </c>
       <c r="B255" t="s">
         <v>2352</v>
       </c>
       <c r="C255" t="s">
         <v>2353</v>
       </c>
       <c r="D255" t="s">
         <v>2354</v>
       </c>
       <c r="E255" t="s">
         <v>2355</v>
       </c>
       <c r="F255" t="s">
         <v>2356</v>
       </c>
       <c r="G255" t="s">
         <v>2357</v>
       </c>
       <c r="H255" t="s">
         <v>2358</v>
       </c>
       <c r="I255" t="s">
         <v>2359</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
         <v>2360</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>10647</v>
+        <v>10603</v>
       </c>
       <c r="B256" t="s">
         <v>2361</v>
       </c>
       <c r="C256" t="s">
         <v>2362</v>
       </c>
       <c r="D256" t="s">
         <v>2363</v>
       </c>
       <c r="E256" t="s">
         <v>2364</v>
       </c>
       <c r="F256" t="s">
         <v>2365</v>
       </c>
       <c r="G256" t="s">
         <v>2366</v>
       </c>
       <c r="H256" t="s">
         <v>2367</v>
       </c>
       <c r="I256" t="s">
         <v>2368</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
         <v>2369</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>10887</v>
+        <v>10647</v>
       </c>
       <c r="B257" t="s">
         <v>2370</v>
       </c>
       <c r="C257" t="s">
         <v>2371</v>
       </c>
       <c r="D257" t="s">
         <v>2372</v>
       </c>
       <c r="E257" t="s">
         <v>2373</v>
       </c>
       <c r="F257" t="s">
         <v>2374</v>
       </c>
       <c r="G257" t="s">
         <v>2375</v>
       </c>
       <c r="H257" t="s">
         <v>2376</v>
       </c>
       <c r="I257" t="s">
         <v>2377</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
         <v>2378</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>10925</v>
+        <v>10887</v>
       </c>
       <c r="B258" t="s">
         <v>2379</v>
       </c>
       <c r="C258" t="s">
         <v>2380</v>
       </c>
       <c r="D258" t="s">
         <v>2381</v>
       </c>
       <c r="E258" t="s">
         <v>2382</v>
       </c>
       <c r="F258" t="s">
         <v>2383</v>
       </c>
       <c r="G258" t="s">
         <v>2384</v>
       </c>
       <c r="H258" t="s">
         <v>2385</v>
       </c>
       <c r="I258" t="s">
         <v>2386</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
         <v>2387</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>10930</v>
+        <v>10925</v>
       </c>
       <c r="B259" t="s">
         <v>2388</v>
       </c>
       <c r="C259" t="s">
         <v>2389</v>
       </c>
       <c r="D259" t="s">
         <v>2390</v>
       </c>
       <c r="E259" t="s">
         <v>2391</v>
       </c>
       <c r="F259" t="s">
         <v>2392</v>
       </c>
       <c r="G259" t="s">
         <v>2393</v>
       </c>
       <c r="H259" t="s">
         <v>2394</v>
       </c>
       <c r="I259" t="s">
         <v>2395</v>
       </c>
       <c r="J259" t="s">
+        <v>24</v>
+      </c>
+      <c r="K259" t="s">
+        <v>25</v>
+      </c>
+      <c r="L259" t="s">
+        <v>26</v>
+      </c>
+      <c r="M259" t="s">
+        <v>27</v>
+      </c>
+      <c r="N259" t="s">
+        <v>28</v>
+      </c>
+      <c r="O259" t="s">
         <v>2396</v>
-      </c>
-[...13 lines deleted...]
-        <v>2398</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>10947</v>
+        <v>10930</v>
       </c>
       <c r="B260" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C260" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D260" t="s">
         <v>2399</v>
       </c>
-      <c r="C260" t="s">
+      <c r="E260" t="s">
         <v>2400</v>
       </c>
-      <c r="D260" t="s">
+      <c r="F260" t="s">
         <v>2401</v>
       </c>
-      <c r="E260" t="s">
+      <c r="G260" t="s">
         <v>2402</v>
       </c>
-      <c r="F260" t="s">
+      <c r="H260" t="s">
         <v>2403</v>
       </c>
-      <c r="G260" t="s">
+      <c r="I260" t="s">
         <v>2404</v>
       </c>
-      <c r="H260" t="s">
+      <c r="J260" t="s">
         <v>2405</v>
       </c>
-      <c r="I260" t="s">
+      <c r="K260" t="s">
+        <v>679</v>
+      </c>
+      <c r="L260" t="s">
         <v>2406</v>
       </c>
-      <c r="J260" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M260" t="s">
-        <v>131</v>
+        <v>680</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
         <v>2407</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>10948</v>
+        <v>10947</v>
       </c>
       <c r="B261" t="s">
         <v>2408</v>
       </c>
       <c r="C261" t="s">
         <v>2409</v>
       </c>
       <c r="D261" t="s">
         <v>2410</v>
       </c>
       <c r="E261" t="s">
         <v>2411</v>
       </c>
       <c r="F261" t="s">
         <v>2412</v>
       </c>
       <c r="G261" t="s">
         <v>2413</v>
       </c>
       <c r="H261" t="s">
         <v>2414</v>
       </c>
       <c r="I261" t="s">
         <v>2415</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
         <v>2416</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>10950</v>
+        <v>10948</v>
       </c>
       <c r="B262" t="s">
         <v>2417</v>
       </c>
       <c r="C262" t="s">
         <v>2418</v>
       </c>
       <c r="D262" t="s">
         <v>2419</v>
       </c>
       <c r="E262" t="s">
         <v>2420</v>
       </c>
       <c r="F262" t="s">
         <v>2421</v>
       </c>
       <c r="G262" t="s">
         <v>2422</v>
       </c>
       <c r="H262" t="s">
         <v>2423</v>
       </c>
       <c r="I262" t="s">
         <v>2424</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
+        <v>139</v>
+      </c>
+      <c r="L262" t="s">
+        <v>26</v>
+      </c>
+      <c r="M262" t="s">
+        <v>140</v>
+      </c>
+      <c r="N262" t="s">
+        <v>28</v>
+      </c>
+      <c r="O262" t="s">
         <v>2425</v>
-      </c>
-[...7 lines deleted...]
-        <v>2426</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>10951</v>
+        <v>10950</v>
       </c>
       <c r="B263" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C263" t="s">
         <v>2427</v>
       </c>
-      <c r="C263" t="s">
+      <c r="D263" t="s">
         <v>2428</v>
       </c>
-      <c r="D263" t="s">
+      <c r="E263" t="s">
         <v>2429</v>
       </c>
-      <c r="E263" t="s">
+      <c r="F263" t="s">
         <v>2430</v>
       </c>
-      <c r="F263" t="s">
+      <c r="G263" t="s">
         <v>2431</v>
       </c>
-      <c r="G263" t="s">
+      <c r="H263" t="s">
         <v>2432</v>
       </c>
-      <c r="H263" t="s">
+      <c r="I263" t="s">
         <v>2433</v>
       </c>
-      <c r="I263" t="s">
+      <c r="J263" t="s">
+        <v>24</v>
+      </c>
+      <c r="K263" t="s">
         <v>2434</v>
       </c>
-      <c r="J263" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>48</v>
+        <v>2435</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>11220</v>
+        <v>10951</v>
       </c>
       <c r="B264" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="C264" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="D264" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="E264" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="F264" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="G264" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="H264" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="I264" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>527</v>
+        <v>47</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>528</v>
+        <v>48</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>11231</v>
+        <v>11220</v>
       </c>
       <c r="B265" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="C265" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="D265" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="E265" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="F265" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="G265" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="H265" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="I265" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>130</v>
+        <v>536</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>131</v>
+        <v>537</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>11287</v>
+        <v>11231</v>
       </c>
       <c r="B266" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="C266" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="D266" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="E266" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="F266" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="G266" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="H266" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="I266" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>58060</v>
+        <v>11287</v>
       </c>
       <c r="B267" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="C267" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="D267" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="E267" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="F267" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="G267" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="H267" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="I267" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>2471</v>
+        <v>139</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
+        <v>140</v>
+      </c>
+      <c r="N267" t="s">
+        <v>28</v>
+      </c>
+      <c r="O267" t="s">
         <v>2472</v>
-      </c>
-[...4 lines deleted...]
-        <v>2473</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>58066</v>
+        <v>58060</v>
       </c>
       <c r="B268" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C268" t="s">
         <v>2474</v>
       </c>
-      <c r="C268" t="s">
+      <c r="D268" t="s">
         <v>2475</v>
       </c>
-      <c r="D268" t="s">
+      <c r="E268" t="s">
         <v>2476</v>
       </c>
-      <c r="E268" t="s">
+      <c r="F268" t="s">
         <v>2477</v>
       </c>
-      <c r="F268" t="s">
+      <c r="G268" t="s">
         <v>2478</v>
       </c>
-      <c r="G268" t="s">
+      <c r="H268" t="s">
         <v>2479</v>
       </c>
-      <c r="H268" t="s">
+      <c r="I268" t="s">
         <v>2480</v>
       </c>
-      <c r="I268" t="s">
+      <c r="J268" t="s">
+        <v>24</v>
+      </c>
+      <c r="K268" t="s">
         <v>2481</v>
       </c>
-      <c r="J268" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>671</v>
+        <v>2482</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>58120</v>
+        <v>58066</v>
       </c>
       <c r="B269" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="C269" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="D269" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="E269" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="F269" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="G269" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="H269" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="I269" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>679</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>27</v>
+        <v>680</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>58122</v>
+        <v>58120</v>
       </c>
       <c r="B270" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="C270" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="D270" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="E270" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="F270" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="G270" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="H270" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="I270" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>58218</v>
+        <v>58122</v>
       </c>
       <c r="B271" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="C271" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="D271" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="E271" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="F271" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="G271" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="H271" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="I271" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>58223</v>
+        <v>58218</v>
       </c>
       <c r="B272" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="C272" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
       <c r="D272" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="E272" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="F272" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="G272" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
       <c r="H272" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
       <c r="I272" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>58259</v>
+        <v>58223</v>
       </c>
       <c r="B273" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="C273" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="D273" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="E273" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
       <c r="F273" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="G273" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="H273" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="I273" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>2527</v>
+        <v>139</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
+      </c>
+      <c r="M273" t="s">
+        <v>140</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
         <v>2528</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>64637</v>
+        <v>58259</v>
       </c>
       <c r="B274" t="s">
         <v>2529</v>
       </c>
       <c r="C274" t="s">
         <v>2530</v>
       </c>
       <c r="D274" t="s">
         <v>2531</v>
       </c>
       <c r="E274" t="s">
         <v>2532</v>
       </c>
       <c r="F274" t="s">
         <v>2533</v>
       </c>
       <c r="G274" t="s">
         <v>2534</v>
       </c>
       <c r="H274" t="s">
         <v>2535</v>
       </c>
       <c r="I274" t="s">
         <v>2536</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>47</v>
+        <v>2537</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>48</v>
+        <v>2538</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2537</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>64689</v>
+        <v>64637</v>
       </c>
       <c r="B275" t="s">
-        <v>2538</v>
+        <v>2540</v>
       </c>
       <c r="C275" t="s">
-        <v>2539</v>
+        <v>2541</v>
       </c>
       <c r="D275" t="s">
-        <v>2540</v>
+        <v>2542</v>
       </c>
       <c r="E275" t="s">
-        <v>2541</v>
+        <v>2543</v>
       </c>
       <c r="F275" t="s">
-        <v>2542</v>
+        <v>2544</v>
       </c>
       <c r="G275" t="s">
-        <v>2543</v>
+        <v>2545</v>
       </c>
       <c r="H275" t="s">
-        <v>2544</v>
+        <v>2546</v>
       </c>
       <c r="I275" t="s">
-        <v>2545</v>
+        <v>2547</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>876</v>
+        <v>47</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>877</v>
+        <v>48</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2546</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>65000</v>
+        <v>64689</v>
       </c>
       <c r="B276" t="s">
-        <v>2547</v>
+        <v>2549</v>
       </c>
       <c r="C276" t="s">
-        <v>2548</v>
+        <v>2550</v>
       </c>
       <c r="D276" t="s">
-        <v>2549</v>
+        <v>2551</v>
       </c>
       <c r="E276" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
       <c r="F276" t="s">
-        <v>2551</v>
+        <v>2553</v>
       </c>
       <c r="G276" t="s">
-        <v>2552</v>
+        <v>2554</v>
       </c>
       <c r="H276" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
       <c r="I276" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>25</v>
+        <v>885</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>27</v>
+        <v>886</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>65001</v>
+        <v>65000</v>
       </c>
       <c r="B277" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="C277" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="D277" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="E277" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
       <c r="F277" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="G277" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
       <c r="H277" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
       <c r="I277" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>65002</v>
+        <v>65001</v>
       </c>
       <c r="B278" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="C278" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="D278" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="E278" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
       <c r="F278" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="G278" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="H278" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="I278" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>65003</v>
+        <v>65002</v>
       </c>
       <c r="B279" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="C279" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
       <c r="D279" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="E279" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="F279" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
       <c r="G279" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="H279" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="I279" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>65004</v>
+        <v>65003</v>
       </c>
       <c r="B280" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
       <c r="C280" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="D280" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="E280" t="s">
-        <v>2586</v>
+        <v>2588</v>
       </c>
       <c r="F280" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="G280" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="H280" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="I280" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>65005</v>
+        <v>65004</v>
       </c>
       <c r="B281" t="s">
-        <v>2592</v>
+        <v>2594</v>
       </c>
       <c r="C281" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
       <c r="D281" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
       <c r="E281" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="F281" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
       <c r="G281" t="s">
-        <v>2597</v>
+        <v>2599</v>
       </c>
       <c r="H281" t="s">
-        <v>2598</v>
+        <v>2600</v>
       </c>
       <c r="I281" t="s">
-        <v>2599</v>
+        <v>2601</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>2600</v>
+        <v>139</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>2601</v>
+        <v>140</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
         <v>2602</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>65006</v>
+        <v>65005</v>
       </c>
       <c r="B282" t="s">
         <v>2603</v>
       </c>
       <c r="C282" t="s">
         <v>2604</v>
       </c>
       <c r="D282" t="s">
         <v>2605</v>
       </c>
       <c r="E282" t="s">
         <v>2606</v>
       </c>
       <c r="F282" t="s">
         <v>2607</v>
       </c>
       <c r="G282" t="s">
         <v>2608</v>
       </c>
       <c r="H282" t="s">
         <v>2609</v>
       </c>
       <c r="I282" t="s">
         <v>2610</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>2611</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>2612</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2613</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>65007</v>
+        <v>65006</v>
       </c>
       <c r="B283" t="s">
         <v>2614</v>
       </c>
       <c r="C283" t="s">
         <v>2615</v>
       </c>
       <c r="D283" t="s">
         <v>2616</v>
       </c>
       <c r="E283" t="s">
         <v>2617</v>
       </c>
       <c r="F283" t="s">
         <v>2618</v>
       </c>
       <c r="G283" t="s">
         <v>2619</v>
       </c>
       <c r="H283" t="s">
         <v>2620</v>
       </c>
       <c r="I283" t="s">
         <v>2621</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>2622</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>2623</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2622</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>65008</v>
+        <v>65007</v>
       </c>
       <c r="B284" t="s">
-        <v>2623</v>
+        <v>2625</v>
       </c>
       <c r="C284" t="s">
-        <v>2624</v>
+        <v>2626</v>
       </c>
       <c r="D284" t="s">
-        <v>2625</v>
+        <v>2627</v>
       </c>
       <c r="E284" t="s">
-        <v>2626</v>
+        <v>2628</v>
       </c>
       <c r="F284" t="s">
-        <v>2627</v>
+        <v>2629</v>
       </c>
       <c r="G284" t="s">
-        <v>2628</v>
+        <v>2630</v>
       </c>
       <c r="H284" t="s">
-        <v>2629</v>
+        <v>2631</v>
       </c>
       <c r="I284" t="s">
-        <v>2630</v>
+        <v>2632</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2631</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>65009</v>
+        <v>65008</v>
       </c>
       <c r="B285" t="s">
-        <v>2632</v>
+        <v>2634</v>
       </c>
       <c r="C285" t="s">
-        <v>2633</v>
+        <v>2635</v>
       </c>
       <c r="D285" t="s">
-        <v>2634</v>
+        <v>2636</v>
       </c>
       <c r="E285" t="s">
-        <v>2635</v>
+        <v>2637</v>
       </c>
       <c r="F285" t="s">
-        <v>2636</v>
+        <v>2638</v>
       </c>
       <c r="G285" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="H285" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="I285" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>65010</v>
+        <v>65009</v>
       </c>
       <c r="B286" t="s">
-        <v>2641</v>
+        <v>2643</v>
       </c>
       <c r="C286" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
       <c r="D286" t="s">
-        <v>2643</v>
+        <v>2645</v>
       </c>
       <c r="E286" t="s">
-        <v>2644</v>
+        <v>2646</v>
       </c>
       <c r="F286" t="s">
-        <v>2645</v>
+        <v>2647</v>
       </c>
       <c r="G286" t="s">
-        <v>2646</v>
+        <v>2648</v>
       </c>
       <c r="H286" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
       <c r="I286" t="s">
-        <v>2648</v>
+        <v>2650</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>65011</v>
+        <v>65010</v>
       </c>
       <c r="B287" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
       <c r="C287" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="D287" t="s">
-        <v>2652</v>
+        <v>2654</v>
       </c>
       <c r="E287" t="s">
-        <v>2653</v>
+        <v>2655</v>
       </c>
       <c r="F287" t="s">
-        <v>2654</v>
+        <v>2656</v>
       </c>
       <c r="G287" t="s">
-        <v>2655</v>
+        <v>2657</v>
       </c>
       <c r="H287" t="s">
-        <v>2656</v>
+        <v>2658</v>
       </c>
       <c r="I287" t="s">
-        <v>2657</v>
+        <v>2659</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2658</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>65012</v>
+        <v>65011</v>
       </c>
       <c r="B288" t="s">
-        <v>2659</v>
+        <v>2661</v>
       </c>
       <c r="C288" t="s">
-        <v>2660</v>
+        <v>2662</v>
       </c>
       <c r="D288" t="s">
-        <v>2661</v>
+        <v>2663</v>
       </c>
       <c r="E288" t="s">
-        <v>2662</v>
+        <v>2664</v>
       </c>
       <c r="F288" t="s">
-        <v>2663</v>
+        <v>2665</v>
       </c>
       <c r="G288" t="s">
-        <v>2664</v>
+        <v>2666</v>
       </c>
       <c r="H288" t="s">
-        <v>2665</v>
+        <v>2667</v>
       </c>
       <c r="I288" t="s">
-        <v>2666</v>
+        <v>2668</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>2667</v>
+        <v>139</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>2668</v>
+        <v>140</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
         <v>2669</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>65013</v>
+        <v>65012</v>
       </c>
       <c r="B289" t="s">
         <v>2670</v>
       </c>
       <c r="C289" t="s">
         <v>2671</v>
       </c>
       <c r="D289" t="s">
         <v>2672</v>
       </c>
       <c r="E289" t="s">
         <v>2673</v>
       </c>
       <c r="F289" t="s">
         <v>2674</v>
       </c>
       <c r="G289" t="s">
         <v>2675</v>
       </c>
       <c r="H289" t="s">
         <v>2676</v>
       </c>
       <c r="I289" t="s">
         <v>2677</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>25</v>
+        <v>2678</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>27</v>
+        <v>2679</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2678</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>65015</v>
+        <v>65013</v>
       </c>
       <c r="B290" t="s">
-        <v>2679</v>
+        <v>2681</v>
       </c>
       <c r="C290" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
       <c r="D290" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
       <c r="E290" t="s">
-        <v>2682</v>
+        <v>2684</v>
       </c>
       <c r="F290" t="s">
-        <v>2683</v>
+        <v>2685</v>
       </c>
       <c r="G290" t="s">
-        <v>2684</v>
+        <v>2686</v>
       </c>
       <c r="H290" t="s">
-        <v>2685</v>
+        <v>2687</v>
       </c>
       <c r="I290" t="s">
-        <v>2686</v>
+        <v>2688</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>65016</v>
+        <v>65015</v>
       </c>
       <c r="B291" t="s">
-        <v>2688</v>
+        <v>2690</v>
       </c>
       <c r="C291" t="s">
-        <v>2689</v>
+        <v>2691</v>
       </c>
       <c r="D291" t="s">
-        <v>2690</v>
+        <v>2692</v>
       </c>
       <c r="E291" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
       <c r="F291" t="s">
-        <v>2692</v>
+        <v>2694</v>
       </c>
       <c r="G291" t="s">
-        <v>2693</v>
+        <v>2695</v>
       </c>
       <c r="H291" t="s">
-        <v>2694</v>
+        <v>2696</v>
       </c>
       <c r="I291" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>65017</v>
+        <v>65016</v>
       </c>
       <c r="B292" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="C292" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="D292" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
       <c r="E292" t="s">
-        <v>2700</v>
+        <v>2702</v>
       </c>
       <c r="F292" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
       <c r="G292" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
       <c r="H292" t="s">
-        <v>2703</v>
+        <v>2705</v>
       </c>
       <c r="I292" t="s">
-        <v>2704</v>
+        <v>2706</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>2705</v>
+        <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
-        <v>2706</v>
+        <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
         <v>2707</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>65018</v>
+        <v>65017</v>
       </c>
       <c r="B293" t="s">
         <v>2708</v>
       </c>
       <c r="C293" t="s">
         <v>2709</v>
       </c>
       <c r="D293" t="s">
         <v>2710</v>
       </c>
       <c r="E293" t="s">
         <v>2711</v>
       </c>
       <c r="F293" t="s">
         <v>2712</v>
       </c>
       <c r="G293" t="s">
         <v>2713</v>
       </c>
       <c r="H293" t="s">
         <v>2714</v>
       </c>
       <c r="I293" t="s">
         <v>2715</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>2716</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>2717</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
         <v>2718</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>65019</v>
+        <v>65018</v>
       </c>
       <c r="B294" t="s">
         <v>2719</v>
       </c>
       <c r="C294" t="s">
         <v>2720</v>
       </c>
       <c r="D294" t="s">
         <v>2721</v>
       </c>
       <c r="E294" t="s">
         <v>2722</v>
       </c>
       <c r="F294" t="s">
         <v>2723</v>
       </c>
       <c r="G294" t="s">
         <v>2724</v>
       </c>
       <c r="H294" t="s">
         <v>2725</v>
       </c>
       <c r="I294" t="s">
         <v>2726</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>130</v>
+        <v>2727</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>131</v>
+        <v>2728</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2727</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>65020</v>
+        <v>65019</v>
       </c>
       <c r="B295" t="s">
-        <v>2728</v>
+        <v>2730</v>
       </c>
       <c r="C295" t="s">
-        <v>2729</v>
+        <v>2731</v>
       </c>
       <c r="D295" t="s">
-        <v>2730</v>
+        <v>2732</v>
       </c>
       <c r="E295" t="s">
-        <v>2731</v>
+        <v>2733</v>
       </c>
       <c r="F295" t="s">
-        <v>2732</v>
+        <v>2734</v>
       </c>
       <c r="G295" t="s">
-        <v>2733</v>
+        <v>2735</v>
       </c>
       <c r="H295" t="s">
-        <v>2734</v>
+        <v>2736</v>
       </c>
       <c r="I295" t="s">
-        <v>2735</v>
+        <v>2737</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>2736</v>
+        <v>139</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>2737</v>
+        <v>140</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
         <v>2738</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>65021</v>
+        <v>65020</v>
       </c>
       <c r="B296" t="s">
         <v>2739</v>
       </c>
       <c r="C296" t="s">
         <v>2740</v>
       </c>
       <c r="D296" t="s">
         <v>2741</v>
       </c>
       <c r="E296" t="s">
         <v>2742</v>
       </c>
       <c r="F296" t="s">
         <v>2743</v>
       </c>
       <c r="G296" t="s">
         <v>2744</v>
       </c>
       <c r="H296" t="s">
         <v>2745</v>
       </c>
       <c r="I296" t="s">
         <v>2746</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>25</v>
+        <v>2747</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>27</v>
+        <v>2748</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2747</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>65022</v>
+        <v>65021</v>
       </c>
       <c r="B297" t="s">
-        <v>2748</v>
+        <v>2750</v>
       </c>
       <c r="C297" t="s">
-        <v>2749</v>
+        <v>2751</v>
       </c>
       <c r="D297" t="s">
-        <v>2750</v>
+        <v>2752</v>
       </c>
       <c r="E297" t="s">
-        <v>2751</v>
+        <v>2753</v>
       </c>
       <c r="F297" t="s">
-        <v>2752</v>
+        <v>2754</v>
       </c>
       <c r="G297" t="s">
-        <v>2753</v>
+        <v>2755</v>
       </c>
       <c r="H297" t="s">
-        <v>2754</v>
+        <v>2756</v>
       </c>
       <c r="I297" t="s">
-        <v>2755</v>
+        <v>2757</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2756</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>65023</v>
+        <v>65022</v>
       </c>
       <c r="B298" t="s">
-        <v>2757</v>
+        <v>2759</v>
       </c>
       <c r="C298" t="s">
-        <v>2758</v>
+        <v>2760</v>
       </c>
       <c r="D298" t="s">
-        <v>2759</v>
+        <v>2761</v>
       </c>
       <c r="E298" t="s">
-        <v>2760</v>
+        <v>2762</v>
       </c>
       <c r="F298" t="s">
-        <v>2761</v>
+        <v>2763</v>
       </c>
       <c r="G298" t="s">
-        <v>2762</v>
+        <v>2764</v>
       </c>
       <c r="H298" t="s">
-        <v>2763</v>
+        <v>2765</v>
       </c>
       <c r="I298" t="s">
-        <v>2764</v>
+        <v>2766</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2765</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>65025</v>
+        <v>65023</v>
       </c>
       <c r="B299" t="s">
-        <v>2766</v>
+        <v>2768</v>
       </c>
       <c r="C299" t="s">
-        <v>2767</v>
+        <v>2769</v>
       </c>
       <c r="D299" t="s">
-        <v>2768</v>
+        <v>2770</v>
       </c>
       <c r="E299" t="s">
-        <v>2769</v>
+        <v>2771</v>
       </c>
       <c r="F299" t="s">
-        <v>2770</v>
+        <v>2772</v>
       </c>
       <c r="G299" t="s">
-        <v>2771</v>
+        <v>2773</v>
       </c>
       <c r="H299" t="s">
-        <v>2772</v>
+        <v>2774</v>
       </c>
       <c r="I299" t="s">
-        <v>2773</v>
+        <v>2775</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
         <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
         <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2774</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>65026</v>
+        <v>65025</v>
       </c>
       <c r="B300" t="s">
-        <v>2775</v>
+        <v>2777</v>
       </c>
       <c r="C300" t="s">
-        <v>2776</v>
+        <v>2778</v>
       </c>
       <c r="D300" t="s">
-        <v>2777</v>
+        <v>2779</v>
       </c>
       <c r="E300" t="s">
-        <v>2778</v>
+        <v>2780</v>
       </c>
       <c r="F300" t="s">
-        <v>2779</v>
+        <v>2781</v>
       </c>
       <c r="G300" t="s">
-        <v>2780</v>
+        <v>2782</v>
       </c>
       <c r="H300" t="s">
-        <v>2781</v>
+        <v>2783</v>
       </c>
       <c r="I300" t="s">
-        <v>2782</v>
+        <v>2784</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
         <v>25</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>27</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2783</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>65027</v>
+        <v>65026</v>
       </c>
       <c r="B301" t="s">
-        <v>2784</v>
+        <v>2786</v>
       </c>
       <c r="C301" t="s">
-        <v>2785</v>
+        <v>2787</v>
       </c>
       <c r="D301" t="s">
-        <v>2786</v>
+        <v>2788</v>
       </c>
       <c r="E301" t="s">
-        <v>2787</v>
+        <v>2789</v>
       </c>
       <c r="F301" t="s">
-        <v>2788</v>
+        <v>2790</v>
       </c>
       <c r="G301" t="s">
-        <v>2789</v>
+        <v>2791</v>
       </c>
       <c r="H301" t="s">
-        <v>2790</v>
+        <v>2792</v>
       </c>
       <c r="I301" t="s">
-        <v>2791</v>
+        <v>2793</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>527</v>
+        <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>528</v>
+        <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2792</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>65028</v>
+        <v>65027</v>
       </c>
       <c r="B302" t="s">
-        <v>2793</v>
+        <v>2795</v>
       </c>
       <c r="C302" t="s">
-        <v>2794</v>
+        <v>2796</v>
       </c>
       <c r="D302" t="s">
-        <v>2795</v>
+        <v>2797</v>
       </c>
       <c r="E302" t="s">
-        <v>2796</v>
+        <v>2798</v>
       </c>
       <c r="F302" t="s">
-        <v>2797</v>
+        <v>2799</v>
       </c>
       <c r="G302" t="s">
-        <v>2798</v>
+        <v>2800</v>
       </c>
       <c r="H302" t="s">
-        <v>2799</v>
+        <v>2801</v>
       </c>
       <c r="I302" t="s">
-        <v>2800</v>
+        <v>2802</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>25</v>
+        <v>536</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>27</v>
+        <v>537</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2801</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>65030</v>
+        <v>65028</v>
       </c>
       <c r="B303" t="s">
-        <v>2802</v>
+        <v>2804</v>
       </c>
       <c r="C303" t="s">
-        <v>2803</v>
+        <v>2805</v>
       </c>
       <c r="D303" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
       <c r="E303" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="F303" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="G303" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
       <c r="H303" t="s">
-        <v>2808</v>
+        <v>2810</v>
       </c>
       <c r="I303" t="s">
-        <v>2809</v>
+        <v>2811</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
         <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>65031</v>
+        <v>65030</v>
       </c>
       <c r="B304" t="s">
-        <v>2811</v>
+        <v>2813</v>
       </c>
       <c r="C304" t="s">
-        <v>2812</v>
+        <v>2814</v>
       </c>
       <c r="D304" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
       <c r="E304" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
       <c r="F304" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
       <c r="G304" t="s">
-        <v>2816</v>
+        <v>2818</v>
       </c>
       <c r="H304" t="s">
-        <v>2817</v>
+        <v>2819</v>
       </c>
       <c r="I304" t="s">
-        <v>2818</v>
+        <v>2820</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
         <v>25</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>27</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2819</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>65032</v>
+        <v>65031</v>
       </c>
       <c r="B305" t="s">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="C305" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="D305" t="s">
-        <v>2822</v>
+        <v>2824</v>
       </c>
       <c r="E305" t="s">
-        <v>2823</v>
+        <v>2825</v>
       </c>
       <c r="F305" t="s">
-        <v>2824</v>
+        <v>2826</v>
       </c>
       <c r="G305" t="s">
-        <v>2825</v>
+        <v>2827</v>
       </c>
       <c r="H305" t="s">
-        <v>2826</v>
+        <v>2828</v>
       </c>
       <c r="I305" t="s">
-        <v>2827</v>
+        <v>2829</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2828</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>65033</v>
+        <v>65032</v>
       </c>
       <c r="B306" t="s">
-        <v>2829</v>
+        <v>2831</v>
       </c>
       <c r="C306" t="s">
-        <v>2830</v>
+        <v>2832</v>
       </c>
       <c r="D306" t="s">
-        <v>2831</v>
+        <v>2833</v>
       </c>
       <c r="E306" t="s">
-        <v>2832</v>
+        <v>2834</v>
       </c>
       <c r="F306" t="s">
-        <v>2833</v>
+        <v>2835</v>
       </c>
       <c r="G306" t="s">
-        <v>2834</v>
+        <v>2836</v>
       </c>
       <c r="H306" t="s">
-        <v>2835</v>
+        <v>2837</v>
       </c>
       <c r="I306" t="s">
-        <v>2836</v>
+        <v>2838</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>2837</v>
+        <v>139</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>2838</v>
+        <v>140</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
         <v>2839</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>65034</v>
+        <v>65033</v>
       </c>
       <c r="B307" t="s">
         <v>2840</v>
       </c>
       <c r="C307" t="s">
         <v>2841</v>
       </c>
       <c r="D307" t="s">
         <v>2842</v>
       </c>
       <c r="E307" t="s">
         <v>2843</v>
       </c>
       <c r="F307" t="s">
         <v>2844</v>
       </c>
       <c r="G307" t="s">
         <v>2845</v>
       </c>
       <c r="H307" t="s">
         <v>2846</v>
       </c>
       <c r="I307" t="s">
         <v>2847</v>
       </c>
       <c r="J307" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>2010</v>
+        <v>2848</v>
       </c>
       <c r="L307" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>2011</v>
+        <v>2849</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2848</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>65035</v>
+        <v>65034</v>
       </c>
       <c r="B308" t="s">
-        <v>2849</v>
+        <v>2851</v>
       </c>
       <c r="C308" t="s">
-        <v>2850</v>
+        <v>2852</v>
       </c>
       <c r="D308" t="s">
-        <v>2851</v>
+        <v>2853</v>
       </c>
       <c r="E308" t="s">
-        <v>2852</v>
+        <v>2854</v>
       </c>
       <c r="F308" t="s">
-        <v>2853</v>
+        <v>2855</v>
       </c>
       <c r="G308" t="s">
-        <v>2854</v>
+        <v>2856</v>
       </c>
       <c r="H308" t="s">
-        <v>2855</v>
+        <v>2857</v>
       </c>
       <c r="I308" t="s">
-        <v>2856</v>
+        <v>2858</v>
       </c>
       <c r="J308" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K308" t="s">
-        <v>25</v>
+        <v>2019</v>
       </c>
       <c r="L308" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M308" t="s">
-        <v>27</v>
+        <v>2020</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2857</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>65036</v>
+        <v>65035</v>
       </c>
       <c r="B309" t="s">
-        <v>2858</v>
+        <v>2860</v>
       </c>
       <c r="C309" t="s">
-        <v>2859</v>
+        <v>2861</v>
       </c>
       <c r="D309" t="s">
-        <v>2860</v>
+        <v>2862</v>
       </c>
       <c r="E309" t="s">
-        <v>2861</v>
+        <v>2863</v>
       </c>
       <c r="F309" t="s">
-        <v>2862</v>
+        <v>2864</v>
       </c>
       <c r="G309" t="s">
-        <v>2863</v>
+        <v>2865</v>
       </c>
       <c r="H309" t="s">
-        <v>2864</v>
+        <v>2866</v>
       </c>
       <c r="I309" t="s">
-        <v>2865</v>
+        <v>2867</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
         <v>25</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>27</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2866</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>65037</v>
+        <v>65036</v>
       </c>
       <c r="B310" t="s">
-        <v>2867</v>
+        <v>2869</v>
       </c>
       <c r="C310" t="s">
-        <v>2868</v>
+        <v>2870</v>
       </c>
       <c r="D310" t="s">
-        <v>2869</v>
+        <v>2871</v>
       </c>
       <c r="E310" t="s">
-        <v>2870</v>
+        <v>2872</v>
       </c>
       <c r="F310" t="s">
-        <v>2871</v>
+        <v>2873</v>
       </c>
       <c r="G310" t="s">
-        <v>2872</v>
+        <v>2874</v>
       </c>
       <c r="H310" t="s">
-        <v>2873</v>
+        <v>2875</v>
       </c>
       <c r="I310" t="s">
-        <v>2874</v>
+        <v>2876</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2875</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>65038</v>
+        <v>65037</v>
       </c>
       <c r="B311" t="s">
-        <v>2876</v>
+        <v>2878</v>
       </c>
       <c r="C311" t="s">
-        <v>2877</v>
+        <v>2879</v>
       </c>
       <c r="D311" t="s">
-        <v>2878</v>
+        <v>2880</v>
       </c>
       <c r="E311" t="s">
-        <v>2879</v>
+        <v>2881</v>
       </c>
       <c r="F311" t="s">
-        <v>2880</v>
+        <v>2882</v>
       </c>
       <c r="G311" t="s">
-        <v>2881</v>
+        <v>2883</v>
       </c>
       <c r="H311" t="s">
-        <v>2882</v>
+        <v>2884</v>
       </c>
       <c r="I311" t="s">
-        <v>2883</v>
+        <v>2885</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2884</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>65039</v>
+        <v>65038</v>
       </c>
       <c r="B312" t="s">
-        <v>2885</v>
+        <v>2887</v>
       </c>
       <c r="C312" t="s">
-        <v>2886</v>
+        <v>2888</v>
       </c>
       <c r="D312" t="s">
-        <v>2887</v>
+        <v>2889</v>
       </c>
       <c r="E312" t="s">
-        <v>2888</v>
+        <v>2890</v>
       </c>
       <c r="F312" t="s">
-        <v>2889</v>
+        <v>2891</v>
       </c>
       <c r="G312" t="s">
-        <v>2890</v>
+        <v>2892</v>
       </c>
       <c r="H312" t="s">
-        <v>2891</v>
+        <v>2893</v>
       </c>
       <c r="I312" t="s">
-        <v>2892</v>
+        <v>2894</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2893</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>65040</v>
+        <v>65039</v>
       </c>
       <c r="B313" t="s">
-        <v>2894</v>
+        <v>2896</v>
       </c>
       <c r="C313" t="s">
-        <v>2895</v>
+        <v>2897</v>
       </c>
       <c r="D313" t="s">
-        <v>2896</v>
+        <v>2898</v>
       </c>
       <c r="E313" t="s">
-        <v>2897</v>
+        <v>2899</v>
       </c>
       <c r="F313" t="s">
-        <v>2898</v>
+        <v>2900</v>
       </c>
       <c r="G313" t="s">
-        <v>2899</v>
+        <v>2901</v>
       </c>
       <c r="H313" t="s">
-        <v>2900</v>
+        <v>2902</v>
       </c>
       <c r="I313" t="s">
-        <v>2901</v>
+        <v>2903</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>1311</v>
+        <v>139</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>1312</v>
+        <v>140</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2902</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65043</v>
+        <v>65040</v>
       </c>
       <c r="B314" t="s">
-        <v>2903</v>
+        <v>2905</v>
       </c>
       <c r="C314" t="s">
-        <v>2904</v>
+        <v>2906</v>
       </c>
       <c r="D314" t="s">
-        <v>2905</v>
+        <v>2907</v>
       </c>
       <c r="E314" t="s">
-        <v>2906</v>
+        <v>2908</v>
       </c>
       <c r="F314" t="s">
-        <v>2907</v>
+        <v>2909</v>
       </c>
       <c r="G314" t="s">
-        <v>2908</v>
+        <v>2910</v>
       </c>
       <c r="H314" t="s">
-        <v>2909</v>
+        <v>2911</v>
       </c>
       <c r="I314" t="s">
-        <v>2910</v>
+        <v>2912</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>25</v>
+        <v>1320</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>27</v>
+        <v>1321</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2911</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65044</v>
+        <v>65043</v>
       </c>
       <c r="B315" t="s">
-        <v>2912</v>
+        <v>2914</v>
       </c>
       <c r="C315" t="s">
-        <v>2913</v>
+        <v>2915</v>
       </c>
       <c r="D315" t="s">
-        <v>2914</v>
+        <v>2916</v>
       </c>
       <c r="E315" t="s">
-        <v>2915</v>
+        <v>2917</v>
       </c>
       <c r="F315" t="s">
-        <v>2916</v>
+        <v>2918</v>
       </c>
       <c r="G315" t="s">
-        <v>2917</v>
+        <v>2919</v>
       </c>
       <c r="H315" t="s">
-        <v>2918</v>
+        <v>2920</v>
       </c>
       <c r="I315" t="s">
-        <v>2919</v>
+        <v>2921</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
         <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
         <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2920</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65045</v>
+        <v>65044</v>
       </c>
       <c r="B316" t="s">
-        <v>2921</v>
+        <v>2923</v>
       </c>
       <c r="C316" t="s">
-        <v>2922</v>
+        <v>2924</v>
       </c>
       <c r="D316" t="s">
-        <v>2923</v>
+        <v>2925</v>
       </c>
       <c r="E316" t="s">
-        <v>2924</v>
+        <v>2926</v>
       </c>
       <c r="F316" t="s">
-        <v>2925</v>
+        <v>2927</v>
       </c>
       <c r="G316" t="s">
-        <v>2926</v>
+        <v>2928</v>
       </c>
       <c r="H316" t="s">
-        <v>2927</v>
+        <v>2929</v>
       </c>
       <c r="I316" t="s">
-        <v>2928</v>
+        <v>2930</v>
       </c>
       <c r="J316" t="s">
-        <v>2929</v>
+        <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>2930</v>
+        <v>25</v>
       </c>
       <c r="L316" t="s">
+        <v>26</v>
+      </c>
+      <c r="M316" t="s">
+        <v>27</v>
+      </c>
+      <c r="N316" t="s">
+        <v>28</v>
+      </c>
+      <c r="O316" t="s">
         <v>2931</v>
-      </c>
-[...7 lines deleted...]
-        <v>2933</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65046</v>
+        <v>65045</v>
       </c>
       <c r="B317" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C317" t="s">
+        <v>2933</v>
+      </c>
+      <c r="D317" t="s">
         <v>2934</v>
       </c>
-      <c r="C317" t="s">
+      <c r="E317" t="s">
         <v>2935</v>
       </c>
-      <c r="D317" t="s">
+      <c r="F317" t="s">
         <v>2936</v>
       </c>
-      <c r="E317" t="s">
+      <c r="G317" t="s">
         <v>2937</v>
       </c>
-      <c r="F317" t="s">
+      <c r="H317" t="s">
         <v>2938</v>
       </c>
-      <c r="G317" t="s">
+      <c r="I317" t="s">
         <v>2939</v>
       </c>
-      <c r="H317" t="s">
+      <c r="J317" t="s">
         <v>2940</v>
       </c>
-      <c r="I317" t="s">
+      <c r="K317" t="s">
         <v>2941</v>
       </c>
-      <c r="J317" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L317" t="s">
-        <v>26</v>
+        <v>2942</v>
       </c>
       <c r="M317" t="s">
-        <v>48</v>
+        <v>2943</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2942</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65047</v>
+        <v>65046</v>
       </c>
       <c r="B318" t="s">
-        <v>2943</v>
+        <v>2945</v>
       </c>
       <c r="C318" t="s">
-        <v>2944</v>
+        <v>2946</v>
       </c>
       <c r="D318" t="s">
-        <v>2945</v>
+        <v>2947</v>
       </c>
       <c r="E318" t="s">
-        <v>2946</v>
+        <v>2948</v>
       </c>
       <c r="F318" t="s">
-        <v>2947</v>
+        <v>2949</v>
       </c>
       <c r="G318" t="s">
-        <v>2948</v>
+        <v>2950</v>
       </c>
       <c r="H318" t="s">
-        <v>2949</v>
+        <v>2951</v>
       </c>
       <c r="I318" t="s">
-        <v>2950</v>
+        <v>2952</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>2930</v>
+        <v>47</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>2932</v>
+        <v>48</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2951</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65049</v>
+        <v>65047</v>
       </c>
       <c r="B319" t="s">
-        <v>2952</v>
+        <v>2954</v>
       </c>
       <c r="C319" t="s">
-        <v>2953</v>
+        <v>2955</v>
       </c>
       <c r="D319" t="s">
-        <v>2954</v>
+        <v>2956</v>
       </c>
       <c r="E319" t="s">
-        <v>2955</v>
+        <v>2957</v>
       </c>
       <c r="F319" t="s">
-        <v>2956</v>
+        <v>2958</v>
       </c>
       <c r="G319" t="s">
-        <v>2957</v>
+        <v>2959</v>
       </c>
       <c r="H319" t="s">
-        <v>2958</v>
+        <v>2960</v>
       </c>
       <c r="I319" t="s">
-        <v>2959</v>
+        <v>2961</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>876</v>
+        <v>2941</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>877</v>
+        <v>2943</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2960</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65050</v>
+        <v>65049</v>
       </c>
       <c r="B320" t="s">
-        <v>2961</v>
+        <v>2963</v>
       </c>
       <c r="C320" t="s">
-        <v>2962</v>
+        <v>2964</v>
       </c>
       <c r="D320" t="s">
-        <v>2963</v>
+        <v>2965</v>
       </c>
       <c r="E320" t="s">
-        <v>2964</v>
+        <v>2966</v>
       </c>
       <c r="F320" t="s">
-        <v>2965</v>
+        <v>2967</v>
       </c>
       <c r="G320" t="s">
-        <v>2966</v>
+        <v>2968</v>
       </c>
       <c r="H320" t="s">
-        <v>2967</v>
+        <v>2969</v>
       </c>
       <c r="I320" t="s">
-        <v>2968</v>
+        <v>2970</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>25</v>
+        <v>885</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>27</v>
+        <v>886</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2969</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65051</v>
+        <v>65050</v>
       </c>
       <c r="B321" t="s">
-        <v>2970</v>
+        <v>2972</v>
       </c>
       <c r="C321" t="s">
-        <v>2971</v>
+        <v>2973</v>
       </c>
       <c r="D321" t="s">
-        <v>2972</v>
+        <v>2974</v>
       </c>
       <c r="E321" t="s">
-        <v>2973</v>
+        <v>2975</v>
       </c>
       <c r="F321" t="s">
-        <v>2974</v>
+        <v>2976</v>
       </c>
       <c r="G321" t="s">
-        <v>2975</v>
+        <v>2977</v>
       </c>
       <c r="H321" t="s">
-        <v>2976</v>
+        <v>2978</v>
       </c>
       <c r="I321" t="s">
-        <v>2977</v>
+        <v>2979</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>556</v>
+        <v>25</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>557</v>
+        <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2978</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65053</v>
+        <v>65051</v>
       </c>
       <c r="B322" t="s">
-        <v>2979</v>
+        <v>2981</v>
       </c>
       <c r="C322" t="s">
-        <v>2980</v>
+        <v>2982</v>
       </c>
       <c r="D322" t="s">
-        <v>2981</v>
+        <v>2983</v>
       </c>
       <c r="E322" t="s">
-        <v>2982</v>
+        <v>2984</v>
       </c>
       <c r="F322" t="s">
-        <v>2983</v>
+        <v>2985</v>
       </c>
       <c r="G322" t="s">
-        <v>2984</v>
+        <v>2986</v>
       </c>
       <c r="H322" t="s">
-        <v>2985</v>
+        <v>2987</v>
       </c>
       <c r="I322" t="s">
-        <v>2986</v>
+        <v>2988</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>130</v>
+        <v>565</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>131</v>
+        <v>566</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2987</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65054</v>
+        <v>65053</v>
       </c>
       <c r="B323" t="s">
-        <v>2988</v>
+        <v>2990</v>
       </c>
       <c r="C323" t="s">
-        <v>2989</v>
+        <v>2991</v>
       </c>
       <c r="D323" t="s">
-        <v>2990</v>
+        <v>2992</v>
       </c>
       <c r="E323" t="s">
-        <v>2991</v>
+        <v>2993</v>
       </c>
       <c r="F323" t="s">
-        <v>2992</v>
+        <v>2994</v>
       </c>
       <c r="G323" t="s">
-        <v>2993</v>
+        <v>2995</v>
       </c>
       <c r="H323" t="s">
-        <v>2994</v>
+        <v>2996</v>
       </c>
       <c r="I323" t="s">
-        <v>2995</v>
+        <v>2997</v>
       </c>
       <c r="J323" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>2996</v>
+        <v>139</v>
       </c>
       <c r="L323" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>2997</v>
+        <v>140</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
         <v>2998</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65055</v>
+        <v>65054</v>
       </c>
       <c r="B324" t="s">
         <v>2999</v>
       </c>
       <c r="C324" t="s">
         <v>3000</v>
       </c>
       <c r="D324" t="s">
         <v>3001</v>
       </c>
       <c r="E324" t="s">
         <v>3002</v>
       </c>
       <c r="F324" t="s">
         <v>3003</v>
       </c>
       <c r="G324" t="s">
         <v>3004</v>
       </c>
       <c r="H324" t="s">
         <v>3005</v>
       </c>
       <c r="I324" t="s">
         <v>3006</v>
       </c>
       <c r="J324" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K324" t="s">
-        <v>2010</v>
+        <v>177</v>
       </c>
       <c r="L324" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M324" t="s">
-        <v>2011</v>
+        <v>178</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
         <v>3007</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65057</v>
+        <v>65055</v>
       </c>
       <c r="B325" t="s">
         <v>3008</v>
       </c>
       <c r="C325" t="s">
         <v>3009</v>
       </c>
       <c r="D325" t="s">
         <v>3010</v>
       </c>
       <c r="E325" t="s">
         <v>3011</v>
       </c>
       <c r="F325" t="s">
         <v>3012</v>
       </c>
       <c r="G325" t="s">
         <v>3013</v>
       </c>
       <c r="H325" t="s">
         <v>3014</v>
       </c>
       <c r="I325" t="s">
         <v>3015</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>670</v>
+        <v>2019</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>671</v>
+        <v>2020</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
         <v>3016</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65058</v>
+        <v>65057</v>
       </c>
       <c r="B326" t="s">
         <v>3017</v>
       </c>
       <c r="C326" t="s">
         <v>3018</v>
       </c>
       <c r="D326" t="s">
         <v>3019</v>
       </c>
       <c r="E326" t="s">
         <v>3020</v>
       </c>
       <c r="F326" t="s">
         <v>3021</v>
       </c>
       <c r="G326" t="s">
         <v>3022</v>
       </c>
       <c r="H326" t="s">
         <v>3023</v>
       </c>
       <c r="I326" t="s">
         <v>3024</v>
       </c>
       <c r="J326" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>527</v>
+        <v>679</v>
       </c>
       <c r="L326" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>528</v>
+        <v>680</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
         <v>3025</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65059</v>
+        <v>65058</v>
       </c>
       <c r="B327" t="s">
         <v>3026</v>
       </c>
       <c r="C327" t="s">
         <v>3027</v>
       </c>
       <c r="D327" t="s">
         <v>3028</v>
       </c>
       <c r="E327" t="s">
         <v>3029</v>
       </c>
       <c r="F327" t="s">
         <v>3030</v>
       </c>
       <c r="G327" t="s">
         <v>3031</v>
       </c>
       <c r="H327" t="s">
         <v>3032</v>
       </c>
       <c r="I327" t="s">
         <v>3033</v>
       </c>
       <c r="J327" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K327" t="s">
-        <v>130</v>
+        <v>536</v>
       </c>
       <c r="L327" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M327" t="s">
-        <v>131</v>
+        <v>537</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
         <v>3034</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65060</v>
+        <v>65059</v>
       </c>
       <c r="B328" t="s">
         <v>3035</v>
       </c>
       <c r="C328" t="s">
         <v>3036</v>
       </c>
       <c r="D328" t="s">
         <v>3037</v>
       </c>
       <c r="E328" t="s">
         <v>3038</v>
       </c>
       <c r="F328" t="s">
         <v>3039</v>
       </c>
       <c r="G328" t="s">
         <v>3040</v>
       </c>
       <c r="H328" t="s">
         <v>3041</v>
       </c>
       <c r="I328" t="s">
         <v>3042</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
         <v>3043</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65061</v>
+        <v>65060</v>
       </c>
       <c r="B329" t="s">
         <v>3044</v>
       </c>
       <c r="C329" t="s">
         <v>3045</v>
       </c>
       <c r="D329" t="s">
         <v>3046</v>
       </c>
       <c r="E329" t="s">
         <v>3047</v>
       </c>
       <c r="F329" t="s">
         <v>3048</v>
       </c>
       <c r="G329" t="s">
         <v>3049</v>
       </c>
       <c r="H329" t="s">
         <v>3050</v>
       </c>
       <c r="I329" t="s">
         <v>3051</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>1311</v>
+        <v>47</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>1312</v>
+        <v>48</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
         <v>3052</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65063</v>
+        <v>65061</v>
       </c>
       <c r="B330" t="s">
         <v>3053</v>
       </c>
       <c r="C330" t="s">
         <v>3054</v>
       </c>
       <c r="D330" t="s">
         <v>3055</v>
       </c>
       <c r="E330" t="s">
         <v>3056</v>
       </c>
       <c r="F330" t="s">
         <v>3057</v>
       </c>
       <c r="G330" t="s">
         <v>3058</v>
       </c>
       <c r="H330" t="s">
         <v>3059</v>
       </c>
       <c r="I330" t="s">
         <v>3060</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>829</v>
+        <v>1320</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>830</v>
+        <v>1321</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
         <v>3061</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65068</v>
+        <v>65063</v>
       </c>
       <c r="B331" t="s">
         <v>3062</v>
       </c>
       <c r="C331" t="s">
         <v>3063</v>
       </c>
       <c r="D331" t="s">
         <v>3064</v>
       </c>
       <c r="E331" t="s">
         <v>3065</v>
       </c>
       <c r="F331" t="s">
         <v>3066</v>
       </c>
       <c r="G331" t="s">
         <v>3067</v>
       </c>
       <c r="H331" t="s">
         <v>3068</v>
       </c>
       <c r="I331" t="s">
         <v>3069</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>25</v>
+        <v>838</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>27</v>
+        <v>839</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
         <v>3070</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65069</v>
+        <v>65068</v>
       </c>
       <c r="B332" t="s">
         <v>3071</v>
       </c>
       <c r="C332" t="s">
         <v>3072</v>
       </c>
       <c r="D332" t="s">
         <v>3073</v>
       </c>
       <c r="E332" t="s">
         <v>3074</v>
       </c>
       <c r="F332" t="s">
         <v>3075</v>
       </c>
       <c r="G332" t="s">
         <v>3076</v>
       </c>
       <c r="H332" t="s">
         <v>3077</v>
       </c>
       <c r="I332" t="s">
         <v>3078</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
         <v>3079</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65071</v>
+        <v>65069</v>
       </c>
       <c r="B333" t="s">
         <v>3080</v>
       </c>
       <c r="C333" t="s">
         <v>3081</v>
       </c>
       <c r="D333" t="s">
         <v>3082</v>
       </c>
       <c r="E333" t="s">
         <v>3083</v>
       </c>
       <c r="F333" t="s">
         <v>3084</v>
       </c>
       <c r="G333" t="s">
         <v>3085</v>
       </c>
       <c r="H333" t="s">
         <v>3086</v>
       </c>
       <c r="I333" t="s">
         <v>3087</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
         <v>3088</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65073</v>
+        <v>65071</v>
       </c>
       <c r="B334" t="s">
         <v>3089</v>
       </c>
       <c r="C334" t="s">
         <v>3090</v>
       </c>
       <c r="D334" t="s">
         <v>3091</v>
       </c>
       <c r="E334" t="s">
         <v>3092</v>
       </c>
       <c r="F334" t="s">
         <v>3093</v>
       </c>
       <c r="G334" t="s">
         <v>3094</v>
       </c>
       <c r="H334" t="s">
         <v>3095</v>
       </c>
       <c r="I334" t="s">
         <v>3096</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
         <v>3097</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65074</v>
+        <v>65073</v>
       </c>
       <c r="B335" t="s">
         <v>3098</v>
       </c>
       <c r="C335" t="s">
         <v>3099</v>
       </c>
       <c r="D335" t="s">
         <v>3100</v>
       </c>
       <c r="E335" t="s">
         <v>3101</v>
       </c>
       <c r="F335" t="s">
         <v>3102</v>
       </c>
       <c r="G335" t="s">
         <v>3103</v>
       </c>
       <c r="H335" t="s">
         <v>3104</v>
       </c>
       <c r="I335" t="s">
         <v>3105</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
+        <v>25</v>
+      </c>
+      <c r="L335" t="s">
+        <v>26</v>
+      </c>
+      <c r="M335" t="s">
+        <v>27</v>
+      </c>
+      <c r="N335" t="s">
+        <v>28</v>
+      </c>
+      <c r="O335" t="s">
         <v>3106</v>
-      </c>
-[...10 lines deleted...]
-        <v>3108</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65075</v>
+        <v>65074</v>
       </c>
       <c r="B336" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C336" t="s">
+        <v>3108</v>
+      </c>
+      <c r="D336" t="s">
         <v>3109</v>
       </c>
-      <c r="C336" t="s">
+      <c r="E336" t="s">
         <v>3110</v>
       </c>
-      <c r="D336" t="s">
+      <c r="F336" t="s">
         <v>3111</v>
       </c>
-      <c r="E336" t="s">
+      <c r="G336" t="s">
         <v>3112</v>
       </c>
-      <c r="F336" t="s">
+      <c r="H336" t="s">
         <v>3113</v>
       </c>
-      <c r="G336" t="s">
+      <c r="I336" t="s">
         <v>3114</v>
       </c>
-      <c r="H336" t="s">
+      <c r="J336" t="s">
+        <v>24</v>
+      </c>
+      <c r="K336" t="s">
         <v>3115</v>
       </c>
-      <c r="I336" t="s">
+      <c r="L336" t="s">
+        <v>26</v>
+      </c>
+      <c r="M336" t="s">
         <v>3116</v>
-      </c>
-[...10 lines deleted...]
-        <v>2838</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
         <v>3117</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65076</v>
+        <v>65075</v>
       </c>
       <c r="B337" t="s">
         <v>3118</v>
       </c>
       <c r="C337" t="s">
         <v>3119</v>
       </c>
       <c r="D337" t="s">
         <v>3120</v>
       </c>
       <c r="E337" t="s">
         <v>3121</v>
       </c>
       <c r="F337" t="s">
         <v>3122</v>
       </c>
       <c r="G337" t="s">
         <v>3123</v>
       </c>
       <c r="H337" t="s">
         <v>3124</v>
       </c>
       <c r="I337" t="s">
         <v>3125</v>
       </c>
       <c r="J337" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K337" t="s">
-        <v>130</v>
+        <v>2848</v>
       </c>
       <c r="L337" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M337" t="s">
-        <v>131</v>
+        <v>2849</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
         <v>3126</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65077</v>
+        <v>65076</v>
       </c>
       <c r="B338" t="s">
         <v>3127</v>
       </c>
       <c r="C338" t="s">
         <v>3128</v>
       </c>
       <c r="D338" t="s">
         <v>3129</v>
       </c>
       <c r="E338" t="s">
         <v>3130</v>
       </c>
       <c r="F338" t="s">
         <v>3131</v>
       </c>
       <c r="G338" t="s">
         <v>3132</v>
       </c>
       <c r="H338" t="s">
         <v>3133</v>
       </c>
       <c r="I338" t="s">
         <v>3134</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>556</v>
+        <v>139</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>557</v>
+        <v>140</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
         <v>3135</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65080</v>
+        <v>65077</v>
       </c>
       <c r="B339" t="s">
         <v>3136</v>
       </c>
       <c r="C339" t="s">
         <v>3137</v>
       </c>
       <c r="D339" t="s">
         <v>3138</v>
       </c>
       <c r="E339" t="s">
         <v>3139</v>
       </c>
       <c r="F339" t="s">
         <v>3140</v>
       </c>
       <c r="G339" t="s">
         <v>3141</v>
       </c>
       <c r="H339" t="s">
         <v>3142</v>
       </c>
       <c r="I339" t="s">
         <v>3143</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>47</v>
+        <v>565</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>48</v>
+        <v>566</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
         <v>3144</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65081</v>
+        <v>65080</v>
       </c>
       <c r="B340" t="s">
         <v>3145</v>
       </c>
       <c r="C340" t="s">
         <v>3146</v>
       </c>
       <c r="D340" t="s">
         <v>3147</v>
       </c>
       <c r="E340" t="s">
         <v>3148</v>
       </c>
       <c r="F340" t="s">
         <v>3149</v>
       </c>
       <c r="G340" t="s">
         <v>3150</v>
       </c>
       <c r="H340" t="s">
         <v>3151</v>
       </c>
       <c r="I340" t="s">
         <v>3152</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
         <v>47</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
         <v>48</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
         <v>3153</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65082</v>
+        <v>65081</v>
       </c>
       <c r="B341" t="s">
         <v>3154</v>
       </c>
       <c r="C341" t="s">
         <v>3155</v>
       </c>
       <c r="D341" t="s">
         <v>3156</v>
       </c>
       <c r="E341" t="s">
         <v>3157</v>
       </c>
       <c r="F341" t="s">
         <v>3158</v>
       </c>
       <c r="G341" t="s">
         <v>3159</v>
       </c>
       <c r="H341" t="s">
         <v>3160</v>
       </c>
       <c r="I341" t="s">
         <v>3161</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
         <v>47</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
         <v>48</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
         <v>3162</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65083</v>
+        <v>65082</v>
       </c>
       <c r="B342" t="s">
         <v>3163</v>
       </c>
       <c r="C342" t="s">
         <v>3164</v>
       </c>
       <c r="D342" t="s">
         <v>3165</v>
       </c>
       <c r="E342" t="s">
         <v>3166</v>
       </c>
       <c r="F342" t="s">
         <v>3167</v>
       </c>
       <c r="G342" t="s">
         <v>3168</v>
       </c>
       <c r="H342" t="s">
         <v>3169</v>
       </c>
       <c r="I342" t="s">
         <v>3170</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>130</v>
+        <v>47</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
         <v>3171</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65084</v>
+        <v>65083</v>
       </c>
       <c r="B343" t="s">
         <v>3172</v>
       </c>
       <c r="C343" t="s">
         <v>3173</v>
       </c>
       <c r="D343" t="s">
         <v>3174</v>
       </c>
       <c r="E343" t="s">
         <v>3175</v>
       </c>
       <c r="F343" t="s">
         <v>3176</v>
       </c>
       <c r="G343" t="s">
         <v>3177</v>
       </c>
       <c r="H343" t="s">
         <v>3178</v>
       </c>
       <c r="I343" t="s">
         <v>3179</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
         <v>3180</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65085</v>
+        <v>65084</v>
       </c>
       <c r="B344" t="s">
         <v>3181</v>
       </c>
       <c r="C344" t="s">
         <v>3182</v>
       </c>
       <c r="D344" t="s">
         <v>3183</v>
       </c>
       <c r="E344" t="s">
         <v>3184</v>
       </c>
       <c r="F344" t="s">
         <v>3185</v>
       </c>
       <c r="G344" t="s">
         <v>3186</v>
       </c>
       <c r="H344" t="s">
         <v>3187</v>
       </c>
       <c r="I344" t="s">
         <v>3188</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>2010</v>
+        <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>2011</v>
+        <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
         <v>3189</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65086</v>
+        <v>65085</v>
       </c>
       <c r="B345" t="s">
         <v>3190</v>
       </c>
       <c r="C345" t="s">
         <v>3191</v>
       </c>
       <c r="D345" t="s">
         <v>3192</v>
       </c>
       <c r="E345" t="s">
         <v>3193</v>
       </c>
       <c r="F345" t="s">
         <v>3194</v>
       </c>
       <c r="G345" t="s">
         <v>3195</v>
       </c>
       <c r="H345" t="s">
         <v>3196</v>
       </c>
       <c r="I345" t="s">
         <v>3197</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>130</v>
+        <v>2019</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>131</v>
+        <v>2020</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
         <v>3198</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65087</v>
+        <v>65086</v>
       </c>
       <c r="B346" t="s">
         <v>3199</v>
       </c>
       <c r="C346" t="s">
         <v>3200</v>
       </c>
       <c r="D346" t="s">
         <v>3201</v>
       </c>
       <c r="E346" t="s">
         <v>3202</v>
       </c>
       <c r="F346" t="s">
         <v>3203</v>
       </c>
       <c r="G346" t="s">
         <v>3204</v>
       </c>
       <c r="H346" t="s">
         <v>3205</v>
       </c>
       <c r="I346" t="s">
         <v>3206</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
         <v>3207</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65088</v>
+        <v>65087</v>
       </c>
       <c r="B347" t="s">
         <v>3208</v>
       </c>
       <c r="C347" t="s">
         <v>3209</v>
       </c>
       <c r="D347" t="s">
         <v>3210</v>
       </c>
       <c r="E347" t="s">
         <v>3211</v>
       </c>
       <c r="F347" t="s">
         <v>3212</v>
       </c>
       <c r="G347" t="s">
         <v>3213</v>
       </c>
       <c r="H347" t="s">
         <v>3214</v>
       </c>
       <c r="I347" t="s">
         <v>3215</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
         <v>3216</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65089</v>
+        <v>65088</v>
       </c>
       <c r="B348" t="s">
         <v>3217</v>
       </c>
       <c r="C348" t="s">
         <v>3218</v>
       </c>
       <c r="D348" t="s">
         <v>3219</v>
       </c>
       <c r="E348" t="s">
         <v>3220</v>
       </c>
       <c r="F348" t="s">
         <v>3221</v>
       </c>
       <c r="G348" t="s">
         <v>3222</v>
       </c>
       <c r="H348" t="s">
         <v>3223</v>
       </c>
       <c r="I348" t="s">
         <v>3224</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
         <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
         <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
         <v>3225</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65090</v>
+        <v>65089</v>
       </c>
       <c r="B349" t="s">
         <v>3226</v>
       </c>
       <c r="C349" t="s">
         <v>3227</v>
       </c>
       <c r="D349" t="s">
         <v>3228</v>
       </c>
       <c r="E349" t="s">
         <v>3229</v>
       </c>
       <c r="F349" t="s">
         <v>3230</v>
       </c>
       <c r="G349" t="s">
         <v>3231</v>
       </c>
       <c r="H349" t="s">
         <v>3232</v>
       </c>
       <c r="I349" t="s">
         <v>3233</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
         <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
         <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
         <v>3234</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65091</v>
+        <v>65090</v>
       </c>
       <c r="B350" t="s">
         <v>3235</v>
       </c>
       <c r="C350" t="s">
         <v>3236</v>
       </c>
       <c r="D350" t="s">
         <v>3237</v>
       </c>
       <c r="E350" t="s">
         <v>3238</v>
       </c>
       <c r="F350" t="s">
         <v>3239</v>
       </c>
       <c r="G350" t="s">
         <v>3240</v>
       </c>
       <c r="H350" t="s">
         <v>3241</v>
       </c>
       <c r="I350" t="s">
         <v>3242</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
         <v>25</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
         <v>27</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
         <v>3243</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65092</v>
+        <v>65091</v>
       </c>
       <c r="B351" t="s">
         <v>3244</v>
       </c>
       <c r="C351" t="s">
         <v>3245</v>
       </c>
       <c r="D351" t="s">
         <v>3246</v>
       </c>
       <c r="E351" t="s">
         <v>3247</v>
       </c>
       <c r="F351" t="s">
         <v>3248</v>
       </c>
       <c r="G351" t="s">
         <v>3249</v>
       </c>
       <c r="H351" t="s">
         <v>3250</v>
       </c>
       <c r="I351" t="s">
         <v>3251</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
         <v>3252</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65093</v>
+        <v>65092</v>
       </c>
       <c r="B352" t="s">
         <v>3253</v>
       </c>
       <c r="C352" t="s">
         <v>3254</v>
       </c>
       <c r="D352" t="s">
         <v>3255</v>
       </c>
       <c r="E352" t="s">
         <v>3256</v>
       </c>
       <c r="F352" t="s">
         <v>3257</v>
       </c>
       <c r="G352" t="s">
         <v>3258</v>
       </c>
       <c r="H352" t="s">
         <v>3259</v>
       </c>
       <c r="I352" t="s">
         <v>3260</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
         <v>3261</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65094</v>
+        <v>65093</v>
       </c>
       <c r="B353" t="s">
         <v>3262</v>
       </c>
       <c r="C353" t="s">
         <v>3263</v>
       </c>
       <c r="D353" t="s">
         <v>3264</v>
       </c>
       <c r="E353" t="s">
         <v>3265</v>
       </c>
       <c r="F353" t="s">
         <v>3266</v>
       </c>
       <c r="G353" t="s">
         <v>3267</v>
       </c>
       <c r="H353" t="s">
         <v>3268</v>
       </c>
       <c r="I353" t="s">
         <v>3269</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
+        <v>139</v>
+      </c>
+      <c r="L353" t="s">
+        <v>26</v>
+      </c>
+      <c r="M353" t="s">
+        <v>140</v>
+      </c>
+      <c r="N353" t="s">
+        <v>28</v>
+      </c>
+      <c r="O353" t="s">
         <v>3270</v>
-      </c>
-[...10 lines deleted...]
-        <v>3272</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65095</v>
+        <v>65094</v>
       </c>
       <c r="B354" t="s">
+        <v>3271</v>
+      </c>
+      <c r="C354" t="s">
+        <v>3272</v>
+      </c>
+      <c r="D354" t="s">
         <v>3273</v>
       </c>
-      <c r="C354" t="s">
+      <c r="E354" t="s">
         <v>3274</v>
       </c>
-      <c r="D354" t="s">
+      <c r="F354" t="s">
         <v>3275</v>
       </c>
-      <c r="E354" t="s">
+      <c r="G354" t="s">
         <v>3276</v>
       </c>
-      <c r="F354" t="s">
+      <c r="H354" t="s">
         <v>3277</v>
       </c>
-      <c r="G354" t="s">
+      <c r="I354" t="s">
         <v>3278</v>
       </c>
-      <c r="H354" t="s">
+      <c r="J354" t="s">
+        <v>24</v>
+      </c>
+      <c r="K354" t="s">
         <v>3279</v>
       </c>
-      <c r="I354" t="s">
+      <c r="L354" t="s">
+        <v>26</v>
+      </c>
+      <c r="M354" t="s">
         <v>3280</v>
-      </c>
-[...10 lines deleted...]
-        <v>557</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
         <v>3281</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65096</v>
+        <v>65095</v>
       </c>
       <c r="B355" t="s">
         <v>3282</v>
       </c>
       <c r="C355" t="s">
         <v>3283</v>
       </c>
       <c r="D355" t="s">
         <v>3284</v>
       </c>
       <c r="E355" t="s">
         <v>3285</v>
       </c>
       <c r="F355" t="s">
         <v>3286</v>
       </c>
       <c r="G355" t="s">
         <v>3287</v>
       </c>
       <c r="H355" t="s">
         <v>3288</v>
       </c>
       <c r="I355" t="s">
         <v>3289</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>25</v>
+        <v>565</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>27</v>
+        <v>566</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
         <v>3290</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65097</v>
+        <v>65096</v>
       </c>
       <c r="B356" t="s">
         <v>3291</v>
       </c>
       <c r="C356" t="s">
         <v>3292</v>
       </c>
       <c r="D356" t="s">
         <v>3293</v>
       </c>
       <c r="E356" t="s">
         <v>3294</v>
       </c>
       <c r="F356" t="s">
         <v>3295</v>
       </c>
       <c r="G356" t="s">
         <v>3296</v>
       </c>
       <c r="H356" t="s">
         <v>3297</v>
       </c>
       <c r="I356" t="s">
         <v>3298</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
         <v>3299</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65098</v>
+        <v>65097</v>
       </c>
       <c r="B357" t="s">
         <v>3300</v>
       </c>
       <c r="C357" t="s">
         <v>3301</v>
       </c>
       <c r="D357" t="s">
         <v>3302</v>
       </c>
       <c r="E357" t="s">
         <v>3303</v>
       </c>
       <c r="F357" t="s">
         <v>3304</v>
       </c>
       <c r="G357" t="s">
         <v>3305</v>
       </c>
       <c r="H357" t="s">
         <v>3306</v>
       </c>
       <c r="I357" t="s">
         <v>3307</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
         <v>3308</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65099</v>
+        <v>65098</v>
       </c>
       <c r="B358" t="s">
         <v>3309</v>
       </c>
       <c r="C358" t="s">
         <v>3310</v>
       </c>
       <c r="D358" t="s">
         <v>3311</v>
       </c>
       <c r="E358" t="s">
         <v>3312</v>
       </c>
       <c r="F358" t="s">
         <v>3313</v>
       </c>
       <c r="G358" t="s">
         <v>3314</v>
       </c>
       <c r="H358" t="s">
         <v>3315</v>
       </c>
       <c r="I358" t="s">
         <v>3316</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
         <v>3317</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65100</v>
+        <v>65099</v>
       </c>
       <c r="B359" t="s">
         <v>3318</v>
       </c>
       <c r="C359" t="s">
         <v>3319</v>
       </c>
       <c r="D359" t="s">
         <v>3320</v>
       </c>
       <c r="E359" t="s">
         <v>3321</v>
       </c>
       <c r="F359" t="s">
         <v>3322</v>
       </c>
       <c r="G359" t="s">
         <v>3323</v>
       </c>
       <c r="H359" t="s">
         <v>3324</v>
       </c>
       <c r="I359" t="s">
         <v>3325</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>2705</v>
+        <v>139</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>2706</v>
+        <v>140</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
         <v>3326</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65101</v>
+        <v>65100</v>
       </c>
       <c r="B360" t="s">
         <v>3327</v>
       </c>
       <c r="C360" t="s">
         <v>3328</v>
       </c>
       <c r="D360" t="s">
         <v>3329</v>
       </c>
       <c r="E360" t="s">
         <v>3330</v>
       </c>
       <c r="F360" t="s">
         <v>3331</v>
       </c>
       <c r="G360" t="s">
         <v>3332</v>
       </c>
       <c r="H360" t="s">
         <v>3333</v>
       </c>
       <c r="I360" t="s">
         <v>3334</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>130</v>
+        <v>2716</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>131</v>
+        <v>2717</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
         <v>3335</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65102</v>
+        <v>65101</v>
       </c>
       <c r="B361" t="s">
         <v>3336</v>
       </c>
       <c r="C361" t="s">
         <v>3337</v>
       </c>
       <c r="D361" t="s">
         <v>3338</v>
       </c>
       <c r="E361" t="s">
         <v>3339</v>
       </c>
       <c r="F361" t="s">
         <v>3340</v>
       </c>
       <c r="G361" t="s">
         <v>3341</v>
       </c>
       <c r="H361" t="s">
         <v>3342</v>
       </c>
       <c r="I361" t="s">
         <v>3343</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
         <v>3344</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65104</v>
+        <v>65102</v>
       </c>
       <c r="B362" t="s">
         <v>3345</v>
       </c>
       <c r="C362" t="s">
         <v>3346</v>
       </c>
       <c r="D362" t="s">
         <v>3347</v>
       </c>
       <c r="E362" t="s">
         <v>3348</v>
       </c>
       <c r="F362" t="s">
         <v>3349</v>
       </c>
       <c r="G362" t="s">
         <v>3350</v>
       </c>
       <c r="H362" t="s">
         <v>3351</v>
       </c>
       <c r="I362" t="s">
         <v>3352</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
+        <v>25</v>
+      </c>
+      <c r="L362" t="s">
+        <v>26</v>
+      </c>
+      <c r="M362" t="s">
+        <v>27</v>
+      </c>
+      <c r="N362" t="s">
+        <v>28</v>
+      </c>
+      <c r="O362" t="s">
         <v>3353</v>
-      </c>
-[...10 lines deleted...]
-        <v>3355</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65105</v>
+        <v>65104</v>
       </c>
       <c r="B363" t="s">
+        <v>3354</v>
+      </c>
+      <c r="C363" t="s">
+        <v>3355</v>
+      </c>
+      <c r="D363" t="s">
         <v>3356</v>
       </c>
-      <c r="C363" t="s">
+      <c r="E363" t="s">
         <v>3357</v>
       </c>
-      <c r="D363" t="s">
+      <c r="F363" t="s">
         <v>3358</v>
       </c>
-      <c r="E363" t="s">
+      <c r="G363" t="s">
         <v>3359</v>
       </c>
-      <c r="F363" t="s">
+      <c r="H363" t="s">
         <v>3360</v>
       </c>
-      <c r="G363" t="s">
+      <c r="I363" t="s">
         <v>3361</v>
       </c>
-      <c r="H363" t="s">
+      <c r="J363" t="s">
+        <v>24</v>
+      </c>
+      <c r="K363" t="s">
         <v>3362</v>
       </c>
-      <c r="I363" t="s">
+      <c r="L363" t="s">
+        <v>26</v>
+      </c>
+      <c r="M363" t="s">
         <v>3363</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
         <v>3364</v>
+      </c>
+    </row>
+    <row r="364" spans="1:15">
+      <c r="A364">
+        <v>65105</v>
+      </c>
+      <c r="B364" t="s">
+        <v>3365</v>
+      </c>
+      <c r="C364" t="s">
+        <v>3366</v>
+      </c>
+      <c r="D364" t="s">
+        <v>3367</v>
+      </c>
+      <c r="E364" t="s">
+        <v>3368</v>
+      </c>
+      <c r="F364" t="s">
+        <v>3369</v>
+      </c>
+      <c r="G364" t="s">
+        <v>3370</v>
+      </c>
+      <c r="H364" t="s">
+        <v>3371</v>
+      </c>
+      <c r="I364" t="s">
+        <v>3372</v>
+      </c>
+      <c r="J364" t="s">
+        <v>24</v>
+      </c>
+      <c r="K364" t="s">
+        <v>139</v>
+      </c>
+      <c r="L364" t="s">
+        <v>26</v>
+      </c>
+      <c r="M364" t="s">
+        <v>140</v>
+      </c>
+      <c r="N364" t="s">
+        <v>28</v>
+      </c>
+      <c r="O364" t="s">
+        <v>3373</v>
+      </c>
+    </row>
+    <row r="365" spans="1:15">
+      <c r="A365">
+        <v>66512</v>
+      </c>
+      <c r="B365" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C365" t="s">
+        <v>3374</v>
+      </c>
+      <c r="D365" t="s">
+        <v>3375</v>
+      </c>
+      <c r="E365" t="s">
+        <v>3376</v>
+      </c>
+      <c r="F365" t="s">
+        <v>3377</v>
+      </c>
+      <c r="G365" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H365" t="s">
+        <v>2564</v>
+      </c>
+      <c r="I365" t="s">
+        <v>2565</v>
+      </c>
+      <c r="J365" t="s">
+        <v>24</v>
+      </c>
+      <c r="K365" t="s">
+        <v>3378</v>
+      </c>
+      <c r="L365" t="s">
+        <v>26</v>
+      </c>
+      <c r="M365" t="s">
+        <v>3379</v>
+      </c>
+      <c r="N365" t="s">
+        <v>28</v>
+      </c>
+      <c r="O365" t="s">
+        <v>3380</v>
+      </c>
+    </row>
+    <row r="366" spans="1:15">
+      <c r="A366">
+        <v>66515</v>
+      </c>
+      <c r="B366" t="s">
+        <v>3381</v>
+      </c>
+      <c r="C366" t="s">
+        <v>3382</v>
+      </c>
+      <c r="D366" t="s">
+        <v>3383</v>
+      </c>
+      <c r="E366" t="s">
+        <v>3384</v>
+      </c>
+      <c r="F366" t="s">
+        <v>3385</v>
+      </c>
+      <c r="G366" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H366" t="s">
+        <v>3386</v>
+      </c>
+      <c r="I366" t="s">
+        <v>3387</v>
+      </c>
+      <c r="J366" t="s">
+        <v>24</v>
+      </c>
+      <c r="K366" t="s">
+        <v>3378</v>
+      </c>
+      <c r="L366" t="s">
+        <v>26</v>
+      </c>
+      <c r="M366" t="s">
+        <v>3379</v>
+      </c>
+      <c r="N366" t="s">
+        <v>28</v>
+      </c>
+      <c r="O366" t="s">
+        <v>3388</v>
+      </c>
+    </row>
+    <row r="367" spans="1:15">
+      <c r="A367">
+        <v>66520</v>
+      </c>
+      <c r="B367" t="s">
+        <v>3389</v>
+      </c>
+      <c r="C367" t="s">
+        <v>3387</v>
+      </c>
+      <c r="D367" t="s">
+        <v>3390</v>
+      </c>
+      <c r="E367" t="s">
+        <v>3391</v>
+      </c>
+      <c r="F367" t="s">
+        <v>3392</v>
+      </c>
+      <c r="G367" t="s">
+        <v>3387</v>
+      </c>
+      <c r="H367" t="s">
+        <v>3393</v>
+      </c>
+      <c r="I367" t="s">
+        <v>3394</v>
+      </c>
+      <c r="J367" t="s">
+        <v>24</v>
+      </c>
+      <c r="K367" t="s">
+        <v>25</v>
+      </c>
+      <c r="L367" t="s">
+        <v>26</v>
+      </c>
+      <c r="M367" t="s">
+        <v>27</v>
+      </c>
+      <c r="N367" t="s">
+        <v>28</v>
+      </c>
+      <c r="O367" t="s">
+        <v>3395</v>
+      </c>
+    </row>
+    <row r="368" spans="1:15">
+      <c r="A368">
+        <v>66523</v>
+      </c>
+      <c r="B368" t="s">
+        <v>3396</v>
+      </c>
+      <c r="C368" t="s">
+        <v>3387</v>
+      </c>
+      <c r="D368" t="s">
+        <v>3397</v>
+      </c>
+      <c r="E368" t="s">
+        <v>3391</v>
+      </c>
+      <c r="F368" t="s">
+        <v>3398</v>
+      </c>
+      <c r="G368" t="s">
+        <v>3387</v>
+      </c>
+      <c r="H368" t="s">
+        <v>3399</v>
+      </c>
+      <c r="I368" t="s">
+        <v>3400</v>
+      </c>
+      <c r="J368" t="s">
+        <v>24</v>
+      </c>
+      <c r="K368" t="s">
+        <v>47</v>
+      </c>
+      <c r="L368" t="s">
+        <v>26</v>
+      </c>
+      <c r="M368" t="s">
+        <v>48</v>
+      </c>
+      <c r="N368" t="s">
+        <v>28</v>
+      </c>
+      <c r="O368" t="s">
+        <v>3401</v>
+      </c>
+    </row>
+    <row r="369" spans="1:15">
+      <c r="A369">
+        <v>66524</v>
+      </c>
+      <c r="B369" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C369" t="s">
+        <v>3402</v>
+      </c>
+      <c r="D369" t="s">
+        <v>3403</v>
+      </c>
+      <c r="E369" t="s">
+        <v>3404</v>
+      </c>
+      <c r="F369" t="s">
+        <v>3405</v>
+      </c>
+      <c r="G369" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H369" t="s">
+        <v>2725</v>
+      </c>
+      <c r="I369" t="s">
+        <v>2726</v>
+      </c>
+      <c r="J369" t="s">
+        <v>24</v>
+      </c>
+      <c r="K369" t="s">
+        <v>139</v>
+      </c>
+      <c r="L369" t="s">
+        <v>26</v>
+      </c>
+      <c r="M369" t="s">
+        <v>140</v>
+      </c>
+      <c r="N369" t="s">
+        <v>28</v>
+      </c>
+      <c r="O369" t="s">
+        <v>3406</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">