--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -18,52 +18,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3407">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Soomaali
 # Source: https://hadeethenc.com/so
-# Last update: 2025-11-12 00:15:37 (v1.16.0)
-# Check for updates: https://hadeethenc.com/en/check/so/v1.16.0
+# Last update: 2025-12-24 20:10:38 (v1.17.0)
+# Check for updates: https://hadeethenc.com/en/check/so/v1.17.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -4849,81 +4849,50 @@
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Rasuulku nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay qadaray Xasanaadka iyo Dambiyada ka dibna uu u cadeeyey laba Malag siday u qori lahaayeen.
 Qofka damca oo goosta oo u qasda inuu Xasano  sameeyo waxaa loo qoraa hal Xasano isago aan samaynba, haduu sameeyo  waxaa loo laalaabaa toban laabkeed, ilaa Todoba Boqol oo laalaab ilaa laalaabyo badan,  siyaadaduna waa kolba  inta ikhlaas Qalbiga ku jirta, iyo wax tarkii uu gudbiyey iyo wixii la mida.
 Qofka damca oo u qasda oo goosta inuu dambi sameeyo ka dibna Ilaahay darti u daaya waxaa loo qoraa Xasano,  haduuse ka mashquulo oo uusan asbaabteeda la imaan waxba looma qoro, hadiise uu kari waayo waxaa loo qoraa niyadiisa wixii ku jiray. haduu sameeyana waxaa loo qoraa hal Dambi.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Xadiiska waxaa ku sugan cadayn Ilaahay fadligiisa weyn ee uu Ummaddaan siiyey isago Xasanaatka u laalaabay oo  agtiisa ugu qoray, oo uusan u laalaabin Dambiyada.
 Niyadu ahmiyad iyo saamayn ayey ku leedahay camalka.
 Ilaahay fadligiisa casa wajala, dhimrintiisa iyo ixsaankiisa waxaa ka mida in Qofkii ku hamiya xasano oo aan samayn in Ilaahay u qoraayo Xasano.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/4322</t>
-  </si>
-[...29 lines deleted...]
-    <t>https://hadeethenc.com/so/browse/hadith/4495</t>
   </si>
   <si>
     <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Ilaahay ma eegayo Sawiradiina iyo Xoolahiina, laakiin wuxuu eegayaa Quluubtiina iyo Camalkiina</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Abii Hureyra Allaha ka raali ahaadee waxaa laga wariyey inuu yiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee wuxuu yiri: "Ilaahay ma eegayo Sawiradiina iyo Xoolahiina, laakiin wuxuu eegayaa Quluubtiina iyo Camalkiina ".</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in Ilaahay uusan eegayn Sawirada dadka iyo Jirkoodu, inay Quruxsan yahay ama Fool xun yahay ama wayn yahay ama yar yahay ama caafimaad qabo ama jiran yahay. Ilaahay ma fiirinaayo Hantidoodu, ma badan tahay mise way yar tahay? Ilaahay casa wajala uma qabanaayo oo ku xisaabin maayo arimahaas sida ay ugu kala duwan yihiin, laakiin wuxuu eegayaa Quluubtooda iyo waxa ku jira ee  Taqwo, Yaqiin, Run, iyo Ikhlaas ah,  ama inuu u sameeyey is tustus iyo halagaa sheego, Ilaahay wuxuu eegayaa camalkoodu inuu fiican yahay iyo inuu xun yahay, taasuuna ku ajar siin kuna abaal marin.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
@@ -8516,50 +8485,88 @@
 Ilaahay wuxuu u toosiyaa gacantiisa, oo kuma qabto wax aanu Ilaahay raali ka ahayn.
 Ilaahay wuxuu u toosiyaa lugtiisa oo kuma aado meel aan Ilaahay raali ka ahayn, oo uguma socdo wax aan khayr ahayn.
 Intaa waxaa u dheer haduu Ilaahay wax waydiisto Ilaahay wuu siinayaa, oo wuxuu noqonayaa mid ducadiisa la aqbalo, haduu Ilaahay wax ka magan galo oo soo hoos galo isagoo doonaaya inuu ilaaliyona, Ilaahay wuu magan galin wuuna ka ilaalin waxaa uu ka baqaayo.
 Ka dib Ilaahay wuxuu yiri: kamaan laba-labeeyo waxaan sameynayo sidaan uga laba-labeeyo qaadida nafta mu'uminka anigoo u naxariisanaya darteed, waayo wuxuu neceb yahay geerida xanuunka ay leedahay darteed, Ilaahayna waa neceb yahay wixii mu'uminka xanuujiya.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Xadiiskani waa axaadiista uu Nabigu -naxariis iyo nabadi korkiisa ha ahaatee- ka wariyey Rabigi, waxaana looyaqaan xadiis Aludsi ama xadiis Ilaahi ah, waana xadiiska ereyadiisa iyo macnohooduba Ilaahay ka sugnaadeen, inkastoo aanu lahayn sifaadka Qur'aanku leeyahay ee uu kaga duwan yahay wixii ka soo haray, sida in lagu cibaadaysto akhrintiisa, oo loo dahaaro qaato qaadashadiisa, cajsi gelintiisa  iyo icjaaskiisa aysan cidna keeni karin, iyo intaa qayrkeedba.
 Waxaa la reebay in la dhibo awliyada Ilaahay, waxaana lagu booriyey dadku inay jeclaadaan awliyada Ilaahay oo ay gartaan fadliga ay leeyihiin.
 waxaa la faray dadku inay la ciloobaan cadawga Ilaahay oo ay xarimaan xiriirintooda.
 Qofka sheegta inuu wali Ilaahay yahay isagoo sharciga Ilaahay aan raacin been ayuu ka sheegay sheegashadiisa.
 Waxaa lagu gaaraa walinimada Ilaahay gudashada waajibaadka iyo ka fogaanta xaaraanta.
 Asbaabta Ilaahay ku jeclaado adoonka oo ducadiisa ku aqblo waxaa ka mida, inuu sameeyo sunooyinka markuu guto waajibaadka oo uu ka fogaado xaaraanta.
 xadiisku wuxuu tusinayaa sharafta Awliyada Ilaahay iyo in makaanadoodu sarayso.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/so/browse/hadith/6337</t>
+  </si>
+  <si>
+    <t>ما خير رسول الله صلى الله عليه وسلم بين أمرين إلا أخذ أيسرهما، ما لم يكن إثما، فإن كان إثما كان أبعد الناس منه</t>
+  </si>
+  <si>
+    <t>Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee hadii la kala dooransiiyo labo arimood wuxuu qaadan jirey kan fudud, hadii uusan danbi ahayn, hadiise uu danbi yahay wuxuu ahaan jirey kan danbiga ugu fog dadka</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: مَا خُيِّرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَيْنَ أَمْرَيْنِ إِلَّا أَخَذَ أَيْسَرَهُمَا، مَا لَمْ يَكُنْ إِثْمًا، فَإِنْ كَانَ إِثْمًا كَانَ أَبْعَدَ النَّاسِ مِنْهُ، وَمَا انْتَقَمَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِنَفْسِهِ إِلَّا أَنْ تُنْتَهَكَ حُرْمَةُ اللَّهِ، فَيَنْتَقِمَ لِلَّهِ بِهَا.</t>
+  </si>
+  <si>
+    <t>Caa`isha oo hooyadii Muminiinta ahayd Ilaahay raalli ha noqdee waxaa laga wariyey inay tiri: Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee hadii la kala dooransiiyo labo arimood wuxuu qaadan jirey kan fudud, hadii uusan danbi ahayn, hadiise uu danbi yahay wuxuu ahaan jirey kan danbiga ugu fog dadka, Rasuulka Ilaahay nabadgelyo iyo naxariis Allaha siiyee, naftiisa uma aarsan jirin ilaa wixii Ilaahay xarimay la jabiyo, oo markaa Ilaahay uga aaro.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها عن بعض أخلاق النبي صلى الله عليه وسلم، ومما ذَكَرَتْ: أنه صلى الله عليه وسلم ما خُيّر بين أمرين إلا أَخَذَ أَسْهَلْهُما ما لم يكن الأسهل مُقتضيًا للإثم، فإنه يكون أبعد الناس عنه ويختار حينئذ الأشدّ.
+وما انتقم صلى الله عليه وسلم لنفسه خاصة بل كان يَسْمَحُ ويَعفو عن حقِّه إلا أنْ تُنْتَهَك حُرُمات الله فيكون لله ينتقم، وكان أشد الناس غضبًا لله.</t>
+  </si>
+  <si>
+    <t>Hoyadii Muminiinta ee Caa`isha Ilaahay ha ka raali ahaadee waxay sheegtay qaar ka mida akhlaaqdii Nabiga nabadgelyo iyo naxariis Allaha siiyee, waxay sheegtay waxaa ka mida in hadii Nabiga nabadgelyo iyo naxariis Allaha siiyee la kala dooransiiyo labo arimood wuxuu qaadan jirey kan labadooda sahlan hadii labadooda kan sahlan uu u keenayno danbina wuxuu ahaan jirey kan dadka ugu fog, wuxuna dooran jirey kan adag. Nabigu nabadgelyo iyo naxariis Allaha siiyee si gaara nafiisa uguma aari jirin base wuu saamixi jirey waana cafin jirey xaqiisa, ilaa la jabiyo wixii Ilaahay xarimay oo markaas uu Ilaahay uga aaro, wuxuuna ahaan jirey kan dadaka Ilaahay darti ugu caro badan.</t>
+  </si>
+  <si>
+    <t>استحباب الأخذ بالأَيْسر في الأمور ما لم يكن فيه معصية.
+يُسْر الإسلام.
+مشروعية الغضب لله تعالى.
+ما كان عليه صلى الله عليه وسلم من الحِلْم والصبر والقيام بالحق في إقامة حدود الله تعالى.
+قال ابن حجر: وفيه ترك الأخذ بالشيء العَسِر، والاقتناع باليُسْر، وترك الإلحاح فيما لا يضطر إليه.
+الحث على العفو إلا في حقوق الله تعالى.</t>
+  </si>
+  <si>
+    <t>Waa Suno in labo arimood kan sahlan la qaato hadii uusan ahayn macsi.
+Xadiiska waxaa ku cad Islaamku inuu fudud yahay.
+Waa sharci in Ilaahay darti loo caroodo.
+Xadiiska waxaa ku cad Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu ku sugnaa ee ahaa dulqaad, Sabir iyo inuu ku taagnaado xaqa markuu oogaayo xuduuda Ilaahay.
+Ibnu Xajar wuxuu yiri: waxaa ku jira xadiiska ka tagida qaadashada shayga adag laguna qanco shayga fudud, iyo in laga tago raadinta wixii aan daruuri ahayn.
+Waxaa la isku boorinayaa cafiska, Xuquuqda Ilaahay mooyee.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/so/browse/hadith/6389</t>
   </si>
   <si>
     <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Markuu ninku masruufo Reerkiisa isagoo Ilaahay ajar kaga dalbaaya, Sadaqo ayey u noqonaysaa</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abii Mascuud Allaha ka raali ahaade waxaa laga wariyey in Nabiga nabadgelyo iyo naxariis Allaha siiyee uu yiri: "Markuu ninku masruufo Reerkiisa isagoo Ilaahay ajar kaga dalbaaya, Sadaqo ayey u noqonaysaa".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Nabigu nabadgelyo iyo naxariis Allaha siiyee wuxuu sheegay in markuu ninku siiyo Reerkiisa biilo kaasoo ay ku waajibtay nafaqadoodu, sida Xaaskiisa, labadiisa waalid, Caruurtiisa iyo qayrkoodba, isagoo Ilaahay ugu dhawaanaya wax bixintaa ajarna kaga raba Ilaahay wuxuu helayaa ajarka Sadaqada oo kale.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
@@ -19791,4834 +19798,4834 @@
       </c>
       <c r="I132" t="s">
         <v>1225</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>25</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>27</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>4495</v>
+        <v>4555</v>
       </c>
       <c r="B133" t="s">
         <v>1227</v>
       </c>
       <c r="C133" t="s">
         <v>1228</v>
       </c>
       <c r="D133" t="s">
         <v>1229</v>
       </c>
       <c r="E133" t="s">
         <v>1230</v>
       </c>
       <c r="F133" t="s">
         <v>1231</v>
       </c>
       <c r="G133" t="s">
         <v>1232</v>
       </c>
       <c r="H133" t="s">
         <v>1233</v>
       </c>
       <c r="I133" t="s">
         <v>1234</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>4555</v>
+        <v>4560</v>
       </c>
       <c r="B134" t="s">
         <v>1236</v>
       </c>
       <c r="C134" t="s">
         <v>1237</v>
       </c>
       <c r="D134" t="s">
         <v>1238</v>
       </c>
       <c r="E134" t="s">
         <v>1239</v>
       </c>
       <c r="F134" t="s">
         <v>1240</v>
       </c>
       <c r="G134" t="s">
         <v>1241</v>
       </c>
       <c r="H134" t="s">
         <v>1242</v>
       </c>
       <c r="I134" t="s">
         <v>1243</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>4560</v>
+        <v>4563</v>
       </c>
       <c r="B135" t="s">
         <v>1245</v>
       </c>
       <c r="C135" t="s">
         <v>1246</v>
       </c>
       <c r="D135" t="s">
         <v>1247</v>
       </c>
       <c r="E135" t="s">
         <v>1248</v>
       </c>
       <c r="F135" t="s">
         <v>1249</v>
       </c>
       <c r="G135" t="s">
         <v>1250</v>
       </c>
       <c r="H135" t="s">
         <v>1251</v>
       </c>
       <c r="I135" t="s">
         <v>1252</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>4563</v>
+        <v>4568</v>
       </c>
       <c r="B136" t="s">
         <v>1254</v>
       </c>
       <c r="C136" t="s">
         <v>1255</v>
       </c>
       <c r="D136" t="s">
         <v>1256</v>
       </c>
       <c r="E136" t="s">
         <v>1257</v>
       </c>
       <c r="F136" t="s">
         <v>1258</v>
       </c>
       <c r="G136" t="s">
         <v>1259</v>
       </c>
       <c r="H136" t="s">
         <v>1260</v>
       </c>
       <c r="I136" t="s">
         <v>1261</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>4568</v>
+        <v>4709</v>
       </c>
       <c r="B137" t="s">
         <v>1263</v>
       </c>
       <c r="C137" t="s">
         <v>1264</v>
       </c>
       <c r="D137" t="s">
         <v>1265</v>
       </c>
       <c r="E137" t="s">
         <v>1266</v>
       </c>
       <c r="F137" t="s">
         <v>1267</v>
       </c>
       <c r="G137" t="s">
         <v>1268</v>
       </c>
       <c r="H137" t="s">
         <v>1269</v>
       </c>
       <c r="I137" t="s">
         <v>1270</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>4709</v>
+        <v>4711</v>
       </c>
       <c r="B138" t="s">
         <v>1272</v>
       </c>
       <c r="C138" t="s">
         <v>1273</v>
       </c>
       <c r="D138" t="s">
         <v>1274</v>
       </c>
       <c r="E138" t="s">
         <v>1275</v>
       </c>
       <c r="F138" t="s">
         <v>1276</v>
       </c>
       <c r="G138" t="s">
         <v>1277</v>
       </c>
       <c r="H138" t="s">
         <v>1278</v>
       </c>
       <c r="I138" t="s">
         <v>1279</v>
       </c>
       <c r="J138" t="s">
-        <v>24</v>
+        <v>1280</v>
       </c>
       <c r="K138" t="s">
-        <v>47</v>
+        <v>1281</v>
       </c>
       <c r="L138" t="s">
-        <v>26</v>
+        <v>1282</v>
       </c>
       <c r="M138" t="s">
-        <v>48</v>
+        <v>1283</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>4711</v>
+        <v>4721</v>
       </c>
       <c r="B139" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="C139" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="D139" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="E139" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="F139" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="G139" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="H139" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="I139" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="J139" t="s">
-        <v>1289</v>
+        <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>1290</v>
+        <v>934</v>
       </c>
       <c r="L139" t="s">
-        <v>1291</v>
+        <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>1292</v>
+        <v>935</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>4721</v>
+        <v>4792</v>
       </c>
       <c r="B140" t="s">
         <v>1294</v>
       </c>
       <c r="C140" t="s">
         <v>1295</v>
       </c>
       <c r="D140" t="s">
         <v>1296</v>
       </c>
       <c r="E140" t="s">
         <v>1297</v>
       </c>
       <c r="F140" t="s">
         <v>1298</v>
       </c>
       <c r="G140" t="s">
         <v>1299</v>
       </c>
       <c r="H140" t="s">
         <v>1300</v>
       </c>
       <c r="I140" t="s">
         <v>1301</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>934</v>
+        <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>935</v>
+        <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>4792</v>
+        <v>4811</v>
       </c>
       <c r="B141" t="s">
         <v>1303</v>
       </c>
       <c r="C141" t="s">
         <v>1304</v>
       </c>
       <c r="D141" t="s">
         <v>1305</v>
       </c>
       <c r="E141" t="s">
         <v>1306</v>
       </c>
       <c r="F141" t="s">
         <v>1307</v>
       </c>
       <c r="G141" t="s">
         <v>1308</v>
       </c>
       <c r="H141" t="s">
         <v>1309</v>
       </c>
       <c r="I141" t="s">
         <v>1310</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>25</v>
+        <v>1311</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>27</v>
+        <v>1312</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>4811</v>
+        <v>4817</v>
       </c>
       <c r="B142" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="C142" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D142" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="E142" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="F142" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="G142" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="H142" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="I142" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>1320</v>
+        <v>25</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>1321</v>
+        <v>27</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>4817</v>
+        <v>4935</v>
       </c>
       <c r="B143" t="s">
         <v>1323</v>
       </c>
       <c r="C143" t="s">
         <v>1324</v>
       </c>
       <c r="D143" t="s">
         <v>1325</v>
       </c>
       <c r="E143" t="s">
         <v>1326</v>
       </c>
       <c r="F143" t="s">
         <v>1327</v>
       </c>
       <c r="G143" t="s">
         <v>1328</v>
       </c>
       <c r="H143" t="s">
         <v>1329</v>
       </c>
       <c r="I143" t="s">
         <v>1330</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4935</v>
+        <v>4947</v>
       </c>
       <c r="B144" t="s">
         <v>1332</v>
       </c>
       <c r="C144" t="s">
         <v>1333</v>
       </c>
       <c r="D144" t="s">
         <v>1334</v>
       </c>
       <c r="E144" t="s">
         <v>1335</v>
       </c>
       <c r="F144" t="s">
         <v>1336</v>
       </c>
       <c r="G144" t="s">
         <v>1337</v>
       </c>
       <c r="H144" t="s">
         <v>1338</v>
       </c>
       <c r="I144" t="s">
         <v>1339</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>139</v>
+        <v>47</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>140</v>
+        <v>48</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4947</v>
+        <v>4950</v>
       </c>
       <c r="B145" t="s">
         <v>1341</v>
       </c>
       <c r="C145" t="s">
         <v>1342</v>
       </c>
       <c r="D145" t="s">
         <v>1343</v>
       </c>
       <c r="E145" t="s">
         <v>1344</v>
       </c>
       <c r="F145" t="s">
         <v>1345</v>
       </c>
       <c r="G145" t="s">
         <v>1346</v>
       </c>
       <c r="H145" t="s">
         <v>1347</v>
       </c>
       <c r="I145" t="s">
         <v>1348</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>47</v>
+        <v>1311</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>48</v>
+        <v>1312</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4950</v>
+        <v>4965</v>
       </c>
       <c r="B146" t="s">
         <v>1350</v>
       </c>
       <c r="C146" t="s">
         <v>1351</v>
       </c>
       <c r="D146" t="s">
         <v>1352</v>
       </c>
       <c r="E146" t="s">
         <v>1353</v>
       </c>
       <c r="F146" t="s">
         <v>1354</v>
       </c>
       <c r="G146" t="s">
         <v>1355</v>
       </c>
       <c r="H146" t="s">
         <v>1356</v>
       </c>
       <c r="I146" t="s">
         <v>1357</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>1320</v>
+        <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>1321</v>
+        <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
         <v>1358</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4965</v>
+        <v>4968</v>
       </c>
       <c r="B147" t="s">
         <v>1359</v>
       </c>
       <c r="C147" t="s">
         <v>1360</v>
       </c>
       <c r="D147" t="s">
         <v>1361</v>
       </c>
       <c r="E147" t="s">
         <v>1362</v>
       </c>
       <c r="F147" t="s">
         <v>1363</v>
       </c>
       <c r="G147" t="s">
         <v>1364</v>
       </c>
       <c r="H147" t="s">
         <v>1365</v>
       </c>
       <c r="I147" t="s">
         <v>1366</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4968</v>
+        <v>4969</v>
       </c>
       <c r="B148" t="s">
         <v>1368</v>
       </c>
       <c r="C148" t="s">
         <v>1369</v>
       </c>
       <c r="D148" t="s">
         <v>1370</v>
       </c>
       <c r="E148" t="s">
         <v>1371</v>
       </c>
       <c r="F148" t="s">
         <v>1372</v>
       </c>
       <c r="G148" t="s">
         <v>1373</v>
       </c>
       <c r="H148" t="s">
         <v>1374</v>
       </c>
       <c r="I148" t="s">
         <v>1375</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4969</v>
+        <v>5272</v>
       </c>
       <c r="B149" t="s">
         <v>1377</v>
       </c>
       <c r="C149" t="s">
         <v>1378</v>
       </c>
       <c r="D149" t="s">
         <v>1379</v>
       </c>
       <c r="E149" t="s">
         <v>1380</v>
       </c>
       <c r="F149" t="s">
         <v>1381</v>
       </c>
       <c r="G149" t="s">
         <v>1382</v>
       </c>
       <c r="H149" t="s">
         <v>1383</v>
       </c>
       <c r="I149" t="s">
         <v>1384</v>
       </c>
       <c r="J149" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K149" t="s">
-        <v>25</v>
+        <v>565</v>
       </c>
       <c r="L149" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M149" t="s">
-        <v>27</v>
+        <v>566</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>5272</v>
+        <v>5273</v>
       </c>
       <c r="B150" t="s">
         <v>1386</v>
       </c>
       <c r="C150" t="s">
         <v>1387</v>
       </c>
       <c r="D150" t="s">
         <v>1388</v>
       </c>
       <c r="E150" t="s">
         <v>1389</v>
       </c>
       <c r="F150" t="s">
         <v>1390</v>
       </c>
       <c r="G150" t="s">
         <v>1391</v>
       </c>
       <c r="H150" t="s">
         <v>1392</v>
       </c>
       <c r="I150" t="s">
         <v>1393</v>
       </c>
       <c r="J150" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>565</v>
+        <v>1394</v>
       </c>
       <c r="L150" t="s">
-        <v>372</v>
+        <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>566</v>
+        <v>1395</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>5273</v>
+        <v>5326</v>
       </c>
       <c r="B151" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="C151" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="D151" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="E151" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="F151" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G151" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="H151" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="I151" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>1403</v>
+        <v>139</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>1404</v>
+        <v>140</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>5326</v>
+        <v>5330</v>
       </c>
       <c r="B152" t="s">
         <v>1406</v>
       </c>
       <c r="C152" t="s">
         <v>1407</v>
       </c>
       <c r="D152" t="s">
         <v>1408</v>
       </c>
       <c r="E152" t="s">
         <v>1409</v>
       </c>
       <c r="F152" t="s">
         <v>1410</v>
       </c>
       <c r="G152" t="s">
         <v>1411</v>
       </c>
       <c r="H152" t="s">
         <v>1412</v>
       </c>
       <c r="I152" t="s">
         <v>1413</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>139</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>140</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1414</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>5330</v>
+        <v>5331</v>
       </c>
       <c r="B153" t="s">
         <v>1415</v>
       </c>
       <c r="C153" t="s">
         <v>1416</v>
       </c>
       <c r="D153" t="s">
         <v>1417</v>
       </c>
       <c r="E153" t="s">
         <v>1418</v>
       </c>
       <c r="F153" t="s">
         <v>1419</v>
       </c>
       <c r="G153" t="s">
         <v>1420</v>
       </c>
       <c r="H153" t="s">
         <v>1421</v>
       </c>
       <c r="I153" t="s">
         <v>1422</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>139</v>
+        <v>47</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>140</v>
+        <v>48</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>5331</v>
+        <v>5332</v>
       </c>
       <c r="B154" t="s">
         <v>1424</v>
       </c>
       <c r="C154" t="s">
         <v>1425</v>
       </c>
       <c r="D154" t="s">
         <v>1426</v>
       </c>
       <c r="E154" t="s">
         <v>1427</v>
       </c>
       <c r="F154" t="s">
         <v>1428</v>
       </c>
       <c r="G154" t="s">
         <v>1429</v>
       </c>
       <c r="H154" t="s">
         <v>1430</v>
       </c>
       <c r="I154" t="s">
         <v>1431</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>5332</v>
+        <v>5335</v>
       </c>
       <c r="B155" t="s">
         <v>1433</v>
       </c>
       <c r="C155" t="s">
         <v>1434</v>
       </c>
       <c r="D155" t="s">
         <v>1435</v>
       </c>
       <c r="E155" t="s">
         <v>1436</v>
       </c>
       <c r="F155" t="s">
         <v>1437</v>
       </c>
       <c r="G155" t="s">
         <v>1438</v>
       </c>
       <c r="H155" t="s">
         <v>1439</v>
       </c>
       <c r="I155" t="s">
         <v>1440</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>5335</v>
+        <v>5346</v>
       </c>
       <c r="B156" t="s">
         <v>1442</v>
       </c>
       <c r="C156" t="s">
         <v>1443</v>
       </c>
       <c r="D156" t="s">
         <v>1444</v>
       </c>
       <c r="E156" t="s">
         <v>1445</v>
       </c>
       <c r="F156" t="s">
         <v>1446</v>
       </c>
       <c r="G156" t="s">
         <v>1447</v>
       </c>
       <c r="H156" t="s">
         <v>1448</v>
       </c>
       <c r="I156" t="s">
         <v>1449</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>1450</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>1451</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>5346</v>
+        <v>5348</v>
       </c>
       <c r="B157" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="C157" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="D157" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="E157" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="F157" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="G157" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="H157" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="I157" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>1459</v>
+        <v>139</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>1460</v>
+        <v>140</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>5348</v>
+        <v>5351</v>
       </c>
       <c r="B158" t="s">
         <v>1462</v>
       </c>
       <c r="C158" t="s">
         <v>1463</v>
       </c>
       <c r="D158" t="s">
         <v>1464</v>
       </c>
       <c r="E158" t="s">
         <v>1465</v>
       </c>
       <c r="F158" t="s">
         <v>1466</v>
       </c>
       <c r="G158" t="s">
         <v>1467</v>
       </c>
       <c r="H158" t="s">
         <v>1468</v>
       </c>
       <c r="I158" t="s">
         <v>1469</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
         <v>1470</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>5351</v>
+        <v>5353</v>
       </c>
       <c r="B159" t="s">
         <v>1471</v>
       </c>
       <c r="C159" t="s">
         <v>1472</v>
       </c>
       <c r="D159" t="s">
         <v>1473</v>
       </c>
       <c r="E159" t="s">
         <v>1474</v>
       </c>
       <c r="F159" t="s">
         <v>1475</v>
       </c>
       <c r="G159" t="s">
         <v>1476</v>
       </c>
       <c r="H159" t="s">
         <v>1477</v>
       </c>
       <c r="I159" t="s">
         <v>1478</v>
       </c>
       <c r="J159" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K159" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="L159" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>691</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
         <v>1479</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>5353</v>
+        <v>5354</v>
       </c>
       <c r="B160" t="s">
         <v>1480</v>
       </c>
       <c r="C160" t="s">
         <v>1481</v>
       </c>
       <c r="D160" t="s">
         <v>1482</v>
       </c>
       <c r="E160" t="s">
         <v>1483</v>
       </c>
       <c r="F160" t="s">
         <v>1484</v>
       </c>
       <c r="G160" t="s">
         <v>1485</v>
       </c>
       <c r="H160" t="s">
         <v>1486</v>
       </c>
       <c r="I160" t="s">
         <v>1487</v>
       </c>
       <c r="J160" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>690</v>
+        <v>139</v>
       </c>
       <c r="L160" t="s">
-        <v>372</v>
+        <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>691</v>
+        <v>140</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
         <v>1488</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>5354</v>
+        <v>5359</v>
       </c>
       <c r="B161" t="s">
         <v>1489</v>
       </c>
       <c r="C161" t="s">
         <v>1490</v>
       </c>
       <c r="D161" t="s">
         <v>1491</v>
       </c>
       <c r="E161" t="s">
         <v>1492</v>
       </c>
       <c r="F161" t="s">
         <v>1493</v>
       </c>
       <c r="G161" t="s">
         <v>1494</v>
       </c>
       <c r="H161" t="s">
         <v>1495</v>
       </c>
       <c r="I161" t="s">
         <v>1496</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>5359</v>
+        <v>5364</v>
       </c>
       <c r="B162" t="s">
         <v>1498</v>
       </c>
       <c r="C162" t="s">
         <v>1499</v>
       </c>
       <c r="D162" t="s">
         <v>1500</v>
       </c>
       <c r="E162" t="s">
         <v>1501</v>
       </c>
       <c r="F162" t="s">
         <v>1502</v>
       </c>
       <c r="G162" t="s">
         <v>1503</v>
       </c>
       <c r="H162" t="s">
         <v>1504</v>
       </c>
       <c r="I162" t="s">
         <v>1505</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
         <v>1506</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>5364</v>
+        <v>5365</v>
       </c>
       <c r="B163" t="s">
         <v>1507</v>
       </c>
       <c r="C163" t="s">
         <v>1508</v>
       </c>
       <c r="D163" t="s">
         <v>1509</v>
       </c>
       <c r="E163" t="s">
         <v>1510</v>
       </c>
       <c r="F163" t="s">
         <v>1511</v>
       </c>
       <c r="G163" t="s">
         <v>1512</v>
       </c>
       <c r="H163" t="s">
         <v>1513</v>
       </c>
       <c r="I163" t="s">
         <v>1514</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
         <v>1515</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>5365</v>
+        <v>5367</v>
       </c>
       <c r="B164" t="s">
         <v>1516</v>
       </c>
       <c r="C164" t="s">
         <v>1517</v>
       </c>
       <c r="D164" t="s">
         <v>1518</v>
       </c>
       <c r="E164" t="s">
         <v>1519</v>
       </c>
       <c r="F164" t="s">
         <v>1520</v>
       </c>
       <c r="G164" t="s">
         <v>1521</v>
       </c>
       <c r="H164" t="s">
         <v>1522</v>
       </c>
       <c r="I164" t="s">
         <v>1523</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
         <v>1524</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>5367</v>
+        <v>5368</v>
       </c>
       <c r="B165" t="s">
         <v>1525</v>
       </c>
       <c r="C165" t="s">
         <v>1526</v>
       </c>
       <c r="D165" t="s">
         <v>1527</v>
       </c>
       <c r="E165" t="s">
         <v>1528</v>
       </c>
       <c r="F165" t="s">
         <v>1529</v>
       </c>
       <c r="G165" t="s">
         <v>1530</v>
       </c>
       <c r="H165" t="s">
         <v>1531</v>
       </c>
       <c r="I165" t="s">
         <v>1532</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>5368</v>
+        <v>5371</v>
       </c>
       <c r="B166" t="s">
         <v>1534</v>
       </c>
       <c r="C166" t="s">
         <v>1535</v>
       </c>
       <c r="D166" t="s">
         <v>1536</v>
       </c>
       <c r="E166" t="s">
         <v>1537</v>
       </c>
       <c r="F166" t="s">
         <v>1538</v>
       </c>
       <c r="G166" t="s">
         <v>1539</v>
       </c>
       <c r="H166" t="s">
         <v>1540</v>
       </c>
       <c r="I166" t="s">
         <v>1541</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>25</v>
+        <v>1542</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>27</v>
+        <v>1543</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>5371</v>
+        <v>5372</v>
       </c>
       <c r="B167" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="C167" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D167" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="E167" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="F167" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="G167" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="H167" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="I167" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>1551</v>
+        <v>25</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>1552</v>
+        <v>27</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1553</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>5372</v>
+        <v>5375</v>
       </c>
       <c r="B168" t="s">
         <v>1554</v>
       </c>
       <c r="C168" t="s">
         <v>1555</v>
       </c>
       <c r="D168" t="s">
         <v>1556</v>
       </c>
       <c r="E168" t="s">
         <v>1557</v>
       </c>
       <c r="F168" t="s">
         <v>1558</v>
       </c>
       <c r="G168" t="s">
         <v>1559</v>
       </c>
       <c r="H168" t="s">
         <v>1560</v>
       </c>
       <c r="I168" t="s">
         <v>1561</v>
       </c>
       <c r="J168" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K168" t="s">
-        <v>25</v>
+        <v>679</v>
       </c>
       <c r="L168" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M168" t="s">
-        <v>27</v>
+        <v>680</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>5375</v>
+        <v>5377</v>
       </c>
       <c r="B169" t="s">
         <v>1563</v>
       </c>
       <c r="C169" t="s">
         <v>1564</v>
       </c>
       <c r="D169" t="s">
         <v>1565</v>
       </c>
       <c r="E169" t="s">
         <v>1566</v>
       </c>
       <c r="F169" t="s">
         <v>1567</v>
       </c>
       <c r="G169" t="s">
         <v>1568</v>
       </c>
       <c r="H169" t="s">
         <v>1569</v>
       </c>
       <c r="I169" t="s">
         <v>1570</v>
       </c>
       <c r="J169" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>679</v>
+        <v>25</v>
       </c>
       <c r="L169" t="s">
-        <v>372</v>
+        <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>680</v>
+        <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>5377</v>
+        <v>5378</v>
       </c>
       <c r="B170" t="s">
         <v>1572</v>
       </c>
       <c r="C170" t="s">
         <v>1573</v>
       </c>
       <c r="D170" t="s">
         <v>1574</v>
       </c>
       <c r="E170" t="s">
         <v>1575</v>
       </c>
       <c r="F170" t="s">
         <v>1576</v>
       </c>
       <c r="G170" t="s">
         <v>1577</v>
       </c>
       <c r="H170" t="s">
         <v>1578</v>
       </c>
       <c r="I170" t="s">
         <v>1579</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
         <v>1580</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>5378</v>
+        <v>5382</v>
       </c>
       <c r="B171" t="s">
         <v>1581</v>
       </c>
       <c r="C171" t="s">
         <v>1582</v>
       </c>
       <c r="D171" t="s">
         <v>1583</v>
       </c>
       <c r="E171" t="s">
         <v>1584</v>
       </c>
       <c r="F171" t="s">
         <v>1585</v>
       </c>
       <c r="G171" t="s">
         <v>1586</v>
       </c>
       <c r="H171" t="s">
         <v>1587</v>
       </c>
       <c r="I171" t="s">
         <v>1588</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1589</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>5382</v>
+        <v>5435</v>
       </c>
       <c r="B172" t="s">
         <v>1590</v>
       </c>
       <c r="C172" t="s">
         <v>1591</v>
       </c>
       <c r="D172" t="s">
         <v>1592</v>
       </c>
       <c r="E172" t="s">
         <v>1593</v>
       </c>
       <c r="F172" t="s">
         <v>1594</v>
       </c>
       <c r="G172" t="s">
         <v>1595</v>
       </c>
       <c r="H172" t="s">
         <v>1596</v>
       </c>
       <c r="I172" t="s">
         <v>1597</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>139</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>140</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>5435</v>
+        <v>5437</v>
       </c>
       <c r="B173" t="s">
         <v>1599</v>
       </c>
       <c r="C173" t="s">
         <v>1600</v>
       </c>
       <c r="D173" t="s">
         <v>1601</v>
       </c>
       <c r="E173" t="s">
         <v>1602</v>
       </c>
       <c r="F173" t="s">
         <v>1603</v>
       </c>
       <c r="G173" t="s">
         <v>1604</v>
       </c>
       <c r="H173" t="s">
         <v>1605</v>
       </c>
       <c r="I173" t="s">
         <v>1606</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>5437</v>
+        <v>5439</v>
       </c>
       <c r="B174" t="s">
         <v>1608</v>
       </c>
       <c r="C174" t="s">
         <v>1609</v>
       </c>
       <c r="D174" t="s">
         <v>1610</v>
       </c>
       <c r="E174" t="s">
         <v>1611</v>
       </c>
       <c r="F174" t="s">
         <v>1612</v>
       </c>
       <c r="G174" t="s">
         <v>1613</v>
       </c>
       <c r="H174" t="s">
         <v>1614</v>
       </c>
       <c r="I174" t="s">
         <v>1615</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
         <v>1616</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>5439</v>
+        <v>5474</v>
       </c>
       <c r="B175" t="s">
         <v>1617</v>
       </c>
       <c r="C175" t="s">
         <v>1618</v>
       </c>
       <c r="D175" t="s">
         <v>1619</v>
       </c>
       <c r="E175" t="s">
         <v>1620</v>
       </c>
       <c r="F175" t="s">
         <v>1621</v>
       </c>
       <c r="G175" t="s">
         <v>1622</v>
       </c>
       <c r="H175" t="s">
         <v>1623</v>
       </c>
       <c r="I175" t="s">
         <v>1624</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5474</v>
+        <v>5475</v>
       </c>
       <c r="B176" t="s">
         <v>1626</v>
       </c>
       <c r="C176" t="s">
         <v>1627</v>
       </c>
       <c r="D176" t="s">
         <v>1628</v>
       </c>
       <c r="E176" t="s">
         <v>1629</v>
       </c>
       <c r="F176" t="s">
         <v>1630</v>
       </c>
       <c r="G176" t="s">
         <v>1631</v>
       </c>
       <c r="H176" t="s">
         <v>1632</v>
       </c>
       <c r="I176" t="s">
         <v>1633</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
         <v>1634</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5475</v>
+        <v>5476</v>
       </c>
       <c r="B177" t="s">
         <v>1635</v>
       </c>
       <c r="C177" t="s">
         <v>1636</v>
       </c>
       <c r="D177" t="s">
         <v>1637</v>
       </c>
       <c r="E177" t="s">
         <v>1638</v>
       </c>
       <c r="F177" t="s">
         <v>1639</v>
       </c>
       <c r="G177" t="s">
         <v>1640</v>
       </c>
       <c r="H177" t="s">
         <v>1641</v>
       </c>
       <c r="I177" t="s">
         <v>1642</v>
       </c>
       <c r="J177" t="s">
-        <v>24</v>
+        <v>1643</v>
       </c>
       <c r="K177" t="s">
-        <v>139</v>
+        <v>934</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>140</v>
+        <v>935</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5476</v>
+        <v>5478</v>
       </c>
       <c r="B178" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="C178" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="D178" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="E178" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="F178" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="G178" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="H178" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="I178" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="J178" t="s">
-        <v>1652</v>
+        <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>934</v>
+        <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>935</v>
+        <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5478</v>
+        <v>5493</v>
       </c>
       <c r="B179" t="s">
         <v>1654</v>
       </c>
       <c r="C179" t="s">
         <v>1655</v>
       </c>
       <c r="D179" t="s">
         <v>1656</v>
       </c>
       <c r="E179" t="s">
         <v>1657</v>
       </c>
       <c r="F179" t="s">
         <v>1658</v>
       </c>
       <c r="G179" t="s">
         <v>1659</v>
       </c>
       <c r="H179" t="s">
         <v>1660</v>
       </c>
       <c r="I179" t="s">
         <v>1661</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5493</v>
+        <v>5502</v>
       </c>
       <c r="B180" t="s">
         <v>1663</v>
       </c>
       <c r="C180" t="s">
         <v>1664</v>
       </c>
       <c r="D180" t="s">
         <v>1665</v>
       </c>
       <c r="E180" t="s">
         <v>1666</v>
       </c>
       <c r="F180" t="s">
         <v>1667</v>
       </c>
       <c r="G180" t="s">
         <v>1668</v>
       </c>
       <c r="H180" t="s">
         <v>1669</v>
       </c>
       <c r="I180" t="s">
         <v>1670</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5502</v>
+        <v>5503</v>
       </c>
       <c r="B181" t="s">
         <v>1672</v>
       </c>
       <c r="C181" t="s">
         <v>1673</v>
       </c>
       <c r="D181" t="s">
         <v>1674</v>
       </c>
       <c r="E181" t="s">
         <v>1675</v>
       </c>
       <c r="F181" t="s">
         <v>1676</v>
       </c>
       <c r="G181" t="s">
         <v>1677</v>
       </c>
       <c r="H181" t="s">
         <v>1678</v>
       </c>
       <c r="I181" t="s">
         <v>1679</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
         <v>1680</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5503</v>
+        <v>5507</v>
       </c>
       <c r="B182" t="s">
         <v>1681</v>
       </c>
       <c r="C182" t="s">
         <v>1682</v>
       </c>
       <c r="D182" t="s">
         <v>1683</v>
       </c>
       <c r="E182" t="s">
         <v>1684</v>
       </c>
       <c r="F182" t="s">
         <v>1685</v>
       </c>
       <c r="G182" t="s">
         <v>1686</v>
       </c>
       <c r="H182" t="s">
         <v>1687</v>
       </c>
       <c r="I182" t="s">
         <v>1688</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5507</v>
+        <v>5509</v>
       </c>
       <c r="B183" t="s">
         <v>1690</v>
       </c>
       <c r="C183" t="s">
         <v>1691</v>
       </c>
       <c r="D183" t="s">
         <v>1692</v>
       </c>
       <c r="E183" t="s">
         <v>1693</v>
       </c>
       <c r="F183" t="s">
         <v>1694</v>
       </c>
       <c r="G183" t="s">
         <v>1695</v>
       </c>
       <c r="H183" t="s">
         <v>1696</v>
       </c>
       <c r="I183" t="s">
         <v>1697</v>
       </c>
       <c r="J183" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K183" t="s">
-        <v>25</v>
+        <v>934</v>
       </c>
       <c r="L183" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M183" t="s">
-        <v>27</v>
+        <v>935</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5509</v>
+        <v>5512</v>
       </c>
       <c r="B184" t="s">
         <v>1699</v>
       </c>
       <c r="C184" t="s">
         <v>1700</v>
       </c>
       <c r="D184" t="s">
         <v>1701</v>
       </c>
       <c r="E184" t="s">
         <v>1702</v>
       </c>
       <c r="F184" t="s">
         <v>1703</v>
       </c>
       <c r="G184" t="s">
         <v>1704</v>
       </c>
       <c r="H184" t="s">
         <v>1705</v>
       </c>
       <c r="I184" t="s">
         <v>1706</v>
       </c>
       <c r="J184" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>934</v>
+        <v>139</v>
       </c>
       <c r="L184" t="s">
-        <v>372</v>
+        <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>935</v>
+        <v>140</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5512</v>
+        <v>5514</v>
       </c>
       <c r="B185" t="s">
         <v>1708</v>
       </c>
       <c r="C185" t="s">
         <v>1709</v>
       </c>
       <c r="D185" t="s">
         <v>1710</v>
       </c>
       <c r="E185" t="s">
         <v>1711</v>
       </c>
       <c r="F185" t="s">
         <v>1712</v>
       </c>
       <c r="G185" t="s">
         <v>1713</v>
       </c>
       <c r="H185" t="s">
         <v>1714</v>
       </c>
       <c r="I185" t="s">
         <v>1715</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>139</v>
+        <v>885</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>140</v>
+        <v>886</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
         <v>1716</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5514</v>
+        <v>5516</v>
       </c>
       <c r="B186" t="s">
         <v>1717</v>
       </c>
       <c r="C186" t="s">
         <v>1718</v>
       </c>
       <c r="D186" t="s">
         <v>1719</v>
       </c>
       <c r="E186" t="s">
         <v>1720</v>
       </c>
       <c r="F186" t="s">
         <v>1721</v>
       </c>
       <c r="G186" t="s">
         <v>1722</v>
       </c>
       <c r="H186" t="s">
         <v>1723</v>
       </c>
       <c r="I186" t="s">
         <v>1724</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>885</v>
+        <v>25</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>886</v>
+        <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5516</v>
+        <v>5517</v>
       </c>
       <c r="B187" t="s">
         <v>1726</v>
       </c>
       <c r="C187" t="s">
         <v>1727</v>
       </c>
       <c r="D187" t="s">
         <v>1728</v>
       </c>
       <c r="E187" t="s">
         <v>1729</v>
       </c>
       <c r="F187" t="s">
         <v>1730</v>
       </c>
       <c r="G187" t="s">
         <v>1731</v>
       </c>
       <c r="H187" t="s">
         <v>1732</v>
       </c>
       <c r="I187" t="s">
         <v>1733</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5517</v>
+        <v>5518</v>
       </c>
       <c r="B188" t="s">
         <v>1735</v>
       </c>
       <c r="C188" t="s">
         <v>1736</v>
       </c>
       <c r="D188" t="s">
         <v>1737</v>
       </c>
       <c r="E188" t="s">
         <v>1738</v>
       </c>
       <c r="F188" t="s">
         <v>1739</v>
       </c>
       <c r="G188" t="s">
         <v>1740</v>
       </c>
       <c r="H188" t="s">
         <v>1741</v>
       </c>
       <c r="I188" t="s">
         <v>1742</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5518</v>
+        <v>5545</v>
       </c>
       <c r="B189" t="s">
         <v>1744</v>
       </c>
       <c r="C189" t="s">
         <v>1745</v>
       </c>
       <c r="D189" t="s">
         <v>1746</v>
       </c>
       <c r="E189" t="s">
         <v>1747</v>
       </c>
       <c r="F189" t="s">
         <v>1748</v>
       </c>
       <c r="G189" t="s">
         <v>1749</v>
       </c>
       <c r="H189" t="s">
         <v>1750</v>
       </c>
       <c r="I189" t="s">
         <v>1751</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
         <v>1752</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5545</v>
+        <v>5657</v>
       </c>
       <c r="B190" t="s">
         <v>1753</v>
       </c>
       <c r="C190" t="s">
         <v>1754</v>
       </c>
       <c r="D190" t="s">
         <v>1755</v>
       </c>
       <c r="E190" t="s">
         <v>1756</v>
       </c>
       <c r="F190" t="s">
         <v>1757</v>
       </c>
       <c r="G190" t="s">
         <v>1758</v>
       </c>
       <c r="H190" t="s">
         <v>1759</v>
       </c>
       <c r="I190" t="s">
         <v>1760</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5657</v>
+        <v>5733</v>
       </c>
       <c r="B191" t="s">
         <v>1762</v>
       </c>
       <c r="C191" t="s">
         <v>1763</v>
       </c>
       <c r="D191" t="s">
         <v>1764</v>
       </c>
       <c r="E191" t="s">
         <v>1765</v>
       </c>
       <c r="F191" t="s">
         <v>1766</v>
       </c>
       <c r="G191" t="s">
         <v>1767</v>
       </c>
       <c r="H191" t="s">
         <v>1768</v>
       </c>
       <c r="I191" t="s">
         <v>1769</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
         <v>1770</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5733</v>
+        <v>5787</v>
       </c>
       <c r="B192" t="s">
         <v>1771</v>
       </c>
       <c r="C192" t="s">
         <v>1772</v>
       </c>
       <c r="D192" t="s">
         <v>1773</v>
       </c>
       <c r="E192" t="s">
         <v>1774</v>
       </c>
       <c r="F192" t="s">
         <v>1775</v>
       </c>
       <c r="G192" t="s">
         <v>1776</v>
       </c>
       <c r="H192" t="s">
         <v>1777</v>
       </c>
       <c r="I192" t="s">
         <v>1778</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
         <v>1779</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5787</v>
+        <v>5792</v>
       </c>
       <c r="B193" t="s">
         <v>1780</v>
       </c>
       <c r="C193" t="s">
         <v>1781</v>
       </c>
       <c r="D193" t="s">
         <v>1782</v>
       </c>
       <c r="E193" t="s">
         <v>1783</v>
       </c>
       <c r="F193" t="s">
         <v>1784</v>
       </c>
       <c r="G193" t="s">
         <v>1785</v>
       </c>
       <c r="H193" t="s">
         <v>1786</v>
       </c>
       <c r="I193" t="s">
         <v>1787</v>
       </c>
       <c r="J193" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K193" t="s">
-        <v>139</v>
+        <v>371</v>
       </c>
       <c r="L193" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M193" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
         <v>1788</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5792</v>
+        <v>5794</v>
       </c>
       <c r="B194" t="s">
         <v>1789</v>
       </c>
       <c r="C194" t="s">
         <v>1790</v>
       </c>
       <c r="D194" t="s">
         <v>1791</v>
       </c>
       <c r="E194" t="s">
         <v>1792</v>
       </c>
       <c r="F194" t="s">
         <v>1793</v>
       </c>
       <c r="G194" t="s">
         <v>1794</v>
       </c>
       <c r="H194" t="s">
         <v>1795</v>
       </c>
       <c r="I194" t="s">
         <v>1796</v>
       </c>
       <c r="J194" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>371</v>
+        <v>139</v>
       </c>
       <c r="L194" t="s">
-        <v>372</v>
+        <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>373</v>
+        <v>140</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5794</v>
+        <v>5796</v>
       </c>
       <c r="B195" t="s">
         <v>1798</v>
       </c>
       <c r="C195" t="s">
         <v>1799</v>
       </c>
       <c r="D195" t="s">
         <v>1800</v>
       </c>
       <c r="E195" t="s">
         <v>1801</v>
       </c>
       <c r="F195" t="s">
         <v>1802</v>
       </c>
       <c r="G195" t="s">
         <v>1803</v>
       </c>
       <c r="H195" t="s">
         <v>1804</v>
       </c>
       <c r="I195" t="s">
         <v>1805</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>139</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>140</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5796</v>
+        <v>5798</v>
       </c>
       <c r="B196" t="s">
         <v>1807</v>
       </c>
       <c r="C196" t="s">
         <v>1808</v>
       </c>
       <c r="D196" t="s">
         <v>1809</v>
       </c>
       <c r="E196" t="s">
         <v>1810</v>
       </c>
       <c r="F196" t="s">
         <v>1811</v>
       </c>
       <c r="G196" t="s">
         <v>1812</v>
       </c>
       <c r="H196" t="s">
         <v>1813</v>
       </c>
       <c r="I196" t="s">
         <v>1814</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>139</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>140</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5798</v>
+        <v>5799</v>
       </c>
       <c r="B197" t="s">
         <v>1816</v>
       </c>
       <c r="C197" t="s">
         <v>1817</v>
       </c>
       <c r="D197" t="s">
         <v>1818</v>
       </c>
       <c r="E197" t="s">
         <v>1819</v>
       </c>
       <c r="F197" t="s">
         <v>1820</v>
       </c>
       <c r="G197" t="s">
         <v>1821</v>
       </c>
       <c r="H197" t="s">
         <v>1822</v>
       </c>
       <c r="I197" t="s">
         <v>1823</v>
       </c>
       <c r="J197" t="s">
-        <v>24</v>
+        <v>1280</v>
       </c>
       <c r="K197" t="s">
-        <v>139</v>
+        <v>690</v>
       </c>
       <c r="L197" t="s">
-        <v>26</v>
+        <v>1282</v>
       </c>
       <c r="M197" t="s">
-        <v>140</v>
+        <v>691</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
         <v>1824</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5799</v>
+        <v>5803</v>
       </c>
       <c r="B198" t="s">
         <v>1825</v>
       </c>
       <c r="C198" t="s">
         <v>1826</v>
       </c>
       <c r="D198" t="s">
         <v>1827</v>
       </c>
       <c r="E198" t="s">
         <v>1828</v>
       </c>
       <c r="F198" t="s">
         <v>1829</v>
       </c>
       <c r="G198" t="s">
         <v>1830</v>
       </c>
       <c r="H198" t="s">
         <v>1831</v>
       </c>
       <c r="I198" t="s">
         <v>1832</v>
       </c>
       <c r="J198" t="s">
-        <v>1289</v>
+        <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>690</v>
+        <v>25</v>
       </c>
       <c r="L198" t="s">
-        <v>1291</v>
+        <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>691</v>
+        <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5803</v>
+        <v>5805</v>
       </c>
       <c r="B199" t="s">
         <v>1834</v>
       </c>
       <c r="C199" t="s">
         <v>1835</v>
       </c>
       <c r="D199" t="s">
         <v>1836</v>
       </c>
       <c r="E199" t="s">
         <v>1837</v>
       </c>
       <c r="F199" t="s">
         <v>1838</v>
       </c>
       <c r="G199" t="s">
         <v>1839</v>
       </c>
       <c r="H199" t="s">
         <v>1840</v>
       </c>
       <c r="I199" t="s">
         <v>1841</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
         <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
         <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>1842</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5805</v>
+        <v>5808</v>
       </c>
       <c r="B200" t="s">
         <v>1843</v>
       </c>
       <c r="C200" t="s">
         <v>1844</v>
       </c>
       <c r="D200" t="s">
         <v>1845</v>
       </c>
       <c r="E200" t="s">
         <v>1846</v>
       </c>
       <c r="F200" t="s">
         <v>1847</v>
       </c>
       <c r="G200" t="s">
         <v>1848</v>
       </c>
       <c r="H200" t="s">
         <v>1849</v>
       </c>
       <c r="I200" t="s">
         <v>1850</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5808</v>
+        <v>5811</v>
       </c>
       <c r="B201" t="s">
         <v>1852</v>
       </c>
       <c r="C201" t="s">
         <v>1853</v>
       </c>
       <c r="D201" t="s">
         <v>1854</v>
       </c>
       <c r="E201" t="s">
         <v>1855</v>
       </c>
       <c r="F201" t="s">
         <v>1856</v>
       </c>
       <c r="G201" t="s">
         <v>1857</v>
       </c>
       <c r="H201" t="s">
         <v>1858</v>
       </c>
       <c r="I201" t="s">
         <v>1859</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
         <v>1860</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5811</v>
+        <v>5819</v>
       </c>
       <c r="B202" t="s">
         <v>1861</v>
       </c>
       <c r="C202" t="s">
         <v>1862</v>
       </c>
       <c r="D202" t="s">
         <v>1863</v>
       </c>
       <c r="E202" t="s">
         <v>1864</v>
       </c>
       <c r="F202" t="s">
         <v>1865</v>
       </c>
       <c r="G202" t="s">
         <v>1866</v>
       </c>
       <c r="H202" t="s">
         <v>1867</v>
       </c>
       <c r="I202" t="s">
         <v>1868</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5819</v>
+        <v>5830</v>
       </c>
       <c r="B203" t="s">
         <v>1870</v>
       </c>
       <c r="C203" t="s">
         <v>1871</v>
       </c>
       <c r="D203" t="s">
         <v>1872</v>
       </c>
       <c r="E203" t="s">
         <v>1873</v>
       </c>
       <c r="F203" t="s">
         <v>1874</v>
       </c>
       <c r="G203" t="s">
         <v>1875</v>
       </c>
       <c r="H203" t="s">
         <v>1876</v>
       </c>
       <c r="I203" t="s">
         <v>1877</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
         <v>1878</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5830</v>
+        <v>5866</v>
       </c>
       <c r="B204" t="s">
         <v>1879</v>
       </c>
       <c r="C204" t="s">
         <v>1880</v>
       </c>
       <c r="D204" t="s">
         <v>1881</v>
       </c>
       <c r="E204" t="s">
         <v>1882</v>
       </c>
       <c r="F204" t="s">
         <v>1883</v>
       </c>
       <c r="G204" t="s">
         <v>1884</v>
       </c>
       <c r="H204" t="s">
         <v>1885</v>
       </c>
       <c r="I204" t="s">
         <v>1886</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5866</v>
+        <v>5907</v>
       </c>
       <c r="B205" t="s">
         <v>1888</v>
       </c>
       <c r="C205" t="s">
         <v>1889</v>
       </c>
       <c r="D205" t="s">
         <v>1890</v>
       </c>
       <c r="E205" t="s">
         <v>1891</v>
       </c>
       <c r="F205" t="s">
         <v>1892</v>
       </c>
       <c r="G205" t="s">
         <v>1893</v>
       </c>
       <c r="H205" t="s">
         <v>1894</v>
       </c>
       <c r="I205" t="s">
         <v>1895</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1896</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5907</v>
+        <v>5913</v>
       </c>
       <c r="B206" t="s">
         <v>1897</v>
       </c>
       <c r="C206" t="s">
         <v>1898</v>
       </c>
       <c r="D206" t="s">
         <v>1899</v>
       </c>
       <c r="E206" t="s">
         <v>1900</v>
       </c>
       <c r="F206" t="s">
         <v>1901</v>
       </c>
       <c r="G206" t="s">
         <v>1902</v>
       </c>
       <c r="H206" t="s">
         <v>1903</v>
       </c>
       <c r="I206" t="s">
         <v>1904</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5913</v>
+        <v>5927</v>
       </c>
       <c r="B207" t="s">
         <v>1906</v>
       </c>
       <c r="C207" t="s">
         <v>1907</v>
       </c>
       <c r="D207" t="s">
         <v>1908</v>
       </c>
       <c r="E207" t="s">
         <v>1909</v>
       </c>
       <c r="F207" t="s">
         <v>1910</v>
       </c>
       <c r="G207" t="s">
         <v>1911</v>
       </c>
       <c r="H207" t="s">
         <v>1912</v>
       </c>
       <c r="I207" t="s">
         <v>1913</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>47</v>
+        <v>885</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>48</v>
+        <v>886</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
         <v>1914</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5927</v>
+        <v>5928</v>
       </c>
       <c r="B208" t="s">
         <v>1915</v>
       </c>
       <c r="C208" t="s">
         <v>1916</v>
       </c>
       <c r="D208" t="s">
         <v>1917</v>
       </c>
       <c r="E208" t="s">
         <v>1918</v>
       </c>
       <c r="F208" t="s">
         <v>1919</v>
       </c>
       <c r="G208" t="s">
         <v>1920</v>
       </c>
       <c r="H208" t="s">
         <v>1921</v>
       </c>
       <c r="I208" t="s">
         <v>1922</v>
       </c>
       <c r="J208" t="s">
-        <v>24</v>
+        <v>1923</v>
       </c>
       <c r="K208" t="s">
-        <v>885</v>
+        <v>1924</v>
       </c>
       <c r="L208" t="s">
-        <v>26</v>
+        <v>1925</v>
       </c>
       <c r="M208" t="s">
-        <v>886</v>
+        <v>1926</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5928</v>
+        <v>5931</v>
       </c>
       <c r="B209" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="C209" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="D209" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
       <c r="E209" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
       <c r="F209" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="G209" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="H209" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="I209" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="J209" t="s">
-        <v>1932</v>
+        <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>1933</v>
+        <v>25</v>
       </c>
       <c r="L209" t="s">
-        <v>1934</v>
+        <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>1935</v>
+        <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
         <v>1936</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5931</v>
+        <v>5932</v>
       </c>
       <c r="B210" t="s">
         <v>1937</v>
       </c>
       <c r="C210" t="s">
         <v>1938</v>
       </c>
       <c r="D210" t="s">
         <v>1939</v>
       </c>
       <c r="E210" t="s">
         <v>1940</v>
       </c>
       <c r="F210" t="s">
         <v>1941</v>
       </c>
       <c r="G210" t="s">
         <v>1942</v>
       </c>
       <c r="H210" t="s">
         <v>1943</v>
       </c>
       <c r="I210" t="s">
         <v>1944</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5932</v>
+        <v>5934</v>
       </c>
       <c r="B211" t="s">
         <v>1946</v>
       </c>
       <c r="C211" t="s">
         <v>1947</v>
       </c>
       <c r="D211" t="s">
         <v>1948</v>
       </c>
       <c r="E211" t="s">
         <v>1949</v>
       </c>
       <c r="F211" t="s">
         <v>1950</v>
       </c>
       <c r="G211" t="s">
         <v>1951</v>
       </c>
       <c r="H211" t="s">
         <v>1952</v>
       </c>
       <c r="I211" t="s">
         <v>1953</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
         <v>139</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
         <v>140</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5934</v>
+        <v>5953</v>
       </c>
       <c r="B212" t="s">
         <v>1955</v>
       </c>
       <c r="C212" t="s">
         <v>1956</v>
       </c>
       <c r="D212" t="s">
         <v>1957</v>
       </c>
       <c r="E212" t="s">
         <v>1958</v>
       </c>
       <c r="F212" t="s">
         <v>1959</v>
       </c>
       <c r="G212" t="s">
         <v>1960</v>
       </c>
       <c r="H212" t="s">
         <v>1961</v>
       </c>
       <c r="I212" t="s">
         <v>1962</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5953</v>
+        <v>5981</v>
       </c>
       <c r="B213" t="s">
         <v>1964</v>
       </c>
       <c r="C213" t="s">
         <v>1965</v>
       </c>
       <c r="D213" t="s">
         <v>1966</v>
       </c>
       <c r="E213" t="s">
         <v>1967</v>
       </c>
       <c r="F213" t="s">
         <v>1968</v>
       </c>
       <c r="G213" t="s">
         <v>1969</v>
       </c>
       <c r="H213" t="s">
         <v>1970</v>
       </c>
       <c r="I213" t="s">
         <v>1971</v>
       </c>
       <c r="J213" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K213" t="s">
-        <v>25</v>
+        <v>1972</v>
       </c>
       <c r="L213" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M213" t="s">
-        <v>27</v>
+        <v>1973</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5981</v>
+        <v>5986</v>
       </c>
       <c r="B214" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="C214" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="D214" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="E214" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="F214" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="G214" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="H214" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="I214" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="J214" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1981</v>
+        <v>139</v>
       </c>
       <c r="L214" t="s">
-        <v>372</v>
+        <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>1982</v>
+        <v>140</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5986</v>
+        <v>5989</v>
       </c>
       <c r="B215" t="s">
         <v>1984</v>
       </c>
       <c r="C215" t="s">
         <v>1985</v>
       </c>
       <c r="D215" t="s">
         <v>1986</v>
       </c>
       <c r="E215" t="s">
         <v>1987</v>
       </c>
       <c r="F215" t="s">
         <v>1988</v>
       </c>
       <c r="G215" t="s">
         <v>1989</v>
       </c>
       <c r="H215" t="s">
         <v>1990</v>
       </c>
       <c r="I215" t="s">
         <v>1991</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>139</v>
+        <v>1394</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>140</v>
+        <v>1395</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5989</v>
+        <v>6021</v>
       </c>
       <c r="B216" t="s">
         <v>1993</v>
       </c>
       <c r="C216" t="s">
         <v>1994</v>
       </c>
       <c r="D216" t="s">
         <v>1995</v>
       </c>
       <c r="E216" t="s">
         <v>1996</v>
       </c>
       <c r="F216" t="s">
         <v>1997</v>
       </c>
       <c r="G216" t="s">
         <v>1998</v>
       </c>
       <c r="H216" t="s">
         <v>1999</v>
       </c>
       <c r="I216" t="s">
         <v>2000</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1403</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>1404</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>6021</v>
+        <v>6082</v>
       </c>
       <c r="B217" t="s">
         <v>2002</v>
       </c>
       <c r="C217" t="s">
         <v>2003</v>
       </c>
       <c r="D217" t="s">
         <v>2004</v>
       </c>
       <c r="E217" t="s">
         <v>2005</v>
       </c>
       <c r="F217" t="s">
         <v>2006</v>
       </c>
       <c r="G217" t="s">
         <v>2007</v>
       </c>
       <c r="H217" t="s">
         <v>2008</v>
       </c>
       <c r="I217" t="s">
         <v>2009</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>25</v>
+        <v>2010</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>27</v>
+        <v>2011</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>6082</v>
+        <v>6112</v>
       </c>
       <c r="B218" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C218" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="D218" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E218" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="F218" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G218" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H218" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I218" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>2019</v>
+        <v>139</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>2020</v>
+        <v>140</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>6112</v>
+        <v>6180</v>
       </c>
       <c r="B219" t="s">
         <v>2022</v>
       </c>
       <c r="C219" t="s">
         <v>2023</v>
       </c>
       <c r="D219" t="s">
         <v>2024</v>
       </c>
       <c r="E219" t="s">
         <v>2025</v>
       </c>
       <c r="F219" t="s">
         <v>2026</v>
       </c>
       <c r="G219" t="s">
         <v>2027</v>
       </c>
       <c r="H219" t="s">
         <v>2028</v>
       </c>
       <c r="I219" t="s">
         <v>2029</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2030</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>6180</v>
+        <v>6203</v>
       </c>
       <c r="B220" t="s">
         <v>2031</v>
       </c>
       <c r="C220" t="s">
         <v>2032</v>
       </c>
       <c r="D220" t="s">
         <v>2033</v>
       </c>
       <c r="E220" t="s">
         <v>2034</v>
       </c>
       <c r="F220" t="s">
         <v>2035</v>
       </c>
       <c r="G220" t="s">
         <v>2036</v>
       </c>
       <c r="H220" t="s">
         <v>2037</v>
       </c>
       <c r="I220" t="s">
         <v>2038</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2039</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>6203</v>
+        <v>6208</v>
       </c>
       <c r="B221" t="s">
         <v>2040</v>
       </c>
       <c r="C221" t="s">
         <v>2041</v>
       </c>
       <c r="D221" t="s">
         <v>2042</v>
       </c>
       <c r="E221" t="s">
         <v>2043</v>
       </c>
       <c r="F221" t="s">
         <v>2044</v>
       </c>
       <c r="G221" t="s">
         <v>2045</v>
       </c>
       <c r="H221" t="s">
         <v>2046</v>
       </c>
       <c r="I221" t="s">
         <v>2047</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>139</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>140</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2048</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>6208</v>
+        <v>6211</v>
       </c>
       <c r="B222" t="s">
         <v>2049</v>
       </c>
       <c r="C222" t="s">
         <v>2050</v>
       </c>
       <c r="D222" t="s">
         <v>2051</v>
       </c>
       <c r="E222" t="s">
         <v>2052</v>
       </c>
       <c r="F222" t="s">
         <v>2053</v>
       </c>
       <c r="G222" t="s">
         <v>2054</v>
       </c>
       <c r="H222" t="s">
         <v>2055</v>
       </c>
       <c r="I222" t="s">
         <v>2056</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>139</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>140</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>6211</v>
+        <v>6254</v>
       </c>
       <c r="B223" t="s">
         <v>2058</v>
       </c>
       <c r="C223" t="s">
         <v>2059</v>
       </c>
       <c r="D223" t="s">
         <v>2060</v>
       </c>
       <c r="E223" t="s">
         <v>2061</v>
       </c>
       <c r="F223" t="s">
         <v>2062</v>
       </c>
       <c r="G223" t="s">
         <v>2063</v>
       </c>
       <c r="H223" t="s">
         <v>2064</v>
       </c>
       <c r="I223" t="s">
         <v>2065</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>139</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>140</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>2066</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>6254</v>
+        <v>6255</v>
       </c>
       <c r="B224" t="s">
         <v>2067</v>
       </c>
       <c r="C224" t="s">
         <v>2068</v>
       </c>
       <c r="D224" t="s">
         <v>2069</v>
       </c>
       <c r="E224" t="s">
         <v>2070</v>
       </c>
       <c r="F224" t="s">
         <v>2071</v>
       </c>
       <c r="G224" t="s">
         <v>2072</v>
       </c>
       <c r="H224" t="s">
         <v>2073</v>
       </c>
       <c r="I224" t="s">
         <v>2074</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>139</v>
+        <v>2075</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>140</v>
+        <v>2076</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>6255</v>
+        <v>6258</v>
       </c>
       <c r="B225" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="C225" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="D225" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="E225" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="F225" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="G225" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="H225" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="I225" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>2084</v>
+        <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>2085</v>
+        <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2086</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>6258</v>
+        <v>6259</v>
       </c>
       <c r="B226" t="s">
         <v>2087</v>
       </c>
       <c r="C226" t="s">
         <v>2088</v>
       </c>
       <c r="D226" t="s">
         <v>2089</v>
       </c>
       <c r="E226" t="s">
         <v>2090</v>
       </c>
       <c r="F226" t="s">
         <v>2091</v>
       </c>
       <c r="G226" t="s">
         <v>2092</v>
       </c>
       <c r="H226" t="s">
         <v>2093</v>
       </c>
       <c r="I226" t="s">
         <v>2094</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>6259</v>
+        <v>6261</v>
       </c>
       <c r="B227" t="s">
         <v>2096</v>
       </c>
       <c r="C227" t="s">
         <v>2097</v>
       </c>
       <c r="D227" t="s">
         <v>2098</v>
       </c>
       <c r="E227" t="s">
         <v>2099</v>
       </c>
       <c r="F227" t="s">
         <v>2100</v>
       </c>
       <c r="G227" t="s">
         <v>2101</v>
       </c>
       <c r="H227" t="s">
         <v>2102</v>
       </c>
       <c r="I227" t="s">
         <v>2103</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>139</v>
+        <v>47</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>140</v>
+        <v>48</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2104</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>6261</v>
+        <v>6263</v>
       </c>
       <c r="B228" t="s">
         <v>2105</v>
       </c>
       <c r="C228" t="s">
         <v>2106</v>
       </c>
       <c r="D228" t="s">
         <v>2107</v>
       </c>
       <c r="E228" t="s">
         <v>2108</v>
       </c>
       <c r="F228" t="s">
         <v>2109</v>
       </c>
       <c r="G228" t="s">
         <v>2110</v>
       </c>
       <c r="H228" t="s">
         <v>2111</v>
       </c>
       <c r="I228" t="s">
         <v>2112</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>6263</v>
+        <v>6272</v>
       </c>
       <c r="B229" t="s">
         <v>2114</v>
       </c>
       <c r="C229" t="s">
         <v>2115</v>
       </c>
       <c r="D229" t="s">
         <v>2116</v>
       </c>
       <c r="E229" t="s">
         <v>2117</v>
       </c>
       <c r="F229" t="s">
         <v>2118</v>
       </c>
       <c r="G229" t="s">
         <v>2119</v>
       </c>
       <c r="H229" t="s">
         <v>2120</v>
       </c>
       <c r="I229" t="s">
         <v>2121</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>139</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>140</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>6272</v>
+        <v>6274</v>
       </c>
       <c r="B230" t="s">
         <v>2123</v>
       </c>
       <c r="C230" t="s">
         <v>2124</v>
       </c>
       <c r="D230" t="s">
         <v>2125</v>
       </c>
       <c r="E230" t="s">
         <v>2126</v>
       </c>
       <c r="F230" t="s">
         <v>2127</v>
       </c>
       <c r="G230" t="s">
         <v>2128</v>
       </c>
       <c r="H230" t="s">
         <v>2129</v>
       </c>
       <c r="I230" t="s">
         <v>2130</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
         <v>2131</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>6274</v>
+        <v>6275</v>
       </c>
       <c r="B231" t="s">
         <v>2132</v>
       </c>
       <c r="C231" t="s">
         <v>2133</v>
       </c>
       <c r="D231" t="s">
         <v>2134</v>
       </c>
       <c r="E231" t="s">
         <v>2135</v>
       </c>
       <c r="F231" t="s">
         <v>2136</v>
       </c>
       <c r="G231" t="s">
         <v>2137</v>
       </c>
       <c r="H231" t="s">
         <v>2138</v>
       </c>
       <c r="I231" t="s">
         <v>2139</v>
       </c>
       <c r="J231" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="K231" t="s">
-        <v>25</v>
+        <v>1311</v>
       </c>
       <c r="L231" t="s">
-        <v>26</v>
+        <v>372</v>
       </c>
       <c r="M231" t="s">
-        <v>27</v>
+        <v>1312</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
         <v>2140</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>6275</v>
+        <v>6327</v>
       </c>
       <c r="B232" t="s">
         <v>2141</v>
       </c>
       <c r="C232" t="s">
         <v>2142</v>
       </c>
       <c r="D232" t="s">
         <v>2143</v>
       </c>
       <c r="E232" t="s">
         <v>2144</v>
       </c>
       <c r="F232" t="s">
         <v>2145</v>
       </c>
       <c r="G232" t="s">
         <v>2146</v>
       </c>
       <c r="H232" t="s">
         <v>2147</v>
       </c>
       <c r="I232" t="s">
         <v>2148</v>
       </c>
       <c r="J232" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>1320</v>
+        <v>47</v>
       </c>
       <c r="L232" t="s">
-        <v>372</v>
+        <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>1321</v>
+        <v>48</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
         <v>2149</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>6327</v>
+        <v>6337</v>
       </c>
       <c r="B233" t="s">
         <v>2150</v>
       </c>
       <c r="C233" t="s">
         <v>2151</v>
       </c>
       <c r="D233" t="s">
         <v>2152</v>
       </c>
       <c r="E233" t="s">
         <v>2153</v>
       </c>
       <c r="F233" t="s">
         <v>2154</v>
       </c>
       <c r="G233" t="s">
         <v>2155</v>
       </c>
       <c r="H233" t="s">
         <v>2156</v>
       </c>
       <c r="I233" t="s">
         <v>2157</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>47</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>48</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>6337</v>
+        <v>6389</v>
       </c>
       <c r="B234" t="s">
         <v>2159</v>
       </c>
       <c r="C234" t="s">
         <v>2160</v>
       </c>
       <c r="D234" t="s">
         <v>2161</v>
       </c>
       <c r="E234" t="s">
         <v>2162</v>
       </c>
       <c r="F234" t="s">
         <v>2163</v>
       </c>
       <c r="G234" t="s">
         <v>2164</v>
       </c>
       <c r="H234" t="s">
         <v>2165</v>
       </c>
       <c r="I234" t="s">
         <v>2166</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
         <v>2167</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
         <v>6460</v>
       </c>
       <c r="B235" t="s">
         <v>2168</v>
       </c>
       <c r="C235" t="s">
         <v>2169</v>
       </c>
       <c r="D235" t="s">
         <v>2170</v>
       </c>
       <c r="E235" t="s">
         <v>2171</v>
       </c>
       <c r="F235" t="s">
@@ -24941,57 +24948,57 @@
       <c r="B242" t="s">
         <v>2233</v>
       </c>
       <c r="C242" t="s">
         <v>2234</v>
       </c>
       <c r="D242" t="s">
         <v>2235</v>
       </c>
       <c r="E242" t="s">
         <v>2236</v>
       </c>
       <c r="F242" t="s">
         <v>2237</v>
       </c>
       <c r="G242" t="s">
         <v>2238</v>
       </c>
       <c r="H242" t="s">
         <v>2239</v>
       </c>
       <c r="I242" t="s">
         <v>2240</v>
       </c>
       <c r="J242" t="s">
-        <v>1289</v>
+        <v>1280</v>
       </c>
       <c r="K242" t="s">
         <v>139</v>
       </c>
       <c r="L242" t="s">
-        <v>1291</v>
+        <v>1282</v>
       </c>
       <c r="M242" t="s">
         <v>140</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
         <v>8402</v>
       </c>
       <c r="B243" t="s">
         <v>2242</v>
       </c>
       <c r="C243" t="s">
         <v>2243</v>
       </c>
       <c r="D243" t="s">
         <v>2244</v>
       </c>
       <c r="E243" t="s">
@@ -28046,57 +28053,57 @@
       <c r="C308" t="s">
         <v>2852</v>
       </c>
       <c r="D308" t="s">
         <v>2853</v>
       </c>
       <c r="E308" t="s">
         <v>2854</v>
       </c>
       <c r="F308" t="s">
         <v>2855</v>
       </c>
       <c r="G308" t="s">
         <v>2856</v>
       </c>
       <c r="H308" t="s">
         <v>2857</v>
       </c>
       <c r="I308" t="s">
         <v>2858</v>
       </c>
       <c r="J308" t="s">
         <v>370</v>
       </c>
       <c r="K308" t="s">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="L308" t="s">
         <v>372</v>
       </c>
       <c r="M308" t="s">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
         <v>2859</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
         <v>65035</v>
       </c>
       <c r="B309" t="s">
         <v>2860</v>
       </c>
       <c r="C309" t="s">
         <v>2861</v>
       </c>
       <c r="D309" t="s">
         <v>2862</v>
       </c>
       <c r="E309" t="s">
         <v>2863</v>
       </c>
       <c r="F309" t="s">
@@ -28328,57 +28335,57 @@
       <c r="C314" t="s">
         <v>2906</v>
       </c>
       <c r="D314" t="s">
         <v>2907</v>
       </c>
       <c r="E314" t="s">
         <v>2908</v>
       </c>
       <c r="F314" t="s">
         <v>2909</v>
       </c>
       <c r="G314" t="s">
         <v>2910</v>
       </c>
       <c r="H314" t="s">
         <v>2911</v>
       </c>
       <c r="I314" t="s">
         <v>2912</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>1320</v>
+        <v>1311</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>1321</v>
+        <v>1312</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
         <v>2913</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
         <v>65043</v>
       </c>
       <c r="B315" t="s">
         <v>2914</v>
       </c>
       <c r="C315" t="s">
         <v>2915</v>
       </c>
       <c r="D315" t="s">
         <v>2916</v>
       </c>
       <c r="E315" t="s">
         <v>2917</v>
       </c>
       <c r="F315" t="s">
@@ -28845,57 +28852,57 @@
       <c r="C325" t="s">
         <v>3009</v>
       </c>
       <c r="D325" t="s">
         <v>3010</v>
       </c>
       <c r="E325" t="s">
         <v>3011</v>
       </c>
       <c r="F325" t="s">
         <v>3012</v>
       </c>
       <c r="G325" t="s">
         <v>3013</v>
       </c>
       <c r="H325" t="s">
         <v>3014</v>
       </c>
       <c r="I325" t="s">
         <v>3015</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
         <v>3016</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
         <v>65057</v>
       </c>
       <c r="B326" t="s">
         <v>3017</v>
       </c>
       <c r="C326" t="s">
         <v>3018</v>
       </c>
       <c r="D326" t="s">
         <v>3019</v>
       </c>
       <c r="E326" t="s">
         <v>3020</v>
       </c>
       <c r="F326" t="s">
@@ -29080,57 +29087,57 @@
       <c r="C330" t="s">
         <v>3054</v>
       </c>
       <c r="D330" t="s">
         <v>3055</v>
       </c>
       <c r="E330" t="s">
         <v>3056</v>
       </c>
       <c r="F330" t="s">
         <v>3057</v>
       </c>
       <c r="G330" t="s">
         <v>3058</v>
       </c>
       <c r="H330" t="s">
         <v>3059</v>
       </c>
       <c r="I330" t="s">
         <v>3060</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>1320</v>
+        <v>1311</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>1321</v>
+        <v>1312</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
         <v>3061</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
         <v>65063</v>
       </c>
       <c r="B331" t="s">
         <v>3062</v>
       </c>
       <c r="C331" t="s">
         <v>3063</v>
       </c>
       <c r="D331" t="s">
         <v>3064</v>
       </c>
       <c r="E331" t="s">
         <v>3065</v>
       </c>
       <c r="F331" t="s">
@@ -29785,57 +29792,57 @@
       <c r="C345" t="s">
         <v>3191</v>
       </c>
       <c r="D345" t="s">
         <v>3192</v>
       </c>
       <c r="E345" t="s">
         <v>3193</v>
       </c>
       <c r="F345" t="s">
         <v>3194</v>
       </c>
       <c r="G345" t="s">
         <v>3195</v>
       </c>
       <c r="H345" t="s">
         <v>3196</v>
       </c>
       <c r="I345" t="s">
         <v>3197</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
         <v>3198</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
         <v>65086</v>
       </c>
       <c r="B346" t="s">
         <v>3199</v>
       </c>
       <c r="C346" t="s">
         <v>3200</v>
       </c>
       <c r="D346" t="s">
         <v>3201</v>
       </c>
       <c r="E346" t="s">
         <v>3202</v>
       </c>
       <c r="F346" t="s">