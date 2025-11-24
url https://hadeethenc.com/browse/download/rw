--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,2887 +12,2890 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4760">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Kinyarwanda
 # Source: https://hadeethenc.com/rw
-# Last update: 2025-06-21 15:23:24 (v1.17.0)
-# Check for updates: https://hadeethenc.com/en/check/rw/v1.17.0
+# Last update: 2025-11-12 00:14:58 (v1.20.0)
+# Check for updates: https://hadeethenc.com/en/check/rw/v1.20.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً</t>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
   </si>
   <si>
     <t>Ukwezi kwa Ramadhan nikugera, uzakore umutambagiro muto (Umrat), kubera ko kuwukora muri uko  kwezi bingana no gukora umutambagiro mukuru (Hidjat)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Abass (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajije umugore umwe wo mu basangwa b'i Madinat (Answar), Ibun Abass yavuze izina rye ariko nararyibagiwe, iti: "Ni iki cyakubujije kujyana natwe mu mutambagiro mutagatifu? Wa mugore arayisubiza ati: Dufite indogobe  ebyiri; se w'abana n'umuhungu we batwaye imwe, badusigira imwe yo kwifashisha no kuzana amazi! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: "Ukwezi kwa Ramadhan nikugera, uzakore umutambagiro muto (Umrat), kubera ko kuwukora muri uko  kwezi bingana no gukora umutambagiro mukuru (Hidjat)."</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
     <t>Ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ivuye mu mutambagiro wayo wa nyuma yakoze, yabajije umwe mu bagore bo mu basangwa b'i Madinat (Answar), impamvu atakoranye nabo umutambagiro mutagatifu igira iti: Ni iki cyakubujije gukorana natwe umutambagiro mutagatifu?
 Nuko wa mugore ayiseguraho ayibwira ko bafite ingamiya ebyiri gusa, imwe yatwawe n'umugabo we n'umuhungu wabo, indi bayisigaranye kugira ngo bajye bayifashisha mu kuvoma amazi mu iriba;
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira ko gukora umutambagiro muto (Umrat) mu kwezi kwa Ramadhan, ibihembo byabyo bingana no gukora umutambagiro mukuru (Hidjat).</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
     <t>Agaciro ko gukora umutambagiro muto wa Umrat mu kwezi kwa Ramadwan.
 Gukora umutambagiro wa Umrat mu kwezi kwa Ramadhan, ibihembo byabyo bingana no gukora uwa Hidjat, ariko ntibisimbura itegeko ryo gukora Hidjat.
 Ibihembo by'ibikorwa biriyongera kubera agaciro k'ibihe bikorewemo; no muri byo harimo ukwezi kwa Ramadhan.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Hadithi y'impamo]</t>
   </si>
   <si>
     <t>[Yemeranyijweho na Bukhari na Muslim]</t>
   </si>
   <si>
     <t>rw</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2753</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>Uzakora umutambagiro (Hadj), akirinda imvugo mbi n'ibindi bikorwa bibi, agaruka mu be ameze nk'umunsi Nyina yamubyayeho (nta cyaha afite)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kuri Abi Hurayirat (Imana imwishimire) yaravuze ati: "Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: "Uzakora umutambagiro (Hadj), akirinda imvugo mbi n'ibindi bikorwa bibi, agaruka mu be ameze nk'umunsi Nyina yamubyayeho (nta cyaha afite)."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu ukoze umutambagiro mutagatifu kubera Allah Nyir'ubutagatifu, akirinda kuba yakora ibizirirjwe mu mutambagiro, birimo imibonano mpuzabitsina n'ibiyibanziriza nko gusomana, no gukorakoranaho, cyangwa se amagambo mabi n'izindi mvugo mbi, akora ibyaha. No mu bikorwa bibi harimo gukora ibyo ubujijwe wamaze kugira umugambi wo gukora umutambagiro mutagatifu, icyo gihe ukubuka mu mutambagiro wakoze wababariwe ibyaha, nkuko umwana avuka nta cyaha kimurangwaho.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Ibikorwa bibi n'ubwo bibujijwe ibihe byose, ariko birushaho kuba ikizira mu gihe cy'umutambagiro mutagatifu kubera kubaha ibikorwa n'imihango bikorerwa mu mutambagiro mutagatifu.
 Umuntu avuka nta byaha afite, ari umuziranenge, bityo ntiyikorera ibyaha by'undi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2758</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ</t>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>Yewe Ntumwa y'Imana! Turabona guharanira inzira y'Imana (Djihad) ari cyo gikorwa cyiza kuruta ibindi; ese natwe tujye tujya guharanira inzira y'Imana? Intumwa y'Imana iramusubiza iti: Oya! Mufite Djihadi iziruta: Gukora umutambagiro ukemerwa</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana (Imana imwishimire) yavuze ko yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: Yewe Ntumwa y'Imana! Turabona guharanira inzira y'Imana (Djihad) ari cyo gikorwa cyiza kuruta ibindi; ese natwe tujye tujya guharanira inzira y'Imana? Intumwa y'Imana iramusubiza iti: Oya! Mufite Djihadi iziruta: Gukora umutambagiro ukemerwa."</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
     <t>Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) babonaga kurwana mu nzira ya Allah mu nzira y'Imana (Djihadi), no kurwanya abanzi ari bimwe mu bikorwa byiza kuruta ibindi, Nuko Aishat (Imana imwishimire) abaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) niba nabo bajya bajyana n'abandi ku rugamba?
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibereka kurwana uharanira inzira ya Allah byiza kuri bo ko ari ugukora umutambagiro mutagatifu mukuru wemewe, uhuje na Qur'an na Sunat, utarimo ibyaha no gukorera ijisho.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>Guharanira inzira ya Allah ni kimwe mu bikorwa byiza kuruta ibindi by'umwihariko ku bagabo.
 Umutambagiro mutagatifu mukuru (Hidjat) ku bagore uruta kurwana uharanira inzira ya Allah (Djihad), ndetse ni na kimwe mu bikorwa byiza biruta ibindi kuri bo.
 Ibikorwa birarutanwa ndetse ntibiri ku rwego rumwe bitewe n'ubikoze.
 Umutambagiro wiswe ko ari uguharanira inzira ya Allah (Djihadi), kubera ko urimo no guhatana n'umutima, ndetse no kwitanga mu mitungo, n'imbaraga z'umubiri; bityo ni igikorwa cyo kwiyegereza Allah gikorwa n'umubiri, n'umutungo kimwe no guharanira inzira ya Allah.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[Yakiriwe na Bukhari]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2759</t>
   </si>
   <si>
-    <t>يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ</t>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>Yewe Abas, yewe se wabo w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ujya usaba Allah ubuzima bwiza hano ku isi no ku munsi w'imperuka</t>
   </si>
   <si>
     <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Al Abass Ibun Al Mutwalib (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Nyigisha ukuntu nazajya nsaba Allah Nyir'ubutagatifu, nyigisha icyo nzajya nsaba Allah Nyir'ubutagatifu, nuko irambwira iti: "Yewe Abas, yewe se wabo w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ujya usaba Allah ubuzima bwiza hano ku isi no ku munsi w'imperuka."</t>
   </si>
   <si>
     <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Se wabo w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ariwe Al Abas Ibun Abdul Mutwalib (Imana imwishimire) yayisabye kumwigisha) yazajya asaba Allah Nyir'ubutagatifu, nuko imwigisha ko yazajya asaba Allah ubuzima n'amahoro no kumurinda  inenge mu dini, hano ku isi no ku munsi w'imperuka. Al Abas yaravuze ati: Nyuma yaho nasubiye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) ku yindi nshuro, nongera kuyisaba ko inyigisha ubusabe nasaba Allah, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusubiza ibimukundisha igira iti: Yewe Abas! Yewe sewabo w'Intumwa y'Imana, jya usaba Allah ubuzima bwiza kugira ngo akurinde ikibi anaguhe ibyiza bifite umumaro hano ku isi no ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
 بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
 حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasubiriyemo Al Abas igisubizo kimwe ubwo yari yongeye kubimubaza ku nshuro ya kabiri mu rwego rwo kugaragaza ko ubuzima bwiza ari cyo cyiza umugaragu yasaba Nyagasani we.
 Kugaragaza agaciro ko kugira ubuzima bwiza, kandi ko ari ryo shingiro ry'ibyiza byose hano ku isi no ku munsi w'imperuka.
 Uburyo abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bari bashishikajwe no kongera ubumenyi ndetse n'ibindi byiza.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[Hadithi yagizwe impamo n'abandi bayakiriye mu zindi mpererekane]</t>
   </si>
   <si>
     <t>[Yakiriwe na Tirmidhi na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2932</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>Ese mbabwire ibyaha bikuru kuruta ibindi</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Bak'rat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarabajije iti: "Ese mbabwire ibyaha bikuru kuruta ibindi?" Ibibabaza inshuro eshatu; barayisubiza bati: Yego yewe Ntumwa y'Imana! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: "Ni ukubangikanya Imana, no gusuzugura ababyeyi!" Yari yegamye maze ireguka iricara, maze iravuga iti: "No kuvuga imvugo z'ikinyoma!" Yakomeje kubisubiramo kugeza ubwo tuvuga tuti: Iyaba yari icecetse!</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragariza abasangirangendo bayo ibyaha bihambaye kuruta ibindi, maze ivuga ibi bitatu:
 1-Kubangikanya Imana: Ari byo bisobanuye gufata bumwe mu bwoko bw'amasengesho ukabukorera undi utari Allah, cyangwa se gufata ikindi ukakinganya na Allah mu kuba ari we Mana yonyine ikwiye guharirwa amasengesho, n'ibikorwa byayo yihariye bidakorwa n'undi uwo ari we wese, ndetse no kuba ari we Mana yonyine mu mazina yayo yihariye n'ibisingizo byayo.
 2-Gusuzugura ababyeyi: Ni ukubakorera icyo ari cyo cyose cyababangamira, cyaba mu mvugo cyangwa se ibikorwa, no kureka kubakorera ineza ubagomba.
 3. Ni ukuvuga ibinyoma, harimo no kubihamya: Bikaba ari buri mvugo mpimbano y'ikinyoma umuntu avuga agamije gutesha agaciro uwo ari kuvuga kugira ngo atware umutungo we, cyangwa se amuhemukire ku cyubahiro cye cyangwa se n'ibindi.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasubiyemo kenshi iri jambo rigira riti no kuvuga ibinyoma, igamije kuburira abantu kureka kuvuga amagambo y'ibinyoma, no kubagaragariza ko ari ibibi ndetse n'ingaruka zabyo mbi ku muryango mugari, kugeza ubwo abasangirangendo bavuze bati: Iyaba yari icecetse, mu rwego rwo kuyigirira impuhwe, no kutishimira ibyayibangamira.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Icyaha gihambaye kuruta ibindi ni ukubangikanya Allah, kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagishyize imbere y'ibindi byaha byose ndengakamere, ibi nabyo bigashimangirwa n'imvugo ya Allah Nyir'ubutagatifu igira iti: {Mu by’ukuri, Allah ntababarira icyaha cyo kumubangikanya, ahubwo ababarira (ibindi) bitari icyo k’uwo ashaka...} [A-Nisa'u: 48]
 Ubuhambare bw'uburenganzira bw'ababyeyi bombi, aho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabuhuje n'uburenganzira bwa Allah Nyir'ubutagatifu.
 Ibyaha birimo amoko abiri: Hari ibikuru n'ibito; ibikuru ni icyo ari cyo cyose mu byaha cyateganyirijwe igihano ku isi nk'ibihano mpanabyaha cyangwa se umuvumo cyangwa se isezerano ku munsi w'imperuka ryo kuzajya mu muriro. Kandi ko ibyaha bikuru birutanwa, bimwe muri byo birakomeye kuruta ibindi ku bijyanye n'uko biziririjwe, naho ibyaha bito ni ibyaha bitari ibikuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah Nyir'ubutagatifu ababuza kurahira ku babyeyi banyu</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Umar Ibun Al Khatwab (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri Allah Nyir'ubutagatifu ababuza kurahira ku babyeyi banyu, Umar yaravuze ati: Ndahiye ku izina rya Allah ko ntongeye kubarahiriraho kuva nakumva Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibibuza naba mbigambiriye cyangwa se mbara inkuru z'uwarahiye muri ubwo buryo."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko Allah Nyir'ubutagatifu yabujije kurahira ku babyeyi, bityo uzashaka kurahira ntazagire undi arahiriraho uretse Allah, ntazanarahirire ku wundi utari Allah. Umar Ibun Al Khatwab (Imana imwishimire) arangije avuga ko kuva akimara kumva ibyo ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) atongeye kurahirira ku kindi kitari Allah.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>Ni ikizira kurahirira ku kindi kitari Allah, aha yavuze ku kurahirira ku babyeyi by'umwihariko, kubera ko biri mu byari bisanzwe bikorwa n'abantu bo mu gihe cy'ubujiji.
 Kurahira ni ukurahirira kuri Allah cyangwa se ku mazina ye cyangwa se ku bisingizo bye ku kintu icyo ari cyo cyose ugamije kugishimangira.
 Agaciro ka Umar (Imana imwishimire) aho yihutiye gushyira mu bikorwa, no gusobanukirwa neza n'uburyo yitwararikaga</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ</t>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
   </si>
   <si>
     <t>Ko umugore umwe yagaragaye yapfuye  muri zimwe mu ntambara Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari yitabiriye, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamagana kwica abagore n'abana</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Umar (Imana imwishimire we na se) yaravuze ati: Ko umugore umwe yagaragaye yapfuye  muri zimwe mu ntambara Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari yitabiriye, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamagana kwica abagore n'abana.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabonye umugore umwe wiciwe muri rumwe mu ngamba, nuko yamagana kwica abagore n'abana bato batarakura.</t>
   </si>
   <si>
     <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
 النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
 رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
   </si>
   <si>
     <t>Abatari mu mirwano nk'abagore n'abana n'abandi banyantege nke nk'abasaza bageze mu zabukuru, n'abihaye Imana, abo ntibicwa, igihe cyose batagize uruhare mu kurwanya abayisilamu, ariko iyo babigizemo uruhare nabo baricwa.
 Birabujijwe kwica abagore n'abana; kubera ko nabo batica abayisilamu ndetse ntibanabarwanya, kandi ikigamijwe mu kurwana uharanira inzira ya Allah ni uguca intege abanzi b'ubuyisilamu, kugira ngo ivugabutumwa ry'ukuri rigere ku bantu bose.
 Impuhwe z'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) haba no mu ntambara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2949</t>
   </si>
   <si>
-    <t>نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ</t>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
   </si>
   <si>
     <t>Yabujije guhiga (ko uzakora ikintu), iranavuga iti: "Ntabwo bituma hari icyo ubona bwangu cyangwa ngo gikererwe, ahubwo guhiga bituma umunyabugugu akora icyiza (kubera ko ubusanzwe akora iby'itegeko kuri we gusa)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) Yabujije guhiga (ko uzakora ikintu), iranavuga iti: "Ntabwo bituma hari icyo ubona bwangu cyangwa ngo gikererwe, ahubwo guhiga bituma umunyabugugu akora icyiza (kubera ko ubusanzwe akora iby'itegeko kuri we gusa)."</t>
   </si>
   <si>
     <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije guhiga, ari byo bisobanuye ko umuntu agira umugambi wo gukora igikorwa  akakigira itegeko kuri we, ataragitegetswe n'amategeko. Yaranavuze ati: Kugira umuhigo wo gukora ikintu ntibituma hari icyo ubona vuba cyangwa ngo bibe impamvu ko hari icyo uri bukereze, ahubwo bikorwa n'umunyabugugu, ukora ibyo yategetswe gusa, kandi kugira umuhigo ntacyo byageza ku muntu kirenze icyo yagenewe.</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>Kugira umuhigo ntabwo bitegetswe, ariko iyo umuntu awugize aba agomba kuwesa igihe cyose icyo yahigiye atari icyaha.
 Impamvu kugira umuhigo bibujijwe nuko ari (nta cyiza ugeza ku muntu), kubera ko ntacyo wakumira mubyo umuntu Allah yamugeneye, no kugira ngo uwagize umuhigo adacyeka ko ibyo yifuzaga yabigezeho kubera umuhigo yahize, nyamara Allah arihagije ntabyo acyeneye.
 Al Qurtwubiy yaravuze ati: Uku kubazwa gushingiye ku kuba umuntu yavuga ati: Allah naramuka ankirije umurwayi wanjye nzatanga ituro iri n'iri. Impamvu atari byiza nuko kubera ko icyo gikorwa cyo kwiyegereza Allah gishingiye ku kubanza kugera ku cyo umuntu yifuza, byagaragaye ko bidashingiye kukwiyegereza Allah Nyir'ubutagatifu kubera ibyo yakoze. Ahubwo biba ari nka mpa nguhe. Binagaragazwa nuko iyo Allah atamukiriza umurwayi ntiyari gutanga ayo maturo, kuko yahize kuyatanga ari uko umurwayi we abanje gukira, ibi rero ni ibiranga umunyabugugu, kubera ko ari we ugira icyo atanga mu mutungo we ku ngurane y'ako kanya iruta ibyo we yatanze.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2960</t>
   </si>
   <si>
-    <t>إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ</t>
+    <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
   </si>
   <si>
     <t>Ndahiye ku izina rya Allah -ِAllah nabishaka- ko ntajya ndahirira ikintu, hanyuma nkabona icyiza kikiruse , usibye ko ntanga icyiru cy'indahiro, maze nkakora icyo cyiza</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Mussa Al Ash'ariy (Imana imwishimire) yaravuze ati: Nagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  ndi kumwe n'itsinda ry'abo mu bwoko bwa Al Ash'ariy nyisaba ingamiya yo kugendaho, maze iravuga iti: Ndahiye ku izina rya Allah ko ntari bubatware, ntabwo mfite ingamiya yo kubatwaraho! Nuko tumara akanya gato Allah yadushoboje kumara, bayizanira ingamiya itegeka ko baduha ingamiya eshatu. Ubwo twari tumaze kugenda, bamwe muri twe babwiye bagenzi babo bati: Allah ntaduhe imigisha! Twagiye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) tuyisaba ko yaduha ikigenderwaho tukajyana nayo irahira ko itari budutware none iradutwaye! Nuko Abu Mussa aravuga ati: Hanyuma tujya kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) turabiyibwira, maze iradusubiza iti: Sinjye wabatwaye! Ahubwo Allah niwe wabatwaye, Ndahiye ku izina rya Allah -ِAllah nabishaka- ko ntajya ndahirira ikintu, hanyuma nkabona icyiza kikiruse , usibye ko ntanga icyiru cy'indahiro, maze nkakora icyo cyiza."</t>
   </si>
   <si>
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
     <t>Abu Mussa Al Ash'ariy aratubwira ko yagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ari hamwe n'itsinda ry'abo mu bwoko bwe bwa Al Ash'ariy, intego yabo yari ugusaba Intumwa y'Imana ko yabaha ingamiya zo kugendaho kugira ngo nabo bitabire urugamba, nuko ibarahirira ko itari bubatware ndetse itanafite ingamiya yo kubatwaraho! Nuko baragaruka bamara akanya gato maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bayizanira ingamiya eshatu, iraziboherereza ngo ari zo bagendaho, bamwe barabwirana bati: Allah ntaduhe imigisha kuri izi ngamiya! Kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarahiye ko itari budutware! Nuko bajya kuyireba barayibibaza; Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Uwabahaye ingamiya zo kugendaho ni  Allah, kuko niwe wadushoboje atuzanira izo ngamiya, naho ubundi njye nari impamvu yabinyujijeho; Hanyuma  Intumwa irangije iravuga iti: Ndahiye ku izina rya Allah ko Allah nabishaka ntajya ndahira ko hari icyo ndi bukore cyangwa se ndi bureke  hanyuma nkabona icyiza  gitandukanye n'icyo narahiye gukora cyangwa kureka, usibye ko nkora icyo cyiza maze ngatanga icyiru cy'indahiro."</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>Biremewe kurahira  umuntu atarahijwe, mu rwego rwo gushimangira inkuru kabone n'iyo yazaba mu bihe bizaza.
 Biremewe kuvuga nyuma y'indahiro uti: In sha Allah (Allah nabishaka), ariko kuba wavuga ngo Allah nabishake ukabivuga hamwe n'indahiro, icyo gihe uwabivuze akica indahiro ye ntabwo ari itegeko kuri we gutanga icyiru.
 Gushishikariza kunyuranya n'indahiro, igihe ikinyuranyo cyayo ari cyo cyiza kuruta icyo yarahiriye gukora cyangwa kureka, hanyuma agatanga icyiru cy'indahiro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2961</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>Urubanza rwa mbere na mbere ruzacibwa hagati y'abantu ku munsi w'imperuka ni urugendanye n'amaraso</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Urubanza rwa mbere na mbere ruzacibwa hagati y'abantu ku munsi w'imperuka ni urugendanye n'amaraso."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko ku munsi w'imperuka urubanza rwa mbere ruzacibwa hagati y'abantu  ari urugendanye n'amaraso nko kwica no gukomeretsa.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Ubuhambare bwo kubungabunga amaraso y'abantu, no kuba ari rwo rubanza rwa mbere ruzacibwa ku munsi w'imperuka bigaragaza ubuhambare bwabyo.
 Ibyaha bikomera hashingiwe ku ngaruka zabyo, no kuvutsa ubuzima abantu ni bwo bwangizi buhambaye, ndetse ntakibiruta usibye ubuhakanyi no kubangikanya Allah Nyir'uburagatifu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ</t>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>Urwana aharanira ko ijambo rya Allah ari ryo riganza, uwo aba aharanira inzira ya Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Mussa (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe umugabo urwana kubera ubutwari, cyangwa irondabwoko, cyangwa se akarwana kubera gukorera ijisho; ni uwuhe muri abo uharanira inzira ya Allah?  Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: "Urwana aharanira ko ijambo rya Allah ari ryo riganza, uwo aba aharanira inzira ya Allah."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe ku kijyanye n'imigambi y'abarwana mu nzira ya Allah; urwana agamije kugaragaza ko ari intwari cyangwa se icyubahiro cy'ubwoko cyangwa se agamije ko abantu bamubona kamenya agaciro ke, cyangwa se ibindi, ni uwuhe muri abo uharanira inzira ya Allah? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) isubiza ko umuntu urwana aharanira inzira ya Allah, ari umuntu urwana aharanira ko ijambo rya Allah ari ryo riganza.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Ubusanzwe gutungana kw'ibikorwa no kwangirika kwabyo biterwa n'umugambi bikoranywe, no kubikora byeguriwe Allah.
 Iyo urwana afite umugambo mwiza wo kugira ngo ijambo rya Allah riganze, akaba yagira undi mugambi wemewe nko gufata iminyago, ntacyo bitwara umugambi we.
 Kurwanya abanzi ngo badahungabanya ibihugu, ndetse n'ibyo Allah yaziririje, nabyo ni bimwe mu guhagaranira inzira ya Allah.
 Agaciro k'abaharanira inzira ya Allah kavugwa aha ni umwihariko kuri wa wundi urwana aharanira ko ijambo rya Allah ari ryo riganza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2969</t>
   </si>
   <si>
-    <t>ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا</t>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatanze igitambo cy'intama ebyiri z'isekurume z'umweru zifite amahembe, Izibagira ubwayo n'amaboko yayo, ivuga izina rya Allah ndetse inavuga Allah Akbar (TAKBIR), ishyira ukuguru kwayo ku misaya yazo</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatanze igitambo cy'intama ebyiri z'isekurume z'umweru zifite amahembe, Izibagira ubwayo n'amaboko yayo, ivuga izina rya Allah ndetse inavuga Allah Akbar (TAKBIR), ishyira ukuguru kwayo ku misaya yazo.</t>
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>Anas (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku munsi w'irayidi yibagiye ubwayo intama ebyiri z'umweru uvanze n'umukara zifite amahembe, ndetse iranavuga iti: BISMILLAH (Ku izina rya Allah), inavuga ALLAH AKBAR (Allah asumba byose), ndetse inashyira ukuguru kwayo ku majosi yazo.</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>Gutanga ibitambo ni rimwe mu mategeko y'idini ry'ubuyisilamu, ndetse n'abayisilamu bose babyemeranyijweho.
 Icyiza nuko igitambo cyaba ari ubwoko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nayo yabaze, kubera ko iri tungo Intumwa y'Imana yatanzemo igitamo rigaragara neza, ndetse n'ibinure byaryo n'inyama zaryo ni nziza.
 Umumenyi A-Nawawiy yaravuze ati: Mu cyo twunguka muri iyi Hadith ni uko ari ibyiza ko umuntu ariwe wibagira igitambo yatanze, ntahagararirwe cyeretse ku bw'impamvu, icyo gihe ni byiza ko aba ahibereye kiri kubagwa, ariko n'iyo ahagarariwe n'umuyisilamu biremewe ku bamenyi bose.
 Umumenyi Ibun Hadjar nawe yaravuze ati: Harimo no gushishikariza kuvuga ALLAH AKBAR hamwe na BISMILLAH igihe cyo kubaga, no gushishikariza gushyira ikirenge ku musaya w'iburyo w'itungo ugiye kubaga, abamenyi bemeranyijwe kandi ko ari byiza kuyiryamisha ku ruhande rw'ibumoso, ugashyira ikirenge ku musaya w'iburyo kugira ngo byorohere ubaga gufata icyuma n'ukuboko kwe kw'iburyo, no gufata umutwe wayo n'ukuboko kw'imoso.
 Gushishikariza kubaga igitambo cy'itungo rifite amahembe, ariko ritanayafite biremewe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2971</t>
   </si>
   <si>
-    <t>لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ</t>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>Ntimuzambare ihariri, cyangwa se Dibadji (Dibadj nabwo ni ubwoko bw'ihariri), kandi ntimuzanywere mu bikoze muri Zahabu na Feza, nimuzanarire no ku masiniya akoze muri byo, kubera ko ari ibyabo hano ku isi, bikazaba ibyacu ku munsi w'imperuka</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdu Rahman Ibun Abi Layla yavuze ko igihe kimwe bari kwa Hudhayfat, asaba amazi yo kunywa maze ayazanirwa n'umuntu usenga umuriro (Majusiy), ubwo yamuherezaga icyo kunyweramo yarakimujugunyiye maze aravuga ati: Iyo nza kubireka abivuga rimwe cyangwa se kabiri, agamije kuvuga ati: Iyo ntabikora-, ariko numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Ntimuzambare ihariri, cyangwa se Dibadji (Dibadj nabwo ni ubwoko bw'ihariri), kandi ntimuzanywere mu bikoze muri Zahabu na Feza, nimuzanarire no ku masiniya akoze muri byo, kubera ko ari ibyabo hano ku isi, bikazaba ibyacu ku munsi w'imperuka."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije abagabo kwambara imyambaro ikoze mu ihariri uko yaba imeze kose. Yanabujije kandi abagabo n'abagore kurira no kunywera mubikoresho bikozwe muri Zahabu na Feza. Ndetse inavuga ko ari umwihariko w'abemeramana ku munsi w'imperuka, kubera ko babyirinze hano ku isi mu rwego rwo kumvira Allah, Naho abahakanyi, ku munsi w'imperuka ntabyo bazaba bafite, kuko bagize ubwira bwo kwishimisha mu byiza bya hano ku isi ubwo bigomekaga kuri Allah.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Ni ikizira kwambara imyambaro ikose mu ihariri na Dibaji ku gitsinagabo, ndetse hanateganyijwe ibihano bihambaye ku muntu uzabyambara.
 Abagore bemerewe kwambara ihariri na Dibaji.
 Ni ikizira kurira no kunywera mu bikoze muri Zahabu na Feza ku gitsinagabo n'igitsinagore.
 Hudhayfat (Imana imwishimire) yihanangirije mu buryo bukomeye ibi tumaze kuvuga, anagaragaza impamvu ko yabimubujije kenshi gukoresha ibikoresho bikoze muri Zahabu na Feza, ariko ntiyabireka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2985</t>
   </si>
   <si>
-    <t>مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ</t>
+    <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>Umugabo uzambara ihariri hano ku isi ntazayambara ku munsi w'imperuka</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Umar (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umugabo uzambara ihariri hano ku isi ntazayambara ku munsi w'imperuka."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umugabo uzambara ihariri hano ku isi, ku munsi w'imperuka atazayambara igihe cyose atabyicujije bibe nk'igihano kuri we.</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>Ihariri igamijwe ni ihariri y'umwimerere, naho iy'inkorano ntabwo ari yo igamijwe muri iyi Hadith.
 Ni ikizira kwambara ihariri ku bagabo.
 Kubuzwa ihariri ni rusange kuyambara no kuyisasa.
 Abagabo bemerewe ihariri nto mu myambaro yabo, itarenze umwanya wajyamo intoki ebyiri kugeza kuri enye, nk'ikoreshejwe nk'ibendera ku mwambaro cyangwa se ku rutanzi rw'umwenda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2986</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>Uzadutunga intwaro cyangwa se akayitubanguraho, uwo ntabwo ari muri twe</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Mussa Al Ash'ariy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzadutunga intwaro cyangwa se akayitubanguraho, uwo ntabwo ari muri twe."</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irahanangiriza umuntu utunga intwaro abayisilamu agamije kubatera ubwoba, cyangwa se kubanyaga; ubikoze bitari mu kuri, aba akoze icyaha gikomeye kandi ndengakamere, ndetse nawe aba akwiye ibihano bikomeye.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Kwihanangiriza bikomeye umuyisilamu kuba yakica bagenzi be b'abayisilamu.
 Mu byaha bikomeye kandi bihambaye hano ku isi, ni umuyisilamu kuba yatunga intwaro abayisilamu bagenzi be, no kuba yabica.
 Ibihano byavuzwe ntibigamije imirwano ikozwe mu kuri, nko kwica abangizi n'inkozi z'ibibi ndetse n'abandi.
 Ni ikizira gutera ubwoba abayisilamu ubatungaho intwaro cyangwa se n'ibindi, kabone n'iyo waba wikinira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/2997</t>
   </si>
   <si>
-    <t>أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ</t>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
     <t>Ntabwo nabarahije kubera ko hari icyo mbashinja, ahubwo Malayika Djibril yaje ansanga ambwira ko Allah Nyir'ubutagatifu abaratiye abamalayika!</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Said Al Khud'riy yaravuze ati: Mu'awiyat (Imana imwishimire) yagiye mu musigiti asanga abantu bari mu cyicaro, maze arababaza ati: Ni iki kibicaje hano? Baramusubiza bati: Twicaye dusingiza Allah! Arongera arababaza ati: Mumbwize ukuri kubera Allah, nta kindi cyabicaje aha uretse icyo? Baramusubiza bati: Turahiye ku izina rya Allah ko nta kindi cyatwicaje aha uretse icyo! Arababwira ati: Ntabwo nabarahije kubera ko hari icyo mbashinja, ndetse nta muntu wari ufite urwego nk'urwo nari mfite ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha),wakiriye  Hadith ncye kumurusha: Kandi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe kimwe yasanze abasangirangendo bayo bicaye mu cyicaro, irababaza iti: Ni iki kibicaje aha? Barayisubiza bati: Twicaye aha twibuka Allah ndetse tunamusingiza kubera ko yatuyoboye muri ubu buyisilamu, ndetse akanaduhundagazaho ingabire zabwo! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irongera irababaza iti: Mumbwije ukuri kubera Allah ko nta kindi kibicaje aha uretse icyo? Baramusubiza bati: Tukubwije ukuri kubera Allah ko nta kindi kitwicaje aha uretse icyo! Nuko irababwira ati: Ntabwo nabarahije kubera ko hari icyo mbashinja, ahubwo Malayika Djibril yaje ansanga ambwira ko Allah Nyir'ubutagatifu abaratiye abamalayika!"</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
     <t>Mu'awiyat Ibun Abi Sufiyani (Imana imwishimire we na se) yaragiye asanga abasangirangendo bicaye mu musigiti, ababaza impamvu bicaye aho, Bamusubiza ko bicaye kubera gusingiza Allah! Nuko arabarahiza ngo bamubwize ukuri niba koko bicaye nta yindi mpamvu uretse gusingiza Allah no kumusingiza! Nuko baramurahirira; Hanyuma arababwira ati: Ntabwo nabarahije kubera ko hari icyo mbashinja cyangwa se nshidikanya ku kuri kwanyu, ababwira urwego yabarushaga ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) n'uburyo yayihoraga bugufi, kubera ko mushiki we Umu Habibat yari umugore w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), no kuba yari umwe mu banditsi b'ubutumwa (Wahyi) igihe bwahishurwaga, ariko hamwe n'ibyo ari mu banditse Hadith ncye bakuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha). Ababwira ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) umunsi umwe yasohotse mu rugo rwayo, isanga bamwe mu basangirangendo bayo bicaye mu musigiti, basingiza Allah banamwibuka kubera ko yabayoboye mu buyisilamu, ndetse anabahundagazaho ingabire ze, nuko Intumwa irabibaza iranabarahiza ngo bayibwiza ukuri nkuko Mu'awiyat (Imana imwishimire) yabigenje hamwe na bagenzi be; Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ibabwira impamvu yabarahije ko Malayika Djibrilu (Amahoro ya Allah amubeho) yayisanze akayibwira ko Allah yabaratiye abamalayika, kubera agaciro kabo n'igikorwa cyiza bari gukora, ndetse akanabavuga ibigwi.</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>Agaciro ka Mu'awiyat (Imana imwishimire) n'uburyo yari ashishikajwe no gukurikira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu kwigisha kwe.
 Biremewe kurahiza umuntu igihe ntacyo umushinja, ugamije kumwereka agaciro k'ibyo uri kumubwira.
 Agaciro k'ibyicaro byo gusingiza Allah no kwigishanya ubumenyi, kandi ko Allah abikunda ndetse akanabiratira abamalayika.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Yakiriwe na Muslim]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3007</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>Abantu bari muri izi mva zombi bari guhanwa, kandi ntibazira ibikomeye; umwe muri bo ntiyajyaga yirinda inkari, naho undi yajyaga agenda abunza amagambo</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Abass (Imana imwishimire we na se) yaravuze ati: Igihe kimwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatambutse ku mva ebyiri maze iravuga iti: Abantu bari muri izi mva zombi bari guhanwa, kandi ntibazira ibikomeye; umwe muri bo ntiyajyaga yirinda inkari, naho undi yajyaga agenda abunza amagambo nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ifata ishami ry'igiti kitaruma irivunamo kabiri, igice kimwe igishinga ku mva imwe ikindi igishinga ku yindi; nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: Yewe Ntumwa y'Imana, kuki wabigenje kuriya? Irabasubiza iti: "Hari ubwo Allah yabagirira impuhwe akaborohereza ibihano igihe cyose ayo mashami ataruma."</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yanyuze ku mva ebyiri, maze iravuga iti: Banyiri izi mva ebyiri bari guhanwa kandi ntibazira impamvu zikomeye nk'uko mu bicyeka, n'ubwo zihambaye imbere ya Allah; Umwe muri bo arazira kuba atarajyaga yirinda inkari igihe ari kwihagarika; ngo zitamutarukira ku mubiri cyangwa se imyambaro ye. Naho undi yajyaga abunza amagambo mu bantu, agatwara amagambo y'abandi bavuze agamije kubangamira abandi no guteza umwiryane mu bantu.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Kubunza amagambo no kureka kwirinda inkari ni mu byaha bikuru, ndetse ni na zimwe mu mpamvu z'ibihano byo mu mva.
 Allah Nyir'ubutagatifu yagaragaje bimwe mu biri mu bumenyi bw'ibitagaragara nk'ibihano byo mu mva, agamije kugaragaza ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) koko yari umuhanuzi.
 Iki gikorwa cyo kuvunamo ishami kabiri no kuyashinga ku mva ni umwihariko w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), kubera ko Allah yamuhishuriye uko abari mu mva bamerewe, bityo ntitwabiheraho tuvuga ko n'abandi ari uko kubera ko nta n'umwe ujya amenya uko abari mu mva bamerewe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>Nimwumva umuhamagaro (Adhana), mujye musubiramo amagambo uhamagara avuze</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Said Al Khud'riy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nimwumva umuhamagaro (Adhana), mujye musubiramo amagambo uhamagara avuze."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irashishikariza gusubiramo amagambo uhamagarira abantu gusali ari kuvuga, dusubiramo amagambo avuze interuro ku yindi, Iyo avuze ALLAH AKBAR, natwe tuyisubiramo, yavuga ubuhamya bubiri natwe tukabusubiramo, usibye igihe avuze (HAYYA ALA SWALAT, HAYYA ALAL FALAH) icyo gihe turavuga tuti: LA HAWLA WALA QUWATA ILA BILLAH: Nta bubasha ndetse nta n'ubushobozi usibye  gushobozwa na Allah.</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Uhamagarira abantu gusali wa kabiri agomba gutegereza uwa mbere agasoza, kabone n'iyo baba benshi, dushingiye ko iyi Hadith ari rusange.
 Umuntu wumvise uhamagarira abandi isengesho asubiramo amagambo avuze aho yaba ari hose, usibye igihe yaba ari mu bwiherero cyangwa se hari ibindi ari gucyemura bitamwemerera gusubiramo ayo magambo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>Zireke kuko nazambaye ibirenge byanjye bifite isuku</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Al Mughirat (Imana imwishimire) yaravuze ati: Igihe kimwe nari kumwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku rugendo, nuko nihutira kumwambura Khofu yari yambaye, maze irambwira iti: " Zireke kuko nazambaye ibirenge byanjye bifite isuku", nuko ihanagura Khofu.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Igihe kimwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari iri muri rumwe mu ngendo zayo, iratawaza, Ubwo yari igeze ku birenge byayo Al Mughirat Ibun Shu'ubat (Imana imwishimire) yihutira kuziyambura kugira ngo ibone uko itawaza ku birenge! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Zihorere ntuzinyambure, kubera ko nazambaye ibirenge byanjye bifite isuku. Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ihanagura hejuru yazo, aho kuziyambura ngo itawaze ku birenge.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Biremewe guhanagura kuri Khofu (ubwoko bw'amasogisi akoze mu ruhu) igihe uri gutawaza kugira ngo usali (Udhu), naho iyo usabwa kwiyuhagira umubiri wose, icyo gihe na Khofu uraziyambura ugakaraba ingingo zose z'umubiri.
 Guhanagura kuri Khofu ni inshuro imwe gusa, unyuza ikiganza gitose hejuru yazo, ntuhanagure munsi (ni nk'uko bigenda no ku masogisi).
 Kugira ngo guhanagura kuri Khofu byemerwe, nuko umuntu azambara yabanje gutawaza mu buryo bwuzuye, yabanje gukaraba ibirenge bye n'amazi, kandi nazo zikaba zifite isuku, zitwikiriye ikirenge cyose, kandi uko guhanagura kugakorwa mu gihe runaka cyemewe mu mategeko ari cyo amanywa n'ijoro ku muntu utari ku rugendo, n'iminsi itatu n'amajoro yayo ku muntu uri ku rugendo.
 Amategeko agenga Khofu ni kimwe n'agenga ikindi umuntu yambaye mu birenge nk'amasogisi nayo biremewe kuyahanagura.
 Imico myiza yarangaga Intumwa y'Imana (Imana iyihe amahoro n'imigisha) n'uburyo yigishagamo, aho yabujije Al Mughirat kumwambura Khofu ndetse amugaragariza n'impamvu yabyo ko yazambaye zisukuye kugira ngo Al Mughirat agire ituze, anamenye itegeko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Umuntu nakunda mugenzi we ajye abimubwira ko amukunda</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Al Miqdam Ibun Ma'adiy Karib (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umuntu nakunda mugenzi we ajye abimubwira ko amukunda."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza imwe mu mpamvu zituma ubuvandimwe hagati y'abayisilamu bukomera, ndetse zikanasakaza urukundo hagati yabo. Iyo mpamvu nta yindi ni ukubwira umuvandimwe wawe ukunda ko umukunda.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Ibyiza byo gukundana kuzira uburyarya kubera Allah Nyir'ubutagatifu, bitari ku zindi nyungu z'isi.
 Ni byiza kubwira uwo ukunda kubera Allah ko umukunda, kugira ngo byongere urukundo no kwiyumvanamo.
 Gukwiza urukundo hagati y'abemeramana bikomeza ubuvandimwe bwabo bushingiye kukwemera kimwe, bukanarinda umuryango mugari kuba wasenyuka, cyangwa se ngo uzemo amacakubiri</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[Yakiriwe na Abu Dawud na Tirmidhi, na A-Nasa'iy mu gitabo cye A-Sunani Al Kubra, ndetse na Ahmad]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[Yakiriwe na Abu Dawud na Tirmidhi ndetse na A-Nasa'iy mu gitabo cye Sunanul Kubra ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3017</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ikunda gukoresha indyo igihe yambara inkweto, n'igihe iri gusokoza, n'igihe iri kwisukura, no muri gahunda zayo zose</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abemera (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ikunda gukoresha indyo igihe yambara inkweto, n'igihe iri gusokoza, n'igihe iri kwisukura, no muri gahunda zayo zose.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakundaga kubanza indyo mu bintu byose yabaga yubashye, bimwe muri byo: Nuko yaheraga ku kuguru kw'indyo iri kwambara inkweto, n'igihe iri gusokoza umusatsi wayo n'ubwanwa bwayo, iri no kubusiga amavuta, n'igihe iri gutawaza yaheraga ku ndyo igakurikizaho imoso haba ku maboko no ku maguru.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>A-Nawawiy yaravuze ati:  Iri tegeko rihoraho mu mategeko, ari ryo ry'uko ibintu by'agaciro byubahitse nko kwambara imyambaro, n'inkweto, no kwinjira mu musigiti, no koza mu kanwa, no guca inzara, no kogosha ubwanwa, no gusokoza umusatsi, no gupfura incakwaha, no kogosha umusatsi, no kuvuga indamutso yo mu iswalat, no gukora isuku ya Udhu, no gusohoka mu bwiherero, no kurya no kunywa, no gusuhuzanya, no gusuhuza ibuye ry'umukara muri Hidjat, n'ibindi bimeze nk'ibi, ni byiza ko bikoreshwa indyo. Naho ibindi bitari ibi nko kwinjira mu bwiherero, no gusohoka mu musigiti, no kwipfuna, no kwisukura umaze kwituma, no kwiyambura imyambaro n'inkweto n'ibindi, ni byiza gukoresha imoso, mu rwego rwo guha icyubahiro indyo.
 Gukunda kubanza indyo, hakubiyemo n'ibindi bikorwa bikoreshwa indyo, n'ukuguru kw'indyo. n'uruhande rw'iburyo, no guhanahana ibintu n'indyo.
 A-Nawawiy yaravuze ati: Menya ko mu ngingo  z'umubiri zo gutawaza, hari izo atari ngombwa guhera iburyo: Nk'amatwi abiri, ibiganza bibiri, amatama abiri, ahubwo bisukurwa ingunga imwe, iyo bidashobotse nko ku muntu udafite ingingo n'ibindi, icyo gihe abanza indyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3018</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>ayo ni amaraso aba avuye mu mutsi! Ahubwo jya ureka gusali iminsi usanzwe ugira mu mihango, nyuma yayo wiyuhagire usali</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abemerana (Imana imwishimire) yavuze ko Fatwimat umukobwa wa Abi Hubayshin yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: "Njya ngira uburwayi nyuma y'imihango amaraso agakomeza kuza adkama, ese njye ndeka gusali? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: "Oya  ayo ni amaraso aba avuye mu mutsi! Ahubwo jya ureka gusali iminsi usanzwe ugira mu mihango, nyuma yayo wiyuhagire usali."</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Fatwimat umukobwa wa Hubayshi yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) agira ati: Amaraso yanjye y'imihango ntajya ahagarara, ahubwo nkomeza kuyabona no mu gihe kitari icy'imihango gisanzwe, ese nanjye itegeko rindeba ni nk'iry'umuntu uri mu mihango njye ndeka gusali? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Ayo maraso ni ay'uburwayi aterwa no kuba haba hari umutsi wo muri nyababyeyi wacitse, ntabwo ari amaraso y'imihango. Bityo igihe cy'imihango usanzwe uyiboneramo  nikigera, ujye ureka iswalat no gusiba n'ibindi bikorwa umuntu uri mu mihango atemerewe; ariko icyo gihe nikirangira, uzaba utakibarwa nk'uri mu mihango, uzisukure inzira y'amaraso, hanyuma wiyuhagire umubiri wose, hanyuma usali.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Ni itegeko ko umugore yiyuhagira igihe iminsi ye y'imihango ayivuyemo.
 Umugore ubona amaraso atari ay'imihango ayo aba ari ay'uburwayi aba ategetswe gusali.
 Imihango: Ni amaraso ya kamere nyababyeyi isohora binyuze mu gitsina cy'umugore ukuze, ibyo bikaba bimubaho mu minsi runaka.
 Amaraso y'uburwayi: Ni amaraso aza mu gihe kitari icy'imihango.
 Itandukaniro riri hagati y'amaraso y'imihango n'ay'uburwayi nuko ay'imihango afite ibara ryirabura, arafashe ndetse aranuka, naho ay'uburwayi yo aratukura kandi  ntafashe, ndetse nta n'impumuro inuka aba afite.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3029</t>
   </si>
   <si>
-    <t>سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ</t>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>Mujye mugorora imirongo yanyu, kubera ko kuyigorora ari bimwe mu bituma iswalat yuzura</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas Ibun Malik (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mujye mugorora imirongo yanyu, kubera ko kuyigorora ari bimwe mu bituma iswalat yuzura."</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itegeka abantu basali kugorora imirongo yabo, kandi ko nta bakwiye guhagarara imbere y'abandi cyangwa se inyuma yabo, kandi ko kuyigorora bituma iswalat yuzura ikanatungana, ndetse ko kugorama kw'imirongo bitera ukudatungana kw'iswalat no kutuzura kwayo.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Ni itegeko kwita ku cyo ari cyo cyose cyatuma iswalat yuzura ikanatungana, ndetse kikayirinda kutuzura.
 Ubugenge bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu kwigisha, aho ihuza itegeko n'impamvu, igamije kugaragaza impamvu y'iryo tegeko, no gutuma imitima ishishikarira kurikora.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3031</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>Umwe muri mwe natawaza, ajye ashoreza amazi mu mazuru ye, hanyuma ayapfune, n'uzisukura ari mu bwiherero adakoresheje amazi akoresheje nk'amabuye ajye akoresha ay'igiharwe</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umwe muri mwe natawaza, ajye ashoreza amazi mu mazuru ye, hanyuma ayapfune, n'uzisukura ari mu bwiherero adakoresheje amazi akoresheje nk'amabuye ajye akoresha ay'igiharwe, kandi umwe muri mwe nakanguka ajye akaraba intoki ze mbere y'uko azinjiza mu gikoresho akoresha isukuru (gutawarizamo), kubera ko umwe muri mwe aba atazi aho ukuboko kwe kwaraye." N'imvugo ya Muslim iragira iti: "Umwe muri mwe naba akangutse mu bitotsi bye, ntazinjize intoki ze mu gikoresho atawarizamo kugeza abanje kuzoza inshuro eshatu, kubera ko aba atazi aho intoki ze zaraye."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje amwe mu mategeko y'isuku, amwe muri yo: Irya mbere: Nuko utawaje agomba gushoreza amazi mu mazuru, yarangiza akayapfuna. Irya kabiri: Nuko ushatse kwisukura umwanda umuturutsemo ariko akaba adafite amazi afite nk'ibuye n'ibindi, agomba kwisukuza amabuye y'igiharwe, amacye yaba atatu naho amenshi ni asukura ahavuye umwanda neza. Irya gatatu: Nuko umuntu ukangutse mu ijoro, atinjiza intoki ze mu gikoresho akoresha atawaza, ahubwo agomba kubanza kuzikaraba inshuro eshatu, kubera ko aba atazi aho intoki ze zaraye, bityo zikaba zishobora kuba ziriho umwanda. Hari n'ubwo Shitani (Shaytwani) yaba yazikiniyeho zikaba ziriho ibintu byamugiraho ingaruka cyangwa se bikangiza amazi.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Ni ngombwa gushoreza amazi, ndetse no kuyapfuna.
 Ni byiza kwikiza umwanda ukoresheje ibitari amazi kubikora inshuro z'igiharwe.
 Ni itegeko gukaraba ibiganza byombi igihe ukangutse mu gitondo, ukabikora inshuro eshatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>Iyo umuntu yinjiye mu rugo rwe, agasingiza Allah igihe yinjiye, n'igihe agiye kurya, Shitani (Shaytwani) ibwira abambari bayo iti: Uyu munsi nta buryamo muhafite, ndetse nta n'ifunguro rya nijoro</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djabir Ibun Abdillah (Imana imwishimire we na se) yavuze ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Iyo umuntu yinjiye mu rugo rwe, agasingiza Allah igihe yinjiye, n'igihe agiye kurya, Shitani (Shaytwani) ibwira abambari bayo iti: Uyu munsi nta buryamo muhafite, ndetse nta n'ifunguro rya nijoro. N'iyo yinjiye ntasingize Allah igihe yinjiye, Shitani ibwira abambari bayo iti: Mubonye uburyamo, n'iyo adasingije Allah agiye kurya, Shitani iravuga iti: Mubonye uburyamo n'ifunguro rya nijoro."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse gusingiza Allah twinjiye mu nzu ndetse mbere yo kugira ibyo kurya dufata, inatubwira ko iyo dusingije Allah tuvuga tuti: BISMILLAH: Ku izina rya Allah igihe twinjiye, n'igihe dutangiye kurya, Shitani ibwira abambari bayo iti: Nta buryamo uyu munsi mufite hano habe n'amafunguro, kubera ko Nyir'iyi nzu yikinze kuri Allah yifashishije kumusingiza. Naho iyo umuntu yinjiye iwe, ntasingize Allah, nta namusingize igihe agiye gufata amafunguro, Shitani ibwira abambari bayo iti: Mubonye uburyamo n'amafunguro y'ijoro muri iyi nzu.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Ni byiza gusingiza Allah mu gihe twinjiye mu rugo, n'igihe tugiye kurya, kubera ko Shaytwani arara mu mazu, akanarya ku mafunguro y'abantu batasingije Allah Nyir'ubutagatifu.
 Shitani igenzura mwene Adamu mu bikorwa bye n'imyitwarire ye no mu bikorwa bye byose, iyo azindaye ntasingize Allah Shitani iramwigarurira.
 Gusingiza Allah byirukana Shitani.
 Buri Shitani igira abambari, n'abayoboke, n'abakunzi bishimira imvugo ye ndetse  bakanakurikiza amategeko ye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>Ibyaha bikuru ni: Ukubangikanya Imana, no gusuzugura ababyeyi bombi, no kwica inzirakarengane, n'indahiro irindimurira nyirayo mu muriro</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amri Ibun Al Asw (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ibyaha bikuru ni: Ukubangikanya Imana, no gusuzugura ababyeyi bombi, no kwica inzirakarengane, n'indahiro irindimurira nyirayo mu muriro."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ibyaha bikuru, bikaba ari bya bindi uwabikoze yateganyirijwe ibihano bihambaye hano ku isi cyangwa se ku munsi w'imperuka.
 Ikibanziriza ibindi ni Ibangikanyamana: Ari byo bisobanuye gufata bumwe mu bwoko bw'amasengesho ukabukorera undi utari Allah, cyangwa se kureshyeshya Allah n'uwo ari we wese mu bintu by'umwihariko kuri Allah gusa, mu kuba ari we mana wenyine, cyangwa se mu bikorwa yihariye wenyine, cyangwa se mu mazina ye matagatifu n'ibisingizo bye byuzuye.
 Icya kabiri muri byo: Ni ugusuzugura ababyeyi ari byo bisobanuye kubakorera icyo ari cyo cyose cyababangamira, cyaba mu mvugo cyangwa se ibikorwa, no kureka kubakorera ineza ubagomba
 Icya gatatu muri byo: Ni ukwica inzirakarengane bitari mu kuri, nko kwica umuntu mu mahugu n'ubugome.
 Icya kane muri byo: Ni indahiro irindimurira nyirayo mu muriro; ni indahiro ikozwe mu binyoma kandi ubikoze abizi ko abeshya; yiswe gutyo kubera ko ishyira nyirayo mu byaha cyangwa se mu muriro.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Indahiro irindimurira nyirayo mu muriro nta cyiru igira, kubera ububi bwayo, ahubwo ni ngombwa kwicuza.
 Kuvuga ibi byaha bine muri iyi Hadithi ihambaye nuko ari byo bikomeye kuruta ibisigaye, ntabwo ari uko ari byo byonyine gusa.
 Ibyaha birimo amoko abiri: Hari ibikuru n'ibito; ibikuru ni icyo ari cyo cyose mu byaha cyateganyirijwe igihano ku isi nk'ibihano cyangwa se umuvumo cyangwa se isezerano ku munsi w'imperuka ryo kuzajya mu muriro. Kandi ko ibyaha bikuru birutanwa, bimwe muri byo birakomeye kuruta ibindi ku bijyanye n'uko biziririjwe, naho ibyaha bito ni ibyaha bitarimo ibikuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ</t>
+    <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>Muri bimwe bigize guharanira inzira y'Imana (Djihadi) ni ijambo ritabogama imbere y'umutegetsi ubogama</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Said Al Khud'riy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Muri bimwe bigize guharanira inzira y'Imana (Djihadi) ni ijambo ritabogama imbere y'umutegetsi ubogama."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko mu bintu bihambaye kandi bifite umumaro mu moko yo guharanira inzira ya Allah harimo ijambo ry'ukuri ritabogama imbere y'umutegetsi cyangwa se umuyobozi w'umunyamahugu, kubera ko ari ugushyira mu bikorwa kimwe mu biranga kubwiriza ibyiza no kubuza ibibi, byaba mu mvugo cyangwa se inyandiko cyangwa se igikorwa cyangwa se n'ibindi byatuma inyungu rusange zigerwaho, n'ibibi bikigizwayo.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Kubwiriza ibyiza no kubuza ibibi ni kimwe mu bigize guharanira inzira ya Allah (Djihadi).
 Kugira inama umuyobozi ni imwe muri Djihadi zikomeye, ariko bikoranwa ubumenyi n'ubushishozi no kudahubuka.
 Al Khatwabiy yaravuze ati: Impamvu byabazwe nka Djihadi iruta izindi, nuko umuntu urwanyije umwanzi, aba ari hagati y'ibintu bibiri kwiringira no kugira ubwoba, atazi niba azabona intsinzi cyangwa se atazayibona. Kandi umutegetsi aba afite ububasha mu kuboko kwe, iyo avuze ukuri agategeka ibyiza, aba ashobora guhura n'ingaruka, akiteza korama. Ari nabyo byatumye ibi biba ari bwo buryo bwa Djihadi bwiza kuruta ubundi mu rwego rwo kurwanya ubwoba. Binavugwa ko: Iyi yabaye Djihadi nziza, kubera ko umutegetsi aramutse akurikije ibyo uwo umubwiye ijambo ritabogama amubwiye, inyungu zaba nyinshi ndetse zikagera no ku bantu benshi.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[حسن لغيره]</t>
+  </si>
+  <si>
     <t>[Yakiriwe na Abu Dawud, na Tirmidhi, na Ibun Madjah, ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3045</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Mu by'ukuri isi iraryoshye kandi ni icyatsi kibisi, kandi Allah yayibagizeho abasigire, kugira ngo arebe uko mwitwara! Bityo nimutinye isi kandi mutinye abagore</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Said Al Khud'riy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri isi iraryoshye kandi ni icyatsi kibisi, kandi Allah yayibagizeho abasigire, kugira ngo arebe uko mwitwara! Bityo nimutinye isi kandi mutinye abagore, kubera ko ikigeragezo cya mbere bene Isiraheli bahuye nacyo cyari icy'abagore."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko isi iryohereye, kandi iyo uyireba ubona ifite ibara ry'icyatsi, ishuka umuntu akarangazwa nayo, akaba ariyo arangamira. Allah Nyir'ubutagatifu yagize bamwe muri twe abazungura b'abandi muri ubu buzima bw'iyi si, kugira ngo arebe uko twitwara, niba tuzamwumvira cyangwa se tuzamwigomekaho? Intumwa irangije iravuga iti: Nimwirinde gushukwa n'umunezero w'isi n'imitako yayo, bitazatuma mureka ibyo Allah yabategetse, mukaba mwagwa mubyo yababujije. No mu byo dukwiye kwirinda kuruta ibindi mu bigeragezo byo kuri iyi si, ni ikigeragezo cy'abagore, kandi nicyo kigeragezo bene Isiraheli bahuye nacyo.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Gushishikariza guhozaho gutinya Allah, no kutarangarira imitako y'isi n'ibindi biyigaragaraho.
 Kwirinda ibigeragezo by'abagore, nko kubareba, cyangwa se kubona ko ntacyo bitwaye kuba abagore bakwivanga n'abagabo badafitanye isano  n'ibindi nkabyo.
 Ibigeragezo by'abagore ni mu bigeragezo bihambaye byo muri iyi si.
 Gukura inyigisho ku babayeho mbere yacu, kubera ko ibyabaye kuri bene Isiraheli bishobora no kuba ku bandi.
 Mu bigeragezo by'abagore, twavugamo nk'umugore w'umugabo kuba yasaba umugabo ibyo adashoboye, akamurangaza ntakorere idini rye, bigatuma atwarwa n'ibyisi. Iyo ari undi mugore badafitanye isano amushuka amurangaza bigatuma adakurikira ukuri by'umwihariko igihe basohotse mu mazu yabo bakivanga n'abagabo, nk'igihe baba batambaye bikwije. Ibi bikaba byatuma bagwa mu cyaha cy'ubusambanyi uko bwakabaye; niyo mpamvu umwemera aba akwiye kwiringira Allah akaba ari nawe ahungiraho ngo amurokore ibishuko by'abagore.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3053</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Twahaye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihango cyo kuyumva no kuyumvira byaba mu bitugoye cyangwa se mu bitworoheye, byaba mu byo dushishikariye no mu byo tudakunze, kabone n'iyo yaturutusha abandi cyangwa akatunyaga ibyacu</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ubadat Ibun A-Swamit (Imana imwishimire) yaravuze ati: Twahaye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihango cyo kuyumva no kuyumvira byaba mu bitugoye cyangwa se mu bitworoheye, byaba mu byo dushishikariye no mu byo tudakunze, kabone n'iyo yaturutusha abandi cyangwa akatunyaga ibyacu. Twanayihaye kandi igihango cy'uko ntawe tuzarwanya ku buyobozi, kandi ko tugomba kurangwa no kuvuga ukuri aho turi hose, tudatinye umugayo w'uwo ari we wese kubera Allah.</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagiranye isezerano n'igihango n'abasangirangendo bayo cy'uko bagomba kumvira abayobozi n'abategetsi mu biboroheye n'ibibakomereye, mu bukire no mu bucyene; amategeko yabo yaba ahuye n'ibyo imitima yacu irarikiye cyangwa se yanga, kabone n'iyo batunyaga ibyacu nk'umutungo rusange cyangwa imyanya y'ubuyobozi cyangwa se n'ibindi. Ni ngombwa kubumva no kubumvira mu byiza, ntitubigomekeho, kubera ko kubigomekaho ibibazo byateza byaba bihambaye kuruta ubwangizi bo bakora! No mu byo bayisezeranyije ni uko bazarangwa no kuvuga ukuri aho baba bari hose, babyegurira Allah wenyine, badatinya umugayo w'uwo ari wese.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Inyungu zo kumva no kumvira abayobozi n'abategetsi ni ugutuma habaho ubumwe mu bayisilamu, no kwirinda amacakubiri.
 Ni itegeko kumva no kumvira abayobozi igihe batadutegeka kwigomeka kuri Allah mu bitworoheye no mu bidukomereye, tubyishimiye cyangwa se tutabyishimiye, kabone n'iyo batwambura ibyacu.
 Ni itegeko kuvuga ukuri aho turi hose, tudatinya kubera Allah umugayo w'uwo ari we wese.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>Nafashe mumutwe  Rakat icumi nzikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yaravuze ati: Nafashe mumutwe  Rakat icumi nzikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) : Ebyiri za mbere yo gusali iswalat yo ku manywa (Adhuhuri) n'ebyiri za nyuma yayo, ebyiri za nyuma y'iswalat ya nimugoroba (Al Maghrib) igeze mu rugo iwayo,   n'ebyiri za nyuma y'iswalat ya nijoro (Al Isha) igeze mu rugo iwayo, n'ebyiri mbere yo gusali Iswalat yo mu rucyerera (Al Fadj'ri). Ariko iyi saha ya mbere yo mu gusari Iswalat yo mu rukerera nta muntu wajyaga yinjira ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) nabiganirijwe, naganirijwe na Haf'swat  ko iyo umuhamagazi w'iswalat yayihamagariraga, umuseke utambitse, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isali rakat ebyiri. No mu yindi mvugo ivuga ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isali rakat ebyiri nyuma y'iswala y'imbaga (y'idjuma).</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Abdullah Ibun Umar (Imana imwishimire we na se) yavuze ko mu iswalat z'umugereka yize ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) akanitwararika ari ugusali rakat icumi zizwi ku izina rya "Sunan A-Rawatib". Ebyiri za mbere ya Adhuhuri, n'ebyiri za nyuma yayo. Ebyiri za nyuma y'iswala ya Maghrib iwayo mu rugo. Ebyiri za nyuma y'iswala ya Al Isha mu rugo. N'ebyiri za mbere y'iswala ya Al Fadj'ri. Rakat icumi zikaba zuzuye. Naho ku iswala ya Idjuma, ni ugusali rakat ebyiri nyuma yayo.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Gushishikariza gusali izi suna zizwi ku izina rya Rawatib, no kuzitwararika.
 Biremewe gusalira iswalat z'umugereka mu rugo.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Yemeranyijweho na Bukhari na Muslim mu mpererekane zose z'abayakiriye]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3062</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>Iyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabyukaga mu ijoro, yabanzaga koza mu kanwa kayo yifashishije umuswaki</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Hudhayfat (Imana imwishimire) yaravuze ati: Iyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabyukaga mu ijoro, yabanzaga koza mu kanwa kayo yifashishije umuswaki.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni kenshi yozaga amenyo ikanategeka kubigenza gutyo, kandi birushaho kuba itegeko mu bihe bimwe, nk'igihe ibyutse mu ijoro igiye gukora igihagararo cy'ijoro, aho  Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yoza amenyo ikoresheje umuswaki.</t>
   </si>
   <si>
     <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
 تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
 مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
 التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
 السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
   </si>
   <si>
     <t>Gushimangira ko koza mu kanwa byemewe  umuntu abyutse, kubera ko kuryama bihindura impumuro yo mu kanwa, no kuhoza  nibwo buryo bwiza bwo kuhasukura.
 Gushimangira ko koza mu kanwa buri uko hahinduye impumuro, hagize impumuro mbi, dushingiye ku bisobanuro byatanzwe.
 Biremewe kwisukura mu buryo bwa rusange, kandi n'umwe mu migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ndetse ni na kimwe mu mico myiza.
 Koza mu kanwa haba hakubiyemo koza amenyo, ishinya, ndetse n'ururimi.
 Umuswaki ni agati gato gacibwa ku giti cyitwa Arak cyangwa se n'ikindi, kifashishwa mu koza mu kanwa n'amenyo no kuhasukura, kakanahumuza mu kanwa, kakanakuramo impumuro mbi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3063</t>
   </si>
   <si>
-    <t>لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ</t>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>Umwemeramana ntakange umwemeramanakazi, nagira imico mibi atamushimaho, azagira indi amushimaho</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwemeramana ntakange umwemeramanakazi, nagira imico mibi atamushimaho, azagira indi amushimaho." Cyangwa se yaravuze iti: "Indi mico."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije umugabo kuba yakwanga umugore we urwango rwatuma amuhuguza, akamureka, ndetse agatana nawe; Kubera ko umuntu yaremanywe inenge, iyo agize imico mibi adashima, haba hari indi myiza akwiye gushima; aba akwiye rero gushima iyo myiza yemera, akamwihanganira muyo adashima imugaragaraho, ku buryo bidakiwye kugera ku rwego rwo gutandukana nawe.</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
     <t>Guhamagarira umwemeramana kurangwa n'ubunyangamugayo n'ubutabera, no gukoresha inyurabwenge mu kutumvikana kwabaho hagati ye n'umugore we, ntakoreshwe n'amarangamutima n'uburakari bwa hato na hato.
 Umwemeramana akwiye kutanga umwemeramanakazi mu buryo bwa burundu byatuma batandukana, ahubwo ikiba gikwiye ni ugufata ibyo amukundira akabirutisha ibyo amwangira.
 Gushishikariza kurangwa n'imibanire myiza hagati y'abashakanye.
 Ukwemera guhamagarira imico myiza, bityo umwemera n'umwemeramanakazi baba bakwiye kurangwa n'imico myiza; kubera ko ukwemera guhamagarira kurangwa n'indangagaciro nziza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3071</t>
   </si>
   <si>
-    <t>كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا،</t>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
     <t>Igihe kimwe nari kumwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ishaka kwihagarika yerekera aho abantu bamenaga imyanda, yihagarika ihagaze</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Hudhayfat (Imana imwishimire) yaravuze ati: Igihe kimwe nari kumwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ishaka kwihagarika yerekera aho abantu bamenaga imyanda, yihagarika ihagaze, nuko nigirayo njya ku ruhande irambwira iti: Nyegera, nuko ndayegera nyihagarara inyuma, irangije iratawaza, ihanagura kuri Khofu zayo.</t>
   </si>
   <si>
     <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
     <t>Hudhayfat Ibun Al Yaman (Imana imwishimire we na se) yavuze ko igihe kimwe yari hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nuko ishaka kwihagarika, yerekeza aho bamenaga imyanda, yihagarika ihagaze kandi ubusanzwe yajyaga yihagarika yicaye.
 Nuko Hudhayfat arayitarura ajya ku ruhande, maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Nyegera, nuko Hudhayfat arayegera ahagarara inyuma yayo kugira ngo ayikingirize ntihagire uyibona.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije iratawaza, ubwo yari igeze ku birenge, yahanaguye Khofu abantu bambara mu birenge zikoze mu ruhu ziba zimeze nk'amasogisi, zikaba ziba zihishe utubombankore, ntiyaziyambura.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>Biremewe guhanagura Khofu.
 Biremewe kwihagarika uhagaze ariko ukirinda ko zagutarukira.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) guhitamo kwihagarika hano bamena imyanda byari mu rwego rwo kwirinda ko hari izamutarukira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3075</t>
   </si>
   <si>
-    <t>إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا</t>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
     <t>Nimuba mugiye kwituma ntimukerekere aho abayisilamu berekera basali (Qiblat), ndetse ntimukanahatere umugongo, ahubwo mujye mwerekera iburasirazuba n'iburengerazuba</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Ayub Al Answariy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nimuba mugiye kwituma ntimukerekere aho abayisilamu berekera basali (Qiblat), ndetse ntimukanahatere umugongo, ahubwo mujye mwerekera iburasirazuba n'iburengerazuba" Abu Ayubu yaravuze ati: Nyuma yaho twagiye ahitwa Shami, dusanga ubwiherero bwaho bwubatswe bwerekeye Qiblat, tukajya twihagarika twihengetse, ubundi tugasaba imbabazi Allah Nyir'ubutagatifu.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije ushatse kwihagarika cyangwa se kwituma kuba yabikora yerekeye Qiblat cyangwa se akayitera umugongo, ahubwo aba akwiye kwerekera ahandi hatari aho nk'iburasirazuba n'iburengerazuba, igihe Qib'lat ye iri aho iy'abantu b'i Madinat iri. Hanyuma Abu Ayubu (Imana imwishimire) avuga ko bagiye ahitwa Shami bagasanga ubwiherero bwaho bwubatswe ku buryo umuntu ubwinjiyemo kwituma, aba yerekeye Qiblat, noneho bajya babwinjiramo bakerekera ahandi hatari aho n'imibiri yabo, hamwe n'ibyo ariko bagasaba Allah imbabazi.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Impamvu yo kubuzwa kwerekera Qiblat igihe umuntu yihagaritse ni ukubaha ingoro ya Al Ka'abat no kuyiha agaciro.
 Gusaba Allah imbabazi igihe umuntu asohotse mu bwiherero.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigishaga neza, kuko ubwo yagaragazaga ibibujijwe yabigishije ibiziruye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3078</t>
   </si>
   <si>
-    <t>لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ</t>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>Umwe muri mwe ntazafatishe igitsina cye ikiganza cye cy'iburyo igihe ari kwihagarika, ntanazikize umwanda (Gusitanji) akoresheje ikiganza cye cy'iburyo, kandi ntagahumekere mu cyo ari kunyweramo</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Qatadat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwe muri mwe ntazafatishe igitsina cye ikiganza cye cy'iburyo igihe ari kwihagarika, ntanazikize umwanda (Gusitanji) akoresheje ikiganza cye cy'iburyo, kandi ntagahumekere mu cyo ari kunyweramo."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje imwe mu myifatire myiza, nkaho yabujije umuntu kuba yafatisha igitsina cye ikiganza cy'indyo igihe yihagaritse, cyangwa akikiza umwanda asitanji imbere n'inyuma akoresheje indyo, kuko indyo ni iyo gukora ibyiza; Ni nk'uko yabujije guhumekera mu cyo umuntu ari kunyweramo.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>Kugaragaza ko Isilamu yatanze andi madini mu kugaragaza imyifatire myiza, no kurangwa n'isuku.
 Kwirinda ibintu byose bitera umwanda, n'iyo bibaye ngombwa kubikoraho uba ukwiye kubikoresha imoso.
 Kugaragaza ko indyo yubahitse, n'agaciro kayo irusha imoso.
 Ubutungane bw'amategeko ya Isilamu, n'uburyo inyigisho zayo zikora ku mpande zose z'ubuzima.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3079</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>Ese umwe muri mwe atinya ko cyangwa se  umwe muri mwe ntatinya ko yakubura umutwe we atanze umuyoboye mu iswala (Imam) ko Allah umutwe we yawugira nk'uw'indogobe, cyangwa se Allah akagira ishusho ye nk'iy'indogobe?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ese umwe muri mwe atinya ko cyangwa se  umwe muri mwe ntatinya ko yakubura umutwe we atanze umuyoboye mu iswala (Imam) ko Allah umutwe we yawugira nk'uw'indogobe, cyangwa se Allah akagira ishusho ye nk'iy'indogobe?"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ibihano bikomeye by'umuntu wubura umutwe atanze umuyoboye mu iswalat ko Allah umutwe we yawuhindura nk'uw'indogobe cyangwa se ishusho ye akayigira nk'iy'indogobe!</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Uyobowe mu iswalat hamwe n'umuyoboye ari  mu buryo bune: Butatu muri bwo burabujijwe, ari bwo: Kuba yatanga umuyoboye, kuba yahuza cyangwa agacyererwa gukora ibyo umuyoboye akoze. Ariko ibyo uyobowe yemerewe ni ugukurikira umuyoboye.
 Ni itegeko k'uyobowe gukurikira umuyoboye mu iswalat.
 Kuba Allah yahindura ishusho y'uwakubura umutwe mbere y'umuyoboye mu Iswalat akayigira nk'iy'indogobe ni ibintu bishoboka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3086</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
   </si>
   <si>
     <t>Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku bijyanye n'umunsi w'imperuka, nuko arayibaza ati: Imperuka izaba ryari? Intumwa iramubaza iti: Ni gute  wayiteguriye?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku bijyanye n'umunsi w'imperuka, nuko arayibaza ati: Imperuka izaba ryari? Intumwa iramubaza iti: Ni gute  wayiteguriye? Arayisubiza ati: Nta kindi kidasanzwe, usibye ko  nkunda Allah n'Intumwa ye! Intumwa iramusubiza iti: Wowe uzaba uri kumwe n'uwo ukunda! Anas yaravuze ati: Nta kintu cyadushimishije nk'iyi mvugo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: "Wowe uzaba uri kumwe n'uwo ukunda!" Anas yaravuze ati:  Njyewe nkunda Intumwa y'Imana (Imana iyihe amahoro n'imigisha), na Abu Bakri, na Umar, kandi niringiye ko nzaba ndi kumwe nabo kubera urukundo mbakunda, kabone n'iyo naba ntarakoze nk'ibikorwa byabo.</t>
   </si>
   <si>
     <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
 فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
 فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
 فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
 ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
 ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
   </si>
   <si>
     <t>Umwarabu umwe wo mu cyaro wibera muri sahara yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe imperuka izabera?
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubaza iti: Wayiteguye ute mu bikorwa byiza wakoze?
 Nuko uwari uyibajije arayisubiza ati: Nta bindi nayiteguyemo bihambaye, usibye ko nkunda Allah n'Intumwa ye, nta bindi bikorwa by'amasengesho by'umutima cyangwa se umubiri cyangwa se umutungo yayibwiye, kubera ko byose ari ibishamikiyeho urukundo, kandi ko urukundo rw'ukuri rutuma umuntu ashishikarira gukora ibikorwa byiza.
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Mu by'ukuri wowe uzaba uri kumwe n'uwo ukunda mu ijuru.
 Nuko abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bishimira iyo nkuru nziza mu buryo bukomeye.
 Anas arangije abwira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko ayikunda ndetse akaba akunda na Abu Bakri, na Umar, ndetse akaba yiringiye ko azaba ari kumwe nabo, kabone n'iyo ibikorwa bye bitangana n'ibyabo.</t>
   </si>
   <si>
     <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
 أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
 فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
 قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
 توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
   </si>
   <si>
     <t>Ubugenge bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu gusubiza uwari uyibajije, aho yamweretse  icy'ingenzi kuri we ndetse cyazanamurokora ari cyo cyo kwitegura umunsi w'imperuka no gukora ibikorwa byiza.
 Ubumenyi bw'igihe imperuka izabera Allah yabugize ibanga ku bagaragu be, kugira ngo umuntu igihe cyose ajye ahora yiteguye kuzahura na Allah Nyagasani we.
 Agaciro ko gukunda Allah, Intumwa ye, n'abakora ibyiza mu bemeramana, no kwihanangiriza gukunda ababangikanyamana.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kuvuga iti: Wowe uzaba uri kumwe n'uwo ukunda, ntibisobanuye ko bazaba bareshya mu rwego n'icyubahiro, ahubwo ikigamijwe nuko bose bazaba bari hamwe mu ijuru, aho buri wese muri bo azabona mugenzi we, kabone n'iyo byaba mu ntera ya kure.
 Kwerekera umuyisilamu kugira ngo ashishikarire gukora icyiza kimufitiye akamaro, no kureka kubaza ibitamufitiye umumaro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3087</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>Nta swalat ibyo kurya byamaze gutegurwa, cyangwa se umuntu yakubwe (yifuza kujya mu bwiherero</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: "Nta swalat ibyo kurya byamaze gutegurwa, cyangwa se umuntu yakubwe (yifuza kujya mu bwiherero."</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabuza gusali igihe ibyo kurya byamaze kugera ku meza, kuko usali yabirarikira n'umutima we ukabishaka.
 Ni nk'uko bitemewe gusali, umuntu yakubwe ashaka kwihagarika cyangwa se kwituma, kuko nibyo ahugiramo (ntiyite kugutekereza iswalat!)</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Ni ngombwa ko umuntu usali yirinda ibyatuma atagira ituze mu  iswalat ye mbere y'uko ayitangira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3088</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ،</t>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga izamura amaboko yayo kugeza ahareshya n'intugu zayo igihe itangiye gusali</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga izamura amaboko yayo kugeza ahareshya n'intugu zayo igihe itangiye gusali, n'igihe ivuze Allah Akbar yunamye (Ruku'u), n'igihe yunamutse (ivuye Ruku'u) nabwo yarayazamuraga maze ikavuga iti: "SAMI'ALLAHU LIMAN HAMIDAHU, RABANA WA LAKAL HAMDU: Allah yumva umusingije, Mana Nyagasani ni wowe ukwiye gushimwa no gusingizwa;" ariko ntiyajyaga ibigenza kuriya igihe igiye kubama.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga izamura amaboko yayo kugeza ahateganye n'intugu zayo iri gusali ahantu hatatu:
 Aha mbere: Igihe yabaga itangiye gusali ivuze Allah Akbar yo gutangiza iswalat (Takbiratul Ih'ramu).
 Aha kabiri: Iyo yabaga igiye kunama (Ruku'u)
 Aha gatatu: Iyo yabaga yunamutse ivuye muri Ruku'u ndetse ikanavuga iti:  "SAMI'ALLAHU LIMAN HAMIDAHU, RABANA WA LAKAL HAMDU: Allah yumva umusingije, Mana Nyagasani ni wowe ukwiye gushimwa no gusingizwa.
 Ikindi nuko itajyaga izamura amaboko yayo igihe igiye kubama (Sudjud), cyangwa se yubamutse.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Mu mpamvu zo kuzamura amaboko igihe cyo gusali, nuko ari ikimenyetso cy'umutako w'iswalat, no kubahisha Allah Nyir'ubutagatifu.
 Byashimangiwe biturutse ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) ko yazamuraga amaboko yayo ahandi ha kane nk'uko byaje mu mvugo ya Abu Humaydi A-Sa'idiy nkuko bimeze mu gitabo cya Abu Daud n'abandi, ariho igihe yabaga ihagurutse kuri Raka'at ya gatatu ivuye mu kwicara hagati ya Raka ebyiri, ku iswalat zifite Raka eshatu cyangwa se enye.
 Byanashimangiwe kandi biturutse ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha)  ko yajyaga izamura ibiganza ikabiringaniza n'amatwi itayakozeho mu mvugo ya Malik Ibun Al Huwayrith mu bitabo bibiri bya Bukhari na Muslim (A-Swahihayni) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yavugaga Allah Akbar yazamuraga amaboko yayo kugeza aharaninganiye n'amatwi yayo."
 Guhuriza hamwe kuvuga SAMIALLAHU LIMAN HAMIDAH ni umwihariko ku muntu uyoboye iswalat (Imam) cyangwa se asari ari wenyine, naho uyobowe mu iswalat we aravuga ati: RABANA WALAKAL HAMDU: Nyagasani wacu ni wowe Nyir'ugushimwa no gusingizwa.
 Kuvuga aya magambo "RABANA WALAKAL HAMDU: Nyagasani Mana yacu ni wowe Nyir'ugushimwa na Nyir'ugusingizwa nyuma yo kuva Ruku, bikomoka ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) aho yabivuze mu buryo bune, ubu bukaba ari bumwe muri bwo; ariko ibyiza nuko umuntu akwiye kuyakurikiranya, rimwe akabivuga atya, ubundi akabivuga ukundi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3095</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yanyigishije uburyo bw'ubuhamya bwo mu iswala (A-Tashahud) ikiganza cyanjye kiri mu cyayo , nk'uko inyigisha isurat muri Qur'an</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yanyigishije uburyo bw'ubuhamya bwo mu iswala (A-Tashahud) ikiganza cyanjye kiri mu cyayo , nk'uko inyigisha isurat muri Qur'an igira iti: "A-TAHIYATU LILAHI WA SWALAWATU WA TWAYIBATU, A-SALAMU ALAYKA AYUHA NABIYU WA RAHMATULLAH WA BARAKATUHU. A-SALAMU ALAYNA WA ALA IBADILLAHI A-SWALIHINA A-SHAHADU AN LA ILAHA ILA LLAH, WA A-SHAHADU ANA MUHAMADAN ABDUHU WA RASULUHU: Ibyubahiro byose n'imigisha  n'ibyiza ni ibya Allah. Amahoro, impuhwe n'imigisha bya Allah bikubeho yewe Ntumwa, ayo mahoro natwe atubeho ndetse abe no ku bagaragu ba Allah bakora ibikorwa byiza. Ndahamya ko nta yindi mana ikwiye kugaragirwa usibye Allah wenyine, nkanahamya ko Muhamadi ari umugaragu wa Allah ndetse akaba n'Intumwa ye." Iyo avuze ubu busabe  bugera kuri buri mugaragu wa Allah wese, ukora ibikorwa byiza yaba mu kirere cyangwa se mu isi." Hanyuma nyuma y'ibi akaba yasaba ubusabe bwose yifuza.</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigishije Ibun Mas'uud (Imana imwishimire) uburyo azajya avugamo ubuhamya bwo mu iswalat (A-Tashahud), icyo gihe yari yashyize ikiganza cyayo mu cye, kugira ngo Ibun Mas'ud amakurikire neza nk'uko amwigisha isurat muri Qur'an, bikaba biri mu bigaragaza uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yitaye cyane kuri ubu buhamya byaba mu magambo abugize no mu bisobanuro byabwo. Nuko iramubwira iti: "A-TAHIYATU LILLAHI": Ni buri mvugo cyangwa se igikorwa kigaragaza kubaha no gukuza, ibyo byose bikaba bikwiye Allah Nyir'ubutagatifu. "A-SWALAWATU": Ni iswalat zizwi zaba iz'itegeko n'iz'umugereka zose zikorerwa Allah Nyir'ubutagatifu. "A-TWAYIBATU": Ni imvugo n'ibikorwa n'ibisingizo byiza bigaragaza ubutungane, ibyo byose ni Allah ubikwiye. "A-SALAM ALAYKA AYUHA NABIYU WA RAHMATULLAHI WA BARAKATUH": Ni ugusabira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko Allah ayirinda buri ikibi cyose, no kongererwa ibyiza byinshi. "A-SALAM ALAYNA WA ALA IBADILLAHI SWALIHINA:" Usali aba yisabira amahoro ndetse anayasabira buri mugaragu wese mwiza haba mu isi no mu birere. "A-SH'HADU AN LA ILAHA ILA LLAH:" Ndiyemerera nkanahamya ko nta wundi ukwiye kugaragirwa by'ukuri uretse Allah. "WA ANA MUHAMADAN ABDUHU WA RASULUHU": Ndiyemerera ko Muhamadi yari umugaragu akaba n'Intumwa ya Allah yasoreje izindi.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ishishikariza umuntu usali gusaba ubusabe bwose ashatse.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Umwanya ubu buhamya buvugwamo ni igihe wicaye wubamutse bwa nyuma muri buri Swalat na nyuma yuko wubamutse wicaye muri Rakat ya kabiri mu iswalat za rakat eshatu n'iza rakat enye.
 Ni itegeko kuvuga A-TAHIYATU mu buhamya, kandi biremewe kuvuga ubuhamya ukoresheje imvugo iyo ari yo yose mu mvugo z'ubuhamya zizewe zifite inkomoko ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Biremwe kuvuga ubusabe ushatse mu iswalat igihe hatari mo gusaba ibyaha.
 Ni byiza kubanza kwisabira igihe uri gusaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>ALLAHUMA INI AUDHU BIKA MIN ADHABIL QAB'RI, WA MIN ADHABI NARI, WA MIN FATINATIL MAH'YA WAL MAMATI, WA MIN FITINATIL MASIHI DADJALI: Mana Nyagasani nkwikinzeho ngo undinde ibihano byo mu mva, n'ibihano by'umuriro, n'ibigeragezo byo mu buzima no mu gupfa, n'ibigeragezo bya Masihi A-Dadjali</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isaba ubusabe igira iti: "ALLAHUMA INI AUDHU BIKA MIN ADHABIL QAB'RI, WA MIN ADHABI NARI, WA MIN FATINATIL MAH'YA WAL MAMATI, WA MIN FITINATIL MASIHI DADJALI: Mana Nyagasani nkwikinzeho ngo undinde ibihano byo mu mva, n'ibihano by'umuriro, n'ibigeragezo byo mu buzima no mu gupfa, n'ibigeragezo bya Masihi A-Dadjali." No mu mvugo ya Muslim iragira iti: "Umwe muri mwe najya amara kuvuga ubuhamya bwa nyuma, ajye yikinga kuri Allah amusaba kumurinda ibintu bine: Ibihano by'umuriro, n'ibihano byo mu mva, n'ibigeragezo byo mu buzima no mu gupfa, ndetse n'ikigeragezo cya Masihi A-Dadjali."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isaba Allah ngo ayirinde ibintu bine: Nyuma y'ubuhamya bwa nyuma, na mbere y'indamutso isoza iswalat, anadutegeka kwikinga kuri Alalh ngo aturinde ibi bintu bikurikira:
 Icya mbere: Ibihano byo mu mva.
 Icya kabiri: Ibihano by'umuriro ku munsi w'imperuka.
 Icya gatatu: Ibigeragezo byo mu buzima nk'irari ryo mu isi riziririjwe, n'ibindi biteye urujijo biyobya, ndetse n'ibigeragezo byo mu gupfa igihe umuntu aba avamo roho, akaba yatana inzira y'ubuyisilamu cyangwa se imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), cyangwa se ibigeragezo byo mu mva nk'ibibazo upfuye azabazwa n'abamalayika babiri akimara gupfa.
 Icya kane: Ni ibigeragezo bya Masihi A-Dadjali uzaza mu bihe bya nyuma, Allah akamugerageresha abagaragu be, hano Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamuvuze ku buryo bw'umwihariko kubera ubuhambare bw'ibigeragezo bye n'uburyo azaba ayobya abantu.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Ubu busabe bwo kwirinda ibi bintu biri mu busabe bw'ingenzi kandi bukusanyirije hamwe ibintu byinshi, kuko bikusanyirije hamwe ibibi byo muri iyi si n'ibyo ku munsi w'imperuka.
 Ibihano byo mu mva nta kabuza biriho kandi ni ukuri.
 Ubuhambare bw'ibigeragezo n'agaciro ko gusaba inkunga Allah no ku musaba kuzabirokoka.
 Gushimangira ko Masihi A-Dadjali azabaho n'ubuhambare bw'ibigeragezo bye.
 Gushishikariza gusaba ubu busabe nyuma y'ubuhamya bwa nyuma.
 Gushishikariza ubusabe nyuma yo gukora ibikorwa byiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3103</t>
   </si>
   <si>
-    <t>اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ</t>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>ALLAHUMA BA'ID BAYNII WA BAYNA KHATWAYAYA KAMA BA'ADTA BAYNAL MASH'RIQ WAL MAGHR'IB</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Iyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabaga iri gusali ikavuga Allah Akbar yacecekaga akanya gato, mbere y'uko igira ibindi isoma, nuko ndayibaza nti: Yewe Ntumwa y'Imana! Undutira Data na Mama, uribuka igihe wacecekaga akanya gato ubwo wari umaze kuvuga Allah Akbar na mbere yo  gusoma ibindi, wavugaga iki? Iramusubiza iti: Ndavuga nti: ALLAHUMA BA'ID BAYNII WA BAYNA KHATWAYAYA KAMA BA'ADTA BAYNAL MASH'RIQ WAL MAGHR'IB: Mana Nyagasani ntandukanya n'ibyaha byanjye nkuko watandukanyije hagati y'iburasirazuba n'iburengerazuba ALLAHUMA NAQINII MIN KHATWAYAYA KAMA YUNAQA A-THAWUBUL AB'YADWU MINA A-DANASI, ALLAHUMA GH'SILNII MIN KHATWAYAYA BITHAL'DJI WAL MA-I WAL BARADI: Mana Nyagasani nyeza untandukanye n'ibyaha byanjye nkuko wejeje  umwambaro w'umweru uwurinda ikizinga. Mana Nyagasani nkesha unyeze ibyaha byanjye n'urubura n'amazi y'urubura.</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yavugaga Allah Akbar igiye gusali, yacecekaga akanya gato mbere y'uko isoma Suratul Fatihat, igatangiza iswalat yayo amwe mu magambo yo gusingiza Allah. Amwe muri yo ni aho yavuze iti: "ALLAHUMA BA'ID BAYNII WA BAYNA KHATWAYAYA KAMA BA'ADTA BAYNAL MASH'RIQ WAL MAGHR'IB. ALLAHUMA NAQINII MIN KHATWAYAYA KAMA YUNAQA A-THAWUBUL AB'YADWU MINA A-DANASI, ALLAHUMA GH'SILNII MIN KHATWAYAYA BIL MA-I WATHAL'DJI WAL BARADI: Mana Nyagasani ntandukanya n'ibyaha byanjye nkuko watandukanyije hagati y'iburasirazuba n'iburengerazuba. Mana Nyagasani nyeza untandukanye n'ibyaha byanjye nkuko wejeje  umwambaro w'umweru uwurinda ikizinga. Mana Nyagasani nkesha unyeze ibyaha byanjye n'urubura n'amazi y'urubura." Yajyaga asaba Allah Nyir'ubutagatifu ko yashyira intera ndende hagati ye n'ibyaha bye kugira ngo atabigwamo, ndetse ntazagire aho ahurira nabyo nkuko iburasirazuba butazigera buhura n'uburengerazuba na rimwe; kandi yanabigwamo agasaba Allah kumweza no kubimukiza nk'uko umwambaro wera uvamo ikizinga, ndetse akanamucyesha ibyaha, akanazimya kugurumana kwabyo muri we, yifashishije amazi n'urubura n'imbeho ikonje.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Kuvuga amagambo yo gusingiza Allah duheraho bikorwa mu ibanga, kabone n'iyo yaba ari iswalat basari mu ijwi riranguriye.
 Uburyo abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bari bashishikajwe no kumenya ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakoraga cyangwa se yavugaga byose mu bihe byose.
 Hari n'andi magambo yakoreshwaga, ariko ibyiza ni ugukoresha afitiwe gihamya yizewe yakoreshejwe koko n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), rimwe akavuga aya ubundi akavuga ayandi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3104</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Nubwira mugenzi wawe uti: Ceceka, ku munsi wa Idjuma Imam ari gutanga inyigisho, uzaba ukinnye (mu iswala)</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nubwira mugenzi wawe uti: Ceceka, ku munsi wa Idjuma Imam ari gutanga inyigisho, uzaba ukinnye (mu iswala)."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko mu myifatire y'itegeko ikwiye kuranga umuntu ukurikiye inyigisho zo ku munsi wa gatanu (Idjuma) ari: Ugutega amatwi uri kuzitanga, kugira ngo uzitekerezeho, kandi ko uvuzemo kabone n'iyo byaba ijambo rimwe, Imam ari gutanga inyigisho akabwira mugenzi we ati: Ceceka cyangwa se akamubwira ati: kurikira inyigisho, uwo azaba ahombye ibyiza by'iyo swalat ya Idjuma.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Kuvuga mu gihe cy'inyigisho zo ku munsi wa Idjuma ni ikizira, kabone n'iyi waba ubuza ikibi umuntu ari gukora, cyangwa se kwikiriza indamutso, cyangwa se kwifuriza impuhwe uwitsamuye.
 Ariko ibi  ntibireba uri kugira icyo abwira Imam cyangwa se Imam nawe ari kumubwira.
 Biremwe kuvuga hagati y'ibice bibiri by'inyigisho zo ku munsi wa Idjuma ku bw'impamvu runaka.
 Iyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuzwe hagati muri izi nyigisho, uyisabira amahoro n'imigisha mu ibanga, ni cyo kimwe no kuvuga Amina uri kwikiriza ubusabe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3107</t>
   </si>
   <si>
-    <t>أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ،</t>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>Ese mbabwire inkuru y'umunyabinyoma Dadjali, buri muhanuzi yabwiraga abantu be? Ahumye ijisho rimwe, kandi naza azaza azanye ibimeze nk'ijuru n'umuriro,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ese mbabwire inkuru y'umunyabinyoma Dadjali, buri muhanuzi yabwiraga abantu be? Ahumye ijisho rimwe, kandi naza azaza azanye ibimeze nk'ijuru n'umuriro, nyamara ibyo azaba avuga ko ari ijuru bizaba ari umuriro, kandi ndababuriye ngo mumwirinde nk'uko Intumwa y'Imana Nuhu yabigenje ku bantu bayo."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabwiye abantu bayo kwirinda umunyabinyoma Dadjali n'ibizamuranga ndetse n'ibimenyetso bye, mu buryo nta yindi ntumwa yigeze ibivuga mbere ye. Bimwe muri byo:
 Nuko azaba apfuye ijisho rimwe.
 Kandi ko Allah Nyir'ubutagatifu azamushoboza kuza azanye ibimeze nk'ijuru n'umuriro nkuko bigaragarira amaso;
 Nyamara ijuru rye ni umuriro, n'umuriro we ni ijuru; uzamwumvira azamwinjiza mu ijuru nkuko rigaragarira amaso y'abantu, ariko ari umuriro utwika, n'uzamwigomekaho azamwinjiza mu muriro nkuko bigaragarira amaso y'abantu, nyamara rizaba ari ijuru ryiza. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) hanyuma yaratwihanangirije kugira ngo twirinde ibigeragezo bye, nk'uko Intumwa y'Imana Nuhu yamwihanangirije abantu be.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Ubuhambare bw'ibigeragezo by'umunyabinyoma (Dadjali).
 Kurokoka ibigeragezo by'umunyabinyoma Dadjali, bizashoboka kubera ukwemera nyakuri, no kugarukira Allah Nyir'ubutagatifu, no kumwiragiza ngo azakurinde Dadjali by'umwihariko nyuma y'icyicaro cya nyuma cy'ubuhamya mu iswalat, hamwe no gufata mu mutwe imirogo icumi ibanza yo muri Suratul Kahfi.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari yitaye cyane ku bayoboke bayo, aho yabagaragarije ibizaranga Dadjali mu buryo nta yindi ntumwa mu zamubanjirije yabigaragaje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3110</t>
   </si>
   <si>
-    <t>الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل</t>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>Buri muntu aba ari mu idini ry'umukunzi we, buri wese ajye yitegereza uwo akundana nawe</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Buri muntu aba ari mu idini ry'umukunzi we, buri wese ajye yitegereza uwo akundana nawe."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko umuntu aba ameze kimwe n'umukunzi we cyangwa se na mugenzi we mu myitwarire ye n'imyifatire ye. Ndetse ubucuti bugira uruhare rukomeye mu myifatire n'imyitwarire y'umuntu. Niyo mpamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatugiriye inama yo guhitamo inshuti nziza, kubera ko inshuti nziza ikuyobora ku kwemera, no ku muyoboro ndetse no mu byiza, kandi ikanafasha mugenzi wayo.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>Itegeko ryo kugira inshuti nziza no gutoranya abeza, no kubuza kugira inshuti mbi.
 Hano havuzwe inshuti ku buryo bw'umwihariko ntihavugwamo uwa bugufi, kubera ko inshuti ari wowe uyihitamo, naho umuvandimwe n'uwa bugufi, nta mahitamo uba ufite yo kumugira no kutamugira.
 Kugira inshuti biba bikwiye gushingira ku mitekerereze myiza.
 Ukwemera kw'umuntu kwongerwa no kuba umuntu agendana n'abemeramana anabagira inshuti, kukanagabanywa no kugendana n'inkozi z'ibibi no kuzigira inshuti.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Hadithi nziza]</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawud, na Tirmidhiy, ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3122</t>
   </si>
   <si>
-    <t>إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ،</t>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>Mu by'ukuri urugero rw'inshuti nziza n'inshuti mbi, ni nko kwicarana n'umuntu ucuruza imibavu n'umucuzi</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Mussa (Imana imwishimire) yavuze ko   Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri urugero rw'inshuti nziza n'inshuti mbi, ni nko kwicarana n'umuntu ucuruza imibavu n'umucuzi, ufite imibavu arayikumvisha ukaba wanayimuguraho, cyangwa se ukaba wamukuraho impumuro nziza, naho umucuzi agucira imyambaro, cyangwa se ukamukuraho umunuko!"</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatanze urugero rw'amoko abiri mu bantu:
 Uwa mbere: Ni ukugira inshuti cyangwa se kwicarana n'umuntu mwiza ukwibutsa Allah ndetse n'ibishimisha Allah, akagufasha gukora ibikorwa byo kumvira Allah. Urugero rwe ni nk'urw'umucuruzi w'imibavu ushobora kuguhaho, cyangwa se ukamugurira, cyangwa se ukamukuraho impumuro nziza.
 Uwa kabiri: Ni inshuti mbi no kugendana n'inshuti mbi, igukumira kugana inzira ya Allah, ndetse akanagufasha kwigomeka kuri Allah, nta kindi umubonaho uretse ibikorwa bibi, ndetse nawe ukabarwa nk'abameze nkawe. Urugero rwe ni nk'urugero rw'umucuzi ucura yifashishije umuriro, agutwikira imyenda kubera ibishashi byawo, cyangwa se ukamukuraho umunuko.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>Biremewe kwigisha utanga ingero kugira ngo ibisobanuro birusheho gusobanuka kuwo uri kubwira.
 Gushishikariza kwicarana n'abantu beza bakora ibikorwa byiza, kandi batunganye, no kwirinda kugira inshuti mbi no kwicarana n'abantu babi n'abandi bafite imico mibi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3127</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>Uharanira gucyemura ibibazo by'umupfakazi n'umukene, aba ameze nk'uharanira inzira ya Allah, cyangwa se uhora akora  ibihagararo by'ijoro asali ndetse n'amanywa akaba asibye</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uharanira gucyemura ibibazo by'umupfakazi n'umukene, aba ameze nk'uharanira inzira ya Allah, cyangwa se uhora akora  ibihagararo by'ijoro asali ndetse n'amanywa akaba asibye."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko umuntu uharanira gucyemura ikibazo cy'umugore wapfushije umugabo, akaba adafite undi wakimucyemurira, cyangwa se umukene ubabaye, akabacyemurira ibibazo bafite yiringiye ingororano kwa Allah, mu bihembo aba ameze nk'uharanira inzira ya Allah cyangwa se usali ijoro ryose ubutaruhuka, cyangwa se usiba amanywa yose buri gihe.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Gushishikariza ubufatanye no gufashanya ndetse no gucyemura ibibazo by'abatishoboye.
 Kugaragira Allah hakubiyemo igikorwa icyo ari cyo cyose cyiza, no muri byo harimo gucyemura ibibazo by'umupfakazi n'umucyene.
 Ibun Habirat yaravuze ati: N'ikigamijwe muri ibi nuko Allah Nyir'ubutagatifu azamukusanyiriza hamwe ibihembo by'uwasibye n'uwakoze igihagararo mu ijoro, ndetse n'uharanira inzira ye; kubera ko yafashije umupfakazi nkaho ari umugabo we... anafasha utishoboye udashobora kugira icyo yimarira, aritanga ubwe ndetse n'umutungo we, niyo mpamvu yaje anganya n'aba twavuze mu bihembo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3135</t>
   </si>
   <si>
-    <t>بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ،</t>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>Mwihutire gukora ibikorwa byiza mbere y'uko mugerwaho n'ibigeragezo bigoye bizaba bimeze nk'ijoro ry'umwijima</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mwihutire gukora ibikorwa byiza mbere y'uko mugerwaho n'ibigeragezo bigoye bizaba bimeze nk'ijoro ry'umwijima, aho umuntu azajya aramuka ari umwemeramana bukajya kugoroba yabaye umuhakanyi, cyangwa se bukagoroba ari umwemeramana bukajya gucya yabaye umuhakanyi, ukwemera kwe akakugurana iby'isi.</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irashishikariza umwemeramana kwihuta gukora ibikorwa byiza byinshi mbere y'uko ibigeragezo biza ngo bitume adakora ibyo bikorwa, kandi bizaza bimeze nk'umwijima w'ijoro, aho ukuri n'ikinyoma byivanga, bikagora benshi kubitandukanya. No kubera ubuhambare bwabyo, umuntu arahuzagurika kugeza ubwo bucya ari umwemeramana bukajya kwira yabaye umuhakanyi, cyangwa se bukira ari umwemeramana bugacya yabaye umuhakanyi, ukwemera kwe akakugurana indonke z'isi zishira.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>Ni itegeko gushikama ku idini, no kwihutira gukora ibikorwa byiza mbere y'uko tugerwaho n'ibitubuza kubikora.
 Kugaragaza ko mu bihe bya nyuma ibigeragezo biyobya bizaza bikurikiranye, kandi ko buri uko ikigeragezo kizajya kirangira kizajya gikurikirwa n'ikindi.
 Iyo umuntu agize intege nke mu kwemera kwe akagera no ku rwego akureka kubera indonke z'isi n'ibindi, biba impamvu y'uko atana, agata ukwemera kwe akishora mu bigeragezo.
 Muri iyi Hadith harimo kugaragaza ko ibikorwa byiza ari impamvu yo kurokoka ibigeragezo.
 Ibigeragezo birimo ibice bibiri: Hari ibiza bitewe n'urujijo, n'umuti wabyo ni ukugira ubumenyi, hari n'ibiza bitewe n'irari n'umuti wabyo ni ukugira ukwemera ndetse no kwihangana.
 Muri iyi Hadith harimo kugaragaza ko uwo ubikorwa bye bibaye bicye, ibigeragezo kuri we bimusanga byihuta, n'uwo ibikorwa bye bibaye byinshi aba akwiye kudashukwa nabyo ahubwo agaharanira kubyongera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3138</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ikunda kuvuga kenshi igira iti: YA MUQALIBAL QULUBI THABIT QALBII ALA DIINIKA: Yewe uhindura imitima y'abantu, ha umutima wanjye gushikama ku idini ryawe</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ikunda kuvuga kenshi igira iti: YA MUQALIBAL QULUBI THABIT QALBII ALA DIINIKA: Yewe uhindura imitima y'abantu, ha umutima wanjye gushikama ku idini ryawe", nuko ndavuga nti: Yewe Ntumwa y'Imana! Twarakwemeye twemera n'ibyo wahishuriwe, ese waba ufite ubwoba bw'ibizatubaho? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Yego, mu by'ukuri imitima iri hagati y'intoki ebyiri mu ntoki za Allah, ayihindagura uko ashatse!"</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ikunda gusaba Allah kenshi kumuha gushikama ku idini no ku kumvira Allah, no kumurinda gutana ndetse n'ubuyobe. Nuko bitangaza Anas Ibun Malik (Imana imwishimire) uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ikunda gusaba ubwo busabe, maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira ko imitima y'abantu iri hagati y'intoki ebyiri za Allah ayihindagura uko ashatse. Bityo umutima nicyo gicumbi cy'umwemera n'ubuhakanyi, wiswe umutima kubera ko uhindagurika kenshi, kugeza ubwo uhindagurika kuruta inkono ibirira kuziko. Uwo Allah ashatse aha umutima we gushikama ku muyoboro w'ukuri no ku kwemera, n'uwo ashatse yima umutima we kuyoboka, agahitamo ubuyobe.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yumviraga Nyagasani wayo ndetse ikanamwicishaho bugufi, n'uburyo yigishije abayoboke bayo  kujya babisaba Allah.
 Agaciro ko kugira igihagararo no gushikama ku idini, kandi ko ikitabwaho ari iherezo ry'umuntu n'ibikorwa.
 Umugaragu ntajya atandukana no gusaba Allah kumuha gushikama ku buyisilamu habe n'akanya gato.
 Gushishikariza gusaba kenshi ubu busabe, mu rwego rwo gukurikiza Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Gushikama ku buyisilamu ni ingabire ihambaye umugaragu akwiye guharanira kugeraho, no gushimira Nyagasani we kubera yo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3142</t>
   </si>
   <si>
-    <t>إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا</t>
+    <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>Imbwa ninywera mu gikoresho cyo kunyweramo cy'umwe muri mwe, azacyoze inshuro zirindwi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Imbwa ninywera mu gikoresho cyo kunyweramo cy'umwe muri mwe, azacyoze inshuro zirindwi."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse koza ibikoresho byo mu rugo inshuro zirindwi igihe imbwa yabirigaseho , imwe muri zo agakoresha itaka, hanyuma akaza kunyugurisha amazi nyuma yaho, bigatuma isuku yuzuye ikorwa ndetse igakuraho uwo mwanda n'ingaruka zawo.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>Urukonda rw'imbwa ni umwanda ukomeye.
 Kuba imbwa yarigata ku gikoresho cyo mu rugo, icyo gihe kiba gihumanye, ndetse n'amazi akirimo akaba ahumanye.
 Gusukuza itaka no kubisubiramo inshuro zirindwi ni umwihariko igihe imbwa yarigase ku gikoresho, ntabwo havugwamo inkari zayo n'undi mwanda wayo, n'ibindi imbwa yarigataho.
 Uburyo bwo koza ibikoresho hifashishijwe itaka: Ni ukuba umuntu yashyira amazi muri cya gikoresho akongeramo itaka, maze urwo ruvangitirane rw'amazi n'itaka akaba ari byo yogesha igikoresho cye.
 Uburyo Hadith igaragara ni rusange ku mbwa zose, ndetse n'imbwa amategeko yatwemereye korora nk'izo kwifashisha mu guhiga, n'umutekano ndetse no kuragira amatungo.
 Isabune n'ibindi byifashishwa mu isuku, ntibisimbura itaka, kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze itaka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3143</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>Imigenzo itanu iri muri kamere ari yo: Gusimurwa, kogosha imisatsi yo mu myanya y'ibanga, kogosha ubwanwa bwo hejuru, guca inzara, no gupfura ubucakwaha</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Imigenzo itanu iri muri kamere ari yo: Gusimurwa, kogosha imisatsi yo mu myanya y'ibanga, kogosha ubwanwa bwo hejuru, guca inzara, no gupfura ubucakwaha."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ibintu bitanu biri mu idini rya Isilamu ndetse no mu migenzo y'Intumwa zayibanjirije:
 Icya mbere: Gusiramurwa, akaba ari uguca igihu kirenga ku gitsina cy'umugabo, cyangwa se guca agahu kari mu gitsina cy'umugore hejuru y'ahakorerwa igikorwa cy'akabariro.
 Icya kabiri: Kogosha imisatsi n'ubwoya bimera mu mpande z'igitsina.
 Icya gatatu: Kogosha ubwanwa bwo hejuru.
 Icya kane: Guca inzara
 Icya gatanu: Gupfura ubucakwaha.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Imigenzo y'Intumwa z'Imana Allah akunda akanishimira, akanategeka ko ikorwa, ihamagarira gusa neza no kurimba ndetse n'isuku.
 Ni itegeko guhozaho ibi twavuze, no kutabyirengagiza.
 Iyi migenzo ifite inyungu mu kwemera no mu buzima busanzwe; zimwe muri zo ni ugusa neza, no gusukura umuburi, no kwigengesera ku byakwangiriza isuku, no kunyuranya n'abahakanyi ndetse no gushyira mu bikorwa amategeko ya Allah.
 Hari izindi Hadith zavuze indi migenzo itari iyi itanu twavuze, nko guteraka ubwanwa bwo hasi ku bagabo, koza mu kanwa, n'ibindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3144</t>
   </si>
   <si>
-    <t>لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ</t>
+    <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
   </si>
   <si>
     <t>Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, abarabu kababayeho kubera ibibi byegereje, uyu munsi Ya'adjudja na Ma'adjudja bamaze gutobora ku rukuta rwabo ahangana gutya</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Zaynab  Bint Djah'shi (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe kimwe yinjiye ifite igihunga maze iravuga iti: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, abarabu kababayeho kubera ibibi byegereje, uyu munsi Ya'adjudja na Ma'adjudja bamaze gutobora ku rukuta rwabo ahangana gutya, Intumwa y'imana ikora akaziga ifunze urutoki rwayo rw'igikumwe n'urugikurikiye, Zaynab Bint Djah'shi yaravuze ati: Nuko mbaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: "Ese tuzorama kandi muri twe harimo abantu bakora ibikorwa byiza?"  Iramusubiza iti: "Yego! Igihe ibibi biziyongera bikaba byinshi."</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yinjiye kwa Zaynab Bint Djah'shi (Imana imwishimire) ifite ubwoba n'igihunga ivuga iti: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, nk'integuza y'ikintu kibi cyenda kubaho, kandi ko nta buryo bwo kukirokoka usibye kugarukira Allah Nyir'ubutagatifu! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije iravuga iti: "Abarabu kababayeho kubera ibibi byegereje, uyu munsi Ya'adjudja na Ma'adjudja bamaze gutobora ku rukuta rwabo rwubatswe na Dhul Qarnayni ahangana gutya, nuko ikora akaziga ifunga igikumwe cyayo n'urutoki rugikurikiye; Maze Zaynab (Imana imwishimire) arayibaza ati: Ni gute Allah azaduteza ibihano, kandi muri twe hakirimo abemeramana bakora ibikorwa byiza? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Ibibi n'ubwangizi ndetse n'ibyaha nibyiyongera bikaba byinshi nk'ubusambanyi, kunywa ibisindisha ndetse n'ibindi, abantu bose bazorama.</t>
   </si>
   <si>
     <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>Igihunga n'ubwoba ntibikwiye guhuza umutima w'umwemeramana ngo areke gusingiza Allah mu gihe afite ubwoba, kubera ko gusingiza Allah bituma imitima igira ituze.
 Gushishikariza kubuza ibibi no kubikumira ntibibe.
 Abantu bose muri rusange bashobora korama kubera ibyaha byinshi n'ubwangizi bukwiriye ahantu hose, no kubirebera bakicecekera, kabone n'iyo muri bo haba harimo abakora ibikorwa byiza.
 Ibyago biba ku bantu bose abeza n'ababi, ariko ku munsi w'imperuka bazazurwa hashingirwe ku migambi yabo.
 Muri iyi Hadith abarabu bagizwe umwihariko "Abarabu akaga kababayeho kubera ibibi byegereje", kubera ko ari bo benshi mu bari bamaze kuba abayisilamu ubwo yavugaga ibyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3145</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Iyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga kwinjira mu bwiherero yasabaga ubusabe bugira buti: "ALLAHUMA INI AUDHU BIKA MINAL KHUBUTHI WAL KHABAITHI: Mana Nyagasani nkwikinzeho ngo undinde amashitani y'amagabo n'amagore</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Iyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga kwinjira mu bwiherero yasabaga ubusabe bugira buti: "ALLAHUMA INI AUDHU BIKA MINAL KHUBUTHI WAL KHABAITHI: Mana Nyagasani nkwikinzeho ngo undinde amashitani y'amagabo n'amagore."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yashakaga kwinjira mu bwiherero yaba ari ukwiherera ibyoroshye  cyangwa se ibikomeye,  yikingaga kuri Allah ngo amurinde ibibi by'amashitani y'amagabo n'amagore. Hari n'abamenyi basobanuye KHUBUTHI WAL KHABAITHI ko ari ibibi n'imyanda.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Ni byiza gusaba ubu busabe igihe ushatse kwinjira mu bwiherero.
 Ibiremwa byose bicyeneye Allah Nyagasani wabyo kugira ngo abirinde ibibibangamira n'ibibibuza amahoro ibihe byose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3150</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga igira isoni kurusha umukobwa w'isugi, iyo yabonaga ikintu itishimiye twabiboneraga mu buranga bwayo</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Said Al Khud'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga igira isoni kurusha umukobwa w'isugi, iyo yabonaga ikintu itishimiye twabiboneraga mu buranga bwayo.</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
   </si>
   <si>
     <t>Abu Said Al Khudriy (Imana imwishimire) aravuga ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga irangwa no kugira isoni kuruta umukobwa w'isugi utararongorwa, uba mu cyumba. No mu bigaragaza isoni zayirangaga nuko iyo yangaga ikintu, uburanga bwayo bwarahidnukaga ntivuge, abasangirangendo bakamenya ko yabyanze mu buranga bwayo.</t>
   </si>
   <si>
     <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
 حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
 الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Kugaragaza bimwe mu byaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) harimo no kurangwa n'isoni, bikaba ari umwe mu mico myiza kandi ihambaye.
 Isoni zaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe cyose habaga hatabayeho kurengera amategeko ya Allah; iyo habaga habayeho kuyarengera yararakaraga ndetse ikanategeka abasangirangendo bayo ikanababuza.
 Gushishikariza kurangwa n'umuco wo kugira isoni, kubera ko bituma umuntu akora ibikorwa byiza ndetse akanareka ibibi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3153</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>Hazabaho abayobozi babarutisha abandi ndetse bakanigwizaho imitungo yanyu ndetse muzanabababonaho ibintu mutazishimira", nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: None udutegetse iki yewe Ntumwa y'Imana? Irabasubiza iti: Muzakore ibibareba mwumvira uwo muyobozi wanyu, musabe Allah ko mwabona uburenganzira bwanyu mwambuwe</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Mas'ud (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Hazabaho abayobozi babarutisha abandi ndetse bakanigwizaho imitungo yanyu ndetse muzanabababonaho ibintu mutazishimira", nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: None udutegetse iki yewe Ntumwa y'Imana? Irabasubiza iti: Muzakore ibibareba mwumvira uwo muyobozi wanyu, musabe Allah ko mwabona uburenganzira bwanyu mwambuwe."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavzue ko hari igihe abayisilamu bazayoborwa n'abayobozi ba rusahuzi, bakabasesagurira imitungo , bakima abayisilamu umugabane wabo muri yo. Ndetse kandi abo bayobozi bazajya bakora ibintu bihabanye n'idini ku buryo umuntu abibona ntabyishimire. Nuko abasangirangendo b'Intumwa y'Imana (Imana ibishimire) bayibaza uburyo bazitwara muri icyo gihe? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibabwira ko kwigabira imitungo yabo kw'abayobozi babo bidakwiye kuba impamvu yatuma badakora inshingano zabo kuri bo zo kubumva no kubumvira, ahubwo ko bakwiye kuzihangana bakumva bakanumvira ntibabarwanye bashaka kubambura ubuyobozi, kandi bazasabe Allah uburenganzira bwabo bavukijwe, no kubabakiza ndetse no kubarinda ibibi byabo n'amahugu yabo.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Iyi Hadith ni imwe mu bimenyetso by'ubuhanuzi bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) aho yabahanuriye ibizabaho muri bo, kandi bibaho nk'uko yabibahanuriye.
 Biremewe kumenyesha umunyabyago ibishobora kuzamubaho, kugira ngo atangire kubyitegura no kubyihanganira, hanyuma byabaho akabyihanganira akiringira ingororano zabyo kwa Allah.
 Kwitwararika no gukomera ku gitabo cya Allah no ku migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni byo byarokora abantu ibigeragezo ndetse n'amakimbirane.
 Gushishikariza kumva no kumvira abayobozi mu byiza, no kutabigomekaho, kabone n'iyo babahuguza.
 Gukoresha ubugenge n'ubushishozi no gukurikiza imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu bihe by'ibigeragezo.
 Umuntu agomba gukora ibimureba, kabone n'iyo yahemukirwa cyangwa se agahuguzwa.
 Harimo na gihamya y'itegeko rigira riti: Ahitamo ikibi cyoroheje hagati y'ibibi bibiri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3156</t>
   </si>
   <si>
-    <t>مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ</t>
+    <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
   <si>
     <t>Uzasaba Allah gupfa aharanira inzira ya Allah mu kuri, Allah azamugeza mu rwego rw'abapfuye baharanira inzira ya Allah, kabone n'iyo yapfa azize urw'ikirago</t>
   </si>
   <si>
     <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Sah'li Ibun Hunayfi (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzasaba Allah gupfa aharanira inzira ya Allah mu kuri, Allah azamugeza mu rwego rw'abapfuye baharanira inzira ya Allah, kabone n'iyo yapfa azize urw'ikirago."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko usabye Allah gupfa aharanira inzira ya Allah, akabisaba ari umunyakuri abikoranye umugambi mwiza wo kwishimirwa na Allah, Allah azamuzamura mu ntera y'abapfiriye mu nzira ya Allah kubera umugambi mwiza yabisabanye, kabone n'iyo yapfa azize urw'ikirago!</t>
   </si>
   <si>
     <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
 الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
 إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
   </si>
   <si>
     <t>Kuba umunyakuri mu migambi yawe hamwe no gukora ibyo umuntu ashoboye ni imwe mu mpamvu zo kugera ku byo umuntu yifuza nk'ibihembo n'ingororano, kabone n'iyo atashobora gukora icyo gikorwa.
 Gushishikariza guharanira inzira ya Allah, no kubisaba mu busabe.
 Ineza ya Allah afitiye abayoboke b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), aho ibikorwa bito bakoze abibahemberamo ibyinshi ndetse akanabageza mu nzego zo hejuru mu ijuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3157</t>
   </si>
   <si>
-    <t>مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ</t>
+    <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
   </si>
   <si>
     <t>Ibigeragezo bizakomeza kwibasira umwemeramana n'umwemeramanakazi kuri we no mu rubyaro rwe, no mu mitungo ye kugeza ubwo azahura na Allah, nta cyaha na kimwe agifite</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ibigeragezo bizakomeza kwibasira umwemeramana n'umwemeramanakazi kuri we no mu rubyaro rwe, no mu mitungo ye kugeza ubwo azahura na Allah, nta cyaha na kimwe agifite."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko ibigeragezo  bitazigera bitandukana n'umugaragu w'umwemeramana n'umwemeramanakazi byaba kuri we ubwe nko ku buzima bwe, no ku mubiri we, no mu rubyaro rwe nk'uburwayi, no gupfusha, no kumwigomekaho ndetse n'ibindi. No mu mutungo we nko kuba yakena, n'ubucuruzi bugahomba cyangwa se bukibwa, cyangwa se ubuzima bukamugora akabura amafunguro, kugeza ubwo Allah amubabarira ibyaha bye byose kubera ibyo bigeragezo kugeza ubwo azahura na Allah nta cyaha na kimwe afite.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Mu mpuhwe Allah afitiye abagaragu be b'abemeramana nuko abababarira ibyaha byabo bakiri hano ku isi kubera ibigeragezo abagerageresha.
 Ibigeragezo ubwabyo bituma abantu bababarirwa ibyaha, ariko igihe bafite ukwemera, iyo umugaragu ahuye nabyo akihangana ntabyinube, arabihemberwa.
 Gushishikariza kwihangana mu bintu byose, mu bikunzwe no mu bidakunzwe, agomba kwihangana kugeza ubwo akoze ibyo Allah yamutegetse, akihangana akitandukanya n'ibyo yamuziririje, yiringiye ingororano za Allah, ndetse anatinya ibihano bye.
 Imvugo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: Umwemeramana n'umwemeramanakazi, kongeraho umwemeramanakazi ni mu rwego rwo gushimangira ko n'umugore avugwamo. Iyo bitaba ibyo iyo ivuga umwemera hari kuba havuzwemo n'umugore kuko atari umwihariko ku bagabo. Iyo ibigeragezo bibaye ku mugore nawe ari mu bahawe isezerano ryo kubabarirwa ibyaha.
 Mu bituma umwemeramana yoroherwa n'ubukana bw'ibigeragezo, ni ingororano yasezeranyijwe igihe yaba yihanganiye ibigeragezo ahuye nabyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3159</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yajyaga isali yatandukanyaga hagati y'amaboko yayo kugeza ubwo urebye mu kwaha kwayo</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Malik Ibun Buhaynat (Imana imwishimire) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yajyaga isali yatandukanyaga hagati y'amaboko yayo kugeza ubwo urebye mu kwaha kwayo.</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yabaga yubamye yatandukanyaga amaboko yayo, akamera nk'amababa abiri, kugeza ubwo wabona mu kwaha kwayo; Ibi ni ugutandukanya amaboko mu buryo burenze.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Ni byiza kubama muri ubu buryo, utandukanya hagati y'amaboko abiri.
 Ariko umuntu uyobowe mu iswalat ku buryo byabangamira umuntu umuri iruhande, we ntabwo abitegetswe.
 Gutandukanya amaboko igihe umuntu yubamye bifite inyigisho n'impamvu nyinshi; zimwe muri zo: Ni ukugaragaza umwete n'umurava mu iswalat, kandi ko nta rugingo rusigara rutagize uruhare mu gusali. Byanavuzwe ko impamvu yabyo ari kimwe no kwibombarika mu iswalat, ni nabwo buryo bwonyine bushoboza kubama umuntu ashyize agahanga n'izuru rye ku butaka. Ikindi nanone ni ukugira ngo buri rugingo rw'umubiri rutandukane n'izindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3220</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ</t>
+    <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
     <t>Allah aba ari hafi cyane y'umugaragu we mu gicuku cy'igice cya nyuma cy'ijoro</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Umamat yaravuze ati: Amri Ibun Abasat (Imana imwishimire) yaratuganirije avuga ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Allah aba ari hafi cyane y'umugaragu we mu gicuku cy'igice cya nyuma cy'ijoro, nushobora kuba mu bo Allah azazirikana muri ibyo bihe uzabemo."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko Allah Nyir'ubutagatifu aba ari bugufi y'umugaragu we muri kimwe cya gatatu cya nyuma cy'ijoro, yewe mwemeramana nushobozwa kuba umwe mu bagaragira Allah, bamusingiza ndetse banamwicuzaho muri icyo gihe, kubera ko ari ibyo umuntu akwiye kubyaza umusaruro ndetse akanabigiramo umuhate.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>Gushishikariza umuyisilamu gusingiza Allah by'umwihariko mu gice cya nyuma cy'ijoro.
 Ibihe birarutanwa hari bimwe byiza byo gusingiza Allah, no kumusaba, ndetse no kubikoramo iswalat.
 Mirik avuga ku itandukaniro riri hagati y'ijambo: Ni cyo gihe Nyagasani aba ari bugufi y'umugaragu we kuruta ibindi" no hagati y'ijambo rigira riti: Aho umugaragu aba ari bugufi ya Nyagasani we ni igihe aba yubamye": Ikigamijwe hamwe ni ukugaragaza igihe Allah aba ari bugufi y'umugaragu we ko ari mu gice cya nyuma cy'ijoro, naho hariya handi ni ukugaragaza ibihe umugaragu aba ari bugufi ya Nyagasani we ko ari igihe yubamye hasi.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawud na Tirmidhiy ndetse na A-Nasa'iy]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3236</t>
   </si>
   <si>
-    <t>أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ</t>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>Idinari ryiza kuruta ayandi umuntu atanze: Ni iryo atanze aha abo ashinzwe, hagakurikiraho iryo umuntu atanze aha itungo rye ajyana mu nzira y'Imana, n'idinari umuntu atanze aha bagenzi be mu nzira y' Imana</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Thawbani (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Idinari ryiza kuruta ayandi umuntu atanze: Ni iryo atanze aha abo ashinzwe, hagakurikiraho iryo umuntu atanze aha itungo rye ajyana mu nzira y'Imana, n'idinari umuntu atanze aha bagenzi be mu nzira y' Imana." Abu Qilaabat yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahereye ku bo ishinzwe, Abu Qilaabat arangije aravuga ati: Ninde muntu waza arusha ibihembo wa wundi uha ibitunga abo ashinzwe bakiri bato, abatoza ubupfura, Allah akabagira ab'umumaro kuri we!"</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje inzira zitandukanye zo gutanga imitungo mu nzira ya Allah, ndetse inazitondekanya ikurikije iy'itegeko kurusha izindi, igihe zahuriranye; ahera kuyikomeye kuruta izindi; Avuga ko umutungo urusha iyindi ingororano ari wa wundi umuyisilamu atanze awuha abo ashinzwe nk'umugore n'abana be. Hanyuma hagakurikiraho gutanga umutungo ku kigenderwaho cyawe nk'ifarasi cyagenewe kujya ku rugamba uharanira inzira ya Allah. Hanyuma hagakurikiraho gutanga umutungo uha bagenzi bawe n'inshuti zawe kubera ko nabo baharanira inzira ya Allah.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>Gukurikiranya uburyo bwo gutanga umutungo mu nzira ya Allah hakurikijwe uko burutanwa mu gaciro, mu buryo bwavuzwe by'umwihariko igihe buhuriranye.
 Kugaragaza ko gutanga umutungo uha abo ushinzwe ibyo bacyeneye ari cyo kibanza mu bihembo n'agaciro.
 Gutanga umutungo uharanira inzira ya Allah nabyo ni kimwe mu bifite agaciro n'ingororano zihambaye, nko kugura ibikoresho bicyenewe, gutera inkunga abarwana muri iyo nzira.
 Byavuzwe ko inzira y'Imana ari buri gikorwa cyo kumvira Allah, urugero nk'umutambagiro mutagatifu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3267</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>Ndahiye k'ufite roho ya Muhamadi mu kuboko kwe ko nta n'umwe mu bayoboke banjye uzanyumva yaba ari umuyahudi cyangwa se umunaswara ngo areke kunyemera, maze apfe atemeye ubutumwa naje nzanye usibye ko azajya mu muriro</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat  (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ndahiye k'ufite roho ya Muhamadi mu kuboko kwe ko nta n'umwe mu bayoboke banjye uzanyumva yaba ari umuyahudi cyangwa se umunaswara ngo areke kunyemera, maze apfe atemeye ubutumwa naje nzanye usibye ko azajya mu muriro.</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irarahira ku izina rya Allah, ko uwo ari we wese uzayimenya yaba umuyahudi cyangwa se umunaswara cyangwa se n'abandi, cyangwa se akagerwaho n'ubutumwa bwa Muhamadi (Imana imwishimire), hanyuma agapfa atamwemeye ko azaba umwe mu bantu bazajya mu muriro ubuziraherezo.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Ubutumwa bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  ni rusange ku batuye isi bose, ni n'itegeko kuyikurikira, ndetse no kuba amategeko yose yayibanjirije yarasimbuwe n'amategeko yaje izanye.
 Uzahakana Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kuvuga ko yemera izindi Ntumwa ntacyo bizamumarira.
 Utazumva Intumwa y'Imana (Imana iyihe amahoro n'imigisha), n'ubutumwa bwa Isilamu yaje kwigisha ntibumugereho, uwo ntacyo azabazwa, kandi iherezo rye ku munsi w'imperuka rizwi na Allah Nyir'ubutagatifu.
 Ubuyisilamu bugirira akamaro nyirabwo, kabone n'iyo yaba abura igihe gito ngo apfe, kabone n'iyo yaba ari mu burwayi bukomeye budakira, igihe cyose roho ye itaragera mu ngoto.
 Kuvuga ko amadini y'abahakanyi ari ukuri harimo n'ay'abayahudi n'abanaswara aba ahakanye.
 Kuvuga umuyahudi n'umunaswara- muri Hadith- ni mu rwego rwo kwihanangiriza abandi batari bo, kubera ko aba bo bafite igitabo bemera bamanuriwe, niba rero nabo bazajya mu muriro kubera kutemera ubutumwa bwa Muhamadi, ubwo abandi badafite igitabo bemera nibo bazaherwaho, kubera ko bose bategetswe kwemera ubutumwa bwa Muhamadi (Imana imuhe amahoro n'imigisha) no kubukurikira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Mujye mugabanya ubwanwa bwo hejuru, mutereke ubwo hasi</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mujye mugabanya ubwanwa bwo hejuru, mutereke ubwo hasi."</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irategeka kugabanya ubwanwa bwo hejuru no kutabureka.
 Mu gihe ubwo hasi itegeka kubutereka no kubwihorera.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Ni ikizira kogosha ubwanwa bwo hasi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3279</t>
   </si>
   <si>
-    <t>عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ</t>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>Iby'umwemeramana biratangaje! Ibye byose kuri we biba ari byiza! Ariko nta wundi bijya bishobokera uretse umwemeramana</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Swuhayb (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Iby'umwemeramana biratangaje! Ibye byose kuri we biba ari byiza! Ariko nta wundi bijya bishobokera uretse umwemeramana, iyo agezweho n'ibishimishije arashimira, bikaba byiza kuri we, n'iyo agezweho n'ibidashimishije arihangana nabyo bikaba byiza kuri we."</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratangarira umwemeramana n'ibyo byose mu rwego rwo kwerekana ko ari byiza; kuko ibihe bye byose kuri we biba ari byiza, ariko ibi nta wundi ubigira uretse umwemeramana. Iyo hari ikimubayeho kimushimishije arashimira, akabibonera ibihembo n'ingororano; N'iyo hari ikitamushimishije kimubayeho arihangana, nabyo akabibonera ibihembo n'ingororano, bityo ibimubayeho byose arabihemberwa.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
     <t>Agaciro ko gushimira mu byiza no kwihangana mu bigeragezo, ukoze ibyo abona ibyiza by'aha ku isi no ku munsi w'imperuka, n'udashimiye ingabire cyangwa se ngo yihanganire ikigeragezo, aba ahombye ingabire nyinshi.
 Agaciro ko kwemera, kandi ko ingororano zabyo mu bihe byose nta bandi bazibona uretse abafite ukwemera.
 Gushimira mu byiza, no kwihangana mu bibi ni bimwe mu biranga abemeramana.
 Kwemera igeno rya Allah bituma umwemeramana ahora anezerewe mu bimubaho byose; bitandukanye n'utari umwemeramana, uhora ababaye igihe hari ikibi kimubayeho; iyo hari ikimugezeho mu ngabire za Allah Nyir'ubutagatifu aba ari icyo ahugiraho akareka kumvira Allah, tutirengagije no kuba cyatuma yigomeka kuri Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3298</t>
   </si>
   <si>
-    <t>وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ</t>
+    <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>UBURYO KWIYUHAGIRA IJANABA BIKORWA.</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Maymunat Nyina w'abemerana (Imana imwishimire) yaravuze ati: Nazaniye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igikoresho kirimo amazi kugira ngo yiyuhagire, nuko ndayikingira n'umwenda, isuka amazi mu kiganza ikaraba intoki, maze isukisha indyo yayo yoza ubwambure bwayo ikoresheje imoso, irangije ishyira intoki zayo z'ikiganza cy'imoso mu itaka irazihanagura irangije irazikaraba; hanyuma ishyira amazi mu kanwa iracira, irangije iyashoreza mu mazuru irayasohora, nyuma ikaraba uburanga bwayo n'amaboko yayo, irangije iyasuka mu mutwe wayo no ku mubiri wayo wose, nuko yimukira ku ruhande ikaraba ibirenge byayo, nyihereza umwambaro yanga kuwufata, maze igenda iri kwihanagura amazi ikoresheje intoki zayo.</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
     <t>Nyina w'abemeramana Maymunat (Imana imwishimire) aratubwira uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yiyuhagiye ijanaba, aho yayizaniye amazi kugira ngo yiyuhagire, maze amukingira akoresheje umwambaro, maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ikora ibi bikurikira:
 Icya mbere: Yasutse amazi mu ntoki zayo irazikaraba mbere yo kuzinjiza mu gikoresho cyari kirimo amazi.
 Icya kabiri: Yasukishije indyo yayo amazi ku kiganza cy'ibumoso ibanza koza igitsina cyayo (gusitanji); kugira ngo ibanze igisukure.
 Icya gatatu: Yanyujije intoki zayo mu itaka irangije irazikaraba, kugira ngo hataba hari umwanda wazisigayeho.
 Icya kane: Yashyize amazi mu kanwa kayo irangije irayacira, nyuma irayashoreza mu mazuru irangije irayapfuna;
 Icya gatanu: Yakarabye mu buranga bwayo no ku maboko yayo.
 Icya gatandatu: Yasutse amazi mu mutwe wayo.
 Icya karindwi: Yasutse amazi ahandi hose hasigaye ku mubiri.
 Icya munani: Yavuye aho yiyuhagiriye yimukira ahandi ikaraba ibirenge byayo, kuko itari yabikarabye.
 Hanyuma Maymunat amuhereza igitambaro ngo yihanagure, yanga kugifata, ahubwo yihanagura amazi ikoresheje intoki zayo.</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Uburyo abagore b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bayitagaho kugeza ubwo bavuga no ku mibereho yayo mu buryo burambuye, mu rwego rwo kwigisha abayoboke bayo.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yiyuhagiragamo ni bumwe mu buryo bwuzuye bwizewe bukomoka ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yiyuhagiragamo ijanaba, naho ubundi buryo nabwo bwemewe ni ukuba yakwiza umubiri wayo wose n'amazi no gushyira amazi mu kanwa ndetse no kuyashoreza.
 Kwihanagura amazi nyuma yo kwiyuhagira hakoreshejwe umwambaro no kubireka  cyangwa se nyuma yo gutawaza byombi biremewe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3310</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Uzatawaza atya, yarangiza agasali raka ebyiri, nta kindi ahugiyeho, Allah azamubabarira ibyaha bye yakoze mbere</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Hum'ran waheshejwe ubwigenge na Uth'man Ibun Afan yavuze ko yabonye Uth'man Ibun Afan atumaho igikoresho yifashishaga atawaza, nuko akaraba intoki ze inshuro eshatu, arangije yinjiza ikiganza cye cy'iburyo muri icyo gikoresho, arangije ajuguta amazi mu kanwa, arayashoreza maze arayapfuna, arangije akaraba mu maso he inshuro eshatu n'amaboko ye agarukira mu nkokora inshuro eshatu, arangije ahanagura mu mutwe, arangije akaraba amaguru yombi inshuro eshatu, maze aravuga ati: Nabonye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itawaza uku mbigenje iranavuga iti: " Uzatawaza atya, yarangiza agasali raka ebyiri, nta kindi ahugiyeho, Allah azamubabarira ibyaha bye yakoze mbere."</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>Uth'man (Imana imwishimire) yigishije mu ngiro uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga itawaza; kugira ngo birusheho gusobanuka; ubwo yatumagaho amazi  mu gikoresho yifashishaga atawaza, maze akaraba intoki ze inshuro eshatu, arangije yinjiza ikiganza cye cy'iburyo muri icyo gikoresho, arangije ajuguta amazi mu kanwa, arayashoreza maze arayapfuna, arangije akaraba mu maso he inshuro eshatu n'amaboko ye agarukira mu nkokora inshuro eshatu, arangije ahanagura mu mutwe, arangije akaraba amaguru yombi kugera ku tubumbankore inshuro eshatu.
 Ubwo yari amaze gutawaza yababwiye ko yabonye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itawaza muri ubwo buryo abigenje, inabaha inkuru nziza ko uzatawaza muri ubwo buryo yarangiza agasali raka ebyiri, yibombaritse n'umutima we wose yumva ko ahagaze imbere ya Allah, kubera uko gutawaza kwe n'uburyo akoze iswalat, Allah azamubabarira ibyaha bye yakoze mbere.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Ni byiza gukaraba intoki mbere yo kuzinjiza mu gikoresho utawarisha n'ubwo waba utabyutse. Iyo ubyutse bwo ni itegeko kubikaraba.
 Ni ngomwba ko umwarimu ahitamo inzira ya bugufi yo gusobanurira umunyeshuri, no kugira ngo ibyo amwigishije atazabyibagirwa, no muri ibyo harimo kumwigisha ushyira mu ngiro.
 Ni ngombwa ko umuntu usali yirinda ibindi byo mu buzima bw'isi bimurangaza, kubera ko kuzura kw'iswalat gushingira ku kuba yakozwe n'umutima wose, naho ubundi ibitekerezo ntibibura ariko umuntu akwiye guhatana agakora ibishoboka ntatwarwe nabyo.
 Ni byiza mu gihe cyo gutawaza guhera iburyo.
 Gukurikiranywa hagati yo kujuguta amazi mu kanwa no kuyashoreza ndetse no kuyapfuna ni itegeko.
 Ni byiza gukaraba mu maso no ku maboko no ku birenge inshuro eshatu eshatu, ariko inshuro imwe niyo y'itegeko.
 Ibyaha byabanje Allah ababarira bishingira ku bintu bibiri: Isuku (Udhu) yakozwe mu buryo bwuzuye, no gusali raka ebyiri mu buryo bwavuzwe muri Hadith.
 Buri rugingo rwo ku mubiri umuntu atawaza rugira aho rugarukira: Mu maso hahera mu ruhanga aho umusatsi uhera mu buryo bumenyerewe, kugeza ku kananwa n'ahamera ubwanwa hose; no guhera ku gutwi kwo mu musaya umwe kugeza ku kundi. Naho ku maboko ni uguhera ku mitwe y'intoki ukagarukira mu nkokora. Naho ku mutwe ni uguhera mu ruhanga aho umusatsi uhera mu buryo bumenyerewe, ugakomereza no mu misaya yombi kugeza aho ijosi ritangirira. Naho amatwi yo abarwa nk'ingingo ziri hamwe n'umutwe. Naho ibirenge ni ikirenge cyose kugera mu tubumbankore  hagati yacyo n'umurundi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yogaga ijanaba, yakarabaga intoki zayo, igatawaza nk'uko ibigenza igiye gusali, hanyuma ikiyuhagira</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yogaga ijanaba, yakarabaga intoki zayo, igatawaza nk'uko ibigenza igiye gusali, hanyuma ikiyuhagira hanyuma igakwiza amazi mu musatsi wayo, kugeza ubwo imenye neza ko amazi yageze mu mutwe ku mubiri, agakwiza amazi umubiri we wose inshuro eshatu, yarangiza agakaraba ahandi hasigaye. Aishat yaravuze ati: Najyaga niyuhagirana n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu gikoresho kimwe, tukajya tudahira rimwe amazi.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yashakaga kwiyuhagira ijanaba, yabanzaga gukaraba intoki, hanyuma igatawaza nk'uko ibigenza igiye gusali, hanyuma umubiri wayo wose ikawukwiza amazi, yarangiza igatosa umusatsi wayo n'intoki zayo kugeza ubwo yizera neza ko amazi yageze hose ndetse n'aho umusatsi utereye, hanyuma igasuka amazi ku mutwe inshuro eshatu, yarangiza ikiyuhagira ibice bisigaye by'umubiri wayo. Aishat (Imana imwishimire) yaravuze ati: Najyaga niyuhagirana n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu gikoresha kimwe, tukajya tudahira rimwe amazi.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Kwiyuhagira birimo uburyo bubiri: Hari ubwemewe hari n'ubwuzuye. Ubwemewe ni igihe umuntu agize umugambi wo kwisukura, hanyuma umubiri we wose akawukwizaho amazi, akayajuguta mu kanwa ndetse akanayashoreza mu mazuru nyuma akayapfuna; naho kwiyuhagira mu buryo bwuzuye ni ukwiyuhagira nk'uko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabivzue muri iyi Hadithi.
 Ijambo ijanabat rikoreshwa igihe cyose umuntu yasohotswemo n'intanga, cyangwa se yakoze imibonano mpuzabitsina kabone n'iyo atarangiza.
 Biremewe ko umwe mu bashakanye areba ubwambure bwa mugenzi we, no kwiyuhagirana mu gikoresho kimwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3316</t>
   </si>
   <si>
-    <t>كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>Iyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yitsamuraga, yashyiraga ikiganza cyayo cyangwa se umwambaro wayo ku munwa, ndetse ikanitsamura mu ijwi ryoroheje</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Iyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yitsamuraga, yashyiraga ikiganza cyayo cyangwa se umwambaro wayo ku munwa, ndetse ikanitsamura mu ijwi ryoroheje.</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yitsamuraga;
 Icya mbere: Yashyiraga ikiganza cyayo cyangwa se umwambaro wayo ku munwa, kugira ngo hatagira igisohoka mu kanwa kayo cyangwa se mu mazuru yayo kikaba cyabangamira uwo bari kumwe.
 Icya kabiri: Yagabanyaga ijwi ryayo ntirizamure.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Kugaragaza umuyoboro w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku bijyanye no kwitsamura, no kuyikurikiza muri byo.
 Ni byiza gushyira umwambaro cyangwa se agatambaro n'ibindi ku munwa igihe witsamuye, kugira ngo hatagira icyasohokamo kikabangamira abo muri kumwe.
 Koroshya ijwi igihe witsamuye biracyenewe, ni na bimwe mu biranga ikinyabupfura n'imico myiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3317</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Umuvumo wa Allah uzabe ku bayahudi n'abanaswara, bafashe imva zishyinguyemo Intumwa zabo bazigira imisigiti (aho gusengera)</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat na Abdillah Ibun Abass (Imana imishimire we na se) baravuze bati: Ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari yegereje igihe cyo gupfa yitwikiriye igitambaro mu maso, yakomererwa ikagikura ku maso, maze iravuga iti: Umuvumo wa Allah uzabe ku bayahudi n'abanaswara, bafashe imva zishyinguyemo Intumwa zabo bazigira imisigiti (aho gusengera)" iri kwihanangiriza gukora nk'ibyo!</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>Aishat na Ibun Abass (Imana ibishimire bose) baratubwira ko ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari yegereje igihe cyo gupfa yitwikiriye igitambaro mu maso, yakomererwa ikagikura mu maso, maze iravuga iti: @Umuvumo wa Allah uzabe ku bayahudi n'abanaswara, bafashe imva zishyinguyemo Intumwa zabo bazigira imisigiti (Aho gusengera)! Iyo bitaza kuba biteye inkeke ntiyari kubyihanangiriza mu gihe yari imeze kuriya. Niyo mpamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije abayoboke bayo kwisanisha n'ibyo abayahudi n'abanaswara bakora, kubera ko ari imwe mu nzira ziganisha mu ibangikanyamana Nyir'ubutagatifu!</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Kubuza kugira imva z'abahanuzi n'abandi baranzwe no gukora ibikorwa byiza ahantu ho gusengera, kuko ari bumwe mu buryo buganisha mu ibangikanyamana!
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ishishikajwe no kwigisha abantu kwemera Imana imwe gusa (Tawhid) no kuba yari ifite impungenge z'uburyo bafata imva, kubera ko biganisha mu ibangikanyamana.
 Biremewe gusabira abayahudi n'abanaswara umuvumo n'undi ukora nk'ibyo bakora nko kubaka ku mva no kuhagira ahantu ho gusengera.
 Kubaka ku mva ni imwe mu migenzo y'abayahudi n'abanaswara, Hadith ikaba yaje ibuza kumera nkabo.
 Kugira imva imisigiti hinjiramo no kuhasengera ndetse no kuherekera, n'ubwo nta musigiti waba uhubatse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Mwirinde ibyaha birindwi birimbura</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mwirinde ibyaha birindwi birimbura.” Baramubaza bati: Ni ibihe yewe ntumwa y’Imana? Intumwa y'Imana iravuga iti “Kubangikanya Imana, gukoresha uburozi (ubupfumu), kwica umuntu Imana yaziririje ko yicwa, nta mpamvu yemewe n’amategeko, kurya riba, kurya umutungo w’imfubyi, guhunga urugamba igihe cy’itabaro no kubeshyera ubusambanyi abagore b’abemera bifata b'abere.”</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irategeka abayoboke bayo kugendera kure ibyaha birindwi byoreka ubikora; ubwo yabazwaga ibyo ari byo yagaragaje ko ari ibi bikurikira:
 Icya mbere: Kubangikanya Allah n'undi cyangwa se umureshyeshya n'ikindi uko cyaba kimeze kose, no kugira undi ukorera igikorwa cyo kugaragira Allah (Ibadat) utari we . Intumwa yahereye ku ibangikanyamana, kuko ari cyo cyaha kiruta ibindi.
 Icya kabiri: Kuroga- bikorwa mu buryo butandukanye nko guhuhira mu mapfundo, gutongera imiti n'ibyatsi, imyotsi, bikaba byagira ingaruka mu mubiri w'uwarozwe bikamwica cyangwa se bikamurwaza, cyangwa se bigatanya hagati ya babiri bashakanye. Iki kikaba ari kimwe mu bikorwa bya Shitani, kandi benshi mu baroga ntibakigeraho batabanje gukora ibangikanyamana, ndetse no kwiyegereza imyuka mibi uyitambira kimwe mu byo ikunda.
 Icya gatatu: Ni ukwica roho y'inzirakarengane Allah yaziririje kwica, cyeretse ari ku bw'impamvu yemewe mu mategeko (nk'uwishe undi, umugizi wa nabi,...), ariko ibyo bikorwa n'umuyobozi.
 Icya kane: Gukoresha Riba byaba ari ukuyirya cyangwa se ubundi buryo bwose wakoresha bwakugirira umumaro.
 Icya gatanu: Ni ukwigarurira umutungo w'umwana w'imfubyi utarakura wapfushije se.
 Icya gatandatu: Guhunga urugamba abayisilamu basakiranyemo n'umwanzi.
 Icya karindwi: Guhimbira abagore b'abere batiyandarika igikorwa cy'ubusambanyi, ni nk'uko bimeze ku guhimbira abagabo batiyandarika.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Ibyaha bikuru ntabwo ari birindwi gusa, naho kuvugwa kw'ibi birindwi ni ukubera ko bikomeye ndetse bikaba binateye inkeke kurusha ibindi.
 Biremewe kwica umuntu ku mpamvu z'ukuri nko guhora (igihe nawe hari uwo yishe), kuva mu dini ry'ubuyisilamu, no gusambana warashatse, ariko ushyira mu bikorwa ibyo bihano ni umuyobozi wemewe n'amategeko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Mana Nyagasani imva yanjye ntuzayigire ahakorerwa ibangikanyamana</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mana Nyagasani imva yanjye ntuzayigire ahakorerwa ibangikanyamana, Allah yavumye abantu bafashe imva z'abahanuzi babo bakazigira aho gukorera amasengesho."</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasabye Nyagasani wayo ko imva ye itagirwa nk'ikigirwamana ngo abantu bayisenge, cyangwa se ngo byajye bayubamira igihe bayigezeho. Nyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga ko Allah yirukanye mu mpuhwe ze uwo ari we wese wafashe imva z'abahanuzi akazigira ahantu ho gusengera, kubera ko kubikora gutyo byatuma abantu bahasenga ndetse bakanahizera.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Kubaha imva z'abahanuzi n'abandi bakora ibyiza ukarenza urugero rwagennwe mu mategeko y'idini ry'ubuyisilamu, bituma zasengwa mu cyimbo cya Allah; niyo mpamvu ari itegeko kwirinda inzira zose ziganisha mu ibangikanyamana.
 Ntibyemewe kwerecyera ku marimbi mu rwego rwo kuyubaha no kuyakoreraho amasengesho, uko uyashyinguyemo yaba yariyegerezaga Allah kose.
 Ni ikizira kubaka imisigiti hejuru y'amarimbi.
 Ni ikizira gusalira ku marimbi, n'ubwo haba hatarubatswe umusigiti, cyeretse kuba wahasarira  isengesho ry'uwapfuye batari barikoreye.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3336</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>Urugero rw'umuntu ushikamye ku mategeko ya Allah n'utayubahiriza wayirengagije, ni nk'urugero rw'abantu bari mu bwato bakoze Tombola bamwe bakajya hejuru, abandi bakajya hasi</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa A-Nu'uman Ibun Bashir (Imana imwishimire we na se) nawe ayikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Urugero rw'umuntu ushikamye ku mategeko ya Allah n'utayubahiriza wayirengagije, ni nk'urugero rw'abantu bari mu bwato bakoze Tombola bamwe bakajya hejuru, abandi bakajya hasi; hanyuma abari hasi bashaka amazi yo kunywa bakabinyuza ku bari hejuru, kugeza ubwo bavuga bati: "Ariko iyo dutobora ubwato tukajya tubona amazi hafi tutiriwe tugora abo hejuru! Nibabareka bakabikora nk'uko babishaka bose bazarohama, ariko nibababuza kubikora bose bazarokoka!"</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatanze urugero rw'abantu bashikamye ku mategeko ya Allah kandi bakayashyira mu bikorwa, bategeka ibyiza, ndetse bakanabuza ibibi, Urugero rw'abarengera imbago za Allah, bakanga gutegeka ibyiza no kubuza ibibi, ndetse n'uruhare rwabyo mu kurokora umuryango mugari. Ibyo ni nk'urugero rw'abantu bari mu bwato, bagakoresha tombola ngo bamenye abajya hasi mu bwato, n'abajya hejuru yabwo, nuko bamwe bakajya hasi abandi bakajya hejuru. Ariko abari hasi bakifuza amazi yo kunywa, bakajya banyura ku bari hejuru; Maze abari hasi baribwira bati: Ariko twatoboye umwenge hano hasi, tukajya tugera ku mazi mu buryo butworoheye, tutiriwe tugora abari hejuru? Abo hejuru nibabareka bakabikora ntibabibabuze, ubwato buzarohoma bose barohame, ariko bababujije ibyo bashaka gukora, abo bantu bose barokoka n'ubwato ntiburohame.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Agaciro ko gutegeka ibyiza no kubuza ibibi mu kurinda abantu no kubarokora.
 Zimwe mu nzira zo kwigisha, harimo gutanga ingero, mu rwego rwo gusobanurira abantu bafite ubwenge butekereza utanga ingero zifatika.
 Gukora igikorwa kibi mu buryo bugaragara no kutabuza ugikora, bigira ingaruka zigarukira bose.
 Korama kw'abantu bihera ku kureka inkozi z'ibibi zigakwiza ibibi byazo n'ubwangizi.
 Imyitwarire mibi n'ubwo umugambi ikoranywe waba ari mwiza, ntibihagije kuba byatuma igikorwa gitungana.
 Inshingano ku muryango mugari w'abayisilamu iba ihuriweho, ntabwo iba ireba umuntu umwe ku giti cye.
 Abantu muri rusange bagerwaho n'ibihano kubera ibyaha bya bamwe muri bo, baramutse batababujije.
 Inkozi z'ibibi zikora ibibi byazo ku mugaragaro zitwaje ko ari byiza ku bantu bose nk'uko bimeze ku ndyarya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3341</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>Njyewe ndihagije sinkeneye kubangikanywa n’ikindi kintu. Uzakora igikorwa icyo ari cyo cyose ambangikanyijemo n’ikindi kintu, ntabwo nkimwakirira</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “ِAllah Nyir'ubutagatifu yaravuze iti “Njyewe ndihagije sinkeneye kubangikanywa n’ikindi kintu. Uzakora igikorwa icyo ari cyo cyose ambangikanyijemo n’ikindi kintu, ntabwo nkimwakirira.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko Allah Nyir'ubutagatifu yavuze ko yihagije adacyeneye abo abangikanywa nawe, ni we wihagije nta na kimwe acyeneye, kandi ko umuntu uzakora kimwe mu bikorwa byo kumvira Allah ariko akabikora kubera Allah no kubera undi utari we, uwo Allah ntamwakirira ibyo akoze ahubwo bigarukira nyir'ukubikora. Ni itegeko kwegurira ibikorwa byose Allah Nyir'ubutagatifu kubera ko atajya yakira ibikorwa usibye ibikozwe kubera we Nyir'ubutagatifu.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Kubuza gukora ibangikanyamana mu buryo bwose ryakorwamo, kandi ko rituma ibikorwa umuntu akoze kwa Allah bitakirwa.
 Kwiyumvisha ko Allah akungahaye ndetse ahambaye, biri mu bituma umuntu amwegurira ibikorwa bye akora.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3342</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى</t>
+    <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>Ku munsi w'imperuka umuntu azazanwa atabwe mu muriro, amara asohoke mu nda ye, ayazenguruke nkuko indogobe izenguruka urusyo</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Usamat Ibun Zaid (Imana imwishimire) yaravuze ati: Abantu baramubwiye bati: Ese ntiwajya kwa Uth'man ukamuganiriza (ku bijyanye n'imidugararo iriho)? Arabasubiza ati: Ese murabona ko ntacyo njya mubwira? Mbarahiriye ku izina rya Allah ko ibiri hagati yanjye na we nabimuganirije, sinshaka kumubanza sinshaka kuba ari njye ubanza, kandi sinshaka kubwira umuntu umbereye umuyobozi: niwe mwiza kuruta abantu bose nyuma y'uko numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: Ku munsi w'imperuka umuntu azazanwa atabwe mu muriro, amara asohoke mu nda ye, ayazenguruke nkuko indogobe izenguruka urusyo, nuko abantu bo mu muriro bamuteranireho bamubwire bati: Yewe kanaka bite byawe? Si wowe wabwirizaga ibyiza, ukabuza ibibi? Nuko abasubize ati: Yego! Nabwirizaga ibyiza simbikore, nkabuza ibibi nkabikora."</t>
   </si>
   <si>
     <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
 ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
 فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
   </si>
   <si>
     <t>Abantu bamwe babwiye Usamat Ibun Zaid (Imana imwishimire we na se) bati: Ese ntiwajya kwa Uth'man Ibun Afan (Imana imwishimire) ukamubwira imidugararo ihari, ukagira uruhare mu kuyihosha? Nuko abasubiza ko yamuganirije bari bonyine agamije kunga atagamije guteza imidugararo, kandi intego ye atari ukwigaragaza ko abwiriza abayobozi kureka ibibi ku mugaragaro, bikaba byaba impamvu yo kubahuka umuyobozi ndetse n'umusigire w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), uwo ukaba waba umuryango w'imidugararo ikomeye adashaka kuba uwa mbere mubawufungura!
 Usamat arangije aravuga ati: Agira inama abayobozi mu ibanga kandi ntagire uwo abera kabone n'iyo yaba ari umuyobozi, nta n'ubwo abikundwakazaho, nyuma yaho yumviye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga ko ku munsi w'imperuka bazazana umuntu bamujugunye mu muriro, maze amara ye asohoke mu nda ye kubera ubushyuhe n'ibihano bikomeye azaba yatawemo, nuko amara ye ayazengurukane mu muriro nkuko indogobe yizengurutse iziritse ku rusyo ruri gusya, maze abantu bo mu muriro bamuzenguruke bamubaze bati: Yewe kanaka, si wowe wajyaga utubwiriza gukora ibyiza ukanatubuza ibibi?!
 Maze asubize ati: Nibyo, najyaga mbabwiriza gukora ibyiza simbikore, nkanababuza ibibi nkabikora!</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>Ubusanzwe mu kugira inama abayobozi biba hagati yabo n'uyibagira, kandi umuntu ntagende abikwiza mu bantu bose.
 Ibihano bihambaye biri ku muntu imvugo ze zinyuranya n'ibikorwa bye.
 Uburyo bwo kwifata ku bayobozi no kuborohera no kubabwiriza ibyiza no kubabuza ibibi.
 Kunenga kwikundwakaza ku bayobozi ukareka kubabwiza ukuri, no kugaragaza ikinyuranyo cy'ibiri ku mutuma biba ari nko gushaka amaramuko mu bitari ukuri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3345</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>Mpakanye ko nagira muri mwe inshuti magara, kubera ko Allah yangize inshuti ye magara nkuko Ibrahim yamugize inshuti ye magara</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djun'dubi (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mbere y'uko ipfa ho iminsi itanu ivuga iti: " Mpakanye ko nagira muri mwe inshuti magara, kubera ko Allah yangize inshuti ye magara nkuko Ibrahim yamugize inshuti ye magara, kandi iyo nza guhitamo inshuti magara mu bayoboke banjye nari kumugira Abubakari. Kandi ababayeho mbere yanyu bajyaga bafata imva z'abahanuzi babo n'abakora ibyiza muri bo bakazihindura imisigiti! Muramenye imva nimuzazihindure imisigiti, ibyo ndabibabujije!"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadithi yagaragazaga urwego iri ho kwa Nyagasani wayo, kandi ko ari rwo rwego rwo gukunda rusumba izindi, nk'uko Ibrahim (Allah amuhundagazeho amahoro) yarugezeho. Niyo mpamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahakanye ko yagira inshuti magara yindi itari Allah, kubera ko umutima wayo usendereye urukundo rwa Allah Nyir'ubutagatifu, no kumuha icyubahiro n'ikuzo ndetse no kuba imuzi, bityo nta wundi yagira inshuti magara utari Allah, Kandi ko iyo aza kugira indi nshuti magara mu biremwa yari kumugira Abubakar A-Swidiq (Imana imwishimire). Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije gukunda cyane ugakabya, nk'uko abayahudi n'abakirisitu babigenje ku mva z'abahanuzi babo ndetse n'abakoraga ibyiza muri bo kugeza ku rwego bazigize ibigirwamana bigaragirwa mu cyimbo cya Allah, ndetse banazubakaho insengero ndetse n'aho gusengera, niyo mpamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije abayoboke bayo ibikorwa nk'ibyo.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Agaciro Abubakar A-Swidiq (Imana imwishimire) afite, kandi ko ari we mwiza kuruta abandi basangirangendo, ndetse ko ari we wari ukwiye ubuyobozi nyuma y'urupfu rw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Kubaka imisigiti ku marimbi ni kimwe mu bikorwa bibi byakozwe n'abatubanjirije.
 Kugira imva ahantu ho gusengera cyangwa se ho kwerekera mu masengesho, cyangwa se kubakaho imisigiti ntibyemewe, mu rwego rwo kwirinda ko byaba ibangikanyamana.
 Kubuza gukabiriza gukunda abakora ibyiza kuberako byageza nyirabyo mu ibangikanyamana.
 Ubuhambare bw'ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yihanangirije abantu kutazakora, kuko yabibujije mbere y'uko ipfa isigaje amajoro atanu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3347</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>Nari umugabo usohokwamo n'amavangingo kenshi (Madhiyu), ariko nkagira isoni zo kubibaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kubera urwego rw'umukobwa we (Fatwimat) yari ariho, nuko ntegeka uwitwa Al Miqdad Ibun Al As'wad arabiyibaza, nuko Intumwa iramusubiza iti: "Ajye yoza igitsina cye hanyuma atawaze</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ally (Imana imwishimire) yaravuze ati: Nari umugabo usohokwamo n'amavangingo kenshi (Madhiyu), ariko nkagira isoni zo kubibaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kubera urwego rw'umukobwa we (Fatwimat) yari ariho, nuko ntegeka uwitwa Al Miqdad Ibun Al As'wad arabiyibaza, nuko Intumwa iramusubiza iti: "Ajye yoza igitsina cye hanyuma atawaze". Bukhari yakiriye imvugo igira iti: Nuko Intumwa iramubwira iti: "Tawaza, woze igitsina cyawe."</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>Ally Ibun Abi Twalib (Imana imwishimire) yavuze ko akenshi yajyaga abona amavangingo (Madhiyu) amuvuyemo (aya mavangingo akaba afite ibara ry'umweru arekuye, asohoka mu gitsina igihe agize ibyifuzo byo gukora imibonano mpuzabitsina cyangwa se mbere yo kuyikora). Ally ntiyari azi uko yabigenza igihe amusohotsemo, nuko agira isoni zo kubibaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha), kubera ko yari umukwe wayo yari umugabo wa Fatwimat umukobwa w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha); Nuko asaba Al Miqdad Ibun Al As'wad ko yabimubariza Intumwa y'Imana (Imana iyihe amahoro n'imigisha), nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imutegeka kujya yoza igitsina cye, yarangiza agatawaza.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Agaciro ka Ally Ibun Abi Twalib (Imana imwishimire), kubera ko isoni zitamubujije kubaza ikibazo yari afite nubwo bwose yanyuze ku wundi.
 Biremewe kunyura ku wundi muntu wakubariza ikibazo ufite.
 Biremewe ko umuntu yabaza ikibazo afite yivuga igihe ari byo birimo inyungu.
 Amavangingo yitwa (Madhiy) ni umwanda, kandi ni ngombwa koza aho yaguye ku mubiri no ku myambaro.
 Gusohokwamo n'amavangingo (Madhiy) biri mu bituma Udhu yangirika, ugashaka indi.
 Ni itegeko koza igitsina n'ahandi byegeranye nkuko byavuzwe mu yindi Hadith.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Amazu yanyu ntimuzayagire amarimbi, kandi imva yanjye ntimuzayigire aho gukorera iminsi mikuru, kandi mujye munsabira kubera ko kunsabira kwanyu aho mwaba muherereye hose bingeraho</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Amazu yanyu ntimuzayagire amarimbi, kandi imva yanjye ntimuzayigire aho gukorera iminsi mikuru, kandi mujye munsabira kubera ko kunsabira kwanyu aho mwaba muherereye hose bingeraho."</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabuza kudakorera iswala mu nzu zacu, zigahinduka nk'amarimbi atajya akorerwamo iswala. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije gusura imva yayo kenshi no kuhateranira mu buryo buhoraho, kubera ko ari bumwe mu buryo bugeza ku ibangikanyamana. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse kandi kuyisabira amahoro n'imigisha) aho twaba turi aho ari ho hose, kubera ko uko kuyisabira kwacu biyigeraho mu buryo bumwe k'uwaba ari bugufi cyangwa se kure, nta mpamvu rero yo guhora uza ku mva ye.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Birabujijwe kureka gukorera Ibikorwa Allah yishimira (Ibadat) mu nzu dutuyemo.
 Birabujijwe gukora urugendo ugiye gusura imva y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) , kubera ko yategetse kuyisabira amahoro n'imigisha kandi ko biyigeraho, ahubwo icyemewe ni ugukora urugendo ugamije umusigiti w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) no kuwusaliramo.
 Ni ikizira kugira imva y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ahantu ho gukorera iminsi mikuru, uhasura kenshi ku buryo bw'umwihariko mu gihe runaka, ni nk'uko bimeze ku gusura n'indi mva iyo ari yo yose.
 Agaciro Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ifite kwa Nyagasani wayo, aho byategekwaga kuyisabira amahoro n'imigisha) ahantu hose ibihe byose.
 Kubera ko abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) babujijwe gusalira ku marimbi baramaze no kubimenyera, niyo mpamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kugira inzu nk'amarimbi atajya asarirwamo.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawudi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>Ntimukavuge muti: Allah nabishaka na kanaka akabishaka, ahubwo mujye muvuga muti: Allah nabishaka hanyuma na kanaka akabishaka</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Hudhayfat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ntimukavuge muti: Allah nabishaka na kanaka akabishaka, ahubwo mujye muvuga muti: Allah nabishaka hanyuma na kanaka akabishaka"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije umuyisilamu kuvuga mu magambo ye ati: Allah nabishaka na kanaka akabishaka." Cyangwa se kuba yavuga ati: Allah na kanaka nibabishaka. Kubera ko ubushake bwa Allah n'amahitamo ye nta mupaka bigira, ndetse nta n'uwo abisangiye nawe. Gukoresha iriya nyuguti ya 'Waw' y'icyungo bisobanuye kureshyeshya Allah n'undi cyangwa se n'ikindi. Ahubwo umuyisilamu akwiye kuvuga ati: Allah nabishaka, hanyuma na kanaka akabishaka. Bityo ubushake bw'umugaragu bukaza bukurikira ubwa Allah avuga ati: Hanyuma na kanaka, icyo gihe ubushake bw'umugaragu bukaza nyuma y'ubwa Allah.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
@@ -2900,706 +2903,706 @@
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>NI ikizira kuvuga imvugo igira iti: Allah nabishaka nawe ukabishaka, n'izindi mvugo byenda kumera kimwe, kuko bibarwa nk'ibangikanyamana mu mvugo no mu nyito.
 Biremewe kuvuga uti: Allah nabishaka hanyuma nawe ukabishaka, n'izindi mvugo zimeze gutyo, kuko hadakubiyemo biriya bibujijwe.
 Gushimangira ubushake bwa Allah, ndetse no gushimangira ubushake bw'umugaragu, kandi ko ubu bushake buza nyuma y'ubwa Allah Nyir'ubutagatifu.
 Kubuza guhuza ubushake bw'ibiremwa n'ubwa Allah, kabone n'iyo byaba mu mvugo.
 Uzavuga yemera ko ubushake bw'umugaragu ari nk'ubushake bwa Allah Nyir'ubutagatifu bureshya muri byose, cyangwa se ko ubushake bw'umugaragu ntaho buhuriye n'ubwa Allah, azaba abangikanyije Allah ibangikanyamana rikuru, naho naba yemera ko butandukanye n'ubwa Allah, ibyo bizaba ari ibangikanyamana rito.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Hadithi y'impamo ushingiye ku nzira zose yakiriwemo]</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawudi na A- Nasa'iy mu gitabo cye Sunan Al Kubra, ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah arafuha, n'umwemeramana arafuha, ariko gufuha kwa Allah kubaho igihe umwemeramana akoze ibyo yamuziririje</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri Allah arafuha, n'umwemeramana arafuha, ariko gufuha kwa Allah kubaho igihe umwemeramana akoze ibyo yamuziririje."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko Allah afuha akananga ndetse akarakara, nk'uko umwemeramana afuha akanga akanarakara, kandi ko impamvu yo gufuha kwa Allah ari igihe umwemeramana akoze ibyo yamuziririje akora ibyaha nk'ubusambanyi, ubutinganyi, ubujura, kunywa inzoga n'ibindi.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Kwihanangiriza kurakarirwa na Allah, ndetse n'ibihano bye igihe habayeho kurengera amategeko ye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3354</t>
   </si>
   <si>
-    <t>لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ</t>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>Muzakomeza gukurikira imigenzo y'ababayeho mbere yanyu, intera ku yindi, intambwe ku yindi</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Saidi Al Khud'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Muzakomeza gukurikira imigenzo y'ababayeho mbere yanyu, intera ku yindi, intambwe ku yindi, kugeza ubwo n'iyo bakinjira mu mwobo w'inyaga mwabakurikira!" Nuko tubaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) tuti: Yewe Ntumwa y'Imana, ugamije kuvuga abayahudi n'abanaswara? Iradusubiza iti: "Ni abahe bandi batari abo?"</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatubwiraga  ku bizaba kuri bamwe mu bayoboke bayo nyuma yayo; ari byo byo gukurikira inzira y'abayahudi n'abanaswara mu myemerere yabo, imigirire yabo, imigenzo yabo ndetse n'imico yabo mu buryo bwose kandi bwimbitse intambwe ku yindi, kugeza n'iyo bakinjira mu mwobo w'inyaga, bazinjirana nabo.</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Ubuhanuzi n'ubumenyi bw'ibizaba, aho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabivuze bitaraba none byabaye nkuko yabivuze.
 Kubuza abayisilamu kwisanisha n'abahakanyi, byaba mu myemerere yabo, amasengesho yabo, cyanwga se imigenzo yabo, iminsi mikuru yabo, cyangwa se imyambaro y'umwihariko kuri bo.
 Kugaragaza ibintu bidafatika wifashishije ingero zifatika ni bumwe mu buryo bwo kwigisha muri Isilamu.
 Inyaga: Ni agasimba kaba mu mwobo wijimye cyane kandi unuka, gakunze kuba mu butayu. Kuvuga umwobo w'inyaga ku buryo bw'umwihariko, ni uko uba ari muto kandi ari mubi, ariko hamwe n'ibyo byose, kubera gukurikira cyane na buri kantu abayahudi n'abanaswara no gushaka kubigana muri buri kintu, baramutse binjiye muri uwo mwobo abayisilamu babakurikira! Allah niwe Muterankunga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3355</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Uzarahira ku kindi kitari Allah azaba ahakanye cyangwa se akoze ibangikanyamana</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko yumvise umugabo umwe avuga ati: Ntabwo ari ko bimeze, ndahiye kuri  Al Kaabat, nuko Ibun Umar aravuga ati: Ntihakagire urahira ku kindi kitari Allah, kubera ko numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uzarahira ku kindi kitari Allah azaba ahakanye cyangwa se akoze ibangikanyamana."</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Muri iyi Hadithi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko urahiye mu izina ry'undi utari Allah cyangwa se amazina ye n'ibisingizo bye, azaba ahakanye Allah cyangwa se abangikanyije Allah; kubera ko kurahira biba bivuze ko wahaye agaciro n'icyubahiro icyo urahiriyeho, kandi icyubahiro nta wundi gikwiye usibye Allah wenyine, bityo nta wundi byemewe kurahiriraho uretse Allah no ku mazina ye no ku bisingizo bye Nyir'ubutagatifu. Uku kurahira ni bumwe mu buryo bw'ibangikanyamana rito; ariko igihe urahira ahaye agaciro n'icyubahiro uwo arahiriyeho cyangwa se icyo arahiriyeho nk'agaciro n'icyubahiro aha Allah cyangwa birenze, icyo gihe biba bibaye ibangikanyamana rikuru.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Guha agaciro n'icyubahiro ikintu runaka urahira ni uburenganzira bwa Allah Nyir'ubutagatifu,  bityo rero ntibikwiye kurahirira ku kindi kitari Allah no ku mazina ye ndetse no ku bisingizo bye.
 Uburyo abasangirangendo bari bashishikariye kubwiriza ibyiza no kubuza ibibi, by'umwihariko igihe ikibi gifitanye isano n'ibangikanyamana cyangwa se ubuhakanyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3359</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>“Ntimuzigera mwinjira mu ijuru mutabanje kwemera, kandi ntimuzigera mwemera mutabanje gukundana! Ese mbabwire icyo mwakora kugira ngo mukundane? Mujye musakaza indamutso y’amahoro hagati yanyu.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Ntimuzigera mwinjira mu ijuru mutabanje kwemera, kandi ntimuzigera mwemera mutabanje gukundana! Ese mbabwire icyo mwakora kugira ngo mukundane? Mujye musakaza indamutso y’amahoro hagati yanyu.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko nta bandi bazinjira mu ijuru uretse abemeramana, kandi ko ukwemera kutakuzura, ndetse imibereho y'umuryango mugari wa Kisilamu ntiyatungana kugeza bamwe bakunze bagenzi babo. Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ituyobora ku bikorwa byiza bituma urukundo rusagamba, ivuga ko ari ugukwiza indamutso y'amahoro hagati y'abayisilamu, Allah yahisemo ko iba iy'abagaragu be.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Kwinjira mu ijuru ntibizashoboka ku badafite ukwemera.
 Mu bigaragaza ukwemera kwuzuye ni ukuba umuyisilamu yakifuriza umuvandimwe we nk'ibyo yiyifuriza.
 Ni byiza gukwiza indamutso y'amahoro no kuyikwiza mu bayisilamu, kubera ko hakubiyemo gukwiza urukundo n'amahoro hagati y'abantu.
 Indamutso y'amahoro nta wundi ihabwa uretse umuyisilamu; kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: "Hagati yanyu."
 Guhana indamutso y'amahoro bikuraho umwiryane, no kwangana, ndetse n'amakimbirane.
 Agaciro k'urukundo hagati y'abayisilamu kandi ko ari kimwe mu bituma ukwemera kuzura.
 Byavuzwe mu yindi Hadith ko uburyo bwuzuye indamutso y'amahoro  ivugwamo ari ukuvuga uti : 'A-SALAMU ALAYKUM WA RAHMATULLAHI WA BARAKATUHU: Amahoro ya Allah n'impuhwe ze ndetse n'imigisha ye bibabeho', ariko kuba wavuga ngo: A-SALAM ALAYKUM birahagije.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3361</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>Ni ikihe gikorwa Allah akunda kuruta ibindi? Iransubiza iti: "Ni  iswalat ikorewe mu gihe cyayo." Ndongera ndayibaza nti: Nyuma yayo hakurikiraho ikindi kihe? Iransubiza iti: "Ni ukubaha ababyeyi bombi." Ndongera ndayibaza nti: Nyuma yayo hakurikiraho ikihe? Iransubiza iti: Ni uguharanira inzira ya Allah (Djihadi)</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Masud (Imana imwishimire) yaravuze ati: Nabajije Intumwa  y'Imana (Imana iyihe amahoro n'imigisha) nti: Ni ikihe gikorwa Allah akunda kuruta ibindi? Iransubiza iti: "Ni  iswalat ikorewe mu gihe cyayo." Ndongera ndayibaza nti: Nyuma yayo hakurikiraho ikindi kihe? Iransubiza iti: "Ni ukubaha ababyeyi bombi." Ndongera ndayibaza nti: Nyuma yayo hakurikiraho ikihe? Iransubiza iti: Ni uguharanira inzira ya Allah (Djihadi). Abdullah Ibun Mas'ud yaravuze ati: Yarabimbwiye, kandi n'iyo nyibaza ibindi bikurikiraho, yari kubimbwira.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarabajijwe iti: Ni ikihe gikorwa Allah akunda kuruta ibindi? Nuko irasubiza iti: Ni  iswalat y'itegeko ikorewe mu gihe cyayo amategeko yagennye. Hanyuma hagakurikiraho kubaha ababyeyi bombi, no kubagirira neza, no kubakorera ibyo ubagomba, no kureka kubasuzugura. Nyuma yabyo ikurikizaho guharanira inzira ya Allah, kugira ngo ijambo rya Allah Nyir'ubutagatifu ryogere, no kurengera  idini ry'ubuyisilamu n'abayisilamu, no kugaragaza amategeko yaryo, umuntu yitanga ubwe ndetse anatanga umutungo we.
 Nuko Ibun Mas'ud  (Imana imwishimire) aravuga iti: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yambwiye ibi bikorwa, kandi iyo nkomeza kuyibaza n'ibindi yari kubimbwira.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Ibikorwa birarutanwa hagati yabyo  hashingiwe ku buryo Allah abikunda.
 Gushishikariza umuyisilamu kwita ku bikorwa ahereye ku cyiza kurusha ibindi, bigakomeza bityo.
 Ibisubizo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasubizaga ku kibazo cyerekeranye n'ibikorwa byiza kuruta ibindi, byagiye bitandukana kubera ko n'abantu batandukanye, ndetse inita kukureba igifitiye umuntu akamaro kuruta ikindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Mu by'ukuri iswalat iremerera indyarya ni iswalat ya nijoro (Al Isha-i) n'iya mu gitondo (Al Fadj'ri)! N'iyo baza kumenya ibyiza byazo bari kujya baza kuzisenga kabone n'iyo baba bakambakamba</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri iswalat iremerera indyarya ni iswalat ya nijoro (Al Isha-i) n'iya mu gitondo (Al Fadj'ri)! N'iyo baza kumenya ibyiza byazo bari kujya baza kuzisenga kabone n'iyo baba bakambakamba; nigeze kugira umugambi wo gutegeka ko abantu basali nkabahitiramo umuntu ubasengesha, njye nkajyana n'abagabo bitwaje inkwi tukajya gushaka abagabo batitabira iswalat, tukabatwikiraho amazu yabo!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ku ndyarya n'ubunebwe zigira butuma zititabira iswalat y'imbaga by'umwihariko iya nijoro (Al Isha) n'iya mu gitondo (Al Fadj'ri), kandi ko iyo ziba zizi ibihembo n'ingororano byo kuza kuzisali hamwe n'abandi bayisilamu, zari kujya ziza kuzisali kabone n'iyo zaba zikambakamba nk'abana bato!
-. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigeze no kugira umugambi wo gutegeka ko abantu basali, igahitamo ubayoborera iswalat, hanyuma yo n'abandi bagabo bakitwaza inkwi bakajya gutwikira mu mazu abagabo bataza gusali hamwe n'abandi kubera icyo cyaha bakoze, ariko ntabwo ari ko yabigenje kubera ko ayo mazu arimo abagore n'abana bato b'inzirakarengane ndetse n'abandi bafite impamvu zemewe, bo nta cyaha baba bazira.</t>
+Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigeze no kugira umugambi wo gutegeka ko abantu basali, igahitamo ubayoborera iswalat, hanyuma yo n'abandi bagabo bakitwaza inkwi bakajya gutwikira mu mazu abagabo bataza gusali hamwe n'abandi kubera icyo cyaha bakoze, ariko ntabwo ari ko yabigenje kubera ko ayo mazu arimo abagore n'abana bato b'inzirakarengane ndetse n'abandi bafite impamvu zemewe, bo nta cyaha baba bazira.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Ubuhambaree bwo kutifatanya n'abandi mu musigiti ngo mukorere hamwe iswalat yo mu mbaga.
 Indyarya mu masenegsho yazo nta kindi ziba zigamije usibye gukorera ijisho no kugira ngo zivugwe, bityo ntizijya zitabira iswalat usibye igihe ziba zishaka ko abantu bazireba!
 Ibihembo bihambaye byo gusali iswalat ya nijoro n'iyo mu rukerera mu musigiti mu mbaga, ndetse ko zikwiye kwitabirwa kabone n'iyo abantu baza kuzikora bakambakamba.
 Kwitwararika guhozaho iswalat ya nijoro n'iya mu gitondo birinda umuntu kuba mu ndyarya, no kutazitwararika ni bimwe mu biranga indyarya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3366</t>
   </si>
   <si>
-    <t>هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا</t>
+    <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>Iryo ni ibuye ryatawe mu muriro hashize imyaka mirongo irindwi, ubu nibwo rigeze ku ndiba y'umuriro!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Igihe kimwe twari hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yumva ijwi riteye ubwoba, maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababaza iti: "Ibyo mwumvise muzi ibyo ari byo? Abu Hurayrat aravuga ati: Twaravuze duti: Allah n'Intumwa ye nibo babizi! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Iryo ni ibuye ryatawe mu muriro hashize imyaka mirongo irindwi, ubu nibwo rigeze ku ndiba y'umuriro!"</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم صوتًا مُزْعِجًا كسقوطِ جسمٍ من الأجسام، فسأل مَن عنده من الصحابة رضي الله عنهم عن ذلك الصوت، فقالوا: الله ورسوله أعلم.
 فقال لهم صلى الله عليه وسلم: إنَّ هذا الصوت الذي سمعتموه هو لحَجَرٍ رُمي به من شَفِيْر جهنم منذ سبعين عامًا، فهو يهوي ويسقط فيها، حتى انتهى إلى قَعرِها الآن حين سمعتم الصوت.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yumvise ijwi riteye ubwoba nk'ikintu kivuye hejuru kikikubita hasi, maze ibaza abasangirangendo bari kumwe nayo niba bazi icyo yumvise, barayisubiza bati: Allah n'Intumwa ye nibo bakizi!
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Iryo jwi mwumvise ni ikibuye kinini cyatawe mu muriro hashize imyaka mirongo irindwi kimanuka, ubu nibwo cyari kigeze ku ndiba yawo ubwo mwari mwumvise iryo jwi.</t>
   </si>
   <si>
     <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
 استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
 إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
   </si>
   <si>
     <t>Gushishikariza kwitegura umunsi w'imperuka abantu bakora ibikorwa byiza, no kwirinda umuriro wa Djahanamu.
 Gushishikariza abantu kugarura ubumenyi bw'ibyo batazi kwa Allah.
 Gutera amatsiko umuntu wiga mbere yo kumusobanurira, kugira ngo akurikire kandi abe maso!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3370</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Umugabo umwe yariye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) arisha imoso, nuko Intumwa y'Imana iramubwira iti: "Jya urusha indyo", wa mugabo arayisubiza ati: Sinabishobora! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: "Ntukabishobore!</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Salamat Ibun Al Ak'wa-i (Imana imwishimire) yavuze ko Umugabo umwe yariye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) arisha imoso, nuko Intumwa y'Imana iramubwira iti: "Jya urusha indyo", wa mugabo arayisubiza ati: Sinabishobora! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: "Ntukabishobore!", nta kindi cyabimubujije usibye ubwibone! Salamat yaravuze ati: Ntiyigeze abasha kuzamura ukuboko kwe ngo akugeze ku munwa we!</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabonye umugabo umwe urisha imoso, imutegeka ko arisha indyo, Wa mugabo ayisubizanya ubwibone no kubeshya avuga ko atabishobora! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusabira ubusabe bwo kutazashobora kurisha indyo Nuko Allah yakira ubusabe bwayo ukuboko kwe kw'indyo akugira pararize, ntiyashobora nyuma yaho kukuzamura ngo akugeze ku munwa we yaba agiye kurya cyangwa se kunywa.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Ni itegeko kurisha indyo, ni n'ikizira kurisha imoso.
 Umuntu ugira ubwibone akanga gukurikiza amategeko y'idini yategetswe aba akwiye ibihano.
 Allah yubahishije Intumwa ye ubwo yakiraga ubusabe bwayo.
 Biremewe kubwirizanya ibyiza no kubuzanya ibibi mu bihe byose haba no mu gihe cyo kurya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>Umuntu uzahamagarira abandi kuyoboka, azabibonera ibihembo bingana n'iby'abamwumviye bakamukurikira, nta kigabanyutse mu bihembo bazabona</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa  Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umuntu uzahamagarira abandi kuyoboka, azabibonera ibihembo bingana n'iby'abamwumviye bakamukurikira, nta kigabanyutse mu bihembo bazabona! N'uzahamagarira abandi ubuyobe, azabona ibihano bingana n'iby'abamwumviye bakamukurikira nta kigabanyutse mu bihano bazabona."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko umuntu uyobora akanashishikariza abandi inzira igororotse y'ukuri cyangwa se akabashishikariza gukora icyiza, azabona ibihembo bingana n'iby'abazamwumvira nta gihembo kigabanyutse mu bihembo by'abamwumviye. N'uzayobora abantu mu nzira y'ubuyobe no gukora ibyaha cyangwa kubazirurira ibiziririjwe, azabona ibihano bingana n'iby'abazamwumvira nta kigabanyutse mu bihano bazahanishwa.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Agaciro ko guhamagarira abandi kuyoboka no gukora ibyiza byaba bicye cyangwa se byinshi, kandi ko uhamagarira abandi ibyo, abona ibihembo bingana n'iby'uwamukurikiye. Ibi bikaba ari ibigaragaza ingabire za Allah n'ineza ye ihebuje.
 Ubuhambare bwo guhamagarira abantu ubuyobe n'ibibi byaba bicye cyangwa se byinshi, kandi ko ubihamagariye abandi abona ibihano nk'iby'abamwumviye.
 Ineza yiturwa indi, bityo uhamagariye ibyiza nawe ahembwa ibyiza nk'iby'uwabikoze, n'uwahamagariye ibibi nawe abona ibihano nk'iby'uwabikoze.
 Umuyisilamu ategetswe kwitwararika ndetse akagira amacyenga ko hari abamwigana kubera ibyaha bye akora ku mugaragaro bamubonaho, bigatuma azikorera ibyaha bye n'iby'abamwiganye kabone n'iyo atabibashishikariza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>Mu by'ukuri abantu babi ni abo imperuka izaza igasanga bakiri bazima, n'abagira imva ahantu ho gusengera (imisigiti)</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Masuud (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga ati: "Mu by'ukuri abantu babi ni abo imperuka izaza igasanga bakiri bazima, n'abagira imva ahantu ho gusengera (imisigiti)."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira abantu babi ko ari babandi imperuka izasanga bakiri bazima, ndetse na ba bandi bagize imva ahantu ho gusengera (imisigiti).</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Kuziririza kubaka imisigiti ku mva, kuko ari bumwe mu buryo buganisha mu ibangikanyamana.
 Kuziririza gusalira ku mva kabone n'iyo zaba zitubakiye, kubera ko umusigiti ni izina ry'ahantu basalira bakubama, kabone n'iyo haba hatubakiye.
 Uzafata imva z'abantu bakoraga ibikorwa byiza akahagira umusigiti wo gusaliramo azaba ari mu bantu babi, kabone n'iyo yakibwira ko yabikoze agamije kwiyegereza Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3375</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Mu by'ukuri ibyo ntinya kuri mwe ni ibangikanyamana rito! Nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: None ibangikanyamana rito ni irihe yewe Ntumwa y'Imana? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Ni ugukorera ijisho</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Mahmud Ibun Labid (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri ibyo ntinya kuri mwe ni ibangikanyamana rito! Nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: None ibangikanyamana rito ni irihe yewe Ntumwa y'Imana? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Ni ugukorera ijisho Abantu nk'aba ku munsi w'imperuka ubwo Allah azaba ahembera abantu ibyo bakoze, azababwira ati: Ni mujye kubo mwajyaga mukora ibikorwa kugira ngo babashime, murebe niba hari ibihembo mwababonaho!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko ikintu atinya cyane ku bayoboke bayo ari ibangikanyamana rito ari ryo ryo gukorera ijisho, aho umuntu yakora kubera abantu. Hanyuma irangije ibabwira ko ibihano by'abantu nk'abo ku munsi w'imperuka bazabwirwa bati: Nimujye ku bo mwajyaga mukora ibikorwa kubera bo, murebe niba babahembera ibikorwa mwakoze!</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Ni itegeko kwegurira Allah ibikorwa byose, ndetse no kwirinda gukorera ijisho.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagiriraga impuhwe cyane abayoboke bayo, ndetse inashishikazwa n'uko bayoboka no kubagira inama.
 Ubu niba ari bwo bwoba bwaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ibwira abasangirangendo bayo kandi ari bo bari bayoboye abandi mu gukora ibikorwa byiza, ubwo kubugirira abandi baje nyuma yabo byaba ari byo bikomeye kurushaho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>Kwemera umwaku ni ibangikanyamana, kwemera umwaku ni ibangikanyamana, kwemera umwaku ni ibangikanyamana (inshuro eshatu), kandi nta n'umwe muri twe usibye ko hari ubwo abitekereza, ariko Allah Nyir'ubutagatifu abikuzaho kumwiringira (A-Tawakul)</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Kwemera umwaku ni ibangikanyamana, kwemera umwaku ni ibangikanyamana, kwemera umwaku ni ibangikanyamana (inshuro eshatu), kandi nta n'umwe muri twe usibye ko hari ubwo abitekereza, ariko Allah Nyir'ubutagatifu abikuzaho kumwiringira (A-Tawakul)."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatwihanangirije kwemera umwaku muri buri kintu, nko kwemera ko umwaku wawutewe n'ikintu wumvise cyangwa se wabonye, cyaba mu nyoni cyangwa se inyamaswa, cyangwa se abantu bafite ubumuga, cyangwa se imibare, cyangwa se iminsi n'ibindi. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) hano yavuze inyoni kubera ko mbere y'ubuyisilamu mu gihe cy'ubujiji byari bimenyerewe ko mbere yo kugira igikorwa icyo ari cyo cyose bakora nk'urugendo cyangwa se ubucuruzi cyangwa se ibindi, bafataga inyoni bakayigurutsa, yakerekera mu cyerekezo cy'iburyo barishimaga bakagira icyizere bagakomeza umugambi wabo, ariko iyo yagurukaga yerekeje mu cyerekezo cy'ibumoso, bagiraga agahinda bakumva ko bahuye n'umwaku, ibyo bari bagiye gukora bakabireka. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yababwiye ko ibyo ari ibangikanyamana, kuko kwemera umwaku bibarwa muri ryo, kubera ko ntawuha abantu ibyiza uretse Allah nta n'ubarinda ibibi uretse Allah wenyine udafite undi babangikanye.
 Ibun Mas'ud (Imana imwishimire) kandi yavuze ko bishoboka ko mu mutima w'umuyisilamu hashobora kuzamo ikintu nk'icyo cyo kwemera umwaku, ariko aba agomba kugikuzaho kwiringira Allah wenyine, no gukora impamvu z'ibikorwa.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Kwemera umwaku ni ibangikanyamana, kubera ko bituma umutima urangamira ikindi kitari Allah.
 Agaciro ko gusubiramo kenshi ubutumwa bw'ingenzi ushaka ko abantu bumva, kugira ngo babuzirikane kandi bugere mu mitima yabo.
 Kwemera umwaku bikurwaho no kwiringira Allah Nyir'ubutagatifu.
 Itegeko ryo kwiringira Allah wenyine no kuba ariwe imitima irangamira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3383</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>nuko turayibwira tuti: Ni wowe mutware wacu! Maze iradusubiza iti: "Umutware ni Allah", turongera turayibwira tuti: Noneho ni wowe mwiza kuturuta, umunyacyubahiro w'indashyikirwa! Irabasubiza iti: "Mujye munyita uko musanzwe munyita, cyangwa se ibimeze nkabyo, ariko mwitonde mutazagwa mu mutego wa Shitani</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun A-Shikhir (Imana imwishimire) yaravuze ati: Najyanye n'intumwa zihagarariye bene Amir zari zigiye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha), nuko turayibwira tuti: Ni wowe mutware wacu! Maze iradusubiza iti: "Umutware ni Allah", turongera turayibwira tuti: Noneho ni wowe mwiza kuturuta, umunyacyubahiro w'indashyikirwa! Irabasubiza iti: "Mujye munyita uko musanzwe munyita, cyangwa se ibimeze nkabyo, ariko mwitonde mutazagwa mu mutego wa Shitani."</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Itsinda ry'abantu ryagiye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha), bayigezeho bayibwira bayishimagiza amwe mu magambo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itishimiye, Barayibwira bati: Uri umutware wacu! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Umutware ni Allah! Kuko niwe Nyir'ubutware bwuzuye ku biremwa bye, nabyo bikaba abagaragu bayo. Barongera barayibwira bati: Noneho ni wowe mwiza kuturuta, rudasumbwa mu cyubahiro n'urwego! Ni nawe w'ikirenga, umunyabuntu kuturuta! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ibereka ko bazajya bakoresha ibyo basanzwe bavuga, ntibigore bashaka izindi nyito, kugira ngo Shitani itazabashora mu kuyikabiriza no kurengera bishobora kubagusha mu ibangikanyamana n'inzira zaryo zitandukanye.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Ubuhambare n'icyubahiro by'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu mitima y'abasangirangendo bayo.
 Kubaza kwigora mu magambo n'inyito, no kuvuga mu rugero.
 Kurinda no kubungabunga ukwemera, hirindwa imvugo cyangwa se ibikorwa byaguhungabanya.
 Kubuza gukabya mu gushimagiza no kuvuga ibigwi umuntu, kubera ko ari imwe mu nzira za Shatani.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) niyo mutware w'urubyaro rwa Adam, naho ibyavuzwe muri Hadith ni mu rwego rwo kwicisha bugufi, no mu rwego rwo gutinya ko bazayikabiriza.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawud na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Mu by'ukuri ugiye guhura n'abantu bahawe igitabo, nuhura nabo uzabahamagarire guhamya ko nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, kandi ko na Muhamadi ari Intumwa ya Allah</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abass (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabwiye Muadh Ibun Djabal ubwo yari amwohereje Yemen iti: "Mu by'ukuri ugiye guhura n'abantu bahawe igitabo, nuhura nabo uzabahamagarire guhamya ko nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, kandi ko na Muhamadi ari Intumwa ya Allah, nibamara kukumvira kuri byo uzababwire ko Allah yabategetse iswala eshanu ku manywa na nijoro, nibamara kukumvira kuri ibyo, uzababwire ko Allah yabategetse gutanga amaturo atangwa n'abakire muri bo akagarurirwa abacyene babo, nibamara kukumvira kuri ibyo, uzirinde imitungo yabo y'agaciro, kandi uzatinye ubusabe bw'uwahugujwe kuko hagati yabwo na Allah ntacyabukumira."</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari yohereje Muadh Ibun DJabal (Imana imwishimire) mu gihugu cya Yemeni agiye kubigisha no kubahamagarira kuyoboka Allah, yamugaragarije ko azahura n'abantu bahawe igitabo, kugira ngo abitegure, hanyuma atangire kubibahamagarira ahereye ku cy'ingenzi kubirusha. Akaba agomba guhera kukubahamagarira mbere na mbere ku gutunganya imyemerere, bahamya ko nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, ndetse ko na Muhamadi ari Intumwa ya Allah. Kubera ko kubera iyo myemerere mizima ituma baba abayisilamu; nibamara kwicisha bugufi kuri ibyo, uzabategeka guhozaho iswala, kubera ko ari ryo tegeko rihambaye nyuma yo kwemera no guhamya Imana imwe rukumbi. Nibamara kwitwararika iswala no kuyubahiriza, uzategeke abakire muri bo gutanga amaturo agaruka ku bacyene babo. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nibwo yahise imwihanangiriza imubuza kwegera imitungo yabo ihenze bakunze, kubera ko icyo bategetswe ari ugutanga mu rugero. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije imugira inama yo kwitandukanya n'amahugu, kugira ngo hatazagira uwo ahuguza maze akamusabira nabi kubera ko ubusabe bw'uwagujwe bwakirwa!</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Ibisobanuro by'ubuhamya bwa LA ILAHA ILA LLAH:  Ni uguharira Allah wenyine ibikorwa byose byo kumugaragira, no kureka kugaragira ibindi bitari we.
 Ibisobanuro by'umuhamya bw'uko Muhamadi ari Intumwa ya Allah ni ukuyemera no kwemera ibyo yaje ije kwigisha no guhamya ko ari ukuri, ndetse ukanemera ko ari yo Ntumwa y'Imana ya nyuma Allah yoherereje abantu.
 Kubwira umumenyi n'undi uwo ari we wese ufite urujijo ntabwo ari kimwe no kubwira injiji, niyo mpamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaburiye  Muadh mu mvugo yayo igira iti: "Mu by'ukuri ugiye guhura n'abantu bahawe igitabo..."
 Ni ngombwa ko umuyisilamu akwiye kuba  asobanukiwe idini rye; kugira ngo yirinde ibimuteza urujijo, kandi nta bundi buryo yabigeraho usibye guhora ashaka ubumenyi.
 Amadini y'ubuyahudi n'ubunaswara yataye agaciro nyuma yo koherezwa kw'Intumwa y'Imana Muhamad  (Imana iyihe amahoro n'imigisha), kandi ntabwo bari mu bazarokoka ibihano ku munsi w'imperuka kugeza ubwo bazabanza kuba abayisilamu bakemera Intumwa y'Imana Muhamad (Imana iyihe amahoro n'imigisha).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3390</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ</t>
+    <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>Yemwe bantu!, mujye mwirinda gukabya mu idini, kubera ko  ababanjirije boretswe no gukabya mu idini!</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Abass (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ubwo yari iri ku ngamiya yayo ahitwa Al Aqabat mu gitondo  yaravuze iti: Ntoragurira utubuye! Nuko nyitoragurira utubuye turindwi duto tungana n'udushaza, nuko itangira kutuzunguza mu kiganza cyayo ivuga iti: "N'ibingana n'utu mu byaha mujye mubyirinda! Irangije iravuga iti: Yemwe bantu!, mujye mwirinda gukabya mu idini, kubera ko  ababanjirije boretswe no gukabya mu idini!"</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ibun Abas (Imana imwishimire we na se) aragaragaza ko ku munsi w'igitambo ari mu gitondo yari hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bari ahitwa Djamratul Aqabat, mu mutambagiro wa nyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakoze; Nuko ayitoragurira utubuye duto turindwi two gutera, kamwe muri two kari gafite ingano ingana n'ishaza, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) idupfumbatiza mu kiganza cyayo, iraducugusa, maze iravuga iti: Amabuye angana n'aya mujye muyakoresha mutera kuri Djamarat. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije yihanangiriza abantu gukabya no kurengera imbago z'amategeko y'idini, kubera ko byoretse abatubanjirije.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Kubuza gukabya mu idini, no kugaragaza iherezo ryabyo ribi, ndetse ko ari imwe mu mpamvu zo korama.
 Gufatira amasomo ku batubanjirije, mu rwego rwo kwirinda kugwa mu makosa nabo bakoze.
 Gushishikariza kubahiriza imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Ibun Madjah na A-Nasa'iy ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3395</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Ntimuzankabirize nkuko abakirisitu bakabirije mwene Mariya, kuberako njye ndi umugaragu we, bityo mujye muvuga muti; Ndi umugaragu wa Allah nkaba n'Intumwa ye</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Umar Ibun Al Khatwab (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Ntimuzankabirize nkuko abakirisitu bakabirije mwene Mariya, kuberako njye ndi umugaragu we, bityo mujye muvuga muti; Ndi umugaragu wa Allah nkaba n'Intumwa ye."</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kurengera no kurenga igipimo cyemewe mu mategeko mu kumuvuga ibigwi, no gushaka kumuvuga ibigwi nk'ibya Allah Nyir'ubutagatifu, cyangwa se ibikorwa Allah yihariye, cyangwa se kuvuga ko Intumwa y'Imana izi ubumenyi bw'ibyihishe, cyangwa se kuvuga ko isabwa hamwe na Allah, nk'uko abanaswara babigenje kuri Issa Ibun Mar'yam (Allah amuhundagazeho amahoro). Hanyuma agaragaza ko ari umwe mu bagaragu ba Allah, ndetse anategeka ko tujya tuvuga ko ari umugaragu wa Allah akaba n'Intumwa ye.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Kwihanangiriza kurengera mu gukunda no kwivuga ibigwi, kuko ibyo byagusha abantu mu ibangikanyamana.
 Ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaburiye abantu ko bizaba byamaze kuba muri iyi Umat , tumwe mu dutsiko twakabirije Intumwa y'Imana (Imana iyihe amahoro n'imigisha), utundi dukabiriza abo mu muryango wayo, utundi dukabiriza abakunzi ba Allah, ariko twose twaguye mu ibangikanyamana.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yo ubwayo yavuze ko ari umugaragu wa Allah, igamije kugaragaza ko ari umugaragu ugaragira Allah, kandi ko bitemewe kugira icyo ari cyo cyose ikorerwa kiri mu mwihariko wa Allah.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yo ubwayo yavuze ko ari Intumwa y'Imana, igamije kugaragaza ko ari Intumwa yoherejwe na Allah, bityo bikaba ari itegeko kuyemera ndetse no kuyikurikira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3406</t>
   </si>
   <si>
-    <t>لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ</t>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>Nta kwandura kubaho, nta n'umwaku, nta no kwemera ibigeragezo n'ibyago  by'ukwezi kwa kabiri, kandi jya uhunga ibinyoro nkuko uhunga intare</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ally (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Nta kwandura kubaho, nta n'umwaku, nta no kwemera ibigeragezo n'ibyago  by'ukwezi kwa kabiri, kandi jya uhunga ibinyoro nkuko uhunga intare.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza bimwe mu bikorwa bya kijiji kugira ngo tubyirinde, no kugaragaza ko byose bigengwa na Allah, kandi ko nta na kimwe kiba usibye ko kiba ku bw'itegeko rye no kugena kwe; ibyo bintu ni ibi bikurikira:
 Icya mbere: Abantu bo mu gihe cy'ubujiji (mbere y'ubuyisilamu) bibwiraga ko indwara yo ubwayo yandura, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibabuza kwemera gutyo ko indwara ubwayo yandura ivuye ku murwayi umwe ijya ku wundi; kandi ko Allah ari we mugenga w'ibiriho byose, bityo ni we uteza uburwayi ninawe ubukiza, kandi ibyo byose ntibyabaho bitari ku bushake bwe no mu kugena kwe.
 Icya kabiri: Iyo bashakaga kujya mu rugendo cyangwa se mu bucuruzi, bafataga inyoni bakayigurutsa yakerekera mu gihande cy'iburyo  bakishima, yakerekeza mu gihande cy'ibumoso bakiheba bakisubiraho; nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabibabuza, ibereka ko iyo myemerere itari yo.
 Icya gatatu: Bajyaga banavuga bati: Iyo igihunyira kiguye ku nzu runaka, abo muri iyo nzu bagerwaho n'ibyago; Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibabuza kugira iyo myizerere.
 Icya kane: Kubuza kwemera umwaku n'ibyago bizanwa n'ukwezi kwa kabiri (Swafar), kukaba ari ukwezi kwa  kabiri mu kirangaminsi kigendera ku kwezi. Byanavuzwe ko Swafar ari inzoka iba mu nda z'amatungo no mu bantu, bajyaga bibwira ko ariyo ndwara ikomeye kuruta ibibembe, ibyo nabyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibuza iyi myemerere.
 Icya gatanu: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabategetse kwirinda umurwayi wanduye ibinyoro, nkuko birinda intare;  mu rwego rwo kwirinda kwandura, no gukora impamvu Allah yategetse. Ibinyoro ni indwara iza ikamunga ingingo z'umubiri, zikagenda zimungwa zivaho.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>Ni itegeko kwiringira Allah wenyine, no gukora impamvu zemewe.
 Ni itegeko kwemera igeno rya Allah, no kwemera ko impamvu ziri mu biganza bya Allah, niwe utuma zigira icyo zimara, cyangwa se akazima kugira icyo zimara.
 Gutesha agaciro bimwe abantu bakora cyangwa se kwemera umwaku mu mabara runaka, nk'umukara, umutuku, cyangwa se imibare, cyangwa se amazina cyangwa se abantu, cyangwa se abafite ingingo z'umubiri runaka zahinamiranye.
 Kubuza kwegera umuntu  ufite uburwayi bw'ibinyoro n'ibindi mu ndwara zandura, ni bimwe mu gukora impamvu Allah yashyize muri kamere ko zishobora gutera ibindi; ariko impamvu zo ubwazo zonyine ntacyo zamara, ahubwo Allah niwe iyo abishatse azambura ubushobozi ntizigire icyo zitwara, niyo abishatse azirekeraho zikagira icyo zitwara abantu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3407</t>
   </si>
   <si>
-    <t>فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ</t>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>ndakurahiriye ku izina rya Allah, ko Allah agize umuntu umwe ayobora abikunyujijeho, ari byo byiza kuri wowe kuruta ubushyo bw'ingamiya z'amasine!</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Sah'li Ibun Sa'ad (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ejo iri bendera nzariha umugabo Allah azanyuzaho intsinzi, ukunda Allah n'Intumwa ye, ndetse na Allah n'Intumwa ye bakamukunda." Sah'li yaravuze ati: Abantu bose baraye bibaza uwo mugabo uwo ari we, ubwo bwari bucyeye, bose bazindukiye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) buri wese yiringiye ko ariwe warihabwa, nuko Intumwa y'Imana irabaza iti: Ally Ibun Abi Twalib ari he? Baramusubiza bati: Yewe Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) arwaye amaso! Intumwa y'Imana irababwira iti: Nimumutumeho; nuko araza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imucira mu maso inamusabira ubusabe, nuko arakira amera nkaho atigeze amurya! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imuhereza rya bendera, maze Ally arayibaza ati: Yewe Ntumwa y'Imana! Ese mbarwanye kugeza ubwo bazamera nkatwe? Intumwa iramusubiza iti: Wigira ubwira, tegereza kugeza ugeze ku rugamba, ubahamagarire ubuyisilamu, ubabwire ibyo bategetswe bagomba Allah, ndakurahiriye ku izina rya Allah, ko Allah agize umuntu umwe ayobora abikunyujijeho, ari byo byiza kuri wowe kuruta ubushyo bw'ingamiya z'amasine!"</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabwiye abasangirangendo bayo ko uhereye umunsi w'ejo abayisilamu bazatsinda abayahudi b'ahitwa Khaybari, binyuze ku mugabo azaha ibendera, rikaba ryarifashishwaga n'ingabo nk'ikirango cyazo ku rugamba. Uyu mugabo mu bimuranga ni uko akunda Allah n'Intumwa ye, nabo bakaba bamukunda. Iryo joro abasangirangendo baraye badasinziriye bibaza banavugana uri buhabwe ibendera? Bose baharanira ko babona icyo cyubahiro. Ubwo bwari bucyeye, bagiye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) bose uko bakabaye biringiye ko babona icyo cyubahiro.
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibabaza aho Ally Ibun Abi Twalib (Imana imwishimire) ari?
 Bayisubiza ko arwaye amaso.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imutumaho, baramuzana, imucira mu maso iramusabira nuko arakira amera nkaho atigeze ataka uburwayi, nuko imuha rya bendera imutegeka ko agenda adafite ubwira kugeza ageze mu banzi, akabanza kubahamagarira ubuyisilamu, yabona bamwumvise akabigisha amategeko bategetswe.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije yereka Ally agaciro ko guhamagarira abantu kwemera Allah, kandi ko umuvugabutumwa iyo abaye impamvu yo kuyoboka k'umuntu umwe ari byiza kuri we kuruta kuba yaba afite ingamiya z'isine, ari zo zari imitungo y'abarabu ihenze, akaba yaba azitunze akazitanga mu nzira ya Allah.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>Agaciro ka Ally Ibun Abi Twalib (Imana imwishimire) n'ubuhamya bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko akunda Allah n'Intumwa ye nabo bakamukunda.
 Uburyo abasangirangendo b'Intumwa y'Imana bari bashishikajwe no gukora ibyiza, ndetse bakanarushanwa mu kubikora.
 Ni itegeko kugira imyitwarire myiza mu gihe cy'urugamba, no kwirinda uburakari n'amajwi mabi abangamira abandi, kuko biba bidacyenewe.
 Mu bimenyetso by'ubuhanuzi bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni aho yavuze ko abayahudi bazatsindwa, no kuvura Ally Ibun Abi Twalib amaso Intumwa y'Imana ari yo ibigizemo uruhare ku burenganzira bwa Allah.
 Intego nyamukuru iruta izindi yo kujya ku rugamba mu nzira ya Allah, nuko abantu baba abayisilamu.
 Ivugabutumwa rikorwa mu byiciro; aho umuhakanyi asabwa mbere na mbere kuba umuyisilamu akavuga ubuhamya bubiri, nyuma yaho bakabona kumubwira amategeko y'ubuyisilamu.
 Agaciro k'ivugabutumwa rya Isilamu, n'ibyiza byaryo kuri wawundi ubuhamagarirwa n'ubuhamagarira; kubera ko urihamagarirwa ashobora kuyoboka, ndetse n'umuhamagarira akabona ingororano zihambaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3409</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>Yewe Data wacu! Vuga uti: LA ILAHA ILA LLAH: Nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah, iri jambo nzaryifashisha nkuvuganira kwa Allah</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Said Ibun Al Musayyib, nawe ayikuye kwa se yaravuze ati: Ubwo Abu Twalib yari agezweho n'urupfu, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaje kumureba isanga ari kumwe na Abu Djah'li, na Abdullah Ibun Abi Umayat Ibun Al Mughirat, maze iramubwira iti: Yewe Data wacu! Vuga uti: LA ILAHA ILA LLAH: Nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah, iri jambo nzaryifashisha nkuvuganira kwa Allah, nuko Abu Djah'li na Abdullah Ibun Abi Umayat baravuga bati: Ubwo urahakana idini rya Abdul Mutwalib? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ikomeza kubimusubiriramo, nabo bamusubiriramo biriya bamubwiye, kugeza ubwo Abu Twalib avuze bwa nyuma ati: Ndi ku idini rya Abdul Mutwalib, yanga kuvuga rya jambo (La ilaha ila llah); Said Ibun Al Musayyib yaravuze ati: Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Ndahiye ku izina rya Allah ko nzakomeza kugusabira igihe cyose ntarabibuzwa! Nuko Allah amanura umurongo wa Qur'an ugira uti: {Ntibikwiye ku Muhanuzi (Muhamadi) na ba bandi bemeye, gusabira ababangikanyamana kubabarirwa ibyaha...} [A-Tawbat: 113]. Uyu murongo Allah yawumanuye kubera  Abu Twalib, maze abwira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: {Rwose, wowe (Muhamadi) ntuyobora uwo ukunze, ahubwo Allah ni We uyobora uwo ashaka. Kandi ni We uzi neza abayobotse.} [Al Qaswasw: 56]</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yinjiye kwa se wabo Abu Twalib, ubwo yendaga gupfa, maze iramubwira iti: Yewe Data wacu! Vuga LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah; iryo jambo nzaryifashishe nkubera umuhamya kwa Allah; Abu Djah'li na Abdullah Ibun Abi Umayat baravuga bati: Yewe Abu Twalib, urareka imyemerere ya so Abdul Mutwalib? Ari yo yo kugaragira ibigirwamana? Bakomeza kubimusubiriramo kugeza ubwo nawe amagambo ya nyuma yavuze ati: Njye ndi ku  kwemera kwa Abdul Mutwalib, kwo kubangikanya Allah no kugaragira ibigirwamana; Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Nzagusabira imbabazi kwa Allah, igihe cyose Nyagasani wanjye azaba atarabimbuza, nuko hamanuka imvugo ya Allah igira iti: {Ntibikwiye ku Muhanuzi (Muhamadi) na ba bandi bemeye, gusabira ababangikanyamana kubabarirwa ibyaha kabone n'iyo baba bafitanye isano, nyuma y’uko bibagaragariye ko ari abo mu muriro wa Jahimu  (kuko bapfuye ari ababangikanyamana).} [A-Tawbat: 113] No ku byerekeranye na Abu Twalib ku buryo bw'umwihariko, Allah Nyir'ubutagatifu yaravuze ati: {Rwose, wowe (Muhamadi) ntuyobora uwo ukunze, ahubwo Allah ni We uyobora uwo ashaka. Kandi ni We uzi neza abayobotse.} [Al Qaswasw: 56] Kubera uko wowe washatse ntiwamuyobora, ahubwo wowe umurimo wawe ni uwo gusohoza ubutumwa, ibindi ukabiharira Allah we uyobora uwo ashatse.</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
@@ -3609,778 +3612,781 @@
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Ni ikizira gusabira imbabazi kwa Allah ababangikanyamana, uko isano dufitanye nabo ryaba rimeze kose, ndetse n'ibikorwa byabo n'ineza yabo.
 Kugera ikirenge mu cy'abasokuru n'ibikomerezwa ni bimwe mu bikorwa biranga injiji.
 Impuhwe z'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) zari zuzuye, n'uburyo yari ishishikajwe no guhamagarira abantu kuyoboka.
 Harimo igisubizo ku bibwira ko Abu Twalib yabaye umuyisilamu.
 Ikirebwa mu bikorwa dukora ni iherezo ryabyo.
 Kwishingikiriza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyangwa se undi uwo ari we wese ngo agire icyo agutwara cyangwa se akumarira ni imfabusa.
 Uzavuga ijambo LA ILAHA ILA LLAH, abifitiye ubumenyi kandi ari ko abyizera adashidikanya, azaba abaye umuyisilamu.
 Abantu bakora ibikorwa bibi n'inshuti mbi bagira ingaruka mbi ku muntu.
 Igisobanuro cya LA ILAHA ILA LLAH: Ni ukureka kugaragira ibigirwamana, n'abakora ibikorwa byiza, no guharira Allah amasengesho yose, ndetse ko ababangikanyamana bazi neza ibisobanuro byaryo.
 Biremewe gusura umubangikanyamana urwaye iyo wiringiye ko yaba umuyisilamu.
 Gushobozwa kuyoboka biri mu bubasha bwa Allah wenyine utabangikanywa n'icyo ari cyo cyose, naho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) umurimo wayo ni ukwereka abantu no kubayobora no gusohoza ubutumwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>umuntu uzabona ubuvugizi bwanjye ku munsi w'imperuka, ni uwo ari we wese wavuze LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, abikuye ku mutima we cyangwa se  muri we bimurimo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarabajijwe iti: Ninde muntu uzabona ubuvugizi bwawe ku munsi w'imperuka? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irasubiza iti: Nibwiraga yewe Abu Hurayrat ko nta muntu n'umwe uzagutanga kumbaza kuri iyi Hadithi, kubera ko nabonye ushishikarira kumenya ibigendanye na Hadithi.  umuntu uzabona ubuvugizi bwanjye ku munsi w'imperuka, ni uwo ari we wese wavuze LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, abikuye ku mutima we cyangwa se  muri we bimurimo."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko umuntu uzagerwaho n'ubuvugizi bwayo ku munsi w'imperuka ari wa wundi wavuze uti: LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, abikuye ku mutima, kandi akaba atabangikanya Imana cyangwa se ngo akorere ijisho!</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Gushimangira ubuvugizi bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku munsi w'imperuka, kandi ko nta bandi bazabubona usibye abahamyaga ko Imana ari imwe rukumbi.
 Ubuvugizi bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni igihe azavuganira uwagombaga  kujya mu muriro ariko ari umwe mu bahamije ko Imana ari imwe rukumbi, ikamusabira ko atawujyamo, ndetse n'uzaba yamaze kuwujyamo izamusabira awukurwemo.
 Ibyiza byo kuvuga iri jambo ryo guhamya ko nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, n'akamaro karyo.
 Kugira ngo iri jambo rigerweho bisaba kumenya no gusobanukirwa ibisobanuro byaryo, no gushyira mu bikorwa ibyo risaba.
 Agaciro Abi Hurayrat (Imana imwishimire) yari afite, no mu buryo yashishikariraga gushaka ubumenyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3414</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>Allah azamwinjiza mu ijuru kubera ibyo yakoze</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ubadat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzahamya ko nta yindi mana ikwiye kugaragirwa by'ukuri usibye Allah wenyine udafite uwo abangikanye nawe, ndetse ko na Muhamadi ari umugaragu we akaba n'Intumwa ye, kandi ko na Issa ari umugaragu wa Allah akaba n'Intumwa ye n'ijambo rye yoherereje Mariam na Roho imuturutseho, akanahamya ko ijuru ari ukuri, n'umuriro ari ukuri Allah azamwinjiza mu ijuru kubera ibyo yakoze."</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko uvuze ijambo ryo kwemera Imana imwe (Tawhid), azi ibisobanuro byaryo, ashyira mu bikorwa ibyo rimusaba; Agahamya ko Muhamadi ari umugaragu wa Allah akaba n'Intumwa ye, akanahamya ko Issa nawe yari umugaragu wa Allah akaba n'Intumwa ye; Agahamya kandi ko Allah yamuremye akoresheje ijambo 'Ba', nuko akabaho, ndetse akaba ari na roho muri za roho Allah yaremye, Akanagira na Nyina wa Issa umwere ku byo abayahudi bamwitiriye, Akemera ko ijuru ari ukuri, n'umuriro ari ukuri, akemera ko biriho, kandi ko ari ingabire za Allah n'ibihano bye, Agapfa ari uko akibyemera; uwo iherezo rye rizaba mu ijuru, kabone n'iyo yaba hari ibyo yadohotsemo, akaba afite ibyaha.</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>Allah Nyir'ubutagatifu yaremye Issa Ibun Mariam ku bw'ijambo rye 'Ba', nuko abaho adafite se.
 Kuba Issa na Muhamadi (Imana ibahe amahoro n'imigisha) bombi bahuriye kukuba bari abagaragu ba Allah, n'intumwa ze, bityo bombi ni intumwa za Allah kandi ntibabeshya, kandi bombi ni abagaragu ba Allah ntibagomba kugaragirwa.
 Agaciro ka Tawhid no guhamya ko Imana ari imwe, kandi ko bituma ubabarirwa ibyaha, kandi ko iherezo ry'uwemera ko Imana ari imwe ari mu ijuru, kabone n'iyo hari bimwe mu byaha yaba yarakoze.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>Uzahura na Allah ataramubangikanyije n'icyo ari cyo cyose azinjira mu ijuru. N'uzahura nawe yaramubangikanyije n'icyo ari cyo cyose azinjira mu muriro</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Djabir Ibun Abdillah (Imana imwishimire we na se) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uzahura na Allah ataramubangikanyije n'icyo ari cyo cyose azinjira mu ijuru. N'uzahura nawe yaramubangikanyije n'icyo ari cyo cyose azinjira mu muriro."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko uzapfa atarabangikanyije Allah n'icyo ari cyo cyose, iherezo rye ni mu ijuru kabone n'iyo hari ibyaha yahanirwa, naho uzapfa yarabangikanyaga Allah n'icyo ari cyo cyose azinjira mu muriro.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Ibyiza byo kwemera Imana imwe rukumbi, no kuba ari yo mpamvu yo kuzarokoka kuba mu muriro ubuziraherezo.
 Ijuru n'umuriro biri bugufi y'umugaragu wa Allah, kandi nta kiri hagati ye nabyo usibye urupfu.
 Kwihanangiriza ibangikanyamana ryaba rito cyangwa se rinini, kubera ko kurokoka umuriro bishingiye ku kwitandukanya naryo.
 Icy'ingenzi mu bikorwa ni iherezo ryabyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Uzapfa asaba ikindi kitari Allah mu cyimbo cya Allah azinjira mu muriro</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Masud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ijambo  nanjye ndavuga; yaravuze iti: "Uzapfa asaba ikindi kitari Allah mu cyimbo cya Allah azinjira mu muriro" Nanjye ndavuga nti: Uzapfa ataragize ikindi asaba mu cyimbo cya Allah azinjira mu ijuru.</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko uzagira icyo akora mu byo ategetswe gukorera Allah, akagira undi agikorera nko gusaba utari Allah cyangwa se kumusaba inkunga agapfa ari uko akimeza, uwo muntu azaba ari uwo mu muriro. Ibun Masuud (Imana imwishimire) yongeyeho avuga ko uzapfa atarabangikanyije Allah n'icyo ari cyo cyose azinjira mu ijuru.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Ubusabe ni bumwe mu bwoko bw'ibikorwa byo kwiyegereza Allah, nta wundi ukwiye kubikorerwa usibye Allah Nyir'ubutagatifu.
 Agaciro ko kwemera Imana imwe (Tawhid), kandi ko umuntu uzapfa ari uko akimeze azinjira mu ijuru, kabone n'iyo yahanirwa bimwe mu byaha yakoze.
 Ubuhambare bw'ibangikanyamana, ndetse ko uzapfa ari uko akimeze azinjira mu muriro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>Baroramye abakabya mu idini</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdullah Ibun Mas'ud yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha): "Baroramye abakabya mu idini" Ibi yabisubiyemo inshuro eshatu!</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadith iravugamo ko abantu bakabya mu idini nta bumenyi, bafite igihombo ndetse batari no ku muyoboro w'ukuri haba mu idini ryabo ndetse no mu buzima bwabo bwa hano ku isi, haba mu mvugo zabo ndetse no mu bikorwa byabo, kandi ko barengereye umurongo w'amategeko yagennye wazanywe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Ni ikizira gukabya no kwigora ukora ibyo udashoboye mu bintu byose, ndetse no gushishikariza kwitandukanya nabyo mu bintu ibyo ari byo byose, by'umwihariko igihe ari mu bikorwa byo kwiyegereza Allah (Ibadat), no guha agaciro abakora ibikorwa byiza.
 Guharanira kugera ku bitunganye mu bikorwa byo kwiyegereza Allah ndetse no mu bindi ni ikintu cyiza, ariko bigakorwa byubahirije umurongo wagenwe n'amategeko y'idini ry'ubuyisilamu.
 Ni byiza gushimangira igikorwa cy'ingenzi, kubera ko n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iri jambo yarisubiyemo inshuro eshatu.
 Idini ry'ubuyisilamu riroroshye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3420</t>
   </si>
   <si>
-    <t>لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ</t>
+    <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>Ntabwo indwara yo ubwayo yifata ngo yimukire ku muntu wundi uretse ko biba ku bw'igeno rya Allah, nta n'umwaku ubaho, birananezeza kwizera ibyiza", nuko barayibaza bati: Kwizera ibyiza bishatse kuvuga iki? Irabasubiza iti: "Ni  ijambo ryiza</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ntabwo indwara yo ubwayo yifata ngo yimukire ku muntu wundi uretse ko biba ku bw'igeno rya Allah, nta n'umwaku ubaho, birananezeza kwizera ibyiza", nuko barayibaza bati: Kwizera ibyiza bishatse kuvuga iki? Irabasubiza iti: "Ni  ijambo ryiza."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko nta ndwara y'icyorezo ikwira yo ubwayo hatabayemo igeno rya Allah nk'uko abantu bo mu gihe cy'ubujiji cya mbere y'ubuyisilamu babyizeraga kuko atari ukuri. Kandi ko kwemera umwaku waterwa n'ibyo wumvise cyangwa se wabonye nk'inyoni, cyangwa se inyamaswa, cyangwa se abantu bafite ubumuga butandukanye, cyangwa se imibare, cyangwa se iminsi cyangwa se n'ibindi ibyo ari byo byose ntabwo ari ukuri. Hano yavuzemo inyoni kubera ko ubu buryo bwari bumenyerewe mu gihe cy'ubujiji; babukoraga iyo umwe muri bo yashakaga kugira igikorwa akora nk'urugendo cyangwa se ubucuruzi cyangwa se ikindi icyo ari cyo cyose akagurutsa inyoni mu kirere, iyo yagurukaga yerekeje mu cyerekezo cy'iburyo yagiraga icyizere agakomeza umugambi we, iyo yagurukaga yerekeje mu cyerekezo cy'ibumoso, yumvaga ari umwaku kuri we akareka gukora icyo yashakaga gukora. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije iravuga ngo biranezeza kwizera ibyiza, ari byo bisobanuye ibyishimo umuntu yiyumvamo kubera ijambo ryiza yumvise, rigatuma agirira Nyagasani we icyizere.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Kwiringira Allah Nyir'ubutagatifu, kandi ko nta wundi uzana ibyiza uretse Allah, nta n'urinda ikibi uretse Allah.
 Kubuza gutomboza amahirwe ukoresheje inyoni, kubera ko bituma umuntu yemera umwaku, bikamubuza kuba hari icyo yakora.
 Kugira icyizere ntabwo biri mu gutomboza amahirwe bibujijwe, ahubwo ni bimwe mu kugirira icyizere Allah .
 Buri kintu kibaho ku bw'igeno rya Allah Nyir'ubutagatifu wenyine, udafite uwo babangikanye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3422</t>
   </si>
   <si>
-    <t>مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا</t>
+    <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
   </si>
   <si>
     <t>Uzategura urugamba rwo guharanira inzira ya Allah, nawe azaba arurwanye, n'uzasigariraho uwagiye guharanira inzira ya Allah mu byiza nawe azaba arurwanye</t>
   </si>
   <si>
     <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Zaid Ibun Khalid (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzategura urugamba rwo guharanira inzira ya Allah, nawe azaba arurwanye, n'uzasigariraho uwagiye guharanira inzira ya Allah mu byiza nawe azaba arurwanye."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
 ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu ufashije ingabo igiye ku rugamba, akayorohereza kubona ibyo izakenera ku rugendo, no ku rugamba nk'intwaro, ibigenderwaho, ibyo kurya, agatanga n'ibindi bicyenerwa, nawe  abarwa nk'uwarurwanye ndetse nawe abona ibihembo nk'iby'abarurwanye.
 N'usigariyeho uwarugiyeho mu buryo bwiza, akita ku bantu be igihe adahari nawe abarwa nk'uwarurwanye.</t>
   </si>
   <si>
     <t>حث المسلمين على التعاون على الخير.
 قال ابن حجر: وفي هذا الحديث الحث على الإحسان إلى من فعل مصلحة للمسلمين، أو قام بأمر من مهماتهم.
 القاعدة العامة: أنّ مَن أعانَ شخصًا في طاعة من طاعات الله كان له مثل أجره، من غير أن ينقص من أجره شيئًا.</t>
   </si>
   <si>
     <t>Gushishikariza abayisilamu gufatanya mu byiza.
 Ibun Hadjar yaravuze ati: Muri iyi Hadith harimo gushishikariza kugirira neza ukora ibifitiye abayisilamu akamaro, cyangwa se ugira uruhare mu kubafasha mu nshingano zabo.
 Itegeko rusange rizwi nuko umuntu uteye inkunga mugenzi we mu gukora kimwe mu bikorwa byo kumvira Allah, abona ibihembo nk'ibye nta na kimwe kigabanyutse mu bihembo yari kubona.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3437</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>Ayikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ku ba Answar igira iti: "Ntawe ubakunda usibye umwemera, nta n'ubanga usibye indyarya; uzabakunda Allah nawe azamukudna, n'uzabanga Allah nawe azamwanga</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Al Bara-u (Imana imwishimire) Ayikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ku ba Answar igira iti: "Ntawe ubakunda usibye umwemera, nta n'ubanga usibye indyarya; uzabakunda Allah nawe azamukudna, n'uzabanga Allah nawe azamwanga."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko gukunda aba Answar b'i Madinat ari kimwe mu bigaragaza ukwemera kuzuye, kubera ko ari bo batabaye idini ku ikubitiro, ndetse banatabara Intumwa y'Imana (Imana iyihe amahoro n'imigisha), banaharanira guha ubuhungiro abayisilamu babahungiyeho, banatanga imitungo ndetse nabo ubwabo baritanga kubera guharanira inzira ya Allah; kandi ko kubanga ari ikimenyetso cy'uburyarya. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ivuga ko uzakunda aba Answar, Allah nawe azamukunda, n'uzabanga Allah nawe azamwanga.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Muri iyi Hadith haragaragaramo ibigwi bihambaye by'aba Answar, kubakunda ni kimwe mu bigaragaza ukwemera ndetse no kwitandukanya n'uburyarya.
 Gukunda abakunzi ba Allah no kubarengera ni impamvu ituma Allah akunda umugaragu we.
 Agaciro n'ibyiza by'ababaye abayisilamu ku ikubitiro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>atawaza imbere yabo nk'uko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabigenje</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Yahya Ibun Umarat Al Maziniy yaravuze ati: Nabonye Amri Ibun Abi Hassan abaza Abdullah Ibun Zaydi ku bijyanye n'uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatawaje, nuko ahamagaza agakoresho karimo amazi,  atawaza imbere yabo nk'uko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabigenje, maze akaraba ibiganza bye gatatu, arangije yinjiza intoki ze muri ka gakoresho ajuguta amazi, arangije arayashoreza, arangije arayapfuna, inshuro eshatu, nuko yinjiza intoki ze muri ka gakoresho akaraba mu buranga bwe gatatu, arangije akaraba amaboko ye agarukiriza mu nkokora inshuro ebyiri, nyuma yinjiza intoki ze muri ka gakoresho ahanagura mu mutwe we n'ibiganza bye abizana imbere n'inyuma inshuro imwe, nyuma arangije akaraba ibirenge bye agarukira ku tubombankore.</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>Abdullah Ibun Zayd (Imana imwishimire) yagaragaje uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga itawaza abishyira mu ngiro; Maze atumaho  agakoresho karimo amazi. Atangira gutawaza abanje gukaraba intoki ze, arangije ahengeka ka gakoresho azikarabira hasi inshuro eshatu; Arangije  yinjiza intoki ze muri ka gakoresho ajuguta amazi, na buri uko ayajuguta yarayashorezaga akayapfuna, Arongera afata andi mazi akaraba mu maso he gatatu, Arangije afata andi mazi akaraba amaboko ye inshuro ebyiri ebyiri agarukiriza mu nkokora; Nyuma yinjiza intoki ze muri ka gakoresho ahanaguza ibiganza bye mu mutwe ahereye imbere ajya inyuma kugeza mu irugu, arangije arabigarura kugeza abigejeje aho yabihereye mbere. Arangije akaraba ibirenge bye ageza ku tubombankore.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Imyitwarire y'umwarimu ni bwo buryo butuma umunyeshuri asobanukirwa n'ubumenyi bwe bugahama mu mutwe, no muri iyo myitwarire harimo kwigisha umunyeshuri ushyira mu ngiro.
 Biremewe gusubiramo inshuro eshatu eshatu ku ngingo zimwe na zimwe, n'ebyiri ebyiri ku zindi, gusa inshuro y'itegeko ni imwe gusa.
 Ni itegeko mu gutawaza gukurikiranya ingingo nkuko byavuzwe muri Hadith.
 Aho uburanga umuntu agomba gutawaza buhera ni aho   umusatsi ugarukira mu ruhanga, ukamanuka ku bwanwa n'akananwa, no guhera ku gutwi kumwe ujya ku kundi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
     <t>Byari biguhagirije kubigenza utya ukoresheje ibiganza byawe; nuko ikoza hasi ibiganza byayo inshuro imwe, irangije icy'ibumoso igihanaguza  hejuru y'icy'iburyo no mu buranga bwayo</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Amar Ibun Yasir (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yanyohereje kugira ibyo ncyemura, nuko ndandura ngira ijanaba sinabona amazi yo kwisukuza, nikurunga mu mucanga nkuko itungo ryikurunga; ndangije njya ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) ndabiyibwira, nuko iransubiza iti: "Byari biguhagirije kubigenza utya ukoresheje ibiganza byawe; nuko ikoza hasi ibiganza byayo inshuro imwe, irangije icy'ibumoso igihanaguza  hejuru y'icy'iburyo no mu buranga bwayo."</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yohereje Amar Ibun Yasser (Imana imwishimire) mu rugendo hari ibyo imutumye, nuko agira ijanaba yaba itewe n'imibonano mpuzabitsina, cyangwa se intanga zamusohotsemo afite ubushake bw'imibonano, maze abura amazi kugira ngo yiyuhagire; Icyo gihe ntiyari azi itegeko ryo kwisukuza itaka (Tayamum) igihe umuntu yagize ijanaba, ahubwo yari azi ko rireba umuntu udafite isuku yoroheje imusaba gutawaza. Nuko atekereza icyo yakora abona ko nkuko bigenda kwisukuza itaka bigasimbura amazi igihe cyo gutawaza, ari nako yabigenza mu mwanya wo kwiyuhagira umubiri wose akikurunga mu itaka, nuko arikurunga ku buryo nta gice cy'umubiri gisigara kitagezeho itaka, maze arasari. Ubwo yazaga ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yarabiyibwiye, kugira ngo amenye niba yari mu kuri cyangwa se atari mu kuri? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imwigisha uburyo azajya abigenza yaba ari ku mwanda woroheje nk'inkari cyangwa se ukomeye nk'ijanaba; imwereka ko azajya akoza ibiganza bye hasi inshuro imwe, yarangiza ikiganza cy'ibumoso akagihanaguza hejuru y'icy'iburyo, ndetse no mu buranga bwe.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Ni itegeko gushakisha amazi mbere yo kwisukuza itaka.
 Biremewe ko umuntu yisukuza itaka igihe afite ijanaba akaba yabuze amazi.
 Kwisukuza itaka ufite umwanda mukuru (ijanaba), ni kimwe no kuryisukuza ufite umwanda muto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3461</t>
   </si>
   <si>
-    <t>إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ</t>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>Mu by'ukuri abantu iyo barebereye umunyamahugu ntibamubuze, baba bari hafi yo kugerwaho bose n'ibihano bya Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Bakri A-Swidiq (Imana imwishimire) yaravuze ati: Yemwe bantu! Mu by'ukuri musoma umurongo wa Qur'an ugira uti: {Yemwe abemeye! Nimwimenye (mugandukire Allah, mukore ibikorwa byiza mwirinda ibyaha). Nimuramuka muyobotse (mukabwirizanya gukora ibyiza ndetse mukanabuzanya gukora ibibi) abayobye nta cyo bazabatwara...} [Al Maidat:105], kandi numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Mu by'ukuri abantu iyo barebereye umunyamahugu ntibamubuze, baba bari hafi yo kugerwaho bose n'ibihano bya Allah."</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Abu Bak'ri A-Swidiq (Imana imwishimire) aragaragaza ko abantu basoma uyu murongo:
 {Yemwe abemeye! Nimwimenye (mugandukire Allah, mukore ibikorwa byiza mwirinda ibyaha). Nimuramuka muyobotse (mukabwirizanya gukora ibyiza ndetse mukanabuzanya gukora ibibi) abayobye nta cyo bazabatwara.} [Al Maidat: 105].
 Bagasobanukirwa ko umuntu aba akwiye kwimenya no guharanira gutungana we ubwe gusa, kandi ko uzayoba nyuma yaho ntacyo bimutwaye, kandi ko adategetswe kubwiriza ibyiza no kubuza ibibi!
 Abu Bak'ri yabwiye abantu ko atari ko bimeze, ko ahubwo yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: Iyo abantu babonye umunyamahugu ntibamucyahe ngo bamubuze, kandi babifitiye ubushobozi, biroroshye ko bose bagerwaho n'ibihano bya Allah, bikagera ku wabikoze, n'uwabirebereye ntagire icyo avuga.</t>
   </si>
   <si>
     <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
 عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
 تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>Ni itegeko ku bayisilamu kugirana inama, no kubwirizanya gukora ibyiza no kureka ibibi.
 Ibihano bya Allah biza ari rusange ku munyamahugu kubera amahugu ye, ndetse no ku wabirebereye igihe yari ashoboye kubibuza.
 Abantu birakwiye kwigishwa no gusobanurirwa imirongo ya Qur'an mu buryo buri bwo.
 Umuntu aba akwiye kwita ku gusobanukirwa igitabo cya Allah Nyir'ubutagatifu, kugira ngo atagisobanukirwa bitandukanye n'ibyo Allah ashaka.
 Umuntu ntiyakwibwira ko yayobotse yararetse kubwiriza abandi gukora ibyiza no kureka ibibi.
 Ibisobanuro nyakuri by'uriya murongo, usobanuye ngo mwimenye mureka ibyaha, nimubyirinda mukananirwa kubwirizanya ibyiza no kureka ibibi, uzayoba nyuma yaho ntacyo azabatwara, nakora ibyo yabujijwe mwe mwarabashije kubireka.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawud na Tirmidhiy na A-Nasa'iy mu gitabo cye Sunanul Kubra, na Ibun Madjah na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3470</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Uzansezeranya kurinda ikiri hagati y'iminwa ye yombi, n'ikiri hagati y'amaguru ye yombi, nanjye musezeranyije ijuru</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Sah'li Ibun Sa'adi (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzansezeranya kurinda ikiri hagati y'iminwa ye yombi, n'ikiri hagati y'amaguru ye yombi, nanjye musezeranyije ijuru."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ku bintu bibiri umuyisilamu aramutse abyitwararitse, yazinjira mu ijuru.
 Icya mbere: Ni ukurinda ururimi rwe yirinda kuruvugisha amagambo arakaza Allah Nyir'ubutagatifu.
 Icya kabiri: Ni ukurinda igitsina cye ubusambanyi n'ibindi bikorwa bibi by'urukozasoni.
 Kubera ko izi ngingo ebyiri ari zo zigwa mu byaha cyane kurusha izindi zisigaye.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Kurinda ururimi n'igitsina ni imwe mu nzira zinjiza uwabirinze  mu ijuru.
 Ururimi n'igitsina byavuzwe mu buryo bw'umwihariko kubera ko ari byo mvano y'ibyago by'umuntu hano ku isi no ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>Najyaga nogana n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu gikoresho kimwe, twembi dufite ijanaba; yajyaga inantegeka gucyenyera, tukishimishanya ahandi hose hasigaye ndi mu mihango</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abamera (Imana imwishimire) yaravuze ati: Najyaga nogana n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu gikoresho kimwe, twembi dufite ijanaba; yajyaga inantegeka gucyenyera, tukishimishanya ahandi hose hasigaye ndi mu mihango ndetse yajyaga irunguruka n'umutwe wayo iri mu mwiherero (Itikaf), nkayimesera mu mutwe ndi mu mihango.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>Aishat Nyina w'abemera (Imana imwishimire) kuri bimwe bimwerekeyeho hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha); no muri byo nuko yajyaga yogana n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu gikoresho kimwe, bombi bakaba ari cyo badahamo amazi yo kwiyuhagira. Kandi ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yamwifuzaga ari mu mihango yamutegekaga kugira icyo acyenyera uhereye ku mukondo kugeza mu mavi, akishimishanya nawe ahandi hasigaye. Ndetse ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ijya mu mwiherero mu musigiti (Itikaf), igasohora umutwe wayo mu cyumba cya Aishat, akamumesera mu mutwe ari mu cyumba cye.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Biremewe ko umugabo n'umugore we bogera mu gikoresho kimwe.
 Biremewe ko wakishimishanya n'umugore wawe ari mu mihango, hatarimo gukorana imibonano mpuzabitsina, kandi ko umubiri we uba ufite isuku.
 Ni byiza kugira umucyenyero acyenyera mu gihe bari muri uko kwishimishanya.
 Gushyiraho impamvu zatuma umuntu yirinda kugwa mu biziririjwe.
 Kubuza umugore uri mu mihango kumara umwanya mu musigiti.
 Biremewe ku mugore uri mu mihango akora ku bintu bitose cyangwa se ibyumutse, nko kumesa mu musatsi no kuwusokoza.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabaniraga neza abayo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3476</t>
   </si>
   <si>
-    <t>مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ</t>
+    <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
   </si>
   <si>
     <t>Nta Ntumwa n'imwe mbere yanjye Allah yohereje ku bantu runaka, usibye ko yabaga ifite abayirengera muri abo bantu yatumweho, ndetse n'abasangirangendo bashikama ku migenzo ye bakanakurikiza amategeko ye</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Nta Ntumwa n'imwe mbere yanjye Allah yohereje ku bantu runaka, usibye ko yabaga ifite abayirengera muri abo bantu yatumweho, ndetse n'abasangirangendo bashikama ku migenzo ye bakanakurikiza amategeko ye, hanyuma nyuma yabo hakaza abasimbura bavuga ibyo badakora, bakanakora ibyo batategetswe! Uzabarwanya n'ukuboko kwe azaba ari umwemeramana, n'uzabarwanya n'ururimi rwe azaba ari umwemeramana, n'uzabarwanya n'umutima we azaba ari umwemeramana. Nyuma y'aba ntawuzaba asigaranye ukwemera kabone n'iyo kwaba kungana n'imbuto ya Haridali."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko mbere yayo nta ntumwa n'imwe yoherejwe ku bantu usibye ko muri bo habaga harimo inkoramutima, n'abayirengera bakayitabara, ndetse bashobora no kuyisimbura ku buyobozi; bashyira mu bikorwa imigenzo yayo ndetse bakumvira n'amategeko yayo. Nyuma yabo hakaza abandi batarangwa n'ibyiza bavuga ibyo badakora, bagakora ibyo badategeka. Uzabarwanya n'ukuboko kwe azaba ari umwemeramana, n'uzabarwanya n'ururimi rwe azaba ari umwemeramana, n'uzabarwanya n'ururimi rwe azaba ari umwemeramana, n'uzabarwanya ababariye ku mutima we azaba ari umwemeramana; ariko nyuma y'ibyo nta kwemera kuzaba gusigaye kabone n'iyo kwaba kungana n'intete ya Haridali.</t>
   </si>
   <si>
     <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
 عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
 تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
 مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
 كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
 بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
 وجوب الأمر بالمعروف والنهي عن المنكر.</t>
   </si>
   <si>
     <t>Gushishikariza kurwanya abanyuranya n'amategeko y'idini bakoresheje imvugo cyangwa se ibikorwa.
 Kuba umuntu atababarira ku mutima kubera ikibi gikorwa ni ikimenyetso cy'ukwemera guciriritse ndetse kutanahari.
 Allah yorohereje abahanuzi be abaha abakomeza ubutumwa bwabo mu gihe baba batakiriho.
 Uzashaka kurokoka ibihano agomba gukurikira umuyoboro w'Intumwa n'abahanuzi, kubera ko inzira zose zitari inzira yabo ni ubuyobe no korama.
 Buri uko haba intera hagati y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) n'abasangirangendo bayo niko habaho ko abantu birengagiza imigenzo y'Intumwa y'Imana, bagakurikira irari, bakihimbira ibihimbano.
 Kugaragaza ko kurwana uharanira inzira ya Allah biri mu nzego; kurwana uharanira inzira ya Allah bishobora kuba hifashishijwe ukuboko ku muntu ushoboye kubikosora arikwo akoresheje, nk'abayobozi n'abategetsi, cyangwa se ku mvugo ugaragaza ukuri unaguhamagarira, cyangwa se ku mutima ubabarira ku mutima wanga ikibi cyangwa se utabyishimiye.
 Kubwiriza ibyiza no kubuza ibibi ni itegeko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3480</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>Hazabaho abayobozi, muzamenya ibyabo bakora, mugire n'ibindi muyoberwa bakora, uzabimenya azaba arokotse, n'uzabiyoberwa azarokoka, ariko uzashimishwa na byo akabakurikira niwe uzaba afite ikibazo</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Umu Salamat Nyina w'abemera (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Hazabaho abayobozi, muzamenya ibyabo bakora, mugire n'ibindi muyoberwa bakora, uzabimenya azaba arokotse, n'uzabiyoberwa azarokoka, ariko uzashimishwa na byo akabakurikira niwe uzaba afite ikibazo", nuko baramubaza bati: Ese tuzabarwanye? Intumwa y'Imana irabasubiza iti: "Oya! Ntimuzabarwanye igihe cyose bazaba bagisali."</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko tuzagira abayobozi, tuzamenya bimwe mu byo bakora kubera ko bihuye n'amategeko y'ubuyisilamu tuzi, hari n'ibyo tuzayoberwa kubera ko binyuranye n'amategeko y'ubuyisilamu. Uzabyanga ku mutima we, ntashobore kubyerura azaba yitandukanyije n'ibibi n'uburyarya. N'uzabirwanya akoresheje ukuboko kwe n'ururimi rwe, akabyamagana azaba arokotse icyaha  no kuba umufatanyacyaha. Ariko uzishimira ibyo bakora ndetse akanabakurikira muri byo, azaba yoramye nk'uko nabo boramye.
 Barangije babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: Ese tuzarwanye abayobozi bameze batyo? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Oya, igihe cyose bazaba bagisali ntimuzabarwanye.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Mu bigaragaza ubuhanuzi bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni ukuba yaravugaga ibyihishe ndetse bikaba nk'uko yabivuze.
 Ntibyemewe kwishimira ibibi no kubigiramo uruhare, ahubwo ni itegeko kubyamagana.
 Iyo abayobozi  bakoze ibihabanye n'amategeko, ntabwo biba byemewe kubumvira.
 Ntibyemewe kwigomeka ku bayobozi b'abayisilamu, kubera ko bigira ingaruka mbi, bikanatuma amaraso ameneka, n'umutekano ukabura; bityo kwihanganira ibibi by'abayobozi b'inkozi z'ibibi nibyo byoroshye kuruta kubigomekaho.
 Iswalat irahambaye kubera ko ari yo itandukanya hagati y'ubuhakanyi n'ubuyisilamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3481</t>
   </si>
   <si>
-    <t>أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي</t>
+    <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
   </si>
   <si>
     <t>Nahawe ibintu bitigeze bihabwa n'umwe mbere yanjye</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djabir Ibun Abdillah (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nahawe ibintu bitigeze bihabwa n'umwe mbere yanjye: Nahawe gutera  ubwoba abanzi nkiri mu ntera y'urugendo rungana n'ukwezi, kandi nahawe isi ngo imbere aho gusalira (umusigiti) ndetse hanasukuye; bityo uwo ari we wese mu bayoboke banjye iswalat izasanga aho azaba ari hose ajye asali, nanaziruriwe iminyago itarigeze izirurirwa undi uwo ari we wese mbere yanjye, nanahawe kuzakora ubuvugizi. Intumwa y'Imana yajyaga yoherezwa ku bantu runaka, naho njye natumwe ku bantu bose."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
 أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
 ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
 ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
 رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
 خامسًا: أُرسِلْتُ إلى الخَلْق كافة إنسِهم وجنِّهم، بخلاف الأنبياء قبله فكانوا يبعثون إلى أقوامهم فقط.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Allah yamuhaye umwihariko w'ibintu bitanu itigeze iha undi uwo ari we wese mu ntumwa zamubanjirije:
 Icya mbere: Nahawe gutera ubwoba mu mitima y'abanzi banjye, n'iyo hagati yanjye nabo haba harimo intera ingana n'ukwezi.
 Icya kabiri: Nahawe isi yose ngo ibe aho gusalira aho twaba turi hose, ndetse no kwisukuza itaka ryayo igihe tutabashije kubona amazi.
 Icya gatatu: Twaziruriwe iminyago yo ku rugamba abayisilamu banyaga abanzi babo b'abahakanyi.
 Icya kane: Nahawe kuzavuganira abantu mu buryo bukomeye kugira ngo barokoke ibigeragezo byo ku munsi w'imperuka.
 Icya gatanu: Natumwe ku biremwa byose abantu n'amajini, bitandukanye n'Intumwa n'abahanuzi batumwe mbere yanjye, kuko bo batumwaga ku bantu babo gusa.</t>
   </si>
   <si>
     <t>مشروعية تَعديد العبد لِنِعَم الله عليه إخبارًا بها وشُكرًا لله عليها.
 فضل الله عز وجل على هذه الأمة وعلى نبيِّها بهذه الخِصال.
 وجوب فعل الصلاة في وقتِها على أيِّ حالٍ كانت، ويَفعل ما يَقدر عليه من شروطها وأركانها وواجباتها.
 الشفاعة التي اختص بها النبي صلى الله عليه وسلم من بين الأنبياء، أنواع؛ أحدها: شفاعته للخلق في فَصْلِ القَضَاء بينهم، ومنها: شفاعته في دخول أهل الجنة الجنة، ومنها: شفاعته خاصة في عمِّه أبي طالب في تخفيف النار عنه لا في الخروج؛ لأنه مات كافرًا.
 خِصال للنبي صلى الله عليه وسلم كثيرة لم تُذْكَر في هذا الحديث ومنها: أُعْطِيَ جوامع الكلم، وخُتِمَ به النبيُّون، وجُعلت صفوفُنا كصفوف الملائكة وغيرها من الخصال.</t>
   </si>
   <si>
     <t>Biremewe mu mategeko ko umugaragu yarondora ingabire za Allah kuri we azivuga ndetse anagamije kuzishimira Allah.
 Ingabire za Allah Nyir'ubutagatifu ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) no ku bayoboke bayo.
 Ni itegeko gukorera iswalat mu gihe cyayo mu bihe byose, ndetse no gukora ibyo umuntu ashoboye mu mabwiriza y'iswalat, n'inkingi zayo n'amategeko yayo.
 Kuvuganira Intumwa yahawe mu buryo bw'umwihariko, hatarimo abandi bahanuzi; harimo: Kuba izavuganira ibiremwa byose mu gihe bizaba biri gucirirwa urubanza; no kuba uzavuganira abantu bazajya mu ijuru kuryinjiramo, no kuba izavuganira ku buryo bw'umwihariko se wabo Abu Twalib kugira ngo yoroherezwe umuriro, ntabwo ari ukuwukurwamo kuko yapfuye ari umuhakanyi.
 Ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ifite by'umwihariko ni byinshi bitavuzwe muri iyi Hadith, harimo no kuba yarahawe kuvuga amagambo macye ariko abumbatiye hamwe byinshi, no kuba ari yo yasozereje Intumwa n'abahanuzi, no kuba imirongo duhagararaho dusali ari nk'iy'abamalayika n'ibindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3503</t>
   </si>
   <si>
-    <t>بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ</t>
+    <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>Nahaye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihango cy'uko mpamya ko nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah, ndetse ko na Muhamadi ari Intumwa ya Allah, no guhozaho iswalat, no gutanga amaturo, no kumva no kumvira, ndetse no kugira inama buri muyisilamu</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djarir Ibun Abdillah (Imana imwishimire) yaravuze ati: Nahaye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihango cy'uko mpamya ko nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah, ndetse ko na Muhamadi ari Intumwa ya Allah, no guhozaho iswalat, no gutanga amaturo, no kumva no kumvira, ndetse no kugira inama buri muyisilamu.</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Umusangirangendo Djarir Ibun Abdillah (Imana imwishimire) aravuga ko yasezeranyije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko azagaragira Imana imwe, akitwararika iswalat eshanu z'itegeko ku manywa na nijoro, yubahiriza inkingi zayo n'ibisabwa byazo, ndetse n'ibikorwa by'imigereka byayo. No gutanga amaturo y'itegeko, akaba ari ibikorwa by'itegeko byo kugaragira Allah mu mitungo, ayo maturo ava mu bakire muri bo, agahabwa abacyene n'abandi muri bo bayakwiye. Nanayisezeranyije kuzumva no kumvira abayobozi, ndetse no kugira inama buri muyisilamu, nshishikajwe n'ineza ye, no kugira ngo agerweho n'ibyiza, no kumurinda ibibi byaba mu mvugo cyangwa se mu bikorwa.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Agaciro n'ibyiza byo gusali no gutaga amaturo, kandi ko byombi biri mu nkingi z'ubuyisilamu.
 Agaciro n'ibyiza byo kujya inama no kuzigirana hagati y'abayisilamu, kugeza ubwo abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bajyaga babiyihaho isezerano.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3512</t>
   </si>
   <si>
-    <t>لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ</t>
+    <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
   </si>
   <si>
     <t>buri nyuma y'iswalat ntukareke kuvuga aya magambo: "ALLAHUMA A'INIII ALA DHIKRIKA WA SHUKRIKA WA HUSNI IBADATIKA: Mana Nyagasani nshoboza kugusingiza, no kugushimira, no kukugaragira nkuko bikwiye</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Mu'adh Ibun Djabal (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamufashe ukuboko nuko iravuga iti: Yewe Mu'adh, ndahiye ku izina rya Allah ko ngukunda, hanyuma iravuga iti: Ndakugira inama yewe Mu'adh  buri nyuma y'iswalat ntukareke kuvuga aya magambo: "ALLAHUMA A'INIII ALA DHIKRIKA WA SHUKRIKA WA HUSNI IBADATIKA: Mana Nyagasani nshoboza kugusingiza, no kugushimira, no kukugaragira nkuko bikwiye."</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yafashe ukuboko Muadh (Imana imwishimire) maze iramubwira iti: Ndahiye ku izina rya Allah ko ngukunda, kandi ndakugira inama yewe Muadh ko nyuma ya buri swalat utazareka aya magambo: (ALLAHUMA AINII ALA DHIKRIKA: Nyagasani Mana nshoboza kugusingiza) muri buri mvugo, n'igikorwa kinyegereza kukumvira). (WASHUKRIKA): No kugushimira kubera ingabire zawe, n'ibibi undinda. (WA HUSNI IBADATIKA): Nkwegurira amasengesho wowe wenyine, nanagendera ku muyoboro neretswe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Biremewe mu mategeko kubwira umuntu ko umukunda kubera Allah.
 Ubu busabe ni byiza kubuvuga nyuma ya buri swalat y'itegeko n'umugereka.
 Ubu busabe bugizwe n'amagambo macye ariko acyenewe hano ku isi no ku munsi w'imperuka.
 Mu kamaro ko gukunda kubera Allah harimo kugirana inama z'ukuri, no gufashanya mu byiza ndetse no gutinya Allah.
 Umumenyi A-Twibiy yaravuze ati: Gusingiza Allah nibyo byagura igituza, no kumushimira nibyo bitugeza kukubona ingabire ze, no kumugaragira uko bikwiye bivuze kwitandukanya n'ibindi byose byakurangaza bigatuma utamugaragira.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3518</t>
   </si>
   <si>
-    <t>اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ</t>
+    <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Mutinye Nyagasani wanyu, musali iswalat eshanu zanyu, musibe ukwezi kwanyu, mutange amaturo mu mitungo yanyu, mwumvire  abayobozi banyu muzinjira mu ijuru rya Nyagasani wanyu</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Umamat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itanga inyigisho mu mutambagiro wa nyuma yakoze igira iti: "Mutinye Nyagasani wanyu, musali iswalat eshanu zanyu, musibe ukwezi kwanyu, mutange amaturo mu mitungo yanyu, mwumvire  abayobozi banyu muzinjira mu ijuru rya Nyagasani wanyu."</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku munsi wa Arafat mu mutambagiro wayo wa nyuma yakoze hari mu mwaka wa cumi yimukiye i Madinat; waniswe gutyo kuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasezeyemo abantu. Yategetse abantu bose ko bagomba gutinya Nyagasani wabo bakora ibyo yabategetse, bitandukanya n'ibyo yababujije. Bagasali iswalat eshanu Allah Nyir'ubutagatifu yabategetse gukora ku manywa na n'ijoro. Bagasiba ukwezi kwa Ramadhan. Bagatanga amaturo avuye mu mitungo yabo bayaha abayakwiye, kandi ntibagire ubugugu banga kuyatanga. Kandi bakumvira abo Allah yagize abayobozi babo, hatarimo gukosereza Allah. Uzakora ibyo byavuzwe muri Hadith, ibihembo bye bizaba ari ijuru.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Ibi bikorwa byavuzwe ni zimwe mu mpamvu zo kwinjira mu ijuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3520</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Allah ntiyakira iswalat y'umwe muri mwe igihe adafite isuku (Udhu), cyeretse abanje kuyishaka (agatawaza)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Allah ntiyakira iswalat y'umwe muri mwe igihe adafite isuku (Udhu), cyeretse abanje kuyishaka (agatawaza)."</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko mu bisabwa kugira ngo iswalat ibe itunganye harimo isuku, niyo mpamvu ari ngombwa ko umuntu ushatse gusali abanza agatawaza, igihe isuku ye hari icyayihungabanyije nko kwituma cyangwa se kwihagarika cyangwa se gusinzira ndetse n'ibindi.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Iswalat y'umuntu udafite isuku ntiyemerwa cyeretse abanje kwisukura akiyuhagira igihe afite umwanda mukuru, cyangwa se agatawaza igihe afite umwanda muto.
 Isuku y'umwanda muto (Udhu) ni ugufata amazi ukayajuguta mu kanwa ukayacira, warangiza ukayashoreza mu mazuru, hanyuma ukayapfuna, warangiza ugakaraba mu buranga inshuro eshatu, hanyuma ugakaraba amaboko yombi ugarukira mu nkokora inshuro eshatu, hanyuma ugahanagura mu mutwe inshuro imwe, warangiza ugakaraba ibirenge byombi ugarukira mu tubombankore nabyo inshuro eshatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3534</t>
   </si>
   <si>
-    <t>قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ</t>
+    <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
   </si>
   <si>
     <t>Allah yaravuze ati: Buri gikorwa cya mwene Adamu ni icye, usibye igisibo, kubera ko cyo ni icyanjye ni nanjye uzagihembera</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Allah yaravuze ati: Buri gikorwa cya mwene Adamu ni icye, usibye igisibo, kubera ko cyo ni icyanjye ni nanjye uzagihembera, kandi igisibo ni urukingo, kandi umwe muri mwe naba yasibye ntakavuge amagambo mabi, cyangwa se intonganya; nihagira n'umuntu umutuka cyangwa se akamurwanya ajye avuga ati: Njyewe nasibye, kandi ndahiye k'ufite roho ya Muhamadi mu biganza bye ko umwuka uva mu kanwa k'uwasibye ari mwiza kwa Allah kuruta impumuro y'umubavu. Uwasibye yishima ubugira kabiri: Igihe ari gusiburuka arishima, n'igihe azahura na Nyagasani we arishima."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول في الحديث القدسي: 
 كل عمل ابن آدم يُضاعَف الحسنةُ بعشرِ أمثالها إلى سبعمائة ضعف، إلا الصيام؛ فإنه لي حيث لا يقع فيه الرياء، وأنا أجزي به فأَنْفَرِد بِعلِم مِقدار ثوابه وتضعيف حسناته. 
 ثم قال: (والصيام جُنّة) ووقاية وسِتْر وحِصْن حَصِيْن مِن النار؛ لأنه إمساك عن الشهوات والوقوع بالآثام، والنارُ مَحْفُوفة بالشهوات. 
 (فإذا كان يوم صوم أحدكم فلا يرفث) بالجماع ومُقَدِّماته، ولا بالكلام الفاحش مطلقًا. 
 (ولا يَصخب) بالخِصَام والصِّياح. 
 (فإنْ سابّه أحد أو قاتله) في رمضان فليقل: إني امرؤٌ صائم؛ لعله يكف عنه، فإنْ أصرَّ إلا المقاتلة حقيقة دَفَعَهُ بالأخفِّ فالأخف كالصَّائل. 
 ثم حَلَف صلى الله عليه وسلم وأقسم بالذي نفسه بيده أنَّ تَغَيُّرَ رائحةِ فمِ الصائم بسبب الصيام أطيبُ عند الله يوم القيامة من ريح المِسْك عندكم، وأكثر ثوابًا من المسك المندوب إليه في الجُمَع ومجالس الذكر. 
 وللصائم فرحتان يفرحهما: إذا أفطر فَرِح بفطره بزوال جوعه وعطشه حيث أُبِيْحَ له الفطر، وفَرِحَ بتمام صومه وخاتمة عبادته، وتخفيف من ربه، ومعونة على مستقبل صومه. 
 (وإذا لقي ربه فرح بصومه) بجزائه وثوابه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Allah Nyir'ubutagatifu yavuze muri Hadithil Qud'siy ati:
 Buri gikorwa mwene Adamu akoze akigororerwa byikubye inshuro icumi zikaba zanakiyongera kugera kuri magana arindwi, usibye igisibo, cyo ni icyanjye nticyagaragaramo gukorera ijisho, ni nanjye uzagihembera, bityo ninanjye uzi ingano y'ibihembo byacyo.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije iravuga iti: (Kandi igisibo ni urukingo) rukurinda, ni n'ingabo igukingira umuriro, kuko ikurinda kugira irari no kugwa mu byaha, kandi umuriro uzengurutswe n'ibiteye irari.
@@ -4393,422 +4399,422 @@
   </si>
   <si>
     <t>فضل الصيام وأنه يحفظ صاحبَه في الدنيا من الشهوات، وفي الآخرة من عذاب النار.
 من آداب الصوم ترك الكلام الفاحش واللَّغَط، والصبر على أذَى الناس ومقابلة إساءتهم بالصبر والإحسان.
 الصائم أو العابد إذا فَرِح بسبب إكمال عبادته والانتهاء منها لم ينقص ذلك من أجره في الآخرة.
 الفرحة الكاملة هي بلقاء الله تعالى، عندما يُوَفَّى الصابرون والصائمون أجرهم بغير حساب.
 إعلام الناس بالطاعة عند الحاجة والمصلحة ليس من الرياء لقوله: (إني صائم).
 الصائم الكامل صومه هو الذي صامت جوارحه عن الآثام، ولسانه عن الكذب والفحش، وقول الزور، وبطنه عن الطعام والشراب.
 تأكيد النهي عن الصَّخَب والخِصام والصِّياح حالَ الصوم، وإلا فَغَيْرُ الصائم مَنهيٌّ عن ذلك أيضًا.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، مِن التَّعَبُّد بتلاوته والطهارة له والتَّحَدِّي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Agaciro k'igisibo, kandi ko kirinda nyiracyo irari ry'iby'isi, no ku munsi w'imperuka kizamurinda umuriro.
 Mu myifatire iranga uwasibye ni ukureka amagambo mabi n'ay'urukozasoni, no kwihanganira abantu bamubangamira, no kubitura kubihanganira no kubagirira neza igihe bamugiriye nabi.
 Umuntu wasibye iyo yishimiye ko asoje ibikorwa bye yategetswe ntacyo bigabanya ku bihembo byabyo azabona ku munsi w'imperuka.
 Kwishima kuzuye ni igihe umugaragu azaba ahuye na Nyagasani we, ubwo azaba ari kugororera abihanganye basibye mu buryo bwuzuye.
 Gutangariza abantu igikorwa cyo kumvira Allah igihe bibaye ngombwa kandi byafasha bitagamije gukorera ijisho kubera imvugo igira iti: Njye nasibye.
 Umuntu wasibye igisibo cye mu buryo bwuzuye, ni wa wundi n'ingingo ze zasibye ntizikore ibibi, n'ururimi rwe ntiruvuga ibinyoma n'amagambo mabi, n'imvugo zitari ukuri, n'inda ye igafunga ibyo kurya no kunywa.
 Gushimangira kubuzwa guteza urusaku n'intonganya igihe abantu basibye, uretse ko n'utasibye abitegetswe.
 Iyi Hadith ni imwe mu zo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatubwiye yakuye kuri Nyagasani we, nizo bita Hadithul Qudsiy cyangwa se Hadithul Ilahiy, zikaba ari zo amagambo yazo n'ibisobanuro byazo biba byaturutse kwa Allah, ariko zo zitandukanye na Qur'an kuko yo ifite umwihariko wo kuba kuyisoma ari kimwe mu bikorwa byo kwiyegereza Allah, ndetse ko bibanzirizwa no kwisukura, no kuba Allah yarayitegeye ibiremwa bye bikananirwa n'ibindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3546</t>
   </si>
   <si>
-    <t>إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا</t>
+    <t>إذا لقي أحدكم أخاه فليسلم عليه، فإن حالت بينهما شجرة أو جدار أو حجر ثم لقيه فليسلم عليه أيضا</t>
   </si>
   <si>
     <t>Umwe muri mwe nahura n'umuvandimwe we ajye amusuhuza, nibatandukanywa n'igiti cyangwa se urukuta cyangwa se ibuye bakongera guhura ajye yongera amusuhuze</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat  (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umwe muri mwe nahura n'umuvandimwe we ajye amusuhuza, nibatandukanywa n'igiti cyangwa se urukuta cyangwa se ibuye bakongera guhura ajye yongera amusuhuze."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikarije umuyisilamu kwifuriza umuvandimwe we w'umuyisilamu indamutso y'amahoro buri uko bahuye, n'igihe baba bari mu nzira bagenda, bagatandukanywa n'icyo ari cyo cyose nk'igiti cyangwa se urukuta cyangwa se ibuye rinini, bakongera guhura ajye amusuhuza nanone indamutso y'amahoro ku yindi nshuro.</t>
   </si>
   <si>
     <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
 شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
 السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
 السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
   </si>
   <si>
     <t>Gushishikariza gusuhuzanya indamutso y'amahoro, no kuyisubiramo mu gihe hari impinduka zibayeho.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ishishikajwe no gukwiza umugeno wo kwifurizanya indamutso y'amahoro no kuyikwiza hose, kubera ko byongera urukundo n'ubumwe hagati y'abayisilamu.
 Indamutso y'amahoro ni ukuvuga uti: (A-SALAAM ALAYKUM) cyangwa se (A-SALAAM ALAYKUM WARAHMATULLAH WABARAKATUH), bitari uguhana ibiganza kuko byo bibaho iyo abantu bahuye bwa mbere.
 Indamutso y'amahoro ni ubusabe, kandi abayisilamu bacyeneye gusabirana ibyiza, kabone n'iyo babisubiramo kenshi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3552</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Iyo umugaragu arwaye cyangwa agiye mu rugendo, yandikirwa ibihembo by'ibikorwa yajyaga akora ari muzima, ndetse atari no ku rugendo</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Mussa Al Ash'ari (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Iyo umugaragu arwaye cyangwa agiye mu rugendo, yandikirwa ibihembo by'ibikorwa yajyaga akora ari muzima, ndetse atari no ku rugendo."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadith iravuga ku byiza bya Allah n'impuhwe ze, ndetse ko umuyisilamu iyo asanzwe akora ibikorwa byiza ari muzima ndetse atari no mu rugendo, hanyuma akagira impamvu nk'iy'uburwayi cyangwa se urugendo ntabashe kubikora, cyangwa se n'indi mpamvu iyo ari yo yose, yandikirwa ibihembo byuzuye nk'uko yabyandikirwaga ari muzima ndetse atari no ku rugendo.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Kuba ingabire za Allah ari nyinshi ku bagaragu be.
 Gushishikariza kugira umuhate mu bikorwa byo kwiyegereza Allah, no gufatirana ibihe umuntu ari muzima kandi afite n'umwanya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Gusingiza Allah kwiza kuruta ibindi ni ukuvuga iri jambo: LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah; n'ubusabe bwiza ni ukuvuga ijambo: AL HAMDULILLAH: Ishimwe n'ikuzo ni ibya Allah</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djabir (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Gusingiza Allah kwiza kuruta ibindi ni ukuvuga iri jambo: LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah; n'ubusabe bwiza ni ukuvuga ijambo: AL HAMDULILLAH: Ishimwe n'ikuzo ni ibya Allah."</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko gusingiza Imana kwiza ari ukuvuga ijambo: LA ILAHA ILA LLAH: Nta yindi mana ikwiye kugaragirwa by'ukuri usibye Allah; ndetse ko ubusabe bwiza ari ukuvuga ijambo: AL HAMDULILLAH: Ikuzo n'ishimwe ni ibya Allah; ibyo bigaragaza ukwiyemerera ko ugaba ingabire n'imigisha ari Allah wenyine Nyir'ubutagatifu, ukwiye ibisingizo byuzuye kandi byiza.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Gushishikariza kurushaho gusingiza Allah wifashishije ijambo ryo kwemera Imana imwe LA ILAHA ILA LLAH, no gusaba Allah wifashishije kumuvuga ikuzo n'ishimwe ALHAMDULILAH.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Yakiriwe na Tirmidhi na A-NAsa'iy mu gitabo cye Sunan Al Kubra na Ibun Madjah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3567</t>
   </si>
   <si>
-    <t>أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟</t>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Ese mbereke ibyatuma Allah abababarira ibyaha byanyu, ndetse akanabazamura mu ntera?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa  Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ese mbereke ibyatuma Allah abababarira ibyaha byanyu, ndetse akanabazamura mu ntera? Barayisubiza bati: Yego yewe Ntumwa y'Imana! Nuko irababwira iti: "Gutawaza neza mu bihe bigoye, no gutera intambwe nyinshi ugana ku musigiti, no gutegereza iswalat nyuma y'iyindi; ibyo muzabe ari byo mukomeraho."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajije abasangirangendo bayo niba bashaka ko ibereka ibikorwa bazakora bikaba impamvu yo kubabarirwa ibyaha, no gusibwa mu bitabo byanditsemo, ndetse no kuzamurwa mu ntera z'ijuru?
 Abasangirangendo barayisubiza bati: Yego turabishaka! Nuko irababwira iti:
 Icya mbere: Ni ugutawaza neza ubitunganya mu bihe bigoye nk'imbeho, cyangwa se amazi ari ingume, cyangwa se uburibwe ku mubiri, cyangwa se amazi ashyushye.
 Icya kabiri: Ni ugutera intambwe nyinshi ujya ku misigiti itakwegereye, no kubikora kenshi.
 Icya gatatu: Ni ugutegereza iswalat, no kuyitekereza ku mutima, no kuyitegura, no kwicara mu musigiti uyitegereje kugira ngo uyisali hamwe n'abandi, yamara kuyisali agahama aho yasariye ategereje iyindi.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije igaragaza ko ibi imaze kubabwira ari byo bakwiye gukomeraho, kuko ari byo byugarira inzira za Shitani ku mutima, bikanatsinda irari, bikanayibuza ibishuko; bityo abari mu itsinda rya Allah nibyo bifashisha batsinda Shitani n'ingabo ze; ibi bikaba ari nabyo byo guharanira inzira ya Allah mu buryo bukomeye (Djihadul Akbar); bityo bikaba bimeze nk'ibirindiro ingabo zihamamo zikaba maso igihe ziba zihanganye n'umwanzi.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Agaciro ko kwitwararika iswalat yo mu mbaga mu musigiti, no kwita ku iswalat zose, no kutagira ikindi kiturangaza usibye zo.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigishaga neza, ikanatera amatsiko abasangirangendo bayo, aho yahereye ibagaragariza ibihembo bihambaye binyuze mu kubabaza ikibazo; ubu bukaba ari bumwe mu buryo bwo kwigisha.
 Inyungu zo kwigisha isomo runaka binyuze mu kibazo n'igisubizo nuko ibyo uvuze bisigara mu mutima, kubera uburyo byasobanuwemo.
 Imam A-Nawawiy (Allah amugirire impuhwe) yaravuze ati: Ibyo ni byo birindiro mukwiye kugumaho; ubundi ibirindiro ni ukuguma ahantu no kutahava ugahama hamwe, bisobanuye uba wiziritse ku gikorwa Allah yishimira, ntukiveho. Byanavuzwe ko ari byo birindiro byiza, nanone byavuzwe ko guharanira inzira y'Imana (Djihadi) kwiza ari ukurwana n'irari ry'umutima, nabyo ni mu bwoko bwo kuguma mu birindiro.
 Ijambo ibirindiro ryasubiwemo inshuro irenze imwe, mu rwego rwo kugaragaza ubuhambare n'uburemere bw'ibikorwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3574</t>
   </si>
   <si>
-    <t>أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ</t>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Ese mbabwire ibyiza mu bikorwa byanyu n'ibitunganye muri byo ku Mana Nyagasani wanyu, ndetse bikanaba hejuru ya byose mu kubazamura inzego zanyu</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu A-Dar'da-i (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Ese mbabwire ibyiza mu bikorwa byanyu n'ibitunganye muri byo ku Mana Nyagasani wanyu, ndetse bikanaba hejuru ya byose mu kubazamura inzego zanyu, ibyo bikanaba byiza kuri mwe kurenza kuba mwatanga Zahabu na Feza, ndetse ni na byiza kuri mwe kuruta kuba mwahura n'umwanzi wanyu mukarwana, mukamwica cyangwa se nawe akabica? Barayisubiza bati: Yego bitubwire yewe Ntumwa y'Imana! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: "Ni ukwibuka Imana no kuyisingiza".</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Intumwa y'Imana (Imana iyihe  amahoro n'imigisha) yabajije abasangirangendo bayo iti: :
-Ese murashaka ko mbabwira nkanabigisha ibikorwa byiza byubahitse, bitubuka kandi bisukuye kwa Allah Nyir'ubutagatifu biruta ibindi bikorwa byanyu mukora? .
+    <t>Intumwa y'Imana (Imana iyihe  amahoro n'imigisha) yabajije abasangirangendo bayo iti:
+Ese murashaka ko mbabwira nkanabigisha ibikorwa byiza byubahitse, bitubuka kandi bisukuye kwa Allah Nyir'ubutagatifu biruta ibindi bikorwa byanyu mukora?
 Ndetse bikaba byazanabazamura mu ntera z'ijuru?
 Ndetse bikaba byaba byiza kuri mwe kuruta gutanga amaturo ya Zahabu na Feza?
 Ndetse bikaba byanaba byiza muri mwe kuruta kuba mwahura n'abahakanyi mu mirwano, mukabica nabo bakabica?
 Abasangirangendo barayisubiza bati: Turabishaka yewe Ntumwa y'Imana!
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Ni ukwibuka Allah Nyir'ubutagatifu no ku musingiza mu bihe byose, no mu buryo ubwo ari bwo bwose.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Guhozaho kwibuka Allah no kumusingiza mu buryo bugaragaragara n'ubutagaragara ni kimwe mu bikorwa byo kwiyegereza Allah, kandi bifite umumaro kwa Allah Nyir'ubutagatifu.
 Ibikorwa byose byategetswe mu rwego rwo kuzirikana Allah Nyir'ubutagatifu. Allah aragira ati: {Kandi ujye uhozaho iswalat mu rwego rwo kunyibuka no kunzirikana.} [Twaha: 14]
 Umumenyi Al Izz Ibun Abdusalam mu gitabo cye (Al Qawa'id) yaravuze ati: Iyi Hadith iragaragaza ko ibihembo bidashingira ku mvune gusa mu bikorwa byose by'amasengesho, ahubwo Allah ashobora no kuguhemba byinshi ku bikorwa bicye, kuruta ibyo yahembera uwakoze byinshi! Ibihembo rero bishingira ku busumbane bw'ibikorwa n'uburyo byubahitse.
 Umumenyi Al Munawiy mu gitabo cye Faydwul Qadiir yaravuze ati: Iyi Hadith ishatse kuvuga ko gusingiza Allah ari byo byari  byiza kubabibwirwaga, n'iyo iza kuba ibwirwa intwari yo ku rugamba bari kuyibwira guharanira inzira ya Allah (Djihadi), cyangwa se iyo iza kubwirwa umukungu ufasha abacyene mu mutungo we bari kumubwira amaturo, n'iyo iza kubwira ushoboye kujya mu mutambagiro mutagatifu, niwo bari kumubwira, cyangwa se iyo iza kubwirwa ufite ababyeyi bombi bari kumubwira kubagirira neza. Ubu nibwo buryo bwo guhuza hagati ya za Hadith.
 Gusingiza Allah byuzuye ni ibikorewe ku rurimi n'umutima ukabitekerezaho; hagakurikiraho ibikorewe ku mutima gusa nko gutekereza, hagakurikiraho ibikozwe n'ururimi rwonyine, na buri aho bikorewe hafite ibihembo byaho ku bushobozi bwa Allah.
 Umuyisilamu akwiye kwitwararika amagambo yo gusingiza Allah bijyanye n'ibihe avugiwemo, nka mu gitondo na nimugoroba, igihe yinjiye mu musigiti cyangwa se mu rugo, igihe agiye mu bwiherero cyangwa se asohotsemo... n'ahandi bigatuma abarwa mu basingiza Allah kenshi.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Tirmidhiy na Ibun Madjah ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3575</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Ijuru riri bugufi n'umwe muri mwe kuruta uko imishumi y'inkweto ze imuri bugufi, n'umuriro ni nk'uko</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana imwishimire) yaravuze iti: "Ijuru riri bugufi n'umwe muri mwe kuruta uko imishumi y'inkweto ze imuri bugufi, n'umuriro ni nk'uko."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko ijuru n'umuriro biri bugufi y'umuntu nk'uko imishumi ifunze inkweto iba iri bugufi ye, kubera ko ashobora gukora igikorwa Allah Nyir'ubutagatifu yishimira kikamwinjiza mu ijuru, cyangwa se agakora igikorwa cyo kugomera Allah cyaba impamvu y'uko azajya mu muriro.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Gushishikariza gukora ibikorwa byiza kabone n'iyo byaba bicye, no gutinyisha gukora ibikorwa bibi kabone n'iyo byaba bicye.
 Umuyisilamu mu buzima bwe agomba guhuriza hamwe kwizera ingororano za Allah igihe akoze ibyiza ari nako agira ubwoba bw'ibihano bye igihe amugomeye , ndetse agasaba Allah Nyir'ubutagatifu ko yamuha igihe cyose gushikama ku kuri kugira ngo azarokoke ibihano kandi uko ameze ntibimutere kwirara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Koza mu kanwa birahasuhura, ndetse bishimisha Allah Umuremyi</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Koza mu kanwa birahasuhura, ndetse bishimisha Allah Umuremyi."</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko gusukura amenyo ukoresheje agati (Kitwa Siwaki) cyangwa se n'ikindi bisukura mu kanwa imyanda n'impumuro mbi yaba irimo. Gusukura mu kanwa ni imwe mu mpamvu zo kuba Allah yakishimira umugaragu we, kubera ko harimo kumvira Allah no kubahiriza itegeko rye, no kubera ko ari isuku Allah akunda kandi akanishimira.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Ibyiza byo gusukura mu kanwa ukoresheje umuswaki, no kuba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarabishishikarije abayoboke bayo ko bagomba kubikora kenshi.
 Ibyiza nuko wakogesha mu kanwa agati ka Siwaki gakomoka ku giti bita Arak, ariko no gukoresha uburoso n'umuti w'amenyo bikora kimwe.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na A-Nasa'iy na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Iswala eshanu kuri eshanu, n'idjuma kugera ku idjuma ndetse na Ramadhan kugera kuri Ramadhan, bihanagura ibyaha wakora hagati aho igihe cyose wirinze ibyaha bikuru</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana imuhe amahoro n'imigisha) yajyaga ivuga iti: "Iswala eshanu kuri eshanu, n'idjuma kugera ku idjuma ndetse na Ramadhan kugera kuri Ramadhan, bihanagura ibyaha wakora hagati aho igihe cyose wirinze ibyaha bikuru."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko gusali iswala eshanu z'itegeko ku manywa na nijoro, no gusali iswala y'idjuma buri cyumweru, no gusiba ukwezi kwa Ramadhan buri mwaka, bituma umuntu ababarirwa ibyaha bito igihe cyose yitandukanyije n'ibyaha bikuru. Naho ibyaha bikuru nk'ubusambanyi, kunywa ibisindisha byo bikurwaho no kubyicuza.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Ibyaha birimo ibito ndetse n'ibikuru.
 Kubabarirwa ibyaha bito bishingiye ku kwitandukanya n'ibikuru.
 Ibyaha bikuru ni buri cyaha cyateganyirijwe igihano cyacyo ku isi , cyangwa se Allah akaba yaratanze isezerano ryo kuzagihanira ugikora cyangwa se akavuga ko amurakarira, cyangwa se Allah akaba yarihanangirije abantu kugikora cyangwa yaravuze ko abagikora yabavumye, nk'ubusambanyi, kunywa ibisindisha n'ibindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Musohoze ubutumwa mwanyumviseho n'ubwo waba umurongo umwe, nta n'ikibazo mujye munavuga ku byerekeye bene Isiraheri , ariko uzambeshyera ku bushake, azitegure icyicaro cye mu muriro</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amri (Imana ibishimire bombi) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Musohoze ubutumwa mwanyumviseho n'ubwo waba umurongo umwe, nta n'ikibazo mujye munavuga ku byerekeye bene Isiraheri , ariko uzambeshyera ku bushake, azitegure icyicaro cye mu muriro."</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irategeka gusohoza ubumenyi bwo muri Qur'an cyangwa se Sunat, kabone n'iyo bwaba ari bucye bungana nk'umurongo umwe wo muri Qur'an cyangwa se imvugo imwe y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) gusa agomba kuba azi neza ndetse asobanukiwe n'ibyo ahamagarira abantu. Nyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko ntacyo bitwaye kuvuga ku byerekeye bene Isiraheri byababayeho ariko bidahabanye n'idini ryacu. Irangije ibuza kuyibeshyera , ko nihagira n'uyibeshyera ku bwende aziteganyirize icyicaro cye mu muriro.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Gushishikariza gusohoza idini rya Allah, kandi ko umuntu agomba gusohoza ibyo yamenye n'ibyo yasobanukiwe kabone n'iyo byaba ari bicye.
 Gushaka ubumenyi bw'idini ni itegeko, kugira ngo umuntu ashobore kugaragira Allah no gusohoza idini rye mu buryo buboneye.
 Ni itegeko kubanza gusuzuma niba Hadithi ugiye kwigisha ari ukuri mbere y'uko uyigisha mu rwego rwo kwirinda kuba wakwinjira mu bateganyiriijwe iki gihano gihambaye.
 Gushishikariza kurangwa n'ukuri mu magambo no kwigengesera kuri Hadith z'Intumwa y'Imaba, mu rwego rwo kwirinda kugwa mu  by'umwihariko mu bigendanye n'amategeko y'idini rya Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3686</t>
   </si>
   <si>
-    <t>دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ</t>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Nyereka igikorwa nakora nkazinjira mu ijuru! Iramusubiza iti: "Jya ugaragira Allah ntumubangikanye n'icyo ari cyo cyose, uhozeho iswalat y'itegeko, utange amaturo y'itegeko, usibe igisibo cyo mu kwezi kwa Ramadhan</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Umwarabu wo mu cyaro yagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) maze arayibwira ati: Nyereka igikorwa nakora nkazinjira mu ijuru! Iramusubiza iti: "Jya ugaragira Allah ntumubangikanye n'icyo ari cyo cyose, uhozeho iswalat y'itegeko, utange amaturo y'itegeko, usibe igisibo cyo mu kwezi kwa Ramadhan." Wa mwarabu arayisubiza ati: Ndahiye ku izina ry'ufite roho yanjye mu biganza bye ko nta kindi nzongeraho. Ubwo yari amaze gutsimbura agiye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Ushaka kureba umuntu uzajya mu ijuru, narebe uyu."</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
     <t>Umugabo umwe w'umunyacyaro yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) kugira ngo imubwire igikorwa cyamwinjiza mu ijuru, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusubiza ko kwinjira mu ijuru no kurokoka umuriro, bishingiye ku gushyira mu bikorwa inkingi z'ubuyisilamu, bagaragira Allah wenyine, batamubangikanya n'icyo ari cyo cyose. Guhozaho iswalat eshanu Allah yategetse abagaragu be buri manywa na buri joro. Gutanga amaturo Allah yategetse, agahabwa abayakwiye. Kwitwararika igisibo cy'ukwezi kwa Ramadhan mu gihe cyacyo. Nuko wa mugabo aravuga ati: Ndahiye ku izina ry'ufite roho yanjye mu biganza bye ko ntacyo nzongera kuri ibi bikorwa by'itegeko numvise umbwira, kandi nta n'icyo nzagabanyaho. Ubwo yari amaze kugenda, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Ushaka kureba umuntu wo mu ijuru, narebe uyu mwarabu w'umunyacyaro.</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Kugaragira Allah Nyir'ubutagatifu wenyine, nicyo gikwiye guherwaho mu ivugabutumwa.
 Kwigisha ibikorwa by'itegeko byonyine umuntu uba akiri mushya mu idini ry'ubuyisilamu.
 Guhamagarira abantu kugana inzira ya Allah bikwiye gukorwa mu byiciro.
 Umuntu akwiye gushishikarira kwiga idini rye.
 Iyo umuyisilamu akoze  ibikorwa by'itegeko aba agize intsinzi, ariko ntibisobanuye ko areka cyangwa se akagira ubunebwe mu gukora ibikorwa by'umugereka, kubera ko ibikorwa by'umugereka byuzuza ibituzuye mu bikorwa by'itegeko.
 Kuvuga bimwe mu bikorwa byo kwiyegereza Allah ku buryo bw'umwihariko ni ikigaragaza ko ari byo bihambaye, ndetse no kubishishikariza kubikora, ariko ntibisobanuye ko ari byo byonyine, nta bindi bihari by'itegeko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3689</t>
   </si>
   <si>
-    <t>أَفْلَحَ إِنْ صَدَقَ</t>
+    <t>أفلح إن صدق</t>
   </si>
   <si>
     <t>Afite intsinzi niba ari kuvugisha ukuri</t>
   </si>
   <si>
     <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Twal'hat Ibun Ubaydillah (Imana imwishimire) yaravuze ati: Umugabo umwe uturutse ahitwa Nadj'di yaje kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha), imisatsi ye ishambaguje, twumva ijwi rye ariko ntidusobanukirwe n'ibyo ari kuvuga, araza yegera Intumwa y'Imana (Imana iyihe amahoro n'imigisha) atangira kuyibaza ku buyisilamu, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: "Iswalat eshanu ku manywa na nijoro", nuko arongera arayibaza ati: Hari ibindi ntegetswe bitari ibi? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Nta bindi, cyeretse nushaka gukora iby'umugereka, no gusiba ukwezi kwa Ramadwan." Arongera arayibaza ati: Hari ibindi ntegetswe bitari ibi?  Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Nta bindi, cyeretse nushaka gukora iby'umugereka." Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira no gutanga amaturo, maze arayibaza ati: Hari ibindi ntegetswe bitari ibi?  Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Nta bindi, cyeretse nushaka gukora iby'umugereka." Twal'hat aravuga ati: Nuko wa mugabo aragenda, agenda avuga ati: Ndahiye ku izina rya Allah ko nta bindi nzongera kuri ibi, ndetse nta n'ibyo nzagabanyaho! Maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Afite intsinzi niba ari kuvugisha ukuri."</t>
   </si>
   <si>
     <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
 فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
 فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
 فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
 ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
 فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
 فقال: لا، إلا أن تتطوّع بصوم. 
 ثم ذكر له صلى الله عليه وسلم الزكاة.
 فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
 قال: لا، إلا أن تتطوّع. 
 وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
   </si>
   <si>
     <t>Umugabo umwe uturutse ahitwa Nadj'di yaje kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha), imisatsi ye ishambaguje, ijwi rye ryumvikana ariko ntidusobanukirwe n'ibyo ari kuvuga, araza yegera Intumwa y'Imana (Imana iyihe amahoro n'imigisha) atangira kuyibaza ku buyisilamu?
@@ -4825,879 +4831,931 @@
   </si>
   <si>
     <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
 حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
 البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
 الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
 أهمية هذه الأعمال وأنها من أركان الإسلام.
 صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
 بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>Uburyo amategeko y'ubuyisilamu yoroshye kandi yoroheye abo yategetswe.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakiriye neza uyu mugabo, kuko yamwemereye kumwegera no kugira ibyo ayibaza.
 Mu gukora ivugabutumwa duhamagarira abantu kugana Allah duhera ku by'ingenzi kuruta ibindi, tukimukira ku bindi.
 Ubuyisilamu ni imyemerere n'ibikorwa, bityo ibikorwa byonyine bitarimo ukwemera ntacyo byamara, nkuko no kwemera byonyine bitarimo ibikorwa ntacyo byamara.
 Agaciro k'ibi bikorwa, kandi ko ari bimwe mu nkingi z'ubuyisilamu.
 Iswalat y'umunsi w'imbaga wa gatanu (Idjuma) nayo ibarwa mu iswalat eshanu z'itegeko, kubera ko ikorwa mu mwanya w'iswalat yo ku manywa (Adhuhuri) yo kuri uwo munsi, ku wo itegetswe.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahereye ku kwigisha uriya mugabo amategeko y'ubuyisilamu, ari yo nkingi zabwo nyuma yo kuvuga ubuhamya bubiri; kubera ko yari umuyisilamu, ariko ntiyegeze imubwira umutambagiro kuko wari utaraba itegeko, cyangwa se igihe cyawo cyari kitaragera.
 Iyo umuntu akoze ibyo yategetswe aba ageze ku ntsinzi, ariko ntibisobanuye ko atakora ibikorwa by'umugereka, kuko ari byo ku munsi w'imperuka bizuzuriza iby'itegeko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3700</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>Nta muyisilamu ugerwaho n’ibyago cyangwa se ingorane cyangwa se umubabaro, cyangwa se agahinda, cyangwa se n'ikindi icyo ari cyo cyose cyamubuza amahoro, kabone n’iyo ryaba ihwa rimujombye, usibye  ko Allah abigira impamvu yo kubabarirwa ibyaha bye.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Said Al Khud'riy na Abi Hurayrat (Imana ibishimire bombi) bavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nta muyisilamu ugerwaho n’ibyago cyangwa se ingorane cyangwa se umubabaro, cyangwa se agahinda, cyangwa se n'ikindi icyo ari cyo cyose cyamubuza amahoro, kabone n’iyo ryaba ihwa rimujombye, usibye  ko Allah abigira impamvu yo kubabarirwa ibyaha bye.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ikibaye ku muyisilamu cyose cyaba uburwayi, cyangwa se imibabaro, cyangwa se agahinda, ndetse n'ibindi bigeragezo, cyangwa se ubwoba, cyangwa se inzara, kugeza no ku ihwa ryamujomba rikamubabaza, biba impamvu yo kubabarirwa ibyaha bye.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Kugaragaza ingabire za Allah aha abagaragu be b'abemeramana, n'impuhwe ze kuri bo, aho abababarira ibyaha byabo kubera impamvu nto cyane yabababaje.
 Birakwiye ko umuyisilamu yiringira ingororano za Allah ku byago bimubayeho, ndetse akanihangana ku gito n'ikinini kimubayeho, kugira ngo bizabe impamvu yo kuzamurwa mu ntera no kubabarirwa ibyaha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Umuriro uzengurutswe n'ibikorwa by'irari, naho ijuru rizengurutswe n'ingorane n'ibigeragezo</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umuriro uzengurutswe n'ibikorwa by'irari, naho ijuru rizengurutswe n'ingorane n'ibigeragezo."</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irasobanura ko umuriro uzengurutswe n'ibintu umuntu ararikira by'ibyaha cyangwa se kudohoka mu gukora ibyo umuntu yategetswe; Bityo uzakurikira umutima we n'ibyo urarikira azajya mu muriro; Kandi ko umuriro uzengurutswe n'ibyo umutima w'umuntu wanga, nko guhozaho gukora ibyo wategetswe, no kureka ibyo wabujijwe ukanabyihanganira; iyo uhanganye nabyo ukabirwanya uba ukwiye kwinjira mu ijuru.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Zimwe mu mpamvu zo kugwa mu byaha n'irari ni ibibi Shitani itakira abantu ko ari byiza kugeza ubwo umutima nawo ubonye ko ari byiza maze ukabirarikira.
 Kwitandukanya n'ibikorwa by'irari biziririjwe ni itegeko, kubera ko ari byo nzira ijya mu muriro, no kwihanganira ibiremerera umutima udakunda kubera ko ariyo nzira ijya mu ijuru.
 Ibyiza byo guhata umutima no guharanira gukora ibikorwa bishimisha Allah, ndetse no kwihanganira ibigoye n'ibyo umutima wanga kubera ko ari byo bizengurutse ibikorwa byo kumvira Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Uburenganzira bw'umuyisilamu kuri mugenzi we buri mu byiciro bitanu: Kwikiriza indamutso (A-Salaam, igihe agusuhuje), kumusura yarwaye, kumuherekeza bagiye kumushyingura yapfuye, kwitabira ubutumire bwe igihe yagutumiye, no kumusabira impuhwe za Allah igihe yitsamuye</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uburenganzira bw'umuyisilamu kuri mugenzi we buri mu byiciro bitanu: Kwikiriza indamutso (A-Salaam, igihe agusuhuje), kumusura yarwaye, kumuherekeza bagiye kumushyingura yapfuye, kwitabira ubutumire bwe igihe yagutumiye, no kumusabira impuhwe za Allah igihe yitsamuye."</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza bumwe mu burenganzira bw'umuyisilamu kuri mugenzi we w'umuyisilamu. Uburenganzira bwe bwa mbere ni ukwikiriza indamutso ye y'amahoro akwifurije igihe agusuhuje.
 Ubwa kabiri: Ni ukumusura igihe yarwaye.
 Ubwa gatatu: Ni ukumuherekeza igihe bagiye kumushyingura igihe yapfuye, kuva mu rugo rwe, aho bamukoreye isengesho ry'uwapfuye kugeza amaze gushyingurwa.
 Uburenganzira bwa kane:  Kwitabira ubutumire bwe igihe yagutumiye mu birori by'ubukwe no mu bindi.
 Uburenganzira bwa gatanu: Nuko igihe yitsamuye agashimira Allah, umwifuriza impuhwe ukamubwira uti: YAR'HAMKALLAH: Allah akugirire impuhwe, nawe akamusubiza ati: YAHDIIKUMULLAH WA YUSW'LIH BALAKUM: Allah abayobore kandi abatunganyirize ibyanyu.</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Ubuhambare bw'idini y'ubuyisilamu mu gushimangira uburenganzira abayisilamu bafite kuri bagenzi babo, no gushimangira ubuvandimwe n'urukundo hagati yabo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3706</t>
   </si>
   <si>
-    <t>خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ</t>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>Umunsi mwiza izuba ryarasheho ni umunsi wa gatanu (Idjuma)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umunsi mwiza izuba ryarasheho ni umunsi wa gatanu (Idjuma), kuri wo niho Adamu yaremwe, ni nawo yinjijwe mu ijuru, ni nawo yarisohowemo, kandi imperuka ntizaba uretse ko bizaba ari ku munsi wa gatanu (wa Idjuma)."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umunsi mwiza izuba ryarasheho ari umunsi wa gatanu (Idjuma). No mu mwihariko wawo nuko ari nawo Allah yaremyeho Adamu (Amahoro ya Allah amubeho), ndetse ni nawo yarimusohoyemo amuzana ku isi, kandi imperuka ntizaba usibye ko bizaba ari ku munsi wa gatanu (wa Idjuma)!</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Agaciro k'umunsi wa gatanu (wa Idjuma), n'icyo urusha indi minsi igize icyumweru.
 Gushishikariza no kongera ibikorwa byiza by'umwihariko ku munsi wa gatatu, no kwitegurira kwakira impuhwe za Allah, no kurindwa ibihano bye.
 Uyu mwihariko w'umunsi wa gatanu wavuzwe muri iyi Hadith, byavuzwe ko atari mu rwego  rwo kugaragaza agaciro k'uyu munsi, kuko gusohora Adamu mu ijuru no kuba kw'imperuka, ibi ntibigaragaza agaciro kawo. Byanavuzwe kandi ko ibyavuzwe byose muri iyi Hadith ari iby'agaciro, no gusohorwa kwa Adamu mu ijuru byabaye impamvu yo kororoka kwe, ndetse no gukomokwaho n'Intumwa n'abahanuzi ndetse n'abandi bakora ibikorwa byiza. Naho kuzaba kw'imperuka kuri uyu munsi ni impamvu yo kwihutisha kugororera abakoze ibikorwa byiza, no kubona ingororano Allah yabateganyirije  n'ibindi byiza byinshi.
 Umunsi wa gatanu wavuzweho indi myihariko itari iyi yavuzwe; nko kuba ari wo munsi Adamu yababariweho, ndetse aba ari nawo apfiraho, ndetse uwo munsi ni nawo uriho isaha iyo umugaragu w'umwemeramana ahuje nayo ari gusali, afite icyo ari gusaba Allah, Allah arakimuha.
 Umunsi mwiza kuruta iyindi igize umwaka ni umunsi wa Arafat (wa 9 w'ukwezi kwa Dhul Hija), byanavuzwe ko ari umunsi w'igitambo (wa 10 z'ukwezi kwa Dhul Hija), naho uruta iyindi mu yigize icyumweru ni uwa gatanu (wa Idjuma), n'ijoro ryiza kuruta ayandi ni ijoro ry'igeno (rya Laylatul Qad'ri).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3711</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Allah agirire impuhwe umuntu woroha igihe agurisha, woroha igihe agura, woroha igihe yishyuza</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djabir (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Allah agirire impuhwe umuntu woroha igihe agurisha, woroha igihe agura, woroha igihe yishyuza."</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irasabira impuhwe za Allah buri uwo ari we wese woroha, w'umunyabuntu, mu bucuruzi bwe; Bityo ntagora umuguzi mu biciro, ahubwo aramworohera akanamwitwaraho neza mu muco uboneye. Aroroha akagira ubuntu igihe nawe ari umuguzi, bityo nta muhuguza cyangwa se ngo ateshe agaciro ibicuruzwa. Aroroha akagira ubuntu igihe yishyuza abamufitiye umwenda; ntagore umukene n'undi ubabaye, ahubwo amwishyuza harimo kumworohera no kumugirira impuhwe, ndetse akanihanganira uwananiwe kwishyura.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Mu ntego z'amategeko y'idini y'ubuyisilamu harimo kubungabunga ibituma umubano hagati y'abantu utungana kandi ugahoraho.
 Gushishikariza  kurangwa n'imico myiza mu migirire n'imibanire hagati y'abantu byaba mu kugura no kugurisha ndetse no mu bindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3716</t>
   </si>
   <si>
-    <t>رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ</t>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>Afite ikimwaro, afite ikimwaro, afite ikimwaro", nuko barayibaza bati: Uwo ni nde yewe Ntumwa y'Imana? Irabasubiza iti: Uzaba afite ababyeyi be bakuze, cyangwa se umwe muri bo, cyangwa se bombi, bagapfa batamwinjije ijuru</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Afite ikimwaro, afite ikimwaro, afite ikimwaro", nuko barayibaza bati: Uwo ni nde yewe Ntumwa y'Imana? Irabasubiza iti: Uzaba afite ababyeyi be bakuze, cyangwa se umwe muri bo, cyangwa se bombi, bagapfa batamwinjije ijuru.</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasabiye ikimwaro n'igihombo, ibisubiramo inshuro eshatu! Nuko barayibaza bati: Uwo ni inde uri gusabira igihombo yewe Ntumwa y'Imana?
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Uzasanga ababyeyi be bombi, cyangwa se umwe muri bo bakiriho, ntibabe impamvu yo kwinjira mu ijuru; kubera kutabagirira neza no kubasuzugura.</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Kugirira neza ababyeyi ni itegeko kandi ni imwe mu mpamvu zo kuzinjira mu ijuru, by'umwihariko igihe bageze mu zabukuru, nta ntege bagifite.
 Gusuzugura ababyeyi ni kimwe mu byaha bikuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3718</t>
   </si>
   <si>
-    <t>سَبَقَ الْمُفَرِّدُونَ</t>
+    <t>سبق المفردون</t>
   </si>
   <si>
     <t>Al Mufaraduna babatanze</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Igihe kimwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari irimo igenda mu nzira i Maka, inyura ku musozi bita Djumdani, maze iravuga iti: Nimukomeze mugende uyu musozi ni Djumdanu,  Al Mufaraduna babatanze" Nuko barayibaza bati:Al Mufaraduna ni bantu ki, yewe Ntumwa y'Imana? Intumwa irabasubiza iti: Ni abasingiza Allah kenshi b'abagabo n'ab'abagore."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje urwego abasingiza Allah kenshi bariho, kandi ko ari abantu b'umwihariko banatanze abandi kugera mu nzego z'ikirenga mu ijuru ryuje inema, kugeza ubwo yanabagereranyije n'umusozi wa Djumdani ufite umwihariko aho utameze nk'iyindi.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Ni byiza gusingiza Allah kenshi no kumwibuka, kuko abazarusha abandi ku munsi w'imperuka bazaba babarusha ibikorwa byo kumvira Allah, no kumuharira ibikorwa.
 Gusingiza Allah bikorwa ku rurimi gusa, cyangwa se ku mutima gusa, cyangwa se ku rurimi no ku mutima icyarimwe, uru rukaba ari narwo rwego ruruta izindi.
 Amwe mu magambo yemewe yo gusingiza Allah akoreshwa mu gihe runaka, ni nk'akoresha mu gitondo na nimugoroba, na nyuma y'iswalat z'itegeko ndetse n'ahandi.
 Imam A-Nawawiy yaravuze ati: Zirikana ko agaciro ko gusingiza Allah atari ukuvuga aya magambo: SUBHANALLAH (Ubutagatifu ni ubwa Allah), LA ILAHA ILA LLAH (Nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah), ALHAMDULILLAH (Ikuzo n'ishimwe ni ibya Allah), ALLAH AKBAR (Allah asumba byose) n'andi nkayo, ahubwo buri wese ukora kubera Allah aba asingiza Allah Nyir'ubutagatifu.
 Gusingiza Allah ni imwe mu mpamvu zo gushikama; Allah Nyir'ubutagatifu aragira ati: {Yemwe abemeye! Nimusakirana n'agatsiko (k’umwanzi) mujye mushikama, munasingize Allah kenshi kugira ngo mube mwagera ku ntsinzi.} [Al Anfal: 45].
 Aho abasangiza Allah n'umusozi wa Djumdana bihurira nuko uyu musozi ufite umwihariko wo kuba uri wonyine kandi witaruye iyindi, ni nk'uko abasingiza Allah Nyir'ubutagatifu bameze. Kubera ko umuntu w'umwihariko ni wa wundi wiherereye n'umutima we cyangwa se ururimi rwe agasingiza Nyagasani we kabone n'iyo yaba ari mu bandi; ndetse agafatirana igihe ari wenyine atari kumwe n'abandi. Ahandi byenda guhurira nuko gusingiza Allah ari imwe mu mpamvu zo gushikama ku idini nk'uko imisozi nayo iba ishikame mu butaka, cyangwa se ari mu rwego rwo kurushanwa mu byiza hano mu isi no ku munsi w'imperuka, kubera uko umuntu wajyaga mu rugendo avuye i Makat agiye i Madinat akagera ahitwa Djumdana, cyabaga ari ikimenyetso cy'uko agiye kugera i Makat, kandi awabaga ahageze yabaga yatanze abandi. Ni nk'uko usingiza Allah Nyir'ubutagatifu aba yatanze abandi kubera gusingiza kwe kenshi Allah Nyir'ubutagatifu. Allah niwe Mumenyi uhebuje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3719</t>
   </si>
   <si>
-    <t>يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ</t>
+    <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>Shitani ipfundika amapfundo atatu mu irugu ry'umwe muri mwe igihe aryamye, igakubita kuri buri pfundo ivuga ati:  ufite ijoro ryose komeza wiryamire</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Shitani ipfundika amapfundo atatu mu irugu ry'umwe muri mwe igihe aryamye, igakubita kuri buri pfundo ivuga ati:  ufite ijoro ryose komeza wiryamire. Iyo abyutse agasingiza Allah, ipfundo rya mbere rirapfunduka, yatawaza ipfundo rya kabiri rigapfunduka, iyo asayi ipfundo rya gatatu rirapfunduka, akagira imbaraga akamererwa neza, bitaba ibyo aramukana umunabi afite ubunebwe."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira imiterere ya Shitani n'uburyo idahwema guhangana n'umuntu ushaka kubyuka ngo akore iswalat yo mu ijoro cyangwa se iya mu gitondo.
 Iyo rero umwemeramana agiye kuryama Shitani ipfundika amapfundo atatu mu irugu rye.
 Iyo abyutse agasingiza Allah Nyir'ubutagatifu, ntiyiumvire ibishuko bya Shitani, ipfundo rya mbere rirapfunduka.
-Iyo akomerejeho agatawaza ipfundo rya kabiri rirapfunduka. .
+Iyo akomerejeho agatawaza ipfundo rya kabiri rirapfunduka.
 Iyo ahagurutse agasali ipfundo rya gatatu rirapfunduka, maze akaramukana imbaraga akamererwa neza, anejejwe n'uko Allah yamushoboje gukora ibikorwa byo kumwumvira, afite inkuru nziza y'ingororano Allah yamusezeranyije ndetse no kumubabarira, n'ayo mapfundo ya Shitani yakize, iyo bitagenze gutyo aramukana umunabi afite n'ubunebwe bwo gukora ibyiza, atishimye, kubera ko aba akiboshywe n'ayo mapfundo ya Shitani, ndetse no kuba ari kure no kuba bugufi na Allah Nyir'impuhwe.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Shitani igihe cyose iharanira kwitambika umuntu kugira ngo imubuze kumvira Allah, kandi nta n'ikindi cyarokora umuntu Shitani usibye gusaba inkunga Allah Nyir'ubutagatifu, no gukora impamvu zose zo kumwirinda.
 Gusingiza Allah Nyir'ubutagatifu ndetse no kumugaragira byongerera umuntu imbaraga muri we, no kumva akanyamuneza muri we, bikirukana ubunebwe no gucika intege, bigakuraho imihangayiko no guhagarika umutima, kuko byirukana Shitani kandi biri mu byo Shitani yifashisha yoshya umuntu.
 Umwemeramana anezezwa n'uko Allah yamushoboje gukora ibikorwa byo kumwumvira, ndetse anagira agahinda igihe yadohotse gukora ibikorwa bimugeza ku kuzamurwa mu ntera no kuba umuntu utunganye.
 Kuzindara no kudohoka gukora ibikorwa byo kumvira Allah ni bimwe mu bikorwa bya Shitani no gutakira umuntu ibibi.
 Ibi bintu bitatu- gusingiza Allah, gutawaza, no gusali byirukana Shitani.
 Kuba Shitani ipfundika ipfundo mu irugu ry'umwihariko, nuko ari ho hantu h'imbaraga, iyo ihapfunditse ipfundo rero bituma yigarurira umuntu, ndetse ikanamwongerera ibitotsi.
 Umumenyi Ibun Hadjar Al As'qalaniy yaravuze ati: Kuvuga ijoro mu mvugo igira iti: Ufite ijoro ryose iramire, hari hagamijwe kuvuga ibitotsi bya nijoro.
 Umumenyi Ibun Hadjar Al As'qalaniy yaravuze ati: Nta magambo yo gusingiza Allah yihariye yavuzwe hano, ahubwo ayo ari yo yose abarwa mu magambo yo gusingiza Allah aremewe, haninjiramo gusoma Qur'an, gusoma Hadith y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), kwiga ubumenyi bw'idini. Kandi ubusabe buza ku isonga kuruta ubu bwose bwavuzwe ni amagambo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) aho yavuze iti: Umuntu uzajya kuryama mu ijoro maze akavuga ati: (LA ILAHA ILA LLAHU WAHDAHU LA SHARIKA LAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAY'IN QADIIR, AL HAMDULILLAH, WA SUBHANALLAH, WALA ILAHA ILA LLAHU WALLAHU AKBAR, WALA HAWULA WALA QUWATA ILA BILLAH: Nta yindi mana ikwiye kugaragirwa usibye Allah wenyine udafite uwo abangikanye nawe, afite ubwami no gushimwa kandi niwe ufite ubushobozi kuri buri icyo ari cyo cyose. Ikuzo n'ishimwe ni ibya Allah, n'ubutagatifu ni ubwa Allah, kandi nta yindi mana ikwiye kugaragirwa usibye we, Allah asumba byose. Nta bubasha cyangwa se ubushobozi usibye ko ari ku bwa Allah. Yarangiza akavuga ati: ALLAHUMA GHFIR LII: Mana Nyagasani mbabarira, cyangwa sea kagira ubundi busabe asaba burakirwa. iyo atawaje iswalat ye irakirwa.) Yakiriwe na Bukhariy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3731</t>
   </si>
   <si>
-    <t>عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً</t>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
     <t>Jya uhozaho kubamira Allah kenshi, kubera ko ntabwo uzubamira Allah inshuro imwe usibye ko azakuzamura mu ntera, akanakubabarira ibyaha</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ma'adana Ibun Abi Twal'hat Al Ya'amariyu yaravuze ati: Nahuye na Thawbani, waheshejwe ubwigenge n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), nuko ndamubwira  nti: Mbwira igikorwa nakora Allah akazanyinjiza mu ijuru? Cyangwa se yaravuze ati: Naravuze nti: Igikorwa Allah akunda kuruta ibindi, nuko araceceka, ndongera ndabimubaza araceceka, ndongera ndabimubaza bwa gatatu araceceka, maze arambwira ati: Ibyo umbajije nabibajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) maze irambwira iti: "Jya uhozaho kubamira Allah kenshi, kubera ko ntabwo uzubamira Allah inshuro imwe usibye ko azakuzamura mu ntera, akanakubabarira ibyaha" Ma'adanu yaravuze ati: Hanyuma naje guhura na Abu A-Darda-i ndabimubaza maze ambwira nk'ibyo Thawbanu yambwiye.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe igikorwa cyaba impamvu y'uko umuntu azinjira mu ijuru cyangwa se yabajijwe igikorwa Allah akunda kuruta ibindi?
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibwira uwari uyibajije iti: Jya uhozaho kubamira Allah mu iswalat, kubera ko iyo wubamye kubera Allah akuzamura mu ntera, ndetse akanakubabarira ibyaha.</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Gushishikariza umuyisilamu gushishikarira gusali kenshi iswalat z'itegeko n'iz'umugereka, kuko zikubiyemo kuriya kubama.
 Kugaragaza uburyo abasangirangendo bari basobanukiwe n'uburyo bamenye ko ijuru nta kindi cyarikwinjizamo usibye ibikorwa, nyuma y'impuhwe za Allah.
 Kubama mu iswalat ni imwe mu mpamvu zikomeye zo kuzamurwa mu ntera no kubabarirwa ibyaha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3732</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>Hari umugabo umwe wajyaga aguriza abantu, yajyaga abwira umukozi we ati: Nujya ujya kwishyuza hakagira uwo usanga yananiwe kwishyura jya umwihanganira umudohorere, kugira ngo natwe Allah azatubabarire</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Hari umugabo umwe wajyaga aguriza abantu, yajyaga abwira umukozi we ati: Nujya ujya kwishyuza hakagira uwo usanga yananiwe kwishyura jya umwihanganira umudohorere, kugira ngo natwe Allah azatubabarire, nuko aza gupfa ahura na Allah aramubabarira."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ku mugabo umwe wajyaga aguriza abantu cyangwa se akabagurisha bakazamwishyura nyuma; Yajyaga abwira umukozi we wamwishyurizaga amadeni abantu bamufitiye ati: Nujya ujya kwishyuza ugasanga uwo wishyuza ntafite ubushobozi bwo kukwishyura, ujye umworohera umwihanganire utamushyizeho igitutu mu kumwishyuza. Cyangwa se kwakira ibyo umusanganye kabone n'iyo byaba bituzuye, ibyo byose uwo mugabo yabikoraga kubera gushaka ko Allah nawe yazamwakirira ibyo azaba afite akamubabarira. Ubwo wa mugabo yari amaze gupfa, Allah yaramubabariye, ndetse ntiyamuhanira ibyaha bye.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Kugirira neza abantu no kubababarira ndetse no korohera ukomerewe muri bo ni imwe mu mpamvu zizatuma umugaragu arokoka ibihano ku munsi w'imperuka.
 Kugirira neza ibiremwa no kubikora kubera Allah wiringiye impuhwe ze ni imwe mu mpamvu zo kubabarirwa ibyaha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3753</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ</t>
+    <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Abayoboke banjye bose bazababarirwa usibye abakora ibyaha ku mugaragaro</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Abayoboke banjye bose bazababarirwa usibye abakora ibyaha ku mugaragaro, kandi gukora ibyaha ku mugaragaro ni igihe umuntu akoze igikorwa mu ijoro Allah akamuhishira, bwacya  akavuga ati: Yewe kanaka! Mu ijoro ryashize nakoze ibi n'ibi, kandi Nyagasani we yari yamuhishiriye, bugacya amena ibanga Allah yari yamugiriye."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko umuyisilamu ukoze icyaha, hiringiwe ko Allah azamubabarira, cyeretse wa wundi ushyira ibyaha bye ku mugaragaro akivamo agamije kwigamba no kwiyemera ku bandi, uwo nta mbabazi akwiye; nk'igihe akoze icyaha mu ijoro Allah akamuhishira, bwacya akaramuka yigamba abiratira abandi avuga ko yaraye akoze ibyaha runaka, kandi Nyagasani we yari yamuhishiriye, ibyo Nyagasani we yari yamuhishiriyeho akabishyira ku mugaragaro!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Ni bibi kwigamba ibyaha nyuma y'uko Allah Nyir'ubutagatifu yaguhishiriye.
 Kwigamba ibyaha, ni bumwe mu buryo  bwo gukwiza ubwangizi mu bemeramana.
 Uwo Allah yahishiriye hano ku isi, no ku munsi w'imperuka azamuhishira; ibi bikaba ari bimwe mu bigaragaza  impuhwe za Allah Nyir'ubutagatifu zagutse ku bagaragu be.
 Uwo Allah agerageje agakora icyaha, aba akwiye kwihishira kandi akicuza kuri we.
 Ubuhambare bw'icyaha cya ba bandi bagambira gushyira ku mugaragaro ibyaha, ndetse bikanabaviramo kutababarirwa na Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3756</t>
   </si>
   <si>
-    <t>لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ</t>
+    <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
     <t>Mu ijoro nazamuwe mu ijuru (Is'ra-i) nahuye na Ibrahim maze arambwira ati: Yewe Muhamad, uzansuhurize abayoboke bawe indamutso y'amahoro, unababwire ko ijuru ari ryiza, ubutaka bwaryo ari bwiza, amazi yaryo ari urubogobogo</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Mas'ud (Imana imwishimire)_ yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu ijoro nazamuwe mu ijuru (Is'ra-i) nahuye na Ibrahim maze arambwira ati: Yewe Muhamad, uzansuhurize abayoboke bawe indamutso y'amahoro, unababwire ko ijuru ari ryiza, ubutaka bwaryo ari bwiza, amazi yaryo ari urubogobogo, kandi ko ijuru ari rigari riringaniye ritarimo ibiti, no kubiteramo ni ukuvuga aya magambo: SUBHANALLAH WAL HAMDULILLAH WALA ILAHA ILA LLAHU WALLAHU AKBARU: Ubutagatifu ni ubwa Allah, n'ikuzo n'ishimwe ni ibya Allah, kandi nta yindi mana ikwiye kugaragirwa uretse Allah, Imana isumba byose."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko yahuye na Ibrahim umukunzi wa Allah, mu ijoro yazamuwe mu ijuru (Isra-i wal Mi'iradji), nuko arayibwira ati: Yewe Muhamadi ungereze indamutso y'amahoro ku bayoboke banjye, unababwire ko ijuru ari ryiza, ubutaka bwaryo ari bwiza, amazi yaryo ari urubogobogo atari urwunyunyu, kandi ko ijuru ari rigari riringaniye ritarimo ibiti, no kubiteramo ni ukuvuga aya magambo: SUBHANALLAH WAL HAMDULILLAH WALA ILAHA ILA LLAHU WALLAHU AKBARU: Ubutagatifu ni ubwa Allah, n'ikuzo n'ishimwe ni ibya Allah, kandi nta yindi mana ikwiye kugaragirwa uretse Allah, Allah asumba byose. Buri uko umuyisilamu ayavuze ndetse akayasubiramo atererwa igiti mu ijuru.</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>Gushishikariza guhozaho gusingiza Allah kugira ngo nawe wongere ibiti utererwa mu ijuru ryawe.
 Agaciro k'abayoboke b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha); aho Intumwa y'Imana Ibrahim (Amahoro ya Allah amubeho) nawe yabifurije amahoro n'imigisha.
 Gushishikariza kw'Intumwa y'Imana Ibrahim abayoboke b'Intumwa y'Imana Muhamadi (Imana imuhe amahoro n'imigisha) kurushaho gusingiza Allah Nyir'ubutagatifu.
 Umumenyi A-Twibiy yaravuze ati: Ijuru ni rigari, hanyuma Allah kubera impuhwe ze yateganyije ko ibiti byaryo n'ingoro zaryo ari ibikorwa by'abemeramana, na buri mwemeramana arifitemo umwihariko kubera ibyo akora, hanyuma Allah Nyir'ubutagatifu ubwo yoroherezaga umuntu amushoboza gukora ibihuye n'ibyo yamuremeye mu bikorwa byari ukugirango abone biriya bihembo, yamugize nkaho ari we witerera biriya biti.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[Hadithi nziza ushingiye ku bandi bayakiriye]</t>
   </si>
   <si>
     <t>[Yakiriwe na Tirmidhiy]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3791</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Uwunga isano ry'umuryango wa nyawe ntabwo ari wawundi ubikora agamije nawe kubikorerwa, ahubwo uryunga by'ukuri ni wa wundi iyo abanyamuryango be baciye isano we araryunga</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amri (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uwunga isano ry'umuryango wa nyawe ntabwo ari wawundi ubikora agamije nawe kubikorerwa, ahubwo uryunga by'ukuri ni wa wundi iyo abanyamuryango be baciye isano we araryunga."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igamije kuvuga ko Umuntu wunga isano ry'abagize umuryango we mu buryo bwa nyabwo, akanabagirira neza nabwo ari wawundi ubikora aagamije ko bazamwishyura. Ahubwo uryunga by'ukuri ni wa wundi n'iyo abanyamuryango be baciye isano we araryunga kabone n'iyo baba baramuhemukiye, we abitura kubagirira neza no kubabanira neza.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Kunga isano ry'umuryango bihabwa agaciro cyane mu idini ry'ubuyisilamu ni ukuryunga n'uwariciye, no kubabarira uwaguhemukiye, no guha uwakwimye, ntabwo ari ukubikora kugira ngo nabo bazakwiture cyangwa se ngo nabo bazakwishyure.
 Kunga isano ry'umuryango n'abawugize bikorwa umuntu akora ibyo ashoboye mu byiza nko gutanga umutungo, kubasabira ibyiza, kubabwiriza gukora ibyiza no kubabuza gukora ibibi n'ibindi nkabyo, ndetse no kubarinda ibibi bishobora kubageraho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3854</t>
   </si>
   <si>
-    <t>فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا</t>
+    <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>Ariko se ni ibihe turi buguheho igihango? Iradusubiza iti: Igihango cy'uko mutazagaragira ikindi kitari Allah, no  kuba mutazamubangikanya n'icyo ari cyo cyose, no guhoza iswalat eshanu, no kumvira hari n'irindi jambo yavuze buhoro yongorera, ndetse no kutazagira icyo musaba abantu</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Muslim Al Khaw'laniy yaravuze ati: Umukunzi w'umwizerwa, mu by'ukuri akaba yari umukunzi wanjye akaba n'umwizerwa kuri njye, ari we Aw'f Ibun Malik Al Ash'dja'iy (Imana imwishimire) yaranganirije agira ati: Igihe kimwe twari hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  turi icyenda cyangwa se umunani cyangwa se barindwi, nuko iratubaza iti: Ese ntimwaha igihango Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyo kuyishyigikira? Icyo gihe twari tumaze igihe gito tuyihaye igihango, maze turayibwira tuti: Twamaze kuguha igihango cyo kugushyigikira yewe Ntumwa y'Imana! Nyuma irangije irongera iratubaza iti: Ese ntimwaha igihango Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyo kuyishyigikira? Turayisubiza tuti: Twamaze kuguha igihango cyo kugushyigikira yewe Ntumwa y'Imana! Nyuma irangije irongera iratubaza iti: Ese ntimwaha igihango Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyo kuyishyigikira? Awuf Ibun Malik yaravuze ati:  Turangije turambura ibiganza byacu, turavuga tuti: Twaguhaye igihango yewe Ntumwa y'Imana! Ariko se ni ibihe turi buguheho igihango? Iradusubiza iti: Igihango cy'uko mutazagaragira ikindi kitari Allah, no  kuba mutazamubangikanya n'icyo ari cyo cyose, no guhoza iswalat eshanu, no kumvira hari n'irindi jambo yavuze buhoro yongorera, ndetse no kutazagira icyo musaba abantu" Nabonye bamwe muri bo, inkoni y'umwe muri bo igwa hasi ntasabe umuntu kuyimuhereza.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Igihe kimwe ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari hamwe na bamwe mu basangirangendo, yabasabye inshuro eshatu ko bayiha igihango, ndetse bakanayisezeranya kwitwararika ibi bintu bikurikira:
 Icya mbere: Kugaragira Allah wenyine, bashyira mu bikorwa ibyo yabategetse, banirinda ibyo yababujije, no kutamubangikanya n'icyo ari cyo cyose.
 Icya kabiri: Guhozaho iswalat eshanu z'itegeko ku manywa na n'ijoro.
 Icya gatatu: Kumva no kumvira abayobozi b'abayisilamu.
 Icya kane: Kuba ibyo bacyeneye byose babisaba Allah, ntibagire ibyo basaba abantu, aho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabivuze mu ijwi ryoroheje.
 Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bashyize mu bikorwa ibyo bahayeho Intumwa y'Imana igihango, kugeza ubwo uwakiriye iyi Hadith avuga ati: Nabonye bamwe muri abo basangirangendo, umwe muri bo inkoni igwa hasi, ntagire n'umwe asaba kuyimuhereza, ahubwo akaba ari we uyihereza.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Gushishikariza kureka gusaba abantu, no kwitandukanya n'icyo ari cyo cyose kitwa gusaba, no kureka gusaba abantu kabone n'iyo cyaba ikintu cyoroheje.
 Ibibujijwe gusaba abantu: Ni ibijyanye n'ibintu byo mu mibereho, naho gushaka ku muntu ubumenyi, n'ibindi bifitanye isano n'idini ntibibujijwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4176</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Uzihanganira umufitiye ideni agomba kumwishyura cyangwa akamukuriraho iryo deni (akamusonera), ku munsi w'imperuka Allah azamushyira munsi y'igicucu cya Arshi ye, umunsi nta kindi gicucu kizaba gihari usibye icya Arshi ye</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzihanganira umufitiye ideni agomba kumwishyura cyangwa akamukuriraho iryo deni (akamusonera), ku munsi w'imperuka Allah azamushyira munsi y'igicucu cya Arshi ye, umunsi nta kindi gicucu kizaba gihari usibye icya Arshi ye."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko uwihanganiye umufitiye ideni cyangwa se akanarimubabarira, igihembo cye nta kindi usibye ko ku munsi w'imperuka Allah azamushyira mu gicucu cya Arshi ye, ubwo izuba rizaba ryegerejwe hafi y'imitwe y'abagaragu ba Allah, n'ubushyuhe bwaryo bwabaye bwinshi cyane. Bityo nta n'umwe uzabona igicucu usibye uwo Allah azagiha.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Agaciro ko korohera abagaragu ba Allah Nyir'ubutagatifu, ndetse ko ari imwe mu mpamvu zo kuzarokoka ibihano byo ku munsi w'imperuka.
 Ineza yiturwa indi, kandi ibyo ukoreye abandi nawe urabikorerwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Uzasiba ukwezi kwa Ramadwan afite ukwemera no kwiringira ibihembo kwa Allah, azababarirwa ibyaha yakoze mbere yaho</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzasiba ukwezi kwa Ramadwan afite ukwemera no kwiringira ibihembo kwa Allah, azababarirwa ibyaha yakoze mbere yaho.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko usibye ukwezi kwa Ramadhan akabikora yemera Allah, anemera ko ari itegeko kuri we gusiba, no kwiringira kubona ibihembo byateganyirijwe abazagusiba, akabikora kubera Allah wenyine atabitewe no gukorera ijisho cyangwa se kugira ngo avugwe, azababarirwa ibyaha bye yakoze mbere (y'icyo gisibo).</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Agaciro ko gukora ibikorwa nta wundi ubikoreye usibye Allah, n'akamaro kabyo mu gisibo cy'ukwezi kwa Ramadwan n'ibindi bikorwa byiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ</t>
+    <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>Uzasali iswalat ebyiri zo mu bihe by'imbeho, azinjira mu ijuru</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Mussa Al Ash'ariy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahroo n'imigisha) yavuze iti: "Uzasali iswalat ebyiri zo mu bihe by'imbeho, azinjira mu ijuru."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikarije kugira umurava mu gusali iswalat ebyiri zo mu mbeho ari zo Swalatul Fajri na Swalatul Asri, ndetse inaha inkuru nziza uzazikora mu buryo bukwiye mu bihe byazo, mu mbaga, n'ibindi ko zizaba impamvu yo kujya mu ijuru.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Agaciro ko guhozaho Swalatul Fajri na Swalatul Asri, kubera ko Swalatul Fajri ikorwa mu gihe ibitotsi biba biryoshye, na Swalatul Asri igakorwa mu gihe abantu baba bahugiye mu mirimo yabo, ucungana nazo biba bimworoheye ko n'izindi zisigaye acungana nazo.
 Izi swalat zombi ziswe ko ari izo mu mbeho, kubera ko Swalatul Fajri ikorwa mu gihe cy'imbeho ya mu gitondo, na Swalatul Asri igakorwa mu gihe cy'imbeho yo ku manywa, n'iyo ikozwe mu bihe by'ubushyuhe usibye ko buba bwagabanyutse (kuri swalatul Asri) kuruta igihe cyabanje. Cyangwa se impamvu yabyo ni mu rwego rwo kuba kimwe muri byo kitiriwe ikindi kikiruse kigafata inyito yacyo nko kuvuga Qamarani (amezi abiri)  bagamije kuvuga izuba n'ukwezi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4198</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Uzasali iswala y'igihagararo mu ijoro ry'igeno (Laylatul Qadri) abitewe n'ukwemera afite ndetse no kwiringira ibihembo kwa Allah, azababarirwa ibyaha yakoze mbere</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzasali iswala y'igihagararo mu ijoro ry'igeno (Laylatul Qadri) abitewe n'ukwemera afite ndetse no kwiringira ibihembo kwa Allah, azababarirwa ibyaha yakoze mbere."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ibyiza byo gukora igihagararo mu ijoro ry'igeno (Laylatul Qadr) kiba mu minsi icumi ya nyuma y'ukwezi kwa Ramadhan, kandi ko ugize umuhate muri iryo joro asali, asaba ubusabe, asoma Qur'an, asingiza Allah, abyemera, yemera n'ibyavuzwe ku byerekeranye n'ibyiza byaryo, yiringiye ibihembo by'ibyo akora kwa Allah Nyir'ubutagatifu, adakorera ijisho cyangwa se kuvugwa, uwo abarirwa ibyaha bye yakoze mbere.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Agaciro k'ijoro ry'igeno (Laylatul Qadri) no gushishikariza kurikoramo ibihagararo by'ijoro.
 Ibikorwa byiza ntibyakirwa cyeretse ibikoranywe umugambi w'ukuri
 Ibyiza bya Allah n'impuhwe ze; kubera ko umuntu ukoze igihagararo mu ijoro ry'igeno afite ukwemera no kwiringira ibihembo byaryo kwa Allah, ababarirwa ibyaha byose yakoze mbere.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Uwo Allah ashakiye ibyiza, aramugerageza</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uwo Allah ashakiye ibyiza, aramugerageza."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko iyo Allah ashakiye ibyiza abagaragu abagerageza, muri bo ubwabo no mu mitungo yabo  ndetse no mu miryango yabo, kuko bituma uwageragejwe agarukira Allah amusaba, ndetse akanamubabarira ibyaha bye, akanamuzamura mu ntera.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Umwemeramana agerwaho n'amoko atandukanye y'ibigeragezo.
 Kugeragezwa bishobora kuba ikimenyetso cy'uko Allah akunda umugaragu we, kugira ngo Allah  amuzamuye mu ntera ndetse akanamubabarira ibyaha bye.
 Gushishikariza kwihangana mu gihe cy'ibigeragezo no kutijujuta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4204</t>
   </si>
   <si>
-    <t>المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ</t>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Umuyisilamu nabazwa mu mva agahamya ko nta yindi mana ikwiye gusengwa by'ukuri usibye Imana imwe rukumbi na Muhamadi akaba Intumwa yayo</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Hadith yaturuse kwa Al Bara-u Ibun Azib (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umuyisilamu nabazwa mu mva agahamya ko nta yindi mana ikwiye gusengwa by'ukuri usibye Imana imwe rukumbi na Muhamadi akaba Intumwa yayo"; ibyo nibyo bizaba bisobanuye uyu murongo: {Allah ashoboza ba bandi bemeye kuvuga ijambo rihamye (ari ryo guhamya ko nta yindi mana ikwiye gusengwa by’ukuri uretse Allah, no guhamya ko Muhamadi ari Intumwa yayo) mu buzima bwo ku isi, ndetse no mu buzima bwa nyuma (bakabasha gusubiza neza ibibazo by’abamalayika mu mva)...} [Ibrahim: 27]</t>
   </si>
   <si>
     <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
 فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Umwemeramana mu mva azabazwa n'abamalayika babiri ari bo Mun'kar na Nakiir, nk'uko amazina yabo yagaragaye muri Hadith zitandukanye. Nibwo azahamya ko nta yindi mana ikwiye gusengwa by'ukuri uretse Imana imwe rukumbi na Muhamadi akaba Intumwa yayo. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: iryo ni ryo jambo rihamye Allah yavuze agira ati: {Allah ashoboza ba bandi bemeye kuvuga ijambo rihamye (ari ryo guhamya ko nta yindi mana ikwiye gusengwa by’ukuri uretse Allah, no guhamya ko Muhamadi ari Intumwa yayo) mu buzima bwo ku isi, ndetse no mu buzima bwa nyuma...} [Ibrahim: 27.]</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>Kuzabazwa mu mva bizabaho ni ukuri.
 Ibyiza bya Allah ku bagaragu be b'abemeramana hano ku isi ndetse no ku munsi w'imperuka aho azabashoboza gushikama ku ijambo rihamye.
 Agaciro ko kuvuga ubuhamya, ndetse no kubupfira.
 Allah ashoboza umwemerana gushikama ku kwemera kwe hano mu isi, no kuyoboka inzira igororotse, n'igihe cyo gupfa bagapfa bakiri kuri uko kwemera, no mu mva igihe baba bari kubazwa n'abamalayika babiri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4206</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>Nategetswe kurwanya abantu kugeza ubwo bazahamya ko nta yindi Mana iriho ikwiye gusengwa uretse Allah na Muhamadi akaba ari Intumwa y’Imana, bagahozaho iswalat, ndetse bakanatanga ituro ry'itegeko (Zakat)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Nategetswe kurwanya abantu kugeza ubwo bazahamya ko nta yindi Mana iriho ikwiye gusengwa uretse Allah na Muhamadi akaba ari Intumwa y’Imana, bagahozaho iswalat, ndetse bakanatanga ituro ry'itegeko (Zakat); nibaramuka bakoze ibyo, icyo gihe amaraso yabo n’imitungo yabo, kuri njye bizaba birinzwe ari ikizira usibye ibyo Isilamu yatanzemo uburenganzira, naho ibarura ryabo rizaba ari kwa Allah.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko Allah yayitegetse kurwanya ababangikanyamana kugeza ubwo bazahamya ko nta wundi ukwiye kugaragirwa by'ukuri uretse Allah wenyine, ndetse bakanahamya ko Muhamadi (Imana imuhe amahoro n'imigisha) ari Intumwa ya Allah, kandi bagashyira mu bikorwa ibyo ubu buhamya bubasaba nko guhozaho iswalat eshanu ku manywa na nijoro, gutanga amaturo bategetswe bayaha abayakwiye. Ibyo nibaramuka babyubahirije, icyo gihe ubuyisilamu bubarindira ubuzima bwabo n'imitungo yabo, biba ari ntavogerwa, bityo ntibyemewe kubica usibye igihe bakoze icyaha cyangwa se ikindi gikorwa cyatuma bahanishwa kwicwa nk'uko amategeko ya Isilamu abiteganya, hanyuma ku munsi w'imperuka Allah wenyine niwe wihariye ibarura ryabo kuko ari we uzi amabanga yabo.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Amategeko akurikizwa ku bigaragara, naho Allah akaba ari we wishingira ibitagaragara.
 Agaciro ko guhamagarira abantu kwemera Imana imwe, kandi  ko ari cyo cya mbere giherwaho mu ivugabutumwa.
 Iyi Hadith ntigamije guhatira ababangikanyamana kuba abayisilamu, ahubwo bafite amahitamo hagati yo kwinjira mu buyisilamu, cyangwa se kwishyura umusoro; kandi ibyo nibatabyemera bagahitamo gukomeza gutambamira ivugabutumwa rya Kisilamu, icyo gihe nta yandi mahitamo uretse kubarwanya nk'uko amategeko ya Isilamu abiteganya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4211</t>
   </si>
   <si>
-    <t>يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ</t>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>Mu by'ukuri Imana Rurema yababariye abayoboke banjye ibyo bazakora batabigambiriye cyangwa bibagiwe cyangwa ibyo bahatiwe gukora</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse  kwa Ibun Abas (Imana ibishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri Imana Rurema yababariye abayoboke banjye ibyo bazakora batabigambiriye cyangwa bibagiwe cyangwa ibyo bahatiwe gukora."</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko Allah yababariye abayoboke bayo ibibi bakora mu buryo butatu: Ubwa mbere: Bibeshye bakabikora batabigambiriye, nk'aho umuyisilamu yagira umugambi wo gukora igikorwa runaka, ariko bikarangira kigenze uko we atabishakaga. Ubwa kabiri: Kwibagirwa, nko kuba umuyisilamu yaba yibuka gukora igikorwa runaka, ariko igihe cyo kugikora akakibagirwa, icyo gihe ntabarwaho icyaha. Ubwa gatatu: Guhatirwa gukora igikorwa runaka we atagishaka, kandi nta n'ubushobozi afite bwo kukirinda, uyu nawe nta cyaha abarwaho. Ibyo kwitondera nuko iyi Hadith iri kuvuga ku bikorwa bireba umugaragu na Nyagasani we mu kureka gukora ibyo yamuziririje, naho kureka gukora ibyo yamutegetse ntibikurwaho no kwibagirwa; ariko iyo kubikora kwe biganisha mu gukora icyaha, ntibikuraho uburenganzira bw'ikiremwa, nko kuba yakica umuntu ku bw'impanuka, aba agomba kwishyura impozamarira, cyangwa se akangiza imodoka y'undi bimugwiririye, aba agomba kuyishingira akayishyura.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Impuhwe za Allah n'ubuntu bwe ku bagaragu be ni ngari, aho yabababariye ibyaha muri ubu buryo butatu.
+Ineza ya Allah ku Ntumwa ye Muhamadi (Imana iyihe amahoro n'imigisha) ndetse no ku bayoboke bayo.
+Kubabarirwa ibyaha ntibikuraho itegeko cyangwa se ubwishyu, urugero nk'uwibagiwe agasali nta suku afite yibwira ko ayifite, nta cyaha abarwaho ariko aba agomba gusubiramo akisukura akongera agasali.
+Kugira ngo ubabarirwe icyaha wakoze uhatiwe, hari ibyo ugomba kubanza kuzuza, nko kuba uwahatiye mugenzi we kugikora yari afite ubushobozi bwo gushyira mu ngiro ibyo yamuteyeho ubwoba.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4216</t>
+  </si>
+  <si>
+    <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Uri ku kigenderwaho ajye asuhuza ugenda n'amaguru, n'ugenda n'amaguru asuhuze uwicaye, n'abacye bajye basuhuza abenshi</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana imuhe amahoro n'imigisha) yaravuze iti: "Uri ku kigenderwaho ajye asuhuza ugenda n'amaguru, n'ugenda n'amaguru asuhuze uwicaye, n'abacye bajye basuhuza abenshi."</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratwerekera imyifatire yo gusuhuzanya hagati y'abantu ariyo igira iti: "A-SALAM ALAYKUM WA RAHMATULLAH WA BARAKATUH: Amahoro ya Allah n'impuhwe ze ndetse n'imigisha ye bibabeho." Bityo umuto aba akwiye gusuhuza umukuru, uri ku kigenderwaho agasuhuza ugenda n'amaguru, n'uri kugenda n'amaguru agasuhuza uwicaye, n'abacye bagasuhuza abenshi.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Ni byiza gusuhuzanya mu buryo Hadithi yagaragaje, ariko ugenda n'amaguru aramutse asuhuje uri ku kigenderwaho, n'abandi bavuzwe muri Hadith byakemerwa, ariko byaba binyuranye n'ibikwiye ndetse byiza.
 Kwifurizanya indamutso y'amahoro mu buryo bwavuzwe muri Hadith ni imwe mu mpamvu zo kongera urukundo n'ubuvandimwe.
 Iyo abantu bareshya mu byiciro byavuzwe, icyo gihe umwiza muri bo ni wa wundi ubanza undi ku musuhuza.
 Ubudasa bw'amategeko ya Isilamu aho bwagaragaje byose abantu bacyenera.
 Kwigisha imyifatire mu gihe cyo gusuhuzanya no kwifurizanya amahoro, ndetse no gushyira buri icyo ari cyo cyose mu mwanya wacyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4243</t>
   </si>
   <si>
-    <t>إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ</t>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
   </si>
   <si>
     <t>Ibi byombi ni ikizira ku gitsinagabo mu bayoboke banjye, ariko biziruriwe igitsinagore muri bo</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ally Ibun Abi Twalib (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yafashe ihariri mu kuboko kwayo kw'imoso, na Zahabu mu kw'indyo, maze ibizamura hejuru iravuga iti: "Ibi byombi ni ikizira ku gitsinagabo mu bayoboke banjye, ariko biziruriwe igitsinagore muri bo."</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yafashe umwambaro w'ihariri cyangwa se igitambaro gikoze muri yo n'ukuboko kwayo kw'imoso, inafata Zahabu ikozemo imitako iyifata n'ukw'indyo irangije iravuga iti: Mu by'ukuri kwambara ihariri na Zahabu ni ikizira ku bagabo, naho ku bagore bo barabyemerewe.</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>Umumenyi A-Sindiy yaravuze ati: Kuvuga ko ari ikizira bivuze ko ari ikizira kuyambara, naho ubundi kuyikoresha mu bindi nko mu ivunja, no gutanga no mu bucuruzi biremewe kuri bose, ariko kuyikoresha mu bikoresho byo mu rugo nk'ibyo kuriraho no kunyweramo birabujijwe kuri bose.
 Amategeko y'ubuyisilamu yorohereje abagore kuko bakenera imitako n'ibindi.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4292</t>
   </si>
   <si>
-    <t>دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ</t>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Mundekere ibyo ntababwiye, kubera ko ababanjirije boretswe no kubaza kwabo ndetse no kunyuranya kwabo ku ntumwa zabo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire)  yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mundekere ibyo ntababwiye, kubera ko ababanjirije boretswe no kubaza kwabo ndetse no kunyuranya kwabo ku ntumwa zabo, bityo ningira icyo mbabuza mujye mukireka, ninagira icyo mbategeka mujye mukoramo ibyo mushoboye."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko amategeko y'idini agabanyijemo ibice bitatu: Ataravuzwe, abuza, n'ategeka.
 Naho aya ya mbere: Ni ibyo amategeko y'idini atagaragaje itegeko ryabyo; kandi ubusanzwe ibintu ntibiba ari itegeko; Mu gihe rero Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ikiriho, byari itegeko kutagira icyo bayibaza mu bitaraba, kubera gutinya ko bakibajije itegeko ryacyo ryaza ribategeka gukora cyangwa se ribabuza, bityo Allah yakiretse kubera impuhwe afitiye abagaragu be. Naho nyuma y'urupfu rwayo (Imana iyihe amahoro n'imigisha), iyo  ikibazo kigamijwe gusobanuza cyangwa se kwiga ibyo acyeneye mu idini rye, icyo kibazo kiremewe ndetse kiranategetswe, ariko biri mu rwego rwo gupinga no kwigora ibi nibyo bibujijwe muri iyi Hadith, kubera ko bishobora gutuma bamera nk'abayisiraheri, ubwo bategekwaga kubaga inka , iyo baza kubaga iyo babonye yose bari kuba bubahirije itegeko, ariko barabikomeje Allah nawe arabakomereza.
 Aya kabiri: Ni ayaje atubuza ibikorwa runaka: Uyubahirije arabihemberwa, n'uyakoze arabihanirwa, niyo mpamvu umuntu aba akwiye kubyirinda byose.
 Aya gatatu: Ni amategeko ategeka gukora; uyakoze arabihemberwa, yayareka akabihanirwa, icyo gihe aba akwiye kuyakora bijyanye n'ubushobozi bwe.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Birakwiye kwita ku by'ingenzi bicyenewe, no kureka ibidacyenewe ako kanya, no kutita kukubaza ibitaragera.
 Ikibazo kiganisha mu gukomeza ibintu, cyangwa se guteza urujijo biganisha mu mpaka ndende kirabujijwe.
 Ni itegeko kureka ibyabujijwe byose, kubera ko kubireka nta ngaruka byateza; niyo mpamvu kubibuza byavuzwe mu buryo bwa rusange.
 Itegeko ritegeka gukora ibitegetswe bijyanye n'ubushobozi; kubera ko bishobora gutera ingaruka no kunanirwa kubikora; niyo mpamvu ubwo byategekwaga byagombaga  kugendana n'ubushobozi bw'umuntu.
 Kubuza kubaza ibibazo byinshi; abamenyi bagabanyije ikibazo mu buryo bubiri: Ubwa mbere: Ikibazo kigamije kwiga no kunguka ubumenyi mu by'idini, iki cyo ni itegeko aha niho dusanga n'ibibazo abasangirangendo babazaga Intumwa y'Imana (Imana iyihe amahoro n'imigisha). Ubwa kabiri: Ikibazo kigamije kurwanya no gupinga, iki nicyo kibujijwe.
 Kubuza abayisilamu kunyuranya n'Intumwa yabo, nk'uko byabaye ku babayeho mbere yabo.
 Ibibazo byinshi bidacyenewe, no kunyuranya n'Intumwa z'Imana ni imwe mu mpamvu zo korama, by'umwihariko mu bintu tudashobora kugera ku bumenyi bwabyo; nk'ibyerekeranye n'ubumenyi bw'ibitagaragara bizwi na Allah wenyine, cyangwa se ibyerekeranye n'umunsi w'imperuka.
 Kubuza kubaza ibibazo bigoye kubonera ibisubizo. Al Awza'a-iy yaravuze ati: Mu by'ukuri Allah iyo ashaka kwima umugaragu imigisha y'ubumenyi, ashyira ku rurimi rwe ibituma akora amakosa, abantu nk'abo nabonye ari nabo baba bafite ubumenyi bucye.  Ibun Wahab nawe yarabuze ati: Numvise Imam Malik avuga ati: Kujya impaka mu bumenyi, byambura urumuri rwabwo mu mutima w'umuntu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4295</t>
   </si>
   <si>
-    <t>لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ</t>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>Umbajije ikintu gihambaye ariko kiroroshye kuwo Allah yacyorohereje</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Muadh Ibun Djabal (Imana imwishimire) yaravuze ati: Igihe kimwe nari kumwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu rugendo, nuko umunsi umwe turi kugenda nisanga ndi bugufi yayo, ndayibwira nti: Yewe Ntumwa y'Imana! Mbwira igikorwa kimwe nakora kikazanyijiza mu ijuru, ndetse kikazantandukanya n'umuriro, nuko iransubiza iti:  Umbajije ikintu gihambaye ariko kiroroshye kuwo Allah yacyorohereje: Jya ugaragira Allah ntumubangikanye n'icyo ari cyo cyose, uhozeho iswalat, utange amaturo, usibe igisibo cya Ramadhan, ndetse ukore n'umutambagiro mutagatifu. Hanyuma irangije iravuga iti: Ese nkubwire imiryango y'ibyiza? Igisibo ni urukingo, n'ituro rizimya icyaha nk'uko amazi azimya umuriro, n'iswalat umuntu asaye mu gicuku. Mu'adh aravuga ati: Nuko arangije asoma umurongo wa Qur'an ugira uti: "Bubura imbavu zabo mu buryamo}, kugeza ubwo ageze ahagira hati {ibyo bakora." Irangije iravuga iti: Ese nkubwire igihatse ibindi n'inkingi ya mwamba yabyo, ndetse n'agasongero kabyo? Ndayisubiza nti: Yego yewe Ntumwa y'Imana! Nuko iravuga iti: Agasongera ka byose ni ubuyisilamu, n'inkingi yabyo ya mwamba ni iswalat, n'agasongero kabyo ni ukurwana intambara ntagatifu uharanira inzira ya Allah,  nuko irangije irambwira iti: Ese nkwereke igihatse ibyo byose? Ndavuga nti: Yego yewe Ntumwa y'Imana! Nuko ifata ururimi rwayo iravuga iti: Uzirinde iki, ndavuga nti: Yewe Ntumwa y'Imana!  Ese tuzahanirwa ibyo tuvuga? Nuko irambwira iti: Sigaho yewe Mu'adh!, ese wagize ngo hari ikindi kizarundumirira abantu benshi mu muriro bakabanzamo uburanga bwabo, usibye umusaruro w'ibyo bavuga n'indimi zabo?"</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
 قال معاذ رضي الله عنه: بلى يا رسول الله. 
 قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
@@ -5729,544 +5787,698 @@
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>Uburyo abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bari bashishikajwe no gushaka ubumenyi, niyo mpamvu kenshi bayibazaga ibibazo.
 Abasangirangendo (Imana ibishimire) bari bari ku rwego rukomeye rwo gusobanukirwa kuko bari bazi neza ko gukora ibikorwa ariyo mpamvu yo kujya mu ijuru.
 Ikibazo Mu'adh (Imana imwishimire) yabajije cyari gihambaye; kuko ari ryo banga ry'ubuzima ndetse no kubaho, kubera ko buri wese uriho hano ku isi muri bene Adamu cyangwa se mu majini intego ye nyamukuru ni ijuru cyangwa se umuriro, niyo mpamvu iki kibazo cyari gihambaye.
 Kuzinjira mu ijuru byubakiye ku gushyira mu ngiro inkingi eshanu z'ubuyisilamu arizo: Ubuhamya bubiri, gusali, gutanga amaturo, igisibo, ndetse no gukora umutambagiro mutagatifu.
 Umutwe wa byose n'itegeko riruta ayandi ni ukugaragira Allah wenyine we udafite undi babangikanye.
 Impuhwe za Allah ku bagaragu be aho yabafunguriye imiryango y'ibyiza, kugira ngo bongere impamvu zo kugera ku bihembo n'ingororano ndetse n'imbabazi z'ibyaha byabo.
 Agaciro ko kwiyegereza Allah ukora ibikorwa by'umugereka nyuma yo gukora ibyo wategetswe.
 Iswalat muri Isilamu ni inkingi ya mwamba yubakiyeho inzu, iyo idakozwe n'ubuyisilamu ntibuba bukiriho, nkuko inzu idafite inkingi yahirima.
 Ni itegeko kurinda ururimi ibyabangamira abantu mu kwemera kwabo.
 Kurinda ururimi no kurubuza kuvuga ibyo rwiboneye, niryo shingiro ry'ibyiza byose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4303</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Igihe abayisilamu babiri basakiranye mu mirwano bafite inkota, icyo gihe uwishe n'uwishwe bose bajya mu muriro</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Bak'rat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Igihe abayisilamu babiri basakiranye mu mirwano bafite inkota, icyo gihe uwishe n'uwishwe bose bajya mu muriro", ndavuga nti: Yewe Ntumwa y'Imana! Uyu ni uwishe birumvikana, none uwishwe we bimeze bite? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iransubiza iti: Uyu nawe yari ashishikajwe  no kwica mugenzi we."</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko igihe abayisilamu babiri basakiranye barwana bafite intwaro, buri wese agambiriye kwica mugenzi we, icyo gihe uwishe ajya mu muriro, kubera kwica mugenzi we; Abasangirangendo ntibiyumvisha ukuntu n'uwishwe azajya mu muriro maze barayibaza bati: Uwishwe ni gute yajya mu muriro? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibasubiza ko nawe azajya mu muriro kubera ko nawe yari ashishikariye kwica mugenzi we usibye ko yamutanze kubigeraho.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Ugambiriye gukora icyaha mu mutima akanaharanira kugikora   aba akwiye kubihanirwa.
 Kubuza mu buryo bukomeye imirwano hagati y'abayisilamu, ndetse n'ibihano bihambaye by'umuriro bibategereje.
 Kurwana hagati y'abayisilamu binyuze mu kuri byo ntabwo umuntu abihanirwa; nko kurwanya no kwica abagizi ba nabi ndetse n'abangizi.
 Umuntu ukoze icyaha gikuru, ntikimuhindura umuhakanyi kuko agikoze, kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yise abarwana hagati yabo ko ari abayisilamu!
 Abayisilamu babiri basakiranye bitwaje icyo ari cyo cyose cyamugeza ku kwica mugenzi we, icyo gihe uwishe n'uwishwe bose bazajya mu muriro. No kuba inkota ari yo yavuzwe muri iyi Hadithi byari mu rwego rwo gutanga urugero. (Intwaro iyo ari yo yose wakoresha ukica mugenzi wawe nayo yinjira mu gisobanuro cy'iyi mvugo)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>Jya utera isi umugongo, Imana izagukunda, unatere umugongo ibitunzwe n'abantu, abantu bazagukunda</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abul Abas, Sahli Ibun Sa'ad A-Sa'adiy (Imana imwishimire) yaravuze ati: Umuntu umwe yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) aravuga ati: Yewe Ntumwa y'Imana! Nyereka igikorwa kimwe nakora, Imana ikankunda n'abantu bakankunda! Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  iramusubiza  iti: "Jya utera isi umugongo, Imana izagukunda, unatere umugongo ibitunzwe n'abantu, abantu bazagukunda."</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ngo imwereke igikorwa yakora Allah akamukunda ndetse n'abantu bakamukunda, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Allah azagukunda igihe cyose uzareka kurangarira iby'isi, n'ibitagufitiye umumaro ku munsi w'imperuka, ndetse ukanareka ibyakugiraho ingaruka mu kwemera kwawe; n'abandi bazagukunda igihe cyose utazita ku byabo batunze kubera ko muri kamere yabo barabikunda, n'ushatse kwivanga mu byabo birabarakaza; bityo ubibarekeye baramukunda.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Agaciro ko gutera umugongo iby'isi, ari byo bisobanuye kureka ibitagufitiye umumaro ku munsi w'imperuka.
+Gutera umugongo iby'isi nibyo biruta kwigengesera, kubera ko kwigengesera ni ukureka ibyakugiraho ingaruka, naho gutera umugongo iby'isi ni ukureka ibitagufitiye umumaro ku munsi w'imperuka.
+Umumenyi A-Sindiy yaravuze ati: Mu by'ukuri isi ikunzwe n'abantu, uwo ari we wese ubinjiriye mu byabo ntibamukunda, n'ubarekeye ibyabo aba umukunzi wabo mu mitima yabo.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4307</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Icyiza ni ukurangwa n'imico myiza, naho ikibi ni cya kindi ukoze kikakubuza amahoro mu mutima wawe, kandi ukanga ko abantu bakimenya</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa A-Nawas Ibun Sim'an Al Ans'wariy (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku byerekeranye n'icyiza ndetse n'ikibi, iransubiza iti: "Icyiza ni ukurangwa n'imico myiza, naho ikibi ni cya kindi ukoze kikakubuza amahoro mu mutima wawe, kandi ukanga ko abantu bakimenya."</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe ku byerekeranye n'igisobanuro cy'icyiza n'ikibi, nuko iravuga iti:
+Icyiza kiruta ibindi ni ukurangwa n'imico myiza hamwe na Allah umutinya, kandi iyo urangwa nayo bituma wihanganira icyakubangamira cyose, kandi ukarakara gacye, kandi ukamwenyura mu buranga, ukarangwa n'imvugo nziza, ukabanira neza abandi, ukabubaha, ukaborohera, kandi ukabakorera neza, mu ngeso nziza.
+Naho ikibi ni icyo ari cyo cyose kikubujije amahoro muri wowe cyaba mu biteye urujijo no gushidikanya muri wowe wumva udatuje, ukagira gushidikanya kwinshi ndetse ugatinya ko ari icyaha, ndetse ukaba udashaka ko kimenyekana kubera ko ari kibi mu maso y'abantu. Kubera ko umutima wa muntu muri kamere yawo ukunda ko icyiza ukoze abantu bakimenya, iyo wanze rero ko hari ibyo abantu batamenya, icyo gihe biba ari bibi nta cyiza kibirimo.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Gushishikariza kurangwa n'imico myiza, kubera ko imico myiza ni kimwe mu biranga ibyiza.
+Ukuri n'ikinyoma imbere y'umwemeramana ntibiyoberana, ahubwo amenya ukuri kubera urumuri rwako mu mutima we, akanahunga ikibi ndetse akanacyanga.
+Mu bimenyetso biranga ikibi ni uko umutima ugihangayikira, ndetse ukabura amahoro, kandi ukanga ko abantu bakimenya.
+Umumenyi A-Sindiy yaravuze ati: Ibi ni ku byerekeranye n'ibiteye urujijo, bituma abantu batabasha gusobanukirwa, naho ubundi ku byerekeranye n'ibyo bategetswe n'ubwo nta gihamya yabyo yaba igaragara ihari byo bitandukanye n'ibyiza turi kuvuga, ndetse n'ibyo babujijwe ni nkuko ku byerekeranye n'ibibi; kubera ko byo ntibicyeneye kugisha inama umutima no gushaka ko utuza.
+Ababwirwa muri iyi Hadith ni abantu bakiri kuri kamere nzima itunganye, ntabwo ari abafite imitima yamaze kuyoba itazi icyiza ngo igikore, cyangwa se ngo imenye ikibi ngo ikireke usibye gukurikira irari ryayo.
+Umumenyi A-Twibiy yaravuze ati: Hari abamenyi bavuze ko icyiza cyavuzwe muri iyi Hadith cyahawe ibisobanuro bitandukanye; bamwe bavuze ko hari aho gisobanura kuba umutima wagira ituze kubera cyo, hari n'abasobanuye ko ari ukwemera, ahandi basobanura ko ari ikikwegereza Allah, naho hano cyasobanuwe nko kurangwa n'imico myiza. Imico myiza nayo yasobanuwe ko ari ukwihanganira ikikubangamiye, no kurangwa n'uburakari bucye, no kumwenyura mu buranga ndetse no kurangwa n'imvugo nziza; ariko ibi bisobanuro byose birenda gusa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4308</t>
+  </si>
+  <si>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Idini ni ukugirana inama</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Tamim A-Dariy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Idini ni ukugirana inama! Turayibaza tuti: Kuri inde? Intumwa y'Imana iti: "Inama zishingiye kuri Allah n’igitabo cye n’Intumwa ye, no ku bayobozi b'abayislamu, n’abandi muri rusange."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko idini ryubakiye ku kwiyegurira Allah ukora buri kimwe kubera we gusa, no kuba umunyakuri kugira ngo rishyirwe mu bikorwa nkuko Allah yabitegetse mu buryo bwuzuye nta kudohoka cyangwa se kugira uburiganya.
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) barayibaza bati: Inama igirwa nde hashingiye kuki? Irabasubiza iti:
 Rimwe: Kuri Allah Nyir'ubutagatifu tumwegurira ibikorwa tutanamubangikanya n'icyo ari cyo cyose, tukanemera ibikorwa bye yihariye bidakorwa, tukanamugaragira wenyine, tukanemera amazina ye n'ibisingizo bye, tukamuha n'icyubahiro, tukanahamagarira abantu kumwemera.
 Kabiri: Kujya inama ku gitabo cya Allah ari cyo Qur'an ntagatifu, twemera ko ari amagambo ye, ndetse ko ari nacyo gitabo cye cya nyuma, kandi ko ari cyo gitabo cyasimbuye amategeko yakibanjirije, ndetse tukacyubaha, tukanagisoma nkuko bikwiye, ndetse tukanashyira mu ngiro amategeko agikubiyemo yaba ari azimije cyangwa se atomoye muri yo tukanayemera, tugakumira abayagoreka, tugakura inyigisho muri yo, tugakwirakwiza ubumenyi bugikubiyemo, ndetse tukanabuhamagarira abantu.
 Gatatu: Kujya inama ku Ntumwa y'Imana Muhamadi (Imana iyihe amahoro n'imigisha); twemera ko ari we Ntumwa yasozereje izindi, tukanahamya ukuri kw'ibyo yazanye, tugashyira mu bikorwa ibyo yategetse, tukanitandukanya n'ibyo yabujije, kandi ntitugaragire Allah bihabanye n'ibyo yatwigishije, tukamwubaha, kandi tugakwiza ubutumwa bwe n'amategeko ye, tukanamurengera ku byo bamuhimbira by'ibinyoma.
 Kane: Kujya inama ku bayobozi b'abayisilamu: Ubafasha mu byiza, utanajya impaka nabo, ndetse no kubumva no kubumvira igihe badutegetse kumvira Allah.
 Gatanu: Kujya inama ku bayisilamu; ubagirira neza unabahamagarira ibyiza, no kureka kuba hari ikibi cyabageraho kiguturutseho, no kubifuriza ibyiza, ndetse no gufatanya nabo mu byiza no mu gutinya Allah.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Itegeko ryo kujya inama kuri bose.
 Agaciro ko kujya inama mu idini.
 Idini rikusanyirije hamwe imyemerere n'imvugo ndetse n'ibikorwa.
 Mu gutanga inama harimo no kweza umutima uwurinda uburiganya bw'uwo ugira inama ndetse no kumwifuriza ibyiza.
 Uburyo bwiza bw'imyigishirize y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) aho yavugaga ikintu mu magambo magufi hanyuma ikagisobanura ku burebure.
 Guhera ku by'ingenzi cyane ugakurikizaho iby'ingenzi; aho dusanga Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarahereye ku kujya inama kuri Allah, irangije ikurikizaho igitabo cye, irangije ikurikizaho Intumwa ye (Imana iyihe amahoro n'imigisha), irangije ikurikizaho abayobozi b'abayisilamu, iherutsa abandi basigaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>Konka ibere rimwe biziririza nk'ibyo kuvukana mu nda imwe biziririza</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Aishat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Konka ibere rimwe biziririza nk'ibyo kuvukana mu nda imwe biziririza."</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko ibiziririjwe hagati y'abavukana mu nda imwe, ari na byo biziririjwe abonse ibere rimwe nko kuba umuntu ari nyirarume w'undi cyangwa se se wabo cyangwa se umuvandimwe we,... kandi konka ibere rimwe bizirura ibizirurwa no kuva inda imwe.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Iyi Hadith niyo shingiro mu mategeko ajyanye no konsa.
+Umumenyi Ibun Hadjar yaravuze ati: Iyi mvugo yayo ivuga ko (Ibiziririjwe abavuka inda imwe ari nabyo biziririjwe abonse rimwe) bisobanuye ko ibyo baziruriwe biba biziruye ari byo abamenyi bemeranyijeho bavuga bati: Nko gushyingiranwa hagati yabo n'ibijyana nabyo, no kuba ari ikizira hagati yabo gushyingiranwa n'abana b'uwo wabonkeje, ndetse bafatwa nk'abavandimwe ba bugufi mu kuba byemewe kumureba no kwihererana nawe ndetse no gukorana urugendo. Ariko ntibyubakiyeho andi mategeko nk'ayagenga umuntu kuba nyina w'abandi by'umwihariko mu bijyanye no kuzungurana, no kuba ari itegeko kubaha ibibatunga, no kumukura mu bucakara, no gutangwaho umuhamya, n'impozamarira no kutihorera.
+Gushimangira itegeko ryo kuziririza abonse ibere rimwe mu buryo bwa burundu.
+Hadith zindi zagaragaje ko kuziririza abonse ibere rimwe bishimangirwa no kubonsa inshuro eshanu zizwi, kandi bikaba mu myaka ibiri ya mbere.
+Abaziririjwe gushyingiranwa kubera kuva inda imwe ni: Ba Nyina w'umuntu, hakinjiramo na ba nyirakuru mu ruhande rwa nyina cyangwa se rwa se kuzamura. Abakobwa b'umuntu hakaninjiramo abuzukuru be babyarwa n'umukobwa we, ndetse n'ababyarwa n'umuhungu we kumanura. Bashiki b'umuntu baba ari abo ku ruhande rwa se cyangwa se ku ruhande rwa nyina, cyangwa se ku ruhande rw'umwe muri bombi. Ba nyirasenge b'umuntu aho haravugwamo bashiki ba se w'umuntu bose baba bavukana ku babyeyi bombi cyangwa se atari ko bimeze, ndetse na bashiki ba sekuru bose kuzamura. Ba Nyina wabo w'umuntu aha hinjiramo abavukana na nyina w'umuntu bose b'igitsinagore baba ari abo ku babyeyi bombi, cyangwa se atari ko bimeze, n'abavukana na ba nyirakuru gukomeza, baba ari abo ku ruhande rwa se cyangwa se kwa nyina. Abisengeneza ku ruhande rw'umuhungu n'urw'umukobwa, aha hinjiramo n'abakobwa babo kumanura.
+Abaziririjwe gushyingiranwa kubera kuvuka mu inda imwe, nibo baziririjwe ku bonse ibere rimwe, niyo mpamvu buri mugore wese uziririjwe gushaka kubera isano ry'amaraso umeze nkawe kubera konka ibere rimwe nawe araziririjwe, usibye nyina w'umuvandimwe we, cyangwa mushiki w'umuhungu we bose rimwe bo ntibaziririjwe kuri we.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4311</t>
+  </si>
+  <si>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>“Mu by’ukuri, ibiziruye (Halali) birasobanutse kandi n'ibyaziririjwe (Haramu)  birasobanutse</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>A-Nuuman Ibun Bashir (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: -A-Nuuman ashyira intoki ze ku matwi kugira ngo yumve neza ibyo Intumwa y'Imana igiye kuvuga-: “Mu by’ukuri, ibiziruye (Halali) birasobanutse kandi n'ibyaziririjwe (Haramu)  birasobanutse, ariko hagati yabyo byombi hari ibiteye urujijo abantu benshi batajya bamenya. Bityo uzirinda ibyo biteye urujijo azaba arinze idini rye n'icyubahiro cye. N’uzagwa muri ibyo biteye urujijo azaba aguye mu biziririjwe; ameze nk'umushumba uragiye amatungo ye iruhande rw'umurima uzitiye, amatungo ye yenda kumucika ngo yone. Nta gushidikanya ko buri mwami agira imbago, kandi imbago z'Imana ni ibyo yaziririje. Nta gushidikanya ko mu mubiri habamo inyama, iyo itunganye umubiri wose uratungana, yakangirika umubiri wose ukangirika, iyo nyama nta yindi  ni  umutima.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza itegeko rikomeye mu bintu; kandi ko mu buryo bw'amategeko rigabanyijemo ibice bitatu: Hari ibiziruye bisobanutse, hakaba n'ibiziririjwe bisobanutse, hagati yabyo hakaba hari ibintu biteye urujijo kuko amategeko yabyo niba biziruye cyangwa biziririjwe ntahita agaragarira buri wese, benshi mu bantu ntibabisobanukirwa.
 Uzareka ibyo bintu biteye urujijo, azaba atekanye mu idini rye, bimurinde kugwa mu biziririjwe, ndetse abe atekanye mu kuba yakibasirwa n'amagambo y'abantu bamunenga kubera ko yakoze ibyo biteye urujijo. Ariko utazirinda ibyo biteye urujijo, bizatuma agwa mu biziririjwe, cyangwa se abe ikiganiro mu bantu. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatanze urugero kugira ngo igaragaze umuntu ukora ibiteye urujijo,ivuga ko ari nk'umushumba uragiye amatungo ye hafi y'umurima nyirawo yazitiye, ariko amatungo ye agakomeza gushaka kona kuberako awuri bugufi, ni nk'uko umuntu ukora ibintu birimo urujijo aba yegera gukora ibyo aziririjwe. Nyuma yaho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibabwira ko mu mubiri habamo inyama ari yo mutima, umubiri wose utungana iyo itunganye, ndetse ukanangirika iyo yangiritse.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Gushishikariza kureka gukora ibiteye urujijo, itegeko ryabyo riba ritarasobanuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4314</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
     <t>Yemwe bantu mu by'ukuri Allah ni mwiza kandi yakira ibyiza, kandi ibyo Allah yategetse abemeramana, nibyo yategetse Intumwa n'abahanuzi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze iti: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Yemwe bantu mu by'ukuri Allah ni mwiza kandi yakira ibyiza, kandi ibyo Allah yategetse abemeramana, nibyo yategetse Intumwa n'abahanuzi aho yababwiye ati: "Yemwe ntumwa! Nimurye amafunguro meza (aziruwe) kandi mukore ibikorwa byiza. Mu by’ukuri njye ndi Umumenyi uhebuje w’ibyo mukora." Surat Al Mu-uminuna: 51, n'ahandi yavuze ati: "Yemwe abemeye! Murye mu byiza twabafunguriye kandi mushimire Allah niba koko ari We wenyine musenga." Surat Al Baqarat: 172. Nuko irangije itanga urugero rw'umugabo umwe waba ari ku rugendo rurerure, unaniwe imisatsi ye idasokoje, maze akazamura ibiganza bye mu kirere yinginga Allah agira ari: Nyagasani, Nyagasani, nyamara ibyo kurya bye ari ikizira, n'ibyo kunywa bye ari ikizira, n'imyambaro ye ari ikizira, ndetse n'ibimutunze byose ari ikizira! Ni gute Allah yakwakira ubusabe bwe?"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
 ثالثًا: يرفع يديه إلى السماء بالدعاء. 
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko mu by'ukuri Allah ari mwiza ndetse ari umutagatifu azira inenge, kandi arangwa n'ibisingizo byuzuye, nta n'ubwo ajya yakira ibikorwa n'imvugo keretse ibitunganye kandi byuzuye, ibyo bikorwa yakira kandi ni ibikozwe kubera we, ndetse binahuye nk'uko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabyigishije, ntibinakwiye ko hari uwakora igikorwa cyo kwiyegereza Allah atanyuze muri iyo nzira. No mu bishoboza umwemeramana kugera ku bikorwa byiza bitunganye, ni ibyo kurya bye bitunganye kandi biziruye, nibyo bituma n'ibikorwa bye bitungana. Niyo mpamvu Allah yategetse abemeramana ibyo yategetse Intumwa n'abahanuzi byo kurya ibiziruye, no gukora ibikorwa byiza, aho yavuze ati: "Yemwe ntumwa! Nimurye amafunguro meza (aziruwe) kandi mukore ibikorwa byiza. Mu by’ukuri njye ndi Umumenyi uhebuje w’ibyo mukora." Surat Al Mu-uminuna: 51, n'ahandi yavuze ati: "Yemwe abemeye! Murye mu byiza twabafunguriye kandi mushimire Allah niba koko ari We wenyine musenga." Surat Al Baqarat: 172.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije yihanangiriza abantu kurya ibiziririje byangiza ibikorwa by'umuntu, bikanatuma ibikorwa bye bitakirwa, ibyo yakora byose kugira ngo byakirwe; nko kuba yakora:
 Icya mbere: Urugendo rurerure mu bikorwa byo kumvira Allah nk'umutambagiro mutagatifu, guharanira inzira ya Allah, kunga isano ry'imiryango n'ibindi.
 Icya kabiri:  Imisatsi ye idasokoje ananiwe, anafite ivumbi, yahindanye we n'imyenda ye kubera ivumbi, aho aba acyeneye gusaba Allah.
 Icya gatatu: Kuzamura ibiganza bye mu kirere yinginga Allah,
 Icya kane: Kwiyambaza amwe mu mazina ya Allah asaba kandi yinginga: Nyagasani, Nyagasani!
 Nyamara hamwe n'izo mpamvu zose zatuma yakirirwa ubusabe bwe ntibwakiriwe; kubera ko ibyo kurya bye, n'ibyo kunywa bye, n'imyambaro ye byose ari ibizira, ndetse n'ibimutunze byose ari ikizira! Ari kure yo kuba yasaba akumvwa!</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>Ubutungane bwa Allah Nyir'ubutagatifu muri we ubwe, mu bisingizo bye, mu bikorwa bye no mu mategeko ye.
 Itegeko ry'uko ibyo dukora byose bigomba gukorerwa Allah wenyine, kandi bikaba bihuye n'umuyoboro w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Gukoresha ibituma umuntu ashishikarira gukora ibikorwa, aho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Mu by'ukuri ibyo Allah yategetse abemeramana ni byo yategetse abahanuzi, bityo bigashishikariza umwemeramana kugira umurava no gushishikarira gukora ibikorwa.
 Mu bibuza ubusabe kwakirwa harimo kurya ibiziririjwe.
 Zimwe mu mpamvu zituma ubusabe bwakirwa ni eshanu: Imwe muri zo ni urugendo rurerure kuko rurimo gucika intege, ikaba ari imwe mu mpamvu zo kwakirirwa ubusabe. Iya kabiri: Mu bihe umuntu aba akomerewe, iya gatatu: Kurambura ibiganza mu kirere, iya kane: Kwinginga Allah usubiramo kenshi ko ari we Mana y'ukuri. Iya gatanu: Ibyo kurya n'ibyo kunywa biziruye.
 Kurya ibiziruye ni imwe mu mpamvu zishoboza umuntu gukora ibikorwa byiza.
 Umumenyi Al Qadwi yaravuze ati: Icyiza ni ikinyuranyo cy'ikibi, iyo Allah Nyir'ubutagatifu  akoresheje icyo gisingizo kuri we aba agamije kuvuga ko ari umutagatifu azira inenge n'ubusembwa. N'iyo agikoresheje ku mugaragu aba agamije kuvuga ko azirana n'inenge n'ibindi bikorwa bibi, niyo iki gisingizo gikoreshejwe ku mitungo, haba hagamije kuvugwa ko iyo mitungo iziruwe, kandi iri mu mitungo myiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4316</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا</t>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah Nyir'ubutagatifu arambura ibiganza bye mu ijoro kugira ngo ababarire uwamukoshereje ku manywa, akanarambura ibiganza bye ku manywa kugira ngo ababarire uwamukoshereje mu ijoro, ibyo bizakomeza gutyo kugeza ubwo izuba rizarasira mu burengera bwaryo</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Mussa (Imana imwishimire) yavuze ko   Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri Allah Nyir'ubutagatifu arambura ibiganza bye mu ijoro kugira ngo ababarire uwamukoshereje ku manywa, akanarambura ibiganza bye ku manywa kugira ngo ababarire uwamukoshereje mu ijoro, ibyo bizakomeza gutyo kugeza ubwo izuba rizarasira mu burengera bwaryo."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Mu by'ukuri Allah Nyir'ubutagatifu yakira ukwicuza kw'abagaragu be; Iyo umugaragu we amukoreye icyaha ku manywa mu ijoro akicuza, Allah yakira ukwicuza kwe, n'iyo akoze icyaha mu ijoro akicuza ku manywa, Allah yakira ukwicuza kwe. Anarambura ibiganza bye kugira ngo ababarire kubera kubyishimira no kubyakira, kandi umuryango w'imbabazi uzahama ufunguye kugeza ubwo izuba rizarasira mu burengera bwaryo nk'ikimenyetso cyo kurangira ku isi, niriharasira icyo gihe uwo muryango uzafungwa.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Kwakira ukwicuza bizahoraho igihe cyose umuryango wako ufunguye, ukaba uzafungwa ubwo izuba rizaba rirasiye mu burengera bwaryo, kandi ko umuntu akwiye kwicuza igihe cyose roho ye itaramugera mu ngoto.
 Kutiheba no guhagarika umutima kubera ibyaha umuntu yakoze, kubera ko imbabazi za Allah Nyir'ubutagatifu n'impuhwe ze ari ngari, n'umuryango w'imbabazi urafunguye.
 Ibisabwa kugira ngo kwicuza kwakirwe: Icya mbere: Ni ukureka icyaha, icya kabiri: Ni ukubabazwa nacyo ukicuza, icya gatatu: Ni ukugira umugambi ndakuka wo kutazagisubira; ibi ni igihe ari icyaha kiri hagati yawe na Nyagasani wawe. Naho iyo ari icyaha kiri hagati yawe na bagenzi bawe, kugira ngo kukicuza kwawe kwakirwe nuko ukimusubiza cyangwa se we akakikubabarira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4318</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah yategetse kugirira neza buri kintu</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Shadad Ibun Aw'si (Imana imwishimire) yaravuze ati: Ibintu bibiri nazirikanye mbikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha), arangije  aravuga ati: "Mu by'ukuri Allah yategetse kugirira neza buri kintu; nimuramuka mwishe mujye mwica neza. Nimunabaga, mujye mubaga neza. Kandi buri wese muri mwe ajye atyaza icyuma cye neza kandi  ajye yorohereza itungo agiye kubaga!”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Allah Nyir'ubutagatifu yadutegetse kugira neza mu bintu byose; kandi kugira neza ni ukuzirikana Allah ku buryo buhoraho mu bikorwa byo kumwiyegereza, mu gukora ibyiza, mu kwirinda kugirira nabi ibiremwa bye, tutibagiwe no kugira neza mu kwica ndetse no kubaga.
 Kugira neza mu kwica ni nk'igihe cyo guhora (kwica uwishe nawe undi), umuntu agahitamo inzira yihuse kandi yoroshye itarimo kurenza urugero rw'ibyakorewe uwishwe.
 Kugira neza igihe cyo kubaga itungo; ni igihe ugiriye impuhwe itungo ugiye kubaga utyaza neza icyuma, kandi ukaba ugomba kutagityariza imbere y'iryo tungo rikureba, kandi ko udakwiye kuribaga hari andi matungo akureba.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Impuhwe za Allah Nyir'ubutagatifu n'ubuntu bwe agirira ibiremwa bye.
 Kwica no kubaga mu buryo bwiza, ukabikora mu buryo amategeko yagennye.
 Amategeko y'idini ry'ubuyisilamu aruzuye kandi aratunganye, kandi abumbatiye ibyiza byose, no muri byo harimo no kugirira impuhwe inyamaswa no kuyorohera.
 Birabujijwe gushinyagurira umuntu wishwe.
 NI ikizira kwica urw'agashinyaguro inyamaswa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah yagennye ibyiza n'ibibi, arangije arabigaragaza; bityo uzagambirira gukora icyiza ntagikore, Allah azakimwandikiramo icyiza cyuzuye, ariko nagambirira kugikora ndetse akanagikora, Allah azakimwandikiramo ibyiza icumi kugeza ku nshuro magana arindwi ndetse zirenzeho! N'uzagambirira gukora ikibi ntagikore, Allah azakimwandikiramo icyiza cyuzuye, ariko nagambirira kugikora ndetse akanagikora, Allah azamwandikira ko akoze ikibi kimwe</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abas (Imana imwishimire we na se), nawe ayikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) mu byo yakuye kwa Nyagasani wayo Nyir'ubutagatifu yaravuze ati: Intumwa y'Imana yaravuze ati: "Mu by'ukuri Allah yagennye ibyiza n'ibibi, arangije arabigaragaza; bityo uzagambirira gukora icyiza ntagikore, Allah azakimwandikiramo icyiza cyuzuye, ariko nagambirira kugikora ndetse akanagikora, Allah azakimwandikiramo ibyiza icumi kugeza ku nshuro magana arindwi ndetse zirenzeho! N'uzagambirira gukora ikibi ntagikore, Allah azakimwandikiramo icyiza cyuzuye, ariko nagambirira kugikora ndetse akanagikora, Allah azamwandikira ko akoze ikibi kimwe."</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko Allah yamaze kugena ibyiza ndetse n'ibibi, arangije yereka abamalayika babiri abishinze uko bazajya babyandika:
 Uzajya agambirira gukora igikorwa cyiza ko bazajya bamwandikira icyo gikorwa cyiza kimwe kabone n'iyo atagikora. Ariko iyo agikoze agikubirwamo ingororano nyinshi zishobora kugera kuri magana arindwi ndetse zikarengaho, bitewe n'umutima yagikoranye no kucyegurira kwe Allah no kuba gifitiye umumaro n'abandi n'ibindi.
 N'ugambiriye gukora igikorwa kibi, hanyuma akareka kugikora kubera Allah yandikirwa icyiza; n'iyo akiretse kubera kukiburira umwanya nta nakore impamvu zikimugezaho ntacyo yandikirwa, n'iyo kandi akiretse kubera ko atagishoboye, yandikirwa uwo mugambi we, kandi n'iyo ashoboye kugikora yandikirwa ikibi kimwe gusa.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Kugaragaza ingabire za Allah zihambaye ku bayoboke b'uyu muryango z'uburyo abatuburira ibikorwa byiza, n'uburyo byandikwa iwe, ndetse n'uburyo atajya atubura ibikorwa bibi.
 Ubuhambare bwo kugira umugambi mu bikorwa byose ndetse n'agaciro kawo.
 Ingabire za Allah Nyir'ubutagatifu n'ubuntu bwe z'uko ugize umugambi wo gukora ikibi Allah akimwandikiramo icyiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4322</t>
   </si>
   <si>
-    <t>أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ</t>
+    <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>Umukunzi wanjye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yangiriye inama zo gukora ibintu bitatu: Gusiba iminsi itatu muri buri kwezi, raka ebyiri zo ku iswalat y'agasusuruko, no gusali iswalat ya Witiri mbere y'uko ndyama</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Umukunzi wanjye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yangiriye inama zo gukora ibintu bitatu: Gusiba iminsi itatu muri buri kwezi, raka ebyiri zo ku iswalat y'agasusuruko, no gusali iswalat ya Witiri mbere y'uko ndyama.</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
     <t>Abu Hurayrat (Imana imwishimire) aravuga ko umukunzi we Intumwa y'Imana ikaba na mugenzi we (Imana imwishimire) yamugiriye inama zo kwita ku bintu bitatu:
 Icya mbere: Gusiba iminsi itatu buri kwezi.
 Icya kabiri: Gusali raka ebyiri z'iswalat y'agasusuruko buri munsi.
 Icya gatatu: Gusali iswalat ya Witri mbere yo kuryama, by'umwihariko kuri wa wundi utinya ko bitaza kumworohera gukanguka mu gice cya nyuma cy'ijoro.</t>
   </si>
   <si>
     <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
 قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
 قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
 أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
 قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
 وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
 وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
   </si>
   <si>
     <t>Gutandukanya kw'inama z'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku basangirangendo bayo, bishingiye ku buryo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari izi abasangirangendo bayo, na buri wese n'ibimukwiye; nk'umunyembaraga muri bo aberewe no guharanira inzira ya Allah, n'ugaragira Allah cyane aberewe no gukora ibikorwa byo kumugaragira, n'umumenyi aberewe n'ubumenyi,...
 Umumenyi Ibun Hadjar Al As'qalaniy mu mvugo ye yaravuze ati: Gusiba iminsi itatu buri kwezi, biragaragaza ko igamijwe kuvugwa hano ari iminsi ya Bedha (13, 14, 15) za buri kwezi mu mezi abarwa hakurikijwe imboneko z'ukwezi, aho kuba kwabaye inzora.
 Umumenyi Ibun Hadjar Al As'qalaniy nanone yaravuze ati: Harimo gushishikariza gusali Witri mbere yo kuryama, by'umwihariko ku muntu utizeye ko ari bukanguke.
 Agaciro k'ibi bikorwa bitatu; kubera impanuro z'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahaye bamwe mu basangirangendo bayo.
 Umumenyi Ibun Daqiiq Al Iid mu mvugo ye yaravuze ati: (Raka ebyiri zo ku gasusuruko); izo yavuze zishobora kuba ari zo ncye ziba zikwiye gusengwa nta kabuza; ibi bikaba bigaragaza gushishikariza gusali iyi swalat kandi ko raka nke zayo ari ebyiri.
 Igihe cyo gusali iswalat yo ku gasusuruko ni nyuma y'uko izuba rirasa nk'iminota cumi n'itanu, kigakomeza kugeza hafi y'iswalat yo ku manywa habura hafi nk'iminota icumi. Umubare w'izo raka inke ni ebyiri, gusa abamenyi ntibavuze rumwe ku nyinshi zazo; bamwe bavuze umunani, abandi baravuga ngo nta gipimo cy'iraka nyinshi.
 Igihe cyo gusali iswalat ya Witri ni nyuma y'iswalat yo mu ijoro kugeza umuseke utambitse, incye ni raka imwe, naho inyinshi ni cumi n'imwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4538</t>
   </si>
   <si>
-    <t>إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ</t>
+    <t>إذا رأيتموه فصوموا، وإذا رأيتموه فأفطروا، فإن غم عليكم فاقدروا له</t>
   </si>
   <si>
     <t>Nimukubona mujye mu gusiba, nimunakubona mujye musiburuka, ariko nimukingirizwa n'ibicu mujye mwuzuza iminsi mirongo itatu</t>
   </si>
   <si>
     <t>عَنْ ابْنَ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Nimukubona mujye mu gusiba, nimunakubona mujye musiburuka, ariko nimukingirizwa n'ibicu mujye mwuzuza iminsi mirongo itatu.."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم علامةَ دخول شهر رمضان وخروجه، فقال: إذا رأيتم هلال رمضان فصوموا، فإنْ حَالَ بينكم وبينه غَيْمٌ وسُتِرَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر شعبان، وإذا رأيتم هلال شوال فأفطروا، فإنْ حال بينكم وبينه غَيْمٌ وسُترَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر رمضان.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ikimenyetso kigaragaza ko ukwezi kwa Ramadhan kwageze cyangwa se kwarangiye, aho yavuze iti: Nimubona ukwezi kwa Ramadhan guhingutse mujye musiba, ariko ibicu nibibakingiriza ntimukubone  mujye mubara iminsi 30 y'ukwezi kwa munani (Shaban), nimunabona ukwezi kwa cumi (Shawali) mujye musiburuka ariko nimugukingirizwa n'ibicu mujye mwuzuza iminsi mirongo itatu y'ukwezi kwa Ramadhan.</t>
   </si>
   <si>
     <t>الاعتماد على الرؤية لا على الحساب في إثبات دخول الشهر.
 نقل ابن المنذر الإجماع على أنه لا يجب الصيام إذا كان دخول شهر رمضان بالحساب فقط دون الرؤية.
 وجوب إكمال شعبان ثلاثين يومًا إذا حال دون رؤية هلال رمضان غَيْمٌ أو نحوه .
 الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
 وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
 من كان بموضع ليس فيه مَن يَتَفَقَّدُ أَمْرَ المسلمين في الصوم، أو كان ممن يضيِّع ذلك فينبغي أن يراعي ذلك ويَتفقده بمَن يثبت ذلك عنده برؤية نفسه أو برؤية من يثق به؛ فيصوم بذلك ويفطر.</t>
   </si>
   <si>
     <t>Dushngira ku kubona ukwezi, ntabwo dushingira ku kubara mu kwemeza ko ukwezi kwatangiye.
 Ibun Al Mun'dhir yavuze ko igisibo cy'ukwezi kwa Ramadwan kiba atari itegeko iyo hemejwe ku ukwezi kwatangiye bashingiye ku kubara gusa badashingiye ku kuba bakubonye.
 Ni itegeko kuzuza iminsi mirongo itatu y'ukwezi kwa Shabani, iyo ukwezi kwa Ramadhan gukingirijwe n'ibicu n'ibindi.
 Ukwezi gushingiye ku mboneko z'ukwezi kugira iminsi makumyabiri n'icyenda cyangwa se mirongo itatu.
 Ni itegeko kuzuza iminsi mirongo itatu y'ukwezi kwa Ramadhan, iyo habayeho ibicu cyangwa se n'ibindi bigakingiriza ukwezi kwa cumi (Shawali).
 Umuntu uri ahantu hatari ukurikiranira abayisilamu ibijyanye n'igisibo cyangwa se akaba ari mu batajya babyitaho, akwiye kubyitaho agakurikirana ubimufashamo igihe yakubonye we ubwe cyangwa se kwabonywe n'uwo yizera; agasiba ari we  arebeyeho ndetse akanasiburuka ari we arebeyeho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4549</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>“Imana ntireba ubwiza bw’uburanga bwanyu cyangwa imitungo yanyu, ahubwo ireba imitima yanyu ndetse n'ibikorwa byanyu.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Imana ntireba ubwiza bw’uburanga bwanyu cyangwa imitungo yanyu, ahubwo ireba imitima yanyu ndetse n'ibikorwa byanyu.”</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko Allah Nyir'ubutagatifu atita ku buranga bw'abagaragu be cyangwa se imibiri yabo, cyangwa se niba ari beza cyangwa se niba ari babi, cyangwa se niba ari banini cyangwa se ni ba ari bato, cyangwa se niba ari bazima cyangwa se niba barwaye? Nta n'ubwo yita ku mitungo yabo, niba ari myinshi cyangwa se ari micye. Bityo Allah ntabiryoza abagaragu be cyangwa se ngo abibahore n'uburyo batandukanye muri byo, ahubwo icyo yitaho ni imitima yabo n'ibiyirimo bijyanye no gutinya Allah no kwizera, n'ukuri no kumwegurira ibikorwa byabo byose, cyangwa se gukorera ijisho no kuvugwa neza. Inita cyane ku kureba ibikorwa byabo uburyo bitunganye cyangwa se bidatunganye, bityo akaba ari byo atangira ingororano ndetse akabihembera.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Kwita ku gutunganya umutima no kuwusukura icyo ari cyo cyose kibi.
 Gutunganya umutima duharira Allah ibikorwa, no gutunganya ibikorwa tubikora twigana Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ibi byombi ni ibyo Allah Nyir'ubutagatifu yitaho ndetse aha n'agaciro.
 Umuntu ntagashukwe n'umutungo we cyangwa se ubwiza bwe, cyangwa se umubiri we, cyangwa se ikindi icyo ari cyo cyose cyo mu mitako y'isi.
 Kwihanangiriza kwiringira ibigaragara hirengagijwe gutunganya igice kitagaragara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah yaziririje kugurisha inzoga, n'ibyipfishije, n'ingurube ndetse n'ibigirwamana</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djabir Ibun Abdillah (Imana imwishimire we na se) yavuze ko ku munsi w'ibohorwa ry'umujyi wa Makat yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Mu by'ukuri Allah yaziririje kugurisha inzoga, n'ibyipfishije, n'ingurube ndetse n'ibigirwamana." Nuko barayibwira bati: Yewe Ntumwa y'Imana! None uravuga iki ku binure by'itungo ryipfishije, ko tubisiga mu mato tukanabisiga impu, ndetse abantu bakaba babicana bikabamurikira? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Oya, ni ikizira; irangije irababwira iti: Allah yavumye abayahudi, kubera ko yabaziririje ibinure by'inyama z'amatungo bo babigira byiza, barangije barabigurisha bakajya barya ikiguzi cyabyo."</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>Ku munsi w'ibohorwa ry'umujyi wa Makat, Djabir Ibun Abdillah (Imana imwishimire we na se) yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  ivuga iti: Mu by'ukuri Allah n'Intumwa ye baziririje kugurisha inzoga n'ibyipfishije n'ingurube ndetse n'ibigirwamana; nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) barayibaza bati: Yewe Ntumwa y'Imana! Ese biremewe ko twagurisha ibinure by'ikipfishije? Kubera ko tubisiga mu mato, ndetse tukanabisiga impu, n'abantu bakaba babyifashisha mu gucana amatara yabo? Intumwa y'Imana irabasubiza iti: Oya, kubigurisha ni ikizira! Irangije irababwira iti: Allah yoretse abayahudi aranabavuma, ubwo Allah yabaziririzaga ibinure by'amatungo barabiyengesheje, barangije bagurisha amavuta yabyo, barya ikiguzi cyabyo.</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
     <t>Umumenyi wa A-Nawawiy yaravuze ati: Ikipfishije, inzoga n'ingurube; abamenyi b'abayisilamu bemeranyijwe ko ari ikizira kugurisha kimwe muri ibi.
 Umumenyi Al Qadwi yaravuze ati: Iyi Hadithi ikubiyemo ko ibitemewe kuribwa no kubibyaza umusaruro ntibyemewe, ndetse ntibyemewe no kubigurisha, nta n'ubwo byemewe kurya ikiguzi cyabyo, ni nkuko ibinure byavuzwe muri Hadith.
 Umumenyi Ibun Hadjar yaravuze ati: Uburyo Hadith yumvikana iraha imbaraga ibyo benshi mu bamenyi basobanuye ko iyi mvugo y'Intumwa y'Imana muri iyi Hadith igira iti: Ni ikizira, isobanuye ko ikizira ari ukugurisha atari ukubyaza umusaruro.
 Amayeri yose yakugeza ku kuzirura ikiziririjwe ntabwo yemewe.
 Umumenyi A-Nawawiy yaravuze ati: Abamenyi baravuze bati:  No mu itegeko riziririza gucuruza icyipfishije mu buryo bwa rusange,  harimo no kuba ari ikizira kugurisha umurambo w'umuhakanyi igihe twamwishe abahakanyi bagasaba kuwugura, cyangwa se gutanga ingurane. Byavuzwe no muri Hadith ko: Ku munsi w'urugamba rwitiriwe Indaki (Khandaq),  Nawfal Ibun Abdillah Al Makh'zumiy abayisilamu baramwishe, abahakanyi bashaka kwishyura Intumwa y'Imana (Imana iyihe amahoro n'imigisha) amadirihamu ibihumbi icumi kugira ngo babone umurambo we, ntiyayafata ahubwo irayabasubiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4556</t>
   </si>
   <si>
-    <t>إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ</t>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>Ese Allah ntiyabashyiriyeho ibyo mwatangamo amaturo? Buri uko usingije Allah uvuga uti: SUBHANALLAH (Ubutagatifu ni ubwa Allah) wandikirwa nk'utanze ituro, na buri uko uvuze ALLAH AKBAR (Allah asumba byose) wandikirwa nk'utanze ituro, na buri uko uvuze AL HAMDULILLAH (Ikuzo n'ishimwe ni ibya Allah) wandikirwa nk'utanze ituro, na buri uko uvuze LA ILAHA ILA LLAH (Nta yindi mana ikwiye gusengwa utetse Allah) wandikirwa nk'utanze ituro, no kubwirizanya gukora ibyiza wandikirwa nk'utanze ituro, no kubuzanya ibibi wandikirwa nk'utanze ituro, ndetse no kugirana imibonano hagati y'abashakanye bandikirwa nk'abatanze ituro!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Dhari (Imana imwishimire) yavuze ko Bamwe mu basangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) babajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: Yewe Ntumwa y'Imana! Abatunzi muri twe bikubiye ibihembo byose; basali nk'uko dusali, bagasiba nkuko dusiba, ndetse bakanatanga ibisagutse mu mitungo yabo! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: "Ese Allah ntiyabashyiriyeho ibyo mwatangamo amaturo? Buri uko usingije Allah uvuga uti: SUBHANALLAH (Ubutagatifu ni ubwa Allah) wandikirwa nk'utanze ituro, na buri uko uvuze ALLAH AKBAR (Allah asumba byose) wandikirwa nk'utanze ituro, na buri uko uvuze AL HAMDULILLAH (Ikuzo n'ishimwe ni ibya Allah) wandikirwa nk'utanze ituro, na buri uko uvuze LA ILAHA ILA LLAH (Nta yindi mana ikwiye gusengwa utetse Allah) wandikirwa nk'utanze ituro, no kubwirizanya gukora ibyiza wandikirwa nk'utanze ituro, no kubuzanya ibibi wandikirwa nk'utanze ituro, ndetse no kugirana imibonano hagati y'abashakanye bandikirwa nk'abatanze ituro!" Nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: Yewe Ntumwa y'Imana, ese umwe muri twe yajya kurangiza irari rye akabibonera ibihembo? Nuko irabasubiza iti: None murabibona mute, aramutse agiye kurirangiriza mu biziririjwe, ese ntiyabibonera ibihano? Ni nk'uko rero iyo arirangirije mu biziruye abibonera ibihembo."</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Bamwe mu basangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) b'abacyene bayitakiye ubukene bwabo n'imibereho yabo no kudashobora gutanga amaturo mu mitungo kugira ngo babibonere ibihembo nk'uko bigenda kuri bagenzi babo b'abakire bafite ubutunzi no kugira ngo nabo babashe gukora ibyiza nk'abakire kubera ko basali nk'uko dusali, bagasiba nkuko dusiba, ndetse bakanatanga ibisagutse mu mitungo yabo, nyamara twe ntitubone ibyo dutanga! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibereka ibindi bashoboye bajya bakora bakabihemberwa nk'abatanze ituro, irababwira iti: Ese Allah ntiyabashyiriyeho ibyo mwatangamo amaturo? Buri uko usingije Allah uvuga uti: SUBHANALLAH (Ubutagatifu ni ubwa Allah) wandikirwa nk'utanze ituro, na buri uko uvuze ALLAH AKBAR (Allah asumba byose) wandikirwa nk'utanze ituro, na buri uko uvuze AL HAMDULILLAH (Ikuzo n'ishimwe ni ibya Allah) wandikirwa nk'utanze ituro, na buri uko uvuze LA ILAHA ILA LLAH (Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah) wandikirwa nk'utanze ituro, no kubwirizanya gukora ibyiza wandikirwa nk'utanze ituro, na kubuzanya ibibi wandikirwa nk'utanze ituro, ndetse no kugirana imibonano hagati y'abashakanye bandikirwa nk'abatanze ituro!" Nuko birabatangaza, maze barayibaza bati: Yewe Ntumwa  y'Imana! Ubu koko umwe muri twe yarangiza irari rye maze akabihemberwa? Maze irabasubiza iti: None se aramutse agiye kurirangiriza mu biziririjwe nko gusambana n'ibindi, ntiyabibonera ibihano? Ni nk'uko rero iyo arirangirije mu biziruye abibonera ibihembo."</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Uburyo abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) barushanwaga mu gukora ibikorwa byiza, n'uburyo bashishikariraga kubona ibihembo n'ingororano zihambaye ziturutse kwa Allah.
+Inzira zo gukora ibyiza ni nyinshi, kandi zikusanyirije hamwe buri gikorwa cyose umuyisilamu akoze afite umugambi mwiza n'intego nziza.
+Uburyo ubuyisilamu bworoshye, ku buryo buri muyisilamu abona ibyo yakora agamije kumvira Allah.
+Umumenyi A-Nawawiy yaravuze ati: Ibi ni gihamya y'uko ibikorwa biziruye kubikora nabyo biri mu kumvira Allah igihe bikoranywe imigambi myiza; bityo imibonano hagati y'abashakanye yaba kimwe mu bikorwa byo kumvira Allah iyo nyir'ukuyikora agamije guha uwo bashakanye ukuri kwe, ndetse no kumubanira neza uko Allah yabitegetse, cyangwa se agamije kubona urubyaro rwiza, cyangwa se agamije kwifata we n'uwo bashakanye, no kubarinda kureba ibiziririjwe cyangwa se kubitekereza, cyangwa se kubirarikira n'izindi ntego nziza.
+Gutanga ingero no kugereranya, kugira ngo ibintu birusheho gusobanuka, no kumvikana ku muntu ubibwirwa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
   </si>
   <si>
     <t>Bimwe mu byo abantu basigaranye bakomora ku buhanuzi bwo hambere, nuko umuntu utagira isoni yajya akora ibyo ashatse</t>
   </si>
   <si>
     <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana imwishimire) yaravuze iti: Bimwe mu byo abantu basigaranye bakomora ku buhanuzi bwo hambere, nuko umuntu utagira isoni yajya akora ibyo ashatse.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko mu butumwa bwavuye ku bahanuzi bo hambere, ndetse nyuma yaho abantu bakagenda babihererekanya, uko bagiye basimburana ikinyejana inyuma y'ikindi, kugeza ubwo byageze no ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha), ni ubu bukurikira: Jya ureba ibyo ushaka gukora nusanga bitari mu biteye isoni jya ubikora, ariko nusanga biri mu biteye isoni jya ubireka; kubera ko icyakubujije gukora ibibi ni isoni, bityo udafite isoni yishora mu bibi byose n'ibiteye isoni.</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
   <si>
     <t>Kugira isoni ni ryo shingiro ry'imico myiza.
 Kugira isoni ni bimwe mu byaranze abahanuzi (Amahoro ya Allah abahundagareho), ndetse ni na kimwe mu byo tubakuraho.
 Kugira isoni nibyo bituma umuyisilamu akora ibikorwa byiza, bimugaragaza neza, maze akareka ibimutesha agaciro kandi bikanamusuzuguza.
 Umumenyi A-Nawawiy yaravuze ati: Itegeko ririmo nuko biziruye, bisobanuye ngo nushaka gukora igikorwa icyo ari cyo cyose,  nikiba kiri mu byo utagirira isoni Allah cyangwa se abantu igihe ugikoze ujye ugikora, bitari ibyo ujye ukireka. Aha ni naho ubuyisilamu bwubakiye aho bugaragaza ko icyintu cy'itegeko cyangwa se abantu bashishikarizwa gukora, kukireka byagakwiye gutera umuntu isoni, n'ikibujijwe kizira cyangwa se kitari cyiza umuntu agaterwa isoni no kugikora. Naho icyiza dushishikarizwa gukora, kugira isoni zo kugikora biremewe, kimwe nk'uko kugira isoni zo kukireka byemewe. Bityo iyi Hadith ikubiyemo amategeko atanu; byanavuzwe ko ari itegeko riba ririmo gutera ubwoba no kwihanangiriza. Bisobanuye ngo: Nuramuka wambuwe isoni ujye ukora ibyo ushatse, kuko Allah azabiguhembera; hari n'abandi bamenyi bavuze ko ari itegeko bivuze gutanga amakuru, bisobanuye ngo: Wa wundi utagira isoni akora ibyo ashatse!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4559</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Mu by'ukuri ibikorwa byose bishingira ku migambi byakoranywe, ndetse na buri wese azahembwa hashingiye ku mugambi yagize</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Umar Ibun Al Khatwab (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Mu by’ukuri ibikorwa byose bishingira ku mugambi, kandi buri wese ahembwa hakurikijwe umugambi yagikoranye. Bityo, uzimuka kubera Imana n’intumwa yayo, ukwimuka kwe kuzaba ari ukw’Imana n’intumwa yayo. N'uzimuka agamije indonke z’isi, cyangwa umugore yifuza kurongora, uwo ukwimuka kwe kuzaba gushingiye kuri ibyo byatumye yimuka”. No mu mvugo ya Bukhariy iragira iti: Mu by'ukuri ibikorwa byose bishingira ku migambi byakoranywe, ndetse na buri wese azahembwa hashingiye ku mugambi yagize..."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ibikorwa byose kugira ngo byemerwe byubakira ku mugambi; iri rikaba ari n'itegeko rusange ku bikorwa byose umuntu akora byaba ibikorwa byo kwiyegereza Allah ndetse n'ibindi bikorwa rusange. Bityo uzagambirira ko igikorwa cye kimubyarira inyungu, nta kindi azabona uretse izo nyungu ntazagihemberwa. N'uzagambirira kwiyegereza Allah Nyir'ubutagatifu, igikorwa cye azakibonera ibihembo n'ingororano kwa Allah, n'ubwo cyaba ari igikorwa gisanzwe nko kurya no kunywa.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije itanga urugero rugaragaza uruhare rw'umugambi mwiza mu bikorwa hamwe n'uko bingana ukurikije uko bigaragara, igaragaza  ko uzagambirira mu kwimuka kwe kwishimirwa na Allah, uko kwimuka kwe kuzaba kwemewe mu mategeko ndetse azaguhemberwa kuko yabaye umunyakuri mu mugambi we. N'uzagambirira mu kwimuka kwe inyungu z'iyi si nk'umutungo, icyubahiro, ubucuruzi, umugore, ntacyo azabona usibye izo nyungu yaharaniye, ndetse nta n'umugabane azagira mu ngororano zo kwa Allah.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Gushishikariza kwegurira Allah ibikorwa, kubera ko Allah atajya yakira ibikorwa usibye ibikozwe kubera we.
 Ibikorwa bituma umuntu yiyegereza Allah, iyo urebwa n'amategeko abikoze nk'ibisanzwe ntabihemberwa, cyeretse abikoze agambiriye kwiyegereza Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>Islam ni uguhamya ko nta yindi mana ibaho ikwiriye gusengwa by'ukuri usibye Allah wenyine, ukanahamya ko Muhamadi (Imana imuhe amahoro n’imigisha) ari  Intumwa y'Imana, ugahozaho amasengesho, ugatanga amaturo, ugasiba ukwezi kwa Ramadwani, ugakora umutambagiro mutagatifu i Makat, igihe ubifitiye ubushobozi</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Umar Ibun Al Khatwab (Imana imwishimire) yaravuze ati: "Igihe kimwe twari twicaranye n’Intumwa y’Imana (Imana imuhe amahoro n’imigisha), twaziwe n’umuntu wambaye imyenda yera cyane, n’imisatsi yirabura cyane. Nta kimenyetso na kimwe cy’uko yari  ku rugendo cyamurangwagaho, ndetse nta n’umwe muri twe wari umuzi. Yarakomeje araza, nuko yicara imbere y’Intumwa Muhamadi, maze amavi ye ayegereza ay’Intumwa y'Imana, arambika ibiganza bye ku bibero byayo, maze arayibwira ati "Yewe Muhamadi! Mbwira ku byerekeye Islam." Intumwa y’Imana iramusubiza iti "Islam ni uguhamya ko nta yindi mana ibaho ikwiriye gusengwa by'ukuri usibye Allah wenyine, ukanahamya ko Muhamadi (Imana imuhe amahoro n’imigisha) ari  Intumwa y'Imana, ugahozaho amasengesho, ugatanga amaturo, ugasiba ukwezi kwa Ramadwani, ugakora umutambagiro mutagatifu i Makat, igihe ubifitiye ubushobozi." (Uwo muntu)  aravuga ati: "Uvuze ukuri", nuko turatangara tubonye abaza hanyuma akemeza ko ibivuzwe ari ukuri.
 (Arongera)  arayibaza ati: "Mbwira ku byerekeye ukwemera." Intumwa y’Imana iramusubiza iti: "Ni ukwemera Imana, abamalayika bayo, Ibitabo byayo, Intumwa zayo, Umunsi w’Imperuka, ndetse no kwemera igeno ryaba iry’ibyiza cyangwa iry’ibibi." (Wa muntu)  aravuga ati: "Uvuze ukuri", (Arongera)  ati: "Noneho mbwira ku byerekeye Ihsan," aravuga ati: "Ni ugusenga Imana nk’aho uyireba kuko iyo utayireba yo iba ikureba." (Wa muntu)  ati: "Mbwira ku byerekeye umunsi w’imperuka”, (Intumwa Muhamadi)  iti: "Ntabwo uwubazwa awuzi kurusha uwubaza."  (Wa muntu)  ati: "Ngaho mbwira ku byerekeye ibimenyetso byawo." Aravuga ati: "Ni igihe umuja azabyara shebuja, ndetse n’igihe uzabona abantu batambaye inkweto, b’abatindi, b’abashumba, barushanwa kuzamura amazu y’imiturirwa". Nuko (wa muntu)  arigendera, maze mara akanya gato, Intumwa y’Imana irambaza iti: "Yewe Umar! Ese wamenye uwabazaga uwo ari we?" Ndavuga nti: "Imana n’Intumwa yayo ni bo bamuzi neza." Aravuga ati: "Uriya yari Jibril wari waje kubigisha idini ryanyu."</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Umar Ibun Al Khatwab (Imana imwishimire) iratubwira ko Malayika Djibril (Allah amuhundagazeho amahoro) yaje aho abasangirangendo bari bari ari mu ishusho y'umugabo utazwi, no mu buryo yari ameze n'uko yari yambaye imyambaro y'umweru de, n'umusatsi wirabura cyane, nta cyagaragazaga ko ari ku rugendo nk'umunaniro n'ivumbi, n'umusatsi udasokoje, n'imyambaro yanduye, kandi muri bo nta n'umwe wari umuzi. Yasanze bicaranye n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nuko araza yicara imbere yayo nk'uko umunyeshuri yicara imbere ya mwalimu, nuko ayibaza ku buyisilamu, nayo imusubiza imubwira inkingi zabwo eshanu zikubiyemo ubuhamya bw'uko nta yindi mana ikwiye gusengwa by'ukuri ndetse ko na Muhamadi ari Intumwa yayo, no kwitwararika iswala eshanu, gutanga amaturo ahabwa abayakwiye, gusiba ukwezi kwa Ramadhan, no gukora umutambagiro ariko k'ubishoboye.
 Uwari ubajije aravuga ati: Uvuze ukuri! Nuko bitangaza abasangirangendo bibaza ukuntu yabaza nk'utazi igisubizo, hanyuma agasubiza avuga ati: Uvuze ukuri!
 Arangije ayibaza ku bijyanye n'ukwemera, imusubiza imubwira inkingi esheshatu z'ukwemera; arizo: Kwemera ko Allah ariho ukemera n'ibisingizo bye, ukaba ariwe uharira ibikorwa nko kurema, ndetse ukamuharira kugaragirwa, ukanemera ko abamalayika baremwe na Allah mu rumuri ari abagaragu bayo bubahitse batajya bamwigomekaho ku itegeko atanze ahubwo bararyubahiriza, ukemera ibitabo Allah yoherereje Intumwa ze bimuturutseho nka Qur'an, Tawurati, Injiili n'ibindi. Ukanemera Intumwa Allah yohereje kwigisha ubutumwa bumuturutseho ngo zibushyitse ku bantu nka Nuhu, Ibrahim, Mussa, Issa, n'uwazisozereje  Muhamadi (Imana imuhe amahoro n'imigisha)  ndetse n'izindi ntumwa n'abahanuzi. Ukemera umunsi w'imperuka ukubiyemo ibizaba ku muntu nyuma y'urupfu nk'uko azaba amerewe mu mva ashyinguyemo n'ubuzima azaba abayemo, no kuba umuntu azazurwa nyuma y'urupfu agiye kubarurirwa, maze iherezo rye rikaba mu ijuru cyangwa se mu muriro. Ndetse ukanemera ko Allah yagennye ibintu byose bijyanye n'ubumenyi bwe bwabanje, ndetse n'ubugenge bwe, bikaba byarananditswe ndetse na Allah ashaka ko biba gutyo, kandi bikaba nk'uko yabigennye, akanabirema gutyo. Arangije ayibaza ku bijyanye na Ihsaan, imusubiza ko ari ukugaragira Allah nkaho umureba, utabasha kugera kuri urwo rwego, ukamugaragira wumva ko we akureba. Bityo urwego rwa mbere ari narwo rw'ikirenga ni ukumva ko Allah umureba, naho urwa kabiri ni ukumva ko Allah akubona.
 Arangije ayibaza igihe imperuka izabera, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusubiza ko ubwo bumenyi ari Allah wenyine ubufite, bityo nta wundi mu biremwa bye uzi igihe uzabera usibye we gusa, kandi ko ubaza ataba kimwe n'ubazwa.
@@ -6279,829 +6491,985 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Imico myiza yaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) aho yajyaga yicarana n'abasangirangendo bayo, nabo bakicarana nayo.
 Biremewe mu mategeko korohera ubaza ibibazo no kumwiyegereza, kugira ngo abaze ibyo ashaka kubaza nta bwoba.
 Kugira imyifatire ikwiye imbere ya Mwalimu nkuko Djibril yabigenje aho yaje akicara imbere y'Intumwa y'Imana inyicaro irimo ikinyabupfura n'ubwitonzi.
 Kumenya inkingi z'ubuyisilamu eshanu n'iz'ukwemera esheshatu.
 Iyo ijambo Isilamu n'ukwemera (Imani) bivuzwe byombi, icyo gihe ijambo Isilamu riba rigamije kuvuga ibikorwa bigaragara, mu gihe ukwemera (Imani) riba  rigamije ibikorwa bitagaragara.
 Kugaragaza ko idini ririmo inzego zitandukanye: Urwa mbere ni Isilamu, urwa kabiri ni Imani, urwa gatatu ni Ih'saan ari narwo rusumba izindi.
 Ubusanzwe ubaza abaza kuko ntacyo aba azi, ndetse no kuba nta bumenyi afite nibyo bimutera kubaza, niyo mpamvu byatangaje abasangirangendo ukuntu Djibril yabaza Intumwa y'Imana, yamara kumusubiza akavuga ati: Uvuze ukuri.
 Guhera ku cy'ingenzi kurusha ikindi, aho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahereye ku buhamya bubiri ari kuvuga inkingi z'ubuyisilamu, n'aho yahereye ku kwemera Allah ari kuvuga ku nkingi z'ukwemera.
 Kubaza abamenyi mu byo umuntu atayobewe, agamije kwigisha abandi batari we.
 Ubumenyi bw'igihe imperuka izabera buzwi na Allah wenyine.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4563</t>
   </si>
   <si>
-    <t>دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
     <t>Jya ureka gukora ibyo ushidikanyaho ukore ibyo udashidikanyaho, kubera ko kuvuga ukuri bitanga ituze, no kuvuga ibinyoma bitera gushidikanya</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>Hadith yakiriwe na Abul Haw'ra-i A-Sa'idiy (Imana imwishimire) yaravuze ati: Nabwiye Al Hassan Ibun Ally (Imana imwishimire we na se) nti: Ni ibihe wafashe mu mutwe ubikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha)? Nuko aravuga ati: Nafashe mu mutwe ibyo nakuye ku Ntumwa y'Imana (Imana  iyihe amahoro n'imigisha) bikurikira: "Jya ureka gukora ibyo ushidikanyaho ukore ibyo udashidikanyaho, kubera ko kuvuga ukuri bitanga ituze, no kuvuga ibinyoma bitera gushidikanya."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse kureka kuvuga no gukora ibyo umuntu ashidikanyaho ko bibujijwe cyangwa se bitabujijwe, niba bizira cyangwa se bitazira, umuntu agakora ibyo adashidikanyaho yemera neza ibyiza byabyo no kuba byemewe, kubera ko umutima ubigiriraho ituze n'amahoro, n'ibyo umuntu ashidikanyaho bitera impagarara mu mutima we ndetse n'imihangayiko.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Umuyisilamu akwiye kubakira ibintu bye ku byo yizeye adashidikanyaho, akareka ibyo ashidikanyaho, kandi mu kwemera kwe agahora ari maso.
 Kubuza kwisanga mu biteye urujijo.
 Nushaka ituze n'amahoro muri wowe, uzareke gukora ibyo ushidikanyaho ubishyire ku ruhande.
 Impuhwe za Allah ku bagaragu be aho yabategetse gukora ibibaha amahoro n'ituze, anababuza ibibatera guhangayika no kwiheba.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4564</t>
   </si>
   <si>
-    <t>صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً</t>
+    <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>Iswalat y'umugabo mu mbaga irusha iyo asariye mu rugo rwe ndetse n'iyo asariye aho acururiza inzego makumyabiri na zirindwi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Iswalat y'umugabo mu mbaga irusha iyo asariye mu rugo rwe ndetse n'iyo asariye aho acururiza inzego makumyabiri na zirindwi, kubera ko umwe muri bo iyo yisukuye (Udhu) akabikora neza, yarangiza akajya ku musigiti nta kindi kimujyanye usibye iswalat, kuri buri rutambwe ateye azamurwa mu rwego, ndetse akanababarirwa icyaha kuri buri rutambwe kugeza yinjiye mu musigiti. Iyo yinjiye mu musigiti, akomeza kubarwa nk'uri mu iswalat igihe cyose ari yo ategereje; kandi abamalayika basabira imigisha umwe muri mwe wicaye mu cyicaro yasariyemo bagira bati: "ALLAHUMA IR'HAMHU, ALLAHUMA IGH'FIR LAHU, ALLAHUMA TUB ALAYHI MA LAM YU-UDHI FIHI, MA LAM YUH'DITH FIHI: Nyagasani Mana mugirire impuhwe, Nyagasani Mana mubabarire, Nyagasani Mana muhe imbabazi", igihe cyose atabangamiye abandi cyangwa se ngo atakaze isuku ye ajye kwisukura bundi bushya."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko iyo umuyisilamu asariye mu mbaga, iswalat ye iba ari iy'agaciro kurusha iyo yasarira mu rugo iwe, cyangwa se aho acururiza cyangwa akorera inzego makumyabiri n'imisago. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije igaragaza impamvu yabyo, ko iyo umugabo yisikuye neza agatunganya isuku ye, akagenda agiye ku musigiti nta kindi kimujyanye usibye gusali, nta ntambwe atera usibye ko azamurwa mu ntera, ndetse akanababarirwa ibyaha. N'iyo yinjiye mu musigiti akicara ategereje iswalat, akomeza guhembwa nk'uri gusali igihe cyose ategereje iswalat, ndetse n'abamalayika bagakomeza kumusabira igihe cyose acyicaye aho yasariye bagira bati: Nyagasani Mana mubabarire, Nyagasani Mana mugirire impuhwe, Nyagasani Mana muhe imbabazi"; igihe cyose ataratakaza isuku, cyangwa se ngo agire icyo akora cyabangamira abantu cyangwa abamalayika.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Iswalat y'umuntu ku giti cye asariye mu rugo rwe cyangwa seaho acururiza cyangwa akorera, iremewe, ariko abona icyaha kubera kwitandukanya n'abandi kandi nta mpamvu afite.
 Iswalat yo mu mbaga ikorewe mu musigiti ni yo nziza kuruta iyo umuntu asayi wenyine ho inzego makumyabiri na zirindwi cya se n'eshashatu, cyangwa se makumyabiri na zirindwi.
 Mu mirimo abamalayika bashinzwe harimo no gusabira abemeramana.
 Ibyiza byo kujya ku musigiti ufite isuku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4566</t>
   </si>
   <si>
-    <t>كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ</t>
+    <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>Buri ngingo zigize umuntu  aba akwiye kuzitangira ituro</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Buri ngingo zigize umuntu  aba akwiye kuzitangira ituro; buri munsi izuba rirasaho, iyo yunze hagati y'ababiri aba atanze ituro, iyo afashije umuntu akamutwara ku ndogobe ye cyangwa se akamutwazaho ibintu bye  aba atanze ituro, n'ijambo ryiza ni ituro, na buri rutambwe ateye ajya gusali biba ari ituro atanze, no gukura kwe mu nzira icyasitaza abantu aba atanze ituro."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko buri muyisilamu wese urebwa n'amategeko buri munsi aba ategetswe gutanga ituro ringana n'ingingo zigize amagufa ye, akaritanga kubera Imana, no kubera kumushimira iyo ngabire y'ubuzima yamuhaye, n'izo ngingo zamuhaye zimushoboza kugira icyo akora. Kandi iryo turo rikomereza no ku bindi byiza bitandukanye, ntirigarukira ku gutanga umutungo gusa. No muri byo harimo: Kunga ababiri bashyamiranye ni ituro Gufasha udashoboye umufasha kuriraikigenderwaho cye cyangwa ukamuzamuraho umutwaro we ni ituro. Ijambo ryiza nko gusingiza Allah, ubusabe, indamutso y'amahoro n'ibindi ni ituro. Buri rutambwe utera ujya gusali ni ituro. Gukura mu nzira icyatuma abantu basitara ni ituro.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>Uburyo ingingo n'amagufa ziremetse mu mubiri w'umuntu ni imwe mu nema za Allah zihambaye, buri rugingo rukwiye gutangirwa ituro mu rwego rwo gushimira iyo nema.
 Gushishikariza guhora umuntu ashimira buri munsi kubera izo nema.
 Gushishikariza guhora umuntu ahozaho buri munsi gukora iswalat z'umugereka no gutanga amaturo.
 Agaciro ko kunga abashyamiranye.
 Gushishikariza ko umuntu akwiye gufasha mugenzi we, kuko kumufasha ari ituro.
 Gushishikariza kwitabira iswalat z'imbaga mu misigiti.
 Kubaha inzira abayisilamu banyura ni itegeko, no kwirinda ibyabagirira nabi cyangwa se bikababangamira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4568</t>
   </si>
   <si>
-    <t>كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ</t>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
   </si>
   <si>
     <t>Jya uba ku isi nk'umushyitsi cyangwa se umuntu wihitira</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Umar (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamfashe ku ntugu maze irambwira iti: "Jya uba ku isi nk'umushyitsi cyangwa se umuntu wihitira", Ibun Umar yajyaga avuga ati: Nibwira ntukajye utegereza ko buri bucye, nibunacya ntukajye utegereza ko buri bwire, kandi ujye ufatirana igihe ufite ubuzima bwiza mbere yo kurwara, n'igihe ukiriho mbere y'uko upfa.</t>
   </si>
   <si>
     <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
 فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
 فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
   </si>
   <si>
     <t>Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamufashe ku ntugu maze iramubwira iti: Ba ku isi nk'umushyitsi ugeze ahantu hatari inzu yaruhukiramo cyangwa se yaturamo, idafite abantu bayituyemo cyangwa se na ba nyirayo, ari nabo baturangaza ntitwite ku muremyi, ahubwo jya urushaho kutayitaho umere nk'umuhisi wigendera ufite aho yerekeje, kubera ko umushyitsi ashobora gutura ahatari mu gihugu cye ndetse akanahaba, bitandukanye n'umuhisi ufite aho yerekeje, we ntahagarara n'iyo ahagaze ni iby'akanya gato, kuko aba ashishikajwe no gutaha ngo asubire iwabo. Nkuko rero umugenzi adacyeneye gutinda ahantu, n'umwemeramana ku isi ntacyeneye kuyitindaho no kurangazwa nayo.
 Ibun Umar yajyaga yubahiriza izi mpanuro ndetse akanavuga ati: Nubona bucyeye ntuzategereze ko bwira, nibunira ntuzategereze ko buri bucye, ahubwo jya wibara mu bapfuye, kandi kubaho ntibiburana n'ubuzima ndetse n'uburwayi; Fatirana rero igihe utarwaye ukore ibikorwa byo kumvira Allah igihe utararwara, unakoremo ibikorwa byiza igihe umeze neza mbere y'uko ugerwaho n'uburwayi, unafatirane kuba ukiriho hano ku isi, ukoremo ibigufitiye umumaro nyuma yo gupfa kwawe.</t>
   </si>
   <si>
     <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
 الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
 حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
 اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
  بيان قِصَر الأمل، والاستعداد للموت.
  الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
 المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
 فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
 وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
   </si>
   <si>
     <t>Kuba umwarimu yashyira ikiganza ku rutugu rw'umunyeshuri igihe ari kumwigisha ni mu rwego rwo kumwiyegereza kugira ngo amwiyumvemo, ndetse no kugira ngo abe maso amukurikire.
 Gutanga impanuro n'inama uhereye k'utazigusabye.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigishaga neza itanga ingero z'inyurabwenge nk'aho yavuze iti: Jya uba ku isi nk'umuntu utari uwaho, cyangwa se umugenzi wihitira.
 Abantu uburyo berekeza ku mperuka baratandukanye, harimo uwitambukira, ari narwo rwego rukuru rwo gutera umugongo iby'isi kuruta urwego rwo kuba wayibaho umeze nk'umugenzi.
 Kugaragaza ko icyizere cyo kuramba ku isi ari kigufi, no kwitegura urupfu.
 Hadith ntigaragaza ko igamije kureka amafunguro n'ibindi byiza byo ku isi, ahubwo iragaragaza gushishikariza kuyitera umugongo, no kutayiha agaciro kanini.
 Kwihutira gukora ibikorwa byiza mbere y'uko unaniwe kubikora, ukabuzwa kubikora n'uburwayi cyangwa se urupfu.
 Agaciro ka Abdullah Ibun Umar (Imana imwishimire we na se) aho yafashijwe n'izi nyigisho yize ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Iwabo w'abemeramana ni mu ijuru, bityo bo kuri iyi si ni abashyitsi, kandi ni abagenzi bagana ku mperuka; umutima w'umwemeramana nturangamira iby'isi kuko atari ho iwabo, ahubwo umutima we uba urangamiye iwabo mu ijuru azagaruka. Naho kuba ari ku isi ni ukugira ngo acyemure ibibazo bye, binamufashe kwitegura urwo rugendo rwo ku musni w'imperuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4704</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>Ntimukagirirane amashyari, ntimukazamuriraneho ibiciro mutagambiriye kugura, ntimukanagirirane inzangano, ntimukanacane umubano, kandi bamwe muri mwe ntibakagereke igiciro ku gicuruzwa cyaguzwe na bagenzi babo, kandi mujye muba abagaragu ba Allah b'abavandimwe</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ntimukagirirane amashyari, ntimukazamuriraneho ibiciro mutagambiriye kugura, ntimukanagirirane inzangano, ntimukanacane umubano, kandi bamwe muri mwe ntibakagereke igiciro ku gicuruzwa cyaguzwe na bagenzi babo, kandi mujye muba abagaragu ba Allah b'abavandimwe: Umuyisilamu ni umuvandimwe w'umuyisilamu mugenzi we, ntamuhuguza cyangwa se ngo amugambanire, nta musuzugura, kandi ugutinya Allah kuba aha;" nuko yerekana ku gituza cyayo inshuro eshatu, " bihagije kuba ari bibi kuba umuyisilamu yasuzugura umuvandimwe we w'umuyisilamu, buri muyisilamu kuri mugenzi we ni ikizira kumena amaraso ye, no kwigabiza umutungo we, no kuvogera icyubahiro cye."</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatanze impanuro z'uburyo umuyisilamu akwiye kubanira umuvandimwe we amukorera ibyiza, inagaragaza bimwe mu byo ategetswe kumukorera n'imyifatire ikwiye kumuranga; no muri byo: Impanuro ya mbere: Kutagirirana amashyari, nko kuba bamwe bakifuza ngo ingabire za bamwe zibaveho aribo zijyaho. Impanuro ya kabiri: Kutagereka igiciro cy'igicuruzwa atagamije kukigura mugenzi we yashimye akacyishyura, agamije kungura umucuruzi cyangwa se kubangamira umuguzi. Impanuro ya gatatu: Kutagirirana urwango, nko gushaka kugirirana nabi, bikaba ari ikinyuranyo cy'urukundo, usibye igihe urwo rwango rugizwe kubera Allah Nyir'ubutagatifu, aha ruba rubaye itegeko. Impanuro ya kane: Kudaterana umugongo no kudashaka gutega amatwi mugenzi wawe. Impanuro ya gatanu: Bamwe muri mwe, ntibakagereke igiciro cy'igicuruzwa bagenzi babo bishyuye nko kuba umwe muri bo yavuga ati: Mfite ikimeze nkacyo gihendutse ku kirusha, cyangwa se cyiza kikiruse. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ijya inama rusange igira iti: Mujye muba nk'abavandimwe mureke ibibujijwe, murangwe n'urukundo n'ubworoherane n'ubufatanye mu byiza, no kurangwa n'umutima ucyeye no kugirana inama mu bihe byose. No mu bikomeza ubwo buvandimwe ni: Nuko umuyisilamu adakwiye guhuguza mugenzi we cyangwa se ngo amugirire nabi. Nuko adakwiye gutererana mugenzi we ngo ahuguzwe kandi ashoboye kugira icyo yamufasha, no kumukiza ayo mahugu. Ntakwiye kandi kumusuzugura no kumutesha agaciro, kubera ubwibone. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije isubiramo inshuro eshatu igaragaza ko gutinya Allah ari ku mutima, kandi ko ufite umutima utinya Allah bimuha kurangwa n'imico myiza, no gutinya Allah no kwitwararika amategeko ye, bituma adasuzugura umuyisilamu mugenzi we, kandi biramuhagije kuba byaba ari bibi gusuzugura umuvandimwe we w'umuyisilamu, kubera kumwibonaho. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ishimangira ko ibyo yari yavuze ko buri muyisilamu ari ikizira amaraso ye nko kumwica cyangwa se kumukomeretsa, cyangwa se kumukubita n'ibindi, n'umutungo we nko kuwumwambura bitari mu kuri, kimwe no kuvogera icyubahiro cye nko kumusebya no gusebya umuryango we.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Icyo ari cyo cyose gikomeza ubuvandimwe bw'ukwemera kiba kibaye itegeko, no kubuza icyo ari cyo cyose kinyuranye nacyo cyaba mu mvugo n'ibikorwa.
+Ishingiro ry'ugutinya Allah ni mu mutima nko kumenya Allah, no kumutinya, no kwitwararika amategeko ye, n'uko gutinya gushingiyeho ibindi bikorwa byiza.
+Gutana kugaragara kugaragaza intege nke zo gutinya Allah byo mu mutima.
+Kubuza kubangamira umuyisilamu mu nzira izo ari zo zose haba mu mvugo cyangwa se ibikorwa.
+Ntibibarwa nk'ishyari kuba umuyisilamu yakifuza kuba nka mugenzi we ariko atifuje ngo ingabire ziri kuri mugenzi we zimuveho; ibi bikaba biri mu bibarwa nko kurushanwa mu byiza.
+Umuntu muri kamere ye ntakunda ko hari uwamuruta mu byiza n'ingabire, iyo yifuje ko ziva kuri mugenzi we akaba ari we uzisigarana ibi bibarwa nk'ishyari ritemewe, ariko iyo ashatse kurushanwa riba ari ishyari ryiza kandi ryemewe.
+Ntibibarwa nko kugereka igiciro cy'igicuruzwa mugenzi wawe yaguze, igihe umuguzi yakoze uburiganya mu kugura kwe mu buryo bugaragara; ibi bibarwa nko kugirana inama ariko biba bisaba ko umugambi bikoranywe ari ukugira inama umuguzi atari ukubangamira umugurisha, kandi ibikorwa bibarwa hashingiwe ku migambi bikoranywe.
+Ntibibarwa nko kugereka igiciro cy'igicuruzwa umuyisilamu yaguze iyo umuguzi n'umucuruzi bari batarumvikana ku giciro no ku kugura.
+Ntibibarwa nko kugirirana urwango kubujijwe muri iyi Hadith: kuba byaba ari ukwanga kubera Allah kuko kwo ni itegeko, ni no mu bimenyetso bikomeye bigaragaza ukwemera.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4706</t>
+  </si>
+  <si>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>Ntukarakare!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire), yavuze ko umuntu umwe yabwiye  Intumwa y'Imana (Imana imuhe amahoro n’imigisha)   ati: “Mpa impanuro.” Intumwa iramusubiza iti: “Ntukarakare!” Asubiramo ikibazo cye kenshi, Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  iramubwira iti: Ntukarakare!”</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Umwe mu basangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yayisabye ko yamuha impanuro ikamubwira ikintu kimwe cyamugirira akamaro, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira ko atagomba kurakara. Bisobanuye ko agomba kwirinda impamvu zose zatuma arakara, akihangana igihe bibayeho ko arakara, ntiyihutire kugira icyo akora mu burakari bwe ngo abe yakica cyangwa se ngo akubite, cyangwa se ngo atuke undi n'ibindi byose yamukorera.
 Wa mugabo ayisubiriramo kenshi ikibazo cye, ariko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntiyagira ikindi imwongereraho usibye kumubwira iti: "Ntukarakare!"</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Kwihanangiriza kurangwa n'uburakari n'impamvu zibutera, kuko ari bwo bukusanyije ibibi byose, kandi kubwirinda nibyo bikubiyemo ibyiza byose.
 Kurakara kubera Allah nk'igihe habayeho kuvogera amategeko ya Allah ni bumwe mu burakari bwo gushima.
 Gusubiramo kenshi ibyo umuntu avuga kugira ngo umuteze amatwi abisobanukirwe, anamenye agaciro kabyo.
 Ni byiza gusaba umumenyi inama n'impanuro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Ntabwo bikwiye ko umuntu agirira nabi mugenzi we, nata nubwo bikwiye ko abantu bagirirana nabi, uzagira nabi mugenzi we Allah nawe azamuteza ingorane, n'uzamugora Allah nawe azamugora</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Said Al Khud'riy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ntabwo bikwiye ko umuntu agirira nabi mugenzi we, nata nubwo bikwiye ko abantu bagirirana nabi, uzagira nabi mugenzi we Allah nawe azamuteza ingorane, n'uzamugora Allah nawe azamugora."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ari itegeko gukumira icyabangamira abandi uko cyaba kimeze kose, n'uko cyaba kigaragara kose ku muntu ku giti cye no ku bandi; niyo mpamvu nta n'umwe wemerewe kwigirira nabi cyangwa se ngo abikorere abandi.
 Nta n'ubwo kandi byemewe ko yakitura ikibi yakorewe, kubera ko ikibi ntigikurwaho n'ikibi cyeretse igihe cyo kwihorera (nko kwica uwishe) nabwo hatabayemo kurengera.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije igaragaza ingaruka z'uwagiriye abandi nabi no kuba azagerwaho n'ingorane kubera kuziteza abandi.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Kubuza kwihorera birenze ibyo wakorewe.
 Allah ntiyategetse abagaragu be ibibagiraho ingaruka mbi.
 Ni ikizira kubangamira mugenzi wawe no kubangamirana byaba mu mvugo  mu bikorwa cyangwa se kugira ibyo ureka.
 Inabi yiturwa indi, ugiriye nabo mugenzi we Allah nawe azamubangamira, n'uteje abandi ingorane Allah nawe azazimuteza.
 Mu mategeko y'idini avuga ko: Ikibangamye gikurwaho", kubera ko amategeko atemera kubangama, ndetse ntanemere kubangamirana.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Hadithi y'impamo ushingiye ku bandi bayakiriye]</t>
   </si>
   <si>
     <t>[Yakiriwe na A-Daraqutw'niy]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ</t>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>Ururimi rwawe ntiruzatane no gusingiza Allah</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Bus'ri (Imana imwishimire) yavuze ko umugabo umwe yavuze ati: Yewe Ntumwa y'Imana! Mu by'ukuri amategeko y'ubuyisilamu yatubanye menshi, none mbwira ikintu kimwe nzakomeraho, nuko iramusubiza iti: "Ururimi rwawe ntiruzatane no gusingiza Allah."</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>Umugabo umwe yaregeye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ayibwira ko ibikorwa byo kwiyegereza Allah byamubanye byinshi agera aho ananirwa kubera intege nke ze, arangije ayisaba ko yamubwira igikorwa cyamworohera ariko kikamuha ibihembo byinshi, kugira ngo agikomereho,
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira ko akwiye guhoza ku rurimi rwe gusingiza Allah Nyir'ubutagatifu ibihe byose n'ahantu hose; amutagatifuza, amushimira, amwicuzaho anamusaba n'ibindi.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
   </si>
   <si>
     <t>Agaciro ko gusingiza Allah Nyir'ubutagatifu.
 Mu ngabire za Allah zihambaye ni ukoroshya impamvu zo kugera ku ngororano.
 Abagaragu bararutanwa mu byiza.
 Guhozaho gusingiza Allah ku rurimi umusingiza, umushimira, umukuza n'ibindi, kandi ukabikora ubikuye ku mutima, bikaza mu mwanya w'ibikorwa byinshi byo kwiyegereza Allah.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yitaga ku bayibajije, igasubiza buri wese ibimukwiye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4716</t>
   </si>
   <si>
-    <t>لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ</t>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>Umwe muri mwe ntaraba umwemera kugeza ubwo azifuriza mugenzi we ibyo nawe yiyifuriza</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umwe muri mwe ntaraba umwemera kugeza ubwo azifuriza mugenzi we ibyo nawe yiyifuriza."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ukwemera kuzuye k'umwe muri mwe mu bayisilamu kudashobora kugerwaho kugeza ubwo azifuriza mugenzi we ibyo nawe yifuriza umutima we, mu kubaha Allah, n'andi moko yose y'ibikorwa byiza hano ku isi no ku munsi w'imperuka. Ndetse akanga kumwifuriza ibyo nawe atakwifuriza umutima we; iyo abonye kuri mugenzi we w'umuyisilamu ibidatunganye mu kwemera kwe, akora ibishoboka byose kugira ngo abikosore, iyo amubonyeho ibyiza amusabira kubikomeraho ndetse akanabimuteramo inkunga, akamugira inama mu kwemera kwe ndetse no mu mibereho ye.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>Ni itegeko kuba umuyisilamu yakifuriza mugenzi we ibyo nawe ubwe yiyifuriza; kubera ko imvugo yahakanye ko atari umwemeramana wa wundi utifuriza mugenzi we ibyo nawe yiyifuriza, igaragaza ko ari itegeko.
 Ubuvandimwe mu kwemera Allah nibwo buri hejuru kuruta ubuvandimwe bw'isano ry'amaraso, bityo uburenganzira bwabwo nibwo bukwiye kuba itegeko kuruta ubundi.
 Kuziririza icyo ari cyo cyose gihabanye n'uru rukundo cyaba mu mvugo, n'ibikorwa nk'uburiganya, gusebya bagenzi bacu, ishyari, n'ubugizi bwa nabi ku buzima bw'umuyisilamu cyangwa se mu mutungo we cyangwa se ku cyubahiro cye.
 Gukoresha zimwe mu mvugo zishishikariza gukora igikorwa, mu mvugo: "Mugenzi we."
 Umumenyi Al Kir'maniy (Allah amugirire impuhwe) yaravuze ati: Mu bigaragaza ukwemera nanone harimo ko umuyisilamu akwiye  kwanga ibyaba kuri mugenzi we bibi nawe ubwe adakunda ntiyabyerura, kubera ko gukunda ikintu bisaba kwanga ikinyuranyo cyacyo, kutakivuga rero nuko nacyo cyumvikanamo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4717</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Iyo muba mwiringira Allah uko bikwiye, yari kubaha amafunguro nkuko ayaha inyoni, zizinduka zishonje nyamara zikagaruka zihaze</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Umar Ibun Al Khatwab (Imana imwishimire) yavuze ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Iyo muba mwiringira Allah uko bikwiye, yari kubaha amafunguro nkuko ayaha inyoni, zizinduka zishonje nyamara zikagaruka zihaze."</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iradushishikariza kwiringira Allah Nyir'ubutagatifu mu gukora ibifite akamaro no kureka ibitera ingaruka mu myemerere no mu mibereho, kubera ko nta we utanga cyangwa se ngo yime, cyangwa se ngo ateze ingaruka cyangwa se ngo agirire abandi umumaro usibye Allah Nyir'ubutagatifu. Ko dukwiye gukora impamvu zizana umumaro, zigakuraho ingaruka hamwe no kwiringira Allah by'ukuri. Igihe cyose tuzakora ibibi Allah azaduha amafunguro nkuko ayaha inyoni igihe zivuye mu byari byazo zishonje, hanyuma zikagaruka nimugoroba zihaze. Ibyo inyoni zikora ni bumwe mu buryo bwo gukora impamvu zo kujya gushaka amafunguro, nta kwirara no kunebwa.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Agaciro ko kwiringira Allah, ndetse ko ari imwe mu mpamvu zo kubona amafunguro.
 Kwiringira Allah ntibikuraho kugira ibyo umuntu akora, kubera ko yavuze ko kwiringira by'ukuri ntibikuraho kujya gushaka amafunguro mu gitondo na nimugoroba.
 Amategeko y'ubuyisilamu yitaye ku bikorwa by'umutima, kubera ko kwiringira Allah ni igikorwa cy'umutima.
 Kwishingikiriza impamvu zonyine gusa ni ukugira ukwemera kutuzuye, no kureka gukora impamvu ni ukugira ubwenge butuzuye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4721</t>
   </si>
   <si>
-    <t>لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ</t>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>Iyo abantu baza kuba bahabwa hashingiwe ku byo bavuga (imbere y'ubucamanza) bidafitiwe gihamya, abantu bamwe bari kujya bigabiza  imitungo  n'amaraso by'abandi (bababeshyera), ahubwo igishingirwaho ni gihamya itangwa n'urega, naho uhakana agakoresha indahiro</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>Imvugo yaturutse  kwa Ibun Abass (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Iyo abantu baza kuba bahabwa hashingiwe ku byo bavuga (imbere y'ubucamanza) bidafitiwe gihamya, abantu bamwe bari kujya bigabiza  imitungo  n'amaraso by'abandi (bababeshyera), ahubwo igishingirwaho ni gihamya itangwa n'urega, naho uhakana agakoresha indahiro."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko iyo abantu baza kuba bahabwa hashingiwe ku byo bavuga (imbere y'ubucamanza) bidafitiwe gihamya, abantu bamwe bari kujya bigabiza  imitungo n'amaraso by'abandi (bababeshyera), ahubwo igishingirwaho ni gihamya n'ibimenyetso bitangwa n'urega, naho uhakana agakoresha indahiro.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ibun Daqiq Al I'id yaravuze ati: Iyi Hadith ni imwe muri Hadith z'amategeko shingiro, ni nayo ikwiye kugarukwaho mu gihe cyo guca imanza no guhosha amakimbirane.
 Amategeko yaje kurinda imitungo y'abantu n'amaraso yabo ngo ntabibe byakinishwa n'uwo ari we wese.
 Umucamanza ntaca urubanza ashingiye ku bumenyi afite gusa, ahubwo agomba kugaruka ku bimenyetso.
 Buri uwo ari we wese wihimbiye ikirego kidafite ibimenyetso na gihamya, kiba nta gaciro gifite, byaba mu burenganzira bw'umuntu, imikoranire cyangwa se no mu birebana n'ukwemera n'ubumenyi.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4722</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>Nta kintu kibi mwene adamu yujuje nk'inda ye; kandi buri mwene Adamu ahagijwe n'imitamiro imukomeza ubuzima bwe, ariko nibiba ngombwa ko arenza, kimwe cya gatatu cy'inda ye azagiharire ibyo kurya bye, ikindi agiharire ibyo kunywa, ikindi agiharire ubuhumekero</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Al Miqdam Ibun Ma'adiy Karib (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Nta kintu kibi mwene adamu yujuje nk'inda ye; kandi buri mwene Adamu ahagijwe n'imitamiro imukomeza ubuzima bwe, ariko nibiba ngombwa ko arenza, kimwe cya gatatu cy'inda ye azagiharire ibyo kurya bye, ikindi agiharire ibyo kunywa, ikindi agiharire ubuhumekero."</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratuyobora kuri rimwe mu mahame y'ubuvuzi, ari ryo ryo kwirinda birinda ubuzima bw'umuntu, ari ryo ryo kugabanya ibyo arya, aba akwiye kurya ibimumara inzara, bikanamutera imbaraga mu bikorwa bye bya ngombwa, ikindi nuko inda y'umuntu ari ho hantu habi umuntu arwanira kuzuza no kugwa ivutu, bikaba isoko y'indwara z'ibyorezo zitabarika zaba iza vuba cyangwa se iza kera, izigaragara n'izitagaragara. Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Bibaye ngombwa ko umuntu arya akijuta, ngaho kurya kwe nabiharire kimwe cya gatatu, ikindi agiharire ibyo kunywa, ikindi agiharire icy'ubuhumekero, kugira ngo bitamugiraho ingaruka bikanamutera ubunebwe ntakore amategeko Allah yamutegetse mu idini rye cyangwa se no mu mibereho ye.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Kutarya no kutanywa ngo umuntu agwe ivutu, iri rikaba ari naryo shingiro mu buvuzi, kubera ko kurya cyane bitera indwara n'izindi ngaruka ku buzima.
+Intego mu kurya ni ukubungabunga ubuzima no gushaka imbaraga, bikaba ari nabyo birinda ubuzima.
+Kuzuza inda ibyo kurya bigira ingaruka ku buzima no mu kwemera, Umar (Imana imwishimire) yaravuze ati: "Muzirinde kugwa ivutu, kuko byangiza ubuzima, bikanatera ubunebwe umuntu ntabashe gusali."
+Kurya mu rwego rw'itegeko ribigenga bigabanyijemo ibice: Hari ukuba ari itegeko igihe bifasha kurinda ubuzima no kubireka bikaba byatera ingaruka. Hari ukuba byemewe igihe warengeje ikigero utegetswe kandi ukaba udatinya ingaruka zabyo. Hari ukuba atari byiza igihe utinya ingaruka zabyo. Hari ukuba biziririjwe igihe ibyo byo kurya uzi ingaruka zabyo. Hari ukuba bishishikarizwa igihe bigufasha kugaragira Allah no kumwumvira. Ibi bice byose byavuzwe mu ncamacye muri iyi Hadithi mu nzego eshatu: Urwa mbere: Kuzuza inda ukagwa ivutu, umutamiro cyangwa se imitamiro ikomeza ubuzima. Urwa gatatu: Kimwe cya gatatu cy'ibyo kurya, n'icya gatatu cy'ibyo kunywa, n'icya gatatu cy'ubuhumekero." Ariko ibi byose ni igihe ubwoko bw'ibiribwa buziruye.
+Iyi Hadith ni ishingiro mu buvuzi no kubungabunga ubuzima, no kubera ko ubuvuzi bugaruka kuri ibi bintu bitatu: Kwirinda indwara, gutera imbaraga no kubaka umubiri, Hadith yaje ivuga ibi bibiri bibanza nkuko byaje mu mvugo ya Allah Nyir'ubutagatifu igira iti: {Kandi mujye murya, munywe ariko ntimugasesagure. Mu by’ukuri We (Allah) ntakunda abasesagura}. [Al Aaraf: 31]
+Ubutungane bw'amategeko aho yakusanyije inyugu z'umuntu mu kwemera kwe no mu mibereho ye.
+Mu bumenyi bw'amategeko y'idini y'ubuyisilamu harimo amoko atandukanye y'ubuvuzi, nkuko byavuzwe ku bijyanye n'ubuki, na Habat Sawudat.
+Amategeko y'idini y'ubuyisilamu akubiyemo ubugenge, kandi yubakiye kukwirinda ingaruka no kwita ku bifite inyungu.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4723</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>“Uzazana igihimbano mu idini ryacu kitayirimo, kizamugarukira</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Uzazana igihimbano mu idini ryacu kitayirimo, kizamugarukira.” Yemeranyijweho na Bukhari na Muslim. Muslim mu mvugo yakiriye aragira ati: "Uwo ari we wese uzakora igikorwa gihabanye n'ibyo twaje twigisha, kizamugarukira."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko uzazana igihimbano mu idini cyangwa se agakora igikorwa adafitiye gihamya muri Qur'an na Sunat, kizamugarukira, kandi ntikizemerwa imbere ya Allah.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ibikorwa byose by'amasengesho byubakiye kuri Qur'an na Sunat, bityo ntitwagaragira Allah Nyir'ubutagatifu usibye mu buryo twategetswe butarimo ibihimbano n'ibyaduka.
 Mu idini ntihazamo ibitekerezo n'amahitamo, ahubwo ni ugukurikira Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Iyi Hadithi ni gihamya cy'ubutungane no kuzura kw'iri dini.
 Igihimbano ni icyo ari cyo cyose cyongewe mu idini, kitari kiriho ku gihe cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyangwa se ku gihe cy'abasangirangendo bayo, cyaba mu myemerere, cyangwa se imvugo cyangwa se igikorwa.
 Iyi Hadithi ni umwe mu misingi remezo y'idini ry'ubuyisilamu, ni nk'umunzani w'ibikorwa; bityo  nk'uko buri gikorwa gikozwe hatagamijwe gushimisha Allah Nyir'ubutagatifu Nyiracyo atakibonera ingororano, ni nk'uko buri gikorwa gikozwe mu buryo buhabanye n'ubwo tweretswe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kiba impfabusa kigasubirana nyiracyo.
 Ibihimbano n'ibyaduka bibujijwe ni bya bindi bikozwe mu idini, ariko byo mu mibereho no mu buzima busanzwe byo ntacyo bitwaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>Uzorohereza umwemeramana mugenzi we imwe mu ngorane za hano mu isi, Allah nawe azamukuriraho zimwe mu ngorane zo ku munsi w'imperuka</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzorohereza umwemeramana mugenzi we imwe mu ngorane za hano mu isi, Allah nawe azamukuriraho zimwe mu ngorane zo ku munsi w'imperuka; n'uzorohereza ukomerewe mu bibazo bye, Allah nawe azamworohereza hano mu isi no ku munsi w'imperuka. N'uzahishira umuyisilamu mugenzi we, Allah nawe azamuhishira hano mu isi no ku munsi w'imperuka! Kandi Allah akomeza gutera inkunga umugaragu we igihe cyose nawe atera inkunga mugenzi we. N'uzafata inzira agiye gushakisha ubumenyi, Allah azamworohereza inzira igana mu ijuru, kandi nta na rimwe abantu bateranira muri imwe mu ngoro za Allah, basoma igitabo cya Allah banakigishanya uretse ko  bamanurirwa ituze, bagasabwa n'impuhwe za Allah ndetse bakazungurukwa n'abamalayika ndetse na Allah akabavuga mu bo ari kumwe nabo mu ijuru (abamalayika), na buri wese uzadohoka mu gukora ibikorwa byamwinjiza mu ijuru, ntaziringire ko umuryango we hari icyo yamumarira."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko ibihembo by'umuyisilamu kwa Allah bizashingira ku byo yakoze, kandi ko uzorohereza umwemeramana mugenzi we amukura muri zimwe mu ngorane za hano mu isi, Allah nawe nawe azamukuriraho zimwe mu ngorane zo ku munsi w'imperuka. N'uzorohereza ukomerewe mu bibazo bye, Allah nawe azamworohereza hano mu isi no ku munsi w'imperuka. N'uzahishira umuyisilamu mugenzi we, Allah nawe azamuhishira hano mu isi no ku munsi w'imperuka! Kandi Allah akomeza gutera inkunga umugaragu we igihe cyose nawe atera inkunga mugenzi we, byaba mu kumufasha mu kwemera kwe no mu mibereho ye, kandi kumufasha bikorwa mu buryo butandukanye; mu kumusabira, ku mubiri we, mu mutungo we no mu bindi. N'uzafata inzira agiye gushakisha ubumenyi, Allah azamworohereza inzira igana mu ijuru. kandi nta na rimwe abantu bateranira muri imwe mu ngoro za Allah, basoma igitabo cya Allah banakigishanya uretse ko  bamanurirwa ituze, bagasabwa n'impuhwe za Allah ndetse bakazungurukwa n'abamalayika ndetse na Allah akabavuga mu bo ari kumwe nabo mu ijuru (abamalayika), bihagije kuba icyubahiro kuri we kuba Allah avuga ibigwi umugaragu we mu bamalayika. Na buri wese  ibikorwa bye bizaba bidahagije, ntibizamugeza ku rwego rw'abandi bakoze ibikorwa, niyo mpamvu ari ngombwa kutiringira umuryango w'umuntu n'abasekuru be, noneho ngo yirengagiza gukora ibikorwa.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Umumenyi Ibun Daqiq Al Id yaravuze ati: Iyi Hadith irahambaye, ikusanyirije hamwe amoko yose y'ubumenyi n'amategeko n'imyifatire, ikubiyemo kandi ibyiza byo gufasha abayisilamu no kubafasha bijyanye n'ubushobozi bw'umuntu, nko kubigisha ubumenyi, cyangwa se kubaha umutungo, cyangwa se kubafasha, cyangwa se kubereka ibibafitiye umumaro, cyangwa se kubagira inama, cyangwa se n'iyindi mpamvu.
+Gushishikariza korohereza umuntu uri mu bihe bimukomereye.
+Gushishikariza gufasha umugaragu w'umuyisilamu, no kuba Allah afasha abandi bitewe n'uko nawe yafashije abandi.
+Mu bigaragaza guhishira umuyisilamu harimo no kudakurikirana inenge ze; hari na zimwe mu mvugo dukomora kuri bamwe mu batubanjirije kwemera no gukora ibyiza ivuga ko yavuze ati: Nasanze abantu badafite inenge bari kuvuga inenge z'abandi, nuko abantu nabo batangira kuvuga izabo. Na nasanze abantu  bafite inenge, batavuga inenge z'abandi, nuko inenge zabo ntizavugwa.
+Guhishira abantu ntibigamije kurebera ibibi no kutabikosora, ahubwo birakosorwa hakabaho no guhishirana; ibi by'umwihariko ni ku bantu batazwiho ubwangizi n'ibikorwa bibi. Naho ku bantu babizwiho, icyo gihe si ngombwa kumuhishira ahubwo ibye biregerwa ubuyobozi iyo hatari mo gutinya ko byagira ingaruka; kubera ko kumuhishira bimwoshya mu gukora ibibi, bikamutinyura kubangamira abagaragu ba Allah, bikanatinyura abandi mu bakora ibibi no kwigomeka.
+Gushishikariza gushaka ubumenyi no gusoma Qur'an ndetse no kuyigishanya.
+Umumenyi A-Nawawiy yaravuze ati: Muri ibi harimo gihamya igaragaza ibyiza byo guhurira hamwe abantu basoma Qur'an mu musigiti. No kuvuga umusigiti hakubiyemo n'ahandi hose nko mu ishuri, n'ahandi abantu bahurira bagamije ibi byiza.
+Ingororano Allah azishingira ku bikorwa si ku miryango n'amasano.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Yemwe bagaragu banjye, mu by'ukuri njye naziririje amahugu kuri njye ubwanjye, ndangije nyagira ikizira hagati yanyu, muramenye ntimuzahuguzanye</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Dhari (Imana imwishimire) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu byo yahishuriwe na Allah Nyir'ubutagatifu yaravuze ati: " Yemwe bagaragu banjye, mu by'ukuri njye naziririje amahugu kuri njye ubwanjye, ndangije nyagira ikizira hagati yanyu, muramenye ntimuzahuguzanye, Bagaragu banjye, mwese muri abayobe, uretse uwo nayoboye, munsabe kuyoboka mbayobore. Bagaragu banjye, mwese muri abashonji, cyereste uwo nafunguriye, ngaho nimunsabe amafunguro mbafungurire. Bagaragu banjye, mwese mwambaye ubusa, cyeretse uwo nambitse, ngaho nimunsabe imyambaro mbambike. Bagaragu banjye, mu by'ukuri mwe mukosa ijoro n'amanywa, Kandi njye mbabarira ibyaha byose, ngaho nimunsabe imbabazi mbababarire. Bagaragu banjye, mu by'ukuri mwe ntimuzagera na rimwe kurwego rwo kugira icyo mwantwara kibi ngo mukintware, nta nubwo muzagera ku rwego rwo kugira icyiza mwamfasha ngo mukimfashe. Bagaragu banjye, uwa mbere muri mwe uriho n'uzabaho nyuma muri mwe haba mu bantu n'amajini mwese muramutse mwikusanyije mukaba umuntu utinya Allah kurusha abandi, ntacyo byakongera mu bwami bwanjye,  Bagaragu banjye uwa mbere muri mwe uriho n'uzabaho nyuma muri mwe haba mu bantu n'amajini mwese muramutse mwikusanyije mukaba umuntu umwe w'umwononnyi kurusha abandi ntacyo byagabanya mu bwami bwanjye
  Bagaragu banjye, uwa mbere muri mwe uriho n'uzabaho nyuma muri mwe haba mu bantu n'amajini mwese muramutse mwikusanyije mugahagarara mu kibuga kimwe, buri wese akansaba icyo yifuza, maze nkaha buri wese icyo yansabye ibyo ntacyo byagabanya mubyo mfite cyeretse nk'icyo indobani igabanya ku mazi y'inyanja. Bagaragu banjye, mu by'ukuri ni ku bikorwa byanyu nshingiraho mukubabarira na nyuma nkazabibahembera, uzagira amahirwe akabona ibyiza azashimire Imana n'uzabona icyinyuranyo cy'ibyo, ntazagire undi yitwaraho umwikomo, uretse roho ye.</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko Allah Nyir'ubutagatifu we ubwe yiziririje amahugu, arangije ayagira ikizira no hagati y'abagaragu be, bityo ntihakagire uhuguza mugenzi we! Kandi ko abantu twese twayobye inzira ya Allah y'ukuri, kandi uyisabye Allah aramushoboza ndetse akanamuyobora. Kandi ko abantu bose bacyeneye Allah mu byo baba bacyeneye byose, kandi uzasaba Allah amucyemurira ibibazo bye kandi aramuhagirije. Kandi ko abantu bose bakora amakosa amanywa n'ijoro, ndetse ko Allah Nyir'ubutagatifu ari we ubahishira akabababarira igihe umugaragu amusabye imbabazi. Kandi ko abantu bose ntacyo batwara Allah cyangwa se ngo bagire icyo bamumarira. Kandi ko abantu bose n'ubwo ugutinya Allah kwabo bose kwateranira ku mutima w'umwe mu batinyamana muri bo, ntacyo byakongera mu bwami bwa Allah. Ndetse n'iyo kwigomeka kwabo bose kwateranira ku mutima w'inkozi y'ibibi muri bo ntacyo byagabanya mu bwami bwa Allah, kuko ari abanyantege ncye kandi bacyeneye Allah ibihe byose n'ahantu hose, kubera ko ari we Mukungu wihagije. Kandi ko n'iyo abantu n'amajini ababayeho mbere n'abazabaho nyuma bakishyira hamwe, bagasaba Allah, maze buri wese muri bo akamuha ibyo amusabye, ntacyo byagabanya mu byo atunze usibye ibingana nk'amazi urushinge rwinjije mu nyanja rwagarukana, nta mazi rwagabanya ku mazi y'inyanja, ari byo bigaragaza ubutungane bw'ubutunzi bwa Allah ndetse ko akungahaye.
 Kandi ko Allah Nyir'ubutagatifu arinda ibikorwa by'abagaragu be akazanabibabarurira ndetse no ku munsi w'imperuka akazabibahembera. Bityo uzasanga ibihembo bye ari byiza azashimire Allah we wabimushoboje akabasha kumwumvira, ndetse n'uzasanga atari uko bimeze ntazagire undi arenganya usibye we ubwe n'umutima we umwoshya gukora ibibi watumye agwa mu gihombo.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Iyi Hadithi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ayikuye kwa Nyagasani we, ari yo twita Hadithul Qud'siyu cyangwa se Ilahiyu, ikaba ari Hadithi imvugo zayo n'ibisobanuro byayo biba byaturutse kwa Allah, gusa yo nta mwihariko iba ifite nk'uwa Qur'an yihariye nko kuba kuyisoma bikwegereza Allah, ndetse no kuba ufite isuku (Udhu) mbere yo kuyisoma, no kuba yaraje mu buryo bw'igitangaza n'abarabu bakaba barananiwe no kuzana imeze nkayo n'ibindi.
 Ibyo abagaragu bageraho nk'ubumenyi no kuyoboka baba babishobojwe na Allah.
 Ibyo umugaragu agezeho mu byiza biba ari ingabire za Allah, n'ibimugeraho bibi niwe ubwe n'irari ry'umutima we biba biturutseho.
 Ukoze icyiza aba agishobojwe na Allah, n'igihembo cyacyo ni ubw'ineza ya Allah akwiye kumushimira, n'ukoze ikibi nta wundi aba akwiye kubigayira usibye we ubwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Yewe mwana ndagira ngo nkwigishe amagambo (ugomba kwitaho): Jya wita ku mategeko y’Imana na yo izakwitaho. Jya wita ku mategeko y’Imana uzajya uzayisanga imbere yawe. Nushaka gusaba ujye usaba Imana, kandi nukenera inkunga ujye uyisaba Imana</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abas (Imana imwishimire we na se) yaravuze ati: "Umunsi umwe nari inyuma y’Intumwa y’Imana (Imana iyihe amahoro n’imigisha)   impetse ku ngamiya, maze irambwira iti "Yewe mwana ndagira ngo nkwigishe amagambo (ugomba kwitaho): Jya wita ku mategeko y’Imana na yo izakwitaho. Jya wita ku mategeko y’Imana uzajya uzayisanga imbere yawe. Nushaka gusaba ujye usaba Imana, kandi nukenera inkunga ujye uyisaba Imana, umenye ko n’ubwo abantu (b’isi)  bose baterana kugira ngo bagire icyiza bakumarira, ntacyo bakumarira usibye icyo Imana yakwandikiye gusa. Kandi n’iyo abantu (b’isi)  bose baterana kugira ngo bagire ikibi bagukorera, ntacyo bagukoraho usibye gusa icyo Imana yakwandikiye. Amakaramu (yamaze kwandika ibizaba)  yareguwe ndetse n’ibitabo (byanditswemo)  wino yarumutse byararangiye."</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibun Abass (Imana imwishimire we na se) aratubwira ko yari akiri umwana muto, igihe kimwe yari kumwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imuhetse ku ndogobe iramubwira iti: Ngiye kukwigisha ibintu bizakugirira umumaro:
 Jya wita ku mategeko ya Allah, witandukanye n'ibyo yakubujije, igihe cyose ajye akubona mu bikorwa bimushimisha, nta gusange mu bikorwa byo kumwigomeka; ibyo nubikora ingororano zawe nta zindi nuko Allah azakurinda  ibibi hano kuri iyi si no ku munsi w'imperuka, anagutabare ibikugoye aho uzaba uherereye hose.
 Kandi nushaka kugira icyo usaba ntuzagire undi ugisaba usibye Allah kubera ko ari we wenyine usubiza abamusabye.
 Nunashaka inkunga ntuzagire undi uyisaba usibye Allah.
 Kandi wizere udashidikanya  ko nta cyakugirira akamaro kabone n'iyo abatuye isi bose bakiteranya ngo bagire icyo bakumarira usibye ibyo Allah yakugeneye, nta n'ikibi cyakubaho kabone n'iyo isi yose yakiteranya ngo igire icyo igutwara usibye ibyo Allah yakugeneye ko bizakubaho.
 Kandi ko ibyo Allah Nyir'ubutagatifu yakugeneye bijyanye n'ubugenge bwe n'ubumenyi bwe, kandi nta wahindura ibyo Alllah yanditse.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Ni iby'agaciro kwigisha abana bato amasomo  y'idini mu myemerere n'imyifatire n'ibindi.
 Ineza yiturwa indi, kandi ibyo ukoreye abandi nawe urabikorerwa.
 Itegeko ryo kwishingikiriza Allah no kuba ari we wo kwiringira wenyine, kandi niwe mwiza wo kwiringira.
 Kwemera  igeno rya Allah no kunyurwa naryo, kandi ko Allah yagennye buri kintu.
 Uwirengagije amategeko ya Allah, Allah nawe aramwirengagiza ndetse akanamutererana.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4811</t>
   </si>
   <si>
-    <t>لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ</t>
+    <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
   </si>
   <si>
     <t>Ntumwice, kuko numwica araba agiye mu mwanya wawe mbere y'uko umwica, nawe ujye mu mwanya we mbere y'uko avuga ibyo yavuze</t>
   </si>
   <si>
     <t>عَنْ المِقْدَادِ بْنَ عَمْرٍو الكِنْدِيَّ رضي الله عنه: أَنَّهُ قَالَ لِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَرَأَيْتَ إِنْ لَقِيتُ رَجُلًا مِنَ الكُفَّارِ فَاقْتَتَلْنَا، فَضَرَبَ إِحْدَى يَدَيَّ بِالسَّيْفِ فَقَطَعَهَا، ثُمَّ لاَذَ مِنِّي بِشَجَرَةٍ، فَقَالَ: أَسْلَمْتُ لِلَّهِ، أَأَقْتُلُهُ يَا رَسُولَ اللَّهِ بَعْدَ أَنْ قَالَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ» فَقَالَ: يَا رَسُولَ اللَّهِ إِنَّهُ قَطَعَ إِحْدَى يَدَيَّ، ثُمَّ قَالَ ذَلِكَ بَعْدَ مَا قَطَعَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Al Miq'dad Ibun Amri Al Kindiy (Imana imwishimire) yavuze ko Yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: Urabibona ute ndamutse mpuye n'umugabo umwe w'umuhakanyi tugasakirana mu mirwano, akanca ukuboko kumwe n'inkota ye, hanyuma akanyihisha inyuma y'igiti akavuga ati: Mbaye umuyisilamu kubera Allah, ese namwica yewe Ntumwa y'Imana nyuma y'uko abivuze? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Ntuzamwice! Aravuga ati: Yewe Ntumwa y'Imana, none ko yaciye ukuboko kwanjye, biriya akaba yabivuze nyuma yo kuguca? Nuko Intumwa y'Imana (Imana iyihe amahoro n'amahoro n'imigisha) iravuga iti: Ntumwice, kuko numwica araba agiye mu mwanya wawe mbere y'uko umwica, nawe ujye mu mwanya we mbere y'uko avuga ibyo yavuze."</t>
   </si>
   <si>
     <t>سألَ المقدادُ بن الأسود رضي الله عنه النبيَّ صلى الله عليه وسلم إذا هو لَقِيَ رجلًا من الكفار في المعركة، فتبارزا بالسيوف، حتى أصاب الكافر إحدى يديه بالسيف فقطعها، ثم فَرَّ الكافر منه وتَحَصَّنَ بشجرة، فقال: لا إله إلا الله، أيحل لي قَتْلُه بعد أنْ قَطَعَ يدي؟ 
 فقال له النبي صلى الله عليه وسلم: لا تقتلْه. 
 فقال يا رسول الله، إنه قطع إحدى يديَّ، أَمَعَ هذا لا أقتله؟! 
 فقال صلى الله عليه وسلم: لا تقتلْه، فإنه أصبح حَرامُ الدَّم، فإنك إنْ قَتلتَه بعد إسلامه؛ فإنه بمنزلتِك مَعصومُ الدَّم بإسلامه، وإنك بمنزلته مُباح الدم بقتلك إياه قِصاصًا.</t>
   </si>
   <si>
     <t>Al Miqdad Ibun Al As'wad (Imana imwishimire) yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe yaba ahuriye ku rugamba n'umwe mu bahakanyi, bagasakirana n'inkota zabo, kugeza ubwo uwo muhakanyi amuciye ukuboko, hanyuma aguhungira inyuma y'igiti agahita avuga ko ahamya ko nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah, ese naba nziruriwe kumwica nyuma y'uko yanciye ukuboko?
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Ntuzamwice.
 Arongera aravuga ati: Yewe Ntumwa y'Imana, kandi yanciye ukuboko hanyuma mureke simwice?
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Ntuzamwice, kuko amaraso ye yahise aba ikizira kuri wowe, kandi uramutse umwishe nyuma yo kuba umuyisilamu, ubwo azaba ameze nkawe aziririjwe kwicwa kubera kuba umuyisilamu, nawe ube ugiye mu mwanya we ube wemerewe kwicwa byo guhora uzira ko wamwishe.</t>
   </si>
   <si>
     <t>مَن صَدَر منه ما يَدل على الدخول في الإسلام مِن قول أو فعل حَرُم قتلُه.
 إذا أسلم أحدٌ من الكفار أثناء المعركة، فقد عُصِم دمُه، ووجب الكفُّ عنه إلا أن يَتَبَيَّنَ منه خلاف ذلك.
 يجب على المسلم أن يكون هواه تبعًا للشرع وليس للعصبية والانتقام.
 قال ابن حجر: جواز السؤال عن النوازل قبل وقوعها بناءً على ترجيح أنَّ القصة لم تقع، وأما ما نُقِلَ عن بعض السلف من كراهة ذلك فهو محمول على ما يَنْدُرُ وقوعُه، وأما ما يمكن وقوعُه عادةً فيُشرَع السؤالُ عنه لِيُعْلَم.</t>
   </si>
   <si>
     <t>Umuntu ugaragaje ko abaye umuyisilamu mu mvugo n'ibikorwa biba bibaye ikizira kumwica.
 Iyo umwe mu bahakanyi abaye umuyisilamu ku rugamba, amaraso ye aba abaye ikizira, biba bibaye itegeko kureka kumwica cyeretse agaragaweho n'ikinyuranyo cyabyo.
 Ni itegeko ku muyisilamu ko amarangamutima ye agomba kujyana n'ibyo amategeko yagennye, bitari ukwihorera cyangwa se irondakoko.
 Umumenyi Ibun Hadjar yaravuze ati:  Biremewe ko umuntu yabaza ikibazo ku bimugwiririye mbere y'uko bibaho ashingiye kukuba icyo kibazo kitarabaho, naho ibivugwa ko byavuzwe na bamwe mu batubanjirije ko bitemewe, ibi byasobanurwa nk'ibidakunze kubaho kenshi, naho ibishoboka ko byabaho biremewe mu mategeko kubibaza kugira ngo bimenyekane.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4815</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Umugaragu wanjye aracumura akavuga ati: “Mana yanjye, mbabarira icyaha cyanjye!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu byo yahishuriwe akuye kwa Nyagasani we yavuze ati: “Umugaragu wanjye aracumura akavuga ati: “Mana yanjye, mbabarira icyaha cyanjye! Imana Nyagasani ikavuga iti: “Umugaragu wanjye yacumuye hanyuma amenya ko afite Nyagasani ubabarira ibyaha kandi akabimuhanira [aramutse aticujije]. Wa mugaragu akongera agacumura maze akavuga ati: “Nyagasani,  mbabarira icyaha cyanjye. Imana Nyirubutagatifu na yo ikavuga iti: “Umugaragu wanjye yacumuye amenya ko afite Nyagasani ubabarira ibyaha akabimuhanira [aramutse aticujije].  Wa mugaragu akongera agacumura maze akavuga ati: “Nyagasani,  mbabarira icyaha cyanjye. Imana Nyirubutagatifu na yo ikavuga iti: “Umugaragu wanjye yacumuye amenya ko afite Nyagasani ubabarira ibyaha kandi akabimuhanira [aramutse aticujije]. None mbabariye umugaragu wanjye, nakore icyo ashaka.”</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahishuriwe imvugo iyikuye kwa Nyagasani wayo yavuze ko umugaragu iyo akoze icyaha yarangiza akavuga ati: Mana mbabarira icyaha cyanjye, Allah aravuga ati:  Umugaragu wanjye yakoze icyaha amenya ko afite Nyagasani we ubabarira ibyaha, nuko akakimubabarira  cyangwa se akakimuhanira, namaze kumubabarira. Hanyuma iyo yongeye gukora icyaha akavuga ati: Mana Nyagasani mbabarira ibyaha byanjye, Allah aravuga ati: Umugaragu wanjye yakoze icyaha amenya ko afite Nyagasani ubabarira ibyaha! Nuko akabimubabarira cyangwa akabimubabarira, usibye ko mbabarira umugaragu wanjye. Hanyuma iyo yongeye gukora icyaha akavuga ati: Mana Nyagasani mbabarira ibyaha byanjye, Allah aravuga ati: Umugaragu wanjye yakoze icyaha amenya ko afite Nyagasani ubabarira ibyaha! Nuko akabimubabarira cyangwa akabimuhanira, usibye ko mbabarira umugaragu wanjye. Nakore icyo ashatse niba igihe cyose akoze icyaha yicuza, kandi akababazwa nacyo, ndetse agafata umugambi wo kutazasubira, ariko rimwe na rimwe umutima we ukamunesha akongera agakora icyaha; niba abigenza atyo akora icyaha yarangiza akicuza nanjye nzakomeza kumubabarira, kubera ko kwicuza bisiba ibyabibanjirije.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Impuhwe za Allah zagutse ku bagaragu be, kandi ko umuntu uko yakora icyaha kose, iyo agarukiye Allah akamwicuzaho aramubabarira.
 Umwemeramana yiringira imbabazi za Nyagasani we, agatinya ibihano bye, akihutira kwicuza ntatsimbarare ngo akomeze kuba mu byaha.
 Ibisabwa kugira ngo ukwicuza kwakirwe ni ibi bikurikira: Kureka icyaha, no kubabazwa nacyo no gufata umugambi wo kutazagisubira; ariko iyo ari icyaha cy'amahugu yakorewe abagaragu nk'ikijyanye n'imitungo yabo cyangwa se icyubahiro cyabo, cyangwa se n'ubuzima bwabo, hiyongeraho icya kane ari cyo cyo gusaba imbabazi uwo wagikoreye cyangwa se ukakimusubiza.
 Agaciro ko kumenya Allah bituma umugaragu amenya amategeko y'idini rye, bikanatuma yicuza buri uko akoze icyaha, bityo ntiyihebe cyangwa se ngo atsimbarare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4817</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ</t>
+    <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
     <t>Uzarya tungurusumu cyangwa se igitunguru, ajye atwitarura cyangwa se yaravuze ati: Ajye yitarura umusigiti wacu, ahame iwe mu rugo</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djabir Ibun Abdillah (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzarya tungurusumu cyangwa se igitunguru, ajye atwitarura cyangwa se yaravuze ati: Ajye yitarura umusigiti wacu, ahame iwe mu rugo." Yanavuze kandi ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bayizaniye isafuriya irimo imboga zitandukanye, yumva umwuka wazo maze irabaza bayibwira ubwoko bwazo, Djabir aravuga ati: Bazegereza bamwe mu basangirangendo bayo bari kumwe, ubwo yayibonaga nawe yanga kuzirya nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: "Rya kuko njye nganira n'abo utaganira nabo (Abamalayika)."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije  umuntu wariye tungurusumu cyangwa se ibitunguru kuza mu musigiti kugira ngo atabangamira bagenzi be bitabiriye iswalat y'imbaga, kubera impumuro ye, ikingambiriwe ni ukumubuza kuza ku musigiti igihe yabiriye, ntabwo ari ukumubuza kubirya, kuko biri mu byo kurya byemewe. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi bayizaniye isafuriya irimo imboga, yihumurije yumva impumuro yindi bayibwira ubwoko bwazo yanga kuzirya ahubwo izegereza abasangirangendo bayo ngo bazirye, Djabir yanga kuzirya mu rwego rwo kugera ikirenge mu cye, ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamubonaga yaramubwire iti: Rya, kuko njye nganira n'abamalayika mu butumwa bampishurira.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yanavuze ko abamalayika babangamirwa n'impumuro mbi nkuko ariko binagendekera abantu.</t>
   </si>
   <si>
     <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
 يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
 علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
 كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
 امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
 حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
 قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
 قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
   </si>
   <si>
     <t>Kubuza kuza mu misigiti ku muntu wariye tungurusu cyangwa se ibitunguru cyangwa se puwaro.
 Muri ibi haninjiramo ibindi bigira impumuro mbi bibangamira abasali nk'itabi n'ibindi nkaryo.
 Impamvu byabujijwe ni ukubera impumuro yabyo, ariko iyo itagihari kubera kubiteka kenshi cyangwa se ku yindi mpamvu, ntabwo biba bikibujijwe.
 Kubuza kurya biriya byavuzwe ni ku muntu ushaka kuza gukorera iswalat ku musigiti, kugira ngo iswalat itamunyuraho,atabiriye agamije kujijisha ngo ntajye ku musigiti, icyo gihe byaba ari ikizira.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yanze kurya tungurusumu n'ibindi nkabyo, atari uko ari ikizira ahubwo ari ukubera ko yavuganaga na malayika Djib'ril.
 Uburyo buboneye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigishagamo, aho yagaragazaga itegeko ry'ikintu runaka igakurikizahoo n'impamvu yabyo; kugira ngo ubwiwe yumve anyuzwe kubera kumva ubugenge buri muri iryo tegeko.
 Umumenyi Al Qadwi yaravuze ati: Abamenyi kandi bashingiye kuri ibi bavuze ko n'ahandi hantu abantu bahurira mu iswalat hatari mu musigiti nko mu mbuga zo gusaliraho irayidi, no gusalira abapfuye ndetse n'ahandi naho bibujijwe kuhajya wariye biriya  byavuzwe, ariko ntiharimo amasoko n'ahandi.
 Abamenyi baravuze bati: Muri iyi Hadith harimo gihamya ibuza umuntu wariye tungurusumu n'ibindi nkabyo kwinjira mu musigiti  -n'ubwo waba nta muntu urimo- kubera ko ari ahantu abamalayika bakunda kuba bari, no kuba Hadith zarabibujije mu buryo bwa rusange.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4850</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Abarangwa n'ubutabera bazaba bari kuri Min'bar z'urumuri, iburyo bwa Allah Nyir'impuhwe, n'ubwo amaboko ye yose ari indyo</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Am'ri (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Abarangwa n'ubutabera bazaba bari kuri Min'bar z'urumuri, iburyo bwa Allah Nyir'impuhwe, n'ubwo amaboko ye yose ari indyo; abo ni babandi batabogama mu guca imanza kwabo, no ku miryango yabo ndetse no mu bo bashinzwe kuyobora.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko abantu barangwa n'ukuri ndetse n'ubutabera hagati y'abantu bashinzwe kuyobora ndetse n'abantu bo mu miryango yabo, ku munsi w'imperuka ibyicaro byabo bizaba ahantu hirengeye hakoze mu rumuri mu rwego rwo kububahisha. Izo Min'bar ziherereye iburyo bwa Allah Nyir'impuhwe, kandi amaboko ye yombi ni iburyo!</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Agaciro ko kurangwa n'ubutabera ndetse no gushishikariza kurangwa nabwo.
 Ubutabera ni rusange bukusanyirije hamwe inshingano zitandukanye no gucira abantu imanza, kugeza no ku butabera hagati y'abagore b'umuntu ndetse n'abana n'ibindi.
 Kugaragaza agaciro k'abantu barangwa n'ubutabera ku munsi w'imperuka.
 Ku munsi w'imperuka abantu baranzwe n'ubutabera bazaba bari mu ngeri zitandukanye buri wese bijyanye n'ibikorwa bye.
 Uburyo bwo gushishikariza no gukundisha abantu ibyiza ni bumwe mu buryo bw'ivugabutumwa, bushishikariza urikorerwa kurushaho kumvira Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4935</t>
   </si>
   <si>
-    <t>مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ</t>
+    <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>Uzimwa koroha azaba yimwe ibyiza</t>
   </si>
   <si>
     <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djarir (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzimwa koroha azaba yimwe ibyiza."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko uzimwa koroha, ntashobozwe kurangwa nabyo muri gahunda ze zo mu idini no mu mibereho, no mu byo akora ku giti cye ndetse hamwe n'abandi, azaba yimwe ibyiza byinshi.</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>Agaciro ko kurangwa no koroha ndetse no koroherana, no kunenga kurangwa n'uburakare.
 Koroha bituma ibyiza byo mu isi no ku munsi w'imperuka bigerwaho kandi bikiyongera, mu gihe kurangwa n'uburakare ari ikinyuranyo cyabyo.
 Koroha ni umusaruro wo kurangwa n'imico myiza no kuba umunyamaharo, naho uburakari ni umusaruro w'urwango n'umutima mubi. Niyo mpamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashimagije kurangwa no koroha ku buryo bukomeye.
 Sufiyani A-Thawuriy (Allah amugirire impuhwe) yabwiye bagenzi be ati: Ese koroha mwaba muzi icyo ari cyo? Ni ugushyira ibintu mu mwanya wabyo, aho gukara ugakara naho koroha ukoroha, n'ahacyeneye intwaro mu gihe cyazo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4939</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Umuryango wanjye (umat) wose uzinjira mu ijuru, uretse utazabishaka</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umuryango wanjye (umat) wose uzinjira mu ijuru, uretse utazabishaka” Intumwa y'Imana barayibaza bati: Ni nde utazabishaka yewe ntumwa y’Imana? Intumwa y'Imana irasubiza iti: "Uzanyumvira azinjira mu ijuru, n’uzanyigomekaho (ntakurikize imigenzo yanjye) uwo azaba atabashika.”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko abayoboke bayo bose bazinjira mu ijuru cyeretse utazabishaka!
 Nuko abasangirangendo baramubaza bati: Ninde utazabishaka yewe Ntumwa y'Imana?!
 Irabasubiza iti: Wawundi uzaca bugufi akanyumvira ndetse akananyubaha azinjira mu ijuru, naho wa wundi uzanyigomekaho akanga kunyumvira azaba ari we wanze kujya mu ijuru kubera ibikorwa bye bibi.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Kumvira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) biri mu kumvira Allah, no kuyigomekaho biri mu kwigomeka kuri Allah.
 Kumvira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bizaba impamvu yo kwinjira mu ijuru, no kuyigomekaho bizaba impamvu yo kwinjira mu muriro.
 Inkuru nziza yahawe abarangwa no kumvira muri uyu muryango (Umat), kandi ko bose bazajya mu ijuru cyeretse wa wundi wigometse kuri Allah ndetse akanigomeka ku Ntumwa ye.
 Impuhwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagiriraga abayoboke bayo, n'uburyo yari ishishikajwe n'uko bayoboka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Ku munsi w'imperuka, umugaragu ntazatsimbura ibirenge bye atabanje kubazwa imyaka yabaye ku isi n'icyo yayimarishije, ubumenyi bwe n'icyo yabumarishije, inkomoko y'umutungo we n'ibyo yawukoresheje, ndetse n'imbaraga z'umubiri we n'ibyo yazikoresheje</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Bar'zata Al As'lamiyi (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ku munsi w'imperuka, umugaragu ntazatsimbura ibirenge bye atabanje kubazwa imyaka yabaye ku isi n'icyo yayimarishije, ubumenyi bwe n'icyo yabumarishije, inkomoko y'umutungo we n'ibyo yawukoresheje, ndetse n'imbaraga z'umubiri we n'ibyo yazikoresheje."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ku munsi w'imperuka, nta wuzatsimbura ibirenge bye ku rubuga rw'ibarura ngo ajye mu ijuru cyangwa se mu muriro cyeretse abanje kubazwa kuri ibi bikurikira:
 Icya mbere: Ubuzima bwe n'icyo yabukoresheje?
 Icya kabiri: Ubumenyi bwe ese yaba yabwize kubera Allah? Ese yaba yarabushyize mu ngiro?  Ese yaba yarabugejeje ku bandi?
 Icya gatatu: Umutungo we; inkomoko yawo niba ari mu nzira ziziruye cyangwa se ziziririjwe? N'inzira yawutanzemo niba ari izishimisha Allah cyangwa se izimurakaza?
 Icya kane: Imbaraga z'umubiri we, n'ubuzima bwe  buzira umuze. n'ubusore bwe icyo yabikoresheje?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Gushishikariza gufatirana igihe umuntu afite ubuzima, agakora ibishimisha Allah Nyir'ubutagatifu.
 Ingabire za Allah yahundagaje ku bagaragu be ni nyinshi, kandi umugaragu azabazwa buri ngabire yahawe n'icyo yazimarishije; niyo mpamvu akwiye gukoresha izo ngabire mu bishimisha Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4950</t>
   </si>
   <si>
-    <t>لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ</t>
+    <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
   </si>
   <si>
     <t>Ndaha ibendera umugabo ukunda Allah n'Intumwa ye, Allah azahesha intsinzi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku munsi w'urugamba rwabereye ahitwa Khaybar yavuze iti: "Ndaha ibendera umugabo ukunda Allah n'Intumwa ye, Allah azahesha intsinzi." Umar Ibun Al Khatwab aravuga ati: Sinigeze nkunda ubuyobozi na rimwe usibye kuri uwo munsi! Yaravuze ati: Nuko ndisumbukuruza nifuza ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ari njye yavuga, yaravuze ati: Nuko ihamagara Ally Ibun Abi Twalib irarimuha maze iravuga iti: Genda ariko ntuhindukire kugeza ubwo Allah ari bukunyuzeho intsinzi." Aravuga ati: Nuko Ally atera intambwe nke arahagarara ariko ntiyahindukira, maze avuga mu ijwi riranguriye ati: Yewe Ntumwa y'Imana! Ese ndarwanya abantu kubera iyihe mpamvu? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Ubarwanye kugeza bahamije ko nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah kandi ko Muhamadi ari Intumwa ya Allah; ibyo nibabikora amaraso yabo n'imitungo yabo bizaba bibaye ikizira kuri wowe cyeretse binyuze mu kuri, kandi ibarura ryabo ni kwa Allah."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم الصحابةَ بانتصار المسلمين مِن الغَد على يهود خيبر مَدينة قُرْبَ المدينة، وذلك على يَد رجل يعطيه الراية، وهو العَلَم الذي يَتخذه الجيش شعارًا له، وهذا الرجل مِن صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله.
 وقد ذَكَرَ عُمرُ بن الخطاب رضي الله عنه أنه ما أحبَّ الإمارةَ وأن يكون هو المقصود إلا يومئذ؛ رجاء أن يصيبه ما قاله النبي صلى الله عليه وسلم من حُبِّ الله ورسوله، ومدَّ عمر رضي الله عنه جسده ليراه النبي صلى الله عليه وسلم رجاء أن يُدْعَى لها، وحرصًا وطمعًا في أخذ تلك الراية.
 فدعا صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه فأعطاه الراية، وأمره النبي صلى الله عليه وسلم أن يَتحرَّك بالجيش، وألَّا ينصرف عن القتال بعد لقاء عدوه براحة أو توقف أو هدنة حتى يفتح الله عليه هذه الحصون بالنصر والغلبة. 
 فسار عليٌّ رضي الله عنه، ثم وَقَفَ إلا أنه لم يلتفت؛ لئلا يخالِف أمرَ النبيِّ صلى الله عليه وسلم، فرفع عليٌّ رضي الله عنه صوته: يا رسول الله، على ماذا أقاتل الناس؟ 
 فقال صلى الله عليه وسلم: قاتلهم حتى يشهدوا أن لا إله إلا الله وأن محمدًا رسول الله، فإذا استجابوا، ودخلوا في الإسلام؛ فقد منعوا منك دماءهم وأموالهم وحَرُمَت عليك، إلا بحقِّها يعني إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، وحسابهم على الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabwiye abasangirangendo bayo ko ejo bazatsinda abayahudi batuye ahitwa Khaybar i Madinat, binyuze ku mugabo umwe iri buhe ibendera, rikaba ryarifashishwaga n'ingabo zisakiranye ku rugamba ngo ribe ikimenyetso cyazo, uyu mugabo kandi mu bimuranga nuko akunda Allah n'Intumwa ye  nabo bakamukunda.
 Umar Ibun Al Khatwab (Imana imwishimire) yanavuze ko atigeze yifuza ubuyobozi nko kuri uwo munsi, yifuza ko ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze byo gukunda Allah n'Intumwa ye yaba ari we yari igamije, nuko Umar akomeza kwisumbukuruza kugira ngo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imurebe ari we ihamagara, no gushishikarira kuba ari we utwara ririya bendera.
 Nibwo Intumwa y'Imana  (Imana iyihe amahoro n'imigisha) yahamagaye Ally Ibun Abi Twalib (Imana imwishimire) imuha ibendera inamutegeka ko ayobora ingabo kandi ntave ku rugamba nyuma y'uko zisakiranye n'umwanzi ashaka kuruhuka cyangwa se asaba agahenge kugeza ubwo Allah ari buze kumuha intsinzi no guhashya abanzi.
 Nyuma Ally (Imana imwishimire) atera intambwe ageze imbere arahagarara ariko ntiyahindukira, kugira ngo atanyuranya n'itegeko ry'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), nuko Ally avuga mu ijwi riranguruye agira ati: Yewe Ntumwa y'imana! Ndwanye abantu ngamije iki?
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Ubarwanye kugeza ubwo bahamije ko nta yindi mana ikwiye gusengwa by'ukuri uretse Allah kandi ko na Muhamadi ari Intumwa ya Allah; ibyo nibabyemera bakaba abayisilamu, icyo gihe uzaba ubujijwe kumena amaraso yabo ndetse no gufatira imitungo yabo bizaba ari ikizira kuri wowe, cyeretse binyuze mu kuri nko kuba bakora ibyaha byatuma bicwa nk'uko amategeko y'ubuyisilamu abiteganya, ndetse n'ibarura ryabo rizaba ari kwa Allah.</t>
   </si>
   <si>
@@ -7110,209 +7478,209 @@
 توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
 التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
 مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
     <t>Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntibakundaga ubuyobozi kubera ko ari inshingano zihambaye.
 Biremewe gusobanuza no gushaka kumenya ikintu cyiza kizaba.
 Kuba umuyobozi yaha umuyobozi w'ingabo amabwiriza y'uburyo ari bwitware ku rugamba.
 Uburyo abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bitwararikaga ibyo babwiwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), n'uburyo bihutiraga kubishyira mu bikorwa.
 Umuntu udasobanukiwe icyo yasabwe gukora yemerewe kugisobanuza.
 Mu bimenyetso by'ubuhanuzi bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) n'amakuru yatanze y'intsinzi ku bayahudi, aho yavuze ibohorwa rya Khaybar, kandi bigenda nk'uko yabivuze.
 Gushishikariza kutazuyaza no kwihutira gukora ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse.
 Ntabwo byemewe kwica umuntu wavuze ubuhamya bubiri, cyeretse agaragaweho n'impamvu zituma yicwa.
 Amategeko y'ubuyisilamu ashingira ku bigaragara mu bantu, naho Allah akagenga ibitagaragara n'amaso bakora.
 Intego nyamukuru yo kurwana ku rugamba uharanira inzira ya Allah (djihadi) ni ukugira ngo abantu babe abayisilamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4958</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>“Jibril ntiyigeze ahwema kungira inama yo kubanira neza umuturanyi wanjye, kugeza ubwo nacyetse ko azamugira umwe mu bazanzungura.”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Umar (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Jibril ntiyigeze ahwema kungira inama yo kubanira neza umuturanyi wanjye, kugeza ubwo nacyetse ko azamugira umwe mu bazanzungura.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana  (Imana iyihe amahoro n'imigisha) yavuze ko Malayika Djibril yakomeje kujya ayibwira kwita ku muturanyi we wa bugufi, yaba umuyisilamu cyangwa se yaba umuhakanyi, imwitaho ndetse yirinda kumubangamira, imugirira neza kandi yihanganira ibyayibangamira bimuturutseho, kugeza ubwo kubera ibyo icyeka ko izahishurirwa ubutumwa bugira uwo muturanyi wayo umwe mu bayizungura nyuma y'urupfu rwayo.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Ubuhambare bw'uburenganzira bw'umuturanyi n'itegeko ryo kubwubahiriza.
 Gushimangira uburenganzira bw'umuturanyi bugaragaza ko ari ngombwa kumubanira neza, no kumugirira neza, no kumurinda ikibi cyose, no kumusura igihe yarwaye, no kumwifuriza ishya n'ihirwe mu byiza yagize, ndetse no kumufata mu mugongo mu byago yagize.
 Buri uko umuryango w'inzu y'umuturanyi uba bugufi niko n'uburenganzira bwe buba ari ngombwa kuri wowe.
 Ubutungane bw'amategeko y'ubuyisilamu, akubiyemo ibituma umuryango mugari utungana ukanabaho mu mahoro nko kugirira neza abaturanyi no kubarinda ikibi cyose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4965</t>
   </si>
   <si>
-    <t>أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟</t>
+    <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>Mubibona mute, umugezi utemba uramutse unyura imbere y'umuryango w'inzu y'umwe muri mwe, buri munsi akajya awogamo inshuro eshanu, ese hari umwanda wasigara ku mubiri we?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: "Mubibona mute, umugezi utemba uramutse unyura imbere y'umuryango w'inzu y'umwe muri mwe, buri munsi akajya awogamo inshuro eshanu, ese hari umwanda wasigara ku mubiri we? Baramusubiza bati: Nta mwanda wasigara ku mubiri we! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Ni nk'uko iswalat eshanu, ziba impamvu yuko Allah ababarira umuntu ibyaha."</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagereranyije iswalat eshanu za buri manywa na nijoro mu kubabarirwa ibyaha bito bito umuntu akora nk'umugenzi utemba imbere y'inzu y'umuntu akajya yogamo buri munsi iswalat eshanu, bituma nta mwanda usigara ku mubiri we.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Ibi byiza ni umwihariko mu kubabarirwa ibyaha bito, naho ibyaha bikuru byo bisaba ko umuntu yicuza bya nyabyo.
 Ibyiza byo gukora iswalat eshanu no kuzitwararika, zikorwa uko bikwiye, hubahirizwa inkingi, amabwiriza, ibyangombwa, n'ibikorwa by'imigereka muri zo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4968</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى</t>
+    <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>Urugero rw'abameramana mu gukundana kwabo, no kugirirana impuhwe hagati yabo no koroherana hagati yabo ni nk'urugero rw'umubiri umwe, iyo urugingo rumwe rugize icyo rutaka, byototera umubiri wose ukaremba ndetse ukagira n'umuriro</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa A-Nu'uman Ibun Bashir (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Urugero rw'abameramana mu gukundana kwabo, no kugirirana impuhwe hagati yabo no koroherana hagati yabo ni nk'urugero rw'umubiri umwe, iyo urugingo rumwe rugize icyo rutaka, byototera umubiri wose ukaremba ndetse ukagira n'umuriro."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko abayisilamu bakwiye kubanirana mu rukundo, kugirirana impuhwe, gufashanya ndetse no gutabarana, no kubangamirwa n'ibibi biba kuri bagenzi babo, bityo bakaba bameze nk'umubiri umwe iyo urugingo rumwe rurwaye, ingingo zose nazo zihita zifatwa n'ububabare ndetse n'umuriro.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Ni ngombwa guha agaciro uburenganzira bw'abayisilamu n'ibyo tubagomba, no gushishikariza kubafasha, no kurangwa n'ubworoherane hagati yabo.
 Hagati y'abameramana hakwiye kurangwa urukundo ndetse no gutabarana.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4969</t>
   </si>
   <si>
-    <t>اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ</t>
-[...2 lines deleted...]
-    <t>"Mujye mwumva munumvire, bazabazwa ibyo bategetswe, namwe mubazwe ibyo mwategetswe</t>
+    <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
+  </si>
+  <si>
+    <t>Mujye mwumva munumvire, bazabazwa ibyo bategetswe, namwe mubazwe ibyo mwategetswe</t>
   </si>
   <si>
     <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Wa-il Al Hadw'ramiy yaravuze ati: Salamat Ibun Yazid Al Dju'ufiyu (Imana imwishimire) yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: Yewe Ntumwa ya Allah, uravuga iki ku bayobozi badusaba uburenganzira bwabo, ariko bakatwima ubwacu? Uradutegeka iki? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramwirengagiza, arongera arabiyibaza iramwirengagiza, arongera arabiyibaza bwa kabiri cyangwa se bwa gatatu, nuko Al Ash'ath Ibun Qays aramukurura aramubwira ati:  "Mujye mwumva munumvire, bazabazwa ibyo bategetswe, namwe mubazwe ibyo mwategetswe."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
 فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
 فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe ku bayobozi basaba abantu ko uburenganzira bwabo bw'uko bagomba kubumva no kubumvira bwubahirizwa, nyamara bo uburenganzira babagomba ntibabwubahirize nko kurangwa n'ubutabera, kubaha ku minyago, kubuza akarengane  no kugabana mu buryo bungana, none uradutegeka iki twabakorera?
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramwirengagiza imeze nk'aho itakunze ibyo bibazo, ariko uwayibajije yarongeye abiyisubiriramo bwa kabiri n'ubwa gatatu, nuko Al Ash'ath Ibun Qays (Imana imwishimire) aramukurura kugira ngo amucecekeshe.
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Muzumve ibyo bababwira, munumvire ibyo babategetse; bazabazwa ibibareba byo kurangwa n'ubutabera no guha abayoborwa uburenganzira bwabo, ariko namwe muzabazwa ibibareba by'uko mugomba kubumvira, no kubaha uburenganzira bwabo, no kwihanganira ibyo bigeragezo.</t>
   </si>
   <si>
     <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
 تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
 الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
   </si>
   <si>
     <t>Itegeko ryo kumva no kumvira abayobozi mu bihe byose bakora ibyo Allah yishimira, kabone n'iyo baba hari uburenganzira bw'abayoborwa bahonyora.
 Kudohoka kw'abayobozi mu bibareba, ntibisobanuye ko abantu badohoka mu byo babagomba, kuko buri wese azabazwa ibye, kandi azoryozwa ukudohoka kwe.
 Idini ntiyubakiye kukwishyurana, ahubwo ni ku kwitwararika ibyo umuntu ategetswe, kabone n'iyo urundi ruhande rwadohoka mu birureba, nk'uko byavuzwe muri Hadith.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5037</t>
   </si>
   <si>
-    <t>مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ</t>
+    <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>'Mujye mutoza abana banyu iswalat kuva bafite imyaka irindwi, munabakubite igihe bayiretse bageze ku myaka icumi, kandi mujye mubatandukanya mu buryamo</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Amri Ibun Shuayib nawe ayikuye kuri se nawe ayikuye kuri sekuru yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: 'Mujye mutoza abana banyu iswalat kuva bafite imyaka irindwi, munabakubite igihe bayiretse bageze ku myaka icumi, kandi mujye mubatandukanya mu buryamo.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umubyeyi w'umugabo akwiye gutoza abana be baba abahungu cyangwa se abakobwa iswalat igihe bagejeje imyaka irindwi, ndetse akanabigisha ibyo bacyeneye kugira ngo bayikore nk'uko bikwiye. Hanyuma baba bagejeje imyaka icumi, akarushaho akabakubitira kudusali, kandi akanabatandukanya mu buryamo.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Kwigisha abana kuva bakiri bato amategeko y'idini, no mu y'ingenzi cyane  harimo iswalat.
 Kubakubita biba ari mu rwego rwo kubatoza no kubakebura, ntabwo ari mu rwego rwo kubahana; bityo no kubakubita bijyana n'uko bari.
 Uburyo amategeko yitaye ku kubungabunga icyubahiro cy'abantu n'uburyo yafunze inzira iyo ari yo yose ishobora kujyana abantu mu bwangizi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5272</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Mu by'ukuri imitongero, n'amahirizi n'inzaratsi ni ibangikanyamana</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdullah Ibun Masuud (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga ati: "Mu by'ukuri imitongero, n'amahirizi n'inzaratsi ni ibangikanyamana."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ibikorwa iyo ubikoze biba ari ibangikanyamana; muri byo:
 Icya mbere: Imitongero: Ni amagambo abantu b'injiji bakoresha bavuga ko bari kuvura abantu ariko akaba akubiyemo ibangikanyamana.
 Icya kabiri: Amahirizi n'ibindi nkabyo, bambika abana n'amatungo n'ibindi bemera ko bibarinda ikibi ndetse n'ishyari.
 Icya gatatu: Inzaratsi: Ni ibikorwa umwe mu bashakanye akora agamije kwikundisha kuri mugenzi we.
 Ibi bintu bitatu bibarwa mu ibangikanyamana, kubera ko ari ukugira ikintu ko ari yo mpamvu, kandi atari yo mpamvu yemewe n'amategeko ifite gihamya, nta n'ubwo ari impamvu ifatika yumvikana ifite gihamya mu bintu bibaho mu buzima cyangwa se byabayeho. Naho impamvu zemewe n'amategeko ni nko gusoma Qur'an, naho izifatika ni nko kunywa imiti nabwo byizewe ko ivura, ibi byombi biremewe ariko ukemera ko byo ari impamvu, naho kugirirwa umumaro cyangwa ingaruka n'ubwo buvuzi bigengwa na Allah.</t>
   </si>
@@ -7325,1488 +7693,1491 @@
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Kubungabunga imyemerere n'ukwemera no kuyirinda ibyayihungabanya.
 Kuziririza gukoresha imitongero irimo ibangikanyamana, n'amahirizi ndetse n'inzaratsi.
 Umuntu wizeye ibi bintu bitatu ko byo ari impamvu aba akoze ibangikanyamana rito, kubera ko yafashe ikitari impamvu akakigira impamvu, ariko iyo yizeye ko byo ubwabyo hari  icyo byamara cyangwa se byamutwara icyo gihe aba akoze ibangikanyamana rikuru.
 Kwihanangiriza gukora impamvu zijyana umuntu mu ibangikanyamana n'izindi ziziririjwe.
 Kuziririza imitongero ndetse ko iri mu ibangikanyamana, cyeretse iyemewe muri yo.
 Ni ngombwa umutima w'umuntu kurangamira Allah wenyine, kuko niwe wenyine wagira icyo agutwara cyangwa se akagira icyo akumarira, bityo nta wuzana ibyiza usibye Allah, nta n'ukurinda ikibi usibye Allah.
 Imitongero yemewe ni iyubahirije aya mabwiriza atatu akurikira:
 1-Kwemera ko yo ari impamvu ariko yo ubwayo ntacyo yakumarira cyeretse Allah abishatse.
 2- Kuba ikozwe hifashishijwe Qur'an n'amazina ya Allah meza kandi matagatifu ndetse n'ubusabe dukomora ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) n'ubundi busabe bwemewe.
 3- Kuba iri mu rurimi rusobanutse, kandi ikaba idakubiyemo uburozi n'indi mitongero itemewe.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawud na Ibun Madjah ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>“Ese muzi gusebanya icyo ari cyo? Baravuga bati: Imana n’Intumwa yayo ni bo babizi. Iravuga iti: Ni ukuvuga umuvandimwe wawe ibyo atishimira</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: “Ese muzi gusebanya icyo ari cyo? Baravuga bati: Imana n’Intumwa yayo ni bo babizi. Iravuga iti: Ni ukuvuga umuvandimwe wawe ibyo atishimira. Baravuga bati: Ese n’iyo naba muvuga ibimuriho? Iravuga iti: Iyo ibyo uvuga bimuriho uba umusebeje, naho iyo ibyo umuvuga bitamuriho uba umuharabitse.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza gusebanya kuziririjwe icyo ari cyo, ari byo bisobanuye kuvuga ku muyisilamu ibyo atishimiye byaba mu miterere ye ndetse n'imico ye nko kuvuga ko arebesha ijisho rimwe, ari umubeshyi n'ibindi mu bidashimishije, kabone n'iyo yaba ari uko ameze.
 Ariko iyo umuvuzeho ibyo adafite ibyo biba birenze  kumusebya , ndetse ni n'ikinyoma no kumuhimbira.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Uburyo bwiza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigishagamo, aho yigishaga mu buryo bwo kubaza.
 Imico myiza yarangaga abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  ubwo babaga bari kumwe n'Intumwa y'Imana aho bayisubije ubwo yari ibabajije bati: Allah n'Intumwa ye nibo babizi.
 Ubajijwe ibyo atazi aba akwiye kuvuga ati: Allah niwe Mumenyi uhebuje.
 Uburyo amategeko yabungabunze umuryango mugari binyuze mu kurinda uburenganzira bw'abawugize ndetse n'ubuvandimwe hagati yabo.
 Gusebanya ni ikizira usibye mu bihe bimwe na bimwe nabwo bitewe n'inyungu runaka; nko gukumira amahugu, icyo gihe uwahugujwe akavuga uwamuhuguje amubwira ushobora kumurenganura, akaba yavuga ati: Nahugujwe na kanaka, cyangwa se yankoreye ibi n'ibi; harimo n'aho umuntu yasebya mugenzi we nk'igihe agishijwe inama ku muntu runaka igihe cyo kurongora, cyangwa se ubufatanye mu bucuruzi, cyangwa se guturana nawe n'ibindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Mana Nyagasani uzahabwa inshingano z'ubuyobozi mu bayoboke banjye akabagora nawe uzamuteze ingorane, n'uzazihabwa akaboroherera nawe uzamworohere</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivugira muri iyi nzu yanjye igira iti: "Mana Nyagasani uzahabwa inshingano z'ubuyobozi mu bayoboke banjye akabagora nawe uzamuteze ingorane, n'uzazihabwa akaboroherera nawe uzamworohere."</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irasabira buri wese uzahabwa inshingano z'ubuyobozi mu bayisilamu yaba mukuru cyangwa se muto, n'izo nshingano zaba iz'ubuyobozi rusange cyangwa se ubwihariye, akagora abo ayoboye ntaborohere ko Allah yazabahemba ibijyanye n'ibyo nabo bakoze nawe ntaborohere;
 Kandi ko uzorohera abo ashinzwe kuyobora ko nawe Allah yazamworohera ndetse akamworohereza muri gahunda ze zose.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Ni itegeko ko uzaba afite inshingano zo kuyobora abayisilamu agomba kuborohera uko abishoboye.
 Ineza yiturwa indi, kandi ibyo ukoreye abandi nawe urabikorerwa.
 Igipimo cyo gupimiraho korohera abantu no kutaborohera ni igihe cyose bitanyuranye na Qur'an ndetse n'imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Abantu bakoresha umutungo wa Allah uko bishakiye bitari mu kuri, ku munsi w'imperuka icyicaro cyabo ni mu muriro</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Khawlat Al Answariyat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Abantu bakoresha umutungo wa Allah uko bishakiye bitari mu kuri, ku munsi w'imperuka icyicaro cyabo ni mu muriro."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira abantu bakoresha imitungo y'abayisilamu mu buryo butari bwo, bakayifata batayemerewe. Iki kikaba ari cyo gisobanuro rusange cy'umutungo ku bijyanye no kuwukusanyiriza no kuwugeraho mu buryo butemewe, ndetse no kuwutanga aho bitemewe kuwutanga. Aha hinjiramo no kurya imitungo y'imfubyi, cyangwa se imitungo ya Waqf, no kwirengagiza indagizo, no gufata imitungo rusange ku batayikwiye.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ivuga ko ku munsi w'imperuka ibihembo byabo ari umuriro.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Imitungo abantu bafite ni iya Allah yabaragije kugira ngo bayikoreshe mu nzira zemewe n'amategeko, ndetse bareke kuyitwaramo mu buryo butemewe; ibi bikaba ari rusange ku bayobozi n'abandi batari bo.
 Amategeko y'idini yashyize umukazo ku mutungo rusange, ndetse anavuga ko uzawuragizwa azawubazwa ku munsi w'imperuka uburyo yawusarujemo n'ibyo yawutanzemo.
 Ibi bihano bireba n'undi wawukoresheje mu nzira zitemewe n'amategeko, waba ari umutungo we cyangwa se utari uwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>Mujye mwirinda gucyeka; kubera ko gucyeka  ari ikinyoma kiruta ibindi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mujye mwirinda gucyeka; kubera ko gucyeka  ari ikinyoma kiruta ibindi, ntimugashakishe inenge za bagenzi banyu, ntimukanekane, ntimukagirirane amashyari, ntimukagambanirane, ntimukagirane inzangano, kandi mujye muba abagaragu ba Allah b'abavandimwe."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irihanangiriza abantu inababuza kurangwa na bimwe mu byateza umwiryane n'urwango hagati y'abayisilamu. Bimwe muri byo ni ibi bikurikira:
 Gucyeka, ari byo gutecyerereza mugenzi wawe ibyo udafitiye gihamya, ndetse Intumwa yanagaragaje ko ibyo ari ikinyoma kigaragara.
 Gushakisha inenge z'abandi, ucukumbura inenge zabo waba ukoresheje ijisho (kureba) cyangwa se ugutwi (Kumviriza).
 Kuneka, ari byo bisobanuye gushakisha ibitagaragarira amaso, akenshi bikorwa hagamijwe ikibi.
 Ishyari ari byo kubabazwa n'ibyiza n'ingabire zageze ku bandi.
 Kugambanirana, ari byo kuba buri wese yaba nyamwigendaho ntasuhuze mugenzi we w'umuyisilamu cyangwa se ngo amusure.
 Kugirirana urwango ari byo kwanga no kwitarura  abandi no kubabangamira, no kubazingira umunya, no kubuka inabi.
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ivuga ijambo rikomeye rihuriza hamwe abasilamu ndetse rigatuma nta n'ikibazo bagirana hagati yabo iravuga iti: (Kandi mujye muba abagaragu ba Allah b'abavandimwe). Bityo ubuvandimwe ni ryo pfundo ribungabunga imibanire hagati y'abantu, rikongera urukundo n'ubumwe hagati yabo.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Gucyecyera umuntu nabi, igihe yagaragaweho n'ibimenyetso ntacyo bitwara, ariko umwemeramana aba akwiye kuba umunyabwenge ndetse akagira n'ubushishozi, ntashukwe n'abagizi ba nabi n'abangizi.
 Ikigamijwe mu kwihanangiriza abantu ni ugushinjanya umuntu yishyiramo, ndetse ugasanga anabikomeyeho. Naho ibyo umuntu yatekereza kuri mugenzi we ariko ntabitindeho , ntibimutindemo byo ntacyo bitwaye.
 Ni ikizira impamvu zose zatera amacakubiri n'inzangano hagati y'abagize umuryango mugari wa Kisilamu, nko kunekana, no kugirirana amashyari n'ibindi nkabyo.
 Inama yo kubanira neza umuyisilamu mugenzi wawe no kumufata nk'umuvandimwe umugira inama ndetse unamukunda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5332</t>
   </si>
   <si>
-    <t>سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ</t>
+    <t>سباب المسلم فسوق، وقتاله كفر</t>
   </si>
   <si>
     <t>Gutuka umuyisilamu ni ubugizi bwa nabi, no kumurwanya ni ubuhakanyi</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Mas'ud (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Gutuka umuyisilamu ni ubugizi bwa nabi, no kumurwanya ni ubuhakanyi."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم المُسلمَ أنْ يَشْتُمَ ويَسُبَّ أخاه المسلمَ، وأنَّ ذلك من الفسوق وهو الخروج عن طاعة الله ورسوله صلى الله عليه وسلم، وأنَّ مُقاتَلَةَ المسلمِ أخاه المسلمَ من الأعمال الكُفْرِيّة، لكنه كُفْرٌ أصغر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije umuyisilamu gutuka mugenzi we, ndetse inavuga ko ari kimwe mu bukozi bw'ibibi, no kwigomeka wanga kumvira Allah n'Intumwa ye (Imana iyihe amahoro n'imigisha), ndetse ko kuba umuyisilamu yarwanya mugenzi we ari kimwe mu bikorwa by'ubuhakanyi, ariko ubuhakanyi buto.</t>
   </si>
   <si>
     <t>وجوب احترام عِرْضِ المسلم ودمِهِ.
 عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
 سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
 بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
 المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
   </si>
   <si>
     <t>Ni itegeko kubaha icyubahiro cy'umuyisilamu ndetse n'amaraso ye.
 Iherezo ribi ry'umuntu utuka umuyisilamu bitari mu kuri, kubera ko umutuka bitari mu kuri aba ari inkozi y'ibibi.
 Gutuka umuyisilamu no kumurwanya bigabanya ukwemera.
 Bimwe mu bikorwa byitwa ubuhakanyi, n'ubwo bitagera ku rwego rw'ubuhakanyi bukuru, bukura nyirabwo mu buyisilamu.
 Ubuhakanyi buri kuvugwa hano ni ubuhakanyi buto budakura nyirabwo mu buyisilamu nk'uko abagendera ku migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) [Ah'lu Sunat Wal Djamaat] babyemeranyijweho, kubera ko Allah Nyir'ubutagatifu yashimangiye ubuvandimwe bw'ukwemera ku bemeramana n'igihe baba bari mu mirwano n'amakimbirane, aho yavuze ati: "Kandi amatsinda abiri y’abemeramana naramuka arwanye, mujye muyunga..." kugeza ku mvugo ya Allah igira  iti: "Mu by'ukuri abameramana ni abavandimwe" Surat Al Hudjurat: 9-10.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5333</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Nta muntu n’umwe Allah azashinga kuyobora abantu hanyuma umunsi azapfiraho agapfa yarabibye, usibye ko Allah azamuziririza kuzinjira mu Ijuru.”</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ma'aqil Ibun Yasar Al Muzaniyu (Imana imwishimire) yaravuze ati: Njye numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: " Nta muntu n’umwe Allah azashinga kuyobora abantu hanyuma umunsi azapfiraho agapfa yarabibye, usibye ko Allah azamuziririza kuzinjira mu Ijuru.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko uwo ari we wese Allah yahaye inshingano zo kuyobora abantu no kubahagararira, bwaba ari ubuyobozi bwa rusange, bwaba ari n'ubuyobozi bwihariye nk'umugabo ku bantu bo mu rugo rwe n'umugore mu rugo rwe, hanyuma ntiyubahirize izo nshingano, akabiba, nta nabagire inama, uburenganzira bwabo abagomba bwaba ubw'idini cyangwa se ubw'imibereho, usibye ko ku munsi w'imperuka azaba akwiye ibihano bihambaye.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Ibi bihano ntabwo biteganyirijwe umuyobozi mukuru wenyine cyangwa se abamwungirije, ahubwo ni rusange ku wo ari we wese Allah yashinze kuyobora abantu.
 Itegeko ku wo ari we wese wagize icyo ashingwa mu by'abayisilamu ni ukubagira inama, ndetse agakora ibishoboka byose arinda iyo ndagizo kandi akirinda ubuhemu.
 Ubuhambare bw'inshingano zo kuyobora abantu zaba inshingano rusange cyangwa se zihariye, zaba nto cyangwa se nini!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>“Buri gikorwa  cyose cyiza ni ituro”</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djabir Ibun Abdillah (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: “Buri gikorwa  cyose cyiza ni ituro”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko buri cyiza icyo ari cyo cyose, n'ikigirira abandi umumaro cyaba mu mvugo n'ibikorwa kiba ari ituro, kandi gifite ibihembo n'ingororano.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Mu by'ukuri ituro ntirigarukira mu byo umuntu atanga mu mutungo we, ahubwo rigera no kuri buri gikorwa cyose cyiza umuntu akoze cyangwa se avuze kiri bugere ku bandi.
 Muri iyi Hadithi harimo gushishikariza gukora ibyiza no gukora buri icyo ari cyo cyose gifitiye abandi umumaro .
 Kudasuzugura icyiza icyo ari cyo cyose kabone n'iyo cyaba ari gito.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[Yakiriwe na Bukhariy muri Hadithi yaturutse kwa Djabir, na Muslim yayakiriye muri Hadithi iturutse kwa Hudhayfat]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ</t>
+    <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
   </si>
   <si>
     <t>Ntimukabanze abayahudi n'abanaswara indamutso y'amahoro, ahubwo nimujya muhura n'umwe muri bo mu nzira mujye mumutera kubabererekera</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ntimukabanze abayahudi n'abanaswara indamutso y'amahoro, ahubwo nimujya muhura n'umwe muri bo mu nzira mujye mumutera kubabererekera."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kubanza abayahudi n'abanaswara indamutso y'amahoro kabone n'iyo baba munsi y'ubuyobozi bw'abayisilamu ku bw'amasezerano, ndetse n'abandi batari bo b'abahakanyi. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yanasobanuye ko iyo duhuye n'umwe muri bo mu nzira tuba dukwiye gutuma atubererekera; bityo umwemera niwe ugendera mu nzira hagati, umuhakanyi akaba ari we umubererekera, kandi umuyisilamu ntasuzugurika ibihe byose.</t>
   </si>
   <si>
     <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
 يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
 لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
 إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
 التضييق على الكفار بسبب ما هم عليه من كفر بالله تعالى، قد يكون ذلك سببًا في إسلامهم؛ فينجوا من النار، إذا حملهم ذلك على معرفة السبب.
 لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
 قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
   </si>
   <si>
     <t>Ntibyemewe ko umuyisilamu abanza umwe mu bayahudi n'abanaswara indamutso y'amahoro.
 Biremewe kwikiriza indamutso yabo iyo ari bo babanje ukavuga uti: Namwe.
 Ntibyemewe ko umuyisilamu agambirira kubangamira umuhakanyi nta mpamvu ibimuteye, kugira ngo umuhakanyi amubererekere, ariko iyo inzira ari nto cyangwa se irimo umubyigano w'abantu, umuyisilamu niwe uba akwiye kuyigendamo, umuhakanyi akamubisa.
 Kugaragaza icyubahiro cy'umuyisilamu no gusuzugurika kw'abatari we, hatabayemo guhohotera cyangwa se gukoresha imvugo mbi.
 Gutuma abahakanyi baberereka ni ukubera ubuhakanyi bwabo, kuko hari ubwo byaba impamvu yo kuba abayisilamu bakarokoka umuriro, iyo bitumye basobanukirwa impamvu yabyo.
 Ntacyo bitwaye umuyisilamu kubanza umuhakanyi akamubaza ati: Amakuru yawe? Waramutse ute? Wiriwe ute? N'andi magambo nk'ayo igihe biri ngombwa, kubera ko ikibujijwe ari indamutso y'amahoro (A-SALAAM).
 Umumenyi A-Twibiy yaravuze ati: Icyo umuntu yahitamo nuko n'umunyabihimbano umwemeramana uri ku migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigishasha) atamubanza indamutso y'amahoro, kabone n'iyo yaba asuhuje uwo atazi nyuma akagaragara ko ari utari umuyisilamu uri mu gihugu cy'abayisilamu ku bw'amasezerano yagiranye n'ubuyobozi bw'abayisilamu (Dhimiyu) cyangwa se umunyabihimbano aravuga ati: Nsubiranye indamutso yanjye y'amahoro (A-Salam) agamije kumusuzugura.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5347</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Ntuzagire igikorwa cyiza usuzugura kabone n'iyo cyaba ari uguhura n'umuvandimwe wawe umumwenyuriye</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Dhariy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarambwiye iti: "Ntuzagire igikorwa cyiza usuzugura kabone n'iyo cyaba ari uguhura n'umuvandimwe wawe umumwenyuriye."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iradushishikariza gukora ibikorwa byiza, no kutabisuzugura kabone n'iyo byaba bito; no muri ibyo harimo kumwenyurira umuntu no kumwereka uburanga bucyeye igihe muhuye; ni nabyo umuyisilamu akwiye gushishikarira, kubera ko bituma umuvandimwe w'umuyisilamu akwisangaho ndetse no kumutera ibyishimo.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Ibyiza byo gukundana hagati y'abameramana, no kwimwenyura no gukwiza akanyamuneza igihe hari uwo uhuye nawe mu bemeramana.
 Uburyo amategeko y'idini atunganye kandi ari rusange, ndetse ko yaje azanye icyo ari cyo cyose gifitiye akamaro abayisilamu ndetse no kubahuriza hamwe.
 Gushishikariza gukora ibikorwa byiza kabone n'iyo byaba bicye.
 Gukundisha gutera ibyishimo abayisilamu; kubera ko bigira uruhare mu gukwiza urukundo hagati yabo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Umunyembaraga si wawundi wihutira kurwana n’abantu, ahubwo umunyembaraga nyakuri ni wawundi ubasha kwifata (agatsinda uburakari)  igihe arakaye.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umunyembaraga si wawundi wihutira kurwana n’abantu, ahubwo umunyembaraga nyakuri ni wawundi ubasha kwifata (agatsinda uburakari)  igihe arakaye.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko umunyembaraga nyakuri atari uw'umubiri, cyangwa se gusagarira abandi banyembaraga, ahubwo umunyembaraga nyakuri ni urwanya umutima we akawunesha igihe arakaye, kubera ko ibi bigaragaza imbaraga afite muri we no kunesha kwe Shitani.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Ibyiza byo kudahubuka no kwihangana mu gihe cy'uburakari, kandi ko ari bimwe mu bikorwa byiza Isilamu yashishikarije.
 Kurwanya umutima mu gihe cy'uburakari nibyo bikomeye kuruta kurwanya umwanzi.
 Isilamu yahinduye igisobanuro cy'imbaraga mu gihe cy'ubujiji ahubwo ihamagarira kurangwa n'imigirire myiza, bityo umunyembaraga kuruta abandi ni wa wundi ubasha kwifata no kwirinda.
 Kwirinda kugira uburakari kubera ingaruka bugira ku bantu ku giti cyabo ndetse n'umuryango mugari.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Uzisanisha n’itsinda cyangwa se abantu runaka azabarirwa muri bo</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Umar (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzisanisha n’itsinda cyangwa se abantu runaka azabarirwa muri bo."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko umuntu wisanishije n'abantu b'abahakanyi cyangwa se inkozi z'ibibi cyangwa se abantu bakora ibikorwa byiza, nko kuba yakora bimwe mu bikorwa bibaranga by'imyemerere cyangwa se amasengesho cyangwa se n'ibindi bikorwa bisanzwe bazwiho, azaba abaye umwe muri bo; kubera ko kwisanisha nabo mu buryo bugaragara bituma umuntu yisanisha nabo mu buryo butagaragara. Nta no gushidikanya ko kwisanisha n'abantu runaka  biterwa no kubatangarira, bishobora no kugeza umuntu ku kubakunda no kububaha no kubiringira. Ibi kandi bishobora no gutuma umuntu yisanisha nabo mu bitagaragara ndetse no mu bikorwa byo kugandukira Allah, Allah abiturinde.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Kwihanangiriza abantu kwisanisha n'abahakanyi ndetse n'inkozi z'ibibi.
 Gushishikariza abantu kwisanisha n'abakora ibikorwa byiza ndetse no kugera ikirenge mu cyabo.
 Kwisanisha n'abantu mu buryo bugaragara bituma umuntu abakunda mu buryo butagaragara.
 Umuntu azabona ibihano n'ingaruka mbi kubera uburyo n'ikigero yisanishijeho n'abahakanyi.
 Kubuza kwisanisha n'abahakanyi mu myemerere yabo, no mu migirire yabo bihariye, ariko ibitari ibyo nko kubigaho ubumenyi bw'ibijyanye n'inganda n'ibindi ntabwo bibarwa muri ibi bibujijwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Uzarangira undi icyiza, azabona ibihembo nk'iby'uwagikoze</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abu Masuud Al Answariy (Imana imwishimire) yaravuze ati: Umugabo umwe yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) arayibwira ati: Ikigenderwaho cyanjye cyarapfuye, none mpa ikigenderwaho najya ngenderaho; Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Ntacyo mfite! Undi mugabo wari uri aho arayibwira ati: Yewe Ntumwa y'Imana! Mwereke undi wakimuha? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: "Uzarangira undi icyiza, azabona ibihembo nk'iby'uwagikoze"</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Umugabo umwe yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) aravuga ati: Icyo nagenderagaho cyapfuye, none mpa icyo nazajya ngenderaho, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imwiseguraho ko ntacyo ifite, undi mugabo wari hafi aho aravuga ati: Yewe Ntumwa y'Imana! Njye ndamwereka uwakimuha, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira ko nawe ari bubone ibihembo nk'ibyo uri bwitange akakimuha kubera ko yamurangiye umukemurira ikibazo.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Gushishikariza kwereka abantu ibyiza.
 Gushishikariza gukora ibikorwa byiza ni zimwe mu mpamvu z'ubumwe n'ubwuzuzanye bw'umuryango mugari wa Kisilamu.
 Ingabire za Allah Nyir'ubutagatifu ziragutse.
 Iyi Hadithi ni itegeko rusange ryinjiramo ibikorwa byose kandi byiza.
 Iyo umuntu atashoboye gucyemura ikibazo cy'umusabye, amurangira undi wamufasha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Ni ikihe cyaha gihambaye kuruta ibindi? iransubiza ati: Ni ukuba washyiriraho Allah undi bareshya kandi ari we wakuremye</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Masud (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Ni ikihe cyaha gihambaye kuruta ibindi? iransubiza ati: Ni ukuba washyiriraho Allah undi bareshya kandi ari we wakuremye" Ndayibwira nti: Icyo cyo kirahambaye, ariko se ikindi ni ikihe? Iransubiza iti: "Ni ukuba wakica umwana wawe utinya gusangira nawe amafunguro." Ndayibwira nti: Hanyuma ikindi ni ikihe? Iransubiza iti: Ni ugusambanya umugore w'umuturanyi wawe."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe icyaha gihambaye kuruta ibindi, irasubiza iti: Ikibiruta ni ibangikanyamana rikuru ari ryo risobanuye gushyiriraho Allah undi bareshya cyangwa se bahwanye mu kugaragirwa cyangwa se mu kuba ari we Mana cyangwa se mu mazina ye n'ibisingizo bye; iki kikaba ari icyaha Allah atajya ababarira cyereka uwagikoze yicujije bya nyabyo, naho ubundi iyo apfuye akigikora, azaba mu muriro ubuziraherezo. Hanyuma gikurikirwa no kuba umuntu yakica umwana we atinya gusangira nawe, kandi kwica roho ni ikizira, ariko kirushaho gukomera iyo uwishwe ari umunyamuryango w'uwishe, nanone kikarushaho gukomera  iyo igihe uwishe yatinyaga ko uwo yishe yasangira nawe mu mafuguro Allah yamuhaye. Hanyuma kigakurikirwa no kuba umugabo yasambanya umugore w'umuturanyi we akoresheje kumushuka ngo amusambanye. N'ubusambanyi ni ikizira ariko icyo cyaha kirushaho gukomera iyo uwasambanyijwe ari umugore w'umuturanyi amategeko y'idini yadutegetse kugirira neza no kumubanira neza.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Ibyaha birarutanwa mu gukomera no mu buhambare bwabyo, nk'uko ibikorwa byiza nabyo birutanwa mu byiza n'ibihembo byabyo.
 Icyaha gikomeye kuruta ibindi ni ukubangikanya Allah Nyir'ubutagatifu, hagakurikiraho kwica umwana utinya gusangira nawe amafunguro, hagarukiraho gusambanya umugore w'umuturanyi wawe.
 Amafunguro atangwa na Allah kandi ni we wenyine wishingiye gutunga ibiremwa bye.
 Ubuhambare bw'uburenganzira bw'umuturanyi, kandi ko kumubangamira ari icyaha gihambaye kuruta kubangamira undi.
 Umuremyi Allah niwe wenyine ukwiye kugaragirwa atabangikanyijwe n'ikindi icyo ari cyo cyose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>“Ntimugatuke abapfuye kuko bo bamaze kubona  ingororano cyangwa ibihano  by'ibyo bakoze.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Ntimugatuke abapfuye kuko bo bamaze kubona  ingororano cyangwa ibihano  by'ibyo bakoze.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ari ikizira gutuka abapfuye, no kubahuka ibyubahiro byabo, kandi ko ari imwe mu mico mibi, kubera ko  bamaze kubona ingororano z'ibikorwa byiza bakoze cyangwa se ibihano by'ibikorwa bibi bakoze, kandi nk'uko kubatuka bitabageraho ahubwo bibangamira abazima.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Iyi Hadithi iragaragaza ko ari ikizira gutuka abapfuye.
 Kureka gutuka abapfuye harimo kurengera inyungu z'abazima, no kubungabunga umutekano w'abantu muri rusange kugira ngo hataba ubushyamirane n'umwiryane.
 Ubugenge buri mu kubuza kubatuka ni ukubera ko bamaze kugera mu byo bakoze, kubatuka rero ntacyo byaba bimaze, kandi harimo no kubangamira abanyamuryango babo basigaye.
 Ntibikwiye ko umuntu avuga ibitarimo inyungu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>“Ntibyemewe ku muyislamu kwangana n’umuvandimwe we w’umuyislamu igihe kirenze amajoro atatu, bahura buri wese akirengagiza undi. Umwiza muri bombi ni ubanza gusuhuza undi</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abu Ayub Al Answariy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: “Ntibyemewe ku muyislamu kwangana n’umuvandimwe we w’umuyislamu igihe kirenze amajoro atatu, bahura buri wese akirengagiza undi. Umwiza muri bombi ni ubanza gusuhuza undi."</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabuza umuyisilamu kwanga mugenzi we no wanga kuvugana igihe kirenze amajoro atatu, buri wese ahura na mugenzi we ntamusuhuze cyangwa se ngo amuvugishe.
 Kandi umwiza muri aba bagiranye ubushyamirane ni uharanira kubuhosha, akabanza gusuhuza mugenzi we. Kwangana kugamijwe hano ni ukwangana kuyobowe n'amarangamutima, naho kwangana gukozwe mu kuri kubera Allah nko kwanga inkozi z'ibibi n'abanyabihimbano n'izindi nshuti mbi, uku kwanga ntikugenerwa igihe, ahubwo gushingira ku nyungu ziri mu kwanga abantu nk'abo, kandi uko kubanga kurekera aho igihe nabo babiretse.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Biremewe kwanga umuntu mu gihe kitarenze iminsi itatu, kubera kamere ya kimuntu, yemerewe iyo minsi kugira ngo iyo kamere irangire.
 Ibyiza by'indamutso y'amahoro, ndetse ko ikuraho ibiri mu mitima y'abantu ndetse ikaba ari n'ikimenyetso cy'urukundo.
 Isilamu yashishikaje kwita ku buvandimwe, n'ubumwe hagati y'abayoboke babwo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>“Uwaciye amasano n’ubuvandimwe ntazinjira mu ijuru”</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djubayr Ibun Mutw'im (Imana imwishimire) yavuze ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: “Uwaciye amasano n’ubuvandimwe ntazinjira mu ijuru”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko uciye isano n'abanyamuryango be abima ibyo abagomba, cyangwa se akababuza amahoro, uwo akwiye kutazinjira mu ijuru.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Guca amasano n'ubuvandimwe ni kimwe mu byaha bikuru.
 Kunga amasano n'ubuvandimwe bikorwa mu buryo busanzwe buzwi, niyo mpamvu butandukana bitewe n'ahantu n'ibihe ndetse n'abantu.
 Kunga isano n'ubuvandimwe bikorwa umuntu abasura, abaha amaturo, abagirira neza, asura abarwayi muri bo, ababwiriza gukora ibyiza, anababuza gukora ibibi, n'ibindi nk'ibyo.
 Buri uko uciye isano n'uwa bugufi niko icyaha kirushaho gukomera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Umuntu ubunza amagambo ntazinjira ijuru</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Hudhayfat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Umuntu ubunza amagambo ntazinjira ijuru."</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko ubunza amagambo hagati y'abantu agamije kubateranya no gukwiza inzangano hagati yabo akwiye ibihano by'uko atazajya mu ijuru.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Kubunza amagambo ni kimwe mu byaha bikuru.
 Kubuza kubunza amagambo kubera ko harimo kubiba inzangano n'umwiryane hagati y'abantu ku giti cyabo ndetse n'abantu muri rusange.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ</t>
+    <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Ku munsi w'imperuka nta kintu kizaremereza umunzani w'ibikorwa by'umwemeramana nko kugira imico myiza, kandi Allah yanga umuntu urangwa n'imico mibi n'amagambo mabi</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Dar'da-i (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ku munsi w'imperuka nta kintu kizaremereza umunzani w'ibikorwa by'umwemeramana nko kugira imico myiza, kandi Allah yanga umuntu urangwa n'imico mibi n'amagambo mabi."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ikintu kizaremereza iminzani y'ibikorwa by'umwemeramana ku munsi w'imperuka, mu bikorwa cyangwa se imvugo ari ukurangwa n'imico myiza, urangwa n'uburanga bucyeye, no kwirinda kubangamira abandi ndetse no gukora ibikorwa byiza. Ikindi kandi nuko Allah yanga ibikorwa n'imvugo bibi, ndetse n'amagambo mabi umuntu ashobora kuvuga n'ururimi rwe.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Agaciro n'ibyiza byo kurangwa n'imico myiza; kuko ituma urangwa nayo akundwa na Allah, ndetse n'abagaragu ba Allah bakamukunda, kandi ni cyo gikorwa kizaremera ku munzani ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawud na Tirmidhiy]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5371</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Ushaka ko Allah amwagurira amafunguro ye, cyangwa se akazabaho igihe kirekire, ajye yunga ubuvandimwe n’abo  bafitanye isano mu muryango we</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ushaka ko Allah amwagurira amafunguro ye, cyangwa se akazabaho igihe kirekire, ajye yunga ubuvandimwe n’abo  bafitanye isano mu muryango we."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iradushishikariza kunga amasano n'abacu ba bugufi tubasura tunabagirira neza mu mitungo no ku mibiri ndetse n'ibindi, kuko biri mu byongera amafunguro y'umuntu kandi akabaho igihe kirekire.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Abanyamuryango umuntu yunga amasano nabo ni abo mu ruhande rwa se n'urwa nyina, na buri uko baba aba bugufi niko kunga nabo isano biba ari ngombwa kuruta abandi.
 Ineza yiturwa indi, uwunze isano n'umuryango we abagirira neza, Allah nawe yongera igihe cye cyo kubaho ndetse n'amafunguro ye.
 Kunga isano ry'imiryango ni imwe mu mpamvu zo kwagurirwa amafunguro no kwiyongera, ni n'imwe mu mpamvu zo kwongererwa igihe cyo kubaho. Nubwo bwose igihe cyo kubaho n'amafunguro byagenwe, ariko Allah abishyiramo imigisha; ukaba wakora mu gihe ukiriho ibirenze kandi bifite umumaro kuruta ibyo undi yakora. Binavugwa ko kongererwa amafunguro n'igihe cyo kubaho ari ibya nyabyo, ariko Allah niwe Mumenyi uhebuje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Uzabangamira mugenzi we, Allah nawe azatuma abangamirwa, n'uzamubuza amahoro Allah nawe azayamubuza</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Swir'mat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzabangamira mugenzi we, Allah nawe azatuma abangamirwa, n'uzamubuza amahoro Allah nawe azayamubuza."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yihanangirije kubangamira umuyisilamu no kumubuza amahoro ku cyo ari cyo cyose, cyaba kuri we ubwe, cyangwa se mu mutungo we, cyangwa se mu bantu be, kandi ko uzabikora Allah azamuhemba nkabyo kubera ko icyo ukoze nawe uragikorerwa.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Ni icyizira kubangamira umuyisilamu, no kumubuza amahoro.
 Allah ahorera abagaragu be.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5375</t>
   </si>
   <si>
-    <t>إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟</t>
+    <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaje idusanga maze turayibwira duti: Yewe Ntumwa y'Imana! Twamaze kumenya uko tuzajya tugusuhuza, none ni gute tuzajya tugusabira imigisha</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdu Rahman Ibun Abi Layla yaravuze ati: Ka'ab Ibun Udj'rat twarahuye arambaza ati: Ese nguhe impano? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaje idusanga maze turayibwira duti: Yewe Ntumwa y'Imana! Twamaze kumenya uko tuzajya tugusuhuza, none ni gute tuzajya tugusabira imigisha? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Mujye muvuga muti: ALLAHUMA SWALI ALA MUHAMADI WA ALA ALI MUHAMADI, KAMA SWALAYTA ALA ALI IBRAHIM, INAKA HAMIDUN MADJID. ALLAHUMA BARIK ALA MUHAMADIN WA ALA ALI MUHAMADIN KAMA BARAKTA ALA ALI IBRAHIM, INAKA HAMIDUN MADJID: Nyagasani Mana ha amahoro Muhamadi n'umuryango we nkuko wayahaye Ibrahim n'umuryango we, mu by'ukuri ni wowe Nyir'ugusingizwa Nyir'icyubahiro. Nyagasani Mana ha imigisha Muhamadi n'umuryango we nkuko wabigenje kuri Ibrahim no ku muryango we, mu by'ukuri ni wowe Nyir'ugusingizwa Nyir'icyubahiro."</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
     <t>Abasangirangendo babajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku bijyanye n'uburyo bazajya bamusabira amahoro n'imigisha? Nyuma y'uko bari bamaze kumenya uburyo bazajya bamusuhuza indamutso igira iti: "A-SALAM ALAYKA AYUHA A-NABIYU WA RAHMATULLAH WA BARAKATUH: Amahoro n'imigisha bikubeho yewe Ntumwa ndetse n'impuhwe za Allah n'imigisha ye." Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibigisha uko bazajya bayisabira, bisobanuye ngo: "ALLAHUMA SWALI ALA MUHAMADIN, WALA ALI MUHAMADIN: Mana Nyagasani vuga ibigwi Muhamadi, n'umuryango wa Muhamadi." Bisobanuye ngo muvuge byiza unamuvuge ibigwi mu mbaga y'abamalayika mu ijuru, n'abamukurikiye mu kwemera, ndetse n'abamwemeye mu bo mu muryango we. "KAMA SWALAYTA ALA ALI IBRAHIM: Nk'uko wabigenje ku bantu bo mu muryango wa Ibrahim" Nk'uko wahundagaje ibyiza byawe ku bantu ba Ibrahim (Allah amuhe amahoro), aribo Ibrahim, Ismail, Is'haq n'urubyaro rwabo, n'abayoboke babo b'abemerana, bityo n'Intumwa yawe Muhamadi (Imana imuhe amahoro n'imigisha) muhundagazeho ibyiza. "INAKA HAMIDUN MADJID: Mu by'ukuri ni wowe Nyir'ikuzo Nyir'ibisingizo." Bisobanuye ngo ni wowe wo gusingizwa byaba wowe ubwawe, ibisingizo byawe, ndetse n'ibikorwa byawe, ni nawe wagutse mu buhambare bwawe, n'ubutware bwawe, ndetse no mu kugaba kwawe. "ALLAHUMA BARIK ALA MUHAMADIN WA ALA ALI MUHAMADIN KAMA BARAK'TA ALA ALI IBRAHIM: Mana Nyagasani ha imigisha yawe Muhamadi n'umuryango we nk'uko wayihundagaje kuri Ibrahim n'umuryango we." Bisobanuye ngo muhe ibyiza n'icyubahiro byiza kurusha, kandi unabyongere ndetse ubihozeho.</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Abatubanjirije mu kwemera no gukora ibikorwa byiza, bajyaga bahana impano z'ibibazo by'ubumenyi.
 Ni itegeko gusabira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu buhamya bwa nyuma bwo mu iswalat.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigishije abasangirangendo bayo uburyo bazajya bayisabira amahoro n'imigisha.
 Ubu buryo bwo gusabira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nibwo buryo bwuzuye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5377</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ</t>
+    <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>Nta swalat y'umuntu utasomye Suratul Fatihat ibanziriza izindi surat muri Qur'an</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ubadat Ibun A-Swamit (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nta swalat y'umuntu utasomye Suratul Fatihat ibanziriza izindi surat muri Qur'an."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko iswalat itakemerwa cyeretse isomewemo Suratul Fatihat, kubera ko ari imwe mu nkingi z'iswalat kuri buri raka.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Ntibyemewe gusoma indi sura itari Suratul Fatihat kandi umuntu ashoboye kuyisoma.
 Raka idasomewemo Suratul Fatihat, umuntu abikoze ku bushake, cyangwa se atabizi, cyangwa se yibagiwe, iyo rakat iba imfabusa, kubera ko ari imwe mu nkingi  z'iswalat zigomba kubahirizwa.
 Suratul Fatihat ntiba ikiri ngombwa ku muntu uyobowe mu iswalat, igihe asanze Imam yunamye (ari kuri ruku)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5378</t>
   </si>
   <si>
-    <t>لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ</t>
+    <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
   </si>
   <si>
     <t>Ntabwo ari muri twe wa wundi wikubita ku matama, akiciraho imyambaro, agahamagarira ibya kijiji</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ntabwo ari muri twe wa wundi wikubita ku matama, akiciraho imyambaro, agahamagarira ibya kijiji."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
 الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
 والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
 والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije inihanangiriza bimwe mu bikorwa bya kijiji aho yavuze iti: Ntabwo ari umwe muri twe:
 Uwa mbere: Uwikubita ku matama, hano amatama yavuzwe ku buryo bw'umwihariko kuko niyo akoreshwa kenshi, naho ubundi gukubita ibindi bice by'uburanga nabyo byinjiramo.
 Icya kabiri: Guca imyambaro ayitatamura kubera agahinda.
 Icya gatatu: Guhamagarira ibya kijiji nko kwisabira imivumo no kuboroga n'ibindi.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أنَّ هذه الأعمال من كبائر الذنوب.
 وجوب الصبر على المصيبة، وتحريم التَّسَخُّط مِن أقدار الله المؤلمة، وإظهار ذلك: بالنياحة أو النَّدْب أو الحَلْق أو الشَّقّ أو غير ذلك.
 تحريم تَقلِيْد الجاهلية بأمورهم التي لم يُقِرّهم الشارع عليها.
 لا بأس من الحُزْن والبكاء، فهو لا ينافي الصبر على قضاء الله تعالى، وإنما هو رحمة جعلها الله في قلوب الأقارب والأحباب.
 على المسلم الرضا بقضاء الله، فإنْ لم يَرْضَ فالصبر واجب عليه.</t>
   </si>
   <si>
     <t>Ibi bihano bivugwa muri Hadith biragaragaza ko ibi bikorwa biri mu byaha bikuru.
 Ni itegeko kwihanganira ibigeragezo, ni n'ikizira kutakira igeno rya Allah ry'ibibabaje, ukabigaragaza: Urira uboroga cyangwa umaraho umusatsi cyangwa uca imyambaro n'ibindi.
 Ni ikizira kwigana abakora ibikorwa bya kijiji amategeko atigeze atangira uburenganzira.
 Nta kibazo kugira agahinda no kurira, kandi ntibikuraho kwihanganira igeno rya Allah, ahubwo ni ikimenyetso cy'impuhwe Allah yashyize mu mitima y'abantu ba bugufi y'uwapfuye n'abakunzi be.
 Umuyisilamu agomba kwishimira geno rya Allah, ariko bibaye bimunaniye kuryishimira, kwihangana byo ni itegeko kuri we.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5380</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Ahantu umugaragu aba ari bugufi ya Nyagasani we ni igihe aba yubamye, bityo mujye mwongera ubusabe</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ahantu umugaragu aba ari bugufi ya Nyagasani we ni igihe aba yubamye, bityo mujye mwongera ubusabe."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ahantu umugaragu aba ari bugufi ya Nyagasani we ari igihe aba yubamye, kubera ko umuntu uri gusali ashyira urugingo rwubahitse ku mubiri we kuruta izindi ku butaka kubera kwiyoroshya no kwicisha bugufi imbere ya Allah akubama.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yategetse abantu kongera ubusabe igihe bubamye, hakaba ari ho hahurira kwicisha bugufi mu mvugo no mu ngiro.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Kumvira Allah byongerera umugaragu kwiyegereza Allah Nyir'ubutagatifu.
 Ni byiza kongera ubusabe igihe wubamye kuko hari mu hantu Allah asubiza umusabye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً</t>
+    <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>Uziyuhagira ku munsi wa gatanu (wa Idjuma) nkuko yiyuhagira ijanaba, yarangiza akajya ku musigiti, azaba ameze nk'utanze igitambo cy'ingamiya</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uziyuhagira ku munsi wa gatanu (wa Idjuma) nkuko yiyuhagira ijanaba, yarangiza akajya ku musigiti, azaba ameze nk'utanze igitambo cy'ingamiya; n'uzajyayo ku isaha ya kabiri azaba ameze nk'utanze igitambo cy'inka, n'uzajyayo ku isaha ya gatatu azaba ameze nk'utanze igitambo cy'intama y'isekurume ifite amahembe, n'uzajyayo ku isaha ya kane azaba ameze nk'utanze igitambo cy'inkoko, n'uzajyayo ku isaha ya gatanu azaba ameze nk'utanze igitambo cy'igi; iyo Imam yuriye Min'bari, abamalayika bahita baza bagakurikirana urwibutso."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
 ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
 الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
 الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
 الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
 الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
 الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
 فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratwigisha ku gaciro ko kuzinduka ujya ku musigiti ku munsi wa gatanu (Idjuma). Kuzinduka bitangirana n'igihe izuba rirashe kugeza ubwo Imam yinjiye; bikaba ari ibihe bitanu, bikaba bigabanywamo ibihe bitanu bitewe n'igihe kiri hagati yo kurasa kw'izuba kugeza ubwo Imam ahagaze agiye Min'bari:
 Igihe cya mbere: Uziyuhagira mu buryo bwuzuye nk'uko yiyuhagira ijanaba, yarangiza akajya ku musigiti mu gihe cya mbere, azabarwa nk'utanze ituro ry'ingamiya.
 Igihe cya kabiri: Ni uzagenda ku isaha ya kabiri azabarwa nk'utanze ituro ry'inka.
 Igihe cya gatatu: Uzajyayo ku isaha ya gatatu azabarwa nk'utanze ituro ry'isekurume ry'intama, rifite amahembe.
 Igihe cya kane: Uzajyayo ku isaha ya kane azabarwa nk'utanze ituro ry'inkoko.
 Igihe cya gatanu: Uzajyayo ku isaha ya gatanu azabarwa nk'utanze ituro ry'igi.
 Iyo Imam aje gutanga inyigisho z'uwa gatanu; icyo gihe abamalayika barekera aho kwandika abinjira mu musigiti uko bakurikirana, bakicara bagakurikira urwibutso n'inyigisho.</t>
   </si>
   <si>
     <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
 فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
 الحث على المبادرة إلى الأعمال الصالحة.
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>Gushishikariza kwiyuhagira ku munsi wa gatanu wa Idjuma, bigakorwa mbere yo kujya gusali.
 Ibyiza byo kuzinduka ujya gusali iswalat yo kuwa gatanu (Idjuma) uzindutse ku isaha ya mbere y'amanywa.
 Gushishikariza kwihutira gukora ibikorwa byiza.
 Kuba abamalayika bitabira iswalat y'idjuma, ndetse bagakurikira inyigisho.
 Abamalayika baba bari ku miryango y'imisigiti bandika abayinjiramo uko bakurikirana baje gusali idjuma.
 Ibun Radjabu yaravuze ati: Imvugo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: "Uziyuhagira ku munsi wa gatanu yarangiza akerecyeza ku musigiti, bigaragaza ko kwiyuhagira ari kimwe mu bikorwa dushishikarizwa gukora ku munsi wa gatanu, ari uguhera igihe umuseke utambikiye kugeza igihe cy'iswala ya Idjuma kigeze.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5393</t>
   </si>
   <si>
-    <t>‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ</t>
+    <t>من جاء منكم الجمعة فليغتسل</t>
   </si>
   <si>
     <t>Umuntu uzaba ashaka kujya mu iswalat y'imbaga y'umunsi wa gatanu (Idjuma) ajye yiyuhagira</t>
   </si>
   <si>
     <t>عن عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Umar (Imana imwishimire we na se) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Umuntu uzaba ashaka kujya mu iswalat y'imbaga y'umunsi wa gatanu (Idjuma) ajye yiyuhagira."</t>
   </si>
   <si>
     <t>يُؤَكِّدُ النبيُّ صلى الله عليه وسلم على مَن أراد أنْ يأتي لصلاة الجمعة فإنه يستحب له أن يغتسل، مثل غُسلِه للجنابة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irashimangira ko umuntu uzajya ashaka kujya gusali iswalat y'idjuma ari byiza kuri we kwiyuhagira nk'uko yiyuhagira ari koga idjanaba.</t>
   </si>
   <si>
     <t>تأكيد غُسْل الجمعة، وأنه سنة للمؤمن يوم الجمعة وأنْ يكون عند الذهاب للصلاة أفضل.
 الحرص على النظافة وطيب الرائحة من أخلاق المسلم وآدابه، ويتأكد الأمر عند مُلاقاة الناس ومجالستهم، لا سيما في الجمع والجماعات.
 الخطاب في الحديث لِمَن تَجب عليه الجمعة؛ لأنه هو الذي يأتيها.
 يستحب لمن يأتي الجمعة أن يكون نظيفًا، فيغتسل حتى تزول الروائح من جسده ويتطيب، وإن توضأ فقط أجزأه ذلك.</t>
   </si>
   <si>
     <t>Gushimangira itegeko ryo kwiyuhagira ku munsi wa gatanu, kandi ko ari mu migenzo myiza umwemeramana akora, kandi akabikora igihe agiye gusali ni byo byiza.
 Gushishikariza kugira isuku, n'impumuro nziza ni imwe mu mico n'imyifatire myiza ikwiye kuranga umuyisilamu, by'umwihariko igihe ahuye n'abantu cyangwa se ari mu cyicaro kimwe nabo, by'umwihariko mu iswalat za Idjuma n'izo mu mbaga.
 Iyi mvugo muri Hadith irabwira umuntu utegetswe gusali idjuma, kuko niwe uyigana.
 Ni byiza ku muntu ugiye mu idjuma kuba afite isuku, akiyuhagira kugira ngo impumuro mbi imuve ku mubiri ndetse akanisiga ibihumura, ariko n'iyo yatawaza arabyemerewe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5394</t>
   </si>
   <si>
-    <t>الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ</t>
+    <t>البخيل من ذكرت عنده فلم يصل علي</t>
   </si>
   <si>
     <t>Umunyabugugu ni wa wundi izina ryanjye rivugwa ahari ntansabire amahoro n'imigisha</t>
   </si>
   <si>
     <t>عَنِ الحُسَينِ بنِ عَلِيٍّ بنِ أَبِي طَالِبٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Al Hussein Ibun Ally Ibun Abi Twalibi (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umunyabugugu ni wa wundi izina ryanjye rivugwa ahari ntansabire amahoro n'imigisha."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْك الصلاة عليه حال سَمَاع اسمه أو كُنْيَتِه أو وصفه، وقال: البَخيل كامل البُخْل مَن ذُكرتُ عنده فلم يُصلِّ عليّ؛ وذلك لأمور: 
 الأول: أنه بُخْلٌ بشيءٍ لا يَخْسَر بسببه قليلًا ولا كثيرًا، ولا يَبذُل مالًا، ولا يَبذُل جُهْدًا. 
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yihanangirije ko umuntu uretse kuyisabira igihe yumvise izina ryayo rivuzwe, cyangwa se kimwe mu byayiranze ivuga ko ari umunyabugugu mu buryo bwuzuye, kubera impamvu zikurikira:
 Icya mbere: Kubera ko ari ukugirira ubugugu ikintu adafite icyo ahomba na gito aramutse agikoze, nta n'umutungo bimusaba, nta n'imbaraga bimusaba.
 Icya kabiri: Aba yigiriye ubugugu ndetse yiyimye ibihembo byo kuyisabira, kuko iyo yanze kuyisabira aba abaye umunyabugugu akibuza gukora inshingano ze yubahiriza itegeko.
 Icya gatatu: Ni uko kuyisabira harimo kubahiriza bumwe mu burenganzira agomba Intumwa y'Imana (Imana iyihe amahoro n'imigisha), kubera ko ariyo yatwigishije, ninayo yatuyoboye, ndetse ni nayo yaduhamagariye kwemera Allah Nyir'ubutagatifu, ituzanira n'ubu butumwa ndetse n'aya mategeko. Bityo niyo yabaye impamvu yo kuyoboka kwacu nyuma yo kubishobozwa na Allah. Kandi n'utayisabiye aba abaye umunyabugugu ku giti cye, no ku Ntumwa ye (Imana iyihe amahoro n'imigisha) ku kintu gito yakabaye ayikorera.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Kureka gusabira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni ikimenyetso cy'ubugugu.
 Gusabira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni kimwe mu bikorwa byiza byo kumvira Allah no kumwiyegereza mu bihe byose, by'umwihariko mu gihe ivuzwe.
 Umumenyi A-Nawawiy yaravuze ati: Usabira Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  ayisabira amahoro n'imigisha byombi ntayisabire kimwe gusa, avuga ati: (Allah ayihe imigisha) gusa, cyangwa se akaba yavuga ati: (Allah ayihe amahoro) gusa.
 Umumenyi Abul Aliyat mu mvugo ye yaravuze ati: Mu by'ukuri Allah aha imigisha Intumwa ye, n'abamalayika bakayimusabira; yaravuze ati: Allah guha imigisha Intumwa ye: Bisobanuye ko ayivuga ibigwi, n'abayisabira ni abamalayika, n'abantu nabo bakayisabira.
 Umumenyi Al Halimiy yaravuze ati: Mana Nyagasani ha imigisha Muhamad: Bivuze ngo Mana Nyagasani mwubahishe hano mu isi imuhe kuvugwa ibigwi, no kugaragaza idini ryawe, ndetse n'amategeko yazanye azahoreho. Naho ku munsi w'imperuka uzamuhe kuvuganira abayoboke be, umuhe n'ingororano ze, unagaragaze ibyiza mu babayeho mbere ye na nyuma ye amushyire ahantu yishimiwe, ndetse uzanamubanze ku bahamya bari bugufi yawe bose.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5403</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Uzarya ibyo kurya maze akavuga ati: AL HAMDULILLAHI LADHI ATW'AMANII HADHA WA RAZAQANIHI MIN GHAYRI HAWLIN MINII WA LA QUWATIN: Ikuzo n'ishimwe ni ibya Allah wampaye aya mafunguro, akayamfungurira nta bubasha cyangwa se imbaraga nabigizemo, azababarirwa ibyaha bye byabanje</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Sah'l Ibun Muadh Ibun Anas nawe ayikuye kuri se yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzarya ibyo kurya maze akavuga ati: AL HAMDULILLAHI LADHI ATW'AMANII HADHA WA RAZAQANIHI MIN GHAYRI HAWLIN MINII WA LA QUWATIN: Ikuzo n'ishimwe ni ibya Allah wampaye aya mafunguro, akayamfungurira nta bubasha cyangwa se imbaraga nabigizemo, azababarirwa ibyaha bye byabanje."</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irashishikariza ko umuntu uriye ibyo kurya agomba gushimira Allah, kubera ko nta bubasha mfite bwo kwigaburira, ndetse no kubirya, usibye ko mbishobozwa na Allah n'inkunga ye. Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije itanga inkuru nziza y'uko umuntu uzavuga ariya magambo, akwiye imbabazi za Allah z'ibyaha bito yakoze.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
   <si>
     <t>Gushishikariza gushimira Allah Nyir'ubutagatifu igihe umaze kurya.
 Kugaragaza ineza ya Allah ku bagaragu be, aho yabahaye amafunguro n'ibiborohereza kugera ku mpamvu z'amafunguro, ndetse akaba yaranabigize impamvu yo kubabarirwa ibyaha.
 Gahunda z'ibiremwa zose zituruka kwa Allah Nyir'ubutagatifu, ntabwo ari ku bubasha bwabo n'imbaraga zabo; n'umugaragu  ategetswe gukora impamvu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5431</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ</t>
+    <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
   </si>
   <si>
     <t>Uzisukura neza (Udhu) ye yarangiza akajya mu iswalat ya Idjuma, agatega amatwi akumviriza, azababarirwa ibyaha bye yakoze hagati y'iyo djuma n'iyayibanjirije ndetse no kongeraho iminsi itatu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ، وَمَنْ مَسَّ الْحَصَى فَقَدْ لَغَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzisukura neza (Udhu) ye yarangiza akajya mu iswalat ya Idjuma, agatega amatwi akumviriza, azababarirwa ibyaha bye yakoze hagati y'iyo djuma n'iyayibanjirije ndetse no kongeraho iminsi itatu, n'uzatoragura ibuye azaba akinnye (mu idjuma)."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
 ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratugaragariza ko umuntu uzisukura neza (Udhu) yubahiriza amategeko yabyo n'inkingi zabyo, n'ibitari itegeko muri byo, yarangiza akajya gusali Idjuma, agatega amatwi agaceceka akumviriza inyigisho, akirinda amagambo ayo ari yo yose, Allah azamubabarira ibyaha bito iminsi icumi, hagati y'idjuma n'indi ndetse hiyongereyeho n'indi minsi itatu, kubera ko icyiza gihemberwa ibindi nkabyo icumi. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije yihanangiriza umuntu umutima we warangara ntiwite ku nyigisho ziri gutangwa, cyangwa se ingingo ze zikaba zahugira mu bindi nko gukina n'utubuye n'ibindi, ko uzakora ibyo azaba akinnye, kandi ukinnye nta mugabane abona mu bihembo byo gusali idjuma.</t>
   </si>
   <si>
     <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
 فضل صلاة الجمعة.
 وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
 من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
   </si>
   <si>
     <t>Gushishikariza kwisukura neza kandi mu buryo bwuzuye, no kwitwararika gusali iswalat y'idjuma.
 Agaciro n'ibyiza by'Iswalat yo ku wa gatanu.
 Ni itegeko guceceka no gutega amatwi inyigisho za Idjuma, no kutarangarira ibindi nk'ibiganiro bindi n'ibindi.
 Ukinnye mu gihe cy'inyigisho zo kuwa gatanu (mu Idjuma), icyo gihe ibihembo byo gusali iyo swalat ntibiba byuzuye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5433</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Uzasali iswalat yo mu rucyerera (A-Swub'hi) azaba ari mu burinzi bwa Allah</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djun'dubi Ibun Abdillah Al Qas'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzasali iswalat yo mu rucyerera (A-Swub'hi) azaba ari mu burinzi bwa Allah Bityo Allah ibigendanye n'ubwo bwishingizi bwe, kuko uwo azabiryoza akabimubaza azabimuhanira, narangiza amurundumurire mu muriro wa Jahanamu.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu ukoze iswalat yo mu rukerera aba ari mu burinzi bwa Allah no mu bwishingizi bwe, aramutabara akanamurengera.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije yihanangiriza abica iryo sezerano ntibarikore, nko kuba batasali Al Fadj'ri, cyangwa se bakaba bagirira nabi usari Al Fadj'ri ko bakwiye ibihano bikomeye by'uko Allah azabaryoza impamvu batabikoze, kandi uwo Allah azabibaza azahura n'ibihano bye, hanyuma ajugunywe mu muriro wa Djahanamu.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Kugaragaza agaciro k'iswalat yo mu rucyerera n'ibyiza byayo.
 Kwihanangiriza mu buryo bukomeye kugirira nabi umuntu witwararika gusali iyi swalat yo mu rucyerera.
 Allah Nyir'ubutagatifu ahorera abagaragu be bakora ibikorwa byiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ</t>
+    <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
   </si>
   <si>
     <t>Umuntu uzazindukira ku musigiti cyangwa se bugorobye, Allah yamuteguriye amazimano mu ijuru, buri uko aje azindutse mu rukerera cyangwa se aje bugorobye</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire), nawe abikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umuntu uzazindukira ku musigiti cyangwa se bugorobye, Allah yamuteguriye amazimano mu ijuru, buri uko aje azindutse mu rukerera cyangwa se aje bugorobye."</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن أتى المَسجدَ للعبادة أو العلم أو لغير ذلك مِن مقاصد الخير في أيِّ وقت؛ أولَ النهار أو آخرَه بأنَّ الله قد هَيَّأَ له مَكانًا وضِيافة في الجنة، كلّما جاء المسجد في ليل أو نهار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahaye inkuru nziza umuntu uje ku musigiti mu masengesho cyangwa se kubera gushaka ubumenyi cyangwa se azanywe n'ikindi mu  ntego nziza, igihe cyose yahazira byaba mu rukerera cyangwa se bugorobye ko Allah yamuteguriye ahantu n'amazimano mu ijuru, buri uko aje ku musigiti byaba mu ijoro cyangwa se ku manywa.</t>
   </si>
   <si>
     <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
 إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
 الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
   </si>
   <si>
     <t>Agaciro ko kujya ku musigiti, no gushishikariza guhozaho iswalat yo mu mbaga, ni bingahe mu bihembo n'ibyiza n'amazimano Allah yateguriye aberekera ku ngoro ye, ariko wawundi udakorera Iswalat ye ku musigiti akabihomba?
 Niba abantu bazimanira umuntu uje abagana, bakamutegurira ibyo kurya no kunywa, Allah Nyir'ubutagatifu niwe munyabuntu kuruta ibindi biremwa bye byose! Uwerekeye kuri imwe mu ngoro ze aramuzimanira kandi akamuhemba, ndetse na Allah yamuteguriye ibihembo n'ingororano zihambaye kandi zikomeye.
 Kwishima no kugirira ishyari ryiza ujya ku misigiti; kubera ko ategurirwa ibihembo n'ingororano bingana n'inshuro yagiyeyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5436</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>“Uzaba yemera Imana n’umunsi w’imperuka, ajye avuga amagambo meza cyangwa yicecekere</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: “Uzaba yemera Imana n’umunsi w’imperuka, ajye avuga amagambo meza cyangwa yicecekere, n'uzaba yemera Imana n’umunsi w’imperuka ajye abanira neza umuturanyi we, n’uzaba yemera Imana n’umunsi w’imperuka, ajye yakira neza umushyitsi we.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umugaragu wemera Allah akemera n'umunsi w'imperuka, azagarurwaho agahemberwa ibikorwa bye, iramushishikariza gukora ibi bikorwa bikurikira:
 Icya mbere: Kurangwa n'imvugo nziza; avuga ubutagatifu bwa Allah (Subhanallah) anavuga ijambo La ilaha Ila llah nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah, agategeka ibyiza ndetse akanabuza ibibi, agaharanira kunga abantu bashyamiranye, ibyo atabikora agahitamo guceceka, akirinda kubangamira abantu akoresheje ururimi rwe.
 Icya kabiri:  Kubanira neza umuturanyi, umugirira neza wirinda kumubangamira.
 Icya gatatu: Kwakira neza umushyitsi uje agusura, umubwira amagambo meza, ukamuzimanira n'ibindi bikorwa byiza wamukorera.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Kwemera Allah n'umunsi w'imperuka ni yo ntangiriro ya buri icyiza icyo ari cyo cyose, kandi ni nabyo bituma umuntu akora ibikorwa byiza.
 Kwihanangiriza abantu gukora ibyaha bikorwa n'ururimi.
 Idini ry'ubuyisilamu ni idini ryigisha urukundo no kugira ubuntu.
 Ibi bintu bitatu ni bimwe mu bigize ukwemera, ndetse ni bimwe mu bigize imico myiza.
 Amagambo menshi hari ubwo aganisha ku bibi cyangwa se ibiziririjwe, aho wagirira amahoro rero ni mu kureka ayo magambo cyeretse amagambo arimo ibyiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Utagiriye impuhwe abantu, Allah Nyir'ubutagatifu nawe ntazazimugirira</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djarir Ibun Abdillah (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Utagiriye impuhwe abantu, Allah Nyir'ubutagatifu nawe ntazazimugirira."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko utagirira impuhwe abantu, Allah nawe atazazimugirira; kubera ko impuhwe umugaragu agirira ibiremwa ni imwe mu mpamvu zikomeye zatuma ugera ku mpuhwe za Allah.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Impuhwe ziracyenewe ku biremwa byose, ariko abantu hano bavuzwe ku buryo bw'umwihariko mu rwego rwo kubitaho.
 Allah niwe Munyempuhwe bihebuje, kandi impuhwe ze agirira bagarugu be nabo barangwa nazo, kubera ko ineza yiturwa indi.
 Kugirira impuhwe abantu hakubiyemo kubaha ibyiza, no kubarinda ibibi, ndetse no kubabanira neza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5439</t>
   </si>
   <si>
-    <t>يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي</t>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>Yewe mwene Adamu! Igihe cyose unsabye unyizeye ukanyiringira nkubabarira ibyaha byawe kandi ntacyo bintwaye</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas Ibun Malik (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: Allah Nyir'ubutagatifu yaravuze ati: Yewe mwene Adamu! Igihe cyose unsabye unyizeye ukanyiringira nkubabarira ibyaha byawe kandi ntacyo bintwaye Yewe mwene Adamu, n'iyo ibyaha byawe byaba byinshi ku buryo bigera ku ijuru hanyuma ukansaba imbabazi nakubabarira kandi ntacyo bintwaye! Yewe mwene Adam, uramutse uje ungana warakoze ibyaha byakuzura isi, hanyuma ukansanga utarambangikanyije n'icyo ari cyo cyose, nanjye naguha imbabazi zingana nkabyo!!"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko Allah Nyir'ubutagatifu muri Hadith Al Qudsiy yavuze ati: Yewe mwene Adam! Igihe cyose unsabye unyizeye ukanyiringira ukizera impuhwe zanjye ntiwihebe, ndaguhishira nkakubabarira ibyaha byawe simbyiteho, kabone n'iyo mu byaha wakoze haba harimo ibyaha bikuru. Yewe mwene Adam, n'iyo ibyaha byawe byaba byinshi ku buryo byuzura isi n' ikirere, hanyuma ukansaba imbabazi nabikubabarira byose ntitaye ku bwinshi bwabyo!
 Yewe mwene Adam! Nuhura nanjye nyuma yo gupfa kwawe, warakoze ibyaha byakuzura isi, ariko ukaba warapfuye  utambangikanyije n'icyo ari cyo cyose, nanjye nzaguha imbabazi zingana nkabyo zuzuye isi, kubera ko ari njye nyir'impuhwe nyinshi, kandi mbabarira ibyaha byose uretse icy'ibangikanyamana.</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Impuhwe za Allah Nyir'ubutagatifu n'imbabazi ze n'ineza ye ni bigari.
 Agaciro ko kwemera Imana imwe, kandi ko Allah ababarira abamwemeye wenyine ibyaha bakoze.
 Ubuhambare bw'ibangikanyamana, kandi ko Allah atazigera ababarira abamubangikanyije.
 Ibun Radjab yaravuze ati: Iyi Hadith ikubiyemo impamvu eshatu zatuma umuntu abona imbabazi za Allah; iya mbere: Kumusaba amwiringiye, iya kabiri: Kumwicuzaho no kumusaba imbabazi, iya gatatu: Gupfia uri umwemera Imana imwe rukumbi utarayibangikanyije.
 Iyi Hadith ni imwe mu zo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakuye kwa Nyagasani wayo, ari zo zitwa Hadithul Qud'siyu cyangwa se Ilahiyu, ari zo zisobanuye ko imvugo zazo n'ibisobanuro byazo byaturutse kwa Allah, usibye ko zo zidafite umwihariko nk'uwa Qur'an itandukaniyeho n'ibindi, nko kuba kuyisoma ari kimwe mu bikorwa by'amasengesho (Ibadat), no kuyisoma wabanje gukora isuku (Twaharat), no kuba yarategeye abantu kuzana ikimeze nkayo, ndetse no kuba ari igitangaza n'ibindi.
 Ibyaha birimo amoko atatu: Ibangikanyamana; iki Allah ntazigera akibabarira nkuko yabivuze aho agira ati: {Mu by'ukuri ubangikanya Allah, Allah yamuziririje kuzinjira mu ijuru..} Ubwa kabiri: Umugaragu kuba yakihemukira akora ibyaha hagati ye na Nyagasani we, ibyo Allah nabishaka azabimubabarira; ubwa gatatu: Ibyaha Allah atazababarira, nk'ubuhemu abantu bagiriranye hagati yabo, ibyo byo agomba kubanza agashyiraho kwihorera hagati y'abantu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5456</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Mu by'ukuri umuntu Allah yanga kuruta abandi ni umunyamwaga w'umunyempaka nyinshi</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri umuntu Allah yanga kuruta abandi ni umunyamwaga w'umunyempaka nyinshi."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) aratubwira ko Allah Nyir'ubutagatifu yanga umuntu w'umunyamwaga ujya impaka cyane, utemera kwicisha bugufi imbere y'ukuri, akanga kukwumva kubera kujya impaka kwe, cyangwa se akajya impaka ariko akarengera akarenza urugero, ndetse akajya impaka mu byo adafitiye ubumenyi.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Kujya impaka zitemewe ntihinjiramo umuntu wahugujwe akurikirana ibye yambuwe, kabone n'ubwo yajya mu manza.
 Kujya impaka n'intonganya ni zimwe mu ndwara z'ururimi zitera amacakubiri no kugambanirana hagati y'abayisilamu.
 Impaka zemewe ni zazindi zikozwe mu buryo bwiza no mu nzira nziza, izitemewe ni za zindi zanga kumva ukuri no gushimangira ikinyoma, cyangwa se izidafite gihamya zishingiyeho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Amagambo Allah akunda akanishimira kurusha andi ni ane: SUB'HANALLAH (Ubutagatifu ni ubwa Allah), WAL HAMDULILLAH (Ikuzo n'ishimwe ni ibya Allah), WALA ILAHA ILA LLAH (Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah), WALLAHU AKBAR (Imana niyo nkuru), ntacyo byaba bitwaye iryo waheraho ryose muri yo</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Samurat Ibun Djun'dubi (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Amagambo Allah akunda akanishimira kurusha andi ni ane: SUB'HANALLAH (Ubutagatifu ni ubwa Allah), WAL HAMDULILLAH (Ikuzo n'ishimwe ni ibya Allah), WALA ILAHA ILA LLAH (Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah), WALLAHU AKBAR (Imana niyo nkuru), ntacyo byaba bitwaye iryo waheraho ryose muri yo."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratugaragariza ko amagambo Allah akunda kuruta ayandi ari ane:
 SUBHANALLAH: Bisobanuye gutagatifuza Allah n'inenge iyo ari yo yose.
 WAL HAMDULILLAH; Ni ugusingiza Allah ibisingizo byuzuye kandi bitunganye bivanzemo n'urukundo n'icyubahiro.
 WALA ILAHA ILA LLAH: Bisobanuye ko nta wundi ukwiye kugaragirwa by'ukuri uretse Allah.
 WALLAHU AKBAR: Bisobanuye ko Allah ahambaye, ari uw'ikirenga, ndetse ko ari uw'icyubahiro kuruta ikindi icyo ari cyo cyose.
 Kandi ko atari ngombwa kuyakurikiranya igihe uri kuyavuga nk'uko Hadithi yayavuze.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Uburyo amategeko y'idini yoroshye, aho atugaragariza ko  nta cyo bitwaye kuba wahera kuryo ushatse muri aya magambo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajinjwe ku mpamvu izinjiza abantu benshi mu ijuru, maze irasubiza iti: "Ni ugutinya Allah no kurangwa n'imico myiza</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajinjwe ku mpamvu izinjiza abantu benshi mu ijuru, maze irasubiza iti: "Ni ugutinya Allah no kurangwa n'imico myiza", hanyuma irongera ibazwa impamvu izinjiza abantu benshi mu muriro irasubiza iti: "Ni umunwa n'igitsina."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza impamvu ziruta izindi zizinjiza abantu mu ijuru, ari zo:
 Gutinya Allah no kurangwa n'imico myiza.
 Gutinya Allah ni ukuba hagati yawe n'ibihano bya Allah wakora ikizabikurinda, ukora ibyo Allah yagutegetse, wirinda ibyo yakubujije.
 Naho imico myiza: Ni ukurangwa n'uburanga bucyeye, no gukora ibyiza, no kwirinda kubangamira abandi.
 Kandi ko imwe mu mpamvu zikomeye zizatuma abantu bajya mu muriro ari:
 Ururimi n'igitsina.
 Bimwe mu byaha ururimi rukora ni: Ukubeshya, gusebanya, kubunza amagambo n'ibindi.
 Naho ibyaha by'igitsina ni ubusambanyi n'ubutinganyi n'ibindi.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Kuzinjira mu ijuru bizaterwa n'impamvu zimwe zerekeye Allah Nyir'ubutagatifu nko ku mutinya, izindi zerekeye abantu nko kurangwa n'imico myiza.
 Ubuhambare bw'ururimi kuri nyirarwo, kandi ko ruzaba imwe mu mpamvu izajyana abantu mu muriro.
 Ubuhambare bw'irari n'ibindi bikorwa bibi ku muntu, kandi ko ari bimwe mu bizinjiza abantu benshi mu muriro.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Hadithi y'impamo kandi nziza]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Kurangwa n'isoni ni kimwe mu bigize ukwemera</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Umar (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yumvise umuntu umwe ari guha inyigisho mugenzi we zo kureka kurangwa n'isoni, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: "Kurangwa n'isoni ni kimwe mu bigize ukwemera."</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yumvise umuntu ugira inama mugenzi we z'uko akwiye kureka kugira isoni! Nuko Intumwa imubwira ko kugira isoni ari kimwe mu bimenyetso by'ukwemera, kandi ko igihe cyose isoni zizana ibyiza.
 Kugira isoni kandi ni umuco utuma nyirawo akora ibikorwa byiza akareka ibibi.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Icyakubuza gukora ibyiza ntikitwa isoni, ahubwo ni ubwoba, cyangwa se ubugwari, cyangwa se kuba utabishoboye,...
 Kugirira Allah isoni ni ugukora ibyo yagutegetse, ukirinda ibyo yakubujije.
 Kugirira isoni abantu ni ukububaha, no kubashyira mu mwanya wabo, no kwirinda ibyo adakunda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ</t>
+    <t>الدعاء لا يرد بين الأذان والإقامة</t>
   </si>
   <si>
     <t>Ubusabe busabwe hagati y'umuhamagaro w'uko igihe cyo gusali kigeze (Adhana) n'uwo gukora iswalat (Iqamat) ntibusubizwa inyuma</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ubusabe busabwe hagati y'umuhamagaro w'uko igihe cyo gusali kigeze (Adhana) n'uwo gukora iswalat (Iqamat) ntibusubizwa inyuma.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje agaciro k'ubusabe bwo hagati y'umuhamagaro w'uko igihe cyo gusali kigeze n'uwo gukora iswalat, inagaragaza ko budasubizwa inyuma kandi bwakirwa, bityo mujye musaba Allah muri icyo gihe.</t>
   </si>
   <si>
     <t>فضيلة هذا الوقت للدعاء.
 إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
 قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
 استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
   </si>
   <si>
     <t>Agaciro k'ibi bihe ku bijyanye n'ubusabe.
 Iyo umuntu asabye ubusabe akitwararika ibisabwa, ndetse akitwararika n'ibihe byiza byo gusaba, akirinda kwigomeka kuri Allah, akanitwararika akirinda kugwa mu bishuko n'ibiteye urujijo, agacyekera Allah neza, byanze bikunze Allah yakire ubusabe bwe.
 Umumenyi Al Munawiy yaravuze ati: Ku bijyanye no kwakirirwa ubusabe no kwitwararika ibisabwa, usaba natabyubahiriza ntazagire undi arenganya usibye we ubwe.
 Kwakirirwa ubusabe biba mu buryo bwinshi: Hari ukuba yahita yakirirwa ubusabe bwe cyangwa se akarindwa ibibi bingana n'ibyiza yasabye, cyangwa se akabizigamirwa ku munsi w'imperuka, bijyanye n'ubugenge n'impuhwe za Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5479</t>
   </si>
   <si>
-    <t>اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي</t>
+    <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
   </si>
   <si>
     <t>ALLAHUMA ASW’LIH LII DIINII ALADHI HUWA I’SW’MATU AMRII</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: ALLAHUMA ASW’LIH LII DIINII ALADHI HUWA I’SW’MATU AMRII, WA ASW’LIH DUNIYAYA ALATII FIIHA MA’ASHII, WA ASW’LIH AKHIRATII ALATII ILAYHA MA’ADII, WAJ’ALIL HAYATA ZIYADATAN LII FII KULI KHAYRI, WAJ’AL AL MAWUTA RAHATAN LII MIN KULI SHARI: Mana Nyagasani! Ntunganyiriza idini ryanjye ryo shingiro ry'ibyanjye byose, unantunganyirize isi yanjye, ho ubuzima bwanjye buri, unantunganyirize imperuka yanjye kuko ariho nzasubira. Kandi Mana unanyongerere kubaho nkora ibyiza, unagire gupfa kwanjye umunezero no kuruhuka ikibi icyo ari cyo cyose."</t>
   </si>
   <si>
     <t>دَعَا النبيُّ صلى الله عليه وسلم بِدُعاء جَمَعَ فيه أصولَ مَكارِمِ الأخلاقِ التي بُعِثَ لإتمامها؛ وهي صلاح الدين، والدنيا، والآخرة، فاستقى في هذا اللفظ الوجيز صلاح هذه الجوامع الثلاث، وبدأ بصلاح الدين وبه صلاحُ حالِ الدَّارَين فقال: 
 (اللهم أصلح لي ديني) بأنْ توفقَني للقيام بآدابه على الوجه الأكمل الأتمّ. 
 (الذي هو عصمة أمري) وحافظٌ لجميع أموري، فإنْ فَسَدَ ديني فَسَدت أموري، وخِبْتُ وخَسِرتُ، ولأنه لا يتم صلاح الدين المطلوب إلا بصلاح الدنيا فقال:
 (وأصلح لي دنياي) بإعطائي صحةَ البدن والأمن، والرزق، والزوجة الصالحة، والذرية الطيبة وما أحتاج إليه، ويكون حلالًا، ومُعِيْنًا على طاعتك، ثم ذَكَرَ العُذْرَ في سؤاله إصلاحها؛ بأن قال: 
 (التي فيها معاشي) ومكان عيشي وزَمَنُ حياتي.
 (وأصلح لي آخرتي التي فيها معادي) وعَوْدِيْ إلى لقائك وذلك بصلاح الأعمال، وتوفيق الله للعبد على العبادة والإخلاص، وحسن الخاتمة. 
 ورَتَّبَ صلى الله عليه وسلم الآخرة بعد الدنيا؛ إذ الأُولى هي وسيلة إصلاح الثانية، فمَن استقام في دنياه وِفْقَ مُرَاد الله، استقامت له آخرته وسعد فيها.
 (واجعل الحياة) وطول العمر (زيادة لي في كل خير) أتكثَّر فيها من الأعمال الصالحة، (واجعل الموت) وتعجيلَه (راحة لي من كل شرٍّ) وفتنةٍ ومِحْنَةٍ وابتلاء بمعصية وغفلة، وخلاصًا من مَشَقّة الدنيا وغمومها، وحصول الراحة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasabye ubusabe bukubiyemo imisingi y'imico myiza yoherejwe kugira ngo yuzuze, ariyo yo gutungana kw'imyemerere n'isi ndetse n'imperuka. Muri iyi mvugo ngufi niho hakubiyemo ibyo bintu bitatu, yahereye ku idini kuko niryo umuntu atunganirwamo n'isi ndetse n'imperuka iravuga iti:
 (Mana Nyagasani! Ntunganyiriza idini ryanjye); unshoboze kuryubahiriza nk'uko bikwiye mu buryo bwuzuye kandi butunganye.
 (ryo shingiro ry'ibyanjye byose), rindindira ibyanjye byose, kuko iyo idini ryangiritse n'ibyanjye byose birangirika.  Nkaba mbaye umunyagihombo, kandi idini ntiryatungana cyereka n'isi itunganye. Nuko aravuga ati:
 (unantunganyirize isi yanjye) umpe ubuzima bwiza n'umutekano ndetse n'amafunguro, n'umugore mwiza, ndetse n'urubyaro rwiza nkeneye; kandi byose bikaba mu buryo buziruye, bunafasha kukumvira. Hanyuma avugamo n'impamvu abivuze muri ubwo busabe ko:
 Ariho hari imibereho yanjye no kubaho kwanjye.
 unantunganyirize imperuka yanjye kuko ariho nzasubira, ubwo nzaba nje guhura nawe, unshoboze gutunganya ibikorwa, Allah ashoboze n'umugaragu we gukora amasengesho no kuyamwegurira, ndetse n'iherezo ryiza.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze imperuka nyuma yo kuvuga isi, kubera ko aha mbere niho hazatuma aha nyuma hatungana. Bityo uwo isi ye itunganye nkuko Allah abishaka, nawe imperuka ye iratungana kandi akagira umunezero muri yo.
 Kandi Mana unanyongerere kubaho nkore ibyiza, unagire gupfa kwanjye umunezero no kuruhuka ikibi icyo ari cyo cyose, n'ibigeragezo n'ingorane; no gutandukana n'ingorane z'isi.</t>
   </si>
   <si>
     <t>الدين أهمُّ شيء؛ لهذا بدأ به النبي صلى الله عليه وسلم بالدعاء.
 الدين عِصْمَةٌ للإنسان يَمْنَعُه من كلّ شرٍّ.
 الدعاء بالأمور الدنيوية من أجل صلاح الدين والآخرة.
 لا يُكرَه تَمَنِّي الموت خوفًا من الفتنة في الدين، أو سؤال الله الموت على الشهادة.</t>
   </si>
   <si>
     <t>Idini niryo rihambaye, ni nayo mpamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ari ryo yahereyeho mu busabe.
 Idini niryo ririnda umuntu rikanamubuza gukora ikibi icyo ari cyo cyose.
 Ubusabe bw'ibyo mu isi ni mu rwego rwo gutungana kw'idini ndetse n'imperuka.
 Ntabwo ari bibi kwifuza urupfu igihe utinya ibigeragezo mu kwemera kwawe cyangwa se gusaba Allah gupfa uharanira inzira ye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5482</t>
   </si>
   <si>
-    <t>رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ</t>
+    <t>رب اغفر لي خطيئتي وجهلي، وإسرافي في أمري كله، وما أنت أعلم به مني، اللهم اغفر لي خطاياي، وعمدي وجهلي وهزلي، وكل ذلك عندي، اللهم اغفر لي ما قدمت وما أخرت، وما أسررت وما أعلنت، أنت المقدم وأنت المؤخر، وأنت على كل شيء قدير</t>
   </si>
   <si>
     <t>RABI GH'FIR LII KHATWII-ATII WA DJAH'LII, WA ISRAFII FII AMRII KULIHI, WA MA ANTA A'ALAM BIHI MINI. ALLAHUMA GH'FIR LII KHATWAYAYA, WA AMDII WA DJIDII WA HAZ'LII, WA KULU DHALIKA INDII. ALLAHUMA GH'FIR LII MA QADAMTU WA MA AKHARTU, WA MA AS'RARTU WAMA A'ALANTU, ANTAL MUQADIMU WA ANTAL MU-AKHIRU, WA ANTA ALA KULI SHAY'IN QADIIR: Nyagasani Mana mbabarira amakosa yanjye, n'ubujiji bwanjye, no kurengera kwanjye mu byo nkora byose, n'ibyo nkora uzi neza  kundusha. Mana Nyagasani mbabarira amakosa yanjye, n'ibyo nkora ngambiriye, n'ibyo nkora bya kijiji, n'ibyo nkora ndi gukina, kandi byose bikorwa nanjye. Mana Nyagasani mbabarira ibyo nakoze byabanje, n'ibyaherutse, n'ibyo nakoze mu ibanga no ku mugaragaro, Ni wowe wabanje ni nawe uzaheruka, kandi ni wowe ufite ubushobozi kuri buri kintu</t>
   </si>
   <si>
     <t>عَنِ أَبِي مُوسَى رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ كَانَ يَدْعُو بِهَذَا الدُّعَاءِ: «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Mussa (Imana imwishimire), nawe abikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko yajyaga asaba Allah ubu busabe: "RABI GH'FIR LII KHATWII-ATII WA DJAH'LII, WA ISRAFII FII AMRII KULIHI, WA MA ANTA A'ALAM BIHI MINI. ALLAHUMA GH'FIR LII KHATWAYAYA, WA AMDII WA DJIDII WA HAZ'LII, WA KULU DHALIKA INDII. ALLAHUMA GH'FIR LII MA QADAMTU WA MA AKHARTU, WA MA AS'RARTU WAMA A'ALANTU, ANTAL MUQADIMU WA ANTAL MU-AKHIRU, WA ANTA ALA KULI SHAY'IN QADIIR: Nyagasani Mana mbabarira amakosa yanjye, n'ubujiji bwanjye, no kurengera kwanjye mu byo nkora byose, n'ibyo nkora uzi neza  kundusha. Mana Nyagasani mbabarira amakosa yanjye, n'ibyo nkora ngambiriye, n'ibyo nkora bya kijiji, n'ibyo nkora ndi gukina, kandi byose bikorwa nanjye. Mana Nyagasani mbabarira ibyo nakoze byabanje, n'ibyaherutse, n'ibyo nakoze mu ibanga no ku mugaragaro, Ni wowe wabanje ni nawe uzaheruka, kandi ni wowe ufite ubushobozi kuri buri kintu.</t>
   </si>
   <si>
     <t>كانَ مِن أَدعية النبيِّ صلى الله عليه وسلم الجَامِعة قوله: 
 "رب اغفر لي خطيئتي" وذنبي، "وجهلي" وما وَقَع مِنِّي بدون علم. 
 "وإسرافي في أمري كله" وتقصيري وتَجَاوُزِيْ للحد. 
 "وما أنت أعلم به مني" عَلِمْتَه أنت يا الله ونَسِيْتُه أنا. 
 "اللهم اغفر لي خطاياي وعمدي" وما صَدَر عَن عَمْدٍ مني وعِلْمٍ مني بالذنوب. 
 "وجدي وهزلي" وما صدر عن مُزَاح، وما وَقَع مني في الحالين. 
 "وكل ذلك عندي" حيث جَمَعتْ ما ذُكِرَ من الذنوب والعيوب. 
 "اللهم اغفر لي ما قدمت" فيما مضى، "وما أخرت" فيما سيأتي. 
 "وما أسررت" وأخفيت، "وما أعلنت" وأظهرت. 
 "أنت المقدم وأنت المؤخر" تُقدِّم من تشاء من خلقك إلى رحمتك بتوفيقك لما ترضاه، وأنت تؤخر من تشاء عن ذلك بخذلانك إياه، فلا مُقَدِّمَ لما أخرت، ولا مؤخِّرَ لما قدمت من الأمور. 
 "وأنت على كل شيء قدير" كامل القدرة تام الإرادة، الفعال لكل ما تشاء.</t>
   </si>
   <si>
     <t>Bumwe mu busabe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ikoresha bufite ibisobanuro byagutse ni ubugira buti:
@@ -8819,2026 +9190,2029 @@
 ALLAHUMA GH'FIR LII MA QADAMTU WA MA AKHARTU: Mana Nyagasani mbabarira ibyo nakoze byabanje, n'ibyaherutse bizaza.
 WA MA AS'RARTU: N'ibyo nakoze mu ibanga  WAMA A'ALANTU: N'ibyo nakoze ku mugaragaro.
 ANTAL MUQADIMU WA ANTAL MU-AKHIRU: Ubanza uwo ushatse mu biremwa byawe umuganisha mu mpuhwe zawe, ukamushoboza gukora ibyo wishimira; Ni nawe uzaheruka nyuma y'ibyo waremye byose.
 WA ANTA ALA KULI SHAY'IN QADIIR: Kandi ni wowe ufite ubushobozi bwuzuye bwa buri kintu, kandi ukora icyo ushatse.</t>
   </si>
   <si>
     <t>فضيلة هذا الدعاء، والحرص عليه اقتداء بالنبي صلى الله عليه وسلم.
 النهي عن الإسراف وأنَّ المسرف مُعَرَّض للعقوبة.
 الله تعالى أعلم بالإنسان من نفسه، فعليه أنْ يُفَوِّض أمرَه إلى الله؛ لأنه قد يخطئ وهو لا يدري.
 الإنسان قد يُؤاخَذ على هَزْلِهِ كما يُؤاخذ على جِدِّه، فيجب على الإنسان أنْ يَحْتَرِس في مُزاحِه.
 قال ابن حجر العسقلاني: لم أَرَ في شيءٍ من طُرُقه محل الدعاء بذلك، وقد وقع معظم آخره… كان يقوله في صلاة الليل، ووقع أيضًا أنه كان يقوله في آخر الصلاة، واختلفت الرواية هل كان يقوله قبل السلام أو بعده؟ بكلامها وَرَدَ.
 هل النبيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يخطئ ليستغفر؟ قيل بأنه قاله متواضعًا وهَضْمًا لنفسه، أو عَدَّ فَواتَ الكمال وترك الأولى ذنوبًا، أو أراد ما كان عن سهو، أو ما كان قبل النبوة، وقيل: الاستغفار تَعَبُّدٌ يجب أتيانه، لا للمغفرة، بل تعبدًا، وقيل: ذلك تنبيه وتعليمٌ لأمته؛ كي لا يأمنوا ويتركوا الاستغفار.</t>
   </si>
   <si>
     <t>Agaciro k'ubusabe, no kubushishikarira mu rwego rwo kugera ikirenge mu cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Kubuza kwaya no gusesagura, kandi  ko umuntu usesagura azahura n'ibihano bya Allah.
 Allah Nyir'ubutagatifu niwe uzi neza umuntu kuruta uko we yiyizi, niyo mpamvu agomba guharira Allah ibye byose, kubera ko ashobora gukora amakosa atabizi.
 Umuntu ashobora guhanirwa ibyo yakoze mu mikino, nk'uko yaryozwa ibyo yakoze akomeje, Niyo mpamvu umuntu agomba kwitwararika mu biganiro bye.
 Umumenyi Ibun Hadjar Al As'qalaniy yaravuze ati: Sinigeze mbona mu nzira zitandukanye z'iyi Hadith ahavugwa ubusabe... ariko igice kinini cya nyuma cyabwo cyavuzwe mu mpera zayo... Yajyaga ibivuga mu mpera z'ijoro; byanavuzwe kandi ko yajyaga abuvuga mu mpera z'iswalat. Ariko imvugo ntizahuje kukuba niba yarajyaga ibuvuga mbere yo gutora Salamu cyangwa se nyuma yaho.
 Ese Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ikora ibyaha ku buryo yakicuza? Byavuzwe ko yayavugaga mu rwego rwo kwicisha bugufi, no kwiyoroshya cyangwa se kuba itakora ikintu mu buryo bwuzuye ikabifata nk'icyaha, cyangwa se ikaba yari igamije ibyo yibagiwe, cyangwa se yari igamije ibyo yakoze mbere yo guhabwa ubutumwa. Byanavuzwe ko uku kwicuza ari mu rwego rwo kwiyegereza Allah yagombaga kubigenza atyo, bitari mu rwego rwo kwicuza ahubwo mu rwego rwo kugaragaza ko uri umugaragu. Byanavuzwe ko yari igamije kwigisha abayoboke bayo, kugira ngo batirara bakareka kwicuza kuri Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5483</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ</t>
+    <t>اللهم إني أسألك العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>ALLAHUMA INI AS'ALUKA AL AFIYAT FII DUNIYA WAL AKHIRAT</t>
   </si>
   <si>
     <t>عَنِ ابنِ عُمَرَ رضي الله عنهما قَالَ: لَمْ يَكُنْ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدَعُ هَؤُلَاءِ الدَّعَوَاتِ، حِينَ يُمْسِي وَحِينَ يُصْبِحُ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntiyajyaga ireka gusaba ubu busabe buri uko bwije na buri uko bucyeye: "ALLAHUMA INI AS'ALUKA AL AFIYAT FII DUNIYA WAL AKHIRAT ALLAHUMA INI AS'ALUKAL AFUWA WAL AFIYAT FII DIINIII WA DUNIYAYA, WA AHLII WA MALIII, ALLAHUMA US'TUR AWURATII AW AWURAATII, WA AMIN RAWU'ATII, ALLAHUMA IH'FADHW'NII MIN BAYNI YADAYA, WA MIN KHAL'FII, WA A'AN YAMIINII, WA A'AN SHIMALII, WA MIN FAW'QII, WA AUDHU BI ADHWAMATIKA AN UGH'TALA MIN TAHTII: Mana Nyagasani ndagusaba ubuzima bwiza hano ku isi no ku munsi w'imperuka, Mana Nyagasani ndagusaba imbabazi n'ubuzima bwiza mu kwemera no mu buzima bwa hano ku isi, no mu bantu banjye, no mu mitungo yanjye. Mana hishira inenge zanjye, unampe gutekana mu bintera ubwoba. Mana Nyagasani ndinda mu biri imbere hanjye n'inyuma hanjye, n'iburyo bwanjye n'ibumoso bwanjye, no hejuru yanjye, kandi nanikinze ku buhambare bwawe ngo undinde icyangirira nabi giturutse munsi yanjye."</t>
   </si>
   <si>
     <t>لم يَكُن النبيُّ صلى الله عليه وسلم يتركُ هؤلاء الدَّعَوات حين يُمسي وحين يُصبح: 
 (اللهم إني أسألُكَ العافيةَ)، والسلامة من الأسقامَ والبلايا والشدائد الدنيوية، والشهوات والفتن الدينية (في الدنيا والآخرة) العاجلة والآجلة. 
 (اللهمَّ إني أسأَلُكَ العفو) ومَحْوَ الذنوب والتَّجَاوزَ عنها، (والعافيةَ) والسلامة من العيوب، (في دِيني) من الشرك والبدع والمعاصي، (ودنياي) من المصائب والأذى والشرور، (وأهلِي) زوجاتي وأولادي وقرابتي، (ومالي) وأموالي وعملي.
 (اللهم استرْ عَوراتي) وما فيَّ من العيوب والخَلَل والتقصير وامْحُ ذنوبي، (وآمِن رَوْعاتي) وفَزَعي وخوفي. 
 (اللهم احفظْني) وادفع البلاء عني من المؤذِيات والبلاء، (من بين يديَّ ومِن خلفي، وعن يميني وعن شمالي، ومن فوقي) حيث سألَ أنْ يحفظَه الله من جميع الجهات؛ لأن البلايا والآفات إنما تَلْحَق الإنسانَ وتُقبِلُ إليه من إحدى هذه الجهات. 
 (وأعوذُ بعظمتك أن أُغْتَال) وأؤاخَذ بَغْتَة، وأَهْلِكَ غفلةً (من تحتي) فأهلك بالخَسْف.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntiyajyaga ireka kuvuga ubu busabe buri uko bugorobye na buri uko bucyeye:
 "ALLAHUMA INI AS'ALUKA AL AFIYAT: Mana Nyagasani ndagusaba ubuzima bwiza, n'ubuzima buzira umuze n'ibyago n'ibigeragezo n'ibindi bigeragezo bya hano ku isi byaba ibyo muri ubu buzima bwo ku isi ndetse no ku munsi w'imperuka.
 Mana Nyagasani ndagusaba ubuzima bwiza no kubabarirwa ibyaha, n'ubuzima bwiza mu kwemera kwanjye ngo undinde ibangikanyamana, ibihimbano n'ibindi byaha, no mu buzima bwa hano ku isi ngo undinde ibigeragezo, n'ibindi bibi byose,  no mu bantu banjye, umugore n'abana n'abandi ba hafi ndetse n'abandi ba bugufi mu muryango wanjye no mu mitungo yanjye n'ibikorwa byanjye.
 ALLAHUMA US'TUR AWURATII AW AWURAATII: Mana hishira inenge zanjye, n'ukundi kudohoka kwanjye, unankurireho ibyaha byanjye, unampe gutekana mu bintera ubwoba.
 ALLAHUMA IH'FADHW'NII MIN BAYNI YADAYA: Mana Nyagasani ndinda mu biri imbere hanjye n'inyuma hanjye, n'iburyo bwanjye n'ibumoso bwanjye, no hejuru yanjye, aho yayisabye ko Allah amurinda impande zose. Kubera ko ibigeragezo n'ibyago bikurikirana umuntu, ndetse bikamuzira impande zose.
 WA AUDHU BI ADHWAMATIKA AN UGH'TALA MIN TAHTII: Kandi nanikinze ku buhambare bwawe ngo undinde icyangirira nabi giturutse munsi yanjye, no kuba nava mu buzima bintunguye, urupfu rukangeraho nazindaye, cyangwa se nkorama.</t>
   </si>
   <si>
     <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
 الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
 قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
  الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
   </si>
   <si>
     <t>Kwitwararika aya magambo mu rwego rwo kwigana Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Umuntu nk'uko ategetswe gusaba Allah ubuzima bwiza mu kwemera, ninako abitegetswe kubisaba mu mibereho yo muri iyi si.
 Umumenyi A-Twibiy yaravuze ati: Yavuze impande esheshatu, kuko ibigeragezo nizo biturukamo, ariko avuga uruhande rwo hasi ku buryo bw'umwihariko kubera ko ariho hakomeye.
 Igihe cyiza cyo gusaba ubusabe ni mu gitondo guhera umuseke utambitse kugeza izuba rirashe mu ntangiriro z'umunsi, na nyuma y'igicamunsi mbere y'uko izuba rirenze. Iyo ayavuze nyuma yaho nabyo biremewe, n'iyo ayavuze nyuma ya A-Dhuh'ri nabyo biremewe, n'iyo ayavuze nyuma ya Magh'rib arabyemerewe, kuko nabwo ni igihe cyiza cyo gusingiza Allah.
 Muri gihamya zigaragaza ko gusingiza Allah bigira igihe cyabyo mu ijoro, nko gusoma imirongo ibiri isoza Surat Al Baqarat, zisomwa mu ijoro nyuma y'uko izuba rirenze.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawud na A-Nasa'iy na Ibun Madjah ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5485</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ</t>
+    <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
   </si>
   <si>
     <t>Mana Nyagasani ndagusaba ibyiza byose, ibya vuba n'ibizatinda, ibyo nzi n'ibyo ntazi</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana  (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamwigishije ubusabe bugira buti: "Mana Nyagasani ndagusaba ibyiza byose, ibya vuba n'ibizatinda, ibyo nzi n'ibyo ntazi, nanakwikinzeho ngo undinde ibibi byose byaba ibya vuba n'ibya kera, ibyo nzi n'ibyo ntazi. Mana Nyagasani ndagusaba ibyiza wasabwe n'Umugaragu wawe akaba n'Intumwa yawe, nanakwikinzeho ngo undinde ibibi Umugaragu wawe akaba n'Intumwa yawe yakwikinzeho ngo umurinde. Mana Nyagasani ndagusaba ijuru n'ibyatuma ndigeramo byaba imvugo cyangwa se ibikorwa, nanakwikinzeho ngo undinde umuriro n'ibyatuma nywujyamo byaba imvugo cyangwa se ibikorwa, kandi ndagusaba ko buri geno ryose wangeneye ryaba ryiza kuri njye.)"</t>
   </si>
   <si>
     <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
 الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
 وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
 الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
 الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigishije Aishat (Imana imwishimire) ubusabe bubumbatiye ibintu byinshi ari byo bukaba ari ubusabe bune ari bwo:
 Ubwa mbere: Ubusabe bwa rusange bw'ibyiza byose, ibya vuba n'ibya kera, ibyo nzi mu byo wanyigishije no mu byo ntazi biri mu bumenyi bwawe. Harimo guharira gahunda zose Allah Umumenyi, uzi byose, worohera abagaragu be; Allah niwe uhitiramo umuyisilamu ibyiza biruseho. Nanakwikinzeho nsaba n'ubuhungiro iwawe ngo undinde ibibi byose bya vuba n'ibya kera, ibyo nzi n'ibyo ntazi.
 Ubusabe bwa kabiri: Ni ukurinda umuyisilamu kuba yarengera mu busabe (Mana Nyagasani ndagusaba ibyiza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasabye nanakwikinzeho ngo undinde ibibi Intumwa y'Imana yakwikinzeho ngo uyirinde. Ibi ni ubusabe bwo kwinginga Allah ngo ahe umusabye ibyo yamusabye nk'ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yayisabye hatabayemo kubarura ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasabye.
 Ubusabe bwa gatatu: Gusaba ijuru no kurindwa umuriro, ibi bikaba ari nabyo buri muyisilamu wese aharanira n'intego ye. Mana Nyagasani ndagusaba ijuru n'intsinzi yaryo, n'ibindi byaritwegereza byaba imvugo cyangwa se ibikorwa byiza wishimira, unandinde umuriro umuntu atarokoka usibye ku bw'impuhwe zawe, n'ibindi byawudushoramo byaba imvugo cyangwa se ibikorwa bikurakaza.
 Ubusabe bwa kane: Gusaba kwishimirwa n'igeno rya Allah, ndanagusaba kandi buri geno wangeneye ryaba ryiza kuri njye, na buri tegeko wagennye ryaba ari ryiza kuri njye. Ubu ni bumwe mu busabe bwo kwishimira igeno rya Allah.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>Kuba umugabo yakigisha ab'iwe mu rugo ibibafitiye akamaro mu kwemera no mu mibereho, nkuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabyigishije Aishat.
 Icyiza ku muyisilamu nuko yafata mu mutwe ubu busabe bukomoka ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha), ndetse ikaba ari n'imwe mu busabe bubumbatiye hamwe ibintu byinshi.
 Abamenyi ku byerekeye iyi Hadith baravuze bati: Iyi Hadith niyo ikusanyirije hamwe gusaba ibyiza no gusaba ko Allah yakurinda ibibi, bityo ikusanyirije hamwe ibyahawe Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Zimwe mu mpamvu zo kuzajya mu ijuru nyuma y'impuhwe za Allah: Ni ibikorwa n'imvugo byiza.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5487</t>
   </si>
   <si>
-    <t>اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ</t>
+    <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>ALLAHUMA AUDHUBIKA MIN ZAWAALI NI’IMATIKA, WA TAHAWULI A’AFIYATIKA, WA FUJA-ATA NIََQ'MATIKA, WA JAMI-I SAKHATWIKA: Mana Nyagasani nkwikinzeho ngo undinde gushirirwa n’inema zawe, no guhinduka njya mu buzima bubi, no gutungurwa n’ibihano byawe, n’ibyo ari byo byose byatuma undakarira</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Umar (Iman imwishimire we na se) yaravuze ati: Bumwe mu busabe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isaba ni ubugira buti: "ALLAHUMA AUDHUBIKA MIN ZAWAALI NI’IMATIKA, WA TAHAWULI A’AFIYATIKA, WA FUJA-ATA NIََQ'MATIKA, WA JAMI-I SAKHATWIKA: Mana Nyagasani nkwikinzeho ngo undinde gushirirwa n’inema zawe, no guhinduka njya mu buzima bubi, no gutungurwa n’ibihano byawe, n’ibyo ari byo byose byatuma undakarira."</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yikinze kuri Allah ngo ayirinde ibintu bine:
 Icya mbere: ALLAHUMA AUDHUBIKA MIN ZAWAALI NI’IMATIKA: Mana Nyagasani nkwikizeho ngo undinde gushirirwa n’inema zawe hano ku isi no ku munsi w'imperuka, kandi umpe gushikama ku idini, no kwitandukanya n'ibyaha byirukana ingabire zawe.
 Icya kabiri:  WA TAHAWULI A’AFIYATIKA: No guhinduka njya mu buzima bubi, n'ibigeragezo, ku bw'ibyo ndagusaba ingabire zihoraho, no kurokoka ububabare n'uburwayi bwose.
 Icya gatatu:  WA FUJA-ATA NIQ'MATIKA: No gutungurwa n’ibihano byawe, n'ibindi bigeragezo cyane cyane ibingezeho bintunguye nta gihe mfite cyo kwicuza no kwigarura. Kandi ibyo bigeragezo bikaza bihambaye.
 Icya kane: WA JAMI-I SAKHTWIKA: Ndetse n’ibindi ibyo ari byo byose byatuma undakarira, kubera ko uwo urakariye, aba abaye umunyagihombo.
 Aha Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabivuze mu bwinshi, kugira ngo abe avuzemo impamvu zose ziganisha ku burakari bwa Allah byaba mu mvugo cyangwa se ibikorwa cyangwa se n'iyindi myemerere.</t>
   </si>
   <si>
     <t>افتقار النبيِّ صلى الله عليه وسلم إلى الله تعالى.
 تضمّنت هذه الاستعاذة المباركة: التوفيق لشكر النِّعم، والحفظ من الوقوع في المعاصي؛ لأنها تزيل النعم.
 الحرص عن الابتعاد عن مواضع سَخَطِ الله تعالى.
 استعاذ صلى الله عليه وسلم من فجأة نقمة الله تعالى؛ لأنه إذا انتقم من العبد فقد أَحَلَّ به من البلاء ما لا يَقدِر على دفعه، ولا يُستدفع بسائر المخلوقين، وإن اجتمعوا جميعًا.
 استعاذ صلى الله عليه وسلم من تحول عافيته سبحانه؛ لأنه إذا كان قد اختصَّه الله بعافيته، فقد ظفر بخير الدارين، فإن تحولت عنه فقد أصيب بشر الدارين، فإن العافية بها صلاح الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igaragaza ko yari icyeneye Allah.
 Kwikinga kuri Allah hakubiyemo gushobozwa no gushimira ingabire za Allah, no kwirinda gukora ibyaha, kuko ari byo byirukana ingabire za Allah.
 Gushishikarira kwirinda ibyo ari byo byose byakugeza ku kurakarirwa na Allah.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yikinga kuri Allah ngo imurinde uburakari bwe, kubera ko naramuka ahannye umugaragu we, azagerwaho n'ibihano n'ibyago adashobora kurokoka, ndetse atanarokorwa n'icyo ari cyo cyose mu biremwa, kabone n'iyo cyakishyira hamwe.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yikinga kuri Allah ngo ayirinde guhinduka k'ubuzima ibayemo, kubera ko niba Allah yaramuhaye umwihariko w'ubuzima abayemo, yamuhaye ibyiza byo mu isi no ku munsi w'imperuka. Biramutse bihindutse yaba agezweho n'ibyago hano ku isi no ku munsi w'imperuka, kubera ko ubuzima bwiza ari ho hubakiye gutungana ku isi no ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5488</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ</t>
+    <t>اللهم إني أعوذ بك من غلبة الدين، وغلبة العدو، وشماتة الأعداء</t>
   </si>
   <si>
     <t>“Mana Nyagasani nkwikinzeho ngo undinde gusumbirizwa n’ideni, no kuneshwa n’umwanzi, no gushinyagurirwa n’abanzi.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَدْعُو بِهَؤُلَاءِ الْكَلِمَاتِ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Amri Ibun Al Aswi (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isaba Allah ibi bikurikira: “Mana Nyagasani nkwikinzeho ngo undinde gusumbirizwa n’ideni, no kuneshwa n’umwanzi, no gushinyagurirwa n’abanzi.”</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم من أمور: 
 الأول: (اللهم إني أعوذ) وألجأ وأَلُوْذُ (بك) لا بغيرِك، (من غلبة الدَّين) وقهره وهمِّه وكَرْبِه، وأسألك الإعانة على قضائه وسداده. 
 الثاني: (وغلبة العدو) وقهره وتَسَلُّطه، وأسألك كَفَّ أذاه، والانتصارَ عليه. 
 الثالث: (وشماتة الأعداء) وفَرَحِهم بما يُصيب المسلمين من بلاء ومصيبة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yikinga kuri Allah ngo ayirinde ibi bikurikira:
 Icya mbere: Mana Nyagasani nkwikinzeho kuko nta wundi nakikingaho ngo undinde gusumbirizwa n’ideni, unantere inkunga nshobore kuryishyura.
 Icya kabiri: Kunesha umwanzi, no kunyigarurira, no kundinda ikibi cye, no kumutsinda.
 Icya gatatu: No gushinyagurirwa n’abanzi, no kwishimira ibigeragezo biba ku bayisilamu.</t>
   </si>
   <si>
     <t>الحث على التعوذ بالله من كلِّ ما يَشغل عن الطاعة ويَجلب الهموم كالدَّيْن وغيره.
 مطلق الدَّيْن لا حَرَجَ فيه، إنما الحَرَجُ فيمَن ليس لديه وفاءٌ للدَّين، وهذا هو الدَّيْن الغالِب.
 الإنسان عليه أنْ يَتَجنَّبَ الأمور التي يُشْمَتُ بها ويُعاب فيها.
 بيان عداوة الكفار للمؤمنين وشماتهم بهم عند حلول المصائب.
 إظهار الأعداء فرحَهم بِبَلِيَّة الإنسان يَشتدُّ على الإنسان من نفس البلية.</t>
   </si>
   <si>
     <t>Gushishikariza kwikinga kuri Allah ngo akurinde buri icyo ari cyo cyose cyakubuza kumwumvira, cyangwa se kigatera impagaraga nk'amadeni n'ibindi.
 Ideni nk'ideni ntacyo ritwaye, ariko ikibazo ni kuri wa wundi  udafite ubushobozi bwo kuryishyura. Uku niko kunanirwa kwishyura ideni.
 Umuntu aba akwiye kwitandukanya n'ibyatuma anengwa cyangwa se yashinyagurirwa.
 Kugaragaza urwango abahakanyi bafitiye abemeramana, n'uburyo bashinyagurira bagenzi babo igihe habayeho ibigeragezo.
 Kuba abanzi bagaragaza ibyishimo kubera ibyago bibaye ku muntu, nibyo bikomeye kuruta ibyo byago ubwabyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5489</t>
   </si>
   <si>
-    <t>اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ</t>
+    <t>اللهم بك أصبحنا، وبك أمسينا، وبك نحيا، وبك نموت، وإليك النشور</t>
   </si>
   <si>
     <t>ALLAHUMA BIKA ASW’BAH’NA, WA BIKA AM’SAY’NA , WA BIKA NAH’YA, WA BIKA NAMUTU, WA ILAYKA NUSHURU: Mana Nyagasani twabyutse ku bw’ububasha bwawe, no ku bubasha bwawe tugejeje ku mugoroba, no ku bwawe turiho no ku bwawe tuzapfa, ndetse  no ku bw'igeno ryawe tuzazurwa ku munsi w’imperuka</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّهُ كَانَ يَقُولُ إِذَا أَصْبَحَ: «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» وَإِذَا أَمْسَى قَالَ: «بِكَ أَمْسَيْنَا، وَبِكَ أَصْبَحْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» قَالَ: وَمَرَّةً أُخْرَى: «وَإِلَيْكَ الْمَصِيرُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) Iyo bwacyaga yajyaga isaba iti: "ALLAHUMA BIKA ASW’BAH’NA, WA BIKA AM’SAY’NA , WA BIKA NAH’YA, WA BIKA NAMUTU, WA ILAYKA NUSHURU: Mana Nyagasani twabyutse ku bw’ububasha bwawe, no ku bubasha bwawe tugejeje ku mugoroba, no ku bwawe turiho no ku bwawe tuzapfa, ndetse  no ku bw'igeno ryawe tuzazurwa ku munsi w’imperuka. N'iyo bwabaga bugorobye yaravugaga iti: BIKA AMSAYNA WA BIKA ASW'BAHNA, WA BIKA NAHYA, WA BIKA NAMUTU, WA ILAYKA A-NUSHUR: Bugorobye ku bw'ububasha bwawe, no ku bubasha bwawe turageza mu gitondo, no ku bwawe turiho no ku bwawe tuzapfa, ndetse  no ku bw'igeno ryawe tuzazurwa ku munsi w’imperuka. No ku yindi nshuro yaravuze iti: WA ILAYKA AL MASWIIR: Kandi iwawe niho tuzagarurwa.</t>
   </si>
   <si>
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo bwabaga bucyeye, umuseke utambitse yaravugaga iti:
 Mana Nyagasani tubyutse ku bw’ububasha bwawe, n'ingabire zawe, tugusingiza, tugusaba inkunga ku bw'izina ryawe; no ku bw'ububasha bwawe turageza ku mugoroba, no ku bwawe turiho no ku bwawe tuzapfa, ndetse  no ku bw'igeno ryawe tuzazurwa ku munsi w’imperuka. N'iyo bwabaga bugorobye yaravugaga iti: Bugorobye ku bw'ububasha bwawe, kandi turiho ku bw'izina ryawe, no ku bubasha bwawe turageza mu gitondo, no ku bwawe turiho no ku bwawe tuzapfa, ndetse  no ku bw'igeno ryawe tuzazurwa nyuma yo gupfa, kandi nuko bizakomeza.
 N'iyo byabaga nimugoroba yajyaga ivuga iti: ALLAHUMA BIKA AMSAYNA WA BIKA ASW'BAHNA, WA BIKA NAHYA, WA BIKA NAMUTU, WA ILAYKA A-NUSHUR: Bugorobye ku bw'ububasha bwawe, no ku bubasha bwawe turageza mu gitondo, no ku bwawe turiho no ku bwawe tuzapfa, ndetse  no ku bw'igeno ryawe tuzazurwa ku munsi w’imperuka. Bityo ni wowe umbeshejeho, ni nawe uzanyisubiza.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Ni byiza kuvuga ubu busabe iyo bucya n'iyo bwije, mu rwego rwo kwigana Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Umugaragu igihe cyose aba acyeneye Nyagasani we muri gahunda ze zose no mu bihe bye byose.
 Igihe cyiza cyo kuvuga ubu busabe ni mu gitondo umuseke utambitse kugeza izuba rirashe, na nimugoroba izuba ryenda kurenga. Ariko iyo abuvuze mu bindi bihe nka nyuma yo kurasa kw'izuba, cyangwa se ku manywa biremewe; n'iyo  abuvuze nimugoroba biremewe kuko ni nacyo gihe cyo gusingiza Allah.
 Aho iri jambo (Iwawe niho tuzazurirwa) mu gitondo, bimwibutsa ko azazurwa ku munsi w'imperuka, nyuma y'uko abantu bose bazaba bamaze gupfa, uku ni ukongera kubaho n'umunsi mushya abantu bazaba bongeye kubaho bakazurwa, no kongera guhumeka muri icyo gitondo gishya Allah yaremye, kugira ngo azabe umuhamya kuri bene Adam, n'ibihe bye bibe ibyo gukoramo ibikorwa.
 Naho aho iyi mvugo (Iwawe niho tuzagarurwa) nimugoroba igihe abantu bose baba bakubutse imirimo yabo no mu byari bibahugije, bagarutse mu ngo zabo baje kuruhuka nyuma y'uko bari batari kumwe, ni ibyibutsa ko hazabaho ukugarurwa kwa Allah ho herezo n'igarukiro.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5490</t>
   </si>
   <si>
-    <t>الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ،</t>
+    <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>Umwemeramana w'umunyembaraga niwe mwiza kandi akunzwe na Allah kuruta umwemeramana w'umunyantege ncye, ariko bombi ni beza</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwemeramana w'umunyembaraga niwe mwiza kandi akunzwe na Allah kuruta umwemeramana w'umunyantege ncye, ariko bombi ni beza ; haranira gukora ibigufitiye akamaro, kandi ujye usaba Allah ubufasha cyane ntugacike intege. Kandi nihagira ikikubaho ntuzavuge uti: Iyo nza kubikora byari kugenda uku n'uku, ahubwo ujye uvuga uti:  Ibi ni igeno rya Allah, kandi ibyo ashatse nibyo biba, kubera ko iryo ijambo (Iyo) ni intangiriro y'ibikorwa bya Shitani."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umwemeramana wese ari mwiza, ariko umwemeramana ufite imabraga mu kwemera kwe, mu migambi ye, mu mitungo ye ndetse n'ibindi bituma agira imbaraga ari we mwiza kandi ukunzwe imbere ya Allah Nyir'ubutagatifu kuruta umunyantege nke. Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije igira inama umwemeramana yo gukora ibyamugirira umumaro mu buzima bwe bwo muri iyi si, ndetse n'ubwo ku munsi w'imperuka. Hamwe no kwiringira Allah Nyir'ubutagatifu, no kumusaba inkunga, no kumwiringira wenyine. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ibuza kugira ubunebwe, no gucika intege, no kugenda gahora mu gukora ibifitiye umuntu akamaro hano ku isi no ku munsi w'imperuka. Bityo iyo umwemeramana agize umuhate mu gukora ibikorwa, no gukora impamvu, no gusaba Allah inkunga ndetse n'ibindi byiza; nyuma yaho rero nta kindi aba asabwa usibye ko ibye byose abiharira Allah, kandi akamenya ko ibyo Allah amuhitiyemo ari byo byiza. Bityo iyo agezweho n'ibyago, nta kavuge ati: "Iyo mbigenza gutya, byari kugenda gutya..." Kubera ko ijambo (Iyo) ryugururira amarembo Shitani, kugira ngo umuntu  ahinyuze igeno rya Allah, cyangwa se aterwe agahinda n'ibyamutambutseho, ahubwo aba akwiye kuvuga ati: Ibi ni igeno rya Allah, kandi ibyo ashatse ni byo biba." Bityo ibibaho biba bihuye n'ubushake bwa Allah, kubera ko ari we ukora ibyo ashatse, kandi ntawahinyura ugushaka kwe, ndetse nta n'uwavuguruza itegeko rye.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Abantu ntibari ku rwego rumwe mu kwemera.
 Ni byiza kurangwa n'imbaraga mu bikorwa, kuko bigira umumaro utabona mu kurangwa n'intege nke.
 Umuntu aba akwiye guharanira gukora ibimufitiye akamaro, akareka ibitamufitiye akamaro.
 Umwemeramana akwiye gusaba inkunga Allah muri gahunda ze zose, ntiyirare ngo yumve ko yihagije.
 Gushimangira igeno rya Allah, kandi ko bitabuza umuntu gukora impamvu no guharanira gushaka ibyiza.
 Kubuza gukoresha ijambo (Iyo) umuntu agamije kwicuza ku byo yakoze cyangwa se byamubayeho igihe cy'ibigeragezo, no kubuza guhinyura igeno rya Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5493</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Ubusabe niko kugaragira Allah</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa A-Nuuman Ibun Bashir (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Ubusabe niko kugaragira Allah Irangije isoma umurongo wa Qur'an ugira uti: {Kandi Nyagasani wanyu yaravuze ati “Nimunsabe, ndabasubiza. Mu by’ukuri ba bandi bibona bakanga kunsenga (kunsaba), bazinjira mu muriro basuzuguritse.” [Surat Ghafir: 60.]</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko gusaba ari ko kugaragira Allah; ni itegeko ko gusaba biharirwa Allah, byaba ari ugusaba Allah ibyo ucyeneye, cyangwa se ngo agukurireho ibikubangamiye mu buzima ndetse no ku munsi w'imperuka, cyangwa se ari ugusaba byo mu rwego rwo kugaragira Allah ukora ibyo akunda kandi yishimira, byaba mu mvugo, mu bikorwa, ibigaragara ndetse n'ibitagaragara, byaba ibikorwa ukorera ku mutima cyangwa se ku mubiri cyangwa se mu mutungo.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ibitangira gihamya aho yavuze umurongo wa Qur'an aho Allah agira ati: {Kandi Nyagasani wanyu yaravuze ati “Nimunsabe, ndabasubiza. Mu by’ukuri ba bandi bibona bakanga kunsenga (kunsaba), bazinjira mu muriro basuzuguritse.”} [Qur'an 40: 60]</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Gusaba ni byo shingiro ryo kugaragira Allah, kandi ntibyemewe kugira undi ubikorerwa utari Allah.
 Gusaba bikubiyemo kugaragira by'ubukuri, no kwiyemerera ko Nyagasani ari we mukungu kandi ko ari we ufite ubushobozi, ndetse ko umugaragu umusaba amucyeneye.
 Ibihano bihambaye biteganyirijwe abigomeka ku kugaragira Allah banga kumusaba, kandi ko abo bamwigomekaho banga kumusaba bazinjira mu muriro basuzuguritse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Ubusabe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isaba kenshi bwari: "ALLAHUMA RABANA ATINA FI DUN'YA HASANATAN, WAFIL AKHIRATI HASANATAN, WA QINA ADHABA NARI: Mana Nyagasani duhe ibyiza muri iyi si, uzanaduhe ibyiza ku munsi w'imperuka, kandi uzaturinde ibihano by'umuriro</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Ubusabe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isaba kenshi bwari: "ALLAHUMA RABANA ATINA FI DUN'YA HASANATAN, WAFIL AKHIRATI HASANATAN, WA QINA ADHABA NARI: Mana Nyagasani duhe ibyiza muri iyi si, uzanaduhe ibyiza ku munsi w'imperuka, kandi uzaturinde ibihano by'umuriro."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'immigisha), kenshi yajyaga isaba ubusabe bufite ibisobanuro byagutse; no muri bwo ni ubu bukurikira: "Mana Nyagasani duhe ibyiza muri iyi si, uzanaduhe ibyiza ku munsi w'imperuka, kandi uzaturinde ibihano by'umuriro." Ubu busabe bukusanyirije hamwe ibyiza byo muri iyi si nk'amafunguro meza, aziruye, n'umugore mwiza, n'abana ugiriraho ituze, n'umutekano, ndetse n'ubumenyi bufite akamaro, n'ibikorwa byiza ndetse n'ibindi umuntu acyeneye byemewe.  Naho ibyiza byo ku munsi w'imperuka ni ukurindwa ibihano byo mu mva, no ku rubuga rw'ibaruro, umuriro, no kwishimirwa na Allah, ndetse n'intsinzi y'ijuru ihoraho, no kuzaba bugufi ya Allah Nyir'impuhwe.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Ni byiza gusaba ubusabe bukusanyirije hamwe ibintu byinshi, mu rwego rwo gukurikira Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Mu buryo butunganye nuko mu busabe umuntu yasaba ibyiza byo muri iyi si n'ibyo ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5502</t>
   </si>
   <si>
-    <t>سَيِّدُ الِاسْتِغْفَارِ</t>
+    <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>Ubusabe bwo gusaba imbabazi buhatse ubundi</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Shadad Ibun Awsi  (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ubusabe bwo gusaba imbabazi buhatse ubundi ni umuntu gusaba ubusabe bugira buti: ALLAHUMA ANTA RABI LA ILAHA ILA ANTA, KHALAQTANI WA ANA ABDUKA, WA ANA ALA AHDIKA WA WA'ADIKA MA STATWA'ATU, AUDHU BIKA MIN SHARI MA SWANA'ATU, ABU-U LAKA BINI'IMATIKA ALAYA, WA ABU-U BIDHAN'BII FAGH'FIR LII, FA INAHU LA YAGH'FIRU DHUNUBA ILA ANTA:  Mana Nyagasani ni wowe Nyagasani wanjye,  nta yindi mana ikwiye kugaragirwa by'ukuri uretse wowe, warandemye kandi nanjye ndi umugaragu wawe, kandi ndi ku isezerano ryawe uko mbishoboye; nkwikinzeho ngo undinde ibibi by'ibyo nakoze, Ndemera ingabire wampaye, nkanemera ibyaha byanjye, bityo mbabarira, kubera ko nta wundi ubabarira ibyaha utari wowe." Intumwa y'Imana yaravuze iti: Uzavuga aya magambo ku manywa ari ko ayizera, agapfa kuri ayo manywa mbere y'uko bugoroba azaba abaye umwe mu bazajya mu ijuru. N'uzayavuga ari ko  ayizera mu ijoro, agapfa mbere y'uko bucya azaba abaye umwe mu bazajya mu ijuru.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratugaragariza ko hari amagambo runaka akoreshwa mu kwicuza, kandi ko ameza ayaruse ndetse anayarusha ibihembo ari uko umugaragu yavuga ati: Mana Nyagasani ni wowe Nyagasani wanjye,  nta yindi mana ikwiye kugaragirwa by'ukuri uretse wowe, warandemye kandi nanjye ndi umugaragu wawe, kandi ndi ku isezerano ryawe uko mbishoboye; nkwikinzeho ngo undinde ibibi by'ibyo nakoze, Ndemera ingabire wampaye, nkanemera ibyaha byanjye, bityo mbabarira, kubera ko nta wundi ubabarira ibyaha utari wowe. Bityo umugaragu agahamya mbere na mbere ko Allah ari umwe, kandi ko ari we Muremyi we ndetse Mugaragirwa we wenyine utabangikanywa n'ikindi, kandi akiyemeza ibyo yasezeranyije Allah nko kumwemera no kumwumvira bijyanye n'ubushobozi bwe, kubera ko umugaragu uko yagaragira Allah kose ntashobora kubikora nk'uko Allah yabimutegetse byose uko byakabaye, nta n'ubwo yamushimira ku bw'ingabire ze nk'uko bikwiye. Ikindi kandi aba akwiye gusaba ubuhungiro kwa Allah ngo amurinde, kuko ni we wenyine wo gusaba ubuhungiro bw'ibibi umugaragu aba yakoze. Ikindi nuko agomba kwemera ingabire Allah yamuhundagajeho, ndetse akigarukira akemera ibibi ndetse n'ibyaha we ubwe akora. Nyuma y'uko gutakambira Allah, asaba Nyagasani we kumubabarira ibyaha bye no kumurinda ibibi byabyo amuhishira ndetse anamuhundagazeho impuhwe ze n'ineza ye, kubera ko nta wundi ubabarira ibyaha usibye Allah Nyir'ubutagatifu wenyine. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ivuga ko aya magambo ari amwe mu magambo yo gusingiza Allah buri uko bucyeye na buri uko bwije; bityo uzayavuga mu gitondo hagati y'izuba ko rirasa no ku manywa, abyizera nkuko abivuze, atekereza ku bisobanuro byayo, ayemera maze agapfa azajya mu ijuru; N'uzayavuga mu ijoro nyuma y'uko izuba rirenze kugeza umuseke utambitse, agapfa mbere y'uko bucya azajya mu ijuru.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Amagambo akoreshwa mu gusaba imbabazi Allah aratandukanye, kandi amwe ni meza kuruta andi.
 Birakwiye ko umugaragu ashishikarira gusaba Allah yifashishije ubu busabe, kubera ko ari bwo buhatse ubundi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5503</t>
   </si>
   <si>
-    <t>عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ</t>
+    <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
   </si>
   <si>
     <t>Mujye murangwa no kuvugisha ukuri, kubera ko kuganisha mu byiza, n'ibyiza bikaganisha mu ijuru</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mujye murangwa no kuvugisha ukuri, kubera ko kuganisha mu byiza, n'ibyiza bikaganisha mu ijuru kandi umuntu akomeza kuba umunyakuri no kurangwa nakwo kugeza ubwo kwa Allah yanditswe ko ari umunyakuri; mujye munirinda ibinyoma kuko biganisha mu bibi, n'ibibi bikaganisha mu muriro; kandi umuntu akomeza kuba umunyabinyoma no kurangwa nabyo kugeza ubwo kwa Allah yanditswe ko ari umunyabinyoma ruharwa!"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
 ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse kurangwa n'ukuri, inavuga ko umuntu urangwa nakwo bimuganisha mu gukora ibyiza bihoraho, n'uhozaho ibyiza bimuganisha mu ijuru. Kandi umuntu uhojejeho kurangwa n'ukuri mu ibanga no ku mugaragaro, aba akwiye kwitwa umunyakuri ukomeye. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije yihanangiriza ababeshyi n'abavuga ibinyoma, kuko bigeza nyirabyo kugutana inzira igororotse no gukora ibibi n'ubwangizi hanyuma bikazamugeza no mu muriro. N'iyo akomeje kubeshya kenshi agera aho akazandikwa kwa Allah ko ari umwe mu babeshyi ruharwa.</t>
   </si>
   <si>
     <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
 الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
 الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
   </si>
   <si>
     <t>Kurangwa n'ukuri ni umuco mwiza uharanirwa, kuberako umuntu iyo akomeje kurangwa nako kugera ku rwego biba kimwe mu bimugize, kwa Allah yandikwa mu banyakuri.
 Kubeshya ni umuco mubi, urangwa nawo kenshi mu mvugo n'ibikorwa bikagera ku rwego biba kimwe mu bimugize, kwa Allah yandikwa mu babeshyi kabuhariwe.
 Ukuri gukoreshwa mu mvugo tuvugisha ururimi, kikaba ari ikinyuranyo cyo kubeshya, hari n'ukuri mu migambi, ari ko kwegurira buri gikorwa cyose Allah; n'ukuri mu kugambiririra gukora ibyiza, n'ukuri mu bikorwa; urwego rwa nyuma rwo kuba umunyakuri ni ukuba ibyawe bitagaragarira amaso biba bireshya n'ibyo abantu babasha kubonesha amaso. N'ukuri mu bindi twiyegerezamo Allah nko kumutinya no kumwiringira n'ibindi. Umuntu uzarangwa n'ibi, azaba ari umunyakuri ukomeye, cyangwa se akarangwa na bimwe muri byo, azaba ari umunyakuri byoroheje!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5504</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Amagambo abiri yoroshye kuyavuga ku rurimi ariko akaba aremereye cyane ku minzani yo ku munsi w'imperuka, akaba akunzwe cyane na Allah</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Amagambo abiri yoroshye kuyavuga ku rurimi ariko akaba aremereye cyane ku minzani yo ku munsi w'imperuka, akaba akunzwe cyane na Allah ni ukuvuga ngo: SUB'HANALLAHIL ADHWIM: Ubutagatifu ni ubwa Allah we uhambaye, SUB'HANALLAH WA BIHAMDIHI: Ubutagatifu ni ubwa Allah we ukwiye ishimwe."</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza amagambo abiri umuntu avuga atamugoye no mu buryo yaba ameze bwose, kandi ko ibihembo byayo bihambaye ku munzani, kandi ko Nyagasani wacu Allah Nyir'impuhwe ayakunda, ariyo:
 SUB'HANALLAHIL ADHWIIM, SUB'HANALLAHI WA BIHAMDIHI: kubera ukuntu akubiyemo ibisingizo bya Allah by'ubuhambare n'ubutungane, no kumutagatifuza amutandukanya n'inenge iyo ari yo yose.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Gusingiza Allah gusumba ibindi ni igihe gukubiyemo gutagatifuza Allah no kumusingiza.
 Kugaragaza uburyo impuhwe za Allah zagutse, kubera ko igikorwa gito agihembera ingororano nyinshi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Nta kintu cy'agaciro imbere ya Allah kiruta ubusabe</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nta kintu cy'agaciro imbere ya Allah kiruta ubusabe."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko mu bikorwa byo kwiyegereza Allah nta kirusha agaciro kumusaba, kubera ko mu kuyisaba harimo kwemera ko Allah ari we Mukungu, no kwemera ko umugaragu ntacyo yishoboreye kandi ko acyeneye Allah.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Agaciro k'ubusabe, kandi ko usaba Allah aba amurutishije byose, aniyemereye ko Allah ari ukungahaye kuri byose, naho umugaragu akaba ari we umucyeneye, kubera ko ukennye atasabwa, ndetse unumva bihebuje kubera ko utumva atasabwa, kandi ko Allah ari umunyabuntu kuko umunyabugugu ntasabwa, kandi ko Allah ari Nyir'impuhwe kuko utagira impuhwe ntiyasabwa, kandi ko Allah afiye ubushobozi kubera ko utabufite atasabwa. No kwiyemerera ko Allah ari bugufi bw'umugaragu kuko uri kure ntiyakumva! N'ibindi bisingizo bigaragaza ubuhambare n'ubwiza bya Allah Nyir'ubutagatifu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Ntabwo ituro (Sadaqat) rigira icyo rigabanya mu mutungo, kandi Allah ntacyo  yongerera umugaragu we urangwa no kubabarira usibye kurushaho kumwubahisha, kandi nta n'umwe uca bugufi kubera Allah, usibye ko amwubahisha</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ntabwo ituro (Sadaqat) rigira icyo rigabanya mu mutungo, kandi Allah ntacyo  yongerera umugaragu we urangwa no kubabarira usibye kurushaho kumwubahisha, kandi nta n'umwe uca bugufi kubera Allah, usibye ko amwubahisha</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ituro ritajya rigabanya umutungo ahubwo riwurinda ibyawuhungabanya, ndetse Allah ashumbusha uyitanze ibyiza byinshi, bityo rirawongera aho kuwugabanya.
 Kandi nta mugaragu ubabarira kandi ashoboye no kwihorera cyangwa se kwihanira, usibye ko Allah amwongerera imbaraga n'icyubahiro.
 Kandi nta mugaragu wicisha bugufi kubera Allah, atabikoze kubera uwo atinya, cyangwa se kwigaragaza, cyangwa se kwiyoberanya afite icyo ashaka, usibye ko ingororano ze ziba kumwubahisha no kumuzamura mu ntera.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Ibyiza byose n'intsinzi biri mu kubahiriza amategeko, no gukora ibyiza, kabone n'iyo bamwe mu bantu bacyeka ibinyuranye n'ibyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Uzarinda icyubahiro cy'umuvandimwe we, Allah nawe azarinda umuriro uburanga bwe ku munsi w'imperuka</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Dar'da-i (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzarinda icyubahiro cy'umuvandimwe we, Allah nawe azarinda umuriro uburanga bwe ku munsi w'imperuka."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko urinze icyubahiro cy'umuvandimwe w'umuyisilamu igihe batari kumwe, akabuza abantu kumutuka cyangwa se kumugirira nabi, Allah nawe azamurinda ibihano byo ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Kubuza amagambo yibasira icyubahiro cy'abayisilamu.
 Ineza yiturwa indi, bityo urengeye umuvandimwe we Allah nawe azamurinda umuriro.
 Isilamu ni idini ry'ubuvandimwe n'ubufatanye no gutabarana hagati y'ababubarizwamo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Uzavuga ku munsi inshuro ijana aya magambo: SUB'HANALLAHI WA BIHAMDIHI: Ubutagatifu n'ikuzo ni ibya Allah, ababarirwa ibyaha bye kabone n'iyo byaba bingana n'ifuro ryo ku nyanja</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzavuga ku munsi inshuro ijana aya magambo: SUB'HANALLAHI WA BIHAMDIHI: Ubutagatifu n'ikuzo ni ibya Allah, ababarirwa ibyaha bye kabone n'iyo byaba bingana n'ifuro ryo ku nyanja."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza y'uko uvuze buri munsi inshuro ijana aya magambo: SUB'HANALLAHI WA BIHAMDIHI: Ubutagatifu n'ikuzo ni ibya Allah, ababarirwa ibyaha bye kabone n'iyo byaba bingana n'ifuro ryo ku nyanja.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Ibi bihembo ni ibya wawundi uvuga aya magambo buri munsi yaba ayakurikiranyije cyangwa se ayatandukanyije.
 Tasbiihi: Ni ugutagatifuza Allah amutandukanya n'inenge iyo ari yo yose, naho Al Hamdu: Ni ukumuvuga ibigwi n'ibisingizo byuzuye, bivanzemo kumukunda no kumwubaha.
 Ikigamijwe muri iyi Hadithi ni ukubabarira ibyaha bito, naho ibyaha bikuru byo ni ngombwa kubyicuza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>Uzavuga ati: "LA ILAHA ILA LLAHU WAHDAHU LA SHARIKA LAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAY'IN QADIIR: Nta yindi mana ikwiye gusengwa by'ukuri usibye Allah wenyine udafite uwo abangikanye nawe, ni we Nyir'ubwami no gusingizwa, kandi niwe Nyir'ubushobozi kuri buri kintu" inshuro icumi</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Ayub (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzavuga ati: "LA ILAHA ILA LLAHU WAHDAHU LA SHARIKA LAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAY'IN QADIIR: Nta yindi mana ikwiye gusengwa by'ukuri usibye Allah wenyine udafite uwo abangikanye nawe, ni we Nyir'ubwami no gusingizwa, kandi niwe Nyir'ubushobozi kuri buri kintu" inshuro icumi, azaba ameze nk'uwakuye mu bucakara abacakara bane bo mu rubyaro rwa Ismail."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko uvuze ati: "LA ILAHA ILAHA ILA LLAHU WAHDAHU LA SHARIKA LAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAY'IN QADIIR; ari yo asobanuye ko nta yindi mana ikwiye gusengwa by'ukuri usibye Allah wenyine udafite uwo abangikanye nawe, kandi ko ari we Nyir'ubwami bwuzuye n'ibisingizo bimukwiye, akayavuga hamwe n'urukundo n'icyubahiro akwiye we wenyine, kandi akavuga ko ariwe Nyir'ubushobozi kuri buri kintu, nta na kimwe cyamunanira; Uzasubiramo aya magambo ahambaye inshuro icumi ku munsi, azabona ingororano zingana n'uwakuye mu bucakara abacakara bane bo mu rubyaro rwa Ismail mwene Ibrahim (Allah abahundagazeho amahoro), kubera ko ari bo banyacyubahiro kuruta abandi.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Ibyiza byo kuvuga aya magambo akubiyemo guharira Allah gusengwa, n'ubwami, n'ikuzo ndetse n'ububasha byuzuye.
 Uvuze aya magambo ayakurikiranyije cyangwa se ayatandukanyije abona ingororano zihambaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Uwo Allah ahitiyemo ibyiza amuha gusobanukirwa mu idini</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Muawiyat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: "Uwo Allah ahitiyemo ibyiza amuha gusobanukirwa mu idini kandi nanjye ndi ugabanya abantu (imitungo) uko nategetswe na Allah, ndetse Allah niwe Mugaba, kandi mu bayoboke banjye (Umat) hari abazakomeza gushikama ku  idini, ku buryo uzanyuranya nabo ntacyo bizabatwara, kugeza ubwo itegeko rya Allah rizasohorera."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko uwo Allah ahitiyemo ibyiza, imuha gusobanukirwa idini rye, kandi ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igabanya ingabire z'ibyo Allah yayihaye byaba mu mafunguro cyangwa se ubumenyi ndetse n'ibindi, kandi ko ugaba ingabire w'ukuri ari Allah, naho abandi batari we bo ni impamvu ntibagira icyo bakumarira usibye ku burenganzira bwa Allah, kandi mu bayoboke b'Intumwa y'Iman hari abazakomeza gushikama ku dini rya Allah,  ku buryo uzanyuranya nabo ntacyo yabatwara kuzageza ku munsi w'imperuka w'imperuka.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Ubuhambare n'ibyiza by'ubumenyi bw'idini no kubwiga ndetse no kubushishikariza abandi.
 Ni ngombwa ko mu bayoboke b'Intumwa y'Imana hagomba kubamo abahagaze ku kuri, bamwe nibataguhagararaho hagomba kuza bandi baguhagararaho.
 Kugira ubumenyi bw'idini biri mu byiza Allah ahitiramo umugaragu we.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igaba ku itegeko rya Allah no ku bushake bwe, kandi yo ubwayo ntacyo itunze.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5518</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ</t>
+    <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
   <si>
     <t>Yemwe bantu! Mujye musuhuzanya indamutso yo kwifurizanya amahoro, mugabure ibyo kurya, mwunge amasano y'imiryango, mukore ibihagararo by'ijoro musari abandi baryamye, muzinjira mu ijuru mu mahoro</t>
   </si>
   <si>
     <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Salam (Imana imwishimire) yaravuze ati: Ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari igeze i Madinat, abantu bihuse bayisanganira; bavuga bati:  Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yageze i Madinat (babisubiramo inshuro eshatu), nuko nza ndi mu bandi bantu kugira ngo ndebe, ubwo nitegerezaga uburanga bwayo, nabonye uburanga bwayo atari ubw'umubeshyi; icya mbere nayumvanye ni aho yavuze iti: "Yemwe bantu! Mujye musuhuzanya indamutso yo kwifurizanya amahoro, mugabure ibyo kurya, mwunge amasano y'imiryango, mukore ibihagararo by'ijoro musari abandi baryamye, muzinjira mu ijuru mu mahoro."</t>
   </si>
   <si>
     <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
 فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
     <t>Ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yageraga i Madinat, abantu bakayibona barayisanganiye bihuta, no muri bo hari harimo Abdullah Ibun Salam (Imana imwishimire) ndetse akaba yari akiri n'umuyahudi; ubwo yayibonaga yarebye mu buranga bwayo abona itaba umubeshyi, kubera urumuri yayibonanye n'ubwiza n'igitinyiro cy'ukuri. Icya mbere yayumviseho naho yashishikarije abantu gukora ibikorwa bizaba impamvu y'uko bazinjira mu ijuru; no muri byo ni ibi bikurikira:
 Icya mbere: Ni ugusuhuzanya indamutso y'amahoro ku bwinshi ku wo uzi no kuwo utazi.
 Icya kabiri: Ni ukugabura ibyo kurya utanga ituro, cyangwa se impano, cyangwa se amazimano y'abashyitsi bagusuye.
 Icya gatatu: Ni ukunga isano ry'imiryango haba mu ruhande rwa so cyangwa se rwa nyoko.
 Icya kane: Ni ugusali iswalat y'umugereka yo mu gicuku igihe abandi baryamye.</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
     <t>Ni byiza gusuhuzanya indamutso y'amahoro hagati y'abayisilamu; naho abatari abayisilamu ntimuyibabanza, ariko n'iyo bayikubanje bagira bati: Assalaam Alaykum, urabasubiza uti: Walaykum!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5520</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah akunda umugaragu w'umutinyamana, wihishira ntasabe abantu, ukora ibintu bye mu ibanga adategereje ishimwe ry'abantu</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Sa'ad Ibun Abi Waqasw (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Mu by'ukuri Allah akunda umugaragu w'umutinyamana, wihishira ntasabe abantu, ukora ibintu bye mu ibanga adategereje ishimwe ry'abantu."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko Allah Nyir'ubutagatifu  akunda bamwe mu bagaragu be;
 Muri bo harimo umutinyamana wubahiriza amategeko ye, akitandukanya n'ibyo yamubujije.
 Akunda kandi uwihagije udasabiriza mu bantu kubera Allah, ntagire undi asaba.
 Akunda kandi uwicisha bugufi, agaragira Nyagasani we, wita ku bimufitiye akamaro, utita ku kuba yashimwa n'abantu cyangwa se ngo bamushimagize.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Kugaragaza bimwe mu bikorwa byatuma Allah akunda abagaragu be, ari byo: Kumutinya, kwicisha bugufu, no kunyurwa n'ibyo Allah yabageneye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Mu by'ukuri muzabona Nyagasani wanyu nkuko mubona uku kwezi, kandi ntimuzigera mubyigana mugorwa  no kumureba</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djarir Ibun Abdillah (Imana imwishimire) yaravuze ati: Twari turi ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) ari mu ijoro, nuko ireba ukwezi -igihe kwabaye inzora- maze iravuga iti: Mu by'ukuri muzabona Nyagasani wanyu nkuko mubona uku kwezi, kandi ntimuzigera mubyigana mugorwa  no kumureba; nimushobora kutananirwa no gusali iswalat ya mbere y'uko izuba rirasa na mbere y'uko rirenga muzabikore." Irangije isoma umurongo ugira uti: {...unatagatifuze Nyagasani wawe umukuza mbere y’uko izuba rirasa na mbere y’uko rirenga...}. Twaha: 130.</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ijoro rimwe yitegereje ukwezi -mu ijoro rya cumi na kane-, maze iravuga iti: Mu by'ukuri abemeramana bazabona Nyagasani wabo by'ukuri, nta gushidikanya, kandi ntibazigera bagorwa no kumubona ndetse ntibazabyigana. Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije iravuga iti: Nimushobora gutsinda impamvu zose zababuza gusali iswalat yo mu rukerera (Al Faj'ri) n'iyo ku gicamunsi (Al Asw'ri) muzabikore, muzisali mu buryo bwuzuye ku gihe cyazo kandi mu mbaga, kuko gukora ibyo ari imwe mu mpamvu zo kuzabona uburanga bwa Allah Nyir'ubutagatifu. Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibasomera umurongo wa Qur'an ugira uti: {...unatagatifuze Nyagasani wawe umukuza mbere y’uko izuba rirasa na mbere y’uko rirenga,...} Twaha: 130.</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>Inkuru nziza ku bemeramana y'uko bazabona Allah Nyir'ubutagatifu  mu ijuru.
 Bumwe mu buryo bwo gukora ivugabutumwa: Ni ukwemeza no gushimangira, guhamagarira ndetse no gutanga ingero.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5657</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>Yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itajyaga yanga imibavu iyo yabaga iyihawemo impano</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas Ibun Malik (Imana imwishimire): Yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itajyaga yanga imibavu iyo yabaga iyihawemo impano.</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Mu migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nuko itajyaga yanga impano y'imibavu, ahubwo yarawemeraga kubera ko kuwutwara biroroshye, kandi igahumura neza.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Ni byiza kwakira impano y'imibavu, kubera ko kuyitwara ntigora, kandi kuyakira ntacyo bitwaye.
 Imico y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) myiza kandi yuzuye ku byerekeranye no kutanga kwakira impano y'imibavu, no kwakira impano ihawe.
 Gushishikariza gukoresha imibavu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5733</t>
   </si>
   <si>
-    <t>اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ،</t>
+    <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>Mutinye amahugu, kubera ko amahugu azaba ari umwijima ku munsi w'imperuka; munatinye kandi kugira ubugugu, kubera ko kugira ubugugu byoretse ababayeho mbere yanyu</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djabir Ibun Abdillah (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mutinye amahugu, kubera ko amahugu azaba ari umwijima ku munsi w'imperuka; munatinye kandi kugira ubugugu, kubera ko kugira ubugugu byoretse ababayeho mbere yanyu, byatumye bamena amaraso yabo, banazirura ibyo baziririjwe."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatwihanangirije kutarangwa no kugira amahugu, harimo no guhuguza abantu, no kwihuguza, no guhuguza ibyo ugomba gukorera Allah Nyir'ubutagatifu. Ari byo bisobanuye kureka guha buri wese uburenganzira umugomba, kandi ko amahugu azaba umwijima ku bayakora ku munsi w'imperuka nk'ibihano n'ibindi bintu bikomeye. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yabujije kugira ubugugu ari byo bisobanuye kugundira bikomeye, no kwanga gutanga uburenganzira mu mutungo, no gukunda cyane isi. Ubu bwoko bw'amahugu bworetse ababayeho mbere yacu, kuko bwatumye bicana hagati yabo, ndetse banazirura ibyo Allah yaziririje.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Gutanga umutungo no kwihanganisha abandi ni imwe mu mpamvu zo gukundana no gushyigikirana.
 Kugira ubugugu bitera gukora ibyaha n'ibindi bikorwa bibi by'urukozasoni.
 Gufatira isomo ku bantu batubanjirije.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5787</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Umwemeramana urusha abandi ukwemera kuzuye ni ubarusha imico myiza, n'umwiza muri mwe kubarusha ni ubanira neza abagore be</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwemeramana urusha abandi ukwemera kuzuye ni ubarusha imico myiza, n'umwiza muri mwe kubarusha ni ubanira neza abagore be."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umwemeramana urusha abandi ukwemera ari ubarusha imico myiza, ugaragariza abandi uburanga bucyeye, akora ibikorwa byiza, avuga amagambo meza, yirinda kubangamira abandi.
 Kandi ko umwemeramana mwiza kuruta abandi ari ubarusha kubanira neza abagore b'abanyamuryango be nk'umugore we, abakobwa be, bashiki be, n'abandi bagore bafitanye isano rya bugufi kubera ko ari bo bakwiye kubanirwa neza kuruta abandi bantu.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Ibyiza byo kurangwa n'imico myiza, kandi ko ari kimwe mu biranga ukwemera.
 Gukora ni kimwe mu bigize ukwemera, kandi ukwemera kuriyongera ndetse kukanagabanyuka.
 Isilamu iha agaciro ab'igitsinagore, ndetse ikanashishikariza kubabanira neza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Isi ni ahantu ushobora kubonera ibyishimo n'umunezero, ariko umunezero waho uruta iyindi ni ukugira umugore utunganye ukora ibikorwa byiza</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amri (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Isi ni ahantu ushobora kubonera ibyishimo n'umunezero, ariko umunezero waho uruta iyindi ni ukugira umugore utunganye ukora ibikorwa byiza."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko isi n'ibiyikubiyemo ari ibintu by'umunezero winezezamo igihe runaka, hanyuma bikarangira, kandi ko umunezero waho uruta iyindi ari ukuba ufite umugore ukora ibikorwa byiza, ari we wa wundi ureba akakunezeza, wamutegeka akakumvira, waba udahari akaguhishira, ndetse akirinda akanarinda umutungo wawe.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>BIremewe kwinezeza mu byiza byo muri iyi si Allah yaziruriye abagaragu be nta kwaya cyangwa se kugundira.
 Gushishikariza gutoranya umugore ukora ibikorwa byiza, kubera ko afasha umugabo we kumvira Nyagasani we.
 Kwinezeza kwiza muri iyi si ni ugutuma wumvira Allah, cyangwa se ukugufasha kumvira Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا</t>
+    <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>Mu by'ukuri idini riroroshye, kandi nta n'umwe uzarikomeza usibye ko rizamukomerera, mushikame kandi mukore ibikorwa bibegereza Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri idini riroroshye, kandi nta n'umwe uzarikomeza usibye ko rizamukomerera, mushikame kandi mukore ibikorwa bibegereza Allah, munatange inkuru nziza, munabikore mu gitondo na nimugiroba ndetse n'igihe ijoro riri kurangira.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko idini ry'ubuyisilamu ryubakiye ku koroha mu mategeko yaryo yose; bigaragara kurushaho igihe hari impamvu yo kuba adashoboye gukora rimwe muri ayo mategeko, cyangwa se igihe acyeneye ikintu runaka. Kubera ko gucukumbura cyane mu bikorwa by'idini, no kureka kubyoroshya bituma umuntu ananirwa kubikora byaba byose cyangwa se bimwe muri byo. . Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ishishikariza igihe cyose kuba mu rugero no kutarengera, bityo umugaragu ntakwiye kudohoka mu byo yategetswe, cyangwa se ngo akore ibyo adashoboye, iyo ananiwe gukora ibikorwa nk'uko bikwiye, akwiye gukora ibyo ashoboye.
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko idini ry'ubuyisilamu ryubakiye ku koroha mu mategeko yaryo yose; bigaragara kurushaho igihe hari impamvu yo kuba adashoboye gukora rimwe muri ayo mategeko, cyangwa se igihe acyeneye ikintu runaka. Kubera ko gucukumbura cyane mu bikorwa by'idini, no kureka kubyoroshya bituma umuntu ananirwa kubikora byaba byose cyangwa se bimwe muri byo. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ishishikariza igihe cyose kuba mu rugero no kutarengera, bityo umugaragu ntakwiye kudohoka mu byo yategetswe, cyangwa se ngo akore ibyo adashoboye, iyo ananiwe gukora ibikorwa nk'uko bikwiye, akwiye gukora ibyo ashoboye.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  kandi yahaye inkuru nziza y'ingororano zihambaye z'ibikorwa bihoraho kabone n'iyo byaba bicye kuri wa wundi udashoboye gukora igikorwa mu buryo bwuzuye, kubera ko kunanirwa kugikora iyo bitamuturutseho, ntibimugabanyiriza ibihembo byacyo.
 No kubera ko isi mu kuri ari iy'abahisi n'abagenzi bagana ku munsi w'imperuka, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse kwifashisha guhozaho ibikorwa byo kwiyegereza Allah by'umwihariko mu bihe bitatu umuntu aba afitemo ibakwe:
 Icya mbere: Mu gitondo cya kare hagati y'umuseke utambitse nyuma y'isengesho ryo mu rukerera na mbere y'uko izuba rirasa.
 Icya kabiri: Ikigoroba izuba ryerekeye mu kirere rirengeramo.
 Icya gatatu: Mu ijoro ryaba ryose cyangwa se igice cyaryo, no kubera ko imirimo y'ijoro ari yo igoye kuruta iyo ku manywa, yategetse gukora micye muri yo.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Uburyo amategeko y'ubuyisilamu yoroshye kandi anoroheye buri wese, bityo nta kudohoka cyangwa se ngo umuntu akabye.
 Umugaragu wa Allah agomba gukora igikorwa kiri mu bushobozi bwe, nta kigiremo ubunebwe cyangwa se ngo agikomeze.
 Umugaragu wa Allah agomba guhitamo ibihe afite ibakwe mu gukora amasengesho. Biriya bihe bitatu by'umwihariko ni byo bihe umubiri uba ushishikariye gukora amasengesho.
 Ibun Hadjar Al As'qalaniy yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imeze nkaho yabwiraga umugenzi ufite aho agiye, n'ibi bihe bitatu ni byo bihe byiza by'umugenzi. Imwibutsa  ibihe aba abifitemo umurava, kuko iyo umugenzi agenze urugendo ijoro n'amanywa arananirwa bikamunanira, ariko iyo ahisemo kugenda muri ibyo bihe aba afite imbaraga bimufasha kubihozaho kandi bitamugoye cyane.
 Ibun Hadjar yaravuze ati: Muri iyi Hadith haragaragaramo gushishikariza abantu kwakira uburenganzira buteganyijwe mu mategeko, kubera ko gukora amategeko mu mwanya  wo kubahiriza uburenganzira haba harimo gutsimbarara, nk'umuntu ureka kwisukuza itaka kuko afite impamvu zitamwemerera gukoresha amazi, we agahatiriza akayakoresha bikaba byamugiraho ingaruka.
 Ibun Al Muniru yaravuze ati: Muri iyi Hadith harimo ikimenyetso mu bimenyetso by'ubuhanuzi, aho twabonye n'abantu babayeho mbere yacu babonye ko umuntu wese ukomeje idini birangira rimunaniye. Ariko ikigamijwe ntabwo ari ukubuza gukora ibikorwa by'amasengesho mu buryo bwuzuye kuko ari ibintu byiza, ahubwo ikibujijwe ni ukubikabyamo bitera kurambirwa cyangwa se gukabya mu bikorwa by'umugereka bituma umuntu areka ibyo yagakwiye kuba akora cyangwa se igihe yagakwiye gukoramo ibikorwa by'itegeko nk'umuntu urara ijoro ryose akora amasengesho y'ijoro, isengesho ry'itegeko rya mu gitondo mu mbaga rikamunyuraho, cyangwa se akarisali izuba ryarashe igihe cyaryo cyarangiye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5795</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Igihe cyose habayeho koroha mu kintu  bikigira cyiza, kandi n'igihe nta koroha kubayemo bikigira kibi</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire), akaba yari n'umugore w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Igihe cyose habayeho koroha mu kintu  bikigira cyiza, kandi n'igihe nta koroha kubayemo bikigira kibi."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko igihe cyose habayeho koroha mu kintu  bituma kiba cyiza ndetse kikanuzura, ndetse n'uranzwe nabyo akagera ku ntego ye;
 Ariko iyo hatabayeho koroha bikigira kibi, ndetse bikanabuza nyiracyo kugera kucyo ashaka, yanakigeraho akakigeraho bimugoye.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Gushishikariza kurangwa n'umuco wo koroha.
 Umuco wo koroha utuma umuntu agaragara neza, ndetse bikaba n'impamvu ya buri icyiza icyo ari cyo cyose muri gahunda ze z'imibereho ndetse n'iz'idini.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah yishimira umugaragu wafata icyo kurya akabishimira Allah, cyangwa se agafata icyo kunywa akabimushimira</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas Ibun Malik (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri Allah yishimira umugaragu wafata icyo kurya akabishimira Allah, cyangwa se agafata icyo kunywa akabimushimira."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko umugaragu gushimira Nyagasani we ku byiza yamukoreye n'inema yamuhundagajeho biri mu bintu bituma yishimirwa na Allah; yarya akavuga ati: Ishimwe ni irya Allah, ndetse akanywa ibyo kunywa akavuga ati: Ishimwe ni irya Allah.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Ineza ya Allah Nyir'ubutagatifu, utanga amafunguro akanishimira umusingije.
 Kwishimirwa na Allah bigerwaho ku mpamvu yoroheje, nko gushimira Allah nyuma yo  kurya no kunywa.
 Imwe mu mico myiza ikwiriye kuranga urya n'unywa ni ugushimira Allah Nyir'ubutagatifu nyuma yo kubikora.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Mu by'ukuri Umwemeramana kubera imico ye myiza, ituma agera ku rwego rw'uwasibye ndetse wakoze igihagararo cyo mu ijoro</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Mu by'ukuri Umwemeramana kubera imico ye myiza, ituma agera ku rwego rw'uwasibye ndetse wakoze igihagararo cyo mu ijoro."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko imico myiza igeza nyirayo ku rwego nk'urw'uhozaho igisibo ku manywa, agakora igihagararo cya nijoro, kandi ibikusanyiriza hamwe imico myiza ni: Ugukora ibikorwa byiza, kuvuga amagambo meza, gucya mu buranga, no kwirinda icyabangamira abantu ndetse no kubihanganira.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Ubuhambare bw'uburyo Isilamu yitaye ku mico myiza kandi yuzuye.
 Ibyiza byo kurangwa n'imico myiza, kugeza ubwo bigeza umugaragu wa Allah ku rwego rw'uwasibye adasiburuka, n'uwakoze igihagararo abutaruhuka.
 Gusiba ku manywa no gukora igihagararo cya nijoro, ibi bikorwa byombi bihambaye birimo imvune ku babikora, ku buryo umuntu urangwa n'imico myiza ishobora ku mugeza kuri uru rwego kubera kugira umuhate wo kubanira abantu neza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Umwiza muri mwe ni ubarusha imico myiza</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amri (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntiyari umunyamvugo mbi, cyangwa se ngo ibe yarangwa no kuvuga nabi, ahubwo yahoraga ivuga iti: "Umwiza muri mwe ni ubarusha imico myiza."</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Mu mico y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntihari harimo kurangwa n'imvugo mbi, cyangwa se ibikorwa bibi, nta n'ubwo yajyaga ibigambirira, kubera ko yarangwaga n'imico myiza kandi ihambaye.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yajyaga ivuga iti: Umwiza kwa Allah kubarusha ni ubarusha imico myiza; ukora ibikorwa byiza, acya mu buranga ntazingire abantu umunya, yirinda icyabangamira abantu ndetse akabihanganira, ndetse akabana n'abantu mu byiza.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Umwemeramana agomba kwirinda imvugo mbi ndetse n'ibikorwa bibi.
 Uburyo imico yaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari itunganye kandi yuzuye, bityo ntacyo yakoraga cyangwa se ngo ivuge usibye ibyiza.
 Imico myiza ni ho hantu ho kurushanwa, urushije abandi akaba abaye umwe mu bemeramana beza kandi bafite ukwemera kuzuye kurusha abandi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>Allah yaravuze ati: Yewe mwene Adamu, jya utanga mu byo naguhaye, nanjye nzajya nguha ibyo ucyeneye</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Allah yaravuze ati: Yewe mwene Adamu, jya utanga mu byo naguhaye, nanjye nzajya nguha ibyo ucyeneye."</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko Allah Nyir'ubutagatifu yavuze ati: Yewe mwene Adamu jya witanga - byaba iby'itegeko cyangwa se ibyo ushishikarizwa gukora-, nanjye nzakwagurira mu byawe, nguhe ingurane y'ibyo watanze, ndetse nabigushyiriremo imigisha.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Gushishikariza gutanga amaturo no kwitanga mu nzira ya Allah.
 Kwitanga mu nzira zitandukanye z'ibyiza ni imwe mu mpamvu zizana imigisha mu mafunguro ndetse no kwiyongera kwayo, ndetse no kuba Allah aguha ingurane y'ibyo watanze.
 Iyi Hadithi ni imwe mu zo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakuye kwa Nyagasani wayo, ari zo zitwa Hadithul Qud'siyu cyangwa se Ilahiyu, ari zo zisobanuye ko imvugo zazo n'ibisobanuro byazo byaturutse kwa Allah, usibye ko zo zidafite umwihariko nk'uwa Qur'an itandukaniyeho n'ibindi, nko kuba kuyisomerwa ari kimwe mu bikorwa by'amasengesho (Ibadat), no kuyisoma wabanje gukora isuku (Twaharat), no kuba yarategeye abantu kuzana ikimeze nkayo kandi ikaba ari igitangaza, ndetse n'ibindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5805</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: Ni ubuhe buyisilamu bwiza? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Jya usangira ibyo kurya n'abandi, usuhuze indamutso y'amahoro uwo uzi n'uwo utazi</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Amri (Imana imwishimire we na se) yavuze ko: Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: Ni ubuhe buyisilamu bwiza? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Jya usangira ibyo kurya n'abandi, usuhuze indamutso y'amahoro uwo uzi n'uwo utazi.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarabajijwe iti: Ni iyihe mico myiza mu buyisilamu kuruta indi? Nuko ivuga ibintu bibiri:
 Icya mbere: Ni ukugaburira abacyene, haninjiramo gutanga amaturo, cyangwa se impano, cyangwa se amazimano igihe bagusuye, cyangwa se kwakira abantu igihe wakoze ubukwe. By'umwihariko kugaburira abantu biba byiza cyane mu bihe by'amapfa n'inzara n'ibiciro by'ibiribwa bihenze.
 Icya kabiri: Kwifuriza indamutso y'amahoro buri muyisilamu waba uzi cyangwa se utazi.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Uburyo abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bashishikariraga kumenya ibikorwa byiza bibafitiye akamaro hano ku isi no ku munsi w'imperuka.
 Gusuhuzanya indamutso y'amahoro, no kugaburira abantu ibyo kurya ni bimwe mu bikorwa biruta ibindi muri Isilamu, kubera ko ari iby'agaciro, no kuba abantu babicyenera ibihe byose.
 Iyi mico ibiri ibumbatiye hamwe kugira neza byaba mu mvugo ndetse no mu bikorwa, ndetse ni nako kugira neza byuzuye.
 Iyi mico myiza yerekeranye no gufatanya hagati y'abayisilamu ubwabo ku bwabo, hari n'iyindi yerekeranye n'umugaragu na Nyagasani we.
 Gutangira gusuhuza indamutso y'amahoro ni umwihariko ku bayisilamu, ariko utari umuyisilamu ntabanza gusuhuzwa indamutso y'amahoro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5808</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah arindiriza umunyamahugu, kugeza ubwo amuguye gitumo ntabe yamucika</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Mussa (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri Allah arindiriza umunyamahugu, kugeza ubwo amuguye gitumo ntabe yamucika Abi Mussa aravuga ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije isoma umurongo ugira uti: {Uko ni ko Nyagasani wawe arimbura abatuye mu midugudu igihe baranzwe no gukora ibibi. Mu by’ukuri ibihano bye birababaza kandi birakaze.} [Hud: 102]</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irihanangiriza abantu banga kuva mu mahugu bakora ibyaha n'ibangikanyamana, ndetse banahuguza abantu ibyabo, ko Allah arindiriza umunyamahugu akamutega iminsi akanamuha kuramba no kugwiza imitungo ye, ntiyihutire kumuhana; iyo aticujije amugwa gitumo ntamureke kubera amahugu ye menshi yakoze.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije isoma umurongo wa Qur'an ugira uti: {Uko ni ko Nyagasani wawe arimbura abatuye mu midugudu igihe baranzwe no gukora ibibi. Mu by’ukuri ibihano bye birababaza kandi birakaze.} [Hud: 102].</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Umunyabwenge akwiye kwihutira kwicuza, kandi ntiyirare niba ari umunyamahugu ngo yumve ko yarokoka ibihano bya Allah.
 Allah Nyir'ubutagatifu arindiriza abanyamahugu ntabahanireho, agamije kuzabatungura ndetse no kubongerera ibihano igihe cyose bazaba baticujije.
 Guhuguza ni imwe mu mpamvu Allah yagiye ahanira abantu babayeho mbere.
 Iyo Allah yoretse umudugudu, hari ubwo waba urimo abakora ibikorwa byiza, abo ku munsi w'imperuka bazazuka uko bapfuye bameze barakoze ibyiza, no kuba nabo ibihano byarabagezeho ntacyo bizaba bibatwaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5811</t>
   </si>
   <si>
-    <t>كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ،</t>
+    <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>Mwese muri abashumba, kandi mwese muzabazwa ibyo mwaragijwe</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mwese muri abashumba, kandi mwese muzabazwa ibyo mwaragijwe, umuyobozi uyoboye abandi ni umushumba ndetse azabazwa abo yaragijwe; n'umugabo ni umushumba ku be bo mu rugo kandi azababazwa; umugore ni umushumba ku byo mu rugo rw'umugabo we ndetse n'abana be, kandi azababazwa; n'umugaragu ni umushumba  w'umutungo wa shebuja kandi azawubazwa! bityo mwese muri abashumba kandi muzabazwa ibyo mwaragijwe!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko buri muyisilamu mu muryango mugari (sosiyete) afite inshingano arinze kandi ategetswe gucunga neza. Bityo Imam n'umuyobozi ni abashumba mubo Allah yabaragije; bagomba kurinda amategeko abagenga, ndetse bakanabarinda abashaka kubagirira nabi, bakanarwanya abanzi babo, kandi bakabarinda gutagaguza ibyabo. N'umugabo abo mu rugo rwe, ategetswe kubaha ibyo bacyeneye, no kubabanira neza, no kubigisha ndetse no kubaha uburere. N'umugore mu rugo rw'umugabo we ni umushumba, agomba gucunga neza iby'umugabo we, agaha abana be uburere, kandi azabibazwa. N'umukozi cyangwa se umugaragu ni abashumba mu mutungo wa ba shebuja, bagomba kuwurinda neza, bakanamukorera neza nkuko bikwiye, kandi bazabibazwa. Bityo buri wese ni umushumba mubyo Allah yamuragije, kandi na buri wese azabibazwa.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Inshingano mu muryango mugari wa Kisilamu ni rusange, bijyanye n'ubushobozi bwa buri wese n'inshingano ze.
 Uburyo inshingano z'umugore zihambaye, kubera ko asabwa kurinda iby'urugo rw'umugabo we ndetse n'abana be.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5819</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Ntacyo nasize nyuma yanjye mu bigeragezo kigora abagabo nk'abagore</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Usamat Ibun Zayd (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ntacyo nasize nyuma yanjye mu bigeragezo kigora abagabo nk'abagore."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko nta kigeragezo yasize nyuma yo gupfa kwayo kigora abagabo kwigobotora nk'abagore; iyo uwo mugore ari umwe mu banyamuryango be, umugabo ashobora kumukurikira mu guca ukubiri n'amategeko y'idini, naho iyo umugore atari uwo mu muryango we, guhura nawe no kwihererana nawe bitera ingaruka mbi.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Umuyisilamu akwiye kwirinda ikigeragezo cy'abagore, ndetse agafunga inzira zose zamuganisha muri cyo.
 Umwemeramana akwiye kwishingikiriza Allah no kuba ari we arangamira kugira ngo arokoke ibigeragezo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5830</t>
   </si>
   <si>
-    <t>مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ</t>
+    <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>Uzaba afite ubushobozi bwo kurongora azabikore, bimufasha kurinda indoro ye n'ubwambure bwe, ariko uzaba atabishoboye, ajye asiba kuko bimurinda kugwa muri icyo cyaha</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdullah Ibun Mas'ud (Imana imwishimire) yaravuze ati: Twari kumwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) maze iravuga iti: "Uzaba afite ubushobozi bwo kurongora azabikore, bimufasha kurinda indoro ye n'ubwambure bwe, ariko uzaba atabishoboye, ajye asiba kuko bimurinda kugwa muri icyo cyaha.</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikarije ushoboye kurongora no kuzuza inshingano kubikora, kugira ngo birinde indoro ye n'ubwambure bwe  kureba no gukora ibyaziririjwe. Ariko utazagira ubwo bushobozi, ashoboye kurongora ajye asiba kugira ngo bice intege irari rye.</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>Ubuyisilamu bwashishikariye impamvu zigeza abantu kukwiyubaha no kurokoka ibyaha.
 Bwashishikarije kandi udafite ubushobozi bwo gutunga urushako gusiba, kugira ngo bice intege irari ry'umubiri we.
 Gusanisha igisibo n'ingabo, nuko gusiba bituma ubushyuhe bugabanyuka ntararikire cyane imibonano.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5863</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Mujye mworoshya ibintu, ntimukabikomeze, mutange inkuru nziza ntimutange izitera kwiheba</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mujye mworoshya ibintu, ntimukabikomeze, mutange inkuru nziza ntimutange izitera kwiheba."</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irategeka abantu kworoshya no kworohereza abantu no kutabagora muri byose bireba idini ryabo n'imibereho yabo, ariko ntibirenge imbibi z'ibyo Allah yabaziruriye ndetse akanabategeka.
 Iyi Hadithi irashishikariza kubwira abantu inkuru nziza z'ibyiza, no kutababwira izituma biheba, bakanahunga.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Ni itegeko ko umwemeramana akundisha abantu Allah, akanabashishikariza gukora ibyiza.
 Ni ngombwa ko umuvugabutumwa uhamagarira abantu kugana Allah agomba kurebana ubushishozi inzira iboneye akwiye guhamagariramo abantu kugana Allah.
 Gutanga inkuru nziza bitera akanyamuneza n'ibyishimo,  umuvugabutumwa mu byo ahamagarira abantu.
 Kugora abantu no kubakomereza bituma biheba, bagahunga ndetse bakanashidikanya mu byo umuvugabutumwa abahamagarira.
 Impuhwe za Allah ku bagaragu be ziragutse, kandi yabahitiyemo idini ryoroshye n'amategeko aboroheye.
 Koroshya dutegetswe ni kwa kundi kwavuzwe mu mategeko y'idini.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5866</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ</t>
+    <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>Mujye mwirinda kwinjira ahari abagore"; nuko umugabo umwe wo mu basangwa b'i Madinat (Answar) aravuga ati: Yewe Ntumwa y'Imana! None ubibona ute ari muramu w'uwo mugore? Intumwa iramusubiza iti: "Umuramu ni urupfu!</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Uq'bat Ibun Amir (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ivuga iti: "Mujye mwirinda kwinjira ahari abagore"; nuko umugabo umwe wo mu basangwa b'i Madinat (Answar) aravuga ati: Yewe Ntumwa y'Imana! None ubibona ute ari muramu w'uwo mugore? Intumwa iramusubiza iti: "Umuramu ni urupfu!"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yihanangirije kwivanga n'abagore uziruriwe kurongora ndetse iranavuga iti: Mujye mwirinda kwinjira ahari abagore, cyangwa se ngo abagore baze aho muri.
 Nuko umugabo umwe wo mu basangwa b'i Madinat (Answar) arabaza ati: None ari uwo mu muryango w'umugabo nka mukuru we, cyangwa murumuna we, cyangwa umwana w'umuvandimwe w'umugabo we, cyangwa sewabo w'umugabo we mu bemerewe kumurongora iyo aza kuba atararongorwa?
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irasubiza iti: Muzamutinye nkuko mutinya urupfu! Kuko kwihererana n'abaramu byateza ibyago n'ibigeragezo no gutakara kw'idini, bityo abo mu muryango w'umugabo cyangwa se umugore batari ababyeyi be cyangwa abana be nibo ba mbere bo kwirinda. Kubera ko kwiherera n'umwe muri bo nibyo biba kenshi kuruta kwiherera n'undi utari we, kandi n'ibibi birashoboka cyane kuri we kuruta undi utari we, kuko bimworoheye kugera ku mugore no kwihererana nawe ntawe atinya, no kubera ko ntaho wamushyira cyangwa se ngo umwirinde, kubera ko kamere y'abantu muri byo babyoroshya, umugabo akaba yakiherera n'umugore w'umuvandimwe we; bityo bikaba bimeze nk'urupfu mu bubi n'ingaruka ruteza, bitandukanye n'umugabo wundi biba byoroshye ko yamwirinda.</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
 هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
 الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
 قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
 شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
   </si>
   <si>
     <t>Kubuza kwinjira ahari abagore umuntu aziruriwe kurongora, no kwiherera nabo, mu rwego rwo gukumira ko habaho ubusambanyi n'ibikorwa by'urukozasoni.
 Ibi ni rusange ku bagabo bose harimo n'abavandimwe b'umugabo w'umugore n'abo mu muryango we bataziririjwe kumurongora, hitabwaho kureba ko kuhinjira byatuma amwihererana.
 Kwirinda ahantu hose hatuma umuntu ateshuka, kubera gutinya ko yagwa mu bibi.
 Umumenyi A-Nawawiy yaravuze ati: Abamenyi mu rurimi rw'icyarabu bemeranyijwe ko ba muramu w'umugore ari abavandimwe b'umugabo we nka sebukwe, sewabo w'umugabo we, mukuru w'umugabo we cyangwa se murumuna we, umuhungu wa mukuru w'umugabo we cyangwa wa murumuna w'umugabo we, cyangwa se umuhungu wa se wabo w'umugabo we n'abandi n'abaramu ku mpande zombi.
 Hano muramu yagereranyijwe n'urupfu; Umumenyi Ibun Hadjar yaravuze ati: Abarabu ikintu kibi bakigereranya n'urupfu, aho bihuriye nuko iyo umuntu aguye mu cyaha biba bimeze nkaho idini rye ripfuye, n'urupfu rw'uwihereranye n'umugore bakagwa mu cyaha cy'ubusambanyi bagaterwa amabuye, no kuba umugore aba ameze upfuye igihe umugabo we afushye kubera ko yihereranye n'undi mugabo akamuha gatanya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5888</t>
   </si>
   <si>
-    <t>الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ</t>
+    <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
   </si>
   <si>
     <t>Kugurana Feza kuri Zahabu biba ari Riba, usibye igihe ari mpa nguhe (ari ukugurana by'ako kanya), no kugurana uburo ku buro biba ari Riba usibye igihe ari mpa nguhe, no kugurana ingano ku ngano biba ari Riba usibye igihe ari mpa nguhe, no kugurana itende ku itende biba ari Riba usibye igihe ari mpa nguhe</t>
   </si>
   <si>
     <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Malik Ibun Aw'si Ibun Al Hadathan yavuze ko yavuze ati: Naje mbaza nti: Ninde wanvunjira mu madirihamu? Nuko Twal'hat Ibun Ubaydillah akaba yari no kwa Umar Ibun Al Khatwab (Imana imwishimire we na se) aravuga ati: Twereke Zahabu yawe, hanyuma uze umukozi wacu naza turagusubiza amadirihamu yawe! Nuko Umar Ibun Al Khatwab aravuga ati: Oya si uko bimeze, ndahiye ku izina rya Allah ko ugomba kumuha amadirihamu cyangwa se ukamusubiza Zahabu ye, kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Kugurana Feza kuri Zahabu biba ari Riba, usibye igihe ari mpa nguhe (ari ukugurana by'ako kanya), no kugurana uburo ku buro biba ari Riba usibye igihe ari mpa nguhe, no kugurana ingano ku ngano biba ari Riba usibye igihe ari mpa nguhe, no kugurana itende ku itende biba ari Riba usibye igihe ari mpa nguhe."</t>
   </si>
   <si>
     <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
   </si>
   <si>
     <t>Umwe mu banyeshuri b'abasangirangendo b'Intymwa y'Imana (Tabi'iyu) Malik Ibun Aw'si yavuze ko yari afite amadinari muri Zahabu, ashaka kuzivunjamo amadirihamu ya Feza, nuko Twal'hat Ibun Ubaydillah (Imana imwishimire) aravuga ati: Duhe amadinari yawe nyarebe! Hanyuma nyuma y'uko abonye akomeje umugambi wo kugura aramubwira ati: Uze kutureba umukozi wacu naza kugira ngo tuguhe amadirihamu ya Feza. Icyo gihe Umar Ibun Al Khatwab (Imana imwishimire) yari ari aho ngaho arabyanga,  arahira ko Twal'hat yishyura Feza ako kanya, cyangwa se akamusubiza Zahabu ye yari yamufasheho. Anagaragaza ko impamvu yabyo ari uko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko kugurana Feza na Zahabu cyangwa se ikinyuranyo cyabyo ari itegeko ko bikorwa ako kanya, bitari ibyo biba bibaye Riba iziririjwe ndetse n'ubucuruzi butemewe. Bityo Zahabu ntiguranwa Feza, na Feza ntiguranwa Zahabu usibye igihe ari mpa nguhe, bakabaho no kugurana by'ako kanya. N'uburo ntibuguranwa uburo, n'ingano ntiziguranwa ingano, n'itende ntiriguranwa itende, usibye igihe bingana mu bipimo, n'ubwoko ari bumwe, n'ibiro bingana, ari mpa nguhe, nta na kimwe muri byo kiguranwa by'ako kanya n'ikindi by'inzagihe, ndetse ntibanemeze gutandukana buri wese atarakira ibye.</t>
   </si>
   <si>
     <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
 يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
 النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
 العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
 التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
 النهي عن المنكر ومنعه لمن استطاع ذلك.
 ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
   </si>
   <si>
     <t>Ubwoko bw'ibicuruzwa byavuzwe muri Hadith ni bitanu: Zahabu, Feza, uburo, ingano, itende, iyo habayeho kugura kimwe muri ubu bwoko, ni ngombwa kubahiriza aya mabwiriza abiri kugira ngo uko kugura kube kwemewe: Guhana muri ako kanya bari kumwe, no kuba ibyo bahana bingana mu bwoko no mu bipimo nka Zahabu kuri Zahabu, bitari ibyo biba ari Riba y'ubusumbane (Al Fadw'lu); ariko iyo bitandukanye urugero ari nka Zahabu ku ngano kugira ngo bwemerwe hubarizwa ibwiriza rimwe ari ryo ryo guhana igiciro muri ako kanya, iyo bitari ibyo iba ari Riba yakerejwe (A-Nasi-at).
 Ako kanya mu cyicaro bigamijwe ni aho hantu bagiranye amasezerano y'ubuguzi, baba bicaye cyangwa bagenda ku kigenderwaho, naho gutandukana kugamijwe ni ugutandukana abantu baba baziranyeho hagati yabo.
 Ibibujijwe muri Hadith bikubiyemo amoko yose ya Zahabu n'amoko yose ya Feza.
 Amafaranga akoreshwa muri iki gihe, amategeko ayagenga n'ink'ayagenga ubucuruzi bwa Zahabu kuri Feza, bisobanuye ngo iyo habayeho ivunja ryabyo nk'iriyali ku dirihamu, biremewe ko byarutanwa bijyanye n'ubwumvikane bw'impande ebyiri ziri kuvunja, ariko biba ari itegeko kuyakira muri ako kanya, bitari ibyo ubwo bucuruzi ntibuba bwemewe, n'iyo mikoranire iba ari Riba iziririjwe
 Imikoranire irimo Riba ntiyemewe, n'amasezerano igaragaramo aba abaye imfabusa kabone n'iyo impande zombi ziyagiranye zaba zibyishimiye; kubera ko ubuyisilamu bubungabunga uburenganzira bw'umuntu umwe ndetse n'umuryango mugari, kabone n'iyo uwo muntu yaba yabitangiye uburenganzira.
 Kubuza igikorwa kibi no kugikumira kuri wa wundi ubifitiye ubushobozi.
 Kugaragaza gihamya yo kubuza ikibi, nkuko Umar Ibun Al Khatwab (Imana imwishimire) yabigenje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5889</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>Mujye mwita kuri Qur'an, kuko ndahiye k'ufite roho ya Muhamadi mu kuboko kwe ko icika nyirayo kuruta uko ingamiya itoroka nyirayo iciye ikiziriko</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Mussa Al Ash'ariy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mujye mwita kuri Qur'an, kuko ndahiye k'ufite roho ya Muhamadi mu kuboko kwe ko icika nyirayo kuruta uko ingamiya itoroka nyirayo iciye ikiziriko."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse guhozaho gusoma Qur'an no kuyitwararika kugira ngo umuntu wari warayifashe mu mutwe atayibagirwa. Ibi ikaba yarabishimangiye ubwo yarahiraga ko Qur'an icika nyirayo byihuse kuruta uko ingamiya yari iziritse icika nyirayo igihe ayirekuye.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Umuntu wafashe Qur'an mu mutwe iyo ahojejeho kuyisoma inshuro nyuma y'inshuro, imuhama mu gituza cye, iyo atabigenje atyo iramucika ndetse akanayibagirwa.
 Mu nyungu zo kwitwararika Qur'an ni ibihembo n'ingororano, no kuzazamurwa mu ntera ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Umwiza muri mwe kubarusha ni uwize Qur'an ndetse akanayigisha abandi</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Uthman (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umwiza muri mwe kubarusha ni uwize Qur'an ndetse akanayigisha abandi."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umwiza kuruta abandi imbere ya Allah, ndetse akaba anabarusha urwego ari uwize Qur'an akaba ayisoma yarayifashe mu mutwe, anasobanukiwe amategeko ayikubiyemo, ndetse akanabyigisha abandi, hiyongereyeho no kuyishyira mu bikorwa.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Kugaragaza agaciro ka Qur'an ndetse ko ariyo magambo meza, kubera ko ari amagambo ya Allah.
 Umunyeshuri mwiza kuruta abandi ni uwigisha abandi, ibyo azi ntibibe ari we bigarukiraho gusa.
 Kwiga Qur'an ndetse no kuyigisha hakubiyemo kuyisoma no gusobanukirwa ibisobanuro byayo hamwe n'amategeko ayikubiyemo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5913</t>
   </si>
   <si>
-    <t>قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ</t>
+    <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
   </si>
   <si>
     <t>Vuga uti: ALLAHUMA H'DINII WA SADID'NII, WADH'KUR BIL HUDA HIDAYATAKA A-TWARIIQA, WA A-SADADI SADAADA A-SAH'MI: Mana Nyagasani nyobora, unanyerekere, unanshoboze gushikama ku nzira igororotse muri gahunda zanjye zose</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ».</t>
   </si>
   <si>
     <t>Ally (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarambwiye iti: Vuga uti: ALLAHUMA H'DINII WA SADID'NII, WADH'KUR BIL HUDA HIDAYATAKA A-TWARIIQA, WA A-SADADI SADAADA A-SAH'MI: Mana Nyagasani nyobora, unanyerekere, unanshoboze gushikama ku nzira igororotse muri gahunda zanjye zose.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه أنْ يَدعوَ اللهَ ويسألَه فيقول: (اللهم اهدني) وأرشدني ودلني (وسددني) ووفقني، واجعلني مستقيمًا في جميع أموري. 
 فالهُدَى: هو مَعرفةُ الحقِّ تفصيلًا وإجمالًا، والتوفيق لاتّباعه ظاهرًا وباطنًا. 
 والسّداد: هو التوفيق والاستقامة في جميع الأمور بما يكون صوابًا على الحق، وهو الطريق المستقيم في القول والفعل والاعتقاد. 
 ولأن الأمر المعنوي يَتَّضِح بالمَحْسُوس؛ تَذَكَّر وأنت تدعو هذا الدعاء بأنَّ: (الهدى: هدايتك الطريق) فأحضِر بقلبِك وأنت تسأل هدايةً كهداية مَن سافر، فإنه لا يَنحرِف عن الطريق يَمْنة أو يسرة؛ وذلك لِيَسْلَمَ مِن الضياع، وبذلك يَنال السلامة، ويَصِل إلى غايته سريعًا. 
 (والسداد: سداد السهم) فأنت تلاحظ عند تَسْديدِك السَّهْمَ في سرعة وصوله وإصابته للهدف، فالرامي إذا رمى غرضًا سدَّد بالسهم نحو الغَرَض، فكذلك تسأل الله تعالى أنَّ ما تَنويه من السداد على شاكلة السهم؛ فتكون في سؤالك طالبًا غاية الهدى، ونهاية السداد.
 فأحضر هذا المعنى بقلبك حتى تسأل الله السداد ليكون ما تنويه من ذلك على مشاكلة ما تستعمله من الرمي.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse Ally Ibun Abi Twalib (Imana imwishimire) ko asaba Allah ko yamuyobora, akamwerekera ndetse akanamushoboza gushikama no kugira igihagararo mu bye byose.
 Kuyoboka ni ukumenya ukuri mu buryo burambuye, no gushobozwa kugukurikira mu bigaragara n'ibitagaragara.
 Gushobozwa ni ugushobozwa kugira igihagararo muri gahunda zose, ni no kuba ku kuri mu mvugo n'ibikorwa ndetse n'imyemerere.
 No kubera ko ari ibintu bitagaragara kandi ibitagaragara bigaragarira mu bigaragara; jya uzirikana igihe uri gusaba ubu busabe ko kuyoboka ari inzira yawe, ubisabe ubishyizeho umutima, unasabe umuyoboro, nk'ukuntu umuntu uri ku rugendo aba acyeneye kuyoboka, kubera ko adashobora gutana inzira ajya iburyo cyangwa se ibumoso, kugira ngo bimurinde kuyoboka, no kugira ngo atekane, agere aho agiye mu buryo bwihuse.
 Gushobozwa ni nk'uko iyo umuntu ari kurasa umwambi ukagenda wihuse ukagera ku ntego, bityo uwuteye aba afite intego ashaka guhamya; ni nkuko uzajya usaba Nyagasani ko umugambi wawe ari ugushobozwa no guhamya intego nk'uko tubibonye ku mwambi, bityo mu gusaba ujye usaba kugera ku ntego mu kuyoboka no guhamya intego.
 Jya utekereza kuri ibyo bisobanuro n'umutima wawe wose, usabe Allah ko yagushoboza kugira ngo ibyo ugambiriye bize bimeze nka kuriya urasa aba agambiriye guhamya intego.</t>
   </si>
   <si>
     <t>الداعي ينبغي أن يَحرِص على تسديد عملِه وتقويمه بلزوم السنة وإخلاص النية.
 استحباب الدعاء بهذه الكلمات الجامعة للتوفيق والسداد.
 ينبغي على العبد الاستعانة بالله تعالى في جميع أموره.
 ضرْب المثال في مقام التعليم.
 الجمع بين طلب الهداية وصلاح الحال، والاستمرار عليها وعدم الزيغ عنها طرفة عين وصلاح المآل، فقوله: "اهدني" بأن يكون سائرًا على دَرْبِ الهداية، وقوله: "وسددني": من الإصابة وعدم الزيغ عند الهداية التي اعتلاها.
 الداعي ينبغي له أن يهتمَّ بدعائه، ويستحضر معاني دعواته في قلبه؛ فهذا أَدْعَى للقبول.</t>
   </si>
   <si>
     <t>Usaba ubusabe akwiye gushishikarira guhamya intego mu bikorwa bye, akanagira igihagararo ashikama ku migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Ni byiza gusaba ubu busabe wifashishije aya magambo akubiyemo byinshi.
 Umugaragu wa Allah akwiye kwiragiza Allah muri gahunda ze zose.
 Gutanga ingero mu gihe umuntu ari kwigisha.
 Guhuriza hamwe gusaba kuyoboka no gutunganirwa n'ibyo urimo, no gukomeza uwo muyoboro no kutawutezukaho habe n'akanya gato, no gutunganirwa n'ibyo urimo. Niyo mpamvu imvugo ivuga ngo unanyobore bivuze ngo umpe kuba kumuyoboro, naho igira iti: Unanshoboze: Bivuze ngo unshoboze guhamya intego no kutayitezukaho.
 Umuntu usaba ubusabe akwiye kwita kuri ubu busabe, no gutekereza kuri ibi bisobanuro n'umutima we wose; kuko nibyo bituma yakirirwa ubusabe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5915</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ</t>
+    <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Ndahiye k'ufite roho yanjye mu kuboko kwe ko muzakomeza gukurikira imigenzo y'abababanjirije</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Waqid A-Laythiyu (Imana imwishimire) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ubwo yerekezaga ahitwa Hunayni, yanyuze ku giti cy'ababangikanyamana bitaga Dhatu An'watw, bajyaga bamanikaho intwaro zabo, nuko barayibaza bati: Yewe Ntumwa y'Imana! Natwe dushyirireho igiti nk'iki cya Dhatu An'watw nkuko nabo bagifite! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: "Sub'hanallah! Ubutagatifu ni ubwa Allah Neza neza muvuze nk'ibyo abantu ba Musa bamubwiye bati: {Dushyirireho imana nk'uko nabo bafite imana} [Al A'araf: 138] Ndahiye k'ufite roho yanjye mu kuboko kwe ko muzakomeza gukurikira imigenzo y'abababanjirije."</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagiye ahitwa Hunayni, hakaba ari ahantu haherereye hagati ya Twa-if na Makat, icyo gihe yari kumwe na bamwe mu basangirangendo bayo batari bamaze igihe babaye abayisilamu; Nibwo banyuze ku giti bita "Dhatu An'watw", bisobanuye ngo kimanikwaho, icyo gihe ababangikanyamana baracyubahaga ndetse bakakimanikaho intwaro zabo ndetse n'ibindi bagikeneyeho umugisha! Nibwo basabye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ngo nabo ibashyirireho igiti kimeze nka cyo, bazajya bamanikaho intwaro zabo, ngo nabo kibahe imigisha, bibwira ko byemewe, Nibwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Sub'hanallah (Ubutagatifu ni ubwa Allah)! Igamije kubacyaha, no kubahisha Allah, ibabwira ko ibyo bavuze bimeze neza neza nk'ibyo abantu ba Mussa bamubwiye bagira bati: {Dushyirireho imana nk'uko na bariya bafite imana,...} Ubwo abasangirangendo babonaga abari kugaragira ibigirwamana, basabye ko nabo bagira ibigirwamana nkuko ababangikanyamana nabo babifite, bagamije kubigana. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ibabwira ko abayoboke bayo bazakurikira abayahudi n'abanaswara, ndetse bakore nk'ibyo bakora irabibabuza.</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>Umuntu ashobora gukunda ikintu runaka acyeka ko cyamwegereza Allah Nyir'ubutagatifu, nyamara ari cyo kimushyira kure nawe.
 Birakwiye ko umuyisilamu igihe atangaye cyangwa se yumvise ibidakwiye mu idini avuga ijambo SUBHANALLAH (Ubutagatifu ni ubwa Allah), cyangwa se akavuga ijambo ALLAH AKBAR (Allah asumba byose).
 Bimwe mu bibarwa nk'ibangikanyamana harimo gushakira umugisha mu biti, amabuye ndetse n'ibindi, nyamara umugisha nta handi ushakirwa uretse kwa Allah wenyine.
 Impamvu yo kugaragira ibigirwamana ni ukubyubaha, no kubyubamira, no kubishakaho umugisha.
 Ni itegeko gufunga imiryango yose n'inzira zadushora mu ibangikanyamana.
 Ibyavuzwe mu mirongo ya Qur'an no mu mvugo z'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bivuma abayahudi n'abanaswara ni mu rwego rwo kugira ngo twirinde kuba nkabo.
 Kubuza kwisanisha n'abantu bo mu gihe by'ubujiji, ndetse n'abayahudi n'abanaswara, usibye ibyo dufitiye gihamya ko biri mu idini ryacu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5927</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ</t>
+    <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
     <t>Umugabo umwe yagiye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) agira ibyo ayibwira ku bintu bimwe, nuko aravuga ati: Allah nabishaka nawe ukabishaka! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubaza iti: "Urashaka kundeshyeshya na Allah? Vuga uti: Allah wenyine nabishaka</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Abass (Imana imwishimire we na se) yavuze ko: Umugabo umwe yagiye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) agira ibyo ayibwira ku bintu bimwe, nuko aravuga ati: Allah nabishaka nawe ukabishaka! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubaza iti: "Urashaka kundeshyeshya na Allah? Vuga uti: Allah wenyine nabishaka."</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
     <t>Umugabo umwe yagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nuko agira ibyo ayibwira arangije aravuga ati: "Allah nabishaka nawe ukabishaka." Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramucyaha kubera ibyo avuze, imubwira ko guhuza ugushaka kw'ibiremwa n'ukwa Allah ukoresheje icyungo"Na" ari ibangikanyamana rito. Ntibyemewe ko umuyisilamu abivuga. Intumwa irangije imwigisha uburyo nyabwo yabivugamo agira ati: "Allah wenyine nabishaka", bityo Allah akaba ari we aharira ugushaka, ugushaka kwe ntaguhuze n'ukw'ibiremwa mu buryo ubwo ari bwo bwose.</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>Kubuza gukoresha imvugo igira iti: Allah nabishaka nawe ukabishaka, n'izindi mvugo zimeze nk'izi zumvikanamo guhuza ubushake bwa Allah n'ubw'ibiremwa, kandi ko ari ibangikanyamana rito.
 Ni itegeko kubuza ikibi.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarinze ukwemera, ndetse inugarira inzira zose z'ibangikanyamana.
 Mu gihe tubuza ibibi tuba dukwiye kwereka uwo tubuza ingurane yabyo yemewe, mu rwego rwo kugera ikirenge mu cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Guhuriza hamwe imvugo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivugwa muri iyi Hadith: "Allah wenyine nabishaka", n'imvugo ye yavuze muri Hadith yindi igira iti: "Vuga uti: "Allah nabishaka hanyuma nawe ukabishaka", kubera ko iyo umuntu avuze ati: Allah nabishaka hanyuma nawe ukabishaka byo biremewe, ariko kuba yavuga ati: "Allah wenyine nabishaka" nibyo byiza!
 Biremewe kuvuga uti: "Allah nabishaka hanyuma nawe ukabishaka", ariko ibyiza ni ukuvuga uti: "Allah wenyine nabishaka".</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Uruhererekane rw'abayakiriye ni rwiza]</t>
   </si>
   <si>
     <t>[Yakiriwe na Ibun Madjah na A-Nasa'iy mu gitabo cye Sunan Al Kubra, ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5928</t>
   </si>
   <si>
-    <t>أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ</t>
+    <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>Abantu bazahanishwa ibihano bikaze kwa Allah ku munsi w'imperuka ni babandi biganaga ibiremwa bya Allah</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abameramana (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaje aho nari ndi, isanga nafungishije ububiko  bwanjye igitambaro kiriho amashusho y'ibihumeka, nuko ibibonye iragica, inahinduka mu buranga iravuga iti: Yewe Aishat! Abantu bazahanishwa ibihano bikaze kwa Allah ku munsi w'imperuka ni babandi biganaga ibiremwa bya Allah", nuko Aishat aravuga ati: Nuko cya gitambaro turagica, tugikoramo umusego umwe cyangwa se ibiri."</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yinjiye mu rugo rwayo kwa Aishat (Imana imwishimire) isanga yatwikirije ububiko bwe yabikagamo ibintu igitambaro kiriho amashusho y'ibihumeka, nuko ihinduka mu buranga bwayo irarakara kubera Allah, igikuraho iragica maze iravuga iti: Abantu bazahanishwa ibihano bikomeye kwa Allah ku munsi w'imperuka ni babandi biganaga ibiremwa bya Allah! Aishat aravuga ati: Nuko tugikuramo umusego umwe cyangwa ibiri.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Kubuza ikibi ukikibona no kutabicyereza, igihe ubona nta ngaruka mbi biri buteze!
 Ibihano bikomeye ku munsi w'imperuka birarutanwa bitewe n'ubuhambare bw'icyaha.
 Gukora amashusho y'ibihumeka ni kimwe mu byaha bikuru.
 Impamvu gukora aya mashusho ari ikizira ni ukubera kwigana ibiremwa bya Allah Nyir'ubutagatifu, ubikora yaba agamije kwigana cyangwa se agamije indi mpamvu.
 Amategeko y'ubuyisilamu yashishikariye kurinda imitungo tuyibyaza umusaruro, nyuma yo kuyirinda ibibujijwe muri yo.
 Kubuza gukora amashusho y'ibihumeka uko yaba ameze kose, n'ubwo yaba atahawe agaciro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5931</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Uzagera ahantu yarangiza akavuga ati: AUDHU BIKALIMATILLAH A-TAMATI MIN SHARI MA KHALAQA: Nikinze ku magambo ya Allah yuzuye ngo andinde inabi y'ibyo yaremye, nta kibi kizamubaho kugeza avuye aho</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Khawlat Bint Hakim A-Sulamiyat yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uzagera ahantu yarangiza akavuga ati: AUDHU BIKALIMATILLAH A-TAMATI MIN SHARI MA KHALAQA: Nikinze ku magambo ya Allah yuzuye ngo andinde inabi y'ibyo yaremye, nta kibi kizamubaho kugeza avuye aho."</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irayobora abayoboke bayo ko bakwiye kwikinga no kwirinda buri icyo ari cyo cyose umuntu atinya igihe ageze ahantu yaba ari mu rugendo cyangwa se mu butembere cyangwa se n'ahandi: Akirindisha amagambo ya Allah yuzuye mu byiza byayo n'agaciro kayo n'akamaro kayo, ndetse azira inenge, kugira ngo Allah amurinde inabi ya buri kiremwa cyaba gishaka kumugirira nabi, bityo bigatuma atekana aho hantu ari igihe cyose agihari.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Kwikinga kuri Allah ni kimwe mu bikorwa byo kwiyegereza Allah, biba ikwiye gukorwa umuntu yikinga kuri Allah cyangwa se ku mazina ye n'ibisingizo bye.
 Biremewe kwikinga ku magambo ya Allah, kuko aya magambo ni kimwe mu bisingizo bye, bitandukanye no kwikinga ku kiremwa kuko byaba ari ibangikanyamana.
 Ibyiza by'ubu busabe n'imigisha yabwo.
 Kwirindisha ubusabe n'amagambo asingiza Allah ni imwe mu mpamvu z'uko umugaragu arindwa ikibi icyo ari cyo cyose.
 Nta cyo bimaze kwikinga ku kindi kitari Allah cyaba mu majini, n'abarozi, n'abandi batekamutwe ndetse n'abandi.
 Biremewe kwifashisha ubu busabe ku muntu ugeze aho ari ho hose yaba ari mu rugendo cyangwa se atari mu rugendo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>Ese nkohereze ku cyatumye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) inyohereza? Nuko utagomba kureka ikibumbano usibye ko ugomba kugikuraho, cyangwa se ngo ureke imva isumba ubutaka usibye ko ugomba kuyireshyeshya nabwo</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa abil Hayaadj Al Asadiyu yaravuze ati: Ally Ibun Abi Twalibi yarambwiye ati: Ese nkohereze ku cyatumye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) inyohereza? Nuko utagomba kureka ikibumbano usibye ko ugomba kugikuraho, cyangwa se ngo ureke imva isumba ubutaka usibye ko ugomba kuyireshyeshya nabwo.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yohereza abasangirangendo bayo ikabasaba ko batagomba kureka ikibumbano kiri mu ishusho y'igihumeka cyangwa se ikitari ikibumbano usibye ko bagomba kugikuraho ntibakireke.
 Ndetse ko batagomba gusiga imva irenze ku butaka usibye ko bagomba kuyisanza ikareshya nabwo, bagasenya ibiyiriho biyubakiye, ntisumbe ubutaka cyane, ikabusumba mu ntera ireshya n'ikiganza.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Ni ikizira kubumba cyangwa se kubaza amashusho y'ibihumeka, kuko ari imwe mu nzira z'ibangikanyamana.
 Biremewe gukuzaho ukuboko ikibi igihe biri mu bubasha bwawe ndetse ubifitiye ubushobozi.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikariraga gukuraho icyo ari cyo cyose mu bisigisigi by'ubujiji, nk'amashusho, ibibumbano, n'inyubako bubakiraga ku mva.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Umwe muri mwe ntaraba umwemera by'ukuri kugeza ubwo azankunda kuruta uko akunda umubyeyi we, n'umwana we ndetse n'abandi bantu muri rusange</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anass (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwe muri mwe ntaraba umwemera by'ukuri kugeza ubwo azankunda kuruta uko akunda umubyeyi we, n'umwana we ndetse n'abandi bantu muri rusange.</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuyisilamu atagira ukwemera kuzuye cyeretse urukundo akunda Intumwa y'Imana arubanje ku rwo akunda nyina, na se, n'umwana we ndetse n'abantu bose. Urwo rukundo rudusaba kuyumvira no kuyirengera no kuyitabara ndetse no kureka kuyigomekaho.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Gukunda Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni itegeko, kandi urukundo rwayo rugomba kubanza mbere y'urwo dukunda ikiremwa icyo ari cyo cyose.
 Mu bimenyetso bigaragaza urukundo rwuzuye; ni ukurengera imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), no kwitanga ndetse no gutanga umutungo kubera iyo mpamvu.
 Urukundo rw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) rusaba kuyumvira mu byo itegetse, no guhamya ukuri kw'ibyo yavuze, no kwitandukanya n'ibyo yabujije ikanihanangiriza, no kuyikurikira mu byo yigishije no kureka ibihimbano.
 Uburenganzira bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nibwo buhambaye kuruta ubw'abandi bantu, kubera ko ari bwo mpamvu yo kuyoboka kwacu tuva mu buyobe, no kuturokora umuriro, ndetse n'intsinzi y'ijuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Ntari muri twe uwizera amahirwe cyangwa se umwaku mu bintu, cyangwa se ukora ubupfumu cyangwa se agasaba kubukorerwa, cyangwa se uroga, cyangwa se usaba kurogerwa</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Imran Ibun Huswayni (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ntari muri twe uwizera amahirwe cyangwa se umwaku mu bintu, cyangwa se ukora ubupfumu cyangwa se agasaba kubukorerwa, cyangwa se uroga, cyangwa se usaba kurogerwa. N'uzafunga ipfundo n'uzajya ku mupfumu akemera ibyo amubwiye azaba ahakanye ibyahishuriwe Intumwa y'Imana Muhamadi (Imana imuhe amahoro n'imigisha)."</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irihanangiriza abayoboke bayo bakora bimwe muri ibi bikurikira:
 Icya mbere: "Ntari muri twe uwizera amahirwe cyangwa se umwaku mu bintu, inkomoko y'ibi: Ni ugufata inyoni igihe ugiye mu kazi cyangwa se ku rugendo ukayirekura ikagenda, yanyura iburyo ukabona ko uri buhirwe ukajya mu kazi cyangwa ku rugendo yanyura ibumoso ukabona ko ari umwaku ukareka kugira icyo ukora, rero ntabwo byemewe k'umuntu kuba yakora ibi abyikorera cyangwa se kuba hari uwo yasaba kubimukorera, muri igi gisobanuro kandi hinjiramo n'uwakwizera umwaku mu cyo ari cyo cyose, icy'umvwa cyangwa se ikirebwa, haba mu biguruka cyangwa se mu zindi nyamaswa, cyangwa semu bantu bafite ubumuga runaka, cyangwa se mu mibare cyangwa se mu minsi n'ibindi.
 Icya kabiri: "Ukora ubupfumu cyangwa se agasaba kubukorerwa"; uzavuga ko afite ubumenyi bw'ibitagaragara akoresheje inyenyeri n'ibindi, cyangwa se akaza kuri uwo wiyitirira ubwo bumenyi nk'uwo mupfumu, akemera ibyo amubwiye azaba ahakanye ibyahishuriwe Intumwa y'Imana Muhamadi (Imana imuhe amahoro n'imigisha)."
 Icya gatatu: "Ni umurozi cyangwa se usaba ko bamurogera"; uroga ku giti cye, cyangwa se agasaba umurozi kumurogera umuntu runaka, kugira ngo bifashe umuntu runaka cyangwa se bimugireho ingaruka, cyangwa se agapfundika amapfundo arimo uburozi, arivugiraho imitongero iziririjwe, akayahuhamo.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Ni itegeko kwiringira Allah no kwemera igeno rye, ndetse n'ikizira kuraguza no kwemera umwaku n'inyatsi, n'uburozi ndetse n'ubupfumu, cyangwa se kujya kubaza abantu babikora.
 Umuntu kuba yavuga ko azi ubumenyi bw'ibitagaragara ni bimwe mu ibangikanyamana, bihabanye n'ukwemera (Tawhidi).
 Ni ikizira kwemera iby'abapfumu no kujya kubareba, haninjiramo kandi n'ubupfumu bw'abantu basoma ibiri mu kiganza cy'umuntu cyangwa mu gikombe cy'icyayi bakamubwira ibizamubaho, nta nubwo byemewe kujya kubireba nubwo byaba ari mu rwego rw'amatsiko.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[Yakiriwe na Al Bazar]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Uzajya ku mupfumu akagira icyo amubaza, iswala ze azakora mu minsi mirongo ine ntabwo zizemerwa!</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kuri umwe mu bagore b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzajya ku mupfumu akagira icyo amubaza, iswala ze azakora mu minsi mirongo ine ntabwo zizemerwa!"</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iraburira abantu kutajya ku mupfumu n'umuntu uragura, n'utera inzuzi ndetse n'abandi nkabo bavuga ko bazi ubumenyi bw'ibitagaragara babanje kugira ibyo bifashisha, kandi ko kujya kumubaza kuri ibyo, bihagije kuba byaba impamvu y'uko yimwa ibihembo by'iswalat akoze mu minsi mirongo ine, mu rwego rwo kumuhanira icyo cyaha gikuru yakoze.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Ni ikizira kuraguza no kujya mu bapfumu ugamije kugira ibyo ubabaza mu bumenyi bw'ibitagaragara.
 Umuntu ashobora kwimwa ingororano z'ibikorwa byiza yakoze mu rwego rwo kumuhana ku cyaha yakoze.
 Mu bivugwa muri iyi Hadithi haninjiramo ubundi buryo bw'uburaguzi nk'ibyo bita gusoma ibiri mu kiganza cyangwa se mu gikombe ukabwira umuntu ibizamubaho ntabwo byemewe kujya kureba abakora ibintu nk'ibi nubwo waba ubitewe n'amatsiko kubera ko ibi byose ni uburaguzi n'ubupfumu kandi ababikora baba bagaragaza ko bazi ubumenyi bw'ibitagaragara.
 Ibi niba ari igihano cy'uwagiye ku mupfumu, byaba bimeze bite ku muntu ubikora??
 Iswalat z'iminsi mirongo ine urazikora ntubihemberwe ariko ntabwo wemerewe kuzisubiramo kubera ko zitakiriwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>Umuntu wize ubumenyi bw'iby'inyenyeri, azaba yize bumwe mu bumenyi bw'uburozi, na buri uko ubwongereye niko aba yongera kwiga uburozi</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abass (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umuntu wize ubumenyi bw'iby'inyenyeri, azaba yize bumwe mu bumenyi bw'uburozi, na buri uko ubwongereye niko aba yongera kwiga uburozi."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu wize ubumenyi bw'inyenyeri, n'imigendekere yazo no kuboneka kwazo no kubura kwazo akabihuza n'ibibera ku isi nk'urupfu cyangwa se ubuzima cyangwa se uburwayi by'umuntu runaka n'ibindi mu bijyanye n'ibizaba mu gihe kizaza, uwo muntu aba yize kimwe mu bigize uburozi, kandi na buri uko umuntu akomeje kubyiga niko aba yiga ibijyanye n'uburozi.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Ni ikizira gukoresha ibijyanye n'inyenyeri  usobanura ibizaba mu gihe kizaza, kubera ko ibi ari bimwe mu kwigamba kumenya ubumenyi bw'ibyihishe.
 Ubumenyi bw'ibijyanye n'inyenyeri  bugambiriye kumenya ibitagaragara ni ikizira ndetse ni na bumwe mu bwoko bw'uburozi buhabanye n'ukwemera nyako (Tawhidi), bitandukanye no kumenya inyenyeri n'ibyerekezo byazo cyangwa se ushaka kumenya aho werekera usali (Qiblat) cyangwa se kumenya ibihe n'amezi, kuko ubu bwo buremewe.
 Buri uko umuntu yongereye ubu bumenyi bw'ibijyanye n'inyenyeri, aba ari kongera ubumenyi bw'ibijyanye n'uburozi.
 Ubusanzwe inyenyeri zifite akamaro ko mu ngeri eshatu Allah yavuze mu gitabo cye gitagatifu: Ni umutako w'ikirere, n'ibimenyetso biyobora abantu, n'ibishashi byo gutera za shitani (amajini yigometse).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/5989</t>
   </si>
   <si>
-    <t>ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ</t>
+    <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
   </si>
   <si>
     <t>Shyira ukuboko kwawe aho ufite uburibwe, maze uvuge inshuro eshatu uti: BISMILLAH: Ku izina rya Allah, nurangiza uvuge inshuro zirindwi uti: AUDHU BILLAHI WA QUD'RATIHI MIN SHARI MA ADJIDU WA UHADHIRU: Nikinze kuri Allah no ku bushobozi bwe ngo andinde ububi bw'ububabare mfite ndetse n'ibyo ntinya</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Uthman Ibun Abil Aswi A-Thaqafiy (Imana imwishimire) yavuze ko yatakiye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) uburibwe yari afite mu mubiri we kuva yaba umuyisilamu, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: "Shyira ukuboko kwawe aho ufite uburibwe, maze uvuge inshuro eshatu uti: BISMILLAH: Ku izina rya Allah, nurangiza uvuge inshuro zirindwi uti: AUDHU BILLAHI WA QUD'RATIHI MIN SHARI MA ADJIDU WA UHADHIRU: Nikinze kuri Allah no ku bushobozi bwe ngo andinde ububi bw'ububabare mfite ndetse n'ibyo ntinya."</t>
   </si>
   <si>
     <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
   </si>
   <si>
     <t>Uth'man Ibun Abil Aswi (Imana imwishimire) yagize uburibwe bwendaga kumwivugana, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iza kumusura, imwigisha ubusabe buzatuma Allah amukiza ubwo bubabare, ari byo gushyira ukuboko kwe aho ari kumva uburibwe yarangiza akavuga ati: Ku izina rya Allah inshuro eshatu, hanyuma akavuga inshuro zirindwi ngo: Nikinze kuri Allah no ku bushobozi bwe ngo ankize ububabare mfite ndetse n'ibyo ntinya ko byazambaho, cyangwa se kuba ubu burwayi bwakomeza n'uburibwe bugakwira umubiri wose.</t>
   </si>
   <si>
     <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
   </si>
   <si>
     <t>Gushishikariza umuntu kwikorera urukingo nkuko byaje muri Hadith.
 Gutaka ariko bitarimo kwijujuta no kwinuba, ntabwo bivuguruza igisobanuro cyo kwiringira no kwihangana.
 Ubusabe ni kimwe mu gukora impamvu, niyo mpamvu ari ngombwa kwitwararika amagambo abukuyemo, ndetse no kwitwararika inshuro zavuzwe busabwamo.
 Ubu busabe bukorwa ku ngingo zose zifite ububabare.
 Gushyira ikiganza aho umuntu aribwa igihe ari kwisabira gukira ububabare akoresheje ubu busabe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6018</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>Amabwiriza akwiye kubahirizwa no gushyirwa mu bikorwa kuruta ayandi, ni ayazirura kugirana imibonano n'abagore</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Uq'bat Ibun Amir (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Amabwiriza akwiye kubahirizwa no gushyirwa mu bikorwa kuruta ayandi, ni ayazirura kugirana imibonano n'abagore."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko amabwiriza akwiye kubahirizwa no gushyirwa mu bikorwa kuruta ayandi ari ya yandi yatumye abantu bazirurirwa abagore babo; ayo nayo akaba ari amabwiriza yemewe umugore asaba ko yubahiriza mu gihe cy'amasezerano yo gushyingiranwa.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Ni itegeko kubahiriza amabwiriza n'amasezerano buri wese yemereye mugenzi we kuzubahiriza hagati y'abashakanye, cyeretse ya yandi aziririza ibiziruye cyangwa se akazirura ibiziririje.
 Kubahiriza ayo mabwiriza n'amasezerano yo mu gushyingiranwa niyo arusha ayandi gukomera, kuko niyo azirura imibonano hagati y'abashyingiranywe.
 Urwego rukomeye gushyingiranwa bifite mu idini ry'ubuyisilamu, aho byashimangiye ko ari ngombwa kubahiriza amasezerano yatangiwemo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6021</t>
   </si>
   <si>
-    <t>أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ</t>
+    <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
   </si>
   <si>
     <t>Ese mbereke ibyiza biruta ibyo mwasabye? NIba mugiye kuryama- cyanwga se mumaze kubugeramo, mujye mutagatifuza Allah (Subhanallah) inshuro mirongo itatu n'eshatu, mumusingize (Alhamdulillah) inshuro mirongo itatu n'eshatu, mumukuze (Allah Akbar) inshuro mirongo itatu n'enye, ibi nibyo byiza kuri mwe kuruta umukozi mwashakaga</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ally (Imana imwishimire) yavuze ko: Fatwimat (Imana imwishimire) yagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ayiregera amabavu aterwa n'urusyo igihe ari gusya ayisaba umukozi, ariko ntiyayihasanga ahubwo ahasanga Aishat arabimubwira, Intumwa y'Imana igarutse Aishat arabiyibwira, Ally aravuga ati: Nuko iza kutureba isanga turi kwitegura kuryama, dushaka kubyuka, iratubwira iti: Muhame aho muri, nuko iraza yicara hagati yanjye na Fatwimat, kugeza ubwo numvise ibirenge byayo bikonje ku nda yanjye, nuko iravuga iti: Ese mbereke ibyiza biruta ibyo mwasabye? NIba mugiye kuryama- cyanwga se mumaze kubugeramo, mujye mutagatifuza Allah (Subhanallah) inshuro mirongo itatu n'eshatu, mumusingize (Alhamdulillah) inshuro mirongo itatu n'eshatu, mumukuze (Allah Akbar) inshuro mirongo itatu n'enye, ibi nibyo byiza kuri mwe kuruta umukozi mwashakaga."</t>
   </si>
   <si>
     <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
 فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
 فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
 ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
 قالا بلى، فقال صلى الله عليه وسلم: 
 إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
 وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
 واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>Fatwimat (Imana imwishimire) umukobwa w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yayitakiye amabavu aterwa no gusya ku rusyo, ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bayizaniraga imbohe zo ku rugamba, Fatwimat yagiye kuyireba ayisaba umwe muri bo kugira ngo ajye amufasha imirimo yo mu rugo, ariko asanga Intumwa y'Imana ntayihari, ahubwo asanga Aishat (Imana imwishimire) arabimubwira. Ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahindukiraga, Aishat yayibwiye ko Fatwimat yaje agira ngo ayisabe umukozi wo kumufasha. Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ijya kwa Fatwimat na Ally (Imana ibishimire bombi) mu rugo rwabo, isanga baryamye bitegura gusinzira, yicara hagati yabo kugeza ubwo Ally yumvise ubukonje bw'ibirenge byayo ku nda ye, maze irababwira iti: Ese mbigishe ibyiza biruta ibyo mwansabaga byo kubaha umukozi? Barayisubiza bati: Yego! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Nimuba mugiye kuryama mu ijoro, mujye mukuza Allah muvuga muti: (Allah Akbar) inshuro mirongo itatu n'enye, ibi nibyo byiza kuri mwe kuruta umukozi mwashakaga, mumutagatifuze muvuga muti: (Subhanallah) inshuro mirongo itatu n'eshatu, munamusingize muvuga muti: (Alhamdulillah) inshuro mirongo itatu n'eshatu; Ayo magambo yo gusingiza Allah niyo meza kuruta uwo mukozi musaba.</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>Ni byiza guhozaho ayo magambo meza yo gusingiza Allah, kuko byavuzwe ko Ally (Imana imwishimire) atigeze areke iyi mpanuro y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ndetse no mu ijoro ry'ugamba rwabereye ahitwa Swifiin ntiyigeze ayireka!
 Aya magambo yo gusingiza Allah akoreshwa mu ijoro umuntu agiye kuryama gusa, n'uburyo twayabonye nibwo buryo Muslim yayakiriyemo aturutse kwa Mu'adh nawe ayakuye kwa Shu'ubat ahagira hati: "Nimuba mugiye kuryama mu ijoro."
 Iyo umuyisilamu yibagiwe aya magambo mu ntangiriro z'ijoro, nyuma akabyibuka bwenda gucya nta kibazo kuyavuga icyo gihe, kubera ko Ally (Imana imwishimire) ari nawe dukomoraho iyi Hadith atubwira ko mu ijoro ry'urugamba rwa Swifin yayibagiwe  mu ntangiriro z'ijoro, nuko ayavuga bwenda gucya!
 Umumenyi Al Mah'lab yaravuze ati: Muri iyi Hadith hakubiyemo kuba umuntu yashinga abantu be inshingano nawe ubwe zimureba, nko kurutisha ubuzima bw'imperuka ubwa hano ku isi, iyo babishoboye.
 Umumenyi Ibun Hadjar Al As'qalaniy yaravuze ati: Uhojejeho aya magambo, nta bangamirwa n'imirimo myinshi cyangwa se ngo imuvune, kabone n'ubwo yagiriramo umunaniro.
 Umumenyi Al Ay'nii yaravuze ati: Igisobanuro cyo kuba aya magambo ari meza kuruta gushaka umukozi, ni uko uyavuze aba arangamiye imperuka mu gihe umukozi we aba azagukorera aha  ku isi, kandi imperuka ari yo nziza ndetse izahoraho, cyangwa se ni ukubera ko uyavuze agira imbaraga  ziruseho zimushoboza gukora umurimo kuruta umukozi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6076</t>
   </si>
   <si>
-    <t>{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ</t>
+    <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>{Vuga uti: QUL HUWALLAHU AHAD: We Allah ni umwe rukumbi, na Muawidhatayni [QUL AUDHU BIRABIL FALAQ], na [QUL AUDHU BIRABI A-NASI], igihe bwije n'igihe bucyeye inshuro eshatu, biguhagirije buri kintu</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Khubayb (Imana imwishimire) yavuze ko yavuze ati: Mu ijoro rimwe ryaguyemo imvura nyinshi, rifite n'umwijima mwinshi, twagiye gushaka Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kugira ngo ize ituyoborere iswalat, Abdullah aravuga ati: Nuko ndayibona, irambwira iti: "Vuga, sinagira icyo mvuga, irongera iravuga iti: Vuga, nuko sinagira icyo mvuga, irongera iravuga iti: Vuga, maze ndayibaza nti: Mvuge iki? Irambwira iti: {Vuga uti: QUL HUWALLAHU AHAD: We Allah ni umwe rukumbi, na Muawidhatayni [QUL AUDHU BIRABIL FALAQ], na [QUL AUDHU BIRABI A-NASI], igihe bwije n'igihe bucyeye inshuro eshatu, biguhagirije buri kintu."</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Umusangirangendo w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) Abdullah Ibun Khubayb (Imana imwishimire) yavuze ko mu ijoro rimwe ryaguyemo imvura nyinshi, rifite n'umwijima mwinshi, bagiye gushaka Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kugira ngo ize ibayoborere iswalat, nuko  barayibona; Nuko Intumwa  iramubwira iti: "Vuga, bisobanuye ngo soma, ntiyagira icyo abasha gusoma; Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irongera ibimusubiriramo, Abdullah arayibwira ati: Nsome ibiki yewe Ntumwa y'Imana? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: {Vuga uti: QUL HUWALLAHU AHAD: We Allah ni umwe rukumbi, na Muawidhatayni [QUL AUDHU BIRABIL FALAQ], na [QUL AUDHU BIRABI A-NASI], igihe bwije n'igihe bucyeye inshuro eshatu, bizakurinda buri kintu cyose kibi."</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Gushishikariza gusoma Suratul Ikh'lasw, na Qul Audhu bi Rabil Falaq, na Qul Audhu bi Rabi Nasi, buri mu gitondo na buri nimugoroba, ndetse ko ari n'urukingo rwa buri ikibi cyose.
 Ibyiza byo gusoma Suratul Ikh'lasw na  Suratul Falaq ndetse na Surat A-Nas</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6082</t>
   </si>
   <si>
-    <t>مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ</t>
+    <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>Uzavuga ati: BIS’MILLAHI LADHI LA YADWURU MA’AS’MIHI SHAY-UN FIL AR’DWI WA LA FI SAMA-I, WA HUWA SAMI’UL ALIMU: Niyambaje izina rya Allah ryo igihe urivuze uryemera nta cyagira icyo kimutwara haba mu isi no mu kirere, kandi Yumva Bihebuje Umumenyi Uhebuje. Ukabivuga inshuro eshatu, nta byago bimutunguye byamubaho kugeza bucyeye</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aban Ibun Uth'man (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uzavuga ati: BIS’MILLAHI LADHI LA YADWURU MA’AS’MIHI SHAY-UN FIL AR’DWI WA LA FI SAMA-I, WA HUWA SAMI’UL ALIMU: Niyambaje izina rya Allah ryo igihe urivuze uryemera nta cyagira icyo kimutwara haba mu isi no mu kirere, kandi Yumva Bihebuje Umumenyi Uhebuje. Ukabivuga inshuro eshatu, nta byago bimutunguye byamubaho kugeza bucyeye. N'uzavuga aya magambo bucyeye inshuro eshatu, nta byago bimutunguye byamubaho kugeza bugorobye." Yaravuze ati: Nuko Aban Ibun Uth'man agerwaho n'ububabare, maze wa mugabo wamwumviseho Hadith atangira kumureba maze aramubaza ati: Bite byawe ko uri kunyitegereza? Ndahiye ku izina rya Allah ko ntigeze mbeshya Uth'man, nta n'ubwo Uth'man yabeshye Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ahubwo umunsi nafashwe n'ubu burwayi nararakaye nibagirwa kuvuga ya magambo.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko umuntu uvuze inshuro eshatu aya magambo buri munsi buri uko bucyeye nyuma y'uko umuseke utambitse, na buri nimugoroba mbere y'uko izuba rirenga: Ku izina rya Allah nsabye inkunga kandi nsabye uburinzi bw'icyo ari cyo cyose cyangirira nabi, ariko kitagira icyo gitwara umuntu wavuze izina rya Allah, uko cyaba kingana kose hano ku isi n'ibiyirimo, ndetse no mu kirere n'ibigwa bigiturutsemo mu byago n'ibigeragezo, kandi niwe Uwumva bihebuje ibyo tuvuga, Umumenyi uhebuje w'uko tumerewe.
-. Uzavuga aya magambo bugorobye, nta byago bizamubaho bimutunguye kugeza mu gitondo, n'uzayavuga bucyeye nta byago bizamubaho bimutunguye kugeza bugorobye.
+Uzavuga aya magambo bugorobye, nta byago bizamubaho bimutunguye kugeza mu gitondo, n'uzayavuga bucyeye nta byago bizamubaho bimutunguye kugeza bugorobye.
 Uwakiriye iyi Hadith ari we Aban Ibun Uthman yagezweho n'uburibwe ku mubiri we, maze   atangira kumureba atangara! Nuko abaza wa mugabo ati: Ni ukubera iki uri kunyitegereza? Ndahiye ku izina rya Allah ko ntigeze mbeshyera Uthman, nta n'ubwo Uth'man yabeshyeye Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ahubwo uyu munsi nababaye cyane, Allah ntiyanshoboje kubivuga, narakaye maze nibagirwa kuvuga aya magambo.</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Ni byiza kuvuga ubu busabe buri mu gitondo na buri nimugoroba, kugira ngo umuntu abe ari mu burinzi bwa Allah ntagerweho n'ibigeragezo bimutunguye cyangwa se n'ibindi byago byose byamugirira nabi n'ibindi.
 Kwizera Allah gukomeye kw'abatubanjirije no kwemera badashidikanya ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yababwiraga.
 Mu nyugu ziri muri uku gusingiza Allah mu gitondo na nimugoroba, ni mu rwego rwo gukuraho kuzindara kw'umuyisilamu, no guhora igihe cyose atekereza ko ari umugaragu wa Allah Nyir'ubutagatifu.
 Kubera ukwemera k'umuntu usingiza Allah no kumwibombarikaho, no kubikora n'umutima we wose, hamwe no kubiharira Allah no kumwizera nta gushidikanya, niko n'aya magambo agira umumaro ufatika.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6093</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ</t>
+    <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>Jya uvuga uti: LA ILAHA ILA LLAHU WAH'DAHU LA SHARIKA LAHU, ALLAHU AKBAR KABIRAN, WAL HAMDULILLAH KATHIRAN, SUB'HANALLAHI RABIL ALAMINA, LA HAWLA WALA QUWATA ILA BILLAHIL AZIIZIL HAKIM: Nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah wenyine udafite uwo abangikanye nawe, Allah asumba byose, n'ikuzo n'ishimwe ni ibya Allah kenshi, ubutagatifu ni ubwa Allah Murezi w'ibiremwa byose, nta bushobozi nta mbaraga uretse gushobozwa na Allah, Ushishoza bihebuje</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Sa'ad (Imana imwishimire) yaravuze ati: Umwarabu wo mu cyaro yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) nuko arayibwira ati: Nyigisha amagambo najya mvuga, nuko irambwira iti: "Jya uvuga uti: LA ILAHA ILA LLAHU WAH'DAHU LA SHARIKA LAHU, ALLAHU AKBAR KABIRAN, WAL HAMDULILLAH KATHIRAN, SUB'HANALLAHI RABIL ALAMINA, LA HAWLA WALA QUWATA ILA BILLAHIL AZIIZIL HAKIM: Nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah wenyine udafite uwo abangikanye nawe, Allah asumba byose, n'ikuzo n'ishimwe ni ibya Allah kenshi, ubutagatifu ni ubwa Allah Murezi w'ibiremwa byose, nta bushobozi nta mbaraga uretse gushobozwa na Allah, Ushishoza bihebuje" Nuko aravuga ati: Ayo magambo ko ari umwihariko wa Allah, none uwanjye ni uwuhe? Intumwa y'Imana iramubwira iti: Jya uvuga uti: ALLAHUMA GH'FIR LII, WAR'HAMNII, WAH'DINII, WAR'ZUQ'NII: Mana Nyagasani mbabarira, ungirire impuhwe, unyobore, unampe amafunguro."</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
@@ -10853,121 +11227,121 @@
   <si>
     <t>Umwarabu umwe wo mu cyaro yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) ayisaba ko yamwigisha amagambo yakoresha asingiza Allah, Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  iramusubiza iti: Jya uvuga uti: LA ILAHA ILA LLAHU WAH'DAHU LA SHARIKA LAHU: Nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah wenyine udafite uwo abangikanywa nawe, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahereye ku guhamya ko Allah ari umwe, bisobanuye ko nta wundi mugaragirwa w'ukuri usibye Allah. ALLAHU AKBAR KABIRAN: Allah asumba byose, Bisobanuye ngo: Allah asumba buri kintu kandi arabiruta. "WAL HAMDULILLAH KATHIRAN": Ikuzo n'ishimwe ni ibya Allah kenshi. Bisobanuye: Ngo ikuzo ryose n'ishimwe ni ibya Allah, ku bw'ibisingizo bye, n'ibikorwa bye, n'ingabire ze zitabarika. "SUB'HANALLAHI RABIL ALAMINA: Ubutagatifu ni ubwa Allah Nyagasani w'ibiremwa byose", Bisobanuye ngo: Allah aratagatifutse, ntaho ahuriye n'inenge iyo ari yo yose. LA HAWLA WALA QUWATA ILA BILLAHIL AZIIZ AL HAKIM: Nta bushobozi nta n'imbaraga uretse gushobozwa na Allah Nyir'icyubahiro, Ushishoza bihebuje Bisobanuye ngo: Nta bubasha bwo gukora icyo ari cyo cyose usibye ko ari ku bw'inkunga ya Allah no gushobozwa nawe. Nuko wa mugabo aravuga ati: Ariya magambo ko ari aya Nyagasani wanjye yo kumusingiza, njye ayanjye ni ayahe nzajya nifashisha musaba? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Jya uvuga uti: "ALLAHUMA GH'FIR LII: Mana mbabarira" Unkurireho ibyaha byanjye unampishire, "WAR'HAMNII: Unangirire impuhwe" Umpe  ibimfitiye inyungu n'umumaro mu kwemera kwanjye no mu mibereho yanjye. "WAH'DINII: Unanyobore" Unyobore mu buryo bwiza, ndetse no mu nzira igororotse. "WAR'ZUQ'NI: Unampe amafunguro" Umpe umutungo uziruye n'ubuzima bwiza ndetse n'ibyiza byose.</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Gushishikariza gusingiza Allah tuvuga ijambo LA ILAHA ILALLAH, ALLAH AKBAR, AL HAMDULILLAH, SUBHANALLAH.
 Gushishikariza gusingiza Allah no kumuvuga ibigwi mbere y'ubusabe.
 Gukundisha umuntu gusaba ubusabe yifashishije ubusabe bwiza kuruta ubundi, by'umwihariko ubwavuzwe muri Qur'an no mu nyigisho z'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), bukubiyemo ibyiza bya hano ku isi no ku munsi w'imperuka, kandi ko yemerewe gusaba yifashishije ubusabe ashatse.
 Birakwiye ko umugaragu ashishikarira kwiga ibimufitiye akamaro hano ku isi no ku munsi w'imperuka.
 Gushishikariza gusaba imbabazi, n'impuhwe n'amafunguro, kuko nibyo bikusanyirije hamwe ibyiza byinshi.
 Impuhwe z'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu kwigisha abayoboke bayo ibibafitiye umumaro.
 Impuhwe zavuzwe nyuma y'imbabazi kugira ngo ubutungane bwuzure, imbabazi bisobanuye guhishira ibyaha zikanabikuraho, ndetse zigatuma umuntu atazajya mu muriro. Naho impuhwe bisobanuye kuba umuntu abona ibyiza ndetse akazinjira mu ijuru, iyi ikaba ari nayo ntsinzi ihambaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6112</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari umunyabuntu kuruta abantu bose, ariko yarushagaho kubugira mu kwezi kwa Ramadhan aho yahuraga na Malayika Djibril</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Abas (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari umunyabuntu kuruta abantu bose, ariko yarushagaho kubugira mu kwezi kwa Ramadhan aho yahuraga na Malayika Djibril, kandi bajyaga bahura buri joro mu majoro y'ukwezi kwa Ramadhan, Djibril akamwigisha Qur'an, bityo Intumwa y'Imana (Imana iyihe amahoro n''imigisha) yari umunyabuntu mu gukora ibyiza kuruta umuyaga woherejwe uzanye ibyiza.</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
 الأول: الْتِقاؤه بجبريل عليه السلام.
 والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
 فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarushaga abantu bose kugira ubuntu, by'umwihariko ikarushaho mu kwezi kwa Ramadhan, aho yatangaga ibikwiye abiha ubikwiye; n'impamvu yatumaga abyongera ni ebyiri:
 Iya mbere: Nibwo yahuragamo na Malayika Djibril (Imana imuhundagazeho amahoro).
 Indi mpamvu: Nibwo Djibril yamwigishaga Qur'an akayisoma mu mutwe.
 Malayika Djibril yayisubirishagamo Qur'an yose yahishuriwe, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yagiraga ubuntu ndetse ikanarushaho gutanga no gukora ibikorwa byiza, no kwihutira kugirira umumaro ibiremwa kuruta uko umuyaga mwiza woherejwe na Allah ubizanira imvura n'impuhwe.</t>
   </si>
   <si>
     <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
 الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
 الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
 من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
   </si>
   <si>
     <t>Kugaragaza ubuntu bwaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) n'ubu buryo yitangaga by'umwihariko mu kwezi kwa Ramadhan, kubera ko ari ukwezi ko gukoramo ibikorwa byo kwiyegereza Allah n'ibindi bikorwa byinshi.
 Gushishikariza kugira ubuntu ibihe byose, ariko ni byiza kubyongera mu kwezi kwa Ramadhan.
 Kongera ibikorwa by'ubwitange no kugira ubuntu, ndetse no gusoma Qur'an mu kwezi kwa Ramadhan.
 Mu mpamvu zituma ubumenyi nyirabwo bumuhamamo ni ukubwigishanya n'abanyeshuri ndetse n'abamenyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6179</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ifite imico myiza kuruta abandi bantu bose</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas Ibun  Malik (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ifite imico myiza kuruta abandi bantu bose.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ifite imico yuzuye kandi ihebuje, ndetse yanayirushaga abandi, nko kurangwa n'imvugo nziza, gukora ibyiza, gucya mu buranga, kwirinda icyabangamira abandi ndetse no kubihanganira ku kibi cyabaturukaho.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Imico y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ihebuje.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari urugero rwiza mu mico n'imyifatire.
 Gushishikariza kugera ikirenge mu cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu kurangwa n'imico myiza!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  yajyaga ivuga aya magambo nyuma ya buri swalat</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi A-Zubayr yaravuze ati: Buri nyuma ya buri swala, Ibun A-Zubayr asoje iswala yajyaga akunda kuvuga ati: LA ILAHA ILA LLAHU WAH'DAHU LA SHARIKA LAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAY'IN QADIIR. LA HAWLA WA LA QUWATA ILA BILLAH, LA ILAHA ILA LLAH, WALA NA'ABUDU ILA IYAHU, LAHU NI'IMATU WA LAHUL FADW'LU WA LAHU A-THANA-UL HASAN. LA ILAHA ILA LLAHU MUKH'LISWIINA LAHU DINA WA LAW KARIHAL KAFIRUNA: Nta yindi mana ikwiye gusengwa by'ukuri usibye Allah we udafite uwo abangikanye nawe, niwe Nyir'ubwami akaba Nyir'ikuzo, kandi akaba ari we Nyir'ubushobozi kuri buri kintu. Nta bubasha, nta n'ubushobozi usibye ko ari ku bwa Allah. Nta yindi mana ikwiye gusengwa by'ukuri usibye Allah, kandi nta wundi tugaragira usibye we, niwe nyir'ingabire akaba na nyir'inema ndetse ni nawe ukwiye ibisingizo byiza. Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah ndetse ni na we twiyeguriye wenyine, kabone n'iyo byababaza abahakanyi." Yajyaga anavuga ati: "Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  yajyaga ivuga aya magambo nyuma ya buri swalat."</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
@@ -10976,529 +11350,529 @@
 WAHDAHU LA SHARIKA LAHU: We wenyine udafite uwo abangikanye nawe mu kuba ari we ukwiye gusengwa, ndetse akaba ari we wenyine Mana Mugenga, ndetse akaba ari we wenyine ufite amazina n'ibisingizo bihebuje.
 "LAHUL MULKU": Niwe Nyir'ubwami bwose rusange, ubwami bw'ibirere n'isi n'ibibirimo.
 "WA LAHUL HAMDU": Ni nawe wuzuye utarangwa n'inenge iyo ari yo yose, usingizwa mu buryo bwuzuye kubera kumukunda no kumwubaha uko byaba bimeze kose, haba mu ibanga cyangwa se ku mugaragaro.
 "WA HUWA ALA KULI SHAY'IN QADIIR": Ubushobozi bwe buruzuye kandi buratunganye mu buryo ubwo ari bwo bwose, nta cyamunanira, nta n'ikidashoboka kuri we uko cyaba kimeze kose.
 "LA HAWULA WALA QUWATA ILA BILLAHI": Nta cyahinduka cyaba ari ukuva mu byaha ujya mu gukora ibikorwa byo kumvira Allah, nta mbaraga zibidushoboza usibye ku bwa Allah, kuko ari we muterankunga, ndetse akaba ari nawe wo kwiringirwa.
 "LA ILAHA ILA LLAH, WALA NA'ABUDU ILA IYAHU": Ni ugushimangira ibisobanuro by'uko Allah ari we wo kugaragirwa ndetse no guhakana ibangikanyamana, kandi ko nta wundi ukwiye kugaragirwa usibye we.
 "LAHU NI'IMAT WA LAHUL FADW'LU": Niwe waremye ingabire ndetse ni nawe nyirazo, kandi azigabira uwo ashatse mu bagaragu be.
 "WA LAHU THANA-UL HASAN": Ni nawe ufite ibisingizo byiza, byaba kuri we ubwe cyangwa se ku bisingizo bye,  cyangwa se ku bikorwa bye ndetse n'ingabire ze, no mu bindi bihe byose.
 "LA ILAHA ILA LLAHU MUKH'LISWIINA LAHU DIIN: Bisobanuye ngo turagaragira Allah wenyine tudakorera ijisho cyangwa se kuvugwa cyangwa se gushimwa.
 "WA LAW KARIHAL KAFIRUNA"; Bisobanuye ngo dushikamye kuri uko kugaragira Allah wenyine no kumuharira amasengesho yacu, kabone n'iyo byababaza abahakanyi.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Ni byiza kwitwararika ubu busabe nyuma ya buri swalat y'itegeko.
 Umuyisilamu aterwa ishema n'idini rye, ndetse akanagaragaza ibirango byaryo kabone n'iyo bitashimisha abahakanyi.
 Igihe cyose muri Hadithi hagaragayemo ijambo "Nyuma y'iswalat", iyo ibivugwa muri Hadithi ari amagambo yo gusingiza Allah, haba hagamijwe kuyavuga nyuma y'indamutso isoza iswalat, iyo ari ubusabe haba hagamijwe ko buvugwa mbere y'indamutso isoza iswalat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>Amazu yanyu ntimuzayagire nk'amarimbi, kubera ko Shay'twani ihunga inzu isomerwamo Suratul Baqarat</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Amazu yanyu ntimuzayagire nk'amarimbi, kubera ko Shay'twani ihunga inzu isomerwamo Suratul Baqarat."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabuza abantu badasalira mu mazu yabo bakayagira nk'amarimbi kubera ko ari yo adakorerwamo iswalat.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ivuga ko Shaytwani ahunga inzu isomerwamo Suratul Baqarat.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Ni byiza kongera iswalat z'imigereka dukorera mu mazu yacu.
 Gukorera iswala ku marimbi ntibyemewe, kubera ko ari bumwe mu buryo bwo gukora ibangikanyamana ndetse no gukabiriza abayashyinguyemo, usibye gusa iswalat ikorerwa uwapfuye.
 Kubuza gukorera iswalat ku marimbi, byanakomeje kubuzwa no ku gihe cy'abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha); niyo mpamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kugira amazu yacu nk'amarimbi atajya akorererwaho iswalat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>Kuba navuga nti: SUB'HANALLAH, WAL HAMDULILLAH, WALA ILAHA ILA LLAH, WALLAHU AKBAR: Ubutagatifu ni ubwa Allah, n'ishimwe ryuzuye niwe  urikwiye, nta yindi mana ibaho ikwiye kugaragirwa by'ukuri usibye Allah wenyine, Imana niyo nkuru, bindutira isi n'ibiyrimo byose</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Kuba navuga nti: SUB'HANALLAH, WAL HAMDULILLAH, WALA ILAHA ILA LLAH, WALLAHU AKBAR: Ubutagatifu ni ubwa Allah, n'ishimwe ryuzuye niwe  urikwiye, nta yindi mana ibaho ikwiye kugaragirwa by'ukuri usibye Allah wenyine, Imana niyo nkuru, bindutira isi n'ibiyrimo byose."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko gusingiza Allah Nyir'ubutagatifu wifashishije aya magambo ahambaye ari byiza kuruta isi n'ibiyirimo. Ayo magambo akaba ari aya akurikira:
 SUBHANALLAH: Ni ugutagatifuza Allah ukamutandukanya n'inenge iyo ari yo yose.
 AL HAMDULILLAH: Ni ugusingiza Allah no kumuvuga ibigwi n'ibisingizo byuzuye hamwe n'urukundo n'icyubahiro akwiye.
 LA ILAHA ILA LLAH: Bisobanuye ko nta wundi mugaragirwa w'ukuri usibye Allah.
 ALLAHU AKBAR: Allah arahambaye kandi aruta buri icyo ari cyo cyose.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Gushishikariza gusingiza Allah, kandi ko ari byo byiza kuruta isi n'ibiyirimo byose.
 Gushishikariza gukoresha ubusabe kenshi, kuko bifite ibihembo n'ingororano nyinshi.
 Umunezero w'iyi si ni uw'igihe gito ndetse n'irari ryayo rirarangira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6211</t>
   </si>
   <si>
-    <t>لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا</t>
+    <t>لن يلج النار أحد صلى قبل طلوع الشمس وقبل غروبها</t>
   </si>
   <si>
     <t>Nta n'umwe usali mbere y'uko izuba rirasa cyangwa se rirenga uzigera yinjira mu muriro</t>
   </si>
   <si>
     <t>عَنِ أبي زُهير عُمَارَةَ بْنِ رُؤَيْبَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا»</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Zuhayri Umarat Ibun Ru-ayibat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Nta n'umwe usali mbere y'uko izuba rirasa cyangwa se rirenga uzigera yinjira mu muriro."</t>
   </si>
   <si>
     <t>يُخْبِرُ رسولُ الله صلى الله عليه وسلم: أنه لن يدخلَ النارَ، أحدٌ صلّى صلاة الفجر، وصلاة العصر، وداوم عليهما؛ وخَصَّ هاتين الصلاتين؛ لأنهما أثقلُ الصلوات، ولأنّ وقت الصبح يكون عند النوم ولَذَّتِه، ووقت العصر يكون عند الاشتغال بأعمال النهار وتجارته، ومَن حافَظَ على هاتين الصلاتَين مع وُجودِ المَشقّة فسيحافظ على بَقيّة الصلوات.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko nta we uzinjira mu muriro yarajyaga asali iswalat ya mugitondo (Al Fadjri) n'iyo ku gicamunsi (Al Asw'ri), ndetse akazihozaho. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yazivuze ku buryo bw'umwihariko kuko ari zo zikunze kugora, no kubera ko iya mu gitondo ikorwa abantu baryamye bari mu buryo bw'ibitotsi, naho iyo ku gicamunsi ikaba ikorwa abantu bahugiye mu mirimo yabo n'ubucuruzi bwabo. Uzitwararika izi swalat ebyiri hamwe n'uko zimugoye, kwitwararika izindi swalat bizamworohera.</t>
   </si>
   <si>
     <t>فضل صلاتي الصبح والعصر، فينبغي المحافظة عليهما.
 مَن أدَّى هذه الصلوات يكون غالبًا خالي النفس من الكَسَل والرياء مُحِبًّا للعبادة.</t>
   </si>
   <si>
     <t>Agaciro k'izi swalat ebyiri: Iya mu gitondo (Al Fadj'ri) n'iyo ku gicamunsi (Al Asw'ri), ni na ngombwa kuzihozaho.
 Umuntu ukoze izi swalat akenshi aba arangwa no kutagira ubunebwe muri we ndetse no kudakorera ijisho, kandi akaba akunda gusali.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6215</t>
   </si>
   <si>
-    <t>ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ</t>
+    <t>ما من أحد يسلم علي إلا رد الله علي روحي حتى أرد عليه السلام</t>
   </si>
   <si>
     <t>Nta n'umwe unyifuriza amahoro n'imigisha usibye ko Allah angarurira roho yanjye, nanjye nkikiriza amahoro anyifurije</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلَّى الله عليه وسلم قال: «ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nta n'umwe unyifuriza amahoro n'imigisha usibye ko Allah angarurira roho yanjye, nanjye nkikiriza amahoro anyifurije."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّه تُرَدُّ إليه رُوحُه ليَرُدَّ السلامَ على كل مَن سلَّم عليه سواء كان قريبًا أو بعيدًا؛ وحياة البَرْزَخ والقبور أمرٌ غيبي، لا يَعلم حقيقتَها إلا الله، وهو على كل شيء قدير.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko asubizwa roho ye iyo hari umuntu umusabiye amahoro n'imigisha yaba ari bugufi cyangwa se ari kure; kandi ubuzima bwa nyuma y'urupfu no mu mva ni mu bumenyi bw'ibitagaragara, nta wamenya imiterere yabwo usibye Allah, kandi niwe Nyir'ubushobozi kuri buri kintu.</t>
   </si>
   <si>
     <t>الحث على الإكثار من الصلاة والسلام على النبي صلى الله عليه وسلم.
 حياة النبي صلى الله عليه وسلم في قبره هي أكملُ حياة يحياها إنسان في بَرْزَخِه، فلا يَعلم حقيقتها إلا الله تعالى.
 الحديث ليس فيه حُجّة لمن يقول بحياة رسول الله صلى الله عليه وسلم حياةً كما نعيشها نحن، حتى لا يَستدِلّ به أهل الشرك على الاستغاثة به عليه الصلاة والسلام، وإنما هي حياة برزخية.</t>
   </si>
   <si>
     <t>Gushishikariza gusabira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kenshi.
 Ubuzima bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu mva yayo ni ubuzima bwuzuye umuntu wese abaho nyuma yo gupfa, bityo nta wuzi imiterere yabwo uretse Allah Nyir'ubutagatifu.
 Iyi Hadith nta gihamya irimo y'abavuga ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibayeho ubuzima nk'ubu tubayemo, kugira ngo abakora ibangikanyamana n'abanyabihimbano batayitangaho gihamya y'uko bemerewe kwiragiza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ahubwo ni ubuzima bwa nyuma y'urupfu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6222</t>
   </si>
   <si>
-    <t>مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ</t>
+    <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Nta muyisilamu n'umwe igihe cy'iswalat y'itegeko kigera agatawaza neza, akibombarika, akunama mu buryo bwiza, usibye ko biba icyiru cy'ibyaha yakoze mbere yaho igihe cyose atakoze ibyaha bikuru. bikagenda gutyo ibihe byose</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Uth'man (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Nta muyisilamu n'umwe igihe cy'iswalat y'itegeko kigera agatawaza neza, akibombarika, akunama mu buryo bwiza, usibye ko biba icyiru cy'ibyaha yakoze mbere yaho igihe cyose atakoze ibyaha bikuru. bikagenda gutyo ibihe byose."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko nta muyisilamu n'umwe igihe cyo gusali iswalat y'itegeko kigera, agatawaza neza mu buryo bwuzuye, nuko akibombarika igihe ari gusali n'umutima we wose ndetse n'ingingo ze zose, akerekera Allah, atekereza ku buhambare bwe. Agatunganya ibikorwa byo mu iswalat nko kunama no kubama ndetse n'ibindi, usibye ko iyo swalat akoze muri ubwo buryo ituma ababarirwa ibyaha bito bito yakoze mbere yaho, igihe cyose yirinze gukora ibikomeye. Ibi byiza ni iby'ibihe byose, ndetse no muri buri swalat.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Iswalat ituma umuntu  ababarirwa ibyaha, ni yayindi umugaragu akoze yabanje gutawaza neza, ndetse akanayikora yibombaritse ashaka kwishimirwa na Allah Nyir'ubutagatifu.
 Agaciro ko guhozaho ibikorwa byo kwiyegereza Allah, kandi ko ari imwe mu mpamvu zo kubabarirwa ibyaha bito bito.
 Agaciro ko gutawaza neza, no gusali mu buryo bwiza no kwibombarika.
 Agaciro ko kwirinda ibyaha bikuru, ko bituma ubabarirwa ibyaha bito.
 Ibyaha bikuru bibabarirwa umuntu ari uko abyicujije.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6254</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>Nta munsi mu minsi wakoramo igikorwa cyiza Allah akakishimira kuruta icyo wakora muri iyi minsi." Igamije kuvuga iminsi icumi</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abass (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Nta munsi mu minsi wakoramo igikorwa cyiza Allah akakishimira kuruta icyo wakora muri iyi minsi." Igamije kuvuga iminsi icumi! Abasangirangendo barayibaza bati: No guharanira inzira y'Imana? Intumwa y'Imana irabasubiza iti: No guharanira inzira y'Imana, cyeretse umuntu wajya ku rugamba we ubwe n'umutungo we, ntihagire na kimwe muri byo kigaruka!"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko igikorwa cyiza gikozwe mu minsi icumi ibanza yo mu kwezi kwa cumi na biri (Dhul Hidjat) kiruta icyo wakora mu yindi minsi isanzwe igize umwaka.
 Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bayibajije niba no guharanira inzira y'Imana (Djihadi) wakora mu minsi itari iyi icumi nabyo byarutwa n'ibikorwa byiza wakora muri iyi minsi? Kubera ko bari basanzwe bazi ko guharanira inzira ya Allah ari cyo gikorwa kiruta ibindi byose.
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibasubiza ko igikorwa cyiza muri iyi minsi kiruta no guharanira inzira y'Imana mu yindi minsi, usibye wenda umuntu wajya kuyiharanira akigirayo we ubwe ndetse n'umutungo we, akagwayo ndetse n'umutungo we ntugaruke. Guharanira inzira y'Imana muri ubu buryo niko kwaza kuruta igikorwa cyiza wakora muri iyi minsi myiza.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Ibyiza by'ibikorwa byiza bikorwa mu minsi icumi ya Dhul Hidjat. Niyo mpamvu umuyisilamu agomba gufatirana iyi minsi, agakoramo ibikorwa byinshi bitandukanye asingiza Allah, asoma Qur'an, avuga amagambo yo gusingiza Allah nka TAKBIIR (Kuvuga ALLAH AKBAR), TAHLIIL (Kuvuga LA ILAHA ILA LLAH), TAHMID (Kuvuga ALHAMDULILLAH), gusali, gutanga amaturo, gusiba, ndetse no gukora ibindi bikorwa byiza muri rusange.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[Yakiriwe na Bukhariy na Abu Dawud, n'iyi mvugo ni iye]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ</t>
+    <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Urugero rw'umwemeramana usoma Qur'an ni nk'urugero rw'igiti cyitwa Ut'rudjat, impumuro yacyo ni nziza, n'uburyohe bwacyo ni bwiza; n'urugero rw'umwemeramana udasoma Qur'an aba ameze nk'igiti cy'itende, ntigifite  impumuro nziza ariko uburyohe bwacyo ni bwiza</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Mussa Al Ash'ariy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Urugero rw'umwemeramana usoma Qur'an ni nk'urugero rw'igiti cyitwa Ut'rudjat, impumuro yacyo ni nziza, n'uburyohe bwacyo ni bwiza; n'urugero rw'umwemeramana udasoma Qur'an aba ameze nk'igiti cy'itende, ntigifite  impumuro nziza ariko uburyohe bwacyo ni bwiza. N'urugero rw'umuntu w'indyarya usoma Qur'an ni nk'urugero rw'igiti cya Ray'hanat, gifite impumuro nziza ariko kirarura, n'urugero rw'umuntu w'indyarya udasoma Qur'an ni nk'urugero rw'igiti cyitwa Han'dhwalat, nta mpumuro nziza kigira ndetse n'uburyohe bwacyo burarura."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ibyiciro by'abantu basoma Qur'an n'uburyo ibagirira umumaro:
 Icyiciro cya mbere: Ni umwemeramana usoma Qur'an ndetse ikanamugirira umumaro, aba ameze nk'imbuto z'igiti cyitwa Ut'rudjat, zirahumura ndetse zikagira n'uburyohe kandi zifite n'ibara ryiza, ndetse zifite n'akandi kamaro kenshi; kuko we ashyira mu bikorwa ibyo asoma, kandi akagirira umumaro abagaragu ba Allah.
 Icya kabiri: Umwemeramana udasoma Qur'an ameze nk'igiti cy'itende, kiryohera ariko kikaba nta mpumuro kigira, ni umwemeramana umutima we wuzuye ukwemera nk'uko igiti cy'itende imbuto zacyo zazuye  uburyohe. Kuba kitagira impumuro abantu bihumuriza, ni ukubera ko abantu batajya bamwumvaho igisomo gituma bagira ituze.
 Icya gatatu: Ni umuntu w'indyarya usoma Qur'ani ameze nk'igiti cya Ray'hanat gihumura ariko kirura, kubera ko nawe umutima we ntiwagiriwe akamaro n'ukwemera, ndetse ntiyanashyira mu bikorwa Qur'an, nyamara akagaragara mu maso y'abantu ko ari umwemera; impumuro y'icyo giti nziza, imeze nk'igisomo cy'uyu muntu, ariko kurura kwacyo bimeze nk'ubu buhakanyi bwe.
 Icya kane: Ni umuntu w'idyarya utajya asoma Qur'an, uwo ameze nk'igiti cyitwa Han'dhwalat, kuko cyo nta mpumuro kigira, ndetse nta n'uburyohe bwiza kigira. Kutagira impumuro kwacyo ni nko kutagira impumuro kw'iyi ndyarya kubera ko idasoma Qur'an, , no kurura kw'icyo giti bisanishwa no kurura kw'ubuhakanyi we, mu mutima wayo nta kwemera kurimo, n'uburyo agaragara nta mumaro ahubwo abangamiye abandi.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>Kugaragaza agaciro k'umuntu uzi Qur'an unayishyira mu bikorwa.
 Muri zimwe mu nzira zo kwigisha harimo gutanga ingero, mu rwego rwo gutanga ibisobanuro.
 Birakwiye ko umuyisilamu agira imirongo runaka muri Qur'an ntagatifu  (Wir'du) asoma mu buryo buhoraho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6258</t>
   </si>
   <si>
-    <t>مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً</t>
+    <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>Amagambo ya nyuma y'iswalat, uyavuze cyangwa se uyakoze nyuma y'iswalat y'itegeko  atazakorwa n'ikimwaro; kuvuga SUBHANALLAH inshuro mirongo itatu n'eshatu, ALHAMDULILLAH inshuro mirongo itatu n'eshatu, ALLAH AKBAR inshuro mirongo itatu n'enye</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ka'ab Ibun Udj'rat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Amagambo ya nyuma y'iswalat, uyavuze cyangwa se uyakoze nyuma y'iswalat y'itegeko  atazakorwa n'ikimwaro; kuvuga SUBHANALLAH inshuro mirongo itatu n'eshatu, ALHAMDULILLAH inshuro mirongo itatu n'eshatu, ALLAH AKBAR inshuro mirongo itatu n'enye."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje amagambo yifashishwa mu gusingiza Allah, umuntu uyavuze ntashobora kwicuza, ahubwo arayahemberwa, kandi amwe muri yo avugwa nyuma y'ayandi, ndetse akanavugwa nyuma y'iswalat z'itegeko; ayo magambo ni:
 "SUBHANALLAH: Ubutagatifu ni ubwa Allah" inshuro mirongo itatu n'eshatu; bisobanuye gutagatifuza Allah no kumutandukanya n'inenge iyo ari yo yose.
 WAL HAMDULILLAH: Ikuzo n'ishimwe ni ibya Allah, inshuro mirongo itatu n'eshatu; ni ugusingiza Allah ibisingizo byuzuye kandi bitunganye bivanzemo n'urukundo ndetse n'icyubahiro.
 na "ALLAH AKBAR: Allah asumba byose", inshuro mirongo itatu n'enye; bityo Allah niwe usumba byose, kandi uhambaye ndetse wubahitse kuruta icyo ari cyo cyose.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Agaciro ko  gusingiza Allah, no kumukuza, ndetse no kumurutisha icyo ari cyo cyose, ayo magambo ni byo bikorwa byiza kandi bizahoraho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6259</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Uzareka gusali iswala yo ku gicamunsi (Al Asr) ibikorwa bye bizaba imfabusa!</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Buraydat Ibun Al Huswayb (Imana imwishimire) yaravuze ati: "Mujye mwihutira gukora iswalat yo ku gicamunsi (Al Asr), kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzareka gusali iswala yo ku gicamunsi (Al Asr) ibikorwa bye bizaba imfabusa!"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irihanangiriza umuntu ucyereza Swalatul Asr ku bushake ntayisarire ku gihe cyayo,  kandi ko ubikoze atyo ibikorwa bye biba imfabusa ntibigire icyo bimumarira.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Gushishikariza kwitwararika iswalat ya Al Asr, igakorerwa mu gihe cyayo cya mbere ndetse no kwihutira kuyikora.
 Ibihano bihambaye kuri wa wundi  ureka gusali iswalat yo ku gicamunsi (Swalatul Asr), ndetse no kuyikereza ibihano byabyo birakomeye kuruta gukereza indi itari yo, kubera ko ari yo swalat yo hagati yavuzwe ku buryo bw'umwihariko mu mvugo ya Allah igira iti: {Mujye muhozaho iswalat (z’itegeko), by’umwihariko iswalat yo hagati (al Aswir)... [Al Baqarat; 238].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>Umuntu uzisukura (Udhu), agatunganya isuku ye neza, ibyaha yakoze biva ku mubiri we, kugeza n'ubwo biva mu nzara ze!</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Uth'man Ibun Afan (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umuntu uzisukura (Udhu), agatunganya isuku ye neza, ibyaha yakoze biva ku mubiri we, kugeza n'ubwo biva mu nzara ze!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu wisukuye (Udhu) akitwararika uko ikorwa yubahiriza imigenzo yayo n'imyifatire yayo, biba impamvu y'uko ababarirwa ibyaha bye, kugeza n'aho ibyaba biri mu nzara ze zaba iz'intoki cyangwa se z'amano bimuvuyeho.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Gushishikariza kwiga isuku n'imigenzo yayo ndetse n'imyifatire ikwiye kukuranga igihe uri kuyikora, ndetse no kubishyira mu bikorwa.
 Ibyiza byo gukora isuku, kandi ko ari impamvu yo gukurirwaho ibyaha bito bito, naho ibyaha bikuru bikuru byo ugomba kubyicuza (Tawbat).
 Kugira ngo  ukurirweho ibyaha ugomba gutunganya isuku (Udhu) neza, ukayikora ntacyo wangije muri yo nk'uko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabigaragaje.
 Kubabarirwa ibyaha kwavuzwe muri Hadithi gushingiye ku kubanza kwirinda ibyaha bikuru no kubyicuza. Allah aragira ati: {Nimuramuka mwirinze ibyaha bikomeye mubujijwe gukora, tuzabababarira ibyaha byanyu byoroheje, tunabinjize mu irembo ryubahitse (Ijuru).} [A-Nisa-i: 31]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ</t>
+    <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>Uzumva umuntu uhamagarira iswalat (Adhana) maze akavuga ati: ASHAHADU AN LA ILAHA ILA LLAHU WAHDAHU LA SHARIKA LAHU, WA ANA MUHAMADAN ABDUHU WA RASULUHU, RADWITU BILLAHI RABAN, WA BIMUHAMADIN RASULAN, WA BIL ISLAMI DINAN: Ndahamya ko ari nta wundi ukwiye kugaragirwa uretse Allah wenyine, udafite uwo abangikanye nawe, ndanahamya kandi ko Muhamadi ari umugaragu we ndetse akaba n'intumwa ye. Nishimiye ko Allah ari we  Nyagasani wanjye, na Muhamadi akaba Intumwa yanjye, na Isilamu ikaba idini ryanjye", uzavuga aya magambo azababarirwa ibyaha bye</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Sa'ad Ibun Abi Waqasw (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzumva umuntu uhamagarira iswalat (Adhana) maze akavuga ati: ASHAHADU AN LA ILAHA ILA LLAHU WAHDAHU LA SHARIKA LAHU, WA ANA MUHAMADAN ABDUHU WA RASULUHU, RADWITU BILLAHI RABAN, WA BIMUHAMADIN RASULAN, WA BIL ISLAMI DINAN: Ndahamya ko ari nta wundi ukwiye kugaragirwa uretse Allah wenyine, udafite uwo abangikanye nawe, ndanahamya kandi ko Muhamadi ari umugaragu we ndetse akaba n'intumwa ye. Nishimiye ko Allah ari we  Nyagasani wanjye, na Muhamadi akaba Intumwa yanjye, na Isilamu ikaba idini ryanjye", uzavuga aya magambo azababarirwa ibyaha bye.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko uzavuga aya magambo amaze kumva umuhamagaro w'iswalat (Adhana): "ASHAHADU AN LA ILAHA ILA LLAH WAHDAHU LA SHARIKA LAHU": Ndahamya kandi nemera ko nta wundi ukwiye kugaragirwa by'ukuri uretse Allah, ndetse n'ibindi bigaragirwa bitari we ni ibinyoma. "WA ANA MUHADAN ABDUHU WA RASULUHU": Bisobanuye ko MUHAMAD ari umugaragu ugaragira, ntabwo we agaragirwa, ni n'Intumwa ya Allah ntibikwiye kumuhakana. "RADWITU BILLAHI RABAN", bisobanuye ngo nishimiye Allah ko ari we Nyagasani wenyine wihariye ibikorwa bye (nko kurema n'ibindi), no kuba ari we ukwiye kugaragirwa, ndetse no kuba afite mazina meza n'ibisingizo byuzuye. "WA BIMUHAMADIN RASULAN", bisobanuye ngo nishimiye ko Muhamad n'ubutumwa bwose yazanye akatugezaho. "WA BIL ISLAMI", bisobanuye ngo nishimiye ko ubusilamu ari idini ryanjye n'amategeko yose y'ubuyisilamu n'ibyo bubuza. "DINAN", bisobanuye ngo nishimiye ko ubuyisiamu buba idini ryanjye mu myemerere ndetse akaba ari nabwo nkurikira. "GHUFIRA LAHU DHANBUHU", ababarirwa ibyaha bye gusa ibigambiriwe aha ni  ibito.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Gusubiramo kenshi ubu busabe igihe wumvise umuhamagaro w'iswalat biba impamvu yo kubabarirwa ibyaha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6272</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Uzasoma imirongo ibiri isoza Suratul Baqarat mu ijoro, izaba imuhagirije</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana imwishimire) yaravuze iti: "Uzasoma imirongo ibiri isoza Suratul Baqarat mu ijoro, izaba imuhagirije."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  iragaragaza ko umuntu usomye mu ijoro imirongo ibiri ya nyuma yo muri Suratul Baqarat, Allah aba amuhagije kuba yamurinda ikibi icyo ari cyo cyose. Hari imvugo isobanura ko iyo mirongo iba imuhagirije isengesho ry'igihagararo cyo mu ijoro. Hari n'indi mvugo isobanura ko iyo mirongo iba imuhagirije andi magambo yo gusingiza Allah akoresha. Hari n'indi mvugo ivuga ko iyo mirongo ari yo micye ishoboka wasoma mu mirongo ya Qur'an muri iryo joro. Hari n'izindi zitari izi tuvuze. Izi mvugo zose zishobora no kuba ari ukuri, kuko iyi mvugo zose zikubiyemo.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>Kugaragaza ibyiza byo gusoma imirongo ya nyuma yo muri Suratul Baqarat ari yo itangira ivuga iti: (AMANA RASULU....) kugera ku mpera z'iyi surat.
 Impera za Suratul Baqarat zirinda uzisomye mu ijoro ibibi n'inabi bya Shaytwani.
 Ijoro ritangira izuba rikimara kurenga, rikarangira umuseke utambitse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>Uzasoma inyuguti imwe mu gitabo cya Allah, azayibonera igihembo kingana n'icyiza kimwe, kandi icyiza kimwe kingana n'ibyiza icumi</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdullah Ibun Masuud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzasoma inyuguti imwe mu gitabo cya Allah, azayibonera igihembo kingana n'icyiza kimwe, kandi icyiza kimwe kingana n'ibyiza icumi Ntabwo mvuze ko {Alif Laam Miim) ari inyuguti imwe, ahubwo {Alif} ni inyuguti, {Lam} ni inyuguti, na {Miim) ni inyuguti."</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko buri muyisilamu usomye inyuguti mu gitabo cya Allah, ayihemberwa icyiza kimwe, kandi akaba yanabyongererwa kugeza ku byiza icumi.
 Nyuma irangije kuvuga ibi isobanura ko (Alifu Laam Miim) atari inyuguti imwe, ahubwo Alifu ni inyuguti imwe, Lamu ni inyuguti imwe, na Miimu ni indi nyuguti: Bityo zikaba ari inyuguti eshatu n'ibyiza byazo ni mirongo itatu.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Gushishikariza gusoma kenshi Qur'an.
 Buri nyuguti umusomyi asomye ayihemberwa icyiza kimwe gishobora gukubwa inshuro icumi.
 Impuhwe za Allah n'ubuntu bwe biragutse, aho abagaragu bakubirwa ibihembo kubera ineza ye n'ubuntu bwe.
 Agaciro Qur'an irusha andi magambo, ndetse no kwiyegereza Allah uyisoma, kubera ko ari amagambo ya Allah Nyir'ubutagatifu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6275</t>
   </si>
   <si>
-    <t>كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ</t>
+    <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>Mwene Adamu arampinyura kandi bidakwiye, aranantuka kandi ntibikwiye</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Allah Nyir'ubutagatifu yaravuze ati: Mwene Adamu arampinyura kandi bidakwiye, aranantuka kandi ntibikwiye; kumpinyura kwe ni igihe abavuga ngo: Allah ntazanzura ngo angarure nk'uko yandemye bwa mbere, kandi iremwa rya mbere siryo  ryoroshye kuruta kuba namugarura! Naho kuntuka kwe ni igihe avuze ati: Allah yagize umwana, kandi ari njye umwe rukumbi, wo kwishingikirizwa, sinabyaye, ndetse sinabyawe, kandi nta n'umwe duhwanye."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza muri iyi Hadith Al Qud'siy  ko Allah Nyir'ubutagatifu yavuze ku b'abangikanyamana n'abahakanyi ko bamuhinyura ndetse bakanamugerekaho inenge n'ubusembwa, kandi ntibyari bikwiye ko babikora.
 Naho guhinyura Allah ni ukuvuga ko adashobora kubazura nyuma yo gupfa kwabo nkuko yabaremye bwa mbere batari bariho, nuko abasubiza ko uwabaremye bwa mbere ashoboye kongera kubagarura kandi ko ari byo byoroshye kuri we, n'ubwo kurema bwa mbere no kuzura kuri Allah bingana, kuko ari we ufite ubushobozi kuri buri kintu.
 Naho kumutuka kwabo ni igihe bavuze ko Allah afite umwana, Allah abasubiza ko ari umwe rukumbi, wuje ubutungane mu mazina ye n'ibisingizo bye ndetse n'ibikorwa bye, ni Nyir'ubutagatifu azira inenge n'ubusembwa, niwe wishingikirizwaho, nta n'umwe acyeneye, mu gihe we ibiremwa byose bimukeneye, ntabwo ari umubyeyi w'uwo ari we wese, kandi ntabwo ari umwana w'uwo ari we wese, kandi nta we bahwanye cyangwa se bareshya Allah Nyir'ubutagatifu.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Gushimangira ubutungane n'ubushobozi bya Allah kandi byuzuye.
 Gushimangira izuka nyuma yo gupfa.
 Uhakanye izuka cyangwa se akitirira Allah ko afite umwana aba abaye umuhakanyi.
 Allah nta we bangana cyangwa se bahwanye.
 Ubushishozi bwa Allah Nyir'ubutagatifu bwagutse, n'uburyo arindiriza abahakanyi kugira ngo bicuze ndetse banisubireho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6327</t>
   </si>
   <si>
-    <t>مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ</t>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>Uzagirira urwango umukunzi wanjye, mutangarije intambara hagati yanjye na we; kandi nta gikorwa umugaragu wanjye yakifashisha anyiyegereza kiruta kuba yakora ibyo namutegetse</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri Allah Nyir'ubutagatifu yaravuze ati: Uzagirira urwango umukunzi wanjye, mutangarije intambara hagati yanjye na we; kandi nta gikorwa umugaragu wanjye yakifashisha anyiyegereza kiruta kuba yakora ibyo namutegetse; kandi umugaragu wanjye akomeza kunyiyegereza akora ibikorwa by'umugereka atategetswe kugeza ubwo mukunze. Iyo mukunze mubera amatwi yumvisha, n'amaso arebesha, n'amaboko akoresha, n'amaguru agendesha! N'iyo ansabye muha ibyo ansabye, n'iyo anyiyambaje ngo ngire icyo murinda ndabikora! Kandi sinigeze nshidikanya ku kintu nkora nk'uko nshidikanya igihe umwemeramana agiye gupfa, yanga urupfu nanjye nkanga ikimubabaza!"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadith Al Qud'siy iragaragaza ko Allah Nyir'ubutagatifu yavuze ati: Uzabangamira umwe mu bakunzi banjye cyangwa se akamurakaza ndetse akamugirira urwango, uwo mutangarije ko nanjye nzarumugirira.
@@ -11510,237 +11884,237 @@
 Hamwe n'ibyo byose, iyo asabye Allah ikintu arakimuha, ubusabe bwe bukakirwa; n'iyo yikinze kuri Allah ngo agire icyo amurinda, Allah aramurinda akamukiza ibyo atinya.
 Nyuma Allah arangije aravuga ati: Kandi sinjya nshidikanya ku gikorwa ngiye gukora nk'uko nshidikanya igihe ngiye kwisubiza roho y'umwemeramana kubera kumugirira impuhwe, kubera ko yanga urupfu kuko rubabaza, na Allah yanga gukora ibibabaza umwemeramana.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Iyi Hadith ni imwe mu zo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakuye kwa Nyagasani wayo, ari zo zitwa Hadith Al Qud'siyu cyangwa se Ilahiyu, ari zo zisobanuye ko imvugo zazo n'ibisobanuro byazo byaturutse kwa Allah, usibye ko zo zidafite umwihariko nk'uwa Qur'an itandukaniyeho n'ibindi, nko kuba kuyisoma ari kimwe mu bikorwa by'amasengesho (Ibadat), no kuyisoma wabanje gukora isuku (Twaharat), no kuba yarategeye abantu kuzana ikimeze nkayo kandi ikaba ari igitangaza, ndetse n'ibindi.
 Kubuza kubangamira abakunzi ba Allah, no gushishikariza kubakunda, no kwemera agaciro kabo.
 Gutegeka kwanga abanzi ba Allah, no kuziririza kubakunda.
 Uzigamba ko ari umukunzi wa Allah ariko adakurikiza amategeko ye, uwo azaba ari umubeshyi mu byo avuga.
 Gukundwa na Allah bigerwaho ari uko abantu bakoze ibyo bategetswe, bakareka ibyo babujijwe.
 Zimwe mu mpamvu zo kuba umugaragu yakundwa na Allah, ndetse akakira n'ubusabe bwe ni ugukora ibikorwa by'umugereka nyuma y'uko amaze gukora iby'itegeko, no kureka ibyo yamubujije.
 Kugaragaza ko abakunzi ba Allah ari abantu bubahitse, n'uburyo bafite urwego ruhambaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6337</t>
   </si>
   <si>
-    <t>اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ</t>
+    <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
   </si>
   <si>
     <t>Ibintu bibiri abantu bakora, ariko bituma baba abahakanyi: Kujora inkomoko y'umuntu, no kuborogera uwapfuye</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ibintu bibiri abantu bakora, ariko bituma baba abahakanyi: Kujora inkomoko y'umuntu, no kuborogera uwapfuye."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
 الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
 الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko ibintu bibiri bigaragara mu bantu ariko bibageza ku buhakanyi, no kurangwa n'imico ya kijiji ni ibi bikurikira:
 Icya mbere: Kujora amasano y'abantu, no kubatesha agaciro no kubibonaho.
 Icya kabiri: Kuboroga no kuzamura ijwi mu gihe cy'ibyago, no kutakira igeno rya Allah, cyangwa se kwiciraho imyambaro kubera kutihangana no kutakira igeno.</t>
   </si>
   <si>
     <t>الحثُّ على التواضع وعدَم التكبُّر على الناس.
 وجوب الصبر على المصيبة وعدم التسخُّط.
 هذه الأعمال من الكُفْر الأصغر، وليس مَن قام به شُعْبةٌ من شُعَب الكُفْر يكون كافرًا الكفر المُخْرِج من المِلّة حتى يقومَ به الكفرُ الأكبر.
 نهي الإسلام عن كلِّ ما يؤدِّي إلى الفُرْقَة بين المسلمين من الطعن في الأنساب وغيرها.</t>
   </si>
   <si>
     <t>Gushishikariza guca bugufi no kwiyoroshya, ndetse no kwirinda ubwibone ku bantu.
 Kwihanganira ibigeragezo no kutarakazwa nabyo ni itegeko.
 Ibi bikorwa ni ibiranga ubuhakanyi buto, kandi uwo bigaragayeho ntibivuze ko aba abaye umuhakanyi ku buryo bimukura mu buyisilamu, cyeretse akoze ubuhakanyi bukuru.
 Ubuyisilamu bwabujije icyo ari cyo cyose cyateza amacakubiri mu bayisilamu nko kujora amasano y'abantu n'ibindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6361</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ</t>
+    <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
   </si>
   <si>
     <t>Uzarahira mu ndahiro ye akavuga ati: Ndahiye ku bigirwamana ku izina ry'ibigirwamana Lata na Uzza, ajye ahita avuga ati: LA ILAHA ILA LLAH (Nta yindi mana ikwiye gusengwa uretse Allah), n'uzabwira mugenzi we ati: Ngwino dukine urusimbi, azatange ituro</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzarahira mu ndahiro ye akavuga ati: Ndahiye ku bigirwamana ku izina ry'ibigirwamana Lata na Uzza, ajye ahita avuga ati: LA ILAHA ILA LLAH (Nta yindi mana ikwiye gusengwa uretse Allah), n'uzabwira mugenzi we ati: Ngwino dukine urusimbi, azatange ituro."</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
 ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
 ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irihanangiriza abarahira mu izina ry'ikindi kitari Allah; kubera ko umwemeramana nta kindi arahiriraho usibye izina rya Allah. Iranatubwira kandi ko urahiye ku kindi kitari Allah, nko kuba yavuga ati: Ndahiye ku izina rya Lata na Uzza- aya akaba yari amazina y'ibigirwamana abantu bajyaga bagaragira mbere y'ubuyisilamu-, aba ategetswe kubikurikiza kuvuga aya magambo: LA ILAHA ILA LLAH (Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah), mu rwego rwo kwitandukanya n'ibangikanyamana, n'ikiru cy'iyo ndahiro yari amaze kurahira.
 Nyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga ko ubwiye mugenzi we ati: Ngwino dukine urusimbi- ari byo bivuze ko abantu babiri cyangwa se barenzeho barushanwa, bashyizeho intego y'amafaranga, utsinda undi akayegukana, kandi umwe muri bo aba ashobora gutsinda akishyurwa, cyangwa se gutsindwa akishyura-, ni byiza nyuma yaho kuba yatanga ituro nk'icyiru kuri we.</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>Kurahira nta wundi bikorwaho usibye Allah, cyangwa se amazina ye, cyangwa se ibisingizo bye.
 Kurahira ku kindi kitari Allah ni ikizira, byaba ari ukurahirira ku bigirwamana nka Lata na Uzza, cyangwa se kurahirira ku ndagizo runaka, cyangwa se kurahirira ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha), cyangwa se n'ibindi.
 Umumenyi Al Khatwabiy yaravuze ati: Indahiro ikorwa k'ugaragirwa w'ikirenga, iyo rero umuntu arahiye kuri Lata n'ibindi aba yisanishije n'abahakanyi, niyo mpamvu aba akwiye kwigarura akavuga ijambo ry'Ukwemera.
 Uwarahiye ku kindi kitari Allah, nta cyiru cy'indahiro ategetswe, ahubwo agomba kwicuza no gusaba imbabazi z'icyo cyaha akoze, kuko ari byo bihambaye kuruta kubitangira icyiru kitarimo kwicuza.
 Gukina urusimbi uko byaba bimeze kose ni ikizira, ni nabyo Allah yaziririje mu gitabo cye, ndetse abihuza no kunywa inzoga, no kugaragira ibigirwamana.
 Ni itegeko kwisubira nyuma yo gukora icyaha.
 Uguye mu kibi, aba akwiye kugikurikiza icyiza, kubera ko ibyiza bikuraho ibibi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6379</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْمُفْلِسُ؟</t>
+    <t>أتدرون ما المفلس؟</t>
   </si>
   <si>
     <t>Ese muzi uwashiriwe uwo ari we?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Ese muzi uwashiriwe uwo ari we? Barayisubiza bati: Uwashiriwe muri twe ni udafite amadirihamu cyangwa se ibintu, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Uwashiriwe mu bayoboke banjye ni uzaza ku munsi w'imperuka, afite iswalat, igisibo, amaturo, ariko akaza yaratutse uyu, yarasebeje uyu, yarariye umutungo w'uyu, yaramennye amaraso y'uyu, yarakubise n'uriya, maze uyu ahabwe mu byiza bye, n'uriya ahabwe mu byiza bye; ibyiza bye nibishira atararangiza kwishyura ibyo agomba kwishyura, hazafatwa mu bibi byabo babimwikoreze, nibarangiza atabwe mu muriro!"</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajije abasangirangendo bayo iti: Ese mwaba muzi umuntu watindahaye uwo ari we? Barayisubiza bati: Umuntu watindahaye muri twe n'udafite imitungo n'ubundi butunzi kandi yarabyigeze! Nuko irababwira iti: Umuntu watindahaye mu bayoboke banjye ni wa wundi uzaza ku munsi w'imperuka afite ibikorwa byiza, nk'iswala, iswaumu, amaturo, ariko akaza yaratutse kanaka, yarasebeje kanaka, yarariye umutungo wa kanaka akamwambura, yaramennye amaraso ya kanaka ndetse akamuhuguza, yarakubise kanaka akamutesha agaciro, hanyuma abo yahuguje bahabwe mu byiza bye, nibirangira atararangiza kubishyura, bafate mu byaha by'abo yahuguje babyongere ku byo yakoze, hanyuma atabwe mu muriro kuko nta byiza azaba asigaranye.</t>
   </si>
   <si>
     <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
 حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
 استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
   <si>
     <t>Kwihanangiriza kugwa mu biziririjwe, by'umwihariko ibijyanye n'uburenganzira bw'abantu mu bifatika n'ibidafatika.
 Uburenganzira bw'ibiremwa hagati yabo bwubakiye ku makimbirane, n'uburenganzira bwa Allah Umuremyi butarimo ibangikanyamana, bwubakiye ku kubabarira.
 Gukoresha inzira y'ibiganiro bitera amatsiko uteze amatwi, bikamukangura akita ku byo abwirwa by'umwihariko mu gihe cyo gutanga uburezi n'inama.
 Kugaragaza igisobanuro cy'umuntu watindahaye by'ukuri, ari we wa wundi abamwishyuza bazegukana ibyiza bye yakoze ku munsi w'imperuka.
 Kwihorera bizaba ku munsi w'imperuka, bishobora kuzafata ibikorwa byose byiza, kugeza ubwo nta na kimwe kizasigara.
 Uburyo Allah agirira ibiremwa bye, bishingiye ku butabera n'ukuri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6454</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Iyo umugabo ahaye ab'iwe ibibatunga yiringiye kuzabihemberwa na Allah, yandikirwa ko atanze ituro</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Masuud (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Iyo umugabo ahaye ab'iwe ibibatunga yiringiye kuzabihemberwa na Allah, yandikirwa ko atanze ituro."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko iyo umugabo atanze ibitunga umuryango we ashinzwe nk'umugore we, ababyeyi be bombi, n'abana be ndetse n'abandi, akabikora yumva ko yiyegereza Allah Nyir'ubutagatifu, ndetse ari nawe atezeho ibihembo, yandikirwa ibihembo nk'iby'utanze ituro.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Utanze ibitunga umuryango we yandikirwa ibihembo n'ingororano.
 Umwemeramana ibyo akoze byose aba agamije kwishimirwa na Allah, ndetse arangamiye n'ibihembo bye ndetse n'ingororano ze.
 Ni ngombwa kugira umugambi mwiza muri buri gikorwa; no muri ibyo harimo gushakira ibitunga umuryango wawe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>Ukwemera kurimo izego zirenga mirongo irindwi- cyangwa se zirenga mirongo itandatu-, urwego ruruta izindi ni ukuvuga ijambo LA ILAHA ILA LLAHU: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, n'uruciriritse muri zo ni ugukura mu nzira</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ukwemera kurimo izego zirenga mirongo irindwi- cyangwa se zirenga mirongo itandatu-, urwego ruruta izindi ni ukuvuga ijambo LA ILAHA ILA LLAHU: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, n'uruciriritse muri zo ni ugukura mu nzira ikibangamira abantu, no kugira isoni ni rumwe mu nzego zo kwemera."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ukwemera kurimo inzego nyinshi, zikubiyemo ibikorwa n'imyemerere ndetse n'imvugo.
 Kandi ko urwego ruruta izindi  ari ijambo LA ILAHA ILA LLAH, uzi ibisobanuro byaryo, ushyira mu bikorwa ibirikubiyemo by'uko Allah ariwe Mana yonyine ikwiye kugaragirwa yonyine nta yindi.
 Kandi ko igikorwa giciriritse mu bikorwa byo kwemera ari ugukura mu nzira ikibangamira abantu.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ivuga ko no kugira isoni ari kimwe mu bigize ukwemera, kubera ko ari umuco utuma nyirawo akora ibikorwa byiza akareka ibibi.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Kwemera kurimo inzego zirutanwa hagati yazo.
 Kwemera ni imvugo n'ibikorwa n'imyizerere.
 Kugirira Allah isoni bisaba ko atakubona mu byo yakubujije, kandi ntakubure mu byo yagutegetse!
 Kuvuga umubare ntibisobanuye ko ari byo byonyine, ahubwo bigaragaza ko ibikorwa bigize ukwemera ari byinshi, kubera ko abarabu hari ubwo bavuga umubare w'ikintu badashaka guhakana ikitari icyo (bivuze ko bishobora kurenga uwo mubare bavuze.)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6468</t>
   </si>
   <si>
-    <t>مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ</t>
+    <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
   </si>
   <si>
     <t>Nta muntu n'umwe utunze Zahabu cyangwa se Feza akaba atazitangira ukuri kwazo, usibye ko ku munsi w'imperuka zizahindurwamo ibizabatwikishwa byo mu muriro,</t>
   </si>
   <si>
     <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Nta muntu n'umwe utunze Zahabu cyangwa se Feza akaba atazitangira ukuri kwazo, usibye ko ku munsi w'imperuka zizahindurwamo ibizabatwikishwa byo mu muriro, maze babitwikishwe mu mbavu zabo n'imisaya yabo, na buri uko bizajya birangira, bazajya bongera babimutwikishe, ku munsi umwe bazaba bakorerwa ibyo uzaba ungana n'imyaka ibihumbi mirongo itanu, kugeza ubwo abagaragu bose bamaze gucibwa imanza, maze ari bwo abona aho yerekeza niba ari mu ijuru cyangwa se mu muriro."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
 الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثالث: مالك البقر والغنم -من الضّأن والماعِز- التي لا يؤدِّي صاحبها زكاتها المفروضة، فيؤتى بها أَوْفَرَ ما كانت عَدَدًا لا ينقص منها شيء، فيبسط ويُلقى ويُمَدّ لها صاحبها يوم القيامة على أرض واسعة مستوية، ليس فيها مُلْتَوية القَرنين، ولا ما لا قَرْن لها، ولا مكسورة القرن، بل هي على أَكْمَل أوصافِها، فتَنْطَحُه بقرونها، وتطأه بأرجلها، كلما مر عليه آخرها رد عليه أولها، 
 ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الرابع: مقتني الخيل، وهو على ثلاثة أصناف: 
 الأول: هي له وِزْر، وهو من اتَّخَذَهَا رياءً وفخرًا وحربًا على أهل الإسلام. 
 الثاني: هي له سِتْر، وهو من اتخذها للجهاد في سبيل الله، ثم أحسن إليها فقام بِعَلْفِها وسائر مُؤَنِها، ومنه إِطْراق فَحْلِها. 
 الثالث: هي له أَجْر، وهو مَن اتَّخَذَها للجهاد في سبيل الله لأهل الإسلام، وهي في مَرْجٍ ورَوضة للرَّعْي، فما أَكَلت إلا كُتِب له عَدد ما أكلت حسنات، وكتب له عدد أرواثها وأبوالها حسنات، ولا تقطع طولها، وهو الحِبْل الذي تُربَط فيه، وجَرَت ورَكَضَت في العالي من الأرض؛ إلا كُتب الله له عدد آثارها وأرواثها حسنات، ولا مَرّ بها صاحبُها على نهر فشربت منه ولا يريد أن يسقيها، إلا كتب الله له عدد ما شربت حسنات. 
 ثم سئل صلى الله عليه وسلم عن الحمير أهي مثل الخيل؟ 
@@ -11761,1340 +12135,1346 @@
   <si>
     <t>وجوب إيتاء الزكاة، والوعيد الشديد على منعِها.
 عدم كفر مانع الزكاة تكاسلًا، لكنه على خطر شديد.
 الإنسان يُؤجَر على التفاصيل التي تقع في فعل الطاعة، إذا قصد أصلَها، وإن لم يقصد تلك التفاصيل.
 في المال حقٌّ سِوى الزكاة.
 من الحق في الإبل حَلْبُها لمن يحضرها من المساكين عند موضع شربها الماء؛ ليكون أسهل على المحتاج من قصد المنازل، وأرفق بالماشية، قال ابن بطال: في المال حَقَّان: فرض عين وغيره، فالحَلْب من الحقوق التي هي من مكارم الأخلاق.
 من الحق الواجب في الإبل والبقر والغنم إطراق فحلها إذا طلبت عاريته.
 حكم الحُمُر وكل ما لم يرد به نص: أنه داخل في قوله تعالى: (فمن يعمل مِثقال ذرة خيرًا يَره، ومن يعمل مِثقال ذرة شرًا يره).
 في الآية الترغيب في فعل الخير ولو قليلًا، والترهيب من فعل الشر ولو حقيرًا.</t>
   </si>
   <si>
     <t>Itegeko ryo gutanga amaturo y'itegeko (Zakat), n'ibihano bihambaye biteganyirijwe abanze kuyatanga.
 Umuntu wanze gutanga amaturo y'itegeko by'ubunebwe ntabwo aba abaye umuhakanyi ariko ni akaga gakomeye.
 Umuntu ahemberwa ibikorwa yakoze bigamije kumvira Allah, iyo ari byo ubwabyo agamije, kabone n'iyo hakinjiramo n'ibindi atari agamije arabihemberwa
 .
 Imitungo hari ibindi umuntu asabwa gukuramo bitari Zakat.
 Mu byo ingamiya zigomba harimo kuzikamira abakene aho zashokeye, kugira ngo ucyeneye amata yazo ayabonere hafi, binazorohereze kugenda. Umumenyi Ibun Batwal yaravuze ati: Imitungo irimo ibyo igombwa bibiri: Hari iby'itegeko n'ibitari itegeko; kuzikamira abakene ni kimwe mu byo zigombwa kandi biri no mu mico myiza.
 Mu byo ingamiya, inka, ihene n'intama zigombwa by'itegeko ni ukuzitiza zikimya iz'abandi.
 Itegeko rireba indogobe n'andi matungo atavuzwe muri iyi Hadith ni uko yinjira mu mvugo ya Allah igira iti:  "Uzaba yarakoze icyiza gifite uburemere bungana n’akantu gato cyane kurusha ibindi, azakibona (agihemberwe), n’uzaba yarakoze ikibi gifite uburemere bungana n’akantu gato cyane kurusha ibindi, azakibona (agihanirwe)" Surat A-Zil'zalat: 7-8.
 Muri uyu murondo harimo gushishikariza gukora ibikorwa byiza kabone n'iyo byaba bicye, no gutinyisha gukora ibibi kabone n'iyo byaba bisuzuguritse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6611</t>
   </si>
   <si>
-    <t>مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ</t>
+    <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>Nta muntu n'umwe muri mwe uretse ko azavugishwa na Allah, nta musemuzi</t>
   </si>
   <si>
     <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Adiyi Ibun Hatim (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Nta muntu n'umwe muri mwe uretse ko azavugishwa na Allah, nta musemuzi  uri hagati ye na Nyagasani we; azareba iburyo bwe nta kindi azabona usibye ibikorwa yakoze, azareba ibumoso bwe nta kindi azabona uretse ibyo yakoze, azareba imbere ye nta kindi azabona usibye umuriro uri kuza wototera uburanga bwe; bityo nimutinye umuriro kabone n'iyo icyawubarinda cyaba igikorwa cyiza gito kingana n'igishishwa cy'itende."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
 فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
 وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
 وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
 ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ku munsi w'imperuka buri mwemera azahagarara imbere ya Nyagasani we wenyine, kandi ko Allah azamuvugisha hadacyenewe umuhuza, cyangwa se umusemuzi. Azareba iburyo bwe n'ibumoso bwe kubera ubwoba n'igihunga azaba afite, wenda ashaka inzira yanyuramo ngo arokoke umuriro azaba abona imbere ye. Nareba iburyo bwe nta kindi azabona uretse ibikorwa bye  byiza. Nareba ibumoso bwe nta kindi azabona uretse ibikorwa bye bibi yakoze. Nareba imbere ye nta kindi azabona usibye umuriro, kandi nta handi azawuhungira kuko azaba ategereje kunyura kuri Swiratwa. Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha)iravuga iti:  Nimukore ibikorwa byabarinda umuriro nko gutanga amaturo, no gukora ibindi bikorwa byiza, kabone n'iyo cyaba gito kingana n'igice cy'itende!</t>
   </si>
   <si>
     <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
 قرب الله تعالى من عبده يوم القيامة، إذ ليس بينهما حجاب ولا واسطة ولا ترجمان، فليَحذَر المؤمن من مخالفة أمر ربه.
 ينبغي على المرء أن لا يحتقر ما يتصدق به، ولو كان يسيرًا، فإنه وقاية من النار.</t>
   </si>
   <si>
     <t>Gushishikariza gutanga amaturo, n'iyo byaba bicye, no kurangwa n'imico myiza, n'imikoranire yoroheje n'amagambo yoroheje.
 Ku munsi w'imperuka Allah Nyir'ubutagatifu azegera umugaragu we, nta paziya izaba ihari cyangwa se umuhuza, cyangwa se umusemuzi; bityo umwemeramana akwiye kwirinda kunyuranya n'amategeko ya Nyagasani we.
 Umuntu akwiye kudatesha agaciro ibyo atangamo amaturo, n'ubwo byaba bito, kuko byamurinda umuriro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6615</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>Ntihagire icyo musiga mu ijosi ry'ingamiya nk'ikiziriko n'indi migozi mutagiciye</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Bashir Al Answariy (Imana imwishimire) yavuze ko igihe kimwe yari kumwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu rugendo, Abu Bashir aravuga ati: Nuko Intumwa y'Imana yohereza intumwa -icyo gihe abantu bari mu mahema yabo- igira iti: Ntihagire icyo musiga mu ijosi ry'ingamiya nk'ikiziriko n'indi migozi mutagiciye."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari muri rumwe mu ngenzo zayo, abantu nabo bari mu mahema yabo, iboherereza umuntu ngo ababwire ko bagomba guca ibiziriko biri mu majosi y'ingamiya cyangwa se ibindi bambikaga ingamiya mu ijosi kuko babikoreshaga nk'impigi bumva ko bizirinda  ikijisho nuko ibategeka kubica no kubyambura ingamiya kubera ko ntacyo bibamarira, kandi ko uwagira icyo abatwara cyangwa akabagirira umumaro ari Allah wenyine udafite uwo abangikanye nawe.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Kuziririza kwambara impigi n'ibindi byambarwa wiringiye ko hari icyo byakumarira cyangwa se bikagira icyo bikurinda, kuko ibi ari bimwe mu bigize ibangikanyamana.
 Kwambika itungo ikiziriko utagamije ko kiba impigi ari nk'umutako cyangwa se ushaka kukifashisha ukurura itungo cyangwa se kugira ngo kigufashe uyizirika kugira ngo itagucika, ibi ntacyo bitwaye.
 Ni itegeko kubuza ikibi bijyanye n'ubushobozi.
 Ni itegeko kwishingikiriza Allah wenyine gusa ntumubangikanye n'ikindi icyo ari cyo cyose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ</t>
+    <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>Umuntu uzambara impigi azaba akoze ibangikanyamana</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Uq'bat Ibun Amir Al Djuhaniy (Imana imwishimire) yavuze ko: Itsinda mu bantu ryaje risanga Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nuko Intumwa y'Imana yakira igihango cy'abantu icyenda muri bo  umwe muri bo irifata, maze barayibaza bati: Yewe Ntumwa y'Imana! Wakiriye igihango cy'abantu icyenda uyu nguyu uramureka? Irabasubiza iti: Uyu afite impingi! Nuko uwo muntu yinjiza ukuboko kwe arayica, Intumwa ibona kwakira igihango cye, ndetse iranavuga iti: "Umuntu uzambara impigi azaba akoze ibangikanyamana."</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>Itsinda ry'abantu ryagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ryari rigizwe n'abantu icumi, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakira igihango cy'abantu icyenda muri bo cy'uko bemeye kuba abayisilamu no kuyikurikira, ariko uwa cumi iramwihorera; ubwo bayibazaga impamvu yabyo yarabasubije iti: Uyu yambaye impigi, bambara bagamije kwirinda n'ibindi mu rwego rwo kwirukana ikijisho b'ibindi byabagiraho ingaruka. Nuko wa mugabo yinjiza ukuboko kwe, aca za mpigi, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibona kwakira igihango, inavuga ndetse inihanangiriza abantu kwambara impigi inagaragaza itegeko rirebana nabyo igira iti: "Uzambara impigi azaba akoze ibangikanyamana."</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Umuntu wishingikirije ikindi kitari Allah, Allah amuha ikinyuranyo  cy'ibyo ashaka.
 Kwizera ko kwambara impigi ari imwe mu mpamvu zakurinda kugerwaho n'ikibi n'ikijisho ni ibangikanyamana rito, naho iyo yizeye ko byo ubwabyo bimurinda biba bibaye ibangikanyamana rikuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6762</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Uzavuga ati: LA ILAHA ILA LLAH: Nta yindi mana ikwiye kugaragirwa by'ukuri, agahakana ibindi bigaragirwa bitari Allah, icyo gihe umutungo we n'amaraso ye biba ari ikizira, ibarura rye rikaba kwa Allah</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Twariq Ibun Ashim Al Ash'djaiyu (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uzavuga ati: LA ILAHA ILA LLAH: Nta yindi mana ikwiye kugaragirwa by'ukuri, agahakana ibindi bigaragirwa bitari Allah, icyo gihe umutungo we n'amaraso ye biba ari ikizira, ibarura rye rikaba kwa Allah."</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu uvuze akanahamya n'ururimi rwe ko nta yindi mana ikwiye kugaragirwa usibye Allah, agahakana ibindi bigaragirwa mu cyimbo cye, akitandukanya n'andi madini atari Isilamu, icyo gihe umutungo we n'amaraso ye biba bibaye ikizira ku bayisilamu, twe tureba ibigaragara mu bikorwa akora. Icyo gihe ntiyamburwa umutungo we, ndetse nta n'ubwo yicwa, cyeretse akoze icyaha gikomeye cyangwa se ubundi bugome busaba ko yicwa mu mategeko ya Isilamu.
 Allah akaba ari we uzamucira urubanza ku munsi w'imperuka, niba ari umunyakuri akabimuhembera, niba ari indyarya akabimuhanira.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Kuvuga ijambo LA ILAHA ILA LLAH, no guhakana ibigaragirwa bindi mu cyimbo cye, ni cyo cya mbere umuntu asabwa kugira ngo abe umuyisilamu.
 Igisobanuro cy'ijambo (LA ILAHA ILA LLAH) ni uguhakana icyo ari cyo cyose kigaragirwa mu cyimbo cya Allah, mu bishushanyo, imva n'ibindi, ndetse no kumuharira (Allah) kugaragirwa.
 Uwemeye (Tawhid), akitwararika amategeko ategetswe mu bigaragara, dutegetswe kumureka cyeretse agaragaweho n'ibinyuranye nabyo.
 Umutungo, amaraso n' icyubahiro by'umuyisilamu ni ikizira kubimuvutsa cyeretse biri mu kuri abikwiye.
 Hano ku isi, dushingira ku bigaragara, naho ku munsi w'imperuka hazashingirwa ku migambi n'ibyo umuntu yari agamije.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6765</t>
   </si>
   <si>
-    <t>مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ</t>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>Uzavuga imvugo navuze abizi cyangwa akeka ko ari ikinyoma, azaba ari umwe mu babeshyi</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Samurat Ibun Djun'dub na Al Mughirat Ibun Shu'ubat (Imana ibishimire bombi) baravuze bati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzavuga imvugo navuze abizi cyangwa akeka ko ari ikinyoma, azaba ari umwe mu babeshyi."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu uvuze imvugo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) azi neza cyangwa se akeka ko ari ikinyoma, uyivuze aba afatanyije n'uwayivuze bwa mbere mu kumbeshyera.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Gusuzumana ubushishozi Hadith bivugwa ko ari iz'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) no kumenya ukuri kwazo mbere yo kuzibwira abandi.
 Kwita umuntu umubeshyi byitirirwa umuntu wese uhimbye ikinyoma, ndetse n'ugikwirakwije hagati mu bantu.
 Ni ikizira kuvuga Hadith mpimbano ku muntu wamaze kuyimenya ko ari mpimbano, cyangwa se amahirwe menshi kuri we abona ko iyo hadith yaba ari mpimbano, cyeretse ari mu rwego rwo kuyigaragariza abantu ngo bayimenye ko ari mpimbano.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/6982</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Imico y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari Qur'an</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Sa'ad Ibun Hisham Ibun Amir ubwo yajyaga kwa Aishat (Imana imwishimire) yaramubajije ati: Yewe Nyina w'abemera! Mbwira imico y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) uko yari imeze? Aishat aramusubiza ati: Ese ntusoma Qur'an/ Ndamusubiza nti: Yego! Arambwira ati: Imico y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari Qur'an.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Aishat Nyina w'abemera (Imana imwishimire) yabajijwe ku mico n'imyifatire yarangaga Intumwa y'Imana (Imana iyihe amahoro n'imigisha), nuko asubiza igisubizo kibumbatiye hamwe, ayobora uwari umubajije kuri Qur'an Ntagatifu yo ikusanyirije hamwe indangagaciro zuzuye, aramubwira ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarangwaga n'imico igaragara muri Qur'an, ibyo yategetse n'ibyo yabujije yarabyubahirizaga. Bityo imico ye yaranzwe no gushyira mu bikorwa Qur'an, no kwitwararika amategeko yayo, no kurangwa n'indangagaciro zayo, no gutekereza ku ngero zayo n'inkuru zayo.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Gushishikariza kugera ikirenge mu cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) turangwa n'imico ya Qur'an.
 Gushima imico y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), kandi ko yari ifite inkomoko mu butumwa Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahishuriwe!
 Qur'an niyo soko y'imico myiza yose ndetse n'ingeso nziza.
 Imico muri Isilamu iba ikubiyemo idini ryose uko ryakabaye, ukora ibyo ryategetse, ukareka ibyo ryabujije.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[Yakiriwe na Muslim muri Hadithi ndende]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8265</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>Abagira impuhwe Allah Nyir'impuhwe nawe azazibagirira; mujye mugirira impuhwe abo ku isi, kugira ngo uri mu ijuru nawe azazibagirire</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Amri (Imana ibishimire bombi) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Abagira impuhwe Allah Nyir'impuhwe nawe azazibagirira; mujye mugirira impuhwe abo ku isi, kugira ngo uri mu ijuru nawe azazibagirire."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko babandi bagirira abandi impuhwe, na Allah Nyir'impuhwe azazibagirira ku bw'impuhwe ze zikwiye kuri buri kintu, nk'inyishyu y'impuhwe zabaranze.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije itegeka kugirira impuhwe ibiri mu isi byose byaba abantu cyangwa se inyamaswa, cyangwa se ibiguruka, cyangwa se n'ibindi biremwa, ingororano zabyo zikaba kugirirwa impuhwe na Allah we uri hejuru y'ibirere.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Idini ry'ubuyisilamu ni idini ry'impuhwe, rikaba ryubakiye ku kumvira Allah no kugirira neza ibiremwa bye.
 Allah Nyir'ubutagatifu arangwa n'impuhwe, ndetse akaba ari na Nyir'impuhwe Nyir'imbabazi, ari nawe uzigirira abagaragu be.
 Ineza yiturwa indi, bityo n'abarangwa n'impuhwe Allah nawe azazibagirira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8289</t>
   </si>
   <si>
-    <t>كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم</t>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
   </si>
   <si>
     <t>Iyo yinjiraga mu musigiti yaravugaga iti: AWUDHUBILLAHIL ADHWIM, WA BIWAJ'HIHIL KARIM, WA SULTWANIHIL QADIM, MINA SHAYTWANI RADJIIM: Nikinze ku izina rya Allah rihambaye, n'uburanga bwe butagatifu, n'ubutware bwe budafite intangiriro ngo andinde Shitani wavumwe</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Amri Ibun Al Aswi (Imana imwishimire we na se) ayikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko  Iyo yinjiraga mu musigiti yaravugaga iti: AWUDHUBILLAHIL ADHWIM, WA BIWAJ'HIHIL KARIM, WA SULTWANIHIL QADIM, MINA SHAYTWANI RADJIIM: Nikinze ku izina rya Allah rihambaye, n'uburanga bwe butagatifu, n'ubutware bwe budafite intangiriro ngo andinde Shitani wavumwe." Abdullah Ibun Amri aravuga ati: Ni ibyo gusa? Ndavuga nti: Yego, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Iyo umuntu avuze ariya magambo, Shitani iravuga iti: Baramundinze umunsi wose.</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
 (أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
 (وبوجهه الكريم) الجَواد المُعطي، 
 (وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
 (القديم) الأزلي الأبدي 
 (من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
 أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
 فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
 قال: نعم.
 فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yinjiraga mu musigiti yavugaga aya magambo: AWDHUBILLAHIL ADHWIM: Nikinze nanasabye ubuhungiro kwa Allah no kubisingizo bye. WA BIWAJ'HIHIL KARIM: Utanga kandi w'umunyabuntu. WA SULTWANIHI: No ku butware bwe n'ubushobozi bwe ku wo ashatse mu biremwa bye. AL QADIM: Uwahozeho kandi Uzahoraho. MINA SHAYTWANI RADJIIM: Ngo andinde uwirukanwe mu mpuhwe za Allah. Bisobanuye ngo: Mana Nyagasani ndinda ibishuko n'amoshya n'intambwe za Shitani n'ibishuko bye n'ubuyobe bwe, kuko ari we mpamvu y'ubuyobe, inateza ibishuko n'urujijo. Nuko Abdullah Ibun Amri baramubaza bati: Ese ni ibi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze gusa? Arasubiza ati: Yego.
 Iyo umuntu winjiye mu musigiti avuze ubu busabe; Shitani iravuga iti: Uyu muntu winjiye mu musigiti amaze kundindwa ibihe byose, amanywa ye n'ijoro rye.</t>
   </si>
   <si>
     <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
 التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
 يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
   </si>
   <si>
     <t>Ibyiza by'aya magambo no kuyavuga igihe winjiye mu musigiti, kandi ko ari nda uyavuze Shitani umunsi we usigaye.
 Kwihanangiriza kwirinda Shitani, kandi ko igihe cyose iba yubikiriye umuyisilamu ngo imuyobye inamwoshye.
 Umuntu arindwa kuyobywa na Shitani no gushukwa nayo, bijyanye n'ukwemera Allah uyu muntu aba afite mu gituza cye, ndetse no kwibuka ubu busabe no kwemera isezerano rya Allah ko ari ukuri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8294</t>
   </si>
   <si>
-    <t>يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ</t>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
   </si>
   <si>
     <t>Allah Nyir'ubutagatifu azabwira umuntu uzaba ufite igihano cyoroshye kurusha abandi mu muriro ati: Ese iyo uza kuba ufite ibyo mu isi yose wari kubitangaho incungu kugira ngo udahanwa? Azamusubiza ati: Yego</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Allah Nyir'ubutagatifu azabwira umuntu uzaba ufite igihano cyoroshye kurusha abandi mu muriro ati: Ese iyo uza kuba ufite ibyo mu isi yose wari kubitangaho incungu kugira ngo udahanwa? Azamusubiza ati: Yego. Nuko Allah amusubize ati: Nagusabye ibyoroshya kuruta ibi ubwo wari ukiri mu mugongo wa so ko utagomba kumbangikanya n'icyo ari cyo cyose urabyanga uhitamo kumbangikanya.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
 فيقول: نعم، 
 فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Allah Nyir'ubutagatifu azabwira uzaba afite igihano cyoroshye kurusha abandi mu muriro nyuma y'uko awinjiyemo ati: Ese ubaye ufite isi n'ibiyirimo byose  wabitangaho incungu kugira ngo urokoke ibi bihano? Nuko avuge ati: Yego. Maze Allah amubwire ati: Nagusabye ndetse nagutegeka ibyoroshye kuruta ibi ubwo nagiranaga igihango na bene Adamu ukiri intanga mu mugongo we w'uko utagomba kumbangikanya n'icyo ari cyo cyose, ariko ubwo nakuzanaga ku isi warabyanze uhitamo kumbangikanya!</t>
   </si>
   <si>
     <t>فضل التوحيد ويُسْر العمل به.
 خطر الشرك بالله تعالى وعاقبته.
 أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
 التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
   </si>
   <si>
     <t>Agacito ko kwemera Imana imwe rukumbi kandi ko ibyo byoroshye.
 Ubuhambare bw'ibangikanyamana n'iherezo ribi ryaryo.
 Allah yagiranye igihango na bene Adamu bakiri inanga mu mugongo wa se Adamu cy'uko batagomba kumubangikanya.
 Kwihanangiriza ibangikanyamana, kandi ko iyi si n'ibiyirimo byose ku muhakanyi ntacyo izaba imumariye ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8315</t>
   </si>
   <si>
-    <t>يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا</t>
+    <t>ينادي مناد: إن لكم أن تصحوا فلا تسقموا أبدا، وإن لكم أن تحيوا فلا تموتوا أبدا، وإن لكم أن تشبوا فلا تهرموا أبدا، وإن لكم أن تنعموا فلا تبأسوا أبدا</t>
   </si>
   <si>
     <t>Umuhamagazi azahamagara avuge ati:  Mugiye kugiriramo ubuzima ntimuzigera murwara na rimwe, mugiye kubaho ntimuzigera mupfa na rimwe, mugiye kuribamo muri abasore ntimuzigera musaza na rimwe, mugiye kurihererwamo ingabire ntimuzigera mubaho nabi na rimwe</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Said Al Khud'riy na Abu Hurayrat (Imana ibishimire bombi) bavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umuhamagazi azahamagara avuge ati:  Mugiye kugiriramo ubuzima ntimuzigera murwara na rimwe, mugiye kubaho ntimuzigera mupfa na rimwe, mugiye kuribamo muri abasore ntimuzigera musaza na rimwe, mugiye kurihererwamo ingabire ntimuzigera mubaho nabi na rimwe." Ibi nibyo bisobanuro by'imvugo ya Allah igira iti: "...Nuko bahamagarwe babwirwa bati “Ngiryo Ijuru murazwe kubera ibyo mwakoraga.” Surat Al A'araf: 43.</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko abantu bazaba bari mu ijuru mu ngabire zaryo bazahamagarwa bakabwirwa  bati: Mugiye kugiriramo ubuzima ntimuzigera murwara na rimwe, mugiye kubaho ntimuzigera mupfa na rimwe, mugiye kuribamo muri abasore ntimuzigera musaza na rimwe, mugiye kurihererwamo ingabire ntimuzigera mubaho nabi na rimwe.*" Ibi nibyo bisobanuro by'imvugo ya Allah igira iti: "...Nuko bahamagarwe babwirwa bati “Ngiryo Ijuru murazwe kubera ibyo mwakoraga.” Surat Al A'araf: 43.</t>
   </si>
   <si>
     <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
 اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
 الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
   </si>
   <si>
     <t>Mu bintu bibuza kwishimisha mu ngabire z'iyi si, uko nyirazo yaba azinezezamo kose ni bine: Uburwayi, urupfu, gusaza, agahinda no kwiheba kubera gutinya umwanzi n'ubucyene n'intambara ndetse n'ibindi. Abantu bazajya mu ijuru ntaho bazahurira nabyo, aho niho bazabonera ingororano zuzuye.
 Ingabire zo mu ijuru zitandukanye n'izo mu isi, kubera ko izo mu ijuru nta bwoba bwo kuzibura umuntu azagira, naho izo mu isi ntizihoraho, kandi ntizijya zitana n'ububabare ndetse n'uburwayi.
 Gushishikariza gukora ibikorwa byiza bizageza umuntu mu ngororano z'ijuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8341</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟</t>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah Nyir'ubutagatifu azabwira abantu bo mu ijuru ati: Yemwe bantu bo mu ijuru? Bamubwire bati: Turakwitabye Nyagasani kandi turakumviye, nuko ababwire ati: Mwanyuzwe? Bamusubize bati: Ni gute tutanyurwa kandi waduhaye ibyo utigeze uha n'umwe mu biremwa byawe?</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Said Al Khud'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri Allah Nyir'ubutagatifu azabwira abantu bo mu ijuru ati: Yemwe bantu bo mu ijuru? Bamubwire bati: Turakwitabye Nyagasani kandi turakumviye, nuko ababwire ati: Mwanyuzwe? Bamusubize bati: Ni gute tutanyurwa kandi waduhaye ibyo utigeze uha n'umwe mu biremwa byawe? Nuko ababwire ati: Njye ndabaha ibirenze ibyo, maze bavuge bati: Yewe Nyagasani, ni ibihe byiza bibiruse? Maze ababwire ati: Ndabahundagazaho kubishimira, sinzongere kubarakarira na rimwe!"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
 فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
 فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
 قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
 فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Allah Nyir'ubutagatifu azabwira abantu bo mu ijuru bamaze kuryinjiramo ati: Yemwe bantu bo mu ijuru, bamwikirize bati: Turakwitabye Nyagasani kandi turakumviye; Nuko ababwire ati: Ese mwanyuzwe? Bamusubize bati: Yego Nyagasani twanyuzwe; kandi ni gute tutanyurwa kandi waduhaye ibyo utigeze uha undi uwo ari we wese mu biremwa byawe?! Allah Nyir'ubutagatifu abasubize ati: Ese mbahe ibyiza birenze ibyo? Bavuge bati: Mana Nyagasani ni ibihe byiza biruta ibi?! Allah abasubize ati:  Ndabahundagazaho kubishimira, kandi sinzongere kubarakarira na rimwe.</t>
   </si>
   <si>
     <t>كلام الله عز وجل مع أهل الجنة.
 البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
 رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
   </si>
   <si>
     <t>Allah azagirana ikiganiro n'abantu bazajya mu ijuru.
 Inkuru nziza Allah azaha abantu bo mu ijuru yo kuba azabishimira, ndetse ntazigere abarakarira na rimwe.
 Abazajya mu ijuru bose bazishimirwa n'ubwo bazaba batandukanye mu buturo bazaba barimo, ndetse banatandukanye mu nzego barimo, kuko bose bazasubiza mu mvugo imwe bagira bati: Waduhaye ibyo utigeze uha n'umwe mu biremwa byawe!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8343</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟</t>
+    <t>إذا دخل أهل الجنة الجنة، قال: يقول الله تبارك وتعالى: تريدون شيئا أزيدكم؟</t>
   </si>
   <si>
     <t>Abantu bazajya mu ijuru nibamara kurigeramo, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Allah Nyir'ubutagatifu azababaza ati: Hari ikindi mwifuza ngo mbongere?</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟ فَيَقُولُونَ: أَلَمْ تُبَيِّضْ وُجُوهَنَا؟ أَلَمْ تُدْخِلْنَا الْجَنَّةَ، وَتُنَجِّنَا مِنَ النَّارِ؟ قَالَ: فَيَكْشِفُ الْحِجَابَ، فَمَا أُعْطُوا شَيْئًا أَحَبَّ إِلَيْهِمْ مِنَ النَّظَرِ إِلَى رَبِّهِمْ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Swuhayb (Imana imwishimire) nawe ayikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Abantu bazajya mu ijuru nibamara kurigeramo, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Allah Nyir'ubutagatifu azababaza ati: Hari ikindi mwifuza ngo mbongere? Bamusubize bati: Ese ntiwaduhaye gucya mu buranga? Ese ntiwatwinjije mu ijuru, ukaba wanadukijije umuriro? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Nuko akureho ipaziya, bazasanga nta kindi kintu bahawe kiruta kureba Nyagasani wabo Nyir'ubutagatifu."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه إذا دَخَلَ أهلُ الجَنةِ الجنةَ، يقول الله تبارك وتعالى لهم: 
 هل تُريدون شيئًا أَزِيْدُكم؟ 
 فيقول أهلُ الجنة كلُّهم: ألم تُبَيِّضْ وجوهَنا؟ ألم تدخلنا الجنة، وتنجِنا من النار؟ 
 فيُزيلُ الله الحِجَابَ ويَرفعه؛ وحِجَابُه النُّور، فما أُعْطوا شيئًا أحبَّ إليهم من النَّظَر إلى ربِّهم عز وجل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko abantu bazajya mu ijuru nibamara kuryinjiramo, Allah azababaza ati:
 Hari ikindi mwifuza ngo mbongere?
 Nuko bose bamusubize bati: Ese ntiwaduhaye gucya mu buranga? Ukatwinjiza mu ijuru, ukaturinda umuriro?
 Nibwo Allah azakuraho ipaziya, kandi ipaziya ye izaba ari urumuri, bazasanga nta kindi bigeze bahabwa bakunze kuruta kureba uburanga bwa Nyagasani wabo.</t>
   </si>
   <si>
     <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
 أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
 كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
 فضل الله على المؤمنين بإدخالهم الجنة.
 أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Gukuriraho ipaziya abantu bazajya mu ijuru bakabona Nyagasani wabo; naho abahakanyi bo ntibazabihabwa.
 Ingabire yo mu ijuru iruta izindi ni ukuba abemeramana bazareba  Nyagasani wabo.
 Abantu bazajya mu ijuru uko bazaba batandukanye kose bazareba  Nyagasani wabo.
 Ingabire za Allah ku bemerana aho azabinjiza mu ijuru.
 Agaciro ko kwihutira gushaka ijuru umuntu akora ibikorwa byiza, n'ibikorwa byo kumvira Allah ndetse n'Intumwa ye (Imana iyihe amahoro n'imigisha).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8344</t>
   </si>
   <si>
-    <t>هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ</t>
+    <t>هو الطهور ماؤه، الحل ميتته</t>
   </si>
   <si>
     <t>Amazi y'inyanja aba afite isuku, n'ibyipfishije byayo biba biziruye</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze iti: Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: Yewe Ntumwa y'Imana! Tujya dukora urugendo rwo kunyura mu nyanja, tukitwaza amazi macye; turamutse tuyisukuje twagira inyota; ese twemerewe kwisukuza amazi y'inyanja? Nuko  Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: " Amazi y'inyanja aba afite isuku, n'ibyipfishije byayo biba biziruye."</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigsha) ati: Tujya dukora ingendo zo kunyura mu nyanja, tugiye kuroba cyangwa se mu bucuruzi cyangwa se no mu bindi, tukitwaza amazi macye twateganyirije kunywa; kandi turamutse tuyisukuje yashira tukagira inyota; ese twemerewe kwisukuza amazi y'inyanja?
 Nuko  Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Amazi y'inyanja aba afite isuku, biremewe kuyisukuza waba utawaza cyangwa se wiyuhagira, ndetse n'ibyipfishije byayo nk'amafi n'ibindi biba biziruye."</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Ikipfishije cyo mu mazi y'inyanja kiraziruye kuribwa: Aha ibigamijwe ni inyamaswa zitajya zigira ahandi ziba uretse mu mazi.
 Gusubiza uwari ubajije ikibazo, ibirenze ibyo yabajije mu rwego rwo kumwungura.
 Amazi iyo yahinduye icyanga cyayo, cyangwa se ibara ryayo, cyangwa se impumuro yayo kubera ikintu gisukuye, ahamana ya suku, kabone n'iyo yaba afite urwunyunyu rwinshi, cyangwa se ashyushye cyangwa se akonje n'ibindi.
 Amazi y'inyanja akuraho umwanda mukuru n'umuto wayatawaza ndetse wanayiyuhagira, kandi akuraho umwanda wagiye ku muntu, cyangwa se umwambaro cyangwa se n'ibindi byari bifite isuku.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8355</t>
   </si>
   <si>
-    <t>إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ</t>
+    <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>Iyo amazi agejeje ku gipimo cya Qulatayni, nta sigarana umwanda</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Umar (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe ku bijyanye n'amazi n'ayasigajwe n'inyamaswa, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irasubiza iti: "Iyo amazi agejeje ku gipimo cya Qulatayni, nta sigarana umwanda."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe itegeko ryerekeranye n'amazi yasigajwe n'inyamaswa zayanyoyeho, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) isubiza ko amazi arenze ingunguru ebyiri nini zingana na litiro magana abiri na cumi (210), ayo mazi aba ari menshi ntabwo apfa kwandura, cyeretse yahinduye kimwe mu biyaranga bitatu: Ibara ryayo, uburyohe bwayo, n'impumuro yayo  kubera ikintu cy'umwanda cyayaguyemo.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
     <t>Amazi aba yahumanye igihe agiyemo umwanda agahindura kimwe mu bintu biyaranga bitatu: Ibara, icyanga, cyangwa se impumuro; Hadith ikaba igamije ibisanzwe bizwi, ntabwo igamije kuvuga ibi gusa.
 Abamenyi bemeranyijwe ko amazi ahinduwe n'umwanda nayo aba abaye umwanda, yaba macye cyangwa se menshi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8357</t>
   </si>
   <si>
-    <t>إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ</t>
+    <t>إذا استيقظ أحدكم من منامه فليستنثر ثلاث مرات، فإن الشيطان يبيت على خياشيمه</t>
   </si>
   <si>
     <t>Umwe muri mwe nakanguka avuye mu bitotsi, ajye yipfuna inshuro eshatu, kubera ko Shitani iba yaraye mu mutonzi we w'izuru</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umwe muri mwe nakanguka avuye mu bitotsi, ajye yipfuna inshuro eshatu, kubera ko Shitani iba yaraye mu mutonzi we w'izuru."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم مَن استيقظ مِن مَنامِه أن يَستنثر ثلاث مرات؛ والاستنثار هو إخراج الماء من الأنف بعد إدخاله، وذلك لأن الشيطان يَبيت على الخيشوم -وهو الأنف كلُّه-.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikarije umuntu ukangutse avuye mu bitotsi ko agomba kwipfuna inshuro eshatu, kubera ko Shitani aba yaraye mu mutonzi w'izuru rye.</t>
   </si>
   <si>
     <t>يُشرع لكلِّ مَن استيقظ مِن النوم أنْ يستنثر إزالةً لأثر الشيطان من أنفه، وإذا كان سيتوضأ، فالأمر بالاستنثار حينئذ آكد.
 الاستنثار من تمام فائدة الاستنشاق؛ لأن الاستنشاق تنظيف داخل الأنف، والاستنثار يُخرِج ذلك الوَسَخَ مع الماء.
 تَقْيِيْدُه بنوم الليل، أخذًا مِن لفظ "يَبيت"؛ فإنّ البيتوتةَ لا تكون إلا من نوم الليل، ولأنه مَظِنَّة الطول والاستغراق.
 في الحديث دليلٌ على مُلابَسَةِ الشيطان للإنسان وهو لا يَشْعُرُ بذلك.</t>
   </si>
   <si>
     <t>Amategeko y'idini ateganya ko umuntu ubyutse ko yipfuna, kugira ngo akureho ibisigisigi bya Shitani, iyo ari butawaze, icyo gihe gupfuna biba ari ngombwa.
 Kwipfuna nibyo byuzuriza gushoreza, kuberako gushoreza bisukura mu zuru imbere, no gupfuna bisohora umwanda wari mu izuru hamwe n'amazi.
 Kuba ari umwihariko w'ibitotsi bya nijoro, ni ukubera ijambo Hadithi yakoresheje rigira riti: Umuntu uzarara; kubera ko kurara ni ibyo mu ijoro, kandi niho umuntu aryama igihe kinini.
 Hadithi iragaragaza ko Shitani yiyoberanya ku muntu ntabimenye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8377</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى</t>
+    <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>Umugabo umwe yatawaje ariko ku kirenge cye asigaza  ahantu hangana n'urwara hatageze amazi, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubona iramubwira iti: "Subirayo wongere utawaze neza", nuko asubirayo arongera aratawaza hanyuma araza arasali</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djabir (Imana imwishimire) yaravuze ati: Umar Ibun Al Khatwab yambwiye ko: Umugabo umwe yatawaje ariko ku kirenge cye asigaza  ahantu hangana n'urwara hatageze amazi, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubona iramubwira iti: "Subirayo wongere utawaze neza", nuko asubirayo arongera aratawaza hanyuma araza arasali.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>Umar (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabonye umugabo umwe wari umaze gutawaza, ibona ahangana n'urwara ku kirenge cye hatageze amazi, Nuko imubwira  imwereka aho hatageze amazi iti: Subirayo wongere utawaze neza, ubitunganye neza, na buri rugingo urutawaze neza. Nuko wa mugabo asubirayo atawaza neza, aragaruka arasali.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Ni itegeko kwihutira gutegeka ibyiza, no kuyobora umuntu udasobanukiwe cyangwa se wazindaye, by'umwihariko igihe icyo ugiye kumubuza cyatuma igikorwa cye cyo kwiyegereza Allah kitakirwa.
 Ni itegeko gukwiza ingingo zose amazi mu gihe cyo gutawaza, kandi ko ugize aho areka n'ubwo haba ari hato, aba ategetswe kongera gusubiramo igihe haciyemo umwanya munini.
 Ni itegeko gutawaza neza, umuntu abikora mu buryo bwuzuye kandi butunganye nk'uko yabitegetswe mu mategeko.
 Ibirenge byombi ni hamwe mu ngingo zo gutawaza, ntibyemewe kubihanagura gusa, ahubwo umuntu arabikaraba.
 Ni ngombwa gukurikiranya ingingo umuntu atawaza, agakaraba buri rugingo mbere y'uko urwarubanjirije rwumuka.
 Ubujiji no kwibagirwa ntibikuraho igikorwa cy'itegeko, ahubwo bikuraho icyaha; uyu mugabo twabonye ntiyatawaje mu buryo bwuzuye kubera ko atari abizi, ariko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntiyigeze imureka ngo areke gukora igikorwa cy'itegeko cyo gutawaza, ahubwo yamutegetse ko yongera agasubiramo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8386</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ</t>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yiyuhagira amazi yuzuye Swa'a kugeza ku mashyi abiri inshuro eshanu, yatawaza igakoresha amazi yuzuye amashyi abiri y'ibiganza biringaniye bitari binini bitari na bito</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yiyuhagira amazi yuzuye Swa'a kugeza ku mashyi abiri inshuro eshanu, yatawaza igakoresha amazi yuzuye amashyi abiri y'ibiganza biringaniye bitari binini bitari na bito.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yiyuhagira ijanaba ikoresheje amazi angana na Swa'a kugeza ku mashyi abiri inshuro eshanu, yatawaza igakoresha amazi yuzuye amashyi abiri. Swa'a: ingana n'amashyi abiri inshuro enye. Naho Mud: Ni amashyi abiri yuzuye amazi y'umuntu uri mu rugero udafite ibiganza binini cyangwa se bito.</t>
   </si>
   <si>
     <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
 استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
 المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
 تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
 الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
 المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
   </si>
   <si>
     <t>Ni ngombwa gukoresha amazi ari mu rugero igihe cyo koga no gutawaza, no  kudasesagura kabone n'iyo byaba byoroshye kugera ku mazi.
 Ni byiza gukoresha amazi macye mu gihe cyo gutawaza no kwiyuhagira bigendanye nuko ukeneye amazi, ibi bikaba ari nabyo muyoboro tweretswe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Ikigamijwe ni ugutawaza no kwiyuhagira mu buryo bwuzuye hamwe no kwitwararika ibice dushishikarizwa gutawaza nk'umugenzo mwiza, hatarimo kwaya no gusesagura, hakanitabwaho kandi ku gihe n'ubwinshi bw'amazi ndetse n'ubucye bwayo, n'ibindi.
 Ijanaba ni buri uwo ari we wese usohoye intanga cyangwa se ukoze imibonano mpuzabitsina. Byiswe ijanaba kubera ko uwo byagendeekeye uko  aba atemerewe gusali n'andi masengesho asabwa gukora abanje kwisukura.
 Swa'a ni igipimo kizwi. Ariko igipimo kigamijwe ni swa'a y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), gipima ibiro (480) by'uburo bwiza naho muri litiro kigapima litiro eshatu.
 Mudu: Ni kimwe mu bipimo byemewe n'amategeko ni ibiganza bibiri byuzuye by'umuntu uri mu rugero, iyo abyujuje. iki gipimo rero cya Mudu ni kimwe cya kane cya Swa'a nk'uko abamenyi b'ibigendanye n'amategeko y'ubuyisilamu babyemeranyijweho, kikaba gipima (750) mili litiro</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8387</t>
   </si>
   <si>
-    <t>مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ</t>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
   </si>
   <si>
     <t>Nta muyisilamu n'umwe utawaza agatunganya isuku ye neza, hanyuma agahaguruka agasali raka ebyiri, azishyizeho umutima we n'uburanga bwe bureba Qiblat, usibye ko ari itegeko kuri we kuzinjira mu ijuru</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Uq'bat Ibun Amir (Imana imwishimire) yaravuze ati: Twajyaga tujya ibihe byo kuragira ingamiya, ubwo ari njye wari utahiwe njyayo nimugoroba, nsanga Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ihagaze iganiriza abantu, nsanga igeze aho ibabwira iti: "Nta muyisilamu n'umwe utawaza agatunganya isuku ye neza, hanyuma agahaguruka agasali raka ebyiri, azishyizeho umutima we n'uburanga bwe bureba Qiblat, usibye ko ari itegeko kuri we kuzinjira mu ijuru." Uqbat yaravuze ati: Nuko ndavuga nti:  Mbega ukuntu ari byiza! Numva undi muntu aravuze ati: Ibyabanje nibyo byari byiza kuruta ibi, ndebye mbona ni Umar maze aravuga ati: Mbonye uje nonaha, aranavuga ati: Nta muyisilamu n'umwe utawaza agatunganya isuku ye neza, yarangiza akavuga ati: ASHAHADU AN LA ILAHA ILA LLAH WA ANA MUHAMADAN ABDULLAH WA RASULUHU: Ndahamya ko nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, ndanahamya ko Muhamad ari umugaragu wa Allah n'Intumwa ye, usibye ko afungurirwa imiryango umunani y'ijuru, akinjirira mu wo ashatse."</t>
   </si>
   <si>
     <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
 الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
 الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ubwo yari iri kuganiriza abantu, yagaragaje ibintu bibiri by'ingenzi:
 Icya mbere: Ko umuntu utawaje agatunganya isuku ye neza mu buryo bwuzuye, ndetse na buri rugingo akarukwiza amazi yarangiza akavuga ati: ASHAHADU AN LA ILAHA ILALLAH WA ANA MUHAMADAN ABDULLAH WA RASULUHU: Ndahamya ko nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, ndanahamya ko Muhamad ari umugaragu wa Allah n'Intumwa ye, usibye ko afungurirwa imiryango umunani y'ijuru akinjirira mu wo ashatse.
 Icya kabiri: Nuko umuntu utawaje neza mu buryo bwuzuye, hanyuma yarangije agasali raka ebyiri azishyizeho umutima anibombaritse n'uburanga bwe n'ingingo ze zose kubera Allah, biba ari itegeko kuzajya mu ijuru.</t>
   </si>
   <si>
     <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
 مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
 إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
 استحباب قول هذا الذكر للمغتسل أيضًا.
 حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
 الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
   </si>
   <si>
     <t>Ubuhambare bw'ingabire za Allah n'ingororano ze agororera igikorwa cyoroheje.
 Itegeko ryo gutawaza neza mu buryo bwuzuye, no gusali rakaa ebyiri nyuma yaho wibombaritse, n'ingororano zihambaye uhabwa.
 Gutawaza neza mu buryo bwuzuye, no gusaba ubusabe bwa nyuma ya ho ni imwe mu mpamvu zo kwinjira mu ijuru.
 Ni byiza kuvuga ubu busabe no ku muntu wiyuhagiye.
 Uburyo abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bari bashishikajwe no gukora ibyiza nko kwiga ubumenyi no kubukwiza, no gufashanya kuri byo mu mibereho yo mu isi.
 Ubusabe bwa nyuma yo gutawaza harimo kweza umutima no kuwusukura ibangikanyamana, nkuko no gutawaza ari ukweza umubiri umwanda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8388</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ</t>
+    <t>إذا توضأ أحدكم ولبس خفيه فليصل فيهما، وليمسح عليهما ثم لا يخلعهما إن شاء إلا من جنابة</t>
   </si>
   <si>
     <t>Umwe muri mwe natawaza, akambara  amasogisi akoze mu ruhu (Khofu) ze, ajye asali azambaye, azihanagureho, nabishaka ntaziyambure cyeretse igihe afite ijanaba</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umwe muri mwe natawaza, akambara  amasogisi akoze mu ruhu (Khofu) ze, ajye asali azambaye, azihanagureho, nabishaka ntaziyambure cyeretse igihe afite ijanaba.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه إذا لَبِسَ المُسلِمُ خُفَّيْه بعد أنْ تَوَضأ، ثم أَحْدَث بعد ذلك وأراد الوضوء، فله المَسْحُ عليهما إن أراد ذلك، ويصلي فيهما ولا يَنزعهما مدة معلومة، إلا إذا أَجْنَبَ لزِمَه خَلعُ الخُفِّ والاغتسال.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko umuyisilamu wambaye amasogisi akoze mu ruhu nyuma y'uko atawaje, hanyuma agacyenera kongera gutawaza, yemerewe kuzihanagura nabishaka, agasali azambaye mu gihe runaka, usibye igihe agize ijanaba imusaba kwiyuhagira, nibwo aziyambura.</t>
   </si>
   <si>
     <t>لا يجوز المَسحُ على الخُفَّين إلا إذا لُبسَا بعد كمال الطهارة.
 مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
 المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
 يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
 المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
   </si>
   <si>
     <t>Ntibyemewe guhanagura ku masogisi akoze mu ruhu (Khofu), cyeretse igihe umuntu yazambaye afite isuku.
 Igihe cyo guhanagura amasogisi akoze mu ruhu (Khofu) ku muntu utari ku rugendo ni amanywa n'ijoro; naho uri ku rugendo ni iminsi itatu n'amajoro yayo.
 Guhanagura amasogisi akoze mu ruhu (Khofu) ni umwihariko ku muntu wagize umwanda muto ntabwo ari umukuru, naho umukuru ntibyemewe kuzihanagura, ahubwo azikuramo akiyuhagira umubiri wose akanakaraba ibirenge byombi.
 Ni byiza gusali wambaye inkweto na Khofu n'ibindi nkabyo, mu rwego rwo kunyuranya n'abayahudi, igihe byari bisukuye, kandi bitabangamira abasali, cyangwa se atari mu misigiti irambuyemo amatapi, aho ntibyemewe.
 Guhanagura amasogisi akoze mu ruhu (Khofu) ni mu rwego rwo korohereza abayoboke b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8392</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yibukaga (yasingizaga) Allah mu bihe byayo byose</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yibukaga (yasingizaga) Allah mu bihe byayo byose.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Aishat Nyina w'abemera (Imana imwishimire) aravuga ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikazwaga cyane no gusingiza Allah, kandi ko yibukaga Allah ibihe byose ahantu hose mu buryo ubwo ari bwo bwose.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Ntabwo isuku (Twaharat) yaba iyo koga cyangwa se gutawaza ari ngombwa igihe ushaka gusingiza Allah!
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahozagaho gusingiza Allah Nyir'ubutagatifu!
 Gushishikariza guhozaho gusingiza Allah ibihe byose mu rwego rwo kwigana Intumwa y'Imana (Imana iyihe amahoro n'imigisha), usibye igihe bitemewe nk'igihe uri kwiherera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8402</t>
   </si>
   <si>
-    <t>سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي</t>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku byerekeranye no kureba ibiziririjwe mu buryo butunguranye, integeka ko nzajya ndeba ku ruhande</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djarir Ibun Abdillah (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku byerekeranye no kureba ibiziririjwe mu buryo butunguranye, integeka ko nzajya ndeba ku ruhande.</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>Djarir Ibun Abdillah (Imana imwishimire) yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku bijyanye no kuba umugabo yareba umugore aziruriwe kurongora mu buryo butunguranye atari abigambiriye? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imutegeka ko agomba guhindukiza uburanga bwe akareba mu rundi ruhande kuva akibimenya, ndetse icyo gihe nta cyaha abarwaho.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
     <t>Gushishikariza kubika indoro (amaso).
 Kwihanangiriza guhoza ijisho ku byaziririjwe, iyo ijisho ribiguyeho bitagambiriwe.
 Harimo itegeko ryo kubuza kureba abagore byariho no ku gihe cy'abasangirangendo kubera imvugo ivuga ko Djarir (Imana imwishimire) yabajije Intumwa y'Immana (Imana iyihe amahoro n'imigisha) umuntu ijisho rye ryareba umugore atari abigambiriye; ese itegeko rimureba ni nk'iry'uwamurebye abigambiriye?
 Harimo kugaragaza uburyo amategeko y'idini yitaye ku nyungu z'abagaragu, aho yababujije kureba abagore kubera ingaruka mbi zabyo hano ku isi ndetse no ku munsi w'imperuka.
 Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bagarukaga ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) ndetse bakayibaza ibibagoye; ni nk'uko n'abandi basigaye bakwiye kugaruka ku bamenyi babo bakababaza ibibagoye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8902</t>
   </si>
   <si>
-    <t>صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ</t>
+    <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>“Abantu b’ingeri ebyiri bo mu muriro sindababona: Ni abantu bazaba bafite ibiboko bimeze nk’imirizo y’inka bagenda bakubitisha abantu, n’abagore bambara batambaye batannye bakanayobya abandi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Abantu b’ingeri ebyiri bo mu muriro sindababona: Ni abantu bazaba bafite ibiboko bimeze nk’imirizo y’inka bagenda bakubitisha abantu, n’abagore bambara batambaye batannye bakanayobya abandi, imisatsi iri kumitwe yabo izaba imeze nk’ipfupfu ry’ingamiya rihengamye. Abo ntibazinjira mu ijuru nta n’ubwo bazumva impumpuro yaryo, kandi impumuro yaryo izaba yumvikana ahantu harehare.”</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irihanangiriza amatsinda abiri mu bantu bazajya mu muriro, itigeze ibona, ndetse atarigeze abaho ku gihe cyayo, ahubwo azabaho nyuma yabo;
 Itsinda rya mbere: Rigizwe n'abantu bagendana ibiboko bimeze nk'imirizo y'inka miremire bagenda bakubitisha abantu; abo ni abapolisi n'abafasha b'abanyamahugu bagenda bakubita abantu bitari mu kuri.
 Itsinda rya kabiri rigizwe n'abagore biyambura umwambaro w'icyubahiro n'isoni  ubusanzwe igitsinagore cyaremanywe.
 Kuba bariswe ko bambaye, nibyo barambaye, ariko ntibambaye, kubera ko bambaye imyambaro ibonerana igaragaza imiterere y'imibiri yabo, ihisha ibice bimwe ikagaragaza ibindi bagamije kugaragaza ubwiza bwabo. Bakurura imitima y'abagabo kubera uburyo bw'imyambarire yabo, n'ingendo yabo, bagenda birya mu nzira bazunguza intugu, ndetse bakanashuka abandi kugira ngo babe nkabo kandi batane. No mu bibaranga harimo ko ku mitwe yabo hameze nko ku ipfupfu ry'ingamiya rihengamye, nabo rero umutwe wabo bawugira munini, kubera kuwuzengurutsaho ibitambara n'ibindi. Kubagereranya n'amapfupfu y'ingamiya ni ukubera ko imisatsi yabo n'ibituta biri ku mitwe yabo biba ari binini, kugeza ubwo bihengamira mu musaya umwe, nkuko ipfupfu ry'ingamiya riba rihengamye. Abagore bameze gutyo bateganyirijwe ibihano bihambaye by'uko batazinjira mu ijuru, ndetse ntibazigera bahumurirwa n'impumuro ryayo, ndetse ntibazigera baryegera, nyamara impumuro y'ijuru izajya yumvikanira mu ntera ndende.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>Kuziririza gukubita abantu no kubabuza amahoro babarenganya ntacyo bakoze cyangwa se icyaha baguyemo.
 Kuziririza gufasha abanyamahugu mu gihe bari guhuguza.
 Kwihanangiriza abagore kwitaka no kwisiga, ndetse no kwambara imyambaro ibafashe n'ibonerana igaragaza ubwambure bwabo n'imiterere y'imibiri yabo.
 Gushishikariza umuyisilamukazi kwitwararika amategeko ya Allah, no kwirinda ibimurakaza, byatuma agerwaho n'ibihano bibabaza kandi bizahoraho ku munsi w'imperuka.
 Iyi Hadith iragaragaza ibimenyetso by'ubutumwa bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), aho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ku bizaba bitaraba, kandi biba nk'uko yabivuze.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8903</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ</t>
+    <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>Umugabo ntakarebe ubwambure bwa mugenzi we, n'umugore ntakarebe ubwambure bwa mugenzi we</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Said Al Khud'riy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umugabo ntakarebe ubwambure bwa mugenzi we, n'umugore ntakarebe ubwambure bwa mugenzi we, kandi umugabo ntakiyorose ishuka imwe na mugenzi we, n'umugore ntakiyorose ishuka imwe na mugenzi we."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije umugabo kuba yareba ubwambure bw'umugabo mugenzi we, cyangwa se ngo umugore abe yareba ubwambure bw'umugore mugenzi we.
 Ubwambure: Ni buri hantu hose ku mubiri hatera isoni iyo hagaragaye; ku mugabo ni hagati y'umukundo n'amavi ye; Naho umugore ni umubiri we wose by'umwihariko ku bagabo badafitanye isano; naho ku bagore bagenzi be n'abagabo baziririjwe kumurongora, bemerewe kubona ingingo n'ubusanzwe zigaragara igihe ari mu mirimo yo mu rugo.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaziririje kuba umugabo yakiherera na mugenzi we bari bonyine mu mwambaro umwe, cyangwa se bakiyorosa ishuka imwe bambaye ubusa; inabuza umugore kuba yakiherera na mugenzi we ari bonyine cyangwa se bakiyorosa ishuka imwe bambaye ubusa, kubera ko bishobora kuba byatuma umwe akora ku bwambure bwa mugenzi we, kandi kubukoraho bibujijwe nk'uko kubureba bibujijwe, ndetse bikaba ari nabyo bibi cyane, kuko biteza ingaruka zihambaye.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Birabujijwe kureba ubwambure usibye hagati y'umugabo n'umugore we.
 Ubuyisilamu bwashishikariye gusukura umuryango mugari, bunafunga inzira zose zatuma abantu bagwa mu bikorwa by'urukozasoni.
 Biremewe kureba ubwambure igihe bibaye ngombwa nk'ubuvuzi n'ibindi, ariko bigakorwa bitarimo ko umuntu yifuje mugenzi we.
 Umuyisilamu ategetswe guhishira ubwambure bwe, no kubika amaso kugira ngo atareba ubwambure bwa mugenzi we.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabibujije abagabo ku bagabo n'abagore ku bagore ku buryo bw'umwihariko, kubera ko bituma umwe areba ubwambure.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8904</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kogosha igisage</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kogosha igisage.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kogosha igice kimwe ku mutwe ugasigaza ikindi.
 Uku kubuza ni rusange ku gitsinagabo baba abana bato n'abakuru. Naho ku gitsinagore, singombwa ko cyogosha umusatsi wacyo.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Isilamu yitaye k'uko umuntu agaragara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Ibyo baba bavuze bikaba ukuri, ni ijini riba ryaryumvise rikaryongorera mu gutwi k'umwambari waryo, maze bakarivanga n'ibinyoma birenga ijana!</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Abantu babajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku byerekenye n'abapfumu, Intumwa y'Imana irabasubiza iti: "Bariya ntacyo bari cyo!" Barongera barayibaza bati: Yewe Ntumwa y'Imana! Iyo bavuze ikintu hari ubwo kiba ukuri! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: " Ibyo baba bavuze bikaba ukuri, ni ijini riba ryaryumvise rikaryongorera mu gutwi k'umwambari waryo, maze bakarivanga n'ibinyoma birenga ijana!"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe ku bantu bavuga ibintu bizaba bitaraba, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Ntimukabiteho, ntimukanemere ibyo bavuze, kandi ntimukanabateho igihe!
 Nuko baramubaza bati: None ko hari ubwo ibyo bavuze bihuza n'ukuri bikaba? Nko kuba bavuga ko hari ikintu kizaba mu kwezi runaka, ku munsi runaka, kikaba nk'uko babivuze?!
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Mu by'ukuri amajini, yumviriza ibivugiwe mu ijuru, akabizanira abambari bayo mu bapfumu, akababwira ibyo yumvise, hanyuma umupfumu akiyongereraho ibinyoma ijana!</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Kubuza kwemera ibyo abapfumu n'abahanuzi b'ibinyoma, kandi ko ibyo bavuga biba ari ibinyoma n'ibihimbano, kabone n'iyo rimwe na rimwe bavuga ukuri.
 Ikirere cyarinzwe amashitani kubera ukuza kw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), akaba adashobora kumva ibyo Allah ashaka guhishurira intumwa ze no kubwira abamalayika, cyeretse abashije kugira icyo yumviriza ndetse akarokoka ibishashi aterwa!
 Amajini afite abanywayi n'inkoramutima mu bantu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>Igihe kimwe twari hamwe na Umar, maze aravuga ati: "Twabujijwe kwigora!</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas (Imana imwishimire) yaravuze ati; Igihe kimwe twari hamwe na Umar, maze aravuga ati: "Twabujijwe kwigora!"</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Umar (Imana imwishimire) aragaragaza ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yababujije gukora ibibagoye bitari ngombwa, byaba mu mvugo cyangwa se mu bikorwa.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Ukwigora kubujijwe ni nko kubaza ibibazo byinshi, cyangwa se umuntu akaba yakigora akora ibyo adafitiye ubumenyi, cyangwa se agakomeza ibyo Allah atakomeje!
 Umuyisilamu akwiye kwimenyereza koroshya no kutigora mu mvugo no mu bikorwa: Mu mirire ye, iminywere ye, imvugo ze ndetse n'ibindi byose akora.
 Isilamu ni idini ryoroshye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8945</t>
   </si>
   <si>
-    <t>لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ</t>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>Abamalayika ntibajya binjira mu rugo rwororewemo imbwa ndetse rurimo n'amashusho</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Twal'hat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Abamalayika ntibajya binjira mu rugo rwororewemo imbwa ndetse rurimo n'amashusho."</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
 وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
 وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
 ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko abamalayika bashinzwe kuzana impuhwe batajya binjira mu rugo rwororewemo imbwa cyangwa se ururimo amashusho y'ibihumeka; kubera ko gukora amashusho y'ibihumeka ari icyaha, ndetse harimo no   kwigana ibiremwa bya Allah, ikaba ari n'imwe mu nzira zigeza ku ibangikanyamana, no muri ayo mashusho harimo agaragirwa mu cyimbo cya Allah. Naho impamvu batinjira mu rugo rwororewemo imbwa, ni ukubera ko zirya kenshi umwanda, no muri zo hari izitwa amashitani, kandi abamalayika ntibajya bahuza n'amashitani. No kubera ko umwuka w'imbwa ari mubi, kandi abamalayika ntibakunda ahari umwuka mubi, no kubera ko bibujijwe kuzorora, bityo uzoroye ahanishwa ko abamalayika batinjira mu nzu ye, no kuba batayikoreramo amasengesho no kutamusabira imbabazi kwa Allah, no kumuzanira imigisha mu nzu ye, no kumurinda inabi ya Shitani.</t>
   </si>
   <si>
     <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
 اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
 الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
 تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
 قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
   </si>
   <si>
     <t>Ni ikizira korora imbwa cyeretse imbwa yo guhiga, no kuragira amatungo ndetse no kwifashisha mu buhinzi.
 Kugira amashusho ni bimwe mu bikorwa bibi byirukana abamalayika, ndetse n'ahantu ari hatuma hatagera impuhwe za Allah, nk'uko bigenda ku mbwa.
 Abamalayika batinjira mu rugo rwororewemo imbwa ni abamalayika b'impuhwe, naho abarinda umuntu n'abandi  bafite ibyo bashinzwe nk'ushinzwe urupfu ntaho bakumirwa kwinjira.
 Ni ikizira kumanika ku nkuta amashusho y'ibihumeka ndetse n'ibindi.
 Al Khatwabiy yaravuze ati: Abamalayika ntibinjira mu rugo rwororewemo imbwa zibujijwe cyangwa se rurimo amashusho, naho imbwa zitabujijwe nk'izifashishwa mu guhiga, no mu buhinzi, no kuragira amatungo, n'amashusho atari imitako nk'ayo ku matapi n'imisego, ntabuza abamalayika kuyinjiramo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8950</t>
   </si>
   <si>
-    <t>لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ</t>
+    <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>Abamalayika ntibaherekeza abantu bagendana n'imbwa cyangwa bafite inzogera</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa  Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Abamalayika ntibaherekeza abantu bagendana n'imbwa cyangwa bafite inzogera."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko abamalayika batajya baherekeza mu rugendo abantu bagendana imbwa, cyangwa se bafite inzogera zambikwa amatungo, zigenda ziteza urusaku.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Kubuza gutunga imbwa no kugendana nazo, ariko aha ntihavugwamo imbwa zorowe mu rwego rwo guhiga cyangwa se kurinda.
 Abamalayika batagendana n'aba bantu ni abamalayika b'impuhwe, naho abarinda abantu bahora nabo aho bari hose, n'aho bagiye hose.
 Kubuza inzogera, kuko ari imwe mu myirongi ya Shitani, harimo no kuyigereranya n'inzogera z'abanaswara.
 Umuyisilamu akwiye gushishikarira kwirinda icyo ari cyo cyose cyatuma abamalayika bamuhunga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8951</t>
   </si>
   <si>
-    <t>لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ</t>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
   <si>
     <t>Ntimukarahire ku nkozi z'ibibi no ku bakurambere banyu</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdu Rahman Ibun Samurat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ntimukarahire ku nkozi z'ibibi no ku bakurambere banyu."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kurahirira ku nkozi z'ibibi nk'ibigirwamana ababangikanyamana bajyaga bagaragira mu cyimbo cya Allah, ari nabyo mpamvu y'ubugizi bwa nabi bwabo n'ubuhakanyi bwabo. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yabujije kurahirira ku bakurambere; kubera ko byari mu muco w'abarabu mbere y'ubuyisilamu kurahirira ku bakurambere mu rwego rwo kubiratana.</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
   <si>
     <t>Kurahirira ku bindi ntibyemewe uretse kuri Allah, no ku mazina ye, n'ibisingizo bye.
 Ni ikizira kurahirira ku bigirwamana no ku bakurambere no ku batware, n'ibindi nkabyo bitari ukuri.
 Kurahira ku kindi kitari Allah ni ibangikanyamana rito rishobora no kuba ibangikanyamana rikuru, iyo urahiye yumvise mu mutima we ahaye agaciro icyo arahiriye ndetse akanacyubaha nk'uko yubaha Allah cyangwa se akemera ko nacyo gikwiye kugaragirwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8959</t>
   </si>
   <si>
-    <t>كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا</t>
+    <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Ntitwajyaga twita ku mavangingo yenda kuba umukara n'ayenda kuba umuhondo aza nyuma yo kuva mu mihango</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Umu Atwiyat (Imana imwishimire) yaravuze, akaba yari umwe mu bagore bahaye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihango cyo kuyikurikira no kuyumvira yaravuze ati: "Ntitwajyaga twita ku mavangingo yenda kuba umukara n'ayenda kuba umuhondo aza nyuma yo kuva mu mihango.</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Umusangirangendokazi w'Intumwa y'Imana Umu Atwiyat (Imana imwishimire) yavuze ko abagore bo ku gihe cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) batajyaga bita ku mavangingo ava mu gitsina cyabo afite ibara ry'umukara cyangwa se iryenda kuba umuhondo, nyuma y'uko bavuye mu mihango; ntibyababuzaga gusali no gusiba.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Amavangingo ava mu gitsina cy'umugore nyuma yo kuva mu mihango, ntacyo aba avuze, kabone n'ubwo yaba yahinduye ibara ari umukora cyangwa se umuhondo yivanze n'amaraso.
 Amaraso yirabura n'ay'umuhondo agaragara mu gihe cy'imihango yo abarwa nk'imihango, kuko aba agaragaye mu gihe cyayo, uretse ko yo aba yivanze n'andi mavangingo.
 Umugore ntakwiye kureka iswalat cyangwa se kureka gusiba kubera amaraso asa n'umukara cyangwa se umuhondo agaragara nyuma yo kuva mu mihango, ahubwo aratawaza agasali.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Yakiriwe na Abu Dawud muri iyi mvugo, yanakiriwe kandi na Bukhariy hatari mo iyo nyongera (nyuma yo kwisukura)]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10014</t>
   </si>
   <si>
-    <t>امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي</t>
+    <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Tegereza igihe kingana n'igihe wamaraga mu mihango, nurangiza wiyuhagire</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana (Imana imwishimire) yavuze ko: Umu Habibat bint Djah'shi wari utunzwe na Abdu Rahman Ibun Awfi yagiye kubaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibyerekeye amaraso, nuko iramubwira iti: "Tegereza igihe kingana n'igihe wamaraga mu mihango, nurangiza wiyuhagire." Icyo gihe yajyaga yiyuhagira buri uko agiye gusali.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Umwe mu basangirangendokazi b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko akomeza kubona amaraso ubudahagarara; nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imutegeka ko areka gusali igihe kingana n'icyo yamaraga ari mu mihango mbere y'uko ibi bimubaho, nyuma yaho akajya yiyuhagira agasali! Yajyaga yiyuhagira buri uko agiye gusali.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
     <t>Istihadwat: Ni amaraso y'uburwayi umugore akomeza kubona igihe cye amenyereye cy'imihango cyararenze.
 Umugore uyabona yibara nk'uri mu mihango iminsi ye isanzwe yagiraga mu mihango mbere y'ubwo burwayi.
 Iyo igihe kingana n'iminsi yari asanzwe agira mu mihango kirangiye, yibara nk'utari mu mihango, kabone n'iyo yakomeza kubona amaraso, icyo gihe ariyuhagira.
 Umugore ubonye ariya maraso y'uburwayi ntategetswe kwiyuhagira buri swalat, kubera ko koga kwa Umu Atwiyat byari ku muhate we; iyo biza kuba itegeko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari kubimwigisha.
 Umugore ubonye ariya maraso y'uburwayi aba akwiye gutawaza buri swalat, kubera ko ubwandu bwe buhorago ntibushira, urugero rwe ni nk'urugero rw'umuntu ufite uburwayi bw'inkari zidahagarara cyangwa se umusuzi udahagarara aba nabo baba bagonba gutawaza buri swalat.
 Kubaza abamenyi ku bibazo by'idini bikomereye umuntu, nk'uko uyu mugore yagiye kubaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) amaraso abona aza ubudahagarara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10015</t>
   </si>
   <si>
-    <t>الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ</t>
+    <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
     <t>Kwiyuhagira ku munsi wa gatanu (Idjuma) ni itegeko kuri buri wese wirotera, no koza amenyo, ndetse no kwisiga umubavu igihe awufite</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Amri Ibun Sulaymi wari umusangwa w'i Madinat (Al Answariy) yaravuze ati: Ndahamya ko Abu Said yavuze ati: Ndahamya ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Kwiyuhagira ku munsi wa gatanu (Idjuma) ni itegeko kuri buri wese wirotera, no koza amenyo, ndetse no kwisiga umubavu igihe awufite.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko kwiyuhagira ku munsi wa gatanu (Idjuma) ari itegeko nk'andi mategeko kuri buri wese w'igitsinagabo mu bayisilamu barebwa n'itegeko ryo kwitabira iswalat y'imbaga yo ku munsi wa Idjuma. Kandi ko agomba gusukuza amenyo ye n'umuswaki cyangwa se ikindi nkacyo. Kandi ko agomba kwisiga imibavu ihumura kandi myiza.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Gushimangira umugenzo mwiza wo kwiyuhagira ku munsi wa Idjuma  kuri buri mugabo w'umuyisilamu ukuze utari umwana.
 Kwisukura no kwikiza impumuro mbi amategeko y'idini abitegeka buri muyisilamu.
 Guha agaciro umunsi wa Idjuma, ndetse no kuwitegura.
 Gushimangira ko koza mu kanwa ku munsi wa Idjuma ari umugenzo mwiza.
 Ni byiza kwisiga imibavu ihumura mbere yo kujya mu iswalat y'imbaga yo ku munsi wa Idjuma.
 Iyo umugore avuye iwe mu rugo agiye gusali cyangwa se n'ahandi, ntiyemerewe kwisiga ibihumura, kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko ari icyizira.
 Uwatangiye kwirotera aba amaze kuba mukuru; no kuba mukuru ni igihe yatangiye kubona kimwe muri ibi bimenyetso bitatu, bibiri muri byo umuhungu n'umukobwa babihuriyeho ari byo, icya mbere: Kuba agejeje imyaka cumi n'itanu, icya kabiri: Iyo yatangiye kumera imisatsi ikomeye yo mu myanya y'ibanga, icya gatatu: Kuba yaratangiye kubona intanga zaba zitewe no kwirotera cyangwa se kugira ubushake bw'imibonano mpuzabitsina atiroteye. Naho ikimenyetso cya kane kireba umukobwa ni imihango, iyo yatangiye kujya mu mihango aba akuze.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10036</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yavaga mu bwiherero yaravugaga iti: "GHUFRANAKA: Mana Nyagasani ndagusaba imbabazi zawe!</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yavaga mu bwiherero yaravugaga iti: "GHUFRANAKA: Mana Nyagasani ndagusaba imbabazi zawe!"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yabaga ivuye mu bwiherero kwihagarika cyangwa se kwituma yaravugaga iti: Mana Nyagasani ndagusaba imbabazi zawe.</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
     <t>Ni byiza gukoresha aya magambo GHUFRANAKA nyuma yo kuva mu bwiherero.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yicuza kuri Nyagasani wayo mu bihe byose.
 Byavuzwe ko impamvu yo gusaba imbabazi uvuye mu bwiherero ari ukubera kudohoka mu gushimira ingabire za Allah nyinshi, harimo no kumworohereza gucyemura ikibazo yari afite, no gusaba imbabazi kubera ko hari ibintu byamuhugije byatumye adasingiza Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10046</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Nta muntu n'umwe uhamya ko mu by'ukuri nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, ndetse akanahamya ko Muhamadi ari Intumwa ya Allah, abikuye ku mutima usibye ko Allah amuziririza kuzinjira mu muriro</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe kimwe yari ihetse Muadh ku kigenderwaho maze iramuhamagara ivuga iti: Yewe Muadh! Arayisubiza ati: Ndakwitabye yewe Ntumwa y'Imana! Irongera iramuhamagara iti: Yewe Muadh! Arayisubiza ati: Ndakwitabye yewe Ntumwa y'Imana! Inshuro eshatu! Intumwa y'Imana iramubwira iti: Nta muntu n'umwe uhamya ko mu by'ukuri nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, ndetse akanahamya ko Muhamadi ari Intumwa ya Allah, abikuye ku mutima usibye ko Allah amuziririza kuzinjira mu muriro; Muadh aravuga ati: Yewe Ntumwa y'Imana! Ese iyi nkuru nziza nyigeze ku bandi? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: "...Byatuma birara!..." Muadh yaje kubivuga igihe cyo gupfa kwe cyegereje yirinda  ko yagwa mu cyaha (cyo guhisha ubumenyi)!</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Igihe kimwe Muadh Ibun Djabal (Imana imwishimire) yari ahetswe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku ngamiya, nuko iramuhamagara igira iti: Yewe Muadh? Imuhamagara inshuro eshatu; igamije gushimangira agaciro k'ibyo igiye kumubwira!
 Izo nshuro zose Muadh (Imana imwishimire) yayitabaga agira ati: Ndakwitabye yewe Ntumwa y'Imana inshuro nyinshi, kandi niringiye kunezewa kubera kukwitaba.
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira ko nta muntu n'umwe uhamya ko nta yindi mana ikwiye gusengwa by'ukuri usibye Allah, ndetse ko na Muhamadi ari Intumwa ya Allah, akabivuga akomeje abikuye ku mutima atabeshya, usibye ko igihe apfuye Allah amuziririza kuzinjira mu muriro.
 Nuko Muadh (Imana imwishimire) abaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) niba iyi nkuru nziza yayibwira abantu kugira ngo bishimire ibyo byiza!?
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itinya ko babimenye bakirara, bakareka gukora!
 Nuko Muadh  yanga kubyihererana akiriho abibwira abantu atinya ko yagwa mu cyaha cyo guhisha ubumenyi.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Kwicisha bugufi kw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ubwo yahekaga inyuma yayo Muadh ku ngamiya yayo.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yigishagamo, aho yabisubiyemo kenshi ihamagara Muadh  kugira ngo ayitege amatwi yumve ibyo igiye kumubwira.
 Mu bisabwa ku buhamya bwa LA ILAHA ILA LLAH WA ANA MUHAMADAN RASULULLAH, nuko ubivuze agomba kuba ari umunyakuri abikuye ku mutima, atabishidikanyaho, cyangwa se ngo abihinyure.
 Abantu baranzwe n'ukwemera nyako (Tawhid) ntibazaba mu muriro wa Djahanamu ubuziraherezo, nibanawinjiramo kubera ibyaha byabo, bazawukurwamo babanje kwezwa.
 Ibyiza byo kuvuga ubu buhamya bubiri kuri wa wundi ubuvuze yemera ko ari ukuri.
 Biremewe rimwe na rimwe kureka kubwira abantu inkuru, igihe kuyibabwira bishobora kuba hari ingaruka byatera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10098</t>
   </si>
   <si>
-    <t>المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ</t>
+    <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Umuyisilamu nyawe ni wa wundi abayisilamu batekana kubera ururimi rwe n'ukuboko kwe, n'uwimuka nyawe ni wawundi wimutse ibyo Allah yamuziririje</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Amri (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umuyisilamu nyawe ni wa wundi abayisilamu batekana kubera ururimi rwe n'ukuboko kwe, n'uwimuka nyawe ni wawundi wimutse ibyo Allah yamuziririje."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko umuyisilamu ufite ubuyisilamu bwuzuye ari wa wundi abayisilamu batekanye bigizwemo uruhare n'ururimi rwe, akirinda kubatuka, no kubavuma, no kubavuga igihe badahari; bityo ntakwize muri bo icyo ari cyo cyose cyababangamira bitewe n'ururimi rwe. Bakanatekana kandi biturutse ku kuboko kwe, akirinda kubagirira nabi, no gufata imitungo yabo bitari mu kuri, n'ibindi nkabyo. Naho uwimutse nyawe ni wa wundi wazibukiriye akareka ibyo Allah yamubujije.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Ubuyisilamu bw'umuntu ntibwakuzura cyeretse yirinze kubangamira  bagenzi be, byaba mu buryo bugaragara n'ubutagaragara.
 Ururimi n'ukuboko byavuzwe ku buryo bw'umwihariko, kubera ko ari ibyo bikora amakosa kenshi ndetse bikanabangamira abandi; kandi n'ibyo soko y'ibibi byinshi dukora.
 Gushishikariza kureka ibyaha, no kwitwararika ibyo Allah yategetse.
 Umuyisilamu mwiza kuruta abandi ni wa wundi wubahiriza ibyo Allah yamutegetse ndetse n'ibyo abayisilamu bamugomba.
 Kugirira nabi abandi hari ubwo byaba mu mvugo cyangwa se mu bikorwa.
 Kwimuka kuzuye ni ukwimuka no kureka ibyo Allah yaziririje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10101</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Allah Nyagasani buri joro aramanuka akaza ku kirere cy'isi, ubwo haba hasigaye kimwe cya gatatu cya nyuma cy'ijoro</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Allah Nyagasani buri joro aramanuka akaza ku kirere cy'isi, ubwo haba hasigaye kimwe cya gatatu cya nyuma cy'ijoro maze akavuga ati: Ninde unsaba ngo numve ubusabe bwe, ninde ufite icyo ansaba ngo nkimuhe? Ninde unsaba imbabazi ngo mubabarire?!</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko igihe ijoro ryinjiye muri kimwe cya gatatu cyaryo cya nyuma, Allah Nyir'ubutagatifu amanuka buri joro ku kirere cy'isi, maze agashishikariza abagaragu be kumusaba, kubera ko yakira ubusabe bw'umusabye, ndetse anabashishikariza kumusaba ibyo bashaka kubera ko aha umusaba, ndetse akanabashishikariza kumwicuzaho kubera ko ababarira abagaragu be b'abemeramana.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Ibyiza by'iki gice cya gatatu cya nyuma cy'ijoro, no gukoramo iswalat ndetse no kugira ubusabe usabamo no gusaba imbabazi z'ibyaha muri cyo.
 Umuntu acyumva iyi Hadithi, aba agomba gushishikazwa no kubyaza umusaruro ibihe byo kwakirirwa ubusabe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ</t>
+    <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>Umugore ntazakore urugendo rw'iminsi ibiri cyeretse ari kumwe n'umugabo we cyangwa se n'undi uziririjwe kumurongora</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Said Al KHud'riy (Imana imwishimire), akaba yari yaritabiriye urugamba hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) inshuro cumi n'ebyiri yaravuze ati: Numvise ibintu bine ku ntumwa y'Imana (Imana iyihe amahoro n'imigisha) birantangaza, yaravuze iti: "Umugore ntazakore urugendo rw'iminsi ibiri cyeretse ari kumwe n'umugabo we cyangwa se n'undi uziririjwe kumurongora, nta gisibo cyakorwa muri iyi minsi ibiri ngo cyemerwe: Umunsi mukuru w'irayidi yo gusiburuka (Eidul Fitri), n'umunsi mukuru w'irayidi y'igitambo (Eidul Adw'ha), nta n'iswalat yakemerwa ikozwe nyuma y'iswalat ya mu gitondo (Asw'buhi) kugeza izuba rirashe, nta n'iyakemerwa ikozwe nyuma y'iswalat yo ku gicamunsi (Al Asri) kugeza izuba rimaze kurenga, kandi ntabwo byemewe gukora urugendo rw'igihe runaka ugiye ku musigiti keretse imisigiti itatu: Umusigiti mutagatifu wa Makat, n'umusigiti wa Al Aq'swa (Yeruzalemu), no kuri uyu musigiti wanjye (wa Madinat)."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije ibintu bine:
 Icya mbere: Yabujije umugore gukora urugendo rw'iminsi ibiri atari hamwe n'umugabo we cyangwa se umwe mu babujijwe ku murongora ku buryo bwa burundu mu bo mu muryango we ba hafi nk'umwana we, se, umwana wa musaza we, umwana wa mukuru we cyangwa se murumuna we, se wabo na nyirarume, n'abandi.
 Icya kabiri:  Kubuza gusiba ku minsi mikuru y'irayidi yo gusiburuka n'irayidi y'igitambo, umuyisilamu yaba yayisibye kubera umuhigo yagize, cyangwa se by'umugereka, cyangwa se ari kwishyura ikiru.
 Icya gatatu: Kubuza gusali iswalat y'umugereka nyuma y'iswalat yo ku gicamunsi (Al Asri) kugeza izuba rirenze, na nyuma y'iswalat ya mu gitondo kugeza izuba rirashe.
 Icya kane: Kubuza gukorera urugendo ahantu ubona ko ari heza kuruta ahandi cyangwa se wizeye ko wongererwa ibihembo usibye ku misigiti itatu; nta handi wemerewe gukorera urugendo ushaka kuhasalira, kubera ko ibihembo nta handi byongerwa usibye ku misigiti itatu: Umusigiti mutagatifu (wa Makat), uw'Intumwa y'Imana (wa Madinat), n'umusigiti wa Al Aq'swa (wa Yeruzalemu).</t>
   </si>
   <si>
@@ -13105,1528 +13485,1568 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Ntibyemewe ko umugore akora urugendo atari kumwe n'uziririjwe kumurongora (Mahram, cyangwa se umugabo we).
 Umugore ntiyaba Mahram w'umugore mugenzi we.
 Icyitwa urugendo cyose, umugore ntacyemerewe cyeretse ari kumwe n'umugabo we cyangwa se Mahram; iyi Hadith yari itewe n'ubajije ikibazo ndetse n'aho aherereye.
 Mah'ram w'umugore ni umugabo we cyangwa se uziririjwe kumurongora mu buryo bwa burundu kubera isano ry'amaraso bafitanye nka se, umuhungu we, se wabo, na nyirarume; cyangwa se isano ry'uko bonse ibere rimwe nka se umugabo w'umugore wamwonkeje, na se wabo uvukana n'umugabo w'umugore wamwonkeje, cyangwa se ku bw'isano ryo gushyingiranwa nka sebukwe, kandi akaba ari umuyisilamu ufite ubwenge, ukuze, w'umwizerwa kandi w'inyangamugayo, kubera ko ikigamijwe kuri Mahram ni mu rwego rwo kurinda umugore no kumubungabunga, no kumuhagararira.
 Uburyo amategeko y'ubuyisilamu yitaye ku mugore, ndetse aranamubungabunga.
 Iswalat y'umugereka iyo ari yo yose ikozwe nyuma ya Swalatul fajri na Swalatul Asw'ri  ntiba yemewe; ariko aha ntihavugwamo kwishyura iswalat z'itegeko zatambutse ku muntu, cyangwa se izifite impamvu zazo zihariye nk'iswalat y'umugereka igihe winjiye mu musigiti (Tahiyatul Masjidi) n'izindi nkazo.
 Ni ikizira gusali nyuma y'uko izuba rirashe ako kanya, ahubwo ni ngombwa ko ribanza rikarasaho gato ahangana n'umuheto, nk'iminota icumi cyangwa se cumi n'itanu tugereranyije.
 Igihe cy'iswalat yo ku gicamunsi ni ugukomeza kugeza izuba rirenze.
 Muri iyi Hadith harimo ko byemewe gukora urugendo ku misigiti itatu yavuzwe muri Hadith.
 Agaciro k'imisigiti itatu n'umwihariko wayo irusha iyindi.
 Ntibyemewe gukora urugendo ugiye gusura imva kabone n'iyo yaba imva y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ariko biremewe ku muntu uri i Madinat kuyisura, cyangwa se uhageze ku bw'iyindi mpamvu yemewe n'amategeko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10603</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Ntimukicare hejuru y'imva kandi ntimugasari mwerekeye ku mva</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Mar'thad Al Ghanawiy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ntimukicare hejuru y'imva kandi ntimugasari mwerekeye ku mva."</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kwicara hejuru y'imva.
 Nkuko yabujije gusali abantu berekeye ku mva, nko kuba imva iherereye mu cyerekezo berekeramo basali (Qiblat), kubera ko ari bumwe mu buryo bw'ibangikanyamana (Shir'k).</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Kubuza gusalira ku mva cyangwa hagati yazo cyangwa se uzerekeye, usibye iswalat ikorerwa uwapfuye nk'uko byemejwe mu migenzo y'Intumwa y'Imana (Sunat).
 Kubuza kwerekera imva igihe cyo gusali ni mu rwego rwo gukumira inzira yose iganisha ku ibangikanyamana.
 Isilamu ibuza gukabiriza imva no kuyitesha agaciro, bityo nta kurengera nta no gutesha agaciro ku buryo bukabije!
 Icyubahiro cy'umuyisilamu kirakomeza na nyuma y'urupfu rwe, kubera imvugo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: (Kuvuna igufa ry'uwapfuye ni nko kurivuna akiri muzima!)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10647</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>Abo bantu iyo hari umugaragu cyangwa umuntu wakoraga ibyiza muri bo upfuye, bubaka hejuru y'imva ye umusigiti</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana (Imana imwishimire) yaravuze ati: Umu Salamat yaganirije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) urusengero yabonye muri Habashat (Abyssinia) bita Mariya, amurondorera ibyo yabonye nk'amashusho arumanitsemo,  maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: "Abo bantu iyo hari umugaragu cyangwa umuntu wakoraga ibyiza muri bo upfuye, bubaka hejuru y'imva ye umusigiti, bakanashyiramo amashusho, kandi abo nibo biremwa bibi imbere ya Allah."</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Nyina w'abemeramana Umu Salamat (Imana imwishimire) yabwiye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko ubwo yari mu gihugu cya Habashat yabonye urusengero bita Mariya, rurimo amashusho n'imitako agaragaza ko byamutangaje! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) isobanura impamvu z'ayo mashusho; Nuko iramubwira iti: Abo bantu uri kumbwira iyo hari umwe muri bo wakoraga ibikorwa byiza agapfa, bahita bubaka ku mva urusengero basengeramo, ndetse bakahashyira n'ayo mashusho! Inamusobanurira ko abakora ibyo ari bo biremwa bibi imbere ya Allah Nyir'ubutagatifu, kubera ko kubikora biganisha mu ibangikanyamana.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Ni ikizira kubaka insengero n'imisigiti ku mva, cyangwa se kuhasengera no kuhasalira, cyangwa se gushyingura abapfuye mu misigiti, mu rwego rwo gukumira kugwa mu ibangikanyamana.
 Kubaka imisigiti ku mva, no kuhashyira amashusho n'ibishushanyo, ni ibikorwa by'abayahudi n'abanaswara, kandi ubikoze aba yisanishije nabo.
 Ni ikizira gukora amashusho y'ibinyabuzima bihumeka.
 Uwubatse ku mva umusigiti cyangwa akahashyira amashusho n'ibishushanyo runaka, uwo aba ari ikiremwa kibi imbere ya Allah Nyir'ubutagatifu.
 Amategeko y'idini yabungabunzwe mu buryo bukomeye kandi bwuzuye ukwemera Imana imwe, afunga inzira zose zaganisha mu ibangikanyamana.
 Birabujijwe gukabiriza abantu bapfuye bakora ibikorwa byiza no kubashyira ku rwego batari bariho, kuko ari imwe mu nzira ziganisha mu ibangikanyamana.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>Nategetswe kubama ku ngingo zirindwi</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Abass (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nategetswe kubama ku ngingo zirindwi: Agahanga, maze yerekana ikoresheje rwayo ku zuru, n'ibiganza byombi, amavi yombi, n'imitwe y'amano, no kutazamura imyambaro yacu n'imisatsi (tuyirinda kugera ku butaka).</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko Allah yayitegetse ko igihe iri gusali izajya yubama ku ngingo z'umubiri zirindwi, ari zo:
 Urwa mbere: Agahanga, ariko kari mu buranga hejuru y'izuru n'amaso yombi. Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yerekana no ku zuru nka rumwe muri izi ngingo zirindwi zitegetswe, no gushimangira ko uwubamye agomba kwizera neza ko izuru rye ryakoze ku butaka.
 Urwa kabiri n'urwa gatatu: Ni ibiganza byombi.
 Urwa kane n'urwa gatanu: Ni amavi yombi.
 Urwa gatandatu n'urwa karindwi: Ni imitwe y'amano y'ibirenge byombi.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yatubujije gupfundika imisatsi, cyangwa se kwegeranya imyambaro  igihe tugiye kubama mu rwego rwo kuyirinda gukora hasi, ko ahubwo tugomba kuyireka ikagera hasi ikubamana hamwe na ziriya ngingo.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Ni itegeko kubama ku ngingo zirindwi igihe urimo gusali.
 Si byiza kwegeranya imyambaro n'imisatsi mu gihe uri mu iswalat.
 Ni itegeko ku muntu uri gusali kugiramo ituze, ashyira ingingo zirindwi twavuze ku butaka, akarangwa no gutuza ku buryo avuga n'ubusabe yategetswe.
 Kubuzwa gupfundika imisatsi uri mu iswalat, ibi ni umwihariko ku bagabo ntiharimo abagore, kubera ko umugore mu iswalat aba ategetswe kwikwiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10925</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) hagati yo kubama kombi (Sadj'datayni) yakundaga kuvuga iti: "ALLAHUMA GH'FIR LII, WAR'HAM'NII, WA AFINII, WAH'DINII, WAR'ZUQNII: Mana Nyagasani mbabarira, ungirire impuhwe, umpe ubuzima, unyobore, unampe amafunguro</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abass (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) hagati yo kubama kombi (Sadj'datayni) yakundaga kuvuga iti: "ALLAHUMA GH'FIR LII, WAR'HAM'NII, WA AFINII, WAH'DINII, WAR'ZUQNII: Mana Nyagasani mbabarira, ungirire impuhwe, umpe ubuzima, unyobore, unampe amafunguro."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isaba hagati y'ukubama kubiri (Sadj'datayni) iri gusali igakoresha ubu busabe bw'ibintu bitanu umuyisilamu acyeneye mu buryo bukomeye. Bukaba bukusanyirije hamwe ibyiza byo muri iyi si ndetse no ku munsi w'imperuka, aribyo gusaba kubabarirwa, guhishirwa ibyaha no kubibabarirwa, guhabwa impuhwe za Allah,  kurindwa irari n'ibiteye urujijo ndetse n'indwara n'ibyorezo, no gusaba Allah kuyoboka inzira y'ukuri no kuyishikamaho, no guhabwa ingabire z'ukwemera, n'ubumenyi ndetse n'ibikorwa byiza n'umutungo uziruye mwiza.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Biremewe gusabisha ubu busabe igihe wicaye hagati yo kubama kubiri uri gusali.
 Ibyiza by'ubu busabe kubera ibyiza bukusanyirije hamwe bya hano mu isi no ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10930</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>ALLAHUMA ANTA A-SALAM, WA MINKA SALAM, TABARAKTA YA DHAL DJALALI WAL IKRAM: Mana Nyagasani  niwowe muziranenge, n'amahoro aturuka iwawe, uburagatifu n'ikuzo ni ibyawe, yewe Nyir'icyubahiro Nyir'ikuzo</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Thawbani (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yasozaga gusali, yasabaga Allah imbabazi inshuro eshatu hanyuma ikavuga iti:  ALLAHUMA ANTA A-SALAM, WA MINKA SALAM, TABARAKTA YA DHAL DJALALI WAL IKRAM: Mana Nyagasani  niwowe muziranenge, n'amahoro aturuka iwawe, uburagatifu n'ikuzo ni ibyawe, yewe Nyir'icyubahiro Nyir'ikuzo" Al Walid yaravuze ati: Nuko mbwira Al Awza'iy nti: Gusaba Allah imbabazi bikorwa bite? Aransubiza ati: Ujye uvuga uti: ASTAGH'FIRULLAH: Mana mbabarira, ASTAGH'FIRULLAH: Mana mbabarira,..."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yasozaga gusali yajyaga ivuga iti: ASTAGH'FIRULLAH: Mana mbabarira, ASTAGH'FIRULLAH: Mana mbabarira, ASTAGH'FIRULLAH: Mana mbabarira.
 Yarangiza igasingiza ubuhambare bwa Allah Nyagasani we igira iti: ALLAHUMA ANTA A-SALAM, WA MINKA SALAM, TABARAKTA YA DHAL DJALALI WAL IKRAM: Mana Nyagasani  niwowe muziranenge, n'amahoro aturuka iwawe, ubutagatifu n'ikuzo ni ibyawe, yewe Nyir'icyubahiro Nyir'ikuzo. Kandi Allah  ingororano ze ntizigira ingano hano mu isi no ku munsi w'imperuka, Nyir'ubuhambare Nyir'ubuntu.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Gushishikariza gusaba Allah imbabazi nyuma ya buri swala, ndetse no kubihozaho.
 Gushishikariza gusaba Allah imbabazi mu rwego rwo kuziba icyuho n'aho umuntu yadohotse mu bikorwa byo kwiyegereza Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10947</t>
   </si>
   <si>
-    <t>مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Uzasingiza Allah buri nyuma y'iswalat inshuro mirongo itatu n'eshatu, akanamusingiza inshuro mirongo itatu n'eshatu, akanavuga Allah Akbar (Imana isumba byose) inshuro mirongo itatu n'eshatu, zizaba zibaye inshuro mirongo icyenda n'icyenda, hanyuma ku nshuro y'ijana akavuga ati: LA ILAHA ILA LLAHU WAHDAHU LA SHARIKA LAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAY'IN QADIIR: Nta yindi mana ikwiye kugaragirwa uretse Allah, niwe ufite ukwiye ubwami no gusingizwa, kandi niwe Nyir'ubushobozi kuri buri kintu, azababarirwa ibyaha bye kabone n'iyo byangana n'ifuro ryo ku nyanja</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzasingiza Allah buri nyuma y'iswalat inshuro mirongo itatu n'eshatu, akanamusingiza inshuro mirongo itatu n'eshatu, akanavuga Allah Akbar (Imana isumba byose) inshuro mirongo itatu n'eshatu, zizaba zibaye inshuro mirongo icyenda n'icyenda, hanyuma ku nshuro y'ijana akavuga ati: LA ILAHA ILA LLAHU WAHDAHU LA SHARIKA LAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAY'IN QADIIR: Nta yindi mana ikwiye kugaragirwa uretse Allah, niwe ufite ukwiye ubwami no gusingizwa, kandi niwe Nyir'ubushobozi kuri buri kintu, azababarirwa ibyaha bye kabone n'iyo byangana n'ifuro ryo ku nyanja.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu uvuze nyuma yo gusali iswalat z'itegeko aya magambo:
 SUBHANALLAH: Ubutagatifu ni ubwa Allah inshuro mirongo itatu n'eshatu
 ALHAMDULILLAH: Ikuzo n'ishimwe ni ibya Allah, akamusingiza mu bisingizo byuzuye hamwe n'urukundo amufitiye no kumwubaha, inshuro mirongo itatu n'eshatu.
 ALLAHU AKBAR: Allah asumba byose, ni n'uw'ikirenga kuruta byose, inshuro mirongo itatu n'eshatu.
 Akuzuza inshuro y'ijana avuga ati: "LA ILAHA ILAHA ILA LLAHU WAHDAHU LA SHARIKA LAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAY'IN QADIIR; ari byo bisobanuye ko nta yindi mana ikwiye gusengwa by'ukuri usibye Allah wenyine udafite uwo abangikanye nawe, kandi ko ari we Nyir'ubwami bwuzuye n'ibisingizo bimukwiye, akayavuga hamwe n'urukundo n'icyubahiro akwiye we wenyine, kandi akavuga ko ariwe Nyir'ubushobozi kuri buri kintu, nta na kimwe cyamunanira;
 Uvuze ibi byose tumaze kuvuga, ababarirwa ibyaha bye, kabone n'iyo byaba bingana n'ifuro ryo ku nyanja.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Gushishikariza kuvuga aya magambo yo gusingiza Allah nyuma y'iswalat z'itegeko.
 Aya magambo ni imwe mu mpamvu zo kubabarirwa ibyaha.
 Ineza ya Allah n'impuhwe ze ndetse n'imbabazi bye birahambaye.
 Aya magambo yo gusingiza Allah ni imwe mu mpamvu zo kubabarirwa ibyaha. Ariko ibyaha bigamijwe ni ibyaha bito, naho ibikuru byo nta kindi cyatuma ubibabarirwa usibye kwicuza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10948</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ</t>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>Uzasoma Ayatul Kursiy nyuma ya buri swalat y'itegeko, nta kizamubuza kwinjira mu ijuru usibye urupfu</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Umamat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzasoma Ayatul Kursiy nyuma ya buri swalat y'itegeko, nta kizamubuza kwinjira mu ijuru usibye urupfu."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu usomye Ayatul Kursiy amaze gusali iswalat y'itegeko nta kindi cyamubuza kwinjira mu ijuru usibye urupfu; iyi Ayatul Kusiy iherereye muri Suratul Baqarat, aho Allah yavuze ati: {ALLAHU LA ILAHA ILA HUWAL HAYUL QAYUM, LA TA'AKHUDHUHU SINATUN WALA NAWUM, LAHU MA FI SAMAWATI WAMA FIL AR'DWI, MAN DHA LADHI YASH'FA'U IN'DAHU ILA BI IDHINIHI, YA'ALAMU MA BAYNA AYDIHIM WAMA KHAL'FAHUM, WALA YUHITWUNA BISHAY'IN MIN IL'MIHI ILA BIMA SHA'A, WASI'A KUR'SIYUHU SAMAWATI WAL AR'DWA, WALA YA'UDUHU HIF'DHWUHUMA WA HUWAL ALIYUL ADHWIIM: Allah (ni we Mana y’ukuri) nta yindi mana ikwiye gusengwa by’ukuri uretse We, Uhoraho (Nyirubuzima bwuzuye buzira inenge), Uwigize, akanabeshaho ibiriho byose. Ntafatwa no guhunyiza habe n’ibitotsi. Ibiri mu birere n’ibiri mu isi ni ibye. Ni inde wagira uwo avuganira iwe uretse ku burenganzira bwe? Azi ibyababayeho (ku isi) n’ibizababaho (ku mperuka). Kandi nta n’icyo bamenya mu bumenyi bwe uretse icyo ashaka. Kursiyu ye ikwiriye ibirere n’isi, kandi ntananizwa no kubirinda (ibirere n’isi). Ni na We Uwikirenga, Uhambaye.} [Al Baqarat: 255.]</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Agaciro gahambaye k'uyu murongo wa Qur'an uhambaye, kubera Ibiwukubiyemo byerekeranye n'amazina ya Allah meza ndetse n'ibisingizo bye bihebuje.
 Gushishikariza gusoma uyu murongo uhambaye nyuma ya buri swalat y'itegeko.
 Ibikorwa byiza ni imwe mu mpamvu yo kuzinjira mu ijuru.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10950</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Jya usali uhagaze, nutabishobora wicare, nutabishobora usali uryamiye urubavu</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Imran Ibun Huswayni (Imana imwishimire) yaravuze ati: Nari ndwaye uburwayi bwa Hemorroides, nuko mbaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku bijyanye n'uburyo nasali, irambwira iti: "Jya usali uhagaze, nutabishobora wicare, nutabishobora usali uryamiye urubavu."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ubusanzwe gusali umuntu abikora ahagaze, cyeretse igihe atabishoboye akicara, nabyo yaba atabishoboye agasali aryamiye urubavu.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Gusali ntibijya bihagarara igihe cyose umuntu agifite ubwenge, ava mu buryo bumwe ajya mu bundi bijyanye n'ubushobozi bwe.
 Uburyo Isilamu yoroshye aho yemerera umugaragu gusali uko ashoboye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10951</t>
   </si>
   <si>
-    <t>لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ</t>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>Ntimuzatuke abasangirangendo banjye, kubera ko n'iyo umwe muri mwe yatanga Zahabu ingana nk'umusozi wa Uhudi, ntiyagera ku  mashyi abiri y'ibyo umwe yatanze cyangwa se urushyi rumwe</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Said Al Khud'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ntimuzatuke abasangirangendo banjye, kubera ko n'iyo umwe muri mwe yatanga Zahabu ingana nk'umusozi wa Uhudi, ntiyagera ku  mashyi abiri y'ibyo umwe yatanze cyangwa se urushyi rumwe.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije gutuka abasangirangendo, by'umwihariko abemeye mu ikubitiro nk'abimukira ndetse n'abasangwa b'i Madinat; ndetse yanavuze ko umwe mu bantu atanze zahabu ingana n'umusozi wa Uhudi ntabwo ibihembo bye byangana n'urushyi rw'ibyo kurya umwe mu basangirangendo yatanze habe na kimwe cya kabiri cyabyo. Mudu ni igipimo kingana n'amashyi abiri y'umugabo uri mu rugero; kubera umutima babikoranaga, n'uburyo bari abanyakuri, no kuba ari bo ba mbere bitanze mu nzira ya Allah bakanarwana mbere y'ifatwa ry'umujyi wa Makat aho byari bicyenewe cyane kuruta ibindi bihe.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Gutuka abasangirangendo (Imana ibishimire bose) ni icyaha, ndetse ni na kimwe mu byaha bikuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/11000</t>
   </si>
   <si>
-    <t>‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ</t>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>Iri dini rizagera aho ari ho hose hagera amanywa n'ijoro, kandi Allah ntazigera arenga inzu yaba iyo mu mujyi cyangwa se mu byaro, mu bibaya no mu mpinga, usibye ko azahageza iri dini</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Tamim A-Dariy (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Iri dini rizagera aho ari ho hose hagera amanywa n'ijoro, kandi Allah ntazigera arenga inzu yaba iyo mu mujyi cyangwa se mu byaro, mu bibaya no mu mpinga, usibye ko azahageza iri dini, uzaryemera azamwubahisha cyangwa se uzarihakana amusuzuguze, icyubahiro Allah azubahisha iri dini ry'ubuyisilamu, cyangwa se gusuzugurika Allah azasuzuguza ubuhakanyi." Icyo gihe Tamimu A-Dariy yajyaga avuga ati: Ibi nabibonye mu bantu bo mu muryango wanjye,  ababaye abayisilamu  bagezweho n'ibyiza byinshi ndetse baranubahika, n'ababaye abahakanyi muri bo barasuzuguritse bata agaciro, batanga n'umusoro.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko iri dini rizakwira mu nguni zose z'isi, kugeza ubwo buri hantu hose hagera amanywa n'ijoro iri dini rizahagera. Kandi Allah ntazigera areka inzu n'imwe yaba iyo mu mijyi no mu byaro, mu bibaya no mu mpinga, no mu butayu usibye ko azahageza iri dini. Uzaryemera rero akariyoboka azubahika kubera icyubahiro cy'ubuyisilamu, N'uzabwanga akabuhakana azasuzugurika ate agaciro.
 Umusangirangendo Tamim A-Dariy (Imana imwishimire) arangije avuga ko ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze  yabyiboneye mu muryango we, aho uwabaye umuyisilamu yabonye ibyiza byinshi ndetse aranubahika, n'uwahakanye muri bo yasuzuguritse ata agaciro, hamwe no kwishyura abayisilamu umusoro.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Inkuru nziza ku bayisilamu y'uko idini ryabo rizakwira mu nguni zose z'isi.
 Icyubahiro ni icy'ubuyisilamu n'abayisilamu, no gusuzugurika ni iby'ubuhakanyi n'abahakanyi.
 Harimo ikimenyetso cy'ubuhanuzi, aho ibi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahanuye, byabaye nk'uko yabihanuye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/11220</t>
   </si>
   <si>
-    <t>إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ</t>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>Umwe muri mwe nashidikanya mu iswalat ye, ntamenye umubare wa rakaa yasayi niba ari eshatu cyangwa se enye, azirukane uko gushidikanya kwe yubakire ku byo yizeye neza adashidikanyaho, narangiza yubame ibyubamo bibiri mbere y'uko avuga indamutso isoza iswalat</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Saidi Al Khud'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwe muri mwe nashidikanya mu iswalat ye, ntamenye umubare wa rakaa yasayi niba ari eshatu cyangwa se enye, azirukane uko gushidikanya kwe yubakire ku byo yizeye neza adashidikanyaho, narangiza yubame ibyubamo bibiri mbere y'uko avuga indamutso isoza iswalat, naba yasayi raka eshanu ibyo byubamo bibiri bizatuma asali izitari igiharwe, naba yasayi  yujuje umubare, ibyo byubamo bibiri bizaba ari ukumwaza Shitani!"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko iyo umuntu uri gusali agize gushidikanya mu iswalat ye akaba atazi umubare wa rakaa yasayi niba ari eshatu cyangwa se enye, azirengagiza iyo yiyongereyeho ashidikanyaho, kubera ko eshatu ari zo yizeye neza, hanyuma asali raka ya kane, narangiza yubame ibyubamo bibiri mbere y'uko avuga indamutso y'amahoro (A-Salamu) yo gusoza iswala.
 Ariko niba rakaa yasaye by'ukuri ari enye, azongereho indi rakaa zibe eshanu, hanyuma yubame ibyubamo bibiri byo kwibagirwa biri mu mwanya wa raka yindi, ubwo zibarwe ko atari igiharwe: Ariko raka yasayi nituma izo amaze gusali ziba enye, azaba akoze ibyo yari akwiye gukorwa nta cyo yongeyeho cyangwa se ngo agabanye.
 Ibyubamo bibiri bikorwa umuntu yibagiwe biba bigamije gusuzuguza Shitani no kumutera ikimwaro, no kumutambamira ngo ntagere ku cyo yashakaga, kubera ko yamuteye urujijo mu iswalat, ndetse aharanira kuyangiza. Iswalat ya mwene Adamu rero iruzura iyo yubahirije itegeko rya Allah ryo kubama, mu gihe Ibilisi yigometse kuri Allah yanga kumwubamira, ubwo Allah yari abimutegetse ngo yubamire Adamu</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Umuntu uri gusali iyo ashidikanyije mu iswalat ye, ntamenye kimwe mu bintu bibiri, icyo gihe yirukana uko gushidikanya kwe ahubwo akubakira ku byo yizeye neza, ari wo mubare muto, hanyuma akabona kuzuza iswalat ye, no kubama ibyubamo bibiri byo kwibagirwa mbere y'uko avuga indamutso y'amahoro isoza iswalat, nyuma yayo akabona kuvuga iyo ndamutso isoza iswalat.
 Ibi byubamo bibiri byo kwibagirwa ni mu rwego rwo kuzuza iswalat aho itari yuzuye, no kuburizamo imigambi ya Shitani isuzuguritse, ndetse itanageze ku ntego yayo.
 Gushidikanya kwavuzwe muri iyi Hadith n'ukubura umwanzuro uhagararaho hagati y'ibintu bibiri, iyo hatabayeho gushidikanya, usali ashingira kuri ibyo adashidikanyaho.
 Gushishikariza kurwanya ibiteye urujijo no kubikumira ukurikiza ibyo amategeko y'idini.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/11231</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Ese umuhamagaro w'iswalat (Adhana) ukugeraho ukawumva? Arayisubiza ati: Yego! Intumwa y'Imana iramubwira iti: Ujye uwitaba!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Umuntu utabona yaje agana Intumwa y'Imana (Imana iyihe amahoro n'imigisha), arayibwira ati: Yewe Ntumwa y'Imana, simfite undandata ngo anzane ku musigiti, asaba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko yamuha uburenganzira akajya asalira iwe mu rugo, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabimwemerera, ariko akimara kugenda iramuhamagara iramubaza iti: Ese umuhamagaro w'iswalat (Adhana) ukugeraho ukawumva? Arayisubiza ati: Yego! Intumwa y'Imana iramubwira iti: Ujye uwitaba!</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Umuntu utabona yaje agana Intumwa y'Imana (Imana iyihe amahoro n'imigisha), arayibwira ati: Yewe Ntumwa y'Imana, simfite undandata ngo anzane ku musigiti kugira ngo nsalire ku musigiti iswalat eshanu; ashaka ko yamuha uburenganzira  bwo kutajya aza gusali hamwe n'abandi, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabimwemerera, ariko akimara kugenda iramuhamagara iramubaza iti: Ese umuhamagaro w'iswalat (Adhana) ukugeraho ukawumva? Arayisubiza ati: Yego! Intumwa y'Imana iramubwira iti: Ujye uwitaba uze gusali hamwe n'abandi!</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Ni itegeko gusalira mu mbaga, kubera ko gusaba uburenganzira biba ku kintu cy'itegeko.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kumubwira uti: Ujye uwitaba, ni kuwo ari we wese wumvise umuhamagaro, bikaba bigaragaza ko ari itegeko gusalira mu mbaga, kuko ikintu cy'itegeko kiba kigomba kubahirizwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/11287</t>
   </si>
   <si>
-    <t>خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا</t>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
   </si>
   <si>
     <t>Umurongo mwiza mu iswalat ku bagabo ni uwubanza, n'umubi ni uw'inyuma; n'umurongo mwiza ku bagore ni uw'inyuma, n'umubi ni uw'imbere</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umurongo mwiza mu iswalat ku bagabo ni uwubanza, n'umubi ni uw'inyuma; n'umurongo mwiza ku bagore ni uw'inyuma, n'umubi ni uw'imbere."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
 وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
 وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko umurongo mwiza ku bagabo mu iswalat ndetse ufite n'ibihembo byiza kandi byinshi ari uwubanza kuko baba bari bugufi na Imam bakamutega amatwi asoma Qur'an ndetse no kuba bari kure y'abagore. N'umurongo mubi ufite ibihembo bicye ndetse uri kure y'ibyo idini idusaba ni uwa nyuma, Naho umurongo mwiza ku bagore ni uwa nyuma, kuko niwo ubahishira kandi ukaba uri kure no kwivanga n'abagabo no kwirinda ibishuko.</t>
   </si>
   <si>
     <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
 جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
 النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
 بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
 تفاضل الناس بحسب أعمالهم.
 قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
 قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
   </si>
   <si>
     <t>Gushishikariza abagabo kwihutira kumvira Allah no kujya ku mirongo y'imbere mu iswalat.
 Biremewe ko abagore basalira mu musigiti hamwe n'abagabo ariko bakaba bari ku mirongo yabo, gusa bakihishira kandi bakaniyubaha.
 Abagore iyo bahuriye hamwe mu musigiti, bahagarara ku mirongo nk'abagabo ntibatandukane, ahubwo baba bagomba kwegerana ku mirongo no kuziba ibyuho, nkuko bigenda ku mirongo y'abagabo.
 Kugaragaza uburyo amategeko yitaye ku gushishikariza abagore kwitandukanya n'abagabo mu bihe by'amasengesho.
 Abantu bararutanwa kubera ibikorwa byabo.
 Imam A-Nawawiy yaravuze ati: Naho imirongo y'abagabo ni mu buryo bwa rusange, umwiza ni uwubanza ku buryo buhoraho n'umubi ni uw'inyuma ku buryo buhoraho. Naho imirongo y'abagore hagamijwe kuvugwa abagore bakorana iswalat n'abagabo. Ariko iyo bakoze iswala ari bonyine batari kumwe n'abagabo baba bameze nk'abagabo; umurongo mwiza uba ari uwubanza n'umubi uba ari uwa nyuma.
 Imam A-Nawawiy yaravuze ati: Umurongo ubanza niwo mwiza wavuzwe mu ma Hadith atandukanye kubera ibyiza byawo no kuwushishikariza uwuriho abona ibyo byiza yaba  yaje mbere cyangwa se yaje nyuma.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/11299</t>
   </si>
   <si>
-    <t>إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب</t>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
   </si>
   <si>
     <t>Izi swalat ziremerera indyarya, n'iyo muza kumenya ibyiza bizirimo mwari kujya muza kabone n'iyo mwaba mukambakamba</t>
   </si>
   <si>
     <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ubay Ibun Ka'ab (Imana imwishimire) yaravuze ati: Umunsi umwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yadusarishije iswalat ya mu gitondo, maze iravuga iti: Ese kanaka arahari? Barayisubiza bati: Oya, irongera irabaza iti: Ese kanaka arahari? Barayisubiza bati: Oya; maze iravuga iti: " Izi swalat ziremerera indyarya, n'iyo muza kumenya ibyiza bizirimo mwari kujya muza kabone n'iyo mwaba mukambakamba, kandi umurongo w'imbere umeze kimwe nk'uw'abamalayika nabo niwo baba bariho, n'iyo muza kumenya ibyiza byo kuwusaliraho mwari kujya muwutanguranwa. Kandi iswalat umugabo akoranye na mugenzi we iruta iyo yakora ari wenyine, n'iswalat akoranye n'abantu babiri iruta iyo akoze ari kumwe n'umuntu umwe, na buri uko biyongera niko irushaho gukundwa na Allah Nyir'ubutagatifu.</t>
   </si>
   <si>
     <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
 قال الصحابة: لا. 
 ثم قال: أحاضر فلان؟ لشخص آخر، 
 قالوا: لا. 
 قال صلى الله عليه وسلم: 
 إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
 ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
 وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
 وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
 والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) umunsi umwe yadusalishije iswalat ya mu gitondo, irangije irabaza iti: Ese kanaka ari kumwe natwe? Abasangirangendo barayisubiza bati: Oya. Irongera irabaza iti: Ese kanaka ari kumwe natwe? Iri kubaza undi muntu. Barayisubiza bati: Oya. Intumwa y’Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Mu by'ukuri iswalat ya mu gitondo n'iya nijoro igora indyarya, kubera ko ari ibyo bihe bagiramo ubunebwe, ni nabyo bihe gukorera ijisho biba gacye, kuko mu mwijima  nta muntu uba ababona.
 N'iyo muza kumenya yemwe bemeramana ibihembo by'izi swalat ebyiri iya mu gitondo (Subhi) n'iya nijoro (Al Ishai), kubera ko ibihembo bishingira ku mvune umuntu aba yagize, mwari kujya muza kuzisali kabone n'iyo mwaza mukambakamba.
 Kandi umurongo w'imbere uba uri bugufi na Imam nk'uko abamalayika  baba bari bugufi na Nyagasani wabo, kandi iyo abemeramana bamenya ibyiza byo gusalira ku murongo w'imbere bari kujya basiganwa. Kandi iswalat y'umugabo akoranye na mugenzi we irusha ibihembo iyo yakora ari wenyine, n'iyo akoranye n'abagabo babiri iruta iyo yakora ari kumwe n'umugabo umwe. Kandi iswalat abantu bitabiriye niyo Allah akunda kandi niyo nziza.</t>
   </si>
   <si>
     <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
 مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
 عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
 صلاة الجماعة تنعقد باثنين فما فوق.
 بيان فضل الصف الأول، والترغيب في المبادرة إليه.
 فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
 الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
   </si>
   <si>
     <t>Biremewe ko Imam yabaza amakuru y'abo ayoboye, ndetse akanabaririza abo atari kubona.
 Kwitwararika iswalat yo mu mbaga, by'umwihariko iswalat ya nijoro (Al Ishai) n'iya mu gitondo (Al Fadjri) ni kimwe mu bimenyetso by'ukwemera.
 Ubuhambare bw'ibihembo by'izi swalat ebyiri iya  nijoro (Al Ishai) n'iya mu gitondo (Al Fajri), kubera ko kuzisalira ni kimwe mu bimenyetso byo kurwanya irari no kwihanganira kubahiriza amategeko, ni nayo mpamvu ibihembo byazo bihambaye.
 Iswalat y'imbaga ibarwa uhereye ku bantu babiri kuzamura.
 Kugaragaza agaciro ko gusalira ku murongo wa mbere, no gushishikariza kuhihutira,
 Kugaragaza agaciro ko kuba abantu bari mu mbaga baba ari benshi, kandi buri uko baba benshi n'ibihembo biba byinshi.
 Ibikorwa byiza birarutanwa mu bihembo n'ingororano nkuko amategeko yabirutanishije, no kubera igihe bikorerwamo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/11306</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatwigishije Khutw'batul Hadjat</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Massud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatwigishije Khutw'batul Hadjat igira iti: INAL HAMDA LILLAHI NASTAINUHU WA NASTAGH'FIRUHU, WA NAUDHU BILLAHI MIN SHURURI ANFUSINA, MAN YAHDILLAHU FALA MUDWILA LAHU WA MAN YUDW'LIL FALA HADIYA LAHU. WA ASH'HADU AN LA ILAHA ILA LLAH, WA ASH'HADU ANA MUHAMADAN ABDUHU WA RASULUHU: Ikuzo n'ishimwe ni ibya Allah dusaba inkunga, tukanicuzaho, tunamwikinzeho ngo aturinde ibibi by'imitima yacu. Uwo Allah yayoboye nta wamuyobya, n'uwo yayobeje  nta wamuyobora. {YA AYUHA NASU TAQU RABAKUM LADHI KHALAQAKUM MIN NAFSIN WAHIDAT WA KHALAQA MINHA ZAWJAHA WA BATHA MINHUMA RIJALAN KATHIRAN WA NISA-AN, WA TAQULLAHA LADHI TASA-ALUNA BIHI WAL AR'HAAM INALLAHA KANA ALAYKUM RAQIBAN}: Yemwe bantu! Nimugandukire Nyagasani wanyu, We wabaremye abakomoye ku muntu umwe (Adamu), akamuremera umugore we [Hawa (Eva)] amumukomoyemo; arangije akwirakwiza (ku isi) abagabo benshi n’abagore abakomoye kuri abo bombi. Ngaho nimugandukire Allah We musabana ku bwe kandi (mutinye guca) imiryango. Mu by’ukuri, Allah ni Umugenzuzi wanyu." [A-Nisa-i: 1]. {YA AYUHA LADHINA AMANU TAQULLAHA HAQA TUQATIHI WALA TAMUTUNA ILA WA ANTUM MUSLIMUNA}: Yemwe abemeye! Nimungandukire Allah uko bikwiye, kandi ntimuzapfe mutari Abayisilamu (nyakuri)." [Al Imran: 102]. {YA AYUHA LADHINA AMANU TAQULLAHA WA QUULUU QAWLAN SADIDAN, YUSW'LIH LAKUM AMALAKUM, WA YAGH'FIR LAKUM DHUNUBAKUM, WA MAN YUTW'ILLAHA WA RASULAHU FAQAD FAZA FAWZAN ADHWIIMAN}: Yemwe abemeye! Nimugandukire Allah kandi mujye muvuga imvugo z’ukuri.(Allah) azabatunganyiriza ibikorwa byanyu anabababarire ibyaha byanyu.  Kandi uzumvira Allah n’Intumwa ye, rwose azaba atsinze bihambaye." [Al Ahzaab: 70-71].</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibun Masuud (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabigishije Khutbatul Hadjat, ari yo magambo avugwa umuntu atangiye kugira icyo ashaka kubwira abantu, nko mu masezerano yo gushyingiranwa (Nikah), mu nyigisho zo ku munsi wa gatanu (Djumu'at) n'ahandi. Iyi Khutbat ikusanyirije hamwe ibisobanuro bihambaye, birimo kugaragaza ko Allah ariwe ukwiye amoko yose y'ishimwe, kumusaba inkunga we wenyine ntacyo umubangikanyije nacyo, kumusaba kuguhishira no kukubabarira, no kumusaba ko akurinda ibibi byose aho biva bikagera, byaba ibyo mu mitima n'ibindi.
 Intumwa y'Imana irangije ibabwira ko kuyoboka biri mu kuboko kwa Allah, bityo uwo ayoboye nta wamuyobya, n'uwo ayobeje nta wamuyobora.
 Irangije  ibabwira ubuhamya bw'ukwemera y'uko nta wundi mugaragirwa w'ukuri usibye Allah, n'ubuhamya bw'uko Muhamadi ari Intumwa ya Allah akaba n'umugaragu we.
 Isoza iyi Khutbat n'imirongo itatu yo muri Qur'an ikubiyemo gutinya Allah Nyir'ubutagatifu dukora ibyo yadutegetse, twitandukanya n'ibyo yatubujije ari we wenyine tugamije gushimisha, kandi ko ingororano z'ibyo ari ugutungana kw'ibikorwa n'imvugo, no kubabarirwa ibyaha n'andi makosa, ndetse n'ubuzima bwiza hano kuri iyi si, n'intsinzi y'ijuru ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Ni byiza gutangiza ijambo ryo mu gushyingiranwa cyangwa se inyigisho zo ku munsi wa Idjuma iyi Khutbat.
 Iyi Khutbat igomba kuba ikusanyirije hamwe gusingiza Allah n'ubuhamya bubiri ndetse n'imwe mu mirongo ya Qur'an mitagatifu.
 Intumwa y'Imana yajyaga yigisha abasangirangendo bayo ibyo bakeneye mu kwemera kwabo.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58060</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Nta gushyingiranwa kwakemerwa cyeretse hari uhagarariye umugore (Waly)</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Mussa (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nta gushyingiranwa kwakemerwa cyeretse hari uhagarariye umugore (Waly)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko gushyingira umugore bitakemerwa cyeretse hari umuhagararizi we (Waly) muri iryo sezerano."</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Umuhagararizi w'umugore ni kimwe mu bisabwa kugira ngo gushyingiranwa kwemerwe, iyo ibayeho nta muhagararizi, cyangwa se umugore akishyingira, ntabwo iryo sezerano riba ryuzuye.
 Umuhagararizi w'umugore aba ari umuntu w'igitsinagabo uri bugufi y'umugore, bityo uwakure ntiyamushyingira igihe hari uwa bugufi ye.
 Umuhagararizi agomba kuba ageze igihe cy'ubukure cyo kurebwa n'amategeko, ari igitsinagabo, azi kumenya inyungu ziri mu gushyingiranwa, ndetse akaba ahuje idini n'uwo agiye guhagararira muri iryo sezerano, bityo rero utujuje ibi tuvuze uwo ntabwo yemerewe kuba umuhagararizi w'umugore mw'ishyingiranwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58066</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>Yewe mwana, jya uvuga ku izina rya Allah, urishe ukuboko kwawe kw'indyo ndetse unarye ibiri imbere yawe</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Umar Ibun Abi Salamat (Imana imwishimire) yaravuze ati: Nari nkiri umwana muto nderwa n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), mu gihe cyo kurya  nakoraga hirya no hino ku isahani, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irambwira iti: "Yewe mwana, jya uvuga ku izina rya Allah, urishe ukuboko kwawe kw'indyo ndetse unarye ibiri imbere yawe". Kuva icyo gihe natangiye kujya ndya gutyo.</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Umar Ibun Abi Salamat (Imana imwishimire we na se), akaba yari umwana w'umwe mu bagore b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) witwaga Umu Salamat (Imana imwishimire), icyo gihe yarererwaga ku Ntumwa y'Imana; avuga ko igihe cyo kurya yajyaga arya mu mpande zose z'isahani, maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imwigisha imyifatire itatu iranga uri kurya:
 Uwa mbere: Kuvuga Bismillah: Ku izina rya Allah atangiye kurya.
 Uwa kabiri: Kurisha ukuboko kwe kw'indyo.
 Uwa gatatu: Kurya ahereye imbere ye akarya ibimwegereye.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>Mu myifatire myiza ikwiye kuranga ugiye kurya ndetse no kunywa ni ukuvuga Bismillah ugitangira.
 Kwigisha abana by'umwihariko abo umuntu ashinzwe kurera imyifatire myiza igihe cyo kurya.
 Impuhwe no koroha byaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha), n'uburyo yisanzuraga ku bana bato ibigisha ndetse inabaha uburere.
 Mu myifatire myiza igihe cyo kurya harimo kuba umuntu yarya ibiri imbere ye, cyeretse wenda ari amoko atandukanye y'ibiribwa, icyo gihe nibwo yemerewe no gufata ahandi.
 Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bubahirizaga imico n'uburere bigishijwe nayo, ibi tukaba tubikura mu mvugo ya Umar igira iti: Uko niko nakomeje kujya ndya na nyuma yaho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>Umwe muri mwe naramuka ariye, ajye arisha ukuboko kwe kw'indyo, nananywa ajye anywesha ukuboko kwe kw'indyo, kubera ko Shitani irisha imoso ikananywesha imoso</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umwe muri mwe naramuka ariye, ajye arisha ukuboko kwe kw'indyo, nananywa ajye anywesha ukuboko kwe kw'indyo, kubera ko Shitani irisha imoso ikananywesha imoso."</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irategeka ko umuyisilamu akwiye kurya ndetse akanywa akoresheje ukuboko kwe kw'indyo, ndetse ikabuza kurya no kunywa akoresheje imoso, kubera ko Shitani arya ndetse akanywesha imoso.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Kubuza kwisanisha na Shitani yo irisha ndetse ikananywesha imoso.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58122</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ</t>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah yababariye abayoboke banjye ibyo imitima yabo yatekereza ariko ntibabikore cyangwa se ngo babivuge</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri Allah yababariye abayoboke banjye ibyo imitima yabo yatekereza ariko ntibabikore cyangwa se ngo babivuge."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko umuyisilamu ataryozwa ibyo yatekereje ku mutima we gukora bibi igihe atarabikora cyangwa se ngo abivuge, kubera ko ibyo Allah yabimubabariye, bityo Allah ntahanira abayoboke b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibikiri mu ntekerezo n'imigambi bagishidikanyaho igihe cyose bitashikama mu mitima yabo nk'ubwibone, uburyarya cyangwa se ibikorwa n'ingingo z'imibiri yabo cyangwa se ngo babivuge n'indimi zabo, kuko ibyo byo barabihanirwa.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
     <t>Allah Nyir'ubutagatifu yababariye intekerezo z'umuntu n'imigambi ye n'ibindi bishuko bishobora kumuzira.`
 Ubutane umuntu atekereje guha umugore we, akabushaka ariko nta buvuge cyangwa se ngo abwandike, ntibubarwa.
 Ibyo umuntu yibwira ntabihanirwa uko byaba bingana kose igihe cyose bitarashikama muri we, cyangwa se ngo abikore cyangwa se ngo abivuge.
 Ubuhambare n'urwego abayoboke b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bariho, kubera ko ari umwihariko kuri bo kutazahanirwa ibyo imitima yabo yibwiye n'ibyo yatekereje gukora ariko ntibikore, bitandukanye n'ababayeho mbere yabo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58144</t>
   </si>
   <si>
-    <t>رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ</t>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
   </si>
   <si>
     <t>Ikaramu ihagarika kwandika ku bantu batatu: Ku muntu uryamye kugeza abyutse, no ku mwana kugeza agaragaweho n'ibimenyetso by'ubukuru, no ku musazi kugeza agaruye ubwenge</t>
   </si>
   <si>
     <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ally (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ikaramu ihagarika kwandika ku bantu batatu: Ku muntu uryamye kugeza abyutse, no ku mwana kugeza agaragaweho n'ibimenyetso by'ubukuru, no ku musazi kugeza agaruye ubwenge."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
 الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
 وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
 وعن النائم حتى يَستيقظَ.
 فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko kurebwa n'amategeko ari itegeko kuri bene Adamu usibye ku bantu batatu:
 Umwana muto kugeza akuze aciye akenge.
 Umusazi wataye ubwenge kugeza ubwenge bugarutse.
 Umuntu uryamye kugeza akangutse.
 Kurebwa n'amategeko ntibireba bariya bantu, n'ibikorwa byabo bakora ntibyandikwa, ariko ibyiza umwana muto akoze birandikwa uretse umusazi n'umuntu uryanye, kubera ko n'ibyo bakora mu masengesho ntibyakemerwa kuko nta bwenge baba bafite.</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
     <t>Umuntu gutakaza kurebwa n'amategeko biterwa no kuba yaba aryamye kugeza igihe akangukiye akaba aribwo yakora ibyo amategeko amutegeka, cyangwa se kubera akiri umwana muto, nawe ntabwo aba arebwa n'amategeko, cyangwa se kubera ubusazi bwatumye atakaza ubwenge, cyangwa se ibindi nkabyo nk'ubusinzi. Uzabura ubwenge n'imitekerereze mizima, ntarebwe n'amategeko kubera imwe muri izi mpamvu eshatu, Allah kubera ubutabera bwe n'ubushishozi bwe n'ubugiraneza bwe yamukuriyeho kwandikirwa ibyo akora ngo azabihanirwe kabone n'iyo byaba biri mu burenganzira bwa Allah.
 Kuba ibyaha bariya bantu bakora bitandikwa, ntibibuza kurebwa n'andi mategeko ya hano mu isi nk'igihe umusazi yakica, icyo gihe ntakwihorera kubaho cyangwa se gutanga icyiru, cyangwa se impozamarira.
 Ubukure burangwa n'ibimenyetso bitatu: Kwirotera n'ibindi, cyangwa se kumera imisatsi mu myanya y'ibanga cyangwa se kuzuza imyaka cumi n'itanu, igitsinagore hiyongeraho icya kane ari cyo cy'imihango.
 Umumenyi A-Sub'kiy yaravuze ati: Umwana muto, abandi baravuze bati: Umwana ukiri mu nda ya nyina yitwa uruhinja, iyo avutse yitwa umwana muto, iyo acutse yitwa umuhungu kugeza ku myaka irindwi, hanyuma akaba ingimbi kugeza ku myaka icumi, hanyuma akaba ijigija kugeza ku myaka cumi n'itanu. Ariko ikizwi kitarimo gushidikanya nuko ibi byiciro anyuramo byose yitwa Umwana, ibi byavuzwe n'umumenyi A-Suyutwiy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58148</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Uzigomeka ku buyobozi akanitandukanya n'imbaga y'abayisilamu agapfa (ari uko akimeze), uwo azaba apfuye urupfu rwa kijiji</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzigomeka ku buyobozi akanitandukanya n'imbaga y'abayisilamu agapfa (ari uko akimeze), uwo azaba apfuye urupfu rwa kijiji, n'uzarwana buhumyi (nta mpamvu nyayo ituma arwana), ahubwo akarakara abitewe n'irondakoko cyangwa se akarihamagarira abantu cyangwa se akarwana kubera ryo akicwa ari ryo ahowe, azaba apfuye urupfu rwa kijiji! N'uzitandukanya n'abayoboke banjye, akarwanya atarobanura abeza n'ababi muri bo, ntiyirinde abemeramana muri bo, cyangwa se abo yahaye amasezerano muri bo, uwo ntabwo azaba ari mu bagendera ku migenzo yanjye."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko uzigomeka ku buyobozi akanitandukanya n'imbaga y'abayisilamu yemeranyijwe gukurikira umuyobozi runaka, agapfa ari uko akimeze, uwo azaba apfuye urupfu nk'urw'injiji zitumviraga umuyobozi, ntizishyire hamwe n'abandi, ahubwo bari mu matsinda n'amoko yicana hagati yayo.
-. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yavuze ko uzarwana aharanira icyo atazi, n'impamvu nyayo ituma arwana,  akarakara abitewe n'irondakoko atari ukubera idini no guharanira ukuri, cyangwa se akarwana kubera ryo akicwa ari ryo ahowe, azaba apfuye urupfu rwa kijiji!
+Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yavuze ko uzarwana aharanira icyo atazi, n'impamvu nyayo ituma arwana,  akarakara abitewe n'irondakoko atari ukubera idini no guharanira ukuri, cyangwa se akarwana kubera ryo akicwa ari ryo ahowe, azaba apfuye urupfu rwa kijiji!
 N'uzitandukanya n'abayoboke b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), akarwanya atarobanura abeza n'ababi muri bo, atanatinya ibihano by'uzica umwemeramana muri bo, ntiyubahirize amasezerano yahaye abahakanyi, cyangwa se abayobozi yo kubumvira, iki ni kimwe mu byaha bikuru, kandi uzabikora azaba akwiye ibihano bikomeye.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Kumvira abayobozi ni itegeko igihe bitarimo kwigomeka kuri Allah Nyir'ubutagatifu.
 Muri ibi harimo kuburira mu buryo bukomeye  wawundi wigomeka akanga kumvira umuyobozi, akitandukanya n'imbaga y'abayisilamu yishyize hamwe, iyo apfuye ari uko akimeze aba apfuye urupfu rwa kijiji.
 Muri Hadith harimo kubuza abantu kurwana baharanira irondakoko.
 Ni itegeko kubahiriza amasezerano.
 Mu kumvira umuyobozi no kuba hamwe n'imbaga y'abayisilamu haba harimo ibyiza byinshi, umutekano n'ituze, no gutungana kw'ibintu byose.
 Kubuza kwisanisha n'ibikorwa by'abantu bo mu bujiji.
 Itegeko ryo kuba hamwe n'imbaga y'abayisilamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>Nihagira uzaza agasanga muri umwe, muri inyuma y'umuyobozi  umwe, agashaka kubumwambura no kubatatanya  ngo mucikemo ibice, muzamwice</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ar'djafat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Nihagira uzaza agasanga muri umwe, muri inyuma y'umuyobozi  umwe, agashaka kubumwambura no kubatatanya  ngo mucikemo ibice, muzamwice."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko abayisilamu iyo bahurije ku muyobozi umwe, bashyize hamwe, hanyuma hakaza ushaka kumwambura ubwo buyobozi, cyangwa se agashaka gucamo ibice abayisilamu, akwiye gukumirwa ndetse bakamurwanya, mu rwego rwo gukumira icyo kibi, no kubungabunga amaraso y'abayisilamu yahamenekera.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Ni itegeko kumva no kumvira umuyobozi w'abayisilamu igihe cyose atabategeka ibibi, ndetse bikaba ari n'ikizira kumwigomekaho.
 Uzigomeka ku muyobozi w'abayisilamu, akitandukanya n'imbaga yabo, uwo akwiye kurwanywa, urwego yaba ari ho rwose n'icyubahiro cyose yaba afite.
 Gushishikariza kuba hamwe no kwirinda amacakubiri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58223</t>
   </si>
   <si>
-    <t>كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة</t>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>Mwirinde uyu mwanda Allah yabujije, kandi uzacikwa akawugwamo ajye yihishira nkuko  Allah yamuhishiriye anamwicuzeho, kandi uwo tuzajya tumenya ibye tuzaza tumuhana nk'uko biri mu gitabo cya Allah Nyir'ubutagatifu</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abdullah Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nyuma yo gutera amabuye uwari wasambanye wo mu bwoko bwa Al Aslami, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irahaguruka iravuga iti: "Mwirinde uyu mwanda Allah yabujije, kandi uzacikwa akawugwamo ajye yihishira nkuko  Allah yamuhishiriye anamwicuzeho, kandi uwo tuzajya tumenya ibye tuzaza tumuhana nk'uko biri mu gitabo cya Allah Nyir'ubutagatifu."</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ubwo yari imaze gutera amabuye uwitwa Ma'iz Ibun Malik Al As'lamiy (Imana imwishimire) nk'igihano cy'uko yasambanye, yarahagurutse ivuga inyigisho ibwira abari aho iti: Mwirinde uyu mwanda n'ibindi byaha bibi Allah yabujije, kandi uzacikwa agakora kimwe muri byo, aba akwiye gukora kimwe mu bintu bibiri: Icya mbere: Kwihishira nk'uko Allah aba yamuhishiriye, ntagende yigamba ibyo yakoze. Icya kabiri: Kwihutira kwicuza kuri Allah no kudatsimbarara kuri icyo cyaha yakoze, kandi ugaragaweho icyo cyaha tumukorera igihano cyavuzwe mu gitabo cya Allah Nyir'ubutagatifu.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Gushishikariza umugaragu wa Allah wakoze icyaha kwihishira, no kwicuza icyo cyaha yakoze hagati ye na Nyagasani we.
+Iyo icyaha cyageze ku muyobozi, icyo gihe igihano kiba kigomba gukurikizwa.
+Ni itegeko kwirinda ibyaha no kwitandukanya nabyo.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>Buri gisindisha cyose ni inzoga, na buri nzoga ni ikizira. N'uzanywa inzoga hano ku isi agapfa ari uko akimeze ataricujije, mu ijuru ntazayinywa</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Buri gisindisha cyose ni inzoga, na buri nzoga ni ikizira. N'uzanywa inzoga hano ku isi agapfa ari uko akimeze ataricujije, mu ijuru ntazayinywa.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko buri icyo ari cyo cyose kiyobya ubwenge kiba ari inzoga ari ikiyobyabwenge, yaba yakinyweye cyangwa se yakiriye cyangwa se yagishoreje cyangwa se yabigenje ukundi. Kandi ko buri gisindisha cyose kiyobya ubwenge Allah yakiziririje ndetse aranakibuza, cyaba gicye cyangwa se cyinshi. Kandi ko buri wese unyweye bumwe muri ubu bwoko bw'ibisindisha, akanabihozaho ntiyicuze kugeza ubwo apfuye, uwo aba akwiye ibihano bya Allah no kuzamwima iriya nzoga mu ijuru.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Impamvu inzoga yagizwe ikizira nuko isindisha, na buri gisindisha cyose mu bwoko ubwo ari bwo bwose cyaba gikozemo ni ikizira.
 Allah Nyir'ubutagatifu yaziririje inzoga, kubera ko ikubiyemo ibibi n'ingorane nyinshi kandi zihambaye.
 Kuba inzoga izanywebwa mu ijuru ni mu rwego rwo gukomeza kugira umunezero n'uburyohe bwuzuye, n'ingabire zuzuye.
 Utazifata ngo areke kunywa inzoga hano ku isi, Allah azazimuziririza ku munsi w'imperuka mu ijuru. Kandi ineza yiturwa indi.
 Gushishikariza kwihutira kwicuza ibyaha mbere y'urupfu.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58259</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Uzica Mu'ahad (umuntu ufitanye n'abayisilamu isezerano ryo kumurindira umutekano) ntazigera yumva impumuro y'ijuru, kandi iyo mpumuro yumvirwa mu ntera ingana n'urugendo rw'imyaka mirongo ine</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amri (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Uzica Mu'ahad (umuntu ufitanye n'abayisilamu isezerano ryo kumurindira umutekano) ntazigera yumva impumuro y'ijuru, kandi iyo mpumuro yumvirwa mu ntera ingana n'urugendo rw'imyaka mirongo ine.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ibihano bihambaye by'umuntu wica Mu'ahid (ni uwo ari we wese mu bahakanyi ubana n'abayisilamu ku bw'amasezerano  yo kurindirwa umutekano, ko uwamwica atazigera yumva impumuro y'ijuru, kandi yumvikanira mu ntera y'ahangana n'urugendo rw'imyaka mirongo ine.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Ni icyizira kwica  Muahad, cyangwa se Dhimiy, cyangwa se Al Musta'aman mu bahakanyi, kandi ko ari kimwe mu byaha bikuru.
 Al Mu'ahad: Ni umuhakanyi wahawe isezerano ryo kurindirwa umutekano, akaba ari mu gihugu cye atarwanya abayisilamu cyangwa se ngo nabo bamurwanye. Naho A-Dhimiy ni uwutuye hamwe n'abayisilamu akaba yishyura umusoro (Djiziyat). Naho uwitwa Al Musta'aman: Ni uwubana n'abayisilamu mu gihugu kimwe ku bw'amasezerano y'igihe runaka bagiranye yo kumurinda umutekano.
 Kuburira abayisilamu kwirinda ubuhemu no kwica amasezerano tuba twaragiranye n'abatari abayisilamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/64637</t>
   </si>
   <si>
-    <t>نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ</t>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
   </si>
   <si>
     <t>Yabujije kurya buri nyamaswa ifite imikaka, na buri ikiguruka cyose cyatuye inzara</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse  kwa Ibun Abas (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha): Yabujije kurya buri nyamaswa ifite imikaka, na buri ikiguruka cyose cyatuye inzara.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kurya inyamaswa yose mu nyamaswa ziryana zihigisha imikaka yazo, ndetse inabuza kurya ibiguruka byose bihigisha inzara zabyo.</t>
   </si>
   <si>
     <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
 الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
   </si>
   <si>
     <t>Ubuyisilamu bwashishikarije ibyiza mu biribwa n'ibinyobwa no mu bindi.
 Ubusanzwe itegeko rireba ibiribwa nuko biziruye, cyeretse byo dufitiye gihamya ibiziririza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/64643</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana imuhe amahoro n'imigisha) yavumye utanga ruswa ndetse n'uyakira agamije kugoreka ubutabera</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana imuhe amahoro n'imigisha) yavumye utanga ruswa ndetse n'uyakira agamije kugoreka ubutabera.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasabiye kwirukanwa mu mpuhwe za Allah Nyir'ubutagatifu, utanga ruswa n'uyakira.
 No muri byo harimo ibihabwa abacamanza, kugira ngo babogame mu guca urubanza, bityo uwayitanze agere ku cyo yifuza kandi atari we ugikwiye.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Kirazira gutanga ruswa, kuyakira cyangwa kuba umuhuza mu itangwa ryayo, no gufasha kuyibona kubera ko ari bimwe mu gufatanya mu bibi.
 Ruswa ni kimwe mu byaha bikuru, kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavumye uyitanga n'uyakira.
 Gutanga ruswa mu bijyanye n'ubutabera ni icyaha gihambaye, kandi gikomeye, kubera ko harimo amahugu no guca urubanza bihabanye n'ibyo Allah yategetse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>Ubuyisilamu bwubakiye ku nkingi eshanu</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Umar (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze ati: "Ubuyisilamu bwubakiye ku nkingi eshanu ari zo: Guhamya ko nta yindi mana ikwiye kugaragirwa by'ukuri usibye Allah, kandi ko  na Muhamadi ari umugaragu we ndetse akaba n'Intumwa ye, guhozaho iswalat, gutanga amaturo y'itegeko, gukora umutambagiro mutagatifu ku ngoro ya Al Ka'abat, ndetse no gusiba igisibo cya Ramadhan."</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagereranyije ubuyisilamu nk'inyubako yubatse neza ku nkingi eshanu ziyifashe, andi mategeko asigaye niyo yuzuza iyo nyubako. Inkingi ya mbere: Ni ubuhamya bubiri ari bwo: Guhamya ko nta yindi mana ikwiye kugaragirwa by'ukuri usibye Allah no guhamya ko Muhamadi ari Intumwa ya Allah. Ubu buhamya bwombi ni inkingi imwe, kandi ntizitandukana, umugaragu abuvuga bwombi yiyemerera ko Allah ari umwe rukumbi kandi ko ari we wenyine ukwiye kugaragirwa nta wundi. Akabishyira mu bikorwa, ndetse yemera ubutumwa bwahishuriwe Intumwa y'Imana Muhamadi (Imana imuhe amahoro n'imigisha), anamukurikiza. Inkingi ya kabiri: Ni uguhozaho iswalat, ari zo swalat eshanu z'itegeko buri munsi na buri joro ari zo: Al Faj'ri, A-Dhwuh'ri, Al Asr, Al Magrib, Al Isha'u, wubahiriza ibisabwa, inkingi n'amategeko yazo. Inkingi ya gatatu: Gutanga amaturo y'itegeko, kikaba ari igikorwa cy'itegeko cyo kwiyegereza Allah utanga umutungo wujuje igipimo runaka cyagenwe n'amategeko y'idini, aya maturo akaba ahabwa abayakwiye. Inkingi ya kane: Ni ugukora umutambagiro mutagatifu i Makat ukahakorera ibikorwa by'amasengesho, ugamije kugaragira Allah Nyr'ubutagatifu. Inkingi ya gatanu: Ni igisibo cyo mu kwezi kwa Ramadhan, aho umuntu yiyima ibyo kurya no kunywa n'ibindi bituma asiburuka afite umugambi wo kwiyegereza Allah, ahereye umuseke utambitse kugeza izuba rirenze.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Ubuhamya bubiri ntibutandukana, bityo bumwe ntibwakemerwa cyeretse buri hamwe n'ubundi; niyo mpamvu bwagizwe inkingi imwe.
 Ubuhamya bubiri niryo shingiro ry'idini, bityo ibyo tuvuga n'ibyo dukora ntibyakemerwa tutabufite.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Umwe muri umwe uzabona ikibi gikorwa ajye agikuzaho ukuboko kwe, natabishobora akoreshe ururimi rwe, natabishobora ababare ku mutima, ariko uko ni ukwemera guciriritse</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Said Al Khudriy (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Umwe muri umwe uzabona ikibi gikorwa ajye agikuzaho ukuboko kwe, natabishobora akoreshe ururimi rwe, natabishobora ababare ku mutima, ariko uko ni ukwemera guciriritse."</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iradutegeka gukosora ikibi icyo ari cyo cyose Allah yabujije ndetse n'Intumwa y'Imana yabujije, ariko bikagendana n'ubushobozi. Bityo iyo abonye ikibi ni ngombwa ko agikuraho akoresheje ukuboko igihe abishoboye. Iyo atabishoboye icyo kibi agikuzaho ururimi akabuza ugikora ndetse akanamugaragariza ingaruka zacyo akanamuyobora inzira iganisha ku cyiza aho gukora ikibi. Iyo nabyo atabishoboye, ababara ku mutima akacyanga ndetse akanagira umugambi w'uko iyo ashobora ku gikuraho yari kugikuraho. Ariko uko kubabara ku mutima ni rwo rwego rwa nyuma mu nzego zo gukuraho ikibi.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Iyi Hadithi ni ishingiro mu kugaragaza inzego zo gukuraho ikibi no kukibuza.
 Itegeko ry'uko Kubuza ikibi bikorwa mu byiciro bijyanye n'ubushobozi bwo kugikuraho.
 Kubuza ikibi ni umuryango uhambaye mu idini, kandi nta n'umwe bitareba, ndetse bitegetswe buri muyisilamu bijyanye n'ubushobozi bwe.
 Kubwiriza ibyiza no kubuza ibibi ni bimwe mu bigize ukwemera, kandi ukwemera kuriyongera ndetse kukanagabanyuka.
 Kubuza ikibi bisaba kubanza kugira ubumenyi bw'uko icyo gikorwa ari kibi.
 Kubuza ikibi bisaba kuba bitari buteze ikibi kiruseho.
 Kubuza ikibi bigira uburyo bikorwamo ndetse n'ibisabwa umuyisilamu aba agomba kubanza kwiga no kumenya.
 Kwamagana ikibi bisaba kubanza kumenya uburyo amategeko y'idini yagennye yo kugikuraho, ndetse bisaba n'ubumenyi hamwe n'ubushishozi.
 Kutababazwa n'ikibi ku mutima ni ibigaragaza ukwemera gucye kwa nyirawo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Uzakora neza yaramaze kuba umuyisilamu, ntazahanirwa ibyo yakoze mu gihe cy'ubujiji, n'uzakora nabi yaramaze kuba umuyisilamu azahanirwa ibyo yakoze mbere n'ibyo yakoze nyuma</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Masuud (Imana imwishimire) yaravuze ati: Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: Yewe Ntumwa y'Imana!  Ese tuzahanirwa ibyo twajyaga dukora mu gihe cy'ubujiji (cya mbere y'ubuyisilamu)? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: " Uzakora neza yaramaze kuba umuyisilamu, ntazahanirwa ibyo yakoze mu gihe cy'ubujiji, n'uzakora nabi yaramaze kuba umuyisilamu azahanirwa ibyo yakoze mbere n'ibyo yakoze nyuma."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ibyiza byo kuba umuyisilamu. Kandi ko ubaye umuyisilamu agakora neza abikoze kubera Allah kandi ari umunyakuri; ntazahanirwa ibyaha yakoze mbere y'uko aba umuyisilamu. Kandi ko uzakora ibikorwa bibi yaramaze kuba umuyisilamu nko kuba yaba indyarya cyangwa se akava mu idini ry'ubuyisilamu, azahanirwa ibyaha yakoze mu buhakanyi ndetse n'ibyo yakoze amaze kuba umuyisilamu.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bitwararikaga cyane ndetse bakagirira ubwoba ibikorwa byabaranze mbere y'uko baba abayisilamu (bakiri mu gihe cy'ubujiji).
 Gushishikariza gushikama ku buyisilamu.
 Ibyiza byo kuba umuyisilamu, kandi ko kuba we bikuraho ibyaha byabanje.
 Umuntu uva mu buyisilamu, n'indyarya azabazwa buri gikorwa yakoze mbere yo kuba umuyisilamu na nyuma yo kuba we.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Urabibona ute ndamutse nsaye iswala nategetswe, nkasiba igisibo cy'ukwezi kwa Ramadhan, nkazirura ibiziruye, nkaziririza ibiziririjwe</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djabir (Imana imwishimire) yavuze ko: Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati:Urabibona ute ndamutse nsaye iswala nategetswe, nkasiba igisibo cy'ukwezi kwa Ramadhan, nkazirura ibiziruye, nkaziririza ibiziririjwe, singire ikindi nongeraho, ibi byonyine byazanyinjiza mu ijuru? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Yego! Wa mugabo aravuga ati: Ndahiye ku izina rya Allah ko nta kindi nzongeraho!</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko usaye iswala eshanu z'itegeko nta gire ikindi yongeraho mu iswala z'umugereka, agasiba ukwezi kwa Ramadhan ntagire igisibo cy'umugereka akora, akemera ibyo yaziruriwe akabikora, akemera ibyo yaziririjwe akabyirinda, azinjira mu ijuru.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Umuyisilamu akwiye gushishikarira gukora ibyo yategetswe no kwirinda ibyo yaziririjwe, kandi agaharanira ko intego ye ari ukuzinjira mu ijuru.
 Agaciro ko gukora ibiziruye no kwemera ko biziruye, no kwirinda ibiziririjwe no kwemera ko biziririjwe.
 Gukora ibikorwa by'itegeko no kureka ibiziririjwe ni imwe mu mpamvu zo kwinjira mu ijuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>“Kwisukura ni kimwe mu bigize ukwemera. No kuvuga uti: Al Ham’dulilahi-Ishimwe n'ikuzo ni ibya Allah, byuzuza umunzani (w’ibikorwa by’umuntu), naho kuvuga ‘Sub’hanallahi walham’du lilahi-Ubutagatifu n’ishimwe ni ibya Allah, byuzuza ibiri hagati y’ibirere n’isi</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Malik Al Ash'ariy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Kwisukura ni kimwe mu bigize ukwemera. No kuvuga uti: Al Ham’dulilahi-Ishimwe n'ikuzo ni ibya Allah, byuzuza umunzani (w’ibikorwa by’umuntu), naho kuvuga ‘Sub’hanallahi walham’du lilahi-Ubutagatifu n’ishimwe ni ibya Allah, byuzuza ibiri hagati y’ibirere n’isi. Kandi iswala ni urumuri, naho gutanga amaturo ni gihamya k’uyatanze, no kwihangana ni umucyo. Kandi Qur’an izagushinja cyangwa se igushinjure. Buri wese azinduka (ajya muri gahunda ze), hakaba hari abagurisha roho zabo bakazirokora (ibihano bya Allah bakora ibyiza) cyangwa abazoreka (mu bihano bya Allah bakora ibibi)."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko isuku igaragara ari ikorwa umuntu atawaza (Udhu) cyangwa se yoga umubiri wose, ikaba iri mu bisabwa kugira ngo iswala yakirwe. No Kuvuga Alhamdulillah (Ishimwe n'ikuzo ni ibya Allah) byuzuza umunzani w'ibikorwa byiza by'umuntu; bikaba ari ugusingiza Allah no kumuvuga ibisingizo byuzuye, bikaba bizapimwa bikuzuza umunzani w'ibikorwa by'umuntu ku munsi w'imperuka. Ndetse ko no kuvuga Sub’hanallahi walham’du lilahi-Ubutagatifu n’ishimwe ni ibya Allah; bikaba ari ugutagatifuza Allah uhakana ko yagira inenge iyo ari yose, no kumuvuga ibisingizo byuzuye bikwiye icyubahiro cye hamwe no ku mukunda no kuvuga ubuhambare bwe, byuzuza ibiri hagati y'ibirere n'isi. N'iswala ni urumuri rw'umugaragu mu mutima we, mu buranga bwe, ndetse no mu mva ye, ndetse n'igihe azaba azuwe. No gutanga ituro ni gihamya y'uko umuntu yemera by'ukuri, ndetse ni nacyo kimutandukanya n'indyarya itubahiriza isezerano. Kandi ko kwihangana ari umucyo; kwihangana bikaba ari ukwifata mu gihe cy'akababaro wirinda kwinuba no gukoresha amagambi mabi; nabyo rero ni urumuri nk'urw'izuba rwotsanya, kubera ko uba usabwa kwihangana mu bintu bigoye nko kurwanya umutima wawe ukawurinda ibyo urarikira, bityo kwihangana bimurikira umuntu akayoboka akora ibikwiye. Bikaba ari ukwihangana mu gukora ibikorwa byo kumvira Allah ukanihanga ureka gukora ibyaha, ndetse no kwihanganira ibigeragezo bikubaho n'ibindi byose umuntu atishimira ku isi. Na Qur'an izavuganira umuntu wajyaga akunda kuyisoma ndetse akayishyira no mu bikorwa, cyangwa se imushinje niba yarajyaga ayireka ntashyire mu bikorwa ibiyikubiyemo cyangwa se ngo ayisome. Nyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko abantu bose babyuka bagasohoka mu ngo zabo bakajya gushakisha ubuzima bajya mu mirimo yabo itandukanye. Muri bo hari abashikama ku murongo wo kuyoboka no kumvira Allah, bityo akaba yirokoye umuriro, no muri bo hari abaca ukubiri n'uwo murongo bakagwa mu byaha, bityo akaba ariyoretse akazajya mu muriro</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Isuku irimo ibice bibiri: Isuku igaragara ikorwa umuntu atawaza cyangwa se yoga umubiri wose, n'isuku itagaragara umuntu akora yemera ko Imana ikwiye kugaragirwa ari imwe rukumbi itabangikanywa (Tawhid), akanemera ndetse akanakora ibikorwa bye
 Agaciro ko guhozaho Iswalat kandi Iswalat ni urumuri ku mugaragu ku isi no ku munsi w'imperuka.
 Gutanga amaturo ni ikimenyetso cy'ukwemera.
 Akamaro ko gushyira mu bikorwa Qur'an no kuyemera kugira ngo ku munsi w'imperuka izakuvuganire ntizagushinje.
 Umutima wawe iyo utawuhugije mu kumvira Allah wo uguha guhugira mu gukora ibyaha no kugomera Allah.
 Buri muntu agomba gukora yirokora akora ibikorwa byo kumvira Allah, cyangwa se yiyoreka akora ibyaha.
 Kwihangana bisaba kwifata no kwiringira ibihembo kwa Allah, kandi biragoye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Ese birakwiye ko umugabo umwe amenya Hadithi yanturutseho  yagamye ku mifariso y'iwe maze akavuga ati: Hagati yacu namwe twakiranurwa n'igitabo cya Allah (cyonyine)</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Al Miqdam Ibun Maadiy Karib (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ese birakwiye ko umugabo umwe amenya Hadithi yanturutseho  yagamye ku mifariso y'iwe maze akavuga ati: Hagati yacu namwe twakiranurwa n'igitabo cya Allah (cyonyine); ibyo dusanzemo byaziruye tukaba ari byo tuzirura, n'ibyo dusanzemo byaziririje tukaba ari byo tuziririza? Nyamara ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaziririje nibyo n'ubundi Allah yaziririje."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ibihe byasohoye aho usanga itsinda mu bantu ryicaye, ndetse umwe muri ryo yegamye mu mifariso y'iwe, yamenya Hadithi yaturutse ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) akavuga ati: Icyadukiranura hagati yacu namwe ni Qur'an Ntagatifu yonyine iraduhagije; ibyo dusanze muri yo bizuruye tukaba ari byo dukora, n'ibyo dusanzemo yaziririje tukaba ari byo tuziririza. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije igaragaza ko buri icyo ari cyo cyose yaziririje cyangwa se yabujije mu migenzo ye, itegeko ryacyo ni rimwe n'iry'ibyo Allah yaziririje mu gitabo cye, kuko ari we waje gusohoza ubutumwa buturutse kwa Nyagasani we.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Guha agaciro imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nkuko tugaha Qur'an, no kuyishyira mu bikorwa.
 Kubaha Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni ko kubaha Allah, no kuyigomekaho ni ko kwigomeka kuri Allah Nyir'ubutagatifu.
 Gushimangira ko imigenzo y'Intumwa y'Imana igomba kubahwa no gukurikizwa, ndetse no guha igisubizo uwo ari we wese utemera iyi migenzo ndetse akayihakana.
 Uzirengagiza imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), akibwira ko akurikira Qur'an yonyine, azaba abyirengagije byombi, ndetse ari n'umubeshyi mu byo avuga ko akurikiza Qur'an.
 Mu bimenyetso bigaragaza ubuhanuzi bw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni ukuba yaravuze ibintu bizabaho mu gihe kizaza, kandi koko bikaba nk'uko yabivuze.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Dawud na Tirmidhiy ndetse na Ibun Madjah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Yewe Ntumwa y'Imana! Nta na kimwe mu byaha nasize inyuma cyaba kinini cyangwa se gito ntakoze! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubaza iti: Ese ntuhamya ko nta yindi mana yo kugaragirwa usibye Imana imwe rukumbi na Muhamadi akaba Intumwa yayo?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Umugabo umwe yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) maze arayibaza ati: Yewe Ntumwa y'Imana! Nta na kimwe mu byaha nasize inyuma cyaba kinini cyangwa se gito ntakoze! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubaza iti: Ese ntuhamya ko nta yindi mana yo kugaragirwa usibye Imana imwe rukumbi na Muhamadi akaba Intumwa yayo? Ibivuga inshuro eshatu! Wa mugabo arayisubiza ati: Yego! Intumwa iramubwira iti: Ibyo wavuze bihanagura biriya uvuga wakoze!</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Umugabo umwe yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) arayibaza ati: Yewe Ntumwa y'Imana! Ibyaha byose bibaho narabikoze nta na kimwe nasize cyaba gito cyangwa se kinini usibye ko nagikoze; ese nzababarirwa? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubaza iti: Ese ntuhamya ko nta yindi mana ikwiye gusengwa by'ukuri usibye Allah, ukanahamya ko Muhamadi ari Intumwa ya Allah? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibisubiramo inshuro eshatu! Wa mugabo arayubiza ati: Yego, ndabihamya! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira ibyiza by'ubwo buhamya bwombi ko butuma ubabarirwa ibyaha, kandi ko kwicuza bivanaho ibyaha byakubanjirije.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Ubuhamya bubiri burahambaye kandi buruta ibyaha uwabuvuze yakora aramutse abuvuze ari umunyakuri kandi abikuye ku mutima.
 Kuba umuyisilamu bituma ubabarirwa ibyaha wakoze  mbere yo kuba we.
 Kwicuza by'ukuri bibabarira ibyaha wakoze mbere.
 Kwigisha usubiramo ni kimwe mu muyoboro tweretswe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Ibyiza by'ubuhamya bubiri, ndetse ko ari impamvu yo kurokoka kuzaba mu muriro ubuziraherezo.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu Ya'ala, na A-Twabaraniy na A-Dwiya'ul Maqdasiy]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Mu by'ukuri uburenganzira bwa Allah ku bagaragu be nuko bagomba kumugaragira wenyine batamubangikanyije  n'icyo ari cyo cyose, naho uburenganzira bw'abagaragu kwa Allah nuko atazigera ahana utaramubangikanyije n'icyo ari cyo cyose</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Muadh (Imana imwishimire) yaravuze ati: Igihe kimwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yampetse ku ndogobe bitaga Ufayr, nuko irambaza iti: Yewe Muadh! Waba uzi uburenganzira Allah afite ku bagaragu be, n'ubwo abagaragu be bamufite ho? Ndayisubiza nti: Allah n'Intumwa ye nibo babizi! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  iramubwira iti:  Mu by'ukuri uburenganzira bwa Allah ku bagaragu be nuko bagomba kumugaragira wenyine batamubangikanyije  n'icyo ari cyo cyose, naho uburenganzira bw'abagaragu kwa Allah nuko atazigera ahana utaramubangikanyije n'icyo ari cyo cyose" Nuko ndayibaza nti: Yewe Ntumwa y'Imana! Ese sinabibwira abantu? Intumwa iramusubiza iti: Oya! Wibibabwira batavaho bakirara!"</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza  uburenganzira Allah afite ku bagaragu be, n'ubwo abagaragu be bamufiteho, kandi ko uburenganzira bwa Allah ku bagaragu be ari uko batagomba kumubangikanya n'icyo ari cyo cyose. Kandi ko uburenganzira bw'abagaragu kuri Allah ari uko ntawe azigera ahana ari mu bagaragiraga batamubangikanya n'ikindi icyo ari cyo cyose. Hanyuma Muadh aravuga ati: Yewe Ntumwa y'Imana! Ese iyi nkuru najya kuyibwira abantu nabo bakayishimira? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubuza itinya ko abantu bazirara!</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Kugaragaza uburenganzira bwa Allah yategetse abagaragu be bw'uko bagomba kumugaragira ntibamubangikanye n'ikindi icyo ari cyo cyose.
 Kugaragaza uburenganzira bw'abagaragu bafite kuri Nyagasani we yiyemeje ubwe ku bw'ingabire ze n'ubuntu bwe, ari bwo bw'uko azabinjiza mu ijuru atazabahana.
 Iyi Hadithi iragaragaza  inkuru nziza y'abatarabangikanyije Imana ko iherezo ryabo ari ukuzabinjiza mu ijuru.
 Muadh mbere yo gupfa kwe, yabwiye abantu iyi Hadithi atinya kuzabarwa nk'uwahishe ubumenyi.
 Icyitonderwa: Kutabwira bamwe mu bantu zimwe muri Hadith z'Intumwa y'Imana, kubera gutinya ko hari abantu batahita basobanukirwa ibisobanuro byazo, gusa izo Hadith bitari ngombwa ko zibwira abantu bose ni izidafite itegeko zitegeka gukora, cyangwa hari icyo zibuza gukora cyangwa se atari izigaragaza ibihano byagenwe n'amategeko y'idini ry'ubuyisilamu.
 Abanyabyaha mu bemeramana bazagengwa n'ubushake bwa Allah, nashaka azabahana, nanabishaka azabababarira, hanyuma iherezo ryabo rizabe mu ijuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Uzapfa atarabangikanyije Allah n'icyo ari cyo cyose azinjira mu ijuru, n'uzapfa yarabangikanyije Allah n'icyo ari cyo cyose azajya mu muriro</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djabir (Imana imwishimire) yaravuze ati: Umugabo umwe yaje kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) arayibwira ati: Yewe Ntumwa y'Imana!  Ni ibihe bintu bibiri umuntu yakora kimwe kikaba impamvu y'uko yajya mu ijuru ikindi kikaba impamvu y'uko ajya mu muriro? Intumwa y'Imana iramusubiza iti: Uzapfa atarabangikanyije Allah n'icyo ari cyo cyose azinjira mu ijuru, n'uzapfa yarabangikanyije Allah n'icyo ari cyo cyose azajya mu muriro.</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibintu bibiri: Icyatuma umuntu yinjira mu ijuru, n'icyatuma ajya mu muriro? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusubiza ko ikintu kizinjiza umuntu mu ijuru ari uko yapfa agaragira Allah wenyine atamubangikanya n'icyo ari cyo cyose. Naho ikizatuma umuntu ajya mu muriro ni umuntu uzapfa yarabangikanyaga Allah, agashyiriraho Allah ikigirwamana, yaramureshyeshyeje n'ikindi icyo ari cyo cyose mu kugaragirwa kwe, cyangwa se mu kuba ari we Mana yonyine, cyangwa se mu mazina ye matagatifu n'ibisingizo bye.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Ibyiza byo kugaragira Allah wenyine, ndetse ko uzapfa ari umwemera atarabangikanyije Allah azinjira mu ijuru.
 Uburemere bw'ibangikanyamana, ndetse ko uzapfa yarabangikanyaga Allah azajya mu muriro.
 Inkozi z'ibibi z'abameramana ziri munsi y'ubushake bwa Allah, nashaka azazihana, nanashaka azazibabarira, hanyuma iherezo ryabo rizabe mu ijuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>kubera ko nta munsi n'umwe yigeze avuga ati: RABI GH'FIR LII KHATWIATII YAWUMU DINI: Mana Nyagasani, ku munsi w'imperuka uzambabarire ibyaha byanjye!</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Yewe Ntumwa y'Imana! Uwitwa Ibun Djud'aan mbere y'ubuyisilamu yajyaga arangwa no kunga isano ry'imiryango, akagaburira abakene, ese ibyo hari icyo bizamumarira,? Intumwa iramusubiza iti: Ntacyo byamumarira ,  kubera ko nta munsi n'umwe yigeze avuga ati: RABI GH'FIR LII KHATWIATII YAWUMU DINI: Mana Nyagasani, ku munsi w'imperuka uzambabarire ibyaha byanjye!</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu mvugo yaturutse kwa Abdullah Ibun Djad'an, akaba yari umwe mu batware bo mu bwoko bw'abakurayishi mbere y'ubuyisilamu. Bimwe mu bikorwa byiza byamuranze; nuko yunganga isano ry'abo mu muryango we wa hafi, akababanira neza, akagaburira abakene ndetse n'ibindi bikorwa byiza byamurangaga Islamu  yashishikarije gukora; aha niho yasobanuye ko ibi bikowa ntacyo bizamumarira ku munsi w'imperuka, kubera ubuhakanyi bwe bwo kutemera Allah, kandi ko mu buzima bwe atigeze avuga ati: Mana Nyagasani ku munsi w'imperuka uzambabarire ibyaha byanjye.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Ibyiza by'ukwemera n'agaciro kabyo, kandi ko ari bimwe mu bituma umuntu  yakirirwa byiza kandi ko no kwemera  ari kimwe mu bisabwa kugira ngo ibikorwa byawe byakirwe.
 Kugaragaza ububi bw'ibangikanyamana, kandi ko ari imwe mu mpamvu zonona ibikorwa byiza by'umuntu.
 Abahakanyi ku munsi w'imperuka ibikorwa byabo bakoze bizaba imfabusa, kubera kutemera kwabo Allah ndetse no kutemera kwabo umunsi w'imperuka.
 Ibikorwa umuntu akoze akiri mu buhakanyi, iyo abaye umuyisilamu ibikorwa byiza akoze arabizigamirwa, akazabihemberwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>Mwaba muzi uko Nyagasani wanyu ambwiye? Turayisubiza tuti: Allah n'Intumwa ye ni bo babizi! Nuko iratubwira iti: Bucya mu bagaragu banjye harimo unyemera n'umpakana</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Zayd Ibun Khalid Al Djuhaniy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha yadusengesheje isengesho rya mu gitondo (A-Swub'hi) turi ahitwa Al Hudaybiyat imvura yari imaze guhita muri iryo joro, ubwo yari isoje isengesho yarahindukiye iratureba maze iravuga iti:  Mwaba muzi uko Nyagasani wanyu ambwiye? Turayisubiza tuti: Allah n'Intumwa ye ni bo babizi! Nuko iratubwira iti: Bucya mu bagaragu banjye harimo unyemera n'umpakana! Uvuze ngo tugushirijwe imvura ku bw'ingabire za Allah n'impuhwe ze, uwo aba anyemera agahakana inyenyeri, naho uvuze ngo tugushirijwe imvura ku bw'inyenyeri iyi n'iyi uwo aba ampakanye  ahubwo yemeye inyenyeri!"</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasaye iswala ya Al Fadj'ri  iri ahitwa Al Hudaybiyat - kakaba ari agace kegeranye n'i Makat- icyo gihe imvura yari ihise; Ubwo yari imaze gusali no gutora Salamu yo kurangiza iswala, yarahindukiye ireba abantu nuko irababaza iti: Mwaba mwamenye ibyo Nyagasani wanyu yavuze? Baramusubiza bati: Allah wenyine n'Intumwa ye nibo babizi! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Mu by'ukuri Allah ambwiye ko iyo imvura iguye abantu baba barimo ibice bibiri: Hari abemera Allah, hakaba n'abamuhakana; Uvuze ngo tugushije imvura ku bw'ingabire za Allah n'inema ze, akemera ko kugwa kwayo ari ukubera Allah, uwo aba anyemera ko ari njye Allah, Umuremyi, Umugenga w'ibiri mu isi, utemera ko inyenyeri hari ububasha ubwo ari bwo bwose zifite; Naho uvuze ngo tugushije imvura ku bw'inyenyeri iyi n'iyi, uwo aba ahakanye Allah, ahisemo kwemera ko inyenyeri zifite ububasha bwo kugusha imvura, ibi bikaba ari ubuhakanyi buto kubera ko kugwa kw'imvura abyitiriye inyenyeri runaka, kandi inyenyeri Allah ntabwo yigeze azigira impamvu yo kugwa kw'imvura. Naho abitirira kugwa kw'imvura ikindi nk'ibibaho muri kamere yo mu isi nk'imboneko z'inyenyeri cyangwa se igihe zizimye, akemera ko ari cyo cyateye kugwa kw'imvura uwo aba ahakanye uguhakana gukuru kandi gukomeye.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Ni byiza igihe imvura iguye kuvuga iti: MUTWIR'NA BIFADW'LILLAH WA RAHMATIHI: Twahawe imvura ku bw'ingabire za Allah no ku bw'ineza ye.
 Uzitirira inema y'imvura cyangwa se indi nema inyenyeri ko ari yo irema imvura ndetse ikanayigusha azaba ahakanye guhakana gukuru, ariko navuga ko inyenyeri runaka yabaye impamvu yo kugwa kw'imvura cyangwa kubaho kw'indi nema yose azaba ahakanye uguhakana guto, kuko inyenyeri nta ruhare urwo ari rwo rwose yabigiramo.
 Inema ishobora kuba impamvu yo guhakana iyo umuntu ayihakanye, cyangwa se ikaba impamvu y'ukwemera iyo umuntu ayishimiye.
 Birabujijwe gukoresha imvugo igira iti: MUTWIR'NA BINAW'I KADHA: Twahawe imvura kubera inyenyeri iyi n'iyi, n'ubwo haba hagamijwe kuvuga igihe, mu rwego rwo kwirinda kugwa mu ibangikanyamana.
 Ni itegeko ko umutima urangamira Allah gusa no kumwiringira mu kugaba inema no kurinda ikibi icyo ari cyo cyose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Umwe muri twe ajya yiyumva muri we ikintu kimugora kuvuga! Intumwa y'Imana itababaza iti: Namwe cyababayeho? Barayisubiza bati: Yego! Irababwira iti: Icyo ni ikimenyetso cy'ukwemera gitomoye</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Bamwe mu basangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) baje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) nuko barayibaza bati:  Umwe muri twe ajya yiyumva muri we ikintu kimugora kuvuga! Intumwa y'Imana itababaza iti: Namwe cyababayeho? Barayisubiza bati: Yego! Irababwira iti: Icyo ni ikimenyetso cy'ukwemera gitomoye.</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Itsinda ryo mu basangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ryagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nuko bayibaza ibyo bajya batekereza bikomeye rimwe na rimwe bikabagora kubivuga kuko biba ari bibi cyangwa se nabo batinya kubivuga; Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Ibyo mujya mutekereza muri mwe ni ikimenyetso kigaragara cy'ukwemera mudashidikanya kubasunikira ku kwanga ibyo Shaytwani ibashyira mu mitima yanyu, kugeza n'ubwo mwanze kubivuga ndetse bikabagora mu mitima yanyu. Kandi Shaytwani ntirabashobora mu mitima yanyu bitandukanye n'abandi yamaze kwigarurira akaba nta na kimwe afite cyo kuyikumira.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Kugaragaza ko Shaytwani nta bubasha afite ku bemerana usibye gusa kubateza urungabangabo
 Kudapfa kwemera ibyo umutima wawe byose ukubwiye ugutera gushidikanya kuko biba biturutse kuri Shaytwani
 Urungabangabo Shaytwani iteza ntacyo rutwara umwemeramana, ariko aba akwiye kwikinga kuri Allah ngo arumurinde kandi arecyere aho ntakomeze kubitekerezaho.
 Umuyisilamu ntaba akwiye guceceka ku bintu bimugoye gusobanukirwa mu idini rye, ahubwo aba akwiye kubaza agasobanuza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>Allah niwe ukwiye gushimwa no gusingizwa we uburijemo ibishuko bya Shaytwani</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abass (Imana imwishimire we na se) yaravuze ati: Umugabo umwe yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) maze arayibaza ati: Yewe Ntumwa y'Imana! Umwe muri twe ajya atekereza muri we ikintu, ariko kuba yatwikwa n'umuriro kuri we ni byo byamubera byiza kuruta kuba yakivuga, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Allah Akbar (Imana niyo nkuru), Allah Akbar (Imana niyo nkuru)!  Allah niwe ukwiye gushimwa no gusingizwa we uburijemo ibishuko bya Shaytwani.</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Umugabo umwe yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) arayibaza ati: Yewe Ntumwa y'Imana! Mu by'ukuri umwe muri twe atekereza muri we ikintu ari ko akaba atatinyuka kukivuga, ahubwo akaba yumva kuba yashya agakongoka agahinduka ivu byaba byiza kuruta kukivuga. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga ijambo Allah Akbar (Imana niyo nkuru!) inshuro ebyiri, maze ishimira Allah we uburizamo imigambi ya Shaytwani ku mugaragu we.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Kugaragaza ko Shaytwani igihe cyose iba irekereje abemeramana kugira ngo ibashuke maze ibakure ku kwemera ibatware mu buhakanyi.
 Kugaragaza ko Shaytwani nta bubasha afite ku bemeramana usibye gusa kubateza urungabangabo.
 Umwemeramana akwiye igihe cyose kwirinda ibishuko bya Shaytwani akanabyamagana.
 Biremewe kuvuga ijambo Allah Akbar igihe ubonye cyangwa se wumvise ikintu cyiza cyangwa se ikigutangaje cyangwa se n'ibindi bimeze nka byo.
 Biremewe ko umuyisilamu abaza umumenyi icyo ari cyo cyose kimugoye.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[Yakiriwe na Abu DAwud na A-Nasa'iy mu gitabo cye Sunan Al Kubra]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Shaytwani izira umwe muri mwe ikamubaza iti: Ni nde waremye iki? Ni nde waremye iki? Kugeza ubwo imubajije iti: Ninde waremye Nyagasani wawe?? Uwo bizashyikira ajye yiragiza Allah ngo amurinde Shaytwani wavumwe, kandi arecyere aho ntakomeze kubitekerezaho!</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Shaytwani izira umwe muri mwe ikamubaza iti: Ni nde waremye iki? Ni nde waremye iki? Kugeza ubwo imubajije iti: Ninde waremye Nyagasani wawe?? Uwo bizashyikira ajye yiragiza Allah ngo amurinde Shaytwani wavumwe, kandi arecyere aho ntakomeze kubitekerezaho!"</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratanga umuti wavura ibibazo byinshi umwemeramana azanirwa na Shaytwani; Bimwe muri byo nuko Shaytwani imubaza iti: Ni nde waremye iki? Ni nde waremye iki? Ni nde waremye ijuru? Ni nde waremye isi...! Ibyo bibazo byose, umwemeramana akamusubiza ashingiye ku idini n'inyurabwenge na kamere ko ari Allah! Ariko Shaytwani ntanyurwa birangira amujyanye mu bindi kugeza ubwo amubajije ati: Ninde waremye Nyagasani wawe? Icyo gihe nibwo umwemeramana yirukana ibyo bishuko akoresheje kimwe mu buryo butatu:
 Kwemera Allah
 Kwiragiza Allah ngo akurinde Shaytwani
 Kurekera aho ntakomeze kubitekerezaho.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Kwirengagiza ibishuko bya Shaytwani n'ibitekerezo bye no kudakomeza kubitekerezaho, ahubwo ukagarukira  Allah kugira ngo ubyirukane.
 Buri icyo ari cyo cyose umutima utekereje gihabanye n'idini kiba giturutse kuri Shaytwani.
 Kubuza gutekereza kuri Allah n'imiterere ye, no gushishikariza gutekereza ku biremwa bye n'ibimenyetso bye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Ibikorwa biba mu byiciro bitandatu; ndetse n'abantu bari mu byiciro bine; Ibyo byiciro bitandatu icya mbere n'icya kabiri ni ibintu by'itegeko ko bigomba kubaho,  icya gatatu n'icya kane ni kimwe ku kindi nta kongererwa, icya gatanu n'icyiza kimwe kingana nk'ibyiza icumi</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Khuraymi Ibun Fatik (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Ibikorwa biba mu byiciro bitandatu; ndetse n'abantu bari mu byiciro bine; Ibyo byiciro bitandatu icya mbere n'icya kabiri ni ibintu by'itegeko ko bigomba kubaho,  icya gatatu n'icya kane ni kimwe ku kindi nta kongererwa, icya gatanu n'icyiza kimwe kingana nk'ibyiza icumi; icya gatandatu n'icyiza  kingana n'ibyiza magana arindwi. Naho ibintu bibiri by'itegeko ko bigomba kubaho nuko uzapfa atarajyaga abangikanya Allah n'icyo ari cyo cyose azinjira mu ijuru, naho uwapfuye yarabangikanyaga Allah n'icyo ari cyo cyose azinjira mu muriro. Naho ikintu kimwe ku kindi; nuko uzagira umugambi wo gukora igikorwa cyiza kugeza ubwo nawe acyiyumvamo, na Allah akabimubonaho azandikirwa icyiza kimwe, n'uzakora igikorwa kibi kimwe yandikirwa ikibi kimeze nkacyo! Ariko ukoze icyiza kimwe agihemberwa ibyikubye icyo inshuro icumi. N'uzagira icyo atanga mu nzira ya Allah icyiza kimwe azagikubirwa kugeza ku nshuro magana arindwi. Naho abantu harimo abo Allah yahaye  mu mafunguro hano ku isi ariko batazagira icyo babona ku munsi w'imperuka, harimo n'abo Allah atagize icyo aha hano ku isi ariko akazabaha ku munsi w'imperuka, harimo n'abo ntacyo yahaye hano ku isi no ku munsi w'imperuka ntacyo bazaba bafite, hakaba n'abo Allah yahaye hano ku isi azaha no ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -14647,891 +15067,891 @@
 Icya gatatu: Ni abo Allah ntacyo yahaye hano mu isi no ku munsi w'imperuka, uwo ni umuhakanyi w'umukene.
 Icya kane: Ni abo Allah yahaye hano ku isi ndetse akaba anabazigamiye ku munsi w'imperuka, uwo ni umwemeramana w'umutunzi.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Uburyo ineza ya Allah ku bagaragu be ihambaye n'uburyo abakubira ibyiza.
 Ubutabera bwa Allah n'ineza ye, aho ikibi izagihanira icyo kibi gusa.
 Ubuhambare bw'icyaha cy'ibangikanyamana, kuko kizaba impamvu yo kwimwa ijuru.
 Kugaragaza ibyiza byo kwitanga mu nzira ya Allah.
 Kongererwa ingororano z'igikorwa uwitanze mu nzira ya Allah ahabwa, ndetse bishobora no guhera kuri magana arindwi, kuko bifasha mu kuzamura ijambo rya Allah no kuryubahisha.
 Kugaragaza ko abantu barimo ibyiciro kandi barutanwa.
 Allah hano ku isi agabira umwemerama n'utari umwemeramana, ariko ku munsi w'imperuka ntawe azagabira atari umwemeramana.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah ntajya ahuguza umwemeramana icyiza yakoze, akimuhembera hano ku isi ndetse akazanakimuhembera ku munsi w'imperuka</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas Ibun Malik (Imana imiwshimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri Allah ntajya ahuguza umwemeramana icyiza yakoze, akimuhembera hano ku isi ndetse akazanakimuhembera ku munsi w'imperuka ariko umuhakanyi ibyiza yakoze abihemberwa hano ku isi kugeza ubwo azaza ku munsi w'imperuka nta cyiza afite ashobora guhemberwa."</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ingabire za Allah zihambaye ku bemeramana, n'ubutabera bwe akoresha ku bamuhakana. Umwemeramana we nta kigabanya ingororano ze yakoreye, ahubwo abihemberwa hano ku isi kubera kumvira kwe Allah, bidakuyeho ibyo azigamiwe ku munsi w'imperuka; hari n'ubwo zose azizigamirwa akazazihabwa ku munsi w'imperuka. Naho umuhakanyi we, Allah amuhera ibihembo by'ibyiza yakoze mu byiza bya hano ku isi, kugeza ubwo azaza ku munsi w'imperuka asange nta bikorwa byiza afite ahembesha, kubera ko kugirirwa umumaro n'ibikorwa byiza  ku isi no ku munsi w'imperuka nyir'ukubikora agomba kuba ari umuyisilamu.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Umuntu upfuye akiri mu buhakanyi ibikorwa byiza yakoze ntacyo byamumarira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>Wabaye umuyisilamu ufite n'ibyiza wakoze mbere</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Hakim Ibun Hizam (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Yewe Ntumwa y'Imana! Uravuga iki ku bikorwa najyaga mpozaho mbere y'ubuyisilamu nko gutanga amaturo (Swadaqat) cyangwa se guha ubwigenge umucakara, kunga isano ry'imiryango, ese hari ibihembo nzabibonera? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti:  Wabaye umuyisilamu ufite n'ibyiza wakoze mbere."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadithi iragaragaza ko umuhakanyi iyo abaye umuyisilamu, ibikorwa bye byose yakoze abihemberwa harimo n'ibyiza yakoze ataraba umuyisilamu arabihemberwa nko gutanga amatururo, guha ubwigenge abacakara, kunga isano n'ibindi.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Ibikorwa byiza by'umuhakanyi hano ku isi ntazabihemberwa ku munsi w'imperuka igihe apfuye akiri mu buhakanyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah akunda ko abantu bubahiriza uburenganzira yatanze, nkuko akunda ko bubahiriza amategeko</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abas (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Mu by'ukuri Allah akunda ko abantu bubahiriza uburenganzira yatanze, nkuko akunda ko bubahiriza amategeko."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadithi yavuze ko Allah akunda abashyira mu bikorwa uburenganzira yatanze ku bintu bimwe nk'amategeko yoroheje n'ibikorwa byo kumwiyegereza (Ibadat), no koroheza abarebwa n'amategeko bafite impamvu nko kugabanya umubare wa raka z'iswala, ndetse no kuzifatanya mu gihe umuntu ari ku rugendo; Nkuko akunda abantu bubahiriza amategeko yategetse, kubera ko itegeko rya Allah mu mpushya yatanze n'amategeko yategetse ari rimwe.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Impuhwe za Allah ku bagaragu be, kandi ko akunda ko abantu bubahiriza impushya yatanze.
 Uburyo amategeko y'ubuyisilamu yuzuye, ndetse n'uburyo yagiye yorohereza umuyisilamu.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[Yakiriwe na Ibun Hiban]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>mbwira mu buyisilamu ijambo rimwe ntazigera ngira undi ndibaza, Intumwa y’Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Vuga uti: Nemeye Allah, hanyuma ushikame kuri byo ushyira mu ngiro uko kwemera</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Sufiyani Ibun Abdillah A-Thaqafiy (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana  (Imana iyihe amahoro n'imigisha) nti: "Yewe Ntumwa y’Imana mbwira mu buyisilamu ijambo rimwe ntazigera ngira undi ndibaza, Intumwa y’Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Vuga uti: Nemeye Allah, hanyuma ushikame kuri byo ushyira mu ngiro uko kwemera."</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>Umusangirangendo Sufyani Ibun Abdillah (Imana imwishimire) yabajije Intumwa  y'Imana (Imana iyihe amahoro n'imigisha) ko yamwigisha imvugo imwe mu buyisilamu ikusanyirije hamwe ibisobanuro by'ubuyisilamu, agomba gukomeraho no kwitwararika, ndetse ntazagire undi abibaza nyuma ye? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Jya uvuga uti: Nemeye Allah wenyine, nemera ko ari we Nyagasani wanjye wenyine, umuremyi, umugaragirwa w'ukuri udafite uwo abangikanye nawe. Hanyuma yarangiza akumvira Allah akora ibyo yamutegetse, areka ibyo yamuziririje, kandi agakomeza uwo muyoboro ariho.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Ishingiro ry'idini ni ukwemera Allah wenyine ko ari we Mana yonyine, Muremyi mugenga, kandi ko ari we wenyine ukwiye kugaragirwa, kandi ko ari we wenyine ufite amazina meza n'ibisingizo byihariye.
 Agaciro ko kugira igihagararo nyuma y'ukwemera, no gukomeza kugaragira Allah, ukanabishikamaho.
 Kwemera ni imwe mu  mpamvu ya ngombwa ituma ibikorwa byakirwa.
 Kwemera Allah hakubiyemo ibyo dutegetswe kwemera mu myemerere n'imisingi yako, n'ibigendana nabyo by'ibikorwa by'umutima, no kumvira no kwicisha bugufi kubera Allah mu bigaragara n'ibitagaragara.
 Kugira igihagararo ni ukwitwararika umuyoboro uri ho ukora ibikorwa wategetswe, ndetse ureka ibyo wabujijwe.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Muslim na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Urugero rw'indyarya mu idini ni nk'urw'ihene yayobeye mu wundi mukumbi w'ihene, ikajya ikurikira izo ibonye, ubundi igakurikira izindi</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Urugero rw'indyarya mu idini ni nk'urw'ihene yayobeye mu wundi mukumbi w'ihene, ikajya ikurikira izo ibonye, ubundi igakurikira izindi."</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Muri iyi Hadithi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza uburyo indyarya iba imerewe, ndetse ko iba imeze nk'ihene yayobewe umukumbi iri kumwe nawo... Rimwe ijyana n'uyu mukumbi, ubundi ikajyana n'uriya... Bityo n'indyarya nuko ziba ziri kujuragira ziri hagati y'ukwemera n'ubuhakanyi, ugasanga ntibari hamwe n'abameramana mu buryo bugaragara n'ubutagaragara, ndetse ntibari hamwe n'abahakanyi mu buryo bugaragara n'ubutagaragara, rimwe ubasanga na bariya, ubundi ukabasanga na bariya,...</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Mu muyoboro twigishijwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni ugutanga ingero mu gihe uri gusobanura ibintu runaka kugira ngo worohereze abo ubwira kugusobanukirwa.
 Kugaragaza imiterere y'indyarya n'uburyo zibaho zishidikanya ndetse no muri zo zidatuje.
 Kwihanangiriza kuba nk'indyarya no gushishikariza kuba umunyakuri no kugira umugambi ntakuka mu kwemera mu buryo bugaragara ndetse n'ubutagaragara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Mu by'ukuri ukwemera kw'umwe muri mwe kurasaza nk'uko umwambaro usaza! Mujye musaba Allah avugurure ukwemera kwanyu mu mitima yanyu.'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amr Ibun Al Asw (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri ukwemera kw'umwe muri mwe kurasaza nk'uko umwambaro usaza! Mujye musaba Allah avugurure ukwemera kwanyu mu mitima yanyu.'</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Muri iyi Hadithi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ukwemera k'uwo ari we wese mu bantu gusaza, kugacika intege nk'uko umwambaro mushyashya usaza iyo  ukoreshejwe igihe kinini! Kubera gucika intege mu bikorwa byo kugaragira Allah cyangwa se gukora ibyaha, no kwijandika mu byo irari riba rimuhamagarira gukora. Niyo impamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatweretse ko tugomba gusaba Allah ko yatuvugururira ukwemera kwacu, twubahiriza amategeko twategetswe, dusingiza Allah kenshi tunamwicuzaho.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Gushishikarira gusaba Allah kuduha gushikama no kuvugurura ukwemera mu mitima yacu.
 Ukwemera kugaragarira mu mvugo, mu ngiro no mu myizerere, kongerwa n'ibikorwa byo kwumvira Allah, kukagabanywa n'ibyaha.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[Yakiriwe na Al Hakim na A-Twabaraniy]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>Mu bimenyetso bizaranga ko imperuka yegereje ni ubumenyi kurangira mu bantu,  kwiyongera kw'ubujiji,  kwiyongera kw'ubusambanyi, abantu kunywa inzoga ku bwinshi, abagabo kuba bake, abagore kuba benshi kugeza ubwo abagore mirongo itanu bazajya bahagararirwa n'umugabo umwe ari we ubakemurira ibibazo!</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Ndababwira Hadithi numvise ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) nta wundi wazayibabwira utari njye; numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Mu bimenyetso bizaranga ko imperuka yegereje ni ubumenyi kurangira mu bantu,  kwiyongera kw'ubujiji,  kwiyongera kw'ubusambanyi, abantu kunywa inzoga ku bwinshi, abagabo kuba bake, abagore kuba benshi kugeza ubwo abagore mirongo itanu bazajya bahagararirwa n'umugabo umwe ari we ubakemurira ibibazo!"</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Muri iyi Hadithi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko mu bimenyetso bizaranga ko umunsi w'imperuka wegereje ari uko ubumenyi bw'idini buzarangira mu bantu, ubumenyi buzarangizwa no gupfa kw'abamenyi; Icyo bizabyara ni ubujiji buzakwira mu bantu, ubusambanyi n'ibindi bikorwa bibi by'urukozasoni, kunywa inzoga bizaba byinshi, umubare w'abagabo ube muke, naho umubare w'abagore wiyongere, kugeza ubwo mirongo itanu muri bo bazaba bahagararirwa n'umugabo umwe akaba ari we ubitaho!</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Kugaragaza bimwe mu bimenyetso bizaranga umunsi w'imperuka
 Ubumenyi bw'igihe umunsi w'imperuka uzabera ni kimwe mu bumenyi bw'ibitagaragara Allah wenyine yihariye.
 Gushishikariza kwiga ubumenyi bw'idini mbere y'uko burangira mu bantu</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
     <t>Imperuka ntizigera iba kugeza ubwo umuntu azatambuka ku mva ya mugenzi we maze akavuga ati: "Iyaba ari njye wari ushyinguye hano!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Imperuka ntizigera iba kugeza ubwo umuntu azatambuka ku mva ya mugenzi we maze akavuga ati: "Iyaba ari njye wari ushyinguye hano!"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatubwiye ko imperuka itazaba hatabanje kugaragara umuntu uzanyura ku mva ishyinguyemo mugenzi we, maze akifuza kuba ari we wagakwiye kuba ashyinguyemo. N'impamvu yabyo ni ukuba umuntu azaba afite ubwoba kuri we ko ukwemera afite kwazayoyoka kubera ubwiganze bw'ibibi n'ibyaha ndetse n'ababikora, no kugaragara kw'ibigeragezo n'ibyaha ndetse n'ibibi aho biva bikagera.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>Kwerekana ko mu bihe bya nyuma hazagaragara ibyaha  n'ibigeragezo ku bwinshi.
 Gushishikariza kwitwararika no kwitegura urupfu twemera ndetse tunakora ibikorwa byiza, no kwirinda ibyatuma tugwa mu bigeragezo  bitandukanye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>Imperuka ntizaba cyeretse mubanje kurwanya abayahudi, kugeza ubwo n'ibuye azaba yihishe inyuma rizavuga riti: Yewe muyisilamu! Nguyu umuyahudi inyuma yanjye ngwino umwice!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Imperuka ntizaba cyeretse mubanje kurwanya abayahudi, kugeza ubwo n'ibuye azaba yihishe inyuma rizavuga riti: Yewe muyisilamu! Nguyu umuyahudi inyuma yanjye ngwino umwice!"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana muri iyi Hadithi yavuze ko imperuka itazaba hatabanje kubaho imirwano hagati y'abayisilamu n'abayahudi; Kugeza ubwo umuyahudi aryihishe inyuma, maze  Allah arihe ubushobozi bwo kuvuga rihamagare umuyisilamu rimubwire ko hari umuyahudi uryihishe inyuma kugira ngo aze amwice.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze byerekeranye n'ubumenyi bw'ibitagaragara bizaba nk'uko Allah yabimuhishuriye, bizabaho nta kabuza.
 Mu gihe cya nyuma abayisilamu bazarwanya abayahudi, kandi bizaba ari bimwe mu bimenyetso by'imperuka.
 Ubuyisilamu buzahoraho kugeza ku munsi w'imperuka, kandi buzaganza andi madini yose.
 Inkunga ya Allah ku bayisilamu yo gutsinda umwanzi wabo, no muri yo ni uguha ubushobozi ibuye rikabasha kuvuga ngo rirangire umuyisilamu umuyahudi uryihishe inyuma mu bihe bya nyuma.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>Ndahiye k'ufite roho yanjye mu biganza bye, ko muri hafi kubona Ibun Mariam abamanukiye azanye ubutabera, akamena imisaraba, akica ingurube, agashyiraho umusoro, n'imitungo ikazaba myinshi kugeza ubwo nta n'umwe uzayemera</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ndahiye k'ufite roho yanjye mu biganza bye, ko muri hafi kubona Ibun Mariam abamanukiye azanye ubutabera, akamena imisaraba, akica ingurube, agashyiraho umusoro, n'imitungo ikazaba myinshi kugeza ubwo nta n'umwe uzayemera."</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarahiriye ko kuza kwa Issa Ibun Mariam (Amahoro ya Allah amubeho) kwegereje, kugira ngo akiranure abantu mu butabera akoresheje amategeko yigishijwe n'Intumwa y'Imana Muhamadi (Imana imuhe amahoro n'imigisha); Azasenya kandi imisaraba abanaswara bubaha, Kandi ko Issa Ibun Mariam (Amahoro ya Allah amubeho) azica ingurube, Kandi azashyiraho umusoro, maze bitume abantu benshi baba abayisilamu. Kandi ko imitungo izaba myinshi kugeza ubwo nta n'umwe uzaba yemera kuyakira; kubera ubwinshi bwayo, no kubera ko buri wese azaba yumva ahagijwe n'iyo afite, no kubera ko icyo gihe imigisha n'ibyiza bizaba bisimburana.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>Gushimangira ko Issa (Amahoro ya Allah amubeho) mu bihe bya nyuma azaza, kandi ko ari kimwe mu bimenyetso by'imperuka.
 Amategeko y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nta yandi azayasimbura.
 Kumanuka kw'imigisha myinshi mu byo abantu batunze mu bihe bya nyuma, ndetse n'abantu bazatera umugongo imitungo.
 Guhabwa inkuru nziza y'uko idini ry'ubuyisilamu rizahoraho, kugeza n'aho Issa (amahoro ya Allah amubeho) azategeka abantu akoresheje amategeko yabwo mu bihe bya nyuma.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Imperuka ntizaba cyeretse izuba ribanje kurasira iburengerazuba, niriharasira abantu bakaribona, bose bazahita bemera</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa  Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Imperuka ntizaba cyeretse izuba ribanje kurasira iburengerazuba, niriharasira abantu bakaribona, bose bazahita bemera, ariko icyo gihe ni igihe: "...Umunsi bimwe mu bimenyetso bya Nyagasani wawe byaje, ukwemera k’umuntu atagize mbere cyangwa (uwemera) utaragize icyiza akora mu kwemera kwe nta cyo bizabamarira..." [Al An'aam: 158]. Imperuka kandi  izaza isange abagabo babiri bari guciririkanya ibiciro ku mwambaro, maze bananirwe kuwugura habe no kubasha kuwuzinga! Imperuka kandi izaza isange umugabo amaze gukama amata y'ingamiya ye ananirwe kuyanywa! Imperuka kandi izaza isange umugabo ari gusibura iriba rye ariko ntarishoreho! Imperuka kandi izaza isange ateruye ibyo kurya mu ntoki abigejeje ku munwa ngo abitamire, ariko ananirwe no kubitamira!"</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Muri iyi Hadithi, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ku bijyanye n'ibimenyetso bikuru by'imperuka ari byo by'uko izuba rizarasira mu burengerazuba aho kurasira mu burasirazuba, ubwo abantu bazaribona bazahita bemera bose. Ariko icyo gihe kwemera kw'umuhakanyi ntacyo kuzaba kukimumariye, ndetse n'ibikorwa byiza yakora ntacyo bizaba bikimaze no kwicuza kwe ntacyo kuzaba kumaze. Nyuma yaho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yababwiye ko imperuka izaba itunguranye;   kubera ko izasanga abantu bari mu mirimo yabo isanzwe ya buri munsi. Izasanga umuguzi n'umugurisha bari guhererekanya ibiciro ariko ntibazashobora kurangizanya ubucuruzi bwabo, n'umwambaro ntibazabasha kuwuzinga. Izasanga umuntu amaze gukama ingamiya ye ariko ntazabasha kunywa ayo mata yakamye. Izasanga umuntu amaze gufukura iriba rye no kurisibura, ariko ntazabasha gushora amatungo ye. Izasanga umuntu yasamye agiye gutamira, ariko ntazabasha kurya.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Kuba umuyisilamu cyangwa se kwicuza kwemerwa ni igihe izuba ritararasira mu burengerazuba.
 Gushishikariza kwitegura imperuka, abantu bemera ndetse banakora ibikorwa byiza, kubera ko imperuka izaza itunguranye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>Imperuka ntizabaho kugeza ubwo ibihe bizegerana</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Imperuka ntizabaho kugeza ubwo ibihe bizegerana, umwaka usigare ungana nk'ukwezi, n'ukwezi kungane n'icyumweru, n'icyumweru kingane nk'umunsi, n'umunsi ungane nk'isaha, n'isaha ingane nk'umwanya gutwika ikibabi cy'itende cyumye bimara."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko mu bimenyetso by'imperuka ari uko ibihe bizegerana, Umwaka ujye urangira nk'uko ukwezi kurangira, Ukwezi kurangire nk'uko icyumweru kirangira, Icyumweru kirangire nk'uko umunsi urangira, Umunsi urangire nk'uko isaha irangira, Isaha irangire nk'umwanya ikibabi cyumye cy'itende kimara iyo gitwitswe.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Mu bimenyetso by'imperuka ni ukuzavanwa kw'imigisha mu bihe by'abantu no kwihuta kwabyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>Allah azazingazinga isi, azingazinge n'ibirere n'ikiganza cye cy'iburyo, narangiza avuge ati: Ninjye mwami, abami bo ku isi bari he?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Allah azazingazinga isi, azingazinge n'ibirere n'ikiganza cye cy'iburyo, narangiza avuge ati: Ninjye mwami, abami bo ku isi bari he?"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ku munsi w'imperuka  Allah Nyir'ubutagatifu  azazingazinga isi n'ibirere mu kiganza cye cy'iburyo, maze abikureho narangiza avuge ati: Ninjye mwami, barihe ba bami bo ku isi?!</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Kwibutsa ko ubwami bwa Allah ari bwo buzahoraho, mu gihe ubw'abandi buzavaho bukarangira.
 Icyubahiro cya Allah n'ubushobozi bwe buhambaye, n'ubutware bwe, ndetse n'ubwami bwuzuye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Ikizenga cy'amazi (Hawdw) nahawe gifite intera ireshya n'urugendo rw'ukwezi, amazi yacyo ni umweru cyane kurusha amata, impumuro yayo irusha iy'umubavu</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdullah Ibun Am'ri (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ikizenga cy'amazi (Hawdw) nahawe gifite intera ireshya n'urugendo rw'ukwezi, amazi yacyo ni umweru cyane kurusha amata, impumuro yayo irusha iy'umubavu ibikombe banywesha bimeze nk'inyenyeri zo mu kirere, uzanywaho ntazongera kugira inyota habe na rimwe."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadithi iratubwira ko ku munsi w'imperuka hari ikizenga cy'amazi yahawe kireshya n'urugendo rw'ukwezi mu burebure, n'ubugari bwacyo ni nk'uko. Kandi ko amazi yacyo ari umweru cyane kurusha amata Impumuro yacyo ihumura kurusha umubavu wa Miski. Ibikombe byacyo bingana n'inyenyeri zo mu kirere kubera ubwinshi bwa byo. Uzakinywaho ntazongera kugira inyota na rimwe.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Ikizenga cy'amazi cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kizaba kirimo amazi menshi, abemeramana mu bayoboke b'Intumwa y'Imana bazajya kukinywaho amazi ku munsi w'imperuka.
 Abazanywa ku mazi y'icyo kizenga cy'Intumwa y'Imana bazabona inema zikomeye zo kutazongera kugira inyota ukundi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Njye ku kizenga cy'amazi nahawe nzaba ndeba buri wese muri mwe ukinyuraho, hari n'abazakumirwa kukigeraho maze ninginge Nyagasani wanjye ngira nti: Bariya nabo ni abanjye, kandi ni bamwe mu bayoboke banjye</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa As'ma-u Bint Abi Bak'ri (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Njye ku kizenga cy'amazi nahawe nzaba ndeba buri wese muri mwe ukinyuraho, hari n'abazakumirwa kukigeraho maze ninginge Nyagasani wanjye ngira nti: Bariya nabo ni abanjye, kandi ni bamwe mu bayoboke banjye, hanyuma bambwire bati: Waba uzi ibyo bakoze nyuma yawe? Ku izina rya Allah nta gihe bamaze usibye ko bavuye mu dini, bityo aba ntibari mu bawe!"</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadithi iratugaragariza ko ku munsi w'imperuka hazaba hari ikizenga  Intumwa y'Imana ikazaba igihagaze iruhande kugira ngo irebe abakizaho bo mu bayoboke bayo. Ariko hari abantu bazagera bugufi bwayo, maze bakumirwe kukigeraho basubizweyo, maze ivuge iti: Mana Nyagasani, nabo ni abanjye ndetse bari mu bayoboke banjye! Maze bayibwire bati: Wowe ntuzi ibyo bakoze nyuma yawe, nta gihe bamaze usibye ko bavuye mu idini , bityo ntibari kumwe nawe nta n'ubwo bari mu bayoboke bawe.</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Impuhwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ifitiye abayoboke bayo, n'uburyo iba ibitayeho!
 Kirazira kunyuranya n'ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari iriho.
 Gushishikarira gushikama no gukomera ku migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>Ndahiye k'ufite roho ya Muhamadi mu kuboko kwe ko ibyo bikombe umubare wabyo uruta uw'inyenyeri zo mu kirere n'imibumbe</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Dhari (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Yewe Ntumwa y'Imana! Ibikombe byo kunywesha kuri icyo kizenga bizaba bimeze bite? Iransubiza iti: : Ndahiye k'ufite roho ya Muhamadi mu kuboko kwe ko ibyo bikombe umubare wabyo uruta uw'inyenyeri zo mu kirere n'imibumbe ikirimo! Nk'uko uzibona mu ijoro ry'umwijima utavangiye! Ibikombe byo mu ijuru uzabinyweraho ntazigera agira inyota nyuma yaho na gato! Icyo cyizenga gifite imigezi ibiri igisukamo yo mu ijuru, uzanywaho ntazongera kugira inyota! Ubugari bwacyo bureshya  n'uburebure bwacyo, ni nko mu ntera iri hagati y'ahitwa Amani (Jordan) n'ahitwa Ayilat (muri Shami), amazi yacyo arera kurusha amata, ndetse aryohereye kurusha ubuki."</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarahiye ko ibikombe byo kunywesha kuri icyo cyizenga ku munsi w'imperuka biruta umubare w'inyenyeri n'imibumbe byo mu kirere. Zigaragarira cyane mu ijoro ry'umwijima utavangiye utarimo n'ukwezi; kubera ko ijoro ririmo ukwezi ntabwo inyenyeri zigaragara kuko urumuri rw'ukwezi ruba rwaziganjije bigatuma zitagaragara. Ibikombe byo mu ijuru, uzabinyweramo ntazongera kugira inyota habe na gato, azaba ayisezeyeho. Icyo cyizenga cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi gitembamo imigezi ibiri yo mu ijuru, ubugari bwacyo bureshya n'uburebure bwacyo; Icyo cyizenga impande zacyo zose zirareshya, uburebure bwayo ni nk'intera iri hagati y'ahitwa Amani (Jordan) na Ayilat (umujyi wa kera uzwi mu nkengero z'igihugu cya Shami. Amazi yo muri icyo cyizenga ni umweru cyane kurusha amata, akaba aryohereye kurusha ubuki!</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Gushimangira ko iki cyizenga gihari n'izindi ngabire  za Allah zizaba zikirimo.
 Ubuhambare bw'icyo cyizenga, n'ubuhambare bw'uburebure bwacyo n'ubugari bwacyo n'ubwinshi bw'ibikombe bizakoreshwa bakinyweraho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Mu by'ukuri  ku munsi w'imperuka</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Am'ri Ibun Al Asw (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri  ku munsi w'imperuka imbere y'ibindi biremwa, Allah azahitamo umuntu umwe mu bayoboke banjye, maze ategeke ko bamuzanira ibitabo mirongo icyenga n'icyenda birimo ibikorwa bye bibi yakoze, buri gitabo kingana n'aho amaso agarukira, maze amubaze ati: Hari icyo utemera muri ibi? Abanditsi banjye b'abizerwa baraguhuguje?  Asubize ati: Oya, Nyagasani. Allah yongere amubaze ati: Hari impamvu ufite yabiguteye? Avuge ati: Oya, Nyagasani!  Allah yongere amubaze ati: Ariko hari icyiza ufite twazirikanye, kandi uyu munsi ntugomba guhuguzwa! Nuko bamuzanire ifishi yanditseho amagambo agira ati: ASH'HADU AN LA ILAHA ILA LLAH WA ASH'HADU ANA MUHAMADAN ABDUHU WA RASULUHU: Ndahamya ko nta yindi mana ikwiye kugaragirwa by'ukuri usibye Allah, ndanahamya kandi ko Muhamadi ari umugaragu wa Allah akaba n'Intumwa ye. Nuko Allah avuge ati: Egera umunzani wawe (bagupimire ibikorwa byawe hamwe n'iyi fishi), maze avuge ati: Mana Nyagasani ubu koko iyi fishi n'ibi bitabo bingana gutya (irabirusha kuremera)? Allah amusubize ati: Uyu munsi ntuhuguzwa! Nuko bafate bya bitabo babishyire ku isahani imwe y'umunzani, na ya fishi bayishyire ku yindi sahani, maze isahani ya ya fishi irute iya za nzandiko kubera ko nta cyaremera hamwe n'izina rya Allah!"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ku munsi w'imperuka Allah azatoranya umugabo umwe imbere y'ibindi biremwa kugira ngo akorerwe ibarura, nuko bamwereke ibitabo mirongo icyenda n'icyenda by'ibikorwa bye bibi yajyaga akora hano ku isi, na buri rwandiko ruzaba rureshya n'intera ireshya n'aho ijisho rigarukira. Hanyuma Allah abaze uyu mugabo ati: Hari icyo uhakana muri ibi byanditse muri ibi bitabo? Abamalayika banjye b'abizerwa baraguhuguje? Wa mugabo asubize ati: Oya Nyagasani! Nuko Allah yongere amubaze ati: Ufite impamvu watanga yumvikana yatumye ukora biriya bikorwa ku isi? Niba warabitewe no kwibagirwa, cyangwa se gukosa, cyangwa se utari ubizi? Wa mugabo asubize ati: Oya Nyagasani, nta rwitwazo mfite. Nuko Allah amubwire ati: Ariko hari igikorwa cyiza twazirikanye wakoze, kandi uyu  munsi nturi buhuguzwe. Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  yaravuze iti: Nuko bamuzanire ifishi yanditse aya magambo: "ASHAHADU AN LA ILAHA ILA LLAH WA ASH'HADU ANA MUHAMADAN ABDUHU WA RASULUHU: Ndahamya ko nta yindi mana ikwiye kugaragirwa by'ukuri usibye Allah, ndanahamya kandi ko Muhamadi ari umugaragu wa Allah akaba n'Intumwa ye. Maze Allah abwire uyu mugabo ati: Egera urebe umunzani wawe. Wa mugabo atangare maze avuge ati: Mana Nyagasani! Iyi fishi koko yapima iki hamwe n'ibi bitabo bingana uku? Allah amubwire ati: Ntabwo uri buhuguzwe uyu munsi. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Nuko bafate bya bitabo bye babishyire ku isahani imwe y'umunzani, na ya fishi ku yindi sahani, maze ifishi irute bya bitabo, nuko Allah amubabarire!</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Ubuhambare bw'ijambo rya Tawhid ari ryo buhamya bw'uko nta yindi mana ikwiye gusengwa by'ukuri usibye Allah, n'uburyo rizaremereza iminzani y'ibikorwa.
 Ntibihagije kuvuga LA ILAHA ILA LLAH ku rurimi gusa, ahubwo ugomba no kuba urisobanukiwe ndetse ukanakora ibyo rigusaba.
 Kwegurira Allah ibikorwa no kumwemera wenyine nta kumubangikanya ni imwe mu mpamvu zo kubabarirwa ibyaha.
 Ukwemera kurarutanwa bitewe no gutandukana ko kwegurira Allah ibikorwa mu mitima y'abantu, kuko bamwe mu bantu hari ushobora kuvuga iri jambo, ariko ntibizamubuze guhanwa bijyanye n'ibyaha bye.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Yakiriwe na Tirmidhi na Ibun Madjah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Ubwo Allah yari amaze kurema ijuru n'umuriro, yohereje Djibril (Imana imwishimire)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat  (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ubwo Allah yari amaze kurema ijuru n'umuriro, yohereje Djibril (Imana imwishimire) mu ijuru maze aramubwira ati: Rirebe unarebe ibyo nateganyirije abazaryinjiramo, nuko ararireba aragaruka aravuga ati: Ndahiye ku bw'icyubahiro cyawe ko ntawe uzaryumva usibye ko azaryinjiramo! Nuko Allah ategeka ko rizengurutswa ibyo abantu banga, Allah arongera aramubwira ati: Ingera ugende urirebe unarebe ibyo nateganyirije abazaryinjiramo, nuko ararireba asanga ryazengurukijwe ibyo abantu banga, maze aravuga ati: Djibril aravuga ati: Ndahiye ku bw'icyubahiro cyawe ko natinye ko nta n'umwe uzaryinjiramo. Nuko Allah aramubwira ati: Genda urebe no mu muriro ndetse n'ibyo nateganyirije abazawujyamo, nuko aragenda arawureba asanga uragerekeranye maze aragaruka aravuga ati: Ndahiye ku bw'icyubahiro cyawe ko nta n'umwe uzawujyamo, nuko Allah ategeka ko uzengurutswa ibyo abantu bararikira, nuko arangije aramubwira ati: Subirayo uwurebe, nuko arawureba asanga uzengurutswe n'ibyo abantu bararikira aragaruka aravuga ati: Ndahiye ku bw'icyubahiro cyawe ko natinye ko nta n'umwe uzawurokoka usibye ko buri wese uzawujyamo."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ubwo Allah yari amaze kurema ijuru n'umuriro, yohereje Djibril (Imana imwishimire) mu ijuru maze aramubwira ati: Genda urirebe unarebe ibyo nateganyirije abazaryinjiramo, nuko aragenda ararireba aragaruka, Maze Djibril aravuga ati: Mana Nyagasani! Ndahiye ku bw'icyubahiro cyawe ko ntawe uzaryumva usibye ko azashaka kuryinjiramo, ndetse akanakora ibituma azaryinjiramo! Nuko Allah ategeka ko rizengurutswa ibyo abantu banga binabagora nk'ibyo yabategetse gukora no kureka, kandi ugomba kuryinjiramo ari umuntu ugomba kurenga ibyo bintu. Nuko Allah abwira Djibril ati: Genda urebe mu ijuru, nyuma yo kurizengurutsa ibyo abantu badakunda; Nuko aragenda ararireba maze aragaruka aravuga ati: Mana Nyagasani ndahiye ku bw'icyubahiro cyawe ko nta n'umwe uzaryinjiramo kubera ko rigoye n'inzira ziganayo zirimo ingorane. Nanone ubwo Allah yari amaze kurema umuriro, yabwiye Djibril ati: Yewe Djibril, genda urebe no mu muriro ndetse n'ibyo nateganyirije abazawujyamo, nuko aragenda arawureba Aragaruka aravuga ati: Mana Nyagasani!  Ndahiye ku bw'icyubahiro cyawe ko nta n'umwe uzamenya ibihano n'amakuba awuberamo usibye ko azanga kuwujyamo ndetse akanirinda impamvu zose zizatuma awujyamo! Nuko Allah ategeka ko uzengurutswa ibyo abantu bararikira n'ibyo imitima yabo ikunze, arangije abwira Djibril ati: Yewe Djibril, genda uwurebe, Nuko Djibril aragende arawureba asanga uzengurutswe n'ibyo abantu bararikira aragaruka aravuga ati: Mana Nyagasani ndahiye ku bw'icyubahiro cyawe ko natinye nkanagira impuhwe z'uko nta n'umwe uzawurokoka kubera ibiwukikije umuntu akunda kandi ararikira.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Kwemera ko ijuru n'umuriro biriho na magingo aya.
 Ni itegeko kwemera ibitagaragara ndetse n'ibindi byose byaturutse kwa Allah no ku Ntumwa ye (Imana iyihe amahoro n'imigisha).
 Ni ngombwa kwihanganira ibyo udakunze kuko niyo nzira ikugeza mu ijuru.
 Ni ngombwa kwirinda ibiziririjwe, kubera ko ari yo nzira ikujyana mu muriro.
 Kuba Allah ijuru yararikikije ibyo umuntu yanga adakunze, naho umuriro wo akawukikiza ibyo umutima urarikira n'ibigeragezo byo muri ubu buzima bw'iyi si.
 Inzira ijya mu ijuru iragoye kandi irimo ibibazo, ndetse isaba kwihangana no kwigora bivanze n'ukwemera, naho umuriro wo ukikijwe n'ibyo umutima urarikira kandi ukunze byo muri iyi si.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Ku munsi w'imperuka bazazana urupfu ruri mu ishusho y'intama y'isekurume</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Saidi Al Khud'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ku munsi w'imperuka bazazana urupfu ruri mu ishusho y'intama y'isekurume, nuko umuhamagazi ahamagare avuge ati: Yemwe bantu bo mu ijuru, nuko bisumbukuruze barebe uwo ari we, maze ababwire ati: Iki muzi icyo ari cyo? Bamusubize bati:  Yego, turabona ari urupfu! Kandi bose bazarubona, hanyuma ahamagare avuge ati: Yemwe bantu  bo mu muriro, nuko bisumbukuruze barebe uwo ari we, maze ababwire ati: Iki muzi icyo ari cyo? Bamusubize bati: Yego ni urupfu, kandi bose bazaba bamaze kurubona, nuko rubagwe, hanyuma wa muhamagazi abwire abantu bo mu ijuru ati: Nimuribemo ubuziraherezo ntimuzongera gupfa, anabwire abantu bo mu muriro ati: Yemwe bantu bo mu muriro nimuwubemo ubuziraherezo ntimuzongera gupfa! Hanyuma arangije abasomera umurongo ugira uti: "Unababurire umunsi w’agahinda, ubwo iteka (ryo kwinjira mu ijuru cyangwa mu muriro) rizacibwa, mu gihe bo (ku isi) ntacyo bitayeho..." [Mariam: 39.] Bo bakiri ku isi ntacyo bari bitayeho, ndetse ntibanemeraga (Allah)."</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Intumwa  y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadithi iragaragaza ko ku munsi w'imperuka urupfu ruzazanwa mu ishusho y'intama y'isekurume, ifite ibara ry'umweru rivanze n'umukara; nuko umuhamagazi ahamagare mu ijwi riranguruye agira ati: Yemwe bantu bo mu ijuru! Maze batangire kurebaguzwa no kwisumbukuruza ngo barebe uwo ari we, Nuko ababaze ati: Iki muzi icyo ari cyo? Bamusubize bati: Yego ni urupfu, na buri wese muri bo azaba yamaze kurubona no kurwitegereza. Nuko umuhamagazi yongere ahamagare avuge ati: Yemwe bantu bo mu muriro? Maze nabo batangire kwisumbukuruza kugira ngo barebe uwo ari we, Ababaze ati: Iki muzi icyo ari cyo? Bamusubize bati: Yego ni urupfu, na buri wese muri bo azaba yamaze kurureba no kurwitegereza; Nuko barubage, maze umuhamagazi avuge ati: Yemwe bantu bo mu ijuru, mugiye kubaho ubuziraherezo nta gupfa, namwe bantu bo mu muriro: Mugiye kubaho ubuziraherezo nta gupfa Ibi bizaba ari ingabire ziyongera ku zindi ziri guhabwa abemeramana, ndetse no kurushaho kubabaza no guhana abahakanyi. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ibasomera umurongo wa Qur'an ugira uti: {Unababurire umunsi w’agahinda, ubwo iteka (ryo kwinjira mu ijuru cyangwa mu muriro) rizacibwa, mu gihe bo (ku isi) nta cyo bitayeho kandi batemera (Allah).} [Mariam: 39.] Umunsi w'imperuka rero Allah nibwo azakiranura hagati y'abantu bo mu ijuru n'abo mu muriro, ari nabwo buri wese azinjira aho yaruhiye agiye kuba ubudapfa. Nuko inkozi y'ibibi izarushaho kubabara no kugira agahinda ndetse no kwicuza kubera ibyo atakoze neza, n'uwadohotse yicuze ko ntacyo yateganyirije uyu munsi.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Iherezo ry'umuntu ku munsi w'imperuka ni ukubaho ubudapfa mu ijuru cyangwa se mu muriro.
 Kuburira abantu  mu buryo bukomeye  ibintu bikura umutima bizaba ku munsi w'imperuka ndetse ko ari n'umunsi abantu bazaba bari kwicuza ibyo batakoze.
 Kugaragaza ibyishimo bihoraho by'abantu bo mu ijuru, n'akababaro n'agahinda bihoraho by'abantu bo mu muriro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Uyu muriro wanyu mukoresha ni igice kimwe mu bice mirongo irindwi by'umuriro wa Djahanamu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uyu muriro wanyu mukoresha ni igice kimwe mu bice mirongo irindwi by'umuriro wa Djahanamu" Intumwa y'Imana (Imana iyihe amahoro n'imigisha) barayibaza bati: Yewe Ntumwa y'Imana!  Uyu wo ku isi ntiwari uhagije? Abasubize ati: Uwa Djahanama uruta uyu wo ku isi ho ibice mirongo itandatu n'icyenda buri gice kikaba kinganya ubukana n'uwo ku isi."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko umuriro dukoresha hano ku isi ari igice kimwe mu bice mirongo irindwi by'umuriro wa Djanamu. Bityo umuriro wo ku munsi w'imperuka uwurusha imbaraga n'ubushyuhe ho inshuro mirongo itandatu n'icyenda, buri gice muri byo kinganya ubushyuhe nk'ubw'icyo mu isi. Nuko babaza Intumwa y'Imana bati: Yewe Ntumwa y'Imana! Ubukana bw'uwo mu isi bwari buhagije  kuba bwahana abazawinjiramo. Inntumwa y'Imana (Imana iyihe amahoro n'imigisha) ibasubize iti: Umuriro wa Djahanamu warutishijwe uwo mu isi ho ibice mirongo itandatu n' icyenda, kandi na buri gice gifite ubukana nk'ubw'uwo mu isi.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Kuburira abantu umuriro kugira ngo abantu bawugendere kure banirinde ibikorwa byatuma bazawujyamo.
 Ubuhambare bw'umuriro wa Djahanama n'ibihano byawo n'ubukana bwawo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Intumwa y'Imana  (Imana imuhe amahoro n’imigisha), yo munyakuri w'umwizerwa kuruta abandi yaratuganirije igira iti “Mu by’ukuri, buri wese muri mwe iremwa rye ribera mu nda ya nyina; mu gihe cy’iminsi n'amajoro</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdullah Ibun Masud (Imana imwishimire) yaravuze ati: Intumwa y'Imana  (Imana imuhe amahoro n’imigisha), yo munyakuri w'umwizerwa kuruta abandi yaratuganirije igira iti “Mu by’ukuri, buri wese muri mwe iremwa rye ribera mu nda ya nyina; mu gihe cy’iminsi n'amajoro mirongo ine aba ari intanga, hanyuma nyuma y’igihe kingana n’iminsi nk’iyo akaba akabumbe k’amaraso, hanyuma nyuma y’igihe kingana n’iminsi nk’iyo akaba ikinyamanyama, hanyuma Allah akamwoherereza umumalayika akamugenera ibintu bine bikandikwa: Amwandikira amafunguro ye, ikizamwica, icyo azakora, ndetse niba azaba mwiza cyangwa mubi, ndetse umumalayika akamuhuhamo roho. Kandi umwe muri mwe ashobora kurangwa n'ibikorwa by'abantu bo mu ijuru kugeza ubwo hagati ye na ryo haba hasigaye intera ireshya n’ukuboko (kuva ku rutoki rwa musumbazose kugera mu nkokora) maze igeno rikamuganza agakora ibikorwa by'abantu bo mu muriro akawinjiramo. Nanone kandi umwe muri mwe ashobora kurangwa n'ibikorwa by'abantu bo mu muriro kugeza ubwo hagati ye n’umuriro hasigaye intera ireshya n’ukuboko (kuva ku rutoki rwa musumbazose kugera mu nkokora)  ngo awinjiremo, maze igeno rikamuganza agakora ibikorwa by'abantu bo mu Ijuru akaryinjiramo."</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Ibun Masuud yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yo munyakuri mu byo ivuga byose, w'umizerwa aho Allah yabishimangiye yaratuganirije igira iti: “Mu by’ukuri, buri wese muri mwe iremwa rye ribera mu nda ya nyina, igihe umugabo aba akoranye imibonano n'umugore we intaga ze zinjira zitatanye maze zigakoranyirizwa muri nyababyeyi iminsi mirongo ine igashira ari intanga, Hanyuma zikaba akabumbe k’amaraso kaba ahanini ari amaraso ameze nk'ayavuze akomeye mu gihe kingana n’iminsi nk’iyo mirongo ine ya kabiri, Hanyuma akaba ikinyamanyama mu minsi mirongo ine ya gatatu, Hanyuma Allah akamwoherereza umumalayika iminsi mirongo ine ya gatatu irangiye, akamuhuhamo roho; Allah akanategeka wa mu malayika ko amwandikira ibintu bine: Amafunguro ye ari zo ngabire ze zose amugenera muri icyo gihe, ikizamwica, ari cyo gihe azamara ku isi, N'icyo azakora, umurimo uzakora ni uwuhe? Ese azaba mwiza cyangwa mubi? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije irarahira ko umuntu ashobora kurangwa n'ibikorwa by'abantu bo mu ijuru nk'uko bigaragarira abantu, agakomeza kurangwa nabyo kugeza ubwo hagati ye no kuryinjiramo haba hasigaye intera ireshya n’ukuboko (kuva ku rutoki rwa musumbazose kugera mu nkokora), maze igeno yagenewe  rikamuganza agakora ibikorwa by'abantu bo mu muriro akawinjiramo. Kuko impamvu ituma yakirirwa ibikorwa bye ni ukubishikamaho ntahinduke. Undi muntu ni ushobora kuba arangwa n'ibikorwa by'abantu bo mu muriro kugeza ubwo hagati ye n’umuriro hasigaye intera ireshya n’ukuboko (kuva ku rutoki rwa musumbazose kugera mu nkokora)  ngo awinjiremo, maze igeno rikamuganza agakora ibikorwa by'abantu bo mu ijuru akaryinjiramo."</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Iherezo ry'umuntu n'ibintu niryo rishingirwaho tukareba aho igeno rye ryamwerekeje.
 Kuburira abantu kudashukwa n'ibikorwa bigaragarira abantu, kuko ikirebwa ni iherezo ryabyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>ِAllah yanditse igeno ry'ibiremwa byose mbere y'uko arema ibirere n'isi ho imyaka ibihumbi mirongo itanu</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amr Ibun Al Asw (Imana imwishimire we na se) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "ِAllah yanditse igeno ry'ibiremwa byose mbere y'uko arema ibirere n'isi ho imyaka ibihumbi mirongo itanu Intumwa yaravuze iti: Icyo gihe na Arshi ye yari hejuru y'amazi!"</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko Allah yanditse ku rubaho rurinzwe (A-Lawhul Mahfudhw) ibizaba ku burebure yageneye ibiremwa bye nk'ubuzima, urupfu, amafunguro n'ibindi mbere y'uko arema ibirere n'isi ho imyaka ibihumbi mirongo itanu, n'ubu bikaba bibibaho bijyanye n'uko Allah yabigennye. Bityo buri cyose kibaho ni ku bw'igeno rye. Bityo ibiba ku mugaragu ntibyamuhusha, n'ibimuhushije ntibyari kumugeraho.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Ni itegeko kwemera igeno rya Allah yagennye.
 Igeno rigamijwe: Ni ubumenyi bwa Allah bw'ibintu byose yamenye hanyuma akabyandika, kandi bikaba  ari uko abishatse, no kwemera ko ari we wabiremye.
 Kwemera ko igeno ryanditse mbere y'uko Allah arema ibirere n'isi, bitanga umusaruro wo kwakira igeno no kunyurwa nawo.
 Mbere y'uko Allah arema ibirere n'isi,  Arshi ya Allah yari hejuru y'amazi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>Buri kintu cyose kiba cyaragenwe, n'ubunebwe no kugira ibakwe cyangwa se kugira ibakwe n'ubunebwe</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Twawus yaravuze ati: Nasanze bamwe mu basangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bavuga ko buri kintu cyose kigendera ku igeno. Twawus yaravuze ati: Nanumvise Abdullah Ibun Umar (Imana imwishimire we na se) avuga ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Buri kintu cyose kiba cyaragenwe, n'ubunebwe no kugira ibakwe cyangwa se kugira ibakwe n'ubunebwe."</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko buri kintu cyose kigendera ku igeno; No kugira ubunebwe: Ari byo gukora ikintu cyari ngombwa ko ugikora cyangwa se ukagishyira mu nzagihe kikarenza igihe cyagakorewemo kubera impamvu runaka zo muri iyi si cyangwa se zo mu buzima bwo ku munsi w'imperuka. No kugira ibakwe: Ari byo gushishikarira no kugira ibakwe mu bintu by'aha ku isi no ku munsi w'imperuka. Allah yamaze kugena ubunebwe umuntu yagira mu gukora ikintu runana, cyangwa se kugira ibakwe mu bintu, ndetse yamaze kugena buri kimwe, kubera ko nta na kimwe mu biriho kibaho usibye ko kiba kiri mu bumenyi bwa Allah n'ubushake bwe.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Kugaragaza imyemerere y'abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku byerekeye igeno.
 Buri kintu cyose kibaho muri iyi si kibaho ku bw'igeno, n'ubunebwe umuntu yagira bwo gukora ikintu runaka cyangwa se ibakwe yagira.
 Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) baritwararikaga bakanitonda ntibahubuke mu kuvuga amagambo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Kwemera igeno ryose iryiza n'iribi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>Iyo Allah ageneye umugaragu we ko apfira ahantu, ashyiraho impamvu ituma ajya aho hantu</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Matwar Ibn Ukamis (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe  amahoro n'imigisha) yaravuze iti: "Iyo Allah ageneye umugaragu we ko apfira ahantu, ashyiraho impamvu ituma ajya aho hantu."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko iyo Allah agennye ko umugaragu we apfira ahantu atari ho yari ari, amushyiriraho impamvu ituma ajyayo, maze akaba ariho apfira.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Iyi Hadithi irashimangira imvugo ya Allah igira iti: {...ndetse nta muntu umenya aho azagwa...} [Luq'man: 34]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Umuntu uzambeshyera ku bwende, aziteganyirize icyicaro cye mu muriro</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umuntu uzambeshyera ku bwende, aziteganyirize icyicaro cye mu muriro."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko uzayibeshyera ku bwende ayitirira imvugo cyangwa se igikorwa, ku munsi w'imperuka icyicaro kizaba ari mu muriro, nk'ingororano yo kuyibeshyera.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Kubeshyera Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ubigambiriye ni imwe mu mpamvu zo kuzinjizwa mu muriro.
 Kubeshyera Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntabwo ari kimwe nko kubeshyera abandi bantu, kubera ko ariho hashingiye ubwangizi buhambaye mu kwemera ndetse no mu mibereho by'abantu.
 Kwirinda gukwiza imvugo z'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) tutabanje guhamya neza no gutohoza ko ari ukuri koko ko zavuzwe n'Intumwa yImana (Imana iyihe amahoro n'imigisha).</t>
@@ -15571,523 +15991,517 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Anas Ibun Malik (Imana imwishimire) aratubwira ko igihe kimwe ubwo bari bicaranye n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu musigiti, umugabo umwe yarinjiye ari ku ngamiya, ayururukiriza mu musigiti arayizirika. Maze ababaza Muhamadi uwo ari we? Icyo gihe Intumwa yari yicaye aho iri kumwe nabo, barayimwereka ko ari umugabo wera wegamye. Wa mugabo aramuhamagara avuga ati: Yewe mwene Abdul Mutwalib! Intumwa y'Imana irmaubwira iti: Nakumvise mbaza ibyo ushaka kumbaza ndabisubiza! Wa mugabo arayibwira ati: Ndashaka kukubaza kandi nkomeje, ntumfate nabi! Bisobanuye ngo ntundakarire, cyangwa se ngo ubifate nabi! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Mbaza ibyo ushaka! Wa mugabo arayibaza ati: Ndashaka kukubaza ku izina rya Nyagasani wawe akaba na Nyagasani w'abakubanjirije! Ese Allah niwe wagutumye ku bantu bose? Intumwa y'Imana iramusubiza iti: Yego niko bimeze! Ishimangira ibyo imaze kumubwira ko ari ukuri. Arongera arayibaza ati: Ndakubaza kubera Imana, ese Allah niwe wagutegetse ko tugomba gusali iswala eshanu ku manywa na nijoro? Ari zo swala z'itegeko? Intumwa y'Imana iramusubiza iti: Yego niko bimeze! Arongera arayibaza ati: Ndakubaza kubera Allah, ese ni we wagutegetse ko tugomba gusiba ukwezi kumwe buri mwaka? ariko kwezi kwa Ramadwan Intumwa y'Imana iramusubiza iti: Yego niko bimeze! Wa mugabo arongera arayibaza ati: Ndashaka kukubaza kubera Allah, ese ni we wagutegetse ko tugomba gutanga amaturo akurwa mu bishoboye muri twe agasubira mu bacyene bacu? ariyo Zakat. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Yego biko bimeze! Wa mugabo ariwe Dwimam aba abaye umuyisilamu, anabwira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko kuva ubwo agiye guhamagarira abantu be nabo bakaba abayisilamu, nuko abona kwibwira Intumwa ko ari  Dwimam Ibun Tha'alabat, wo muri bene Saadi Ibun Bak'ri.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Kwicisha bugufi kw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kugeza ubwo n'uriya mugabo atabashije kuyimenya kuko yari imeze kimwe nk'abandi.
 Imico myiza yaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha), n'uburyo yorohaga ikanorohera abayibaza ibibazo, kandi ko no gusubiza neza ari bumwe mu buryo butuma abantu bemera ubutumwa.
 Biremewe kurangira abantu umuntu ukoresheje ibara ry'umubiri we, cyangwa se uburebure n'ubugufi ndetse n'ibindi ariko utagamije kuvuga inenge ze, kandi nawe bikaba ntacyo bimutwaye.
 Biremewe ko utari umuyisilamu yakinjira mu musigiti ku bw'impamvu.
 Muri iyi Hadithi umutambagiro mutagatifu ntiwavuzwe, kubera ko wenda icyo gihe wari utaragirwa itegeko;
 Uburyo abasangirangendo bari bashishikajwe no gukora ivugabutumwa no guhamagarira abantu kuriyoboka; kubera ko kuva akimara kuba umuyisilamu yahise ashaka kubuhamagarira abandi bo mu muryango we basigaye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) hari ikintu yibutse maze iravuga iti: Iki nicyo gihe ubumenyi</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ziyad Ibun Labiid (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) hari ikintu yibutse maze iravuga iti: Iki nicyo gihe ubumenyi buzava mu bantu. Ndayibaza nti:Yewe Ntumwa y'Imana! Ni gute ubumenyi buzava mu bantu kandi dusoma Qur'an tukanayigisha abana bacu, nabo bakayigisha abana babo bikazagenda gutyo kuzageze ku munsi w'imperuka?? Nuko iransubiza iti: Nyoko arakakubura yewe Ziyad! Najyaga nkubara mu bantu basobanukiwe idini kuruta abandi hano i Madinat! Aba si abayahudi n'abanaswara basoma Tawurati na Injiili, ariko ntibagire na kimwe bashyira mu bikorwa mu bibikubiyemo?!</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe kimwe yari yicaye iri kumwe n'abasangirangendo bayo, nuko irababwira iti: Iki gihe nicyo ubumenyi buzakurwa mu bantu! Ziyad Ibun Labiid Al Answariy biramutangaza maze abaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: Ni gute ubumenyi buzadukurwamo tukabubura? Kandi dusoma Qur'an twaranayifashe mu mutwe? Ndahiye ku izina rya Allah ko tuzayigisha abagore bacu n'abana bacu, n'abuzukuru bacu! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) birayitangaza iravuga iti: Nyoko arakakubura yewe Ziyad! Nakubaraga mu bamenyi b'i Madinat! Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusobanurira ko kubura ubumenyi atari uko abantu bazabura Qur'an yo gusoma, ko ahubwo ari ukutayishyira mu bikorwa. Ngiyi Tawrati na Injili by'abayahudi n'abanaswara ariko ntacyo byabamariye, nta n'icyo byabunguye mu butumwa bubikubiyemo ngo babishyire mu bikorwa!</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Kuba hari za Qur'an zanditse muri za Musw'haf ndetse n'ibitabo abantu babifite byo gusoma, ntacyo byaba bimaze igihe badashyira mu bikorwa ibibikubiyemo.
 Kuvana ubumenyi mu bantu bigira ibibibanziriza; bimwe muri byo: Ni urupfu rw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ndetse no gupfa kw'abamenyi bo basigire bayo, no kudashyira mu bikorwa ibyo abantu bazi.
 Bimwe mu bimenyetso by'imperuka ni ukubura k'ubumenyi no kutabushyira mu ngiro.
 Gushishikariza gushyira mu bikorwa, kuko nicyo kigambiriwe.</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[Yakiriwe na Ibun Madjah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Ntimukemera inkuru z'abahawe igitabo ko ari ukuri ariko ntimukanabahinyure, ahubwo mujye muvuga muti: Twe twemeye Allah n'ibyo yaduhishuriye</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Abahawe igitabo bajyaga basoma Tawurati mu giheburayo, bakayisobanurira abayisilamu mu cyarabu! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti:  Ntimukemera inkuru z'abahawe igitabo ko ari ukuri ariko ntimukanabahinyure, ahubwo mujye muvuga muti: Twe twemeye Allah n'ibyo yaduhishuriye.} [Al Baqarat: 136.]</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yihanangirije abayoboke be ngo batazashukika bakumva ibivugwa n'abahawe igitabo bakomora mu bitabo byabo. Kubera ko abayahudi ku gihe cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bajyaga basoma Tawurati mu giheburayo, ururimi rw'abayahudi, bakayisobanura mu cyarabu. Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Ntimukemere ibyo abahawe igitabo bababwira byo mu bitabo byabo, ariko ntimukanabihinyure, ibyo biri mu byo utamenya ngo ubashe gutandukanyamo iby'ukuri mu by'ibinyoma; Kubera ko Allah Nyir'ubutagatifu yadutegetse kwemera ibyo yaduhishuriye biri muri Qur'an, ndetse n'ibyo bo bahishuriwe mu bitabo byabo, usibye ko nta bundi buryo dufite bwatuma tumenya  ukuri kw'ibyo bavuga bakomora mu bitabo byabo ndetse n'ibitari ukuri mu byo bavuga, igihe cyose tudadite mu idini ryacu ikidusobanurira ukuri kwabyo ngo tugutandukanye n'ibinyoma birimo. Aho rero tugomba kwifata, ntitwemere ko ibyo bavuga ari ukuri  kugira ngo tutaba abafatanya cyaha ku byo bahinduye mu magambo ya Allah, ntitunabahinyure kuko hari ubwo ibyo bavuga byaba ari ukuri, tukaba duhakanye ibyo twategetswe kwemera. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) idutegeka ko tuzajya tuvuga tuti: {...Twemeye Allah n’ibyo twahishuriwe, n’ibyahishuriwe Aburahamu (Ibrahimu), Ishimayeli (Ismail), Isaka (Is’haq), Yakobo (Yaqub) n’urubyaro rwe, ibyahishuriwe Musa, ibyahishuriwe Yesu (Issa) ndetse n’ibyahishuriwe abahanuzi biturutse kwa Nyagasani wabo. Nta n’umwe tuvangura muri bo kandi ni We twicishaho bugufi.} [Al Baqarat: 136]</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Ibyo abahawe igitabo bavuga twabicamo ibice bitatu: Ibihuye na Qur'an na Sunat , ibyo turabyemera. Ibinyuranye na Qur'an na Sunat, ibyo biba ari ikinyoma ndetse ntidukwiye kubyemera. Igice cya gatatu ni ibyo tutabona muri Qur'an no muri Sunat bishimangira ko ari ukuri  cyangwa se atari ukuri, icyo gihe turabyumva ntiduhamye ko ari ukuri cyangwa se ngo tubihinyure.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Ntimuzige ubumenyi mugamije kubwiratana mu bandi bamenyi, cyangwa se kugirango mujye mugisha impaka injinji</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djabir Ibun Abdillah (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ntimuzige ubumenyi mugamije kubwiratana mu bandi bamenyi, cyangwa se kugirango mujye mugisha impaka injinji cyangwa ngo bajye babibubahira mu byicaro babahe ijambo, uzabirengaho, yitegure umuriro, yitegure umuriro."</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaburiye abantu biga bashaka kwiratana ibyo bazi, cyangwa se kugira ngo bitwe ko ari abamenyi, ngo babereke ko nabo ari abamenyi nkabo, cyangwa se kugira ngo bazajye bagisha impaka injiji n'abandi b'ubwenge bucye, cyangwa se abize kugira ngo ari bo bajya babanza mu byicaro, bababanze mbere y'abandi. Kubera ko ibyo uzabirengaho nta kindi  kimukwiye usibye umuriro kubera gukorera ijisho no kudashaka ubumenyi abikoze kubera Allah!</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Ibihano bikomeye by'umuriro bitegereje wa wundi wiga agamije kubyiratana no kubigisha impaka abo abirusha, cyangwa se ngo bajye babimwubahira mu byicaro n'izindi mpamvu.
 Agaciro ko gukora ugambiriye kunezeza Allah wenyine kuri wawundi wize ubumenyi bw'ibigendanye n'idini, akanabwigisha.
 Umugambi mwiza niwo shingiro ry'ibindi bikorwa, n'ibihembo byabyo niho bishingira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Allah yatanze urugero rw'ubuyisilamu abugereranya nk'inzira igororotse</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa A-Nawas Ibun Sam'aan Al Answariy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Allah yatanze urugero rw'ubuyisilamu abugereranya nk'inzira igororotse ariko mu mpande zayo hari inkuta ebyiri, ziriho imiryango itandukanye ifunguye. No kuri buri muryango hariho amarido, no ku ntangiriro z'iyo nzira hari umuhamagazi uyobora abantu ababwira ati: Yemwe bantu! Nimukurikire inzira igororotse mwese uko mwakabaye kandi muramenye ntimukurikire utundi tuyira! Hari n'undi uhagaze mu nzira hejuru, ushatse gufungura ngo anyure muri umwe muri ya miryango akamubuza amubwira ati: Uritonde, ntuwufungure, kubera ko nuwufungura urahita uwinjiramo nturi bubashe kongera kugaruka. Iyo nzira ni ubuyisilamu, inkuta ebyiri ni amategeko ya Allah, indi miryango ifunguye ni ibyo Allah yaziririje, naho wa wundi uri mu ntangiriro y'inzira ayobora abantu ni igitabo cya Allah Qur'an, uri mu nzira hejuru abuza abantu kwinjira muri ya miryango ni umutimanama buri muyisilamu afite uba umugira inama yo kutishora mu biziririjwe."</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko Allah yatanze urugero rw'ubuyisilamu abugereranya nk'inzira igororotse itarimo ikorosi, ariko mu mpande zayo hari inkuta ebyiri, zikaba ari amategeko ya Allah ziriho imiryango itandukanye ifunguye ikaba ari ibyo Allah yaziririje. No kuri buri muryango hariho amarido adatuma utambutse areba ibirimo imbere, no ku ntangiriro z'iyo nzira hari umuhamagazi uyobora abantu ababwira ati: Yemwe bantu! Nimukurikire inzira igororotse mwese uko mwakabaye kandi muramenye ntimukurikire utundi tuyira! N'uyu muhamagazi akaba ari igitabo cya Allah hari n'undi uhagaze mu nzira, ushatse gufungura amarido ngo anyure muri umwe muri ya miryango akamubuza amubwira ati: Uritonde, ntuwufungure, kubera ko nuwufungura urahita uwinjiramo nturi bubashe kwifata ngo ntiwinjire, uyu muhamagazi ni umutima mana buri muyisilamu afite uba umugira inama yo kutishora mu biziririjwe ."</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Isilamu ni idini ry'ukuri, ni nayo nzira igororotse izatugeza mu ijuru.
 Ni itegeko kwitwararika amategeko ya Allah ukazirura ibyo yaziruye, ukaziririza ibyo yaziririje, kandi kubyoroshya bigusha mu buyobe no korama.
 Agaciro ka Qur'an ihambaye no gushishikariza kuyishyira mu bikorwa, kuko irimo umuyoboro n'urumuri n'intsinzi.
 Impuhwe za Allah afitiye abagaragu be ndetse no kuba yarashyize mu mitima y'abemeramana umutimanama ubaburira ukanababuza kugwa mu byaboreka.
 Ku bw'impuhwe za Allah, Allah yashyiriyeho abagaragu be ibituma batagwa mu byaha no gukora ibibi.
 Zimwe mu nzira zo kwigisha harimo gutanga ingero kugira ngo bisobanuke.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahawe ubutumwa ifite imyaka mirongo ine</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abass (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahawe ubutumwa ifite imyaka mirongo ine imara i Makat imyaka cumi n'itatu, hanyuma ihabwa itegeko ryo kwimuka, yimukira i Madinat ihamara imyaka icumi, nyuma irapfa.</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ibun Abas (Imana imwishimire we na se) ari kutubwira ko ubutumwa bwahishuriwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha inategekwa kubwigisha ku myaka mirongo ine; i Makat ihamara imyaka cumi n'itatu, hanyuma itegekwa kwimukira i Madinat ihamara imyaka icumi, nyuma irapfa ifite imyaka mirongo itandatu n'itatu.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Kwita kw'abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  ku mateka n'imibereho by'Intumwa y'Imana.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntiyari izi aho isura irangiriye n'aho indi itangiriye kugeza imanuriwe Bismillah Rahman Rahiim (Ku izina rya Allah Nyir'impuhwe Nyir'imbabazi)</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abass (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntiyari izi aho isura irangiriye n'aho indi itangiriye kugeza imanuriwe Bismillah Rahman Rahiim (Ku izina rya Allah Nyir'impuhwe Nyir'imbabazi).</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ibun Abass (Imana imwishimire we na se) aha ari kugaragaza ko isura za Qur'an ntagatifu zamanurirwaga Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntimenye aho izo sura zirangiriye n'aho zitangiriye, kugeza ubwo hamanutse Bismillah Rahman Rahiim (Ku izina rya Allah Nyir'impuhwe Nyir'imbabazi) akaba ari bwo amenya ko isura yari ariho irangiye, ko atangiye inshyashya.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Bismillah Rahman Rahim niyo itandukanya hagati y'amasura, usibye gusa mu mpera za Suratul Anfal no mu ntangiriro za Surat A-Tawbat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>Ese umwe muri mwe yanezezwa n'uko yasubira mu bantu be agasanga ingamiya eshatu nini zihaka zibyibushye?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ese umwe muri mwe yanezezwa n'uko yasubira mu bantu be agasanga ingamiya eshatu nini zihaka zibyibushye? Turavuga tuti: Yego, ntawabyanga! Intumwa y'Imana iravuga iti: Umwe muri mwe kuba yasoma Ayat eshatu gusa mu iswalat ari gusali byaba byiza kuri we kuruta izo ngamiya.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iri kugaragaza ibihembo byo gusoma imirongo itatu muri Qur'an uri gusali ko ari byo byiza kuruta kuba umuntu yasanga iwe ingamiya eshatu zihaka kandi zibyibushye atari yahasize.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Kugaragaza agaciro n'ibyiza byo gusoma Qur'an mu iswalat.
 Ibikorwa byiza ni byo byiza kandi bizahoraho kuruta imitako y'isi ishira.
 Ibi byiza si ukuvuga ko ari ibyo gusoma imirongo itatu gusa, ahubwo buri uko uyongereye uri mu iswalat, ibihembo byayo biriyongera kuruta na za ngamiya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Umuntu wakundaga kwitwararika Qur'an azabwirwa ati: Yisome, uzamuke mu ntera, unayisome witonze nkuko wajyaga uyisoma ukiri ku isi, kubera ko urwego rwawe rwa nyuma n'urw'umurongo wa nyuma iri bugarukireho uri gusoma</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Am'ri (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Umuntu wakundaga kwitwararika Qur'an azabwirwa ati: Yisome, uzamuke mu ntera, unayisome witonze nkuko wajyaga uyisoma ukiri ku isi, kubera ko urwego rwawe rwa nyuma n'urw'umurongo wa nyuma iri bugarukireho uri gusoma."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana  (Imana iyihe amahoro n'imigisha) iratubwira ko umuntu wajyaga yitwararika Qur'an agakunda kuyisoma, ndetse akagerageza no kuyishyira mu bikorwa, akagerageza no kuyifata mu mutwe niyinjira mu ijuru: Bazamubwira bati soma Qur'an ukomeze kuzamuka mu ntera, unayisome utuje witonze nkuko wajyaga uyisoma ukiri mu isi, kubera ko urwego rwawe rwa nyuma ruraba umurongo wa nyuma uri busome.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Ibihembo bigendana n'ibikorwa kubera ingano yabyo n'uburyo ubitunganya.
 Gushishikariza gusoma Qur'an no kuyinonosora no kuyifata mu mutwe unatekereza ku bisobanuro byayo, unagerageza kuyishyira mu bikorwa.
 Ijuru ririmo inzego nyinshi, abantu ba Qur'an bazahabwa urwego ruruta izindi.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Usoma Qur'an mu ijwi riranguruye aba ameze nk'utanga amaturo ku mugaragaro, n'usoma Qur'an mu ibanga aba ameze nk'uhisha amaturo igihe ayatanga</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Uq'bat Ibun Amir Al Djuhaniy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Usoma Qur'an mu ijwi riranguruye aba ameze nk'utanga amaturo ku mugaragaro, n'usoma Qur'an mu ibanga aba ameze nk'uhisha amaturo igihe ayatanga.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu usoma Qur'an mu ijwi ryo hejuru ameze nk'utanga ituro yereka abantu, n'usoma Qur'an mu ijwi rito aba ameze nk'utanga ituro mu ibanga.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Gusoma Qur'an mu ibanga ni byo byiza nk'uko no gutanga ituro mu ibanga ari byo byiza kubera ko nibyo bigaragaza ko ubikoze kubera Allah no kwirinda gukorera ijisho no kugira ngo bagushime, cyeretse bibaye ngombwa cyangwa ubona hari inyungu zibirimo nko kwigisha gusoma Qur'an nibwo wayisoma mu ijwi riranguruye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Mujye mwitwararika gutinya Allah, no kumva ndetse no kumvira kabone n'iyo umugaragu ukomoka ahitwa Habashat yaba ariwe muyobozi wanyu. Kandi nyuma yanjye muzabona ukutavuga rumwe gukomeye, muzitwararika imigenzo yanjye n'imigenzo y'abasigire banjye bayobotse ndetse bakanayobora abandi</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Al Ir'baadw Ibun Sariyat (Imana imwishimire) yaravuze ati: Umunsi umwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarahagurutse, iduha inyigisho zikora ku mutima, zatumye imitima ikangarana, amaso azengamo amarira, maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) barayibaza bati: Yewe Ntumwa y'Imana! Izi nyigisho uduhaye ko zimeze nk'izisezera? Gira inama utugira! Nuko iravuga iti: "Mujye mwitwararika gutinya Allah, no kumva ndetse no kumvira kabone n'iyo umugaragu ukomoka ahitwa Habashat yaba ariwe muyobozi wanyu. Kandi nyuma yanjye muzabona ukutavuga rumwe gukomeye, muzitwararika imigenzo yanjye n'imigenzo y'abasigire banjye bayobotse ndetse bakanayobora abandi, muzabifatishe ibijigo, kandi muzirinde ibyaduka mu idini, kubera ko buri cyaduka mu idini ari ubuyobe."</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahaye inyigisho abasangirangendo bayo zikora ku mutima zatumye imitima ikangarana, n'amaso akazengamo amarira, nuko barayibwira bati: Yewe Ntumwa y'Imana! Izi nyigisho ko zimeze nk'izo gusezera kuko babonye ko bidasanzwe mu nyigisho yari isanzwe ibaha, nuko bayisaba inama bazitwararika nyuma yayo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Mbagiriye inama yo gutinya Allah Nyir'ubutagatifu, mukora ibyo yategetse, mureka ibyo yabujije. No kumva no kumvira abayobozi, kabone n'iyo mwaba muyobowe n'umugaragu cyangwa se undi uwo ari we wese uciriritse muri mwe, ntimuzareke kumwubaha no kumwumvira, mu rwego rwo gutinya ko byateza impagarara, kubera ko uzabaho muri mwe igihe azabona ukunyuranya no kutavuga rumwe kenshi. Nyuma ibagaragariza ibyo bakora ngo bave muri ibyo bigeragezo; ni ukwitwararika imigenzo ye, n'imigenzo y'abasigire be bari barayobotse ndetse bakayobora abandi nyuma ye ari bo: Abubakar A-Swidiq, Umar Ibun Al Khatwab, Uthman Ibun Afan, Ally Ibun Abi Twalib (Imana ibishimire bose). No kubifatisha ibijigo mubyitwararika. Yanababujije kandi ibintu by'ibyaduka mu idini kuko buri cyaduka ari ubuyobe.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Agaciro ko kwitwararika imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) no kuyikurikiza.
 Kwibanda ku nyigisho zoroshya imitima.
 Itegeko ryo kwitwararika imigenzo y'abasigire b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bane bayobotse bakanayobora abandi ari bo: Abu Bakr, Umar, Uth'man na Ally (Imana ibishimire bose).
 Kubuza kuzana mu idini ibyaduka, kandi ko buri cyaduka ari ubuyobe.
 Kumva no kumvira umuyobozi w'abayisilamu igihe cyose atabategeka gukora ibyaha.
 Agaciro ko gutinya Allah Nyir'ubutagatifu ibihe byose.
 Kudahuza no kutavuga rumwe mu bayoboke b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) biriho bizanabaho, ariko igihe cyose bibayeho bakwiye kugaruka ku migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ndetse n'iy'abasigire bayo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>badusomera  Qur'an yatubwiye ko bajyaga biga ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha imirongo icumi, ntibagire indi mirongo bongeraho batarayifata mu mutwe ngo bayishyire no mu bikorwa</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Abdi Rahman A-Sulamiy (Allah amugirire impuhwe) yaravuze ati: Umwe mu basangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bajyaga badusomera  Qur'an yatubwiye ko bajyaga biga ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha imirongo icumi, ntibagire indi mirongo bongeraho batarayifata mu mutwe ngo bayishyire no mu bikorwa. Baravuze bati: Byatumye tumenya ubumenyi tubushyira no mu bikorwa.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Abasangirangendo b'Intumwa y'Imana bajyaga biga ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) imirongo icumi muri Qur'an ntibimukire ku yindi iyo batarayiga neza ngo bayisobanukirwe banayishyire mu bikorwa, bituma bagira ubumenyi banashyira mu bikorwa icya rimwe.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Ibyiza by'abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) no kwita kwabo ku kwiga Qur'an.
 Kwiga Qur'an bijyana no gushyira mu bikorwa ibiyikubiyemo, ntabwo ari ukuyisoma no kuyifata mu mutwe gusa.
 Ubumenyi buza mbere yo kubutanganza no kubushyira mu bikorwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>Yewe Abul Mundhir, waba uzi mu gitabo cya Allah wafashe umurongo uhambaye kuruta indi isigaye? Abul Mundhir yaravuze ati: Maze ndayibwira nti ni (ALLAHU LA ILAHA ILA HUWAL HAYYUL QAYUM) [Al Baqarat; 255.] Abul Mundhir yaravuze ati: Nuko ankomanga mu gituza arambwira ati: Ubumenyi buzakorohere yewe Abul Mundhir!</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ubay Ibun Kaab (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Yewe Abul Mundhir! Waba uzi mu gitabo cya Allah wafashe umurongo uhambaye kuruta iyindi? Abul Mundhir arayisubiza ati: Allah n'Intumwa ye nibo bawuzi! Intumwa y'Imana irongera irambaza iti: Yewe Abul Mundhir, waba uzi mu gitabo cya Allah wafashe umurongo uhambaye kuruta indi isigaye? Abul Mundhir yaravuze ati: Maze ndayibwira nti ni (ALLAHU LA ILAHA ILA HUWAL HAYYUL QAYUM) [Al Baqarat; 255.] Abul Mundhir yaravuze ati: Nuko ankomanga mu gituza arambwira ati: Ubumenyi buzakorohere yewe Abul Mundhir!"</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajije Ubayy Ibun Kaab umurongo uhambaye kuruta iyindi mu gitabo cya Allah, ariko ashidikanya ku gisubizo, arangije aravuga ati: Ni Ayatul; Kursiy (ALLAHU LA ILAHA ILA HUWAL HAYYUL QAYUM), Intumwa y'Imana (imana iyihe amahoro n'imigisha) iramushyigikira imukomanga mu gituza igaragaza ko cyuzuyemo ubumenyi n'ubushishozi, inamusabira ko yazahirwa n'ubumenyi afite kandi Allah akanamworohereza kubugeraho!</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Ibigwi bihambaye bya Ubayy Ibun Kaab (Imana imwishimire)
 Ayatul Kursiy ni yo Ayat iruta izindi mu gitabo cya Allah, niyo mpamvu tugomba kuyifata mu mutwe, no kwiga ibisobanuro byayo, ndetse tukanayishyira mu bikorwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yabaga yerekeye mu buriri bwayo buri joro yahuzaga ibiganza byayo ikabihuhamo igasoma (QUL HUWALLAHU AHAD)  na (QUL AUDHU BIRABIL FALAQ), ndetse na (QUL AUDHU BIRABI NASI)</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yabaga yerekeye mu buriri bwayo buri joro yahuzaga ibiganza byayo ikabihuhamo igasoma (QUL HUWALLAHU AHAD)  na (QUL AUDHU BIRABIL FALAQ), ndetse na (QUL AUDHU BIRABI NASI), yarangiza ikabihanaguza umubiri wayo ihereye ku mutwe no mu buranga n'igihimba cy'imbere, ikabikora inshuro eshatu.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Mu muyoborao w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yabaga igiye kuryama yahuzaga ibiganza byayo ikabizamura nk'usaba iduwa ikabihuhamo mu buryo bworoheje inaciramo uducandwe duke maze igasoma ziriya surat eshatu (QUL HUWALLAHU AHAD), na (QUL AUDHU BIRABIL FALAQ), na (QUL AUDHU BIRABI NAS), maze igafata bya biganza byayo ikabihanaguza aho ishobora kugera hose ku mubiri wayo iturutse mu mutwe no mu buranga ndetse n'igihimba cyayo cy'imbere, ikabikora inshuro eshatu.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Ni byiza gusoma Suratul Ikhlasw na Suratul Falaq na Surat A-Naas buri mbere yo kuryama ukanahuha  mu biganza noneho ukabihanaguza aho ushobora kugarukira ku mubiri wawe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Abayahudi bararakariwe, n'abanaswara barayobye</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Adiy Ibun Hatim yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Abayahudi bararakariwe, n'abanaswara barayobye."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko abayahudi ari abantu Allah yarakariye, kubera ko bamenye ukuri ntibakwemera ngo bagushyire mu bikorwa; Naho abanaswara (abakirisitu) ni abantu bayobye, kubera ko bakora ibikorwa badafitiye ubumenyi.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Guhurizahamwe ubumenyi n'ibikorwa ni imwe mu mpamvu zo kwitandukanya n'abarakariwe ndetse n'abayobye.
 Kwirinda inzira y'abayahudi n'abanaswara, no kwitwararika inzira igororotse ari yo y'ubuyisilamu.
 Abayahudi n'abanaswara bose barayobye kandi bararakariwe, ariko abayahudi mu buryo bw'umwihariko bavuzwe ko Allah yabarakariye, ndetse ko n'abanaswara bayobye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65061</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>Nubona abantu bahitamo gukurikira imirongo bajijwe badasobanukirwa bakareka iyo basobanukiwe, abo nibo Allah yavugaga muri uyu murongo, uzabirinde</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasomye uyu murongo wa Qur'an ugira uti: {Ni We waguhishuriye igitabo (Qur’an) kirimo imirongo isobanutse ari yo shingiro ry’igitabo, hakabamo n’indi izimije. Ariko ba bandi bafite imitima ibogamiye ku buyobe, bakurikira izimije muri yo bagamije gutera urujijo mu bantu no kuyisobanura uko itari. Nyamara ntawamenya ibisobanuro byayo (nyakuri) uretse Allah. Naho abacengeye mu bumenyi baravuga bati “Turayemera, yose (isobanutse n’izimije) ituruka kwa Nyagasani wacu. Kandi nta bandi barangwa no kwibuka uretse abanyabwenge.} [Al Imran: 7], Aishat aravuga ati: Nuko Intumwa y'Imana iravuga iti: " Nubona abantu bahitamo gukurikira imirongo bajijwe badasobanukirwa bakareka iyo basobanukiwe, abo nibo Allah yavugaga muri uyu murongo, uzabirinde."</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasomye uyu murongo wa Qur'an ugira uti: {Ni We waguhishuriye igitabo (Qur’an) kirimo imirongo isobanutse ari yo shingiro ry’igitabo, hakabamo n’indi izimije. Ariko ba bandi bafite imitima ibogamiye ku buyobe, bakurikira izimije muri yo bagamije gutera urujijo mu bantu no kuyisobanura uko itari. Nyamara ntawamenya ibisobanuro byayo (nyakuri) uretse Allah. Naho abacengeye mu bumenyi baravuga bati “Turayemera, yose (isobanutse n’izimije) ituruka kwa Nyagasani wacu. Kandi nta bandi barangwa no kwibuka uretse abanyabwenge.} [Al Imran: 7], Allah atubwira muri uyu murongo ko ariwe wamanuriye Intumwa ye igitabo gikubiyemo imirongo ya Qur'an igaragara kandi isobanutse ndetse n'amategeko ayikubiyemo asobanutse; iyi mirongo iba ari nayo shingiro ry'andi mategeko ari nayo abantu bakwiye kugarukaho igihe batavuze rumwe, hakaba harimo n'indi iteje urujijo, ifite ibisobanuro birenze kimwe bamwe mu bantu badasobanukirwa cyangwa bakibwira ko hari indi ivuguruza. Hanyuma Allah agaragaza ukuntu abantu bafata iyi mirongo; abafite uburwayi mu mitima yabo bahitamo gukurikira iteye urujijo bakareka isobanutse igaragara, bagamije guteza urujijo no gushidikanya ku magambo ya Allah no kuyobya abantu, bakanashaka kuba aribo bayisobanura bijyanye n'irari ryabo; nyamara abamenyi  babucengeye iyo bayigezeho bayigarura ku yisobanutse ntibagire urujijo,  bakayemera ko yose ituruka kwa Allah, kandi ko idashobora kuvuguruzanya, ariko ababyibuka nibo banyabwenge batekereza neza kandi bizima. Hanyuma ibwira Nyina w'abemera Aishat (Imana imwishimire) ko nabona abo bakurikira imirongo badasobanukiwe aribo Allah yise muri uyu murongo ko bafite uburwayi mu mitima yabo agomba kubirinda no kutabatega amatwi.</t>
   </si>
@@ -16095,1543 +16509,2443 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Imirongo itomoye muri Qur'an isobanutse ni ifite ibisobanuro bigaragara, naho iteye urujijo ni ifite ibisobanuro bitagaragara, cyangwa se ifite igisobanuro kirenze kimwe, icyeneye abayisobanukiwe ngo bayisobanure.
 Kwihanangiriza kwivanga n'abantu bo mu buyobe n'abanyabihimbano, n'abandi bose bazana ibibazo bagamije kuyobya abantu no kubatera gushidikanya muri bo.
 Mu musozo w'uyu murongo Allah yaravuze ati: "Kandi nta bandi bibuka usibye abanyabwenge, ibi birimo kunenga abafite uburwayi mu mitima, no kuvuga ibigwi abanyabwenge n'abamenyi, bisobanuye ngo: Utibutse ngo abikuremo inyigisho, agahitamo gukurikira irari rye uwo ntabwo ari mu banyabwenge.
 Guhitamo gukurikira ibiteye urujijo ni imwe mu mpamvu zo kuyoba kw'imitima.
 Ni itegeko kugarura imirongo iteye urujijo  idahita isobanuka kuyigarura ku mirongo isobanutse igaragara.
 Allah Nyir'ubutagatifu imirongo imwe yayigize isobanutse igaragara  n'indi ayigira idasobanutse agamije kugerageza abantu kugira ngo amenye abafite ukwemera n'abari mu buyobe.
 Kuba muri Qur'an harimo imirongo iteye urujijo ni mu rwego rwo kugaragaza agaciro k'abamenyi  barusha abandi basigaye, no kwereka ubwenge bwa muntu ko butamenya ibintu byose, kugira ngo buce bugufi imbere y'uwaburemyi bunemere ko ntacyo bwakishoborera.
 Agaciro ko gucengera ubumenyi no kubushikamamo ndetse ko ari itegeko.
 Abasobanuzi ba Qur'an bavuga aho Allah avuga ko "...nta wamenya ibisobanuro byayo usibye Allah...", bafite imvugo ebyiri: Iya mbere abasoma bakitsa bageze ku izina (Allah) bivuze ko uzi ubumenyi nyakuri bw'ibisobanuro by'imirongo iteye urujijo n' ibindi Allah yihariye ubumenyi bwabyo nk'imiterere ya roho, ni Allah wenyine, noneho abamenyi bakurikira barayemera ndetse bakavuga ko byose byaturutse kwa Allah, bagaca bugufi bakiyoroshya. Naho abasoma bagafatanya ntibitse ku izina rya (Allah), bishatse kuvuga ko ibisobanuro by'iyi mirongo ni Allah ubizi, n'abamenyi hari ibyo bazi, barayemera ndetse iyo badasobanukiwe bakayigarura ku mirongo isobanutse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65062</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>Nta muntu ukora icyaha, yarangiza agahaguruka akisukura agasali, hanyuma agasaba Allah imbabazi, usibye ko Allah amubabarira ibyaha bye</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ally yaravuze ati: Nari umuntu wumvaga Intumwa y'Imana (Imana iyihe amahoro n'imigisha) hari icyo ivuze (Hadith), Allah akampa kugirwa umumaro n'ibyo ashatse muri yo ko ngirirwa nabyo umumaro, hagira umwe mu basangirangendo bayo uyimbwira nkabanza kumurahiza! Iyo yandahiriraga nemeraga ibyo ambwiye ko ari ukuri. Abu Bak'ri yambwiye Hadith, kandi Abu Bak'ri yavuze ukuri agira ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Nta muntu ukora icyaha, yarangiza agahaguruka akisukura agasali, hanyuma agasaba Allah imbabazi, usibye ko Allah amubabarira ibyaha bye", arangije asoma umurongo mutagatifu wa Qur'an ugira uti: {Na ba bandi iyo bakoze icyaha cy’urukozasoni cyangwa bakihemukira (batumvira Allah), bibuka Allah nuko bagasaba imbabazi z’ibyaha byabo...} [Al Imran: 135].</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko nta mugaragu n'umwe ukora icyaha, hanyuma agatawaza neza, agahaguruka agasali raka ebyiri afite umugambi wo kwicuza icyo cyaha yakoze, nyuma yaho agasaba Allah imbabazi, usibye ko Allah amubabarira. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije isomo imvugo ya Allah Nyir'ubutagatifu igira iti: {Na ba bandi iyo bakoze icyaha cy’urukozasoni cyangwa bakihemukira (batumvira Allah), bibuka Allah nuko bagasaba imbabazi z’ibyaha byabo, ese ni nde wababarira ibyaha uretse Allah?, ntibanagume mu byo bakoraga kandi babizi (ko ari ibyaha)} [Al Imran: 135].</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Gushishikariza iswalat, no kwicuza nyuma yo gukora icyaha.
 Impuhwe za Allah Nyir'ubutagatifu ni ngari, kandi yakira ukwicuza no gusaba imbabazi by'umugaragu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65063</t>
   </si>
   <si>
-    <t>يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ</t>
+    <t>يحسب ما خانوك وعصوك وكذبوك وعقابك إياهم</t>
   </si>
   <si>
     <t>Hazabarurwa ibyo baguhemukiyemo, bakakwigomekaho, hanyuma hanabarurwe ibihano byawe kuri bo</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ رَجُلًا قَعَدَ بَيْنَ يَدَيِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ لِي مَمْلُوكِينَ يَكْذِبُونَنِي وَيَخُونُونَنِي وَيَعْصُونَنِي، وَأَشْتُمُهُمْ وَأَضْرِبُهُمْ، فَكَيْفَ أَنَا مِنْهُمْ؟ قَالَ: «يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ، فَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ بِقَدْرِ ذُنُوبِهِمْ كَانَ كَفَافًا، لَا لَكَ وَلَا عَلَيْكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ دُونَ ذُنُوبِهِمْ كَانَ فَضْلًا لَكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ فَوْقَ ذُنُوبِهِمُ اقْتُصَّ لَهُمْ مِنْكَ الْفَضْلُ»، قَالَ: فَتَنَحَّى الرَّجُلُ فَجَعَلَ يَبْكِي وَيَهْتِفُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَمَا تَقْرَأُ كِتَابَ اللهِ: {وَنَضَعُ الْمَوَازِينَ الْقِسْطَ لِيَوْمِ الْقِيَامَةِ فَلا تُظْلَمُ نَفْسٌ شَيْئًا}، الْآيَةَ»، فَقَالَ الرَّجُلُ: وَاللهِ يَا رَسُولَ اللهِ، مَا أَجِدُ لِي وَلهُمْ شَيْئًا خَيْرًا مِنْ مُفَارَقَتِهِمْ، أُشْهِدُكَ أَنَّهُمْ أَحْرَارٌ كُلُّهُمْ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yavuze ko Umugabo umwe yicaye imbere y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) maze aravuga iti: Yewe Ntumwa y'Imana! Mfite abaja babiri barambeshya, bakampemukira, bakanyigomekaho, nanjye nkabatuka, nkanabakubita, ubwo ku munsi w'imperuka ibyanjye bizaba bimeze bite? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti:  Hazabarurwa ibyo baguhemukiyemo, bakakwigomekaho, hanyuma hanabarurwe ibihano byawe kuri bo niba ibihano wabahanishije bingana n'ibyaha byabo bizaba bihagije, ntacyo uzishyuza cyangwa ngo se bo bakwishyuze! Ariko niba ibihano wabahanishije ari umurengera birenze ibyaha bagukoreye, bazaza bihorere ku bihano byarenze ku cyaha bagukoreye. Nuko wa mugabo aravuga ati: Wa mugabo araberereka ajya ku ruhande atangira kurira anatakamba, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: "None se ntiwasomye umurongo wa Qur'an ugira uti: {Ndetse ku munsi w’imperuka tuzashyiraho iminzani y’ubutabera, ku buryo nta muntu n’umwe uzarenganywa...) [Al Anbiyau: 37]. Wa mugabo aravuga ati: Ku izina rya Allah yewe Ntumwa y'Imana! Nta mugabane wanjye n'uwabo mbona uruta kuba natandukana nabo, nkutanzeho umuhamya ko kuva ubu bose bahawe ubwigenge.</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم يشكو مِن تصرّفات عبيده، وأنهم يكذبونه في الخبر، ويخونونه في الأمانة، ويغشّون في المعاملة، ويعصونه في الأمر، وهو يشتمهم ويضربهم تأديبًا لهم، فسأله عن حاله يوم القيامة معهم؟ 
 فقال عليه الصلاة والسلام: يُحسَب ما خانوك وعصوك وكذَّبوك ويحسَب عقابك لهم، فإذا تساوى مقدار العقاب مع ذنوبهم فما لك شيء، ولا عليك شيء، وإن كان مقدار عقابك لهم أقل مِن ذنوبهم، كان فضلًا وزيادةً لك في الأجر، 
 وإن كان عقابك لهم أكثر من ذنوبهم عُوقِبْتَ، وأُخِذ منك القدر الزائد وأُعطي لهم، 
 فتنحَّى الرجل وجعل يبكي ويعلو صوته، 
 فقال له رسول الله صلى الله عليه وسلم: أما تقرأ كتاب الله: 
 {ونضع الموازين القسط ليوم القيامة فلا تُظلم نفسٌ شيئًا، وإن كان مثقال حبة من خردل أتينا بها وكفى بنا حاسبين} [الأنبياء: 47]، 
 فلا يُظلم أحدٌ شيئًا يوم القيامة، وتكون الموازين بين الناس بالعدل، 
 فقال الرجل: والله يا رسول الله، لا أجِد لي ولهم شيئًا أفضل مِن مُفارَقتهم وتركِهم، أُشْهِدُك أنهم أحرار لوجه الله كلّهم؛ خشية الحساب والعذاب.</t>
   </si>
   <si>
     <t>Umugabo umwe yicaye imbere y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) maze aravuga iti: Yewe Ntumwa y'Imana! Mfite abaja babiribarambeshya, bakampemukira, bakanyigomekaho, nanjye nkabatuka, nkabakubita, ubwo ku munsi w'imperuka bizagenda gute? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: @hazabarwa ibyo baguhemukiyemo, bakakwigomekaho, n'ibihano byawe kuri bo* niba ibihano wabahanishije bingana n'ibyaha byabo bizaba bihagije, ntacyo uzishyuza cyangwa se ngo bo bakwishyuze! Ariko niba ibihano wabahanishije ari umurengera birenze ibyaha bagukoreye, bazaza bihorere ku bihano byarenze ku cyaha bagukoreye. Nuko wa mugabo aravuga ati: Wa mugabo araberereka ajya ku ruhande atangira kurira anatakamba, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: "None se ntiwasomye umurongo wa Qur'an ugira uti: {Ndetse ku munsi w’imperuka tuzashyiraho iminzani y’ubutabera, ku buryo nta muntu n’umwe uzarenganywa...) [Al Anbiya-u: 37]. Wa mugabo aravuga ati: Ku izina rya Allah yewe Ntumwa y'Imana! Nta mugabane wanjye n'uwabo mbona uruta kuba natandukana nabo, nkutanzeho umuhamya ko kuva ubu bose babaye abahawe ubwigenge.</t>
   </si>
   <si>
     <t>صدق الصحابي في تحريره لعبيده خوفًا من عذاب الله.
 الاقتصاص من الظالم إن كان مساويًا لمقدار الظلم أو أقل منه فهو جائز، أما الزيادة فهي محرمة.
 الحثُّ على حسن معاملة الخدم والضعفاء.</t>
   </si>
   <si>
     <t>Umusangirangendo yavuze ukuri ubwo yahaga ubwigenge abacakara kubera gutinya ibihano bya Allah.
 Kwihorera k'uwaguhuguje biremewe igihe kwihorera biri bungane n'amahugu yaguhuguje cyangwa se ukihorera ujya munsi y'amahugu yagukoreye. Naho kwihorera ukarenza ibyo yagukoreye icyo gihe biba biziririjwe.
 Gushishikariza kubanira neza abakozi n'abanyantege nke.</t>
   </si>
   <si>
     <t>ضعيف</t>
   </si>
   <si>
     <t>[Hadithi ifite ubusembwa]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65065</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Ese uwamuhaye ubushobozi bwo kugendesha amaguru abiri ku isi, yananirwa ate kuzamuzura agendesha uburanga bwe ku munsi w'imperuka?</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Qatadat (Allah amugirire impuhwe) yaravuze ati: Anas Ibun Malik (Imana imwishimire) yatubwiye ko umugabo umwe yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ati: Yewe Muhanuzi wa Allah! Ni gute umuhakanyi azazurwa ku munsi w'imperuka agendesha uburanga bwe? Intumwa iramusubiza iti: Ese uwamuhaye ubushobozi bwo kugendesha amaguru abiri ku isi, yananirwa ate kuzamuzura agendesha uburanga bwe ku munsi w'imperuka? Qatadat yaravuze ati: Ni ko bimeze ndahiriye ku cyubahiro cya Allah Nyagasani wacu!</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe ukuntu umuhakanyi azazurwa ku munsi w'imperuka agendesha uburanga bwe! Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubaza iti: None Allah wamuhaye amaguru abiri agendesha hano ku isi ntashobora kumuha kugendesha uburanga bwe ku munsi w'imperuka?! Kubera ko Allah ari umunyabushobozi wa buri kintu.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Ku munsi w'imperuka, umuhakanyi azaba asuzuguritse ndetse azagendesha uburanga bwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>Vuga ijambo LA ILAHA ILA LLAH  (Nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah), nzaryifashishe ku munsi w'imperuka nkuvuganira</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabwiye se wabo iti: Vuga ijambo LA ILAHA ILA LLAH  (Nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah), nzaryifashishe ku munsi w'imperuka nkuvuganira Se wabo aramusubiza ati: Iyo bitaza kuba abakurayishi babingayira bavuga bati: Yabitewe no gutinya urupfu, nari kurivuga kugira ngo nkunezeze! Nuko Allah amanura umurongo wa Qur'an ugira uti: {Rwose, wowe (Muhamadi) ntuyobora uwo ukunze, ahubwo Allah ni We uyobora uwo ashaka. Kandi ni We uzi neza abayobotse.} [Al Qaswasw: 56]</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasabye se wabo Abu Twalib ubwo yari yegereje igihe cyo gupfa ari gusamba ko yavuga ijambo LA ILAHA ILA LLAH kugira ngo azaryifashishe amuvuganira ku munsi w'imperuka, anabe umuhamya we w'uko yabaye umuyisilamu, ariko se wabo arabyanga atinya ko abakurayishi bazabimugayira bakavuga ko yabaye umuyisilamu kubera gutinya gupfa n'intege nke! Nuko abwira Intumwa y'Imana ati:  Iyo bitaba iyo mpamvu nari kugukorera ibyo wifuza nkabivuga, kugira ngo ngushimishe! Nuko Allah amanura umurongo ugaragaza ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) idafite ubushobozi bwo kuyobora uwo ishatse ahubwo Allah wenyine ariwe ushoboza kuyobora uwo ashatse, kandi ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyobora abantu ibasobanurira inabagaragariza inzira y'ukuri ndetse igororotse.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Ukuri ntigukwiye kurekwa kubera gutinya ibyo abantu bari buvuge.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu bushobozi bwayo yari ifite kuyobora abantu ibagaragariza ukuri, ariko umwanzuro wo kuyoboka iyo nzira ntabwo uri mu bushobozi bwayo.
 Biremewe gusura umuhakanyi urwaye ugamije kumuhamagarira ubuyisilamu.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikajwe no guhamagarira abantu kuyoboka inzira ya Allah mu bihe byayo byose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>Rwose ibyo uvuga ndetse uhamagarira ni byiza, iyaba watubwiraga niba ibyo twakoze hari icyiru byaba</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Abas (Imana imwishimire we na se) yavuze ko Abantu bo mu babangikanyamana bari barishe abantu benshi, ndetse basambanya abantu benshi, baje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) maze barayibwira bati: Rwose ibyo uvuga ndetse uhamagarira ni byiza, iyaba watubwiraga niba ibyo twakoze hari icyiru byaba bifite! Nuko Allah amanura umurongo muri Qur'an ugira uti: {Na babandi batabangikanya Allah n’izindi mana, ntibice icyo Allah yaziririje bitanyuze mu kuri, kandi ntibanasambane...} [Al Furqan: 68]. Ndetse hamanuka n'undi murongo ugira uti: {Vuga (yewe Muhamadi) uti “Yemwe bagaragu banjye mwakabije mu kwihemukira! Ntimukajye mwiheba kuko impuhwe za Allah (zikiriho)...” } [A-Zumar: 53].</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Bamwe mu babangikanyamana baje kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha), bari barakoze ibyaha byinshi barishe, baranasambanye, nuko babwira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: Mu by'ukuri ibyo uduhamagarira mu nyigisho z'ubuyisilamu ni byiza, ariko bite byacu n'ibyaha twakoze nk'ibangikanyamana n'ibindi byaha bikuru? Ese hari icyiru cyabyo gihari?
 Nuko hamanuka imirongo ibiri igaragaza ko Allah yakira ukwicuza kw'abantu kabone n'iyo baba barakoze ibyaha byinshi ndetse bihambaye; iyo bitaza kuba ibyo bari guhama mu buhakanyi bwabo no mu bugizi bwa nabi bwabo, ndetse ntibari no kuyoboka iri dini.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>Agaciro k'ubuyisilamu n'ubuhambare bwabwo, ndetse ko butuma ubabarirwa ibyaha wakoze mbere.
 Impuhwe za Allah ku bagaragu be ndetse n'imbabazi ze n'impuhwe ze ziragutse.
 Kuziririza ibangikanyamana, no kwica inzirakarengane, n'ubusambanyi, ndetse n'ibihano bihambaye ku bantu bazakora ibyo byaha.
 Kwicuza nyabyo kubera Allah, ndetse no gukora ibikorwa byiza, bituma umuntu ababarirwa ibyaha byose bikuru yakoze, harimo no guhakana Allah Nyir'ubutagatifu.
 Ni icyizira kwiheba mu mpuhwe za Allah Nyir'ubutagatifu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>Genda umubwire uti: Mu by'ukuri wowe nturi umwe mu bantu bo mu muriro, ahubwo uri umwe mu bantu bo mu ijuru</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe kimwe yabuze Thabit Ibun Qays, nuko umugabo umwe aravuga ati: Yewe Ntumwa y'Imana!  Ndakubwira ibye, nuko ajya kumureba asanga yicaye iwe mu nzu, yubitse umutwe we, maze aramubaza ati: Bite byawe? Aramusubiza ati: Ni bibi! Yajyaga azamura ijwi imbere y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), none ibikorwa bye byabaye imfabusa, ni umuntu wo mu muriro! Wa mugabo aragaruka abibwira Intumwa y'Imana, nuko asubirayo amushyiriye inkuru nziza, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Genda umubwire uti: Mu by'ukuri wowe nturi umwe mu bantu bo mu muriro, ahubwo uri umwe mu bantu bo mu ijuru."</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashakishije Thabit Ibun Qays (Imana imwishimire) iramubaririza, nuko umugabo umwe arayibwira ati: Ndakuzanira amakuru ye n'impamvu atagaragara, nuko ajya kumureba asanga ari iwe afite agahinda kenshi yubitse umutwe, aramubaza ati: Bite byawe? Thabit amubwira akababaro afite, yatewe no kuba yarajyaga avugira mu Ntumwa y'Imana (Imana iyihe amahoro n'imigisha), kandi Allah akaba yarateganyirije ibihano byo kugira imfabusa ibikorwa by'uzakora nk'ibyo, ndetse ko ari umwe mu bantu bo mu muriro!
 Nuko wa mugabo agaruka ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) arabiyibwira, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imutegeka ko asubirayo akamuha inkuru nziza y'uko atari umwe mu bantu bazajya mu muriro, ahubwo azajya mu ijuru, kubera ko ariko yari aremwe kuvugira mu ijwi riri hejuru, akaba ari nawe wari umuvugizi w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ndetse n'umuvugizi w'abitwa Al Answar (b'i Madina).</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Kugaragaza agaciro ka Thabit Ibun Qays (Imana imwishimire) ndetse ko ari umwe mu bantu bazajya mu ijuru.
 Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yitaga ku basangirangendo bayo, ikanabaririza amakuru yabo.
 Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) batinyaga ko ibikorwa byabo byaba imfabusa.
 Ni itegeko kurangwa n'ikinyabupfura uri kubwira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe yari ikiriho, no kugabanya ijwi igihe wumvise imigenzo ye n'ibyo yavuze nyuma y'urupfu rwayo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>Yemwe bantu! Mu by'ukuri Allah yabakuriyeho ubwibone bwa kijiji no kwiratana ibisekuru</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko: Ku munsi w'ifatwa ry'umujyi wa Maka, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahaye abantu inyigisho iravuga iti: "Yemwe bantu! Mu by'ukuri Allah yabakuriyeho ubwibone bwa kijiji no kwiratana ibisekuru; bityo abantu ni babiri: Uwumvira Allah, umutinya, w'umunyabuntu, n'umuntu w'umwangizi, w'inkozi y'ibibi, usuzuguritse imbere ya Allah. Kandi abantu bose ni bene Adamu, kandi Allah yaremye Adamu mu itaka. Allah aragira ati: {Yemwe bantu! Twabaremye tubakomoye ku mugabo n’umugore, nuko tubagira amahanga n’amoko (atandukanye) kugira ngo mumenyane. Mu by’ukuri ubarusha icyubahiro imbere ya Allah ni ubarusha kugandukira (Allah). Rwose Allah ni Umumenyi uhebuje, Uzi byose}." [Qur'an 49: 13].</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahaye abantu inyigisho ku munsi w'ifatwa ry'umujyi wa Makat irababwira iti: Yemwe bantu! Mu by'ukuri Allah yabakuriyeho ubwibone bwa kijiji n'ubwirasi, no kwiratana ibisekuru, kandi ko abantu barimo ingeri ebyiri:
 Uwumvira Allah, umutinya, ugaragira Allah Nyir'ubutagatifu wenyine, uwo nawe aba ari umuntu wubahitse imbere ya Allah, kabone n'iyo nta butunzi cyangwa se umuryango yaba afite.
 Cyangwa se umwangizi, w'inkozi y'ibibi, uyu akaba asuzuguritse imbere ya Allah, ndetse nta n'icyo avuze, kabone n'iyo yaba afite ubutunzi cyangwa se icyubahiro cyangwa se ubutware.
 Kandi ko abantu bose ari bene Adamu, ndetse Allah yaremye Adamu mu gitaka. Bityo ntibikwiye ko umuntu ufite inkomoko mu gitaka ko yakwibona cyangwa se akumva ko ari igitangaza. Ibi bikaba bishimangirwa n'imvugo ya Allah igira ati: {Yemwe bantu! Twabaremye tubakomoye ku mugabo n’umugore, nuko tubagira amahanga n’amoko (atandukanye) kugira ngo mumenyane. Mu by’ukuri ubarusha icyubahiro imbere ya Allah ni ubarusha kugandukira (Allah). Rwose Allah ni Umumenyi uhebuje, Uzi byose}." [Qur'an 49: 13].</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Kubuza kwiratana isano ry'amasano n'ibyubahiro runaka.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[Yakiriwe na Tirmidhiy na Ibun Hiban]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65074</t>
   </si>
   <si>
-    <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>{Kandi rwose, kuri uwo munsi muzabazwa ku ngabire (mwahawe muri ku isi)}</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa A-Zubayr Ibun Al Awam yaravuze ati: Ubwo hahishurwaga umurongo wa Qur'an ugira uti: {Kandi rwose, kuri uwo munsi muzabazwa ku ngabire (mwahawe muri ku isi)} [Surat A-Takathur:8], A-Zubayr yaravuze ati: Yewe Ntumwa y'Imana, iyo ngabire tuzabazwa ni iyihe, ese ni itende n'amazi? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Bizagenda bityo..."</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>Ubwo hahishurwaga uyu murongo: {Kandi rwose, kuri uwo munsi muzabazwa ku ngabire (mwahawe muri ku isi)}; bisobanuye ngo: Muzabazwa niba mwarubahirije gushimira Allah kuri izo ngabire yabahundagajeho. A-Zubayr Ibun Al Awam (Imana imwishimire) yarabajije ati: Yewe Ntumwa y'Imana! Ni iyihe ngabire tuzabazwa? Ese ni ingabire ebyiri ari zo tende n'amazi?!
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Muzabazwa kuri buri ngabire mufite harimo n'izo, kuko nazo ni mu ngabire za Allah Nyir'ubutagatifu.</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>Gushimangira ko ingabire za Allah zishimirwa.
 Ingabire zaba nke cyangwa se nyinshi ni bimwe mu byo umugaragu azabazwa ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>Nyuma yanjye mu bayoboke banjye hazabaho  abantu bazababwira ibyo mutigeze mwumva mwe n'ababyeyi banyu, abo bantu muzabirinde</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Nyuma yanjye mu bayoboke banjye hazabaho  abantu bazababwira ibyo mutigeze mwumva mwe n'ababyeyi banyu, abo bantu muzabirinde."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko hazabaho abantu mu bayoboke be mu bihe bya nyuma bazahimba imvugo z'ibinyoma, bakavuga ibitarigeze bivugwa n'umwe mbere yabo; bakavuga imvugo z'ibihimbano ndetse z'ibinyoma; Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ikaba idutegeka kwitandukanya nabo no kubirinda ntitwicarane nabo, ndetse ntitunumve imvugo zabo, kugira ngo izo mvugo zabo zitazisubiramo kenshi mu mitima yacu bikatugora kwitandukanya nazo.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>Muri iyi mvugo harimo kimwe mu bimenyetso by'ubuhanuzi, aho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavugaga ubuhanuzi bw'ibizabaho mu bayoboke be, kandi byagenze nk'uko yabivuze.
 Kwitandukanya n'abahimbira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibinyoma, bakanahimbira ubuyisilamu, no kutabatega amatwi.
 Kwihanangiriza kwemera Hadith cyangwa se kuzikwiza usibye nyuma yo kwizera neza ukuri kwazo ndetse no kumenya ko ari impamo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>Jya wandika, kubera ko ndahiye k'ufite roho yanjye mu kuboko kwe, ko ibiwusohokamo byose biba ari ukuri</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Amri (Imana imwishimire we na se) yaravuze ati: "Najyaga nandika buri icyo ari cyo cyose numvise ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) nshaka kubifata mu mutwe, nuko abakurayishi barabimbuza, barambwira bati: Urandika buri icyo ari cyo cyose wumvise ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha)! Intumwa y'Imana ni umuntu ivuga mu burakari no mu gihe kitari icy'uburakari?! Nuko ndecyera aho kwandika, mbibwira Intumwa y'Imana (Imana iyihe amahoro n'imigisha), maze ikora ikimenyetso inyereka n'urutoki ku munwa wayo iravuga iti: "Jya wandika, kubera ko ndahiye k'ufite roho yanjye mu kuboko kwe, ko ibiwusohokamo byose biba ari ukuri."</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>Abdullah Ibun Amri (Imana imwishimire) yaravuze ati: Najyaga nandika ibyo ari byo byose numvise ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) kugira ngo mbibungabunge, bamwe mu bakurayishi barabimbuza bambwira bati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni umuntu uvuga mu gihe yishimye n'igihe ababaye ashobora no kwibeshya, nuko mpagarika kwandika;
 Nuko mbibwira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itunga urutoki ku munwa wayo, imbwira iti: Jya wandika, kuko ndahiye ku izina ry'ufite roho yanjye mu kuboko kwe ko nta kijya gisohoka muri uyu munwa usibye ko kiba ari ukuri, byaba mu gihe cy'ibyishimo cyangwa se mu gihe cy'uburakari.
 Allah kandi yamaze kuvuga ku Ntumwa ye (Imana iyihe amahoro n'imigisha) aho yagize ati: {3. Nta n’ubwo avuga ashingiye ku marangamutima ye* Ahubwo (ibyo avuga) ni ibyo ahishurirwa (na Allah).} [A-Naj'm: 3-4]</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari yararinzwe gukora ibyaha mu butumwa yahishuriwe na Nyagasani we Nyir'ubutagatifu, byaba mu gihe cy'ibyishimo cyangwa se cy'uburakari.
 Abasangirangendo b'Intumwa y'Imana (Imana ibishimire) bashishikazwaga no kubungabunga imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) no kuyigeza ku bandi.
 Biremewe kurahira n'ubwo waba utabisabwe ku bw'inyungu runaka, nko gushimangira ibyo uri kuvuga.
 Kwandika ni imwe mu mpamvu zikomeye zo kubungabunga ubumenyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yisukura (Udhu) buri uko igiye gusali</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Amri Ibun Amiri nawe ayikuye kwa Anas Ibun Malik yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yisukura (Udhu) buri uko igiye gusali, nuko ndabaza nti: Mwe mwabigenzaga mute? Aransubiza ati:  Isuku y'umwe muri twe iba imuhagije igihe cyose ataragira impamvu ituma ayisubiramo.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga yisukura (Udhu) buri uko igiye gusali iswalat y'itegeko, n'ubwo nta mpamvu yabaga ifite ituma ayisubiramo, mu rwego rwo kugira ngo abone ingororano nyinshi.
 Biremewe gusali iswalat irenze imwe  wakoze isuku inshuro imwe, igihe cyose utaragira impamvu ituma ayisubiramo.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>Inshuro nyinshi Intumwa y'Imana yatawazaga buri swalat, aharanira gukora ibitunganye byuzuye.
 Ni byiza gutawaza buri uko ugiye gusali.
 Biremewe gusali iswalat irenze imwe  ku isuku imwe utiriwe usubira gutawaza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga itawaza inshuro imwe imwe</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Abas (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga itawaza inshuro imwe imwe.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) rimwe na rimwe yajyaga itawaza igakaraba buri rugingo inshuro imwe, maze igakaraba mu maso, hakubiyemo no kujuguta amazi ndetse no kuyashoreza, igakurikizaho amaboko n'amaguru inshuro imwe; iki kikaba ari nacyo gipimo cy'itegeko.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Itegeko mu gihe cyo gutawaza ni ugukaraba ingingo rimwe gusa, iyo urengejeho biba ari byiza.
 Biremewe gutawaza inshuro imwe imwe rimwe na rimwe.
 Ikiri itegeko ni uguhanagura mu mutwe inshuro imwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatawaje inshuro ebyiri ebyiri</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Zayd (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatawaje inshuro ebyiri ebyiri.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) rimwe na rimwe iyo yatawazaga, yakarabaga buri rugingo mu ngingo zo gutawaza inshuro ebyiri ebyiri, igakaraba uburanga -harimo no kujuguta amazi no kuyashoreza, yarangiza ikanakaraba amaboko yayo ndetse n'ibirenge byayo byombi inshuro ebyiri.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Ikiri itegeko ni ugukaraba ingingo inshuro imwe, iyo urengejeho nabyo biba ari byiza.
 Biremewe gutawaza inshuro ebyiri ebyiri rimwe na rimwe.
 Ikiri itegeko ni uguhanagura mu mutwe inshuro imwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>Umwe muri mwe naba afite ikibazo mu nda, ntamenye niba hari icyamusohotsemo, ntazasohoke mu musigiti cyeretse abanje kumva ijwi cyangwa se akumva umunuko</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwe muri mwe naba afite ikibazo mu nda, ntamenye niba hari icyamusohotsemo, ntazasohoke mu musigiti cyeretse abanje kumva ijwi cyangwa se akumva umunuko."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko iyo umuntu uri gusali ashidikanyije niba hari icyamusohotsemo cyangwa se niba ntacyo, ntazave mu iswalat ye kugira ngo ajye gushaka indi Udhu cyeretse abanje kwizera neza ko ya suku atakiyifite nko kuba yakumva ijwi ry'umusuzi, cyangwa se akawumva umunukiye, kubera ko icy'umuntu adashidikanyaho ntabwo gikurwaho no gushidikanya, icyo adashidikanya aha ni uko afite isuku akaba ari gushidikanya niba atakiyifite.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>Iyi Hadith ni imwe muri Hadithi shingiro z'ubuyisilamu, ikaba n'ihame mu mahame y'amategeko y'ubuyisilamu ari ryo rivuga riti: Ntabwo icyo udashidikanyaho gikurwaho no gushidikanya, n'ikizwi nuko ikintu gihama uko kimeze, cyeretse igihe wizeye mu buryo budashidikanywaho ikinyuranyo cyabyo.
 Gushidikanya ntacyo bihungabanya ku isuku, n'umuntu akomezanya isuku ye, igihe cyose yizeye ko akiyifite atigeze ayibura.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>Ni ngombwa kuri buri muyisilamu koga inshuro imwe mu minsi irindwi, agakarabamo umutwe n'umubiri we wose</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Ni ngombwa kuri buri muyisilamu koga inshuro imwe mu minsi irindwi, agakarabamo umutwe n'umubiri we wose.</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko ari ngombwa kuri buri muyisilamu ukuze kandi afite ubwenge kwiyuhagira inshuro imwe mu minsi irindwi, agakarabamo umutwe we n'umubiri we agamije isuku; kandi umunsi ukwiye kwitabwaho ni umunsi wa gatanu (wa Idjuma) nk'uko bisobanuka mu zindi mvugo. Koga ku munsi wa gatanu mbere yo kujya gusali  idjuma ni byiza kandi amategeko y'idini arabidushishikariza, kabone n'iyo waba wiyuhagiye ku wa kane. Igituma bitagirwa itegeko ni imvugo ya Aishat (Imana imwishimire) igira iti: Abantu bajyaga bihugiraho bakora imirimo yabo, byagera ku munsi wa Idjuma bakagenda uko bameze, nuko bamwe baravuga bati: Iyo mujyayo mubanje kwiyuhagira!" Yakiriwe na Bukhari. No mu yindi mvugo iragira iti: Bajyagayo bafite ibyuya n'impumuro mbi n'ibindi, ariko hamwe n'ibyo barabwiwe bati: Iyo mujya mubanza kwiyuhagira! Abatari abo rero ntabwo byaba itegeko kuri bo.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>Islam yitaye ku isuku.
 Kwiyuhagira ku munsi wa Idjuma ni byiza kandi amategeko arabidushishikariza igihe tugiye gusali.
 Kuba haravuzwe umutwe, kandi iyo havuzwe umubiri haba hakubiyemo n'umutwe mu rwego rwo kuwitaho.
 Ni itegeko kwiyuhagira kuri buri wese ufite impumuro itari nziza ibangamira abantu.
 Birushaho kuba itegeko kwiyuhagira ku munsi wa gatanu wa Idjuma kubera agaciro kawo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>Nagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nshaka kuba umuyisilamu, integeka ko niyuhagiza amazi ndetse nkanakoresha ikimera gihumura bita Sid'ri</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Qays Ibun Aswim (Imana imwishimire) yaravuze ati: Nagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nshaka kuba umuyisilamu, integeka ko niyuhagiza amazi ndetse nkanakoresha ikimera gihumura bita Sid'ri.</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>Qays Ibun Aswim yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) ashaka kuba umuyisilamu, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imutegeka ko yiyuhagira umubiri wose akoresheje amazi n'ikimera cyitwa Sidiri, kubera ko amababi yacyo yifashishwa mu isuku, no kubera ko kigira impumuro nziza.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Ni itegeko ko utari umuyisilamu uje kuba umuyisilamu yiyuhagira.
 Icyubahiro cy'ubuyisilamu n'uburyo yita ku mubiri no kuri roho ntacyo isize inyuma.
 Amazi yivanzemo n'ibindi bintu bisukuye ntibiyambura kuba asukuye.
 Sidiri ishobora gusimburwa n'ibindi byifashishwa kuri ubu mu isuku nk'isabune n'ibindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>Iyo umuhamagazi w'isengesho avuze ati: ALLAHU AKBAR, ALLAHU AKBAR: Allah asumba byose, Allah asumba byose, hanyuma umwe muri mwe akavuga ati: ALLAHU AKBAR, ALLAHU AKBAR: Allah asumba byose, Allah asumba byose</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Umar Ibun Al Khatwab (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Iyo umuhamagazi w'isengesho avuze ati: ALLAHU AKBAR, ALLAHU AKBAR: Allah asumba byose, Allah asumba byose, hanyuma umwe muri mwe akavuga ati: ALLAHU AKBAR, ALLAHU AKBAR: Allah asumba byose, Allah asumba byose, akongera akavuga ati: ASH'HADU AN LA ILAHA ILA LLAH: Ndahamya ko nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, nawe akavuga ati: ASH'HADU AN LA ILAHA ILA LLAH: Ndahamya ko nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, akongera akavuga ati: ASH'HADU ANA MUHAMADAN RASULULLAH: Ndahamya ko Muhamadi ari Intumwa y'Imana, nawe akavuga ati: ASH'HADU ANA MUHAMADAN RASULULLAH: Ndahamya ko Muhamadi ari Intumwa y'Imana, akongera akavuga ati: HAYYA ALA SWALATI: Mwitabire iswalat, nawe akavuga ati: LA HAWLA WALA QUWATA ILA BILLAH: Nta bubasha nta n'ubushobozi usibye ko ari ku bwa Allah, akongera akavuga ati: HAYYA ALAL FALAH: Mwitabire intsinzi, nawe akavuga ati: LA HAWLA WALA QUWATA ILA BILLAH: Nta bubasha nta n'ubushobozi usibye ko ari ku bwa Allah,  akongera akavuga ati: ALLAHU AKBAR, ALLAHU AKBAR: Allah asumba byose, Allah asumba byose, akongera akavuga ati: LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, nawe akavuga ati: LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah, abikuye ku mutima azinjira mu ijuru."</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Adhana ni umuhamagaro wo kumenyesha abantu ko igihe cy'iswalat cyageze, kandi amagambo akubiye muri Adhana niyo akusanyirije hamwe ukwemera.
 Muri iyi Hadith, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko igikwiye igihe umuntu yumvise Adhana, akwiye gusubiramo amagambo umuhamagazi avuze, igihe avuze ati: Allah Akbar, nawe akayasubiramo, gukomeza gutyo, usibye igihe avuze HAYYA ALA SWALATIM HAYYA ALAL FALAH, umwumva aravuga ati: LA HAWLA WALA QUWATA ILA BILLAH. Bisobanuye: Nta bubasha nta n'ubushobozi usibye ko ari ku bwa Allah.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu usubiyemo amagambo umuhamagazi ari kuvuga abikuye ku mutima azinjira mu ijuru.
 Naho ibisobanuro by'amagambo agize Adhana ni ibi bikurikira: ALLAHU AKBAR: Bisobanuye ko Allah Nyir'ubutagatifu ari we uhambaye, wubahitse, usumba buri icyo ari cyo cyose.
 ASH'HADU AN LA ILAHA ILA LLAH: Bisobanuye ko nta wundi mugaragirwa w'ukuri usibye Allah.
 ASH'HADU ANA MUHAMADAN RASULULLAH: Bisobanuye ngo ndahamya ku rurimi no mu mutima ko Muhamadi ari Intumwa ya Allah, Allah Nyir'ubutagatifu yamwohereje, kandi ko ari itegeko kumwumvira.
 HAYYA ALA SWALATI: Nimuze mwitabire iswala, naho umwumvise kuba avuga ati: LA HAWLA WALA QUWATA ILA BILLAHl: Bisobanuye ngo nta bushobozi bwo kureka ibitubuza kumvira Allah, nta n'imbaraga zo kubigeraho usibye ko ari ukubishobozwa na Allah Nyir'ubutagatifu.
 HAYYA ALAL FALAH: Bisobanuye ngo nimuze mwitabire icyatuma mugera ku ntsinzi, ariyo y'ijuru no kurokoka umuriro.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Ibyiza byo gusubiramo amagambo umuhamagazi avuze, usibye igihe avuze HAYA ALA SWALATI, HAYA ALAL FALAH, icyo gihe we aravuga ati: LA HAWLA WALA QUWATA ILA BILLAH.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>Nimwumva umuhamagazi w'isengesho mujye musubiramo amagambo avuze, hanyuma munsabire kwa Allah amahoro n'imigisha</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Amri Ibun Al Asw (Imana imwishimire) yavuze ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Nimwumva umuhamagazi w'isengesho mujye musubiramo amagambo avuze, hanyuma munsabire kwa Allah amahoro n'imigisha, kubera ko unsabiye amahoro n'imigisha inshuro imwe Allah nawe abimuha inshuro icumi. Hanyuma mujye mukurikizaho kunsabira ko Allah yanshyira mu rwego rushimishije, kubera ko ari urwego rwo mu ijuru  nta wundi urukwiye usibye umwe mu bagaragu ba Allah, kandi niringiye ko uwo mugaragu yazaba njye. Bityo unsabiye urwo rwego nawe azagerwaho n'ubuvugizi bwanjye.</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  iratwigisha ko uwumvise umuhamagazi w'isengesho asubiramo amagambo avuze, usibye iyo ageze ahavuga ngo: HAYYA ALA SWALATI: Mwitabire isengesho, HAYYA ALAL FALAH: Mwitabire intsinzi, aho aravuga ati: LA HAWULA WALA QUWATA ILA BILLAH: Nta bushobozi nta n'ububasha usibye ko tubishobozwa na Allah. Yarangiza agasabira Intumwa y'Imana amahoro n'imigisha, umuhamagaro (Adhana) ukimara kurangira, kubera ko uyisabiye inshuro imwe, Allah nawe ayamuha inshuro icumi. No kuvuga ko Allah ayamuha bisobanuye ko amuvuga ibigwi mu bamalayika.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije itegeka ko tuyisabira kwa Allah urwego rwo mu ijuru ruruta izindi rudakwiye kugibwamo n'undi uwo ari we wese usibye umugaragu umwe gusa mu bagaragu ba Allah, kandi ko yiringiye ko yaba we. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ikaba yaravuze kuriya mu rwego rwo kwicisha bugufi, kubera ko urwo rwego niba nta wundi urukwiye usibye umugaragu umwe, uwo nta wundi warujyamo usibye we, kuko ari we mwiza kuruta ibindi biremwa byose.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije igaragaza ko uyisabiye urwo rwego nawe azagerwaho n'ubuvugizi bwayo ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Gushishikariza gusubiramo amagambo umuhamagazi avuze.
 Agaciro ko gusabira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nyuma yo gusubiramo amagambo ya Adhana.
 Gushishikariza gusabira Intumwa y'Imana (Imana iyihe amahoro n'imigisha) urwego ruruta izindi mu ijuru nyuma yo gusabira Intumwa y'Imana amahoro n'imigisha.
 Kugaragaza ibisobanuro by'uru rwego, n'agaciro karwo aho tubona ko nta we urukwiye usibye umugaragu umwe.
 Kugaragaza agaciro k'Intumwa y'Imana Muhamad (Imana imuhe amahoro n'imigisha) aho ari we wenyine wahawe ruriya rwego mu buryo bw'umwihariko.
 Usabiye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) rurira rwego kuri Allah Nyir'ubutagatifu nawe azagerwaho n'ubuvugizi bwayo.
 Kugaragaza kwicisha bugufi kw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), aho yasabye abayoboke bayo ko bayisabira ruriya rwego, kandi ariyo yaruhariwe.
 Impuhwe za Allah ni ngari, kubera ko icyiza kimwe ukibonera ingororano zikubye inshuro icumi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>Uzibagirwa iswalat, azayisali igihe ayibukiye, nta kindi cyiru cyayo uretse icyo</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzibagirwa iswalat, azayisali igihe ayibukiye, nta kindi cyiru cyayo uretse icyo: {... Bityo, jya ungaragira kandi unahozeho iswalat kugira ngo unyibuke.} [Twaha: 14]</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu wibagiwe iswalat y'itegeko kugeza ubwo igihe cyayo kirangiye, agomba kwihutira kuyishyura igihe ayibukiye, kubera ko nta cyakuraho icyo cyaha yakoze cyo kuyireka usibye kuyikora igihe ayibukiye. Allah mu gitabo cye gitagatifu yaravuze ati: {Bityo, jya ungaragira kandi unahozeho iswalat kugira ngo unyibuke.} [Twaha: 14]; bisobanuye ngo jya usenga iswala wibagiwe igihe uyibutse.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Kugaragaza agaciro k'iswalat no kutayitesha agaciro mu kuyikora no kuyishyura.
 Ntibyemewe gucyereza iswalat ku gihe cyayo ku bushake nta mpamvu.
 Ni itegeko ku muntu wibagiwe iswalat kuyishyura igihe ayibutse, no ku muntu wari uryamye igihe akangutse.
 Ni itegeko kwishyura iswalat ako kanya kabone n'iyo byaba mu bihe bibujijwe gukoramo iswalat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>Uzubaka umusigiti kubera Allah, Allah azamwubakira umeze nkawo mu ijuru</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Mahmud Ibun Labid (Imana imwishimire) yavuze ko: Uth'man Ibun Afan yashatse kuvugurura umusigiti w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), abantu ntibabyishimira ahubwo bahitamo ko yawurekera uko uri, nuko arababwira ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uzubaka umusigiti kubera Allah, Allah azamwubakira umeze nkawo mu ijuru."</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>Uth'man Ibun Afan (Imana imwishimire) yashatse kuvugurura umusigiti w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu buryo bwiza buruta ubwo wari wubatswemo, abantu barabyanga, kubera ko byagaragara nko guhindura uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yawusize. Kubera ko wari wubakishije amatafari, usakaje ibishishwa by'itende, Uthman ashaka kuwubakisha amabuye n'ibindi bikoresho bigezweho, ababwira ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uzubaka umusigiti agamije gushaka kwishimirwa na Allah atagamije gukorera ijisho no gushimwa n'abantu, Allah azamugororera ibimeze nkabyo, aho azamwubakira ingoro mu ijuru.</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Gushishikariza kubaka imisigiti n'agaciro kabyo.
 Kwagura umusigiti no kuwuvugurura nabyo byinjira muri ibi byiza byo kubaka umusigiti.
 Agaciro ko kwegurira Allah Nyir'ubutagatifu ibikorwa byose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>Iswalat isengewe muri uyu musigiti wanjye ni nziza kuruta iswalat igihumbi zikorewe ahandi usibye izikorewe mu musigiti mutagatifu (w'i Makat)</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Iswalat isengewe muri uyu musigiti wanjye ni nziza kuruta iswalat igihumbi zikorewe ahandi usibye izikorewe mu musigiti mutagatifu (w'i Makat)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza agaciro k'iswalat ikorewe mu musigiti wayo, kandi ko irusha ibihembo igihumbi izindi zikorewe ahandi mu yindi misigiti yo ku isi, usibye umusigiti mutagatifu w'i Makat, kubera ko ari wo urusha imigisha uw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>Kwiyongera kw'ibihembo by'iswalat ikorewe mu musigiti mutagatifu w'i Maka no mu w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Iswalat ikorewe mu musigiti mutagatifu w'i Makat ni nziza iruta iswalat ibihumbi ijana zikorewe mu yindi misigiti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>Umwe muri mwe niyinjira mu musigiti, ajye asali raka ebyiri mbere y'uko yicara</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Qatadat A-Salamiy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ati: "Umwe muri mwe niyinjira mu musigiti, ajye asali raka ebyiri mbere y'uko yicara."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irashishikariza umuntu wese ugeze ku musigiti akawinjiramo igihe icyo ari cyo cyose, no ku mpamvu iyo ari yo yose, ko agomba kubanza gusali raka ebyiri mbere y'uko yicara. Izo raka ebyiri nizo zitwa izo "Gusuhuza umusigiti (Tahiyyatul Masjid)."</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Ibyiza byo gusali raka ebyiri mu rwego rwo gusuhuza umusigiti mbere y'uko wicara.
 Iri tegeko rirareba wa wundi ushatse kwicara, ariko uwinjiye mu musigiti agasohoka ataricara, ntabwo iri tegeko rimureba.
 Iyo umuntu yinjiye mu musigiti agasanga abantu bari gusali akifatanya nabo, icyo gihe biba bimuhagirije ntibiba bikiri ngombwa ko asali za raka ebyiri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>Umwe muri mwe niyinjira mu musigiti ajye avuga ati: ALLAHUMA FTAH LII AB'WABA RAHMATIKA: Mana nyugururira amarembo y'impuhwe zawe; nanasohoka ajye avuga ati: ALLAHUMA INI AS'ALUKA MIN FADW'LIKA: Mana ndagusaba ingabire zawe</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Humaydi cyangwa se Abi Usaydi yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwe muri mwe niyinjira mu musigiti ajye avuga ati: ALLAHUMA FTAH LII AB'WABA RAHMATIKA: Mana nyugururira amarembo y'impuhwe zawe; nanasohoka ajye avuga ati: ALLAHUMA INI AS'ALUKA MIN FADW'LIKA: Mana ndagusaba ingabire zawe."</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irigisha abayoboke bayo ubusabe bakwiye kuvuga igihe binjiye mu musigiti:(ALLAHUMA FTAH LII AB'WABA RAHMATIKA: Mana nyungururira amarembo y'impuhwe zawe), aba akwiye gusaba Allah kumworohereza impamvu zatuma agera ku mpuhwe ze. N'iyo asohotse ajye avuga ati: ALLAHUMA INI AS'ALUKA MIN FADW'LIKA: Mana ndagusaba ingabire zawe."</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Ibyiza by'ubu busabe bwo kwinjira mu musigiti ndetse no kuwusohokamo.
 Kuvuga impuhwe igihe cyo kwinjira mu buryo bw'umwihariko, n'ingabire igihe cyo gusohoka, nuko uwinjiye aba ahugiye mu gukora ibikorwa bimwegereza Allah, binamwinjiza mu ijuru rye, aha hakaba ari ho havugwa impuhwe. Hanyuma yasohoka aba agiye gushakisha ingabire za Allah nk'amafunguro n'ibindi, aha hakaba ari ho hakwiye kuvugwa ingabire.
 Aya magambo yo gusingiza Allah avugwa igihe umuntu ashatse kwinjira mu musigiti, n'igihe ashatse kuwusohokamo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>Mu by'ukuri hagati y'umuntu n'ibangikanyamana n'ubuhakanyi ni ukuba yareka iswalat</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djabir (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Mu by'ukuri hagati y'umuntu n'ibangikanyamana n'ubuhakanyi ni ukuba yareka iswalat."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yihanangirije kureka iswalat y'itegeko,  inagaragaza ko hagati y'umuntu no kuba yakora icyaha cy'ibangikanyamana n'ubuhakanyi ni ukuba yareka iswalat;  Iswalat kandi ikaba ari n'inkingi ya kabiri mu nkingi zigize ubuyisilamu, kandi irahambaye mu buyisilamu. Uzayireka ahakana ko ari itegeko aba abaye umuhakanyi nk'uko abayisilamu bose babyemeranyijweho, n'uzayireka kubera ubunebwe  nabwo aba abaye umuhakanyi,  ndetse hari n'imvugo ivuga ko abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ari uko babyemeranyijweho. N'iyo ayikora igihe kimwe ubundi akayireka nawe ari mu bagerwaho n'ibyo bihano bihambaye.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Agaciro k'iswalat no kuyitwararika, kuko ari ryo tandukaniro riri hagati y'ubuhakanyi n'ukwemera.
 Kwihanangiriza kureka iswalat no kutayikora.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>Isezerano riri hagati yacu nabo ni iswalat, bityo uzarireka azaba ahakanye</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Buraydat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Isezerano riri hagati yacu nabo ni iswalat, bityo uzarireka azaba ahakanye."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko isezerano n'igihango gitandukanya abayisilamu n'abatari bo b'abahakanyi n'indyarya ari iswalat, bityo uzayireka azaba ahakanye.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Ubuhambare bw'iswalat, ndetse ko ari yo tandukaniro riri hagati y'umwemera n'umuhakanyi.
 Amategeko y'ubuyisilamu ku muntu ashingira ku bigaragara atari ibitagaragara.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Tirmidhi na A-Nasa'iy na Ibun Madjah ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>Yewe Bilali, tangaza ko iswalat itangiye, tuyiruhukiremo!</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Salim Ibun Abil Dja'adi yaravuze ati: Umugabo umwe yaravuze ati: Iyaba nari nsayi nkaruhuka! Bamwe baba nkaho babimunengeye, maze aravuga ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Yewe Bilali, tangaza ko iswalat itangiye, tuyiruhukiremo!"</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>Umwe mu basangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze ati: Iyaba igihe cyo gusali cyari kigeze nkaruhuka, abari bamuri iruhande bamera nkaho babimunengeye, maze aravuga ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: Yewe Bilali! Hamagarira iswalat (Adhana), unamenyesha abantu ko igiye gutangira gukorwa, kugira ngo tuyiruhukiremo, kubera ko harimo kwinginga Allah Nyir'ubutagatifu, no kuruhuka kwa roho n'umutima!</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Kuruhuka kw'umutima nta handi wabisanga uretse mu Iswalat, kubera ko igaragaramo gutakambira Allah Nyir'ubutagatifu!
 Gucyaha umuntu wagize ubunebwe bwo gukora Ibadat.
 Ukoze inshingano ategetswe, akayisohoza, bimuha kumva anezerewe kandi atekanye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>Yemwe bantu! Ibi nabikoze kugira ngo mufate isomo mwige uko iswalat ikorwa</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hazim Ibun Dinari yavuze ko: Abagabo baje kwa Sah'li Ibun Sa'ad A-Saadiy, bagiye impaka z'urudaca ku buryo Mimbari y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari imeze n'ibyo yari ikozemo, nuko barabimubaza, maze arababwira ati: Ndahiye ku izina rya Allah ko nzi icyo yari ikozemo, kandi nayibonye umunsi wa mbere yazanywe n'umunsi wa mbere Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yayicayeho, Intumwa yatumyeho nyirakanaka- umugore wo mu ba Answar, Sah'li yavuze uwo ari we, iramubwira iti: Tegeka umugaragu wawe w'umubaji ambarize imbaho nzajya nicaraho igihe ndi guha abantu inyigisho!" Nuko wa mugore ategeka umugaragu we, ayibariza imbaho zo mu giti cyo mu ishyamba, arazizana, wa mugore azoherereza Intumwa y'Imana (Imana iyihe amahoro n'imigisha), Intumwa ibereka aho bazishyira. Nyuma nabonye Intumwa y'Imana isali iziriho ndetse inavuga Allah Akbar iziriho, inunama iziriho, maze  aramanuka agenda asubira inyuma, yubama aho Mimbari itereye, arongera arubama, ubwo yari asoje yarahindukiye areba abantu maze arababwira ati:   "Yemwe bantu! Ibi nabikoze kugira ngo mufate isomo mwige uko iswalat ikorwa."</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>Abantu baje kuri umwe mu basangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bamubaza ku byerekeranye na Mimbari y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) n'ibyo yari ikozemo? Bakaba bari babigiyeho impaka rubura gica, nuko ababwira ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatumyeho umwe mu bagore b'aba Answar wari ufite umugaragu w'umubaji ngo amutegeke kuyibariza Mimbari izajya yicaraho igihe iri guha abantu inyigisho. Nuko wa mugore arayumvira, ategeka wa mugaragu we abariza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) Mimbari mu giti cyitwa A-Twar'fa-u. Ubwo yari arangije wa mugore yayoherereje Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyisariraho, ndetse inayikurizaho Allah, irunama iyiriho, irangije iyururukaho igenda isubira inyuma idahindukiye, nuko yubama aho iyo Mimbari itereye iragaruka. Ubwo yari imaze gusali yarahindukiye ireba abantu maze irababwira iti: Yemwe bantu! Ibi mbikoze ngamije ko mundeberaho mukamenya uko iswalat ikorwa.</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Ni byiza gushyiraho Mimbari no kuyurira igihe cy'inyigisho, n'akamaro kayo ni ukugira ngo inyigisho zigera ku bantu bose.
 Gusarira kuri Mimbari ugamije kwigisha abantu biremewe, biranemewe kandi ko Imam asarira ahasumbye abo asarisha ku bw'impamvu runaka.
 Biremewe kwifashisha abantu bazi imyuga itandukanye igihe abayisilamu babacyeneye.
 Biremewe kuba wahindura ho wari uhagaze uri mu iswalat ku bw'impamvu runaka ariko nturengere.
 Biremewe ko uyobowe yareba umuyoboye mu iswala kugira ngo amwigeho, kandi ibyo ntibihabanye no kwibombarika mu iswalat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>Nimuba mugiye gusali, mujye muhagarara ku mirongo yanyu, hanyuma umwe muri mwe abayobore, navuga Allah Akbar namwe muvuge muti: Allah Ak'bar</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Hitwana Ibun Abdillah A-Raqashiyu yaravuze ati: Nasenganye na Abu Mussa Al Ash'ariyu iswalat, ubwo yari ageze aho yicara, umwe mu bantu yaravuze ati: Iswalat (muri Qur'an) yavuzwe ihujwe n'ibyiza no gutanga amaturo y'itegeko (Zakat)! Hitwan yaravuze ati: Ubwo Abu Mussa yari amaze gusali no kuvuga indamutso yo gusoza yaragiye maze arabaza ati: Ninde muri mwe wavuze gutya na gutya? Hitwan aravuga ati: Nuko abantu baraceceka, Abu Mussa arongera arabaza ati: Ninde muri mwe wavuze gutya na gutya? Nuko abantu baraceceka, maze aravuga ati: Wasanga ari wowe yewe Hitwan wabivuze? Aramusubiza ati: Ntabwo ari njye wabivuze, natinye ko wavuga ko ari njye wabivuze, nuko umwe mu bari aho aravuga ati: Ninjye wabivuze, ariko nta kindi nari ngamije usibye ibyiza, nuko Abu Mussa aravuga ati: Ese ntimuzi ibyo muvuga igihe muri gusali? Mu by'ukuri Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaduhaye inyigisho, itugaragariza imigenzo yacu, itwigisha uko tuzajya dusali igira iti: "Nimuba mugiye gusali, mujye muhagarara ku mirongo yanyu, hanyuma umwe muri mwe abayobore, navuga Allah Akbar namwe muvuge muti: Allah Ak'bar, navuga ngo GHAYRIL MAGHDWUBI ALAYHIM WA LA DWALINA: Inzira itari iy'abo warakariye cyangwa se abayobye [Al Fatihat: 7}, mujye muvuga muti: AAMINA: Mana akira ubusabe, Allah azajya abasubiza. Navuga Allah Akbar akunama, namwe mujye mubivuga mwuname, kandi ubayoboye agomba kunama mbere yanyu, akanunamuka mbere yanyu." Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije iravuga iti: Mujye mukora nk'uko akoze, ubayoboye navuga ati: SAMI'ALLAHU LIMAN HAMIDAH: Allah yumva abamushimira bakanamuvuga ibigwi. Mujye muvuga muti: RABANA WA LAKAL HAM'DU: Nyagasani ni wowe ukwiye gushimwa no kuvugwa ibigwi. Allah arabumva kubera ko Allah abinyujije mu mvugo y'Intumwa ye yaravuze ati: Allah yumva abamushimira bakanamuvuga ibigwi, nanavuga ati: Allah Ak'bar akubama namwe muzajye mubivuga munubame, kubera ko Imam yubama mbere yanyu ndetse akanubamuka mbere yanyu. "Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: "Mujye muko nk'uko akoze" Ubayoboye niyicara, ibyo umwe muri mwe azajya aheraho ajye avuga ati:  A-TAHIYATU A-TWAYIBATU, A-SWALAWATU LILLAHI, A-SALAMU ALAYKA AYUHA A-NABIYU WA RAHMATULLAH WA BARAKATUH, A-SALAMU ALAYNA WA ALA IBADILLAHI SWALIHINA, A-SHAHADU AN LA ILAHA ILA LLAH WA ASHAHADU ANA MUHAMADAN ABDUHU WA RASULUHU: : Ibyubahiro byose, amasengesho ndetse n’ibyiza byose ni ibya Allah, amahoro n’imigisha n’impuhwe z’Imana bikubeho yewe ntumwa, amahoro y’Imana n’imbabazi zayo bitubeho, zibe no ku bagaragu b’Imana bakora ibyiza. Ndahamya ko nta yindi mana ikwiye gusengwa by’ukuri uretse Imana imwe rukumbi. Nkanahamya ko na Muhamad ari umugaragu w’Imana ndetse akaba n’Intumwa ye."</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>Umusangirangendo Abu Mussa Al Ash'ariyu (Imana imwishimire)  yari ari gusali, ubwo yari ageze aho yicara ngo avuge ubuhamya, umwe mu bari bari gusengana nawe inyuma ye yaravuze ati: Iswalat muri Qur'an yavuzwe ihujwe no gukora ibikorwa byiza ndetse no gutanga amaturo. Ubwo Abu Mussa (Imana imwishimire) yari amaze gusali yerekeye kubo basenganaga maze arababaza ati: Ninde muri mwe wavuze ko Iswalat muri Qur'an yavuzwe ihujwe no gukora ibikorwa byiza ndetse no gutanga amaturo? Bose baraceceka ntihagira n'umwe uvuga, arongera abasubiriramo ikibazo, ntihagira n'umwe umusubiza, Abu Mussa aravuga ati: Cyangwa ni wowe wabivuze yewe Hitwan? Kubera gushirika ubwoba kwe no kuba isano bari bafitanye, ku buryo atari kubangamirwa n'ibyo Abu Mussa amuvuzeho, no kugira ngo uwabivuze w'ukuri yigaragaze, nuko Hitwan arabihakana aravuga ati: Nari natinye ko wabingayira ucyeka ko ari njye wabivuze! Aha niho umwe mu bari aho yavuze ati: Ninjye wabivuze, ariko ntabwo nari ngamije ikibi, nuko Abu Mussa amusubiza amwigisha amubwira ati: Ese ntimuzi ibyo muzajya muvuga igihe muri gusali? Ibi byari mu rwego rwo kubahwitura! Abu Mussa arangije ababwira ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihe kimwe yabahaye inyigisho ibereka amategeko y'idini ryabo, inabigisha uko bazajya basali irababwira iti:
 Nimuba mugiye gusali, mujye muhagarara ku mirongo yanyu mwemye neza, hanyuma umwe muri mwe abayobore, navuga Allah Akbar atangiye kubasalisha namwe muyivuge, nasoma Suratul Fatihat akagera ahagira hati: {GHAYRIL MAGHDWUBI ALAYHIM WA LA DWALINA: Inzira itari iy'abo warakariye cyangwa se abayobye} [Al Fatihat: 7],  mujye muvuga muti: AAMINA: Mana akira ubusabe bwacu, ibyo nimubikora  Allah azajya yakira ubusabe bwanyu. Navuga Allah Akbar akunama, namwe mujye mubivuga mwuname, kandi ubayoboye agomba kunama mbere yanyu, akanunamuka mbere yanyu, muramenye ntimukamutange." Igihe Imam avuze ngo Sami'Allahu Liman Hamidah bisobanuye: Allah yumva abamushimira banamusingiza. Namwe muzavuge muti: Rabana Wa Lakal Ham'du: Nyagasana ukwiye ishimwe n'ikuzo. Iyo abari gusari bavuze batyo na Allah yumva ubusabe bwabo ndetse n'ibyo bavuga, kandi Allah nyir'ubutagitifu abinyujije mu mvugo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze ati: Allah yumva ubusabe bw'umushimira akanamukuza. Hanyuma iyo Imam avuze ngo Allah Akbar hanyuma akubama, abari gusengana nawe baba bagomba kuvuga bati: Allah Akbar maze nabo bakunama, kubera ko Imam yubama mbere yabo ari gusengesha ndetse akanubamuka mbere yabo. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije iravuga iti: Ubayoboye niyicara, ibyo umwe muri mwe azajya aheraho ajye avuga ati:  A-TAHIYATU A-TWAYIBATU, A-SWALAWATU LILLAHI, A-SALAMU ALAYKA AYUHA A-NABIYU WA RAHMATULLAH WA BARAKATUH, A-SALAMU ALAYNA WA ALA IBADILLAHI SWALIHINA, A-SH'HADU AN LA ILAHA ILA LLAH WA ASHAHADU ANA MUHAMADAN ABDUHU WA RASULUHU: Ibyubahiro byose, amasengesho ndetse n’ibyiza byose ni ibya Allah, amahoro n’imigisha n’impuhwe z’Imana bikubeho yewe ntumwa, amahoro y’Imana n’imbabazi zayo bitubeho, zibe no kubagaragu b’Imana bakora ibyiza. Ndahamya ko nta yindi mana ikwiye gusengwa by’ukuri uretse Imana imwe rukumbi. Nkanahamya ko na Muhamad ari umugaragu w’Imana ndetse akaba n’Intumwa ye.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Kugaragaza uko ubuhamya buvugwamo
 Ibikorwa bikorwa mu iswalat n'imvugo ziyivugwamo, bigomba kuba bifite inkomoko ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) bityo ntibyemewe ku wo ari we wese kwihimbira ibye byaba imvugo cyangwa se ibikorwa adakomora mu migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Ntibyemewe gutanga Imam uyoboye iswalat, cyangwa se gucyereza ibyo amaze gukora, ibiri itegeko n'uko uyobowe mu iswalat akurikira umuyoboye mu byo akoze byose.
 Kugaragaza uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ishishikajwe no kwigisha abayoboke bayo amategeko y'idini.
 Uyoboye iswalat (Imam), niwe abo ayoboye baba bagomba kureberaho, ntabwo  byemewe kumutanga mubyo akora mu iswalat, cyangwa se kugendana nawe cyangwa se gucyererwa ibyo amaze gukora, ahubwo ni ukumukurikiza ibyo avuze cyangwa se akoze nawe ukabikora, kandi umugenzo w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni ukumukurikiza.
 Ni ngombwa guhagarara ku mirongo mu iswalat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>Ndahiye k'ufite roho yanjye mu kuboko kwe, ko iswalat yanjye yegera gusa n'iy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), kubera ko iyi ari yo swalat yakoraga kugeza ubwo yavaga muri ubu buzima bw'iyi si</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Yajyaga avuga ALLAH AKBAR (Imana isumba byose)  muri buri swalat y'itegeko no mu zindi mu kwezi kwa Ramadwan no mu bindi bihe, akavuga ALLAH AKBAR igihe ahagaze, n'igihe yunamye (Ruku'u), yarangiza akavuga ati: SAMI'ALLAHU LIMAN HAMIDAH: Allah yumva umushimira  anamusingiza; hanyuma akavuga ati: “RABANA WALAKAL HAMDU: Nyagasani wacu  ni wowe ukwiye ishimwe n’ikuzo, mbere y'uko yubama, yarangiza akavuga ati: ALLAH AKBAR (Imana isumba byose) igihe agiye kubama, yarangiza akavuga ALLAH AKBAR igihe yubamutse, hanyuma akongera akavuga ALLAH AKBAR igihe yongeye kubama, akongera akavuga ALLAH AKBAR igihe yubamutse, hanyuma akongera akavuga ALLAH AKBAR igihe ahagurutse, akabigenza atyo kuri buri gice (raka) kugeza ubwo asoje iswalat ye, maze yaba arangije akavuga ati: Ndahiye k'ufite roho yanjye mu kuboko kwe, ko iswalat yanjye yegera gusa n'iy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), kubera ko iyi ari yo swalat yakoraga kugeza ubwo yavaga muri ubu buzima bw'iyi si.</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>Abu Hurayrat (Imana imwishimire) aratubwira bimwe mu byari bigize iswalat y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), akatubwira ko yajyaga avuga ALLAH AKBAR (Imana isumba byose) atangiye gusali buri swalat y'itegeko no mu zindi mu kwezi kwa Ramadwan no mu bindi bihe, akavuga ALLAH AKBAR igihe ahagaze, n'igihe yunamye (Ruku'u),n'igihe yubamye n'igihe yubamutse, n'igihe yubamye ku nshuro ya kabiri, n'igihe yubamutse ku nshuro ya kabiri, n'igihe ahagurutse arangije Rakaa ebyira nyuma y'ikicaro avugiramo ubuhamya (A-Tahiyatu) bwa mbere mu iswalat ifite rakaa eshatu cyangwa enye, yarangiza akabigenza gutyo mu iswalat yose kugeza ayirangije, n'iyo yunamukaga avuye ruku'u yaravugaga ati: SAMI'ALLAHU LIMAN HAMIDAH: Allah yumva umusingiza; hanyuma akavuga ati: “RABANA WALAKAL HAMDU: Nyagasani wacu  ni wowe ukwiye ishimwe n’ikuzo;
 Hanyuma Abu Hurayrat yamara gusari akavuga ati: Ndahiye k'ufite roho yanjye mu kuboko kwe, ko iswalat yanjye yegera gusa n'iy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), kubera ko iyi ari yo swalat yakoraga kugeza ubwo yavaga muri ubu buzima bw'iyi si.</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Ijambo ALLAH AKBAR mu iswalat rivugwa  igihe cyose wubamye unubamutse, usibye igihe wunamutse uvuye ku mavi nibwo uvuga uti: SAMIALLAHU LIMAN HAMIDAH: Allah yumva umushimira unamusingiza.
 Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bari bashishikajwe no kwigana Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ndetse no kubungabunga imigenzo ye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>Allah Nyir'ubutagatifu yaravuze ati:  Nagabanyije iswalat  hagati yanjye n'umugaragu wanjye mo ibice bibiri; kandi umugaragu wanjye akwiye kubona ibyo yansabye</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: Allah Nyir'ubutagatifu yaravuze ati:  Nagabanyije iswalat  hagati yanjye n'umugaragu wanjye mo ibice bibiri; kandi umugaragu wanjye akwiye kubona ibyo yansabye; Iyo avuze ati: “ALHAMDULILLAHI RABIL ALAMIINA: Ishimwe n’ikuzo byose bikwiye Allah, Nyagasani w’ibiremwa byose; Allah Nyir'ubutagatifu aravuga ati: Umugaragu wanjye aransingije. N'iyo avuze ati: A-RAHMANI RAHIM: Nyirimpuhwe, Nyirimbabazi, Allah Nyir'ubutagatifu aravuga ati: Umugaragu wanjye amvuze ibigwi. N'iyo avuze ati: MALIKI YAWUMI DINI: Umwami w’ikirenga wo ku munsi w’imperuka, Allah Nyir'ubutagatifu aravuga ati:  Umugaragu wanjye ampaye icyubahiro, cyangwa se akavuga ati: Umugaragu wanjye anyeguriye ibye. N'iyo  avuze ati: IYAKA NA'ABUDU WA IYAKA NAS’TA-IN: Ni wowe (wenyine) dusenga, kandi ni wowe (wenyine) twiyambaza, Allah Nyir'ubutagatifu aravuga ati: Ibi ni hagati yanjye n'umugaragu wanjye, kandi umugaragu wanjye akwiye kubona ibyo yansabye. N'iyo avuze ati: IHDINA SWIRATWAL MUS’TAQIM, SWIRATWALADHINA AN’ AM’TA ALAY’HIM, GHAY’RIL MAGH’DWUBI ALAY’HIM WALA DWAALIINA: Tuyobore inzira igororotse, inzira y’abo wahundagajeho inema, itari iy’abo warakariye cyangwa abayobye, Allah Nyir'ubutagatifu aravuga ati: Ibi ni iby'umugaragu wanjye, kandi umugaragu wanjye akwiye kubona ibyo yansabye."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko Allah Nyir'ubutagatifu muri Hadithul Qud'siy yavuze ati: Suratul Fatihat umugaragu wanjye asoma ari gusali nayigabanyijemo ibice bibiri hagati yanjye na we, mfite kimwe cya kabiri nawe akagira ikindi.
 Igice cyayo kibanza ni Ugushima no Gusingiza ndetse no kuvuga ibigwi Allah, nanjye nkabimuhembera ibihembo bishimishije.
 Naho igice cyayo cya kabiri: Ni ukwicisha bugufi no kunsaba umugaragu akora, nkamwumva ndetse nkamuha ibyo ansabye.
 Iyo urimo gusali avuze ati: “ALHAMDULILLAHI RABIL ALAMIINA: Ishimwe n’ikuzo byose bikwiye Allah, Nyagasani w’ibiremwa byose; Allah Nyir'ubutagatifu aravuga ati: Umugaragu wanjye aransingije, anampaye ikuzo. N'iyo avuze ati: A-RAHMANI RAHIM: Nyirimpuhwe, Nyirimbabazi, Allah Nyir'ubutagatifu aravuga ati: Umugaragu wanjye amvuze ibigwi. N'iyo avuze ati: MALIKI YAWUMI DINI: Umwami w’ikirenga wo ku munsi w’imperuka, Allah Nyir'ubutagatifu aravuga ati:  Umugaragu wanjye ampaye icyubahiro, kandi iki kikaba ari icyubahiro cyagutse.
 Iyo  avuze ati: IYAKA NA'ABUDU WA IYAKA NAS’TA-IN: Ni wowe wenyine dusenga, kandi ni wowe wenyine twiyambaza, Allah Nyir'ubutagatifu aravuga ati: Ibi ni hagati yanjye n'umugaragu wanjye, kandi umugaragu wanjye akwiye kubona ibyo yansabye.
 Bityo igice kibanza muri iyi Ayat ni umwihariko wa Allah ari cyo cy'uko ari (Wowe wenyine tugaragira), hano hakaba harimo kwiyemerera ko ukwiye kugaragirwa ari Allah wenyine, ndetse akaba ari na we wenyine wakira ubusabe; aha hakaba ari ho igice cy'umwihariko wa Allah kirangiriye.
 Naho igice cya kabiri umugaragu yihariye muri uyu murongo ni (Wowe wenyine dusaba inkunga), aha hakaba harimo gusaba Allah ubufasha n'inkunga n'isezerano rye ry'uko agomba gutera inkunga.
 N'iyo avuze ati: IHDINA SWIRATWAL MUS’TAQIM*, SWIRATWALADHINA AN’ AM’TA ALAY’HIM, GHAY’RIL MAGH’DWUBI ALAY’HIM WALA DWAALIINA: Tuyobore inzira igororotse, inzira y’abo wahundagajeho inema, itari iy’abo warakariye cyangwa abayobye, Allah Nyir'ubutagatifu aravuga ati: Uku ni ugusaba no kwibombarika by'umugaragu wanjye, kandi umugaragu wanjye akwiye kubona ibyo yansabye, ndetse namaze no kumwakirira ubusabe bwe.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Ubuhambare bwa Suratul Fatihat, aho Allah muri iyi mvugo  yayise (Iswalat).
 Kugaragaza uburyo Allah yita ku mugaragu we, aho yamuvuze ibigwi kubera ko nawe yamusingije akanamuvuga ikuzo, ndetse akanamusezeranya kumuha ibyo yamusabye.
 Iyi surat ntagatifu ikubiyemo ikuzo n'ishimwe bya Allah, ndetse n'isezerano rye, no gusaba Allah, no kumwegurira ibikorwa byose, ndetse no kumusaba kuyoboka inzira igororotse, no kuturinda inzira z'ibinyoma.
 Kuba umuntu uri gusali yatekereza kuri ibi bisobanuro byamwongerera kwibombarika mu iswalat ye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>Umujura mubi kuruta abandi bantu bose ni uwiba iswalat ye", baramubaza bati: Ni gute yiba iswalat ye? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irasubiza iti: "Ntiyuzuza kunama  (Ruku) cyangwa se kubama (Sudjud)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umujura mubi kuruta abandi bantu bose ni uwiba iswalat ye", baramubaza bati: Ni gute yiba iswalat ye? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irasubiza iti: "Ntiyuzuza kunama  (Ruku) cyangwa se kubama (Sudjud)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko abantu babi kuruta abandi bose ari abiba mu iswalat yabo, kubera ko uwiba imitungo y'abandi hari ubwo yagira icyo imumarira hano ku isi, bitandukanye n'uwiba iswalat ye, aba yiyibye anihuguje mu bihembo yari kuzabona ku munsi w'imperuka. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) barayibajije bati: Yewe Ntumwa y'Imana! Ni gute umuntu yiba mu iswalat ye? Irabasubiza iti: Ni utuzuza kunama no kubama, bisobanuye kwihuta mu kunama kwe no kubama kwe, ntabikore mu buryo bukwiye.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Agaciro ko gutunganya iswalat no kuyikora wuzuza inkingi zayo, ufite ituze kandi unibombarika.
 Kuba umuntu utubama cyangwa se ngo yuname mu buryo bukwiye yaragereranyijwe n'umujura ni mu rwego rwo kugira ngo abantu babyirinde, no kwihanangiriza ko ari ikizira.
 Ni itegeko kunama no kubama mu iswalat mu buryo bwuzuye, no kubitunganya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yajyaga yubura umugongo wayo yunamutse (ivuye Ruku'u) yajyaga ivuga iti: SAMI-ALLAHU LIMAN HAMIDAH: Allah yumva umushimira anamusingiza</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Abi Aw'fa (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yajyaga yubura umugongo wayo yunamutse (ivuye Ruku'u) yajyaga ivuga iti: SAMI-ALLAHU LIMAN HAMIDAH: Allah yumva umushimira anamusingiza ALLAHUMA RABANA WALAKAL HAMDU, MIL'A SAMAWATI WA MIL AL ARDWI WA MIL AMAA SHI-ITA MIN SHAY’IN BA’ADU” Mana Nyagasani wacu  ni wowe ukwiye ishimwe n’ikuzo,  bingana n’ibyuzuye  ibirere n’isi n’ibindi washaka nyuma yaho.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yabaga yunamutse ivuye Ruku'u iri gusali yaravugaga iti: "SAMI'A ALLAHU LIMAN HAMIDAH: Allah yumva umushimira unamusingiza, bisobanuye ngo ushimiye Allah akanamusingiza Allah yumva akanakira ubusabe bwe, hanyuma akongeraho amagambo yo kumusingiza agira ati: ALLAHUMA RABANA WALAKAL HAMDU, MIL'A SAMAWATI WA MIL AL ARDWI WA MIL AMAA SHI-ITA MIN SHAY’IN BA’ADU” Mana Nyagasani wacu  ni wowe ukwiye ishimwe n’ikuzo,  bingana n’ibyuzuye  ibirere n’isi n’ibindi washaka nyuma yaho.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Kugaragaza amagambo usali akwiye kuvuga igihe yubuye umutwe we yunamutse avuye Ruku'u.
 Ni itegeko kunamuka uvuye ruku'u ugahagarara wemye, kuko ntibyemewe kuvuga aya magambo cyeretse umaze guhagarara neza no guhagarara wemye kandi utuje.
 Ubu busabe butegetswe mu iswalat zose zaba iz'itegeko cyangwa se iz'umugereka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nyuma ya buri swalat y'itegeko</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Warrad, wari umwanditsi w'umusangirangendo Al Mughirat Ibun Shu'ubat, yaravuze ati: Al Mughirat Ibun Shu'ubat yambwiye ibyo nandika ubwo yandikiraga Mu'awiyat avuga ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nyuma ya buri swalat y'itegeko yajyaga ivuga iti: "LA ILAHA ILA ALLAH WAHDAHU LA SHARIKALAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAYI’IN QADIRU: Nta yindi mana ikwiye gusengwa by’ukuri usibye Allah, ni umwe utabangikanywa n’ikindi icyo aricyo cyose, niwe Nyir'ubwami, niwe ukwiye gushimwa n'ibisingizo, ni nawe ufite ubushobozi bw’icyo ari icyo cyose.  ALLAHUMA LA MANI’A LIMA A’ATWAYITA, WALA MU’UTWIYA LIMA MANA’ATA, WA LA YAN’FAU DHAL DJADI MI’NIKAL DJADU: Mana Nyagasani ntawakwima uwo wahaye, nta n'uwaha uwo wimye, n'umunyabushobozi hano ku isi, nta cyo bwamumarira usibye ibikorwa byiza yakoze.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nyuma ya buri swalat y'itegeko yajyaga ivuga iti: "LA ILAHA ILA ALLAH WAHDAHU LA SHARIKALAHU, LAHUL MULKU WA LAHUL HAMDU WA HUWA ALA KULI SHAYI’IN QADIRU: Nta yindi mana ikwiye gusengwa by’ukuri usibye Allah, ni umwe utabangikanywa n’ikindi icyo aricyo cyose, niwe Nyir'ubwami, niwe ukwiye gushimwa no gusingizwa, ni nawe ufite ubushobozi bw’icyari icyo cyose.  ALLAHUMA LA MANI’A LIMA A’ATWAYITA, WALA MU’UTWIYA LIMA MANA’ATA, WA LA YAN’FAU DHAL DJADI MI’NIKAL DJADU: Mana Nyagasani ntawakwima uwo wahaye, nta n'uwaha uwo wimye, n'umunyabushobozi hano ku isi, nta cyo bwamumarira usibye ibikorwa byiza yakoze.
 Bisobanuye ngo: Nemera nkanahamya ijambo ry'ukwemera ari ryo LA ILAHA ILA LLAH, ibikorwa byose mbikora kubera Allah, nkanahakana undi wabikorerwa utari we, nta wundi ukwiye kugaragirwa by'ukuri usibye we. Ndaniyemerera ko ubwami bw'ukuri bwuzuye ari ubwa Allah, n'ikuzo n'ishimwe bikorwa n'abo mu birere no mu isi nta wundi ubikwiye usibye Allah, kuko ari we ufite ubushobozi kuri buri kintu, kandi ko ibyo Allah yagennye mu kugaba no kwima nta wabisubiza inyuma, nta n'umunyabubasha ububasha bwe bwagira icyo bumarira, ahubwo ibyagira icyo bimumarira ni ibikorwa bye byiza yakoze.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Ubu busabe bwa nyuma y'iswalat bukubiyemo amagambo ashimangira ko Imana ari imwe ikwiye no gusingizwa.
 Kwihutira gushyira mu bikorwa imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), no kuyikwiza ahantu hose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ivuga hagati y'ibyubamo bibiri iti: “RABI GH’FIR’LI, RABI GH'FIR LII: Mana yanjye mbabarira, Mana yanjye mbabarira</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Hudhayfat (Imana imwishimire) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ivuga hagati y'ibyubamo bibiri iti: “RABI GH’FIR’LI, RABI GH'FIR LII: Mana yanjye mbabarira, Mana yanjye mbabarira."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Intumwa y 'Imana (Imana iyihe amahoro n'imigisha) iyo yabaga yicaye hagati y'ibyubamo bibiri yajyaga ikunda kuvuga iti: RABI GH’FIR’LI, RABI GH'FIR LII: Mana yanjye mbabarira, Mana yanjye mbabarira, ndetse ikanayasubiramo.
 RABI GH'FIR LII, bisobanuye ko umugaragu asaba Nyagasani we ko amubabarira ibyaha ndetse akanamuhishira.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Ubu busabe bwagenwe hagati yo kubama kubiri yaba mu iswalat y'itegeko cyangwa se iy'umugereka
 Ni byiza gusubiramo aya magambo RABI GHFIR LII: Mana mbabarira, ariko kuyavuga rimwe ni byo by'itegeko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Iyo ni Shitani yitwa Khin'zabu, nujya uyumva ujye wikinga kuri Allah kugira ngo ayikurinde, maze uvume ibumoso bwawe inshuro eshatu</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Uth'man Ibun Abil Aswi (Imana imwishimire) yavuze ko: Yagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) maze arayibaza ati: Yewe Ntumwa y'Imana! Mu by'ukuri Shitani iza hagati yanjye n'iswalat yanjye ndetse n'igisomo cyanjye ikanteza urujijo, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: "Iyo ni Shitani yitwa Khin'zabu, nujya uyumva ujye wikinga kuri Allah kugira ngo ayikurinde, maze uvume ibumoso bwawe inshuro eshatu, Uthman yaravuze ati: Nuko mbigenza ntyo Allah arayindinda.</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>Uth'man Ibun Abil Asw (Imana imwishimire) yavuze ko yagiye kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) maze arayibaza ati: Yewe Ntumwa y'Imana! Mu by'ukuri Shitani iza hagati yanjye n'iswalat yanjye ndetse n'igisomo cyanjye ikanteza urujijo no gushidikanya, igatuma ntibombarika! Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: "Iyo ni Shitani yitwa Khin'zabu, nujya uyumva ujye wikinga kuri Allah kugira ngo ayikurinde, maze uvume ibumoso bwawe inshuro eshatu, Uthman yaravuze ati: Nuko mbigenza ntyo Allah arayindinda.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Ni ngombwa kwibombarika no gusali ubikuye ku mutima, kandi ko Shitani ikora ibishoboka byose kugira ngo ishuke umuntu ndetse inamutere gushidikanya muri we.
 Ni byiza kwikinga kuri Allah ngo akurinde Shitani n'amoshya ye mu iswalat, no kuvuma ibumoso inshuro eshatu.
 Kugaragaza uburyo abasangirangendo b'Intumwa y'Imana, bajyaga bagaruka ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) kugira ngo bayisobanuze bimwe mu bibazo bibagoye bahura nabyo.
 Uburyo imitima y'abasangirangendo yari ifite ubuzima, n'uburyo bari bashishikajwe no gushaka impera nziza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65105</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ</t>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah ntiyemera igikorwa umuntu yakoze atari we wenyine agikoreye kandi akaba ari we wenyine ashaka kwishimirwa nawe</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Umamat Al Bahiliyi (Imana imwishimire) yaravuze ati: Umugabo umwe yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) arayibaza ati: Urabona ute umugabo umwe warwanye urugamba ashaka ibihembo no kuvugwa? Ibye bigenda bite? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Nta na kimwe abona, nuko wa mugabo abisubiramo inshuro eshatu, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusubiza ko ntacyo abona, irangije iramubwira iti: "Mu by'ukuri Allah ntiyemera igikorwa umuntu yakoze atari we wenyine agikoreye kandi akaba ari we wenyine ashaka kwishimirwa nawe.</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>Umugabo umwe yaje ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) arayibaza anayisobanuza itegeko rireba umugabo wagiye ku rugamba ashaka ibihembo no kuvugwa neza mu bantu? Niba hari ibihembo by'ibikorwa bye yabona? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusubiza ko nta na kimwe mu bihembo abona kubera ko yabangikanyije Allah mu bikorwa bye! Nuko wa mugabo abisubiramo inshuro eshatu, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ariko imusubiza ko ntacyo abona, irangije imubwira itegeko rigenga kwakirwa kw'ibikorwa kwa Allah ivuga ko Allah atemera igikorwa umuntu yakoze atari we wenyine agikoreye kandi akaba ari we wenyine ashaka kwishimirwa nawe.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Allah ntabwo ajya yemera ibikorwa cyeretse ibyakozwe kubera we wenyine, kandi bikaba bihuye n'umuyoboro w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
 Nuko mu buryo bwiza bwo gusubiza k'ubajijwe, igisubizo cye kigomba kuba kinyuze uwamubajije ndetse birenzeho.
 Gushimangira itegeko rihambaye hifashishijwe gusubiramo ikibazo kenshi.
 Umuntu uharanira inzira y'Imana by'ukuri  ni uharanira ko ijambo rya Allah ariryo riganza, ndetse agaharanira gushaka ibihembo n'ingororano zo ku munsi w'imperuka ariko akanabikorana umugambi wo kwishimirwa na Allah gusa, atagamije iby'isi.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65107</t>
   </si>
   <si>
-    <t>ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا</t>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>Yamaze gusogongera ku buryohe bw'ukwemera, wa wundi uzashimishwa nuko Allah ari we Nyagasani we, n'ubuyisilamu bukaba idini rye, na Muhamadi akaba ari we Ntumwa ye</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Al Abass Ibun Abdul Mutwalib (Imana imwishimire) yavuze ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Yamaze gusogongera ku buryohe bw'ukwemera, wa wundi uzashimishwa nuko Allah ari we Nyagasani we, n'ubuyisilamu bukaba idini rye, na Muhamadi akaba ari we Ntumwa ye".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umwemeramana w'ukuri mu kwemera kwe kuzuye umuti we, azumva muri we ituze n'umunezero ndetse n'uburyohe bwo kwiyegereza Allah, nanezezwa n'ibintu bitatu:
 Icya mbere: Kunezezwa n'uko Allah ari we Nyagasani we, igituza cye kikakira ibiturutse kwa Allah nk'amafunguro n'ibindi amugenera, bityo ntiyijujute ngo yange ibyo yamugeneye muri ibi, kandi ntagire undi asaba utari Allah Nyagasani we.
 Icya kabiri: Kunezezwa nuko ubuyisilamu ari ryo dini rye, bityo igituza cye kikakira ibikubiye mu nyigisho z'ubuyisilamu nk'amategeko n'ibindi acyeneye, ntagire ibindi aharanira bitari ubuyisilamu.
 Icya gatatu: Akanezezwa nuko Muhamadi (Imana imuhe amahoro n'imigisha) ari Intumwa, igituza cye kikakira ndetse kinanezezwa n'ibyo Intumwa Muhamadi yazanye byose nta bishidikanyeho, nta nanyure mu yindi nzira idahuye n'umuyoboro wayo.</t>
   </si>
   <si>
     <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
 الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
 الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
 قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
   </si>
   <si>
     <t>Ukwemera kuryohera imitima, nkuko ibyo kurya no kunywa biryohera akanwa.
 Umubiri ntiwumva uburyohe bw'ibyo kurya no kunywa usibye igihe ari muzima, ni nk'uko umutima udafite uburwayi bw'irari riyobya no kurarikira ibiziririjwe ugira uburyohe bw'ukwemera. N'igihe cyose urwaye nturyoherwa n'ukwemera, ahubwo ushobora kubatwa n'irari n'ibindi byaha.
 Umuntu iyo anyuzwe akishimira ikintu kiramworohera ntikimugore, ndetse akanishimira ibyacyo byose, bigasesekara no ku mutima we, ni nkuko umwemeramana iyo umutima we winjiyemo ukwemera, yoroherwa no gukora ibituma yumvira Allah ndetse ukanabyishimira ntibinamugore.
 Umumenyi Ibun Al Qayyim yaravuze ati: Iyi Hadith ikubiyemo kunyurwa nuko Allah ari we Nyagasani wenyine mu bikorwa akora, no mu bikorwa abagaragu bamukorera, ndetse no kunyurwa n'Intumwa ye no kuyumvira, no kunyurwa n'idini rye no gukurikiza amategeko yaryo yose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65116</t>
   </si>
   <si>
-    <t>أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ</t>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>Ibintu bine uwo bizagaragaraho azaba ari indyarya nyayo; n'uwuzagaragarwaho na kimwe muri byo azaba agaragaweho na kimwe mu biranga indyarya: Iyo aganira arabeshya, n'iyo atanze isezerano araryica, n'iyo yizewe arahemuka, n'iyo atonganye ararengera</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Amri (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ibintu bine uwo bizagaragaraho azaba ari indyarya nyayo; n'uwuzagaragarwaho na kimwe muri byo azaba agaragaweho na kimwe mu biranga indyarya: Iyo aganira arabeshya, n'iyo atanze isezerano araryica, n'iyo yizewe arahemuka, n'iyo atonganye ararengera."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irihanangiriza abantu kugaragarwaho n'ibintu bine, kuko iyo biteraniye ku muyisilamu aba ameze kimwe n'indyarya; ibi ni kuri wa wundi bigaragaraho, naho uwo bitagaragaraho ntabarwa muri aba; ibyo bintu ni:
 Icya mbere: Iyo aganira agambirira kubeshya ntabe umunyakuri mu magambo ye.
 Icya kabiri: Iyo atanze isezerano ntaryubahiriza, ahemukira uwo barigiranye.
 Icya gatatu: Iyo asezeranye ntabyubahiriza.
 Icya kane: Iyo agiranye intonganya n'amakimbirane n'undi uwo ari we wese ararengera mu buryo bukomeye, akanyuranya n'ukuri, ndetse akanashaka kumwihinduka, akavuga ibinyoma n'ibindi bitari ukuri.
 Uburyarya rero ni ukugaragaza ibitandukanye n'ibyo utagaragaza. Ibi rero bigaragarira kuri wawundi ugaragarwaho n'ibi bintu bine by'umwihariko kuwo baganira, bagiranye isezerano, umwizeye, n'uwo bashyamiranye cyangwa se n'uwo basezeranye; ntabwo ari ukubera ko ari indyarya mu buyisilamu ngo abugaragaze ariko ahishe ubuhakanyi. N'ugaragaweho na kimwe muri ibi bintu bine, aba aranzwe na kimwe mu biranga indyarya kugeza igihe abirekeye.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Kugaragaza bimwe mu biranga indyarya mu rwego rwo gutinyisha abantu no kubibabuza.
 Ikigamijwe muri iyi Hadith nuko ibi bintu bine ari ibimenyetso by'uburyarya, n'uwo bigaragaraho aba asa n'indyarya ndetse arangwa n'imico yabo, ntabwo bivuze ko ari indyarya igaragaza ubuyisilamu nyamara ihishe ubuhakanyi. Hari n'indi mvugo ivuga ko ugaragarwaho nabyo ndetse akanadohoka muri byo, nta bihe agaciro; umuntu umeze atyo akenshi aba afite imyemerere ipfuye.
 Umumenyi Al Ghazaliy yaravuze ati: Ubundi gukurikiza ukwemera bigaragarira mu bintu bitatu:  Mu mvugo, ibikorwa ndetse n'imigambi; hano yagaragaje imvugo zidakwiye kubera kubeshya, n'ibikorwa bidakwiye kubera ubuhemu, n'imigambi idakwiye kubera kwica isezerano. Iyo umuntu yagize umugambi wo kuryica, ariko akagira ikibimubuza cyangwa se akagaragarirwa n'ikindi gitekerezo ntabwo aba ahise aba indyarya.
 Uburyarya burimo amoko abiri: Uburyarya mu myemerere bukura nyirabwo mu kwemera, ari bwo busobanuye igihe umuntu agaragaje ubuyisilamu ariko ahishe ubuhakanyi muri we; n'uburyarya mu bikorwa ari bwo busobanuye kwisanisha n'indyarya mu mico yabo no mu bibaranga, ariko ubu bwo ntibukura nyirabwo mu kwemera, gusa ni kimwe mu byaha bikuru.
 Umumenyi Ibun Hadjar yaravuze ati: Abamenyi bose bemeranyijwe ko umuntu ubaye umunyakuri ku mutima we, no ku rurimi rwe akagaragarwaho na kimwe muri biriya biranga indyarya, ntiduhita tumufata nk'umuhakanyi, nta n'ubwo ari indyarya izaba mu muriro ubuziraherezo.
 Umumenyi A-Nawawiy nawe yaravuze ati: Benshi mu bamenyi bavuze ko indyarya zigamijwe hano ari babandi bari bariho ku gihe cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bavuga bakagaragaza ko ari abemera ariko babeshya, bakizerwa ku idini ryabo bagahemuka, batanga isezerano ntibaryubahirize, ndetse bakanarengera mu ntonganya na bagenzi babo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65124</t>
   </si>
   <si>
-    <t>بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ</t>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>Mu bitunganya ubuyisilamu bw’umuntu ni uko areka ibitamureba</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu bitunganya ubuyisilamu bw’umuntu ni uko areka ibitamureba."</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko mu byuzuza ubuyisilamu bw'umuntu ndetse bukanatungana, n'ukwemera kwe kukuzura ni ukwitandukanya n'ibitamureba adafite aho ahuriye nabyo mu mvugo no mu bikorwa, cyangwa se n'ibindi bitamureba mu kwemera kwe no mu mibereho ye. Bityo umuntu kumara umwanya ku bintu bitamureba cyangwa agakora ibyo akwiye kwirinda; kubera ko umuntu azabazwa ibikorwa bye ku munsi w'imperuka.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Abantu mu buyisilamu ntibari ku rwego rumwe, kandi ubuyisilamu  bukomeza kuba bwiza kubera ibikorwa.
+Kureka ibidafite umumaro mu mvugo n'ibikorwa ni ikimenyetso cyo kuzura kw'ubuyisilamu bw'umuntu.
+Gushishikariza kwita kubireba umuntu mu kwemera kwe no mu mibereho ye, kubera ko niba mu gutungana k'ubuyisilamu bw'umuntu harimo kureka ibitamureba, bisobanuye ko mu byiza byabwo harimo kwita ku bikureba.
+Umumenyi Ibun Al Qayim (Imana imugirire impuhwe) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakusanyirije hamwe ibituma umuntu yigengesera akagira amacyenga no gutinya mu ijambo rimwe, aho yavuze iti: "Mu bituma ubuyisilamu bw'umuntu buba bwiza ni ukureka ibitamureba", ibi ni rusange bikubiyemo kureka amagambo, kureba, kumva, gukora, kugenda, gutekereza, n'ibindi byose umuntu akora bigaragara n'ibitagaragara; iri jambo rero riraduhagije ku bijyanye n'ibi.
+Umumenyi Ibun Radjab yaravuze ati: Iyi Hadith ni imwe mu misingi yo kurangwa n'ikinyabupfura n'imyitwarire myiza.
+Gushishikariza kwiga no gushaka ubumenyi, kubera ko ari bwo butuma umuntu amenya ibimureba n'ibitamureba.
+Gushishikariza gukora ibyiza no kubuza ibibi, no kujya inama kubireba umuntu; kubera ko nabyo abitegetswe.
+Mu bisobanuro rusange by'iyi Hadith harimo kugendera kure ibitareba umuntu mu byo Allah yaziririje, n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ikagaragaza ko atari byiza, hakaniyongeramo n'ibyo adacyeneye mu bireba ubuzima bwo ku munsi w'imperuka nk'imiterere y'ibiri mu bumenyi bw'ibitagaragara, n'ibisobanuro birambuye ku bijyanye n'iremwa n'amategeko, harimo no kwibaza no gushaka kumenya ibyerekeranye n'ibyo Allah yagennye bitaraba, cyangwa bitari hafi yo kuba, cyangwa se tudafite ishusho y'uko bizaba.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>Hagati ya buri Adhana ebyiri (umuhamagaro w'iswalat) harimo iswalat, hagati ya buri Adhana ebyiri (umuhamagaro w'iswalat) harimo iswalat." Hanyuma ku nshuro ya gatatu iravuga iti: Kuri wa wundi uzabishaka</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Mughafal (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Hagati ya buri Adhana ebyiri (umuhamagaro w'iswalat) harimo iswalat, hagati ya buri Adhana ebyiri (umuhamagaro w'iswalat) harimo iswalat." Hanyuma ku nshuro ya gatatu iravuga iti: Kuri wa wundi uzabishaka.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko hagati ya buri muhamagaro mukuru (Adhana) n'umuto (Iqamat) haba harimo iswalat y'umugereka, ibisubiramo inshuro eshatu, ku nshuro ya gatatu ivuga ko ibyo ari byiza kuri wa wundi ushatse gusali.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
   <si>
     <t>Gushishikariza gusali iswalat y'umugereka hagati ya Adhana na Iqamat.
 Umuyoboro w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu gusubiramo imvugo kenshi, mu rwego rwo kumvisha no gushimangira  imvugo, kubera agaciro kayo.
 Ikigamijwe muri iyi mvugo "Adhana ebyiri" ni Adhana na Iqamat, ziswe Adhana ebyiri kubera ko ari cyo kiganje nk'uko bavuga amezi abiri bagamije (izuba n'ukwezi), na ba Umar babiri bagamije (Abu Bak'ri na Umar).
 Adhana ni ukumenyesha ko igihe cyo gusali cyegereje naho Iqamat ni ukumenyesha ko gusali bigiye gutangira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65479</t>
   </si>
   <si>
-    <t>إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ</t>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
   </si>
   <si>
     <t>Iyo umuntu apfuye ibikorwa bye byose birahagarara usibye bitatu: Ituro yatanze rihoraho, cyangwa se ubumenyi yigishije bufitiye abandi akamaro, cyangwa se umwana mwiza asize uzajya amusabira</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Iyo umuntu apfuye ibikorwa bye byose birahagarara usibye bitatu: Ituro yatanze rihoraho, cyangwa se ubumenyi yigishije bufitiye abandi akamaro, cyangwa se umwana mwiza asize uzajya amusabira."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
 الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
 الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
 الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko ibikorwa by'umuntu birangirana n'igihe apfuye, bityo ntakomeza kwandikirwa ibyiza nyuma yo gupfa kwe usibye mu bintu bitatu yagizemo uruhare:
 Icya mbere: Ituro akomeza kubonera ibihembo bihoraho nk'ibikorwa bifitiye abandi umumaro, nko kubaka imisigiti, gucukura amariba n'ibindi.
 Icya kabiri: Ni ubumenyi bugirira akamaro yasize atanze  nko kwandika ibitabo, cyangwa se akigisha umuntu, wa muntu nawe agakwirakwiza bwa bumenyi nyuma yo gupfa kwe.
 Icya gatatu: Ni umwana mwiza w'umwemeramana yasize usabira ababyeyi be.</t>
   </si>
   <si>
     <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
 خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
 كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
 العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
 الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
 الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
 الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
   </si>
   <si>
     <t>Abamenyi bemeranyijwe ko ibikorwa umuntu akomeza kubonera ibihembo na nyuma yo gupfa kwe ari ituro rihoraho, ubumenyi ngirakamaro yasize, n'ubusabe. No mu zindi Hadith havuzwemo n'umutambagiro mutagatifu.
 Ibi bintu bitatu byavuzwe muri iyi Hadith ku buryo bw'umwihariko, kuko nibyo shingiro ry'ibyiza bindi, ninabyo abakora ibyiza baharanira ko byazasigara nyuma yo gupfa kwabo.
 Buri  bumenyi ngirakamaro bwose umuntu arabuhemberwa, ariko ubuza ku isonga ni ubumenyi bw'idini n'ubundi bubwunganira.
 Ubumenyi nibwo buruta ibi bitatu byavuzwe muri Hadith, kuko bugirira umuntu akamaro ubwize, nibwo burimo kurinda amategeko y'idini, ndetse ni n'ingirakamaro ku biremwa, ni nabwo bugirira umumaro ibiremwa byose muri rusange, nkuko bugirira akamaro ubukwizeho ukiriho na nyuma yo gupfa kwe.
 Gushishikariza kwita ku burere bw'abana bakora ibikorwa byiza, kubera ko ari nabo bazagirira ababyeyi babo akamaro ku munsi w'imperuka. No mu kamaro kabo nuko basabira ababyeyi babo.
 Gushishikariza gukorera ababyeyi ibikorwa byiza nyuma yo gupfa kwabo, nabyo bibarwa nk'ibyiza umwana yungukiramo.
 Ubusabe bufasha uwapfuye, n'ubwo yaba asabirwa n'utari umwana we, ariko hano umwana yavuzwe mu buryo bw'umwihariko kuko niwe muntu ukomeza gusabira ababyeyi kugeza ubwo nawe apfuye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65566</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ</t>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
   </si>
   <si>
     <t>Yewe Ntumwa y'Imana! Nyina wa Sa'ad yarapfuye, none ni irihe turo ryiza namutangira? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Ni amazi! Sa'ad yaravuze ati: Nuko acukura iriba aravuga ati: Iri ni irya Nyina wa Sa'ad</t>
   </si>
   <si>
     <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Sa'ad Ibun Ubadat (Imana imwishimire) yavuze ko yavuze ati: Yewe Ntumwa y'Imana! Nyina wa Sa'ad yarapfuye, none ni irihe turo ryiza namutangira? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Ni amazi! Sa'ad yaravuze ati: Nuko acukura iriba aravuga ati: Iri ni irya Nyina wa Sa'ad.</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Nyina wa Sa'ad Ibun Ubadat yarapfuye, nuko Saadi abaza  Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ituro ryiza yamutangira? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira ko ituro ryiza ari iry'amazi, nuko acukura iriba arigira ituro rya Nyina.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>Kugaragaza agaciro ko gutanga amazi kandi ko ari ryo turo ryiza riruta ayandi.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yeretse Sa'ad gutanga ituro ry'amazi, kuko niryo rifite umumaro mu buzima bwa hano ku isi ndetse no ku munsi w'imperuka, no kubera  ubushyuhe n'ukuntu abantu baba bacyeneye amazi cyane.
 Kugaragaza ko ibihembo byo gutanga amaturo bigera no ku bapfuye.
 Uburyo Sa'ad Ibun Ubadat (Imana imwishimire) yagiriye neza Nyina (Imana imwishimire).</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65613</t>
   </si>
   <si>
-    <t>لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ</t>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>“Umwemera si usebanya (utera urwikekwe ku nkomoko y’abandi), uvumana, ukora ibikorwa by'urukozasoni ndetse n’umunyakinyabupfura gike.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Umwemera si usebanya (utera urwikekwe ku nkomoko y’abandi), uvumana, ukora ibikorwa by'urukozasoni ndetse n’umunyakinyabupfura gike.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko mu biranga umwemeramana ufite ukwemera kuzuye ko atari umuntu uvuga inenge z'abantu n'inenge z'inkomoko yabo, cyangwa ngo atukane cyane, cyangwa ngo avuge amagambo mabi n'ibikorwa bibi birimo ubushizi bw'isoni.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>Imvugo nyinshi z'idini zihakana ko nta kwemera  biba bitewe no gukora ibikorwa biziririjwe cyangwa se kureka ibikorwa by'itegeko.
 Gushishikariza kurinda ingingo z'umubiri no kuzirinda gukora ibibi by'umwihariko ururimi.
 Umumenyi A-Sin'diy yaravuze ati: Umuneguzi wa cyane, utukana cyane ni ikimenyetso ko kunegura no gutuka bishoboka ariko gacye cyane nabwo ku muntu bikwiye kubimunengera, kandi ibyo ntibyakuraho ukwemera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/65869</t>
   </si>
   <si>
-    <t>وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ</t>
+    <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>Ibihano bikomeye bizabona abisukura (udhu) ntibabikore neza, mujye mwisukura (Udhu) mu buryo bwuzuye</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Amri (Imana imwishimire we na se) yaravuze ati: Twagarukanye n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) tuvuye i Makat tugiye i Madinat, ubwo twari tugeze ku iriba mu nzira, bamwe mu bantu bihutishije iswalat yo ku gicamunsi (Al Asri), bafata isuku (Udhu) bafite ubwira, nuko tuhageze tubona udutsintsino twabo tutagezeho amazi, maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: "Ibihano bikomeye bizabona abisukura (udhu) ntibabikore neza, mujye mwisukura (Udhu) mu buryo bwuzuye."</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagize urugendo rwo kuva Makat ijya i Madinat iri hamwe n'abasangirangendo bayo, ubwo bari mu nzira, babonye amazi bamwe muri bo bihutira gutawaza kugira ngo basali iswalat ya Al Asr, kugeza ubwo ku dutsintsino twabo hatigeze hagera amazi ku buryo bugaragara, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Ibihano by'umuriro bizabona abatawaza ntibabikore neza hakagira ahasigara nko ku dutsintsino, nuko ibategeka ko bagomba kujya batawaza neza mu buryo bwuzuye.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Ni itegeko gutawaza ibirenge, kubera ko iyo biba byemewe kubihanagura, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntiyari kuba yarateguje igihano cy'umuriro umuntu wasigaje ku dutsintsino atahatawaje.
 Ni itegeko kugeza amazi ahantu hose hategetswe gukaraba, kandi ko ugize aho asiga mu ho ategetswe gukaraba n'ubwo haba hato abishaka cyangwa se kubera ubunebwe, iswalat ye ntiyemerwa.
 Agaciro ko kwigisha umuntu utazi ibintu ndetse akanerekerwa.
 Umumenyi ntarebera ikibi gikorwa, ahubwo aracyamagana igihe hagaragaye ko amategeko, cyangwa se imigenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ariko akabikora mu buryo bukwiye.
 Muhamadi Is'haq A-Dahlawiy yaravuze ati: Gutawaza mu buryo bwuzuye birimo amoko atatu: Iby'itegeko, ari byo bisobanuye gutawaza neza ahantu h'itegeko inshuro imwe, hari n'iby'umugereka ari byo gutawaza inshuro eshatu, hari no gutawaza umuntu ashishikarizwa gukora, ari byo gutawaza ukarenza ahategetswe hamwe no kubikora inshuro eshatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>Mu by'ukuri Allah yagennye amategeko muramenye ntimuzayirengagize, ashyiraho n'imbago muramenye ntimuzazirengeho, anaziririza bimwe mu bintu  muramenye ntimuzabirengeho, agira n'ibindi yacecetse ntiyabivugaho kubera impuhwe abafitiye, atari uko abyibagiwe, muramenye ntimuzabicukumbure</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Tha'alabat Al Khushaniy Djur'thum Ibun Nashir (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri Allah yagennye amategeko muramenye ntimuzayirengagize, ashyiraho n'imbago muramenye ntimuzazirengeho, anaziririza bimwe mu bintu  muramenye ntimuzabirengeho, agira n'ibindi yacecetse ntiyabivugaho kubera impuhwe abafitiye, atari uko abyibagiwe, muramenye ntimuzabicukumbure."</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Allah hari ibintu yategetse ndetse ashyiraho amategeko agomba kubahirizwa no kutayadohokaho, ndetse ko yanashyizeho imbago zituma abantu batagwa mu byo yabujije, bityo ntibemerewe kugira icyo bongera kuri yo; yanaziririje kandi ibintu dukwiye kwirinda no kutegera, ibindi bitari ibyo atavuze byari ku bw'impuhwe ze afitiye abagaragu be, ibyo bihama biziruye bitabujijwe bityo ntibyemewe ko tubicukumbura.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Iyi Hadith igaragaza ko Allah ari we ushyiraho amategeko wenyine.
+Iyi Hadith ikubiyemo amategeko n'imisingi itandukanye; kubera ko itegeko hari ubwo riba ryavuzwe rikagaragazwa, cyangwa se ritaravuzwe; Iryo ryavuzwe kandi hari ubwo riba ari itegeko utegetswe gukora mu buryo ntakuka cyangwa se ari umugenzo mwiza, cyangwa se ribuza mu buryo bwo kuziririza cyangwa se kubuza.
+Ibyo Allah atavuze ntabitegeke, ntanabibuze, biba byemewe.
+Uburyo bwiza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasobanuraga ibintu neza, muri ubu buryo yabigabanyijemo bugaragara.
+Ni itegeko kurinda amategeko ya Allah n'imbago ze.
+Ni ikizira kurengera imbago za Allah.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>“Mu by’ukuri ibikorwa byose bigomba kujyana n’umugambi, kandi buri wese ahemberwa icyo yakoranye umugambi</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse ku muyobozi w’abemera Abu Hafsw Umar Ibun Al Khatwabi (Imana imwishimire)  yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: “Mu by’ukuri ibikorwa byose bigomba kujyana n’umugambi, kandi buri wese ahemberwa icyo yakoranye umugambi. Bityo, uzimuka kubera Imana n’Intumwa yayo, uwo ukwimuka kwe kuzaba ari ukw’Imana n’Intumwa yayo. Ariko uzimuka agamije indonke z’isi, cyangwa umugore yifuza kurongora, uwo ukwimuka kwe kuzaba gushingiye kuri ibyo byatumye yimuka.”</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Gushishikariza kwegurira Allah ibikorwa, kubera ko Allah atajya yakira ibikorwa usibye ibikozwe kubera we.
+Ibikorwa bituma umuntu yiyegereza Allah, iyo urebwa n'amategeko abikoze nk'ibisanzwe ntabihemberwa, cyeretse abikoze agambiriye kwiyegereza Allah.
+Umugambi umuntu akoranye ibikorwa niwo utandukanya ibikorwa byo kwiyegereza Allah hagati yabyo, n'ibitari ibyo mu bikorwa bya buri munsi.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Abdu Rahman Abdullah Ibun Umar Ibun Al Khatwab (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti:||"Ubuyisilamu bwubakiye ku nkingi eshanu ari zo: Guhamya ko nta yindi mana ikwiye kugaragirwa by'ukuri usibye Allah, kandi ko  na Muhamadi ari umugaragu we ndetse akaba n'Intumwa ye, guhozaho iswalat, gutanga amaturo y'itegeko, gukora umutambagiro mutagatifu ku ngoro ya Al Ka'abat, ndetse no gusiba igisibo cya Ramadhan</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Abdu Rahman Abdullah Ibun Umar Ibun Al Khatwab (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Ubuyisilamu bwubakiye ku nkingi eshanu ari zo: Guhamya ko nta yindi mana ikwiye kugaragirwa by'ukuri usibye Allah, kandi ko  na Muhamadi ari umugaragu we ndetse akaba n'Intumwa ye, guhozaho iswalat, gutanga amaturo y'itegeko, gukora umutambagiro mutagatifu ku ngoro ya Al Ka'abat, ndetse no gusiba igisibo cya Ramadhan."</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>Mu by'ukuri iremwa ry'umwe muri mwe rikusanyirizwa mu nda ya nyina mu gihe kingana n'iminsi mirongo ine</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Abdu Rahman Abdullah Ibun Umar Ibun Al Khatwab (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaratuganirije kandi ari yo mu nyakuri wo kwizerwa igira iti: "Mu by'ukuri iremwa ry'umwe muri mwe rikusanyirizwa mu nda ya nyina mu gihe kingana n'iminsi mirongo ine, nyuma yaho akaba urusoro rw'amaraso mu gihe kingana nka kiriya, nyuma yaho akaba ikinyamanyama mu gihe kingana nka kiriya, nyuma yaho yohererezwa umumalayika akamuhuhiramo roho ndetse akanamwandikira ibintu bine: Amwandikira amafunguro ye, ikizamwica, icyo azakora, ndetse niba azaba mubi cyangwa se mwiza; mbarahiriye k'udafite undi babangikanye  ko umwe muri mwe ashobora gukora ibikorwa nk'iby'abantu bo mu ijuru kugeza ubwe hagati ye no kuryinjiramo hasigara intera ingana n'urutambwe, ariko igeno yandikiwe rikamutanga agakora kimwe mu bikorwa by'abantu bo mu muriro maze akawinjiramo.  Kandi umwe muri mwe ashobora gukora ibikorwa nk'iby'abantu bo mu muriro kugeza ubwe hagati ye no kuwinjiramo hasigara intera ingana n'urutambwe, ariko igeno yandikiwe rikamutanga agakora kimwe mu bikorwa by'abantu bo mu  ijuru maze akaryinjiramo.</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Kugaragaza Ibyiciro by'iremwa ry'umuntu.
+Kwemera igeno rya Allah.
+Iherezo ry'umuntu n'ibintu niryo rishingirwaho tukareba aho igeno rye ryamwerekeje.
+Kuburira abantu kudashukwa n'ibikorwa bigaragarira abantu, kuko ikirebwa ni iherezo ryabyo.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>Uzagira ibihimbano azana  muri iri dini ryacu bitaririmo, bizamugarukira</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Nyina w’abemera Umu Abdillah Aishat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzagira ibihimbano azana  muri iri dini ryacu bitaririmo, bizamugarukira."</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Ibikorwa byose by'amasengesho byubakiye kuri Qur'an na Sunat, bityo ntitwagaragira Allah Nyir'ubutagatifu usibye mu buryo twategetswe butarimo ibihimbano n'ibyaduka.
+Mu idini ntihazamo ibitekerezo n'amahitamo, ahubwo ni ugukurikira Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
+Iyi Hadithi ni gihamya cy'ubutungane no kuzura kw'iri dini.
+Igihimbano ni icyo ari cyo cyose cyongewe mu idini, kitari kiriho ku gihe cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyangwa se ku gihe cy'abasangirangendo bayo, cyaba mu myemerere, cyangwa se imvugo cyangwa se igikorwa.
+Iyi Hadithi ni umwe mu misingi remezo y'idini ry'ubuyisilamu, ni nk'umunzani w'ibikorwa; bityo  nk'uko buri gikorwa gikozwe hatagamijwe gushimisha Allah Nyir'ubutagatifu Nyiracyo atakibonera ingororano, ni nk'uko buri gikorwa gikozwe mu buryo buhabanye n'ubwo tweretswe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kiba impfabusa kigasubirana nyiracyo.
+Iyi Hadith niyo shingiro ryo kutemera ibihimbano n'ibyaduka ndetse n'ibindi bibi uwo ari we wese yashaka kuzana muri iri dini.
+Ibihimbano n'ibyaduka bibujijwe ni bya bindi bikozwe mu idini, ariko byo mu mibereho no mu buzima busanzwe byo ntacyo bitwaye.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Abdillah A-Nu'uman Ibun Bashir (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro  n'imigisha) ivuga iti:||“Mu by’ukuri, ibiziruye (Halali) birasobanutse kandi n'ibyaziririjwe (Haramu)  birasobanutse, ariko hagati yabyo byombi hari ibiteye urujijo abantu benshi batajya bamenya. Bityo uzirinda ibyo biteye urujijo azaba arinze idini rye n'icyubahiro cye. N’uzagwa muri ibyo biteye urujijo azaba aguye mu biziririjwe; ameze nk'umushumba uragiye amatungo ye iruhande rw'umurima uzitiye, amatungo ye yenda kumucika ngo yone. Nta gushidikanya ko buri mwami agira imbago, kandi imbago z'Imana ni ibyo yaziririje. Nta gushidikanya ko mu mubiri habamo inyama, iyo itunganye umubiri wose uratungana, yakangirika umubiri wose ukangirika, iyo nyama nta yindi  ni  umutima.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Abdillah A-Nu'uman Ibun Bashir (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro  n'imigisha) ivuga iti: “Mu by’ukuri, ibiziruye (Halali) birasobanutse kandi n'ibyaziririjwe (Haramu)  birasobanutse, ariko hagati yabyo byombi hari ibiteye urujijo abantu benshi batajya bamenya. Bityo uzirinda ibyo biteye urujijo azaba arinze idini rye n'icyubahiro cye. N’uzagwa muri ibyo biteye urujijo azaba aguye mu biziririjwe; ameze nk'umushumba uragiye amatungo ye iruhande rw'umurima uzitiye, amatungo ye yenda kumucika ngo yone. Nta gushidikanya ko buri mwami agira imbago, kandi imbago z'Imana ni ibyo yaziririje. Nta gushidikanya ko mu mubiri habamo inyama, iyo itunganye umubiri wose uratungana, yakangirika umubiri wose ukangirika, iyo nyama nta yindi  ni  umutima.”</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Iyi Hadith ni ishingiro ku bijyanye no kwirinda ibiteye urujijo.
+Gushishikariza kureka gukora ibiteye urujijo, itegeko ryabyo riba ritarasobanuka.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Ruqayat Tamim Ibun Awsi A-Daariy (Imana imwishimire) yavuze ko Intumwa y’Imana (Imana iyihe amahoro n'imigisha) yavuze iti:||Idini ni ukugirana inama! Turayibaza tuti: Kuri inde? Intumwa y'Imana iti: "Inama zishingiye kuri Allah n’igitabo cye n’Intumwa ye, no ku bayobozi b'abayislamu, n’abandi muri rusange</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Ruqayat Tamim Ibun Awsi A-Daariy (Imana imwishimire) yavuze ko Intumwa y’Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Idini ni ukugirana inama! Turayibaza tuti: Kuri inde? Intumwa y'Imana iti: "Inama zishingiye kuri Allah n’igitabo cye n’Intumwa ye, no ku bayobozi b'abayislamu, n’abandi muri rusange."</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko idini ryubakiye ku kwiyegurira Allah ukora buri kimwe kubera we gusa, no kuba umunyakuri kugira ngo rishyirwe mu bikorwa nkuko Allah yabitegetse mu buryo bwuzuye nta kudohoka cyangwa se kugira uburiganya. Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) barayibaza bati: Inama igirwa nde hashingiwe kuki? Irabasubiza iti: Rimwe: Kuri Allah Nyir'ubutagatifu tumwegurira ibikorwa tutanamubangikanya n'icyo ari cyo cyose, tukanemera ibikorwa bye yihariye bidakorwa  n'undi wese, tukanamugaragira wenyine, tukanemera amazina ye n'ibisingizo bye, tukamuha n'icyubahiro, tukanahamagarira abantu kumwemera. Kabiri: Ku gitabo cya Allah ari cyo Qur'an Ntagatifu; twemera ko ari amagambo ya Allah, kandi ko ari cyo gitabo yamanuye bwa nyuma, kandi ko ari cyo cyasimbuye andi mategeko yose yakibanjirije, tukacyubaha, tukagisoma uko bikwiye, tugashyira mu bikorwa amategeko yacyo asobanutse muri cyo, tukemera acyeneye ibisobanuro muri yo, tukirinda ibisobanuro by'ababigoreka, tukagirirwa umumaro n'inyigisho zigikubiyemo, tugakwirakwiza ubumenyi bwacyo, kandi tukabuhamagarira abandi. Gatatu: Kujya inama ku Ntumwa y'Imana Muhamadi (Imana iyihe amahoro n'imigisha); twemera ko ari we Ntumwa yasozereje izindi, tukanahamya ukuri kw'ibyo yazanye, tugashyira mu bikorwa ibyo yategetse, tukanitandukanya n'ibyo yabujije, kandi ntitugaragire Allah bihabanye n'ibyo yatwigishije, tukamwubaha, kandi tugakwiza ubutumwa bwe n'amategeko ye, tukanamurengera ku byo bamuhimbira by'ibinyoma. Kane: Kujya inama ku bayobozi b'abayisilamu: Ubafasha mu byiza, utanajya impaka nabo, ndetse no kubumva no kubumvira igihe badutegetse kumvira Allah. Gatanu: Kujya inama ku bayisilamu; ubagirira neza unabahamagarira ibyiza, no kutaba impamvu y'uko hari ikibi cyabageraho kiguturutseho, no kubifuriza ibyiza, ndetse no gufatanya nabo mu byiza no mu gutinya Allah.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>Ibyo nababujije mujye mubyirinda, n'ibyo nabategetse mujye mukoramo ibyo mushoboye</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat Abdu Rahman Ibun Swakhri (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Ibyo nababujije mujye mubyirinda, n'ibyo nabategetse mujye mukoramo ibyo mushoboye, kuko mu byoretse ababayeho mbere yanyu ni ukubaza ibibazo byabo byinshi, no kunyuranya kwabo n'abahanuzi babatumweho.</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatugaragarije ko nitubuza ikintu, tuba dutegetswe kwitandukanya nacyo kandi tutazuyaje, ninagira ibyo idutegeka tujye dukoramo ibyo dushoboye. Irangije itubuza kuba nk'ababayeho mbere yacu batubanjirije, kubera ko bazize kubaza ibibazo byinshi abahanuzi babo no kunyuranya nabo, nuko Allah abahanisha amoko atandukanye y'ibihano no kuboreka; niyo mpamvu rero bikwiye ko tutaba nkabo kugira ngo natwe tutazorama.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Iyi Hadith ni ishingiro mu kugaragaza ibintu by'itegeko ngo tubikore n'ibibujijwe ngo tubyirinde.
+Ibibujijwe nta na kimwe muri byo kiziruye kugikora, n'ibitegetswe gukorwa bigendana n'ubushobozi bw'umuntu, kubera ko kureka gukora biri mu bushobozi bwa buri wese, naho gutegekwa gukora igikorwa runaka  bicyenera ubushobozi bwo gukora icyo gikorwa cy'itegeko.
+Kubuza kubaza ibibazo byinshi; abamenyi bagabanyije ikibazo mu buryo bubiri: Ubwa mbere: Ikibazo kigamije kwiga no kunguka ubumenyi mu by'idini, iki cyo ni itegeko aha niho dusanga n'ibibazo abasangirangendo babazaga Intumwa y'Imana (Imana iyihe amahoro n'imigisha). Ubwa kabiri: Ikibazo kigamije kurwanya no gupinga, iki nicyo kibujijwe.
+Kubuza abayisilamu kunyuranya n'Intumwa yabo, nk'uko byabaye ku babayeho mbere yabo.
+Ibibujijwe ni muri rusange byaba byinshi cyangwa se bicye, kandi ntabwo twabara ko umuntu yabiretse cyeretse aretse ibyinshi muri byo ndetse n'ibicye; urugero rwabyo: Yatubujije Riba, icyo gihe haba hakubiyemo inke ndetse n'inyinshi.
+Kureka impamvu zose zaganisha mu biziririjwe, kuko nazo zibarwa mu bibujijwe.
+Ntibikwiye ku muntu umaze kumva itegeko ry'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kwibaza ngo: Ese ibi ni itegeko cyangwa se si itegeko, ahubwo aba akwiye kwihutira gukora, kubera imvugo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: "Mujye mukoramo ibyo mushoboye."
+Kubaza cyane ni imwe mu mpamvu zo korama, cyane cyane ibibazo bidafitiwe ibisubizo nk'ibyerekeranye n'ubumenyi bw'ibitagaragara, cyangwa se  ibizaba ku munsi w'imperuka, si byiza ku byibaza kenshi, no gushaka kubicukumbura.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze iti: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti:||Mu by'ukuri Imana ni nziza, kandi ntiyemera uretse ibyiza. kandi mu by'ukuri Imana rurema yategetse abemera nk'ibyo yategetse Intumwa. Imana yaravuze iti: {Yemwe ntumwa murye mu byiza kandi mukore ibikorwa byiza}. Nanone Imana iti: {Yemwe abemeye Imana murye mu byiza twabahaye}; nyuma Intumwa yatanze urugero rw'umuntu wari ku rugendo rurerure yahindanye wese yuzuye ivumbi akazamura amaboko ye hejuru asaba ati: Mana yanjye, Mana yanjye, kandi ibyo arya bizira, n'ibyo yambaye bizira, atunzwe n'ibizira gusa! Ese umuntu nk'uyu ubusabe bwe bwakakirwa bute?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze iti: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Mu by'ukuri Imana ni nziza, kandi ntiyemera uretse ibyiza. kandi mu by'ukuri Imana rurema yategetse abemera nk'ibyo yategetse Intumwa. Imana yaravuze iti: {Yemwe ntumwa murye mu byiza kandi mukore ibikorwa byiza}. Nanone Imana iti: {Yemwe abemeye Imana murye mu byiza twabahaye}; nyuma Intumwa yatanze urugero rw'umuntu wari ku rugendo rurerure yahindanye wese yuzuye ivumbi akazamura amaboko ye hejuru asaba ati: Mana yanjye, Mana yanjye, kandi ibyo arya bizira, n'ibyo yambaye bizira, atunzwe n'ibizira gusa! Ese umuntu nk'uyu ubusabe bwe bwakakirwa bute?</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Ubutungane bwa Allah Nyir'ubutagatifu muri we ubwe, mu bisingizo bye, mu bikorwa bye no mu mategeko ye.
+Itegeko ry'uko ibyo dukora byose bigomba gukorerwa Allah wenyine, kandi bikaba bihuye n'umuyoboro w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
+Gukoresha ibituma umuntu ashishikarira gukora ibikorwa, aho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Mu by'ukuri ibyo Allah yategetse abemeramana ni byo yategetse abahanuzi, bityo bigashishikariza umwemeramana kugira umurava no gushishikarira gukora ibikorwa.
+Mu bibuza ubusabe kwakirwa harimo kurya ibiziririjwe.
+Zimwe mu mpamvu zituma ubusabe bwakirwa ni eshanu: Imwe muri zo ni urugendo rurerure kuko rurimo gucika intege, ikaba ari imwe mu mpamvu zo kwakirirwa ubusabe. Iya kabiri: Mu bihe umuntu aba akomerewe, iya gatatu: Kurambura ibiganza mu kirere, iya kane: Kwinginga Allah usubiramo kenshi ko ari we Mana y'ukuri. Iya gatanu: Ibyo kurya n'ibyo kunywa biziruye.
+Kurya ibiziruye ni imwe mu mpamvu zishoboza umuntu gukora ibikorwa byiza.
+Umumenyi Al Qadwiy yaravuze ati: Icyiza ni ikinyuranyo cy'ikibi, iyo Allah abyivuzeho (Ko ari mwiza) aba agamije kuvuga ko atagatifutse n'inenge iyo ari yo yose ndetse n'ubusembwa ubwo ari bwo bwose. Iyo bivuzwe ku mugaragu haba hagamijwe ko atarangwa n'imico mibi n'ibikorwa bibi, kandi ko arangwa n'ikinyuranyo cyabyo; n'iyo rikoreshejwe ku butunzi haba hagamijwe ko ari ubutunzi buziruye mu yindi mitungo yose.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>Jya ureka gukora ibyo ushidikanyaho, ukore ibyo udashidikanyamo</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Muhamad Al Hassan Ibun Ally Ibun Abi Twalib, umwuzukuru w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaboneragaho ituze, yaravuze ati: Mu byo nazirikanye nakuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) ni imvugo igira iti: "Jya ureka gukora ibyo ushidikanyaho, ukore ibyo udashidikanyamo."</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse kureka gukora ibyo dufitemo gushidikanya mu mvugo n'ibikorwa ndetse ko bibujijwe, niba biziririjwe cyangwa se bitaziririjwe, no gukora ibyo tudafitemo gushidikanya twizeye neza ko ari byiza kandi biziruye.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hamzat ari we Anas Ibun Malik (Imana imwishimire) wari umukozi w’Intumwa y’Imana (Imana iyihe amahoro n'imigisha) nawe abikuye ku Ntumwa y’Imana (Imana iyihe amahoro n'imigisha) yaravuze iti:||"Umwe muri mwe ntaraba umwemera kugeza ubwo azifuriza mugenzi we ibyo nawe yiyifuriza</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hamzat ari we Anas Ibun Malik (Imana imwishimire) wari umukozi w’Intumwa y’Imana (Imana iyihe amahoro n'imigisha) nawe abikuye ku Ntumwa y’Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwe muri mwe ntaraba umwemera kugeza ubwo azifuriza mugenzi we ibyo nawe yiyifuriza."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>Mu by'ukuri Allah yategetse kugira neza muri buri cyose gikozwe</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Ya'ala Shadadi Ibun Awusi (Imana imwishimire) nawe abikuye ku Ntumwa y’Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri Allah yategetse kugira neza muri buri cyose gikozwe, nimuzaba mugiye kwica mujye mwica neza, kandi nimuzaba mugiye kubaga (itungo) mujye mubaga neza, kandi umwe muri mwe ajye atyaza neza icyuma cye ndetse anaruhure itungo rye.</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>Yewe mwana ngiye kukwigisha amagambo (ugomba kwitaho): Jya wita ku mategeko y’Imana na yo izakwitaho. Jya wita ku mategeko y’Imana uzayisanga imbere yawe (aho ugana). Nushaka gusaba ujye usaba Imana, kandi nukenera inkunga ujye uyisaba Imana</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abul Abas, ari we Abdullah Ibun Abas (Imana imwishimire we na se) yaravuze ati: Umunsi umwe nari inyuma y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) impetse ku kigenderwaho maze irambwira iti: "Yewe mwana ngiye kukwigisha amagambo (ugomba kwitaho): Jya wita ku mategeko y’Imana na yo izakwitaho. Jya wita ku mategeko y’Imana uzayisanga imbere yawe (aho ugana). Nushaka gusaba ujye usaba Imana, kandi nukenera inkunga ujye uyisaba Imana, umenye kandi ko n’ubwo abantu (b’isi) bose baterana kugira ngo bagire icyiza bakumarira, ntacyo bakumarira usibye icyo Imana yakwandikiye gusa. Kandi n’iyo baterana kugira ngo bagire ikibi bagukorera, ntacyo bagukoraho usibye gusa icyo Imana yakwandikiye. Amakaramu yanditse ibyo yarekeye aho, ndetse na wino yabyanditse yarumye."</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ibun Abas (Imana imwishimire we na se) aratubwira ko yari akiri umwana muto, igihe kimwe yari kumwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imuhetse ku ndogobe iramubwira iti: Ngiye kukwigisha ibintu bizakugirira umumaro: Jya wita ku mategeko ya Allah, witandukanye n'ibyo yakubujije, igihe cyose ajye akubona mu bikorwa bimushimisha, nta gusange mu bikorwa byo kumwigomekaho; ibyo nubikora ingororano zawe nta zindi nuko Allah azakurinda  ibibi hano kuri iyi si no ku munsi w'imperuka, anagutabare ibikugoye aho uzaba uherereye hose. Kandi nushaka kugira icyo usaba ntuzagire undi ugisaba usibye Allah kubera ko ari we wenyine usubiza abamusabye. Nunashaka inkunga ntuzagire undi uyisaba usibye Allah. Kandi wizere udashidikanya ko nta cyakugirira akamaro kabone n'iyo abatuye isi bose bakiteranya ngo bagire icyo bakumarira usibye ibyo Allah yakugeneye, nta n'ikibi cyakubaho kabone n'iyo isi yose yakiteranya ngo igire icyo igutwara usibye ibyo Allah yakugeneye ko bizakubaho. Kandi ko ibyo Allah Nyir'ubutagatifu yakugeneye bijyanye n'ubushishozi bwe n'ubumenyi bwe, kandi nta wahindura ibyo Alllah yanditse. Umuntu witwararitse amategeko ya Allah agakora ibyo yamutegetse akirinda ibyo yamubujije, Allah nawe aba bugufi ye ndetse akanamushyigikira, kandi ko iyo umuntu yumviye Allah mu bihe bimworoheye, icyo gihe Allah nawe aramuzirikana mu bihe bimugoye ndetse akanamuha uburyo abisohokamo. Kandi ko buri mugaragu akwiye kunezezwa n'igeno Allah yamugeneye ryaba iry'ibyiza cyangwa se ibibi. Kandi ko mu bihe by'ingorane n'ibigeragezo umugaragu akwiye kurangwa no kwihangana, kandi ko kwihangana ari urufunguzo rwo kuva mu bibazo, kandi ko ingorane igihe cyose ziba ziri bugufi n'inkunga ya Allah, ndetse n'ibihe bikomeye iyo bije Allah abikurikiza ibihe byoroshye.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Ni iby'agaciro kwigisha abana bato amasomo  y'idini mu myemerere n'imyifatire n'ibindi.
+Ineza yiturwa indi, kandi ibyo ukoreye abandi nawe urabikorerwa.
+Itegeko ryo kwishingikiriza Allah no kuba ari we wo kwiringira wenyine, kandi niwe mwiza wo kwiringira.
+Kwemera  igeno rya Allah no kunyurwa naryo, kandi ko Allah yagennye buri kintu.
+Uwirengagije amategeko ya Allah, Allah nawe aramwirengagiza ndetse akanamutererana.
+Inkuru nziza ihambaye y'uko umuntu iyo ageze mu bihe bikomeye ajye yizera ategereze koroherwa nabyo.
+Kwihanganisha umugaragu ugeze mu byago, no kubura uwo akunze mu mvugo igira iti: "Unazirikane ko ibikubayeho bitari kuguhusha, n'ibyaguhushije bitari kukubaho"; interuro ya mbere irihanganisha umuntu igihe agezweho n'ibyo atishimiye, naho iya kabiri iramwihanganisha igihe abuze uwo akunze n'ibyo akunze.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Mas'ud ariwe Uq'bat Ibun Amri Al An'swariy Al Bad'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti:||Bimwe mu byo abantu basigaranye bakomora ku buhanuzi bwo hambere, nuko umuntu utagira isoni yajya akora ibyo ashatse</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Mas'ud ariwe Uq'bat Ibun Amri Al An'swariy Al Bad'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Bimwe mu byo abantu basigaranye bakomora ku buhanuzi bwo hambere, nuko umuntu utagira isoni yajya akora ibyo ashatse.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Amri, binavugwa  ko ari Abu Amrat Suf'yan Ibun Abdillah (Imana imwishimire) yaravuze ati:||Nabajije Intumwa y'Imana  (Imana iyihe amahoro n'imigisha) nti: "Yewe Ntumwa y’Imana mbwira mu buyisilamu ijambo rimwe ntazigera ngira undi ndibaza, Intumwa y’Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Vuga uti: Nemeye Allah, hanyuma ushikame kuri byo ushyira mu ngiro uko kwemera</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Amri, binavugwa  ko ari Abu Amrat Suf'yan Ibun Abdillah (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana  (Imana iyihe amahoro n'imigisha) nti: "Yewe Ntumwa y’Imana mbwira mu buyisilamu ijambo rimwe ntazigera ngira undi ndibaza, Intumwa y’Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Vuga uti: Nemeye Allah, hanyuma ushikame kuri byo ushyira mu ngiro uko kwemera."</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>Ese urabibona ute ngiye nsenga amasengesho y’itegeko, nkasiba ukwezi kwa Ramadhan, nkakora ibiziruye, nkanirinda ibiziririjwe</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Abdillah Djabir Ibun Abdillahi Al An'swariy (Imana ibishimire bombi) yaravuze ati: Umuntu yabajije Intumwa y’Imana (Imana iyihe amahoro n'imigisha) ati: "Ese urabibona ute ngiye nsenga amasengesho y’itegeko, nkasiba ukwezi kwa Ramadhan, nkakora ibiziruye, nkanirinda ibiziririjwe, maze singire na kimwe ndenza kuri ibi nakwinjira mu ijuru? Intumwa y’Imana (Imana iyihe amahoro n'imigisha)  iramusubiza iti: Yego.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>Isuku ni igice cy'ukwemera, no kuvuga ijambo AL HAMDULILLAH (Ikuzo n'ishimwe ni ibya Allah), byuzuza umunzani, no kuvuga amagambo SUBHANALLAH WAL HAMDULILLAH (Ubutagatifu n'ishimwe ni ibya Allah) byuzuza umwanya uri hagati y'ikirere n'isi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Malik Al Harith Ibun Aswim Al Ash'ariy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Isuku ni igice cy'ukwemera, no kuvuga ijambo AL HAMDULILLAH (Ikuzo n'ishimwe ni ibya Allah), byuzuza umunzani, no kuvuga amagambo SUBHANALLAH WAL HAMDULILLAH (Ubutagatifu n'ishimwe ni ibya Allah) byuzuza umwanya uri hagati y'ikirere n'isi, iswalat ni urumuri, n'ituro ni ikimenyetso, no kwihangana ni urumuri, ndetse na Qur'an izagushinjura cyangwa se igushinje, abantu bose bazinduka, umwe agurisha umutima we  akawurokora cyangwa se akaworeka."</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti:||"Buri rugingo mu ngingo zigize umuntu akwiye kurutangira ituro, na buri munsi izuba rirashe  akwiye gutanga ituro; kunga ababiri bingana no gutanga ituro, gufasha umuntu ukamwuriza ku kigenderwaho cye, cyangwa se ukamuhereza umuzigo we ku kigenderwaho cye bingana no gutanga ituro, no kuvuga ijambo ryiza bingana no gutanga ituro, na buri rutambwe uteye ujya gusali (ku musigiti) bingana no gutanga ituro, no gukura mu nzira icyabangamira abantu bingana nko gutanga ituro</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Buri rugingo mu ngingo zigize umuntu akwiye kurutangira ituro, na buri munsi izuba rirashe  akwiye gutanga ituro; kunga ababiri bingana no gutanga ituro, gufasha umuntu ukamwuriza ku kigenderwaho cye, cyangwa se ukamuhereza umuzigo we ku kigenderwaho cye bingana no gutanga ituro, no kuvuga ijambo ryiza bingana no gutanga ituro, na buri rutambwe uteye ujya gusali (ku musigiti) bingana no gutanga ituro, no gukura mu nzira icyabangamira abantu bingana nko gutanga ituro."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>Mbagiriye inama yo gutinya Allah, no kumva no kumvira, kabone n'iyo mwaba muyobowe n'umugaragu, kubera ko uzabasha kubaho nyuma yanjye igihe kirekire, azabona ukutavuga rumwe gukomeye! Muzashikame ku migenzo yanjye no ku migenzo y'abasigire banjye bayobotse bakanayobora inzira y'ukuri</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Nadjih Al Ir'badw Ibun Sariyat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaduhaye inyigisho zatumye imitima yacu ikangarana, ndetse n'amaso yacu azengamo amarira, maze turavuga tuti: Yewe Ntumwa y'Imana! Ko zimeze nk'inyigisho zo gusezera ni izihe mpanuro waduha? Nuko irabasubiza iti: "Mbagiriye inama yo gutinya Allah, no kumva no kumvira, kabone n'iyo mwaba muyobowe n'umugaragu, kubera ko uzabasha kubaho nyuma yanjye igihe kirekire, azabona ukutavuga rumwe gukomeye! Muzashikame ku migenzo yanjye no ku migenzo y'abasigire banjye bayobotse bakanayobora inzira y'ukuri, muzayifatishe amenyo y'ibijigo! Kandi muzirinde ibyaduka n'ibihimbano, kubera ko buri gihimbano cyose ari ubuyobe."</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Ubajije ikintu gihambaye, ariko kuri wa wundi Allah yorohereje kiroroshye</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Mu'adhi Ibun Djabal (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Yewe Ntumwa y'Imana! Mbwira igikorwa nakora kikazanyinjiza mu ijuru, ndetse kikananshyira kure y'umuriro? Intumwa  y'Imana (Imana iyihe amahoro n'imigisha)  iravuga iti: "Ubajije ikintu gihambaye, ariko kuri wa wundi Allah yorohereje kiroroshye: Jya ugaragira Allah ntumubangikanye n'ikindi icyo ari cyo cyose, uhozeho iswalat, utange amaturo, usibe igisibo cya Ramadhan, ukore umutambagiro ku ngoro ya Allah ntagatifu; Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  irangije iravuga iti: Ese nkwereke imiryango y'ibyiza? Gusiba ni urukingo, no gutanga ituro bizimya icyaha nkuko amazi azimya umuriro, n'iswalat umuntu asayi mu ijoro ry'icuraburindi! Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  irangije ibasomera umurongo wa Quran ugira uti: {Begura imbavu zabo mu buryamo bwabo} kugeza igeze ahavuga hati: {z'ibyo bakora}. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije imbaza iti: Ese nkubwire ikintu gihatse ibindi, n'inkingi yacyo n'icyatuma gikwira ahantu hose? Ikintu gihatse ibindi ni ubuyisilamu, n'inkingi yabwo ni iswalat n'icyatuma bukwira ahantu hose ni uguharanira inzira ya Allah! Hanyuma irangije irambaza iti: Ese nkubwire igihatse ibyo byose? Ndayisubiza nti: Yego yewe Ntumwa y'Imana! Nuko ifata ururimi rwayo iravuga iti: Jya urinda iki! Nuko ndayibaza nti: Yewe Ntumwa y'Imana! Ese Tuzahanirwa ibyo tuvuga? Iransubiza iti: Sigaho, ucyeka ko hari ikindi kizarundumurira abantu benshi mu muriro bagwirirana ku buranga bwabo cyangwa se intugu zabo uretse umusaruro w'ibyo indimi zabo zavuze?!</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>Ntimukabangame cyangwa ngo mubangamire  abandi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Said Sa'ad Ibun Malik Ibun Sinani Al Khud'riy (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro  n'imigisha) yavuze Iti: "Ntimukabangame cyangwa ngo mubangamire  abandi."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko ari itegeko gukumira icyabangamira abandi uko cyaba kimeze kose, n'uko cyaba kigaragara kose ku muntu ku giti cye no ku bandi; niyo mpamvu nta n'umwe wemerewe kwigirira nabi cyangwa se ngo abikorere abandi. Nta n'ubwo kandi byemewe ko yakitura ikibi yakorewe, kubera ko ikibi ntigikurwaho n'ikibi cyeretse igihe cyo kwihorera (nko kwica uwishe) nabwo hatabayemo kurengera.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Kubuza kwihorera birenze ibyo wakorewe.
+Allah ntiyategetse abagaragu be ibibagiraho ingaruka mbi.
+Iyi Hadith ni ishingiro mu kuziririza kubangamirana, mu mvugo cyangwa se mu bikorwa cyangwa se kureka.
+Mu mategeko y'idini avuga ko: Ikibangamye gikurwaho", kubera ko amategeko atemera kubangama, ndetse ntanemere kubangamirana.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Imvugo yaturutse  kwa Ibun Abass (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti:||"Iyo abantu baza kuba babona ibintu hashingiwe ku byo bibwira, abantu bari kujya bafata imitungo y'abandi n'ubuzima bwabo bakabyiyitirira, ariko ibishingirwaho n'ibimenyetso k'ushinja, n'indahiro k'umuntu uhakana ibyo ashinjwa</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Imvugo yaturutse  kwa Ibun Abass (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Iyo abantu baza kuba babona ibintu hashingiwe ku byo bibwira, abantu bari kujya bafata imitungo y'abandi n'ubuzima bwabo bakabyiyitirira, ariko ibishingirwaho n'ibimenyetso k'ushinja, n'indahiro k'umuntu uhakana ibyo ashinjwa."</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>Mu by'ukuri Allah yanditse ibyiza n'ibibi, nyuma arangije arabisobanura</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Ibun Abas (Imana imwishimire we na se) nawe ayikuye ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) mu mvugo yakuye kwa Nyagasani wayo Nyir'ubutagatifu yaravuze ati: "Mu by'ukuri Allah yanditse ibyiza n'ibibi, nyuma arangije arabisobanura uzagambirira gukora icyiza ntagikore, Allah amwandikira icyiza mu buryo bwuzuye, n'iyo agambiriye icyo cyiza akagikora, Allah amwandikira ibyiza icumi kugera ku nshuro magana arindwi cyangwa izirenzeho; n'iyo agambiriye gukora ikibi ntagikore, Allah amwandikira icyiza kimwe mu buryo bwuzuye, yakigambirira akagikora Allah amwandikira ikibi kimwe."</t>
+  </si>
+  <si>
+    <t>Kugaragaza ingabire za Allah zihambaye ku bayoboke b'uyu muryango z'uburyo abatuburira ibikorwa byiza, n'uburyo byandikwa iwe, ndetse n'uburyo atajya atubura ibikorwa bibi.
+Ubuhambare bwo kugira umugambi mu bikorwa byose ndetse n'agaciro kawo.
+Ingabire za Allah Nyir'ubutagatifu n'ubuntu bwe z'uko ugize umugambi wo gukora ikibi Allah akimwandikiramo icyiza.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Mu by'ukuri Allah Nyir'ubutagatifu yaravuze ati: Uzagirira urwango umukunzi wanjye, uwo mutangarije intambara hagati yanjye nawe; kandi nta  gihe umugaragu wanjye yanyiyegereza akora igikorwa cyaruta gukora ibyo namutegetse</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu by'ukuri Allah Nyir'ubutagatifu yaravuze ati: Uzagirira urwango umukunzi wanjye, uwo mutangarije intambara hagati yanjye nawe; kandi nta  gihe umugaragu wanjye yanyiyegereza akora igikorwa cyaruta gukora ibyo namutegetse n'igihe cyose akomeje kunyiyegereza akora ibikorwa by'umugereka bigera igihe nkamukunda; iyo mukunze mubera amatwi yumvisha, n'amaso arebesha, n'amaboko akoresha, n'amaguru agendesha, n'iyo hari icyo ansabye ndakimuha, n'iyo ansabye ngomba kumurinda."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi mvugo ntagatifu iragaragaza ko Allah Nyir'ubutagatifu yavuze ati: Uzabangamira umwe mu bakunzi banjye akamubuza amahoro akamurakaza, akamugirira urwango, azirikane ko mutangarije urwango hagati yanjye nawe. Umukunzi wa Allah ni umwemeramana umutinya, kandi kubera ikigero cy'ukwemera Imana no kuyitinya umuntu agira ni nacyo kigero cy'urukundo Allah amugirira. Kandi nta kintu umuyisilamu yakora cyamwegereza Nyagasani we ngo Allah abe yagikunda kuruta gukora ibyo yamutegetse mu kumwumvira no kureka ibyo yamuziririje. Kandi igihe cyose umuyisilamu akomeje kumwiyegereza akora ibikorwa by'umugereka byiyongera ku by'itegeko, bigeraho Allah nawe akamukunda! Iyo amukunze Allah amutera inkunga muri byose by'umwihariko mu ngingo enye z'umubiri: Amushoboza kumva, ntagire ibindi yumva usibye ibishimisha Allah. Amushoboza kureba, ntagire ibindi areba usibye ibyo Allah akunda ndetse anishimira. Amushoboza ku maboko ye, ntagire ibindi akora uretse ibyo Allah yishimira. Amushoboza amaguru ye, ntagire ahandi ayagendesha usibye mu bishimisha Allah, ntagire ahandi ajya usibye mu byiza. Hamwe n'ibyo byose, iyo asabye Allah ikintu arakimuha, ubusabe bwe bukakirwa; n'iyo yikinze kuri Allah ngo agire icyo amurinda, Allah aramurinda akamukiza ibyo atinya.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>Umwe muri mwe ntaragira ukwemera cyeretse igihe ibyifuzo bye bigendera munsi y'ibyo nazanye</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Muhamad Abdullah Ibun Am'ri Ibun Al Aswi (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwe muri mwe ntaragira ukwemera cyeretse igihe ibyifuzo bye bigendera munsi y'ibyo nazanye".</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko umuntu adashobora kuba umwemeramana ufite ukwemera kuzuye ategetswe, cyeretse urukundo rwe rushingiye ku byo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaje kwigisha nk'amategeko, no kwitandukanya n'ibyo yabujije n'ibindi, bityo agakunda ibyo yategetse akanga ibyo yabujije.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Iyi Hadith ni ishingiro mu kwakira amategeko ya Allah no kuyumvira.
+Kubuza umuntu kuba yakoresha ubwenge bwe cyangwa se kamere, maze akaba ari byo abanza imbere y'ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yazanye; ukoze ibi aba nta kwemera afite.
+Ni itegeko kuyoboza amategeko ya Allah muri buri kintu, kubera iyi mvugo igira iti: Bijyanye n'ibyo naje kwigisha.
+Ukwemera kongerwa n'ibikorwa byo kumvira Allah, kukagabanywa n'ibikorwa byo kwigomeka kuri Allah.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>BURI GISINDISHA KIRAZIRIRIJWE.</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Burdat nawe ayikuye kuri se ari we Abu Musa Al Ash'ariy (Imana imwishimire) yavuze ko: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamwohereje ahitwa Yemeni, maze ayibaza ku byerekeranye n'ibyengwamo ibinyobwa byaho, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubaza iti: Ni ibihe? Arayibwira ati: Ni ibyitwa Al Bit'u n'ibyitwa Al Miz'ru! Abu Burdat baramubaza bati: Al Bit'u ni iki? Arababwira ati: Ni inzoga yengwa mu buki, naho Al Miz'ru ni inzoga yengwa mu ngano; nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: "Buri gisindisha cyose kiba ari ikizira!" Yakiriwe na Bukhari.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Abu Musa Al Ash'ariy (Imana imwishimire) iravuga ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yamwohereje ahitwa Yemeni, nuko imubaza ku byerekeranye n'ibyengwamo byaho inzoga niba ziziririjwe, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusobanuza ibyo ari byo; Nuko Abu Musa (Imana imwishimire) arayibwira ati: Ni ibyitwa Al Bit'u byengwa mu buki, na Al Mizru byengwa mu ngano; nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahawe kuvuga macye ariko akubiyemo ubutumwa bwinshi iramubwira iti: "Buri gisindisha cyose ni ikizira."</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Ibyengwa ni amazi bafata bakayashyiramo itende cyangwa se ubuki cyangwa se ingano n'ibindi, bigatuma bihindura uburyohe n'icyanga cyabyo, hari n'ubwo bihinduka nyuma yaho inzoga ubwo bikaba bibaye ibisindisha.
+Iyi Hadith ni ishingiro mu kuziririza ibisindisha byose nk'inzoga, urumogi n'ibindi.
+Agaciro ko kuba umuyisilamu yabaza ibyo acyeneye.
+Mu ntangiriro inzoga yari iziririjwe ku bantu baje gusali, ubwo umwe mu bimukira b'i Madinat yaje aje gusali atangira gusoma abicuritse, maze Allah amanura imvugo ye igira  iti: {Yemwe abemeye! Ntimukegere isengesho mwasinze[1] kugeza igihe musobanukiwe ibyo muvuga (mugaruye ubwenge)...} [A-Nisa'i: 43]; icyo gihe uhamagarira abantu gusali yajyaga avuga ati: Ntimwegere iswalat mwasinze. Nyuma Allah aza kuyiziririza mu buryo bwa burundu mu mvugo ye igira iti: {Yemwe abemeye! Mu by’ukuri, ibisindisha, urusimbi, kugaragira ibigirwamana no kuraguza ni umwanda kandi ni ibikorwa bya Shitani. Bityo, mubyirinde kugira ngo mukiranuke. 90 Mu by’ukuri, Shitani ashaka kubateza ubugome n’inzangano hagati yanyu akoresheje ibisindisha n’urusimbi, akanababuza kwibuka Allah ndetse no gusali. None se ubwo ntimukwiye kubireka? [Al Maidat: 90, 91]
+Allah Nyir'ubutagatifu yaziririje inzoga kubera ingaruka zayo n'ibibi byayo bihambaye.
+Impamvu yo kuziririzwa ni ukubera gusindisha; n'iyo yaba ari umutobe ariko usindisha uba uziririjwe, ariko iyo udasindisha uba wemewe kunywebwa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abdillah Ibun Amri (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti:||Ibintu bine uwo bizagaragaraho azaba ari indyarya yuzuye, N'uzagira kimwe muri byo azaba afite kimwe mu biranga indyarya kugeza akiretse: Iyo yizewe arahemuka, yavuga akabeshya, yatanga isezerano akaryica, yanatongana akandagaza .(akarengera amahame y'ubutabera n'imico myiza)</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abdillah Ibun Amri (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Ibintu bine uwo bizagaragaraho azaba ari indyarya yuzuye, N'uzagira kimwe muri byo azaba afite kimwe mu biranga indyarya kugeza akiretse: Iyo yizewe arahemuka, yavuga akabeshya, yatanga isezerano akaryica, yanatongana akandagaza .(akarengera amahame y'ubutabera n'imico myiza).</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>Iyaba  mwiringira Imana bya nyabyo, yari kujya ibaha amafunguro nk'uko iyaha inyoni zizinduka mu gitondo zishonje, zikagaruka ku mugoroba zijuse</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Umar Ibun Al Khatwab (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: Iyaba  mwiringira Imana bya nyabyo, yari kujya ibaha amafunguro nk'uko iyaha inyoni zizinduka mu gitondo zishonje, zikagaruka ku mugoroba zijuse.</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Icyiza  ni ukurangwa n'imico myiza, n'ikibi ni buri kintu cyose kikubuza amahoro mu mutima wawe, ukaba udashaka ko abantu bakimenya</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa A-Nawasi Ibun Simu'an (Imana imwishimire) nawe ayikuye ku Ntumwa y'Imana  (Imana iyihe amahoro n'imigisha) yaravuze iti:  "Icyiza  ni ukurangwa n'imico myiza, n'ikibi ni buri kintu cyose kikubuza amahoro mu mutima wawe, ukaba udashaka ko abantu bakimenya".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ku cyiza n'ikibi igira iti: Icyiza kiruta ibindi ni ukurangwa n'imico myiza hamwe na Allah umutinya, ndetse na hamwe n'ibiremwa bye wihanganira inabi yabyo, unarangwa n'uburakari bucye, ndetse unamwenyura mu buranga, urangwa n'imvugo nziza, no kunga isano ry'imiryango, no kumvira, no koroha no kugira ubuntu ndetse no kubanira neza uwo mwashakanye n'abo mugendana. Kandi icyiza ni igitera ituze mu mutima. Naho ikibi ni cya kindi kiguteye impagarara muri wowe kikakubuza amahoro, kikagutera urujijo bigatuma ugira gushidinya muri wowe, ndetse ukagira ubwoba bw'uko ari icyaha, kandi ukifuza ko nta muntu wakimenya kubera ko ari kibi mu maso y'abantu bashyira mu gaciro, kubera ko ubusanzwe muri kamere umutima w'umuntu ukunda ko abantu bamenya ibyiza ukora, iyo wanze rero ko babimenya ibyo bikorwa biba ari bibi nta cyiza cyabyo, kabone n'iyo abantu bakugira inama yo kubikora ntunyurwa, kubera ko haba hari ikimenyetso giteye urujijo, kikikubungamo mu mutima wawe, kandi iyo nama bakugira ntiyakuraho urujijo, cyangwa se bakaba baguhaye iyo nama nta bumenyi babifitiye! Ariko iyo nama yubakiye ku bumenyi no kuri gihamya yemewe n'amategeko, icyo gihe uba utegetswe kukireka, kabone n'iyo umutima wawe waba utanyuzwe nacyo.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>Ururimi rwawe ntirukajye rutandukana no gusingiza Allah</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abdullah Ibun Bus'ri (Imana  imwishimire) yaravuze ati: Umugabo umwe yaje kureba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) arayibaza ati: Yewe Ntumwa y'Imana! Ko amategeko y'ubuyisilamu amaze kumbana menshi? None ni irihe wambwira nkarikomeraho? Iramusubiza iti: "Ururimi rwawe ntirukajye rutandukana no gusingiza Allah".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -17934,51 +19248,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O479"/>
+  <dimension ref="A1:O519"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -19250,21157 +20564,23091 @@
       </c>
       <c r="D29" t="s">
         <v>267</v>
       </c>
       <c r="E29" t="s">
         <v>268</v>
       </c>
       <c r="F29" t="s">
         <v>269</v>
       </c>
       <c r="G29" t="s">
         <v>270</v>
       </c>
       <c r="H29" t="s">
         <v>271</v>
       </c>
       <c r="I29" t="s">
         <v>272</v>
       </c>
       <c r="J29" t="s">
         <v>273</v>
       </c>
       <c r="K29" t="s">
         <v>274</v>
       </c>
+      <c r="L29" t="s">
+        <v>275</v>
+      </c>
       <c r="M29" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3061</v>
       </c>
       <c r="B31" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3062</v>
       </c>
       <c r="B32" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3063</v>
       </c>
       <c r="B33" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C33" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D33" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F33" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I33" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>25</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3071</v>
       </c>
       <c r="B34" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>170</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>171</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3075</v>
       </c>
       <c r="B35" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3078</v>
       </c>
       <c r="B36" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3079</v>
       </c>
       <c r="B37" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3086</v>
       </c>
       <c r="B38" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3087</v>
       </c>
       <c r="B39" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3088</v>
       </c>
       <c r="B40" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>170</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>171</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3095</v>
       </c>
       <c r="B41" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3096</v>
       </c>
       <c r="B42" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3103</v>
       </c>
       <c r="B43" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3104</v>
       </c>
       <c r="B44" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3107</v>
       </c>
       <c r="B45" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3110</v>
       </c>
       <c r="B46" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3122</v>
       </c>
       <c r="B47" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K47" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L47" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M47" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3127</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C48" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D48" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E48" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F48" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G48" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H48" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="I48" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
         <v>25</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
         <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3135</v>
       </c>
       <c r="B49" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3138</v>
       </c>
       <c r="B50" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>170</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>171</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3142</v>
       </c>
       <c r="B51" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>59</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>61</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3143</v>
       </c>
       <c r="B52" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3144</v>
       </c>
       <c r="B53" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>3145</v>
       </c>
       <c r="B54" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>3150</v>
       </c>
       <c r="B55" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>3153</v>
       </c>
       <c r="B56" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>3156</v>
       </c>
       <c r="B57" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>3157</v>
       </c>
       <c r="B58" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>170</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>171</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>3159</v>
       </c>
       <c r="B59" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K59" t="s">
         <v>59</v>
       </c>
       <c r="L59" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M59" t="s">
         <v>61</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>3220</v>
       </c>
       <c r="B60" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>3236</v>
       </c>
       <c r="B61" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>3267</v>
       </c>
       <c r="B62" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C62" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D62" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E62" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F62" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="G62" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="H62" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="I62" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
         <v>170</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
         <v>171</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>3272</v>
       </c>
       <c r="B63" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>3279</v>
       </c>
       <c r="B64" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>3298</v>
       </c>
       <c r="B65" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>170</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>171</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>3310</v>
       </c>
       <c r="B66" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>3313</v>
       </c>
       <c r="B67" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>3316</v>
       </c>
       <c r="B68" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>47</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>48</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>3317</v>
       </c>
       <c r="B69" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>3330</v>
       </c>
       <c r="B70" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C70" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D70" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E70" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F70" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="G70" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H70" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="I70" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>3331</v>
       </c>
       <c r="B71" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C71" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D71" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E71" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F71" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G71" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H71" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="I71" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
         <v>25</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>3336</v>
       </c>
       <c r="B72" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C72" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D72" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E72" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="F72" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="G72" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="I72" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>3341</v>
       </c>
       <c r="B73" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C73" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D73" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E73" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="F73" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G73" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="H73" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="I73" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
         <v>47</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
         <v>48</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>3342</v>
       </c>
       <c r="B74" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C74" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D74" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E74" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F74" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="G74" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H74" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="I74" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
         <v>170</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
         <v>171</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>3345</v>
       </c>
       <c r="B75" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C75" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D75" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E75" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F75" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G75" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H75" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="I75" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>25</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>27</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>3347</v>
       </c>
       <c r="B76" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C76" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D76" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E76" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F76" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G76" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H76" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="I76" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>3348</v>
       </c>
       <c r="B77" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C77" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D77" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E77" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F77" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G77" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H77" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="I77" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>3350</v>
       </c>
       <c r="B78" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C78" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D78" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E78" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F78" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="G78" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="H78" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="I78" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="J78" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K78" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="L78" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M78" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>3352</v>
       </c>
       <c r="B79" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C79" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D79" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="E79" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F79" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="G79" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="H79" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="I79" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="J79" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="K79" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="L79" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="M79" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>3354</v>
       </c>
       <c r="B80" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C80" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D80" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="E80" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="F80" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="G80" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="H80" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="I80" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
         <v>25</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
         <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>3355</v>
       </c>
       <c r="B81" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C81" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D81" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="E81" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F81" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G81" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H81" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="I81" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
         <v>25</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
         <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>3359</v>
       </c>
       <c r="B82" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C82" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D82" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E82" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F82" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G82" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H82" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="I82" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>3361</v>
       </c>
       <c r="B83" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C83" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D83" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="E83" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F83" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="G83" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H83" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="I83" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>170</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>171</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>3365</v>
       </c>
       <c r="B84" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C84" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D84" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E84" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F84" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="G84" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="H84" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="I84" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
         <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
         <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>3366</v>
       </c>
       <c r="B85" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C85" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D85" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E85" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F85" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G85" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H85" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="I85" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>3370</v>
       </c>
       <c r="B86" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C86" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D86" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E86" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F86" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="G86" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="H86" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="I86" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>3372</v>
       </c>
       <c r="B87" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C87" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D87" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E87" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F87" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G87" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H87" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="I87" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>170</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>171</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>3373</v>
       </c>
       <c r="B88" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C88" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D88" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E88" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F88" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="G88" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H88" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="I88" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>170</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>171</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>3375</v>
       </c>
       <c r="B89" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C89" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D89" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E89" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="F89" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="G89" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H89" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="I89" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="J89" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K89" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L89" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M89" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>3381</v>
       </c>
       <c r="B90" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C90" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D90" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E90" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F90" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="G90" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H90" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="I90" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="J90" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K90" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L90" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M90" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>3383</v>
       </c>
       <c r="B91" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C91" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D91" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="E91" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F91" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="G91" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="H91" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="I91" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>274</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>3389</v>
       </c>
       <c r="B92" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C92" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D92" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E92" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F92" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="G92" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H92" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="I92" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>3390</v>
       </c>
       <c r="B93" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C93" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D93" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="E93" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="F93" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="G93" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="H93" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="I93" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>3395</v>
       </c>
       <c r="B94" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C94" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D94" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="E94" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="F94" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="G94" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H94" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="I94" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>3406</v>
       </c>
       <c r="B95" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C95" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D95" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E95" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F95" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="G95" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="H95" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="I95" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>47</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>48</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>3407</v>
       </c>
       <c r="B96" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C96" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D96" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="E96" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="F96" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="G96" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H96" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="I96" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
         <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>3409</v>
       </c>
       <c r="B97" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C97" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D97" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="E97" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F97" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="G97" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H97" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="I97" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
         <v>25</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
         <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>3410</v>
       </c>
       <c r="B98" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C98" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D98" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="E98" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F98" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="G98" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H98" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="I98" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>3414</v>
       </c>
       <c r="B99" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C99" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D99" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="E99" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F99" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="G99" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="H99" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="I99" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>47</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>48</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>3417</v>
       </c>
       <c r="B100" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C100" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D100" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="E100" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F100" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="G100" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H100" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="I100" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>3418</v>
       </c>
       <c r="B101" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C101" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D101" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="E101" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F101" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="G101" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H101" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="I101" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>170</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>171</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>3419</v>
       </c>
       <c r="B102" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C102" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D102" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E102" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F102" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="G102" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H102" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="I102" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>3420</v>
       </c>
       <c r="B103" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C103" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D103" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E103" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F103" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="G103" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H103" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I103" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>170</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>171</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>3422</v>
       </c>
       <c r="B104" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C104" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D104" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E104" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="F104" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="G104" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H104" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="I104" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>3437</v>
       </c>
       <c r="B105" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C105" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D105" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="E105" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="F105" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="G105" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="H105" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="I105" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>3438</v>
       </c>
       <c r="B106" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C106" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D106" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E106" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F106" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G106" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H106" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="I106" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>3444</v>
       </c>
       <c r="B107" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C107" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D107" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E107" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F107" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="G107" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H107" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="I107" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>3461</v>
       </c>
       <c r="B108" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C108" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D108" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="E108" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F108" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="G108" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="I108" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>25</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>3470</v>
       </c>
       <c r="B109" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C109" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D109" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E109" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F109" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="G109" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="H109" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="I109" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>3475</v>
       </c>
       <c r="B110" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C110" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D110" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E110" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="F110" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="G110" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="H110" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="I110" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>47</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>48</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>3476</v>
       </c>
       <c r="B111" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C111" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D111" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E111" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F111" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G111" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H111" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="I111" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>3480</v>
       </c>
       <c r="B112" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C112" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D112" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="E112" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="F112" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="G112" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="H112" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="I112" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>170</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>171</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>3481</v>
       </c>
       <c r="B113" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C113" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D113" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="E113" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F113" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="G113" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="H113" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="I113" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>170</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>171</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>3503</v>
       </c>
       <c r="B114" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C114" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D114" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="E114" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="F114" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="G114" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="H114" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="I114" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>3512</v>
       </c>
       <c r="B115" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C115" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D115" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="E115" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F115" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G115" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="H115" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="I115" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>3518</v>
       </c>
       <c r="B116" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C116" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D116" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="E116" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F116" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="G116" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="H116" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="I116" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
+      <c r="M116" t="s">
+        <v>1083</v>
+      </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>3520</v>
       </c>
       <c r="B117" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C117" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="D117" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="E117" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="F117" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="G117" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="H117" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I117" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>59</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>61</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>3534</v>
       </c>
       <c r="B118" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="C118" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="D118" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="E118" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="F118" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="G118" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="H118" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="I118" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>3546</v>
       </c>
       <c r="B119" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C119" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="D119" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="E119" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="F119" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="G119" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="H119" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="I119" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>3552</v>
       </c>
       <c r="B120" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C120" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D120" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="E120" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="F120" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="G120" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="H120" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="I120" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>3553</v>
       </c>
       <c r="B121" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C121" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D121" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="E121" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="F121" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="G121" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="H121" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="I121" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>47</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>48</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>3567</v>
       </c>
       <c r="B122" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C122" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D122" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="E122" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="F122" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="G122" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="H122" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="I122" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="J122" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K122" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="L122" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M122" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>3574</v>
       </c>
       <c r="B123" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="C123" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="D123" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="E123" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="F123" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="G123" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="H123" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="I123" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>170</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>171</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>3575</v>
       </c>
       <c r="B124" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="C124" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="D124" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="E124" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="F124" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="G124" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="H124" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="I124" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>3581</v>
       </c>
       <c r="B125" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C125" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D125" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="E125" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="F125" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="G125" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="H125" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="I125" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>47</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>48</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>3588</v>
       </c>
       <c r="B126" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="C126" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D126" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="E126" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="F126" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="G126" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="H126" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="I126" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>3591</v>
       </c>
       <c r="B127" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C127" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D127" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="E127" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="F127" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="G127" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="H127" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="I127" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>170</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>171</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>3686</v>
       </c>
       <c r="B128" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C128" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D128" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="E128" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="F128" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="G128" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="H128" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="I128" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>47</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>48</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>3689</v>
       </c>
       <c r="B129" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="C129" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="D129" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="E129" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="F129" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="G129" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="H129" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="I129" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>25</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>27</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>3700</v>
       </c>
       <c r="B130" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C130" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="D130" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="E130" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="F130" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="G130" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="H130" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="I130" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>3701</v>
       </c>
       <c r="B131" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="C131" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="D131" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="E131" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="F131" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="G131" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="H131" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="I131" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
         <v>25</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>27</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>3702</v>
       </c>
       <c r="B132" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C132" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="D132" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="E132" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="F132" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="G132" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="H132" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="I132" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>47</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>48</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>3706</v>
       </c>
       <c r="B133" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="C133" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D133" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="E133" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="F133" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="G133" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="H133" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="I133" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>3711</v>
       </c>
       <c r="B134" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C134" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="D134" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="E134" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="F134" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="G134" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="H134" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="I134" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>170</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>171</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>3716</v>
       </c>
       <c r="B135" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C135" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D135" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="E135" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F135" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="G135" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="H135" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="I135" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>48</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>3718</v>
       </c>
       <c r="B136" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C136" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="D136" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="E136" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="F136" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="G136" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="H136" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="I136" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>170</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>171</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>3719</v>
       </c>
       <c r="B137" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="C137" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="D137" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="E137" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="F137" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="G137" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="H137" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="I137" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>3731</v>
       </c>
       <c r="B138" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C138" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D138" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="E138" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="F138" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="G138" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="H138" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="I138" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>25</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>3732</v>
       </c>
       <c r="B139" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C139" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="D139" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="E139" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="F139" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="G139" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="H139" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="I139" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>170</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>171</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>3753</v>
       </c>
       <c r="B140" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C140" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D140" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="E140" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="F140" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="G140" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="H140" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="I140" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>3756</v>
       </c>
       <c r="B141" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C141" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="D141" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="E141" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="F141" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="G141" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="H141" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="I141" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>3791</v>
       </c>
       <c r="B142" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C142" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="D142" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="E142" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="F142" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="G142" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="H142" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="I142" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="J142" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="K142" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="L142" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="M142" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
         <v>3854</v>
       </c>
       <c r="B143" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C143" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="D143" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="E143" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="F143" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="G143" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="H143" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="I143" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>47</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>48</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
         <v>4176</v>
       </c>
       <c r="B144" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="C144" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="D144" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="E144" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="F144" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="G144" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="H144" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="I144" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>170</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>171</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
         <v>4186</v>
       </c>
       <c r="B145" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="C145" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="D145" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="E145" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="F145" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="G145" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="H145" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="I145" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
         <v>59</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>61</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
         <v>4196</v>
       </c>
       <c r="B146" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C146" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D146" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="E146" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="F146" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="G146" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="H146" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="I146" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
         <v>4198</v>
       </c>
       <c r="B147" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="C147" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="D147" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="E147" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="F147" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="G147" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="H147" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="I147" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
         <v>4202</v>
       </c>
       <c r="B148" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C148" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D148" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="E148" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="F148" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="G148" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="H148" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="I148" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
         <v>4204</v>
       </c>
       <c r="B149" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C149" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D149" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="E149" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="F149" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="G149" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="H149" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="I149" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>48</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
         <v>4206</v>
       </c>
       <c r="B150" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="C150" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D150" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="E150" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="F150" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="G150" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="H150" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="I150" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
         <v>4211</v>
       </c>
       <c r="B151" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="C151" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="D151" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="E151" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="F151" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="G151" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="H151" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="I151" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
         <v>25</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4243</v>
+        <v>4216</v>
       </c>
       <c r="B152" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C152" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="D152" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="E152" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F152" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="G152" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="H152" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="I152" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="J152" t="s">
-        <v>24</v>
+        <v>1418</v>
       </c>
       <c r="K152" t="s">
-        <v>25</v>
+        <v>1419</v>
       </c>
       <c r="L152" t="s">
-        <v>26</v>
+        <v>1420</v>
       </c>
       <c r="M152" t="s">
-        <v>27</v>
+        <v>1421</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4292</v>
+        <v>4243</v>
       </c>
       <c r="B153" t="s">
-        <v>1417</v>
+        <v>1423</v>
       </c>
       <c r="C153" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="D153" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="E153" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="F153" t="s">
-        <v>1421</v>
+        <v>1427</v>
       </c>
       <c r="G153" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="H153" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="I153" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>1425</v>
+        <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
+      <c r="M153" t="s">
+        <v>27</v>
+      </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4295</v>
+        <v>4292</v>
       </c>
       <c r="B154" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="C154" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="D154" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="E154" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="F154" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
       <c r="G154" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="H154" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="I154" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>25</v>
+        <v>1440</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>1441</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4303</v>
+        <v>4295</v>
       </c>
       <c r="B155" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="C155" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="D155" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="E155" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="F155" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="G155" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="H155" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="I155" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="J155" t="s">
-        <v>738</v>
+        <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1156</v>
+        <v>25</v>
       </c>
       <c r="L155" t="s">
-        <v>740</v>
+        <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>1157</v>
+        <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1444</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4304</v>
+        <v>4303</v>
       </c>
       <c r="B156" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="C156" t="s">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="D156" t="s">
-        <v>1447</v>
+        <v>1454</v>
       </c>
       <c r="E156" t="s">
-        <v>1448</v>
+        <v>1455</v>
       </c>
       <c r="F156" t="s">
-        <v>1449</v>
+        <v>1456</v>
       </c>
       <c r="G156" t="s">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="H156" t="s">
-        <v>1451</v>
+        <v>1458</v>
       </c>
       <c r="I156" t="s">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="J156" t="s">
-        <v>24</v>
+        <v>739</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>1158</v>
       </c>
       <c r="L156" t="s">
-        <v>26</v>
+        <v>741</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>1159</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1453</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4309</v>
+        <v>4304</v>
       </c>
       <c r="B157" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
       <c r="C157" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
       <c r="D157" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="E157" t="s">
-        <v>1457</v>
+        <v>1464</v>
       </c>
       <c r="F157" t="s">
-        <v>1458</v>
+        <v>1465</v>
       </c>
       <c r="G157" t="s">
-        <v>1459</v>
+        <v>1466</v>
       </c>
       <c r="H157" t="s">
-        <v>1460</v>
+        <v>1467</v>
       </c>
       <c r="I157" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4314</v>
+        <v>4307</v>
       </c>
       <c r="B158" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="C158" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="D158" t="s">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="E158" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="F158" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="G158" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="H158" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="I158" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="J158" t="s">
-        <v>24</v>
+        <v>1418</v>
       </c>
       <c r="K158" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L158" t="s">
-        <v>26</v>
+        <v>1420</v>
       </c>
       <c r="M158" t="s">
-        <v>27</v>
+        <v>1479</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1471</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4316</v>
+        <v>4308</v>
       </c>
       <c r="B159" t="s">
-        <v>1472</v>
+        <v>1481</v>
       </c>
       <c r="C159" t="s">
-        <v>1473</v>
+        <v>1482</v>
       </c>
       <c r="D159" t="s">
-        <v>1474</v>
+        <v>1483</v>
       </c>
       <c r="E159" t="s">
-        <v>1475</v>
+        <v>1484</v>
       </c>
       <c r="F159" t="s">
-        <v>1476</v>
+        <v>1485</v>
       </c>
       <c r="G159" t="s">
-        <v>1477</v>
+        <v>1486</v>
       </c>
       <c r="H159" t="s">
-        <v>1478</v>
+        <v>1487</v>
       </c>
       <c r="I159" t="s">
-        <v>1479</v>
+        <v>1488</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
         <v>170</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>171</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1480</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4318</v>
+        <v>4309</v>
       </c>
       <c r="B160" t="s">
-        <v>1481</v>
+        <v>1490</v>
       </c>
       <c r="C160" t="s">
-        <v>1482</v>
+        <v>1491</v>
       </c>
       <c r="D160" t="s">
-        <v>1483</v>
+        <v>1492</v>
       </c>
       <c r="E160" t="s">
-        <v>1484</v>
+        <v>1493</v>
       </c>
       <c r="F160" t="s">
-        <v>1485</v>
+        <v>1494</v>
       </c>
       <c r="G160" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="H160" t="s">
-        <v>1487</v>
+        <v>1496</v>
       </c>
       <c r="I160" t="s">
-        <v>1488</v>
+        <v>1497</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>170</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>171</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1489</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4319</v>
+        <v>4311</v>
       </c>
       <c r="B161" t="s">
-        <v>1490</v>
+        <v>1499</v>
       </c>
       <c r="C161" t="s">
-        <v>1491</v>
+        <v>1500</v>
       </c>
       <c r="D161" t="s">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="E161" t="s">
-        <v>1493</v>
+        <v>1502</v>
       </c>
       <c r="F161" t="s">
-        <v>1494</v>
+        <v>1503</v>
       </c>
       <c r="G161" t="s">
-        <v>1495</v>
+        <v>1504</v>
       </c>
       <c r="H161" t="s">
-        <v>1496</v>
+        <v>1505</v>
       </c>
       <c r="I161" t="s">
-        <v>1497</v>
+        <v>1506</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1498</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4322</v>
+        <v>4314</v>
       </c>
       <c r="B162" t="s">
-        <v>1499</v>
+        <v>1508</v>
       </c>
       <c r="C162" t="s">
-        <v>1500</v>
+        <v>1509</v>
       </c>
       <c r="D162" t="s">
-        <v>1501</v>
+        <v>1510</v>
       </c>
       <c r="E162" t="s">
-        <v>1502</v>
+        <v>1511</v>
       </c>
       <c r="F162" t="s">
-        <v>1503</v>
+        <v>1512</v>
       </c>
       <c r="G162" t="s">
-        <v>1504</v>
+        <v>1513</v>
       </c>
       <c r="H162" t="s">
-        <v>1505</v>
+        <v>1514</v>
       </c>
       <c r="I162" t="s">
-        <v>1506</v>
+        <v>1515</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1507</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4538</v>
+        <v>4316</v>
       </c>
       <c r="B163" t="s">
-        <v>1508</v>
+        <v>1517</v>
       </c>
       <c r="C163" t="s">
-        <v>1509</v>
+        <v>1518</v>
       </c>
       <c r="D163" t="s">
-        <v>1510</v>
+        <v>1519</v>
       </c>
       <c r="E163" t="s">
-        <v>1511</v>
+        <v>1520</v>
       </c>
       <c r="F163" t="s">
-        <v>1512</v>
+        <v>1521</v>
       </c>
       <c r="G163" t="s">
-        <v>1513</v>
+        <v>1522</v>
       </c>
       <c r="H163" t="s">
-        <v>1514</v>
+        <v>1523</v>
       </c>
       <c r="I163" t="s">
-        <v>1515</v>
+        <v>1524</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1516</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4549</v>
+        <v>4318</v>
       </c>
       <c r="B164" t="s">
-        <v>1517</v>
+        <v>1526</v>
       </c>
       <c r="C164" t="s">
-        <v>1518</v>
+        <v>1527</v>
       </c>
       <c r="D164" t="s">
-        <v>1519</v>
+        <v>1528</v>
       </c>
       <c r="E164" t="s">
-        <v>1520</v>
+        <v>1529</v>
       </c>
       <c r="F164" t="s">
-        <v>1521</v>
+        <v>1530</v>
       </c>
       <c r="G164" t="s">
-        <v>1522</v>
+        <v>1531</v>
       </c>
       <c r="H164" t="s">
-        <v>1523</v>
+        <v>1532</v>
       </c>
       <c r="I164" t="s">
-        <v>1524</v>
+        <v>1533</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1525</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4555</v>
+        <v>4319</v>
       </c>
       <c r="B165" t="s">
-        <v>1526</v>
+        <v>1535</v>
       </c>
       <c r="C165" t="s">
-        <v>1527</v>
+        <v>1536</v>
       </c>
       <c r="D165" t="s">
-        <v>1528</v>
+        <v>1537</v>
       </c>
       <c r="E165" t="s">
-        <v>1529</v>
+        <v>1538</v>
       </c>
       <c r="F165" t="s">
-        <v>1530</v>
+        <v>1539</v>
       </c>
       <c r="G165" t="s">
-        <v>1531</v>
+        <v>1540</v>
       </c>
       <c r="H165" t="s">
-        <v>1532</v>
+        <v>1541</v>
       </c>
       <c r="I165" t="s">
-        <v>1533</v>
+        <v>1542</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>170</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>171</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1534</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4556</v>
+        <v>4322</v>
       </c>
       <c r="B166" t="s">
-        <v>1535</v>
+        <v>1544</v>
       </c>
       <c r="C166" t="s">
-        <v>1536</v>
+        <v>1545</v>
       </c>
       <c r="D166" t="s">
-        <v>1537</v>
+        <v>1546</v>
       </c>
       <c r="E166" t="s">
-        <v>1538</v>
+        <v>1547</v>
       </c>
       <c r="F166" t="s">
-        <v>1539</v>
+        <v>1548</v>
       </c>
       <c r="G166" t="s">
-        <v>1540</v>
+        <v>1549</v>
       </c>
       <c r="H166" t="s">
-        <v>1541</v>
+        <v>1550</v>
       </c>
       <c r="I166" t="s">
-        <v>1542</v>
+        <v>1551</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1543</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4559</v>
+        <v>4538</v>
       </c>
       <c r="B167" t="s">
-        <v>1544</v>
+        <v>1553</v>
       </c>
       <c r="C167" t="s">
-        <v>1545</v>
+        <v>1554</v>
       </c>
       <c r="D167" t="s">
-        <v>1546</v>
+        <v>1555</v>
       </c>
       <c r="E167" t="s">
-        <v>1547</v>
+        <v>1556</v>
       </c>
       <c r="F167" t="s">
-        <v>1548</v>
+        <v>1557</v>
       </c>
       <c r="G167" t="s">
-        <v>1549</v>
+        <v>1558</v>
       </c>
       <c r="H167" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="I167" t="s">
-        <v>1551</v>
+        <v>1560</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1552</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4560</v>
+        <v>4549</v>
       </c>
       <c r="B168" t="s">
-        <v>1553</v>
+        <v>1562</v>
       </c>
       <c r="C168" t="s">
-        <v>1554</v>
+        <v>1563</v>
       </c>
       <c r="D168" t="s">
-        <v>1555</v>
+        <v>1564</v>
       </c>
       <c r="E168" t="s">
-        <v>1556</v>
+        <v>1565</v>
       </c>
       <c r="F168" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
       <c r="G168" t="s">
-        <v>1558</v>
+        <v>1567</v>
       </c>
       <c r="H168" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="I168" t="s">
-        <v>1560</v>
+        <v>1569</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1561</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4563</v>
+        <v>4555</v>
       </c>
       <c r="B169" t="s">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="C169" t="s">
-        <v>1563</v>
+        <v>1572</v>
       </c>
       <c r="D169" t="s">
-        <v>1564</v>
+        <v>1573</v>
       </c>
       <c r="E169" t="s">
-        <v>1565</v>
+        <v>1574</v>
       </c>
       <c r="F169" t="s">
-        <v>1566</v>
+        <v>1575</v>
       </c>
       <c r="G169" t="s">
-        <v>1567</v>
+        <v>1576</v>
       </c>
       <c r="H169" t="s">
-        <v>1568</v>
+        <v>1577</v>
       </c>
       <c r="I169" t="s">
-        <v>1569</v>
+        <v>1578</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>170</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>171</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1570</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4564</v>
+        <v>4556</v>
       </c>
       <c r="B170" t="s">
-        <v>1571</v>
+        <v>1580</v>
       </c>
       <c r="C170" t="s">
-        <v>1572</v>
+        <v>1581</v>
       </c>
       <c r="D170" t="s">
-        <v>1573</v>
+        <v>1582</v>
       </c>
       <c r="E170" t="s">
-        <v>1574</v>
+        <v>1583</v>
       </c>
       <c r="F170" t="s">
-        <v>1575</v>
+        <v>1584</v>
       </c>
       <c r="G170" t="s">
-        <v>1576</v>
+        <v>1585</v>
       </c>
       <c r="H170" t="s">
-        <v>1577</v>
+        <v>1586</v>
       </c>
       <c r="I170" t="s">
-        <v>1578</v>
+        <v>1587</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>1579</v>
+        <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
+      <c r="M170" t="s">
+        <v>27</v>
+      </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4566</v>
+        <v>4558</v>
       </c>
       <c r="B171" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="C171" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="D171" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="E171" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="F171" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="G171" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="H171" t="s">
-        <v>1587</v>
+        <v>1595</v>
       </c>
       <c r="I171" t="s">
-        <v>1588</v>
+        <v>1596</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1589</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4568</v>
+        <v>4559</v>
       </c>
       <c r="B172" t="s">
-        <v>1590</v>
+        <v>1598</v>
       </c>
       <c r="C172" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="D172" t="s">
-        <v>1592</v>
+        <v>1600</v>
       </c>
       <c r="E172" t="s">
-        <v>1593</v>
+        <v>1601</v>
       </c>
       <c r="F172" t="s">
-        <v>1594</v>
+        <v>1602</v>
       </c>
       <c r="G172" t="s">
-        <v>1595</v>
+        <v>1603</v>
       </c>
       <c r="H172" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="I172" t="s">
-        <v>1597</v>
+        <v>1605</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1598</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4704</v>
+        <v>4560</v>
       </c>
       <c r="B173" t="s">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="C173" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="D173" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="E173" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="F173" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="G173" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="H173" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="I173" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4709</v>
+        <v>4563</v>
       </c>
       <c r="B174" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="C174" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="D174" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="E174" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="F174" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="G174" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="H174" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="I174" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4711</v>
+        <v>4564</v>
       </c>
       <c r="B175" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="C175" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="D175" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="E175" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
       <c r="F175" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="G175" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
       <c r="H175" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
       <c r="I175" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="J175" t="s">
-        <v>1625</v>
+        <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="L175" t="s">
-        <v>1627</v>
+        <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4716</v>
+        <v>4566</v>
       </c>
       <c r="B176" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="C176" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="D176" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
       <c r="E176" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="F176" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="G176" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="H176" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="I176" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>1156</v>
+        <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>1157</v>
+        <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4717</v>
+        <v>4568</v>
       </c>
       <c r="B177" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="C177" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="D177" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="E177" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="F177" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="G177" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="H177" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="I177" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4721</v>
+        <v>4704</v>
       </c>
       <c r="B178" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="C178" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="D178" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="E178" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="F178" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="G178" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="H178" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
       <c r="I178" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1156</v>
+        <v>47</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>1157</v>
+        <v>48</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4722</v>
+        <v>4706</v>
       </c>
       <c r="B179" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="C179" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="D179" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
       <c r="E179" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="F179" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
       <c r="G179" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="H179" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="I179" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>1665</v>
+        <v>170</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
+      <c r="M179" t="s">
+        <v>171</v>
+      </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4792</v>
+        <v>4709</v>
       </c>
       <c r="B180" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="C180" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="D180" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="E180" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="F180" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="G180" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="H180" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
       <c r="I180" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4810</v>
+        <v>4711</v>
       </c>
       <c r="B181" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="C181" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="D181" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="E181" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
       <c r="F181" t="s">
-        <v>1680</v>
+        <v>1685</v>
       </c>
       <c r="G181" t="s">
-        <v>1681</v>
+        <v>1686</v>
       </c>
       <c r="H181" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
       <c r="I181" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="J181" t="s">
-        <v>24</v>
+        <v>1689</v>
       </c>
       <c r="K181" t="s">
-        <v>170</v>
+        <v>1690</v>
       </c>
       <c r="L181" t="s">
-        <v>26</v>
+        <v>1691</v>
       </c>
       <c r="M181" t="s">
-        <v>171</v>
+        <v>1692</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1684</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4811</v>
+        <v>4716</v>
       </c>
       <c r="B182" t="s">
-        <v>1685</v>
+        <v>1694</v>
       </c>
       <c r="C182" t="s">
-        <v>1686</v>
+        <v>1695</v>
       </c>
       <c r="D182" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="E182" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
       <c r="F182" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
       <c r="G182" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="H182" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="I182" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>1323</v>
+        <v>1158</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>1325</v>
+        <v>1159</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4815</v>
+        <v>4717</v>
       </c>
       <c r="B183" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="C183" t="s">
-        <v>1695</v>
+        <v>1704</v>
       </c>
       <c r="D183" t="s">
-        <v>1696</v>
+        <v>1705</v>
       </c>
       <c r="E183" t="s">
-        <v>1697</v>
+        <v>1706</v>
       </c>
       <c r="F183" t="s">
-        <v>1698</v>
+        <v>1707</v>
       </c>
       <c r="G183" t="s">
-        <v>1699</v>
+        <v>1708</v>
       </c>
       <c r="H183" t="s">
-        <v>1700</v>
+        <v>1709</v>
       </c>
       <c r="I183" t="s">
-        <v>1701</v>
+        <v>1710</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1702</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4817</v>
+        <v>4721</v>
       </c>
       <c r="B184" t="s">
-        <v>1703</v>
+        <v>1712</v>
       </c>
       <c r="C184" t="s">
-        <v>1704</v>
+        <v>1713</v>
       </c>
       <c r="D184" t="s">
-        <v>1705</v>
+        <v>1714</v>
       </c>
       <c r="E184" t="s">
-        <v>1706</v>
+        <v>1715</v>
       </c>
       <c r="F184" t="s">
-        <v>1707</v>
+        <v>1716</v>
       </c>
       <c r="G184" t="s">
-        <v>1708</v>
+        <v>1717</v>
       </c>
       <c r="H184" t="s">
-        <v>1709</v>
+        <v>1718</v>
       </c>
       <c r="I184" t="s">
-        <v>1710</v>
+        <v>1719</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>1158</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>1159</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1711</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4850</v>
+        <v>4722</v>
       </c>
       <c r="B185" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="C185" t="s">
-        <v>1713</v>
+        <v>1722</v>
       </c>
       <c r="D185" t="s">
-        <v>1714</v>
+        <v>1723</v>
       </c>
       <c r="E185" t="s">
-        <v>1715</v>
+        <v>1724</v>
       </c>
       <c r="F185" t="s">
-        <v>1716</v>
+        <v>1725</v>
       </c>
       <c r="G185" t="s">
-        <v>1717</v>
+        <v>1726</v>
       </c>
       <c r="H185" t="s">
-        <v>1718</v>
+        <v>1727</v>
       </c>
       <c r="I185" t="s">
-        <v>1719</v>
+        <v>1728</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>1729</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>1730</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1720</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4935</v>
+        <v>4723</v>
       </c>
       <c r="B186" t="s">
-        <v>1721</v>
+        <v>1732</v>
       </c>
       <c r="C186" t="s">
-        <v>1722</v>
+        <v>1733</v>
       </c>
       <c r="D186" t="s">
-        <v>1723</v>
+        <v>1734</v>
       </c>
       <c r="E186" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
       <c r="F186" t="s">
-        <v>1725</v>
+        <v>1736</v>
       </c>
       <c r="G186" t="s">
-        <v>1726</v>
+        <v>1737</v>
       </c>
       <c r="H186" t="s">
-        <v>1727</v>
+        <v>1738</v>
       </c>
       <c r="I186" t="s">
-        <v>1728</v>
+        <v>1739</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>170</v>
+        <v>1740</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>171</v>
+        <v>1741</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1729</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4939</v>
+        <v>4792</v>
       </c>
       <c r="B187" t="s">
-        <v>1730</v>
+        <v>1743</v>
       </c>
       <c r="C187" t="s">
-        <v>1731</v>
+        <v>1744</v>
       </c>
       <c r="D187" t="s">
-        <v>1732</v>
+        <v>1745</v>
       </c>
       <c r="E187" t="s">
-        <v>1733</v>
+        <v>1746</v>
       </c>
       <c r="F187" t="s">
-        <v>1734</v>
+        <v>1747</v>
       </c>
       <c r="G187" t="s">
-        <v>1735</v>
+        <v>1748</v>
       </c>
       <c r="H187" t="s">
-        <v>1736</v>
+        <v>1749</v>
       </c>
       <c r="I187" t="s">
-        <v>1737</v>
+        <v>1750</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1738</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4947</v>
+        <v>4801</v>
       </c>
       <c r="B188" t="s">
-        <v>1739</v>
+        <v>1752</v>
       </c>
       <c r="C188" t="s">
-        <v>1740</v>
+        <v>1753</v>
       </c>
       <c r="D188" t="s">
-        <v>1741</v>
+        <v>1754</v>
       </c>
       <c r="E188" t="s">
-        <v>1742</v>
+        <v>1755</v>
       </c>
       <c r="F188" t="s">
-        <v>1743</v>
+        <v>1756</v>
       </c>
       <c r="G188" t="s">
-        <v>1744</v>
+        <v>1757</v>
       </c>
       <c r="H188" t="s">
-        <v>1745</v>
+        <v>1758</v>
       </c>
       <c r="I188" t="s">
-        <v>1746</v>
+        <v>1759</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1747</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4950</v>
+        <v>4810</v>
       </c>
       <c r="B189" t="s">
-        <v>1748</v>
+        <v>1761</v>
       </c>
       <c r="C189" t="s">
-        <v>1749</v>
+        <v>1762</v>
       </c>
       <c r="D189" t="s">
-        <v>1750</v>
+        <v>1763</v>
       </c>
       <c r="E189" t="s">
-        <v>1751</v>
+        <v>1764</v>
       </c>
       <c r="F189" t="s">
-        <v>1752</v>
+        <v>1765</v>
       </c>
       <c r="G189" t="s">
-        <v>1753</v>
+        <v>1766</v>
       </c>
       <c r="H189" t="s">
-        <v>1754</v>
+        <v>1767</v>
       </c>
       <c r="I189" t="s">
-        <v>1755</v>
+        <v>1768</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>1323</v>
+        <v>170</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>1325</v>
+        <v>171</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1756</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4958</v>
+        <v>4811</v>
       </c>
       <c r="B190" t="s">
-        <v>1757</v>
+        <v>1770</v>
       </c>
       <c r="C190" t="s">
-        <v>1758</v>
+        <v>1771</v>
       </c>
       <c r="D190" t="s">
-        <v>1759</v>
+        <v>1772</v>
       </c>
       <c r="E190" t="s">
-        <v>1760</v>
+        <v>1773</v>
       </c>
       <c r="F190" t="s">
-        <v>1761</v>
+        <v>1774</v>
       </c>
       <c r="G190" t="s">
-        <v>1762</v>
+        <v>1775</v>
       </c>
       <c r="H190" t="s">
-        <v>1763</v>
+        <v>1776</v>
       </c>
       <c r="I190" t="s">
-        <v>1764</v>
+        <v>1777</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>170</v>
+        <v>1325</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>171</v>
+        <v>1327</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1765</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4965</v>
+        <v>4815</v>
       </c>
       <c r="B191" t="s">
-        <v>1766</v>
+        <v>1779</v>
       </c>
       <c r="C191" t="s">
-        <v>1767</v>
+        <v>1780</v>
       </c>
       <c r="D191" t="s">
-        <v>1768</v>
+        <v>1781</v>
       </c>
       <c r="E191" t="s">
-        <v>1769</v>
+        <v>1782</v>
       </c>
       <c r="F191" t="s">
-        <v>1770</v>
+        <v>1783</v>
       </c>
       <c r="G191" t="s">
-        <v>1771</v>
+        <v>1784</v>
       </c>
       <c r="H191" t="s">
-        <v>1772</v>
+        <v>1785</v>
       </c>
       <c r="I191" t="s">
-        <v>1773</v>
+        <v>1786</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1774</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4968</v>
+        <v>4817</v>
       </c>
       <c r="B192" t="s">
-        <v>1775</v>
+        <v>1788</v>
       </c>
       <c r="C192" t="s">
-        <v>1776</v>
+        <v>1789</v>
       </c>
       <c r="D192" t="s">
-        <v>1777</v>
+        <v>1790</v>
       </c>
       <c r="E192" t="s">
-        <v>1778</v>
+        <v>1791</v>
       </c>
       <c r="F192" t="s">
-        <v>1779</v>
+        <v>1792</v>
       </c>
       <c r="G192" t="s">
-        <v>1780</v>
+        <v>1793</v>
       </c>
       <c r="H192" t="s">
-        <v>1781</v>
+        <v>1794</v>
       </c>
       <c r="I192" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1783</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4969</v>
+        <v>4850</v>
       </c>
       <c r="B193" t="s">
-        <v>1784</v>
+        <v>1797</v>
       </c>
       <c r="C193" t="s">
-        <v>1785</v>
+        <v>1798</v>
       </c>
       <c r="D193" t="s">
-        <v>1786</v>
+        <v>1799</v>
       </c>
       <c r="E193" t="s">
-        <v>1787</v>
+        <v>1800</v>
       </c>
       <c r="F193" t="s">
-        <v>1788</v>
+        <v>1801</v>
       </c>
       <c r="G193" t="s">
-        <v>1789</v>
+        <v>1802</v>
       </c>
       <c r="H193" t="s">
-        <v>1790</v>
+        <v>1803</v>
       </c>
       <c r="I193" t="s">
-        <v>1791</v>
+        <v>1804</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
         <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1792</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5037</v>
+        <v>4935</v>
       </c>
       <c r="B194" t="s">
-        <v>1793</v>
+        <v>1806</v>
       </c>
       <c r="C194" t="s">
-        <v>1794</v>
+        <v>1807</v>
       </c>
       <c r="D194" t="s">
-        <v>1795</v>
+        <v>1808</v>
       </c>
       <c r="E194" t="s">
-        <v>1796</v>
+        <v>1809</v>
       </c>
       <c r="F194" t="s">
-        <v>1797</v>
+        <v>1810</v>
       </c>
       <c r="G194" t="s">
-        <v>1798</v>
+        <v>1811</v>
       </c>
       <c r="H194" t="s">
-        <v>1799</v>
+        <v>1812</v>
       </c>
       <c r="I194" t="s">
-        <v>1800</v>
+        <v>1813</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
         <v>170</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
         <v>171</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1801</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5272</v>
+        <v>4939</v>
       </c>
       <c r="B195" t="s">
-        <v>1802</v>
+        <v>1815</v>
       </c>
       <c r="C195" t="s">
-        <v>1803</v>
+        <v>1816</v>
       </c>
       <c r="D195" t="s">
-        <v>1804</v>
+        <v>1817</v>
       </c>
       <c r="E195" t="s">
-        <v>1805</v>
+        <v>1818</v>
       </c>
       <c r="F195" t="s">
-        <v>1806</v>
+        <v>1819</v>
       </c>
       <c r="G195" t="s">
-        <v>1807</v>
+        <v>1820</v>
       </c>
       <c r="H195" t="s">
-        <v>1808</v>
+        <v>1821</v>
       </c>
       <c r="I195" t="s">
-        <v>1809</v>
+        <v>1822</v>
       </c>
       <c r="J195" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>727</v>
+        <v>170</v>
       </c>
       <c r="L195" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>728</v>
+        <v>171</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1810</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5273</v>
+        <v>4947</v>
       </c>
       <c r="B196" t="s">
-        <v>1811</v>
+        <v>1824</v>
       </c>
       <c r="C196" t="s">
-        <v>1812</v>
+        <v>1825</v>
       </c>
       <c r="D196" t="s">
-        <v>1813</v>
+        <v>1826</v>
       </c>
       <c r="E196" t="s">
-        <v>1814</v>
+        <v>1827</v>
       </c>
       <c r="F196" t="s">
-        <v>1815</v>
+        <v>1828</v>
       </c>
       <c r="G196" t="s">
-        <v>1816</v>
+        <v>1829</v>
       </c>
       <c r="H196" t="s">
-        <v>1817</v>
+        <v>1830</v>
       </c>
       <c r="I196" t="s">
-        <v>1818</v>
+        <v>1831</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>1819</v>
+        <v>47</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>1820</v>
+        <v>48</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1821</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5326</v>
+        <v>4950</v>
       </c>
       <c r="B197" t="s">
-        <v>1822</v>
+        <v>1833</v>
       </c>
       <c r="C197" t="s">
-        <v>1823</v>
+        <v>1834</v>
       </c>
       <c r="D197" t="s">
-        <v>1824</v>
+        <v>1835</v>
       </c>
       <c r="E197" t="s">
-        <v>1825</v>
+        <v>1836</v>
       </c>
       <c r="F197" t="s">
-        <v>1826</v>
+        <v>1837</v>
       </c>
       <c r="G197" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
       <c r="H197" t="s">
-        <v>1828</v>
+        <v>1839</v>
       </c>
       <c r="I197" t="s">
-        <v>1829</v>
+        <v>1840</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>170</v>
+        <v>1325</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>171</v>
+        <v>1327</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1830</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5330</v>
+        <v>4958</v>
       </c>
       <c r="B198" t="s">
-        <v>1831</v>
+        <v>1842</v>
       </c>
       <c r="C198" t="s">
-        <v>1832</v>
+        <v>1843</v>
       </c>
       <c r="D198" t="s">
-        <v>1833</v>
+        <v>1844</v>
       </c>
       <c r="E198" t="s">
-        <v>1834</v>
+        <v>1845</v>
       </c>
       <c r="F198" t="s">
-        <v>1835</v>
+        <v>1846</v>
       </c>
       <c r="G198" t="s">
-        <v>1836</v>
+        <v>1847</v>
       </c>
       <c r="H198" t="s">
-        <v>1837</v>
+        <v>1848</v>
       </c>
       <c r="I198" t="s">
-        <v>1838</v>
+        <v>1849</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>170</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>171</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1839</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5331</v>
+        <v>4965</v>
       </c>
       <c r="B199" t="s">
-        <v>1840</v>
+        <v>1851</v>
       </c>
       <c r="C199" t="s">
-        <v>1841</v>
+        <v>1852</v>
       </c>
       <c r="D199" t="s">
-        <v>1842</v>
+        <v>1853</v>
       </c>
       <c r="E199" t="s">
-        <v>1843</v>
+        <v>1854</v>
       </c>
       <c r="F199" t="s">
-        <v>1844</v>
+        <v>1855</v>
       </c>
       <c r="G199" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
       <c r="H199" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="I199" t="s">
-        <v>1847</v>
+        <v>1858</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1848</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5332</v>
+        <v>4968</v>
       </c>
       <c r="B200" t="s">
-        <v>1849</v>
+        <v>1860</v>
       </c>
       <c r="C200" t="s">
-        <v>1850</v>
+        <v>1861</v>
       </c>
       <c r="D200" t="s">
-        <v>1851</v>
+        <v>1862</v>
       </c>
       <c r="E200" t="s">
-        <v>1852</v>
+        <v>1863</v>
       </c>
       <c r="F200" t="s">
-        <v>1853</v>
+        <v>1864</v>
       </c>
       <c r="G200" t="s">
-        <v>1854</v>
+        <v>1865</v>
       </c>
       <c r="H200" t="s">
-        <v>1855</v>
+        <v>1866</v>
       </c>
       <c r="I200" t="s">
-        <v>1856</v>
+        <v>1867</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1857</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5333</v>
+        <v>4969</v>
       </c>
       <c r="B201" t="s">
-        <v>1858</v>
+        <v>1869</v>
       </c>
       <c r="C201" t="s">
-        <v>1859</v>
+        <v>1870</v>
       </c>
       <c r="D201" t="s">
-        <v>1860</v>
+        <v>1871</v>
       </c>
       <c r="E201" t="s">
-        <v>1861</v>
+        <v>1872</v>
       </c>
       <c r="F201" t="s">
-        <v>1862</v>
+        <v>1873</v>
       </c>
       <c r="G201" t="s">
-        <v>1863</v>
+        <v>1874</v>
       </c>
       <c r="H201" t="s">
-        <v>1864</v>
+        <v>1875</v>
       </c>
       <c r="I201" t="s">
-        <v>1865</v>
+        <v>1876</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1866</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5335</v>
+        <v>5037</v>
       </c>
       <c r="B202" t="s">
-        <v>1867</v>
+        <v>1878</v>
       </c>
       <c r="C202" t="s">
-        <v>1868</v>
+        <v>1879</v>
       </c>
       <c r="D202" t="s">
-        <v>1869</v>
+        <v>1880</v>
       </c>
       <c r="E202" t="s">
-        <v>1870</v>
+        <v>1881</v>
       </c>
       <c r="F202" t="s">
-        <v>1871</v>
+        <v>1882</v>
       </c>
       <c r="G202" t="s">
-        <v>1872</v>
+        <v>1883</v>
       </c>
       <c r="H202" t="s">
-        <v>1873</v>
+        <v>1884</v>
       </c>
       <c r="I202" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1875</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5346</v>
+        <v>5272</v>
       </c>
       <c r="B203" t="s">
-        <v>1876</v>
+        <v>1887</v>
       </c>
       <c r="C203" t="s">
-        <v>1877</v>
+        <v>1888</v>
       </c>
       <c r="D203" t="s">
-        <v>1878</v>
+        <v>1889</v>
       </c>
       <c r="E203" t="s">
-        <v>1879</v>
+        <v>1890</v>
       </c>
       <c r="F203" t="s">
-        <v>1880</v>
+        <v>1891</v>
       </c>
       <c r="G203" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
       <c r="H203" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="I203" t="s">
-        <v>1883</v>
+        <v>1894</v>
       </c>
       <c r="J203" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K203" t="s">
-        <v>1884</v>
+        <v>728</v>
       </c>
       <c r="L203" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M203" t="s">
-        <v>1885</v>
+        <v>729</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1886</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5347</v>
+        <v>5273</v>
       </c>
       <c r="B204" t="s">
-        <v>1887</v>
+        <v>1896</v>
       </c>
       <c r="C204" t="s">
-        <v>1888</v>
+        <v>1897</v>
       </c>
       <c r="D204" t="s">
-        <v>1889</v>
+        <v>1898</v>
       </c>
       <c r="E204" t="s">
-        <v>1890</v>
+        <v>1899</v>
       </c>
       <c r="F204" t="s">
-        <v>1891</v>
+        <v>1900</v>
       </c>
       <c r="G204" t="s">
-        <v>1892</v>
+        <v>1901</v>
       </c>
       <c r="H204" t="s">
-        <v>1893</v>
+        <v>1902</v>
       </c>
       <c r="I204" t="s">
-        <v>1894</v>
+        <v>1903</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>170</v>
+        <v>1904</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>171</v>
+        <v>1905</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5348</v>
+        <v>5326</v>
       </c>
       <c r="B205" t="s">
-        <v>1896</v>
+        <v>1907</v>
       </c>
       <c r="C205" t="s">
-        <v>1897</v>
+        <v>1908</v>
       </c>
       <c r="D205" t="s">
-        <v>1898</v>
+        <v>1909</v>
       </c>
       <c r="E205" t="s">
-        <v>1899</v>
+        <v>1910</v>
       </c>
       <c r="F205" t="s">
-        <v>1900</v>
+        <v>1911</v>
       </c>
       <c r="G205" t="s">
-        <v>1901</v>
+        <v>1912</v>
       </c>
       <c r="H205" t="s">
-        <v>1902</v>
+        <v>1913</v>
       </c>
       <c r="I205" t="s">
-        <v>1903</v>
+        <v>1914</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>170</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>171</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1904</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5351</v>
+        <v>5330</v>
       </c>
       <c r="B206" t="s">
-        <v>1905</v>
+        <v>1916</v>
       </c>
       <c r="C206" t="s">
-        <v>1906</v>
+        <v>1917</v>
       </c>
       <c r="D206" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
       <c r="E206" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
       <c r="F206" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="G206" t="s">
-        <v>1910</v>
+        <v>1921</v>
       </c>
       <c r="H206" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
       <c r="I206" t="s">
-        <v>1912</v>
+        <v>1923</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1913</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5353</v>
+        <v>5331</v>
       </c>
       <c r="B207" t="s">
-        <v>1914</v>
+        <v>1925</v>
       </c>
       <c r="C207" t="s">
-        <v>1915</v>
+        <v>1926</v>
       </c>
       <c r="D207" t="s">
-        <v>1916</v>
+        <v>1927</v>
       </c>
       <c r="E207" t="s">
-        <v>1917</v>
+        <v>1928</v>
       </c>
       <c r="F207" t="s">
-        <v>1918</v>
+        <v>1929</v>
       </c>
       <c r="G207" t="s">
-        <v>1919</v>
+        <v>1930</v>
       </c>
       <c r="H207" t="s">
-        <v>1920</v>
+        <v>1931</v>
       </c>
       <c r="I207" t="s">
-        <v>1921</v>
+        <v>1932</v>
       </c>
       <c r="J207" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>859</v>
+        <v>47</v>
       </c>
       <c r="L207" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>860</v>
+        <v>48</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1922</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5354</v>
+        <v>5332</v>
       </c>
       <c r="B208" t="s">
-        <v>1923</v>
+        <v>1934</v>
       </c>
       <c r="C208" t="s">
-        <v>1924</v>
+        <v>1935</v>
       </c>
       <c r="D208" t="s">
-        <v>1925</v>
+        <v>1936</v>
       </c>
       <c r="E208" t="s">
-        <v>1926</v>
+        <v>1937</v>
       </c>
       <c r="F208" t="s">
-        <v>1927</v>
+        <v>1938</v>
       </c>
       <c r="G208" t="s">
-        <v>1928</v>
+        <v>1939</v>
       </c>
       <c r="H208" t="s">
-        <v>1929</v>
+        <v>1940</v>
       </c>
       <c r="I208" t="s">
-        <v>1930</v>
+        <v>1941</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1931</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5359</v>
+        <v>5333</v>
       </c>
       <c r="B209" t="s">
-        <v>1932</v>
+        <v>1943</v>
       </c>
       <c r="C209" t="s">
-        <v>1933</v>
+        <v>1944</v>
       </c>
       <c r="D209" t="s">
-        <v>1934</v>
+        <v>1945</v>
       </c>
       <c r="E209" t="s">
-        <v>1935</v>
+        <v>1946</v>
       </c>
       <c r="F209" t="s">
-        <v>1936</v>
+        <v>1947</v>
       </c>
       <c r="G209" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
       <c r="H209" t="s">
-        <v>1938</v>
+        <v>1949</v>
       </c>
       <c r="I209" t="s">
-        <v>1939</v>
+        <v>1950</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1940</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5364</v>
+        <v>5335</v>
       </c>
       <c r="B210" t="s">
-        <v>1941</v>
+        <v>1952</v>
       </c>
       <c r="C210" t="s">
-        <v>1942</v>
+        <v>1953</v>
       </c>
       <c r="D210" t="s">
-        <v>1943</v>
+        <v>1954</v>
       </c>
       <c r="E210" t="s">
-        <v>1944</v>
+        <v>1955</v>
       </c>
       <c r="F210" t="s">
-        <v>1945</v>
+        <v>1956</v>
       </c>
       <c r="G210" t="s">
-        <v>1946</v>
+        <v>1957</v>
       </c>
       <c r="H210" t="s">
-        <v>1947</v>
+        <v>1958</v>
       </c>
       <c r="I210" t="s">
-        <v>1948</v>
+        <v>1959</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1949</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5365</v>
+        <v>5346</v>
       </c>
       <c r="B211" t="s">
-        <v>1950</v>
+        <v>1961</v>
       </c>
       <c r="C211" t="s">
-        <v>1951</v>
+        <v>1962</v>
       </c>
       <c r="D211" t="s">
-        <v>1952</v>
+        <v>1963</v>
       </c>
       <c r="E211" t="s">
-        <v>1953</v>
+        <v>1964</v>
       </c>
       <c r="F211" t="s">
-        <v>1954</v>
+        <v>1965</v>
       </c>
       <c r="G211" t="s">
-        <v>1955</v>
+        <v>1966</v>
       </c>
       <c r="H211" t="s">
-        <v>1956</v>
+        <v>1967</v>
       </c>
       <c r="I211" t="s">
-        <v>1957</v>
+        <v>1968</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>25</v>
+        <v>1969</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>27</v>
+        <v>1970</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1958</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5367</v>
+        <v>5347</v>
       </c>
       <c r="B212" t="s">
-        <v>1959</v>
+        <v>1972</v>
       </c>
       <c r="C212" t="s">
-        <v>1960</v>
+        <v>1973</v>
       </c>
       <c r="D212" t="s">
-        <v>1961</v>
+        <v>1974</v>
       </c>
       <c r="E212" t="s">
-        <v>1962</v>
+        <v>1975</v>
       </c>
       <c r="F212" t="s">
-        <v>1963</v>
+        <v>1976</v>
       </c>
       <c r="G212" t="s">
-        <v>1964</v>
+        <v>1977</v>
       </c>
       <c r="H212" t="s">
-        <v>1965</v>
+        <v>1978</v>
       </c>
       <c r="I212" t="s">
-        <v>1966</v>
+        <v>1979</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1967</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5368</v>
+        <v>5348</v>
       </c>
       <c r="B213" t="s">
-        <v>1968</v>
+        <v>1981</v>
       </c>
       <c r="C213" t="s">
-        <v>1969</v>
+        <v>1982</v>
       </c>
       <c r="D213" t="s">
-        <v>1970</v>
+        <v>1983</v>
       </c>
       <c r="E213" t="s">
-        <v>1971</v>
+        <v>1984</v>
       </c>
       <c r="F213" t="s">
-        <v>1972</v>
+        <v>1985</v>
       </c>
       <c r="G213" t="s">
-        <v>1973</v>
+        <v>1986</v>
       </c>
       <c r="H213" t="s">
-        <v>1974</v>
+        <v>1987</v>
       </c>
       <c r="I213" t="s">
-        <v>1975</v>
+        <v>1988</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1976</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5371</v>
+        <v>5351</v>
       </c>
       <c r="B214" t="s">
-        <v>1977</v>
+        <v>1990</v>
       </c>
       <c r="C214" t="s">
-        <v>1978</v>
+        <v>1991</v>
       </c>
       <c r="D214" t="s">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E214" t="s">
-        <v>1980</v>
+        <v>1993</v>
       </c>
       <c r="F214" t="s">
-        <v>1981</v>
+        <v>1994</v>
       </c>
       <c r="G214" t="s">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="H214" t="s">
-        <v>1983</v>
+        <v>1996</v>
       </c>
       <c r="I214" t="s">
-        <v>1984</v>
+        <v>1997</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1985</v>
+        <v>25</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>1986</v>
+        <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1987</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5372</v>
+        <v>5353</v>
       </c>
       <c r="B215" t="s">
-        <v>1988</v>
+        <v>1999</v>
       </c>
       <c r="C215" t="s">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="D215" t="s">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="E215" t="s">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="F215" t="s">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="G215" t="s">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="H215" t="s">
-        <v>1994</v>
+        <v>2005</v>
       </c>
       <c r="I215" t="s">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="J215" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K215" t="s">
-        <v>25</v>
+        <v>860</v>
       </c>
       <c r="L215" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M215" t="s">
-        <v>27</v>
+        <v>861</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1996</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5375</v>
+        <v>5354</v>
       </c>
       <c r="B216" t="s">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="C216" t="s">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="D216" t="s">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="E216" t="s">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="F216" t="s">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="G216" t="s">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="H216" t="s">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="I216" t="s">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="J216" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L216" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2005</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5377</v>
+        <v>5359</v>
       </c>
       <c r="B217" t="s">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="C217" t="s">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="D217" t="s">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="E217" t="s">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="F217" t="s">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="G217" t="s">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="H217" t="s">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="I217" t="s">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2014</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5378</v>
+        <v>5364</v>
       </c>
       <c r="B218" t="s">
-        <v>2015</v>
+        <v>2026</v>
       </c>
       <c r="C218" t="s">
-        <v>2016</v>
+        <v>2027</v>
       </c>
       <c r="D218" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="E218" t="s">
-        <v>2018</v>
+        <v>2029</v>
       </c>
       <c r="F218" t="s">
-        <v>2019</v>
+        <v>2030</v>
       </c>
       <c r="G218" t="s">
-        <v>2020</v>
+        <v>2031</v>
       </c>
       <c r="H218" t="s">
-        <v>2021</v>
+        <v>2032</v>
       </c>
       <c r="I218" t="s">
-        <v>2022</v>
+        <v>2033</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2023</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5380</v>
+        <v>5365</v>
       </c>
       <c r="B219" t="s">
-        <v>2024</v>
+        <v>2035</v>
       </c>
       <c r="C219" t="s">
-        <v>2025</v>
+        <v>2036</v>
       </c>
       <c r="D219" t="s">
-        <v>2026</v>
+        <v>2037</v>
       </c>
       <c r="E219" t="s">
-        <v>2027</v>
+        <v>2038</v>
       </c>
       <c r="F219" t="s">
-        <v>2028</v>
+        <v>2039</v>
       </c>
       <c r="G219" t="s">
-        <v>2029</v>
+        <v>2040</v>
       </c>
       <c r="H219" t="s">
-        <v>2030</v>
+        <v>2041</v>
       </c>
       <c r="I219" t="s">
-        <v>2031</v>
+        <v>2042</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2032</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5382</v>
+        <v>5367</v>
       </c>
       <c r="B220" t="s">
-        <v>2033</v>
+        <v>2044</v>
       </c>
       <c r="C220" t="s">
-        <v>2034</v>
+        <v>2045</v>
       </c>
       <c r="D220" t="s">
-        <v>2035</v>
+        <v>2046</v>
       </c>
       <c r="E220" t="s">
-        <v>2036</v>
+        <v>2047</v>
       </c>
       <c r="F220" t="s">
-        <v>2037</v>
+        <v>2048</v>
       </c>
       <c r="G220" t="s">
-        <v>2038</v>
+        <v>2049</v>
       </c>
       <c r="H220" t="s">
-        <v>2039</v>
+        <v>2050</v>
       </c>
       <c r="I220" t="s">
-        <v>2040</v>
+        <v>2051</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2041</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5393</v>
+        <v>5368</v>
       </c>
       <c r="B221" t="s">
-        <v>2042</v>
+        <v>2053</v>
       </c>
       <c r="C221" t="s">
-        <v>2043</v>
+        <v>2054</v>
       </c>
       <c r="D221" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
       <c r="E221" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
       <c r="F221" t="s">
-        <v>2046</v>
+        <v>2057</v>
       </c>
       <c r="G221" t="s">
-        <v>2047</v>
+        <v>2058</v>
       </c>
       <c r="H221" t="s">
-        <v>2048</v>
+        <v>2059</v>
       </c>
       <c r="I221" t="s">
-        <v>2049</v>
+        <v>2060</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2050</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5394</v>
+        <v>5371</v>
       </c>
       <c r="B222" t="s">
-        <v>2051</v>
+        <v>2062</v>
       </c>
       <c r="C222" t="s">
-        <v>2052</v>
+        <v>2063</v>
       </c>
       <c r="D222" t="s">
-        <v>2053</v>
+        <v>2064</v>
       </c>
       <c r="E222" t="s">
-        <v>2054</v>
+        <v>2065</v>
       </c>
       <c r="F222" t="s">
-        <v>2055</v>
+        <v>2066</v>
       </c>
       <c r="G222" t="s">
-        <v>2056</v>
+        <v>2067</v>
       </c>
       <c r="H222" t="s">
-        <v>2057</v>
+        <v>2068</v>
       </c>
       <c r="I222" t="s">
-        <v>2058</v>
+        <v>2069</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>25</v>
+        <v>2070</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>27</v>
+        <v>2071</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2059</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5403</v>
+        <v>5372</v>
       </c>
       <c r="B223" t="s">
-        <v>2060</v>
+        <v>2073</v>
       </c>
       <c r="C223" t="s">
-        <v>2061</v>
+        <v>2074</v>
       </c>
       <c r="D223" t="s">
-        <v>2062</v>
+        <v>2075</v>
       </c>
       <c r="E223" t="s">
-        <v>2063</v>
+        <v>2076</v>
       </c>
       <c r="F223" t="s">
-        <v>2064</v>
+        <v>2077</v>
       </c>
       <c r="G223" t="s">
-        <v>2065</v>
+        <v>2078</v>
       </c>
       <c r="H223" t="s">
-        <v>2066</v>
+        <v>2079</v>
       </c>
       <c r="I223" t="s">
-        <v>2067</v>
+        <v>2080</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>2068</v>
+        <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
+      <c r="M223" t="s">
+        <v>27</v>
+      </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2069</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5431</v>
+        <v>5375</v>
       </c>
       <c r="B224" t="s">
-        <v>2070</v>
+        <v>2082</v>
       </c>
       <c r="C224" t="s">
-        <v>2071</v>
+        <v>2083</v>
       </c>
       <c r="D224" t="s">
-        <v>2072</v>
+        <v>2084</v>
       </c>
       <c r="E224" t="s">
-        <v>2073</v>
+        <v>2085</v>
       </c>
       <c r="F224" t="s">
-        <v>2074</v>
+        <v>2086</v>
       </c>
       <c r="G224" t="s">
-        <v>2075</v>
+        <v>2087</v>
       </c>
       <c r="H224" t="s">
-        <v>2076</v>
+        <v>2088</v>
       </c>
       <c r="I224" t="s">
-        <v>2077</v>
+        <v>2089</v>
       </c>
       <c r="J224" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K224" t="s">
         <v>274</v>
       </c>
       <c r="L224" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M224" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2078</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5433</v>
+        <v>5377</v>
       </c>
       <c r="B225" t="s">
-        <v>2079</v>
+        <v>2091</v>
       </c>
       <c r="C225" t="s">
-        <v>2080</v>
+        <v>2092</v>
       </c>
       <c r="D225" t="s">
-        <v>2081</v>
+        <v>2093</v>
       </c>
       <c r="E225" t="s">
-        <v>2082</v>
+        <v>2094</v>
       </c>
       <c r="F225" t="s">
-        <v>2083</v>
+        <v>2095</v>
       </c>
       <c r="G225" t="s">
-        <v>2084</v>
+        <v>2096</v>
       </c>
       <c r="H225" t="s">
-        <v>2085</v>
+        <v>2097</v>
       </c>
       <c r="I225" t="s">
-        <v>2086</v>
+        <v>2098</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2087</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5435</v>
+        <v>5378</v>
       </c>
       <c r="B226" t="s">
-        <v>2088</v>
+        <v>2100</v>
       </c>
       <c r="C226" t="s">
-        <v>2089</v>
+        <v>2101</v>
       </c>
       <c r="D226" t="s">
-        <v>2090</v>
+        <v>2102</v>
       </c>
       <c r="E226" t="s">
-        <v>2091</v>
+        <v>2103</v>
       </c>
       <c r="F226" t="s">
-        <v>2092</v>
+        <v>2104</v>
       </c>
       <c r="G226" t="s">
-        <v>2093</v>
+        <v>2105</v>
       </c>
       <c r="H226" t="s">
-        <v>2094</v>
+        <v>2106</v>
       </c>
       <c r="I226" t="s">
-        <v>2095</v>
+        <v>2107</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2096</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5436</v>
+        <v>5380</v>
       </c>
       <c r="B227" t="s">
-        <v>2097</v>
+        <v>2109</v>
       </c>
       <c r="C227" t="s">
-        <v>2098</v>
+        <v>2110</v>
       </c>
       <c r="D227" t="s">
-        <v>2099</v>
+        <v>2111</v>
       </c>
       <c r="E227" t="s">
-        <v>2100</v>
+        <v>2112</v>
       </c>
       <c r="F227" t="s">
-        <v>2101</v>
+        <v>2113</v>
       </c>
       <c r="G227" t="s">
-        <v>2102</v>
+        <v>2114</v>
       </c>
       <c r="H227" t="s">
-        <v>2103</v>
+        <v>2115</v>
       </c>
       <c r="I227" t="s">
-        <v>2104</v>
+        <v>2116</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2105</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5437</v>
+        <v>5382</v>
       </c>
       <c r="B228" t="s">
-        <v>2106</v>
+        <v>2118</v>
       </c>
       <c r="C228" t="s">
-        <v>2107</v>
+        <v>2119</v>
       </c>
       <c r="D228" t="s">
-        <v>2108</v>
+        <v>2120</v>
       </c>
       <c r="E228" t="s">
-        <v>2109</v>
+        <v>2121</v>
       </c>
       <c r="F228" t="s">
-        <v>2110</v>
+        <v>2122</v>
       </c>
       <c r="G228" t="s">
-        <v>2111</v>
+        <v>2123</v>
       </c>
       <c r="H228" t="s">
-        <v>2112</v>
+        <v>2124</v>
       </c>
       <c r="I228" t="s">
-        <v>2113</v>
+        <v>2125</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2114</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5439</v>
+        <v>5393</v>
       </c>
       <c r="B229" t="s">
-        <v>2115</v>
+        <v>2127</v>
       </c>
       <c r="C229" t="s">
-        <v>2116</v>
+        <v>2128</v>
       </c>
       <c r="D229" t="s">
-        <v>2117</v>
+        <v>2129</v>
       </c>
       <c r="E229" t="s">
-        <v>2118</v>
+        <v>2130</v>
       </c>
       <c r="F229" t="s">
-        <v>2119</v>
+        <v>2131</v>
       </c>
       <c r="G229" t="s">
-        <v>2120</v>
+        <v>2132</v>
       </c>
       <c r="H229" t="s">
-        <v>2121</v>
+        <v>2133</v>
       </c>
       <c r="I229" t="s">
-        <v>2122</v>
+        <v>2134</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2123</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5456</v>
+        <v>5394</v>
       </c>
       <c r="B230" t="s">
-        <v>2124</v>
+        <v>2136</v>
       </c>
       <c r="C230" t="s">
-        <v>2125</v>
+        <v>2137</v>
       </c>
       <c r="D230" t="s">
-        <v>2126</v>
+        <v>2138</v>
       </c>
       <c r="E230" t="s">
-        <v>2127</v>
+        <v>2139</v>
       </c>
       <c r="F230" t="s">
-        <v>2128</v>
+        <v>2140</v>
       </c>
       <c r="G230" t="s">
-        <v>2129</v>
+        <v>2141</v>
       </c>
       <c r="H230" t="s">
-        <v>2130</v>
+        <v>2142</v>
       </c>
       <c r="I230" t="s">
-        <v>2131</v>
+        <v>2143</v>
       </c>
       <c r="J230" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>1323</v>
+        <v>25</v>
       </c>
       <c r="L230" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>1325</v>
+        <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2132</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5474</v>
+        <v>5403</v>
       </c>
       <c r="B231" t="s">
-        <v>2133</v>
+        <v>2145</v>
       </c>
       <c r="C231" t="s">
-        <v>2134</v>
+        <v>2146</v>
       </c>
       <c r="D231" t="s">
-        <v>2135</v>
+        <v>2147</v>
       </c>
       <c r="E231" t="s">
-        <v>2136</v>
+        <v>2148</v>
       </c>
       <c r="F231" t="s">
-        <v>2137</v>
+        <v>2149</v>
       </c>
       <c r="G231" t="s">
-        <v>2138</v>
+        <v>2150</v>
       </c>
       <c r="H231" t="s">
-        <v>2139</v>
+        <v>2151</v>
       </c>
       <c r="I231" t="s">
-        <v>2140</v>
+        <v>2152</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>25</v>
+        <v>2153</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>27</v>
+        <v>2154</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2141</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5475</v>
+        <v>5431</v>
       </c>
       <c r="B232" t="s">
-        <v>2142</v>
+        <v>2156</v>
       </c>
       <c r="C232" t="s">
-        <v>2143</v>
+        <v>2157</v>
       </c>
       <c r="D232" t="s">
-        <v>2144</v>
+        <v>2158</v>
       </c>
       <c r="E232" t="s">
-        <v>2145</v>
+        <v>2159</v>
       </c>
       <c r="F232" t="s">
-        <v>2146</v>
+        <v>2160</v>
       </c>
       <c r="G232" t="s">
-        <v>2147</v>
+        <v>2161</v>
       </c>
       <c r="H232" t="s">
-        <v>2148</v>
+        <v>2162</v>
       </c>
       <c r="I232" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="J232" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K232" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L232" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M232" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5476</v>
+        <v>5433</v>
       </c>
       <c r="B233" t="s">
-        <v>2151</v>
+        <v>2165</v>
       </c>
       <c r="C233" t="s">
-        <v>2152</v>
+        <v>2166</v>
       </c>
       <c r="D233" t="s">
-        <v>2153</v>
+        <v>2167</v>
       </c>
       <c r="E233" t="s">
-        <v>2154</v>
+        <v>2168</v>
       </c>
       <c r="F233" t="s">
-        <v>2155</v>
+        <v>2169</v>
       </c>
       <c r="G233" t="s">
-        <v>2156</v>
+        <v>2170</v>
       </c>
       <c r="H233" t="s">
-        <v>2157</v>
+        <v>2171</v>
       </c>
       <c r="I233" t="s">
-        <v>2158</v>
+        <v>2172</v>
       </c>
       <c r="J233" t="s">
-        <v>2159</v>
+        <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>1156</v>
+        <v>170</v>
       </c>
       <c r="L233" t="s">
-        <v>2160</v>
+        <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>1157</v>
+        <v>171</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2161</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5478</v>
+        <v>5435</v>
       </c>
       <c r="B234" t="s">
-        <v>2162</v>
+        <v>2174</v>
       </c>
       <c r="C234" t="s">
-        <v>2163</v>
+        <v>2175</v>
       </c>
       <c r="D234" t="s">
-        <v>2164</v>
+        <v>2176</v>
       </c>
       <c r="E234" t="s">
-        <v>2165</v>
+        <v>2177</v>
       </c>
       <c r="F234" t="s">
-        <v>2166</v>
+        <v>2178</v>
       </c>
       <c r="G234" t="s">
-        <v>2167</v>
+        <v>2179</v>
       </c>
       <c r="H234" t="s">
-        <v>2168</v>
+        <v>2180</v>
       </c>
       <c r="I234" t="s">
-        <v>2169</v>
+        <v>2181</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2170</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5479</v>
+        <v>5436</v>
       </c>
       <c r="B235" t="s">
-        <v>2171</v>
+        <v>2183</v>
       </c>
       <c r="C235" t="s">
-        <v>2172</v>
+        <v>2184</v>
       </c>
       <c r="D235" t="s">
-        <v>2173</v>
+        <v>2185</v>
       </c>
       <c r="E235" t="s">
-        <v>2174</v>
+        <v>2186</v>
       </c>
       <c r="F235" t="s">
-        <v>2175</v>
+        <v>2187</v>
       </c>
       <c r="G235" t="s">
-        <v>2176</v>
+        <v>2188</v>
       </c>
       <c r="H235" t="s">
-        <v>2177</v>
+        <v>2189</v>
       </c>
       <c r="I235" t="s">
-        <v>2178</v>
+        <v>2190</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>571</v>
+        <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2179</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5482</v>
+        <v>5437</v>
       </c>
       <c r="B236" t="s">
-        <v>2180</v>
+        <v>2192</v>
       </c>
       <c r="C236" t="s">
-        <v>2181</v>
+        <v>2193</v>
       </c>
       <c r="D236" t="s">
-        <v>2182</v>
+        <v>2194</v>
       </c>
       <c r="E236" t="s">
-        <v>2183</v>
+        <v>2195</v>
       </c>
       <c r="F236" t="s">
-        <v>2184</v>
+        <v>2196</v>
       </c>
       <c r="G236" t="s">
-        <v>2185</v>
+        <v>2197</v>
       </c>
       <c r="H236" t="s">
-        <v>2186</v>
+        <v>2198</v>
       </c>
       <c r="I236" t="s">
-        <v>2187</v>
+        <v>2199</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2188</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5483</v>
+        <v>5439</v>
       </c>
       <c r="B237" t="s">
-        <v>2189</v>
+        <v>2201</v>
       </c>
       <c r="C237" t="s">
-        <v>2190</v>
+        <v>2202</v>
       </c>
       <c r="D237" t="s">
-        <v>2191</v>
+        <v>2203</v>
       </c>
       <c r="E237" t="s">
-        <v>2192</v>
+        <v>2204</v>
       </c>
       <c r="F237" t="s">
-        <v>2193</v>
+        <v>2205</v>
       </c>
       <c r="G237" t="s">
-        <v>2194</v>
+        <v>2206</v>
       </c>
       <c r="H237" t="s">
-        <v>2195</v>
+        <v>2207</v>
       </c>
       <c r="I237" t="s">
-        <v>2196</v>
+        <v>2208</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2197</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5485</v>
+        <v>5456</v>
       </c>
       <c r="B238" t="s">
-        <v>2198</v>
+        <v>2210</v>
       </c>
       <c r="C238" t="s">
-        <v>2199</v>
+        <v>2211</v>
       </c>
       <c r="D238" t="s">
-        <v>2200</v>
+        <v>2212</v>
       </c>
       <c r="E238" t="s">
-        <v>2201</v>
+        <v>2213</v>
       </c>
       <c r="F238" t="s">
-        <v>2202</v>
+        <v>2214</v>
       </c>
       <c r="G238" t="s">
-        <v>2203</v>
+        <v>2215</v>
       </c>
       <c r="H238" t="s">
-        <v>2204</v>
+        <v>2216</v>
       </c>
       <c r="I238" t="s">
-        <v>2205</v>
+        <v>2217</v>
       </c>
       <c r="J238" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K238" t="s">
-        <v>2206</v>
+        <v>1325</v>
       </c>
       <c r="L238" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M238" t="s">
-        <v>2207</v>
+        <v>1327</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2208</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5487</v>
+        <v>5474</v>
       </c>
       <c r="B239" t="s">
-        <v>2209</v>
+        <v>2219</v>
       </c>
       <c r="C239" t="s">
-        <v>2210</v>
+        <v>2220</v>
       </c>
       <c r="D239" t="s">
-        <v>2211</v>
+        <v>2221</v>
       </c>
       <c r="E239" t="s">
-        <v>2212</v>
+        <v>2222</v>
       </c>
       <c r="F239" t="s">
-        <v>2213</v>
+        <v>2223</v>
       </c>
       <c r="G239" t="s">
-        <v>2214</v>
+        <v>2224</v>
       </c>
       <c r="H239" t="s">
-        <v>2215</v>
+        <v>2225</v>
       </c>
       <c r="I239" t="s">
-        <v>2216</v>
+        <v>2226</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>2217</v>
+        <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
+      <c r="M239" t="s">
+        <v>27</v>
+      </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5488</v>
+        <v>5475</v>
       </c>
       <c r="B240" t="s">
-        <v>2219</v>
+        <v>2228</v>
       </c>
       <c r="C240" t="s">
-        <v>2220</v>
+        <v>2229</v>
       </c>
       <c r="D240" t="s">
-        <v>2221</v>
+        <v>2230</v>
       </c>
       <c r="E240" t="s">
-        <v>2222</v>
+        <v>2231</v>
       </c>
       <c r="F240" t="s">
-        <v>2223</v>
+        <v>2232</v>
       </c>
       <c r="G240" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="H240" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="I240" t="s">
-        <v>2226</v>
+        <v>2235</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>170</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>171</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2227</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5489</v>
+        <v>5476</v>
       </c>
       <c r="B241" t="s">
-        <v>2228</v>
+        <v>2237</v>
       </c>
       <c r="C241" t="s">
-        <v>2229</v>
+        <v>2238</v>
       </c>
       <c r="D241" t="s">
-        <v>2230</v>
+        <v>2239</v>
       </c>
       <c r="E241" t="s">
-        <v>2231</v>
+        <v>2240</v>
       </c>
       <c r="F241" t="s">
-        <v>2232</v>
+        <v>2241</v>
       </c>
       <c r="G241" t="s">
-        <v>2233</v>
+        <v>2242</v>
       </c>
       <c r="H241" t="s">
-        <v>2234</v>
+        <v>2243</v>
       </c>
       <c r="I241" t="s">
-        <v>2235</v>
+        <v>2244</v>
       </c>
       <c r="J241" t="s">
-        <v>24</v>
+        <v>2245</v>
       </c>
       <c r="K241" t="s">
-        <v>1176</v>
+        <v>1158</v>
       </c>
       <c r="L241" t="s">
-        <v>26</v>
+        <v>2246</v>
       </c>
       <c r="M241" t="s">
-        <v>1177</v>
+        <v>1159</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2236</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5490</v>
+        <v>5478</v>
       </c>
       <c r="B242" t="s">
-        <v>2237</v>
+        <v>2248</v>
       </c>
       <c r="C242" t="s">
-        <v>2238</v>
+        <v>2249</v>
       </c>
       <c r="D242" t="s">
-        <v>2239</v>
+        <v>2250</v>
       </c>
       <c r="E242" t="s">
-        <v>2240</v>
+        <v>2251</v>
       </c>
       <c r="F242" t="s">
-        <v>2241</v>
+        <v>2252</v>
       </c>
       <c r="G242" t="s">
-        <v>2242</v>
+        <v>2253</v>
       </c>
       <c r="H242" t="s">
-        <v>2243</v>
+        <v>2254</v>
       </c>
       <c r="I242" t="s">
-        <v>2244</v>
+        <v>2255</v>
       </c>
       <c r="J242" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>2245</v>
+        <v>25</v>
       </c>
       <c r="L242" t="s">
-        <v>442</v>
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>27</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2246</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5493</v>
+        <v>5479</v>
       </c>
       <c r="B243" t="s">
-        <v>2247</v>
+        <v>2257</v>
       </c>
       <c r="C243" t="s">
-        <v>2248</v>
+        <v>2258</v>
       </c>
       <c r="D243" t="s">
-        <v>2249</v>
+        <v>2259</v>
       </c>
       <c r="E243" t="s">
-        <v>2250</v>
+        <v>2260</v>
       </c>
       <c r="F243" t="s">
-        <v>2251</v>
+        <v>2261</v>
       </c>
       <c r="G243" t="s">
-        <v>2252</v>
+        <v>2262</v>
       </c>
       <c r="H243" t="s">
-        <v>2253</v>
+        <v>2263</v>
       </c>
       <c r="I243" t="s">
-        <v>2254</v>
+        <v>2264</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>170</v>
+        <v>571</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>171</v>
+        <v>572</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2255</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5496</v>
+        <v>5482</v>
       </c>
       <c r="B244" t="s">
-        <v>2256</v>
+        <v>2266</v>
       </c>
       <c r="C244" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
       <c r="D244" t="s">
-        <v>2258</v>
+        <v>2268</v>
       </c>
       <c r="E244" t="s">
-        <v>2259</v>
+        <v>2269</v>
       </c>
       <c r="F244" t="s">
-        <v>2260</v>
+        <v>2270</v>
       </c>
       <c r="G244" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
       <c r="H244" t="s">
-        <v>2262</v>
+        <v>2272</v>
       </c>
       <c r="I244" t="s">
-        <v>2263</v>
+        <v>2273</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2264</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5502</v>
+        <v>5483</v>
       </c>
       <c r="B245" t="s">
-        <v>2265</v>
+        <v>2275</v>
       </c>
       <c r="C245" t="s">
-        <v>2266</v>
+        <v>2276</v>
       </c>
       <c r="D245" t="s">
-        <v>2267</v>
+        <v>2277</v>
       </c>
       <c r="E245" t="s">
-        <v>2268</v>
+        <v>2278</v>
       </c>
       <c r="F245" t="s">
-        <v>2269</v>
+        <v>2279</v>
       </c>
       <c r="G245" t="s">
-        <v>2270</v>
+        <v>2280</v>
       </c>
       <c r="H245" t="s">
-        <v>2271</v>
+        <v>2281</v>
       </c>
       <c r="I245" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
         <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
         <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5503</v>
+        <v>5485</v>
       </c>
       <c r="B246" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="C246" t="s">
-        <v>2275</v>
+        <v>2285</v>
       </c>
       <c r="D246" t="s">
-        <v>2276</v>
+        <v>2286</v>
       </c>
       <c r="E246" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="F246" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="G246" t="s">
-        <v>2279</v>
+        <v>2289</v>
       </c>
       <c r="H246" t="s">
-        <v>2280</v>
+        <v>2290</v>
       </c>
       <c r="I246" t="s">
-        <v>2281</v>
+        <v>2291</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>47</v>
+        <v>2292</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>48</v>
+        <v>2293</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2282</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5504</v>
+        <v>5487</v>
       </c>
       <c r="B247" t="s">
-        <v>2283</v>
+        <v>2295</v>
       </c>
       <c r="C247" t="s">
-        <v>2284</v>
+        <v>2296</v>
       </c>
       <c r="D247" t="s">
-        <v>2285</v>
+        <v>2297</v>
       </c>
       <c r="E247" t="s">
-        <v>2286</v>
+        <v>2298</v>
       </c>
       <c r="F247" t="s">
-        <v>2287</v>
+        <v>2299</v>
       </c>
       <c r="G247" t="s">
-        <v>2288</v>
+        <v>2300</v>
       </c>
       <c r="H247" t="s">
-        <v>2289</v>
+        <v>2301</v>
       </c>
       <c r="I247" t="s">
-        <v>2290</v>
+        <v>2302</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>25</v>
+        <v>2303</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>27</v>
+        <v>2304</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2291</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5507</v>
+        <v>5488</v>
       </c>
       <c r="B248" t="s">
-        <v>2292</v>
+        <v>2306</v>
       </c>
       <c r="C248" t="s">
-        <v>2293</v>
+        <v>2307</v>
       </c>
       <c r="D248" t="s">
-        <v>2294</v>
+        <v>2308</v>
       </c>
       <c r="E248" t="s">
-        <v>2295</v>
+        <v>2309</v>
       </c>
       <c r="F248" t="s">
-        <v>2296</v>
+        <v>2310</v>
       </c>
       <c r="G248" t="s">
-        <v>2297</v>
+        <v>2311</v>
       </c>
       <c r="H248" t="s">
-        <v>2298</v>
+        <v>2312</v>
       </c>
       <c r="I248" t="s">
-        <v>2299</v>
+        <v>2313</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2300</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5509</v>
+        <v>5489</v>
       </c>
       <c r="B249" t="s">
-        <v>2301</v>
+        <v>2315</v>
       </c>
       <c r="C249" t="s">
-        <v>2302</v>
+        <v>2316</v>
       </c>
       <c r="D249" t="s">
-        <v>2303</v>
+        <v>2317</v>
       </c>
       <c r="E249" t="s">
-        <v>2304</v>
+        <v>2318</v>
       </c>
       <c r="F249" t="s">
-        <v>2305</v>
+        <v>2319</v>
       </c>
       <c r="G249" t="s">
-        <v>2306</v>
+        <v>2320</v>
       </c>
       <c r="H249" t="s">
-        <v>2307</v>
+        <v>2321</v>
       </c>
       <c r="I249" t="s">
-        <v>2308</v>
+        <v>2322</v>
       </c>
       <c r="J249" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>1156</v>
+        <v>1178</v>
       </c>
       <c r="L249" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>1157</v>
+        <v>1179</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2309</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5512</v>
+        <v>5490</v>
       </c>
       <c r="B250" t="s">
-        <v>2310</v>
+        <v>2324</v>
       </c>
       <c r="C250" t="s">
-        <v>2311</v>
+        <v>2325</v>
       </c>
       <c r="D250" t="s">
-        <v>2312</v>
+        <v>2326</v>
       </c>
       <c r="E250" t="s">
-        <v>2313</v>
+        <v>2327</v>
       </c>
       <c r="F250" t="s">
-        <v>2314</v>
+        <v>2328</v>
       </c>
       <c r="G250" t="s">
-        <v>2315</v>
+        <v>2329</v>
       </c>
       <c r="H250" t="s">
-        <v>2316</v>
+        <v>2330</v>
       </c>
       <c r="I250" t="s">
-        <v>2317</v>
+        <v>2331</v>
       </c>
       <c r="J250" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K250" t="s">
-        <v>170</v>
+        <v>2332</v>
       </c>
       <c r="L250" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M250" t="s">
-        <v>171</v>
+        <v>2333</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2318</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5514</v>
+        <v>5493</v>
       </c>
       <c r="B251" t="s">
-        <v>2319</v>
+        <v>2335</v>
       </c>
       <c r="C251" t="s">
-        <v>2320</v>
+        <v>2336</v>
       </c>
       <c r="D251" t="s">
-        <v>2321</v>
+        <v>2337</v>
       </c>
       <c r="E251" t="s">
-        <v>2322</v>
+        <v>2338</v>
       </c>
       <c r="F251" t="s">
-        <v>2323</v>
+        <v>2339</v>
       </c>
       <c r="G251" t="s">
-        <v>2324</v>
+        <v>2340</v>
       </c>
       <c r="H251" t="s">
-        <v>2325</v>
+        <v>2341</v>
       </c>
       <c r="I251" t="s">
-        <v>2326</v>
+        <v>2342</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2327</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5516</v>
+        <v>5496</v>
       </c>
       <c r="B252" t="s">
-        <v>2328</v>
+        <v>2344</v>
       </c>
       <c r="C252" t="s">
-        <v>2329</v>
+        <v>2345</v>
       </c>
       <c r="D252" t="s">
-        <v>2330</v>
+        <v>2346</v>
       </c>
       <c r="E252" t="s">
-        <v>2331</v>
+        <v>2347</v>
       </c>
       <c r="F252" t="s">
-        <v>2332</v>
+        <v>2348</v>
       </c>
       <c r="G252" t="s">
-        <v>2333</v>
+        <v>2349</v>
       </c>
       <c r="H252" t="s">
-        <v>2334</v>
+        <v>2350</v>
       </c>
       <c r="I252" t="s">
-        <v>2335</v>
+        <v>2351</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2336</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5517</v>
+        <v>5502</v>
       </c>
       <c r="B253" t="s">
-        <v>2337</v>
+        <v>2353</v>
       </c>
       <c r="C253" t="s">
-        <v>2338</v>
+        <v>2354</v>
       </c>
       <c r="D253" t="s">
-        <v>2339</v>
+        <v>2355</v>
       </c>
       <c r="E253" t="s">
-        <v>2340</v>
+        <v>2356</v>
       </c>
       <c r="F253" t="s">
-        <v>2341</v>
+        <v>2357</v>
       </c>
       <c r="G253" t="s">
-        <v>2342</v>
+        <v>2358</v>
       </c>
       <c r="H253" t="s">
-        <v>2343</v>
+        <v>2359</v>
       </c>
       <c r="I253" t="s">
-        <v>2344</v>
+        <v>2360</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2345</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5518</v>
+        <v>5503</v>
       </c>
       <c r="B254" t="s">
-        <v>2346</v>
+        <v>2362</v>
       </c>
       <c r="C254" t="s">
-        <v>2347</v>
+        <v>2363</v>
       </c>
       <c r="D254" t="s">
-        <v>2348</v>
+        <v>2364</v>
       </c>
       <c r="E254" t="s">
-        <v>2349</v>
+        <v>2365</v>
       </c>
       <c r="F254" t="s">
-        <v>2350</v>
+        <v>2366</v>
       </c>
       <c r="G254" t="s">
-        <v>2351</v>
+        <v>2367</v>
       </c>
       <c r="H254" t="s">
-        <v>2352</v>
+        <v>2368</v>
       </c>
       <c r="I254" t="s">
-        <v>2353</v>
+        <v>2369</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2354</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5520</v>
+        <v>5504</v>
       </c>
       <c r="B255" t="s">
-        <v>2355</v>
+        <v>2371</v>
       </c>
       <c r="C255" t="s">
-        <v>2356</v>
+        <v>2372</v>
       </c>
       <c r="D255" t="s">
-        <v>2357</v>
+        <v>2373</v>
       </c>
       <c r="E255" t="s">
-        <v>2358</v>
+        <v>2374</v>
       </c>
       <c r="F255" t="s">
-        <v>2359</v>
+        <v>2375</v>
       </c>
       <c r="G255" t="s">
-        <v>2360</v>
+        <v>2376</v>
       </c>
       <c r="H255" t="s">
-        <v>2361</v>
+        <v>2377</v>
       </c>
       <c r="I255" t="s">
-        <v>2362</v>
+        <v>2378</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>1156</v>
+        <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>1157</v>
+        <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2363</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5545</v>
+        <v>5507</v>
       </c>
       <c r="B256" t="s">
-        <v>2364</v>
+        <v>2380</v>
       </c>
       <c r="C256" t="s">
-        <v>2365</v>
+        <v>2381</v>
       </c>
       <c r="D256" t="s">
-        <v>2366</v>
+        <v>2382</v>
       </c>
       <c r="E256" t="s">
-        <v>2367</v>
+        <v>2383</v>
       </c>
       <c r="F256" t="s">
-        <v>2368</v>
+        <v>2384</v>
       </c>
       <c r="G256" t="s">
-        <v>2369</v>
+        <v>2385</v>
       </c>
       <c r="H256" t="s">
-        <v>2370</v>
+        <v>2386</v>
       </c>
       <c r="I256" t="s">
-        <v>2371</v>
+        <v>2387</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2372</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5657</v>
+        <v>5509</v>
       </c>
       <c r="B257" t="s">
-        <v>2373</v>
+        <v>2389</v>
       </c>
       <c r="C257" t="s">
-        <v>2374</v>
+        <v>2390</v>
       </c>
       <c r="D257" t="s">
-        <v>2375</v>
+        <v>2391</v>
       </c>
       <c r="E257" t="s">
-        <v>2376</v>
+        <v>2392</v>
       </c>
       <c r="F257" t="s">
-        <v>2377</v>
+        <v>2393</v>
       </c>
       <c r="G257" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="H257" t="s">
-        <v>2379</v>
+        <v>2395</v>
       </c>
       <c r="I257" t="s">
-        <v>2380</v>
+        <v>2396</v>
       </c>
       <c r="J257" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K257" t="s">
-        <v>25</v>
+        <v>1158</v>
       </c>
       <c r="L257" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M257" t="s">
-        <v>27</v>
+        <v>1159</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2381</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5733</v>
+        <v>5512</v>
       </c>
       <c r="B258" t="s">
-        <v>2382</v>
+        <v>2398</v>
       </c>
       <c r="C258" t="s">
-        <v>2383</v>
+        <v>2399</v>
       </c>
       <c r="D258" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="E258" t="s">
-        <v>2385</v>
+        <v>2401</v>
       </c>
       <c r="F258" t="s">
-        <v>2386</v>
+        <v>2402</v>
       </c>
       <c r="G258" t="s">
-        <v>2387</v>
+        <v>2403</v>
       </c>
       <c r="H258" t="s">
-        <v>2388</v>
+        <v>2404</v>
       </c>
       <c r="I258" t="s">
-        <v>2389</v>
+        <v>2405</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2390</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5787</v>
+        <v>5514</v>
       </c>
       <c r="B259" t="s">
-        <v>2391</v>
+        <v>2407</v>
       </c>
       <c r="C259" t="s">
-        <v>2392</v>
+        <v>2408</v>
       </c>
       <c r="D259" t="s">
-        <v>2393</v>
+        <v>2409</v>
       </c>
       <c r="E259" t="s">
-        <v>2394</v>
+        <v>2410</v>
       </c>
       <c r="F259" t="s">
-        <v>2395</v>
+        <v>2411</v>
       </c>
       <c r="G259" t="s">
-        <v>2396</v>
+        <v>2412</v>
       </c>
       <c r="H259" t="s">
-        <v>2397</v>
+        <v>2413</v>
       </c>
       <c r="I259" t="s">
-        <v>2398</v>
+        <v>2414</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2399</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5792</v>
+        <v>5516</v>
       </c>
       <c r="B260" t="s">
-        <v>2400</v>
+        <v>2416</v>
       </c>
       <c r="C260" t="s">
-        <v>2401</v>
+        <v>2417</v>
       </c>
       <c r="D260" t="s">
-        <v>2402</v>
+        <v>2418</v>
       </c>
       <c r="E260" t="s">
-        <v>2403</v>
+        <v>2419</v>
       </c>
       <c r="F260" t="s">
-        <v>2404</v>
+        <v>2420</v>
       </c>
       <c r="G260" t="s">
-        <v>2405</v>
+        <v>2421</v>
       </c>
       <c r="H260" t="s">
-        <v>2406</v>
+        <v>2422</v>
       </c>
       <c r="I260" t="s">
-        <v>2407</v>
+        <v>2423</v>
       </c>
       <c r="J260" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>441</v>
+        <v>25</v>
       </c>
       <c r="L260" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2408</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5794</v>
+        <v>5517</v>
       </c>
       <c r="B261" t="s">
-        <v>2409</v>
+        <v>2425</v>
       </c>
       <c r="C261" t="s">
-        <v>2410</v>
+        <v>2426</v>
       </c>
       <c r="D261" t="s">
-        <v>2411</v>
+        <v>2427</v>
       </c>
       <c r="E261" t="s">
-        <v>2412</v>
+        <v>2428</v>
       </c>
       <c r="F261" t="s">
-        <v>2413</v>
+        <v>2429</v>
       </c>
       <c r="G261" t="s">
-        <v>2414</v>
+        <v>2430</v>
       </c>
       <c r="H261" t="s">
-        <v>2415</v>
+        <v>2431</v>
       </c>
       <c r="I261" t="s">
-        <v>2416</v>
+        <v>2432</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2417</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5795</v>
+        <v>5518</v>
       </c>
       <c r="B262" t="s">
-        <v>2418</v>
+        <v>2434</v>
       </c>
       <c r="C262" t="s">
-        <v>2419</v>
+        <v>2435</v>
       </c>
       <c r="D262" t="s">
-        <v>2420</v>
+        <v>2436</v>
       </c>
       <c r="E262" t="s">
-        <v>2421</v>
+        <v>2437</v>
       </c>
       <c r="F262" t="s">
-        <v>2422</v>
+        <v>2438</v>
       </c>
       <c r="G262" t="s">
-        <v>2423</v>
+        <v>2439</v>
       </c>
       <c r="H262" t="s">
-        <v>2424</v>
+        <v>2440</v>
       </c>
       <c r="I262" t="s">
-        <v>2425</v>
+        <v>2441</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2426</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5796</v>
+        <v>5520</v>
       </c>
       <c r="B263" t="s">
-        <v>2427</v>
+        <v>2443</v>
       </c>
       <c r="C263" t="s">
-        <v>2428</v>
+        <v>2444</v>
       </c>
       <c r="D263" t="s">
-        <v>2429</v>
+        <v>2445</v>
       </c>
       <c r="E263" t="s">
-        <v>2430</v>
+        <v>2446</v>
       </c>
       <c r="F263" t="s">
-        <v>2431</v>
+        <v>2447</v>
       </c>
       <c r="G263" t="s">
-        <v>2432</v>
+        <v>2448</v>
       </c>
       <c r="H263" t="s">
-        <v>2433</v>
+        <v>2449</v>
       </c>
       <c r="I263" t="s">
-        <v>2434</v>
+        <v>2450</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>170</v>
+        <v>1158</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>171</v>
+        <v>1159</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2435</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5798</v>
+        <v>5545</v>
       </c>
       <c r="B264" t="s">
-        <v>2436</v>
+        <v>2452</v>
       </c>
       <c r="C264" t="s">
-        <v>2437</v>
+        <v>2453</v>
       </c>
       <c r="D264" t="s">
-        <v>2438</v>
+        <v>2454</v>
       </c>
       <c r="E264" t="s">
-        <v>2439</v>
+        <v>2455</v>
       </c>
       <c r="F264" t="s">
-        <v>2440</v>
+        <v>2456</v>
       </c>
       <c r="G264" t="s">
-        <v>2441</v>
+        <v>2457</v>
       </c>
       <c r="H264" t="s">
-        <v>2442</v>
+        <v>2458</v>
       </c>
       <c r="I264" t="s">
-        <v>2443</v>
+        <v>2459</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>170</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>171</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2444</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5799</v>
+        <v>5657</v>
       </c>
       <c r="B265" t="s">
-        <v>2445</v>
+        <v>2461</v>
       </c>
       <c r="C265" t="s">
-        <v>2446</v>
+        <v>2462</v>
       </c>
       <c r="D265" t="s">
-        <v>2447</v>
+        <v>2463</v>
       </c>
       <c r="E265" t="s">
-        <v>2448</v>
+        <v>2464</v>
       </c>
       <c r="F265" t="s">
-        <v>2449</v>
+        <v>2465</v>
       </c>
       <c r="G265" t="s">
-        <v>2450</v>
+        <v>2466</v>
       </c>
       <c r="H265" t="s">
-        <v>2451</v>
+        <v>2467</v>
       </c>
       <c r="I265" t="s">
-        <v>2452</v>
+        <v>2468</v>
       </c>
       <c r="J265" t="s">
-        <v>1625</v>
+        <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>859</v>
+        <v>25</v>
       </c>
       <c r="L265" t="s">
-        <v>1627</v>
+        <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>860</v>
+        <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2453</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5803</v>
+        <v>5733</v>
       </c>
       <c r="B266" t="s">
-        <v>2454</v>
+        <v>2470</v>
       </c>
       <c r="C266" t="s">
-        <v>2455</v>
+        <v>2471</v>
       </c>
       <c r="D266" t="s">
-        <v>2456</v>
+        <v>2472</v>
       </c>
       <c r="E266" t="s">
-        <v>2457</v>
+        <v>2473</v>
       </c>
       <c r="F266" t="s">
-        <v>2458</v>
+        <v>2474</v>
       </c>
       <c r="G266" t="s">
-        <v>2459</v>
+        <v>2475</v>
       </c>
       <c r="H266" t="s">
-        <v>2460</v>
+        <v>2476</v>
       </c>
       <c r="I266" t="s">
-        <v>2461</v>
+        <v>2477</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2462</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5805</v>
+        <v>5787</v>
       </c>
       <c r="B267" t="s">
-        <v>2463</v>
+        <v>2479</v>
       </c>
       <c r="C267" t="s">
-        <v>2464</v>
+        <v>2480</v>
       </c>
       <c r="D267" t="s">
-        <v>2465</v>
+        <v>2481</v>
       </c>
       <c r="E267" t="s">
-        <v>2466</v>
+        <v>2482</v>
       </c>
       <c r="F267" t="s">
-        <v>2467</v>
+        <v>2483</v>
       </c>
       <c r="G267" t="s">
-        <v>2468</v>
+        <v>2484</v>
       </c>
       <c r="H267" t="s">
-        <v>2469</v>
+        <v>2485</v>
       </c>
       <c r="I267" t="s">
-        <v>2470</v>
+        <v>2486</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2471</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5808</v>
+        <v>5792</v>
       </c>
       <c r="B268" t="s">
-        <v>2472</v>
+        <v>2488</v>
       </c>
       <c r="C268" t="s">
-        <v>2473</v>
+        <v>2489</v>
       </c>
       <c r="D268" t="s">
-        <v>2474</v>
+        <v>2490</v>
       </c>
       <c r="E268" t="s">
-        <v>2475</v>
+        <v>2491</v>
       </c>
       <c r="F268" t="s">
-        <v>2476</v>
+        <v>2492</v>
       </c>
       <c r="G268" t="s">
-        <v>2477</v>
+        <v>2493</v>
       </c>
       <c r="H268" t="s">
-        <v>2478</v>
+        <v>2494</v>
       </c>
       <c r="I268" t="s">
-        <v>2479</v>
+        <v>2495</v>
       </c>
       <c r="J268" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>442</v>
       </c>
       <c r="L268" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2480</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5811</v>
+        <v>5794</v>
       </c>
       <c r="B269" t="s">
-        <v>2481</v>
+        <v>2497</v>
       </c>
       <c r="C269" t="s">
-        <v>2482</v>
+        <v>2498</v>
       </c>
       <c r="D269" t="s">
-        <v>2483</v>
+        <v>2499</v>
       </c>
       <c r="E269" t="s">
-        <v>2484</v>
+        <v>2500</v>
       </c>
       <c r="F269" t="s">
-        <v>2485</v>
+        <v>2501</v>
       </c>
       <c r="G269" t="s">
-        <v>2486</v>
+        <v>2502</v>
       </c>
       <c r="H269" t="s">
-        <v>2487</v>
+        <v>2503</v>
       </c>
       <c r="I269" t="s">
-        <v>2488</v>
+        <v>2504</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2489</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5819</v>
+        <v>5795</v>
       </c>
       <c r="B270" t="s">
-        <v>2490</v>
+        <v>2506</v>
       </c>
       <c r="C270" t="s">
-        <v>2491</v>
+        <v>2507</v>
       </c>
       <c r="D270" t="s">
-        <v>2492</v>
+        <v>2508</v>
       </c>
       <c r="E270" t="s">
-        <v>2493</v>
+        <v>2509</v>
       </c>
       <c r="F270" t="s">
-        <v>2494</v>
+        <v>2510</v>
       </c>
       <c r="G270" t="s">
-        <v>2495</v>
+        <v>2511</v>
       </c>
       <c r="H270" t="s">
-        <v>2496</v>
+        <v>2512</v>
       </c>
       <c r="I270" t="s">
-        <v>2497</v>
+        <v>2513</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2498</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5830</v>
+        <v>5796</v>
       </c>
       <c r="B271" t="s">
-        <v>2499</v>
+        <v>2515</v>
       </c>
       <c r="C271" t="s">
-        <v>2500</v>
+        <v>2516</v>
       </c>
       <c r="D271" t="s">
-        <v>2501</v>
+        <v>2517</v>
       </c>
       <c r="E271" t="s">
-        <v>2502</v>
+        <v>2518</v>
       </c>
       <c r="F271" t="s">
-        <v>2503</v>
+        <v>2519</v>
       </c>
       <c r="G271" t="s">
-        <v>2504</v>
+        <v>2520</v>
       </c>
       <c r="H271" t="s">
-        <v>2505</v>
+        <v>2521</v>
       </c>
       <c r="I271" t="s">
-        <v>2506</v>
+        <v>2522</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2507</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5863</v>
+        <v>5798</v>
       </c>
       <c r="B272" t="s">
-        <v>2508</v>
+        <v>2524</v>
       </c>
       <c r="C272" t="s">
-        <v>2509</v>
+        <v>2525</v>
       </c>
       <c r="D272" t="s">
-        <v>2510</v>
+        <v>2526</v>
       </c>
       <c r="E272" t="s">
-        <v>2511</v>
+        <v>2527</v>
       </c>
       <c r="F272" t="s">
-        <v>2512</v>
+        <v>2528</v>
       </c>
       <c r="G272" t="s">
-        <v>2513</v>
+        <v>2529</v>
       </c>
       <c r="H272" t="s">
-        <v>2514</v>
+        <v>2530</v>
       </c>
       <c r="I272" t="s">
-        <v>2515</v>
+        <v>2531</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2516</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5866</v>
+        <v>5799</v>
       </c>
       <c r="B273" t="s">
-        <v>2517</v>
+        <v>2533</v>
       </c>
       <c r="C273" t="s">
-        <v>2518</v>
+        <v>2534</v>
       </c>
       <c r="D273" t="s">
-        <v>2519</v>
+        <v>2535</v>
       </c>
       <c r="E273" t="s">
-        <v>2520</v>
+        <v>2536</v>
       </c>
       <c r="F273" t="s">
-        <v>2521</v>
+        <v>2537</v>
       </c>
       <c r="G273" t="s">
-        <v>2522</v>
+        <v>2538</v>
       </c>
       <c r="H273" t="s">
-        <v>2523</v>
+        <v>2539</v>
       </c>
       <c r="I273" t="s">
-        <v>2524</v>
+        <v>2540</v>
       </c>
       <c r="J273" t="s">
-        <v>24</v>
+        <v>1689</v>
       </c>
       <c r="K273" t="s">
-        <v>25</v>
+        <v>860</v>
       </c>
       <c r="L273" t="s">
-        <v>26</v>
+        <v>1691</v>
       </c>
       <c r="M273" t="s">
-        <v>27</v>
+        <v>861</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2525</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5888</v>
+        <v>5803</v>
       </c>
       <c r="B274" t="s">
-        <v>2526</v>
+        <v>2542</v>
       </c>
       <c r="C274" t="s">
-        <v>2527</v>
+        <v>2543</v>
       </c>
       <c r="D274" t="s">
-        <v>2528</v>
+        <v>2544</v>
       </c>
       <c r="E274" t="s">
-        <v>2529</v>
+        <v>2545</v>
       </c>
       <c r="F274" t="s">
-        <v>2530</v>
+        <v>2546</v>
       </c>
       <c r="G274" t="s">
-        <v>2531</v>
+        <v>2547</v>
       </c>
       <c r="H274" t="s">
-        <v>2532</v>
+        <v>2548</v>
       </c>
       <c r="I274" t="s">
-        <v>2533</v>
+        <v>2549</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2534</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5889</v>
+        <v>5805</v>
       </c>
       <c r="B275" t="s">
-        <v>2535</v>
+        <v>2551</v>
       </c>
       <c r="C275" t="s">
-        <v>2536</v>
+        <v>2552</v>
       </c>
       <c r="D275" t="s">
-        <v>2537</v>
+        <v>2553</v>
       </c>
       <c r="E275" t="s">
-        <v>2538</v>
+        <v>2554</v>
       </c>
       <c r="F275" t="s">
-        <v>2539</v>
+        <v>2555</v>
       </c>
       <c r="G275" t="s">
-        <v>2540</v>
+        <v>2556</v>
       </c>
       <c r="H275" t="s">
-        <v>2541</v>
+        <v>2557</v>
       </c>
       <c r="I275" t="s">
-        <v>2542</v>
+        <v>2558</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>25</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2543</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5907</v>
+        <v>5808</v>
       </c>
       <c r="B276" t="s">
-        <v>2544</v>
+        <v>2560</v>
       </c>
       <c r="C276" t="s">
-        <v>2545</v>
+        <v>2561</v>
       </c>
       <c r="D276" t="s">
-        <v>2546</v>
+        <v>2562</v>
       </c>
       <c r="E276" t="s">
-        <v>2547</v>
+        <v>2563</v>
       </c>
       <c r="F276" t="s">
-        <v>2548</v>
+        <v>2564</v>
       </c>
       <c r="G276" t="s">
-        <v>2549</v>
+        <v>2565</v>
       </c>
       <c r="H276" t="s">
-        <v>2550</v>
+        <v>2566</v>
       </c>
       <c r="I276" t="s">
-        <v>2551</v>
+        <v>2567</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>25</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2552</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5913</v>
+        <v>5811</v>
       </c>
       <c r="B277" t="s">
-        <v>2553</v>
+        <v>2569</v>
       </c>
       <c r="C277" t="s">
-        <v>2554</v>
+        <v>2570</v>
       </c>
       <c r="D277" t="s">
-        <v>2555</v>
+        <v>2571</v>
       </c>
       <c r="E277" t="s">
-        <v>2556</v>
+        <v>2572</v>
       </c>
       <c r="F277" t="s">
-        <v>2557</v>
+        <v>2573</v>
       </c>
       <c r="G277" t="s">
-        <v>2558</v>
+        <v>2574</v>
       </c>
       <c r="H277" t="s">
-        <v>2559</v>
+        <v>2575</v>
       </c>
       <c r="I277" t="s">
-        <v>2560</v>
+        <v>2576</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2561</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5915</v>
+        <v>5819</v>
       </c>
       <c r="B278" t="s">
-        <v>2562</v>
+        <v>2578</v>
       </c>
       <c r="C278" t="s">
-        <v>2563</v>
+        <v>2579</v>
       </c>
       <c r="D278" t="s">
-        <v>2564</v>
+        <v>2580</v>
       </c>
       <c r="E278" t="s">
-        <v>2565</v>
+        <v>2581</v>
       </c>
       <c r="F278" t="s">
-        <v>2566</v>
+        <v>2582</v>
       </c>
       <c r="G278" t="s">
-        <v>2567</v>
+        <v>2583</v>
       </c>
       <c r="H278" t="s">
-        <v>2568</v>
+        <v>2584</v>
       </c>
       <c r="I278" t="s">
-        <v>2569</v>
+        <v>2585</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2570</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5927</v>
+        <v>5830</v>
       </c>
       <c r="B279" t="s">
-        <v>2571</v>
+        <v>2587</v>
       </c>
       <c r="C279" t="s">
-        <v>2572</v>
+        <v>2588</v>
       </c>
       <c r="D279" t="s">
-        <v>2573</v>
+        <v>2589</v>
       </c>
       <c r="E279" t="s">
-        <v>2574</v>
+        <v>2590</v>
       </c>
       <c r="F279" t="s">
-        <v>2575</v>
+        <v>2591</v>
       </c>
       <c r="G279" t="s">
-        <v>2576</v>
+        <v>2592</v>
       </c>
       <c r="H279" t="s">
-        <v>2577</v>
+        <v>2593</v>
       </c>
       <c r="I279" t="s">
-        <v>2578</v>
+        <v>2594</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2579</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5928</v>
+        <v>5863</v>
       </c>
       <c r="B280" t="s">
-        <v>2580</v>
+        <v>2596</v>
       </c>
       <c r="C280" t="s">
-        <v>2581</v>
+        <v>2597</v>
       </c>
       <c r="D280" t="s">
-        <v>2582</v>
+        <v>2598</v>
       </c>
       <c r="E280" t="s">
-        <v>2583</v>
+        <v>2599</v>
       </c>
       <c r="F280" t="s">
-        <v>2584</v>
+        <v>2600</v>
       </c>
       <c r="G280" t="s">
-        <v>2585</v>
+        <v>2601</v>
       </c>
       <c r="H280" t="s">
-        <v>2586</v>
+        <v>2602</v>
       </c>
       <c r="I280" t="s">
-        <v>2587</v>
+        <v>2603</v>
       </c>
       <c r="J280" t="s">
-        <v>2588</v>
+        <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>2589</v>
+        <v>25</v>
       </c>
       <c r="L280" t="s">
-        <v>2590</v>
+        <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>2591</v>
+        <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2592</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5931</v>
+        <v>5866</v>
       </c>
       <c r="B281" t="s">
-        <v>2593</v>
+        <v>2605</v>
       </c>
       <c r="C281" t="s">
-        <v>2594</v>
+        <v>2606</v>
       </c>
       <c r="D281" t="s">
-        <v>2595</v>
+        <v>2607</v>
       </c>
       <c r="E281" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="F281" t="s">
-        <v>2597</v>
+        <v>2609</v>
       </c>
       <c r="G281" t="s">
-        <v>2598</v>
+        <v>2610</v>
       </c>
       <c r="H281" t="s">
-        <v>2599</v>
+        <v>2611</v>
       </c>
       <c r="I281" t="s">
-        <v>2600</v>
+        <v>2612</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
         <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2601</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5932</v>
+        <v>5888</v>
       </c>
       <c r="B282" t="s">
-        <v>2602</v>
+        <v>2614</v>
       </c>
       <c r="C282" t="s">
-        <v>2603</v>
+        <v>2615</v>
       </c>
       <c r="D282" t="s">
-        <v>2604</v>
+        <v>2616</v>
       </c>
       <c r="E282" t="s">
-        <v>2605</v>
+        <v>2617</v>
       </c>
       <c r="F282" t="s">
-        <v>2606</v>
+        <v>2618</v>
       </c>
       <c r="G282" t="s">
-        <v>2607</v>
+        <v>2619</v>
       </c>
       <c r="H282" t="s">
-        <v>2608</v>
+        <v>2620</v>
       </c>
       <c r="I282" t="s">
-        <v>2609</v>
+        <v>2621</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2610</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5934</v>
+        <v>5889</v>
       </c>
       <c r="B283" t="s">
-        <v>2611</v>
+        <v>2623</v>
       </c>
       <c r="C283" t="s">
-        <v>2612</v>
+        <v>2624</v>
       </c>
       <c r="D283" t="s">
-        <v>2613</v>
+        <v>2625</v>
       </c>
       <c r="E283" t="s">
-        <v>2614</v>
+        <v>2626</v>
       </c>
       <c r="F283" t="s">
-        <v>2615</v>
+        <v>2627</v>
       </c>
       <c r="G283" t="s">
-        <v>2616</v>
+        <v>2628</v>
       </c>
       <c r="H283" t="s">
-        <v>2617</v>
+        <v>2629</v>
       </c>
       <c r="I283" t="s">
-        <v>2618</v>
+        <v>2630</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2619</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5953</v>
+        <v>5907</v>
       </c>
       <c r="B284" t="s">
-        <v>2620</v>
+        <v>2632</v>
       </c>
       <c r="C284" t="s">
-        <v>2621</v>
+        <v>2633</v>
       </c>
       <c r="D284" t="s">
-        <v>2622</v>
+        <v>2634</v>
       </c>
       <c r="E284" t="s">
-        <v>2623</v>
+        <v>2635</v>
       </c>
       <c r="F284" t="s">
-        <v>2624</v>
+        <v>2636</v>
       </c>
       <c r="G284" t="s">
-        <v>2625</v>
+        <v>2637</v>
       </c>
       <c r="H284" t="s">
-        <v>2626</v>
+        <v>2638</v>
       </c>
       <c r="I284" t="s">
-        <v>2627</v>
+        <v>2639</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
         <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
         <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2628</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5981</v>
+        <v>5913</v>
       </c>
       <c r="B285" t="s">
-        <v>2629</v>
+        <v>2641</v>
       </c>
       <c r="C285" t="s">
-        <v>2630</v>
+        <v>2642</v>
       </c>
       <c r="D285" t="s">
-        <v>2631</v>
+        <v>2643</v>
       </c>
       <c r="E285" t="s">
-        <v>2632</v>
+        <v>2644</v>
       </c>
       <c r="F285" t="s">
-        <v>2633</v>
+        <v>2645</v>
       </c>
       <c r="G285" t="s">
-        <v>2634</v>
+        <v>2646</v>
       </c>
       <c r="H285" t="s">
-        <v>2635</v>
+        <v>2647</v>
       </c>
       <c r="I285" t="s">
-        <v>2636</v>
+        <v>2648</v>
       </c>
       <c r="J285" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>2637</v>
+        <v>47</v>
       </c>
       <c r="L285" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>2638</v>
+        <v>48</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2639</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5986</v>
+        <v>5915</v>
       </c>
       <c r="B286" t="s">
-        <v>2640</v>
+        <v>2650</v>
       </c>
       <c r="C286" t="s">
-        <v>2641</v>
+        <v>2651</v>
       </c>
       <c r="D286" t="s">
-        <v>2642</v>
+        <v>2652</v>
       </c>
       <c r="E286" t="s">
-        <v>2643</v>
+        <v>2653</v>
       </c>
       <c r="F286" t="s">
-        <v>2644</v>
+        <v>2654</v>
       </c>
       <c r="G286" t="s">
-        <v>2645</v>
+        <v>2655</v>
       </c>
       <c r="H286" t="s">
-        <v>2646</v>
+        <v>2656</v>
       </c>
       <c r="I286" t="s">
-        <v>2647</v>
+        <v>2657</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>170</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>171</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2648</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5989</v>
+        <v>5927</v>
       </c>
       <c r="B287" t="s">
-        <v>2649</v>
+        <v>2659</v>
       </c>
       <c r="C287" t="s">
-        <v>2650</v>
+        <v>2660</v>
       </c>
       <c r="D287" t="s">
-        <v>2651</v>
+        <v>2661</v>
       </c>
       <c r="E287" t="s">
-        <v>2652</v>
+        <v>2662</v>
       </c>
       <c r="F287" t="s">
-        <v>2653</v>
+        <v>2663</v>
       </c>
       <c r="G287" t="s">
-        <v>2654</v>
+        <v>2664</v>
       </c>
       <c r="H287" t="s">
-        <v>2655</v>
+        <v>2665</v>
       </c>
       <c r="I287" t="s">
-        <v>2656</v>
+        <v>2666</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>1819</v>
+        <v>59</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>1820</v>
+        <v>61</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2657</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>6018</v>
+        <v>5928</v>
       </c>
       <c r="B288" t="s">
-        <v>2658</v>
+        <v>2668</v>
       </c>
       <c r="C288" t="s">
-        <v>2659</v>
+        <v>2669</v>
       </c>
       <c r="D288" t="s">
-        <v>2660</v>
+        <v>2670</v>
       </c>
       <c r="E288" t="s">
-        <v>2661</v>
+        <v>2671</v>
       </c>
       <c r="F288" t="s">
-        <v>2662</v>
+        <v>2672</v>
       </c>
       <c r="G288" t="s">
-        <v>2663</v>
+        <v>2673</v>
       </c>
       <c r="H288" t="s">
-        <v>2664</v>
+        <v>2674</v>
       </c>
       <c r="I288" t="s">
-        <v>2665</v>
+        <v>2675</v>
       </c>
       <c r="J288" t="s">
-        <v>24</v>
+        <v>2676</v>
       </c>
       <c r="K288" t="s">
-        <v>170</v>
+        <v>2677</v>
       </c>
       <c r="L288" t="s">
-        <v>26</v>
+        <v>2678</v>
       </c>
       <c r="M288" t="s">
-        <v>171</v>
+        <v>2679</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2666</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>6021</v>
+        <v>5931</v>
       </c>
       <c r="B289" t="s">
-        <v>2667</v>
+        <v>2681</v>
       </c>
       <c r="C289" t="s">
-        <v>2668</v>
+        <v>2682</v>
       </c>
       <c r="D289" t="s">
-        <v>2669</v>
+        <v>2683</v>
       </c>
       <c r="E289" t="s">
-        <v>2670</v>
+        <v>2684</v>
       </c>
       <c r="F289" t="s">
-        <v>2671</v>
+        <v>2685</v>
       </c>
       <c r="G289" t="s">
-        <v>2672</v>
+        <v>2686</v>
       </c>
       <c r="H289" t="s">
-        <v>2673</v>
+        <v>2687</v>
       </c>
       <c r="I289" t="s">
-        <v>2674</v>
+        <v>2688</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2675</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>6076</v>
+        <v>5932</v>
       </c>
       <c r="B290" t="s">
-        <v>2676</v>
+        <v>2690</v>
       </c>
       <c r="C290" t="s">
-        <v>2677</v>
+        <v>2691</v>
       </c>
       <c r="D290" t="s">
-        <v>2678</v>
+        <v>2692</v>
       </c>
       <c r="E290" t="s">
-        <v>2679</v>
+        <v>2693</v>
       </c>
       <c r="F290" t="s">
-        <v>2680</v>
+        <v>2694</v>
       </c>
       <c r="G290" t="s">
-        <v>2681</v>
+        <v>2695</v>
       </c>
       <c r="H290" t="s">
-        <v>2682</v>
+        <v>2696</v>
       </c>
       <c r="I290" t="s">
-        <v>2683</v>
+        <v>2697</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2684</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>6082</v>
+        <v>5934</v>
       </c>
       <c r="B291" t="s">
-        <v>2685</v>
+        <v>2699</v>
       </c>
       <c r="C291" t="s">
-        <v>2686</v>
+        <v>2700</v>
       </c>
       <c r="D291" t="s">
-        <v>2687</v>
+        <v>2701</v>
       </c>
       <c r="E291" t="s">
-        <v>2688</v>
+        <v>2702</v>
       </c>
       <c r="F291" t="s">
-        <v>2689</v>
+        <v>2703</v>
       </c>
       <c r="G291" t="s">
-        <v>2690</v>
+        <v>2704</v>
       </c>
       <c r="H291" t="s">
-        <v>2691</v>
+        <v>2705</v>
       </c>
       <c r="I291" t="s">
-        <v>2692</v>
+        <v>2706</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>570</v>
+        <v>170</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>571</v>
+        <v>171</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2693</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>6093</v>
+        <v>5953</v>
       </c>
       <c r="B292" t="s">
-        <v>2694</v>
+        <v>2708</v>
       </c>
       <c r="C292" t="s">
-        <v>2695</v>
+        <v>2709</v>
       </c>
       <c r="D292" t="s">
-        <v>2696</v>
+        <v>2710</v>
       </c>
       <c r="E292" t="s">
-        <v>2697</v>
+        <v>2711</v>
       </c>
       <c r="F292" t="s">
-        <v>2698</v>
+        <v>2712</v>
       </c>
       <c r="G292" t="s">
-        <v>2699</v>
+        <v>2713</v>
       </c>
       <c r="H292" t="s">
-        <v>2700</v>
+        <v>2714</v>
       </c>
       <c r="I292" t="s">
-        <v>2701</v>
+        <v>2715</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>2702</v>
+        <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
+      <c r="M292" t="s">
+        <v>27</v>
+      </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2703</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>6112</v>
+        <v>5981</v>
       </c>
       <c r="B293" t="s">
-        <v>2704</v>
+        <v>2717</v>
       </c>
       <c r="C293" t="s">
-        <v>2705</v>
+        <v>2718</v>
       </c>
       <c r="D293" t="s">
-        <v>2706</v>
+        <v>2719</v>
       </c>
       <c r="E293" t="s">
-        <v>2707</v>
+        <v>2720</v>
       </c>
       <c r="F293" t="s">
-        <v>2708</v>
+        <v>2721</v>
       </c>
       <c r="G293" t="s">
-        <v>2709</v>
+        <v>2722</v>
       </c>
       <c r="H293" t="s">
-        <v>2710</v>
+        <v>2723</v>
       </c>
       <c r="I293" t="s">
-        <v>2711</v>
+        <v>2724</v>
       </c>
       <c r="J293" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K293" t="s">
-        <v>170</v>
+        <v>2725</v>
       </c>
       <c r="L293" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M293" t="s">
-        <v>171</v>
+        <v>2726</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2712</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>6179</v>
+        <v>5986</v>
       </c>
       <c r="B294" t="s">
-        <v>2713</v>
+        <v>2728</v>
       </c>
       <c r="C294" t="s">
-        <v>2714</v>
+        <v>2729</v>
       </c>
       <c r="D294" t="s">
-        <v>2715</v>
+        <v>2730</v>
       </c>
       <c r="E294" t="s">
-        <v>2716</v>
+        <v>2731</v>
       </c>
       <c r="F294" t="s">
-        <v>2717</v>
+        <v>2732</v>
       </c>
       <c r="G294" t="s">
-        <v>2718</v>
+        <v>2733</v>
       </c>
       <c r="H294" t="s">
-        <v>2719</v>
+        <v>2734</v>
       </c>
       <c r="I294" t="s">
-        <v>2720</v>
+        <v>2735</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2721</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>6180</v>
+        <v>5989</v>
       </c>
       <c r="B295" t="s">
-        <v>2722</v>
+        <v>2737</v>
       </c>
       <c r="C295" t="s">
-        <v>2723</v>
+        <v>2738</v>
       </c>
       <c r="D295" t="s">
-        <v>2724</v>
+        <v>2739</v>
       </c>
       <c r="E295" t="s">
-        <v>2725</v>
+        <v>2740</v>
       </c>
       <c r="F295" t="s">
-        <v>2726</v>
+        <v>2741</v>
       </c>
       <c r="G295" t="s">
-        <v>2727</v>
+        <v>2742</v>
       </c>
       <c r="H295" t="s">
-        <v>2728</v>
+        <v>2743</v>
       </c>
       <c r="I295" t="s">
-        <v>2729</v>
+        <v>2744</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>25</v>
+        <v>1904</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>27</v>
+        <v>1905</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2730</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>6203</v>
+        <v>6018</v>
       </c>
       <c r="B296" t="s">
-        <v>2731</v>
+        <v>2746</v>
       </c>
       <c r="C296" t="s">
-        <v>2732</v>
+        <v>2747</v>
       </c>
       <c r="D296" t="s">
-        <v>2733</v>
+        <v>2748</v>
       </c>
       <c r="E296" t="s">
-        <v>2734</v>
+        <v>2749</v>
       </c>
       <c r="F296" t="s">
-        <v>2735</v>
+        <v>2750</v>
       </c>
       <c r="G296" t="s">
-        <v>2736</v>
+        <v>2751</v>
       </c>
       <c r="H296" t="s">
-        <v>2737</v>
+        <v>2752</v>
       </c>
       <c r="I296" t="s">
-        <v>2738</v>
+        <v>2753</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
         <v>170</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
         <v>171</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2739</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>6208</v>
+        <v>6021</v>
       </c>
       <c r="B297" t="s">
-        <v>2740</v>
+        <v>2755</v>
       </c>
       <c r="C297" t="s">
-        <v>2741</v>
+        <v>2756</v>
       </c>
       <c r="D297" t="s">
-        <v>2742</v>
+        <v>2757</v>
       </c>
       <c r="E297" t="s">
-        <v>2743</v>
+        <v>2758</v>
       </c>
       <c r="F297" t="s">
-        <v>2744</v>
+        <v>2759</v>
       </c>
       <c r="G297" t="s">
-        <v>2745</v>
+        <v>2760</v>
       </c>
       <c r="H297" t="s">
-        <v>2746</v>
+        <v>2761</v>
       </c>
       <c r="I297" t="s">
-        <v>2747</v>
+        <v>2762</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2748</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>6211</v>
+        <v>6076</v>
       </c>
       <c r="B298" t="s">
-        <v>2749</v>
+        <v>2764</v>
       </c>
       <c r="C298" t="s">
-        <v>2750</v>
+        <v>2765</v>
       </c>
       <c r="D298" t="s">
-        <v>2751</v>
+        <v>2766</v>
       </c>
       <c r="E298" t="s">
-        <v>2752</v>
+        <v>2767</v>
       </c>
       <c r="F298" t="s">
-        <v>2753</v>
+        <v>2768</v>
       </c>
       <c r="G298" t="s">
-        <v>2754</v>
+        <v>2769</v>
       </c>
       <c r="H298" t="s">
-        <v>2755</v>
+        <v>2770</v>
       </c>
       <c r="I298" t="s">
-        <v>2756</v>
+        <v>2771</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2757</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>6215</v>
+        <v>6082</v>
       </c>
       <c r="B299" t="s">
-        <v>2758</v>
+        <v>2773</v>
       </c>
       <c r="C299" t="s">
-        <v>2759</v>
+        <v>2774</v>
       </c>
       <c r="D299" t="s">
-        <v>2760</v>
+        <v>2775</v>
       </c>
       <c r="E299" t="s">
-        <v>2761</v>
+        <v>2776</v>
       </c>
       <c r="F299" t="s">
-        <v>2762</v>
+        <v>2777</v>
       </c>
       <c r="G299" t="s">
-        <v>2763</v>
+        <v>2778</v>
       </c>
       <c r="H299" t="s">
-        <v>2764</v>
+        <v>2779</v>
       </c>
       <c r="I299" t="s">
-        <v>2765</v>
+        <v>2780</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>170</v>
+        <v>571</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>171</v>
+        <v>572</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2766</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>6222</v>
+        <v>6093</v>
       </c>
       <c r="B300" t="s">
-        <v>2767</v>
+        <v>2782</v>
       </c>
       <c r="C300" t="s">
-        <v>2768</v>
+        <v>2783</v>
       </c>
       <c r="D300" t="s">
-        <v>2769</v>
+        <v>2784</v>
       </c>
       <c r="E300" t="s">
-        <v>2770</v>
+        <v>2785</v>
       </c>
       <c r="F300" t="s">
-        <v>2771</v>
+        <v>2786</v>
       </c>
       <c r="G300" t="s">
-        <v>2772</v>
+        <v>2787</v>
       </c>
       <c r="H300" t="s">
-        <v>2773</v>
+        <v>2788</v>
       </c>
       <c r="I300" t="s">
-        <v>2774</v>
+        <v>2789</v>
       </c>
       <c r="J300" t="s">
-        <v>2588</v>
+        <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>859</v>
+        <v>1017</v>
       </c>
       <c r="L300" t="s">
-        <v>2590</v>
+        <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>860</v>
+        <v>1018</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2775</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>6254</v>
+        <v>6112</v>
       </c>
       <c r="B301" t="s">
-        <v>2776</v>
+        <v>2791</v>
       </c>
       <c r="C301" t="s">
-        <v>2777</v>
+        <v>2792</v>
       </c>
       <c r="D301" t="s">
-        <v>2778</v>
+        <v>2793</v>
       </c>
       <c r="E301" t="s">
-        <v>2779</v>
+        <v>2794</v>
       </c>
       <c r="F301" t="s">
-        <v>2780</v>
+        <v>2795</v>
       </c>
       <c r="G301" t="s">
-        <v>2781</v>
+        <v>2796</v>
       </c>
       <c r="H301" t="s">
-        <v>2782</v>
+        <v>2797</v>
       </c>
       <c r="I301" t="s">
-        <v>2783</v>
+        <v>2798</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
         <v>170</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>171</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2784</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>6255</v>
+        <v>6179</v>
       </c>
       <c r="B302" t="s">
-        <v>2785</v>
+        <v>2800</v>
       </c>
       <c r="C302" t="s">
-        <v>2786</v>
+        <v>2801</v>
       </c>
       <c r="D302" t="s">
-        <v>2787</v>
+        <v>2802</v>
       </c>
       <c r="E302" t="s">
-        <v>2788</v>
+        <v>2803</v>
       </c>
       <c r="F302" t="s">
-        <v>2789</v>
+        <v>2804</v>
       </c>
       <c r="G302" t="s">
-        <v>2790</v>
+        <v>2805</v>
       </c>
       <c r="H302" t="s">
-        <v>2791</v>
+        <v>2806</v>
       </c>
       <c r="I302" t="s">
-        <v>2792</v>
+        <v>2807</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>2793</v>
+        <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>2794</v>
+        <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2795</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>6258</v>
+        <v>6180</v>
       </c>
       <c r="B303" t="s">
-        <v>2796</v>
+        <v>2809</v>
       </c>
       <c r="C303" t="s">
-        <v>2797</v>
+        <v>2810</v>
       </c>
       <c r="D303" t="s">
-        <v>2798</v>
+        <v>2811</v>
       </c>
       <c r="E303" t="s">
-        <v>2799</v>
+        <v>2812</v>
       </c>
       <c r="F303" t="s">
-        <v>2800</v>
+        <v>2813</v>
       </c>
       <c r="G303" t="s">
-        <v>2801</v>
+        <v>2814</v>
       </c>
       <c r="H303" t="s">
-        <v>2802</v>
+        <v>2815</v>
       </c>
       <c r="I303" t="s">
-        <v>2803</v>
+        <v>2816</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
         <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2804</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>6259</v>
+        <v>6203</v>
       </c>
       <c r="B304" t="s">
-        <v>2805</v>
+        <v>2818</v>
       </c>
       <c r="C304" t="s">
-        <v>2806</v>
+        <v>2819</v>
       </c>
       <c r="D304" t="s">
-        <v>2807</v>
+        <v>2820</v>
       </c>
       <c r="E304" t="s">
-        <v>2808</v>
+        <v>2821</v>
       </c>
       <c r="F304" t="s">
-        <v>2809</v>
+        <v>2822</v>
       </c>
       <c r="G304" t="s">
-        <v>2810</v>
+        <v>2823</v>
       </c>
       <c r="H304" t="s">
-        <v>2811</v>
+        <v>2824</v>
       </c>
       <c r="I304" t="s">
-        <v>2812</v>
+        <v>2825</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
         <v>170</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>171</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2813</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>6261</v>
+        <v>6208</v>
       </c>
       <c r="B305" t="s">
-        <v>2814</v>
+        <v>2827</v>
       </c>
       <c r="C305" t="s">
-        <v>2815</v>
+        <v>2828</v>
       </c>
       <c r="D305" t="s">
-        <v>2816</v>
+        <v>2829</v>
       </c>
       <c r="E305" t="s">
-        <v>2817</v>
+        <v>2830</v>
       </c>
       <c r="F305" t="s">
-        <v>2818</v>
+        <v>2831</v>
       </c>
       <c r="G305" t="s">
-        <v>2819</v>
+        <v>2832</v>
       </c>
       <c r="H305" t="s">
-        <v>2820</v>
+        <v>2833</v>
       </c>
       <c r="I305" t="s">
-        <v>2821</v>
+        <v>2834</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2822</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6263</v>
+        <v>6211</v>
       </c>
       <c r="B306" t="s">
-        <v>2823</v>
+        <v>2836</v>
       </c>
       <c r="C306" t="s">
-        <v>2824</v>
+        <v>2837</v>
       </c>
       <c r="D306" t="s">
-        <v>2825</v>
+        <v>2838</v>
       </c>
       <c r="E306" t="s">
-        <v>2826</v>
+        <v>2839</v>
       </c>
       <c r="F306" t="s">
-        <v>2827</v>
+        <v>2840</v>
       </c>
       <c r="G306" t="s">
-        <v>2828</v>
+        <v>2841</v>
       </c>
       <c r="H306" t="s">
-        <v>2829</v>
+        <v>2842</v>
       </c>
       <c r="I306" t="s">
-        <v>2830</v>
+        <v>2843</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
         <v>170</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
         <v>171</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2831</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6272</v>
+        <v>6215</v>
       </c>
       <c r="B307" t="s">
-        <v>2832</v>
+        <v>2845</v>
       </c>
       <c r="C307" t="s">
-        <v>2833</v>
+        <v>2846</v>
       </c>
       <c r="D307" t="s">
-        <v>2834</v>
+        <v>2847</v>
       </c>
       <c r="E307" t="s">
-        <v>2835</v>
+        <v>2848</v>
       </c>
       <c r="F307" t="s">
-        <v>2836</v>
+        <v>2849</v>
       </c>
       <c r="G307" t="s">
-        <v>2837</v>
+        <v>2850</v>
       </c>
       <c r="H307" t="s">
-        <v>2838</v>
+        <v>2851</v>
       </c>
       <c r="I307" t="s">
-        <v>2839</v>
+        <v>2852</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
         <v>170</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>171</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2840</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6274</v>
+        <v>6222</v>
       </c>
       <c r="B308" t="s">
-        <v>2841</v>
+        <v>2854</v>
       </c>
       <c r="C308" t="s">
-        <v>2842</v>
+        <v>2855</v>
       </c>
       <c r="D308" t="s">
-        <v>2843</v>
+        <v>2856</v>
       </c>
       <c r="E308" t="s">
-        <v>2844</v>
+        <v>2857</v>
       </c>
       <c r="F308" t="s">
-        <v>2845</v>
+        <v>2858</v>
       </c>
       <c r="G308" t="s">
-        <v>2846</v>
+        <v>2859</v>
       </c>
       <c r="H308" t="s">
-        <v>2847</v>
+        <v>2860</v>
       </c>
       <c r="I308" t="s">
-        <v>2848</v>
+        <v>2861</v>
       </c>
       <c r="J308" t="s">
-        <v>24</v>
+        <v>2676</v>
       </c>
       <c r="K308" t="s">
-        <v>25</v>
+        <v>860</v>
       </c>
       <c r="L308" t="s">
-        <v>26</v>
+        <v>2678</v>
       </c>
       <c r="M308" t="s">
-        <v>27</v>
+        <v>861</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2849</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6275</v>
+        <v>6254</v>
       </c>
       <c r="B309" t="s">
-        <v>2850</v>
+        <v>2863</v>
       </c>
       <c r="C309" t="s">
-        <v>2851</v>
+        <v>2864</v>
       </c>
       <c r="D309" t="s">
-        <v>2852</v>
+        <v>2865</v>
       </c>
       <c r="E309" t="s">
-        <v>2853</v>
+        <v>2866</v>
       </c>
       <c r="F309" t="s">
-        <v>2854</v>
+        <v>2867</v>
       </c>
       <c r="G309" t="s">
-        <v>2855</v>
+        <v>2868</v>
       </c>
       <c r="H309" t="s">
-        <v>2856</v>
+        <v>2869</v>
       </c>
       <c r="I309" t="s">
-        <v>2857</v>
+        <v>2870</v>
       </c>
       <c r="J309" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>1323</v>
+        <v>170</v>
       </c>
       <c r="L309" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>1325</v>
+        <v>171</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2858</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6327</v>
+        <v>6255</v>
       </c>
       <c r="B310" t="s">
-        <v>2859</v>
+        <v>2872</v>
       </c>
       <c r="C310" t="s">
-        <v>2860</v>
+        <v>2873</v>
       </c>
       <c r="D310" t="s">
-        <v>2861</v>
+        <v>2874</v>
       </c>
       <c r="E310" t="s">
-        <v>2862</v>
+        <v>2875</v>
       </c>
       <c r="F310" t="s">
-        <v>2863</v>
+        <v>2876</v>
       </c>
       <c r="G310" t="s">
-        <v>2864</v>
+        <v>2877</v>
       </c>
       <c r="H310" t="s">
-        <v>2865</v>
+        <v>2878</v>
       </c>
       <c r="I310" t="s">
-        <v>2866</v>
+        <v>2879</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>47</v>
+        <v>2880</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>48</v>
+        <v>2881</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2867</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6337</v>
+        <v>6258</v>
       </c>
       <c r="B311" t="s">
-        <v>2868</v>
+        <v>2883</v>
       </c>
       <c r="C311" t="s">
-        <v>2869</v>
+        <v>2884</v>
       </c>
       <c r="D311" t="s">
-        <v>2870</v>
+        <v>2885</v>
       </c>
       <c r="E311" t="s">
-        <v>2871</v>
+        <v>2886</v>
       </c>
       <c r="F311" t="s">
-        <v>2872</v>
+        <v>2887</v>
       </c>
       <c r="G311" t="s">
-        <v>2873</v>
+        <v>2888</v>
       </c>
       <c r="H311" t="s">
-        <v>2874</v>
+        <v>2889</v>
       </c>
       <c r="I311" t="s">
-        <v>2875</v>
+        <v>2890</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2876</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6361</v>
+        <v>6259</v>
       </c>
       <c r="B312" t="s">
-        <v>2877</v>
+        <v>2892</v>
       </c>
       <c r="C312" t="s">
-        <v>2878</v>
+        <v>2893</v>
       </c>
       <c r="D312" t="s">
-        <v>2879</v>
+        <v>2894</v>
       </c>
       <c r="E312" t="s">
-        <v>2880</v>
+        <v>2895</v>
       </c>
       <c r="F312" t="s">
-        <v>2881</v>
+        <v>2896</v>
       </c>
       <c r="G312" t="s">
-        <v>2882</v>
+        <v>2897</v>
       </c>
       <c r="H312" t="s">
-        <v>2883</v>
+        <v>2898</v>
       </c>
       <c r="I312" t="s">
-        <v>2884</v>
+        <v>2899</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
         <v>170</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>171</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2885</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6379</v>
+        <v>6261</v>
       </c>
       <c r="B313" t="s">
-        <v>2886</v>
+        <v>2901</v>
       </c>
       <c r="C313" t="s">
-        <v>2887</v>
+        <v>2902</v>
       </c>
       <c r="D313" t="s">
-        <v>2888</v>
+        <v>2903</v>
       </c>
       <c r="E313" t="s">
-        <v>2889</v>
+        <v>2904</v>
       </c>
       <c r="F313" t="s">
-        <v>2890</v>
+        <v>2905</v>
       </c>
       <c r="G313" t="s">
-        <v>2891</v>
+        <v>2906</v>
       </c>
       <c r="H313" t="s">
-        <v>2892</v>
+        <v>2907</v>
       </c>
       <c r="I313" t="s">
-        <v>2893</v>
+        <v>2908</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2894</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6454</v>
+        <v>6263</v>
       </c>
       <c r="B314" t="s">
-        <v>2895</v>
+        <v>2910</v>
       </c>
       <c r="C314" t="s">
-        <v>2896</v>
+        <v>2911</v>
       </c>
       <c r="D314" t="s">
-        <v>2897</v>
+        <v>2912</v>
       </c>
       <c r="E314" t="s">
-        <v>2898</v>
+        <v>2913</v>
       </c>
       <c r="F314" t="s">
-        <v>2899</v>
+        <v>2914</v>
       </c>
       <c r="G314" t="s">
-        <v>2900</v>
+        <v>2915</v>
       </c>
       <c r="H314" t="s">
-        <v>2901</v>
+        <v>2916</v>
       </c>
       <c r="I314" t="s">
-        <v>2902</v>
+        <v>2917</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
         <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
         <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2903</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6460</v>
+        <v>6272</v>
       </c>
       <c r="B315" t="s">
-        <v>2904</v>
+        <v>2919</v>
       </c>
       <c r="C315" t="s">
-        <v>2905</v>
+        <v>2920</v>
       </c>
       <c r="D315" t="s">
-        <v>2906</v>
+        <v>2921</v>
       </c>
       <c r="E315" t="s">
-        <v>2907</v>
+        <v>2922</v>
       </c>
       <c r="F315" t="s">
-        <v>2908</v>
+        <v>2923</v>
       </c>
       <c r="G315" t="s">
-        <v>2909</v>
+        <v>2924</v>
       </c>
       <c r="H315" t="s">
-        <v>2910</v>
+        <v>2925</v>
       </c>
       <c r="I315" t="s">
-        <v>2911</v>
+        <v>2926</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2912</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6468</v>
+        <v>6274</v>
       </c>
       <c r="B316" t="s">
-        <v>2913</v>
+        <v>2928</v>
       </c>
       <c r="C316" t="s">
-        <v>2914</v>
+        <v>2929</v>
       </c>
       <c r="D316" t="s">
-        <v>2915</v>
+        <v>2930</v>
       </c>
       <c r="E316" t="s">
-        <v>2916</v>
+        <v>2931</v>
       </c>
       <c r="F316" t="s">
-        <v>2917</v>
+        <v>2932</v>
       </c>
       <c r="G316" t="s">
-        <v>2918</v>
+        <v>2933</v>
       </c>
       <c r="H316" t="s">
-        <v>2919</v>
+        <v>2934</v>
       </c>
       <c r="I316" t="s">
-        <v>2920</v>
+        <v>2935</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
         <v>25</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>27</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2921</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6611</v>
+        <v>6275</v>
       </c>
       <c r="B317" t="s">
-        <v>2922</v>
+        <v>2937</v>
       </c>
       <c r="C317" t="s">
-        <v>2923</v>
+        <v>2938</v>
       </c>
       <c r="D317" t="s">
-        <v>2924</v>
+        <v>2939</v>
       </c>
       <c r="E317" t="s">
-        <v>2925</v>
+        <v>2940</v>
       </c>
       <c r="F317" t="s">
-        <v>2926</v>
+        <v>2941</v>
       </c>
       <c r="G317" t="s">
-        <v>2927</v>
+        <v>2942</v>
       </c>
       <c r="H317" t="s">
-        <v>2928</v>
+        <v>2943</v>
       </c>
       <c r="I317" t="s">
-        <v>2929</v>
+        <v>2944</v>
       </c>
       <c r="J317" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K317" t="s">
-        <v>25</v>
+        <v>1325</v>
       </c>
       <c r="L317" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M317" t="s">
-        <v>27</v>
+        <v>1327</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2930</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6615</v>
+        <v>6327</v>
       </c>
       <c r="B318" t="s">
-        <v>2931</v>
+        <v>2946</v>
       </c>
       <c r="C318" t="s">
-        <v>2932</v>
+        <v>2947</v>
       </c>
       <c r="D318" t="s">
-        <v>2933</v>
+        <v>2948</v>
       </c>
       <c r="E318" t="s">
-        <v>2934</v>
+        <v>2949</v>
       </c>
       <c r="F318" t="s">
-        <v>2935</v>
+        <v>2950</v>
       </c>
       <c r="G318" t="s">
-        <v>2936</v>
+        <v>2951</v>
       </c>
       <c r="H318" t="s">
-        <v>2937</v>
+        <v>2952</v>
       </c>
       <c r="I318" t="s">
-        <v>2938</v>
+        <v>2953</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2939</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6761</v>
+        <v>6337</v>
       </c>
       <c r="B319" t="s">
-        <v>2940</v>
+        <v>2955</v>
       </c>
       <c r="C319" t="s">
-        <v>2941</v>
+        <v>2956</v>
       </c>
       <c r="D319" t="s">
-        <v>2942</v>
+        <v>2957</v>
       </c>
       <c r="E319" t="s">
-        <v>2943</v>
+        <v>2958</v>
       </c>
       <c r="F319" t="s">
-        <v>2944</v>
+        <v>2959</v>
       </c>
       <c r="G319" t="s">
-        <v>2945</v>
+        <v>2960</v>
       </c>
       <c r="H319" t="s">
-        <v>2946</v>
+        <v>2961</v>
       </c>
       <c r="I319" t="s">
-        <v>2947</v>
+        <v>2962</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2948</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6762</v>
+        <v>6361</v>
       </c>
       <c r="B320" t="s">
-        <v>2949</v>
+        <v>2964</v>
       </c>
       <c r="C320" t="s">
-        <v>2950</v>
+        <v>2965</v>
       </c>
       <c r="D320" t="s">
-        <v>2951</v>
+        <v>2966</v>
       </c>
       <c r="E320" t="s">
-        <v>2952</v>
+        <v>2967</v>
       </c>
       <c r="F320" t="s">
-        <v>2953</v>
+        <v>2968</v>
       </c>
       <c r="G320" t="s">
-        <v>2954</v>
+        <v>2969</v>
       </c>
       <c r="H320" t="s">
-        <v>2955</v>
+        <v>2970</v>
       </c>
       <c r="I320" t="s">
-        <v>2956</v>
+        <v>2971</v>
       </c>
       <c r="J320" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>671</v>
+        <v>170</v>
       </c>
       <c r="L320" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>672</v>
+        <v>171</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2957</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6765</v>
+        <v>6379</v>
       </c>
       <c r="B321" t="s">
-        <v>2958</v>
+        <v>2973</v>
       </c>
       <c r="C321" t="s">
-        <v>2959</v>
+        <v>2974</v>
       </c>
       <c r="D321" t="s">
-        <v>2960</v>
+        <v>2975</v>
       </c>
       <c r="E321" t="s">
-        <v>2961</v>
+        <v>2976</v>
       </c>
       <c r="F321" t="s">
-        <v>2962</v>
+        <v>2977</v>
       </c>
       <c r="G321" t="s">
-        <v>2963</v>
+        <v>2978</v>
       </c>
       <c r="H321" t="s">
-        <v>2964</v>
+        <v>2979</v>
       </c>
       <c r="I321" t="s">
-        <v>2965</v>
+        <v>2980</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2966</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6982</v>
+        <v>6454</v>
       </c>
       <c r="B322" t="s">
-        <v>2967</v>
+        <v>2982</v>
       </c>
       <c r="C322" t="s">
-        <v>2968</v>
+        <v>2983</v>
       </c>
       <c r="D322" t="s">
-        <v>2969</v>
+        <v>2984</v>
       </c>
       <c r="E322" t="s">
-        <v>2970</v>
+        <v>2985</v>
       </c>
       <c r="F322" t="s">
-        <v>2971</v>
+        <v>2986</v>
       </c>
       <c r="G322" t="s">
-        <v>2972</v>
+        <v>2987</v>
       </c>
       <c r="H322" t="s">
-        <v>2973</v>
+        <v>2988</v>
       </c>
       <c r="I322" t="s">
-        <v>2974</v>
+        <v>2989</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>2975</v>
+        <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
+      <c r="M322" t="s">
+        <v>171</v>
+      </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2976</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>8265</v>
+        <v>6460</v>
       </c>
       <c r="B323" t="s">
-        <v>2977</v>
+        <v>2991</v>
       </c>
       <c r="C323" t="s">
-        <v>2978</v>
+        <v>2992</v>
       </c>
       <c r="D323" t="s">
-        <v>2979</v>
+        <v>2993</v>
       </c>
       <c r="E323" t="s">
-        <v>2980</v>
+        <v>2994</v>
       </c>
       <c r="F323" t="s">
-        <v>2981</v>
+        <v>2995</v>
       </c>
       <c r="G323" t="s">
-        <v>2982</v>
+        <v>2996</v>
       </c>
       <c r="H323" t="s">
-        <v>2983</v>
+        <v>2997</v>
       </c>
       <c r="I323" t="s">
-        <v>2984</v>
+        <v>2998</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>2985</v>
+        <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>2986</v>
+        <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2987</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>8289</v>
+        <v>6468</v>
       </c>
       <c r="B324" t="s">
-        <v>2988</v>
+        <v>3000</v>
       </c>
       <c r="C324" t="s">
-        <v>2989</v>
+        <v>3001</v>
       </c>
       <c r="D324" t="s">
-        <v>2990</v>
+        <v>3002</v>
       </c>
       <c r="E324" t="s">
-        <v>2991</v>
+        <v>3003</v>
       </c>
       <c r="F324" t="s">
-        <v>2992</v>
+        <v>3004</v>
       </c>
       <c r="G324" t="s">
-        <v>2993</v>
+        <v>3005</v>
       </c>
       <c r="H324" t="s">
-        <v>2994</v>
+        <v>3006</v>
       </c>
       <c r="I324" t="s">
-        <v>2995</v>
+        <v>3007</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>441</v>
+        <v>25</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2996</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>8294</v>
+        <v>6611</v>
       </c>
       <c r="B325" t="s">
-        <v>2997</v>
+        <v>3009</v>
       </c>
       <c r="C325" t="s">
-        <v>2998</v>
+        <v>3010</v>
       </c>
       <c r="D325" t="s">
-        <v>2999</v>
+        <v>3011</v>
       </c>
       <c r="E325" t="s">
-        <v>3000</v>
+        <v>3012</v>
       </c>
       <c r="F325" t="s">
-        <v>3001</v>
+        <v>3013</v>
       </c>
       <c r="G325" t="s">
-        <v>3002</v>
+        <v>3014</v>
       </c>
       <c r="H325" t="s">
-        <v>3003</v>
+        <v>3015</v>
       </c>
       <c r="I325" t="s">
-        <v>3004</v>
+        <v>3016</v>
       </c>
       <c r="J325" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>727</v>
+        <v>25</v>
       </c>
       <c r="L325" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>728</v>
+        <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3005</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>8315</v>
+        <v>6615</v>
       </c>
       <c r="B326" t="s">
-        <v>3006</v>
+        <v>3018</v>
       </c>
       <c r="C326" t="s">
-        <v>3007</v>
+        <v>3019</v>
       </c>
       <c r="D326" t="s">
-        <v>3008</v>
+        <v>3020</v>
       </c>
       <c r="E326" t="s">
-        <v>3009</v>
+        <v>3021</v>
       </c>
       <c r="F326" t="s">
-        <v>3010</v>
+        <v>3022</v>
       </c>
       <c r="G326" t="s">
-        <v>3011</v>
+        <v>3023</v>
       </c>
       <c r="H326" t="s">
-        <v>3012</v>
+        <v>3024</v>
       </c>
       <c r="I326" t="s">
-        <v>3013</v>
+        <v>3025</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
         <v>25</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
         <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3014</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>8341</v>
+        <v>6761</v>
       </c>
       <c r="B327" t="s">
-        <v>3015</v>
+        <v>3027</v>
       </c>
       <c r="C327" t="s">
-        <v>3016</v>
+        <v>3028</v>
       </c>
       <c r="D327" t="s">
-        <v>3017</v>
+        <v>3029</v>
       </c>
       <c r="E327" t="s">
-        <v>3018</v>
+        <v>3030</v>
       </c>
       <c r="F327" t="s">
-        <v>3019</v>
+        <v>3031</v>
       </c>
       <c r="G327" t="s">
-        <v>3020</v>
+        <v>3032</v>
       </c>
       <c r="H327" t="s">
-        <v>3021</v>
+        <v>3033</v>
       </c>
       <c r="I327" t="s">
-        <v>3022</v>
+        <v>3034</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3023</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>8343</v>
+        <v>6762</v>
       </c>
       <c r="B328" t="s">
-        <v>3024</v>
+        <v>3036</v>
       </c>
       <c r="C328" t="s">
-        <v>3025</v>
+        <v>3037</v>
       </c>
       <c r="D328" t="s">
-        <v>3026</v>
+        <v>3038</v>
       </c>
       <c r="E328" t="s">
-        <v>3027</v>
+        <v>3039</v>
       </c>
       <c r="F328" t="s">
-        <v>3028</v>
+        <v>3040</v>
       </c>
       <c r="G328" t="s">
-        <v>3029</v>
+        <v>3041</v>
       </c>
       <c r="H328" t="s">
-        <v>3030</v>
+        <v>3042</v>
       </c>
       <c r="I328" t="s">
-        <v>3031</v>
+        <v>3043</v>
       </c>
       <c r="J328" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K328" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L328" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M328" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3032</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>8344</v>
+        <v>6765</v>
       </c>
       <c r="B329" t="s">
-        <v>3033</v>
+        <v>3045</v>
       </c>
       <c r="C329" t="s">
-        <v>3034</v>
+        <v>3046</v>
       </c>
       <c r="D329" t="s">
-        <v>3035</v>
+        <v>3047</v>
       </c>
       <c r="E329" t="s">
-        <v>3036</v>
+        <v>3048</v>
       </c>
       <c r="F329" t="s">
-        <v>3037</v>
+        <v>3049</v>
       </c>
       <c r="G329" t="s">
-        <v>3038</v>
+        <v>3050</v>
       </c>
       <c r="H329" t="s">
-        <v>3039</v>
+        <v>3051</v>
       </c>
       <c r="I329" t="s">
-        <v>3040</v>
+        <v>3052</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
         <v>170</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
         <v>171</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3041</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>8355</v>
+        <v>6982</v>
       </c>
       <c r="B330" t="s">
-        <v>3042</v>
+        <v>3054</v>
       </c>
       <c r="C330" t="s">
-        <v>3043</v>
+        <v>3055</v>
       </c>
       <c r="D330" t="s">
-        <v>3044</v>
+        <v>3056</v>
       </c>
       <c r="E330" t="s">
-        <v>3045</v>
+        <v>3057</v>
       </c>
       <c r="F330" t="s">
-        <v>3046</v>
+        <v>3058</v>
       </c>
       <c r="G330" t="s">
-        <v>3047</v>
+        <v>3059</v>
       </c>
       <c r="H330" t="s">
-        <v>3048</v>
+        <v>3060</v>
       </c>
       <c r="I330" t="s">
-        <v>3049</v>
+        <v>3061</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>3050</v>
+        <v>3062</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
+      <c r="M330" t="s">
+        <v>3063</v>
+      </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3051</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>8357</v>
+        <v>8265</v>
       </c>
       <c r="B331" t="s">
-        <v>3052</v>
+        <v>3065</v>
       </c>
       <c r="C331" t="s">
-        <v>3053</v>
+        <v>3066</v>
       </c>
       <c r="D331" t="s">
-        <v>3054</v>
+        <v>3067</v>
       </c>
       <c r="E331" t="s">
-        <v>3055</v>
+        <v>3068</v>
       </c>
       <c r="F331" t="s">
-        <v>3056</v>
+        <v>3069</v>
       </c>
       <c r="G331" t="s">
-        <v>3057</v>
+        <v>3070</v>
       </c>
       <c r="H331" t="s">
-        <v>3058</v>
+        <v>3071</v>
       </c>
       <c r="I331" t="s">
-        <v>3059</v>
+        <v>3072</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>3050</v>
+        <v>3073</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
+      <c r="M331" t="s">
+        <v>3074</v>
+      </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3060</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>8377</v>
+        <v>8289</v>
       </c>
       <c r="B332" t="s">
-        <v>3061</v>
+        <v>3076</v>
       </c>
       <c r="C332" t="s">
-        <v>3062</v>
+        <v>3077</v>
       </c>
       <c r="D332" t="s">
-        <v>3063</v>
+        <v>3078</v>
       </c>
       <c r="E332" t="s">
-        <v>3064</v>
+        <v>3079</v>
       </c>
       <c r="F332" t="s">
-        <v>3065</v>
+        <v>3080</v>
       </c>
       <c r="G332" t="s">
-        <v>3066</v>
+        <v>3081</v>
       </c>
       <c r="H332" t="s">
-        <v>3067</v>
+        <v>3082</v>
       </c>
       <c r="I332" t="s">
-        <v>3068</v>
+        <v>3083</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>25</v>
+        <v>442</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3069</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>8386</v>
+        <v>8294</v>
       </c>
       <c r="B333" t="s">
-        <v>3070</v>
+        <v>3085</v>
       </c>
       <c r="C333" t="s">
-        <v>3071</v>
+        <v>3086</v>
       </c>
       <c r="D333" t="s">
-        <v>3072</v>
+        <v>3087</v>
       </c>
       <c r="E333" t="s">
-        <v>3073</v>
+        <v>3088</v>
       </c>
       <c r="F333" t="s">
-        <v>3074</v>
+        <v>3089</v>
       </c>
       <c r="G333" t="s">
-        <v>3075</v>
+        <v>3090</v>
       </c>
       <c r="H333" t="s">
-        <v>3076</v>
+        <v>3091</v>
       </c>
       <c r="I333" t="s">
-        <v>3077</v>
+        <v>3092</v>
       </c>
       <c r="J333" t="s">
-        <v>1625</v>
+        <v>441</v>
       </c>
       <c r="K333" t="s">
-        <v>170</v>
+        <v>728</v>
       </c>
       <c r="L333" t="s">
-        <v>1627</v>
+        <v>443</v>
       </c>
       <c r="M333" t="s">
-        <v>171</v>
+        <v>729</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3078</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>8387</v>
+        <v>8315</v>
       </c>
       <c r="B334" t="s">
-        <v>3079</v>
+        <v>3094</v>
       </c>
       <c r="C334" t="s">
-        <v>3080</v>
+        <v>3095</v>
       </c>
       <c r="D334" t="s">
-        <v>3081</v>
+        <v>3096</v>
       </c>
       <c r="E334" t="s">
-        <v>3082</v>
+        <v>3097</v>
       </c>
       <c r="F334" t="s">
-        <v>3083</v>
+        <v>3098</v>
       </c>
       <c r="G334" t="s">
-        <v>3084</v>
+        <v>3099</v>
       </c>
       <c r="H334" t="s">
-        <v>3085</v>
+        <v>3100</v>
       </c>
       <c r="I334" t="s">
-        <v>3086</v>
+        <v>3101</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3087</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>8388</v>
+        <v>8341</v>
       </c>
       <c r="B335" t="s">
-        <v>3088</v>
+        <v>3103</v>
       </c>
       <c r="C335" t="s">
-        <v>3089</v>
+        <v>3104</v>
       </c>
       <c r="D335" t="s">
-        <v>3090</v>
+        <v>3105</v>
       </c>
       <c r="E335" t="s">
-        <v>3091</v>
+        <v>3106</v>
       </c>
       <c r="F335" t="s">
-        <v>3092</v>
+        <v>3107</v>
       </c>
       <c r="G335" t="s">
-        <v>3093</v>
+        <v>3108</v>
       </c>
       <c r="H335" t="s">
-        <v>3094</v>
+        <v>3109</v>
       </c>
       <c r="I335" t="s">
-        <v>3095</v>
+        <v>3110</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
         <v>170</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
         <v>171</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3096</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>8392</v>
+        <v>8343</v>
       </c>
       <c r="B336" t="s">
-        <v>3097</v>
+        <v>3112</v>
       </c>
       <c r="C336" t="s">
-        <v>3098</v>
+        <v>3113</v>
       </c>
       <c r="D336" t="s">
-        <v>3099</v>
+        <v>3114</v>
       </c>
       <c r="E336" t="s">
-        <v>3100</v>
+        <v>3115</v>
       </c>
       <c r="F336" t="s">
-        <v>3101</v>
+        <v>3116</v>
       </c>
       <c r="G336" t="s">
-        <v>3102</v>
+        <v>3117</v>
       </c>
       <c r="H336" t="s">
-        <v>3103</v>
+        <v>3118</v>
       </c>
       <c r="I336" t="s">
-        <v>3104</v>
+        <v>3119</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>1626</v>
+        <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>1628</v>
+        <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3105</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>8402</v>
+        <v>8344</v>
       </c>
       <c r="B337" t="s">
-        <v>3106</v>
+        <v>3121</v>
       </c>
       <c r="C337" t="s">
-        <v>3107</v>
+        <v>3122</v>
       </c>
       <c r="D337" t="s">
-        <v>3108</v>
+        <v>3123</v>
       </c>
       <c r="E337" t="s">
-        <v>3109</v>
+        <v>3124</v>
       </c>
       <c r="F337" t="s">
-        <v>3110</v>
+        <v>3125</v>
       </c>
       <c r="G337" t="s">
-        <v>3111</v>
+        <v>3126</v>
       </c>
       <c r="H337" t="s">
-        <v>3112</v>
+        <v>3127</v>
       </c>
       <c r="I337" t="s">
-        <v>3113</v>
+        <v>3128</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>170</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>171</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3114</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>8902</v>
+        <v>8355</v>
       </c>
       <c r="B338" t="s">
-        <v>3115</v>
+        <v>3130</v>
       </c>
       <c r="C338" t="s">
-        <v>3116</v>
+        <v>3131</v>
       </c>
       <c r="D338" t="s">
-        <v>3117</v>
+        <v>3132</v>
       </c>
       <c r="E338" t="s">
-        <v>3118</v>
+        <v>3133</v>
       </c>
       <c r="F338" t="s">
-        <v>3119</v>
+        <v>3134</v>
       </c>
       <c r="G338" t="s">
-        <v>3120</v>
+        <v>3135</v>
       </c>
       <c r="H338" t="s">
-        <v>3121</v>
+        <v>3136</v>
       </c>
       <c r="I338" t="s">
-        <v>3122</v>
+        <v>3137</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>170</v>
+        <v>3138</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>171</v>
+        <v>3139</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3123</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>8903</v>
+        <v>8357</v>
       </c>
       <c r="B339" t="s">
-        <v>3124</v>
+        <v>3141</v>
       </c>
       <c r="C339" t="s">
-        <v>3125</v>
+        <v>3142</v>
       </c>
       <c r="D339" t="s">
-        <v>3126</v>
+        <v>3143</v>
       </c>
       <c r="E339" t="s">
-        <v>3127</v>
+        <v>3144</v>
       </c>
       <c r="F339" t="s">
-        <v>3128</v>
+        <v>3145</v>
       </c>
       <c r="G339" t="s">
-        <v>3129</v>
+        <v>3146</v>
       </c>
       <c r="H339" t="s">
-        <v>3130</v>
+        <v>3147</v>
       </c>
       <c r="I339" t="s">
-        <v>3131</v>
+        <v>3148</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>170</v>
+        <v>3138</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>171</v>
+        <v>3139</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3132</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>8904</v>
+        <v>8377</v>
       </c>
       <c r="B340" t="s">
-        <v>3133</v>
+        <v>3150</v>
       </c>
       <c r="C340" t="s">
-        <v>3134</v>
+        <v>3151</v>
       </c>
       <c r="D340" t="s">
-        <v>3135</v>
+        <v>3152</v>
       </c>
       <c r="E340" t="s">
-        <v>3136</v>
+        <v>3153</v>
       </c>
       <c r="F340" t="s">
-        <v>3137</v>
+        <v>3154</v>
       </c>
       <c r="G340" t="s">
-        <v>3138</v>
+        <v>3155</v>
       </c>
       <c r="H340" t="s">
-        <v>3139</v>
+        <v>3156</v>
       </c>
       <c r="I340" t="s">
-        <v>3140</v>
+        <v>3157</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3141</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>8914</v>
+        <v>8386</v>
       </c>
       <c r="B341" t="s">
-        <v>3142</v>
+        <v>3159</v>
       </c>
       <c r="C341" t="s">
-        <v>3143</v>
+        <v>3160</v>
       </c>
       <c r="D341" t="s">
-        <v>3144</v>
+        <v>3161</v>
       </c>
       <c r="E341" t="s">
-        <v>3145</v>
+        <v>3162</v>
       </c>
       <c r="F341" t="s">
-        <v>3146</v>
+        <v>3163</v>
       </c>
       <c r="G341" t="s">
-        <v>3147</v>
+        <v>3164</v>
       </c>
       <c r="H341" t="s">
-        <v>3148</v>
+        <v>3165</v>
       </c>
       <c r="I341" t="s">
-        <v>3149</v>
+        <v>3166</v>
       </c>
       <c r="J341" t="s">
-        <v>24</v>
+        <v>1689</v>
       </c>
       <c r="K341" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L341" t="s">
-        <v>26</v>
+        <v>1691</v>
       </c>
       <c r="M341" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3150</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>8918</v>
+        <v>8387</v>
       </c>
       <c r="B342" t="s">
-        <v>3151</v>
+        <v>3168</v>
       </c>
       <c r="C342" t="s">
-        <v>3152</v>
+        <v>3169</v>
       </c>
       <c r="D342" t="s">
-        <v>3153</v>
+        <v>3170</v>
       </c>
       <c r="E342" t="s">
-        <v>3154</v>
+        <v>3171</v>
       </c>
       <c r="F342" t="s">
-        <v>3155</v>
+        <v>3172</v>
       </c>
       <c r="G342" t="s">
-        <v>3156</v>
+        <v>3173</v>
       </c>
       <c r="H342" t="s">
-        <v>3157</v>
+        <v>3174</v>
       </c>
       <c r="I342" t="s">
-        <v>3158</v>
+        <v>3175</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3159</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>8945</v>
+        <v>8388</v>
       </c>
       <c r="B343" t="s">
-        <v>3160</v>
+        <v>3177</v>
       </c>
       <c r="C343" t="s">
-        <v>3161</v>
+        <v>3178</v>
       </c>
       <c r="D343" t="s">
-        <v>3162</v>
+        <v>3179</v>
       </c>
       <c r="E343" t="s">
-        <v>3163</v>
+        <v>3180</v>
       </c>
       <c r="F343" t="s">
-        <v>3164</v>
+        <v>3181</v>
       </c>
       <c r="G343" t="s">
-        <v>3165</v>
+        <v>3182</v>
       </c>
       <c r="H343" t="s">
-        <v>3166</v>
+        <v>3183</v>
       </c>
       <c r="I343" t="s">
-        <v>3167</v>
+        <v>3184</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3168</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8950</v>
+        <v>8392</v>
       </c>
       <c r="B344" t="s">
-        <v>3169</v>
+        <v>3186</v>
       </c>
       <c r="C344" t="s">
-        <v>3170</v>
+        <v>3187</v>
       </c>
       <c r="D344" t="s">
-        <v>3171</v>
+        <v>3188</v>
       </c>
       <c r="E344" t="s">
-        <v>3172</v>
+        <v>3189</v>
       </c>
       <c r="F344" t="s">
-        <v>3173</v>
+        <v>3190</v>
       </c>
       <c r="G344" t="s">
-        <v>3174</v>
+        <v>3191</v>
       </c>
       <c r="H344" t="s">
-        <v>3175</v>
+        <v>3192</v>
       </c>
       <c r="I344" t="s">
-        <v>3176</v>
+        <v>3193</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>1690</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>1692</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3177</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8951</v>
+        <v>8402</v>
       </c>
       <c r="B345" t="s">
-        <v>3178</v>
+        <v>3195</v>
       </c>
       <c r="C345" t="s">
-        <v>3179</v>
+        <v>3196</v>
       </c>
       <c r="D345" t="s">
-        <v>3180</v>
+        <v>3197</v>
       </c>
       <c r="E345" t="s">
-        <v>3181</v>
+        <v>3198</v>
       </c>
       <c r="F345" t="s">
-        <v>3182</v>
+        <v>3199</v>
       </c>
       <c r="G345" t="s">
-        <v>3183</v>
+        <v>3200</v>
       </c>
       <c r="H345" t="s">
-        <v>3184</v>
+        <v>3201</v>
       </c>
       <c r="I345" t="s">
-        <v>3185</v>
+        <v>3202</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
         <v>170</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
         <v>171</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3186</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8959</v>
+        <v>8902</v>
       </c>
       <c r="B346" t="s">
-        <v>3187</v>
+        <v>3204</v>
       </c>
       <c r="C346" t="s">
-        <v>3188</v>
+        <v>3205</v>
       </c>
       <c r="D346" t="s">
-        <v>3189</v>
+        <v>3206</v>
       </c>
       <c r="E346" t="s">
-        <v>3190</v>
+        <v>3207</v>
       </c>
       <c r="F346" t="s">
-        <v>3191</v>
+        <v>3208</v>
       </c>
       <c r="G346" t="s">
-        <v>3192</v>
+        <v>3209</v>
       </c>
       <c r="H346" t="s">
-        <v>3193</v>
+        <v>3210</v>
       </c>
       <c r="I346" t="s">
-        <v>3194</v>
+        <v>3211</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
         <v>170</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
         <v>171</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3195</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>10014</v>
+        <v>8903</v>
       </c>
       <c r="B347" t="s">
-        <v>3196</v>
+        <v>3213</v>
       </c>
       <c r="C347" t="s">
-        <v>3197</v>
+        <v>3214</v>
       </c>
       <c r="D347" t="s">
-        <v>3198</v>
+        <v>3215</v>
       </c>
       <c r="E347" t="s">
-        <v>3199</v>
+        <v>3216</v>
       </c>
       <c r="F347" t="s">
-        <v>3200</v>
+        <v>3217</v>
       </c>
       <c r="G347" t="s">
-        <v>3201</v>
+        <v>3218</v>
       </c>
       <c r="H347" t="s">
-        <v>3202</v>
+        <v>3219</v>
       </c>
       <c r="I347" t="s">
-        <v>3203</v>
+        <v>3220</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>3204</v>
+        <v>170</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>3205</v>
+        <v>171</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3206</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>10015</v>
+        <v>8904</v>
       </c>
       <c r="B348" t="s">
-        <v>3207</v>
+        <v>3222</v>
       </c>
       <c r="C348" t="s">
-        <v>3208</v>
+        <v>3223</v>
       </c>
       <c r="D348" t="s">
-        <v>3209</v>
+        <v>3224</v>
       </c>
       <c r="E348" t="s">
-        <v>3210</v>
+        <v>3225</v>
       </c>
       <c r="F348" t="s">
-        <v>3211</v>
+        <v>3226</v>
       </c>
       <c r="G348" t="s">
-        <v>3212</v>
+        <v>3227</v>
       </c>
       <c r="H348" t="s">
-        <v>3213</v>
+        <v>3228</v>
       </c>
       <c r="I348" t="s">
-        <v>3214</v>
+        <v>3229</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
         <v>170</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
         <v>171</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3215</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>10036</v>
+        <v>8914</v>
       </c>
       <c r="B349" t="s">
-        <v>3216</v>
+        <v>3231</v>
       </c>
       <c r="C349" t="s">
-        <v>3217</v>
+        <v>3232</v>
       </c>
       <c r="D349" t="s">
-        <v>3218</v>
+        <v>3233</v>
       </c>
       <c r="E349" t="s">
-        <v>3219</v>
+        <v>3234</v>
       </c>
       <c r="F349" t="s">
-        <v>3220</v>
+        <v>3235</v>
       </c>
       <c r="G349" t="s">
-        <v>3221</v>
+        <v>3236</v>
       </c>
       <c r="H349" t="s">
-        <v>3222</v>
+        <v>3237</v>
       </c>
       <c r="I349" t="s">
-        <v>3223</v>
+        <v>3238</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
         <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
         <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3224</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>10046</v>
+        <v>8918</v>
       </c>
       <c r="B350" t="s">
-        <v>3225</v>
+        <v>3240</v>
       </c>
       <c r="C350" t="s">
-        <v>3226</v>
+        <v>3241</v>
       </c>
       <c r="D350" t="s">
-        <v>3227</v>
+        <v>3242</v>
       </c>
       <c r="E350" t="s">
-        <v>3228</v>
+        <v>3243</v>
       </c>
       <c r="F350" t="s">
-        <v>3229</v>
+        <v>3244</v>
       </c>
       <c r="G350" t="s">
-        <v>3230</v>
+        <v>3245</v>
       </c>
       <c r="H350" t="s">
-        <v>3231</v>
+        <v>3246</v>
       </c>
       <c r="I350" t="s">
-        <v>3232</v>
+        <v>3247</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3233</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>10098</v>
+        <v>8945</v>
       </c>
       <c r="B351" t="s">
-        <v>3234</v>
+        <v>3249</v>
       </c>
       <c r="C351" t="s">
-        <v>3235</v>
+        <v>3250</v>
       </c>
       <c r="D351" t="s">
-        <v>3236</v>
+        <v>3251</v>
       </c>
       <c r="E351" t="s">
-        <v>3237</v>
+        <v>3252</v>
       </c>
       <c r="F351" t="s">
-        <v>3238</v>
+        <v>3253</v>
       </c>
       <c r="G351" t="s">
-        <v>3239</v>
+        <v>3254</v>
       </c>
       <c r="H351" t="s">
-        <v>3240</v>
+        <v>3255</v>
       </c>
       <c r="I351" t="s">
-        <v>3241</v>
+        <v>3256</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3242</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>10101</v>
+        <v>8950</v>
       </c>
       <c r="B352" t="s">
-        <v>3243</v>
+        <v>3258</v>
       </c>
       <c r="C352" t="s">
-        <v>3244</v>
+        <v>3259</v>
       </c>
       <c r="D352" t="s">
-        <v>3245</v>
+        <v>3260</v>
       </c>
       <c r="E352" t="s">
-        <v>3246</v>
+        <v>3261</v>
       </c>
       <c r="F352" t="s">
-        <v>3247</v>
+        <v>3262</v>
       </c>
       <c r="G352" t="s">
-        <v>3248</v>
+        <v>3263</v>
       </c>
       <c r="H352" t="s">
-        <v>3249</v>
+        <v>3264</v>
       </c>
       <c r="I352" t="s">
-        <v>3250</v>
+        <v>3265</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3251</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>10412</v>
+        <v>8951</v>
       </c>
       <c r="B353" t="s">
-        <v>3252</v>
+        <v>3267</v>
       </c>
       <c r="C353" t="s">
-        <v>3253</v>
+        <v>3268</v>
       </c>
       <c r="D353" t="s">
-        <v>3254</v>
+        <v>3269</v>
       </c>
       <c r="E353" t="s">
-        <v>3255</v>
+        <v>3270</v>
       </c>
       <c r="F353" t="s">
-        <v>3256</v>
+        <v>3271</v>
       </c>
       <c r="G353" t="s">
-        <v>3257</v>
+        <v>3272</v>
       </c>
       <c r="H353" t="s">
-        <v>3258</v>
+        <v>3273</v>
       </c>
       <c r="I353" t="s">
-        <v>3259</v>
+        <v>3274</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3260</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>10603</v>
+        <v>8959</v>
       </c>
       <c r="B354" t="s">
-        <v>3261</v>
+        <v>3276</v>
       </c>
       <c r="C354" t="s">
-        <v>3262</v>
+        <v>3277</v>
       </c>
       <c r="D354" t="s">
-        <v>3263</v>
+        <v>3278</v>
       </c>
       <c r="E354" t="s">
-        <v>3264</v>
+        <v>3279</v>
       </c>
       <c r="F354" t="s">
-        <v>3265</v>
+        <v>3280</v>
       </c>
       <c r="G354" t="s">
-        <v>3266</v>
+        <v>3281</v>
       </c>
       <c r="H354" t="s">
-        <v>3267</v>
+        <v>3282</v>
       </c>
       <c r="I354" t="s">
-        <v>3268</v>
+        <v>3283</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3269</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>10647</v>
+        <v>10014</v>
       </c>
       <c r="B355" t="s">
-        <v>3270</v>
+        <v>3285</v>
       </c>
       <c r="C355" t="s">
-        <v>3271</v>
+        <v>3286</v>
       </c>
       <c r="D355" t="s">
-        <v>3272</v>
+        <v>3287</v>
       </c>
       <c r="E355" t="s">
-        <v>3273</v>
+        <v>3288</v>
       </c>
       <c r="F355" t="s">
-        <v>3274</v>
+        <v>3289</v>
       </c>
       <c r="G355" t="s">
-        <v>3275</v>
+        <v>3290</v>
       </c>
       <c r="H355" t="s">
-        <v>3276</v>
+        <v>3291</v>
       </c>
       <c r="I355" t="s">
-        <v>3277</v>
+        <v>3292</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>170</v>
+        <v>3293</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>171</v>
+        <v>3294</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3278</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>10887</v>
+        <v>10015</v>
       </c>
       <c r="B356" t="s">
-        <v>3279</v>
+        <v>3296</v>
       </c>
       <c r="C356" t="s">
-        <v>3280</v>
+        <v>3297</v>
       </c>
       <c r="D356" t="s">
-        <v>3281</v>
+        <v>3298</v>
       </c>
       <c r="E356" t="s">
-        <v>3282</v>
+        <v>3299</v>
       </c>
       <c r="F356" t="s">
-        <v>3283</v>
+        <v>3300</v>
       </c>
       <c r="G356" t="s">
-        <v>3284</v>
+        <v>3301</v>
       </c>
       <c r="H356" t="s">
-        <v>3285</v>
+        <v>3302</v>
       </c>
       <c r="I356" t="s">
-        <v>3286</v>
+        <v>3303</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3287</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>10925</v>
+        <v>10036</v>
       </c>
       <c r="B357" t="s">
-        <v>3288</v>
+        <v>3305</v>
       </c>
       <c r="C357" t="s">
-        <v>3289</v>
+        <v>3306</v>
       </c>
       <c r="D357" t="s">
-        <v>3290</v>
+        <v>3307</v>
       </c>
       <c r="E357" t="s">
-        <v>3291</v>
+        <v>3308</v>
       </c>
       <c r="F357" t="s">
-        <v>3292</v>
+        <v>3309</v>
       </c>
       <c r="G357" t="s">
-        <v>3293</v>
+        <v>3310</v>
       </c>
       <c r="H357" t="s">
-        <v>3294</v>
+        <v>3311</v>
       </c>
       <c r="I357" t="s">
-        <v>3295</v>
+        <v>3312</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
         <v>25</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
         <v>27</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3296</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>10930</v>
+        <v>10046</v>
       </c>
       <c r="B358" t="s">
-        <v>3297</v>
+        <v>3314</v>
       </c>
       <c r="C358" t="s">
-        <v>3298</v>
+        <v>3315</v>
       </c>
       <c r="D358" t="s">
-        <v>3299</v>
+        <v>3316</v>
       </c>
       <c r="E358" t="s">
-        <v>3300</v>
+        <v>3317</v>
       </c>
       <c r="F358" t="s">
-        <v>3301</v>
+        <v>3318</v>
       </c>
       <c r="G358" t="s">
-        <v>3302</v>
+        <v>3319</v>
       </c>
       <c r="H358" t="s">
-        <v>3303</v>
+        <v>3320</v>
       </c>
       <c r="I358" t="s">
-        <v>3304</v>
+        <v>3321</v>
       </c>
       <c r="J358" t="s">
-        <v>1322</v>
+        <v>24</v>
       </c>
       <c r="K358" t="s">
         <v>274</v>
       </c>
       <c r="L358" t="s">
-        <v>1324</v>
+        <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3305</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>10947</v>
+        <v>10098</v>
       </c>
       <c r="B359" t="s">
-        <v>3306</v>
+        <v>3323</v>
       </c>
       <c r="C359" t="s">
-        <v>3307</v>
+        <v>3324</v>
       </c>
       <c r="D359" t="s">
-        <v>3308</v>
+        <v>3325</v>
       </c>
       <c r="E359" t="s">
-        <v>3309</v>
+        <v>3326</v>
       </c>
       <c r="F359" t="s">
-        <v>3310</v>
+        <v>3327</v>
       </c>
       <c r="G359" t="s">
-        <v>3311</v>
+        <v>3328</v>
       </c>
       <c r="H359" t="s">
-        <v>3312</v>
+        <v>3329</v>
       </c>
       <c r="I359" t="s">
-        <v>3313</v>
+        <v>3330</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3314</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>10948</v>
+        <v>10101</v>
       </c>
       <c r="B360" t="s">
-        <v>3315</v>
+        <v>3332</v>
       </c>
       <c r="C360" t="s">
-        <v>3316</v>
+        <v>3333</v>
       </c>
       <c r="D360" t="s">
-        <v>3317</v>
+        <v>3334</v>
       </c>
       <c r="E360" t="s">
-        <v>3318</v>
+        <v>3335</v>
       </c>
       <c r="F360" t="s">
-        <v>3319</v>
+        <v>3336</v>
       </c>
       <c r="G360" t="s">
-        <v>3320</v>
+        <v>3337</v>
       </c>
       <c r="H360" t="s">
-        <v>3321</v>
+        <v>3338</v>
       </c>
       <c r="I360" t="s">
-        <v>3322</v>
+        <v>3339</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3323</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>10950</v>
+        <v>10412</v>
       </c>
       <c r="B361" t="s">
-        <v>3324</v>
+        <v>3341</v>
       </c>
       <c r="C361" t="s">
-        <v>3325</v>
+        <v>3342</v>
       </c>
       <c r="D361" t="s">
-        <v>3326</v>
+        <v>3343</v>
       </c>
       <c r="E361" t="s">
-        <v>3327</v>
+        <v>3344</v>
       </c>
       <c r="F361" t="s">
-        <v>3328</v>
+        <v>3345</v>
       </c>
       <c r="G361" t="s">
-        <v>3329</v>
+        <v>3346</v>
       </c>
       <c r="H361" t="s">
-        <v>3330</v>
+        <v>3347</v>
       </c>
       <c r="I361" t="s">
-        <v>3331</v>
+        <v>3348</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>3332</v>
+        <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
+      <c r="M361" t="s">
+        <v>27</v>
+      </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3333</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>10951</v>
+        <v>10603</v>
       </c>
       <c r="B362" t="s">
-        <v>3334</v>
+        <v>3350</v>
       </c>
       <c r="C362" t="s">
-        <v>3335</v>
+        <v>3351</v>
       </c>
       <c r="D362" t="s">
-        <v>3336</v>
+        <v>3352</v>
       </c>
       <c r="E362" t="s">
-        <v>3337</v>
+        <v>3353</v>
       </c>
       <c r="F362" t="s">
-        <v>3338</v>
+        <v>3354</v>
       </c>
       <c r="G362" t="s">
-        <v>3339</v>
+        <v>3355</v>
       </c>
       <c r="H362" t="s">
-        <v>3340</v>
+        <v>3356</v>
       </c>
       <c r="I362" t="s">
-        <v>3341</v>
+        <v>3357</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3342</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>11000</v>
+        <v>10647</v>
       </c>
       <c r="B363" t="s">
-        <v>3343</v>
+        <v>3359</v>
       </c>
       <c r="C363" t="s">
-        <v>3344</v>
+        <v>3360</v>
       </c>
       <c r="D363" t="s">
-        <v>3345</v>
+        <v>3361</v>
       </c>
       <c r="E363" t="s">
-        <v>3346</v>
+        <v>3362</v>
       </c>
       <c r="F363" t="s">
-        <v>3347</v>
+        <v>3363</v>
       </c>
       <c r="G363" t="s">
-        <v>3348</v>
+        <v>3364</v>
       </c>
       <c r="H363" t="s">
-        <v>3349</v>
+        <v>3365</v>
       </c>
       <c r="I363" t="s">
-        <v>3350</v>
+        <v>3366</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3351</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>11220</v>
+        <v>10887</v>
       </c>
       <c r="B364" t="s">
-        <v>3352</v>
+        <v>3368</v>
       </c>
       <c r="C364" t="s">
-        <v>3353</v>
+        <v>3369</v>
       </c>
       <c r="D364" t="s">
-        <v>3354</v>
+        <v>3370</v>
       </c>
       <c r="E364" t="s">
-        <v>3355</v>
+        <v>3371</v>
       </c>
       <c r="F364" t="s">
-        <v>3356</v>
+        <v>3372</v>
       </c>
       <c r="G364" t="s">
-        <v>3357</v>
+        <v>3373</v>
       </c>
       <c r="H364" t="s">
-        <v>3358</v>
+        <v>3374</v>
       </c>
       <c r="I364" t="s">
-        <v>3359</v>
+        <v>3375</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>671</v>
+        <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>672</v>
+        <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3360</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>11231</v>
+        <v>10925</v>
       </c>
       <c r="B365" t="s">
-        <v>3361</v>
+        <v>3377</v>
       </c>
       <c r="C365" t="s">
-        <v>3362</v>
+        <v>3378</v>
       </c>
       <c r="D365" t="s">
-        <v>3363</v>
+        <v>3379</v>
       </c>
       <c r="E365" t="s">
-        <v>3364</v>
+        <v>3380</v>
       </c>
       <c r="F365" t="s">
-        <v>3365</v>
+        <v>3381</v>
       </c>
       <c r="G365" t="s">
-        <v>3366</v>
+        <v>3382</v>
       </c>
       <c r="H365" t="s">
-        <v>3367</v>
+        <v>3383</v>
       </c>
       <c r="I365" t="s">
-        <v>3368</v>
+        <v>3384</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3369</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>11287</v>
+        <v>10930</v>
       </c>
       <c r="B366" t="s">
-        <v>3370</v>
+        <v>3386</v>
       </c>
       <c r="C366" t="s">
-        <v>3371</v>
+        <v>3387</v>
       </c>
       <c r="D366" t="s">
-        <v>3372</v>
+        <v>3388</v>
       </c>
       <c r="E366" t="s">
-        <v>3373</v>
+        <v>3389</v>
       </c>
       <c r="F366" t="s">
-        <v>3374</v>
+        <v>3390</v>
       </c>
       <c r="G366" t="s">
-        <v>3375</v>
+        <v>3391</v>
       </c>
       <c r="H366" t="s">
-        <v>3376</v>
+        <v>3392</v>
       </c>
       <c r="I366" t="s">
-        <v>3377</v>
+        <v>3393</v>
       </c>
       <c r="J366" t="s">
-        <v>24</v>
+        <v>1324</v>
       </c>
       <c r="K366" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L366" t="s">
-        <v>26</v>
+        <v>1326</v>
       </c>
       <c r="M366" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3378</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>11299</v>
+        <v>10947</v>
       </c>
       <c r="B367" t="s">
-        <v>3379</v>
+        <v>3395</v>
       </c>
       <c r="C367" t="s">
-        <v>3380</v>
+        <v>3396</v>
       </c>
       <c r="D367" t="s">
-        <v>3381</v>
+        <v>3397</v>
       </c>
       <c r="E367" t="s">
-        <v>3382</v>
+        <v>3398</v>
       </c>
       <c r="F367" t="s">
-        <v>3383</v>
+        <v>3399</v>
       </c>
       <c r="G367" t="s">
-        <v>3384</v>
+        <v>3400</v>
       </c>
       <c r="H367" t="s">
-        <v>3385</v>
+        <v>3401</v>
       </c>
       <c r="I367" t="s">
-        <v>3386</v>
+        <v>3402</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3387</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>11306</v>
+        <v>10948</v>
       </c>
       <c r="B368" t="s">
-        <v>3388</v>
+        <v>3404</v>
       </c>
       <c r="C368" t="s">
-        <v>3389</v>
+        <v>3405</v>
       </c>
       <c r="D368" t="s">
-        <v>3390</v>
+        <v>3406</v>
       </c>
       <c r="E368" t="s">
-        <v>3391</v>
+        <v>3407</v>
       </c>
       <c r="F368" t="s">
-        <v>3392</v>
+        <v>3408</v>
       </c>
       <c r="G368" t="s">
-        <v>3393</v>
+        <v>3409</v>
       </c>
       <c r="H368" t="s">
-        <v>3394</v>
+        <v>3410</v>
       </c>
       <c r="I368" t="s">
-        <v>3395</v>
+        <v>3411</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>1081</v>
+        <v>170</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
+      <c r="M368" t="s">
+        <v>171</v>
+      </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3396</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>58060</v>
+        <v>10950</v>
       </c>
       <c r="B369" t="s">
-        <v>3397</v>
+        <v>3413</v>
       </c>
       <c r="C369" t="s">
-        <v>3398</v>
+        <v>3414</v>
       </c>
       <c r="D369" t="s">
-        <v>3399</v>
+        <v>3415</v>
       </c>
       <c r="E369" t="s">
-        <v>3400</v>
+        <v>3416</v>
       </c>
       <c r="F369" t="s">
-        <v>3401</v>
+        <v>3417</v>
       </c>
       <c r="G369" t="s">
-        <v>3402</v>
+        <v>3418</v>
       </c>
       <c r="H369" t="s">
-        <v>3403</v>
+        <v>3419</v>
       </c>
       <c r="I369" t="s">
-        <v>3404</v>
+        <v>3420</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>3405</v>
+        <v>3421</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>3406</v>
+        <v>3422</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3407</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>58066</v>
+        <v>10951</v>
       </c>
       <c r="B370" t="s">
-        <v>3408</v>
+        <v>3424</v>
       </c>
       <c r="C370" t="s">
-        <v>3409</v>
+        <v>3425</v>
       </c>
       <c r="D370" t="s">
-        <v>3410</v>
+        <v>3426</v>
       </c>
       <c r="E370" t="s">
-        <v>3411</v>
+        <v>3427</v>
       </c>
       <c r="F370" t="s">
-        <v>3412</v>
+        <v>3428</v>
       </c>
       <c r="G370" t="s">
-        <v>3413</v>
+        <v>3429</v>
       </c>
       <c r="H370" t="s">
-        <v>3414</v>
+        <v>3430</v>
       </c>
       <c r="I370" t="s">
-        <v>3415</v>
+        <v>3431</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>274</v>
+        <v>47</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>275</v>
+        <v>48</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3416</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>58120</v>
+        <v>11000</v>
       </c>
       <c r="B371" t="s">
-        <v>3417</v>
+        <v>3433</v>
       </c>
       <c r="C371" t="s">
-        <v>3418</v>
+        <v>3434</v>
       </c>
       <c r="D371" t="s">
-        <v>3419</v>
+        <v>3435</v>
       </c>
       <c r="E371" t="s">
-        <v>3420</v>
+        <v>3436</v>
       </c>
       <c r="F371" t="s">
-        <v>3421</v>
+        <v>3437</v>
       </c>
       <c r="G371" t="s">
-        <v>3422</v>
+        <v>3438</v>
       </c>
       <c r="H371" t="s">
-        <v>3423</v>
+        <v>3439</v>
       </c>
       <c r="I371" t="s">
-        <v>3424</v>
+        <v>3440</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
         <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
         <v>27</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3425</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>58122</v>
+        <v>11220</v>
       </c>
       <c r="B372" t="s">
-        <v>3426</v>
+        <v>3442</v>
       </c>
       <c r="C372" t="s">
-        <v>3427</v>
+        <v>3443</v>
       </c>
       <c r="D372" t="s">
-        <v>3428</v>
+        <v>3444</v>
       </c>
       <c r="E372" t="s">
-        <v>3429</v>
+        <v>3445</v>
       </c>
       <c r="F372" t="s">
-        <v>3430</v>
+        <v>3446</v>
       </c>
       <c r="G372" t="s">
-        <v>3431</v>
+        <v>3447</v>
       </c>
       <c r="H372" t="s">
-        <v>3432</v>
+        <v>3448</v>
       </c>
       <c r="I372" t="s">
-        <v>3433</v>
+        <v>3449</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>170</v>
+        <v>672</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>171</v>
+        <v>673</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3434</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>58144</v>
+        <v>11231</v>
       </c>
       <c r="B373" t="s">
-        <v>3435</v>
+        <v>3451</v>
       </c>
       <c r="C373" t="s">
-        <v>3436</v>
+        <v>3452</v>
       </c>
       <c r="D373" t="s">
-        <v>3437</v>
+        <v>3453</v>
       </c>
       <c r="E373" t="s">
-        <v>3438</v>
+        <v>3454</v>
       </c>
       <c r="F373" t="s">
-        <v>3439</v>
+        <v>3455</v>
       </c>
       <c r="G373" t="s">
-        <v>3440</v>
+        <v>3456</v>
       </c>
       <c r="H373" t="s">
-        <v>3441</v>
+        <v>3457</v>
       </c>
       <c r="I373" t="s">
-        <v>3442</v>
+        <v>3458</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3443</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>58148</v>
+        <v>11287</v>
       </c>
       <c r="B374" t="s">
-        <v>3444</v>
+        <v>3460</v>
       </c>
       <c r="C374" t="s">
-        <v>3445</v>
+        <v>3461</v>
       </c>
       <c r="D374" t="s">
-        <v>3446</v>
+        <v>3462</v>
       </c>
       <c r="E374" t="s">
-        <v>3447</v>
+        <v>3463</v>
       </c>
       <c r="F374" t="s">
-        <v>3448</v>
+        <v>3464</v>
       </c>
       <c r="G374" t="s">
-        <v>3449</v>
+        <v>3465</v>
       </c>
       <c r="H374" t="s">
-        <v>3450</v>
+        <v>3466</v>
       </c>
       <c r="I374" t="s">
-        <v>3451</v>
+        <v>3467</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>1016</v>
+        <v>170</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>1017</v>
+        <v>171</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3452</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>58218</v>
+        <v>11299</v>
       </c>
       <c r="B375" t="s">
-        <v>3453</v>
+        <v>3469</v>
       </c>
       <c r="C375" t="s">
-        <v>3454</v>
+        <v>3470</v>
       </c>
       <c r="D375" t="s">
-        <v>3455</v>
+        <v>3471</v>
       </c>
       <c r="E375" t="s">
-        <v>3456</v>
+        <v>3472</v>
       </c>
       <c r="F375" t="s">
-        <v>3457</v>
+        <v>3473</v>
       </c>
       <c r="G375" t="s">
-        <v>3458</v>
+        <v>3474</v>
       </c>
       <c r="H375" t="s">
-        <v>3459</v>
+        <v>3475</v>
       </c>
       <c r="I375" t="s">
-        <v>3460</v>
+        <v>3476</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>170</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>171</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3461</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>58223</v>
+        <v>11306</v>
       </c>
       <c r="B376" t="s">
-        <v>3462</v>
+        <v>3478</v>
       </c>
       <c r="C376" t="s">
-        <v>3463</v>
+        <v>3479</v>
       </c>
       <c r="D376" t="s">
-        <v>3464</v>
+        <v>3480</v>
       </c>
       <c r="E376" t="s">
-        <v>3465</v>
+        <v>3481</v>
       </c>
       <c r="F376" t="s">
-        <v>3466</v>
+        <v>3482</v>
       </c>
       <c r="G376" t="s">
-        <v>3467</v>
+        <v>3483</v>
       </c>
       <c r="H376" t="s">
-        <v>3468</v>
+        <v>3484</v>
       </c>
       <c r="I376" t="s">
-        <v>3469</v>
+        <v>3485</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>170</v>
+        <v>1082</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>171</v>
+        <v>1083</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3470</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>58259</v>
+        <v>58060</v>
       </c>
       <c r="B377" t="s">
-        <v>3471</v>
+        <v>3487</v>
       </c>
       <c r="C377" t="s">
-        <v>3472</v>
+        <v>3488</v>
       </c>
       <c r="D377" t="s">
-        <v>3473</v>
+        <v>3489</v>
       </c>
       <c r="E377" t="s">
-        <v>3474</v>
+        <v>3490</v>
       </c>
       <c r="F377" t="s">
-        <v>3475</v>
+        <v>3491</v>
       </c>
       <c r="G377" t="s">
-        <v>3476</v>
+        <v>3492</v>
       </c>
       <c r="H377" t="s">
-        <v>3477</v>
+        <v>3493</v>
       </c>
       <c r="I377" t="s">
-        <v>3478</v>
+        <v>3494</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>3479</v>
+        <v>3138</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
+      <c r="M377" t="s">
+        <v>3139</v>
+      </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3480</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>64637</v>
+        <v>58066</v>
       </c>
       <c r="B378" t="s">
-        <v>3481</v>
+        <v>3496</v>
       </c>
       <c r="C378" t="s">
-        <v>3482</v>
+        <v>3497</v>
       </c>
       <c r="D378" t="s">
-        <v>3483</v>
+        <v>3498</v>
       </c>
       <c r="E378" t="s">
-        <v>3484</v>
+        <v>3499</v>
       </c>
       <c r="F378" t="s">
-        <v>3485</v>
+        <v>3500</v>
       </c>
       <c r="G378" t="s">
-        <v>3486</v>
+        <v>3501</v>
       </c>
       <c r="H378" t="s">
-        <v>3487</v>
+        <v>3502</v>
       </c>
       <c r="I378" t="s">
-        <v>3488</v>
+        <v>3503</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3489</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>64643</v>
+        <v>58120</v>
       </c>
       <c r="B379" t="s">
-        <v>3490</v>
+        <v>3505</v>
       </c>
       <c r="C379" t="s">
-        <v>3491</v>
+        <v>3506</v>
       </c>
       <c r="D379" t="s">
-        <v>3492</v>
+        <v>3507</v>
       </c>
       <c r="E379" t="s">
-        <v>3493</v>
+        <v>3508</v>
       </c>
       <c r="F379" t="s">
-        <v>3494</v>
+        <v>3509</v>
       </c>
       <c r="G379" t="s">
-        <v>3495</v>
+        <v>3510</v>
       </c>
       <c r="H379" t="s">
-        <v>3496</v>
+        <v>3511</v>
       </c>
       <c r="I379" t="s">
-        <v>3497</v>
+        <v>3512</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3498</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>64689</v>
+        <v>58122</v>
       </c>
       <c r="B380" t="s">
-        <v>3499</v>
+        <v>3514</v>
       </c>
       <c r="C380" t="s">
-        <v>3500</v>
+        <v>3515</v>
       </c>
       <c r="D380" t="s">
-        <v>3501</v>
+        <v>3516</v>
       </c>
       <c r="E380" t="s">
-        <v>3502</v>
+        <v>3517</v>
       </c>
       <c r="F380" t="s">
-        <v>3503</v>
+        <v>3518</v>
       </c>
       <c r="G380" t="s">
-        <v>3504</v>
+        <v>3519</v>
       </c>
       <c r="H380" t="s">
-        <v>3505</v>
+        <v>3520</v>
       </c>
       <c r="I380" t="s">
-        <v>3506</v>
+        <v>3521</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3507</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65000</v>
+        <v>58144</v>
       </c>
       <c r="B381" t="s">
-        <v>3508</v>
+        <v>3523</v>
       </c>
       <c r="C381" t="s">
-        <v>3509</v>
+        <v>3524</v>
       </c>
       <c r="D381" t="s">
-        <v>3510</v>
+        <v>3525</v>
       </c>
       <c r="E381" t="s">
-        <v>3511</v>
+        <v>3526</v>
       </c>
       <c r="F381" t="s">
-        <v>3512</v>
+        <v>3527</v>
       </c>
       <c r="G381" t="s">
-        <v>3513</v>
+        <v>3528</v>
       </c>
       <c r="H381" t="s">
-        <v>3514</v>
+        <v>3529</v>
       </c>
       <c r="I381" t="s">
-        <v>3515</v>
+        <v>3530</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
         <v>25</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
         <v>27</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3516</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65001</v>
+        <v>58148</v>
       </c>
       <c r="B382" t="s">
-        <v>3517</v>
+        <v>3532</v>
       </c>
       <c r="C382" t="s">
-        <v>3518</v>
+        <v>3533</v>
       </c>
       <c r="D382" t="s">
-        <v>3519</v>
+        <v>3534</v>
       </c>
       <c r="E382" t="s">
-        <v>3520</v>
+        <v>3535</v>
       </c>
       <c r="F382" t="s">
-        <v>3521</v>
+        <v>3536</v>
       </c>
       <c r="G382" t="s">
-        <v>3522</v>
+        <v>3537</v>
       </c>
       <c r="H382" t="s">
-        <v>3523</v>
+        <v>3538</v>
       </c>
       <c r="I382" t="s">
-        <v>3524</v>
+        <v>3539</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>170</v>
+        <v>1017</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>171</v>
+        <v>1018</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3525</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65002</v>
+        <v>58218</v>
       </c>
       <c r="B383" t="s">
-        <v>3526</v>
+        <v>3541</v>
       </c>
       <c r="C383" t="s">
-        <v>3527</v>
+        <v>3542</v>
       </c>
       <c r="D383" t="s">
-        <v>3528</v>
+        <v>3543</v>
       </c>
       <c r="E383" t="s">
-        <v>3529</v>
+        <v>3544</v>
       </c>
       <c r="F383" t="s">
-        <v>3530</v>
+        <v>3545</v>
       </c>
       <c r="G383" t="s">
-        <v>3531</v>
+        <v>3546</v>
       </c>
       <c r="H383" t="s">
-        <v>3532</v>
+        <v>3547</v>
       </c>
       <c r="I383" t="s">
-        <v>3533</v>
+        <v>3548</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3534</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65003</v>
+        <v>58223</v>
       </c>
       <c r="B384" t="s">
-        <v>3535</v>
+        <v>3550</v>
       </c>
       <c r="C384" t="s">
-        <v>3536</v>
+        <v>3551</v>
       </c>
       <c r="D384" t="s">
-        <v>3537</v>
+        <v>3552</v>
       </c>
       <c r="E384" t="s">
-        <v>3538</v>
+        <v>3553</v>
       </c>
       <c r="F384" t="s">
-        <v>3539</v>
+        <v>3554</v>
       </c>
       <c r="G384" t="s">
-        <v>3540</v>
+        <v>3555</v>
       </c>
       <c r="H384" t="s">
-        <v>3541</v>
+        <v>3556</v>
       </c>
       <c r="I384" t="s">
-        <v>3542</v>
+        <v>3557</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
         <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
         <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3543</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65004</v>
+        <v>58240</v>
       </c>
       <c r="B385" t="s">
-        <v>3544</v>
+        <v>3559</v>
       </c>
       <c r="C385" t="s">
-        <v>3545</v>
+        <v>3560</v>
       </c>
       <c r="D385" t="s">
-        <v>3546</v>
+        <v>3561</v>
       </c>
       <c r="E385" t="s">
-        <v>3547</v>
+        <v>3562</v>
       </c>
       <c r="F385" t="s">
-        <v>3548</v>
+        <v>3563</v>
       </c>
       <c r="G385" t="s">
-        <v>3549</v>
+        <v>3564</v>
       </c>
       <c r="H385" t="s">
-        <v>3550</v>
+        <v>3565</v>
       </c>
       <c r="I385" t="s">
-        <v>3551</v>
+        <v>3566</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>170</v>
+        <v>3567</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>171</v>
+        <v>3568</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3552</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65005</v>
+        <v>58259</v>
       </c>
       <c r="B386" t="s">
-        <v>3553</v>
+        <v>3570</v>
       </c>
       <c r="C386" t="s">
-        <v>3554</v>
+        <v>3571</v>
       </c>
       <c r="D386" t="s">
-        <v>3555</v>
+        <v>3572</v>
       </c>
       <c r="E386" t="s">
-        <v>3556</v>
+        <v>3573</v>
       </c>
       <c r="F386" t="s">
-        <v>3557</v>
+        <v>3574</v>
       </c>
       <c r="G386" t="s">
-        <v>3558</v>
+        <v>3575</v>
       </c>
       <c r="H386" t="s">
-        <v>3559</v>
+        <v>3576</v>
       </c>
       <c r="I386" t="s">
-        <v>3560</v>
+        <v>3577</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>3561</v>
+        <v>3578</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>3562</v>
+        <v>3579</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3563</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65006</v>
+        <v>64637</v>
       </c>
       <c r="B387" t="s">
-        <v>3564</v>
+        <v>3581</v>
       </c>
       <c r="C387" t="s">
-        <v>3565</v>
+        <v>3582</v>
       </c>
       <c r="D387" t="s">
-        <v>3566</v>
+        <v>3583</v>
       </c>
       <c r="E387" t="s">
-        <v>3567</v>
+        <v>3584</v>
       </c>
       <c r="F387" t="s">
-        <v>3568</v>
+        <v>3585</v>
       </c>
       <c r="G387" t="s">
-        <v>3569</v>
+        <v>3586</v>
       </c>
       <c r="H387" t="s">
-        <v>3570</v>
+        <v>3587</v>
       </c>
       <c r="I387" t="s">
-        <v>3571</v>
+        <v>3588</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>3572</v>
+        <v>47</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>3573</v>
+        <v>48</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3574</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65007</v>
+        <v>64643</v>
       </c>
       <c r="B388" t="s">
-        <v>3575</v>
+        <v>3590</v>
       </c>
       <c r="C388" t="s">
-        <v>3576</v>
+        <v>3591</v>
       </c>
       <c r="D388" t="s">
-        <v>3577</v>
+        <v>3592</v>
       </c>
       <c r="E388" t="s">
-        <v>3578</v>
+        <v>3593</v>
       </c>
       <c r="F388" t="s">
-        <v>3579</v>
+        <v>3594</v>
       </c>
       <c r="G388" t="s">
-        <v>3580</v>
+        <v>3595</v>
       </c>
       <c r="H388" t="s">
-        <v>3581</v>
+        <v>3596</v>
       </c>
       <c r="I388" t="s">
-        <v>3582</v>
+        <v>3597</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3583</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65008</v>
+        <v>64689</v>
       </c>
       <c r="B389" t="s">
-        <v>3584</v>
+        <v>3599</v>
       </c>
       <c r="C389" t="s">
-        <v>3585</v>
+        <v>3600</v>
       </c>
       <c r="D389" t="s">
-        <v>3586</v>
+        <v>3601</v>
       </c>
       <c r="E389" t="s">
-        <v>3587</v>
+        <v>3602</v>
       </c>
       <c r="F389" t="s">
-        <v>3588</v>
+        <v>3603</v>
       </c>
       <c r="G389" t="s">
-        <v>3589</v>
+        <v>3604</v>
       </c>
       <c r="H389" t="s">
-        <v>3590</v>
+        <v>3605</v>
       </c>
       <c r="I389" t="s">
-        <v>3591</v>
+        <v>3606</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3592</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65009</v>
+        <v>65000</v>
       </c>
       <c r="B390" t="s">
-        <v>3593</v>
+        <v>3608</v>
       </c>
       <c r="C390" t="s">
-        <v>3594</v>
+        <v>3609</v>
       </c>
       <c r="D390" t="s">
-        <v>3595</v>
+        <v>3610</v>
       </c>
       <c r="E390" t="s">
-        <v>3596</v>
+        <v>3611</v>
       </c>
       <c r="F390" t="s">
-        <v>3597</v>
+        <v>3612</v>
       </c>
       <c r="G390" t="s">
-        <v>3598</v>
+        <v>3613</v>
       </c>
       <c r="H390" t="s">
-        <v>3599</v>
+        <v>3614</v>
       </c>
       <c r="I390" t="s">
-        <v>3600</v>
+        <v>3615</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3601</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65010</v>
+        <v>65001</v>
       </c>
       <c r="B391" t="s">
-        <v>3602</v>
+        <v>3617</v>
       </c>
       <c r="C391" t="s">
-        <v>3603</v>
+        <v>3618</v>
       </c>
       <c r="D391" t="s">
-        <v>3604</v>
+        <v>3619</v>
       </c>
       <c r="E391" t="s">
-        <v>3605</v>
+        <v>3620</v>
       </c>
       <c r="F391" t="s">
-        <v>3606</v>
+        <v>3621</v>
       </c>
       <c r="G391" t="s">
-        <v>3607</v>
+        <v>3622</v>
       </c>
       <c r="H391" t="s">
-        <v>3608</v>
+        <v>3623</v>
       </c>
       <c r="I391" t="s">
-        <v>3609</v>
+        <v>3624</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3610</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65011</v>
+        <v>65002</v>
       </c>
       <c r="B392" t="s">
-        <v>3611</v>
+        <v>3626</v>
       </c>
       <c r="C392" t="s">
-        <v>3612</v>
+        <v>3627</v>
       </c>
       <c r="D392" t="s">
-        <v>3613</v>
+        <v>3628</v>
       </c>
       <c r="E392" t="s">
-        <v>3614</v>
+        <v>3629</v>
       </c>
       <c r="F392" t="s">
-        <v>3615</v>
+        <v>3630</v>
       </c>
       <c r="G392" t="s">
-        <v>3616</v>
+        <v>3631</v>
       </c>
       <c r="H392" t="s">
-        <v>3617</v>
+        <v>3632</v>
       </c>
       <c r="I392" t="s">
-        <v>3618</v>
+        <v>3633</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3619</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65012</v>
+        <v>65003</v>
       </c>
       <c r="B393" t="s">
-        <v>3620</v>
+        <v>3635</v>
       </c>
       <c r="C393" t="s">
-        <v>3621</v>
+        <v>3636</v>
       </c>
       <c r="D393" t="s">
-        <v>3622</v>
+        <v>3637</v>
       </c>
       <c r="E393" t="s">
-        <v>3623</v>
+        <v>3638</v>
       </c>
       <c r="F393" t="s">
-        <v>3624</v>
+        <v>3639</v>
       </c>
       <c r="G393" t="s">
-        <v>3625</v>
+        <v>3640</v>
       </c>
       <c r="H393" t="s">
-        <v>3626</v>
+        <v>3641</v>
       </c>
       <c r="I393" t="s">
-        <v>3627</v>
+        <v>3642</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>3628</v>
+        <v>170</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>3629</v>
+        <v>171</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3630</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65013</v>
+        <v>65004</v>
       </c>
       <c r="B394" t="s">
-        <v>3631</v>
+        <v>3644</v>
       </c>
       <c r="C394" t="s">
-        <v>3632</v>
+        <v>3645</v>
       </c>
       <c r="D394" t="s">
-        <v>3633</v>
+        <v>3646</v>
       </c>
       <c r="E394" t="s">
-        <v>3634</v>
+        <v>3647</v>
       </c>
       <c r="F394" t="s">
-        <v>3635</v>
+        <v>3648</v>
       </c>
       <c r="G394" t="s">
-        <v>3636</v>
+        <v>3649</v>
       </c>
       <c r="H394" t="s">
-        <v>3637</v>
+        <v>3650</v>
       </c>
       <c r="I394" t="s">
-        <v>3638</v>
+        <v>3651</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3639</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65014</v>
+        <v>65005</v>
       </c>
       <c r="B395" t="s">
-        <v>3640</v>
+        <v>3653</v>
       </c>
       <c r="C395" t="s">
-        <v>3641</v>
+        <v>3654</v>
       </c>
       <c r="D395" t="s">
-        <v>3642</v>
+        <v>3655</v>
       </c>
       <c r="E395" t="s">
-        <v>3643</v>
+        <v>3656</v>
       </c>
       <c r="F395" t="s">
-        <v>3644</v>
+        <v>3657</v>
       </c>
       <c r="G395" t="s">
-        <v>3645</v>
+        <v>3658</v>
       </c>
       <c r="H395" t="s">
-        <v>3646</v>
+        <v>3659</v>
       </c>
       <c r="I395" t="s">
-        <v>3647</v>
+        <v>3660</v>
       </c>
       <c r="J395" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>671</v>
+        <v>3661</v>
       </c>
       <c r="L395" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>672</v>
+        <v>3662</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3648</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65015</v>
+        <v>65006</v>
       </c>
       <c r="B396" t="s">
-        <v>3649</v>
+        <v>3664</v>
       </c>
       <c r="C396" t="s">
-        <v>3650</v>
+        <v>3665</v>
       </c>
       <c r="D396" t="s">
-        <v>3651</v>
+        <v>3666</v>
       </c>
       <c r="E396" t="s">
-        <v>3652</v>
+        <v>3667</v>
       </c>
       <c r="F396" t="s">
-        <v>3653</v>
+        <v>3668</v>
       </c>
       <c r="G396" t="s">
-        <v>3654</v>
+        <v>3669</v>
       </c>
       <c r="H396" t="s">
-        <v>3655</v>
+        <v>3670</v>
       </c>
       <c r="I396" t="s">
-        <v>3656</v>
+        <v>3671</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>170</v>
+        <v>3672</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>171</v>
+        <v>3673</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3657</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65016</v>
+        <v>65007</v>
       </c>
       <c r="B397" t="s">
-        <v>3658</v>
+        <v>3675</v>
       </c>
       <c r="C397" t="s">
-        <v>3659</v>
+        <v>3676</v>
       </c>
       <c r="D397" t="s">
-        <v>3660</v>
+        <v>3677</v>
       </c>
       <c r="E397" t="s">
-        <v>3661</v>
+        <v>3678</v>
       </c>
       <c r="F397" t="s">
-        <v>3662</v>
+        <v>3679</v>
       </c>
       <c r="G397" t="s">
-        <v>3663</v>
+        <v>3680</v>
       </c>
       <c r="H397" t="s">
-        <v>3664</v>
+        <v>3681</v>
       </c>
       <c r="I397" t="s">
-        <v>3665</v>
+        <v>3682</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>25</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>27</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3666</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65017</v>
+        <v>65008</v>
       </c>
       <c r="B398" t="s">
-        <v>3667</v>
+        <v>3684</v>
       </c>
       <c r="C398" t="s">
-        <v>3668</v>
+        <v>3685</v>
       </c>
       <c r="D398" t="s">
-        <v>3669</v>
+        <v>3686</v>
       </c>
       <c r="E398" t="s">
-        <v>3670</v>
+        <v>3687</v>
       </c>
       <c r="F398" t="s">
-        <v>3671</v>
+        <v>3688</v>
       </c>
       <c r="G398" t="s">
-        <v>3672</v>
+        <v>3689</v>
       </c>
       <c r="H398" t="s">
-        <v>3673</v>
+        <v>3690</v>
       </c>
       <c r="I398" t="s">
-        <v>3674</v>
+        <v>3691</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>3675</v>
+        <v>170</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>3676</v>
+        <v>171</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3677</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65018</v>
+        <v>65009</v>
       </c>
       <c r="B399" t="s">
-        <v>3678</v>
+        <v>3693</v>
       </c>
       <c r="C399" t="s">
-        <v>3679</v>
+        <v>3694</v>
       </c>
       <c r="D399" t="s">
-        <v>3680</v>
+        <v>3695</v>
       </c>
       <c r="E399" t="s">
-        <v>3681</v>
+        <v>3696</v>
       </c>
       <c r="F399" t="s">
-        <v>3682</v>
+        <v>3697</v>
       </c>
       <c r="G399" t="s">
-        <v>3683</v>
+        <v>3698</v>
       </c>
       <c r="H399" t="s">
-        <v>3684</v>
+        <v>3699</v>
       </c>
       <c r="I399" t="s">
-        <v>3685</v>
+        <v>3700</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>3686</v>
+        <v>170</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>3687</v>
+        <v>171</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3688</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65019</v>
+        <v>65010</v>
       </c>
       <c r="B400" t="s">
-        <v>3689</v>
+        <v>3702</v>
       </c>
       <c r="C400" t="s">
-        <v>3690</v>
+        <v>3703</v>
       </c>
       <c r="D400" t="s">
-        <v>3691</v>
+        <v>3704</v>
       </c>
       <c r="E400" t="s">
-        <v>3692</v>
+        <v>3705</v>
       </c>
       <c r="F400" t="s">
-        <v>3693</v>
+        <v>3706</v>
       </c>
       <c r="G400" t="s">
-        <v>3694</v>
+        <v>3707</v>
       </c>
       <c r="H400" t="s">
-        <v>3695</v>
+        <v>3708</v>
       </c>
       <c r="I400" t="s">
-        <v>3696</v>
+        <v>3709</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3697</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65020</v>
+        <v>65011</v>
       </c>
       <c r="B401" t="s">
-        <v>3698</v>
+        <v>3711</v>
       </c>
       <c r="C401" t="s">
-        <v>3699</v>
+        <v>3712</v>
       </c>
       <c r="D401" t="s">
-        <v>3700</v>
+        <v>3713</v>
       </c>
       <c r="E401" t="s">
-        <v>3701</v>
+        <v>3714</v>
       </c>
       <c r="F401" t="s">
-        <v>3702</v>
+        <v>3715</v>
       </c>
       <c r="G401" t="s">
-        <v>3703</v>
+        <v>3716</v>
       </c>
       <c r="H401" t="s">
-        <v>3704</v>
+        <v>3717</v>
       </c>
       <c r="I401" t="s">
-        <v>3705</v>
+        <v>3718</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>3706</v>
+        <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>3707</v>
+        <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3708</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65021</v>
+        <v>65012</v>
       </c>
       <c r="B402" t="s">
-        <v>3709</v>
+        <v>3720</v>
       </c>
       <c r="C402" t="s">
-        <v>3710</v>
+        <v>3721</v>
       </c>
       <c r="D402" t="s">
-        <v>3711</v>
+        <v>3722</v>
       </c>
       <c r="E402" t="s">
-        <v>3712</v>
+        <v>3723</v>
       </c>
       <c r="F402" t="s">
-        <v>3713</v>
+        <v>3724</v>
       </c>
       <c r="G402" t="s">
-        <v>3714</v>
+        <v>3725</v>
       </c>
       <c r="H402" t="s">
-        <v>3715</v>
+        <v>3726</v>
       </c>
       <c r="I402" t="s">
-        <v>3716</v>
+        <v>3727</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>25</v>
+        <v>3728</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>27</v>
+        <v>3729</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3717</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65022</v>
+        <v>65013</v>
       </c>
       <c r="B403" t="s">
-        <v>3718</v>
+        <v>3731</v>
       </c>
       <c r="C403" t="s">
-        <v>3719</v>
+        <v>3732</v>
       </c>
       <c r="D403" t="s">
-        <v>3720</v>
+        <v>3733</v>
       </c>
       <c r="E403" t="s">
-        <v>3721</v>
+        <v>3734</v>
       </c>
       <c r="F403" t="s">
-        <v>3722</v>
+        <v>3735</v>
       </c>
       <c r="G403" t="s">
-        <v>3723</v>
+        <v>3736</v>
       </c>
       <c r="H403" t="s">
-        <v>3724</v>
+        <v>3737</v>
       </c>
       <c r="I403" t="s">
-        <v>3725</v>
+        <v>3738</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
         <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
         <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3726</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65023</v>
+        <v>65014</v>
       </c>
       <c r="B404" t="s">
-        <v>3727</v>
+        <v>3740</v>
       </c>
       <c r="C404" t="s">
-        <v>3728</v>
+        <v>3741</v>
       </c>
       <c r="D404" t="s">
-        <v>3729</v>
+        <v>3742</v>
       </c>
       <c r="E404" t="s">
-        <v>3730</v>
+        <v>3743</v>
       </c>
       <c r="F404" t="s">
-        <v>3731</v>
+        <v>3744</v>
       </c>
       <c r="G404" t="s">
-        <v>3732</v>
+        <v>3745</v>
       </c>
       <c r="H404" t="s">
-        <v>3733</v>
+        <v>3746</v>
       </c>
       <c r="I404" t="s">
-        <v>3734</v>
+        <v>3747</v>
       </c>
       <c r="J404" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K404" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L404" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M404" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3735</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65025</v>
+        <v>65015</v>
       </c>
       <c r="B405" t="s">
-        <v>3736</v>
+        <v>3749</v>
       </c>
       <c r="C405" t="s">
-        <v>3737</v>
+        <v>3750</v>
       </c>
       <c r="D405" t="s">
-        <v>3738</v>
+        <v>3751</v>
       </c>
       <c r="E405" t="s">
-        <v>3739</v>
+        <v>3752</v>
       </c>
       <c r="F405" t="s">
-        <v>3740</v>
+        <v>3753</v>
       </c>
       <c r="G405" t="s">
-        <v>3741</v>
+        <v>3754</v>
       </c>
       <c r="H405" t="s">
-        <v>3742</v>
+        <v>3755</v>
       </c>
       <c r="I405" t="s">
-        <v>3743</v>
+        <v>3756</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3744</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65026</v>
+        <v>65016</v>
       </c>
       <c r="B406" t="s">
-        <v>3745</v>
+        <v>3758</v>
       </c>
       <c r="C406" t="s">
-        <v>3746</v>
+        <v>3759</v>
       </c>
       <c r="D406" t="s">
-        <v>3747</v>
+        <v>3760</v>
       </c>
       <c r="E406" t="s">
-        <v>3748</v>
+        <v>3761</v>
       </c>
       <c r="F406" t="s">
-        <v>3749</v>
+        <v>3762</v>
       </c>
       <c r="G406" t="s">
-        <v>3750</v>
+        <v>3763</v>
       </c>
       <c r="H406" t="s">
-        <v>3751</v>
+        <v>3764</v>
       </c>
       <c r="I406" t="s">
-        <v>3752</v>
+        <v>3765</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
         <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
         <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3753</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65027</v>
+        <v>65017</v>
       </c>
       <c r="B407" t="s">
-        <v>3754</v>
+        <v>3767</v>
       </c>
       <c r="C407" t="s">
-        <v>3755</v>
+        <v>3768</v>
       </c>
       <c r="D407" t="s">
-        <v>3756</v>
+        <v>3769</v>
       </c>
       <c r="E407" t="s">
-        <v>3757</v>
+        <v>3770</v>
       </c>
       <c r="F407" t="s">
-        <v>3758</v>
+        <v>3771</v>
       </c>
       <c r="G407" t="s">
-        <v>3759</v>
+        <v>3772</v>
       </c>
       <c r="H407" t="s">
-        <v>3760</v>
+        <v>3773</v>
       </c>
       <c r="I407" t="s">
-        <v>3761</v>
+        <v>3774</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>671</v>
+        <v>3775</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>672</v>
+        <v>3776</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3762</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65028</v>
+        <v>65018</v>
       </c>
       <c r="B408" t="s">
-        <v>3763</v>
+        <v>3778</v>
       </c>
       <c r="C408" t="s">
-        <v>3764</v>
+        <v>3779</v>
       </c>
       <c r="D408" t="s">
-        <v>3765</v>
+        <v>3780</v>
       </c>
       <c r="E408" t="s">
-        <v>3766</v>
+        <v>3781</v>
       </c>
       <c r="F408" t="s">
-        <v>3767</v>
+        <v>3782</v>
       </c>
       <c r="G408" t="s">
-        <v>3768</v>
+        <v>3783</v>
       </c>
       <c r="H408" t="s">
-        <v>3769</v>
+        <v>3784</v>
       </c>
       <c r="I408" t="s">
-        <v>3770</v>
+        <v>3785</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>25</v>
+        <v>3786</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>27</v>
+        <v>3787</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3771</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65030</v>
+        <v>65019</v>
       </c>
       <c r="B409" t="s">
-        <v>3772</v>
+        <v>3789</v>
       </c>
       <c r="C409" t="s">
-        <v>3773</v>
+        <v>3790</v>
       </c>
       <c r="D409" t="s">
-        <v>3774</v>
+        <v>3791</v>
       </c>
       <c r="E409" t="s">
-        <v>3775</v>
+        <v>3792</v>
       </c>
       <c r="F409" t="s">
-        <v>3776</v>
+        <v>3793</v>
       </c>
       <c r="G409" t="s">
-        <v>3777</v>
+        <v>3794</v>
       </c>
       <c r="H409" t="s">
-        <v>3778</v>
+        <v>3795</v>
       </c>
       <c r="I409" t="s">
-        <v>3779</v>
+        <v>3796</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3780</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65031</v>
+        <v>65020</v>
       </c>
       <c r="B410" t="s">
-        <v>3781</v>
+        <v>3798</v>
       </c>
       <c r="C410" t="s">
-        <v>3782</v>
+        <v>3799</v>
       </c>
       <c r="D410" t="s">
-        <v>3783</v>
+        <v>3800</v>
       </c>
       <c r="E410" t="s">
-        <v>3784</v>
+        <v>3801</v>
       </c>
       <c r="F410" t="s">
-        <v>3785</v>
+        <v>3802</v>
       </c>
       <c r="G410" t="s">
-        <v>3786</v>
+        <v>3803</v>
       </c>
       <c r="H410" t="s">
-        <v>3787</v>
+        <v>3804</v>
       </c>
       <c r="I410" t="s">
-        <v>3788</v>
+        <v>3805</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>25</v>
+        <v>3806</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>27</v>
+        <v>3807</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3789</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65032</v>
+        <v>65021</v>
       </c>
       <c r="B411" t="s">
-        <v>3790</v>
+        <v>3809</v>
       </c>
       <c r="C411" t="s">
-        <v>3791</v>
+        <v>3810</v>
       </c>
       <c r="D411" t="s">
-        <v>3792</v>
+        <v>3811</v>
       </c>
       <c r="E411" t="s">
-        <v>3793</v>
+        <v>3812</v>
       </c>
       <c r="F411" t="s">
-        <v>3794</v>
+        <v>3813</v>
       </c>
       <c r="G411" t="s">
-        <v>3795</v>
+        <v>3814</v>
       </c>
       <c r="H411" t="s">
-        <v>3796</v>
+        <v>3815</v>
       </c>
       <c r="I411" t="s">
-        <v>3797</v>
+        <v>3816</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3798</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65033</v>
+        <v>65022</v>
       </c>
       <c r="B412" t="s">
-        <v>3799</v>
+        <v>3818</v>
       </c>
       <c r="C412" t="s">
-        <v>3800</v>
+        <v>3819</v>
       </c>
       <c r="D412" t="s">
-        <v>3801</v>
+        <v>3820</v>
       </c>
       <c r="E412" t="s">
-        <v>3802</v>
+        <v>3821</v>
       </c>
       <c r="F412" t="s">
-        <v>3803</v>
+        <v>3822</v>
       </c>
       <c r="G412" t="s">
-        <v>3804</v>
+        <v>3823</v>
       </c>
       <c r="H412" t="s">
-        <v>3805</v>
+        <v>3824</v>
       </c>
       <c r="I412" t="s">
-        <v>3806</v>
+        <v>3825</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>3807</v>
+        <v>25</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>3808</v>
+        <v>27</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3809</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65034</v>
+        <v>65023</v>
       </c>
       <c r="B413" t="s">
-        <v>3810</v>
+        <v>3827</v>
       </c>
       <c r="C413" t="s">
-        <v>3811</v>
+        <v>3828</v>
       </c>
       <c r="D413" t="s">
-        <v>3812</v>
+        <v>3829</v>
       </c>
       <c r="E413" t="s">
-        <v>3813</v>
+        <v>3830</v>
       </c>
       <c r="F413" t="s">
-        <v>3814</v>
+        <v>3831</v>
       </c>
       <c r="G413" t="s">
-        <v>3815</v>
+        <v>3832</v>
       </c>
       <c r="H413" t="s">
-        <v>3816</v>
+        <v>3833</v>
       </c>
       <c r="I413" t="s">
-        <v>3817</v>
+        <v>3834</v>
       </c>
       <c r="J413" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L413" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>571</v>
+        <v>27</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3818</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65035</v>
+        <v>65025</v>
       </c>
       <c r="B414" t="s">
-        <v>3819</v>
+        <v>3836</v>
       </c>
       <c r="C414" t="s">
-        <v>3820</v>
+        <v>3837</v>
       </c>
       <c r="D414" t="s">
-        <v>3821</v>
+        <v>3838</v>
       </c>
       <c r="E414" t="s">
-        <v>3822</v>
+        <v>3839</v>
       </c>
       <c r="F414" t="s">
-        <v>3823</v>
+        <v>3840</v>
       </c>
       <c r="G414" t="s">
-        <v>3824</v>
+        <v>3841</v>
       </c>
       <c r="H414" t="s">
-        <v>3825</v>
+        <v>3842</v>
       </c>
       <c r="I414" t="s">
-        <v>3826</v>
+        <v>3843</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
         <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
         <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3827</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65036</v>
+        <v>65026</v>
       </c>
       <c r="B415" t="s">
-        <v>3828</v>
+        <v>3845</v>
       </c>
       <c r="C415" t="s">
-        <v>3829</v>
+        <v>3846</v>
       </c>
       <c r="D415" t="s">
-        <v>3830</v>
+        <v>3847</v>
       </c>
       <c r="E415" t="s">
-        <v>3831</v>
+        <v>3848</v>
       </c>
       <c r="F415" t="s">
-        <v>3832</v>
+        <v>3849</v>
       </c>
       <c r="G415" t="s">
-        <v>3833</v>
+        <v>3850</v>
       </c>
       <c r="H415" t="s">
-        <v>3834</v>
+        <v>3851</v>
       </c>
       <c r="I415" t="s">
-        <v>3835</v>
+        <v>3852</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
         <v>25</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
         <v>27</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3836</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65037</v>
+        <v>65027</v>
       </c>
       <c r="B416" t="s">
-        <v>3837</v>
+        <v>3854</v>
       </c>
       <c r="C416" t="s">
-        <v>3838</v>
+        <v>3855</v>
       </c>
       <c r="D416" t="s">
-        <v>3839</v>
+        <v>3856</v>
       </c>
       <c r="E416" t="s">
-        <v>3840</v>
+        <v>3857</v>
       </c>
       <c r="F416" t="s">
-        <v>3841</v>
+        <v>3858</v>
       </c>
       <c r="G416" t="s">
-        <v>3842</v>
+        <v>3859</v>
       </c>
       <c r="H416" t="s">
-        <v>3843</v>
+        <v>3860</v>
       </c>
       <c r="I416" t="s">
-        <v>3844</v>
+        <v>3861</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3845</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65038</v>
+        <v>65028</v>
       </c>
       <c r="B417" t="s">
-        <v>3846</v>
+        <v>3863</v>
       </c>
       <c r="C417" t="s">
-        <v>3847</v>
+        <v>3864</v>
       </c>
       <c r="D417" t="s">
-        <v>3848</v>
+        <v>3865</v>
       </c>
       <c r="E417" t="s">
-        <v>3849</v>
+        <v>3866</v>
       </c>
       <c r="F417" t="s">
-        <v>3850</v>
+        <v>3867</v>
       </c>
       <c r="G417" t="s">
-        <v>3851</v>
+        <v>3868</v>
       </c>
       <c r="H417" t="s">
-        <v>3852</v>
+        <v>3869</v>
       </c>
       <c r="I417" t="s">
-        <v>3853</v>
+        <v>3870</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3854</v>
+        <v>3871</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65039</v>
+        <v>65030</v>
       </c>
       <c r="B418" t="s">
-        <v>3855</v>
+        <v>3872</v>
       </c>
       <c r="C418" t="s">
-        <v>3856</v>
+        <v>3873</v>
       </c>
       <c r="D418" t="s">
-        <v>3857</v>
+        <v>3874</v>
       </c>
       <c r="E418" t="s">
-        <v>3858</v>
+        <v>3875</v>
       </c>
       <c r="F418" t="s">
-        <v>3859</v>
+        <v>3876</v>
       </c>
       <c r="G418" t="s">
-        <v>3860</v>
+        <v>3877</v>
       </c>
       <c r="H418" t="s">
-        <v>3861</v>
+        <v>3878</v>
       </c>
       <c r="I418" t="s">
-        <v>3862</v>
+        <v>3879</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3863</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65040</v>
+        <v>65031</v>
       </c>
       <c r="B419" t="s">
-        <v>3864</v>
+        <v>3881</v>
       </c>
       <c r="C419" t="s">
-        <v>3865</v>
+        <v>3882</v>
       </c>
       <c r="D419" t="s">
-        <v>3866</v>
+        <v>3883</v>
       </c>
       <c r="E419" t="s">
-        <v>3867</v>
+        <v>3884</v>
       </c>
       <c r="F419" t="s">
-        <v>3868</v>
+        <v>3885</v>
       </c>
       <c r="G419" t="s">
-        <v>3869</v>
+        <v>3886</v>
       </c>
       <c r="H419" t="s">
-        <v>3870</v>
+        <v>3887</v>
       </c>
       <c r="I419" t="s">
-        <v>3871</v>
+        <v>3888</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>1323</v>
+        <v>25</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>1325</v>
+        <v>27</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3872</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65043</v>
+        <v>65032</v>
       </c>
       <c r="B420" t="s">
-        <v>3873</v>
+        <v>3890</v>
       </c>
       <c r="C420" t="s">
-        <v>3874</v>
+        <v>3891</v>
       </c>
       <c r="D420" t="s">
-        <v>3875</v>
+        <v>3892</v>
       </c>
       <c r="E420" t="s">
-        <v>3876</v>
+        <v>3893</v>
       </c>
       <c r="F420" t="s">
-        <v>3877</v>
+        <v>3894</v>
       </c>
       <c r="G420" t="s">
-        <v>3878</v>
+        <v>3895</v>
       </c>
       <c r="H420" t="s">
-        <v>3879</v>
+        <v>3896</v>
       </c>
       <c r="I420" t="s">
-        <v>3880</v>
+        <v>3897</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3881</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65044</v>
+        <v>65033</v>
       </c>
       <c r="B421" t="s">
-        <v>3882</v>
+        <v>3899</v>
       </c>
       <c r="C421" t="s">
-        <v>3883</v>
+        <v>3900</v>
       </c>
       <c r="D421" t="s">
-        <v>3884</v>
+        <v>3901</v>
       </c>
       <c r="E421" t="s">
-        <v>3885</v>
+        <v>3902</v>
       </c>
       <c r="F421" t="s">
-        <v>3886</v>
+        <v>3903</v>
       </c>
       <c r="G421" t="s">
-        <v>3887</v>
+        <v>3904</v>
       </c>
       <c r="H421" t="s">
-        <v>3888</v>
+        <v>3905</v>
       </c>
       <c r="I421" t="s">
-        <v>3889</v>
+        <v>3906</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>25</v>
+        <v>3907</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>27</v>
+        <v>3908</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3890</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65045</v>
+        <v>65034</v>
       </c>
       <c r="B422" t="s">
-        <v>3891</v>
+        <v>3910</v>
       </c>
       <c r="C422" t="s">
-        <v>3892</v>
+        <v>3911</v>
       </c>
       <c r="D422" t="s">
-        <v>3893</v>
+        <v>3912</v>
       </c>
       <c r="E422" t="s">
-        <v>3894</v>
+        <v>3913</v>
       </c>
       <c r="F422" t="s">
-        <v>3895</v>
+        <v>3914</v>
       </c>
       <c r="G422" t="s">
-        <v>3896</v>
+        <v>3915</v>
       </c>
       <c r="H422" t="s">
-        <v>3897</v>
+        <v>3916</v>
       </c>
       <c r="I422" t="s">
-        <v>3898</v>
+        <v>3917</v>
       </c>
       <c r="J422" t="s">
-        <v>58</v>
+        <v>441</v>
       </c>
       <c r="K422" t="s">
-        <v>3899</v>
+        <v>571</v>
       </c>
       <c r="L422" t="s">
-        <v>60</v>
+        <v>443</v>
       </c>
       <c r="M422" t="s">
-        <v>3900</v>
+        <v>572</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3901</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65046</v>
+        <v>65035</v>
       </c>
       <c r="B423" t="s">
-        <v>3902</v>
+        <v>3919</v>
       </c>
       <c r="C423" t="s">
-        <v>3903</v>
+        <v>3920</v>
       </c>
       <c r="D423" t="s">
-        <v>3904</v>
+        <v>3921</v>
       </c>
       <c r="E423" t="s">
-        <v>3905</v>
+        <v>3922</v>
       </c>
       <c r="F423" t="s">
-        <v>3906</v>
+        <v>3923</v>
       </c>
       <c r="G423" t="s">
-        <v>3907</v>
+        <v>3924</v>
       </c>
       <c r="H423" t="s">
-        <v>3908</v>
+        <v>3925</v>
       </c>
       <c r="I423" t="s">
-        <v>3909</v>
+        <v>3926</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3910</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65047</v>
+        <v>65036</v>
       </c>
       <c r="B424" t="s">
-        <v>3911</v>
+        <v>3928</v>
       </c>
       <c r="C424" t="s">
-        <v>3912</v>
+        <v>3929</v>
       </c>
       <c r="D424" t="s">
-        <v>3913</v>
+        <v>3930</v>
       </c>
       <c r="E424" t="s">
-        <v>3914</v>
+        <v>3931</v>
       </c>
       <c r="F424" t="s">
-        <v>3915</v>
+        <v>3932</v>
       </c>
       <c r="G424" t="s">
-        <v>3916</v>
+        <v>3933</v>
       </c>
       <c r="H424" t="s">
-        <v>3917</v>
+        <v>3934</v>
       </c>
       <c r="I424" t="s">
-        <v>3918</v>
+        <v>3935</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>3899</v>
+        <v>25</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>3900</v>
+        <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3919</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65049</v>
+        <v>65037</v>
       </c>
       <c r="B425" t="s">
-        <v>3920</v>
+        <v>3937</v>
       </c>
       <c r="C425" t="s">
-        <v>3921</v>
+        <v>3938</v>
       </c>
       <c r="D425" t="s">
-        <v>3922</v>
+        <v>3939</v>
       </c>
       <c r="E425" t="s">
-        <v>3923</v>
+        <v>3940</v>
       </c>
       <c r="F425" t="s">
-        <v>3924</v>
+        <v>3941</v>
       </c>
       <c r="G425" t="s">
-        <v>3925</v>
+        <v>3942</v>
       </c>
       <c r="H425" t="s">
-        <v>3926</v>
+        <v>3943</v>
       </c>
       <c r="I425" t="s">
-        <v>3927</v>
+        <v>3944</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3928</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65050</v>
+        <v>65038</v>
       </c>
       <c r="B426" t="s">
-        <v>3929</v>
+        <v>3946</v>
       </c>
       <c r="C426" t="s">
-        <v>3930</v>
+        <v>3947</v>
       </c>
       <c r="D426" t="s">
-        <v>3931</v>
+        <v>3948</v>
       </c>
       <c r="E426" t="s">
-        <v>3932</v>
+        <v>3949</v>
       </c>
       <c r="F426" t="s">
-        <v>3933</v>
+        <v>3950</v>
       </c>
       <c r="G426" t="s">
-        <v>3934</v>
+        <v>3951</v>
       </c>
       <c r="H426" t="s">
-        <v>3935</v>
+        <v>3952</v>
       </c>
       <c r="I426" t="s">
-        <v>3936</v>
+        <v>3953</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3937</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65051</v>
+        <v>65039</v>
       </c>
       <c r="B427" t="s">
-        <v>3938</v>
+        <v>3955</v>
       </c>
       <c r="C427" t="s">
-        <v>3939</v>
+        <v>3956</v>
       </c>
       <c r="D427" t="s">
-        <v>3940</v>
+        <v>3957</v>
       </c>
       <c r="E427" t="s">
-        <v>3941</v>
+        <v>3958</v>
       </c>
       <c r="F427" t="s">
-        <v>3942</v>
+        <v>3959</v>
       </c>
       <c r="G427" t="s">
-        <v>3943</v>
+        <v>3960</v>
       </c>
       <c r="H427" t="s">
-        <v>3944</v>
+        <v>3961</v>
       </c>
       <c r="I427" t="s">
-        <v>3945</v>
+        <v>3962</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>727</v>
+        <v>170</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>728</v>
+        <v>171</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3946</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65053</v>
+        <v>65040</v>
       </c>
       <c r="B428" t="s">
-        <v>3947</v>
+        <v>3964</v>
       </c>
       <c r="C428" t="s">
-        <v>3948</v>
+        <v>3965</v>
       </c>
       <c r="D428" t="s">
-        <v>3949</v>
+        <v>3966</v>
       </c>
       <c r="E428" t="s">
-        <v>3950</v>
+        <v>3967</v>
       </c>
       <c r="F428" t="s">
-        <v>3951</v>
+        <v>3968</v>
       </c>
       <c r="G428" t="s">
-        <v>3952</v>
+        <v>3969</v>
       </c>
       <c r="H428" t="s">
-        <v>3953</v>
+        <v>3970</v>
       </c>
       <c r="I428" t="s">
-        <v>3954</v>
+        <v>3971</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>170</v>
+        <v>1325</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>171</v>
+        <v>1327</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3955</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65054</v>
+        <v>65043</v>
       </c>
       <c r="B429" t="s">
-        <v>3956</v>
+        <v>3973</v>
       </c>
       <c r="C429" t="s">
-        <v>3957</v>
+        <v>3974</v>
       </c>
       <c r="D429" t="s">
-        <v>3958</v>
+        <v>3975</v>
       </c>
       <c r="E429" t="s">
-        <v>3959</v>
+        <v>3976</v>
       </c>
       <c r="F429" t="s">
-        <v>3960</v>
+        <v>3977</v>
       </c>
       <c r="G429" t="s">
-        <v>3961</v>
+        <v>3978</v>
       </c>
       <c r="H429" t="s">
-        <v>3962</v>
+        <v>3979</v>
       </c>
       <c r="I429" t="s">
-        <v>3963</v>
+        <v>3980</v>
       </c>
       <c r="J429" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>3964</v>
+        <v>25</v>
       </c>
       <c r="L429" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>3965</v>
+        <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3966</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65055</v>
+        <v>65044</v>
       </c>
       <c r="B430" t="s">
-        <v>3967</v>
+        <v>3982</v>
       </c>
       <c r="C430" t="s">
-        <v>3968</v>
+        <v>3983</v>
       </c>
       <c r="D430" t="s">
-        <v>3969</v>
+        <v>3984</v>
       </c>
       <c r="E430" t="s">
-        <v>3970</v>
+        <v>3985</v>
       </c>
       <c r="F430" t="s">
-        <v>3971</v>
+        <v>3986</v>
       </c>
       <c r="G430" t="s">
-        <v>3972</v>
+        <v>3987</v>
       </c>
       <c r="H430" t="s">
-        <v>3973</v>
+        <v>3988</v>
       </c>
       <c r="I430" t="s">
-        <v>3974</v>
+        <v>3989</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>571</v>
+        <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3975</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65057</v>
+        <v>65045</v>
       </c>
       <c r="B431" t="s">
-        <v>3976</v>
+        <v>3991</v>
       </c>
       <c r="C431" t="s">
-        <v>3977</v>
+        <v>3992</v>
       </c>
       <c r="D431" t="s">
-        <v>3978</v>
+        <v>3993</v>
       </c>
       <c r="E431" t="s">
-        <v>3979</v>
+        <v>3994</v>
       </c>
       <c r="F431" t="s">
-        <v>3980</v>
+        <v>3995</v>
       </c>
       <c r="G431" t="s">
-        <v>3981</v>
+        <v>3996</v>
       </c>
       <c r="H431" t="s">
-        <v>3982</v>
+        <v>3997</v>
       </c>
       <c r="I431" t="s">
-        <v>3983</v>
+        <v>3998</v>
       </c>
       <c r="J431" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K431" t="s">
-        <v>274</v>
+        <v>3999</v>
       </c>
       <c r="L431" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M431" t="s">
-        <v>275</v>
+        <v>4000</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3984</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65058</v>
+        <v>65046</v>
       </c>
       <c r="B432" t="s">
-        <v>3985</v>
+        <v>4002</v>
       </c>
       <c r="C432" t="s">
-        <v>3986</v>
+        <v>4003</v>
       </c>
       <c r="D432" t="s">
-        <v>3987</v>
+        <v>4004</v>
       </c>
       <c r="E432" t="s">
-        <v>3988</v>
+        <v>4005</v>
       </c>
       <c r="F432" t="s">
-        <v>3989</v>
+        <v>4006</v>
       </c>
       <c r="G432" t="s">
-        <v>3990</v>
+        <v>4007</v>
       </c>
       <c r="H432" t="s">
-        <v>3991</v>
+        <v>4008</v>
       </c>
       <c r="I432" t="s">
-        <v>3992</v>
+        <v>4009</v>
       </c>
       <c r="J432" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>671</v>
+        <v>47</v>
       </c>
       <c r="L432" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>672</v>
+        <v>48</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3993</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65059</v>
+        <v>65047</v>
       </c>
       <c r="B433" t="s">
-        <v>3994</v>
+        <v>4011</v>
       </c>
       <c r="C433" t="s">
-        <v>3995</v>
+        <v>4012</v>
       </c>
       <c r="D433" t="s">
-        <v>3996</v>
+        <v>4013</v>
       </c>
       <c r="E433" t="s">
-        <v>3997</v>
+        <v>4014</v>
       </c>
       <c r="F433" t="s">
-        <v>3998</v>
+        <v>4015</v>
       </c>
       <c r="G433" t="s">
+        <v>4016</v>
+      </c>
+      <c r="H433" t="s">
+        <v>4017</v>
+      </c>
+      <c r="I433" t="s">
+        <v>4018</v>
+      </c>
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
         <v>3999</v>
       </c>
-      <c r="H433" t="s">
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
         <v>4000</v>
       </c>
-      <c r="I433" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>4002</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65060</v>
+        <v>65049</v>
       </c>
       <c r="B434" t="s">
-        <v>4003</v>
+        <v>4020</v>
       </c>
       <c r="C434" t="s">
-        <v>4004</v>
+        <v>4021</v>
       </c>
       <c r="D434" t="s">
-        <v>4005</v>
+        <v>4022</v>
       </c>
       <c r="E434" t="s">
-        <v>4006</v>
+        <v>4023</v>
       </c>
       <c r="F434" t="s">
-        <v>4007</v>
+        <v>4024</v>
       </c>
       <c r="G434" t="s">
-        <v>4008</v>
+        <v>4025</v>
       </c>
       <c r="H434" t="s">
-        <v>4009</v>
+        <v>4026</v>
       </c>
       <c r="I434" t="s">
-        <v>4010</v>
+        <v>4027</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4011</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65061</v>
+        <v>65050</v>
       </c>
       <c r="B435" t="s">
-        <v>4012</v>
+        <v>4029</v>
       </c>
       <c r="C435" t="s">
-        <v>4013</v>
+        <v>4030</v>
       </c>
       <c r="D435" t="s">
-        <v>4014</v>
+        <v>4031</v>
       </c>
       <c r="E435" t="s">
-        <v>4015</v>
+        <v>4032</v>
       </c>
       <c r="F435" t="s">
-        <v>4016</v>
+        <v>4033</v>
       </c>
       <c r="G435" t="s">
-        <v>4017</v>
+        <v>4034</v>
       </c>
       <c r="H435" t="s">
-        <v>4018</v>
+        <v>4035</v>
       </c>
       <c r="I435" t="s">
-        <v>4019</v>
+        <v>4036</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>1323</v>
+        <v>25</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>1325</v>
+        <v>27</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4020</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65062</v>
+        <v>65051</v>
       </c>
       <c r="B436" t="s">
-        <v>4021</v>
+        <v>4038</v>
       </c>
       <c r="C436" t="s">
-        <v>4022</v>
+        <v>4039</v>
       </c>
       <c r="D436" t="s">
-        <v>4023</v>
+        <v>4040</v>
       </c>
       <c r="E436" t="s">
-        <v>4024</v>
+        <v>4041</v>
       </c>
       <c r="F436" t="s">
-        <v>4025</v>
+        <v>4042</v>
       </c>
       <c r="G436" t="s">
-        <v>4026</v>
+        <v>4043</v>
       </c>
       <c r="H436" t="s">
-        <v>4027</v>
+        <v>4044</v>
       </c>
       <c r="I436" t="s">
-        <v>4028</v>
+        <v>4045</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>25</v>
+        <v>728</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>27</v>
+        <v>729</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4029</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65063</v>
+        <v>65053</v>
       </c>
       <c r="B437" t="s">
-        <v>4030</v>
+        <v>4047</v>
       </c>
       <c r="C437" t="s">
-        <v>4031</v>
+        <v>4048</v>
       </c>
       <c r="D437" t="s">
-        <v>4032</v>
+        <v>4049</v>
       </c>
       <c r="E437" t="s">
-        <v>4033</v>
+        <v>4050</v>
       </c>
       <c r="F437" t="s">
-        <v>4034</v>
+        <v>4051</v>
       </c>
       <c r="G437" t="s">
-        <v>4035</v>
+        <v>4052</v>
       </c>
       <c r="H437" t="s">
-        <v>4036</v>
+        <v>4053</v>
       </c>
       <c r="I437" t="s">
-        <v>4037</v>
+        <v>4054</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>1016</v>
+        <v>170</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>1017</v>
+        <v>171</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4038</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65065</v>
+        <v>65054</v>
       </c>
       <c r="B438" t="s">
-        <v>4039</v>
+        <v>4056</v>
       </c>
       <c r="C438" t="s">
-        <v>4040</v>
+        <v>4057</v>
       </c>
       <c r="D438" t="s">
-        <v>4041</v>
+        <v>4058</v>
       </c>
       <c r="E438" t="s">
-        <v>4042</v>
+        <v>4059</v>
       </c>
       <c r="F438" t="s">
-        <v>4043</v>
+        <v>4060</v>
       </c>
       <c r="G438" t="s">
-        <v>4044</v>
+        <v>4061</v>
       </c>
       <c r="H438" t="s">
-        <v>4045</v>
+        <v>4062</v>
       </c>
       <c r="I438" t="s">
-        <v>4046</v>
+        <v>4063</v>
       </c>
       <c r="J438" t="s">
-        <v>4047</v>
+        <v>441</v>
       </c>
       <c r="K438" t="s">
-        <v>1323</v>
+        <v>208</v>
       </c>
       <c r="L438" t="s">
-        <v>4048</v>
+        <v>443</v>
       </c>
       <c r="M438" t="s">
-        <v>1325</v>
+        <v>209</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4049</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65068</v>
+        <v>65055</v>
       </c>
       <c r="B439" t="s">
-        <v>4050</v>
+        <v>4065</v>
       </c>
       <c r="C439" t="s">
-        <v>4051</v>
+        <v>4066</v>
       </c>
       <c r="D439" t="s">
-        <v>4052</v>
+        <v>4067</v>
       </c>
       <c r="E439" t="s">
-        <v>4053</v>
+        <v>4068</v>
       </c>
       <c r="F439" t="s">
-        <v>4054</v>
+        <v>4069</v>
       </c>
       <c r="G439" t="s">
-        <v>4055</v>
+        <v>4070</v>
       </c>
       <c r="H439" t="s">
-        <v>4056</v>
+        <v>4071</v>
       </c>
       <c r="I439" t="s">
-        <v>4057</v>
+        <v>4072</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4058</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65069</v>
+        <v>65057</v>
       </c>
       <c r="B440" t="s">
-        <v>4059</v>
+        <v>4074</v>
       </c>
       <c r="C440" t="s">
-        <v>4060</v>
+        <v>4075</v>
       </c>
       <c r="D440" t="s">
-        <v>4061</v>
+        <v>4076</v>
       </c>
       <c r="E440" t="s">
-        <v>4062</v>
+        <v>4077</v>
       </c>
       <c r="F440" t="s">
-        <v>4063</v>
+        <v>4078</v>
       </c>
       <c r="G440" t="s">
-        <v>4064</v>
+        <v>4079</v>
       </c>
       <c r="H440" t="s">
-        <v>4065</v>
+        <v>4080</v>
       </c>
       <c r="I440" t="s">
-        <v>4066</v>
+        <v>4081</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4067</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65071</v>
+        <v>65058</v>
       </c>
       <c r="B441" t="s">
-        <v>4068</v>
+        <v>4083</v>
       </c>
       <c r="C441" t="s">
-        <v>4069</v>
+        <v>4084</v>
       </c>
       <c r="D441" t="s">
-        <v>4070</v>
+        <v>4085</v>
       </c>
       <c r="E441" t="s">
-        <v>4071</v>
+        <v>4086</v>
       </c>
       <c r="F441" t="s">
-        <v>4072</v>
+        <v>4087</v>
       </c>
       <c r="G441" t="s">
-        <v>4073</v>
+        <v>4088</v>
       </c>
       <c r="H441" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
       <c r="I441" t="s">
-        <v>4075</v>
+        <v>4090</v>
       </c>
       <c r="J441" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K441" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L441" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M441" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4076</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65073</v>
+        <v>65059</v>
       </c>
       <c r="B442" t="s">
-        <v>4077</v>
+        <v>4092</v>
       </c>
       <c r="C442" t="s">
-        <v>4078</v>
+        <v>4093</v>
       </c>
       <c r="D442" t="s">
-        <v>4079</v>
+        <v>4094</v>
       </c>
       <c r="E442" t="s">
-        <v>4080</v>
+        <v>4095</v>
       </c>
       <c r="F442" t="s">
-        <v>4081</v>
+        <v>4096</v>
       </c>
       <c r="G442" t="s">
-        <v>4082</v>
+        <v>4097</v>
       </c>
       <c r="H442" t="s">
-        <v>4083</v>
+        <v>4098</v>
       </c>
       <c r="I442" t="s">
-        <v>4084</v>
+        <v>4099</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4085</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65074</v>
+        <v>65060</v>
       </c>
       <c r="B443" t="s">
-        <v>4086</v>
+        <v>4101</v>
       </c>
       <c r="C443" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="D443" t="s">
-        <v>4088</v>
+        <v>4103</v>
       </c>
       <c r="E443" t="s">
-        <v>4089</v>
+        <v>4104</v>
       </c>
       <c r="F443" t="s">
-        <v>4090</v>
+        <v>4105</v>
       </c>
       <c r="G443" t="s">
-        <v>4091</v>
+        <v>4106</v>
       </c>
       <c r="H443" t="s">
-        <v>4092</v>
+        <v>4107</v>
       </c>
       <c r="I443" t="s">
-        <v>4093</v>
+        <v>4108</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>4094</v>
+        <v>47</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>4095</v>
+        <v>48</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4096</v>
+        <v>4109</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65075</v>
+        <v>65061</v>
       </c>
       <c r="B444" t="s">
-        <v>4097</v>
+        <v>4110</v>
       </c>
       <c r="C444" t="s">
-        <v>4098</v>
+        <v>4111</v>
       </c>
       <c r="D444" t="s">
-        <v>4099</v>
+        <v>4112</v>
       </c>
       <c r="E444" t="s">
-        <v>4100</v>
+        <v>4113</v>
       </c>
       <c r="F444" t="s">
-        <v>4101</v>
+        <v>4114</v>
       </c>
       <c r="G444" t="s">
-        <v>4102</v>
+        <v>4115</v>
       </c>
       <c r="H444" t="s">
-        <v>4103</v>
+        <v>4116</v>
       </c>
       <c r="I444" t="s">
-        <v>4104</v>
+        <v>4117</v>
       </c>
       <c r="J444" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>3807</v>
+        <v>1325</v>
       </c>
       <c r="L444" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>3808</v>
+        <v>1327</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4105</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65076</v>
+        <v>65062</v>
       </c>
       <c r="B445" t="s">
-        <v>4106</v>
+        <v>4119</v>
       </c>
       <c r="C445" t="s">
-        <v>4107</v>
+        <v>4120</v>
       </c>
       <c r="D445" t="s">
-        <v>4108</v>
+        <v>4121</v>
       </c>
       <c r="E445" t="s">
-        <v>4109</v>
+        <v>4122</v>
       </c>
       <c r="F445" t="s">
-        <v>4110</v>
+        <v>4123</v>
       </c>
       <c r="G445" t="s">
-        <v>4111</v>
+        <v>4124</v>
       </c>
       <c r="H445" t="s">
-        <v>4112</v>
+        <v>4125</v>
       </c>
       <c r="I445" t="s">
-        <v>4113</v>
+        <v>4126</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4114</v>
+        <v>4127</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65077</v>
+        <v>65063</v>
       </c>
       <c r="B446" t="s">
-        <v>4115</v>
+        <v>4128</v>
       </c>
       <c r="C446" t="s">
-        <v>4116</v>
+        <v>4129</v>
       </c>
       <c r="D446" t="s">
-        <v>4117</v>
+        <v>4130</v>
       </c>
       <c r="E446" t="s">
-        <v>4118</v>
+        <v>4131</v>
       </c>
       <c r="F446" t="s">
-        <v>4119</v>
+        <v>4132</v>
       </c>
       <c r="G446" t="s">
-        <v>4120</v>
+        <v>4133</v>
       </c>
       <c r="H446" t="s">
-        <v>4121</v>
+        <v>4134</v>
       </c>
       <c r="I446" t="s">
-        <v>4122</v>
+        <v>4135</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>727</v>
+        <v>1017</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>728</v>
+        <v>1018</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4123</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65080</v>
+        <v>65065</v>
       </c>
       <c r="B447" t="s">
-        <v>4124</v>
+        <v>4137</v>
       </c>
       <c r="C447" t="s">
-        <v>4125</v>
+        <v>4138</v>
       </c>
       <c r="D447" t="s">
-        <v>4126</v>
+        <v>4139</v>
       </c>
       <c r="E447" t="s">
-        <v>4127</v>
+        <v>4140</v>
       </c>
       <c r="F447" t="s">
-        <v>4128</v>
+        <v>4141</v>
       </c>
       <c r="G447" t="s">
-        <v>4129</v>
+        <v>4142</v>
       </c>
       <c r="H447" t="s">
-        <v>4130</v>
+        <v>4143</v>
       </c>
       <c r="I447" t="s">
-        <v>4131</v>
+        <v>4144</v>
       </c>
       <c r="J447" t="s">
-        <v>24</v>
+        <v>4145</v>
       </c>
       <c r="K447" t="s">
-        <v>47</v>
+        <v>1325</v>
       </c>
       <c r="L447" t="s">
-        <v>26</v>
+        <v>4146</v>
       </c>
       <c r="M447" t="s">
-        <v>48</v>
+        <v>1327</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4132</v>
+        <v>4147</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65081</v>
+        <v>65068</v>
       </c>
       <c r="B448" t="s">
-        <v>4133</v>
+        <v>4148</v>
       </c>
       <c r="C448" t="s">
-        <v>4134</v>
+        <v>4149</v>
       </c>
       <c r="D448" t="s">
-        <v>4135</v>
+        <v>4150</v>
       </c>
       <c r="E448" t="s">
-        <v>4136</v>
+        <v>4151</v>
       </c>
       <c r="F448" t="s">
-        <v>4137</v>
+        <v>4152</v>
       </c>
       <c r="G448" t="s">
-        <v>4138</v>
+        <v>4153</v>
       </c>
       <c r="H448" t="s">
-        <v>4139</v>
+        <v>4154</v>
       </c>
       <c r="I448" t="s">
-        <v>4140</v>
+        <v>4155</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4141</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65082</v>
+        <v>65069</v>
       </c>
       <c r="B449" t="s">
-        <v>4142</v>
+        <v>4157</v>
       </c>
       <c r="C449" t="s">
-        <v>4143</v>
+        <v>4158</v>
       </c>
       <c r="D449" t="s">
-        <v>4144</v>
+        <v>4159</v>
       </c>
       <c r="E449" t="s">
-        <v>4145</v>
+        <v>4160</v>
       </c>
       <c r="F449" t="s">
-        <v>4146</v>
+        <v>4161</v>
       </c>
       <c r="G449" t="s">
-        <v>4147</v>
+        <v>4162</v>
       </c>
       <c r="H449" t="s">
-        <v>4148</v>
+        <v>4163</v>
       </c>
       <c r="I449" t="s">
-        <v>4149</v>
+        <v>4164</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4150</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65083</v>
+        <v>65071</v>
       </c>
       <c r="B450" t="s">
-        <v>4151</v>
+        <v>4166</v>
       </c>
       <c r="C450" t="s">
-        <v>4152</v>
+        <v>4167</v>
       </c>
       <c r="D450" t="s">
-        <v>4153</v>
+        <v>4168</v>
       </c>
       <c r="E450" t="s">
-        <v>4154</v>
+        <v>4169</v>
       </c>
       <c r="F450" t="s">
-        <v>4155</v>
+        <v>4170</v>
       </c>
       <c r="G450" t="s">
-        <v>4156</v>
+        <v>4171</v>
       </c>
       <c r="H450" t="s">
-        <v>4157</v>
+        <v>4172</v>
       </c>
       <c r="I450" t="s">
-        <v>4158</v>
+        <v>4173</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4159</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65084</v>
+        <v>65073</v>
       </c>
       <c r="B451" t="s">
-        <v>4160</v>
+        <v>4175</v>
       </c>
       <c r="C451" t="s">
-        <v>4161</v>
+        <v>4176</v>
       </c>
       <c r="D451" t="s">
-        <v>4162</v>
+        <v>4177</v>
       </c>
       <c r="E451" t="s">
-        <v>4163</v>
+        <v>4178</v>
       </c>
       <c r="F451" t="s">
-        <v>4164</v>
+        <v>4179</v>
       </c>
       <c r="G451" t="s">
-        <v>4165</v>
+        <v>4180</v>
       </c>
       <c r="H451" t="s">
-        <v>4166</v>
+        <v>4181</v>
       </c>
       <c r="I451" t="s">
-        <v>4167</v>
+        <v>4182</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
         <v>25</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
         <v>27</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4168</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65085</v>
+        <v>65074</v>
       </c>
       <c r="B452" t="s">
-        <v>4169</v>
+        <v>4184</v>
       </c>
       <c r="C452" t="s">
-        <v>4170</v>
+        <v>4185</v>
       </c>
       <c r="D452" t="s">
-        <v>4171</v>
+        <v>4186</v>
       </c>
       <c r="E452" t="s">
-        <v>4172</v>
+        <v>4187</v>
       </c>
       <c r="F452" t="s">
-        <v>4173</v>
+        <v>4188</v>
       </c>
       <c r="G452" t="s">
-        <v>4174</v>
+        <v>4189</v>
       </c>
       <c r="H452" t="s">
-        <v>4175</v>
+        <v>4190</v>
       </c>
       <c r="I452" t="s">
-        <v>4176</v>
+        <v>4191</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>570</v>
+        <v>4192</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>571</v>
+        <v>4193</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4177</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65086</v>
+        <v>65075</v>
       </c>
       <c r="B453" t="s">
-        <v>4178</v>
+        <v>4195</v>
       </c>
       <c r="C453" t="s">
-        <v>4179</v>
+        <v>4196</v>
       </c>
       <c r="D453" t="s">
-        <v>4180</v>
+        <v>4197</v>
       </c>
       <c r="E453" t="s">
-        <v>4181</v>
+        <v>4198</v>
       </c>
       <c r="F453" t="s">
-        <v>4182</v>
+        <v>4199</v>
       </c>
       <c r="G453" t="s">
-        <v>4183</v>
+        <v>4200</v>
       </c>
       <c r="H453" t="s">
-        <v>4184</v>
+        <v>4201</v>
       </c>
       <c r="I453" t="s">
-        <v>4185</v>
+        <v>4202</v>
       </c>
       <c r="J453" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K453" t="s">
-        <v>170</v>
+        <v>3907</v>
       </c>
       <c r="L453" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M453" t="s">
-        <v>171</v>
+        <v>3908</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4186</v>
+        <v>4203</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65087</v>
+        <v>65076</v>
       </c>
       <c r="B454" t="s">
-        <v>4187</v>
+        <v>4204</v>
       </c>
       <c r="C454" t="s">
-        <v>4188</v>
+        <v>4205</v>
       </c>
       <c r="D454" t="s">
-        <v>4189</v>
+        <v>4206</v>
       </c>
       <c r="E454" t="s">
-        <v>4190</v>
+        <v>4207</v>
       </c>
       <c r="F454" t="s">
-        <v>4191</v>
+        <v>4208</v>
       </c>
       <c r="G454" t="s">
-        <v>4192</v>
+        <v>4209</v>
       </c>
       <c r="H454" t="s">
-        <v>4193</v>
+        <v>4210</v>
       </c>
       <c r="I454" t="s">
-        <v>4194</v>
+        <v>4211</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
         <v>170</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
         <v>171</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4195</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65088</v>
+        <v>65077</v>
       </c>
       <c r="B455" t="s">
-        <v>4196</v>
+        <v>4213</v>
       </c>
       <c r="C455" t="s">
-        <v>4197</v>
+        <v>4214</v>
       </c>
       <c r="D455" t="s">
-        <v>4198</v>
+        <v>4215</v>
       </c>
       <c r="E455" t="s">
-        <v>4199</v>
+        <v>4216</v>
       </c>
       <c r="F455" t="s">
-        <v>4200</v>
+        <v>4217</v>
       </c>
       <c r="G455" t="s">
-        <v>4201</v>
+        <v>4218</v>
       </c>
       <c r="H455" t="s">
-        <v>4202</v>
+        <v>4219</v>
       </c>
       <c r="I455" t="s">
-        <v>4203</v>
+        <v>4220</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
-        <v>25</v>
+        <v>728</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
-        <v>27</v>
+        <v>729</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4204</v>
+        <v>4221</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65089</v>
+        <v>65080</v>
       </c>
       <c r="B456" t="s">
-        <v>4205</v>
+        <v>4222</v>
       </c>
       <c r="C456" t="s">
-        <v>4206</v>
+        <v>4223</v>
       </c>
       <c r="D456" t="s">
-        <v>4207</v>
+        <v>4224</v>
       </c>
       <c r="E456" t="s">
-        <v>4208</v>
+        <v>4225</v>
       </c>
       <c r="F456" t="s">
-        <v>4209</v>
+        <v>4226</v>
       </c>
       <c r="G456" t="s">
-        <v>4210</v>
+        <v>4227</v>
       </c>
       <c r="H456" t="s">
-        <v>4211</v>
+        <v>4228</v>
       </c>
       <c r="I456" t="s">
-        <v>4212</v>
+        <v>4229</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4213</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65090</v>
+        <v>65081</v>
       </c>
       <c r="B457" t="s">
-        <v>4214</v>
+        <v>4231</v>
       </c>
       <c r="C457" t="s">
-        <v>4215</v>
+        <v>4232</v>
       </c>
       <c r="D457" t="s">
-        <v>4216</v>
+        <v>4233</v>
       </c>
       <c r="E457" t="s">
-        <v>4217</v>
+        <v>4234</v>
       </c>
       <c r="F457" t="s">
-        <v>4218</v>
+        <v>4235</v>
       </c>
       <c r="G457" t="s">
-        <v>4219</v>
+        <v>4236</v>
       </c>
       <c r="H457" t="s">
-        <v>4220</v>
+        <v>4237</v>
       </c>
       <c r="I457" t="s">
-        <v>4221</v>
+        <v>4238</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4222</v>
+        <v>4239</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65091</v>
+        <v>65082</v>
       </c>
       <c r="B458" t="s">
-        <v>4223</v>
+        <v>4240</v>
       </c>
       <c r="C458" t="s">
-        <v>4224</v>
+        <v>4241</v>
       </c>
       <c r="D458" t="s">
-        <v>4225</v>
+        <v>4242</v>
       </c>
       <c r="E458" t="s">
-        <v>4226</v>
+        <v>4243</v>
       </c>
       <c r="F458" t="s">
-        <v>4227</v>
+        <v>4244</v>
       </c>
       <c r="G458" t="s">
-        <v>4228</v>
+        <v>4245</v>
       </c>
       <c r="H458" t="s">
-        <v>4229</v>
+        <v>4246</v>
       </c>
       <c r="I458" t="s">
-        <v>4230</v>
+        <v>4247</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4231</v>
+        <v>4248</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65092</v>
+        <v>65083</v>
       </c>
       <c r="B459" t="s">
-        <v>4232</v>
+        <v>4249</v>
       </c>
       <c r="C459" t="s">
-        <v>4233</v>
+        <v>4250</v>
       </c>
       <c r="D459" t="s">
-        <v>4234</v>
+        <v>4251</v>
       </c>
       <c r="E459" t="s">
-        <v>4235</v>
+        <v>4252</v>
       </c>
       <c r="F459" t="s">
-        <v>4236</v>
+        <v>4253</v>
       </c>
       <c r="G459" t="s">
-        <v>4237</v>
+        <v>4254</v>
       </c>
       <c r="H459" t="s">
-        <v>4238</v>
+        <v>4255</v>
       </c>
       <c r="I459" t="s">
-        <v>4239</v>
+        <v>4256</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
         <v>170</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
         <v>171</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4240</v>
+        <v>4257</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65093</v>
+        <v>65084</v>
       </c>
       <c r="B460" t="s">
-        <v>4241</v>
+        <v>4258</v>
       </c>
       <c r="C460" t="s">
-        <v>4242</v>
+        <v>4259</v>
       </c>
       <c r="D460" t="s">
-        <v>4243</v>
+        <v>4260</v>
       </c>
       <c r="E460" t="s">
-        <v>4244</v>
+        <v>4261</v>
       </c>
       <c r="F460" t="s">
-        <v>4245</v>
+        <v>4262</v>
       </c>
       <c r="G460" t="s">
-        <v>4246</v>
+        <v>4263</v>
       </c>
       <c r="H460" t="s">
-        <v>4247</v>
+        <v>4264</v>
       </c>
       <c r="I460" t="s">
-        <v>4248</v>
+        <v>4265</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4249</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65094</v>
+        <v>65085</v>
       </c>
       <c r="B461" t="s">
-        <v>4250</v>
+        <v>4267</v>
       </c>
       <c r="C461" t="s">
-        <v>4251</v>
+        <v>4268</v>
       </c>
       <c r="D461" t="s">
-        <v>4252</v>
+        <v>4269</v>
       </c>
       <c r="E461" t="s">
-        <v>4253</v>
+        <v>4270</v>
       </c>
       <c r="F461" t="s">
-        <v>4254</v>
+        <v>4271</v>
       </c>
       <c r="G461" t="s">
-        <v>4255</v>
+        <v>4272</v>
       </c>
       <c r="H461" t="s">
-        <v>4256</v>
+        <v>4273</v>
       </c>
       <c r="I461" t="s">
-        <v>4257</v>
+        <v>4274</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>4258</v>
+        <v>571</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>4259</v>
+        <v>572</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4260</v>
+        <v>4275</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65095</v>
+        <v>65086</v>
       </c>
       <c r="B462" t="s">
-        <v>4261</v>
+        <v>4276</v>
       </c>
       <c r="C462" t="s">
-        <v>4262</v>
+        <v>4277</v>
       </c>
       <c r="D462" t="s">
-        <v>4263</v>
+        <v>4278</v>
       </c>
       <c r="E462" t="s">
-        <v>4264</v>
+        <v>4279</v>
       </c>
       <c r="F462" t="s">
-        <v>4265</v>
+        <v>4280</v>
       </c>
       <c r="G462" t="s">
-        <v>4266</v>
+        <v>4281</v>
       </c>
       <c r="H462" t="s">
-        <v>4267</v>
+        <v>4282</v>
       </c>
       <c r="I462" t="s">
-        <v>4268</v>
+        <v>4283</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>727</v>
+        <v>170</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>728</v>
+        <v>171</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4269</v>
+        <v>4284</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65096</v>
+        <v>65087</v>
       </c>
       <c r="B463" t="s">
-        <v>4270</v>
+        <v>4285</v>
       </c>
       <c r="C463" t="s">
-        <v>4271</v>
+        <v>4286</v>
       </c>
       <c r="D463" t="s">
-        <v>4272</v>
+        <v>4287</v>
       </c>
       <c r="E463" t="s">
-        <v>4273</v>
+        <v>4288</v>
       </c>
       <c r="F463" t="s">
-        <v>4274</v>
+        <v>4289</v>
       </c>
       <c r="G463" t="s">
-        <v>4275</v>
+        <v>4290</v>
       </c>
       <c r="H463" t="s">
-        <v>4276</v>
+        <v>4291</v>
       </c>
       <c r="I463" t="s">
-        <v>4277</v>
+        <v>4292</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4278</v>
+        <v>4293</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65097</v>
+        <v>65088</v>
       </c>
       <c r="B464" t="s">
-        <v>4279</v>
+        <v>4294</v>
       </c>
       <c r="C464" t="s">
-        <v>4280</v>
+        <v>4295</v>
       </c>
       <c r="D464" t="s">
-        <v>4281</v>
+        <v>4296</v>
       </c>
       <c r="E464" t="s">
-        <v>4282</v>
+        <v>4297</v>
       </c>
       <c r="F464" t="s">
-        <v>4283</v>
+        <v>4298</v>
       </c>
       <c r="G464" t="s">
-        <v>4284</v>
+        <v>4299</v>
       </c>
       <c r="H464" t="s">
-        <v>4285</v>
+        <v>4300</v>
       </c>
       <c r="I464" t="s">
-        <v>4286</v>
+        <v>4301</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4287</v>
+        <v>4302</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65098</v>
+        <v>65089</v>
       </c>
       <c r="B465" t="s">
-        <v>4288</v>
+        <v>4303</v>
       </c>
       <c r="C465" t="s">
-        <v>4289</v>
+        <v>4304</v>
       </c>
       <c r="D465" t="s">
-        <v>4290</v>
+        <v>4305</v>
       </c>
       <c r="E465" t="s">
-        <v>4291</v>
+        <v>4306</v>
       </c>
       <c r="F465" t="s">
-        <v>4292</v>
+        <v>4307</v>
       </c>
       <c r="G465" t="s">
-        <v>4293</v>
+        <v>4308</v>
       </c>
       <c r="H465" t="s">
-        <v>4294</v>
+        <v>4309</v>
       </c>
       <c r="I465" t="s">
-        <v>4295</v>
+        <v>4310</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
         <v>25</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
         <v>27</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4296</v>
+        <v>4311</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65099</v>
+        <v>65090</v>
       </c>
       <c r="B466" t="s">
-        <v>4297</v>
+        <v>4312</v>
       </c>
       <c r="C466" t="s">
-        <v>4298</v>
+        <v>4313</v>
       </c>
       <c r="D466" t="s">
-        <v>4299</v>
+        <v>4314</v>
       </c>
       <c r="E466" t="s">
-        <v>4300</v>
+        <v>4315</v>
       </c>
       <c r="F466" t="s">
-        <v>4301</v>
+        <v>4316</v>
       </c>
       <c r="G466" t="s">
-        <v>4302</v>
+        <v>4317</v>
       </c>
       <c r="H466" t="s">
-        <v>4303</v>
+        <v>4318</v>
       </c>
       <c r="I466" t="s">
-        <v>4304</v>
+        <v>4319</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4305</v>
+        <v>4320</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65100</v>
+        <v>65091</v>
       </c>
       <c r="B467" t="s">
-        <v>4306</v>
+        <v>4321</v>
       </c>
       <c r="C467" t="s">
-        <v>4307</v>
+        <v>4322</v>
       </c>
       <c r="D467" t="s">
-        <v>4308</v>
+        <v>4323</v>
       </c>
       <c r="E467" t="s">
-        <v>4309</v>
+        <v>4324</v>
       </c>
       <c r="F467" t="s">
-        <v>4310</v>
+        <v>4325</v>
       </c>
       <c r="G467" t="s">
-        <v>4311</v>
+        <v>4326</v>
       </c>
       <c r="H467" t="s">
-        <v>4312</v>
+        <v>4327</v>
       </c>
       <c r="I467" t="s">
-        <v>4313</v>
+        <v>4328</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>3675</v>
+        <v>25</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>3676</v>
+        <v>27</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4314</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65101</v>
+        <v>65092</v>
       </c>
       <c r="B468" t="s">
-        <v>4315</v>
+        <v>4330</v>
       </c>
       <c r="C468" t="s">
-        <v>4316</v>
+        <v>4331</v>
       </c>
       <c r="D468" t="s">
-        <v>4317</v>
+        <v>4332</v>
       </c>
       <c r="E468" t="s">
-        <v>4318</v>
+        <v>4333</v>
       </c>
       <c r="F468" t="s">
-        <v>4319</v>
+        <v>4334</v>
       </c>
       <c r="G468" t="s">
-        <v>4320</v>
+        <v>4335</v>
       </c>
       <c r="H468" t="s">
-        <v>4321</v>
+        <v>4336</v>
       </c>
       <c r="I468" t="s">
-        <v>4322</v>
+        <v>4337</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
         <v>170</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
         <v>171</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4323</v>
+        <v>4338</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65102</v>
+        <v>65093</v>
       </c>
       <c r="B469" t="s">
-        <v>4324</v>
+        <v>4339</v>
       </c>
       <c r="C469" t="s">
-        <v>4325</v>
+        <v>4340</v>
       </c>
       <c r="D469" t="s">
-        <v>4326</v>
+        <v>4341</v>
       </c>
       <c r="E469" t="s">
-        <v>4327</v>
+        <v>4342</v>
       </c>
       <c r="F469" t="s">
-        <v>4328</v>
+        <v>4343</v>
       </c>
       <c r="G469" t="s">
-        <v>4329</v>
+        <v>4344</v>
       </c>
       <c r="H469" t="s">
-        <v>4330</v>
+        <v>4345</v>
       </c>
       <c r="I469" t="s">
-        <v>4331</v>
+        <v>4346</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4332</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65104</v>
+        <v>65094</v>
       </c>
       <c r="B470" t="s">
-        <v>4333</v>
+        <v>4348</v>
       </c>
       <c r="C470" t="s">
-        <v>4334</v>
+        <v>4349</v>
       </c>
       <c r="D470" t="s">
-        <v>4335</v>
+        <v>4350</v>
       </c>
       <c r="E470" t="s">
-        <v>4336</v>
+        <v>4351</v>
       </c>
       <c r="F470" t="s">
-        <v>4337</v>
+        <v>4352</v>
       </c>
       <c r="G470" t="s">
-        <v>4338</v>
+        <v>4353</v>
       </c>
       <c r="H470" t="s">
-        <v>4339</v>
+        <v>4354</v>
       </c>
       <c r="I470" t="s">
-        <v>4340</v>
+        <v>4355</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
-        <v>2206</v>
+        <v>4356</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
-        <v>2207</v>
+        <v>4357</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4341</v>
+        <v>4358</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65105</v>
+        <v>65095</v>
       </c>
       <c r="B471" t="s">
-        <v>4342</v>
+        <v>4359</v>
       </c>
       <c r="C471" t="s">
-        <v>4343</v>
+        <v>4360</v>
       </c>
       <c r="D471" t="s">
-        <v>4344</v>
+        <v>4361</v>
       </c>
       <c r="E471" t="s">
-        <v>4345</v>
+        <v>4362</v>
       </c>
       <c r="F471" t="s">
-        <v>4346</v>
+        <v>4363</v>
       </c>
       <c r="G471" t="s">
-        <v>4347</v>
+        <v>4364</v>
       </c>
       <c r="H471" t="s">
-        <v>4348</v>
+        <v>4365</v>
       </c>
       <c r="I471" t="s">
-        <v>4349</v>
+        <v>4366</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>170</v>
+        <v>728</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>171</v>
+        <v>729</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4350</v>
+        <v>4367</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65107</v>
+        <v>65096</v>
       </c>
       <c r="B472" t="s">
-        <v>4351</v>
+        <v>4368</v>
       </c>
       <c r="C472" t="s">
-        <v>4352</v>
+        <v>4369</v>
       </c>
       <c r="D472" t="s">
-        <v>4353</v>
+        <v>4370</v>
       </c>
       <c r="E472" t="s">
-        <v>4354</v>
+        <v>4371</v>
       </c>
       <c r="F472" t="s">
-        <v>4355</v>
+        <v>4372</v>
       </c>
       <c r="G472" t="s">
-        <v>4356</v>
+        <v>4373</v>
       </c>
       <c r="H472" t="s">
-        <v>4357</v>
+        <v>4374</v>
       </c>
       <c r="I472" t="s">
-        <v>4358</v>
+        <v>4375</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>4359</v>
+        <v>25</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
+      <c r="M472" t="s">
+        <v>27</v>
+      </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4360</v>
+        <v>4376</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65116</v>
+        <v>65097</v>
       </c>
       <c r="B473" t="s">
-        <v>4361</v>
+        <v>4377</v>
       </c>
       <c r="C473" t="s">
-        <v>4362</v>
+        <v>4378</v>
       </c>
       <c r="D473" t="s">
-        <v>4363</v>
+        <v>4379</v>
       </c>
       <c r="E473" t="s">
-        <v>4364</v>
+        <v>4380</v>
       </c>
       <c r="F473" t="s">
-        <v>4365</v>
+        <v>4381</v>
       </c>
       <c r="G473" t="s">
-        <v>4366</v>
+        <v>4382</v>
       </c>
       <c r="H473" t="s">
-        <v>4367</v>
+        <v>4383</v>
       </c>
       <c r="I473" t="s">
-        <v>4368</v>
+        <v>4384</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
         <v>170</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
         <v>171</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4369</v>
+        <v>4385</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65124</v>
+        <v>65098</v>
       </c>
       <c r="B474" t="s">
-        <v>4370</v>
+        <v>4386</v>
       </c>
       <c r="C474" t="s">
-        <v>4371</v>
+        <v>4387</v>
       </c>
       <c r="D474" t="s">
-        <v>4372</v>
+        <v>4388</v>
       </c>
       <c r="E474" t="s">
-        <v>4373</v>
+        <v>4389</v>
       </c>
       <c r="F474" t="s">
-        <v>4374</v>
+        <v>4390</v>
       </c>
       <c r="G474" t="s">
-        <v>4375</v>
+        <v>4391</v>
       </c>
       <c r="H474" t="s">
-        <v>4376</v>
+        <v>4392</v>
       </c>
       <c r="I474" t="s">
-        <v>4377</v>
+        <v>4393</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
         <v>25</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
         <v>27</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4378</v>
+        <v>4394</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65479</v>
+        <v>65099</v>
       </c>
       <c r="B475" t="s">
-        <v>4379</v>
+        <v>4395</v>
       </c>
       <c r="C475" t="s">
-        <v>4380</v>
+        <v>4396</v>
       </c>
       <c r="D475" t="s">
-        <v>4381</v>
+        <v>4397</v>
       </c>
       <c r="E475" t="s">
-        <v>4382</v>
+        <v>4398</v>
       </c>
       <c r="F475" t="s">
-        <v>4383</v>
+        <v>4399</v>
       </c>
       <c r="G475" t="s">
-        <v>4384</v>
+        <v>4400</v>
       </c>
       <c r="H475" t="s">
-        <v>4385</v>
+        <v>4401</v>
       </c>
       <c r="I475" t="s">
-        <v>4386</v>
+        <v>4402</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4387</v>
+        <v>4403</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65566</v>
+        <v>65100</v>
       </c>
       <c r="B476" t="s">
-        <v>4388</v>
+        <v>4404</v>
       </c>
       <c r="C476" t="s">
-        <v>4389</v>
+        <v>4405</v>
       </c>
       <c r="D476" t="s">
-        <v>4390</v>
+        <v>4406</v>
       </c>
       <c r="E476" t="s">
-        <v>4391</v>
+        <v>4407</v>
       </c>
       <c r="F476" t="s">
-        <v>4392</v>
+        <v>4408</v>
       </c>
       <c r="G476" t="s">
-        <v>4393</v>
+        <v>4409</v>
       </c>
       <c r="H476" t="s">
-        <v>4394</v>
+        <v>4410</v>
       </c>
       <c r="I476" t="s">
-        <v>4395</v>
+        <v>4411</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>170</v>
+        <v>3775</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>171</v>
+        <v>3776</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4396</v>
+        <v>4412</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65613</v>
+        <v>65101</v>
       </c>
       <c r="B477" t="s">
-        <v>4397</v>
+        <v>4413</v>
       </c>
       <c r="C477" t="s">
-        <v>4398</v>
+        <v>4414</v>
       </c>
       <c r="D477" t="s">
-        <v>4399</v>
+        <v>4415</v>
       </c>
       <c r="E477" t="s">
-        <v>4400</v>
+        <v>4416</v>
       </c>
       <c r="F477" t="s">
-        <v>4401</v>
+        <v>4417</v>
       </c>
       <c r="G477" t="s">
-        <v>4402</v>
+        <v>4418</v>
       </c>
       <c r="H477" t="s">
-        <v>4403</v>
+        <v>4419</v>
       </c>
       <c r="I477" t="s">
-        <v>4404</v>
+        <v>4420</v>
       </c>
       <c r="J477" t="s">
-        <v>4405</v>
+        <v>24</v>
       </c>
       <c r="K477" t="s">
-        <v>1425</v>
+        <v>170</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>171</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4406</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65869</v>
+        <v>65102</v>
       </c>
       <c r="B478" t="s">
-        <v>4407</v>
+        <v>4422</v>
       </c>
       <c r="C478" t="s">
-        <v>4408</v>
+        <v>4423</v>
       </c>
       <c r="D478" t="s">
-        <v>4409</v>
+        <v>4424</v>
       </c>
       <c r="E478" t="s">
-        <v>4410</v>
+        <v>4425</v>
       </c>
       <c r="F478" t="s">
-        <v>4411</v>
+        <v>4426</v>
       </c>
       <c r="G478" t="s">
-        <v>4412</v>
+        <v>4427</v>
       </c>
       <c r="H478" t="s">
-        <v>4413</v>
+        <v>4428</v>
       </c>
       <c r="I478" t="s">
-        <v>4414</v>
+        <v>4429</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>1323</v>
+        <v>25</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>1325</v>
+        <v>27</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4415</v>
+        <v>4430</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
+        <v>65104</v>
+      </c>
+      <c r="B479" t="s">
+        <v>4431</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4432</v>
+      </c>
+      <c r="D479" t="s">
+        <v>4433</v>
+      </c>
+      <c r="E479" t="s">
+        <v>4434</v>
+      </c>
+      <c r="F479" t="s">
+        <v>4435</v>
+      </c>
+      <c r="G479" t="s">
+        <v>4436</v>
+      </c>
+      <c r="H479" t="s">
+        <v>4437</v>
+      </c>
+      <c r="I479" t="s">
+        <v>4438</v>
+      </c>
+      <c r="J479" t="s">
+        <v>24</v>
+      </c>
+      <c r="K479" t="s">
+        <v>2292</v>
+      </c>
+      <c r="L479" t="s">
+        <v>26</v>
+      </c>
+      <c r="M479" t="s">
+        <v>2293</v>
+      </c>
+      <c r="N479" t="s">
+        <v>28</v>
+      </c>
+      <c r="O479" t="s">
+        <v>4439</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15">
+      <c r="A480">
+        <v>65105</v>
+      </c>
+      <c r="B480" t="s">
+        <v>4440</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4441</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4442</v>
+      </c>
+      <c r="E480" t="s">
+        <v>4443</v>
+      </c>
+      <c r="F480" t="s">
+        <v>4444</v>
+      </c>
+      <c r="G480" t="s">
+        <v>4445</v>
+      </c>
+      <c r="H480" t="s">
+        <v>4446</v>
+      </c>
+      <c r="I480" t="s">
+        <v>4447</v>
+      </c>
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>170</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>171</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
+        <v>4448</v>
+      </c>
+    </row>
+    <row r="481" spans="1:15">
+      <c r="A481">
+        <v>65107</v>
+      </c>
+      <c r="B481" t="s">
+        <v>4449</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4450</v>
+      </c>
+      <c r="D481" t="s">
+        <v>4451</v>
+      </c>
+      <c r="E481" t="s">
+        <v>4452</v>
+      </c>
+      <c r="F481" t="s">
+        <v>4453</v>
+      </c>
+      <c r="G481" t="s">
+        <v>4454</v>
+      </c>
+      <c r="H481" t="s">
+        <v>4455</v>
+      </c>
+      <c r="I481" t="s">
+        <v>4456</v>
+      </c>
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>4457</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>4458</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
+        <v>4459</v>
+      </c>
+    </row>
+    <row r="482" spans="1:15">
+      <c r="A482">
+        <v>65116</v>
+      </c>
+      <c r="B482" t="s">
+        <v>4460</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4461</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4462</v>
+      </c>
+      <c r="E482" t="s">
+        <v>4463</v>
+      </c>
+      <c r="F482" t="s">
+        <v>4464</v>
+      </c>
+      <c r="G482" t="s">
+        <v>4465</v>
+      </c>
+      <c r="H482" t="s">
+        <v>4466</v>
+      </c>
+      <c r="I482" t="s">
+        <v>4467</v>
+      </c>
+      <c r="J482" t="s">
+        <v>24</v>
+      </c>
+      <c r="K482" t="s">
+        <v>170</v>
+      </c>
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>171</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
+        <v>4468</v>
+      </c>
+    </row>
+    <row r="483" spans="1:15">
+      <c r="A483">
+        <v>65124</v>
+      </c>
+      <c r="B483" t="s">
+        <v>4469</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4470</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4471</v>
+      </c>
+      <c r="E483" t="s">
+        <v>4472</v>
+      </c>
+      <c r="F483" t="s">
+        <v>4473</v>
+      </c>
+      <c r="G483" t="s">
+        <v>4474</v>
+      </c>
+      <c r="H483" t="s">
+        <v>4475</v>
+      </c>
+      <c r="I483" t="s">
+        <v>4476</v>
+      </c>
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
+        <v>25</v>
+      </c>
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="M483" t="s">
+        <v>27</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
+        <v>4477</v>
+      </c>
+    </row>
+    <row r="484" spans="1:15">
+      <c r="A484">
+        <v>65255</v>
+      </c>
+      <c r="B484" t="s">
+        <v>4478</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4479</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4480</v>
+      </c>
+      <c r="E484" t="s">
+        <v>4481</v>
+      </c>
+      <c r="F484" t="s">
+        <v>4482</v>
+      </c>
+      <c r="G484" t="s">
+        <v>4483</v>
+      </c>
+      <c r="H484" t="s">
+        <v>4484</v>
+      </c>
+      <c r="I484" t="s">
+        <v>4485</v>
+      </c>
+      <c r="J484" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K484" t="s">
+        <v>4486</v>
+      </c>
+      <c r="L484" t="s">
+        <v>1420</v>
+      </c>
+      <c r="M484" t="s">
+        <v>4487</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
+        <v>4488</v>
+      </c>
+    </row>
+    <row r="485" spans="1:15">
+      <c r="A485">
+        <v>65479</v>
+      </c>
+      <c r="B485" t="s">
+        <v>4489</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4490</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4491</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4492</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4493</v>
+      </c>
+      <c r="G485" t="s">
+        <v>4494</v>
+      </c>
+      <c r="H485" t="s">
+        <v>4495</v>
+      </c>
+      <c r="I485" t="s">
+        <v>4496</v>
+      </c>
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>25</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>27</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
+        <v>4497</v>
+      </c>
+    </row>
+    <row r="486" spans="1:15">
+      <c r="A486">
+        <v>65566</v>
+      </c>
+      <c r="B486" t="s">
+        <v>4498</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4499</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4500</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4501</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4502</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4503</v>
+      </c>
+      <c r="H486" t="s">
+        <v>4504</v>
+      </c>
+      <c r="I486" t="s">
+        <v>4505</v>
+      </c>
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>170</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>171</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15">
+      <c r="A487">
+        <v>65613</v>
+      </c>
+      <c r="B487" t="s">
+        <v>4507</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4508</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4509</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4510</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4511</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4512</v>
+      </c>
+      <c r="H487" t="s">
+        <v>4513</v>
+      </c>
+      <c r="I487" t="s">
+        <v>4514</v>
+      </c>
+      <c r="J487" t="s">
+        <v>4515</v>
+      </c>
+      <c r="K487" t="s">
+        <v>1440</v>
+      </c>
+      <c r="L487" t="s">
+        <v>4516</v>
+      </c>
+      <c r="M487" t="s">
+        <v>1441</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
+        <v>4517</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15">
+      <c r="A488">
+        <v>65869</v>
+      </c>
+      <c r="B488" t="s">
+        <v>4518</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4519</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4520</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4521</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4522</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4523</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4524</v>
+      </c>
+      <c r="I488" t="s">
+        <v>4525</v>
+      </c>
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
+        <v>1325</v>
+      </c>
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
+        <v>1327</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
+        <v>4526</v>
+      </c>
+    </row>
+    <row r="489" spans="1:15">
+      <c r="A489">
         <v>66392</v>
       </c>
-      <c r="B479" t="s">
-[...26 lines deleted...]
-      <c r="K479" t="s">
+      <c r="B489" t="s">
+        <v>4527</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4528</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4529</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4530</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4531</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4532</v>
+      </c>
+      <c r="H489" t="s">
+        <v>4533</v>
+      </c>
+      <c r="I489" t="s">
+        <v>4534</v>
+      </c>
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
         <v>25</v>
       </c>
-      <c r="L479" t="s">
-[...2 lines deleted...]
-      <c r="M479" t="s">
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
         <v>27</v>
       </c>
-      <c r="N479" t="s">
-[...3 lines deleted...]
-        <v>4424</v>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
+        <v>4535</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15">
+      <c r="A490">
+        <v>66510</v>
+      </c>
+      <c r="B490" t="s">
+        <v>4536</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4537</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4538</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4539</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4540</v>
+      </c>
+      <c r="G490" t="s">
+        <v>4541</v>
+      </c>
+      <c r="H490" t="s">
+        <v>4542</v>
+      </c>
+      <c r="I490" t="s">
+        <v>4543</v>
+      </c>
+      <c r="J490" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K490" t="s">
+        <v>4544</v>
+      </c>
+      <c r="L490" t="s">
+        <v>1420</v>
+      </c>
+      <c r="M490" t="s">
+        <v>4545</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
+        <v>4546</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15">
+      <c r="A491">
+        <v>66511</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4547</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4548</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4549</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G491" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H491" t="s">
+        <v>4550</v>
+      </c>
+      <c r="I491" t="s">
+        <v>4551</v>
+      </c>
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>4552</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>4553</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
+        <v>4554</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15">
+      <c r="A492">
+        <v>66512</v>
+      </c>
+      <c r="B492" t="s">
+        <v>3608</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4555</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4556</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4557</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4558</v>
+      </c>
+      <c r="G492" t="s">
+        <v>3613</v>
+      </c>
+      <c r="H492" t="s">
+        <v>3614</v>
+      </c>
+      <c r="I492" t="s">
+        <v>3615</v>
+      </c>
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
+        <v>4561</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15">
+      <c r="A493">
+        <v>66513</v>
+      </c>
+      <c r="B493" t="s">
+        <v>4562</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4563</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4564</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4565</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4566</v>
+      </c>
+      <c r="G493" t="s">
+        <v>3942</v>
+      </c>
+      <c r="H493" t="s">
+        <v>4567</v>
+      </c>
+      <c r="I493" t="s">
+        <v>4568</v>
+      </c>
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
+        <v>4569</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15">
+      <c r="A494">
+        <v>66514</v>
+      </c>
+      <c r="B494" t="s">
+        <v>4570</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4571</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4572</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4573</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1747</v>
+      </c>
+      <c r="G494" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H494" t="s">
+        <v>4574</v>
+      </c>
+      <c r="I494" t="s">
+        <v>4575</v>
+      </c>
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
+        <v>4576</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15">
+      <c r="A495">
+        <v>66515</v>
+      </c>
+      <c r="B495" t="s">
+        <v>4577</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4578</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4579</v>
+      </c>
+      <c r="E495" t="s">
+        <v>4580</v>
+      </c>
+      <c r="F495" t="s">
+        <v>4581</v>
+      </c>
+      <c r="G495" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H495" t="s">
+        <v>4582</v>
+      </c>
+      <c r="I495" t="s">
+        <v>4583</v>
+      </c>
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
+        <v>4584</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496">
+        <v>66516</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4585</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4586</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4587</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4588</v>
+      </c>
+      <c r="G496" t="s">
+        <v>4589</v>
+      </c>
+      <c r="H496" t="s">
+        <v>4590</v>
+      </c>
+      <c r="I496" t="s">
+        <v>1497</v>
+      </c>
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>170</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>171</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4591</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497">
+        <v>66517</v>
+      </c>
+      <c r="B497" t="s">
+        <v>4592</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4593</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4594</v>
+      </c>
+      <c r="E497" t="s">
+        <v>4595</v>
+      </c>
+      <c r="F497" t="s">
+        <v>4596</v>
+      </c>
+      <c r="G497" t="s">
+        <v>4597</v>
+      </c>
+      <c r="H497" t="s">
+        <v>4598</v>
+      </c>
+      <c r="I497" t="s">
+        <v>4599</v>
+      </c>
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
+        <v>4600</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498">
+        <v>66518</v>
+      </c>
+      <c r="B498" t="s">
+        <v>4601</v>
+      </c>
+      <c r="C498" t="s">
+        <v>4602</v>
+      </c>
+      <c r="D498" t="s">
+        <v>4603</v>
+      </c>
+      <c r="E498" t="s">
+        <v>4604</v>
+      </c>
+      <c r="F498" t="s">
+        <v>4605</v>
+      </c>
+      <c r="G498" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H498" t="s">
+        <v>4606</v>
+      </c>
+      <c r="I498" t="s">
+        <v>4607</v>
+      </c>
+      <c r="J498" t="s">
+        <v>24</v>
+      </c>
+      <c r="K498" t="s">
+        <v>170</v>
+      </c>
+      <c r="L498" t="s">
+        <v>26</v>
+      </c>
+      <c r="M498" t="s">
+        <v>171</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
+        <v>4608</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499">
+        <v>66519</v>
+      </c>
+      <c r="B499" t="s">
+        <v>4609</v>
+      </c>
+      <c r="C499" t="s">
+        <v>4610</v>
+      </c>
+      <c r="D499" t="s">
+        <v>4611</v>
+      </c>
+      <c r="E499" t="s">
+        <v>4612</v>
+      </c>
+      <c r="F499" t="s">
+        <v>4613</v>
+      </c>
+      <c r="G499" t="s">
+        <v>4614</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1631</v>
+      </c>
+      <c r="I499" t="s">
+        <v>1632</v>
+      </c>
+      <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>4615</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>4616</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
+        <v>4617</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500">
+        <v>66520</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4618</v>
+      </c>
+      <c r="D500" t="s">
+        <v>4619</v>
+      </c>
+      <c r="E500" t="s">
+        <v>4620</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1707</v>
+      </c>
+      <c r="G500" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I500" t="s">
+        <v>1710</v>
+      </c>
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
+        <v>25</v>
+      </c>
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
+        <v>27</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
+        <v>4621</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501">
+        <v>66521</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4622</v>
+      </c>
+      <c r="D501" t="s">
+        <v>4623</v>
+      </c>
+      <c r="E501" t="s">
+        <v>4624</v>
+      </c>
+      <c r="F501" t="s">
+        <v>4625</v>
+      </c>
+      <c r="G501" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H501" t="s">
+        <v>4626</v>
+      </c>
+      <c r="I501" t="s">
+        <v>1542</v>
+      </c>
+      <c r="J501" t="s">
+        <v>24</v>
+      </c>
+      <c r="K501" t="s">
+        <v>170</v>
+      </c>
+      <c r="L501" t="s">
+        <v>26</v>
+      </c>
+      <c r="M501" t="s">
+        <v>171</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
+        <v>4627</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502">
+        <v>66522</v>
+      </c>
+      <c r="B502" t="s">
+        <v>4628</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4629</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4630</v>
+      </c>
+      <c r="E502" t="s">
+        <v>4631</v>
+      </c>
+      <c r="F502" t="s">
+        <v>4632</v>
+      </c>
+      <c r="G502" t="s">
+        <v>4633</v>
+      </c>
+      <c r="H502" t="s">
+        <v>4634</v>
+      </c>
+      <c r="I502" t="s">
+        <v>4635</v>
+      </c>
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>4486</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>4487</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
+        <v>4636</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503">
+        <v>66523</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4637</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4638</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4639</v>
+      </c>
+      <c r="F503" t="s">
+        <v>1602</v>
+      </c>
+      <c r="G503" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1604</v>
+      </c>
+      <c r="I503" t="s">
+        <v>1605</v>
+      </c>
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>47</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>48</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
+        <v>4640</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504">
+        <v>66524</v>
+      </c>
+      <c r="B504" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4641</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4642</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4643</v>
+      </c>
+      <c r="F504" t="s">
+        <v>4644</v>
+      </c>
+      <c r="G504" t="s">
+        <v>3783</v>
+      </c>
+      <c r="H504" t="s">
+        <v>3784</v>
+      </c>
+      <c r="I504" t="s">
+        <v>3785</v>
+      </c>
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>170</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>171</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
+        <v>4645</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505">
+        <v>66525</v>
+      </c>
+      <c r="B505" t="s">
+        <v>4646</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4647</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4648</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4649</v>
+      </c>
+      <c r="F505" t="s">
+        <v>3639</v>
+      </c>
+      <c r="G505" t="s">
+        <v>3640</v>
+      </c>
+      <c r="H505" t="s">
+        <v>3641</v>
+      </c>
+      <c r="I505" t="s">
+        <v>3642</v>
+      </c>
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>170</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>171</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
+        <v>4650</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506">
+        <v>66526</v>
+      </c>
+      <c r="B506" t="s">
+        <v>4651</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4652</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4653</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4654</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4655</v>
+      </c>
+      <c r="G506" t="s">
+        <v>3649</v>
+      </c>
+      <c r="H506" t="s">
+        <v>3650</v>
+      </c>
+      <c r="I506" t="s">
+        <v>3651</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>170</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>171</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
+        <v>4656</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507">
+        <v>66527</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4657</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4658</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4659</v>
+      </c>
+      <c r="F507" t="s">
+        <v>4660</v>
+      </c>
+      <c r="G507" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I507" t="s">
+        <v>1652</v>
+      </c>
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
+        <v>4661</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508">
+        <v>66529</v>
+      </c>
+      <c r="B508" t="s">
+        <v>4662</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4663</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4664</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4665</v>
+      </c>
+      <c r="F508" t="s">
+        <v>4666</v>
+      </c>
+      <c r="G508" t="s">
+        <v>4079</v>
+      </c>
+      <c r="H508" t="s">
+        <v>4080</v>
+      </c>
+      <c r="I508" t="s">
+        <v>4081</v>
+      </c>
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>2070</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>2071</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
+        <v>4667</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509">
+        <v>66530</v>
+      </c>
+      <c r="B509" t="s">
+        <v>4668</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4669</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4670</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4671</v>
+      </c>
+      <c r="F509" t="s">
+        <v>4672</v>
+      </c>
+      <c r="G509" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I509" t="s">
+        <v>1459</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>1325</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>1327</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
+        <v>4673</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510">
+        <v>66531</v>
+      </c>
+      <c r="B510" t="s">
+        <v>4674</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4675</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4676</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4677</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4678</v>
+      </c>
+      <c r="G510" t="s">
+        <v>4679</v>
+      </c>
+      <c r="H510" t="s">
+        <v>4680</v>
+      </c>
+      <c r="I510" t="s">
+        <v>4681</v>
+      </c>
+      <c r="J510" t="s">
+        <v>441</v>
+      </c>
+      <c r="K510" t="s">
+        <v>4682</v>
+      </c>
+      <c r="L510" t="s">
+        <v>443</v>
+      </c>
+      <c r="M510" t="s">
+        <v>4683</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
+        <v>4684</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511">
+        <v>66532</v>
+      </c>
+      <c r="B511" t="s">
+        <v>4685</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4686</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4687</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4688</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1725</v>
+      </c>
+      <c r="G511" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1727</v>
+      </c>
+      <c r="I511" t="s">
+        <v>1728</v>
+      </c>
+      <c r="J511" t="s">
+        <v>441</v>
+      </c>
+      <c r="K511" t="s">
+        <v>4689</v>
+      </c>
+      <c r="L511" t="s">
+        <v>443</v>
+      </c>
+      <c r="M511" t="s">
+        <v>4690</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
+        <v>4691</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512">
+        <v>66533</v>
+      </c>
+      <c r="B512" t="s">
+        <v>4692</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4693</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4694</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4695</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G512" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I512" t="s">
+        <v>4696</v>
+      </c>
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>4697</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>4698</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
+        <v>4699</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513">
+        <v>66534</v>
+      </c>
+      <c r="B513" t="s">
+        <v>4700</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4701</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4702</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4703</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4704</v>
+      </c>
+      <c r="G513" t="s">
+        <v>4705</v>
+      </c>
+      <c r="H513" t="s">
+        <v>2961</v>
+      </c>
+      <c r="I513" t="s">
+        <v>2962</v>
+      </c>
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>47</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>48</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
+        <v>4706</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514">
+        <v>66535</v>
+      </c>
+      <c r="B514" t="s">
+        <v>4707</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4708</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4709</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4710</v>
+      </c>
+      <c r="F514" t="s">
+        <v>4711</v>
+      </c>
+      <c r="G514" t="s">
+        <v>4712</v>
+      </c>
+      <c r="H514" t="s">
+        <v>4713</v>
+      </c>
+      <c r="I514" t="s">
+        <v>4714</v>
+      </c>
+      <c r="J514" t="s">
+        <v>4715</v>
+      </c>
+      <c r="K514" t="s">
+        <v>4716</v>
+      </c>
+      <c r="L514" t="s">
+        <v>4717</v>
+      </c>
+      <c r="M514" t="s">
+        <v>4718</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
+        <v>4719</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515">
+        <v>66536</v>
+      </c>
+      <c r="B515" t="s">
+        <v>4720</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4721</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4722</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4723</v>
+      </c>
+      <c r="F515" t="s">
+        <v>4724</v>
+      </c>
+      <c r="G515" t="s">
+        <v>4725</v>
+      </c>
+      <c r="H515" t="s">
+        <v>4726</v>
+      </c>
+      <c r="I515" t="s">
+        <v>4727</v>
+      </c>
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
+        <v>4728</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516">
+        <v>66537</v>
+      </c>
+      <c r="B516" t="s">
+        <v>4729</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4730</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4731</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4732</v>
+      </c>
+      <c r="F516" t="s">
+        <v>4733</v>
+      </c>
+      <c r="G516" t="s">
+        <v>4474</v>
+      </c>
+      <c r="H516" t="s">
+        <v>4475</v>
+      </c>
+      <c r="I516" t="s">
+        <v>4476</v>
+      </c>
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>4559</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>4560</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
+        <v>4734</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517">
+        <v>66538</v>
+      </c>
+      <c r="B517" t="s">
+        <v>4735</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4736</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4737</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4738</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4739</v>
+      </c>
+      <c r="G517" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1718</v>
+      </c>
+      <c r="I517" t="s">
+        <v>1719</v>
+      </c>
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>4740</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>4741</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
+        <v>4742</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518">
+        <v>66540</v>
+      </c>
+      <c r="B518" t="s">
+        <v>4743</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4744</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4745</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4746</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4747</v>
+      </c>
+      <c r="G518" t="s">
+        <v>4748</v>
+      </c>
+      <c r="H518" t="s">
+        <v>4749</v>
+      </c>
+      <c r="I518" t="s">
+        <v>1488</v>
+      </c>
+      <c r="J518" t="s">
+        <v>24</v>
+      </c>
+      <c r="K518" t="s">
+        <v>4750</v>
+      </c>
+      <c r="L518" t="s">
+        <v>26</v>
+      </c>
+      <c r="M518" t="s">
+        <v>4751</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
+        <v>4752</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519">
+        <v>66541</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4753</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4754</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4755</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4756</v>
+      </c>
+      <c r="G519" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1700</v>
+      </c>
+      <c r="I519" t="s">
+        <v>1701</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>4757</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>4758</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4759</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">