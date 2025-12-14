--- v1 (2025-11-24)
+++ v2 (2025-12-14)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4760">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4922">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Kinyarwanda
 # Source: https://hadeethenc.com/rw
-# Last update: 2025-11-12 00:14:58 (v1.20.0)
-# Check for updates: https://hadeethenc.com/en/check/rw/v1.20.0
+# Last update: 2025-12-10 11:13:36 (v1.22.0)
+# Check for updates: https://hadeethenc.com/en/check/rw/v1.22.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -1071,50 +1071,83 @@
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko isi iryohereye, kandi iyo uyireba ubona ifite ibara ry'icyatsi, ishuka umuntu akarangazwa nayo, akaba ariyo arangamira. Allah Nyir'ubutagatifu yagize bamwe muri twe abazungura b'abandi muri ubu buzima bw'iyi si, kugira ngo arebe uko twitwara, niba tuzamwumvira cyangwa se tuzamwigomekaho? Intumwa irangije iravuga iti: Nimwirinde gushukwa n'umunezero w'isi n'imitako yayo, bitazatuma mureka ibyo Allah yabategetse, mukaba mwagwa mubyo yababujije. No mu byo dukwiye kwirinda kuruta ibindi mu bigeragezo byo kuri iyi si, ni ikigeragezo cy'abagore, kandi nicyo kigeragezo bene Isiraheli bahuye nacyo.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Gushishikariza guhozaho gutinya Allah, no kutarangarira imitako y'isi n'ibindi biyigaragaraho.
 Kwirinda ibigeragezo by'abagore, nko kubareba, cyangwa se kubona ko ntacyo bitwaye kuba abagore bakwivanga n'abagabo badafitanye isano  n'ibindi nkabyo.
 Ibigeragezo by'abagore ni mu bigeragezo bihambaye byo muri iyi si.
 Gukura inyigisho ku babayeho mbere yacu, kubera ko ibyabaye kuri bene Isiraheli bishobora no kuba ku bandi.
 Mu bigeragezo by'abagore, twavugamo nk'umugore w'umugabo kuba yasaba umugabo ibyo adashoboye, akamurangaza ntakorere idini rye, bigatuma atwarwa n'ibyisi. Iyo ari undi mugore badafitanye isano amushuka amurangaza bigatuma adakurikira ukuri by'umwihariko igihe basohotse mu mazu yabo bakivanga n'abagabo, nk'igihe baba batambaye bikwije. Ibi bikaba byatuma bagwa mu cyaha cy'ubusambanyi uko bwakabaye; niyo mpamvu umwemera aba akwiye kwiringira Allah akaba ari nawe ahungiraho ngo amurokore ibishuko by'abagore.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3053</t>
+  </si>
+  <si>
+    <t>ما رأيت النبي صلى الله عليه وسلم مستجمعا قط ضاحكا، حتى أرى منه لهواته، إنما كان يتبسم</t>
+  </si>
+  <si>
+    <t>Sinigeze mbona na rimwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iseka ngo itembagare, kugeza mbonye mu nkanka, ahubwo yaramwenyuraga</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنين رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ.</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana (Imana imwishimire) yaravuze ati: Sinigeze mbona na rimwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iseka ngo itembagare, kugeza mbonye mu nkanka, ahubwo yaramwenyuraga.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم لم يكن مُبالِغًا في الضحك حتى تُرى لَهَاتُهُ، وهي اللَّحْمَة المُتعلِّقة في أعلى الحَلْق، إنما كان يَتَبَسّم.</t>
+  </si>
+  <si>
+    <t>Aishat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itajyaga iseka ngo ikabye kugeza ubwo mu nkaka hayo hagaragaye, ahubwo yaramwenyuraga.</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم ضَحِكُهُ التبسم إذا رضي أو أُعْجِب بشيء.
+قال ابن حجر: ما رأيته مُستجْمِعًا من جهة الضحك بحيث يضحك ضَحِكًا تامًّا مُقبِلًا بِكُلّيته على الضحك. 
+كثرة الضحك وارتفاع الصوت بالقهقهة ليس من صفات الصالحين.
+كثرة الضحك تُذهِب هيبةَ الرجل ووقارَه بين إخوانه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga iseka imwenyura igihe yishimye cyangwa se hari ikiyisekeje.
+Umumenyi Ibun Hadjar yaravuze ati: Sinigeze mbona iseka ngo itembagare, kugeza ubwo iseka mu buryo bwuzuye itizigamye.
+Guseka kenshi, mu ijwi ntibiri mu biranga abakora ibikorwa byiza.
+Guseka cyane byambura umuntu icyubahiro hagati ye n'abavandimwe be.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3060</t>
   </si>
   <si>
     <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Twahaye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihango cyo kuyumva no kuyumvira byaba mu bitugoye cyangwa se mu bitworoheye, byaba mu byo dushishikariye no mu byo tudakunze, kabone n'iyo yaturutusha abandi cyangwa akatunyaga ibyacu</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ubadat Ibun A-Swamit (Imana imwishimire) yaravuze ati: Twahaye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihango cyo kuyumva no kuyumvira byaba mu bitugoye cyangwa se mu bitworoheye, byaba mu byo dushishikariye no mu byo tudakunze, kabone n'iyo yaturutusha abandi cyangwa akatunyaga ibyacu. Twanayihaye kandi igihango cy'uko ntawe tuzarwanya ku buyobozi, kandi ko tugomba kurangwa no kuvuga ukuri aho turi hose, tudatinye umugayo w'uwo ari we wese kubera Allah.</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagiranye isezerano n'igihango n'abasangirangendo bayo cy'uko bagomba kumvira abayobozi n'abategetsi mu biboroheye n'ibibakomereye, mu bukire no mu bucyene; amategeko yabo yaba ahuye n'ibyo imitima yacu irarikiye cyangwa se yanga, kabone n'iyo batunyaga ibyacu nk'umutungo rusange cyangwa imyanya y'ubuyobozi cyangwa se n'ibindi. Ni ngombwa kubumva no kubumvira mu byiza, ntitubigomekeho, kubera ko kubigomekaho ibibazo byateza byaba bihambaye kuruta ubwangizi bo bakora! No mu byo bayisezeranyije ni uko bazarangwa no kuvuga ukuri aho baba bari hose, babyegurira Allah wenyine, badatinya umugayo w'uwo ari wese.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
@@ -2308,50 +2341,85 @@
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mujye mugabanya ubwanwa bwo hejuru, mutereke ubwo hasi."</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irategeka kugabanya ubwanwa bwo hejuru no kutabureka.
 Mu gihe ubwo hasi itegeka kubutereka no kubwihorera.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Ni ikizira kogosha ubwanwa bwo hasi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3279</t>
   </si>
   <si>
+    <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
+  </si>
+  <si>
+    <t>Umwe muri mwe nabona indoto akunze ziba ziturutse kwa Allah ajye abishimira Imana ndetse anazirotorere abandi, ariko nabona ikinyuranyo cyabyo cy'ibyo adakunze, izo ziba ziturutse kuri Shitani, ajye yikinga kuri Allah ngo amurinde ibibi byazo, kandi ntakagire uwo azibwira, icyo gihe ntacyo zizamutwara</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Said Al Khudriy (Imana imwishimire) yavuze ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Umwe muri mwe nabona indoto akunze ziba ziturutse kwa Allah ajye abishimira Imana ndetse anazirotorere abandi, ariko nabona ikinyuranyo cyabyo cy'ibyo adakunze, izo ziba ziturutse kuri Shitani, ajye yikinga kuri Allah ngo amurinde ibibi byazo, kandi ntakagire uwo azibwira, icyo gihe ntacyo zizamutwara.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko indoto nziza zishimishije zituruka kwa Allah, ndetse inigisha ko umuntu aba akwiye gushimira Allah kubera zo ndetse azanazibwire abantu, ariko nabona inzozi mbi zimubabaje ziba ziturutse kuri Shitani, kandi ajye yikinga kuri Allah ngo amurinde ibibi byazo, kandi ntakagira undi muntu azirotorera, icyo gihe nta kibi kimubaho kubera ko kutabivuga Allah yabigize impamvu yo kurokoka no kutagerwaho n'ikibi kubera zo.</t>
+  </si>
+  <si>
+    <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
+قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
+الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
+  </si>
+  <si>
+    <t>Amoko y'indoto: 1-Indoto nziza ni za zindi z'ukuri zitanga inkuru nziza iturutse kwa Allah umuntu arota cyangwa se bakamurotera. 2-Izo umuntu yibwira ari maso. 3- Iziteye ubwoba n'agahinda, izo ziba ari iza Shitani no gutera agahinda mwene Adamu.
+Icyo tubonye kuri ibi byerekeranye n'indoto nziza ni ibintu bitatu: Ni ugushimira Allah kubera zo, no kuziganiriza abandi, ariko ukazibwira uwo ukunda ntuzibwire uwo wanga.
+Naho ku bijyanye n'indoto mbi umuntu agomba gukora ibintu bitanu: Kwikinga kuri Allah ngo amurinde ibibi byazo, n'ibibi bya Shitani, no kuvuma igihe ushidutse uvuye mu bitotsi inshuro eshatu mu ruhande rw'ibumoso, no kutagira uwo uzibwira. Iyo uwo muntu ashatse kongera kuryama ahindura urubavu rwe aryamiye, icyo gihe ntacyo zamutwara.
+Umumenyi Ibun Hadjar yaravuze ati: Ubugenge burimo nuko iyo uvuze indoto nziza uwo udakunda ashobora kuziha igisobanuro kibi abikoreye urwango cyangwa se ishyari, zarangiza zigasohora nk'uko yazisobanuye, cyangwa se ukaba wakwitera agahinda kubera kuzisobanurirwa uko,  bityo ni byiza kureka kuzibwira uwo udakunze kubera iyo mpamvu.
+Gushimira kubera ingabire zibaye ku muntu ni imwe mu mpamvu zituma zihoraho.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3285</t>
+  </si>
+  <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>Iby'umwemeramana biratangaje! Ibye byose kuri we biba ari byiza! Ariko nta wundi bijya bishobokera uretse umwemeramana</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Swuhayb (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Iby'umwemeramana biratangaje! Ibye byose kuri we biba ari byiza! Ariko nta wundi bijya bishobokera uretse umwemeramana, iyo agezweho n'ibishimishije arashimira, bikaba byiza kuri we, n'iyo agezweho n'ibidashimishije arihangana nabyo bikaba byiza kuri we."</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratangarira umwemeramana n'ibyo byose mu rwego rwo kwerekana ko ari byiza; kuko ibihe bye byose kuri we biba ari byiza, ariko ibi nta wundi ubigira uretse umwemeramana. Iyo hari ikimubayeho kimushimishije arashimira, akabibonera ibihembo n'ingororano; N'iyo hari ikitamushimishije kimubayeho arihangana, nabyo akabibonera ibihembo n'ingororano, bityo ibimubayeho byose arabihemberwa.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
@@ -2992,90 +3060,158 @@
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko yumvise umugabo umwe avuga ati: Ntabwo ari ko bimeze, ndahiye kuri  Al Kaabat, nuko Ibun Umar aravuga ati: Ntihakagire urahira ku kindi kitari Allah, kubera ko numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uzarahira ku kindi kitari Allah azaba ahakanye cyangwa se akoze ibangikanyamana."</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Muri iyi Hadithi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko urahiye mu izina ry'undi utari Allah cyangwa se amazina ye n'ibisingizo bye, azaba ahakanye Allah cyangwa se abangikanyije Allah; kubera ko kurahira biba bivuze ko wahaye agaciro n'icyubahiro icyo urahiriyeho, kandi icyubahiro nta wundi gikwiye usibye Allah wenyine, bityo nta wundi byemewe kurahiriraho uretse Allah no ku mazina ye no ku bisingizo bye Nyir'ubutagatifu. Uku kurahira ni bumwe mu buryo bw'ibangikanyamana rito; ariko igihe urahira ahaye agaciro n'icyubahiro uwo arahiriyeho cyangwa se icyo arahiriyeho nk'agaciro n'icyubahiro aha Allah cyangwa birenze, icyo gihe biba bibaye ibangikanyamana rikuru.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Guha agaciro n'icyubahiro ikintu runaka urahira ni uburenganzira bwa Allah Nyir'ubutagatifu,  bityo rero ntibikwiye kurahirira ku kindi kitari Allah no ku mazina ye ndetse no ku bisingizo bye.
 Uburyo abasangirangendo bari bashishikariye kubwiriza ibyiza no kubuza ibibi, by'umwihariko igihe ikibi gifitanye isano n'ibangikanyamana cyangwa se ubuhakanyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3359</t>
   </si>
   <si>
+    <t>من عال جاريتين حتى تبلغا جاء يوم القيامة أنا وهو وضم أصابعه</t>
+  </si>
+  <si>
+    <t>Umuntu uzahabwa abakobwa babiri akabitaho kugeza bakuze, ku munsi w'imperuka azaza njye na we tumeze gutya, nuko ihuza intoki zayo</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ.</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Anas Ibun Malik (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umuntu uzahabwa abakobwa babiri akabitaho kugeza bakuze, ku munsi w'imperuka azaza njye na we tumeze gutya, nuko ihuza intoki zayo.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن رُزِقَ باثنتين من البنات أو الأخوات، فقام عليهما بالمُؤنة والتربية والتوجيه للخير والتحذير من الشر ونحو ذلك حتى يَكْبُرَا ويَبْلُغا؛ جاء يوم القيامة هو والنبيُّ صلى الله عليه وسلم كهاتَين وضَمّ أصابِعَه السبابة والوسطى.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko umuntu uzagira umugisha agahabwa abakobwa babiri baba abe yabyaye, cyangwa se bashiki be, akabakorera byose bisabwa ndetse akanabitaho abaha uburere, n'inama z'ibyiza, anabarinda ibibi ndetse n'ibindi kugeza bakuze, ku munsi w' imperuka we n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bazaza bameze gutya, nuko ihuza intoki zayo za mukubita rukoko n'urwa musumba zose.</t>
+  </si>
+  <si>
+    <t>الثواب العظيم لمن قام على البنات بالمؤونة والتربية حتى يتزوجْن أو يبلغْن، وكذلك الأخوات.
+أجر القيام على البنات أعظم من أجر القيام على البنين؛ إذ لم يُذْكَر مثل ذلك في حقِّهم؛ وذلك لأجل أنَّ مؤنة البنات والاهتمام بأمورهن أعظم من أمور البنين؛ لأنهن عورات لا يباشِرْن أمورَهن، ولا يتصرفن تصرف البنين، وكذلك لأنهن لا يتعلق بهن طمع الأب بالاستقواء بهن على الأعداء، وإحياء اسمه واتصال نسبه، وغير ذلك، كما يتعلق بالذكر؛ فاحتيج في ذلك إلى الصبر والإخلاص من المنفق عليهن مع حسن النية؛ فعظم الأجر، فكان رفيق النبي صلى الله عليه وسلم يوم القيامة.
+علامات البلوغ للمرأة: إكمال خمس عشرة سنة، أو تحيض ولو قبل خمس عشرة سنة، أو نَبَتتْ لها العانة وهو الشعر الخشن حول القُبُل، أو بالاحتلام وهو إنزال المني في المنام.
+قال القرطبي: ويعني ببلوغهما وصولَهما إلى حال يستقلّان بأنفسهما؛ وذلك إنما يكون في النساء إلى أن يدخل بهن أزواجهن، فلا يعني به بلوغهما إلى أن تحيض وتُكلَّف؛ إذ قد تتزوج قبل ذلك فتستغني بالزوج عن قيام الكافل، وقد تحيض وهي غير مستقلة بشيء من مصالحها ولو تركت لضاعت وفسدت أحوالها، بل هي في هذه الحالة أحق بالصيانة والحفظ والقائم عليها لتكمل صيانتها فيرغب في تزويجها، ولهذا المعنى قال علماؤنا لا تسقط النفقة عن والد الصبية ببلوغها بل بدخول الزوج بها.</t>
+  </si>
+  <si>
+    <t>Ibihembo bihambaye by'umuntu uzita ku bakobwa be abakorera ibisabwa byose mu kubaha uburere, kugeza bakuze bakarongorwa, ni nkuko no kwita kuri bashiki be.
+Ibihembo byo kwita ku burere bw'abana b'abakobwa bihambaye kuruta iby'ab'abahungu; kuko nta mvugo nk'iyi yavuzwe kuri bo. Kubera ko kwita ku bakobwa ari byo bigora kuruta kwita ku bahungu, kubera ko abakobwa bo ubwabo bakwiye kwikwiza ntibarebwe n'uwo ari we wese, bakaba batanikorera gahunda zabo zose kandi ntibitwara nk'abahungu, no kubera ko ababyeyi batabifashisha mu guhangana n'abanzi babo, no kurinda icyubahiro cye n'umuryango we ndetse n'ibindi nkuko bigenda ku muhungu; bityo bicyenera ko umuntu wita ku bakobwa arangwa no kwihangana, no kubikora kubera Allah hamwe no kugira umugambi mwiza, bigatuma abibonera ibihembo bihambaye, bityo niyo mpamvu ku munsi w'imperuka azaba ari hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
+Ibimenyetso by'ubukure ku mugore ni ukuba yujuje imyaka cumi n'itanu, cyangwa se yatangiye kujya mu mihango n'ubwo byaba mbere y'imyaka cumi n'itanu, cyangwa se yarameze imisatsi yo mu myanya y'ibanga haba ku nkengero z'igitsina n'ahandi, cyangwa se kwirotera hakagira intanga zimusohokamo igihe asinziriye.
+Umumenyi Qurtwubiy yaravuze ati: Igihe cyabo cy'ubukure ni igihe bageramo bakaba bigenga, icyo gihe ni igihe baba bashatse abagabo, bityo ubukure bwabo ntabwo ari igihe bagiye mu mihango cyangwa se bageze igihe cyo kurebwa n'amategeko. Kuko hari igihe barongorwa mbere yaho, umugabo we akaba ari we wishingira ibye byose kuruta umurezi we, hari n'ubwo bajya mu mihango batarakura bihagije ngo bigenge, kandi baramutse batereranywe batakara bakangirika, icyo gihe nibwo baba bacyeneye kwitabwaho, no kugira ubareberera niyo mpamvu bacyenera kurongorwa kugira ngo bakomeze kurebererwa. Kubera iki gisobanuro abamenyi bacu bavuze ko umubyeyi gukomeza gutunga umwana we w'umukobwa ugeze igihe cy'ubukure bikomeza kugeza igihe ashyingiwe umugabo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3360</t>
+  </si>
+  <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>“Ntimuzigera mwinjira mu ijuru mutabanje kwemera, kandi ntimuzigera mwemera mutabanje gukundana! Ese mbabwire icyo mwakora kugira ngo mukundane? Mujye musakaza indamutso y’amahoro hagati yanyu.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: “Ntimuzigera mwinjira mu ijuru mutabanje kwemera, kandi ntimuzigera mwemera mutabanje gukundana! Ese mbabwire icyo mwakora kugira ngo mukundane? Mujye musakaza indamutso y’amahoro hagati yanyu.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko nta bandi bazinjira mu ijuru uretse abemeramana, kandi ko ukwemera kutakuzura, ndetse imibereho y'umuryango mugari wa Kisilamu ntiyatungana kugeza bamwe bakunze bagenzi babo. Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ituyobora ku bikorwa byiza bituma urukundo rusagamba, ivuga ko ari ugukwiza indamutso y'amahoro hagati y'abayisilamu, Allah yahisemo ko iba iy'abagaragu be.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Kwinjira mu ijuru ntibizashoboka ku badafite ukwemera.
 Mu bigaragaza ukwemera kwuzuye ni ukuba umuyisilamu yakifuriza umuvandimwe we nk'ibyo yiyifuriza.
 Ni byiza gukwiza indamutso y'amahoro no kuyikwiza mu bayisilamu, kubera ko hakubiyemo gukwiza urukundo n'amahoro hagati y'abantu.
 Indamutso y'amahoro nta wundi ihabwa uretse umuyisilamu; kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igira iti: "Hagati yanyu."
 Guhana indamutso y'amahoro bikuraho umwiryane, no kwangana, ndetse n'amakimbirane.
 Agaciro k'urukundo hagati y'abayisilamu kandi ko ari kimwe mu bituma ukwemera kuzura.
 Byavuzwe mu yindi Hadith ko uburyo bwuzuye indamutso y'amahoro  ivugwamo ari ukuvuga uti : 'A-SALAMU ALAYKUM WA RAHMATULLAHI WA BARAKATUHU: Amahoro ya Allah n'impuhwe ze ndetse n'imigisha ye bibabeho', ariko kuba wavuga ngo: A-SALAM ALAYKUM birahagije.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3361</t>
   </si>
   <si>
+    <t>لولا أن أشق على المؤمنين أو: على أمتي لأمرتهم بالسواك عند كل صلاة</t>
+  </si>
+  <si>
+    <t>Iyo bitaza kuba ari ukugora abemeramana cyangwa se abayoboke banjye, nari kubategeka koza mu kanwa buri uko bagiye gusali</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْلَا أَنْ أَشُقَّ عَلَى الْمُؤْمِنِينَ -أَوْ: عَلَى أُمَّتِي- لَأَمَرْتُهُمْ بِالسِّوَاكِ عِنْدَ كُلِّ صَلَاةٍ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Iyo bitaza kuba ari ukugora abemeramana cyangwa se abayoboke banjye, nari kubategeka koza mu kanwa buri uko bagiye gusali."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لولا خوف المشقة على المؤمنين من أمته لأَوجب عليهم استعمال السواك مع كل صلاة.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko iyo itaza kuba itinya ko byaba ari ukugora abemeramana mu bayoboke bayo, yari kubategeka kujya boza mu kanwa buri uko bagiye gusali.</t>
+  </si>
+  <si>
+    <t>رفق النبي صلى الله عليه وسلم بأمته، ومخافة المشقة عليهم.
+الأصل في أَمْرِ النبيِّ صلى الله عليه وسلم الوجوب، إلا أنْ يقومَ الدليل على أنه تطوُّع.
+استحباب السواك وفضله عند كل صلاة.
+قال ابن دقيق العيد: الحكمة في استحباب السواك عند القيام إلى الصلاة كونها حالَ تقرُّبٍ إلى الله، فاقتضى أن تكون حالَ كمالٍ ونظافة إظهارًا لِشَرَف العبادة.
+عموم الحديث يشمل السواك للصائم ولو بعد الزوال، كصلاتَي: الظهر والعصر.</t>
+  </si>
+  <si>
+    <t>Uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yoroheraga abayoboke bayo, ndetse inatinya kubagora.
+Ubusanzwe itegeko ry'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) riba ari itegeko, cyeretse hari indi gihamya igaragaza ko ari ukurikora ku bw'ubushake.
+Gushishikariza gukoresha umuswaki no koza mu kanwa ndetse n'ibyiza byabyo buri uko ugiye gusali.
+Umumenyi Ibun Daqiq Al Id yaravuze ati: Ubugenge bukubiye mu kuba koza mu kanwa buri swalat tubishishikarizwa nuko umuntu aba agiye kwiyegereza Allah, bikaba bikwiye ko amusanga atunganye, afite isuku kubera kubaha icyo gikorwa.
+Hadith yavuze koza mu kanwa mu buryo bwa rusange n'uwasibye arabishishikarizwa n'ubwo yaba yasibye izuba ryarenze mu cya kabiri cy'ikirere nko ku iswalat yo ku manywa no ku gicamunsi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3364</t>
+  </si>
+  <si>
     <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>Ni ikihe gikorwa Allah akunda kuruta ibindi? Iransubiza iti: "Ni  iswalat ikorewe mu gihe cyayo." Ndongera ndayibaza nti: Nyuma yayo hakurikiraho ikindi kihe? Iransubiza iti: "Ni ukubaha ababyeyi bombi." Ndongera ndayibaza nti: Nyuma yayo hakurikiraho ikihe? Iransubiza iti: Ni uguharanira inzira ya Allah (Djihadi)</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdillah Ibun Masud (Imana imwishimire) yaravuze ati: Nabajije Intumwa  y'Imana (Imana iyihe amahoro n'imigisha) nti: Ni ikihe gikorwa Allah akunda kuruta ibindi? Iransubiza iti: "Ni  iswalat ikorewe mu gihe cyayo." Ndongera ndayibaza nti: Nyuma yayo hakurikiraho ikindi kihe? Iransubiza iti: "Ni ukubaha ababyeyi bombi." Ndongera ndayibaza nti: Nyuma yayo hakurikiraho ikihe? Iransubiza iti: Ni uguharanira inzira ya Allah (Djihadi). Abdullah Ibun Mas'ud yaravuze ati: Yarabimbwiye, kandi n'iyo nyibaza ibindi bikurikiraho, yari kubimbwira.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yarabajijwe iti: Ni ikihe gikorwa Allah akunda kuruta ibindi? Nuko irasubiza iti: Ni  iswalat y'itegeko ikorewe mu gihe cyayo amategeko yagennye. Hanyuma hagakurikiraho kubaha ababyeyi bombi, no kubagirira neza, no kubakorera ibyo ubagomba, no kureka kubasuzugura. Nyuma yabyo ikurikizaho guharanira inzira ya Allah, kugira ngo ijambo rya Allah Nyir'ubutagatifu ryogere, no kurengera  idini ry'ubuyisilamu n'abayisilamu, no kugaragaza amategeko yaryo, umuntu yitanga ubwe ndetse anatanga umutungo we.
 Nuko Ibun Mas'ud  (Imana imwishimire) aravuga iti: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yambwiye ibi bikorwa, kandi iyo nkomeza kuyibaza n'ibindi yari kubimbwira.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
@@ -3235,50 +3371,91 @@
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdullah Ibun Masuud (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga ati: "Mu by'ukuri abantu babi ni abo imperuka izaza igasanga bakiri bazima, n'abagira imva ahantu ho gusengera (imisigiti)."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira abantu babi ko ari babandi imperuka izasanga bakiri bazima, ndetse na ba bandi bagize imva ahantu ho gusengera (imisigiti).</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Kuziririza kubaka imisigiti ku mva, kuko ari bumwe mu buryo buganisha mu ibangikanyamana.
 Kuziririza gusalira ku mva kabone n'iyo zaba zitubakiye, kubera ko umusigiti ni izina ry'ahantu basalira bakubama, kabone n'iyo haba hatubakiye.
 Uzafata imva z'abantu bakoraga ibikorwa byiza akahagira umusigiti wo gusaliramo azaba ari mu bantu babi, kabone n'iyo yakibwira ko yabikoze agamije kwiyegereza Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3375</t>
+  </si>
+  <si>
+    <t>ما من يوم يصبح العباد فيه إلا ملكان ينزلان، فيقول أحدهما: اللهم أعط منفقا خلفا، ويقول الآخر: اللهم أعط ممسكا تلفا</t>
+  </si>
+  <si>
+    <t>Nta munsi n'umwe bucya, usibye ko hazaba abamalayika babiri, umwe akavuga ati: Mana Nyagasani ha uwitanze ingurane, undi akavuga ati: Mana Nyagasani ha uwanze kugira icyo atanga igihombo</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nta munsi n'umwe bucya, usibye ko hazaba abamalayika babiri, umwe akavuga ati: Mana Nyagasani ha uwitanze ingurane, undi akavuga ati: Mana Nyagasani ha uwanze kugira icyo atanga igihombo."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه في كلِّ يوم تَطلُع الشمسُ فيه إلّا ومَلَكَان يَنزلان يُناديان، يقول أحدهما: 
+اللهم أعط منفقًا في الطاعات وعلى العيال والضِّيْفان والتطوُّعات خَلَفًا وعَوِّضْهُ خيرًا فيما أَنفق، وبارك له. 
+ويقول الآخر: اللهم أعط ممسكًا عنها تَلفًا وأَهْلِكْ مالَه الذي مَنعه عن مُسْتَحِقِّيْه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko buri munsi izuba rirasheho haza abamalayika babiri basaba Imana; umwe akavuga ati:
+Mana Nyagasani ha ingurane uwitangiye ibikorwa byo kukumvira, no kwitangira umuryango we, no kwitangira abashyitsi be n'ibindi bikorwa byo kukumvira, umushumbushe ibyiza yitanzemo ndetse unabishyiremo imigisha.
+Naho undi agasaba agira ati: Mana Nyagasani ha wawundi wagundiriye igihombo, unoreke imitungo ye yimye abayikwiye.</t>
+  </si>
+  <si>
+    <t>جواز الدعاء للكريم بمزيد من العِوَض، وأن يَخلِف عليه خيرًا مما أَنفق، وجواز الدعاء على البخيل بتَلَف ماله الذي بَخِلَ به ومَنَعَ إنفاقَه فيما أوجب الله عليه.
+دعاء الملائكة للمؤمنين الصالحين المنفقين بالخير والبركة، وأنّ دعاءهم مستجاب.
+الحضُّ على الإنفاق في الواجبات والتطوعات؛ كالنفقة على الأهل، وصلة الرحم، وأبواب الخير.
+بيان فضل المُنفِق في وجوه الخير، وأنّ عاقبته أنّ الله يُخْلِفُ عليه، قال الله تعالى: ﴿وَمَا أَنفَقْتُم مِّن شَيْءٍ فَهُوَ يُخْلِفُهُ وَهُوَ خَيْرُ الرَّازِقِينَ﴾ [سبأ: 39].
+هذا الدعاء على المُمسك عن النفقات الواجبة، وأما النفقات المستحبة فلا تدخل؛ لأن صاحبها لا يستحق هذا الدعاء.
+تحريم البخل والشُّحّ.</t>
+  </si>
+  <si>
+    <t>Gusabira umuntu wakugiriye neza biremewe kugira ngo Allah akomeze kumuha ingurane, no kumuha ibyiza biruta ibyo yatanze, biranemewe kandi gusabira umunyabugugu ngo umutungo we yagiriye ubugugu akanga kuwutanga mu byo Allah yamutegetse ngo umuhombere.
+Ubusabe abamalayika basabira abemeramana bakora ibikorwa byiza, babasabira ibyiza n'imigisha, kandi ko ubusabe bwabo bwakirwa.
+Gushishikariza kwitanga mu by'itegeko n'ibitari itegeko nko gufasha abo mu muryango, no kunga isano ry'imiryango n'indi miryango y'ibyiza.
+Kugaragaza ibyiza n'agaciro k'uwitanga mu nzira nziza, kandi ko iherezo rye ari uko Allah azamushumbusha. Allah Nyir'ubutagatifu aragira ati: (Kandi ntacyo mwatanga icyo ari cyo cyose, usibye ko Allah abaha ingurane yacyo, kandi niwe mwiza utanga amafunguro) Surat Saba-i: 39.
+Ubu busabe busabirwa wa wundi wanze gutanga ibyo yategetswe, naho ibitari itegeko ntabwo bibarwa muri ubu busabe, kubera ko uwitanga muri byo adakwiye gusabirwa ubusabe nk'ubu.
+Kuziririza kugira ubugugu no kwanga gutanga.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3379</t>
   </si>
   <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Mu by'ukuri ibyo ntinya kuri mwe ni ibangikanyamana rito! Nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: None ibangikanyamana rito ni irihe yewe Ntumwa y'Imana? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Ni ugukorera ijisho</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Mahmud Ibun Labid (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri ibyo ntinya kuri mwe ni ibangikanyamana rito! Nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: None ibangikanyamana rito ni irihe yewe Ntumwa y'Imana? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Ni ugukorera ijisho Abantu nk'aba ku munsi w'imperuka ubwo Allah azaba ahembera abantu ibyo bakoze, azababwira ati: Ni mujye kubo mwajyaga mukora ibikorwa kugira ngo babashime, murebe niba hari ibihembo mwababonaho!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko ikintu atinya cyane ku bayoboke bayo ari ibangikanyamana rito ari ryo ryo gukorera ijisho, aho umuntu yakora kubera abantu. Hanyuma irangije ibabwira ko ibihano by'abantu nk'abo ku munsi w'imperuka bazabwirwa bati: Nimujye ku bo mwajyaga mukora ibikorwa kubera bo, murebe niba babahembera ibikorwa mwakoze!</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
@@ -3957,50 +4134,99 @@
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yohereje Amar Ibun Yasser (Imana imwishimire) mu rugendo hari ibyo imutumye, nuko agira ijanaba yaba itewe n'imibonano mpuzabitsina, cyangwa se intanga zamusohotsemo afite ubushake bw'imibonano, maze abura amazi kugira ngo yiyuhagire; Icyo gihe ntiyari azi itegeko ryo kwisukuza itaka (Tayamum) igihe umuntu yagize ijanaba, ahubwo yari azi ko rireba umuntu udafite isuku yoroheje imusaba gutawaza. Nuko atekereza icyo yakora abona ko nkuko bigenda kwisukuza itaka bigasimbura amazi igihe cyo gutawaza, ari nako yabigenza mu mwanya wo kwiyuhagira umubiri wose akikurunga mu itaka, nuko arikurunga ku buryo nta gice cy'umubiri gisigara kitagezeho itaka, maze arasari. Ubwo yazaga ku Ntumwa y'Imana (Imana iyihe amahoro n'imigisha) yarabiyibwiye, kugira ngo amenye niba yari mu kuri cyangwa se atari mu kuri? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imwigisha uburyo azajya abigenza yaba ari ku mwanda woroheje nk'inkari cyangwa se ukomeye nk'ijanaba; imwereka ko azajya akoza ibiganza bye hasi inshuro imwe, yarangiza ikiganza cy'ibumoso akagihanaguza hejuru y'icy'iburyo, ndetse no mu buranga bwe.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Ni itegeko gushakisha amazi mbere yo kwisukuza itaka.
 Biremewe ko umuntu yisukuza itaka igihe afite ijanaba akaba yabuze amazi.
 Kwisukuza itaka ufite umwanda mukuru (ijanaba), ni kimwe no kuryisukuza ufite umwanda muto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3461</t>
   </si>
   <si>
+    <t>قاربوا وسددوا، واعلموا أنه لن ينجو أحد منكم بعمله قالوا: يا رسول الله ولا أنت؟ قال: ولا أنا، إلا أن يتغمدني الله برحمة منه وفضل</t>
+  </si>
+  <si>
+    <t>Mukore uko mushoboye, munatinye Allah bijyanye n'ubushobozi bwanyu, mudakabije cyangwa se ngo murengere, kandi muzirikane ko nta n'umwe uzarokoka kubera ibikorwa bye." Nuko barayibaza bati: Nawe yewe Ntumwa y'Imana? Irabasubiza iti: Nanjye,  cyeretse Allah angiriye impuhwe ze n'ubuntu bwe</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mukore uko mushoboye, munatinye Allah bijyanye n'ubushobozi bwanyu, mudakabije cyangwa se ngo murengere, kandi muzirikane ko nta n'umwe uzarokoka kubera ibikorwa bye." Nuko barayibaza bati: Nawe yewe Ntumwa y'Imana? Irabasubiza iti: Nanjye,  cyeretse Allah angiriye impuhwe ze n'ubuntu bwe."</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم الصحابة على أنْ يعملوا، وأنْ يتقوا الله ما استطاعوا، دون غُلُوٍّ ولا تَقصير، وأن يقصِدوا بعملهم الصواب بالإخلاص لله واتّباع السنة لِيُقبَل عملُهم فتكون سببًا لنزول الرحمة عليهم.
+ثم أَخبرَهم بأنه لن يُنجيَ أحدًا منكم عملُه فقط؛ بل لا بد من رحمة الله.
+قالوا: حتى أنت يا رسول الله لا ينجيك عملُك مع عِظَمِ قدره؟ 
+فقال: حتى أنا، إلّا أن يَستُرَني اللهُ بفضل رحمته.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikarije abasangirangendo bayo gukora, no gutinya Allah uko bashoboye badakabije cyangwa se ngo barengere, kandi bagaharanira ko ibikorwa byabo babikora kubera Allah wenyine, no gukurikiza umugenzo w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kugira ngo ibikorwa byabyo byakirwe, bityo bikaba impamvu y'uko bagirirwa impuhwe.
+Irangije ibabwira ko nta n'umwe uzarokoka kubera ibikorwa bye byonyine; ko ahubwo hagomba kuba hari ho n'impuhwe za Allah.
+Nuko barayibaza bati: Nawe yewe Ntumwa y'Imana ibikorwa byawe wakoze bihambaye ntibizakurokora?
+Irabasubiza iti: N'ibikorwa byanjye, cyeretse Allah ampishiriye akangirira impuhwe ze.</t>
+  </si>
+  <si>
+    <t>قال النووي: (سدِّدوا وقاربوا): اطلبوا السدادَ، واعملوا به، وإن عَجَزْتُم عنه، فقارِبُوه؛ أي: اقربوا منه، والسداد: الصوابُ، وهو بين الإفراط والتفريط، فلا تَغْلُوا ولا تُقصِّروا.
+قال ابن باز: الأعمال الصالحة هي أسباب دخول الجنة، كما أنّ الأعمال الخبيثة هي أسباب دخول النار، والحديث يُبيِّنُ أنّ دخولَهم الجنة ليس بمجرَّد العمل، بل لا بد من عفو الله ورحمته سبحانه وتعالى، فهم دخلوها بأسباب أعمالهم، ولكن الذي أوجب ذلك رحمته سبحانه، وعفوه ومغفرته.
+العبد لا يَغتر ويُعجَب بعمله مهما بلغ؛ لأنّ حقَّ الله أعظم من عمله، فلا بد للعبد من الخوف والرجاء جميعًا.
+فضل الله ورحمته على عباده أوسع من أعمالهم.
+الأعمال الصالحة سبب لدخول الجنة، والفوز بها إنما هو بفضلِ الله ورحمة منه.
+قال الكرماني: "إذا كان كلُّ الناس لا يدخلون الجنة إلا برحمة الله، فوجْه تخصيص رسول الله صلى الله عليه وسلم بالذِّكْر هو أنه إذا كان مقطوعًا له بأنه يدخل الجنة، ولا يدخلها إلا برحمة الله؛ فغيرُه يكون في ذلك بطريق الأَولى.
+ قال النووي: في معنى قوله تعالى: ﴿ادْخُلُوا الْجَنَّةَ بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [النحل: 32]، ﴿وَتِلْكَ الْجَنَّةُ الَّتِي أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [الزخرف: 72]، ونحوهما من الآيات الدالة على أن الأعمال يُدخَل بها الجنة، فلا يُعارِض هذه الأحاديثَ، بل معنى الآيات أن دخول الجنة بسبب الأعمال، ثم التوفيق للأعمال، والهداية للإخلاص فيها، وقَبُولها برحمة الله تعالى وفضله، فيصح أنه لم يدخل بمجرَّد العمل، وهو مراد الأحاديث، ويصح أنه دخل بالأعمال؛ أي: بسببها، وهي من الرحمة.
+قال ابن الجوزي: يتحصل عن ذلك أربعة أجوبة؛ الأول: أنَّ التوفيق للعمل من رحمة الله، ولولا رحمة الله السابقة ما حصل الإيمان ولا الطاعة التي يحصل بها النجاة، الثاني: أنّ منافع العبد لسيده فعمله مُستَحَقٌّ لمولاه، فمهما أنعم عليه من الجزاء فهو من فضله، الثالث: جاء في بعض الأحاديث أنّ نفس دخول الجنة برحمة الله، واقتسام الدرجات بالأعمال، الرابع: أنّ أعمال الطاعات كانت في زمن يسير، والثواب لا ينفد فالإنعام الذي لا ينفد في جزاء ما ينفد بالفضل لا بمقابلة الأعمال.
+قال الرافعي: أنّ العامل لا ينبغي أنْ يَتَّكِلَ على عَمَلِهِ في طلب النجاة ونيل الدرجات؛ لأنه إنما عَمل بتوفيق الله وإنما ترك المعصية بعصمة الله فكل ذلك بفضله ورحمته.</t>
+  </si>
+  <si>
+    <t>Umumenyi A-Nawawiy yaravuze ati: Mujye muharanira gukora ibitunganye kandi biri byo, n'iyo mwananirwa kubitunganya, mujye mugerageza kubyegera, kandi mutarengereye muri byo cyangwa se ngo mudohoke.
+Umumenyi Ibun Baz nawe yaravuze ati: Ibikorwa byiza nibyo mpamvu yo kuzinjira mu ijuru, nkuko n'ibibi ari byo mpamvu yo kuzinjira mu muriro; iyi Hadith rero iragaragaza ko abantu kuzinjira mu ijuru atari ukubera ibikorwa byabo, ahubwo ni ngombwa hazabe hari n'impuhwe za Allah ndetse n'imbabazi ze, ni byo bazaryinjira kubera ibikorwa bakoze, ariko bigomba guherekezwa n'impuhwe za Allah ndetse n'imbabazi ze.
+Umugaragu ntakwiye gushukwa n'ibikorwa bye uko byaba bingana kose, kubera ko uburenganzira bwa Allah ari bwo buhambaye kuruta ibikorwa bye, niyo mpamvu akwiye gutinya, ndetse akaniringira mu gihe kimwe.
+Agaciro k'impuhwe za Allah ku bagaragu be kandi ko zagutse kuruta ibikorwa byabo bakora.
+Ibikorwa byiza bizaba impamvu yo kwinjira mu ijuru, ariko kuritsindira bizashingira ku mpuhwe za Allah.
+Umumenyi Al Karmaniy yaravuze ati: Niba abantu bose bazinjira mu ijuru kubera impuhwe za Allah, impamvu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagize umwihariko ubu busabe ni ukubera ko niba umuntu azinjira mu ijuru kandi akaba atazaryinjiramo usibye ku bw'impuhwe za Allah, ubwo ikindi kitari ubu busabe cyaba ari cyo gikwiye.
+Umumenyi A-Nawawiy yaravuze ati: Ibisobanuro by'imvugo ya Allah igira iti: (Ngaho nimwinjire mu ijuru kubera ibikorwa mwajyaga mukora) Surat A-Nahl: 32. (Ngiryo ijuru muzunguye kubera ibikorwa mwajyaga mukora) Surat A-Zukhruf: 72. n'indi mirongo mitagatifu igaragaza ko ibikorwa abantu bakoze ari byo bizaba impamvu y'uko binjira mu ijuru, iyi mirongo ntabwo ivuguruza Hadith zavuzwe, ahubwo iyi mirongo igamije gusobanura ko kwinjira mu ijuru bizaterwa n'ibikorwa, hanyuma no gushobozwa gukora ibyo bikorwa, no kuba ku muyoboro wo kubiharira Allah wenyine no kwakirwa bibe ku mpuhwe za Allah no ku bw'ineza ye, bityo kuba ibikorwa byonyine atari byo byamwinjiza mu ijuru ni cyo gisobanuro cy'izi Hadith, biranashoboka ko ari byo mpamvu yo kwinjira mu ijuru nabyo bikaba biri mu mpuhwe za Allah.
+Umumenyi Ibun Al Djawziy yaravuze ati: Ibi bigerwaho kubera ibisubizo bine: Icya mbere ni ugushobozwa na Allah kubera impuhwe ze, n'iyo bitaba ku mpuhwe ze zabanje nta kwemera cyangwa se kumvira Allah ari byo bituma umuntu ashobora kurokoka; icya kabiri: Nuko inyungu z'abagaragu ziba ari iza shebuja, bityo ibikorwa bye ni ibya shebuja, ingabire zose yagira byaba ari ku bw'impuhwe za  Allah. Icya gatatu: Byavuzwe muri zimwe muri Hadith ko no kwinjira mu ijuru ubwabyo ari ku bw'impuhwe za Allah, ndetse no guhabwa inzego mu ijuru ari ku bw'ibikorwa. Icya kane: Ibikorwa byo kumvira Allah byari ibyo mu gihe gito, n'ingororano zabyo ntizirangira, bityo kubona ingabire zitarangira z'ibirangira ku bw'ineza ye ntabwo ari ku bw'ibikorwa.
+Umumenyi A-Rafi'iy nawe yaravuze ati: Ukora ibikorwa ntakwiye kwiringira ibikorwa bye agamije gushaka kurokoka, no kuzamurwa mu ntera, kubera ko gukora kujyana no gushobozwa na Allah, hanyuma no kureka ibyaha ni Allah ubikurinda, kandi ibyo byose ni ku bw'ineza ya Allah no ku bw'impuhwe ze.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3469</t>
+  </si>
+  <si>
     <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>Mu by'ukuri abantu iyo barebereye umunyamahugu ntibamubuze, baba bari hafi yo kugerwaho bose n'ibihano bya Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Bakri A-Swidiq (Imana imwishimire) yaravuze ati: Yemwe bantu! Mu by'ukuri musoma umurongo wa Qur'an ugira uti: {Yemwe abemeye! Nimwimenye (mugandukire Allah, mukore ibikorwa byiza mwirinda ibyaha). Nimuramuka muyobotse (mukabwirizanya gukora ibyiza ndetse mukanabuzanya gukora ibibi) abayobye nta cyo bazabatwara...} [Al Maidat:105], kandi numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Mu by'ukuri abantu iyo barebereye umunyamahugu ntibamubuze, baba bari hafi yo kugerwaho bose n'ibihano bya Allah."</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Abu Bak'ri A-Swidiq (Imana imwishimire) aragaragaza ko abantu basoma uyu murongo:
 {Yemwe abemeye! Nimwimenye (mugandukire Allah, mukore ibikorwa byiza mwirinda ibyaha). Nimuramuka muyobotse (mukabwirizanya gukora ibyiza ndetse mukanabuzanya gukora ibibi) abayobye nta cyo bazabatwara.} [Al Maidat: 105].
 Bagasobanukirwa ko umuntu aba akwiye kwimenya no guharanira gutungana we ubwe gusa, kandi ko uzayoba nyuma yaho ntacyo bimutwaye, kandi ko adategetswe kubwiriza ibyiza no kubuza ibibi!
 Abu Bak'ri yabwiye abantu ko atari ko bimeze, ko ahubwo yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: Iyo abantu babonye umunyamahugu ntibamucyahe ngo bamubuze, kandi babifitiye ubushobozi, biroroshye ko bose bagerwaho n'ibihano bya Allah, bikagera ku wabikoze, n'uwabirebereye ntagire icyo avuga.</t>
   </si>
   <si>
@@ -4461,81 +4687,158 @@
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Mussa Al Ash'ari (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Iyo umugaragu arwaye cyangwa agiye mu rugendo, yandikirwa ibihembo by'ibikorwa yajyaga akora ari muzima, ndetse atari no ku rugendo."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) muri iyi Hadith iravuga ku byiza bya Allah n'impuhwe ze, ndetse ko umuyisilamu iyo asanzwe akora ibikorwa byiza ari muzima ndetse atari no mu rugendo, hanyuma akagira impamvu nk'iy'uburwayi cyangwa se urugendo ntabashe kubikora, cyangwa se n'indi mpamvu iyo ari yo yose, yandikirwa ibihembo byuzuye nk'uko yabyandikirwaga ari muzima ndetse atari no ku rugendo.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Kuba ingabire za Allah ari nyinshi ku bagaragu be.
 Gushishikariza kugira umuhate mu bikorwa byo kwiyegereza Allah, no gufatirana ibihe umuntu ari muzima kandi afite n'umwanya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3553</t>
   </si>
   <si>
+    <t>اللهم أعوذ برضاك من سخطك، وبمعافاتك من عقوبتك، وأعوذ بك منك لا أحصي ثناء عليك أنت كما أثنيت على نفسك</t>
+  </si>
+  <si>
+    <t>Mana Nyagasani nikinze ku kwishimirwa nawe ngo undinde uburakari bwawe, no kurokora kwawe ngo undinde ibihano byawe, kandi nanakwikinzeho ngo undinde ibibi byambaho biguturutseho, sinarondora ibisingizo ukwiye, ahubwo bingana nk'uko wabyivugiye ubwawe</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Nabuze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) mu ijoro mu buryamo, nuko ndakorakora ibiganza byanjye bikora ku birenge byayo yubamye iri gusali ivuga iti: "Mana Nyagasani nikinze ku kwishimirwa nawe ngo undinde uburakari bwawe, no kurokora kwawe ngo undinde ibihano byawe, kandi nanakwikinzeho ngo undinde ibibi byambaho biguturutseho, sinarondora ibisingizo ukwiye, ahubwo bingana nk'uko wabyivugiye ubwawe."</t>
+  </si>
+  <si>
+    <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
+(أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
+(وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
+(لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
+(أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
+  </si>
+  <si>
+    <t>Aishat (Imana imwishimire) yaravuze ati: Nari ndyamye iruhande rw'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), nuko mu ijoro sinayibona ndakorakora, maze intoki zanjye zikora aho yari iri yubamye, ishinze ibirenge byayo, isaba igira iti:
+Mana Nyagasani nikinze ku kwishimirwa nawe no kwishimirwa kw'abayoboke banjye ngo undinde uburakari bwawe, no ku bw'imbabazi zawe nyinshi ngo undinde ibihano byawe; Nanikinze ku bisingizo byawe byiza byuje ubutagatifu n'ubutungane, byo ubyifashishije uramurinda; nta buhungiro nta n'amirukiro uretse iwawe. Sinarondora ishimwe n'ibisingizo ukwiye kuko ntabishobora nkuko bikwiye n'ubwo nakoresha imbaraga zingana zite, Ahubwo ni nk'uko ubwawe wavuze ibisingizo byawe bigukwiye, none ninde wundi wabivuga kukurusha?!</t>
+  </si>
+  <si>
+    <t>استحباب هذه الأدعية في السجود.
+ قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
+استحباب الثناء على الله بصفاته ودعائه بأسمائه الثابتة في الكتاب والسنة.
+فيه تعظيم الخالق في الركوع والسجود.
+جواز الاستعاذة بصفات الله، كما يجوز الاستعاذة بذاته -سبحانه وتعالى-.
+قال الخطابي: في هذا الكلام معنى لطيف، وهو: أنه قد استعاذ بالله أن يجيره برضاه من سخطه، وبمعافاته من عقوبته، والرضى والسخط ضدان متقابلان، وكذلك المعافاة والمؤاخذة بالعقوبة، فلما صار إلى ذكر ما لا ضد له وهو الله سبحانه وتعالى استعاذ به منه لا غير، ومعنى ذلك: الاستغفار من التقصير من بلوغ الواجب من حق عبادته، والثناء عليه. وقوله: لا أحصي ثناء عليك: أي لا أطيقه ولا أبلغه.</t>
+  </si>
+  <si>
+    <t>Gushishikariza kwifashisha ubu busabe igihe umuntu yubamye.
+Umumenyi Mirak yaravuze ati: No muri imwe mu mvugo zigaragara mu gitabo cya A-Nasa'iy yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isaba ubu busabe igihe imaze gusali, cyangwa se igiye kuryama.
+Gushishikariza gusingiza Allah wifashishije ibisingizo bye byuzuye, no kumusaba wifashishije amazina ye nk'uko yavuzwe muri Qur'an ntagatifu no mu mvugo z'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).
+Kugaragaza ubuhambare bwa Allah Umuremyi, igihe wunamye ndetse unubamye.
+Kugaragaza ko byemewe kwikinga kuri Allah wifashishije ibisingizo bye bitagatifu, nkuko binemewe kumwikingaho we ubwe.
+Umumenyi Al Khatwabiy yaravuze ati: Muri aya magambo harimo ibisobanuro byiza, aribyo: Ko yikinze kuri Allah ngo kubera kumwishimira kwe amurinde uburakari bwe, no ku bw'impuhwe ze amurinde ibihano bye, kandi kwishimirwa no kurakarirwa ni ibintu bibiri bihabanye; ni kimwe n'impuhwe ze n'ibihano. Ubwo yari avuze utagira ikinyuranyo ari we Allah Nyir'ubutagatigu, yamwikinzeho ngo amurinde ikindi icyo ari cyo cyose kitari we. Ibyo bisobanuye kwicuza ku kudohoka ku kubahiriza itegeko ryo kumugaragira, ndetse no gusingiza Allah. Naho imvugo ye igira iti: Sinarondora ibisingizo byawe, bivuze ngo ntibiri mu bushobozi bwanjye ndetse sinabigeraho.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3566</t>
+  </si>
+  <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Gusingiza Allah kwiza kuruta ibindi ni ukuvuga iri jambo: LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah; n'ubusabe bwiza ni ukuvuga ijambo: AL HAMDULILLAH: Ishimwe n'ikuzo ni ibya Allah</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djabir (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Gusingiza Allah kwiza kuruta ibindi ni ukuvuga iri jambo: LA ILAHA ILA LLAH: Nta yindi mana ikwiye gusengwa by'ukuri uretse Allah; n'ubusabe bwiza ni ukuvuga ijambo: AL HAMDULILLAH: Ishimwe n'ikuzo ni ibya Allah."</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko gusingiza Imana kwiza ari ukuvuga ijambo: LA ILAHA ILA LLAH: Nta yindi mana ikwiye kugaragirwa by'ukuri usibye Allah; ndetse ko ubusabe bwiza ari ukuvuga ijambo: AL HAMDULILLAH: Ikuzo n'ishimwe ni ibya Allah; ibyo bigaragaza ukwiyemerera ko ugaba ingabire n'imigisha ari Allah wenyine Nyir'ubutagatifu, ukwiye ibisingizo byuzuye kandi byiza.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Gushishikariza kurushaho gusingiza Allah wifashishije ijambo ryo kwemera Imana imwe LA ILAHA ILA LLAH, no gusaba Allah wifashishije kumuvuga ikuzo n'ishimwe ALHAMDULILAH.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Yakiriwe na Tirmidhi na A-NAsa'iy mu gitabo cye Sunan Al Kubra na Ibun Madjah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3567</t>
+  </si>
+  <si>
+    <t>ألا أخبركم بأهل الجنة؟ كل ضعيف متضعف، لو أقسم على الله لأبره، ألا أخبركم بأهل النار: كل عتل جواظ مستكبر</t>
+  </si>
+  <si>
+    <t>Ese mbabwire abantu bo mu ijuru? Buri munyantege nke ucisha macye, nyamara aramutse arahiye ku izina rya Allah ngo agire icyo amukorera yakimukorera! Ese mbabwire abantu bo mu muriro? Ni buri munyamwaga wese, umwibone wanga kumva ukuri no kukwemera</t>
+  </si>
+  <si>
+    <t>عَنْ حَارِثَةَ بْنِ وَهْبٍ الخُزَاعِيِّ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Harithat Ibun Wah'bi Al Khuza'iy (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Ese mbabwire abantu bo mu ijuru? Buri munyantege nke ucisha macye, nyamara aramutse arahiye ku izina rya Allah ngo agire icyo amukorera yakimukorera! Ese mbabwire abantu bo mu muriro? Ni buri munyamwaga wese, umwibone wanga kumva ukuri no kukwemera."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم ببعض صفات أهل الجنة وأهل النار. 
+فأغلب أهل الجنة هم: "كل ضعيف متضعِّف"، أي: متواضع خاضع لله تعالى، مُذِلّ نفسه له، حتى إن بعض الناس يَستَضعفونه ويَحتَقِرونه، وهذا المُتذَلِّل لله تعالى لو أقسم بالله يَمينًا طَمَعًا في كَرَم الله تعالى، لَأَبَرَّه الله، وحَقَّقَ له ما أَقْسَمَ عليه وأجاب طلبَه ودعاءه. 
+وأغلب أهل النار هم: كل «عُتُل» وهو الفَظُّ الغَليظ شديد الخصومة، أو الفاحش الذي لا يَنْقَاد لخير، «جواظ» وهو المتكبر، الأَكُوْل، صاحب الجسد الضخم، المُختال في مِشيته، سيء الخلق، «مستكبر» برفضه للحق، وباحتقاره لغيره.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze bimwe mu bigwi by'abantu bo mu ijuru n'abo mu muriro.
+Abenshi mu bazajya mu ijuru ni abanyantege nke, biyoroshya baca bugufi imbere ya Allah ku buryo n'abantu babasuzugurira icyo, wumvira Allah agaca bugufi ku buryo aramutse arahiye ku izina rya Allah, yamwakiririra indahiro ye ndetse akanamushoboza kugera ku byo arahiriye, ndetse akakira n'ubusabe bwe.
+Abenshi mu bazinjira mu muriro ni buri wese w'umunyamwaga, w'intonganya n'umunyempaka, inkozi y'ibibi itajya yumva icyiza, umwibone, umuryi wa cyane, uwaguye ivutu, umwibone mu ngendo ye, umunyamico mibi, umwirasi wanga ukuri akanga no kugukurikira, ndetse akanasuzugura abandi.</t>
+  </si>
+  <si>
+    <t>الحث على الاتصاف بصفات أهل الجنة، والتحذير من صفات أهل النار.
+التواضع يكون لله عز وجل، ولأمره ونهيه والانقياد لهما، ويكون للخلق بعدم التكبُّر عليهم.
+قال ابن حجر: المراد أن أغلب أهل الجنة هؤلاء، كما أن معظم أهل النار القسم الآخر، وليس المراد الاستيعاب في الطرفين.</t>
+  </si>
+  <si>
+    <t>Gushishikariza kurangwa n'ibizaranga abantu bo mu ijuru, no kwirinda ibizaranga abo mu muriro.
+Guca bugufi bikorwa kubera Allah Nyir'ubutagatifu, no kumvira itegeko rye, no ku biremwa wirinda kubyiyemeraho.
+Umumenyi Ibun Hadjar yaravuze ati: Ikigamijwe nuko abenshi mu bantu bazajya mu ijuru ari byo bizabaranga, nkuko n'abenshi mu bazajya mu muriro bazarangwa na biriya twavuze, ntabwo ikigamijwe ari ukuvuga byose bizabaranga.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3573</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Ese mbereke ibyatuma Allah abababarira ibyaha byanyu, ndetse akanabazamura mu ntera?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa  Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ese mbereke ibyatuma Allah abababarira ibyaha byanyu, ndetse akanabazamura mu ntera? Barayisubiza bati: Yego yewe Ntumwa y'Imana! Nuko irababwira iti: "Gutawaza neza mu bihe bigoye, no gutera intambwe nyinshi ugana ku musigiti, no gutegereza iswalat nyuma y'iyindi; ibyo muzabe ari byo mukomeraho."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajije abasangirangendo bayo niba bashaka ko ibereka ibikorwa bazakora bikaba impamvu yo kubabarirwa ibyaha, no gusibwa mu bitabo byanditsemo, ndetse no kuzamurwa mu ntera z'ijuru?
 Abasangirangendo barayisubiza bati: Yego turabishaka! Nuko irababwira iti:
 Icya mbere: Ni ugutawaza neza ubitunganya mu bihe bigoye nk'imbeho, cyangwa se amazi ari ingume, cyangwa se uburibwe ku mubiri, cyangwa se amazi ashyushye.
@@ -4594,77 +4897,157 @@
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Guhozaho kwibuka Allah no kumusingiza mu buryo bugaragaragara n'ubutagaragara ni kimwe mu bikorwa byo kwiyegereza Allah, kandi bifite umumaro kwa Allah Nyir'ubutagatifu.
 Ibikorwa byose byategetswe mu rwego rwo kuzirikana Allah Nyir'ubutagatifu. Allah aragira ati: {Kandi ujye uhozaho iswalat mu rwego rwo kunyibuka no kunzirikana.} [Twaha: 14]
 Umumenyi Al Izz Ibun Abdusalam mu gitabo cye (Al Qawa'id) yaravuze ati: Iyi Hadith iragaragaza ko ibihembo bidashingira ku mvune gusa mu bikorwa byose by'amasengesho, ahubwo Allah ashobora no kuguhemba byinshi ku bikorwa bicye, kuruta ibyo yahembera uwakoze byinshi! Ibihembo rero bishingira ku busumbane bw'ibikorwa n'uburyo byubahitse.
 Umumenyi Al Munawiy mu gitabo cye Faydwul Qadiir yaravuze ati: Iyi Hadith ishatse kuvuga ko gusingiza Allah ari byo byari  byiza kubabibwirwaga, n'iyo iza kuba ibwirwa intwari yo ku rugamba bari kuyibwira guharanira inzira ya Allah (Djihadi), cyangwa se iyo iza kubwirwa umukungu ufasha abacyene mu mutungo we bari kumubwira amaturo, n'iyo iza kubwira ushoboye kujya mu mutambagiro mutagatifu, niwo bari kumubwira, cyangwa se iyo iza kubwirwa ufite ababyeyi bombi bari kumubwira kubagirira neza. Ubu nibwo buryo bwo guhuza hagati ya za Hadith.
 Gusingiza Allah byuzuye ni ibikorewe ku rurimi n'umutima ukabitekerezaho; hagakurikiraho ibikorewe ku mutima gusa nko gutekereza, hagakurikiraho ibikozwe n'ururimi rwonyine, na buri aho bikorewe hafite ibihembo byaho ku bushobozi bwa Allah.
 Umuyisilamu akwiye kwitwararika amagambo yo gusingiza Allah bijyanye n'ibihe avugiwemo, nka mu gitondo na nimugoroba, igihe yinjiye mu musigiti cyangwa se mu rugo, igihe agiye mu bwiherero cyangwa se asohotsemo... n'ahandi bigatuma abarwa mu basingiza Allah kenshi.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Yakiriwe na Tirmidhiy na Ibun Madjah ndetse na Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3575</t>
   </si>
   <si>
+    <t>إني لأعلم كلمة لو قالها ذهب عنه ما يجد، لو قال: أعوذ بالله من الشيطان، ذهب عنه ما يجد</t>
+  </si>
+  <si>
+    <t>Nzi ijambo rimwe aramutse arivuze, biriya byamubayeho byarangira, aramutse avuze ati: Nikinze kuri Allah ngo andinde Shitani, biriya byose byamubayeho byahita bishira</t>
+  </si>
+  <si>
+    <t>عَنْ سُلَيْمَانَ بْنِ صُرَدٍ رضي الله عنه قَالَ: كُنْتُ جَالِسًا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَرَجُلاَنِ يَسْتَبَّانِ، فَأَحَدُهُمَا احْمَرَّ وَجْهُهُ، وَانْتَفَخَتْ أَوْدَاجُهُ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي لَأَعْلَمُ كَلِمَةً لَوْ قَالَهَا ذَهَبَ عَنْهُ مَا يَجِدُ، لَوْ قَالَ: أَعُوذُ بِاللَّهِ مِنَ الشَّيْطَانِ، ذَهَبَ عَنْهُ مَا يَجِدُ» فَقَالُوا لَهُ: إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَعَوَّذْ بِاللَّهِ مِنَ الشَّيْطَانِ»، فَقَالَ: وَهَلْ بِي جُنُونٌ؟</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Sulayman Ibun Swuradi (Imana imwishimire) yaravuze ati: Nari nicaye hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), hari abagabo babiri bari gutukana, umwe uburanga bwe bwatukuye, imitsi yareze, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti:  Nzi ijambo rimwe aramutse arivuze, biriya byamubayeho byarangira, aramutse avuze ati: Nikinze kuri Allah ngo andinde Shitani, biriya byose byamubayeho byahita bishira." nuko baramubwira bati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Ikinge kuri Allah ngo akurinde Shitani," nuko arababaza ati: Ese nasaze?</t>
+  </si>
+  <si>
+    <t>استَبَّ وتَشاتَم رجلان بين يدي النبيِّ صلى الله عليه وسلم، وقد احْمَرَّ وجهُ أحدِهما، وانتفختْ عُرُوقُه المُحيطة بعُنُقِه.
+فقال صلى الله عليه وسلم: إني لأعلم كلمةً لو يقولها هذا الغضبانُ لَذَهَبَ عنه الغضب، لو قال: أعوذ بالله من الشيطان الرجيم.
+فقالوا له: إنّ النبيَّ صلى الله عليه وسلم قال: تَعَوَّذ بالله من الشيطان.
+فقال: أَمَجنون أنا؟! وظَنّ أنه لا يستعيذ من الشيطان إلا مَن به جنون.</t>
+  </si>
+  <si>
+    <t>Abagabo babiri baratukanye imbere y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), kugeza ubwo umwe muri bo atukuye uburanga, ndetse n'imitsi ikikije ijosi rye irarega
+Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga iti: Njye nzi ijambo yavuga buriya burakari bwose bukarangira, aramutse avuze ati: Nikinze kuri Allah ngo andinde Shitani wavumwe.
+Nuko baramubwira bati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Ikinge kuri Allah akurinde Shitani.
+Nuko aravuga ati: Ese ndi  umusazi?! Acyeka ko nta wundi wikinga kuri Allah ngo amurinde Shitani usibye umusazi.</t>
+  </si>
+  <si>
+    <t>حرص النبي صلى الله عليه وسلم على الإرشاد والتوجيه، عند وجود سببه.
+الغضب من الشيطان.
+الأمر بالاستعاذة  بالله من الشيطان الرجيم عند الغضب، قال تعالى: (وإما ينزغنك من الشيطان نزغ فاستعذ بالله..) الآيةَ.
+التحذير من السباب وما يُشبهه من اللعن، والتنفير منهما؛ لأنهما يؤدِّيان إلى المفاسد بين الناس.
+نقل النصيحة لمن لم يسمعها لينتفع بما فيها.
+حذَّرَ النبي صلى الله عليه وسلم من الغضب؛ لأنه يدفع إلى الشر والتَّهَوُّر، وكان صلى الله عليه وسلم لا يغضب إلا أنْ تُنْتَهَك حُرُماتُ الله تعالى، وهو الغضب المحمود.
+قال النووي على قوله "هل ترى بي مِن جنون": يحتمل أنّ هذا القائل كان من المنافقين، أو من جفاة الأعراب.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikariraga kugira inama abantu no kubayobora mu byiza igihe hagaragaye impamvu yabyo.
+Uburakari bukomoka kuri Shitani.
+Itegeko ryo kwikinga kuri Allah ngo akurinde Shitani wavumwe igihe ugize uburakari. Allah Nyir'ubutagatifu yaravuze ati: (Kandi Shitani nakoshya gukora ikibi, ujye wiragiza Allah...) Surat Al Araf: 200.
+Kwihanangiriza gutukana n'ibimeze nkabyo nko gusabirana imivumo, no kubuza abantu kurangwa nabyo kubera ko biganisha mu bikorwa bibi mu bantu.
+Kugira inama abandi cyane cyane utayumvise, kugira ngo ibe yamugirira umumaro.
+Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yihanangirije kurangwa n'uburakari, kuko buganisha mu bibi no guhubuka; n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntiyajyaga irangwa no kurakara usibye igihe habayeho kurengera amategeko ya Allah; ubu burakari bukaba bwemewe.
+Umumenyi A-Nawawiy kuri iyi mvugo igira iti: "Ese urabona nasaze?" birashoboka ko uwavuze iyi mvugo yari umwe mu ndyarya, cyangwa se umwarabu wo mu cyaro.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3578</t>
+  </si>
+  <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Ijuru riri bugufi n'umwe muri mwe kuruta uko imishumi y'inkweto ze imuri bugufi, n'umuriro ni nk'uko</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana imwishimire) yaravuze iti: "Ijuru riri bugufi n'umwe muri mwe kuruta uko imishumi y'inkweto ze imuri bugufi, n'umuriro ni nk'uko."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko ijuru n'umuriro biri bugufi y'umuntu nk'uko imishumi ifunze inkweto iba iri bugufi ye, kubera ko ashobora gukora igikorwa Allah Nyir'ubutagatifu yishimira kikamwinjiza mu ijuru, cyangwa se agakora igikorwa cyo kugomera Allah cyaba impamvu y'uko azajya mu muriro.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Gushishikariza gukora ibikorwa byiza kabone n'iyo byaba bicye, no gutinyisha gukora ibikorwa bibi kabone n'iyo byaba bicye.
 Umuyisilamu mu buzima bwe agomba guhuriza hamwe kwizera ingororano za Allah igihe akoze ibyiza ari nako agira ubwoba bw'ibihano bye igihe amugomeye , ndetse agasaba Allah Nyir'ubutagatifu ko yamuha igihe cyose gushikama ku kuri kugira ngo azarokoke ibihano kandi uko ameze ntibimutere kwirara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3581</t>
+  </si>
+  <si>
+    <t>الرؤيا الصالحة من الله، والحلم من الشيطان، فإذا حلم أحدكم حلما يخافه فليبصق عن يساره، وليتعوذ بالله من شرها، فإنها لا تضره</t>
+  </si>
+  <si>
+    <t>Inzozi nziza zituruka kwa Allah, naho imbi zituruka kwa Shitani, umwe muri mwe narota indoto mbi zimuteye ubwoba, ajye avuma ibumoso bwe, anikinge kuri Allah ngo amurinde ibibi byazo, icyo gihe ntacyo zizamutwara</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abi Qatadat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Inzozi nziza zituruka kwa Allah, naho imbi zituruka kwa Shitani, umwe muri mwe narota indoto mbi zimuteye ubwoba, ajye avuma ibumoso bwe, anikinge kuri Allah ngo amurinde ibibi byazo, icyo gihe ntacyo zizamutwara."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
+فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko inzozi nziza zishimishije zituruka kwa Allah, naho imbi zituruka kwa Shitani.
+Bityo umwe muri mwe narota indoto mbi zimuteye ubwoba, ajye avuma ibumoso bwe, anikinge kuri Allah ngo amurinde ibibi byazo, icyo gihe ntacyo zizamutwara, kubera ko ibyo avuze Allah azabigira impamvu yo kumurinda ikibi icyo ari cyo cyose cyaturuka kuri izo ndoto.</t>
+  </si>
+  <si>
+    <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
+أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
+  </si>
+  <si>
+    <t>Indoto ni ibyo umuntu arota aryamye, ariko harimo inziza zishimisha uzirose hakabamo n'imbi umuntu atishimira kubona no kurota.
+Amoko y'indoto: 1-Indoto nziza ni za zindi z'ukuri zitanga inkuru nziza iturutse kwa Allah umuntu arota cyangwa se bakamurotera. 2-Izo umuntu yibwira ari maso. 3- Iziteye ubwoba n'agahinda, izo ziba ari iza Shitani no gutera agahinda mwene Adamu.
+Icyo tubonye kuri ibi byerekeranye n'indoto nziza ni ibintu bitatu: Ni ugushimira Allah kubera zo, no kuziganiriza abandi, ariko ukazibwira uwo ukunda ntuzibwire uwo wanga.
+Naho ku bijyanye n'indoto mbi umuntu agomba gukora ibintu bitanu: Kwikinga kuri Allah ngo amurinde ibibi byazo, n'ibibi bya Shitani, no kuvuma igihe ushidutse uvuye mu bitotsi inshuro eshatu mu ruhande rw'ibumoso, no kutagira uwo uzibwira. Iyo uwo muntu ashatse kongera kuryama ahindura urubavu rwe aryamiye, icyo gihe ntacyo zamutwara.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3586</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Koza mu kanwa birahasuhura, ndetse bishimisha Allah Umuremyi</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Koza mu kanwa birahasuhura, ndetse bishimisha Allah Umuremyi."</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko gusukura amenyo ukoresheje agati (Kitwa Siwaki) cyangwa se n'ikindi bisukura mu kanwa imyanda n'impumuro mbi yaba irimo. Gusukura mu kanwa ni imwe mu mpamvu zo kuba Allah yakishimira umugaragu we, kubera ko harimo kumvira Allah no kubahiriza itegeko rye, no kubera ko ari isuku Allah akunda kandi akanishimira.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
@@ -4689,50 +5072,181 @@
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana imuhe amahoro n'imigisha) yajyaga ivuga iti: "Iswala eshanu kuri eshanu, n'idjuma kugera ku idjuma ndetse na Ramadhan kugera kuri Ramadhan, bihanagura ibyaha wakora hagati aho igihe cyose wirinze ibyaha bikuru."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko gusali iswala eshanu z'itegeko ku manywa na nijoro, no gusali iswala y'idjuma buri cyumweru, no gusiba ukwezi kwa Ramadhan buri mwaka, bituma umuntu ababarirwa ibyaha bito igihe cyose yitandukanyije n'ibyaha bikuru. Naho ibyaha bikuru nk'ubusambanyi, kunywa ibisindisha byo bikurwaho no kubyicuza.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Ibyaha birimo ibito ndetse n'ibikuru.
 Kubabarirwa ibyaha bito bishingiye ku kwitandukanya n'ibikuru.
 Ibyaha bikuru ni buri cyaha cyateganyirijwe igihano cyacyo ku isi , cyangwa se Allah akaba yaratanze isezerano ryo kuzagihanira ugikora cyangwa se akavuga ko amurakarira, cyangwa se Allah akaba yarihanangirije abantu kugikora cyangwa yaravuze ko abagikora yabavumye, nk'ubusambanyi, kunywa ibisindisha n'ibindi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3591</t>
+  </si>
+  <si>
+    <t>قلت: يا رسول الله ما النجاة؟ قال: املك عليك لسانك، وليسعك بيتك، وابك على خطيئتك</t>
+  </si>
+  <si>
+    <t>Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Yewe Ntumwa y'Imana? Kurokoka ni gute? Iransubiza iti: "Jya urinda ururimi rwawe, inzu yawe ibe iguhagije, kandi ujye uririra ibyaha byawe</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا النَّجَاةُ؟ قَالَ: «امْلِكْ عَلَيْكَ لِسَانَكَ، وَلْيَسَعْكَ بَيْتُكَ، وَابْكِ عَلَى خَطِيئَتِكَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Uq'bat Ibun Amir (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Yewe Ntumwa y'Imana? Kurokoka ni gute? Iransubiza iti: "Jya urinda ururimi rwawe, inzu yawe ibe iguhagije, kandi ujye uririra ibyaha byawe."</t>
+  </si>
+  <si>
+    <t>سَأَلَ عُقبةُ بن عامر رضي الله عنه النبيَّ صلى الله عليه وسلم عن أسباب نَجاة المؤمن في الدنيا والآخرة؟
+فقال صلى الله عليه وسلم: عليك بثلاثة أمور: 
+الأول: احفظ لسانَك عمّا لا خير فيه، وعن قول كل شر، ولا تنطق إلا بخير. 
+الثاني: الزم بيتَك لِتَعبد الله في الخلوات، واشتغل بطاعة الله عز وجل، واعتزل في بيتك عن الفتن. 
+الثالث: ابْكِ واندَمْ وتُبْ ممّا ارتكبتَ مِن ذنوب.</t>
+  </si>
+  <si>
+    <t>Uq'bat Ibun Amir (Imana imwishimire) yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) impamvu zatuma umwemeramana arokoka hano ku isi no ku munsi w'imperuka?
+Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramusubiza iti: Uzitwararireke ibi bintu bitatu:
+Icya mbere: Jya urinda ururimi rwawe kuvuga ibitari byiza, n'imvugo mbi iyo ari yo yose, ntiruvuge usibye ibyiza.
+Icya kabiri: Jya wicara iwawe wiherere ugaragire Allah, ukore ibikorwa byo kumvira Allah, uhame iwawe wirinda ibibazo.
+Icya gatatu: Jya urira unicuze unasabe imbabazi z'ibyaha wakoze.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على معرفة سُبُل النَّجَاة.
+بيان أسباب النجاة في الدنيا والآخرة.
+الحث على انشغال الإنسان بنفسه إذا عَجز عن نَفْع غيره، أو خاف الضرر على دِينه ونفسه إذا خالط الناس.
+الإشارة إلى الاهتمام بالبيت وخصوصًا عند الفتن، فهو من الوسائل لحفظ الدين.</t>
+  </si>
+  <si>
+    <t>Uburyo abasangirangendo b'Intumwa y'Imana bari bashishikajwe no kumenya uburyo bwose n'inzira zabageza ku kurokoka.
+Kugaragaza impamvu zo kurokoka hano ku isi no ku munsi w'imperuka.
+Gushishikariza umuntu kwiyitaho igihe abona adashoboye kugirira abandi umumaro, cyangwa se akaba atinya ingaruka zaba mu myemerere ye, no kuri we ubwe igihe yaba agiye mu bantu.
+Harimo ikimenyetso cyo kwita ku rugo no guhama mu rugo mu bihe by'ibibazo n'ibigeragezo, ibi ni kimwe mu birinda ukwemera k'umuntu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3602</t>
+  </si>
+  <si>
+    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
+  </si>
+  <si>
+    <t>Njye mpa umugaragu wanjye nshingiye k'ubyo yizera kuri njye, kandi mporana nawe iyo anzirikanye</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَقُولُ اللهُ عَزَّ وَجَلَّ: أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي، فَإِنْ ذَكَرَنِي فِي نَفْسِهِ ذَكَرْتُهُ فِي نَفْسِي، وَإِنْ ذَكَرَنِي فِي مَلَإٍ ذَكَرْتُهُ فِي مَلَإٍ خَيْرٍ مِنْهُ، وَإِنِ اقْتَرَبَ إِلَيَّ شِبْرًا، تَقَرَّبْتُ إِلَيْهِ ذِرَاعًا، وَإِنِ اقْتَرَبَ إِلَيَّ ذِرَاعًا، اقْتَرَبْتُ إِلَيْهِ بَاعًا، وَإِنْ أَتَانِي يَمْشِي أَتَيْتُهُ هَرْوَلَةً».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Allah Nyir'ubutagatifu aravuga ati:  Njye mpa umugaragu wanjye nshingiye k'ubyo yizera kuri njye, kandi mporana nawe iyo anzirikanye, iyo anzirikanye mu mutima we, nanjye ndamuzirikana, iyo anyibutse mu ruhame, nanjye muvuga mu ruhame aheza kuruta ahe, n'iyo anyigereje ahangana n'intera y'ikiganza, njye mwegera ahangana n'intambwe, n'iyo anyiyegereje ahangana n'intambwe  imwe, njye mwegera ahangana n'intera y'uburebure bw'ukuboko, kandi n'iyo aje angana mu ntambuko, njye nza musanganiye nihuta."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اللهَ تعالى يقول: 
+أنا عند ظن عبدي بي، فأُعَامِلُ عبدي على حسب ظَنِّهِ بي وذلك بالرجاء وتأميل العفو، وأَفْعَل به ما يَتَوَقَّعَه مني من خير أو غير ذلك؛ وأنا معه بالرحمة والتوفيق والهداية والرعاية والتأييد إذا ذكرني.
+فإنْ ذَكَرَني في نفسه مُنفردًا خاليًا بالتسبيح والتهليل أو غيرها؛ ذَكرتُه في نفسي.
+وإنْ ذَكَرَني في جماعة؛ ذكرتُه في جماعة أكثر منهم وأطيب.
+ومَن تَقَرّب إلى الله مقدار شِبْر زاده الله فتقرب إليه بذراع.
+وإن تقرب إليه مقدار ذراع تقرب إليه مقدار باع.
+وإن جاء إلى الله يمشي جاءه هَرولة.
+فالعبد إذا تقرب إلى ربه بطاعته والإقبال عليه، فإن الرب تعالى يَزِيده قُرْبًا إليه جزاءً مِن جنس عمله. 
+فكلما كَمُلَتْ عبودية المؤمن لربه قَرُبَ إليه تعالى، فعطاء الله وثوابه أكثر من عمل العبد وكدحه، والحاصل أنّ ثواب الله راجِحٌ على العمل بطريق الكيف والكم. 
+فالمؤمن يُحسِنُ الظن، ويعمل، ويسارع ويزداد حتى يلقى الله.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Allah Nyir'ubutagatifu yavuze ati:
+Njye mpora ndi aho umugaragu wanjye anyizereye, nkamufata bijyanye n'uko anyizera, kubera ukuntu anyiringiye kandi yiringiye imbabazi zanjye, nkamukorera ibyo yari anyitezeho byiza cyangwa se n'ibindi, kandi mporana nawe mu mpuhwe zanjye no kumushoboza, kumuyobora, kumwitaho, kumutera inkunga iyo anzirikanye mu mutima we.
+Iyo anzirikanye mu mutima we, ari wenyine ansingiza anantagatifuza ndetse n'ibindi, nanjye ndamuzirika.
+Iyo anyibutse mu ruhame, nanjye muvuga mu ruhame ruruta aho kandi hakaba heza kuharuta.
+N'iyo umuntu yiyegereje Allah ahangana n'intera y'ikiganza, Allah amurengerezaho akamusanganira ahangana n'intambwe.
+N'iyo amwiyegereje ahangana n'intambwe imwe, Allah amwegera ahangana n'intera y'uburebure bw'ukuboko.
+Kandi n'iyo aje agana Allah mu ntambuko, Allah amusanganira yihuta.
+Bityo iyo umugaragu asanganiye Allah akamwiyegereza akora ibikorwa byo kumwumvira, Allah Nyir'ubushobozi we arenzaho kubera kumwitura nk'ibyo nawe yakoze.
+Kandi buri uko umwemeramana abaye umugaragu wa Allah mu buryo bwuzuye, Allah nawe aramusanganira, kubera ko ineza ya Allah n'ibihembo bye ni byo byinshi kuruta ibikorwa by'umugaragu n'imvune agira, bikarangira ibihembo bya Allah mu miterere yabyo n'ingano yabyo.
+Umwemeramana akwiye kwizera Allah, agakora, kandi akihutira kwiyegereza Allah.</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمّى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+قال الآجُرِّي: إنّ أهل الحق يَصِفُون الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يبتدع. انتهى. فأهل السنة يُثْبِتُون لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويُنْفُون عن الله ما نفاه عن نفسه، ويَسْكُتُون عما لم يرد به نفي ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).
+إحسان الظن بالله لا بد معه من العمل، قال الحسن البصري: إنَّ المؤمن أَحْسَنَ الظنَّ بربه فأحسن العمل، وإنّ الفاجر أساء الظن بربه فأساء العمل.
+قال القرطبي: قيل: معنى "ظن عبدي بي" ظن الإجابة عند الدعاء، وظن القبول عند التوبة، وظن المغفرة عند الاستغفار، وظن المجازاة عند فعل العبادة بشروطها تَمَسُّكًا بصادق وعْدِه، ولذلك ينبغي للمرء أن يَجْتَهِدَ في القيام بما عليه موقِنًا بأنَّ الله يقبله ويغفر له؛ لأنه وَعَدَ بذلك وهو لا يُخْلِف الميعاد، فإن اعتقد أو ظن أن الله لا يقبلها وأنها لا تنفعه فهذا هو اليأس من رحمة الله وهو من الكبائر، ومن مات على ذلك وُكِلَ إلى ما ظَنّ كما في بعض طرق الحديث المذكور " فليظن بي عبدي ما شاء"، قال: وأما ظن المغفرة مع الإصرار فذلك مَحْضُ الجهل والغِرّة.
+الحث على الإكثار من ذكر الله في نفسك وبلسانك جميعًا، في نفسه وقلبه يخاف الله ويتذكَّر عظمته وحقه ويرجوه ويعظّمه ويحبه ويحسن به الظن ويخلص له العمل، وينطق باللسان: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله.
+قال ابن أبي جمرة: فمن ذَكَرَه وهو خائف آمَنَه، أو مُسْتَوْحِش آنَسَه.
+الشِّبْر: مسافة ما بين طرف الخِنْصَر إلى طرف الإبهام عند مَدِّ الكَفّ، والذراع: مسافة ما بين طرف الأصبع الوسطى إلى عظم المرفق، والباع: طول ذِرَاعَي الإنسان وعَضُدَيه وعَرْضِ صدره؛ وذلك قدر أربعة أذرع.</t>
+  </si>
+  <si>
+    <t>Iyi Hadith ni imwe mu zo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yakuye kwa Nyagasani wayo, ari zo zitwa Hadithul Qud'siyu cyangwa se Ilahiyu, ari zo zisobanuye ko imvugo zazo n'ibisobanuro byazo byaturutse kwa Allah, usibye ko zo zidafite umwihariko nk'uwa Qur'an itandukaniyeho n'ibindi, nko kuba kuyisomerwa ari kimwe mu bikorwa by'amasengesho (Ibadat), no kuyisoma wabanje gukora isuku (Twaharat), no kuba yarategeye abantu kuzana ikimeze nkayo kandi ikaba ari igitangaza, ndetse n'ibindi.
+Umumenyi Al Adjuriy yaravuze ati: Abantu bari ku kuri basingiza Allah bifashishije ibisingizo yivuzeho ubwe, ndetse n'ibyo Intumwa yamuvuzeho, ndetse n'ibyo abasangirangendo bamuvuzeho. Uyu niwo muyoboro w'abahisemo gukurikira birinda ibihimbano. Abagendera ku migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bemeza bakanashimangira ibyo Allah ubwe yivuzeho mu mazina n'ibisingizo ntacyo babihinduyeho, cyangwa se ngo babiburizemo, cyangwa se ngo babigereranye, cyangwa se ngo babisanishe nabyo, bakanahakana kuri Allah ibyo ativuzeho we ubwe, ndetse ibitaravuzwe byemeza cyangwa se bihakana bakifata. Allah Nyir'ubutagatifu aragira ati: (Ntacyo ahwanye nacyo kandi niwe wumva bihebuje, ubona bihebuje).
+Kwizera Allah kwiza kujyana n'ibikorwa. Al Hassan Al Basw'riyu yaravuze ati: Umwemeramana yizeye Allah mu buryo bwiza, nuko agatunganya ibikorwa bye, naho inkozi y'ibibi iyo yizera ibibi kwa Allah hanyuma ikangiza ibikorwa byayo.
+Umumenyi Al Qur'twubiy yaravuze ati: Kwizera Allah mu buryo bwiza bisobanuye kwizera ko yakira ubusabe bwawe ndetse akanagusubiza, akanakira ukwicuza kwawe igihe umwicujijeho, akanakubabarira igihe umusabye imbabazi, akanaguhemba igihe ukoze ibikorwa byiza ubyubahiriza nkuko bikwiye, wubahiriza isezerano mwagiranye. Ku bw'ibyo birakwiye ko umuntu akora ibishoboka byose agakora ibyo yategetswe, yizera adashidikanya ko Allah amwakirira ndetse akanamubabarira, kubera ko yabimusezeranyije kandi akaba atica isezerano. Iyo yizeye akiringira ko Allah atabyakira cyangwa se ntacyo byamumarira uko niko kwiheba mu mpuhwe za Allah kandi ni kimwe mu byaha bikuru. N'umuntu upfuye ari uko ameze Allah amurekera muri ibyo yizera nkuko byavuzwe muri iyi Hadith mu bundi buryo ahagira hati: "Umugaragu wanjye nanyizere uko abishaka", yaravuze ati: Naho kwizera imbabazi za Allah no gukomeza ibyaha, ibyo ubwabyo ni ubujiji no kwishuka.
+Gushishikariza kurushaho gusingiza Allah muri wowe no ku rurimi rwawe icya rimwe, mu mutima we no muri we atinya Allah, yibuka ubuhambare bwe, amwiringira akanamuha icyubahiro, akamukunda, akanamwizera uko bikwiye, akaba ari we wenyine aharira ibikorwa bye. Akavuga n'ururimi rwe aya magambo yo gusingiza Allah: SUBHANALLAH, WAL HAMDULILLAH, WA LA ILAHA ILA LLAH, WALLAHU AKBAR, WALA HAWULA WALA QUWATA ILA BILLAH: Ubutagatifu, ikuzo n'ishimwe ni ibya Allah, nta yindi mana ikwiye kugaragirwa by'ukuri uretse Allah, Allah niwe usumba byose, kandi nta bubasha cyangwa se ubushobozi usibye ko ari ibya Allah wenyine.
+Ibun Abi Djamrat yaravuze ati: Usingije Allah afite ubwoba, amuha gutekana, yamusingiza umutima uhagaze akawuha gutuza.
+Shib'ru: Ni intera iri hagati y'urutoki rw'igikumwe na mukabita rukoko ku kiganza. Naho intera iri hagati y'umutwe w'urutoki rwo hagati kugeza ku rutugu byitwa Dhira'u, naho intera iri hagati y'amaboko yombi umuntu ayarambuye anyuze ku gituza cye ni Ba'u.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3636</t>
+  </si>
+  <si>
+    <t>سألت عائشة، قلت: بأي شيء كان يبدأ النبي صلى الله عليه وسلم إذا دخل بيته؟ قالت: بالسواك</t>
+  </si>
+  <si>
+    <t>Nabajije Aishat nti: Ni ikihe kintu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga iheraho ubwo yabaga yinjiye mu rugo rwayo? Aravuga ati: Yabanzaga ikoza mu kanwa n'umuswaki</t>
+  </si>
+  <si>
+    <t>عَنِ شُرَيْحٍ بنِ هانِئٍ قَالَ: سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ.</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Shurayhi Ibun Hani-i yaravuze ati: Nabajije Aishat nti: Ni ikihe kintu Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga iheraho ubwo yabaga yinjiye mu rugo rwayo? Aravuga ati: Yabanzaga ikoza mu kanwa n'umuswaki.</t>
+  </si>
+  <si>
+    <t>كَانَ مِن هَدِيِ النبيِّ صلى الله عليه وسلم أَنْ يَبدأ بالسواك إذا دَخل بيتَه في أيِّ وقتٍ ليلًا أو نهارًا.</t>
+  </si>
+  <si>
+    <t>Byari muri imwe mu migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko iyo yabaga yinjiye iwayo haba mu ijoro cyangwa se ku manywa yaheraga ku koza mu kanwa.</t>
+  </si>
+  <si>
+    <t>مشروعية السواك عامة في جميع الأوقات، ويتأكّد ذلك: في الأوقات التي نَدَبَ الشارع إليها، ومنها: عند دخول البيت، وعند الصلاة، وعند الوضوء، وبعد الاستيقاظ من النوم، وعند تَغَيُّر رائحة الفم.
+بيان حرص التابعين على السؤال عن أحوال النبيِّ صلى الله عليه وسلم وسُنَنِهِ؛ ليقتدوا به.
+أخْذ العلم من أهله وممن هو أَعْرف به، حيث سُئلت عائشة رضي الله عنها عن حال النبي صلى الله عليه وسلم عند دخول البيت.
+حسن معاشرة النبي صلى الله عليه وسلم لأهله، حيث كان يُطَهِّر فَمَه عند الدخول.</t>
+  </si>
+  <si>
+    <t>Biremewe koza mu kanwa ibihe byose, ariko by'umwihariko mu bihe amategeko y'ubuyisilamu yadushishikarije; nk'igihe umuntu yinjiye iwe, igihe agiye gusali, igihe agiye gutawaza, akangutse abyutse, n'igihe yumva impumuro yo mu kanwa ke yahindutse.
+Kugaragaza uburyo abakurikiye abasangirangendo bari bashishikajwe no kumenya ibihe by'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) n'imigenzo yayo kugira ngo bayigane.
+Kwiga ubumenyi ubukura kuri ba nyirabwo, n'ababufite kubarusha, kubera ko hano uwabajijwe ni Aishat (Allah amwishimire) ku bijyanye n'uburyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yitwaraga ubwo yabaga yinjiye mu rugo rwayo.
+Imibanire myiza yaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) n'abagore bayo, aho dusanga yarabanzaga koza mu kanwa igihe yinjiye mu rugo rwayo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3652</t>
   </si>
   <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Musohoze ubutumwa mwanyumviseho n'ubwo waba umurongo umwe, nta n'ikibazo mujye munavuga ku byerekeye bene Isiraheri , ariko uzambeshyera ku bushake, azitegure icyicaro cye mu muriro</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amri (Imana ibishimire bombi) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Musohoze ubutumwa mwanyumviseho n'ubwo waba umurongo umwe, nta n'ikibazo mujye munavuga ku byerekeye bene Isiraheri , ariko uzambeshyera ku bushake, azitegure icyicaro cye mu muriro."</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irategeka gusohoza ubumenyi bwo muri Qur'an cyangwa se Sunat, kabone n'iyo bwaba ari bucye bungana nk'umurongo umwe wo muri Qur'an cyangwa se imvugo imwe y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) gusa agomba kuba azi neza ndetse asobanukiwe n'ibyo ahamagarira abantu. Nyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko ntacyo bitwaye kuvuga ku byerekeye bene Isiraheri byababayeho ariko bidahabanye n'idini ryacu. Irangije ibuza kuyibeshyera , ko nihagira n'uyibeshyera ku bwende aziteganyirize icyicaro cye mu muriro.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
@@ -4964,50 +5478,83 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umunsi mwiza izuba ryarasheho ari umunsi wa gatanu (Idjuma). No mu mwihariko wawo nuko ari nawo Allah yaremyeho Adamu (Amahoro ya Allah amubeho), ndetse ni nawo yarimusohoyemo amuzana ku isi, kandi imperuka ntizaba usibye ko bizaba ari ku munsi wa gatanu (wa Idjuma)!</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Agaciro k'umunsi wa gatanu (wa Idjuma), n'icyo urusha indi minsi igize icyumweru.
 Gushishikariza no kongera ibikorwa byiza by'umwihariko ku munsi wa gatatu, no kwitegurira kwakira impuhwe za Allah, no kurindwa ibihano bye.
 Uyu mwihariko w'umunsi wa gatanu wavuzwe muri iyi Hadith, byavuzwe ko atari mu rwego  rwo kugaragaza agaciro k'uyu munsi, kuko gusohora Adamu mu ijuru no kuba kw'imperuka, ibi ntibigaragaza agaciro kawo. Byanavuzwe kandi ko ibyavuzwe byose muri iyi Hadith ari iby'agaciro, no gusohorwa kwa Adamu mu ijuru byabaye impamvu yo kororoka kwe, ndetse no gukomokwaho n'Intumwa n'abahanuzi ndetse n'abandi bakora ibikorwa byiza. Naho kuzaba kw'imperuka kuri uyu munsi ni impamvu yo kwihutisha kugororera abakoze ibikorwa byiza, no kubona ingororano Allah yabateganyirije  n'ibindi byiza byinshi.
 Umunsi wa gatanu wavuzweho indi myihariko itari iyi yavuzwe; nko kuba ari wo munsi Adamu yababariweho, ndetse aba ari nawo apfiraho, ndetse uwo munsi ni nawo uriho isaha iyo umugaragu w'umwemeramana ahuje nayo ari gusali, afite icyo ari gusaba Allah, Allah arakimuha.
 Umunsi mwiza kuruta iyindi igize umwaka ni umunsi wa Arafat (wa 9 w'ukwezi kwa Dhul Hija), byanavuzwe ko ari umunsi w'igitambo (wa 10 z'ukwezi kwa Dhul Hija), naho uruta iyindi mu yigize icyumweru ni uwa gatanu (wa Idjuma), n'ijoro ryiza kuruta ayandi ni ijoro ry'igeno (rya Laylatul Qad'ri).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3711</t>
   </si>
   <si>
+    <t>ذكر عند النبي صلى الله عليه وسلم رجل نام ليله حتى أصبح، قال: ذاك رجل بال الشيطان في أذنيه، أو قال: في أذنه</t>
+  </si>
+  <si>
+    <t>Igihe kimwe imbere y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bavuze umugabo waryamye mu ijoro bumucyeraho iravuga iti: Uwo mugabo Sheytwani yanyaye mu matwi ye, cyangwa se yaravuze iti: Mu gutwi kwe</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abdillah Ibun Masud (Imana imwishimire) yaravuze ati: Igihe kimwe imbere y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bavuze umugabo waryamye mu ijoro bumucyeraho iravuga iti: Uwo mugabo Sheytwani yanyaye mu matwi ye, cyangwa se yaravuze iti: Mu gutwi kwe."</t>
+  </si>
+  <si>
+    <t>ذُكِرَ عند النبيِّ صلى الله عليه وسلم رَجلٌ نام حتى أصبح وطَلَعت الشمس ولم يَقم إلى الصلاة المفروضة، فقال صلى الله عليه وسلم: إنه رجل بَالَ الشيطانُ في أُذُنِهِ.</t>
+  </si>
+  <si>
+    <t>Abantu bavuze umugabo waryamye mu ijoro bukamucyeraho izuba rikarasa, ntabyuke ngo asali iswala y'itegeko hari Intumwa y'Imana (Imana iyihe amahoro n'imigisha), nuko iravuga iti: Uwo mugabo Shitani yanyaye mu gutwi kwe.</t>
+  </si>
+  <si>
+    <t>كراهية ترك قيام الليل، وأنّ ذلك بسبب الشيطان.
+الحَذَر من الشيطان الذي يَقعد للإنسان في كل طريق؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل.
+قال ابن حجر: قوله: (ما قام إلى الصلاة) المُراد الجِنْس، ويحتمل العهد، ويراد به صلاة الليل أو المكتوبة.
+قال الطيبي: خص الأذن بالذِّكْر، وإن كانت العين أنسب بالنوم إشارة إلى ثقل النوم، فإن المسامع هي موارد الانتباه، وخص البول؛ لأنه أسهل مدخلًا في التجاويف، وأسرع نفوذًا في العروق، فيورث الكسل في جميع الأعضاء.</t>
+  </si>
+  <si>
+    <t>Kureka gusali iswalat yo mu gicuku si byiza, kandi biterwa na Shitani.
+Kwirinda Shitani yubikira umuntu mu nzira zose, kugira ngo imwitambike imubuze kumvira Allah Nyir'ubutagatifu.
+Umumenyi Ibun Hadjar yavuze ku bijyanye n'aha hagira hati (Ntiyahagurutse ngo asali) avuga ko ari iswalat iyo ari yo yose, binacyekwa ko ari iy'itegeko. Ariko igamije kuvugwa hano ni iyo mu gicuku (Qiyamu Layli) cyangwa se iy'itegeko.
+Umumenyi A-Twibiy yaravuze ati: Muri iyi mvugo havuzwe ugutwi, nyamara amaso ari yo yari akwiye kuvuga bitewe n'uko ari yo asinzira, mu rwego  rwo kugaragaza ibitotsi byinshi, kubera ko amatwi niyo atuma umuntu yumva agakanguka, hano inkari zavuzwe ku buryo bw'umwihariko kuko nizo zoroshye gutemba no kugera mu mitsi, bigatuma umuntu agira ubunebwe mu ngingo ze zose z'umubiri.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3714</t>
+  </si>
+  <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Allah agirire impuhwe umuntu woroha igihe agurisha, woroha igihe agura, woroha igihe yishyuza</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Djabir (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Allah agirire impuhwe umuntu woroha igihe agurisha, woroha igihe agura, woroha igihe yishyuza."</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irasabira impuhwe za Allah buri uwo ari we wese woroha, w'umunyabuntu, mu bucuruzi bwe; Bityo ntagora umuguzi mu biciro, ahubwo aramworohera akanamwitwaraho neza mu muco uboneye. Aroroha akagira ubuntu igihe nawe ari umuguzi, bityo nta muhuguza cyangwa se ngo ateshe agaciro ibicuruzwa. Aroroha akagira ubuntu igihe yishyuza abamufitiye umwenda; ntagore umukene n'undi ubabaye, ahubwo amwishyuza harimo kumworohera no kumugirira impuhwe, ndetse akanihanganira uwananiwe kwishyura.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
@@ -5177,85 +5724,180 @@
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Hari umugabo umwe wajyaga aguriza abantu, yajyaga abwira umukozi we ati: Nujya ujya kwishyuza hakagira uwo usanga yananiwe kwishyura jya umwihanganira umudohorere, kugira ngo natwe Allah azatubabarire, nuko aza gupfa ahura na Allah aramubabarira."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ku mugabo umwe wajyaga aguriza abantu cyangwa se akabagurisha bakazamwishyura nyuma; Yajyaga abwira umukozi we wamwishyurizaga amadeni abantu bamufitiye ati: Nujya ujya kwishyuza ugasanga uwo wishyuza ntafite ubushobozi bwo kukwishyura, ujye umworohera umwihanganire utamushyizeho igitutu mu kumwishyuza. Cyangwa se kwakira ibyo umusanganye kabone n'iyo byaba bituzuye, ibyo byose uwo mugabo yabikoraga kubera gushaka ko Allah nawe yazamwakirira ibyo azaba afite akamubabarira. Ubwo wa mugabo yari amaze gupfa, Allah yaramubabariye, ndetse ntiyamuhanira ibyaha bye.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Kugirira neza abantu no kubababarira ndetse no korohera ukomerewe muri bo ni imwe mu mpamvu zizatuma umugaragu arokoka ibihano ku munsi w'imperuka.
 Kugirira neza ibiremwa no kubikora kubera Allah wiringiye impuhwe ze ni imwe mu mpamvu zo kubabarirwa ibyaha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3753</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم يجتهد في العشر الأواخر ما لا يجتهد في غيره</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga igira umuhate mu minsi icumi ya nyuma kuruta uwo yagiraga mu yindi minsi</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمِنينَ رَضِيَ اللهُ عَنْهَا: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ.</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga igira umuhate mu minsi icumi ya nyuma kuruta uwo yagiraga mu yindi minsi.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا جاء العَشر الأواخر من رمضان يَجتهد فيها بالعبادة والطاعة، ويُبالِغ في أنواع الخيرات وأصناف المَبَرَّات والعبادات أكثر مما يجتهد في غيره؛ وذلك لِعِظَم وفضل تلك الليالي، وطلبًا لليلة القدر.</t>
+  </si>
+  <si>
+    <t>Iyo iminsi icumi ya nyuma yo mu kwezi kwa Ramadhan yageraga, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagiraga umuhate n'umurava mu bikorwa by'amasengesho no kumvira Allah, ndetse no gukora ibikorwa bindi bitandukanye byiza kuruta uko yabikoraga mu yindi minsi, kubera ubuhambare n'agaciro k'iyo minsi n'ayo majoro, ndetse no gushakisha ijoro ry'igeno.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار مِن البِرِّ ووجوه الطاعات في شهر رمضان عامة والعشر الأخيرة منه خاصة.
+العشر الأواخر من رمضان تبدأ من الليلة الحادية والعشرين إلى نهاية الشهر.
+استحباب اغْتِنَام الأوقات الفاضلة بالطاعات.</t>
+  </si>
+  <si>
+    <t>Gushishikariza kongera ibikorwa byiza n'ibindi bitandukanye byo kwiyegereza Allah mu kwezi kwa Ramadhan no mu minsi icumi yako ya nyuma ku buryo bw'umwihariko.
+Iminsi icumi ya nyuma ya Ramadhan itangirana n'ijoro rya makumyabiri na rimwe kugeza ukwezi kurangiye.
+Gukundisha kubyaza umusaruro ibihe byiza, umuntu akora ibikorwa byo kumvira Allah.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3755</t>
+  </si>
+  <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Abayoboke banjye bose bazababarirwa usibye abakora ibyaha ku mugaragaro</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Abayoboke banjye bose bazababarirwa usibye abakora ibyaha ku mugaragaro, kandi gukora ibyaha ku mugaragaro ni igihe umuntu akoze igikorwa mu ijoro Allah akamuhishira, bwacya  akavuga ati: Yewe kanaka! Mu ijoro ryashize nakoze ibi n'ibi, kandi Nyagasani we yari yamuhishiriye, bugacya amena ibanga Allah yari yamugiriye."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko umuyisilamu ukoze icyaha, hiringiwe ko Allah azamubabarira, cyeretse wa wundi ushyira ibyaha bye ku mugaragaro akivamo agamije kwigamba no kwiyemera ku bandi, uwo nta mbabazi akwiye; nk'igihe akoze icyaha mu ijoro Allah akamuhishira, bwacya akaramuka yigamba abiratira abandi avuga ko yaraye akoze ibyaha runaka, kandi Nyagasani we yari yamuhishiriye, ibyo Nyagasani we yari yamuhishiriyeho akabishyira ku mugaragaro!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Ni bibi kwigamba ibyaha nyuma y'uko Allah Nyir'ubutagatifu yaguhishiriye.
 Kwigamba ibyaha, ni bumwe mu buryo  bwo gukwiza ubwangizi mu bemeramana.
 Uwo Allah yahishiriye hano ku isi, no ku munsi w'imperuka azamuhishira; ibi bikaba ari bimwe mu bigaragaza  impuhwe za Allah Nyir'ubutagatifu zagutse ku bagaragu be.
 Uwo Allah agerageje agakora icyaha, aba akwiye kwihishira kandi akicuza kuri we.
 Ubuhambare bw'icyaha cya ba bandi bagambira gushyira ku mugaragaro ibyaha, ndetse bikanabaviramo kutababarirwa na Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3756</t>
   </si>
   <si>
+    <t>لا يستر عبد عبدا في الدنيا إلا ستره الله يوم القيامة</t>
+  </si>
+  <si>
+    <t>Igihe cyose umugaragu ahishiriye mugenzi we hano ku isi, Allah nawe ku munsi w'imperuka azamuhishira</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Igihe cyose umugaragu ahishiriye mugenzi we hano ku isi, Allah nawe ku munsi w'imperuka azamuhishira."</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه لا يَستر مسلمٌ أخاه المسلم في أمر من الأمور، إلا سَتره الله عز وجل يوم القيامة؛ فالجزاء من جنس العمل، ويكون سِتْرُ اللهِ له بستر عيوبه ومعاصيه عن إذاعتها على أهل المحشر، وقد يكون بترك محاسبته عليها وذكرها له.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko igihe cyose umugaragu ahishiriye mugenzi we w'umuyisilamu ku kintu runaka, Allah nawe azamuhishira inenge ze n'ibyaha bye ku munsi w'izurwa ntibizamenyekane, hari n'ubwo Allah yazareka kumubarurira.</t>
+  </si>
+  <si>
+    <t>مشروعية السِّتْر على المسلم إذا فَعَلَ معصية، مع الإنكار عليه، والنصيحة له، وتخويفه بالله، أما إذا كان من أهل الشر والفساد المجاهرين بالمعاصي والفسق، فإنه لا ينبغي الستر عليهم؛ لأن الستر عليهم يُجَرِّئُهم على المعاصي، وإنما يُرْفَع أمرُه إلى ولاة الأمور، ولو كان في هذا ذكر له؛ لأنه مُعْلِن بفسقه ومعصيته.
+الترغيب في ستر أخطاء الآخرين.
+من فوائد الستر: إتاحة الفرصة للمذنب أن يراجِعَ نفسه ويتوب إلى الله؛ لأن إعلان العيوب والعورات من إشاعة الفاحشة، ويُفسِد الجَوَّ الاجتماعي، ويُغْرِي الناس بارتكابها.</t>
+  </si>
+  <si>
+    <t>Biremewe guhishira umuyisilamu ukoze icyaha ariko ukacyamagana, ndetse ukanamugira inama, ukanamutinyisha Allah, ariko iyo ari mu bantu bakora ibikorwa bibi n'ubwangizi ndetse akanabikora ku mugaragaro, icyo gihe ntabwo umuhishira, kuko bituma akomeza gukora ibyaha, ahubwo icyo gihe ubimenyesha abayobozi n'abamushinzwe, kubera ko yeruye ibyaha bye akabishyira ku mugaragaro.
+Gushishikariza guhishira amakoza ya bagenzi bacu.
+Mu nyungu zo guhishira harimo; Guha amahirwe umunyamakosa yo kwisubiraho akikosora ndetse akanicuza kwa Allah, kubera ko gutangaza ibyaha n'inenge bibarwa nko gukwiza ubwangizi, ndetse bigakwiza ubwangizi hagati y'abantu n'uburyo babanye, bikanashishikariza abandi kubikora.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3777</t>
+  </si>
+  <si>
+    <t>لا يموتن أحدكم إلا وهو يحسن بالله الظن</t>
+  </si>
+  <si>
+    <t>Umwe muri mwe ntazapfe, atizera Allah nkuko bikwiye</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ وَفَاتِهِ بِثَلَاثٍ يَقُولُ: «لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Djabir (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Umwe muri mwe ntazapfe, atizera Allah nkuko bikwiye."</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم المسلمَ بأن لا يموت إلا وهو يُحسِنُ الظنَّ بالله بتَغْلِيْبِه جانبَ الرجاء عند الاحتضار بأن الله يرحمُه ويعفو عنه، لأن الخوف مطلوب لتحسين العمل، وتلك الحالة ليست حالة الأعمال، فالمطلوب فيها غَلَبَةُ الرجاء.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irashishikariza umuyisilamu guharanira kuzapfa afite ukwizera kwiza akajya abanza kwizera no kwiringira Allah nk'igihe yegereje gupfa akizera ko Allah azamugirira impuhwe akamubabarira, kubera ko gutinya biba bicyenewe mu rwego rwo kunoza ibikorwa, kandi ibi ntabwo ari mu gihe cy'ibikorwa, igikenewe ni ukwizera kurushaho.</t>
+  </si>
+  <si>
+    <t>حِرْص النبيِّ صلى الله عليه وسلم على إرشاد أمته، وشدة رأفته بها في جميع أحواله؛ حتى في مرض موته ينصح أمتَه ويدلُّها على مسالك النجاة.
+قال الطيبي: أحسنوا أعمالكم الآن حتى يَحْسُنَ ظنُّكم بالله عند الموت، فإنَّ مَن ساء عملُه قبل الموت يَسوء ظنُّه عند الموت.
+أكمل الأَحْوال للعبد اعْتدال الرَّجاء والخوف، وغلبةُ الحب؛ فالمحبَّة هي المرْكَبُ، والرَّجاء حادٍ، والخوف سائق، والله الموصل بمنِّه وكرمه.
+ينبغي على من كان قريبًا ممن حَضَرَه الموت أنْ يُغَلِّب عنده جانب الرجاء وحسن الظن بالله، ففي هذا الحديث أنه صلى الله عليه وسلم قال ذلك قبل أن يموت بثلاث.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari ishishikajwe no kuyobora abayoboke bayo, n'uburyo yari ibafitiye impuhwe mu bihe byabo byose, kugeza no mu bihe yapfagamo yabagiraga inama ikanabayobora mu nzira zatuma barokoka.
+Umumenyi A-Twibiy yaravuze ati: Munoze ibikorwa byanyu nonaha kugira ngo mugirire Allah icyizere gikwiye mu gihe cyo gupfa, kubera ko udatunganyije ibikorwa bye mbere yo gupfa, igihe cyo gupfa ntagira ukwizera kwiza.
+Ibihe byuzuye by'umugaragu ni igihe ahuje kwiringira ingororano za Allah  no kugira ubwoba bw'ibihano bya Allah, ariko  urukundo rukaza imbere yabyo byose. Urukundo ni nk'ikigenderwaho, kwiringira bigakurikira, kugira ubwoba nibyo mushoferi, hanyuma Allah ni we utugeza aho dukwiye kugera ku bw'ingabire ze n'ubuntu bwe.
+Birakwiye ko umuntu uri bugufi n'uwenda gupfa ko amushoboza kugira kwizera no kwiringira ingororano za Allah, kubera ko muri iyi Hadith haragaragaramo ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabivuze mbere y'uko ipfa habura iminsi itatu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3779</t>
+  </si>
+  <si>
     <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
     <t>Mu ijoro nazamuwe mu ijuru (Is'ra-i) nahuye na Ibrahim maze arambwira ati: Yewe Muhamad, uzansuhurize abayoboke bawe indamutso y'amahoro, unababwire ko ijuru ari ryiza, ubutaka bwaryo ari bwiza, amazi yaryo ari urubogobogo</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Mas'ud (Imana imwishimire)_ yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Mu ijoro nazamuwe mu ijuru (Is'ra-i) nahuye na Ibrahim maze arambwira ati: Yewe Muhamad, uzansuhurize abayoboke bawe indamutso y'amahoro, unababwire ko ijuru ari ryiza, ubutaka bwaryo ari bwiza, amazi yaryo ari urubogobogo, kandi ko ijuru ari rigari riringaniye ritarimo ibiti, no kubiteramo ni ukuvuga aya magambo: SUBHANALLAH WAL HAMDULILLAH WALA ILAHA ILA LLAHU WALLAHU AKBARU: Ubutagatifu ni ubwa Allah, n'ikuzo n'ishimwe ni ibya Allah, kandi nta yindi mana ikwiye kugaragirwa uretse Allah, Imana isumba byose."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko yahuye na Ibrahim umukunzi wa Allah, mu ijoro yazamuwe mu ijuru (Isra-i wal Mi'iradji), nuko arayibwira ati: Yewe Muhamadi ungereze indamutso y'amahoro ku bayoboke banjye, unababwire ko ijuru ari ryiza, ubutaka bwaryo ari bwiza, amazi yaryo ari urubogobogo atari urwunyunyu, kandi ko ijuru ari rigari riringaniye ritarimo ibiti, no kubiteramo ni ukuvuga aya magambo: SUBHANALLAH WAL HAMDULILLAH WALA ILAHA ILA LLAHU WALLAHU AKBARU: Ubutagatifu ni ubwa Allah, n'ikuzo n'ishimwe ni ibya Allah, kandi nta yindi mana ikwiye kugaragirwa uretse Allah, Allah asumba byose. Buri uko umuyisilamu ayavuze ndetse akayasubiramo atererwa igiti mu ijuru.</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>Gushishikariza guhozaho gusingiza Allah kugira ngo nawe wongere ibiti utererwa mu ijuru ryawe.
@@ -5284,50 +5926,87 @@
   <si>
     <t>Uwunga isano ry'umuryango wa nyawe ntabwo ari wawundi ubikora agamije nawe kubikorerwa, ahubwo uryunga by'ukuri ni wa wundi iyo abanyamuryango be baciye isano we araryunga</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amri (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uwunga isano ry'umuryango wa nyawe ntabwo ari wawundi ubikora agamije nawe kubikorerwa, ahubwo uryunga by'ukuri ni wa wundi iyo abanyamuryango be baciye isano we araryunga."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igamije kuvuga ko Umuntu wunga isano ry'abagize umuryango we mu buryo bwa nyabwo, akanabagirira neza nabwo ari wawundi ubikora aagamije ko bazamwishyura. Ahubwo uryunga by'ukuri ni wa wundi n'iyo abanyamuryango be baciye isano we araryunga kabone n'iyo baba baramuhemukiye, we abitura kubagirira neza no kubabanira neza.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Kunga isano ry'umuryango bihabwa agaciro cyane mu idini ry'ubuyisilamu ni ukuryunga n'uwariciye, no kubabarira uwaguhemukiye, no guha uwakwimye, ntabwo ari ukubikora kugira ngo nabo bazakwiture cyangwa se ngo nabo bazakwishyure.
 Kunga isano ry'umuryango n'abawugize bikorwa umuntu akora ibyo ashoboye mu byiza nko gutanga umutungo, kubasabira ibyiza, kubabwiriza gukora ibyiza no kubabuza gukora ibibi n'ibindi nkabyo, ndetse no kubarinda ibibi bishobora kubageraho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3854</t>
+  </si>
+  <si>
+    <t>لئن كنت كما قلت، فكأنما تسفهم المل ولا يزال معك من الله ظهير عليهم ما دمت على ذلك</t>
+  </si>
+  <si>
+    <t>Niba uko uvuze ari ko uri waba umeze nkaho ubagaburira umucanga ushyushye, kandi Allah azakomeza kubagutsindira igihe cyose uzaba umeze gutyo</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَجُلًا قَالَ: يَا رَسُولَ اللهِ إِنَّ لِي قَرَابَةً أَصِلُهُمْ وَيَقْطَعُونِي، وَأُحْسِنُ إِلَيْهِمْ وَيُسِيئُونَ إِلَيَّ، وَأَحْلُمُ عَنْهُمْ وَيَجْهَلُونَ عَلَيَّ، فَقَالَ: «لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Umugabo umwe yaravuze ati: Yewe Ntumwa y'Imana! Mfite abanyamuryango banjye ba bugufi, nkora ibishoboka ngo nunge ubuvandimwe bo bakabuca, mbagirira neza bo bakampemukira, ndabihanganira ariko bakanyitura inabi, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Niba uko uvuze ari ko uri waba umeze nkaho ubagaburira umucanga ushyushye, kandi Allah azakomeza kubagutsindira igihe cyose uzaba umeze gutyo."</t>
+  </si>
+  <si>
+    <t>اشتَكَى رَجُلٌ للنبيِّ صلى الله عليه وسلم بأنّ له قرابةً ورَحِمًا يَتَعامَل معهم بالحُسنى وهم يُعامِلونه بضد ذلك؛ فيَصِلُهم ويأتِيْهم وهم يَقْطَعونه، ويُحسن إليهم بالبر والوفاء ويُسيئون إليه بالجَوْر والجَفَاء، ويَحلم ويعفو عنهم ويَجهلون عليه بالقبيح من القول والفعل، فهل يَستَمِرُّ بالصِّلَة لهم مع ما ذُكِر؟ 
+فقال له النبيُّ صلى الله عليه وسلم: إنْ كان كما ذَكَرتَ فإنك تُخزِيهم وتَحْقِرُهم في أنفسهم، وكأنك تُطعِمُهم الرَّمَاد الحارّ؛ لكثرة إحسانك وقبيح فِعلِهم عند أنفسهم، ولا يزال معك من عند الله مُعين لك عليهم، ودافِع عنك أذاهم ما دُمْتَ على ما ذَكرتَ من إحسانك إليهم، وظَلُّوا هم على إساءتهم إليك.</t>
+  </si>
+  <si>
+    <t>Umugabo umwe yaregeye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko afite abavandimwe be bahuje isano, ababanira neza ariko bo bakamwitura inabi, agerageza kunga isano afitanye nabo bo bakarica, abakorera ibyiza ariko bo bakamukorera ibibi banamuhuguza, akabihanganira ndetse akanabababarira ariko bo ntibabikozwe ahubwo bakamukorera ibibi mu mvugo n'ibikorwa, ese yakomeza kubagirira neza?
+Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusubiza imubwira ko niba ari uko bimeze, abakoza isoni akabafata nkaho baciriritse, kandi ko ameze nk'ubagaburira umucanga ushyushye, kubera ko abagirira neza cyane bo bakamwitura inabi, kandi ko Allah igihe cyose azajya amutera inkunga ibamufasha ikanamurinda igihe cyose azakomeza kumera atyo, nabo bagakomeza kumuhemukira.</t>
+  </si>
+  <si>
+    <t>مقابلة الإساءة بالإحسان مَظِنّة رجوع  المسيء إلى الحق، كما قال تعالى: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
+امتثال أمْر الله ولو حصل له أذى سببٌ لعون الله للعبد المؤمن.
+قطيعة الرحم أَلَمٌ وعذابٌ في الدنيا، وإثمٌ وحساب في الآخرة.
+ينبغي على المسلم أنْ يَحتَسِب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتُهم عن عادته الطيبة.
+ليس الواصلُ لِرَحِمِهِ مَن يُكافِئ مَن وَصَله، ولكن الواصل حقيقة هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها.</t>
+  </si>
+  <si>
+    <t>Kwitura ineza inabi wakorewe, bishobora gutuma umubi agarukira ukuri nkuko Allah yabivuze agira ati: {Bityo, inabi (wakorewe) jya uyikosoza ineza; ibyo bizatuma uwo mwari mufitanye urwango aba nk’inshuti yawe magara}.
+Kumvira itegeko rya Allah, kabone n'iyo yagerwaho n'ingorane zaba impamvu y'uko umugaragu wa Allah w'umwemeramana abona inkunga.
+Guca imiryango birababaza ni n'ibihano hano ku isi, ndetse ni n'icyaha umuntu azabazwa ku munsi w'imperuka.
+Birakwiye ko umuyisilamu yizera ingorano z'ibikorwa bye byiza akora, kandi ntacibwe intege n'inabi abantu bamugirira ngo zimukure kuri kamere ye nziza asanganywe.
+Umuntu wunga isano ry'imiryango nta bikorwa ngo yiturwe ineza y'uwo yayigiriye, ahubwo uwunga isano wa nyawe ni wa wundi iyo ricitse araryunga.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3863</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>Ariko se ni ibihe turi buguheho igihango? Iradusubiza iti: Igihango cy'uko mutazagaragira ikindi kitari Allah, no  kuba mutazamubangikanya n'icyo ari cyo cyose, no guhoza iswalat eshanu, no kumvira hari n'irindi jambo yavuze buhoro yongorera, ndetse no kutazagira icyo musaba abantu</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Muslim Al Khaw'laniy yaravuze ati: Umukunzi w'umwizerwa, mu by'ukuri akaba yari umukunzi wanjye akaba n'umwizerwa kuri njye, ari we Aw'f Ibun Malik Al Ash'dja'iy (Imana imwishimire) yaranganirije agira ati: Igihe kimwe twari hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  turi icyenda cyangwa se umunani cyangwa se barindwi, nuko iratubaza iti: Ese ntimwaha igihango Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyo kuyishyigikira? Icyo gihe twari tumaze igihe gito tuyihaye igihango, maze turayibwira tuti: Twamaze kuguha igihango cyo kugushyigikira yewe Ntumwa y'Imana! Nyuma irangije irongera iratubaza iti: Ese ntimwaha igihango Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyo kuyishyigikira? Turayisubiza tuti: Twamaze kuguha igihango cyo kugushyigikira yewe Ntumwa y'Imana! Nyuma irangije irongera iratubaza iti: Ese ntimwaha igihango Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyo kuyishyigikira? Awuf Ibun Malik yaravuze ati:  Turangije turambura ibiganza byacu, turavuga tuti: Twaguhaye igihango yewe Ntumwa y'Imana! Ariko se ni ibihe turi buguheho igihango? Iradusubiza iti: Igihango cy'uko mutazagaragira ikindi kitari Allah, no  kuba mutazamubangikanya n'icyo ari cyo cyose, no guhoza iswalat eshanu, no kumvira hari n'irindi jambo yavuze buhoro yongorera, ndetse no kutazagira icyo musaba abantu" Nabonye bamwe muri bo, inkoni y'umwe muri bo igwa hasi ntasabe umuntu kuyimuhereza.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Igihe kimwe ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari hamwe na bamwe mu basangirangendo, yabasabye inshuro eshatu ko bayiha igihango, ndetse bakanayisezeranya kwitwararika ibi bintu bikurikira:
 Icya mbere: Kugaragira Allah wenyine, bashyira mu bikorwa ibyo yabategetse, banirinda ibyo yababujije, no kutamubangikanya n'icyo ari cyo cyose.
 Icya kabiri: Guhozaho iswalat eshanu z'itegeko ku manywa na n'ijoro.
@@ -19248,51 +19927,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O519"/>
+  <dimension ref="A1:O537"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -20626,23029 +21305,23875 @@
       </c>
       <c r="I30" t="s">
         <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3061</v>
+        <v>3060</v>
       </c>
       <c r="B31" t="s">
         <v>287</v>
       </c>
       <c r="C31" t="s">
         <v>288</v>
       </c>
       <c r="D31" t="s">
         <v>289</v>
       </c>
       <c r="E31" t="s">
         <v>290</v>
       </c>
       <c r="F31" t="s">
         <v>291</v>
       </c>
       <c r="G31" t="s">
         <v>292</v>
       </c>
       <c r="H31" t="s">
         <v>293</v>
       </c>
       <c r="I31" t="s">
         <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3062</v>
+        <v>3061</v>
       </c>
       <c r="B32" t="s">
         <v>296</v>
       </c>
       <c r="C32" t="s">
         <v>297</v>
       </c>
       <c r="D32" t="s">
         <v>298</v>
       </c>
       <c r="E32" t="s">
         <v>299</v>
       </c>
       <c r="F32" t="s">
         <v>300</v>
       </c>
       <c r="G32" t="s">
         <v>301</v>
       </c>
       <c r="H32" t="s">
         <v>302</v>
       </c>
       <c r="I32" t="s">
         <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
+        <v>25</v>
+      </c>
+      <c r="L32" t="s">
+        <v>26</v>
+      </c>
+      <c r="M32" t="s">
+        <v>27</v>
+      </c>
+      <c r="N32" t="s">
+        <v>28</v>
+      </c>
+      <c r="O32" t="s">
         <v>304</v>
-      </c>
-[...10 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3063</v>
+        <v>3062</v>
       </c>
       <c r="B33" t="s">
+        <v>305</v>
+      </c>
+      <c r="C33" t="s">
+        <v>306</v>
+      </c>
+      <c r="D33" t="s">
         <v>307</v>
       </c>
-      <c r="C33" t="s">
+      <c r="E33" t="s">
         <v>308</v>
       </c>
-      <c r="D33" t="s">
+      <c r="F33" t="s">
         <v>309</v>
       </c>
-      <c r="E33" t="s">
+      <c r="G33" t="s">
         <v>310</v>
       </c>
-      <c r="F33" t="s">
+      <c r="H33" t="s">
         <v>311</v>
       </c>
-      <c r="G33" t="s">
+      <c r="I33" t="s">
         <v>312</v>
       </c>
-      <c r="H33" t="s">
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" t="s">
         <v>313</v>
       </c>
-      <c r="I33" t="s">
+      <c r="L33" t="s">
+        <v>26</v>
+      </c>
+      <c r="M33" t="s">
         <v>314</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3071</v>
+        <v>3063</v>
       </c>
       <c r="B34" t="s">
         <v>316</v>
       </c>
       <c r="C34" t="s">
         <v>317</v>
       </c>
       <c r="D34" t="s">
         <v>318</v>
       </c>
       <c r="E34" t="s">
         <v>319</v>
       </c>
       <c r="F34" t="s">
         <v>320</v>
       </c>
       <c r="G34" t="s">
         <v>321</v>
       </c>
       <c r="H34" t="s">
         <v>322</v>
       </c>
       <c r="I34" t="s">
         <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3075</v>
+        <v>3071</v>
       </c>
       <c r="B35" t="s">
         <v>325</v>
       </c>
       <c r="C35" t="s">
         <v>326</v>
       </c>
       <c r="D35" t="s">
         <v>327</v>
       </c>
       <c r="E35" t="s">
         <v>328</v>
       </c>
       <c r="F35" t="s">
         <v>329</v>
       </c>
       <c r="G35" t="s">
         <v>330</v>
       </c>
       <c r="H35" t="s">
         <v>331</v>
       </c>
       <c r="I35" t="s">
         <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3078</v>
+        <v>3075</v>
       </c>
       <c r="B36" t="s">
         <v>334</v>
       </c>
       <c r="C36" t="s">
         <v>335</v>
       </c>
       <c r="D36" t="s">
         <v>336</v>
       </c>
       <c r="E36" t="s">
         <v>337</v>
       </c>
       <c r="F36" t="s">
         <v>338</v>
       </c>
       <c r="G36" t="s">
         <v>339</v>
       </c>
       <c r="H36" t="s">
         <v>340</v>
       </c>
       <c r="I36" t="s">
         <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3079</v>
+        <v>3078</v>
       </c>
       <c r="B37" t="s">
         <v>343</v>
       </c>
       <c r="C37" t="s">
         <v>344</v>
       </c>
       <c r="D37" t="s">
         <v>345</v>
       </c>
       <c r="E37" t="s">
         <v>346</v>
       </c>
       <c r="F37" t="s">
         <v>347</v>
       </c>
       <c r="G37" t="s">
         <v>348</v>
       </c>
       <c r="H37" t="s">
         <v>349</v>
       </c>
       <c r="I37" t="s">
         <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3086</v>
+        <v>3079</v>
       </c>
       <c r="B38" t="s">
         <v>352</v>
       </c>
       <c r="C38" t="s">
         <v>353</v>
       </c>
       <c r="D38" t="s">
         <v>354</v>
       </c>
       <c r="E38" t="s">
         <v>355</v>
       </c>
       <c r="F38" t="s">
         <v>356</v>
       </c>
       <c r="G38" t="s">
         <v>357</v>
       </c>
       <c r="H38" t="s">
         <v>358</v>
       </c>
       <c r="I38" t="s">
         <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3087</v>
+        <v>3086</v>
       </c>
       <c r="B39" t="s">
         <v>361</v>
       </c>
       <c r="C39" t="s">
         <v>362</v>
       </c>
       <c r="D39" t="s">
         <v>363</v>
       </c>
       <c r="E39" t="s">
         <v>364</v>
       </c>
       <c r="F39" t="s">
         <v>365</v>
       </c>
       <c r="G39" t="s">
         <v>366</v>
       </c>
       <c r="H39" t="s">
         <v>367</v>
       </c>
       <c r="I39" t="s">
         <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3088</v>
+        <v>3087</v>
       </c>
       <c r="B40" t="s">
         <v>370</v>
       </c>
       <c r="C40" t="s">
         <v>371</v>
       </c>
       <c r="D40" t="s">
         <v>372</v>
       </c>
       <c r="E40" t="s">
         <v>373</v>
       </c>
       <c r="F40" t="s">
         <v>374</v>
       </c>
       <c r="G40" t="s">
         <v>375</v>
       </c>
       <c r="H40" t="s">
         <v>376</v>
       </c>
       <c r="I40" t="s">
         <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3095</v>
+        <v>3088</v>
       </c>
       <c r="B41" t="s">
         <v>379</v>
       </c>
       <c r="C41" t="s">
         <v>380</v>
       </c>
       <c r="D41" t="s">
         <v>381</v>
       </c>
       <c r="E41" t="s">
         <v>382</v>
       </c>
       <c r="F41" t="s">
         <v>383</v>
       </c>
       <c r="G41" t="s">
         <v>384</v>
       </c>
       <c r="H41" t="s">
         <v>385</v>
       </c>
       <c r="I41" t="s">
         <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3096</v>
+        <v>3095</v>
       </c>
       <c r="B42" t="s">
         <v>388</v>
       </c>
       <c r="C42" t="s">
         <v>389</v>
       </c>
       <c r="D42" t="s">
         <v>390</v>
       </c>
       <c r="E42" t="s">
         <v>391</v>
       </c>
       <c r="F42" t="s">
         <v>392</v>
       </c>
       <c r="G42" t="s">
         <v>393</v>
       </c>
       <c r="H42" t="s">
         <v>394</v>
       </c>
       <c r="I42" t="s">
         <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3103</v>
+        <v>3096</v>
       </c>
       <c r="B43" t="s">
         <v>397</v>
       </c>
       <c r="C43" t="s">
         <v>398</v>
       </c>
       <c r="D43" t="s">
         <v>399</v>
       </c>
       <c r="E43" t="s">
         <v>400</v>
       </c>
       <c r="F43" t="s">
         <v>401</v>
       </c>
       <c r="G43" t="s">
         <v>402</v>
       </c>
       <c r="H43" t="s">
         <v>403</v>
       </c>
       <c r="I43" t="s">
         <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B44" t="s">
         <v>406</v>
       </c>
       <c r="C44" t="s">
         <v>407</v>
       </c>
       <c r="D44" t="s">
         <v>408</v>
       </c>
       <c r="E44" t="s">
         <v>409</v>
       </c>
       <c r="F44" t="s">
         <v>410</v>
       </c>
       <c r="G44" t="s">
         <v>411</v>
       </c>
       <c r="H44" t="s">
         <v>412</v>
       </c>
       <c r="I44" t="s">
         <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3107</v>
+        <v>3104</v>
       </c>
       <c r="B45" t="s">
         <v>415</v>
       </c>
       <c r="C45" t="s">
         <v>416</v>
       </c>
       <c r="D45" t="s">
         <v>417</v>
       </c>
       <c r="E45" t="s">
         <v>418</v>
       </c>
       <c r="F45" t="s">
         <v>419</v>
       </c>
       <c r="G45" t="s">
         <v>420</v>
       </c>
       <c r="H45" t="s">
         <v>421</v>
       </c>
       <c r="I45" t="s">
         <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3110</v>
+        <v>3107</v>
       </c>
       <c r="B46" t="s">
         <v>424</v>
       </c>
       <c r="C46" t="s">
         <v>425</v>
       </c>
       <c r="D46" t="s">
         <v>426</v>
       </c>
       <c r="E46" t="s">
         <v>427</v>
       </c>
       <c r="F46" t="s">
         <v>428</v>
       </c>
       <c r="G46" t="s">
         <v>429</v>
       </c>
       <c r="H46" t="s">
         <v>430</v>
       </c>
       <c r="I46" t="s">
         <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3122</v>
+        <v>3110</v>
       </c>
       <c r="B47" t="s">
         <v>433</v>
       </c>
       <c r="C47" t="s">
         <v>434</v>
       </c>
       <c r="D47" t="s">
         <v>435</v>
       </c>
       <c r="E47" t="s">
         <v>436</v>
       </c>
       <c r="F47" t="s">
         <v>437</v>
       </c>
       <c r="G47" t="s">
         <v>438</v>
       </c>
       <c r="H47" t="s">
         <v>439</v>
       </c>
       <c r="I47" t="s">
         <v>440</v>
       </c>
       <c r="J47" t="s">
+        <v>24</v>
+      </c>
+      <c r="K47" t="s">
+        <v>25</v>
+      </c>
+      <c r="L47" t="s">
+        <v>26</v>
+      </c>
+      <c r="M47" t="s">
+        <v>27</v>
+      </c>
+      <c r="N47" t="s">
+        <v>28</v>
+      </c>
+      <c r="O47" t="s">
         <v>441</v>
-      </c>
-[...13 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3127</v>
+        <v>3122</v>
       </c>
       <c r="B48" t="s">
+        <v>442</v>
+      </c>
+      <c r="C48" t="s">
+        <v>443</v>
+      </c>
+      <c r="D48" t="s">
+        <v>444</v>
+      </c>
+      <c r="E48" t="s">
+        <v>445</v>
+      </c>
+      <c r="F48" t="s">
         <v>446</v>
       </c>
-      <c r="C48" t="s">
+      <c r="G48" t="s">
         <v>447</v>
       </c>
-      <c r="D48" t="s">
+      <c r="H48" t="s">
         <v>448</v>
       </c>
-      <c r="E48" t="s">
+      <c r="I48" t="s">
         <v>449</v>
       </c>
-      <c r="F48" t="s">
+      <c r="J48" t="s">
         <v>450</v>
       </c>
-      <c r="G48" t="s">
+      <c r="K48" t="s">
         <v>451</v>
       </c>
-      <c r="H48" t="s">
+      <c r="L48" t="s">
         <v>452</v>
       </c>
-      <c r="I48" t="s">
+      <c r="M48" t="s">
         <v>453</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3135</v>
+        <v>3127</v>
       </c>
       <c r="B49" t="s">
         <v>455</v>
       </c>
       <c r="C49" t="s">
         <v>456</v>
       </c>
       <c r="D49" t="s">
         <v>457</v>
       </c>
       <c r="E49" t="s">
         <v>458</v>
       </c>
       <c r="F49" t="s">
         <v>459</v>
       </c>
       <c r="G49" t="s">
         <v>460</v>
       </c>
       <c r="H49" t="s">
         <v>461</v>
       </c>
       <c r="I49" t="s">
         <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3138</v>
+        <v>3135</v>
       </c>
       <c r="B50" t="s">
         <v>464</v>
       </c>
       <c r="C50" t="s">
         <v>465</v>
       </c>
       <c r="D50" t="s">
         <v>466</v>
       </c>
       <c r="E50" t="s">
         <v>467</v>
       </c>
       <c r="F50" t="s">
         <v>468</v>
       </c>
       <c r="G50" t="s">
         <v>469</v>
       </c>
       <c r="H50" t="s">
         <v>470</v>
       </c>
       <c r="I50" t="s">
         <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3142</v>
+        <v>3138</v>
       </c>
       <c r="B51" t="s">
         <v>473</v>
       </c>
       <c r="C51" t="s">
         <v>474</v>
       </c>
       <c r="D51" t="s">
         <v>475</v>
       </c>
       <c r="E51" t="s">
         <v>476</v>
       </c>
       <c r="F51" t="s">
         <v>477</v>
       </c>
       <c r="G51" t="s">
         <v>478</v>
       </c>
       <c r="H51" t="s">
         <v>479</v>
       </c>
       <c r="I51" t="s">
         <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3143</v>
+        <v>3142</v>
       </c>
       <c r="B52" t="s">
         <v>482</v>
       </c>
       <c r="C52" t="s">
         <v>483</v>
       </c>
       <c r="D52" t="s">
         <v>484</v>
       </c>
       <c r="E52" t="s">
         <v>485</v>
       </c>
       <c r="F52" t="s">
         <v>486</v>
       </c>
       <c r="G52" t="s">
         <v>487</v>
       </c>
       <c r="H52" t="s">
         <v>488</v>
       </c>
       <c r="I52" t="s">
         <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3144</v>
+        <v>3143</v>
       </c>
       <c r="B53" t="s">
         <v>491</v>
       </c>
       <c r="C53" t="s">
         <v>492</v>
       </c>
       <c r="D53" t="s">
         <v>493</v>
       </c>
       <c r="E53" t="s">
         <v>494</v>
       </c>
       <c r="F53" t="s">
         <v>495</v>
       </c>
       <c r="G53" t="s">
         <v>496</v>
       </c>
       <c r="H53" t="s">
         <v>497</v>
       </c>
       <c r="I53" t="s">
         <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3145</v>
+        <v>3144</v>
       </c>
       <c r="B54" t="s">
         <v>500</v>
       </c>
       <c r="C54" t="s">
         <v>501</v>
       </c>
       <c r="D54" t="s">
         <v>502</v>
       </c>
       <c r="E54" t="s">
         <v>503</v>
       </c>
       <c r="F54" t="s">
         <v>504</v>
       </c>
       <c r="G54" t="s">
         <v>505</v>
       </c>
       <c r="H54" t="s">
         <v>506</v>
       </c>
       <c r="I54" t="s">
         <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3150</v>
+        <v>3145</v>
       </c>
       <c r="B55" t="s">
         <v>509</v>
       </c>
       <c r="C55" t="s">
         <v>510</v>
       </c>
       <c r="D55" t="s">
         <v>511</v>
       </c>
       <c r="E55" t="s">
         <v>512</v>
       </c>
       <c r="F55" t="s">
         <v>513</v>
       </c>
       <c r="G55" t="s">
         <v>514</v>
       </c>
       <c r="H55" t="s">
         <v>515</v>
       </c>
       <c r="I55" t="s">
         <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3153</v>
+        <v>3150</v>
       </c>
       <c r="B56" t="s">
         <v>518</v>
       </c>
       <c r="C56" t="s">
         <v>519</v>
       </c>
       <c r="D56" t="s">
         <v>520</v>
       </c>
       <c r="E56" t="s">
         <v>521</v>
       </c>
       <c r="F56" t="s">
         <v>522</v>
       </c>
       <c r="G56" t="s">
         <v>523</v>
       </c>
       <c r="H56" t="s">
         <v>524</v>
       </c>
       <c r="I56" t="s">
         <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3156</v>
+        <v>3153</v>
       </c>
       <c r="B57" t="s">
         <v>527</v>
       </c>
       <c r="C57" t="s">
         <v>528</v>
       </c>
       <c r="D57" t="s">
         <v>529</v>
       </c>
       <c r="E57" t="s">
         <v>530</v>
       </c>
       <c r="F57" t="s">
         <v>531</v>
       </c>
       <c r="G57" t="s">
         <v>532</v>
       </c>
       <c r="H57" t="s">
         <v>533</v>
       </c>
       <c r="I57" t="s">
         <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3157</v>
+        <v>3156</v>
       </c>
       <c r="B58" t="s">
         <v>536</v>
       </c>
       <c r="C58" t="s">
         <v>537</v>
       </c>
       <c r="D58" t="s">
         <v>538</v>
       </c>
       <c r="E58" t="s">
         <v>539</v>
       </c>
       <c r="F58" t="s">
         <v>540</v>
       </c>
       <c r="G58" t="s">
         <v>541</v>
       </c>
       <c r="H58" t="s">
         <v>542</v>
       </c>
       <c r="I58" t="s">
         <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3159</v>
+        <v>3157</v>
       </c>
       <c r="B59" t="s">
         <v>545</v>
       </c>
       <c r="C59" t="s">
         <v>546</v>
       </c>
       <c r="D59" t="s">
         <v>547</v>
       </c>
       <c r="E59" t="s">
         <v>548</v>
       </c>
       <c r="F59" t="s">
         <v>549</v>
       </c>
       <c r="G59" t="s">
         <v>550</v>
       </c>
       <c r="H59" t="s">
         <v>551</v>
       </c>
       <c r="I59" t="s">
         <v>552</v>
       </c>
       <c r="J59" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L59" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3220</v>
+        <v>3159</v>
       </c>
       <c r="B60" t="s">
         <v>554</v>
       </c>
       <c r="C60" t="s">
         <v>555</v>
       </c>
       <c r="D60" t="s">
         <v>556</v>
       </c>
       <c r="E60" t="s">
         <v>557</v>
       </c>
       <c r="F60" t="s">
         <v>558</v>
       </c>
       <c r="G60" t="s">
         <v>559</v>
       </c>
       <c r="H60" t="s">
         <v>560</v>
       </c>
       <c r="I60" t="s">
         <v>561</v>
       </c>
       <c r="J60" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K60" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L60" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M60" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3236</v>
+        <v>3220</v>
       </c>
       <c r="B61" t="s">
         <v>563</v>
       </c>
       <c r="C61" t="s">
         <v>564</v>
       </c>
       <c r="D61" t="s">
         <v>565</v>
       </c>
       <c r="E61" t="s">
         <v>566</v>
       </c>
       <c r="F61" t="s">
         <v>567</v>
       </c>
       <c r="G61" t="s">
         <v>568</v>
       </c>
       <c r="H61" t="s">
         <v>569</v>
       </c>
       <c r="I61" t="s">
         <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
+        <v>25</v>
+      </c>
+      <c r="L61" t="s">
+        <v>26</v>
+      </c>
+      <c r="M61" t="s">
+        <v>27</v>
+      </c>
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
         <v>571</v>
-      </c>
-[...10 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3267</v>
+        <v>3236</v>
       </c>
       <c r="B62" t="s">
+        <v>572</v>
+      </c>
+      <c r="C62" t="s">
+        <v>573</v>
+      </c>
+      <c r="D62" t="s">
         <v>574</v>
       </c>
-      <c r="C62" t="s">
+      <c r="E62" t="s">
         <v>575</v>
       </c>
-      <c r="D62" t="s">
+      <c r="F62" t="s">
         <v>576</v>
       </c>
-      <c r="E62" t="s">
+      <c r="G62" t="s">
         <v>577</v>
       </c>
-      <c r="F62" t="s">
+      <c r="H62" t="s">
         <v>578</v>
       </c>
-      <c r="G62" t="s">
+      <c r="I62" t="s">
         <v>579</v>
       </c>
-      <c r="H62" t="s">
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" t="s">
         <v>580</v>
       </c>
-      <c r="I62" t="s">
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
         <v>581</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3272</v>
+        <v>3267</v>
       </c>
       <c r="B63" t="s">
         <v>583</v>
       </c>
       <c r="C63" t="s">
         <v>584</v>
       </c>
       <c r="D63" t="s">
         <v>585</v>
       </c>
       <c r="E63" t="s">
         <v>586</v>
       </c>
       <c r="F63" t="s">
         <v>587</v>
       </c>
       <c r="G63" t="s">
         <v>588</v>
       </c>
       <c r="H63" t="s">
         <v>589</v>
       </c>
       <c r="I63" t="s">
         <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3279</v>
+        <v>3272</v>
       </c>
       <c r="B64" t="s">
         <v>592</v>
       </c>
       <c r="C64" t="s">
         <v>593</v>
       </c>
       <c r="D64" t="s">
         <v>594</v>
       </c>
       <c r="E64" t="s">
         <v>595</v>
       </c>
       <c r="F64" t="s">
         <v>596</v>
       </c>
       <c r="G64" t="s">
         <v>597</v>
       </c>
       <c r="H64" t="s">
         <v>598</v>
       </c>
       <c r="I64" t="s">
         <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3298</v>
+        <v>3279</v>
       </c>
       <c r="B65" t="s">
         <v>601</v>
       </c>
       <c r="C65" t="s">
         <v>602</v>
       </c>
       <c r="D65" t="s">
         <v>603</v>
       </c>
       <c r="E65" t="s">
         <v>604</v>
       </c>
       <c r="F65" t="s">
         <v>605</v>
       </c>
       <c r="G65" t="s">
         <v>606</v>
       </c>
       <c r="H65" t="s">
         <v>607</v>
       </c>
       <c r="I65" t="s">
         <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3310</v>
+        <v>3285</v>
       </c>
       <c r="B66" t="s">
         <v>610</v>
       </c>
       <c r="C66" t="s">
         <v>611</v>
       </c>
       <c r="D66" t="s">
         <v>612</v>
       </c>
       <c r="E66" t="s">
         <v>613</v>
       </c>
       <c r="F66" t="s">
         <v>614</v>
       </c>
       <c r="G66" t="s">
         <v>615</v>
       </c>
       <c r="H66" t="s">
         <v>616</v>
       </c>
       <c r="I66" t="s">
         <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3313</v>
+        <v>3298</v>
       </c>
       <c r="B67" t="s">
         <v>619</v>
       </c>
       <c r="C67" t="s">
         <v>620</v>
       </c>
       <c r="D67" t="s">
         <v>621</v>
       </c>
       <c r="E67" t="s">
         <v>622</v>
       </c>
       <c r="F67" t="s">
         <v>623</v>
       </c>
       <c r="G67" t="s">
         <v>624</v>
       </c>
       <c r="H67" t="s">
         <v>625</v>
       </c>
       <c r="I67" t="s">
         <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3316</v>
+        <v>3310</v>
       </c>
       <c r="B68" t="s">
         <v>628</v>
       </c>
       <c r="C68" t="s">
         <v>629</v>
       </c>
       <c r="D68" t="s">
         <v>630</v>
       </c>
       <c r="E68" t="s">
         <v>631</v>
       </c>
       <c r="F68" t="s">
         <v>632</v>
       </c>
       <c r="G68" t="s">
         <v>633</v>
       </c>
       <c r="H68" t="s">
         <v>634</v>
       </c>
       <c r="I68" t="s">
         <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3317</v>
+        <v>3313</v>
       </c>
       <c r="B69" t="s">
         <v>637</v>
       </c>
       <c r="C69" t="s">
         <v>638</v>
       </c>
       <c r="D69" t="s">
         <v>639</v>
       </c>
       <c r="E69" t="s">
         <v>640</v>
       </c>
       <c r="F69" t="s">
         <v>641</v>
       </c>
       <c r="G69" t="s">
         <v>642</v>
       </c>
       <c r="H69" t="s">
         <v>643</v>
       </c>
       <c r="I69" t="s">
         <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>442</v>
+        <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>444</v>
+        <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3330</v>
+        <v>3316</v>
       </c>
       <c r="B70" t="s">
         <v>646</v>
       </c>
       <c r="C70" t="s">
         <v>647</v>
       </c>
       <c r="D70" t="s">
         <v>648</v>
       </c>
       <c r="E70" t="s">
         <v>649</v>
       </c>
       <c r="F70" t="s">
         <v>650</v>
       </c>
       <c r="G70" t="s">
         <v>651</v>
       </c>
       <c r="H70" t="s">
         <v>652</v>
       </c>
       <c r="I70" t="s">
         <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3331</v>
+        <v>3317</v>
       </c>
       <c r="B71" t="s">
         <v>655</v>
       </c>
       <c r="C71" t="s">
         <v>656</v>
       </c>
       <c r="D71" t="s">
         <v>657</v>
       </c>
       <c r="E71" t="s">
         <v>658</v>
       </c>
       <c r="F71" t="s">
         <v>659</v>
       </c>
       <c r="G71" t="s">
         <v>660</v>
       </c>
       <c r="H71" t="s">
         <v>661</v>
       </c>
       <c r="I71" t="s">
         <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3336</v>
+        <v>3330</v>
       </c>
       <c r="B72" t="s">
         <v>664</v>
       </c>
       <c r="C72" t="s">
         <v>665</v>
       </c>
       <c r="D72" t="s">
         <v>666</v>
       </c>
       <c r="E72" t="s">
         <v>667</v>
       </c>
       <c r="F72" t="s">
         <v>668</v>
       </c>
       <c r="G72" t="s">
         <v>669</v>
       </c>
       <c r="H72" t="s">
         <v>670</v>
       </c>
       <c r="I72" t="s">
         <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
+        <v>25</v>
+      </c>
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
+        <v>27</v>
+      </c>
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
         <v>672</v>
-      </c>
-[...10 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3341</v>
+        <v>3331</v>
       </c>
       <c r="B73" t="s">
+        <v>673</v>
+      </c>
+      <c r="C73" t="s">
+        <v>674</v>
+      </c>
+      <c r="D73" t="s">
         <v>675</v>
       </c>
-      <c r="C73" t="s">
+      <c r="E73" t="s">
         <v>676</v>
       </c>
-      <c r="D73" t="s">
+      <c r="F73" t="s">
         <v>677</v>
       </c>
-      <c r="E73" t="s">
+      <c r="G73" t="s">
         <v>678</v>
       </c>
-      <c r="F73" t="s">
+      <c r="H73" t="s">
         <v>679</v>
       </c>
-      <c r="G73" t="s">
+      <c r="I73" t="s">
         <v>680</v>
       </c>
-      <c r="H73" t="s">
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" t="s">
+        <v>25</v>
+      </c>
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73" t="s">
+        <v>27</v>
+      </c>
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
         <v>681</v>
-      </c>
-[...19 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3342</v>
+        <v>3336</v>
       </c>
       <c r="B74" t="s">
+        <v>682</v>
+      </c>
+      <c r="C74" t="s">
+        <v>683</v>
+      </c>
+      <c r="D74" t="s">
         <v>684</v>
       </c>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
         <v>685</v>
       </c>
-      <c r="D74" t="s">
+      <c r="F74" t="s">
         <v>686</v>
       </c>
-      <c r="E74" t="s">
+      <c r="G74" t="s">
         <v>687</v>
       </c>
-      <c r="F74" t="s">
+      <c r="H74" t="s">
         <v>688</v>
       </c>
-      <c r="G74" t="s">
+      <c r="I74" t="s">
         <v>689</v>
       </c>
-      <c r="H74" t="s">
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
         <v>690</v>
       </c>
-      <c r="I74" t="s">
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74" t="s">
         <v>691</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3345</v>
+        <v>3341</v>
       </c>
       <c r="B75" t="s">
         <v>693</v>
       </c>
       <c r="C75" t="s">
         <v>694</v>
       </c>
       <c r="D75" t="s">
         <v>695</v>
       </c>
       <c r="E75" t="s">
         <v>696</v>
       </c>
       <c r="F75" t="s">
         <v>697</v>
       </c>
       <c r="G75" t="s">
         <v>698</v>
       </c>
       <c r="H75" t="s">
         <v>699</v>
       </c>
       <c r="I75" t="s">
         <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3347</v>
+        <v>3342</v>
       </c>
       <c r="B76" t="s">
         <v>702</v>
       </c>
       <c r="C76" t="s">
         <v>703</v>
       </c>
       <c r="D76" t="s">
         <v>704</v>
       </c>
       <c r="E76" t="s">
         <v>705</v>
       </c>
       <c r="F76" t="s">
         <v>706</v>
       </c>
       <c r="G76" t="s">
         <v>707</v>
       </c>
       <c r="H76" t="s">
         <v>708</v>
       </c>
       <c r="I76" t="s">
         <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3348</v>
+        <v>3345</v>
       </c>
       <c r="B77" t="s">
         <v>711</v>
       </c>
       <c r="C77" t="s">
         <v>712</v>
       </c>
       <c r="D77" t="s">
         <v>713</v>
       </c>
       <c r="E77" t="s">
         <v>714</v>
       </c>
       <c r="F77" t="s">
         <v>715</v>
       </c>
       <c r="G77" t="s">
         <v>716</v>
       </c>
       <c r="H77" t="s">
         <v>717</v>
       </c>
       <c r="I77" t="s">
         <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3350</v>
+        <v>3347</v>
       </c>
       <c r="B78" t="s">
         <v>720</v>
       </c>
       <c r="C78" t="s">
         <v>721</v>
       </c>
       <c r="D78" t="s">
         <v>722</v>
       </c>
       <c r="E78" t="s">
         <v>723</v>
       </c>
       <c r="F78" t="s">
         <v>724</v>
       </c>
       <c r="G78" t="s">
         <v>725</v>
       </c>
       <c r="H78" t="s">
         <v>726</v>
       </c>
       <c r="I78" t="s">
         <v>727</v>
       </c>
       <c r="J78" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K78" t="s">
+        <v>170</v>
+      </c>
+      <c r="L78" t="s">
+        <v>26</v>
+      </c>
+      <c r="M78" t="s">
+        <v>171</v>
+      </c>
+      <c r="N78" t="s">
+        <v>28</v>
+      </c>
+      <c r="O78" t="s">
         <v>728</v>
-      </c>
-[...10 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3352</v>
+        <v>3348</v>
       </c>
       <c r="B79" t="s">
+        <v>729</v>
+      </c>
+      <c r="C79" t="s">
+        <v>730</v>
+      </c>
+      <c r="D79" t="s">
         <v>731</v>
       </c>
-      <c r="C79" t="s">
+      <c r="E79" t="s">
         <v>732</v>
       </c>
-      <c r="D79" t="s">
+      <c r="F79" t="s">
         <v>733</v>
       </c>
-      <c r="E79" t="s">
+      <c r="G79" t="s">
         <v>734</v>
       </c>
-      <c r="F79" t="s">
+      <c r="H79" t="s">
         <v>735</v>
       </c>
-      <c r="G79" t="s">
+      <c r="I79" t="s">
         <v>736</v>
       </c>
-      <c r="H79" t="s">
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
+        <v>25</v>
+      </c>
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>27</v>
+      </c>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>737</v>
-      </c>
-[...19 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3354</v>
+        <v>3350</v>
       </c>
       <c r="B80" t="s">
+        <v>738</v>
+      </c>
+      <c r="C80" t="s">
+        <v>739</v>
+      </c>
+      <c r="D80" t="s">
+        <v>740</v>
+      </c>
+      <c r="E80" t="s">
+        <v>741</v>
+      </c>
+      <c r="F80" t="s">
+        <v>742</v>
+      </c>
+      <c r="G80" t="s">
+        <v>743</v>
+      </c>
+      <c r="H80" t="s">
         <v>744</v>
       </c>
-      <c r="C80" t="s">
+      <c r="I80" t="s">
         <v>745</v>
       </c>
-      <c r="D80" t="s">
+      <c r="J80" t="s">
+        <v>450</v>
+      </c>
+      <c r="K80" t="s">
         <v>746</v>
       </c>
-      <c r="E80" t="s">
+      <c r="L80" t="s">
+        <v>452</v>
+      </c>
+      <c r="M80" t="s">
         <v>747</v>
       </c>
-      <c r="F80" t="s">
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>748</v>
-      </c>
-[...25 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3355</v>
+        <v>3352</v>
       </c>
       <c r="B81" t="s">
+        <v>749</v>
+      </c>
+      <c r="C81" t="s">
+        <v>750</v>
+      </c>
+      <c r="D81" t="s">
+        <v>751</v>
+      </c>
+      <c r="E81" t="s">
+        <v>752</v>
+      </c>
+      <c r="F81" t="s">
         <v>753</v>
       </c>
-      <c r="C81" t="s">
+      <c r="G81" t="s">
         <v>754</v>
       </c>
-      <c r="D81" t="s">
+      <c r="H81" t="s">
         <v>755</v>
       </c>
-      <c r="E81" t="s">
+      <c r="I81" t="s">
         <v>756</v>
       </c>
-      <c r="F81" t="s">
+      <c r="J81" t="s">
         <v>757</v>
       </c>
-      <c r="G81" t="s">
+      <c r="K81" t="s">
         <v>758</v>
       </c>
-      <c r="H81" t="s">
+      <c r="L81" t="s">
         <v>759</v>
       </c>
-      <c r="I81" t="s">
+      <c r="M81" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3359</v>
+        <v>3354</v>
       </c>
       <c r="B82" t="s">
         <v>762</v>
       </c>
       <c r="C82" t="s">
         <v>763</v>
       </c>
       <c r="D82" t="s">
         <v>764</v>
       </c>
       <c r="E82" t="s">
         <v>765</v>
       </c>
       <c r="F82" t="s">
         <v>766</v>
       </c>
       <c r="G82" t="s">
         <v>767</v>
       </c>
       <c r="H82" t="s">
         <v>768</v>
       </c>
       <c r="I82" t="s">
         <v>769</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>442</v>
+        <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>444</v>
+        <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3361</v>
+        <v>3355</v>
       </c>
       <c r="B83" t="s">
         <v>771</v>
       </c>
       <c r="C83" t="s">
         <v>772</v>
       </c>
       <c r="D83" t="s">
         <v>773</v>
       </c>
       <c r="E83" t="s">
         <v>774</v>
       </c>
       <c r="F83" t="s">
         <v>775</v>
       </c>
       <c r="G83" t="s">
         <v>776</v>
       </c>
       <c r="H83" t="s">
         <v>777</v>
       </c>
       <c r="I83" t="s">
         <v>778</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3365</v>
+        <v>3359</v>
       </c>
       <c r="B84" t="s">
         <v>780</v>
       </c>
       <c r="C84" t="s">
         <v>781</v>
       </c>
       <c r="D84" t="s">
         <v>782</v>
       </c>
       <c r="E84" t="s">
         <v>783</v>
       </c>
       <c r="F84" t="s">
         <v>784</v>
       </c>
       <c r="G84" t="s">
         <v>785</v>
       </c>
       <c r="H84" t="s">
         <v>786</v>
       </c>
       <c r="I84" t="s">
         <v>787</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3366</v>
+        <v>3360</v>
       </c>
       <c r="B85" t="s">
         <v>789</v>
       </c>
       <c r="C85" t="s">
         <v>790</v>
       </c>
       <c r="D85" t="s">
         <v>791</v>
       </c>
       <c r="E85" t="s">
         <v>792</v>
       </c>
       <c r="F85" t="s">
         <v>793</v>
       </c>
       <c r="G85" t="s">
         <v>794</v>
       </c>
       <c r="H85" t="s">
         <v>795</v>
       </c>
       <c r="I85" t="s">
         <v>796</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3370</v>
+        <v>3361</v>
       </c>
       <c r="B86" t="s">
         <v>798</v>
       </c>
       <c r="C86" t="s">
         <v>799</v>
       </c>
       <c r="D86" t="s">
         <v>800</v>
       </c>
       <c r="E86" t="s">
         <v>801</v>
       </c>
       <c r="F86" t="s">
         <v>802</v>
       </c>
       <c r="G86" t="s">
         <v>803</v>
       </c>
       <c r="H86" t="s">
         <v>804</v>
       </c>
       <c r="I86" t="s">
         <v>805</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3372</v>
+        <v>3364</v>
       </c>
       <c r="B87" t="s">
         <v>807</v>
       </c>
       <c r="C87" t="s">
         <v>808</v>
       </c>
       <c r="D87" t="s">
         <v>809</v>
       </c>
       <c r="E87" t="s">
         <v>810</v>
       </c>
       <c r="F87" t="s">
         <v>811</v>
       </c>
       <c r="G87" t="s">
         <v>812</v>
       </c>
       <c r="H87" t="s">
         <v>813</v>
       </c>
       <c r="I87" t="s">
         <v>814</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3373</v>
+        <v>3365</v>
       </c>
       <c r="B88" t="s">
         <v>816</v>
       </c>
       <c r="C88" t="s">
         <v>817</v>
       </c>
       <c r="D88" t="s">
         <v>818</v>
       </c>
       <c r="E88" t="s">
         <v>819</v>
       </c>
       <c r="F88" t="s">
         <v>820</v>
       </c>
       <c r="G88" t="s">
         <v>821</v>
       </c>
       <c r="H88" t="s">
         <v>822</v>
       </c>
       <c r="I88" t="s">
         <v>823</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3375</v>
+        <v>3366</v>
       </c>
       <c r="B89" t="s">
         <v>825</v>
       </c>
       <c r="C89" t="s">
         <v>826</v>
       </c>
       <c r="D89" t="s">
         <v>827</v>
       </c>
       <c r="E89" t="s">
         <v>828</v>
       </c>
       <c r="F89" t="s">
         <v>829</v>
       </c>
       <c r="G89" t="s">
         <v>830</v>
       </c>
       <c r="H89" t="s">
         <v>831</v>
       </c>
       <c r="I89" t="s">
         <v>832</v>
       </c>
       <c r="J89" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="L89" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M89" t="s">
-        <v>673</v>
+        <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3381</v>
+        <v>3370</v>
       </c>
       <c r="B90" t="s">
         <v>834</v>
       </c>
       <c r="C90" t="s">
         <v>835</v>
       </c>
       <c r="D90" t="s">
         <v>836</v>
       </c>
       <c r="E90" t="s">
         <v>837</v>
       </c>
       <c r="F90" t="s">
         <v>838</v>
       </c>
       <c r="G90" t="s">
         <v>839</v>
       </c>
       <c r="H90" t="s">
         <v>840</v>
       </c>
       <c r="I90" t="s">
         <v>841</v>
       </c>
       <c r="J90" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L90" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M90" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3383</v>
+        <v>3372</v>
       </c>
       <c r="B91" t="s">
         <v>843</v>
       </c>
       <c r="C91" t="s">
         <v>844</v>
       </c>
       <c r="D91" t="s">
         <v>845</v>
       </c>
       <c r="E91" t="s">
         <v>846</v>
       </c>
       <c r="F91" t="s">
         <v>847</v>
       </c>
       <c r="G91" t="s">
         <v>848</v>
       </c>
       <c r="H91" t="s">
         <v>849</v>
       </c>
       <c r="I91" t="s">
         <v>850</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3389</v>
+        <v>3373</v>
       </c>
       <c r="B92" t="s">
         <v>852</v>
       </c>
       <c r="C92" t="s">
         <v>853</v>
       </c>
       <c r="D92" t="s">
         <v>854</v>
       </c>
       <c r="E92" t="s">
         <v>855</v>
       </c>
       <c r="F92" t="s">
         <v>856</v>
       </c>
       <c r="G92" t="s">
         <v>857</v>
       </c>
       <c r="H92" t="s">
         <v>858</v>
       </c>
       <c r="I92" t="s">
         <v>859</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
+        <v>170</v>
+      </c>
+      <c r="L92" t="s">
+        <v>26</v>
+      </c>
+      <c r="M92" t="s">
+        <v>171</v>
+      </c>
+      <c r="N92" t="s">
+        <v>28</v>
+      </c>
+      <c r="O92" t="s">
         <v>860</v>
-      </c>
-[...10 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3390</v>
+        <v>3375</v>
       </c>
       <c r="B93" t="s">
+        <v>861</v>
+      </c>
+      <c r="C93" t="s">
+        <v>862</v>
+      </c>
+      <c r="D93" t="s">
         <v>863</v>
       </c>
-      <c r="C93" t="s">
+      <c r="E93" t="s">
         <v>864</v>
       </c>
-      <c r="D93" t="s">
+      <c r="F93" t="s">
         <v>865</v>
       </c>
-      <c r="E93" t="s">
+      <c r="G93" t="s">
         <v>866</v>
       </c>
-      <c r="F93" t="s">
+      <c r="H93" t="s">
         <v>867</v>
       </c>
-      <c r="G93" t="s">
+      <c r="I93" t="s">
         <v>868</v>
       </c>
-      <c r="H93" t="s">
+      <c r="J93" t="s">
+        <v>450</v>
+      </c>
+      <c r="K93" t="s">
+        <v>690</v>
+      </c>
+      <c r="L93" t="s">
+        <v>452</v>
+      </c>
+      <c r="M93" t="s">
+        <v>691</v>
+      </c>
+      <c r="N93" t="s">
+        <v>28</v>
+      </c>
+      <c r="O93" t="s">
         <v>869</v>
-      </c>
-[...19 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3395</v>
+        <v>3379</v>
       </c>
       <c r="B94" t="s">
+        <v>870</v>
+      </c>
+      <c r="C94" t="s">
+        <v>871</v>
+      </c>
+      <c r="D94" t="s">
         <v>872</v>
       </c>
-      <c r="C94" t="s">
+      <c r="E94" t="s">
         <v>873</v>
       </c>
-      <c r="D94" t="s">
+      <c r="F94" t="s">
         <v>874</v>
       </c>
-      <c r="E94" t="s">
+      <c r="G94" t="s">
         <v>875</v>
       </c>
-      <c r="F94" t="s">
+      <c r="H94" t="s">
         <v>876</v>
       </c>
-      <c r="G94" t="s">
+      <c r="I94" t="s">
         <v>877</v>
       </c>
-      <c r="H94" t="s">
+      <c r="J94" t="s">
+        <v>24</v>
+      </c>
+      <c r="K94" t="s">
+        <v>25</v>
+      </c>
+      <c r="L94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M94" t="s">
+        <v>27</v>
+      </c>
+      <c r="N94" t="s">
+        <v>28</v>
+      </c>
+      <c r="O94" t="s">
         <v>878</v>
-      </c>
-[...19 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3406</v>
+        <v>3381</v>
       </c>
       <c r="B95" t="s">
+        <v>879</v>
+      </c>
+      <c r="C95" t="s">
+        <v>880</v>
+      </c>
+      <c r="D95" t="s">
+        <v>881</v>
+      </c>
+      <c r="E95" t="s">
+        <v>882</v>
+      </c>
+      <c r="F95" t="s">
         <v>883</v>
       </c>
-      <c r="C95" t="s">
+      <c r="G95" t="s">
         <v>884</v>
       </c>
-      <c r="D95" t="s">
+      <c r="H95" t="s">
         <v>885</v>
       </c>
-      <c r="E95" t="s">
+      <c r="I95" t="s">
         <v>886</v>
       </c>
-      <c r="F95" t="s">
+      <c r="J95" t="s">
+        <v>450</v>
+      </c>
+      <c r="K95" t="s">
+        <v>690</v>
+      </c>
+      <c r="L95" t="s">
+        <v>452</v>
+      </c>
+      <c r="M95" t="s">
+        <v>691</v>
+      </c>
+      <c r="N95" t="s">
+        <v>28</v>
+      </c>
+      <c r="O95" t="s">
         <v>887</v>
-      </c>
-[...25 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3407</v>
+        <v>3383</v>
       </c>
       <c r="B96" t="s">
+        <v>888</v>
+      </c>
+      <c r="C96" t="s">
+        <v>889</v>
+      </c>
+      <c r="D96" t="s">
+        <v>890</v>
+      </c>
+      <c r="E96" t="s">
+        <v>891</v>
+      </c>
+      <c r="F96" t="s">
         <v>892</v>
       </c>
-      <c r="C96" t="s">
+      <c r="G96" t="s">
         <v>893</v>
       </c>
-      <c r="D96" t="s">
+      <c r="H96" t="s">
         <v>894</v>
       </c>
-      <c r="E96" t="s">
+      <c r="I96" t="s">
         <v>895</v>
       </c>
-      <c r="F96" t="s">
+      <c r="J96" t="s">
+        <v>24</v>
+      </c>
+      <c r="K96" t="s">
+        <v>274</v>
+      </c>
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" t="s">
+        <v>276</v>
+      </c>
+      <c r="N96" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" t="s">
         <v>896</v>
-      </c>
-[...25 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3409</v>
+        <v>3389</v>
       </c>
       <c r="B97" t="s">
+        <v>897</v>
+      </c>
+      <c r="C97" t="s">
+        <v>898</v>
+      </c>
+      <c r="D97" t="s">
+        <v>899</v>
+      </c>
+      <c r="E97" t="s">
+        <v>900</v>
+      </c>
+      <c r="F97" t="s">
         <v>901</v>
       </c>
-      <c r="C97" t="s">
+      <c r="G97" t="s">
         <v>902</v>
       </c>
-      <c r="D97" t="s">
+      <c r="H97" t="s">
         <v>903</v>
       </c>
-      <c r="E97" t="s">
+      <c r="I97" t="s">
         <v>904</v>
       </c>
-      <c r="F97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
         <v>905</v>
       </c>
-      <c r="G97" t="s">
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
         <v>906</v>
       </c>
-      <c r="H97" t="s">
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>907</v>
-      </c>
-[...19 lines deleted...]
-        <v>909</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3410</v>
+        <v>3390</v>
       </c>
       <c r="B98" t="s">
+        <v>908</v>
+      </c>
+      <c r="C98" t="s">
+        <v>909</v>
+      </c>
+      <c r="D98" t="s">
         <v>910</v>
       </c>
-      <c r="C98" t="s">
+      <c r="E98" t="s">
         <v>911</v>
       </c>
-      <c r="D98" t="s">
+      <c r="F98" t="s">
         <v>912</v>
       </c>
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>913</v>
       </c>
-      <c r="F98" t="s">
+      <c r="H98" t="s">
         <v>914</v>
       </c>
-      <c r="G98" t="s">
+      <c r="I98" t="s">
         <v>915</v>
-      </c>
-[...4 lines deleted...]
-        <v>917</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3414</v>
+        <v>3395</v>
       </c>
       <c r="B99" t="s">
+        <v>917</v>
+      </c>
+      <c r="C99" t="s">
+        <v>918</v>
+      </c>
+      <c r="D99" t="s">
         <v>919</v>
       </c>
-      <c r="C99" t="s">
+      <c r="E99" t="s">
         <v>920</v>
       </c>
-      <c r="D99" t="s">
+      <c r="F99" t="s">
         <v>921</v>
       </c>
-      <c r="E99" t="s">
+      <c r="G99" t="s">
         <v>922</v>
       </c>
-      <c r="F99" t="s">
+      <c r="H99" t="s">
         <v>923</v>
       </c>
-      <c r="G99" t="s">
+      <c r="I99" t="s">
         <v>924</v>
       </c>
-      <c r="H99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
         <v>925</v>
       </c>
-      <c r="I99" t="s">
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
         <v>926</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3417</v>
+        <v>3406</v>
       </c>
       <c r="B100" t="s">
         <v>928</v>
       </c>
       <c r="C100" t="s">
         <v>929</v>
       </c>
       <c r="D100" t="s">
         <v>930</v>
       </c>
       <c r="E100" t="s">
         <v>931</v>
       </c>
       <c r="F100" t="s">
         <v>932</v>
       </c>
       <c r="G100" t="s">
         <v>933</v>
       </c>
       <c r="H100" t="s">
         <v>934</v>
       </c>
       <c r="I100" t="s">
         <v>935</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3418</v>
+        <v>3407</v>
       </c>
       <c r="B101" t="s">
         <v>937</v>
       </c>
       <c r="C101" t="s">
         <v>938</v>
       </c>
       <c r="D101" t="s">
         <v>939</v>
       </c>
       <c r="E101" t="s">
         <v>940</v>
       </c>
       <c r="F101" t="s">
         <v>941</v>
       </c>
       <c r="G101" t="s">
         <v>942</v>
       </c>
       <c r="H101" t="s">
         <v>943</v>
       </c>
       <c r="I101" t="s">
         <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3419</v>
+        <v>3409</v>
       </c>
       <c r="B102" t="s">
         <v>946</v>
       </c>
       <c r="C102" t="s">
         <v>947</v>
       </c>
       <c r="D102" t="s">
         <v>948</v>
       </c>
       <c r="E102" t="s">
         <v>949</v>
       </c>
       <c r="F102" t="s">
         <v>950</v>
       </c>
       <c r="G102" t="s">
         <v>951</v>
       </c>
       <c r="H102" t="s">
         <v>952</v>
       </c>
       <c r="I102" t="s">
         <v>953</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3420</v>
+        <v>3410</v>
       </c>
       <c r="B103" t="s">
         <v>955</v>
       </c>
       <c r="C103" t="s">
         <v>956</v>
       </c>
       <c r="D103" t="s">
         <v>957</v>
       </c>
       <c r="E103" t="s">
         <v>958</v>
       </c>
       <c r="F103" t="s">
         <v>959</v>
       </c>
       <c r="G103" t="s">
         <v>960</v>
       </c>
       <c r="H103" t="s">
         <v>961</v>
       </c>
       <c r="I103" t="s">
         <v>962</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3422</v>
+        <v>3414</v>
       </c>
       <c r="B104" t="s">
         <v>964</v>
       </c>
       <c r="C104" t="s">
         <v>965</v>
       </c>
       <c r="D104" t="s">
         <v>966</v>
       </c>
       <c r="E104" t="s">
         <v>967</v>
       </c>
       <c r="F104" t="s">
         <v>968</v>
       </c>
       <c r="G104" t="s">
         <v>969</v>
       </c>
       <c r="H104" t="s">
         <v>970</v>
       </c>
       <c r="I104" t="s">
         <v>971</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3437</v>
+        <v>3417</v>
       </c>
       <c r="B105" t="s">
         <v>973</v>
       </c>
       <c r="C105" t="s">
         <v>974</v>
       </c>
       <c r="D105" t="s">
         <v>975</v>
       </c>
       <c r="E105" t="s">
         <v>976</v>
       </c>
       <c r="F105" t="s">
         <v>977</v>
       </c>
       <c r="G105" t="s">
         <v>978</v>
       </c>
       <c r="H105" t="s">
         <v>979</v>
       </c>
       <c r="I105" t="s">
         <v>980</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3438</v>
+        <v>3418</v>
       </c>
       <c r="B106" t="s">
         <v>982</v>
       </c>
       <c r="C106" t="s">
         <v>983</v>
       </c>
       <c r="D106" t="s">
         <v>984</v>
       </c>
       <c r="E106" t="s">
         <v>985</v>
       </c>
       <c r="F106" t="s">
         <v>986</v>
       </c>
       <c r="G106" t="s">
         <v>987</v>
       </c>
       <c r="H106" t="s">
         <v>988</v>
       </c>
       <c r="I106" t="s">
         <v>989</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3444</v>
+        <v>3419</v>
       </c>
       <c r="B107" t="s">
         <v>991</v>
       </c>
       <c r="C107" t="s">
         <v>992</v>
       </c>
       <c r="D107" t="s">
         <v>993</v>
       </c>
       <c r="E107" t="s">
         <v>994</v>
       </c>
       <c r="F107" t="s">
         <v>995</v>
       </c>
       <c r="G107" t="s">
         <v>996</v>
       </c>
       <c r="H107" t="s">
         <v>997</v>
       </c>
       <c r="I107" t="s">
         <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3461</v>
+        <v>3420</v>
       </c>
       <c r="B108" t="s">
         <v>1000</v>
       </c>
       <c r="C108" t="s">
         <v>1001</v>
       </c>
       <c r="D108" t="s">
         <v>1002</v>
       </c>
       <c r="E108" t="s">
         <v>1003</v>
       </c>
       <c r="F108" t="s">
         <v>1004</v>
       </c>
       <c r="G108" t="s">
         <v>1005</v>
       </c>
       <c r="H108" t="s">
         <v>1006</v>
       </c>
       <c r="I108" t="s">
         <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3470</v>
+        <v>3422</v>
       </c>
       <c r="B109" t="s">
         <v>1009</v>
       </c>
       <c r="C109" t="s">
         <v>1010</v>
       </c>
       <c r="D109" t="s">
         <v>1011</v>
       </c>
       <c r="E109" t="s">
         <v>1012</v>
       </c>
       <c r="F109" t="s">
         <v>1013</v>
       </c>
       <c r="G109" t="s">
         <v>1014</v>
       </c>
       <c r="H109" t="s">
         <v>1015</v>
       </c>
       <c r="I109" t="s">
         <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
+        <v>25</v>
+      </c>
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
+        <v>27</v>
+      </c>
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1017</v>
-      </c>
-[...10 lines deleted...]
-        <v>1019</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3475</v>
+        <v>3437</v>
       </c>
       <c r="B110" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D110" t="s">
         <v>1020</v>
       </c>
-      <c r="C110" t="s">
+      <c r="E110" t="s">
         <v>1021</v>
       </c>
-      <c r="D110" t="s">
+      <c r="F110" t="s">
         <v>1022</v>
       </c>
-      <c r="E110" t="s">
+      <c r="G110" t="s">
         <v>1023</v>
       </c>
-      <c r="F110" t="s">
+      <c r="H110" t="s">
         <v>1024</v>
       </c>
-      <c r="G110" t="s">
+      <c r="I110" t="s">
         <v>1025</v>
       </c>
-      <c r="H110" t="s">
+      <c r="J110" t="s">
+        <v>24</v>
+      </c>
+      <c r="K110" t="s">
+        <v>25</v>
+      </c>
+      <c r="L110" t="s">
+        <v>26</v>
+      </c>
+      <c r="M110" t="s">
+        <v>27</v>
+      </c>
+      <c r="N110" t="s">
+        <v>28</v>
+      </c>
+      <c r="O110" t="s">
         <v>1026</v>
-      </c>
-[...19 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3476</v>
+        <v>3438</v>
       </c>
       <c r="B111" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D111" t="s">
         <v>1029</v>
       </c>
-      <c r="C111" t="s">
+      <c r="E111" t="s">
         <v>1030</v>
       </c>
-      <c r="D111" t="s">
+      <c r="F111" t="s">
         <v>1031</v>
       </c>
-      <c r="E111" t="s">
+      <c r="G111" t="s">
         <v>1032</v>
       </c>
-      <c r="F111" t="s">
+      <c r="H111" t="s">
         <v>1033</v>
       </c>
-      <c r="G111" t="s">
+      <c r="I111" t="s">
         <v>1034</v>
-      </c>
-[...4 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3480</v>
+        <v>3444</v>
       </c>
       <c r="B112" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D112" t="s">
         <v>1038</v>
       </c>
-      <c r="C112" t="s">
+      <c r="E112" t="s">
         <v>1039</v>
       </c>
-      <c r="D112" t="s">
+      <c r="F112" t="s">
         <v>1040</v>
       </c>
-      <c r="E112" t="s">
+      <c r="G112" t="s">
         <v>1041</v>
       </c>
-      <c r="F112" t="s">
+      <c r="H112" t="s">
         <v>1042</v>
       </c>
-      <c r="G112" t="s">
+      <c r="I112" t="s">
         <v>1043</v>
       </c>
-      <c r="H112" t="s">
+      <c r="J112" t="s">
+        <v>24</v>
+      </c>
+      <c r="K112" t="s">
+        <v>25</v>
+      </c>
+      <c r="L112" t="s">
+        <v>26</v>
+      </c>
+      <c r="M112" t="s">
+        <v>27</v>
+      </c>
+      <c r="N112" t="s">
+        <v>28</v>
+      </c>
+      <c r="O112" t="s">
         <v>1044</v>
-      </c>
-[...19 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3481</v>
+        <v>3461</v>
       </c>
       <c r="B113" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D113" t="s">
         <v>1047</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" t="s">
         <v>1048</v>
       </c>
-      <c r="D113" t="s">
+      <c r="F113" t="s">
         <v>1049</v>
       </c>
-      <c r="E113" t="s">
+      <c r="G113" t="s">
         <v>1050</v>
       </c>
-      <c r="F113" t="s">
+      <c r="H113" t="s">
         <v>1051</v>
       </c>
-      <c r="G113" t="s">
+      <c r="I113" t="s">
         <v>1052</v>
       </c>
-      <c r="H113" t="s">
+      <c r="J113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K113" t="s">
+        <v>25</v>
+      </c>
+      <c r="L113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M113" t="s">
+        <v>27</v>
+      </c>
+      <c r="N113" t="s">
+        <v>28</v>
+      </c>
+      <c r="O113" t="s">
         <v>1053</v>
-      </c>
-[...19 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3503</v>
+        <v>3469</v>
       </c>
       <c r="B114" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D114" t="s">
         <v>1056</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
         <v>1057</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114" t="s">
         <v>1058</v>
       </c>
-      <c r="E114" t="s">
+      <c r="G114" t="s">
         <v>1059</v>
       </c>
-      <c r="F114" t="s">
+      <c r="H114" t="s">
         <v>1060</v>
       </c>
-      <c r="G114" t="s">
+      <c r="I114" t="s">
         <v>1061</v>
-      </c>
-[...4 lines deleted...]
-        <v>1063</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3512</v>
+        <v>3470</v>
       </c>
       <c r="B115" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D115" t="s">
         <v>1065</v>
       </c>
-      <c r="C115" t="s">
+      <c r="E115" t="s">
         <v>1066</v>
       </c>
-      <c r="D115" t="s">
+      <c r="F115" t="s">
         <v>1067</v>
       </c>
-      <c r="E115" t="s">
+      <c r="G115" t="s">
         <v>1068</v>
       </c>
-      <c r="F115" t="s">
+      <c r="H115" t="s">
         <v>1069</v>
       </c>
-      <c r="G115" t="s">
+      <c r="I115" t="s">
         <v>1070</v>
       </c>
-      <c r="H115" t="s">
+      <c r="J115" t="s">
+        <v>24</v>
+      </c>
+      <c r="K115" t="s">
         <v>1071</v>
       </c>
-      <c r="I115" t="s">
+      <c r="L115" t="s">
+        <v>26</v>
+      </c>
+      <c r="M115" t="s">
         <v>1072</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3518</v>
+        <v>3475</v>
       </c>
       <c r="B116" t="s">
         <v>1074</v>
       </c>
       <c r="C116" t="s">
         <v>1075</v>
       </c>
       <c r="D116" t="s">
         <v>1076</v>
       </c>
       <c r="E116" t="s">
         <v>1077</v>
       </c>
       <c r="F116" t="s">
         <v>1078</v>
       </c>
       <c r="G116" t="s">
         <v>1079</v>
       </c>
       <c r="H116" t="s">
         <v>1080</v>
       </c>
       <c r="I116" t="s">
         <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
+        <v>47</v>
+      </c>
+      <c r="L116" t="s">
+        <v>26</v>
+      </c>
+      <c r="M116" t="s">
+        <v>48</v>
+      </c>
+      <c r="N116" t="s">
+        <v>28</v>
+      </c>
+      <c r="O116" t="s">
         <v>1082</v>
-      </c>
-[...10 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3520</v>
+        <v>3476</v>
       </c>
       <c r="B117" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D117" t="s">
         <v>1085</v>
       </c>
-      <c r="C117" t="s">
+      <c r="E117" t="s">
         <v>1086</v>
       </c>
-      <c r="D117" t="s">
+      <c r="F117" t="s">
         <v>1087</v>
       </c>
-      <c r="E117" t="s">
+      <c r="G117" t="s">
         <v>1088</v>
       </c>
-      <c r="F117" t="s">
+      <c r="H117" t="s">
         <v>1089</v>
       </c>
-      <c r="G117" t="s">
+      <c r="I117" t="s">
         <v>1090</v>
       </c>
-      <c r="H117" t="s">
+      <c r="J117" t="s">
+        <v>24</v>
+      </c>
+      <c r="K117" t="s">
+        <v>25</v>
+      </c>
+      <c r="L117" t="s">
+        <v>26</v>
+      </c>
+      <c r="M117" t="s">
+        <v>27</v>
+      </c>
+      <c r="N117" t="s">
+        <v>28</v>
+      </c>
+      <c r="O117" t="s">
         <v>1091</v>
-      </c>
-[...19 lines deleted...]
-        <v>1093</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3534</v>
+        <v>3480</v>
       </c>
       <c r="B118" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D118" t="s">
         <v>1094</v>
       </c>
-      <c r="C118" t="s">
+      <c r="E118" t="s">
         <v>1095</v>
       </c>
-      <c r="D118" t="s">
+      <c r="F118" t="s">
         <v>1096</v>
       </c>
-      <c r="E118" t="s">
+      <c r="G118" t="s">
         <v>1097</v>
       </c>
-      <c r="F118" t="s">
+      <c r="H118" t="s">
         <v>1098</v>
       </c>
-      <c r="G118" t="s">
+      <c r="I118" t="s">
         <v>1099</v>
       </c>
-      <c r="H118" t="s">
+      <c r="J118" t="s">
+        <v>24</v>
+      </c>
+      <c r="K118" t="s">
+        <v>170</v>
+      </c>
+      <c r="L118" t="s">
+        <v>26</v>
+      </c>
+      <c r="M118" t="s">
+        <v>171</v>
+      </c>
+      <c r="N118" t="s">
+        <v>28</v>
+      </c>
+      <c r="O118" t="s">
         <v>1100</v>
-      </c>
-[...19 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3546</v>
+        <v>3481</v>
       </c>
       <c r="B119" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D119" t="s">
         <v>1103</v>
       </c>
-      <c r="C119" t="s">
+      <c r="E119" t="s">
         <v>1104</v>
       </c>
-      <c r="D119" t="s">
+      <c r="F119" t="s">
         <v>1105</v>
       </c>
-      <c r="E119" t="s">
+      <c r="G119" t="s">
         <v>1106</v>
       </c>
-      <c r="F119" t="s">
+      <c r="H119" t="s">
         <v>1107</v>
       </c>
-      <c r="G119" t="s">
+      <c r="I119" t="s">
         <v>1108</v>
       </c>
-      <c r="H119" t="s">
+      <c r="J119" t="s">
+        <v>24</v>
+      </c>
+      <c r="K119" t="s">
+        <v>170</v>
+      </c>
+      <c r="L119" t="s">
+        <v>26</v>
+      </c>
+      <c r="M119" t="s">
+        <v>171</v>
+      </c>
+      <c r="N119" t="s">
+        <v>28</v>
+      </c>
+      <c r="O119" t="s">
         <v>1109</v>
-      </c>
-[...19 lines deleted...]
-        <v>1111</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3552</v>
+        <v>3503</v>
       </c>
       <c r="B120" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D120" t="s">
         <v>1112</v>
       </c>
-      <c r="C120" t="s">
+      <c r="E120" t="s">
         <v>1113</v>
       </c>
-      <c r="D120" t="s">
+      <c r="F120" t="s">
         <v>1114</v>
       </c>
-      <c r="E120" t="s">
+      <c r="G120" t="s">
         <v>1115</v>
       </c>
-      <c r="F120" t="s">
+      <c r="H120" t="s">
         <v>1116</v>
       </c>
-      <c r="G120" t="s">
+      <c r="I120" t="s">
         <v>1117</v>
       </c>
-      <c r="H120" t="s">
+      <c r="J120" t="s">
+        <v>24</v>
+      </c>
+      <c r="K120" t="s">
+        <v>25</v>
+      </c>
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
+        <v>27</v>
+      </c>
+      <c r="N120" t="s">
+        <v>28</v>
+      </c>
+      <c r="O120" t="s">
         <v>1118</v>
-      </c>
-[...19 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3553</v>
+        <v>3512</v>
       </c>
       <c r="B121" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D121" t="s">
         <v>1121</v>
       </c>
-      <c r="C121" t="s">
+      <c r="E121" t="s">
         <v>1122</v>
       </c>
-      <c r="D121" t="s">
+      <c r="F121" t="s">
         <v>1123</v>
       </c>
-      <c r="E121" t="s">
+      <c r="G121" t="s">
         <v>1124</v>
       </c>
-      <c r="F121" t="s">
+      <c r="H121" t="s">
         <v>1125</v>
       </c>
-      <c r="G121" t="s">
+      <c r="I121" t="s">
         <v>1126</v>
       </c>
-      <c r="H121" t="s">
+      <c r="J121" t="s">
+        <v>24</v>
+      </c>
+      <c r="K121" t="s">
+        <v>25</v>
+      </c>
+      <c r="L121" t="s">
+        <v>26</v>
+      </c>
+      <c r="M121" t="s">
+        <v>27</v>
+      </c>
+      <c r="N121" t="s">
+        <v>28</v>
+      </c>
+      <c r="O121" t="s">
         <v>1127</v>
-      </c>
-[...19 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3567</v>
+        <v>3518</v>
       </c>
       <c r="B122" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D122" t="s">
         <v>1130</v>
       </c>
-      <c r="C122" t="s">
+      <c r="E122" t="s">
         <v>1131</v>
       </c>
-      <c r="D122" t="s">
+      <c r="F122" t="s">
         <v>1132</v>
       </c>
-      <c r="E122" t="s">
+      <c r="G122" t="s">
         <v>1133</v>
       </c>
-      <c r="F122" t="s">
+      <c r="H122" t="s">
         <v>1134</v>
       </c>
-      <c r="G122" t="s">
+      <c r="I122" t="s">
         <v>1135</v>
       </c>
-      <c r="H122" t="s">
+      <c r="J122" t="s">
+        <v>24</v>
+      </c>
+      <c r="K122" t="s">
         <v>1136</v>
       </c>
-      <c r="I122" t="s">
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="M122" t="s">
         <v>1137</v>
       </c>
-      <c r="J122" t="s">
-[...2 lines deleted...]
-      <c r="K122" t="s">
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
         <v>1138</v>
-      </c>
-[...10 lines deleted...]
-        <v>1140</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3574</v>
+        <v>3520</v>
       </c>
       <c r="B123" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D123" t="s">
         <v>1141</v>
       </c>
-      <c r="C123" t="s">
+      <c r="E123" t="s">
         <v>1142</v>
       </c>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
         <v>1143</v>
       </c>
-      <c r="E123" t="s">
+      <c r="G123" t="s">
         <v>1144</v>
       </c>
-      <c r="F123" t="s">
+      <c r="H123" t="s">
         <v>1145</v>
       </c>
-      <c r="G123" t="s">
+      <c r="I123" t="s">
         <v>1146</v>
       </c>
-      <c r="H123" t="s">
+      <c r="J123" t="s">
+        <v>24</v>
+      </c>
+      <c r="K123" t="s">
+        <v>59</v>
+      </c>
+      <c r="L123" t="s">
+        <v>26</v>
+      </c>
+      <c r="M123" t="s">
+        <v>61</v>
+      </c>
+      <c r="N123" t="s">
+        <v>28</v>
+      </c>
+      <c r="O123" t="s">
         <v>1147</v>
-      </c>
-[...19 lines deleted...]
-        <v>1149</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3575</v>
+        <v>3534</v>
       </c>
       <c r="B124" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D124" t="s">
         <v>1150</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" t="s">
         <v>1151</v>
       </c>
-      <c r="D124" t="s">
+      <c r="F124" t="s">
         <v>1152</v>
       </c>
-      <c r="E124" t="s">
+      <c r="G124" t="s">
         <v>1153</v>
       </c>
-      <c r="F124" t="s">
+      <c r="H124" t="s">
         <v>1154</v>
       </c>
-      <c r="G124" t="s">
+      <c r="I124" t="s">
         <v>1155</v>
       </c>
-      <c r="H124" t="s">
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="K124" t="s">
+        <v>25</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>27</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1156</v>
-      </c>
-[...19 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3581</v>
+        <v>3546</v>
       </c>
       <c r="B125" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F125" t="s">
         <v>1161</v>
       </c>
-      <c r="C125" t="s">
+      <c r="G125" t="s">
         <v>1162</v>
       </c>
-      <c r="D125" t="s">
+      <c r="H125" t="s">
         <v>1163</v>
       </c>
-      <c r="E125" t="s">
+      <c r="I125" t="s">
         <v>1164</v>
       </c>
-      <c r="F125" t="s">
+      <c r="J125" t="s">
+        <v>24</v>
+      </c>
+      <c r="K125" t="s">
+        <v>25</v>
+      </c>
+      <c r="L125" t="s">
+        <v>26</v>
+      </c>
+      <c r="M125" t="s">
+        <v>27</v>
+      </c>
+      <c r="N125" t="s">
+        <v>28</v>
+      </c>
+      <c r="O125" t="s">
         <v>1165</v>
-      </c>
-[...25 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3588</v>
+        <v>3552</v>
       </c>
       <c r="B126" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F126" t="s">
         <v>1170</v>
       </c>
-      <c r="C126" t="s">
+      <c r="G126" t="s">
         <v>1171</v>
       </c>
-      <c r="D126" t="s">
+      <c r="H126" t="s">
         <v>1172</v>
       </c>
-      <c r="E126" t="s">
+      <c r="I126" t="s">
         <v>1173</v>
       </c>
-      <c r="F126" t="s">
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
+        <v>746</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>747</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1174</v>
-      </c>
-[...25 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3591</v>
+        <v>3553</v>
       </c>
       <c r="B127" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F127" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H127" t="s">
         <v>1181</v>
       </c>
-      <c r="C127" t="s">
+      <c r="I127" t="s">
         <v>1182</v>
       </c>
-      <c r="D127" t="s">
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="K127" t="s">
+        <v>47</v>
+      </c>
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
+        <v>48</v>
+      </c>
+      <c r="N127" t="s">
+        <v>28</v>
+      </c>
+      <c r="O127" t="s">
         <v>1183</v>
-      </c>
-[...31 lines deleted...]
-        <v>1189</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3686</v>
+        <v>3566</v>
       </c>
       <c r="B128" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F128" t="s">
+        <v>1188</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H128" t="s">
         <v>1190</v>
       </c>
-      <c r="C128" t="s">
+      <c r="I128" t="s">
         <v>1191</v>
       </c>
-      <c r="D128" t="s">
+      <c r="J128" t="s">
+        <v>24</v>
+      </c>
+      <c r="K128" t="s">
+        <v>170</v>
+      </c>
+      <c r="L128" t="s">
+        <v>26</v>
+      </c>
+      <c r="M128" t="s">
+        <v>171</v>
+      </c>
+      <c r="N128" t="s">
+        <v>28</v>
+      </c>
+      <c r="O128" t="s">
         <v>1192</v>
-      </c>
-[...31 lines deleted...]
-        <v>1198</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3689</v>
+        <v>3567</v>
       </c>
       <c r="B129" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F129" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H129" t="s">
         <v>1199</v>
       </c>
-      <c r="C129" t="s">
+      <c r="I129" t="s">
         <v>1200</v>
       </c>
-      <c r="D129" t="s">
+      <c r="J129" t="s">
+        <v>450</v>
+      </c>
+      <c r="K129" t="s">
         <v>1201</v>
       </c>
-      <c r="E129" t="s">
+      <c r="L129" t="s">
+        <v>452</v>
+      </c>
+      <c r="M129" t="s">
         <v>1202</v>
       </c>
-      <c r="F129" t="s">
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
         <v>1203</v>
-      </c>
-[...25 lines deleted...]
-        <v>1207</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3700</v>
+        <v>3573</v>
       </c>
       <c r="B130" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F130" t="s">
         <v>1208</v>
       </c>
-      <c r="C130" t="s">
+      <c r="G130" t="s">
         <v>1209</v>
       </c>
-      <c r="D130" t="s">
+      <c r="H130" t="s">
         <v>1210</v>
       </c>
-      <c r="E130" t="s">
+      <c r="I130" t="s">
         <v>1211</v>
-      </c>
-[...10 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3701</v>
+        <v>3574</v>
       </c>
       <c r="B131" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F131" t="s">
         <v>1217</v>
       </c>
-      <c r="C131" t="s">
+      <c r="G131" t="s">
         <v>1218</v>
       </c>
-      <c r="D131" t="s">
+      <c r="H131" t="s">
         <v>1219</v>
       </c>
-      <c r="E131" t="s">
+      <c r="I131" t="s">
         <v>1220</v>
       </c>
-      <c r="F131" t="s">
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>170</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>171</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1221</v>
-      </c>
-[...25 lines deleted...]
-        <v>1225</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3702</v>
+        <v>3575</v>
       </c>
       <c r="B132" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F132" t="s">
         <v>1226</v>
       </c>
-      <c r="C132" t="s">
+      <c r="G132" t="s">
         <v>1227</v>
       </c>
-      <c r="D132" t="s">
+      <c r="H132" t="s">
         <v>1228</v>
       </c>
-      <c r="E132" t="s">
+      <c r="I132" t="s">
         <v>1229</v>
       </c>
-      <c r="F132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
         <v>1230</v>
       </c>
-      <c r="G132" t="s">
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
         <v>1231</v>
       </c>
-      <c r="H132" t="s">
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1232</v>
-      </c>
-[...19 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3706</v>
+        <v>3578</v>
       </c>
       <c r="B133" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D133" t="s">
         <v>1235</v>
       </c>
-      <c r="C133" t="s">
+      <c r="E133" t="s">
         <v>1236</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>1237</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>1238</v>
       </c>
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1239</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
         <v>1240</v>
-      </c>
-[...4 lines deleted...]
-        <v>1242</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3711</v>
+        <v>3581</v>
       </c>
       <c r="B134" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D134" t="s">
         <v>1244</v>
       </c>
-      <c r="C134" t="s">
+      <c r="E134" t="s">
         <v>1245</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134" t="s">
         <v>1246</v>
       </c>
-      <c r="E134" t="s">
+      <c r="G134" t="s">
         <v>1247</v>
       </c>
-      <c r="F134" t="s">
+      <c r="H134" t="s">
         <v>1248</v>
       </c>
-      <c r="G134" t="s">
+      <c r="I134" t="s">
         <v>1249</v>
       </c>
-      <c r="H134" t="s">
+      <c r="J134" t="s">
+        <v>24</v>
+      </c>
+      <c r="K134" t="s">
+        <v>47</v>
+      </c>
+      <c r="L134" t="s">
+        <v>26</v>
+      </c>
+      <c r="M134" t="s">
+        <v>48</v>
+      </c>
+      <c r="N134" t="s">
+        <v>28</v>
+      </c>
+      <c r="O134" t="s">
         <v>1250</v>
-      </c>
-[...19 lines deleted...]
-        <v>1252</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3716</v>
+        <v>3586</v>
       </c>
       <c r="B135" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D135" t="s">
         <v>1253</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" t="s">
         <v>1254</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>1255</v>
       </c>
-      <c r="E135" t="s">
+      <c r="G135" t="s">
         <v>1256</v>
       </c>
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>1257</v>
       </c>
-      <c r="G135" t="s">
+      <c r="I135" t="s">
         <v>1258</v>
       </c>
-      <c r="H135" t="s">
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
+        <v>25</v>
+      </c>
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
+        <v>27</v>
+      </c>
+      <c r="N135" t="s">
+        <v>28</v>
+      </c>
+      <c r="O135" t="s">
         <v>1259</v>
-      </c>
-[...19 lines deleted...]
-        <v>1261</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3718</v>
+        <v>3588</v>
       </c>
       <c r="B136" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D136" t="s">
         <v>1262</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" t="s">
         <v>1263</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136" t="s">
         <v>1264</v>
       </c>
-      <c r="E136" t="s">
+      <c r="G136" t="s">
         <v>1265</v>
       </c>
-      <c r="F136" t="s">
+      <c r="H136" t="s">
         <v>1266</v>
       </c>
-      <c r="G136" t="s">
+      <c r="I136" t="s">
         <v>1267</v>
       </c>
-      <c r="H136" t="s">
+      <c r="J136" t="s">
+        <v>24</v>
+      </c>
+      <c r="K136" t="s">
         <v>1268</v>
       </c>
-      <c r="I136" t="s">
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136" t="s">
         <v>1269</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3719</v>
+        <v>3591</v>
       </c>
       <c r="B137" t="s">
         <v>1271</v>
       </c>
       <c r="C137" t="s">
         <v>1272</v>
       </c>
       <c r="D137" t="s">
         <v>1273</v>
       </c>
       <c r="E137" t="s">
         <v>1274</v>
       </c>
       <c r="F137" t="s">
         <v>1275</v>
       </c>
       <c r="G137" t="s">
         <v>1276</v>
       </c>
       <c r="H137" t="s">
         <v>1277</v>
       </c>
       <c r="I137" t="s">
         <v>1278</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3731</v>
+        <v>3602</v>
       </c>
       <c r="B138" t="s">
         <v>1280</v>
       </c>
       <c r="C138" t="s">
         <v>1281</v>
       </c>
       <c r="D138" t="s">
         <v>1282</v>
       </c>
       <c r="E138" t="s">
         <v>1283</v>
       </c>
       <c r="F138" t="s">
         <v>1284</v>
       </c>
       <c r="G138" t="s">
         <v>1285</v>
       </c>
       <c r="H138" t="s">
         <v>1286</v>
       </c>
       <c r="I138" t="s">
         <v>1287</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
         <v>1288</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3732</v>
+        <v>3636</v>
       </c>
       <c r="B139" t="s">
         <v>1289</v>
       </c>
       <c r="C139" t="s">
         <v>1290</v>
       </c>
       <c r="D139" t="s">
         <v>1291</v>
       </c>
       <c r="E139" t="s">
         <v>1292</v>
       </c>
       <c r="F139" t="s">
         <v>1293</v>
       </c>
       <c r="G139" t="s">
         <v>1294</v>
       </c>
       <c r="H139" t="s">
         <v>1295</v>
       </c>
       <c r="I139" t="s">
         <v>1296</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3753</v>
+        <v>3652</v>
       </c>
       <c r="B140" t="s">
         <v>1298</v>
       </c>
       <c r="C140" t="s">
         <v>1299</v>
       </c>
       <c r="D140" t="s">
         <v>1300</v>
       </c>
       <c r="E140" t="s">
         <v>1301</v>
       </c>
       <c r="F140" t="s">
         <v>1302</v>
       </c>
       <c r="G140" t="s">
         <v>1303</v>
       </c>
       <c r="H140" t="s">
         <v>1304</v>
       </c>
       <c r="I140" t="s">
         <v>1305</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1306</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3756</v>
+        <v>3686</v>
       </c>
       <c r="B141" t="s">
         <v>1307</v>
       </c>
       <c r="C141" t="s">
         <v>1308</v>
       </c>
       <c r="D141" t="s">
         <v>1309</v>
       </c>
       <c r="E141" t="s">
         <v>1310</v>
       </c>
       <c r="F141" t="s">
         <v>1311</v>
       </c>
       <c r="G141" t="s">
         <v>1312</v>
       </c>
       <c r="H141" t="s">
         <v>1313</v>
       </c>
       <c r="I141" t="s">
         <v>1314</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3791</v>
+        <v>3689</v>
       </c>
       <c r="B142" t="s">
         <v>1316</v>
       </c>
       <c r="C142" t="s">
         <v>1317</v>
       </c>
       <c r="D142" t="s">
         <v>1318</v>
       </c>
       <c r="E142" t="s">
         <v>1319</v>
       </c>
       <c r="F142" t="s">
         <v>1320</v>
       </c>
       <c r="G142" t="s">
         <v>1321</v>
       </c>
       <c r="H142" t="s">
         <v>1322</v>
       </c>
       <c r="I142" t="s">
         <v>1323</v>
       </c>
       <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
+        <v>25</v>
+      </c>
+      <c r="L142" t="s">
+        <v>26</v>
+      </c>
+      <c r="M142" t="s">
+        <v>27</v>
+      </c>
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
         <v>1324</v>
-      </c>
-[...13 lines deleted...]
-        <v>1328</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3854</v>
+        <v>3700</v>
       </c>
       <c r="B143" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D143" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F143" t="s">
         <v>1329</v>
       </c>
-      <c r="C143" t="s">
+      <c r="G143" t="s">
         <v>1330</v>
       </c>
-      <c r="D143" t="s">
+      <c r="H143" t="s">
         <v>1331</v>
       </c>
-      <c r="E143" t="s">
+      <c r="I143" t="s">
         <v>1332</v>
       </c>
-      <c r="F143" t="s">
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
+        <v>25</v>
+      </c>
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>27</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
         <v>1333</v>
-      </c>
-[...25 lines deleted...]
-        <v>1337</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4176</v>
+        <v>3701</v>
       </c>
       <c r="B144" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D144" t="s">
+        <v>1336</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F144" t="s">
         <v>1338</v>
       </c>
-      <c r="C144" t="s">
+      <c r="G144" t="s">
         <v>1339</v>
       </c>
-      <c r="D144" t="s">
+      <c r="H144" t="s">
         <v>1340</v>
       </c>
-      <c r="E144" t="s">
+      <c r="I144" t="s">
         <v>1341</v>
       </c>
-      <c r="F144" t="s">
+      <c r="J144" t="s">
+        <v>24</v>
+      </c>
+      <c r="K144" t="s">
+        <v>25</v>
+      </c>
+      <c r="L144" t="s">
+        <v>26</v>
+      </c>
+      <c r="M144" t="s">
+        <v>27</v>
+      </c>
+      <c r="N144" t="s">
+        <v>28</v>
+      </c>
+      <c r="O144" t="s">
         <v>1342</v>
-      </c>
-[...25 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4186</v>
+        <v>3702</v>
       </c>
       <c r="B145" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D145" t="s">
+        <v>1345</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F145" t="s">
         <v>1347</v>
       </c>
-      <c r="C145" t="s">
+      <c r="G145" t="s">
         <v>1348</v>
       </c>
-      <c r="D145" t="s">
+      <c r="H145" t="s">
         <v>1349</v>
       </c>
-      <c r="E145" t="s">
+      <c r="I145" t="s">
         <v>1350</v>
       </c>
-      <c r="F145" t="s">
+      <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="K145" t="s">
+        <v>47</v>
+      </c>
+      <c r="L145" t="s">
+        <v>26</v>
+      </c>
+      <c r="M145" t="s">
+        <v>48</v>
+      </c>
+      <c r="N145" t="s">
+        <v>28</v>
+      </c>
+      <c r="O145" t="s">
         <v>1351</v>
-      </c>
-[...25 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4196</v>
+        <v>3706</v>
       </c>
       <c r="B146" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D146" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F146" t="s">
         <v>1356</v>
       </c>
-      <c r="C146" t="s">
+      <c r="G146" t="s">
         <v>1357</v>
       </c>
-      <c r="D146" t="s">
+      <c r="H146" t="s">
         <v>1358</v>
       </c>
-      <c r="E146" t="s">
+      <c r="I146" t="s">
         <v>1359</v>
-      </c>
-[...10 lines deleted...]
-        <v>1363</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1364</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4198</v>
+        <v>3711</v>
       </c>
       <c r="B147" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D147" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F147" t="s">
         <v>1365</v>
       </c>
-      <c r="C147" t="s">
+      <c r="G147" t="s">
         <v>1366</v>
       </c>
-      <c r="D147" t="s">
+      <c r="H147" t="s">
         <v>1367</v>
       </c>
-      <c r="E147" t="s">
+      <c r="I147" t="s">
         <v>1368</v>
       </c>
-      <c r="F147" t="s">
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="K147" t="s">
+        <v>170</v>
+      </c>
+      <c r="L147" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" t="s">
+        <v>171</v>
+      </c>
+      <c r="N147" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" t="s">
         <v>1369</v>
-      </c>
-[...25 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4202</v>
+        <v>3714</v>
       </c>
       <c r="B148" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D148" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F148" t="s">
         <v>1374</v>
       </c>
-      <c r="C148" t="s">
+      <c r="G148" t="s">
         <v>1375</v>
       </c>
-      <c r="D148" t="s">
+      <c r="H148" t="s">
         <v>1376</v>
       </c>
-      <c r="E148" t="s">
+      <c r="I148" t="s">
         <v>1377</v>
-      </c>
-[...10 lines deleted...]
-        <v>1381</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1382</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4204</v>
+        <v>3716</v>
       </c>
       <c r="B149" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D149" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F149" t="s">
         <v>1383</v>
       </c>
-      <c r="C149" t="s">
+      <c r="G149" t="s">
         <v>1384</v>
       </c>
-      <c r="D149" t="s">
+      <c r="H149" t="s">
         <v>1385</v>
       </c>
-      <c r="E149" t="s">
+      <c r="I149" t="s">
         <v>1386</v>
-      </c>
-[...10 lines deleted...]
-        <v>1390</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>48</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1391</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4206</v>
+        <v>3718</v>
       </c>
       <c r="B150" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D150" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F150" t="s">
         <v>1392</v>
       </c>
-      <c r="C150" t="s">
+      <c r="G150" t="s">
         <v>1393</v>
       </c>
-      <c r="D150" t="s">
+      <c r="H150" t="s">
         <v>1394</v>
       </c>
-      <c r="E150" t="s">
+      <c r="I150" t="s">
         <v>1395</v>
       </c>
-      <c r="F150" t="s">
+      <c r="J150" t="s">
+        <v>24</v>
+      </c>
+      <c r="K150" t="s">
+        <v>170</v>
+      </c>
+      <c r="L150" t="s">
+        <v>26</v>
+      </c>
+      <c r="M150" t="s">
+        <v>171</v>
+      </c>
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
         <v>1396</v>
-      </c>
-[...25 lines deleted...]
-        <v>1400</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4211</v>
+        <v>3719</v>
       </c>
       <c r="B151" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D151" t="s">
+        <v>1399</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F151" t="s">
         <v>1401</v>
       </c>
-      <c r="C151" t="s">
+      <c r="G151" t="s">
         <v>1402</v>
       </c>
-      <c r="D151" t="s">
+      <c r="H151" t="s">
         <v>1403</v>
       </c>
-      <c r="E151" t="s">
+      <c r="I151" t="s">
         <v>1404</v>
       </c>
-      <c r="F151" t="s">
+      <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
+        <v>170</v>
+      </c>
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
+        <v>171</v>
+      </c>
+      <c r="N151" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" t="s">
         <v>1405</v>
-      </c>
-[...25 lines deleted...]
-        <v>1409</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4216</v>
+        <v>3731</v>
       </c>
       <c r="B152" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D152" t="s">
+        <v>1408</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F152" t="s">
         <v>1410</v>
       </c>
-      <c r="C152" t="s">
+      <c r="G152" t="s">
         <v>1411</v>
       </c>
-      <c r="D152" t="s">
+      <c r="H152" t="s">
         <v>1412</v>
       </c>
-      <c r="E152" t="s">
+      <c r="I152" t="s">
         <v>1413</v>
       </c>
-      <c r="F152" t="s">
+      <c r="J152" t="s">
+        <v>24</v>
+      </c>
+      <c r="K152" t="s">
+        <v>25</v>
+      </c>
+      <c r="L152" t="s">
+        <v>26</v>
+      </c>
+      <c r="M152" t="s">
+        <v>27</v>
+      </c>
+      <c r="N152" t="s">
+        <v>28</v>
+      </c>
+      <c r="O152" t="s">
         <v>1414</v>
-      </c>
-[...25 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4243</v>
+        <v>3732</v>
       </c>
       <c r="B153" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F153" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1421</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1422</v>
+      </c>
+      <c r="J153" t="s">
+        <v>24</v>
+      </c>
+      <c r="K153" t="s">
+        <v>170</v>
+      </c>
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="M153" t="s">
+        <v>171</v>
+      </c>
+      <c r="N153" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" t="s">
         <v>1423</v>
-      </c>
-[...37 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4292</v>
+        <v>3753</v>
       </c>
       <c r="B154" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D154" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F154" t="s">
+        <v>1428</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J154" t="s">
+        <v>24</v>
+      </c>
+      <c r="K154" t="s">
+        <v>25</v>
+      </c>
+      <c r="L154" t="s">
+        <v>26</v>
+      </c>
+      <c r="M154" t="s">
+        <v>27</v>
+      </c>
+      <c r="N154" t="s">
+        <v>28</v>
+      </c>
+      <c r="O154" t="s">
         <v>1432</v>
-      </c>
-[...37 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4295</v>
+        <v>3755</v>
       </c>
       <c r="B155" t="s">
-        <v>1443</v>
+        <v>1433</v>
       </c>
       <c r="C155" t="s">
-        <v>1444</v>
+        <v>1434</v>
       </c>
       <c r="D155" t="s">
-        <v>1445</v>
+        <v>1435</v>
       </c>
       <c r="E155" t="s">
-        <v>1446</v>
+        <v>1436</v>
       </c>
       <c r="F155" t="s">
-        <v>1447</v>
+        <v>1437</v>
       </c>
       <c r="G155" t="s">
-        <v>1448</v>
+        <v>1438</v>
       </c>
       <c r="H155" t="s">
-        <v>1449</v>
+        <v>1439</v>
       </c>
       <c r="I155" t="s">
-        <v>1450</v>
+        <v>1440</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1451</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4303</v>
+        <v>3756</v>
       </c>
       <c r="B156" t="s">
-        <v>1452</v>
+        <v>1442</v>
       </c>
       <c r="C156" t="s">
-        <v>1453</v>
+        <v>1443</v>
       </c>
       <c r="D156" t="s">
-        <v>1454</v>
+        <v>1444</v>
       </c>
       <c r="E156" t="s">
-        <v>1455</v>
+        <v>1445</v>
       </c>
       <c r="F156" t="s">
-        <v>1456</v>
+        <v>1446</v>
       </c>
       <c r="G156" t="s">
-        <v>1457</v>
+        <v>1447</v>
       </c>
       <c r="H156" t="s">
-        <v>1458</v>
+        <v>1448</v>
       </c>
       <c r="I156" t="s">
-        <v>1459</v>
+        <v>1449</v>
       </c>
       <c r="J156" t="s">
-        <v>739</v>
+        <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1158</v>
+        <v>25</v>
       </c>
       <c r="L156" t="s">
-        <v>741</v>
+        <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>1159</v>
+        <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1460</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4304</v>
+        <v>3777</v>
       </c>
       <c r="B157" t="s">
-        <v>1461</v>
+        <v>1451</v>
       </c>
       <c r="C157" t="s">
-        <v>1462</v>
+        <v>1452</v>
       </c>
       <c r="D157" t="s">
-        <v>1463</v>
+        <v>1453</v>
       </c>
       <c r="E157" t="s">
-        <v>1464</v>
+        <v>1454</v>
       </c>
       <c r="F157" t="s">
-        <v>1465</v>
+        <v>1455</v>
       </c>
       <c r="G157" t="s">
-        <v>1466</v>
+        <v>1456</v>
       </c>
       <c r="H157" t="s">
-        <v>1467</v>
+        <v>1457</v>
       </c>
       <c r="I157" t="s">
-        <v>1468</v>
+        <v>1458</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1469</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4307</v>
+        <v>3779</v>
       </c>
       <c r="B158" t="s">
-        <v>1470</v>
+        <v>1460</v>
       </c>
       <c r="C158" t="s">
-        <v>1471</v>
+        <v>1461</v>
       </c>
       <c r="D158" t="s">
-        <v>1472</v>
+        <v>1462</v>
       </c>
       <c r="E158" t="s">
-        <v>1473</v>
+        <v>1463</v>
       </c>
       <c r="F158" t="s">
-        <v>1474</v>
+        <v>1464</v>
       </c>
       <c r="G158" t="s">
-        <v>1475</v>
+        <v>1465</v>
       </c>
       <c r="H158" t="s">
-        <v>1476</v>
+        <v>1466</v>
       </c>
       <c r="I158" t="s">
-        <v>1477</v>
+        <v>1467</v>
       </c>
       <c r="J158" t="s">
-        <v>1418</v>
+        <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>1478</v>
+        <v>170</v>
       </c>
       <c r="L158" t="s">
-        <v>1420</v>
+        <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>1479</v>
+        <v>171</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1480</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4308</v>
+        <v>3791</v>
       </c>
       <c r="B159" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F159" t="s">
+        <v>1473</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1476</v>
+      </c>
+      <c r="J159" t="s">
+        <v>1477</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L159" t="s">
+        <v>1479</v>
+      </c>
+      <c r="M159" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N159" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" t="s">
         <v>1481</v>
-      </c>
-[...37 lines deleted...]
-        <v>1489</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4309</v>
+        <v>3854</v>
       </c>
       <c r="B160" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F160" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1489</v>
+      </c>
+      <c r="J160" t="s">
+        <v>24</v>
+      </c>
+      <c r="K160" t="s">
+        <v>47</v>
+      </c>
+      <c r="L160" t="s">
+        <v>26</v>
+      </c>
+      <c r="M160" t="s">
+        <v>48</v>
+      </c>
+      <c r="N160" t="s">
+        <v>28</v>
+      </c>
+      <c r="O160" t="s">
         <v>1490</v>
-      </c>
-[...37 lines deleted...]
-        <v>1498</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4311</v>
+        <v>3863</v>
       </c>
       <c r="B161" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D161" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F161" t="s">
+        <v>1495</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1497</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
+        <v>170</v>
+      </c>
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
+        <v>171</v>
+      </c>
+      <c r="N161" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" t="s">
         <v>1499</v>
-      </c>
-[...37 lines deleted...]
-        <v>1507</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4314</v>
+        <v>4176</v>
       </c>
       <c r="B162" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F162" t="s">
+        <v>1504</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1506</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1507</v>
+      </c>
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
+        <v>170</v>
+      </c>
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
+        <v>171</v>
+      </c>
+      <c r="N162" t="s">
+        <v>28</v>
+      </c>
+      <c r="O162" t="s">
         <v>1508</v>
-      </c>
-[...37 lines deleted...]
-        <v>1516</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4316</v>
+        <v>4186</v>
       </c>
       <c r="B163" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F163" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1516</v>
+      </c>
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>59</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
+        <v>61</v>
+      </c>
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
         <v>1517</v>
-      </c>
-[...37 lines deleted...]
-        <v>1525</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4318</v>
+        <v>4196</v>
       </c>
       <c r="B164" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F164" t="s">
+        <v>1522</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
+        <v>25</v>
+      </c>
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
+        <v>27</v>
+      </c>
+      <c r="N164" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" t="s">
         <v>1526</v>
-      </c>
-[...37 lines deleted...]
-        <v>1534</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4319</v>
+        <v>4198</v>
       </c>
       <c r="B165" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F165" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="K165" t="s">
+        <v>25</v>
+      </c>
+      <c r="L165" t="s">
+        <v>26</v>
+      </c>
+      <c r="M165" t="s">
+        <v>27</v>
+      </c>
+      <c r="N165" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" t="s">
         <v>1535</v>
-      </c>
-[...37 lines deleted...]
-        <v>1543</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4322</v>
+        <v>4202</v>
       </c>
       <c r="B166" t="s">
-        <v>1544</v>
+        <v>1536</v>
       </c>
       <c r="C166" t="s">
-        <v>1545</v>
+        <v>1537</v>
       </c>
       <c r="D166" t="s">
-        <v>1546</v>
+        <v>1538</v>
       </c>
       <c r="E166" t="s">
-        <v>1547</v>
+        <v>1539</v>
       </c>
       <c r="F166" t="s">
-        <v>1548</v>
+        <v>1540</v>
       </c>
       <c r="G166" t="s">
-        <v>1549</v>
+        <v>1541</v>
       </c>
       <c r="H166" t="s">
-        <v>1550</v>
+        <v>1542</v>
       </c>
       <c r="I166" t="s">
-        <v>1551</v>
+        <v>1543</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1552</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4538</v>
+        <v>4204</v>
       </c>
       <c r="B167" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F167" t="s">
+        <v>1549</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1551</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1552</v>
+      </c>
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
+        <v>47</v>
+      </c>
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>48</v>
+      </c>
+      <c r="N167" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" t="s">
         <v>1553</v>
-      </c>
-[...37 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4549</v>
+        <v>4206</v>
       </c>
       <c r="B168" t="s">
-        <v>1562</v>
+        <v>1554</v>
       </c>
       <c r="C168" t="s">
-        <v>1563</v>
+        <v>1555</v>
       </c>
       <c r="D168" t="s">
-        <v>1564</v>
+        <v>1556</v>
       </c>
       <c r="E168" t="s">
-        <v>1565</v>
+        <v>1557</v>
       </c>
       <c r="F168" t="s">
-        <v>1566</v>
+        <v>1558</v>
       </c>
       <c r="G168" t="s">
-        <v>1567</v>
+        <v>1559</v>
       </c>
       <c r="H168" t="s">
-        <v>1568</v>
+        <v>1560</v>
       </c>
       <c r="I168" t="s">
-        <v>1569</v>
+        <v>1561</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1570</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4555</v>
+        <v>4211</v>
       </c>
       <c r="B169" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1565</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F169" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I169" t="s">
+        <v>1570</v>
+      </c>
+      <c r="J169" t="s">
+        <v>24</v>
+      </c>
+      <c r="K169" t="s">
+        <v>25</v>
+      </c>
+      <c r="L169" t="s">
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>27</v>
+      </c>
+      <c r="N169" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" t="s">
         <v>1571</v>
-      </c>
-[...37 lines deleted...]
-        <v>1579</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4556</v>
+        <v>4216</v>
       </c>
       <c r="B170" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1574</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F170" t="s">
+        <v>1576</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1578</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1579</v>
+      </c>
+      <c r="J170" t="s">
         <v>1580</v>
       </c>
-      <c r="C170" t="s">
+      <c r="K170" t="s">
         <v>1581</v>
       </c>
-      <c r="D170" t="s">
+      <c r="L170" t="s">
         <v>1582</v>
       </c>
-      <c r="E170" t="s">
+      <c r="M170" t="s">
         <v>1583</v>
       </c>
-      <c r="F170" t="s">
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
         <v>1584</v>
-      </c>
-[...25 lines deleted...]
-        <v>1588</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4558</v>
+        <v>4243</v>
       </c>
       <c r="B171" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1587</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F171" t="s">
         <v>1589</v>
       </c>
-      <c r="C171" t="s">
+      <c r="G171" t="s">
         <v>1590</v>
       </c>
-      <c r="D171" t="s">
+      <c r="H171" t="s">
         <v>1591</v>
       </c>
-      <c r="E171" t="s">
+      <c r="I171" t="s">
         <v>1592</v>
       </c>
-      <c r="F171" t="s">
+      <c r="J171" t="s">
+        <v>24</v>
+      </c>
+      <c r="K171" t="s">
+        <v>25</v>
+      </c>
+      <c r="L171" t="s">
+        <v>26</v>
+      </c>
+      <c r="M171" t="s">
+        <v>27</v>
+      </c>
+      <c r="N171" t="s">
+        <v>28</v>
+      </c>
+      <c r="O171" t="s">
         <v>1593</v>
-      </c>
-[...25 lines deleted...]
-        <v>1597</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4559</v>
+        <v>4292</v>
       </c>
       <c r="B172" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F172" t="s">
         <v>1598</v>
       </c>
-      <c r="C172" t="s">
+      <c r="G172" t="s">
         <v>1599</v>
       </c>
-      <c r="D172" t="s">
+      <c r="H172" t="s">
         <v>1600</v>
       </c>
-      <c r="E172" t="s">
+      <c r="I172" t="s">
         <v>1601</v>
       </c>
-      <c r="F172" t="s">
+      <c r="J172" t="s">
+        <v>24</v>
+      </c>
+      <c r="K172" t="s">
         <v>1602</v>
       </c>
-      <c r="G172" t="s">
+      <c r="L172" t="s">
+        <v>26</v>
+      </c>
+      <c r="M172" t="s">
         <v>1603</v>
       </c>
-      <c r="H172" t="s">
+      <c r="N172" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" t="s">
         <v>1604</v>
-      </c>
-[...19 lines deleted...]
-        <v>1606</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4560</v>
+        <v>4295</v>
       </c>
       <c r="B173" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D173" t="s">
         <v>1607</v>
       </c>
-      <c r="C173" t="s">
+      <c r="E173" t="s">
         <v>1608</v>
       </c>
-      <c r="D173" t="s">
+      <c r="F173" t="s">
         <v>1609</v>
       </c>
-      <c r="E173" t="s">
+      <c r="G173" t="s">
         <v>1610</v>
       </c>
-      <c r="F173" t="s">
+      <c r="H173" t="s">
         <v>1611</v>
       </c>
-      <c r="G173" t="s">
+      <c r="I173" t="s">
         <v>1612</v>
-      </c>
-[...4 lines deleted...]
-        <v>1614</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4563</v>
+        <v>4303</v>
       </c>
       <c r="B174" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D174" t="s">
         <v>1616</v>
       </c>
-      <c r="C174" t="s">
+      <c r="E174" t="s">
         <v>1617</v>
       </c>
-      <c r="D174" t="s">
+      <c r="F174" t="s">
         <v>1618</v>
       </c>
-      <c r="E174" t="s">
+      <c r="G174" t="s">
         <v>1619</v>
       </c>
-      <c r="F174" t="s">
+      <c r="H174" t="s">
         <v>1620</v>
       </c>
-      <c r="G174" t="s">
+      <c r="I174" t="s">
         <v>1621</v>
       </c>
-      <c r="H174" t="s">
+      <c r="J174" t="s">
+        <v>757</v>
+      </c>
+      <c r="K174" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L174" t="s">
+        <v>759</v>
+      </c>
+      <c r="M174" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
         <v>1622</v>
-      </c>
-[...19 lines deleted...]
-        <v>1624</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4564</v>
+        <v>4304</v>
       </c>
       <c r="B175" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D175" t="s">
         <v>1625</v>
       </c>
-      <c r="C175" t="s">
+      <c r="E175" t="s">
         <v>1626</v>
       </c>
-      <c r="D175" t="s">
+      <c r="F175" t="s">
         <v>1627</v>
       </c>
-      <c r="E175" t="s">
+      <c r="G175" t="s">
         <v>1628</v>
       </c>
-      <c r="F175" t="s">
+      <c r="H175" t="s">
         <v>1629</v>
       </c>
-      <c r="G175" t="s">
+      <c r="I175" t="s">
         <v>1630</v>
       </c>
-      <c r="H175" t="s">
+      <c r="J175" t="s">
+        <v>24</v>
+      </c>
+      <c r="K175" t="s">
+        <v>25</v>
+      </c>
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
+        <v>27</v>
+      </c>
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
         <v>1631</v>
-      </c>
-[...19 lines deleted...]
-        <v>1635</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4566</v>
+        <v>4307</v>
       </c>
       <c r="B176" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F176" t="s">
         <v>1636</v>
       </c>
-      <c r="C176" t="s">
+      <c r="G176" t="s">
         <v>1637</v>
       </c>
-      <c r="D176" t="s">
+      <c r="H176" t="s">
         <v>1638</v>
       </c>
-      <c r="E176" t="s">
+      <c r="I176" t="s">
         <v>1639</v>
       </c>
-      <c r="F176" t="s">
+      <c r="J176" t="s">
+        <v>1580</v>
+      </c>
+      <c r="K176" t="s">
         <v>1640</v>
       </c>
-      <c r="G176" t="s">
+      <c r="L176" t="s">
+        <v>1582</v>
+      </c>
+      <c r="M176" t="s">
         <v>1641</v>
       </c>
-      <c r="H176" t="s">
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
         <v>1642</v>
-      </c>
-[...19 lines deleted...]
-        <v>1644</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4568</v>
+        <v>4308</v>
       </c>
       <c r="B177" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D177" t="s">
         <v>1645</v>
       </c>
-      <c r="C177" t="s">
+      <c r="E177" t="s">
         <v>1646</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177" t="s">
         <v>1647</v>
       </c>
-      <c r="E177" t="s">
+      <c r="G177" t="s">
         <v>1648</v>
       </c>
-      <c r="F177" t="s">
+      <c r="H177" t="s">
         <v>1649</v>
       </c>
-      <c r="G177" t="s">
+      <c r="I177" t="s">
         <v>1650</v>
       </c>
-      <c r="H177" t="s">
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>170</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>171</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
         <v>1651</v>
-      </c>
-[...19 lines deleted...]
-        <v>1653</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4704</v>
+        <v>4309</v>
       </c>
       <c r="B178" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D178" t="s">
         <v>1654</v>
       </c>
-      <c r="C178" t="s">
+      <c r="E178" t="s">
         <v>1655</v>
       </c>
-      <c r="D178" t="s">
+      <c r="F178" t="s">
         <v>1656</v>
       </c>
-      <c r="E178" t="s">
+      <c r="G178" t="s">
         <v>1657</v>
       </c>
-      <c r="F178" t="s">
+      <c r="H178" t="s">
         <v>1658</v>
       </c>
-      <c r="G178" t="s">
+      <c r="I178" t="s">
         <v>1659</v>
       </c>
-      <c r="H178" t="s">
+      <c r="J178" t="s">
+        <v>24</v>
+      </c>
+      <c r="K178" t="s">
+        <v>170</v>
+      </c>
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="M178" t="s">
+        <v>171</v>
+      </c>
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
         <v>1660</v>
-      </c>
-[...19 lines deleted...]
-        <v>1662</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4706</v>
+        <v>4311</v>
       </c>
       <c r="B179" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D179" t="s">
         <v>1663</v>
       </c>
-      <c r="C179" t="s">
+      <c r="E179" t="s">
         <v>1664</v>
       </c>
-      <c r="D179" t="s">
+      <c r="F179" t="s">
         <v>1665</v>
       </c>
-      <c r="E179" t="s">
+      <c r="G179" t="s">
         <v>1666</v>
       </c>
-      <c r="F179" t="s">
+      <c r="H179" t="s">
         <v>1667</v>
       </c>
-      <c r="G179" t="s">
+      <c r="I179" t="s">
         <v>1668</v>
       </c>
-      <c r="H179" t="s">
+      <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="K179" t="s">
+        <v>25</v>
+      </c>
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
+        <v>27</v>
+      </c>
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
         <v>1669</v>
-      </c>
-[...19 lines deleted...]
-        <v>1671</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4709</v>
+        <v>4314</v>
       </c>
       <c r="B180" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D180" t="s">
         <v>1672</v>
       </c>
-      <c r="C180" t="s">
+      <c r="E180" t="s">
         <v>1673</v>
       </c>
-      <c r="D180" t="s">
+      <c r="F180" t="s">
         <v>1674</v>
       </c>
-      <c r="E180" t="s">
+      <c r="G180" t="s">
         <v>1675</v>
       </c>
-      <c r="F180" t="s">
+      <c r="H180" t="s">
         <v>1676</v>
       </c>
-      <c r="G180" t="s">
+      <c r="I180" t="s">
         <v>1677</v>
       </c>
-      <c r="H180" t="s">
+      <c r="J180" t="s">
+        <v>24</v>
+      </c>
+      <c r="K180" t="s">
+        <v>25</v>
+      </c>
+      <c r="L180" t="s">
+        <v>26</v>
+      </c>
+      <c r="M180" t="s">
+        <v>27</v>
+      </c>
+      <c r="N180" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" t="s">
         <v>1678</v>
-      </c>
-[...19 lines deleted...]
-        <v>1680</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4711</v>
+        <v>4316</v>
       </c>
       <c r="B181" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D181" t="s">
         <v>1681</v>
       </c>
-      <c r="C181" t="s">
+      <c r="E181" t="s">
         <v>1682</v>
       </c>
-      <c r="D181" t="s">
+      <c r="F181" t="s">
         <v>1683</v>
       </c>
-      <c r="E181" t="s">
+      <c r="G181" t="s">
         <v>1684</v>
       </c>
-      <c r="F181" t="s">
+      <c r="H181" t="s">
         <v>1685</v>
       </c>
-      <c r="G181" t="s">
+      <c r="I181" t="s">
         <v>1686</v>
       </c>
-      <c r="H181" t="s">
+      <c r="J181" t="s">
+        <v>24</v>
+      </c>
+      <c r="K181" t="s">
+        <v>170</v>
+      </c>
+      <c r="L181" t="s">
+        <v>26</v>
+      </c>
+      <c r="M181" t="s">
+        <v>171</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
         <v>1687</v>
-      </c>
-[...19 lines deleted...]
-        <v>1693</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4716</v>
+        <v>4318</v>
       </c>
       <c r="B182" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F182" t="s">
+        <v>1692</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H182" t="s">
         <v>1694</v>
       </c>
-      <c r="C182" t="s">
+      <c r="I182" t="s">
         <v>1695</v>
       </c>
-      <c r="D182" t="s">
+      <c r="J182" t="s">
+        <v>24</v>
+      </c>
+      <c r="K182" t="s">
+        <v>170</v>
+      </c>
+      <c r="L182" t="s">
+        <v>26</v>
+      </c>
+      <c r="M182" t="s">
+        <v>171</v>
+      </c>
+      <c r="N182" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" t="s">
         <v>1696</v>
-      </c>
-[...31 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4717</v>
+        <v>4319</v>
       </c>
       <c r="B183" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1701</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H183" t="s">
         <v>1703</v>
       </c>
-      <c r="C183" t="s">
+      <c r="I183" t="s">
         <v>1704</v>
       </c>
-      <c r="D183" t="s">
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="K183" t="s">
+        <v>170</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>171</v>
+      </c>
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
         <v>1705</v>
-      </c>
-[...31 lines deleted...]
-        <v>1711</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4721</v>
+        <v>4322</v>
       </c>
       <c r="B184" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1710</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H184" t="s">
         <v>1712</v>
       </c>
-      <c r="C184" t="s">
+      <c r="I184" t="s">
         <v>1713</v>
       </c>
-      <c r="D184" t="s">
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>25</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>27</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
         <v>1714</v>
-      </c>
-[...31 lines deleted...]
-        <v>1720</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4722</v>
+        <v>4538</v>
       </c>
       <c r="B185" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1719</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H185" t="s">
         <v>1721</v>
       </c>
-      <c r="C185" t="s">
+      <c r="I185" t="s">
         <v>1722</v>
       </c>
-      <c r="D185" t="s">
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>25</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>27</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
         <v>1723</v>
-      </c>
-[...31 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4723</v>
+        <v>4549</v>
       </c>
       <c r="B186" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1730</v>
+      </c>
+      <c r="I186" t="s">
+        <v>1731</v>
+      </c>
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
+        <v>25</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>27</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
         <v>1732</v>
-      </c>
-[...37 lines deleted...]
-        <v>1742</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4792</v>
+        <v>4555</v>
       </c>
       <c r="B187" t="s">
-        <v>1743</v>
+        <v>1733</v>
       </c>
       <c r="C187" t="s">
-        <v>1744</v>
+        <v>1734</v>
       </c>
       <c r="D187" t="s">
-        <v>1745</v>
+        <v>1735</v>
       </c>
       <c r="E187" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="F187" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="G187" t="s">
-        <v>1748</v>
+        <v>1738</v>
       </c>
       <c r="H187" t="s">
-        <v>1749</v>
+        <v>1739</v>
       </c>
       <c r="I187" t="s">
-        <v>1750</v>
+        <v>1740</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1751</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4801</v>
+        <v>4556</v>
       </c>
       <c r="B188" t="s">
-        <v>1752</v>
+        <v>1742</v>
       </c>
       <c r="C188" t="s">
-        <v>1753</v>
+        <v>1743</v>
       </c>
       <c r="D188" t="s">
-        <v>1754</v>
+        <v>1744</v>
       </c>
       <c r="E188" t="s">
-        <v>1755</v>
+        <v>1745</v>
       </c>
       <c r="F188" t="s">
-        <v>1756</v>
+        <v>1746</v>
       </c>
       <c r="G188" t="s">
-        <v>1757</v>
+        <v>1747</v>
       </c>
       <c r="H188" t="s">
-        <v>1758</v>
+        <v>1748</v>
       </c>
       <c r="I188" t="s">
-        <v>1759</v>
+        <v>1749</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1760</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4810</v>
+        <v>4558</v>
       </c>
       <c r="B189" t="s">
-        <v>1761</v>
+        <v>1751</v>
       </c>
       <c r="C189" t="s">
-        <v>1762</v>
+        <v>1752</v>
       </c>
       <c r="D189" t="s">
-        <v>1763</v>
+        <v>1753</v>
       </c>
       <c r="E189" t="s">
-        <v>1764</v>
+        <v>1754</v>
       </c>
       <c r="F189" t="s">
-        <v>1765</v>
+        <v>1755</v>
       </c>
       <c r="G189" t="s">
-        <v>1766</v>
+        <v>1756</v>
       </c>
       <c r="H189" t="s">
-        <v>1767</v>
+        <v>1757</v>
       </c>
       <c r="I189" t="s">
-        <v>1768</v>
+        <v>1758</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>170</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>171</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1769</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4811</v>
+        <v>4559</v>
       </c>
       <c r="B190" t="s">
-        <v>1770</v>
+        <v>1760</v>
       </c>
       <c r="C190" t="s">
-        <v>1771</v>
+        <v>1761</v>
       </c>
       <c r="D190" t="s">
-        <v>1772</v>
+        <v>1762</v>
       </c>
       <c r="E190" t="s">
-        <v>1773</v>
+        <v>1763</v>
       </c>
       <c r="F190" t="s">
-        <v>1774</v>
+        <v>1764</v>
       </c>
       <c r="G190" t="s">
-        <v>1775</v>
+        <v>1765</v>
       </c>
       <c r="H190" t="s">
-        <v>1776</v>
+        <v>1766</v>
       </c>
       <c r="I190" t="s">
-        <v>1777</v>
+        <v>1767</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>1325</v>
+        <v>47</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>1327</v>
+        <v>48</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1778</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4815</v>
+        <v>4560</v>
       </c>
       <c r="B191" t="s">
-        <v>1779</v>
+        <v>1769</v>
       </c>
       <c r="C191" t="s">
-        <v>1780</v>
+        <v>1770</v>
       </c>
       <c r="D191" t="s">
-        <v>1781</v>
+        <v>1771</v>
       </c>
       <c r="E191" t="s">
-        <v>1782</v>
+        <v>1772</v>
       </c>
       <c r="F191" t="s">
-        <v>1783</v>
+        <v>1773</v>
       </c>
       <c r="G191" t="s">
-        <v>1784</v>
+        <v>1774</v>
       </c>
       <c r="H191" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="I191" t="s">
-        <v>1786</v>
+        <v>1776</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1787</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4817</v>
+        <v>4563</v>
       </c>
       <c r="B192" t="s">
-        <v>1788</v>
+        <v>1778</v>
       </c>
       <c r="C192" t="s">
-        <v>1789</v>
+        <v>1779</v>
       </c>
       <c r="D192" t="s">
-        <v>1790</v>
+        <v>1780</v>
       </c>
       <c r="E192" t="s">
-        <v>1791</v>
+        <v>1781</v>
       </c>
       <c r="F192" t="s">
-        <v>1792</v>
+        <v>1782</v>
       </c>
       <c r="G192" t="s">
-        <v>1793</v>
+        <v>1783</v>
       </c>
       <c r="H192" t="s">
-        <v>1794</v>
+        <v>1784</v>
       </c>
       <c r="I192" t="s">
-        <v>1795</v>
+        <v>1785</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1796</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4850</v>
+        <v>4564</v>
       </c>
       <c r="B193" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F193" t="s">
+        <v>1791</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H193" t="s">
+        <v>1793</v>
+      </c>
+      <c r="I193" t="s">
+        <v>1794</v>
+      </c>
+      <c r="J193" t="s">
+        <v>24</v>
+      </c>
+      <c r="K193" t="s">
+        <v>1795</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1796</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
         <v>1797</v>
-      </c>
-[...37 lines deleted...]
-        <v>1805</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4935</v>
+        <v>4566</v>
       </c>
       <c r="B194" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F194" t="s">
+        <v>1802</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H194" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I194" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="K194" t="s">
+        <v>25</v>
+      </c>
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
+        <v>27</v>
+      </c>
+      <c r="N194" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" t="s">
         <v>1806</v>
-      </c>
-[...37 lines deleted...]
-        <v>1814</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4939</v>
+        <v>4568</v>
       </c>
       <c r="B195" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F195" t="s">
+        <v>1811</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I195" t="s">
+        <v>1814</v>
+      </c>
+      <c r="J195" t="s">
+        <v>24</v>
+      </c>
+      <c r="K195" t="s">
+        <v>25</v>
+      </c>
+      <c r="L195" t="s">
+        <v>26</v>
+      </c>
+      <c r="M195" t="s">
+        <v>27</v>
+      </c>
+      <c r="N195" t="s">
+        <v>28</v>
+      </c>
+      <c r="O195" t="s">
         <v>1815</v>
-      </c>
-[...37 lines deleted...]
-        <v>1823</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4947</v>
+        <v>4704</v>
       </c>
       <c r="B196" t="s">
-        <v>1824</v>
+        <v>1816</v>
       </c>
       <c r="C196" t="s">
-        <v>1825</v>
+        <v>1817</v>
       </c>
       <c r="D196" t="s">
-        <v>1826</v>
+        <v>1818</v>
       </c>
       <c r="E196" t="s">
-        <v>1827</v>
+        <v>1819</v>
       </c>
       <c r="F196" t="s">
-        <v>1828</v>
+        <v>1820</v>
       </c>
       <c r="G196" t="s">
-        <v>1829</v>
+        <v>1821</v>
       </c>
       <c r="H196" t="s">
-        <v>1830</v>
+        <v>1822</v>
       </c>
       <c r="I196" t="s">
-        <v>1831</v>
+        <v>1823</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>47</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>48</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1832</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4950</v>
+        <v>4706</v>
       </c>
       <c r="B197" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F197" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1831</v>
+      </c>
+      <c r="I197" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J197" t="s">
+        <v>24</v>
+      </c>
+      <c r="K197" t="s">
+        <v>170</v>
+      </c>
+      <c r="L197" t="s">
+        <v>26</v>
+      </c>
+      <c r="M197" t="s">
+        <v>171</v>
+      </c>
+      <c r="N197" t="s">
+        <v>28</v>
+      </c>
+      <c r="O197" t="s">
         <v>1833</v>
-      </c>
-[...37 lines deleted...]
-        <v>1841</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4958</v>
+        <v>4709</v>
       </c>
       <c r="B198" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F198" t="s">
+        <v>1838</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1839</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1840</v>
+      </c>
+      <c r="I198" t="s">
+        <v>1841</v>
+      </c>
+      <c r="J198" t="s">
+        <v>24</v>
+      </c>
+      <c r="K198" t="s">
+        <v>47</v>
+      </c>
+      <c r="L198" t="s">
+        <v>26</v>
+      </c>
+      <c r="M198" t="s">
+        <v>48</v>
+      </c>
+      <c r="N198" t="s">
+        <v>28</v>
+      </c>
+      <c r="O198" t="s">
         <v>1842</v>
-      </c>
-[...37 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4965</v>
+        <v>4711</v>
       </c>
       <c r="B199" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1845</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1846</v>
+      </c>
+      <c r="F199" t="s">
+        <v>1847</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1849</v>
+      </c>
+      <c r="I199" t="s">
+        <v>1850</v>
+      </c>
+      <c r="J199" t="s">
         <v>1851</v>
       </c>
-      <c r="C199" t="s">
+      <c r="K199" t="s">
         <v>1852</v>
       </c>
-      <c r="D199" t="s">
+      <c r="L199" t="s">
         <v>1853</v>
       </c>
-      <c r="E199" t="s">
+      <c r="M199" t="s">
         <v>1854</v>
       </c>
-      <c r="F199" t="s">
+      <c r="N199" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" t="s">
         <v>1855</v>
-      </c>
-[...25 lines deleted...]
-        <v>1859</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4968</v>
+        <v>4716</v>
       </c>
       <c r="B200" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1859</v>
+      </c>
+      <c r="F200" t="s">
         <v>1860</v>
       </c>
-      <c r="C200" t="s">
+      <c r="G200" t="s">
         <v>1861</v>
       </c>
-      <c r="D200" t="s">
+      <c r="H200" t="s">
         <v>1862</v>
       </c>
-      <c r="E200" t="s">
+      <c r="I200" t="s">
         <v>1863</v>
       </c>
-      <c r="F200" t="s">
+      <c r="J200" t="s">
+        <v>24</v>
+      </c>
+      <c r="K200" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L200" t="s">
+        <v>26</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N200" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" t="s">
         <v>1864</v>
-      </c>
-[...25 lines deleted...]
-        <v>1868</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4969</v>
+        <v>4717</v>
       </c>
       <c r="B201" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1868</v>
+      </c>
+      <c r="F201" t="s">
         <v>1869</v>
       </c>
-      <c r="C201" t="s">
+      <c r="G201" t="s">
         <v>1870</v>
       </c>
-      <c r="D201" t="s">
+      <c r="H201" t="s">
         <v>1871</v>
       </c>
-      <c r="E201" t="s">
+      <c r="I201" t="s">
         <v>1872</v>
-      </c>
-[...10 lines deleted...]
-        <v>1876</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1877</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5037</v>
+        <v>4721</v>
       </c>
       <c r="B202" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F202" t="s">
         <v>1878</v>
       </c>
-      <c r="C202" t="s">
+      <c r="G202" t="s">
         <v>1879</v>
       </c>
-      <c r="D202" t="s">
+      <c r="H202" t="s">
         <v>1880</v>
       </c>
-      <c r="E202" t="s">
+      <c r="I202" t="s">
         <v>1881</v>
       </c>
-      <c r="F202" t="s">
+      <c r="J202" t="s">
+        <v>24</v>
+      </c>
+      <c r="K202" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L202" t="s">
+        <v>26</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N202" t="s">
+        <v>28</v>
+      </c>
+      <c r="O202" t="s">
         <v>1882</v>
-      </c>
-[...25 lines deleted...]
-        <v>1886</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5272</v>
+        <v>4722</v>
       </c>
       <c r="B203" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1885</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1886</v>
+      </c>
+      <c r="F203" t="s">
         <v>1887</v>
       </c>
-      <c r="C203" t="s">
+      <c r="G203" t="s">
         <v>1888</v>
       </c>
-      <c r="D203" t="s">
+      <c r="H203" t="s">
         <v>1889</v>
       </c>
-      <c r="E203" t="s">
+      <c r="I203" t="s">
         <v>1890</v>
       </c>
-      <c r="F203" t="s">
+      <c r="J203" t="s">
+        <v>24</v>
+      </c>
+      <c r="K203" t="s">
         <v>1891</v>
       </c>
-      <c r="G203" t="s">
+      <c r="L203" t="s">
+        <v>26</v>
+      </c>
+      <c r="M203" t="s">
         <v>1892</v>
       </c>
-      <c r="H203" t="s">
+      <c r="N203" t="s">
+        <v>28</v>
+      </c>
+      <c r="O203" t="s">
         <v>1893</v>
-      </c>
-[...19 lines deleted...]
-        <v>1895</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5273</v>
+        <v>4723</v>
       </c>
       <c r="B204" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D204" t="s">
         <v>1896</v>
       </c>
-      <c r="C204" t="s">
+      <c r="E204" t="s">
         <v>1897</v>
       </c>
-      <c r="D204" t="s">
+      <c r="F204" t="s">
         <v>1898</v>
       </c>
-      <c r="E204" t="s">
+      <c r="G204" t="s">
         <v>1899</v>
       </c>
-      <c r="F204" t="s">
+      <c r="H204" t="s">
         <v>1900</v>
       </c>
-      <c r="G204" t="s">
+      <c r="I204" t="s">
         <v>1901</v>
       </c>
-      <c r="H204" t="s">
+      <c r="J204" t="s">
+        <v>24</v>
+      </c>
+      <c r="K204" t="s">
         <v>1902</v>
       </c>
-      <c r="I204" t="s">
+      <c r="L204" t="s">
+        <v>26</v>
+      </c>
+      <c r="M204" t="s">
         <v>1903</v>
       </c>
-      <c r="J204" t="s">
-[...2 lines deleted...]
-      <c r="K204" t="s">
+      <c r="N204" t="s">
+        <v>28</v>
+      </c>
+      <c r="O204" t="s">
         <v>1904</v>
-      </c>
-[...10 lines deleted...]
-        <v>1906</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5326</v>
+        <v>4792</v>
       </c>
       <c r="B205" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D205" t="s">
         <v>1907</v>
       </c>
-      <c r="C205" t="s">
+      <c r="E205" t="s">
         <v>1908</v>
       </c>
-      <c r="D205" t="s">
+      <c r="F205" t="s">
         <v>1909</v>
       </c>
-      <c r="E205" t="s">
+      <c r="G205" t="s">
         <v>1910</v>
       </c>
-      <c r="F205" t="s">
+      <c r="H205" t="s">
         <v>1911</v>
       </c>
-      <c r="G205" t="s">
+      <c r="I205" t="s">
         <v>1912</v>
       </c>
-      <c r="H205" t="s">
+      <c r="J205" t="s">
+        <v>24</v>
+      </c>
+      <c r="K205" t="s">
+        <v>25</v>
+      </c>
+      <c r="L205" t="s">
+        <v>26</v>
+      </c>
+      <c r="M205" t="s">
+        <v>27</v>
+      </c>
+      <c r="N205" t="s">
+        <v>28</v>
+      </c>
+      <c r="O205" t="s">
         <v>1913</v>
-      </c>
-[...19 lines deleted...]
-        <v>1915</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5330</v>
+        <v>4801</v>
       </c>
       <c r="B206" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D206" t="s">
         <v>1916</v>
       </c>
-      <c r="C206" t="s">
+      <c r="E206" t="s">
         <v>1917</v>
       </c>
-      <c r="D206" t="s">
+      <c r="F206" t="s">
         <v>1918</v>
       </c>
-      <c r="E206" t="s">
+      <c r="G206" t="s">
         <v>1919</v>
       </c>
-      <c r="F206" t="s">
+      <c r="H206" t="s">
         <v>1920</v>
       </c>
-      <c r="G206" t="s">
+      <c r="I206" t="s">
         <v>1921</v>
-      </c>
-[...4 lines deleted...]
-        <v>1923</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>170</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>171</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1924</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5331</v>
+        <v>4810</v>
       </c>
       <c r="B207" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D207" t="s">
         <v>1925</v>
       </c>
-      <c r="C207" t="s">
+      <c r="E207" t="s">
         <v>1926</v>
       </c>
-      <c r="D207" t="s">
+      <c r="F207" t="s">
         <v>1927</v>
       </c>
-      <c r="E207" t="s">
+      <c r="G207" t="s">
         <v>1928</v>
       </c>
-      <c r="F207" t="s">
+      <c r="H207" t="s">
         <v>1929</v>
       </c>
-      <c r="G207" t="s">
+      <c r="I207" t="s">
         <v>1930</v>
       </c>
-      <c r="H207" t="s">
+      <c r="J207" t="s">
+        <v>24</v>
+      </c>
+      <c r="K207" t="s">
+        <v>170</v>
+      </c>
+      <c r="L207" t="s">
+        <v>26</v>
+      </c>
+      <c r="M207" t="s">
+        <v>171</v>
+      </c>
+      <c r="N207" t="s">
+        <v>28</v>
+      </c>
+      <c r="O207" t="s">
         <v>1931</v>
-      </c>
-[...19 lines deleted...]
-        <v>1933</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5332</v>
+        <v>4811</v>
       </c>
       <c r="B208" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D208" t="s">
         <v>1934</v>
       </c>
-      <c r="C208" t="s">
+      <c r="E208" t="s">
         <v>1935</v>
       </c>
-      <c r="D208" t="s">
+      <c r="F208" t="s">
         <v>1936</v>
       </c>
-      <c r="E208" t="s">
+      <c r="G208" t="s">
         <v>1937</v>
       </c>
-      <c r="F208" t="s">
+      <c r="H208" t="s">
         <v>1938</v>
       </c>
-      <c r="G208" t="s">
+      <c r="I208" t="s">
         <v>1939</v>
       </c>
-      <c r="H208" t="s">
+      <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="K208" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N208" t="s">
+        <v>28</v>
+      </c>
+      <c r="O208" t="s">
         <v>1940</v>
-      </c>
-[...19 lines deleted...]
-        <v>1942</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5333</v>
+        <v>4815</v>
       </c>
       <c r="B209" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D209" t="s">
         <v>1943</v>
       </c>
-      <c r="C209" t="s">
+      <c r="E209" t="s">
         <v>1944</v>
       </c>
-      <c r="D209" t="s">
+      <c r="F209" t="s">
         <v>1945</v>
       </c>
-      <c r="E209" t="s">
+      <c r="G209" t="s">
         <v>1946</v>
       </c>
-      <c r="F209" t="s">
+      <c r="H209" t="s">
         <v>1947</v>
       </c>
-      <c r="G209" t="s">
+      <c r="I209" t="s">
         <v>1948</v>
-      </c>
-[...4 lines deleted...]
-        <v>1950</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1951</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5335</v>
+        <v>4817</v>
       </c>
       <c r="B210" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D210" t="s">
         <v>1952</v>
       </c>
-      <c r="C210" t="s">
+      <c r="E210" t="s">
         <v>1953</v>
       </c>
-      <c r="D210" t="s">
+      <c r="F210" t="s">
         <v>1954</v>
       </c>
-      <c r="E210" t="s">
+      <c r="G210" t="s">
         <v>1955</v>
       </c>
-      <c r="F210" t="s">
+      <c r="H210" t="s">
         <v>1956</v>
       </c>
-      <c r="G210" t="s">
+      <c r="I210" t="s">
         <v>1957</v>
-      </c>
-[...4 lines deleted...]
-        <v>1959</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
         <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
         <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1960</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5346</v>
+        <v>4850</v>
       </c>
       <c r="B211" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D211" t="s">
         <v>1961</v>
       </c>
-      <c r="C211" t="s">
+      <c r="E211" t="s">
         <v>1962</v>
       </c>
-      <c r="D211" t="s">
+      <c r="F211" t="s">
         <v>1963</v>
       </c>
-      <c r="E211" t="s">
+      <c r="G211" t="s">
         <v>1964</v>
       </c>
-      <c r="F211" t="s">
+      <c r="H211" t="s">
         <v>1965</v>
       </c>
-      <c r="G211" t="s">
+      <c r="I211" t="s">
         <v>1966</v>
       </c>
-      <c r="H211" t="s">
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" t="s">
+        <v>25</v>
+      </c>
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
+        <v>27</v>
+      </c>
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
         <v>1967</v>
-      </c>
-[...19 lines deleted...]
-        <v>1971</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5347</v>
+        <v>4935</v>
       </c>
       <c r="B212" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F212" t="s">
         <v>1972</v>
       </c>
-      <c r="C212" t="s">
+      <c r="G212" t="s">
         <v>1973</v>
       </c>
-      <c r="D212" t="s">
+      <c r="H212" t="s">
         <v>1974</v>
       </c>
-      <c r="E212" t="s">
+      <c r="I212" t="s">
         <v>1975</v>
-      </c>
-[...10 lines deleted...]
-        <v>1979</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
         <v>170</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>171</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1980</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5348</v>
+        <v>4939</v>
       </c>
       <c r="B213" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D213" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F213" t="s">
         <v>1981</v>
       </c>
-      <c r="C213" t="s">
+      <c r="G213" t="s">
         <v>1982</v>
       </c>
-      <c r="D213" t="s">
+      <c r="H213" t="s">
         <v>1983</v>
       </c>
-      <c r="E213" t="s">
+      <c r="I213" t="s">
         <v>1984</v>
-      </c>
-[...10 lines deleted...]
-        <v>1988</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>170</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>171</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1989</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5351</v>
+        <v>4947</v>
       </c>
       <c r="B214" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E214" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F214" t="s">
         <v>1990</v>
       </c>
-      <c r="C214" t="s">
+      <c r="G214" t="s">
         <v>1991</v>
       </c>
-      <c r="D214" t="s">
+      <c r="H214" t="s">
         <v>1992</v>
       </c>
-      <c r="E214" t="s">
+      <c r="I214" t="s">
         <v>1993</v>
       </c>
-      <c r="F214" t="s">
+      <c r="J214" t="s">
+        <v>24</v>
+      </c>
+      <c r="K214" t="s">
+        <v>47</v>
+      </c>
+      <c r="L214" t="s">
+        <v>26</v>
+      </c>
+      <c r="M214" t="s">
+        <v>48</v>
+      </c>
+      <c r="N214" t="s">
+        <v>28</v>
+      </c>
+      <c r="O214" t="s">
         <v>1994</v>
-      </c>
-[...25 lines deleted...]
-        <v>1998</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5353</v>
+        <v>4950</v>
       </c>
       <c r="B215" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F215" t="s">
         <v>1999</v>
       </c>
-      <c r="C215" t="s">
+      <c r="G215" t="s">
         <v>2000</v>
       </c>
-      <c r="D215" t="s">
+      <c r="H215" t="s">
         <v>2001</v>
       </c>
-      <c r="E215" t="s">
+      <c r="I215" t="s">
         <v>2002</v>
       </c>
-      <c r="F215" t="s">
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="K215" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L215" t="s">
+        <v>26</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N215" t="s">
+        <v>28</v>
+      </c>
+      <c r="O215" t="s">
         <v>2003</v>
-      </c>
-[...25 lines deleted...]
-        <v>2007</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5354</v>
+        <v>4958</v>
       </c>
       <c r="B216" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C216" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D216" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E216" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F216" t="s">
         <v>2008</v>
       </c>
-      <c r="C216" t="s">
+      <c r="G216" t="s">
         <v>2009</v>
       </c>
-      <c r="D216" t="s">
+      <c r="H216" t="s">
         <v>2010</v>
       </c>
-      <c r="E216" t="s">
+      <c r="I216" t="s">
         <v>2011</v>
-      </c>
-[...10 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
         <v>170</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
         <v>171</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5359</v>
+        <v>4965</v>
       </c>
       <c r="B217" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C217" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D217" t="s">
+        <v>2015</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2016</v>
+      </c>
+      <c r="F217" t="s">
         <v>2017</v>
       </c>
-      <c r="C217" t="s">
+      <c r="G217" t="s">
         <v>2018</v>
       </c>
-      <c r="D217" t="s">
+      <c r="H217" t="s">
         <v>2019</v>
       </c>
-      <c r="E217" t="s">
+      <c r="I217" t="s">
         <v>2020</v>
-      </c>
-[...10 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2025</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5364</v>
+        <v>4968</v>
       </c>
       <c r="B218" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C218" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D218" t="s">
+        <v>2024</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F218" t="s">
         <v>2026</v>
       </c>
-      <c r="C218" t="s">
+      <c r="G218" t="s">
         <v>2027</v>
       </c>
-      <c r="D218" t="s">
+      <c r="H218" t="s">
         <v>2028</v>
       </c>
-      <c r="E218" t="s">
+      <c r="I218" t="s">
         <v>2029</v>
       </c>
-      <c r="F218" t="s">
+      <c r="J218" t="s">
+        <v>24</v>
+      </c>
+      <c r="K218" t="s">
+        <v>25</v>
+      </c>
+      <c r="L218" t="s">
+        <v>26</v>
+      </c>
+      <c r="M218" t="s">
+        <v>27</v>
+      </c>
+      <c r="N218" t="s">
+        <v>28</v>
+      </c>
+      <c r="O218" t="s">
         <v>2030</v>
-      </c>
-[...25 lines deleted...]
-        <v>2034</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5365</v>
+        <v>4969</v>
       </c>
       <c r="B219" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C219" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D219" t="s">
+        <v>2033</v>
+      </c>
+      <c r="E219" t="s">
+        <v>2034</v>
+      </c>
+      <c r="F219" t="s">
         <v>2035</v>
       </c>
-      <c r="C219" t="s">
+      <c r="G219" t="s">
         <v>2036</v>
       </c>
-      <c r="D219" t="s">
+      <c r="H219" t="s">
         <v>2037</v>
       </c>
-      <c r="E219" t="s">
+      <c r="I219" t="s">
         <v>2038</v>
-      </c>
-[...10 lines deleted...]
-        <v>2042</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2043</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5367</v>
+        <v>5037</v>
       </c>
       <c r="B220" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C220" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D220" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E220" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F220" t="s">
         <v>2044</v>
       </c>
-      <c r="C220" t="s">
+      <c r="G220" t="s">
         <v>2045</v>
       </c>
-      <c r="D220" t="s">
+      <c r="H220" t="s">
         <v>2046</v>
       </c>
-      <c r="E220" t="s">
+      <c r="I220" t="s">
         <v>2047</v>
       </c>
-      <c r="F220" t="s">
+      <c r="J220" t="s">
+        <v>24</v>
+      </c>
+      <c r="K220" t="s">
+        <v>170</v>
+      </c>
+      <c r="L220" t="s">
+        <v>26</v>
+      </c>
+      <c r="M220" t="s">
+        <v>171</v>
+      </c>
+      <c r="N220" t="s">
+        <v>28</v>
+      </c>
+      <c r="O220" t="s">
         <v>2048</v>
-      </c>
-[...25 lines deleted...]
-        <v>2052</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5368</v>
+        <v>5272</v>
       </c>
       <c r="B221" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C221" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D221" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E221" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F221" t="s">
         <v>2053</v>
       </c>
-      <c r="C221" t="s">
+      <c r="G221" t="s">
         <v>2054</v>
       </c>
-      <c r="D221" t="s">
+      <c r="H221" t="s">
         <v>2055</v>
       </c>
-      <c r="E221" t="s">
+      <c r="I221" t="s">
         <v>2056</v>
       </c>
-      <c r="F221" t="s">
+      <c r="J221" t="s">
+        <v>450</v>
+      </c>
+      <c r="K221" t="s">
+        <v>746</v>
+      </c>
+      <c r="L221" t="s">
+        <v>452</v>
+      </c>
+      <c r="M221" t="s">
+        <v>747</v>
+      </c>
+      <c r="N221" t="s">
+        <v>28</v>
+      </c>
+      <c r="O221" t="s">
         <v>2057</v>
-      </c>
-[...25 lines deleted...]
-        <v>2061</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5371</v>
+        <v>5273</v>
       </c>
       <c r="B222" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C222" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D222" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E222" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F222" t="s">
         <v>2062</v>
       </c>
-      <c r="C222" t="s">
+      <c r="G222" t="s">
         <v>2063</v>
       </c>
-      <c r="D222" t="s">
+      <c r="H222" t="s">
         <v>2064</v>
       </c>
-      <c r="E222" t="s">
+      <c r="I222" t="s">
         <v>2065</v>
       </c>
-      <c r="F222" t="s">
+      <c r="J222" t="s">
+        <v>24</v>
+      </c>
+      <c r="K222" t="s">
         <v>2066</v>
       </c>
-      <c r="G222" t="s">
+      <c r="L222" t="s">
+        <v>26</v>
+      </c>
+      <c r="M222" t="s">
         <v>2067</v>
       </c>
-      <c r="H222" t="s">
+      <c r="N222" t="s">
+        <v>28</v>
+      </c>
+      <c r="O222" t="s">
         <v>2068</v>
-      </c>
-[...19 lines deleted...]
-        <v>2072</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5372</v>
+        <v>5326</v>
       </c>
       <c r="B223" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C223" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D223" t="s">
+        <v>2071</v>
+      </c>
+      <c r="E223" t="s">
+        <v>2072</v>
+      </c>
+      <c r="F223" t="s">
         <v>2073</v>
       </c>
-      <c r="C223" t="s">
+      <c r="G223" t="s">
         <v>2074</v>
       </c>
-      <c r="D223" t="s">
+      <c r="H223" t="s">
         <v>2075</v>
       </c>
-      <c r="E223" t="s">
+      <c r="I223" t="s">
         <v>2076</v>
       </c>
-      <c r="F223" t="s">
+      <c r="J223" t="s">
+        <v>24</v>
+      </c>
+      <c r="K223" t="s">
+        <v>170</v>
+      </c>
+      <c r="L223" t="s">
+        <v>26</v>
+      </c>
+      <c r="M223" t="s">
+        <v>171</v>
+      </c>
+      <c r="N223" t="s">
+        <v>28</v>
+      </c>
+      <c r="O223" t="s">
         <v>2077</v>
-      </c>
-[...25 lines deleted...]
-        <v>2081</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5375</v>
+        <v>5330</v>
       </c>
       <c r="B224" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C224" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D224" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E224" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F224" t="s">
         <v>2082</v>
       </c>
-      <c r="C224" t="s">
+      <c r="G224" t="s">
         <v>2083</v>
       </c>
-      <c r="D224" t="s">
+      <c r="H224" t="s">
         <v>2084</v>
       </c>
-      <c r="E224" t="s">
+      <c r="I224" t="s">
         <v>2085</v>
       </c>
-      <c r="F224" t="s">
+      <c r="J224" t="s">
+        <v>24</v>
+      </c>
+      <c r="K224" t="s">
+        <v>170</v>
+      </c>
+      <c r="L224" t="s">
+        <v>26</v>
+      </c>
+      <c r="M224" t="s">
+        <v>171</v>
+      </c>
+      <c r="N224" t="s">
+        <v>28</v>
+      </c>
+      <c r="O224" t="s">
         <v>2086</v>
-      </c>
-[...25 lines deleted...]
-        <v>2090</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5377</v>
+        <v>5331</v>
       </c>
       <c r="B225" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C225" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D225" t="s">
+        <v>2089</v>
+      </c>
+      <c r="E225" t="s">
+        <v>2090</v>
+      </c>
+      <c r="F225" t="s">
         <v>2091</v>
       </c>
-      <c r="C225" t="s">
+      <c r="G225" t="s">
         <v>2092</v>
       </c>
-      <c r="D225" t="s">
+      <c r="H225" t="s">
         <v>2093</v>
       </c>
-      <c r="E225" t="s">
+      <c r="I225" t="s">
         <v>2094</v>
       </c>
-      <c r="F225" t="s">
+      <c r="J225" t="s">
+        <v>24</v>
+      </c>
+      <c r="K225" t="s">
+        <v>47</v>
+      </c>
+      <c r="L225" t="s">
+        <v>26</v>
+      </c>
+      <c r="M225" t="s">
+        <v>48</v>
+      </c>
+      <c r="N225" t="s">
+        <v>28</v>
+      </c>
+      <c r="O225" t="s">
         <v>2095</v>
-      </c>
-[...25 lines deleted...]
-        <v>2099</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5378</v>
+        <v>5332</v>
       </c>
       <c r="B226" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C226" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D226" t="s">
+        <v>2098</v>
+      </c>
+      <c r="E226" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F226" t="s">
         <v>2100</v>
       </c>
-      <c r="C226" t="s">
+      <c r="G226" t="s">
         <v>2101</v>
       </c>
-      <c r="D226" t="s">
+      <c r="H226" t="s">
         <v>2102</v>
       </c>
-      <c r="E226" t="s">
+      <c r="I226" t="s">
         <v>2103</v>
-      </c>
-[...10 lines deleted...]
-        <v>2107</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
         <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
         <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2108</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5380</v>
+        <v>5333</v>
       </c>
       <c r="B227" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C227" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D227" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E227" t="s">
+        <v>2108</v>
+      </c>
+      <c r="F227" t="s">
         <v>2109</v>
       </c>
-      <c r="C227" t="s">
+      <c r="G227" t="s">
         <v>2110</v>
       </c>
-      <c r="D227" t="s">
+      <c r="H227" t="s">
         <v>2111</v>
       </c>
-      <c r="E227" t="s">
+      <c r="I227" t="s">
         <v>2112</v>
-      </c>
-[...10 lines deleted...]
-        <v>2116</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2117</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5382</v>
+        <v>5335</v>
       </c>
       <c r="B228" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C228" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D228" t="s">
+        <v>2116</v>
+      </c>
+      <c r="E228" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F228" t="s">
         <v>2118</v>
       </c>
-      <c r="C228" t="s">
+      <c r="G228" t="s">
         <v>2119</v>
       </c>
-      <c r="D228" t="s">
+      <c r="H228" t="s">
         <v>2120</v>
       </c>
-      <c r="E228" t="s">
+      <c r="I228" t="s">
         <v>2121</v>
       </c>
-      <c r="F228" t="s">
+      <c r="J228" t="s">
+        <v>24</v>
+      </c>
+      <c r="K228" t="s">
+        <v>25</v>
+      </c>
+      <c r="L228" t="s">
+        <v>26</v>
+      </c>
+      <c r="M228" t="s">
+        <v>27</v>
+      </c>
+      <c r="N228" t="s">
+        <v>28</v>
+      </c>
+      <c r="O228" t="s">
         <v>2122</v>
-      </c>
-[...25 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5393</v>
+        <v>5346</v>
       </c>
       <c r="B229" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C229" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D229" t="s">
+        <v>2125</v>
+      </c>
+      <c r="E229" t="s">
+        <v>2126</v>
+      </c>
+      <c r="F229" t="s">
         <v>2127</v>
       </c>
-      <c r="C229" t="s">
+      <c r="G229" t="s">
         <v>2128</v>
       </c>
-      <c r="D229" t="s">
+      <c r="H229" t="s">
         <v>2129</v>
       </c>
-      <c r="E229" t="s">
+      <c r="I229" t="s">
         <v>2130</v>
       </c>
-      <c r="F229" t="s">
+      <c r="J229" t="s">
+        <v>24</v>
+      </c>
+      <c r="K229" t="s">
         <v>2131</v>
       </c>
-      <c r="G229" t="s">
+      <c r="L229" t="s">
+        <v>26</v>
+      </c>
+      <c r="M229" t="s">
         <v>2132</v>
       </c>
-      <c r="H229" t="s">
+      <c r="N229" t="s">
+        <v>28</v>
+      </c>
+      <c r="O229" t="s">
         <v>2133</v>
-      </c>
-[...19 lines deleted...]
-        <v>2135</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5394</v>
+        <v>5347</v>
       </c>
       <c r="B230" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C230" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D230" t="s">
         <v>2136</v>
       </c>
-      <c r="C230" t="s">
+      <c r="E230" t="s">
         <v>2137</v>
       </c>
-      <c r="D230" t="s">
+      <c r="F230" t="s">
         <v>2138</v>
       </c>
-      <c r="E230" t="s">
+      <c r="G230" t="s">
         <v>2139</v>
       </c>
-      <c r="F230" t="s">
+      <c r="H230" t="s">
         <v>2140</v>
       </c>
-      <c r="G230" t="s">
+      <c r="I230" t="s">
         <v>2141</v>
       </c>
-      <c r="H230" t="s">
+      <c r="J230" t="s">
+        <v>24</v>
+      </c>
+      <c r="K230" t="s">
+        <v>170</v>
+      </c>
+      <c r="L230" t="s">
+        <v>26</v>
+      </c>
+      <c r="M230" t="s">
+        <v>171</v>
+      </c>
+      <c r="N230" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" t="s">
         <v>2142</v>
-      </c>
-[...19 lines deleted...]
-        <v>2144</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5403</v>
+        <v>5348</v>
       </c>
       <c r="B231" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C231" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D231" t="s">
         <v>2145</v>
       </c>
-      <c r="C231" t="s">
+      <c r="E231" t="s">
         <v>2146</v>
       </c>
-      <c r="D231" t="s">
+      <c r="F231" t="s">
         <v>2147</v>
       </c>
-      <c r="E231" t="s">
+      <c r="G231" t="s">
         <v>2148</v>
       </c>
-      <c r="F231" t="s">
+      <c r="H231" t="s">
         <v>2149</v>
       </c>
-      <c r="G231" t="s">
+      <c r="I231" t="s">
         <v>2150</v>
       </c>
-      <c r="H231" t="s">
+      <c r="J231" t="s">
+        <v>24</v>
+      </c>
+      <c r="K231" t="s">
+        <v>170</v>
+      </c>
+      <c r="L231" t="s">
+        <v>26</v>
+      </c>
+      <c r="M231" t="s">
+        <v>171</v>
+      </c>
+      <c r="N231" t="s">
+        <v>28</v>
+      </c>
+      <c r="O231" t="s">
         <v>2151</v>
-      </c>
-[...19 lines deleted...]
-        <v>2155</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5431</v>
+        <v>5351</v>
       </c>
       <c r="B232" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C232" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D232" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E232" t="s">
+        <v>2155</v>
+      </c>
+      <c r="F232" t="s">
         <v>2156</v>
       </c>
-      <c r="C232" t="s">
+      <c r="G232" t="s">
         <v>2157</v>
       </c>
-      <c r="D232" t="s">
+      <c r="H232" t="s">
         <v>2158</v>
       </c>
-      <c r="E232" t="s">
+      <c r="I232" t="s">
         <v>2159</v>
       </c>
-      <c r="F232" t="s">
+      <c r="J232" t="s">
+        <v>24</v>
+      </c>
+      <c r="K232" t="s">
+        <v>25</v>
+      </c>
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
+        <v>27</v>
+      </c>
+      <c r="N232" t="s">
+        <v>28</v>
+      </c>
+      <c r="O232" t="s">
         <v>2160</v>
-      </c>
-[...25 lines deleted...]
-        <v>2164</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5433</v>
+        <v>5353</v>
       </c>
       <c r="B233" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C233" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D233" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E233" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F233" t="s">
         <v>2165</v>
       </c>
-      <c r="C233" t="s">
+      <c r="G233" t="s">
         <v>2166</v>
       </c>
-      <c r="D233" t="s">
+      <c r="H233" t="s">
         <v>2167</v>
       </c>
-      <c r="E233" t="s">
+      <c r="I233" t="s">
         <v>2168</v>
       </c>
-      <c r="F233" t="s">
+      <c r="J233" t="s">
+        <v>450</v>
+      </c>
+      <c r="K233" t="s">
+        <v>905</v>
+      </c>
+      <c r="L233" t="s">
+        <v>452</v>
+      </c>
+      <c r="M233" t="s">
+        <v>906</v>
+      </c>
+      <c r="N233" t="s">
+        <v>28</v>
+      </c>
+      <c r="O233" t="s">
         <v>2169</v>
-      </c>
-[...25 lines deleted...]
-        <v>2173</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5435</v>
+        <v>5354</v>
       </c>
       <c r="B234" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C234" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D234" t="s">
+        <v>2172</v>
+      </c>
+      <c r="E234" t="s">
+        <v>2173</v>
+      </c>
+      <c r="F234" t="s">
         <v>2174</v>
       </c>
-      <c r="C234" t="s">
+      <c r="G234" t="s">
         <v>2175</v>
       </c>
-      <c r="D234" t="s">
+      <c r="H234" t="s">
         <v>2176</v>
       </c>
-      <c r="E234" t="s">
+      <c r="I234" t="s">
         <v>2177</v>
-      </c>
-[...10 lines deleted...]
-        <v>2181</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>170</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>171</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2182</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5436</v>
+        <v>5359</v>
       </c>
       <c r="B235" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C235" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D235" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E235" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F235" t="s">
         <v>2183</v>
       </c>
-      <c r="C235" t="s">
+      <c r="G235" t="s">
         <v>2184</v>
       </c>
-      <c r="D235" t="s">
+      <c r="H235" t="s">
         <v>2185</v>
       </c>
-      <c r="E235" t="s">
+      <c r="I235" t="s">
         <v>2186</v>
-      </c>
-[...10 lines deleted...]
-        <v>2190</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2191</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5437</v>
+        <v>5364</v>
       </c>
       <c r="B236" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C236" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D236" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E236" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F236" t="s">
         <v>2192</v>
       </c>
-      <c r="C236" t="s">
+      <c r="G236" t="s">
         <v>2193</v>
       </c>
-      <c r="D236" t="s">
+      <c r="H236" t="s">
         <v>2194</v>
       </c>
-      <c r="E236" t="s">
+      <c r="I236" t="s">
         <v>2195</v>
       </c>
-      <c r="F236" t="s">
+      <c r="J236" t="s">
+        <v>24</v>
+      </c>
+      <c r="K236" t="s">
+        <v>47</v>
+      </c>
+      <c r="L236" t="s">
+        <v>26</v>
+      </c>
+      <c r="M236" t="s">
+        <v>48</v>
+      </c>
+      <c r="N236" t="s">
+        <v>28</v>
+      </c>
+      <c r="O236" t="s">
         <v>2196</v>
-      </c>
-[...25 lines deleted...]
-        <v>2200</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5439</v>
+        <v>5365</v>
       </c>
       <c r="B237" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C237" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D237" t="s">
+        <v>2199</v>
+      </c>
+      <c r="E237" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F237" t="s">
         <v>2201</v>
       </c>
-      <c r="C237" t="s">
+      <c r="G237" t="s">
         <v>2202</v>
       </c>
-      <c r="D237" t="s">
+      <c r="H237" t="s">
         <v>2203</v>
       </c>
-      <c r="E237" t="s">
+      <c r="I237" t="s">
         <v>2204</v>
-      </c>
-[...10 lines deleted...]
-        <v>2208</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2209</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5456</v>
+        <v>5367</v>
       </c>
       <c r="B238" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C238" t="s">
+        <v>2207</v>
+      </c>
+      <c r="D238" t="s">
+        <v>2208</v>
+      </c>
+      <c r="E238" t="s">
+        <v>2209</v>
+      </c>
+      <c r="F238" t="s">
         <v>2210</v>
       </c>
-      <c r="C238" t="s">
+      <c r="G238" t="s">
         <v>2211</v>
       </c>
-      <c r="D238" t="s">
+      <c r="H238" t="s">
         <v>2212</v>
       </c>
-      <c r="E238" t="s">
+      <c r="I238" t="s">
         <v>2213</v>
       </c>
-      <c r="F238" t="s">
+      <c r="J238" t="s">
+        <v>24</v>
+      </c>
+      <c r="K238" t="s">
+        <v>25</v>
+      </c>
+      <c r="L238" t="s">
+        <v>26</v>
+      </c>
+      <c r="M238" t="s">
+        <v>27</v>
+      </c>
+      <c r="N238" t="s">
+        <v>28</v>
+      </c>
+      <c r="O238" t="s">
         <v>2214</v>
-      </c>
-[...25 lines deleted...]
-        <v>2218</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5474</v>
+        <v>5368</v>
       </c>
       <c r="B239" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C239" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D239" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E239" t="s">
+        <v>2218</v>
+      </c>
+      <c r="F239" t="s">
         <v>2219</v>
       </c>
-      <c r="C239" t="s">
+      <c r="G239" t="s">
         <v>2220</v>
       </c>
-      <c r="D239" t="s">
+      <c r="H239" t="s">
         <v>2221</v>
       </c>
-      <c r="E239" t="s">
+      <c r="I239" t="s">
         <v>2222</v>
-      </c>
-[...10 lines deleted...]
-        <v>2226</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
         <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
         <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2227</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5475</v>
+        <v>5371</v>
       </c>
       <c r="B240" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C240" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D240" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E240" t="s">
+        <v>2227</v>
+      </c>
+      <c r="F240" t="s">
         <v>2228</v>
       </c>
-      <c r="C240" t="s">
+      <c r="G240" t="s">
         <v>2229</v>
       </c>
-      <c r="D240" t="s">
+      <c r="H240" t="s">
         <v>2230</v>
       </c>
-      <c r="E240" t="s">
+      <c r="I240" t="s">
         <v>2231</v>
       </c>
-      <c r="F240" t="s">
+      <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" t="s">
         <v>2232</v>
       </c>
-      <c r="G240" t="s">
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
         <v>2233</v>
       </c>
-      <c r="H240" t="s">
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
         <v>2234</v>
-      </c>
-[...19 lines deleted...]
-        <v>2236</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5476</v>
+        <v>5372</v>
       </c>
       <c r="B241" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D241" t="s">
         <v>2237</v>
       </c>
-      <c r="C241" t="s">
+      <c r="E241" t="s">
         <v>2238</v>
       </c>
-      <c r="D241" t="s">
+      <c r="F241" t="s">
         <v>2239</v>
       </c>
-      <c r="E241" t="s">
+      <c r="G241" t="s">
         <v>2240</v>
       </c>
-      <c r="F241" t="s">
+      <c r="H241" t="s">
         <v>2241</v>
       </c>
-      <c r="G241" t="s">
+      <c r="I241" t="s">
         <v>2242</v>
       </c>
-      <c r="H241" t="s">
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" t="s">
+        <v>25</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>27</v>
+      </c>
+      <c r="N241" t="s">
+        <v>28</v>
+      </c>
+      <c r="O241" t="s">
         <v>2243</v>
-      </c>
-[...19 lines deleted...]
-        <v>2247</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5478</v>
+        <v>5375</v>
       </c>
       <c r="B242" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D242" t="s">
+        <v>2246</v>
+      </c>
+      <c r="E242" t="s">
+        <v>2247</v>
+      </c>
+      <c r="F242" t="s">
         <v>2248</v>
       </c>
-      <c r="C242" t="s">
+      <c r="G242" t="s">
         <v>2249</v>
       </c>
-      <c r="D242" t="s">
+      <c r="H242" t="s">
         <v>2250</v>
       </c>
-      <c r="E242" t="s">
+      <c r="I242" t="s">
         <v>2251</v>
       </c>
-      <c r="F242" t="s">
+      <c r="J242" t="s">
+        <v>450</v>
+      </c>
+      <c r="K242" t="s">
+        <v>274</v>
+      </c>
+      <c r="L242" t="s">
+        <v>452</v>
+      </c>
+      <c r="M242" t="s">
+        <v>276</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
         <v>2252</v>
-      </c>
-[...25 lines deleted...]
-        <v>2256</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5479</v>
+        <v>5377</v>
       </c>
       <c r="B243" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C243" t="s">
+        <v>2254</v>
+      </c>
+      <c r="D243" t="s">
+        <v>2255</v>
+      </c>
+      <c r="E243" t="s">
+        <v>2256</v>
+      </c>
+      <c r="F243" t="s">
         <v>2257</v>
       </c>
-      <c r="C243" t="s">
+      <c r="G243" t="s">
         <v>2258</v>
       </c>
-      <c r="D243" t="s">
+      <c r="H243" t="s">
         <v>2259</v>
       </c>
-      <c r="E243" t="s">
+      <c r="I243" t="s">
         <v>2260</v>
       </c>
-      <c r="F243" t="s">
+      <c r="J243" t="s">
+        <v>24</v>
+      </c>
+      <c r="K243" t="s">
+        <v>25</v>
+      </c>
+      <c r="L243" t="s">
+        <v>26</v>
+      </c>
+      <c r="M243" t="s">
+        <v>27</v>
+      </c>
+      <c r="N243" t="s">
+        <v>28</v>
+      </c>
+      <c r="O243" t="s">
         <v>2261</v>
-      </c>
-[...25 lines deleted...]
-        <v>2265</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5482</v>
+        <v>5378</v>
       </c>
       <c r="B244" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C244" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D244" t="s">
+        <v>2264</v>
+      </c>
+      <c r="E244" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F244" t="s">
         <v>2266</v>
       </c>
-      <c r="C244" t="s">
+      <c r="G244" t="s">
         <v>2267</v>
       </c>
-      <c r="D244" t="s">
+      <c r="H244" t="s">
         <v>2268</v>
       </c>
-      <c r="E244" t="s">
+      <c r="I244" t="s">
         <v>2269</v>
       </c>
-      <c r="F244" t="s">
+      <c r="J244" t="s">
+        <v>24</v>
+      </c>
+      <c r="K244" t="s">
+        <v>25</v>
+      </c>
+      <c r="L244" t="s">
+        <v>26</v>
+      </c>
+      <c r="M244" t="s">
+        <v>27</v>
+      </c>
+      <c r="N244" t="s">
+        <v>28</v>
+      </c>
+      <c r="O244" t="s">
         <v>2270</v>
-      </c>
-[...25 lines deleted...]
-        <v>2274</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5483</v>
+        <v>5380</v>
       </c>
       <c r="B245" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C245" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D245" t="s">
+        <v>2273</v>
+      </c>
+      <c r="E245" t="s">
+        <v>2274</v>
+      </c>
+      <c r="F245" t="s">
         <v>2275</v>
       </c>
-      <c r="C245" t="s">
+      <c r="G245" t="s">
         <v>2276</v>
       </c>
-      <c r="D245" t="s">
+      <c r="H245" t="s">
         <v>2277</v>
       </c>
-      <c r="E245" t="s">
+      <c r="I245" t="s">
         <v>2278</v>
-      </c>
-[...10 lines deleted...]
-        <v>2282</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
         <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
         <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2283</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5485</v>
+        <v>5382</v>
       </c>
       <c r="B246" t="s">
+        <v>2280</v>
+      </c>
+      <c r="C246" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D246" t="s">
+        <v>2282</v>
+      </c>
+      <c r="E246" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F246" t="s">
         <v>2284</v>
       </c>
-      <c r="C246" t="s">
+      <c r="G246" t="s">
         <v>2285</v>
       </c>
-      <c r="D246" t="s">
+      <c r="H246" t="s">
         <v>2286</v>
       </c>
-      <c r="E246" t="s">
+      <c r="I246" t="s">
         <v>2287</v>
       </c>
-      <c r="F246" t="s">
+      <c r="J246" t="s">
+        <v>24</v>
+      </c>
+      <c r="K246" t="s">
+        <v>170</v>
+      </c>
+      <c r="L246" t="s">
+        <v>26</v>
+      </c>
+      <c r="M246" t="s">
+        <v>171</v>
+      </c>
+      <c r="N246" t="s">
+        <v>28</v>
+      </c>
+      <c r="O246" t="s">
         <v>2288</v>
-      </c>
-[...25 lines deleted...]
-        <v>2294</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5487</v>
+        <v>5393</v>
       </c>
       <c r="B247" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C247" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D247" t="s">
+        <v>2291</v>
+      </c>
+      <c r="E247" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F247" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G247" t="s">
+        <v>2294</v>
+      </c>
+      <c r="H247" t="s">
         <v>2295</v>
       </c>
-      <c r="C247" t="s">
+      <c r="I247" t="s">
         <v>2296</v>
       </c>
-      <c r="D247" t="s">
+      <c r="J247" t="s">
+        <v>24</v>
+      </c>
+      <c r="K247" t="s">
+        <v>25</v>
+      </c>
+      <c r="L247" t="s">
+        <v>26</v>
+      </c>
+      <c r="M247" t="s">
+        <v>27</v>
+      </c>
+      <c r="N247" t="s">
+        <v>28</v>
+      </c>
+      <c r="O247" t="s">
         <v>2297</v>
-      </c>
-[...31 lines deleted...]
-        <v>2305</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5488</v>
+        <v>5394</v>
       </c>
       <c r="B248" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C248" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D248" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E248" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F248" t="s">
+        <v>2302</v>
+      </c>
+      <c r="G248" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H248" t="s">
+        <v>2304</v>
+      </c>
+      <c r="I248" t="s">
+        <v>2305</v>
+      </c>
+      <c r="J248" t="s">
+        <v>24</v>
+      </c>
+      <c r="K248" t="s">
+        <v>25</v>
+      </c>
+      <c r="L248" t="s">
+        <v>26</v>
+      </c>
+      <c r="M248" t="s">
+        <v>27</v>
+      </c>
+      <c r="N248" t="s">
+        <v>28</v>
+      </c>
+      <c r="O248" t="s">
         <v>2306</v>
-      </c>
-[...37 lines deleted...]
-        <v>2314</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5489</v>
+        <v>5403</v>
       </c>
       <c r="B249" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C249" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D249" t="s">
+        <v>2309</v>
+      </c>
+      <c r="E249" t="s">
+        <v>2310</v>
+      </c>
+      <c r="F249" t="s">
+        <v>2311</v>
+      </c>
+      <c r="G249" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H249" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I249" t="s">
+        <v>2314</v>
+      </c>
+      <c r="J249" t="s">
+        <v>24</v>
+      </c>
+      <c r="K249" t="s">
         <v>2315</v>
       </c>
-      <c r="C249" t="s">
+      <c r="L249" t="s">
+        <v>26</v>
+      </c>
+      <c r="M249" t="s">
         <v>2316</v>
       </c>
-      <c r="D249" t="s">
+      <c r="N249" t="s">
+        <v>28</v>
+      </c>
+      <c r="O249" t="s">
         <v>2317</v>
-      </c>
-[...31 lines deleted...]
-        <v>2323</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5490</v>
+        <v>5431</v>
       </c>
       <c r="B250" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C250" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D250" t="s">
+        <v>2320</v>
+      </c>
+      <c r="E250" t="s">
+        <v>2321</v>
+      </c>
+      <c r="F250" t="s">
+        <v>2322</v>
+      </c>
+      <c r="G250" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H250" t="s">
         <v>2324</v>
       </c>
-      <c r="C250" t="s">
+      <c r="I250" t="s">
         <v>2325</v>
       </c>
-      <c r="D250" t="s">
+      <c r="J250" t="s">
+        <v>450</v>
+      </c>
+      <c r="K250" t="s">
+        <v>274</v>
+      </c>
+      <c r="L250" t="s">
+        <v>452</v>
+      </c>
+      <c r="M250" t="s">
+        <v>276</v>
+      </c>
+      <c r="N250" t="s">
+        <v>28</v>
+      </c>
+      <c r="O250" t="s">
         <v>2326</v>
-      </c>
-[...31 lines deleted...]
-        <v>2334</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5493</v>
+        <v>5433</v>
       </c>
       <c r="B251" t="s">
-        <v>2335</v>
+        <v>2327</v>
       </c>
       <c r="C251" t="s">
-        <v>2336</v>
+        <v>2328</v>
       </c>
       <c r="D251" t="s">
-        <v>2337</v>
+        <v>2329</v>
       </c>
       <c r="E251" t="s">
-        <v>2338</v>
+        <v>2330</v>
       </c>
       <c r="F251" t="s">
-        <v>2339</v>
+        <v>2331</v>
       </c>
       <c r="G251" t="s">
-        <v>2340</v>
+        <v>2332</v>
       </c>
       <c r="H251" t="s">
-        <v>2341</v>
+        <v>2333</v>
       </c>
       <c r="I251" t="s">
-        <v>2342</v>
+        <v>2334</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
         <v>170</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
         <v>171</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2343</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5496</v>
+        <v>5435</v>
       </c>
       <c r="B252" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C252" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D252" t="s">
+        <v>2338</v>
+      </c>
+      <c r="E252" t="s">
+        <v>2339</v>
+      </c>
+      <c r="F252" t="s">
+        <v>2340</v>
+      </c>
+      <c r="G252" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H252" t="s">
+        <v>2342</v>
+      </c>
+      <c r="I252" t="s">
+        <v>2343</v>
+      </c>
+      <c r="J252" t="s">
+        <v>24</v>
+      </c>
+      <c r="K252" t="s">
+        <v>170</v>
+      </c>
+      <c r="L252" t="s">
+        <v>26</v>
+      </c>
+      <c r="M252" t="s">
+        <v>171</v>
+      </c>
+      <c r="N252" t="s">
+        <v>28</v>
+      </c>
+      <c r="O252" t="s">
         <v>2344</v>
-      </c>
-[...37 lines deleted...]
-        <v>2352</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5502</v>
+        <v>5436</v>
       </c>
       <c r="B253" t="s">
-        <v>2353</v>
+        <v>2345</v>
       </c>
       <c r="C253" t="s">
-        <v>2354</v>
+        <v>2346</v>
       </c>
       <c r="D253" t="s">
-        <v>2355</v>
+        <v>2347</v>
       </c>
       <c r="E253" t="s">
-        <v>2356</v>
+        <v>2348</v>
       </c>
       <c r="F253" t="s">
-        <v>2357</v>
+        <v>2349</v>
       </c>
       <c r="G253" t="s">
-        <v>2358</v>
+        <v>2350</v>
       </c>
       <c r="H253" t="s">
-        <v>2359</v>
+        <v>2351</v>
       </c>
       <c r="I253" t="s">
-        <v>2360</v>
+        <v>2352</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2361</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5503</v>
+        <v>5437</v>
       </c>
       <c r="B254" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C254" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D254" t="s">
+        <v>2356</v>
+      </c>
+      <c r="E254" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F254" t="s">
+        <v>2358</v>
+      </c>
+      <c r="G254" t="s">
+        <v>2359</v>
+      </c>
+      <c r="H254" t="s">
+        <v>2360</v>
+      </c>
+      <c r="I254" t="s">
+        <v>2361</v>
+      </c>
+      <c r="J254" t="s">
+        <v>24</v>
+      </c>
+      <c r="K254" t="s">
+        <v>25</v>
+      </c>
+      <c r="L254" t="s">
+        <v>26</v>
+      </c>
+      <c r="M254" t="s">
+        <v>27</v>
+      </c>
+      <c r="N254" t="s">
+        <v>28</v>
+      </c>
+      <c r="O254" t="s">
         <v>2362</v>
-      </c>
-[...37 lines deleted...]
-        <v>2370</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5504</v>
+        <v>5439</v>
       </c>
       <c r="B255" t="s">
-        <v>2371</v>
+        <v>2363</v>
       </c>
       <c r="C255" t="s">
-        <v>2372</v>
+        <v>2364</v>
       </c>
       <c r="D255" t="s">
-        <v>2373</v>
+        <v>2365</v>
       </c>
       <c r="E255" t="s">
-        <v>2374</v>
+        <v>2366</v>
       </c>
       <c r="F255" t="s">
-        <v>2375</v>
+        <v>2367</v>
       </c>
       <c r="G255" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="H255" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="I255" t="s">
-        <v>2378</v>
+        <v>2370</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2379</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5507</v>
+        <v>5456</v>
       </c>
       <c r="B256" t="s">
+        <v>2372</v>
+      </c>
+      <c r="C256" t="s">
+        <v>2373</v>
+      </c>
+      <c r="D256" t="s">
+        <v>2374</v>
+      </c>
+      <c r="E256" t="s">
+        <v>2375</v>
+      </c>
+      <c r="F256" t="s">
+        <v>2376</v>
+      </c>
+      <c r="G256" t="s">
+        <v>2377</v>
+      </c>
+      <c r="H256" t="s">
+        <v>2378</v>
+      </c>
+      <c r="I256" t="s">
+        <v>2379</v>
+      </c>
+      <c r="J256" t="s">
+        <v>450</v>
+      </c>
+      <c r="K256" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L256" t="s">
+        <v>452</v>
+      </c>
+      <c r="M256" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N256" t="s">
+        <v>28</v>
+      </c>
+      <c r="O256" t="s">
         <v>2380</v>
-      </c>
-[...37 lines deleted...]
-        <v>2388</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5509</v>
+        <v>5474</v>
       </c>
       <c r="B257" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C257" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D257" t="s">
+        <v>2383</v>
+      </c>
+      <c r="E257" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F257" t="s">
+        <v>2385</v>
+      </c>
+      <c r="G257" t="s">
+        <v>2386</v>
+      </c>
+      <c r="H257" t="s">
+        <v>2387</v>
+      </c>
+      <c r="I257" t="s">
+        <v>2388</v>
+      </c>
+      <c r="J257" t="s">
+        <v>24</v>
+      </c>
+      <c r="K257" t="s">
+        <v>25</v>
+      </c>
+      <c r="L257" t="s">
+        <v>26</v>
+      </c>
+      <c r="M257" t="s">
+        <v>27</v>
+      </c>
+      <c r="N257" t="s">
+        <v>28</v>
+      </c>
+      <c r="O257" t="s">
         <v>2389</v>
-      </c>
-[...37 lines deleted...]
-        <v>2397</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5512</v>
+        <v>5475</v>
       </c>
       <c r="B258" t="s">
-        <v>2398</v>
+        <v>2390</v>
       </c>
       <c r="C258" t="s">
-        <v>2399</v>
+        <v>2391</v>
       </c>
       <c r="D258" t="s">
-        <v>2400</v>
+        <v>2392</v>
       </c>
       <c r="E258" t="s">
-        <v>2401</v>
+        <v>2393</v>
       </c>
       <c r="F258" t="s">
-        <v>2402</v>
+        <v>2394</v>
       </c>
       <c r="G258" t="s">
-        <v>2403</v>
+        <v>2395</v>
       </c>
       <c r="H258" t="s">
-        <v>2404</v>
+        <v>2396</v>
       </c>
       <c r="I258" t="s">
-        <v>2405</v>
+        <v>2397</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>170</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>171</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2406</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5514</v>
+        <v>5476</v>
       </c>
       <c r="B259" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C259" t="s">
+        <v>2400</v>
+      </c>
+      <c r="D259" t="s">
+        <v>2401</v>
+      </c>
+      <c r="E259" t="s">
+        <v>2402</v>
+      </c>
+      <c r="F259" t="s">
+        <v>2403</v>
+      </c>
+      <c r="G259" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H259" t="s">
+        <v>2405</v>
+      </c>
+      <c r="I259" t="s">
+        <v>2406</v>
+      </c>
+      <c r="J259" t="s">
         <v>2407</v>
       </c>
-      <c r="C259" t="s">
+      <c r="K259" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L259" t="s">
         <v>2408</v>
       </c>
-      <c r="D259" t="s">
+      <c r="M259" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N259" t="s">
+        <v>28</v>
+      </c>
+      <c r="O259" t="s">
         <v>2409</v>
-      </c>
-[...31 lines deleted...]
-        <v>2415</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5516</v>
+        <v>5478</v>
       </c>
       <c r="B260" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C260" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D260" t="s">
+        <v>2412</v>
+      </c>
+      <c r="E260" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F260" t="s">
+        <v>2414</v>
+      </c>
+      <c r="G260" t="s">
+        <v>2415</v>
+      </c>
+      <c r="H260" t="s">
         <v>2416</v>
       </c>
-      <c r="C260" t="s">
+      <c r="I260" t="s">
         <v>2417</v>
-      </c>
-[...16 lines deleted...]
-        <v>2423</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2424</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5517</v>
+        <v>5479</v>
       </c>
       <c r="B261" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C261" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D261" t="s">
+        <v>2421</v>
+      </c>
+      <c r="E261" t="s">
+        <v>2422</v>
+      </c>
+      <c r="F261" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G261" t="s">
+        <v>2424</v>
+      </c>
+      <c r="H261" t="s">
         <v>2425</v>
       </c>
-      <c r="C261" t="s">
+      <c r="I261" t="s">
         <v>2426</v>
       </c>
-      <c r="D261" t="s">
+      <c r="J261" t="s">
+        <v>24</v>
+      </c>
+      <c r="K261" t="s">
+        <v>580</v>
+      </c>
+      <c r="L261" t="s">
+        <v>26</v>
+      </c>
+      <c r="M261" t="s">
+        <v>581</v>
+      </c>
+      <c r="N261" t="s">
+        <v>28</v>
+      </c>
+      <c r="O261" t="s">
         <v>2427</v>
-      </c>
-[...31 lines deleted...]
-        <v>2433</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5518</v>
+        <v>5482</v>
       </c>
       <c r="B262" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C262" t="s">
+        <v>2429</v>
+      </c>
+      <c r="D262" t="s">
+        <v>2430</v>
+      </c>
+      <c r="E262" t="s">
+        <v>2431</v>
+      </c>
+      <c r="F262" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G262" t="s">
+        <v>2433</v>
+      </c>
+      <c r="H262" t="s">
         <v>2434</v>
       </c>
-      <c r="C262" t="s">
+      <c r="I262" t="s">
         <v>2435</v>
       </c>
-      <c r="D262" t="s">
+      <c r="J262" t="s">
+        <v>24</v>
+      </c>
+      <c r="K262" t="s">
+        <v>170</v>
+      </c>
+      <c r="L262" t="s">
+        <v>26</v>
+      </c>
+      <c r="M262" t="s">
+        <v>171</v>
+      </c>
+      <c r="N262" t="s">
+        <v>28</v>
+      </c>
+      <c r="O262" t="s">
         <v>2436</v>
-      </c>
-[...31 lines deleted...]
-        <v>2442</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5520</v>
+        <v>5483</v>
       </c>
       <c r="B263" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C263" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D263" t="s">
+        <v>2439</v>
+      </c>
+      <c r="E263" t="s">
+        <v>2440</v>
+      </c>
+      <c r="F263" t="s">
+        <v>2441</v>
+      </c>
+      <c r="G263" t="s">
+        <v>2442</v>
+      </c>
+      <c r="H263" t="s">
         <v>2443</v>
       </c>
-      <c r="C263" t="s">
+      <c r="I263" t="s">
         <v>2444</v>
       </c>
-      <c r="D263" t="s">
+      <c r="J263" t="s">
+        <v>24</v>
+      </c>
+      <c r="K263" t="s">
+        <v>25</v>
+      </c>
+      <c r="L263" t="s">
+        <v>26</v>
+      </c>
+      <c r="M263" t="s">
+        <v>27</v>
+      </c>
+      <c r="N263" t="s">
+        <v>28</v>
+      </c>
+      <c r="O263" t="s">
         <v>2445</v>
-      </c>
-[...31 lines deleted...]
-        <v>2451</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5545</v>
+        <v>5485</v>
       </c>
       <c r="B264" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C264" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D264" t="s">
+        <v>2448</v>
+      </c>
+      <c r="E264" t="s">
+        <v>2449</v>
+      </c>
+      <c r="F264" t="s">
+        <v>2450</v>
+      </c>
+      <c r="G264" t="s">
+        <v>2451</v>
+      </c>
+      <c r="H264" t="s">
         <v>2452</v>
       </c>
-      <c r="C264" t="s">
+      <c r="I264" t="s">
         <v>2453</v>
       </c>
-      <c r="D264" t="s">
+      <c r="J264" t="s">
+        <v>24</v>
+      </c>
+      <c r="K264" t="s">
         <v>2454</v>
       </c>
-      <c r="E264" t="s">
+      <c r="L264" t="s">
+        <v>26</v>
+      </c>
+      <c r="M264" t="s">
         <v>2455</v>
       </c>
-      <c r="F264" t="s">
+      <c r="N264" t="s">
+        <v>28</v>
+      </c>
+      <c r="O264" t="s">
         <v>2456</v>
-      </c>
-[...25 lines deleted...]
-        <v>2460</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5657</v>
+        <v>5487</v>
       </c>
       <c r="B265" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C265" t="s">
+        <v>2458</v>
+      </c>
+      <c r="D265" t="s">
+        <v>2459</v>
+      </c>
+      <c r="E265" t="s">
+        <v>2460</v>
+      </c>
+      <c r="F265" t="s">
         <v>2461</v>
       </c>
-      <c r="C265" t="s">
+      <c r="G265" t="s">
         <v>2462</v>
       </c>
-      <c r="D265" t="s">
+      <c r="H265" t="s">
         <v>2463</v>
       </c>
-      <c r="E265" t="s">
+      <c r="I265" t="s">
         <v>2464</v>
       </c>
-      <c r="F265" t="s">
+      <c r="J265" t="s">
+        <v>24</v>
+      </c>
+      <c r="K265" t="s">
         <v>2465</v>
       </c>
-      <c r="G265" t="s">
+      <c r="L265" t="s">
+        <v>26</v>
+      </c>
+      <c r="M265" t="s">
         <v>2466</v>
       </c>
-      <c r="H265" t="s">
+      <c r="N265" t="s">
+        <v>28</v>
+      </c>
+      <c r="O265" t="s">
         <v>2467</v>
-      </c>
-[...19 lines deleted...]
-        <v>2469</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5733</v>
+        <v>5488</v>
       </c>
       <c r="B266" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C266" t="s">
+        <v>2469</v>
+      </c>
+      <c r="D266" t="s">
         <v>2470</v>
       </c>
-      <c r="C266" t="s">
+      <c r="E266" t="s">
         <v>2471</v>
       </c>
-      <c r="D266" t="s">
+      <c r="F266" t="s">
         <v>2472</v>
       </c>
-      <c r="E266" t="s">
+      <c r="G266" t="s">
         <v>2473</v>
       </c>
-      <c r="F266" t="s">
+      <c r="H266" t="s">
         <v>2474</v>
       </c>
-      <c r="G266" t="s">
+      <c r="I266" t="s">
         <v>2475</v>
       </c>
-      <c r="H266" t="s">
+      <c r="J266" t="s">
+        <v>24</v>
+      </c>
+      <c r="K266" t="s">
+        <v>170</v>
+      </c>
+      <c r="L266" t="s">
+        <v>26</v>
+      </c>
+      <c r="M266" t="s">
+        <v>171</v>
+      </c>
+      <c r="N266" t="s">
+        <v>28</v>
+      </c>
+      <c r="O266" t="s">
         <v>2476</v>
-      </c>
-[...19 lines deleted...]
-        <v>2478</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5787</v>
+        <v>5489</v>
       </c>
       <c r="B267" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C267" t="s">
+        <v>2478</v>
+      </c>
+      <c r="D267" t="s">
         <v>2479</v>
       </c>
-      <c r="C267" t="s">
+      <c r="E267" t="s">
         <v>2480</v>
       </c>
-      <c r="D267" t="s">
+      <c r="F267" t="s">
         <v>2481</v>
       </c>
-      <c r="E267" t="s">
+      <c r="G267" t="s">
         <v>2482</v>
       </c>
-      <c r="F267" t="s">
+      <c r="H267" t="s">
         <v>2483</v>
       </c>
-      <c r="G267" t="s">
+      <c r="I267" t="s">
         <v>2484</v>
       </c>
-      <c r="H267" t="s">
+      <c r="J267" t="s">
+        <v>24</v>
+      </c>
+      <c r="K267" t="s">
+        <v>1268</v>
+      </c>
+      <c r="L267" t="s">
+        <v>26</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1269</v>
+      </c>
+      <c r="N267" t="s">
+        <v>28</v>
+      </c>
+      <c r="O267" t="s">
         <v>2485</v>
-      </c>
-[...19 lines deleted...]
-        <v>2487</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5792</v>
+        <v>5490</v>
       </c>
       <c r="B268" t="s">
+        <v>2486</v>
+      </c>
+      <c r="C268" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D268" t="s">
         <v>2488</v>
       </c>
-      <c r="C268" t="s">
+      <c r="E268" t="s">
         <v>2489</v>
       </c>
-      <c r="D268" t="s">
+      <c r="F268" t="s">
         <v>2490</v>
       </c>
-      <c r="E268" t="s">
+      <c r="G268" t="s">
         <v>2491</v>
       </c>
-      <c r="F268" t="s">
+      <c r="H268" t="s">
         <v>2492</v>
       </c>
-      <c r="G268" t="s">
+      <c r="I268" t="s">
         <v>2493</v>
       </c>
-      <c r="H268" t="s">
+      <c r="J268" t="s">
+        <v>450</v>
+      </c>
+      <c r="K268" t="s">
         <v>2494</v>
       </c>
-      <c r="I268" t="s">
+      <c r="L268" t="s">
+        <v>452</v>
+      </c>
+      <c r="M268" t="s">
         <v>2495</v>
-      </c>
-[...10 lines deleted...]
-        <v>444</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
         <v>2496</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5794</v>
+        <v>5493</v>
       </c>
       <c r="B269" t="s">
         <v>2497</v>
       </c>
       <c r="C269" t="s">
         <v>2498</v>
       </c>
       <c r="D269" t="s">
         <v>2499</v>
       </c>
       <c r="E269" t="s">
         <v>2500</v>
       </c>
       <c r="F269" t="s">
         <v>2501</v>
       </c>
       <c r="G269" t="s">
         <v>2502</v>
       </c>
       <c r="H269" t="s">
         <v>2503</v>
       </c>
       <c r="I269" t="s">
         <v>2504</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
         <v>170</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
         <v>171</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
         <v>2505</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5795</v>
+        <v>5496</v>
       </c>
       <c r="B270" t="s">
         <v>2506</v>
       </c>
       <c r="C270" t="s">
         <v>2507</v>
       </c>
       <c r="D270" t="s">
         <v>2508</v>
       </c>
       <c r="E270" t="s">
         <v>2509</v>
       </c>
       <c r="F270" t="s">
         <v>2510</v>
       </c>
       <c r="G270" t="s">
         <v>2511</v>
       </c>
       <c r="H270" t="s">
         <v>2512</v>
       </c>
       <c r="I270" t="s">
         <v>2513</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
         <v>2514</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5796</v>
+        <v>5502</v>
       </c>
       <c r="B271" t="s">
         <v>2515</v>
       </c>
       <c r="C271" t="s">
         <v>2516</v>
       </c>
       <c r="D271" t="s">
         <v>2517</v>
       </c>
       <c r="E271" t="s">
         <v>2518</v>
       </c>
       <c r="F271" t="s">
         <v>2519</v>
       </c>
       <c r="G271" t="s">
         <v>2520</v>
       </c>
       <c r="H271" t="s">
         <v>2521</v>
       </c>
       <c r="I271" t="s">
         <v>2522</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
         <v>2523</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5798</v>
+        <v>5503</v>
       </c>
       <c r="B272" t="s">
         <v>2524</v>
       </c>
       <c r="C272" t="s">
         <v>2525</v>
       </c>
       <c r="D272" t="s">
         <v>2526</v>
       </c>
       <c r="E272" t="s">
         <v>2527</v>
       </c>
       <c r="F272" t="s">
         <v>2528</v>
       </c>
       <c r="G272" t="s">
         <v>2529</v>
       </c>
       <c r="H272" t="s">
         <v>2530</v>
       </c>
       <c r="I272" t="s">
         <v>2531</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
         <v>2532</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5799</v>
+        <v>5504</v>
       </c>
       <c r="B273" t="s">
         <v>2533</v>
       </c>
       <c r="C273" t="s">
         <v>2534</v>
       </c>
       <c r="D273" t="s">
         <v>2535</v>
       </c>
       <c r="E273" t="s">
         <v>2536</v>
       </c>
       <c r="F273" t="s">
         <v>2537</v>
       </c>
       <c r="G273" t="s">
         <v>2538</v>
       </c>
       <c r="H273" t="s">
         <v>2539</v>
       </c>
       <c r="I273" t="s">
         <v>2540</v>
       </c>
       <c r="J273" t="s">
-        <v>1689</v>
+        <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>860</v>
+        <v>25</v>
       </c>
       <c r="L273" t="s">
-        <v>1691</v>
+        <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>861</v>
+        <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
         <v>2541</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5803</v>
+        <v>5507</v>
       </c>
       <c r="B274" t="s">
         <v>2542</v>
       </c>
       <c r="C274" t="s">
         <v>2543</v>
       </c>
       <c r="D274" t="s">
         <v>2544</v>
       </c>
       <c r="E274" t="s">
         <v>2545</v>
       </c>
       <c r="F274" t="s">
         <v>2546</v>
       </c>
       <c r="G274" t="s">
         <v>2547</v>
       </c>
       <c r="H274" t="s">
         <v>2548</v>
       </c>
       <c r="I274" t="s">
         <v>2549</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
         <v>2550</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5805</v>
+        <v>5509</v>
       </c>
       <c r="B275" t="s">
         <v>2551</v>
       </c>
       <c r="C275" t="s">
         <v>2552</v>
       </c>
       <c r="D275" t="s">
         <v>2553</v>
       </c>
       <c r="E275" t="s">
         <v>2554</v>
       </c>
       <c r="F275" t="s">
         <v>2555</v>
       </c>
       <c r="G275" t="s">
         <v>2556</v>
       </c>
       <c r="H275" t="s">
         <v>2557</v>
       </c>
       <c r="I275" t="s">
         <v>2558</v>
       </c>
       <c r="J275" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K275" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L275" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M275" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5808</v>
+        <v>5512</v>
       </c>
       <c r="B276" t="s">
         <v>2560</v>
       </c>
       <c r="C276" t="s">
         <v>2561</v>
       </c>
       <c r="D276" t="s">
         <v>2562</v>
       </c>
       <c r="E276" t="s">
         <v>2563</v>
       </c>
       <c r="F276" t="s">
         <v>2564</v>
       </c>
       <c r="G276" t="s">
         <v>2565</v>
       </c>
       <c r="H276" t="s">
         <v>2566</v>
       </c>
       <c r="I276" t="s">
         <v>2567</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
         <v>2568</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5811</v>
+        <v>5514</v>
       </c>
       <c r="B277" t="s">
         <v>2569</v>
       </c>
       <c r="C277" t="s">
         <v>2570</v>
       </c>
       <c r="D277" t="s">
         <v>2571</v>
       </c>
       <c r="E277" t="s">
         <v>2572</v>
       </c>
       <c r="F277" t="s">
         <v>2573</v>
       </c>
       <c r="G277" t="s">
         <v>2574</v>
       </c>
       <c r="H277" t="s">
         <v>2575</v>
       </c>
       <c r="I277" t="s">
         <v>2576</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
         <v>2577</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5819</v>
+        <v>5516</v>
       </c>
       <c r="B278" t="s">
         <v>2578</v>
       </c>
       <c r="C278" t="s">
         <v>2579</v>
       </c>
       <c r="D278" t="s">
         <v>2580</v>
       </c>
       <c r="E278" t="s">
         <v>2581</v>
       </c>
       <c r="F278" t="s">
         <v>2582</v>
       </c>
       <c r="G278" t="s">
         <v>2583</v>
       </c>
       <c r="H278" t="s">
         <v>2584</v>
       </c>
       <c r="I278" t="s">
         <v>2585</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
         <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
         <v>2586</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5830</v>
+        <v>5517</v>
       </c>
       <c r="B279" t="s">
         <v>2587</v>
       </c>
       <c r="C279" t="s">
         <v>2588</v>
       </c>
       <c r="D279" t="s">
         <v>2589</v>
       </c>
       <c r="E279" t="s">
         <v>2590</v>
       </c>
       <c r="F279" t="s">
         <v>2591</v>
       </c>
       <c r="G279" t="s">
         <v>2592</v>
       </c>
       <c r="H279" t="s">
         <v>2593</v>
       </c>
       <c r="I279" t="s">
         <v>2594</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
         <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
         <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
         <v>2595</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5863</v>
+        <v>5518</v>
       </c>
       <c r="B280" t="s">
         <v>2596</v>
       </c>
       <c r="C280" t="s">
         <v>2597</v>
       </c>
       <c r="D280" t="s">
         <v>2598</v>
       </c>
       <c r="E280" t="s">
         <v>2599</v>
       </c>
       <c r="F280" t="s">
         <v>2600</v>
       </c>
       <c r="G280" t="s">
         <v>2601</v>
       </c>
       <c r="H280" t="s">
         <v>2602</v>
       </c>
       <c r="I280" t="s">
         <v>2603</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
         <v>2604</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5866</v>
+        <v>5520</v>
       </c>
       <c r="B281" t="s">
         <v>2605</v>
       </c>
       <c r="C281" t="s">
         <v>2606</v>
       </c>
       <c r="D281" t="s">
         <v>2607</v>
       </c>
       <c r="E281" t="s">
         <v>2608</v>
       </c>
       <c r="F281" t="s">
         <v>2609</v>
       </c>
       <c r="G281" t="s">
         <v>2610</v>
       </c>
       <c r="H281" t="s">
         <v>2611</v>
       </c>
       <c r="I281" t="s">
         <v>2612</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
         <v>2613</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5888</v>
+        <v>5545</v>
       </c>
       <c r="B282" t="s">
         <v>2614</v>
       </c>
       <c r="C282" t="s">
         <v>2615</v>
       </c>
       <c r="D282" t="s">
         <v>2616</v>
       </c>
       <c r="E282" t="s">
         <v>2617</v>
       </c>
       <c r="F282" t="s">
         <v>2618</v>
       </c>
       <c r="G282" t="s">
         <v>2619</v>
       </c>
       <c r="H282" t="s">
         <v>2620</v>
       </c>
       <c r="I282" t="s">
         <v>2621</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2622</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5889</v>
+        <v>5657</v>
       </c>
       <c r="B283" t="s">
         <v>2623</v>
       </c>
       <c r="C283" t="s">
         <v>2624</v>
       </c>
       <c r="D283" t="s">
         <v>2625</v>
       </c>
       <c r="E283" t="s">
         <v>2626</v>
       </c>
       <c r="F283" t="s">
         <v>2627</v>
       </c>
       <c r="G283" t="s">
         <v>2628</v>
       </c>
       <c r="H283" t="s">
         <v>2629</v>
       </c>
       <c r="I283" t="s">
         <v>2630</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
         <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
         <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
         <v>2631</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5907</v>
+        <v>5733</v>
       </c>
       <c r="B284" t="s">
         <v>2632</v>
       </c>
       <c r="C284" t="s">
         <v>2633</v>
       </c>
       <c r="D284" t="s">
         <v>2634</v>
       </c>
       <c r="E284" t="s">
         <v>2635</v>
       </c>
       <c r="F284" t="s">
         <v>2636</v>
       </c>
       <c r="G284" t="s">
         <v>2637</v>
       </c>
       <c r="H284" t="s">
         <v>2638</v>
       </c>
       <c r="I284" t="s">
         <v>2639</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
         <v>2640</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5913</v>
+        <v>5787</v>
       </c>
       <c r="B285" t="s">
         <v>2641</v>
       </c>
       <c r="C285" t="s">
         <v>2642</v>
       </c>
       <c r="D285" t="s">
         <v>2643</v>
       </c>
       <c r="E285" t="s">
         <v>2644</v>
       </c>
       <c r="F285" t="s">
         <v>2645</v>
       </c>
       <c r="G285" t="s">
         <v>2646</v>
       </c>
       <c r="H285" t="s">
         <v>2647</v>
       </c>
       <c r="I285" t="s">
         <v>2648</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
         <v>2649</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5915</v>
+        <v>5792</v>
       </c>
       <c r="B286" t="s">
         <v>2650</v>
       </c>
       <c r="C286" t="s">
         <v>2651</v>
       </c>
       <c r="D286" t="s">
         <v>2652</v>
       </c>
       <c r="E286" t="s">
         <v>2653</v>
       </c>
       <c r="F286" t="s">
         <v>2654</v>
       </c>
       <c r="G286" t="s">
         <v>2655</v>
       </c>
       <c r="H286" t="s">
         <v>2656</v>
       </c>
       <c r="I286" t="s">
         <v>2657</v>
       </c>
       <c r="J286" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K286" t="s">
-        <v>170</v>
+        <v>451</v>
       </c>
       <c r="L286" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M286" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
         <v>2658</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5927</v>
+        <v>5794</v>
       </c>
       <c r="B287" t="s">
         <v>2659</v>
       </c>
       <c r="C287" t="s">
         <v>2660</v>
       </c>
       <c r="D287" t="s">
         <v>2661</v>
       </c>
       <c r="E287" t="s">
         <v>2662</v>
       </c>
       <c r="F287" t="s">
         <v>2663</v>
       </c>
       <c r="G287" t="s">
         <v>2664</v>
       </c>
       <c r="H287" t="s">
         <v>2665</v>
       </c>
       <c r="I287" t="s">
         <v>2666</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
         <v>2667</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5928</v>
+        <v>5795</v>
       </c>
       <c r="B288" t="s">
         <v>2668</v>
       </c>
       <c r="C288" t="s">
         <v>2669</v>
       </c>
       <c r="D288" t="s">
         <v>2670</v>
       </c>
       <c r="E288" t="s">
         <v>2671</v>
       </c>
       <c r="F288" t="s">
         <v>2672</v>
       </c>
       <c r="G288" t="s">
         <v>2673</v>
       </c>
       <c r="H288" t="s">
         <v>2674</v>
       </c>
       <c r="I288" t="s">
         <v>2675</v>
       </c>
       <c r="J288" t="s">
+        <v>24</v>
+      </c>
+      <c r="K288" t="s">
+        <v>47</v>
+      </c>
+      <c r="L288" t="s">
+        <v>26</v>
+      </c>
+      <c r="M288" t="s">
+        <v>48</v>
+      </c>
+      <c r="N288" t="s">
+        <v>28</v>
+      </c>
+      <c r="O288" t="s">
         <v>2676</v>
-      </c>
-[...13 lines deleted...]
-        <v>2680</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5931</v>
+        <v>5796</v>
       </c>
       <c r="B289" t="s">
+        <v>2677</v>
+      </c>
+      <c r="C289" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D289" t="s">
+        <v>2679</v>
+      </c>
+      <c r="E289" t="s">
+        <v>2680</v>
+      </c>
+      <c r="F289" t="s">
         <v>2681</v>
       </c>
-      <c r="C289" t="s">
+      <c r="G289" t="s">
         <v>2682</v>
       </c>
-      <c r="D289" t="s">
+      <c r="H289" t="s">
         <v>2683</v>
       </c>
-      <c r="E289" t="s">
+      <c r="I289" t="s">
         <v>2684</v>
       </c>
-      <c r="F289" t="s">
+      <c r="J289" t="s">
+        <v>24</v>
+      </c>
+      <c r="K289" t="s">
+        <v>170</v>
+      </c>
+      <c r="L289" t="s">
+        <v>26</v>
+      </c>
+      <c r="M289" t="s">
+        <v>171</v>
+      </c>
+      <c r="N289" t="s">
+        <v>28</v>
+      </c>
+      <c r="O289" t="s">
         <v>2685</v>
-      </c>
-[...25 lines deleted...]
-        <v>2689</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5932</v>
+        <v>5798</v>
       </c>
       <c r="B290" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C290" t="s">
+        <v>2687</v>
+      </c>
+      <c r="D290" t="s">
+        <v>2688</v>
+      </c>
+      <c r="E290" t="s">
+        <v>2689</v>
+      </c>
+      <c r="F290" t="s">
         <v>2690</v>
       </c>
-      <c r="C290" t="s">
+      <c r="G290" t="s">
         <v>2691</v>
       </c>
-      <c r="D290" t="s">
+      <c r="H290" t="s">
         <v>2692</v>
       </c>
-      <c r="E290" t="s">
+      <c r="I290" t="s">
         <v>2693</v>
-      </c>
-[...10 lines deleted...]
-        <v>2697</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>170</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>171</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2698</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5934</v>
+        <v>5799</v>
       </c>
       <c r="B291" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C291" t="s">
+        <v>2696</v>
+      </c>
+      <c r="D291" t="s">
+        <v>2697</v>
+      </c>
+      <c r="E291" t="s">
+        <v>2698</v>
+      </c>
+      <c r="F291" t="s">
         <v>2699</v>
       </c>
-      <c r="C291" t="s">
+      <c r="G291" t="s">
         <v>2700</v>
       </c>
-      <c r="D291" t="s">
+      <c r="H291" t="s">
         <v>2701</v>
       </c>
-      <c r="E291" t="s">
+      <c r="I291" t="s">
         <v>2702</v>
       </c>
-      <c r="F291" t="s">
+      <c r="J291" t="s">
+        <v>1851</v>
+      </c>
+      <c r="K291" t="s">
+        <v>905</v>
+      </c>
+      <c r="L291" t="s">
+        <v>1853</v>
+      </c>
+      <c r="M291" t="s">
+        <v>906</v>
+      </c>
+      <c r="N291" t="s">
+        <v>28</v>
+      </c>
+      <c r="O291" t="s">
         <v>2703</v>
-      </c>
-[...25 lines deleted...]
-        <v>2707</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5953</v>
+        <v>5803</v>
       </c>
       <c r="B292" t="s">
+        <v>2704</v>
+      </c>
+      <c r="C292" t="s">
+        <v>2705</v>
+      </c>
+      <c r="D292" t="s">
+        <v>2706</v>
+      </c>
+      <c r="E292" t="s">
+        <v>2707</v>
+      </c>
+      <c r="F292" t="s">
         <v>2708</v>
       </c>
-      <c r="C292" t="s">
+      <c r="G292" t="s">
         <v>2709</v>
       </c>
-      <c r="D292" t="s">
+      <c r="H292" t="s">
         <v>2710</v>
       </c>
-      <c r="E292" t="s">
+      <c r="I292" t="s">
         <v>2711</v>
-      </c>
-[...10 lines deleted...]
-        <v>2715</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2716</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5981</v>
+        <v>5805</v>
       </c>
       <c r="B293" t="s">
+        <v>2713</v>
+      </c>
+      <c r="C293" t="s">
+        <v>2714</v>
+      </c>
+      <c r="D293" t="s">
+        <v>2715</v>
+      </c>
+      <c r="E293" t="s">
+        <v>2716</v>
+      </c>
+      <c r="F293" t="s">
         <v>2717</v>
       </c>
-      <c r="C293" t="s">
+      <c r="G293" t="s">
         <v>2718</v>
       </c>
-      <c r="D293" t="s">
+      <c r="H293" t="s">
         <v>2719</v>
       </c>
-      <c r="E293" t="s">
+      <c r="I293" t="s">
         <v>2720</v>
       </c>
-      <c r="F293" t="s">
+      <c r="J293" t="s">
+        <v>24</v>
+      </c>
+      <c r="K293" t="s">
+        <v>25</v>
+      </c>
+      <c r="L293" t="s">
+        <v>26</v>
+      </c>
+      <c r="M293" t="s">
+        <v>27</v>
+      </c>
+      <c r="N293" t="s">
+        <v>28</v>
+      </c>
+      <c r="O293" t="s">
         <v>2721</v>
-      </c>
-[...25 lines deleted...]
-        <v>2727</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5986</v>
+        <v>5808</v>
       </c>
       <c r="B294" t="s">
+        <v>2722</v>
+      </c>
+      <c r="C294" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D294" t="s">
+        <v>2724</v>
+      </c>
+      <c r="E294" t="s">
+        <v>2725</v>
+      </c>
+      <c r="F294" t="s">
+        <v>2726</v>
+      </c>
+      <c r="G294" t="s">
+        <v>2727</v>
+      </c>
+      <c r="H294" t="s">
         <v>2728</v>
       </c>
-      <c r="C294" t="s">
+      <c r="I294" t="s">
         <v>2729</v>
       </c>
-      <c r="D294" t="s">
+      <c r="J294" t="s">
+        <v>24</v>
+      </c>
+      <c r="K294" t="s">
+        <v>25</v>
+      </c>
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+      <c r="M294" t="s">
+        <v>27</v>
+      </c>
+      <c r="N294" t="s">
+        <v>28</v>
+      </c>
+      <c r="O294" t="s">
         <v>2730</v>
-      </c>
-[...31 lines deleted...]
-        <v>2736</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5989</v>
+        <v>5811</v>
       </c>
       <c r="B295" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C295" t="s">
+        <v>2732</v>
+      </c>
+      <c r="D295" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E295" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F295" t="s">
+        <v>2735</v>
+      </c>
+      <c r="G295" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H295" t="s">
         <v>2737</v>
       </c>
-      <c r="C295" t="s">
+      <c r="I295" t="s">
         <v>2738</v>
       </c>
-      <c r="D295" t="s">
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" t="s">
+        <v>25</v>
+      </c>
+      <c r="L295" t="s">
+        <v>26</v>
+      </c>
+      <c r="M295" t="s">
+        <v>27</v>
+      </c>
+      <c r="N295" t="s">
+        <v>28</v>
+      </c>
+      <c r="O295" t="s">
         <v>2739</v>
-      </c>
-[...31 lines deleted...]
-        <v>2745</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>6018</v>
+        <v>5819</v>
       </c>
       <c r="B296" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C296" t="s">
+        <v>2741</v>
+      </c>
+      <c r="D296" t="s">
+        <v>2742</v>
+      </c>
+      <c r="E296" t="s">
+        <v>2743</v>
+      </c>
+      <c r="F296" t="s">
+        <v>2744</v>
+      </c>
+      <c r="G296" t="s">
+        <v>2745</v>
+      </c>
+      <c r="H296" t="s">
         <v>2746</v>
       </c>
-      <c r="C296" t="s">
+      <c r="I296" t="s">
         <v>2747</v>
       </c>
-      <c r="D296" t="s">
+      <c r="J296" t="s">
+        <v>24</v>
+      </c>
+      <c r="K296" t="s">
+        <v>25</v>
+      </c>
+      <c r="L296" t="s">
+        <v>26</v>
+      </c>
+      <c r="M296" t="s">
+        <v>27</v>
+      </c>
+      <c r="N296" t="s">
+        <v>28</v>
+      </c>
+      <c r="O296" t="s">
         <v>2748</v>
-      </c>
-[...31 lines deleted...]
-        <v>2754</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>6021</v>
+        <v>5830</v>
       </c>
       <c r="B297" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C297" t="s">
+        <v>2750</v>
+      </c>
+      <c r="D297" t="s">
+        <v>2751</v>
+      </c>
+      <c r="E297" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F297" t="s">
+        <v>2753</v>
+      </c>
+      <c r="G297" t="s">
+        <v>2754</v>
+      </c>
+      <c r="H297" t="s">
         <v>2755</v>
       </c>
-      <c r="C297" t="s">
+      <c r="I297" t="s">
         <v>2756</v>
-      </c>
-[...16 lines deleted...]
-        <v>2762</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2763</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>6076</v>
+        <v>5863</v>
       </c>
       <c r="B298" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C298" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D298" t="s">
+        <v>2760</v>
+      </c>
+      <c r="E298" t="s">
+        <v>2761</v>
+      </c>
+      <c r="F298" t="s">
+        <v>2762</v>
+      </c>
+      <c r="G298" t="s">
+        <v>2763</v>
+      </c>
+      <c r="H298" t="s">
         <v>2764</v>
       </c>
-      <c r="C298" t="s">
+      <c r="I298" t="s">
         <v>2765</v>
-      </c>
-[...16 lines deleted...]
-        <v>2771</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2772</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>6082</v>
+        <v>5866</v>
       </c>
       <c r="B299" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C299" t="s">
+        <v>2768</v>
+      </c>
+      <c r="D299" t="s">
+        <v>2769</v>
+      </c>
+      <c r="E299" t="s">
+        <v>2770</v>
+      </c>
+      <c r="F299" t="s">
+        <v>2771</v>
+      </c>
+      <c r="G299" t="s">
+        <v>2772</v>
+      </c>
+      <c r="H299" t="s">
         <v>2773</v>
       </c>
-      <c r="C299" t="s">
+      <c r="I299" t="s">
         <v>2774</v>
       </c>
-      <c r="D299" t="s">
+      <c r="J299" t="s">
+        <v>24</v>
+      </c>
+      <c r="K299" t="s">
+        <v>25</v>
+      </c>
+      <c r="L299" t="s">
+        <v>26</v>
+      </c>
+      <c r="M299" t="s">
+        <v>27</v>
+      </c>
+      <c r="N299" t="s">
+        <v>28</v>
+      </c>
+      <c r="O299" t="s">
         <v>2775</v>
-      </c>
-[...31 lines deleted...]
-        <v>2781</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>6093</v>
+        <v>5888</v>
       </c>
       <c r="B300" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C300" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D300" t="s">
+        <v>2778</v>
+      </c>
+      <c r="E300" t="s">
+        <v>2779</v>
+      </c>
+      <c r="F300" t="s">
+        <v>2780</v>
+      </c>
+      <c r="G300" t="s">
+        <v>2781</v>
+      </c>
+      <c r="H300" t="s">
         <v>2782</v>
       </c>
-      <c r="C300" t="s">
+      <c r="I300" t="s">
         <v>2783</v>
       </c>
-      <c r="D300" t="s">
+      <c r="J300" t="s">
+        <v>24</v>
+      </c>
+      <c r="K300" t="s">
+        <v>25</v>
+      </c>
+      <c r="L300" t="s">
+        <v>26</v>
+      </c>
+      <c r="M300" t="s">
+        <v>27</v>
+      </c>
+      <c r="N300" t="s">
+        <v>28</v>
+      </c>
+      <c r="O300" t="s">
         <v>2784</v>
-      </c>
-[...31 lines deleted...]
-        <v>2790</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>6112</v>
+        <v>5889</v>
       </c>
       <c r="B301" t="s">
+        <v>2785</v>
+      </c>
+      <c r="C301" t="s">
+        <v>2786</v>
+      </c>
+      <c r="D301" t="s">
+        <v>2787</v>
+      </c>
+      <c r="E301" t="s">
+        <v>2788</v>
+      </c>
+      <c r="F301" t="s">
+        <v>2789</v>
+      </c>
+      <c r="G301" t="s">
+        <v>2790</v>
+      </c>
+      <c r="H301" t="s">
         <v>2791</v>
       </c>
-      <c r="C301" t="s">
+      <c r="I301" t="s">
         <v>2792</v>
       </c>
-      <c r="D301" t="s">
+      <c r="J301" t="s">
+        <v>24</v>
+      </c>
+      <c r="K301" t="s">
+        <v>25</v>
+      </c>
+      <c r="L301" t="s">
+        <v>26</v>
+      </c>
+      <c r="M301" t="s">
+        <v>27</v>
+      </c>
+      <c r="N301" t="s">
+        <v>28</v>
+      </c>
+      <c r="O301" t="s">
         <v>2793</v>
-      </c>
-[...31 lines deleted...]
-        <v>2799</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>6179</v>
+        <v>5907</v>
       </c>
       <c r="B302" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C302" t="s">
+        <v>2795</v>
+      </c>
+      <c r="D302" t="s">
+        <v>2796</v>
+      </c>
+      <c r="E302" t="s">
+        <v>2797</v>
+      </c>
+      <c r="F302" t="s">
+        <v>2798</v>
+      </c>
+      <c r="G302" t="s">
+        <v>2799</v>
+      </c>
+      <c r="H302" t="s">
         <v>2800</v>
       </c>
-      <c r="C302" t="s">
+      <c r="I302" t="s">
         <v>2801</v>
-      </c>
-[...16 lines deleted...]
-        <v>2807</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
         <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
         <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2808</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>6180</v>
+        <v>5913</v>
       </c>
       <c r="B303" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C303" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D303" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E303" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F303" t="s">
+        <v>2807</v>
+      </c>
+      <c r="G303" t="s">
+        <v>2808</v>
+      </c>
+      <c r="H303" t="s">
         <v>2809</v>
       </c>
-      <c r="C303" t="s">
+      <c r="I303" t="s">
         <v>2810</v>
       </c>
-      <c r="D303" t="s">
+      <c r="J303" t="s">
+        <v>24</v>
+      </c>
+      <c r="K303" t="s">
+        <v>47</v>
+      </c>
+      <c r="L303" t="s">
+        <v>26</v>
+      </c>
+      <c r="M303" t="s">
+        <v>48</v>
+      </c>
+      <c r="N303" t="s">
+        <v>28</v>
+      </c>
+      <c r="O303" t="s">
         <v>2811</v>
-      </c>
-[...31 lines deleted...]
-        <v>2817</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>6203</v>
+        <v>5915</v>
       </c>
       <c r="B304" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C304" t="s">
+        <v>2813</v>
+      </c>
+      <c r="D304" t="s">
+        <v>2814</v>
+      </c>
+      <c r="E304" t="s">
+        <v>2815</v>
+      </c>
+      <c r="F304" t="s">
+        <v>2816</v>
+      </c>
+      <c r="G304" t="s">
+        <v>2817</v>
+      </c>
+      <c r="H304" t="s">
         <v>2818</v>
       </c>
-      <c r="C304" t="s">
+      <c r="I304" t="s">
         <v>2819</v>
-      </c>
-[...16 lines deleted...]
-        <v>2825</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
         <v>170</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>171</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2826</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>6208</v>
+        <v>5927</v>
       </c>
       <c r="B305" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C305" t="s">
+        <v>2822</v>
+      </c>
+      <c r="D305" t="s">
+        <v>2823</v>
+      </c>
+      <c r="E305" t="s">
+        <v>2824</v>
+      </c>
+      <c r="F305" t="s">
+        <v>2825</v>
+      </c>
+      <c r="G305" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H305" t="s">
         <v>2827</v>
       </c>
-      <c r="C305" t="s">
+      <c r="I305" t="s">
         <v>2828</v>
       </c>
-      <c r="D305" t="s">
+      <c r="J305" t="s">
+        <v>24</v>
+      </c>
+      <c r="K305" t="s">
+        <v>59</v>
+      </c>
+      <c r="L305" t="s">
+        <v>26</v>
+      </c>
+      <c r="M305" t="s">
+        <v>61</v>
+      </c>
+      <c r="N305" t="s">
+        <v>28</v>
+      </c>
+      <c r="O305" t="s">
         <v>2829</v>
-      </c>
-[...31 lines deleted...]
-        <v>2835</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6211</v>
+        <v>5928</v>
       </c>
       <c r="B306" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C306" t="s">
+        <v>2831</v>
+      </c>
+      <c r="D306" t="s">
+        <v>2832</v>
+      </c>
+      <c r="E306" t="s">
+        <v>2833</v>
+      </c>
+      <c r="F306" t="s">
+        <v>2834</v>
+      </c>
+      <c r="G306" t="s">
+        <v>2835</v>
+      </c>
+      <c r="H306" t="s">
         <v>2836</v>
       </c>
-      <c r="C306" t="s">
+      <c r="I306" t="s">
         <v>2837</v>
       </c>
-      <c r="D306" t="s">
+      <c r="J306" t="s">
         <v>2838</v>
       </c>
-      <c r="E306" t="s">
+      <c r="K306" t="s">
         <v>2839</v>
       </c>
-      <c r="F306" t="s">
+      <c r="L306" t="s">
         <v>2840</v>
       </c>
-      <c r="G306" t="s">
+      <c r="M306" t="s">
         <v>2841</v>
       </c>
-      <c r="H306" t="s">
+      <c r="N306" t="s">
+        <v>28</v>
+      </c>
+      <c r="O306" t="s">
         <v>2842</v>
-      </c>
-[...19 lines deleted...]
-        <v>2844</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6215</v>
+        <v>5931</v>
       </c>
       <c r="B307" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C307" t="s">
+        <v>2844</v>
+      </c>
+      <c r="D307" t="s">
         <v>2845</v>
       </c>
-      <c r="C307" t="s">
+      <c r="E307" t="s">
         <v>2846</v>
       </c>
-      <c r="D307" t="s">
+      <c r="F307" t="s">
         <v>2847</v>
       </c>
-      <c r="E307" t="s">
+      <c r="G307" t="s">
         <v>2848</v>
       </c>
-      <c r="F307" t="s">
+      <c r="H307" t="s">
         <v>2849</v>
       </c>
-      <c r="G307" t="s">
+      <c r="I307" t="s">
         <v>2850</v>
       </c>
-      <c r="H307" t="s">
+      <c r="J307" t="s">
+        <v>24</v>
+      </c>
+      <c r="K307" t="s">
+        <v>25</v>
+      </c>
+      <c r="L307" t="s">
+        <v>26</v>
+      </c>
+      <c r="M307" t="s">
+        <v>27</v>
+      </c>
+      <c r="N307" t="s">
+        <v>28</v>
+      </c>
+      <c r="O307" t="s">
         <v>2851</v>
-      </c>
-[...19 lines deleted...]
-        <v>2853</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6222</v>
+        <v>5932</v>
       </c>
       <c r="B308" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C308" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D308" t="s">
         <v>2854</v>
       </c>
-      <c r="C308" t="s">
+      <c r="E308" t="s">
         <v>2855</v>
       </c>
-      <c r="D308" t="s">
+      <c r="F308" t="s">
         <v>2856</v>
       </c>
-      <c r="E308" t="s">
+      <c r="G308" t="s">
         <v>2857</v>
       </c>
-      <c r="F308" t="s">
+      <c r="H308" t="s">
         <v>2858</v>
       </c>
-      <c r="G308" t="s">
+      <c r="I308" t="s">
         <v>2859</v>
       </c>
-      <c r="H308" t="s">
+      <c r="J308" t="s">
+        <v>24</v>
+      </c>
+      <c r="K308" t="s">
+        <v>170</v>
+      </c>
+      <c r="L308" t="s">
+        <v>26</v>
+      </c>
+      <c r="M308" t="s">
+        <v>171</v>
+      </c>
+      <c r="N308" t="s">
+        <v>28</v>
+      </c>
+      <c r="O308" t="s">
         <v>2860</v>
-      </c>
-[...19 lines deleted...]
-        <v>2862</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6254</v>
+        <v>5934</v>
       </c>
       <c r="B309" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C309" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D309" t="s">
         <v>2863</v>
       </c>
-      <c r="C309" t="s">
+      <c r="E309" t="s">
         <v>2864</v>
       </c>
-      <c r="D309" t="s">
+      <c r="F309" t="s">
         <v>2865</v>
       </c>
-      <c r="E309" t="s">
+      <c r="G309" t="s">
         <v>2866</v>
       </c>
-      <c r="F309" t="s">
+      <c r="H309" t="s">
         <v>2867</v>
       </c>
-      <c r="G309" t="s">
+      <c r="I309" t="s">
         <v>2868</v>
-      </c>
-[...4 lines deleted...]
-        <v>2870</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
         <v>170</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>171</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2871</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6255</v>
+        <v>5953</v>
       </c>
       <c r="B310" t="s">
+        <v>2870</v>
+      </c>
+      <c r="C310" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D310" t="s">
         <v>2872</v>
       </c>
-      <c r="C310" t="s">
+      <c r="E310" t="s">
         <v>2873</v>
       </c>
-      <c r="D310" t="s">
+      <c r="F310" t="s">
         <v>2874</v>
       </c>
-      <c r="E310" t="s">
+      <c r="G310" t="s">
         <v>2875</v>
       </c>
-      <c r="F310" t="s">
+      <c r="H310" t="s">
         <v>2876</v>
       </c>
-      <c r="G310" t="s">
+      <c r="I310" t="s">
         <v>2877</v>
       </c>
-      <c r="H310" t="s">
+      <c r="J310" t="s">
+        <v>24</v>
+      </c>
+      <c r="K310" t="s">
+        <v>25</v>
+      </c>
+      <c r="L310" t="s">
+        <v>26</v>
+      </c>
+      <c r="M310" t="s">
+        <v>27</v>
+      </c>
+      <c r="N310" t="s">
+        <v>28</v>
+      </c>
+      <c r="O310" t="s">
         <v>2878</v>
-      </c>
-[...19 lines deleted...]
-        <v>2882</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6258</v>
+        <v>5981</v>
       </c>
       <c r="B311" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C311" t="s">
+        <v>2880</v>
+      </c>
+      <c r="D311" t="s">
+        <v>2881</v>
+      </c>
+      <c r="E311" t="s">
+        <v>2882</v>
+      </c>
+      <c r="F311" t="s">
         <v>2883</v>
       </c>
-      <c r="C311" t="s">
+      <c r="G311" t="s">
         <v>2884</v>
       </c>
-      <c r="D311" t="s">
+      <c r="H311" t="s">
         <v>2885</v>
       </c>
-      <c r="E311" t="s">
+      <c r="I311" t="s">
         <v>2886</v>
       </c>
-      <c r="F311" t="s">
+      <c r="J311" t="s">
+        <v>450</v>
+      </c>
+      <c r="K311" t="s">
         <v>2887</v>
       </c>
-      <c r="G311" t="s">
+      <c r="L311" t="s">
+        <v>452</v>
+      </c>
+      <c r="M311" t="s">
         <v>2888</v>
       </c>
-      <c r="H311" t="s">
+      <c r="N311" t="s">
+        <v>28</v>
+      </c>
+      <c r="O311" t="s">
         <v>2889</v>
-      </c>
-[...19 lines deleted...]
-        <v>2891</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6259</v>
+        <v>5986</v>
       </c>
       <c r="B312" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C312" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D312" t="s">
         <v>2892</v>
       </c>
-      <c r="C312" t="s">
+      <c r="E312" t="s">
         <v>2893</v>
       </c>
-      <c r="D312" t="s">
+      <c r="F312" t="s">
         <v>2894</v>
       </c>
-      <c r="E312" t="s">
+      <c r="G312" t="s">
         <v>2895</v>
       </c>
-      <c r="F312" t="s">
+      <c r="H312" t="s">
         <v>2896</v>
       </c>
-      <c r="G312" t="s">
+      <c r="I312" t="s">
         <v>2897</v>
-      </c>
-[...4 lines deleted...]
-        <v>2899</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
         <v>170</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>171</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2900</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6261</v>
+        <v>5989</v>
       </c>
       <c r="B313" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C313" t="s">
+        <v>2900</v>
+      </c>
+      <c r="D313" t="s">
         <v>2901</v>
       </c>
-      <c r="C313" t="s">
+      <c r="E313" t="s">
         <v>2902</v>
       </c>
-      <c r="D313" t="s">
+      <c r="F313" t="s">
         <v>2903</v>
       </c>
-      <c r="E313" t="s">
+      <c r="G313" t="s">
         <v>2904</v>
       </c>
-      <c r="F313" t="s">
+      <c r="H313" t="s">
         <v>2905</v>
       </c>
-      <c r="G313" t="s">
+      <c r="I313" t="s">
         <v>2906</v>
       </c>
-      <c r="H313" t="s">
+      <c r="J313" t="s">
+        <v>24</v>
+      </c>
+      <c r="K313" t="s">
+        <v>2066</v>
+      </c>
+      <c r="L313" t="s">
+        <v>26</v>
+      </c>
+      <c r="M313" t="s">
+        <v>2067</v>
+      </c>
+      <c r="N313" t="s">
+        <v>28</v>
+      </c>
+      <c r="O313" t="s">
         <v>2907</v>
-      </c>
-[...19 lines deleted...]
-        <v>2909</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6263</v>
+        <v>6018</v>
       </c>
       <c r="B314" t="s">
+        <v>2908</v>
+      </c>
+      <c r="C314" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D314" t="s">
         <v>2910</v>
       </c>
-      <c r="C314" t="s">
+      <c r="E314" t="s">
         <v>2911</v>
       </c>
-      <c r="D314" t="s">
+      <c r="F314" t="s">
         <v>2912</v>
       </c>
-      <c r="E314" t="s">
+      <c r="G314" t="s">
         <v>2913</v>
       </c>
-      <c r="F314" t="s">
+      <c r="H314" t="s">
         <v>2914</v>
       </c>
-      <c r="G314" t="s">
+      <c r="I314" t="s">
         <v>2915</v>
-      </c>
-[...4 lines deleted...]
-        <v>2917</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
         <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
         <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2918</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6272</v>
+        <v>6021</v>
       </c>
       <c r="B315" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C315" t="s">
+        <v>2918</v>
+      </c>
+      <c r="D315" t="s">
         <v>2919</v>
       </c>
-      <c r="C315" t="s">
+      <c r="E315" t="s">
         <v>2920</v>
       </c>
-      <c r="D315" t="s">
+      <c r="F315" t="s">
         <v>2921</v>
       </c>
-      <c r="E315" t="s">
+      <c r="G315" t="s">
         <v>2922</v>
       </c>
-      <c r="F315" t="s">
+      <c r="H315" t="s">
         <v>2923</v>
       </c>
-      <c r="G315" t="s">
+      <c r="I315" t="s">
         <v>2924</v>
       </c>
-      <c r="H315" t="s">
+      <c r="J315" t="s">
+        <v>24</v>
+      </c>
+      <c r="K315" t="s">
+        <v>25</v>
+      </c>
+      <c r="L315" t="s">
+        <v>26</v>
+      </c>
+      <c r="M315" t="s">
+        <v>27</v>
+      </c>
+      <c r="N315" t="s">
+        <v>28</v>
+      </c>
+      <c r="O315" t="s">
         <v>2925</v>
-      </c>
-[...19 lines deleted...]
-        <v>2927</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6274</v>
+        <v>6076</v>
       </c>
       <c r="B316" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C316" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D316" t="s">
         <v>2928</v>
       </c>
-      <c r="C316" t="s">
+      <c r="E316" t="s">
         <v>2929</v>
       </c>
-      <c r="D316" t="s">
+      <c r="F316" t="s">
         <v>2930</v>
       </c>
-      <c r="E316" t="s">
+      <c r="G316" t="s">
         <v>2931</v>
       </c>
-      <c r="F316" t="s">
+      <c r="H316" t="s">
         <v>2932</v>
       </c>
-      <c r="G316" t="s">
+      <c r="I316" t="s">
         <v>2933</v>
-      </c>
-[...4 lines deleted...]
-        <v>2935</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
         <v>25</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>27</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2936</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6275</v>
+        <v>6082</v>
       </c>
       <c r="B317" t="s">
+        <v>2935</v>
+      </c>
+      <c r="C317" t="s">
+        <v>2936</v>
+      </c>
+      <c r="D317" t="s">
         <v>2937</v>
       </c>
-      <c r="C317" t="s">
+      <c r="E317" t="s">
         <v>2938</v>
       </c>
-      <c r="D317" t="s">
+      <c r="F317" t="s">
         <v>2939</v>
       </c>
-      <c r="E317" t="s">
+      <c r="G317" t="s">
         <v>2940</v>
       </c>
-      <c r="F317" t="s">
+      <c r="H317" t="s">
         <v>2941</v>
       </c>
-      <c r="G317" t="s">
+      <c r="I317" t="s">
         <v>2942</v>
       </c>
-      <c r="H317" t="s">
+      <c r="J317" t="s">
+        <v>24</v>
+      </c>
+      <c r="K317" t="s">
+        <v>580</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
+        <v>581</v>
+      </c>
+      <c r="N317" t="s">
+        <v>28</v>
+      </c>
+      <c r="O317" t="s">
         <v>2943</v>
-      </c>
-[...19 lines deleted...]
-        <v>2945</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6327</v>
+        <v>6093</v>
       </c>
       <c r="B318" t="s">
+        <v>2944</v>
+      </c>
+      <c r="C318" t="s">
+        <v>2945</v>
+      </c>
+      <c r="D318" t="s">
         <v>2946</v>
       </c>
-      <c r="C318" t="s">
+      <c r="E318" t="s">
         <v>2947</v>
       </c>
-      <c r="D318" t="s">
+      <c r="F318" t="s">
         <v>2948</v>
       </c>
-      <c r="E318" t="s">
+      <c r="G318" t="s">
         <v>2949</v>
       </c>
-      <c r="F318" t="s">
+      <c r="H318" t="s">
         <v>2950</v>
       </c>
-      <c r="G318" t="s">
+      <c r="I318" t="s">
         <v>2951</v>
       </c>
-      <c r="H318" t="s">
+      <c r="J318" t="s">
+        <v>24</v>
+      </c>
+      <c r="K318" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L318" t="s">
+        <v>26</v>
+      </c>
+      <c r="M318" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N318" t="s">
+        <v>28</v>
+      </c>
+      <c r="O318" t="s">
         <v>2952</v>
-      </c>
-[...19 lines deleted...]
-        <v>2954</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6337</v>
+        <v>6112</v>
       </c>
       <c r="B319" t="s">
+        <v>2953</v>
+      </c>
+      <c r="C319" t="s">
+        <v>2954</v>
+      </c>
+      <c r="D319" t="s">
         <v>2955</v>
       </c>
-      <c r="C319" t="s">
+      <c r="E319" t="s">
         <v>2956</v>
       </c>
-      <c r="D319" t="s">
+      <c r="F319" t="s">
         <v>2957</v>
       </c>
-      <c r="E319" t="s">
+      <c r="G319" t="s">
         <v>2958</v>
       </c>
-      <c r="F319" t="s">
+      <c r="H319" t="s">
         <v>2959</v>
       </c>
-      <c r="G319" t="s">
+      <c r="I319" t="s">
         <v>2960</v>
       </c>
-      <c r="H319" t="s">
+      <c r="J319" t="s">
+        <v>24</v>
+      </c>
+      <c r="K319" t="s">
+        <v>170</v>
+      </c>
+      <c r="L319" t="s">
+        <v>26</v>
+      </c>
+      <c r="M319" t="s">
+        <v>171</v>
+      </c>
+      <c r="N319" t="s">
+        <v>28</v>
+      </c>
+      <c r="O319" t="s">
         <v>2961</v>
-      </c>
-[...19 lines deleted...]
-        <v>2963</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6361</v>
+        <v>6179</v>
       </c>
       <c r="B320" t="s">
+        <v>2962</v>
+      </c>
+      <c r="C320" t="s">
+        <v>2963</v>
+      </c>
+      <c r="D320" t="s">
         <v>2964</v>
       </c>
-      <c r="C320" t="s">
+      <c r="E320" t="s">
         <v>2965</v>
       </c>
-      <c r="D320" t="s">
+      <c r="F320" t="s">
         <v>2966</v>
       </c>
-      <c r="E320" t="s">
+      <c r="G320" t="s">
         <v>2967</v>
       </c>
-      <c r="F320" t="s">
+      <c r="H320" t="s">
         <v>2968</v>
       </c>
-      <c r="G320" t="s">
+      <c r="I320" t="s">
         <v>2969</v>
       </c>
-      <c r="H320" t="s">
+      <c r="J320" t="s">
+        <v>24</v>
+      </c>
+      <c r="K320" t="s">
+        <v>25</v>
+      </c>
+      <c r="L320" t="s">
+        <v>26</v>
+      </c>
+      <c r="M320" t="s">
+        <v>27</v>
+      </c>
+      <c r="N320" t="s">
+        <v>28</v>
+      </c>
+      <c r="O320" t="s">
         <v>2970</v>
-      </c>
-[...19 lines deleted...]
-        <v>2972</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6379</v>
+        <v>6180</v>
       </c>
       <c r="B321" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C321" t="s">
+        <v>2972</v>
+      </c>
+      <c r="D321" t="s">
         <v>2973</v>
       </c>
-      <c r="C321" t="s">
+      <c r="E321" t="s">
         <v>2974</v>
       </c>
-      <c r="D321" t="s">
+      <c r="F321" t="s">
         <v>2975</v>
       </c>
-      <c r="E321" t="s">
+      <c r="G321" t="s">
         <v>2976</v>
       </c>
-      <c r="F321" t="s">
+      <c r="H321" t="s">
         <v>2977</v>
       </c>
-      <c r="G321" t="s">
+      <c r="I321" t="s">
         <v>2978</v>
-      </c>
-[...4 lines deleted...]
-        <v>2980</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
         <v>25</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
         <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2981</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6454</v>
+        <v>6203</v>
       </c>
       <c r="B322" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C322" t="s">
+        <v>2981</v>
+      </c>
+      <c r="D322" t="s">
         <v>2982</v>
       </c>
-      <c r="C322" t="s">
+      <c r="E322" t="s">
         <v>2983</v>
       </c>
-      <c r="D322" t="s">
+      <c r="F322" t="s">
         <v>2984</v>
       </c>
-      <c r="E322" t="s">
+      <c r="G322" t="s">
         <v>2985</v>
       </c>
-      <c r="F322" t="s">
+      <c r="H322" t="s">
         <v>2986</v>
       </c>
-      <c r="G322" t="s">
+      <c r="I322" t="s">
         <v>2987</v>
-      </c>
-[...4 lines deleted...]
-        <v>2989</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
         <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2990</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6460</v>
+        <v>6208</v>
       </c>
       <c r="B323" t="s">
+        <v>2989</v>
+      </c>
+      <c r="C323" t="s">
+        <v>2990</v>
+      </c>
+      <c r="D323" t="s">
         <v>2991</v>
       </c>
-      <c r="C323" t="s">
+      <c r="E323" t="s">
         <v>2992</v>
       </c>
-      <c r="D323" t="s">
+      <c r="F323" t="s">
         <v>2993</v>
       </c>
-      <c r="E323" t="s">
+      <c r="G323" t="s">
         <v>2994</v>
       </c>
-      <c r="F323" t="s">
+      <c r="H323" t="s">
         <v>2995</v>
       </c>
-      <c r="G323" t="s">
+      <c r="I323" t="s">
         <v>2996</v>
       </c>
-      <c r="H323" t="s">
+      <c r="J323" t="s">
+        <v>24</v>
+      </c>
+      <c r="K323" t="s">
+        <v>170</v>
+      </c>
+      <c r="L323" t="s">
+        <v>26</v>
+      </c>
+      <c r="M323" t="s">
+        <v>171</v>
+      </c>
+      <c r="N323" t="s">
+        <v>28</v>
+      </c>
+      <c r="O323" t="s">
         <v>2997</v>
-      </c>
-[...19 lines deleted...]
-        <v>2999</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6468</v>
+        <v>6211</v>
       </c>
       <c r="B324" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C324" t="s">
+        <v>2999</v>
+      </c>
+      <c r="D324" t="s">
         <v>3000</v>
       </c>
-      <c r="C324" t="s">
+      <c r="E324" t="s">
         <v>3001</v>
       </c>
-      <c r="D324" t="s">
+      <c r="F324" t="s">
         <v>3002</v>
       </c>
-      <c r="E324" t="s">
+      <c r="G324" t="s">
         <v>3003</v>
       </c>
-      <c r="F324" t="s">
+      <c r="H324" t="s">
         <v>3004</v>
       </c>
-      <c r="G324" t="s">
+      <c r="I324" t="s">
         <v>3005</v>
       </c>
-      <c r="H324" t="s">
+      <c r="J324" t="s">
+        <v>24</v>
+      </c>
+      <c r="K324" t="s">
+        <v>170</v>
+      </c>
+      <c r="L324" t="s">
+        <v>26</v>
+      </c>
+      <c r="M324" t="s">
+        <v>171</v>
+      </c>
+      <c r="N324" t="s">
+        <v>28</v>
+      </c>
+      <c r="O324" t="s">
         <v>3006</v>
-      </c>
-[...19 lines deleted...]
-        <v>3008</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6611</v>
+        <v>6215</v>
       </c>
       <c r="B325" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C325" t="s">
+        <v>3008</v>
+      </c>
+      <c r="D325" t="s">
         <v>3009</v>
       </c>
-      <c r="C325" t="s">
+      <c r="E325" t="s">
         <v>3010</v>
       </c>
-      <c r="D325" t="s">
+      <c r="F325" t="s">
         <v>3011</v>
       </c>
-      <c r="E325" t="s">
+      <c r="G325" t="s">
         <v>3012</v>
       </c>
-      <c r="F325" t="s">
+      <c r="H325" t="s">
         <v>3013</v>
       </c>
-      <c r="G325" t="s">
+      <c r="I325" t="s">
         <v>3014</v>
       </c>
-      <c r="H325" t="s">
+      <c r="J325" t="s">
+        <v>24</v>
+      </c>
+      <c r="K325" t="s">
+        <v>170</v>
+      </c>
+      <c r="L325" t="s">
+        <v>26</v>
+      </c>
+      <c r="M325" t="s">
+        <v>171</v>
+      </c>
+      <c r="N325" t="s">
+        <v>28</v>
+      </c>
+      <c r="O325" t="s">
         <v>3015</v>
-      </c>
-[...19 lines deleted...]
-        <v>3017</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6615</v>
+        <v>6222</v>
       </c>
       <c r="B326" t="s">
+        <v>3016</v>
+      </c>
+      <c r="C326" t="s">
+        <v>3017</v>
+      </c>
+      <c r="D326" t="s">
         <v>3018</v>
       </c>
-      <c r="C326" t="s">
+      <c r="E326" t="s">
         <v>3019</v>
       </c>
-      <c r="D326" t="s">
+      <c r="F326" t="s">
         <v>3020</v>
       </c>
-      <c r="E326" t="s">
+      <c r="G326" t="s">
         <v>3021</v>
       </c>
-      <c r="F326" t="s">
+      <c r="H326" t="s">
         <v>3022</v>
       </c>
-      <c r="G326" t="s">
+      <c r="I326" t="s">
         <v>3023</v>
       </c>
-      <c r="H326" t="s">
+      <c r="J326" t="s">
+        <v>2838</v>
+      </c>
+      <c r="K326" t="s">
+        <v>905</v>
+      </c>
+      <c r="L326" t="s">
+        <v>2840</v>
+      </c>
+      <c r="M326" t="s">
+        <v>906</v>
+      </c>
+      <c r="N326" t="s">
+        <v>28</v>
+      </c>
+      <c r="O326" t="s">
         <v>3024</v>
-      </c>
-[...19 lines deleted...]
-        <v>3026</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6761</v>
+        <v>6254</v>
       </c>
       <c r="B327" t="s">
+        <v>3025</v>
+      </c>
+      <c r="C327" t="s">
+        <v>3026</v>
+      </c>
+      <c r="D327" t="s">
         <v>3027</v>
       </c>
-      <c r="C327" t="s">
+      <c r="E327" t="s">
         <v>3028</v>
       </c>
-      <c r="D327" t="s">
+      <c r="F327" t="s">
         <v>3029</v>
       </c>
-      <c r="E327" t="s">
+      <c r="G327" t="s">
         <v>3030</v>
       </c>
-      <c r="F327" t="s">
+      <c r="H327" t="s">
         <v>3031</v>
       </c>
-      <c r="G327" t="s">
+      <c r="I327" t="s">
         <v>3032</v>
       </c>
-      <c r="H327" t="s">
+      <c r="J327" t="s">
+        <v>24</v>
+      </c>
+      <c r="K327" t="s">
+        <v>170</v>
+      </c>
+      <c r="L327" t="s">
+        <v>26</v>
+      </c>
+      <c r="M327" t="s">
+        <v>171</v>
+      </c>
+      <c r="N327" t="s">
+        <v>28</v>
+      </c>
+      <c r="O327" t="s">
         <v>3033</v>
-      </c>
-[...19 lines deleted...]
-        <v>3035</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6762</v>
+        <v>6255</v>
       </c>
       <c r="B328" t="s">
+        <v>3034</v>
+      </c>
+      <c r="C328" t="s">
+        <v>3035</v>
+      </c>
+      <c r="D328" t="s">
         <v>3036</v>
       </c>
-      <c r="C328" t="s">
+      <c r="E328" t="s">
         <v>3037</v>
       </c>
-      <c r="D328" t="s">
+      <c r="F328" t="s">
         <v>3038</v>
       </c>
-      <c r="E328" t="s">
+      <c r="G328" t="s">
         <v>3039</v>
       </c>
-      <c r="F328" t="s">
+      <c r="H328" t="s">
         <v>3040</v>
       </c>
-      <c r="G328" t="s">
+      <c r="I328" t="s">
         <v>3041</v>
       </c>
-      <c r="H328" t="s">
+      <c r="J328" t="s">
+        <v>24</v>
+      </c>
+      <c r="K328" t="s">
         <v>3042</v>
       </c>
-      <c r="I328" t="s">
+      <c r="L328" t="s">
+        <v>26</v>
+      </c>
+      <c r="M328" t="s">
         <v>3043</v>
-      </c>
-[...10 lines deleted...]
-        <v>673</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
         <v>3044</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6765</v>
+        <v>6258</v>
       </c>
       <c r="B329" t="s">
         <v>3045</v>
       </c>
       <c r="C329" t="s">
         <v>3046</v>
       </c>
       <c r="D329" t="s">
         <v>3047</v>
       </c>
       <c r="E329" t="s">
         <v>3048</v>
       </c>
       <c r="F329" t="s">
         <v>3049</v>
       </c>
       <c r="G329" t="s">
         <v>3050</v>
       </c>
       <c r="H329" t="s">
         <v>3051</v>
       </c>
       <c r="I329" t="s">
         <v>3052</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
         <v>3053</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6982</v>
+        <v>6259</v>
       </c>
       <c r="B330" t="s">
         <v>3054</v>
       </c>
       <c r="C330" t="s">
         <v>3055</v>
       </c>
       <c r="D330" t="s">
         <v>3056</v>
       </c>
       <c r="E330" t="s">
         <v>3057</v>
       </c>
       <c r="F330" t="s">
         <v>3058</v>
       </c>
       <c r="G330" t="s">
         <v>3059</v>
       </c>
       <c r="H330" t="s">
         <v>3060</v>
       </c>
       <c r="I330" t="s">
         <v>3061</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
+        <v>170</v>
+      </c>
+      <c r="L330" t="s">
+        <v>26</v>
+      </c>
+      <c r="M330" t="s">
+        <v>171</v>
+      </c>
+      <c r="N330" t="s">
+        <v>28</v>
+      </c>
+      <c r="O330" t="s">
         <v>3062</v>
-      </c>
-[...10 lines deleted...]
-        <v>3064</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>8265</v>
+        <v>6261</v>
       </c>
       <c r="B331" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C331" t="s">
+        <v>3064</v>
+      </c>
+      <c r="D331" t="s">
         <v>3065</v>
       </c>
-      <c r="C331" t="s">
+      <c r="E331" t="s">
         <v>3066</v>
       </c>
-      <c r="D331" t="s">
+      <c r="F331" t="s">
         <v>3067</v>
       </c>
-      <c r="E331" t="s">
+      <c r="G331" t="s">
         <v>3068</v>
       </c>
-      <c r="F331" t="s">
+      <c r="H331" t="s">
         <v>3069</v>
       </c>
-      <c r="G331" t="s">
+      <c r="I331" t="s">
         <v>3070</v>
       </c>
-      <c r="H331" t="s">
+      <c r="J331" t="s">
+        <v>24</v>
+      </c>
+      <c r="K331" t="s">
+        <v>47</v>
+      </c>
+      <c r="L331" t="s">
+        <v>26</v>
+      </c>
+      <c r="M331" t="s">
+        <v>48</v>
+      </c>
+      <c r="N331" t="s">
+        <v>28</v>
+      </c>
+      <c r="O331" t="s">
         <v>3071</v>
-      </c>
-[...19 lines deleted...]
-        <v>3075</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>8289</v>
+        <v>6263</v>
       </c>
       <c r="B332" t="s">
+        <v>3072</v>
+      </c>
+      <c r="C332" t="s">
+        <v>3073</v>
+      </c>
+      <c r="D332" t="s">
+        <v>3074</v>
+      </c>
+      <c r="E332" t="s">
+        <v>3075</v>
+      </c>
+      <c r="F332" t="s">
         <v>3076</v>
       </c>
-      <c r="C332" t="s">
+      <c r="G332" t="s">
         <v>3077</v>
       </c>
-      <c r="D332" t="s">
+      <c r="H332" t="s">
         <v>3078</v>
       </c>
-      <c r="E332" t="s">
+      <c r="I332" t="s">
         <v>3079</v>
       </c>
-      <c r="F332" t="s">
+      <c r="J332" t="s">
+        <v>24</v>
+      </c>
+      <c r="K332" t="s">
+        <v>170</v>
+      </c>
+      <c r="L332" t="s">
+        <v>26</v>
+      </c>
+      <c r="M332" t="s">
+        <v>171</v>
+      </c>
+      <c r="N332" t="s">
+        <v>28</v>
+      </c>
+      <c r="O332" t="s">
         <v>3080</v>
-      </c>
-[...25 lines deleted...]
-        <v>3084</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>8294</v>
+        <v>6272</v>
       </c>
       <c r="B333" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C333" t="s">
+        <v>3082</v>
+      </c>
+      <c r="D333" t="s">
+        <v>3083</v>
+      </c>
+      <c r="E333" t="s">
+        <v>3084</v>
+      </c>
+      <c r="F333" t="s">
         <v>3085</v>
       </c>
-      <c r="C333" t="s">
+      <c r="G333" t="s">
         <v>3086</v>
       </c>
-      <c r="D333" t="s">
+      <c r="H333" t="s">
         <v>3087</v>
       </c>
-      <c r="E333" t="s">
+      <c r="I333" t="s">
         <v>3088</v>
       </c>
-      <c r="F333" t="s">
+      <c r="J333" t="s">
+        <v>24</v>
+      </c>
+      <c r="K333" t="s">
+        <v>170</v>
+      </c>
+      <c r="L333" t="s">
+        <v>26</v>
+      </c>
+      <c r="M333" t="s">
+        <v>171</v>
+      </c>
+      <c r="N333" t="s">
+        <v>28</v>
+      </c>
+      <c r="O333" t="s">
         <v>3089</v>
-      </c>
-[...25 lines deleted...]
-        <v>3093</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>8315</v>
+        <v>6274</v>
       </c>
       <c r="B334" t="s">
+        <v>3090</v>
+      </c>
+      <c r="C334" t="s">
+        <v>3091</v>
+      </c>
+      <c r="D334" t="s">
+        <v>3092</v>
+      </c>
+      <c r="E334" t="s">
+        <v>3093</v>
+      </c>
+      <c r="F334" t="s">
         <v>3094</v>
       </c>
-      <c r="C334" t="s">
+      <c r="G334" t="s">
         <v>3095</v>
       </c>
-      <c r="D334" t="s">
+      <c r="H334" t="s">
         <v>3096</v>
       </c>
-      <c r="E334" t="s">
+      <c r="I334" t="s">
         <v>3097</v>
-      </c>
-[...10 lines deleted...]
-        <v>3101</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3102</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>8341</v>
+        <v>6275</v>
       </c>
       <c r="B335" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C335" t="s">
+        <v>3100</v>
+      </c>
+      <c r="D335" t="s">
+        <v>3101</v>
+      </c>
+      <c r="E335" t="s">
+        <v>3102</v>
+      </c>
+      <c r="F335" t="s">
         <v>3103</v>
       </c>
-      <c r="C335" t="s">
+      <c r="G335" t="s">
         <v>3104</v>
       </c>
-      <c r="D335" t="s">
+      <c r="H335" t="s">
         <v>3105</v>
       </c>
-      <c r="E335" t="s">
+      <c r="I335" t="s">
         <v>3106</v>
       </c>
-      <c r="F335" t="s">
+      <c r="J335" t="s">
+        <v>450</v>
+      </c>
+      <c r="K335" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L335" t="s">
+        <v>452</v>
+      </c>
+      <c r="M335" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N335" t="s">
+        <v>28</v>
+      </c>
+      <c r="O335" t="s">
         <v>3107</v>
-      </c>
-[...25 lines deleted...]
-        <v>3111</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>8343</v>
+        <v>6327</v>
       </c>
       <c r="B336" t="s">
+        <v>3108</v>
+      </c>
+      <c r="C336" t="s">
+        <v>3109</v>
+      </c>
+      <c r="D336" t="s">
+        <v>3110</v>
+      </c>
+      <c r="E336" t="s">
+        <v>3111</v>
+      </c>
+      <c r="F336" t="s">
         <v>3112</v>
       </c>
-      <c r="C336" t="s">
+      <c r="G336" t="s">
         <v>3113</v>
       </c>
-      <c r="D336" t="s">
+      <c r="H336" t="s">
         <v>3114</v>
       </c>
-      <c r="E336" t="s">
+      <c r="I336" t="s">
         <v>3115</v>
       </c>
-      <c r="F336" t="s">
+      <c r="J336" t="s">
+        <v>24</v>
+      </c>
+      <c r="K336" t="s">
+        <v>47</v>
+      </c>
+      <c r="L336" t="s">
+        <v>26</v>
+      </c>
+      <c r="M336" t="s">
+        <v>48</v>
+      </c>
+      <c r="N336" t="s">
+        <v>28</v>
+      </c>
+      <c r="O336" t="s">
         <v>3116</v>
-      </c>
-[...25 lines deleted...]
-        <v>3120</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>8344</v>
+        <v>6337</v>
       </c>
       <c r="B337" t="s">
+        <v>3117</v>
+      </c>
+      <c r="C337" t="s">
+        <v>3118</v>
+      </c>
+      <c r="D337" t="s">
+        <v>3119</v>
+      </c>
+      <c r="E337" t="s">
+        <v>3120</v>
+      </c>
+      <c r="F337" t="s">
         <v>3121</v>
       </c>
-      <c r="C337" t="s">
+      <c r="G337" t="s">
         <v>3122</v>
       </c>
-      <c r="D337" t="s">
+      <c r="H337" t="s">
         <v>3123</v>
       </c>
-      <c r="E337" t="s">
+      <c r="I337" t="s">
         <v>3124</v>
       </c>
-      <c r="F337" t="s">
+      <c r="J337" t="s">
+        <v>24</v>
+      </c>
+      <c r="K337" t="s">
+        <v>47</v>
+      </c>
+      <c r="L337" t="s">
+        <v>26</v>
+      </c>
+      <c r="M337" t="s">
+        <v>48</v>
+      </c>
+      <c r="N337" t="s">
+        <v>28</v>
+      </c>
+      <c r="O337" t="s">
         <v>3125</v>
-      </c>
-[...25 lines deleted...]
-        <v>3129</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>8355</v>
+        <v>6361</v>
       </c>
       <c r="B338" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C338" t="s">
+        <v>3127</v>
+      </c>
+      <c r="D338" t="s">
+        <v>3128</v>
+      </c>
+      <c r="E338" t="s">
+        <v>3129</v>
+      </c>
+      <c r="F338" t="s">
         <v>3130</v>
       </c>
-      <c r="C338" t="s">
+      <c r="G338" t="s">
         <v>3131</v>
       </c>
-      <c r="D338" t="s">
+      <c r="H338" t="s">
         <v>3132</v>
       </c>
-      <c r="E338" t="s">
+      <c r="I338" t="s">
         <v>3133</v>
       </c>
-      <c r="F338" t="s">
+      <c r="J338" t="s">
+        <v>24</v>
+      </c>
+      <c r="K338" t="s">
+        <v>170</v>
+      </c>
+      <c r="L338" t="s">
+        <v>26</v>
+      </c>
+      <c r="M338" t="s">
+        <v>171</v>
+      </c>
+      <c r="N338" t="s">
+        <v>28</v>
+      </c>
+      <c r="O338" t="s">
         <v>3134</v>
-      </c>
-[...25 lines deleted...]
-        <v>3140</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>8357</v>
+        <v>6379</v>
       </c>
       <c r="B339" t="s">
+        <v>3135</v>
+      </c>
+      <c r="C339" t="s">
+        <v>3136</v>
+      </c>
+      <c r="D339" t="s">
+        <v>3137</v>
+      </c>
+      <c r="E339" t="s">
+        <v>3138</v>
+      </c>
+      <c r="F339" t="s">
+        <v>3139</v>
+      </c>
+      <c r="G339" t="s">
+        <v>3140</v>
+      </c>
+      <c r="H339" t="s">
         <v>3141</v>
       </c>
-      <c r="C339" t="s">
+      <c r="I339" t="s">
         <v>3142</v>
       </c>
-      <c r="D339" t="s">
+      <c r="J339" t="s">
+        <v>24</v>
+      </c>
+      <c r="K339" t="s">
+        <v>25</v>
+      </c>
+      <c r="L339" t="s">
+        <v>26</v>
+      </c>
+      <c r="M339" t="s">
+        <v>27</v>
+      </c>
+      <c r="N339" t="s">
+        <v>28</v>
+      </c>
+      <c r="O339" t="s">
         <v>3143</v>
-      </c>
-[...31 lines deleted...]
-        <v>3149</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>8377</v>
+        <v>6454</v>
       </c>
       <c r="B340" t="s">
+        <v>3144</v>
+      </c>
+      <c r="C340" t="s">
+        <v>3145</v>
+      </c>
+      <c r="D340" t="s">
+        <v>3146</v>
+      </c>
+      <c r="E340" t="s">
+        <v>3147</v>
+      </c>
+      <c r="F340" t="s">
+        <v>3148</v>
+      </c>
+      <c r="G340" t="s">
+        <v>3149</v>
+      </c>
+      <c r="H340" t="s">
         <v>3150</v>
       </c>
-      <c r="C340" t="s">
+      <c r="I340" t="s">
         <v>3151</v>
       </c>
-      <c r="D340" t="s">
+      <c r="J340" t="s">
+        <v>24</v>
+      </c>
+      <c r="K340" t="s">
+        <v>170</v>
+      </c>
+      <c r="L340" t="s">
+        <v>26</v>
+      </c>
+      <c r="M340" t="s">
+        <v>171</v>
+      </c>
+      <c r="N340" t="s">
+        <v>28</v>
+      </c>
+      <c r="O340" t="s">
         <v>3152</v>
-      </c>
-[...31 lines deleted...]
-        <v>3158</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>8386</v>
+        <v>6460</v>
       </c>
       <c r="B341" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C341" t="s">
+        <v>3154</v>
+      </c>
+      <c r="D341" t="s">
+        <v>3155</v>
+      </c>
+      <c r="E341" t="s">
+        <v>3156</v>
+      </c>
+      <c r="F341" t="s">
+        <v>3157</v>
+      </c>
+      <c r="G341" t="s">
+        <v>3158</v>
+      </c>
+      <c r="H341" t="s">
         <v>3159</v>
       </c>
-      <c r="C341" t="s">
+      <c r="I341" t="s">
         <v>3160</v>
       </c>
-      <c r="D341" t="s">
+      <c r="J341" t="s">
+        <v>24</v>
+      </c>
+      <c r="K341" t="s">
+        <v>25</v>
+      </c>
+      <c r="L341" t="s">
+        <v>26</v>
+      </c>
+      <c r="M341" t="s">
+        <v>27</v>
+      </c>
+      <c r="N341" t="s">
+        <v>28</v>
+      </c>
+      <c r="O341" t="s">
         <v>3161</v>
-      </c>
-[...31 lines deleted...]
-        <v>3167</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>8387</v>
+        <v>6468</v>
       </c>
       <c r="B342" t="s">
+        <v>3162</v>
+      </c>
+      <c r="C342" t="s">
+        <v>3163</v>
+      </c>
+      <c r="D342" t="s">
+        <v>3164</v>
+      </c>
+      <c r="E342" t="s">
+        <v>3165</v>
+      </c>
+      <c r="F342" t="s">
+        <v>3166</v>
+      </c>
+      <c r="G342" t="s">
+        <v>3167</v>
+      </c>
+      <c r="H342" t="s">
         <v>3168</v>
       </c>
-      <c r="C342" t="s">
+      <c r="I342" t="s">
         <v>3169</v>
-      </c>
-[...16 lines deleted...]
-        <v>3175</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3176</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>8388</v>
+        <v>6611</v>
       </c>
       <c r="B343" t="s">
+        <v>3171</v>
+      </c>
+      <c r="C343" t="s">
+        <v>3172</v>
+      </c>
+      <c r="D343" t="s">
+        <v>3173</v>
+      </c>
+      <c r="E343" t="s">
+        <v>3174</v>
+      </c>
+      <c r="F343" t="s">
+        <v>3175</v>
+      </c>
+      <c r="G343" t="s">
+        <v>3176</v>
+      </c>
+      <c r="H343" t="s">
         <v>3177</v>
       </c>
-      <c r="C343" t="s">
+      <c r="I343" t="s">
         <v>3178</v>
       </c>
-      <c r="D343" t="s">
+      <c r="J343" t="s">
+        <v>24</v>
+      </c>
+      <c r="K343" t="s">
+        <v>25</v>
+      </c>
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="M343" t="s">
+        <v>27</v>
+      </c>
+      <c r="N343" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" t="s">
         <v>3179</v>
-      </c>
-[...31 lines deleted...]
-        <v>3185</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8392</v>
+        <v>6615</v>
       </c>
       <c r="B344" t="s">
+        <v>3180</v>
+      </c>
+      <c r="C344" t="s">
+        <v>3181</v>
+      </c>
+      <c r="D344" t="s">
+        <v>3182</v>
+      </c>
+      <c r="E344" t="s">
+        <v>3183</v>
+      </c>
+      <c r="F344" t="s">
+        <v>3184</v>
+      </c>
+      <c r="G344" t="s">
+        <v>3185</v>
+      </c>
+      <c r="H344" t="s">
         <v>3186</v>
       </c>
-      <c r="C344" t="s">
+      <c r="I344" t="s">
         <v>3187</v>
       </c>
-      <c r="D344" t="s">
+      <c r="J344" t="s">
+        <v>24</v>
+      </c>
+      <c r="K344" t="s">
+        <v>25</v>
+      </c>
+      <c r="L344" t="s">
+        <v>26</v>
+      </c>
+      <c r="M344" t="s">
+        <v>27</v>
+      </c>
+      <c r="N344" t="s">
+        <v>28</v>
+      </c>
+      <c r="O344" t="s">
         <v>3188</v>
-      </c>
-[...31 lines deleted...]
-        <v>3194</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8402</v>
+        <v>6761</v>
       </c>
       <c r="B345" t="s">
+        <v>3189</v>
+      </c>
+      <c r="C345" t="s">
+        <v>3190</v>
+      </c>
+      <c r="D345" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E345" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F345" t="s">
+        <v>3193</v>
+      </c>
+      <c r="G345" t="s">
+        <v>3194</v>
+      </c>
+      <c r="H345" t="s">
         <v>3195</v>
       </c>
-      <c r="C345" t="s">
+      <c r="I345" t="s">
         <v>3196</v>
       </c>
-      <c r="D345" t="s">
+      <c r="J345" t="s">
+        <v>24</v>
+      </c>
+      <c r="K345" t="s">
+        <v>25</v>
+      </c>
+      <c r="L345" t="s">
+        <v>26</v>
+      </c>
+      <c r="M345" t="s">
+        <v>27</v>
+      </c>
+      <c r="N345" t="s">
+        <v>28</v>
+      </c>
+      <c r="O345" t="s">
         <v>3197</v>
-      </c>
-[...31 lines deleted...]
-        <v>3203</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8902</v>
+        <v>6762</v>
       </c>
       <c r="B346" t="s">
+        <v>3198</v>
+      </c>
+      <c r="C346" t="s">
+        <v>3199</v>
+      </c>
+      <c r="D346" t="s">
+        <v>3200</v>
+      </c>
+      <c r="E346" t="s">
+        <v>3201</v>
+      </c>
+      <c r="F346" t="s">
+        <v>3202</v>
+      </c>
+      <c r="G346" t="s">
+        <v>3203</v>
+      </c>
+      <c r="H346" t="s">
         <v>3204</v>
       </c>
-      <c r="C346" t="s">
+      <c r="I346" t="s">
         <v>3205</v>
       </c>
-      <c r="D346" t="s">
+      <c r="J346" t="s">
+        <v>450</v>
+      </c>
+      <c r="K346" t="s">
+        <v>690</v>
+      </c>
+      <c r="L346" t="s">
+        <v>452</v>
+      </c>
+      <c r="M346" t="s">
+        <v>691</v>
+      </c>
+      <c r="N346" t="s">
+        <v>28</v>
+      </c>
+      <c r="O346" t="s">
         <v>3206</v>
-      </c>
-[...31 lines deleted...]
-        <v>3212</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>8903</v>
+        <v>6765</v>
       </c>
       <c r="B347" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C347" t="s">
+        <v>3208</v>
+      </c>
+      <c r="D347" t="s">
+        <v>3209</v>
+      </c>
+      <c r="E347" t="s">
+        <v>3210</v>
+      </c>
+      <c r="F347" t="s">
+        <v>3211</v>
+      </c>
+      <c r="G347" t="s">
+        <v>3212</v>
+      </c>
+      <c r="H347" t="s">
         <v>3213</v>
       </c>
-      <c r="C347" t="s">
+      <c r="I347" t="s">
         <v>3214</v>
-      </c>
-[...16 lines deleted...]
-        <v>3220</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
         <v>170</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
         <v>171</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3221</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>8904</v>
+        <v>6982</v>
       </c>
       <c r="B348" t="s">
+        <v>3216</v>
+      </c>
+      <c r="C348" t="s">
+        <v>3217</v>
+      </c>
+      <c r="D348" t="s">
+        <v>3218</v>
+      </c>
+      <c r="E348" t="s">
+        <v>3219</v>
+      </c>
+      <c r="F348" t="s">
+        <v>3220</v>
+      </c>
+      <c r="G348" t="s">
+        <v>3221</v>
+      </c>
+      <c r="H348" t="s">
         <v>3222</v>
       </c>
-      <c r="C348" t="s">
+      <c r="I348" t="s">
         <v>3223</v>
       </c>
-      <c r="D348" t="s">
+      <c r="J348" t="s">
+        <v>24</v>
+      </c>
+      <c r="K348" t="s">
         <v>3224</v>
       </c>
-      <c r="E348" t="s">
+      <c r="L348" t="s">
+        <v>26</v>
+      </c>
+      <c r="M348" t="s">
         <v>3225</v>
       </c>
-      <c r="F348" t="s">
+      <c r="N348" t="s">
+        <v>28</v>
+      </c>
+      <c r="O348" t="s">
         <v>3226</v>
-      </c>
-[...25 lines deleted...]
-        <v>3230</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8914</v>
+        <v>8265</v>
       </c>
       <c r="B349" t="s">
+        <v>3227</v>
+      </c>
+      <c r="C349" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D349" t="s">
+        <v>3229</v>
+      </c>
+      <c r="E349" t="s">
+        <v>3230</v>
+      </c>
+      <c r="F349" t="s">
         <v>3231</v>
       </c>
-      <c r="C349" t="s">
+      <c r="G349" t="s">
         <v>3232</v>
       </c>
-      <c r="D349" t="s">
+      <c r="H349" t="s">
         <v>3233</v>
       </c>
-      <c r="E349" t="s">
+      <c r="I349" t="s">
         <v>3234</v>
       </c>
-      <c r="F349" t="s">
+      <c r="J349" t="s">
+        <v>24</v>
+      </c>
+      <c r="K349" t="s">
         <v>3235</v>
       </c>
-      <c r="G349" t="s">
+      <c r="L349" t="s">
+        <v>26</v>
+      </c>
+      <c r="M349" t="s">
         <v>3236</v>
       </c>
-      <c r="H349" t="s">
+      <c r="N349" t="s">
+        <v>28</v>
+      </c>
+      <c r="O349" t="s">
         <v>3237</v>
-      </c>
-[...19 lines deleted...]
-        <v>3239</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8918</v>
+        <v>8289</v>
       </c>
       <c r="B350" t="s">
+        <v>3238</v>
+      </c>
+      <c r="C350" t="s">
+        <v>3239</v>
+      </c>
+      <c r="D350" t="s">
         <v>3240</v>
       </c>
-      <c r="C350" t="s">
+      <c r="E350" t="s">
         <v>3241</v>
       </c>
-      <c r="D350" t="s">
+      <c r="F350" t="s">
         <v>3242</v>
       </c>
-      <c r="E350" t="s">
+      <c r="G350" t="s">
         <v>3243</v>
       </c>
-      <c r="F350" t="s">
+      <c r="H350" t="s">
         <v>3244</v>
       </c>
-      <c r="G350" t="s">
+      <c r="I350" t="s">
         <v>3245</v>
       </c>
-      <c r="H350" t="s">
+      <c r="J350" t="s">
+        <v>24</v>
+      </c>
+      <c r="K350" t="s">
+        <v>451</v>
+      </c>
+      <c r="L350" t="s">
+        <v>26</v>
+      </c>
+      <c r="M350" t="s">
+        <v>453</v>
+      </c>
+      <c r="N350" t="s">
+        <v>28</v>
+      </c>
+      <c r="O350" t="s">
         <v>3246</v>
-      </c>
-[...19 lines deleted...]
-        <v>3248</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>8945</v>
+        <v>8294</v>
       </c>
       <c r="B351" t="s">
+        <v>3247</v>
+      </c>
+      <c r="C351" t="s">
+        <v>3248</v>
+      </c>
+      <c r="D351" t="s">
         <v>3249</v>
       </c>
-      <c r="C351" t="s">
+      <c r="E351" t="s">
         <v>3250</v>
       </c>
-      <c r="D351" t="s">
+      <c r="F351" t="s">
         <v>3251</v>
       </c>
-      <c r="E351" t="s">
+      <c r="G351" t="s">
         <v>3252</v>
       </c>
-      <c r="F351" t="s">
+      <c r="H351" t="s">
         <v>3253</v>
       </c>
-      <c r="G351" t="s">
+      <c r="I351" t="s">
         <v>3254</v>
       </c>
-      <c r="H351" t="s">
+      <c r="J351" t="s">
+        <v>450</v>
+      </c>
+      <c r="K351" t="s">
+        <v>746</v>
+      </c>
+      <c r="L351" t="s">
+        <v>452</v>
+      </c>
+      <c r="M351" t="s">
+        <v>747</v>
+      </c>
+      <c r="N351" t="s">
+        <v>28</v>
+      </c>
+      <c r="O351" t="s">
         <v>3255</v>
-      </c>
-[...19 lines deleted...]
-        <v>3257</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8950</v>
+        <v>8315</v>
       </c>
       <c r="B352" t="s">
+        <v>3256</v>
+      </c>
+      <c r="C352" t="s">
+        <v>3257</v>
+      </c>
+      <c r="D352" t="s">
         <v>3258</v>
       </c>
-      <c r="C352" t="s">
+      <c r="E352" t="s">
         <v>3259</v>
       </c>
-      <c r="D352" t="s">
+      <c r="F352" t="s">
         <v>3260</v>
       </c>
-      <c r="E352" t="s">
+      <c r="G352" t="s">
         <v>3261</v>
       </c>
-      <c r="F352" t="s">
+      <c r="H352" t="s">
         <v>3262</v>
       </c>
-      <c r="G352" t="s">
+      <c r="I352" t="s">
         <v>3263</v>
-      </c>
-[...4 lines deleted...]
-        <v>3265</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3266</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8951</v>
+        <v>8341</v>
       </c>
       <c r="B353" t="s">
+        <v>3265</v>
+      </c>
+      <c r="C353" t="s">
+        <v>3266</v>
+      </c>
+      <c r="D353" t="s">
         <v>3267</v>
       </c>
-      <c r="C353" t="s">
+      <c r="E353" t="s">
         <v>3268</v>
       </c>
-      <c r="D353" t="s">
+      <c r="F353" t="s">
         <v>3269</v>
       </c>
-      <c r="E353" t="s">
+      <c r="G353" t="s">
         <v>3270</v>
       </c>
-      <c r="F353" t="s">
+      <c r="H353" t="s">
         <v>3271</v>
       </c>
-      <c r="G353" t="s">
+      <c r="I353" t="s">
         <v>3272</v>
-      </c>
-[...4 lines deleted...]
-        <v>3274</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>170</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>171</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3275</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8959</v>
+        <v>8343</v>
       </c>
       <c r="B354" t="s">
+        <v>3274</v>
+      </c>
+      <c r="C354" t="s">
+        <v>3275</v>
+      </c>
+      <c r="D354" t="s">
         <v>3276</v>
       </c>
-      <c r="C354" t="s">
+      <c r="E354" t="s">
         <v>3277</v>
       </c>
-      <c r="D354" t="s">
+      <c r="F354" t="s">
         <v>3278</v>
       </c>
-      <c r="E354" t="s">
+      <c r="G354" t="s">
         <v>3279</v>
       </c>
-      <c r="F354" t="s">
+      <c r="H354" t="s">
         <v>3280</v>
       </c>
-      <c r="G354" t="s">
+      <c r="I354" t="s">
         <v>3281</v>
       </c>
-      <c r="H354" t="s">
+      <c r="J354" t="s">
+        <v>24</v>
+      </c>
+      <c r="K354" t="s">
+        <v>25</v>
+      </c>
+      <c r="L354" t="s">
+        <v>26</v>
+      </c>
+      <c r="M354" t="s">
+        <v>27</v>
+      </c>
+      <c r="N354" t="s">
+        <v>28</v>
+      </c>
+      <c r="O354" t="s">
         <v>3282</v>
-      </c>
-[...19 lines deleted...]
-        <v>3284</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>10014</v>
+        <v>8344</v>
       </c>
       <c r="B355" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C355" t="s">
+        <v>3284</v>
+      </c>
+      <c r="D355" t="s">
         <v>3285</v>
       </c>
-      <c r="C355" t="s">
+      <c r="E355" t="s">
         <v>3286</v>
       </c>
-      <c r="D355" t="s">
+      <c r="F355" t="s">
         <v>3287</v>
       </c>
-      <c r="E355" t="s">
+      <c r="G355" t="s">
         <v>3288</v>
       </c>
-      <c r="F355" t="s">
+      <c r="H355" t="s">
         <v>3289</v>
       </c>
-      <c r="G355" t="s">
+      <c r="I355" t="s">
         <v>3290</v>
       </c>
-      <c r="H355" t="s">
+      <c r="J355" t="s">
+        <v>24</v>
+      </c>
+      <c r="K355" t="s">
+        <v>170</v>
+      </c>
+      <c r="L355" t="s">
+        <v>26</v>
+      </c>
+      <c r="M355" t="s">
+        <v>171</v>
+      </c>
+      <c r="N355" t="s">
+        <v>28</v>
+      </c>
+      <c r="O355" t="s">
         <v>3291</v>
-      </c>
-[...19 lines deleted...]
-        <v>3295</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>10015</v>
+        <v>8355</v>
       </c>
       <c r="B356" t="s">
+        <v>3292</v>
+      </c>
+      <c r="C356" t="s">
+        <v>3293</v>
+      </c>
+      <c r="D356" t="s">
+        <v>3294</v>
+      </c>
+      <c r="E356" t="s">
+        <v>3295</v>
+      </c>
+      <c r="F356" t="s">
         <v>3296</v>
       </c>
-      <c r="C356" t="s">
+      <c r="G356" t="s">
         <v>3297</v>
       </c>
-      <c r="D356" t="s">
+      <c r="H356" t="s">
         <v>3298</v>
       </c>
-      <c r="E356" t="s">
+      <c r="I356" t="s">
         <v>3299</v>
       </c>
-      <c r="F356" t="s">
+      <c r="J356" t="s">
+        <v>24</v>
+      </c>
+      <c r="K356" t="s">
         <v>3300</v>
       </c>
-      <c r="G356" t="s">
+      <c r="L356" t="s">
+        <v>26</v>
+      </c>
+      <c r="M356" t="s">
         <v>3301</v>
       </c>
-      <c r="H356" t="s">
+      <c r="N356" t="s">
+        <v>28</v>
+      </c>
+      <c r="O356" t="s">
         <v>3302</v>
-      </c>
-[...19 lines deleted...]
-        <v>3304</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>10036</v>
+        <v>8357</v>
       </c>
       <c r="B357" t="s">
+        <v>3303</v>
+      </c>
+      <c r="C357" t="s">
+        <v>3304</v>
+      </c>
+      <c r="D357" t="s">
         <v>3305</v>
       </c>
-      <c r="C357" t="s">
+      <c r="E357" t="s">
         <v>3306</v>
       </c>
-      <c r="D357" t="s">
+      <c r="F357" t="s">
         <v>3307</v>
       </c>
-      <c r="E357" t="s">
+      <c r="G357" t="s">
         <v>3308</v>
       </c>
-      <c r="F357" t="s">
+      <c r="H357" t="s">
         <v>3309</v>
       </c>
-      <c r="G357" t="s">
+      <c r="I357" t="s">
         <v>3310</v>
       </c>
-      <c r="H357" t="s">
+      <c r="J357" t="s">
+        <v>24</v>
+      </c>
+      <c r="K357" t="s">
+        <v>3300</v>
+      </c>
+      <c r="L357" t="s">
+        <v>26</v>
+      </c>
+      <c r="M357" t="s">
+        <v>3301</v>
+      </c>
+      <c r="N357" t="s">
+        <v>28</v>
+      </c>
+      <c r="O357" t="s">
         <v>3311</v>
-      </c>
-[...19 lines deleted...]
-        <v>3313</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>10046</v>
+        <v>8377</v>
       </c>
       <c r="B358" t="s">
+        <v>3312</v>
+      </c>
+      <c r="C358" t="s">
+        <v>3313</v>
+      </c>
+      <c r="D358" t="s">
         <v>3314</v>
       </c>
-      <c r="C358" t="s">
+      <c r="E358" t="s">
         <v>3315</v>
       </c>
-      <c r="D358" t="s">
+      <c r="F358" t="s">
         <v>3316</v>
       </c>
-      <c r="E358" t="s">
+      <c r="G358" t="s">
         <v>3317</v>
       </c>
-      <c r="F358" t="s">
+      <c r="H358" t="s">
         <v>3318</v>
       </c>
-      <c r="G358" t="s">
+      <c r="I358" t="s">
         <v>3319</v>
       </c>
-      <c r="H358" t="s">
+      <c r="J358" t="s">
+        <v>24</v>
+      </c>
+      <c r="K358" t="s">
+        <v>25</v>
+      </c>
+      <c r="L358" t="s">
+        <v>26</v>
+      </c>
+      <c r="M358" t="s">
+        <v>27</v>
+      </c>
+      <c r="N358" t="s">
+        <v>28</v>
+      </c>
+      <c r="O358" t="s">
         <v>3320</v>
-      </c>
-[...19 lines deleted...]
-        <v>3322</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>10098</v>
+        <v>8386</v>
       </c>
       <c r="B359" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C359" t="s">
+        <v>3322</v>
+      </c>
+      <c r="D359" t="s">
         <v>3323</v>
       </c>
-      <c r="C359" t="s">
+      <c r="E359" t="s">
         <v>3324</v>
       </c>
-      <c r="D359" t="s">
+      <c r="F359" t="s">
         <v>3325</v>
       </c>
-      <c r="E359" t="s">
+      <c r="G359" t="s">
         <v>3326</v>
       </c>
-      <c r="F359" t="s">
+      <c r="H359" t="s">
         <v>3327</v>
       </c>
-      <c r="G359" t="s">
+      <c r="I359" t="s">
         <v>3328</v>
       </c>
-      <c r="H359" t="s">
+      <c r="J359" t="s">
+        <v>1851</v>
+      </c>
+      <c r="K359" t="s">
+        <v>170</v>
+      </c>
+      <c r="L359" t="s">
+        <v>1853</v>
+      </c>
+      <c r="M359" t="s">
+        <v>171</v>
+      </c>
+      <c r="N359" t="s">
+        <v>28</v>
+      </c>
+      <c r="O359" t="s">
         <v>3329</v>
-      </c>
-[...19 lines deleted...]
-        <v>3331</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>10101</v>
+        <v>8387</v>
       </c>
       <c r="B360" t="s">
+        <v>3330</v>
+      </c>
+      <c r="C360" t="s">
+        <v>3331</v>
+      </c>
+      <c r="D360" t="s">
         <v>3332</v>
       </c>
-      <c r="C360" t="s">
+      <c r="E360" t="s">
         <v>3333</v>
       </c>
-      <c r="D360" t="s">
+      <c r="F360" t="s">
         <v>3334</v>
       </c>
-      <c r="E360" t="s">
+      <c r="G360" t="s">
         <v>3335</v>
       </c>
-      <c r="F360" t="s">
+      <c r="H360" t="s">
         <v>3336</v>
       </c>
-      <c r="G360" t="s">
+      <c r="I360" t="s">
         <v>3337</v>
-      </c>
-[...4 lines deleted...]
-        <v>3339</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
         <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
         <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3340</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>10412</v>
+        <v>8388</v>
       </c>
       <c r="B361" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C361" t="s">
+        <v>3340</v>
+      </c>
+      <c r="D361" t="s">
         <v>3341</v>
       </c>
-      <c r="C361" t="s">
+      <c r="E361" t="s">
         <v>3342</v>
       </c>
-      <c r="D361" t="s">
+      <c r="F361" t="s">
         <v>3343</v>
       </c>
-      <c r="E361" t="s">
+      <c r="G361" t="s">
         <v>3344</v>
       </c>
-      <c r="F361" t="s">
+      <c r="H361" t="s">
         <v>3345</v>
       </c>
-      <c r="G361" t="s">
+      <c r="I361" t="s">
         <v>3346</v>
       </c>
-      <c r="H361" t="s">
+      <c r="J361" t="s">
+        <v>24</v>
+      </c>
+      <c r="K361" t="s">
+        <v>170</v>
+      </c>
+      <c r="L361" t="s">
+        <v>26</v>
+      </c>
+      <c r="M361" t="s">
+        <v>171</v>
+      </c>
+      <c r="N361" t="s">
+        <v>28</v>
+      </c>
+      <c r="O361" t="s">
         <v>3347</v>
-      </c>
-[...19 lines deleted...]
-        <v>3349</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>10603</v>
+        <v>8392</v>
       </c>
       <c r="B362" t="s">
+        <v>3348</v>
+      </c>
+      <c r="C362" t="s">
+        <v>3349</v>
+      </c>
+      <c r="D362" t="s">
         <v>3350</v>
       </c>
-      <c r="C362" t="s">
+      <c r="E362" t="s">
         <v>3351</v>
       </c>
-      <c r="D362" t="s">
+      <c r="F362" t="s">
         <v>3352</v>
       </c>
-      <c r="E362" t="s">
+      <c r="G362" t="s">
         <v>3353</v>
       </c>
-      <c r="F362" t="s">
+      <c r="H362" t="s">
         <v>3354</v>
       </c>
-      <c r="G362" t="s">
+      <c r="I362" t="s">
         <v>3355</v>
       </c>
-      <c r="H362" t="s">
+      <c r="J362" t="s">
+        <v>24</v>
+      </c>
+      <c r="K362" t="s">
+        <v>1852</v>
+      </c>
+      <c r="L362" t="s">
+        <v>26</v>
+      </c>
+      <c r="M362" t="s">
+        <v>1854</v>
+      </c>
+      <c r="N362" t="s">
+        <v>28</v>
+      </c>
+      <c r="O362" t="s">
         <v>3356</v>
-      </c>
-[...19 lines deleted...]
-        <v>3358</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>10647</v>
+        <v>8402</v>
       </c>
       <c r="B363" t="s">
+        <v>3357</v>
+      </c>
+      <c r="C363" t="s">
+        <v>3358</v>
+      </c>
+      <c r="D363" t="s">
         <v>3359</v>
       </c>
-      <c r="C363" t="s">
+      <c r="E363" t="s">
         <v>3360</v>
       </c>
-      <c r="D363" t="s">
+      <c r="F363" t="s">
         <v>3361</v>
       </c>
-      <c r="E363" t="s">
+      <c r="G363" t="s">
         <v>3362</v>
       </c>
-      <c r="F363" t="s">
+      <c r="H363" t="s">
         <v>3363</v>
       </c>
-      <c r="G363" t="s">
+      <c r="I363" t="s">
         <v>3364</v>
-      </c>
-[...4 lines deleted...]
-        <v>3366</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>170</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3367</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>10887</v>
+        <v>8902</v>
       </c>
       <c r="B364" t="s">
+        <v>3366</v>
+      </c>
+      <c r="C364" t="s">
+        <v>3367</v>
+      </c>
+      <c r="D364" t="s">
         <v>3368</v>
       </c>
-      <c r="C364" t="s">
+      <c r="E364" t="s">
         <v>3369</v>
       </c>
-      <c r="D364" t="s">
+      <c r="F364" t="s">
         <v>3370</v>
       </c>
-      <c r="E364" t="s">
+      <c r="G364" t="s">
         <v>3371</v>
       </c>
-      <c r="F364" t="s">
+      <c r="H364" t="s">
         <v>3372</v>
       </c>
-      <c r="G364" t="s">
+      <c r="I364" t="s">
         <v>3373</v>
       </c>
-      <c r="H364" t="s">
+      <c r="J364" t="s">
+        <v>24</v>
+      </c>
+      <c r="K364" t="s">
+        <v>170</v>
+      </c>
+      <c r="L364" t="s">
+        <v>26</v>
+      </c>
+      <c r="M364" t="s">
+        <v>171</v>
+      </c>
+      <c r="N364" t="s">
+        <v>28</v>
+      </c>
+      <c r="O364" t="s">
         <v>3374</v>
-      </c>
-[...19 lines deleted...]
-        <v>3376</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>10925</v>
+        <v>8903</v>
       </c>
       <c r="B365" t="s">
+        <v>3375</v>
+      </c>
+      <c r="C365" t="s">
+        <v>3376</v>
+      </c>
+      <c r="D365" t="s">
         <v>3377</v>
       </c>
-      <c r="C365" t="s">
+      <c r="E365" t="s">
         <v>3378</v>
       </c>
-      <c r="D365" t="s">
+      <c r="F365" t="s">
         <v>3379</v>
       </c>
-      <c r="E365" t="s">
+      <c r="G365" t="s">
         <v>3380</v>
       </c>
-      <c r="F365" t="s">
+      <c r="H365" t="s">
         <v>3381</v>
       </c>
-      <c r="G365" t="s">
+      <c r="I365" t="s">
         <v>3382</v>
       </c>
-      <c r="H365" t="s">
+      <c r="J365" t="s">
+        <v>24</v>
+      </c>
+      <c r="K365" t="s">
+        <v>170</v>
+      </c>
+      <c r="L365" t="s">
+        <v>26</v>
+      </c>
+      <c r="M365" t="s">
+        <v>171</v>
+      </c>
+      <c r="N365" t="s">
+        <v>28</v>
+      </c>
+      <c r="O365" t="s">
         <v>3383</v>
-      </c>
-[...19 lines deleted...]
-        <v>3385</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>10930</v>
+        <v>8904</v>
       </c>
       <c r="B366" t="s">
+        <v>3384</v>
+      </c>
+      <c r="C366" t="s">
+        <v>3385</v>
+      </c>
+      <c r="D366" t="s">
         <v>3386</v>
       </c>
-      <c r="C366" t="s">
+      <c r="E366" t="s">
         <v>3387</v>
       </c>
-      <c r="D366" t="s">
+      <c r="F366" t="s">
         <v>3388</v>
       </c>
-      <c r="E366" t="s">
+      <c r="G366" t="s">
         <v>3389</v>
       </c>
-      <c r="F366" t="s">
+      <c r="H366" t="s">
         <v>3390</v>
       </c>
-      <c r="G366" t="s">
+      <c r="I366" t="s">
         <v>3391</v>
       </c>
-      <c r="H366" t="s">
+      <c r="J366" t="s">
+        <v>24</v>
+      </c>
+      <c r="K366" t="s">
+        <v>170</v>
+      </c>
+      <c r="L366" t="s">
+        <v>26</v>
+      </c>
+      <c r="M366" t="s">
+        <v>171</v>
+      </c>
+      <c r="N366" t="s">
+        <v>28</v>
+      </c>
+      <c r="O366" t="s">
         <v>3392</v>
-      </c>
-[...19 lines deleted...]
-        <v>3394</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>10947</v>
+        <v>8914</v>
       </c>
       <c r="B367" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C367" t="s">
+        <v>3394</v>
+      </c>
+      <c r="D367" t="s">
         <v>3395</v>
       </c>
-      <c r="C367" t="s">
+      <c r="E367" t="s">
         <v>3396</v>
       </c>
-      <c r="D367" t="s">
+      <c r="F367" t="s">
         <v>3397</v>
       </c>
-      <c r="E367" t="s">
+      <c r="G367" t="s">
         <v>3398</v>
       </c>
-      <c r="F367" t="s">
+      <c r="H367" t="s">
         <v>3399</v>
       </c>
-      <c r="G367" t="s">
+      <c r="I367" t="s">
         <v>3400</v>
       </c>
-      <c r="H367" t="s">
+      <c r="J367" t="s">
+        <v>24</v>
+      </c>
+      <c r="K367" t="s">
+        <v>25</v>
+      </c>
+      <c r="L367" t="s">
+        <v>26</v>
+      </c>
+      <c r="M367" t="s">
+        <v>27</v>
+      </c>
+      <c r="N367" t="s">
+        <v>28</v>
+      </c>
+      <c r="O367" t="s">
         <v>3401</v>
-      </c>
-[...19 lines deleted...]
-        <v>3403</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>10948</v>
+        <v>8918</v>
       </c>
       <c r="B368" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C368" t="s">
+        <v>3403</v>
+      </c>
+      <c r="D368" t="s">
         <v>3404</v>
       </c>
-      <c r="C368" t="s">
+      <c r="E368" t="s">
         <v>3405</v>
       </c>
-      <c r="D368" t="s">
+      <c r="F368" t="s">
         <v>3406</v>
       </c>
-      <c r="E368" t="s">
+      <c r="G368" t="s">
         <v>3407</v>
       </c>
-      <c r="F368" t="s">
+      <c r="H368" t="s">
         <v>3408</v>
       </c>
-      <c r="G368" t="s">
+      <c r="I368" t="s">
         <v>3409</v>
       </c>
-      <c r="H368" t="s">
+      <c r="J368" t="s">
+        <v>24</v>
+      </c>
+      <c r="K368" t="s">
+        <v>25</v>
+      </c>
+      <c r="L368" t="s">
+        <v>26</v>
+      </c>
+      <c r="M368" t="s">
+        <v>27</v>
+      </c>
+      <c r="N368" t="s">
+        <v>28</v>
+      </c>
+      <c r="O368" t="s">
         <v>3410</v>
-      </c>
-[...19 lines deleted...]
-        <v>3412</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>10950</v>
+        <v>8945</v>
       </c>
       <c r="B369" t="s">
+        <v>3411</v>
+      </c>
+      <c r="C369" t="s">
+        <v>3412</v>
+      </c>
+      <c r="D369" t="s">
         <v>3413</v>
       </c>
-      <c r="C369" t="s">
+      <c r="E369" t="s">
         <v>3414</v>
       </c>
-      <c r="D369" t="s">
+      <c r="F369" t="s">
         <v>3415</v>
       </c>
-      <c r="E369" t="s">
+      <c r="G369" t="s">
         <v>3416</v>
       </c>
-      <c r="F369" t="s">
+      <c r="H369" t="s">
         <v>3417</v>
       </c>
-      <c r="G369" t="s">
+      <c r="I369" t="s">
         <v>3418</v>
       </c>
-      <c r="H369" t="s">
+      <c r="J369" t="s">
+        <v>24</v>
+      </c>
+      <c r="K369" t="s">
+        <v>47</v>
+      </c>
+      <c r="L369" t="s">
+        <v>26</v>
+      </c>
+      <c r="M369" t="s">
+        <v>48</v>
+      </c>
+      <c r="N369" t="s">
+        <v>28</v>
+      </c>
+      <c r="O369" t="s">
         <v>3419</v>
-      </c>
-[...19 lines deleted...]
-        <v>3423</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>10951</v>
+        <v>8950</v>
       </c>
       <c r="B370" t="s">
+        <v>3420</v>
+      </c>
+      <c r="C370" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D370" t="s">
+        <v>3422</v>
+      </c>
+      <c r="E370" t="s">
+        <v>3423</v>
+      </c>
+      <c r="F370" t="s">
         <v>3424</v>
       </c>
-      <c r="C370" t="s">
+      <c r="G370" t="s">
         <v>3425</v>
       </c>
-      <c r="D370" t="s">
+      <c r="H370" t="s">
         <v>3426</v>
       </c>
-      <c r="E370" t="s">
+      <c r="I370" t="s">
         <v>3427</v>
       </c>
-      <c r="F370" t="s">
+      <c r="J370" t="s">
+        <v>24</v>
+      </c>
+      <c r="K370" t="s">
+        <v>25</v>
+      </c>
+      <c r="L370" t="s">
+        <v>26</v>
+      </c>
+      <c r="M370" t="s">
+        <v>27</v>
+      </c>
+      <c r="N370" t="s">
+        <v>28</v>
+      </c>
+      <c r="O370" t="s">
         <v>3428</v>
-      </c>
-[...25 lines deleted...]
-        <v>3432</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>11000</v>
+        <v>8951</v>
       </c>
       <c r="B371" t="s">
+        <v>3429</v>
+      </c>
+      <c r="C371" t="s">
+        <v>3430</v>
+      </c>
+      <c r="D371" t="s">
+        <v>3431</v>
+      </c>
+      <c r="E371" t="s">
+        <v>3432</v>
+      </c>
+      <c r="F371" t="s">
         <v>3433</v>
       </c>
-      <c r="C371" t="s">
+      <c r="G371" t="s">
         <v>3434</v>
       </c>
-      <c r="D371" t="s">
+      <c r="H371" t="s">
         <v>3435</v>
       </c>
-      <c r="E371" t="s">
+      <c r="I371" t="s">
         <v>3436</v>
       </c>
-      <c r="F371" t="s">
+      <c r="J371" t="s">
+        <v>24</v>
+      </c>
+      <c r="K371" t="s">
+        <v>170</v>
+      </c>
+      <c r="L371" t="s">
+        <v>26</v>
+      </c>
+      <c r="M371" t="s">
+        <v>171</v>
+      </c>
+      <c r="N371" t="s">
+        <v>28</v>
+      </c>
+      <c r="O371" t="s">
         <v>3437</v>
-      </c>
-[...25 lines deleted...]
-        <v>3441</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>11220</v>
+        <v>8959</v>
       </c>
       <c r="B372" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C372" t="s">
+        <v>3439</v>
+      </c>
+      <c r="D372" t="s">
+        <v>3440</v>
+      </c>
+      <c r="E372" t="s">
+        <v>3441</v>
+      </c>
+      <c r="F372" t="s">
         <v>3442</v>
       </c>
-      <c r="C372" t="s">
+      <c r="G372" t="s">
         <v>3443</v>
       </c>
-      <c r="D372" t="s">
+      <c r="H372" t="s">
         <v>3444</v>
       </c>
-      <c r="E372" t="s">
+      <c r="I372" t="s">
         <v>3445</v>
       </c>
-      <c r="F372" t="s">
+      <c r="J372" t="s">
+        <v>24</v>
+      </c>
+      <c r="K372" t="s">
+        <v>170</v>
+      </c>
+      <c r="L372" t="s">
+        <v>26</v>
+      </c>
+      <c r="M372" t="s">
+        <v>171</v>
+      </c>
+      <c r="N372" t="s">
+        <v>28</v>
+      </c>
+      <c r="O372" t="s">
         <v>3446</v>
-      </c>
-[...25 lines deleted...]
-        <v>3450</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>11231</v>
+        <v>10014</v>
       </c>
       <c r="B373" t="s">
+        <v>3447</v>
+      </c>
+      <c r="C373" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D373" t="s">
+        <v>3449</v>
+      </c>
+      <c r="E373" t="s">
+        <v>3450</v>
+      </c>
+      <c r="F373" t="s">
         <v>3451</v>
       </c>
-      <c r="C373" t="s">
+      <c r="G373" t="s">
         <v>3452</v>
       </c>
-      <c r="D373" t="s">
+      <c r="H373" t="s">
         <v>3453</v>
       </c>
-      <c r="E373" t="s">
+      <c r="I373" t="s">
         <v>3454</v>
       </c>
-      <c r="F373" t="s">
+      <c r="J373" t="s">
+        <v>24</v>
+      </c>
+      <c r="K373" t="s">
         <v>3455</v>
       </c>
-      <c r="G373" t="s">
+      <c r="L373" t="s">
+        <v>26</v>
+      </c>
+      <c r="M373" t="s">
         <v>3456</v>
       </c>
-      <c r="H373" t="s">
+      <c r="N373" t="s">
+        <v>28</v>
+      </c>
+      <c r="O373" t="s">
         <v>3457</v>
-      </c>
-[...19 lines deleted...]
-        <v>3459</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>11287</v>
+        <v>10015</v>
       </c>
       <c r="B374" t="s">
+        <v>3458</v>
+      </c>
+      <c r="C374" t="s">
+        <v>3459</v>
+      </c>
+      <c r="D374" t="s">
         <v>3460</v>
       </c>
-      <c r="C374" t="s">
+      <c r="E374" t="s">
         <v>3461</v>
       </c>
-      <c r="D374" t="s">
+      <c r="F374" t="s">
         <v>3462</v>
       </c>
-      <c r="E374" t="s">
+      <c r="G374" t="s">
         <v>3463</v>
       </c>
-      <c r="F374" t="s">
+      <c r="H374" t="s">
         <v>3464</v>
       </c>
-      <c r="G374" t="s">
+      <c r="I374" t="s">
         <v>3465</v>
-      </c>
-[...4 lines deleted...]
-        <v>3467</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
         <v>170</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
         <v>171</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3468</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>11299</v>
+        <v>10036</v>
       </c>
       <c r="B375" t="s">
+        <v>3467</v>
+      </c>
+      <c r="C375" t="s">
+        <v>3468</v>
+      </c>
+      <c r="D375" t="s">
         <v>3469</v>
       </c>
-      <c r="C375" t="s">
+      <c r="E375" t="s">
         <v>3470</v>
       </c>
-      <c r="D375" t="s">
+      <c r="F375" t="s">
         <v>3471</v>
       </c>
-      <c r="E375" t="s">
+      <c r="G375" t="s">
         <v>3472</v>
       </c>
-      <c r="F375" t="s">
+      <c r="H375" t="s">
         <v>3473</v>
       </c>
-      <c r="G375" t="s">
+      <c r="I375" t="s">
         <v>3474</v>
       </c>
-      <c r="H375" t="s">
+      <c r="J375" t="s">
+        <v>24</v>
+      </c>
+      <c r="K375" t="s">
+        <v>25</v>
+      </c>
+      <c r="L375" t="s">
+        <v>26</v>
+      </c>
+      <c r="M375" t="s">
+        <v>27</v>
+      </c>
+      <c r="N375" t="s">
+        <v>28</v>
+      </c>
+      <c r="O375" t="s">
         <v>3475</v>
-      </c>
-[...19 lines deleted...]
-        <v>3477</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>11306</v>
+        <v>10046</v>
       </c>
       <c r="B376" t="s">
+        <v>3476</v>
+      </c>
+      <c r="C376" t="s">
+        <v>3477</v>
+      </c>
+      <c r="D376" t="s">
         <v>3478</v>
       </c>
-      <c r="C376" t="s">
+      <c r="E376" t="s">
         <v>3479</v>
       </c>
-      <c r="D376" t="s">
+      <c r="F376" t="s">
         <v>3480</v>
       </c>
-      <c r="E376" t="s">
+      <c r="G376" t="s">
         <v>3481</v>
       </c>
-      <c r="F376" t="s">
+      <c r="H376" t="s">
         <v>3482</v>
       </c>
-      <c r="G376" t="s">
+      <c r="I376" t="s">
         <v>3483</v>
       </c>
-      <c r="H376" t="s">
+      <c r="J376" t="s">
+        <v>24</v>
+      </c>
+      <c r="K376" t="s">
+        <v>274</v>
+      </c>
+      <c r="L376" t="s">
+        <v>26</v>
+      </c>
+      <c r="M376" t="s">
+        <v>276</v>
+      </c>
+      <c r="N376" t="s">
+        <v>28</v>
+      </c>
+      <c r="O376" t="s">
         <v>3484</v>
-      </c>
-[...19 lines deleted...]
-        <v>3486</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>58060</v>
+        <v>10098</v>
       </c>
       <c r="B377" t="s">
+        <v>3485</v>
+      </c>
+      <c r="C377" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D377" t="s">
         <v>3487</v>
       </c>
-      <c r="C377" t="s">
+      <c r="E377" t="s">
         <v>3488</v>
       </c>
-      <c r="D377" t="s">
+      <c r="F377" t="s">
         <v>3489</v>
       </c>
-      <c r="E377" t="s">
+      <c r="G377" t="s">
         <v>3490</v>
       </c>
-      <c r="F377" t="s">
+      <c r="H377" t="s">
         <v>3491</v>
       </c>
-      <c r="G377" t="s">
+      <c r="I377" t="s">
         <v>3492</v>
       </c>
-      <c r="H377" t="s">
+      <c r="J377" t="s">
+        <v>24</v>
+      </c>
+      <c r="K377" t="s">
+        <v>25</v>
+      </c>
+      <c r="L377" t="s">
+        <v>26</v>
+      </c>
+      <c r="M377" t="s">
+        <v>27</v>
+      </c>
+      <c r="N377" t="s">
+        <v>28</v>
+      </c>
+      <c r="O377" t="s">
         <v>3493</v>
-      </c>
-[...19 lines deleted...]
-        <v>3495</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>58066</v>
+        <v>10101</v>
       </c>
       <c r="B378" t="s">
+        <v>3494</v>
+      </c>
+      <c r="C378" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D378" t="s">
         <v>3496</v>
       </c>
-      <c r="C378" t="s">
+      <c r="E378" t="s">
         <v>3497</v>
       </c>
-      <c r="D378" t="s">
+      <c r="F378" t="s">
         <v>3498</v>
       </c>
-      <c r="E378" t="s">
+      <c r="G378" t="s">
         <v>3499</v>
       </c>
-      <c r="F378" t="s">
+      <c r="H378" t="s">
         <v>3500</v>
       </c>
-      <c r="G378" t="s">
+      <c r="I378" t="s">
         <v>3501</v>
       </c>
-      <c r="H378" t="s">
+      <c r="J378" t="s">
+        <v>24</v>
+      </c>
+      <c r="K378" t="s">
+        <v>25</v>
+      </c>
+      <c r="L378" t="s">
+        <v>26</v>
+      </c>
+      <c r="M378" t="s">
+        <v>27</v>
+      </c>
+      <c r="N378" t="s">
+        <v>28</v>
+      </c>
+      <c r="O378" t="s">
         <v>3502</v>
-      </c>
-[...19 lines deleted...]
-        <v>3504</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>58120</v>
+        <v>10412</v>
       </c>
       <c r="B379" t="s">
+        <v>3503</v>
+      </c>
+      <c r="C379" t="s">
+        <v>3504</v>
+      </c>
+      <c r="D379" t="s">
         <v>3505</v>
       </c>
-      <c r="C379" t="s">
+      <c r="E379" t="s">
         <v>3506</v>
       </c>
-      <c r="D379" t="s">
+      <c r="F379" t="s">
         <v>3507</v>
       </c>
-      <c r="E379" t="s">
+      <c r="G379" t="s">
         <v>3508</v>
       </c>
-      <c r="F379" t="s">
+      <c r="H379" t="s">
         <v>3509</v>
       </c>
-      <c r="G379" t="s">
+      <c r="I379" t="s">
         <v>3510</v>
-      </c>
-[...4 lines deleted...]
-        <v>3512</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
         <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
         <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3513</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>58122</v>
+        <v>10603</v>
       </c>
       <c r="B380" t="s">
+        <v>3512</v>
+      </c>
+      <c r="C380" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D380" t="s">
         <v>3514</v>
       </c>
-      <c r="C380" t="s">
+      <c r="E380" t="s">
         <v>3515</v>
       </c>
-      <c r="D380" t="s">
+      <c r="F380" t="s">
         <v>3516</v>
       </c>
-      <c r="E380" t="s">
+      <c r="G380" t="s">
         <v>3517</v>
       </c>
-      <c r="F380" t="s">
+      <c r="H380" t="s">
         <v>3518</v>
       </c>
-      <c r="G380" t="s">
+      <c r="I380" t="s">
         <v>3519</v>
       </c>
-      <c r="H380" t="s">
+      <c r="J380" t="s">
+        <v>24</v>
+      </c>
+      <c r="K380" t="s">
+        <v>25</v>
+      </c>
+      <c r="L380" t="s">
+        <v>26</v>
+      </c>
+      <c r="M380" t="s">
+        <v>27</v>
+      </c>
+      <c r="N380" t="s">
+        <v>28</v>
+      </c>
+      <c r="O380" t="s">
         <v>3520</v>
-      </c>
-[...19 lines deleted...]
-        <v>3522</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>58144</v>
+        <v>10647</v>
       </c>
       <c r="B381" t="s">
+        <v>3521</v>
+      </c>
+      <c r="C381" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D381" t="s">
         <v>3523</v>
       </c>
-      <c r="C381" t="s">
+      <c r="E381" t="s">
         <v>3524</v>
       </c>
-      <c r="D381" t="s">
+      <c r="F381" t="s">
         <v>3525</v>
       </c>
-      <c r="E381" t="s">
+      <c r="G381" t="s">
         <v>3526</v>
       </c>
-      <c r="F381" t="s">
+      <c r="H381" t="s">
         <v>3527</v>
       </c>
-      <c r="G381" t="s">
+      <c r="I381" t="s">
         <v>3528</v>
       </c>
-      <c r="H381" t="s">
+      <c r="J381" t="s">
+        <v>24</v>
+      </c>
+      <c r="K381" t="s">
+        <v>170</v>
+      </c>
+      <c r="L381" t="s">
+        <v>26</v>
+      </c>
+      <c r="M381" t="s">
+        <v>171</v>
+      </c>
+      <c r="N381" t="s">
+        <v>28</v>
+      </c>
+      <c r="O381" t="s">
         <v>3529</v>
-      </c>
-[...19 lines deleted...]
-        <v>3531</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>58148</v>
+        <v>10887</v>
       </c>
       <c r="B382" t="s">
+        <v>3530</v>
+      </c>
+      <c r="C382" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D382" t="s">
         <v>3532</v>
       </c>
-      <c r="C382" t="s">
+      <c r="E382" t="s">
         <v>3533</v>
       </c>
-      <c r="D382" t="s">
+      <c r="F382" t="s">
         <v>3534</v>
       </c>
-      <c r="E382" t="s">
+      <c r="G382" t="s">
         <v>3535</v>
       </c>
-      <c r="F382" t="s">
+      <c r="H382" t="s">
         <v>3536</v>
       </c>
-      <c r="G382" t="s">
+      <c r="I382" t="s">
         <v>3537</v>
       </c>
-      <c r="H382" t="s">
+      <c r="J382" t="s">
+        <v>24</v>
+      </c>
+      <c r="K382" t="s">
+        <v>25</v>
+      </c>
+      <c r="L382" t="s">
+        <v>26</v>
+      </c>
+      <c r="M382" t="s">
+        <v>27</v>
+      </c>
+      <c r="N382" t="s">
+        <v>28</v>
+      </c>
+      <c r="O382" t="s">
         <v>3538</v>
-      </c>
-[...19 lines deleted...]
-        <v>3540</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>58218</v>
+        <v>10925</v>
       </c>
       <c r="B383" t="s">
+        <v>3539</v>
+      </c>
+      <c r="C383" t="s">
+        <v>3540</v>
+      </c>
+      <c r="D383" t="s">
         <v>3541</v>
       </c>
-      <c r="C383" t="s">
+      <c r="E383" t="s">
         <v>3542</v>
       </c>
-      <c r="D383" t="s">
+      <c r="F383" t="s">
         <v>3543</v>
       </c>
-      <c r="E383" t="s">
+      <c r="G383" t="s">
         <v>3544</v>
       </c>
-      <c r="F383" t="s">
+      <c r="H383" t="s">
         <v>3545</v>
       </c>
-      <c r="G383" t="s">
+      <c r="I383" t="s">
         <v>3546</v>
       </c>
-      <c r="H383" t="s">
+      <c r="J383" t="s">
+        <v>24</v>
+      </c>
+      <c r="K383" t="s">
+        <v>25</v>
+      </c>
+      <c r="L383" t="s">
+        <v>26</v>
+      </c>
+      <c r="M383" t="s">
+        <v>27</v>
+      </c>
+      <c r="N383" t="s">
+        <v>28</v>
+      </c>
+      <c r="O383" t="s">
         <v>3547</v>
-      </c>
-[...19 lines deleted...]
-        <v>3549</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>58223</v>
+        <v>10930</v>
       </c>
       <c r="B384" t="s">
+        <v>3548</v>
+      </c>
+      <c r="C384" t="s">
+        <v>3549</v>
+      </c>
+      <c r="D384" t="s">
         <v>3550</v>
       </c>
-      <c r="C384" t="s">
+      <c r="E384" t="s">
         <v>3551</v>
       </c>
-      <c r="D384" t="s">
+      <c r="F384" t="s">
         <v>3552</v>
       </c>
-      <c r="E384" t="s">
+      <c r="G384" t="s">
         <v>3553</v>
       </c>
-      <c r="F384" t="s">
+      <c r="H384" t="s">
         <v>3554</v>
       </c>
-      <c r="G384" t="s">
+      <c r="I384" t="s">
         <v>3555</v>
       </c>
-      <c r="H384" t="s">
+      <c r="J384" t="s">
+        <v>1477</v>
+      </c>
+      <c r="K384" t="s">
+        <v>274</v>
+      </c>
+      <c r="L384" t="s">
+        <v>1479</v>
+      </c>
+      <c r="M384" t="s">
+        <v>276</v>
+      </c>
+      <c r="N384" t="s">
+        <v>28</v>
+      </c>
+      <c r="O384" t="s">
         <v>3556</v>
-      </c>
-[...19 lines deleted...]
-        <v>3558</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>58240</v>
+        <v>10947</v>
       </c>
       <c r="B385" t="s">
+        <v>3557</v>
+      </c>
+      <c r="C385" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D385" t="s">
         <v>3559</v>
       </c>
-      <c r="C385" t="s">
+      <c r="E385" t="s">
         <v>3560</v>
       </c>
-      <c r="D385" t="s">
+      <c r="F385" t="s">
         <v>3561</v>
       </c>
-      <c r="E385" t="s">
+      <c r="G385" t="s">
         <v>3562</v>
       </c>
-      <c r="F385" t="s">
+      <c r="H385" t="s">
         <v>3563</v>
       </c>
-      <c r="G385" t="s">
+      <c r="I385" t="s">
         <v>3564</v>
       </c>
-      <c r="H385" t="s">
+      <c r="J385" t="s">
+        <v>24</v>
+      </c>
+      <c r="K385" t="s">
+        <v>170</v>
+      </c>
+      <c r="L385" t="s">
+        <v>26</v>
+      </c>
+      <c r="M385" t="s">
+        <v>171</v>
+      </c>
+      <c r="N385" t="s">
+        <v>28</v>
+      </c>
+      <c r="O385" t="s">
         <v>3565</v>
-      </c>
-[...19 lines deleted...]
-        <v>3569</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>58259</v>
+        <v>10948</v>
       </c>
       <c r="B386" t="s">
+        <v>3566</v>
+      </c>
+      <c r="C386" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D386" t="s">
+        <v>3568</v>
+      </c>
+      <c r="E386" t="s">
+        <v>3569</v>
+      </c>
+      <c r="F386" t="s">
         <v>3570</v>
       </c>
-      <c r="C386" t="s">
+      <c r="G386" t="s">
         <v>3571</v>
       </c>
-      <c r="D386" t="s">
+      <c r="H386" t="s">
         <v>3572</v>
       </c>
-      <c r="E386" t="s">
+      <c r="I386" t="s">
         <v>3573</v>
       </c>
-      <c r="F386" t="s">
+      <c r="J386" t="s">
+        <v>24</v>
+      </c>
+      <c r="K386" t="s">
+        <v>170</v>
+      </c>
+      <c r="L386" t="s">
+        <v>26</v>
+      </c>
+      <c r="M386" t="s">
+        <v>171</v>
+      </c>
+      <c r="N386" t="s">
+        <v>28</v>
+      </c>
+      <c r="O386" t="s">
         <v>3574</v>
-      </c>
-[...25 lines deleted...]
-        <v>3580</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>64637</v>
+        <v>10950</v>
       </c>
       <c r="B387" t="s">
+        <v>3575</v>
+      </c>
+      <c r="C387" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D387" t="s">
+        <v>3577</v>
+      </c>
+      <c r="E387" t="s">
+        <v>3578</v>
+      </c>
+      <c r="F387" t="s">
+        <v>3579</v>
+      </c>
+      <c r="G387" t="s">
+        <v>3580</v>
+      </c>
+      <c r="H387" t="s">
         <v>3581</v>
       </c>
-      <c r="C387" t="s">
+      <c r="I387" t="s">
         <v>3582</v>
       </c>
-      <c r="D387" t="s">
+      <c r="J387" t="s">
+        <v>24</v>
+      </c>
+      <c r="K387" t="s">
         <v>3583</v>
       </c>
-      <c r="E387" t="s">
+      <c r="L387" t="s">
+        <v>26</v>
+      </c>
+      <c r="M387" t="s">
         <v>3584</v>
       </c>
-      <c r="F387" t="s">
+      <c r="N387" t="s">
+        <v>28</v>
+      </c>
+      <c r="O387" t="s">
         <v>3585</v>
-      </c>
-[...25 lines deleted...]
-        <v>3589</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>64643</v>
+        <v>10951</v>
       </c>
       <c r="B388" t="s">
+        <v>3586</v>
+      </c>
+      <c r="C388" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D388" t="s">
+        <v>3588</v>
+      </c>
+      <c r="E388" t="s">
+        <v>3589</v>
+      </c>
+      <c r="F388" t="s">
         <v>3590</v>
       </c>
-      <c r="C388" t="s">
+      <c r="G388" t="s">
         <v>3591</v>
       </c>
-      <c r="D388" t="s">
+      <c r="H388" t="s">
         <v>3592</v>
       </c>
-      <c r="E388" t="s">
+      <c r="I388" t="s">
         <v>3593</v>
       </c>
-      <c r="F388" t="s">
+      <c r="J388" t="s">
+        <v>24</v>
+      </c>
+      <c r="K388" t="s">
+        <v>47</v>
+      </c>
+      <c r="L388" t="s">
+        <v>26</v>
+      </c>
+      <c r="M388" t="s">
+        <v>48</v>
+      </c>
+      <c r="N388" t="s">
+        <v>28</v>
+      </c>
+      <c r="O388" t="s">
         <v>3594</v>
-      </c>
-[...25 lines deleted...]
-        <v>3598</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>64689</v>
+        <v>11000</v>
       </c>
       <c r="B389" t="s">
+        <v>3595</v>
+      </c>
+      <c r="C389" t="s">
+        <v>3596</v>
+      </c>
+      <c r="D389" t="s">
+        <v>3597</v>
+      </c>
+      <c r="E389" t="s">
+        <v>3598</v>
+      </c>
+      <c r="F389" t="s">
         <v>3599</v>
       </c>
-      <c r="C389" t="s">
+      <c r="G389" t="s">
         <v>3600</v>
       </c>
-      <c r="D389" t="s">
+      <c r="H389" t="s">
         <v>3601</v>
       </c>
-      <c r="E389" t="s">
+      <c r="I389" t="s">
         <v>3602</v>
       </c>
-      <c r="F389" t="s">
+      <c r="J389" t="s">
+        <v>24</v>
+      </c>
+      <c r="K389" t="s">
+        <v>25</v>
+      </c>
+      <c r="L389" t="s">
+        <v>26</v>
+      </c>
+      <c r="M389" t="s">
+        <v>27</v>
+      </c>
+      <c r="N389" t="s">
+        <v>28</v>
+      </c>
+      <c r="O389" t="s">
         <v>3603</v>
-      </c>
-[...25 lines deleted...]
-        <v>3607</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65000</v>
+        <v>11220</v>
       </c>
       <c r="B390" t="s">
+        <v>3604</v>
+      </c>
+      <c r="C390" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D390" t="s">
+        <v>3606</v>
+      </c>
+      <c r="E390" t="s">
+        <v>3607</v>
+      </c>
+      <c r="F390" t="s">
         <v>3608</v>
       </c>
-      <c r="C390" t="s">
+      <c r="G390" t="s">
         <v>3609</v>
       </c>
-      <c r="D390" t="s">
+      <c r="H390" t="s">
         <v>3610</v>
       </c>
-      <c r="E390" t="s">
+      <c r="I390" t="s">
         <v>3611</v>
       </c>
-      <c r="F390" t="s">
+      <c r="J390" t="s">
+        <v>24</v>
+      </c>
+      <c r="K390" t="s">
+        <v>690</v>
+      </c>
+      <c r="L390" t="s">
+        <v>26</v>
+      </c>
+      <c r="M390" t="s">
+        <v>691</v>
+      </c>
+      <c r="N390" t="s">
+        <v>28</v>
+      </c>
+      <c r="O390" t="s">
         <v>3612</v>
-      </c>
-[...25 lines deleted...]
-        <v>3616</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65001</v>
+        <v>11231</v>
       </c>
       <c r="B391" t="s">
+        <v>3613</v>
+      </c>
+      <c r="C391" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D391" t="s">
+        <v>3615</v>
+      </c>
+      <c r="E391" t="s">
+        <v>3616</v>
+      </c>
+      <c r="F391" t="s">
         <v>3617</v>
       </c>
-      <c r="C391" t="s">
+      <c r="G391" t="s">
         <v>3618</v>
       </c>
-      <c r="D391" t="s">
+      <c r="H391" t="s">
         <v>3619</v>
       </c>
-      <c r="E391" t="s">
+      <c r="I391" t="s">
         <v>3620</v>
-      </c>
-[...10 lines deleted...]
-        <v>3624</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
         <v>170</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
         <v>171</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3625</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65002</v>
+        <v>11287</v>
       </c>
       <c r="B392" t="s">
+        <v>3622</v>
+      </c>
+      <c r="C392" t="s">
+        <v>3623</v>
+      </c>
+      <c r="D392" t="s">
+        <v>3624</v>
+      </c>
+      <c r="E392" t="s">
+        <v>3625</v>
+      </c>
+      <c r="F392" t="s">
         <v>3626</v>
       </c>
-      <c r="C392" t="s">
+      <c r="G392" t="s">
         <v>3627</v>
       </c>
-      <c r="D392" t="s">
+      <c r="H392" t="s">
         <v>3628</v>
       </c>
-      <c r="E392" t="s">
+      <c r="I392" t="s">
         <v>3629</v>
       </c>
-      <c r="F392" t="s">
+      <c r="J392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" t="s">
+        <v>170</v>
+      </c>
+      <c r="L392" t="s">
+        <v>26</v>
+      </c>
+      <c r="M392" t="s">
+        <v>171</v>
+      </c>
+      <c r="N392" t="s">
+        <v>28</v>
+      </c>
+      <c r="O392" t="s">
         <v>3630</v>
-      </c>
-[...25 lines deleted...]
-        <v>3634</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65003</v>
+        <v>11299</v>
       </c>
       <c r="B393" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C393" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D393" t="s">
+        <v>3633</v>
+      </c>
+      <c r="E393" t="s">
+        <v>3634</v>
+      </c>
+      <c r="F393" t="s">
         <v>3635</v>
       </c>
-      <c r="C393" t="s">
+      <c r="G393" t="s">
         <v>3636</v>
       </c>
-      <c r="D393" t="s">
+      <c r="H393" t="s">
         <v>3637</v>
       </c>
-      <c r="E393" t="s">
+      <c r="I393" t="s">
         <v>3638</v>
-      </c>
-[...10 lines deleted...]
-        <v>3642</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
         <v>170</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
         <v>171</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3643</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65004</v>
+        <v>11306</v>
       </c>
       <c r="B394" t="s">
+        <v>3640</v>
+      </c>
+      <c r="C394" t="s">
+        <v>3641</v>
+      </c>
+      <c r="D394" t="s">
+        <v>3642</v>
+      </c>
+      <c r="E394" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F394" t="s">
         <v>3644</v>
       </c>
-      <c r="C394" t="s">
+      <c r="G394" t="s">
         <v>3645</v>
       </c>
-      <c r="D394" t="s">
+      <c r="H394" t="s">
         <v>3646</v>
       </c>
-      <c r="E394" t="s">
+      <c r="I394" t="s">
         <v>3647</v>
       </c>
-      <c r="F394" t="s">
+      <c r="J394" t="s">
+        <v>24</v>
+      </c>
+      <c r="K394" t="s">
+        <v>1136</v>
+      </c>
+      <c r="L394" t="s">
+        <v>26</v>
+      </c>
+      <c r="M394" t="s">
+        <v>1137</v>
+      </c>
+      <c r="N394" t="s">
+        <v>28</v>
+      </c>
+      <c r="O394" t="s">
         <v>3648</v>
-      </c>
-[...25 lines deleted...]
-        <v>3652</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65005</v>
+        <v>58060</v>
       </c>
       <c r="B395" t="s">
+        <v>3649</v>
+      </c>
+      <c r="C395" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D395" t="s">
+        <v>3651</v>
+      </c>
+      <c r="E395" t="s">
+        <v>3652</v>
+      </c>
+      <c r="F395" t="s">
         <v>3653</v>
       </c>
-      <c r="C395" t="s">
+      <c r="G395" t="s">
         <v>3654</v>
       </c>
-      <c r="D395" t="s">
+      <c r="H395" t="s">
         <v>3655</v>
       </c>
-      <c r="E395" t="s">
+      <c r="I395" t="s">
         <v>3656</v>
       </c>
-      <c r="F395" t="s">
+      <c r="J395" t="s">
+        <v>24</v>
+      </c>
+      <c r="K395" t="s">
+        <v>3300</v>
+      </c>
+      <c r="L395" t="s">
+        <v>26</v>
+      </c>
+      <c r="M395" t="s">
+        <v>3301</v>
+      </c>
+      <c r="N395" t="s">
+        <v>28</v>
+      </c>
+      <c r="O395" t="s">
         <v>3657</v>
-      </c>
-[...25 lines deleted...]
-        <v>3663</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65006</v>
+        <v>58066</v>
       </c>
       <c r="B396" t="s">
+        <v>3658</v>
+      </c>
+      <c r="C396" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D396" t="s">
+        <v>3660</v>
+      </c>
+      <c r="E396" t="s">
+        <v>3661</v>
+      </c>
+      <c r="F396" t="s">
+        <v>3662</v>
+      </c>
+      <c r="G396" t="s">
+        <v>3663</v>
+      </c>
+      <c r="H396" t="s">
         <v>3664</v>
       </c>
-      <c r="C396" t="s">
+      <c r="I396" t="s">
         <v>3665</v>
       </c>
-      <c r="D396" t="s">
+      <c r="J396" t="s">
+        <v>24</v>
+      </c>
+      <c r="K396" t="s">
+        <v>274</v>
+      </c>
+      <c r="L396" t="s">
+        <v>26</v>
+      </c>
+      <c r="M396" t="s">
+        <v>276</v>
+      </c>
+      <c r="N396" t="s">
+        <v>28</v>
+      </c>
+      <c r="O396" t="s">
         <v>3666</v>
-      </c>
-[...31 lines deleted...]
-        <v>3674</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65007</v>
+        <v>58120</v>
       </c>
       <c r="B397" t="s">
-        <v>3675</v>
+        <v>3667</v>
       </c>
       <c r="C397" t="s">
-        <v>3676</v>
+        <v>3668</v>
       </c>
       <c r="D397" t="s">
-        <v>3677</v>
+        <v>3669</v>
       </c>
       <c r="E397" t="s">
-        <v>3678</v>
+        <v>3670</v>
       </c>
       <c r="F397" t="s">
-        <v>3679</v>
+        <v>3671</v>
       </c>
       <c r="G397" t="s">
-        <v>3680</v>
+        <v>3672</v>
       </c>
       <c r="H397" t="s">
-        <v>3681</v>
+        <v>3673</v>
       </c>
       <c r="I397" t="s">
-        <v>3682</v>
+        <v>3674</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>25</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>27</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3683</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65008</v>
+        <v>58122</v>
       </c>
       <c r="B398" t="s">
-        <v>3684</v>
+        <v>3676</v>
       </c>
       <c r="C398" t="s">
-        <v>3685</v>
+        <v>3677</v>
       </c>
       <c r="D398" t="s">
-        <v>3686</v>
+        <v>3678</v>
       </c>
       <c r="E398" t="s">
-        <v>3687</v>
+        <v>3679</v>
       </c>
       <c r="F398" t="s">
-        <v>3688</v>
+        <v>3680</v>
       </c>
       <c r="G398" t="s">
-        <v>3689</v>
+        <v>3681</v>
       </c>
       <c r="H398" t="s">
-        <v>3690</v>
+        <v>3682</v>
       </c>
       <c r="I398" t="s">
-        <v>3691</v>
+        <v>3683</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
         <v>170</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
         <v>171</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3692</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65009</v>
+        <v>58144</v>
       </c>
       <c r="B399" t="s">
+        <v>3685</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3686</v>
+      </c>
+      <c r="D399" t="s">
+        <v>3687</v>
+      </c>
+      <c r="E399" t="s">
+        <v>3688</v>
+      </c>
+      <c r="F399" t="s">
+        <v>3689</v>
+      </c>
+      <c r="G399" t="s">
+        <v>3690</v>
+      </c>
+      <c r="H399" t="s">
+        <v>3691</v>
+      </c>
+      <c r="I399" t="s">
+        <v>3692</v>
+      </c>
+      <c r="J399" t="s">
+        <v>24</v>
+      </c>
+      <c r="K399" t="s">
+        <v>25</v>
+      </c>
+      <c r="L399" t="s">
+        <v>26</v>
+      </c>
+      <c r="M399" t="s">
+        <v>27</v>
+      </c>
+      <c r="N399" t="s">
+        <v>28</v>
+      </c>
+      <c r="O399" t="s">
         <v>3693</v>
-      </c>
-[...37 lines deleted...]
-        <v>3701</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65010</v>
+        <v>58148</v>
       </c>
       <c r="B400" t="s">
+        <v>3694</v>
+      </c>
+      <c r="C400" t="s">
+        <v>3695</v>
+      </c>
+      <c r="D400" t="s">
+        <v>3696</v>
+      </c>
+      <c r="E400" t="s">
+        <v>3697</v>
+      </c>
+      <c r="F400" t="s">
+        <v>3698</v>
+      </c>
+      <c r="G400" t="s">
+        <v>3699</v>
+      </c>
+      <c r="H400" t="s">
+        <v>3700</v>
+      </c>
+      <c r="I400" t="s">
+        <v>3701</v>
+      </c>
+      <c r="J400" t="s">
+        <v>24</v>
+      </c>
+      <c r="K400" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L400" t="s">
+        <v>26</v>
+      </c>
+      <c r="M400" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N400" t="s">
+        <v>28</v>
+      </c>
+      <c r="O400" t="s">
         <v>3702</v>
-      </c>
-[...37 lines deleted...]
-        <v>3710</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65011</v>
+        <v>58218</v>
       </c>
       <c r="B401" t="s">
-        <v>3711</v>
+        <v>3703</v>
       </c>
       <c r="C401" t="s">
-        <v>3712</v>
+        <v>3704</v>
       </c>
       <c r="D401" t="s">
-        <v>3713</v>
+        <v>3705</v>
       </c>
       <c r="E401" t="s">
-        <v>3714</v>
+        <v>3706</v>
       </c>
       <c r="F401" t="s">
-        <v>3715</v>
+        <v>3707</v>
       </c>
       <c r="G401" t="s">
-        <v>3716</v>
+        <v>3708</v>
       </c>
       <c r="H401" t="s">
-        <v>3717</v>
+        <v>3709</v>
       </c>
       <c r="I401" t="s">
-        <v>3718</v>
+        <v>3710</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
         <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
         <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3719</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65012</v>
+        <v>58223</v>
       </c>
       <c r="B402" t="s">
+        <v>3712</v>
+      </c>
+      <c r="C402" t="s">
+        <v>3713</v>
+      </c>
+      <c r="D402" t="s">
+        <v>3714</v>
+      </c>
+      <c r="E402" t="s">
+        <v>3715</v>
+      </c>
+      <c r="F402" t="s">
+        <v>3716</v>
+      </c>
+      <c r="G402" t="s">
+        <v>3717</v>
+      </c>
+      <c r="H402" t="s">
+        <v>3718</v>
+      </c>
+      <c r="I402" t="s">
+        <v>3719</v>
+      </c>
+      <c r="J402" t="s">
+        <v>24</v>
+      </c>
+      <c r="K402" t="s">
+        <v>170</v>
+      </c>
+      <c r="L402" t="s">
+        <v>26</v>
+      </c>
+      <c r="M402" t="s">
+        <v>171</v>
+      </c>
+      <c r="N402" t="s">
+        <v>28</v>
+      </c>
+      <c r="O402" t="s">
         <v>3720</v>
-      </c>
-[...37 lines deleted...]
-        <v>3730</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65013</v>
+        <v>58240</v>
       </c>
       <c r="B403" t="s">
+        <v>3721</v>
+      </c>
+      <c r="C403" t="s">
+        <v>3722</v>
+      </c>
+      <c r="D403" t="s">
+        <v>3723</v>
+      </c>
+      <c r="E403" t="s">
+        <v>3724</v>
+      </c>
+      <c r="F403" t="s">
+        <v>3725</v>
+      </c>
+      <c r="G403" t="s">
+        <v>3726</v>
+      </c>
+      <c r="H403" t="s">
+        <v>3727</v>
+      </c>
+      <c r="I403" t="s">
+        <v>3728</v>
+      </c>
+      <c r="J403" t="s">
+        <v>24</v>
+      </c>
+      <c r="K403" t="s">
+        <v>3729</v>
+      </c>
+      <c r="L403" t="s">
+        <v>26</v>
+      </c>
+      <c r="M403" t="s">
+        <v>3730</v>
+      </c>
+      <c r="N403" t="s">
+        <v>28</v>
+      </c>
+      <c r="O403" t="s">
         <v>3731</v>
-      </c>
-[...37 lines deleted...]
-        <v>3739</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65014</v>
+        <v>58259</v>
       </c>
       <c r="B404" t="s">
+        <v>3732</v>
+      </c>
+      <c r="C404" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D404" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E404" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F404" t="s">
+        <v>3736</v>
+      </c>
+      <c r="G404" t="s">
+        <v>3737</v>
+      </c>
+      <c r="H404" t="s">
+        <v>3738</v>
+      </c>
+      <c r="I404" t="s">
+        <v>3739</v>
+      </c>
+      <c r="J404" t="s">
+        <v>24</v>
+      </c>
+      <c r="K404" t="s">
         <v>3740</v>
       </c>
-      <c r="C404" t="s">
+      <c r="L404" t="s">
+        <v>26</v>
+      </c>
+      <c r="M404" t="s">
         <v>3741</v>
       </c>
-      <c r="D404" t="s">
+      <c r="N404" t="s">
+        <v>28</v>
+      </c>
+      <c r="O404" t="s">
         <v>3742</v>
-      </c>
-[...31 lines deleted...]
-        <v>3748</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65015</v>
+        <v>64637</v>
       </c>
       <c r="B405" t="s">
+        <v>3743</v>
+      </c>
+      <c r="C405" t="s">
+        <v>3744</v>
+      </c>
+      <c r="D405" t="s">
+        <v>3745</v>
+      </c>
+      <c r="E405" t="s">
+        <v>3746</v>
+      </c>
+      <c r="F405" t="s">
+        <v>3747</v>
+      </c>
+      <c r="G405" t="s">
+        <v>3748</v>
+      </c>
+      <c r="H405" t="s">
         <v>3749</v>
       </c>
-      <c r="C405" t="s">
+      <c r="I405" t="s">
         <v>3750</v>
       </c>
-      <c r="D405" t="s">
+      <c r="J405" t="s">
+        <v>24</v>
+      </c>
+      <c r="K405" t="s">
+        <v>47</v>
+      </c>
+      <c r="L405" t="s">
+        <v>26</v>
+      </c>
+      <c r="M405" t="s">
+        <v>48</v>
+      </c>
+      <c r="N405" t="s">
+        <v>28</v>
+      </c>
+      <c r="O405" t="s">
         <v>3751</v>
-      </c>
-[...31 lines deleted...]
-        <v>3757</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65016</v>
+        <v>64643</v>
       </c>
       <c r="B406" t="s">
+        <v>3752</v>
+      </c>
+      <c r="C406" t="s">
+        <v>3753</v>
+      </c>
+      <c r="D406" t="s">
+        <v>3754</v>
+      </c>
+      <c r="E406" t="s">
+        <v>3755</v>
+      </c>
+      <c r="F406" t="s">
+        <v>3756</v>
+      </c>
+      <c r="G406" t="s">
+        <v>3757</v>
+      </c>
+      <c r="H406" t="s">
         <v>3758</v>
       </c>
-      <c r="C406" t="s">
+      <c r="I406" t="s">
         <v>3759</v>
       </c>
-      <c r="D406" t="s">
+      <c r="J406" t="s">
+        <v>24</v>
+      </c>
+      <c r="K406" t="s">
+        <v>170</v>
+      </c>
+      <c r="L406" t="s">
+        <v>26</v>
+      </c>
+      <c r="M406" t="s">
+        <v>171</v>
+      </c>
+      <c r="N406" t="s">
+        <v>28</v>
+      </c>
+      <c r="O406" t="s">
         <v>3760</v>
-      </c>
-[...31 lines deleted...]
-        <v>3766</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65017</v>
+        <v>64689</v>
       </c>
       <c r="B407" t="s">
+        <v>3761</v>
+      </c>
+      <c r="C407" t="s">
+        <v>3762</v>
+      </c>
+      <c r="D407" t="s">
+        <v>3763</v>
+      </c>
+      <c r="E407" t="s">
+        <v>3764</v>
+      </c>
+      <c r="F407" t="s">
+        <v>3765</v>
+      </c>
+      <c r="G407" t="s">
+        <v>3766</v>
+      </c>
+      <c r="H407" t="s">
         <v>3767</v>
       </c>
-      <c r="C407" t="s">
+      <c r="I407" t="s">
         <v>3768</v>
       </c>
-      <c r="D407" t="s">
+      <c r="J407" t="s">
+        <v>24</v>
+      </c>
+      <c r="K407" t="s">
+        <v>59</v>
+      </c>
+      <c r="L407" t="s">
+        <v>26</v>
+      </c>
+      <c r="M407" t="s">
+        <v>61</v>
+      </c>
+      <c r="N407" t="s">
+        <v>28</v>
+      </c>
+      <c r="O407" t="s">
         <v>3769</v>
-      </c>
-[...31 lines deleted...]
-        <v>3777</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65018</v>
+        <v>65000</v>
       </c>
       <c r="B408" t="s">
+        <v>3770</v>
+      </c>
+      <c r="C408" t="s">
+        <v>3771</v>
+      </c>
+      <c r="D408" t="s">
+        <v>3772</v>
+      </c>
+      <c r="E408" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F408" t="s">
+        <v>3774</v>
+      </c>
+      <c r="G408" t="s">
+        <v>3775</v>
+      </c>
+      <c r="H408" t="s">
+        <v>3776</v>
+      </c>
+      <c r="I408" t="s">
+        <v>3777</v>
+      </c>
+      <c r="J408" t="s">
+        <v>24</v>
+      </c>
+      <c r="K408" t="s">
+        <v>25</v>
+      </c>
+      <c r="L408" t="s">
+        <v>26</v>
+      </c>
+      <c r="M408" t="s">
+        <v>27</v>
+      </c>
+      <c r="N408" t="s">
+        <v>28</v>
+      </c>
+      <c r="O408" t="s">
         <v>3778</v>
-      </c>
-[...37 lines deleted...]
-        <v>3788</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65019</v>
+        <v>65001</v>
       </c>
       <c r="B409" t="s">
-        <v>3789</v>
+        <v>3779</v>
       </c>
       <c r="C409" t="s">
-        <v>3790</v>
+        <v>3780</v>
       </c>
       <c r="D409" t="s">
-        <v>3791</v>
+        <v>3781</v>
       </c>
       <c r="E409" t="s">
-        <v>3792</v>
+        <v>3782</v>
       </c>
       <c r="F409" t="s">
-        <v>3793</v>
+        <v>3783</v>
       </c>
       <c r="G409" t="s">
-        <v>3794</v>
+        <v>3784</v>
       </c>
       <c r="H409" t="s">
-        <v>3795</v>
+        <v>3785</v>
       </c>
       <c r="I409" t="s">
-        <v>3796</v>
+        <v>3786</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
         <v>170</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
         <v>171</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3797</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65020</v>
+        <v>65002</v>
       </c>
       <c r="B410" t="s">
-        <v>3798</v>
+        <v>3788</v>
       </c>
       <c r="C410" t="s">
-        <v>3799</v>
+        <v>3789</v>
       </c>
       <c r="D410" t="s">
-        <v>3800</v>
+        <v>3790</v>
       </c>
       <c r="E410" t="s">
-        <v>3801</v>
+        <v>3791</v>
       </c>
       <c r="F410" t="s">
-        <v>3802</v>
+        <v>3792</v>
       </c>
       <c r="G410" t="s">
-        <v>3803</v>
+        <v>3793</v>
       </c>
       <c r="H410" t="s">
-        <v>3804</v>
+        <v>3794</v>
       </c>
       <c r="I410" t="s">
-        <v>3805</v>
+        <v>3795</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>3806</v>
+        <v>25</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>3807</v>
+        <v>27</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3808</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65021</v>
+        <v>65003</v>
       </c>
       <c r="B411" t="s">
-        <v>3809</v>
+        <v>3797</v>
       </c>
       <c r="C411" t="s">
-        <v>3810</v>
+        <v>3798</v>
       </c>
       <c r="D411" t="s">
-        <v>3811</v>
+        <v>3799</v>
       </c>
       <c r="E411" t="s">
-        <v>3812</v>
+        <v>3800</v>
       </c>
       <c r="F411" t="s">
-        <v>3813</v>
+        <v>3801</v>
       </c>
       <c r="G411" t="s">
-        <v>3814</v>
+        <v>3802</v>
       </c>
       <c r="H411" t="s">
-        <v>3815</v>
+        <v>3803</v>
       </c>
       <c r="I411" t="s">
-        <v>3816</v>
+        <v>3804</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3817</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65022</v>
+        <v>65004</v>
       </c>
       <c r="B412" t="s">
-        <v>3818</v>
+        <v>3806</v>
       </c>
       <c r="C412" t="s">
-        <v>3819</v>
+        <v>3807</v>
       </c>
       <c r="D412" t="s">
-        <v>3820</v>
+        <v>3808</v>
       </c>
       <c r="E412" t="s">
-        <v>3821</v>
+        <v>3809</v>
       </c>
       <c r="F412" t="s">
-        <v>3822</v>
+        <v>3810</v>
       </c>
       <c r="G412" t="s">
-        <v>3823</v>
+        <v>3811</v>
       </c>
       <c r="H412" t="s">
-        <v>3824</v>
+        <v>3812</v>
       </c>
       <c r="I412" t="s">
-        <v>3825</v>
+        <v>3813</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3826</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65023</v>
+        <v>65005</v>
       </c>
       <c r="B413" t="s">
-        <v>3827</v>
+        <v>3815</v>
       </c>
       <c r="C413" t="s">
-        <v>3828</v>
+        <v>3816</v>
       </c>
       <c r="D413" t="s">
-        <v>3829</v>
+        <v>3817</v>
       </c>
       <c r="E413" t="s">
-        <v>3830</v>
+        <v>3818</v>
       </c>
       <c r="F413" t="s">
-        <v>3831</v>
+        <v>3819</v>
       </c>
       <c r="G413" t="s">
-        <v>3832</v>
+        <v>3820</v>
       </c>
       <c r="H413" t="s">
-        <v>3833</v>
+        <v>3821</v>
       </c>
       <c r="I413" t="s">
-        <v>3834</v>
+        <v>3822</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>25</v>
+        <v>3823</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>27</v>
+        <v>3824</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3835</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65025</v>
+        <v>65006</v>
       </c>
       <c r="B414" t="s">
+        <v>3826</v>
+      </c>
+      <c r="C414" t="s">
+        <v>3827</v>
+      </c>
+      <c r="D414" t="s">
+        <v>3828</v>
+      </c>
+      <c r="E414" t="s">
+        <v>3829</v>
+      </c>
+      <c r="F414" t="s">
+        <v>3830</v>
+      </c>
+      <c r="G414" t="s">
+        <v>3831</v>
+      </c>
+      <c r="H414" t="s">
+        <v>3832</v>
+      </c>
+      <c r="I414" t="s">
+        <v>3833</v>
+      </c>
+      <c r="J414" t="s">
+        <v>24</v>
+      </c>
+      <c r="K414" t="s">
+        <v>3834</v>
+      </c>
+      <c r="L414" t="s">
+        <v>26</v>
+      </c>
+      <c r="M414" t="s">
+        <v>3835</v>
+      </c>
+      <c r="N414" t="s">
+        <v>28</v>
+      </c>
+      <c r="O414" t="s">
         <v>3836</v>
-      </c>
-[...37 lines deleted...]
-        <v>3844</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65026</v>
+        <v>65007</v>
       </c>
       <c r="B415" t="s">
-        <v>3845</v>
+        <v>3837</v>
       </c>
       <c r="C415" t="s">
-        <v>3846</v>
+        <v>3838</v>
       </c>
       <c r="D415" t="s">
-        <v>3847</v>
+        <v>3839</v>
       </c>
       <c r="E415" t="s">
-        <v>3848</v>
+        <v>3840</v>
       </c>
       <c r="F415" t="s">
-        <v>3849</v>
+        <v>3841</v>
       </c>
       <c r="G415" t="s">
-        <v>3850</v>
+        <v>3842</v>
       </c>
       <c r="H415" t="s">
-        <v>3851</v>
+        <v>3843</v>
       </c>
       <c r="I415" t="s">
-        <v>3852</v>
+        <v>3844</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
         <v>25</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
         <v>27</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3853</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65027</v>
+        <v>65008</v>
       </c>
       <c r="B416" t="s">
+        <v>3846</v>
+      </c>
+      <c r="C416" t="s">
+        <v>3847</v>
+      </c>
+      <c r="D416" t="s">
+        <v>3848</v>
+      </c>
+      <c r="E416" t="s">
+        <v>3849</v>
+      </c>
+      <c r="F416" t="s">
+        <v>3850</v>
+      </c>
+      <c r="G416" t="s">
+        <v>3851</v>
+      </c>
+      <c r="H416" t="s">
+        <v>3852</v>
+      </c>
+      <c r="I416" t="s">
+        <v>3853</v>
+      </c>
+      <c r="J416" t="s">
+        <v>24</v>
+      </c>
+      <c r="K416" t="s">
+        <v>170</v>
+      </c>
+      <c r="L416" t="s">
+        <v>26</v>
+      </c>
+      <c r="M416" t="s">
+        <v>171</v>
+      </c>
+      <c r="N416" t="s">
+        <v>28</v>
+      </c>
+      <c r="O416" t="s">
         <v>3854</v>
-      </c>
-[...37 lines deleted...]
-        <v>3862</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65028</v>
+        <v>65009</v>
       </c>
       <c r="B417" t="s">
+        <v>3855</v>
+      </c>
+      <c r="C417" t="s">
+        <v>3856</v>
+      </c>
+      <c r="D417" t="s">
+        <v>3857</v>
+      </c>
+      <c r="E417" t="s">
+        <v>3858</v>
+      </c>
+      <c r="F417" t="s">
+        <v>3859</v>
+      </c>
+      <c r="G417" t="s">
+        <v>3860</v>
+      </c>
+      <c r="H417" t="s">
+        <v>3861</v>
+      </c>
+      <c r="I417" t="s">
+        <v>3862</v>
+      </c>
+      <c r="J417" t="s">
+        <v>24</v>
+      </c>
+      <c r="K417" t="s">
+        <v>170</v>
+      </c>
+      <c r="L417" t="s">
+        <v>26</v>
+      </c>
+      <c r="M417" t="s">
+        <v>171</v>
+      </c>
+      <c r="N417" t="s">
+        <v>28</v>
+      </c>
+      <c r="O417" t="s">
         <v>3863</v>
-      </c>
-[...37 lines deleted...]
-        <v>3871</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65030</v>
+        <v>65010</v>
       </c>
       <c r="B418" t="s">
-        <v>3872</v>
+        <v>3864</v>
       </c>
       <c r="C418" t="s">
-        <v>3873</v>
+        <v>3865</v>
       </c>
       <c r="D418" t="s">
-        <v>3874</v>
+        <v>3866</v>
       </c>
       <c r="E418" t="s">
-        <v>3875</v>
+        <v>3867</v>
       </c>
       <c r="F418" t="s">
-        <v>3876</v>
+        <v>3868</v>
       </c>
       <c r="G418" t="s">
-        <v>3877</v>
+        <v>3869</v>
       </c>
       <c r="H418" t="s">
-        <v>3878</v>
+        <v>3870</v>
       </c>
       <c r="I418" t="s">
-        <v>3879</v>
+        <v>3871</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
         <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
         <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3880</v>
+        <v>3872</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65031</v>
+        <v>65011</v>
       </c>
       <c r="B419" t="s">
+        <v>3873</v>
+      </c>
+      <c r="C419" t="s">
+        <v>3874</v>
+      </c>
+      <c r="D419" t="s">
+        <v>3875</v>
+      </c>
+      <c r="E419" t="s">
+        <v>3876</v>
+      </c>
+      <c r="F419" t="s">
+        <v>3877</v>
+      </c>
+      <c r="G419" t="s">
+        <v>3878</v>
+      </c>
+      <c r="H419" t="s">
+        <v>3879</v>
+      </c>
+      <c r="I419" t="s">
+        <v>3880</v>
+      </c>
+      <c r="J419" t="s">
+        <v>24</v>
+      </c>
+      <c r="K419" t="s">
+        <v>170</v>
+      </c>
+      <c r="L419" t="s">
+        <v>26</v>
+      </c>
+      <c r="M419" t="s">
+        <v>171</v>
+      </c>
+      <c r="N419" t="s">
+        <v>28</v>
+      </c>
+      <c r="O419" t="s">
         <v>3881</v>
-      </c>
-[...37 lines deleted...]
-        <v>3889</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65032</v>
+        <v>65012</v>
       </c>
       <c r="B420" t="s">
+        <v>3882</v>
+      </c>
+      <c r="C420" t="s">
+        <v>3883</v>
+      </c>
+      <c r="D420" t="s">
+        <v>3884</v>
+      </c>
+      <c r="E420" t="s">
+        <v>3885</v>
+      </c>
+      <c r="F420" t="s">
+        <v>3886</v>
+      </c>
+      <c r="G420" t="s">
+        <v>3887</v>
+      </c>
+      <c r="H420" t="s">
+        <v>3888</v>
+      </c>
+      <c r="I420" t="s">
+        <v>3889</v>
+      </c>
+      <c r="J420" t="s">
+        <v>24</v>
+      </c>
+      <c r="K420" t="s">
         <v>3890</v>
       </c>
-      <c r="C420" t="s">
+      <c r="L420" t="s">
+        <v>26</v>
+      </c>
+      <c r="M420" t="s">
         <v>3891</v>
       </c>
-      <c r="D420" t="s">
+      <c r="N420" t="s">
+        <v>28</v>
+      </c>
+      <c r="O420" t="s">
         <v>3892</v>
-      </c>
-[...31 lines deleted...]
-        <v>3898</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65033</v>
+        <v>65013</v>
       </c>
       <c r="B421" t="s">
+        <v>3893</v>
+      </c>
+      <c r="C421" t="s">
+        <v>3894</v>
+      </c>
+      <c r="D421" t="s">
+        <v>3895</v>
+      </c>
+      <c r="E421" t="s">
+        <v>3896</v>
+      </c>
+      <c r="F421" t="s">
+        <v>3897</v>
+      </c>
+      <c r="G421" t="s">
+        <v>3898</v>
+      </c>
+      <c r="H421" t="s">
         <v>3899</v>
       </c>
-      <c r="C421" t="s">
+      <c r="I421" t="s">
         <v>3900</v>
       </c>
-      <c r="D421" t="s">
+      <c r="J421" t="s">
+        <v>24</v>
+      </c>
+      <c r="K421" t="s">
+        <v>25</v>
+      </c>
+      <c r="L421" t="s">
+        <v>26</v>
+      </c>
+      <c r="M421" t="s">
+        <v>27</v>
+      </c>
+      <c r="N421" t="s">
+        <v>28</v>
+      </c>
+      <c r="O421" t="s">
         <v>3901</v>
-      </c>
-[...31 lines deleted...]
-        <v>3909</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65034</v>
+        <v>65014</v>
       </c>
       <c r="B422" t="s">
+        <v>3902</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3903</v>
+      </c>
+      <c r="D422" t="s">
+        <v>3904</v>
+      </c>
+      <c r="E422" t="s">
+        <v>3905</v>
+      </c>
+      <c r="F422" t="s">
+        <v>3906</v>
+      </c>
+      <c r="G422" t="s">
+        <v>3907</v>
+      </c>
+      <c r="H422" t="s">
+        <v>3908</v>
+      </c>
+      <c r="I422" t="s">
+        <v>3909</v>
+      </c>
+      <c r="J422" t="s">
+        <v>450</v>
+      </c>
+      <c r="K422" t="s">
+        <v>690</v>
+      </c>
+      <c r="L422" t="s">
+        <v>452</v>
+      </c>
+      <c r="M422" t="s">
+        <v>691</v>
+      </c>
+      <c r="N422" t="s">
+        <v>28</v>
+      </c>
+      <c r="O422" t="s">
         <v>3910</v>
-      </c>
-[...37 lines deleted...]
-        <v>3918</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65035</v>
+        <v>65015</v>
       </c>
       <c r="B423" t="s">
+        <v>3911</v>
+      </c>
+      <c r="C423" t="s">
+        <v>3912</v>
+      </c>
+      <c r="D423" t="s">
+        <v>3913</v>
+      </c>
+      <c r="E423" t="s">
+        <v>3914</v>
+      </c>
+      <c r="F423" t="s">
+        <v>3915</v>
+      </c>
+      <c r="G423" t="s">
+        <v>3916</v>
+      </c>
+      <c r="H423" t="s">
+        <v>3917</v>
+      </c>
+      <c r="I423" t="s">
+        <v>3918</v>
+      </c>
+      <c r="J423" t="s">
+        <v>24</v>
+      </c>
+      <c r="K423" t="s">
+        <v>170</v>
+      </c>
+      <c r="L423" t="s">
+        <v>26</v>
+      </c>
+      <c r="M423" t="s">
+        <v>171</v>
+      </c>
+      <c r="N423" t="s">
+        <v>28</v>
+      </c>
+      <c r="O423" t="s">
         <v>3919</v>
-      </c>
-[...37 lines deleted...]
-        <v>3927</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65036</v>
+        <v>65016</v>
       </c>
       <c r="B424" t="s">
-        <v>3928</v>
+        <v>3920</v>
       </c>
       <c r="C424" t="s">
-        <v>3929</v>
+        <v>3921</v>
       </c>
       <c r="D424" t="s">
-        <v>3930</v>
+        <v>3922</v>
       </c>
       <c r="E424" t="s">
-        <v>3931</v>
+        <v>3923</v>
       </c>
       <c r="F424" t="s">
-        <v>3932</v>
+        <v>3924</v>
       </c>
       <c r="G424" t="s">
-        <v>3933</v>
+        <v>3925</v>
       </c>
       <c r="H424" t="s">
-        <v>3934</v>
+        <v>3926</v>
       </c>
       <c r="I424" t="s">
-        <v>3935</v>
+        <v>3927</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
         <v>25</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
         <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3936</v>
+        <v>3928</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65037</v>
+        <v>65017</v>
       </c>
       <c r="B425" t="s">
+        <v>3929</v>
+      </c>
+      <c r="C425" t="s">
+        <v>3930</v>
+      </c>
+      <c r="D425" t="s">
+        <v>3931</v>
+      </c>
+      <c r="E425" t="s">
+        <v>3932</v>
+      </c>
+      <c r="F425" t="s">
+        <v>3933</v>
+      </c>
+      <c r="G425" t="s">
+        <v>3934</v>
+      </c>
+      <c r="H425" t="s">
+        <v>3935</v>
+      </c>
+      <c r="I425" t="s">
+        <v>3936</v>
+      </c>
+      <c r="J425" t="s">
+        <v>24</v>
+      </c>
+      <c r="K425" t="s">
         <v>3937</v>
       </c>
-      <c r="C425" t="s">
+      <c r="L425" t="s">
+        <v>26</v>
+      </c>
+      <c r="M425" t="s">
         <v>3938</v>
       </c>
-      <c r="D425" t="s">
+      <c r="N425" t="s">
+        <v>28</v>
+      </c>
+      <c r="O425" t="s">
         <v>3939</v>
-      </c>
-[...31 lines deleted...]
-        <v>3945</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65038</v>
+        <v>65018</v>
       </c>
       <c r="B426" t="s">
+        <v>3940</v>
+      </c>
+      <c r="C426" t="s">
+        <v>3941</v>
+      </c>
+      <c r="D426" t="s">
+        <v>3942</v>
+      </c>
+      <c r="E426" t="s">
+        <v>3943</v>
+      </c>
+      <c r="F426" t="s">
+        <v>3944</v>
+      </c>
+      <c r="G426" t="s">
+        <v>3945</v>
+      </c>
+      <c r="H426" t="s">
         <v>3946</v>
       </c>
-      <c r="C426" t="s">
+      <c r="I426" t="s">
         <v>3947</v>
       </c>
-      <c r="D426" t="s">
+      <c r="J426" t="s">
+        <v>24</v>
+      </c>
+      <c r="K426" t="s">
         <v>3948</v>
       </c>
-      <c r="E426" t="s">
+      <c r="L426" t="s">
+        <v>26</v>
+      </c>
+      <c r="M426" t="s">
         <v>3949</v>
       </c>
-      <c r="F426" t="s">
+      <c r="N426" t="s">
+        <v>28</v>
+      </c>
+      <c r="O426" t="s">
         <v>3950</v>
-      </c>
-[...25 lines deleted...]
-        <v>3954</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65039</v>
+        <v>65019</v>
       </c>
       <c r="B427" t="s">
+        <v>3951</v>
+      </c>
+      <c r="C427" t="s">
+        <v>3952</v>
+      </c>
+      <c r="D427" t="s">
+        <v>3953</v>
+      </c>
+      <c r="E427" t="s">
+        <v>3954</v>
+      </c>
+      <c r="F427" t="s">
         <v>3955</v>
       </c>
-      <c r="C427" t="s">
+      <c r="G427" t="s">
         <v>3956</v>
       </c>
-      <c r="D427" t="s">
+      <c r="H427" t="s">
         <v>3957</v>
       </c>
-      <c r="E427" t="s">
+      <c r="I427" t="s">
         <v>3958</v>
-      </c>
-[...10 lines deleted...]
-        <v>3962</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
         <v>170</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
         <v>171</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3963</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65040</v>
+        <v>65020</v>
       </c>
       <c r="B428" t="s">
+        <v>3960</v>
+      </c>
+      <c r="C428" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D428" t="s">
+        <v>3962</v>
+      </c>
+      <c r="E428" t="s">
+        <v>3963</v>
+      </c>
+      <c r="F428" t="s">
         <v>3964</v>
       </c>
-      <c r="C428" t="s">
+      <c r="G428" t="s">
         <v>3965</v>
       </c>
-      <c r="D428" t="s">
+      <c r="H428" t="s">
         <v>3966</v>
       </c>
-      <c r="E428" t="s">
+      <c r="I428" t="s">
         <v>3967</v>
       </c>
-      <c r="F428" t="s">
+      <c r="J428" t="s">
+        <v>24</v>
+      </c>
+      <c r="K428" t="s">
         <v>3968</v>
       </c>
-      <c r="G428" t="s">
+      <c r="L428" t="s">
+        <v>26</v>
+      </c>
+      <c r="M428" t="s">
         <v>3969</v>
       </c>
-      <c r="H428" t="s">
+      <c r="N428" t="s">
+        <v>28</v>
+      </c>
+      <c r="O428" t="s">
         <v>3970</v>
-      </c>
-[...19 lines deleted...]
-        <v>3972</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65043</v>
+        <v>65021</v>
       </c>
       <c r="B429" t="s">
+        <v>3971</v>
+      </c>
+      <c r="C429" t="s">
+        <v>3972</v>
+      </c>
+      <c r="D429" t="s">
         <v>3973</v>
       </c>
-      <c r="C429" t="s">
+      <c r="E429" t="s">
         <v>3974</v>
       </c>
-      <c r="D429" t="s">
+      <c r="F429" t="s">
         <v>3975</v>
       </c>
-      <c r="E429" t="s">
+      <c r="G429" t="s">
         <v>3976</v>
       </c>
-      <c r="F429" t="s">
+      <c r="H429" t="s">
         <v>3977</v>
       </c>
-      <c r="G429" t="s">
+      <c r="I429" t="s">
         <v>3978</v>
-      </c>
-[...4 lines deleted...]
-        <v>3980</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
         <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
         <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3981</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65044</v>
+        <v>65022</v>
       </c>
       <c r="B430" t="s">
+        <v>3980</v>
+      </c>
+      <c r="C430" t="s">
+        <v>3981</v>
+      </c>
+      <c r="D430" t="s">
         <v>3982</v>
       </c>
-      <c r="C430" t="s">
+      <c r="E430" t="s">
         <v>3983</v>
       </c>
-      <c r="D430" t="s">
+      <c r="F430" t="s">
         <v>3984</v>
       </c>
-      <c r="E430" t="s">
+      <c r="G430" t="s">
         <v>3985</v>
       </c>
-      <c r="F430" t="s">
+      <c r="H430" t="s">
         <v>3986</v>
       </c>
-      <c r="G430" t="s">
+      <c r="I430" t="s">
         <v>3987</v>
-      </c>
-[...4 lines deleted...]
-        <v>3989</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
         <v>25</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
         <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3990</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65045</v>
+        <v>65023</v>
       </c>
       <c r="B431" t="s">
+        <v>3989</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3990</v>
+      </c>
+      <c r="D431" t="s">
         <v>3991</v>
       </c>
-      <c r="C431" t="s">
+      <c r="E431" t="s">
         <v>3992</v>
       </c>
-      <c r="D431" t="s">
+      <c r="F431" t="s">
         <v>3993</v>
       </c>
-      <c r="E431" t="s">
+      <c r="G431" t="s">
         <v>3994</v>
       </c>
-      <c r="F431" t="s">
+      <c r="H431" t="s">
         <v>3995</v>
       </c>
-      <c r="G431" t="s">
+      <c r="I431" t="s">
         <v>3996</v>
       </c>
-      <c r="H431" t="s">
+      <c r="J431" t="s">
+        <v>24</v>
+      </c>
+      <c r="K431" t="s">
+        <v>25</v>
+      </c>
+      <c r="L431" t="s">
+        <v>26</v>
+      </c>
+      <c r="M431" t="s">
+        <v>27</v>
+      </c>
+      <c r="N431" t="s">
+        <v>28</v>
+      </c>
+      <c r="O431" t="s">
         <v>3997</v>
-      </c>
-[...19 lines deleted...]
-        <v>4001</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65046</v>
+        <v>65025</v>
       </c>
       <c r="B432" t="s">
+        <v>3998</v>
+      </c>
+      <c r="C432" t="s">
+        <v>3999</v>
+      </c>
+      <c r="D432" t="s">
+        <v>4000</v>
+      </c>
+      <c r="E432" t="s">
+        <v>4001</v>
+      </c>
+      <c r="F432" t="s">
         <v>4002</v>
       </c>
-      <c r="C432" t="s">
+      <c r="G432" t="s">
         <v>4003</v>
       </c>
-      <c r="D432" t="s">
+      <c r="H432" t="s">
         <v>4004</v>
       </c>
-      <c r="E432" t="s">
+      <c r="I432" t="s">
         <v>4005</v>
       </c>
-      <c r="F432" t="s">
+      <c r="J432" t="s">
+        <v>24</v>
+      </c>
+      <c r="K432" t="s">
+        <v>25</v>
+      </c>
+      <c r="L432" t="s">
+        <v>26</v>
+      </c>
+      <c r="M432" t="s">
+        <v>27</v>
+      </c>
+      <c r="N432" t="s">
+        <v>28</v>
+      </c>
+      <c r="O432" t="s">
         <v>4006</v>
-      </c>
-[...25 lines deleted...]
-        <v>4010</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65047</v>
+        <v>65026</v>
       </c>
       <c r="B433" t="s">
+        <v>4007</v>
+      </c>
+      <c r="C433" t="s">
+        <v>4008</v>
+      </c>
+      <c r="D433" t="s">
+        <v>4009</v>
+      </c>
+      <c r="E433" t="s">
+        <v>4010</v>
+      </c>
+      <c r="F433" t="s">
         <v>4011</v>
       </c>
-      <c r="C433" t="s">
+      <c r="G433" t="s">
         <v>4012</v>
       </c>
-      <c r="D433" t="s">
+      <c r="H433" t="s">
         <v>4013</v>
       </c>
-      <c r="E433" t="s">
+      <c r="I433" t="s">
         <v>4014</v>
       </c>
-      <c r="F433" t="s">
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
+        <v>25</v>
+      </c>
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
+        <v>27</v>
+      </c>
+      <c r="N433" t="s">
+        <v>28</v>
+      </c>
+      <c r="O433" t="s">
         <v>4015</v>
-      </c>
-[...25 lines deleted...]
-        <v>4019</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65049</v>
+        <v>65027</v>
       </c>
       <c r="B434" t="s">
+        <v>4016</v>
+      </c>
+      <c r="C434" t="s">
+        <v>4017</v>
+      </c>
+      <c r="D434" t="s">
+        <v>4018</v>
+      </c>
+      <c r="E434" t="s">
+        <v>4019</v>
+      </c>
+      <c r="F434" t="s">
         <v>4020</v>
       </c>
-      <c r="C434" t="s">
+      <c r="G434" t="s">
         <v>4021</v>
       </c>
-      <c r="D434" t="s">
+      <c r="H434" t="s">
         <v>4022</v>
       </c>
-      <c r="E434" t="s">
+      <c r="I434" t="s">
         <v>4023</v>
       </c>
-      <c r="F434" t="s">
+      <c r="J434" t="s">
+        <v>24</v>
+      </c>
+      <c r="K434" t="s">
+        <v>690</v>
+      </c>
+      <c r="L434" t="s">
+        <v>26</v>
+      </c>
+      <c r="M434" t="s">
+        <v>691</v>
+      </c>
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
         <v>4024</v>
-      </c>
-[...25 lines deleted...]
-        <v>4028</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65050</v>
+        <v>65028</v>
       </c>
       <c r="B435" t="s">
+        <v>4025</v>
+      </c>
+      <c r="C435" t="s">
+        <v>4026</v>
+      </c>
+      <c r="D435" t="s">
+        <v>4027</v>
+      </c>
+      <c r="E435" t="s">
+        <v>4028</v>
+      </c>
+      <c r="F435" t="s">
         <v>4029</v>
       </c>
-      <c r="C435" t="s">
+      <c r="G435" t="s">
         <v>4030</v>
       </c>
-      <c r="D435" t="s">
+      <c r="H435" t="s">
         <v>4031</v>
       </c>
-      <c r="E435" t="s">
+      <c r="I435" t="s">
         <v>4032</v>
-      </c>
-[...10 lines deleted...]
-        <v>4036</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
         <v>25</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
         <v>27</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4037</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65051</v>
+        <v>65030</v>
       </c>
       <c r="B436" t="s">
+        <v>4034</v>
+      </c>
+      <c r="C436" t="s">
+        <v>4035</v>
+      </c>
+      <c r="D436" t="s">
+        <v>4036</v>
+      </c>
+      <c r="E436" t="s">
+        <v>4037</v>
+      </c>
+      <c r="F436" t="s">
         <v>4038</v>
       </c>
-      <c r="C436" t="s">
+      <c r="G436" t="s">
         <v>4039</v>
       </c>
-      <c r="D436" t="s">
+      <c r="H436" t="s">
         <v>4040</v>
       </c>
-      <c r="E436" t="s">
+      <c r="I436" t="s">
         <v>4041</v>
       </c>
-      <c r="F436" t="s">
+      <c r="J436" t="s">
+        <v>24</v>
+      </c>
+      <c r="K436" t="s">
+        <v>25</v>
+      </c>
+      <c r="L436" t="s">
+        <v>26</v>
+      </c>
+      <c r="M436" t="s">
+        <v>27</v>
+      </c>
+      <c r="N436" t="s">
+        <v>28</v>
+      </c>
+      <c r="O436" t="s">
         <v>4042</v>
-      </c>
-[...25 lines deleted...]
-        <v>4046</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65053</v>
+        <v>65031</v>
       </c>
       <c r="B437" t="s">
+        <v>4043</v>
+      </c>
+      <c r="C437" t="s">
+        <v>4044</v>
+      </c>
+      <c r="D437" t="s">
+        <v>4045</v>
+      </c>
+      <c r="E437" t="s">
+        <v>4046</v>
+      </c>
+      <c r="F437" t="s">
         <v>4047</v>
       </c>
-      <c r="C437" t="s">
+      <c r="G437" t="s">
         <v>4048</v>
       </c>
-      <c r="D437" t="s">
+      <c r="H437" t="s">
         <v>4049</v>
       </c>
-      <c r="E437" t="s">
+      <c r="I437" t="s">
         <v>4050</v>
       </c>
-      <c r="F437" t="s">
+      <c r="J437" t="s">
+        <v>24</v>
+      </c>
+      <c r="K437" t="s">
+        <v>25</v>
+      </c>
+      <c r="L437" t="s">
+        <v>26</v>
+      </c>
+      <c r="M437" t="s">
+        <v>27</v>
+      </c>
+      <c r="N437" t="s">
+        <v>28</v>
+      </c>
+      <c r="O437" t="s">
         <v>4051</v>
-      </c>
-[...25 lines deleted...]
-        <v>4055</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65054</v>
+        <v>65032</v>
       </c>
       <c r="B438" t="s">
+        <v>4052</v>
+      </c>
+      <c r="C438" t="s">
+        <v>4053</v>
+      </c>
+      <c r="D438" t="s">
+        <v>4054</v>
+      </c>
+      <c r="E438" t="s">
+        <v>4055</v>
+      </c>
+      <c r="F438" t="s">
         <v>4056</v>
       </c>
-      <c r="C438" t="s">
+      <c r="G438" t="s">
         <v>4057</v>
       </c>
-      <c r="D438" t="s">
+      <c r="H438" t="s">
         <v>4058</v>
       </c>
-      <c r="E438" t="s">
+      <c r="I438" t="s">
         <v>4059</v>
       </c>
-      <c r="F438" t="s">
+      <c r="J438" t="s">
+        <v>24</v>
+      </c>
+      <c r="K438" t="s">
+        <v>170</v>
+      </c>
+      <c r="L438" t="s">
+        <v>26</v>
+      </c>
+      <c r="M438" t="s">
+        <v>171</v>
+      </c>
+      <c r="N438" t="s">
+        <v>28</v>
+      </c>
+      <c r="O438" t="s">
         <v>4060</v>
-      </c>
-[...25 lines deleted...]
-        <v>4064</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65055</v>
+        <v>65033</v>
       </c>
       <c r="B439" t="s">
+        <v>4061</v>
+      </c>
+      <c r="C439" t="s">
+        <v>4062</v>
+      </c>
+      <c r="D439" t="s">
+        <v>4063</v>
+      </c>
+      <c r="E439" t="s">
+        <v>4064</v>
+      </c>
+      <c r="F439" t="s">
         <v>4065</v>
       </c>
-      <c r="C439" t="s">
+      <c r="G439" t="s">
         <v>4066</v>
       </c>
-      <c r="D439" t="s">
+      <c r="H439" t="s">
         <v>4067</v>
       </c>
-      <c r="E439" t="s">
+      <c r="I439" t="s">
         <v>4068</v>
       </c>
-      <c r="F439" t="s">
+      <c r="J439" t="s">
+        <v>24</v>
+      </c>
+      <c r="K439" t="s">
         <v>4069</v>
       </c>
-      <c r="G439" t="s">
+      <c r="L439" t="s">
+        <v>26</v>
+      </c>
+      <c r="M439" t="s">
         <v>4070</v>
       </c>
-      <c r="H439" t="s">
+      <c r="N439" t="s">
+        <v>28</v>
+      </c>
+      <c r="O439" t="s">
         <v>4071</v>
-      </c>
-[...19 lines deleted...]
-        <v>4073</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65057</v>
+        <v>65034</v>
       </c>
       <c r="B440" t="s">
+        <v>4072</v>
+      </c>
+      <c r="C440" t="s">
+        <v>4073</v>
+      </c>
+      <c r="D440" t="s">
         <v>4074</v>
       </c>
-      <c r="C440" t="s">
+      <c r="E440" t="s">
         <v>4075</v>
       </c>
-      <c r="D440" t="s">
+      <c r="F440" t="s">
         <v>4076</v>
       </c>
-      <c r="E440" t="s">
+      <c r="G440" t="s">
         <v>4077</v>
       </c>
-      <c r="F440" t="s">
+      <c r="H440" t="s">
         <v>4078</v>
       </c>
-      <c r="G440" t="s">
+      <c r="I440" t="s">
         <v>4079</v>
       </c>
-      <c r="H440" t="s">
+      <c r="J440" t="s">
+        <v>450</v>
+      </c>
+      <c r="K440" t="s">
+        <v>580</v>
+      </c>
+      <c r="L440" t="s">
+        <v>452</v>
+      </c>
+      <c r="M440" t="s">
+        <v>581</v>
+      </c>
+      <c r="N440" t="s">
+        <v>28</v>
+      </c>
+      <c r="O440" t="s">
         <v>4080</v>
-      </c>
-[...19 lines deleted...]
-        <v>4082</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65058</v>
+        <v>65035</v>
       </c>
       <c r="B441" t="s">
+        <v>4081</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4082</v>
+      </c>
+      <c r="D441" t="s">
         <v>4083</v>
       </c>
-      <c r="C441" t="s">
+      <c r="E441" t="s">
         <v>4084</v>
       </c>
-      <c r="D441" t="s">
+      <c r="F441" t="s">
         <v>4085</v>
       </c>
-      <c r="E441" t="s">
+      <c r="G441" t="s">
         <v>4086</v>
       </c>
-      <c r="F441" t="s">
+      <c r="H441" t="s">
         <v>4087</v>
       </c>
-      <c r="G441" t="s">
+      <c r="I441" t="s">
         <v>4088</v>
       </c>
-      <c r="H441" t="s">
+      <c r="J441" t="s">
+        <v>24</v>
+      </c>
+      <c r="K441" t="s">
+        <v>25</v>
+      </c>
+      <c r="L441" t="s">
+        <v>26</v>
+      </c>
+      <c r="M441" t="s">
+        <v>27</v>
+      </c>
+      <c r="N441" t="s">
+        <v>28</v>
+      </c>
+      <c r="O441" t="s">
         <v>4089</v>
-      </c>
-[...19 lines deleted...]
-        <v>4091</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65059</v>
+        <v>65036</v>
       </c>
       <c r="B442" t="s">
+        <v>4090</v>
+      </c>
+      <c r="C442" t="s">
+        <v>4091</v>
+      </c>
+      <c r="D442" t="s">
         <v>4092</v>
       </c>
-      <c r="C442" t="s">
+      <c r="E442" t="s">
         <v>4093</v>
       </c>
-      <c r="D442" t="s">
+      <c r="F442" t="s">
         <v>4094</v>
       </c>
-      <c r="E442" t="s">
+      <c r="G442" t="s">
         <v>4095</v>
       </c>
-      <c r="F442" t="s">
+      <c r="H442" t="s">
         <v>4096</v>
       </c>
-      <c r="G442" t="s">
+      <c r="I442" t="s">
         <v>4097</v>
       </c>
-      <c r="H442" t="s">
+      <c r="J442" t="s">
+        <v>24</v>
+      </c>
+      <c r="K442" t="s">
+        <v>25</v>
+      </c>
+      <c r="L442" t="s">
+        <v>26</v>
+      </c>
+      <c r="M442" t="s">
+        <v>27</v>
+      </c>
+      <c r="N442" t="s">
+        <v>28</v>
+      </c>
+      <c r="O442" t="s">
         <v>4098</v>
-      </c>
-[...19 lines deleted...]
-        <v>4100</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65060</v>
+        <v>65037</v>
       </c>
       <c r="B443" t="s">
+        <v>4099</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4100</v>
+      </c>
+      <c r="D443" t="s">
         <v>4101</v>
       </c>
-      <c r="C443" t="s">
+      <c r="E443" t="s">
         <v>4102</v>
       </c>
-      <c r="D443" t="s">
+      <c r="F443" t="s">
         <v>4103</v>
       </c>
-      <c r="E443" t="s">
+      <c r="G443" t="s">
         <v>4104</v>
       </c>
-      <c r="F443" t="s">
+      <c r="H443" t="s">
         <v>4105</v>
       </c>
-      <c r="G443" t="s">
+      <c r="I443" t="s">
         <v>4106</v>
       </c>
-      <c r="H443" t="s">
+      <c r="J443" t="s">
+        <v>24</v>
+      </c>
+      <c r="K443" t="s">
+        <v>25</v>
+      </c>
+      <c r="L443" t="s">
+        <v>26</v>
+      </c>
+      <c r="M443" t="s">
+        <v>27</v>
+      </c>
+      <c r="N443" t="s">
+        <v>28</v>
+      </c>
+      <c r="O443" t="s">
         <v>4107</v>
-      </c>
-[...19 lines deleted...]
-        <v>4109</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65061</v>
+        <v>65038</v>
       </c>
       <c r="B444" t="s">
+        <v>4108</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4109</v>
+      </c>
+      <c r="D444" t="s">
         <v>4110</v>
       </c>
-      <c r="C444" t="s">
+      <c r="E444" t="s">
         <v>4111</v>
       </c>
-      <c r="D444" t="s">
+      <c r="F444" t="s">
         <v>4112</v>
       </c>
-      <c r="E444" t="s">
+      <c r="G444" t="s">
         <v>4113</v>
       </c>
-      <c r="F444" t="s">
+      <c r="H444" t="s">
         <v>4114</v>
       </c>
-      <c r="G444" t="s">
+      <c r="I444" t="s">
         <v>4115</v>
       </c>
-      <c r="H444" t="s">
+      <c r="J444" t="s">
+        <v>24</v>
+      </c>
+      <c r="K444" t="s">
+        <v>170</v>
+      </c>
+      <c r="L444" t="s">
+        <v>26</v>
+      </c>
+      <c r="M444" t="s">
+        <v>171</v>
+      </c>
+      <c r="N444" t="s">
+        <v>28</v>
+      </c>
+      <c r="O444" t="s">
         <v>4116</v>
-      </c>
-[...19 lines deleted...]
-        <v>4118</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65062</v>
+        <v>65039</v>
       </c>
       <c r="B445" t="s">
+        <v>4117</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4118</v>
+      </c>
+      <c r="D445" t="s">
         <v>4119</v>
       </c>
-      <c r="C445" t="s">
+      <c r="E445" t="s">
         <v>4120</v>
       </c>
-      <c r="D445" t="s">
+      <c r="F445" t="s">
         <v>4121</v>
       </c>
-      <c r="E445" t="s">
+      <c r="G445" t="s">
         <v>4122</v>
       </c>
-      <c r="F445" t="s">
+      <c r="H445" t="s">
         <v>4123</v>
       </c>
-      <c r="G445" t="s">
+      <c r="I445" t="s">
         <v>4124</v>
       </c>
-      <c r="H445" t="s">
+      <c r="J445" t="s">
+        <v>24</v>
+      </c>
+      <c r="K445" t="s">
+        <v>170</v>
+      </c>
+      <c r="L445" t="s">
+        <v>26</v>
+      </c>
+      <c r="M445" t="s">
+        <v>171</v>
+      </c>
+      <c r="N445" t="s">
+        <v>28</v>
+      </c>
+      <c r="O445" t="s">
         <v>4125</v>
-      </c>
-[...19 lines deleted...]
-        <v>4127</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65063</v>
+        <v>65040</v>
       </c>
       <c r="B446" t="s">
+        <v>4126</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4127</v>
+      </c>
+      <c r="D446" t="s">
         <v>4128</v>
       </c>
-      <c r="C446" t="s">
+      <c r="E446" t="s">
         <v>4129</v>
       </c>
-      <c r="D446" t="s">
+      <c r="F446" t="s">
         <v>4130</v>
       </c>
-      <c r="E446" t="s">
+      <c r="G446" t="s">
         <v>4131</v>
       </c>
-      <c r="F446" t="s">
+      <c r="H446" t="s">
         <v>4132</v>
       </c>
-      <c r="G446" t="s">
+      <c r="I446" t="s">
         <v>4133</v>
       </c>
-      <c r="H446" t="s">
+      <c r="J446" t="s">
+        <v>24</v>
+      </c>
+      <c r="K446" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L446" t="s">
+        <v>26</v>
+      </c>
+      <c r="M446" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N446" t="s">
+        <v>28</v>
+      </c>
+      <c r="O446" t="s">
         <v>4134</v>
-      </c>
-[...19 lines deleted...]
-        <v>4136</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65065</v>
+        <v>65043</v>
       </c>
       <c r="B447" t="s">
+        <v>4135</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4136</v>
+      </c>
+      <c r="D447" t="s">
         <v>4137</v>
       </c>
-      <c r="C447" t="s">
+      <c r="E447" t="s">
         <v>4138</v>
       </c>
-      <c r="D447" t="s">
+      <c r="F447" t="s">
         <v>4139</v>
       </c>
-      <c r="E447" t="s">
+      <c r="G447" t="s">
         <v>4140</v>
       </c>
-      <c r="F447" t="s">
+      <c r="H447" t="s">
         <v>4141</v>
       </c>
-      <c r="G447" t="s">
+      <c r="I447" t="s">
         <v>4142</v>
       </c>
-      <c r="H447" t="s">
+      <c r="J447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K447" t="s">
+        <v>25</v>
+      </c>
+      <c r="L447" t="s">
+        <v>26</v>
+      </c>
+      <c r="M447" t="s">
+        <v>27</v>
+      </c>
+      <c r="N447" t="s">
+        <v>28</v>
+      </c>
+      <c r="O447" t="s">
         <v>4143</v>
-      </c>
-[...19 lines deleted...]
-        <v>4147</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65068</v>
+        <v>65044</v>
       </c>
       <c r="B448" t="s">
+        <v>4144</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4145</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4146</v>
+      </c>
+      <c r="E448" t="s">
+        <v>4147</v>
+      </c>
+      <c r="F448" t="s">
         <v>4148</v>
       </c>
-      <c r="C448" t="s">
+      <c r="G448" t="s">
         <v>4149</v>
       </c>
-      <c r="D448" t="s">
+      <c r="H448" t="s">
         <v>4150</v>
       </c>
-      <c r="E448" t="s">
+      <c r="I448" t="s">
         <v>4151</v>
-      </c>
-[...10 lines deleted...]
-        <v>4155</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
         <v>25</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
         <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4156</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65069</v>
+        <v>65045</v>
       </c>
       <c r="B449" t="s">
+        <v>4153</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4154</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4155</v>
+      </c>
+      <c r="E449" t="s">
+        <v>4156</v>
+      </c>
+      <c r="F449" t="s">
         <v>4157</v>
       </c>
-      <c r="C449" t="s">
+      <c r="G449" t="s">
         <v>4158</v>
       </c>
-      <c r="D449" t="s">
+      <c r="H449" t="s">
         <v>4159</v>
       </c>
-      <c r="E449" t="s">
+      <c r="I449" t="s">
         <v>4160</v>
       </c>
-      <c r="F449" t="s">
+      <c r="J449" t="s">
+        <v>58</v>
+      </c>
+      <c r="K449" t="s">
         <v>4161</v>
       </c>
-      <c r="G449" t="s">
+      <c r="L449" t="s">
+        <v>60</v>
+      </c>
+      <c r="M449" t="s">
         <v>4162</v>
       </c>
-      <c r="H449" t="s">
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
         <v>4163</v>
-      </c>
-[...19 lines deleted...]
-        <v>4165</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65071</v>
+        <v>65046</v>
       </c>
       <c r="B450" t="s">
+        <v>4164</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4165</v>
+      </c>
+      <c r="D450" t="s">
         <v>4166</v>
       </c>
-      <c r="C450" t="s">
+      <c r="E450" t="s">
         <v>4167</v>
       </c>
-      <c r="D450" t="s">
+      <c r="F450" t="s">
         <v>4168</v>
       </c>
-      <c r="E450" t="s">
+      <c r="G450" t="s">
         <v>4169</v>
       </c>
-      <c r="F450" t="s">
+      <c r="H450" t="s">
         <v>4170</v>
       </c>
-      <c r="G450" t="s">
+      <c r="I450" t="s">
         <v>4171</v>
       </c>
-      <c r="H450" t="s">
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
+        <v>47</v>
+      </c>
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
+        <v>48</v>
+      </c>
+      <c r="N450" t="s">
+        <v>28</v>
+      </c>
+      <c r="O450" t="s">
         <v>4172</v>
-      </c>
-[...19 lines deleted...]
-        <v>4174</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65073</v>
+        <v>65047</v>
       </c>
       <c r="B451" t="s">
+        <v>4173</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4174</v>
+      </c>
+      <c r="D451" t="s">
         <v>4175</v>
       </c>
-      <c r="C451" t="s">
+      <c r="E451" t="s">
         <v>4176</v>
       </c>
-      <c r="D451" t="s">
+      <c r="F451" t="s">
         <v>4177</v>
       </c>
-      <c r="E451" t="s">
+      <c r="G451" t="s">
         <v>4178</v>
       </c>
-      <c r="F451" t="s">
+      <c r="H451" t="s">
         <v>4179</v>
       </c>
-      <c r="G451" t="s">
+      <c r="I451" t="s">
         <v>4180</v>
       </c>
-      <c r="H451" t="s">
+      <c r="J451" t="s">
+        <v>24</v>
+      </c>
+      <c r="K451" t="s">
+        <v>4161</v>
+      </c>
+      <c r="L451" t="s">
+        <v>26</v>
+      </c>
+      <c r="M451" t="s">
+        <v>4162</v>
+      </c>
+      <c r="N451" t="s">
+        <v>28</v>
+      </c>
+      <c r="O451" t="s">
         <v>4181</v>
-      </c>
-[...19 lines deleted...]
-        <v>4183</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65074</v>
+        <v>65049</v>
       </c>
       <c r="B452" t="s">
+        <v>4182</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4183</v>
+      </c>
+      <c r="D452" t="s">
         <v>4184</v>
       </c>
-      <c r="C452" t="s">
+      <c r="E452" t="s">
         <v>4185</v>
       </c>
-      <c r="D452" t="s">
+      <c r="F452" t="s">
         <v>4186</v>
       </c>
-      <c r="E452" t="s">
+      <c r="G452" t="s">
         <v>4187</v>
       </c>
-      <c r="F452" t="s">
+      <c r="H452" t="s">
         <v>4188</v>
       </c>
-      <c r="G452" t="s">
+      <c r="I452" t="s">
         <v>4189</v>
       </c>
-      <c r="H452" t="s">
+      <c r="J452" t="s">
+        <v>24</v>
+      </c>
+      <c r="K452" t="s">
+        <v>59</v>
+      </c>
+      <c r="L452" t="s">
+        <v>26</v>
+      </c>
+      <c r="M452" t="s">
+        <v>61</v>
+      </c>
+      <c r="N452" t="s">
+        <v>28</v>
+      </c>
+      <c r="O452" t="s">
         <v>4190</v>
-      </c>
-[...19 lines deleted...]
-        <v>4194</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65075</v>
+        <v>65050</v>
       </c>
       <c r="B453" t="s">
+        <v>4191</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4192</v>
+      </c>
+      <c r="D453" t="s">
+        <v>4193</v>
+      </c>
+      <c r="E453" t="s">
+        <v>4194</v>
+      </c>
+      <c r="F453" t="s">
         <v>4195</v>
       </c>
-      <c r="C453" t="s">
+      <c r="G453" t="s">
         <v>4196</v>
       </c>
-      <c r="D453" t="s">
+      <c r="H453" t="s">
         <v>4197</v>
       </c>
-      <c r="E453" t="s">
+      <c r="I453" t="s">
         <v>4198</v>
       </c>
-      <c r="F453" t="s">
+      <c r="J453" t="s">
+        <v>24</v>
+      </c>
+      <c r="K453" t="s">
+        <v>25</v>
+      </c>
+      <c r="L453" t="s">
+        <v>26</v>
+      </c>
+      <c r="M453" t="s">
+        <v>27</v>
+      </c>
+      <c r="N453" t="s">
+        <v>28</v>
+      </c>
+      <c r="O453" t="s">
         <v>4199</v>
-      </c>
-[...25 lines deleted...]
-        <v>4203</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65076</v>
+        <v>65051</v>
       </c>
       <c r="B454" t="s">
+        <v>4200</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4201</v>
+      </c>
+      <c r="D454" t="s">
+        <v>4202</v>
+      </c>
+      <c r="E454" t="s">
+        <v>4203</v>
+      </c>
+      <c r="F454" t="s">
         <v>4204</v>
       </c>
-      <c r="C454" t="s">
+      <c r="G454" t="s">
         <v>4205</v>
       </c>
-      <c r="D454" t="s">
+      <c r="H454" t="s">
         <v>4206</v>
       </c>
-      <c r="E454" t="s">
+      <c r="I454" t="s">
         <v>4207</v>
       </c>
-      <c r="F454" t="s">
+      <c r="J454" t="s">
+        <v>24</v>
+      </c>
+      <c r="K454" t="s">
+        <v>746</v>
+      </c>
+      <c r="L454" t="s">
+        <v>26</v>
+      </c>
+      <c r="M454" t="s">
+        <v>747</v>
+      </c>
+      <c r="N454" t="s">
+        <v>28</v>
+      </c>
+      <c r="O454" t="s">
         <v>4208</v>
-      </c>
-[...25 lines deleted...]
-        <v>4212</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65077</v>
+        <v>65053</v>
       </c>
       <c r="B455" t="s">
+        <v>4209</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4210</v>
+      </c>
+      <c r="D455" t="s">
+        <v>4211</v>
+      </c>
+      <c r="E455" t="s">
+        <v>4212</v>
+      </c>
+      <c r="F455" t="s">
         <v>4213</v>
       </c>
-      <c r="C455" t="s">
+      <c r="G455" t="s">
         <v>4214</v>
       </c>
-      <c r="D455" t="s">
+      <c r="H455" t="s">
         <v>4215</v>
       </c>
-      <c r="E455" t="s">
+      <c r="I455" t="s">
         <v>4216</v>
       </c>
-      <c r="F455" t="s">
+      <c r="J455" t="s">
+        <v>24</v>
+      </c>
+      <c r="K455" t="s">
+        <v>170</v>
+      </c>
+      <c r="L455" t="s">
+        <v>26</v>
+      </c>
+      <c r="M455" t="s">
+        <v>171</v>
+      </c>
+      <c r="N455" t="s">
+        <v>28</v>
+      </c>
+      <c r="O455" t="s">
         <v>4217</v>
-      </c>
-[...25 lines deleted...]
-        <v>4221</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65080</v>
+        <v>65054</v>
       </c>
       <c r="B456" t="s">
+        <v>4218</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4219</v>
+      </c>
+      <c r="D456" t="s">
+        <v>4220</v>
+      </c>
+      <c r="E456" t="s">
+        <v>4221</v>
+      </c>
+      <c r="F456" t="s">
         <v>4222</v>
       </c>
-      <c r="C456" t="s">
+      <c r="G456" t="s">
         <v>4223</v>
       </c>
-      <c r="D456" t="s">
+      <c r="H456" t="s">
         <v>4224</v>
       </c>
-      <c r="E456" t="s">
+      <c r="I456" t="s">
         <v>4225</v>
       </c>
-      <c r="F456" t="s">
+      <c r="J456" t="s">
+        <v>450</v>
+      </c>
+      <c r="K456" t="s">
+        <v>208</v>
+      </c>
+      <c r="L456" t="s">
+        <v>452</v>
+      </c>
+      <c r="M456" t="s">
+        <v>209</v>
+      </c>
+      <c r="N456" t="s">
+        <v>28</v>
+      </c>
+      <c r="O456" t="s">
         <v>4226</v>
-      </c>
-[...25 lines deleted...]
-        <v>4230</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65081</v>
+        <v>65055</v>
       </c>
       <c r="B457" t="s">
+        <v>4227</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4228</v>
+      </c>
+      <c r="D457" t="s">
+        <v>4229</v>
+      </c>
+      <c r="E457" t="s">
+        <v>4230</v>
+      </c>
+      <c r="F457" t="s">
         <v>4231</v>
       </c>
-      <c r="C457" t="s">
+      <c r="G457" t="s">
         <v>4232</v>
       </c>
-      <c r="D457" t="s">
+      <c r="H457" t="s">
         <v>4233</v>
       </c>
-      <c r="E457" t="s">
+      <c r="I457" t="s">
         <v>4234</v>
       </c>
-      <c r="F457" t="s">
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>580</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>581</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
         <v>4235</v>
-      </c>
-[...25 lines deleted...]
-        <v>4239</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65082</v>
+        <v>65057</v>
       </c>
       <c r="B458" t="s">
+        <v>4236</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4237</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4238</v>
+      </c>
+      <c r="E458" t="s">
+        <v>4239</v>
+      </c>
+      <c r="F458" t="s">
         <v>4240</v>
       </c>
-      <c r="C458" t="s">
+      <c r="G458" t="s">
         <v>4241</v>
       </c>
-      <c r="D458" t="s">
+      <c r="H458" t="s">
         <v>4242</v>
       </c>
-      <c r="E458" t="s">
+      <c r="I458" t="s">
         <v>4243</v>
       </c>
-      <c r="F458" t="s">
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>274</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>276</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
         <v>4244</v>
-      </c>
-[...25 lines deleted...]
-        <v>4248</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65083</v>
+        <v>65058</v>
       </c>
       <c r="B459" t="s">
+        <v>4245</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4246</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4247</v>
+      </c>
+      <c r="E459" t="s">
+        <v>4248</v>
+      </c>
+      <c r="F459" t="s">
         <v>4249</v>
       </c>
-      <c r="C459" t="s">
+      <c r="G459" t="s">
         <v>4250</v>
       </c>
-      <c r="D459" t="s">
+      <c r="H459" t="s">
         <v>4251</v>
       </c>
-      <c r="E459" t="s">
+      <c r="I459" t="s">
         <v>4252</v>
       </c>
-      <c r="F459" t="s">
+      <c r="J459" t="s">
+        <v>450</v>
+      </c>
+      <c r="K459" t="s">
+        <v>690</v>
+      </c>
+      <c r="L459" t="s">
+        <v>452</v>
+      </c>
+      <c r="M459" t="s">
+        <v>691</v>
+      </c>
+      <c r="N459" t="s">
+        <v>28</v>
+      </c>
+      <c r="O459" t="s">
         <v>4253</v>
-      </c>
-[...25 lines deleted...]
-        <v>4257</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65084</v>
+        <v>65059</v>
       </c>
       <c r="B460" t="s">
+        <v>4254</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4255</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4256</v>
+      </c>
+      <c r="E460" t="s">
+        <v>4257</v>
+      </c>
+      <c r="F460" t="s">
         <v>4258</v>
       </c>
-      <c r="C460" t="s">
+      <c r="G460" t="s">
         <v>4259</v>
       </c>
-      <c r="D460" t="s">
+      <c r="H460" t="s">
         <v>4260</v>
       </c>
-      <c r="E460" t="s">
+      <c r="I460" t="s">
         <v>4261</v>
       </c>
-      <c r="F460" t="s">
+      <c r="J460" t="s">
+        <v>24</v>
+      </c>
+      <c r="K460" t="s">
+        <v>170</v>
+      </c>
+      <c r="L460" t="s">
+        <v>26</v>
+      </c>
+      <c r="M460" t="s">
+        <v>171</v>
+      </c>
+      <c r="N460" t="s">
+        <v>28</v>
+      </c>
+      <c r="O460" t="s">
         <v>4262</v>
-      </c>
-[...25 lines deleted...]
-        <v>4266</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65085</v>
+        <v>65060</v>
       </c>
       <c r="B461" t="s">
+        <v>4263</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4264</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4265</v>
+      </c>
+      <c r="E461" t="s">
+        <v>4266</v>
+      </c>
+      <c r="F461" t="s">
         <v>4267</v>
       </c>
-      <c r="C461" t="s">
+      <c r="G461" t="s">
         <v>4268</v>
       </c>
-      <c r="D461" t="s">
+      <c r="H461" t="s">
         <v>4269</v>
       </c>
-      <c r="E461" t="s">
+      <c r="I461" t="s">
         <v>4270</v>
       </c>
-      <c r="F461" t="s">
+      <c r="J461" t="s">
+        <v>24</v>
+      </c>
+      <c r="K461" t="s">
+        <v>47</v>
+      </c>
+      <c r="L461" t="s">
+        <v>26</v>
+      </c>
+      <c r="M461" t="s">
+        <v>48</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
         <v>4271</v>
-      </c>
-[...25 lines deleted...]
-        <v>4275</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65086</v>
+        <v>65061</v>
       </c>
       <c r="B462" t="s">
+        <v>4272</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4273</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4274</v>
+      </c>
+      <c r="E462" t="s">
+        <v>4275</v>
+      </c>
+      <c r="F462" t="s">
         <v>4276</v>
       </c>
-      <c r="C462" t="s">
+      <c r="G462" t="s">
         <v>4277</v>
       </c>
-      <c r="D462" t="s">
+      <c r="H462" t="s">
         <v>4278</v>
       </c>
-      <c r="E462" t="s">
+      <c r="I462" t="s">
         <v>4279</v>
       </c>
-      <c r="F462" t="s">
+      <c r="J462" t="s">
+        <v>24</v>
+      </c>
+      <c r="K462" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L462" t="s">
+        <v>26</v>
+      </c>
+      <c r="M462" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
         <v>4280</v>
-      </c>
-[...25 lines deleted...]
-        <v>4284</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65087</v>
+        <v>65062</v>
       </c>
       <c r="B463" t="s">
+        <v>4281</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4282</v>
+      </c>
+      <c r="D463" t="s">
+        <v>4283</v>
+      </c>
+      <c r="E463" t="s">
+        <v>4284</v>
+      </c>
+      <c r="F463" t="s">
         <v>4285</v>
       </c>
-      <c r="C463" t="s">
+      <c r="G463" t="s">
         <v>4286</v>
       </c>
-      <c r="D463" t="s">
+      <c r="H463" t="s">
         <v>4287</v>
       </c>
-      <c r="E463" t="s">
+      <c r="I463" t="s">
         <v>4288</v>
       </c>
-      <c r="F463" t="s">
+      <c r="J463" t="s">
+        <v>24</v>
+      </c>
+      <c r="K463" t="s">
+        <v>25</v>
+      </c>
+      <c r="L463" t="s">
+        <v>26</v>
+      </c>
+      <c r="M463" t="s">
+        <v>27</v>
+      </c>
+      <c r="N463" t="s">
+        <v>28</v>
+      </c>
+      <c r="O463" t="s">
         <v>4289</v>
-      </c>
-[...25 lines deleted...]
-        <v>4293</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65088</v>
+        <v>65063</v>
       </c>
       <c r="B464" t="s">
+        <v>4290</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4291</v>
+      </c>
+      <c r="D464" t="s">
+        <v>4292</v>
+      </c>
+      <c r="E464" t="s">
+        <v>4293</v>
+      </c>
+      <c r="F464" t="s">
         <v>4294</v>
       </c>
-      <c r="C464" t="s">
+      <c r="G464" t="s">
         <v>4295</v>
       </c>
-      <c r="D464" t="s">
+      <c r="H464" t="s">
         <v>4296</v>
       </c>
-      <c r="E464" t="s">
+      <c r="I464" t="s">
         <v>4297</v>
       </c>
-      <c r="F464" t="s">
+      <c r="J464" t="s">
+        <v>24</v>
+      </c>
+      <c r="K464" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L464" t="s">
+        <v>26</v>
+      </c>
+      <c r="M464" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
         <v>4298</v>
-      </c>
-[...25 lines deleted...]
-        <v>4302</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65089</v>
+        <v>65065</v>
       </c>
       <c r="B465" t="s">
+        <v>4299</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4300</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4301</v>
+      </c>
+      <c r="E465" t="s">
+        <v>4302</v>
+      </c>
+      <c r="F465" t="s">
         <v>4303</v>
       </c>
-      <c r="C465" t="s">
+      <c r="G465" t="s">
         <v>4304</v>
       </c>
-      <c r="D465" t="s">
+      <c r="H465" t="s">
         <v>4305</v>
       </c>
-      <c r="E465" t="s">
+      <c r="I465" t="s">
         <v>4306</v>
       </c>
-      <c r="F465" t="s">
+      <c r="J465" t="s">
         <v>4307</v>
       </c>
-      <c r="G465" t="s">
+      <c r="K465" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L465" t="s">
         <v>4308</v>
       </c>
-      <c r="H465" t="s">
+      <c r="M465" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N465" t="s">
+        <v>28</v>
+      </c>
+      <c r="O465" t="s">
         <v>4309</v>
-      </c>
-[...19 lines deleted...]
-        <v>4311</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65090</v>
+        <v>65068</v>
       </c>
       <c r="B466" t="s">
+        <v>4310</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4311</v>
+      </c>
+      <c r="D466" t="s">
         <v>4312</v>
       </c>
-      <c r="C466" t="s">
+      <c r="E466" t="s">
         <v>4313</v>
       </c>
-      <c r="D466" t="s">
+      <c r="F466" t="s">
         <v>4314</v>
       </c>
-      <c r="E466" t="s">
+      <c r="G466" t="s">
         <v>4315</v>
       </c>
-      <c r="F466" t="s">
+      <c r="H466" t="s">
         <v>4316</v>
       </c>
-      <c r="G466" t="s">
+      <c r="I466" t="s">
         <v>4317</v>
-      </c>
-[...4 lines deleted...]
-        <v>4319</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
         <v>25</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
         <v>27</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4320</v>
+        <v>4318</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65091</v>
+        <v>65069</v>
       </c>
       <c r="B467" t="s">
+        <v>4319</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4320</v>
+      </c>
+      <c r="D467" t="s">
         <v>4321</v>
       </c>
-      <c r="C467" t="s">
+      <c r="E467" t="s">
         <v>4322</v>
       </c>
-      <c r="D467" t="s">
+      <c r="F467" t="s">
         <v>4323</v>
       </c>
-      <c r="E467" t="s">
+      <c r="G467" t="s">
         <v>4324</v>
       </c>
-      <c r="F467" t="s">
+      <c r="H467" t="s">
         <v>4325</v>
       </c>
-      <c r="G467" t="s">
+      <c r="I467" t="s">
         <v>4326</v>
       </c>
-      <c r="H467" t="s">
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>170</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="M467" t="s">
+        <v>171</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
         <v>4327</v>
-      </c>
-[...19 lines deleted...]
-        <v>4329</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65092</v>
+        <v>65071</v>
       </c>
       <c r="B468" t="s">
+        <v>4328</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4329</v>
+      </c>
+      <c r="D468" t="s">
         <v>4330</v>
       </c>
-      <c r="C468" t="s">
+      <c r="E468" t="s">
         <v>4331</v>
       </c>
-      <c r="D468" t="s">
+      <c r="F468" t="s">
         <v>4332</v>
       </c>
-      <c r="E468" t="s">
+      <c r="G468" t="s">
         <v>4333</v>
       </c>
-      <c r="F468" t="s">
+      <c r="H468" t="s">
         <v>4334</v>
       </c>
-      <c r="G468" t="s">
+      <c r="I468" t="s">
         <v>4335</v>
       </c>
-      <c r="H468" t="s">
+      <c r="J468" t="s">
+        <v>24</v>
+      </c>
+      <c r="K468" t="s">
+        <v>25</v>
+      </c>
+      <c r="L468" t="s">
+        <v>26</v>
+      </c>
+      <c r="M468" t="s">
+        <v>27</v>
+      </c>
+      <c r="N468" t="s">
+        <v>28</v>
+      </c>
+      <c r="O468" t="s">
         <v>4336</v>
-      </c>
-[...19 lines deleted...]
-        <v>4338</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65093</v>
+        <v>65073</v>
       </c>
       <c r="B469" t="s">
+        <v>4337</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4338</v>
+      </c>
+      <c r="D469" t="s">
         <v>4339</v>
       </c>
-      <c r="C469" t="s">
+      <c r="E469" t="s">
         <v>4340</v>
       </c>
-      <c r="D469" t="s">
+      <c r="F469" t="s">
         <v>4341</v>
       </c>
-      <c r="E469" t="s">
+      <c r="G469" t="s">
         <v>4342</v>
       </c>
-      <c r="F469" t="s">
+      <c r="H469" t="s">
         <v>4343</v>
       </c>
-      <c r="G469" t="s">
+      <c r="I469" t="s">
         <v>4344</v>
       </c>
-      <c r="H469" t="s">
+      <c r="J469" t="s">
+        <v>24</v>
+      </c>
+      <c r="K469" t="s">
+        <v>25</v>
+      </c>
+      <c r="L469" t="s">
+        <v>26</v>
+      </c>
+      <c r="M469" t="s">
+        <v>27</v>
+      </c>
+      <c r="N469" t="s">
+        <v>28</v>
+      </c>
+      <c r="O469" t="s">
         <v>4345</v>
-      </c>
-[...19 lines deleted...]
-        <v>4347</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65094</v>
+        <v>65074</v>
       </c>
       <c r="B470" t="s">
+        <v>4346</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4347</v>
+      </c>
+      <c r="D470" t="s">
         <v>4348</v>
       </c>
-      <c r="C470" t="s">
+      <c r="E470" t="s">
         <v>4349</v>
       </c>
-      <c r="D470" t="s">
+      <c r="F470" t="s">
         <v>4350</v>
       </c>
-      <c r="E470" t="s">
+      <c r="G470" t="s">
         <v>4351</v>
       </c>
-      <c r="F470" t="s">
+      <c r="H470" t="s">
         <v>4352</v>
       </c>
-      <c r="G470" t="s">
+      <c r="I470" t="s">
         <v>4353</v>
       </c>
-      <c r="H470" t="s">
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
         <v>4354</v>
       </c>
-      <c r="I470" t="s">
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
         <v>4355</v>
       </c>
-      <c r="J470" t="s">
-[...2 lines deleted...]
-      <c r="K470" t="s">
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
         <v>4356</v>
-      </c>
-[...10 lines deleted...]
-        <v>4358</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65095</v>
+        <v>65075</v>
       </c>
       <c r="B471" t="s">
+        <v>4357</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4358</v>
+      </c>
+      <c r="D471" t="s">
         <v>4359</v>
       </c>
-      <c r="C471" t="s">
+      <c r="E471" t="s">
         <v>4360</v>
       </c>
-      <c r="D471" t="s">
+      <c r="F471" t="s">
         <v>4361</v>
       </c>
-      <c r="E471" t="s">
+      <c r="G471" t="s">
         <v>4362</v>
       </c>
-      <c r="F471" t="s">
+      <c r="H471" t="s">
         <v>4363</v>
       </c>
-      <c r="G471" t="s">
+      <c r="I471" t="s">
         <v>4364</v>
       </c>
-      <c r="H471" t="s">
+      <c r="J471" t="s">
+        <v>450</v>
+      </c>
+      <c r="K471" t="s">
+        <v>4069</v>
+      </c>
+      <c r="L471" t="s">
+        <v>452</v>
+      </c>
+      <c r="M471" t="s">
+        <v>4070</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
         <v>4365</v>
-      </c>
-[...19 lines deleted...]
-        <v>4367</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65096</v>
+        <v>65076</v>
       </c>
       <c r="B472" t="s">
+        <v>4366</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4367</v>
+      </c>
+      <c r="D472" t="s">
         <v>4368</v>
       </c>
-      <c r="C472" t="s">
+      <c r="E472" t="s">
         <v>4369</v>
       </c>
-      <c r="D472" t="s">
+      <c r="F472" t="s">
         <v>4370</v>
       </c>
-      <c r="E472" t="s">
+      <c r="G472" t="s">
         <v>4371</v>
       </c>
-      <c r="F472" t="s">
+      <c r="H472" t="s">
         <v>4372</v>
       </c>
-      <c r="G472" t="s">
+      <c r="I472" t="s">
         <v>4373</v>
       </c>
-      <c r="H472" t="s">
+      <c r="J472" t="s">
+        <v>24</v>
+      </c>
+      <c r="K472" t="s">
+        <v>170</v>
+      </c>
+      <c r="L472" t="s">
+        <v>26</v>
+      </c>
+      <c r="M472" t="s">
+        <v>171</v>
+      </c>
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
         <v>4374</v>
-      </c>
-[...19 lines deleted...]
-        <v>4376</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65097</v>
+        <v>65077</v>
       </c>
       <c r="B473" t="s">
+        <v>4375</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4376</v>
+      </c>
+      <c r="D473" t="s">
         <v>4377</v>
       </c>
-      <c r="C473" t="s">
+      <c r="E473" t="s">
         <v>4378</v>
       </c>
-      <c r="D473" t="s">
+      <c r="F473" t="s">
         <v>4379</v>
       </c>
-      <c r="E473" t="s">
+      <c r="G473" t="s">
         <v>4380</v>
       </c>
-      <c r="F473" t="s">
+      <c r="H473" t="s">
         <v>4381</v>
       </c>
-      <c r="G473" t="s">
+      <c r="I473" t="s">
         <v>4382</v>
       </c>
-      <c r="H473" t="s">
+      <c r="J473" t="s">
+        <v>24</v>
+      </c>
+      <c r="K473" t="s">
+        <v>746</v>
+      </c>
+      <c r="L473" t="s">
+        <v>26</v>
+      </c>
+      <c r="M473" t="s">
+        <v>747</v>
+      </c>
+      <c r="N473" t="s">
+        <v>28</v>
+      </c>
+      <c r="O473" t="s">
         <v>4383</v>
-      </c>
-[...19 lines deleted...]
-        <v>4385</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65098</v>
+        <v>65080</v>
       </c>
       <c r="B474" t="s">
+        <v>4384</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4385</v>
+      </c>
+      <c r="D474" t="s">
         <v>4386</v>
       </c>
-      <c r="C474" t="s">
+      <c r="E474" t="s">
         <v>4387</v>
       </c>
-      <c r="D474" t="s">
+      <c r="F474" t="s">
         <v>4388</v>
       </c>
-      <c r="E474" t="s">
+      <c r="G474" t="s">
         <v>4389</v>
       </c>
-      <c r="F474" t="s">
+      <c r="H474" t="s">
         <v>4390</v>
       </c>
-      <c r="G474" t="s">
+      <c r="I474" t="s">
         <v>4391</v>
       </c>
-      <c r="H474" t="s">
+      <c r="J474" t="s">
+        <v>24</v>
+      </c>
+      <c r="K474" t="s">
+        <v>47</v>
+      </c>
+      <c r="L474" t="s">
+        <v>26</v>
+      </c>
+      <c r="M474" t="s">
+        <v>48</v>
+      </c>
+      <c r="N474" t="s">
+        <v>28</v>
+      </c>
+      <c r="O474" t="s">
         <v>4392</v>
-      </c>
-[...19 lines deleted...]
-        <v>4394</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65099</v>
+        <v>65081</v>
       </c>
       <c r="B475" t="s">
+        <v>4393</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4394</v>
+      </c>
+      <c r="D475" t="s">
         <v>4395</v>
       </c>
-      <c r="C475" t="s">
+      <c r="E475" t="s">
         <v>4396</v>
       </c>
-      <c r="D475" t="s">
+      <c r="F475" t="s">
         <v>4397</v>
       </c>
-      <c r="E475" t="s">
+      <c r="G475" t="s">
         <v>4398</v>
       </c>
-      <c r="F475" t="s">
+      <c r="H475" t="s">
         <v>4399</v>
       </c>
-      <c r="G475" t="s">
+      <c r="I475" t="s">
         <v>4400</v>
       </c>
-      <c r="H475" t="s">
+      <c r="J475" t="s">
+        <v>24</v>
+      </c>
+      <c r="K475" t="s">
+        <v>47</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>48</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
         <v>4401</v>
-      </c>
-[...19 lines deleted...]
-        <v>4403</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65100</v>
+        <v>65082</v>
       </c>
       <c r="B476" t="s">
+        <v>4402</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4403</v>
+      </c>
+      <c r="D476" t="s">
         <v>4404</v>
       </c>
-      <c r="C476" t="s">
+      <c r="E476" t="s">
         <v>4405</v>
       </c>
-      <c r="D476" t="s">
+      <c r="F476" t="s">
         <v>4406</v>
       </c>
-      <c r="E476" t="s">
+      <c r="G476" t="s">
         <v>4407</v>
       </c>
-      <c r="F476" t="s">
+      <c r="H476" t="s">
         <v>4408</v>
       </c>
-      <c r="G476" t="s">
+      <c r="I476" t="s">
         <v>4409</v>
       </c>
-      <c r="H476" t="s">
+      <c r="J476" t="s">
+        <v>24</v>
+      </c>
+      <c r="K476" t="s">
+        <v>47</v>
+      </c>
+      <c r="L476" t="s">
+        <v>26</v>
+      </c>
+      <c r="M476" t="s">
+        <v>48</v>
+      </c>
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
         <v>4410</v>
-      </c>
-[...19 lines deleted...]
-        <v>4412</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65101</v>
+        <v>65083</v>
       </c>
       <c r="B477" t="s">
+        <v>4411</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4412</v>
+      </c>
+      <c r="D477" t="s">
         <v>4413</v>
       </c>
-      <c r="C477" t="s">
+      <c r="E477" t="s">
         <v>4414</v>
       </c>
-      <c r="D477" t="s">
+      <c r="F477" t="s">
         <v>4415</v>
       </c>
-      <c r="E477" t="s">
+      <c r="G477" t="s">
         <v>4416</v>
       </c>
-      <c r="F477" t="s">
+      <c r="H477" t="s">
         <v>4417</v>
       </c>
-      <c r="G477" t="s">
+      <c r="I477" t="s">
         <v>4418</v>
-      </c>
-[...4 lines deleted...]
-        <v>4420</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
         <v>170</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
         <v>171</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4421</v>
+        <v>4419</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65102</v>
+        <v>65084</v>
       </c>
       <c r="B478" t="s">
+        <v>4420</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4421</v>
+      </c>
+      <c r="D478" t="s">
         <v>4422</v>
       </c>
-      <c r="C478" t="s">
+      <c r="E478" t="s">
         <v>4423</v>
       </c>
-      <c r="D478" t="s">
+      <c r="F478" t="s">
         <v>4424</v>
       </c>
-      <c r="E478" t="s">
+      <c r="G478" t="s">
         <v>4425</v>
       </c>
-      <c r="F478" t="s">
+      <c r="H478" t="s">
         <v>4426</v>
       </c>
-      <c r="G478" t="s">
+      <c r="I478" t="s">
         <v>4427</v>
-      </c>
-[...4 lines deleted...]
-        <v>4429</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
         <v>25</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
         <v>27</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4430</v>
+        <v>4428</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65104</v>
+        <v>65085</v>
       </c>
       <c r="B479" t="s">
+        <v>4429</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4430</v>
+      </c>
+      <c r="D479" t="s">
         <v>4431</v>
       </c>
-      <c r="C479" t="s">
+      <c r="E479" t="s">
         <v>4432</v>
       </c>
-      <c r="D479" t="s">
+      <c r="F479" t="s">
         <v>4433</v>
       </c>
-      <c r="E479" t="s">
+      <c r="G479" t="s">
         <v>4434</v>
       </c>
-      <c r="F479" t="s">
+      <c r="H479" t="s">
         <v>4435</v>
       </c>
-      <c r="G479" t="s">
+      <c r="I479" t="s">
         <v>4436</v>
       </c>
-      <c r="H479" t="s">
+      <c r="J479" t="s">
+        <v>24</v>
+      </c>
+      <c r="K479" t="s">
+        <v>580</v>
+      </c>
+      <c r="L479" t="s">
+        <v>26</v>
+      </c>
+      <c r="M479" t="s">
+        <v>581</v>
+      </c>
+      <c r="N479" t="s">
+        <v>28</v>
+      </c>
+      <c r="O479" t="s">
         <v>4437</v>
-      </c>
-[...19 lines deleted...]
-        <v>4439</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65105</v>
+        <v>65086</v>
       </c>
       <c r="B480" t="s">
+        <v>4438</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4439</v>
+      </c>
+      <c r="D480" t="s">
         <v>4440</v>
       </c>
-      <c r="C480" t="s">
+      <c r="E480" t="s">
         <v>4441</v>
       </c>
-      <c r="D480" t="s">
+      <c r="F480" t="s">
         <v>4442</v>
       </c>
-      <c r="E480" t="s">
+      <c r="G480" t="s">
         <v>4443</v>
       </c>
-      <c r="F480" t="s">
+      <c r="H480" t="s">
         <v>4444</v>
       </c>
-      <c r="G480" t="s">
+      <c r="I480" t="s">
         <v>4445</v>
-      </c>
-[...4 lines deleted...]
-        <v>4447</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
         <v>170</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
         <v>171</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4448</v>
+        <v>4446</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65107</v>
+        <v>65087</v>
       </c>
       <c r="B481" t="s">
+        <v>4447</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4448</v>
+      </c>
+      <c r="D481" t="s">
         <v>4449</v>
       </c>
-      <c r="C481" t="s">
+      <c r="E481" t="s">
         <v>4450</v>
       </c>
-      <c r="D481" t="s">
+      <c r="F481" t="s">
         <v>4451</v>
       </c>
-      <c r="E481" t="s">
+      <c r="G481" t="s">
         <v>4452</v>
       </c>
-      <c r="F481" t="s">
+      <c r="H481" t="s">
         <v>4453</v>
       </c>
-      <c r="G481" t="s">
+      <c r="I481" t="s">
         <v>4454</v>
       </c>
-      <c r="H481" t="s">
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>170</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>171</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
         <v>4455</v>
-      </c>
-[...19 lines deleted...]
-        <v>4459</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65116</v>
+        <v>65088</v>
       </c>
       <c r="B482" t="s">
+        <v>4456</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4457</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4458</v>
+      </c>
+      <c r="E482" t="s">
+        <v>4459</v>
+      </c>
+      <c r="F482" t="s">
         <v>4460</v>
       </c>
-      <c r="C482" t="s">
+      <c r="G482" t="s">
         <v>4461</v>
       </c>
-      <c r="D482" t="s">
+      <c r="H482" t="s">
         <v>4462</v>
       </c>
-      <c r="E482" t="s">
+      <c r="I482" t="s">
         <v>4463</v>
       </c>
-      <c r="F482" t="s">
+      <c r="J482" t="s">
+        <v>24</v>
+      </c>
+      <c r="K482" t="s">
+        <v>25</v>
+      </c>
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>27</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
         <v>4464</v>
-      </c>
-[...25 lines deleted...]
-        <v>4468</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65124</v>
+        <v>65089</v>
       </c>
       <c r="B483" t="s">
+        <v>4465</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4466</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4467</v>
+      </c>
+      <c r="E483" t="s">
+        <v>4468</v>
+      </c>
+      <c r="F483" t="s">
         <v>4469</v>
       </c>
-      <c r="C483" t="s">
+      <c r="G483" t="s">
         <v>4470</v>
       </c>
-      <c r="D483" t="s">
+      <c r="H483" t="s">
         <v>4471</v>
       </c>
-      <c r="E483" t="s">
+      <c r="I483" t="s">
         <v>4472</v>
-      </c>
-[...10 lines deleted...]
-        <v>4476</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
         <v>25</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
         <v>27</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4477</v>
+        <v>4473</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65255</v>
+        <v>65090</v>
       </c>
       <c r="B484" t="s">
+        <v>4474</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4475</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4476</v>
+      </c>
+      <c r="E484" t="s">
+        <v>4477</v>
+      </c>
+      <c r="F484" t="s">
         <v>4478</v>
       </c>
-      <c r="C484" t="s">
+      <c r="G484" t="s">
         <v>4479</v>
       </c>
-      <c r="D484" t="s">
+      <c r="H484" t="s">
         <v>4480</v>
       </c>
-      <c r="E484" t="s">
+      <c r="I484" t="s">
         <v>4481</v>
       </c>
-      <c r="F484" t="s">
+      <c r="J484" t="s">
+        <v>24</v>
+      </c>
+      <c r="K484" t="s">
+        <v>25</v>
+      </c>
+      <c r="L484" t="s">
+        <v>26</v>
+      </c>
+      <c r="M484" t="s">
+        <v>27</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
         <v>4482</v>
-      </c>
-[...25 lines deleted...]
-        <v>4488</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65479</v>
+        <v>65091</v>
       </c>
       <c r="B485" t="s">
+        <v>4483</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4484</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4485</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4486</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4487</v>
+      </c>
+      <c r="G485" t="s">
+        <v>4488</v>
+      </c>
+      <c r="H485" t="s">
         <v>4489</v>
       </c>
-      <c r="C485" t="s">
+      <c r="I485" t="s">
         <v>4490</v>
-      </c>
-[...16 lines deleted...]
-        <v>4496</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
         <v>25</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
         <v>27</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4497</v>
+        <v>4491</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65566</v>
+        <v>65092</v>
       </c>
       <c r="B486" t="s">
+        <v>4492</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4493</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4494</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4495</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4496</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4497</v>
+      </c>
+      <c r="H486" t="s">
         <v>4498</v>
       </c>
-      <c r="C486" t="s">
+      <c r="I486" t="s">
         <v>4499</v>
-      </c>
-[...16 lines deleted...]
-        <v>4505</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
         <v>170</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
         <v>171</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
-        <v>4506</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65613</v>
+        <v>65093</v>
       </c>
       <c r="B487" t="s">
+        <v>4501</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4502</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4503</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4504</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4505</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4506</v>
+      </c>
+      <c r="H487" t="s">
         <v>4507</v>
       </c>
-      <c r="C487" t="s">
+      <c r="I487" t="s">
         <v>4508</v>
       </c>
-      <c r="D487" t="s">
+      <c r="J487" t="s">
+        <v>24</v>
+      </c>
+      <c r="K487" t="s">
+        <v>170</v>
+      </c>
+      <c r="L487" t="s">
+        <v>26</v>
+      </c>
+      <c r="M487" t="s">
+        <v>171</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
         <v>4509</v>
-      </c>
-[...31 lines deleted...]
-        <v>4517</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65869</v>
+        <v>65094</v>
       </c>
       <c r="B488" t="s">
+        <v>4510</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4511</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4512</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4513</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4514</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4515</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4516</v>
+      </c>
+      <c r="I488" t="s">
+        <v>4517</v>
+      </c>
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
         <v>4518</v>
       </c>
-      <c r="C488" t="s">
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
         <v>4519</v>
       </c>
-      <c r="D488" t="s">
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
         <v>4520</v>
-      </c>
-[...31 lines deleted...]
-        <v>4526</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>66392</v>
+        <v>65095</v>
       </c>
       <c r="B489" t="s">
+        <v>4521</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4522</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4523</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4524</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4525</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4526</v>
+      </c>
+      <c r="H489" t="s">
         <v>4527</v>
       </c>
-      <c r="C489" t="s">
+      <c r="I489" t="s">
         <v>4528</v>
       </c>
-      <c r="D489" t="s">
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
+        <v>746</v>
+      </c>
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
+        <v>747</v>
+      </c>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
         <v>4529</v>
-      </c>
-[...31 lines deleted...]
-        <v>4535</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>66510</v>
+        <v>65096</v>
       </c>
       <c r="B490" t="s">
+        <v>4530</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4531</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4532</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4533</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4534</v>
+      </c>
+      <c r="G490" t="s">
+        <v>4535</v>
+      </c>
+      <c r="H490" t="s">
         <v>4536</v>
       </c>
-      <c r="C490" t="s">
+      <c r="I490" t="s">
         <v>4537</v>
       </c>
-      <c r="D490" t="s">
+      <c r="J490" t="s">
+        <v>24</v>
+      </c>
+      <c r="K490" t="s">
+        <v>25</v>
+      </c>
+      <c r="L490" t="s">
+        <v>26</v>
+      </c>
+      <c r="M490" t="s">
+        <v>27</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
         <v>4538</v>
-      </c>
-[...31 lines deleted...]
-        <v>4546</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>66511</v>
+        <v>65097</v>
       </c>
       <c r="B491" t="s">
-        <v>1607</v>
+        <v>4539</v>
       </c>
       <c r="C491" t="s">
+        <v>4540</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4541</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4542</v>
+      </c>
+      <c r="F491" t="s">
+        <v>4543</v>
+      </c>
+      <c r="G491" t="s">
+        <v>4544</v>
+      </c>
+      <c r="H491" t="s">
+        <v>4545</v>
+      </c>
+      <c r="I491" t="s">
+        <v>4546</v>
+      </c>
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>170</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>171</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
         <v>4547</v>
-      </c>
-[...34 lines deleted...]
-        <v>4554</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>66512</v>
+        <v>65098</v>
       </c>
       <c r="B492" t="s">
-        <v>3608</v>
+        <v>4548</v>
       </c>
       <c r="C492" t="s">
+        <v>4549</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4550</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4551</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4552</v>
+      </c>
+      <c r="G492" t="s">
+        <v>4553</v>
+      </c>
+      <c r="H492" t="s">
+        <v>4554</v>
+      </c>
+      <c r="I492" t="s">
         <v>4555</v>
       </c>
-      <c r="D492" t="s">
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>25</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>27</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
         <v>4556</v>
-      </c>
-[...31 lines deleted...]
-        <v>4561</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>66513</v>
+        <v>65099</v>
       </c>
       <c r="B493" t="s">
+        <v>4557</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4558</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4559</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4560</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4561</v>
+      </c>
+      <c r="G493" t="s">
         <v>4562</v>
       </c>
-      <c r="C493" t="s">
+      <c r="H493" t="s">
         <v>4563</v>
       </c>
-      <c r="D493" t="s">
+      <c r="I493" t="s">
         <v>4564</v>
       </c>
-      <c r="E493" t="s">
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
+        <v>170</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>171</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
         <v>4565</v>
-      </c>
-[...28 lines deleted...]
-        <v>4569</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>66514</v>
+        <v>65100</v>
       </c>
       <c r="B494" t="s">
+        <v>4566</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4567</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4568</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4569</v>
+      </c>
+      <c r="F494" t="s">
         <v>4570</v>
       </c>
-      <c r="C494" t="s">
+      <c r="G494" t="s">
         <v>4571</v>
       </c>
-      <c r="D494" t="s">
+      <c r="H494" t="s">
         <v>4572</v>
       </c>
-      <c r="E494" t="s">
+      <c r="I494" t="s">
         <v>4573</v>
       </c>
-      <c r="F494" t="s">
-[...5 lines deleted...]
-      <c r="H494" t="s">
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
+        <v>3937</v>
+      </c>
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
+        <v>3938</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
         <v>4574</v>
-      </c>
-[...19 lines deleted...]
-        <v>4576</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>66515</v>
+        <v>65101</v>
       </c>
       <c r="B495" t="s">
+        <v>4575</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4576</v>
+      </c>
+      <c r="D495" t="s">
         <v>4577</v>
       </c>
-      <c r="C495" t="s">
+      <c r="E495" t="s">
         <v>4578</v>
       </c>
-      <c r="D495" t="s">
+      <c r="F495" t="s">
         <v>4579</v>
       </c>
-      <c r="E495" t="s">
+      <c r="G495" t="s">
         <v>4580</v>
       </c>
-      <c r="F495" t="s">
+      <c r="H495" t="s">
         <v>4581</v>
       </c>
-      <c r="G495" t="s">
-[...2 lines deleted...]
-      <c r="H495" t="s">
+      <c r="I495" t="s">
         <v>4582</v>
       </c>
-      <c r="I495" t="s">
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>170</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>171</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
         <v>4583</v>
-      </c>
-[...16 lines deleted...]
-        <v>4584</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>66516</v>
+        <v>65102</v>
       </c>
       <c r="B496" t="s">
-        <v>1490</v>
+        <v>4584</v>
       </c>
       <c r="C496" t="s">
         <v>4585</v>
       </c>
       <c r="D496" t="s">
         <v>4586</v>
       </c>
       <c r="E496" t="s">
         <v>4587</v>
       </c>
       <c r="F496" t="s">
         <v>4588</v>
       </c>
       <c r="G496" t="s">
         <v>4589</v>
       </c>
       <c r="H496" t="s">
         <v>4590</v>
       </c>
       <c r="I496" t="s">
-        <v>1497</v>
+        <v>4591</v>
       </c>
       <c r="J496" t="s">
         <v>24</v>
       </c>
       <c r="K496" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L496" t="s">
         <v>26</v>
       </c>
       <c r="M496" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
-        <v>4591</v>
+        <v>4592</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>66517</v>
+        <v>65104</v>
       </c>
       <c r="B497" t="s">
-        <v>4592</v>
+        <v>4593</v>
       </c>
       <c r="C497" t="s">
-        <v>4593</v>
+        <v>4594</v>
       </c>
       <c r="D497" t="s">
-        <v>4594</v>
+        <v>4595</v>
       </c>
       <c r="E497" t="s">
-        <v>4595</v>
+        <v>4596</v>
       </c>
       <c r="F497" t="s">
-        <v>4596</v>
+        <v>4597</v>
       </c>
       <c r="G497" t="s">
-        <v>4597</v>
+        <v>4598</v>
       </c>
       <c r="H497" t="s">
-        <v>4598</v>
+        <v>4599</v>
       </c>
       <c r="I497" t="s">
-        <v>4599</v>
+        <v>4600</v>
       </c>
       <c r="J497" t="s">
         <v>24</v>
       </c>
       <c r="K497" t="s">
-        <v>4559</v>
+        <v>2454</v>
       </c>
       <c r="L497" t="s">
         <v>26</v>
       </c>
       <c r="M497" t="s">
-        <v>4560</v>
+        <v>2455</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
-        <v>4600</v>
+        <v>4601</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>66518</v>
+        <v>65105</v>
       </c>
       <c r="B498" t="s">
-        <v>4601</v>
+        <v>4602</v>
       </c>
       <c r="C498" t="s">
-        <v>4602</v>
+        <v>4603</v>
       </c>
       <c r="D498" t="s">
-        <v>4603</v>
+        <v>4604</v>
       </c>
       <c r="E498" t="s">
-        <v>4604</v>
+        <v>4605</v>
       </c>
       <c r="F498" t="s">
-        <v>4605</v>
+        <v>4606</v>
       </c>
       <c r="G498" t="s">
-        <v>1522</v>
+        <v>4607</v>
       </c>
       <c r="H498" t="s">
-        <v>4606</v>
+        <v>4608</v>
       </c>
       <c r="I498" t="s">
-        <v>4607</v>
+        <v>4609</v>
       </c>
       <c r="J498" t="s">
         <v>24</v>
       </c>
       <c r="K498" t="s">
         <v>170</v>
       </c>
       <c r="L498" t="s">
         <v>26</v>
       </c>
       <c r="M498" t="s">
         <v>171</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
-        <v>4608</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>66519</v>
+        <v>65107</v>
       </c>
       <c r="B499" t="s">
-        <v>4609</v>
+        <v>4611</v>
       </c>
       <c r="C499" t="s">
-        <v>4610</v>
+        <v>4612</v>
       </c>
       <c r="D499" t="s">
-        <v>4611</v>
+        <v>4613</v>
       </c>
       <c r="E499" t="s">
-        <v>4612</v>
+        <v>4614</v>
       </c>
       <c r="F499" t="s">
-        <v>4613</v>
+        <v>4615</v>
       </c>
       <c r="G499" t="s">
-        <v>4614</v>
+        <v>4616</v>
       </c>
       <c r="H499" t="s">
-        <v>1631</v>
+        <v>4617</v>
       </c>
       <c r="I499" t="s">
-        <v>1632</v>
+        <v>4618</v>
       </c>
       <c r="J499" t="s">
         <v>24</v>
       </c>
       <c r="K499" t="s">
-        <v>4615</v>
+        <v>4619</v>
       </c>
       <c r="L499" t="s">
         <v>26</v>
       </c>
       <c r="M499" t="s">
-        <v>4616</v>
+        <v>4620</v>
       </c>
       <c r="N499" t="s">
         <v>28</v>
       </c>
       <c r="O499" t="s">
-        <v>4617</v>
+        <v>4621</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>66520</v>
+        <v>65116</v>
       </c>
       <c r="B500" t="s">
-        <v>1703</v>
+        <v>4622</v>
       </c>
       <c r="C500" t="s">
-        <v>4618</v>
+        <v>4623</v>
       </c>
       <c r="D500" t="s">
-        <v>4619</v>
+        <v>4624</v>
       </c>
       <c r="E500" t="s">
-        <v>4620</v>
+        <v>4625</v>
       </c>
       <c r="F500" t="s">
-        <v>1707</v>
+        <v>4626</v>
       </c>
       <c r="G500" t="s">
-        <v>1708</v>
+        <v>4627</v>
       </c>
       <c r="H500" t="s">
-        <v>1709</v>
+        <v>4628</v>
       </c>
       <c r="I500" t="s">
-        <v>1710</v>
+        <v>4629</v>
       </c>
       <c r="J500" t="s">
         <v>24</v>
       </c>
       <c r="K500" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L500" t="s">
         <v>26</v>
       </c>
       <c r="M500" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
-        <v>4621</v>
+        <v>4630</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>66521</v>
+        <v>65124</v>
       </c>
       <c r="B501" t="s">
-        <v>1535</v>
+        <v>4631</v>
       </c>
       <c r="C501" t="s">
-        <v>4622</v>
+        <v>4632</v>
       </c>
       <c r="D501" t="s">
-        <v>4623</v>
+        <v>4633</v>
       </c>
       <c r="E501" t="s">
-        <v>4624</v>
+        <v>4634</v>
       </c>
       <c r="F501" t="s">
-        <v>4625</v>
+        <v>4635</v>
       </c>
       <c r="G501" t="s">
-        <v>1540</v>
+        <v>4636</v>
       </c>
       <c r="H501" t="s">
-        <v>4626</v>
+        <v>4637</v>
       </c>
       <c r="I501" t="s">
-        <v>1542</v>
+        <v>4638</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
-        <v>4627</v>
+        <v>4639</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>66522</v>
+        <v>65255</v>
       </c>
       <c r="B502" t="s">
-        <v>4628</v>
+        <v>4640</v>
       </c>
       <c r="C502" t="s">
-        <v>4629</v>
+        <v>4641</v>
       </c>
       <c r="D502" t="s">
-        <v>4630</v>
+        <v>4642</v>
       </c>
       <c r="E502" t="s">
-        <v>4631</v>
+        <v>4643</v>
       </c>
       <c r="F502" t="s">
-        <v>4632</v>
+        <v>4644</v>
       </c>
       <c r="G502" t="s">
-        <v>4633</v>
+        <v>4645</v>
       </c>
       <c r="H502" t="s">
-        <v>4634</v>
+        <v>4646</v>
       </c>
       <c r="I502" t="s">
-        <v>4635</v>
+        <v>4647</v>
       </c>
       <c r="J502" t="s">
-        <v>24</v>
+        <v>1580</v>
       </c>
       <c r="K502" t="s">
-        <v>4486</v>
+        <v>4648</v>
       </c>
       <c r="L502" t="s">
-        <v>26</v>
+        <v>1582</v>
       </c>
       <c r="M502" t="s">
-        <v>4487</v>
+        <v>4649</v>
       </c>
       <c r="N502" t="s">
         <v>28</v>
       </c>
       <c r="O502" t="s">
-        <v>4636</v>
+        <v>4650</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>66523</v>
+        <v>65479</v>
       </c>
       <c r="B503" t="s">
-        <v>1598</v>
+        <v>4651</v>
       </c>
       <c r="C503" t="s">
-        <v>4637</v>
+        <v>4652</v>
       </c>
       <c r="D503" t="s">
-        <v>4638</v>
+        <v>4653</v>
       </c>
       <c r="E503" t="s">
-        <v>4639</v>
+        <v>4654</v>
       </c>
       <c r="F503" t="s">
-        <v>1602</v>
+        <v>4655</v>
       </c>
       <c r="G503" t="s">
-        <v>1603</v>
+        <v>4656</v>
       </c>
       <c r="H503" t="s">
-        <v>1604</v>
+        <v>4657</v>
       </c>
       <c r="I503" t="s">
-        <v>1605</v>
+        <v>4658</v>
       </c>
       <c r="J503" t="s">
         <v>24</v>
       </c>
       <c r="K503" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L503" t="s">
         <v>26</v>
       </c>
       <c r="M503" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N503" t="s">
         <v>28</v>
       </c>
       <c r="O503" t="s">
-        <v>4640</v>
+        <v>4659</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>66524</v>
+        <v>65566</v>
       </c>
       <c r="B504" t="s">
-        <v>3778</v>
+        <v>4660</v>
       </c>
       <c r="C504" t="s">
-        <v>4641</v>
+        <v>4661</v>
       </c>
       <c r="D504" t="s">
-        <v>4642</v>
+        <v>4662</v>
       </c>
       <c r="E504" t="s">
-        <v>4643</v>
+        <v>4663</v>
       </c>
       <c r="F504" t="s">
-        <v>4644</v>
+        <v>4664</v>
       </c>
       <c r="G504" t="s">
-        <v>3783</v>
+        <v>4665</v>
       </c>
       <c r="H504" t="s">
-        <v>3784</v>
+        <v>4666</v>
       </c>
       <c r="I504" t="s">
-        <v>3785</v>
+        <v>4667</v>
       </c>
       <c r="J504" t="s">
         <v>24</v>
       </c>
       <c r="K504" t="s">
         <v>170</v>
       </c>
       <c r="L504" t="s">
         <v>26</v>
       </c>
       <c r="M504" t="s">
         <v>171</v>
       </c>
       <c r="N504" t="s">
         <v>28</v>
       </c>
       <c r="O504" t="s">
-        <v>4645</v>
+        <v>4668</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>66525</v>
+        <v>65613</v>
       </c>
       <c r="B505" t="s">
-        <v>4646</v>
+        <v>4669</v>
       </c>
       <c r="C505" t="s">
-        <v>4647</v>
+        <v>4670</v>
       </c>
       <c r="D505" t="s">
-        <v>4648</v>
+        <v>4671</v>
       </c>
       <c r="E505" t="s">
-        <v>4649</v>
+        <v>4672</v>
       </c>
       <c r="F505" t="s">
-        <v>3639</v>
+        <v>4673</v>
       </c>
       <c r="G505" t="s">
-        <v>3640</v>
+        <v>4674</v>
       </c>
       <c r="H505" t="s">
-        <v>3641</v>
+        <v>4675</v>
       </c>
       <c r="I505" t="s">
-        <v>3642</v>
+        <v>4676</v>
       </c>
       <c r="J505" t="s">
-        <v>24</v>
+        <v>4677</v>
       </c>
       <c r="K505" t="s">
-        <v>170</v>
+        <v>1602</v>
       </c>
       <c r="L505" t="s">
-        <v>26</v>
+        <v>4678</v>
       </c>
       <c r="M505" t="s">
-        <v>171</v>
+        <v>1603</v>
       </c>
       <c r="N505" t="s">
         <v>28</v>
       </c>
       <c r="O505" t="s">
-        <v>4650</v>
+        <v>4679</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>66526</v>
+        <v>65869</v>
       </c>
       <c r="B506" t="s">
-        <v>4651</v>
+        <v>4680</v>
       </c>
       <c r="C506" t="s">
-        <v>4652</v>
+        <v>4681</v>
       </c>
       <c r="D506" t="s">
-        <v>4653</v>
+        <v>4682</v>
       </c>
       <c r="E506" t="s">
-        <v>4654</v>
+        <v>4683</v>
       </c>
       <c r="F506" t="s">
-        <v>4655</v>
+        <v>4684</v>
       </c>
       <c r="G506" t="s">
-        <v>3649</v>
+        <v>4685</v>
       </c>
       <c r="H506" t="s">
-        <v>3650</v>
+        <v>4686</v>
       </c>
       <c r="I506" t="s">
-        <v>3651</v>
+        <v>4687</v>
       </c>
       <c r="J506" t="s">
         <v>24</v>
       </c>
       <c r="K506" t="s">
-        <v>170</v>
+        <v>1478</v>
       </c>
       <c r="L506" t="s">
         <v>26</v>
       </c>
       <c r="M506" t="s">
-        <v>171</v>
+        <v>1480</v>
       </c>
       <c r="N506" t="s">
         <v>28</v>
       </c>
       <c r="O506" t="s">
-        <v>4656</v>
+        <v>4688</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>66527</v>
+        <v>66392</v>
       </c>
       <c r="B507" t="s">
-        <v>1645</v>
+        <v>4689</v>
       </c>
       <c r="C507" t="s">
-        <v>4657</v>
+        <v>4690</v>
       </c>
       <c r="D507" t="s">
-        <v>4658</v>
+        <v>4691</v>
       </c>
       <c r="E507" t="s">
-        <v>4659</v>
+        <v>4692</v>
       </c>
       <c r="F507" t="s">
-        <v>4660</v>
+        <v>4693</v>
       </c>
       <c r="G507" t="s">
-        <v>1650</v>
+        <v>4694</v>
       </c>
       <c r="H507" t="s">
-        <v>1651</v>
+        <v>4695</v>
       </c>
       <c r="I507" t="s">
-        <v>1652</v>
+        <v>4696</v>
       </c>
       <c r="J507" t="s">
         <v>24</v>
       </c>
       <c r="K507" t="s">
-        <v>4559</v>
+        <v>25</v>
       </c>
       <c r="L507" t="s">
         <v>26</v>
       </c>
       <c r="M507" t="s">
-        <v>4560</v>
+        <v>27</v>
       </c>
       <c r="N507" t="s">
         <v>28</v>
       </c>
       <c r="O507" t="s">
-        <v>4661</v>
+        <v>4697</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>66529</v>
+        <v>66510</v>
       </c>
       <c r="B508" t="s">
-        <v>4662</v>
+        <v>4698</v>
       </c>
       <c r="C508" t="s">
-        <v>4663</v>
+        <v>4699</v>
       </c>
       <c r="D508" t="s">
-        <v>4664</v>
+        <v>4700</v>
       </c>
       <c r="E508" t="s">
-        <v>4665</v>
+        <v>4701</v>
       </c>
       <c r="F508" t="s">
-        <v>4666</v>
+        <v>4702</v>
       </c>
       <c r="G508" t="s">
-        <v>4079</v>
+        <v>4703</v>
       </c>
       <c r="H508" t="s">
-        <v>4080</v>
+        <v>4704</v>
       </c>
       <c r="I508" t="s">
-        <v>4081</v>
+        <v>4705</v>
       </c>
       <c r="J508" t="s">
-        <v>24</v>
+        <v>1580</v>
       </c>
       <c r="K508" t="s">
-        <v>2070</v>
+        <v>4706</v>
       </c>
       <c r="L508" t="s">
-        <v>26</v>
+        <v>1582</v>
       </c>
       <c r="M508" t="s">
-        <v>2071</v>
+        <v>4707</v>
       </c>
       <c r="N508" t="s">
         <v>28</v>
       </c>
       <c r="O508" t="s">
-        <v>4667</v>
+        <v>4708</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>66530</v>
+        <v>66511</v>
       </c>
       <c r="B509" t="s">
-        <v>4668</v>
+        <v>1769</v>
       </c>
       <c r="C509" t="s">
-        <v>4669</v>
+        <v>4709</v>
       </c>
       <c r="D509" t="s">
-        <v>4670</v>
+        <v>4710</v>
       </c>
       <c r="E509" t="s">
-        <v>4671</v>
+        <v>4711</v>
       </c>
       <c r="F509" t="s">
-        <v>4672</v>
+        <v>1773</v>
       </c>
       <c r="G509" t="s">
-        <v>1457</v>
+        <v>1774</v>
       </c>
       <c r="H509" t="s">
-        <v>1458</v>
+        <v>4712</v>
       </c>
       <c r="I509" t="s">
-        <v>1459</v>
+        <v>4713</v>
       </c>
       <c r="J509" t="s">
         <v>24</v>
       </c>
       <c r="K509" t="s">
-        <v>1325</v>
+        <v>4714</v>
       </c>
       <c r="L509" t="s">
         <v>26</v>
       </c>
       <c r="M509" t="s">
-        <v>1327</v>
+        <v>4715</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
-        <v>4673</v>
+        <v>4716</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>66531</v>
+        <v>66512</v>
       </c>
       <c r="B510" t="s">
-        <v>4674</v>
+        <v>3770</v>
       </c>
       <c r="C510" t="s">
-        <v>4675</v>
+        <v>4717</v>
       </c>
       <c r="D510" t="s">
-        <v>4676</v>
+        <v>4718</v>
       </c>
       <c r="E510" t="s">
-        <v>4677</v>
+        <v>4719</v>
       </c>
       <c r="F510" t="s">
-        <v>4678</v>
+        <v>4720</v>
       </c>
       <c r="G510" t="s">
-        <v>4679</v>
+        <v>3775</v>
       </c>
       <c r="H510" t="s">
-        <v>4680</v>
+        <v>3776</v>
       </c>
       <c r="I510" t="s">
-        <v>4681</v>
+        <v>3777</v>
       </c>
       <c r="J510" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K510" t="s">
-        <v>4682</v>
+        <v>4721</v>
       </c>
       <c r="L510" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M510" t="s">
-        <v>4683</v>
+        <v>4722</v>
       </c>
       <c r="N510" t="s">
         <v>28</v>
       </c>
       <c r="O510" t="s">
-        <v>4684</v>
+        <v>4723</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>66532</v>
+        <v>66513</v>
       </c>
       <c r="B511" t="s">
-        <v>4685</v>
+        <v>4724</v>
       </c>
       <c r="C511" t="s">
-        <v>4686</v>
+        <v>4725</v>
       </c>
       <c r="D511" t="s">
-        <v>4687</v>
+        <v>4726</v>
       </c>
       <c r="E511" t="s">
-        <v>4688</v>
+        <v>4727</v>
       </c>
       <c r="F511" t="s">
-        <v>1725</v>
+        <v>4728</v>
       </c>
       <c r="G511" t="s">
-        <v>1726</v>
+        <v>4104</v>
       </c>
       <c r="H511" t="s">
-        <v>1727</v>
+        <v>4729</v>
       </c>
       <c r="I511" t="s">
-        <v>1728</v>
+        <v>4730</v>
       </c>
       <c r="J511" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K511" t="s">
-        <v>4689</v>
+        <v>4721</v>
       </c>
       <c r="L511" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M511" t="s">
-        <v>4690</v>
+        <v>4722</v>
       </c>
       <c r="N511" t="s">
         <v>28</v>
       </c>
       <c r="O511" t="s">
-        <v>4691</v>
+        <v>4731</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>66533</v>
+        <v>66514</v>
       </c>
       <c r="B512" t="s">
-        <v>4692</v>
+        <v>4732</v>
       </c>
       <c r="C512" t="s">
-        <v>4693</v>
+        <v>4733</v>
       </c>
       <c r="D512" t="s">
-        <v>4694</v>
+        <v>4734</v>
       </c>
       <c r="E512" t="s">
-        <v>4695</v>
+        <v>4735</v>
       </c>
       <c r="F512" t="s">
-        <v>1548</v>
+        <v>1909</v>
       </c>
       <c r="G512" t="s">
-        <v>1549</v>
+        <v>1910</v>
       </c>
       <c r="H512" t="s">
-        <v>1550</v>
+        <v>4736</v>
       </c>
       <c r="I512" t="s">
-        <v>4696</v>
+        <v>4737</v>
       </c>
       <c r="J512" t="s">
         <v>24</v>
       </c>
       <c r="K512" t="s">
-        <v>4697</v>
+        <v>4721</v>
       </c>
       <c r="L512" t="s">
         <v>26</v>
       </c>
       <c r="M512" t="s">
-        <v>4698</v>
+        <v>4722</v>
       </c>
       <c r="N512" t="s">
         <v>28</v>
       </c>
       <c r="O512" t="s">
-        <v>4699</v>
+        <v>4738</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>66534</v>
+        <v>66515</v>
       </c>
       <c r="B513" t="s">
-        <v>4700</v>
+        <v>4739</v>
       </c>
       <c r="C513" t="s">
-        <v>4701</v>
+        <v>4740</v>
       </c>
       <c r="D513" t="s">
-        <v>4702</v>
+        <v>4741</v>
       </c>
       <c r="E513" t="s">
-        <v>4703</v>
+        <v>4742</v>
       </c>
       <c r="F513" t="s">
-        <v>4704</v>
+        <v>4743</v>
       </c>
       <c r="G513" t="s">
-        <v>4705</v>
+        <v>1675</v>
       </c>
       <c r="H513" t="s">
-        <v>2961</v>
+        <v>4744</v>
       </c>
       <c r="I513" t="s">
-        <v>2962</v>
+        <v>4745</v>
       </c>
       <c r="J513" t="s">
         <v>24</v>
       </c>
       <c r="K513" t="s">
-        <v>47</v>
+        <v>4721</v>
       </c>
       <c r="L513" t="s">
         <v>26</v>
       </c>
       <c r="M513" t="s">
-        <v>48</v>
+        <v>4722</v>
       </c>
       <c r="N513" t="s">
         <v>28</v>
       </c>
       <c r="O513" t="s">
-        <v>4706</v>
+        <v>4746</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>66535</v>
+        <v>66516</v>
       </c>
       <c r="B514" t="s">
-        <v>4707</v>
+        <v>1652</v>
       </c>
       <c r="C514" t="s">
-        <v>4708</v>
+        <v>4747</v>
       </c>
       <c r="D514" t="s">
-        <v>4709</v>
+        <v>4748</v>
       </c>
       <c r="E514" t="s">
-        <v>4710</v>
+        <v>4749</v>
       </c>
       <c r="F514" t="s">
-        <v>4711</v>
+        <v>4750</v>
       </c>
       <c r="G514" t="s">
-        <v>4712</v>
+        <v>4751</v>
       </c>
       <c r="H514" t="s">
-        <v>4713</v>
+        <v>4752</v>
       </c>
       <c r="I514" t="s">
-        <v>4714</v>
+        <v>1659</v>
       </c>
       <c r="J514" t="s">
-        <v>4715</v>
+        <v>24</v>
       </c>
       <c r="K514" t="s">
-        <v>4716</v>
+        <v>170</v>
       </c>
       <c r="L514" t="s">
-        <v>4717</v>
+        <v>26</v>
       </c>
       <c r="M514" t="s">
-        <v>4718</v>
+        <v>171</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
-        <v>4719</v>
+        <v>4753</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>66536</v>
+        <v>66517</v>
       </c>
       <c r="B515" t="s">
-        <v>4720</v>
+        <v>4754</v>
       </c>
       <c r="C515" t="s">
+        <v>4755</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4756</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4757</v>
+      </c>
+      <c r="F515" t="s">
+        <v>4758</v>
+      </c>
+      <c r="G515" t="s">
+        <v>4759</v>
+      </c>
+      <c r="H515" t="s">
+        <v>4760</v>
+      </c>
+      <c r="I515" t="s">
+        <v>4761</v>
+      </c>
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
         <v>4721</v>
       </c>
-      <c r="D515" t="s">
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
         <v>4722</v>
       </c>
-      <c r="E515" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
-        <v>4728</v>
+        <v>4762</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>66537</v>
+        <v>66518</v>
       </c>
       <c r="B516" t="s">
-        <v>4729</v>
+        <v>4763</v>
       </c>
       <c r="C516" t="s">
-        <v>4730</v>
+        <v>4764</v>
       </c>
       <c r="D516" t="s">
-        <v>4731</v>
+        <v>4765</v>
       </c>
       <c r="E516" t="s">
-        <v>4732</v>
+        <v>4766</v>
       </c>
       <c r="F516" t="s">
-        <v>4733</v>
+        <v>4767</v>
       </c>
       <c r="G516" t="s">
-        <v>4474</v>
+        <v>1684</v>
       </c>
       <c r="H516" t="s">
-        <v>4475</v>
+        <v>4768</v>
       </c>
       <c r="I516" t="s">
-        <v>4476</v>
+        <v>4769</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
-        <v>4559</v>
+        <v>170</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
-        <v>4560</v>
+        <v>171</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
-        <v>4734</v>
+        <v>4770</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>66538</v>
+        <v>66519</v>
       </c>
       <c r="B517" t="s">
-        <v>4735</v>
+        <v>4771</v>
       </c>
       <c r="C517" t="s">
-        <v>4736</v>
+        <v>4772</v>
       </c>
       <c r="D517" t="s">
-        <v>4737</v>
+        <v>4773</v>
       </c>
       <c r="E517" t="s">
-        <v>4738</v>
+        <v>4774</v>
       </c>
       <c r="F517" t="s">
-        <v>4739</v>
+        <v>4775</v>
       </c>
       <c r="G517" t="s">
-        <v>1717</v>
+        <v>4776</v>
       </c>
       <c r="H517" t="s">
-        <v>1718</v>
+        <v>1793</v>
       </c>
       <c r="I517" t="s">
-        <v>1719</v>
+        <v>1794</v>
       </c>
       <c r="J517" t="s">
         <v>24</v>
       </c>
       <c r="K517" t="s">
-        <v>4740</v>
+        <v>4777</v>
       </c>
       <c r="L517" t="s">
         <v>26</v>
       </c>
       <c r="M517" t="s">
-        <v>4741</v>
+        <v>4778</v>
       </c>
       <c r="N517" t="s">
         <v>28</v>
       </c>
       <c r="O517" t="s">
-        <v>4742</v>
+        <v>4779</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>66540</v>
+        <v>66520</v>
       </c>
       <c r="B518" t="s">
-        <v>4743</v>
+        <v>1865</v>
       </c>
       <c r="C518" t="s">
-        <v>4744</v>
+        <v>4780</v>
       </c>
       <c r="D518" t="s">
-        <v>4745</v>
+        <v>4781</v>
       </c>
       <c r="E518" t="s">
-        <v>4746</v>
+        <v>4782</v>
       </c>
       <c r="F518" t="s">
-        <v>4747</v>
+        <v>1869</v>
       </c>
       <c r="G518" t="s">
-        <v>4748</v>
+        <v>1870</v>
       </c>
       <c r="H518" t="s">
-        <v>4749</v>
+        <v>1871</v>
       </c>
       <c r="I518" t="s">
-        <v>1488</v>
+        <v>1872</v>
       </c>
       <c r="J518" t="s">
         <v>24</v>
       </c>
       <c r="K518" t="s">
-        <v>4750</v>
+        <v>25</v>
       </c>
       <c r="L518" t="s">
         <v>26</v>
       </c>
       <c r="M518" t="s">
-        <v>4751</v>
+        <v>27</v>
       </c>
       <c r="N518" t="s">
         <v>28</v>
       </c>
       <c r="O518" t="s">
-        <v>4752</v>
+        <v>4783</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
+        <v>66521</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4784</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4785</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4786</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4787</v>
+      </c>
+      <c r="G519" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H519" t="s">
+        <v>4788</v>
+      </c>
+      <c r="I519" t="s">
+        <v>1704</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>170</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>171</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4789</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520">
+        <v>66522</v>
+      </c>
+      <c r="B520" t="s">
+        <v>4790</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4791</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4792</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4793</v>
+      </c>
+      <c r="F520" t="s">
+        <v>4794</v>
+      </c>
+      <c r="G520" t="s">
+        <v>4795</v>
+      </c>
+      <c r="H520" t="s">
+        <v>4796</v>
+      </c>
+      <c r="I520" t="s">
+        <v>4797</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>4648</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>4649</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
+        <v>4798</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521">
+        <v>66523</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4799</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4800</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4801</v>
+      </c>
+      <c r="F521" t="s">
+        <v>1764</v>
+      </c>
+      <c r="G521" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I521" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>47</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>48</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
+        <v>4802</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522">
+        <v>66524</v>
+      </c>
+      <c r="B522" t="s">
+        <v>3940</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4803</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4804</v>
+      </c>
+      <c r="E522" t="s">
+        <v>4805</v>
+      </c>
+      <c r="F522" t="s">
+        <v>4806</v>
+      </c>
+      <c r="G522" t="s">
+        <v>3945</v>
+      </c>
+      <c r="H522" t="s">
+        <v>3946</v>
+      </c>
+      <c r="I522" t="s">
+        <v>3947</v>
+      </c>
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
+        <v>170</v>
+      </c>
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
+        <v>171</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
+        <v>4807</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523">
+        <v>66525</v>
+      </c>
+      <c r="B523" t="s">
+        <v>4808</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4809</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4810</v>
+      </c>
+      <c r="E523" t="s">
+        <v>4811</v>
+      </c>
+      <c r="F523" t="s">
+        <v>3801</v>
+      </c>
+      <c r="G523" t="s">
+        <v>3802</v>
+      </c>
+      <c r="H523" t="s">
+        <v>3803</v>
+      </c>
+      <c r="I523" t="s">
+        <v>3804</v>
+      </c>
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>170</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>171</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
+        <v>4812</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15">
+      <c r="A524">
+        <v>66526</v>
+      </c>
+      <c r="B524" t="s">
+        <v>4813</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4814</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4815</v>
+      </c>
+      <c r="E524" t="s">
+        <v>4816</v>
+      </c>
+      <c r="F524" t="s">
+        <v>4817</v>
+      </c>
+      <c r="G524" t="s">
+        <v>3811</v>
+      </c>
+      <c r="H524" t="s">
+        <v>3812</v>
+      </c>
+      <c r="I524" t="s">
+        <v>3813</v>
+      </c>
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
+        <v>170</v>
+      </c>
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
+        <v>171</v>
+      </c>
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
+        <v>4818</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15">
+      <c r="A525">
+        <v>66527</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4819</v>
+      </c>
+      <c r="D525" t="s">
+        <v>4820</v>
+      </c>
+      <c r="E525" t="s">
+        <v>4821</v>
+      </c>
+      <c r="F525" t="s">
+        <v>4822</v>
+      </c>
+      <c r="G525" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I525" t="s">
+        <v>1814</v>
+      </c>
+      <c r="J525" t="s">
+        <v>24</v>
+      </c>
+      <c r="K525" t="s">
+        <v>4721</v>
+      </c>
+      <c r="L525" t="s">
+        <v>26</v>
+      </c>
+      <c r="M525" t="s">
+        <v>4722</v>
+      </c>
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
+        <v>4823</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526">
+        <v>66529</v>
+      </c>
+      <c r="B526" t="s">
+        <v>4824</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4825</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4826</v>
+      </c>
+      <c r="E526" t="s">
+        <v>4827</v>
+      </c>
+      <c r="F526" t="s">
+        <v>4828</v>
+      </c>
+      <c r="G526" t="s">
+        <v>4241</v>
+      </c>
+      <c r="H526" t="s">
+        <v>4242</v>
+      </c>
+      <c r="I526" t="s">
+        <v>4243</v>
+      </c>
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>2232</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>2233</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
+        <v>4829</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527">
+        <v>66530</v>
+      </c>
+      <c r="B527" t="s">
+        <v>4830</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4831</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4832</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4833</v>
+      </c>
+      <c r="F527" t="s">
+        <v>4834</v>
+      </c>
+      <c r="G527" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I527" t="s">
+        <v>1621</v>
+      </c>
+      <c r="J527" t="s">
+        <v>24</v>
+      </c>
+      <c r="K527" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L527" t="s">
+        <v>26</v>
+      </c>
+      <c r="M527" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
+        <v>4835</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528">
+        <v>66531</v>
+      </c>
+      <c r="B528" t="s">
+        <v>4836</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4837</v>
+      </c>
+      <c r="D528" t="s">
+        <v>4838</v>
+      </c>
+      <c r="E528" t="s">
+        <v>4839</v>
+      </c>
+      <c r="F528" t="s">
+        <v>4840</v>
+      </c>
+      <c r="G528" t="s">
+        <v>4841</v>
+      </c>
+      <c r="H528" t="s">
+        <v>4842</v>
+      </c>
+      <c r="I528" t="s">
+        <v>4843</v>
+      </c>
+      <c r="J528" t="s">
+        <v>450</v>
+      </c>
+      <c r="K528" t="s">
+        <v>4844</v>
+      </c>
+      <c r="L528" t="s">
+        <v>452</v>
+      </c>
+      <c r="M528" t="s">
+        <v>4845</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
+        <v>4846</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529">
+        <v>66532</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4847</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4848</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4849</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4850</v>
+      </c>
+      <c r="F529" t="s">
+        <v>1887</v>
+      </c>
+      <c r="G529" t="s">
+        <v>1888</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1889</v>
+      </c>
+      <c r="I529" t="s">
+        <v>1890</v>
+      </c>
+      <c r="J529" t="s">
+        <v>450</v>
+      </c>
+      <c r="K529" t="s">
+        <v>4851</v>
+      </c>
+      <c r="L529" t="s">
+        <v>452</v>
+      </c>
+      <c r="M529" t="s">
+        <v>4852</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4853</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>66533</v>
+      </c>
+      <c r="B530" t="s">
+        <v>4854</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4855</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4856</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4857</v>
+      </c>
+      <c r="F530" t="s">
+        <v>1710</v>
+      </c>
+      <c r="G530" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I530" t="s">
+        <v>4858</v>
+      </c>
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>4859</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>4860</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4861</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531">
+        <v>66534</v>
+      </c>
+      <c r="B531" t="s">
+        <v>4862</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4863</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4864</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4865</v>
+      </c>
+      <c r="F531" t="s">
+        <v>4866</v>
+      </c>
+      <c r="G531" t="s">
+        <v>4867</v>
+      </c>
+      <c r="H531" t="s">
+        <v>3123</v>
+      </c>
+      <c r="I531" t="s">
+        <v>3124</v>
+      </c>
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>47</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>48</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4868</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
+        <v>66535</v>
+      </c>
+      <c r="B532" t="s">
+        <v>4869</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4870</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4871</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4872</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4873</v>
+      </c>
+      <c r="G532" t="s">
+        <v>4874</v>
+      </c>
+      <c r="H532" t="s">
+        <v>4875</v>
+      </c>
+      <c r="I532" t="s">
+        <v>4876</v>
+      </c>
+      <c r="J532" t="s">
+        <v>4877</v>
+      </c>
+      <c r="K532" t="s">
+        <v>4878</v>
+      </c>
+      <c r="L532" t="s">
+        <v>4879</v>
+      </c>
+      <c r="M532" t="s">
+        <v>4880</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4881</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15">
+      <c r="A533">
+        <v>66536</v>
+      </c>
+      <c r="B533" t="s">
+        <v>4882</v>
+      </c>
+      <c r="C533" t="s">
+        <v>4883</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4884</v>
+      </c>
+      <c r="E533" t="s">
+        <v>4885</v>
+      </c>
+      <c r="F533" t="s">
+        <v>4886</v>
+      </c>
+      <c r="G533" t="s">
+        <v>4887</v>
+      </c>
+      <c r="H533" t="s">
+        <v>4888</v>
+      </c>
+      <c r="I533" t="s">
+        <v>4889</v>
+      </c>
+      <c r="J533" t="s">
+        <v>24</v>
+      </c>
+      <c r="K533" t="s">
+        <v>4721</v>
+      </c>
+      <c r="L533" t="s">
+        <v>26</v>
+      </c>
+      <c r="M533" t="s">
+        <v>4722</v>
+      </c>
+      <c r="N533" t="s">
+        <v>28</v>
+      </c>
+      <c r="O533" t="s">
+        <v>4890</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15">
+      <c r="A534">
+        <v>66537</v>
+      </c>
+      <c r="B534" t="s">
+        <v>4891</v>
+      </c>
+      <c r="C534" t="s">
+        <v>4892</v>
+      </c>
+      <c r="D534" t="s">
+        <v>4893</v>
+      </c>
+      <c r="E534" t="s">
+        <v>4894</v>
+      </c>
+      <c r="F534" t="s">
+        <v>4895</v>
+      </c>
+      <c r="G534" t="s">
+        <v>4636</v>
+      </c>
+      <c r="H534" t="s">
+        <v>4637</v>
+      </c>
+      <c r="I534" t="s">
+        <v>4638</v>
+      </c>
+      <c r="J534" t="s">
+        <v>24</v>
+      </c>
+      <c r="K534" t="s">
+        <v>4721</v>
+      </c>
+      <c r="L534" t="s">
+        <v>26</v>
+      </c>
+      <c r="M534" t="s">
+        <v>4722</v>
+      </c>
+      <c r="N534" t="s">
+        <v>28</v>
+      </c>
+      <c r="O534" t="s">
+        <v>4896</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15">
+      <c r="A535">
+        <v>66538</v>
+      </c>
+      <c r="B535" t="s">
+        <v>4897</v>
+      </c>
+      <c r="C535" t="s">
+        <v>4898</v>
+      </c>
+      <c r="D535" t="s">
+        <v>4899</v>
+      </c>
+      <c r="E535" t="s">
+        <v>4900</v>
+      </c>
+      <c r="F535" t="s">
+        <v>4901</v>
+      </c>
+      <c r="G535" t="s">
+        <v>1879</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1880</v>
+      </c>
+      <c r="I535" t="s">
+        <v>1881</v>
+      </c>
+      <c r="J535" t="s">
+        <v>24</v>
+      </c>
+      <c r="K535" t="s">
+        <v>4902</v>
+      </c>
+      <c r="L535" t="s">
+        <v>26</v>
+      </c>
+      <c r="M535" t="s">
+        <v>4903</v>
+      </c>
+      <c r="N535" t="s">
+        <v>28</v>
+      </c>
+      <c r="O535" t="s">
+        <v>4904</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15">
+      <c r="A536">
+        <v>66540</v>
+      </c>
+      <c r="B536" t="s">
+        <v>4905</v>
+      </c>
+      <c r="C536" t="s">
+        <v>4906</v>
+      </c>
+      <c r="D536" t="s">
+        <v>4907</v>
+      </c>
+      <c r="E536" t="s">
+        <v>4908</v>
+      </c>
+      <c r="F536" t="s">
+        <v>4909</v>
+      </c>
+      <c r="G536" t="s">
+        <v>4910</v>
+      </c>
+      <c r="H536" t="s">
+        <v>4911</v>
+      </c>
+      <c r="I536" t="s">
+        <v>1650</v>
+      </c>
+      <c r="J536" t="s">
+        <v>24</v>
+      </c>
+      <c r="K536" t="s">
+        <v>4912</v>
+      </c>
+      <c r="L536" t="s">
+        <v>26</v>
+      </c>
+      <c r="M536" t="s">
+        <v>4913</v>
+      </c>
+      <c r="N536" t="s">
+        <v>28</v>
+      </c>
+      <c r="O536" t="s">
+        <v>4914</v>
+      </c>
+    </row>
+    <row r="537" spans="1:15">
+      <c r="A537">
         <v>66541</v>
       </c>
-      <c r="B519" t="s">
-[...39 lines deleted...]
-        <v>4759</v>
+      <c r="B537" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C537" t="s">
+        <v>4915</v>
+      </c>
+      <c r="D537" t="s">
+        <v>4916</v>
+      </c>
+      <c r="E537" t="s">
+        <v>4917</v>
+      </c>
+      <c r="F537" t="s">
+        <v>4918</v>
+      </c>
+      <c r="G537" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1862</v>
+      </c>
+      <c r="I537" t="s">
+        <v>1863</v>
+      </c>
+      <c r="J537" t="s">
+        <v>24</v>
+      </c>
+      <c r="K537" t="s">
+        <v>4919</v>
+      </c>
+      <c r="L537" t="s">
+        <v>26</v>
+      </c>
+      <c r="M537" t="s">
+        <v>4920</v>
+      </c>
+      <c r="N537" t="s">
+        <v>28</v>
+      </c>
+      <c r="O537" t="s">
+        <v>4921</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">