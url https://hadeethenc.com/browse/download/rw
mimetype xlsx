--- v2 (2025-12-14)
+++ v3 (2026-01-05)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4922">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5167">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Kinyarwanda
 # Source: https://hadeethenc.com/rw
-# Last update: 2025-12-10 11:13:36 (v1.22.0)
-# Check for updates: https://hadeethenc.com/en/check/rw/v1.22.0
+# Last update: 2025-12-19 18:02:26 (v1.24.0)
+# Check for updates: https://hadeethenc.com/en/check/rw/v1.24.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -5955,127 +5955,324 @@
   <si>
     <t>Niba uko uvuze ari ko uri waba umeze nkaho ubagaburira umucanga ushyushye, kandi Allah azakomeza kubagutsindira igihe cyose uzaba umeze gutyo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَجُلًا قَالَ: يَا رَسُولَ اللهِ إِنَّ لِي قَرَابَةً أَصِلُهُمْ وَيَقْطَعُونِي، وَأُحْسِنُ إِلَيْهِمْ وَيُسِيئُونَ إِلَيَّ، وَأَحْلُمُ عَنْهُمْ وَيَجْهَلُونَ عَلَيَّ، فَقَالَ: «لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Umugabo umwe yaravuze ati: Yewe Ntumwa y'Imana! Mfite abanyamuryango banjye ba bugufi, nkora ibishoboka ngo nunge ubuvandimwe bo bakabuca, mbagirira neza bo bakampemukira, ndabihanganira ariko bakanyitura inabi, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Niba uko uvuze ari ko uri waba umeze nkaho ubagaburira umucanga ushyushye, kandi Allah azakomeza kubagutsindira igihe cyose uzaba umeze gutyo."</t>
   </si>
   <si>
     <t>اشتَكَى رَجُلٌ للنبيِّ صلى الله عليه وسلم بأنّ له قرابةً ورَحِمًا يَتَعامَل معهم بالحُسنى وهم يُعامِلونه بضد ذلك؛ فيَصِلُهم ويأتِيْهم وهم يَقْطَعونه، ويُحسن إليهم بالبر والوفاء ويُسيئون إليه بالجَوْر والجَفَاء، ويَحلم ويعفو عنهم ويَجهلون عليه بالقبيح من القول والفعل، فهل يَستَمِرُّ بالصِّلَة لهم مع ما ذُكِر؟ 
 فقال له النبيُّ صلى الله عليه وسلم: إنْ كان كما ذَكَرتَ فإنك تُخزِيهم وتَحْقِرُهم في أنفسهم، وكأنك تُطعِمُهم الرَّمَاد الحارّ؛ لكثرة إحسانك وقبيح فِعلِهم عند أنفسهم، ولا يزال معك من عند الله مُعين لك عليهم، ودافِع عنك أذاهم ما دُمْتَ على ما ذَكرتَ من إحسانك إليهم، وظَلُّوا هم على إساءتهم إليك.</t>
   </si>
   <si>
     <t>Umugabo umwe yaregeye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko afite abavandimwe be bahuje isano, ababanira neza ariko bo bakamwitura inabi, agerageza kunga isano afitanye nabo bo bakarica, abakorera ibyiza ariko bo bakamukorera ibibi banamuhuguza, akabihanganira ndetse akanabababarira ariko bo ntibabikozwe ahubwo bakamukorera ibibi mu mvugo n'ibikorwa, ese yakomeza kubagirira neza?
 Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imusubiza imubwira ko niba ari uko bimeze, abakoza isoni akabafata nkaho baciriritse, kandi ko ameze nk'ubagaburira umucanga ushyushye, kubera ko abagirira neza cyane bo bakamwitura inabi, kandi ko Allah igihe cyose azajya amutera inkunga ibamufasha ikanamurinda igihe cyose azakomeza kumera atyo, nabo bagakomeza kumuhemukira.</t>
   </si>
   <si>
     <t>مقابلة الإساءة بالإحسان مَظِنّة رجوع  المسيء إلى الحق، كما قال تعالى: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
 امتثال أمْر الله ولو حصل له أذى سببٌ لعون الله للعبد المؤمن.
 قطيعة الرحم أَلَمٌ وعذابٌ في الدنيا، وإثمٌ وحساب في الآخرة.
 ينبغي على المسلم أنْ يَحتَسِب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتُهم عن عادته الطيبة.
 ليس الواصلُ لِرَحِمِهِ مَن يُكافِئ مَن وَصَله، ولكن الواصل حقيقة هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها.</t>
   </si>
   <si>
-    <t>Kwitura ineza inabi wakorewe, bishobora gutuma umubi agarukira ukuri nkuko Allah yabivuze agira ati: {Bityo, inabi (wakorewe) jya uyikosoza ineza; ibyo bizatuma uwo mwari mufitanye urwango aba nk’inshuti yawe magara}.
+    <t>Kwitura  inabi wakorewe ineza, bishobora gutuma umubi agarukira ukuri nkuko Allah yabivuze agira ati: {Bityo, inabi (wakorewe) jya uyikosoza ineza; ibyo bizatuma uwo mwari mufitanye urwango aba nk’inshuti yawe magara}.
 Kumvira itegeko rya Allah, kabone n'iyo yagerwaho n'ingorane zaba impamvu y'uko umugaragu wa Allah w'umwemeramana abona inkunga.
 Guca imiryango birababaza ni n'ibihano hano ku isi, ndetse ni n'icyaha umuntu azabazwa ku munsi w'imperuka.
-Birakwiye ko umuyisilamu yizera ingorano z'ibikorwa bye byiza akora, kandi ntacibwe intege n'inabi abantu bamugirira ngo zimukure kuri kamere ye nziza asanganywe.
-Umuntu wunga isano ry'imiryango nta bikorwa ngo yiturwe ineza y'uwo yayigiriye, ahubwo uwunga isano wa nyawe ni wa wundi iyo ricitse araryunga.</t>
+Birakwiye ko umuyisilamu yizera ingororano z'ibikorwa bye byiza akora, kandi ntacibwe intege n'inabi abantu bamugirira ngo zimukure kuri kamere ye nziza asanganywe.
+Ntabwo ubanira abanyamuryango be neza mu buryo bwa nyabwo ari wawundi ubikora agambiriye ko nabo babimwitura, ahubwo ubabanira neza mu buryo bukwiye ni wa wundi ubabanira neza n'ubwo bo bamubanira nabi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/3863</t>
+  </si>
+  <si>
+    <t>ما اغبرت قدما عبد في سبيل الله فتمسه النار</t>
+  </si>
+  <si>
+    <t>Nta birenge by'umugaragu byagiyeho ivumbi ari guharanira inzira ya Allah, bizagerwaho n'umuriro</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْسٍ عَبْدُ الرَّحْمَنِ بْنِ جَبْرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Ab'sin Abdu Rahman Ibun Djabrin (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nta birenge by'umugaragu byagiyeho ivumbi ari guharanira inzira ya Allah, bizagerwaho n'umuriro."</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم بأنَّ مَن أصاب قَدَمَيه الغبارُ وهو يُجاهد في سبيل الله بأنَّ النارَ لا تَمَسّه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iri gutanga inkuru nziza ko igihe cyose ibirenge by'umuntu bigezweho n'ivumbi ari guharanira inzira ya Allah, bitazigera bigerwaho n'umuriro.</t>
+  </si>
+  <si>
+    <t>البشارة للمُجاهد في سبيل الله بالنَّجَاة من النار.
+ذكرَ القَدَمين وإن كان الغبار يَعُمُّ البدن كلَّه؛ لأن أكثر المجاهدين في ذلك الزمان مُشَاةٌ، والأقدام تتغبَّر على كل حال.
+قال ابن حجر: فإذا كان مُجرَّد مَس الغبار للقدم يُحرِّم عليها النار؛ فكيف بمَن سعى وبَذَل جُهْدَه واستنفد وُسْعَه.</t>
+  </si>
+  <si>
+    <t>Inkuru nziza kuri wa wundi uharanira inzira ya Allah ko atazinjizwa mu muriro.
+Hano havuzwe ibirenge kandi ivumbi rikwira umubiri wose, kubera ko benshi mu baharaniraga inzira ya Allah kiriya gihe bagendeshaga ibirenge, n'ibirenge rero bigerwaho n'ivumbi.
+Umumenyi Ibun Hadjar yaravuze ati: Niba ibirenge byagezweho n'ivumbi ari ikizira kuzinjizwa mu muriro, byaba bimeze bite kuri wa wundi wagize umurava agakoresha n'imbaraga ze zose?</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3868</t>
+  </si>
+  <si>
+    <t>ما من قوم يقومون من مجلس لا يذكرون الله فيه إلا قاموا عن مثل جيفة حمار، وكان لهم حسرة</t>
+  </si>
+  <si>
+    <t>(Nta bantu bazahaguruka mu cyicaro badasingije Allah, usibye ko bazahaguruka bameze nk’abari bicaye bari kurya intumbi y’indogobe, kandi bazaba bafite igihombo.)</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: (Nta bantu bazahaguruka mu cyicaro badasingije Allah, usibye ko bazahaguruka bameze nk’abari bicaye bari kurya intumbi y’indogobe, kandi bazaba bafite igihombo.)</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن قومٍ جلسوا في مجلس ثم قاموا منه ولم يذكروا الله فيه إلا قاموا عن مثل مَن اجتمع على جيفة حمار في النَّتَنِ والقَذَارة؛ وذلك لما انشغلوا في الكلام عن ذكر الله، وكان ذلك المجلسُ عليهم حسرةً يوم القيامة ونقصانًا وندامة لازمة لهم.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko nta bantu bicara mu cyicaro barangiza bagahaguruka badasingije Allah, usibye ko bahaguruka bameze nk'abantu bari bicaye iruhande rw'intumbi y'ingamiya kubera kunuka kwayo n'uburyo iba imeze nabi, kubera ko ibiganiro byabo byabibagije gusingiza Allah. Ku munsi w'imperuka kandi icyo cyicaro cyabo kizababera igihombo no kwicuza bazahorana ibihe byose.</t>
+  </si>
+  <si>
+    <t>ما ذُكِر مِن التحذير عن الغفلة عن ذكر الله ليس مقتصرًا على المجالس فقط، بل يَعُمُّ غيرَها، قال النووي: يُكرَه لمَن قَعَد في مكان أن يُفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصل لهم يوم القيامة: إما بِفَوَات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرَّمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>Ibyavuzwe byerekeranye no kwihanangiriza abantu kuzindara ntibasingize Allah ntibireba abari mu byicaro gusa, ahubwo bireba n'abandi. Umumenyi A-Nawawiy yaravuze ati: Si byiza ko umuntu wicaye ahantu ahahaguruka atabanje gusingiza Allah Nyir'ubutagatifu.
+Kwicuza bazagira ku munsi w'imperuka ni ukubera  bazaba babuze ingororano n'ibihembo kubera ko batabyaje umusaruro igihe bagize mu bikorwa byo kumvira Allah, cyangwa se kubera ibibi n'ibihano kubera ko igihe cyabo bakimaze mu bikorwa byo kwigomeka kuri Allah.
+Uku kwihanangiriza ni igihe uku kuzindara kwatewe n'ibintu byemewe, none byagenda bite ari ibyicaro bikorerwamo ibyaha n'ibiziririjwe nko gusebanya no kunegurana ndetse n'ibindi?!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/3910</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>Ariko se ni ibihe turi buguheho igihango? Iradusubiza iti: Igihango cy'uko mutazagaragira ikindi kitari Allah, no  kuba mutazamubangikanya n'icyo ari cyo cyose, no guhoza iswalat eshanu, no kumvira hari n'irindi jambo yavuze buhoro yongorera, ndetse no kutazagira icyo musaba abantu</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abu Muslim Al Khaw'laniy yaravuze ati: Umukunzi w'umwizerwa, mu by'ukuri akaba yari umukunzi wanjye akaba n'umwizerwa kuri njye, ari we Aw'f Ibun Malik Al Ash'dja'iy (Imana imwishimire) yaranganirije agira ati: Igihe kimwe twari hamwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha)  turi icyenda cyangwa se umunani cyangwa se barindwi, nuko iratubaza iti: Ese ntimwaha igihango Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyo kuyishyigikira? Icyo gihe twari tumaze igihe gito tuyihaye igihango, maze turayibwira tuti: Twamaze kuguha igihango cyo kugushyigikira yewe Ntumwa y'Imana! Nyuma irangije irongera iratubaza iti: Ese ntimwaha igihango Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyo kuyishyigikira? Turayisubiza tuti: Twamaze kuguha igihango cyo kugushyigikira yewe Ntumwa y'Imana! Nyuma irangije irongera iratubaza iti: Ese ntimwaha igihango Intumwa y'Imana (Imana iyihe amahoro n'imigisha) cyo kuyishyigikira? Awuf Ibun Malik yaravuze ati:  Turangije turambura ibiganza byacu, turavuga tuti: Twaguhaye igihango yewe Ntumwa y'Imana! Ariko se ni ibihe turi buguheho igihango? Iradusubiza iti: Igihango cy'uko mutazagaragira ikindi kitari Allah, no  kuba mutazamubangikanya n'icyo ari cyo cyose, no guhoza iswalat eshanu, no kumvira hari n'irindi jambo yavuze buhoro yongorera, ndetse no kutazagira icyo musaba abantu" Nabonye bamwe muri bo, inkoni y'umwe muri bo igwa hasi ntasabe umuntu kuyimuhereza.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Igihe kimwe ubwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari hamwe na bamwe mu basangirangendo, yabasabye inshuro eshatu ko bayiha igihango, ndetse bakanayisezeranya kwitwararika ibi bintu bikurikira:
 Icya mbere: Kugaragira Allah wenyine, bashyira mu bikorwa ibyo yabategetse, banirinda ibyo yababujije, no kutamubangikanya n'icyo ari cyo cyose.
 Icya kabiri: Guhozaho iswalat eshanu z'itegeko ku manywa na n'ijoro.
 Icya gatatu: Kumva no kumvira abayobozi b'abayisilamu.
 Icya kane: Kuba ibyo bacyeneye byose babisaba Allah, ntibagire ibyo basaba abantu, aho Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabivuze mu ijwi ryoroheje.
 Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bashyize mu bikorwa ibyo bahayeho Intumwa y'Imana igihango, kugeza ubwo uwakiriye iyi Hadith avuga ati: Nabonye bamwe muri abo basangirangendo, umwe muri bo inkoni igwa hasi, ntagire n'umwe asaba kuyimuhereza, ahubwo akaba ari we uyihereza.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Gushishikariza kureka gusaba abantu, no kwitandukanya n'icyo ari cyo cyose kitwa gusaba, no kureka gusaba abantu kabone n'iyo cyaba ikintu cyoroheje.
 Ibibujijwe gusaba abantu: Ni ibijyanye n'ibintu byo mu mibereho, naho gushaka ku muntu ubumenyi, n'ibindi bifitanye isano n'idini ntibibujijwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4176</t>
   </si>
   <si>
+    <t>مثل الذي يذكر ربه والذي لا يذكر ربه، مثل الحي والميت</t>
+  </si>
+  <si>
+    <t>Urugero rw'umuntu usingiza Nyagasani we n'utamusingiza ni nk'urugero rw'umuntu muzima n'uwapfuye</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ»، ولفظ مسلم: «مَثَلُ الْبَيْتِ الَّذِي يُذْكَرُ اللهُ فِيهِ، وَالْبَيْتِ الَّذِي لَا يُذْكَرُ اللهُ فِيهِ، مَثَلُ الْحَيِّ وَالْمَيِّتِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Mas'ud (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana imwishimire) yaravuze iti: "Urugero rw'umuntu usingiza Nyagasani we n'utamusingiza ni nk'urugero rw'umuntu muzima n'uwapfuye" No mu mvugo yakiriwe na Muslim haragira hati: "Urugero rw'inzu isingirizwamo Allah, n'iyo badasingirizamo Allah ni nk'urugero rw'inzu y'abazima ndetse n'abapfu."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الفَرقَ بَيْن الذي يذكر الله تعالى وبين مَن لا يذكره، وأنه مثل الفرق بين الحي والميت في نفعه وحسن مظهره، فمَثَلُ الذي يذكر ربه مثل الحي الذي ظاهِرُه مُتَزَيِّن بنور الحياة، وباطنه بنور المعرفة، وفيه النفع، ومثل الذي لا يذكر الله مثل الميت الذي ظاهره عاطل، وباطنه باطل، وليس فيه نفع. 
+وكذلك البيت يوصف بالحي إن كان ساكنوه يذكرون الله، وإلا فهو بيت ميت لخمول ساكنيه عن ذكر الله؛ وإن أطلق الحي والميت في وصف البيت إنما يراد به ساكن البيت.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko itandukaniro ry'umuntu usingiza Allah n'utamusingiza ko ari nk'umuzima n'umupfu mu kamaro ke n'uburyo agaragara; kubera ko urugero rw'usingiza Nyagasani we ari nk'umuzima ugaragara inyuma ko atatse urumuri rw'ubuzima ndetse n'imbere muri we aba atakishije urumuri rw'ubumenyi kandi afite umumaro; naho urugero rw'udasingiza Allah we ni nk'umupfu ugaragara inyuma nkaho ntacyo amaze, n'imbere akaba ntacyo amaze.
+Ni nk'uko mu nzu ivugwa ko irimo abazima igihe abayituye basingiza Allah, iyo atari uko bimeze iba ari nk'inzu y'abapfu kubera ubunebwe bw'abayituye badasingiza Allah. Iyo aya magambo akoreshejwe bavuga inzu baba bagamije kuvuga abayituye.</t>
+  </si>
+  <si>
+    <t>الحث على ذكر الله والتحذير من الغفلة عنه.
+الذكر حياة الروح كما أن الروح حياة الجسد.
+من هدي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+قال النووي: فيه الندب إلى ذكر الله تعالى في البيت، وأنه لا يخلى من الذكر.
+قال النووي: وفيه أن طول العمر في الطاعة فضيلة وإن كان الميت ينتقل إلى خير؛ لأن الحي يَسْتَلْحِقُ به ويزيد عليه بما يفعله من الطاعات.</t>
+  </si>
+  <si>
+    <t>Gushishikariza abemeramana gusingiza Allah, no kwihanangiriza kuzindara no kubyibagirwa.
+Gusingiza Allah nibwo buzima bwa roho, nkuko roho ari bwo buzima bw'umubiri.
+Mu muyoboro twigishijwe n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni ugutanga ingero mu gihe uri gusobanura ibintu runaka kugira ngo worohereze abo ubwira kugira ngo basobanukirwe.
+Umumenyi A-Nawawiy yaravuze ati: Harimo no gukundisha abantu gusingiza Allah mu nzu abantu batuyemo, ntibiburemo.
+Umumenyi A-Nawawiy yaravuze ati: Muri iyi mvugo harimo no kugaragaza ko kuramba no kubaho igihe kirekire mu kumvira Allah ari byiza, n'ubwo uwapfuye yimukira mu bindi byiza, kubera ko umuntu muzima akurikira ibyo byiza ndetse akongererwa kubera ibyo byiza akora.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4177</t>
+  </si>
+  <si>
+    <t>إني مما أخاف عليكم من بعدي، ما يفتح عليكم من زهرة الدنيا وزينتها</t>
+  </si>
+  <si>
+    <t>Mu byo ntinya mwazagwamo nyuma yanjye ni ukuzafungurirwa imitako y'isi n'ubutunzi bwayo</t>
+  </si>
+  <si>
+    <t>عَنْ أَبٍي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ جَلَسَ ذَاتَ يَوْمٍ عَلَى المِنْبَرِ وَجَلَسْنَا حَوْلَهُ، فَقَالَ: «إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا» فَقَالَ رَجُلٌ: يَا رَسُولَ اللَّهِ، أَوَيَأْتِي الخَيْرُ بِالشَّرِّ؟ فَسَكَتَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقِيلَ لَهُ: مَا شَأْنُكَ؟ تُكَلِّمُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَلاَ يُكَلِّمُكَ؟ فَرَأَيْنَا أَنَّهُ يُنْزَلُ عَلَيْهِ؟ قَالَ: فَمَسَحَ عَنْهُ الرُّحَضَاءَ، فَقَالَ: «أَيْنَ السَّائِلُ؟» وَكَأَنَّهُ حَمِدَهُ، فَقَالَ: «إِنَّهُ لاَ يَأْتِي الخَيْرُ بِالشَّرِّ، وَإِنَّ مِمَّا يُنْبِتُ الرَّبِيعُ يَقْتُلُ أَوْ يُلِمُّ، إِلَّا آكِلَةَ الخَضْرَاءِ، أَكَلَتْ حَتَّى إِذَا امْتَدَّتْ خَاصِرَتَاهَا اسْتَقْبَلَتْ عَيْنَ الشَّمْسِ، فَثَلَطَتْ وَبَالَتْ، وَرَتَعَتْ، وَإِنَّ هَذَا المَالَ خَضِرَةٌ حُلْوَةٌ، فَنِعْمَ صَاحِبُ المُسْلِمِ مَا أَعْطَى مِنْهُ المِسْكِينَ وَاليَتِيمَ وَابْنَ السَّبِيلِ - أَوْ كَمَا قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ - وَإِنَّهُ مَنْ يَأْخُذُهُ بِغَيْرِ حَقِّهِ، كَالَّذِي يَأْكُلُ وَلاَ يَشْبَعُ، وَيَكُونُ شَهِيدًا عَلَيْهِ يَوْمَ القِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Said Al Khud'riy (Imana imwishimire) yavuze ko: Umunsi umwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yicaye Min'bari natwe tuyicara iruhande maze iravuga iti: Mu byo ntinya mwazagwamo nyuma yanjye ni ukuzafungurirwa imitako y'isi n'ubutunzi bwayo" nuko umugabo umwe aravuga ati: Yewe Ntumwa y'Imana! Ese icyiza kizatera ikibi? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iraceceka, maze baramubaza bati: Bite byawe? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) urayivugishije ntiyakuvugisha? Nuko tubona imeze nkaho iri guhishurirwa ubutumwa? Nuko tubona iri kwihanagura ibyuya, irangije irabaza iti: Uwari ubajije ari he? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yari imeze nkaho yabimushimiye nuko iramubwira iti: Icyiza ntikijya gitera ikibi, kandi ubwatsi bumera mu rugaryi bushobora kwica inyamaswa cyangwa se zikarwara, usibye izirisha zamara kwijuta zikerekera ku zuba zikuza ndetse zikanaganga zikaba zitegereje zikabanza kuza; n'uyu mutungo ni nk'ubwatsi butoshye kandi buryoshye; arahirwa nyirawo w'umuyisilamu uzawuhamo umukene, imfubyi, n'uri ku rugendo cyangwa se nk'uko Intumwa y'Imana (Imana iyihe amahoro n'imigisha), bisobanuye ngo uwukoresheje mu buryo budakwiye aba ameze nk'uwariye ntahage, kandi uwo mutungo ku munsi w'imperuka ukazamushinja.</t>
+  </si>
+  <si>
+    <t>جَلَسَ النبيُّ صلى الله عليه ذات يوم على المنبر يُحدِّث أصحابَه فقال: 
+إنَّ أكثر ما أخاف وأخشى عليكم مِن بعدي ما يُفتَح عليكم من بركات الأرض وزهرة الدنيا وزينتها وبهجتها، وما فيها من أنواع المتاع والثياب والزروع وغيرها مما يفتخر الناس بحسنه مع قلة البقاء. 
+فقال رجل: زهرة الدنيا نعمة من الله، فهل تعود هذه النعمة وتصير نقمة وعقوبة؟! 
+فَلَامَ الناسُ السائلَ حيث رأوه صلى الله عليه وسلم سَكَتَ، وظنوا أنه أغضبه. 
+فتَبَيَّنَ أنه صلى الله عليه وسلم كان ينزل عليه الوحي، ثم جعل يَمسح عن جَبِيْنِه العَرَقَ، فقال: أين السائل؟ 
+قال: أنا.
+فحمد الله وأثنى عليه، ثم قال صلى الله عليه وسلم: الخير الحقيقي لا يأتي إلا بخير، ولكن هذه الزهرة ليست بخير مَحْضٍ لما تؤدي إليه من الفتنة والمنافسة والاشتغال بها عن كمال الإقبال على الآخرة، ثم ضَرَبَ لذلك مَثلًا فقال: إنّ نبات الربيع وخَضِره؛ وهو نوع من الزرع يُعجب الماشية فيَقْتُل لكثرة الأكل بالتُّخَمَة أو يقارب القتل، إلا آكلة الخَضِر أكلت حتى امتلأ جانبا بطنها، فاستقبلت الشمس وأَلْقَت الرجيع من بطنها رقيقًا أو بالت، ثم استرفعت ما في كرشها فمضغتْه ثم بَلَعتْه، ثم عادت فأكلت. 
+فإن هذا المال كالبَقْلة الخضراء الحلوة، يَقتل أو يكاد يقتل بكثرته؛ إلا إذا اقتصر منه على اليسير الذي تدعو إليه الحاجة وتحصل به الكفاية من طريق حلال فإنه لا يضر، ونعم صاحب المسلم هو لمن أعطى منه المسكين واليتيم وابن السبيل، ومن يأخذه بحقه يبارك له فيه، ومن يأخذه بغير حقه فمثله كمثل الذي يأكل ولا يشبع، ويكون شهيدًا عليه يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) umunsi umwe yicaye Min'bari iri kuganiriza abasangirangendo bayo igira iti:
+Byinshi mu byo mbatinyira nyuma yanjye nuko muzafungurirwa imigisha y'iby'isi n'imitako yayo n'ibyiza byayo, n'andi moko y'ibyiza bishimisha nko mu myambaro, ibihingwa n'ibindi abantu biratana ko ari byiza nyamara bidahoraho.
+Nuko umugabo umwe aravuga ati: Imitungo yo mu isi ni ingabire za Allah, ese yazahinduka ikaba ibigeragezo n'ibihano?
+Nuko abantu bagaya uwari ubajije ikibazo, ubwo bari babonye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) icecetse, bacyeka ko yayirakaje.
+Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibabwira ko yari iri guhishurirwa ubutumwa, nuko itangira kwihanagura icyuya mu ruhanga rwayo, maze iravuga iti: Uwari umbajije ari he?
+Nuko aravuga ati: Ninjye.
+Maze isingiza Allah nuko iravuga iti: Icyiza kizana ibyiza, ariko iyi mitako ntabwo igihe cyose ari ko bihora kubera ko hari ubwo biteza  ibigeragezo no kubirushanwaho, no kurangazwa nabyo bigatuma umuntu atarangamira ubuzima bwo ku munsi w'imperuka nkuko bikwiye. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irangije ibitangira ingero iravuga iti: Ibyatsi byo mu rugaryi biba bishishe kandi bitoshye bikarangaza inyamaswa n'amatungo abirisha, nyamara bikaba byayakuriramo gupfa kubera kurisha cyane no kugwa ivutu, cyangwa se zikarwara, usibye izirisha zikuzuza amabondo zarangiza zikerekera izuba zigata amase cyangwa amaganga, hanyuma zikuza zikongera zikabimira, zigasubira kurisha.
+N'iyi mitungo y'isi imeze nk'ibi byatsi bitoshye, irica cyangwa se igatera uburwayi kubera ubwinshi bwayo, cyeretse iyo umuntu afashemo micye acyeneye mu nzira zemewe, yo ntacyo itwaye. Arahirwa nyir'imitungo w'umuyisilamu uyihaho abakene, imfubyi n'abari ku rugendo, ndetse n'uyikoresha uko bikwiye Allah ayimuheramo imigisha. N'uyikoresheje mu buryo budakwiye urugero rwe ni nk'urya ariko ntahage, kandi no ku munsi w'imperuka umutungo ukazamushinja.</t>
+  </si>
+  <si>
+    <t>قال النووي: فيه: فضيلة المال لمن أخذه بحقه وصرفه في وجوه الخير.
+إخبار من النبي صلى الله عليه وسلم عن حال أمته، وما سيفتح عليها من زينة الحياة الدنيا وفتنتها.
+من هدي النبي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+الحث على الصدقة وصَرْف المال في وجوه الخير، والتحذير من الإمساك.
+يؤخذ من قوله: "إنه لا يأتي الخير بالشر" أن الرزق ولو كثر فهو من جملة الخير، إنما يعرض له الشر بعارض البخل به عمن يستحقه، والإسراف في إنفاقه فيما لم يشرع، وأن كل شيء قضى الله أن يكون خيرًا فلا يكون شرًا وبالعكس، ولكن يخشى على من رُزِق الخير أن يعرض له في تَصَرُّفِه فيه ما يَجْلِبُ له الشر.
+ترك العَجلة في الجواب إذا كان يحتاج إلى التأمل.
+قال الطيبي: يؤخذ منه أربعة أصناف، فمن أَكَل منه أَكْل مُستَلِذٍّ مُفرط منهَمِك حتى تنتفخ أضلاعه ولا يُقلع فيسرع إليه الهلاك، ومن أكل كذلك لكنه أخذ في الاحتيال لدفع الداء بعد أن استحكم فغلبه فأهلكه، ومن أكل كذلك لكنه بادر إلى إزالة ما يضره ويُحيل في دفعه حتى انهضم فيسلم، ومن أكل غير مفرط ولا منهمك، وإنما اقتصر على ما يَسُد جوعتَه ويُمسك رَمَقَه، فالأول مثال الكافر، والثاني مثال العاصي الغافل عن الإقلاع والتوبة إلا عند فوتها، والثالث مثال للمخلط المبادر للتوبة حيث تكون مقبولة، والرابع مثال الزاهد في الدنيا الراغب في الآخرة.
+قال ابن المنير: في هذا الحديث وجوه من التشبيهات بديعة، أولها: تشبيه المال ونموُّه بالنبات وظهوره، ثانيها: تشبيه المُنْهَمِك في الاكتساب والأسباب بالبهائم المنهمكة في الأعشاب، وثالثها: تشبيه الاستكثار منه والادّخار له بالشَّرَهِ في الأكل والامتلاء منه، ورابعها: تشبيه الخارج من المال مع عظمته في النفوس حتى أدّى إلى المبالغة في البخل به بما تطرحه البهيمة من السَّلْح، ففيه إشارة بديعة إلى استقذاره شرعًا، وخامسها: تشبيه المتقاعد عن جمعه وضمه بالشاة إذا استراحت وحطّت جانبها مستقبلة عين الشمس؛ فإنها من أحسن حالاتها سكونًا وسَكِيْنة، وفيه إشارة إلى إدراكها لمصالحها، وسادسها: تشبيه موت الجامع المانع بموت البهيمة الغافلة عن دفع ما يضرها، وسابعها: تشبيه المال بالصاحب الذي لا يُؤمَن أن ينقلب عدوًّا؛ فإن المال من شأنه أن يُحْرَز ويُشدّ وثاقه حبًّا له؛ وذلك يقتضي منعه من مستحقه فيكون سببًا لعقاب مقتنيه، وثامنها: تشبيه آخذه بغير حق بالذي يأكل ولا يشبع.
+قال السندي: فلا بد في الخبر من أمرين، أحدهما: تحصيله بوجهه، والثاني: صرفه في مصارفه، وعند انتفاء أحدهما يصير ضررًا... وقد يقال: فيه إشارة إلى الملازمة بين القَيْدَين؛ فلا يوفَّق المرء للصرف في المصارف إلا إذا أخذه بوجهه.</t>
+  </si>
+  <si>
+    <t>Umumenyi A-Nawawiy yaravuze ati: Muri iyi Hadith harimo kugaragaza agaciro ko kugira umutungo kuri wa wundi uwukoresha uko bikwiye, akawukoresha mu nzira nziza.
+Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ku bayoboke bayo n'uburyo babayemo, ndetse ko bazagira imitako y'isi n'ibishuko byayo.
+Mu buryo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yifashishaga itanga inyigisho harimo gutanga ingero mu rwego rwo kugira ngo ibyo ivuga birusheho gusobanuka.
+Gushishikariza gutanga amaturo no gukoresha umutungo mu nzira nziza, no kubuza kuwugundira.
+Muri iyi mvugo: Icyiza ntigitera ikibi, turakuramo isomo ry'uko amafunguro n'ubwo yaba menshi ni bimwe mu byiza, ariko bishobora kuba bibi igihe uwugizemo ubugugu ukawima uwukeneye, cyangwa se ukawusesagura mu kuwutanga mu bitewemo n'amategeko. Ikindi nuko buri kintu Allah yagennye ko ari cyiza ntigishobora kuba kibi, n'ikinyuranyo cyabyo; ariko igiteye ubwoba ku muntu wahawe ibyiza ashobora kubikoresha mu nzira mbi.
+Kureka ubwira mu gusubiza, iyo bicyeneye kubanza gutekereza.
+Umumenyi A-Twibiy yaravuze ati: Muri iyi Hadith turasangamo ibyiciro bine, uzaryoherwamo akaryana ubusambo akagwa ivutu, bimwihutishiriza urupfu. Na wa wundi uriye ariko agakoresha amayeri kugira ngo yirinde uburwayi nyuma y'uko bumuganje. Ariko uzarya akihutira kwikiza ibimugiraho ingaruka agakora uburyo bwo kuzirinda icyo gihe arakira. N'uzarya ariko ntarengere ngo agwe ivutu ahubwo akagarukira ku bimufitiye umumaro n'ibimurinda inzara, urugero rwa mbere ni urw'umuhakanyi, naho urwa kabiri ni urw'inkozi y'ibibi wibagirwa kwicuza no gusaba imbabazi akabyibuka igihe cyamurenganye, urugero rwa gatatu ni urw'uvanga ibyiza n'ibibi ariko wihutira kwicuza, aho kwicuza kwe kwakirwa, naho urwa kane ni urw'uwirengagiza iby'isi urangamiye ubuzima bwo ku munsi w'imperuka.
+Umumenyi Ibun Al Munir yaravuze ati: Muri iyi Hadith harimo ingero zitandukanye kandi zitangaje; urugero rwa mbere ni ukugereranya umutungo no kuwongera aho wagereranyijwe n'ibimera no gukura kwabyo. Urugero rwa kabiri ni ukugereranya umuntu w'igisambo uharanira gusakuma aho yagereranyijwe n'inyamaswa ukuntu zirisha ibyatsi. Urugero rwa gatatu ni ukugereranya ni ukugereranya kwigwizaho umutungo no kuwuhunika no kugereranywa n'umuntu ugwa ivutu mu kurya no kwijuta. Urugero rwa kane ni ukugereranya ibiva mu mutungo n'ubuhambare bwawo mu mitima y'abantu bigeze umuntu ku kuba umunyabugugu nk'ibyo inyamaswa zuza zikanabisohora nk'amase n'amaganga, bikaba ari urugero rwiza rwo kugaragaza kwigwizaho umutungo. Urugero rwa gatanu ni ukugereranya umuntu udashyira imbaraga mu gukusanya imitungo nk'ihene ibyagiye ku zuba iri kuza ibyo yariye; kuko nibwo iba ituje iri mu mahoro. Harimo no kugaragaza uburyo bwo kugera ku nyungu z'umuntu no ku bimufitiye akamaro. Urugero rwa gatandatu ni ukugereranya urupfu rw'ukusanya umutungo n'urupfu rw'inyamaswa ititaye kukwirinda ibiyifitiye umumaro. Urugero rwa nyuma ni ukugereranya umutungo n'umuntu utizeye ko uzamuhindukirana ukamubera umwanzi, kubera ko umutungo ubundi nyirawo yawufata akanawubika neza akanawubungabunga kubera kuwukunda cyane bigatuma awima n'uwukwiye bikaba impamvu yo guhanwa. Urugero rwa munani ni ukugereranya ufite umutungo bitari mu kuri ni umuntu urya ariko ntahage.
+Umumenyi A-Sindiy yaravuze ati: Muri iyi nkuru hakubiyemo ibintu bibiri bya ngombwa: Icya mbere: Kuyigeraho uko yakabaye, kwirinda ibyo igusaba kwirinda, iyo kimwe kibuze biteza ingaruka... Ushobora no kuvuga uti: Harimo ikimenyetso cy'uko ibi byombi bitagomba gusigana; umuntu ntiyashobozwa kureka icyo agomba kureka cyeretse abanje gukora icyo asabwa gukora.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4180</t>
+  </si>
+  <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Uzihanganira umufitiye ideni agomba kumwishyura cyangwa akamukuriraho iryo deni (akamusonera), ku munsi w'imperuka Allah azamushyira munsi y'igicucu cya Arshi ye, umunsi nta kindi gicucu kizaba gihari usibye icya Arshi ye</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzihanganira umufitiye ideni agomba kumwishyura cyangwa akamukuriraho iryo deni (akamusonera), ku munsi w'imperuka Allah azamushyira munsi y'igicucu cya Arshi ye, umunsi nta kindi gicucu kizaba gihari usibye icya Arshi ye."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko uwihanganiye umufitiye ideni cyangwa se akanarimubabarira, igihembo cye nta kindi usibye ko ku munsi w'imperuka Allah azamushyira mu gicucu cya Arshi ye, ubwo izuba rizaba ryegerejwe hafi y'imitwe y'abagaragu ba Allah, n'ubushyuhe bwaryo bwabaye bwinshi cyane. Bityo nta n'umwe uzabona igicucu usibye uwo Allah azagiha.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Agaciro ko korohera abagaragu ba Allah Nyir'ubutagatifu, ndetse ko ari imwe mu mpamvu zo kuzarokoka ibihano byo ku munsi w'imperuka.
 Ineza yiturwa indi, kandi ibyo ukoreye abandi nawe urabikorerwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4186</t>
+  </si>
+  <si>
+    <t>من سره أن ينجيه الله من كرب يوم القيامة فلينفس عن معسر أو يضع عنه</t>
+  </si>
+  <si>
+    <t>Uzanezezwa n'uko Allah azamukiza ingorane ku munsi w'imperuka azorohereze umufitiye umwenda cyangwa se anawumubabarire</t>
+  </si>
+  <si>
+    <t>عَنْ أَبَي قَتَادَةَ رضي الله عنه أنَّهُ طَلَبَ غَرِيمًا لَهُ، فَتَوَارَى عَنْهُ ثُمَّ وَجَدَهُ، فَقَالَ: إِنِّي مُعْسِرٌ، فَقَالَ: آللَّهِ؟ قَالَ: آللَّهِ؟ قَالَ: فَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Qatadat (Imana imwishimire) yavuze ko yashatse umufitiye umwenda aramwihisha nyuma aza kumubona maze aramubwira ati: Sinshoboye kukwishyura, nuko Abu Qatadat aramubwira ati: Wabirahirira ku izina rya Allah? Nuko arabirahirira ku izina rya Allah, maze Abu Qatadat aravuga ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Uzanezezwa n'uko Allah azamukiza ingorane ku munsi w'imperuka azorohereze umufitiye umwenda cyangwa se anawumubabarire."</t>
+  </si>
+  <si>
+    <t>كان أبو قتادة الأنصاري رضي الله عنه يبحث عن مَدِيْنٍ له يَخْتَبِئ عنه، فوجده، فقال الغَريم: إني مُعسر، وليس عندي مال لأقضي دينك. 
+فاستحلفه أبو قتادة رضي الله عنه بالله أنه لا مال عنده؟ 
+فحلف بالله أنه صادق فيما يقول.
+فقال أبو قتادة رضي الله عنه إنه سمع النبي صلى الله عليه وسلم يقول: 
+مَن سرّه وأفرحه أن ينجيَه الله من كُرب يوم القيامة وشدائدها وأهوالها، فلينفِّس عن معسر، بأن يَمُدَّ ويؤخّر المطالبة بالدَّيْن، أو يُسقط بعض الدين أو كله.</t>
+  </si>
+  <si>
+    <t>Abu Qatadat Al Answariy (Imana imwishimire) yigeze gushakisha uwari umufitiye umwenda aramwihisha, nyuma aza kumubona, maze uwo wari umufitiye umwenda aramubwira ati: Ndakomerewe nta mutungo mfite ngo nkwishyure ideni ryawe.
+Nuko Abu Qatadat (Imana imwishimire) aramurahiza ngo ahamye ko nta mutungo afite,
+Nuko amurahirira ku izina rya Allah ko ari kuvuga ukuri.
+Maze Abu Qatadat (Imana imwishimire) avuga ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti:
+Uzanezezwa n'uko Allah azamurokora ingorane n'ibizazane byo ku munsi w'imperuka, azorohereze ukomerewe no kwishyura, amwongerere igihe cyo kumwishyura,  cyangwa se anamubabarire uwo mwenda amufitiye.</t>
+  </si>
+  <si>
+    <t>استحباب إنظار المُعْسر إلى مَيْسرة، أو وضع الدَّين عنه، كله أو بعضه.
+من نَفَّس عن مؤمن من كُرب الدنيا نَفَّس الله عليه من كُرَب يوم القيامة، والجزاء من جِنس العمل.
+القاعدة: أن الفرائض أفضل من النوافل، لكن في بعض الأحيان تكون النافلة أفضل من الفريضة، وإسقاط الدين عن المعسر نافلة، والصبر عليه والانتظار وعدم المطالبة هذا فريضة، والنافلة أفضل من الفريضة هنا.
+الحديث في حق من كان معسرًا، فهذا معذور، أما المُماطِل الذي عنده مال، فقد جاء عن النبي صلى الله عليه وسلم أنه قال: "مَطْلُ الغني ظُلْم".</t>
+  </si>
+  <si>
+    <t>Gushishikariza kwihanganira umuntu ugufitiye ideni wagowe no kuryishyura kugeza abonye ubushobozi, cyangwa se ukanarimurekera, byaba igice muri ryo cyangwa se ryose.
+Uzorohereza umwemeramana mu ngorane arimo za hano mu isi, Allah nawe azamworohereza ingorane zo ku munsi w'imperuka, kandi ineza yiturwa indi.
+Itegeko rishingirwaho nuko ibikorwa by'itegeko ari byo byiza kuruta iby'imigereka, ariko rimwe na rimwe hari ubwo igikorwa cy'umugereka aricyo cyiza kuruta icy'itegeko. Gukuriraho umuntu ideni no kurimubabarira ni igikorwa cyiza kitari itegeko, no kwihanganira umuntu urigufitiye ukamutegereza ni itegeko, hano igikorwa cy'umugereka nicyo cyiza kuruta icy'itegeko.
+Iyi Hadith iravuga ku bijyanye n'uburenganzira bw'uwagowe no kwishyura, uwo impamvu ze zirakirwa; naho uwanga kwishyura kandi afite ubushobozi, uwo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) aho yagize iti: "Gusiragiza umuntu gukozwe n'umuntu ufite ubushobozi ni amahugu!"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4195</t>
   </si>
   <si>
     <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Uzasiba ukwezi kwa Ramadwan afite ukwemera no kwiringira ibihembo kwa Allah, azababarirwa ibyaha yakoze mbere yaho</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzasiba ukwezi kwa Ramadwan afite ukwemera no kwiringira ibihembo kwa Allah, azababarirwa ibyaha yakoze mbere yaho.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratubwira ko usibye ukwezi kwa Ramadhan akabikora yemera Allah, anemera ko ari itegeko kuri we gusiba, no kwiringira kubona ibihembo byateganyirijwe abazagusiba, akabikora kubera Allah wenyine atabitewe no gukorera ijisho cyangwa se kugira ngo avugwe, azababarirwa ibyaha bye yakoze mbere (y'icyo gisibo).</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Agaciro ko gukora ibikorwa nta wundi ubikoreye usibye Allah, n'akamaro kabyo mu gisibo cy'ukwezi kwa Ramadwan n'ibindi bikorwa byiza.</t>
   </si>
@@ -6267,50 +6464,124 @@
     <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
 فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
 رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
 لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
   </si>
   <si>
     <t>Impuhwe za Allah n'ubuntu bwe ku bagaragu be ni ngari, aho yabababariye ibyaha muri ubu buryo butatu.
 Ineza ya Allah ku Ntumwa ye Muhamadi (Imana iyihe amahoro n'imigisha) ndetse no ku bayoboke bayo.
 Kubabarirwa ibyaha ntibikuraho itegeko cyangwa se ubwishyu, urugero nk'uwibagiwe agasali nta suku afite yibwira ko ayifite, nta cyaha abarwaho ariko aba agomba gusubiramo akisukura akongera agasali.
 Kugira ngo ubabarirwe icyaha wakoze uhatiwe, hari ibyo ugomba kubanza kuzuza, nko kuba uwahatiye mugenzi we kugikora yari afite ubushobozi bwo gushyira mu ngiro ibyo yamuteyeho ubwoba.</t>
   </si>
   <si>
     <t>قال النووي: حديث حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والبيهقي وغيرهما</t>
   </si>
   <si>
     <t>[قال النووي: حديث حسن]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/4216</t>
+  </si>
+  <si>
+    <t>إن أهون أهل النار عذابا من له نعلان وشراكان من نار، يغلي منهما دماغه كما يغل المرجل، ما يرى أن أحدا أشد منه عذابا، وإنه لأهونهم عذابا</t>
+  </si>
+  <si>
+    <t>Igihano cyoroshye kizahabwa abantu bo mu muriro ni umuntu uzambikwa inkweto ebyiri zo mu muriro, zitogosa ubwonko bwe nk'uko isafuriya iri ku ziko itogota, azabona nta muntu umurusha ibihano bikomeye, kandi ari we uzaba yahawe ibihano byoroheje</t>
+  </si>
+  <si>
+    <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa A-Nu'uman Ibun Bashir (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Igihano cyoroshye kizahabwa abantu bo mu muriro ni umuntu uzambikwa inkweto ebyiri zo mu muriro, zitogosa ubwonko bwe nk'uko isafuriya iri ku ziko itogota, azabona nta muntu umurusha ibihano bikomeye, kandi ari we uzaba yahawe ibihano byoroheje."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أهونَ أهلِ النار عذابًا يوم القيامة مَن له نَعْلان وشِرَاكان يَغلي دماغه من حرارتهما، كما يغلي قِدْر النحاس، ولا يَرى أن أحدًا أشد عذابًا منه، وإنه لأهونهم عذابًا وذلك ليجتمع عليه العذاب الجسدي والنفسي.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko umuntu uzahabwa igihano cyoroheje mu bantu bazajya mu muriro ku munsi w'imperuka ari we uzambikwa inkweto ebyiri, zituma ubwonko bwe butogota kubera ubushyuhe nk'uko isafuriya iri ku ziko itogota, kandi we azaba abona nta wumurusha ibihano yahawe, nyamara icyo gihano cyo kizaba cyoroheje; ibyo byose ni ukugirango ibihano bimuhurireho byaba iby'umubiri n'ibitari umubiri.</t>
+  </si>
+  <si>
+    <t>التحذير للعصاة والكافرين مِن هَوْل هذا العذاب في النار؛ ليبتعدوا عما يؤدي إليه.
+اختلاف دَرَكَات الداخلين النار بحسب سوء أعمالهم.
+ شدة عذاب النار، سلَّمنا الله تعالى منها.</t>
+  </si>
+  <si>
+    <t>Kwihanangiriza inkozi z'ibibi n'abahakanyi no kubaburira ibi bihano bihambaye kugira ngo birinde ibikorwa byazawubajyanamo.
+Abantu bazinjira mu muriro bazaba bari mu nzego zitandukanye bitewe n'ibikorwa byabo bibi bakoze.
+Ubuhambare bw'igihano cy'umuriro, Allah twese azawuturinde.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4220</t>
+  </si>
+  <si>
+    <t>يدنى المؤمن يوم القيامة من ربه عز وجل، حتى يضع عليه كنفه، فيقرره بذنوبه</t>
+  </si>
+  <si>
+    <t>Ku munsi  w'imperuka umwemeramana azegera Nyagasani we kugeza ubwo amushyizeho ipaziya, maze yiyemerere ibyaha yakoze</t>
+  </si>
+  <si>
+    <t>عَنْ صَفْوَانَ بْنِ مُحْرِزٍ قَالَ: قَالَ رَجُلٌ لِابْنِ عُمَرَ رضي الله عنهما كَيْفَ سَمِعْتَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: فِي النَّجْوَى؟ قَالَ: سَمِعْتُهُ يَقُولُ: «يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ، فَيَقُولُ: هَلْ تَعْرِفُ؟ فَيَقُولُ: أَيْ رَبِّ أَعْرِفُ، قَالَ: فَإِنِّي قَدْ سَتَرْتُهَا عَلَيْكَ فِي الدُّنْيَا، وَإِنِّي أَغْفِرُهَا لَكَ الْيَوْمَ، فَيُعْطَى صَحِيفَةَ حَسَنَاتِهِ، وَأَمَّا الْكُفَّارُ وَالْمُنَافِقُونَ، فَيُنَادَى بِهِمْ عَلَى رؤُوسِ الْخَلَائِقِ هَؤُلَاءِ الَّذِينَ كَذَبُوا عَلَى اللهِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse wa Swaf'wan Ibun Muhriz yaravuze ati: Abagabo babiri babajije Ibun Umar (Imana imwishimire) bati: Ni gute wumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga ku bijyanye na Allah ukuntu azahishira umugaragu we? Nuko arabasubiza ati: Nayumvise ivuga iti: "Ku munsi  w'imperuka umwemeramana azegera Nyagasani we kugeza ubwo amushyizeho ipaziya, maze yiyemerere ibyaha yakoze, maze avuge ati: Ese ibyaha ibi n'ibi urabyibuka? Asubize ati: Yego Nyagasani ndabyibuka, nuko Allah amubwire ati: Naraguhishiriye ukiri ku isi, none n'uyu munsi ndabikubabariye, nuko ahabwa urwandiko rwanditseho ibikorwa bye byiza; naho abahakanyi n'indyarya bazahamagarwa imbere y'imbaga, bavuga bati: Aba ni babandi babeshyeye Allah!"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مناجاة الله لعبدِه المؤمن يوم القيامة، فقال: 
+يُدْنَى المؤمنُ يوم القيامة من ربه فيضع عليه سِتْرَه عن أهل الموقف حتى لا يَطَّلع على سرِّه غيرُه، فيقول له: 
+أتعرف ذنب كذا وكذا... يُقرِّرُه بالذنوب التي بين العبد وربه. 
+فيقول: نعم أي رب.
+حتى إذا فَزِع المؤمن وخاف، قال له سبحانه: إني سترتها عليك في الدنيا، وأنا أغفرها لك اليوم، فيُعطى صحيفة حسناته. 
+وأما الكافر والمنافق فيُنادى على رؤوس الأشهاد: هؤلاء الذين كذبوا على ربهم، ألا لعنة الله على الظالمين.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ku byerekeranye n'uburyo Allah azahishira umugaragu we w'umwemeramana ku munsi w'imperuka, aho igira iti:
+Ku munsi w'imperuka umwemeramana azegera Nyagasani we kugeza ubwo amushyizeho urusika (ipaziya) ruzatuma abandi batamenya ibye, maze amubaze ati:
+Ese ibyaha ibi n'ibi urabyibuka? Nuko yiyemerere ibyaha yakoze hagati ye na Nyagasani we.
+Nuko avuge ati: Yego Nyagasani!
+Kugeza ubwo umwemeramana azagira igihunga n'ubwoba, maze Nyagasani amubwire ati: Naraguhishiriye ukiri ku isi, none nanjye uyu munsi ndabikubabariye, nuko ahabwe urwandiko rwe rwanditseho ibikorwa byiza.
+Naho umuhakanyi n'indyarya bo umuhamagazi azahamagara mu ijwi riranguriye imbere y'imbaga avuge ati: Bariya babeshyeye Nyagasani wabo, umuvumo wa Allah ube ku banyamahugu.</t>
+  </si>
+  <si>
+    <t>فضل الله ورحمته للمؤمنين بسترهم في الدنيا والآخرة.
+الحث على ستر المؤمن ما أمكن.
+أعمال العباد كلها يُحصيها رب العباد، فمن وجد خيرًا فليحمد الله، ومن وجد غير ذلك فلا يلومنَّ إلا نفسه وهو تحت مشيئة الله.
+قال ابن حجر: دلَّ مجموع الأحاديث على أن العصاة من المؤمنين في القيامة على قسمين: أحدهما: من معصيته بينه وبين ربه، فدل حديث ابن عمر على أن هذا القسم على قسمين: قسم: تكون معصيته مستورة في الدنيا، فهذا الذي يسترها الله عليه في القيامة وهو بالمنطوق، وقسم: تكون معصيته مجاهرة، فدل مفهومه على أنه بخلاف ذلك، والقسم الثاني: من تكون معصيته بينه وبين العباد فهم على قسمين أيضا: قسم: ترجح سيئاتهم على حسناتهم، فهؤلاء يقعون في النار ثم يخرجون بالشفاعة، وقسم: تتساوى سيئاتهم وحسناتهم، فهؤلاء لا يدخلون الجنة حتى يقع بينهم التَّقَاصُّ.</t>
+  </si>
+  <si>
+    <t>Ineza ya Allah n'impuhwe ze ku bemeramana aho yabahishiriye hano ku isi ndetse no ku munsi w'imperuka.
+Gushishikariza guhishira umwemeramana uko byashoboka kose.
+Ibikorwa by'abagaragu byose biranditse kwa Nyagasani wabo, uzasanga ari byiza azashimire Allah, n'uzabona ikinyuranyo cy'ibi ntazagire undi arenganya usibye we ubwe, kandi byose biri munsi y'ubushake bwa Allah.
+Umumenyi Ibun Hadjar yaravuze ati: Hadith zitandukanye zagaragaje ko ku munsi w'imperuka inkozi z'ibibi mu bemerana zizaba zirimo ibice bibiri: Hari abazaba barakoze ibyaha biri hagati yabo na Nyagasan wabo, Hadith ya Ibun Umar ikaba igaragaza ko aba bantu Allah azabahishira ku munsi w'imperuka nkuko byavuzwe. Hari n'abazaba barakoze ibyaha hagati yabo n'abantu, aba nabo barimo ibice bibiri: Hari abo ibibi byabo bizaremera kuruta ibyiza byabo bakoze, abo bazinjizwa mu muriro ariko kubera gutakambira Allah bazakurwemo, hari n'abo ibibi byabo bizangana n'ibyiza byabo, abo ntibazinjira mu muriro cyereka babanje kwishyurana.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/4242</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Uri ku kigenderwaho ajye asuhuza ugenda n'amaguru, n'ugenda n'amaguru asuhuze uwicaye, n'abacye bajye basuhuza abenshi</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana imuhe amahoro n'imigisha) yaravuze iti: "Uri ku kigenderwaho ajye asuhuza ugenda n'amaguru, n'ugenda n'amaguru asuhuze uwicaye, n'abacye bajye basuhuza abenshi."</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iratwerekera imyifatire yo gusuhuzanya hagati y'abantu ariyo igira iti: "A-SALAM ALAYKUM WA RAHMATULLAH WA BARAKATUH: Amahoro ya Allah n'impuhwe ze ndetse n'imigisha ye bibabeho." Bityo umuto aba akwiye gusuhuza umukuru, uri ku kigenderwaho agasuhuza ugenda n'amaguru, n'uri kugenda n'amaguru agasuhuza uwicaye, n'abacye bagasuhuza abenshi.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
@@ -13529,50 +13800,120 @@
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Aishat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yibukaga (yasingizaga) Allah mu bihe byayo byose.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Aishat Nyina w'abemera (Imana imwishimire) aravuga ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yashishikazwaga cyane no gusingiza Allah, kandi ko yibukaga Allah ibihe byose ahantu hose mu buryo ubwo ari bwo bwose.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Ntabwo isuku (Twaharat) yaba iyo koga cyangwa se gutawaza ari ngombwa igihe ushaka gusingiza Allah!
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yahozagaho gusingiza Allah Nyir'ubutagatifu!
 Gushishikariza guhozaho gusingiza Allah ibihe byose mu rwego rwo kwigana Intumwa y'Imana (Imana iyihe amahoro n'imigisha), usibye igihe bitemewe nk'igihe uri kwiherera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8402</t>
   </si>
   <si>
+    <t>لا يرمي رجل رجلا بالفسوق، ولا يرميه بالكفر، إلا ارتدت عليه، إن لم يكن صاحبه كذلك</t>
+  </si>
+  <si>
+    <t>Umwe muri mwe ntazashinja mugenzi we kuba inkozi y'ibibi, cyangwa se ngo amushinje ubuhakanyi usibye ko bimugarukira akaba ari we uba ibyo ashinjije bagenzi be, mu gihe uwo abishinje atari ko ameze</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رَضِيَ اللَّهُ عَنْهُ أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ يَرْمِي رَجُلٌ رَجُلًا بِالفُسُوقِ، وَلاَ يَرْمِيهِ بِالكُفْرِ، إِلَّا ارْتَدَّتْ عَلَيْهِ، إِنْ لَمْ يَكُنْ صَاحِبُهُ كَذَلِكَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Dhari (Imana imwishimire) yavuze ko yumvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Umwe muri mwe ntazashinja mugenzi we kuba inkozi y'ibibi, cyangwa se ngo amushinje ubuhakanyi usibye ko bimugarukira akaba ari we uba ibyo ashinjije bagenzi be, mu gihe uwo abishinje atari ko ameze."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم أنّ مَن قال لآخر: أنت فاسق، أو: أنت كافر، فإنْ كان ليس كما قال، كان هو المُستَحِق للوصف المذكور ورَجَعَ عليه قولُه، وأما إذا كان كما قال لم يرجع عليه شيء؛ لكونه صدق فيما قال.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yihanangirije umuntu ubwira mugenzi we ati: Wowe uri inkozi y'ibibi, cyangwa se wowe uri umuhakanyi, iyo atari uko abivuze, icyo gihe niwe uba abikwiye, bikaba ari we bigarukira; naho iyo uko abivuze ari ko biri, ntibimugaruka kubera ko aba yavuze ukuri.</t>
+  </si>
+  <si>
+    <t>تحريم رمي الناس بالكفر أو الفسق، بغير مُسَوِّغ شرعي.
+وجوب التثبُّت في إصدار الأحكام على الناس.
+قال ابن دقيق العيد: وهذا وعيد عظيم لمن أكفر أحدًا من المسلمين وليس كذلك، وهي ورطة عظيمة.
+قال ابن حجر العسقلاني: ولكن لا يلزم من كونه لا يصير بذلك فاسقًا ولا كافرًا أن لا يكون آثمًا في صورة قوله له: أنت فاسق، بل في هذه الصورة تفصيل: إن قَصَدَ نُصْحَه أو نُصْحَ غيرِه بِبَيان حاله جاز، وإن قَصَدَ تَعْيِيْرَه وشُهرَتَه بذلك ومَحْضَ أذاه لم يجز؛ لأنه مأمور بالستر عليه وتعليمه وعِظَتِه بالحسنى، فمهما أمكنه ذلك بالرفق لا يجوز له أن يفعله بالعُنْف؛ لأنه قد يكون سببًا لإغرائه وإصراره على ذلك الفعل كما في طَبْعِ كثير من الناس من الأَنَفَة، ولا سيّما إن كان الآمِرُ دونَ المأمورِ في المنزلة.</t>
+  </si>
+  <si>
+    <t>Kuziririza kwita abantu ko ari abahakanyi cyangwa se inkozi z'ibibi, nta n'impamvu yabyo yemewe n'amategeko ihari.
+Ni itegeko gushakisha ibimenyetso mbere yo gufatira abandi imyanzuro.
+Umumenyi Ibun Daqiq Al id yaravuze ati: Ibi ni ibihano bihambaye biteganyirijwe wa wundi wagize mugenzi we w'umuyisilamu umuhakanyi kandi atari ko bimeze, iki kikaba ari icyaha gikomeye.
+Umumenyi Ibun Hadjar Al As'qalaniy: Kuba adahita aba inkozi y'ikibi cyangwa se umuhakanyi ntibivuze ko atakoze icyaha ubwo yavugaga ngo wowe uri inkozi y'ikibi, ariko muri uru rugero hari ibisobanuro bikurikira: Iyo agamije kumugira inama cyangwa se kuzigira abandi agaragaza uko ameze icyo gihe biremewe, ariko iyo agamije kumusebya no kumwandagaza ntibyemewe, kuko ategetswe kumuhishira, no kumwigisha, no kumuha inyigisho nziza; uko byamushobokera kose aba akwiye gukoresha uburyo bwiza ntakoreshe ubugome, kuko ashobora kuba impamvu yo gutuma yirara no gutsimbarara gukora ibyaha nkuko ari kamere y'abantu benshi, by'umwihariko igihe utegeka atari ku rwego rumwe n'urw'utegekwa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/8883</t>
+  </si>
+  <si>
+    <t>إن الشيطان قد أيس أن يعبده المصلون في جزيرة العرب، ولكن في التحريش بينهم</t>
+  </si>
+  <si>
+    <t>Mu by'ukuri Shitani yacitse intege kubera ko itazigera isengwa mu kigobe cy'abarabu, ahubwo izifashisha kubiba inzangano n'amakimbirane hagati yabo</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Djabir (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Mu by'ukuri Shitani yacitse intege kubera ko itazigera isengwa mu kigobe cy'abarabu, ahubwo izifashisha kubiba inzangano n'amakimbirane hagati yabo."</t>
+  </si>
+  <si>
+    <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ إبليس أَيِسَ أنْ يَعُوْدَ المؤمنون المصلون لعبادته والسجود للصنم في جزيرة العرب، ولكنه لا زال يَطْمَع، ولا زال جهده وكَدُّه وعملُه وسعيُه في التَّحريش بينهم بالخصومات والشَّحْنَاء والحروب والفتن ونحوها.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Ibilis (Shitani) yamaze gucika intege ko abemeramana batazigera bayisenga cyangwa se ngo bunamire ibigirwamana mu kigobe cy'abarabu, ariko iracyabyifuza ndetse n'imbaraga zayo zose, no guharanira kubiba amacakubiri. n'inzangano n'intambara hagati yabo n'ibindi.</t>
+  </si>
+  <si>
+    <t>عبادة الشيطان عبادة الصنم، لأنه الآمِرُ به والداعي إليه، بدليل قوله تعالى عن إبراهيم عليه السلام: (يا أبت لا تعبد الشيطان…).
+الشيطان يَسعى في إيقاع الخصومات والشَّحْناء والحروب والفتن بين المسلمين.
+من فوائد الصلاة في الإسلام أنها تَحفظ المَوَدّة بين المسلمين، وتُقَوِّي روابط الأُخُوّة بينهم.
+الصلاة أعظم شعائر الدين بعد الشهادتين، ولذلك أطلق على المسلمين المُصَلِّين.
+جزيرة العرب لها خصائص دون غيرها من البلاد.
+إن قيل قد وقع في بعض جزيرة العرب عبادة الأصنام، والنبي صلى الله عليه وسلم يقول: (إن الشيطان قد أيس أن يعبده المصلون..)، فهذا إخبار عما وقع في نفس الشيطان مِن اليأس لِمَا رأى الفتوح، ودخول الناس في دين الله أفواجًا، فالحديث أخبر عن ظن الشيطان وتوقُّعِه، ثم كان الواقع بخلاف ذلك لحكمة يريدها الله عز وجل.</t>
+  </si>
+  <si>
+    <t>Kugaragira Sheytwani ni ukugaragira ibigirwamana, kubera ko ari we ubitegeka akanabihamagarira, gihamya y'ibi ni imvugo ya Allah ivuga kuri Ibrahim aho yavuze iti: (Data ntukagaragire Shitani...)
+Shitani iharanira kubiba inzangano n'intonganya n'intambara hagati y'abayisilamu.
+Mu nyungu dukura mu gusali muri Isilamu nuko byongera urukundo hagati y'abayisilamu, ndetse bikongera ubuvandimwe hagati yabo.
+Iswalat ni cyo kimenyetso cy'idini gihambaye nyuma yo kuvuga ubuhamya bubiri, niyo mpamvu yakoresheje abasari ari kuvuga abayisilamu.
+Ikigobe cy'abarabu gifite umwihariko utasanga mu bindi bihugu.
+Nihagire abavuga bati: Mu kigobe cy'abarabu hari aho bagaragiye ibigirwamana kandi Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: Shitani yamaze gucika intege, ko abasenga bazayisenga, yari igamije kuvuga ibyo Shitani yagize byo gucika intege ubwo yabonaga ahantu henshi hamaze kugera ubuyisilamu, n'abantu benshi bakomeje kuba abayisilamu binjira mu idini rya Allah ku bwinshi. Hadith rero iravuga ku byo Shitani yibwiraga, ariko birangira bibaye ikinyuranyo kubera ubugenge bwa Allah Nyir'ubutagatifu yashatse.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/8886</t>
+  </si>
+  <si>
     <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku byerekeranye no kureba ibiziririjwe mu buryo butunguranye, integeka ko nzajya ndeba ku ruhande</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Djarir Ibun Abdillah (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku byerekeranye no kureba ibiziririjwe mu buryo butunguranye, integeka ko nzajya ndeba ku ruhande.</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>Djarir Ibun Abdillah (Imana imwishimire) yabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku bijyanye no kuba umugabo yareba umugore aziruriwe kurongora mu buryo butunguranye atari abigambiriye? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imutegeka ko agomba guhindukiza uburanga bwe akareba mu rundi ruhande kuva akibimenya, ndetse icyo gihe nta cyaha abarwaho.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
@@ -13845,50 +14186,140 @@
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abdu Rahman Ibun Samurat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ntimukarahire ku nkozi z'ibibi no ku bakurambere banyu."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kurahirira ku nkozi z'ibibi nk'ibigirwamana ababangikanyamana bajyaga bagaragira mu cyimbo cya Allah, ari nabyo mpamvu y'ubugizi bwa nabi bwabo n'ubuhakanyi bwabo. Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yabujije kurahirira ku bakurambere; kubera ko byari mu muco w'abarabu mbere y'ubuyisilamu kurahirira ku bakurambere mu rwego rwo kubiratana.</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
   <si>
     <t>Kurahirira ku bindi ntibyemewe uretse kuri Allah, no ku mazina ye, n'ibisingizo bye.
 Ni ikizira kurahirira ku bigirwamana no ku bakurambere no ku batware, n'ibindi nkabyo bitari ukuri.
 Kurahira ku kindi kitari Allah ni ibangikanyamana rito rishobora no kuba ibangikanyamana rikuru, iyo urahiye yumvise mu mutima we ahaye agaciro icyo arahiriye ndetse akanacyubaha nk'uko yubaha Allah cyangwa se akemera ko nacyo gikwiye kugaragirwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/8959</t>
+  </si>
+  <si>
+    <t>من حلف بالأمانة فليس منا</t>
+  </si>
+  <si>
+    <t>Uzarahira ku ndagizo ntari kumwe natwe</t>
+  </si>
+  <si>
+    <t>عَنْ بُرَيْدَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ بِالْأَمَانَةِ فَلَيْسَ مِنَّا».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Buraydat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Uzarahira ku ndagizo ntari kumwe natwe."</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ مِن الحَلِف بالأمانة، وأنَّ مَن فَعل ذلك فليس منا.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabuza ikanihanangiriza kurahirira kuri kimwe mu byo Allah yaduhayemo indagizo, ndetse ko ubikoze aba atari kumwe natwe.</t>
+  </si>
+  <si>
+    <t>تَحريم الحَلِف بغير الله تعالى، ومنه: الحلف بالأمانة، وأنه من الشرك الأصغر.
+الأمانة تَشمل الطاعة والعبادة والوديعة والنقد والأمان.
+اليمين لا تنعقد إلا بالله تعالى أو باسم من أسمائه أو بصفة من صفاته.
+قال الخطابي: هذا يشبه أن تكون الكراهة فيه من أجل أنه أَمَرَ أَن يحلف بالله وبصفاته، وليست الأمانة من صفاته، وإنما هي أَمْرٌ من أَمْرِه، وفَرْض من فروضه، فنُهوا عنه لما في ذلك من التسوية بينها وبين أسماء الله عز وجل وصفاته.</t>
+  </si>
+  <si>
+    <t>Kuziririza kurahirira ku kindi cyose kitari Allah Nyir'ubutagatifu, nko kurahirira ku ndagizo, ndetse ko ari ibangikanyamana rito.
+Mu ndagizo hakubiyemo ibikorwa byo kwiyegereza Allah, no kumugaragira, n'indagizo n'amafaranga n'umutekano.
+Indahiro ntiyemerwa cyeretse urahiriye ku izina rya Allah, cyangwa se kuri rimwe mu mazina ye cyangwa kuri kimwe mu bisingizo bye.
+Umumenyi Al Khatwabiy yaravuze ati: Ibi bimeze nkaho ibibujijwe ari uko Allah yategetse ko umuntu arahira kuri we, cyangwa se ku mazina ye, cyangwa se ku bisingizo bye, ariko indagizo ntabwo ari kimwe mu bisingizo bya Allah, ahubwo ni kimwe mu mategeko ye, bityo babujijwe ibyo kuko harimo kubireshyeshya n'amazina ya Allah ndetse n'ibisingizo bye.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/8964</t>
+  </si>
+  <si>
+    <t>يا معشر النساء، تصدقن، فإني أريتكن أكثر أهل النار فقلن: وبم يا رسول الله؟ قال: تكثرن اللعن، وتكفرن العشير، ما رأيت من ناقصات عقل ودين أذهب للب الرجل الحازم من إحداكن</t>
+  </si>
+  <si>
+    <t>Yemwe bagore, mujye mutanga amaturo kenshi kuko nabonye ari mwe benshi muzaba muri mu muriro kuruta abandi." Nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: Kubera iki yewe Ntumwa y'Imana? Irabasubiza iti: Muratukana cyane mukanavumana, mukanahakana ineza abagabo banyu babakoreye, ntabwo nigeze mbona abafite ubwenge ndetse n'idini biciriritse, ubwenge buganza ubw'umugabo ushishoza kubarusha</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: خَرَجَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي أَضْحَى أَوْ فِطْرٍ إِلَى المُصَلَّى، فَمَرَّ عَلَى النِّسَاءِ، فَقَالَ: «يَا مَعْشَرَ النِّسَاءِ، تَصَدَّقْنَ، فَإِنِّي أُرِيتُكُنَّ أَكْثَرَ أَهْلِ النَّارِ» فَقُلْنَ: وَبِمَ يَا رَسُولَ اللَّهِ؟ قَالَ: «تُكْثِرْنَ اللَّعْنَ، وَتَكْفُرْنَ العَشِيرَ، مَا رَأَيْتُ مِنْ نَاقِصَاتِ عَقْلٍ وَدِينٍ أَذْهَبَ لِلُبِّ الرَّجُلِ الحَازِمِ مِنْ إِحْدَاكُنَّ»، قُلْنَ: وَمَا نُقْصَانُ دِينِنَا وَعَقْلِنَا يَا رَسُولَ اللَّهِ؟ قَالَ: «أَلَيْسَ شَهَادَةُ المَرْأَةِ مِثْلَ نِصْفِ شَهَادَةِ الرَّجُلِ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ عَقْلِهَا، أَلَيْسَ إِذَا حَاضَتْ لَمْ تُصَلِّ وَلَمْ تَصُمْ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ دِينِهَا».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Said Al Khud'riy (Imana imwishimire) yaravuze ati: Ku munsi w'irayidi y'igitambo cyangwa se yo gusiburuka, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagiye yerekeje aho gusalira nuko inyura ku bagore iravuga iti: "Yemwe bagore, mujye mutanga amaturo kenshi kuko nabonye ari mwe benshi muzaba muri mu muriro kuruta abandi." Nuko babaza Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bati: Kubera iki yewe Ntumwa y'Imana? Irabasubiza iti: Muratukana cyane mukanavumana, mukanahakana ineza abagabo banyu babakoreye, ntabwo nigeze mbona abafite ubwenge ndetse n'idini biciriritse, ubwenge buganza ubw'umugabo ushishoza kubarusha." Ba bagore baravuga bati: Ni gute ubwenge bwacu n'idini ryacu biciriritse yewe Ntumwa y'Imana? Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabasubiza iti: Ese muyobewe ko ubuhamya bw'umugore umwe bungana na kimwe cya kabiri cy'ubw'umugabo? Barayisubiza bati: Yego! Uko niko kugira ubwenge buciriritse! Ese muyobewe ko iyo yagiye mu mihango adasali cyangwa se ngo asibe? Baravuga bati: Yego! Irababwira iti: Uko niko kugira idini riciriritse!</t>
+  </si>
+  <si>
+    <t>خَرَجَ النبيُّ صلى الله عليه وسلم في يومِ عيدٍ إلى المصلى، وكان قد وَعَدَ النساءَ بأن يُفْرِدَهُن بالموعظة، فأنجزه ذلك اليوم، وقال: 
+يا جماعةَ النساء تَصدقن، وأكثِرْن الاستغفار؛ فهما من أعظم أسباب حط الخطايا، فإني رأيتكن ليلة الإسراء أكثرَ أهل النار.
+فقالت امرأة منهن ذات عقل ورأي ووقَار: وما لنا يا رسول الله أكثر أهل النار؟ 
+قال: لأمور: تُكثرن اللعن والسَّبّ، وتَجْحَدْنَ حقَّ الزوج. 
+ثم وَصَفهن بقوله صلى الله عليه وسلم: ما رأيت مِن ناقصات عقل ودين أَغْلَبَ لذي لُبٍّ وعقل وحزم وضبط لأمره منكن. 
+قالت: يا رسول الله، وما نقصان العقل والدين؟ 
+قال: أما نقصان العقل فشهادة امرأتين تَعدل شهادة رجل واحد؛ فهذا نقصان العقل، ونقصان الدين هو نقصان العمل الصالح حيث تَمكُثُ ليالي وأيامًا لا تصلي بسبب الحيض، وتفطر أيامًا من رمضان بسبب الحيض، فهذا نقصان الدين، إلا أنهن لا يُلَمْنَ على ذلك ولا يؤاخَذْن عليه؛ لأنه من أصل الخِلْقَة، كما أن الإنسان فُطِرَ وخُلِقَ يُحِبُّ المال وعجول في أموره وجهول… وغير ذلك، لكن نَبَّه على ذلك تحذيرًا من الافتتان بهن.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ku munsi w'irayidi yagiye aho gusalira irayidi, ikaba yari yasezeranyije abagore ko iri buze kubaha inyigisho zabo mu buryo bw'umwihariko kuri uwo munsi iba ari bwo ibikora, maze iravuga iti: Yemwe bagore nimutange amaturo kenshi, municuze kenshi, kubera ko ibi byombi ni zimwe mu mpamvu zikomeye zo kubabarirwa ibyaha, kubera ko mu ijoro najyanwe mu ijuru nabonye ari mwe benshi mu bantu bazajya mu ijuru.
+Nuko umugore umwe muri bo utekereza cyane unashishoza kandi wiyubashye arayibaza ati: Ni ukubera iki yewe Ntumwa y'Imana  ari twe benshi mu muriro?
+Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iramubwira iti: Mukoresha imivumo kenshi mukanatukana, ndetse mugahakana ineza mwakorewe n'abagabo banyu! Hanyuma Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imubwira imiterere y'abagore muri aya magambo: Sinigeze mbona abafite ubwenge n'idini biciriritse batsinda umugabo w'umunyabwenge unashishoza kubarusha.
+Nuko wa mugore aravuga ati: Yewe Ntumwa y'Imana! Ubwenge n'idini biciriritse ni gute?
+Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irababwira iti: Ubwenge buciritse nuko ubuhamya bw'abagore babiri bungana n'ubw'umugabo umwe, naho idini riciriritse ni ukugabanyuka kw'ibikorwa byiza aho umugore amara amajoro menshi n'amanywa menshi adasali kubera kujya mu mihango, ndetse akanasiburuka mu kwezi kwa Ramadhan kubera imihango ibi nibyo byo kugira idini riciriritse, ariko ntibabigayirwa kuko ari ko kamere yabo imeze nkuko umuntu yaremanywe gukunda umutungo, no kugira ubwira mu byo akora byose, atanabizi ndetse n'ibindi, ariko yihanangirije ibyo kugira ngo batabyitwaza.</t>
+  </si>
+  <si>
+    <t>استحباب خروج النساء إلى صلاة العيد، وأن يُفْردْن بالموعظة.
+كُفران العَشير وكثرة اللعن من الكبائر؛ لأن التَّوعُّد بالنار من علامة كون المعصية كبيرة.
+فيه بيان زيادة الإيمان ونقصانه، فمن كَثُرت عِبادته زاد إيمانه ودِينه، ومن نَقصت عِبادته نَقص دِينه.
+قال النووي: العقل يقبل الزيادة والنقصان، وكذلك الإيمان، وليس المقصود بذكر النقص في النساء لومَهن على ذلك؛ لأنه من أصل الخِلقة، لكن التنبيه على ذلك تحذير من الافتتان بهن، ولهذا رتَّب العذاب على ما ذُكر من الكفران وغيره لا على النقص، وليس نقص الدين مُنحصرًا فيما يحصل به الإثم بل في أعم من ذلك.
+فيه مُراجعة المُتعلم العالم والتَّابع المَتْبُوع فيما قاله إذا لم يظهر له معناه.
+فيه أن شهادة المرأة على نِصف شهادة الرَّجل وذلك لقِلَّة ضبطِها.
+قال ابن حجر في قوله: "ما رأيت من ناقصات... إلخ" ويظهر لي أن ذلك من جملة أسباب كونهن أكثر أهل النار؛ لأنهن إذا كُنّ سببًا لإذهاب عقل الرجل الحازم حتى يفعل أو يقول ما لا ينبغي فقد شَارَكْنَه في الإثم وزِدْن عليه.
+تحريم الصلاة والصوم على المرأة في زمن حيضها، ومثلها النفساء، ثم تقضيان الصيام فقط حال طهرهما.
+حسن خُلق النبي صلى الله عليه وسلم فقد أجَاب النِّساء عن أسئلتِهن من غير تَعْنِيف ولا لَوْم.
+قال ابن حجر: أن الصدقة تدفع العذاب، وأنها قد تكفر الذنوب التي بين المخلوقين.
+قال النووي: نقصان الدين عند النساء بسبب تركهن الصلاة والصوم في زمن الحيض؛ فإن من كثرت عبادته زاد إيمانه ودينه، ومن نقصت عبادته نقص دينه، ثم نقص الدين قد يكون على وجه يأثم به كمن ترك الصلاة أو الصوم أو غيرهما من العبادات الواجبة عليه بلا عذر، وقد يكون على وجه لا إثم فيه كمن ترك الجمعة أو الغزو أو غير ذلك مما لا يجب عليه بلا عذر، وقد يكون على وجه هو مُكَلَّف به كترك الحائض الصلاة والصوم.</t>
+  </si>
+  <si>
+    <t>Gushishikariza abagore kwitabira iswalat y'irayidi, no kugenerwa inyigisho mu buryo bw'umwihariko.
+Guhakana ineza y'umugabo no gukoresha imivumo kenshi ni bimwe mu byaha bikuru, kuko kubwirwa ibihano by'umuriro ni ikimenyetso cy'uko icyo cyaha ari gikuru.
+Kugaragaza ko ukwemera kwiyongera kukanagabanyuka, bityo ukoze ibikorwa byinshi by'amasengesho, byongera ukwemera kwe, n'ugabanyije ibyo bikorwa bigabanya ukwemera kwe.
+Umumenyi A-Nawawiy yaravuze ati: Ubwenge bushobora kwiyongera no kugabanyuka, no kwemera ni nk'uko. Ntabwo ikigamijwe mu kugabanyuka k'ubwenge bw'abagore ari ukubibanengera kubera ko ari yo kamere yabo, ahubwo byari mu rwego rwo kubihanangiriza ngo badashukwa nabyo; niyo mpamvu ibihano byavuzwe byo kubera kutazirikana ineza n'ibindi ntabwo ari ukubera ko idini ryabo n'ukwemera biciriritse. Kandi idini riciriritse ntibigarukira ku byaha gusa, ahubwo ni muri rusange.
+Harimo ko byemewe ko umunyeshuri yasubirishamo umwarimu, n'ukurikiye agasubirishamo uwo akurikiye mu byo avuga iyo atabisobanukiwe.
+Harimo ko ubuhamya bw'umugore bungana na kimwe cya kabiri cy'ubw'umugabo kubera ko umugore atazirikana.
+Umumenyi Ibun Hadjar yaravuze ati: Kuri iyi mvugo ivuga ko bafite ubwenge buciriritse birangaragarira ko ari kimwe mu mpamvu zizatuma abagore ari bo benshi mu muriro, kuko ari bo mpamvu yo kugenda k'ubwenge bw'umugabo ushishoze kugeza ubwo avuze cyangwa se agakora ibidakwiye, bityo bari hamwe nawe mu byaha.
+Kuziririza gusali no gusiba ku mugore uri mu mihango, ni kimwe n'uri mu bisanza, hanyuma bakazishyura iyo minsi igihe bavuye muri ibyo bihe.
+Imico myiza yaranze Intumwa y'Imana (Imana iyihe amahoro n'imigisha), aho yasubije ibibazo by'abagore bibazaga atababwiye nabi cyangwa se ngo abacyahe.
+Umumenyi Ibun Hadjar yaravuze ati: Ituro ryirukana ibihano, kandi rituma umuntu ababarirwa ibyaha yakorera bagenzi be.
+Umumenyi A-Nawawiy yaravuze ati: Kugira idini riciriritse kw'abagore ni ukubera ko badasali cyangwa se ngo basibe igihe bari mu mihango, kubera ko ukoze ibikorwa byinshi byo kwiyegereza Allah byongera ukwemera kwe, n'ubigabanyije bigabanya ukwemera kwe; hanyuma idini riciriritse hari ubwo byatuma umuntu yandikirwa icyaha nk'uwaretse gusali cyangwa se gusiba cyangwa se akareka no gukora ibindi bikorwa ategetswe icyo gihe nta rwitwazo yagira, cyangwa se bikaba mu buryo atabarwaho icyaha nk'uwaretse gusali idjuma, cyangwa se kujya ku rugamba cyangwa se n'ibindi bitari itegeko kuri we gukora, hari n'ubwo byaba mu buryo abitegetswe nk'uri mu mihango ureka gusali no gusiba.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/10011</t>
   </si>
   <si>
     <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Ntitwajyaga twita ku mavangingo yenda kuba umukara n'ayenda kuba umuhondo aza nyuma yo kuva mu mihango</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Umu Atwiyat (Imana imwishimire) yaravuze, akaba yari umwe mu bagore bahaye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) igihango cyo kuyikurikira no kuyumvira yaravuze ati: "Ntitwajyaga twita ku mavangingo yenda kuba umukara n'ayenda kuba umuhondo aza nyuma yo kuva mu mihango.</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Umusangirangendokazi w'Intumwa y'Imana Umu Atwiyat (Imana imwishimire) yavuze ko abagore bo ku gihe cy'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) batajyaga bita ku mavangingo ava mu gitsina cyabo afite ibara ry'umukara cyangwa se iryenda kuba umuhondo, nyuma y'uko bavuye mu mihango; ntibyababuzaga gusali no gusiba.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
@@ -14164,50 +14595,128 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Ntibyemewe ko umugore akora urugendo atari kumwe n'uziririjwe kumurongora (Mahram, cyangwa se umugabo we).
 Umugore ntiyaba Mahram w'umugore mugenzi we.
 Icyitwa urugendo cyose, umugore ntacyemerewe cyeretse ari kumwe n'umugabo we cyangwa se Mahram; iyi Hadith yari itewe n'ubajije ikibazo ndetse n'aho aherereye.
 Mah'ram w'umugore ni umugabo we cyangwa se uziririjwe kumurongora mu buryo bwa burundu kubera isano ry'amaraso bafitanye nka se, umuhungu we, se wabo, na nyirarume; cyangwa se isano ry'uko bonse ibere rimwe nka se umugabo w'umugore wamwonkeje, na se wabo uvukana n'umugabo w'umugore wamwonkeje, cyangwa se ku bw'isano ryo gushyingiranwa nka sebukwe, kandi akaba ari umuyisilamu ufite ubwenge, ukuze, w'umwizerwa kandi w'inyangamugayo, kubera ko ikigamijwe kuri Mahram ni mu rwego rwo kurinda umugore no kumubungabunga, no kumuhagararira.
 Uburyo amategeko y'ubuyisilamu yitaye ku mugore, ndetse aranamubungabunga.
 Iswalat y'umugereka iyo ari yo yose ikozwe nyuma ya Swalatul fajri na Swalatul Asw'ri  ntiba yemewe; ariko aha ntihavugwamo kwishyura iswalat z'itegeko zatambutse ku muntu, cyangwa se izifite impamvu zazo zihariye nk'iswalat y'umugereka igihe winjiye mu musigiti (Tahiyatul Masjidi) n'izindi nkazo.
 Ni ikizira gusali nyuma y'uko izuba rirashe ako kanya, ahubwo ni ngombwa ko ribanza rikarasaho gato ahangana n'umuheto, nk'iminota icumi cyangwa se cumi n'itanu tugereranyije.
 Igihe cy'iswalat yo ku gicamunsi ni ugukomeza kugeza izuba rirenze.
 Muri iyi Hadith harimo ko byemewe gukora urugendo ku misigiti itatu yavuzwe muri Hadith.
 Agaciro k'imisigiti itatu n'umwihariko wayo irusha iyindi.
 Ntibyemewe gukora urugendo ugiye gusura imva kabone n'iyo yaba imva y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), ariko biremewe ku muntu uri i Madinat kuyisura, cyangwa se uhageze ku bw'iyindi mpamvu yemewe n'amategeko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10603</t>
   </si>
   <si>
+    <t>من قال حين يسمع النداء: اللهم رب هذه الدعوة التامة، والصلاة القائمة، آت محمدا الوسيلة والفضيلة، وابعثه مقاما محمودا الذي وعدته، حلت له شفاعتي يوم القيامة</t>
+  </si>
+  <si>
+    <t>Uzavuga aya magambo nyuma yo kumva umuhamagaro w'iswalat: Mana Nyagasani w'uyu muhamagaro wuzuye, n'iyi swalat igiye gukorwa, ha Muhamadi urwego n'ibyiza, uzanamuzure ari mu rwego rushimishije wamusezeranije", azagerwaho n'ukuvuganirwa nanjye ku munsi w'imperuka</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ النِّدَاءَ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ، حَلَّتْ لَهُ شَفَاعَتِي يَوْمَ القِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Djabir Ibun Abdillah (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Uzavuga aya magambo nyuma yo kumva umuhamagaro w'iswalat: Mana Nyagasani w'uyu muhamagaro wuzuye, n'iyi swalat igiye gukorwa, ha Muhamadi urwego n'ibyiza, uzanamuzure ari mu rwego rushimishije wamusezeranije", azagerwaho n'ukuvuganirwa nanjye ku munsi w'imperuka.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال حين يسمع المؤذِّنَ بعد أنْ ينتهي منه: 
+(اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ)، وهي ألفاظ الأذان التي يُدْعَى بها إلى عبادة الله والصلاة، (التَّامَّةِ) الكاملة، دعوة التوحيد والرسالة، (وَالصَّلاَةِ القَائِمَةِ) الدائمة التي ستقام، (آتِ) وأَعْطِ، (مُحَمَّدًا الوَسِيلَةَ) والمَنْزِلة العَلِيّة في الجنة التي لا تنبغي إلا له صلى الله عليه وسلم، (وَالفَضِيلَةَ) المَرْتَبةَ الزائدةَ على مراتب الخلائق، (وَابْعَثْهُ) وأَعْطِه (مَقَامًا مَحْمُودًا) يُحْمَد القائم فيه؛ وهو الشفاعة العظمى يوم القيامة، (الَّذِي وَعَدْتَهُ) بقولك: {عسى أن يبعثك ربك مقامًا محمودًا} بأن تكون له صلى الله عليه وسلم. 
+فمن دعا هذا الدعاء استحقَّ  ووَجَبتْ له شفاعةُ النبي صلى الله عليه وسلم يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu uzavuga nyuma yo kumva umuhamagaro w'isengesho urangije aya magambo:
+Mana Nyagasani (w'uyu muhamagaro wuzuye); ariyo magambo akoreshwa mu guhamagarira abantu kuza gusali, akaba akubiyemo kwemera Imana imwe no kuyiharira kugaragirwa yo yonyine, (iswalat igiye gukorwa) ni iswalat ikorwa ibihe byose; ha Muhamadi (urwego n'ibyiza) , ni urwego rw'ikirenga mu ijuru rutazagerwaho n'undi uwo ari we wese uretse we, naho (ibyiza) ni inyongera n'akarusho; unamuhe urwego rushimishije wamusezeranije; uku niko kuvuganira guhambaye Intumwa y'Imana (Imana iyihe amahoro n'imigisha) izahabwa ku munsi w'imperuka wamusezeranyije aho wavuze uti: (Nyagasani wawe azakuzura uri mu rwego rwishimiwe na buri wese.
+Uzavuga aya magambo n'ubu busabe ni itegeko ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) izamuvuganira ku munsi w'imperuka.</t>
+  </si>
+  <si>
+    <t>مشروعية هذا الدعاء بعد الفراغ من التَّرْدِيْد خَلْفَ المؤذِّن، ومَن لم يَسمع النِّداء؛ فإنه لا يقوله.
+فضيلة الرسول صلى الله عليه وسلم حيث أُعطي الوَسِيلة والفَضِيلة والمقام المحمود والشفاعة العظمى في الفَصْلِ بين الخلائق.
+إثبات الشَّفاعة للرسول صلى الله عليه وسلم؛ لقوله: "حلَّت له شفاعتي يوم القيامة".
+شفاعته صلى الله عليه وسلم تكون لأهل الكبائر مِن أمته في عدم دخول النار أو مَن دَخَلَها أن يخرج منها، أو في دخول الجنة بغير حساب، أو رفع درجات من دخلها.
+قال الطيبي: من أوله إلى قوله "محمدًا رسول الله" هي الدعوة التامة، والحَيْعَلَة هي الصلاة القائمة في قوله يُقيمون الصلاة، ويحتمل أن يكون المراد بالصلاة الدعاء وبالقائمة الدائمة مِن قام على الشيء إذا داوم عليه، وعلى هذا فقوله "والصلاة القائمة" بيان للدعوة التامة، ويحتمل أن يكون المراد بالصلاة المعهودة المدعو إليها حينئذ وهو أظهر.
+قال المهلب: في الحديث الحض على الدعاء في أوقات الصلوات؛ لأنه حال رجاء الإجابة.</t>
+  </si>
+  <si>
+    <t>Biremewe kuvuga ubu busabe nyuma yo gusubiramo amagambo uhamagarira iswalat akoresha, naho utayumvise ntategetswe kuyavuga.
+Agaciro Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ifite aho yahawe urwego n'umwanya uhambaye ndetse no kuzazurwa ari mu rwego ruhambaye, no kuzasabira no kuvuganira ibiremwa ku munsi w'imperuka.
+Gushimangira ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) izavuganira ibiremwa aho yavuze iti: Nzamuvuganira ku munsi w'imperuka.
+Intumwa y'Imana (Imana iyihe amahoro n'imigisha) izavuganira abakora ibyaha bikuru mu bayoboke bayo kugira ngo batinjizwa mu muriro, cyangwa se abinjijwemo kugira ngo bawukurwemo, cyangwa se kwinjira mu ijuru abantu batabaruriwe cyangwa se kugira ngo abazaba bamaze kwinjira mu muriro bazamurwe mu ntera.
+Umumenyi A-Twibiy yaravuze ati: Guhera mu ntangiriro z'umuhamagaro w'iswalat, kugeza ahavuga ko Muhamadi ari Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ni umuhamagaro wuzuye, naho ahavuga ngo mugane iswalat ni iswalat igiye gukorwa. Biranashoboka ko iswalat ivugwa hano yaba igamije ubusabe buhoraho. dushingiye kuri ibyo iswalat igiye gukorwa ni ukugaragaza umuhamagaro wuzuye. Biranashoboka ko iswalat ivugwa ari yo ngiyo bari guhamagarirwa, ibi ni nabyo bigaragara.
+Umumenyi Al Muhlabu yaravuze ati: Muri iyi Hadith harimo gushishikariza gusaba mu bihe byo gusali, kuko ni wo mwanya mwiza wo gusaba Allah.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/10635</t>
+  </si>
+  <si>
+    <t>لا يصلي أحدكم في الثوب الواحد ليس على عاتقيه شيء</t>
+  </si>
+  <si>
+    <t>Umwe muri mwe nta gasali mu mwambaro umwe, nta kintu yiteye ku ntugu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ يُصَلِّي أَحَدُكُمْ فِي الثَّوْبِ الوَاحِدِ لَيْسَ عَلَى عَاتِقَيْهِ شَيْءٌ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kuri Abi Hurayirat (Imana imwishimire) yaravuze ati: "Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umwe muri mwe nta gasali mu mwambaro umwe, nta kintu yiteye ku ntugu."</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم مَن صلّى في ثوب واحد عن أنْ يُجَرِّدَ عاتقيه ما بين الكتف والعنق بحيث لا يضع عليهما شيئًا يسترهما؛ لأن العاتقين وإن لم يكونا عورة، فإن سترهما أمكن في ستر العورة، وهو أقرب إلى إجلال الله تعالى وتعظيمه أثناء الوقوف بين يديه في الصلاة.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije umuntu usali mu mwambaro umwe kuba yasali ntacyo yiteye ku ntugu, kubera ko intugu n'ubwo zitabarwa mu bwambure, ariko kuzambika nibyo bishoboza kwambika n'ahandi hasigaye; ndetse ni nabyo byegereye guha icyubahiro Allah Nyir'ubutagatifu igihe umuhagaze imbere uri gusali.</t>
+  </si>
+  <si>
+    <t>جواز الصلاة في الثوب الواحد إذا ستر ما يجب ستره.
+جواز الصلاة في ثوبين، أحدهما يستر أعلى الجسم، والآخر يستر أسفله.
+استحباب كون المُصلِّي على هيئة حسنة.
+وجوب سَتر العَاتِقَين أو أحدهما في الصلاة، إذا أمْكَنه ذلك، وقيل النهي للتنزيه.
+قِلّة ما في أيدي الصحابة رضي الله عنهم من المال، حتى إن بعضهم لا يملك ثَوبين.
+قال النووي في معنى الحديث: حكمته أنه إذا ائتزر به ولم يكن على عاتقه منه شيء لم يؤمن أن تنكشف عورته، بخلاف ما إذا جعل بعضه على عاتقه، ولأنه قد يحتاج إلى إمساكه بيده أو يديه فيشغل بذلك، وتفوته سنة وضع اليد اليمنى على اليسرى تحت صدره، ورفعهما حيث شرع الرفع، وغير ذلك، لأن فيه ترك ستر أعلى البدن وموضع الزينة، وقد قال الله تعالى: { خُذُوا ‌زِينَتَكُمْ عِنْدَ كُلِّ مَسْجِدٍ } [الأعراف: 31].</t>
+  </si>
+  <si>
+    <t>Biremewe gusali mu mwambaro umwe igihe wambitse ahategetswe kwambikwa.
+Biremewe gusali mu myambaro ibiri, umwe ukambika igice cyo hejuru, undi ukambika igice cyo hasi.
+Gushishikariza ko umuntu usali aba akwiye kugaragara mu ishusho nziza.
+Ni itegeko kwambika intugu zombi, cyangwa se rumwe muri zo mu gihe cyo gusali iyo bimushobokeye, byanavuzwe ko kubuza ari mu rwego rwo kwirinda.
+Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntibari batunze byinshi, kugeza ubwo bamwe muri bo babaga badatunze imyambaro ibiri.
+Umumenyi A-Nawawiy mu gusobanura iyi Hadith yaravuze ati: Ubugenge bukubiye muri ibi nuko iyo awucyeneye ariko ku ntugu ze nta kintu yiteye, ntiyakizera ko yaba yikwije aho ategetswe kwikwiza habarwa nk'ubwambure, bitandukanye no kuba hari hamwe ku ntugu ze yasiga nta kintu ahambitse, no kuba hari ubwo yacyenera kugarura umwambaro n'ukuboko kwe bikaba byamurangaza, umugenzo mwiza wo gushyira ukuboko kw'indyo hejuru y'ukw'ibumoso ku gituza cye no kuzamura amaboko aho amategeko yateganyije n'ibindi ntabe yawubahiriza kuko haba hagaragaramo igice cye cyo hejuru cy'umubiri we ndetse n'ahantu he h'umutako. Allah yaravuze ati: {Mujye muhitamo imitako yanyu buri uko mugiye ku musigiti gusali} [Surat Al A'araf: 31]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/10639</t>
+  </si>
+  <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Ntimukicare hejuru y'imva kandi ntimugasari mwerekeye ku mva</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Mar'thad Al Ghanawiy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ntimukicare hejuru y'imva kandi ntimugasari mwerekeye ku mva."</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije kwicara hejuru y'imva.
 Nkuko yabujije gusali abantu berekeye ku mva, nko kuba imva iherereye mu cyerekezo berekeramo basali (Qiblat), kubera ko ari bumwe mu buryo bw'ibangikanyamana (Shir'k).</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
@@ -14283,77 +14792,143 @@
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yagaragaje ko Allah yayitegetse ko igihe iri gusali izajya yubama ku ngingo z'umubiri zirindwi, ari zo:
 Urwa mbere: Agahanga, ariko kari mu buranga hejuru y'izuru n'amaso yombi. Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yerekana no ku zuru nka rumwe muri izi ngingo zirindwi zitegetswe, no gushimangira ko uwubamye agomba kwizera neza ko izuru rye ryakoze ku butaka.
 Urwa kabiri n'urwa gatatu: Ni ibiganza byombi.
 Urwa kane n'urwa gatanu: Ni amavi yombi.
 Urwa gatandatu n'urwa karindwi: Ni imitwe y'amano y'ibirenge byombi.
 Intumwa y'Imana (Imana iyihe amahoro n'imigisha) kandi yatubujije gupfundika imisatsi, cyangwa se kwegeranya imyambaro  igihe tugiye kubama mu rwego rwo kuyirinda gukora hasi, ko ahubwo tugomba kuyireka ikagera hasi ikubamana hamwe na ziriya ngingo.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Ni itegeko kubama ku ngingo zirindwi igihe urimo gusali.
 Si byiza kwegeranya imyambaro n'imisatsi mu gihe uri mu iswalat.
 Ni itegeko ku muntu uri gusali kugiramo ituze, ashyira ingingo zirindwi twavuze ku butaka, akarangwa no gutuza ku buryo avuga n'ubusabe yategetswe.
 Kubuzwa gupfundika imisatsi uri mu iswalat, ibi ni umwihariko ku bagabo ntiharimo abagore, kubera ko umugore mu iswalat aba ategetswe kwikwiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10925</t>
   </si>
   <si>
+    <t>إذا سجدت، فضع كفيك وارفع مرفقيك</t>
+  </si>
+  <si>
+    <t>Nuba wubamye ujye ushyira hasi ibiganza, hanyuma uzamure inkokora zawe</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ».</t>
+  </si>
+  <si>
+    <t>Hadith yaraturutse kwa Al Bara-u (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Nuba wubamye ujye ushyira hasi ibiganza, hanyuma uzamure inkokora zawe."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم حالةَ اليدين في سجود الصلاة، وذلك بأن يُمَكِّنَ الكفَّين من الأرض ويضعها مضمومة الأصابع في اتجاه القبلة، ويكون المرفقان -مفصل الذراع والعضد- مُرتَفعَين عن ملامسة الأرض ومُفرجين عن الجنبين.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza uko amaboko y'umuntu wubamye aba ameze, aho agomba gushyira hasi ibiganza bye byombi intoki zifatanye kandi zireba Qiblat, hanyuma inkokora ze zikaba zishinze zidakora ku butaka kandi zitandukanye.</t>
+  </si>
+  <si>
+    <t>الواجب على المصلِّي أن يَضع كفَّيه على الأرض، والكفان عُضوان من أعضاء السُّجود السَّبعة.
+استحباب رفع الذِّراعين عن الأرض، وكراهة افتراشهما كما يَفترش السَّبع ذِراعيه.
+مشروعية إظهار النَّشاط والقوَّة والرَّغبة في العَبادة.
+المُصلِّي إذا اعتمد على جميع أعضاء السُّجود، أخذ كلُّ عُضوٍ حقَّه من العبادة.</t>
+  </si>
+  <si>
+    <t>Umuntu usali ategetswe gushyira ibiganza bye hasi, kandi nabyo biri mu ngingo z'umubiri zirindwi zigomba gukora hasi ku butaka igihe umuntu yubamye.
+Gushishikariza kuzamura amaboko ntakore ku butaka, ndetse ko atari byiza kuyarambika ku butaka nk'uko inyamaswa zo mu bwoko bw'imbwa zibigenza.
+Biremewe kugaragaza umurava n'imbaraga n'ubushake bwo gukora ibikorwa byo kwiyegereza Allah.
+Umuntu usali iyo ingingo zose zirindwi zikoze hasi, buri rugingo narwo ruba rwiyegereje Allah.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/10927</t>
+  </si>
+  <si>
     <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) hagati yo kubama kombi (Sadj'datayni) yakundaga kuvuga iti: "ALLAHUMA GH'FIR LII, WAR'HAM'NII, WA AFINII, WAH'DINII, WAR'ZUQNII: Mana Nyagasani mbabarira, ungirire impuhwe, umpe ubuzima, unyobore, unampe amafunguro</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Ibun Abass (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) hagati yo kubama kombi (Sadj'datayni) yakundaga kuvuga iti: "ALLAHUMA GH'FIR LII, WAR'HAM'NII, WA AFINII, WAH'DINII, WAR'ZUQNII: Mana Nyagasani mbabarira, ungirire impuhwe, umpe ubuzima, unyobore, unampe amafunguro."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga isaba hagati y'ukubama kubiri (Sadj'datayni) iri gusali igakoresha ubu busabe bw'ibintu bitanu umuyisilamu acyeneye mu buryo bukomeye. Bukaba bukusanyirije hamwe ibyiza byo muri iyi si ndetse no ku munsi w'imperuka, aribyo gusaba kubabarirwa, guhishirwa ibyaha no kubibabarirwa, guhabwa impuhwe za Allah,  kurindwa irari n'ibiteye urujijo ndetse n'indwara n'ibyorezo, no gusaba Allah kuyoboka inzira y'ukuri no kuyishikamaho, no guhabwa ingabire z'ukwemera, n'ubumenyi ndetse n'ibikorwa byiza n'umutungo uziruye mwiza.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Biremewe gusabisha ubu busabe igihe wicaye hagati yo kubama kubiri uri gusali.
 Ibyiza by'ubu busabe kubera ibyiza bukusanyirije hamwe bya hano mu isi no ku munsi w'imperuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/10930</t>
+  </si>
+  <si>
+    <t>صليت مع النبي صلى الله عليه وسلم، فكان يسلم عن يمينه: السلام عليكم ورحمة الله وبركاته، وعن شماله: السلام عليكم ورحمة الله</t>
+  </si>
+  <si>
+    <t>Naseganye n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), yajyaga ivuga Asalam  isoza iswalat ikareba iburyo bwayo ikavuga iti: "ASALAAM ALAYKUM WA RAHMATULLAH WA BARAKATUH: Amahoro n'imigisha bya Allah bibabeho", yarangiza ikareba ibumoso bwayo ikavuga iti: "ASALAAM ALAYKUM WA RAHMATULLAH WA BARAKATUH: Amahoro n'imigisha bya Allah bibabeho</t>
+  </si>
+  <si>
+    <t>عَنْ وَائِل بن حُجرٍ رضي الله عنه قَالَ: صَلَّيْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَانَ يُسَلِّمُ عَنْ يَمِينِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ»، وَعَنْ شِمَالِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Wa-il Ibun Hudj'ri (Imana imwishimire) yaravuze ati: Naseganye n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), yajyaga ivuga Asalam  isoza iswalat ikareba iburyo bwayo ikavuga iti: "ASALAAM ALAYKUM WA RAHMATULLAH WA BARAKATUH: Amahoro n'imigisha bya Allah bibabeho", yarangiza ikareba ibumoso bwayo ikavuga iti: "ASALAAM ALAYKUM WA RAHMATULLAH WA BARAKATUH: Amahoro n'imigisha bya Allah bibabeho."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا أراد أنْ يَنصَرِفَ من صلاته سلَّم عن يمينه وشماله بأن يلتفت بوجهه للجهة اليمنى، مع قوله: (السلام عليكم ورحمة الله وبركاته)، ويسلِّم عن شماله، بأن يلتفت بوجهه للجهة اليسرى، مع قوله: (السلام عليكم ورحمة الله).</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yashakaga gusoza iswalat yayo, yavugaga indamutso y'amahoro ikareba iburyo bwayo n'ibumoso bwayo n'uburanga bwayo bwose ikavuga iti: ASALAAM ALAYKUM WA RAHMATULLAH WA BARAKATUH: Amahoro n'imigisha bya Allah bibabeho, hanyuma ikareba ibumoso bwayo n'uburanga bwayo bwose ikavuga iti: ASALAAM ALAYKUM WA RAHMATULLAH WA BARAKATUH: Amahoro n'imigisha bya Allah bibabeho.</t>
+  </si>
+  <si>
+    <t>مشروعية التسليمتين من الصلاة، وأنها من أركانها.
+استحباب الإتيان بزيادة قول: (وبركاته)، في بعض الأحيان؛ لأن النبي صلى الله عليه وسلم لم يكن يُدَاوِم عليها.
+النطق بالتسليمتين في الصلاة ركن واجب، وأما فعل الالتفات أثناء النطق بهما مستحب.
+ينبغي أن يكون قول: (السلام عليكم ورحمة الله) أثناء فعل الالتفات لا قبله ولا بعده.</t>
+  </si>
+  <si>
+    <t>Biremewe kuvuga indamutso kabiri, kandi ni imwe mu nkingi z'iswalat.
+Gushishikariza kongeraho WABARAKATUH: N'imigisha ye rimwe na rimwe, kubera ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ntabwo igihe cyose yongeragaho iri jambo.
+Kuvuga indamutso kabiri mu iswalat ni inkingi y'itegeko, naho guhindukira igihe uri kuyivuga ni byiza ariko si itegeko.
+Ni byiza ko  kuvuga ASALAAM ALAYKUM WA RAHMATULLAH,  bijyana no guhindukira, si mbere y'uko uhindukira cyangwa se nyuma.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/10945</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>ALLAHUMA ANTA A-SALAM, WA MINKA SALAM, TABARAKTA YA DHAL DJALALI WAL IKRAM: Mana Nyagasani  niwowe muziranenge, n'amahoro aturuka iwawe, uburagatifu n'ikuzo ni ibyawe, yewe Nyir'icyubahiro Nyir'ikuzo</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Thawbani (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yasozaga gusali, yasabaga Allah imbabazi inshuro eshatu hanyuma ikavuga iti:  ALLAHUMA ANTA A-SALAM, WA MINKA SALAM, TABARAKTA YA DHAL DJALALI WAL IKRAM: Mana Nyagasani  niwowe muziranenge, n'amahoro aturuka iwawe, uburagatifu n'ikuzo ni ibyawe, yewe Nyir'icyubahiro Nyir'ikuzo" Al Walid yaravuze ati: Nuko mbwira Al Awza'iy nti: Gusaba Allah imbabazi bikorwa bite? Aransubiza ati: Ujye uvuga uti: ASTAGH'FIRULLAH: Mana mbabarira, ASTAGH'FIRULLAH: Mana mbabarira,..."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iyo yasozaga gusali yajyaga ivuga iti: ASTAGH'FIRULLAH: Mana mbabarira, ASTAGH'FIRULLAH: Mana mbabarira, ASTAGH'FIRULLAH: Mana mbabarira.
 Yarangiza igasingiza ubuhambare bwa Allah Nyagasani we igira iti: ALLAHUMA ANTA A-SALAM, WA MINKA SALAM, TABARAKTA YA DHAL DJALALI WAL IKRAM: Mana Nyagasani  niwowe muziranenge, n'amahoro aturuka iwawe, ubutagatifu n'ikuzo ni ibyawe, yewe Nyir'icyubahiro Nyir'ikuzo. Kandi Allah  ingororano ze ntizigira ingano hano mu isi no ku munsi w'imperuka, Nyir'ubuhambare Nyir'ubuntu.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
@@ -14481,50 +15056,108 @@
   <si>
     <t>Ntimuzatuke abasangirangendo banjye, kubera ko n'iyo umwe muri mwe yatanga Zahabu ingana nk'umusozi wa Uhudi, ntiyagera ku  mashyi abiri y'ibyo umwe yatanze cyangwa se urushyi rumwe</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Said Al Khud'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Ntimuzatuke abasangirangendo banjye, kubera ko n'iyo umwe muri mwe yatanga Zahabu ingana nk'umusozi wa Uhudi, ntiyagera ku  mashyi abiri y'ibyo umwe yatanze cyangwa se urushyi rumwe.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabujije gutuka abasangirangendo, by'umwihariko abemeye mu ikubitiro nk'abimukira ndetse n'abasangwa b'i Madinat; ndetse yanavuze ko umwe mu bantu atanze zahabu ingana n'umusozi wa Uhudi ntabwo ibihembo bye byangana n'urushyi rw'ibyo kurya umwe mu basangirangendo yatanze habe na kimwe cya kabiri cyabyo. Mudu ni igipimo kingana n'amashyi abiri y'umugabo uri mu rugero; kubera umutima babikoranaga, n'uburyo bari abanyakuri, no kuba ari bo ba mbere bitanze mu nzira ya Allah bakanarwana mbere y'ifatwa ry'umujyi wa Makat aho byari bicyenewe cyane kuruta ibindi bihe.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Gutuka abasangirangendo (Imana ibishimire bose) ni icyaha, ndetse ni na kimwe mu byaha bikuru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/11000</t>
   </si>
   <si>
+    <t>قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: هذان سيدا كهول أهل الجنة من الأولين والآخرين إلا النبيين والمرسلين</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabwiye Abu Bakri na Umar iti: Aba basaza babiri ni bo batware b'abantu beza mu babanje n'abazaza nyuma bazinjira mu ijuru usibye Intumwa n'abahanuzi b'Imana</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه، قال: قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: «هذان سَيِّدا كُهُول أهل الجنة من الأوَّلِين والآخِرين إلا النبيِّين والمرسلين».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Anas (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabwiye Abu Bakri na Umar iti: Aba basaza babiri ni bo batware b'abantu beza mu babanje n'abazaza nyuma bazinjira mu ijuru usibye Intumwa n'abahanuzi b'Imana."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أبا بكر الصديق وعمر الفاروق رضي الله عنهما هما أفضل البشر بعد الأنبياء، وأفضل مَن دخل الجنة بعد النبيين والمرسلين.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko Abu Bakri A-Swidiq na Umar Al Faruq (Imana ibishimire bombi) ari bo bantu beza kuruta abandi  bazinjira mu ijuru usibye Intumwa n'abahanuzi b'Imana.</t>
+  </si>
+  <si>
+    <t>أبو بكر وعمر رضي الله عنهما هما أفضل الناس بعد الأنبياء والمرسلين.
+ليس في الجنة كَهْلٌ، بل مَن يدخلها ابن ثلاث وثلاثين سنة، والمراد أنهما سيدا مَن مات كهلًا في الدنيا، أو أنّ ذلك باعتبار ما كانوا عليه في الدنيا حال هذا الحديث.</t>
+  </si>
+  <si>
+    <t>Abu Bakri na Umar nibo bantu beza kuruta abandi nyuma y'Intumwa n'abahanuzi b'Imana.
+Mu ijuru nta basheshe akanguhe bazaba baririmo, ahubwo bazaba bari mu kigero cy'imyaka mirongo itatu n'itatu, ahubwo ikigamijwe nuko ari bo batware b'abapfuye hano ku isi ari abasaza, cyangwa se kubera ko Intumwa ivuga ibyo bari abasaza.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/11161</t>
+  </si>
+  <si>
+    <t>الحسن والحسين سيدا شباب أهل الجنة</t>
+  </si>
+  <si>
+    <t>Hasan na Husen ni bo batware b'abasore bazinjira mu ijuru</t>
+  </si>
+  <si>
+    <t>عن أبي سعيد الخدري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abi Saidi Al Khud'riy (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Hasan na Husen ni bo batware b'abasore bazinjira mu ijuru."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حَفيدَيه الحسن والحسين ابنا علي بن أبي طالب وفاطمة بنت النبي صلى الله عليه وسلم ورضي عنهم، هما سيدا كلِّ مَن مات وهو شاب ودخل الجنة في الفضل، أو أنهما سيدا شباب أهل الجنة باستثناء الأنبياء والخلفاء الراشدين.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko abuzukuru bayo babiri ari bo Hasan na Husen abahungu ba Ally Ibun Abi Twalib na Fatwimat umukobwa w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bazaba ari bo batware b'uwo ari we wese wapfuye akiri umusore hanyuma akajya mu ijuru, kandi ko ari bo bazaba ari abatware b'abasore bazaba bari mu ijuru ukuyemo Intumwa n'abahanuzi b'Imana ndetse n'abasigire b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha).</t>
+  </si>
+  <si>
+    <t>فيه فضيلة ظاهرة للحسن والحسين رضي الله عنهما.
+قيل في معنى الحديث: أنهما في وقت الحديث هما سيدا شباب مَن هم من أهل الجنة من شُبّان هذا الزمان، أو أنهما أفضل ممن لم يثبت فيه تفضيلٌ عامٌّ كالأنبياء والخلفاء، أو أنهما سيدا من اتصف بصفات الشباب والفُتُوَّة كالمروءة والكرم والشجاعة، ولم يَرِدْ بذلك سِنَّ الشباب؛ لأن الحسن والحسين ماتا كَهْلَين.</t>
+  </si>
+  <si>
+    <t>Kugaragaza ibyiza n'agaciro ka Hasan na Husen (Imana ibishimire bombi).
+Mu bisobanuro by'iyi Hadith byanavuzwe ko ubwo iyi Hadith yavugwaga ari bwo bari abatware b'abasore bazajya mu ijuru b'icyo gihe, cyangwa se ko ari bo beza kuruta abandi bose batavuzwe ibyiza byabo nk'abahanuzi n'abasigire b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), cyangwa se ko ari abatware b'abaranzwe n'ibiranga abasore n'ubugimbi nko kwiyubaha, no kugira neza n'ubutwari, ariko ntihavuzwemo imyaka y'ubusore, kubera ko Hasan na Husen bapfuye basheshe akanguhe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/11169</t>
+  </si>
+  <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>Iri dini rizagera aho ari ho hose hagera amanywa n'ijoro, kandi Allah ntazigera arenga inzu yaba iyo mu mujyi cyangwa se mu byaro, mu bibaya no mu mpinga, usibye ko azahageza iri dini</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Tamim A-Dariy (Imana imwishimire) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: "Iri dini rizagera aho ari ho hose hagera amanywa n'ijoro, kandi Allah ntazigera arenga inzu yaba iyo mu mujyi cyangwa se mu byaro, mu bibaya no mu mpinga, usibye ko azahageza iri dini, uzaryemera azamwubahisha cyangwa se uzarihakana amusuzuguze, icyubahiro Allah azubahisha iri dini ry'ubuyisilamu, cyangwa se gusuzugurika Allah azasuzuguza ubuhakanyi." Icyo gihe Tamimu A-Dariy yajyaga avuga ati: Ibi nabibonye mu bantu bo mu muryango wanjye,  ababaye abayisilamu  bagezweho n'ibyiza byinshi ndetse baranubahika, n'ababaye abahakanyi muri bo barasuzuguritse bata agaciro, batanga n'umusoro.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko iri dini rizakwira mu nguni zose z'isi, kugeza ubwo buri hantu hose hagera amanywa n'ijoro iri dini rizahagera. Kandi Allah ntazigera areka inzu n'imwe yaba iyo mu mijyi no mu byaro, mu bibaya no mu mpinga, no mu butayu usibye ko azahageza iri dini. Uzaryemera rero akariyoboka azubahika kubera icyubahiro cy'ubuyisilamu, N'uzabwanga akabuhakana azasuzugurika ate agaciro.
 Umusangirangendo Tamim A-Dariy (Imana imwishimire) arangije avuga ko ibyo Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze  yabyiboneye mu muryango we, aho uwabaye umuyisilamu yabonye ibyiza byinshi ndetse aranubahika, n'uwahakanye muri bo yasuzuguritse ata agaciro, hamwe no kwishyura abayisilamu umusoro.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
@@ -14552,50 +15185,141 @@
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko iyo umuntu uri gusali agize gushidikanya mu iswalat ye akaba atazi umubare wa rakaa yasayi niba ari eshatu cyangwa se enye, azirengagiza iyo yiyongereyeho ashidikanyaho, kubera ko eshatu ari zo yizeye neza, hanyuma asali raka ya kane, narangiza yubame ibyubamo bibiri mbere y'uko avuga indamutso y'amahoro (A-Salamu) yo gusoza iswala.
 Ariko niba rakaa yasaye by'ukuri ari enye, azongereho indi rakaa zibe eshanu, hanyuma yubame ibyubamo bibiri byo kwibagirwa biri mu mwanya wa raka yindi, ubwo zibarwe ko atari igiharwe: Ariko raka yasayi nituma izo amaze gusali ziba enye, azaba akoze ibyo yari akwiye gukorwa nta cyo yongeyeho cyangwa se ngo agabanye.
 Ibyubamo bibiri bikorwa umuntu yibagiwe biba bigamije gusuzuguza Shitani no kumutera ikimwaro, no kumutambamira ngo ntagere ku cyo yashakaga, kubera ko yamuteye urujijo mu iswalat, ndetse aharanira kuyangiza. Iswalat ya mwene Adamu rero iruzura iyo yubahirije itegeko rya Allah ryo kubama, mu gihe Ibilisi yigometse kuri Allah yanga kumwubamira, ubwo Allah yari abimutegetse ngo yubamire Adamu</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Umuntu uri gusali iyo ashidikanyije mu iswalat ye, ntamenye kimwe mu bintu bibiri, icyo gihe yirukana uko gushidikanya kwe ahubwo akubakira ku byo yizeye neza, ari wo mubare muto, hanyuma akabona kuzuza iswalat ye, no kubama ibyubamo bibiri byo kwibagirwa mbere y'uko avuga indamutso y'amahoro isoza iswalat, nyuma yayo akabona kuvuga iyo ndamutso isoza iswalat.
 Ibi byubamo bibiri byo kwibagirwa ni mu rwego rwo kuzuza iswalat aho itari yuzuye, no kuburizamo imigambi ya Shitani isuzuguritse, ndetse itanageze ku ntego yayo.
 Gushidikanya kwavuzwe muri iyi Hadith n'ukubura umwanzuro uhagararaho hagati y'ibintu bibiri, iyo hatabayeho gushidikanya, usali ashingira kuri ibyo adashidikanyaho.
 Gushishikariza kurwanya ibiteye urujijo no kubikumira ukurikiza ibyo amategeko y'idini.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/11231</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان لا يدع أربعا قبل الظهر وركعتين قبل الغداة</t>
+  </si>
+  <si>
+    <t>Yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) buri mbere y'iswalat yo ku mwanywa (A-Dhuh'ri) itajyaga ireka gusali raka enye, ndetse ntinareke gusenga rakaa ebyiri mbere y'iswalat yo mu rukerera (Al Fadj'ri)</t>
+  </si>
+  <si>
+    <t>عن عائشةَ أُمِّ المُؤْمِنينَ رضي الله عنها: أن النبي صلى الله عليه وسلم كان لا يَدع أربعا قَبل الظهر وركعتين قبل الغَدَاة.</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana (Imana imwishimire) yaravuze ati: Yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) buri mbere y'iswalat yo ku mwanywa (A-Dhuh'ri) itajyaga ireka gusali raka enye, ndetse ntinareke gusenga rakaa ebyiri mbere y'iswalat yo mu rukerera (Al Fadj'ri).</t>
+  </si>
+  <si>
+    <t>أَخْبَرَت عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان يُواظِب على صلوات النوافل في بيتها ولا يَدَعُها: أربع ركعات بتسليمتين قبل صلاة الظهر، وركعتان قبل صلاة الفجر.</t>
+  </si>
+  <si>
+    <t>Aishat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ihozaho iswalat z'umugereka mu nzu yayo ntizireke: raka enye za mbere y'iswalat yo ku manywa, na raka ebyiri za mbere y'iswalat ya mu rukerera.</t>
+  </si>
+  <si>
+    <t>استحباب المحافظة على أربع ركعات قبل صلاة الظهر، وركعتين قبل صلاة الفجر.
+الأفضل أن تصلى الرَّواتِب في البيت، ولذلك أخبرت عنها عائشة رضي الله عنها.</t>
+  </si>
+  <si>
+    <t>Gushishikariza guhozaho gusali raka enye mbere ya Adhuhuri, na raka ebyiri mbere ya Al Fajri.
+Ibyiza ni ugusali izi swalat z'umugereka mu rugo, niyo mpamvu Aishat (Imana imwishimire) yazitubwiye.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/11249</t>
+  </si>
+  <si>
+    <t>من حافظ على أربع ركعات قبل الظهر وأربع بعدها حرمه الله على النار</t>
+  </si>
+  <si>
+    <t>'" Uzitwararika raka enye mbere y'iswalat yo ku manywa n'enye nyuma yayo, Allah yamuziririje kuzinjira mu muriro</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ حَبِيبَةَ رضي الله عنها زَوْجِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالت: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَافَظَ عَلَى أَرْبَعِ رَكَعَاتٍ قَبْلَ الظُّهْرِ وَأَرْبَعٍ بَعْدَهَا حَرَّمَهُ اللَّهُ عَلَى النَّارِ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Umu Habibat (Imana imwishimire), akaba yari umugore w'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze ati: Numvise Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga iti: '" Uzitwararika raka enye mbere y'iswalat yo ku manywa n'enye nyuma yayo, Allah yamuziririje kuzinjira mu muriro."</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن صلَّى من النوافل أربع ركعات قبل صلاة الظهر، وأربع ركعات بعدها، ودَاوَم وحافَظ عليها حَرَّمَه الله على النار.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yatanze inkuru nziza y'uko uzasali raka enye z'iswalat z'umugereka mbere y'iswalat ya Adhuhuri, n'enye nyuma yayo, ndetse akanazihozaho Allah yamuziririje kuzinjira mu muriro.</t>
+  </si>
+  <si>
+    <t>استحباب المحافظة على الأربع ركعات قبل الظُّهر والأربع بعدها.
+الرواتب القبلية -أي قبل الفريضة-؛ لها حِكَمٌ، منها: تهيئة نفس المصلي للعبادة قبل الدخول في الفريضة، وأما البعدية فمن حكمها جبر خلل الفرائض.
+للرواتب فوائد عظيمة، من زيادة الحسنات، وتكفير السيئات، ورفع الدرجات.
+قاعدة أهل السنة في أحاديث الوعد مثل هذا الحديث: أنْ تُحمل على الموت على التوحيد، وأنَّ المراد عدم الخلود في النار، لأن فاعل الذنوب من الموحدين مُستحِق للعقاب لكن لا يخلد في النار إن عوقب.</t>
+  </si>
+  <si>
+    <t>Gushishikariza guhozaho rakat enye za mbere y'iswalat ya Adhuhuri n'enye nyuma yayo.
+Iswalat z'umugereka za mbere y'iy'itegeko zirimo ubugenge muri bwo: Ni ugutegura uje gusali mbere y'uko atangira gukora iy'itegeko, naho iza nyuma y'iy'itegeko ni ukugira ngo zuzuze ibitatunganye mu z'itegeko.
+Iswalat z'imigereka zifite inyungu zihambaye nko kwiyongera kw'ibyiza, no kubabarirwa ibyaha, no kuzamurwa mu ntera.
+Abagendera ku migenzo y'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) itegeko bagenderaho ku bijyanye na Hadith zitanga inkuru nziza harimo n'iyi nuko bazifata nk'izivuga ku bantu bapfuye bakiri ku kwemera Imana imwe rukumbi, kandi ko ikigamijwe ari uko batazaba mu muriro ubuziraherezo kubera ko umuntu ukoze ibyaha ariko ari mu bemeramana aba akwiye ibihano, ariko nanajyanwa mu muriro ntazawubamo ubuziraherezo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/11251</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم قرأ في ركعتي الفجر: قل يا أيها الكافرون، وقل هو الله أحد</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasomye muri raka ebyiri z'iswalat zikorwa mbere y'iswalat yo mu rucyerera {Qul ya ayuhal Kafiruna}, {Qul Huwa llahu Ahadu}</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَرَأَ فِي رَكْعَتَيِ الْفَجْرِ: {قُلْ يَا أَيُّهَا الْكَافِرُونَ}، وَ{قُلْ هُوَ اللهُ أَحَدٌ}.</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yasomye muri raka ebyiri z'iswalat zikorwa mbere y'iswalat yo mu rucyerera {Qul ya ayuhal Kafiruna}, {Qul Huwa llahu Ahadu}.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلّم يَسْتَحِبُّ أنْ يقرأ في ركعتي راتبة الفجر بعد الفاتحة، في الركعة الأولى سورة {قل يا أيها الكافرون} (الكافرون)، وفي الركعة الثانية سورة {قل هو الله أحد} (الإخلاص).</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yajyaga ikunda gusoma muri raka ebyiri zikorea mbere y'isengesho ryo mu rukerera nyuma ya Suratul Fatihat, muri raka ya mbere Surat {Qul Ya Ayuhal kafiruna) naho muri raka ya kabiri igasoma Surat Al Kafiruna}.</t>
+  </si>
+  <si>
+    <t>استحباب قراءة هاتين السورتين بعد الفاتحة في سنة الفجر.
+هاتان السورتان يقال لهما سورة الإخلاص؛ لأن في سورة الكافرون البراءة من جميع ما يعبده المشركون من دون الله، وأنهم أيضًا ليسوا بعبيد لله لأن شركهم يحبط أعمالهم، وأن الله سبحانه هو المستحق العبادة، ولأن في سورة الإخلاص توحيد الله والإخلاص له وبيان صفاته.</t>
+  </si>
+  <si>
+    <t>Gushishikariza gusoma izi surat ebyiri nyuma ya Surat Al Fatihat mu iswalat y'umugereka ya mu gitondo.
+Izi surat ebyiri zitwa Ikhlasw, kubera ko muri Surat Al Kafiruna harimo kwitandukanya n'ibyo ababangikanyamana basenga mu cyimbo cya Allah, kandi ko batagaragira Allah, kubera ko kubangikanya Imana kwabo gutuma ibikorwa biba imfabusa, kandi Allah Nyir'ubutagatifu akaba ari we ukwiye kugaragirwa, ndetse ko muri Surat Al Ikh'lasw harimo guharira Allah wenyine amasengesho no kuba ari we usengwa wenyine, no kugaragaza ibisingizo bye.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/11256</t>
   </si>
   <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Ese umuhamagaro w'iswalat (Adhana) ukugeraho ukawumva? Arayisubiza ati: Yego! Intumwa y'Imana iramubwira iti: Ujye uwitaba!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abi Hurayrat (Imana imwishimire) yaravuze ati: Umuntu utabona yaje agana Intumwa y'Imana (Imana iyihe amahoro n'imigisha), arayibwira ati: Yewe Ntumwa y'Imana, simfite undandata ngo anzane ku musigiti, asaba Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ko yamuha uburenganzira akajya asalira iwe mu rugo, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabimwemerera, ariko akimara kugenda iramuhamagara iramubaza iti: Ese umuhamagaro w'iswalat (Adhana) ukugeraho ukawumva? Arayisubiza ati: Yego! Intumwa y'Imana iramubwira iti: Ujye uwitaba!</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Umuntu utabona yaje agana Intumwa y'Imana (Imana iyihe amahoro n'imigisha), arayibwira ati: Yewe Ntumwa y'Imana, simfite undandata ngo anzane ku musigiti kugira ngo nsalire ku musigiti iswalat eshanu; ashaka ko yamuha uburenganzira  bwo kutajya aza gusali hamwe n'abandi, Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irabimwemerera, ariko akimara kugenda iramuhamagara iramubaza iti: Ese umuhamagaro w'iswalat (Adhana) ukugeraho ukawumva? Arayisubiza ati: Yego! Intumwa y'Imana iramubwira iti: Ujye uwitaba uze gusali hamwe n'abandi!</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Ni itegeko gusalira mu mbaga, kubera ko gusaba uburenganzira biba ku kintu cy'itegeko.
@@ -14622,50 +15346,79 @@
 وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze ko umurongo mwiza ku bagabo mu iswalat ndetse ufite n'ibihembo byiza kandi byinshi ari uwubanza kuko baba bari bugufi na Imam bakamutega amatwi asoma Qur'an ndetse no kuba bari kure y'abagore. N'umurongo mubi ufite ibihembo bicye ndetse uri kure y'ibyo idini idusaba ni uwa nyuma, Naho umurongo mwiza ku bagore ni uwa nyuma, kuko niwo ubahishira kandi ukaba uri kure no kwivanga n'abagabo no kwirinda ibishuko.</t>
   </si>
   <si>
     <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
 جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
 النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
 بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
 تفاضل الناس بحسب أعمالهم.
 قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
 قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
   </si>
   <si>
     <t>Gushishikariza abagabo kwihutira kumvira Allah no kujya ku mirongo y'imbere mu iswalat.
 Biremewe ko abagore basalira mu musigiti hamwe n'abagabo ariko bakaba bari ku mirongo yabo, gusa bakihishira kandi bakaniyubaha.
 Abagore iyo bahuriye hamwe mu musigiti, bahagarara ku mirongo nk'abagabo ntibatandukane, ahubwo baba bagomba kwegerana ku mirongo no kuziba ibyuho, nkuko bigenda ku mirongo y'abagabo.
 Kugaragaza uburyo amategeko yitaye ku gushishikariza abagore kwitandukanya n'abagabo mu bihe by'amasengesho.
 Abantu bararutanwa kubera ibikorwa byabo.
 Imam A-Nawawiy yaravuze ati: Naho imirongo y'abagabo ni mu buryo bwa rusange, umwiza ni uwubanza ku buryo buhoraho n'umubi ni uw'inyuma ku buryo buhoraho. Naho imirongo y'abagore hagamijwe kuvugwa abagore bakorana iswalat n'abagabo. Ariko iyo bakoze iswala ari bonyine batari kumwe n'abagabo baba bameze nk'abagabo; umurongo mwiza uba ari uwubanza n'umubi uba ari uwa nyuma.
 Imam A-Nawawiy yaravuze ati: Umurongo ubanza niwo mwiza wavuzwe mu ma Hadith atandukanye kubera ibyiza byawo no kuwushishikariza uwuriho abona ibyo byiza yaba  yaje mbere cyangwa se yaje nyuma.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/11299</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم رأى رجلا صلى وحده خلف الصف، فأمره أن يعيد صلاته</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabonye umugabo umwe ari gusali wenyine inyuma y'umurongo wo mu iswalat imutegeka gusubiramo iswalat</t>
+  </si>
+  <si>
+    <t>عَنْ وَابِصَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَأَى رَجُلًا صَلَّى وَحْدَهُ خَلْفَ الصَّفِّ، فَأَمَرَهُ أَنْ يُعِيدَ صَلَاتَهُ.</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Wabiswat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabonye umugabo umwe ari gusali wenyine inyuma y'umurongo wo mu iswalat imutegeka gusubiramo iswalat.</t>
+  </si>
+  <si>
+    <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا صلَّى وحده خَلْفَ الصف، فأمرَه أن يعيد صلاته؛ لأن صلاته لم تصح على هذه الحالة.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabonye umugabo uri gusali wenyine inyuma y'umurongo, imutegeka gusubiramo iswalat, kuko iswalat ye muri ubwo buryo ntiba yemewe.</t>
+  </si>
+  <si>
+    <t>الحث على التبكير لصلاة الجماعة والتقدُّم لها، وأنْ لا يصليَ خلف الصف مُنْفَرِدًا حتى لا يعرض صلاته للبطلان.
+قال ابن حجر: من ابتدأ الصلاة منفردًا خلف الصف ثم دخل في الصف قبل القيام من الركوع لم تجب عليه الإعادة، كما في حديث أبي بكرة، وإلا فيجب على عموم حديث وابصة.</t>
+  </si>
+  <si>
+    <t>Gushishikariza kwitabira iswalat y'imbaga no kujya ku mirongo ibanza, kandi ko umuntu adasalira inyuma y'umurongo wenyine, kugira ngo iswalat ye itaba imfabusa.
+Umumenyi Ibun Hadjar yaravuze ati: Uzatangira gusali wenyine inyuma y'umurongo, nyuma akinjira mu murongo mbere yo kunamuka (uvuye ruku), ntabwo aba ategetswe kuyisubiramo nkuko byaje muri Hadith yaturutse kwa Abu Bakrat, bitari ibyo biba ari itegeko mu buryo bwa rusange nkuko byavuzwe muri iyi Hadith yaturutse kwa Wabiswat.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/11303</t>
   </si>
   <si>
     <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
   </si>
   <si>
     <t>Izi swalat ziremerera indyarya, n'iyo muza kumenya ibyiza bizirimo mwari kujya muza kabone n'iyo mwaba mukambakamba</t>
   </si>
   <si>
     <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ubay Ibun Ka'ab (Imana imwishimire) yaravuze ati: Umunsi umwe Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yadusarishije iswalat ya mu gitondo, maze iravuga iti: Ese kanaka arahari? Barayisubiza bati: Oya, irongera irabaza iti: Ese kanaka arahari? Barayisubiza bati: Oya; maze iravuga iti: " Izi swalat ziremerera indyarya, n'iyo muza kumenya ibyiza bizirimo mwari kujya muza kabone n'iyo mwaba mukambakamba, kandi umurongo w'imbere umeze kimwe nk'uw'abamalayika nabo niwo baba bariho, n'iyo muza kumenya ibyiza byo kuwusaliraho mwari kujya muwutanguranwa. Kandi iswalat umugabo akoranye na mugenzi we iruta iyo yakora ari wenyine, n'iswalat akoranye n'abantu babiri iruta iyo akoze ari kumwe n'umuntu umwe, na buri uko biyongera niko irushaho gukundwa na Allah Nyir'ubutagatifu.</t>
   </si>
   <si>
     <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
 قال الصحابة: لا. 
 ثم قال: أحاضر فلان؟ لشخص آخر، 
 قالوا: لا. 
 قال صلى الله عليه وسلم: 
 إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
 ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
 وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
 وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
 والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
   </si>
@@ -14743,50 +15496,208 @@
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Mussa (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Nta gushyingiranwa kwakemerwa cyeretse hari uhagarariye umugore (Waly)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko gushyingira umugore bitakemerwa cyeretse hari umuhagararizi we (Waly) muri iryo sezerano."</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Umuhagararizi w'umugore ni kimwe mu bisabwa kugira ngo gushyingiranwa kwemerwe, iyo ibayeho nta muhagararizi, cyangwa se umugore akishyingira, ntabwo iryo sezerano riba ryuzuye.
 Umuhagararizi w'umugore aba ari umuntu w'igitsinagabo uri bugufi y'umugore, bityo uwakure ntiyamushyingira igihe hari uwa bugufi ye.
 Umuhagararizi agomba kuba ageze igihe cy'ubukure cyo kurebwa n'amategeko, ari igitsinagabo, azi kumenya inyungu ziri mu gushyingiranwa, ndetse akaba ahuje idini n'uwo agiye guhagararira muri iryo sezerano, bityo rero utujuje ibi tuvuze uwo ntabwo yemerewe kuba umuhagararizi w'umugore mw'ishyingiranwa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58066</t>
   </si>
   <si>
+    <t>أيما امرأة نكحت بغير إذن مواليها، فنكاحها باطل ثلاث مرات فإن دخل بها فالمهر لها بما أصاب منها، فإن تشاجروا فالسلطان ولي من لا ولي له</t>
+  </si>
+  <si>
+    <t>Umugore uwo ari we wese muri mwe uzishyingira atabiherewe uburenganzira n'abahagararizi be, uko gushyingirwa kwe ntikuzaba kwemewe -ibisubiramo inshuro eshatu-, iyo  habayeho imibonano mpuzabitsina, icyo gihe inkwano ziba ari ize, n'iyo batumvikanye, icyo gihe umuyobozi aba umuhagararizi w'utamufite</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِي اللهُ عنْها قَالَتْ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّمَا امْرَأَةٍ نَكَحَتْ بِغَيْرِ إِذْنِ مَوَالِيهَا، فَنِكَاحُهَا بَاطِلٌ -ثَلَاثَ مَرَّاتٍ- فَإِنْ دَخَلَ بِهَا فَالْمَهْرُ لَهَا بِمَا أَصَابَ مِنْهَا، فَإِنْ تَشَاجَرُوا فَالسُّلْطَانُ وَلِيُّ مَنْ لَا وَلِيَّ لَهُ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Aishat Nyina w'abemeramana (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Umugore uwo ari we wese muri mwe uzishyingira atabiherewe uburenganzira n'abahagararizi be, uko gushyingirwa kwe ntikuzaba kwemewe -ibisubiramo inshuro eshatu-, iyo  habayeho imibonano mpuzabitsina, icyo gihe inkwano ziba ari ize, n'iyo batumvikanye, icyo gihe umuyobozi aba umuhagararizi w'utamufite."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِنْ أنْ تُزَوِّجَ المرأةُ نفسَها بغير إذن أوليائها، وأنَّ نكاحَها باطل، وقد كَرَّره ثلاث مرات، وكأنه لم يكن.
+فإنْ دَخَل بها الذي تزوجها بغير إذن وليها؛ فالمَهر الكامل لها بما أصاب من جماعها في فرجها.
+ثم إنْ تنازع الأولياء في ولاية العقد -ومراتبهم فيه سواء- فالعقد لمن سَبق إليه منهم إذا كان ذلك نظرًا منه في مصلحتها، فإن امتنع الولي من التزويج فكأنه لا ولي لها؛ فيكون السلطان أو وليُّه من القضاة ونحوهم وليَّها، وإلا فلا ولاية للسلطان مع وجود الولي.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yihanangirije kuba umugore yakishyingira ubwe atabiherewe uburenganzira n'abahagararizi be, kandi ko gushyingirwa kwe kuba kubaye imfabusa, yabisubiyemo inshuro eshatu, bifatwa nkayo uko gushyingirwa kutigeze kuba.
+Ariko iyo akoze imibonano mpuzabitsina n'uwo bashyingiranwe nta burenganzira afite, icyo gihe uwo mugore aba akwiye guhabwa inkwano zose kubera iyo mibonano bagiranye.
+Hanyuma iyo abamuhagarariye bashyamiranye ku muntu ugomba kumuhagararira, kandi bose bari ku rwego rumwe, icyo gihe umuhagararira mu masezerano ni ubaruta iyo hashingiwe ku nyungu ze, iyo umuhagararizi we yanze kumushyingira, icyo gihe aba ameze nkaho nta muhagararizi afite, icyo gihe umuyobozi cyangwa undi uri mu cyimbo cy'umuyobozi nk'abacamanza n'abandi baramuhagararira, iyo nta bushyamirane buhari icyo gihe umuyobozi ntacyo aba amaze igihe hari umuhagararizi we.</t>
+  </si>
+  <si>
+    <t>اشتراط الوليِّ لصحة النكاح، وحُكي عن ابن المنذر أنه لا يُعرَف عن أحد من الصحابة خلافُ ذلك.
+في النكاح الباطل تستحق المرأة المهر مقابل وطء الرجل لها.
+السلطان ولي مَن لا ولي لها من النساء، سواء كان ذلك بسبب عدم وجوده أصلًا، أو بسبب امتناعه عن تزويجها.
+السلطان يعتبر ولي من لا ولي له، في حال فَقْدِ الولي أو تعذُّرِه، ويقوم مقامه القاضي؛ لأنه النائب عنه في هذه المسائل. 
+الولاية في تزويج المرأة لا يعني أنه ليس لها حق، بل لها حق ولا يجوز لوليها أن يزوجها إلا بإذنها.
+شروط النكاح الصحيح: أولًا: تعيين كل من الزوجين بالإشارة أو التسمية أو الوصف ونحو ذلك، ثانيًا: رِضى كلٍّ من الزوجين بالآخر، ثالثًا: أنْ يَعقِد للمرأة وليُّها، رابعا: الشّهادة على عقد النكاح.
+يشترط في الولي الذي يعقد النكاح: أولًا: العقل، ثانيًا: أن يكون ذكرًا، ثالثًا: البلوغ، ببلوغه خمسة عشر عامًا أو الاحتلام، رابعًا: اتحاد الدّين فلا ولاية لكافر على مسلم ولا مسلمة، وكذلك لا ولاية لمسلم على كافر أو كافرة، خامسًا: العدالة المنافية للفسق، ويكفي منها أن يحصل منه النّظر في مصلحة من تولّى أمر تزويجها، سادسًا: أن يكون الولي راشدًا غير سفيه، وهو القدرة على معرفة الكُفْءِ ومصالح النكاح.
+لأولياء المرأة في التزويج ترتيب عند الفقهاء فلا يجوز تعدّي الولي الأقرب إلا عند فَقْدِه أو فَقْدِ شروطه، ووليّ المرأة أبوها، ثمّ وَصِيُّه فيها، ثمّ جدّها لأب وإن علا، ثمّ ابنها، ثم بنوه وإن نزلوا، ثمّ أخوها لأبوين، ثم أخوها لأب، ثمّ بنوهما، ثمّ عمّها لأبوين، ثمّ عمها لأب، ثمّ بنوهما، ثمّ الأقرب فالأقرب نسبًا من العصبة كالإرث، والسّلطان المسلم ومن ينوب عنه كالقاضي وليّ من لا وليّ له.</t>
+  </si>
+  <si>
+    <t>Umuhagararizi agomba kuba ahari kugira ngo amasezerano yo gushyingiranwa yemerwe; byanavuzwe ko Ibun Al Mundhir yavuze ko nta kunyuranya kuri ibi kuzwi kwabayeho hagati y'abasangirangendo.
+Mu gushyingiranwa kutemewe, umugore aba akwiye inkwano nk'inyishyu y'imibonano umugabo yagiranye nawe.
+Umuyobozi ni umuhagararizi w'utamufite, byaba bitewe n'uko ntawe uhari, cyangwa se yanze kumushyingira.
+Umuyobozi afatwa nk'umuhagararizi w'utamufite igihe ntawe uhari cyangwa se atabonetse, icyo gihe umucamanza ajya mu cyimbo cye, kubera ko ari we umusimbura iyo bimeze gutyo.
+Guhagararira umukobwa mu gushyingiranwa ntibivuze ko nta burenganzira afite, ahubwo arabufite kandi umuhagararizi we ntiyemewe kumunshyingira atabimuhereye uburenganzira.
+Ibisabwa kugira ngo gushyingiranwa kube kwemewe: Icya mbere: Nuko abashyingiranwa bombi baba bahari banabyemera hakoreshejwe ibimenyetso cyangwa kuvuga amazina, cyangwa ibindi bibigaragaza ndetse n'ibindi. Icya kabiri: Kuba babyishimiye buri wese yishimiye mugenzi we. Icya gatatu: Kuba umugore afite umuhagararizi muri ayo masezerano; icya kane kuba hari abahamya b'ayo masezerano.
+Uba umuhagararizi mu masezerano yo gushyingiranwa agomba: icya mbere: Kuba afite ubwenge, icya kabiri; kuba ari igitsinagabo, icya gatatu: Kuba akuze agejeje ku myaka cumi n'itanu cyangwa se yaratangiye kwirotera, icya kane: Kuba ari uwo bahuriye ku kwemera, kuko umuhakanyi atahagararira umuyisilamu  cyangwa se umuyisilamukazi, n'umuyisilamu kandi ntiyajya guhagararira umuhakanyi cyangwa se umuhakanyikazi, icya gatanu: Kuba ari inyangamugayo atari inkozi y'ibibi, umugore biramuhagije kuba yareba umufitiye akamaro ugiye kumuhagararira, icya gatandatu: Kuba umuhagararizi aciye akenge, atari umuntu ufite ubwenge bucye, afite ubushobozi bwo kumenya ukwiranye n'uwo mugore ndetse anazi inyungu ziri mu gushyingiranwa.
+Abahagararizi b'umugore mu gushyingiranwa bafite uburyo bakurikiranyemo nkuko abamenyi mu by'amategeko y'idini babigennye; ntibyemewe rero kuva ku rwego rumwe ujya ku rundi cyeretse igihe abuzemo cyangwa se atujuje ibisabwa. Umubera umuhagararizi rero ni se, cyangwa se uwo se yahisemo, hanyuma sekuru ubyara se gukomeza ku ba sekuruza, hanyuma umuhungu we, hanyuma abahungu b'umuhungu we gukomeza umunuka mu buzukuru, hanyuma musaza we bavukana ku babyeyi bombi, hanyuma musaza we bavukana kwa se gusa, hanyuma abahungu b'aba bombi, hanyuma se wabo uvukana na se ku babyeyi bombi, hanyuma kwa se gusa, hanyuma abahungu b'aba bombi, hanyuma uri bugufi kuruta abandi mu banyamuryango be bamuzunguru. Naho umuyobozi ni uw'umuyisilamu cyangwa se umuhagararizi we nk'umucamanza nawe yaba umuhagararizi w'utamufite.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/58067</t>
+  </si>
+  <si>
+    <t>ملعون من أتى امرأته في دبرها</t>
+  </si>
+  <si>
+    <t>Yaravumwe wa wundi uzagirana imibonano mpuzabitsina n'umugore we mu kibuno</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَلْعُون مَنْ أتَى امرأتَه في دُبُرِها».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abu Hurayrat (Imana imwishimire) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Yaravumwe wa wundi uzagirana imibonano mpuzabitsina n'umugore we mu kibuno."</t>
+  </si>
+  <si>
+    <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن أنْ يأتي الزوجُ زوجتَه في دُبُرِها؛ بأنه ملعون مَطرود من رحمة الله، وهو كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irihanangiriza kuba umugabo yagirana imibonano n'umugore we mu kibuno, ivuga ko ari ikivume kandi ari kure y'impuhwe za Allah, ndetse ko ari na kimwe mu byaha bikuru.</t>
+  </si>
+  <si>
+    <t>تحريم إتيان النساء في أدبارهن.
+الاستمتاع من الزوجة بما دون دبرها من جسدها جائز.
+المسلم يأتي المرأة من فرجها كما أمره الله؛ وأما من الدُّبُر ففيه إفسادٌ للفطرة، وإضاعةٌ للنسل، ومخالفة لما عليه الطبائع السليمة، وأضرارٌ بالغة بالزوجين.</t>
+  </si>
+  <si>
+    <t>Kuziririza kugirana imibonano mpuzabitsina n'abagore mu kibuno.
+Kwishimisha n'abagore bikorerwa ahandi hose uretse mu kibuno biremewe.
+Umuyisilamu agirana imibonano n'umugore we ahabugenewe nkuko Allah yabitegetse, naho mu kibuno harimo kwangirika kwa kamere, no guhagarika urubyaro, no kunyuranya n'imico mizima ikwiye, ndetse n'izindi ngaruka zikomeye zishobora kubabaho bombi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/58090</t>
+  </si>
+  <si>
+    <t>لا ينظر الله إلى رجل أتى رجلا أو امرأة في دبر</t>
+  </si>
+  <si>
+    <t>Allah ntazigera areba umugabo wagiranye imibonano n'umugabo mugenzi we cyangwa se akayigirana n'umugore mu kibuno</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَنْظُرُ اللهُ إِلَى رَجُلٍ أَتَى رَجُلًا أَوِ امْرَأَةً فِي دُبُرٍ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Ibun Abas (Imana imwishimire we na se) yaravuze ati: Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yaravuze iti: "Allah ntazigera areba umugabo wagiranye imibonano n'umugabo mugenzi we cyangwa se akayigirana n'umugore mu kibuno."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ بأنَّ الله لا ينظر نظرةَ رحمةٍ إلى رجلٍ أتى رجلًا في دُبُرِهِ أو امرأة في دُبُرها، وأنه كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ibihano bihambaye by'uko Allah atazigera arebesha impuhwe umugabo ugirana imibonano n'umugabo mugenzi we mu kibuno cyangwa se umugore mu kibuno, kandi ko ari kimwe mu byaha bikuru.</t>
+  </si>
+  <si>
+    <t>إتيان الرجلِ الرجلَ -وهو اللواط- من كبائر الذنوب.
+إتيان المرأة في دبرها من كبائر الذنوب.
+(لا ينظر الله) أي نظر رحمة ورأفة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء.
+هذه الأعمال من أعظم الفواحش وأخطرها على البشرية؛ لما فيها من مخالفة الفطرة البشرية السليمة، وقلة النسل، وإفساد الحياة الزوجية، وغرس العداوة والبغضاء، والوقوع في الأماكن المستقذرة.</t>
+  </si>
+  <si>
+    <t>Umugabo ugirana imibonano n'umugabo mugenzi we -gutingana- ni kimwe mu byaha bikuru.
+Kugirana imibonano n'umugore mu kibuno ni kimwe mu byaha bikuru.
+(Allah ntazigera amureba) ni ukuvuga indoro y'impuhwe no kumworohera, ntabwo ikigamijwe ari indoro ya rusange, kubera ko Allah Nyir'ubutagatifu nta na kimwe ayoberwa ngo kimwisobe.
+Ibi bikorwa ni bimwe mu bikorwa by'urukozasoni kandi bihambaye ku kiremwamuntu, kuko bihabanye na kamere ya kimuntu, no kugabanya urubyayo, ndetse no kwangiza ubuzima bwo kubana hagati y'abashakanye, no kubiba urwango n'ubushyamirane, no gukora imibonano mu myanya ivamo umwanda.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/58091</t>
+  </si>
+  <si>
+    <t>قلت: يا رسول الله، ما حق زوجة أحدنا عليه؟، قال: أن تطعمها إذا طعمت، وتكسوها إذا اكتسيت، أو اكتسبت، ولا تضرب الوجه، ولا تقبح، ولا تهجر إلا في البيت</t>
+  </si>
+  <si>
+    <t>Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Yewe Ntumwa y'Imana! Ni ubuhe burenganzira umugore w'umwe muri twe amufiteho? Irasubiza iti: "Ni ukumuha ibyo kurya igihe nawe uriye, no kumwambika igihe nawe wambaye cyangwa se hari icyo wabonye, no kutamukubita mu buranga, no kutamugirira nabi, kandi nta kagire ahandi yahukanira hatari mu rugo</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاوِيَةَ الْقُشَيْرِيِّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ»</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Muawiyat Al Qushayriyu (Imana imwishimire) yaravuze ati: Nabajije Intumwa y'Imana (Imana iyihe amahoro n'imigisha) nti: Yewe Ntumwa y'Imana! Ni ubuhe burenganzira umugore w'umwe muri twe amufiteho? Irasubiza iti: "Ni ukumuha ibyo kurya igihe nawe uriye, no kumwambika igihe nawe wambaye cyangwa se hari icyo wabonye, no kutamukubita mu buranga, no kutamugirira nabi, kandi nta kagire ahandi yahukanira hatari mu rugo."</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم ما حقُّ الزوجة على زوجها؟ فذَكر النبيُّ صلى الله عليه وسلم أمورًا، ومنها: 
+أولًا: لا تَخُصّ نفسَك بالطعام دونها؛ بل تطعمها كلما أكلتَ وطعمتَ. 
+ثانيًا: لا تخص نفسك بالكسوة واللباس، بل تكسوها إذا اكتسيتَ، وإذا اكتسبت واستطعت. 
+ثالثًا: لا تُضرب إلا لسبب وحاجة، وإذا احتاج إلى ضربها للتأديب أو لتركها بعض الفرائض فيكون ضربًا غير مُبَرِّح؛ ولا يُضرب الوجه؛ لأن الوجه أعظم الأعضاء وأظهرها ومشتمل على أجزاء شريفة وأعضاء لطيفة. 
+رابعًا: لا تَشْتُم أو تقل: قَبَّحَ اللهُ وجهَك؛ فلا تنسبه ولا شيئًا من بدنها إلى القُبْح الذي هو ضد الحُسْن؛ لأن الله تعالى هو صَوَّرَ وجهَ الإنسان وجِسْمَه، وأحسن كل شيء خلقه، وذَمُّ الخِلْقة يعود إلى مَذَمَّة الخَالق والعياذ بالله. 
+خامسًا: لا تَهْجُر إلا في المَضْجَع، ولا تَتَحَوَّل عنها، ولا تُحَوِّلها إلى دار أخرى؛ ولعل ذلك فيما يعتاد وقوعه من الهجر بين الزوج والزوجة.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yabajijwe ku bijyanye n'uburenganzira bw'umugore ku mugabo we? Nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ivuga bimwe muri byo, ari byo:
+Icya mbere: Kutagira ibyo kurya by'umwihariko umuretse, ahubwo ko mugomba gusangira.
+Icya kabiri: Kutiyambika wenyine ngo umureke, ahubwo nawe ugomba kumwambika igihe wiguriye imyambaro, cyangwa se igihe hari icyo wabonye kandi ushoboye.
+Icya gatatu: Ntukamukubite cyeretse bibaye ngombwa nko kumuhana, cyangwa se hari ibyo ategetswe atakoze, kandi n'iyo bibayeho wirinda kumukomeretsa, ukirinda mu buranga bwe, kubera ko uburanga ni ho hantu hahambaye ku mubiri kandi hagaragara hubahitse hakaba hari na zimwe mu ngingo zoroshye.
+Icya kane: Ntugatukane cyangwa ngo uvuge ngo Allah ahindanye uburanga bwawe, ntukagira rumwe mu ngingo ze uvuga ko ari rubi, kubera ko Allah ari we wamuhaye ishusho nziza ndetse n'umubiri we, kandi akabigira byiza mu ishusho nziza. Gutuka imiremekere y'umuntu rero uba unenze uwamuremye Allah abiturinde.
+Icya gatanu: Ntakahukane ajya ahandi hatari mu cyumba cye, mu buryamo bwe, ngo ajye mu kindi cyumba cyangwa se mu yindi nzu, ariko ibi ni kuri bya bindi biba bimenyerewe bituma umugore yahukana umugabo we.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة على معرفة الحقوق التي عليهم أداؤها لغيرهم، ومعرفة الحقوق التي لهم.
+ وجوب النفقة والكسوة والسكنى للمرأة على زوجها.
+النهي عن التقبيح المعنوي والحسي.
+من التقبيح المنهي عنه أن يقول: أنت من قبيلةٍ رديئة، أو من عائلة سيئة، أو ما أشبه ذلك.</t>
+  </si>
+  <si>
+    <t>Abasangirangendo b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) bashishikazwaga no kumenya uburenganzira bw'abandi ngo babwubahirize, ndetse no kumenya ubwabo.
+Ni itegeko ku mugabo guha umugore we ibimutunga, n'icyo kwambara ndetse n'aho gutura.
+Kubuza guhindanya umuntu mu bigaragara n'ibitagaragara.
+Gusebya umuntu kubujijwe ni nko kuvuga uti: Wowe ukomoka mu muryango cyangwa se ubwoko bubi, cyangwa se ibindi nk'ibi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/58093</t>
+  </si>
+  <si>
     <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>Yewe mwana, jya uvuga ku izina rya Allah, urishe ukuboko kwawe kw'indyo ndetse unarye ibiri imbere yawe</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Umar Ibun Abi Salamat (Imana imwishimire) yaravuze ati: Nari nkiri umwana muto nderwa n'Intumwa y'Imana (Imana iyihe amahoro n'imigisha), mu gihe cyo kurya  nakoraga hirya no hino ku isahani, nuko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irambwira iti: "Yewe mwana, jya uvuga ku izina rya Allah, urishe ukuboko kwawe kw'indyo ndetse unarye ibiri imbere yawe". Kuva icyo gihe natangiye kujya ndya gutyo.</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Umar Ibun Abi Salamat (Imana imwishimire we na se), akaba yari umwana w'umwe mu bagore b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) witwaga Umu Salamat (Imana imwishimire), icyo gihe yarererwaga ku Ntumwa y'Imana; avuga ko igihe cyo kurya yajyaga arya mu mpande zose z'isahani, maze Intumwa y'Imana (Imana iyihe amahoro n'imigisha) imwigisha imyifatire itatu iranga uri kurya:
 Uwa mbere: Kuvuga Bismillah: Ku izina rya Allah atangiye kurya.
 Uwa kabiri: Kurisha ukuboko kwe kw'indyo.
 Uwa gatatu: Kurya ahereye imbere ye akarya ibimwegereye.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
@@ -14809,50 +15720,85 @@
     <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>Umwe muri mwe naramuka ariye, ajye arisha ukuboko kwe kw'indyo, nananywa ajye anywesha ukuboko kwe kw'indyo, kubera ko Shitani irisha imoso ikananywesha imoso</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Ibun Umar (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Umwe muri mwe naramuka ariye, ajye arisha ukuboko kwe kw'indyo, nananywa ajye anywesha ukuboko kwe kw'indyo, kubera ko Shitani irisha imoso ikananywesha imoso."</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) irategeka ko umuyisilamu akwiye kurya ndetse akanywa akoresheje ukuboko kwe kw'indyo, ndetse ikabuza kurya no kunywa akoresheje imoso, kubera ko Shitani arya ndetse akanywesha imoso.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Kubuza kwisanisha na Shitani yo irisha ndetse ikananywesha imoso.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58122</t>
+  </si>
+  <si>
+    <t>من كانت له امرأتان فمال إلى إحداهما، جاء يوم القيامة وشقه مائل</t>
+  </si>
+  <si>
+    <t>Uzaba afite abagore babiri akabogamira kuri umwe, ku munsi w'imperuka azaza uruhande rwe rumwe narwo rwarahengamye</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ كَانَتْ لَهُ امْرَأَتَانِ فَمَالَ إِلَى إِحْدَاهُمَا، جَاءَ يَوْمَ الْقِيَامَةِ وَشِقُّهُ مَائِلٌ».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Uzaba afite abagore babiri akabogamira kuri umwe, ku munsi w'imperuka azaza uruhande rwe rumwe narwo rwarahengamye."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن كانت له أكثر من زوجة، فلم يَعْدِل بين زوجاته العدلَ المُستطاع، من مساواة بينهن في الإنفاق والمسكن والملبس والمَبِيْت، بأنَّ عقابه يوم القيامة أن يكون نصفُ جسدِه مائلًا، وميلانه عقوبة له على جوره، كما مَالَ في معاملته.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko umuntu uzaba afite abagore barenze umwe, ariko ntarangwe n'ubutabera nkuko abishoboye hagati yabo, nko kubaringaniza mu kubaha ibibatunga, n'aho kuba, n'ibyo kwambara, no kurarana nabo, ko igihano cye ku munsi w'imperuka ari uko azaza uruhande rwe ruhengamye, kandi nabyo bikazaba ari igihano kubera amahugu yakoze nkuko yabogamye mu kubabanira.</t>
+  </si>
+  <si>
+    <t>وجوب القَسْمِ على الرجل بين زوجتيه أو زوجاته، ويَحْرُم عليه المَيْلُ إلى إحداهنَّ عن الأخرى، فيما يقدر عليه من النفقة، والمبيت، وحسن المقابلة، ونحو ذلك.
+التسوية في القِسْمَة ونحو ذلك، فيما يملك الإنسان، أما ما لا يملكه كالمحبة والمَيْل القلبي فإنه لا يدخل في الحديث، وهو المقصود في قوله تعالى: {ولن تستطيعوا أن تعدلوا بين النساء ولو حرصتم} [النساء: 129].
+الجزاء يكون من جنس العمل، فإنَّ الرجل لما مال في الدنيا من زوجةٍ إلى أخرى، جاء يوم القيامة مائلًا أحدُ شِقَّيْه عن الآخر.
+تعظيم حقوق العباد، وأنه لا يُسامَح فيها؛ لأنها مبنيةٌ على الشُّحِّ والتَّقَصِّي.
+استحباب الاقتصار على زوجةٍ واحدةٍ، إذا خاف الرجل أن لا يعدل بين زوجاته؛ لئلا يقع في التقصير في الدين؛ قال تعالى: {فَإِنْ خِفْتُمْ أَلَّا تَعْدِلُوا فَوَاحِدَةً} [النساء: 3].</t>
+  </si>
+  <si>
+    <t>Ni itegeko ku mugabo kuringaniza hagati y'abagore be, kandi ni ikizira kuri we kubogamira kuri umwe muri bo mu byo ashoboye nko kubaha ibibatunga, n'amajoro ararana nabo, no kubakira neza ndetse n'ibindi.
+Kuringaniza hagati yabo ndetse n'ibindi mu byo umuntu ashoboye, naho mu byo adashoboye nko mu kubakunda, no kuba umutima wakunda umwe muri bo, ibi ntabwo ari byo bivugwa muri Hadith, ndetse ni nabyo byavuzwe muri iyi mvugo ya Allah igira iti: {Nta n’ubwo muzigera mushobora kugira uburinganire (mu rukundo) hagati y’abagore kabone n’ubwo mwakwitwararika...} [Surat A-Nisa'i: 129].
+Ineza yiturwa indi, kubera ko umugabo ku isi yabogamiye kuri umwe mu bagore be, niyo mpamvu ku munsi w'imperuka nawe azazurwa ahengamye uruhande rumwe.
+Kugaragaza ubuhambare bw'uburenganzira bw'abagaragu, kandi ko hatajya habamo kubabarira, kuko bwubakiye ku kwikubira.
+Gushishikariza gutunga umugore umwe igihe umugabo atinya kutazabaringaniza hagati yabo, kugira ngo atazagira ukudohoka mu kubahiriza amategeko y'idini; Allah Nyir'ubutagatifu aragira ati: {Nimutinya kuba mutabaringaniza hagati yabo, muzarongore umwe...} [Surat A-Nisa'i: 3]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/58125</t>
   </si>
   <si>
     <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>Mu by'ukuri Allah yababariye abayoboke banjye ibyo imitima yabo yatekereza ariko ntibabikore cyangwa se ngo babivuge</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>Hadith yaturutse kwa Abi Hurayrat (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Mu by'ukuri Allah yababariye abayoboke banjye ibyo imitima yabo yatekereza ariko ntibabikore cyangwa se ngo babivuge."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iravuga ko umuyisilamu ataryozwa ibyo yatekereje ku mutima we gukora bibi igihe atarabikora cyangwa se ngo abivuge, kubera ko ibyo Allah yabimubabariye, bityo Allah ntahanira abayoboke b'Intumwa y'Imana (Imana iyihe amahoro n'imigisha) ibikiri mu ntekerezo n'imigambi bagishidikanyaho igihe cyose bitashikama mu mitima yabo nk'ubwibone, uburyarya cyangwa se ibikorwa n'ingingo z'imibiri yabo cyangwa se ngo babivuge n'indimi zabo, kuko ibyo byo barabihanirwa.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
@@ -15039,50 +15985,87 @@
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ko buri icyo ari cyo cyose kiyobya ubwenge kiba ari inzoga ari ikiyobyabwenge, yaba yakinyweye cyangwa se yakiriye cyangwa se yagishoreje cyangwa se yabigenje ukundi. Kandi ko buri gisindisha cyose kiyobya ubwenge Allah yakiziririje ndetse aranakibuza, cyaba gicye cyangwa se cyinshi. Kandi ko buri wese unyweye bumwe muri ubu bwoko bw'ibisindisha, akanabihozaho ntiyicuze kugeza ubwo apfuye, uwo aba akwiye ibihano bya Allah no kuzamwima iriya nzoga mu ijuru.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Impamvu inzoga yagizwe ikizira nuko isindisha, na buri gisindisha cyose mu bwoko ubwo ari bwo bwose cyaba gikozemo ni ikizira.
 Allah Nyir'ubutagatifu yaziririje inzoga, kubera ko ikubiyemo ibibi n'ingorane nyinshi kandi zihambaye.
 Kuba inzoga izanywebwa mu ijuru ni mu rwego rwo gukomeza kugira umunezero n'uburyohe bwuzuye, n'ingabire zuzuye.
 Utazifata ngo areke kunywa inzoga hano ku isi, Allah azazimuziririza ku munsi w'imperuka mu ijuru. Kandi ineza yiturwa indi.
 Gushishikariza kwihutira kwicuza ibyaha mbere y'urupfu.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rw/browse/hadith/58259</t>
+  </si>
+  <si>
+    <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
+  </si>
+  <si>
+    <t>Muzarwanye ababangikanyamana n'imitungo yanyu, namwe ubwanyu ndetse n'indimi zanyu</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
+  </si>
+  <si>
+    <t>Hadith yaturutse kwa Anas Ibun Malik (Imana imwishimire) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: "Muzarwanye ababangikanyamana n'imitungo yanyu, namwe ubwanyu ndetse n'indimi zanyu."</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
+أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
+ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
+ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yategetse kurwanya abahakanyi no gukora ibishoboka byose mu kubarwanya mu buryo ubwo ari bwo bwose, mu bushobozi ubwo ari bwo bwose, kugira ngo ijambo rya Allah ryogere; no muri byo:
+Icya mbere: Gutanga umutungo mu kubarwanya, nko kugura intwaro, n'ibitunga abari ku rugamba n'ibindi nk'ibyo.
+Icya kabiri: Kujya ku rugamba ubwanyu kugira ngo muhure nabo munabarwanye.
+Icya gatatu: Kubahamagarira kuyoboka iri dini n'ururimi, no kubagaragariza gihamya n'ibimenyetso, no kubamagana, ndetse no kubasubiza.</t>
+  </si>
+  <si>
+    <t>الحث على جهاد المشركين بالنفس والمال واللسان؛ كلٌّ بحسب استطاعته، وأنّ الجهاد لا يَقْتَصِرُ على المقاتلة بالنفس.
+الأمر بالجهاد للوجوب، وقد يكون واجبًا عَيْنيًّا، وقد يكون واجبًا كِفَائيًّا.
+شرع الله الجهاد لأمور منها: أولًا: مقاومة الشرك والمشركين؛ لأن الله لا يقبل الشرك أبدًا، ثانيًا: إزالة العَقَبَات التي تَعْتَرِض سبيل الدعوة إلى الله، ثالثًا: حماية العقيدة من كل ما يُضَادُّها، رابعًا: الدفاع عن المسلمين وعن أوطانهم وأعراضهم وأموالهم.</t>
+  </si>
+  <si>
+    <t>Gushishikariza kurwanya ababangikanyamana, kuri twe , no ku mitungo, no ku rurimi, bijyanye n'ubushobozi, kandi ko guharanira inzira ya Allah atari ukujya kwica abantu gusa.
+Itegeko ryo guharanira inzira ya Allah ni itegeko; hari ubwo ryaba rireba buri wese, cyangwa se bamwe bagahagararirwa muri ryo.
+Allah yategetse guharanira inzira ye kubera impamvu zitandukanye; Iya mbere: Ni ukurwanya ibangikanyamana n'ababangikanyamana, kubera ko Allah atajya yemera kumubangikanya, iya kabiri: Ni ugukuraho imbogamizi zabangamira ivugabutumwa, iya gatatu: Ni ukurinda imyemerere ibyo ari byo byose bihabanye nayo, iya kane: Ni ukurinda abayisilamu, n'aho batuye, n'icyubahiro cyabo, ndetse n'imitungo yabo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rw/browse/hadith/64597</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Uzica Mu'ahad (umuntu ufitanye n'abayisilamu isezerano ryo kumurindira umutekano) ntazigera yumva impumuro y'ijuru, kandi iyo mpumuro yumvirwa mu ntera ingana n'urugendo rw'imyaka mirongo ine</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Hadithi yaturutse kwa Abdillah Ibun Amri (Imana imwishimire we na se) yavuze ko Intumwa y'Imana (Imana iyihe amahoro n'imigisha) yavuze iti: Uzica Mu'ahad (umuntu ufitanye n'abayisilamu isezerano ryo kumurindira umutekano) ntazigera yumva impumuro y'ijuru, kandi iyo mpumuro yumvirwa mu ntera ingana n'urugendo rw'imyaka mirongo ine.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (Imana iyihe amahoro n'imigisha) iragaragaza ibihano bihambaye by'umuntu wica Mu'ahid (ni uwo ari we wese mu bahakanyi ubana n'abayisilamu ku bw'amasezerano  yo kurindirwa umutekano, ko uwamwica atazigera yumva impumuro y'ijuru, kandi yumvikanira mu ntera y'ahangana n'urugendo rw'imyaka mirongo ine.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
@@ -19927,51 +20910,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O537"/>
+  <dimension ref="A1:O564"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -27462,17718 +28445,18987 @@
       </c>
       <c r="I161" t="s">
         <v>1498</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
         <v>170</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>171</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
         <v>1499</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4176</v>
+        <v>3868</v>
       </c>
       <c r="B162" t="s">
         <v>1500</v>
       </c>
       <c r="C162" t="s">
         <v>1501</v>
       </c>
       <c r="D162" t="s">
         <v>1502</v>
       </c>
       <c r="E162" t="s">
         <v>1503</v>
       </c>
       <c r="F162" t="s">
         <v>1504</v>
       </c>
       <c r="G162" t="s">
         <v>1505</v>
       </c>
       <c r="H162" t="s">
         <v>1506</v>
       </c>
       <c r="I162" t="s">
         <v>1507</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4186</v>
+        <v>3910</v>
       </c>
       <c r="B163" t="s">
         <v>1509</v>
       </c>
       <c r="C163" t="s">
         <v>1510</v>
       </c>
       <c r="D163" t="s">
         <v>1511</v>
       </c>
       <c r="E163" t="s">
         <v>1512</v>
       </c>
       <c r="F163" t="s">
         <v>1513</v>
       </c>
       <c r="G163" t="s">
         <v>1514</v>
       </c>
       <c r="H163" t="s">
         <v>1515</v>
       </c>
       <c r="I163" t="s">
         <v>1516</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>59</v>
+        <v>746</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>61</v>
+        <v>747</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4196</v>
+        <v>4176</v>
       </c>
       <c r="B164" t="s">
         <v>1518</v>
       </c>
       <c r="C164" t="s">
         <v>1519</v>
       </c>
       <c r="D164" t="s">
         <v>1520</v>
       </c>
       <c r="E164" t="s">
         <v>1521</v>
       </c>
       <c r="F164" t="s">
         <v>1522</v>
       </c>
       <c r="G164" t="s">
         <v>1523</v>
       </c>
       <c r="H164" t="s">
         <v>1524</v>
       </c>
       <c r="I164" t="s">
         <v>1525</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4198</v>
+        <v>4177</v>
       </c>
       <c r="B165" t="s">
         <v>1527</v>
       </c>
       <c r="C165" t="s">
         <v>1528</v>
       </c>
       <c r="D165" t="s">
         <v>1529</v>
       </c>
       <c r="E165" t="s">
         <v>1530</v>
       </c>
       <c r="F165" t="s">
         <v>1531</v>
       </c>
       <c r="G165" t="s">
         <v>1532</v>
       </c>
       <c r="H165" t="s">
         <v>1533</v>
       </c>
       <c r="I165" t="s">
         <v>1534</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
         <v>1535</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4202</v>
+        <v>4180</v>
       </c>
       <c r="B166" t="s">
         <v>1536</v>
       </c>
       <c r="C166" t="s">
         <v>1537</v>
       </c>
       <c r="D166" t="s">
         <v>1538</v>
       </c>
       <c r="E166" t="s">
         <v>1539</v>
       </c>
       <c r="F166" t="s">
         <v>1540</v>
       </c>
       <c r="G166" t="s">
         <v>1541</v>
       </c>
       <c r="H166" t="s">
         <v>1542</v>
       </c>
       <c r="I166" t="s">
         <v>1543</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
         <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4204</v>
+        <v>4186</v>
       </c>
       <c r="B167" t="s">
         <v>1545</v>
       </c>
       <c r="C167" t="s">
         <v>1546</v>
       </c>
       <c r="D167" t="s">
         <v>1547</v>
       </c>
       <c r="E167" t="s">
         <v>1548</v>
       </c>
       <c r="F167" t="s">
         <v>1549</v>
       </c>
       <c r="G167" t="s">
         <v>1550</v>
       </c>
       <c r="H167" t="s">
         <v>1551</v>
       </c>
       <c r="I167" t="s">
         <v>1552</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1553</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4206</v>
+        <v>4195</v>
       </c>
       <c r="B168" t="s">
         <v>1554</v>
       </c>
       <c r="C168" t="s">
         <v>1555</v>
       </c>
       <c r="D168" t="s">
         <v>1556</v>
       </c>
       <c r="E168" t="s">
         <v>1557</v>
       </c>
       <c r="F168" t="s">
         <v>1558</v>
       </c>
       <c r="G168" t="s">
         <v>1559</v>
       </c>
       <c r="H168" t="s">
         <v>1560</v>
       </c>
       <c r="I168" t="s">
         <v>1561</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4211</v>
+        <v>4196</v>
       </c>
       <c r="B169" t="s">
         <v>1563</v>
       </c>
       <c r="C169" t="s">
         <v>1564</v>
       </c>
       <c r="D169" t="s">
         <v>1565</v>
       </c>
       <c r="E169" t="s">
         <v>1566</v>
       </c>
       <c r="F169" t="s">
         <v>1567</v>
       </c>
       <c r="G169" t="s">
         <v>1568</v>
       </c>
       <c r="H169" t="s">
         <v>1569</v>
       </c>
       <c r="I169" t="s">
         <v>1570</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4216</v>
+        <v>4198</v>
       </c>
       <c r="B170" t="s">
         <v>1572</v>
       </c>
       <c r="C170" t="s">
         <v>1573</v>
       </c>
       <c r="D170" t="s">
         <v>1574</v>
       </c>
       <c r="E170" t="s">
         <v>1575</v>
       </c>
       <c r="F170" t="s">
         <v>1576</v>
       </c>
       <c r="G170" t="s">
         <v>1577</v>
       </c>
       <c r="H170" t="s">
         <v>1578</v>
       </c>
       <c r="I170" t="s">
         <v>1579</v>
       </c>
       <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
+        <v>25</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>27</v>
+      </c>
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
         <v>1580</v>
-      </c>
-[...13 lines deleted...]
-        <v>1584</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4243</v>
+        <v>4202</v>
       </c>
       <c r="B171" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1583</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F171" t="s">
         <v>1585</v>
       </c>
-      <c r="C171" t="s">
+      <c r="G171" t="s">
         <v>1586</v>
       </c>
-      <c r="D171" t="s">
+      <c r="H171" t="s">
         <v>1587</v>
       </c>
-      <c r="E171" t="s">
+      <c r="I171" t="s">
         <v>1588</v>
-      </c>
-[...10 lines deleted...]
-        <v>1592</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4292</v>
+        <v>4204</v>
       </c>
       <c r="B172" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F172" t="s">
         <v>1594</v>
       </c>
-      <c r="C172" t="s">
+      <c r="G172" t="s">
         <v>1595</v>
       </c>
-      <c r="D172" t="s">
+      <c r="H172" t="s">
         <v>1596</v>
       </c>
-      <c r="E172" t="s">
+      <c r="I172" t="s">
         <v>1597</v>
       </c>
-      <c r="F172" t="s">
+      <c r="J172" t="s">
+        <v>24</v>
+      </c>
+      <c r="K172" t="s">
+        <v>47</v>
+      </c>
+      <c r="L172" t="s">
+        <v>26</v>
+      </c>
+      <c r="M172" t="s">
+        <v>48</v>
+      </c>
+      <c r="N172" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" t="s">
         <v>1598</v>
-      </c>
-[...25 lines deleted...]
-        <v>1604</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4295</v>
+        <v>4206</v>
       </c>
       <c r="B173" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F173" t="s">
+        <v>1603</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H173" t="s">
         <v>1605</v>
       </c>
-      <c r="C173" t="s">
+      <c r="I173" t="s">
         <v>1606</v>
-      </c>
-[...16 lines deleted...]
-        <v>1612</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1613</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4303</v>
+        <v>4211</v>
       </c>
       <c r="B174" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F174" t="s">
+        <v>1612</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H174" t="s">
         <v>1614</v>
       </c>
-      <c r="C174" t="s">
+      <c r="I174" t="s">
         <v>1615</v>
       </c>
-      <c r="D174" t="s">
+      <c r="J174" t="s">
+        <v>24</v>
+      </c>
+      <c r="K174" t="s">
+        <v>25</v>
+      </c>
+      <c r="L174" t="s">
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
+        <v>27</v>
+      </c>
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
         <v>1616</v>
-      </c>
-[...31 lines deleted...]
-        <v>1622</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4304</v>
+        <v>4216</v>
       </c>
       <c r="B175" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F175" t="s">
+        <v>1621</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H175" t="s">
         <v>1623</v>
       </c>
-      <c r="C175" t="s">
+      <c r="I175" t="s">
         <v>1624</v>
       </c>
-      <c r="D175" t="s">
+      <c r="J175" t="s">
         <v>1625</v>
       </c>
-      <c r="E175" t="s">
+      <c r="K175" t="s">
         <v>1626</v>
       </c>
-      <c r="F175" t="s">
+      <c r="L175" t="s">
         <v>1627</v>
       </c>
-      <c r="G175" t="s">
+      <c r="M175" t="s">
         <v>1628</v>
       </c>
-      <c r="H175" t="s">
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
         <v>1629</v>
-      </c>
-[...19 lines deleted...]
-        <v>1631</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4307</v>
+        <v>4220</v>
       </c>
       <c r="B176" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D176" t="s">
         <v>1632</v>
       </c>
-      <c r="C176" t="s">
+      <c r="E176" t="s">
         <v>1633</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176" t="s">
         <v>1634</v>
       </c>
-      <c r="E176" t="s">
+      <c r="G176" t="s">
         <v>1635</v>
       </c>
-      <c r="F176" t="s">
+      <c r="H176" t="s">
         <v>1636</v>
       </c>
-      <c r="G176" t="s">
+      <c r="I176" t="s">
         <v>1637</v>
       </c>
-      <c r="H176" t="s">
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>25</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>27</v>
+      </c>
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
         <v>1638</v>
-      </c>
-[...19 lines deleted...]
-        <v>1642</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4308</v>
+        <v>4242</v>
       </c>
       <c r="B177" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1641</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F177" t="s">
         <v>1643</v>
       </c>
-      <c r="C177" t="s">
+      <c r="G177" t="s">
         <v>1644</v>
       </c>
-      <c r="D177" t="s">
+      <c r="H177" t="s">
         <v>1645</v>
       </c>
-      <c r="E177" t="s">
+      <c r="I177" t="s">
         <v>1646</v>
       </c>
-      <c r="F177" t="s">
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>25</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>27</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
         <v>1647</v>
-      </c>
-[...25 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4309</v>
+        <v>4243</v>
       </c>
       <c r="B178" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F178" t="s">
         <v>1652</v>
       </c>
-      <c r="C178" t="s">
+      <c r="G178" t="s">
         <v>1653</v>
       </c>
-      <c r="D178" t="s">
+      <c r="H178" t="s">
         <v>1654</v>
       </c>
-      <c r="E178" t="s">
+      <c r="I178" t="s">
         <v>1655</v>
       </c>
-      <c r="F178" t="s">
+      <c r="J178" t="s">
+        <v>24</v>
+      </c>
+      <c r="K178" t="s">
+        <v>25</v>
+      </c>
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="M178" t="s">
+        <v>27</v>
+      </c>
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
         <v>1656</v>
-      </c>
-[...25 lines deleted...]
-        <v>1660</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4311</v>
+        <v>4292</v>
       </c>
       <c r="B179" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F179" t="s">
         <v>1661</v>
       </c>
-      <c r="C179" t="s">
+      <c r="G179" t="s">
         <v>1662</v>
       </c>
-      <c r="D179" t="s">
+      <c r="H179" t="s">
         <v>1663</v>
       </c>
-      <c r="E179" t="s">
+      <c r="I179" t="s">
         <v>1664</v>
       </c>
-      <c r="F179" t="s">
+      <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="K179" t="s">
         <v>1665</v>
       </c>
-      <c r="G179" t="s">
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
         <v>1666</v>
       </c>
-      <c r="H179" t="s">
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
         <v>1667</v>
-      </c>
-[...19 lines deleted...]
-        <v>1669</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4314</v>
+        <v>4295</v>
       </c>
       <c r="B180" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D180" t="s">
         <v>1670</v>
       </c>
-      <c r="C180" t="s">
+      <c r="E180" t="s">
         <v>1671</v>
       </c>
-      <c r="D180" t="s">
+      <c r="F180" t="s">
         <v>1672</v>
       </c>
-      <c r="E180" t="s">
+      <c r="G180" t="s">
         <v>1673</v>
       </c>
-      <c r="F180" t="s">
+      <c r="H180" t="s">
         <v>1674</v>
       </c>
-      <c r="G180" t="s">
+      <c r="I180" t="s">
         <v>1675</v>
-      </c>
-[...4 lines deleted...]
-        <v>1677</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
         <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1678</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4316</v>
+        <v>4303</v>
       </c>
       <c r="B181" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D181" t="s">
         <v>1679</v>
       </c>
-      <c r="C181" t="s">
+      <c r="E181" t="s">
         <v>1680</v>
       </c>
-      <c r="D181" t="s">
+      <c r="F181" t="s">
         <v>1681</v>
       </c>
-      <c r="E181" t="s">
+      <c r="G181" t="s">
         <v>1682</v>
       </c>
-      <c r="F181" t="s">
+      <c r="H181" t="s">
         <v>1683</v>
       </c>
-      <c r="G181" t="s">
+      <c r="I181" t="s">
         <v>1684</v>
       </c>
-      <c r="H181" t="s">
+      <c r="J181" t="s">
+        <v>757</v>
+      </c>
+      <c r="K181" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L181" t="s">
+        <v>759</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
         <v>1685</v>
-      </c>
-[...19 lines deleted...]
-        <v>1687</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4318</v>
+        <v>4304</v>
       </c>
       <c r="B182" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D182" t="s">
         <v>1688</v>
       </c>
-      <c r="C182" t="s">
+      <c r="E182" t="s">
         <v>1689</v>
       </c>
-      <c r="D182" t="s">
+      <c r="F182" t="s">
         <v>1690</v>
       </c>
-      <c r="E182" t="s">
+      <c r="G182" t="s">
         <v>1691</v>
       </c>
-      <c r="F182" t="s">
+      <c r="H182" t="s">
         <v>1692</v>
       </c>
-      <c r="G182" t="s">
+      <c r="I182" t="s">
         <v>1693</v>
       </c>
-      <c r="H182" t="s">
+      <c r="J182" t="s">
+        <v>24</v>
+      </c>
+      <c r="K182" t="s">
+        <v>25</v>
+      </c>
+      <c r="L182" t="s">
+        <v>26</v>
+      </c>
+      <c r="M182" t="s">
+        <v>27</v>
+      </c>
+      <c r="N182" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" t="s">
         <v>1694</v>
-      </c>
-[...19 lines deleted...]
-        <v>1696</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4319</v>
+        <v>4307</v>
       </c>
       <c r="B183" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D183" t="s">
         <v>1697</v>
       </c>
-      <c r="C183" t="s">
+      <c r="E183" t="s">
         <v>1698</v>
       </c>
-      <c r="D183" t="s">
+      <c r="F183" t="s">
         <v>1699</v>
       </c>
-      <c r="E183" t="s">
+      <c r="G183" t="s">
         <v>1700</v>
       </c>
-      <c r="F183" t="s">
+      <c r="H183" t="s">
         <v>1701</v>
       </c>
-      <c r="G183" t="s">
+      <c r="I183" t="s">
         <v>1702</v>
       </c>
-      <c r="H183" t="s">
+      <c r="J183" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K183" t="s">
         <v>1703</v>
       </c>
-      <c r="I183" t="s">
+      <c r="L183" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M183" t="s">
         <v>1704</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>1705</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4322</v>
+        <v>4308</v>
       </c>
       <c r="B184" t="s">
         <v>1706</v>
       </c>
       <c r="C184" t="s">
         <v>1707</v>
       </c>
       <c r="D184" t="s">
         <v>1708</v>
       </c>
       <c r="E184" t="s">
         <v>1709</v>
       </c>
       <c r="F184" t="s">
         <v>1710</v>
       </c>
       <c r="G184" t="s">
         <v>1711</v>
       </c>
       <c r="H184" t="s">
         <v>1712</v>
       </c>
       <c r="I184" t="s">
         <v>1713</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
         <v>1714</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4538</v>
+        <v>4309</v>
       </c>
       <c r="B185" t="s">
         <v>1715</v>
       </c>
       <c r="C185" t="s">
         <v>1716</v>
       </c>
       <c r="D185" t="s">
         <v>1717</v>
       </c>
       <c r="E185" t="s">
         <v>1718</v>
       </c>
       <c r="F185" t="s">
         <v>1719</v>
       </c>
       <c r="G185" t="s">
         <v>1720</v>
       </c>
       <c r="H185" t="s">
         <v>1721</v>
       </c>
       <c r="I185" t="s">
         <v>1722</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
         <v>1723</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4549</v>
+        <v>4311</v>
       </c>
       <c r="B186" t="s">
         <v>1724</v>
       </c>
       <c r="C186" t="s">
         <v>1725</v>
       </c>
       <c r="D186" t="s">
         <v>1726</v>
       </c>
       <c r="E186" t="s">
         <v>1727</v>
       </c>
       <c r="F186" t="s">
         <v>1728</v>
       </c>
       <c r="G186" t="s">
         <v>1729</v>
       </c>
       <c r="H186" t="s">
         <v>1730</v>
       </c>
       <c r="I186" t="s">
         <v>1731</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
         <v>25</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
         <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>1732</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4555</v>
+        <v>4314</v>
       </c>
       <c r="B187" t="s">
         <v>1733</v>
       </c>
       <c r="C187" t="s">
         <v>1734</v>
       </c>
       <c r="D187" t="s">
         <v>1735</v>
       </c>
       <c r="E187" t="s">
         <v>1736</v>
       </c>
       <c r="F187" t="s">
         <v>1737</v>
       </c>
       <c r="G187" t="s">
         <v>1738</v>
       </c>
       <c r="H187" t="s">
         <v>1739</v>
       </c>
       <c r="I187" t="s">
         <v>1740</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1741</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4556</v>
+        <v>4316</v>
       </c>
       <c r="B188" t="s">
         <v>1742</v>
       </c>
       <c r="C188" t="s">
         <v>1743</v>
       </c>
       <c r="D188" t="s">
         <v>1744</v>
       </c>
       <c r="E188" t="s">
         <v>1745</v>
       </c>
       <c r="F188" t="s">
         <v>1746</v>
       </c>
       <c r="G188" t="s">
         <v>1747</v>
       </c>
       <c r="H188" t="s">
         <v>1748</v>
       </c>
       <c r="I188" t="s">
         <v>1749</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
         <v>1750</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4558</v>
+        <v>4318</v>
       </c>
       <c r="B189" t="s">
         <v>1751</v>
       </c>
       <c r="C189" t="s">
         <v>1752</v>
       </c>
       <c r="D189" t="s">
         <v>1753</v>
       </c>
       <c r="E189" t="s">
         <v>1754</v>
       </c>
       <c r="F189" t="s">
         <v>1755</v>
       </c>
       <c r="G189" t="s">
         <v>1756</v>
       </c>
       <c r="H189" t="s">
         <v>1757</v>
       </c>
       <c r="I189" t="s">
         <v>1758</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>170</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>171</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4559</v>
+        <v>4319</v>
       </c>
       <c r="B190" t="s">
         <v>1760</v>
       </c>
       <c r="C190" t="s">
         <v>1761</v>
       </c>
       <c r="D190" t="s">
         <v>1762</v>
       </c>
       <c r="E190" t="s">
         <v>1763</v>
       </c>
       <c r="F190" t="s">
         <v>1764</v>
       </c>
       <c r="G190" t="s">
         <v>1765</v>
       </c>
       <c r="H190" t="s">
         <v>1766</v>
       </c>
       <c r="I190" t="s">
         <v>1767</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
         <v>1768</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4560</v>
+        <v>4322</v>
       </c>
       <c r="B191" t="s">
         <v>1769</v>
       </c>
       <c r="C191" t="s">
         <v>1770</v>
       </c>
       <c r="D191" t="s">
         <v>1771</v>
       </c>
       <c r="E191" t="s">
         <v>1772</v>
       </c>
       <c r="F191" t="s">
         <v>1773</v>
       </c>
       <c r="G191" t="s">
         <v>1774</v>
       </c>
       <c r="H191" t="s">
         <v>1775</v>
       </c>
       <c r="I191" t="s">
         <v>1776</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4563</v>
+        <v>4538</v>
       </c>
       <c r="B192" t="s">
         <v>1778</v>
       </c>
       <c r="C192" t="s">
         <v>1779</v>
       </c>
       <c r="D192" t="s">
         <v>1780</v>
       </c>
       <c r="E192" t="s">
         <v>1781</v>
       </c>
       <c r="F192" t="s">
         <v>1782</v>
       </c>
       <c r="G192" t="s">
         <v>1783</v>
       </c>
       <c r="H192" t="s">
         <v>1784</v>
       </c>
       <c r="I192" t="s">
         <v>1785</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
         <v>1786</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4564</v>
+        <v>4549</v>
       </c>
       <c r="B193" t="s">
         <v>1787</v>
       </c>
       <c r="C193" t="s">
         <v>1788</v>
       </c>
       <c r="D193" t="s">
         <v>1789</v>
       </c>
       <c r="E193" t="s">
         <v>1790</v>
       </c>
       <c r="F193" t="s">
         <v>1791</v>
       </c>
       <c r="G193" t="s">
         <v>1792</v>
       </c>
       <c r="H193" t="s">
         <v>1793</v>
       </c>
       <c r="I193" t="s">
         <v>1794</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
+        <v>25</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>27</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
         <v>1795</v>
-      </c>
-[...10 lines deleted...]
-        <v>1797</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4566</v>
+        <v>4555</v>
       </c>
       <c r="B194" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D194" t="s">
         <v>1798</v>
       </c>
-      <c r="C194" t="s">
+      <c r="E194" t="s">
         <v>1799</v>
       </c>
-      <c r="D194" t="s">
+      <c r="F194" t="s">
         <v>1800</v>
       </c>
-      <c r="E194" t="s">
+      <c r="G194" t="s">
         <v>1801</v>
       </c>
-      <c r="F194" t="s">
+      <c r="H194" t="s">
         <v>1802</v>
       </c>
-      <c r="G194" t="s">
+      <c r="I194" t="s">
         <v>1803</v>
       </c>
-      <c r="H194" t="s">
+      <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="K194" t="s">
+        <v>170</v>
+      </c>
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
+        <v>171</v>
+      </c>
+      <c r="N194" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" t="s">
         <v>1804</v>
-      </c>
-[...19 lines deleted...]
-        <v>1806</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4568</v>
+        <v>4556</v>
       </c>
       <c r="B195" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D195" t="s">
         <v>1807</v>
       </c>
-      <c r="C195" t="s">
+      <c r="E195" t="s">
         <v>1808</v>
       </c>
-      <c r="D195" t="s">
+      <c r="F195" t="s">
         <v>1809</v>
       </c>
-      <c r="E195" t="s">
+      <c r="G195" t="s">
         <v>1810</v>
       </c>
-      <c r="F195" t="s">
+      <c r="H195" t="s">
         <v>1811</v>
       </c>
-      <c r="G195" t="s">
+      <c r="I195" t="s">
         <v>1812</v>
-      </c>
-[...4 lines deleted...]
-        <v>1814</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1815</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4704</v>
+        <v>4558</v>
       </c>
       <c r="B196" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D196" t="s">
         <v>1816</v>
       </c>
-      <c r="C196" t="s">
+      <c r="E196" t="s">
         <v>1817</v>
       </c>
-      <c r="D196" t="s">
+      <c r="F196" t="s">
         <v>1818</v>
       </c>
-      <c r="E196" t="s">
+      <c r="G196" t="s">
         <v>1819</v>
       </c>
-      <c r="F196" t="s">
+      <c r="H196" t="s">
         <v>1820</v>
       </c>
-      <c r="G196" t="s">
+      <c r="I196" t="s">
         <v>1821</v>
       </c>
-      <c r="H196" t="s">
+      <c r="J196" t="s">
+        <v>24</v>
+      </c>
+      <c r="K196" t="s">
+        <v>170</v>
+      </c>
+      <c r="L196" t="s">
+        <v>26</v>
+      </c>
+      <c r="M196" t="s">
+        <v>171</v>
+      </c>
+      <c r="N196" t="s">
+        <v>28</v>
+      </c>
+      <c r="O196" t="s">
         <v>1822</v>
-      </c>
-[...19 lines deleted...]
-        <v>1824</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4706</v>
+        <v>4559</v>
       </c>
       <c r="B197" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D197" t="s">
         <v>1825</v>
       </c>
-      <c r="C197" t="s">
+      <c r="E197" t="s">
         <v>1826</v>
       </c>
-      <c r="D197" t="s">
+      <c r="F197" t="s">
         <v>1827</v>
       </c>
-      <c r="E197" t="s">
+      <c r="G197" t="s">
         <v>1828</v>
       </c>
-      <c r="F197" t="s">
+      <c r="H197" t="s">
         <v>1829</v>
       </c>
-      <c r="G197" t="s">
+      <c r="I197" t="s">
         <v>1830</v>
       </c>
-      <c r="H197" t="s">
+      <c r="J197" t="s">
+        <v>24</v>
+      </c>
+      <c r="K197" t="s">
+        <v>47</v>
+      </c>
+      <c r="L197" t="s">
+        <v>26</v>
+      </c>
+      <c r="M197" t="s">
+        <v>48</v>
+      </c>
+      <c r="N197" t="s">
+        <v>28</v>
+      </c>
+      <c r="O197" t="s">
         <v>1831</v>
-      </c>
-[...19 lines deleted...]
-        <v>1833</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4709</v>
+        <v>4560</v>
       </c>
       <c r="B198" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D198" t="s">
         <v>1834</v>
       </c>
-      <c r="C198" t="s">
+      <c r="E198" t="s">
         <v>1835</v>
       </c>
-      <c r="D198" t="s">
+      <c r="F198" t="s">
         <v>1836</v>
       </c>
-      <c r="E198" t="s">
+      <c r="G198" t="s">
         <v>1837</v>
       </c>
-      <c r="F198" t="s">
+      <c r="H198" t="s">
         <v>1838</v>
       </c>
-      <c r="G198" t="s">
+      <c r="I198" t="s">
         <v>1839</v>
       </c>
-      <c r="H198" t="s">
+      <c r="J198" t="s">
+        <v>24</v>
+      </c>
+      <c r="K198" t="s">
+        <v>25</v>
+      </c>
+      <c r="L198" t="s">
+        <v>26</v>
+      </c>
+      <c r="M198" t="s">
+        <v>27</v>
+      </c>
+      <c r="N198" t="s">
+        <v>28</v>
+      </c>
+      <c r="O198" t="s">
         <v>1840</v>
-      </c>
-[...19 lines deleted...]
-        <v>1842</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4711</v>
+        <v>4563</v>
       </c>
       <c r="B199" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D199" t="s">
         <v>1843</v>
       </c>
-      <c r="C199" t="s">
+      <c r="E199" t="s">
         <v>1844</v>
       </c>
-      <c r="D199" t="s">
+      <c r="F199" t="s">
         <v>1845</v>
       </c>
-      <c r="E199" t="s">
+      <c r="G199" t="s">
         <v>1846</v>
       </c>
-      <c r="F199" t="s">
+      <c r="H199" t="s">
         <v>1847</v>
       </c>
-      <c r="G199" t="s">
+      <c r="I199" t="s">
         <v>1848</v>
       </c>
-      <c r="H199" t="s">
+      <c r="J199" t="s">
+        <v>24</v>
+      </c>
+      <c r="K199" t="s">
+        <v>170</v>
+      </c>
+      <c r="L199" t="s">
+        <v>26</v>
+      </c>
+      <c r="M199" t="s">
+        <v>171</v>
+      </c>
+      <c r="N199" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" t="s">
         <v>1849</v>
-      </c>
-[...19 lines deleted...]
-        <v>1855</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4716</v>
+        <v>4564</v>
       </c>
       <c r="B200" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F200" t="s">
+        <v>1854</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H200" t="s">
         <v>1856</v>
       </c>
-      <c r="C200" t="s">
+      <c r="I200" t="s">
         <v>1857</v>
       </c>
-      <c r="D200" t="s">
+      <c r="J200" t="s">
+        <v>24</v>
+      </c>
+      <c r="K200" t="s">
         <v>1858</v>
       </c>
-      <c r="E200" t="s">
+      <c r="L200" t="s">
+        <v>26</v>
+      </c>
+      <c r="M200" t="s">
         <v>1859</v>
       </c>
-      <c r="F200" t="s">
+      <c r="N200" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" t="s">
         <v>1860</v>
-      </c>
-[...25 lines deleted...]
-        <v>1864</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4717</v>
+        <v>4566</v>
       </c>
       <c r="B201" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1863</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1864</v>
+      </c>
+      <c r="F201" t="s">
         <v>1865</v>
       </c>
-      <c r="C201" t="s">
+      <c r="G201" t="s">
         <v>1866</v>
       </c>
-      <c r="D201" t="s">
+      <c r="H201" t="s">
         <v>1867</v>
       </c>
-      <c r="E201" t="s">
+      <c r="I201" t="s">
         <v>1868</v>
-      </c>
-[...10 lines deleted...]
-        <v>1872</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1873</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4721</v>
+        <v>4568</v>
       </c>
       <c r="B202" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1872</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1873</v>
+      </c>
+      <c r="F202" t="s">
         <v>1874</v>
       </c>
-      <c r="C202" t="s">
+      <c r="G202" t="s">
         <v>1875</v>
       </c>
-      <c r="D202" t="s">
+      <c r="H202" t="s">
         <v>1876</v>
       </c>
-      <c r="E202" t="s">
+      <c r="I202" t="s">
         <v>1877</v>
       </c>
-      <c r="F202" t="s">
+      <c r="J202" t="s">
+        <v>24</v>
+      </c>
+      <c r="K202" t="s">
+        <v>25</v>
+      </c>
+      <c r="L202" t="s">
+        <v>26</v>
+      </c>
+      <c r="M202" t="s">
+        <v>27</v>
+      </c>
+      <c r="N202" t="s">
+        <v>28</v>
+      </c>
+      <c r="O202" t="s">
         <v>1878</v>
-      </c>
-[...25 lines deleted...]
-        <v>1882</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4722</v>
+        <v>4704</v>
       </c>
       <c r="B203" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1881</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1882</v>
+      </c>
+      <c r="F203" t="s">
         <v>1883</v>
       </c>
-      <c r="C203" t="s">
+      <c r="G203" t="s">
         <v>1884</v>
       </c>
-      <c r="D203" t="s">
+      <c r="H203" t="s">
         <v>1885</v>
       </c>
-      <c r="E203" t="s">
+      <c r="I203" t="s">
         <v>1886</v>
       </c>
-      <c r="F203" t="s">
+      <c r="J203" t="s">
+        <v>24</v>
+      </c>
+      <c r="K203" t="s">
+        <v>47</v>
+      </c>
+      <c r="L203" t="s">
+        <v>26</v>
+      </c>
+      <c r="M203" t="s">
+        <v>48</v>
+      </c>
+      <c r="N203" t="s">
+        <v>28</v>
+      </c>
+      <c r="O203" t="s">
         <v>1887</v>
-      </c>
-[...25 lines deleted...]
-        <v>1893</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4723</v>
+        <v>4706</v>
       </c>
       <c r="B204" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1891</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1892</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H204" t="s">
         <v>1894</v>
       </c>
-      <c r="C204" t="s">
+      <c r="I204" t="s">
         <v>1895</v>
       </c>
-      <c r="D204" t="s">
+      <c r="J204" t="s">
+        <v>24</v>
+      </c>
+      <c r="K204" t="s">
+        <v>170</v>
+      </c>
+      <c r="L204" t="s">
+        <v>26</v>
+      </c>
+      <c r="M204" t="s">
+        <v>171</v>
+      </c>
+      <c r="N204" t="s">
+        <v>28</v>
+      </c>
+      <c r="O204" t="s">
         <v>1896</v>
-      </c>
-[...31 lines deleted...]
-        <v>1904</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4792</v>
+        <v>4709</v>
       </c>
       <c r="B205" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1901</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1903</v>
+      </c>
+      <c r="I205" t="s">
+        <v>1904</v>
+      </c>
+      <c r="J205" t="s">
+        <v>24</v>
+      </c>
+      <c r="K205" t="s">
+        <v>47</v>
+      </c>
+      <c r="L205" t="s">
+        <v>26</v>
+      </c>
+      <c r="M205" t="s">
+        <v>48</v>
+      </c>
+      <c r="N205" t="s">
+        <v>28</v>
+      </c>
+      <c r="O205" t="s">
         <v>1905</v>
-      </c>
-[...37 lines deleted...]
-        <v>1913</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4801</v>
+        <v>4711</v>
       </c>
       <c r="B206" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1908</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F206" t="s">
+        <v>1910</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1912</v>
+      </c>
+      <c r="I206" t="s">
+        <v>1913</v>
+      </c>
+      <c r="J206" t="s">
         <v>1914</v>
       </c>
-      <c r="C206" t="s">
+      <c r="K206" t="s">
         <v>1915</v>
       </c>
-      <c r="D206" t="s">
+      <c r="L206" t="s">
         <v>1916</v>
       </c>
-      <c r="E206" t="s">
+      <c r="M206" t="s">
         <v>1917</v>
       </c>
-      <c r="F206" t="s">
+      <c r="N206" t="s">
+        <v>28</v>
+      </c>
+      <c r="O206" t="s">
         <v>1918</v>
-      </c>
-[...25 lines deleted...]
-        <v>1922</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4810</v>
+        <v>4716</v>
       </c>
       <c r="B207" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1922</v>
+      </c>
+      <c r="F207" t="s">
         <v>1923</v>
       </c>
-      <c r="C207" t="s">
+      <c r="G207" t="s">
         <v>1924</v>
       </c>
-      <c r="D207" t="s">
+      <c r="H207" t="s">
         <v>1925</v>
       </c>
-      <c r="E207" t="s">
+      <c r="I207" t="s">
         <v>1926</v>
       </c>
-      <c r="F207" t="s">
+      <c r="J207" t="s">
+        <v>24</v>
+      </c>
+      <c r="K207" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L207" t="s">
+        <v>26</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N207" t="s">
+        <v>28</v>
+      </c>
+      <c r="O207" t="s">
         <v>1927</v>
-      </c>
-[...25 lines deleted...]
-        <v>1931</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4811</v>
+        <v>4717</v>
       </c>
       <c r="B208" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F208" t="s">
         <v>1932</v>
       </c>
-      <c r="C208" t="s">
+      <c r="G208" t="s">
         <v>1933</v>
       </c>
-      <c r="D208" t="s">
+      <c r="H208" t="s">
         <v>1934</v>
       </c>
-      <c r="E208" t="s">
+      <c r="I208" t="s">
         <v>1935</v>
       </c>
-      <c r="F208" t="s">
+      <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="K208" t="s">
+        <v>25</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>27</v>
+      </c>
+      <c r="N208" t="s">
+        <v>28</v>
+      </c>
+      <c r="O208" t="s">
         <v>1936</v>
-      </c>
-[...25 lines deleted...]
-        <v>1940</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4815</v>
+        <v>4721</v>
       </c>
       <c r="B209" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1939</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1940</v>
+      </c>
+      <c r="F209" t="s">
         <v>1941</v>
       </c>
-      <c r="C209" t="s">
+      <c r="G209" t="s">
         <v>1942</v>
       </c>
-      <c r="D209" t="s">
+      <c r="H209" t="s">
         <v>1943</v>
       </c>
-      <c r="E209" t="s">
+      <c r="I209" t="s">
         <v>1944</v>
       </c>
-      <c r="F209" t="s">
+      <c r="J209" t="s">
+        <v>24</v>
+      </c>
+      <c r="K209" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
         <v>1945</v>
-      </c>
-[...25 lines deleted...]
-        <v>1949</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4817</v>
+        <v>4722</v>
       </c>
       <c r="B210" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1948</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F210" t="s">
         <v>1950</v>
       </c>
-      <c r="C210" t="s">
+      <c r="G210" t="s">
         <v>1951</v>
       </c>
-      <c r="D210" t="s">
+      <c r="H210" t="s">
         <v>1952</v>
       </c>
-      <c r="E210" t="s">
+      <c r="I210" t="s">
         <v>1953</v>
       </c>
-      <c r="F210" t="s">
+      <c r="J210" t="s">
+        <v>24</v>
+      </c>
+      <c r="K210" t="s">
         <v>1954</v>
       </c>
-      <c r="G210" t="s">
+      <c r="L210" t="s">
+        <v>26</v>
+      </c>
+      <c r="M210" t="s">
         <v>1955</v>
       </c>
-      <c r="H210" t="s">
+      <c r="N210" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" t="s">
         <v>1956</v>
-      </c>
-[...19 lines deleted...]
-        <v>1958</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>4850</v>
+        <v>4723</v>
       </c>
       <c r="B211" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D211" t="s">
         <v>1959</v>
       </c>
-      <c r="C211" t="s">
+      <c r="E211" t="s">
         <v>1960</v>
       </c>
-      <c r="D211" t="s">
+      <c r="F211" t="s">
         <v>1961</v>
       </c>
-      <c r="E211" t="s">
+      <c r="G211" t="s">
         <v>1962</v>
       </c>
-      <c r="F211" t="s">
+      <c r="H211" t="s">
         <v>1963</v>
       </c>
-      <c r="G211" t="s">
+      <c r="I211" t="s">
         <v>1964</v>
       </c>
-      <c r="H211" t="s">
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" t="s">
         <v>1965</v>
       </c>
-      <c r="I211" t="s">
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
         <v>1966</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>4935</v>
+        <v>4792</v>
       </c>
       <c r="B212" t="s">
         <v>1968</v>
       </c>
       <c r="C212" t="s">
         <v>1969</v>
       </c>
       <c r="D212" t="s">
         <v>1970</v>
       </c>
       <c r="E212" t="s">
         <v>1971</v>
       </c>
       <c r="F212" t="s">
         <v>1972</v>
       </c>
       <c r="G212" t="s">
         <v>1973</v>
       </c>
       <c r="H212" t="s">
         <v>1974</v>
       </c>
       <c r="I212" t="s">
         <v>1975</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
         <v>1976</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>4939</v>
+        <v>4801</v>
       </c>
       <c r="B213" t="s">
         <v>1977</v>
       </c>
       <c r="C213" t="s">
         <v>1978</v>
       </c>
       <c r="D213" t="s">
         <v>1979</v>
       </c>
       <c r="E213" t="s">
         <v>1980</v>
       </c>
       <c r="F213" t="s">
         <v>1981</v>
       </c>
       <c r="G213" t="s">
         <v>1982</v>
       </c>
       <c r="H213" t="s">
         <v>1983</v>
       </c>
       <c r="I213" t="s">
         <v>1984</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>170</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>171</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
         <v>1985</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>4947</v>
+        <v>4810</v>
       </c>
       <c r="B214" t="s">
         <v>1986</v>
       </c>
       <c r="C214" t="s">
         <v>1987</v>
       </c>
       <c r="D214" t="s">
         <v>1988</v>
       </c>
       <c r="E214" t="s">
         <v>1989</v>
       </c>
       <c r="F214" t="s">
         <v>1990</v>
       </c>
       <c r="G214" t="s">
         <v>1991</v>
       </c>
       <c r="H214" t="s">
         <v>1992</v>
       </c>
       <c r="I214" t="s">
         <v>1993</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
         <v>1994</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>4950</v>
+        <v>4811</v>
       </c>
       <c r="B215" t="s">
         <v>1995</v>
       </c>
       <c r="C215" t="s">
         <v>1996</v>
       </c>
       <c r="D215" t="s">
         <v>1997</v>
       </c>
       <c r="E215" t="s">
         <v>1998</v>
       </c>
       <c r="F215" t="s">
         <v>1999</v>
       </c>
       <c r="G215" t="s">
         <v>2000</v>
       </c>
       <c r="H215" t="s">
         <v>2001</v>
       </c>
       <c r="I215" t="s">
         <v>2002</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
         <v>1478</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
         <v>1480</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
         <v>2003</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>4958</v>
+        <v>4815</v>
       </c>
       <c r="B216" t="s">
         <v>2004</v>
       </c>
       <c r="C216" t="s">
         <v>2005</v>
       </c>
       <c r="D216" t="s">
         <v>2006</v>
       </c>
       <c r="E216" t="s">
         <v>2007</v>
       </c>
       <c r="F216" t="s">
         <v>2008</v>
       </c>
       <c r="G216" t="s">
         <v>2009</v>
       </c>
       <c r="H216" t="s">
         <v>2010</v>
       </c>
       <c r="I216" t="s">
         <v>2011</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
         <v>2012</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>4965</v>
+        <v>4817</v>
       </c>
       <c r="B217" t="s">
         <v>2013</v>
       </c>
       <c r="C217" t="s">
         <v>2014</v>
       </c>
       <c r="D217" t="s">
         <v>2015</v>
       </c>
       <c r="E217" t="s">
         <v>2016</v>
       </c>
       <c r="F217" t="s">
         <v>2017</v>
       </c>
       <c r="G217" t="s">
         <v>2018</v>
       </c>
       <c r="H217" t="s">
         <v>2019</v>
       </c>
       <c r="I217" t="s">
         <v>2020</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>4968</v>
+        <v>4850</v>
       </c>
       <c r="B218" t="s">
         <v>2022</v>
       </c>
       <c r="C218" t="s">
         <v>2023</v>
       </c>
       <c r="D218" t="s">
         <v>2024</v>
       </c>
       <c r="E218" t="s">
         <v>2025</v>
       </c>
       <c r="F218" t="s">
         <v>2026</v>
       </c>
       <c r="G218" t="s">
         <v>2027</v>
       </c>
       <c r="H218" t="s">
         <v>2028</v>
       </c>
       <c r="I218" t="s">
         <v>2029</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2030</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>4969</v>
+        <v>4935</v>
       </c>
       <c r="B219" t="s">
         <v>2031</v>
       </c>
       <c r="C219" t="s">
         <v>2032</v>
       </c>
       <c r="D219" t="s">
         <v>2033</v>
       </c>
       <c r="E219" t="s">
         <v>2034</v>
       </c>
       <c r="F219" t="s">
         <v>2035</v>
       </c>
       <c r="G219" t="s">
         <v>2036</v>
       </c>
       <c r="H219" t="s">
         <v>2037</v>
       </c>
       <c r="I219" t="s">
         <v>2038</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2039</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5037</v>
+        <v>4939</v>
       </c>
       <c r="B220" t="s">
         <v>2040</v>
       </c>
       <c r="C220" t="s">
         <v>2041</v>
       </c>
       <c r="D220" t="s">
         <v>2042</v>
       </c>
       <c r="E220" t="s">
         <v>2043</v>
       </c>
       <c r="F220" t="s">
         <v>2044</v>
       </c>
       <c r="G220" t="s">
         <v>2045</v>
       </c>
       <c r="H220" t="s">
         <v>2046</v>
       </c>
       <c r="I220" t="s">
         <v>2047</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>170</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>171</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2048</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5272</v>
+        <v>4947</v>
       </c>
       <c r="B221" t="s">
         <v>2049</v>
       </c>
       <c r="C221" t="s">
         <v>2050</v>
       </c>
       <c r="D221" t="s">
         <v>2051</v>
       </c>
       <c r="E221" t="s">
         <v>2052</v>
       </c>
       <c r="F221" t="s">
         <v>2053</v>
       </c>
       <c r="G221" t="s">
         <v>2054</v>
       </c>
       <c r="H221" t="s">
         <v>2055</v>
       </c>
       <c r="I221" t="s">
         <v>2056</v>
       </c>
       <c r="J221" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>746</v>
+        <v>47</v>
       </c>
       <c r="L221" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>747</v>
+        <v>48</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5273</v>
+        <v>4950</v>
       </c>
       <c r="B222" t="s">
         <v>2058</v>
       </c>
       <c r="C222" t="s">
         <v>2059</v>
       </c>
       <c r="D222" t="s">
         <v>2060</v>
       </c>
       <c r="E222" t="s">
         <v>2061</v>
       </c>
       <c r="F222" t="s">
         <v>2062</v>
       </c>
       <c r="G222" t="s">
         <v>2063</v>
       </c>
       <c r="H222" t="s">
         <v>2064</v>
       </c>
       <c r="I222" t="s">
         <v>2065</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L222" t="s">
+        <v>26</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N222" t="s">
+        <v>28</v>
+      </c>
+      <c r="O222" t="s">
         <v>2066</v>
-      </c>
-[...10 lines deleted...]
-        <v>2068</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5326</v>
+        <v>4958</v>
       </c>
       <c r="B223" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C223" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D223" t="s">
         <v>2069</v>
       </c>
-      <c r="C223" t="s">
+      <c r="E223" t="s">
         <v>2070</v>
       </c>
-      <c r="D223" t="s">
+      <c r="F223" t="s">
         <v>2071</v>
       </c>
-      <c r="E223" t="s">
+      <c r="G223" t="s">
         <v>2072</v>
       </c>
-      <c r="F223" t="s">
+      <c r="H223" t="s">
         <v>2073</v>
       </c>
-      <c r="G223" t="s">
+      <c r="I223" t="s">
         <v>2074</v>
-      </c>
-[...4 lines deleted...]
-        <v>2076</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>170</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>171</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2077</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5330</v>
+        <v>4965</v>
       </c>
       <c r="B224" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C224" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D224" t="s">
         <v>2078</v>
       </c>
-      <c r="C224" t="s">
+      <c r="E224" t="s">
         <v>2079</v>
       </c>
-      <c r="D224" t="s">
+      <c r="F224" t="s">
         <v>2080</v>
       </c>
-      <c r="E224" t="s">
+      <c r="G224" t="s">
         <v>2081</v>
       </c>
-      <c r="F224" t="s">
+      <c r="H224" t="s">
         <v>2082</v>
       </c>
-      <c r="G224" t="s">
+      <c r="I224" t="s">
         <v>2083</v>
       </c>
-      <c r="H224" t="s">
+      <c r="J224" t="s">
+        <v>24</v>
+      </c>
+      <c r="K224" t="s">
+        <v>25</v>
+      </c>
+      <c r="L224" t="s">
+        <v>26</v>
+      </c>
+      <c r="M224" t="s">
+        <v>27</v>
+      </c>
+      <c r="N224" t="s">
+        <v>28</v>
+      </c>
+      <c r="O224" t="s">
         <v>2084</v>
-      </c>
-[...19 lines deleted...]
-        <v>2086</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5331</v>
+        <v>4968</v>
       </c>
       <c r="B225" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C225" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D225" t="s">
         <v>2087</v>
       </c>
-      <c r="C225" t="s">
+      <c r="E225" t="s">
         <v>2088</v>
       </c>
-      <c r="D225" t="s">
+      <c r="F225" t="s">
         <v>2089</v>
       </c>
-      <c r="E225" t="s">
+      <c r="G225" t="s">
         <v>2090</v>
       </c>
-      <c r="F225" t="s">
+      <c r="H225" t="s">
         <v>2091</v>
       </c>
-      <c r="G225" t="s">
+      <c r="I225" t="s">
         <v>2092</v>
       </c>
-      <c r="H225" t="s">
+      <c r="J225" t="s">
+        <v>24</v>
+      </c>
+      <c r="K225" t="s">
+        <v>25</v>
+      </c>
+      <c r="L225" t="s">
+        <v>26</v>
+      </c>
+      <c r="M225" t="s">
+        <v>27</v>
+      </c>
+      <c r="N225" t="s">
+        <v>28</v>
+      </c>
+      <c r="O225" t="s">
         <v>2093</v>
-      </c>
-[...19 lines deleted...]
-        <v>2095</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5332</v>
+        <v>4969</v>
       </c>
       <c r="B226" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C226" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D226" t="s">
         <v>2096</v>
       </c>
-      <c r="C226" t="s">
+      <c r="E226" t="s">
         <v>2097</v>
       </c>
-      <c r="D226" t="s">
+      <c r="F226" t="s">
         <v>2098</v>
       </c>
-      <c r="E226" t="s">
+      <c r="G226" t="s">
         <v>2099</v>
       </c>
-      <c r="F226" t="s">
+      <c r="H226" t="s">
         <v>2100</v>
       </c>
-      <c r="G226" t="s">
+      <c r="I226" t="s">
         <v>2101</v>
-      </c>
-[...4 lines deleted...]
-        <v>2103</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
         <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
         <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2104</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5333</v>
+        <v>5037</v>
       </c>
       <c r="B227" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C227" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D227" t="s">
         <v>2105</v>
       </c>
-      <c r="C227" t="s">
+      <c r="E227" t="s">
         <v>2106</v>
       </c>
-      <c r="D227" t="s">
+      <c r="F227" t="s">
         <v>2107</v>
       </c>
-      <c r="E227" t="s">
+      <c r="G227" t="s">
         <v>2108</v>
       </c>
-      <c r="F227" t="s">
+      <c r="H227" t="s">
         <v>2109</v>
       </c>
-      <c r="G227" t="s">
+      <c r="I227" t="s">
         <v>2110</v>
       </c>
-      <c r="H227" t="s">
+      <c r="J227" t="s">
+        <v>24</v>
+      </c>
+      <c r="K227" t="s">
+        <v>170</v>
+      </c>
+      <c r="L227" t="s">
+        <v>26</v>
+      </c>
+      <c r="M227" t="s">
+        <v>171</v>
+      </c>
+      <c r="N227" t="s">
+        <v>28</v>
+      </c>
+      <c r="O227" t="s">
         <v>2111</v>
-      </c>
-[...19 lines deleted...]
-        <v>2113</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5335</v>
+        <v>5272</v>
       </c>
       <c r="B228" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C228" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D228" t="s">
         <v>2114</v>
       </c>
-      <c r="C228" t="s">
+      <c r="E228" t="s">
         <v>2115</v>
       </c>
-      <c r="D228" t="s">
+      <c r="F228" t="s">
         <v>2116</v>
       </c>
-      <c r="E228" t="s">
+      <c r="G228" t="s">
         <v>2117</v>
       </c>
-      <c r="F228" t="s">
+      <c r="H228" t="s">
         <v>2118</v>
       </c>
-      <c r="G228" t="s">
+      <c r="I228" t="s">
         <v>2119</v>
       </c>
-      <c r="H228" t="s">
+      <c r="J228" t="s">
+        <v>450</v>
+      </c>
+      <c r="K228" t="s">
+        <v>746</v>
+      </c>
+      <c r="L228" t="s">
+        <v>452</v>
+      </c>
+      <c r="M228" t="s">
+        <v>747</v>
+      </c>
+      <c r="N228" t="s">
+        <v>28</v>
+      </c>
+      <c r="O228" t="s">
         <v>2120</v>
-      </c>
-[...19 lines deleted...]
-        <v>2122</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5346</v>
+        <v>5273</v>
       </c>
       <c r="B229" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C229" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D229" t="s">
         <v>2123</v>
       </c>
-      <c r="C229" t="s">
+      <c r="E229" t="s">
         <v>2124</v>
       </c>
-      <c r="D229" t="s">
+      <c r="F229" t="s">
         <v>2125</v>
       </c>
-      <c r="E229" t="s">
+      <c r="G229" t="s">
         <v>2126</v>
       </c>
-      <c r="F229" t="s">
+      <c r="H229" t="s">
         <v>2127</v>
       </c>
-      <c r="G229" t="s">
+      <c r="I229" t="s">
         <v>2128</v>
       </c>
-      <c r="H229" t="s">
+      <c r="J229" t="s">
+        <v>24</v>
+      </c>
+      <c r="K229" t="s">
         <v>2129</v>
       </c>
-      <c r="I229" t="s">
+      <c r="L229" t="s">
+        <v>26</v>
+      </c>
+      <c r="M229" t="s">
         <v>2130</v>
       </c>
-      <c r="J229" t="s">
-[...2 lines deleted...]
-      <c r="K229" t="s">
+      <c r="N229" t="s">
+        <v>28</v>
+      </c>
+      <c r="O229" t="s">
         <v>2131</v>
-      </c>
-[...10 lines deleted...]
-        <v>2133</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5347</v>
+        <v>5326</v>
       </c>
       <c r="B230" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C230" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D230" t="s">
         <v>2134</v>
       </c>
-      <c r="C230" t="s">
+      <c r="E230" t="s">
         <v>2135</v>
       </c>
-      <c r="D230" t="s">
+      <c r="F230" t="s">
         <v>2136</v>
       </c>
-      <c r="E230" t="s">
+      <c r="G230" t="s">
         <v>2137</v>
       </c>
-      <c r="F230" t="s">
+      <c r="H230" t="s">
         <v>2138</v>
       </c>
-      <c r="G230" t="s">
+      <c r="I230" t="s">
         <v>2139</v>
-      </c>
-[...4 lines deleted...]
-        <v>2141</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>170</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>171</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2142</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5348</v>
+        <v>5330</v>
       </c>
       <c r="B231" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C231" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D231" t="s">
         <v>2143</v>
       </c>
-      <c r="C231" t="s">
+      <c r="E231" t="s">
         <v>2144</v>
       </c>
-      <c r="D231" t="s">
+      <c r="F231" t="s">
         <v>2145</v>
       </c>
-      <c r="E231" t="s">
+      <c r="G231" t="s">
         <v>2146</v>
       </c>
-      <c r="F231" t="s">
+      <c r="H231" t="s">
         <v>2147</v>
       </c>
-      <c r="G231" t="s">
+      <c r="I231" t="s">
         <v>2148</v>
-      </c>
-[...4 lines deleted...]
-        <v>2150</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>170</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>171</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2151</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5351</v>
+        <v>5331</v>
       </c>
       <c r="B232" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C232" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D232" t="s">
         <v>2152</v>
       </c>
-      <c r="C232" t="s">
+      <c r="E232" t="s">
         <v>2153</v>
       </c>
-      <c r="D232" t="s">
+      <c r="F232" t="s">
         <v>2154</v>
       </c>
-      <c r="E232" t="s">
+      <c r="G232" t="s">
         <v>2155</v>
       </c>
-      <c r="F232" t="s">
+      <c r="H232" t="s">
         <v>2156</v>
       </c>
-      <c r="G232" t="s">
+      <c r="I232" t="s">
         <v>2157</v>
       </c>
-      <c r="H232" t="s">
+      <c r="J232" t="s">
+        <v>24</v>
+      </c>
+      <c r="K232" t="s">
+        <v>47</v>
+      </c>
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
+        <v>48</v>
+      </c>
+      <c r="N232" t="s">
+        <v>28</v>
+      </c>
+      <c r="O232" t="s">
         <v>2158</v>
-      </c>
-[...19 lines deleted...]
-        <v>2160</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5353</v>
+        <v>5332</v>
       </c>
       <c r="B233" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C233" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D233" t="s">
         <v>2161</v>
       </c>
-      <c r="C233" t="s">
+      <c r="E233" t="s">
         <v>2162</v>
       </c>
-      <c r="D233" t="s">
+      <c r="F233" t="s">
         <v>2163</v>
       </c>
-      <c r="E233" t="s">
+      <c r="G233" t="s">
         <v>2164</v>
       </c>
-      <c r="F233" t="s">
+      <c r="H233" t="s">
         <v>2165</v>
       </c>
-      <c r="G233" t="s">
+      <c r="I233" t="s">
         <v>2166</v>
       </c>
-      <c r="H233" t="s">
+      <c r="J233" t="s">
+        <v>24</v>
+      </c>
+      <c r="K233" t="s">
+        <v>25</v>
+      </c>
+      <c r="L233" t="s">
+        <v>26</v>
+      </c>
+      <c r="M233" t="s">
+        <v>27</v>
+      </c>
+      <c r="N233" t="s">
+        <v>28</v>
+      </c>
+      <c r="O233" t="s">
         <v>2167</v>
-      </c>
-[...19 lines deleted...]
-        <v>2169</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5354</v>
+        <v>5333</v>
       </c>
       <c r="B234" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C234" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D234" t="s">
         <v>2170</v>
       </c>
-      <c r="C234" t="s">
+      <c r="E234" t="s">
         <v>2171</v>
       </c>
-      <c r="D234" t="s">
+      <c r="F234" t="s">
         <v>2172</v>
       </c>
-      <c r="E234" t="s">
+      <c r="G234" t="s">
         <v>2173</v>
       </c>
-      <c r="F234" t="s">
+      <c r="H234" t="s">
         <v>2174</v>
       </c>
-      <c r="G234" t="s">
+      <c r="I234" t="s">
         <v>2175</v>
       </c>
-      <c r="H234" t="s">
+      <c r="J234" t="s">
+        <v>24</v>
+      </c>
+      <c r="K234" t="s">
+        <v>25</v>
+      </c>
+      <c r="L234" t="s">
+        <v>26</v>
+      </c>
+      <c r="M234" t="s">
+        <v>27</v>
+      </c>
+      <c r="N234" t="s">
+        <v>28</v>
+      </c>
+      <c r="O234" t="s">
         <v>2176</v>
-      </c>
-[...19 lines deleted...]
-        <v>2178</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5359</v>
+        <v>5335</v>
       </c>
       <c r="B235" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C235" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D235" t="s">
         <v>2179</v>
       </c>
-      <c r="C235" t="s">
+      <c r="E235" t="s">
         <v>2180</v>
       </c>
-      <c r="D235" t="s">
+      <c r="F235" t="s">
         <v>2181</v>
       </c>
-      <c r="E235" t="s">
+      <c r="G235" t="s">
         <v>2182</v>
       </c>
-      <c r="F235" t="s">
+      <c r="H235" t="s">
         <v>2183</v>
       </c>
-      <c r="G235" t="s">
+      <c r="I235" t="s">
         <v>2184</v>
-      </c>
-[...4 lines deleted...]
-        <v>2186</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2187</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5364</v>
+        <v>5346</v>
       </c>
       <c r="B236" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C236" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D236" t="s">
         <v>2188</v>
       </c>
-      <c r="C236" t="s">
+      <c r="E236" t="s">
         <v>2189</v>
       </c>
-      <c r="D236" t="s">
+      <c r="F236" t="s">
         <v>2190</v>
       </c>
-      <c r="E236" t="s">
+      <c r="G236" t="s">
         <v>2191</v>
       </c>
-      <c r="F236" t="s">
+      <c r="H236" t="s">
         <v>2192</v>
       </c>
-      <c r="G236" t="s">
+      <c r="I236" t="s">
         <v>2193</v>
       </c>
-      <c r="H236" t="s">
+      <c r="J236" t="s">
+        <v>24</v>
+      </c>
+      <c r="K236" t="s">
         <v>2194</v>
       </c>
-      <c r="I236" t="s">
+      <c r="L236" t="s">
+        <v>26</v>
+      </c>
+      <c r="M236" t="s">
         <v>2195</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
         <v>2196</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5365</v>
+        <v>5347</v>
       </c>
       <c r="B237" t="s">
         <v>2197</v>
       </c>
       <c r="C237" t="s">
         <v>2198</v>
       </c>
       <c r="D237" t="s">
         <v>2199</v>
       </c>
       <c r="E237" t="s">
         <v>2200</v>
       </c>
       <c r="F237" t="s">
         <v>2201</v>
       </c>
       <c r="G237" t="s">
         <v>2202</v>
       </c>
       <c r="H237" t="s">
         <v>2203</v>
       </c>
       <c r="I237" t="s">
         <v>2204</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5367</v>
+        <v>5348</v>
       </c>
       <c r="B238" t="s">
         <v>2206</v>
       </c>
       <c r="C238" t="s">
         <v>2207</v>
       </c>
       <c r="D238" t="s">
         <v>2208</v>
       </c>
       <c r="E238" t="s">
         <v>2209</v>
       </c>
       <c r="F238" t="s">
         <v>2210</v>
       </c>
       <c r="G238" t="s">
         <v>2211</v>
       </c>
       <c r="H238" t="s">
         <v>2212</v>
       </c>
       <c r="I238" t="s">
         <v>2213</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5368</v>
+        <v>5351</v>
       </c>
       <c r="B239" t="s">
         <v>2215</v>
       </c>
       <c r="C239" t="s">
         <v>2216</v>
       </c>
       <c r="D239" t="s">
         <v>2217</v>
       </c>
       <c r="E239" t="s">
         <v>2218</v>
       </c>
       <c r="F239" t="s">
         <v>2219</v>
       </c>
       <c r="G239" t="s">
         <v>2220</v>
       </c>
       <c r="H239" t="s">
         <v>2221</v>
       </c>
       <c r="I239" t="s">
         <v>2222</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
         <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
         <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5371</v>
+        <v>5353</v>
       </c>
       <c r="B240" t="s">
         <v>2224</v>
       </c>
       <c r="C240" t="s">
         <v>2225</v>
       </c>
       <c r="D240" t="s">
         <v>2226</v>
       </c>
       <c r="E240" t="s">
         <v>2227</v>
       </c>
       <c r="F240" t="s">
         <v>2228</v>
       </c>
       <c r="G240" t="s">
         <v>2229</v>
       </c>
       <c r="H240" t="s">
         <v>2230</v>
       </c>
       <c r="I240" t="s">
         <v>2231</v>
       </c>
       <c r="J240" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K240" t="s">
+        <v>905</v>
+      </c>
+      <c r="L240" t="s">
+        <v>452</v>
+      </c>
+      <c r="M240" t="s">
+        <v>906</v>
+      </c>
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
         <v>2232</v>
-      </c>
-[...10 lines deleted...]
-        <v>2234</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5372</v>
+        <v>5354</v>
       </c>
       <c r="B241" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D241" t="s">
         <v>2235</v>
       </c>
-      <c r="C241" t="s">
+      <c r="E241" t="s">
         <v>2236</v>
       </c>
-      <c r="D241" t="s">
+      <c r="F241" t="s">
         <v>2237</v>
       </c>
-      <c r="E241" t="s">
+      <c r="G241" t="s">
         <v>2238</v>
       </c>
-      <c r="F241" t="s">
+      <c r="H241" t="s">
         <v>2239</v>
       </c>
-      <c r="G241" t="s">
+      <c r="I241" t="s">
         <v>2240</v>
       </c>
-      <c r="H241" t="s">
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" t="s">
+        <v>170</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>171</v>
+      </c>
+      <c r="N241" t="s">
+        <v>28</v>
+      </c>
+      <c r="O241" t="s">
         <v>2241</v>
-      </c>
-[...19 lines deleted...]
-        <v>2243</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5375</v>
+        <v>5359</v>
       </c>
       <c r="B242" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D242" t="s">
         <v>2244</v>
       </c>
-      <c r="C242" t="s">
+      <c r="E242" t="s">
         <v>2245</v>
       </c>
-      <c r="D242" t="s">
+      <c r="F242" t="s">
         <v>2246</v>
       </c>
-      <c r="E242" t="s">
+      <c r="G242" t="s">
         <v>2247</v>
       </c>
-      <c r="F242" t="s">
+      <c r="H242" t="s">
         <v>2248</v>
       </c>
-      <c r="G242" t="s">
+      <c r="I242" t="s">
         <v>2249</v>
       </c>
-      <c r="H242" t="s">
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
+        <v>25</v>
+      </c>
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>27</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
         <v>2250</v>
-      </c>
-[...19 lines deleted...]
-        <v>2252</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5377</v>
+        <v>5364</v>
       </c>
       <c r="B243" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C243" t="s">
+        <v>2252</v>
+      </c>
+      <c r="D243" t="s">
         <v>2253</v>
       </c>
-      <c r="C243" t="s">
+      <c r="E243" t="s">
         <v>2254</v>
       </c>
-      <c r="D243" t="s">
+      <c r="F243" t="s">
         <v>2255</v>
       </c>
-      <c r="E243" t="s">
+      <c r="G243" t="s">
         <v>2256</v>
       </c>
-      <c r="F243" t="s">
+      <c r="H243" t="s">
         <v>2257</v>
       </c>
-      <c r="G243" t="s">
+      <c r="I243" t="s">
         <v>2258</v>
       </c>
-      <c r="H243" t="s">
+      <c r="J243" t="s">
+        <v>24</v>
+      </c>
+      <c r="K243" t="s">
+        <v>47</v>
+      </c>
+      <c r="L243" t="s">
+        <v>26</v>
+      </c>
+      <c r="M243" t="s">
+        <v>48</v>
+      </c>
+      <c r="N243" t="s">
+        <v>28</v>
+      </c>
+      <c r="O243" t="s">
         <v>2259</v>
-      </c>
-[...19 lines deleted...]
-        <v>2261</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5378</v>
+        <v>5365</v>
       </c>
       <c r="B244" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C244" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D244" t="s">
         <v>2262</v>
       </c>
-      <c r="C244" t="s">
+      <c r="E244" t="s">
         <v>2263</v>
       </c>
-      <c r="D244" t="s">
+      <c r="F244" t="s">
         <v>2264</v>
       </c>
-      <c r="E244" t="s">
+      <c r="G244" t="s">
         <v>2265</v>
       </c>
-      <c r="F244" t="s">
+      <c r="H244" t="s">
         <v>2266</v>
       </c>
-      <c r="G244" t="s">
+      <c r="I244" t="s">
         <v>2267</v>
-      </c>
-[...4 lines deleted...]
-        <v>2269</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
         <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
         <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2270</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5380</v>
+        <v>5367</v>
       </c>
       <c r="B245" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C245" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D245" t="s">
         <v>2271</v>
       </c>
-      <c r="C245" t="s">
+      <c r="E245" t="s">
         <v>2272</v>
       </c>
-      <c r="D245" t="s">
+      <c r="F245" t="s">
         <v>2273</v>
       </c>
-      <c r="E245" t="s">
+      <c r="G245" t="s">
         <v>2274</v>
       </c>
-      <c r="F245" t="s">
+      <c r="H245" t="s">
         <v>2275</v>
       </c>
-      <c r="G245" t="s">
+      <c r="I245" t="s">
         <v>2276</v>
-      </c>
-[...4 lines deleted...]
-        <v>2278</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
         <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
         <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2279</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5382</v>
+        <v>5368</v>
       </c>
       <c r="B246" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C246" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D246" t="s">
         <v>2280</v>
       </c>
-      <c r="C246" t="s">
+      <c r="E246" t="s">
         <v>2281</v>
       </c>
-      <c r="D246" t="s">
+      <c r="F246" t="s">
         <v>2282</v>
       </c>
-      <c r="E246" t="s">
+      <c r="G246" t="s">
         <v>2283</v>
       </c>
-      <c r="F246" t="s">
+      <c r="H246" t="s">
         <v>2284</v>
       </c>
-      <c r="G246" t="s">
+      <c r="I246" t="s">
         <v>2285</v>
       </c>
-      <c r="H246" t="s">
+      <c r="J246" t="s">
+        <v>24</v>
+      </c>
+      <c r="K246" t="s">
+        <v>25</v>
+      </c>
+      <c r="L246" t="s">
+        <v>26</v>
+      </c>
+      <c r="M246" t="s">
+        <v>27</v>
+      </c>
+      <c r="N246" t="s">
+        <v>28</v>
+      </c>
+      <c r="O246" t="s">
         <v>2286</v>
-      </c>
-[...19 lines deleted...]
-        <v>2288</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5393</v>
+        <v>5371</v>
       </c>
       <c r="B247" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C247" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D247" t="s">
         <v>2289</v>
       </c>
-      <c r="C247" t="s">
+      <c r="E247" t="s">
         <v>2290</v>
       </c>
-      <c r="D247" t="s">
+      <c r="F247" t="s">
         <v>2291</v>
       </c>
-      <c r="E247" t="s">
+      <c r="G247" t="s">
         <v>2292</v>
       </c>
-      <c r="F247" t="s">
+      <c r="H247" t="s">
         <v>2293</v>
       </c>
-      <c r="G247" t="s">
+      <c r="I247" t="s">
         <v>2294</v>
       </c>
-      <c r="H247" t="s">
+      <c r="J247" t="s">
+        <v>24</v>
+      </c>
+      <c r="K247" t="s">
         <v>2295</v>
       </c>
-      <c r="I247" t="s">
+      <c r="L247" t="s">
+        <v>26</v>
+      </c>
+      <c r="M247" t="s">
         <v>2296</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5394</v>
+        <v>5372</v>
       </c>
       <c r="B248" t="s">
         <v>2298</v>
       </c>
       <c r="C248" t="s">
         <v>2299</v>
       </c>
       <c r="D248" t="s">
         <v>2300</v>
       </c>
       <c r="E248" t="s">
         <v>2301</v>
       </c>
       <c r="F248" t="s">
         <v>2302</v>
       </c>
       <c r="G248" t="s">
         <v>2303</v>
       </c>
       <c r="H248" t="s">
         <v>2304</v>
       </c>
       <c r="I248" t="s">
         <v>2305</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
         <v>25</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2306</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5403</v>
+        <v>5375</v>
       </c>
       <c r="B249" t="s">
         <v>2307</v>
       </c>
       <c r="C249" t="s">
         <v>2308</v>
       </c>
       <c r="D249" t="s">
         <v>2309</v>
       </c>
       <c r="E249" t="s">
         <v>2310</v>
       </c>
       <c r="F249" t="s">
         <v>2311</v>
       </c>
       <c r="G249" t="s">
         <v>2312</v>
       </c>
       <c r="H249" t="s">
         <v>2313</v>
       </c>
       <c r="I249" t="s">
         <v>2314</v>
       </c>
       <c r="J249" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K249" t="s">
+        <v>274</v>
+      </c>
+      <c r="L249" t="s">
+        <v>452</v>
+      </c>
+      <c r="M249" t="s">
+        <v>276</v>
+      </c>
+      <c r="N249" t="s">
+        <v>28</v>
+      </c>
+      <c r="O249" t="s">
         <v>2315</v>
-      </c>
-[...10 lines deleted...]
-        <v>2317</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5431</v>
+        <v>5377</v>
       </c>
       <c r="B250" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C250" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D250" t="s">
         <v>2318</v>
       </c>
-      <c r="C250" t="s">
+      <c r="E250" t="s">
         <v>2319</v>
       </c>
-      <c r="D250" t="s">
+      <c r="F250" t="s">
         <v>2320</v>
       </c>
-      <c r="E250" t="s">
+      <c r="G250" t="s">
         <v>2321</v>
       </c>
-      <c r="F250" t="s">
+      <c r="H250" t="s">
         <v>2322</v>
       </c>
-      <c r="G250" t="s">
+      <c r="I250" t="s">
         <v>2323</v>
       </c>
-      <c r="H250" t="s">
+      <c r="J250" t="s">
+        <v>24</v>
+      </c>
+      <c r="K250" t="s">
+        <v>25</v>
+      </c>
+      <c r="L250" t="s">
+        <v>26</v>
+      </c>
+      <c r="M250" t="s">
+        <v>27</v>
+      </c>
+      <c r="N250" t="s">
+        <v>28</v>
+      </c>
+      <c r="O250" t="s">
         <v>2324</v>
-      </c>
-[...19 lines deleted...]
-        <v>2326</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5433</v>
+        <v>5378</v>
       </c>
       <c r="B251" t="s">
+        <v>2325</v>
+      </c>
+      <c r="C251" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D251" t="s">
         <v>2327</v>
       </c>
-      <c r="C251" t="s">
+      <c r="E251" t="s">
         <v>2328</v>
       </c>
-      <c r="D251" t="s">
+      <c r="F251" t="s">
         <v>2329</v>
       </c>
-      <c r="E251" t="s">
+      <c r="G251" t="s">
         <v>2330</v>
       </c>
-      <c r="F251" t="s">
+      <c r="H251" t="s">
         <v>2331</v>
       </c>
-      <c r="G251" t="s">
+      <c r="I251" t="s">
         <v>2332</v>
       </c>
-      <c r="H251" t="s">
+      <c r="J251" t="s">
+        <v>24</v>
+      </c>
+      <c r="K251" t="s">
+        <v>25</v>
+      </c>
+      <c r="L251" t="s">
+        <v>26</v>
+      </c>
+      <c r="M251" t="s">
+        <v>27</v>
+      </c>
+      <c r="N251" t="s">
+        <v>28</v>
+      </c>
+      <c r="O251" t="s">
         <v>2333</v>
-      </c>
-[...19 lines deleted...]
-        <v>2335</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5435</v>
+        <v>5380</v>
       </c>
       <c r="B252" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C252" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D252" t="s">
         <v>2336</v>
       </c>
-      <c r="C252" t="s">
+      <c r="E252" t="s">
         <v>2337</v>
       </c>
-      <c r="D252" t="s">
+      <c r="F252" t="s">
         <v>2338</v>
       </c>
-      <c r="E252" t="s">
+      <c r="G252" t="s">
         <v>2339</v>
       </c>
-      <c r="F252" t="s">
+      <c r="H252" t="s">
         <v>2340</v>
       </c>
-      <c r="G252" t="s">
+      <c r="I252" t="s">
         <v>2341</v>
       </c>
-      <c r="H252" t="s">
+      <c r="J252" t="s">
+        <v>24</v>
+      </c>
+      <c r="K252" t="s">
+        <v>25</v>
+      </c>
+      <c r="L252" t="s">
+        <v>26</v>
+      </c>
+      <c r="M252" t="s">
+        <v>27</v>
+      </c>
+      <c r="N252" t="s">
+        <v>28</v>
+      </c>
+      <c r="O252" t="s">
         <v>2342</v>
-      </c>
-[...19 lines deleted...]
-        <v>2344</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5436</v>
+        <v>5382</v>
       </c>
       <c r="B253" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C253" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D253" t="s">
         <v>2345</v>
       </c>
-      <c r="C253" t="s">
+      <c r="E253" t="s">
         <v>2346</v>
       </c>
-      <c r="D253" t="s">
+      <c r="F253" t="s">
         <v>2347</v>
       </c>
-      <c r="E253" t="s">
+      <c r="G253" t="s">
         <v>2348</v>
       </c>
-      <c r="F253" t="s">
+      <c r="H253" t="s">
         <v>2349</v>
       </c>
-      <c r="G253" t="s">
+      <c r="I253" t="s">
         <v>2350</v>
       </c>
-      <c r="H253" t="s">
+      <c r="J253" t="s">
+        <v>24</v>
+      </c>
+      <c r="K253" t="s">
+        <v>170</v>
+      </c>
+      <c r="L253" t="s">
+        <v>26</v>
+      </c>
+      <c r="M253" t="s">
+        <v>171</v>
+      </c>
+      <c r="N253" t="s">
+        <v>28</v>
+      </c>
+      <c r="O253" t="s">
         <v>2351</v>
-      </c>
-[...19 lines deleted...]
-        <v>2353</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5437</v>
+        <v>5393</v>
       </c>
       <c r="B254" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C254" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D254" t="s">
         <v>2354</v>
       </c>
-      <c r="C254" t="s">
+      <c r="E254" t="s">
         <v>2355</v>
       </c>
-      <c r="D254" t="s">
+      <c r="F254" t="s">
         <v>2356</v>
       </c>
-      <c r="E254" t="s">
+      <c r="G254" t="s">
         <v>2357</v>
       </c>
-      <c r="F254" t="s">
+      <c r="H254" t="s">
         <v>2358</v>
       </c>
-      <c r="G254" t="s">
+      <c r="I254" t="s">
         <v>2359</v>
-      </c>
-[...4 lines deleted...]
-        <v>2361</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2362</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5439</v>
+        <v>5394</v>
       </c>
       <c r="B255" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C255" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D255" t="s">
         <v>2363</v>
       </c>
-      <c r="C255" t="s">
+      <c r="E255" t="s">
         <v>2364</v>
       </c>
-      <c r="D255" t="s">
+      <c r="F255" t="s">
         <v>2365</v>
       </c>
-      <c r="E255" t="s">
+      <c r="G255" t="s">
         <v>2366</v>
       </c>
-      <c r="F255" t="s">
+      <c r="H255" t="s">
         <v>2367</v>
       </c>
-      <c r="G255" t="s">
+      <c r="I255" t="s">
         <v>2368</v>
-      </c>
-[...4 lines deleted...]
-        <v>2370</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2371</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5456</v>
+        <v>5403</v>
       </c>
       <c r="B256" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C256" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D256" t="s">
         <v>2372</v>
       </c>
-      <c r="C256" t="s">
+      <c r="E256" t="s">
         <v>2373</v>
       </c>
-      <c r="D256" t="s">
+      <c r="F256" t="s">
         <v>2374</v>
       </c>
-      <c r="E256" t="s">
+      <c r="G256" t="s">
         <v>2375</v>
       </c>
-      <c r="F256" t="s">
+      <c r="H256" t="s">
         <v>2376</v>
       </c>
-      <c r="G256" t="s">
+      <c r="I256" t="s">
         <v>2377</v>
       </c>
-      <c r="H256" t="s">
+      <c r="J256" t="s">
+        <v>24</v>
+      </c>
+      <c r="K256" t="s">
         <v>2378</v>
       </c>
-      <c r="I256" t="s">
+      <c r="L256" t="s">
+        <v>26</v>
+      </c>
+      <c r="M256" t="s">
         <v>2379</v>
-      </c>
-[...10 lines deleted...]
-        <v>1480</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
         <v>2380</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5474</v>
+        <v>5431</v>
       </c>
       <c r="B257" t="s">
         <v>2381</v>
       </c>
       <c r="C257" t="s">
         <v>2382</v>
       </c>
       <c r="D257" t="s">
         <v>2383</v>
       </c>
       <c r="E257" t="s">
         <v>2384</v>
       </c>
       <c r="F257" t="s">
         <v>2385</v>
       </c>
       <c r="G257" t="s">
         <v>2386</v>
       </c>
       <c r="H257" t="s">
         <v>2387</v>
       </c>
       <c r="I257" t="s">
         <v>2388</v>
       </c>
       <c r="J257" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K257" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L257" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M257" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
         <v>2389</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5475</v>
+        <v>5433</v>
       </c>
       <c r="B258" t="s">
         <v>2390</v>
       </c>
       <c r="C258" t="s">
         <v>2391</v>
       </c>
       <c r="D258" t="s">
         <v>2392</v>
       </c>
       <c r="E258" t="s">
         <v>2393</v>
       </c>
       <c r="F258" t="s">
         <v>2394</v>
       </c>
       <c r="G258" t="s">
         <v>2395</v>
       </c>
       <c r="H258" t="s">
         <v>2396</v>
       </c>
       <c r="I258" t="s">
         <v>2397</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>170</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>171</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
         <v>2398</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5476</v>
+        <v>5435</v>
       </c>
       <c r="B259" t="s">
         <v>2399</v>
       </c>
       <c r="C259" t="s">
         <v>2400</v>
       </c>
       <c r="D259" t="s">
         <v>2401</v>
       </c>
       <c r="E259" t="s">
         <v>2402</v>
       </c>
       <c r="F259" t="s">
         <v>2403</v>
       </c>
       <c r="G259" t="s">
         <v>2404</v>
       </c>
       <c r="H259" t="s">
         <v>2405</v>
       </c>
       <c r="I259" t="s">
         <v>2406</v>
       </c>
       <c r="J259" t="s">
+        <v>24</v>
+      </c>
+      <c r="K259" t="s">
+        <v>170</v>
+      </c>
+      <c r="L259" t="s">
+        <v>26</v>
+      </c>
+      <c r="M259" t="s">
+        <v>171</v>
+      </c>
+      <c r="N259" t="s">
+        <v>28</v>
+      </c>
+      <c r="O259" t="s">
         <v>2407</v>
-      </c>
-[...13 lines deleted...]
-        <v>2409</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5478</v>
+        <v>5436</v>
       </c>
       <c r="B260" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C260" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D260" t="s">
         <v>2410</v>
       </c>
-      <c r="C260" t="s">
+      <c r="E260" t="s">
         <v>2411</v>
       </c>
-      <c r="D260" t="s">
+      <c r="F260" t="s">
         <v>2412</v>
       </c>
-      <c r="E260" t="s">
+      <c r="G260" t="s">
         <v>2413</v>
       </c>
-      <c r="F260" t="s">
+      <c r="H260" t="s">
         <v>2414</v>
       </c>
-      <c r="G260" t="s">
+      <c r="I260" t="s">
         <v>2415</v>
-      </c>
-[...4 lines deleted...]
-        <v>2417</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2418</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5479</v>
+        <v>5437</v>
       </c>
       <c r="B261" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C261" t="s">
+        <v>2418</v>
+      </c>
+      <c r="D261" t="s">
         <v>2419</v>
       </c>
-      <c r="C261" t="s">
+      <c r="E261" t="s">
         <v>2420</v>
       </c>
-      <c r="D261" t="s">
+      <c r="F261" t="s">
         <v>2421</v>
       </c>
-      <c r="E261" t="s">
+      <c r="G261" t="s">
         <v>2422</v>
       </c>
-      <c r="F261" t="s">
+      <c r="H261" t="s">
         <v>2423</v>
       </c>
-      <c r="G261" t="s">
+      <c r="I261" t="s">
         <v>2424</v>
       </c>
-      <c r="H261" t="s">
+      <c r="J261" t="s">
+        <v>24</v>
+      </c>
+      <c r="K261" t="s">
+        <v>25</v>
+      </c>
+      <c r="L261" t="s">
+        <v>26</v>
+      </c>
+      <c r="M261" t="s">
+        <v>27</v>
+      </c>
+      <c r="N261" t="s">
+        <v>28</v>
+      </c>
+      <c r="O261" t="s">
         <v>2425</v>
-      </c>
-[...19 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5482</v>
+        <v>5439</v>
       </c>
       <c r="B262" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C262" t="s">
+        <v>2427</v>
+      </c>
+      <c r="D262" t="s">
         <v>2428</v>
       </c>
-      <c r="C262" t="s">
+      <c r="E262" t="s">
         <v>2429</v>
       </c>
-      <c r="D262" t="s">
+      <c r="F262" t="s">
         <v>2430</v>
       </c>
-      <c r="E262" t="s">
+      <c r="G262" t="s">
         <v>2431</v>
       </c>
-      <c r="F262" t="s">
+      <c r="H262" t="s">
         <v>2432</v>
       </c>
-      <c r="G262" t="s">
+      <c r="I262" t="s">
         <v>2433</v>
       </c>
-      <c r="H262" t="s">
+      <c r="J262" t="s">
+        <v>24</v>
+      </c>
+      <c r="K262" t="s">
+        <v>25</v>
+      </c>
+      <c r="L262" t="s">
+        <v>26</v>
+      </c>
+      <c r="M262" t="s">
+        <v>27</v>
+      </c>
+      <c r="N262" t="s">
+        <v>28</v>
+      </c>
+      <c r="O262" t="s">
         <v>2434</v>
-      </c>
-[...19 lines deleted...]
-        <v>2436</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5483</v>
+        <v>5456</v>
       </c>
       <c r="B263" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C263" t="s">
+        <v>2436</v>
+      </c>
+      <c r="D263" t="s">
         <v>2437</v>
       </c>
-      <c r="C263" t="s">
+      <c r="E263" t="s">
         <v>2438</v>
       </c>
-      <c r="D263" t="s">
+      <c r="F263" t="s">
         <v>2439</v>
       </c>
-      <c r="E263" t="s">
+      <c r="G263" t="s">
         <v>2440</v>
       </c>
-      <c r="F263" t="s">
+      <c r="H263" t="s">
         <v>2441</v>
       </c>
-      <c r="G263" t="s">
+      <c r="I263" t="s">
         <v>2442</v>
       </c>
-      <c r="H263" t="s">
+      <c r="J263" t="s">
+        <v>450</v>
+      </c>
+      <c r="K263" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L263" t="s">
+        <v>452</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N263" t="s">
+        <v>28</v>
+      </c>
+      <c r="O263" t="s">
         <v>2443</v>
-      </c>
-[...19 lines deleted...]
-        <v>2445</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5485</v>
+        <v>5474</v>
       </c>
       <c r="B264" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C264" t="s">
+        <v>2445</v>
+      </c>
+      <c r="D264" t="s">
         <v>2446</v>
       </c>
-      <c r="C264" t="s">
+      <c r="E264" t="s">
         <v>2447</v>
       </c>
-      <c r="D264" t="s">
+      <c r="F264" t="s">
         <v>2448</v>
       </c>
-      <c r="E264" t="s">
+      <c r="G264" t="s">
         <v>2449</v>
       </c>
-      <c r="F264" t="s">
+      <c r="H264" t="s">
         <v>2450</v>
       </c>
-      <c r="G264" t="s">
+      <c r="I264" t="s">
         <v>2451</v>
       </c>
-      <c r="H264" t="s">
+      <c r="J264" t="s">
+        <v>24</v>
+      </c>
+      <c r="K264" t="s">
+        <v>25</v>
+      </c>
+      <c r="L264" t="s">
+        <v>26</v>
+      </c>
+      <c r="M264" t="s">
+        <v>27</v>
+      </c>
+      <c r="N264" t="s">
+        <v>28</v>
+      </c>
+      <c r="O264" t="s">
         <v>2452</v>
-      </c>
-[...19 lines deleted...]
-        <v>2456</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5487</v>
+        <v>5475</v>
       </c>
       <c r="B265" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C265" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D265" t="s">
+        <v>2455</v>
+      </c>
+      <c r="E265" t="s">
+        <v>2456</v>
+      </c>
+      <c r="F265" t="s">
         <v>2457</v>
       </c>
-      <c r="C265" t="s">
+      <c r="G265" t="s">
         <v>2458</v>
       </c>
-      <c r="D265" t="s">
+      <c r="H265" t="s">
         <v>2459</v>
       </c>
-      <c r="E265" t="s">
+      <c r="I265" t="s">
         <v>2460</v>
       </c>
-      <c r="F265" t="s">
+      <c r="J265" t="s">
+        <v>24</v>
+      </c>
+      <c r="K265" t="s">
+        <v>170</v>
+      </c>
+      <c r="L265" t="s">
+        <v>26</v>
+      </c>
+      <c r="M265" t="s">
+        <v>171</v>
+      </c>
+      <c r="N265" t="s">
+        <v>28</v>
+      </c>
+      <c r="O265" t="s">
         <v>2461</v>
-      </c>
-[...25 lines deleted...]
-        <v>2467</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5488</v>
+        <v>5476</v>
       </c>
       <c r="B266" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C266" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D266" t="s">
+        <v>2464</v>
+      </c>
+      <c r="E266" t="s">
+        <v>2465</v>
+      </c>
+      <c r="F266" t="s">
+        <v>2466</v>
+      </c>
+      <c r="G266" t="s">
+        <v>2467</v>
+      </c>
+      <c r="H266" t="s">
         <v>2468</v>
       </c>
-      <c r="C266" t="s">
+      <c r="I266" t="s">
         <v>2469</v>
       </c>
-      <c r="D266" t="s">
+      <c r="J266" t="s">
         <v>2470</v>
       </c>
-      <c r="E266" t="s">
+      <c r="K266" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L266" t="s">
         <v>2471</v>
       </c>
-      <c r="F266" t="s">
+      <c r="M266" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N266" t="s">
+        <v>28</v>
+      </c>
+      <c r="O266" t="s">
         <v>2472</v>
-      </c>
-[...25 lines deleted...]
-        <v>2476</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5489</v>
+        <v>5478</v>
       </c>
       <c r="B267" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C267" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D267" t="s">
+        <v>2475</v>
+      </c>
+      <c r="E267" t="s">
+        <v>2476</v>
+      </c>
+      <c r="F267" t="s">
         <v>2477</v>
       </c>
-      <c r="C267" t="s">
+      <c r="G267" t="s">
         <v>2478</v>
       </c>
-      <c r="D267" t="s">
+      <c r="H267" t="s">
         <v>2479</v>
       </c>
-      <c r="E267" t="s">
+      <c r="I267" t="s">
         <v>2480</v>
       </c>
-      <c r="F267" t="s">
+      <c r="J267" t="s">
+        <v>24</v>
+      </c>
+      <c r="K267" t="s">
+        <v>25</v>
+      </c>
+      <c r="L267" t="s">
+        <v>26</v>
+      </c>
+      <c r="M267" t="s">
+        <v>27</v>
+      </c>
+      <c r="N267" t="s">
+        <v>28</v>
+      </c>
+      <c r="O267" t="s">
         <v>2481</v>
-      </c>
-[...25 lines deleted...]
-        <v>2485</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5490</v>
+        <v>5479</v>
       </c>
       <c r="B268" t="s">
+        <v>2482</v>
+      </c>
+      <c r="C268" t="s">
+        <v>2483</v>
+      </c>
+      <c r="D268" t="s">
+        <v>2484</v>
+      </c>
+      <c r="E268" t="s">
+        <v>2485</v>
+      </c>
+      <c r="F268" t="s">
         <v>2486</v>
       </c>
-      <c r="C268" t="s">
+      <c r="G268" t="s">
         <v>2487</v>
       </c>
-      <c r="D268" t="s">
+      <c r="H268" t="s">
         <v>2488</v>
       </c>
-      <c r="E268" t="s">
+      <c r="I268" t="s">
         <v>2489</v>
       </c>
-      <c r="F268" t="s">
+      <c r="J268" t="s">
+        <v>24</v>
+      </c>
+      <c r="K268" t="s">
+        <v>580</v>
+      </c>
+      <c r="L268" t="s">
+        <v>26</v>
+      </c>
+      <c r="M268" t="s">
+        <v>581</v>
+      </c>
+      <c r="N268" t="s">
+        <v>28</v>
+      </c>
+      <c r="O268" t="s">
         <v>2490</v>
-      </c>
-[...25 lines deleted...]
-        <v>2496</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5493</v>
+        <v>5482</v>
       </c>
       <c r="B269" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C269" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D269" t="s">
+        <v>2493</v>
+      </c>
+      <c r="E269" t="s">
+        <v>2494</v>
+      </c>
+      <c r="F269" t="s">
+        <v>2495</v>
+      </c>
+      <c r="G269" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H269" t="s">
         <v>2497</v>
       </c>
-      <c r="C269" t="s">
+      <c r="I269" t="s">
         <v>2498</v>
-      </c>
-[...16 lines deleted...]
-        <v>2504</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
         <v>170</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
         <v>171</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2505</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5496</v>
+        <v>5483</v>
       </c>
       <c r="B270" t="s">
+        <v>2500</v>
+      </c>
+      <c r="C270" t="s">
+        <v>2501</v>
+      </c>
+      <c r="D270" t="s">
+        <v>2502</v>
+      </c>
+      <c r="E270" t="s">
+        <v>2503</v>
+      </c>
+      <c r="F270" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G270" t="s">
+        <v>2505</v>
+      </c>
+      <c r="H270" t="s">
         <v>2506</v>
       </c>
-      <c r="C270" t="s">
+      <c r="I270" t="s">
         <v>2507</v>
       </c>
-      <c r="D270" t="s">
+      <c r="J270" t="s">
+        <v>24</v>
+      </c>
+      <c r="K270" t="s">
+        <v>25</v>
+      </c>
+      <c r="L270" t="s">
+        <v>26</v>
+      </c>
+      <c r="M270" t="s">
+        <v>27</v>
+      </c>
+      <c r="N270" t="s">
+        <v>28</v>
+      </c>
+      <c r="O270" t="s">
         <v>2508</v>
-      </c>
-[...31 lines deleted...]
-        <v>2514</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5502</v>
+        <v>5485</v>
       </c>
       <c r="B271" t="s">
+        <v>2509</v>
+      </c>
+      <c r="C271" t="s">
+        <v>2510</v>
+      </c>
+      <c r="D271" t="s">
+        <v>2511</v>
+      </c>
+      <c r="E271" t="s">
+        <v>2512</v>
+      </c>
+      <c r="F271" t="s">
+        <v>2513</v>
+      </c>
+      <c r="G271" t="s">
+        <v>2514</v>
+      </c>
+      <c r="H271" t="s">
         <v>2515</v>
       </c>
-      <c r="C271" t="s">
+      <c r="I271" t="s">
         <v>2516</v>
       </c>
-      <c r="D271" t="s">
+      <c r="J271" t="s">
+        <v>24</v>
+      </c>
+      <c r="K271" t="s">
         <v>2517</v>
       </c>
-      <c r="E271" t="s">
+      <c r="L271" t="s">
+        <v>26</v>
+      </c>
+      <c r="M271" t="s">
         <v>2518</v>
       </c>
-      <c r="F271" t="s">
+      <c r="N271" t="s">
+        <v>28</v>
+      </c>
+      <c r="O271" t="s">
         <v>2519</v>
-      </c>
-[...25 lines deleted...]
-        <v>2523</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5503</v>
+        <v>5487</v>
       </c>
       <c r="B272" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C272" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D272" t="s">
+        <v>2522</v>
+      </c>
+      <c r="E272" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F272" t="s">
         <v>2524</v>
       </c>
-      <c r="C272" t="s">
+      <c r="G272" t="s">
         <v>2525</v>
       </c>
-      <c r="D272" t="s">
+      <c r="H272" t="s">
         <v>2526</v>
       </c>
-      <c r="E272" t="s">
+      <c r="I272" t="s">
         <v>2527</v>
       </c>
-      <c r="F272" t="s">
+      <c r="J272" t="s">
+        <v>24</v>
+      </c>
+      <c r="K272" t="s">
         <v>2528</v>
       </c>
-      <c r="G272" t="s">
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
         <v>2529</v>
       </c>
-      <c r="H272" t="s">
+      <c r="N272" t="s">
+        <v>28</v>
+      </c>
+      <c r="O272" t="s">
         <v>2530</v>
-      </c>
-[...19 lines deleted...]
-        <v>2532</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5504</v>
+        <v>5488</v>
       </c>
       <c r="B273" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C273" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D273" t="s">
         <v>2533</v>
       </c>
-      <c r="C273" t="s">
+      <c r="E273" t="s">
         <v>2534</v>
       </c>
-      <c r="D273" t="s">
+      <c r="F273" t="s">
         <v>2535</v>
       </c>
-      <c r="E273" t="s">
+      <c r="G273" t="s">
         <v>2536</v>
       </c>
-      <c r="F273" t="s">
+      <c r="H273" t="s">
         <v>2537</v>
       </c>
-      <c r="G273" t="s">
+      <c r="I273" t="s">
         <v>2538</v>
       </c>
-      <c r="H273" t="s">
+      <c r="J273" t="s">
+        <v>24</v>
+      </c>
+      <c r="K273" t="s">
+        <v>170</v>
+      </c>
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273" t="s">
+        <v>171</v>
+      </c>
+      <c r="N273" t="s">
+        <v>28</v>
+      </c>
+      <c r="O273" t="s">
         <v>2539</v>
-      </c>
-[...19 lines deleted...]
-        <v>2541</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5507</v>
+        <v>5489</v>
       </c>
       <c r="B274" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C274" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D274" t="s">
         <v>2542</v>
       </c>
-      <c r="C274" t="s">
+      <c r="E274" t="s">
         <v>2543</v>
       </c>
-      <c r="D274" t="s">
+      <c r="F274" t="s">
         <v>2544</v>
       </c>
-      <c r="E274" t="s">
+      <c r="G274" t="s">
         <v>2545</v>
       </c>
-      <c r="F274" t="s">
+      <c r="H274" t="s">
         <v>2546</v>
       </c>
-      <c r="G274" t="s">
+      <c r="I274" t="s">
         <v>2547</v>
       </c>
-      <c r="H274" t="s">
+      <c r="J274" t="s">
+        <v>24</v>
+      </c>
+      <c r="K274" t="s">
+        <v>1268</v>
+      </c>
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274" t="s">
+        <v>1269</v>
+      </c>
+      <c r="N274" t="s">
+        <v>28</v>
+      </c>
+      <c r="O274" t="s">
         <v>2548</v>
-      </c>
-[...19 lines deleted...]
-        <v>2550</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5509</v>
+        <v>5490</v>
       </c>
       <c r="B275" t="s">
+        <v>2549</v>
+      </c>
+      <c r="C275" t="s">
+        <v>2550</v>
+      </c>
+      <c r="D275" t="s">
         <v>2551</v>
       </c>
-      <c r="C275" t="s">
+      <c r="E275" t="s">
         <v>2552</v>
       </c>
-      <c r="D275" t="s">
+      <c r="F275" t="s">
         <v>2553</v>
       </c>
-      <c r="E275" t="s">
+      <c r="G275" t="s">
         <v>2554</v>
       </c>
-      <c r="F275" t="s">
+      <c r="H275" t="s">
         <v>2555</v>
       </c>
-      <c r="G275" t="s">
+      <c r="I275" t="s">
         <v>2556</v>
-      </c>
-[...4 lines deleted...]
-        <v>2558</v>
       </c>
       <c r="J275" t="s">
         <v>450</v>
       </c>
       <c r="K275" t="s">
-        <v>1230</v>
+        <v>2557</v>
       </c>
       <c r="L275" t="s">
         <v>452</v>
       </c>
       <c r="M275" t="s">
-        <v>1231</v>
+        <v>2558</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5512</v>
+        <v>5493</v>
       </c>
       <c r="B276" t="s">
         <v>2560</v>
       </c>
       <c r="C276" t="s">
         <v>2561</v>
       </c>
       <c r="D276" t="s">
         <v>2562</v>
       </c>
       <c r="E276" t="s">
         <v>2563</v>
       </c>
       <c r="F276" t="s">
         <v>2564</v>
       </c>
       <c r="G276" t="s">
         <v>2565</v>
       </c>
       <c r="H276" t="s">
         <v>2566</v>
       </c>
       <c r="I276" t="s">
         <v>2567</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>170</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>171</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
         <v>2568</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5514</v>
+        <v>5496</v>
       </c>
       <c r="B277" t="s">
         <v>2569</v>
       </c>
       <c r="C277" t="s">
         <v>2570</v>
       </c>
       <c r="D277" t="s">
         <v>2571</v>
       </c>
       <c r="E277" t="s">
         <v>2572</v>
       </c>
       <c r="F277" t="s">
         <v>2573</v>
       </c>
       <c r="G277" t="s">
         <v>2574</v>
       </c>
       <c r="H277" t="s">
         <v>2575</v>
       </c>
       <c r="I277" t="s">
         <v>2576</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>59</v>
+        <v>274</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>61</v>
+        <v>276</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
         <v>2577</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5516</v>
+        <v>5502</v>
       </c>
       <c r="B278" t="s">
         <v>2578</v>
       </c>
       <c r="C278" t="s">
         <v>2579</v>
       </c>
       <c r="D278" t="s">
         <v>2580</v>
       </c>
       <c r="E278" t="s">
         <v>2581</v>
       </c>
       <c r="F278" t="s">
         <v>2582</v>
       </c>
       <c r="G278" t="s">
         <v>2583</v>
       </c>
       <c r="H278" t="s">
         <v>2584</v>
       </c>
       <c r="I278" t="s">
         <v>2585</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
         <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
         <v>2586</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5517</v>
+        <v>5503</v>
       </c>
       <c r="B279" t="s">
         <v>2587</v>
       </c>
       <c r="C279" t="s">
         <v>2588</v>
       </c>
       <c r="D279" t="s">
         <v>2589</v>
       </c>
       <c r="E279" t="s">
         <v>2590</v>
       </c>
       <c r="F279" t="s">
         <v>2591</v>
       </c>
       <c r="G279" t="s">
         <v>2592</v>
       </c>
       <c r="H279" t="s">
         <v>2593</v>
       </c>
       <c r="I279" t="s">
         <v>2594</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
         <v>2595</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5518</v>
+        <v>5504</v>
       </c>
       <c r="B280" t="s">
         <v>2596</v>
       </c>
       <c r="C280" t="s">
         <v>2597</v>
       </c>
       <c r="D280" t="s">
         <v>2598</v>
       </c>
       <c r="E280" t="s">
         <v>2599</v>
       </c>
       <c r="F280" t="s">
         <v>2600</v>
       </c>
       <c r="G280" t="s">
         <v>2601</v>
       </c>
       <c r="H280" t="s">
         <v>2602</v>
       </c>
       <c r="I280" t="s">
         <v>2603</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
         <v>2604</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5520</v>
+        <v>5507</v>
       </c>
       <c r="B281" t="s">
         <v>2605</v>
       </c>
       <c r="C281" t="s">
         <v>2606</v>
       </c>
       <c r="D281" t="s">
         <v>2607</v>
       </c>
       <c r="E281" t="s">
         <v>2608</v>
       </c>
       <c r="F281" t="s">
         <v>2609</v>
       </c>
       <c r="G281" t="s">
         <v>2610</v>
       </c>
       <c r="H281" t="s">
         <v>2611</v>
       </c>
       <c r="I281" t="s">
         <v>2612</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>1230</v>
+        <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>1231</v>
+        <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
         <v>2613</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5545</v>
+        <v>5509</v>
       </c>
       <c r="B282" t="s">
         <v>2614</v>
       </c>
       <c r="C282" t="s">
         <v>2615</v>
       </c>
       <c r="D282" t="s">
         <v>2616</v>
       </c>
       <c r="E282" t="s">
         <v>2617</v>
       </c>
       <c r="F282" t="s">
         <v>2618</v>
       </c>
       <c r="G282" t="s">
         <v>2619</v>
       </c>
       <c r="H282" t="s">
         <v>2620</v>
       </c>
       <c r="I282" t="s">
         <v>2621</v>
       </c>
       <c r="J282" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K282" t="s">
-        <v>170</v>
+        <v>1230</v>
       </c>
       <c r="L282" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M282" t="s">
-        <v>171</v>
+        <v>1231</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2622</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5657</v>
+        <v>5512</v>
       </c>
       <c r="B283" t="s">
         <v>2623</v>
       </c>
       <c r="C283" t="s">
         <v>2624</v>
       </c>
       <c r="D283" t="s">
         <v>2625</v>
       </c>
       <c r="E283" t="s">
         <v>2626</v>
       </c>
       <c r="F283" t="s">
         <v>2627</v>
       </c>
       <c r="G283" t="s">
         <v>2628</v>
       </c>
       <c r="H283" t="s">
         <v>2629</v>
       </c>
       <c r="I283" t="s">
         <v>2630</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
         <v>2631</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5733</v>
+        <v>5514</v>
       </c>
       <c r="B284" t="s">
         <v>2632</v>
       </c>
       <c r="C284" t="s">
         <v>2633</v>
       </c>
       <c r="D284" t="s">
         <v>2634</v>
       </c>
       <c r="E284" t="s">
         <v>2635</v>
       </c>
       <c r="F284" t="s">
         <v>2636</v>
       </c>
       <c r="G284" t="s">
         <v>2637</v>
       </c>
       <c r="H284" t="s">
         <v>2638</v>
       </c>
       <c r="I284" t="s">
         <v>2639</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
         <v>2640</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5787</v>
+        <v>5516</v>
       </c>
       <c r="B285" t="s">
         <v>2641</v>
       </c>
       <c r="C285" t="s">
         <v>2642</v>
       </c>
       <c r="D285" t="s">
         <v>2643</v>
       </c>
       <c r="E285" t="s">
         <v>2644</v>
       </c>
       <c r="F285" t="s">
         <v>2645</v>
       </c>
       <c r="G285" t="s">
         <v>2646</v>
       </c>
       <c r="H285" t="s">
         <v>2647</v>
       </c>
       <c r="I285" t="s">
         <v>2648</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
         <v>2649</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5792</v>
+        <v>5517</v>
       </c>
       <c r="B286" t="s">
         <v>2650</v>
       </c>
       <c r="C286" t="s">
         <v>2651</v>
       </c>
       <c r="D286" t="s">
         <v>2652</v>
       </c>
       <c r="E286" t="s">
         <v>2653</v>
       </c>
       <c r="F286" t="s">
         <v>2654</v>
       </c>
       <c r="G286" t="s">
         <v>2655</v>
       </c>
       <c r="H286" t="s">
         <v>2656</v>
       </c>
       <c r="I286" t="s">
         <v>2657</v>
       </c>
       <c r="J286" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>451</v>
+        <v>25</v>
       </c>
       <c r="L286" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>453</v>
+        <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
         <v>2658</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5794</v>
+        <v>5518</v>
       </c>
       <c r="B287" t="s">
         <v>2659</v>
       </c>
       <c r="C287" t="s">
         <v>2660</v>
       </c>
       <c r="D287" t="s">
         <v>2661</v>
       </c>
       <c r="E287" t="s">
         <v>2662</v>
       </c>
       <c r="F287" t="s">
         <v>2663</v>
       </c>
       <c r="G287" t="s">
         <v>2664</v>
       </c>
       <c r="H287" t="s">
         <v>2665</v>
       </c>
       <c r="I287" t="s">
         <v>2666</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
         <v>2667</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5795</v>
+        <v>5520</v>
       </c>
       <c r="B288" t="s">
         <v>2668</v>
       </c>
       <c r="C288" t="s">
         <v>2669</v>
       </c>
       <c r="D288" t="s">
         <v>2670</v>
       </c>
       <c r="E288" t="s">
         <v>2671</v>
       </c>
       <c r="F288" t="s">
         <v>2672</v>
       </c>
       <c r="G288" t="s">
         <v>2673</v>
       </c>
       <c r="H288" t="s">
         <v>2674</v>
       </c>
       <c r="I288" t="s">
         <v>2675</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>47</v>
+        <v>1230</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>48</v>
+        <v>1231</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
         <v>2676</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5796</v>
+        <v>5545</v>
       </c>
       <c r="B289" t="s">
         <v>2677</v>
       </c>
       <c r="C289" t="s">
         <v>2678</v>
       </c>
       <c r="D289" t="s">
         <v>2679</v>
       </c>
       <c r="E289" t="s">
         <v>2680</v>
       </c>
       <c r="F289" t="s">
         <v>2681</v>
       </c>
       <c r="G289" t="s">
         <v>2682</v>
       </c>
       <c r="H289" t="s">
         <v>2683</v>
       </c>
       <c r="I289" t="s">
         <v>2684</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>170</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>171</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
         <v>2685</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5798</v>
+        <v>5657</v>
       </c>
       <c r="B290" t="s">
         <v>2686</v>
       </c>
       <c r="C290" t="s">
         <v>2687</v>
       </c>
       <c r="D290" t="s">
         <v>2688</v>
       </c>
       <c r="E290" t="s">
         <v>2689</v>
       </c>
       <c r="F290" t="s">
         <v>2690</v>
       </c>
       <c r="G290" t="s">
         <v>2691</v>
       </c>
       <c r="H290" t="s">
         <v>2692</v>
       </c>
       <c r="I290" t="s">
         <v>2693</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
         <v>2694</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5799</v>
+        <v>5733</v>
       </c>
       <c r="B291" t="s">
         <v>2695</v>
       </c>
       <c r="C291" t="s">
         <v>2696</v>
       </c>
       <c r="D291" t="s">
         <v>2697</v>
       </c>
       <c r="E291" t="s">
         <v>2698</v>
       </c>
       <c r="F291" t="s">
         <v>2699</v>
       </c>
       <c r="G291" t="s">
         <v>2700</v>
       </c>
       <c r="H291" t="s">
         <v>2701</v>
       </c>
       <c r="I291" t="s">
         <v>2702</v>
       </c>
       <c r="J291" t="s">
-        <v>1851</v>
+        <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>905</v>
+        <v>47</v>
       </c>
       <c r="L291" t="s">
-        <v>1853</v>
+        <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>906</v>
+        <v>48</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
         <v>2703</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5803</v>
+        <v>5787</v>
       </c>
       <c r="B292" t="s">
         <v>2704</v>
       </c>
       <c r="C292" t="s">
         <v>2705</v>
       </c>
       <c r="D292" t="s">
         <v>2706</v>
       </c>
       <c r="E292" t="s">
         <v>2707</v>
       </c>
       <c r="F292" t="s">
         <v>2708</v>
       </c>
       <c r="G292" t="s">
         <v>2709</v>
       </c>
       <c r="H292" t="s">
         <v>2710</v>
       </c>
       <c r="I292" t="s">
         <v>2711</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
         <v>2712</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5805</v>
+        <v>5792</v>
       </c>
       <c r="B293" t="s">
         <v>2713</v>
       </c>
       <c r="C293" t="s">
         <v>2714</v>
       </c>
       <c r="D293" t="s">
         <v>2715</v>
       </c>
       <c r="E293" t="s">
         <v>2716</v>
       </c>
       <c r="F293" t="s">
         <v>2717</v>
       </c>
       <c r="G293" t="s">
         <v>2718</v>
       </c>
       <c r="H293" t="s">
         <v>2719</v>
       </c>
       <c r="I293" t="s">
         <v>2720</v>
       </c>
       <c r="J293" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K293" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L293" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M293" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
         <v>2721</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5808</v>
+        <v>5794</v>
       </c>
       <c r="B294" t="s">
         <v>2722</v>
       </c>
       <c r="C294" t="s">
         <v>2723</v>
       </c>
       <c r="D294" t="s">
         <v>2724</v>
       </c>
       <c r="E294" t="s">
         <v>2725</v>
       </c>
       <c r="F294" t="s">
         <v>2726</v>
       </c>
       <c r="G294" t="s">
         <v>2727</v>
       </c>
       <c r="H294" t="s">
         <v>2728</v>
       </c>
       <c r="I294" t="s">
         <v>2729</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
         <v>2730</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5811</v>
+        <v>5795</v>
       </c>
       <c r="B295" t="s">
         <v>2731</v>
       </c>
       <c r="C295" t="s">
         <v>2732</v>
       </c>
       <c r="D295" t="s">
         <v>2733</v>
       </c>
       <c r="E295" t="s">
         <v>2734</v>
       </c>
       <c r="F295" t="s">
         <v>2735</v>
       </c>
       <c r="G295" t="s">
         <v>2736</v>
       </c>
       <c r="H295" t="s">
         <v>2737</v>
       </c>
       <c r="I295" t="s">
         <v>2738</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
         <v>2739</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5819</v>
+        <v>5796</v>
       </c>
       <c r="B296" t="s">
         <v>2740</v>
       </c>
       <c r="C296" t="s">
         <v>2741</v>
       </c>
       <c r="D296" t="s">
         <v>2742</v>
       </c>
       <c r="E296" t="s">
         <v>2743</v>
       </c>
       <c r="F296" t="s">
         <v>2744</v>
       </c>
       <c r="G296" t="s">
         <v>2745</v>
       </c>
       <c r="H296" t="s">
         <v>2746</v>
       </c>
       <c r="I296" t="s">
         <v>2747</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
         <v>2748</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5830</v>
+        <v>5798</v>
       </c>
       <c r="B297" t="s">
         <v>2749</v>
       </c>
       <c r="C297" t="s">
         <v>2750</v>
       </c>
       <c r="D297" t="s">
         <v>2751</v>
       </c>
       <c r="E297" t="s">
         <v>2752</v>
       </c>
       <c r="F297" t="s">
         <v>2753</v>
       </c>
       <c r="G297" t="s">
         <v>2754</v>
       </c>
       <c r="H297" t="s">
         <v>2755</v>
       </c>
       <c r="I297" t="s">
         <v>2756</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
         <v>2757</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5863</v>
+        <v>5799</v>
       </c>
       <c r="B298" t="s">
         <v>2758</v>
       </c>
       <c r="C298" t="s">
         <v>2759</v>
       </c>
       <c r="D298" t="s">
         <v>2760</v>
       </c>
       <c r="E298" t="s">
         <v>2761</v>
       </c>
       <c r="F298" t="s">
         <v>2762</v>
       </c>
       <c r="G298" t="s">
         <v>2763</v>
       </c>
       <c r="H298" t="s">
         <v>2764</v>
       </c>
       <c r="I298" t="s">
         <v>2765</v>
       </c>
       <c r="J298" t="s">
-        <v>24</v>
+        <v>1914</v>
       </c>
       <c r="K298" t="s">
-        <v>25</v>
+        <v>905</v>
       </c>
       <c r="L298" t="s">
-        <v>26</v>
+        <v>1916</v>
       </c>
       <c r="M298" t="s">
-        <v>27</v>
+        <v>906</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
         <v>2766</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5866</v>
+        <v>5803</v>
       </c>
       <c r="B299" t="s">
         <v>2767</v>
       </c>
       <c r="C299" t="s">
         <v>2768</v>
       </c>
       <c r="D299" t="s">
         <v>2769</v>
       </c>
       <c r="E299" t="s">
         <v>2770</v>
       </c>
       <c r="F299" t="s">
         <v>2771</v>
       </c>
       <c r="G299" t="s">
         <v>2772</v>
       </c>
       <c r="H299" t="s">
         <v>2773</v>
       </c>
       <c r="I299" t="s">
         <v>2774</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
         <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
         <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
         <v>2775</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5888</v>
+        <v>5805</v>
       </c>
       <c r="B300" t="s">
         <v>2776</v>
       </c>
       <c r="C300" t="s">
         <v>2777</v>
       </c>
       <c r="D300" t="s">
         <v>2778</v>
       </c>
       <c r="E300" t="s">
         <v>2779</v>
       </c>
       <c r="F300" t="s">
         <v>2780</v>
       </c>
       <c r="G300" t="s">
         <v>2781</v>
       </c>
       <c r="H300" t="s">
         <v>2782</v>
       </c>
       <c r="I300" t="s">
         <v>2783</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
         <v>25</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>27</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
         <v>2784</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5889</v>
+        <v>5808</v>
       </c>
       <c r="B301" t="s">
         <v>2785</v>
       </c>
       <c r="C301" t="s">
         <v>2786</v>
       </c>
       <c r="D301" t="s">
         <v>2787</v>
       </c>
       <c r="E301" t="s">
         <v>2788</v>
       </c>
       <c r="F301" t="s">
         <v>2789</v>
       </c>
       <c r="G301" t="s">
         <v>2790</v>
       </c>
       <c r="H301" t="s">
         <v>2791</v>
       </c>
       <c r="I301" t="s">
         <v>2792</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
         <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5907</v>
+        <v>5811</v>
       </c>
       <c r="B302" t="s">
         <v>2794</v>
       </c>
       <c r="C302" t="s">
         <v>2795</v>
       </c>
       <c r="D302" t="s">
         <v>2796</v>
       </c>
       <c r="E302" t="s">
         <v>2797</v>
       </c>
       <c r="F302" t="s">
         <v>2798</v>
       </c>
       <c r="G302" t="s">
         <v>2799</v>
       </c>
       <c r="H302" t="s">
         <v>2800</v>
       </c>
       <c r="I302" t="s">
         <v>2801</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
         <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
         <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
         <v>2802</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5913</v>
+        <v>5819</v>
       </c>
       <c r="B303" t="s">
         <v>2803</v>
       </c>
       <c r="C303" t="s">
         <v>2804</v>
       </c>
       <c r="D303" t="s">
         <v>2805</v>
       </c>
       <c r="E303" t="s">
         <v>2806</v>
       </c>
       <c r="F303" t="s">
         <v>2807</v>
       </c>
       <c r="G303" t="s">
         <v>2808</v>
       </c>
       <c r="H303" t="s">
         <v>2809</v>
       </c>
       <c r="I303" t="s">
         <v>2810</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
         <v>2811</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5915</v>
+        <v>5830</v>
       </c>
       <c r="B304" t="s">
         <v>2812</v>
       </c>
       <c r="C304" t="s">
         <v>2813</v>
       </c>
       <c r="D304" t="s">
         <v>2814</v>
       </c>
       <c r="E304" t="s">
         <v>2815</v>
       </c>
       <c r="F304" t="s">
         <v>2816</v>
       </c>
       <c r="G304" t="s">
         <v>2817</v>
       </c>
       <c r="H304" t="s">
         <v>2818</v>
       </c>
       <c r="I304" t="s">
         <v>2819</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
         <v>2820</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5927</v>
+        <v>5863</v>
       </c>
       <c r="B305" t="s">
         <v>2821</v>
       </c>
       <c r="C305" t="s">
         <v>2822</v>
       </c>
       <c r="D305" t="s">
         <v>2823</v>
       </c>
       <c r="E305" t="s">
         <v>2824</v>
       </c>
       <c r="F305" t="s">
         <v>2825</v>
       </c>
       <c r="G305" t="s">
         <v>2826</v>
       </c>
       <c r="H305" t="s">
         <v>2827</v>
       </c>
       <c r="I305" t="s">
         <v>2828</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
         <v>2829</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>5928</v>
+        <v>5866</v>
       </c>
       <c r="B306" t="s">
         <v>2830</v>
       </c>
       <c r="C306" t="s">
         <v>2831</v>
       </c>
       <c r="D306" t="s">
         <v>2832</v>
       </c>
       <c r="E306" t="s">
         <v>2833</v>
       </c>
       <c r="F306" t="s">
         <v>2834</v>
       </c>
       <c r="G306" t="s">
         <v>2835</v>
       </c>
       <c r="H306" t="s">
         <v>2836</v>
       </c>
       <c r="I306" t="s">
         <v>2837</v>
       </c>
       <c r="J306" t="s">
+        <v>24</v>
+      </c>
+      <c r="K306" t="s">
+        <v>25</v>
+      </c>
+      <c r="L306" t="s">
+        <v>26</v>
+      </c>
+      <c r="M306" t="s">
+        <v>27</v>
+      </c>
+      <c r="N306" t="s">
+        <v>28</v>
+      </c>
+      <c r="O306" t="s">
         <v>2838</v>
-      </c>
-[...13 lines deleted...]
-        <v>2842</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>5931</v>
+        <v>5888</v>
       </c>
       <c r="B307" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C307" t="s">
+        <v>2840</v>
+      </c>
+      <c r="D307" t="s">
+        <v>2841</v>
+      </c>
+      <c r="E307" t="s">
+        <v>2842</v>
+      </c>
+      <c r="F307" t="s">
         <v>2843</v>
       </c>
-      <c r="C307" t="s">
+      <c r="G307" t="s">
         <v>2844</v>
       </c>
-      <c r="D307" t="s">
+      <c r="H307" t="s">
         <v>2845</v>
       </c>
-      <c r="E307" t="s">
+      <c r="I307" t="s">
         <v>2846</v>
-      </c>
-[...10 lines deleted...]
-        <v>2850</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
         <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2851</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>5932</v>
+        <v>5889</v>
       </c>
       <c r="B308" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C308" t="s">
+        <v>2849</v>
+      </c>
+      <c r="D308" t="s">
+        <v>2850</v>
+      </c>
+      <c r="E308" t="s">
+        <v>2851</v>
+      </c>
+      <c r="F308" t="s">
         <v>2852</v>
       </c>
-      <c r="C308" t="s">
+      <c r="G308" t="s">
         <v>2853</v>
       </c>
-      <c r="D308" t="s">
+      <c r="H308" t="s">
         <v>2854</v>
       </c>
-      <c r="E308" t="s">
+      <c r="I308" t="s">
         <v>2855</v>
       </c>
-      <c r="F308" t="s">
+      <c r="J308" t="s">
+        <v>24</v>
+      </c>
+      <c r="K308" t="s">
+        <v>25</v>
+      </c>
+      <c r="L308" t="s">
+        <v>26</v>
+      </c>
+      <c r="M308" t="s">
+        <v>27</v>
+      </c>
+      <c r="N308" t="s">
+        <v>28</v>
+      </c>
+      <c r="O308" t="s">
         <v>2856</v>
-      </c>
-[...25 lines deleted...]
-        <v>2860</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>5934</v>
+        <v>5907</v>
       </c>
       <c r="B309" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C309" t="s">
+        <v>2858</v>
+      </c>
+      <c r="D309" t="s">
+        <v>2859</v>
+      </c>
+      <c r="E309" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F309" t="s">
         <v>2861</v>
       </c>
-      <c r="C309" t="s">
+      <c r="G309" t="s">
         <v>2862</v>
       </c>
-      <c r="D309" t="s">
+      <c r="H309" t="s">
         <v>2863</v>
       </c>
-      <c r="E309" t="s">
+      <c r="I309" t="s">
         <v>2864</v>
       </c>
-      <c r="F309" t="s">
+      <c r="J309" t="s">
+        <v>24</v>
+      </c>
+      <c r="K309" t="s">
+        <v>25</v>
+      </c>
+      <c r="L309" t="s">
+        <v>26</v>
+      </c>
+      <c r="M309" t="s">
+        <v>27</v>
+      </c>
+      <c r="N309" t="s">
+        <v>28</v>
+      </c>
+      <c r="O309" t="s">
         <v>2865</v>
-      </c>
-[...25 lines deleted...]
-        <v>2869</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>5953</v>
+        <v>5913</v>
       </c>
       <c r="B310" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C310" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D310" t="s">
+        <v>2868</v>
+      </c>
+      <c r="E310" t="s">
+        <v>2869</v>
+      </c>
+      <c r="F310" t="s">
         <v>2870</v>
       </c>
-      <c r="C310" t="s">
+      <c r="G310" t="s">
         <v>2871</v>
       </c>
-      <c r="D310" t="s">
+      <c r="H310" t="s">
         <v>2872</v>
       </c>
-      <c r="E310" t="s">
+      <c r="I310" t="s">
         <v>2873</v>
       </c>
-      <c r="F310" t="s">
+      <c r="J310" t="s">
+        <v>24</v>
+      </c>
+      <c r="K310" t="s">
+        <v>47</v>
+      </c>
+      <c r="L310" t="s">
+        <v>26</v>
+      </c>
+      <c r="M310" t="s">
+        <v>48</v>
+      </c>
+      <c r="N310" t="s">
+        <v>28</v>
+      </c>
+      <c r="O310" t="s">
         <v>2874</v>
-      </c>
-[...25 lines deleted...]
-        <v>2878</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>5981</v>
+        <v>5915</v>
       </c>
       <c r="B311" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C311" t="s">
+        <v>2876</v>
+      </c>
+      <c r="D311" t="s">
+        <v>2877</v>
+      </c>
+      <c r="E311" t="s">
+        <v>2878</v>
+      </c>
+      <c r="F311" t="s">
         <v>2879</v>
       </c>
-      <c r="C311" t="s">
+      <c r="G311" t="s">
         <v>2880</v>
       </c>
-      <c r="D311" t="s">
+      <c r="H311" t="s">
         <v>2881</v>
       </c>
-      <c r="E311" t="s">
+      <c r="I311" t="s">
         <v>2882</v>
       </c>
-      <c r="F311" t="s">
+      <c r="J311" t="s">
+        <v>24</v>
+      </c>
+      <c r="K311" t="s">
+        <v>170</v>
+      </c>
+      <c r="L311" t="s">
+        <v>26</v>
+      </c>
+      <c r="M311" t="s">
+        <v>171</v>
+      </c>
+      <c r="N311" t="s">
+        <v>28</v>
+      </c>
+      <c r="O311" t="s">
         <v>2883</v>
-      </c>
-[...25 lines deleted...]
-        <v>2889</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>5986</v>
+        <v>5927</v>
       </c>
       <c r="B312" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C312" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D312" t="s">
+        <v>2886</v>
+      </c>
+      <c r="E312" t="s">
+        <v>2887</v>
+      </c>
+      <c r="F312" t="s">
+        <v>2888</v>
+      </c>
+      <c r="G312" t="s">
+        <v>2889</v>
+      </c>
+      <c r="H312" t="s">
         <v>2890</v>
       </c>
-      <c r="C312" t="s">
+      <c r="I312" t="s">
         <v>2891</v>
       </c>
-      <c r="D312" t="s">
+      <c r="J312" t="s">
+        <v>24</v>
+      </c>
+      <c r="K312" t="s">
+        <v>59</v>
+      </c>
+      <c r="L312" t="s">
+        <v>26</v>
+      </c>
+      <c r="M312" t="s">
+        <v>61</v>
+      </c>
+      <c r="N312" t="s">
+        <v>28</v>
+      </c>
+      <c r="O312" t="s">
         <v>2892</v>
-      </c>
-[...31 lines deleted...]
-        <v>2898</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>5989</v>
+        <v>5928</v>
       </c>
       <c r="B313" t="s">
+        <v>2893</v>
+      </c>
+      <c r="C313" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D313" t="s">
+        <v>2895</v>
+      </c>
+      <c r="E313" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F313" t="s">
+        <v>2897</v>
+      </c>
+      <c r="G313" t="s">
+        <v>2898</v>
+      </c>
+      <c r="H313" t="s">
         <v>2899</v>
       </c>
-      <c r="C313" t="s">
+      <c r="I313" t="s">
         <v>2900</v>
       </c>
-      <c r="D313" t="s">
+      <c r="J313" t="s">
         <v>2901</v>
       </c>
-      <c r="E313" t="s">
+      <c r="K313" t="s">
         <v>2902</v>
       </c>
-      <c r="F313" t="s">
+      <c r="L313" t="s">
         <v>2903</v>
       </c>
-      <c r="G313" t="s">
+      <c r="M313" t="s">
         <v>2904</v>
       </c>
-      <c r="H313" t="s">
+      <c r="N313" t="s">
+        <v>28</v>
+      </c>
+      <c r="O313" t="s">
         <v>2905</v>
-      </c>
-[...19 lines deleted...]
-        <v>2907</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6018</v>
+        <v>5931</v>
       </c>
       <c r="B314" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C314" t="s">
+        <v>2907</v>
+      </c>
+      <c r="D314" t="s">
         <v>2908</v>
       </c>
-      <c r="C314" t="s">
+      <c r="E314" t="s">
         <v>2909</v>
       </c>
-      <c r="D314" t="s">
+      <c r="F314" t="s">
         <v>2910</v>
       </c>
-      <c r="E314" t="s">
+      <c r="G314" t="s">
         <v>2911</v>
       </c>
-      <c r="F314" t="s">
+      <c r="H314" t="s">
         <v>2912</v>
       </c>
-      <c r="G314" t="s">
+      <c r="I314" t="s">
         <v>2913</v>
       </c>
-      <c r="H314" t="s">
+      <c r="J314" t="s">
+        <v>24</v>
+      </c>
+      <c r="K314" t="s">
+        <v>25</v>
+      </c>
+      <c r="L314" t="s">
+        <v>26</v>
+      </c>
+      <c r="M314" t="s">
+        <v>27</v>
+      </c>
+      <c r="N314" t="s">
+        <v>28</v>
+      </c>
+      <c r="O314" t="s">
         <v>2914</v>
-      </c>
-[...19 lines deleted...]
-        <v>2916</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6021</v>
+        <v>5932</v>
       </c>
       <c r="B315" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C315" t="s">
+        <v>2916</v>
+      </c>
+      <c r="D315" t="s">
         <v>2917</v>
       </c>
-      <c r="C315" t="s">
+      <c r="E315" t="s">
         <v>2918</v>
       </c>
-      <c r="D315" t="s">
+      <c r="F315" t="s">
         <v>2919</v>
       </c>
-      <c r="E315" t="s">
+      <c r="G315" t="s">
         <v>2920</v>
       </c>
-      <c r="F315" t="s">
+      <c r="H315" t="s">
         <v>2921</v>
       </c>
-      <c r="G315" t="s">
+      <c r="I315" t="s">
         <v>2922</v>
       </c>
-      <c r="H315" t="s">
+      <c r="J315" t="s">
+        <v>24</v>
+      </c>
+      <c r="K315" t="s">
+        <v>170</v>
+      </c>
+      <c r="L315" t="s">
+        <v>26</v>
+      </c>
+      <c r="M315" t="s">
+        <v>171</v>
+      </c>
+      <c r="N315" t="s">
+        <v>28</v>
+      </c>
+      <c r="O315" t="s">
         <v>2923</v>
-      </c>
-[...19 lines deleted...]
-        <v>2925</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6076</v>
+        <v>5934</v>
       </c>
       <c r="B316" t="s">
+        <v>2924</v>
+      </c>
+      <c r="C316" t="s">
+        <v>2925</v>
+      </c>
+      <c r="D316" t="s">
         <v>2926</v>
       </c>
-      <c r="C316" t="s">
+      <c r="E316" t="s">
         <v>2927</v>
       </c>
-      <c r="D316" t="s">
+      <c r="F316" t="s">
         <v>2928</v>
       </c>
-      <c r="E316" t="s">
+      <c r="G316" t="s">
         <v>2929</v>
       </c>
-      <c r="F316" t="s">
+      <c r="H316" t="s">
         <v>2930</v>
       </c>
-      <c r="G316" t="s">
+      <c r="I316" t="s">
         <v>2931</v>
       </c>
-      <c r="H316" t="s">
+      <c r="J316" t="s">
+        <v>24</v>
+      </c>
+      <c r="K316" t="s">
+        <v>170</v>
+      </c>
+      <c r="L316" t="s">
+        <v>26</v>
+      </c>
+      <c r="M316" t="s">
+        <v>171</v>
+      </c>
+      <c r="N316" t="s">
+        <v>28</v>
+      </c>
+      <c r="O316" t="s">
         <v>2932</v>
-      </c>
-[...19 lines deleted...]
-        <v>2934</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6082</v>
+        <v>5953</v>
       </c>
       <c r="B317" t="s">
+        <v>2933</v>
+      </c>
+      <c r="C317" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D317" t="s">
         <v>2935</v>
       </c>
-      <c r="C317" t="s">
+      <c r="E317" t="s">
         <v>2936</v>
       </c>
-      <c r="D317" t="s">
+      <c r="F317" t="s">
         <v>2937</v>
       </c>
-      <c r="E317" t="s">
+      <c r="G317" t="s">
         <v>2938</v>
       </c>
-      <c r="F317" t="s">
+      <c r="H317" t="s">
         <v>2939</v>
       </c>
-      <c r="G317" t="s">
+      <c r="I317" t="s">
         <v>2940</v>
       </c>
-      <c r="H317" t="s">
+      <c r="J317" t="s">
+        <v>24</v>
+      </c>
+      <c r="K317" t="s">
+        <v>25</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
+        <v>27</v>
+      </c>
+      <c r="N317" t="s">
+        <v>28</v>
+      </c>
+      <c r="O317" t="s">
         <v>2941</v>
-      </c>
-[...19 lines deleted...]
-        <v>2943</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6093</v>
+        <v>5981</v>
       </c>
       <c r="B318" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C318" t="s">
+        <v>2943</v>
+      </c>
+      <c r="D318" t="s">
         <v>2944</v>
       </c>
-      <c r="C318" t="s">
+      <c r="E318" t="s">
         <v>2945</v>
       </c>
-      <c r="D318" t="s">
+      <c r="F318" t="s">
         <v>2946</v>
       </c>
-      <c r="E318" t="s">
+      <c r="G318" t="s">
         <v>2947</v>
       </c>
-      <c r="F318" t="s">
+      <c r="H318" t="s">
         <v>2948</v>
       </c>
-      <c r="G318" t="s">
+      <c r="I318" t="s">
         <v>2949</v>
       </c>
-      <c r="H318" t="s">
+      <c r="J318" t="s">
+        <v>450</v>
+      </c>
+      <c r="K318" t="s">
         <v>2950</v>
       </c>
-      <c r="I318" t="s">
+      <c r="L318" t="s">
+        <v>452</v>
+      </c>
+      <c r="M318" t="s">
         <v>2951</v>
-      </c>
-[...10 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
         <v>2952</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6112</v>
+        <v>5986</v>
       </c>
       <c r="B319" t="s">
         <v>2953</v>
       </c>
       <c r="C319" t="s">
         <v>2954</v>
       </c>
       <c r="D319" t="s">
         <v>2955</v>
       </c>
       <c r="E319" t="s">
         <v>2956</v>
       </c>
       <c r="F319" t="s">
         <v>2957</v>
       </c>
       <c r="G319" t="s">
         <v>2958</v>
       </c>
       <c r="H319" t="s">
         <v>2959</v>
       </c>
       <c r="I319" t="s">
         <v>2960</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
         <v>170</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
         <v>171</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
         <v>2961</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6179</v>
+        <v>5989</v>
       </c>
       <c r="B320" t="s">
         <v>2962</v>
       </c>
       <c r="C320" t="s">
         <v>2963</v>
       </c>
       <c r="D320" t="s">
         <v>2964</v>
       </c>
       <c r="E320" t="s">
         <v>2965</v>
       </c>
       <c r="F320" t="s">
         <v>2966</v>
       </c>
       <c r="G320" t="s">
         <v>2967</v>
       </c>
       <c r="H320" t="s">
         <v>2968</v>
       </c>
       <c r="I320" t="s">
         <v>2969</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>25</v>
+        <v>2129</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>27</v>
+        <v>2130</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
         <v>2970</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6180</v>
+        <v>6018</v>
       </c>
       <c r="B321" t="s">
         <v>2971</v>
       </c>
       <c r="C321" t="s">
         <v>2972</v>
       </c>
       <c r="D321" t="s">
         <v>2973</v>
       </c>
       <c r="E321" t="s">
         <v>2974</v>
       </c>
       <c r="F321" t="s">
         <v>2975</v>
       </c>
       <c r="G321" t="s">
         <v>2976</v>
       </c>
       <c r="H321" t="s">
         <v>2977</v>
       </c>
       <c r="I321" t="s">
         <v>2978</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
         <v>2979</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6203</v>
+        <v>6021</v>
       </c>
       <c r="B322" t="s">
         <v>2980</v>
       </c>
       <c r="C322" t="s">
         <v>2981</v>
       </c>
       <c r="D322" t="s">
         <v>2982</v>
       </c>
       <c r="E322" t="s">
         <v>2983</v>
       </c>
       <c r="F322" t="s">
         <v>2984</v>
       </c>
       <c r="G322" t="s">
         <v>2985</v>
       </c>
       <c r="H322" t="s">
         <v>2986</v>
       </c>
       <c r="I322" t="s">
         <v>2987</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
         <v>2988</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6208</v>
+        <v>6076</v>
       </c>
       <c r="B323" t="s">
         <v>2989</v>
       </c>
       <c r="C323" t="s">
         <v>2990</v>
       </c>
       <c r="D323" t="s">
         <v>2991</v>
       </c>
       <c r="E323" t="s">
         <v>2992</v>
       </c>
       <c r="F323" t="s">
         <v>2993</v>
       </c>
       <c r="G323" t="s">
         <v>2994</v>
       </c>
       <c r="H323" t="s">
         <v>2995</v>
       </c>
       <c r="I323" t="s">
         <v>2996</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
         <v>2997</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6211</v>
+        <v>6082</v>
       </c>
       <c r="B324" t="s">
         <v>2998</v>
       </c>
       <c r="C324" t="s">
         <v>2999</v>
       </c>
       <c r="D324" t="s">
         <v>3000</v>
       </c>
       <c r="E324" t="s">
         <v>3001</v>
       </c>
       <c r="F324" t="s">
         <v>3002</v>
       </c>
       <c r="G324" t="s">
         <v>3003</v>
       </c>
       <c r="H324" t="s">
         <v>3004</v>
       </c>
       <c r="I324" t="s">
         <v>3005</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>170</v>
+        <v>580</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>171</v>
+        <v>581</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
         <v>3006</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6215</v>
+        <v>6093</v>
       </c>
       <c r="B325" t="s">
         <v>3007</v>
       </c>
       <c r="C325" t="s">
         <v>3008</v>
       </c>
       <c r="D325" t="s">
         <v>3009</v>
       </c>
       <c r="E325" t="s">
         <v>3010</v>
       </c>
       <c r="F325" t="s">
         <v>3011</v>
       </c>
       <c r="G325" t="s">
         <v>3012</v>
       </c>
       <c r="H325" t="s">
         <v>3013</v>
       </c>
       <c r="I325" t="s">
         <v>3014</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>170</v>
+        <v>1071</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>171</v>
+        <v>1072</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
         <v>3015</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6222</v>
+        <v>6112</v>
       </c>
       <c r="B326" t="s">
         <v>3016</v>
       </c>
       <c r="C326" t="s">
         <v>3017</v>
       </c>
       <c r="D326" t="s">
         <v>3018</v>
       </c>
       <c r="E326" t="s">
         <v>3019</v>
       </c>
       <c r="F326" t="s">
         <v>3020</v>
       </c>
       <c r="G326" t="s">
         <v>3021</v>
       </c>
       <c r="H326" t="s">
         <v>3022</v>
       </c>
       <c r="I326" t="s">
         <v>3023</v>
       </c>
       <c r="J326" t="s">
-        <v>2838</v>
+        <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>905</v>
+        <v>170</v>
       </c>
       <c r="L326" t="s">
-        <v>2840</v>
+        <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>906</v>
+        <v>171</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
         <v>3024</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6254</v>
+        <v>6179</v>
       </c>
       <c r="B327" t="s">
         <v>3025</v>
       </c>
       <c r="C327" t="s">
         <v>3026</v>
       </c>
       <c r="D327" t="s">
         <v>3027</v>
       </c>
       <c r="E327" t="s">
         <v>3028</v>
       </c>
       <c r="F327" t="s">
         <v>3029</v>
       </c>
       <c r="G327" t="s">
         <v>3030</v>
       </c>
       <c r="H327" t="s">
         <v>3031</v>
       </c>
       <c r="I327" t="s">
         <v>3032</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
         <v>3033</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6255</v>
+        <v>6180</v>
       </c>
       <c r="B328" t="s">
         <v>3034</v>
       </c>
       <c r="C328" t="s">
         <v>3035</v>
       </c>
       <c r="D328" t="s">
         <v>3036</v>
       </c>
       <c r="E328" t="s">
         <v>3037</v>
       </c>
       <c r="F328" t="s">
         <v>3038</v>
       </c>
       <c r="G328" t="s">
         <v>3039</v>
       </c>
       <c r="H328" t="s">
         <v>3040</v>
       </c>
       <c r="I328" t="s">
         <v>3041</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
+        <v>25</v>
+      </c>
+      <c r="L328" t="s">
+        <v>26</v>
+      </c>
+      <c r="M328" t="s">
+        <v>27</v>
+      </c>
+      <c r="N328" t="s">
+        <v>28</v>
+      </c>
+      <c r="O328" t="s">
         <v>3042</v>
-      </c>
-[...10 lines deleted...]
-        <v>3044</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6258</v>
+        <v>6203</v>
       </c>
       <c r="B329" t="s">
+        <v>3043</v>
+      </c>
+      <c r="C329" t="s">
+        <v>3044</v>
+      </c>
+      <c r="D329" t="s">
         <v>3045</v>
       </c>
-      <c r="C329" t="s">
+      <c r="E329" t="s">
         <v>3046</v>
       </c>
-      <c r="D329" t="s">
+      <c r="F329" t="s">
         <v>3047</v>
       </c>
-      <c r="E329" t="s">
+      <c r="G329" t="s">
         <v>3048</v>
       </c>
-      <c r="F329" t="s">
+      <c r="H329" t="s">
         <v>3049</v>
       </c>
-      <c r="G329" t="s">
+      <c r="I329" t="s">
         <v>3050</v>
       </c>
-      <c r="H329" t="s">
+      <c r="J329" t="s">
+        <v>24</v>
+      </c>
+      <c r="K329" t="s">
+        <v>170</v>
+      </c>
+      <c r="L329" t="s">
+        <v>26</v>
+      </c>
+      <c r="M329" t="s">
+        <v>171</v>
+      </c>
+      <c r="N329" t="s">
+        <v>28</v>
+      </c>
+      <c r="O329" t="s">
         <v>3051</v>
-      </c>
-[...19 lines deleted...]
-        <v>3053</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6259</v>
+        <v>6208</v>
       </c>
       <c r="B330" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C330" t="s">
+        <v>3053</v>
+      </c>
+      <c r="D330" t="s">
         <v>3054</v>
       </c>
-      <c r="C330" t="s">
+      <c r="E330" t="s">
         <v>3055</v>
       </c>
-      <c r="D330" t="s">
+      <c r="F330" t="s">
         <v>3056</v>
       </c>
-      <c r="E330" t="s">
+      <c r="G330" t="s">
         <v>3057</v>
       </c>
-      <c r="F330" t="s">
+      <c r="H330" t="s">
         <v>3058</v>
       </c>
-      <c r="G330" t="s">
+      <c r="I330" t="s">
         <v>3059</v>
-      </c>
-[...4 lines deleted...]
-        <v>3061</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>170</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>171</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3062</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6261</v>
+        <v>6211</v>
       </c>
       <c r="B331" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C331" t="s">
+        <v>3062</v>
+      </c>
+      <c r="D331" t="s">
         <v>3063</v>
       </c>
-      <c r="C331" t="s">
+      <c r="E331" t="s">
         <v>3064</v>
       </c>
-      <c r="D331" t="s">
+      <c r="F331" t="s">
         <v>3065</v>
       </c>
-      <c r="E331" t="s">
+      <c r="G331" t="s">
         <v>3066</v>
       </c>
-      <c r="F331" t="s">
+      <c r="H331" t="s">
         <v>3067</v>
       </c>
-      <c r="G331" t="s">
+      <c r="I331" t="s">
         <v>3068</v>
       </c>
-      <c r="H331" t="s">
+      <c r="J331" t="s">
+        <v>24</v>
+      </c>
+      <c r="K331" t="s">
+        <v>170</v>
+      </c>
+      <c r="L331" t="s">
+        <v>26</v>
+      </c>
+      <c r="M331" t="s">
+        <v>171</v>
+      </c>
+      <c r="N331" t="s">
+        <v>28</v>
+      </c>
+      <c r="O331" t="s">
         <v>3069</v>
-      </c>
-[...19 lines deleted...]
-        <v>3071</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6263</v>
+        <v>6215</v>
       </c>
       <c r="B332" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C332" t="s">
+        <v>3071</v>
+      </c>
+      <c r="D332" t="s">
         <v>3072</v>
       </c>
-      <c r="C332" t="s">
+      <c r="E332" t="s">
         <v>3073</v>
       </c>
-      <c r="D332" t="s">
+      <c r="F332" t="s">
         <v>3074</v>
       </c>
-      <c r="E332" t="s">
+      <c r="G332" t="s">
         <v>3075</v>
       </c>
-      <c r="F332" t="s">
+      <c r="H332" t="s">
         <v>3076</v>
       </c>
-      <c r="G332" t="s">
+      <c r="I332" t="s">
         <v>3077</v>
-      </c>
-[...4 lines deleted...]
-        <v>3079</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
         <v>170</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
         <v>171</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3080</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6272</v>
+        <v>6222</v>
       </c>
       <c r="B333" t="s">
+        <v>3079</v>
+      </c>
+      <c r="C333" t="s">
+        <v>3080</v>
+      </c>
+      <c r="D333" t="s">
         <v>3081</v>
       </c>
-      <c r="C333" t="s">
+      <c r="E333" t="s">
         <v>3082</v>
       </c>
-      <c r="D333" t="s">
+      <c r="F333" t="s">
         <v>3083</v>
       </c>
-      <c r="E333" t="s">
+      <c r="G333" t="s">
         <v>3084</v>
       </c>
-      <c r="F333" t="s">
+      <c r="H333" t="s">
         <v>3085</v>
       </c>
-      <c r="G333" t="s">
+      <c r="I333" t="s">
         <v>3086</v>
       </c>
-      <c r="H333" t="s">
+      <c r="J333" t="s">
+        <v>2901</v>
+      </c>
+      <c r="K333" t="s">
+        <v>905</v>
+      </c>
+      <c r="L333" t="s">
+        <v>2903</v>
+      </c>
+      <c r="M333" t="s">
+        <v>906</v>
+      </c>
+      <c r="N333" t="s">
+        <v>28</v>
+      </c>
+      <c r="O333" t="s">
         <v>3087</v>
-      </c>
-[...19 lines deleted...]
-        <v>3089</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6274</v>
+        <v>6254</v>
       </c>
       <c r="B334" t="s">
+        <v>3088</v>
+      </c>
+      <c r="C334" t="s">
+        <v>3089</v>
+      </c>
+      <c r="D334" t="s">
         <v>3090</v>
       </c>
-      <c r="C334" t="s">
+      <c r="E334" t="s">
         <v>3091</v>
       </c>
-      <c r="D334" t="s">
+      <c r="F334" t="s">
         <v>3092</v>
       </c>
-      <c r="E334" t="s">
+      <c r="G334" t="s">
         <v>3093</v>
       </c>
-      <c r="F334" t="s">
+      <c r="H334" t="s">
         <v>3094</v>
       </c>
-      <c r="G334" t="s">
+      <c r="I334" t="s">
         <v>3095</v>
       </c>
-      <c r="H334" t="s">
+      <c r="J334" t="s">
+        <v>24</v>
+      </c>
+      <c r="K334" t="s">
+        <v>170</v>
+      </c>
+      <c r="L334" t="s">
+        <v>26</v>
+      </c>
+      <c r="M334" t="s">
+        <v>171</v>
+      </c>
+      <c r="N334" t="s">
+        <v>28</v>
+      </c>
+      <c r="O334" t="s">
         <v>3096</v>
-      </c>
-[...19 lines deleted...]
-        <v>3098</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>6275</v>
+        <v>6255</v>
       </c>
       <c r="B335" t="s">
+        <v>3097</v>
+      </c>
+      <c r="C335" t="s">
+        <v>3098</v>
+      </c>
+      <c r="D335" t="s">
         <v>3099</v>
       </c>
-      <c r="C335" t="s">
+      <c r="E335" t="s">
         <v>3100</v>
       </c>
-      <c r="D335" t="s">
+      <c r="F335" t="s">
         <v>3101</v>
       </c>
-      <c r="E335" t="s">
+      <c r="G335" t="s">
         <v>3102</v>
       </c>
-      <c r="F335" t="s">
+      <c r="H335" t="s">
         <v>3103</v>
       </c>
-      <c r="G335" t="s">
+      <c r="I335" t="s">
         <v>3104</v>
       </c>
-      <c r="H335" t="s">
+      <c r="J335" t="s">
+        <v>24</v>
+      </c>
+      <c r="K335" t="s">
         <v>3105</v>
       </c>
-      <c r="I335" t="s">
+      <c r="L335" t="s">
+        <v>26</v>
+      </c>
+      <c r="M335" t="s">
         <v>3106</v>
-      </c>
-[...10 lines deleted...]
-        <v>1480</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
         <v>3107</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>6327</v>
+        <v>6258</v>
       </c>
       <c r="B336" t="s">
         <v>3108</v>
       </c>
       <c r="C336" t="s">
         <v>3109</v>
       </c>
       <c r="D336" t="s">
         <v>3110</v>
       </c>
       <c r="E336" t="s">
         <v>3111</v>
       </c>
       <c r="F336" t="s">
         <v>3112</v>
       </c>
       <c r="G336" t="s">
         <v>3113</v>
       </c>
       <c r="H336" t="s">
         <v>3114</v>
       </c>
       <c r="I336" t="s">
         <v>3115</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
         <v>3116</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>6337</v>
+        <v>6259</v>
       </c>
       <c r="B337" t="s">
         <v>3117</v>
       </c>
       <c r="C337" t="s">
         <v>3118</v>
       </c>
       <c r="D337" t="s">
         <v>3119</v>
       </c>
       <c r="E337" t="s">
         <v>3120</v>
       </c>
       <c r="F337" t="s">
         <v>3121</v>
       </c>
       <c r="G337" t="s">
         <v>3122</v>
       </c>
       <c r="H337" t="s">
         <v>3123</v>
       </c>
       <c r="I337" t="s">
         <v>3124</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
         <v>3125</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>6361</v>
+        <v>6261</v>
       </c>
       <c r="B338" t="s">
         <v>3126</v>
       </c>
       <c r="C338" t="s">
         <v>3127</v>
       </c>
       <c r="D338" t="s">
         <v>3128</v>
       </c>
       <c r="E338" t="s">
         <v>3129</v>
       </c>
       <c r="F338" t="s">
         <v>3130</v>
       </c>
       <c r="G338" t="s">
         <v>3131</v>
       </c>
       <c r="H338" t="s">
         <v>3132</v>
       </c>
       <c r="I338" t="s">
         <v>3133</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
         <v>3134</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>6379</v>
+        <v>6263</v>
       </c>
       <c r="B339" t="s">
         <v>3135</v>
       </c>
       <c r="C339" t="s">
         <v>3136</v>
       </c>
       <c r="D339" t="s">
         <v>3137</v>
       </c>
       <c r="E339" t="s">
         <v>3138</v>
       </c>
       <c r="F339" t="s">
         <v>3139</v>
       </c>
       <c r="G339" t="s">
         <v>3140</v>
       </c>
       <c r="H339" t="s">
         <v>3141</v>
       </c>
       <c r="I339" t="s">
         <v>3142</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
         <v>3143</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>6454</v>
+        <v>6272</v>
       </c>
       <c r="B340" t="s">
         <v>3144</v>
       </c>
       <c r="C340" t="s">
         <v>3145</v>
       </c>
       <c r="D340" t="s">
         <v>3146</v>
       </c>
       <c r="E340" t="s">
         <v>3147</v>
       </c>
       <c r="F340" t="s">
         <v>3148</v>
       </c>
       <c r="G340" t="s">
         <v>3149</v>
       </c>
       <c r="H340" t="s">
         <v>3150</v>
       </c>
       <c r="I340" t="s">
         <v>3151</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
         <v>170</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
         <v>171</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
         <v>3152</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6460</v>
+        <v>6274</v>
       </c>
       <c r="B341" t="s">
         <v>3153</v>
       </c>
       <c r="C341" t="s">
         <v>3154</v>
       </c>
       <c r="D341" t="s">
         <v>3155</v>
       </c>
       <c r="E341" t="s">
         <v>3156</v>
       </c>
       <c r="F341" t="s">
         <v>3157</v>
       </c>
       <c r="G341" t="s">
         <v>3158</v>
       </c>
       <c r="H341" t="s">
         <v>3159</v>
       </c>
       <c r="I341" t="s">
         <v>3160</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
         <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
         <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
         <v>3161</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>6468</v>
+        <v>6275</v>
       </c>
       <c r="B342" t="s">
         <v>3162</v>
       </c>
       <c r="C342" t="s">
         <v>3163</v>
       </c>
       <c r="D342" t="s">
         <v>3164</v>
       </c>
       <c r="E342" t="s">
         <v>3165</v>
       </c>
       <c r="F342" t="s">
         <v>3166</v>
       </c>
       <c r="G342" t="s">
         <v>3167</v>
       </c>
       <c r="H342" t="s">
         <v>3168</v>
       </c>
       <c r="I342" t="s">
         <v>3169</v>
       </c>
       <c r="J342" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K342" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L342" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M342" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
         <v>3170</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>6611</v>
+        <v>6327</v>
       </c>
       <c r="B343" t="s">
         <v>3171</v>
       </c>
       <c r="C343" t="s">
         <v>3172</v>
       </c>
       <c r="D343" t="s">
         <v>3173</v>
       </c>
       <c r="E343" t="s">
         <v>3174</v>
       </c>
       <c r="F343" t="s">
         <v>3175</v>
       </c>
       <c r="G343" t="s">
         <v>3176</v>
       </c>
       <c r="H343" t="s">
         <v>3177</v>
       </c>
       <c r="I343" t="s">
         <v>3178</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
         <v>3179</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>6615</v>
+        <v>6337</v>
       </c>
       <c r="B344" t="s">
         <v>3180</v>
       </c>
       <c r="C344" t="s">
         <v>3181</v>
       </c>
       <c r="D344" t="s">
         <v>3182</v>
       </c>
       <c r="E344" t="s">
         <v>3183</v>
       </c>
       <c r="F344" t="s">
         <v>3184</v>
       </c>
       <c r="G344" t="s">
         <v>3185</v>
       </c>
       <c r="H344" t="s">
         <v>3186</v>
       </c>
       <c r="I344" t="s">
         <v>3187</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
         <v>3188</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>6761</v>
+        <v>6361</v>
       </c>
       <c r="B345" t="s">
         <v>3189</v>
       </c>
       <c r="C345" t="s">
         <v>3190</v>
       </c>
       <c r="D345" t="s">
         <v>3191</v>
       </c>
       <c r="E345" t="s">
         <v>3192</v>
       </c>
       <c r="F345" t="s">
         <v>3193</v>
       </c>
       <c r="G345" t="s">
         <v>3194</v>
       </c>
       <c r="H345" t="s">
         <v>3195</v>
       </c>
       <c r="I345" t="s">
         <v>3196</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
         <v>3197</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>6762</v>
+        <v>6379</v>
       </c>
       <c r="B346" t="s">
         <v>3198</v>
       </c>
       <c r="C346" t="s">
         <v>3199</v>
       </c>
       <c r="D346" t="s">
         <v>3200</v>
       </c>
       <c r="E346" t="s">
         <v>3201</v>
       </c>
       <c r="F346" t="s">
         <v>3202</v>
       </c>
       <c r="G346" t="s">
         <v>3203</v>
       </c>
       <c r="H346" t="s">
         <v>3204</v>
       </c>
       <c r="I346" t="s">
         <v>3205</v>
       </c>
       <c r="J346" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>690</v>
+        <v>25</v>
       </c>
       <c r="L346" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>691</v>
+        <v>27</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
         <v>3206</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>6765</v>
+        <v>6454</v>
       </c>
       <c r="B347" t="s">
         <v>3207</v>
       </c>
       <c r="C347" t="s">
         <v>3208</v>
       </c>
       <c r="D347" t="s">
         <v>3209</v>
       </c>
       <c r="E347" t="s">
         <v>3210</v>
       </c>
       <c r="F347" t="s">
         <v>3211</v>
       </c>
       <c r="G347" t="s">
         <v>3212</v>
       </c>
       <c r="H347" t="s">
         <v>3213</v>
       </c>
       <c r="I347" t="s">
         <v>3214</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
         <v>170</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
         <v>171</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
         <v>3215</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>6982</v>
+        <v>6460</v>
       </c>
       <c r="B348" t="s">
         <v>3216</v>
       </c>
       <c r="C348" t="s">
         <v>3217</v>
       </c>
       <c r="D348" t="s">
         <v>3218</v>
       </c>
       <c r="E348" t="s">
         <v>3219</v>
       </c>
       <c r="F348" t="s">
         <v>3220</v>
       </c>
       <c r="G348" t="s">
         <v>3221</v>
       </c>
       <c r="H348" t="s">
         <v>3222</v>
       </c>
       <c r="I348" t="s">
         <v>3223</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
+        <v>25</v>
+      </c>
+      <c r="L348" t="s">
+        <v>26</v>
+      </c>
+      <c r="M348" t="s">
+        <v>27</v>
+      </c>
+      <c r="N348" t="s">
+        <v>28</v>
+      </c>
+      <c r="O348" t="s">
         <v>3224</v>
-      </c>
-[...10 lines deleted...]
-        <v>3226</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8265</v>
+        <v>6468</v>
       </c>
       <c r="B349" t="s">
+        <v>3225</v>
+      </c>
+      <c r="C349" t="s">
+        <v>3226</v>
+      </c>
+      <c r="D349" t="s">
         <v>3227</v>
       </c>
-      <c r="C349" t="s">
+      <c r="E349" t="s">
         <v>3228</v>
       </c>
-      <c r="D349" t="s">
+      <c r="F349" t="s">
         <v>3229</v>
       </c>
-      <c r="E349" t="s">
+      <c r="G349" t="s">
         <v>3230</v>
       </c>
-      <c r="F349" t="s">
+      <c r="H349" t="s">
         <v>3231</v>
       </c>
-      <c r="G349" t="s">
+      <c r="I349" t="s">
         <v>3232</v>
       </c>
-      <c r="H349" t="s">
+      <c r="J349" t="s">
+        <v>24</v>
+      </c>
+      <c r="K349" t="s">
+        <v>25</v>
+      </c>
+      <c r="L349" t="s">
+        <v>26</v>
+      </c>
+      <c r="M349" t="s">
+        <v>27</v>
+      </c>
+      <c r="N349" t="s">
+        <v>28</v>
+      </c>
+      <c r="O349" t="s">
         <v>3233</v>
-      </c>
-[...19 lines deleted...]
-        <v>3237</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8289</v>
+        <v>6611</v>
       </c>
       <c r="B350" t="s">
+        <v>3234</v>
+      </c>
+      <c r="C350" t="s">
+        <v>3235</v>
+      </c>
+      <c r="D350" t="s">
+        <v>3236</v>
+      </c>
+      <c r="E350" t="s">
+        <v>3237</v>
+      </c>
+      <c r="F350" t="s">
         <v>3238</v>
       </c>
-      <c r="C350" t="s">
+      <c r="G350" t="s">
         <v>3239</v>
       </c>
-      <c r="D350" t="s">
+      <c r="H350" t="s">
         <v>3240</v>
       </c>
-      <c r="E350" t="s">
+      <c r="I350" t="s">
         <v>3241</v>
       </c>
-      <c r="F350" t="s">
+      <c r="J350" t="s">
+        <v>24</v>
+      </c>
+      <c r="K350" t="s">
+        <v>25</v>
+      </c>
+      <c r="L350" t="s">
+        <v>26</v>
+      </c>
+      <c r="M350" t="s">
+        <v>27</v>
+      </c>
+      <c r="N350" t="s">
+        <v>28</v>
+      </c>
+      <c r="O350" t="s">
         <v>3242</v>
-      </c>
-[...25 lines deleted...]
-        <v>3246</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>8294</v>
+        <v>6615</v>
       </c>
       <c r="B351" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C351" t="s">
+        <v>3244</v>
+      </c>
+      <c r="D351" t="s">
+        <v>3245</v>
+      </c>
+      <c r="E351" t="s">
+        <v>3246</v>
+      </c>
+      <c r="F351" t="s">
         <v>3247</v>
       </c>
-      <c r="C351" t="s">
+      <c r="G351" t="s">
         <v>3248</v>
       </c>
-      <c r="D351" t="s">
+      <c r="H351" t="s">
         <v>3249</v>
       </c>
-      <c r="E351" t="s">
+      <c r="I351" t="s">
         <v>3250</v>
       </c>
-      <c r="F351" t="s">
+      <c r="J351" t="s">
+        <v>24</v>
+      </c>
+      <c r="K351" t="s">
+        <v>25</v>
+      </c>
+      <c r="L351" t="s">
+        <v>26</v>
+      </c>
+      <c r="M351" t="s">
+        <v>27</v>
+      </c>
+      <c r="N351" t="s">
+        <v>28</v>
+      </c>
+      <c r="O351" t="s">
         <v>3251</v>
-      </c>
-[...25 lines deleted...]
-        <v>3255</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8315</v>
+        <v>6761</v>
       </c>
       <c r="B352" t="s">
+        <v>3252</v>
+      </c>
+      <c r="C352" t="s">
+        <v>3253</v>
+      </c>
+      <c r="D352" t="s">
+        <v>3254</v>
+      </c>
+      <c r="E352" t="s">
+        <v>3255</v>
+      </c>
+      <c r="F352" t="s">
         <v>3256</v>
       </c>
-      <c r="C352" t="s">
+      <c r="G352" t="s">
         <v>3257</v>
       </c>
-      <c r="D352" t="s">
+      <c r="H352" t="s">
         <v>3258</v>
       </c>
-      <c r="E352" t="s">
+      <c r="I352" t="s">
         <v>3259</v>
-      </c>
-[...10 lines deleted...]
-        <v>3263</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3264</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8341</v>
+        <v>6762</v>
       </c>
       <c r="B353" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C353" t="s">
+        <v>3262</v>
+      </c>
+      <c r="D353" t="s">
+        <v>3263</v>
+      </c>
+      <c r="E353" t="s">
+        <v>3264</v>
+      </c>
+      <c r="F353" t="s">
         <v>3265</v>
       </c>
-      <c r="C353" t="s">
+      <c r="G353" t="s">
         <v>3266</v>
       </c>
-      <c r="D353" t="s">
+      <c r="H353" t="s">
         <v>3267</v>
       </c>
-      <c r="E353" t="s">
+      <c r="I353" t="s">
         <v>3268</v>
       </c>
-      <c r="F353" t="s">
+      <c r="J353" t="s">
+        <v>450</v>
+      </c>
+      <c r="K353" t="s">
+        <v>690</v>
+      </c>
+      <c r="L353" t="s">
+        <v>452</v>
+      </c>
+      <c r="M353" t="s">
+        <v>691</v>
+      </c>
+      <c r="N353" t="s">
+        <v>28</v>
+      </c>
+      <c r="O353" t="s">
         <v>3269</v>
-      </c>
-[...25 lines deleted...]
-        <v>3273</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8343</v>
+        <v>6765</v>
       </c>
       <c r="B354" t="s">
+        <v>3270</v>
+      </c>
+      <c r="C354" t="s">
+        <v>3271</v>
+      </c>
+      <c r="D354" t="s">
+        <v>3272</v>
+      </c>
+      <c r="E354" t="s">
+        <v>3273</v>
+      </c>
+      <c r="F354" t="s">
         <v>3274</v>
       </c>
-      <c r="C354" t="s">
+      <c r="G354" t="s">
         <v>3275</v>
       </c>
-      <c r="D354" t="s">
+      <c r="H354" t="s">
         <v>3276</v>
       </c>
-      <c r="E354" t="s">
+      <c r="I354" t="s">
         <v>3277</v>
       </c>
-      <c r="F354" t="s">
+      <c r="J354" t="s">
+        <v>24</v>
+      </c>
+      <c r="K354" t="s">
+        <v>170</v>
+      </c>
+      <c r="L354" t="s">
+        <v>26</v>
+      </c>
+      <c r="M354" t="s">
+        <v>171</v>
+      </c>
+      <c r="N354" t="s">
+        <v>28</v>
+      </c>
+      <c r="O354" t="s">
         <v>3278</v>
-      </c>
-[...25 lines deleted...]
-        <v>3282</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>8344</v>
+        <v>6982</v>
       </c>
       <c r="B355" t="s">
+        <v>3279</v>
+      </c>
+      <c r="C355" t="s">
+        <v>3280</v>
+      </c>
+      <c r="D355" t="s">
+        <v>3281</v>
+      </c>
+      <c r="E355" t="s">
+        <v>3282</v>
+      </c>
+      <c r="F355" t="s">
         <v>3283</v>
       </c>
-      <c r="C355" t="s">
+      <c r="G355" t="s">
         <v>3284</v>
       </c>
-      <c r="D355" t="s">
+      <c r="H355" t="s">
         <v>3285</v>
       </c>
-      <c r="E355" t="s">
+      <c r="I355" t="s">
         <v>3286</v>
       </c>
-      <c r="F355" t="s">
+      <c r="J355" t="s">
+        <v>24</v>
+      </c>
+      <c r="K355" t="s">
         <v>3287</v>
       </c>
-      <c r="G355" t="s">
+      <c r="L355" t="s">
+        <v>26</v>
+      </c>
+      <c r="M355" t="s">
         <v>3288</v>
       </c>
-      <c r="H355" t="s">
+      <c r="N355" t="s">
+        <v>28</v>
+      </c>
+      <c r="O355" t="s">
         <v>3289</v>
-      </c>
-[...19 lines deleted...]
-        <v>3291</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>8355</v>
+        <v>8265</v>
       </c>
       <c r="B356" t="s">
+        <v>3290</v>
+      </c>
+      <c r="C356" t="s">
+        <v>3291</v>
+      </c>
+      <c r="D356" t="s">
         <v>3292</v>
       </c>
-      <c r="C356" t="s">
+      <c r="E356" t="s">
         <v>3293</v>
       </c>
-      <c r="D356" t="s">
+      <c r="F356" t="s">
         <v>3294</v>
       </c>
-      <c r="E356" t="s">
+      <c r="G356" t="s">
         <v>3295</v>
       </c>
-      <c r="F356" t="s">
+      <c r="H356" t="s">
         <v>3296</v>
       </c>
-      <c r="G356" t="s">
+      <c r="I356" t="s">
         <v>3297</v>
       </c>
-      <c r="H356" t="s">
+      <c r="J356" t="s">
+        <v>24</v>
+      </c>
+      <c r="K356" t="s">
         <v>3298</v>
       </c>
-      <c r="I356" t="s">
+      <c r="L356" t="s">
+        <v>26</v>
+      </c>
+      <c r="M356" t="s">
         <v>3299</v>
       </c>
-      <c r="J356" t="s">
-[...2 lines deleted...]
-      <c r="K356" t="s">
+      <c r="N356" t="s">
+        <v>28</v>
+      </c>
+      <c r="O356" t="s">
         <v>3300</v>
-      </c>
-[...10 lines deleted...]
-        <v>3302</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>8357</v>
+        <v>8289</v>
       </c>
       <c r="B357" t="s">
+        <v>3301</v>
+      </c>
+      <c r="C357" t="s">
+        <v>3302</v>
+      </c>
+      <c r="D357" t="s">
         <v>3303</v>
       </c>
-      <c r="C357" t="s">
+      <c r="E357" t="s">
         <v>3304</v>
       </c>
-      <c r="D357" t="s">
+      <c r="F357" t="s">
         <v>3305</v>
       </c>
-      <c r="E357" t="s">
+      <c r="G357" t="s">
         <v>3306</v>
       </c>
-      <c r="F357" t="s">
+      <c r="H357" t="s">
         <v>3307</v>
       </c>
-      <c r="G357" t="s">
+      <c r="I357" t="s">
         <v>3308</v>
       </c>
-      <c r="H357" t="s">
+      <c r="J357" t="s">
+        <v>24</v>
+      </c>
+      <c r="K357" t="s">
+        <v>451</v>
+      </c>
+      <c r="L357" t="s">
+        <v>26</v>
+      </c>
+      <c r="M357" t="s">
+        <v>453</v>
+      </c>
+      <c r="N357" t="s">
+        <v>28</v>
+      </c>
+      <c r="O357" t="s">
         <v>3309</v>
-      </c>
-[...19 lines deleted...]
-        <v>3311</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>8377</v>
+        <v>8294</v>
       </c>
       <c r="B358" t="s">
+        <v>3310</v>
+      </c>
+      <c r="C358" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D358" t="s">
         <v>3312</v>
       </c>
-      <c r="C358" t="s">
+      <c r="E358" t="s">
         <v>3313</v>
       </c>
-      <c r="D358" t="s">
+      <c r="F358" t="s">
         <v>3314</v>
       </c>
-      <c r="E358" t="s">
+      <c r="G358" t="s">
         <v>3315</v>
       </c>
-      <c r="F358" t="s">
+      <c r="H358" t="s">
         <v>3316</v>
       </c>
-      <c r="G358" t="s">
+      <c r="I358" t="s">
         <v>3317</v>
       </c>
-      <c r="H358" t="s">
+      <c r="J358" t="s">
+        <v>450</v>
+      </c>
+      <c r="K358" t="s">
+        <v>746</v>
+      </c>
+      <c r="L358" t="s">
+        <v>452</v>
+      </c>
+      <c r="M358" t="s">
+        <v>747</v>
+      </c>
+      <c r="N358" t="s">
+        <v>28</v>
+      </c>
+      <c r="O358" t="s">
         <v>3318</v>
-      </c>
-[...19 lines deleted...]
-        <v>3320</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8386</v>
+        <v>8315</v>
       </c>
       <c r="B359" t="s">
+        <v>3319</v>
+      </c>
+      <c r="C359" t="s">
+        <v>3320</v>
+      </c>
+      <c r="D359" t="s">
         <v>3321</v>
       </c>
-      <c r="C359" t="s">
+      <c r="E359" t="s">
         <v>3322</v>
       </c>
-      <c r="D359" t="s">
+      <c r="F359" t="s">
         <v>3323</v>
       </c>
-      <c r="E359" t="s">
+      <c r="G359" t="s">
         <v>3324</v>
       </c>
-      <c r="F359" t="s">
+      <c r="H359" t="s">
         <v>3325</v>
       </c>
-      <c r="G359" t="s">
+      <c r="I359" t="s">
         <v>3326</v>
       </c>
-      <c r="H359" t="s">
+      <c r="J359" t="s">
+        <v>24</v>
+      </c>
+      <c r="K359" t="s">
+        <v>25</v>
+      </c>
+      <c r="L359" t="s">
+        <v>26</v>
+      </c>
+      <c r="M359" t="s">
+        <v>27</v>
+      </c>
+      <c r="N359" t="s">
+        <v>28</v>
+      </c>
+      <c r="O359" t="s">
         <v>3327</v>
-      </c>
-[...19 lines deleted...]
-        <v>3329</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8387</v>
+        <v>8341</v>
       </c>
       <c r="B360" t="s">
+        <v>3328</v>
+      </c>
+      <c r="C360" t="s">
+        <v>3329</v>
+      </c>
+      <c r="D360" t="s">
         <v>3330</v>
       </c>
-      <c r="C360" t="s">
+      <c r="E360" t="s">
         <v>3331</v>
       </c>
-      <c r="D360" t="s">
+      <c r="F360" t="s">
         <v>3332</v>
       </c>
-      <c r="E360" t="s">
+      <c r="G360" t="s">
         <v>3333</v>
       </c>
-      <c r="F360" t="s">
+      <c r="H360" t="s">
         <v>3334</v>
       </c>
-      <c r="G360" t="s">
+      <c r="I360" t="s">
         <v>3335</v>
       </c>
-      <c r="H360" t="s">
+      <c r="J360" t="s">
+        <v>24</v>
+      </c>
+      <c r="K360" t="s">
+        <v>170</v>
+      </c>
+      <c r="L360" t="s">
+        <v>26</v>
+      </c>
+      <c r="M360" t="s">
+        <v>171</v>
+      </c>
+      <c r="N360" t="s">
+        <v>28</v>
+      </c>
+      <c r="O360" t="s">
         <v>3336</v>
-      </c>
-[...19 lines deleted...]
-        <v>3338</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8388</v>
+        <v>8343</v>
       </c>
       <c r="B361" t="s">
+        <v>3337</v>
+      </c>
+      <c r="C361" t="s">
+        <v>3338</v>
+      </c>
+      <c r="D361" t="s">
         <v>3339</v>
       </c>
-      <c r="C361" t="s">
+      <c r="E361" t="s">
         <v>3340</v>
       </c>
-      <c r="D361" t="s">
+      <c r="F361" t="s">
         <v>3341</v>
       </c>
-      <c r="E361" t="s">
+      <c r="G361" t="s">
         <v>3342</v>
       </c>
-      <c r="F361" t="s">
+      <c r="H361" t="s">
         <v>3343</v>
       </c>
-      <c r="G361" t="s">
+      <c r="I361" t="s">
         <v>3344</v>
       </c>
-      <c r="H361" t="s">
+      <c r="J361" t="s">
+        <v>24</v>
+      </c>
+      <c r="K361" t="s">
+        <v>25</v>
+      </c>
+      <c r="L361" t="s">
+        <v>26</v>
+      </c>
+      <c r="M361" t="s">
+        <v>27</v>
+      </c>
+      <c r="N361" t="s">
+        <v>28</v>
+      </c>
+      <c r="O361" t="s">
         <v>3345</v>
-      </c>
-[...19 lines deleted...]
-        <v>3347</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8392</v>
+        <v>8344</v>
       </c>
       <c r="B362" t="s">
+        <v>3346</v>
+      </c>
+      <c r="C362" t="s">
+        <v>3347</v>
+      </c>
+      <c r="D362" t="s">
         <v>3348</v>
       </c>
-      <c r="C362" t="s">
+      <c r="E362" t="s">
         <v>3349</v>
       </c>
-      <c r="D362" t="s">
+      <c r="F362" t="s">
         <v>3350</v>
       </c>
-      <c r="E362" t="s">
+      <c r="G362" t="s">
         <v>3351</v>
       </c>
-      <c r="F362" t="s">
+      <c r="H362" t="s">
         <v>3352</v>
       </c>
-      <c r="G362" t="s">
+      <c r="I362" t="s">
         <v>3353</v>
       </c>
-      <c r="H362" t="s">
+      <c r="J362" t="s">
+        <v>24</v>
+      </c>
+      <c r="K362" t="s">
+        <v>170</v>
+      </c>
+      <c r="L362" t="s">
+        <v>26</v>
+      </c>
+      <c r="M362" t="s">
+        <v>171</v>
+      </c>
+      <c r="N362" t="s">
+        <v>28</v>
+      </c>
+      <c r="O362" t="s">
         <v>3354</v>
-      </c>
-[...19 lines deleted...]
-        <v>3356</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8402</v>
+        <v>8355</v>
       </c>
       <c r="B363" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C363" t="s">
+        <v>3356</v>
+      </c>
+      <c r="D363" t="s">
         <v>3357</v>
       </c>
-      <c r="C363" t="s">
+      <c r="E363" t="s">
         <v>3358</v>
       </c>
-      <c r="D363" t="s">
+      <c r="F363" t="s">
         <v>3359</v>
       </c>
-      <c r="E363" t="s">
+      <c r="G363" t="s">
         <v>3360</v>
       </c>
-      <c r="F363" t="s">
+      <c r="H363" t="s">
         <v>3361</v>
       </c>
-      <c r="G363" t="s">
+      <c r="I363" t="s">
         <v>3362</v>
       </c>
-      <c r="H363" t="s">
+      <c r="J363" t="s">
+        <v>24</v>
+      </c>
+      <c r="K363" t="s">
         <v>3363</v>
       </c>
-      <c r="I363" t="s">
+      <c r="L363" t="s">
+        <v>26</v>
+      </c>
+      <c r="M363" t="s">
         <v>3364</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
         <v>3365</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8902</v>
+        <v>8357</v>
       </c>
       <c r="B364" t="s">
         <v>3366</v>
       </c>
       <c r="C364" t="s">
         <v>3367</v>
       </c>
       <c r="D364" t="s">
         <v>3368</v>
       </c>
       <c r="E364" t="s">
         <v>3369</v>
       </c>
       <c r="F364" t="s">
         <v>3370</v>
       </c>
       <c r="G364" t="s">
         <v>3371</v>
       </c>
       <c r="H364" t="s">
         <v>3372</v>
       </c>
       <c r="I364" t="s">
         <v>3373</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>170</v>
+        <v>3363</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>171</v>
+        <v>3364</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
         <v>3374</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8903</v>
+        <v>8377</v>
       </c>
       <c r="B365" t="s">
         <v>3375</v>
       </c>
       <c r="C365" t="s">
         <v>3376</v>
       </c>
       <c r="D365" t="s">
         <v>3377</v>
       </c>
       <c r="E365" t="s">
         <v>3378</v>
       </c>
       <c r="F365" t="s">
         <v>3379</v>
       </c>
       <c r="G365" t="s">
         <v>3380</v>
       </c>
       <c r="H365" t="s">
         <v>3381</v>
       </c>
       <c r="I365" t="s">
         <v>3382</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
         <v>3383</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>8904</v>
+        <v>8386</v>
       </c>
       <c r="B366" t="s">
         <v>3384</v>
       </c>
       <c r="C366" t="s">
         <v>3385</v>
       </c>
       <c r="D366" t="s">
         <v>3386</v>
       </c>
       <c r="E366" t="s">
         <v>3387</v>
       </c>
       <c r="F366" t="s">
         <v>3388</v>
       </c>
       <c r="G366" t="s">
         <v>3389</v>
       </c>
       <c r="H366" t="s">
         <v>3390</v>
       </c>
       <c r="I366" t="s">
         <v>3391</v>
       </c>
       <c r="J366" t="s">
-        <v>24</v>
+        <v>1914</v>
       </c>
       <c r="K366" t="s">
         <v>170</v>
       </c>
       <c r="L366" t="s">
-        <v>26</v>
+        <v>1916</v>
       </c>
       <c r="M366" t="s">
         <v>171</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
         <v>3392</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>8914</v>
+        <v>8387</v>
       </c>
       <c r="B367" t="s">
         <v>3393</v>
       </c>
       <c r="C367" t="s">
         <v>3394</v>
       </c>
       <c r="D367" t="s">
         <v>3395</v>
       </c>
       <c r="E367" t="s">
         <v>3396</v>
       </c>
       <c r="F367" t="s">
         <v>3397</v>
       </c>
       <c r="G367" t="s">
         <v>3398</v>
       </c>
       <c r="H367" t="s">
         <v>3399</v>
       </c>
       <c r="I367" t="s">
         <v>3400</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>25</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>27</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
         <v>3401</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>8918</v>
+        <v>8388</v>
       </c>
       <c r="B368" t="s">
         <v>3402</v>
       </c>
       <c r="C368" t="s">
         <v>3403</v>
       </c>
       <c r="D368" t="s">
         <v>3404</v>
       </c>
       <c r="E368" t="s">
         <v>3405</v>
       </c>
       <c r="F368" t="s">
         <v>3406</v>
       </c>
       <c r="G368" t="s">
         <v>3407</v>
       </c>
       <c r="H368" t="s">
         <v>3408</v>
       </c>
       <c r="I368" t="s">
         <v>3409</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
         <v>3410</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>8945</v>
+        <v>8392</v>
       </c>
       <c r="B369" t="s">
         <v>3411</v>
       </c>
       <c r="C369" t="s">
         <v>3412</v>
       </c>
       <c r="D369" t="s">
         <v>3413</v>
       </c>
       <c r="E369" t="s">
         <v>3414</v>
       </c>
       <c r="F369" t="s">
         <v>3415</v>
       </c>
       <c r="G369" t="s">
         <v>3416</v>
       </c>
       <c r="H369" t="s">
         <v>3417</v>
       </c>
       <c r="I369" t="s">
         <v>3418</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>47</v>
+        <v>1915</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>48</v>
+        <v>1917</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
         <v>3419</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>8950</v>
+        <v>8402</v>
       </c>
       <c r="B370" t="s">
         <v>3420</v>
       </c>
       <c r="C370" t="s">
         <v>3421</v>
       </c>
       <c r="D370" t="s">
         <v>3422</v>
       </c>
       <c r="E370" t="s">
         <v>3423</v>
       </c>
       <c r="F370" t="s">
         <v>3424</v>
       </c>
       <c r="G370" t="s">
         <v>3425</v>
       </c>
       <c r="H370" t="s">
         <v>3426</v>
       </c>
       <c r="I370" t="s">
         <v>3427</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
         <v>3428</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>8951</v>
+        <v>8883</v>
       </c>
       <c r="B371" t="s">
         <v>3429</v>
       </c>
       <c r="C371" t="s">
         <v>3430</v>
       </c>
       <c r="D371" t="s">
         <v>3431</v>
       </c>
       <c r="E371" t="s">
         <v>3432</v>
       </c>
       <c r="F371" t="s">
         <v>3433</v>
       </c>
       <c r="G371" t="s">
         <v>3434</v>
       </c>
       <c r="H371" t="s">
         <v>3435</v>
       </c>
       <c r="I371" t="s">
         <v>3436</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
         <v>3437</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>8959</v>
+        <v>8886</v>
       </c>
       <c r="B372" t="s">
         <v>3438</v>
       </c>
       <c r="C372" t="s">
         <v>3439</v>
       </c>
       <c r="D372" t="s">
         <v>3440</v>
       </c>
       <c r="E372" t="s">
         <v>3441</v>
       </c>
       <c r="F372" t="s">
         <v>3442</v>
       </c>
       <c r="G372" t="s">
         <v>3443</v>
       </c>
       <c r="H372" t="s">
         <v>3444</v>
       </c>
       <c r="I372" t="s">
         <v>3445</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
         <v>170</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
         <v>171</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
         <v>3446</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>10014</v>
+        <v>8902</v>
       </c>
       <c r="B373" t="s">
         <v>3447</v>
       </c>
       <c r="C373" t="s">
         <v>3448</v>
       </c>
       <c r="D373" t="s">
         <v>3449</v>
       </c>
       <c r="E373" t="s">
         <v>3450</v>
       </c>
       <c r="F373" t="s">
         <v>3451</v>
       </c>
       <c r="G373" t="s">
         <v>3452</v>
       </c>
       <c r="H373" t="s">
         <v>3453</v>
       </c>
       <c r="I373" t="s">
         <v>3454</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
+        <v>170</v>
+      </c>
+      <c r="L373" t="s">
+        <v>26</v>
+      </c>
+      <c r="M373" t="s">
+        <v>171</v>
+      </c>
+      <c r="N373" t="s">
+        <v>28</v>
+      </c>
+      <c r="O373" t="s">
         <v>3455</v>
-      </c>
-[...10 lines deleted...]
-        <v>3457</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>10015</v>
+        <v>8903</v>
       </c>
       <c r="B374" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C374" t="s">
+        <v>3457</v>
+      </c>
+      <c r="D374" t="s">
         <v>3458</v>
       </c>
-      <c r="C374" t="s">
+      <c r="E374" t="s">
         <v>3459</v>
       </c>
-      <c r="D374" t="s">
+      <c r="F374" t="s">
         <v>3460</v>
       </c>
-      <c r="E374" t="s">
+      <c r="G374" t="s">
         <v>3461</v>
       </c>
-      <c r="F374" t="s">
+      <c r="H374" t="s">
         <v>3462</v>
       </c>
-      <c r="G374" t="s">
+      <c r="I374" t="s">
         <v>3463</v>
-      </c>
-[...4 lines deleted...]
-        <v>3465</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
         <v>170</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
         <v>171</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3466</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>10036</v>
+        <v>8904</v>
       </c>
       <c r="B375" t="s">
+        <v>3465</v>
+      </c>
+      <c r="C375" t="s">
+        <v>3466</v>
+      </c>
+      <c r="D375" t="s">
         <v>3467</v>
       </c>
-      <c r="C375" t="s">
+      <c r="E375" t="s">
         <v>3468</v>
       </c>
-      <c r="D375" t="s">
+      <c r="F375" t="s">
         <v>3469</v>
       </c>
-      <c r="E375" t="s">
+      <c r="G375" t="s">
         <v>3470</v>
       </c>
-      <c r="F375" t="s">
+      <c r="H375" t="s">
         <v>3471</v>
       </c>
-      <c r="G375" t="s">
+      <c r="I375" t="s">
         <v>3472</v>
       </c>
-      <c r="H375" t="s">
+      <c r="J375" t="s">
+        <v>24</v>
+      </c>
+      <c r="K375" t="s">
+        <v>170</v>
+      </c>
+      <c r="L375" t="s">
+        <v>26</v>
+      </c>
+      <c r="M375" t="s">
+        <v>171</v>
+      </c>
+      <c r="N375" t="s">
+        <v>28</v>
+      </c>
+      <c r="O375" t="s">
         <v>3473</v>
-      </c>
-[...19 lines deleted...]
-        <v>3475</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>10046</v>
+        <v>8914</v>
       </c>
       <c r="B376" t="s">
+        <v>3474</v>
+      </c>
+      <c r="C376" t="s">
+        <v>3475</v>
+      </c>
+      <c r="D376" t="s">
         <v>3476</v>
       </c>
-      <c r="C376" t="s">
+      <c r="E376" t="s">
         <v>3477</v>
       </c>
-      <c r="D376" t="s">
+      <c r="F376" t="s">
         <v>3478</v>
       </c>
-      <c r="E376" t="s">
+      <c r="G376" t="s">
         <v>3479</v>
       </c>
-      <c r="F376" t="s">
+      <c r="H376" t="s">
         <v>3480</v>
       </c>
-      <c r="G376" t="s">
+      <c r="I376" t="s">
         <v>3481</v>
       </c>
-      <c r="H376" t="s">
+      <c r="J376" t="s">
+        <v>24</v>
+      </c>
+      <c r="K376" t="s">
+        <v>25</v>
+      </c>
+      <c r="L376" t="s">
+        <v>26</v>
+      </c>
+      <c r="M376" t="s">
+        <v>27</v>
+      </c>
+      <c r="N376" t="s">
+        <v>28</v>
+      </c>
+      <c r="O376" t="s">
         <v>3482</v>
-      </c>
-[...19 lines deleted...]
-        <v>3484</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>10098</v>
+        <v>8918</v>
       </c>
       <c r="B377" t="s">
+        <v>3483</v>
+      </c>
+      <c r="C377" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D377" t="s">
         <v>3485</v>
       </c>
-      <c r="C377" t="s">
+      <c r="E377" t="s">
         <v>3486</v>
       </c>
-      <c r="D377" t="s">
+      <c r="F377" t="s">
         <v>3487</v>
       </c>
-      <c r="E377" t="s">
+      <c r="G377" t="s">
         <v>3488</v>
       </c>
-      <c r="F377" t="s">
+      <c r="H377" t="s">
         <v>3489</v>
       </c>
-      <c r="G377" t="s">
+      <c r="I377" t="s">
         <v>3490</v>
-      </c>
-[...4 lines deleted...]
-        <v>3492</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
         <v>25</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
         <v>27</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3493</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>10101</v>
+        <v>8945</v>
       </c>
       <c r="B378" t="s">
+        <v>3492</v>
+      </c>
+      <c r="C378" t="s">
+        <v>3493</v>
+      </c>
+      <c r="D378" t="s">
         <v>3494</v>
       </c>
-      <c r="C378" t="s">
+      <c r="E378" t="s">
         <v>3495</v>
       </c>
-      <c r="D378" t="s">
+      <c r="F378" t="s">
         <v>3496</v>
       </c>
-      <c r="E378" t="s">
+      <c r="G378" t="s">
         <v>3497</v>
       </c>
-      <c r="F378" t="s">
+      <c r="H378" t="s">
         <v>3498</v>
       </c>
-      <c r="G378" t="s">
+      <c r="I378" t="s">
         <v>3499</v>
       </c>
-      <c r="H378" t="s">
+      <c r="J378" t="s">
+        <v>24</v>
+      </c>
+      <c r="K378" t="s">
+        <v>47</v>
+      </c>
+      <c r="L378" t="s">
+        <v>26</v>
+      </c>
+      <c r="M378" t="s">
+        <v>48</v>
+      </c>
+      <c r="N378" t="s">
+        <v>28</v>
+      </c>
+      <c r="O378" t="s">
         <v>3500</v>
-      </c>
-[...19 lines deleted...]
-        <v>3502</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>10412</v>
+        <v>8950</v>
       </c>
       <c r="B379" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C379" t="s">
+        <v>3502</v>
+      </c>
+      <c r="D379" t="s">
         <v>3503</v>
       </c>
-      <c r="C379" t="s">
+      <c r="E379" t="s">
         <v>3504</v>
       </c>
-      <c r="D379" t="s">
+      <c r="F379" t="s">
         <v>3505</v>
       </c>
-      <c r="E379" t="s">
+      <c r="G379" t="s">
         <v>3506</v>
       </c>
-      <c r="F379" t="s">
+      <c r="H379" t="s">
         <v>3507</v>
       </c>
-      <c r="G379" t="s">
+      <c r="I379" t="s">
         <v>3508</v>
-      </c>
-[...4 lines deleted...]
-        <v>3510</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
         <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
         <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3511</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>10603</v>
+        <v>8951</v>
       </c>
       <c r="B380" t="s">
+        <v>3510</v>
+      </c>
+      <c r="C380" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D380" t="s">
         <v>3512</v>
       </c>
-      <c r="C380" t="s">
+      <c r="E380" t="s">
         <v>3513</v>
       </c>
-      <c r="D380" t="s">
+      <c r="F380" t="s">
         <v>3514</v>
       </c>
-      <c r="E380" t="s">
+      <c r="G380" t="s">
         <v>3515</v>
       </c>
-      <c r="F380" t="s">
+      <c r="H380" t="s">
         <v>3516</v>
       </c>
-      <c r="G380" t="s">
+      <c r="I380" t="s">
         <v>3517</v>
       </c>
-      <c r="H380" t="s">
+      <c r="J380" t="s">
+        <v>24</v>
+      </c>
+      <c r="K380" t="s">
+        <v>170</v>
+      </c>
+      <c r="L380" t="s">
+        <v>26</v>
+      </c>
+      <c r="M380" t="s">
+        <v>171</v>
+      </c>
+      <c r="N380" t="s">
+        <v>28</v>
+      </c>
+      <c r="O380" t="s">
         <v>3518</v>
-      </c>
-[...19 lines deleted...]
-        <v>3520</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>10647</v>
+        <v>8959</v>
       </c>
       <c r="B381" t="s">
+        <v>3519</v>
+      </c>
+      <c r="C381" t="s">
+        <v>3520</v>
+      </c>
+      <c r="D381" t="s">
         <v>3521</v>
       </c>
-      <c r="C381" t="s">
+      <c r="E381" t="s">
         <v>3522</v>
       </c>
-      <c r="D381" t="s">
+      <c r="F381" t="s">
         <v>3523</v>
       </c>
-      <c r="E381" t="s">
+      <c r="G381" t="s">
         <v>3524</v>
       </c>
-      <c r="F381" t="s">
+      <c r="H381" t="s">
         <v>3525</v>
       </c>
-      <c r="G381" t="s">
+      <c r="I381" t="s">
         <v>3526</v>
-      </c>
-[...4 lines deleted...]
-        <v>3528</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
         <v>170</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
         <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3529</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>10887</v>
+        <v>8964</v>
       </c>
       <c r="B382" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C382" t="s">
+        <v>3529</v>
+      </c>
+      <c r="D382" t="s">
         <v>3530</v>
       </c>
-      <c r="C382" t="s">
+      <c r="E382" t="s">
         <v>3531</v>
       </c>
-      <c r="D382" t="s">
+      <c r="F382" t="s">
         <v>3532</v>
       </c>
-      <c r="E382" t="s">
+      <c r="G382" t="s">
         <v>3533</v>
       </c>
-      <c r="F382" t="s">
+      <c r="H382" t="s">
         <v>3534</v>
       </c>
-      <c r="G382" t="s">
+      <c r="I382" t="s">
         <v>3535</v>
       </c>
-      <c r="H382" t="s">
+      <c r="J382" t="s">
+        <v>24</v>
+      </c>
+      <c r="K382" t="s">
+        <v>905</v>
+      </c>
+      <c r="L382" t="s">
+        <v>26</v>
+      </c>
+      <c r="M382" t="s">
+        <v>906</v>
+      </c>
+      <c r="N382" t="s">
+        <v>28</v>
+      </c>
+      <c r="O382" t="s">
         <v>3536</v>
-      </c>
-[...19 lines deleted...]
-        <v>3538</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>10925</v>
+        <v>10011</v>
       </c>
       <c r="B383" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C383" t="s">
+        <v>3538</v>
+      </c>
+      <c r="D383" t="s">
         <v>3539</v>
       </c>
-      <c r="C383" t="s">
+      <c r="E383" t="s">
         <v>3540</v>
       </c>
-      <c r="D383" t="s">
+      <c r="F383" t="s">
         <v>3541</v>
       </c>
-      <c r="E383" t="s">
+      <c r="G383" t="s">
         <v>3542</v>
       </c>
-      <c r="F383" t="s">
+      <c r="H383" t="s">
         <v>3543</v>
       </c>
-      <c r="G383" t="s">
+      <c r="I383" t="s">
         <v>3544</v>
-      </c>
-[...4 lines deleted...]
-        <v>3546</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
         <v>25</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
         <v>27</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3547</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>10930</v>
+        <v>10014</v>
       </c>
       <c r="B384" t="s">
+        <v>3546</v>
+      </c>
+      <c r="C384" t="s">
+        <v>3547</v>
+      </c>
+      <c r="D384" t="s">
         <v>3548</v>
       </c>
-      <c r="C384" t="s">
+      <c r="E384" t="s">
         <v>3549</v>
       </c>
-      <c r="D384" t="s">
+      <c r="F384" t="s">
         <v>3550</v>
       </c>
-      <c r="E384" t="s">
+      <c r="G384" t="s">
         <v>3551</v>
       </c>
-      <c r="F384" t="s">
+      <c r="H384" t="s">
         <v>3552</v>
       </c>
-      <c r="G384" t="s">
+      <c r="I384" t="s">
         <v>3553</v>
       </c>
-      <c r="H384" t="s">
+      <c r="J384" t="s">
+        <v>24</v>
+      </c>
+      <c r="K384" t="s">
         <v>3554</v>
       </c>
-      <c r="I384" t="s">
+      <c r="L384" t="s">
+        <v>26</v>
+      </c>
+      <c r="M384" t="s">
         <v>3555</v>
-      </c>
-[...10 lines deleted...]
-        <v>276</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
         <v>3556</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>10947</v>
+        <v>10015</v>
       </c>
       <c r="B385" t="s">
         <v>3557</v>
       </c>
       <c r="C385" t="s">
         <v>3558</v>
       </c>
       <c r="D385" t="s">
         <v>3559</v>
       </c>
       <c r="E385" t="s">
         <v>3560</v>
       </c>
       <c r="F385" t="s">
         <v>3561</v>
       </c>
       <c r="G385" t="s">
         <v>3562</v>
       </c>
       <c r="H385" t="s">
         <v>3563</v>
       </c>
       <c r="I385" t="s">
         <v>3564</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
         <v>170</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
         <v>171</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
         <v>3565</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>10948</v>
+        <v>10036</v>
       </c>
       <c r="B386" t="s">
         <v>3566</v>
       </c>
       <c r="C386" t="s">
         <v>3567</v>
       </c>
       <c r="D386" t="s">
         <v>3568</v>
       </c>
       <c r="E386" t="s">
         <v>3569</v>
       </c>
       <c r="F386" t="s">
         <v>3570</v>
       </c>
       <c r="G386" t="s">
         <v>3571</v>
       </c>
       <c r="H386" t="s">
         <v>3572</v>
       </c>
       <c r="I386" t="s">
         <v>3573</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
         <v>3574</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>10950</v>
+        <v>10046</v>
       </c>
       <c r="B387" t="s">
         <v>3575</v>
       </c>
       <c r="C387" t="s">
         <v>3576</v>
       </c>
       <c r="D387" t="s">
         <v>3577</v>
       </c>
       <c r="E387" t="s">
         <v>3578</v>
       </c>
       <c r="F387" t="s">
         <v>3579</v>
       </c>
       <c r="G387" t="s">
         <v>3580</v>
       </c>
       <c r="H387" t="s">
         <v>3581</v>
       </c>
       <c r="I387" t="s">
         <v>3582</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
+        <v>274</v>
+      </c>
+      <c r="L387" t="s">
+        <v>26</v>
+      </c>
+      <c r="M387" t="s">
+        <v>276</v>
+      </c>
+      <c r="N387" t="s">
+        <v>28</v>
+      </c>
+      <c r="O387" t="s">
         <v>3583</v>
-      </c>
-[...10 lines deleted...]
-        <v>3585</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>10951</v>
+        <v>10098</v>
       </c>
       <c r="B388" t="s">
+        <v>3584</v>
+      </c>
+      <c r="C388" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D388" t="s">
         <v>3586</v>
       </c>
-      <c r="C388" t="s">
+      <c r="E388" t="s">
         <v>3587</v>
       </c>
-      <c r="D388" t="s">
+      <c r="F388" t="s">
         <v>3588</v>
       </c>
-      <c r="E388" t="s">
+      <c r="G388" t="s">
         <v>3589</v>
       </c>
-      <c r="F388" t="s">
+      <c r="H388" t="s">
         <v>3590</v>
       </c>
-      <c r="G388" t="s">
+      <c r="I388" t="s">
         <v>3591</v>
       </c>
-      <c r="H388" t="s">
+      <c r="J388" t="s">
+        <v>24</v>
+      </c>
+      <c r="K388" t="s">
+        <v>25</v>
+      </c>
+      <c r="L388" t="s">
+        <v>26</v>
+      </c>
+      <c r="M388" t="s">
+        <v>27</v>
+      </c>
+      <c r="N388" t="s">
+        <v>28</v>
+      </c>
+      <c r="O388" t="s">
         <v>3592</v>
-      </c>
-[...19 lines deleted...]
-        <v>3594</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>11000</v>
+        <v>10101</v>
       </c>
       <c r="B389" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C389" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D389" t="s">
         <v>3595</v>
       </c>
-      <c r="C389" t="s">
+      <c r="E389" t="s">
         <v>3596</v>
       </c>
-      <c r="D389" t="s">
+      <c r="F389" t="s">
         <v>3597</v>
       </c>
-      <c r="E389" t="s">
+      <c r="G389" t="s">
         <v>3598</v>
       </c>
-      <c r="F389" t="s">
+      <c r="H389" t="s">
         <v>3599</v>
       </c>
-      <c r="G389" t="s">
+      <c r="I389" t="s">
         <v>3600</v>
-      </c>
-[...4 lines deleted...]
-        <v>3602</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
         <v>25</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
         <v>27</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3603</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>11220</v>
+        <v>10412</v>
       </c>
       <c r="B390" t="s">
+        <v>3602</v>
+      </c>
+      <c r="C390" t="s">
+        <v>3603</v>
+      </c>
+      <c r="D390" t="s">
         <v>3604</v>
       </c>
-      <c r="C390" t="s">
+      <c r="E390" t="s">
         <v>3605</v>
       </c>
-      <c r="D390" t="s">
+      <c r="F390" t="s">
         <v>3606</v>
       </c>
-      <c r="E390" t="s">
+      <c r="G390" t="s">
         <v>3607</v>
       </c>
-      <c r="F390" t="s">
+      <c r="H390" t="s">
         <v>3608</v>
       </c>
-      <c r="G390" t="s">
+      <c r="I390" t="s">
         <v>3609</v>
       </c>
-      <c r="H390" t="s">
+      <c r="J390" t="s">
+        <v>24</v>
+      </c>
+      <c r="K390" t="s">
+        <v>25</v>
+      </c>
+      <c r="L390" t="s">
+        <v>26</v>
+      </c>
+      <c r="M390" t="s">
+        <v>27</v>
+      </c>
+      <c r="N390" t="s">
+        <v>28</v>
+      </c>
+      <c r="O390" t="s">
         <v>3610</v>
-      </c>
-[...19 lines deleted...]
-        <v>3612</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>11231</v>
+        <v>10603</v>
       </c>
       <c r="B391" t="s">
+        <v>3611</v>
+      </c>
+      <c r="C391" t="s">
+        <v>3612</v>
+      </c>
+      <c r="D391" t="s">
         <v>3613</v>
       </c>
-      <c r="C391" t="s">
+      <c r="E391" t="s">
         <v>3614</v>
       </c>
-      <c r="D391" t="s">
+      <c r="F391" t="s">
         <v>3615</v>
       </c>
-      <c r="E391" t="s">
+      <c r="G391" t="s">
         <v>3616</v>
       </c>
-      <c r="F391" t="s">
+      <c r="H391" t="s">
         <v>3617</v>
       </c>
-      <c r="G391" t="s">
+      <c r="I391" t="s">
         <v>3618</v>
       </c>
-      <c r="H391" t="s">
+      <c r="J391" t="s">
+        <v>24</v>
+      </c>
+      <c r="K391" t="s">
+        <v>25</v>
+      </c>
+      <c r="L391" t="s">
+        <v>26</v>
+      </c>
+      <c r="M391" t="s">
+        <v>27</v>
+      </c>
+      <c r="N391" t="s">
+        <v>28</v>
+      </c>
+      <c r="O391" t="s">
         <v>3619</v>
-      </c>
-[...19 lines deleted...]
-        <v>3621</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>11287</v>
+        <v>10635</v>
       </c>
       <c r="B392" t="s">
+        <v>3620</v>
+      </c>
+      <c r="C392" t="s">
+        <v>3621</v>
+      </c>
+      <c r="D392" t="s">
         <v>3622</v>
       </c>
-      <c r="C392" t="s">
+      <c r="E392" t="s">
         <v>3623</v>
       </c>
-      <c r="D392" t="s">
+      <c r="F392" t="s">
         <v>3624</v>
       </c>
-      <c r="E392" t="s">
+      <c r="G392" t="s">
         <v>3625</v>
       </c>
-      <c r="F392" t="s">
+      <c r="H392" t="s">
         <v>3626</v>
       </c>
-      <c r="G392" t="s">
+      <c r="I392" t="s">
         <v>3627</v>
       </c>
-      <c r="H392" t="s">
+      <c r="J392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" t="s">
+        <v>47</v>
+      </c>
+      <c r="L392" t="s">
+        <v>26</v>
+      </c>
+      <c r="M392" t="s">
+        <v>48</v>
+      </c>
+      <c r="N392" t="s">
+        <v>28</v>
+      </c>
+      <c r="O392" t="s">
         <v>3628</v>
-      </c>
-[...19 lines deleted...]
-        <v>3630</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>11299</v>
+        <v>10639</v>
       </c>
       <c r="B393" t="s">
+        <v>3629</v>
+      </c>
+      <c r="C393" t="s">
+        <v>3630</v>
+      </c>
+      <c r="D393" t="s">
         <v>3631</v>
       </c>
-      <c r="C393" t="s">
+      <c r="E393" t="s">
         <v>3632</v>
       </c>
-      <c r="D393" t="s">
+      <c r="F393" t="s">
         <v>3633</v>
       </c>
-      <c r="E393" t="s">
+      <c r="G393" t="s">
         <v>3634</v>
       </c>
-      <c r="F393" t="s">
+      <c r="H393" t="s">
         <v>3635</v>
       </c>
-      <c r="G393" t="s">
+      <c r="I393" t="s">
         <v>3636</v>
       </c>
-      <c r="H393" t="s">
+      <c r="J393" t="s">
+        <v>24</v>
+      </c>
+      <c r="K393" t="s">
+        <v>25</v>
+      </c>
+      <c r="L393" t="s">
+        <v>26</v>
+      </c>
+      <c r="M393" t="s">
+        <v>27</v>
+      </c>
+      <c r="N393" t="s">
+        <v>28</v>
+      </c>
+      <c r="O393" t="s">
         <v>3637</v>
-      </c>
-[...19 lines deleted...]
-        <v>3639</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>11306</v>
+        <v>10647</v>
       </c>
       <c r="B394" t="s">
+        <v>3638</v>
+      </c>
+      <c r="C394" t="s">
+        <v>3639</v>
+      </c>
+      <c r="D394" t="s">
         <v>3640</v>
       </c>
-      <c r="C394" t="s">
+      <c r="E394" t="s">
         <v>3641</v>
       </c>
-      <c r="D394" t="s">
+      <c r="F394" t="s">
         <v>3642</v>
       </c>
-      <c r="E394" t="s">
+      <c r="G394" t="s">
         <v>3643</v>
       </c>
-      <c r="F394" t="s">
+      <c r="H394" t="s">
         <v>3644</v>
       </c>
-      <c r="G394" t="s">
+      <c r="I394" t="s">
         <v>3645</v>
       </c>
-      <c r="H394" t="s">
+      <c r="J394" t="s">
+        <v>24</v>
+      </c>
+      <c r="K394" t="s">
+        <v>170</v>
+      </c>
+      <c r="L394" t="s">
+        <v>26</v>
+      </c>
+      <c r="M394" t="s">
+        <v>171</v>
+      </c>
+      <c r="N394" t="s">
+        <v>28</v>
+      </c>
+      <c r="O394" t="s">
         <v>3646</v>
-      </c>
-[...19 lines deleted...]
-        <v>3648</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>58060</v>
+        <v>10887</v>
       </c>
       <c r="B395" t="s">
+        <v>3647</v>
+      </c>
+      <c r="C395" t="s">
+        <v>3648</v>
+      </c>
+      <c r="D395" t="s">
         <v>3649</v>
       </c>
-      <c r="C395" t="s">
+      <c r="E395" t="s">
         <v>3650</v>
       </c>
-      <c r="D395" t="s">
+      <c r="F395" t="s">
         <v>3651</v>
       </c>
-      <c r="E395" t="s">
+      <c r="G395" t="s">
         <v>3652</v>
       </c>
-      <c r="F395" t="s">
+      <c r="H395" t="s">
         <v>3653</v>
       </c>
-      <c r="G395" t="s">
+      <c r="I395" t="s">
         <v>3654</v>
       </c>
-      <c r="H395" t="s">
+      <c r="J395" t="s">
+        <v>24</v>
+      </c>
+      <c r="K395" t="s">
+        <v>25</v>
+      </c>
+      <c r="L395" t="s">
+        <v>26</v>
+      </c>
+      <c r="M395" t="s">
+        <v>27</v>
+      </c>
+      <c r="N395" t="s">
+        <v>28</v>
+      </c>
+      <c r="O395" t="s">
         <v>3655</v>
-      </c>
-[...19 lines deleted...]
-        <v>3657</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>58066</v>
+        <v>10925</v>
       </c>
       <c r="B396" t="s">
+        <v>3656</v>
+      </c>
+      <c r="C396" t="s">
+        <v>3657</v>
+      </c>
+      <c r="D396" t="s">
         <v>3658</v>
       </c>
-      <c r="C396" t="s">
+      <c r="E396" t="s">
         <v>3659</v>
       </c>
-      <c r="D396" t="s">
+      <c r="F396" t="s">
         <v>3660</v>
       </c>
-      <c r="E396" t="s">
+      <c r="G396" t="s">
         <v>3661</v>
       </c>
-      <c r="F396" t="s">
+      <c r="H396" t="s">
         <v>3662</v>
       </c>
-      <c r="G396" t="s">
+      <c r="I396" t="s">
         <v>3663</v>
       </c>
-      <c r="H396" t="s">
+      <c r="J396" t="s">
+        <v>24</v>
+      </c>
+      <c r="K396" t="s">
+        <v>25</v>
+      </c>
+      <c r="L396" t="s">
+        <v>26</v>
+      </c>
+      <c r="M396" t="s">
+        <v>27</v>
+      </c>
+      <c r="N396" t="s">
+        <v>28</v>
+      </c>
+      <c r="O396" t="s">
         <v>3664</v>
-      </c>
-[...19 lines deleted...]
-        <v>3666</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>58120</v>
+        <v>10927</v>
       </c>
       <c r="B397" t="s">
+        <v>3665</v>
+      </c>
+      <c r="C397" t="s">
+        <v>3666</v>
+      </c>
+      <c r="D397" t="s">
         <v>3667</v>
       </c>
-      <c r="C397" t="s">
+      <c r="E397" t="s">
         <v>3668</v>
       </c>
-      <c r="D397" t="s">
+      <c r="F397" t="s">
         <v>3669</v>
       </c>
-      <c r="E397" t="s">
+      <c r="G397" t="s">
         <v>3670</v>
       </c>
-      <c r="F397" t="s">
+      <c r="H397" t="s">
         <v>3671</v>
       </c>
-      <c r="G397" t="s">
+      <c r="I397" t="s">
         <v>3672</v>
       </c>
-      <c r="H397" t="s">
+      <c r="J397" t="s">
+        <v>24</v>
+      </c>
+      <c r="K397" t="s">
+        <v>170</v>
+      </c>
+      <c r="L397" t="s">
+        <v>26</v>
+      </c>
+      <c r="M397" t="s">
+        <v>171</v>
+      </c>
+      <c r="N397" t="s">
+        <v>28</v>
+      </c>
+      <c r="O397" t="s">
         <v>3673</v>
-      </c>
-[...19 lines deleted...]
-        <v>3675</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>58122</v>
+        <v>10930</v>
       </c>
       <c r="B398" t="s">
+        <v>3674</v>
+      </c>
+      <c r="C398" t="s">
+        <v>3675</v>
+      </c>
+      <c r="D398" t="s">
         <v>3676</v>
       </c>
-      <c r="C398" t="s">
+      <c r="E398" t="s">
         <v>3677</v>
       </c>
-      <c r="D398" t="s">
+      <c r="F398" t="s">
         <v>3678</v>
       </c>
-      <c r="E398" t="s">
+      <c r="G398" t="s">
         <v>3679</v>
       </c>
-      <c r="F398" t="s">
+      <c r="H398" t="s">
         <v>3680</v>
       </c>
-      <c r="G398" t="s">
+      <c r="I398" t="s">
         <v>3681</v>
       </c>
-      <c r="H398" t="s">
+      <c r="J398" t="s">
+        <v>1477</v>
+      </c>
+      <c r="K398" t="s">
+        <v>274</v>
+      </c>
+      <c r="L398" t="s">
+        <v>1479</v>
+      </c>
+      <c r="M398" t="s">
+        <v>276</v>
+      </c>
+      <c r="N398" t="s">
+        <v>28</v>
+      </c>
+      <c r="O398" t="s">
         <v>3682</v>
-      </c>
-[...19 lines deleted...]
-        <v>3684</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>58144</v>
+        <v>10945</v>
       </c>
       <c r="B399" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3684</v>
+      </c>
+      <c r="D399" t="s">
         <v>3685</v>
       </c>
-      <c r="C399" t="s">
+      <c r="E399" t="s">
         <v>3686</v>
       </c>
-      <c r="D399" t="s">
+      <c r="F399" t="s">
         <v>3687</v>
       </c>
-      <c r="E399" t="s">
+      <c r="G399" t="s">
         <v>3688</v>
       </c>
-      <c r="F399" t="s">
+      <c r="H399" t="s">
         <v>3689</v>
       </c>
-      <c r="G399" t="s">
+      <c r="I399" t="s">
         <v>3690</v>
       </c>
-      <c r="H399" t="s">
+      <c r="J399" t="s">
+        <v>450</v>
+      </c>
+      <c r="K399" t="s">
+        <v>746</v>
+      </c>
+      <c r="L399" t="s">
+        <v>452</v>
+      </c>
+      <c r="M399" t="s">
+        <v>747</v>
+      </c>
+      <c r="N399" t="s">
+        <v>28</v>
+      </c>
+      <c r="O399" t="s">
         <v>3691</v>
-      </c>
-[...19 lines deleted...]
-        <v>3693</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>58148</v>
+        <v>10947</v>
       </c>
       <c r="B400" t="s">
+        <v>3692</v>
+      </c>
+      <c r="C400" t="s">
+        <v>3693</v>
+      </c>
+      <c r="D400" t="s">
         <v>3694</v>
       </c>
-      <c r="C400" t="s">
+      <c r="E400" t="s">
         <v>3695</v>
       </c>
-      <c r="D400" t="s">
+      <c r="F400" t="s">
         <v>3696</v>
       </c>
-      <c r="E400" t="s">
+      <c r="G400" t="s">
         <v>3697</v>
       </c>
-      <c r="F400" t="s">
+      <c r="H400" t="s">
         <v>3698</v>
       </c>
-      <c r="G400" t="s">
+      <c r="I400" t="s">
         <v>3699</v>
       </c>
-      <c r="H400" t="s">
+      <c r="J400" t="s">
+        <v>24</v>
+      </c>
+      <c r="K400" t="s">
+        <v>170</v>
+      </c>
+      <c r="L400" t="s">
+        <v>26</v>
+      </c>
+      <c r="M400" t="s">
+        <v>171</v>
+      </c>
+      <c r="N400" t="s">
+        <v>28</v>
+      </c>
+      <c r="O400" t="s">
         <v>3700</v>
-      </c>
-[...19 lines deleted...]
-        <v>3702</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>58218</v>
+        <v>10948</v>
       </c>
       <c r="B401" t="s">
+        <v>3701</v>
+      </c>
+      <c r="C401" t="s">
+        <v>3702</v>
+      </c>
+      <c r="D401" t="s">
         <v>3703</v>
       </c>
-      <c r="C401" t="s">
+      <c r="E401" t="s">
         <v>3704</v>
       </c>
-      <c r="D401" t="s">
+      <c r="F401" t="s">
         <v>3705</v>
       </c>
-      <c r="E401" t="s">
+      <c r="G401" t="s">
         <v>3706</v>
       </c>
-      <c r="F401" t="s">
+      <c r="H401" t="s">
         <v>3707</v>
       </c>
-      <c r="G401" t="s">
+      <c r="I401" t="s">
         <v>3708</v>
-      </c>
-[...4 lines deleted...]
-        <v>3710</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
         <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
         <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3711</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>58223</v>
+        <v>10950</v>
       </c>
       <c r="B402" t="s">
+        <v>3710</v>
+      </c>
+      <c r="C402" t="s">
+        <v>3711</v>
+      </c>
+      <c r="D402" t="s">
         <v>3712</v>
       </c>
-      <c r="C402" t="s">
+      <c r="E402" t="s">
         <v>3713</v>
       </c>
-      <c r="D402" t="s">
+      <c r="F402" t="s">
         <v>3714</v>
       </c>
-      <c r="E402" t="s">
+      <c r="G402" t="s">
         <v>3715</v>
       </c>
-      <c r="F402" t="s">
+      <c r="H402" t="s">
         <v>3716</v>
       </c>
-      <c r="G402" t="s">
+      <c r="I402" t="s">
         <v>3717</v>
       </c>
-      <c r="H402" t="s">
+      <c r="J402" t="s">
+        <v>24</v>
+      </c>
+      <c r="K402" t="s">
         <v>3718</v>
       </c>
-      <c r="I402" t="s">
+      <c r="L402" t="s">
+        <v>26</v>
+      </c>
+      <c r="M402" t="s">
         <v>3719</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
         <v>3720</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>58240</v>
+        <v>10951</v>
       </c>
       <c r="B403" t="s">
         <v>3721</v>
       </c>
       <c r="C403" t="s">
         <v>3722</v>
       </c>
       <c r="D403" t="s">
         <v>3723</v>
       </c>
       <c r="E403" t="s">
         <v>3724</v>
       </c>
       <c r="F403" t="s">
         <v>3725</v>
       </c>
       <c r="G403" t="s">
         <v>3726</v>
       </c>
       <c r="H403" t="s">
         <v>3727</v>
       </c>
       <c r="I403" t="s">
         <v>3728</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
+        <v>47</v>
+      </c>
+      <c r="L403" t="s">
+        <v>26</v>
+      </c>
+      <c r="M403" t="s">
+        <v>48</v>
+      </c>
+      <c r="N403" t="s">
+        <v>28</v>
+      </c>
+      <c r="O403" t="s">
         <v>3729</v>
-      </c>
-[...10 lines deleted...]
-        <v>3731</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>58259</v>
+        <v>11000</v>
       </c>
       <c r="B404" t="s">
+        <v>3730</v>
+      </c>
+      <c r="C404" t="s">
+        <v>3731</v>
+      </c>
+      <c r="D404" t="s">
         <v>3732</v>
       </c>
-      <c r="C404" t="s">
+      <c r="E404" t="s">
         <v>3733</v>
       </c>
-      <c r="D404" t="s">
+      <c r="F404" t="s">
         <v>3734</v>
       </c>
-      <c r="E404" t="s">
+      <c r="G404" t="s">
         <v>3735</v>
       </c>
-      <c r="F404" t="s">
+      <c r="H404" t="s">
         <v>3736</v>
       </c>
-      <c r="G404" t="s">
+      <c r="I404" t="s">
         <v>3737</v>
       </c>
-      <c r="H404" t="s">
+      <c r="J404" t="s">
+        <v>24</v>
+      </c>
+      <c r="K404" t="s">
+        <v>25</v>
+      </c>
+      <c r="L404" t="s">
+        <v>26</v>
+      </c>
+      <c r="M404" t="s">
+        <v>27</v>
+      </c>
+      <c r="N404" t="s">
+        <v>28</v>
+      </c>
+      <c r="O404" t="s">
         <v>3738</v>
-      </c>
-[...19 lines deleted...]
-        <v>3742</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>64637</v>
+        <v>11161</v>
       </c>
       <c r="B405" t="s">
+        <v>3739</v>
+      </c>
+      <c r="C405" t="s">
+        <v>3740</v>
+      </c>
+      <c r="D405" t="s">
+        <v>3741</v>
+      </c>
+      <c r="E405" t="s">
+        <v>3742</v>
+      </c>
+      <c r="F405" t="s">
         <v>3743</v>
       </c>
-      <c r="C405" t="s">
+      <c r="G405" t="s">
         <v>3744</v>
       </c>
-      <c r="D405" t="s">
+      <c r="H405" t="s">
         <v>3745</v>
       </c>
-      <c r="E405" t="s">
+      <c r="I405" t="s">
         <v>3746</v>
       </c>
-      <c r="F405" t="s">
+      <c r="J405" t="s">
+        <v>24</v>
+      </c>
+      <c r="K405" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L405" t="s">
+        <v>26</v>
+      </c>
+      <c r="M405" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N405" t="s">
+        <v>28</v>
+      </c>
+      <c r="O405" t="s">
         <v>3747</v>
-      </c>
-[...25 lines deleted...]
-        <v>3751</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>64643</v>
+        <v>11169</v>
       </c>
       <c r="B406" t="s">
+        <v>3748</v>
+      </c>
+      <c r="C406" t="s">
+        <v>3749</v>
+      </c>
+      <c r="D406" t="s">
+        <v>3750</v>
+      </c>
+      <c r="E406" t="s">
+        <v>3751</v>
+      </c>
+      <c r="F406" t="s">
         <v>3752</v>
       </c>
-      <c r="C406" t="s">
+      <c r="G406" t="s">
         <v>3753</v>
       </c>
-      <c r="D406" t="s">
+      <c r="H406" t="s">
         <v>3754</v>
       </c>
-      <c r="E406" t="s">
+      <c r="I406" t="s">
         <v>3755</v>
       </c>
-      <c r="F406" t="s">
+      <c r="J406" t="s">
+        <v>24</v>
+      </c>
+      <c r="K406" t="s">
+        <v>59</v>
+      </c>
+      <c r="L406" t="s">
+        <v>26</v>
+      </c>
+      <c r="M406" t="s">
+        <v>61</v>
+      </c>
+      <c r="N406" t="s">
+        <v>28</v>
+      </c>
+      <c r="O406" t="s">
         <v>3756</v>
-      </c>
-[...25 lines deleted...]
-        <v>3760</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>64689</v>
+        <v>11220</v>
       </c>
       <c r="B407" t="s">
+        <v>3757</v>
+      </c>
+      <c r="C407" t="s">
+        <v>3758</v>
+      </c>
+      <c r="D407" t="s">
+        <v>3759</v>
+      </c>
+      <c r="E407" t="s">
+        <v>3760</v>
+      </c>
+      <c r="F407" t="s">
         <v>3761</v>
       </c>
-      <c r="C407" t="s">
+      <c r="G407" t="s">
         <v>3762</v>
       </c>
-      <c r="D407" t="s">
+      <c r="H407" t="s">
         <v>3763</v>
       </c>
-      <c r="E407" t="s">
+      <c r="I407" t="s">
         <v>3764</v>
       </c>
-      <c r="F407" t="s">
+      <c r="J407" t="s">
+        <v>24</v>
+      </c>
+      <c r="K407" t="s">
+        <v>690</v>
+      </c>
+      <c r="L407" t="s">
+        <v>26</v>
+      </c>
+      <c r="M407" t="s">
+        <v>691</v>
+      </c>
+      <c r="N407" t="s">
+        <v>28</v>
+      </c>
+      <c r="O407" t="s">
         <v>3765</v>
-      </c>
-[...25 lines deleted...]
-        <v>3769</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65000</v>
+        <v>11231</v>
       </c>
       <c r="B408" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C408" t="s">
+        <v>3767</v>
+      </c>
+      <c r="D408" t="s">
+        <v>3768</v>
+      </c>
+      <c r="E408" t="s">
+        <v>3769</v>
+      </c>
+      <c r="F408" t="s">
         <v>3770</v>
       </c>
-      <c r="C408" t="s">
+      <c r="G408" t="s">
         <v>3771</v>
       </c>
-      <c r="D408" t="s">
+      <c r="H408" t="s">
         <v>3772</v>
       </c>
-      <c r="E408" t="s">
+      <c r="I408" t="s">
         <v>3773</v>
       </c>
-      <c r="F408" t="s">
+      <c r="J408" t="s">
+        <v>24</v>
+      </c>
+      <c r="K408" t="s">
+        <v>170</v>
+      </c>
+      <c r="L408" t="s">
+        <v>26</v>
+      </c>
+      <c r="M408" t="s">
+        <v>171</v>
+      </c>
+      <c r="N408" t="s">
+        <v>28</v>
+      </c>
+      <c r="O408" t="s">
         <v>3774</v>
-      </c>
-[...25 lines deleted...]
-        <v>3778</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65001</v>
+        <v>11249</v>
       </c>
       <c r="B409" t="s">
+        <v>3775</v>
+      </c>
+      <c r="C409" t="s">
+        <v>3776</v>
+      </c>
+      <c r="D409" t="s">
+        <v>3777</v>
+      </c>
+      <c r="E409" t="s">
+        <v>3778</v>
+      </c>
+      <c r="F409" t="s">
         <v>3779</v>
       </c>
-      <c r="C409" t="s">
+      <c r="G409" t="s">
         <v>3780</v>
       </c>
-      <c r="D409" t="s">
+      <c r="H409" t="s">
         <v>3781</v>
       </c>
-      <c r="E409" t="s">
+      <c r="I409" t="s">
         <v>3782</v>
       </c>
-      <c r="F409" t="s">
+      <c r="J409" t="s">
+        <v>24</v>
+      </c>
+      <c r="K409" t="s">
+        <v>47</v>
+      </c>
+      <c r="L409" t="s">
+        <v>26</v>
+      </c>
+      <c r="M409" t="s">
+        <v>48</v>
+      </c>
+      <c r="N409" t="s">
+        <v>28</v>
+      </c>
+      <c r="O409" t="s">
         <v>3783</v>
-      </c>
-[...25 lines deleted...]
-        <v>3787</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65002</v>
+        <v>11251</v>
       </c>
       <c r="B410" t="s">
+        <v>3784</v>
+      </c>
+      <c r="C410" t="s">
+        <v>3785</v>
+      </c>
+      <c r="D410" t="s">
+        <v>3786</v>
+      </c>
+      <c r="E410" t="s">
+        <v>3787</v>
+      </c>
+      <c r="F410" t="s">
         <v>3788</v>
       </c>
-      <c r="C410" t="s">
+      <c r="G410" t="s">
         <v>3789</v>
       </c>
-      <c r="D410" t="s">
+      <c r="H410" t="s">
         <v>3790</v>
       </c>
-      <c r="E410" t="s">
+      <c r="I410" t="s">
         <v>3791</v>
       </c>
-      <c r="F410" t="s">
+      <c r="J410" t="s">
+        <v>24</v>
+      </c>
+      <c r="K410" t="s">
+        <v>3363</v>
+      </c>
+      <c r="L410" t="s">
+        <v>26</v>
+      </c>
+      <c r="M410" t="s">
+        <v>3364</v>
+      </c>
+      <c r="N410" t="s">
+        <v>28</v>
+      </c>
+      <c r="O410" t="s">
         <v>3792</v>
-      </c>
-[...25 lines deleted...]
-        <v>3796</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65003</v>
+        <v>11256</v>
       </c>
       <c r="B411" t="s">
+        <v>3793</v>
+      </c>
+      <c r="C411" t="s">
+        <v>3794</v>
+      </c>
+      <c r="D411" t="s">
+        <v>3795</v>
+      </c>
+      <c r="E411" t="s">
+        <v>3796</v>
+      </c>
+      <c r="F411" t="s">
         <v>3797</v>
       </c>
-      <c r="C411" t="s">
+      <c r="G411" t="s">
         <v>3798</v>
       </c>
-      <c r="D411" t="s">
+      <c r="H411" t="s">
         <v>3799</v>
       </c>
-      <c r="E411" t="s">
+      <c r="I411" t="s">
         <v>3800</v>
-      </c>
-[...10 lines deleted...]
-        <v>3804</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
         <v>170</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
         <v>171</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3805</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65004</v>
+        <v>11287</v>
       </c>
       <c r="B412" t="s">
+        <v>3802</v>
+      </c>
+      <c r="C412" t="s">
+        <v>3803</v>
+      </c>
+      <c r="D412" t="s">
+        <v>3804</v>
+      </c>
+      <c r="E412" t="s">
+        <v>3805</v>
+      </c>
+      <c r="F412" t="s">
         <v>3806</v>
       </c>
-      <c r="C412" t="s">
+      <c r="G412" t="s">
         <v>3807</v>
       </c>
-      <c r="D412" t="s">
+      <c r="H412" t="s">
         <v>3808</v>
       </c>
-      <c r="E412" t="s">
+      <c r="I412" t="s">
         <v>3809</v>
-      </c>
-[...10 lines deleted...]
-        <v>3813</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
         <v>170</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
         <v>171</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3814</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65005</v>
+        <v>11299</v>
       </c>
       <c r="B413" t="s">
+        <v>3811</v>
+      </c>
+      <c r="C413" t="s">
+        <v>3812</v>
+      </c>
+      <c r="D413" t="s">
+        <v>3813</v>
+      </c>
+      <c r="E413" t="s">
+        <v>3814</v>
+      </c>
+      <c r="F413" t="s">
         <v>3815</v>
       </c>
-      <c r="C413" t="s">
+      <c r="G413" t="s">
         <v>3816</v>
       </c>
-      <c r="D413" t="s">
+      <c r="H413" t="s">
         <v>3817</v>
       </c>
-      <c r="E413" t="s">
+      <c r="I413" t="s">
         <v>3818</v>
       </c>
-      <c r="F413" t="s">
+      <c r="J413" t="s">
+        <v>24</v>
+      </c>
+      <c r="K413" t="s">
+        <v>170</v>
+      </c>
+      <c r="L413" t="s">
+        <v>26</v>
+      </c>
+      <c r="M413" t="s">
+        <v>171</v>
+      </c>
+      <c r="N413" t="s">
+        <v>28</v>
+      </c>
+      <c r="O413" t="s">
         <v>3819</v>
-      </c>
-[...25 lines deleted...]
-        <v>3825</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65006</v>
+        <v>11303</v>
       </c>
       <c r="B414" t="s">
+        <v>3820</v>
+      </c>
+      <c r="C414" t="s">
+        <v>3821</v>
+      </c>
+      <c r="D414" t="s">
+        <v>3822</v>
+      </c>
+      <c r="E414" t="s">
+        <v>3823</v>
+      </c>
+      <c r="F414" t="s">
+        <v>3824</v>
+      </c>
+      <c r="G414" t="s">
+        <v>3825</v>
+      </c>
+      <c r="H414" t="s">
         <v>3826</v>
       </c>
-      <c r="C414" t="s">
+      <c r="I414" t="s">
         <v>3827</v>
       </c>
-      <c r="D414" t="s">
+      <c r="J414" t="s">
+        <v>450</v>
+      </c>
+      <c r="K414" t="s">
+        <v>274</v>
+      </c>
+      <c r="L414" t="s">
+        <v>452</v>
+      </c>
+      <c r="M414" t="s">
+        <v>276</v>
+      </c>
+      <c r="N414" t="s">
+        <v>28</v>
+      </c>
+      <c r="O414" t="s">
         <v>3828</v>
-      </c>
-[...31 lines deleted...]
-        <v>3836</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65007</v>
+        <v>11306</v>
       </c>
       <c r="B415" t="s">
+        <v>3829</v>
+      </c>
+      <c r="C415" t="s">
+        <v>3830</v>
+      </c>
+      <c r="D415" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E415" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F415" t="s">
+        <v>3833</v>
+      </c>
+      <c r="G415" t="s">
+        <v>3834</v>
+      </c>
+      <c r="H415" t="s">
+        <v>3835</v>
+      </c>
+      <c r="I415" t="s">
+        <v>3836</v>
+      </c>
+      <c r="J415" t="s">
+        <v>24</v>
+      </c>
+      <c r="K415" t="s">
+        <v>1136</v>
+      </c>
+      <c r="L415" t="s">
+        <v>26</v>
+      </c>
+      <c r="M415" t="s">
+        <v>1137</v>
+      </c>
+      <c r="N415" t="s">
+        <v>28</v>
+      </c>
+      <c r="O415" t="s">
         <v>3837</v>
-      </c>
-[...37 lines deleted...]
-        <v>3845</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65008</v>
+        <v>58060</v>
       </c>
       <c r="B416" t="s">
+        <v>3838</v>
+      </c>
+      <c r="C416" t="s">
+        <v>3839</v>
+      </c>
+      <c r="D416" t="s">
+        <v>3840</v>
+      </c>
+      <c r="E416" t="s">
+        <v>3841</v>
+      </c>
+      <c r="F416" t="s">
+        <v>3842</v>
+      </c>
+      <c r="G416" t="s">
+        <v>3843</v>
+      </c>
+      <c r="H416" t="s">
+        <v>3844</v>
+      </c>
+      <c r="I416" t="s">
+        <v>3845</v>
+      </c>
+      <c r="J416" t="s">
+        <v>24</v>
+      </c>
+      <c r="K416" t="s">
+        <v>3363</v>
+      </c>
+      <c r="L416" t="s">
+        <v>26</v>
+      </c>
+      <c r="M416" t="s">
+        <v>3364</v>
+      </c>
+      <c r="N416" t="s">
+        <v>28</v>
+      </c>
+      <c r="O416" t="s">
         <v>3846</v>
-      </c>
-[...37 lines deleted...]
-        <v>3854</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65009</v>
+        <v>58066</v>
       </c>
       <c r="B417" t="s">
+        <v>3847</v>
+      </c>
+      <c r="C417" t="s">
+        <v>3848</v>
+      </c>
+      <c r="D417" t="s">
+        <v>3849</v>
+      </c>
+      <c r="E417" t="s">
+        <v>3850</v>
+      </c>
+      <c r="F417" t="s">
+        <v>3851</v>
+      </c>
+      <c r="G417" t="s">
+        <v>3852</v>
+      </c>
+      <c r="H417" t="s">
+        <v>3853</v>
+      </c>
+      <c r="I417" t="s">
+        <v>3854</v>
+      </c>
+      <c r="J417" t="s">
+        <v>24</v>
+      </c>
+      <c r="K417" t="s">
+        <v>274</v>
+      </c>
+      <c r="L417" t="s">
+        <v>26</v>
+      </c>
+      <c r="M417" t="s">
+        <v>276</v>
+      </c>
+      <c r="N417" t="s">
+        <v>28</v>
+      </c>
+      <c r="O417" t="s">
         <v>3855</v>
-      </c>
-[...37 lines deleted...]
-        <v>3863</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65010</v>
+        <v>58067</v>
       </c>
       <c r="B418" t="s">
+        <v>3856</v>
+      </c>
+      <c r="C418" t="s">
+        <v>3857</v>
+      </c>
+      <c r="D418" t="s">
+        <v>3858</v>
+      </c>
+      <c r="E418" t="s">
+        <v>3859</v>
+      </c>
+      <c r="F418" t="s">
+        <v>3860</v>
+      </c>
+      <c r="G418" t="s">
+        <v>3861</v>
+      </c>
+      <c r="H418" t="s">
+        <v>3862</v>
+      </c>
+      <c r="I418" t="s">
+        <v>3863</v>
+      </c>
+      <c r="J418" t="s">
+        <v>24</v>
+      </c>
+      <c r="K418" t="s">
+        <v>274</v>
+      </c>
+      <c r="L418" t="s">
+        <v>26</v>
+      </c>
+      <c r="M418" t="s">
+        <v>276</v>
+      </c>
+      <c r="N418" t="s">
+        <v>28</v>
+      </c>
+      <c r="O418" t="s">
         <v>3864</v>
-      </c>
-[...37 lines deleted...]
-        <v>3872</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65011</v>
+        <v>58090</v>
       </c>
       <c r="B419" t="s">
+        <v>3865</v>
+      </c>
+      <c r="C419" t="s">
+        <v>3866</v>
+      </c>
+      <c r="D419" t="s">
+        <v>3867</v>
+      </c>
+      <c r="E419" t="s">
+        <v>3868</v>
+      </c>
+      <c r="F419" t="s">
+        <v>3869</v>
+      </c>
+      <c r="G419" t="s">
+        <v>3870</v>
+      </c>
+      <c r="H419" t="s">
+        <v>3871</v>
+      </c>
+      <c r="I419" t="s">
+        <v>3872</v>
+      </c>
+      <c r="J419" t="s">
+        <v>450</v>
+      </c>
+      <c r="K419" t="s">
+        <v>758</v>
+      </c>
+      <c r="L419" t="s">
+        <v>452</v>
+      </c>
+      <c r="M419" t="s">
+        <v>760</v>
+      </c>
+      <c r="N419" t="s">
+        <v>28</v>
+      </c>
+      <c r="O419" t="s">
         <v>3873</v>
-      </c>
-[...37 lines deleted...]
-        <v>3881</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65012</v>
+        <v>58091</v>
       </c>
       <c r="B420" t="s">
+        <v>3874</v>
+      </c>
+      <c r="C420" t="s">
+        <v>3875</v>
+      </c>
+      <c r="D420" t="s">
+        <v>3876</v>
+      </c>
+      <c r="E420" t="s">
+        <v>3877</v>
+      </c>
+      <c r="F420" t="s">
+        <v>3878</v>
+      </c>
+      <c r="G420" t="s">
+        <v>3879</v>
+      </c>
+      <c r="H420" t="s">
+        <v>3880</v>
+      </c>
+      <c r="I420" t="s">
+        <v>3881</v>
+      </c>
+      <c r="J420" t="s">
+        <v>24</v>
+      </c>
+      <c r="K420" t="s">
         <v>3882</v>
       </c>
-      <c r="C420" t="s">
+      <c r="L420" t="s">
+        <v>26</v>
+      </c>
+      <c r="M420" t="s">
         <v>3883</v>
       </c>
-      <c r="D420" t="s">
+      <c r="N420" t="s">
+        <v>28</v>
+      </c>
+      <c r="O420" t="s">
         <v>3884</v>
-      </c>
-[...31 lines deleted...]
-        <v>3892</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65013</v>
+        <v>58093</v>
       </c>
       <c r="B421" t="s">
+        <v>3885</v>
+      </c>
+      <c r="C421" t="s">
+        <v>3886</v>
+      </c>
+      <c r="D421" t="s">
+        <v>3887</v>
+      </c>
+      <c r="E421" t="s">
+        <v>3888</v>
+      </c>
+      <c r="F421" t="s">
+        <v>3889</v>
+      </c>
+      <c r="G421" t="s">
+        <v>3890</v>
+      </c>
+      <c r="H421" t="s">
+        <v>3891</v>
+      </c>
+      <c r="I421" t="s">
+        <v>3892</v>
+      </c>
+      <c r="J421" t="s">
+        <v>450</v>
+      </c>
+      <c r="K421" t="s">
+        <v>2129</v>
+      </c>
+      <c r="L421" t="s">
+        <v>452</v>
+      </c>
+      <c r="M421" t="s">
+        <v>2130</v>
+      </c>
+      <c r="N421" t="s">
+        <v>28</v>
+      </c>
+      <c r="O421" t="s">
         <v>3893</v>
-      </c>
-[...37 lines deleted...]
-        <v>3901</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65014</v>
+        <v>58120</v>
       </c>
       <c r="B422" t="s">
+        <v>3894</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3895</v>
+      </c>
+      <c r="D422" t="s">
+        <v>3896</v>
+      </c>
+      <c r="E422" t="s">
+        <v>3897</v>
+      </c>
+      <c r="F422" t="s">
+        <v>3898</v>
+      </c>
+      <c r="G422" t="s">
+        <v>3899</v>
+      </c>
+      <c r="H422" t="s">
+        <v>3900</v>
+      </c>
+      <c r="I422" t="s">
+        <v>3901</v>
+      </c>
+      <c r="J422" t="s">
+        <v>24</v>
+      </c>
+      <c r="K422" t="s">
+        <v>25</v>
+      </c>
+      <c r="L422" t="s">
+        <v>26</v>
+      </c>
+      <c r="M422" t="s">
+        <v>27</v>
+      </c>
+      <c r="N422" t="s">
+        <v>28</v>
+      </c>
+      <c r="O422" t="s">
         <v>3902</v>
-      </c>
-[...37 lines deleted...]
-        <v>3910</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65015</v>
+        <v>58122</v>
       </c>
       <c r="B423" t="s">
-        <v>3911</v>
+        <v>3903</v>
       </c>
       <c r="C423" t="s">
-        <v>3912</v>
+        <v>3904</v>
       </c>
       <c r="D423" t="s">
-        <v>3913</v>
+        <v>3905</v>
       </c>
       <c r="E423" t="s">
-        <v>3914</v>
+        <v>3906</v>
       </c>
       <c r="F423" t="s">
-        <v>3915</v>
+        <v>3907</v>
       </c>
       <c r="G423" t="s">
-        <v>3916</v>
+        <v>3908</v>
       </c>
       <c r="H423" t="s">
-        <v>3917</v>
+        <v>3909</v>
       </c>
       <c r="I423" t="s">
-        <v>3918</v>
+        <v>3910</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
         <v>170</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
         <v>171</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3919</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65016</v>
+        <v>58125</v>
       </c>
       <c r="B424" t="s">
+        <v>3912</v>
+      </c>
+      <c r="C424" t="s">
+        <v>3913</v>
+      </c>
+      <c r="D424" t="s">
+        <v>3914</v>
+      </c>
+      <c r="E424" t="s">
+        <v>3915</v>
+      </c>
+      <c r="F424" t="s">
+        <v>3916</v>
+      </c>
+      <c r="G424" t="s">
+        <v>3917</v>
+      </c>
+      <c r="H424" t="s">
+        <v>3918</v>
+      </c>
+      <c r="I424" t="s">
+        <v>3919</v>
+      </c>
+      <c r="J424" t="s">
+        <v>24</v>
+      </c>
+      <c r="K424" t="s">
+        <v>3363</v>
+      </c>
+      <c r="L424" t="s">
+        <v>26</v>
+      </c>
+      <c r="M424" t="s">
+        <v>3364</v>
+      </c>
+      <c r="N424" t="s">
+        <v>28</v>
+      </c>
+      <c r="O424" t="s">
         <v>3920</v>
-      </c>
-[...37 lines deleted...]
-        <v>3928</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65017</v>
+        <v>58144</v>
       </c>
       <c r="B425" t="s">
+        <v>3921</v>
+      </c>
+      <c r="C425" t="s">
+        <v>3922</v>
+      </c>
+      <c r="D425" t="s">
+        <v>3923</v>
+      </c>
+      <c r="E425" t="s">
+        <v>3924</v>
+      </c>
+      <c r="F425" t="s">
+        <v>3925</v>
+      </c>
+      <c r="G425" t="s">
+        <v>3926</v>
+      </c>
+      <c r="H425" t="s">
+        <v>3927</v>
+      </c>
+      <c r="I425" t="s">
+        <v>3928</v>
+      </c>
+      <c r="J425" t="s">
+        <v>24</v>
+      </c>
+      <c r="K425" t="s">
+        <v>25</v>
+      </c>
+      <c r="L425" t="s">
+        <v>26</v>
+      </c>
+      <c r="M425" t="s">
+        <v>27</v>
+      </c>
+      <c r="N425" t="s">
+        <v>28</v>
+      </c>
+      <c r="O425" t="s">
         <v>3929</v>
-      </c>
-[...37 lines deleted...]
-        <v>3939</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65018</v>
+        <v>58148</v>
       </c>
       <c r="B426" t="s">
-        <v>3940</v>
+        <v>3930</v>
       </c>
       <c r="C426" t="s">
-        <v>3941</v>
+        <v>3931</v>
       </c>
       <c r="D426" t="s">
-        <v>3942</v>
+        <v>3932</v>
       </c>
       <c r="E426" t="s">
-        <v>3943</v>
+        <v>3933</v>
       </c>
       <c r="F426" t="s">
-        <v>3944</v>
+        <v>3934</v>
       </c>
       <c r="G426" t="s">
-        <v>3945</v>
+        <v>3935</v>
       </c>
       <c r="H426" t="s">
-        <v>3946</v>
+        <v>3936</v>
       </c>
       <c r="I426" t="s">
-        <v>3947</v>
+        <v>3937</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>3948</v>
+        <v>1071</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
-        <v>3949</v>
+        <v>1072</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3950</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65019</v>
+        <v>58218</v>
       </c>
       <c r="B427" t="s">
-        <v>3951</v>
+        <v>3939</v>
       </c>
       <c r="C427" t="s">
-        <v>3952</v>
+        <v>3940</v>
       </c>
       <c r="D427" t="s">
-        <v>3953</v>
+        <v>3941</v>
       </c>
       <c r="E427" t="s">
-        <v>3954</v>
+        <v>3942</v>
       </c>
       <c r="F427" t="s">
-        <v>3955</v>
+        <v>3943</v>
       </c>
       <c r="G427" t="s">
-        <v>3956</v>
+        <v>3944</v>
       </c>
       <c r="H427" t="s">
-        <v>3957</v>
+        <v>3945</v>
       </c>
       <c r="I427" t="s">
-        <v>3958</v>
+        <v>3946</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
         <v>170</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
         <v>171</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3959</v>
+        <v>3947</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65020</v>
+        <v>58223</v>
       </c>
       <c r="B428" t="s">
-        <v>3960</v>
+        <v>3948</v>
       </c>
       <c r="C428" t="s">
-        <v>3961</v>
+        <v>3949</v>
       </c>
       <c r="D428" t="s">
-        <v>3962</v>
+        <v>3950</v>
       </c>
       <c r="E428" t="s">
-        <v>3963</v>
+        <v>3951</v>
       </c>
       <c r="F428" t="s">
-        <v>3964</v>
+        <v>3952</v>
       </c>
       <c r="G428" t="s">
-        <v>3965</v>
+        <v>3953</v>
       </c>
       <c r="H428" t="s">
-        <v>3966</v>
+        <v>3954</v>
       </c>
       <c r="I428" t="s">
-        <v>3967</v>
+        <v>3955</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>3968</v>
+        <v>170</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>3969</v>
+        <v>171</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3970</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65021</v>
+        <v>58240</v>
       </c>
       <c r="B429" t="s">
-        <v>3971</v>
+        <v>3957</v>
       </c>
       <c r="C429" t="s">
-        <v>3972</v>
+        <v>3958</v>
       </c>
       <c r="D429" t="s">
-        <v>3973</v>
+        <v>3959</v>
       </c>
       <c r="E429" t="s">
-        <v>3974</v>
+        <v>3960</v>
       </c>
       <c r="F429" t="s">
-        <v>3975</v>
+        <v>3961</v>
       </c>
       <c r="G429" t="s">
-        <v>3976</v>
+        <v>3962</v>
       </c>
       <c r="H429" t="s">
-        <v>3977</v>
+        <v>3963</v>
       </c>
       <c r="I429" t="s">
-        <v>3978</v>
+        <v>3964</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>25</v>
+        <v>3965</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>27</v>
+        <v>3966</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3979</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65022</v>
+        <v>58259</v>
       </c>
       <c r="B430" t="s">
-        <v>3980</v>
+        <v>3968</v>
       </c>
       <c r="C430" t="s">
-        <v>3981</v>
+        <v>3969</v>
       </c>
       <c r="D430" t="s">
-        <v>3982</v>
+        <v>3970</v>
       </c>
       <c r="E430" t="s">
-        <v>3983</v>
+        <v>3971</v>
       </c>
       <c r="F430" t="s">
-        <v>3984</v>
+        <v>3972</v>
       </c>
       <c r="G430" t="s">
-        <v>3985</v>
+        <v>3973</v>
       </c>
       <c r="H430" t="s">
-        <v>3986</v>
+        <v>3974</v>
       </c>
       <c r="I430" t="s">
-        <v>3987</v>
+        <v>3975</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>25</v>
+        <v>3976</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>27</v>
+        <v>3977</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3988</v>
+        <v>3978</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65023</v>
+        <v>64597</v>
       </c>
       <c r="B431" t="s">
-        <v>3989</v>
+        <v>3979</v>
       </c>
       <c r="C431" t="s">
-        <v>3990</v>
+        <v>3980</v>
       </c>
       <c r="D431" t="s">
-        <v>3991</v>
+        <v>3981</v>
       </c>
       <c r="E431" t="s">
-        <v>3992</v>
+        <v>3982</v>
       </c>
       <c r="F431" t="s">
-        <v>3993</v>
+        <v>3983</v>
       </c>
       <c r="G431" t="s">
-        <v>3994</v>
+        <v>3984</v>
       </c>
       <c r="H431" t="s">
-        <v>3995</v>
+        <v>3985</v>
       </c>
       <c r="I431" t="s">
-        <v>3996</v>
+        <v>3986</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>25</v>
+        <v>1136</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>27</v>
+        <v>1137</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3997</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65025</v>
+        <v>64637</v>
       </c>
       <c r="B432" t="s">
-        <v>3998</v>
+        <v>3988</v>
       </c>
       <c r="C432" t="s">
-        <v>3999</v>
+        <v>3989</v>
       </c>
       <c r="D432" t="s">
-        <v>4000</v>
+        <v>3990</v>
       </c>
       <c r="E432" t="s">
-        <v>4001</v>
+        <v>3991</v>
       </c>
       <c r="F432" t="s">
-        <v>4002</v>
+        <v>3992</v>
       </c>
       <c r="G432" t="s">
-        <v>4003</v>
+        <v>3993</v>
       </c>
       <c r="H432" t="s">
-        <v>4004</v>
+        <v>3994</v>
       </c>
       <c r="I432" t="s">
-        <v>4005</v>
+        <v>3995</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>4006</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65026</v>
+        <v>64643</v>
       </c>
       <c r="B433" t="s">
-        <v>4007</v>
+        <v>3997</v>
       </c>
       <c r="C433" t="s">
-        <v>4008</v>
+        <v>3998</v>
       </c>
       <c r="D433" t="s">
-        <v>4009</v>
+        <v>3999</v>
       </c>
       <c r="E433" t="s">
-        <v>4010</v>
+        <v>4000</v>
       </c>
       <c r="F433" t="s">
-        <v>4011</v>
+        <v>4001</v>
       </c>
       <c r="G433" t="s">
-        <v>4012</v>
+        <v>4002</v>
       </c>
       <c r="H433" t="s">
-        <v>4013</v>
+        <v>4003</v>
       </c>
       <c r="I433" t="s">
-        <v>4014</v>
+        <v>4004</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>4015</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65027</v>
+        <v>64689</v>
       </c>
       <c r="B434" t="s">
-        <v>4016</v>
+        <v>4006</v>
       </c>
       <c r="C434" t="s">
-        <v>4017</v>
+        <v>4007</v>
       </c>
       <c r="D434" t="s">
-        <v>4018</v>
+        <v>4008</v>
       </c>
       <c r="E434" t="s">
-        <v>4019</v>
+        <v>4009</v>
       </c>
       <c r="F434" t="s">
-        <v>4020</v>
+        <v>4010</v>
       </c>
       <c r="G434" t="s">
-        <v>4021</v>
+        <v>4011</v>
       </c>
       <c r="H434" t="s">
-        <v>4022</v>
+        <v>4012</v>
       </c>
       <c r="I434" t="s">
-        <v>4023</v>
+        <v>4013</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>690</v>
+        <v>59</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>691</v>
+        <v>61</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4024</v>
+        <v>4014</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65028</v>
+        <v>65000</v>
       </c>
       <c r="B435" t="s">
-        <v>4025</v>
+        <v>4015</v>
       </c>
       <c r="C435" t="s">
-        <v>4026</v>
+        <v>4016</v>
       </c>
       <c r="D435" t="s">
-        <v>4027</v>
+        <v>4017</v>
       </c>
       <c r="E435" t="s">
-        <v>4028</v>
+        <v>4018</v>
       </c>
       <c r="F435" t="s">
-        <v>4029</v>
+        <v>4019</v>
       </c>
       <c r="G435" t="s">
-        <v>4030</v>
+        <v>4020</v>
       </c>
       <c r="H435" t="s">
-        <v>4031</v>
+        <v>4021</v>
       </c>
       <c r="I435" t="s">
-        <v>4032</v>
+        <v>4022</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
         <v>25</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
         <v>27</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4033</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65030</v>
+        <v>65001</v>
       </c>
       <c r="B436" t="s">
-        <v>4034</v>
+        <v>4024</v>
       </c>
       <c r="C436" t="s">
-        <v>4035</v>
+        <v>4025</v>
       </c>
       <c r="D436" t="s">
-        <v>4036</v>
+        <v>4026</v>
       </c>
       <c r="E436" t="s">
-        <v>4037</v>
+        <v>4027</v>
       </c>
       <c r="F436" t="s">
-        <v>4038</v>
+        <v>4028</v>
       </c>
       <c r="G436" t="s">
-        <v>4039</v>
+        <v>4029</v>
       </c>
       <c r="H436" t="s">
-        <v>4040</v>
+        <v>4030</v>
       </c>
       <c r="I436" t="s">
-        <v>4041</v>
+        <v>4031</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4042</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65031</v>
+        <v>65002</v>
       </c>
       <c r="B437" t="s">
-        <v>4043</v>
+        <v>4033</v>
       </c>
       <c r="C437" t="s">
-        <v>4044</v>
+        <v>4034</v>
       </c>
       <c r="D437" t="s">
-        <v>4045</v>
+        <v>4035</v>
       </c>
       <c r="E437" t="s">
-        <v>4046</v>
+        <v>4036</v>
       </c>
       <c r="F437" t="s">
-        <v>4047</v>
+        <v>4037</v>
       </c>
       <c r="G437" t="s">
-        <v>4048</v>
+        <v>4038</v>
       </c>
       <c r="H437" t="s">
-        <v>4049</v>
+        <v>4039</v>
       </c>
       <c r="I437" t="s">
-        <v>4050</v>
+        <v>4040</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
         <v>25</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
         <v>27</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4051</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65032</v>
+        <v>65003</v>
       </c>
       <c r="B438" t="s">
-        <v>4052</v>
+        <v>4042</v>
       </c>
       <c r="C438" t="s">
-        <v>4053</v>
+        <v>4043</v>
       </c>
       <c r="D438" t="s">
-        <v>4054</v>
+        <v>4044</v>
       </c>
       <c r="E438" t="s">
-        <v>4055</v>
+        <v>4045</v>
       </c>
       <c r="F438" t="s">
-        <v>4056</v>
+        <v>4046</v>
       </c>
       <c r="G438" t="s">
-        <v>4057</v>
+        <v>4047</v>
       </c>
       <c r="H438" t="s">
-        <v>4058</v>
+        <v>4048</v>
       </c>
       <c r="I438" t="s">
-        <v>4059</v>
+        <v>4049</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
         <v>170</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
         <v>171</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4060</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65033</v>
+        <v>65004</v>
       </c>
       <c r="B439" t="s">
-        <v>4061</v>
+        <v>4051</v>
       </c>
       <c r="C439" t="s">
-        <v>4062</v>
+        <v>4052</v>
       </c>
       <c r="D439" t="s">
-        <v>4063</v>
+        <v>4053</v>
       </c>
       <c r="E439" t="s">
-        <v>4064</v>
+        <v>4054</v>
       </c>
       <c r="F439" t="s">
-        <v>4065</v>
+        <v>4055</v>
       </c>
       <c r="G439" t="s">
-        <v>4066</v>
+        <v>4056</v>
       </c>
       <c r="H439" t="s">
-        <v>4067</v>
+        <v>4057</v>
       </c>
       <c r="I439" t="s">
-        <v>4068</v>
+        <v>4058</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>4069</v>
+        <v>170</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>4070</v>
+        <v>171</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4071</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65034</v>
+        <v>65005</v>
       </c>
       <c r="B440" t="s">
-        <v>4072</v>
+        <v>4060</v>
       </c>
       <c r="C440" t="s">
-        <v>4073</v>
+        <v>4061</v>
       </c>
       <c r="D440" t="s">
-        <v>4074</v>
+        <v>4062</v>
       </c>
       <c r="E440" t="s">
-        <v>4075</v>
+        <v>4063</v>
       </c>
       <c r="F440" t="s">
-        <v>4076</v>
+        <v>4064</v>
       </c>
       <c r="G440" t="s">
-        <v>4077</v>
+        <v>4065</v>
       </c>
       <c r="H440" t="s">
-        <v>4078</v>
+        <v>4066</v>
       </c>
       <c r="I440" t="s">
-        <v>4079</v>
+        <v>4067</v>
       </c>
       <c r="J440" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>580</v>
+        <v>4068</v>
       </c>
       <c r="L440" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>581</v>
+        <v>4069</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4080</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65035</v>
+        <v>65006</v>
       </c>
       <c r="B441" t="s">
+        <v>4071</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4072</v>
+      </c>
+      <c r="D441" t="s">
+        <v>4073</v>
+      </c>
+      <c r="E441" t="s">
+        <v>4074</v>
+      </c>
+      <c r="F441" t="s">
+        <v>4075</v>
+      </c>
+      <c r="G441" t="s">
+        <v>4076</v>
+      </c>
+      <c r="H441" t="s">
+        <v>4077</v>
+      </c>
+      <c r="I441" t="s">
+        <v>4078</v>
+      </c>
+      <c r="J441" t="s">
+        <v>24</v>
+      </c>
+      <c r="K441" t="s">
+        <v>4079</v>
+      </c>
+      <c r="L441" t="s">
+        <v>26</v>
+      </c>
+      <c r="M441" t="s">
+        <v>4080</v>
+      </c>
+      <c r="N441" t="s">
+        <v>28</v>
+      </c>
+      <c r="O441" t="s">
         <v>4081</v>
-      </c>
-[...37 lines deleted...]
-        <v>4089</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65036</v>
+        <v>65007</v>
       </c>
       <c r="B442" t="s">
-        <v>4090</v>
+        <v>4082</v>
       </c>
       <c r="C442" t="s">
-        <v>4091</v>
+        <v>4083</v>
       </c>
       <c r="D442" t="s">
-        <v>4092</v>
+        <v>4084</v>
       </c>
       <c r="E442" t="s">
-        <v>4093</v>
+        <v>4085</v>
       </c>
       <c r="F442" t="s">
-        <v>4094</v>
+        <v>4086</v>
       </c>
       <c r="G442" t="s">
-        <v>4095</v>
+        <v>4087</v>
       </c>
       <c r="H442" t="s">
-        <v>4096</v>
+        <v>4088</v>
       </c>
       <c r="I442" t="s">
-        <v>4097</v>
+        <v>4089</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
         <v>25</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
         <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4098</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65037</v>
+        <v>65008</v>
       </c>
       <c r="B443" t="s">
+        <v>4091</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4092</v>
+      </c>
+      <c r="D443" t="s">
+        <v>4093</v>
+      </c>
+      <c r="E443" t="s">
+        <v>4094</v>
+      </c>
+      <c r="F443" t="s">
+        <v>4095</v>
+      </c>
+      <c r="G443" t="s">
+        <v>4096</v>
+      </c>
+      <c r="H443" t="s">
+        <v>4097</v>
+      </c>
+      <c r="I443" t="s">
+        <v>4098</v>
+      </c>
+      <c r="J443" t="s">
+        <v>24</v>
+      </c>
+      <c r="K443" t="s">
+        <v>170</v>
+      </c>
+      <c r="L443" t="s">
+        <v>26</v>
+      </c>
+      <c r="M443" t="s">
+        <v>171</v>
+      </c>
+      <c r="N443" t="s">
+        <v>28</v>
+      </c>
+      <c r="O443" t="s">
         <v>4099</v>
-      </c>
-[...37 lines deleted...]
-        <v>4107</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65038</v>
+        <v>65009</v>
       </c>
       <c r="B444" t="s">
-        <v>4108</v>
+        <v>4100</v>
       </c>
       <c r="C444" t="s">
-        <v>4109</v>
+        <v>4101</v>
       </c>
       <c r="D444" t="s">
-        <v>4110</v>
+        <v>4102</v>
       </c>
       <c r="E444" t="s">
-        <v>4111</v>
+        <v>4103</v>
       </c>
       <c r="F444" t="s">
-        <v>4112</v>
+        <v>4104</v>
       </c>
       <c r="G444" t="s">
-        <v>4113</v>
+        <v>4105</v>
       </c>
       <c r="H444" t="s">
-        <v>4114</v>
+        <v>4106</v>
       </c>
       <c r="I444" t="s">
-        <v>4115</v>
+        <v>4107</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
         <v>170</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444" t="s">
         <v>171</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4116</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65039</v>
+        <v>65010</v>
       </c>
       <c r="B445" t="s">
+        <v>4109</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4110</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4111</v>
+      </c>
+      <c r="E445" t="s">
+        <v>4112</v>
+      </c>
+      <c r="F445" t="s">
+        <v>4113</v>
+      </c>
+      <c r="G445" t="s">
+        <v>4114</v>
+      </c>
+      <c r="H445" t="s">
+        <v>4115</v>
+      </c>
+      <c r="I445" t="s">
+        <v>4116</v>
+      </c>
+      <c r="J445" t="s">
+        <v>24</v>
+      </c>
+      <c r="K445" t="s">
+        <v>25</v>
+      </c>
+      <c r="L445" t="s">
+        <v>26</v>
+      </c>
+      <c r="M445" t="s">
+        <v>27</v>
+      </c>
+      <c r="N445" t="s">
+        <v>28</v>
+      </c>
+      <c r="O445" t="s">
         <v>4117</v>
-      </c>
-[...37 lines deleted...]
-        <v>4125</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65040</v>
+        <v>65011</v>
       </c>
       <c r="B446" t="s">
+        <v>4118</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4119</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4120</v>
+      </c>
+      <c r="E446" t="s">
+        <v>4121</v>
+      </c>
+      <c r="F446" t="s">
+        <v>4122</v>
+      </c>
+      <c r="G446" t="s">
+        <v>4123</v>
+      </c>
+      <c r="H446" t="s">
+        <v>4124</v>
+      </c>
+      <c r="I446" t="s">
+        <v>4125</v>
+      </c>
+      <c r="J446" t="s">
+        <v>24</v>
+      </c>
+      <c r="K446" t="s">
+        <v>170</v>
+      </c>
+      <c r="L446" t="s">
+        <v>26</v>
+      </c>
+      <c r="M446" t="s">
+        <v>171</v>
+      </c>
+      <c r="N446" t="s">
+        <v>28</v>
+      </c>
+      <c r="O446" t="s">
         <v>4126</v>
-      </c>
-[...37 lines deleted...]
-        <v>4134</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65043</v>
+        <v>65012</v>
       </c>
       <c r="B447" t="s">
+        <v>4127</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4128</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4129</v>
+      </c>
+      <c r="E447" t="s">
+        <v>4130</v>
+      </c>
+      <c r="F447" t="s">
+        <v>4131</v>
+      </c>
+      <c r="G447" t="s">
+        <v>4132</v>
+      </c>
+      <c r="H447" t="s">
+        <v>4133</v>
+      </c>
+      <c r="I447" t="s">
+        <v>4134</v>
+      </c>
+      <c r="J447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K447" t="s">
         <v>4135</v>
       </c>
-      <c r="C447" t="s">
+      <c r="L447" t="s">
+        <v>26</v>
+      </c>
+      <c r="M447" t="s">
         <v>4136</v>
       </c>
-      <c r="D447" t="s">
+      <c r="N447" t="s">
+        <v>28</v>
+      </c>
+      <c r="O447" t="s">
         <v>4137</v>
-      </c>
-[...31 lines deleted...]
-        <v>4143</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65044</v>
+        <v>65013</v>
       </c>
       <c r="B448" t="s">
+        <v>4138</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4139</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4140</v>
+      </c>
+      <c r="E448" t="s">
+        <v>4141</v>
+      </c>
+      <c r="F448" t="s">
+        <v>4142</v>
+      </c>
+      <c r="G448" t="s">
+        <v>4143</v>
+      </c>
+      <c r="H448" t="s">
         <v>4144</v>
       </c>
-      <c r="C448" t="s">
+      <c r="I448" t="s">
         <v>4145</v>
-      </c>
-[...16 lines deleted...]
-        <v>4151</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
         <v>25</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
         <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4152</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65045</v>
+        <v>65014</v>
       </c>
       <c r="B449" t="s">
+        <v>4147</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4148</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4149</v>
+      </c>
+      <c r="E449" t="s">
+        <v>4150</v>
+      </c>
+      <c r="F449" t="s">
+        <v>4151</v>
+      </c>
+      <c r="G449" t="s">
+        <v>4152</v>
+      </c>
+      <c r="H449" t="s">
         <v>4153</v>
       </c>
-      <c r="C449" t="s">
+      <c r="I449" t="s">
         <v>4154</v>
       </c>
-      <c r="D449" t="s">
+      <c r="J449" t="s">
+        <v>450</v>
+      </c>
+      <c r="K449" t="s">
+        <v>690</v>
+      </c>
+      <c r="L449" t="s">
+        <v>452</v>
+      </c>
+      <c r="M449" t="s">
+        <v>691</v>
+      </c>
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
         <v>4155</v>
-      </c>
-[...31 lines deleted...]
-        <v>4163</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65046</v>
+        <v>65015</v>
       </c>
       <c r="B450" t="s">
+        <v>4156</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4157</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4158</v>
+      </c>
+      <c r="E450" t="s">
+        <v>4159</v>
+      </c>
+      <c r="F450" t="s">
+        <v>4160</v>
+      </c>
+      <c r="G450" t="s">
+        <v>4161</v>
+      </c>
+      <c r="H450" t="s">
+        <v>4162</v>
+      </c>
+      <c r="I450" t="s">
+        <v>4163</v>
+      </c>
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
+        <v>170</v>
+      </c>
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
+        <v>171</v>
+      </c>
+      <c r="N450" t="s">
+        <v>28</v>
+      </c>
+      <c r="O450" t="s">
         <v>4164</v>
-      </c>
-[...37 lines deleted...]
-        <v>4172</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65047</v>
+        <v>65016</v>
       </c>
       <c r="B451" t="s">
+        <v>4165</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4166</v>
+      </c>
+      <c r="D451" t="s">
+        <v>4167</v>
+      </c>
+      <c r="E451" t="s">
+        <v>4168</v>
+      </c>
+      <c r="F451" t="s">
+        <v>4169</v>
+      </c>
+      <c r="G451" t="s">
+        <v>4170</v>
+      </c>
+      <c r="H451" t="s">
+        <v>4171</v>
+      </c>
+      <c r="I451" t="s">
+        <v>4172</v>
+      </c>
+      <c r="J451" t="s">
+        <v>24</v>
+      </c>
+      <c r="K451" t="s">
+        <v>25</v>
+      </c>
+      <c r="L451" t="s">
+        <v>26</v>
+      </c>
+      <c r="M451" t="s">
+        <v>27</v>
+      </c>
+      <c r="N451" t="s">
+        <v>28</v>
+      </c>
+      <c r="O451" t="s">
         <v>4173</v>
-      </c>
-[...37 lines deleted...]
-        <v>4181</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65049</v>
+        <v>65017</v>
       </c>
       <c r="B452" t="s">
+        <v>4174</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4175</v>
+      </c>
+      <c r="D452" t="s">
+        <v>4176</v>
+      </c>
+      <c r="E452" t="s">
+        <v>4177</v>
+      </c>
+      <c r="F452" t="s">
+        <v>4178</v>
+      </c>
+      <c r="G452" t="s">
+        <v>4179</v>
+      </c>
+      <c r="H452" t="s">
+        <v>4180</v>
+      </c>
+      <c r="I452" t="s">
+        <v>4181</v>
+      </c>
+      <c r="J452" t="s">
+        <v>24</v>
+      </c>
+      <c r="K452" t="s">
         <v>4182</v>
       </c>
-      <c r="C452" t="s">
+      <c r="L452" t="s">
+        <v>26</v>
+      </c>
+      <c r="M452" t="s">
         <v>4183</v>
       </c>
-      <c r="D452" t="s">
+      <c r="N452" t="s">
+        <v>28</v>
+      </c>
+      <c r="O452" t="s">
         <v>4184</v>
-      </c>
-[...31 lines deleted...]
-        <v>4190</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65050</v>
+        <v>65018</v>
       </c>
       <c r="B453" t="s">
+        <v>4185</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D453" t="s">
+        <v>4187</v>
+      </c>
+      <c r="E453" t="s">
+        <v>4188</v>
+      </c>
+      <c r="F453" t="s">
+        <v>4189</v>
+      </c>
+      <c r="G453" t="s">
+        <v>4190</v>
+      </c>
+      <c r="H453" t="s">
         <v>4191</v>
       </c>
-      <c r="C453" t="s">
+      <c r="I453" t="s">
         <v>4192</v>
       </c>
-      <c r="D453" t="s">
+      <c r="J453" t="s">
+        <v>24</v>
+      </c>
+      <c r="K453" t="s">
         <v>4193</v>
       </c>
-      <c r="E453" t="s">
+      <c r="L453" t="s">
+        <v>26</v>
+      </c>
+      <c r="M453" t="s">
         <v>4194</v>
       </c>
-      <c r="F453" t="s">
+      <c r="N453" t="s">
+        <v>28</v>
+      </c>
+      <c r="O453" t="s">
         <v>4195</v>
-      </c>
-[...25 lines deleted...]
-        <v>4199</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65051</v>
+        <v>65019</v>
       </c>
       <c r="B454" t="s">
+        <v>4196</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4197</v>
+      </c>
+      <c r="D454" t="s">
+        <v>4198</v>
+      </c>
+      <c r="E454" t="s">
+        <v>4199</v>
+      </c>
+      <c r="F454" t="s">
         <v>4200</v>
       </c>
-      <c r="C454" t="s">
+      <c r="G454" t="s">
         <v>4201</v>
       </c>
-      <c r="D454" t="s">
+      <c r="H454" t="s">
         <v>4202</v>
       </c>
-      <c r="E454" t="s">
+      <c r="I454" t="s">
         <v>4203</v>
       </c>
-      <c r="F454" t="s">
+      <c r="J454" t="s">
+        <v>24</v>
+      </c>
+      <c r="K454" t="s">
+        <v>170</v>
+      </c>
+      <c r="L454" t="s">
+        <v>26</v>
+      </c>
+      <c r="M454" t="s">
+        <v>171</v>
+      </c>
+      <c r="N454" t="s">
+        <v>28</v>
+      </c>
+      <c r="O454" t="s">
         <v>4204</v>
-      </c>
-[...25 lines deleted...]
-        <v>4208</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65053</v>
+        <v>65020</v>
       </c>
       <c r="B455" t="s">
+        <v>4205</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4206</v>
+      </c>
+      <c r="D455" t="s">
+        <v>4207</v>
+      </c>
+      <c r="E455" t="s">
+        <v>4208</v>
+      </c>
+      <c r="F455" t="s">
         <v>4209</v>
       </c>
-      <c r="C455" t="s">
+      <c r="G455" t="s">
         <v>4210</v>
       </c>
-      <c r="D455" t="s">
+      <c r="H455" t="s">
         <v>4211</v>
       </c>
-      <c r="E455" t="s">
+      <c r="I455" t="s">
         <v>4212</v>
       </c>
-      <c r="F455" t="s">
+      <c r="J455" t="s">
+        <v>24</v>
+      </c>
+      <c r="K455" t="s">
         <v>4213</v>
       </c>
-      <c r="G455" t="s">
+      <c r="L455" t="s">
+        <v>26</v>
+      </c>
+      <c r="M455" t="s">
         <v>4214</v>
       </c>
-      <c r="H455" t="s">
+      <c r="N455" t="s">
+        <v>28</v>
+      </c>
+      <c r="O455" t="s">
         <v>4215</v>
-      </c>
-[...19 lines deleted...]
-        <v>4217</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65054</v>
+        <v>65021</v>
       </c>
       <c r="B456" t="s">
+        <v>4216</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4217</v>
+      </c>
+      <c r="D456" t="s">
         <v>4218</v>
       </c>
-      <c r="C456" t="s">
+      <c r="E456" t="s">
         <v>4219</v>
       </c>
-      <c r="D456" t="s">
+      <c r="F456" t="s">
         <v>4220</v>
       </c>
-      <c r="E456" t="s">
+      <c r="G456" t="s">
         <v>4221</v>
       </c>
-      <c r="F456" t="s">
+      <c r="H456" t="s">
         <v>4222</v>
       </c>
-      <c r="G456" t="s">
+      <c r="I456" t="s">
         <v>4223</v>
       </c>
-      <c r="H456" t="s">
+      <c r="J456" t="s">
+        <v>24</v>
+      </c>
+      <c r="K456" t="s">
+        <v>25</v>
+      </c>
+      <c r="L456" t="s">
+        <v>26</v>
+      </c>
+      <c r="M456" t="s">
+        <v>27</v>
+      </c>
+      <c r="N456" t="s">
+        <v>28</v>
+      </c>
+      <c r="O456" t="s">
         <v>4224</v>
-      </c>
-[...19 lines deleted...]
-        <v>4226</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65055</v>
+        <v>65022</v>
       </c>
       <c r="B457" t="s">
+        <v>4225</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4226</v>
+      </c>
+      <c r="D457" t="s">
         <v>4227</v>
       </c>
-      <c r="C457" t="s">
+      <c r="E457" t="s">
         <v>4228</v>
       </c>
-      <c r="D457" t="s">
+      <c r="F457" t="s">
         <v>4229</v>
       </c>
-      <c r="E457" t="s">
+      <c r="G457" t="s">
         <v>4230</v>
       </c>
-      <c r="F457" t="s">
+      <c r="H457" t="s">
         <v>4231</v>
       </c>
-      <c r="G457" t="s">
+      <c r="I457" t="s">
         <v>4232</v>
       </c>
-      <c r="H457" t="s">
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>25</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>27</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
         <v>4233</v>
-      </c>
-[...19 lines deleted...]
-        <v>4235</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65057</v>
+        <v>65023</v>
       </c>
       <c r="B458" t="s">
+        <v>4234</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4235</v>
+      </c>
+      <c r="D458" t="s">
         <v>4236</v>
       </c>
-      <c r="C458" t="s">
+      <c r="E458" t="s">
         <v>4237</v>
       </c>
-      <c r="D458" t="s">
+      <c r="F458" t="s">
         <v>4238</v>
       </c>
-      <c r="E458" t="s">
+      <c r="G458" t="s">
         <v>4239</v>
       </c>
-      <c r="F458" t="s">
+      <c r="H458" t="s">
         <v>4240</v>
       </c>
-      <c r="G458" t="s">
+      <c r="I458" t="s">
         <v>4241</v>
       </c>
-      <c r="H458" t="s">
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>25</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>27</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
         <v>4242</v>
-      </c>
-[...19 lines deleted...]
-        <v>4244</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65058</v>
+        <v>65025</v>
       </c>
       <c r="B459" t="s">
+        <v>4243</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4244</v>
+      </c>
+      <c r="D459" t="s">
         <v>4245</v>
       </c>
-      <c r="C459" t="s">
+      <c r="E459" t="s">
         <v>4246</v>
       </c>
-      <c r="D459" t="s">
+      <c r="F459" t="s">
         <v>4247</v>
       </c>
-      <c r="E459" t="s">
+      <c r="G459" t="s">
         <v>4248</v>
       </c>
-      <c r="F459" t="s">
+      <c r="H459" t="s">
         <v>4249</v>
       </c>
-      <c r="G459" t="s">
+      <c r="I459" t="s">
         <v>4250</v>
       </c>
-      <c r="H459" t="s">
+      <c r="J459" t="s">
+        <v>24</v>
+      </c>
+      <c r="K459" t="s">
+        <v>25</v>
+      </c>
+      <c r="L459" t="s">
+        <v>26</v>
+      </c>
+      <c r="M459" t="s">
+        <v>27</v>
+      </c>
+      <c r="N459" t="s">
+        <v>28</v>
+      </c>
+      <c r="O459" t="s">
         <v>4251</v>
-      </c>
-[...19 lines deleted...]
-        <v>4253</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65059</v>
+        <v>65026</v>
       </c>
       <c r="B460" t="s">
+        <v>4252</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4253</v>
+      </c>
+      <c r="D460" t="s">
         <v>4254</v>
       </c>
-      <c r="C460" t="s">
+      <c r="E460" t="s">
         <v>4255</v>
       </c>
-      <c r="D460" t="s">
+      <c r="F460" t="s">
         <v>4256</v>
       </c>
-      <c r="E460" t="s">
+      <c r="G460" t="s">
         <v>4257</v>
       </c>
-      <c r="F460" t="s">
+      <c r="H460" t="s">
         <v>4258</v>
       </c>
-      <c r="G460" t="s">
+      <c r="I460" t="s">
         <v>4259</v>
       </c>
-      <c r="H460" t="s">
+      <c r="J460" t="s">
+        <v>24</v>
+      </c>
+      <c r="K460" t="s">
+        <v>25</v>
+      </c>
+      <c r="L460" t="s">
+        <v>26</v>
+      </c>
+      <c r="M460" t="s">
+        <v>27</v>
+      </c>
+      <c r="N460" t="s">
+        <v>28</v>
+      </c>
+      <c r="O460" t="s">
         <v>4260</v>
-      </c>
-[...19 lines deleted...]
-        <v>4262</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65060</v>
+        <v>65027</v>
       </c>
       <c r="B461" t="s">
+        <v>4261</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4262</v>
+      </c>
+      <c r="D461" t="s">
         <v>4263</v>
       </c>
-      <c r="C461" t="s">
+      <c r="E461" t="s">
         <v>4264</v>
       </c>
-      <c r="D461" t="s">
+      <c r="F461" t="s">
         <v>4265</v>
       </c>
-      <c r="E461" t="s">
+      <c r="G461" t="s">
         <v>4266</v>
       </c>
-      <c r="F461" t="s">
+      <c r="H461" t="s">
         <v>4267</v>
       </c>
-      <c r="G461" t="s">
+      <c r="I461" t="s">
         <v>4268</v>
       </c>
-      <c r="H461" t="s">
+      <c r="J461" t="s">
+        <v>24</v>
+      </c>
+      <c r="K461" t="s">
+        <v>690</v>
+      </c>
+      <c r="L461" t="s">
+        <v>26</v>
+      </c>
+      <c r="M461" t="s">
+        <v>691</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
         <v>4269</v>
-      </c>
-[...19 lines deleted...]
-        <v>4271</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65061</v>
+        <v>65028</v>
       </c>
       <c r="B462" t="s">
+        <v>4270</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4271</v>
+      </c>
+      <c r="D462" t="s">
         <v>4272</v>
       </c>
-      <c r="C462" t="s">
+      <c r="E462" t="s">
         <v>4273</v>
       </c>
-      <c r="D462" t="s">
+      <c r="F462" t="s">
         <v>4274</v>
       </c>
-      <c r="E462" t="s">
+      <c r="G462" t="s">
         <v>4275</v>
       </c>
-      <c r="F462" t="s">
+      <c r="H462" t="s">
         <v>4276</v>
       </c>
-      <c r="G462" t="s">
+      <c r="I462" t="s">
         <v>4277</v>
       </c>
-      <c r="H462" t="s">
+      <c r="J462" t="s">
+        <v>24</v>
+      </c>
+      <c r="K462" t="s">
+        <v>25</v>
+      </c>
+      <c r="L462" t="s">
+        <v>26</v>
+      </c>
+      <c r="M462" t="s">
+        <v>27</v>
+      </c>
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
         <v>4278</v>
-      </c>
-[...19 lines deleted...]
-        <v>4280</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65062</v>
+        <v>65030</v>
       </c>
       <c r="B463" t="s">
+        <v>4279</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4280</v>
+      </c>
+      <c r="D463" t="s">
         <v>4281</v>
       </c>
-      <c r="C463" t="s">
+      <c r="E463" t="s">
         <v>4282</v>
       </c>
-      <c r="D463" t="s">
+      <c r="F463" t="s">
         <v>4283</v>
       </c>
-      <c r="E463" t="s">
+      <c r="G463" t="s">
         <v>4284</v>
       </c>
-      <c r="F463" t="s">
+      <c r="H463" t="s">
         <v>4285</v>
       </c>
-      <c r="G463" t="s">
+      <c r="I463" t="s">
         <v>4286</v>
-      </c>
-[...4 lines deleted...]
-        <v>4288</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
         <v>25</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
         <v>27</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4289</v>
+        <v>4287</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65063</v>
+        <v>65031</v>
       </c>
       <c r="B464" t="s">
+        <v>4288</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4289</v>
+      </c>
+      <c r="D464" t="s">
         <v>4290</v>
       </c>
-      <c r="C464" t="s">
+      <c r="E464" t="s">
         <v>4291</v>
       </c>
-      <c r="D464" t="s">
+      <c r="F464" t="s">
         <v>4292</v>
       </c>
-      <c r="E464" t="s">
+      <c r="G464" t="s">
         <v>4293</v>
       </c>
-      <c r="F464" t="s">
+      <c r="H464" t="s">
         <v>4294</v>
       </c>
-      <c r="G464" t="s">
+      <c r="I464" t="s">
         <v>4295</v>
       </c>
-      <c r="H464" t="s">
+      <c r="J464" t="s">
+        <v>24</v>
+      </c>
+      <c r="K464" t="s">
+        <v>25</v>
+      </c>
+      <c r="L464" t="s">
+        <v>26</v>
+      </c>
+      <c r="M464" t="s">
+        <v>27</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
         <v>4296</v>
-      </c>
-[...19 lines deleted...]
-        <v>4298</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65065</v>
+        <v>65032</v>
       </c>
       <c r="B465" t="s">
+        <v>4297</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4298</v>
+      </c>
+      <c r="D465" t="s">
         <v>4299</v>
       </c>
-      <c r="C465" t="s">
+      <c r="E465" t="s">
         <v>4300</v>
       </c>
-      <c r="D465" t="s">
+      <c r="F465" t="s">
         <v>4301</v>
       </c>
-      <c r="E465" t="s">
+      <c r="G465" t="s">
         <v>4302</v>
       </c>
-      <c r="F465" t="s">
+      <c r="H465" t="s">
         <v>4303</v>
       </c>
-      <c r="G465" t="s">
+      <c r="I465" t="s">
         <v>4304</v>
       </c>
-      <c r="H465" t="s">
+      <c r="J465" t="s">
+        <v>24</v>
+      </c>
+      <c r="K465" t="s">
+        <v>170</v>
+      </c>
+      <c r="L465" t="s">
+        <v>26</v>
+      </c>
+      <c r="M465" t="s">
+        <v>171</v>
+      </c>
+      <c r="N465" t="s">
+        <v>28</v>
+      </c>
+      <c r="O465" t="s">
         <v>4305</v>
-      </c>
-[...19 lines deleted...]
-        <v>4309</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65068</v>
+        <v>65033</v>
       </c>
       <c r="B466" t="s">
+        <v>4306</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4307</v>
+      </c>
+      <c r="D466" t="s">
+        <v>4308</v>
+      </c>
+      <c r="E466" t="s">
+        <v>4309</v>
+      </c>
+      <c r="F466" t="s">
         <v>4310</v>
       </c>
-      <c r="C466" t="s">
+      <c r="G466" t="s">
         <v>4311</v>
       </c>
-      <c r="D466" t="s">
+      <c r="H466" t="s">
         <v>4312</v>
       </c>
-      <c r="E466" t="s">
+      <c r="I466" t="s">
         <v>4313</v>
       </c>
-      <c r="F466" t="s">
+      <c r="J466" t="s">
+        <v>24</v>
+      </c>
+      <c r="K466" t="s">
         <v>4314</v>
       </c>
-      <c r="G466" t="s">
+      <c r="L466" t="s">
+        <v>26</v>
+      </c>
+      <c r="M466" t="s">
         <v>4315</v>
       </c>
-      <c r="H466" t="s">
+      <c r="N466" t="s">
+        <v>28</v>
+      </c>
+      <c r="O466" t="s">
         <v>4316</v>
-      </c>
-[...19 lines deleted...]
-        <v>4318</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65069</v>
+        <v>65034</v>
       </c>
       <c r="B467" t="s">
+        <v>4317</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4318</v>
+      </c>
+      <c r="D467" t="s">
         <v>4319</v>
       </c>
-      <c r="C467" t="s">
+      <c r="E467" t="s">
         <v>4320</v>
       </c>
-      <c r="D467" t="s">
+      <c r="F467" t="s">
         <v>4321</v>
       </c>
-      <c r="E467" t="s">
+      <c r="G467" t="s">
         <v>4322</v>
       </c>
-      <c r="F467" t="s">
+      <c r="H467" t="s">
         <v>4323</v>
       </c>
-      <c r="G467" t="s">
+      <c r="I467" t="s">
         <v>4324</v>
       </c>
-      <c r="H467" t="s">
+      <c r="J467" t="s">
+        <v>450</v>
+      </c>
+      <c r="K467" t="s">
+        <v>580</v>
+      </c>
+      <c r="L467" t="s">
+        <v>452</v>
+      </c>
+      <c r="M467" t="s">
+        <v>581</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
         <v>4325</v>
-      </c>
-[...19 lines deleted...]
-        <v>4327</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65071</v>
+        <v>65035</v>
       </c>
       <c r="B468" t="s">
+        <v>4326</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4327</v>
+      </c>
+      <c r="D468" t="s">
         <v>4328</v>
       </c>
-      <c r="C468" t="s">
+      <c r="E468" t="s">
         <v>4329</v>
       </c>
-      <c r="D468" t="s">
+      <c r="F468" t="s">
         <v>4330</v>
       </c>
-      <c r="E468" t="s">
+      <c r="G468" t="s">
         <v>4331</v>
       </c>
-      <c r="F468" t="s">
+      <c r="H468" t="s">
         <v>4332</v>
       </c>
-      <c r="G468" t="s">
+      <c r="I468" t="s">
         <v>4333</v>
-      </c>
-[...4 lines deleted...]
-        <v>4335</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
         <v>25</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
         <v>27</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4336</v>
+        <v>4334</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65073</v>
+        <v>65036</v>
       </c>
       <c r="B469" t="s">
+        <v>4335</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4336</v>
+      </c>
+      <c r="D469" t="s">
         <v>4337</v>
       </c>
-      <c r="C469" t="s">
+      <c r="E469" t="s">
         <v>4338</v>
       </c>
-      <c r="D469" t="s">
+      <c r="F469" t="s">
         <v>4339</v>
       </c>
-      <c r="E469" t="s">
+      <c r="G469" t="s">
         <v>4340</v>
       </c>
-      <c r="F469" t="s">
+      <c r="H469" t="s">
         <v>4341</v>
       </c>
-      <c r="G469" t="s">
+      <c r="I469" t="s">
         <v>4342</v>
-      </c>
-[...4 lines deleted...]
-        <v>4344</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
         <v>25</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
         <v>27</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4345</v>
+        <v>4343</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65074</v>
+        <v>65037</v>
       </c>
       <c r="B470" t="s">
+        <v>4344</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4345</v>
+      </c>
+      <c r="D470" t="s">
         <v>4346</v>
       </c>
-      <c r="C470" t="s">
+      <c r="E470" t="s">
         <v>4347</v>
       </c>
-      <c r="D470" t="s">
+      <c r="F470" t="s">
         <v>4348</v>
       </c>
-      <c r="E470" t="s">
+      <c r="G470" t="s">
         <v>4349</v>
       </c>
-      <c r="F470" t="s">
+      <c r="H470" t="s">
         <v>4350</v>
       </c>
-      <c r="G470" t="s">
+      <c r="I470" t="s">
         <v>4351</v>
       </c>
-      <c r="H470" t="s">
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>25</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
+        <v>27</v>
+      </c>
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
         <v>4352</v>
-      </c>
-[...19 lines deleted...]
-        <v>4356</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65075</v>
+        <v>65038</v>
       </c>
       <c r="B471" t="s">
+        <v>4353</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4354</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4355</v>
+      </c>
+      <c r="E471" t="s">
+        <v>4356</v>
+      </c>
+      <c r="F471" t="s">
         <v>4357</v>
       </c>
-      <c r="C471" t="s">
+      <c r="G471" t="s">
         <v>4358</v>
       </c>
-      <c r="D471" t="s">
+      <c r="H471" t="s">
         <v>4359</v>
       </c>
-      <c r="E471" t="s">
+      <c r="I471" t="s">
         <v>4360</v>
       </c>
-      <c r="F471" t="s">
+      <c r="J471" t="s">
+        <v>24</v>
+      </c>
+      <c r="K471" t="s">
+        <v>170</v>
+      </c>
+      <c r="L471" t="s">
+        <v>26</v>
+      </c>
+      <c r="M471" t="s">
+        <v>171</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
         <v>4361</v>
-      </c>
-[...25 lines deleted...]
-        <v>4365</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65076</v>
+        <v>65039</v>
       </c>
       <c r="B472" t="s">
+        <v>4362</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4363</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4364</v>
+      </c>
+      <c r="E472" t="s">
+        <v>4365</v>
+      </c>
+      <c r="F472" t="s">
         <v>4366</v>
       </c>
-      <c r="C472" t="s">
+      <c r="G472" t="s">
         <v>4367</v>
       </c>
-      <c r="D472" t="s">
+      <c r="H472" t="s">
         <v>4368</v>
       </c>
-      <c r="E472" t="s">
+      <c r="I472" t="s">
         <v>4369</v>
-      </c>
-[...10 lines deleted...]
-        <v>4373</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
         <v>170</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
         <v>171</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4374</v>
+        <v>4370</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65077</v>
+        <v>65040</v>
       </c>
       <c r="B473" t="s">
+        <v>4371</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4372</v>
+      </c>
+      <c r="D473" t="s">
+        <v>4373</v>
+      </c>
+      <c r="E473" t="s">
+        <v>4374</v>
+      </c>
+      <c r="F473" t="s">
         <v>4375</v>
       </c>
-      <c r="C473" t="s">
+      <c r="G473" t="s">
         <v>4376</v>
       </c>
-      <c r="D473" t="s">
+      <c r="H473" t="s">
         <v>4377</v>
       </c>
-      <c r="E473" t="s">
+      <c r="I473" t="s">
         <v>4378</v>
       </c>
-      <c r="F473" t="s">
+      <c r="J473" t="s">
+        <v>24</v>
+      </c>
+      <c r="K473" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L473" t="s">
+        <v>26</v>
+      </c>
+      <c r="M473" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N473" t="s">
+        <v>28</v>
+      </c>
+      <c r="O473" t="s">
         <v>4379</v>
-      </c>
-[...25 lines deleted...]
-        <v>4383</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65080</v>
+        <v>65043</v>
       </c>
       <c r="B474" t="s">
+        <v>4380</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4381</v>
+      </c>
+      <c r="D474" t="s">
+        <v>4382</v>
+      </c>
+      <c r="E474" t="s">
+        <v>4383</v>
+      </c>
+      <c r="F474" t="s">
         <v>4384</v>
       </c>
-      <c r="C474" t="s">
+      <c r="G474" t="s">
         <v>4385</v>
       </c>
-      <c r="D474" t="s">
+      <c r="H474" t="s">
         <v>4386</v>
       </c>
-      <c r="E474" t="s">
+      <c r="I474" t="s">
         <v>4387</v>
       </c>
-      <c r="F474" t="s">
+      <c r="J474" t="s">
+        <v>24</v>
+      </c>
+      <c r="K474" t="s">
+        <v>25</v>
+      </c>
+      <c r="L474" t="s">
+        <v>26</v>
+      </c>
+      <c r="M474" t="s">
+        <v>27</v>
+      </c>
+      <c r="N474" t="s">
+        <v>28</v>
+      </c>
+      <c r="O474" t="s">
         <v>4388</v>
-      </c>
-[...25 lines deleted...]
-        <v>4392</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65081</v>
+        <v>65044</v>
       </c>
       <c r="B475" t="s">
+        <v>4389</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4390</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4391</v>
+      </c>
+      <c r="E475" t="s">
+        <v>4392</v>
+      </c>
+      <c r="F475" t="s">
         <v>4393</v>
       </c>
-      <c r="C475" t="s">
+      <c r="G475" t="s">
         <v>4394</v>
       </c>
-      <c r="D475" t="s">
+      <c r="H475" t="s">
         <v>4395</v>
       </c>
-      <c r="E475" t="s">
+      <c r="I475" t="s">
         <v>4396</v>
       </c>
-      <c r="F475" t="s">
+      <c r="J475" t="s">
+        <v>24</v>
+      </c>
+      <c r="K475" t="s">
+        <v>25</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>27</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
         <v>4397</v>
-      </c>
-[...25 lines deleted...]
-        <v>4401</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65082</v>
+        <v>65045</v>
       </c>
       <c r="B476" t="s">
+        <v>4398</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4399</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4400</v>
+      </c>
+      <c r="E476" t="s">
+        <v>4401</v>
+      </c>
+      <c r="F476" t="s">
         <v>4402</v>
       </c>
-      <c r="C476" t="s">
+      <c r="G476" t="s">
         <v>4403</v>
       </c>
-      <c r="D476" t="s">
+      <c r="H476" t="s">
         <v>4404</v>
       </c>
-      <c r="E476" t="s">
+      <c r="I476" t="s">
         <v>4405</v>
       </c>
-      <c r="F476" t="s">
+      <c r="J476" t="s">
+        <v>58</v>
+      </c>
+      <c r="K476" t="s">
         <v>4406</v>
       </c>
-      <c r="G476" t="s">
+      <c r="L476" t="s">
+        <v>60</v>
+      </c>
+      <c r="M476" t="s">
         <v>4407</v>
       </c>
-      <c r="H476" t="s">
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
         <v>4408</v>
-      </c>
-[...19 lines deleted...]
-        <v>4410</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65083</v>
+        <v>65046</v>
       </c>
       <c r="B477" t="s">
+        <v>4409</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4410</v>
+      </c>
+      <c r="D477" t="s">
         <v>4411</v>
       </c>
-      <c r="C477" t="s">
+      <c r="E477" t="s">
         <v>4412</v>
       </c>
-      <c r="D477" t="s">
+      <c r="F477" t="s">
         <v>4413</v>
       </c>
-      <c r="E477" t="s">
+      <c r="G477" t="s">
         <v>4414</v>
       </c>
-      <c r="F477" t="s">
+      <c r="H477" t="s">
         <v>4415</v>
       </c>
-      <c r="G477" t="s">
+      <c r="I477" t="s">
         <v>4416</v>
       </c>
-      <c r="H477" t="s">
+      <c r="J477" t="s">
+        <v>24</v>
+      </c>
+      <c r="K477" t="s">
+        <v>47</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>48</v>
+      </c>
+      <c r="N477" t="s">
+        <v>28</v>
+      </c>
+      <c r="O477" t="s">
         <v>4417</v>
-      </c>
-[...19 lines deleted...]
-        <v>4419</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65084</v>
+        <v>65047</v>
       </c>
       <c r="B478" t="s">
+        <v>4418</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4419</v>
+      </c>
+      <c r="D478" t="s">
         <v>4420</v>
       </c>
-      <c r="C478" t="s">
+      <c r="E478" t="s">
         <v>4421</v>
       </c>
-      <c r="D478" t="s">
+      <c r="F478" t="s">
         <v>4422</v>
       </c>
-      <c r="E478" t="s">
+      <c r="G478" t="s">
         <v>4423</v>
       </c>
-      <c r="F478" t="s">
+      <c r="H478" t="s">
         <v>4424</v>
       </c>
-      <c r="G478" t="s">
+      <c r="I478" t="s">
         <v>4425</v>
       </c>
-      <c r="H478" t="s">
+      <c r="J478" t="s">
+        <v>24</v>
+      </c>
+      <c r="K478" t="s">
+        <v>4406</v>
+      </c>
+      <c r="L478" t="s">
+        <v>26</v>
+      </c>
+      <c r="M478" t="s">
+        <v>4407</v>
+      </c>
+      <c r="N478" t="s">
+        <v>28</v>
+      </c>
+      <c r="O478" t="s">
         <v>4426</v>
-      </c>
-[...19 lines deleted...]
-        <v>4428</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65085</v>
+        <v>65049</v>
       </c>
       <c r="B479" t="s">
+        <v>4427</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4428</v>
+      </c>
+      <c r="D479" t="s">
         <v>4429</v>
       </c>
-      <c r="C479" t="s">
+      <c r="E479" t="s">
         <v>4430</v>
       </c>
-      <c r="D479" t="s">
+      <c r="F479" t="s">
         <v>4431</v>
       </c>
-      <c r="E479" t="s">
+      <c r="G479" t="s">
         <v>4432</v>
       </c>
-      <c r="F479" t="s">
+      <c r="H479" t="s">
         <v>4433</v>
       </c>
-      <c r="G479" t="s">
+      <c r="I479" t="s">
         <v>4434</v>
       </c>
-      <c r="H479" t="s">
+      <c r="J479" t="s">
+        <v>24</v>
+      </c>
+      <c r="K479" t="s">
+        <v>59</v>
+      </c>
+      <c r="L479" t="s">
+        <v>26</v>
+      </c>
+      <c r="M479" t="s">
+        <v>61</v>
+      </c>
+      <c r="N479" t="s">
+        <v>28</v>
+      </c>
+      <c r="O479" t="s">
         <v>4435</v>
-      </c>
-[...19 lines deleted...]
-        <v>4437</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65086</v>
+        <v>65050</v>
       </c>
       <c r="B480" t="s">
+        <v>4436</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4437</v>
+      </c>
+      <c r="D480" t="s">
         <v>4438</v>
       </c>
-      <c r="C480" t="s">
+      <c r="E480" t="s">
         <v>4439</v>
       </c>
-      <c r="D480" t="s">
+      <c r="F480" t="s">
         <v>4440</v>
       </c>
-      <c r="E480" t="s">
+      <c r="G480" t="s">
         <v>4441</v>
       </c>
-      <c r="F480" t="s">
+      <c r="H480" t="s">
         <v>4442</v>
       </c>
-      <c r="G480" t="s">
+      <c r="I480" t="s">
         <v>4443</v>
       </c>
-      <c r="H480" t="s">
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>25</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>27</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
         <v>4444</v>
-      </c>
-[...19 lines deleted...]
-        <v>4446</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65087</v>
+        <v>65051</v>
       </c>
       <c r="B481" t="s">
+        <v>4445</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4446</v>
+      </c>
+      <c r="D481" t="s">
         <v>4447</v>
       </c>
-      <c r="C481" t="s">
+      <c r="E481" t="s">
         <v>4448</v>
       </c>
-      <c r="D481" t="s">
+      <c r="F481" t="s">
         <v>4449</v>
       </c>
-      <c r="E481" t="s">
+      <c r="G481" t="s">
         <v>4450</v>
       </c>
-      <c r="F481" t="s">
+      <c r="H481" t="s">
         <v>4451</v>
       </c>
-      <c r="G481" t="s">
+      <c r="I481" t="s">
         <v>4452</v>
       </c>
-      <c r="H481" t="s">
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>746</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>747</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
         <v>4453</v>
-      </c>
-[...19 lines deleted...]
-        <v>4455</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65088</v>
+        <v>65053</v>
       </c>
       <c r="B482" t="s">
+        <v>4454</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4455</v>
+      </c>
+      <c r="D482" t="s">
         <v>4456</v>
       </c>
-      <c r="C482" t="s">
+      <c r="E482" t="s">
         <v>4457</v>
       </c>
-      <c r="D482" t="s">
+      <c r="F482" t="s">
         <v>4458</v>
       </c>
-      <c r="E482" t="s">
+      <c r="G482" t="s">
         <v>4459</v>
       </c>
-      <c r="F482" t="s">
+      <c r="H482" t="s">
         <v>4460</v>
       </c>
-      <c r="G482" t="s">
+      <c r="I482" t="s">
         <v>4461</v>
       </c>
-      <c r="H482" t="s">
+      <c r="J482" t="s">
+        <v>24</v>
+      </c>
+      <c r="K482" t="s">
+        <v>170</v>
+      </c>
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>171</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
         <v>4462</v>
-      </c>
-[...19 lines deleted...]
-        <v>4464</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65089</v>
+        <v>65054</v>
       </c>
       <c r="B483" t="s">
+        <v>4463</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4464</v>
+      </c>
+      <c r="D483" t="s">
         <v>4465</v>
       </c>
-      <c r="C483" t="s">
+      <c r="E483" t="s">
         <v>4466</v>
       </c>
-      <c r="D483" t="s">
+      <c r="F483" t="s">
         <v>4467</v>
       </c>
-      <c r="E483" t="s">
+      <c r="G483" t="s">
         <v>4468</v>
       </c>
-      <c r="F483" t="s">
+      <c r="H483" t="s">
         <v>4469</v>
       </c>
-      <c r="G483" t="s">
+      <c r="I483" t="s">
         <v>4470</v>
       </c>
-      <c r="H483" t="s">
+      <c r="J483" t="s">
+        <v>450</v>
+      </c>
+      <c r="K483" t="s">
+        <v>208</v>
+      </c>
+      <c r="L483" t="s">
+        <v>452</v>
+      </c>
+      <c r="M483" t="s">
+        <v>209</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
         <v>4471</v>
-      </c>
-[...19 lines deleted...]
-        <v>4473</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65090</v>
+        <v>65055</v>
       </c>
       <c r="B484" t="s">
+        <v>4472</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4473</v>
+      </c>
+      <c r="D484" t="s">
         <v>4474</v>
       </c>
-      <c r="C484" t="s">
+      <c r="E484" t="s">
         <v>4475</v>
       </c>
-      <c r="D484" t="s">
+      <c r="F484" t="s">
         <v>4476</v>
       </c>
-      <c r="E484" t="s">
+      <c r="G484" t="s">
         <v>4477</v>
       </c>
-      <c r="F484" t="s">
+      <c r="H484" t="s">
         <v>4478</v>
       </c>
-      <c r="G484" t="s">
+      <c r="I484" t="s">
         <v>4479</v>
       </c>
-      <c r="H484" t="s">
+      <c r="J484" t="s">
+        <v>24</v>
+      </c>
+      <c r="K484" t="s">
+        <v>580</v>
+      </c>
+      <c r="L484" t="s">
+        <v>26</v>
+      </c>
+      <c r="M484" t="s">
+        <v>581</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
         <v>4480</v>
-      </c>
-[...19 lines deleted...]
-        <v>4482</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65091</v>
+        <v>65057</v>
       </c>
       <c r="B485" t="s">
+        <v>4481</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4482</v>
+      </c>
+      <c r="D485" t="s">
         <v>4483</v>
       </c>
-      <c r="C485" t="s">
+      <c r="E485" t="s">
         <v>4484</v>
       </c>
-      <c r="D485" t="s">
+      <c r="F485" t="s">
         <v>4485</v>
       </c>
-      <c r="E485" t="s">
+      <c r="G485" t="s">
         <v>4486</v>
       </c>
-      <c r="F485" t="s">
+      <c r="H485" t="s">
         <v>4487</v>
       </c>
-      <c r="G485" t="s">
+      <c r="I485" t="s">
         <v>4488</v>
       </c>
-      <c r="H485" t="s">
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>274</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>276</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
         <v>4489</v>
-      </c>
-[...19 lines deleted...]
-        <v>4491</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65092</v>
+        <v>65058</v>
       </c>
       <c r="B486" t="s">
+        <v>4490</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4491</v>
+      </c>
+      <c r="D486" t="s">
         <v>4492</v>
       </c>
-      <c r="C486" t="s">
+      <c r="E486" t="s">
         <v>4493</v>
       </c>
-      <c r="D486" t="s">
+      <c r="F486" t="s">
         <v>4494</v>
       </c>
-      <c r="E486" t="s">
+      <c r="G486" t="s">
         <v>4495</v>
       </c>
-      <c r="F486" t="s">
+      <c r="H486" t="s">
         <v>4496</v>
       </c>
-      <c r="G486" t="s">
+      <c r="I486" t="s">
         <v>4497</v>
       </c>
-      <c r="H486" t="s">
+      <c r="J486" t="s">
+        <v>450</v>
+      </c>
+      <c r="K486" t="s">
+        <v>690</v>
+      </c>
+      <c r="L486" t="s">
+        <v>452</v>
+      </c>
+      <c r="M486" t="s">
+        <v>691</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
         <v>4498</v>
-      </c>
-[...19 lines deleted...]
-        <v>4500</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65093</v>
+        <v>65059</v>
       </c>
       <c r="B487" t="s">
+        <v>4499</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4500</v>
+      </c>
+      <c r="D487" t="s">
         <v>4501</v>
       </c>
-      <c r="C487" t="s">
+      <c r="E487" t="s">
         <v>4502</v>
       </c>
-      <c r="D487" t="s">
+      <c r="F487" t="s">
         <v>4503</v>
       </c>
-      <c r="E487" t="s">
+      <c r="G487" t="s">
         <v>4504</v>
       </c>
-      <c r="F487" t="s">
+      <c r="H487" t="s">
         <v>4505</v>
       </c>
-      <c r="G487" t="s">
+      <c r="I487" t="s">
         <v>4506</v>
-      </c>
-[...4 lines deleted...]
-        <v>4508</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
         <v>170</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
         <v>171</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4509</v>
+        <v>4507</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65094</v>
+        <v>65060</v>
       </c>
       <c r="B488" t="s">
+        <v>4508</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4509</v>
+      </c>
+      <c r="D488" t="s">
         <v>4510</v>
       </c>
-      <c r="C488" t="s">
+      <c r="E488" t="s">
         <v>4511</v>
       </c>
-      <c r="D488" t="s">
+      <c r="F488" t="s">
         <v>4512</v>
       </c>
-      <c r="E488" t="s">
+      <c r="G488" t="s">
         <v>4513</v>
       </c>
-      <c r="F488" t="s">
+      <c r="H488" t="s">
         <v>4514</v>
       </c>
-      <c r="G488" t="s">
+      <c r="I488" t="s">
         <v>4515</v>
       </c>
-      <c r="H488" t="s">
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
+        <v>47</v>
+      </c>
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
+        <v>48</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
         <v>4516</v>
-      </c>
-[...19 lines deleted...]
-        <v>4520</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65095</v>
+        <v>65061</v>
       </c>
       <c r="B489" t="s">
+        <v>4517</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4518</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4519</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4520</v>
+      </c>
+      <c r="F489" t="s">
         <v>4521</v>
       </c>
-      <c r="C489" t="s">
+      <c r="G489" t="s">
         <v>4522</v>
       </c>
-      <c r="D489" t="s">
+      <c r="H489" t="s">
         <v>4523</v>
       </c>
-      <c r="E489" t="s">
+      <c r="I489" t="s">
         <v>4524</v>
       </c>
-      <c r="F489" t="s">
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
         <v>4525</v>
-      </c>
-[...25 lines deleted...]
-        <v>4529</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65096</v>
+        <v>65062</v>
       </c>
       <c r="B490" t="s">
+        <v>4526</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4527</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4528</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4529</v>
+      </c>
+      <c r="F490" t="s">
         <v>4530</v>
       </c>
-      <c r="C490" t="s">
+      <c r="G490" t="s">
         <v>4531</v>
       </c>
-      <c r="D490" t="s">
+      <c r="H490" t="s">
         <v>4532</v>
       </c>
-      <c r="E490" t="s">
+      <c r="I490" t="s">
         <v>4533</v>
-      </c>
-[...10 lines deleted...]
-        <v>4537</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
         <v>25</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
         <v>27</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
-        <v>4538</v>
+        <v>4534</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65097</v>
+        <v>65063</v>
       </c>
       <c r="B491" t="s">
+        <v>4535</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4536</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4537</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4538</v>
+      </c>
+      <c r="F491" t="s">
         <v>4539</v>
       </c>
-      <c r="C491" t="s">
+      <c r="G491" t="s">
         <v>4540</v>
       </c>
-      <c r="D491" t="s">
+      <c r="H491" t="s">
         <v>4541</v>
       </c>
-      <c r="E491" t="s">
+      <c r="I491" t="s">
         <v>4542</v>
       </c>
-      <c r="F491" t="s">
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
         <v>4543</v>
-      </c>
-[...25 lines deleted...]
-        <v>4547</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65098</v>
+        <v>65065</v>
       </c>
       <c r="B492" t="s">
+        <v>4544</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4545</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4546</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4547</v>
+      </c>
+      <c r="F492" t="s">
         <v>4548</v>
       </c>
-      <c r="C492" t="s">
+      <c r="G492" t="s">
         <v>4549</v>
       </c>
-      <c r="D492" t="s">
+      <c r="H492" t="s">
         <v>4550</v>
       </c>
-      <c r="E492" t="s">
+      <c r="I492" t="s">
         <v>4551</v>
       </c>
-      <c r="F492" t="s">
+      <c r="J492" t="s">
         <v>4552</v>
       </c>
-      <c r="G492" t="s">
+      <c r="K492" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L492" t="s">
         <v>4553</v>
       </c>
-      <c r="H492" t="s">
+      <c r="M492" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
         <v>4554</v>
-      </c>
-[...19 lines deleted...]
-        <v>4556</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65099</v>
+        <v>65068</v>
       </c>
       <c r="B493" t="s">
+        <v>4555</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4556</v>
+      </c>
+      <c r="D493" t="s">
         <v>4557</v>
       </c>
-      <c r="C493" t="s">
+      <c r="E493" t="s">
         <v>4558</v>
       </c>
-      <c r="D493" t="s">
+      <c r="F493" t="s">
         <v>4559</v>
       </c>
-      <c r="E493" t="s">
+      <c r="G493" t="s">
         <v>4560</v>
       </c>
-      <c r="F493" t="s">
+      <c r="H493" t="s">
         <v>4561</v>
       </c>
-      <c r="G493" t="s">
+      <c r="I493" t="s">
         <v>4562</v>
       </c>
-      <c r="H493" t="s">
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
+        <v>25</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>27</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
         <v>4563</v>
-      </c>
-[...19 lines deleted...]
-        <v>4565</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65100</v>
+        <v>65069</v>
       </c>
       <c r="B494" t="s">
+        <v>4564</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4565</v>
+      </c>
+      <c r="D494" t="s">
         <v>4566</v>
       </c>
-      <c r="C494" t="s">
+      <c r="E494" t="s">
         <v>4567</v>
       </c>
-      <c r="D494" t="s">
+      <c r="F494" t="s">
         <v>4568</v>
       </c>
-      <c r="E494" t="s">
+      <c r="G494" t="s">
         <v>4569</v>
       </c>
-      <c r="F494" t="s">
+      <c r="H494" t="s">
         <v>4570</v>
       </c>
-      <c r="G494" t="s">
+      <c r="I494" t="s">
         <v>4571</v>
       </c>
-      <c r="H494" t="s">
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
+        <v>170</v>
+      </c>
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
+        <v>171</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
         <v>4572</v>
-      </c>
-[...19 lines deleted...]
-        <v>4574</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65101</v>
+        <v>65071</v>
       </c>
       <c r="B495" t="s">
+        <v>4573</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4574</v>
+      </c>
+      <c r="D495" t="s">
         <v>4575</v>
       </c>
-      <c r="C495" t="s">
+      <c r="E495" t="s">
         <v>4576</v>
       </c>
-      <c r="D495" t="s">
+      <c r="F495" t="s">
         <v>4577</v>
       </c>
-      <c r="E495" t="s">
+      <c r="G495" t="s">
         <v>4578</v>
       </c>
-      <c r="F495" t="s">
+      <c r="H495" t="s">
         <v>4579</v>
       </c>
-      <c r="G495" t="s">
+      <c r="I495" t="s">
         <v>4580</v>
       </c>
-      <c r="H495" t="s">
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>25</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>27</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
         <v>4581</v>
-      </c>
-[...19 lines deleted...]
-        <v>4583</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65102</v>
+        <v>65073</v>
       </c>
       <c r="B496" t="s">
+        <v>4582</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4583</v>
+      </c>
+      <c r="D496" t="s">
         <v>4584</v>
       </c>
-      <c r="C496" t="s">
+      <c r="E496" t="s">
         <v>4585</v>
       </c>
-      <c r="D496" t="s">
+      <c r="F496" t="s">
         <v>4586</v>
       </c>
-      <c r="E496" t="s">
+      <c r="G496" t="s">
         <v>4587</v>
       </c>
-      <c r="F496" t="s">
+      <c r="H496" t="s">
         <v>4588</v>
       </c>
-      <c r="G496" t="s">
+      <c r="I496" t="s">
         <v>4589</v>
-      </c>
-[...4 lines deleted...]
-        <v>4591</v>
       </c>
       <c r="J496" t="s">
         <v>24</v>
       </c>
       <c r="K496" t="s">
         <v>25</v>
       </c>
       <c r="L496" t="s">
         <v>26</v>
       </c>
       <c r="M496" t="s">
         <v>27</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
-        <v>4592</v>
+        <v>4590</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65104</v>
+        <v>65074</v>
       </c>
       <c r="B497" t="s">
+        <v>4591</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4592</v>
+      </c>
+      <c r="D497" t="s">
         <v>4593</v>
       </c>
-      <c r="C497" t="s">
+      <c r="E497" t="s">
         <v>4594</v>
       </c>
-      <c r="D497" t="s">
+      <c r="F497" t="s">
         <v>4595</v>
       </c>
-      <c r="E497" t="s">
+      <c r="G497" t="s">
         <v>4596</v>
       </c>
-      <c r="F497" t="s">
+      <c r="H497" t="s">
         <v>4597</v>
       </c>
-      <c r="G497" t="s">
+      <c r="I497" t="s">
         <v>4598</v>
       </c>
-      <c r="H497" t="s">
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
         <v>4599</v>
       </c>
-      <c r="I497" t="s">
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
         <v>4600</v>
-      </c>
-[...10 lines deleted...]
-        <v>2455</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
         <v>4601</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65105</v>
+        <v>65075</v>
       </c>
       <c r="B498" t="s">
         <v>4602</v>
       </c>
       <c r="C498" t="s">
         <v>4603</v>
       </c>
       <c r="D498" t="s">
         <v>4604</v>
       </c>
       <c r="E498" t="s">
         <v>4605</v>
       </c>
       <c r="F498" t="s">
         <v>4606</v>
       </c>
       <c r="G498" t="s">
         <v>4607</v>
       </c>
       <c r="H498" t="s">
         <v>4608</v>
       </c>
       <c r="I498" t="s">
         <v>4609</v>
       </c>
       <c r="J498" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K498" t="s">
-        <v>170</v>
+        <v>4314</v>
       </c>
       <c r="L498" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M498" t="s">
-        <v>171</v>
+        <v>4315</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
         <v>4610</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65107</v>
+        <v>65076</v>
       </c>
       <c r="B499" t="s">
         <v>4611</v>
       </c>
       <c r="C499" t="s">
         <v>4612</v>
       </c>
       <c r="D499" t="s">
         <v>4613</v>
       </c>
       <c r="E499" t="s">
         <v>4614</v>
       </c>
       <c r="F499" t="s">
         <v>4615</v>
       </c>
       <c r="G499" t="s">
         <v>4616</v>
       </c>
       <c r="H499" t="s">
         <v>4617</v>
       </c>
       <c r="I499" t="s">
         <v>4618</v>
       </c>
       <c r="J499" t="s">
         <v>24</v>
       </c>
       <c r="K499" t="s">
+        <v>170</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>171</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
         <v>4619</v>
-      </c>
-[...10 lines deleted...]
-        <v>4621</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65116</v>
+        <v>65077</v>
       </c>
       <c r="B500" t="s">
+        <v>4620</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4621</v>
+      </c>
+      <c r="D500" t="s">
         <v>4622</v>
       </c>
-      <c r="C500" t="s">
+      <c r="E500" t="s">
         <v>4623</v>
       </c>
-      <c r="D500" t="s">
+      <c r="F500" t="s">
         <v>4624</v>
       </c>
-      <c r="E500" t="s">
+      <c r="G500" t="s">
         <v>4625</v>
       </c>
-      <c r="F500" t="s">
+      <c r="H500" t="s">
         <v>4626</v>
       </c>
-      <c r="G500" t="s">
+      <c r="I500" t="s">
         <v>4627</v>
       </c>
-      <c r="H500" t="s">
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
+        <v>746</v>
+      </c>
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
+        <v>747</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
         <v>4628</v>
-      </c>
-[...19 lines deleted...]
-        <v>4630</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>65124</v>
+        <v>65080</v>
       </c>
       <c r="B501" t="s">
+        <v>4629</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4630</v>
+      </c>
+      <c r="D501" t="s">
         <v>4631</v>
       </c>
-      <c r="C501" t="s">
+      <c r="E501" t="s">
         <v>4632</v>
       </c>
-      <c r="D501" t="s">
+      <c r="F501" t="s">
         <v>4633</v>
       </c>
-      <c r="E501" t="s">
+      <c r="G501" t="s">
         <v>4634</v>
       </c>
-      <c r="F501" t="s">
+      <c r="H501" t="s">
         <v>4635</v>
       </c>
-      <c r="G501" t="s">
+      <c r="I501" t="s">
         <v>4636</v>
       </c>
-      <c r="H501" t="s">
+      <c r="J501" t="s">
+        <v>24</v>
+      </c>
+      <c r="K501" t="s">
+        <v>47</v>
+      </c>
+      <c r="L501" t="s">
+        <v>26</v>
+      </c>
+      <c r="M501" t="s">
+        <v>48</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
         <v>4637</v>
-      </c>
-[...19 lines deleted...]
-        <v>4639</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>65255</v>
+        <v>65081</v>
       </c>
       <c r="B502" t="s">
+        <v>4638</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4639</v>
+      </c>
+      <c r="D502" t="s">
         <v>4640</v>
       </c>
-      <c r="C502" t="s">
+      <c r="E502" t="s">
         <v>4641</v>
       </c>
-      <c r="D502" t="s">
+      <c r="F502" t="s">
         <v>4642</v>
       </c>
-      <c r="E502" t="s">
+      <c r="G502" t="s">
         <v>4643</v>
       </c>
-      <c r="F502" t="s">
+      <c r="H502" t="s">
         <v>4644</v>
       </c>
-      <c r="G502" t="s">
+      <c r="I502" t="s">
         <v>4645</v>
       </c>
-      <c r="H502" t="s">
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>47</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>48</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
         <v>4646</v>
-      </c>
-[...19 lines deleted...]
-        <v>4650</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>65479</v>
+        <v>65082</v>
       </c>
       <c r="B503" t="s">
+        <v>4647</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4648</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4649</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4650</v>
+      </c>
+      <c r="F503" t="s">
         <v>4651</v>
       </c>
-      <c r="C503" t="s">
+      <c r="G503" t="s">
         <v>4652</v>
       </c>
-      <c r="D503" t="s">
+      <c r="H503" t="s">
         <v>4653</v>
       </c>
-      <c r="E503" t="s">
+      <c r="I503" t="s">
         <v>4654</v>
       </c>
-      <c r="F503" t="s">
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>47</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>48</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
         <v>4655</v>
-      </c>
-[...25 lines deleted...]
-        <v>4659</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>65566</v>
+        <v>65083</v>
       </c>
       <c r="B504" t="s">
+        <v>4656</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4657</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4658</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4659</v>
+      </c>
+      <c r="F504" t="s">
         <v>4660</v>
       </c>
-      <c r="C504" t="s">
+      <c r="G504" t="s">
         <v>4661</v>
       </c>
-      <c r="D504" t="s">
+      <c r="H504" t="s">
         <v>4662</v>
       </c>
-      <c r="E504" t="s">
+      <c r="I504" t="s">
         <v>4663</v>
-      </c>
-[...10 lines deleted...]
-        <v>4667</v>
       </c>
       <c r="J504" t="s">
         <v>24</v>
       </c>
       <c r="K504" t="s">
         <v>170</v>
       </c>
       <c r="L504" t="s">
         <v>26</v>
       </c>
       <c r="M504" t="s">
         <v>171</v>
       </c>
       <c r="N504" t="s">
         <v>28</v>
       </c>
       <c r="O504" t="s">
-        <v>4668</v>
+        <v>4664</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>65613</v>
+        <v>65084</v>
       </c>
       <c r="B505" t="s">
+        <v>4665</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4666</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4667</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4668</v>
+      </c>
+      <c r="F505" t="s">
         <v>4669</v>
       </c>
-      <c r="C505" t="s">
+      <c r="G505" t="s">
         <v>4670</v>
       </c>
-      <c r="D505" t="s">
+      <c r="H505" t="s">
         <v>4671</v>
       </c>
-      <c r="E505" t="s">
+      <c r="I505" t="s">
         <v>4672</v>
       </c>
-      <c r="F505" t="s">
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>25</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>27</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
         <v>4673</v>
-      </c>
-[...25 lines deleted...]
-        <v>4679</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>65869</v>
+        <v>65085</v>
       </c>
       <c r="B506" t="s">
+        <v>4674</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4675</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4676</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4677</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4678</v>
+      </c>
+      <c r="G506" t="s">
+        <v>4679</v>
+      </c>
+      <c r="H506" t="s">
         <v>4680</v>
       </c>
-      <c r="C506" t="s">
+      <c r="I506" t="s">
         <v>4681</v>
       </c>
-      <c r="D506" t="s">
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>580</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>581</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
         <v>4682</v>
-      </c>
-[...31 lines deleted...]
-        <v>4688</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>66392</v>
+        <v>65086</v>
       </c>
       <c r="B507" t="s">
+        <v>4683</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4684</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4685</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4686</v>
+      </c>
+      <c r="F507" t="s">
+        <v>4687</v>
+      </c>
+      <c r="G507" t="s">
+        <v>4688</v>
+      </c>
+      <c r="H507" t="s">
         <v>4689</v>
       </c>
-      <c r="C507" t="s">
+      <c r="I507" t="s">
         <v>4690</v>
       </c>
-      <c r="D507" t="s">
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>170</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>171</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
         <v>4691</v>
-      </c>
-[...31 lines deleted...]
-        <v>4697</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>66510</v>
+        <v>65087</v>
       </c>
       <c r="B508" t="s">
+        <v>4692</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4693</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4694</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4695</v>
+      </c>
+      <c r="F508" t="s">
+        <v>4696</v>
+      </c>
+      <c r="G508" t="s">
+        <v>4697</v>
+      </c>
+      <c r="H508" t="s">
         <v>4698</v>
       </c>
-      <c r="C508" t="s">
+      <c r="I508" t="s">
         <v>4699</v>
       </c>
-      <c r="D508" t="s">
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>170</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>171</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
         <v>4700</v>
-      </c>
-[...31 lines deleted...]
-        <v>4708</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>66511</v>
+        <v>65088</v>
       </c>
       <c r="B509" t="s">
-        <v>1769</v>
+        <v>4701</v>
       </c>
       <c r="C509" t="s">
+        <v>4702</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4703</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4704</v>
+      </c>
+      <c r="F509" t="s">
+        <v>4705</v>
+      </c>
+      <c r="G509" t="s">
+        <v>4706</v>
+      </c>
+      <c r="H509" t="s">
+        <v>4707</v>
+      </c>
+      <c r="I509" t="s">
+        <v>4708</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>25</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>27</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
         <v>4709</v>
-      </c>
-[...34 lines deleted...]
-        <v>4716</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>66512</v>
+        <v>65089</v>
       </c>
       <c r="B510" t="s">
-        <v>3770</v>
+        <v>4710</v>
       </c>
       <c r="C510" t="s">
+        <v>4711</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4712</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4713</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4714</v>
+      </c>
+      <c r="G510" t="s">
+        <v>4715</v>
+      </c>
+      <c r="H510" t="s">
+        <v>4716</v>
+      </c>
+      <c r="I510" t="s">
         <v>4717</v>
       </c>
-      <c r="D510" t="s">
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>25</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>27</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
         <v>4718</v>
-      </c>
-[...31 lines deleted...]
-        <v>4723</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>66513</v>
+        <v>65090</v>
       </c>
       <c r="B511" t="s">
+        <v>4719</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4720</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4721</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4722</v>
+      </c>
+      <c r="F511" t="s">
+        <v>4723</v>
+      </c>
+      <c r="G511" t="s">
         <v>4724</v>
       </c>
-      <c r="C511" t="s">
+      <c r="H511" t="s">
         <v>4725</v>
       </c>
-      <c r="D511" t="s">
+      <c r="I511" t="s">
         <v>4726</v>
       </c>
-      <c r="E511" t="s">
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
+        <v>25</v>
+      </c>
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
+        <v>27</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
         <v>4727</v>
-      </c>
-[...28 lines deleted...]
-        <v>4731</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>66514</v>
+        <v>65091</v>
       </c>
       <c r="B512" t="s">
+        <v>4728</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4729</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4730</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4731</v>
+      </c>
+      <c r="F512" t="s">
         <v>4732</v>
       </c>
-      <c r="C512" t="s">
+      <c r="G512" t="s">
         <v>4733</v>
       </c>
-      <c r="D512" t="s">
+      <c r="H512" t="s">
         <v>4734</v>
       </c>
-      <c r="E512" t="s">
+      <c r="I512" t="s">
         <v>4735</v>
       </c>
-      <c r="F512" t="s">
-[...5 lines deleted...]
-      <c r="H512" t="s">
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>25</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>27</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
         <v>4736</v>
-      </c>
-[...19 lines deleted...]
-        <v>4738</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>66515</v>
+        <v>65092</v>
       </c>
       <c r="B513" t="s">
+        <v>4737</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4738</v>
+      </c>
+      <c r="D513" t="s">
         <v>4739</v>
       </c>
-      <c r="C513" t="s">
+      <c r="E513" t="s">
         <v>4740</v>
       </c>
-      <c r="D513" t="s">
+      <c r="F513" t="s">
         <v>4741</v>
       </c>
-      <c r="E513" t="s">
+      <c r="G513" t="s">
         <v>4742</v>
       </c>
-      <c r="F513" t="s">
+      <c r="H513" t="s">
         <v>4743</v>
       </c>
-      <c r="G513" t="s">
-[...2 lines deleted...]
-      <c r="H513" t="s">
+      <c r="I513" t="s">
         <v>4744</v>
       </c>
-      <c r="I513" t="s">
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>170</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>171</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
         <v>4745</v>
-      </c>
-[...16 lines deleted...]
-        <v>4746</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>66516</v>
+        <v>65093</v>
       </c>
       <c r="B514" t="s">
-        <v>1652</v>
+        <v>4746</v>
       </c>
       <c r="C514" t="s">
         <v>4747</v>
       </c>
       <c r="D514" t="s">
         <v>4748</v>
       </c>
       <c r="E514" t="s">
         <v>4749</v>
       </c>
       <c r="F514" t="s">
         <v>4750</v>
       </c>
       <c r="G514" t="s">
         <v>4751</v>
       </c>
       <c r="H514" t="s">
         <v>4752</v>
       </c>
       <c r="I514" t="s">
-        <v>1659</v>
+        <v>4753</v>
       </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
         <v>170</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
         <v>171</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
-        <v>4753</v>
+        <v>4754</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>66517</v>
+        <v>65094</v>
       </c>
       <c r="B515" t="s">
-        <v>4754</v>
+        <v>4755</v>
       </c>
       <c r="C515" t="s">
-        <v>4755</v>
+        <v>4756</v>
       </c>
       <c r="D515" t="s">
-        <v>4756</v>
+        <v>4757</v>
       </c>
       <c r="E515" t="s">
-        <v>4757</v>
+        <v>4758</v>
       </c>
       <c r="F515" t="s">
-        <v>4758</v>
+        <v>4759</v>
       </c>
       <c r="G515" t="s">
-        <v>4759</v>
+        <v>4760</v>
       </c>
       <c r="H515" t="s">
-        <v>4760</v>
+        <v>4761</v>
       </c>
       <c r="I515" t="s">
-        <v>4761</v>
+        <v>4762</v>
       </c>
       <c r="J515" t="s">
         <v>24</v>
       </c>
       <c r="K515" t="s">
-        <v>4721</v>
+        <v>4763</v>
       </c>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515" t="s">
-        <v>4722</v>
+        <v>4764</v>
       </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
-        <v>4762</v>
+        <v>4765</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>66518</v>
+        <v>65095</v>
       </c>
       <c r="B516" t="s">
-        <v>4763</v>
+        <v>4766</v>
       </c>
       <c r="C516" t="s">
-        <v>4764</v>
+        <v>4767</v>
       </c>
       <c r="D516" t="s">
-        <v>4765</v>
+        <v>4768</v>
       </c>
       <c r="E516" t="s">
-        <v>4766</v>
+        <v>4769</v>
       </c>
       <c r="F516" t="s">
-        <v>4767</v>
+        <v>4770</v>
       </c>
       <c r="G516" t="s">
-        <v>1684</v>
+        <v>4771</v>
       </c>
       <c r="H516" t="s">
-        <v>4768</v>
+        <v>4772</v>
       </c>
       <c r="I516" t="s">
-        <v>4769</v>
+        <v>4773</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
-        <v>170</v>
+        <v>746</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
-        <v>171</v>
+        <v>747</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
-        <v>4770</v>
+        <v>4774</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>66519</v>
+        <v>65096</v>
       </c>
       <c r="B517" t="s">
-        <v>4771</v>
+        <v>4775</v>
       </c>
       <c r="C517" t="s">
-        <v>4772</v>
+        <v>4776</v>
       </c>
       <c r="D517" t="s">
-        <v>4773</v>
+        <v>4777</v>
       </c>
       <c r="E517" t="s">
-        <v>4774</v>
+        <v>4778</v>
       </c>
       <c r="F517" t="s">
-        <v>4775</v>
+        <v>4779</v>
       </c>
       <c r="G517" t="s">
-        <v>4776</v>
+        <v>4780</v>
       </c>
       <c r="H517" t="s">
-        <v>1793</v>
+        <v>4781</v>
       </c>
       <c r="I517" t="s">
-        <v>1794</v>
+        <v>4782</v>
       </c>
       <c r="J517" t="s">
         <v>24</v>
       </c>
       <c r="K517" t="s">
-        <v>4777</v>
+        <v>25</v>
       </c>
       <c r="L517" t="s">
         <v>26</v>
       </c>
       <c r="M517" t="s">
-        <v>4778</v>
+        <v>27</v>
       </c>
       <c r="N517" t="s">
         <v>28</v>
       </c>
       <c r="O517" t="s">
-        <v>4779</v>
+        <v>4783</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>66520</v>
+        <v>65097</v>
       </c>
       <c r="B518" t="s">
-        <v>1865</v>
+        <v>4784</v>
       </c>
       <c r="C518" t="s">
-        <v>4780</v>
+        <v>4785</v>
       </c>
       <c r="D518" t="s">
-        <v>4781</v>
+        <v>4786</v>
       </c>
       <c r="E518" t="s">
-        <v>4782</v>
+        <v>4787</v>
       </c>
       <c r="F518" t="s">
-        <v>1869</v>
+        <v>4788</v>
       </c>
       <c r="G518" t="s">
-        <v>1870</v>
+        <v>4789</v>
       </c>
       <c r="H518" t="s">
-        <v>1871</v>
+        <v>4790</v>
       </c>
       <c r="I518" t="s">
-        <v>1872</v>
+        <v>4791</v>
       </c>
       <c r="J518" t="s">
         <v>24</v>
       </c>
       <c r="K518" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L518" t="s">
         <v>26</v>
       </c>
       <c r="M518" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N518" t="s">
         <v>28</v>
       </c>
       <c r="O518" t="s">
-        <v>4783</v>
+        <v>4792</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>66521</v>
+        <v>65098</v>
       </c>
       <c r="B519" t="s">
-        <v>1697</v>
+        <v>4793</v>
       </c>
       <c r="C519" t="s">
-        <v>4784</v>
+        <v>4794</v>
       </c>
       <c r="D519" t="s">
-        <v>4785</v>
+        <v>4795</v>
       </c>
       <c r="E519" t="s">
-        <v>4786</v>
+        <v>4796</v>
       </c>
       <c r="F519" t="s">
-        <v>4787</v>
+        <v>4797</v>
       </c>
       <c r="G519" t="s">
-        <v>1702</v>
+        <v>4798</v>
       </c>
       <c r="H519" t="s">
-        <v>4788</v>
+        <v>4799</v>
       </c>
       <c r="I519" t="s">
-        <v>1704</v>
+        <v>4800</v>
       </c>
       <c r="J519" t="s">
         <v>24</v>
       </c>
       <c r="K519" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L519" t="s">
         <v>26</v>
       </c>
       <c r="M519" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N519" t="s">
         <v>28</v>
       </c>
       <c r="O519" t="s">
-        <v>4789</v>
+        <v>4801</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>66522</v>
+        <v>65099</v>
       </c>
       <c r="B520" t="s">
-        <v>4790</v>
+        <v>4802</v>
       </c>
       <c r="C520" t="s">
-        <v>4791</v>
+        <v>4803</v>
       </c>
       <c r="D520" t="s">
-        <v>4792</v>
+        <v>4804</v>
       </c>
       <c r="E520" t="s">
-        <v>4793</v>
+        <v>4805</v>
       </c>
       <c r="F520" t="s">
-        <v>4794</v>
+        <v>4806</v>
       </c>
       <c r="G520" t="s">
-        <v>4795</v>
+        <v>4807</v>
       </c>
       <c r="H520" t="s">
-        <v>4796</v>
+        <v>4808</v>
       </c>
       <c r="I520" t="s">
-        <v>4797</v>
+        <v>4809</v>
       </c>
       <c r="J520" t="s">
         <v>24</v>
       </c>
       <c r="K520" t="s">
-        <v>4648</v>
+        <v>170</v>
       </c>
       <c r="L520" t="s">
         <v>26</v>
       </c>
       <c r="M520" t="s">
-        <v>4649</v>
+        <v>171</v>
       </c>
       <c r="N520" t="s">
         <v>28</v>
       </c>
       <c r="O520" t="s">
-        <v>4798</v>
+        <v>4810</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>66523</v>
+        <v>65100</v>
       </c>
       <c r="B521" t="s">
-        <v>1760</v>
+        <v>4811</v>
       </c>
       <c r="C521" t="s">
-        <v>4799</v>
+        <v>4812</v>
       </c>
       <c r="D521" t="s">
-        <v>4800</v>
+        <v>4813</v>
       </c>
       <c r="E521" t="s">
-        <v>4801</v>
+        <v>4814</v>
       </c>
       <c r="F521" t="s">
-        <v>1764</v>
+        <v>4815</v>
       </c>
       <c r="G521" t="s">
-        <v>1765</v>
+        <v>4816</v>
       </c>
       <c r="H521" t="s">
-        <v>1766</v>
+        <v>4817</v>
       </c>
       <c r="I521" t="s">
-        <v>1767</v>
+        <v>4818</v>
       </c>
       <c r="J521" t="s">
         <v>24</v>
       </c>
       <c r="K521" t="s">
-        <v>47</v>
+        <v>4182</v>
       </c>
       <c r="L521" t="s">
         <v>26</v>
       </c>
       <c r="M521" t="s">
-        <v>48</v>
+        <v>4183</v>
       </c>
       <c r="N521" t="s">
         <v>28</v>
       </c>
       <c r="O521" t="s">
-        <v>4802</v>
+        <v>4819</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>66524</v>
+        <v>65101</v>
       </c>
       <c r="B522" t="s">
-        <v>3940</v>
+        <v>4820</v>
       </c>
       <c r="C522" t="s">
-        <v>4803</v>
+        <v>4821</v>
       </c>
       <c r="D522" t="s">
-        <v>4804</v>
+        <v>4822</v>
       </c>
       <c r="E522" t="s">
-        <v>4805</v>
+        <v>4823</v>
       </c>
       <c r="F522" t="s">
-        <v>4806</v>
+        <v>4824</v>
       </c>
       <c r="G522" t="s">
-        <v>3945</v>
+        <v>4825</v>
       </c>
       <c r="H522" t="s">
-        <v>3946</v>
+        <v>4826</v>
       </c>
       <c r="I522" t="s">
-        <v>3947</v>
+        <v>4827</v>
       </c>
       <c r="J522" t="s">
         <v>24</v>
       </c>
       <c r="K522" t="s">
         <v>170</v>
       </c>
       <c r="L522" t="s">
         <v>26</v>
       </c>
       <c r="M522" t="s">
         <v>171</v>
       </c>
       <c r="N522" t="s">
         <v>28</v>
       </c>
       <c r="O522" t="s">
-        <v>4807</v>
+        <v>4828</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>66525</v>
+        <v>65102</v>
       </c>
       <c r="B523" t="s">
-        <v>4808</v>
+        <v>4829</v>
       </c>
       <c r="C523" t="s">
-        <v>4809</v>
+        <v>4830</v>
       </c>
       <c r="D523" t="s">
-        <v>4810</v>
+        <v>4831</v>
       </c>
       <c r="E523" t="s">
-        <v>4811</v>
+        <v>4832</v>
       </c>
       <c r="F523" t="s">
-        <v>3801</v>
+        <v>4833</v>
       </c>
       <c r="G523" t="s">
-        <v>3802</v>
+        <v>4834</v>
       </c>
       <c r="H523" t="s">
-        <v>3803</v>
+        <v>4835</v>
       </c>
       <c r="I523" t="s">
-        <v>3804</v>
+        <v>4836</v>
       </c>
       <c r="J523" t="s">
         <v>24</v>
       </c>
       <c r="K523" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L523" t="s">
         <v>26</v>
       </c>
       <c r="M523" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N523" t="s">
         <v>28</v>
       </c>
       <c r="O523" t="s">
-        <v>4812</v>
+        <v>4837</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>66526</v>
+        <v>65104</v>
       </c>
       <c r="B524" t="s">
-        <v>4813</v>
+        <v>4838</v>
       </c>
       <c r="C524" t="s">
-        <v>4814</v>
+        <v>4839</v>
       </c>
       <c r="D524" t="s">
-        <v>4815</v>
+        <v>4840</v>
       </c>
       <c r="E524" t="s">
-        <v>4816</v>
+        <v>4841</v>
       </c>
       <c r="F524" t="s">
-        <v>4817</v>
+        <v>4842</v>
       </c>
       <c r="G524" t="s">
-        <v>3811</v>
+        <v>4843</v>
       </c>
       <c r="H524" t="s">
-        <v>3812</v>
+        <v>4844</v>
       </c>
       <c r="I524" t="s">
-        <v>3813</v>
+        <v>4845</v>
       </c>
       <c r="J524" t="s">
         <v>24</v>
       </c>
       <c r="K524" t="s">
-        <v>170</v>
+        <v>2517</v>
       </c>
       <c r="L524" t="s">
         <v>26</v>
       </c>
       <c r="M524" t="s">
-        <v>171</v>
+        <v>2518</v>
       </c>
       <c r="N524" t="s">
         <v>28</v>
       </c>
       <c r="O524" t="s">
-        <v>4818</v>
+        <v>4846</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>66527</v>
+        <v>65105</v>
       </c>
       <c r="B525" t="s">
-        <v>1807</v>
+        <v>4847</v>
       </c>
       <c r="C525" t="s">
-        <v>4819</v>
+        <v>4848</v>
       </c>
       <c r="D525" t="s">
-        <v>4820</v>
+        <v>4849</v>
       </c>
       <c r="E525" t="s">
-        <v>4821</v>
+        <v>4850</v>
       </c>
       <c r="F525" t="s">
-        <v>4822</v>
+        <v>4851</v>
       </c>
       <c r="G525" t="s">
-        <v>1812</v>
+        <v>4852</v>
       </c>
       <c r="H525" t="s">
-        <v>1813</v>
+        <v>4853</v>
       </c>
       <c r="I525" t="s">
-        <v>1814</v>
+        <v>4854</v>
       </c>
       <c r="J525" t="s">
         <v>24</v>
       </c>
       <c r="K525" t="s">
-        <v>4721</v>
+        <v>170</v>
       </c>
       <c r="L525" t="s">
         <v>26</v>
       </c>
       <c r="M525" t="s">
-        <v>4722</v>
+        <v>171</v>
       </c>
       <c r="N525" t="s">
         <v>28</v>
       </c>
       <c r="O525" t="s">
-        <v>4823</v>
+        <v>4855</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>66529</v>
+        <v>65107</v>
       </c>
       <c r="B526" t="s">
-        <v>4824</v>
+        <v>4856</v>
       </c>
       <c r="C526" t="s">
-        <v>4825</v>
+        <v>4857</v>
       </c>
       <c r="D526" t="s">
-        <v>4826</v>
+        <v>4858</v>
       </c>
       <c r="E526" t="s">
-        <v>4827</v>
+        <v>4859</v>
       </c>
       <c r="F526" t="s">
-        <v>4828</v>
+        <v>4860</v>
       </c>
       <c r="G526" t="s">
-        <v>4241</v>
+        <v>4861</v>
       </c>
       <c r="H526" t="s">
-        <v>4242</v>
+        <v>4862</v>
       </c>
       <c r="I526" t="s">
-        <v>4243</v>
+        <v>4863</v>
       </c>
       <c r="J526" t="s">
         <v>24</v>
       </c>
       <c r="K526" t="s">
-        <v>2232</v>
+        <v>4864</v>
       </c>
       <c r="L526" t="s">
         <v>26</v>
       </c>
       <c r="M526" t="s">
-        <v>2233</v>
+        <v>4865</v>
       </c>
       <c r="N526" t="s">
         <v>28</v>
       </c>
       <c r="O526" t="s">
-        <v>4829</v>
+        <v>4866</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>66530</v>
+        <v>65116</v>
       </c>
       <c r="B527" t="s">
-        <v>4830</v>
+        <v>4867</v>
       </c>
       <c r="C527" t="s">
-        <v>4831</v>
+        <v>4868</v>
       </c>
       <c r="D527" t="s">
-        <v>4832</v>
+        <v>4869</v>
       </c>
       <c r="E527" t="s">
-        <v>4833</v>
+        <v>4870</v>
       </c>
       <c r="F527" t="s">
-        <v>4834</v>
+        <v>4871</v>
       </c>
       <c r="G527" t="s">
-        <v>1619</v>
+        <v>4872</v>
       </c>
       <c r="H527" t="s">
-        <v>1620</v>
+        <v>4873</v>
       </c>
       <c r="I527" t="s">
-        <v>1621</v>
+        <v>4874</v>
       </c>
       <c r="J527" t="s">
         <v>24</v>
       </c>
       <c r="K527" t="s">
-        <v>1478</v>
+        <v>170</v>
       </c>
       <c r="L527" t="s">
         <v>26</v>
       </c>
       <c r="M527" t="s">
-        <v>1480</v>
+        <v>171</v>
       </c>
       <c r="N527" t="s">
         <v>28</v>
       </c>
       <c r="O527" t="s">
-        <v>4835</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>66531</v>
+        <v>65124</v>
       </c>
       <c r="B528" t="s">
-        <v>4836</v>
+        <v>4876</v>
       </c>
       <c r="C528" t="s">
-        <v>4837</v>
+        <v>4877</v>
       </c>
       <c r="D528" t="s">
-        <v>4838</v>
+        <v>4878</v>
       </c>
       <c r="E528" t="s">
-        <v>4839</v>
+        <v>4879</v>
       </c>
       <c r="F528" t="s">
-        <v>4840</v>
+        <v>4880</v>
       </c>
       <c r="G528" t="s">
-        <v>4841</v>
+        <v>4881</v>
       </c>
       <c r="H528" t="s">
-        <v>4842</v>
+        <v>4882</v>
       </c>
       <c r="I528" t="s">
-        <v>4843</v>
+        <v>4883</v>
       </c>
       <c r="J528" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K528" t="s">
-        <v>4844</v>
+        <v>25</v>
       </c>
       <c r="L528" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M528" t="s">
-        <v>4845</v>
+        <v>27</v>
       </c>
       <c r="N528" t="s">
         <v>28</v>
       </c>
       <c r="O528" t="s">
-        <v>4846</v>
+        <v>4884</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
-        <v>66532</v>
+        <v>65255</v>
       </c>
       <c r="B529" t="s">
-        <v>4847</v>
+        <v>4885</v>
       </c>
       <c r="C529" t="s">
-        <v>4848</v>
+        <v>4886</v>
       </c>
       <c r="D529" t="s">
-        <v>4849</v>
+        <v>4887</v>
       </c>
       <c r="E529" t="s">
-        <v>4850</v>
+        <v>4888</v>
       </c>
       <c r="F529" t="s">
-        <v>1887</v>
+        <v>4889</v>
       </c>
       <c r="G529" t="s">
-        <v>1888</v>
+        <v>4890</v>
       </c>
       <c r="H529" t="s">
-        <v>1889</v>
+        <v>4891</v>
       </c>
       <c r="I529" t="s">
-        <v>1890</v>
+        <v>4892</v>
       </c>
       <c r="J529" t="s">
-        <v>450</v>
+        <v>1625</v>
       </c>
       <c r="K529" t="s">
-        <v>4851</v>
+        <v>4893</v>
       </c>
       <c r="L529" t="s">
-        <v>452</v>
+        <v>1627</v>
       </c>
       <c r="M529" t="s">
-        <v>4852</v>
+        <v>4894</v>
       </c>
       <c r="N529" t="s">
         <v>28</v>
       </c>
       <c r="O529" t="s">
-        <v>4853</v>
+        <v>4895</v>
       </c>
     </row>
     <row r="530" spans="1:15">
       <c r="A530">
-        <v>66533</v>
+        <v>65479</v>
       </c>
       <c r="B530" t="s">
-        <v>4854</v>
+        <v>4896</v>
       </c>
       <c r="C530" t="s">
-        <v>4855</v>
+        <v>4897</v>
       </c>
       <c r="D530" t="s">
-        <v>4856</v>
+        <v>4898</v>
       </c>
       <c r="E530" t="s">
-        <v>4857</v>
+        <v>4899</v>
       </c>
       <c r="F530" t="s">
-        <v>1710</v>
+        <v>4900</v>
       </c>
       <c r="G530" t="s">
-        <v>1711</v>
+        <v>4901</v>
       </c>
       <c r="H530" t="s">
-        <v>1712</v>
+        <v>4902</v>
       </c>
       <c r="I530" t="s">
-        <v>4858</v>
+        <v>4903</v>
       </c>
       <c r="J530" t="s">
         <v>24</v>
       </c>
       <c r="K530" t="s">
-        <v>4859</v>
+        <v>25</v>
       </c>
       <c r="L530" t="s">
         <v>26</v>
       </c>
       <c r="M530" t="s">
-        <v>4860</v>
+        <v>27</v>
       </c>
       <c r="N530" t="s">
         <v>28</v>
       </c>
       <c r="O530" t="s">
-        <v>4861</v>
+        <v>4904</v>
       </c>
     </row>
     <row r="531" spans="1:15">
       <c r="A531">
-        <v>66534</v>
+        <v>65566</v>
       </c>
       <c r="B531" t="s">
-        <v>4862</v>
+        <v>4905</v>
       </c>
       <c r="C531" t="s">
-        <v>4863</v>
+        <v>4906</v>
       </c>
       <c r="D531" t="s">
-        <v>4864</v>
+        <v>4907</v>
       </c>
       <c r="E531" t="s">
-        <v>4865</v>
+        <v>4908</v>
       </c>
       <c r="F531" t="s">
-        <v>4866</v>
+        <v>4909</v>
       </c>
       <c r="G531" t="s">
-        <v>4867</v>
+        <v>4910</v>
       </c>
       <c r="H531" t="s">
-        <v>3123</v>
+        <v>4911</v>
       </c>
       <c r="I531" t="s">
-        <v>3124</v>
+        <v>4912</v>
       </c>
       <c r="J531" t="s">
         <v>24</v>
       </c>
       <c r="K531" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L531" t="s">
         <v>26</v>
       </c>
       <c r="M531" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N531" t="s">
         <v>28</v>
       </c>
       <c r="O531" t="s">
-        <v>4868</v>
+        <v>4913</v>
       </c>
     </row>
     <row r="532" spans="1:15">
       <c r="A532">
-        <v>66535</v>
+        <v>65613</v>
       </c>
       <c r="B532" t="s">
-        <v>4869</v>
+        <v>4914</v>
       </c>
       <c r="C532" t="s">
-        <v>4870</v>
+        <v>4915</v>
       </c>
       <c r="D532" t="s">
-        <v>4871</v>
+        <v>4916</v>
       </c>
       <c r="E532" t="s">
-        <v>4872</v>
+        <v>4917</v>
       </c>
       <c r="F532" t="s">
-        <v>4873</v>
+        <v>4918</v>
       </c>
       <c r="G532" t="s">
-        <v>4874</v>
+        <v>4919</v>
       </c>
       <c r="H532" t="s">
-        <v>4875</v>
+        <v>4920</v>
       </c>
       <c r="I532" t="s">
-        <v>4876</v>
+        <v>4921</v>
       </c>
       <c r="J532" t="s">
-        <v>4877</v>
+        <v>4922</v>
       </c>
       <c r="K532" t="s">
-        <v>4878</v>
+        <v>1665</v>
       </c>
       <c r="L532" t="s">
-        <v>4879</v>
+        <v>4923</v>
       </c>
       <c r="M532" t="s">
-        <v>4880</v>
+        <v>1666</v>
       </c>
       <c r="N532" t="s">
         <v>28</v>
       </c>
       <c r="O532" t="s">
-        <v>4881</v>
+        <v>4924</v>
       </c>
     </row>
     <row r="533" spans="1:15">
       <c r="A533">
-        <v>66536</v>
+        <v>65869</v>
       </c>
       <c r="B533" t="s">
-        <v>4882</v>
+        <v>4925</v>
       </c>
       <c r="C533" t="s">
-        <v>4883</v>
+        <v>4926</v>
       </c>
       <c r="D533" t="s">
-        <v>4884</v>
+        <v>4927</v>
       </c>
       <c r="E533" t="s">
-        <v>4885</v>
+        <v>4928</v>
       </c>
       <c r="F533" t="s">
-        <v>4886</v>
+        <v>4929</v>
       </c>
       <c r="G533" t="s">
-        <v>4887</v>
+        <v>4930</v>
       </c>
       <c r="H533" t="s">
-        <v>4888</v>
+        <v>4931</v>
       </c>
       <c r="I533" t="s">
-        <v>4889</v>
+        <v>4932</v>
       </c>
       <c r="J533" t="s">
         <v>24</v>
       </c>
       <c r="K533" t="s">
-        <v>4721</v>
+        <v>1478</v>
       </c>
       <c r="L533" t="s">
         <v>26</v>
       </c>
       <c r="M533" t="s">
-        <v>4722</v>
+        <v>1480</v>
       </c>
       <c r="N533" t="s">
         <v>28</v>
       </c>
       <c r="O533" t="s">
-        <v>4890</v>
+        <v>4933</v>
       </c>
     </row>
     <row r="534" spans="1:15">
       <c r="A534">
-        <v>66537</v>
+        <v>66392</v>
       </c>
       <c r="B534" t="s">
-        <v>4891</v>
+        <v>4934</v>
       </c>
       <c r="C534" t="s">
-        <v>4892</v>
+        <v>4935</v>
       </c>
       <c r="D534" t="s">
-        <v>4893</v>
+        <v>4936</v>
       </c>
       <c r="E534" t="s">
-        <v>4894</v>
+        <v>4937</v>
       </c>
       <c r="F534" t="s">
-        <v>4895</v>
+        <v>4938</v>
       </c>
       <c r="G534" t="s">
-        <v>4636</v>
+        <v>4939</v>
       </c>
       <c r="H534" t="s">
-        <v>4637</v>
+        <v>4940</v>
       </c>
       <c r="I534" t="s">
-        <v>4638</v>
+        <v>4941</v>
       </c>
       <c r="J534" t="s">
         <v>24</v>
       </c>
       <c r="K534" t="s">
-        <v>4721</v>
+        <v>25</v>
       </c>
       <c r="L534" t="s">
         <v>26</v>
       </c>
       <c r="M534" t="s">
-        <v>4722</v>
+        <v>27</v>
       </c>
       <c r="N534" t="s">
         <v>28</v>
       </c>
       <c r="O534" t="s">
-        <v>4896</v>
+        <v>4942</v>
       </c>
     </row>
     <row r="535" spans="1:15">
       <c r="A535">
-        <v>66538</v>
+        <v>66510</v>
       </c>
       <c r="B535" t="s">
-        <v>4897</v>
+        <v>4943</v>
       </c>
       <c r="C535" t="s">
-        <v>4898</v>
+        <v>4944</v>
       </c>
       <c r="D535" t="s">
-        <v>4899</v>
+        <v>4945</v>
       </c>
       <c r="E535" t="s">
-        <v>4900</v>
+        <v>4946</v>
       </c>
       <c r="F535" t="s">
-        <v>4901</v>
+        <v>4947</v>
       </c>
       <c r="G535" t="s">
-        <v>1879</v>
+        <v>4948</v>
       </c>
       <c r="H535" t="s">
-        <v>1880</v>
+        <v>4949</v>
       </c>
       <c r="I535" t="s">
-        <v>1881</v>
+        <v>4950</v>
       </c>
       <c r="J535" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K535" t="s">
-        <v>4902</v>
+        <v>4951</v>
       </c>
       <c r="L535" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M535" t="s">
-        <v>4903</v>
+        <v>4952</v>
       </c>
       <c r="N535" t="s">
         <v>28</v>
       </c>
       <c r="O535" t="s">
-        <v>4904</v>
+        <v>4953</v>
       </c>
     </row>
     <row r="536" spans="1:15">
       <c r="A536">
-        <v>66540</v>
+        <v>66511</v>
       </c>
       <c r="B536" t="s">
-        <v>4905</v>
+        <v>1832</v>
       </c>
       <c r="C536" t="s">
-        <v>4906</v>
+        <v>4954</v>
       </c>
       <c r="D536" t="s">
-        <v>4907</v>
+        <v>4955</v>
       </c>
       <c r="E536" t="s">
-        <v>4908</v>
+        <v>4956</v>
       </c>
       <c r="F536" t="s">
-        <v>4909</v>
+        <v>1836</v>
       </c>
       <c r="G536" t="s">
-        <v>4910</v>
+        <v>1837</v>
       </c>
       <c r="H536" t="s">
-        <v>4911</v>
+        <v>4957</v>
       </c>
       <c r="I536" t="s">
-        <v>1650</v>
+        <v>4958</v>
       </c>
       <c r="J536" t="s">
         <v>24</v>
       </c>
       <c r="K536" t="s">
-        <v>4912</v>
+        <v>4959</v>
       </c>
       <c r="L536" t="s">
         <v>26</v>
       </c>
       <c r="M536" t="s">
-        <v>4913</v>
+        <v>4960</v>
       </c>
       <c r="N536" t="s">
         <v>28</v>
       </c>
       <c r="O536" t="s">
-        <v>4914</v>
+        <v>4961</v>
       </c>
     </row>
     <row r="537" spans="1:15">
       <c r="A537">
+        <v>66512</v>
+      </c>
+      <c r="B537" t="s">
+        <v>4015</v>
+      </c>
+      <c r="C537" t="s">
+        <v>4962</v>
+      </c>
+      <c r="D537" t="s">
+        <v>4963</v>
+      </c>
+      <c r="E537" t="s">
+        <v>4964</v>
+      </c>
+      <c r="F537" t="s">
+        <v>4965</v>
+      </c>
+      <c r="G537" t="s">
+        <v>4020</v>
+      </c>
+      <c r="H537" t="s">
+        <v>4021</v>
+      </c>
+      <c r="I537" t="s">
+        <v>4022</v>
+      </c>
+      <c r="J537" t="s">
+        <v>24</v>
+      </c>
+      <c r="K537" t="s">
+        <v>4966</v>
+      </c>
+      <c r="L537" t="s">
+        <v>26</v>
+      </c>
+      <c r="M537" t="s">
+        <v>4967</v>
+      </c>
+      <c r="N537" t="s">
+        <v>28</v>
+      </c>
+      <c r="O537" t="s">
+        <v>4968</v>
+      </c>
+    </row>
+    <row r="538" spans="1:15">
+      <c r="A538">
+        <v>66513</v>
+      </c>
+      <c r="B538" t="s">
+        <v>4969</v>
+      </c>
+      <c r="C538" t="s">
+        <v>4970</v>
+      </c>
+      <c r="D538" t="s">
+        <v>4971</v>
+      </c>
+      <c r="E538" t="s">
+        <v>4972</v>
+      </c>
+      <c r="F538" t="s">
+        <v>4973</v>
+      </c>
+      <c r="G538" t="s">
+        <v>4349</v>
+      </c>
+      <c r="H538" t="s">
+        <v>4974</v>
+      </c>
+      <c r="I538" t="s">
+        <v>4975</v>
+      </c>
+      <c r="J538" t="s">
+        <v>24</v>
+      </c>
+      <c r="K538" t="s">
+        <v>4966</v>
+      </c>
+      <c r="L538" t="s">
+        <v>26</v>
+      </c>
+      <c r="M538" t="s">
+        <v>4967</v>
+      </c>
+      <c r="N538" t="s">
+        <v>28</v>
+      </c>
+      <c r="O538" t="s">
+        <v>4976</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15">
+      <c r="A539">
+        <v>66514</v>
+      </c>
+      <c r="B539" t="s">
+        <v>4977</v>
+      </c>
+      <c r="C539" t="s">
+        <v>4978</v>
+      </c>
+      <c r="D539" t="s">
+        <v>4979</v>
+      </c>
+      <c r="E539" t="s">
+        <v>4980</v>
+      </c>
+      <c r="F539" t="s">
+        <v>1972</v>
+      </c>
+      <c r="G539" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H539" t="s">
+        <v>4981</v>
+      </c>
+      <c r="I539" t="s">
+        <v>4982</v>
+      </c>
+      <c r="J539" t="s">
+        <v>24</v>
+      </c>
+      <c r="K539" t="s">
+        <v>4966</v>
+      </c>
+      <c r="L539" t="s">
+        <v>26</v>
+      </c>
+      <c r="M539" t="s">
+        <v>4967</v>
+      </c>
+      <c r="N539" t="s">
+        <v>28</v>
+      </c>
+      <c r="O539" t="s">
+        <v>4983</v>
+      </c>
+    </row>
+    <row r="540" spans="1:15">
+      <c r="A540">
+        <v>66515</v>
+      </c>
+      <c r="B540" t="s">
+        <v>4984</v>
+      </c>
+      <c r="C540" t="s">
+        <v>4985</v>
+      </c>
+      <c r="D540" t="s">
+        <v>4986</v>
+      </c>
+      <c r="E540" t="s">
+        <v>4987</v>
+      </c>
+      <c r="F540" t="s">
+        <v>4988</v>
+      </c>
+      <c r="G540" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H540" t="s">
+        <v>4989</v>
+      </c>
+      <c r="I540" t="s">
+        <v>4990</v>
+      </c>
+      <c r="J540" t="s">
+        <v>24</v>
+      </c>
+      <c r="K540" t="s">
+        <v>4966</v>
+      </c>
+      <c r="L540" t="s">
+        <v>26</v>
+      </c>
+      <c r="M540" t="s">
+        <v>4967</v>
+      </c>
+      <c r="N540" t="s">
+        <v>28</v>
+      </c>
+      <c r="O540" t="s">
+        <v>4991</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15">
+      <c r="A541">
+        <v>66516</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C541" t="s">
+        <v>4992</v>
+      </c>
+      <c r="D541" t="s">
+        <v>4993</v>
+      </c>
+      <c r="E541" t="s">
+        <v>4994</v>
+      </c>
+      <c r="F541" t="s">
+        <v>4995</v>
+      </c>
+      <c r="G541" t="s">
+        <v>4996</v>
+      </c>
+      <c r="H541" t="s">
+        <v>4997</v>
+      </c>
+      <c r="I541" t="s">
+        <v>1722</v>
+      </c>
+      <c r="J541" t="s">
+        <v>24</v>
+      </c>
+      <c r="K541" t="s">
+        <v>170</v>
+      </c>
+      <c r="L541" t="s">
+        <v>26</v>
+      </c>
+      <c r="M541" t="s">
+        <v>171</v>
+      </c>
+      <c r="N541" t="s">
+        <v>28</v>
+      </c>
+      <c r="O541" t="s">
+        <v>4998</v>
+      </c>
+    </row>
+    <row r="542" spans="1:15">
+      <c r="A542">
+        <v>66517</v>
+      </c>
+      <c r="B542" t="s">
+        <v>4999</v>
+      </c>
+      <c r="C542" t="s">
+        <v>5000</v>
+      </c>
+      <c r="D542" t="s">
+        <v>5001</v>
+      </c>
+      <c r="E542" t="s">
+        <v>5002</v>
+      </c>
+      <c r="F542" t="s">
+        <v>5003</v>
+      </c>
+      <c r="G542" t="s">
+        <v>5004</v>
+      </c>
+      <c r="H542" t="s">
+        <v>5005</v>
+      </c>
+      <c r="I542" t="s">
+        <v>5006</v>
+      </c>
+      <c r="J542" t="s">
+        <v>24</v>
+      </c>
+      <c r="K542" t="s">
+        <v>4966</v>
+      </c>
+      <c r="L542" t="s">
+        <v>26</v>
+      </c>
+      <c r="M542" t="s">
+        <v>4967</v>
+      </c>
+      <c r="N542" t="s">
+        <v>28</v>
+      </c>
+      <c r="O542" t="s">
+        <v>5007</v>
+      </c>
+    </row>
+    <row r="543" spans="1:15">
+      <c r="A543">
+        <v>66518</v>
+      </c>
+      <c r="B543" t="s">
+        <v>5008</v>
+      </c>
+      <c r="C543" t="s">
+        <v>5009</v>
+      </c>
+      <c r="D543" t="s">
+        <v>5010</v>
+      </c>
+      <c r="E543" t="s">
+        <v>5011</v>
+      </c>
+      <c r="F543" t="s">
+        <v>5012</v>
+      </c>
+      <c r="G543" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H543" t="s">
+        <v>5013</v>
+      </c>
+      <c r="I543" t="s">
+        <v>5014</v>
+      </c>
+      <c r="J543" t="s">
+        <v>24</v>
+      </c>
+      <c r="K543" t="s">
+        <v>170</v>
+      </c>
+      <c r="L543" t="s">
+        <v>26</v>
+      </c>
+      <c r="M543" t="s">
+        <v>171</v>
+      </c>
+      <c r="N543" t="s">
+        <v>28</v>
+      </c>
+      <c r="O543" t="s">
+        <v>5015</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15">
+      <c r="A544">
+        <v>66519</v>
+      </c>
+      <c r="B544" t="s">
+        <v>5016</v>
+      </c>
+      <c r="C544" t="s">
+        <v>5017</v>
+      </c>
+      <c r="D544" t="s">
+        <v>5018</v>
+      </c>
+      <c r="E544" t="s">
+        <v>5019</v>
+      </c>
+      <c r="F544" t="s">
+        <v>5020</v>
+      </c>
+      <c r="G544" t="s">
+        <v>5021</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1856</v>
+      </c>
+      <c r="I544" t="s">
+        <v>1857</v>
+      </c>
+      <c r="J544" t="s">
+        <v>24</v>
+      </c>
+      <c r="K544" t="s">
+        <v>5022</v>
+      </c>
+      <c r="L544" t="s">
+        <v>26</v>
+      </c>
+      <c r="M544" t="s">
+        <v>5023</v>
+      </c>
+      <c r="N544" t="s">
+        <v>28</v>
+      </c>
+      <c r="O544" t="s">
+        <v>5024</v>
+      </c>
+    </row>
+    <row r="545" spans="1:15">
+      <c r="A545">
+        <v>66520</v>
+      </c>
+      <c r="B545" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C545" t="s">
+        <v>5025</v>
+      </c>
+      <c r="D545" t="s">
+        <v>5026</v>
+      </c>
+      <c r="E545" t="s">
+        <v>5027</v>
+      </c>
+      <c r="F545" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G545" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1934</v>
+      </c>
+      <c r="I545" t="s">
+        <v>1935</v>
+      </c>
+      <c r="J545" t="s">
+        <v>24</v>
+      </c>
+      <c r="K545" t="s">
+        <v>25</v>
+      </c>
+      <c r="L545" t="s">
+        <v>26</v>
+      </c>
+      <c r="M545" t="s">
+        <v>27</v>
+      </c>
+      <c r="N545" t="s">
+        <v>28</v>
+      </c>
+      <c r="O545" t="s">
+        <v>5028</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15">
+      <c r="A546">
+        <v>66521</v>
+      </c>
+      <c r="B546" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C546" t="s">
+        <v>5029</v>
+      </c>
+      <c r="D546" t="s">
+        <v>5030</v>
+      </c>
+      <c r="E546" t="s">
+        <v>5031</v>
+      </c>
+      <c r="F546" t="s">
+        <v>5032</v>
+      </c>
+      <c r="G546" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H546" t="s">
+        <v>5033</v>
+      </c>
+      <c r="I546" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J546" t="s">
+        <v>24</v>
+      </c>
+      <c r="K546" t="s">
+        <v>170</v>
+      </c>
+      <c r="L546" t="s">
+        <v>26</v>
+      </c>
+      <c r="M546" t="s">
+        <v>171</v>
+      </c>
+      <c r="N546" t="s">
+        <v>28</v>
+      </c>
+      <c r="O546" t="s">
+        <v>5034</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15">
+      <c r="A547">
+        <v>66522</v>
+      </c>
+      <c r="B547" t="s">
+        <v>5035</v>
+      </c>
+      <c r="C547" t="s">
+        <v>5036</v>
+      </c>
+      <c r="D547" t="s">
+        <v>5037</v>
+      </c>
+      <c r="E547" t="s">
+        <v>5038</v>
+      </c>
+      <c r="F547" t="s">
+        <v>5039</v>
+      </c>
+      <c r="G547" t="s">
+        <v>5040</v>
+      </c>
+      <c r="H547" t="s">
+        <v>5041</v>
+      </c>
+      <c r="I547" t="s">
+        <v>5042</v>
+      </c>
+      <c r="J547" t="s">
+        <v>24</v>
+      </c>
+      <c r="K547" t="s">
+        <v>4893</v>
+      </c>
+      <c r="L547" t="s">
+        <v>26</v>
+      </c>
+      <c r="M547" t="s">
+        <v>4894</v>
+      </c>
+      <c r="N547" t="s">
+        <v>28</v>
+      </c>
+      <c r="O547" t="s">
+        <v>5043</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15">
+      <c r="A548">
+        <v>66523</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C548" t="s">
+        <v>5044</v>
+      </c>
+      <c r="D548" t="s">
+        <v>5045</v>
+      </c>
+      <c r="E548" t="s">
+        <v>5046</v>
+      </c>
+      <c r="F548" t="s">
+        <v>1827</v>
+      </c>
+      <c r="G548" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1829</v>
+      </c>
+      <c r="I548" t="s">
+        <v>1830</v>
+      </c>
+      <c r="J548" t="s">
+        <v>24</v>
+      </c>
+      <c r="K548" t="s">
+        <v>47</v>
+      </c>
+      <c r="L548" t="s">
+        <v>26</v>
+      </c>
+      <c r="M548" t="s">
+        <v>48</v>
+      </c>
+      <c r="N548" t="s">
+        <v>28</v>
+      </c>
+      <c r="O548" t="s">
+        <v>5047</v>
+      </c>
+    </row>
+    <row r="549" spans="1:15">
+      <c r="A549">
+        <v>66524</v>
+      </c>
+      <c r="B549" t="s">
+        <v>4185</v>
+      </c>
+      <c r="C549" t="s">
+        <v>5048</v>
+      </c>
+      <c r="D549" t="s">
+        <v>5049</v>
+      </c>
+      <c r="E549" t="s">
+        <v>5050</v>
+      </c>
+      <c r="F549" t="s">
+        <v>5051</v>
+      </c>
+      <c r="G549" t="s">
+        <v>4190</v>
+      </c>
+      <c r="H549" t="s">
+        <v>4191</v>
+      </c>
+      <c r="I549" t="s">
+        <v>4192</v>
+      </c>
+      <c r="J549" t="s">
+        <v>24</v>
+      </c>
+      <c r="K549" t="s">
+        <v>170</v>
+      </c>
+      <c r="L549" t="s">
+        <v>26</v>
+      </c>
+      <c r="M549" t="s">
+        <v>171</v>
+      </c>
+      <c r="N549" t="s">
+        <v>28</v>
+      </c>
+      <c r="O549" t="s">
+        <v>5052</v>
+      </c>
+    </row>
+    <row r="550" spans="1:15">
+      <c r="A550">
+        <v>66525</v>
+      </c>
+      <c r="B550" t="s">
+        <v>5053</v>
+      </c>
+      <c r="C550" t="s">
+        <v>5054</v>
+      </c>
+      <c r="D550" t="s">
+        <v>5055</v>
+      </c>
+      <c r="E550" t="s">
+        <v>5056</v>
+      </c>
+      <c r="F550" t="s">
+        <v>4046</v>
+      </c>
+      <c r="G550" t="s">
+        <v>4047</v>
+      </c>
+      <c r="H550" t="s">
+        <v>4048</v>
+      </c>
+      <c r="I550" t="s">
+        <v>4049</v>
+      </c>
+      <c r="J550" t="s">
+        <v>24</v>
+      </c>
+      <c r="K550" t="s">
+        <v>170</v>
+      </c>
+      <c r="L550" t="s">
+        <v>26</v>
+      </c>
+      <c r="M550" t="s">
+        <v>171</v>
+      </c>
+      <c r="N550" t="s">
+        <v>28</v>
+      </c>
+      <c r="O550" t="s">
+        <v>5057</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15">
+      <c r="A551">
+        <v>66526</v>
+      </c>
+      <c r="B551" t="s">
+        <v>5058</v>
+      </c>
+      <c r="C551" t="s">
+        <v>5059</v>
+      </c>
+      <c r="D551" t="s">
+        <v>5060</v>
+      </c>
+      <c r="E551" t="s">
+        <v>5061</v>
+      </c>
+      <c r="F551" t="s">
+        <v>5062</v>
+      </c>
+      <c r="G551" t="s">
+        <v>4056</v>
+      </c>
+      <c r="H551" t="s">
+        <v>4057</v>
+      </c>
+      <c r="I551" t="s">
+        <v>4058</v>
+      </c>
+      <c r="J551" t="s">
+        <v>24</v>
+      </c>
+      <c r="K551" t="s">
+        <v>170</v>
+      </c>
+      <c r="L551" t="s">
+        <v>26</v>
+      </c>
+      <c r="M551" t="s">
+        <v>171</v>
+      </c>
+      <c r="N551" t="s">
+        <v>28</v>
+      </c>
+      <c r="O551" t="s">
+        <v>5063</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15">
+      <c r="A552">
+        <v>66527</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C552" t="s">
+        <v>5064</v>
+      </c>
+      <c r="D552" t="s">
+        <v>5065</v>
+      </c>
+      <c r="E552" t="s">
+        <v>5066</v>
+      </c>
+      <c r="F552" t="s">
+        <v>5067</v>
+      </c>
+      <c r="G552" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1876</v>
+      </c>
+      <c r="I552" t="s">
+        <v>1877</v>
+      </c>
+      <c r="J552" t="s">
+        <v>24</v>
+      </c>
+      <c r="K552" t="s">
+        <v>4966</v>
+      </c>
+      <c r="L552" t="s">
+        <v>26</v>
+      </c>
+      <c r="M552" t="s">
+        <v>4967</v>
+      </c>
+      <c r="N552" t="s">
+        <v>28</v>
+      </c>
+      <c r="O552" t="s">
+        <v>5068</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15">
+      <c r="A553">
+        <v>66529</v>
+      </c>
+      <c r="B553" t="s">
+        <v>5069</v>
+      </c>
+      <c r="C553" t="s">
+        <v>5070</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5071</v>
+      </c>
+      <c r="E553" t="s">
+        <v>5072</v>
+      </c>
+      <c r="F553" t="s">
+        <v>5073</v>
+      </c>
+      <c r="G553" t="s">
+        <v>4486</v>
+      </c>
+      <c r="H553" t="s">
+        <v>4487</v>
+      </c>
+      <c r="I553" t="s">
+        <v>4488</v>
+      </c>
+      <c r="J553" t="s">
+        <v>24</v>
+      </c>
+      <c r="K553" t="s">
+        <v>2295</v>
+      </c>
+      <c r="L553" t="s">
+        <v>26</v>
+      </c>
+      <c r="M553" t="s">
+        <v>2296</v>
+      </c>
+      <c r="N553" t="s">
+        <v>28</v>
+      </c>
+      <c r="O553" t="s">
+        <v>5074</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15">
+      <c r="A554">
+        <v>66530</v>
+      </c>
+      <c r="B554" t="s">
+        <v>5075</v>
+      </c>
+      <c r="C554" t="s">
+        <v>5076</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5077</v>
+      </c>
+      <c r="E554" t="s">
+        <v>5078</v>
+      </c>
+      <c r="F554" t="s">
+        <v>5079</v>
+      </c>
+      <c r="G554" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I554" t="s">
+        <v>1684</v>
+      </c>
+      <c r="J554" t="s">
+        <v>24</v>
+      </c>
+      <c r="K554" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L554" t="s">
+        <v>26</v>
+      </c>
+      <c r="M554" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N554" t="s">
+        <v>28</v>
+      </c>
+      <c r="O554" t="s">
+        <v>5080</v>
+      </c>
+    </row>
+    <row r="555" spans="1:15">
+      <c r="A555">
+        <v>66531</v>
+      </c>
+      <c r="B555" t="s">
+        <v>5081</v>
+      </c>
+      <c r="C555" t="s">
+        <v>5082</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5083</v>
+      </c>
+      <c r="E555" t="s">
+        <v>5084</v>
+      </c>
+      <c r="F555" t="s">
+        <v>5085</v>
+      </c>
+      <c r="G555" t="s">
+        <v>5086</v>
+      </c>
+      <c r="H555" t="s">
+        <v>5087</v>
+      </c>
+      <c r="I555" t="s">
+        <v>5088</v>
+      </c>
+      <c r="J555" t="s">
+        <v>450</v>
+      </c>
+      <c r="K555" t="s">
+        <v>5089</v>
+      </c>
+      <c r="L555" t="s">
+        <v>452</v>
+      </c>
+      <c r="M555" t="s">
+        <v>5090</v>
+      </c>
+      <c r="N555" t="s">
+        <v>28</v>
+      </c>
+      <c r="O555" t="s">
+        <v>5091</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15">
+      <c r="A556">
+        <v>66532</v>
+      </c>
+      <c r="B556" t="s">
+        <v>5092</v>
+      </c>
+      <c r="C556" t="s">
+        <v>5093</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5094</v>
+      </c>
+      <c r="E556" t="s">
+        <v>5095</v>
+      </c>
+      <c r="F556" t="s">
+        <v>1950</v>
+      </c>
+      <c r="G556" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1952</v>
+      </c>
+      <c r="I556" t="s">
+        <v>1953</v>
+      </c>
+      <c r="J556" t="s">
+        <v>450</v>
+      </c>
+      <c r="K556" t="s">
+        <v>5096</v>
+      </c>
+      <c r="L556" t="s">
+        <v>452</v>
+      </c>
+      <c r="M556" t="s">
+        <v>5097</v>
+      </c>
+      <c r="N556" t="s">
+        <v>28</v>
+      </c>
+      <c r="O556" t="s">
+        <v>5098</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15">
+      <c r="A557">
+        <v>66533</v>
+      </c>
+      <c r="B557" t="s">
+        <v>5099</v>
+      </c>
+      <c r="C557" t="s">
+        <v>5100</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5101</v>
+      </c>
+      <c r="E557" t="s">
+        <v>5102</v>
+      </c>
+      <c r="F557" t="s">
+        <v>1773</v>
+      </c>
+      <c r="G557" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H557" t="s">
+        <v>1775</v>
+      </c>
+      <c r="I557" t="s">
+        <v>5103</v>
+      </c>
+      <c r="J557" t="s">
+        <v>24</v>
+      </c>
+      <c r="K557" t="s">
+        <v>5104</v>
+      </c>
+      <c r="L557" t="s">
+        <v>26</v>
+      </c>
+      <c r="M557" t="s">
+        <v>5105</v>
+      </c>
+      <c r="N557" t="s">
+        <v>28</v>
+      </c>
+      <c r="O557" t="s">
+        <v>5106</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15">
+      <c r="A558">
+        <v>66534</v>
+      </c>
+      <c r="B558" t="s">
+        <v>5107</v>
+      </c>
+      <c r="C558" t="s">
+        <v>5108</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5109</v>
+      </c>
+      <c r="E558" t="s">
+        <v>5110</v>
+      </c>
+      <c r="F558" t="s">
+        <v>5111</v>
+      </c>
+      <c r="G558" t="s">
+        <v>5112</v>
+      </c>
+      <c r="H558" t="s">
+        <v>3186</v>
+      </c>
+      <c r="I558" t="s">
+        <v>3187</v>
+      </c>
+      <c r="J558" t="s">
+        <v>24</v>
+      </c>
+      <c r="K558" t="s">
+        <v>47</v>
+      </c>
+      <c r="L558" t="s">
+        <v>26</v>
+      </c>
+      <c r="M558" t="s">
+        <v>48</v>
+      </c>
+      <c r="N558" t="s">
+        <v>28</v>
+      </c>
+      <c r="O558" t="s">
+        <v>5113</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15">
+      <c r="A559">
+        <v>66535</v>
+      </c>
+      <c r="B559" t="s">
+        <v>5114</v>
+      </c>
+      <c r="C559" t="s">
+        <v>5115</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5116</v>
+      </c>
+      <c r="E559" t="s">
+        <v>5117</v>
+      </c>
+      <c r="F559" t="s">
+        <v>5118</v>
+      </c>
+      <c r="G559" t="s">
+        <v>5119</v>
+      </c>
+      <c r="H559" t="s">
+        <v>5120</v>
+      </c>
+      <c r="I559" t="s">
+        <v>5121</v>
+      </c>
+      <c r="J559" t="s">
+        <v>5122</v>
+      </c>
+      <c r="K559" t="s">
+        <v>5123</v>
+      </c>
+      <c r="L559" t="s">
+        <v>5124</v>
+      </c>
+      <c r="M559" t="s">
+        <v>5125</v>
+      </c>
+      <c r="N559" t="s">
+        <v>28</v>
+      </c>
+      <c r="O559" t="s">
+        <v>5126</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15">
+      <c r="A560">
+        <v>66536</v>
+      </c>
+      <c r="B560" t="s">
+        <v>5127</v>
+      </c>
+      <c r="C560" t="s">
+        <v>5128</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5129</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5130</v>
+      </c>
+      <c r="F560" t="s">
+        <v>5131</v>
+      </c>
+      <c r="G560" t="s">
+        <v>5132</v>
+      </c>
+      <c r="H560" t="s">
+        <v>5133</v>
+      </c>
+      <c r="I560" t="s">
+        <v>5134</v>
+      </c>
+      <c r="J560" t="s">
+        <v>24</v>
+      </c>
+      <c r="K560" t="s">
+        <v>4966</v>
+      </c>
+      <c r="L560" t="s">
+        <v>26</v>
+      </c>
+      <c r="M560" t="s">
+        <v>4967</v>
+      </c>
+      <c r="N560" t="s">
+        <v>28</v>
+      </c>
+      <c r="O560" t="s">
+        <v>5135</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15">
+      <c r="A561">
+        <v>66537</v>
+      </c>
+      <c r="B561" t="s">
+        <v>5136</v>
+      </c>
+      <c r="C561" t="s">
+        <v>5137</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5138</v>
+      </c>
+      <c r="E561" t="s">
+        <v>5139</v>
+      </c>
+      <c r="F561" t="s">
+        <v>5140</v>
+      </c>
+      <c r="G561" t="s">
+        <v>4881</v>
+      </c>
+      <c r="H561" t="s">
+        <v>4882</v>
+      </c>
+      <c r="I561" t="s">
+        <v>4883</v>
+      </c>
+      <c r="J561" t="s">
+        <v>24</v>
+      </c>
+      <c r="K561" t="s">
+        <v>4966</v>
+      </c>
+      <c r="L561" t="s">
+        <v>26</v>
+      </c>
+      <c r="M561" t="s">
+        <v>4967</v>
+      </c>
+      <c r="N561" t="s">
+        <v>28</v>
+      </c>
+      <c r="O561" t="s">
+        <v>5141</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15">
+      <c r="A562">
+        <v>66538</v>
+      </c>
+      <c r="B562" t="s">
+        <v>5142</v>
+      </c>
+      <c r="C562" t="s">
+        <v>5143</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5144</v>
+      </c>
+      <c r="E562" t="s">
+        <v>5145</v>
+      </c>
+      <c r="F562" t="s">
+        <v>5146</v>
+      </c>
+      <c r="G562" t="s">
+        <v>1942</v>
+      </c>
+      <c r="H562" t="s">
+        <v>1943</v>
+      </c>
+      <c r="I562" t="s">
+        <v>1944</v>
+      </c>
+      <c r="J562" t="s">
+        <v>24</v>
+      </c>
+      <c r="K562" t="s">
+        <v>5147</v>
+      </c>
+      <c r="L562" t="s">
+        <v>26</v>
+      </c>
+      <c r="M562" t="s">
+        <v>5148</v>
+      </c>
+      <c r="N562" t="s">
+        <v>28</v>
+      </c>
+      <c r="O562" t="s">
+        <v>5149</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15">
+      <c r="A563">
+        <v>66540</v>
+      </c>
+      <c r="B563" t="s">
+        <v>5150</v>
+      </c>
+      <c r="C563" t="s">
+        <v>5151</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5152</v>
+      </c>
+      <c r="E563" t="s">
+        <v>5153</v>
+      </c>
+      <c r="F563" t="s">
+        <v>5154</v>
+      </c>
+      <c r="G563" t="s">
+        <v>5155</v>
+      </c>
+      <c r="H563" t="s">
+        <v>5156</v>
+      </c>
+      <c r="I563" t="s">
+        <v>1713</v>
+      </c>
+      <c r="J563" t="s">
+        <v>24</v>
+      </c>
+      <c r="K563" t="s">
+        <v>5157</v>
+      </c>
+      <c r="L563" t="s">
+        <v>26</v>
+      </c>
+      <c r="M563" t="s">
+        <v>5158</v>
+      </c>
+      <c r="N563" t="s">
+        <v>28</v>
+      </c>
+      <c r="O563" t="s">
+        <v>5159</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15">
+      <c r="A564">
         <v>66541</v>
       </c>
-      <c r="B537" t="s">
-[...39 lines deleted...]
-        <v>4921</v>
+      <c r="B564" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C564" t="s">
+        <v>5160</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5161</v>
+      </c>
+      <c r="E564" t="s">
+        <v>5162</v>
+      </c>
+      <c r="F564" t="s">
+        <v>5163</v>
+      </c>
+      <c r="G564" t="s">
+        <v>1924</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1925</v>
+      </c>
+      <c r="I564" t="s">
+        <v>1926</v>
+      </c>
+      <c r="J564" t="s">
+        <v>24</v>
+      </c>
+      <c r="K564" t="s">
+        <v>5164</v>
+      </c>
+      <c r="L564" t="s">
+        <v>26</v>
+      </c>
+      <c r="M564" t="s">
+        <v>5165</v>
+      </c>
+      <c r="N564" t="s">
+        <v>28</v>
+      </c>
+      <c r="O564" t="s">
+        <v>5166</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">