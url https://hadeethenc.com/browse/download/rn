--- v0 (2026-01-15)
+++ v1 (2026-02-05)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1061">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1448">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Kirundi
 # Source: https://hadeethenc.com/rn
-# Last update: 2026-01-12 19:05:04 (v1.0.0)
-# Check for updates: https://hadeethenc.com/en/check/rn/v1.0.0
+# Last update: 2026-02-02 17:34:29 (v1.3.0)
+# Check for updates: https://hadeethenc.com/en/check/rn/v1.3.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -954,50 +954,175 @@
   <si>
     <t>Uwunga ubuvandimwe mu kugira ico atanze, si uwusubiriza uwundi mu ndumane; ariko uwunga ubuvandimwe koko mu kugira ico atanze, ni urya iyo hagize uwuca ubuvandimwe bwiwe, aheza akabwunga (mu guha uwamwimye no mu kubabarira uwamugiriye nabi)</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abdullaahi mwene Amri (Imana Allah Ibishimire bompi we hamwe na se), yavuze ko  Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), yavuze ati: "Uwunga ubuvandimwe mu kugira ico atanze, si uwusubiriza uwundi mu ndumane; ariko uwunga ubuvandimwe koko mu kugira ico atanze, ni urya iyo hagize uwuca ubuvandimwe bwiwe, aheza akabwunga (mu guha uwamwimye no mu kubabarira uwamugiriye nabi)".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), arigana mu kwerekana ko umuntu arangwa n'ubuntu nya buntu mu kwunga ubuvandimwe no mu kugirira ubugwaneza incuti za hafi mu muryango, atari urya asubiriza uwundi mu ndumane mu kwishura ineza iyindi, ahubwo ko uwunga koko ubuvandimwe arangwa n'ubuntu nya buntu mu kugira ico atanze mu kubwunga, ari urya iyo hagize uwuca ubuvandimwe bwiwe akamugirira inabi, yitwararika kubwunga mu bugwaneza.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Kwunga ubuvandimwe bwemewe mu bwislamu, ni uko wokunga ubw'uwuguciye mu bandi, ukababarira uwukurenganije, ugaha n'uwukwimye, si ukwunga ubucuti bw'uwaguhaye mu ntumbero yo kumusubiriza mu ndumane canke kugira ineza ku yindi.
 Kwunga ubuvandimwe rero, bikorwa mu kugirira neza abandi mu buryo ubwo ari bwo bwose bushoboka; haba mu kubaha mu matungo, mu kubasabira ku Mana Allah, mu kubabwiriza gukora ivyiza no kubabuza gukora ibibi, n'ibindi, hamwe rero no mu kubakingira inabi mu buryo ubwo ari bwo bwose, iyo izanana hose.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/3854</t>
+  </si>
+  <si>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
+  </si>
+  <si>
+    <t>Uwo wese yungururije uwananiwe kwishura ingurane akamuha irindi sango, canke akamuhebera umugabane w'ingurane yamwishuza, ku musi w'izuka ry'ibiremwa, Imana Allah Izomushira mu gatutu Yamugeneye musi y'Ubuhangamo bwayo, kuri uwo musi ata gatutu kazoba kahari kiretse agatutu kagenwe na Yo</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo wese yungururije uwananiwe kwishura ingurane akamuha irindi sango, canke akamuhebera umugabane w'ingurane yamwishuza, ku musi w'izuka ry'ibiremwa, Imana Allah Izomushira mu gatutu Yamugeneye musi y'Ubuhangamo bwayo, kuri uwo musi ata gatutu kazoba kahari kiretse agatutu kagenwe na Yo".</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
+فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ko uwurindirije uwunaniwe kuriha ingurane maze akamuha irindi sango ryo kurihirako canke akamuhebera umugabane kuri nya ngurane amwishuza, impera yiwe ku Mana Allah ari uko Izomushira mu gatutu musi y'Ubuhangamo bwayo ku musi w'izuka ry'ibiremwa, umusi izuba rizokwegerezwa hafi cane y'imitwe y'abaja bayo, ubushuhe na bwo bukazoba ari bwa bushuhe bumena imbwa ubuhanza (bukaze cane utoraba), nta n'umwe rero azoronka agatutu ko kwugamamwo ubushuhe bw'izuba riri aho, kiretse uwuzokwugamikwa n'Imana Allah.</t>
+  </si>
+  <si>
+    <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
+الجزاء من جنس العمل.</t>
+  </si>
+  <si>
+    <t>Ivyiza vyo kworohereza abaja b'Imana Allah Nyenuguhabwicubahiro nta ngere, n'uko ico kiri mu mvo zikingira umuntu intureka zo ku musi w'izuka ry'ibiremwa.
+Impera ijana n'ivyo umuntu yakoze (yisunga ubwoko bw'igikorwa umuntu yakoze).</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4186</t>
+  </si>
+  <si>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
+  </si>
+  <si>
+    <t>Uwo wese apfunze ukwezi kwa Ramadhani; yemera Imana Allah, yemera n'uko ari ibwirizwa ryayo ashize mu ngiro; arondera indishi kuri Yo, aheza akababarirwa ivyaha vyiwe yakoze</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo wese apfunze ukwezi kwa Ramadhani; yemera Imana Allah, yemera n'uko ari ibwirizwa ryayo ashize mu ngiro; arondera indishi kuri Yo, aheza akababarirwa ivyaha vyiwe yakoze".</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aratwiganira ko uwo wese apfunze ukwezi kwa Ramadhani; yemera Imana Allah, yemanga n'uko ashize mu ngiro ibwirizwa ryayo; arondera kuronka impera n'indishi Imana Allah Yageneye abipfunga, maze agapfunga ku bw'Imana Allah Nyenuguhabwicubahiro nta ngere, atari ku bwo kwiyerekana canke ku bwo kuyagwa neza n'abantu, aheza akababarirwa ivyaha vyiwe yamaze gukora.</t>
+  </si>
+  <si>
+    <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
+  </si>
+  <si>
+    <t>Ivyiza n'akamaro k'izirikanamana mu kwakirirwa ipfunga ry'ukwezi kwa Ramadhani hamwe n'ibindi bikorwa vyiza bitegetswe umuntu yakoze.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4196</t>
+  </si>
+  <si>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
+  </si>
+  <si>
+    <t>Uwo wese asenze mu gicugu c'ijoro ry'iteka "laylatu l-qadri"; yemera Imana Allah; yemera n'uko ari igikorwa-nyongera ashize mu ngiro arondera indishi ku Mana Allah, araheza akababarirwa ivyaha vyiwe yakoze</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo wese asenze mu gicugu c'ijoro ry'iteka "laylatu l-qadri"; yemera Imana Allah; yemera n'uko ari igikorwa-nyongera ashize mu ngiro arondera indishi ku Mana Allah, araheza akababarirwa ivyaha vyiwe yakoze".</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ivyiza vyo gusenga mu gicugu c'ijoro ry'iteka "laylatu l-qadri", ijoro  riboneka mu majoro cumi ya nyuma yo mu kwezi kwa Ramadhani;  n'uko uwugize akigoro muri ayo majoro, agaheza agasenga, agasaba ibisabisho, agasoma Qor'ani, akaninahaza anatazira n'Imana Allah, ivyo vyose akabigira yemera ko biri mu bikorwa nyegerezamana, yemera n'ivyiza vyavyo vyashikirijwe mu nyigisho zitandukanye  z'intumwa, maze ivyo vyose akabikora aziga indishi ku Mana Allah Nyenuguhabwicubahiro nta ngere, atabigira ku kwiyerekana canke ku kurondera kuyagwa neza n'abantu, ko mu vy'ukuri Imana Allah Iheza Ikamubabarira ivyaha vyiwe yamaze gukora.</t>
+  </si>
+  <si>
+    <t>فضل ليلة القَدْر والحَث على  قيامها.
+الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
+فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
+  </si>
+  <si>
+    <t>Ivyiza biri mw'ijoro ry'iteka hamwe no guhimiriza abantu ko bosenga mu gicugu caryo.
+Ibikorwa vyiza bitegetswe, ntivyakirwa kiretse mu gihe bikozwe kw'izirikanagikorwa ry'ukuri.
+Ivyiza n'impuhwe biva ku Mana Allah; kuko uwusenze mu gicugu c'ijoro ry'iteka "laylatu l-qadri", yemera Imana Allah, yemera n'uko ari igikorwa-nyongera ashize mu ngiro, arondera indishi ku Mana Allah, ababarirwa ivyaha vyiwe yakoze".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4202</t>
+  </si>
+  <si>
+    <t>من يرد الله به خيرا يصب منه</t>
+  </si>
+  <si>
+    <t>Uwo Imana Allah Ishakiye ivyiza Iraheza Ikamugerageza mu vyiwe no mu biwe</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo Imana Allah Ishakiye ivyiza Iraheza Ikamugerageza mu vyiwe no mu biwe".</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko Imana Allah iyo Ishakiye ivyiza umuja mu baja bayo b'abemeremana, Ishoka Imugerageza ku gatwe kiwe, Ikanamugerageza mu vyiwe no mu biwe, ivyo bigatuma umwemeramana agaruka ku Mana Allah Nyenuguhabwicubahiro nta ngere, maze akayitura mu kuyisaba ayitakambira, agaheza rero akababarirwa ivyaha akanadugirizwa n'icubahiro.</t>
+  </si>
+  <si>
+    <t>أن المؤمن مُعرَّض لأنواع من البلاء.
+الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
+ الحث على الصبر عند المصائب وعدم الجزع.</t>
+  </si>
+  <si>
+    <t>Kuba umwemeramana yoshikirwa n'ibigeragezo bitandukanye.
+Igeragezwa hari igihe riba ikimenyetso c'urukundo rw'Imana Allah ku muja wayo; kugira Imudugirize icubahiro ku rugero rwo hejuru, Yongere Imubabarire ibicumuro vyiwe.
+Ihimiriza ryo kwihangana mu gihe umuntu ashikiwe n'ibiza mu kudacika ivutu no mu kutihebura.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4204</t>
   </si>
   <si>
     <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>Nategetswe ko ndwanya abantu gushika bemeye bakemanga ko ata mana ibwirijwe gusengwa vy'ukuri atari Imana Imwe Rudende Allah, n'uko Muhamadi ari Intumwa y'Imana Allah, baheze rero batsimbataze isengesho, banatange n'ishikanwa-bwirizwa</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Mwene Omari (Imana Allah Ibishimire bompi) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Nategetswe ko ndwanya abantu gushika bemeye bakemanga ko ata mana ibwirijwe gusengwa vy'ukuri atari Imana Imwe Rudende Allah, n'uko Muhamadi ari Intumwa y'Imana Allah, baheze rero batsimbataze isengesho, banatange n'ishikanwa-bwirizwa". Nibaramuka bakoze ivyo rero, bazoba bakingiye ubuzima bwabo hamwe n'amatungo yabo; kiretse gusa ku gateka k'ubwislamu bategerezwa kwubahiriza, ahasigaye iharurwa ryabo ku vyo bakoze rikazoba ku Mana Allah".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aravuga mu vy'ukuri ko Imana Allah Yamutegetse kurwanya ababangikanyamana gushika bemere bemange ko ata mana ikwiye gusengwa vy'ukuri atari Imana Imwe Rudende Allah Yonyene ata na kimwe kibangikanijwe na Yo mu gusengwa, baheze bemere bemanga n'uko Muhamadi (nyakugira amahoro n'impuhwe z'Imana Allah)  yarungikanywe ubutumwa buvuye kwa Allah, baheze bashire mu ngiro ibisabwa n'ukwo kwemera, mu gutsimbataza amasengesho atanu ku musi (ijoro n'umurango), banatange ishikanwa-bwirizwa mu kurihereza abarigenewe. Mu gihe rero boramuka bagize ivyo, ubwislamu buzotuma amaraso yabo akingirwa ntaseseke;  amatungo yabo na yo akingirwe ntavogerwe, ku buryo ata wurekuriwe kwicwa kiretse mu gihe akoze icaha gihanishwa ukwicwa hisunzwe amategeko y'ubwislamu, hanyuma ku musi w'izuka, Imana Allah Nyenuguhabwicubahiro nta ngere Izoheza Ibatunganirize iharurirwa ryabo ku vyo Isanzwe Izi neza mu vyo bakoze mw'ibanga.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
@@ -1126,50 +1251,127 @@
 Ikibazo cabajijwe na Mu'aadhi (Imana Allah Imwishimire), ni ikibazo gihambaye; kuko mu vy'ukuri ari ryo banga ry'ubuzima n'ukubaho kw'ibiremwa, burya ikiremwa cose kiri kuri iyi si muri Bene Adamu canke mu Majini, impera n'imperuka iherezo ryaco rizoba ari mu Bwami bw'ijuru canke mu muriro udahera, ni kuri iyo mvo rero ico kibazo gihambaye.
 Ukwinjira mu Bwami bw'ijuru, bishingiye ku gutunganya inkingi zitanu z'ubwislamu, na zo zikaba ari: ukwemera n'ukwemanga ibintu bibiri, ugutsimbataza isengesho, ugutanga ishikanwa-bwirizwa, ugupfunga (ukwezi kwa Ramadhani) hamwe rero n'ugushengerera ingoro ntagatifu iri i Makka.
 Umutwe n'umushinge w'idini, igifise agaciro nta ngere kiza hejuru y'ayandi mabwirizwa, ni ukwemera Imana Imwe Rudende Allah mu kuyitura ibikorwa nyegerezamana vyose n'ukuyisenga Yo Yonyene ata kuyibangikanya na kimwe mu biremwa.
 Impuhwe z'Imana Allah ku biremwa vyayo, mu kuba Yarabugururiye imiryango y'ivyiza kugira barushirizeho gukora ibituma baronka indishi bakanababarirwa ivyaha.
 Ivyiza biri mu kwiyegereza ku Mana Allah mu gukora ibikorwa nyegerezamana vy'inyongera "nawaafilu" inyuma y'itunganywa ry'ibikorwa nyegerezamana bitegetswe "faraa-idwu".
 Isengesho mu bwislamu, rifise ikibanza gihambaye nk'ic'inkingi ihema ishingiyeko, ubwislamu rero buraheza bukagenda akagirire iyo nya nkingi ibuze; nka kurya nyene ihema isenyuka ikagwa iyo inkingi iyifashe ihenutse.
 Ni ngombwa gucungera akarimi mu kutagakoresha mu bigeramira umuntu mw'idini ryiwe.
 Ukugumya akarimi mu kuvuga ibiroranye no kutakarekura mu bitaroranye, ni wo mushinge w'ivyiza vyose.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[صحيح بمجموع طرقه]</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4303</t>
   </si>
   <si>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
+  </si>
+  <si>
+    <t>Iyo abislamu babiri bakuye imipanga (canke inkota zabo) mu rwubati ngo barwane, maze umwe muri bo akica mugenziwe, uwishe n'uwishwe bose bazoja mu muriro</t>
+  </si>
+  <si>
+    <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Bakra (Imana Allah Imwishimire) yavuze ati: "Narigeze kwumva Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Iyo abislamu babiri bakuye imipanga (canke inkota zabo) mu rwubati ngo barwane, maze umwe muri bo akica mugenziwe, uwishe n'uwishwe bose bazoja mu muriro". Naciye mvuga mbaza nti: "Ewe Ntumwa y'Imana! Ku wishe, birumvikana igitumye ahanwa, none uwishwe wewe azira iki?". Yaciye yishura ivuga iti: "Azira ko na we nyene yari arajwe ishinga n'ukwica mugenziwe iyo atamwitanga".</t>
+  </si>
+  <si>
+    <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
+واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aratwiganira ko iyo abislamu babiri bakuye imipanga cane inkota mu rwubati ngo babikoreshe mu kurwana, maze umwe wese muri bo akarazwa ishinga n'ukwikiza mugenziwe ngo amwice; uwishe uwundi azoja mu muriro ku caha kigaragara co kwica mugenziwe. Aha ingendanyi zaragize impungenge ku wishwe, zishaka kumenya igituma yohanwa akaja mu muriro, zica zibaza ziti: bishoboka gute ko yoja mu muriro kandi ari we yishwe?, Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaciye azimara impungenge ku gituma uwishwe ahanwa mu muriro, ko na we nyene yari yararajwe ishinga n'ukwica mugenziwe, akaba yabujijwe kumwica n'uko yamwitanze akamwica.</t>
+  </si>
+  <si>
+    <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
+التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
+القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
+مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
+ إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
+  </si>
+  <si>
+    <t>Umuntu guhabwa igihano ku mvo z'ukuzirikana no kugira ishaka mu mutima wiwe ryo gukora icaha hamwe no gutegura ibituma yokora nya caha.
+Ukwihaniza cane gukora ivyotera indwano mu bislamu bamwe ku bandi, hamwe no kugenerwa igihano c'umuriro.
+Ukurwana hagati y'abislamu ku mvo z'ukuri zumvikana, ntikiri mu bituma bagenerwa igihano. Akarorero, ni nko kurwanya abagenzwa n'akarenganyo n'ubwononyi kw'isi.
+Uwukoze icaha rutura, ntafatwa nk'umugarariji kuko gusa akoze nya caha; kuko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) muri iyi nyigisho y'intumwa, yise abislamu abahanganye babiri ku rugamba.
+Iyo abislamu babiri bahanganye bitwaje ibirwanisho bagakoresha ico ari co cose cica, maze umwe muri bo akicisha nya kirwanisho mugenziwe, uwishe n'uwishwe bompi, bazoja mu muriro. Ivugwa ry'ikirwanisho c'umupanga (canke inkota) muri iyi nyigisho y'intumwa, ryakoreshejwe mu gutanga akarorero gusa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4304</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Iciza, ni umuntu kurangwa n'imigenzo myiza; igicumora na co, ni kirya giteye amadidane mu gikiriza cawe, ukanka n'uko abantu bomenya ko wagikoze</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Al-Nawwaasi mwene Sim'aani Al-Answaariy (Imana Allah Imwishimire) yavuze ati: "Narigeze kubaza Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ku bijanye n'iciza n'igicumuro, ivyo ari vyo, ica yishura iti: "Iciza, ni umuntu kurangwa n'imigenzo myiza; igicumora na co, ni kirya giteye amadidane mu gikiriza cawe, ukanka n'uko abantu bomenya ko wagikoze".</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yarabajijwe ku vyerekeye iciza n'ikibi, ivyo ari vyo, aca avuga yishura ati:
+Igihambaye mu biranga iciza, ni umuntu kurangwa n'imigenzo myiza ku Mana Allah, ibonekera mw'igamburukiramana, hamwe no kurangwa n'imigenzo myiza ku bantu, ibonekera mu kwihanganira ibangamira ryabo, gushavura gake kabaho, gushwashwanuka mu maso, kuyaga amajambo meza, kwunga ubuvandimwe, kwumvira Imana Allah, kugira impuhwe n'ubugwaneza, kubana neza n'abandi.
+Nayo igicumuro, ni kirya wumva gihehera mu mushaha mu bintu bitera amazinda, maze kikaguma kikuryohereza kugikora ariko umutima ukakwankira, ukagumana amakenga n'ubwoba butewe n'ukwiyumvamwo ko kugikora ari igicumuro, ukanka n'ukukigaragariza abantu kuko giteye isoni ku bantu bisoneye, b'intungane, ivyo bigaterwa n'uko muri kamere k'umuntu, akunda kugaragariza abantu ivyiza akora, bishitse rero ko yanka ko bimwe mu vyo akora bigaragara, abantu bakabimenya, iyo rero umuntu yanse ko bimwe mu vyo akora bigaragara ku bantu bakabimenya, ico kiba ari igicumuro, nta ciza namba kiba kirimwo.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Uguhimiriza abantu kurangwa n'imigenzo myiza; kuko ukurangwa n'imigenzo myiza kiri mu bihamabaye biranga ivyiza.
+Ukuri n'ikinyoma, ntivyigera vyitiranwa ngo umwemeramana ananirwe kubitandukanya, ahubwo araheza akamenya ukuri yisunze umuco uri mu mushaha wiwe, akanahunga ikinyoma akaciyamiriza.
+Biri mu bimenyetso vyerekana ko ikintu ari igicumuro, kudatekanirwa ku mutima igihe c'ukugikora, hamwe n'ukwanka ko abantu bamenya ko wagikoze.
+Al-Sindiy yavuze ati: "Iyi ngingo yerekeye ibintu biteye amazinda, ari na vyo abantu badaheza ngo bamenye ico bohitamwo muri vyo (ku kutamenya ikiziruye canke ikizira muri vyo); ahandi ho bitagenze ukwo, igitegetswe mu mabwirizwa ata cemezo kigaragara gifise, kikaba kitari no muri ivyo bizindanye, kiba ari iciza;  ikibujijwe gukora na co, kiba ari igicumuro nk'uko nyene; ntibinakenewe rero (mu gukora igitegetswe no mu kureka ikibujijwe), kubanza kubaza umutima no kuronka ituze ryawo".
+Ababwirwa muri iyi nyigisho y'intumwa, ni barya bantu bose barangwa n'ukuba bakigendera imigenzo-ndemanwa itaratituka, si barya bafise imitima yakebanye itazi iciza ngo igihurumbire, eka ntimenye n'ikibi ico ari co kiretse birya yonkejwe n'ivyipfuzo vy'umushaha wiwe.
+Al-Twayyibiy yavuze ati: "Mu gusigura iciza "al-birru" kivugwa muri iyi nyigisho, haratanzwe insiguro zitandukanye, hari ahatanzwe insiguro yuko ari kirya kintu umuntu akora atekaniwe ku mutima; hari n'ahandi hatanzwe insiguro yuko ari ukwemera, hakaba n'ahandi casiguwe ko ari kirya kintu kikwegereza ku Mana Allah, ng'aha naho kikaba casiguwe ko ari umuntu kurangwa n'imigenzo myiza; imigenzo myiza ivugwa ng'aho, ni umuntu kwihanganira ibangamira ry'abantu, ugushavura gake gashoboka, gushwashwanuka mu maso hamwe n'ukuvuga amajambo meza. Izi nsiguro zose rero uziravye, ziregeranye mu co zishaka gushikako.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4308</t>
+  </si>
+  <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Burya idini ry'ubwislamu rishingiye ku guhanurana (ritsimbatazwa mu guhanurana)</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Tamiimu Al-Daariy (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), yavuze ati: "Burya idini ry'ubwislamu rishingiye ku guhanurana (ritsimbatazwa mu guhanurana)", abari ng'aho muri twebwe, duca tuvuga tubaza duti: "Ugahanurana kuvugwa ng'aha, kwerekeye nde? gukorwa gute? ", araheza yishura ati: "Ni ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah, ukwemera n'ukwemanga ibiri mu Gitabu cayo, ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo, ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, hamwe rero n'ukwibutsa abislamu muri rusangi; ko bubaha bakanagendera  amabwirizwa y'Imana Allah".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko idini ry'ubwislamu ryubakiye kw'izirikanamana (ku gutumbera Imana Allah) no ku kuvuga ukuri kugira rishirwe mu ngiro nk'uko ryabwirijwe n'Imana Allah, ata gahaze ata n'uruhendo bigiyemwo.
 Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) rero, yaciye abazwa ati: Ugahanurana kuvugwa ng'aha, kwerekeye ba nde? Gukorwa gute? Araheza yishura ko:
 Ubwa mbere: Ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah Nyenukuninahazwa na Nyenuguhabwicubahiro nta ngere, bigirwa mu gutumbereza igikorwa kuri Yo no mu kwemera Imana Imwe Rudende Allah ata kuyibangikanya mu bubungabunzi bw'ibiremwa "TAWHIIDU L-RUBUUBIYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya mu gusengwa "TAWHIIDU L-ULUUHIYYA"; mu kwemera Imana Imwe Rudende Allah ata kuyibangikanya mu mazina n'amatazirano yayo "TAWHIIDU L-AL-ASMAA-I WAL-SWIFAAT", ukwubaha n'ukwubahiriza amabwirizwa yayo, hamwe rero n'ukurarikira abantu kuyemera.
 Ubwa kabiri: Ukwemera n'ukwemanga ibiri mu Gitabu cayo, na co kikaba ari Qor'ani nyeranda, maze tukemanga ko ari amajambo yayo, n'uko ari Igitabu cayo casozereye ibindi Bitabu vyayo, n'uko cabisubiriye mu mabwirizwa yavyo, tukanacubaha tukacubahiriza, maze tukagisoma ukuri kw'ukugisoma, tugashira mu ngiro ingingo zayo zitunganye zitavuguruzwa (al-muhkam), tukemera n'ingingo zayo zididanye (al-mutashaabih), tukanagikingira gusigurwa nabi n'abarajwe ishinga n'uguhengamika ingingo zayo, tukanyurwa n'inyigisho z'ibirimwo, tugasasagaza n'ubumenyi bwayo, tukanararikira abantu kugikurikira.
@@ -1336,113 +1538,186 @@
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) iratomora ko mu vy'ukuri Imana Allah Yageze ivyiza n'ibibi, hanyuma Iraheza Itomorera abamalayika babiri ukungene bazovyandika Iti:
 Uwo wese azozirikana agafata ingingo yo gukora iciza, ko kizokwandikwa ko ari iciza kimwe n'aho atazoba yagishize mu ngiro; niyaramuka agishize mu ngiro naho, ko azogihemberwako ivyiza, kigwijwe cumi gushika ku vyiza bigwijwe incuro amajana indwi, ahubwo mbere n'ibirenga gushika ku vyiza bigwijwe incuro nyinshi. Igwizwa ry'indishi y'iciza rero, yisunga urugero rw'izirikanamana riri mu mushaha, hamwe n'ukuba nya ciza gifitiye akamaro abandi, n'ibindi nk'ivyo.
 N'uwo wese azozirikana agafata ingingo yo gukora ikibi hanyuma ntagishire mu ngiro ku bw'Imana Allah; Intumwa y'Imana iratomora ko azocandikirwako iciza kimwe; aramutse aretse gukora nya kibi ku mvo z'ugufatirwa hamwe n'ukudashobora gukora ibituma yogishikako, nta na kimwe azokwandikirwa; niyakireka ku mvo z'ukunanirwa kugikora naho, azokwandikwako izirikanagikorwa ryiwe ribi; aramutse agishize mu ngiro rero, azocandikwako ikibi kimwe gusa.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Kwerekana ivyiza bihambaye Imana Allah Yageneye abantu barungikiwe Intumwa Muhamadi (nyakugira amahoro n'impuhwe z'Imana Allah), mu kwandikirwa no mu kugwirizwa ku Mana Allah ivyiza bakora, no mu kutagwirizwa ibibi bakora.
 Agaciro k'izirikana-gikorwa n'ingaruka zaryo mu vyo umuntu akora.
 Ivyiza vy'Imana Allah Nyeniteka n'icubahiro nta ngere, ikigongwe cayo hamwe n'ubugwaneza bwayo mu kwandikira indishi z'iciza, uwuzirikanye nya ciza n'aho yoba atashoboye kugishira mu ngiro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4322</t>
   </si>
   <si>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
+  </si>
+  <si>
+    <t>Mu vyukuri, Imana Allah ntiraba ingene musa n'uko muremye, eka ntinaraba amatungo yanyu, ariko Iraba ibiri mu mitima yanyu hamwe n'ibikorwa vyanyu vyiza mwakoze</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vyukuri, Imana Allah ntiraba ingene musa n'uko muremye, eka ntinaraba amatungo yanyu, ariko Iraba ibiri mu mitima yanyu hamwe n'ibikorwa vyanyu vyiza mwakoze".</t>
+  </si>
+  <si>
+    <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
+ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aratomora ko Imana Allah Nyenukuninahazwa na Nyenuguhabwicubahiro nta ngere Itaraba ishusho n'indemo vy'abaja bayo; ko bihimbaye canke bidahimbaye ababibona! Ko bafise imibiri idoshe mininiminini canke inamvye mitomito! Canke ko imibiri yabo ifise amagara meza canke isinzikajwe n'indwara! Eka ntinaraba amatungo yabo, ko ari menshi canke make! Kuko Imana Allah Nyenintsinzi na Nyenicubahiro, ntizohanira abaja bayo canke ngo Ibaharurire kuri ibi bidondaguwe n'ukungene bagenda babisumbasumbanamwo, ahubwo nyabuna Iraba ibiri mu mitima yabo, mu kuba umuntu arangwa n'igamburukiramana, yizera nya kwizera, avuga ukuri, agira izirikanamana mu gihe c'ukurangura ibikorwa, canke mu kuba umuntu arangwa n'ukwiyerekana n'ukurondera kuyagwa neza n'abantu, Igaheza kandi Ikaraba ibikorwa vyabo bakora, mu kuba bitunganye canke vyononekaye; maze Ikavyakira Ikabibahembera canke Ikavyanka Ikabibarekera.</t>
+  </si>
+  <si>
+    <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
+صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
+لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
+التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
+  </si>
+  <si>
+    <t>Ukwitwararika itunganya ry'umutima, hamwe n'isukura ryawo mu kuwusukura na birya bibi vyose biwusivya.
+Itungana ry'umutima rigirwa n'izirikanamana "ikhlaasw", iryohora ry'ibikorwa rigirwa n'ugukurikira Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) "mutaaba'a", ivyo vyompi rero, ni vyo Imana Allah Nyenuguhabwicubahiro Iraba Ikanaha agaciro.
+Umuntu burya ntakwiye kwihenda mu kwishimira amatungo yiwe, canke ubwiza bw'ishusho ryiwe, canke indemo y'umubiri wiwe, eka ntakwiye no kwishimira ikintu na kimwe mu bihendamaso vy'isi.
+Ukwihaniza umuntu ko adakwiye kwitwararika gusa ishusho ry'ibiboneka yirengagiza itunganywa r'ibihishije mu mushaha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4555</t>
+  </si>
+  <si>
     <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>Mu vy'ukuri, Imana Allah hamwe n'Intumwa yayo Baraziririje kugurisha inzoga, kwihereza intumvyi n'ingurube, hamwe rero n'isengwa ry'ibigirwamana</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Jaabiri mwene Abdullaahi (Imana Allah Imwishimire) yavuze ko yumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) iri i Makka mu mwaka w'ihabuzwa ry'igisagara ca Makka, ivuga iti: "Mu vy'ukuri, Imana Allah hamwe n'Intumwa yayo Baraziririje kugurisha inzoga, kwihereza intumvyi n'ingurube, hamwe rero n'isengwa ry'ibigirwamana". Maze umuntu umwe mu bari aho aca avuga ati: "Ntumwa y'Imana! Ubona gute mu gihe ibinure vyokurwa ku ntumvyi! Mu vy'ukuri, ivyo binure birakoreshwa mu gusiga ku mbaho zikoreshwa mu kwubaka ubwato, bigasigwa no ku nsato kugira zorohe, eka n'abantu nyene baravyisiga, vyoba birekuwe?". Intumwa ica yishura iti: "Ihibambewe! Ivyo binure kirazira kuvyikorako". Hanyuma ico gihe Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yaciye ivuga iti: "Abayahudi barakicwa n'Imana Allah! Ni ukuri, igihe Imana Allah Yaziririza ibinure vy'intumvyi ku bayahudi, barabihinguye baca baravyikorako mu kubigurisha, hanyuma bafungura igiciro cavyo".</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>Jaabiri mwene Abdullaahi (Imana Allah Ibishimire bompi) yarumvise Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ari i Makka mu mwaka w'ihabuzwa ry'igisagara ca Makka avuga ati: Mu vy'ukuri, Imana Allah hamwe n'Intumwa yayo Baraziririje igurishwa ry'inzoga, ukurya intumvyi n'ingurube, hamwe rero n'ugusenga ibigirwamana; maze umwe mu bari ng'aho aca avuga abaza Intumwa ati: Ewe Ntumwa y'Imana! Mbega vyoba birekuwe ko tugurisha ibinure bivuye ku ntumvyi?  Kuko mu vy'ukuri, birakoreshwa bigasigwa ku bwato bwunguruza abantu, bigasigwa no ku nsato, bikanakoreshwa n'abantu mu kwatsa amatara, Intumwa ica yishura iti: Ihibambewe!  Ntibirekuwe. Ukubigurisha kirazira kikaziririzwa. Hanyuma ni ho (nyakugira amahoro n'impuhwe z'Imana Allah) yaca ivuga iti: Burya Imana Allah Yahoneje abayahudi Yongera Irabavuma. Mu vy'ukuri, igihe Imana Allah Yaziririza ku bayahudi ibinure vy'ibitungwa, baciye babiyaza birayonga, maze baca bagurisha amavuta yavyo, baraheza bafungura igiciro cavyo".</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
     <t>Al-Nawawiy yavuze ati: "Intumvyi, inzoga hamwe n'ingurube, abislamu bose barahurije ku ngingo y'iziririzwa ryo kugurisha kimwe cose muri vyo".
 Al-Qaadwi yavuze ati: "Iyi nyigisho y'intumwa ihurikiyemwo ingingo yemeza ko ikintu cose kitarekuwe kuribwa no kucikorako, kiba kizira no kukigurisha, eka no kurya igiciro caco biba bizira, nk'uko biri muri iyi ngingo yerekeye iziririzwa ry'ibinure rivugwa muri iyi nyigisho y'intumwa".
 Ibnu Hajar yavuze ati: "Imvugo y'iyo nyigisho irerekana inguvu y'ico abenshi bayitahuyemwo ko imvugo ivuga iti: "Ivyo binure kirazira kikaziririzwa kuvyikorako", yerekana ko ikizira ari ukuyagurisha, atari ukuyikorako".
 Urwenge rwose rukoreshwa mu ntumbero yo kuzirura ikizira, ni ikinyoma ceruye ntirurekuwe.
 Al-Nawawiy yavuze ati: "Abamenyi bavuze ko iziririzwa ryo kugurisha intumvyi muri rusangi, rihurikiyemwo n'iziririzwa ryo kugurisha ikiziga c'umugararizamana mu gihe twomwica, maze abagararizamana bagasaba ko bamugura, canke ko bagira ico batanze mu kumugombora. Vyaranakiriwe mu nyigisho y'intumwa ko Nawfal mwene Abdullaahi Al-Makhzuumiy yishwe n'abislamu ku musi w'urugamba rwa Al-Khandaqi, maze abagararizamana bashaka kugombora ikiziga ciwe mu gutanga ibihumbi cumi vy'Amadirham bahereje Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), ntiyaheza ngo ayakire, aca abahereza nya kiziga ata co barinze gutanga".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4556</t>
   </si>
   <si>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>None burya Imana Allah ntiyabahaye ivyo mwotangako imperezwa!? Mu vy'ukuri, ininahaza n'itaziramana ryose "TASBIIH", ni imperezwa; ikuzamana ryose "TAKBIIR", ni imperezwa; ishimagizamana ryose "TAHMIID", ni imperezwa; iyemanga ry'uko Imana Allah ari Imwe Rudende "TAHLIIL", ni imperezwa; ukubwiriza abantu gukora ivyiza, ni imperezwa; ukubuza abantu gukora ibibi, ni imperezwa; vyongeye, no mu kurangura amabanga y'abubatse, harimwo imperezwa</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Dharri (Imana Allah Imwishimire) yavuze ko hari abantu mu ngendanyi z'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) bigeze kumubwira n'impungenge n'akantu bati: "Ewe Ntumwa y'Imana! Abatunzi baramaze gutwara indishi zose, basenga nk'uko dusenga, bagapfunga nk'uko dupfunga, bagaheza bagatanga imperezwa mu birenzeko mu matungo yabo"; aca abishura abahumuriza ati: "None burya Imana Allah ntiyabahaye ivyo mwotangako imperezwa!? Mu vy'ukuri, ininahaza n'itaziramana ryose "TASBIIH", ni imperezwa; ikuzamana ryose "TAKBIIR", ni imperezwa; ishimagizamana ryose "TAHMIID", ni imperezwa; iyemanga ry'uko Imana Allah ari Imwe Rudende "TAHLIIL", ni imperezwa; ukubwiriza abantu gukora ivyiza, ni imperezwa; ukubuza abantu gukora ibibi, ni imperezwa; vyongeye, no mu kurangura amabanga y'abubatse, harimwo imperezwa". Ba bantu baca bavuga mu gutangara n'akantu bati: "Ewe Ntumwa y'Imana! Vyumvikana gute ko umwe muri twebwe arangura amabanga y'abubatse mu kurondera kuryoherwa, hanyuma akabironkeramwo impera!?"; aca arabishura ibagondoza iti: "Mbega none mubona gute mu gihe yoronderera ukwo kuryoherwa mu bizira (mu gusambana), yokwandikirwa icaha?, ni nk'uko nyene rero no mu gihe aronderereye ukwo kuryoherwa mu birekuwe, araheza akandikirwa indishi".</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Bamwe mu bakene b'ingendanyi barashikirije Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) akarigangamuhogo kabo mu kumuganyira ukungene babayeho mu bukene butagira uko busa, bigatuma badashobora gutanga imperezwa ku matungo mu kurondera indishi nyinshi nka zirya izindi ngendanyi zitunze zironka mu gutanga; mu gihe izo ngendanyi zitunze zisenga nk'uko na twe dusenga, zipfunga nk'uko na twe dupfunga, zigatanga imperezwa mu birenzeko mu matungo yazo, mu gihe twebwe tudashoboye kuyitanga kubera ubukene dufise! Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaciye abereka ibikorwa bashoboye gutangako imperezwa, maze (nyakugira amahoro n'impuhwe z'Imana Allah) ababwira ati: None burya Imana Allah ntiyabahaye ivyo mushobora gukora mukaba mwokwandikirwa imperezwa!?Mu vy‘ukuri ukuvuga muti: "SUB-HAANA LLAAH", harimwo indishi y'imperezwa kuri mwebwe; ukuvuga muti: "ALLAHU AKBAR", harimwo indishi y'imperezwa kuri mwebwe; ukuvuga muti: "LAA ILAAHA ILLA LLAAH",  harimwo indishi y'imperezwa kuri mwebwe; ukubwiriza abantu gukora ivyiza, harimwo indishi y'imperezwa kuri mwebwe;  n'ukubuza abantu gukora ibibi, harinwo indishi y'imperezwa kuri mwebwe; vyongeye, mbere no mu kurangura kw'umwe muri mwebwe amabanga y'abubatse, harimwo indishi y'imperezwa kuri we. Ingendanyi zari ng'aho, zaciye zitangara, maze zivuga ziti: Ewe Ntumwa y'Imana! Vyumvikana gute ko umwe muri twebwe yoryoherwa muri iryo rangura ry'amabanga y'abubatse, hanyuma akabironkeramwo indishi!? Aca yishura aziha akarorero ati: Mubona gute mu gihe yorondera kuryoherwa mu gukora ibizira nko gusambana n'ibindi, yokwandikirwa icaha? Ni nk'uko nyene rero, no mu gihe yorondera kuryoherwa mu kurangura amabanga y'abubatse n'umukenyezi wiwe araheza akandikirwa indishi.</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Ihiganwa ry'ingendanyi mu gukora ivyiza, n'ukwitwararika kwazo kurondera indishi zihambaye n'ivyiza biva ku Mana Allah Nyenuguhabwicubahiro nta ngere.
+Ubwinshi bw'amoko y'ibikorwa vyiza birimwo indishi, n'uko mu bikorwa vyiza hahurikiyemwo kirya gikorwa cose umwislamu akora kw'izirikanagikorwa ryiza "niya" rijana n'izirikanamana "ikhlaasw".
+Ukworoha kw'ubwislamu, ku buryo umwislamu wese asanga hari ico ashoboye gukora kugira kimushikane kw'igamburukiramana.
+Al-Nawawiy yavuze ati: "Muri iyi nyigisho y'intumwa, harimwo icemezo cerekana ko ibitabujijwe gukorwa "mubaahaati" bishobora kuba igamburukiramana hisunzwe izirikanagikorwa "niya" vyakoranwe; ku buryo n'irangura ry'amabanga y'abubatse rishobora kuba igikorwa nyegerezamana "ibaada", mu gihe uwugikoze azirikanye kwubahiriza agateka k'umukenyezi n'umubano mwiza yategetswe n'Imana Allah Nyenuguhabwicubahiro nta ngere, canke akazirikana kuronswa ikibondo ceranda, canke kurondera kuryoherwa we hamwe n'umukenyezi wiwe mu buryo buzira gutandukira ibizira mu kubiraba, canke kuvyiyumvira, canke kuvyipfuza, canke akazirikana ibindi mu vyiza umuntu yipfuza birekuwe".
+Gutanga uburorero n'urugero umuntu yorabirako mu kumenya ikintu n'ikindi; kugira atahure kurusha yongere anyurwe n'ivyo yumvise.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4558</t>
+  </si>
+  <si>
     <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
   </si>
   <si>
     <t>Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse</t>
   </si>
   <si>
     <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Mas'uudi (Imana Allah Imwishimire) yavuze ko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
-    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ko mu vyakiriwe ku Bavugishwamanab'aho habere, maze abantu bakabihanahana hagati yabo nk'iragi inyuma y'ikinjana ku kindi, gushika n'aho bishikira aba mbere mu bantu narungitsweko, n’uko woraba ukihweza neza ico ugomba gukora, ubonye nya kintu kiri mu bidateye isoni, ugaheza ukagikora, wabona kiri mu biteye isoni, ugashoka ukireka; kuko burya ikibuza umuntu gukora ibibi, ni ukuba afise isoni, uwudafise isoni rero nta co aba yinona, araheza akihebera ibibi vyose vy'agahomerabunwa.</t>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ko mu vyakiriwe ku Bavugishwamana b'aho ha mbere, maze abantu bakabihanahana hagati yabo nk'iragi inyuma y'ikinjana ku kindi, gushika n'aho bishikira aba mbere mu bantu narungitsweko, n’uko woraba ukihweza neza ico ugomba gukora, ubonye nya kintu kiri mu bidateye isoni, ugaheza ukagikora; wabona kiri mu biteye isoni, ugashoka ukireka; kuko burya ikibuza umuntu gukora ibibi, ni ukuba afise isoni, uwudafise isoni rero nta co aba yinona, araheza akihebera ibibi vyose vy'agahomerabunwa.</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
   <si>
-    <t>Ukugira isoni, ni umushinge w'imigenzo n'ingeso vyiza.
+    <t>Ukugira isoni, ni umushinge w'imigenzo n'ingeso nziza.
 Ukugira isoni, ni kimwe mu nyifato n'imigenzo vy'Abavugishwamana (ba nyakugira amahoro y'Imana Allah), kiri no mu vyabaranze, ni n'iragi baraze abo barungitsweko.
-Ukugira isino, ni co kintu gituma umwislamu akore ibintu vyiza kandi bibereye, akanareka gukora ibintu bibi biteye urubwa.
-Al-Nawawiy yavuze ati: "Iyi ngingo ijanye n'ibirekuwe gukorwa "ibaaha", bisigura ko ushatse gukora ikintu ubanza ukaraba ko kibereye, usanze kiri mu bidateye isoni ku Mana Allah, eka no ku bantu nyene igihe wogikora, ugaheza ukagikora, wasanga bitari uko naho ukareka kugikora. Ubwislamu rero bugendera kuri iyi ngingo, ivyo bigasigura ko igitegetswe kiba ari ibwirizwa, ikibereye na co kikaba ari kirya (kimenyerewe) umuntu agira isoni iyo akiretse. Ikibujijwe na co kikaba ari kirya kizira, ikitabereye na co kikaba ari kirya umuntu agira isoni iyo agikoze, nayo ikirekuwe "mubaaha", umuntu kugira isoni iyo agikoze birarekuwe, ni nk'uko nyene kandi n'ukugikora. Iyi nyigisho y'intumwa rero, ihurikiyemwo amabwirizwa atanu. Hari n'abavuze ko iyi nyigisho irimwo ingingo yihaniza ku nkurikizi z'ivyo bintu, bisigura ko mu gihe utagira isoni, ukora ivyo ushatse; kuko Imana Allah Izoguhembere ivyo wakoze. Hari n'iyindi nsiguro yavuzwe ko iyi nyigisho irimwo ingingo ijanye n'uguhanura gusa, bisigura ko uwutagira isoni, akora ivyo yigombeye nta nkurikizi.</t>
+Ukugira isoni, ni co kintu gituma umwislamu akora ibintu vyiza kandi bibereye, akanareka gukora ibintu bibi biteye isoni (bimwambika urubwa).
+Al-Nawawiy yavuze ati: "Iyi ngingo ijanye n'ibirekuwe gukorwa "ibaaha", bisigura ko ushatse gukora ikintu ubanza ukaraba ko kibereye, usanze kiri mu bidateye isoni ku Mana Allah, eka no ku bantu nyene igihe wogikora, ugaheza ukagikora; wasanga bitari ukwo naho,  ukareka kugikora. Ubwislamu rero bugendera kuri iyi ngingo, ivyo bigasigura ko igitegetswe kiba ari ibwirizwa, ikibereye na co kikaba ari kirya (kimenyerewe) umuntu agira isoni iyo akiretse. Ikibujijwe na co kikaba ari kirya kizira, ikitabereye na co kikaba ari kirya umuntu agira isoni iyo agikoze;  nayo ikirekuwe "mubaaha", umuntu kugira isoni iyo agikoze birarekuwe, ni nk'uko nyene kandi n'ukugikora. Iyi nyigisho y'intumwa rero, ihurikiyemwo amabwirizwa atanu. Hari n'abavuze ko iyi nyigisho irimwo ingingo yihaniza ku nkurikizi z'ivyo bintu, bisigura ko mu gihe utagira isoni, ukora ivyo ushatse; kuko Imana Allah Izoguhembera ivyo wakoze. Hari n'iyindi nsiguro yavuzwe ko iyi nyigisho irimwo ingingo ijanye n'uguhanura gusa, bisigura ko uwutagira isoni, akora ivyo yigombeye ata co yinona.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4559</t>
   </si>
   <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Mu vy'ukuri ibikorwa vyose bihabwa impembo hisunzwe amazirikana-gikorwa vyakoranwe, kandi burya mu vy'ukuri umwe wese arafise ku mushaha ico yazirikanye</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Omari mwene Al-Khattwaabi (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: Mu vy'ukuri,  ibikorwa vyose bihembwa impembo hisunzwe izirikana-gikorwa vyakoranwe;  kandi burya mu vy'ukuri, umwe wese arafise ku mushaha ico yazirikanye, uwo wese rero ukwimuka kwiwe kuzoba ari ku bw'Imana Allah n'Intumwa yayo, ukwimuka kwiwe kuzokwakirwa ku bw'Imana Allah n'Intumwa yayo; nayo uwuzoba ukwimuka kwiwe ari ku bw'isi n'ibihendamaso vyayo arondera, canke kukaba ari ku mvo z'ugukurikira umugore ashaka kwubakana nawe, ukwimuka kwiwe kuzokwakirirwa ku mvo z'ivyatumye yimuka". Mu majambo yakoreshejwe mu vyashikirijwe na Al-Bukhaariy: "Mu vy'ukuri ibikorwa vyose bihabwa impembo hisunzwe amazirikana-gikorwa vyakoranwe, kandi burya mu vy'ukuri umwe wese arafise ku mushaha ico yazirikanye".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aratomora ko ibikorwa vyose bihabwa agaciro k'indishi hisunzwe izirikana-gikorwa vyakoranwe. Iyi ni ingingo rusangi yerekeye ibikorwa vyose, vyaba ari ibikorwa nyegerezamana canke ibikorwa bijanye n'itunganywa ry'imirimo ya misiyose; ni ukuvuga ko uwugize ico akora aharanira inyungu z'ivy'isi (mu ntumbero yo kurondera ico yogikuramwo ng'aha kw'isi), nta co azoheza ngo ahembwe kiretse mu kuronswa ico nyene yazirikanye kurondera, nta n'impembo azoheza ngo akironkere mu buzima bw'inyuma yo gupfa; nayo uwugize ico akora mu ntumbero yo kwiyegereza Imana Allah, azoheza agihemberwe indishi n'impera n'aho coba ari igikorwa gisanzwe cane; nko gufungura n'ukunywa.
 Hanyuma (nyakugira amahoro n'impuhwe z'Imana Allah) yaratanze akarorero mu kwerekana inkurikizi y'izirikana-gikorwa mu vyo abantu bakora n'aho boba babikoze mu buryo bumwe uravye ukungene babikoze, aho yerekanye ko uwazirikanye mu kwimuka ataye urwiwe arondera gushimwa n'Imana yiwe Rurema Allah, azoheza agahabwa impembo y'ukwimuka kwemewe ku bw'Imana Allah hisunzwe izirikana-gikorwa ryiwe;  nayo uwazirikanye mu kwimuka kwiwe, guharanira inyungu z'ivy'isi (kurondera ibihendamaso vy'isi), mu matungo, canke mu vyubahiro, canke mu rudandazwa, canke umukenyezi, azoheza agahabwa impembo y'ukwimuka kwiwe, mu kuronswa ivyo yazirikanye bigatuma yimuka, nta n'umugabane w'impembo azoronka mu buzima bw'inyuma yo gupfa.</t>
   </si>
@@ -1492,95 +1767,235 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Ubwiza bw'imico n'imigenzo vy'Intumwa (nyakugira amahoro n'impuhwe z'Imana Allah), n'uko yicarana n'ingendanyi ziwe, na zo zikicarana na yo.
 Birarekuwe kugirira impuhwe n'ikigongwe uwubaza n'ukumwiyegereza hafi; kugira ashishikare kubaza ikimubakiye mu mwidegemvyo ata gutinya.
 Urupfasoni rusabwa ku mwigishwa imbere y'umwigisha; nka kurya Jibrili (nyakugira amahoro y'Imana Allah) yabigenjeje, aho dusanga yaricaye imbere y'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) inyicaro y'uwurangwa n'urupfasoni rusabwa mu kurondera ubumenyi.
 Inkingi z'ubwislamu zitanu, n'inkingi z'ukwemera zitandatu.
 Iyo havuzwe ubwislamu n'ukwemera mu ryungane rimwe, muri ico gihe ubwislamu buhabwa insiguro y'ibikorwa bigaragara vy'ibihimba, ukwemera na kwo kugahabwa insiguro y'ibikorwa vy'umushaha bihishije mu mutima.
 Kugaragaza ko idini rihurikiyemwo inzego zigenda zisumbasumbana ingero; urwego rwa mbere rukaba ari ukwicisha bugufi "al-islaamu", urwa kabiri rukaba ari ukwemera "al-iimaanu", urwa gatatu rukaba ari ubugwaneza "al-ihsaan", uru ruhereza rukaba ari rwo ruhanitse cane.
 Igisanzwe ku muntu abaza, ni uko abaza ico adafitiye ubumenyi; ukutagira ubumemyi ku kintu rero, ni yo mvo ituma umuntu abaza, ni na co gituma ingendanyi zatangajwe n'ukuba Jibrili yarabajije agaca ashimangira inyishu mu kuyemeza.
 Gutangurira ku gihambaye cane kurusha mu kwigisha hagakurikira igihambaye; kuko Jibrili mu kubaza yahereye ku kwemera ibintu nyamukuru bibiri mu kwerekana insiguro y'ubwislamu, araheza akurikiza ikibazo ku vyerekeye ukwemera Imana Allah mu kwerekana insiguro y'ukwemera.
 Kubaza abahawe ubumenyi ico umuntu ashobora kuba afitiye inyishu mu ntumbero yo gushaka kwigisha abandi.
 Ubumenyi bw'isango umuhero w'isi uzoshikirako, kiri mu bumenyi Imana Allah Yiharije Yonyene.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4563</t>
   </si>
   <si>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
+  </si>
+  <si>
+    <t>Reka gukora ibiguteye amakenga, maze utandukire gukora ibitaguteye amakenga; kuko mu vy'ukuri, ukuri kujana n'ituze ry'umushaha, ni ukuri n'ikinyona nyene kijana n'ukugira amakenga</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Al-Hawraa-i Al-Sa'diy yavuze ati: "Narabwiye Hasani mwene Ali (Imana Allah Ibishimire bompi) nti: "Ni ibiki wafashe ku mutwe wavyumvise ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah)?", aca yishura avuga ati: "Nafashe ku mutwe mu vyo numvise ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) inyigisho ivuga iti: "Reka gukora ibiguteye amakenga, maze utandukire gukora ibitaguteye amakenga; kuko mu vy'ukuri, ukuri kujana n'ituze ry'umushaha, ni ukuri n'ikinyona nyene kijana n'ukugira amakenga".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yarategetse ko igiteye amakenga mu majambo no mu bikorwa mu kuba kirekuwe canke kibujijwe, canke mu kuba kiziruye canke kizira, umuntu akireka maze agatandukira gukora ikitamuteye amakenga mu bintu azi neza ko ari vyiza kandi birekuwe; kubera ko umutima w'umuntu utekana mu kubikora; ibiteye amakenga na vyo mu kubikora umutima wiwe ukazindanirwa.</t>
+  </si>
+  <si>
+    <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
+النهي عن الوقوع في الشبهات.
+إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
+رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
+  </si>
+  <si>
+    <t>Ni ngombwa ku mwislamu, ko yubakira ivyo akora ku bumenyi buzira amakenga, gutyo akareka gukora ibimuteye amakenga, maze mu vyerekeye idini ryiwe akama yagavye.
+Ukubuza umuntu kugwa mu biteye amazinda "shubuhaati".
+Niwashaka gutekanirwa n'ukuruhuka ku mutima, urareka gukora ibiguteye amakenga maze uvyirinde mu kuvyigira kure.
+Impuhwe z'Imana Allah ku baja bayo mu kuba Yabategetse ibibaruhura bigatuma batekana ku mutima, no mu kuba Yababujije gukora ibibajuragiza bikabazazanira.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4564</t>
+  </si>
+  <si>
     <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>Agahimba kose mu bihimba vy'umubiri w'umuntu, karafise imperezwa kotanga maze umuntu akayihemberwa</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Agahimba kose mu bihimba vy'umubiri w'umuntu, karafise imperezwa kotanga maze umuntu akayihemberwa. Buri musi izuba riserutse rero, maze umuntu agatunganiriza abantu babiri batase, iba ari imperezwa ahemberwa, afashije umuntu mu kumwuriza ku gitwazi ciwe canke mu kumuterurira udukoresho twiwe akadushira kuri nya gitwazi, iba ari imperezwa ahemberwa, eka ni n'ijambo ryiza rihumuriza umuntu avuze, iba ari imperezwa ahemberwa, n'intambwe umuntu ateye aja gusenga, iba ari imperezwa ahemberwa, n'ugukura mu nzira ikibangamira abarengana, iba ari imperezwa ahemberwa".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko umwislamu uwo ari we wese amaze kugera mu bigero, agahimba kamwekamwe mu duhimba tw'umubiri wiwe, buri musi gafise igikorwa kokora ku bw'Imana Allah Nyenuguhabwicubahiro nta ngere, umuntu agaheza akagihemberwa impembo y'imperezwa, maze akagikora mu ntumbero yo gushimira Imana Allah ku nema y'amagara meza Yamuhaye, no ku nema yuko Yamuremeye amagufa mu duhimba dutuma ashobora kuyapfunya no kuyagorora Yaranatomoye n'uko iyo mperezwa itangwa mu gukora ibikorwa vy'ubugwaneza, n'uko idatangwa gusa mu guhereza amatungo, muri ivyo bikorwa rero, ni uko: Ukudahengama kwawe mu gutunganiriza abatase hamwe no mu kubumvikanisha, ni imperezwa. N’iyo ufashije umuntu mu kumwuriza ku gitwazi ciwe, canke mu kumuterurira kuri nya gitwazi ivyo adashoboye guterura, ni imperezwa; N’ijambo ryiza rigizwe n'ininahaza n'itaziramana, igisabisho, indamutso y'amahoro, n'ayandi majambo meza ahumuriza, ni imperezwa; N’intambwe yose umuntu ateye aja gusenga, ni imperezwa; N’ugukura ibibangamira abarengana mu nzira, ni imperezwa.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>Inyubako y'amagufa ya kiremwa-muntu mu buryo bumworohereza kuyakoresha, ni inema ihambaye cane mu nema z'Imana Allah Nyenuguhabwicubahiro nta ngere Yahaye umuntu, ni ngombwa rero ko atangira imperezwa igufa ryose mu magufa yiwe, mu ntumbero yo gushimira Imana Allah kuri iyo nema.
 Ugukundisha umuntu kwama yibuka buri musi ugushima inema yahawe kugira nya nema azozamane mu bihe vyose.
 Ugukundisha umuntu kwamizako buri musi ugukora ibikorwa vy'inyongera hamwe n'imperezwa zitandukanye.
 Akamaro n'ivyiza biri mu kunywanisha abantu.
 Ihimirizwa ry'umuntu gufasha mugenziwe, kuko ukwo kumufasha ari imperezwa.
 Ihimirizwa ry'umuntu kuja ahakorerwa ibikorwa nyegerezamana bihuza abantu benshi, hamwe rero no gutsimbataza ibikorerwa mu misigiti.
 Ni ngombwa kwubaha ukubahiriza agateka k'inzira abislamu bacamwo, mu kwirinda kuyisivya n'ibibangamira  canke ibigeramira abarengana.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4568</t>
   </si>
   <si>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
+  </si>
+  <si>
+    <t>Uraba kw'isi nk'aho woba uri umushitsi canke ingenzi iri ku rugendo</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abdullahi mwene Omari (Imana Allah Ibishimire bompi) yavuze ati: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yafashe ku bitugu vyanje ica imbwira iti: "Uraba kw'isi nk'aho woba uri umushitsi canke ingenzi iri ku rugendo". Mwene Omari rero yahora avuga ati: "Niwabona wiriwe, ntukarindirize igikorwa gushika mu gitondo; niwabona wiriwe naho,  ntukarindirize igikorwa gushika ku mugoroba; uraheza rero ukore mu gihe ufise amagara meza ibizogufasha niwakikwa n'amagara ukaremba; uheze ukore no mu buzima bwawe, ibizogufasha niwamara gupfa".</t>
+  </si>
+  <si>
+    <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
+فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
+فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
+  </si>
+  <si>
+    <t>Mwene Omari (Imana Allah Ibishimire bompi) yavuze ko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yamufashe ku bitugu aca amubwira ati: Uraba kw'isi nk'aho woba uri umushitsi aje mu gihugu ata muhana agifisemwo akikamwo umusaya, ata muteramyi afise amuremesha, ata n'umuryango canke imigenderanire mu kibano ahafise, bituma ataronka umwanya wo kwitwararika ibikorwa vy'Imana Rurema Allah, ahubwo mbere urarenza aho, uheze ube nk'ingenzi iri ku rugendo mu nzira iyishikana ku gatumba mu gihugu cayo; kuko burya umushitsi hari igihe bishika agahitamwo kuba mu kindi gihugu, bitandukanye n'ingenzi iri ku rugendo ruyiganisha mu gihugu cayo, uyu araheza akitwararika kutiremereza no kudahagarara ahadakenewe arajwe ishinga n'ugushika mu gihugu ciwe. Kurya rero uwuri ku rugendo adakenera kwitwaza ibimuremera birengeye impamba n'induhuro bimushikana iyo aroye, ni nk'uko nyene n'umwemeramana abigenza mu buzima bwo kw'isi, ntakenera vyinshi birenze ku vyomushikana iyo aroye (mu buzima bw'inyuma yo gupfa).
+Iyi mpanuro rero, Mwene Omari yarayigendeye aho yahora avuga ati: Niwaramuka ugeze mu gitondo, ntukarindirize ico ushaka gukora gushika ku mugoroba; niwirirwa naho ukabona ugeze ku mugoroba, ntukarindirize ico ushaka gukora gushika mu gitondo, maze rero wiharure mu bapfuye bari mu mva; kuko mu buzima uwutagize amagara meza ntabura kurwara; mu gihe ugifise amagara meza rero, ba uhurumbira ibikorwa vy'iyumviramana bizogufasha igihe wakitswe n'amagara ukarwara, maze witwararike gukoresha umwanya wawe mu gukora ibikorwa vyiza bitegetswe imbere yuko indwara iguciramwo, ukoreshe n'ubuzima bwawe bwo kw'isi mu kugwiza umwimbu w'ibizogufasha mu nyuma y'urupfu rwawe.</t>
+  </si>
+  <si>
+    <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
+الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
+حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
+اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
+ بيان قِصَر الأمل، والاستعداد للموت.
+ الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
+المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
+فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
+وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
+  </si>
+  <si>
+    <t>Umwigisha gushiraikiganza ciwe ku bitugu vy'umwigishwa igihe ariko aramwigisha, biramuremesha bikamutuma yitwararika inyigisho gusumba.
+Ugutangurira ku mpanuro ku wutabigusavye.
+Ukwigisha neza kwaranze Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) mu gutanga uburorero bugondoza umwigishwa; nko kuvuga ati: "Uraba kw'isi nk'aho woba uri umushitsi canke ingenzi iri ku rugendo".
+Itandukana ry'abantu mu rugendo rwabo rwo kw'isi bagagana mu buzima bw'inyuma yo gupfa; kuko burya kubaho nk'ingenzi iri ku rugendo, ni ikintu kiri ku rugero rwo hejuru cane mu kwirengagiza ivy'isi, rusumba urugezo rwo kuvyirengagiza nk'aho umuntu yoba ari umushitsi.
+Ukwerekana ko umuntu akwiye kudahahamira ivy‘isi akanitegurira urupfu (kugira umwizigiro muke mu vy'isi ujana n'ukwitegurira urupfu).
+Iyi nyigisho y'intumwa, si icemezo c'uko umuntu areka kurondera ibimubeshaho no kureka kuryoherwa n'ivy'isi; ariko, ni icemezo c'uguhimiriza abantu ukwirengagiza ivy'isi, no kwiremururira kuri vyo (umuntu akagenza gake).
+Ukwihutira gukora ivyiza bitegetswe imbere yuko hagera igihe umuntu aba atagishoboye kubikora (ku mvo z'ugukikwa n'amagara canke ubusaza), gutyo indwara canke urupfu bikamukubiranya ata co arimarira.
+Icubahiro ca Abdullahi mwene Omari (Imana Allah Ibishimire bompi), aho dusanga yaranyuzwe n'iyi nyigisho yahawe n'Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah).
+Agatumba n'igihugu vy'umwemeramana ni Ubwami bw'ijuru; gutyo akaba kw'isi nk'aho yoba ari umushitsi buca kabiri akigira, canke ingenzi iri ku rugendo rumuganisha mu buzima bw'inyuma yo gupfa, ntaheza rero ngo agumize agatima ku kintu na kimwe mu biri mu gihugu kitari iciwe, ahubwo nyabuna agumiza agatima ku gatumba no ku gihugu vyiwe azogarukamwo, gutyo agacumbika kw'isi kugira arondere utwo akeneye n'impamba bimushikana ku gatumba no mu gihugu vyiwe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4704</t>
+  </si>
+  <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>Ntimugasharikane, ntimukaduganirizeko ibiciro mu guta mu rudubi abaguzi, ntimukankane urunuka, ntimugahane umugongo mu guca ubuvandimwe n'ubucuti, ntihakagire muri mwebwe abagurishiriza ikidandazwa ku kindi camaze kugurishwa na bamwe muri mwebwe, muraheza rero mube abaja b'Imana Allah b'abavukanyi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Ntimugasharikane, ntimukaduganirizeko ibiciro mu guta mu rudubi abaguzi, ntimukankane urunuka, ntimugahane umugongo mu guca ubuvandimwe n'ubucuti, ntihakagire muri mwebwe abagurishiriza ikidandazwa ku kindi camaze kugurishwa na bamwe muri mwebwe, muraheza rero mube abaja b'Imana Allah b'abavukanyi. Burya umwislamu ni mwenewabo w'uwundi mwislamu; ntarota amurenganya, eka ntanamwihakana ngo areke kumutabara, kandi ntahirahira ngo amukengere, burya rero nyabuna igamburukiramana nyaryo riri ng'aha", ica ibisubiramwo incuro zitatu itunga n'urutoki ku gikiriza cayo, iraheza ivuga iti: "Birakwiye ku muntu kuba ari ikibi, gukengera mwenewabo w'umwislamu; burya umwislamu wese, ni ikizira kikaziririzwa kuri we: gusesa amaraso y'uwundi mwislamu, kumwambura amatungo yiwe, hamwe rero no kumuhungabaniriza agateka n'icubahiro vy'umuryango wiwe".</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yarasigiye iragi umwislamu mu kumuhanura ku vyiza yokorera mwenewabo w'umwislamu, araheza aratomora bimwe mu bitegetswe no mu rupfasoni asabwa kwubahiriza; muri ivyo ni: Iragi rya mbere: Ntimugasharikane mu kwipfurizanya ko bamwe muri mwebwe bobura mu gutakaza inema bafise. Iragi rya kakiri: Ntimukaduganirizeko ibiciro mu guta mu rudubi abaguzi; ivyo bigirwa mu kuba hari uwuduza igiciro c'ikidandazwa kandi atari mu ntumbero yo gushaka kukigura; ahubwo ari mu ntumbero yo kudugiriza inyungu umudandaji, canke ari mu ntumbero yo kubangamira umuguzi ngo akigure kizimvye. Iragi rya gatatu: Ntimukankane urunuka mu gukora ibibangamye biciye kubiri n'ugusasagaza urukundo; kiretse mu gihe ukwankana vyoterwa n'uguharanira Imana Allah, muri ico gihe biba ari ngombwa kwankana. Iragi rya kane: Ntimugahane umugongo mu guca ubuvandimwe n'ubucuti maze umwe wese akirengagiza mwenewabo, no mu gihe bahuye akamuhunga. Iragi rya gatanu: Ntihakagire muri mwebwe abagurishiriza ikidandazwa ku kindi camaze kugurishwa na bamwe muri mwebwe; ivyo bigirwa mu kubwira umuguzi ati: Ndafise nk'ico kidandazwa nyene ku giciro gito, canke ati: Ndafise ikidandazwa ciza gusumba ico, nokiguha ku giciro nk'ico nyene. Mu nyuma rero, (nyakugira amahoro n'impuhwe z'Imana Allah) yadusigiye iragi rihurikiyemwo vyose maze avuga ati: Muraheza rero mube abaja b'Imana Allah b'abavukanyi, mu kureka n'ukuvavanura n'ivyo bibujijwe, maze musasagaze urukundo, kugiriranira impuhwe, ikigongwe n'ukworoherezanya, gufashanya mu gukora ivyiza bijana  n'ukweza umutima, hamwe rero no guhanurana mu bihe vyose. Biri mu bisabwa mu kwunga ubu buvandimwe: Umwislamu kutarenganya no kudasindira mwenewabo w'umwislamu. Umwislamu kutareka mwenewabo w'umwisalmu ngo arenganywe mu kumwihakana igihe ashoboye kumutabara maze akamurenganura. Umwislamu kudakengera uwundi mwislamu ngo amurabe irarirari; iki kikaba giterwa n'ukwishima kuri mu mutima w'umuntu. Hanyuma Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye mu gusubiramwo incuro zitatu ashimangira ko igamburukiramana nyaryo riri mu mutima; uwo wese rero afise igamburukiramana mu mutima wiwe rituma arangwa n'ingeso nziza, ugutinya ibihano vy'Imana Allah hamwe no gucungera iyubahirizwa ry'amategeko yayo, aheza akareka gukengera umwislamu, bikaba bikwiye kuri we kurangwa n'ibibi n'ingeso mbi, kwubahuka ngo akengere mwenewabo w'umwislamu bitewe n'ubwishime buri mu mutima wiwe. Mu nyuma rero (nyakugira amahoro n'impuhwe z'Imana Allah) yarashimangiye ivyo vyose vyavuzwe ng'aho hejuru, mu kuvuga ko ku mwislamu kizira kikaziririzwa, gusesa amaraso y'uwundi mwislamu mu kumwica canke mu kumukomeretsa canke kumukubita, n'ibindi nk'ivyo, eka kiranazira kikaziririzwa kuri we kwambura umwislamu amatungo yiwe, mu kuyihagira ata burenganzira ayafiseko; eka mbere kiranazira kikaziririzwa kubangamira agateka n'icubahiro vyiwe mu kumutuka ku gatwe kiwe canke ku nkomoko yiwe.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Kubwiriza gukora kirya cose gisabwa mu gutsimbataza ubuvandimwe bushingiye ku kwemera, no kubuza gukora kirya cose coza kibangamira ubwo buvandimwe haba mu mvugo canke mu ngiro.
+Ishingiro ry'igamburukiramana, ni kirya kiri mu mutima w'umuntu, kijanye n'ukumenya Imana Allah, ugutinya ibihano vyayo hamwe n'ugucungera iyubahirizwa ry'amategeko yayo. Iri gamburukiramana rero, ni ryo rikomokako ibikorwa vyiza vyose bitegetswe.
+Ububegito bugaragara, ni ikimenyetso cerekana igoyagoya ry'igamburukiramana mu mutima w'umuntu.
+Ibuzwa ry'igeramira n'ibangamira ry'umwislamu mu buryo ubwo ari bwo bwose, haba mu mvugo canke mu ngiro.
+Ntibiri mu gusharika, umwislamu kwipfuza ko yobaho mu nema nka zirya uwundi afise, atakwipfuza ko uyo wundi abura mu gutakaza nya nema, iki rero citwa "ghib-twa", bisigura kwipfuza kuronka ivyiza nk'ivyo uwundi afise, iki rero kirarekuwe kuko gifasha umuntu guhiganwa mu guhurumbira ivyiza.
+Umuntu muri kameremere kiwe aranka ko hagira uwundi amusumvya ivyiza; iyo rero yipfuje ko nya vyiza biva kuri uwo wundi bigahera, iryo riba ari isharika ribujijwe. Iyo naho yipfuje guhiganwa mu kurondera ngo aronke nk'uwo wundi, ico kiba kirekuwe, kuko ari ukwipfuza ivyiza nk'ivyo abandi bafise ata mutima mubi ugiyemwo "ghib-twa".
+Ntibiri mu kugurishiriza umwislamu ikidandazwa ku kindi camaze kugurishwa na mwenewabo w'umwislamu, gutomorera umuguzi ko yahenzwe bidasanzwe mu kugura nya kidandazwa; kuko ico kiri mu bisabwa mu guhanura, ariko ni ngombwa ko yobigirana izirikanagikorwa "niya" ryo guhanura mwenewabo w'umwislamu ata kindi cinyegeje inyuma, ntibibe mu ntumbero yo kugeramira umudandaji, kanatsinda burya ibikorwa vyakirwa hisunzwe umuzirikanyi vyakoranwe.
+Ntibiri mu kugurishiriza umwislamu ikidandazwa ku kindi camaze kugurishwa na mwenewabo w'umwislamu, mu gihe uwugura n'uwugurisha boba batarumvikana ku giciro.
+Ntibiri mu kwankana urunuka kubujijwe muri iyi nyigisho y'intumwa, umuntu kwanka uwundi bapfuye ukutubaha n'ukutubahiriza Imana Allah, mbere urwanko nk'urwo rurategetswe, ruri no mu bitsimbataza ukwemera.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4706</t>
+  </si>
+  <si>
     <t>لا تغضب</t>
   </si>
   <si>
     <t>Ntugashavure</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko hari umuntu yasavye Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) amubwira ati: "Mpanura ico nogenderako nk'iragi". Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yamubwiye ati: "Ntugashavure". Uyo muntu rero yarasubiyemwo ico kibazo incuro nyinshi, Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) na we aguma amusubiriramwo ya nyishu nyene ati: "Ntugashavure".</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Umwe mu ngendanyi (Imana Allah Izishimire) yasavye Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ko yomubwira ikintu yoheza akagendera, maze kikamugirira akamaro mu buzima, aca amutegeka ko atotwarwa n'ishavu, ivyo bikaba bifise insiguro ko yokwirinda ibituma umuntu ashavura, maze akigumya igihe cose hagize icotuma ashavura, agaheza rero akareka kuguma ashavuye ngo agere ingere ku yindi yihora mu kwica, canke mu gukubita, canke mu gutukana, n'ibindi nk'ivyo.
 Nya muntu rero yagumye asubiramwo kenshi mu gusaba impanuro yogendera nk'iragi, maze Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) na we ntiyahejeje ngo arenzeko na kimwe ku nyishu yari yamuhaye, yashishikaye kumuha nya mpanuro nyene ati: "Ntugashavure".</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
@@ -1621,50 +2036,87 @@
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Birabujijwe ko umuntu yihora mu kurenza urugero rw'ikibi yakorewe.
 Imana Allah ntiyigeze Itegeka abantu ikintu na kimwe cobageramira.
 Kirazira kikaziririzwa ko umuntu yigeramira canke ko yogeramira abandi, haba mu majambo canke mu ngiro, canke mu kureka gukora ibikenewe.
 Umuntu azohembwa indishi ijanye n'ubwoko bw'ivyo yakoze. Uwuzogeramira abandi, Imana Allah Izomugeramira; uwuzoremereza abandi na we Imana Allah Izomuremereza.
 Biri mu mategeko y'ubwislamu ko "ikibangamye kidakurwaho n'ikindi", burya amategeko y'ubwislamu ntarekurira umuntu gukora ibibangamye, aranabuza cane kubangamira abandi.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[صحيح بشواهده]</t>
   </si>
   <si>
     <t>[رواه الدارقطني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4711</t>
+  </si>
+  <si>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
+  </si>
+  <si>
+    <t>Ururimi rwawe ntiruzohengeshanye kuguma rubomvye mu kuninahaza no gutazira Imana Allah</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abdullahi mwene Busri (Imana Allah Imwishimire) yavuze ko hari umugabo umwe yigeze kubaza Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ati: "Ewe Ntumwa y'Imana! Mu vy'ukuri amabwirizwa y'ubwislamu, ni ukuri yambanye menshi, enda rero mbwira ikintu kimwe gusa nofata nkama, mpeze ndagitsimbatareko". Yamwishuye iti: "Ururimi rwawe ntiruzohengeshanye kuguma rubomvye mu kuninahaza no gutazira Imana Allah".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>Hari umugabo umwe yashikirije Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) impungenge afise ku bwinshi z'ibikorwa nyegerezamana vy'inyongera, ku buryo adashoboye kuvyubahiriza vyose, maze aca abaza Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ko yomwereka ibikorwa bike bishoboka ariko birimwo indishi nyinshi, gutyo aheze abifate nkama, abitsimbatareko.
+Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaciye amwereka ko ururimi rwiwe rutohengeshanya kwama rubomvye ku kwama rutazira runinahaza Imana Allah Nyenukuninahazwa, Nyenuguhabwicubahiro nta ngere, maze ivyo bigakorwa ku mwanya n'aho ari ho hose; nko kuyininahaza mu kuvuga ati: "SUB-HAANA LLAAH", "AL-HAMDU LILLAAH", "ASTAGH-FIRU LLAAH", hamwe rero no kuyisaba, n'ibindi nk'ivyo.</t>
+  </si>
+  <si>
+    <t>فضل المداومة على ذكر الله تعالى.
+من عظيم فضل الله تيسير أسباب الأجر.
+تفاضل العباد في نصيبهم من أبواب البر والخير.
+كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
+مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
+  </si>
+  <si>
+    <t>Ivyiza vyo kwamizako itazira n'inihazamana.
+Biri mu ngabirano z'Imana Allah ku biremwa, kworoherezwa imvo zo kuronka indishi.
+Ubusumbasumbane buri hagati y'abaja b'Imana Allah, ufatiye ku mugabane w'umwe wese mu miryango y'ibikorwa vyiza bihimbaye.
+Kugira kenshi itazira n'ininahazamana hakoreshejwe ururimi; nko kuninahaza Imana Allah mu kuvuga ati: "SUB-HAANA LLAAH", "AL-HAMDU LILLAAH", "LAA ILAAHA ILLA LLAAH", "ALLAAHU AKBAR", hamwe n'ibindi bitari ivyo bibangabanganwa n'ukuba umushaha uri hamwe mu nda igihe c'ininahaza n'itaziramana, ivyo bikaba bishikana umuntu ku ndishi mu kibanza c'ibikorwa nyegerezamana vy'inyongera adashoboye gukora.
+Umwitwarariko w'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) mu kwishura abamubajije, maze umwe wese akamuha inyishu imukwiye kandi ibereye.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4716</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>Nta n'umwe yemera bikwiye, atabanje gukundira mwenewabo mu bantu ko aronka nk'ivyo wenyene ubwiwe akunda ko yoronka</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Anasi (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Nta n'umwe yemera bikwiye, atabanje gukundira mwenewabo mu bantu ko aronka nk'ivyo wenyene ubwiwe akunda ko yoronka".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko ukwemera kw'umuntu mu bislamu kudashobora gutungana bishemeye atabanje gukundira mugenziwe ko aronka nk'ivyo wenyene ubwiwe akunda ko yoronka mu bikorwa vy'iyumviramana, canke ibindi vyiza umuntu akunda mu bijanye n'idini no mu bijanye n'ubuzima bw'inyuma yo gupfa n'ubwo kw'isi, agaheza akanka ko mugenziwe ashikirwa n'ikitanezereye nka kurya yanka wenyene ubwiwe ko vyomushikira. N'iyo abonye kuri mugenziwe agahaze mw'idini, aragerageza uko ashoboye kwose kugatosora; yabona kuri we iciza gihimbaye, agaheza akagishimangira akanakimufasha, maze akama na ntaryo yamuhanuye mu bijanye n'idini ryiwe no mu vyerekeye ubuzima bwiwe bwo kw'isi.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
@@ -1767,50 +2219,97 @@
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah) aratomora ko uwadukanye bishasha mw'idini canke uwukoze igikorwa kitagira icemezo kicemeza kiri mu Gitabu canke mu nyigisho n'imigenzo vy'intumwa, kizosubizwa kuri nyeneco kitemewe n'Imana Allah.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ibikorwa nyegerezamana vyubakiye ku vyaje bigatomorwa mu Gitabu no mu nyigisho n'imigenzo vy'intumwa, ntiturekuriwe rero kwiyegereza Imana Allah mu vyo dukora kiretse mu gihe twisunze ivyashinzwe n'amabwirizwa, atari ivyadukano bishasha mw'idini.
 Idini ntirishingiye ku vyiyumviro canke ku vyo abantu bibaza ko ari vyiza, yamara rishingiye ku gukurikira Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah).
 Iyi nyigisho y'intumwa, ni icemezo c'uko idini ryikwije kandi ritunganye.
 Icadukano, ni kirya kintu cose congewe mw'idini kandi kitigeze kibaho igihe c'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) n'igihe c'ingendanyi ziwe mu bijanye n'ukwemera, mu majambo canke mu bikorwa.
 Iyi nyigisho y'intumwa, ni umushinge mu mishinge ubwislamu bwubakiyeko, ni nk'umunzane wo gupimirako ibikorwa, kurya rero igikorwa cose kidakozwe ku bw'Imana Allah, nyeneco atagihemberwa, ni ko nyene n'igikorwa cose gikozwe kitisunze ivyigishijwe n'Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) gisubizwa nyeneco, nticemerwe.
 Ivyadukano bishasha bibujijwe, ni birya bikorwa vyose bifitaniye isano n'idini, si birya bijanye n'ivy'isi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4792</t>
+  </si>
+  <si>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>Uwukemuriye umwemeramana ikibazo mu kumukura mu vyago vyo kw'isi, Imana Allah Izomukemurira ibibazo mu kumukura mu vyago vyo ku musi w'izuka</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwukemuriye umwemeramana ikibazo mu kumukura mu vyago vyo kw'isi, Imana Allah Izomukemurira ibibazo mu kumukura mu vyago vyo ku musi w'izuka; uwutezuriye na we uwunaniwe mu kumworohereza mu bimubakiye (ibimugoye), Imana Allah Izomutezurira mu kumworohereza mu bimubakiye (ibimugoye) mu buzima bwo kw'isi no mu bw'inyuma yo gupfa; uwugumirije akabanga umwislamu, Imana Allah Izomugumiriza akabanga mu buzima bwo kw'isi no mu bw'inyuma yo gupfa; kandi rero burya Imana Allah ntihengeshanya gufasha umuja wayo mu gihe cose na we aba agishishikara gufasha mwenewabo; uwufashe inzira yo kuja kurondera ubumenyi, Imana Allah Iramworohereza inzira imushikana mu Bwami bw'ijuru;  nta bantu bahurira muri imwe mu nzu z'Imana Allah bagaheza bagasoma bakanigishanya Igitabu cayo ca Qor'ani, kiretse ko abo bantu bururukirwa n'ituze, iteka n'itekane, bagahundagazwako impuhwe, bagakikuzwa n'abamalayika, Imana Allah na Yo Ikabahayagiza ku bari iwayo mu baja bayo, burya uwuzingamitswe n'ibikorwa vyiwe akabura ico yimariye, icubahiro c'ubwoko n'inkomoko vyiwe ntibizomushikana ku cubahiro c'aberanda".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko impera y'umwislamu ku Mana Allah izokwisunga ubwoko bw'ibikorwa yakoze mu kibano ciwe n'abandi bislamu; ku buryo uwutezuriye umwemeramana mu kumukemurira ikibazo akamukura mu kaga n'ikiza mu bimuhanze mu buzima bwo kw'isi, Imana Allah Izomuhera mu kumukemurira ikibazo mu kumukura mu kaga no kumukurako ikiza kizomuhanga ku musi w'izuka. Uwutezuriye uwunaniwe mu kumworohereza mu bimubakiye (ibimugoye), Imana Allah Izomutezurira mu kumworohereza ibimugoye mu buzima bwo kw'isi no mu bw'inyuma yo gupfa. Uwugumirije akabanga umwislamu; nko kuba yamenye ko yakoze ibidakwiye gushirwa ku mugaragaro mu tunenge n'ibiterasoni maze akamugumiriza akabanga, Imana Allah Izomugumiriza akabanga ku vyo yako,  maze ntimutetereze mu buzima bwo kw'isi no mu bw'inyuma yo gupfa. Ivyo biri ukwo, kuko Imana Allah Yama Yafashije umuja wayo, mu gihe cose na we adahengeshanyije gufasha mwenewabo mu vyerekeye ukwitegurira ubuzima bw'inyuma yo gupfa no mu bijanye n'ubuzima  bwo kw'isi. Ugufasha rero, kurashoboka mu gusabira umuntu, mu kumutunganiriza ibikorwa bikenera inguvu z'umubiri no mu kumutera inkunga z'uburyo, n'ibindi bitari ivyo. N'uwugiye kurondera ubumenyi bw'idini ku bw'Imana Allah Nyenuguhabwicubahiro nta ngere, Imana Allah Iraheza Ikamworohereza mu kumucira inzira imushikana mu Bwami bw'ijuru. Nta n'abantu bahurira muri imwe mu nzu z'Imana Allah (imisigiti), bagaheza bagasoma banigishanya Igitabu cayo ca Qor'ani, kiretse ko Imana Allah Ibururukiriza iteka n'itekane, bagaheza bagaturura, Ikabahundagazako impuhwe zayo, bagakikuzwa n'abamalayika, Ikanabahayagiza ku batoni bayo bari iwayo. Birakwiye rero ku muja w'Imana Allah kuba ari icubahiro kidasanzwe kuri we, kuyagwa neza n'Imana Allah ku biremwa vyayo biri mw'ijuru. Uwufise ibikorwa bike bimuzingamitse, ubwoko n'inkomoko vyiwe ntibizomushikana ku cubahiro c'aberanda, ni ngombwa rero ko umuntu atishimira icubahiro c'ubwoko n'inkomoko vy'abavyeyi biwe, bigatuma adebukirwa mu bikorwa.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Ibnu Daqiiqi Al'Iidi yavuze ati: "Iyi nyigisho irahambaye, ihurikiyemwo amoko yose y'ubumenyi n'amategeko hamwe rero n'urupfasoni ngenderwako, harimwo n'ivyiza vyo gutezurira abislamu mu kubafasha ivyobagirira akamaro bishoboka, haba mu kwigisha ubumenyi, canke gutanga uburyo, canke gufasha mu bikorwa, canke guhanura ku cogirira akamaro umuntu, canke gutanga impanuro, canke ibindi bitari ivyo".
+Uguhimiriza n'ugukundisha abantu gutezurira uwunaniwe mu kumworohereza mu bimubakiye (ibimugoye).
+Ihimirizwa ryo gufasha umwislamu, n'uko Imana Allah Nyenuguhabwicubahiro nta ngere Ifasha uwufasha abandi ku rugezo rw'ingene na we afasha mwenewabo.
+Biri mu kugumiriza akabanga umwislamu, kutinjira mu buzima bw'umuntu mu gukurikirana utunenge n'ibiterasoni akora. Ni ukuri vyarakiriwe kuri umwe mu batuboneye izuba mu kwemera (salaf) ko yavuze ati: "Nabayeho nsanga hariho abantu batarangwa n'akanenge, maze batangura kwandagaza utunenge tw'abantu, abantu na bo baca batangura kwandagaza utunenge twabo; naranabayeho nsanga hariho abantu barangwa n'utunenge, baraheza bavavanura n'ukwandagaza utunenge tw'abandi, gutyo utunenge twabo duca turibagirana, ntitwaba tukivugwa".
+Ntibiri mu bitegerezwa kwubahirizwa mu kugumiriza akabanga abantu, kureka kubuza ikorwa ry'ikibi mu kugisasira indava ngo ntigikurweho; ahubwo ni ngombwa ko gikurwaho ntigisasirwe indava, uwagikoze na we akagumirizwa akabanga. Iyi ngingo yubahirizwa kuri urya muntu atazwiko ubwononyi no gutsimbatara ku kibi; nayo kuri urya muntu azwi ko yimonogoje mu bwononyi, si vyiza ko agumirizwa akabanga ku kibi yakoze, ahubwo araheza agashengezwa  mu gushikirizwa abahagarikiye amategeko y'ubwislamu kugira bamufatire ingingo mu gihe bibonetse ko ata co vyonona; kuko ukumugumiriza akabanga hari igihe bituma arendegera mu bwononyi no mu kugeramira abantu, maze bigatuma abandi mu banyavyaha bubahuka bakanarendegera kubikora.
+Ihimiriza ryo kurondera ubumenyi, gusoma Qor'ani no kuyigishanya.
+Al-Nawawiy yavuze ati: "Muri iyi nyigisho y'intumwa, harimwo icemezo cerekana ivyiza biri mu guhurira abantu ahantu hamwe mu musigiti kugira basome Qor'ani... n'ahandi bohurira hafatwa nko mu musigiti mu kuronka ivyiza, ni abantu guhurira mw'ishure no ku kirindiro, n'ahandi nk'aho bohurira ku bushake bw'Imana Allah".
+Impera y'umuntu ku vyo yakoze, ni ukuri Imana Allah mu kuyigena Yisunga ibikorwa vyiwe, ntiyisunga ubwoko n'inkomoko vyiwe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4801</t>
   </si>
   <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Emwe baja banje! Mu vy'ukuri, Jewe Naraziririje ko hagira uwo Ndenganya ubwanje, Ndaheza Nziririza akarenganyo no hagati yanyu, kubera ivyo rero, ntimukarenganyane hagati yanyu</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Dharri (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) mu vyo yakiriye ku Mana Allah Nyenimihezagiro, Nyenuguhabwicubahiro nta ngere, ko Yavuze Iti: "Emwe baja banje! Mu vy'ukuri, Jewe Naraziririje ko hagira uwo Ndenganya ubwanje, Ndaheza Nziririza akarenganyo no hagati yanyu, kubera ivyo rero, ntimukarenganyane hagati yanyu. Emwe baja banje! Burya umwe wese muri mwebwe, ni umuhuvyi kiretse uwo Narongoye mu nzira igororotse, enda rero nyabuna nimunsabe kurongoka Mpeze Ndabarongore mu nzira igororotse. Emwe baja banje! Burya umwe wese muri mwebwe arashonje kiretse uwo Mfunguriye, enda rero nyabuna nimunsabe kuronswa imfungurwa Mpeze Ndabafungurire. Emwe baja banje! Burya umwe wese muri mwebwe yambaye ubusa kiretse uwo Nambitse agashambara, enda rero nyabuna nimunsabe kwambikwa agashambara Mpeze Ndabambike. Emwe baja banje! Mu vy'ukuri mwese birashika mukagwa mu vyaha ijoro n'umurango, nanje Nkaba Ngumya akabanga ku vyaha vyose Nkareka kubihanira, enda rero nyabuna nimunsabe imbabazi ku vyaha vyanyu, Mpeze ndabababarire. Emwe baja banje! Mu vy'ukuri ntimuzogera aho mwogira ico mukoze kibangamye ngo mumbangamire, eka ntimuzogera n'aho mwogira ikintu ngirakamaro mukoze ngo hagire ico kimarira. Emwe baja banje! Mu gihe uwa mbere muri mwebwe gushika ku wa nyuma muri mwebwe, abantu muri mwebwe n'Amajini muri mwebwe, bose hamwe boba abagamburukiramana ku rugero rw'umutima w'umuntu umwe muri mwebwe, ivyo nta na kimwe vyokwongereza mu Bwami bwanje. Emwe baja banje! Mu gihe uwa mbere muri mwebwe gushika ku wa nyuma muri mwebwe, abantu muri mwebwe n'Amajini muri mwebwe, bose hamwe boba abanyavayaha ku rugero rw'umutima w'umuntu umwe, ivyo nta na kimwe vyogabanya mu Bwami bwanje. Emwe baja banje! Mu gihe uwa mbere muri mwebwe gushika ku wa nyuma muri mwebwe, abantu muri mwebwe n'Amajini muri mwebwe, bose hamwe bohagarara ku rubuga rumwe, maze bakansaba, Ngaheza ngaha umwe wese muri bo ivyo yasavye, ivyo nta na kimwe vyogabanya mu biri iwanje atari nka kurya wofata urushinge ukadwibika mw'ibahari (ata co rugabanyako). Emwe baja banje! Ni ukuri, ni ibikorwa vyanyu Ndababungabungira hanyuma Nkazobibahembera. Uwo wese rero azosanga ahembewe ivyiza, araheza ashimire Imana Allah; nayo uwuzosanga ahembewe ibitari ivyo, ntazote imiragwe ku muntu kiretse kwitako imiragwe ku gatwe kiwe".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
@@ -1860,50 +2359,783 @@
 Uragira n'ukwizera nya kwizera ko ata kintu na kimwe ngirakamaro woshikako n'aho abantu bo kw'isi yose bogihurizako kugira ngo bakikumarire, kiretse kirya Imana Allah Yakwandikiye ko ukironka; n'uko ata kintu na kimwe kikubangamira cogushikira n'aho abantu bo kw'isi yose bogihurizako kugira ngo bakugeramire, kiretse kirya Imana Allah Yamaze kugera kuri wewe ko kigushikira.
 Ukanizera kandi ko birya vyose bigushikira, Imana Allah Yamaze kuvyandika no kubigera hisunzwe intumbero nziza Ifise ku biremwa, n'ubumenyi bwayo bukikuje vyose, nta gihinduka rero mu vyo Imana Allah Yamaze kwandika.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Akamaro k'ukwigisha abana bakiri bato ivyerekeye idini, mu bijanye n'ukwemera Imana Imwe Rudende n'urupfasoni rw'ikislamu, n'ibindi bitari ivyo.
 Impera ku Mana Allah yisunga ubwoko bw'igikorwa.
 Kubwiriza abantu ko bishimikiza Imana Allah, n'uko ata n'ikindi kintu gikwiye kwishimikizwa mu gishingo cayo, kuko Imana Allah ari Yo Mwiza w'ukwishimikizwa.
 Ukwemera ivyagezwe n'ishirwa mu ngiro ryavyo, hamwe rero no kuvyishimira mu kuvyakira ata kwidoga, kuko Imana Allah Yamaze kugera ibintu vyose.
 Uwiyobagiza amabwirizwa y'Imana Allah mu kutayubahiriza, Imana Allah Iraheza Ikamureka akazimira, eka ntinamuzigama  ngo Imubungabunge.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[رواه الترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4811</t>
+  </si>
+  <si>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
+  </si>
+  <si>
+    <t>Hari umuja yakoze icaha, aca avuga yigaya ati: "Mana yanje Nzima Allah! Ndagusavye Umbabarire icaha nakoze</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) mu vyo yakiriye ku Mana yiwe Rurema Nyenintsinzi na Nyenicubahiro, Yavuze Iti: "Hari umuja yakoze icaha, aca avuga yigaya ati: "Mana yanje Nzima Allah! Ndagusavye Umbabarire icaha nakoze, Imana Allah Nyenuguhabwicubahiro nta ngere Ica Imwakiriza yompi Ivuga Iti: "Umuja wanje yakoze icaha, aca amenya ko afise Imana Rurema Ibabarira icaha, Ishobora no kugihanira. Hanyuma nya muja wanje asubira gukora icaha, araheza avuga yigaya kandi ati: "Ewe Mana yanje Rurema Allah! Ndagusavye Umbabarire icaha nakoze", Imana Allah Nyenuguhabwicubahiro nta ngere Ica Imwakiriza yompi Ivuga Iti: "Umuja wanje yakoze icaha, aca amenya ko afise Imana Rurema Ibabarira icaha, Ishoboye no kugihanira". Hanyuma wa muja wanje asubira gukora icaha, araheza avuga yigaya kandi ati: "Ewe Mana yanje Rurema Allah! Ndagusavye Umbabarire icaha nakoze", Imana Allah Nyenuguhabwicubahiro nta ngere Ica Ivuga Imwakiriza yompi Iti: "Umuja wanje yakoze icaha, aca amenya ko afise Imana Rurema Ibabarira icaha, Ishoboye no kugihanira". Imana Allah rero Iraheza Imuhumuriza Iti: "Muja wanje! Kora ivyo ushaka, ni ukuri Namaze kukubabarira ivyaha vyawe".</t>
+  </si>
+  <si>
+    <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
+ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
+ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah) yarakiriye ku Mana yiwe Rurema, ko umuntu iyo akoze icaha hanyuma akavuga yigaya ku Mana Allah ati: Mana yanje Nzima! Ndagusavye Umbabarire icaha nakoze, Imana Allah Nyenuguhabwicubahiro nta ngere Ica Ivuga Iti: Umuja wanje yakoze icaha, aca amenya ko afise Imana Rurema Ibabarira icaha, Ikanamugumiriza akabanga kuri nya caha ntikimuhanire,  amenya n'uko Imana Allah Ishoboye guhana umuntu ku caha yakoze. Kubera ivyo rero, ni ukuri Namaze kumubabarira icaha yakoze. Hanyuma wa muja wanje agasubira gukora icaha, agaheza akavuga yigaya ati: Ewe Mana yanje Rurema! Ndagusavye Umbabarire icaha nakoze, Imana Allah Nyenuguhabwicubahiro nta ngere Igaca Ivuga Iti: Umuja wanje yakoze icaha, aca amenya ko afise Imana Rurema Ibabarira icaha Ikanamugumiriza akabanga kuri nya caha ntikimuhanire, amenya n'uko Imana Allah Ishoboye guhana umuntu ku caha yakoze. Kubera ivyo rero, ni ukuri Namaze kumubabarira icaha yakoze. Hanyuma wa muja wanje agasubira gukora kandi icaha, agaheza akavuga yigaya ati: Ewe Mana yanje Rurema! Ndagusavye Umbabarire icaha nakoze, Imana Allah Nyenuguhabwicubahiro nta ngere Igaca Ivuga Iti: Umuja wanje yakoze icaha, aca amenya ko afise Imana Rurema Ibabarira icaha Ikanamugumiriza akabanga kuri nya caha ntikimuhanire,  yamenye n'uko Imana Allah Ishoboye guhana umuntu ku caha yakoze. Kubera ivyo rero, ni ukuri Namaze kumubabarira icaha yakoze, nakore rero ivyo ashaka mu gihe cose azoba azi ko uko akoze icaha ategerezwa kwicuza akigaya, maze akiyemeza no kudasubira kugikora, yamara akaganzwa n'umutima wiwe ka muntu agasubira kandi kugwa mu caha. Mu gihe cose rero bizomugendera ukwo; akoze icaha akigaya, nanje Nzokwama ndamubabarira; burya ukwigaya ku caha kuragihanagura burundu nk'aho kitigeze kibaho.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
+المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
+شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
+أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
+  </si>
+  <si>
+    <t>Ubwinshi bw'impuhwe nta ngere z'Imana Allah ku baja bayo, n'uko umuntu uko yokora ivyaha kwose n'uko vyongana kwose, iyo yikebutse akigaya ku vyaha vyiwe, Imana Allah Ica Imwakiriza yompi Ikamubabarira kuri nya vyaha.
+Umuntu yemera Imana Allah Nyenuguhabwicubahiro nta ngere, yama yizeye kuronka ikigongwe c'Imana yiwe Rurema Allah, atinya no guhabwa ibihano vyayo, maze agahurumbira kwikebuka akigaya, ntaheze ngo abandanye kuguma mu vyaha no mu bugaba.
+Ibisabwa mu kwigaya nya kwigaya, ni umuntu kuvavanura n'icaha; kwicuza ku caha yakoze; kwiyemeza kutagisubira gukora nya caha. Iyo naho ico caha yigayako kijanye n'akarenganyo yagiriye abantu, mu kubambura utwabo, mu kubatesha icubahiro mu kibano no mu muryango, canke mu kubatuntuza no kubaka ubuzima, haraheza hakiyongerako igisabwa kigira kane, na co kikaba ari ukwiyeza kuri nyenagateka yahungabanije maze akamubabarira; canke ugusubiza ivyo yamwambuye.
+Akamaro k'ubumenyi bwo kumenya Imana Allah Yo Yagize umuntu kuba azi amabwirizwa y'idini ryayo, maze akigaya ku caha igihe cose bishitse akakigwamwo, ntaheza ngo yihebure ko atababarirwa, eka ntaheza kandi ngo atsimbatare ku caha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4817</t>
+  </si>
+  <si>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
+  </si>
+  <si>
+    <t>Mu vy'ukuri intungane nya ntungane, ku Mana Allah zizohabwa ivyicaro vy'iteka ku nyegamo zikozwe mu muco, ziri iburyo bwa Nyenimpuhwe "Rahmaani", Nyenintsinzi na Nyenicubahiro, kanatsinda amaboko yiwe yompi, ni ay’iburyo</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abdullahi mwene Amri (Imana Allah Ibishimire bompi) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri intungane nya ntungane, ku Mana Allah zizohabwa ivyicaro vy'iteka ku nyegamo zikozwe mu muco, ziri iburyo bwa Nyenimpuhwe "Rahmaani", Nyenintsinzi na Nyenicubahiro, kanatsinda amaboko yiwe yompi, ni ay’iburyo", izo ntungane rero, ni barya bantu b'intungane batagira nkunzi mu ngingo bafata igihe bariko batunganiriza abantu, igihe bariko batunganiriza imiryango yabo, no mu gihe co kwubahiriza amabanga n'amabango bajejwe".</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
+وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ku vyerekeye barya batunganiriza abantu mu kubacira urugororotse vy'ukuri ata nkunzi, maze bagatunganiriza abo bajejwe mu bantu no mu miryango yabo, ko ku cubahiro bazoba bafise ku musi w'izuka ry'ibiremwa, bazoba bicaye ku nyegamo z'iteka zisununuye zihinguwe mu muco. Izi nyegamo, zizoba ziri iburyo bwa Nyenimpuhwe Nyaguhabwicubahiro nta ngere, kanatsinda amaboko yompi ya Nyenukuninahazwa Allah, ni ay’iburyo.</t>
+  </si>
+  <si>
+    <t>فضل العدل والحث عليه.
+العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
+بيان منزلة العادلين يوم القيامة.
+تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
+أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
+  </si>
+  <si>
+    <t>Ivyiza vyo gutunganiriza abantu hamwe n'ihimirizwa ryo kugendera ubutungane.
+Ubutungane muri rusangi, buhurikiyemwo birya vyose biragizwa abantu harimwo n'ubutegetsi; vyongeye,  harimwo mbere n'ugutunganiriza abakenyezi, abana, n'abandi atari abo.
+Kwerekana agaciro n'igihagararo vy'intungane nya ntungane ku musi w'izuka ry'ibiremwa.
+Ubusumbasumbane bw'ivyubahiro vy'abemeramana ku musi w'izuka ry'ibiremwa, ku buryo umwe wese muri bo azohabwa icubahiro hisunzwe ibikorwa vyiwe yakoze.
+Uburyo bwiza bwo gukundisha abantu ibikorwa vyiza, ni bumwe mu buryo bwo bukoreshwa mw'irarikiramana rikundisha uwurarikwa ibikorwa nyumviramana.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4935</t>
+  </si>
+  <si>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
+  </si>
+  <si>
+    <t>Umwe wese mu bantu narungitsweko,  azokwinjira mu Bwami bw'ijuru kiretse gusa uwuzokwanka</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Umwe wese mu bantu narungitsweko,  azokwinjira mu Bwami bw'ijuru kiretse gusa uwuzokwanka".Abari bicaye ng'aho baca bavuga babaza bati: "Ewe Ntumwa y'Imana! Ni nde yokwubahuka koko akanka kwinjira mu Bwami bw'ijuru!?". Na yo ica yishura iti: "Uwuzonyumvira mu gushira mu ngiro ivyo nigishije, azokwinjira mu Bwami bw'ijuru;  nayo uwuzogabitanya mu kutankurikira, ni uko azoba yanse kubwinjira".</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
+فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
+فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko umwe wese mu bantu yarungitsweko azokwinjira mu Bwami bw'ijuru,  kiretse gusa uwuzokwanka ku gatwe kiwe!
+Ingendanyi zari zicaye ng'aho (Imana Allah Izishimire) zica zivuga zibaza ziti: Ni nde ga Ntumwa y'Imana, yokwubahuka akanka kwinjira mu Bwami bw'ijuru!?
+Intumwa na yo  (nyakugira amahoro n'impuhwe z'Imana Allah), maze ica izishura ko uwuzogamburuka maze akumvira akanakurikira Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), azokwinjira mu Bwami bw'ijuru; n'uko mu vy'ukuri,   uwuzogabitanya mu kutayumvira ku mabwirizwa (nyakugira amahoro n'impuhwe z'Imana Allah), azoba yanse kwinjira mu Bwami bw'ijuru kubera ibikorwa vyiwe bibi yakoze.</t>
+  </si>
+  <si>
+    <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
+طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
+بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
+شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
+  </si>
+  <si>
+    <t>Ukwumvira Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah), biri mu kwumvira Imana Allah;  n'ukugabitanya kuri yo, biri mu kugabitanya ku Mana Allah.
+Ukwumvira Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  gutuma umuntu ategerezwa kuzokwinjira mu Bwami bw'ijuru; ukugabitanya kuri yo na kwo,  gutuma umuntu ategerezwa kuzokwinjira mu muriro.
+Inkuru nziza ihumuriza abumviramana mu bantu barungikiwe Intumwa Muhamadi  (nyakugira amahoro n'impuhwe z'Imana Allah), n'uko bose bazokwinjira mu Bwami bw'ijuru,  kiretse gusa uwuzogabitanya ku Mana Allah no ku Ntumwa yayo.
+Ikigongwe n'impuhwe vy'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ku bantu biwe yarungitsweko, n'ukwitwararika kubarongora mu nzira igororotse.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4947</t>
+  </si>
+  <si>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
+  </si>
+  <si>
+    <t>Umumalayika Jibrili ntiyahengeshanya kwama yampanuye kwitaho umubanyi, kugeza n'aho nibwira ko azohava amugenera umugabane w'ibitegerezwa gutoranwa</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Mwene Omari (Imana Allah Ibishimire bompi), yavuze ko Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Umumalayika Jibrili ntiyahengeshanya kwama yampanuye kwitaho umubanyi, kugeza n'aho nibwira ko azohava amugenera umugabane w'ibitegerezwa gutoranwa".</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko umumalayika Jibrili atahengeshanya kwama yamwibukije kwitaho umubanyi, na we akaba ari urya muntu asanzwe yegereye ku muhana, yaba umwislamu canke umugararizamana; yaba uwa hafi mu muryango canke uwa kure; maze akitwararika kwubahiriza agateka kiwe no kutamugeramira, akamufasha mu bugwaneza, akamwihanganira hagize ico amubangamirako. Ntiyahengeshanya rero guhanura Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ko yitaho umubanyi wiwe kugeza n'aho, afatiye ku gateka kiwe gasabwa no ku kwama yamuhimirije kukubahiriza, yibwira ko Jibrili azohava amuhishurira ibwirizwa riha umubanyi ubureganzira bwo gutorana mu matungo yiwe azosiga niyamara gupfa.</t>
+  </si>
+  <si>
+    <t>عِظَم حق الجار ووجوب مراعاة ذلك.
+التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
+كلما كان بابُ الجار أقرب كان حقُّه آكد.
+ كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
+  </si>
+  <si>
+    <t>Agateka gahambaye k'umubanyi, n'uko ari ngombwa ko kubahirizwa.
+Gushimangira agateka k'umubanyi mu kukita iragi "waswiyya", vyerekana ko ari ngombwa kwubaha no kwubahiriza umubanyi, ukumugaragariza urukundo hamwe rero no kumufasha mu bugwaneza, kumukingira igeramira iyo ryozanana hose, kumusuhuza igihe arwaye, kumukeza igihe agize urubanza, hamwe rero no kumuremesha igihe ahuye n'ikiza.
+Uko umubanyi aba ari hafi yawe cane niko agira agateka gashimangiwe kuruta ak'urya mubanyi ari kure yawe.
+Itungana ry'amategeko y'ikislamu mu kuba yaje ahurikiyemwo ibitunganiriza abantu mu kibano, mu gufasha ababanyi mu bugwaneza hamwe no kubarinda igeramira iyo ryozanaza hose.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4965</t>
+  </si>
+  <si>
+    <t>إن الرقى والتمائم والتولة شرك</t>
+  </si>
+  <si>
+    <t>Mu vy'ukuri, gutongera (kuvura hakoreshejwe amajambo adatomoye), ukwambara ibiheko no gukoresha uburozi mu gukundanisha abubakanye  "tiwala"(1), ivyo vyose ni ibangikanyamana</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abdullahi mwene Mas'uudi (Imana Allah Imwishimire) yavuze ko yumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Mu vy'ukuri, gutongera (kuvura hakoreshejwe amajambo adatomoye), ukwambara ibiheko no gukoresha uburozi mu gukundanisha abubakanye  "tiwala"(1), ivyo vyose ni ibangikanyamana".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
+أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
+ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
+ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
+فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
+أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yaratomoye mu kwerekana ibintu bimwe iyo bikozwe, ko aba ari ibangikanyamana. Muri ivyo:
+Ubwa mbere:  Ugutongera "ruqaa", bisigura ukuvura hakoreshejwe amajambo adatomoye ahurikiyemwo ibangikanyamana, yahoze akoreshwa mu gihe abantu bari bakiri mu kwemera kw'ibintazi (igihe c'ubujuju bwo kutamenya ubwislamu) "jaahiliyya".
+Ubwa kabiri: Ukwambara ibiheko, vyaba ibihinguwe mu dutete canke mu bindi, maze bikambikwa abana, ibitungwa canke bikambikwa canke bikamanikwa ku bindi bitari ivyo; mu ntumbero yo gukinga ijisho ribi ry'abanyeshari.
+Ubwa gatatu: Ukwanika “tiwala”, bisigura ugukoresha uburozi ku mvo zo gukundanisha abubakanye, maze nya burozi bugatuma umugabo adashobora kurangura amabanga y'abubatse n'uwo bubakanye, canke bugatuma umugabo yiyumvira umukenyezi wiwe muri vyose atabanje kwiyumvira.
+Ugukora ibi bintu bidondaguwe rero, ni ibangikanyamana; kuko harimwo ukwifashisha ikintu kitarekuwe ufatiye ku vyemezo vy'amabwirizwa y'ubwislamu, kitanarekuwe kandi wisunze imvo zifadika mu vyageragejwe n'abantu. Nayo ukwifashisha ibintu vyemewe n'amabwirizwa y'ubwislamu; nko gusoma Qor'ani, canke gukoresha ibintu bifadika mu vyageragejwe gushakishwa  n'abantu nk'imiti, ivyo birarekuwe ariko bikajana n'ukwemera ko ari ivyifashishwa gusa, akemera n'uko umuntu kuronka ibimufitiye akamaro canke kwikingira ibimugeramira, biba ku bushobozi bw'Imana Allah.</t>
+  </si>
+  <si>
+    <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
+تحريم استعمال الرقى الشركية والتمائم والتولة.
+اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
+التحذير من فعل الأسباب الشركية والمحرمة.
+تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
+ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
+الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
+  </si>
+  <si>
+    <t>Ugukingira ukwemera Imana Imwe Rudende Allah n'ukwemanga ko ari Yo Mushoboravyose mu kudatosekazwa na kimwe coza kivyonona.
+Iziririzwa ry'ikoreshwa ry'amajambo y'ibangikanyamana mu kuvura (ugutongera), kwambara ibiheko hamwe rero no kuronderera urukundo hagati y'abubakanye mu burozi (ukwanika).
+Ukwemera kw'umuntu ko ibi bintu bitatu vyifashishwa, ni ibangikanyamana rito (ridakura umuntu mu bwislamu); kuko harimwo ukwifashisha ikintu kidakwiye kuba icifashisho cemewe; nayo umuntu kwemera ko ivyo bintu ko ubwavyo vyonyene bifise ubushobozi bwo kugira ico bimumariye canke bimwiciye, ni ibangikanyamana rutura (rikura umuntu mu bwislamu).
+Ukwihaniza umuntu ikoreshwa ry'ivyifashishwa bishingiye kw'ibangikanyamana n'iry'ibiziririjwe.
+Iziririzwa ry'ikoreshwa ry'amajambo adatomoye mu kuvura (gutongera), n'uko biri mw'ibangikanyamana, kiretse ikoreshwa ry'amajambo arekuwe mu mabwirizwa y'ubwislamu (Ruqya).
+Ni ngombwa ko umuntu agumiza umutima ku Mana Allah Yonyene; kuko ibimugeramira canke ibimufitiye akamaro, ntibiba atari uko Imana Allah Yonyene Ibirekuye ngo bibe, burya nta n'umwe ashoboye gutuma ineza iba atari Imana Allah, eka nta n'uwukingira umuntu inabi yomushikira atari Imana Allah Nyenuguhabwicubahiro nta ngere.
+Ikoreshwa ry'amajambo rirekuwe mu kuvura "ruqaa", ni ikoreshwa rikwije ibisabwa bitatu: 1-Ukwemera n'ukwemanga ko ikoreshwa ry'ayo majambo ari icifashisho gusa ata co kimaze kiretse ku burenganzira bw'Imana Allah. 2-Kuba ari amajambo ya Qor'ani, amazina n'amatazirano y'Imana Allah, ibisabisho vyakoreshejwe n'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) hamwe rero n'ibisabisho bijanye  n'amabwirizwa y'ubwislamu. 3-Kuba amajambo akoreshwa ari mu rurimi rutomoye rutagiramwo itongera ry'amajambo canke ry'ivyanditswe.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5273</t>
+  </si>
+  <si>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
+  </si>
+  <si>
+    <t>Mbega mwoba muzi ico ari co ukwandagaza umuntu "ghiiba?"; ingendanyi zari ng'aho ziraheza zishura ziti: "Ihibambewe! Imana Allah n'Intumwa yayo, ni Bo Bazi gusumba inyishu y'ico kibazo"; ica yishura iti: "Ni wewe kuyaga kuri mwenewanyu ivyo adakunda ko womuvugako</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mbega mwoba muzi ico ari co ukwandagaza umuntu "ghiiba?"; ingendanyi zari ng'aho ziraheza zishura ziti: "Ihibambewe! Imana Allah n'Intumwa yayo, ni Bo Bazi gusumba inyishu y'ico kibazo"; ica yishura iti: "Ni wewe kuyaga kuri mwenewanyu ivyo adakunda ko womuvugako"; haca hagira ingendanyi ibaza ivuga iti: "Ubona gute mu gihe ivyo mvuga kuri mwenewacu, vyoba ari ivy'ukuri?"; ica yishura iti: "Mu gihe ivyo umuvugako vyoba ari ivy'ukuri, aho rero ni ho uzoba umwandagaje koko, nayo ivyo umuvugako nivyaba atari vyo, uzoba umwambitse ibara mu kumukorera inteba ishushe".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
+وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aratomora insiguro nyayo y'ukwandagaza umuntu kuziririjwe "ghiiba", ko ari ukuyaga ku mwislamu mutari kumwe ivyo adakunda ko umuyagako, vyaba ari ibijanye n'ukungene aremye canke uko ateye mu ngeso; nko kuba akanura imirazi, akoresha urwenge mu mirimo yiwe ya misiyose no kuba ari umubeshi ruhebwa, n'ibindi nk'ivyo bijanye n'indemo canke ingeso mbi afise, n'aho yoba koko ariko aremye canke ateye.
+Nayo iyo nya ndemo canke inyifato amuvuzeko atariko aremye canke ateye, ico kiba ari ikizira kikaziririzwa cane gusumba ukumwandagaza "ghiiba", kikaba ari na co caha bita "buhtaani", bisigura kumwambika umuntu ibara mu kumukorera inteba ishushe mu kumuvuga uko atari.</t>
+  </si>
+  <si>
+    <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
+حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
+قول المسؤول عن ما لا يعلمه: الله أعلم.
+صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
+الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>Ukwigisha neza kwaranze Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), ku buryo yigisha abicishije mu kubaza hanyuma akishura ku kibazo yabajije.
+Urupfasoni rwiza rwaranze ingendanyi mu gihe ziri kumwe n'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), aho zidashoboye kwishura ku kibazo, zigaca zivuga ziti: "Ihibambewe!  Imana Allah n'Intumwa yayo, ni Bo Bazi gusumba inyishu y'ico kibazo".
+Ukuvuga mu gihe umuntu adashoboye kwishura ku kibazo abajijwe ati: " Ihibambewe! Imana Allah (n'Intumwa yayo), ni Yo Izi (Bo Bazi) gusumba inyishu y'ico kibazo".
+Amabwirizwa y'ikislamu akingira abantu mu kibano mu kubungabunga agateka no mu gutsimbataza ubuvandimwe hagati yabo.
+Ukwandagaza umuntu, kirazira kikaziririzwa kiretse mu bihe bimwebimwe birekuwe mu ntumbero yo gushika ku gihambaye cane gusumba; nko gukingira umuntu akarenganyo, mu gihe uwarenganijwe yovuga uwamurenganije ku muntu ashoboye kumurenganura, maze akavuga ati: "Kanaka yandenganije", canke ati: "Kanaka yankoreye ibi n'ibi". Akandi karorero, ni nko guhanuza mu gihe co kurondera uwo mwubakana, umugenzi canke umubanyi mwiza, n'ibindi nk'ivyo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5326</t>
+  </si>
+  <si>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
+  </si>
+  <si>
+    <t>Mana yanje Nzima! Uwo wese azoshingwa amabanga ku kintu ico ari co cose mu bijanye no gutunganiriza abantu narungitsweko, hanyuma akabaremereza (akabananiza) mu kubatunganiriza, Uraca Umuremereza (Umunaniza) mu mabanga yiwe. Uwo wese azoshingwa amabanga ku kintu ico ari co cose mu bijanye no gutunganiriza abantu narungitsweko, hanyuma akaborohereza mu kubatunganiriza, Uraheza Umworohereze mu mabanga yiwe</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Aisha (Imana Allah Imwishimire) yavuze ati: "Narigeze kwumva Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) iri muri iyi nzu yanje, ivuga iti: "Mana yanje Nzima! Uwo wese azoshingwa amabanga ku kintu ico ari co cose mu bijanye no gutunganiriza abantu narungitsweko, hanyuma akabaremereza (akabananiza) mu kubatunganiriza, Uraca Umuremereza (Umunaniza) mu mabanga yiwe. Uwo wese azoshingwa amabanga ku kintu ico ari co cose mu bijanye no gutunganiriza abantu narungitsweko, hanyuma akaborohereza mu kubatunganiriza, Uraheza Umworohereze mu mabanga yiwe".</t>
+  </si>
+  <si>
+    <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
+وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yarasabiye nabi uwo wese ashingwa amabanga ku kintu ico ari co cose mu bijanye no gutunganiriza abislamu, haba ari ku kintu gito canke kinini, yaba ari mu mabanga yo ku rwego rwo hejuru yo kuragizwa vyose, canke mu mabanga yo ku rwego rwo hasi yo kuragizwa bimwe muri ayo mabanga, hanyuma akaremereza abo ajejwe gutunganiriza (akabananiza), ntanarazwe ishinga no kuborohereza, ko Imana Allah Yoca Imuha impera isa n'igikorwa ciwe, maze Ikamuremereza mu kumunaniza  mabanga yiwe nka kurya yabaremereje. mu kubananiza.
+N'uko uworohereza abo ajejwe mu kubatunganiriza, Imana Allah Yoheza Ikamworohereza mu mabanga yiwe nka kurya yaborohereje.</t>
+  </si>
+  <si>
+    <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
+الجزاء من جنس العمل.
+ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
+  </si>
+  <si>
+    <t>Ni ngombwa ku wushinzwe gutunganiriza abislamu ku kintu ico ari co cose, ko aborohereza mu buryo bwose ashoboye ku vyo bakeneye.
+Impera y'ingere ku yindi (Impera y'umuntu ku co yakoze, yisunga ubwoko bw'ico gikorwa nyene).
+Urugezo rufatirwako mu kumenya iyoroherezwa canke iremerezwa ry'abo umuntu ajejwe, ni kuri birya bidaciye kubiri n'Igitabu ca Qor'ani hamwe n'imigenzo n'inyigisho vy'intumwa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5330</t>
+  </si>
+  <si>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
+  </si>
+  <si>
+    <t>Mu vy'ukuri, abantu bakoresha nabi amatungo y'Imana Allah, maze bakayakoresha mu vyo atagenewe, baragenewe umuriro ku musi w'izuka ry'ibiremwa</t>
+  </si>
+  <si>
+    <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Khawla Al-Answaariyya (Imana Allah Imwishimire) yavuze ati: "Narigeze kwumva Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) avuga ati: "Mu vy'ukuri, abantu bakoresha nabi amatungo y'Imana Allah, maze bakayakoresha mu vyo atagenewe, baragenewe umuriro ku musi w'izuka ry'ibiremwa".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
+ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Uvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), yaratwiganiye ku vyerekeye abantu bakoresha nabi amatungo y'abislamu, maze bakayakoresha mu vyo atagenewe, bakanayihereza mu buryo batarekuriwe, ko bategekanirijwe umuriro. Iyi ni mu nsiguro rusangi ihurikiyemwo ikoreshwa nabi ry'amatungo, haba mu gihe co kuyegeranya no kuyatororokanya mu bizira, canke mu kuyakoresha mu bitarekuwe no ku batabirekuriwe, harimwo no kurya amatungo y'impfuvyi, amatungo yagenewe igikorwa nyezina "waq-fu", umuntu kwihakana imbitso yabikijwe "amaana" maze akayihagira, hamwe rero no kwihereza ivyo umuntu atarekuriwe mu matungo rusangi.
+Mu nyuma Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), yaratwiganiye ko impera y'abo bantu, ari ukwinjizwa mu muriro ku musi w'izuka ry'ibiremwa.</t>
+  </si>
+  <si>
+    <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
+تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
+يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
+  </si>
+  <si>
+    <t>Amatungo ari mu minwe y'abantu, mu vy'ukuri ni amatungo y'Imana Allah Ibabikije, Iheza Ikayabakurakuranyako kugira bayakoreshe mu nzira no mu buryo bwemewe bushingiye ku mabwirizwa, baheze birinde no kuyakoresha mu nzira no mu buryo butarekuwe. Iyi ngingo rero, yega abantu bose uhereye ku ndongozi (zo hejuru) hari ivyo zaragijwe gushika ku bantu bose, umwe wese ku co yaragijwe n'Imana Allah.
+Ikoreshwa ry'umukazo ku vyereye amatungo rusangi, n'uko uwo wese hari ico yaragijwe gutunganiriza abantu, bitebe bitebuke ategerezwa kuzokibazwa ku musi w'izuka ry'ibiremwa, maze aharurirwe ukuntu yacegeranije n'ukuntu yagikoresheje.
+Ugusezeranirwa igihano ku bantu bakoresha nabi amatungo, harimwo n'ikoreshwa ry'amatungo mu bitarekuwe n'amabwirizwa y'ubwislamu, haba mu matungo y'umuntu bwite canke mu matungo y'uwundi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5331</t>
+  </si>
+  <si>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
+  </si>
+  <si>
+    <t>Nta muntu n'umwe aragizwa n'Imana Allah gutunganiriza abantu ku kintu na kimwe, bigashika  agapfa umusi yageneweko, uwo musi  agapfa yahora akoresha urwenge mu guhenda abo yaragijwe, kiretse ko Imana Allah Yamaze kuziririza kuri we ko azokwnjira mu Bwami bw'ijuru</t>
+  </si>
+  <si>
+    <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Ma'qili mwene Yasaari Al-Muzaniy (Imana Allah Imwishimire),  yavuze ati: "Mu vy'ukuri, narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Nta muntu n'umwe aragizwa n'Imana Allah gutunganiriza abantu ku kintu na kimwe, bigashika  agapfa umusi yageneweko, uwo musi  agapfa yahora akoresha urwenge mu guhenda abo yaragijwe, kiretse ko Imana Allah Yamaze kuziririza kuri we ko azokwnjira mu Bwami bw'ijuru".</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko umuntu wese, Imana Allah Nyenuguhabwicubahiro nta ngere Yashinze amabanga  yo gutunganiriza abantu ku kintu ico ari co cose yaragijwe, yaba ari amabanga yo ku rwego rwo hejuru yo gutunganya vyose; nko kuba indongozi nkuru mu Gihugu "Amiir", canke amabanga bwite; nko kuba umugabo mu rugo rwiwe,  n'umugore mu nzu yiwe, hanyuma agatirigana mu kutubahiriza agateka k'abo ajejwe, agakoresha urwenge mu kubahenda, atemera no guhanurwa, maze akirengagiza kwubahiriza agateka kabo mu bijanye n’idini no mu bijanye n'ivy'isi, ko uwo muntu akwiye kuzohabwa igihano gikaze.</t>
+  </si>
+  <si>
+    <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
+الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
+عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
+  </si>
+  <si>
+    <t>Iri sezeranirwa ry'igihano, ntiriraba gusa indongozi nkuru mu Gihugu "Imaamu canke Amiiri" hamwe n'abunganizi babo, ahubwo nyabuna iraba barya bose hari ico baragijwe n'Imana Allah ku rwego urwo ari rwo rwose.
+Igitegetswe ku muntu wese hari ico yaragijwe ategerezwa gutunganiriza abislamu, ni uko yemera impanuro bamuhaye, akita ku rutare mu gushitsa imbitso yo kubatunganiriza ata nkunzi, akirinda no kubahemukira.
+Ibanga rihambaye,  ribangirwa ingata kuri urya wese hari ico yaragijwe, haba mu mabanga rusangi yo ku rwego rwo hejuru mu Gihugu canke ku rwego bwite, yaba ari amabanga manini ahambaye canke mato asanzwe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5335</t>
+  </si>
+  <si>
+    <t>كل معروف صدقة</t>
+  </si>
+  <si>
+    <t>Iciza cose umuntu akoze, agihemberwa indishi y'imperezwa</t>
+  </si>
+  <si>
+    <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Jaabiri mwene Abdullahi (Imana Allah Ibishimire bompi), yakiriye ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), aho yavuze ati: "Iciza cose umuntu akoze, agihemberwa indishi y'imperezwa".</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko igikorwa cose c'ubugwaneza gifise ico kimariye abandi, haba mu mvugo canke mu ngiro, kiba ari imperezwa ku wagikoze, araheza rero akagihemberwa indishi.</t>
+  </si>
+  <si>
+    <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
+فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
+عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
+  </si>
+  <si>
+    <t>Imperezwa ntigizwe gusa n'ivyo umuntu atanga mu matungo yiwe, ahubwo ihurikiyemwo iciza ico ari co cose umuntu akoze canke avuze, maze kikagirira akamaro abandi.
+Harimwo ugukundisha abantu gutanga ivyiza, no gukora kirya cose gifise ico kimariye abandi.
+Kudakengera ikintu na kimwe mu vyiza n'aho koba ari akantu gato.</t>
+  </si>
+  <si>
+    <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
+  </si>
+  <si>
+    <t>[رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5346</t>
+  </si>
+  <si>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
+  </si>
+  <si>
+    <t>Ntugakengere ikintu na kimwe mu vyiza, n'aho kwoba ari uguhura na mwenewanyu ukeye (ushwashwanutse) mu maso</t>
+  </si>
+  <si>
+    <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Dharri (Imana Allah Imwishimire) yavuze ati: "Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yarigeze kumbwira ati: "Ntugakengere ikintu na kimwe mu vyiza, n'aho kwoba ari uguhura na mwenewanyu ukeye (ushwashwanutse) mu maso".</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), yarahimirije umuntu gukora ivyiza, n'uko atokengera iciza na kimwe n'aho koba ari akantu gato. Muri ivyo vyiza adakwiye gukengera, ni ugushwashwanuka mu maso amwenyura igihe ahuye na mugenziwe, birakenewe rero ko umwislamu avyitwararika; kubera ko bituma haba ukumenyerana no kunezereza uwo bahuye.</t>
+  </si>
+  <si>
+    <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
+كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
+الحث على فعل المعروف وإن قَلَّ.
+استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
+  </si>
+  <si>
+    <t>Ivyiza vyo gukundana hagati y'abemeramana, ukumwenyura no gushwashwanuka mu maso igihe bahuye.
+Itungana ry'amabwirizwa y'ikislamu mu kuba ata na kimwe yirengagije kwigisha, n'uko yaje azaniye abislamu birya vyose bituma batunganirwa mu buzima, bakama bavuga (bayaga) rimwe bafatanye mu nda.
+Ihimirizwa ryo gukora iciza n'aho koba akantu gato.
+Gukundisha abislamu gukora ibitera umunezero hagati yabo; kuko bituma haba ukumenyerana hagati yabo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5348</t>
+  </si>
+  <si>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
+  </si>
+  <si>
+    <t>Uwufise inguvu n'imirya koko, si urya azi gukubitana imyereka, mu vy'ukuri uwufise inguvu n'imirya koko, ni urya yigumya igihe ashavuye, ntaheze ngo ashire aho ishavu rishize</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwufise inguvu n'imirya koko, si urya azi gukubitana imyereka, mu vy'ukuri uwufise inguvu n'imirya koko, ni urya yigumya igihe ashavuye, ntaheze ngo ashire aho ishavu rishize".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratomora ko inguvu nyazo atari inguvu z'umubiri n'imirya, canke ko atari urya muntu ashoboye gukubita umwereka uwundi mu bafise inguvu n'imirya, maze akamunaga hasi, ariko ko uwufise inguvu n'mirya ari urya ashoboye kwigumya akaganza umutima wiwe igihe ashavuye; ico kikaba ari icemezo c'uko ashoboye kwigumya mu kudashira aho ishavu rishize, n'uko ashoboye kandi gutsinda inyosha mbi za shetani.</t>
+  </si>
+  <si>
+    <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
+مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
+تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
+الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
+  </si>
+  <si>
+    <t>Akamaro k'ubwitonzi n'ukwigumya igihe c'ishavu, n'uko ico kiri mu bikorwa vyiza ubwislamu buhimiriza.
+Kurwana n'umutima mu gutsinda ishavu, biragoye kuruta kurwana n'umwansi.
+Ityorora ry'insiguro y'umuntu kurangwa n'inguvu mu kuba iyo nsiguro mu bwislamu ijana n'umuntu kurangwa n'imigenzo myiza, ikaba ari insiguro itandukanye n'iyahoze yisungwa igihe c'iyemera ry'ibintazi (c'ubujuju bwo kutamenya ubwislamu) "jaahiliyya", burya uwufise inguvu n'imirya gusumba abandi, ni urya ashoboye kwigumya mu gutsinda ishavu.
+Umuntu yokwirinda gushavura; kuko ugushavura bitera ingaruka mbi ku bantu no mu kibano.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5351</t>
+  </si>
+  <si>
+    <t>من تشبه بقوم فهو منهم</t>
+  </si>
+  <si>
+    <t>Uwishushanyije n'umugwi w'abantu mu nyifato no mu nyambaro, araheza agacika umwe muri bo</t>
+  </si>
+  <si>
+    <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Mwene Omari (Imana Allah Ibishimire bompi) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwishushanyije n'umugwi w'abantu mu nyifato no mu nyambaro, araheza agacika umwe muri bo".</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko uwishushanyije n'umugwi w'abantu mu bagararizamana, canke mu bigaba birenga ku mabwirizwa y'Imana Allah, canke mu beranda, maze agakora ikintu mu bibaranga vyaba ari ibijanye n'ivyo bemera ku mutima, canke ivyo bakora mu kugaragaza ukwemera kwabo, canke imigirwa ya misiyose, ko aheza agaharurwa muri bo ku kwigenza nkabo; kuko burya umuntu kwigenza nkabo mu vyo abantu babona n'amaso, bituma yigenza nkabo no mu vyo batabona n'amaso mu bihishije mu mushaha, nta nkeka rero ko umuntu kwigenza nk'umugwi w'abantu, biterwa n'ukunezerezwa n'ukungene ababona, hari n'igihe rero ivyo bituma abakunda, akabubahira ico, maze akiharura muri bo, hari n'igihe ivyo biheza bigakwegera umuntu no mu kwigenza nkabo mu (bijanye n'ukwemera) bihishije mu mushaha, hamwe rero no mu bikorwa bigaragaza ukwemera kwabo. Allah Aturinde kwigenza nk'abagararizamana.</t>
+  </si>
+  <si>
+    <t>التحذير من التشبُّه بالكفار والفساق.
+الحث على التشبه بالصالحين والاقتداء بهم.
+التشبه في الظاهر يورث المحبة في الباطن.
+يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
+النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
+  </si>
+  <si>
+    <t>Ukwihaniza umwislamu ko adakwiye kwigenza nk'abagararizamana n'ibigaba birenga ku mabwirizwa y'Imana Allah.
+Uguhimiriza umwislamu ko akwiye kwigenza nk'aberanda, maze akabigana.
+Ukwishushanya n’umugwi w'abantu mu vyo abantu babona n'amaso, bituma umushaha wiwe ubakunda.
+Umuntu akorwako n'ingingo yihaniza ikanasezeranira ibihano uwishushanyije n’umugwi w'abantu, hisunzwe urugezo n'ukungene yigenza n'ubwoko bw'ivyo abiganako.
+Ibuzwa ryo kwishushanya n'abagararizamana, ni mu bijanye n'idini ryabo hamwe n'imigirwa ibaranga mu kwemera kwabo, nayo ibitari muri ivyo; nko kwiga imyuga n'ubuhinga bwanone, n'ibindi nk'ivyo, ntibiri mu bibujijwe.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5353</t>
+  </si>
+  <si>
+    <t>من دل على خير فله مثل أجر فاعله</t>
+  </si>
+  <si>
+    <t>Uwo wese arangiye abantu iciza bakora, araheza agahabwa impera nk'irya nyene uwakoze nya ciza aronka</t>
+  </si>
+  <si>
+    <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Mas'uudi Al-Answaariy (Imana Allah Imwishimire) yavuze ati: "Hari umugabo umwe yigeze kuza ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aca avuga ati: "Mu vy'ukuri, igitwazi nahora nikorako kikanderura carapfuye, enda rero ndagusabe ko umpa igitwazi coza kiranderura". Maze aca amwishura ati: "Nta gitwazi mfise noguha". Niho umugabo umwe mu bari ng'aho yaca avuga ati: "Ewe Ntumwa y'Imana! Jewe nomurangira uwomuha igitwazi kimurerura". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ica ivuga iti: "Uwo wese arangiye abantu iciza bakora, araheza agahabwa impera nk'irya nyene uwakoze nya ciza aronka".</t>
+  </si>
+  <si>
+    <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
+  </si>
+  <si>
+    <t>Harigeze kuza umugabo umwe ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aca avuga amuganyira ati: Mu vy'ukuri, igitwazi canje nahora niyunguruzako carapfuye, sinkikigira ikinderura, ndagusavye rero ko wongabira igitwazi nokwikorako maze kikanderura gushika iyo nipfuza kuja, Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aca aramuhakanira ko ata gitwazi afise yomugabira, umugabo umwe mu bari ng'aho aca avuga ati: Ewe Ntumwa y'Imana! Jewe ndashobora kumurangira umugiraneza yomugabira igitwazi, niho Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yaca itomora mu kuvuga ko uyo muranzi w'iciza asangiye indishi n'umugiraneza, mu kuba na we nyene aronka impera nka zirya nyene umugiraneza aronka, kuko ari we yamurangiye uwukeneye kugabirwa.</t>
+  </si>
+  <si>
+    <t>الحث على الدلالة على الخير.
+الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
+سَعَة فضل الله تعالى.
+الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
+الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
+  </si>
+  <si>
+    <t>Ihimirizwa ryo kurangira abantu ivyiza bakora.
+Ihimirizwa ryo gukora ivyiza, ni kimwe mu bituma abislamu bafatana mu mugongo bagasabikanya no mu vyo bafise, gutyo bakunga urunani rw'intamenwa.
+Ubwinshi bw'ivyiza bituruka ku Mana Allah Nyenuguhabwicubahiro nta ngere.
+Iyi nyigisho y'intumwa, ni umushinge rusangi ngenderwako wisungwa mu bikorwa vyose vyiza.
+Umuntu iyo adashoboye guhereza uwumusavye ivyo akeneye, araheza akamurangira uwundi muntu yomutunganiriza.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5354</t>
+  </si>
+  <si>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
+  </si>
+  <si>
+    <t>Ntimugatuke abapfuye; kuko mu vy'ukuri, bo baramaze kuja kwibonera ivyo bakoze</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Aisha (Imana Allah Imwishimire) yavuze ko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Ntimugatuke abapfuye; kuko mu vy'ukuri, bo baramaze kuja kwibonera ivyo bakoze".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratomora ko kizira kikaziririzwa gutuka no gucokora abamaze gupfa, n'uko ico kiri mu ngeso mbi (zidakwiye kuranga abakiri bazima), kuko abapfuye baramaze gushikira ibikorwa bakoze, vyaba vyiza canke bibi, kanatsinda ibitutsi batukwa nta co bibicira, kiretse ko gusa bibangamira abakiri bazima.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على تحريم سب الأموات.
+ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
+الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
+أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
+  </si>
+  <si>
+    <t>Iyi nyigisho y'intumwa, ni icemezo c'uko kizira kikaziririzwa gutuka abapfuye.
+Kudatuka abapfuye, harimwo ukwitwararikira ineza y'abakiri bazima hamwe n'ukurinda abantu mu kibano kurangwa n'inzigo y'inzikira hamwe n'urwanko.
+Ihangiro ry'ibuzwa ryo gutuka abapfuye, ni uko bamaze gushikira ivyo bakoze bigatuma ukubatuka ata na kimwe bibamarira, uretse ko gusa harimwo ibibangamira ry'abo mu muryango wabo bakiri bazima.
+Ntibibereye ko umuntu avuga ibitagira akamaro.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5364</t>
+  </si>
+  <si>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
+  </si>
+  <si>
+    <t>Ntibirekuwe ko umuntu ahunga mwenewabo ikiringo kirenga imisi itatu, maze uyu yahura n'uyu akamwirengagiza, n'uriya yahura n'uyu akamwirengagiza, burya intore muri bo, ni urya yitanganiza mu kuramutsa amahoro mugenziwe</t>
+  </si>
+  <si>
+    <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Ayyuubu Al-Answaariy (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Ntibirekuwe ko umuntu ahunga mwenewabo ikiringo kirenga imisi itatu, maze uyu yahura n'uyu akamwirengagiza, n'uriya yahura n'uyu akamwirengagiza, burya intore muri bo, ni urya yitanganiza mu kuramutsa amahoro mugenziwe".</t>
+  </si>
+  <si>
+    <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
+وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yarabujije ko umwislamu ahunga mwenewabo mu kiringo kirenga imisi itatu, aho usanga bahura ntibaramukanye, ntibanavugishane.
+Intore rero muri aba babiri batase, ni urya arazwa ishinga n'ugukuraho ukwo guhungana, maze akitanganiza mu kuramutsa uwundi. Uguhunga uwundi kuvugwa ng'aha, ni kurya guterwa n'ivyo bapfa ku gatwe kabo. Nayo uguhunga uwundi bitewe n'uguharanira agateka k'Imana Allah Nyenuguhabwicubahiro nta ngere; nko guhunga ibigaba birenga ku mabwirizwa y'Imana Allah, abadukana bishasha mw'idini hamwe n'abagenzi babi, uguhunga abantu nk'abo ntibifise ikiringo bihererako, ahubwo ikiringo c'ukugumaho canke guhera kw'ukwo guhunga, kuvana n'ukuba icabitumye giheze canke kibandanya, maze ukwo guhunga kugahagarikwa n'uko icabitumye giheze.</t>
+  </si>
+  <si>
+    <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
+فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
+حرص الإسلام على الأخوة والألفة بين أهله.</t>
+  </si>
+  <si>
+    <t>Irekurirwa ry'uguhunga mugenzawe, ni mu kiringo kitarenga imisi itatu no kumanuka, harimwo kwitwararika ingene abantu baremye, ni no kuri iyo mvo rero, harekuriwe ikiringo c'imisi itatu kugira icabitumye kiveho kinaherengetere muri ico kiringo.
+Ivyiza vyo kuramukanya indamutso y'amahoro, ni uko iheza igakura mu mushaha inzigo y'inzikira n'urwanko, ikaba n'ikimenyetso kigaragaza urukundo.
+Ubwislamu kwitwararika itsimbatazwa ry'ubuvandimwe n'ukumenyerana hagati y'abislamu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5365</t>
+  </si>
+  <si>
+    <t>لا يدخل الجنة قاطع رحم</t>
+  </si>
+  <si>
+    <t>Uwuca ubuvandimwe, ntazopfa yinjiye mu Bwami bw'ijuru</t>
+  </si>
+  <si>
+    <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Jubayri mwene Mutw'imu (Imana Allah Imwishimire) yavuze ko yumvise Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) avuga ati: "Uwuca ubuvandimwe, ntazopfa yinjiye mu Bwami bw'ijuru".</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko umuntu aciye ubuvandimwe mu kutubahiriza agateka k'abo basangiye amaraso, canke mu kubabangamira no kubagirira nabi, akwiye kutazokwinjira mu Bwami bw'ijuru.</t>
+  </si>
+  <si>
+    <t>قطيعة الرحم كبيرة من كبائر الذنوب.
+صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
+صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
+كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
+  </si>
+  <si>
+    <t>Uguca ubuvandimwe, ni icaha mu vyaha rutura.
+Ukwunga ubuvandimwe, kuba mu buryo bumenyerewe busanzwe buzwi, gutyo iyonga ry'ubwo buvandimwe rikagenda ritandukana hisunzwe ahantu, igihe n'abantu bungiwe nya buvandimwe.
+Biri mu kwunga ubuvandimwe, kugenderanira, gutanga imperezwa, kugira ubugwaneza, gusuhuza abarwaye, kubwiriza abantu gukora ivyiza no kubabuza gukora ibibi, n'ibindi bitari ivyo.
+Uko guca ubuvandimwe bibaye mu bahafi cane basangiye amaraso, ni ko n'icaha kiba kibi cane kurusha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5367</t>
+  </si>
+  <si>
+    <t>لا يدخل الجنة قتات</t>
+  </si>
+  <si>
+    <t>Gateranya ntazopfa yinjiye mu Bwami bw'ijuru</t>
+  </si>
+  <si>
+    <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Hudhayfa (Imana Allah Imwishimire), yavuze ati: "Narigeze kwumva Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), avuga ati: "Gateranya ntazopfa yinjiye mu Bwami bw'ijuru".</t>
+  </si>
+  <si>
+    <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko umuntu arazwa ishinga no guteranya abantu, mu gukura ijambo kuri uyu arishira uriya mu ntumbero yo kubateranya, ategerezwa kuzohanishwa igihano c'ukutinjira mu Bwami bw'ijuru.</t>
+  </si>
+  <si>
+    <t>النميمة من كبائر الذنوب.
+النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
+  </si>
+  <si>
+    <t>Uguteranya abantu, ni icaha mu vyaha rutura.
+Uguteranya abantu, birabujijwe kuko bituma haba ubwononyi n'ibangamira hagati y'abantu no mu kibano.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5368</t>
+  </si>
+  <si>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
+  </si>
+  <si>
+    <t>Uwipfuza kwugururirwa mu bimubeshaho (uwukunda ko ahabwa umusesekara mu bimubeshaho), agahabwa n'ubuzima burebure, araheza yunge ubuvandimwe bw'abo basangiye amaraso</t>
+  </si>
+  <si>
+    <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Anasi mwene Maaliki (Imana Allah Imwishimire) ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), yavuze iti: "Uwipfuza kwugururirwa mu bimubeshaho (uwukunda ko ahabwa umusesekara mu bimubeshaho), agahabwa n'ubuzima burebure, araheza yunge ubuvandimwe bw'abo basangiye amaraso".</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah), arahimiriza kwunga ubuvandimwe hagati y'abasangiye amaraso mu kugenderanira, mu guterana inkunga mu bikorwa bikeneye inguvu z'umubiri n'iz'uburyo, n'ibindi bitari ivyo, akanahimiriza no kwunga ubuvandimwe, kuko ari yo mvo ituma umuntu yugururirwa ubuzima akaronka umusesekara mu bimubeshaho akanaramba.</t>
+  </si>
+  <si>
+    <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
+الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
+صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
+  </si>
+  <si>
+    <t>Abavandimwe "rahimu", ni barya basangiye amaraso ku ruhande rwa ba Se na ba Nyina, uko rero umuntu aba asangiye amaraso ya hafi cane n'uwundi, ni ko aba akwiye kwungwa ubuvandimwe bwiwe gusumba uwo basangiye amaraso ya kure.
+Impera ingere ku yindi (impera yisunga ubwoko bw'igikorwa umuntu aba yakoze); uwunze abavandimwe biwe rero mu kubagirira ineza akarangwa n'ubugwaneza kuri bo, Imana Allah Iraheza Ikamuha kuramba Ikanamuha umusesekara mu bimubeshaho.
+Ukwunga ubuvandimwe, ni imvo ituma umuntu yugururirwa ubuzima mu guhabwa umusesekara mu bimubeshaho, ikanatuma umuntu aramba, n'aho rero urupfu rufise isango ntarengwa, n'ibibeshaho umuntu bikaba vyaragezwe, yamara ivyo birashobora kuba bisigura ko umuntu aheza akaronka imigisha n'imihezagiro mu bimubeshaho no mu buzima bwiwe, maze akarangura mu buzima bwiwe ibikorwa vyinshi kandi ngirakamaro,  gusumba ivyo uwundi muntu ashobora gukora. Hari n'iyindi nsiguro y'uko umuntu yongererezwa vy'ukuri ibimubeshaho n'imyaka yo kubaho maze bikiyongera. Imana Allah ni Yo Izi gusumba insiguro nyayo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5372</t>
+  </si>
+  <si>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
+  </si>
+  <si>
+    <t>Uwubangamira abandi, Imana Allah Iraheza Ikamubangamira; uwuremereje abandi, Imana Allah Iraheza Ikumuremereza</t>
+  </si>
+  <si>
+    <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Swirma (Imana Allah Imwishimire),  yavuze ko Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwubangamira abandi, Imana Allah Iraheza Ikamubangamira; uwuremereje abandi, Imana Allah Iraheza Ikumuremereza".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah), yarihanije umwislamu kubangamira umuntu, canke kumuremereza ku kintu ico ari co cose; haba ku bimwega ku gatwe kiwe, canke mu matungo yiwe canke mu biwe; aburira umuntu akora ivyo rero, ko Imana Allah Iheza Ikamuha ibihano bijanye n'ubwoko bw'ivyo yakoze.</t>
+  </si>
+  <si>
+    <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
+انتقام الله لعباده.</t>
+  </si>
+  <si>
+    <t>Iziririzwa ryo kugeramira umwislamu no kumuremereza.
+Imana Allah Irihorera abaja bayo ku bibi bakorerwa.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5375</t>
+  </si>
+  <si>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
+  </si>
+  <si>
+    <t>Igihe umuntu aba ari hafi cane y'Imana yiwe Rurema Allah, ni igihe yubamye.  Enda rero nyabuna, rushirizaho rero gusaba kenshi mu gihe mwubamye</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire),  yavuze ko Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Igihe umuntu aba ari hafi cane y'Imana yiwe Rurema Allah, ni igihe yubamye.  Enda rero nyabuna, rushirizaho rero gusaba kenshi mu gihe mwubamye".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
+وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yaratomoye ko igihe umuntu aba ari hafi cane y'Imana yiwe Rurema Allah, ari igihe yubamye. Ivyo biri ukwo, kubera ko uwuriko arasenga ashira hasi igihimba ciwe cubashwe gusumba ibindi bihimba vy'umubiri wiwe (umutwe), maze akubama mu kwerekana ko yicishije bugufi kandi agayitse mu kuba ari umunyentegenke cane ku Mana Allah Nyenintsinzi na Nyenicubahiro.
+Ni kuri iyo mvo rero, Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah), yategetse ko umuntu yorushirizaho gusaba kenshi mu gihe yubamye, gutyo agahuriza hamwe mu majambo no mu bikorwa ukwerekana intege nke afise.</t>
+  </si>
+  <si>
+    <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
+استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
+  </si>
+  <si>
+    <t>Iyumviramana ryongerereza umuntu ubutoni bwo kuba hafi cane y'Imana Allah Nyenukuninahazwa Nyenuguhabwicubahiro nta ngere.
+Birabereye cane kurushirizaho gusaba kenshi mu cubamo; kuko uwo mwanya ari mu myanya yo kwakirirwa ibisabisho.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5382</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Uwo wese yemera Imana Allah ko Ibaho akemera n'umusi w'iherezo ko ubaho, araheza avuge ivyiza canke apfume yinumira</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo wese yemera Imana Allah ko Ibaho akemera n'umusi w'iherezo ko ubaho, araheza avuge ivyiza canke apfume yinumira; kandi n'uwo wese yemera Imana Allah ko Ibaho, akemera n'umusi w'iherezo ko ubaho, araheza yubahe yubahirize umubanyi wiwe; n'uwo wese kandi yemera Imana Allah ko Ibaho, akemera n'umusi w'iherezo ko ubaho, araheza azimane umushitsi wiwe".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko umuja yemera vy'ukuri Imana Allah ko Ibaho, akemera n'umusi w'iherezo ko ubaho akazosubizwa ku Mana Allah Yamuremye, maze agahemberwa ivyo yakoze, ukwemera kwiwe gutuma akora ibi bintu:
 Ica mbere: Ukuvuga ijambo ryiza, mu gutazira no kuninahaza Imana Allah, ukwemanga ko Imana Allah ari Imwe Rudende, ukubwiriza ibikorwa vyiza, ukubuza ibikorwa bibi, hamwe rero n'ukunywanisha abatase mu bantu. Mu gihe rero atoshobora gukora ivyo bidondaguwe, asabwa kwinumira maze akareka kugira uwo abangamiye n'akarimi kiwe, agaheza akagacungera.
 Ica kabiri: Ukwubaha n'ukwubahiriza umubanyi, mu kumugirira ubugwaneza no kutamubangamira.
 Ica gatatu: Ukuzimana umushitsi  akugendeye, mu kumuganiriza amajambo meza n'ukumufungurira, n'ibindi nk'ivyo.</t>
   </si>
@@ -2030,50 +3262,90 @@
 Ikamurwanira mu gukoresha ukuboko kwiwe, ku buryo ata co akora n'ukuboko kiretse kirya gishimisha Imana Allah.
 Ikanamurwanira mu gukoresha ukuguru kwiwe, ku buryo adaheza ngo agende kiretse ahakundwa hakanashimwa n'Imana Allah, eka ntanagenda kiretse ahakorerwa ivyiza.
 Hamwe n'ivyo rero, iyo hagize ikintu asaba Imana Allah, ni ukuri Iraheza Ikakimuronsa, akaba umuntu yumvirwa igisabisho. N'iyo asavye Imana Allah ko Imukingira, ni ukuri Iraheza Ikamukingira ibimutera ubwoba bimubangamiye.
 Hanyuma Imana Allah Nyeniguhabwicubahiro nta ngere Ica Ivuga Iti: Sinigera Ngonanwa ku kintu nshatse kugira nk'uko Ngonanwa ku mutima w'umwemeramana ku mpuhwe Ndamwumvira iyo Nshatse ko ahwera, kuko yanka gupfa ngo ntababare, nanje Nkanka ikibabaza umwemeramana.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Iyi nyigisho y'intumwa, iri mu vyakiriwe n'Umvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ku Mana yiwe Rurema. Inyigisho nk'iyi rero ikitwa inyigisho ntagatifu "Hadiithu qud-siyyu" canke "Hadiithu ilaahiyyu", na yo ikaba ari irya nyigisho amajambo n'insiguro yayo akomoka ku Mana Allah; kiretse ko inyigisho ntagatifu itagenewe nka birya vyagenewe Qor'ani, mu kuba isomwa ryayo riri mu bikorwa nyegerezamana, mu gusaba itunganywa ry'isuku imbere yo kuyisoma, uguhiga n'ibiremwa ko bidashoboye kuzana ibisa na yo mu nyubako n'insiguro yayo, hamwe rero n'ukuba ari igitangaro ku biremwa, n'ibindi bitari ivyo.
 Ibuzwa ry'ibangamira ry'abatoni b'Imana Allah, hamwe n'uguhimiriza kubakunda.
 Ibwirizwa ryo kurwanya abansi b'Imana Allah no kuziririza kubagira abagenzi somambike.
 Umuntu wese yiyitirira ubutoni ku Mana Allah kandi atagendera amabwirizwa yayo, aba ari umubeshi mu vyo yiyitirira.
 Ubutoni ku Mana Allah bubonekera mu gukora ibitegetswe no kureka ibibujijwe.
 Biri mu mvo zituma umuntu akundwa n'Imana Allah akanakirirwa igisabisho, ugukora ibikorwa vy'inyongera inyuma y'ugukora ibitegetswe no kureka ibibujijwe.
 Vyerekana icubahiro nta ngere n'ikibanza co hejuru abatoni b'Imana Allah bafise.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/6337</t>
+  </si>
+  <si>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>Nimwirinde umwanda w'iki caha (c'ubusambanyi) Imana Allah Yabujije ko gikorwa. Uwo wese rero azokigwamwo,  arakigira ibanga mu gihe Imana Allah Yamugumirije akabanga ntimugaragaze, aheze yibwirize kwigaya ku Mana Allah; kuko mu vy'ukuri,  uwuzotugaragariza ibiri mu gitabu ciwe c'ivyaha, tuzomuhanisha ingingo mpanavyaha ziri mu Gitabu c'Imana Allah Nyenintsinzi, Nyenicubahiro</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abdillahi mwene Omari (Imana Allah Ibishimire bompi) ni uko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yahagaze mu nyuma yo gutera amabuye Al-Aslamiy, ica ivuga iti: "Nimwirinde umwanda w'iki caha (c'ubusambanyi) Imana Allah Yabujije ko gikorwa. Uwo wese rero azokigwamwo,  arakigira ibanga mu gihe Imana Allah Yamugumirije akabanga ntimugaragaze, aheze yibwirize kwigaya ku Mana Allah; kuko mu vy'ukuri,  uwuzotugaragariza ibiri mu gitabu ciwe c'ivyaha, tuzomuhanisha ingingo mpanavyaha ziri mu Gitabu c'Imana Allah Nyenintsinzi, Nyenicubahiro".</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Mwene Omari (Imana Allah Ibishimire bompi) yaratwiganiye ko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yahagaze inyuma y'aho ahereje gutera amabuye Maa'izi mwene Maaliki Al-Aslamiy (Imana Allah Imwishimire) mu gushira mu ngiro ingingo mpanavyaha y'igihano c'ubusambanyi, aca ashikiriza ijambo abari ng'aho ati: Nimwirinde umwanda w'iki caha c'ubusambanyi kiri mu vyaha vyabujijwe n'Imana Allah ko bikorwa; uwuzoramuka rero akiguyemwo,  abwirizwa kugira ibintu bibiri: Ica mbere: ni uko yokwihorera maze bikaguma mw'ibanga mu gihe yagumirijwe akabanga n'Imana Allah, ntaheze ngo yiyandagaze mu kuyagira abandi icaha yaguyemwo. Ica kabiri: ni uko yokwihutira kwigaya ku Mana Allah ata kudandabagira (gutsimbatara) kuri nya caha ngo nzoba ndigaya; uwo wese rero azotugaragariza icaha ciwe yakoze tuzoheza tumuhanishe igihano mpanavyaha c'uwagiriwe n'ico caha, kiri mu Gitabu c'Imana Allah Nyenintsinzi, Nyenicubahiro.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Guhimiriza umuntu akoze icaha ko akigira ibanga, maze akigaya mw'ibanga ku caha yakoze kiri hagati yiwe n'Imana yiwe Rurema Allah.
+Ivyaha bihanishwa ibihano mpanavyaha vyagenwe n'amategeko y'ubwislamu iyo bishikiriye umutware akabimenya, ategerezwa gushira mu ngiro igihano mpanavyaha gitegekanijwe.
+Ni ngombwa kwirinda kugwa mu vyaha, maze hakaba ukwigaya kuri vyo mu kuvavanura na vyo.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/58240</t>
   </si>
   <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>Zina-kintu cose kiborera, ni inzoga; kandi zina-kintu cose kiborera, kirazira kikaziririzwa kucihereza. Umuntu uwo ari we wese rero anyoye inzoga mu buzima bwo kw'isi, maze akarinda apfa akiyinywa, atigeze yigaya ngo areke kuyinywa akiri muzima, ntazonywa namba ku nzoga mu buzima bw'inyuma yo gupfa</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Mwene Omari (Imana Allah Ibishimire bompi) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Zina-kintu cose kiborera, ni inzoga; kandi zina-kintu cose kiborera, kirazira kikaziririzwa kucihereza. Umuntu uwo ari we wese rero anyoye inzoga mu buzima bwo kw'isi, maze akarinda apfa akiyinywa, atigeze yigaya ngo areke kuyinywa akiri muzima, ntazonywa namba ku nzoga mu buzima bw'inyuma yo gupfa".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko buri kintu cose kiyovya ubwenge kikaborera uwacihereje ari inzoga, caba ari ikinyobwa canke ikiribwa kibure icimoterezwa, canke ibindi bitari ivyo, n'uko ikintu ico ari co cose kiborera kikayovya ubwenge, Imana Allah Yamaze kukiziririza Ikanabuza ko ciherezwa; ukwihereza dukeya kuri co kirazira, co kimwe n'ukwihereza twinshi. Yarerekanye n'uko uwo wese yihereje ikintu ico ari co cose muri ivyo bintu biborera, agashishikara acihereza ntaheze ngo yigaye, maze akarinda apfa akicihereza, ko yagenewe n'Imana Allah ibihano mu kuzobuzwa kucihereza mu Bwami bw'ijuru.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
@@ -3612,56 +4884,50 @@
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko Imana Allah Yatanze akarorero k'ubwislamu ko ari nk'inzira igororotse itagirako na hamwe hagoramye; ku mpande zibiri z'iyo nzira, hari insika zibiri ziyikikije; izo nsika zikaba ari zirya mbibe z'amabwirizwa y'Imana Allah; kuri izo nsika hari imiryango yuguruye, na yo ikaba ari birya vyaziririjwe n'Imana Allah; kuri nya miryango, hari ibizibizo bimanitseko bituma uwurengana atabona ibiri inyuma yayo; ku ntango z'iyo nzira, hari umuraritsi yereka abantu aho bategerezwa guca akababwira ati: Enda nyabuna nimuce kuri iyi nzira, ntimuyihushe ngo mutumbere hirya canke hino ku mpande zayo; uyo muraritsi, akaba ari Igitabu c'Imana Allah. Hari n'uwundi muraritsi rero ahamagarira hejuru ya nya nzira, maze yabona hari uwurengana kuri nya nzira ashatse kwugurura ibizibizo biri kuri nya miryango ngo arunguruke ibiri inyuma yayo, n'aho koba ari akantu gato, agaca yamama amubuza ati: Ntuhirahire ngo ukingure ico kizibizo; kuko niwaramuka ugikinguye ngo ubone ibiri inyuma yaco ushoka winjira, kandi ntushobora kwigumya ngo ntiwinjire; uyo muraritsi akaba ari umushaha mwibutsamana uri mu mutima wa buri mwislamu.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Ubwislamu ni ryo dini ry'ukuri, ni na yo nzira igororotse idushikana mu Bwami bw'ijuru.
 Ni ngombwa kwubahiriza imbibe z'amabwirizwa y'Imana Allah, ivyo Yaziruye n'ivyo Yaziririje, n'uko kubifata minenegwe bituma haba uguhona.
 Ivyiza vya Qor'ani ntagatifu n'ihimirizwa ryo kuyigendera mu gushira mu ngiro ibirimwo; kuko harimwo uburongozi, umuco n'intsinzi.
 Impuhwe z'Imana Allah Ifitiye abaja bayo, kubera umwibutsamana Yacishije mu mitima y'abemeramana, ubabuza ukanabahanura kutagwa mu bibahonya.
 Imana Allah ku mpuhwe zayo Yagiriye abaja bayo, Yarabagiriye inzitizi zibakingira kugwa mu vyaha n'ibicumuro.
 Biri mu vyifashishwa mu kwigisha, gutanga uburorero mu ntumbero yo kwegereza no gutomora insiguro.</t>
   </si>
   <si>
-    <t>رواه الترمذي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/rn/browse/hadith/65049</t>
   </si>
   <si>
     <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yahishuriwe ifise imyaka mirongo ine</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Mwene Abasi (Imana Allah Ibishimire bompi) yavuze ati: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yahishuriwe ifise imyaka mirongo ine, iraheza iguma i Makka imyaka cumi n'itatu; hanyuma itegekwa kwimuka ica yimukira i Madina, iraheza ibayo imyaka cumi, hanyuma (nyakugira amahoro n'impuhwe z'Imana Allah) yahavuye ipfa".</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Mwene Abasi (Imana Allah Ibishimire bompi) arigana ko Qor'ani yahishuriwe Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), hanyuma irungikwa kuba Intumwa ifise imyaka mirongo ine, iraheza iba i Makka imyaka cumi n'itatu mu nyuma y'ihishurirwa, hanyuma itegekwa kwimukira i Madina, iraheza irimuka maze ibayo imyaka cumi, mu nyuma rero (nyakugira amahoro n'impuhwe z'Imana Allah) yahavuye ipfa ifise imyaka y'amavuko mirongo itandatu n'itatu.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
@@ -3807,56 +5073,50 @@
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yarahaye ingendanyi ziwe impanuro nkoramutima zishika ku nyota, ku buryo imitima yoroshe igatinya ibihano, bituma amaso akorora amosozi bitewe n'ikigumbagumba; ingendanyi zari aho zica zivuga ziti: Ewe Ntumwa y'Imana! Izi mpanuro nkoramutima womenga ni impanuro z'uwuriko araraga. Aho ingendanyi zari zifatiye ku mwitwarariko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yari afise mu gutanga nya nyigisho, ziraheza zica zimusaba ko azisigira iragi zizofata nkama mu kurigendera mu nyuma y'aho (nyakugira amahoro n'impuhwe z'Imana Allah) atakiriho, aca avuga azihanura ati: Ndabasigiye iragi ry'uko mugamburukira Imana Allah mu gukora ivyo Yabategetse no kureka ivyo Yababujije, ukwumva n'ukwumvira indongozi, n'aho vyoshika mukaba murongowe canke mugatwarwa n'umuja, bisigura gutwarwa n'umuntu nyarucari, ico gihe rero ntimuzohirahire ngo mumugaye, ahubwo muramwumvira ku kwanka ko hoca hiyadukiza igeragezwa ry'ugucanamwo, mu vy'ukuri uwuzoramba muri mwebwe azobona ukudahuza mu guhazana kenshi mu vyiyumviro. Mu nyuma rero,  Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yahavuye yereka ingendanyi inzira izokura abantu mu kudahuza mu guhazana mu vyiyumviro, ko ari ugufata nkama n'ukugendera inyigisho n'imigenzo vyayo, hamwe rero n'ugufata nkama imigenzo y'ingendanyi z'abagororotsi zigendera ukuri, mu nyuma y'aho azoba atakiriho. Izo ngendanyi ni Abu Bakari w'imvugakuri, Omari mwene Al-Khattwaabi, Othmani mwene Affaani, hamwe rero na Ali mwene Abu Twaalibi (Imana Allah Izishimire zose).  Ukugumya n'ibijigo inyigisho n'imigenzo bivugwa ng'aha, bisigura kugumya izo nyigisho n'imigenzo ata guhesha mu kuzigendera. Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah) yaranihanije ingendanyi ziwe ko zokwirinda ibintu vy'ivyadukano mw'idini, kuko mu vy'ukuri icadukano iyo kizanana hose, ari ubuhuvyi.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Akamaro ko kugumya mu gutsimbatara no gukurikira inyigisho n'imigenzo vy'intumwa.
 Kwitwararika gutanga impanuro zituma imitima yoroha igatinya.
 Kubwiriza abantu gukurikira imigenzo y'ingendanyi zine z'abagororotsi zigendera ukuri, zarongoye ubwislamu mu nyuma, na zo zikaba ari: Abu Bakari w'imvugakuri, Omari mwene Al-Khattwaabi, Othmani mwene Affaani, hamwe rero na Ali mwene Abu Twaalibi (Imana Allah Izishimire zose).
 Ibuzwa ryo gukurikira ivyadukano mw'idini, n'uko icadukano ico ari co cose, ari ubuhuvyi.
 Kwumva n'ukwumvira uwujejwe gutunganiriza abemeramana mu bitari ivyaha n'ibicumuro.
 Akamaro k'igamburukiramana mu bihe vyose n'aho ari ho hose.
 Abantu kudahuza mu guhazana mu vyiyumviro, birashobora gushika hagati y'abarungikiwe Intumwa Muhamadi (nyakugira amahoro n'impuhwe z'Iamana Allah), ariko rero igihe bishitse, abantu bategerezwa kugaruka bakisunga inyigisho n'imigenzo vy'intumwa hamwe n'imigenzo y'ingendanyi z'abagororotsi zigendera ukuri.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/65057</t>
   </si>
   <si>
     <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>bahora bayigishwa n'Intumwa (nyakugira amahoro n'impuhwe z'Imana Allah) ari Aayah cumi, ntibigishwa izindi cumi zikurikira batabanje kumenya ibiri muri zimwe cumi za mbere, ubumenyi hamwe n'ishirwa mu ngiro ryabwo</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Abdu Rahmaani Al-Sulamiy (nyakugira impuhwe z'Imana Allah) yavuze ati: "Iyi nyigisho twayiganiwe n'abahora batwigisha Qor'ani mu ngendanyi z'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ko bahora bayigishwa n'Intumwa (nyakugira amahoro n'impuhwe z'Imana Allah) ari Aayah cumi, ntibigishwa izindi cumi zikurikira batabanje kumenya ibiri muri zimwe cumi za mbere, ubumenyi hamwe n'ishirwa mu ngiro ryabwo, bavuze bati: "Ni gutyo rero twiga ubumenyi n'ishirwa mu ngiro ryabwo mu kubugendera".</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Ingendanyi (Imana Allah Izishimire) zahora zigishwa n'Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) Aayah cumi muri Qor'ani, eka ntizimukira ku zindi zitabanje kwiga ibiri muri izi cumi, bigizwe n'ubumenyi bwazo hamwe n'ukubugendera mu kubushira mu ngiro; ni ukwo rero zize ubumenyi bubangabanganwe n'ishirwa mu ngiro ryabwo.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
@@ -4075,137 +5335,391 @@
 Ica kabiri: Iyo agize ngo ariyemeje ikintu, ntaheza ngo agishitse, aranahemukira mugenziwe.
 Ica gatatu: Iyo atanze isezerano (isango), ntaheza ngo aryubahirize, ararirengako.
 Ica kane: Iyo hagize uwo batase bakarwana, araheza akerura cane mu gutata, akanahonyanga ukuri, ntaheze ngo agutumbere, aranakoresha urwenge mu guca kubiri na nya kuri no mu kwigobotora, maze akavuga ibitaroranye n'ikinyoma.
 Mu vy'ukuri uburyarya, ni umuntu kugaragaza igihushane c'ivyo ahishije muri we. Iyi nyifato rero igira uwurangwa n'ivyo bintu bine, maze uburyarya bwiwe bukagaragarira mu vyo aganirije mugenziwe, mu vyo amusezeraniye, mu vyo amwizeyeko, mu vyo bapfuye mu gihe batase, no mu vyo yiyemeje akemerera abantu, si uko ari indyarya mu bwislamu bwiwe mu kuba abugaragaza mu gihe ahishije ubugarariji. Umuntu aranzwe na kimwe muri ivyo bintu bine rero, aba aranzwe na kimwe mu bintu biranga uburyarya gushika avavanure na co.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Kwerekana bimwe mu bimenyetso biranga indyarya, mu ntumbero yo kugira abantu babitinye bongere biyubare kubikora.
 Ico iyi nyigisho y'intumwa ishaka kuvuga, ni uko ibi bintu biranga uburyarya, n'uko uwubikoze aba asa n'indyarya zirangwa n'ivyo bintu, maze akigenza nkazo mu nyifato yazo, si ukuvuga ko aba ari indyarya mu kugaragaza ubwislamu agahisha ubugarariji. Hari n'iyindi nsiguro ivugwa yuko ukurangwa n'ivyo bintu bine, ari ukuba umuntu arangwa na vyo kenshi na kenshi, maze akabifata minenegwe mu kwibaza ko kubikora ata co bitwaye, ko ari ibisanzwe. Kuri ubwo rero, mu vy'ukuri uwigenjeje ukwo, mu kwemera kwiwe kenshi na kenshi haba harimwo agahaze.
 Al-Ghazaaliy yavuze ati: "Umushinge w'idini, ugizwe n'ibintu bitatu: ijambo (imvugo), igikorwa (ingiro) hamwe rero n'izirikanagikorwa. Iyi nyigisho y'intumwa rero,  ikaba ikebura mu kwerekana ko ijambo ryononwa n'ukubesha; igikorwa na co kikononwa n'uguhemuka; izirikanagikorwa na ryo rikononwa n'ukutubahiriza isezerano; kuko ukutubahiriza isezerano nta co kwonona kiretse mu gihe agatima ko kurenga kuri nya sezerano kaba kabangabanganwe na ryo; nayo mu gihe umuntu yoba yiyemeje kwubahiriza isezerano, hanyuma hakaduka igituma ataryubahiriza, canke akagira ikindi ciyumviro gituma arihindura, muri ico gihe ntaba aranzwe n'uburyarya".
 Uburyarya buri mu bwoko bubiri: Hari uburyarya mu kwemera bukura nyenebwo mu kwemera, na bwo bukaba ari umuntu kugaragaza ubwislamu agahisha ubugarariji; hakaba rero n'uburyarya mu bikorwa, ni na bwo rero bushingiye ku kwigenza nk'indyarya mu nyifato yazo. Uburyarya nk'ubu, ntibukura nyenebwo mu kwemera, kiretse ko ari icaha mu vyaha rutura.
 Ibnu Hajar yavuze ati: "Abamenyi bose barahurije ku ngingo yuko uwemera ku mutima wiwe, akavyatura n'ururimi rwiwe, maze bigashika akarangwa n'ibi bintu bine, adaheza ngo yagirwe n'ingingo y'ubugarariji, eka ntaba ari n'indyarya izoja mu muriro ikamarayo ibihe bidashira".
 Al-Nawawiy yavuze ati: "Hari umugwi w'abamenyi wavuze ko abarangwa n'ivyo bintu, ari indyarya zabayeho igihe c'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) zagaragaje ukwemera kwazo hanyuma zikabesha, zizewe kw'idini ryazo hanyuma zigahemuka, ziyemeje isezerano ryo kurwanira idini hanyuma zirarirengako, zatase hanyuma zirerura mu gutata kwazo".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/65124</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Adbu Al-Rahmani mwene Abdillaahi mwene Omari mwene Al-Khttwaabi (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti:||"Ubwislamu bwubakiye ku nkingi zitanu: Ukwemera n'ukwemanga ko ata mana ibwirijwe gusengwa atari Imana Imwe Rudende Allah, n'uko Muhamadi ari Umuja wayo akaba n'Intumwa yayo; ugutsimbataza isengesho; ugutanga ishikanwa-bwirizwa; ugushengerera ingoro ntagatifu y'Imana Allah iri i Makka; hamwe rero n'ugupfunga ukwezi kwa Ramadhani</t>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>Mu vy'ukuri, Imana Allah Yarashinze amabwirizwa ategerezwa kwubahirizwa "faradwi", ntimukayirengagize; Yarashinze n'ingingo mpanavyaha "huduudu", ntimukazirengeko; Yaranaziririje ibintu bitarekuwe gukorwa "haraamu",  ntimukabivogere; Iraheza Ireka gushinga ingingo n'imwe ku bintu bimwebimwe mu ntumbero yo kubagirira impuhwe, maze Ibigira ukwo bidatewe n'ukwibagira; ntimukarondere rero kumenya ingingo zivyerekeye</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Mu vyakirwe na Abu Tha'laba Al-Khushaniy Jurthuumu mwene Naashiri (Imana Allah Imwishimire) ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri, Imana Allah Yarashinze amabwirizwa ategerezwa kwubahirizwa "faradwi", ntimukayirengagize; Yarashinze n'ingingo mpanavyaha "huduudu", ntimukazirengeko; Yaranaziririje ibintu bitarekuwe gukorwa "haraamu",  ntimukabivogere; Iraheza Ireka gushinga ingingo n'imwe ku bintu bimwebimwe mu ntumbero yo kubagirira impuhwe, maze Ibigira ukwo bidatewe n'ukwibagira; ntimukarondere rero kumenya ingingo zivyerekeye".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaravuze ko Imana Allah Yashinze amabwirizwa ategerezwa kwubahirizwa, murayubahiriza rero ata kuyirengagiza ngo muyareke canke ngo buyadebukeko, Yaranashinze ingingo ntarengwa zihana zigahasha uwurenze ku vyo Idashima ko mwokora, ntimukazirengeko mu kwishingira ingingo zanyu, Yaranaziririje ibitarekuwe gukorwa ntimukavyegere ngo mubikore, ibitari ivyo bidondaguwe rero Yararetse kugira ico Ibivuzeko mu ntumbero yo kugirira impuhwe abaja bayo, maze biguma muri kamere kavyo kwo kuba bitabujijwe, ntumugahirahire rero ngo murondere kumenya ingingo zivyerekeye.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Iyi nyigisho y'intumwa, ni icemezo c'uko Imana Allah ari Yo Ishinga amabwirizwa, kuko burya vyose biri mu minwe yiwe Nyenukuninahazwa.
+Iyi nyigisho y'intumwa,  ihurikiyemwo amategeko y'amabwirizwa y'ibizira n'ibiziruye, hamwe rero n'ay'ibitabujijwe; kuko burya ingingo iyo ari yo yose y'ubwislamu, ishobora kuba ari iyitagira ico yavuzweko canke ikaba ari iyifise ico yavuzweko, iyi na yo irashobora kuba ari iy'igitegetswe gukorwa "waajibu" canke ikibereye gukorwa "manduubu"; canke kikaba ari iy'ikibujijwe mu kuziririzwa "haraamu" canke mu kuba ari ikitabereye "makruuhu"; canke kikaba ari ikirekuwe "mubaahu".
+Ivyo Imana Allah Itagize ico Ibivuzeko mu kutabigira amabwirizwa "faradwi canke waajibu", mu kutabigira ivyaha vyagenewe ingingo mpanavyaha "huduudu", Itanagize ico Ibivugako mu kubibuza, biba birekuwe gukorwa "halaali".
+Itomora ryiza ryakoreshwa n'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), aho dusanga yarashikirije iyi nyigisho mw'idondagurwa ritomoye ry'iyi mice y'amabwirizwa.
+Ni ngombwa kwubahiriza mu kwamizako amabwirizwa y'Imana Allah Nyenuguhabwicubahiro nta ngere.
+Iziririzwa ryo kurenga ku ngingo mpanavyaha zashinzwe n'Imana Allah Nyenuguhabwicubahiro nta ngere.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>Mu vy'ukuri, ibikorwa vyose bihabwa impembo hisunzwe izirikana-gikorwa vyakoranwe; kandi burya mu vy'ukuri, umwe wese arafise ku mushaha wiwe ico yazirikanye</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe n'indongozi y'abemeramana Se wa Hafswa, Omari mwene Al-Khattwaabi (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Mu vy'ukuri, ibikorwa vyose bihabwa impembo hisunzwe izirikana-gikorwa vyakoranwe; kandi burya mu vy'ukuri, umwe wese arafise ku mushaha wiwe ico yazirikanye, uwo wese rero ukwimuka kwiwe kuzoba ari ku bw'Imana Allah n'Intumwa yayo, ukwimuka kwiwe kuzokwakirwa ku bw'Imana Allah n'Intumwa yayo. Nayo uwuzoba ukwimuka kwiwe ari ku bw'isi n'ibihendamaso vyayo arondera, canke kukaba ari ku mvo z'ugukurikira umugore ashaka kwubakana nawe, ukwimuka kwiwe kuzokwakirwa ku mvo z'ivyatumye yimuka".</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Guhimiriza umuntu ko yogira izirikanamana, kuko mu vy'ukuri Imana Allah,  ntiyakira igikorwa kiretse icakozwe mu ntumbero yo kurondera gushimwa nayo.
+Ibikorwa vyiza vyegereza umuntu ku Mana Allah, iyo umuntu abikoze nk'ibikorwa bisanzwe vyo mu buzima bwa misiyose (mu buryo bw'akamenyero), ntaheza ngo abihemberwe iyo atabikoze mu ntumbero y'ukurondera kwiyegereza Imana Allah.
+Izirikana-gikorwa, ni ryo rituma haba itandukaniro hagati ya bimwe n'ibindi mu bikorwa nyegerezamana, hakaba n'itandukaniro hagati y'ibikorwa nyegerezamana n'ibimenyerewe gukorwa mu buzima bwa misi yose.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Abdu Al-Rahmani mwene Abdillahi mwene Omari mwene Al-Khttwaabi (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti:||"Ubwislamu bwubakiye ku nkingi zitanu: Ukwemera n'ukwemanga ko ata mana ibwirijwe gusengwa atari Imana Imwe Rudende Allah, n'uko Muhamadi ari Umuja wayo akaba n'Intumwa yayo; ugutsimbataza isengesho; ugutanga ishikanwa-bwirizwa; ugushengerera ingoro ntagatifu y'Imana Allah iri i Makka; hamwe rero n'ugupfunga ukwezi kwa Ramadhani</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Adbu Al-Rahmani mwene Abdillaahi mwene Omari mwene Al-Khttwaabi (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Ubwislamu bwubakiye ku nkingi zitanu: Ukwemera n'ukwemanga ko ata mana ibwirijwe gusengwa atari Imana Imwe Rudende Allah, n'uko Muhamadi ari Umuja wayo akaba n'Intumwa yayo; ugutsimbataza isengesho; ugutanga ishikanwa-bwirizwa; ugushengerera ingoro ntagatifu y'Imana Allah iri i Makka; hamwe rero n'ugupfunga ukwezi kwa Ramadhani".</t>
+    <t>Mu vyakiriwe na Abu Abdu Al-Rahmani mwene Abdillahi mwene Omari mwene Al-Khttwaabi (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Ubwislamu bwubakiye ku nkingi zitanu: Ukwemera n'ukwemanga ko ata mana ibwirijwe gusengwa atari Imana Imwe Rudende Allah, n'uko Muhamadi ari Umuja wayo akaba n'Intumwa yayo; ugutsimbataza isengesho; ugutanga ishikanwa-bwirizwa; ugushengerera ingoro ntagatifu y'Imana Allah iri i Makka; hamwe rero n'ugupfunga ukwezi kwa Ramadhani".</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>رواه البخاري ومسلم</t>
   </si>
   <si>
     <t>[رواه البخاري ومسلم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66512</t>
   </si>
   <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ikaba ari na yo Mvugakuri Mudahinyuzwa, aho ivuga ko: "Iremwa ry'umwe wese muri mwebwe riba mu kwegeranya intanga mu gitereko ca nyina mu kiringo c'imirango mirongo ine n'amajoro mirongo ine</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Abdu Al-Rahmani mwene Abdullahi mwene Mas'uudi (Imana Allah Imwishimire) yavuze ati: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) Imvugakuri Mudahinyuzwa, yaratwiganiye iti: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ikaba ari na yo Mvugakuri Mudahinyuzwa, aho ivuga ko: "Iremwa ry'umwe wese muri mwebwe riba mu kwegeranya intanga mu gitereko ca nyina mu kiringo c'imirango mirongo ine n'amajoro mirongo ine, hanyuma akaba akamanyu k'amaraso avuze mu kiringo nk'ico nyene c'imisi mirongo ine, hanyuma akaba akamanyu k'inyama mu kiringo nk'ico nyene c'imisi mirongo ine, hanyuma akarungikirwa umumalayika, maze agahabwa n'Imana Allah uburenganzira bw'ukwandika amajambo ane ku bizomushikira vyose, agaheza rero akandika: Ibizomubeshaho, imyaka azobaho, ibikorwa azokora, n'uko rero azobaho mu magorwa canke mu mahirwe, agaheza agaca amuhuhiramwo inkomoko y'ubuzima "Roho"; ni ukuri rero ndarahiye kw'izina ry'urya ata yindi mana ihari atari Yo, ko mu vy'ukuri umwe wese muri mwebwe hari ighe bishika agakora igikorwa c'abantu bo mu Bwami bw'ijuru kugeza n'aho ata gisigaye kiri hagati yiwe n'Ubwami bw'ijuru ngo abushikire kiretse intambwe nto ireha n'uburebure bw'ukuboko gushika mu nkokora, yamara ivyanditswe kuri we bikamuciramwo, maze agakora igikorwa c'abantu bo mu muriro, agasanga awinjiyemwo ukwo; ni ukuri hari n'igihe umwe muri mwebwe akora igikorwa c'abantu bo mu muriro, kugeza n'aho ata gisigaye kiri hagati yiwe n'umuriro ngo awinjiremwo kiretse intambwe nto ireha n'uburebure bw'ukuboko gushika mu nkokora, yamara ivyanditswe kuri we bikamuciramwo, maze agakora igikorwa c'abantu bo mu Bwamwi bw'ijuru, agasanga abwinjiyemwo ukwo".</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Kwerekana intambwe z'iremwa ry'umuntu.
+Kwemera ivyagezwe n'ishirwa mu ngiro ryavyo.
+Iherezo ryiza canke ribi ry'ibintu, ryisunga ivyamaze kwandikwa mu vyagezwe.
+Ukwihaniza umuntu ko atokwihenda  akishimira ibikorwa bitandukanye akora; kuko mu vy'ukuri, ibikorwa vyose bihabwa agaciro hisunzwe isozerwa ryavyo uko ryagenze (birabwa iherezo).
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>Uwo wese azokwadukana gishasha muri iri dini ryacu, kitari mu vyo twigishije, azogisubizwa, ntikizokwakirwa namba</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe n'Umuvyeyi w'abemeramana, Nyina wa Abdullahi, Aisha (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo wese azokwadukana gishasha muri iri dini ryacu, kitari mu vyo twigishije, azogisubizwa, ntikizokwakirwa namba".</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Ibikorwa nyegerezamana vyubakiye ku vyaje bigatomorwa mu Gitabu no mu nyigisho n'imigenzo vy'intumwa, ntiturekuriwe rero kwiyegereza Imana Allah mu vyo dukora kiretse mu gihe twisunze ivyashinzwe n'amabwirizwa, atari ivyadukano bishasha mw'idini.
+Idini ntirishingiye ku vyiyumviro canke ku vyo abantu bibaza ko ari vyiza, yamara rishingiye ku gukurikira Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah).
+Iyi nyigisho y'intumwa, ni icemezo c'uko idini ryikwije kandi ritunganye.
+Icadukano, ni kirya kintu cose congewe mw'idini kandi kitigeze kibaho igihe c'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) n'igihe c'ingendanyi ziwe mu bijanye n'ukwemera, mu majambo canke mu bikorwa.
+Iyi nyigisho y'intumwa, ni umushinge mu mishinge ubwislamu bwubakiyeko, ni nk'umunzane wo gupimirako ibikorwa, kurya rero igikorwa cose kidakozwe ku bw'Imana Allah, nyeneco atagihemberwa, ni ko nyene n'igikorwa cose gikozwe kitisunze ivyigishijwe n'Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) gisubizwa nyeneco, nticemerwe.
+Iyi nyigisho y'intumwa, ni umushinge w'itegeko ngenderwako ryisungwa mu kutakirwa ivyadukano n'ibibi mu vyo abantu badukana uko bukeye uko bwije.
+Ivyadukano bishasha bibujijwe, ni birya bikorwa vyose bifitaniye isano n'idini, si birya bijanye n'ivy'isi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66514</t>
+  </si>
+  <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Abdillaahi Al-Nu'maani mwene Bashiiri (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti:||"Mu vy'ukuri, ni ukuri ibirekuwe birazwi mw'idini biranatomoye;  kandi ni ukuri n'ibizira birazwi biranatomoye. Ariko rero n'uko biri ukwo, hagati y'ibi na biriya hari ibintu biteye amazinda, ndetse  abenshi mu bantu ntibazi ingingo zivyerekeye. Kubera ivyo rero, uwuzokwirinda kugwa mu biteye amazinda, azoba akingiye idini ryiwe n'icubahiro ciwe; nayo uwuzogwa mu biteye amazinda, azoba aguye mu bizira; nka kurya kw'umwungere aragiriye ku nkengera y'itongo rikingiwe ritavogerwa, ahakwa kwonesha muri nya tongo. Enda rero bantu  nimwumve mwumvireho! Ni ukuri, burya umwami wese aba afise itongo rikingiwe ritavogerwa. Bantu nimwumve mwumvireho! Ni ukuri, burya itongo ry'Imana Allah rikingiwe ritavogerwa, ni birya bizira Yaziririje. Bantu nimwumve mwumvireho! Ni ukuri, burya mu mubiri w'umuntu harimwo igihimba c'inyama, iyo gitunganye umubiri wose uraheza ugatungana; iyo naho cononekaye, umubiri wose uraheza ukononekara. Bantu nimwumve mwumvireho! Ico gihimba c'inyama si ikindi, ni umutima</t>
+    <t>Mu vyakiriwe na Abu Abdillahi Al-Nu'maani mwene Bashiiri (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti:||"Mu vy'ukuri, ni ukuri ibirekuwe birazwi mw'idini biranatomoye;  kandi ni ukuri n'ibizira birazwi biranatomoye. Ariko rero n'uko biri ukwo, hagati y'ibi na biriya hari ibintu biteye amazinda, ndetse  abenshi mu bantu ntibazi ingingo zivyerekeye. Kubera ivyo rero, uwuzokwirinda kugwa mu biteye amazinda, azoba akingiye idini ryiwe n'icubahiro ciwe; nayo uwuzogwa mu biteye amazinda, azoba aguye mu bizira; nka kurya kw'umwungere aragiriye ku nkengera y'itongo rikingiwe ritavogerwa, ahakwa kwonesha muri nya tongo. Enda rero bantu  nimwumve mwumvireho! Ni ukuri, burya umwami wese aba afise itongo rikingiwe ritavogerwa. Bantu nimwumve mwumvireho! Ni ukuri, burya itongo ry'Imana Allah rikingiwe ritavogerwa, ni birya bizira Yaziririje. Bantu nimwumve mwumvireho! Ni ukuri, burya mu mubiri w'umuntu harimwo igihimba c'inyama, iyo gitunganye umubiri wose uraheza ugatungana; iyo naho cononekaye, umubiri wose uraheza ukononekara. Bantu nimwumve mwumvireho! Ico gihimba c'inyama si ikindi, ni umutima</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Abdillaahi Al-Nu'maani mwene Bashiiri (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Mu vy'ukuri, ni ukuri ibirekuwe birazwi mw'idini biranatomoye;  kandi ni ukuri n'ibizira birazwi biranatomoye. Ariko rero n'uko biri ukwo, hagati y'ibi na biriya hari ibintu biteye amazinda, ndetse  abenshi mu bantu ntibazi ingingo zivyerekeye. Kubera ivyo rero, uwuzokwirinda kugwa mu biteye amazinda, azoba akingiye idini ryiwe n'icubahiro ciwe; nayo uwuzogwa mu biteye amazinda, azoba aguye mu bizira; nka kurya kw'umwungere aragiriye ku nkengera y'itongo rikingiwe ritavogerwa, ahakwa kwonesha muri nya tongo. Enda rero bantu  nimwumve mwumvireho! Ni ukuri, burya umwami wese aba afise itongo rikingiwe ritavogerwa. Bantu nimwumve mwumvireho! Ni ukuri, burya itongo ry'Imana Allah rikingiwe ritavogerwa, ni birya bizira Yaziririje. Bantu nimwumve mwumvireho! Ni ukuri, burya mu mubiri w'umuntu harimwo igihimba c'inyama, iyo gitunganye umubiri wose uraheza ugatungana; iyo naho cononekaye, umubiri wose uraheza ukononekara. Bantu nimwumve mwumvireho! Ico gihimba c'inyama si ikindi, ni umutima".</t>
+    <t>Mu vyakiriwe na Abu Abdillahi Al-Nu'maani mwene Bashiiri (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Mu vy'ukuri, ni ukuri ibirekuwe birazwi mw'idini biranatomoye;  kandi ni ukuri n'ibizira birazwi biranatomoye. Ariko rero n'uko biri ukwo, hagati y'ibi na biriya hari ibintu biteye amazinda, ndetse  abenshi mu bantu ntibazi ingingo zivyerekeye. Kubera ivyo rero, uwuzokwirinda kugwa mu biteye amazinda, azoba akingiye idini ryiwe n'icubahiro ciwe; nayo uwuzogwa mu biteye amazinda, azoba aguye mu bizira; nka kurya kw'umwungere aragiriye ku nkengera y'itongo rikingiwe ritavogerwa, ahakwa kwonesha muri nya tongo. Enda rero bantu  nimwumve mwumvireho! Ni ukuri, burya umwami wese aba afise itongo rikingiwe ritavogerwa. Bantu nimwumve mwumvireho! Ni ukuri, burya itongo ry'Imana Allah rikingiwe ritavogerwa, ni birya bizira Yaziririje. Bantu nimwumve mwumvireho! Ni ukuri, burya mu mubiri w'umuntu harimwo igihimba c'inyama, iyo gitunganye umubiri wose uraheza ugatungana; iyo naho cononekaye, umubiri wose uraheza ukononekara. Bantu nimwumve mwumvireho! Ico gihimba c'inyama si ikindi, ni umutima".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>الحديث قاعدة في اتقاء الشبهات.
 الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
-    <t>Iyi nyigisho y'intumwa, ni umushinge w'itegeko ryisungwa mu kwirinda ibintu biteye mazinda mw'idini.
+    <t>Iyi nyigisho y'intumwa, ni umushinge w'itegeko ngenderwako ryisungwa mu kwirinda ibintu biteye amazinda mw'idini.
 Guhimiriza no gukundisha abantu kureka gukora ibiteye amazinda mw'idini, ari na vyo ingingo yavyo iba idatomoye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66515</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Ruqayya, Tamiimu mwene Awsi Al-Daariy (Imana Allah Imwishimire) ni uko Umuvugishwaman (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati:||"Burya idini ry'ubwislamu rishingiye ku guhanurana (ritsimbatazwa mu guhanurana)", abari ng'aho muri twebwe, duca tuvuga tubaza duti: "Ugahanurana kuvugwa ng'aha, kwerekeye nde? gukorwa gute? ", araheza yishura ati: "Ni ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah, ukwemera n'ukwemanga ibiri mu Gitabu cayo, ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo, ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, hamwe rero n'ukwibutsa abislamu muri rusangi; ko bubaha bakanagendera  amabwirizwa y'Imana Allah</t>
+    <t>Mu vyakiriwe na Abu Ruqayya, Tamiimu mwene Awsi Al-Daariy (Imana Allah Imwishimire) ni uko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati:||"Burya idini ry'ubwislamu rishingiye ku guhanurana (ritsimbatazwa mu guhanurana)", abari ng'aho muri twebwe, duca tuvuga tubaza duti: "Ugahanurana kuvugwa ng'aha, kwerekeye nde? gukorwa gute? ", araheza yishura ati: "Ni ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah, ukwemera n'ukwemanga ibiri mu Gitabu cayo, ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo, ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, hamwe rero n'ukwibutsa abislamu muri rusangi; ko bubaha bakanagendera  amabwirizwa y'Imana Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Ruqayya, Tamiimu mwene Awsi Al-Daariy (Imana Allah Imwishimire) ni uko Umuvugishwaman (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Burya idini ry'ubwislamu rishingiye ku guhanurana (ritsimbatazwa mu guhanurana)", abari ng'aho muri twebwe, duca tuvuga tubaza duti: "Ugahanurana kuvugwa ng'aha, kwerekeye nde? gukorwa gute? ", araheza yishura ati: "Ni ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah, ukwemera n'ukwemanga ibiri mu Gitabu cayo, ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo, ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, hamwe rero n'ukwibutsa abislamu muri rusangi; ko bubaha bakanagendera  amabwirizwa y'Imana Allah".</t>
+    <t>Mu vyakiriwe na Abu Ruqayya, Tamiimu mwene Awsi Al-Daariy (Imana Allah Imwishimire) ni uko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Burya idini ry'ubwislamu rishingiye ku guhanurana (ritsimbatazwa mu guhanurana)", abari ng'aho muri twebwe, duca tuvuga tubaza duti: "Ugahanurana kuvugwa ng'aha, kwerekeye nde? gukorwa gute? ", araheza yishura ati: "Ni ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah, ukwemera n'ukwemanga ibiri mu Gitabu cayo, ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo, ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, hamwe rero n'ukwibutsa abislamu muri rusangi; ko bubaha bakanagendera  amabwirizwa y'Imana Allah".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
-    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ko idini ryubakiye kw'izirikanamana "ikhlaasw" no ku kuvuga ukuiri "swidqu", kugira ryubahirizwe nka kurya Imana Allah Yaritegetse, ryuzuye ata gahaze, ritunganye ata kanenge canke uruhendo. Hari uwaciye abwira Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) amubaza ati: Uguhanurwa kwagenewe ba nde? Na we aca yishura avuga ati: Ubwa mbere: Ukwubaha n'ukwubahiri amabwirizwa y'Imana Allah Nyenukuninahazwa Nyenuguhabwicubahiro nta ngere, bigirwa mu gutumbereza igikorwa kuri Yo, no mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu bubungabunzi bw'ibiremwa "TAWHIIDU L-RUBUUBIYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu gusengwa "TAWHIIDU L-ULUUHIYYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu mazina n'amatazirano yayo "TAWHIIDU L-AL-ASMAA-I WAL-SWIFAAT", ukwubaha n'ukwubahiriza amabwirizwa yayo, hamwe rero n'ukurarikira abantu kuyemera. Ubwa kabiri: Ukwemera n'ukwemanga ibiri mu Gitabu cayo, na co kikaba ari Qor'ani ntagatifu, maze tukemanga ko ari amajambo yayo, n'uko ari Igitabu cayo casozereye ibindi Bitabu vyayo, n'uko cabisubiriye mu mabwirizwa yavyo, tukanacubaha tukacubahiriza, maze tukagisoma ukuri kw'ukugisoma, tugashira mu ngira ingingo zayo zitunganye zitavuguruzwa (al-muh-kam), tukemera n'ingingo zayo zifobetse (al-mutashaabih), tukanagikingira gusigurwa nabi n'abarajwe ishinga n'uguhengamika ingingo zaco, tukanyurwa n'inyigisho z'ibirimwo, tugasasagaza n'ubumenyo bwaco, tukanararikira abantu kugikurikira. Ubwa gatatu: Ukwumvira n'ugushira mu ngiro ivigishijwe n'Intumwa yayo (nyakugira amahoro n'impuhwe z'Imana Allah), tugaheza tukemanga ko ari yo Ntumwa yayo yahetuye izindi, tukayemera mu vyo yashikirije, tukanagendera amabwirizwa yayo, tukirinda gukora ivyo yabujije, gutyo ntitwiyegeze ku Mana Allah kiretse mu kwisunga ivyo yigishije, tukwubaha tukwubahiriza n'agateka yayo, tukanasasagaza ubutumwa yazanye n'amabwirizwa y'idini yashikirije, tukanamirira kure ivyomekerwa kuri yo. Ubwa kane: Ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, mu kuzifasha kugendera ukuri, mu kutazirwanya ku ngingo zifashe mu gihe zidaciye kubiri n'idini, kwuzunvira n'ukuzigamburukira mu bikorwa ngamburukiramana. Ubwa gatanu: Uguhanura abislamu muri rusangi, ko bubaha bakanagendera amabwirizwa y'Imana Allah, mu kubagirira ibikorwa vy'ubugwaneza no kubararikira kugora ivyiza, kubakingira kirya cose coza kibabangamira, kubipfuriza ineza, hamwe rero n'ugufadikanya na bo mu bikorwa vyiza n'ibikorwa vy'igamburukiramana.</t>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ko idini ryubakiye kw'izirikanamana "ikhlaasw" no ku kuvuga ukuri "swidqu", kugira ryubahirizwe nka kurya Imana Allah Yaritegetse, ryuzuye ata gahaze, ritunganye ata kanenge canke uruhendo. Hari uwaciye abwira Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) amubaza ati: Uguhanurwa kwagenewe ba nde? Na we aca yishura avuga ati: Ubwa mbere: Ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah Nyenukuninahazwa na Nyenuguhabwicubahiro nta ngere, bigirwa mu gutumbereza igikorwa kuri Yo, no mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu bubungabunzi bw'ibiremwa "TAWHIIDU L-RUBUUBIYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu gusengwa "TAWHIIDU L-ULUUHIYYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu mazina n'amatazirano yayo "TAWHIIDU L-AL-ASMAA-I WAL-SWIFAAT", ukwubaha n'ukwubahiriza amabwirizwa yayo, hamwe rero n'ukurarikira abantu kuyemera. Ubwa kabiri: Ukwemera n'ukwemanga ibiri mu Gitabu cayo, na co kikaba ari Qor'ani ntagatifu, maze tukemanga ko ari amajambo yayo, n'uko ari Igitabu cayo casozereye ibindi Bitabu vyayo, n'uko cabisubiriye mu mabwirizwa yavyo, tukanacubaha tukacubahiriza, maze tukagisoma ukuri kw'ukugisoma, tugashira mu ngiro ingingo zaco zitunganye zitavuguruzwa (al-muh-kam), tukemera n'ingingo zayo zifobetse (al-mutashaabih), tukanagikingira gusigurwa nabi n'abarajwe ishinga n'uguhengamika ingingo zaco, tukanyurwa n'inyigisho z'ibirimwo, tugasasagaza n'ubumenyi bwaco, tukanararikira abantu kugikurikira. Ubwa gatatu: Ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo (nyakugira amahoro n'impuhwe z'Imana Allah), tugaheza tukemanga ko ari yo Ntumwa yayo yahetuye izindi, tukayemera mu vyo yashikirije, tukanagendera amabwirizwa yayo, tukirinda gukora ivyo yabujije, gutyo ntitwiyegereze ku Mana Allah kiretse mu kwisunga ivyo yigishije, tukubaha tukubahiriza n'agateka kayo, tukanasasagaza ubutumwa yazanye n'amabwirizwa y'idini yashikirije, tukanamirira kure ivyomekerwa kuri yo. Ubwa kane: Ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, mu kuzifasha kugendera ukuri, mu kutazirwanya ku ngingo zifashe mu gihe zidaciye kubiri n'idini, kuzumvira n'ukuzigamburukira mu bikorwa nyumviramana. Ubwa gatanu: Uguhanura abislamu muri rusangi, ko bubaha bakanagendera amabwirizwa y'Imana Allah, mu kubagirira ibikorwa vy'ubugwaneza no kubararikira kugora ivyiza, kubakingira kirya cose coza kibabangamira, kubipfuriza ineza, hamwe rero n'ugufadikanya na bo mu bikorwa vyiza n'ibikorwa vy'igamburukiramana.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع. 
 عِظَم منزلة النصيحة من الدين. 
 اشتمال الدين على الاعتقادات والأقوال والأعمال. 
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66516</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Hamza, Anasi mwene Maaliki (Imana Allah Imwishimire), akaba yahoze ari umukozi w'Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati:||"Nta n'umwe yemera bikwiye, atabanje gukundira mwenewabo mu bantu ko aronka nk'ivyo wenyene ubwiwe akunda ko yoronka</t>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>Ivyo nababujije, enda nyabuna muraheza mwirinde kubikora; ivyo nabategetse na vyo, enda nyabuna muraheza mukore ivyo mushoboye muri vyo</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra, Abdu Al-Rahmaani mwene Swakhri (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Ivyo nababujije, enda nyabuna muraheza mwirinde kubikora; ivyo nabategetse na vyo, enda nyabuna muraheza mukore ivyo mushoboye muri vyo; kuko ni ukuri, ab'aho hambere yanyu bahonejwe n'ukubazagiza kenshi, n'ukudahuza mu guhazana ku Bavugishwamana babo".</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yaradutomoreye ko igihe itubujije gukora ikintu, dutegerezwa kucirinda burundu ata kwihinguza (ngo duhitishemwo gukora na kimwe muri vyo), n'uko igihe idutegetse gukora ikintu, dutegerezwa kugikora uko bidushobokeye kwose (turavye ubushobozi tugifiseko). Hanyuma yaratwihanije kugira ntitube nk'abantu b'aho hambere, babazagiza Abavugishwamana babo ibibazo vyinshi hamwe n'ukudahuza na bo mu guhazana ku nyishu bahawe, ivyo bikaba vyatumye bahanwa n'Imana Allah, ibihano bihonya vy’ubwoko bwose.  Ni ngombwa rero ko tutokwigenza nkabo kugira ntiduhone nk'uko bahonye.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Iyi nyigisho y'intumwa, ni umushinge ngenderwako wisungwa mu gutomora  igitegetswe mu gihe c'ishira mu ngiro ry'itegeko no mu gihe c'ukwirinda ikibujijwe gukorwa.
+Ingingo ibuza gukora ikintu ntiyorohereza umuntu gukora bimwe mu bijanye na nya kintu; nayo ingingo itegeka gukora ikintu ishingiye ku bushobozi n'ububasha umuntu afise bwo kugikora; kuko ukureka ikintu burundu birashoboka, mu gihe ugukora ikintu bikeneye kwisunga ubushobozi n'ububasha bwo kugikora.
+Ibuzwa ryo kubazagiza : Iryo bazagiza, abamenyi barigabuye mu mice ibiri. Uwa mbere muri iyo: ni ibazagiza ritewe n'imvo z'ukwigisha ibintu nkenerwa mw'idini, iryo rikaba ritegetswe, ni na ryo ryibonekeza kenshi mu kubaza kw'ingendanyi. Uwa kabiri muri iyo mice: ni ibazagiza riba mu ntumbero yo kwihatira kubaza, iri bazagiza rero, ni ryo ribujijwe.
+Kwihaniza abantu guca kubiri n'Umuvugishwamana wabo (nyakugira amahoro n'impuhwe z'Imana Allah) nka kurya vyagendeye imigwi y'abantu bo hambere yabo.
+Ingingo y'ikibujijwe gukorwa, yubahirizwa ku kintu kibujijwe uko kingana kwose, ata kwihinguza ku buke canke ubwinshi bwaco; kuko bidakunda ko umuntu yirinda ikintu kiretse mu gihe acirinze burundu ata kwihinguza ku buke canke ubuto bwaco, ku bwinshi canke ubunini bwaco. Akarorero: Twarabujijwe kurya inyungu izira "ribaa", iryo buzwa rero, ryubahirizwa ku nyungu uko ingana kwose, yaba ari nke canke nyinshi.
+Kureka imvo zose zotuma umuntu akora ikizira; kuko ico kiri mu nsiguro yo kucirinda.
+Si vyiza mu gihe umuntu yumvise ibwirizwa ryashinzwe n'Intumwa (nyakugira amahoro n'impuhwe z'Imana Allah) ko yovuga yihinguza ngo: mbega ishirwa mu ngiro ry'iri bwirizwa ryoba ari itegeko, canke ryoba ari iribereye! Ahubwo asabwa guhurumbira kurishira mu ngiro; kuko iyi nyigisho y'intumwa, ivuga iti: "Enda nyabuna muraheza mukore ivyo mushoboye mu vyo nabategetse".
+Ukubazagiza ibibazo vyinshi, ni imvo y'ihonywa, na canecane iryo bazagiza iyo rigizwe mu bintu bidashoboka ku biremwa kubironkera inyishu; nko kubaza ku vyerekeye ibintu binyegejwe ibiremwa "ghaybu", ukuntu intureka zo ku musi w'izuka zizoba zimeze. Ibibazo nk'ibi rero, ntukavyibazeko ibibazo vyinshi, urondera kumenya ido n'ido, neza na neza uko bizogenda, uvugira ku nsya z'amenyo n'ubwishime n'akantu hamwe n'ukudadika mu mvugo n'ingiro, uti: ntegerezwa kubimenya!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti:||"Mu vy'ukuri Imana Allah, ni Nziza kandi Irakunda ivyiza, kanatsinda Imana Allah Yategetse abemeramana gukora nka birya nyene Yategetse Intumwa, aho Yavuze Iti: ﴾Emwe Ntumwa z’Imana! Nimufungure mu vyiza bibaryoheye birekuwe, muheze mukore n’ibikorwa vyiza bitegetswe﴿ (Al-Mu-minuuna: 51), Yongera Ivuga Iti: ﴾Emwe bemeramana! Nimurye mu vyiza Twabafunguriye﴿ (Al-Baqara: 172), mu nyuma ica ivuga inkuru y'umuntu yagize urugendo rurerure, maze ntiyaba agisokoza umushatsi, urushatsi ari ishwigiri, yarenzwe n'intumo ntiworaba, aheza agatarika ibiganza hejuru asaba ati: "Ewe Mana yanje Rurema! Ewe Mana yanje Rurema! Kandi atunzwe n'ugufungura ibizira, ukunywa ibizira, yambara mu bizira, eka mbere we wese akaba atunzwe n'ibizira. None ga yemwe! Umuntu nk'uyo, ni gute yokwakirirwa igisabisho ciwe!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri Imana Allah, ni Nziza kandi Irakunda ivyiza, kanatsinda Imana Allah Yategetse abemeramana gukora nka birya nyene Yategetse Intumwa, aho Yavuze Iti: ﴾Emwe Ntumwa z’Imana! Nimufungure mu vyiza bibaryoheye birekuwe, muheze mukore n’ibikorwa vyiza bitegetswe﴿ (Al-Mu-minuuna: 51), Yongera Ivuga Iti: ﴾Emwe bemeramana! Nimurye mu vyiza Twabafunguriye﴿ (Al-Baqara: 172), mu nyuma ica ivuga inkuru y'umuntu yagize urugendo rurerure, maze ntiyaba agisokoza umushatsi, urushatsi ari ishwigiri, yarenzwe n'intumo ntiworaba, aheza agatarika ibiganza hejuru asaba ati: "Ewe Mana yanje Rurema! Ewe Mana yanje Rurema! Kandi atunzwe n'ugufungura ibizira, ukunywa ibizira, yambara mu bizira, eka mbere we wese akaba atunzwe n'ibizira. None ga yemwe! Umuntu nk'uyo, ni gute yokwakirirwa igisabisho ciwe!".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Imana Allah Nyenukuganza Nyenicubahiro, ni Intore mu kuntu Iteye, mu mazina n'amatazirano yayo, mu bikorwa vyayo, no mu ngingo zayo ziyikomokako.
+Ibwirizwa ry'izirikanamana rijana n'igikorwa gikozwe ku bw'Imana Allah Nyenukuganza na Nyenicubahiro nta ngere, hamwe n'ugukurikira ivyigishijwe n'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah).
+Ugukoresha ibituma umuntu ashiruka ubute mu bikorwa, aho dusanga Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Mu vy'ukuri Imana Allah, Yategetse abemeramana gukora nka birya nyene Yategetse Intumwa"; iyo rero umwemeramana amenye ko iki kiri mu vyategetswe Intumwa, biramuremesha bikanamutera intege mu gukurikiza akarorero kazo.
+Ukurya ibizira, kiri mu bibuza igisabisho kwakirwa.
+Mu bituma igisabisho cakirwa, ni ibintu bitanu.
+Ica mbere: ni ugufata urugendo rurerure kuko harimwo ukunanirwa gutuma haba ukwicisha bugufi, ico na co kikaba kiri mu bihambaye bituma igisabisho cakirwa; ica kabiri: ni umuntu kubura ico afata n'ico areka; ica gatatu: ni ugutarika ibiganza hejuru; ica kane: ugushimika mu gusaba Imana Allah ata guhesha, maze ugasubiramwo amazina aranga ibikorwa vyayo, ico na co kikaba kiri mu bintu bihambaye vyifashishwa mu kwakirirwa igisabisho; 
+Al-Qaadwi Yavuze ati: "Ijambo "ciza" ni igihushane c'ijambo "kibi", iyo rero iryo jambo rikoreshejwe ku Mana Allah, rica risigura ubutore bw'Imana Allah mu kuba Yejejwe Inazira n'akanenge, mu kuba ari Nyenubutagatifu Itigera Ishikirwa n'ibiza. Nayo iyo rikoreshejwe ku muja w'Imana Allah, rica risigura ukwirinda ingeso mbimbi n'ibikorwa bibibibi, maze umuntu akarangwa n'ibihushane vy'izo ngeso mbi. Iyo naho rikoreshejwe ku matungo, rica risigura ko ari ivyahiswemwo mu biziruye mu matungo".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>Enda nyabuna, reka gukora ikiguteye amakenga, uheze utandukire ikitaguteye amakenga</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Se wa Muhamadi, Al-Hasan mwene Ali mwene Abu Twaalibi, umwuzukuru akaba na rukundiro rw'Intumwa (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Narafashe ku mutwe mu vyo numvise ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ko yavuze iti: "Enda nyabuna, reka gukora ikiguteye amakenga, uheze utandukire ikitaguteye amakenga".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yategetse ko umuntu yoreka ibimuteye amakenga haba  mu majambo no mu bikorwa, atarinze kuraba ko vyoba bibujijwe canke birekuwe, ko vyoba bizira canke biziruye, aheze rero atandukire akore ibitamuteye amakenga mu bintu bigaragara ko biziruye kandi ari vyiza.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hamza, Anasi mwene Maaliki (Imana Allah Imwishimire), akaba yahoze ari umukozi w'Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), maze avyakira ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aho avuga ko yavuze ati:||"Nta n'umwe yemera bikwiye, atabanje gukundira mwenewabo mu bantu ko aronka nk'ivyo wenyene ubwiwe akunda ko yoronka</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Hamza, Anasi mwene Maaliki (Imana Allah Imwishimire), akaba yahoze ari umukozi w'Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Nta n'umwe yemera bikwiye, atabanje gukundira mwenewabo mu bantu ko aronka nk'ivyo wenyene ubwiwe akunda ko yoronka".</t>
+    <t>Mu vyakiriwe na Abu Hamza, Anasi mwene Maaliki (Imana Allah Imwishimire), akaba yahoze ari umukozi w'Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), maze avyakira ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aho avuga ko yavuze ati: "Nta n'umwe yemera bikwiye, atabanje gukundira mwenewabo mu bantu ko aronka nk'ivyo wenyene ubwiwe akunda ko yoronka".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66520</t>
   </si>
   <si>
     <t>Mu Vyakiriwe na Se wa Mas'uudi, Uqba mwene Amri Al-Answaariy yarwanye ku rugamba rwa Badiri (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti:||"Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse</t>
   </si>
   <si>
     <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Mu Vyakiriwe na Se wa Mas'uudi, Uqba mwene Amri Al-Answaariy yarwanye ku rugamba rwa Badiri (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66523</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Se wa Amri, vyaravuzwe n'uko biri mu vyakiriwe na Se wa Amra, Sufiyani mwene Abdullaahi (Imana Allah Imwishimire) yavuze ati:||"Naravuze mbaza nti: "Ewe Ntumwa y'Imana! Mbwira mu vyerekeye ubwislamu, ijambo ntazobaza uwundi muntu n'umwe atari wewe". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yishuye iti: "Vuga uti: "Naremeye Imana Allah", hanyuma ugororoke mu gutsimbatara kw'idini</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Se wa Amri, vyaravuzwe n'uko biri mu vyakiriwe na Se wa Amra, Sufiyani mwene Abdullaahi (Imana Allah Imwishimire) yavuze ati: "Naravuze mbaza nti: "Ewe Ntumwa y'Imana! Mbwira mu vyerekeye ubwislamu, ijambo ntazobaza uwundi muntu n'umwe atari wewe". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yishuye iti: "Vuga uti: "Naremeye Imana Allah", hanyuma ugororoke mu gutsimbatara kw'idini".</t>
   </si>
@@ -4583,51 +6097,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O113"/>
+  <dimension ref="A1:O155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -5820,4088 +7334,6062 @@
       </c>
       <c r="I27" t="s">
         <v>262</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>122</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
         <v>123</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>4211</v>
+        <v>4186</v>
       </c>
       <c r="B28" t="s">
         <v>264</v>
       </c>
       <c r="C28" t="s">
         <v>265</v>
       </c>
       <c r="D28" t="s">
         <v>266</v>
       </c>
       <c r="E28" t="s">
         <v>267</v>
       </c>
       <c r="F28" t="s">
         <v>268</v>
       </c>
       <c r="G28" t="s">
         <v>269</v>
       </c>
       <c r="H28" t="s">
         <v>270</v>
       </c>
       <c r="I28" t="s">
         <v>271</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>25</v>
+        <v>272</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>27</v>
+        <v>273</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>4295</v>
+        <v>4196</v>
       </c>
       <c r="B29" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C29" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D29" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E29" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F29" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="G29" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="H29" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="I29" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>25</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>4303</v>
+        <v>4202</v>
       </c>
       <c r="B30" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C30" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D30" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E30" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F30" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="G30" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H30" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="I30" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="J30" t="s">
-        <v>290</v>
+        <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>291</v>
+        <v>25</v>
       </c>
       <c r="L30" t="s">
+        <v>26</v>
+      </c>
+      <c r="M30" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" t="s">
+        <v>28</v>
+      </c>
+      <c r="O30" t="s">
         <v>292</v>
-      </c>
-[...7 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>4309</v>
+        <v>4204</v>
       </c>
       <c r="B31" t="s">
+        <v>293</v>
+      </c>
+      <c r="C31" t="s">
+        <v>294</v>
+      </c>
+      <c r="D31" t="s">
         <v>295</v>
       </c>
-      <c r="C31" t="s">
+      <c r="E31" t="s">
         <v>296</v>
       </c>
-      <c r="D31" t="s">
+      <c r="F31" t="s">
         <v>297</v>
       </c>
-      <c r="E31" t="s">
+      <c r="G31" t="s">
         <v>298</v>
       </c>
-      <c r="F31" t="s">
+      <c r="H31" t="s">
         <v>299</v>
       </c>
-      <c r="G31" t="s">
+      <c r="I31" t="s">
         <v>300</v>
       </c>
-      <c r="H31" t="s">
+      <c r="J31" t="s">
+        <v>24</v>
+      </c>
+      <c r="K31" t="s">
+        <v>122</v>
+      </c>
+      <c r="L31" t="s">
+        <v>26</v>
+      </c>
+      <c r="M31" t="s">
+        <v>123</v>
+      </c>
+      <c r="N31" t="s">
+        <v>28</v>
+      </c>
+      <c r="O31" t="s">
         <v>301</v>
-      </c>
-[...19 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>4314</v>
+        <v>4211</v>
       </c>
       <c r="B32" t="s">
+        <v>302</v>
+      </c>
+      <c r="C32" t="s">
+        <v>303</v>
+      </c>
+      <c r="D32" t="s">
         <v>304</v>
       </c>
-      <c r="C32" t="s">
+      <c r="E32" t="s">
         <v>305</v>
       </c>
-      <c r="D32" t="s">
+      <c r="F32" t="s">
         <v>306</v>
       </c>
-      <c r="E32" t="s">
+      <c r="G32" t="s">
         <v>307</v>
       </c>
-      <c r="F32" t="s">
+      <c r="H32" t="s">
         <v>308</v>
       </c>
-      <c r="G32" t="s">
+      <c r="I32" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>4316</v>
+        <v>4295</v>
       </c>
       <c r="B33" t="s">
+        <v>311</v>
+      </c>
+      <c r="C33" t="s">
+        <v>312</v>
+      </c>
+      <c r="D33" t="s">
         <v>313</v>
       </c>
-      <c r="C33" t="s">
+      <c r="E33" t="s">
         <v>314</v>
       </c>
-      <c r="D33" t="s">
+      <c r="F33" t="s">
         <v>315</v>
       </c>
-      <c r="E33" t="s">
+      <c r="G33" t="s">
         <v>316</v>
       </c>
-      <c r="F33" t="s">
+      <c r="H33" t="s">
         <v>317</v>
       </c>
-      <c r="G33" t="s">
+      <c r="I33" t="s">
         <v>318</v>
       </c>
-      <c r="H33" t="s">
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" t="s">
+        <v>25</v>
+      </c>
+      <c r="L33" t="s">
+        <v>26</v>
+      </c>
+      <c r="M33" t="s">
+        <v>27</v>
+      </c>
+      <c r="N33" t="s">
+        <v>28</v>
+      </c>
+      <c r="O33" t="s">
         <v>319</v>
-      </c>
-[...19 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>4319</v>
+        <v>4303</v>
       </c>
       <c r="B34" t="s">
+        <v>320</v>
+      </c>
+      <c r="C34" t="s">
+        <v>321</v>
+      </c>
+      <c r="D34" t="s">
         <v>322</v>
       </c>
-      <c r="C34" t="s">
+      <c r="E34" t="s">
         <v>323</v>
       </c>
-      <c r="D34" t="s">
+      <c r="F34" t="s">
         <v>324</v>
       </c>
-      <c r="E34" t="s">
+      <c r="G34" t="s">
         <v>325</v>
       </c>
-      <c r="F34" t="s">
+      <c r="H34" t="s">
         <v>326</v>
       </c>
-      <c r="G34" t="s">
+      <c r="I34" t="s">
         <v>327</v>
       </c>
-      <c r="H34" t="s">
+      <c r="J34" t="s">
         <v>328</v>
       </c>
-      <c r="I34" t="s">
+      <c r="K34" t="s">
         <v>329</v>
       </c>
-      <c r="J34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L34" t="s">
-        <v>26</v>
+        <v>330</v>
       </c>
       <c r="M34" t="s">
-        <v>70</v>
+        <v>331</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>4322</v>
+        <v>4304</v>
       </c>
       <c r="B35" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C35" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D35" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E35" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F35" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="G35" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="H35" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="I35" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>4556</v>
+        <v>4308</v>
       </c>
       <c r="B36" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C36" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D36" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E36" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="F36" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="G36" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H36" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I36" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>4559</v>
+        <v>4309</v>
       </c>
       <c r="B37" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C37" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D37" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="E37" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="F37" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="G37" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H37" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="I37" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>4560</v>
+        <v>4314</v>
       </c>
       <c r="B38" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C38" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D38" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="E38" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="F38" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="G38" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="H38" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="I38" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>4563</v>
+        <v>4316</v>
       </c>
       <c r="B39" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C39" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D39" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E39" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F39" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="G39" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="H39" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="I39" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>69</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>70</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>4568</v>
+        <v>4319</v>
       </c>
       <c r="B40" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C40" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D40" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E40" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="F40" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="G40" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="H40" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="I40" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>4709</v>
+        <v>4322</v>
       </c>
       <c r="B41" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C41" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D41" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="E41" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="F41" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="G41" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H41" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="I41" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>4711</v>
+        <v>4555</v>
       </c>
       <c r="B42" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C42" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D42" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E42" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F42" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="G42" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H42" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="I42" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="J42" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>403</v>
+        <v>69</v>
       </c>
       <c r="L42" t="s">
+        <v>26</v>
+      </c>
+      <c r="M42" t="s">
+        <v>70</v>
+      </c>
+      <c r="N42" t="s">
+        <v>28</v>
+      </c>
+      <c r="O42" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>4717</v>
+        <v>4556</v>
       </c>
       <c r="B43" t="s">
+        <v>405</v>
+      </c>
+      <c r="C43" t="s">
+        <v>406</v>
+      </c>
+      <c r="D43" t="s">
         <v>407</v>
       </c>
-      <c r="C43" t="s">
+      <c r="E43" t="s">
         <v>408</v>
       </c>
-      <c r="D43" t="s">
+      <c r="F43" t="s">
         <v>409</v>
       </c>
-      <c r="E43" t="s">
+      <c r="G43" t="s">
         <v>410</v>
       </c>
-      <c r="F43" t="s">
+      <c r="H43" t="s">
         <v>411</v>
       </c>
-      <c r="G43" t="s">
+      <c r="I43" t="s">
         <v>412</v>
-      </c>
-[...4 lines deleted...]
-        <v>414</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>4721</v>
+        <v>4558</v>
       </c>
       <c r="B44" t="s">
+        <v>414</v>
+      </c>
+      <c r="C44" t="s">
+        <v>415</v>
+      </c>
+      <c r="D44" t="s">
         <v>416</v>
       </c>
-      <c r="C44" t="s">
+      <c r="E44" t="s">
         <v>417</v>
       </c>
-      <c r="D44" t="s">
+      <c r="F44" t="s">
         <v>418</v>
       </c>
-      <c r="E44" t="s">
+      <c r="G44" t="s">
         <v>419</v>
       </c>
-      <c r="F44" t="s">
+      <c r="H44" t="s">
         <v>420</v>
       </c>
-      <c r="G44" t="s">
+      <c r="I44" t="s">
         <v>421</v>
       </c>
-      <c r="H44" t="s">
+      <c r="J44" t="s">
+        <v>24</v>
+      </c>
+      <c r="K44" t="s">
+        <v>69</v>
+      </c>
+      <c r="L44" t="s">
+        <v>26</v>
+      </c>
+      <c r="M44" t="s">
+        <v>70</v>
+      </c>
+      <c r="N44" t="s">
+        <v>28</v>
+      </c>
+      <c r="O44" t="s">
         <v>422</v>
-      </c>
-[...19 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>4722</v>
+        <v>4559</v>
       </c>
       <c r="B45" t="s">
+        <v>423</v>
+      </c>
+      <c r="C45" t="s">
+        <v>424</v>
+      </c>
+      <c r="D45" t="s">
         <v>425</v>
       </c>
-      <c r="C45" t="s">
+      <c r="E45" t="s">
         <v>426</v>
       </c>
-      <c r="D45" t="s">
+      <c r="F45" t="s">
         <v>427</v>
       </c>
-      <c r="E45" t="s">
+      <c r="G45" t="s">
         <v>428</v>
       </c>
-      <c r="F45" t="s">
+      <c r="H45" t="s">
         <v>429</v>
       </c>
-      <c r="G45" t="s">
+      <c r="I45" t="s">
         <v>430</v>
       </c>
-      <c r="H45" t="s">
+      <c r="J45" t="s">
+        <v>24</v>
+      </c>
+      <c r="K45" t="s">
+        <v>122</v>
+      </c>
+      <c r="L45" t="s">
+        <v>26</v>
+      </c>
+      <c r="M45" t="s">
+        <v>123</v>
+      </c>
+      <c r="N45" t="s">
+        <v>28</v>
+      </c>
+      <c r="O45" t="s">
         <v>431</v>
-      </c>
-[...19 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>4792</v>
+        <v>4560</v>
       </c>
       <c r="B46" t="s">
+        <v>432</v>
+      </c>
+      <c r="C46" t="s">
+        <v>433</v>
+      </c>
+      <c r="D46" t="s">
+        <v>434</v>
+      </c>
+      <c r="E46" t="s">
+        <v>435</v>
+      </c>
+      <c r="F46" t="s">
         <v>436</v>
       </c>
-      <c r="C46" t="s">
+      <c r="G46" t="s">
         <v>437</v>
       </c>
-      <c r="D46" t="s">
+      <c r="H46" t="s">
         <v>438</v>
       </c>
-      <c r="E46" t="s">
+      <c r="I46" t="s">
         <v>439</v>
-      </c>
-[...10 lines deleted...]
-        <v>443</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>4810</v>
+        <v>4563</v>
       </c>
       <c r="B47" t="s">
+        <v>441</v>
+      </c>
+      <c r="C47" t="s">
+        <v>442</v>
+      </c>
+      <c r="D47" t="s">
+        <v>443</v>
+      </c>
+      <c r="E47" t="s">
+        <v>444</v>
+      </c>
+      <c r="F47" t="s">
         <v>445</v>
       </c>
-      <c r="C47" t="s">
+      <c r="G47" t="s">
         <v>446</v>
       </c>
-      <c r="D47" t="s">
+      <c r="H47" t="s">
         <v>447</v>
       </c>
-      <c r="E47" t="s">
+      <c r="I47" t="s">
         <v>448</v>
-      </c>
-[...10 lines deleted...]
-        <v>452</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>69</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>70</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>4811</v>
+        <v>4564</v>
       </c>
       <c r="B48" t="s">
+        <v>450</v>
+      </c>
+      <c r="C48" t="s">
+        <v>451</v>
+      </c>
+      <c r="D48" t="s">
+        <v>452</v>
+      </c>
+      <c r="E48" t="s">
+        <v>453</v>
+      </c>
+      <c r="F48" t="s">
         <v>454</v>
       </c>
-      <c r="C48" t="s">
+      <c r="G48" t="s">
         <v>455</v>
       </c>
-      <c r="D48" t="s">
+      <c r="H48" t="s">
         <v>456</v>
       </c>
-      <c r="E48" t="s">
+      <c r="I48" t="s">
         <v>457</v>
       </c>
-      <c r="F48" t="s">
+      <c r="J48" t="s">
+        <v>24</v>
+      </c>
+      <c r="K48" t="s">
         <v>458</v>
       </c>
-      <c r="G48" t="s">
+      <c r="L48" t="s">
+        <v>26</v>
+      </c>
+      <c r="M48" t="s">
         <v>459</v>
       </c>
-      <c r="H48" t="s">
+      <c r="N48" t="s">
+        <v>28</v>
+      </c>
+      <c r="O48" t="s">
         <v>460</v>
-      </c>
-[...19 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>5437</v>
+        <v>4568</v>
       </c>
       <c r="B49" t="s">
+        <v>461</v>
+      </c>
+      <c r="C49" t="s">
+        <v>462</v>
+      </c>
+      <c r="D49" t="s">
+        <v>463</v>
+      </c>
+      <c r="E49" t="s">
+        <v>464</v>
+      </c>
+      <c r="F49" t="s">
         <v>465</v>
       </c>
-      <c r="C49" t="s">
+      <c r="G49" t="s">
         <v>466</v>
       </c>
-      <c r="D49" t="s">
+      <c r="H49" t="s">
         <v>467</v>
       </c>
-      <c r="E49" t="s">
+      <c r="I49" t="s">
         <v>468</v>
-      </c>
-[...10 lines deleted...]
-        <v>472</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>5456</v>
+        <v>4704</v>
       </c>
       <c r="B50" t="s">
+        <v>470</v>
+      </c>
+      <c r="C50" t="s">
+        <v>471</v>
+      </c>
+      <c r="D50" t="s">
+        <v>472</v>
+      </c>
+      <c r="E50" t="s">
+        <v>473</v>
+      </c>
+      <c r="F50" t="s">
         <v>474</v>
       </c>
-      <c r="C50" t="s">
+      <c r="G50" t="s">
         <v>475</v>
       </c>
-      <c r="D50" t="s">
+      <c r="H50" t="s">
         <v>476</v>
       </c>
-      <c r="E50" t="s">
+      <c r="I50" t="s">
         <v>477</v>
       </c>
-      <c r="F50" t="s">
+      <c r="J50" t="s">
+        <v>24</v>
+      </c>
+      <c r="K50" t="s">
+        <v>122</v>
+      </c>
+      <c r="L50" t="s">
+        <v>26</v>
+      </c>
+      <c r="M50" t="s">
+        <v>123</v>
+      </c>
+      <c r="N50" t="s">
+        <v>28</v>
+      </c>
+      <c r="O50" t="s">
         <v>478</v>
-      </c>
-[...25 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>5953</v>
+        <v>4706</v>
       </c>
       <c r="B51" t="s">
+        <v>479</v>
+      </c>
+      <c r="C51" t="s">
+        <v>480</v>
+      </c>
+      <c r="D51" t="s">
+        <v>481</v>
+      </c>
+      <c r="E51" t="s">
+        <v>482</v>
+      </c>
+      <c r="F51" t="s">
         <v>483</v>
       </c>
-      <c r="C51" t="s">
+      <c r="G51" t="s">
         <v>484</v>
       </c>
-      <c r="D51" t="s">
+      <c r="H51" t="s">
         <v>485</v>
       </c>
-      <c r="E51" t="s">
+      <c r="I51" t="s">
         <v>486</v>
       </c>
-      <c r="F51" t="s">
+      <c r="J51" t="s">
+        <v>24</v>
+      </c>
+      <c r="K51" t="s">
+        <v>69</v>
+      </c>
+      <c r="L51" t="s">
+        <v>26</v>
+      </c>
+      <c r="M51" t="s">
+        <v>70</v>
+      </c>
+      <c r="N51" t="s">
+        <v>28</v>
+      </c>
+      <c r="O51" t="s">
         <v>487</v>
-      </c>
-[...25 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>6337</v>
+        <v>4709</v>
       </c>
       <c r="B52" t="s">
+        <v>488</v>
+      </c>
+      <c r="C52" t="s">
+        <v>489</v>
+      </c>
+      <c r="D52" t="s">
+        <v>490</v>
+      </c>
+      <c r="E52" t="s">
+        <v>491</v>
+      </c>
+      <c r="F52" t="s">
         <v>492</v>
       </c>
-      <c r="C52" t="s">
+      <c r="G52" t="s">
         <v>493</v>
       </c>
-      <c r="D52" t="s">
+      <c r="H52" t="s">
         <v>494</v>
       </c>
-      <c r="E52" t="s">
+      <c r="I52" t="s">
         <v>495</v>
-      </c>
-[...10 lines deleted...]
-        <v>499</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>122</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>123</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>58259</v>
+        <v>4711</v>
       </c>
       <c r="B53" t="s">
+        <v>497</v>
+      </c>
+      <c r="C53" t="s">
+        <v>498</v>
+      </c>
+      <c r="D53" t="s">
+        <v>499</v>
+      </c>
+      <c r="E53" t="s">
+        <v>500</v>
+      </c>
+      <c r="F53" t="s">
         <v>501</v>
       </c>
-      <c r="C53" t="s">
+      <c r="G53" t="s">
         <v>502</v>
       </c>
-      <c r="D53" t="s">
+      <c r="H53" t="s">
         <v>503</v>
       </c>
-      <c r="E53" t="s">
+      <c r="I53" t="s">
         <v>504</v>
       </c>
-      <c r="F53" t="s">
+      <c r="J53" t="s">
         <v>505</v>
       </c>
-      <c r="G53" t="s">
+      <c r="K53" t="s">
         <v>506</v>
       </c>
-      <c r="H53" t="s">
+      <c r="L53" t="s">
         <v>507</v>
       </c>
-      <c r="I53" t="s">
+      <c r="M53" t="s">
         <v>508</v>
       </c>
-      <c r="J53" t="s">
-[...2 lines deleted...]
-      <c r="K53" t="s">
+      <c r="N53" t="s">
+        <v>28</v>
+      </c>
+      <c r="O53" t="s">
         <v>509</v>
-      </c>
-[...10 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>65000</v>
+        <v>4716</v>
       </c>
       <c r="B54" t="s">
+        <v>510</v>
+      </c>
+      <c r="C54" t="s">
+        <v>511</v>
+      </c>
+      <c r="D54" t="s">
         <v>512</v>
       </c>
-      <c r="C54" t="s">
+      <c r="E54" t="s">
         <v>513</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" t="s">
         <v>514</v>
       </c>
-      <c r="E54" t="s">
+      <c r="G54" t="s">
         <v>515</v>
       </c>
-      <c r="F54" t="s">
+      <c r="H54" t="s">
         <v>516</v>
       </c>
-      <c r="G54" t="s">
+      <c r="I54" t="s">
         <v>517</v>
       </c>
-      <c r="H54" t="s">
+      <c r="J54" t="s">
+        <v>24</v>
+      </c>
+      <c r="K54" t="s">
+        <v>329</v>
+      </c>
+      <c r="L54" t="s">
+        <v>26</v>
+      </c>
+      <c r="M54" t="s">
+        <v>331</v>
+      </c>
+      <c r="N54" t="s">
+        <v>28</v>
+      </c>
+      <c r="O54" t="s">
         <v>518</v>
-      </c>
-[...19 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>65001</v>
+        <v>4717</v>
       </c>
       <c r="B55" t="s">
+        <v>519</v>
+      </c>
+      <c r="C55" t="s">
+        <v>520</v>
+      </c>
+      <c r="D55" t="s">
         <v>521</v>
       </c>
-      <c r="C55" t="s">
+      <c r="E55" t="s">
         <v>522</v>
       </c>
-      <c r="D55" t="s">
+      <c r="F55" t="s">
         <v>523</v>
       </c>
-      <c r="E55" t="s">
+      <c r="G55" t="s">
         <v>524</v>
       </c>
-      <c r="F55" t="s">
+      <c r="H55" t="s">
         <v>525</v>
       </c>
-      <c r="G55" t="s">
+      <c r="I55" t="s">
         <v>526</v>
       </c>
-      <c r="H55" t="s">
+      <c r="J55" t="s">
+        <v>24</v>
+      </c>
+      <c r="K55" t="s">
+        <v>25</v>
+      </c>
+      <c r="L55" t="s">
+        <v>26</v>
+      </c>
+      <c r="M55" t="s">
+        <v>27</v>
+      </c>
+      <c r="N55" t="s">
+        <v>28</v>
+      </c>
+      <c r="O55" t="s">
         <v>527</v>
-      </c>
-[...19 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>65002</v>
+        <v>4721</v>
       </c>
       <c r="B56" t="s">
+        <v>528</v>
+      </c>
+      <c r="C56" t="s">
+        <v>529</v>
+      </c>
+      <c r="D56" t="s">
         <v>530</v>
       </c>
-      <c r="C56" t="s">
+      <c r="E56" t="s">
         <v>531</v>
       </c>
-      <c r="D56" t="s">
+      <c r="F56" t="s">
         <v>532</v>
       </c>
-      <c r="E56" t="s">
+      <c r="G56" t="s">
         <v>533</v>
       </c>
-      <c r="F56" t="s">
+      <c r="H56" t="s">
         <v>534</v>
       </c>
-      <c r="G56" t="s">
+      <c r="I56" t="s">
         <v>535</v>
       </c>
-      <c r="H56" t="s">
+      <c r="J56" t="s">
+        <v>24</v>
+      </c>
+      <c r="K56" t="s">
+        <v>329</v>
+      </c>
+      <c r="L56" t="s">
+        <v>26</v>
+      </c>
+      <c r="M56" t="s">
+        <v>331</v>
+      </c>
+      <c r="N56" t="s">
+        <v>28</v>
+      </c>
+      <c r="O56" t="s">
         <v>536</v>
-      </c>
-[...19 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>65003</v>
+        <v>4722</v>
       </c>
       <c r="B57" t="s">
+        <v>537</v>
+      </c>
+      <c r="C57" t="s">
+        <v>538</v>
+      </c>
+      <c r="D57" t="s">
         <v>539</v>
       </c>
-      <c r="C57" t="s">
+      <c r="E57" t="s">
         <v>540</v>
       </c>
-      <c r="D57" t="s">
+      <c r="F57" t="s">
         <v>541</v>
       </c>
-      <c r="E57" t="s">
+      <c r="G57" t="s">
         <v>542</v>
       </c>
-      <c r="F57" t="s">
+      <c r="H57" t="s">
         <v>543</v>
       </c>
-      <c r="G57" t="s">
+      <c r="I57" t="s">
         <v>544</v>
       </c>
-      <c r="H57" t="s">
+      <c r="J57" t="s">
+        <v>24</v>
+      </c>
+      <c r="K57" t="s">
         <v>545</v>
       </c>
-      <c r="I57" t="s">
+      <c r="L57" t="s">
+        <v>26</v>
+      </c>
+      <c r="M57" t="s">
         <v>546</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>65004</v>
+        <v>4792</v>
       </c>
       <c r="B58" t="s">
         <v>548</v>
       </c>
       <c r="C58" t="s">
         <v>549</v>
       </c>
       <c r="D58" t="s">
         <v>550</v>
       </c>
       <c r="E58" t="s">
         <v>551</v>
       </c>
       <c r="F58" t="s">
         <v>552</v>
       </c>
       <c r="G58" t="s">
         <v>553</v>
       </c>
       <c r="H58" t="s">
         <v>554</v>
       </c>
       <c r="I58" t="s">
         <v>555</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>65005</v>
+        <v>4801</v>
       </c>
       <c r="B59" t="s">
         <v>557</v>
       </c>
       <c r="C59" t="s">
         <v>558</v>
       </c>
       <c r="D59" t="s">
         <v>559</v>
       </c>
       <c r="E59" t="s">
         <v>560</v>
       </c>
       <c r="F59" t="s">
         <v>561</v>
       </c>
       <c r="G59" t="s">
         <v>562</v>
       </c>
       <c r="H59" t="s">
         <v>563</v>
       </c>
       <c r="I59" t="s">
         <v>564</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
+        <v>69</v>
+      </c>
+      <c r="L59" t="s">
+        <v>26</v>
+      </c>
+      <c r="M59" t="s">
+        <v>70</v>
+      </c>
+      <c r="N59" t="s">
+        <v>28</v>
+      </c>
+      <c r="O59" t="s">
         <v>565</v>
-      </c>
-[...10 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>65006</v>
+        <v>4810</v>
       </c>
       <c r="B60" t="s">
+        <v>566</v>
+      </c>
+      <c r="C60" t="s">
+        <v>567</v>
+      </c>
+      <c r="D60" t="s">
         <v>568</v>
       </c>
-      <c r="C60" t="s">
+      <c r="E60" t="s">
         <v>569</v>
       </c>
-      <c r="D60" t="s">
+      <c r="F60" t="s">
         <v>570</v>
       </c>
-      <c r="E60" t="s">
+      <c r="G60" t="s">
         <v>571</v>
       </c>
-      <c r="F60" t="s">
+      <c r="H60" t="s">
         <v>572</v>
       </c>
-      <c r="G60" t="s">
+      <c r="I60" t="s">
         <v>573</v>
       </c>
-      <c r="H60" t="s">
+      <c r="J60" t="s">
+        <v>24</v>
+      </c>
+      <c r="K60" t="s">
+        <v>69</v>
+      </c>
+      <c r="L60" t="s">
+        <v>26</v>
+      </c>
+      <c r="M60" t="s">
+        <v>70</v>
+      </c>
+      <c r="N60" t="s">
+        <v>28</v>
+      </c>
+      <c r="O60" t="s">
         <v>574</v>
-      </c>
-[...19 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>65007</v>
+        <v>4811</v>
       </c>
       <c r="B61" t="s">
+        <v>575</v>
+      </c>
+      <c r="C61" t="s">
+        <v>576</v>
+      </c>
+      <c r="D61" t="s">
+        <v>577</v>
+      </c>
+      <c r="E61" t="s">
+        <v>578</v>
+      </c>
+      <c r="F61" t="s">
         <v>579</v>
       </c>
-      <c r="C61" t="s">
+      <c r="G61" t="s">
         <v>580</v>
       </c>
-      <c r="D61" t="s">
+      <c r="H61" t="s">
         <v>581</v>
       </c>
-      <c r="E61" t="s">
+      <c r="I61" t="s">
         <v>582</v>
       </c>
-      <c r="F61" t="s">
+      <c r="J61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K61" t="s">
         <v>583</v>
       </c>
-      <c r="G61" t="s">
+      <c r="L61" t="s">
+        <v>26</v>
+      </c>
+      <c r="M61" t="s">
         <v>584</v>
       </c>
-      <c r="H61" t="s">
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
         <v>585</v>
-      </c>
-[...19 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>65008</v>
+        <v>4817</v>
       </c>
       <c r="B62" t="s">
+        <v>586</v>
+      </c>
+      <c r="C62" t="s">
+        <v>587</v>
+      </c>
+      <c r="D62" t="s">
         <v>588</v>
       </c>
-      <c r="C62" t="s">
+      <c r="E62" t="s">
         <v>589</v>
       </c>
-      <c r="D62" t="s">
+      <c r="F62" t="s">
         <v>590</v>
       </c>
-      <c r="E62" t="s">
+      <c r="G62" t="s">
         <v>591</v>
       </c>
-      <c r="F62" t="s">
+      <c r="H62" t="s">
         <v>592</v>
       </c>
-      <c r="G62" t="s">
+      <c r="I62" t="s">
         <v>593</v>
       </c>
-      <c r="H62" t="s">
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" t="s">
+        <v>25</v>
+      </c>
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
+        <v>27</v>
+      </c>
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
         <v>594</v>
-      </c>
-[...19 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>65009</v>
+        <v>4935</v>
       </c>
       <c r="B63" t="s">
+        <v>595</v>
+      </c>
+      <c r="C63" t="s">
+        <v>596</v>
+      </c>
+      <c r="D63" t="s">
         <v>597</v>
       </c>
-      <c r="C63" t="s">
+      <c r="E63" t="s">
         <v>598</v>
       </c>
-      <c r="D63" t="s">
+      <c r="F63" t="s">
         <v>599</v>
       </c>
-      <c r="E63" t="s">
+      <c r="G63" t="s">
         <v>600</v>
       </c>
-      <c r="F63" t="s">
+      <c r="H63" t="s">
         <v>601</v>
       </c>
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>602</v>
-      </c>
-[...4 lines deleted...]
-        <v>604</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>69</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>70</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>65010</v>
+        <v>4947</v>
       </c>
       <c r="B64" t="s">
+        <v>604</v>
+      </c>
+      <c r="C64" t="s">
+        <v>605</v>
+      </c>
+      <c r="D64" t="s">
         <v>606</v>
       </c>
-      <c r="C64" t="s">
+      <c r="E64" t="s">
         <v>607</v>
       </c>
-      <c r="D64" t="s">
+      <c r="F64" t="s">
         <v>608</v>
       </c>
-      <c r="E64" t="s">
+      <c r="G64" t="s">
         <v>609</v>
       </c>
-      <c r="F64" t="s">
+      <c r="H64" t="s">
         <v>610</v>
       </c>
-      <c r="G64" t="s">
+      <c r="I64" t="s">
         <v>611</v>
       </c>
-      <c r="H64" t="s">
+      <c r="J64" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" t="s">
+        <v>122</v>
+      </c>
+      <c r="L64" t="s">
+        <v>26</v>
+      </c>
+      <c r="M64" t="s">
+        <v>123</v>
+      </c>
+      <c r="N64" t="s">
+        <v>28</v>
+      </c>
+      <c r="O64" t="s">
         <v>612</v>
-      </c>
-[...19 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>65011</v>
+        <v>4965</v>
       </c>
       <c r="B65" t="s">
+        <v>613</v>
+      </c>
+      <c r="C65" t="s">
+        <v>614</v>
+      </c>
+      <c r="D65" t="s">
         <v>615</v>
       </c>
-      <c r="C65" t="s">
+      <c r="E65" t="s">
         <v>616</v>
       </c>
-      <c r="D65" t="s">
+      <c r="F65" t="s">
         <v>617</v>
       </c>
-      <c r="E65" t="s">
+      <c r="G65" t="s">
         <v>618</v>
       </c>
-      <c r="F65" t="s">
+      <c r="H65" t="s">
         <v>619</v>
       </c>
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>620</v>
       </c>
-      <c r="H65" t="s">
+      <c r="J65" t="s">
+        <v>24</v>
+      </c>
+      <c r="K65" t="s">
+        <v>25</v>
+      </c>
+      <c r="L65" t="s">
+        <v>26</v>
+      </c>
+      <c r="M65" t="s">
+        <v>27</v>
+      </c>
+      <c r="N65" t="s">
+        <v>28</v>
+      </c>
+      <c r="O65" t="s">
         <v>621</v>
-      </c>
-[...19 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>65012</v>
+        <v>5273</v>
       </c>
       <c r="B66" t="s">
+        <v>622</v>
+      </c>
+      <c r="C66" t="s">
+        <v>623</v>
+      </c>
+      <c r="D66" t="s">
         <v>624</v>
       </c>
-      <c r="C66" t="s">
+      <c r="E66" t="s">
         <v>625</v>
       </c>
-      <c r="D66" t="s">
+      <c r="F66" t="s">
         <v>626</v>
       </c>
-      <c r="E66" t="s">
+      <c r="G66" t="s">
         <v>627</v>
       </c>
-      <c r="F66" t="s">
+      <c r="H66" t="s">
         <v>628</v>
       </c>
-      <c r="G66" t="s">
+      <c r="I66" t="s">
         <v>629</v>
       </c>
-      <c r="H66" t="s">
+      <c r="J66" t="s">
+        <v>24</v>
+      </c>
+      <c r="K66" t="s">
         <v>630</v>
       </c>
-      <c r="I66" t="s">
+      <c r="L66" t="s">
+        <v>26</v>
+      </c>
+      <c r="M66" t="s">
         <v>631</v>
       </c>
-      <c r="J66" t="s">
-[...2 lines deleted...]
-      <c r="K66" t="s">
+      <c r="N66" t="s">
+        <v>28</v>
+      </c>
+      <c r="O66" t="s">
         <v>632</v>
-      </c>
-[...10 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>65013</v>
+        <v>5326</v>
       </c>
       <c r="B67" t="s">
+        <v>633</v>
+      </c>
+      <c r="C67" t="s">
+        <v>634</v>
+      </c>
+      <c r="D67" t="s">
         <v>635</v>
       </c>
-      <c r="C67" t="s">
+      <c r="E67" t="s">
         <v>636</v>
       </c>
-      <c r="D67" t="s">
+      <c r="F67" t="s">
         <v>637</v>
       </c>
-      <c r="E67" t="s">
+      <c r="G67" t="s">
         <v>638</v>
       </c>
-      <c r="F67" t="s">
+      <c r="H67" t="s">
         <v>639</v>
       </c>
-      <c r="G67" t="s">
+      <c r="I67" t="s">
         <v>640</v>
       </c>
-      <c r="H67" t="s">
+      <c r="J67" t="s">
+        <v>24</v>
+      </c>
+      <c r="K67" t="s">
+        <v>69</v>
+      </c>
+      <c r="L67" t="s">
+        <v>26</v>
+      </c>
+      <c r="M67" t="s">
+        <v>70</v>
+      </c>
+      <c r="N67" t="s">
+        <v>28</v>
+      </c>
+      <c r="O67" t="s">
         <v>641</v>
-      </c>
-[...19 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>65014</v>
+        <v>5330</v>
       </c>
       <c r="B68" t="s">
+        <v>642</v>
+      </c>
+      <c r="C68" t="s">
+        <v>643</v>
+      </c>
+      <c r="D68" t="s">
         <v>644</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>645</v>
       </c>
-      <c r="D68" t="s">
+      <c r="F68" t="s">
         <v>646</v>
       </c>
-      <c r="E68" t="s">
+      <c r="G68" t="s">
         <v>647</v>
       </c>
-      <c r="F68" t="s">
+      <c r="H68" t="s">
         <v>648</v>
       </c>
-      <c r="G68" t="s">
+      <c r="I68" t="s">
         <v>649</v>
       </c>
-      <c r="H68" t="s">
+      <c r="J68" t="s">
+        <v>24</v>
+      </c>
+      <c r="K68" t="s">
+        <v>69</v>
+      </c>
+      <c r="L68" t="s">
+        <v>26</v>
+      </c>
+      <c r="M68" t="s">
+        <v>70</v>
+      </c>
+      <c r="N68" t="s">
+        <v>28</v>
+      </c>
+      <c r="O68" t="s">
         <v>650</v>
-      </c>
-[...19 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>65015</v>
+        <v>5331</v>
       </c>
       <c r="B69" t="s">
+        <v>651</v>
+      </c>
+      <c r="C69" t="s">
+        <v>652</v>
+      </c>
+      <c r="D69" t="s">
         <v>653</v>
       </c>
-      <c r="C69" t="s">
+      <c r="E69" t="s">
         <v>654</v>
       </c>
-      <c r="D69" t="s">
+      <c r="F69" t="s">
         <v>655</v>
       </c>
-      <c r="E69" t="s">
+      <c r="G69" t="s">
         <v>656</v>
       </c>
-      <c r="F69" t="s">
+      <c r="H69" t="s">
         <v>657</v>
       </c>
-      <c r="G69" t="s">
+      <c r="I69" t="s">
         <v>658</v>
       </c>
-      <c r="H69" t="s">
+      <c r="J69" t="s">
+        <v>24</v>
+      </c>
+      <c r="K69" t="s">
+        <v>122</v>
+      </c>
+      <c r="L69" t="s">
+        <v>26</v>
+      </c>
+      <c r="M69" t="s">
+        <v>123</v>
+      </c>
+      <c r="N69" t="s">
+        <v>28</v>
+      </c>
+      <c r="O69" t="s">
         <v>659</v>
-      </c>
-[...19 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>65016</v>
+        <v>5335</v>
       </c>
       <c r="B70" t="s">
+        <v>660</v>
+      </c>
+      <c r="C70" t="s">
+        <v>661</v>
+      </c>
+      <c r="D70" t="s">
         <v>662</v>
       </c>
-      <c r="C70" t="s">
+      <c r="E70" t="s">
         <v>663</v>
       </c>
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>664</v>
       </c>
-      <c r="E70" t="s">
+      <c r="G70" t="s">
         <v>665</v>
       </c>
-      <c r="F70" t="s">
+      <c r="H70" t="s">
         <v>666</v>
       </c>
-      <c r="G70" t="s">
+      <c r="I70" t="s">
         <v>667</v>
-      </c>
-[...4 lines deleted...]
-        <v>669</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>65017</v>
+        <v>5346</v>
       </c>
       <c r="B71" t="s">
+        <v>669</v>
+      </c>
+      <c r="C71" t="s">
+        <v>670</v>
+      </c>
+      <c r="D71" t="s">
         <v>671</v>
       </c>
-      <c r="C71" t="s">
+      <c r="E71" t="s">
         <v>672</v>
       </c>
-      <c r="D71" t="s">
+      <c r="F71" t="s">
         <v>673</v>
       </c>
-      <c r="E71" t="s">
+      <c r="G71" t="s">
         <v>674</v>
       </c>
-      <c r="F71" t="s">
+      <c r="H71" t="s">
         <v>675</v>
       </c>
-      <c r="G71" t="s">
+      <c r="I71" t="s">
         <v>676</v>
       </c>
-      <c r="H71" t="s">
+      <c r="J71" t="s">
+        <v>24</v>
+      </c>
+      <c r="K71" t="s">
         <v>677</v>
       </c>
-      <c r="I71" t="s">
+      <c r="L71" t="s">
+        <v>26</v>
+      </c>
+      <c r="M71" t="s">
         <v>678</v>
       </c>
-      <c r="J71" t="s">
-[...2 lines deleted...]
-      <c r="K71" t="s">
+      <c r="N71" t="s">
+        <v>28</v>
+      </c>
+      <c r="O71" t="s">
         <v>679</v>
-      </c>
-[...10 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>65018</v>
+        <v>5348</v>
       </c>
       <c r="B72" t="s">
+        <v>680</v>
+      </c>
+      <c r="C72" t="s">
+        <v>681</v>
+      </c>
+      <c r="D72" t="s">
         <v>682</v>
       </c>
-      <c r="C72" t="s">
+      <c r="E72" t="s">
         <v>683</v>
       </c>
-      <c r="D72" t="s">
+      <c r="F72" t="s">
         <v>684</v>
       </c>
-      <c r="E72" t="s">
+      <c r="G72" t="s">
         <v>685</v>
       </c>
-      <c r="F72" t="s">
+      <c r="H72" t="s">
         <v>686</v>
       </c>
-      <c r="G72" t="s">
+      <c r="I72" t="s">
         <v>687</v>
       </c>
-      <c r="H72" t="s">
+      <c r="J72" t="s">
+        <v>24</v>
+      </c>
+      <c r="K72" t="s">
+        <v>69</v>
+      </c>
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
+        <v>70</v>
+      </c>
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
         <v>688</v>
-      </c>
-[...19 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>65019</v>
+        <v>5351</v>
       </c>
       <c r="B73" t="s">
+        <v>689</v>
+      </c>
+      <c r="C73" t="s">
+        <v>690</v>
+      </c>
+      <c r="D73" t="s">
+        <v>691</v>
+      </c>
+      <c r="E73" t="s">
+        <v>692</v>
+      </c>
+      <c r="F73" t="s">
         <v>693</v>
       </c>
-      <c r="C73" t="s">
+      <c r="G73" t="s">
         <v>694</v>
       </c>
-      <c r="D73" t="s">
+      <c r="H73" t="s">
         <v>695</v>
       </c>
-      <c r="E73" t="s">
+      <c r="I73" t="s">
         <v>696</v>
       </c>
-      <c r="F73" t="s">
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" t="s">
+        <v>25</v>
+      </c>
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73" t="s">
+        <v>27</v>
+      </c>
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
         <v>697</v>
-      </c>
-[...25 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>65020</v>
+        <v>5353</v>
       </c>
       <c r="B74" t="s">
+        <v>698</v>
+      </c>
+      <c r="C74" t="s">
+        <v>699</v>
+      </c>
+      <c r="D74" t="s">
+        <v>700</v>
+      </c>
+      <c r="E74" t="s">
+        <v>701</v>
+      </c>
+      <c r="F74" t="s">
         <v>702</v>
       </c>
-      <c r="C74" t="s">
+      <c r="G74" t="s">
         <v>703</v>
       </c>
-      <c r="D74" t="s">
+      <c r="H74" t="s">
         <v>704</v>
       </c>
-      <c r="E74" t="s">
+      <c r="I74" t="s">
         <v>705</v>
       </c>
-      <c r="F74" t="s">
+      <c r="J74" t="s">
+        <v>89</v>
+      </c>
+      <c r="K74" t="s">
         <v>706</v>
       </c>
-      <c r="G74" t="s">
+      <c r="L74" t="s">
+        <v>91</v>
+      </c>
+      <c r="M74" t="s">
         <v>707</v>
       </c>
-      <c r="H74" t="s">
+      <c r="N74" t="s">
+        <v>28</v>
+      </c>
+      <c r="O74" t="s">
         <v>708</v>
-      </c>
-[...19 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>65021</v>
+        <v>5354</v>
       </c>
       <c r="B75" t="s">
+        <v>709</v>
+      </c>
+      <c r="C75" t="s">
+        <v>710</v>
+      </c>
+      <c r="D75" t="s">
+        <v>711</v>
+      </c>
+      <c r="E75" t="s">
+        <v>712</v>
+      </c>
+      <c r="F75" t="s">
         <v>713</v>
       </c>
-      <c r="C75" t="s">
+      <c r="G75" t="s">
         <v>714</v>
       </c>
-      <c r="D75" t="s">
+      <c r="H75" t="s">
         <v>715</v>
       </c>
-      <c r="E75" t="s">
+      <c r="I75" t="s">
         <v>716</v>
       </c>
-      <c r="F75" t="s">
+      <c r="J75" t="s">
+        <v>24</v>
+      </c>
+      <c r="K75" t="s">
+        <v>69</v>
+      </c>
+      <c r="L75" t="s">
+        <v>26</v>
+      </c>
+      <c r="M75" t="s">
+        <v>70</v>
+      </c>
+      <c r="N75" t="s">
+        <v>28</v>
+      </c>
+      <c r="O75" t="s">
         <v>717</v>
-      </c>
-[...25 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>65023</v>
+        <v>5364</v>
       </c>
       <c r="B76" t="s">
+        <v>718</v>
+      </c>
+      <c r="C76" t="s">
+        <v>719</v>
+      </c>
+      <c r="D76" t="s">
+        <v>720</v>
+      </c>
+      <c r="E76" t="s">
+        <v>721</v>
+      </c>
+      <c r="F76" t="s">
         <v>722</v>
       </c>
-      <c r="C76" t="s">
+      <c r="G76" t="s">
         <v>723</v>
       </c>
-      <c r="D76" t="s">
+      <c r="H76" t="s">
         <v>724</v>
       </c>
-      <c r="E76" t="s">
+      <c r="I76" t="s">
         <v>725</v>
       </c>
-      <c r="F76" t="s">
+      <c r="J76" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" t="s">
+        <v>122</v>
+      </c>
+      <c r="L76" t="s">
+        <v>26</v>
+      </c>
+      <c r="M76" t="s">
+        <v>123</v>
+      </c>
+      <c r="N76" t="s">
+        <v>28</v>
+      </c>
+      <c r="O76" t="s">
         <v>726</v>
-      </c>
-[...25 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>65026</v>
+        <v>5365</v>
       </c>
       <c r="B77" t="s">
+        <v>727</v>
+      </c>
+      <c r="C77" t="s">
+        <v>728</v>
+      </c>
+      <c r="D77" t="s">
+        <v>729</v>
+      </c>
+      <c r="E77" t="s">
+        <v>730</v>
+      </c>
+      <c r="F77" t="s">
         <v>731</v>
       </c>
-      <c r="C77" t="s">
+      <c r="G77" t="s">
         <v>732</v>
       </c>
-      <c r="D77" t="s">
+      <c r="H77" t="s">
         <v>733</v>
       </c>
-      <c r="E77" t="s">
+      <c r="I77" t="s">
         <v>734</v>
-      </c>
-[...10 lines deleted...]
-        <v>738</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>65030</v>
+        <v>5367</v>
       </c>
       <c r="B78" t="s">
+        <v>736</v>
+      </c>
+      <c r="C78" t="s">
+        <v>737</v>
+      </c>
+      <c r="D78" t="s">
+        <v>738</v>
+      </c>
+      <c r="E78" t="s">
+        <v>739</v>
+      </c>
+      <c r="F78" t="s">
         <v>740</v>
       </c>
-      <c r="C78" t="s">
+      <c r="G78" t="s">
         <v>741</v>
       </c>
-      <c r="D78" t="s">
+      <c r="H78" t="s">
         <v>742</v>
       </c>
-      <c r="E78" t="s">
+      <c r="I78" t="s">
         <v>743</v>
-      </c>
-[...10 lines deleted...]
-        <v>747</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
         <v>25</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
         <v>27</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>65031</v>
+        <v>5368</v>
       </c>
       <c r="B79" t="s">
+        <v>745</v>
+      </c>
+      <c r="C79" t="s">
+        <v>746</v>
+      </c>
+      <c r="D79" t="s">
+        <v>747</v>
+      </c>
+      <c r="E79" t="s">
+        <v>748</v>
+      </c>
+      <c r="F79" t="s">
         <v>749</v>
       </c>
-      <c r="C79" t="s">
+      <c r="G79" t="s">
         <v>750</v>
       </c>
-      <c r="D79" t="s">
+      <c r="H79" t="s">
         <v>751</v>
       </c>
-      <c r="E79" t="s">
+      <c r="I79" t="s">
         <v>752</v>
-      </c>
-[...10 lines deleted...]
-        <v>756</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
         <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>65032</v>
+        <v>5372</v>
       </c>
       <c r="B80" t="s">
+        <v>754</v>
+      </c>
+      <c r="C80" t="s">
+        <v>755</v>
+      </c>
+      <c r="D80" t="s">
+        <v>756</v>
+      </c>
+      <c r="E80" t="s">
+        <v>757</v>
+      </c>
+      <c r="F80" t="s">
         <v>758</v>
       </c>
-      <c r="C80" t="s">
+      <c r="G80" t="s">
         <v>759</v>
       </c>
-      <c r="D80" t="s">
+      <c r="H80" t="s">
         <v>760</v>
       </c>
-      <c r="E80" t="s">
+      <c r="I80" t="s">
         <v>761</v>
       </c>
-      <c r="F80" t="s">
+      <c r="J80" t="s">
+        <v>24</v>
+      </c>
+      <c r="K80" t="s">
+        <v>25</v>
+      </c>
+      <c r="L80" t="s">
+        <v>26</v>
+      </c>
+      <c r="M80" t="s">
+        <v>27</v>
+      </c>
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>762</v>
-      </c>
-[...25 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>65033</v>
+        <v>5375</v>
       </c>
       <c r="B81" t="s">
+        <v>763</v>
+      </c>
+      <c r="C81" t="s">
+        <v>764</v>
+      </c>
+      <c r="D81" t="s">
+        <v>765</v>
+      </c>
+      <c r="E81" t="s">
+        <v>766</v>
+      </c>
+      <c r="F81" t="s">
         <v>767</v>
       </c>
-      <c r="C81" t="s">
+      <c r="G81" t="s">
         <v>768</v>
       </c>
-      <c r="D81" t="s">
+      <c r="H81" t="s">
         <v>769</v>
       </c>
-      <c r="E81" t="s">
+      <c r="I81" t="s">
         <v>770</v>
       </c>
-      <c r="F81" t="s">
+      <c r="J81" t="s">
+        <v>89</v>
+      </c>
+      <c r="K81" t="s">
         <v>771</v>
       </c>
-      <c r="G81" t="s">
+      <c r="L81" t="s">
+        <v>91</v>
+      </c>
+      <c r="M81" t="s">
         <v>772</v>
       </c>
-      <c r="H81" t="s">
+      <c r="N81" t="s">
+        <v>28</v>
+      </c>
+      <c r="O81" t="s">
         <v>773</v>
-      </c>
-[...19 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>65034</v>
+        <v>5382</v>
       </c>
       <c r="B82" t="s">
+        <v>774</v>
+      </c>
+      <c r="C82" t="s">
+        <v>775</v>
+      </c>
+      <c r="D82" t="s">
+        <v>776</v>
+      </c>
+      <c r="E82" t="s">
+        <v>777</v>
+      </c>
+      <c r="F82" t="s">
         <v>778</v>
       </c>
-      <c r="C82" t="s">
+      <c r="G82" t="s">
         <v>779</v>
       </c>
-      <c r="D82" t="s">
+      <c r="H82" t="s">
         <v>780</v>
       </c>
-      <c r="E82" t="s">
+      <c r="I82" t="s">
         <v>781</v>
       </c>
-      <c r="F82" t="s">
+      <c r="J82" t="s">
+        <v>24</v>
+      </c>
+      <c r="K82" t="s">
+        <v>69</v>
+      </c>
+      <c r="L82" t="s">
+        <v>26</v>
+      </c>
+      <c r="M82" t="s">
+        <v>70</v>
+      </c>
+      <c r="N82" t="s">
+        <v>28</v>
+      </c>
+      <c r="O82" t="s">
         <v>782</v>
-      </c>
-[...25 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>65035</v>
+        <v>5437</v>
       </c>
       <c r="B83" t="s">
+        <v>783</v>
+      </c>
+      <c r="C83" t="s">
+        <v>784</v>
+      </c>
+      <c r="D83" t="s">
+        <v>785</v>
+      </c>
+      <c r="E83" t="s">
+        <v>786</v>
+      </c>
+      <c r="F83" t="s">
+        <v>787</v>
+      </c>
+      <c r="G83" t="s">
+        <v>788</v>
+      </c>
+      <c r="H83" t="s">
         <v>789</v>
       </c>
-      <c r="C83" t="s">
+      <c r="I83" t="s">
         <v>790</v>
-      </c>
-[...16 lines deleted...]
-        <v>796</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>797</v>
+        <v>791</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>65036</v>
+        <v>5456</v>
       </c>
       <c r="B84" t="s">
+        <v>792</v>
+      </c>
+      <c r="C84" t="s">
+        <v>793</v>
+      </c>
+      <c r="D84" t="s">
+        <v>794</v>
+      </c>
+      <c r="E84" t="s">
+        <v>795</v>
+      </c>
+      <c r="F84" t="s">
+        <v>796</v>
+      </c>
+      <c r="G84" t="s">
+        <v>797</v>
+      </c>
+      <c r="H84" t="s">
         <v>798</v>
       </c>
-      <c r="C84" t="s">
+      <c r="I84" t="s">
         <v>799</v>
       </c>
-      <c r="D84" t="s">
+      <c r="J84" t="s">
+        <v>89</v>
+      </c>
+      <c r="K84" t="s">
+        <v>583</v>
+      </c>
+      <c r="L84" t="s">
+        <v>91</v>
+      </c>
+      <c r="M84" t="s">
+        <v>584</v>
+      </c>
+      <c r="N84" t="s">
+        <v>28</v>
+      </c>
+      <c r="O84" t="s">
         <v>800</v>
-      </c>
-[...31 lines deleted...]
-        <v>806</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>65037</v>
+        <v>5953</v>
       </c>
       <c r="B85" t="s">
+        <v>801</v>
+      </c>
+      <c r="C85" t="s">
+        <v>802</v>
+      </c>
+      <c r="D85" t="s">
+        <v>803</v>
+      </c>
+      <c r="E85" t="s">
+        <v>804</v>
+      </c>
+      <c r="F85" t="s">
+        <v>805</v>
+      </c>
+      <c r="G85" t="s">
+        <v>806</v>
+      </c>
+      <c r="H85" t="s">
         <v>807</v>
       </c>
-      <c r="C85" t="s">
+      <c r="I85" t="s">
         <v>808</v>
-      </c>
-[...16 lines deleted...]
-        <v>814</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>815</v>
+        <v>809</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>65038</v>
+        <v>6337</v>
       </c>
       <c r="B86" t="s">
+        <v>810</v>
+      </c>
+      <c r="C86" t="s">
+        <v>811</v>
+      </c>
+      <c r="D86" t="s">
+        <v>812</v>
+      </c>
+      <c r="E86" t="s">
+        <v>813</v>
+      </c>
+      <c r="F86" t="s">
+        <v>814</v>
+      </c>
+      <c r="G86" t="s">
+        <v>815</v>
+      </c>
+      <c r="H86" t="s">
         <v>816</v>
       </c>
-      <c r="C86" t="s">
+      <c r="I86" t="s">
         <v>817</v>
       </c>
-      <c r="D86" t="s">
+      <c r="J86" t="s">
+        <v>24</v>
+      </c>
+      <c r="K86" t="s">
+        <v>122</v>
+      </c>
+      <c r="L86" t="s">
+        <v>26</v>
+      </c>
+      <c r="M86" t="s">
+        <v>123</v>
+      </c>
+      <c r="N86" t="s">
+        <v>28</v>
+      </c>
+      <c r="O86" t="s">
         <v>818</v>
-      </c>
-[...31 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>65039</v>
+        <v>58240</v>
       </c>
       <c r="B87" t="s">
+        <v>819</v>
+      </c>
+      <c r="C87" t="s">
+        <v>820</v>
+      </c>
+      <c r="D87" t="s">
+        <v>821</v>
+      </c>
+      <c r="E87" t="s">
+        <v>822</v>
+      </c>
+      <c r="F87" t="s">
+        <v>823</v>
+      </c>
+      <c r="G87" t="s">
+        <v>824</v>
+      </c>
+      <c r="H87" t="s">
         <v>825</v>
       </c>
-      <c r="C87" t="s">
+      <c r="I87" t="s">
         <v>826</v>
       </c>
-      <c r="D87" t="s">
+      <c r="J87" t="s">
+        <v>24</v>
+      </c>
+      <c r="K87" t="s">
         <v>827</v>
       </c>
-      <c r="E87" t="s">
+      <c r="L87" t="s">
+        <v>26</v>
+      </c>
+      <c r="M87" t="s">
         <v>828</v>
       </c>
-      <c r="F87" t="s">
+      <c r="N87" t="s">
+        <v>28</v>
+      </c>
+      <c r="O87" t="s">
         <v>829</v>
-      </c>
-[...25 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>65040</v>
+        <v>58259</v>
       </c>
       <c r="B88" t="s">
+        <v>830</v>
+      </c>
+      <c r="C88" t="s">
+        <v>831</v>
+      </c>
+      <c r="D88" t="s">
+        <v>832</v>
+      </c>
+      <c r="E88" t="s">
+        <v>833</v>
+      </c>
+      <c r="F88" t="s">
         <v>834</v>
       </c>
-      <c r="C88" t="s">
+      <c r="G88" t="s">
         <v>835</v>
       </c>
-      <c r="D88" t="s">
+      <c r="H88" t="s">
         <v>836</v>
       </c>
-      <c r="E88" t="s">
+      <c r="I88" t="s">
         <v>837</v>
       </c>
-      <c r="F88" t="s">
+      <c r="J88" t="s">
+        <v>24</v>
+      </c>
+      <c r="K88" t="s">
         <v>838</v>
       </c>
-      <c r="G88" t="s">
+      <c r="L88" t="s">
+        <v>26</v>
+      </c>
+      <c r="M88" t="s">
         <v>839</v>
       </c>
-      <c r="H88" t="s">
+      <c r="N88" t="s">
+        <v>28</v>
+      </c>
+      <c r="O88" t="s">
         <v>840</v>
-      </c>
-[...19 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>65044</v>
+        <v>65000</v>
       </c>
       <c r="B89" t="s">
+        <v>841</v>
+      </c>
+      <c r="C89" t="s">
+        <v>842</v>
+      </c>
+      <c r="D89" t="s">
         <v>843</v>
       </c>
-      <c r="C89" t="s">
+      <c r="E89" t="s">
         <v>844</v>
       </c>
-      <c r="D89" t="s">
+      <c r="F89" t="s">
         <v>845</v>
       </c>
-      <c r="E89" t="s">
+      <c r="G89" t="s">
         <v>846</v>
       </c>
-      <c r="F89" t="s">
+      <c r="H89" t="s">
         <v>847</v>
       </c>
-      <c r="G89" t="s">
+      <c r="I89" t="s">
         <v>848</v>
-      </c>
-[...4 lines deleted...]
-        <v>850</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>25</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>65045</v>
+        <v>65001</v>
       </c>
       <c r="B90" t="s">
+        <v>850</v>
+      </c>
+      <c r="C90" t="s">
+        <v>851</v>
+      </c>
+      <c r="D90" t="s">
         <v>852</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90" t="s">
         <v>853</v>
       </c>
-      <c r="D90" t="s">
+      <c r="F90" t="s">
         <v>854</v>
       </c>
-      <c r="E90" t="s">
+      <c r="G90" t="s">
         <v>855</v>
       </c>
-      <c r="F90" t="s">
+      <c r="H90" t="s">
         <v>856</v>
       </c>
-      <c r="G90" t="s">
+      <c r="I90" t="s">
         <v>857</v>
       </c>
-      <c r="H90" t="s">
+      <c r="J90" t="s">
+        <v>24</v>
+      </c>
+      <c r="K90" t="s">
+        <v>69</v>
+      </c>
+      <c r="L90" t="s">
+        <v>26</v>
+      </c>
+      <c r="M90" t="s">
+        <v>70</v>
+      </c>
+      <c r="N90" t="s">
+        <v>28</v>
+      </c>
+      <c r="O90" t="s">
         <v>858</v>
-      </c>
-[...19 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>65046</v>
+        <v>65002</v>
       </c>
       <c r="B91" t="s">
+        <v>859</v>
+      </c>
+      <c r="C91" t="s">
+        <v>860</v>
+      </c>
+      <c r="D91" t="s">
+        <v>861</v>
+      </c>
+      <c r="E91" t="s">
+        <v>862</v>
+      </c>
+      <c r="F91" t="s">
+        <v>863</v>
+      </c>
+      <c r="G91" t="s">
+        <v>864</v>
+      </c>
+      <c r="H91" t="s">
         <v>865</v>
       </c>
-      <c r="C91" t="s">
+      <c r="I91" t="s">
         <v>866</v>
       </c>
-      <c r="D91" t="s">
+      <c r="J91" t="s">
+        <v>24</v>
+      </c>
+      <c r="K91" t="s">
+        <v>25</v>
+      </c>
+      <c r="L91" t="s">
+        <v>26</v>
+      </c>
+      <c r="M91" t="s">
+        <v>27</v>
+      </c>
+      <c r="N91" t="s">
+        <v>28</v>
+      </c>
+      <c r="O91" t="s">
         <v>867</v>
-      </c>
-[...31 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>65047</v>
+        <v>65003</v>
       </c>
       <c r="B92" t="s">
+        <v>868</v>
+      </c>
+      <c r="C92" t="s">
+        <v>869</v>
+      </c>
+      <c r="D92" t="s">
+        <v>870</v>
+      </c>
+      <c r="E92" t="s">
+        <v>871</v>
+      </c>
+      <c r="F92" t="s">
+        <v>872</v>
+      </c>
+      <c r="G92" t="s">
+        <v>873</v>
+      </c>
+      <c r="H92" t="s">
         <v>874</v>
       </c>
-      <c r="C92" t="s">
+      <c r="I92" t="s">
         <v>875</v>
       </c>
-      <c r="D92" t="s">
+      <c r="J92" t="s">
+        <v>24</v>
+      </c>
+      <c r="K92" t="s">
+        <v>69</v>
+      </c>
+      <c r="L92" t="s">
+        <v>26</v>
+      </c>
+      <c r="M92" t="s">
+        <v>70</v>
+      </c>
+      <c r="N92" t="s">
+        <v>28</v>
+      </c>
+      <c r="O92" t="s">
         <v>876</v>
-      </c>
-[...31 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>65049</v>
+        <v>65004</v>
       </c>
       <c r="B93" t="s">
+        <v>877</v>
+      </c>
+      <c r="C93" t="s">
+        <v>878</v>
+      </c>
+      <c r="D93" t="s">
+        <v>879</v>
+      </c>
+      <c r="E93" t="s">
+        <v>880</v>
+      </c>
+      <c r="F93" t="s">
+        <v>881</v>
+      </c>
+      <c r="G93" t="s">
+        <v>882</v>
+      </c>
+      <c r="H93" t="s">
         <v>883</v>
       </c>
-      <c r="C93" t="s">
+      <c r="I93" t="s">
         <v>884</v>
       </c>
-      <c r="D93" t="s">
+      <c r="J93" t="s">
+        <v>24</v>
+      </c>
+      <c r="K93" t="s">
+        <v>69</v>
+      </c>
+      <c r="L93" t="s">
+        <v>26</v>
+      </c>
+      <c r="M93" t="s">
+        <v>70</v>
+      </c>
+      <c r="N93" t="s">
+        <v>28</v>
+      </c>
+      <c r="O93" t="s">
         <v>885</v>
-      </c>
-[...31 lines deleted...]
-        <v>893</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>65050</v>
+        <v>65005</v>
       </c>
       <c r="B94" t="s">
+        <v>886</v>
+      </c>
+      <c r="C94" t="s">
+        <v>887</v>
+      </c>
+      <c r="D94" t="s">
+        <v>888</v>
+      </c>
+      <c r="E94" t="s">
+        <v>889</v>
+      </c>
+      <c r="F94" t="s">
+        <v>890</v>
+      </c>
+      <c r="G94" t="s">
+        <v>891</v>
+      </c>
+      <c r="H94" t="s">
+        <v>892</v>
+      </c>
+      <c r="I94" t="s">
+        <v>893</v>
+      </c>
+      <c r="J94" t="s">
+        <v>24</v>
+      </c>
+      <c r="K94" t="s">
         <v>894</v>
       </c>
-      <c r="C94" t="s">
+      <c r="L94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M94" t="s">
         <v>895</v>
       </c>
-      <c r="D94" t="s">
+      <c r="N94" t="s">
+        <v>28</v>
+      </c>
+      <c r="O94" t="s">
         <v>896</v>
-      </c>
-[...31 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>65051</v>
+        <v>65006</v>
       </c>
       <c r="B95" t="s">
+        <v>897</v>
+      </c>
+      <c r="C95" t="s">
+        <v>898</v>
+      </c>
+      <c r="D95" t="s">
+        <v>899</v>
+      </c>
+      <c r="E95" t="s">
+        <v>900</v>
+      </c>
+      <c r="F95" t="s">
+        <v>901</v>
+      </c>
+      <c r="G95" t="s">
+        <v>902</v>
+      </c>
+      <c r="H95" t="s">
         <v>903</v>
       </c>
-      <c r="C95" t="s">
+      <c r="I95" t="s">
         <v>904</v>
       </c>
-      <c r="D95" t="s">
+      <c r="J95" t="s">
+        <v>24</v>
+      </c>
+      <c r="K95" t="s">
         <v>905</v>
       </c>
-      <c r="E95" t="s">
+      <c r="L95" t="s">
+        <v>26</v>
+      </c>
+      <c r="M95" t="s">
         <v>906</v>
       </c>
-      <c r="F95" t="s">
+      <c r="N95" t="s">
+        <v>28</v>
+      </c>
+      <c r="O95" t="s">
         <v>907</v>
-      </c>
-[...25 lines deleted...]
-        <v>911</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>65053</v>
+        <v>65007</v>
       </c>
       <c r="B96" t="s">
+        <v>908</v>
+      </c>
+      <c r="C96" t="s">
+        <v>909</v>
+      </c>
+      <c r="D96" t="s">
+        <v>910</v>
+      </c>
+      <c r="E96" t="s">
+        <v>911</v>
+      </c>
+      <c r="F96" t="s">
         <v>912</v>
       </c>
-      <c r="C96" t="s">
+      <c r="G96" t="s">
         <v>913</v>
       </c>
-      <c r="D96" t="s">
+      <c r="H96" t="s">
         <v>914</v>
       </c>
-      <c r="E96" t="s">
+      <c r="I96" t="s">
         <v>915</v>
       </c>
-      <c r="F96" t="s">
+      <c r="J96" t="s">
+        <v>24</v>
+      </c>
+      <c r="K96" t="s">
+        <v>25</v>
+      </c>
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" t="s">
+        <v>27</v>
+      </c>
+      <c r="N96" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" t="s">
         <v>916</v>
-      </c>
-[...25 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>65054</v>
+        <v>65008</v>
       </c>
       <c r="B97" t="s">
+        <v>917</v>
+      </c>
+      <c r="C97" t="s">
+        <v>918</v>
+      </c>
+      <c r="D97" t="s">
+        <v>919</v>
+      </c>
+      <c r="E97" t="s">
+        <v>920</v>
+      </c>
+      <c r="F97" t="s">
         <v>921</v>
       </c>
-      <c r="C97" t="s">
+      <c r="G97" t="s">
         <v>922</v>
       </c>
-      <c r="D97" t="s">
+      <c r="H97" t="s">
         <v>923</v>
       </c>
-      <c r="E97" t="s">
+      <c r="I97" t="s">
         <v>924</v>
       </c>
-      <c r="F97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
+        <v>69</v>
+      </c>
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
+        <v>70</v>
+      </c>
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>925</v>
-      </c>
-[...25 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>65055</v>
+        <v>65009</v>
       </c>
       <c r="B98" t="s">
+        <v>926</v>
+      </c>
+      <c r="C98" t="s">
+        <v>927</v>
+      </c>
+      <c r="D98" t="s">
+        <v>928</v>
+      </c>
+      <c r="E98" t="s">
+        <v>929</v>
+      </c>
+      <c r="F98" t="s">
         <v>930</v>
       </c>
-      <c r="C98" t="s">
+      <c r="G98" t="s">
         <v>931</v>
       </c>
-      <c r="D98" t="s">
+      <c r="H98" t="s">
         <v>932</v>
       </c>
-      <c r="E98" t="s">
+      <c r="I98" t="s">
         <v>933</v>
       </c>
-      <c r="F98" t="s">
+      <c r="J98" t="s">
+        <v>24</v>
+      </c>
+      <c r="K98" t="s">
+        <v>69</v>
+      </c>
+      <c r="L98" t="s">
+        <v>26</v>
+      </c>
+      <c r="M98" t="s">
+        <v>70</v>
+      </c>
+      <c r="N98" t="s">
+        <v>28</v>
+      </c>
+      <c r="O98" t="s">
         <v>934</v>
-      </c>
-[...25 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>65057</v>
+        <v>65010</v>
       </c>
       <c r="B99" t="s">
+        <v>935</v>
+      </c>
+      <c r="C99" t="s">
+        <v>936</v>
+      </c>
+      <c r="D99" t="s">
+        <v>937</v>
+      </c>
+      <c r="E99" t="s">
+        <v>938</v>
+      </c>
+      <c r="F99" t="s">
         <v>939</v>
       </c>
-      <c r="C99" t="s">
+      <c r="G99" t="s">
         <v>940</v>
       </c>
-      <c r="D99" t="s">
+      <c r="H99" t="s">
         <v>941</v>
       </c>
-      <c r="E99" t="s">
+      <c r="I99" t="s">
         <v>942</v>
       </c>
-      <c r="F99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
+        <v>25</v>
+      </c>
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
+        <v>27</v>
+      </c>
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>943</v>
-      </c>
-[...25 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>65058</v>
+        <v>65011</v>
       </c>
       <c r="B100" t="s">
+        <v>944</v>
+      </c>
+      <c r="C100" t="s">
+        <v>945</v>
+      </c>
+      <c r="D100" t="s">
+        <v>946</v>
+      </c>
+      <c r="E100" t="s">
+        <v>947</v>
+      </c>
+      <c r="F100" t="s">
+        <v>948</v>
+      </c>
+      <c r="G100" t="s">
+        <v>949</v>
+      </c>
+      <c r="H100" t="s">
         <v>950</v>
       </c>
-      <c r="C100" t="s">
+      <c r="I100" t="s">
         <v>951</v>
       </c>
-      <c r="D100" t="s">
+      <c r="J100" t="s">
+        <v>24</v>
+      </c>
+      <c r="K100" t="s">
+        <v>69</v>
+      </c>
+      <c r="L100" t="s">
+        <v>26</v>
+      </c>
+      <c r="M100" t="s">
+        <v>70</v>
+      </c>
+      <c r="N100" t="s">
+        <v>28</v>
+      </c>
+      <c r="O100" t="s">
         <v>952</v>
-      </c>
-[...31 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>65059</v>
+        <v>65012</v>
       </c>
       <c r="B101" t="s">
+        <v>953</v>
+      </c>
+      <c r="C101" t="s">
+        <v>954</v>
+      </c>
+      <c r="D101" t="s">
+        <v>955</v>
+      </c>
+      <c r="E101" t="s">
+        <v>956</v>
+      </c>
+      <c r="F101" t="s">
+        <v>957</v>
+      </c>
+      <c r="G101" t="s">
+        <v>958</v>
+      </c>
+      <c r="H101" t="s">
         <v>959</v>
       </c>
-      <c r="C101" t="s">
+      <c r="I101" t="s">
         <v>960</v>
       </c>
-      <c r="D101" t="s">
+      <c r="J101" t="s">
+        <v>24</v>
+      </c>
+      <c r="K101" t="s">
         <v>961</v>
       </c>
-      <c r="E101" t="s">
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
         <v>962</v>
       </c>
-      <c r="F101" t="s">
+      <c r="N101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O101" t="s">
         <v>963</v>
-      </c>
-[...25 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>65060</v>
+        <v>65013</v>
       </c>
       <c r="B102" t="s">
+        <v>964</v>
+      </c>
+      <c r="C102" t="s">
+        <v>965</v>
+      </c>
+      <c r="D102" t="s">
+        <v>966</v>
+      </c>
+      <c r="E102" t="s">
+        <v>967</v>
+      </c>
+      <c r="F102" t="s">
         <v>968</v>
       </c>
-      <c r="C102" t="s">
+      <c r="G102" t="s">
         <v>969</v>
       </c>
-      <c r="D102" t="s">
+      <c r="H102" t="s">
         <v>970</v>
       </c>
-      <c r="E102" t="s">
+      <c r="I102" t="s">
         <v>971</v>
       </c>
-      <c r="F102" t="s">
+      <c r="J102" t="s">
+        <v>24</v>
+      </c>
+      <c r="K102" t="s">
+        <v>25</v>
+      </c>
+      <c r="L102" t="s">
+        <v>26</v>
+      </c>
+      <c r="M102" t="s">
+        <v>27</v>
+      </c>
+      <c r="N102" t="s">
+        <v>28</v>
+      </c>
+      <c r="O102" t="s">
         <v>972</v>
-      </c>
-[...25 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>65062</v>
+        <v>65014</v>
       </c>
       <c r="B103" t="s">
+        <v>973</v>
+      </c>
+      <c r="C103" t="s">
+        <v>974</v>
+      </c>
+      <c r="D103" t="s">
+        <v>975</v>
+      </c>
+      <c r="E103" t="s">
+        <v>976</v>
+      </c>
+      <c r="F103" t="s">
         <v>977</v>
       </c>
-      <c r="C103" t="s">
+      <c r="G103" t="s">
         <v>978</v>
       </c>
-      <c r="D103" t="s">
+      <c r="H103" t="s">
         <v>979</v>
       </c>
-      <c r="E103" t="s">
+      <c r="I103" t="s">
         <v>980</v>
       </c>
-      <c r="F103" t="s">
+      <c r="J103" t="s">
+        <v>89</v>
+      </c>
+      <c r="K103" t="s">
+        <v>58</v>
+      </c>
+      <c r="L103" t="s">
+        <v>91</v>
+      </c>
+      <c r="M103" t="s">
+        <v>59</v>
+      </c>
+      <c r="N103" t="s">
+        <v>28</v>
+      </c>
+      <c r="O103" t="s">
         <v>981</v>
-      </c>
-[...25 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>65068</v>
+        <v>65015</v>
       </c>
       <c r="B104" t="s">
+        <v>982</v>
+      </c>
+      <c r="C104" t="s">
+        <v>983</v>
+      </c>
+      <c r="D104" t="s">
+        <v>984</v>
+      </c>
+      <c r="E104" t="s">
+        <v>985</v>
+      </c>
+      <c r="F104" t="s">
         <v>986</v>
       </c>
-      <c r="C104" t="s">
+      <c r="G104" t="s">
         <v>987</v>
       </c>
-      <c r="D104" t="s">
+      <c r="H104" t="s">
         <v>988</v>
       </c>
-      <c r="E104" t="s">
+      <c r="I104" t="s">
         <v>989</v>
       </c>
-      <c r="F104" t="s">
+      <c r="J104" t="s">
+        <v>24</v>
+      </c>
+      <c r="K104" t="s">
+        <v>69</v>
+      </c>
+      <c r="L104" t="s">
+        <v>26</v>
+      </c>
+      <c r="M104" t="s">
+        <v>70</v>
+      </c>
+      <c r="N104" t="s">
+        <v>28</v>
+      </c>
+      <c r="O104" t="s">
         <v>990</v>
-      </c>
-[...25 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>65069</v>
+        <v>65016</v>
       </c>
       <c r="B105" t="s">
+        <v>991</v>
+      </c>
+      <c r="C105" t="s">
+        <v>992</v>
+      </c>
+      <c r="D105" t="s">
+        <v>993</v>
+      </c>
+      <c r="E105" t="s">
+        <v>994</v>
+      </c>
+      <c r="F105" t="s">
         <v>995</v>
       </c>
-      <c r="C105" t="s">
+      <c r="G105" t="s">
         <v>996</v>
       </c>
-      <c r="D105" t="s">
+      <c r="H105" t="s">
         <v>997</v>
       </c>
-      <c r="E105" t="s">
+      <c r="I105" t="s">
         <v>998</v>
       </c>
-      <c r="F105" t="s">
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="K105" t="s">
+        <v>25</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>27</v>
+      </c>
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>999</v>
-      </c>
-[...25 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>65124</v>
+        <v>65017</v>
       </c>
       <c r="B106" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D106" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F106" t="s">
         <v>1004</v>
       </c>
-      <c r="C106" t="s">
+      <c r="G106" t="s">
         <v>1005</v>
       </c>
-      <c r="D106" t="s">
+      <c r="H106" t="s">
         <v>1006</v>
       </c>
-      <c r="E106" t="s">
+      <c r="I106" t="s">
         <v>1007</v>
       </c>
-      <c r="F106" t="s">
+      <c r="J106" t="s">
+        <v>24</v>
+      </c>
+      <c r="K106" t="s">
         <v>1008</v>
       </c>
-      <c r="G106" t="s">
+      <c r="L106" t="s">
+        <v>26</v>
+      </c>
+      <c r="M106" t="s">
         <v>1009</v>
       </c>
-      <c r="H106" t="s">
+      <c r="N106" t="s">
+        <v>28</v>
+      </c>
+      <c r="O106" t="s">
         <v>1010</v>
-      </c>
-[...19 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>66512</v>
+        <v>65018</v>
       </c>
       <c r="B107" t="s">
-        <v>512</v>
+        <v>1011</v>
       </c>
       <c r="C107" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D107" t="s">
         <v>1013</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
         <v>1014</v>
       </c>
-      <c r="E107" t="s">
+      <c r="F107" t="s">
         <v>1015</v>
       </c>
-      <c r="F107" t="s">
+      <c r="G107" t="s">
         <v>1016</v>
       </c>
-      <c r="G107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H107" t="s">
-        <v>518</v>
+        <v>1017</v>
       </c>
       <c r="I107" t="s">
-        <v>519</v>
+        <v>1018</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>66515</v>
+        <v>65019</v>
       </c>
       <c r="B108" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C108" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="D108" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="E108" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="F108" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="G108" t="s">
-        <v>309</v>
+        <v>1027</v>
       </c>
       <c r="H108" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="I108" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>1017</v>
+        <v>69</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>1018</v>
+        <v>70</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>66516</v>
+        <v>65020</v>
       </c>
       <c r="B109" t="s">
-        <v>295</v>
+        <v>1031</v>
       </c>
       <c r="C109" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D109" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="E109" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="F109" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="G109" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="H109" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="I109" t="s">
-        <v>302</v>
+        <v>1038</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>69</v>
+        <v>1039</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>70</v>
+        <v>1040</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>66520</v>
+        <v>65021</v>
       </c>
       <c r="B110" t="s">
-        <v>407</v>
+        <v>1042</v>
       </c>
       <c r="C110" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="D110" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="E110" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="F110" t="s">
-        <v>411</v>
+        <v>1046</v>
       </c>
       <c r="G110" t="s">
-        <v>412</v>
+        <v>1047</v>
       </c>
       <c r="H110" t="s">
-        <v>413</v>
+        <v>1048</v>
       </c>
       <c r="I110" t="s">
-        <v>414</v>
+        <v>1049</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>66523</v>
+        <v>65023</v>
       </c>
       <c r="B111" t="s">
-        <v>349</v>
+        <v>1051</v>
       </c>
       <c r="C111" t="s">
-        <v>1039</v>
+        <v>1052</v>
       </c>
       <c r="D111" t="s">
-        <v>1040</v>
+        <v>1053</v>
       </c>
       <c r="E111" t="s">
-        <v>1041</v>
+        <v>1054</v>
       </c>
       <c r="F111" t="s">
-        <v>353</v>
+        <v>1055</v>
       </c>
       <c r="G111" t="s">
-        <v>354</v>
+        <v>1056</v>
       </c>
       <c r="H111" t="s">
-        <v>355</v>
+        <v>1057</v>
       </c>
       <c r="I111" t="s">
-        <v>356</v>
+        <v>1058</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1042</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>66524</v>
+        <v>65026</v>
       </c>
       <c r="B112" t="s">
-        <v>682</v>
+        <v>1060</v>
       </c>
       <c r="C112" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
       <c r="D112" t="s">
-        <v>1044</v>
+        <v>1062</v>
       </c>
       <c r="E112" t="s">
-        <v>1045</v>
+        <v>1063</v>
       </c>
       <c r="F112" t="s">
-        <v>1046</v>
+        <v>1064</v>
       </c>
       <c r="G112" t="s">
-        <v>687</v>
+        <v>1065</v>
       </c>
       <c r="H112" t="s">
-        <v>688</v>
+        <v>1066</v>
       </c>
       <c r="I112" t="s">
-        <v>689</v>
+        <v>1067</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1047</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
+        <v>65030</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F113" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1075</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1076</v>
+      </c>
+      <c r="J113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K113" t="s">
+        <v>25</v>
+      </c>
+      <c r="L113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M113" t="s">
+        <v>27</v>
+      </c>
+      <c r="N113" t="s">
+        <v>28</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15">
+      <c r="A114">
+        <v>65031</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F114" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1084</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1085</v>
+      </c>
+      <c r="J114" t="s">
+        <v>24</v>
+      </c>
+      <c r="K114" t="s">
+        <v>25</v>
+      </c>
+      <c r="L114" t="s">
+        <v>26</v>
+      </c>
+      <c r="M114" t="s">
+        <v>27</v>
+      </c>
+      <c r="N114" t="s">
+        <v>28</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15">
+      <c r="A115">
+        <v>65032</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F115" t="s">
+        <v>1091</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1094</v>
+      </c>
+      <c r="J115" t="s">
+        <v>24</v>
+      </c>
+      <c r="K115" t="s">
+        <v>69</v>
+      </c>
+      <c r="L115" t="s">
+        <v>26</v>
+      </c>
+      <c r="M115" t="s">
+        <v>70</v>
+      </c>
+      <c r="N115" t="s">
+        <v>28</v>
+      </c>
+      <c r="O115" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15">
+      <c r="A116">
+        <v>65033</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F116" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1103</v>
+      </c>
+      <c r="J116" t="s">
+        <v>24</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1104</v>
+      </c>
+      <c r="L116" t="s">
+        <v>26</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N116" t="s">
+        <v>28</v>
+      </c>
+      <c r="O116" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15">
+      <c r="A117">
+        <v>65034</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F117" t="s">
+        <v>1111</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1113</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1114</v>
+      </c>
+      <c r="J117" t="s">
+        <v>89</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1115</v>
+      </c>
+      <c r="L117" t="s">
+        <v>91</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1116</v>
+      </c>
+      <c r="N117" t="s">
+        <v>28</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15">
+      <c r="A118">
+        <v>65035</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F118" t="s">
+        <v>1122</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1124</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1125</v>
+      </c>
+      <c r="J118" t="s">
+        <v>24</v>
+      </c>
+      <c r="K118" t="s">
+        <v>25</v>
+      </c>
+      <c r="L118" t="s">
+        <v>26</v>
+      </c>
+      <c r="M118" t="s">
+        <v>27</v>
+      </c>
+      <c r="N118" t="s">
+        <v>28</v>
+      </c>
+      <c r="O118" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15">
+      <c r="A119">
+        <v>65036</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F119" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J119" t="s">
+        <v>24</v>
+      </c>
+      <c r="K119" t="s">
+        <v>25</v>
+      </c>
+      <c r="L119" t="s">
+        <v>26</v>
+      </c>
+      <c r="M119" t="s">
+        <v>27</v>
+      </c>
+      <c r="N119" t="s">
+        <v>28</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15">
+      <c r="A120">
+        <v>65037</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F120" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1142</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J120" t="s">
+        <v>24</v>
+      </c>
+      <c r="K120" t="s">
+        <v>25</v>
+      </c>
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
+        <v>27</v>
+      </c>
+      <c r="N120" t="s">
+        <v>28</v>
+      </c>
+      <c r="O120" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15">
+      <c r="A121">
+        <v>65038</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F121" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1152</v>
+      </c>
+      <c r="J121" t="s">
+        <v>24</v>
+      </c>
+      <c r="K121" t="s">
+        <v>69</v>
+      </c>
+      <c r="L121" t="s">
+        <v>26</v>
+      </c>
+      <c r="M121" t="s">
+        <v>70</v>
+      </c>
+      <c r="N121" t="s">
+        <v>28</v>
+      </c>
+      <c r="O121" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15">
+      <c r="A122">
+        <v>65039</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D122" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F122" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1161</v>
+      </c>
+      <c r="J122" t="s">
+        <v>24</v>
+      </c>
+      <c r="K122" t="s">
+        <v>69</v>
+      </c>
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="M122" t="s">
+        <v>70</v>
+      </c>
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="123" spans="1:15">
+      <c r="A123">
+        <v>65040</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D123" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F123" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1170</v>
+      </c>
+      <c r="J123" t="s">
+        <v>24</v>
+      </c>
+      <c r="K123" t="s">
+        <v>583</v>
+      </c>
+      <c r="L123" t="s">
+        <v>26</v>
+      </c>
+      <c r="M123" t="s">
+        <v>584</v>
+      </c>
+      <c r="N123" t="s">
+        <v>28</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="124" spans="1:15">
+      <c r="A124">
+        <v>65044</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F124" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1179</v>
+      </c>
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="K124" t="s">
+        <v>25</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>27</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="125" spans="1:15">
+      <c r="A125">
+        <v>65045</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F125" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1188</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1189</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1190</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1192</v>
+      </c>
+      <c r="N125" t="s">
+        <v>28</v>
+      </c>
+      <c r="O125" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="126" spans="1:15">
+      <c r="A126">
+        <v>65046</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F126" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1201</v>
+      </c>
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
+        <v>122</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>123</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="127" spans="1:15">
+      <c r="A127">
+        <v>65047</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F127" t="s">
+        <v>1207</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1209</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1190</v>
+      </c>
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1192</v>
+      </c>
+      <c r="N127" t="s">
+        <v>28</v>
+      </c>
+      <c r="O127" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15">
+      <c r="A128">
+        <v>65049</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F128" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1219</v>
+      </c>
+      <c r="J128" t="s">
+        <v>24</v>
+      </c>
+      <c r="K128" t="s">
+        <v>272</v>
+      </c>
+      <c r="L128" t="s">
+        <v>26</v>
+      </c>
+      <c r="M128" t="s">
+        <v>273</v>
+      </c>
+      <c r="N128" t="s">
+        <v>28</v>
+      </c>
+      <c r="O128" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="129" spans="1:15">
+      <c r="A129">
+        <v>65050</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F129" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1227</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1228</v>
+      </c>
+      <c r="J129" t="s">
+        <v>24</v>
+      </c>
+      <c r="K129" t="s">
+        <v>25</v>
+      </c>
+      <c r="L129" t="s">
+        <v>26</v>
+      </c>
+      <c r="M129" t="s">
+        <v>27</v>
+      </c>
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="130" spans="1:15">
+      <c r="A130">
+        <v>65051</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F130" t="s">
+        <v>1234</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1237</v>
+      </c>
+      <c r="J130" t="s">
+        <v>24</v>
+      </c>
+      <c r="K130" t="s">
+        <v>90</v>
+      </c>
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>92</v>
+      </c>
+      <c r="N130" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15">
+      <c r="A131">
+        <v>65053</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F131" t="s">
+        <v>1243</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1245</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>69</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>70</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15">
+      <c r="A132">
+        <v>65054</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F132" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J132" t="s">
+        <v>89</v>
+      </c>
+      <c r="K132" t="s">
+        <v>38</v>
+      </c>
+      <c r="L132" t="s">
+        <v>91</v>
+      </c>
+      <c r="M132" t="s">
+        <v>39</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15">
+      <c r="A133">
+        <v>65055</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F133" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1264</v>
+      </c>
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1115</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1116</v>
+      </c>
+      <c r="N133" t="s">
+        <v>28</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="134" spans="1:15">
+      <c r="A134">
+        <v>65057</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D134" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F134" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1272</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1273</v>
+      </c>
+      <c r="J134" t="s">
+        <v>24</v>
+      </c>
+      <c r="K134" t="s">
+        <v>771</v>
+      </c>
+      <c r="L134" t="s">
+        <v>26</v>
+      </c>
+      <c r="M134" t="s">
+        <v>772</v>
+      </c>
+      <c r="N134" t="s">
+        <v>28</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="135" spans="1:15">
+      <c r="A135">
+        <v>65058</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D135" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F135" t="s">
+        <v>1279</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1282</v>
+      </c>
+      <c r="J135" t="s">
+        <v>89</v>
+      </c>
+      <c r="K135" t="s">
+        <v>58</v>
+      </c>
+      <c r="L135" t="s">
+        <v>91</v>
+      </c>
+      <c r="M135" t="s">
+        <v>59</v>
+      </c>
+      <c r="N135" t="s">
+        <v>28</v>
+      </c>
+      <c r="O135" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="136" spans="1:15">
+      <c r="A136">
+        <v>65059</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D136" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F136" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1291</v>
+      </c>
+      <c r="J136" t="s">
+        <v>24</v>
+      </c>
+      <c r="K136" t="s">
+        <v>69</v>
+      </c>
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136" t="s">
+        <v>70</v>
+      </c>
+      <c r="N136" t="s">
+        <v>28</v>
+      </c>
+      <c r="O136" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="137" spans="1:15">
+      <c r="A137">
+        <v>65060</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F137" t="s">
+        <v>1297</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1299</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1300</v>
+      </c>
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="K137" t="s">
+        <v>122</v>
+      </c>
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
+        <v>123</v>
+      </c>
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15">
+      <c r="A138">
+        <v>65062</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D138" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F138" t="s">
+        <v>1306</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1309</v>
+      </c>
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
+        <v>25</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>27</v>
+      </c>
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="139" spans="1:15">
+      <c r="A139">
+        <v>65068</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F139" t="s">
+        <v>1315</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1317</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1318</v>
+      </c>
+      <c r="J139" t="s">
+        <v>24</v>
+      </c>
+      <c r="K139" t="s">
+        <v>25</v>
+      </c>
+      <c r="L139" t="s">
+        <v>26</v>
+      </c>
+      <c r="M139" t="s">
+        <v>27</v>
+      </c>
+      <c r="N139" t="s">
+        <v>28</v>
+      </c>
+      <c r="O139" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="140" spans="1:15">
+      <c r="A140">
+        <v>65069</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F140" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1327</v>
+      </c>
+      <c r="J140" t="s">
+        <v>24</v>
+      </c>
+      <c r="K140" t="s">
+        <v>69</v>
+      </c>
+      <c r="L140" t="s">
+        <v>26</v>
+      </c>
+      <c r="M140" t="s">
+        <v>70</v>
+      </c>
+      <c r="N140" t="s">
+        <v>28</v>
+      </c>
+      <c r="O140" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="141" spans="1:15">
+      <c r="A141">
+        <v>65124</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D141" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F141" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J141" t="s">
+        <v>24</v>
+      </c>
+      <c r="K141" t="s">
+        <v>25</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>27</v>
+      </c>
+      <c r="N141" t="s">
+        <v>28</v>
+      </c>
+      <c r="O141" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="142" spans="1:15">
+      <c r="A142">
+        <v>66510</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D142" t="s">
+        <v>1340</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F142" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1345</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1346</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1347</v>
+      </c>
+      <c r="L142" t="s">
+        <v>1348</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1349</v>
+      </c>
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="143" spans="1:15">
+      <c r="A143">
+        <v>66511</v>
+      </c>
+      <c r="B143" t="s">
+        <v>432</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D143" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F143" t="s">
+        <v>436</v>
+      </c>
+      <c r="G143" t="s">
+        <v>437</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
+        <v>1356</v>
+      </c>
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>1357</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="144" spans="1:15">
+      <c r="A144">
+        <v>66512</v>
+      </c>
+      <c r="B144" t="s">
+        <v>841</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D144" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F144" t="s">
+        <v>1362</v>
+      </c>
+      <c r="G144" t="s">
+        <v>846</v>
+      </c>
+      <c r="H144" t="s">
+        <v>847</v>
+      </c>
+      <c r="I144" t="s">
+        <v>848</v>
+      </c>
+      <c r="J144" t="s">
+        <v>24</v>
+      </c>
+      <c r="K144" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L144" t="s">
+        <v>26</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1364</v>
+      </c>
+      <c r="N144" t="s">
+        <v>28</v>
+      </c>
+      <c r="O144" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="145" spans="1:15">
+      <c r="A145">
+        <v>66513</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D145" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F145" t="s">
+        <v>1370</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1372</v>
+      </c>
+      <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="K145" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L145" t="s">
+        <v>26</v>
+      </c>
+      <c r="M145" t="s">
+        <v>1364</v>
+      </c>
+      <c r="N145" t="s">
+        <v>28</v>
+      </c>
+      <c r="O145" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="146" spans="1:15">
+      <c r="A146">
+        <v>66514</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D146" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F146" t="s">
+        <v>552</v>
+      </c>
+      <c r="G146" t="s">
+        <v>553</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1379</v>
+      </c>
+      <c r="J146" t="s">
+        <v>24</v>
+      </c>
+      <c r="K146" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L146" t="s">
+        <v>26</v>
+      </c>
+      <c r="M146" t="s">
+        <v>1364</v>
+      </c>
+      <c r="N146" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="147" spans="1:15">
+      <c r="A147">
+        <v>66515</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D147" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F147" t="s">
+        <v>1385</v>
+      </c>
+      <c r="G147" t="s">
+        <v>365</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1386</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1387</v>
+      </c>
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="K147" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L147" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1364</v>
+      </c>
+      <c r="N147" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="148" spans="1:15">
+      <c r="A148">
+        <v>66516</v>
+      </c>
+      <c r="B148" t="s">
+        <v>351</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D148" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F148" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I148" t="s">
+        <v>358</v>
+      </c>
+      <c r="J148" t="s">
+        <v>24</v>
+      </c>
+      <c r="K148" t="s">
+        <v>69</v>
+      </c>
+      <c r="L148" t="s">
+        <v>26</v>
+      </c>
+      <c r="M148" t="s">
+        <v>70</v>
+      </c>
+      <c r="N148" t="s">
+        <v>28</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="149" spans="1:15">
+      <c r="A149">
+        <v>66517</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D149" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F149" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1402</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1403</v>
+      </c>
+      <c r="J149" t="s">
+        <v>24</v>
+      </c>
+      <c r="K149" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L149" t="s">
+        <v>26</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1364</v>
+      </c>
+      <c r="N149" t="s">
+        <v>28</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="150" spans="1:15">
+      <c r="A150">
+        <v>66518</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D150" t="s">
+        <v>1407</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F150" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G150" t="s">
+        <v>374</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1410</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1411</v>
+      </c>
+      <c r="J150" t="s">
+        <v>24</v>
+      </c>
+      <c r="K150" t="s">
+        <v>69</v>
+      </c>
+      <c r="L150" t="s">
+        <v>26</v>
+      </c>
+      <c r="M150" t="s">
+        <v>70</v>
+      </c>
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="151" spans="1:15">
+      <c r="A151">
+        <v>66519</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D151" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F151" t="s">
+        <v>1417</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H151" t="s">
+        <v>456</v>
+      </c>
+      <c r="I151" t="s">
+        <v>457</v>
+      </c>
+      <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
+        <v>1419</v>
+      </c>
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1420</v>
+      </c>
+      <c r="N151" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="152" spans="1:15">
+      <c r="A152">
+        <v>66520</v>
+      </c>
+      <c r="B152" t="s">
+        <v>519</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D152" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F152" t="s">
+        <v>523</v>
+      </c>
+      <c r="G152" t="s">
+        <v>524</v>
+      </c>
+      <c r="H152" t="s">
+        <v>525</v>
+      </c>
+      <c r="I152" t="s">
+        <v>526</v>
+      </c>
+      <c r="J152" t="s">
+        <v>24</v>
+      </c>
+      <c r="K152" t="s">
+        <v>25</v>
+      </c>
+      <c r="L152" t="s">
+        <v>26</v>
+      </c>
+      <c r="M152" t="s">
+        <v>27</v>
+      </c>
+      <c r="N152" t="s">
+        <v>28</v>
+      </c>
+      <c r="O152" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="153" spans="1:15">
+      <c r="A153">
+        <v>66523</v>
+      </c>
+      <c r="B153" t="s">
+        <v>423</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F153" t="s">
+        <v>427</v>
+      </c>
+      <c r="G153" t="s">
+        <v>428</v>
+      </c>
+      <c r="H153" t="s">
+        <v>429</v>
+      </c>
+      <c r="I153" t="s">
+        <v>430</v>
+      </c>
+      <c r="J153" t="s">
+        <v>24</v>
+      </c>
+      <c r="K153" t="s">
+        <v>122</v>
+      </c>
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="M153" t="s">
+        <v>123</v>
+      </c>
+      <c r="N153" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="154" spans="1:15">
+      <c r="A154">
+        <v>66524</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D154" t="s">
+        <v>1431</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1432</v>
+      </c>
+      <c r="F154" t="s">
+        <v>1433</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1017</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1018</v>
+      </c>
+      <c r="J154" t="s">
+        <v>24</v>
+      </c>
+      <c r="K154" t="s">
+        <v>69</v>
+      </c>
+      <c r="L154" t="s">
+        <v>26</v>
+      </c>
+      <c r="M154" t="s">
+        <v>70</v>
+      </c>
+      <c r="N154" t="s">
+        <v>28</v>
+      </c>
+      <c r="O154" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="155" spans="1:15">
+      <c r="A155">
         <v>66535</v>
       </c>
-      <c r="B113" t="s">
-[...39 lines deleted...]
-        <v>1060</v>
+      <c r="B155" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D155" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F155" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1441</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1442</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1443</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1444</v>
+      </c>
+      <c r="L155" t="s">
+        <v>1445</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1446</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
+        <v>1447</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">