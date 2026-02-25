--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1448">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1553">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Kirundi
 # Source: https://hadeethenc.com/rn
-# Last update: 2026-02-02 17:34:29 (v1.3.0)
-# Check for updates: https://hadeethenc.com/en/check/rn/v1.3.0
+# Last update: 2026-02-12 07:19:05 (v1.5.0)
+# Check for updates: https://hadeethenc.com/en/check/rn/v1.5.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -3087,136 +3087,506 @@
   <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Igihe umuntu aba ari hafi cane y'Imana yiwe Rurema Allah, ni igihe yubamye.  Enda rero nyabuna, rushirizaho rero gusaba kenshi mu gihe mwubamye</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire),  yavuze ko Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Igihe umuntu aba ari hafi cane y'Imana yiwe Rurema Allah, ni igihe yubamye.  Enda rero nyabuna, rushirizaho rero gusaba kenshi mu gihe mwubamye".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yaratomoye ko igihe umuntu aba ari hafi cane y'Imana yiwe Rurema Allah, ari igihe yubamye. Ivyo biri ukwo, kubera ko uwuriko arasenga ashira hasi igihimba ciwe cubashwe gusumba ibindi bihimba vy'umubiri wiwe (umutwe), maze akubama mu kwerekana ko yicishije bugufi kandi agayitse mu kuba ari umunyentegenke cane ku Mana Allah Nyenintsinzi na Nyenicubahiro.
 Ni kuri iyo mvo rero, Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah), yategetse ko umuntu yorushirizaho gusaba kenshi mu gihe yubamye, gutyo agahuriza hamwe mu majambo no mu bikorwa ukwerekana intege nke afise.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
-    <t>Iyumviramana ryongerereza umuntu ubutoni bwo kuba hafi cane y'Imana Allah Nyenukuninahazwa Nyenuguhabwicubahiro nta ngere.
+    <t>Iyumviramana ryongerereza umuntu ubutoni bwo kuba hafi cane y'Imana Allah Nyenukuninahazwa na Nyenuguhabwicubahiro nta ngere.
 Birabereye cane kurushirizaho gusaba kenshi mu cubamo; kuko uwo mwanya ari mu myanya yo kwakirirwa ibisabisho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/5382</t>
+  </si>
+  <si>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
+  </si>
+  <si>
+    <t>Uwusenze isengesho ryo mu mutwenzi, aba akingiwe mu budahangarwa bw'Imana Allah</t>
+  </si>
+  <si>
+    <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Jundubi mwene Abdullahi Al-Qasriy (Imana Allah Imwishimire),  yavuze ko Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwusenze isengesho ryo mu mutwenzi, aba akingiwe mu budahangarwa bw'Imana Allah, ni ukuri muriyubara rero, ko Imana Allah Ibabaza ku kintu ico ari co cose kijanye n'agateka kayo mwahonyanze mu gihe Ibakingiye mu budahangarwa bwayo; kuko mu vy'ukuri, uwo wese Izoramuka Ibajije ku kintu ico ari co cose kijanye n'agateka kayo yahonyanze, nta kibuza Izomucakira, hanyuma Imute mu muriro wa Jahannamu agwire mu maso hiwe (yubitse inda)".</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
+ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko uwusenze isengesho ryo mu mutwenzi, aba akingiwe abungabunzwe n'Imana Allah mu budahangarwa bwayo, maze Ikamurwanako Ikanamutabara.
+Mu nyuma, (nyakugira amahoro n'impuhwe z'Imana Allah),  yarihanije umuntu guca kubiri n'iryo sezerano ngo arirengeko mu kureka isengesho ryo mu mutwenzi, canke mu kuburabuza no mu kubangamira abarisenga, kuko uwugize ivyo aba ahonyanze agateka ko kuba akingiwe mu budahangarwa bwayo, akaba anakwiye kwihanizwa cane ko Imana Allah Izomubaza ku gateka kayo yahonyanze, ku buryo uwo wese Imana Allah Ibajije ku gateka kayo yahonyanze, Iheza Ikabimuhora, hanyuma Ikamuta mu muriro wa Jahannamu akagwira mu maso hiwe.</t>
+  </si>
+  <si>
+    <t>بيان أهمية صلاة الفجر وفضيلتها.
+التحذير الشديد من التعرض بسوء لمن صلى الفجر.
+انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
+  </si>
+  <si>
+    <t>Kwerekana akamaro n'ivyiza vy'isengesho ryo mu mutwenzi.
+Kwihaniza cane ibangamira n'iburabuzwa ry'uwasenze isengesho ryo mu mutwenzi.
+Kuba Imana Allah Nyenuguhabwicubahiro nta ngere Yihorera abaja bayo beranda mu guhana uwubabangamiye canke uwubaburabuje.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5435</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Uwo wese yemera Imana Allah ko Ibaho akemera n'umusi w'iherezo ko ubaho, araheza avuge ivyiza canke apfume yinumira</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo wese yemera Imana Allah ko Ibaho akemera n'umusi w'iherezo ko ubaho, araheza avuge ivyiza canke apfume yinumira; kandi n'uwo wese yemera Imana Allah ko Ibaho, akemera n'umusi w'iherezo ko ubaho, araheza yubahe yubahirize umubanyi wiwe; n'uwo wese kandi yemera Imana Allah ko Ibaho, akemera n'umusi w'iherezo ko ubaho, araheza azimane umushitsi wiwe".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko umuja yemera vy'ukuri Imana Allah ko Ibaho, akemera n'umusi w'iherezo ko ubaho akazosubizwa ku Mana Allah Yamuremye, maze agahemberwa ivyo yakoze, ukwemera kwiwe gutuma akora ibi bintu:
 Ica mbere: Ukuvuga ijambo ryiza, mu gutazira no kuninahaza Imana Allah, ukwemanga ko Imana Allah ari Imwe Rudende, ukubwiriza ibikorwa vyiza, ukubuza ibikorwa bibi, hamwe rero n'ukunywanisha abatase mu bantu. Mu gihe rero atoshobora gukora ivyo bidondaguwe, asabwa kwinumira maze akareka kugira uwo abangamiye n'akarimi kiwe, agaheza akagacungera.
 Ica kabiri: Ukwubaha n'ukwubahiriza umubanyi, mu kumugirira ubugwaneza no kutamubangamira.
 Ica gatatu: Ukuzimana umushitsi  akugendeye, mu kumuganiriza amajambo meza n'ukumufungurira, n'ibindi nk'ivyo.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Ukwemera Imana Allah ko Ibaho, n'ukwemera umusi w'iherezo ko ubaho, ni wo mushinge w'ivyiza vyose, bituma umuntu yitwararika gukora ivyiza.
 Ukwihaniza umuntu kugwa mu vyaha bikorwa n'ururimi.
 Idini ry'ubwislamu, ni idini rihimiriza abantu kumenyerana mu kwubahana mu bugwaneza.
 Ibi bintu bidondaguwe ng'aho hejuru, biri mu mice y'ukwemera bikaba no mu rupfasoni rushimwa, ruhimbaye.
 Ukuvugagizwa kurashobora gukwegera umuntu mu bibi no mu bizira; ukubaho mu mahoro rero, ni ukwirinda kuvuga kiretse mu gihe ibivugwa ari ivyiza.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/5437</t>
+  </si>
+  <si>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
+  </si>
+  <si>
+    <t>Uwutagirira impuhwe abantu, Imana Allah Nyenintsinzi na Nyenicubahiro ntiheza ngo Imugirire impuhwe namba</t>
+  </si>
+  <si>
+    <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Jariiru mwene Abdullahi (Imana Allah Imwishimire), yavuze ko Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwutagirira impuhwe abantu, Imana Allah Nyenintsinzi na Nyenicubahiro ntiheza ngo Imugirire impuhwe namba".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratomora ko uwutagirira impuhwe abantu, Imana Allah Nyenintsinzi na Nyenicubahiro Itamugirira impuhwe namba, burya ukugirira impuhwe ibiremwa, ni imwe mu mvo zihambaye zituma umuntu agirirwa impuhwe n'Imana Allah Nyenuguhabwicubahiro nta ngere.</t>
+  </si>
+  <si>
+    <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
+الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
+الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
+  </si>
+  <si>
+    <t>Impuhwe zirakenewe ku biremwa vyose, yamara muri iyi nyigisho y'intumwa, havuzwe abantu ku kwerekana ko ari bo na canecane bazikeneye.
+Imana Allah ni Yo Nyenimpuhwe, Igirira impuhwe abaja bayo bagirira impuhwe abandi, burya impera y'igikorwa ni ingere ku yindi (yisunga ubwoko bwa nya gikorwa).
+Ukugirira impuhwe abantu, hahurikiyemwo kubakorera ivyiza no kubakingira ibibi, hamwe rero no kubana na bo ku neza kandi mu bugwaneza.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5439</t>
   </si>
   <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>Ewe mwene Adamu! Mu vy'ukuri wewe, igihe cose uzonsaba ukanyizera, Nzokugumiriza akabanga ku vyaha vyawe, maze ndabikubabarireko uko bizoba bingana kwose ata na kimwe Ninona</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Anasi mwene Maliki (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Imana Allah Nyenimigisha na Nyenuguhabwicubahiro nta ngere Yavuze Iti: "Ewe mwene Adamu! Mu vy'ukuri wewe, igihe cose uzonsaba ukanyizera, Nzokugumiriza akabanga ku vyaha vyawe, maze ndabikubabarireko uko bizoba bingana kwose ata na kimwe Ninona. Ewe mwene Adamu! Mu gihe ivyaha vyawe vyogwirirana bikagera mw'ijuru, hanyuma ukabinsabako ikigongwe, Nokugumirije akabanga ku vyaha vyawe, maze Nkabikubabarirako ata na kimwe Ninona. Ewe mwene Adamu! Mu vy'ukuri wewe, mu gihe woza iwanje ufise ibicumuro vyuzuye isi, hanyuma ugahura nanje mu nyuma yo gupfa utigeze umbangikanya na kimwe mu biremwa, ni ukuri uzonsanga Ndakuzaniye ikigongwe cuzuye isi".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ko Imana Allah Nyenimigisha na Nyenuguhabwicubahiro nta ngere Yavuze mu nyigisho ntagatifu Iti: Ewe mwene Adamu! igihe cose uzoba ukinsaba wizeye kuronka impuhwe zanje, udacika ivutu ngo udebukirwe; Nzokugumiriza akabanga ku vyaha vyawe maze ndabihanagure ata na kimwe Ninona, n'aho nya vyaha vyoba ari mu vyaha rutura. Ewe mwene Adamu! Mu gihe ivyaha vyawe vyoba vyinshi ku buryo vyokwuzura hagati y'ijuru n'isi, maze bikangana n'ibiremwa biri hagati yavyo, bisaga impande zavyo zose, hanyuma ukabinsabirako ikigongwe, Nobiguhanaguriye Nkabikubabarirako vyose ata na kimwe Ninona ku bwinshi bwavyo.
 Ewe mwene Adamu! Mu vy'ukuri, wewe mu gihe worenguka iwanje umaze gupfa, maze ukaza ufise ivyaha n'ibicumuro vyuzuye isi, ukaba wapfuye wemera Imana Imwe Rudende Allah,  utigeze umbangikanya na kimwe mu biremwa, ni uko ivyo vyaha n'ibicumuro vyawe vyohura n'ikigongwe canje cuzuye isi, maze Nkabikubabarirako; kuko ikigongwe canje gikwiye hose, Nkaba Mbabarira ivyaha vyose kiretse gusa icaha c'ibangikanyamana.</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Ubwinshi bw'impuhwe, bw'ukubabarira ivyaha hamwe n'ivyiza biva ku Mana Allah Nyenuguhabwicubahiro nta ngere.
 Akomaro n'ivyiza vy'ukwemera Imana Imwe Rudende Allah, n'uko Imana Allah Ibabarira abayisenga batayibangikanya na kimwe, ivyaha n'ibicumuro vyabo.
 Ububi bw'ibangikanyamana, n'uko Imana Allah Itababarira ababangikanyamana.
 Mwene Rajabu yavuze ati: "Iyi nyigisho ntagatifu ikubiyemwo ibintu bitatu bituma umuntu ababarirwa ivyaha: ica mbere, ni ugusaba Imana Allah kujana n'ukwizera impuhwe zayo; ica kabiri, ni ugusaba imbabazi n'ukwigaya ku vyaha; ica gatatu, ni umuntu gupfa atigeze abangikanya Imana Allah".
 Iyi nyigisho y'intumwa iri mu vyakiriwe n'Umvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ku Mana yiwe Rurema. inyigisho nk'iyi rero ikitwa inyigisho ntagatifu "Hadiithu qud-siyyu" canke "Hadiithu ilaahiyyu", na yo ikaba ari irya nyigisho amajambo n'insiguro yayo akomoka ku Mana Allah; kiretse ko inyigisho ntagatifu itagenewe nka birya vyagenewe Qor'ani, mu kuba isomwa ryayo riri mu bikorwa nyegerezamana, mu gusaba itunganywa ry'isuku imbere yo kuyisoma, uguhiga n'ibiremwa ko bidashoboye kuzana ibisa na yo mu nyubako n'insiguro yayo, hamwe rero n'ukuba ari igitangaro ku biremwa, n'ibindi bitari ivyo.
 Ivyaha biri mu mice itatu: umuce wa mbere: ni ibangikanyamana, iki na co kikaba kitababarirwa n'Imana Allah. Imana Allah Nyeniteka n'icubahiro nta ngere Yavuze Iti: {إِنَّهُۥ مَن یُشۡرِكۡ بِٱللَّهِ فَقَدۡ حَرَّمَ ٱللَّهُ عَلَیۡهِ ٱلۡجَنَّةَ }. "Mu vy’ukuri, uwo wese azobangikanya Imana Allah n’ikindi kintu, ni ukuri Imana Allah Yaraziririje ko yoja mu Bwami bw’ijuru" (Al-Maa-ida: 72); umuce wa kabiri: ni umuntu wenyene kwirenganya mu kutubahiriza ibiri hagati yiwe n'Imana yiwe Rurema, maze akarenga ku mabwirizwa yayo mu gukora ivyaha n'ibicumuro, iki na co Imana Allah Ikaba ikibabarira Ikanacirengagiza mu kutagihanirwa; umuce wa gatatu: ni ivyaha Imana Allah itirengagiza namba ngo Ireke guhanira umuntu na kimwe muri vyo, na vyo bikaba ari birya vyaha bishingiye ku kurenganyana hagati y'abaja bayo, kuri ivyo rero, abantu bazotegerezwa kurenganurwa imbere y'Imana Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/5456</t>
+  </si>
+  <si>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
+  </si>
+  <si>
+    <t>Mu vy'ukuri mu bagabo Imana Allah Yanka cane, ni inshirwarimenetse y'intahanurwa mu matati</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Aisha (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Mu vy'ukuri mu bagabo Imana Allah Yanka cane, ni inshirwarimenetse y'intahanurwa mu matati".</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), aratwiganira ko Imana Allah Nyenimigisha na Nyenuguhabwicubahiro nta ngere, Yanka cane mu bantu,  inshirwarimenetse y'intahanurwa mu matati, ikunda cane gutata, itigera yemera gushira aho ukuri gushize, maze ikaguma iharira mu kwiyamiriza ukuri, canke igatata mu kuri ariko ikimonogoza mu kurenza urugero rw'ivyo isaba, ikanaharira n'ivyo idafitiye ubumenyi.</t>
+  </si>
+  <si>
+    <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
+الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
+المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
+  </si>
+  <si>
+    <t>Ntibiri mu gutata kunebagurwa, umuntu gusaba uwamurenganije ko yomusubiza utwiwe biciye mu nzira y'ukwitwara mu butungane.
+Impari n'ugutata, biri mu vyago biterwa n'ururimi, biheza bikabiba amacakubiri no kugenza umugongo hagati y'abislamu.
+Impari zishimwa iyo zibaye mu ntumbero yo gushigikira ukuri, zikagirwa no mu buryo bwiza; zikanebagurwa iyo zibaye mu ntumbero yo kwiyamiriza ukuri no gushigikira ikinyoma, canke iyo zibaye mu kuterekana ivyemezo zishingiyeko.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5474</t>
+  </si>
+  <si>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
+  </si>
+  <si>
+    <t>Amajambo akundwa cane n'Imana Allah gusumba ayandi, ni ane: ukuvuga uti: "SUB-HAANA LLAAH", na "AL-HAMDU LILLAAH", na "LAA ILAAHA ILLA LLAAH", hamwe rero na "ALLAHU AKBAR", uguhera kw'ijambo iryo ari ryo ryose rero muri yo, nta co bigutwara</t>
+  </si>
+  <si>
+    <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Samura mwene Jundubi (Imana Allah Imwishimire),  yavuze ko Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Amajambo akundwa cane n'Imana Allah gusumba ayandi, ni ane: ukuvuga uti: "SUB-HAANA LLAAH", na "AL-HAMDU LILLAAH", na "LAA ILAAHA ILLA LLAAH", hamwe rero na "ALLAHU AKBAR", uguhera kw'ijambo iryo ari ryo ryose rero muri yo, nta co bigutwara".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
+سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
+والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
+ولا إله إلا الله: أي: لا معبود حق إلا الله. 
+والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
+وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah),  aratomora ko amajambo akundwa cane n'Imana Allah gusumba ayandi, ari amajambo ane:
+SUB-HAANA LLAAH, risigura inihazwa ni iry'Imana Allah Nyenuguhabwicubahiro nta ngere mu kwezwa na kirya cose gitera akanenge canke agahaze.
+AL-HAMDU LILLAAH, risigura ishimagizwa ni iry'Imana Allah mu guhabwa amashimwe yose atunganye harimwo n'ukuyikunda hamwe n'ukuyubaha.
+LAA ILAAH ILLA LLAAH, risigura ko ata mana ikwiye gusengwa vy'ukuri atari Imana Allah.
+ALLAHU AKBAR, risigura ko Imana Allah ari Yo Ikwiye gukuzwa no kuganza vyose, Igahabwa ubukuru busumba vyose no muri vyose.
+Ivyiza vyo kuvuga aya majambo no kuronka impera yayo, ntibirinda ko uyatondekanya mu kuyavuga nk'uko yavuzwe mu nyigisho y'intumwa.</t>
+  </si>
+  <si>
+    <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
+  </si>
+  <si>
+    <t>Ubworohe bw'amategeko y'ubwislamu, ku buryo ata co vyica kuba umuntu yohera kw'ijambo iryo ari ryo ryose ashatse guherako muri yo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5475</t>
+  </si>
+  <si>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
+  </si>
+  <si>
+    <t>Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah),  yarigeze kubazwa ku bintu kenshi na kenshi bizotuma abantu binjira mu Bwami bw'ijuru, ica yishura ivuga iti: "Igamburukiramana hamwe rero n'umuntu kurangwa n'ingeso nziza</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ati: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah),  yarigeze kubazwa ku bintu kenshi na kenshi bizotuma abantu binjira mu Bwami bw'ijuru, ica yishura ivuga iti: "Igamburukiramana hamwe rero n'umuntu kurangwa n'ingeso nziza". Yaranabajijwe ku bintu  kenshi na kenshi bizotuma abantu binjira mu muriro, ica yishura ivuga iti: "Akarimi ku muntu hamwe rero n'igitsina".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
+تقوى الله وحسن الخلق. 
+فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
+وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
+وأن أعظم الأسباب التي تدخل النار سببان، هما:
+اللسان والفرج.
+فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
+والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yaratomoye ko ibintu bikurubikuru bizotuma abantu binjira mu Bwami bw'ijuru, ari ibintu bibiri, na vyo bikaba ari:
+Igamburukiramana hamwe rero n'umuntu kurangwa n'ingeso nziza.
+Igamburukiramana rero, ni umuntu kwikingira ibihano vy'Imana Allah mu gushira mu ngiro ivyo Yamutegetse gukora no kwirinda ivyo Yamubujije gukora.
+Nayo umuntu kurangwa n'ingeso nziza, ni ukwama akeye mu maso (ukwamana akamwemwe mu maso), akanagirira neza abantu hamwe rero no kutabageramira.
+Yaranatomoye ko ibintu bikurubikuru bizotuma abantu binjira mu muriro, ari ibintu bibiri, na vyo bikaba ari:
+Akarimi ku muntu hamwe rero n'igitsina.
+Mu vyaha bikorwa n'akarimi, ni ukubesha, ukwandagaza no guteranya abantu, n'ibindi bitari ivyo.
+Nayo mu vyaha bikorwa n'igitsina, ni ugusambana, uguca inyuma hagati y'abagabo ku bagabo (uguhuza ibitsina hagati y'ababisangiye), n'ibindi bitari ivyo.</t>
+  </si>
+  <si>
+    <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
+خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
+خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
+  </si>
+  <si>
+    <t>Ukwinjira mu Bwami bw'ijuru, gushingiye ku bituma umuntu yama yitwararitse Imana Allah Nyenuguhabwicubahiro nta ngere, muri ivyo twovuga: igamburukiramana, hakaba n'ibituma bishingiye ku mubano mwiza mu bantu, muri vyo twovuga: umuntu kurangwa n'ingeso nziza.
+Ivyago vy'akarambaraye biterwa n'akarimi kuri nyeneko, n'uko biri mu bituma umuntu yinjira mu muriro.
+Ivyago vy'akarambaraye biterwa n'ivyipfuzo hamwe n'ivyaha vy'agahomerabunwa ku muntu, n'uko kenshi na kenshi biri mu bituma umuntu yinjira mu muriro.</t>
+  </si>
+  <si>
+    <t>حسن صحيح</t>
+  </si>
+  <si>
+    <t>[حسن صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5476</t>
+  </si>
+  <si>
+    <t>الحياء من الإيمان</t>
+  </si>
+  <si>
+    <t>Burya ukwisonera, kuri mu bigize ukwemera kw'umuntu</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abdullahi mwene Omari (Imana Allah Ibishimire bompi), yavuze ko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), yigeze kwumva umugabo ariko arahanura mwenewabo ku bijanye n'ukwisonera, ko adakwiye kwama yagize isoni imbere y'abantu, aca avuga ati: "Burya ukwisonera, kuri mu bigize ukwemera kw'umuntu".</t>
+  </si>
+  <si>
+    <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
+والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yarumvise umugabo ariko ahanura mwenewabo ko areka kwama yagize isoni mu bantu!, aca aramutomorera ko burya umuntu kugira isoni, biri mu bigize ukwemera kwiwe, n'uko ukugira isoni igihe cose bizana ivyiza.
+Burya umuntu kugira isoni, ni ingeso nziza imutuma akora ivyiza akareka no gukora ibibi.</t>
+  </si>
+  <si>
+    <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
+الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
+الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
+  </si>
+  <si>
+    <t>Ingeso n'inyifato ikubuza gukora ivyiza, ntiyitwa ukwisonera, ahubwo yitwa ugutinya abantu no kunanirwa gufata ingingo no kwizemanza.
+Umuntu kugira isoni ku Mana Allah Nyenintsinzi na Nyenicubahiro, ibonekera mu gukora ibitegetswe no mu kureka gukora ibibujijwe;
+Umuntu kugira isoni imbere y'abantu, ni ukububaha no kububahiriza mu vyubahiro vyabo, no kwirinda gukora ibisanzwe bimenyerewe ko bitabereye gukora mu bantu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5478</t>
+  </si>
+  <si>
+    <t>الدعاء هو العبادة</t>
+  </si>
+  <si>
+    <t>Ugusaba igisabisho, ni co gikorwa nya gikorwa c'iyegerezamana</t>
+  </si>
+  <si>
+    <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Al-Nu'maani mwene Bashiiri (Imana Allah Imwishimire) yavuze ati: "Narigeze kwumva Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) avuga ati: "Ugusaba igisabisho, ni co gikorwa nya gikorwa c'iyegerezamana", hanyuma aca arasoma Aayah, aho Imana Allah Ivuga Iti: ﴾Bantu! Imana yanyu Rurema Allah Yavuze Iti: “Nimunsabe mutambangikanya na kimwe mu biremwa, maze Ndabahe ivyo musavye; mu vy’ukuri, abagira amanyama mu kuticisha bugufi ngo banyiyegereze mu vyo bakora banansenge Ndi Imana Imwe Rudende, bazokwinjira mu muriro wa Jahannamu basuzuguritse”﴿ (Ghaafir: 60).</t>
+  </si>
+  <si>
+    <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
+ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
+{ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ko ugusaba igisabisho ari co gikorwa nya gikorwa c'iyegerezamana, ni ngombwa rero ko igisabisho gisabwa ku bw'Imana Allah, caba ari igisabisho c'ivyo umuntu asaba kuronswa, canke kikaba ari ic'umuntu gusaba Imana Allah Nyenuguhabwicubahiro nta ngere, ngo Imuronse ibimugirira akamaro n'ibimukingira ibimubangamiye mu buzima bwo kw'isi no mu bw'inyuma yo gupfa, canke kikaba ari ic'umuntu gusaba igisabisho nyegerezamana, na co kikaba ari kirya cose gikundwa kikanashimwa n'Imana Allah mu majambo no mu bikorwa, vyaba ari ibigaragara canke ibihishije mu mushaha, bishobora kura ari ibikorwa nyegerezamana bikorerwa mu mushaha, canke ibikorwa n'ibihimba, canke ibishingiye kw'itangwa ry'amatungo.
+Mu nyuma, Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yarashikirije icemezo kivyemeza, aho yavuze ati: Imana Allah Yavuze Iti: “Nimunsabe mutambangikanya na kimwe mu biremwa, maze Ndabahe ivyo musavye; mu vy’ukuri, abagira amanyama mu kuticisha bugufi ngo banyiyegereze mu vyo bakora banansenge Ndi Imana Imwe Rudende, bazokwinjira mu muriro wa Jahannamu basuzuguritse” (Ghaafir: 60).</t>
+  </si>
+  <si>
+    <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
+الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
+الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
+  </si>
+  <si>
+    <t>Ugusaba igisabisho, ni wo mushinge ngenderwako w'ibikorwa nyegerezamana; kira noneho ntibinarekuwe gusaba ikitari Imana Allah.
+Ugusaba igisabisho, ni igikorwa kigizwe n'ukwijakaza nya kwijakaza ku Mana Allah, cerekana ukwikenura kw'Imana Allah Nyenuguhabwicubahiro nta ngere n'ubushobozi bwayo, kikerekana n'uko umuja wayo ayikeneye muri vyose.
+Ukwihaniza nya kwihaniza ukugira amanyama mu kuticisha bugufi ngo umuntu yiyegereze Imana Allah mu vyo akora anayisenge ari Imwe Rudende, n'uko abagira amanyama mu kuticisha bugufi mu gusaba Imana Allah bazokwinjira mu muriro wa Jahannamu basuzuguritse.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5496</t>
+  </si>
+  <si>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
+  </si>
+  <si>
+    <t>Hariho amajambo abiri yoroshe kuvuga ku rurimi, aremereye mu ndishi ku munzane, akundwa na Nyenimpuhwe</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyashikirijwe na Abu Hurayra (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Hariho amajambo abiri yoroshe kuvuga ku rurimi, aremereye mu ndishi ku munzane, akundwa na Nyenimpuhwe: SUB-HAANA LLAAHI L'ADHWIIM, SUB-HAANA LLAAHI WABIHAMDIHI".</t>
+  </si>
+  <si>
+    <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
+سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yaratwiganiye ko hariho amajambo abiri yorohera umuntu kuyavuga mu bihe vyose ata n'uburemere burimwo, n'uko impera yo kuyavuga ari nyinshi ku munzane w'ibikorwa vyiwe, n'uko Imana yacu Rurema Nyenimpuhwe,  Nyenimigisha na Nyenuguhabwicubahiro nta ngere, Iyakunda cane, na yo akaba ari:
+"SUB-HAANA LLAAHI L'ADHWIIM" na "SUB-HAANA LLAAHI WABIHAMDIH", ivyo bikavana n'uko ayo majambo ahurikiyemwo ininahazwa n'ishimagizwa ry'Imana Allah Nyenimigisha-nta ngere, na Nyenuguhabwicubahiro nta ngere, mu kwerekana ubuhambare n'ubutore vyayo, hamwe n'iyezwa ryayo mu buryo buzira kwitirirwa ibiteye kubiri n'ivyo.</t>
+  </si>
+  <si>
+    <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
+بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
+  </si>
+  <si>
+    <t>Ininahaza n'itaziramana rihambaye cane, ni rirya rihuriza hamwe iyezwa ry'Imana Allah kuri birya vyose vyerekana akanenge n'agahaze hamwe rero n'ishimagizwa ku vyiza biyiranga.
+Ukwerekana impuhwe nta ngere z'Imana Allah ku baja bayo, ku buryo Ihembera igikorwa gito indishi nyinshi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5507</t>
+  </si>
+  <si>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
+  </si>
+  <si>
+    <t>Nta kintu na kimwe cubahitse ku Mana Allah Nyenuguhabwicubahiro nta ngere coza gisumba ugusaba igisabisho</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Nta kintu na kimwe cubahitse ku Mana Allah Nyenuguhabwicubahiro nta ngere coza gisumba ugusaba igisabisho".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yaratomoye ko ata kintu na kimwe mu bikorwa nyegerezamana cubahitse kandi ciza cane ku Mana Allah Nyenuguhabwicubahiro nta ngere, coza gisumba ugusaba igisabisho; kuko mu gisabisho hahurikiyemwo ukwemanga ko Imana Allah Nyenukuninahazwa na Nyenuguhabwicubahiro nta ngere Yikenuye muri vyose, n'umuntu kwemera ko ata co yishoboje n'uko akeneye inkunga zayo.</t>
+  </si>
+  <si>
+    <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
+  </si>
+  <si>
+    <t>Ivyiza vy'ugusaba igisabisho, bibonekera mu kuba uwusavye Imana Allah aba agaragaje ubuhambazi bwayo, yemanze ko Yo Nyenukuninahazwa Yikenuye muri vyose; kuko uwukenye ntasabwa; n'uko ari Yo Nyenukwumva kuko ikiragi nticosabwa ngo cumve uwugisavye; n'uko ari Yo Nyenubugwaneza, kuko ingumyi ntikwiye gusabwa; n'uko ari Yo Nyenimpuhwe;  kuko uwurangwa n'agatimatare ntasabwa; n'uko ari Yo Ishoboye kuko nyenintege nke ntasabwa; n'uko ari Yo Iri hafi cane y'umusavyi kuko uwuri kure ntiyumva ngo abe yosabwa, n'ibindi bitari ivyo mu biranga icubahiro n'ubwiza vy'Imana Allah Nyenukuninahazwa na Nyenuguhabwicubahiro nta ngere.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5509</t>
+  </si>
+  <si>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
+  </si>
+  <si>
+    <t>Nta ho vyakabaye ko imperezwa igabanya na kimwe mu butunzi bw'umuntu ; nta n'aho vyakabonetse ko Imana Allah Yongerereza umuja ababariye abandi, kiretse icubahiro n'iteka mu bandi; nta n'umuntu yicisha bugufi ku bw'Imana Allah,  kiretse ko Imudugiriza icubahiro mu bandi</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Nta ho vyakabaye ko imperezwa igabanya na kimwe mu butunzi bw'umuntu ; nta n'aho vyakabonetse ko Imana Allah Yongerereza umuja ababariye abandi, kiretse icubahiro n'iteka mu bandi; nta n'umuntu yicisha bugufi ku bw'Imana Allah,  kiretse ko Imudugiriza icubahiro mu bandi".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
+وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
+وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko imperezwa umuntu atanze, itagabanya na kimwe mu butunzi bwiwe, ahubwo ko ituma ubutunzi bwiwe bukingirwa ivyago, maze Imana Allah Ikamusubiriza ahavuye nya mperezwa ivyiza vyinshi, bigatuma bwa butunzi bwiyongera ha kugabanuka.
+Ukubabarira abandi mu gihe ushoboye guhana n'ukwihora, vyongerereza uwubabariye inguvu, icubahiro n'iteka.
+Eka nta muntu n'umwe yicisha bugufi ku bw'Imana Allah, atabitewe n'ugutinya umuntu, atari ku mvo z'ukwigana uwundi, atari no mu kumuronderako ico yomumarira, kiretse ko impera yiwe kuri iryo babarira, iba ari ukudugirizwa icubahiro n'igihagararo mu bandi.</t>
+  </si>
+  <si>
+    <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
+  </si>
+  <si>
+    <t>Ivyiza n'ugushika ku ntsinzi mu vyo umuntu yipfuza, bibonekera mu kugendera amabwirizwa y'ubwislamu no gukora ivyiza n'aho bamwe mu bantu bokwibwira ko biciye kubiri n'ivyo.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5512</t>
+  </si>
+  <si>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
+  </si>
+  <si>
+    <t>Uwo wese azoharanira agateka n'icubahiro vya mwenewabo, mu kumwishurira ibimuvugwako atari ho ari, Imana Allah Izomukingira umuriro ku musi w'izuka ry'ibiremwa</t>
+  </si>
+  <si>
+    <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Al-Dardaa-i (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Uwo wese azoharanira agateka n'icubahiro vya mwenewabo, mu kumwishurira ibimuvugwako atari ho ari, Imana Allah Izomukingira umuriro ku musi w'izuka ry'ibiremwa".</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aratwiganira ko uwuvugiye mwenewabo w'umwislamu adahari mu guharanira agateka n'icubahiro ciwe, maze akanka ko atukwa canke avugwa nabi, Imana Allah Izoheza Imukingire ibihano ku musi w'izuka ry'ibiremwa.</t>
+  </si>
+  <si>
+    <t>النهي عن الكلام في أعراض المسلمين.
+الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
+الإسلام دين التآخي والتناصُر بين أهله.</t>
+  </si>
+  <si>
+    <t>Birabujijwe kuvuga nabi mu gutosekaza agateka n'icubahiro vy'abislamu.
+Umuntu ahemberwa ico yakoze (impera itangwa hisunzwe ubwoko bw'igikorwa umuntu yakoze), ni co gituma uwuharaniye agateka n'icubahiro vya mwenewabo, mu kumwishurira ibimuvugwako atari ho ari, Imana Allah Izomukingira kwinjira mu muriro.
+Ubwislamu, ni idini ryitaho ugutsimbataza ubuvandimwe n'ugutabarana hagati y'abislamu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/5514</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Nta n'umwe muri mwebwe yokwemera bikwiye atabanje kunkunda kuruta kurya akunda umuvyeyi wiwe, umwana wiwe, eka mbere kuruta kurya akunda abantu bose</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Anasi (Imana Allah Imwishimire) yavuze ko Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Nta n'umwe muri mwebwe yokwemera bikwiye atabanje kunkunda kuruta kurya akunda umuvyeyi wiwe, umwana wiwe, eka mbere kuruta kurya akunda abantu bose".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) aratwiganira ko umwislamu adashobora kwemera bikwiye atabanje gushira imbere urukundo akunda Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), maze akayikunda kuruta kurya akunda nyina wiwe na se wiwe, umwana wiwe w'umuhungu canke w'umukobwa, eka mbere n'abantu bose. Uru rukundo rero, ni rwo rutuma umuntu yumvira Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) akanayitabara, maze akareka no guca kubiri n'amabwirizwa yayo mu kugabitanya.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
@@ -5350,51 +5720,51 @@
 Ico iyi nyigisho y'intumwa ishaka kuvuga, ni uko ibi bintu biranga uburyarya, n'uko uwubikoze aba asa n'indyarya zirangwa n'ivyo bintu, maze akigenza nkazo mu nyifato yazo, si ukuvuga ko aba ari indyarya mu kugaragaza ubwislamu agahisha ubugarariji. Hari n'iyindi nsiguro ivugwa yuko ukurangwa n'ivyo bintu bine, ari ukuba umuntu arangwa na vyo kenshi na kenshi, maze akabifata minenegwe mu kwibaza ko kubikora ata co bitwaye, ko ari ibisanzwe. Kuri ubwo rero, mu vy'ukuri uwigenjeje ukwo, mu kwemera kwiwe kenshi na kenshi haba harimwo agahaze.
 Al-Ghazaaliy yavuze ati: "Umushinge w'idini, ugizwe n'ibintu bitatu: ijambo (imvugo), igikorwa (ingiro) hamwe rero n'izirikanagikorwa. Iyi nyigisho y'intumwa rero,  ikaba ikebura mu kwerekana ko ijambo ryononwa n'ukubesha; igikorwa na co kikononwa n'uguhemuka; izirikanagikorwa na ryo rikononwa n'ukutubahiriza isezerano; kuko ukutubahiriza isezerano nta co kwonona kiretse mu gihe agatima ko kurenga kuri nya sezerano kaba kabangabanganwe na ryo; nayo mu gihe umuntu yoba yiyemeje kwubahiriza isezerano, hanyuma hakaduka igituma ataryubahiriza, canke akagira ikindi ciyumviro gituma arihindura, muri ico gihe ntaba aranzwe n'uburyarya".
 Uburyarya buri mu bwoko bubiri: Hari uburyarya mu kwemera bukura nyenebwo mu kwemera, na bwo bukaba ari umuntu kugaragaza ubwislamu agahisha ubugarariji; hakaba rero n'uburyarya mu bikorwa, ni na bwo rero bushingiye ku kwigenza nk'indyarya mu nyifato yazo. Uburyarya nk'ubu, ntibukura nyenebwo mu kwemera, kiretse ko ari icaha mu vyaha rutura.
 Ibnu Hajar yavuze ati: "Abamenyi bose barahurije ku ngingo yuko uwemera ku mutima wiwe, akavyatura n'ururimi rwiwe, maze bigashika akarangwa n'ibi bintu bine, adaheza ngo yagirwe n'ingingo y'ubugarariji, eka ntaba ari n'indyarya izoja mu muriro ikamarayo ibihe bidashira".
 Al-Nawawiy yavuze ati: "Hari umugwi w'abamenyi wavuze ko abarangwa n'ivyo bintu, ari indyarya zabayeho igihe c'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) zagaragaje ukwemera kwazo hanyuma zikabesha, zizewe kw'idini ryazo hanyuma zigahemuka, ziyemeje isezerano ryo kurwanira idini hanyuma zirarirengako, zatase hanyuma zirerura mu gutata kwazo".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/65124</t>
   </si>
   <si>
     <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
   </si>
   <si>
     <t>Mu vy'ukuri, Imana Allah Yarashinze amabwirizwa ategerezwa kwubahirizwa "faradwi", ntimukayirengagize; Yarashinze n'ingingo mpanavyaha "huduudu", ntimukazirengeko; Yaranaziririje ibintu bitarekuwe gukorwa "haraamu",  ntimukabivogere; Iraheza Ireka gushinga ingingo n'imwe ku bintu bimwebimwe mu ntumbero yo kubagirira impuhwe, maze Ibigira ukwo bidatewe n'ukwibagira; ntimukarondere rero kumenya ingingo zivyerekeye</t>
   </si>
   <si>
     <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
   </si>
   <si>
     <t>Mu vyakirwe na Abu Tha'laba Al-Khushaniy Jurthuumu mwene Naashiri (Imana Allah Imwishimire) ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri, Imana Allah Yarashinze amabwirizwa ategerezwa kwubahirizwa "faradwi", ntimukayirengagize; Yarashinze n'ingingo mpanavyaha "huduudu", ntimukazirengeko; Yaranaziririje ibintu bitarekuwe gukorwa "haraamu",  ntimukabivogere; Iraheza Ireka gushinga ingingo n'imwe ku bintu bimwebimwe mu ntumbero yo kubagirira impuhwe, maze Ibigira ukwo bidatewe n'ukwibagira; ntimukarondere rero kumenya ingingo zivyerekeye".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
   </si>
   <si>
-    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaravuze ko Imana Allah Yashinze amabwirizwa ategerezwa kwubahirizwa, murayubahiriza rero ata kuyirengagiza ngo muyareke canke ngo buyadebukeko, Yaranashinze ingingo ntarengwa zihana zigahasha uwurenze ku vyo Idashima ko mwokora, ntimukazirengeko mu kwishingira ingingo zanyu, Yaranaziririje ibitarekuwe gukorwa ntimukavyegere ngo mubikore, ibitari ivyo bidondaguwe rero Yararetse kugira ico Ibivuzeko mu ntumbero yo kugirira impuhwe abaja bayo, maze biguma muri kamere kavyo kwo kuba bitabujijwe, ntumugahirahire rero ngo murondere kumenya ingingo zivyerekeye.</t>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaravuze ko Imana Allah Yashinze amabwirizwa ategerezwa kwubahirizwa, murayubahiriza rero ata kuyirengagiza ngo muyareke canke ngo muyadebukeko, Yaranashinze ingingo ntarengwa zihana zigahasha uwurenze ku vyo Idashima ko mwokora, ntimukazirengeko mu kwishingira ingingo zanyu, Yaranaziririje ibitarekuwe gukorwa ntimukavyegere ngo mubikore, ibitari ivyo bidondaguwe rero Yararetse kugira ico Ibivuzeko mu ntumbero yo kugirira impuhwe abaja bayo, maze biguma muri kamere kavyo kwo kuba bitabujijwe, ntimugahirahire rero ngo murondere kumenya ingingo zivyerekeye.</t>
   </si>
   <si>
     <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
 تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
 أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
 حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
 وجوب المحافظة على فرائض الله تعالى.
 تحريم التعدي على حدود الله تعالى.</t>
   </si>
   <si>
     <t>Iyi nyigisho y'intumwa, ni icemezo c'uko Imana Allah ari Yo Ishinga amabwirizwa, kuko burya vyose biri mu minwe yiwe Nyenukuninahazwa.
 Iyi nyigisho y'intumwa,  ihurikiyemwo amategeko y'amabwirizwa y'ibizira n'ibiziruye, hamwe rero n'ay'ibitabujijwe; kuko burya ingingo iyo ari yo yose y'ubwislamu, ishobora kuba ari iyitagira ico yavuzweko canke ikaba ari iyifise ico yavuzweko, iyi na yo irashobora kuba ari iy'igitegetswe gukorwa "waajibu" canke ikibereye gukorwa "manduubu"; canke kikaba ari iy'ikibujijwe mu kuziririzwa "haraamu" canke mu kuba ari ikitabereye "makruuhu"; canke kikaba ari ikirekuwe "mubaahu".
 Ivyo Imana Allah Itagize ico Ibivuzeko mu kutabigira amabwirizwa "faradwi canke waajibu", mu kutabigira ivyaha vyagenewe ingingo mpanavyaha "huduudu", Itanagize ico Ibivugako mu kubibuza, biba birekuwe gukorwa "halaali".
 Itomora ryiza ryakoreshwa n'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), aho dusanga yarashikirije iyi nyigisho mw'idondagurwa ritomoye ry'iyi mice y'amabwirizwa.
 Ni ngombwa kwubahiriza mu kwamizako amabwirizwa y'Imana Allah Nyenuguhabwicubahiro nta ngere.
 Iziririzwa ryo kurenga ku ngingo mpanavyaha zashinzwe n'Imana Allah Nyenuguhabwicubahiro nta ngere.</t>
   </si>
   <si>
     <t>قال النووي: حديث حسن</t>
   </si>
   <si>
     <t>رواه الدارقطني في سننه، وغيره</t>
   </si>
   <si>
     <t>[قال النووي: حديث حسن]</t>
@@ -5475,51 +5845,51 @@
 الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
   </si>
   <si>
     <t>Kwerekana intambwe z'iremwa ry'umuntu.
 Kwemera ivyagezwe n'ishirwa mu ngiro ryavyo.
 Iherezo ryiza canke ribi ry'ibintu, ryisunga ivyamaze kwandikwa mu vyagezwe.
 Ukwihaniza umuntu ko atokwihenda  akishimira ibikorwa bitandukanye akora; kuko mu vy'ukuri, ibikorwa vyose bihabwa agaciro hisunzwe isozerwa ryavyo uko ryagenze (birabwa iherezo).
 ____</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66513</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
   </si>
   <si>
     <t>Uwo wese azokwadukana gishasha muri iri dini ryacu, kitari mu vyo twigishije, azogisubizwa, ntikizokwakirwa namba</t>
   </si>
   <si>
     <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
-    <t>Mu vyakiriwe n'Umuvyeyi w'abemeramana, Nyina wa Abdullahi, Aisha (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo wese azokwadukana gishasha muri iri dini ryacu, kitari mu vyo twigishije, azogisubizwa, ntikizokwakirwa namba".</t>
+    <t>Mu vyakiriwe n'Umuvyeyi w'abemeramana, Nyina wa Abdullahi, Aisha (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo wese azokwadukana gishasha muri iri dini ryacu, kitari mu vyo twigishije, azogisubizwa, ntikizokwakirwa namba". Mu vyashikirijwe  na Muslimu hakoreshejwe aya majambo: "Uwo wese azokora igikorwa kitari mu vyo twigishije, azogisubizwa, ntikizokwakirwa namba".</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ibikorwa nyegerezamana vyubakiye ku vyaje bigatomorwa mu Gitabu no mu nyigisho n'imigenzo vy'intumwa, ntiturekuriwe rero kwiyegereza Imana Allah mu vyo dukora kiretse mu gihe twisunze ivyashinzwe n'amabwirizwa, atari ivyadukano bishasha mw'idini.
 Idini ntirishingiye ku vyiyumviro canke ku vyo abantu bibaza ko ari vyiza, yamara rishingiye ku gukurikira Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah).
 Iyi nyigisho y'intumwa, ni icemezo c'uko idini ryikwije kandi ritunganye.
 Icadukano, ni kirya kintu cose congewe mw'idini kandi kitigeze kibaho igihe c'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) n'igihe c'ingendanyi ziwe mu bijanye n'ukwemera, mu majambo canke mu bikorwa.
 Iyi nyigisho y'intumwa, ni umushinge mu mishinge ubwislamu bwubakiyeko, ni nk'umunzane wo gupimirako ibikorwa, kurya rero igikorwa cose kidakozwe ku bw'Imana Allah, nyeneco atagihemberwa, ni ko nyene n'igikorwa cose gikozwe kitisunze ivyigishijwe n'Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) gisubizwa nyeneco, nticemerwe.
 Iyi nyigisho y'intumwa, ni umushinge w'itegeko ngenderwako ryisungwa mu kutakirwa ivyadukano n'ibibi mu vyo abantu badukana uko bukeye uko bwije.
 Ivyadukano bishasha bibujijwe, ni birya bikorwa vyose bifitaniye isano n'idini, si birya bijanye n'ivy'isi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66514</t>
   </si>
   <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
@@ -5681,120 +6051,151 @@
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yategetse ko umuntu yoreka ibimuteye amakenga haba  mu majambo no mu bikorwa, atarinze kuraba ko vyoba bibujijwe canke birekuwe, ko vyoba bizira canke biziruye, aheze rero atandukire akore ibitamuteye amakenga mu bintu bigaragara ko biziruye kandi ari vyiza.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66519</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Hamza, Anasi mwene Maaliki (Imana Allah Imwishimire), akaba yahoze ari umukozi w'Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), maze avyakira ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aho avuga ko yavuze ati:||"Nta n'umwe yemera bikwiye, atabanje gukundira mwenewabo mu bantu ko aronka nk'ivyo wenyene ubwiwe akunda ko yoronka</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Hamza, Anasi mwene Maaliki (Imana Allah Imwishimire), akaba yahoze ari umukozi w'Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), maze avyakira ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aho avuga ko yavuze ati: "Nta n'umwe yemera bikwiye, atabanje gukundira mwenewabo mu bantu ko aronka nk'ivyo wenyene ubwiwe akunda ko yoronka".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66520</t>
   </si>
   <si>
-    <t>Mu Vyakiriwe na Se wa Mas'uudi, Uqba mwene Amri Al-Answaariy yarwanye ku rugamba rwa Badiri (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti:||"Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse</t>
+    <t>Mu vy'ukuri,  Imana Allah Yarategetse kurangwa n'ubugwaneza ku kintu cose umuntu akoze</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Ya'laa Shaddaadi mwene Awsi (Imana Allah Imwishimire), yavyumvise ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) avuga ko yavuze iti: "Mu vy'ukuri,  Imana Allah Yarategetse kurangwa n'ubugwaneza ku kintu cose umuntu akoze, iyo rero mwishe (mu kwihora uwishe) ba mwica mu bugwaneza; n'iyo mubaze igitungwa, ba mukibaga mu bugwaneza; kandi rero umwe wese muri mwebwe, nabe abanza gukarisha neza imbugita yiwe, hanyuma aheze aruhure n'ikibagwa ciwe".</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>Kibondo! Mu vy'ukuri ngira ndakwigishe amajambo ngirakamaro:  enda zigama Imana Allah mu kubungabunga amabwirizwa yayo, na Yo Izokuzigama Ikubungabunge; zigama Imana Allah uzoyisanga imbere yawe mu biguhanze, niwagira ico usavye, urasaba Imana Allah, niwashaka gusaba imfashanyo urayisaba Imana Allah</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Al'Abaasi, Abdullahi mwene Abbasi (Imana Allah Ibishimire bompi) yavuze ati: "Umusi umwe nari mpetswe n'Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) ku gitwazi iraheza imbwira iti: "Kibondo! Mu vy'ukuri ngira ndakwigishe amajambo ngirakamaro:  enda zigama Imana Allah mu kubungabunga amabwirizwa yayo, na Yo Izokuzigama Ikubungabunge; zigama Imana Allah uzoyisanga imbere yawe mu biguhanze, niwagira ico usavye, urasaba Imana Allah, niwashaka gusaba imfashanyo urayisaba Imana Allah, menya kandi ko abantu bose mu gihe bohuriza ku ngingo yuko hari ico bakumarira, ata na kimwe boshobora kukumarira,  kiretse kirya Imana Allah Yamaze kukwandikira ko ukironka; no mu gihe bohuriza ku ngingo yuko bakugeramira, ata na kimwe boshobora kukugeramirako, kiretse kirya Imana Allah Yamaze kukwandikira ko kigushikira;  burya rero ikaramu yandika ivyagezwe kuri umwumwe wese, yaramaze kwandika, kandi n'impapuro vyanditseko zaramaze kwumuka". Mu bundi bwakirizi mu vyashikirijwe na Al-Tirmidhiy havuga hati: "Enda zigama Imana Allah mu kubungabunga amabwirizwa yayo, uzoyisanga imbere yawe maze Igukingire. Menya (ibuka) Imana Allah mu gihe c'amahirwe worohewe, na Yo Izokumenya mu gihe c'amagorwa uremerewe. Menya kandi ko ikiguhushije kiba kitari kugushikira, n'uko ikigushikiye kiba kitari kuguhusha, menya n'uko intsinzi yama ikurikira mu nyuma y'ukwihangana, n'uko agahengwe kama gakurikira mu nyuma y'intureka, n'uko ukworoherwa kwama gukurikira mu nyuma y'ibikugoye".</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Mwene Abbasi (Imana Allah Imwishimire) aratwiganira ko igihe yari akiri muto, yigeze kuba ahetswe n'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ku gitwazi, aca amubwira ati: Mu vy'ukuri ngira ndakwigishe ibintu n'amajambo ngirakamaro, niwabigendera Imana Allah Izogira ico Ikumariye: Enda zigama Imana Allah mu kubungabunga amabwirizwa yayo y'ibitegetswe gukorwa n'ay'ibibujijwe gukorwa, ku buryo Imana Allah Igusanga mu bikorwa nyumviramana na nyegerezamana, ntizogusange na rimwe mu bicumuro no mu vyaha; niwaramuka ukoze ivyo, impembo yawe ku Mana Allah, ni uko na Yo Izokuzigama Ikubungabunga mu kugukingira ibikugeramiye mu vy'isi no mu vyo mu buzima bw'inyuma yo gupfa, Iheze Ikurwaneko mu bihambaye aho hose uzoba uroye. Niwagira ico ushatse gusaba, ntugasabe kiretse Imana Allah Yo Yonyene, kuko ari Yo Yakira ibisabo vy'abasavyi. Niwashaka gusaba imfashanyo, ntugasabe kiretse Imana Allah. Uheze kandi wame ufise umwizero ko ata kintu na kimwe ngirakamaro woshikako, n'aho abantu bo kw'isi bose bogihurizako ngo bakigufashe, kiretse mu gihe woba waracandikiwe n'Imana Allah, n'uko ata kintu cogushikira ngo kikugirire nabi, n'aho abantu bo kw'isi bose bogihurizako ngo bakugirire nabi, kiretse ko woshikirwa na kirya Imana Allah Yagenye ko kigushikira. Kandi wame uzi neza ko ivyo biri ukwo; kuko Imana Allah Yamaze kuvyandika mu vyagezwe kuri wewe, ko vyose bizogushikira bizokwisunga indinganizo n'intumbero y'Imana Allah, hamwe rero n'ubumenyi bwayo bwahetuye vyose imbere yuko bibaho, nta gihindura rero ivyamaze kwandikwa n'Imana Allah. Umuntu rero,  arakwiye kumenya ko ukuzigama Imana Allah mu kubungabunga amabwirizwa yayo y'ibitegetswe gukorwa n'ay'ibibujijwe gukorwa, Imana Allah Iheza Ikama Iri imbere yiwe mu kumenya ivyomugeramira maze Ikamutabara Ikanamushigikira; akamenya n'uko umuntu iyo yumviye Imana Allah mu gihe yorohewe, Imana Allah na Yo Iheza Ikamuba hafi mu kumworohereza uburyo bumukura mu bimugoye iyo bimushikiye. Burya umuntu wese yoshima ivyagezwe n'Imana Allah kuri we: vyaba inabi canke ineza. Iyo rero habaye ibigoye n'ibigeragezo ku muntu, araheza akihangana; kuko mu kwihangana ni ho harimwo urufunguruzo rumwugururira imiryango yo gutezurirwa;  akamenya n'uko iyo habaye intureka zikomeye kuri we, zikurikirwa n'agahengwe kazimukuramwo, n'uko iyo habaye ikimuremera haheza hagakurikira ukworoherezwa n'Imana Allah.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Akamaro k'ukwigisha abana bakiri bato ivyerekeye idini, mu bijanye n'ukwemera Imana Imwe Rudende n'urupfasoni rw'ikislamu, n'ibindi bitari ivyo.
+Impera ku Mana Allah yisunga ubwoko bw'igikorwa.
+Kubwiriza abantu ko bishimikiza Imana Allah, n'uko ata n'ikindi kintu gikwiye kwishimikizwa mu gishingo cayo, kuko Imana Allah ari Yo Mwiza w'ukwishimikizwa.
+Ukwemera ivyagezwe n'ishirwa mu ngiro ryavyo, hamwe rero no kuvyishimira mu kuvyakira ata kwidoga, kuko Imana Allah Yamaze kugera ibintu vyose.
+Uwiyobagiza amabwirizwa y'Imana Allah mu kutayubahiriza, Imana Allah Iraheza Ikamureka akazimira, eka ntinamuzigama  ngo Imubungabunge.
+Inkuru nziza ihambaye,  ihumuriza umuntu ko iyo ashikiwe n'ibimugoye, akwiye kurindirana umwizero ko hagiye gukurikira ukworoherwa.
+Iremesha ry'umuntu igihe ashikiwe n'ikiza, akabura ivyo akunda. Ibi tukabisanga mu nyigisho y'intumwa aho ivuga iti: "Menya kandi ko ikiguhushije kiba kitari kugushikira, n'uko ikigushikiye kiba kitari kuguhusha"; iryungane rya mbere riraremesha mu kwereka umuntu ingene yokwifata igihe ashikiwe n'ivyo adakunda;  nayo irya kabiri,  riraremesha mu kwerekana ingene umuntu yokwifata igihe abuze ivyo akunda.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Mu Vyakiriwe na Se wa Mas'uudi, Uqba mwene Amri Al-Answaariy yarwanye ku rugamba rwa Badiri (Imana Allah Imwishimire),  yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti:||"Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse</t>
   </si>
   <si>
     <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
-    <t>Mu Vyakiriwe na Se wa Mas'uudi, Uqba mwene Amri Al-Answaariy yarwanye ku rugamba rwa Badiri (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse".</t>
+    <t>Mu Vyakiriwe na Se wa Mas'uudi, Uqba mwene Amri Al-Answaariy yarwanye ku rugamba rwa Badiri (Imana Allah Imwishimire),  yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66523</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Se wa Amri, vyaravuzwe n'uko biri mu vyakiriwe na Se wa Amra, Sufiyani mwene Abdullaahi (Imana Allah Imwishimire) yavuze ati:||"Naravuze mbaza nti: "Ewe Ntumwa y'Imana! Mbwira mu vyerekeye ubwislamu, ijambo ntazobaza uwundi muntu n'umwe atari wewe". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yishuye iti: "Vuga uti: "Naremeye Imana Allah", hanyuma ugororoke mu gutsimbatara kw'idini</t>
+    <t>Mu vyakiriwe na Se wa Amri, vyaravuzwe n'uko biri mu vyakiriwe na Se wa Amra, Sufiyani mwene Abdullahi (Imana Allah Imwishimire) yavuze ati:||"Naravuze mbaza nti: "Ewe Ntumwa y'Imana! Mbwira mu vyerekeye ubwislamu, ijambo ntazobaza uwundi muntu n'umwe atari wewe". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yishuye iti: "Vuga uti: "Naremeye Imana Allah", hanyuma ugororoke mu gutsimbatara kw'idini</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Se wa Amri, vyaravuzwe n'uko biri mu vyakiriwe na Se wa Amra, Sufiyani mwene Abdullaahi (Imana Allah Imwishimire) yavuze ati: "Naravuze mbaza nti: "Ewe Ntumwa y'Imana! Mbwira mu vyerekeye ubwislamu, ijambo ntazobaza uwundi muntu n'umwe atari wewe". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yishuye iti: "Vuga uti: "Naremeye Imana Allah", hanyuma ugororoke mu gutsimbatara kw'idini".</t>
+    <t>Mu vyakiriwe na Se wa Amri, vyaravuzwe n'uko biri mu vyakiriwe na Se wa Amra, Sufiyani mwene Abdullahi (Imana Allah Imwishimire) yavuze ati: "Naravuze mbaza nti: "Ewe Ntumwa y'Imana! Mbwira mu vyerekeye ubwislamu, ijambo ntazobaza uwundi muntu n'umwe atari wewe". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yishuye iti: "Vuga uti: "Naremeye Imana Allah", hanyuma ugororoke mu gutsimbatara kw'idini".</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66524</t>
-  </si>
-[...43 lines deleted...]
-    <t>https://hadeethenc.com/rn/browse/hadith/66535</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -6097,51 +6498,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O155"/>
+  <dimension ref="A1:O167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -9919,3477 +10320,4041 @@
       </c>
       <c r="I82" t="s">
         <v>781</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
         <v>69</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>70</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>5437</v>
+        <v>5435</v>
       </c>
       <c r="B83" t="s">
         <v>783</v>
       </c>
       <c r="C83" t="s">
         <v>784</v>
       </c>
       <c r="D83" t="s">
         <v>785</v>
       </c>
       <c r="E83" t="s">
         <v>786</v>
       </c>
       <c r="F83" t="s">
         <v>787</v>
       </c>
       <c r="G83" t="s">
         <v>788</v>
       </c>
       <c r="H83" t="s">
         <v>789</v>
       </c>
       <c r="I83" t="s">
         <v>790</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>5456</v>
+        <v>5437</v>
       </c>
       <c r="B84" t="s">
         <v>792</v>
       </c>
       <c r="C84" t="s">
         <v>793</v>
       </c>
       <c r="D84" t="s">
         <v>794</v>
       </c>
       <c r="E84" t="s">
         <v>795</v>
       </c>
       <c r="F84" t="s">
         <v>796</v>
       </c>
       <c r="G84" t="s">
         <v>797</v>
       </c>
       <c r="H84" t="s">
         <v>798</v>
       </c>
       <c r="I84" t="s">
         <v>799</v>
       </c>
       <c r="J84" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>583</v>
+        <v>25</v>
       </c>
       <c r="L84" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>584</v>
+        <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>5953</v>
+        <v>5439</v>
       </c>
       <c r="B85" t="s">
         <v>801</v>
       </c>
       <c r="C85" t="s">
         <v>802</v>
       </c>
       <c r="D85" t="s">
         <v>803</v>
       </c>
       <c r="E85" t="s">
         <v>804</v>
       </c>
       <c r="F85" t="s">
         <v>805</v>
       </c>
       <c r="G85" t="s">
         <v>806</v>
       </c>
       <c r="H85" t="s">
         <v>807</v>
       </c>
       <c r="I85" t="s">
         <v>808</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>6337</v>
+        <v>5456</v>
       </c>
       <c r="B86" t="s">
         <v>810</v>
       </c>
       <c r="C86" t="s">
         <v>811</v>
       </c>
       <c r="D86" t="s">
         <v>812</v>
       </c>
       <c r="E86" t="s">
         <v>813</v>
       </c>
       <c r="F86" t="s">
         <v>814</v>
       </c>
       <c r="G86" t="s">
         <v>815</v>
       </c>
       <c r="H86" t="s">
         <v>816</v>
       </c>
       <c r="I86" t="s">
         <v>817</v>
       </c>
       <c r="J86" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K86" t="s">
-        <v>122</v>
+        <v>583</v>
       </c>
       <c r="L86" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M86" t="s">
-        <v>123</v>
+        <v>584</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>58240</v>
+        <v>5474</v>
       </c>
       <c r="B87" t="s">
         <v>819</v>
       </c>
       <c r="C87" t="s">
         <v>820</v>
       </c>
       <c r="D87" t="s">
         <v>821</v>
       </c>
       <c r="E87" t="s">
         <v>822</v>
       </c>
       <c r="F87" t="s">
         <v>823</v>
       </c>
       <c r="G87" t="s">
         <v>824</v>
       </c>
       <c r="H87" t="s">
         <v>825</v>
       </c>
       <c r="I87" t="s">
         <v>826</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
+        <v>25</v>
+      </c>
+      <c r="L87" t="s">
+        <v>26</v>
+      </c>
+      <c r="M87" t="s">
+        <v>27</v>
+      </c>
+      <c r="N87" t="s">
+        <v>28</v>
+      </c>
+      <c r="O87" t="s">
         <v>827</v>
-      </c>
-[...10 lines deleted...]
-        <v>829</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>58259</v>
+        <v>5475</v>
       </c>
       <c r="B88" t="s">
+        <v>828</v>
+      </c>
+      <c r="C88" t="s">
+        <v>829</v>
+      </c>
+      <c r="D88" t="s">
         <v>830</v>
       </c>
-      <c r="C88" t="s">
+      <c r="E88" t="s">
         <v>831</v>
       </c>
-      <c r="D88" t="s">
+      <c r="F88" t="s">
         <v>832</v>
       </c>
-      <c r="E88" t="s">
+      <c r="G88" t="s">
         <v>833</v>
       </c>
-      <c r="F88" t="s">
+      <c r="H88" t="s">
         <v>834</v>
       </c>
-      <c r="G88" t="s">
+      <c r="I88" t="s">
         <v>835</v>
       </c>
-      <c r="H88" t="s">
+      <c r="J88" t="s">
+        <v>24</v>
+      </c>
+      <c r="K88" t="s">
+        <v>69</v>
+      </c>
+      <c r="L88" t="s">
+        <v>26</v>
+      </c>
+      <c r="M88" t="s">
+        <v>70</v>
+      </c>
+      <c r="N88" t="s">
+        <v>28</v>
+      </c>
+      <c r="O88" t="s">
         <v>836</v>
-      </c>
-[...19 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>65000</v>
+        <v>5476</v>
       </c>
       <c r="B89" t="s">
+        <v>837</v>
+      </c>
+      <c r="C89" t="s">
+        <v>838</v>
+      </c>
+      <c r="D89" t="s">
+        <v>839</v>
+      </c>
+      <c r="E89" t="s">
+        <v>840</v>
+      </c>
+      <c r="F89" t="s">
         <v>841</v>
       </c>
-      <c r="C89" t="s">
+      <c r="G89" t="s">
         <v>842</v>
       </c>
-      <c r="D89" t="s">
+      <c r="H89" t="s">
         <v>843</v>
       </c>
-      <c r="E89" t="s">
+      <c r="I89" t="s">
         <v>844</v>
       </c>
-      <c r="F89" t="s">
+      <c r="J89" t="s">
         <v>845</v>
       </c>
-      <c r="G89" t="s">
+      <c r="K89" t="s">
+        <v>329</v>
+      </c>
+      <c r="L89" t="s">
         <v>846</v>
       </c>
-      <c r="H89" t="s">
+      <c r="M89" t="s">
+        <v>331</v>
+      </c>
+      <c r="N89" t="s">
+        <v>28</v>
+      </c>
+      <c r="O89" t="s">
         <v>847</v>
-      </c>
-[...19 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>65001</v>
+        <v>5478</v>
       </c>
       <c r="B90" t="s">
+        <v>848</v>
+      </c>
+      <c r="C90" t="s">
+        <v>849</v>
+      </c>
+      <c r="D90" t="s">
         <v>850</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90" t="s">
         <v>851</v>
       </c>
-      <c r="D90" t="s">
+      <c r="F90" t="s">
         <v>852</v>
       </c>
-      <c r="E90" t="s">
+      <c r="G90" t="s">
         <v>853</v>
       </c>
-      <c r="F90" t="s">
+      <c r="H90" t="s">
         <v>854</v>
       </c>
-      <c r="G90" t="s">
+      <c r="I90" t="s">
         <v>855</v>
       </c>
-      <c r="H90" t="s">
+      <c r="J90" t="s">
+        <v>24</v>
+      </c>
+      <c r="K90" t="s">
+        <v>25</v>
+      </c>
+      <c r="L90" t="s">
+        <v>26</v>
+      </c>
+      <c r="M90" t="s">
+        <v>27</v>
+      </c>
+      <c r="N90" t="s">
+        <v>28</v>
+      </c>
+      <c r="O90" t="s">
         <v>856</v>
-      </c>
-[...19 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>65002</v>
+        <v>5496</v>
       </c>
       <c r="B91" t="s">
+        <v>857</v>
+      </c>
+      <c r="C91" t="s">
+        <v>858</v>
+      </c>
+      <c r="D91" t="s">
         <v>859</v>
       </c>
-      <c r="C91" t="s">
+      <c r="E91" t="s">
         <v>860</v>
       </c>
-      <c r="D91" t="s">
+      <c r="F91" t="s">
         <v>861</v>
       </c>
-      <c r="E91" t="s">
+      <c r="G91" t="s">
         <v>862</v>
       </c>
-      <c r="F91" t="s">
+      <c r="H91" t="s">
         <v>863</v>
       </c>
-      <c r="G91" t="s">
+      <c r="I91" t="s">
         <v>864</v>
       </c>
-      <c r="H91" t="s">
+      <c r="J91" t="s">
+        <v>24</v>
+      </c>
+      <c r="K91" t="s">
+        <v>771</v>
+      </c>
+      <c r="L91" t="s">
+        <v>26</v>
+      </c>
+      <c r="M91" t="s">
+        <v>772</v>
+      </c>
+      <c r="N91" t="s">
+        <v>28</v>
+      </c>
+      <c r="O91" t="s">
         <v>865</v>
-      </c>
-[...19 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>65003</v>
+        <v>5507</v>
       </c>
       <c r="B92" t="s">
+        <v>866</v>
+      </c>
+      <c r="C92" t="s">
+        <v>867</v>
+      </c>
+      <c r="D92" t="s">
         <v>868</v>
       </c>
-      <c r="C92" t="s">
+      <c r="E92" t="s">
         <v>869</v>
       </c>
-      <c r="D92" t="s">
+      <c r="F92" t="s">
         <v>870</v>
       </c>
-      <c r="E92" t="s">
+      <c r="G92" t="s">
         <v>871</v>
       </c>
-      <c r="F92" t="s">
+      <c r="H92" t="s">
         <v>872</v>
       </c>
-      <c r="G92" t="s">
+      <c r="I92" t="s">
         <v>873</v>
       </c>
-      <c r="H92" t="s">
+      <c r="J92" t="s">
+        <v>24</v>
+      </c>
+      <c r="K92" t="s">
+        <v>25</v>
+      </c>
+      <c r="L92" t="s">
+        <v>26</v>
+      </c>
+      <c r="M92" t="s">
+        <v>27</v>
+      </c>
+      <c r="N92" t="s">
+        <v>28</v>
+      </c>
+      <c r="O92" t="s">
         <v>874</v>
-      </c>
-[...19 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>65004</v>
+        <v>5509</v>
       </c>
       <c r="B93" t="s">
+        <v>875</v>
+      </c>
+      <c r="C93" t="s">
+        <v>876</v>
+      </c>
+      <c r="D93" t="s">
         <v>877</v>
       </c>
-      <c r="C93" t="s">
+      <c r="E93" t="s">
         <v>878</v>
       </c>
-      <c r="D93" t="s">
+      <c r="F93" t="s">
         <v>879</v>
       </c>
-      <c r="E93" t="s">
+      <c r="G93" t="s">
         <v>880</v>
       </c>
-      <c r="F93" t="s">
+      <c r="H93" t="s">
         <v>881</v>
       </c>
-      <c r="G93" t="s">
+      <c r="I93" t="s">
         <v>882</v>
       </c>
-      <c r="H93" t="s">
+      <c r="J93" t="s">
+        <v>89</v>
+      </c>
+      <c r="K93" t="s">
+        <v>329</v>
+      </c>
+      <c r="L93" t="s">
+        <v>91</v>
+      </c>
+      <c r="M93" t="s">
+        <v>331</v>
+      </c>
+      <c r="N93" t="s">
+        <v>28</v>
+      </c>
+      <c r="O93" t="s">
         <v>883</v>
-      </c>
-[...19 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>65005</v>
+        <v>5512</v>
       </c>
       <c r="B94" t="s">
+        <v>884</v>
+      </c>
+      <c r="C94" t="s">
+        <v>885</v>
+      </c>
+      <c r="D94" t="s">
         <v>886</v>
       </c>
-      <c r="C94" t="s">
+      <c r="E94" t="s">
         <v>887</v>
       </c>
-      <c r="D94" t="s">
+      <c r="F94" t="s">
         <v>888</v>
       </c>
-      <c r="E94" t="s">
+      <c r="G94" t="s">
         <v>889</v>
       </c>
-      <c r="F94" t="s">
+      <c r="H94" t="s">
         <v>890</v>
       </c>
-      <c r="G94" t="s">
+      <c r="I94" t="s">
         <v>891</v>
       </c>
-      <c r="H94" t="s">
+      <c r="J94" t="s">
+        <v>24</v>
+      </c>
+      <c r="K94" t="s">
+        <v>69</v>
+      </c>
+      <c r="L94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M94" t="s">
+        <v>70</v>
+      </c>
+      <c r="N94" t="s">
+        <v>28</v>
+      </c>
+      <c r="O94" t="s">
         <v>892</v>
-      </c>
-[...19 lines deleted...]
-        <v>896</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>65006</v>
+        <v>5514</v>
       </c>
       <c r="B95" t="s">
+        <v>893</v>
+      </c>
+      <c r="C95" t="s">
+        <v>894</v>
+      </c>
+      <c r="D95" t="s">
+        <v>895</v>
+      </c>
+      <c r="E95" t="s">
+        <v>896</v>
+      </c>
+      <c r="F95" t="s">
         <v>897</v>
       </c>
-      <c r="C95" t="s">
+      <c r="G95" t="s">
         <v>898</v>
       </c>
-      <c r="D95" t="s">
+      <c r="H95" t="s">
         <v>899</v>
       </c>
-      <c r="E95" t="s">
+      <c r="I95" t="s">
         <v>900</v>
       </c>
-      <c r="F95" t="s">
+      <c r="J95" t="s">
+        <v>24</v>
+      </c>
+      <c r="K95" t="s">
+        <v>272</v>
+      </c>
+      <c r="L95" t="s">
+        <v>26</v>
+      </c>
+      <c r="M95" t="s">
+        <v>273</v>
+      </c>
+      <c r="N95" t="s">
+        <v>28</v>
+      </c>
+      <c r="O95" t="s">
         <v>901</v>
-      </c>
-[...25 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>65007</v>
+        <v>5953</v>
       </c>
       <c r="B96" t="s">
+        <v>902</v>
+      </c>
+      <c r="C96" t="s">
+        <v>903</v>
+      </c>
+      <c r="D96" t="s">
+        <v>904</v>
+      </c>
+      <c r="E96" t="s">
+        <v>905</v>
+      </c>
+      <c r="F96" t="s">
+        <v>906</v>
+      </c>
+      <c r="G96" t="s">
+        <v>907</v>
+      </c>
+      <c r="H96" t="s">
         <v>908</v>
       </c>
-      <c r="C96" t="s">
+      <c r="I96" t="s">
         <v>909</v>
-      </c>
-[...16 lines deleted...]
-        <v>915</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
         <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>65008</v>
+        <v>6337</v>
       </c>
       <c r="B97" t="s">
+        <v>911</v>
+      </c>
+      <c r="C97" t="s">
+        <v>912</v>
+      </c>
+      <c r="D97" t="s">
+        <v>913</v>
+      </c>
+      <c r="E97" t="s">
+        <v>914</v>
+      </c>
+      <c r="F97" t="s">
+        <v>915</v>
+      </c>
+      <c r="G97" t="s">
+        <v>916</v>
+      </c>
+      <c r="H97" t="s">
         <v>917</v>
       </c>
-      <c r="C97" t="s">
+      <c r="I97" t="s">
         <v>918</v>
       </c>
-      <c r="D97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
+        <v>122</v>
+      </c>
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
+        <v>123</v>
+      </c>
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>919</v>
-      </c>
-[...31 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>65009</v>
+        <v>58240</v>
       </c>
       <c r="B98" t="s">
+        <v>920</v>
+      </c>
+      <c r="C98" t="s">
+        <v>921</v>
+      </c>
+      <c r="D98" t="s">
+        <v>922</v>
+      </c>
+      <c r="E98" t="s">
+        <v>923</v>
+      </c>
+      <c r="F98" t="s">
+        <v>924</v>
+      </c>
+      <c r="G98" t="s">
+        <v>925</v>
+      </c>
+      <c r="H98" t="s">
         <v>926</v>
       </c>
-      <c r="C98" t="s">
+      <c r="I98" t="s">
         <v>927</v>
       </c>
-      <c r="D98" t="s">
+      <c r="J98" t="s">
+        <v>24</v>
+      </c>
+      <c r="K98" t="s">
         <v>928</v>
       </c>
-      <c r="E98" t="s">
+      <c r="L98" t="s">
+        <v>26</v>
+      </c>
+      <c r="M98" t="s">
         <v>929</v>
       </c>
-      <c r="F98" t="s">
+      <c r="N98" t="s">
+        <v>28</v>
+      </c>
+      <c r="O98" t="s">
         <v>930</v>
-      </c>
-[...25 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>65010</v>
+        <v>58259</v>
       </c>
       <c r="B99" t="s">
+        <v>931</v>
+      </c>
+      <c r="C99" t="s">
+        <v>932</v>
+      </c>
+      <c r="D99" t="s">
+        <v>933</v>
+      </c>
+      <c r="E99" t="s">
+        <v>934</v>
+      </c>
+      <c r="F99" t="s">
         <v>935</v>
       </c>
-      <c r="C99" t="s">
+      <c r="G99" t="s">
         <v>936</v>
       </c>
-      <c r="D99" t="s">
+      <c r="H99" t="s">
         <v>937</v>
       </c>
-      <c r="E99" t="s">
+      <c r="I99" t="s">
         <v>938</v>
       </c>
-      <c r="F99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
         <v>939</v>
       </c>
-      <c r="G99" t="s">
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
         <v>940</v>
       </c>
-      <c r="H99" t="s">
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>941</v>
-      </c>
-[...19 lines deleted...]
-        <v>943</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>65011</v>
+        <v>65000</v>
       </c>
       <c r="B100" t="s">
+        <v>942</v>
+      </c>
+      <c r="C100" t="s">
+        <v>943</v>
+      </c>
+      <c r="D100" t="s">
         <v>944</v>
       </c>
-      <c r="C100" t="s">
+      <c r="E100" t="s">
         <v>945</v>
       </c>
-      <c r="D100" t="s">
+      <c r="F100" t="s">
         <v>946</v>
       </c>
-      <c r="E100" t="s">
+      <c r="G100" t="s">
         <v>947</v>
       </c>
-      <c r="F100" t="s">
+      <c r="H100" t="s">
         <v>948</v>
       </c>
-      <c r="G100" t="s">
+      <c r="I100" t="s">
         <v>949</v>
       </c>
-      <c r="H100" t="s">
+      <c r="J100" t="s">
+        <v>24</v>
+      </c>
+      <c r="K100" t="s">
+        <v>25</v>
+      </c>
+      <c r="L100" t="s">
+        <v>26</v>
+      </c>
+      <c r="M100" t="s">
+        <v>27</v>
+      </c>
+      <c r="N100" t="s">
+        <v>28</v>
+      </c>
+      <c r="O100" t="s">
         <v>950</v>
-      </c>
-[...19 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>65012</v>
+        <v>65001</v>
       </c>
       <c r="B101" t="s">
+        <v>951</v>
+      </c>
+      <c r="C101" t="s">
+        <v>952</v>
+      </c>
+      <c r="D101" t="s">
         <v>953</v>
       </c>
-      <c r="C101" t="s">
+      <c r="E101" t="s">
         <v>954</v>
       </c>
-      <c r="D101" t="s">
+      <c r="F101" t="s">
         <v>955</v>
       </c>
-      <c r="E101" t="s">
+      <c r="G101" t="s">
         <v>956</v>
       </c>
-      <c r="F101" t="s">
+      <c r="H101" t="s">
         <v>957</v>
       </c>
-      <c r="G101" t="s">
+      <c r="I101" t="s">
         <v>958</v>
       </c>
-      <c r="H101" t="s">
+      <c r="J101" t="s">
+        <v>24</v>
+      </c>
+      <c r="K101" t="s">
+        <v>69</v>
+      </c>
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
+        <v>70</v>
+      </c>
+      <c r="N101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O101" t="s">
         <v>959</v>
-      </c>
-[...19 lines deleted...]
-        <v>963</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>65013</v>
+        <v>65002</v>
       </c>
       <c r="B102" t="s">
+        <v>960</v>
+      </c>
+      <c r="C102" t="s">
+        <v>961</v>
+      </c>
+      <c r="D102" t="s">
+        <v>962</v>
+      </c>
+      <c r="E102" t="s">
+        <v>963</v>
+      </c>
+      <c r="F102" t="s">
         <v>964</v>
       </c>
-      <c r="C102" t="s">
+      <c r="G102" t="s">
         <v>965</v>
       </c>
-      <c r="D102" t="s">
+      <c r="H102" t="s">
         <v>966</v>
       </c>
-      <c r="E102" t="s">
+      <c r="I102" t="s">
         <v>967</v>
-      </c>
-[...10 lines deleted...]
-        <v>971</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>65014</v>
+        <v>65003</v>
       </c>
       <c r="B103" t="s">
+        <v>969</v>
+      </c>
+      <c r="C103" t="s">
+        <v>970</v>
+      </c>
+      <c r="D103" t="s">
+        <v>971</v>
+      </c>
+      <c r="E103" t="s">
+        <v>972</v>
+      </c>
+      <c r="F103" t="s">
         <v>973</v>
       </c>
-      <c r="C103" t="s">
+      <c r="G103" t="s">
         <v>974</v>
       </c>
-      <c r="D103" t="s">
+      <c r="H103" t="s">
         <v>975</v>
       </c>
-      <c r="E103" t="s">
+      <c r="I103" t="s">
         <v>976</v>
       </c>
-      <c r="F103" t="s">
+      <c r="J103" t="s">
+        <v>24</v>
+      </c>
+      <c r="K103" t="s">
+        <v>69</v>
+      </c>
+      <c r="L103" t="s">
+        <v>26</v>
+      </c>
+      <c r="M103" t="s">
+        <v>70</v>
+      </c>
+      <c r="N103" t="s">
+        <v>28</v>
+      </c>
+      <c r="O103" t="s">
         <v>977</v>
-      </c>
-[...25 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>65015</v>
+        <v>65004</v>
       </c>
       <c r="B104" t="s">
+        <v>978</v>
+      </c>
+      <c r="C104" t="s">
+        <v>979</v>
+      </c>
+      <c r="D104" t="s">
+        <v>980</v>
+      </c>
+      <c r="E104" t="s">
+        <v>981</v>
+      </c>
+      <c r="F104" t="s">
         <v>982</v>
       </c>
-      <c r="C104" t="s">
+      <c r="G104" t="s">
         <v>983</v>
       </c>
-      <c r="D104" t="s">
+      <c r="H104" t="s">
         <v>984</v>
       </c>
-      <c r="E104" t="s">
+      <c r="I104" t="s">
         <v>985</v>
-      </c>
-[...10 lines deleted...]
-        <v>989</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>69</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>70</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>65016</v>
+        <v>65005</v>
       </c>
       <c r="B105" t="s">
+        <v>987</v>
+      </c>
+      <c r="C105" t="s">
+        <v>988</v>
+      </c>
+      <c r="D105" t="s">
+        <v>989</v>
+      </c>
+      <c r="E105" t="s">
+        <v>990</v>
+      </c>
+      <c r="F105" t="s">
         <v>991</v>
       </c>
-      <c r="C105" t="s">
+      <c r="G105" t="s">
         <v>992</v>
       </c>
-      <c r="D105" t="s">
+      <c r="H105" t="s">
         <v>993</v>
       </c>
-      <c r="E105" t="s">
+      <c r="I105" t="s">
         <v>994</v>
       </c>
-      <c r="F105" t="s">
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="K105" t="s">
         <v>995</v>
       </c>
-      <c r="G105" t="s">
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
         <v>996</v>
       </c>
-      <c r="H105" t="s">
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>997</v>
-      </c>
-[...19 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>65017</v>
+        <v>65006</v>
       </c>
       <c r="B106" t="s">
+        <v>998</v>
+      </c>
+      <c r="C106" t="s">
+        <v>999</v>
+      </c>
+      <c r="D106" t="s">
         <v>1000</v>
       </c>
-      <c r="C106" t="s">
+      <c r="E106" t="s">
         <v>1001</v>
       </c>
-      <c r="D106" t="s">
+      <c r="F106" t="s">
         <v>1002</v>
       </c>
-      <c r="E106" t="s">
+      <c r="G106" t="s">
         <v>1003</v>
       </c>
-      <c r="F106" t="s">
+      <c r="H106" t="s">
         <v>1004</v>
       </c>
-      <c r="G106" t="s">
+      <c r="I106" t="s">
         <v>1005</v>
       </c>
-      <c r="H106" t="s">
+      <c r="J106" t="s">
+        <v>24</v>
+      </c>
+      <c r="K106" t="s">
         <v>1006</v>
       </c>
-      <c r="I106" t="s">
+      <c r="L106" t="s">
+        <v>26</v>
+      </c>
+      <c r="M106" t="s">
         <v>1007</v>
       </c>
-      <c r="J106" t="s">
-[...2 lines deleted...]
-      <c r="K106" t="s">
+      <c r="N106" t="s">
+        <v>28</v>
+      </c>
+      <c r="O106" t="s">
         <v>1008</v>
-      </c>
-[...10 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>65018</v>
+        <v>65007</v>
       </c>
       <c r="B107" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D107" t="s">
         <v>1011</v>
       </c>
-      <c r="C107" t="s">
+      <c r="E107" t="s">
         <v>1012</v>
       </c>
-      <c r="D107" t="s">
+      <c r="F107" t="s">
         <v>1013</v>
       </c>
-      <c r="E107" t="s">
+      <c r="G107" t="s">
         <v>1014</v>
       </c>
-      <c r="F107" t="s">
+      <c r="H107" t="s">
         <v>1015</v>
       </c>
-      <c r="G107" t="s">
+      <c r="I107" t="s">
         <v>1016</v>
       </c>
-      <c r="H107" t="s">
+      <c r="J107" t="s">
+        <v>24</v>
+      </c>
+      <c r="K107" t="s">
+        <v>25</v>
+      </c>
+      <c r="L107" t="s">
+        <v>26</v>
+      </c>
+      <c r="M107" t="s">
+        <v>27</v>
+      </c>
+      <c r="N107" t="s">
+        <v>28</v>
+      </c>
+      <c r="O107" t="s">
         <v>1017</v>
-      </c>
-[...19 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>65019</v>
+        <v>65008</v>
       </c>
       <c r="B108" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F108" t="s">
         <v>1022</v>
       </c>
-      <c r="C108" t="s">
+      <c r="G108" t="s">
         <v>1023</v>
       </c>
-      <c r="D108" t="s">
+      <c r="H108" t="s">
         <v>1024</v>
       </c>
-      <c r="E108" t="s">
+      <c r="I108" t="s">
         <v>1025</v>
-      </c>
-[...10 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>69</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>70</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>65020</v>
+        <v>65009</v>
       </c>
       <c r="B109" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F109" t="s">
         <v>1031</v>
       </c>
-      <c r="C109" t="s">
+      <c r="G109" t="s">
         <v>1032</v>
       </c>
-      <c r="D109" t="s">
+      <c r="H109" t="s">
         <v>1033</v>
       </c>
-      <c r="E109" t="s">
+      <c r="I109" t="s">
         <v>1034</v>
       </c>
-      <c r="F109" t="s">
+      <c r="J109" t="s">
+        <v>24</v>
+      </c>
+      <c r="K109" t="s">
+        <v>69</v>
+      </c>
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
+        <v>70</v>
+      </c>
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1035</v>
-      </c>
-[...25 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>65021</v>
+        <v>65010</v>
       </c>
       <c r="B110" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F110" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H110" t="s">
         <v>1042</v>
       </c>
-      <c r="C110" t="s">
+      <c r="I110" t="s">
         <v>1043</v>
-      </c>
-[...16 lines deleted...]
-        <v>1049</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>65023</v>
+        <v>65011</v>
       </c>
       <c r="B111" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F111" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H111" t="s">
         <v>1051</v>
       </c>
-      <c r="C111" t="s">
+      <c r="I111" t="s">
         <v>1052</v>
       </c>
-      <c r="D111" t="s">
+      <c r="J111" t="s">
+        <v>24</v>
+      </c>
+      <c r="K111" t="s">
+        <v>69</v>
+      </c>
+      <c r="L111" t="s">
+        <v>26</v>
+      </c>
+      <c r="M111" t="s">
+        <v>70</v>
+      </c>
+      <c r="N111" t="s">
+        <v>28</v>
+      </c>
+      <c r="O111" t="s">
         <v>1053</v>
-      </c>
-[...31 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>65026</v>
+        <v>65012</v>
       </c>
       <c r="B112" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F112" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H112" t="s">
         <v>1060</v>
       </c>
-      <c r="C112" t="s">
+      <c r="I112" t="s">
         <v>1061</v>
       </c>
-      <c r="D112" t="s">
+      <c r="J112" t="s">
+        <v>24</v>
+      </c>
+      <c r="K112" t="s">
         <v>1062</v>
       </c>
-      <c r="E112" t="s">
+      <c r="L112" t="s">
+        <v>26</v>
+      </c>
+      <c r="M112" t="s">
         <v>1063</v>
       </c>
-      <c r="F112" t="s">
+      <c r="N112" t="s">
+        <v>28</v>
+      </c>
+      <c r="O112" t="s">
         <v>1064</v>
-      </c>
-[...25 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>65030</v>
+        <v>65013</v>
       </c>
       <c r="B113" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F113" t="s">
         <v>1069</v>
       </c>
-      <c r="C113" t="s">
+      <c r="G113" t="s">
         <v>1070</v>
       </c>
-      <c r="D113" t="s">
+      <c r="H113" t="s">
         <v>1071</v>
       </c>
-      <c r="E113" t="s">
+      <c r="I113" t="s">
         <v>1072</v>
-      </c>
-[...10 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>25</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>27</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>65031</v>
+        <v>65014</v>
       </c>
       <c r="B114" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F114" t="s">
         <v>1078</v>
       </c>
-      <c r="C114" t="s">
+      <c r="G114" t="s">
         <v>1079</v>
       </c>
-      <c r="D114" t="s">
+      <c r="H114" t="s">
         <v>1080</v>
       </c>
-      <c r="E114" t="s">
+      <c r="I114" t="s">
         <v>1081</v>
       </c>
-      <c r="F114" t="s">
+      <c r="J114" t="s">
+        <v>89</v>
+      </c>
+      <c r="K114" t="s">
+        <v>58</v>
+      </c>
+      <c r="L114" t="s">
+        <v>91</v>
+      </c>
+      <c r="M114" t="s">
+        <v>59</v>
+      </c>
+      <c r="N114" t="s">
+        <v>28</v>
+      </c>
+      <c r="O114" t="s">
         <v>1082</v>
-      </c>
-[...25 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>65032</v>
+        <v>65015</v>
       </c>
       <c r="B115" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F115" t="s">
         <v>1087</v>
       </c>
-      <c r="C115" t="s">
+      <c r="G115" t="s">
         <v>1088</v>
       </c>
-      <c r="D115" t="s">
+      <c r="H115" t="s">
         <v>1089</v>
       </c>
-      <c r="E115" t="s">
+      <c r="I115" t="s">
         <v>1090</v>
-      </c>
-[...10 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>69</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>70</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>65033</v>
+        <v>65016</v>
       </c>
       <c r="B116" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F116" t="s">
         <v>1096</v>
       </c>
-      <c r="C116" t="s">
+      <c r="G116" t="s">
         <v>1097</v>
       </c>
-      <c r="D116" t="s">
+      <c r="H116" t="s">
         <v>1098</v>
       </c>
-      <c r="E116" t="s">
+      <c r="I116" t="s">
         <v>1099</v>
       </c>
-      <c r="F116" t="s">
+      <c r="J116" t="s">
+        <v>24</v>
+      </c>
+      <c r="K116" t="s">
+        <v>25</v>
+      </c>
+      <c r="L116" t="s">
+        <v>26</v>
+      </c>
+      <c r="M116" t="s">
+        <v>27</v>
+      </c>
+      <c r="N116" t="s">
+        <v>28</v>
+      </c>
+      <c r="O116" t="s">
         <v>1100</v>
-      </c>
-[...25 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>65034</v>
+        <v>65017</v>
       </c>
       <c r="B117" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F117" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H117" t="s">
         <v>1107</v>
       </c>
-      <c r="C117" t="s">
+      <c r="I117" t="s">
         <v>1108</v>
       </c>
-      <c r="D117" t="s">
+      <c r="J117" t="s">
+        <v>24</v>
+      </c>
+      <c r="K117" t="s">
         <v>1109</v>
       </c>
-      <c r="E117" t="s">
+      <c r="L117" t="s">
+        <v>26</v>
+      </c>
+      <c r="M117" t="s">
         <v>1110</v>
       </c>
-      <c r="F117" t="s">
+      <c r="N117" t="s">
+        <v>28</v>
+      </c>
+      <c r="O117" t="s">
         <v>1111</v>
-      </c>
-[...25 lines deleted...]
-        <v>1117</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>65035</v>
+        <v>65018</v>
       </c>
       <c r="B118" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F118" t="s">
+        <v>1116</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H118" t="s">
         <v>1118</v>
       </c>
-      <c r="C118" t="s">
+      <c r="I118" t="s">
         <v>1119</v>
       </c>
-      <c r="D118" t="s">
+      <c r="J118" t="s">
+        <v>24</v>
+      </c>
+      <c r="K118" t="s">
         <v>1120</v>
       </c>
-      <c r="E118" t="s">
+      <c r="L118" t="s">
+        <v>26</v>
+      </c>
+      <c r="M118" t="s">
         <v>1121</v>
       </c>
-      <c r="F118" t="s">
+      <c r="N118" t="s">
+        <v>28</v>
+      </c>
+      <c r="O118" t="s">
         <v>1122</v>
-      </c>
-[...25 lines deleted...]
-        <v>1126</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>65036</v>
+        <v>65019</v>
       </c>
       <c r="B119" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F119" t="s">
         <v>1127</v>
       </c>
-      <c r="C119" t="s">
+      <c r="G119" t="s">
         <v>1128</v>
       </c>
-      <c r="D119" t="s">
+      <c r="H119" t="s">
         <v>1129</v>
       </c>
-      <c r="E119" t="s">
+      <c r="I119" t="s">
         <v>1130</v>
       </c>
-      <c r="F119" t="s">
+      <c r="J119" t="s">
+        <v>24</v>
+      </c>
+      <c r="K119" t="s">
+        <v>69</v>
+      </c>
+      <c r="L119" t="s">
+        <v>26</v>
+      </c>
+      <c r="M119" t="s">
+        <v>70</v>
+      </c>
+      <c r="N119" t="s">
+        <v>28</v>
+      </c>
+      <c r="O119" t="s">
         <v>1131</v>
-      </c>
-[...25 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>65037</v>
+        <v>65020</v>
       </c>
       <c r="B120" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F120" t="s">
         <v>1136</v>
       </c>
-      <c r="C120" t="s">
+      <c r="G120" t="s">
         <v>1137</v>
       </c>
-      <c r="D120" t="s">
+      <c r="H120" t="s">
         <v>1138</v>
       </c>
-      <c r="E120" t="s">
+      <c r="I120" t="s">
         <v>1139</v>
       </c>
-      <c r="F120" t="s">
+      <c r="J120" t="s">
+        <v>24</v>
+      </c>
+      <c r="K120" t="s">
         <v>1140</v>
       </c>
-      <c r="G120" t="s">
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
         <v>1141</v>
       </c>
-      <c r="H120" t="s">
+      <c r="N120" t="s">
+        <v>28</v>
+      </c>
+      <c r="O120" t="s">
         <v>1142</v>
-      </c>
-[...19 lines deleted...]
-        <v>1144</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>65038</v>
+        <v>65021</v>
       </c>
       <c r="B121" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D121" t="s">
         <v>1145</v>
       </c>
-      <c r="C121" t="s">
+      <c r="E121" t="s">
         <v>1146</v>
       </c>
-      <c r="D121" t="s">
+      <c r="F121" t="s">
         <v>1147</v>
       </c>
-      <c r="E121" t="s">
+      <c r="G121" t="s">
         <v>1148</v>
       </c>
-      <c r="F121" t="s">
+      <c r="H121" t="s">
         <v>1149</v>
       </c>
-      <c r="G121" t="s">
+      <c r="I121" t="s">
         <v>1150</v>
       </c>
-      <c r="H121" t="s">
+      <c r="J121" t="s">
+        <v>24</v>
+      </c>
+      <c r="K121" t="s">
+        <v>25</v>
+      </c>
+      <c r="L121" t="s">
+        <v>26</v>
+      </c>
+      <c r="M121" t="s">
+        <v>27</v>
+      </c>
+      <c r="N121" t="s">
+        <v>28</v>
+      </c>
+      <c r="O121" t="s">
         <v>1151</v>
-      </c>
-[...19 lines deleted...]
-        <v>1153</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>65039</v>
+        <v>65023</v>
       </c>
       <c r="B122" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D122" t="s">
         <v>1154</v>
       </c>
-      <c r="C122" t="s">
+      <c r="E122" t="s">
         <v>1155</v>
       </c>
-      <c r="D122" t="s">
+      <c r="F122" t="s">
         <v>1156</v>
       </c>
-      <c r="E122" t="s">
+      <c r="G122" t="s">
         <v>1157</v>
       </c>
-      <c r="F122" t="s">
+      <c r="H122" t="s">
         <v>1158</v>
       </c>
-      <c r="G122" t="s">
+      <c r="I122" t="s">
         <v>1159</v>
       </c>
-      <c r="H122" t="s">
+      <c r="J122" t="s">
+        <v>24</v>
+      </c>
+      <c r="K122" t="s">
+        <v>25</v>
+      </c>
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="M122" t="s">
+        <v>27</v>
+      </c>
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
         <v>1160</v>
-      </c>
-[...19 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>65040</v>
+        <v>65026</v>
       </c>
       <c r="B123" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D123" t="s">
         <v>1163</v>
       </c>
-      <c r="C123" t="s">
+      <c r="E123" t="s">
         <v>1164</v>
       </c>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
         <v>1165</v>
       </c>
-      <c r="E123" t="s">
+      <c r="G123" t="s">
         <v>1166</v>
       </c>
-      <c r="F123" t="s">
+      <c r="H123" t="s">
         <v>1167</v>
       </c>
-      <c r="G123" t="s">
+      <c r="I123" t="s">
         <v>1168</v>
       </c>
-      <c r="H123" t="s">
+      <c r="J123" t="s">
+        <v>24</v>
+      </c>
+      <c r="K123" t="s">
+        <v>25</v>
+      </c>
+      <c r="L123" t="s">
+        <v>26</v>
+      </c>
+      <c r="M123" t="s">
+        <v>27</v>
+      </c>
+      <c r="N123" t="s">
+        <v>28</v>
+      </c>
+      <c r="O123" t="s">
         <v>1169</v>
-      </c>
-[...19 lines deleted...]
-        <v>1171</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>65044</v>
+        <v>65030</v>
       </c>
       <c r="B124" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D124" t="s">
         <v>1172</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" t="s">
         <v>1173</v>
       </c>
-      <c r="D124" t="s">
+      <c r="F124" t="s">
         <v>1174</v>
       </c>
-      <c r="E124" t="s">
+      <c r="G124" t="s">
         <v>1175</v>
       </c>
-      <c r="F124" t="s">
+      <c r="H124" t="s">
         <v>1176</v>
       </c>
-      <c r="G124" t="s">
+      <c r="I124" t="s">
         <v>1177</v>
-      </c>
-[...4 lines deleted...]
-        <v>1179</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>65045</v>
+        <v>65031</v>
       </c>
       <c r="B125" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D125" t="s">
         <v>1181</v>
       </c>
-      <c r="C125" t="s">
+      <c r="E125" t="s">
         <v>1182</v>
       </c>
-      <c r="D125" t="s">
+      <c r="F125" t="s">
         <v>1183</v>
       </c>
-      <c r="E125" t="s">
+      <c r="G125" t="s">
         <v>1184</v>
       </c>
-      <c r="F125" t="s">
+      <c r="H125" t="s">
         <v>1185</v>
       </c>
-      <c r="G125" t="s">
+      <c r="I125" t="s">
         <v>1186</v>
       </c>
-      <c r="H125" t="s">
+      <c r="J125" t="s">
+        <v>24</v>
+      </c>
+      <c r="K125" t="s">
+        <v>25</v>
+      </c>
+      <c r="L125" t="s">
+        <v>26</v>
+      </c>
+      <c r="M125" t="s">
+        <v>27</v>
+      </c>
+      <c r="N125" t="s">
+        <v>28</v>
+      </c>
+      <c r="O125" t="s">
         <v>1187</v>
-      </c>
-[...19 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>65046</v>
+        <v>65032</v>
       </c>
       <c r="B126" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F126" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H126" t="s">
         <v>1194</v>
       </c>
-      <c r="C126" t="s">
+      <c r="I126" t="s">
         <v>1195</v>
       </c>
-      <c r="D126" t="s">
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
+        <v>69</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>70</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1196</v>
-      </c>
-[...31 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>65047</v>
+        <v>65033</v>
       </c>
       <c r="B127" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F127" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H127" t="s">
         <v>1203</v>
       </c>
-      <c r="C127" t="s">
+      <c r="I127" t="s">
         <v>1204</v>
       </c>
-      <c r="D127" t="s">
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="K127" t="s">
         <v>1205</v>
       </c>
-      <c r="E127" t="s">
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
         <v>1206</v>
       </c>
-      <c r="F127" t="s">
+      <c r="N127" t="s">
+        <v>28</v>
+      </c>
+      <c r="O127" t="s">
         <v>1207</v>
-      </c>
-[...25 lines deleted...]
-        <v>1211</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>65049</v>
+        <v>65034</v>
       </c>
       <c r="B128" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F128" t="s">
         <v>1212</v>
       </c>
-      <c r="C128" t="s">
+      <c r="G128" t="s">
         <v>1213</v>
       </c>
-      <c r="D128" t="s">
+      <c r="H128" t="s">
         <v>1214</v>
       </c>
-      <c r="E128" t="s">
+      <c r="I128" t="s">
         <v>1215</v>
       </c>
-      <c r="F128" t="s">
+      <c r="J128" t="s">
+        <v>89</v>
+      </c>
+      <c r="K128" t="s">
         <v>1216</v>
       </c>
-      <c r="G128" t="s">
+      <c r="L128" t="s">
+        <v>91</v>
+      </c>
+      <c r="M128" t="s">
         <v>1217</v>
       </c>
-      <c r="H128" t="s">
+      <c r="N128" t="s">
+        <v>28</v>
+      </c>
+      <c r="O128" t="s">
         <v>1218</v>
-      </c>
-[...19 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>65050</v>
+        <v>65035</v>
       </c>
       <c r="B129" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D129" t="s">
         <v>1221</v>
       </c>
-      <c r="C129" t="s">
+      <c r="E129" t="s">
         <v>1222</v>
       </c>
-      <c r="D129" t="s">
+      <c r="F129" t="s">
         <v>1223</v>
       </c>
-      <c r="E129" t="s">
+      <c r="G129" t="s">
         <v>1224</v>
       </c>
-      <c r="F129" t="s">
+      <c r="H129" t="s">
         <v>1225</v>
       </c>
-      <c r="G129" t="s">
+      <c r="I129" t="s">
         <v>1226</v>
-      </c>
-[...4 lines deleted...]
-        <v>1228</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>25</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>27</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>65051</v>
+        <v>65036</v>
       </c>
       <c r="B130" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D130" t="s">
         <v>1230</v>
       </c>
-      <c r="C130" t="s">
+      <c r="E130" t="s">
         <v>1231</v>
       </c>
-      <c r="D130" t="s">
+      <c r="F130" t="s">
         <v>1232</v>
       </c>
-      <c r="E130" t="s">
+      <c r="G130" t="s">
         <v>1233</v>
       </c>
-      <c r="F130" t="s">
+      <c r="H130" t="s">
         <v>1234</v>
       </c>
-      <c r="G130" t="s">
+      <c r="I130" t="s">
         <v>1235</v>
       </c>
-      <c r="H130" t="s">
+      <c r="J130" t="s">
+        <v>24</v>
+      </c>
+      <c r="K130" t="s">
+        <v>25</v>
+      </c>
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>27</v>
+      </c>
+      <c r="N130" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" t="s">
         <v>1236</v>
-      </c>
-[...19 lines deleted...]
-        <v>1238</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>65053</v>
+        <v>65037</v>
       </c>
       <c r="B131" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D131" t="s">
         <v>1239</v>
       </c>
-      <c r="C131" t="s">
+      <c r="E131" t="s">
         <v>1240</v>
       </c>
-      <c r="D131" t="s">
+      <c r="F131" t="s">
         <v>1241</v>
       </c>
-      <c r="E131" t="s">
+      <c r="G131" t="s">
         <v>1242</v>
       </c>
-      <c r="F131" t="s">
+      <c r="H131" t="s">
         <v>1243</v>
       </c>
-      <c r="G131" t="s">
+      <c r="I131" t="s">
         <v>1244</v>
       </c>
-      <c r="H131" t="s">
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>25</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>27</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1245</v>
-      </c>
-[...19 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>65054</v>
+        <v>65038</v>
       </c>
       <c r="B132" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D132" t="s">
         <v>1248</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" t="s">
         <v>1249</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>1250</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>1251</v>
       </c>
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>1252</v>
       </c>
-      <c r="G132" t="s">
+      <c r="I132" t="s">
         <v>1253</v>
       </c>
-      <c r="H132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
+        <v>69</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>70</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1254</v>
-      </c>
-[...19 lines deleted...]
-        <v>1256</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>65055</v>
+        <v>65039</v>
       </c>
       <c r="B133" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D133" t="s">
         <v>1257</v>
       </c>
-      <c r="C133" t="s">
+      <c r="E133" t="s">
         <v>1258</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>1259</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>1260</v>
       </c>
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1261</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
         <v>1262</v>
       </c>
-      <c r="H133" t="s">
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
+        <v>69</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
+        <v>70</v>
+      </c>
+      <c r="N133" t="s">
+        <v>28</v>
+      </c>
+      <c r="O133" t="s">
         <v>1263</v>
-      </c>
-[...19 lines deleted...]
-        <v>1265</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>65057</v>
+        <v>65040</v>
       </c>
       <c r="B134" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D134" t="s">
         <v>1266</v>
       </c>
-      <c r="C134" t="s">
+      <c r="E134" t="s">
         <v>1267</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134" t="s">
         <v>1268</v>
       </c>
-      <c r="E134" t="s">
+      <c r="G134" t="s">
         <v>1269</v>
       </c>
-      <c r="F134" t="s">
+      <c r="H134" t="s">
         <v>1270</v>
       </c>
-      <c r="G134" t="s">
+      <c r="I134" t="s">
         <v>1271</v>
       </c>
-      <c r="H134" t="s">
+      <c r="J134" t="s">
+        <v>24</v>
+      </c>
+      <c r="K134" t="s">
+        <v>583</v>
+      </c>
+      <c r="L134" t="s">
+        <v>26</v>
+      </c>
+      <c r="M134" t="s">
+        <v>584</v>
+      </c>
+      <c r="N134" t="s">
+        <v>28</v>
+      </c>
+      <c r="O134" t="s">
         <v>1272</v>
-      </c>
-[...19 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>65058</v>
+        <v>65044</v>
       </c>
       <c r="B135" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D135" t="s">
         <v>1275</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" t="s">
         <v>1276</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>1277</v>
       </c>
-      <c r="E135" t="s">
+      <c r="G135" t="s">
         <v>1278</v>
       </c>
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>1279</v>
       </c>
-      <c r="G135" t="s">
+      <c r="I135" t="s">
         <v>1280</v>
       </c>
-      <c r="H135" t="s">
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
+        <v>25</v>
+      </c>
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
+        <v>27</v>
+      </c>
+      <c r="N135" t="s">
+        <v>28</v>
+      </c>
+      <c r="O135" t="s">
         <v>1281</v>
-      </c>
-[...19 lines deleted...]
-        <v>1283</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>65059</v>
+        <v>65045</v>
       </c>
       <c r="B136" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D136" t="s">
         <v>1284</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" t="s">
         <v>1285</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136" t="s">
         <v>1286</v>
       </c>
-      <c r="E136" t="s">
+      <c r="G136" t="s">
         <v>1287</v>
       </c>
-      <c r="F136" t="s">
+      <c r="H136" t="s">
         <v>1288</v>
       </c>
-      <c r="G136" t="s">
+      <c r="I136" t="s">
         <v>1289</v>
       </c>
-      <c r="H136" t="s">
+      <c r="J136" t="s">
         <v>1290</v>
       </c>
-      <c r="I136" t="s">
+      <c r="K136" t="s">
         <v>1291</v>
       </c>
-      <c r="J136" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L136" t="s">
-        <v>26</v>
+        <v>1292</v>
       </c>
       <c r="M136" t="s">
-        <v>70</v>
+        <v>1293</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>65060</v>
+        <v>65046</v>
       </c>
       <c r="B137" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="C137" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="D137" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="E137" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="F137" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="G137" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="H137" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="I137" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>122</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>123</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>65062</v>
+        <v>65047</v>
       </c>
       <c r="B138" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="C138" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D138" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="E138" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="F138" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="G138" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="H138" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="I138" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>25</v>
+        <v>1291</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>27</v>
+        <v>1293</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>65068</v>
+        <v>65049</v>
       </c>
       <c r="B139" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="C139" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="D139" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="E139" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="F139" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="G139" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="H139" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="I139" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>25</v>
+        <v>272</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>27</v>
+        <v>273</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>65069</v>
+        <v>65050</v>
       </c>
       <c r="B140" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="C140" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="D140" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="E140" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="F140" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="G140" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="H140" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="I140" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>65124</v>
+        <v>65051</v>
       </c>
       <c r="B141" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="C141" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="D141" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="E141" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="F141" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="G141" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="H141" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="I141" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>66510</v>
+        <v>65053</v>
       </c>
       <c r="B142" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="C142" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D142" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="E142" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="F142" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="G142" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="H142" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="I142" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="J142" t="s">
-        <v>1346</v>
+        <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>1347</v>
+        <v>69</v>
       </c>
       <c r="L142" t="s">
+        <v>26</v>
+      </c>
+      <c r="M142" t="s">
+        <v>70</v>
+      </c>
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
         <v>1348</v>
-      </c>
-[...7 lines deleted...]
-        <v>1350</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>66511</v>
+        <v>65054</v>
       </c>
       <c r="B143" t="s">
-        <v>432</v>
+        <v>1349</v>
       </c>
       <c r="C143" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D143" t="s">
         <v>1351</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" t="s">
         <v>1352</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>1353</v>
       </c>
-      <c r="F143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G143" t="s">
-        <v>437</v>
+        <v>1354</v>
       </c>
       <c r="H143" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="I143" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="J143" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K143" t="s">
-        <v>1356</v>
+        <v>38</v>
       </c>
       <c r="L143" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M143" t="s">
+        <v>39</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
         <v>1357</v>
-      </c>
-[...4 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>66512</v>
+        <v>65055</v>
       </c>
       <c r="B144" t="s">
-        <v>841</v>
+        <v>1358</v>
       </c>
       <c r="C144" t="s">
         <v>1359</v>
       </c>
       <c r="D144" t="s">
         <v>1360</v>
       </c>
       <c r="E144" t="s">
         <v>1361</v>
       </c>
       <c r="F144" t="s">
         <v>1362</v>
       </c>
       <c r="G144" t="s">
-        <v>846</v>
+        <v>1363</v>
       </c>
       <c r="H144" t="s">
-        <v>847</v>
+        <v>1364</v>
       </c>
       <c r="I144" t="s">
-        <v>848</v>
+        <v>1365</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>1363</v>
+        <v>1216</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>1364</v>
+        <v>1217</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>66513</v>
+        <v>65057</v>
       </c>
       <c r="B145" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C145" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D145" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="E145" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="F145" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="G145" t="s">
-        <v>1141</v>
+        <v>1372</v>
       </c>
       <c r="H145" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="I145" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>1363</v>
+        <v>771</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>1364</v>
+        <v>772</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>66514</v>
+        <v>65058</v>
       </c>
       <c r="B146" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="C146" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="D146" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="E146" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="F146" t="s">
-        <v>552</v>
+        <v>1380</v>
       </c>
       <c r="G146" t="s">
-        <v>553</v>
+        <v>1381</v>
       </c>
       <c r="H146" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="I146" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="J146" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K146" t="s">
-        <v>1363</v>
+        <v>58</v>
       </c>
       <c r="L146" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M146" t="s">
-        <v>1364</v>
+        <v>59</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>66515</v>
+        <v>65059</v>
       </c>
       <c r="B147" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C147" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="D147" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="E147" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="F147" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="G147" t="s">
-        <v>365</v>
+        <v>1390</v>
       </c>
       <c r="H147" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="I147" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>1363</v>
+        <v>69</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>1364</v>
+        <v>70</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>66516</v>
+        <v>65060</v>
       </c>
       <c r="B148" t="s">
-        <v>351</v>
+        <v>1394</v>
       </c>
       <c r="C148" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="D148" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="E148" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
       <c r="F148" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="G148" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="H148" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
       <c r="I148" t="s">
-        <v>358</v>
+        <v>1401</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>66517</v>
+        <v>65062</v>
       </c>
       <c r="B149" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="C149" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="D149" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
       <c r="E149" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="F149" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="G149" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="H149" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="I149" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>1363</v>
+        <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>1364</v>
+        <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>66518</v>
+        <v>65068</v>
       </c>
       <c r="B150" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="C150" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="D150" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="E150" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="F150" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="G150" t="s">
-        <v>374</v>
+        <v>1417</v>
       </c>
       <c r="H150" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="I150" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>66519</v>
+        <v>65069</v>
       </c>
       <c r="B151" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="C151" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="D151" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="E151" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="F151" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
       <c r="G151" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="H151" t="s">
-        <v>456</v>
+        <v>1427</v>
       </c>
       <c r="I151" t="s">
-        <v>457</v>
+        <v>1428</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>1419</v>
+        <v>69</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>1420</v>
+        <v>70</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>66520</v>
+        <v>65124</v>
       </c>
       <c r="B152" t="s">
-        <v>519</v>
+        <v>1430</v>
       </c>
       <c r="C152" t="s">
-        <v>1422</v>
+        <v>1431</v>
       </c>
       <c r="D152" t="s">
-        <v>1423</v>
+        <v>1432</v>
       </c>
       <c r="E152" t="s">
-        <v>1424</v>
+        <v>1433</v>
       </c>
       <c r="F152" t="s">
-        <v>523</v>
+        <v>1434</v>
       </c>
       <c r="G152" t="s">
-        <v>524</v>
+        <v>1435</v>
       </c>
       <c r="H152" t="s">
-        <v>525</v>
+        <v>1436</v>
       </c>
       <c r="I152" t="s">
-        <v>526</v>
+        <v>1437</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>66523</v>
+        <v>66510</v>
       </c>
       <c r="B153" t="s">
-        <v>423</v>
+        <v>1439</v>
       </c>
       <c r="C153" t="s">
-        <v>1426</v>
+        <v>1440</v>
       </c>
       <c r="D153" t="s">
-        <v>1427</v>
+        <v>1441</v>
       </c>
       <c r="E153" t="s">
-        <v>1428</v>
+        <v>1442</v>
       </c>
       <c r="F153" t="s">
-        <v>427</v>
+        <v>1443</v>
       </c>
       <c r="G153" t="s">
-        <v>428</v>
+        <v>1444</v>
       </c>
       <c r="H153" t="s">
-        <v>429</v>
+        <v>1445</v>
       </c>
       <c r="I153" t="s">
-        <v>430</v>
+        <v>1446</v>
       </c>
       <c r="J153" t="s">
-        <v>24</v>
+        <v>1447</v>
       </c>
       <c r="K153" t="s">
-        <v>122</v>
+        <v>1448</v>
       </c>
       <c r="L153" t="s">
-        <v>26</v>
+        <v>1449</v>
       </c>
       <c r="M153" t="s">
-        <v>123</v>
+        <v>1450</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1429</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>66524</v>
+        <v>66511</v>
       </c>
       <c r="B154" t="s">
-        <v>1011</v>
+        <v>432</v>
       </c>
       <c r="C154" t="s">
-        <v>1430</v>
+        <v>1452</v>
       </c>
       <c r="D154" t="s">
-        <v>1431</v>
+        <v>1453</v>
       </c>
       <c r="E154" t="s">
-        <v>1432</v>
+        <v>1454</v>
       </c>
       <c r="F154" t="s">
-        <v>1433</v>
+        <v>436</v>
       </c>
       <c r="G154" t="s">
-        <v>1016</v>
+        <v>437</v>
       </c>
       <c r="H154" t="s">
-        <v>1017</v>
+        <v>1455</v>
       </c>
       <c r="I154" t="s">
-        <v>1018</v>
+        <v>1456</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>69</v>
+        <v>1457</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>70</v>
+        <v>1458</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1434</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>66535</v>
+        <v>66512</v>
       </c>
       <c r="B155" t="s">
-        <v>1435</v>
+        <v>942</v>
       </c>
       <c r="C155" t="s">
-        <v>1436</v>
+        <v>1460</v>
       </c>
       <c r="D155" t="s">
-        <v>1437</v>
+        <v>1461</v>
       </c>
       <c r="E155" t="s">
-        <v>1438</v>
+        <v>1462</v>
       </c>
       <c r="F155" t="s">
-        <v>1439</v>
+        <v>1463</v>
       </c>
       <c r="G155" t="s">
-        <v>1440</v>
+        <v>947</v>
       </c>
       <c r="H155" t="s">
-        <v>1441</v>
+        <v>948</v>
       </c>
       <c r="I155" t="s">
-        <v>1442</v>
+        <v>949</v>
       </c>
       <c r="J155" t="s">
-        <v>1443</v>
+        <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1444</v>
+        <v>1464</v>
       </c>
       <c r="L155" t="s">
-        <v>1445</v>
+        <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>1446</v>
+        <v>1465</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1447</v>
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="156" spans="1:15">
+      <c r="A156">
+        <v>66513</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D156" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F156" t="s">
+        <v>1471</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1472</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1473</v>
+      </c>
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1464</v>
+      </c>
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1465</v>
+      </c>
+      <c r="N156" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="157" spans="1:15">
+      <c r="A157">
+        <v>66514</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D157" t="s">
+        <v>1477</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F157" t="s">
+        <v>552</v>
+      </c>
+      <c r="G157" t="s">
+        <v>553</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1479</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1480</v>
+      </c>
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
+        <v>1464</v>
+      </c>
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1465</v>
+      </c>
+      <c r="N157" t="s">
+        <v>28</v>
+      </c>
+      <c r="O157" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="158" spans="1:15">
+      <c r="A158">
+        <v>66515</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D158" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F158" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G158" t="s">
+        <v>365</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1488</v>
+      </c>
+      <c r="J158" t="s">
+        <v>24</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1464</v>
+      </c>
+      <c r="L158" t="s">
+        <v>26</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1465</v>
+      </c>
+      <c r="N158" t="s">
+        <v>28</v>
+      </c>
+      <c r="O158" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="159" spans="1:15">
+      <c r="A159">
+        <v>66516</v>
+      </c>
+      <c r="B159" t="s">
+        <v>351</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F159" t="s">
+        <v>1493</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1494</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1495</v>
+      </c>
+      <c r="I159" t="s">
+        <v>358</v>
+      </c>
+      <c r="J159" t="s">
+        <v>24</v>
+      </c>
+      <c r="K159" t="s">
+        <v>69</v>
+      </c>
+      <c r="L159" t="s">
+        <v>26</v>
+      </c>
+      <c r="M159" t="s">
+        <v>70</v>
+      </c>
+      <c r="N159" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="160" spans="1:15">
+      <c r="A160">
+        <v>66517</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F160" t="s">
+        <v>1501</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1503</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1504</v>
+      </c>
+      <c r="J160" t="s">
+        <v>24</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1464</v>
+      </c>
+      <c r="L160" t="s">
+        <v>26</v>
+      </c>
+      <c r="M160" t="s">
+        <v>1465</v>
+      </c>
+      <c r="N160" t="s">
+        <v>28</v>
+      </c>
+      <c r="O160" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="161" spans="1:15">
+      <c r="A161">
+        <v>66518</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D161" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F161" t="s">
+        <v>1510</v>
+      </c>
+      <c r="G161" t="s">
+        <v>374</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1511</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1512</v>
+      </c>
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
+        <v>69</v>
+      </c>
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
+        <v>70</v>
+      </c>
+      <c r="N161" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="162" spans="1:15">
+      <c r="A162">
+        <v>66519</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F162" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H162" t="s">
+        <v>456</v>
+      </c>
+      <c r="I162" t="s">
+        <v>457</v>
+      </c>
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
+        <v>1520</v>
+      </c>
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
+        <v>1521</v>
+      </c>
+      <c r="N162" t="s">
+        <v>28</v>
+      </c>
+      <c r="O162" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="163" spans="1:15">
+      <c r="A163">
+        <v>66520</v>
+      </c>
+      <c r="B163" t="s">
+        <v>519</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1524</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1525</v>
+      </c>
+      <c r="F163" t="s">
+        <v>523</v>
+      </c>
+      <c r="G163" t="s">
+        <v>524</v>
+      </c>
+      <c r="H163" t="s">
+        <v>525</v>
+      </c>
+      <c r="I163" t="s">
+        <v>526</v>
+      </c>
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>25</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
+        <v>27</v>
+      </c>
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="164" spans="1:15">
+      <c r="A164">
+        <v>66521</v>
+      </c>
+      <c r="B164" t="s">
+        <v>378</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F164" t="s">
+        <v>1530</v>
+      </c>
+      <c r="G164" t="s">
+        <v>383</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1531</v>
+      </c>
+      <c r="I164" t="s">
+        <v>385</v>
+      </c>
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="K164" t="s">
+        <v>69</v>
+      </c>
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
+        <v>70</v>
+      </c>
+      <c r="N164" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="165" spans="1:15">
+      <c r="A165">
+        <v>66522</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F165" t="s">
+        <v>1537</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1539</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1540</v>
+      </c>
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="K165" t="s">
+        <v>1541</v>
+      </c>
+      <c r="L165" t="s">
+        <v>26</v>
+      </c>
+      <c r="M165" t="s">
+        <v>1542</v>
+      </c>
+      <c r="N165" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="166" spans="1:15">
+      <c r="A166">
+        <v>66523</v>
+      </c>
+      <c r="B166" t="s">
+        <v>423</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1546</v>
+      </c>
+      <c r="F166" t="s">
+        <v>427</v>
+      </c>
+      <c r="G166" t="s">
+        <v>428</v>
+      </c>
+      <c r="H166" t="s">
+        <v>429</v>
+      </c>
+      <c r="I166" t="s">
+        <v>430</v>
+      </c>
+      <c r="J166" t="s">
+        <v>24</v>
+      </c>
+      <c r="K166" t="s">
+        <v>122</v>
+      </c>
+      <c r="L166" t="s">
+        <v>26</v>
+      </c>
+      <c r="M166" t="s">
+        <v>123</v>
+      </c>
+      <c r="N166" t="s">
+        <v>28</v>
+      </c>
+      <c r="O166" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="167" spans="1:15">
+      <c r="A167">
+        <v>66524</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1549</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1550</v>
+      </c>
+      <c r="F167" t="s">
+        <v>1551</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1119</v>
+      </c>
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
+        <v>69</v>
+      </c>
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>70</v>
+      </c>
+      <c r="N167" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" t="s">
+        <v>1552</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">