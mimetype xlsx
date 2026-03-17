--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1553">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1718">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Kirundi
 # Source: https://hadeethenc.com/rn
-# Last update: 2026-02-12 07:19:05 (v1.5.0)
-# Check for updates: https://hadeethenc.com/en/check/rn/v1.5.0
+# Last update: 2026-03-02 21:01:33 (v1.6.0)
+# Check for updates: https://hadeethenc.com/en/check/rn/v1.6.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -406,51 +406,51 @@
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/3359</t>
   </si>
   <si>
     <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Wewe mu vy'ukuri, uzoja guhura n'abantu bahawe Igitabu, nimwahura rero na bo, urabanza ubararikire ukwemera bemange ku mutima bature ku rurimi, ko ata mana y'ukuri ibwirijwe gusengwa atari Imana Allah, n'uko Muhamadi ari Intumwa y'Imana Allah</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Mwene Abasi (Imana Allah Ibishimire bompi we hamwe na se Mwene Abdu l-Muttwalibu) yavuze ati: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah),  yabwiye Mu'aadhi mwene Jabali, igihe imurungika muri Yemeni iti: " Wewe mu vy'ukuri, uzoja guhura n'abantu bahawe Igitabu, nimwahura rero na bo, urabanza ubararikire ukwemera bemange ku mutima bature ku rurimi, ko ata mana y'ukuri ibwirijwe gusengwa atari Imana Allah, n'uko Muhamadi ari Intumwa y'Imana Allah. Nibakwumvira kuri ivyo bakemera, uraheza ubabwire ko Imana Allah Yabategetse gusenga amasengesho atanu ku musi (ijoro n'umurango). Nibakwumvira kuri ivyo bagasenga gatanu ku musi, uraheza ubabwire ko Imana Allah Yabategetse gutanga ishikanwa-bwirizwa, ritangwa n'abakire muri bo rigahabwa abakene muri bo. Nibakwumvira bagatanga nya shikanwa-bwirizwa, uraheza wirinde(woye)  kuvogera amatungo yabo y'agaciro, utinye no guhitanwa n'igisabisho c'uwurenganijwe; kuko ata kikibuza kwakirwa n'Imana Allah".</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
-    <t>Igihe Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), yarungika Mu'aadhi mwene Jabali (Imana Allah Imwishimire) mu gihugu ca Yemeni kugira ararikire abantu ukwemera Imana Allah yongere yigishe ubwislamu, yaramutomoreye ko niyagerayo azohura n'abanaswara, kuba kwari ukugira yitegurire ingene azobigisha ubwislamu abararikira kubwemera, maze aheze atangurire ku gihambaye cane gusumba ibindi; maze abanze atangurire ku gutunganya ukwemera mu kubararikira kwemanga ku mutima n'ukwatura ku rurimi, ko ata mana y'ukuri ibwirijwe gusengwa atari Imana Allah, n'uko Muhamadi ari Intumwa y'Imana; kuko ukwo kwemanga ari kwo gutuma binjira mu bwislamu. Bamaze kumwumvira kuri ico, ace ababwiriza gutsimbataza isengesho  kuko ari ryo bwirizwa rihambaye riza mu nyuma y'ukwemera Imana Imwe Rudende Allah; bamaze kumwumvira gusenga, ace abwiriza abakire muri bo ko batanga ishikanwa-bwirizwa riheza rigahabwa abakene muri bo, ni ho rero yaca imwihaniza ko atohirahira ngo avogere amatungo yabo y'agaciro kuko igisabwa mu gutanga ari ugutanga ku matungo agereranye. Mu nyuma, ni ho yaca imuhanura ko yokwirinda akarenganyo,  kugira uwurenganijwe ntazohave amusabira nabi ku Mana Allah, maze nya gisabisho kikemerwa, kikamuhitana.</t>
+    <t>Igihe Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), yarungika Mu'aadhi mwene Jabali (Imana Allah Imwishimire) mu gihugu ca Yemeni kugira ararikire abantu ukwemera Imana Allah yongere yigishe ubwislamu, yaramutomoreye ko niyagerayo azohura n'abanaswara, kuba kwari ukugira yitegurire ingene azobigisha ubwislamu abararikira kubwemera, maze aheze atangurire ku gihambaye cane gusumba ibindi; maze abanze atangurire ku gutunganya ukwemera mu kubararikira kwemanga ku mutima n'ukwatura ku rurimi, ko ata mana y'ukuri ibwirijwe gusengwa atari Imana Allah, n'uko Muhamadi ari Intumwa y'Imana; kuko ukwo kwemanga ari kwo gutuma binjira mu bwislamu. Bamaze kumwumvira kuri ico, ace ababwiriza gutsimbataza isengesho  kuko ari ryo bwirizwa rihambaye riza mu nyuma y'ukwemera Imana Imwe Rudende Allah; bamaze kumwumvira mu gutsimbataza isengesho, ace abwiriza abakire muri bo ko batanga ishikanwa-bwirizwa riheza rigahabwa abakene muri bo; ni ho rero yaca imwihaniza ko atohirahira ngo avogere amatungo yabo y'agaciro kuko igisabwa mu gutanga ari ugutanga ku matungo agereranye. Mu nyuma, ni ho yaca imuhanura ko yokwirinda akarenganyo,  kugira uwurenganijwe ntazohave amusabira nabi ku Mana Allah, maze nya gisabisho kikemerwa, kikamuhitana.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Insiguro y'iyemanga ko ata mana y'ukuri ibwirijwe gusengwa atari Imana Allah "LAA ILAAHA ILLA LLAAH", ni ugutumbera Imana Imwe Rudende Allah mw'irangura ry'ibikorwa nyegerezamana, hamwe n'ukudatumbera ikitari Yo mw'itunganywa ryavyo.
 Insiguro y'iyemanga ko Muhamadi ari Intumwa y'Imana "WA-ANNA MUHAMMADAN RASUULU LLAAH", ni ukwemera ko Muhamadi ari Intumwa y'Imana Allah, ukemera ivyo yarungikanywe, hamwe rero n'ukwemera ko ari yo Ntumwa ya nyuma yarungitswe n'Imana Allah ku biremwa.
 Uburyo bw'ukuyaga n'umumenyi canke uwufise amakenga mu kwemera, si co kimwe n'uburyo bukoreshwa mu kuyaga n'wutagira ubumenyi; akaba ari na co gituma Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), yibukije Mu'aadhi ikamubwira iti: "Wewe mu vy'ukuri, uzoja guhura n'abantu bahawe Igitabu".
 Akamaro ko kuba umwislamu atahura idini ryiwe, kugira ashobore kwishura ku makenga y'abakekeranya ku bwislamu, ivyo na vyo bikaba vyoshoboka gusa biciye mu kurondera ubumenyi.
 Kuba idini ry'abayahudi n'iry'abanaswara ritacemewe mu nyuma y'irungikwa ry'Intumwa Muhamadi (nyakugira amahoro n'impuhwe z'Imana Allah), n'uko batari mu bazorokoka umuriro udahera mu gihe batokwinjira mw'idini ry'ubwislamu, no mu gihe batokwemera Umuvugishwamana Muhamadi (nyakugira amahoro n'impuhwe z'Imana Allah).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/3390</t>
   </si>
   <si>
     <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Ntimukarenze urugero mu kumpayagiza nka kurya abanaswara barengeje urugero mu guhayagiza Mwene Mariyamu. Ni ukuri, jewe ndi Umuja w'Imana Allah. Nimwashaka rero kunshimagiza, muraheza muvuge muti: "Umuja w'Imana Allah akaba n'Intumwa yayo</t>
   </si>
   <si>
@@ -920,51 +920,51 @@
   <si>
     <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>Aho hambere harigeze kuba umuntu ahereza abantu ingurane, maze hagera kubishuza akabwira umukozi wiwe arungitse ati: "Niwahura n'uwudufitiye umwenda adashoboye kuwishura, uramurengana umwihoze, kumbure hari n'aho na twe Imana Allah Yoturengana mu kutaduhanira ivyaha vyacu</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire), yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'imana Allah) yavuze iti: "Aho hambere harigeze kuba umuntu ahereza abantu ingurane, maze hagera kubishuza akabwira umukozi wiwe arungitse ati: "Niwahura n'uwudufitiye umwenda adashoboye kuwishura, uramurengana umwihoze, kumbure hari n'aho na twe Imana Allah Yoturengana mu kutaduhanira ivyaha vyacu, nya muntu amaze gupfa agahura n'Imana Allah, Yaramurenganye maze Iramubabarira ivyaha vyiwe".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  ariganira abantu inkuru y'umuntu yahora ahereza abantu ingurane canke akabahereza ibidandazwa bazoriha mu nyuma, maze hagera kwishuza, nya muntu akabwira umukozi wiwe arungitse kwishuza abantu bamufitiye umwenda ati: "Niwahura n'uwudufitiye umwenda, maze ugasanga ntashoboye kwishura, uraca umureka wirenganire ata kumuhatira kwishura, canke umwakirire ayo ashoboye kwishura n'aho yoba atangana n'umwenda adufitiye. Ivyo vyose rero, nya muntu akaba yabigira mu ntumbero yo kurondera kubabarirwa n'Imana Allah ivyaha vyiwe. Igihe co guhwera kigeze, Imana Allah Yaramubabariye maze Irirengagiza ivyaha n'ibicumuro vyiwe.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
-    <t>Kurangwa n'ubugwaneza mu bikorwa vya misi yose bihuza abantu, hamwe n'ukwumvira impuhwe uwugize ingorane muri bo, ni bimwe mu bituma umuntu azorokoka umuriro ku musi w'izuka.
+    <t>Kurangwa n'ubugwaneza mu mirimo ya misi yose ihuza abantu (mu kibano), hamwe n'ukwumvira impuhwe uwugize ingorane muri bo, ni bimwe mu bituma umuntu azorokoka umuriro ku musi w'izuka.
 Kurangwa n'ubugwaneza ku biremwa n'ukuzirikana indishi ku Mana Allah, no kwizera impuhwe z'Imana Allah, ni bimwe mu bituma umuntu ababarirwa ivyaha vyiwe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/3753</t>
   </si>
   <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Uwunga ubuvandimwe mu kugira ico atanze, si uwusubiriza uwundi mu ndumane; ariko uwunga ubuvandimwe koko mu kugira ico atanze, ni urya iyo hagize uwuca ubuvandimwe bwiwe, aheza akabwunga (mu guha uwamwimye no mu kubabarira uwamugiriye nabi)</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abdullaahi mwene Amri (Imana Allah Ibishimire bompi we hamwe na se), yavuze ko  Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), yavuze ati: "Uwunga ubuvandimwe mu kugira ico atanze, si uwusubiriza uwundi mu ndumane; ariko uwunga ubuvandimwe koko mu kugira ico atanze, ni urya iyo hagize uwuca ubuvandimwe bwiwe, aheza akabwunga (mu guha uwamwimye no mu kubabarira uwamugiriye nabi)".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), arigana mu kwerekana ko umuntu arangwa n'ubuntu nya buntu mu kwunga ubuvandimwe no mu kugirira ubugwaneza incuti za hafi mu muryango, atari urya asubiriza uwundi mu ndumane mu kwishura ineza iyindi, ahubwo ko uwunga koko ubuvandimwe arangwa n'ubuntu nya buntu mu kugira ico atanze mu kubwunga, ari urya iyo hagize uwuca ubuvandimwe bwiwe akamugirira inabi, yitwararika kubwunga mu bugwaneza.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
@@ -1111,50 +1111,99 @@
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Mwene Omari (Imana Allah Ibishimire bompi) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Nategetswe ko ndwanya abantu gushika bemeye bakemanga ko ata mana ibwirijwe gusengwa vy'ukuri atari Imana Imwe Rudende Allah, n'uko Muhamadi ari Intumwa y'Imana Allah, baheze rero batsimbataze isengesho, banatange n'ishikanwa-bwirizwa". Nibaramuka bakoze ivyo rero, bazoba bakingiye ubuzima bwabo hamwe n'amatungo yabo; kiretse gusa ku gateka k'ubwislamu bategerezwa kwubahiriza, ahasigaye iharurwa ryabo ku vyo bakoze rikazoba ku Mana Allah".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aravuga mu vy'ukuri ko Imana Allah Yamutegetse kurwanya ababangikanyamana gushika bemere bemange ko ata mana ikwiye gusengwa vy'ukuri atari Imana Imwe Rudende Allah Yonyene ata na kimwe kibangikanijwe na Yo mu gusengwa, baheze bemere bemanga n'uko Muhamadi (nyakugira amahoro n'impuhwe z'Imana Allah)  yarungikanywe ubutumwa buvuye kwa Allah, baheze bashire mu ngiro ibisabwa n'ukwo kwemera, mu gutsimbataza amasengesho atanu ku musi (ijoro n'umurango), banatange ishikanwa-bwirizwa mu kurihereza abarigenewe. Mu gihe rero boramuka bagize ivyo, ubwislamu buzotuma amaraso yabo akingirwa ntaseseke;  amatungo yabo na yo akingirwe ntavogerwe, ku buryo ata wurekuriwe kwicwa kiretse mu gihe akoze icaha gihanishwa ukwicwa hisunzwe amategeko y'ubwislamu, hanyuma ku musi w'izuka, Imana Allah Nyenuguhabwicubahiro nta ngere Izoheza Ibatunganirize iharurirwa ryabo ku vyo Isanzwe Izi neza mu vyo bakoze mw'ibanga.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Ishirwa mu ngiro ry'amategeko ryisunga ibigaragara, Imana Allah na Yo Ikazotunganiriza ibiremwa Ifatiye ku vyo bakoze  mw'ibanga.
 Akamaro ko kurarikira abantu ko bemera Imana Imwe Rudende Allah, n'uko ari co kintu umuntu yoherako mw'irarikiramana.
 Iyi nyigisho y'intumwa, ntifise insiguro yo guhatira ababangikanyamana ku kwinjira mu bwislamu, ahubwo nyabuna ifise insiguro yuko bahitishwamwo hagati y'ukwinjira mu bwislamu n'ugutanga ikori; baramutse banse kubwinjira, maze bagahitamwo kurwanya irarikiramana, ni muri ico gihe baca barwanywa hubahirijwe amategeko y'ubwislamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>Mu vy'ukuri, Imana Allah yaramaze kwirengagiza uguhana abantu narungitsweko ku vyo bakoze mu kwihenda no mu kwibagira, hamwe rero n'ivyo bahatiwe gukora bitavuye ku mutima</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Mwene Abasi (Imana Allah Ibishimire bompi) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri, Imana Allah yaramaze kwirengagiza uguhana abantu narungitsweko ku vyo bakoze mu kwihenda no mu kwibagira, hamwe rero n'ivyo bahatiwe gukora bitavuye ku mutima".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ko mu vy'ukuri, Imana Allah Yamaze kubabarira abantu yarungitsweko ku bintu bakoze mu buryo butatu: Ubwa mbere: ugukosa mu kwihenda, na kwo kukaba ari kuri birya bintu abantu bakora atari ku bigirankana; nko mu gihe umwislamu yoshaka gukora ikintu, agasanga nya kintu ntikibaye nk'uko yagishaka. Ubwa kabiri: ukwibagira, na kwo kukaba ari kurya kuntu umwislamu ashobora kuba yibuka ikintu, ariko akacibagira hageze kugikora, uyo nta caha kiri muri ukwo kwibagira. Ubwa gatatu: uguhatirwa gukora ikintu. Ni ukuri, hari igihe umuntu ahatirwa gukora ikintu adashaka, kandi ku bwiwe akaba ata n'ubushobozi afise bwo kwanka guhatirwa kugikora, muri ico gihe rero, nta caha yandikirwa, eka nta n'akabi kuri we. Hamwe n'ivyo rero, dukwiye kwihweza tukabona ko iyi nyigisho y'intumwa yigisha ku vyerekeye ibikorwa bibujijwe biri hagati y'umuntu n'Imana yiwe Rurema Allah;  nayo kureka gukora ico umuntu yari yibagiye, ntikibabarirwa namba, ahubwo ategerezwa kugikora igihe yibukiye; nayo mu gihe ukwo kwibagira kwoba imvo ituma haba icaha kuri kiremwa-muntu, ico caha cakorewe umuntu, nticirengagizwa; ni nk'uko nyene mu gihe yokwica umuntu ku kwihenda, ategerezwa kuriha inshumbusho "fid-ya", canke mu gihe yogira ikosa ku kwihenda akonona umuduga, ategerezwa kuriha ivyo yononye.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Ubwinshi bw'impuhwe n'ikigongwe vy'Imana Allah Nyenintsinzi na Nyenicubahiro ku baja bayo, ku buryo Yabakuyeko ivyaha ku vyo bakoze muri ubu buryo butatu.
+Impano z'Imana Allah ku Muvugishwamana wayo Muhamadi (nyakugira amahoro n'impuhwe z'Imana Allah) no ku bantu biwe yarungitsweko.
+Ukudahanwa ku caha umuntu yakoze, ntibikuraho ingingo yaco canke inshumbusho ku vyokwononekara bitewe n'ikorwa rya nya caha; nk'umuntu kwibagira gutawaza agasenga yibaza ko yihumanuye, nta caha yandikwako; ariko yibutse asabwa gutawaza maze isengesho rigasubirwamwo.
+Ni ngombwa mu guhana icaha umuntu yahatiwe gukora, ko habanza kwemezwa ko ibisabwa bikwiye; nko kuba uwamuhatiye gukora nya caha, ashoboye gushira mu ngiro ivyo yitwaje mu kumutera ubwoba no kumuhatira gukora nya caha.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4216</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Ba mureka kumbazagiza igihe cose nzoba ata co nshimye kuba nobabwira; ni ukuri icatumye abo hambere yanyu bahanwa bagahona, kwari ukubazagiza n'ukudahuza mu guhazana ku vyo Abigishwa n'Abavugishwamana barungikiwe</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Ba mureka kumbazagiza igihe cose nzoba ata co nshimye kuba nobabwira; ni ukuri icatumye abo hambere yanyu bahanwa bagahona, kwari ukubazagiza n'ukudahuza mu guhazana ku vyo Abigishwa n'Abavugishwamana barungikiwe; iyo rero hagize ikintu ndababujije gukora, ba muca mwirinda kugikora; n'iyo hagize ikintu ndabategetse gukora, ba mugikora mwisunze ivyo mushoboye (Uko bibashobokeye kwose)".</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ko amabwirizwa y'ubwislamu ari mu mice itatu: amabwirizwa ata co yavuzweko, ibibujijwe gukora hamwe rero n'ibitegetswe gukora.
 Umuce wa mbere: ni amabwirizwa ata co yavuzweko, ku buryo ata ngingo iyerekeye ihari; ayo akisunga kuba muri kamere k'ibintu ari uko ata bwirizwa ribibuza. igihe c'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), vyari ngombwa ukutabaza ku kintu kitaraba ku kwanka ko hohava hahishurwa ingingo itegeka canke ibuza ko gikorwa, kuko Imana Allah Yakiretse ukwo ata co Ikivuzeko ku kugirira impuhwe ibiremwa. Nayo inyuma y'urupfu rw'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) bikaba birekuwe kubaza, ahubwo mbere ni ngombwa kubaza mu ntumbero yo kumenya ico umuntu yokora ku vyamushikiye canke mu ntumbero yo kwigisha abantu ivyo bakeneye mw'idini. Mu gihe bibaye naho ku mvo zo kubaza ngo bikunde wiyemere canke kwimba mu mizi uwubazwa, ivyo ni vyo bibuzwa muri iyi nyigisho. N’ibi ni kubera ko bishobora gushika umuntu agashikirwa n’ivyashikiye Abanyasirayeri igihe bategekwa kubaga inka; iyo bishika bakabaga iyo ari yo yose batarinze kubazagiza ntibari gushikirwa n’ikigeragezo. Bagumye bashimika mu kubaza na bo baguma bahabwa inyishu z’amananiza.
 Umuce wa kabiri: ni ibibujijwe gukora, na vyo bikaba ari birya bintu uwuretse kubikora abihemberwa; uwubikoze na we akabihanirwa. Ivyo rero, ni ngombwa kuvyirinda vyose.
@@ -1287,50 +1336,87 @@
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aratwiganira ko iyo abislamu babiri bakuye imipanga cane inkota mu rwubati ngo babikoreshe mu kurwana, maze umwe wese muri bo akarazwa ishinga n'ukwikiza mugenziwe ngo amwice; uwishe uwundi azoja mu muriro ku caha kigaragara co kwica mugenziwe. Aha ingendanyi zaragize impungenge ku wishwe, zishaka kumenya igituma yohanwa akaja mu muriro, zica zibaza ziti: bishoboka gute ko yoja mu muriro kandi ari we yishwe?, Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaciye azimara impungenge ku gituma uwishwe ahanwa mu muriro, ko na we nyene yari yararajwe ishinga n'ukwica mugenziwe, akaba yabujijwe kumwica n'uko yamwitanze akamwica.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Umuntu guhabwa igihano ku mvo z'ukuzirikana no kugira ishaka mu mutima wiwe ryo gukora icaha hamwe no gutegura ibituma yokora nya caha.
 Ukwihaniza cane gukora ivyotera indwano mu bislamu bamwe ku bandi, hamwe no kugenerwa igihano c'umuriro.
 Ukurwana hagati y'abislamu ku mvo z'ukuri zumvikana, ntikiri mu bituma bagenerwa igihano. Akarorero, ni nko kurwanya abagenzwa n'akarenganyo n'ubwononyi kw'isi.
 Uwukoze icaha rutura, ntafatwa nk'umugarariji kuko gusa akoze nya caha; kuko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) muri iyi nyigisho y'intumwa, yise abislamu abahanganye babiri ku rugamba.
 Iyo abislamu babiri bahanganye bitwaje ibirwanisho bagakoresha ico ari co cose cica, maze umwe muri bo akicisha nya kirwanisho mugenziwe, uwishe n'uwishwe bompi, bazoja mu muriro. Ivugwa ry'ikirwanisho c'umupanga (canke inkota) muri iyi nyigisho y'intumwa, ryakoreshejwe mu gutanga akarorero gusa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4304</t>
   </si>
   <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>Irengagize ivy'isi mu kutabihurumbira, Imana Allah Izogukunda; uheze wirengagize n'ibiri mu minwe y'abantu mu kutabihahamukira, abantu na bo bazoheza bagukunde</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Al'Abasi Sahli mwene Sa'di Al-Saa'idiy (Imana Allah Imwishimire) yavuze ko higeze kuza umugabo umwe ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aca amubwira ati: "Ewe Ntumwa y'Imana! Nyereka ikintu mu gihe nogikora, Imana Allah Yoca Inkunda hanyuma n'abantu bakankunda".  Aca yishura ati: "Irengagize ivy'isi mu kutabihurumbira, Imana Allah Izogukunda; uheze wirengagize n'ibiri mu minwe y'abantu mu kutabihahamukira, abantu na bo bazoheza bagukunde".</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Hari umugabo yigeze kubaza Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ko yomwereka ikintu mu gihe yogikora, Imana Allah yoca Imukunda, maze n'abantu bagaheza bakamukunda, (nyakugira amahoro n'impuhwe z'Imana Allah) aca amwishura ati: Imana Allah Izogukunda igihe wirengagije ivy'isi mu kutarondera ivy'umusesekara, ibintu ata co bizokumarira mu buzima bw'inyuma yo gupfa, hamwe rero no kureka birya vyose vyokubangamira mw'idini ryawe, n'abantu nyene bazogukunda igihe wirengagije ibiri mu minwe yabo mu vy'isi; kuko muri kamere kabo badakunda uwuhahamukira ivyo bafise, ku buryo uwubibateyeko baca bamwanka urunuka, uwubibarekeye na we baraheza bakamukunda.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Ivyiza vyo kwirengagiza ivy'isi, bisigura ko umuntu areka guhurumbira ibintu ata co bizomumarira mu buzima bw'inyuma yo gupfa.
+Ukwirengagiza ivy'isi "zuhdi", ni inyifato yo ku rugero rwo hejuru cane mu kurangwa n'urupfasoni rwo kudahahamukira ivy'isi "wara'u"; kuko ijambo "wara'u" risigura umuntu kureka birya vyose vyohava bimubangamira; mu gihe ijambo "zuhdi" risigura umuntu kureka guhurumbira ibintu ata co bizomumarira mu buzima bw'inyuma yo gupfa.
+Al-Sindiy yavuze ati: "Mu vy'ukuri, ivy'isi birakundwa cane n'abantu, umuntu rero abibateyeko aca acika umwansi wabo ku rugero rungana n'urwo yabateyeko muri vyo. Nayo uwubibarekeye,  acika umukunzi wabo ku rugero rungana n'urwo yabarekeye mu vy'isi".</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4307</t>
+  </si>
+  <si>
     <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>Iciza, ni umuntu kurangwa n'imigenzo myiza; igicumora na co, ni kirya giteye amadidane mu gikiriza cawe, ukanka n'uko abantu bomenya ko wagikoze</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Al-Nawwaasi mwene Sim'aani Al-Answaariy (Imana Allah Imwishimire) yavuze ati: "Narigeze kubaza Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ku bijanye n'iciza n'igicumuro, ivyo ari vyo, ica yishura iti: "Iciza, ni umuntu kurangwa n'imigenzo myiza; igicumora na co, ni kirya giteye amadidane mu gikiriza cawe, ukanka n'uko abantu bomenya ko wagikoze".</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yarabajijwe ku vyerekeye iciza n'ikibi, ivyo ari vyo, aca avuga yishura ati:
 Igihambaye mu biranga iciza, ni umuntu kurangwa n'imigenzo myiza ku Mana Allah, ibonekera mw'igamburukiramana, hamwe no kurangwa n'imigenzo myiza ku bantu, ibonekera mu kwihanganira ibangamira ryabo, gushavura gake kabaho, gushwashwanuka mu maso, kuyaga amajambo meza, kwunga ubuvandimwe, kwumvira Imana Allah, kugira impuhwe n'ubugwaneza, kubana neza n'abandi.
 Nayo igicumuro, ni kirya wumva gihehera mu mushaha mu bintu bitera amazinda, maze kikaguma kikuryohereza kugikora ariko umutima ukakwankira, ukagumana amakenga n'ubwoba butewe n'ukwiyumvamwo ko kugikora ari igicumuro, ukanka n'ukukigaragariza abantu kuko giteye isoni ku bantu bisoneye, b'intungane, ivyo bigaterwa n'uko muri kamere k'umuntu, akunda kugaragariza abantu ivyiza akora, bishitse rero ko yanka ko bimwe mu vyo akora bigaragara, abantu bakabimenya, iyo rero umuntu yanse ko bimwe mu vyo akora bigaragara ku bantu bakabimenya, ico kiba ari igicumuro, nta ciza namba kiba kirimwo.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
@@ -1375,50 +1461,87 @@
 Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) rero, yaciye abazwa ati: Ugahanurana kuvugwa ng'aha, kwerekeye ba nde? Gukorwa gute? Araheza yishura ko:
 Ubwa mbere: Ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah Nyenukuninahazwa na Nyenuguhabwicubahiro nta ngere, bigirwa mu gutumbereza igikorwa kuri Yo no mu kwemera Imana Imwe Rudende Allah ata kuyibangikanya mu bubungabunzi bw'ibiremwa "TAWHIIDU L-RUBUUBIYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya mu gusengwa "TAWHIIDU L-ULUUHIYYA"; mu kwemera Imana Imwe Rudende Allah ata kuyibangikanya mu mazina n'amatazirano yayo "TAWHIIDU L-AL-ASMAA-I WAL-SWIFAAT", ukwubaha n'ukwubahiriza amabwirizwa yayo, hamwe rero n'ukurarikira abantu kuyemera.
 Ubwa kabiri: Ukwemera n'ukwemanga ibiri mu Gitabu cayo, na co kikaba ari Qor'ani nyeranda, maze tukemanga ko ari amajambo yayo, n'uko ari Igitabu cayo casozereye ibindi Bitabu vyayo, n'uko cabisubiriye mu mabwirizwa yavyo, tukanacubaha tukacubahiriza, maze tukagisoma ukuri kw'ukugisoma, tugashira mu ngiro ingingo zayo zitunganye zitavuguruzwa (al-muhkam), tukemera n'ingingo zayo zididanye (al-mutashaabih), tukanagikingira gusigurwa nabi n'abarajwe ishinga n'uguhengamika ingingo zayo, tukanyurwa n'inyigisho z'ibirimwo, tugasasagaza n'ubumenyi bwayo, tukanararikira abantu kugikurikira.
 Ubwa gatatu: Ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo (nyakugira amahoro n'impuhwe z'Imana Allah), tugaheza tukemanga ko ari yo Ntumwa ya nyuma yahetuye izindi, tukayemera mu vyo yashikirije, tukanagendera amabwirizwa yayo, tukirinda gukora ivyo yabujije, gutyo ntitwiyegereze ku Mana Allah kiretse mu kwisunga ivyo yigishije, tukubaha tukubahiriza n'agateka kayo, tukanasasagaza ubutumwa yazanye n'amabwirizwa y'idini yashikirije, tukanamirira kure ivyomekerwa kuri yo.
 Ubwa kane: Ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, mu kwifadikanya na zo mu kugendera ukuri, mu kutazirwanya ku ngingo zifashe mu gihe zidaciye kubiri n'idini, kuzumvira n'ukuzigamburukira mu bikorwa ngamburukiramana.
 Ubwa gatanu: Ukwibutsa abislamu muri rusangi, ko bubaha bakanagendera amabwirizwa y'Imana Allah, mu kubagirira ibikorwa vy'ubugwaneza no kubararikira gukora ivyiza, kubakingira kirya cose coza kibabangamira, kubipfuriza ineza, hamwe rero n'ugufadikanya na bo mu bikorwa vyiza n'ibikorwa vy'igamburukiramana.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Ibwirizwa ryo guhanurana, ryega abislamu bose.
 Akamaro n'uruhara ruhambaye rw'uguhanurana mw'idini.
 Idini rihurikiyemwo vyose bijanye n'ukwemera, amajambo n'ibikorwa.
 Biri mu guhanurana, kweza umushaha nturangwe n'ubucacanya (n'uruhendo) ku wo ushaka guhanura, mu ntumbero yo kumwipfuriza ivyiza.
 Uburyo bwiza bwakoreshwa n'Intumwa (nyakugira amahoro n'impuhwe z'Imana Allah) mu kwigisha; ku buryo yabanza ikavuga ikintu mu ncamake hanyuma ikagisigura mw'ido n'ido.
 Uguhera ku gihambaye cane kurusha igikurikira, hanyuma ugakurikiza igifise akamaro kabayabaye, ku buryo Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yahereye ku kwubaha n'ukwubahiriza amabwirizwa y'Imana Allah, hanyuma agakurikiza ukwemera n'ukwemanga ibiri mu Gitabu cayo, hanyuma ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo (nyakugira mahoro n'impuhwe z'Imana Allah), hanyuma ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, hanyuma ukwibutsa abislamu muri rusangi, ko bubaha bakanagendera  amabwirizwa yose y'Imana Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4309</t>
+  </si>
+  <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>Ukwonsa kuziririza ku wonkejwe ibisanzwe biziririjwe kuri we n'ukuvukana kw'uwo basangiye amaraso</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Aisha (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Ukwonsa kuziririza ku wonkejwe ibisanzwe biziririjwe kuri we n'ukuvukana kw'uwo basangiye amaraso".</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko ukwonsa kuziririza ku wonkejwe ibisanzwe biziririjwe n'ukuvukana, hamwe rero n'ugusangira amaraso; nko kuba ari inarume w'umuntu, canke sewabo, canke mwenewabo..., kuranarekurira umuntu kuronka uburenganzira nka burya ahabwa n'ingingo zishingiye ku kuvukana kw'amaraso.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Iyi nyigisho y'intumwa, ni umushinge wisungwa mu gushinga ingingo ngenderwako zijanye n'ukwonsa.
+Ibnu Hajari yavuze ati: "Insiguro y'iryungane: "Ukwonsa kuziririza ibisanzwe biziririjwe n'ukuvukana kw'amaraso", ni uko ukwonsa kurekurira umuntu ivyo arekuriwe ku mvo z'ukuvukana, ivyo bikaba vyarahurijweko n'abamenyi mu bijanye n'ingingo yo kuziririza kwabirana n'izindi ngingo zijanye n'inkurikizi zo kwabira, iziririzwa ribandanya hagati y'uwonkejwe n'abana b'uwamwonkeje, uguhabwa ikibanza c'abavukana basangiye amaraso ; mu kuba barekuriwe kurabana ahatarekuriwe abandi ata co bapfana, kwikebukana bari bonyene, hamwe rero no gufatana urugendo, ariko rero ukwonswa nta ngingo z'inkurikizi zishingiye ku kuba uwamwonkeje yitwa nyina, ingingo zifatwa mu bijanye no gutorana, gutanga uburyo bwo kumubeshaho, gutanga ubwigenge bw'uwo agaba akaganza, kuba icabona, kumwishinga hamwe rero no kutamwihorera mu kwicwa.
+Kwemeza ingingo yuko ukwonsa kuziririza iziririzwa ryamaho.
+Hari izindi nyigisho zerekana ko ukwonsa kuziririza kuvugwa ng'aho, ari mu gihe umwana yoba yaronkejwe incuro zitanu zizwi neza, kandi akaba yonse izo ncuro agifise imyaka ibiri ya mbere y'amavuko.
+Ba kizira ku muntu hisunzwe amaraso, ni: Nyina, harimwo na inakuru kubandanya uduga ku ruhande rwa nyina canke rwa se. Abakobwawe, harimwo n'abana babo b'abakobwa hamwe n'abana b'abakobwa bavuka ku bana biwe b'abahungu kubandanya umanuka. Bashikiwe, baba ari bashikiwe basangiye se na nyina, canke bashikiwe kuri umwe gusa mu bavyeyi. Ba inasenge, harimwo na bashiki ba se basangiye se na nyina canke basangiye gusa umwe muri bo, harimwo kandi na bashiki ba sekuru kubandanya uduga. Ba nyinabo, harimwo na banewabo b'abakobwa basangiye se na nyina canke umwe gusa muri bo, hakabamwo na benewabo na inakuru b'abakobwa kubandanya uduga, baba ari ba inakuru ku ruhande rwa se gusa canke ku ruhande rwa nyina gusa. Abakobwabo, baba ari abakobwa ba mwenewabo w'umuhungu canke w'umukobwa, harimwo n'abana babo b'abakobwa, kubandanya umanuka.
+Ba kizira ku muntu hisunzwe ugusangira ibere: Ugusangira ibere kuziririza birya nyene biziririzwa n'ugusangira amaraso, ku buryo umukobwa uwo ari we wese ari kizira ku muntu hisunzwe amaraso, aba ari kizira kuri we no mu gihe hisunzwe ugusangira ibere; kiretse ko nyina wa mwenewabo w'umuhungu na mushiki w'umwana wiwe w'umuhungu basangiye ibere, abo bataba ari ba kizira kuri we.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4311</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Mu vy'ukuri, ni ukuri ibirekuwe birazwi mw'idini biranatomoye;  kandi ni ukuri n'ibizira birazwi biranatomoye</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Mu vyashikirijwe na Al-Nu'maanu mwene Bashiiru (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa (nyakugira amahoro n'impuhwe z'Imana Allah) iriko iravuga - maze Al-Nu'maanu aca azibira amatwi yiwe n'intoke - ivuga iti: "Mu vy'ukuri, ni ukuri ibirekuwe birazwi mw'idini biranatomoye;  kandi ni ukuri n'ibizira birazwi biranatomoye. Ariko rero n'uko biri ukwo, hagati y'ibi na biriya hari ibintu biteye amazinda, ndetse  abenshi mu bantu ntibazi ingingo zivyerekeye. Kubera ivyo rero, uwuzokwirinda kugwa mu biteye amazinda, azoba akingiye idini ryiwe n'icubahiro ciwe; nayo uwuzogwa mu biteye amazinda, azoba aguye mu bizira; nka kurya kw'umwungere aragiriye ku nkengera y'itongo rikingiwe ritavogerwa, ahakwa kwonesha muri nya tongo. Enda rero bantu  nimwumve mwumvireho! Ni ukuri, burya umwami wese aba afise itongo rikingiwe ritavogerwa. Bantu nimwumve mwumvireho! Ni ukuri, burya itongo ry'Imana Allah rikingiwe ritavogerwa, ni birya bizira Yaziririje. Bantu nimwumve mwumvireho! Ni ukuri, burya mu mubiri w'umuntu harimwo igihimba c'inyama, iyo gitunganye umubiri wose uraheza ugatungana; iyo naho cononekaye, umubiri wose uraheza ukononekara. Bantu nimwumve mwumvireho! Ico gihimba c'inyama si ikindi, ni umutima".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aratomora ingingo rusangi yisungwa ku bintu, arerekana n'uko mu mabwirizwa y'ubwislamu ibintu biri mu mice itatu: ibirekuwe mw'idini bitomoye, ibizira mw'idini bitomoye hamwe rero n'ibindi bintu biteye amazinda mu kuba ingingo ivyerekeye idatomokeye bose; ko ari ibirekuwe canke bizira. Akenshi rero, ni uko abenshi mu bantu badatomokerwa n'ingingo ivyerekeye.
 Umuntu rero aretse gukora ibintu biteye amazinda, aba akingiye idini ryiwe mu kwigira kure ivyo vyose vyotuma agwa mu bizira; bitayeko, n'icubahiro ciwe aba agikingiye mu kutavugwa nabi n'abantu bamunebagura ku biteye amazinda yakoze mw'idini. Nayo uwutirinze gukora ibiteye amazinda mw'idini, aba yikwegeye; kimwe, agwa mu bizira canke agatakaza icubahiro ciwe mu kunebagurwa n'abantu. Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah)  yaraciriye abantu agace mu gutanga akarorero, yerekana iherezo ry'umuntu aguye mu biteye amazinda mw'idini, ko ari nk'umwungere aragiriye intungwa yiwe ku nkengera y'ubwatsi buri mw'itongo ryashingiwe akarimbi (rikingiwe mu kutavogerwa), umwanya uwo ari wo wose intungwa ziwe zirashobora kwona ubwatsi buri muri nya tongo kuko zirisha ku nkengera yaryo. Ni nk'uko nyene rero, uwukora ibiteye amazinda mw'idini, ahakwa kugwa mu bizira kuko ari hafi cane yavyo. Mu nyuma y'aho, Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye mu kwerekana  ko mu mubiri w'umuntu harimwo ikimanyu c'inyama (na co kikaba ari umutima), umubiri uheza ugatungana iyo nya kimanyu gitunganye, canke ugaheza ukononekara iyo nya kimanyu cononekaye.</t>
   </si>
   <si>
@@ -2183,50 +2306,99 @@
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko iyaba abantu bahabwa ivyo basaba mu butungane mu kwitwara gusa ata vyemezo n'ivyagiriji barinze gusabwa, ni ukuri abantu bokwitwariye abandi basaba gukomorerwa amatungo yabo no kubihorera mu gusesa amaraso yabo bakicwa, ariko rero icisungwa nyabuna, ni uko ari ngombwa ko uwitwaye ashikiriza icagiriji n'icemezo ku vyo asaba mu butungane; iyo naho ata cagiriji ashikirije cemeza ivyo asaba ubutungane, uwitwariwe aca abazwa ko ivyo yagirijwe avyemera; iyo abihakanye, aca asabwa kurahira ahakana ko ata na kimwe mu vyo yagirijwe kimwagira, gutyo akiyeza imbere y'ubutungane.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ibnu Daqiiqi Al-I'iidi yavuze ati: "Iyi nyigisho y'intumwa, ni umushinge mu mishinge y'amategeko, ni na bwo bwikoro bwisungwa mu gufata ingingo igihe habaye uguhazana n'ukutumvikana hagati y'abatase".
 Amabwirizwa y'ubwislamu yaje kugira akingire amatungo y'abantu ntavogerwe, n'amaraso yabo ntaseseke mu gihe habaye ukutitwararika utwa murundi.
 Umucamanza ntashikiriza ingingo yisunze ivyo azi, ariko ayishikiriza yisunze ivyagiriji n'ivyemezo bigaragara.
 Uwo ari we wese yitwaye mu gushikiriza imburano zitagira ivyagiriji bizemeza, nya mburano ziraheza zigasubizwa inyuma; zaba ari imburano zerekeye agateka k'umuntu, canke imirimo ya misiyose mu buzima, canke zikaba zerekeye ibijanye n'ukwemera n'ubumenyi.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
     <t>[رواه البيهقي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/4722</t>
   </si>
   <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>Mwene Adamu ntibirashika aho yuzuza icombo kibi kuri we coza gisumba inda, birakwiye kuri mwene Adamu rero kuba yokwivuna inzara mu gufungura duke tumubeshaho, vyoba ngombwa ko arenzako mu guhaga, akagenera ica gatatu c'umushishito wiwe imfungurwa, ikindi ca gatatu akakigenera ibinyobwa, ica gatatu gisigaye akagisigira uguhema</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Al-Miqdaamu mwene Ma'dii Kariba (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Mwene Adamu ntibirashika aho yuzuza icombo kibi kuri we coza gisumba inda, birakwiye kuri mwene Adamu rero kuba yokwivuna inzara mu gufungura duke tumubeshaho, vyoba ngombwa ko arenzako mu guhaga, akagenera ica gatatu c'umushishito wiwe imfungurwa, ikindi ca gatatu akakigenera ibinyobwa, ica gatatu gisigaye akagisigira uguhema".</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana w'umugwaneza (nyakugira amahoro n'impuhwe z'Imana Allah) aduhanura kwubahiriza umwe mu mishinge y'ubuvuzi, na wo ukaba ari umuntu gukingira amagara yiwe mu kugabanya imfungurwa, ku rugero rwo gufungura ibimuvuna inzara, agaheza agafungura ibimufasha kurangura ibikorwa nkenerwa, n'uko ikintu kibi cane amuntu yuzuza ari inda yiwe, uravye ingaruka mbi z'uguhaga zigizwe n'indwara zishobora kwiyadukiza zigafata umuntu ubwo nyene canke muri kazoza, zaba izifatira muri we canke izigaragarira ku mubiri. Mu nyuma, Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yarahanuye ko bibaye ngombwa ko umuntu ahaga,  yopfuma afungura ibingana n'ica gatatu c'umushishito wiwe, ikindi ca gatatu akakigenera ibinyobwa, ica gatatu gisigaye na co akagisigira uguhema; kugira ntatumwatumwe ngo abure ingene ahema, maze ugutumbirwa gutume anebwa ntashobore gukora ivyo yategetswe n'Imana Allah, mu vyo yubahiriza mu bijanye n'idini ryiwe kibure ibijanye n'ivy'isi.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Ukutidagadura akarenza urugero mu gufungura no kunywa. Iki, ni wo mushinge uhurikiyemwo vyose vyerekeye ubuvuzi, kuko uguhaga umuntu akarenza, bitera indwara n'iminihiro myinshi.
+Ihangiro ryo gufungura, ni ukubungabunga amagara n'intege bikenewe kugira umuntu atekanirwe mu buzima.
+Ukwuzuza inda mu gufungura, bitera ingorane mu mubiri no mw'idini. Omari (Imana Allah Imwishimire) yavuze ati: "Mwoye (nimwirinde) kwuzuza inda gushika aho mutumbirwa; kuko vyonona umubiri bigatera ubunebwe bwo kudasenga".
+Ingingo ijanye no gufungura, iri mu mice itandukanye: hari ugufungura gutegetswe, na kwo kukaba ari kurya gufungura gutuma ubuzima bubungabungwa, kwabura naho kugatuma ubuzima businzikara (bugeramirwa). Ugufungura kurekuwe, na kwo kukaba ari kurya gufungura ibirenze kuri birya bitegetswe bizwi ko kudatera ingaruka mbi ku buzima. Ugufungura kutabereye, na kwo kukaba ari kurya gufungura gushobora gutera impungenge zo kubangamirwa kw'ubuzima.
+Ugufungura kuziririjwe ni kurya gufungura bizwi neza ko bitera ingaruka mbi ku buzima. Ugufungura gukundwa, na kwo kukaba ari kurya gufungura ku rugero rufasha umuntu gukora ibikorwa nyegerezamana na nyumviramana. Ivyo vyose rero, iyi nyigisho y'intumwa yabisiguye mu ngero zitatu, urugero rwa mbere: ni ukwuzuza inda. Urugero rwa kabiri: ni ukwivuna inzara ku buryo umuntu abandanya kubaho. Urugero rwa gatatu, ni urwo kwigerera tukaba turusanga mw'ijambo rivuga riti: "akagenera ica gatatu c'umushishito wiwe imfungurwa, ikindi ca gatatu akakigenera ibinyobwa, ica gatatu gisigaye akagisigira uguhema". Ivyo vyose rero, vyubahirizwa ukwo, iyo imfugurwa umuntu afunguye zirekuwe "halaali".
+Iyi nyigisho y'intumwa, ni umushinge w'itegeko mu mategeko ngenderwako y'ubuvuzi, kuko ubumenyi bw'ubuvuzi bushingiye ku bintu bitatu:  ukubungabunga inguvu z'umubiri, ukwigerera mu vyo ufungura hamwe rero n'ugusohora ibitagikenewe n'umubiri, gutyo iyi nyigisho y'intumwa ikaba yigisha ku bintu bibiri vya mbere muri ivyo bitatu, ni na vyo nyene dusanga muri Aayah, aho Imana Allah Nyenuguhabwicubahiro nta ngere Ivuga Iti: ﴾Mufungure kandi munywe mu vyiza birekuwe, ariko ntimusesagure mu kurenza urugero. Mu vy’ukuri, Imana Allah ntikunda abasesagura﴿ (Al-A'raaf: 31).
+Itungana ry'amabwirizwa y'ubwislamu, aho dusanga hahurikiyemwo amabwirizwa y'ibintu nkenerwa ku muntu, haba ku bijanye n'idini ryiwe canke ivyerekeye ubuzima bwiwe.
+Mu bumenyi bw'ibijanye n'amabwirizwa y'ubwislamu, harimwo imishinge n'amoko y'amategeko y'ubuvuzi; nka kurya hakiriwe inyigisho zigisha ku vyerekeye akamaro k'ubuki n'ak'udutete twirabura bita "Habbat Sawda".
+Ingingo z'amabwirizwa y'ubwislamu, zihurikiyemwo ibituma umuntu amenya imvo n'imvano bimushikana ku kuri mu mvugo n'ingiro, zikaba kandi zubakiye kw'ihangiro ryo gukingira abantu ibibononera hamwe rero no kubashikana ku bintu nkenerwa bibafitiye akamaro.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/4723</t>
+  </si>
+  <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>Uwo wese azokwadukana gishasha muri iri dini ryacu, kitari mu vyo twigishije, kizomugarukako(azogisubizwa, ntikizokwakirwa namba)</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Aisha (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Uwo wese azokwadukana gishasha muri iri dini ryacu, kitari mu vyo twigishije, kizomugarukako(azogisubizwa, ntikizokwakirwa namba)". Iyi nyigisho y'intumwa yashikirijwe na Al-Bukhaariy na Muslimu. Mu bwakirizi bwa Muslimu hakoreshejwe aya majambo: "Uwo wese azokora igikorwa kitari mu vyo twigishije, azogisubizwa, ntikizokwakirwa namba".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah) aratomora ko uwadukanye bishasha mw'idini canke uwukoze igikorwa kitagira icemezo kicemeza kiri mu Gitabu canke mu nyigisho n'imigenzo vy'intumwa, kizosubizwa kuri nyeneco kitemewe n'Imana Allah.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
@@ -2652,51 +2824,51 @@
   </si>
   <si>
     <t>Mu vy'ukuri, abantu bakoresha nabi amatungo y'Imana Allah, maze bakayakoresha mu vyo atagenewe, baragenewe umuriro ku musi w'izuka ry'ibiremwa</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Khawla Al-Answaariyya (Imana Allah Imwishimire) yavuze ati: "Narigeze kwumva Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) avuga ati: "Mu vy'ukuri, abantu bakoresha nabi amatungo y'Imana Allah, maze bakayakoresha mu vyo atagenewe, baragenewe umuriro ku musi w'izuka ry'ibiremwa".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Uvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), yaratwiganiye ku vyerekeye abantu bakoresha nabi amatungo y'abislamu, maze bakayakoresha mu vyo atagenewe, bakanayihereza mu buryo batarekuriwe, ko bategekanirijwe umuriro. Iyi ni mu nsiguro rusangi ihurikiyemwo ikoreshwa nabi ry'amatungo, haba mu gihe co kuyegeranya no kuyatororokanya mu bizira, canke mu kuyakoresha mu bitarekuwe no ku batabirekuriwe, harimwo no kurya amatungo y'impfuvyi, amatungo yagenewe igikorwa nyezina "waq-fu", umuntu kwihakana imbitso yabikijwe "amaana" maze akayihagira, hamwe rero no kwihereza ivyo umuntu atarekuriwe mu matungo rusangi.
 Mu nyuma Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), yaratwiganiye ko impera y'abo bantu, ari ukwinjizwa mu muriro ku musi w'izuka ry'ibiremwa.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Amatungo ari mu minwe y'abantu, mu vy'ukuri ni amatungo y'Imana Allah Ibabikije, Iheza Ikayabakurakuranyako kugira bayakoreshe mu nzira no mu buryo bwemewe bushingiye ku mabwirizwa, baheze birinde no kuyakoresha mu nzira no mu buryo butarekuwe. Iyi ngingo rero, yega abantu bose uhereye ku ndongozi (zo hejuru) hari ivyo zaragijwe gushika ku bantu bose, umwe wese ku co yaragijwe n'Imana Allah.
-Ikoreshwa ry'umukazo ku vyereye amatungo rusangi, n'uko uwo wese hari ico yaragijwe gutunganiriza abantu, bitebe bitebuke ategerezwa kuzokibazwa ku musi w'izuka ry'ibiremwa, maze aharurirwe ukuntu yacegeranije n'ukuntu yagikoresheje.
+Ikoreshwa ry'ibwirizwa ry'umukazo ku vyerekeye amatungo rusangi, n'uko uwo wese hari ico yaragijwe gutunganiriza abantu, bitebe bitebuke ategerezwa kuzokibazwa ku musi w'izuka ry'ibiremwa, maze aharurirwe ukuntu yacegeranije n'ukuntu yagikoresheje.
 Ugusezeranirwa igihano ku bantu bakoresha nabi amatungo, harimwo n'ikoreshwa ry'amatungo mu bitarekuwe n'amabwirizwa y'ubwislamu, haba mu matungo y'umuntu bwite canke mu matungo y'uwundi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/5331</t>
   </si>
   <si>
     <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Nta muntu n'umwe aragizwa n'Imana Allah gutunganiriza abantu ku kintu na kimwe, bigashika  agapfa umusi yageneweko, uwo musi  agapfa yahora akoresha urwenge mu guhenda abo yaragijwe, kiretse ko Imana Allah Yamaze kuziririza kuri we ko azokwnjira mu Bwami bw'ijuru</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Ma'qili mwene Yasaari Al-Muzaniy (Imana Allah Imwishimire),  yavuze ati: "Mu vy'ukuri, narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Nta muntu n'umwe aragizwa n'Imana Allah gutunganiriza abantu ku kintu na kimwe, bigashika  agapfa umusi yageneweko, uwo musi  agapfa yahora akoresha urwenge mu guhenda abo yaragijwe, kiretse ko Imana Allah Yamaze kuziririza kuri we ko azokwnjira mu Bwami bw'ijuru".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko umuntu wese, Imana Allah Nyenuguhabwicubahiro nta ngere Yashinze amabanga  yo gutunganiriza abantu ku kintu ico ari co cose yaragijwe, yaba ari amabanga yo ku rwego rwo hejuru yo gutunganya vyose; nko kuba indongozi nkuru mu Gihugu "Amiir", canke amabanga bwite; nko kuba umugabo mu rugo rwiwe,  n'umugore mu nzu yiwe, hanyuma agatirigana mu kutubahiriza agateka k'abo ajejwe, agakoresha urwenge mu kubahenda, atemera no guhanurwa, maze akirengagiza kwubahiriza agateka kabo mu bijanye n’idini no mu bijanye n'ivy'isi, ko uwo muntu akwiye kuzohabwa igihano gikaze.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
@@ -3408,51 +3580,51 @@
     <t>Ingeso n'inyifato ikubuza gukora ivyiza, ntiyitwa ukwisonera, ahubwo yitwa ugutinya abantu no kunanirwa gufata ingingo no kwizemanza.
 Umuntu kugira isoni ku Mana Allah Nyenintsinzi na Nyenicubahiro, ibonekera mu gukora ibitegetswe no mu kureka gukora ibibujijwe;
 Umuntu kugira isoni imbere y'abantu, ni ukububaha no kububahiriza mu vyubahiro vyabo, no kwirinda gukora ibisanzwe bimenyerewe ko bitabereye gukora mu bantu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/5478</t>
   </si>
   <si>
     <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Ugusaba igisabisho, ni co gikorwa nya gikorwa c'iyegerezamana</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Al-Nu'maani mwene Bashiiri (Imana Allah Imwishimire) yavuze ati: "Narigeze kwumva Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) avuga ati: "Ugusaba igisabisho, ni co gikorwa nya gikorwa c'iyegerezamana", hanyuma aca arasoma Aayah, aho Imana Allah Ivuga Iti: ﴾Bantu! Imana yanyu Rurema Allah Yavuze Iti: “Nimunsabe mutambangikanya na kimwe mu biremwa, maze Ndabahe ivyo musavye; mu vy’ukuri, abagira amanyama mu kuticisha bugufi ngo banyiyegereze mu vyo bakora banansenge Ndi Imana Imwe Rudende, bazokwinjira mu muriro wa Jahannamu basuzuguritse”﴿ (Ghaafir: 60).</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
-    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ko ugusaba igisabisho ari co gikorwa nya gikorwa c'iyegerezamana, ni ngombwa rero ko igisabisho gisabwa ku bw'Imana Allah, caba ari igisabisho c'ivyo umuntu asaba kuronswa, canke kikaba ari ic'umuntu gusaba Imana Allah Nyenuguhabwicubahiro nta ngere, ngo Imuronse ibimugirira akamaro n'ibimukingira ibimubangamiye mu buzima bwo kw'isi no mu bw'inyuma yo gupfa, canke kikaba ari ic'umuntu gusaba igisabisho nyegerezamana, na co kikaba ari kirya cose gikundwa kikanashimwa n'Imana Allah mu majambo no mu bikorwa, vyaba ari ibigaragara canke ibihishije mu mushaha, bishobora kura ari ibikorwa nyegerezamana bikorerwa mu mushaha, canke ibikorwa n'ibihimba, canke ibishingiye kw'itangwa ry'amatungo.
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ko ugusaba igisabisho ari co gikorwa nya gikorwa c'iyegerezamana, ni ngombwa rero ko igisabisho gisabwa ku bw'Imana Allah, caba ari igisabisho c'ivyo umuntu asaba kuronswa, canke kikaba ari ic'umuntu asaba Imana Allah Nyenuguhabwicubahiro nta ngere, ngo Imuronse ibimugirira akamaro n'ibimukingira ibimubangamiye mu buzima bwo kw'isi no mu bw'inyuma yo gupfa, canke kikaba ari ic'umuntu gusaba igisabisho nyegerezamana, na co kikaba ari kirya cose gikundwa kikanashimwa n'Imana Allah mu majambo no mu bikorwa, vyaba ari ibigaragara canke ibihishije mu mushaha, bishobora kuba ari ibikorwa nyegerezamana bikorerwa mu mushaha, canke ibikorwa n'ibihimba, canke ibishingiye kw'itangwa ry'amatungo.
 Mu nyuma, Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yarashikirije icemezo kivyemeza, aho yavuze ati: Imana Allah Yavuze Iti: “Nimunsabe mutambangikanya na kimwe mu biremwa, maze Ndabahe ivyo musavye; mu vy’ukuri, abagira amanyama mu kuticisha bugufi ngo banyiyegereze mu vyo bakora banansenge Ndi Imana Imwe Rudende, bazokwinjira mu muriro wa Jahannamu basuzuguritse” (Ghaafir: 60).</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Ugusaba igisabisho, ni wo mushinge ngenderwako w'ibikorwa nyegerezamana; kira noneho ntibinarekuwe gusaba ikitari Imana Allah.
 Ugusaba igisabisho, ni igikorwa kigizwe n'ukwijakaza nya kwijakaza ku Mana Allah, cerekana ukwikenura kw'Imana Allah Nyenuguhabwicubahiro nta ngere n'ubushobozi bwayo, kikerekana n'uko umuja wayo ayikeneye muri vyose.
 Ukwihaniza nya kwihaniza ukugira amanyama mu kuticisha bugufi ngo umuntu yiyegereze Imana Allah mu vyo akora anayisenge ari Imwe Rudende, n'uko abagira amanyama mu kuticisha bugufi mu gusaba Imana Allah bazokwinjira mu muriro wa Jahannamu basuzuguritse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/5496</t>
   </si>
   <si>
     <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Hariho amajambo abiri yoroshe kuvuga ku rurimi, aremereye mu ndishi ku munzane, akundwa na Nyenimpuhwe</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
@@ -3529,51 +3701,51 @@
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Ivyiza n'ugushika ku ntsinzi mu vyo umuntu yipfuza, bibonekera mu kugendera amabwirizwa y'ubwislamu no gukora ivyiza n'aho bamwe mu bantu bokwibwira ko biciye kubiri n'ivyo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/5512</t>
   </si>
   <si>
     <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Uwo wese azoharanira agateka n'icubahiro vya mwenewabo, mu kumwishurira ibimuvugwako atari ho ari, Imana Allah Izomukingira umuriro ku musi w'izuka ry'ibiremwa</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Al-Dardaa-i (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Uwo wese azoharanira agateka n'icubahiro vya mwenewabo, mu kumwishurira ibimuvugwako atari ho ari, Imana Allah Izomukingira umuriro ku musi w'izuka ry'ibiremwa".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
-    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aratwiganira ko uwuvugiye mwenewabo w'umwislamu adahari mu guharanira agateka n'icubahiro ciwe, maze akanka ko atukwa canke avugwa nabi, Imana Allah Izoheza Imukingire ibihano ku musi w'izuka ry'ibiremwa.</t>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  aratwiganira ko uwuvugiye mwenewabo w'umwislamu atahari mu guharanira agateka n'icubahiro ciwe, maze akanka ko atukwa canke avugwa nabi, Imana Allah Izoheza Imukingire ibihano ku musi w'izuka ry'ibiremwa.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Birabujijwe kuvuga nabi mu gutosekaza agateka n'icubahiro vy'abislamu.
 Umuntu ahemberwa ico yakoze (impera itangwa hisunzwe ubwoko bw'igikorwa umuntu yakoze), ni co gituma uwuharaniye agateka n'icubahiro vya mwenewabo, mu kumwishurira ibimuvugwako atari ho ari, Imana Allah Izomukingira kwinjira mu muriro.
 Ubwislamu, ni idini ryitaho ugutsimbataza ubuvandimwe n'ugutabarana hagati y'abislamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/5514</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Nta n'umwe muri mwebwe yokwemera bikwiye atabanje kunkunda kuruta kurya akunda umuvyeyi wiwe, umwana wiwe, eka mbere kuruta kurya akunda abantu bose</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Anasi (Imana Allah Imwishimire) yavuze ko Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Nta n'umwe muri mwebwe yokwemera bikwiye atabanje kunkunda kuruta kurya akunda umuvyeyi wiwe, umwana wiwe, eka mbere kuruta kurya akunda abantu bose".</t>
@@ -5705,91 +5877,132 @@
 Ica kabiri: Iyo agize ngo ariyemeje ikintu, ntaheza ngo agishitse, aranahemukira mugenziwe.
 Ica gatatu: Iyo atanze isezerano (isango), ntaheza ngo aryubahirize, ararirengako.
 Ica kane: Iyo hagize uwo batase bakarwana, araheza akerura cane mu gutata, akanahonyanga ukuri, ntaheze ngo agutumbere, aranakoresha urwenge mu guca kubiri na nya kuri no mu kwigobotora, maze akavuga ibitaroranye n'ikinyoma.
 Mu vy'ukuri uburyarya, ni umuntu kugaragaza igihushane c'ivyo ahishije muri we. Iyi nyifato rero igira uwurangwa n'ivyo bintu bine, maze uburyarya bwiwe bukagaragarira mu vyo aganirije mugenziwe, mu vyo amusezeraniye, mu vyo amwizeyeko, mu vyo bapfuye mu gihe batase, no mu vyo yiyemeje akemerera abantu, si uko ari indyarya mu bwislamu bwiwe mu kuba abugaragaza mu gihe ahishije ubugarariji. Umuntu aranzwe na kimwe muri ivyo bintu bine rero, aba aranzwe na kimwe mu bintu biranga uburyarya gushika avavanure na co.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Kwerekana bimwe mu bimenyetso biranga indyarya, mu ntumbero yo kugira abantu babitinye bongere biyubare kubikora.
 Ico iyi nyigisho y'intumwa ishaka kuvuga, ni uko ibi bintu biranga uburyarya, n'uko uwubikoze aba asa n'indyarya zirangwa n'ivyo bintu, maze akigenza nkazo mu nyifato yazo, si ukuvuga ko aba ari indyarya mu kugaragaza ubwislamu agahisha ubugarariji. Hari n'iyindi nsiguro ivugwa yuko ukurangwa n'ivyo bintu bine, ari ukuba umuntu arangwa na vyo kenshi na kenshi, maze akabifata minenegwe mu kwibaza ko kubikora ata co bitwaye, ko ari ibisanzwe. Kuri ubwo rero, mu vy'ukuri uwigenjeje ukwo, mu kwemera kwiwe kenshi na kenshi haba harimwo agahaze.
 Al-Ghazaaliy yavuze ati: "Umushinge w'idini, ugizwe n'ibintu bitatu: ijambo (imvugo), igikorwa (ingiro) hamwe rero n'izirikanagikorwa. Iyi nyigisho y'intumwa rero,  ikaba ikebura mu kwerekana ko ijambo ryononwa n'ukubesha; igikorwa na co kikononwa n'uguhemuka; izirikanagikorwa na ryo rikononwa n'ukutubahiriza isezerano; kuko ukutubahiriza isezerano nta co kwonona kiretse mu gihe agatima ko kurenga kuri nya sezerano kaba kabangabanganwe na ryo; nayo mu gihe umuntu yoba yiyemeje kwubahiriza isezerano, hanyuma hakaduka igituma ataryubahiriza, canke akagira ikindi ciyumviro gituma arihindura, muri ico gihe ntaba aranzwe n'uburyarya".
 Uburyarya buri mu bwoko bubiri: Hari uburyarya mu kwemera bukura nyenebwo mu kwemera, na bwo bukaba ari umuntu kugaragaza ubwislamu agahisha ubugarariji; hakaba rero n'uburyarya mu bikorwa, ni na bwo rero bushingiye ku kwigenza nk'indyarya mu nyifato yazo. Uburyarya nk'ubu, ntibukura nyenebwo mu kwemera, kiretse ko ari icaha mu vyaha rutura.
 Ibnu Hajar yavuze ati: "Abamenyi bose barahurije ku ngingo yuko uwemera ku mutima wiwe, akavyatura n'ururimi rwiwe, maze bigashika akarangwa n'ibi bintu bine, adaheza ngo yagirwe n'ingingo y'ubugarariji, eka ntaba ari n'indyarya izoja mu muriro ikamarayo ibihe bidashira".
 Al-Nawawiy yavuze ati: "Hari umugwi w'abamenyi wavuze ko abarangwa n'ivyo bintu, ari indyarya zabayeho igihe c'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) zagaragaje ukwemera kwazo hanyuma zikabesha, zizewe kw'idini ryazo hanyuma zigahemuka, ziyemeje isezerano ryo kurwanira idini hanyuma zirarirengako, zatase hanyuma zirerura mu gutata kwazo".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/65124</t>
   </si>
   <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>Biri mu biranga ubwislamu bwiza bw'umuntu, umuntu kureka kuja mu bitamuraba</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Biri mu biranga ubwislamu bwiza bw'umuntu, umuntu kureka kuja mu bitamuraba".</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko mu biranga itungana ry'ubwislamu bw'umwislamu n'ukwemera kwiwe, ari ukwigira kure ya birya vyose bitamuraba, na birya ata co bimumariye haba mu majambo canke mu bikorwa, canke ukwigira kure y'ibitamuraba mu bijanye n'idini n'ivy'isi, burya umuntu kuja mu bitamuraba, hari n'aho bimusamaza mu kutitwararika ibimuraba mu kudakora, maze bigatuma agwa mu vyo yategerezwa kwirinda; kuko mu vy'ukuri, umuntu azobazwa ku bikorwa vyiwe ku musi w'izuka.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Abantu bagenda barutarutana mu bwislamu bwabo, n'uko hari bimwebimwe mu bikorwa vyongerereza ubwiza n'ubutore bw'ubwislamu bw'umuntu.
+Kureka ibintu vy'imburakimazi bitanakenewe mu majambo no mu bikorwa, ni icemezo cerekana itungana ry'ubwislamu bw'umuntu.
+Ihimirizwa ry'umuntu kwitwararika ibimuraba mu bijanye n'idini ryiwe hamwe n'ubuzima bwiwe bwo kw'isi, kuko nimba umuntu kureka kuja mu bitamuraba, biri mu vyerekana itungana ry'ubwislamu bwiwe, no kwitwararika ibimuraba rero, biri mu vyerekana itungana ryabwo.
+Ibnu Al-Qayyimu (nyakugira impuhwe z'Imana Allah) yavuze ati: "Ni ukuri, Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavugiye hamwe urupfasoni rwose mw'ijambo rimwe, maze avuga ati: "Biri mu biranga ubwislamu bwiza bw'umuntu, ukureka kuja mu bitamuraba", iri jambo rikaba rihurikiyemwo umuntu kureka ibitamuraba, maze akirinda kugira ico avuze mu bitamuraba, kuraba ibitamuraba, kwumviriza ibitamuraba, gufata no gukora ku bitamuraba, kuja ahakorerwa ibitamuraba, gushikiriza iciyumviro ku bitamuraba, eka akirinda n'ibindi vyose bitamuraba mu bijanye n'imigirwa igaragara n'iyihishije. Iri jambo rero, ni ijambo rikwiye mu kwerekana urupfasoni nya rwo "wara'u".
+Ibnu Rajabu yavuze ati: "Iyi nyigisho y'intumwa, ni umwe mu mishinge y'urupfasoni".
+Ihimirizwa ryo kurondera ubumenyi; kuko ari bwo bufasha umuntu mu gutandukanya ibimuraba n'ibitamuraba.
+Umuntu kubwiriza gukora ivyiza no kubuza gukora ibibi, hamwe rero no guhanura, biri mu bintu bimuraba akwiye kwitwararika; kuko biri mu vyo abwirizwa gukora.
+Biri mu bihurikiye muri iyi nyigisho, umuntu kwigira kure y'ibitamuraba mu vyaziririjwe n'Imana Allah Nyenintsinzi, na Nyenicubahiro, no mu vyabujijwe n'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), ni nk'uko nyene rero no ku vyo umuntu adakeneye mu kurondera kumenya ukuri nyakwo ku bijanye n'ibinyegejwe ibiremwa no gushaka kumenya ido n'ido ku bijanye n'itunganirizwa ry'ibiremwa mu buzima bw'inyuma yo gupfa. Biri mu bitaraba umuntu, kurazwa ishinga no kubaza hamwe no gushaka kumenya inyishu y'ibibazo umuntu yiyumvira ko vyoshika muri kazoza, kandi bitarashika, canke bihakwa kudashoboka ngo bibe, canke bidashoboka kwiyumvira ukungene vyoshika ngo bibe.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/65255</t>
+  </si>
+  <si>
     <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
   </si>
   <si>
     <t>Mu vy'ukuri, Imana Allah Yarashinze amabwirizwa ategerezwa kwubahirizwa "faradwi", ntimukayirengagize; Yarashinze n'ingingo mpanavyaha "huduudu", ntimukazirengeko; Yaranaziririje ibintu bitarekuwe gukorwa "haraamu",  ntimukabivogere; Iraheza Ireka gushinga ingingo n'imwe ku bintu bimwebimwe mu ntumbero yo kubagirira impuhwe, maze Ibigira ukwo bidatewe n'ukwibagira; ntimukarondere rero kumenya ingingo zivyerekeye</t>
   </si>
   <si>
     <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
   </si>
   <si>
     <t>Mu vyakirwe na Abu Tha'laba Al-Khushaniy Jurthuumu mwene Naashiri (Imana Allah Imwishimire) ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri, Imana Allah Yarashinze amabwirizwa ategerezwa kwubahirizwa "faradwi", ntimukayirengagize; Yarashinze n'ingingo mpanavyaha "huduudu", ntimukazirengeko; Yaranaziririje ibintu bitarekuwe gukorwa "haraamu",  ntimukabivogere; Iraheza Ireka gushinga ingingo n'imwe ku bintu bimwebimwe mu ntumbero yo kubagirira impuhwe, maze Ibigira ukwo bidatewe n'ukwibagira; ntimukarondere rero kumenya ingingo zivyerekeye".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
   </si>
   <si>
-    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaravuze ko Imana Allah Yashinze amabwirizwa ategerezwa kwubahirizwa, murayubahiriza rero ata kuyirengagiza ngo muyareke canke ngo muyadebukeko, Yaranashinze ingingo ntarengwa zihana zigahasha uwurenze ku vyo Idashima ko mwokora, ntimukazirengeko mu kwishingira ingingo zanyu, Yaranaziririje ibitarekuwe gukorwa ntimukavyegere ngo mubikore, ibitari ivyo bidondaguwe rero Yararetse kugira ico Ibivuzeko mu ntumbero yo kugirira impuhwe abaja bayo, maze biguma muri kamere kavyo kwo kuba bitabujijwe, ntimugahirahire rero ngo murondere kumenya ingingo zivyerekeye.</t>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaravuze ko Imana Allah Yashinze amabwirizwa ategerezwa kwubahirizwa, murayubahiriza rero ata kuyirengagiza ngo muyareke canke ngo muyadebukirweko; Yaranashinze ingingo ntarengwa zihana zigahasha uwurenze ku vyo Idashima ko mwokora, ntimukazirengeko mu kwishingira ingingo zanyu; Yaranaziririje ibitarekuwe gukorwa,  ntimukavyegere ngo mubikore.  Ibitari ivyo bidondaguwe rero, nyabuna Yararetse kugira ico Ibivuzeko mu ntumbero yo kugirira impuhwe abaja bayo, maze biguma muri kamere kavyo ko kuba bitabujijwe, ntimugahirahire rero ngo murondere kumenya ingingo zivyerekeye.</t>
   </si>
   <si>
     <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
 تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
 أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
 حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
 وجوب المحافظة على فرائض الله تعالى.
 تحريم التعدي على حدود الله تعالى.</t>
   </si>
   <si>
     <t>Iyi nyigisho y'intumwa, ni icemezo c'uko Imana Allah ari Yo Ishinga amabwirizwa, kuko burya vyose biri mu minwe yiwe Nyenukuninahazwa.
 Iyi nyigisho y'intumwa,  ihurikiyemwo amategeko y'amabwirizwa y'ibizira n'ibiziruye, hamwe rero n'ay'ibitabujijwe; kuko burya ingingo iyo ari yo yose y'ubwislamu, ishobora kuba ari iyitagira ico yavuzweko canke ikaba ari iyifise ico yavuzweko, iyi na yo irashobora kuba ari iy'igitegetswe gukorwa "waajibu" canke ikibereye gukorwa "manduubu"; canke kikaba ari iy'ikibujijwe mu kuziririzwa "haraamu" canke mu kuba ari ikitabereye "makruuhu"; canke kikaba ari ikirekuwe "mubaahu".
 Ivyo Imana Allah Itagize ico Ibivuzeko mu kutabigira amabwirizwa "faradwi canke waajibu", mu kutabigira ivyaha vyagenewe ingingo mpanavyaha "huduudu", Itanagize ico Ibivugako mu kubibuza, biba birekuwe gukorwa "halaali".
 Itomora ryiza ryakoreshwa n'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah), aho dusanga yarashikirije iyi nyigisho mw'idondagurwa ritomoye ry'iyi mice y'amabwirizwa.
 Ni ngombwa kwubahiriza mu kwamizako amabwirizwa y'Imana Allah Nyenuguhabwicubahiro nta ngere.
 Iziririzwa ryo kurenga ku ngingo mpanavyaha zashinzwe n'Imana Allah Nyenuguhabwicubahiro nta ngere.</t>
   </si>
   <si>
-    <t>قال النووي: حديث حسن</t>
-[...1 lines deleted...]
-  <si>
     <t>رواه الدارقطني في سننه، وغيره</t>
-  </si>
-[...1 lines deleted...]
-    <t>[قال النووي: حديث حسن]</t>
   </si>
   <si>
     <t>[رواه الدارقطني في سننه وغيره]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66510</t>
   </si>
   <si>
     <t>Mu vy'ukuri, ibikorwa vyose bihabwa impembo hisunzwe izirikana-gikorwa vyakoranwe; kandi burya mu vy'ukuri, umwe wese arafise ku mushaha wiwe ico yazirikanye</t>
   </si>
   <si>
     <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe n'indongozi y'abemeramana Se wa Hafswa, Omari mwene Al-Khattwaabi (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Mu vy'ukuri, ibikorwa vyose bihabwa impembo hisunzwe izirikana-gikorwa vyakoranwe; kandi burya mu vy'ukuri, umwe wese arafise ku mushaha wiwe ico yazirikanye, uwo wese rero ukwimuka kwiwe kuzoba ari ku bw'Imana Allah n'Intumwa yayo, ukwimuka kwiwe kuzokwakirwa ku bw'Imana Allah n'Intumwa yayo. Nayo uwuzoba ukwimuka kwiwe ari ku bw'isi n'ibihendamaso vyayo arondera, canke kukaba ari ku mvo z'ugukurikira umugore ashaka kwubakana nawe, ukwimuka kwiwe kuzokwakirwa ku mvo z'ivyatumye yimuka".</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
 النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
   </si>
   <si>
     <t>Guhimiriza umuntu ko yogira izirikanamana, kuko mu vy'ukuri Imana Allah,  ntiyakira igikorwa kiretse icakozwe mu ntumbero yo kurondera gushimwa nayo.
 Ibikorwa vyiza vyegereza umuntu ku Mana Allah, iyo umuntu abikoze nk'ibikorwa bisanzwe vyo mu buzima bwa misiyose (mu buryo bw'akamenyero), ntaheza ngo abihemberwe iyo atabikoze mu ntumbero y'ukurondera kwiyegereza Imana Allah.
 Izirikana-gikorwa, ni ryo rituma haba itandukaniro hagati ya bimwe n'ibindi mu bikorwa nyegerezamana, hakaba n'itandukaniro hagati y'ibikorwa nyegerezamana n'ibimenyerewe gukorwa mu buzima bwa misi yose.</t>
@@ -5806,57 +6019,57 @@
   <si>
     <t>Mu vyakiriwe na Abu Abdu Al-Rahmani mwene Abdillahi mwene Omari mwene Al-Khttwaabi (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti:||"Ubwislamu bwubakiye ku nkingi zitanu: Ukwemera n'ukwemanga ko ata mana ibwirijwe gusengwa atari Imana Imwe Rudende Allah, n'uko Muhamadi ari Umuja wayo akaba n'Intumwa yayo; ugutsimbataza isengesho; ugutanga ishikanwa-bwirizwa; ugushengerera ingoro ntagatifu y'Imana Allah iri i Makka; hamwe rero n'ugupfunga ukwezi kwa Ramadhani</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Abdu Al-Rahmani mwene Abdillahi mwene Omari mwene Al-Khttwaabi (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Ubwislamu bwubakiye ku nkingi zitanu: Ukwemera n'ukwemanga ko ata mana ibwirijwe gusengwa atari Imana Imwe Rudende Allah, n'uko Muhamadi ari Umuja wayo akaba n'Intumwa yayo; ugutsimbataza isengesho; ugutanga ishikanwa-bwirizwa; ugushengerera ingoro ntagatifu y'Imana Allah iri i Makka; hamwe rero n'ugupfunga ukwezi kwa Ramadhani".</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>رواه البخاري ومسلم</t>
   </si>
   <si>
     <t>[رواه البخاري ومسلم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66512</t>
   </si>
   <si>
     <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
   </si>
   <si>
-    <t>Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ikaba ari na yo Mvugakuri Mudahinyuzwa, aho ivuga ko: "Iremwa ry'umwe wese muri mwebwe riba mu kwegeranya intanga mu gitereko ca nyina mu kiringo c'imirango mirongo ine n'amajoro mirongo ine</t>
+    <t>"Iremwa ry'umwe wese muri mwebwe riba mu kwiyegeranya kw'intanga mu gitereko ca nyina mu kiringo c'imirango mirongo ine n'amajoro mirongo ine</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Abdu Al-Rahmani mwene Abdullahi mwene Mas'uudi (Imana Allah Imwishimire) yavuze ati: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) Imvugakuri Mudahinyuzwa, yaratwiganiye iti: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratwiganiye ikaba ari na yo Mvugakuri Mudahinyuzwa, aho ivuga ko: "Iremwa ry'umwe wese muri mwebwe riba mu kwegeranya intanga mu gitereko ca nyina mu kiringo c'imirango mirongo ine n'amajoro mirongo ine, hanyuma akaba akamanyu k'amaraso avuze mu kiringo nk'ico nyene c'imisi mirongo ine, hanyuma akaba akamanyu k'inyama mu kiringo nk'ico nyene c'imisi mirongo ine, hanyuma akarungikirwa umumalayika, maze agahabwa n'Imana Allah uburenganzira bw'ukwandika amajambo ane ku bizomushikira vyose, agaheza rero akandika: Ibizomubeshaho, imyaka azobaho, ibikorwa azokora, n'uko rero azobaho mu magorwa canke mu mahirwe, agaheza agaca amuhuhiramwo inkomoko y'ubuzima "Roho"; ni ukuri rero ndarahiye kw'izina ry'urya ata yindi mana ihari atari Yo, ko mu vy'ukuri umwe wese muri mwebwe hari ighe bishika agakora igikorwa c'abantu bo mu Bwami bw'ijuru kugeza n'aho ata gisigaye kiri hagati yiwe n'Ubwami bw'ijuru ngo abushikire kiretse intambwe nto ireha n'uburebure bw'ukuboko gushika mu nkokora, yamara ivyanditswe kuri we bikamuciramwo, maze agakora igikorwa c'abantu bo mu muriro, agasanga awinjiyemwo ukwo; ni ukuri hari n'igihe umwe muri mwebwe akora igikorwa c'abantu bo mu muriro, kugeza n'aho ata gisigaye kiri hagati yiwe n'umuriro ngo awinjiremwo kiretse intambwe nto ireha n'uburebure bw'ukuboko gushika mu nkokora, yamara ivyanditswe kuri we bikamuciramwo, maze agakora igikorwa c'abantu bo mu Bwamwi bw'ijuru, agasanga abwinjiyemwo ukwo".</t>
+    <t>Mu vyakiriwe na Abu Abdu Al-Rahmani mwene Abdullahi mwene Mas'uudi (Imana Allah Imwishimire) yavuze ati: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) Imvugakuri Mudahinyuzwa, yaratwiganiye iti : "Iremwa ry'umwe wese muri mwebwe riba mu kwiyegeranya kw'intanga mu gitereko ca nyina mu kiringo c'imirango mirongo ine n'amajoro mirongo ine, hanyuma nya muntu akaba akamanyu k'amaraso avuze mu kiringo nk'ico nyene c'imisi mirongo ine, hanyuma akaba akamanyu k'inyama mu kiringo nk'ico nyene c'imisi mirongo ine, hanyuma akarungikirwa umumalayika, maze agahabwa n'Imana Allah uburenganzira bw'ukwandika amajambo ane ku bizomushikira vyose, agaheza rero akandika: Ibizomubeshaho, imyaka azobaho, ibikorwa azokora, n'uko rero azobaho mu magorwa canke mu mahirwe, agaheza agaca amuhuhiramwo inkomoko y'ubuzima "Roho". Ni ukuri rero, ndarahiye kw'izina ry'urya ata yindi mana ihari atari Yo, ko mu vy'ukuri umwe wese muri mwebwe hari igihe bishika agakora igikorwa c'abantu bo mu Bwami bw'ijuru kugeza n'aho ata gisigaye kiri hagati yiwe n'Ubwami bw'ijuru ngo abushikire,  kiretse intambwe nto ireha n'uburebure bw'ukuboko gushika mu nkokora, yamara ivyanditswe kuri we bikitangiza imbere bikamuciramwo, maze agakora igikorwa c'abantu bo mu muriro, agasanga awinjiyemwo ukwo. Ni ukuri, hari n'igihe umwe muri mwebwe akora igikorwa c'abantu bo mu muriro, kugeza n'aho ata gisigaye kiri hagati yiwe n'umuriro ngo awinjiremwo, kiretse intambwe nto ireha n'uburebure bw'ukuboko gushika mu nkokora, yamara ivyanditswe kuri we bikitangiza imbere bikamuciramwo, maze agakora igikorwa c'abantu bo mu Bwami bw'ijuru, agasanga abwinjiyemwo ukwo".</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>بيان مراحل خلق الإنسان.
 الإيمان بالقضاء والقدر.
 الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
   </si>
   <si>
     <t>Kwerekana intambwe z'iremwa ry'umuntu.
 Kwemera ivyagezwe n'ishirwa mu ngiro ryavyo.
 Iherezo ryiza canke ribi ry'ibintu, ryisunga ivyamaze kwandikwa mu vyagezwe.
 Ukwihaniza umuntu ko atokwihenda  akishimira ibikorwa bitandukanye akora; kuko mu vy'ukuri, ibikorwa vyose bihabwa agaciro hisunzwe isozerwa ryavyo uko ryagenze (birabwa iherezo).
 ____</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66513</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
   </si>
   <si>
@@ -5914,74 +6127,74 @@
     <t>Iyi nyigisho y'intumwa, ni umushinge w'itegeko ngenderwako ryisungwa mu kwirinda ibintu biteye amazinda mw'idini.
 Guhimiriza no gukundisha abantu kureka gukora ibiteye amazinda mw'idini, ari na vyo ingingo yavyo iba idatomoye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66515</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Ruqayya, Tamiimu mwene Awsi Al-Daariy (Imana Allah Imwishimire) ni uko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati:||"Burya idini ry'ubwislamu rishingiye ku guhanurana (ritsimbatazwa mu guhanurana)", abari ng'aho muri twebwe, duca tuvuga tubaza duti: "Ugahanurana kuvugwa ng'aha, kwerekeye nde? gukorwa gute? ", araheza yishura ati: "Ni ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah, ukwemera n'ukwemanga ibiri mu Gitabu cayo, ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo, ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, hamwe rero n'ukwibutsa abislamu muri rusangi; ko bubaha bakanagendera  amabwirizwa y'Imana Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Abu Ruqayya, Tamiimu mwene Awsi Al-Daariy (Imana Allah Imwishimire) ni uko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Burya idini ry'ubwislamu rishingiye ku guhanurana (ritsimbatazwa mu guhanurana)", abari ng'aho muri twebwe, duca tuvuga tubaza duti: "Ugahanurana kuvugwa ng'aha, kwerekeye nde? gukorwa gute? ", araheza yishura ati: "Ni ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah, ukwemera n'ukwemanga ibiri mu Gitabu cayo, ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo, ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, hamwe rero n'ukwibutsa abislamu muri rusangi; ko bubaha bakanagendera  amabwirizwa y'Imana Allah".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
-    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ko idini ryubakiye kw'izirikanamana "ikhlaasw" no ku kuvuga ukuri "swidqu", kugira ryubahirizwe nka kurya Imana Allah Yaritegetse, ryuzuye ata gahaze, ritunganye ata kanenge canke uruhendo. Hari uwaciye abwira Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) amubaza ati: Uguhanurwa kwagenewe ba nde? Na we aca yishura avuga ati: Ubwa mbere: Ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah Nyenukuninahazwa na Nyenuguhabwicubahiro nta ngere, bigirwa mu gutumbereza igikorwa kuri Yo, no mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu bubungabunzi bw'ibiremwa "TAWHIIDU L-RUBUUBIYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu gusengwa "TAWHIIDU L-ULUUHIYYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu mazina n'amatazirano yayo "TAWHIIDU L-AL-ASMAA-I WAL-SWIFAAT", ukwubaha n'ukwubahiriza amabwirizwa yayo, hamwe rero n'ukurarikira abantu kuyemera. Ubwa kabiri: Ukwemera n'ukwemanga ibiri mu Gitabu cayo, na co kikaba ari Qor'ani ntagatifu, maze tukemanga ko ari amajambo yayo, n'uko ari Igitabu cayo casozereye ibindi Bitabu vyayo, n'uko cabisubiriye mu mabwirizwa yavyo, tukanacubaha tukacubahiriza, maze tukagisoma ukuri kw'ukugisoma, tugashira mu ngiro ingingo zaco zitunganye zitavuguruzwa (al-muh-kam), tukemera n'ingingo zayo zifobetse (al-mutashaabih), tukanagikingira gusigurwa nabi n'abarajwe ishinga n'uguhengamika ingingo zaco, tukanyurwa n'inyigisho z'ibirimwo, tugasasagaza n'ubumenyi bwaco, tukanararikira abantu kugikurikira. Ubwa gatatu: Ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo (nyakugira amahoro n'impuhwe z'Imana Allah), tugaheza tukemanga ko ari yo Ntumwa yayo yahetuye izindi, tukayemera mu vyo yashikirije, tukanagendera amabwirizwa yayo, tukirinda gukora ivyo yabujije, gutyo ntitwiyegereze ku Mana Allah kiretse mu kwisunga ivyo yigishije, tukubaha tukubahiriza n'agateka kayo, tukanasasagaza ubutumwa yazanye n'amabwirizwa y'idini yashikirije, tukanamirira kure ivyomekerwa kuri yo. Ubwa kane: Ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, mu kuzifasha kugendera ukuri, mu kutazirwanya ku ngingo zifashe mu gihe zidaciye kubiri n'idini, kuzumvira n'ukuzigamburukira mu bikorwa nyumviramana. Ubwa gatanu: Uguhanura abislamu muri rusangi, ko bubaha bakanagendera amabwirizwa y'Imana Allah, mu kubagirira ibikorwa vy'ubugwaneza no kubararikira kugora ivyiza, kubakingira kirya cose coza kibabangamira, kubipfuriza ineza, hamwe rero n'ugufadikanya na bo mu bikorwa vyiza n'ibikorwa vy'igamburukiramana.</t>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ko idini ryubakiye kw'izirikanamana "ikhlaasw" no ku kuvuga ukuri "swidqu", kugira ryubahirizwe nka kurya Imana Allah Yaritegetse, ryuzuye ata gahaze, ritunganye ata kanenge canke uruhendo. Hari uwaciye abwira Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) amubaza ati: Uguhanurwa kwagenewe ba nde? Na we aca yishura avuga ati: Ubwa mbere: Ukwubaha n'ukwubahiriza amabwirizwa y'Imana Allah Nyenukuninahazwa na Nyenuguhabwicubahiro nta ngere, bigirwa mu gutumbereza igikorwa kuri Yo, no mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu bubungabunzi bw'ibiremwa "TAWHIIDU L-RUBUUBIYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu gusengwa "TAWHIIDU L-ULUUHIYYA"; mu kwemera Imana Imwe Rurende Allah ata kuyibangikanya na kimwe mu mazina n'amatazirano yayo "TAWHIIDU L-AL-ASMAA-I WAL-SWIFAAT", ukwubaha n'ukwubahiriza amabwirizwa yayo, hamwe rero n'ukurarikira abantu kuyemera. Ubwa kabiri: Ukwemera n'ukwemanga ibiri mu Gitabu cayo, na co kikaba ari Qor'ani ntagatifu, maze tukemanga ko ari amajambo yayo, n'uko ari Igitabu cayo casozereye ibindi Bitabu vyayo, n'uko cabisubiriye mu mabwirizwa yavyo, tukanacubaha tukacubahiriza, maze tukagisoma ukuri kw'ukugisoma, tugashira mu ngiro ingingo zaco zitunganye zitavuguruzwa (al-muh-kam), tukemera n'ingingo zayo zifobetse (al-mutashaabih), tukanagikingira gusigurwa nabi n'abarajwe ishinga n'uguhengamika ingingo zaco, tukanyurwa n'inyigisho z'ibirimwo, tugasasagaza n'ubumenyi bwaco, tukanararikira abantu kugikurikira. Ubwa gatatu: Ukwumvira n'ugushira mu ngiro ivyigishijwe n'Intumwa yayo (nyakugira amahoro n'impuhwe z'Imana Allah), tugaheza tukemanga ko ari yo Ntumwa yayo yahetuye izindi, tukayemera mu vyo yashikirije, tukanagendera amabwirizwa yayo, tukirinda gukora ivyo yabujije, gutyo ntitwiyegereze ku Mana Allah kiretse mu kwisunga ivyo yigishije, tukubaha tukubahiriza n'agateka kayo, tukanasasagaza ubutumwa yazanye n'amabwirizwa y'idini yashikirije, tukanamirira kure ivyomekerwa kuri yo. Ubwa kane: Ukwubaha n'ukwumvira indongozi z'abislamu mu bidaciye kubiri n'amabwirizwa y'Imana Allah, mu kuzifasha kugendera ukuri, mu kutazirwanya ku ngingo zifashe mu gihe zidaciye kubiri n'idini, kuzumvira n'ukuzigamburukira mu bikorwa nyumviramana. Ubwa gatanu: Uguhanura abislamu muri rusangi, ko bubaha bakanagendera amabwirizwa y'Imana Allah, mu kubagirira ibikorwa vy'ubugwaneza no kubararikira gukora ivyiza, kubakingira kirya cose coza kibabangamira, kubipfuriza ineza, hamwe rero n'ugufadikanya na bo mu bikorwa vyiza n'ibikorwa vy'igamburukiramana.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع. 
 عِظَم منزلة النصيحة من الدين. 
 اشتمال الدين على الاعتقادات والأقوال والأعمال. 
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66516</t>
   </si>
   <si>
     <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
   </si>
   <si>
     <t>Ivyo nababujije, enda nyabuna muraheza mwirinde kubikora; ivyo nabategetse na vyo, enda nyabuna muraheza mukore ivyo mushoboye muri vyo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Hurayra, Abdu Al-Rahmaani mwene Swakhri (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Ivyo nababujije, enda nyabuna muraheza mwirinde kubikora; ivyo nabategetse na vyo, enda nyabuna muraheza mukore ivyo mushoboye muri vyo; kuko ni ukuri, ab'aho hambere yanyu bahonejwe n'ukubazagiza kenshi, n'ukudahuza mu guhazana ku Bavugishwamana babo".</t>
+    <t>Mu vyakiriwe na Abu Hurayra, Abdu Al-Rahmani mwene Swakhri (Imana Allah Imwishimire) yavuze ati: "Narumvise Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ivuga iti: "Ivyo nababujije, enda nyabuna muraheza mwirinde kubikora; ivyo nabategetse na vyo, enda nyabuna muraheza mukore ivyo mushoboye muri vyo; kuko ni ukuri, ab'aho hambere yanyu bahonejwe n'ukubazagiza kenshi, n'ukudahuza mu guhazana ku Bavugishwamana babo".</t>
   </si>
   <si>
     <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yaradutomoreye ko igihe itubujije gukora ikintu, dutegerezwa kucirinda burundu ata kwihinguza (ngo duhitishemwo gukora na kimwe muri vyo), n'uko igihe idutegetse gukora ikintu, dutegerezwa kugikora uko bidushobokeye kwose (turavye ubushobozi tugifiseko). Hanyuma yaratwihanije kugira ntitube nk'abantu b'aho hambere, babazagiza Abavugishwamana babo ibibazo vyinshi hamwe n'ukudahuza na bo mu guhazana ku nyishu bahawe, ivyo bikaba vyatumye bahanwa n'Imana Allah, ibihano bihonya vy’ubwoko bwose.  Ni ngombwa rero ko tutokwigenza nkabo kugira ntiduhone nk'uko bahonye.</t>
   </si>
   <si>
     <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
 النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
 ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
 لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
 كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
   </si>
   <si>
     <t>Iyi nyigisho y'intumwa, ni umushinge ngenderwako wisungwa mu gutomora  igitegetswe mu gihe c'ishira mu ngiro ry'itegeko no mu gihe c'ukwirinda ikibujijwe gukorwa.
 Ingingo ibuza gukora ikintu ntiyorohereza umuntu gukora bimwe mu bijanye na nya kintu; nayo ingingo itegeka gukora ikintu ishingiye ku bushobozi n'ububasha umuntu afise bwo kugikora; kuko ukureka ikintu burundu birashoboka, mu gihe ugukora ikintu bikeneye kwisunga ubushobozi n'ububasha bwo kugikora.
 Ibuzwa ryo kubazagiza : Iryo bazagiza, abamenyi barigabuye mu mice ibiri. Uwa mbere muri iyo: ni ibazagiza ritewe n'imvo z'ukwigisha ibintu nkenerwa mw'idini, iryo rikaba ritegetswe, ni na ryo ryibonekeza kenshi mu kubaza kw'ingendanyi. Uwa kabiri muri iyo mice: ni ibazagiza riba mu ntumbero yo kwihatira kubaza, iri bazagiza rero, ni ryo ribujijwe.
 Kwihaniza abantu guca kubiri n'Umuvugishwamana wabo (nyakugira amahoro n'impuhwe z'Imana Allah) nka kurya vyagendeye imigwi y'abantu bo hambere yabo.
 Ingingo y'ikibujijwe gukorwa, yubahirizwa ku kintu kibujijwe uko kingana kwose, ata kwihinguza ku buke canke ubwinshi bwaco; kuko bidakunda ko umuntu yirinda ikintu kiretse mu gihe acirinze burundu ata kwihinguza ku buke canke ubuto bwaco, ku bwinshi canke ubunini bwaco. Akarorero: Twarabujijwe kurya inyungu izira "ribaa", iryo buzwa rero, ryubahirizwa ku nyungu uko ingana kwose, yaba ari nke canke nyinshi.
 Kureka imvo zose zotuma umuntu akora ikizira; kuko ico kiri mu nsiguro yo kucirinda.
@@ -6085,117 +6298,521 @@
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
 إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66521</t>
   </si>
   <si>
     <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Kibondo! Mu vy'ukuri ngira ndakwigishe amajambo ngirakamaro:  enda zigama Imana Allah mu kubungabunga amabwirizwa yayo, na Yo Izokuzigama Ikubungabunge; zigama Imana Allah uzoyisanga imbere yawe mu biguhanze, niwagira ico usavye, urasaba Imana Allah, niwashaka gusaba imfashanyo urayisaba Imana Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
 وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
   </si>
   <si>
-    <t>Mu vyakiriwe na Abu Al'Abaasi, Abdullahi mwene Abbasi (Imana Allah Ibishimire bompi) yavuze ati: "Umusi umwe nari mpetswe n'Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) ku gitwazi iraheza imbwira iti: "Kibondo! Mu vy'ukuri ngira ndakwigishe amajambo ngirakamaro:  enda zigama Imana Allah mu kubungabunga amabwirizwa yayo, na Yo Izokuzigama Ikubungabunge; zigama Imana Allah uzoyisanga imbere yawe mu biguhanze, niwagira ico usavye, urasaba Imana Allah, niwashaka gusaba imfashanyo urayisaba Imana Allah, menya kandi ko abantu bose mu gihe bohuriza ku ngingo yuko hari ico bakumarira, ata na kimwe boshobora kukumarira,  kiretse kirya Imana Allah Yamaze kukwandikira ko ukironka; no mu gihe bohuriza ku ngingo yuko bakugeramira, ata na kimwe boshobora kukugeramirako, kiretse kirya Imana Allah Yamaze kukwandikira ko kigushikira;  burya rero ikaramu yandika ivyagezwe kuri umwumwe wese, yaramaze kwandika, kandi n'impapuro vyanditseko zaramaze kwumuka". Mu bundi bwakirizi mu vyashikirijwe na Al-Tirmidhiy havuga hati: "Enda zigama Imana Allah mu kubungabunga amabwirizwa yayo, uzoyisanga imbere yawe maze Igukingire. Menya (ibuka) Imana Allah mu gihe c'amahirwe worohewe, na Yo Izokumenya mu gihe c'amagorwa uremerewe. Menya kandi ko ikiguhushije kiba kitari kugushikira, n'uko ikigushikiye kiba kitari kuguhusha, menya n'uko intsinzi yama ikurikira mu nyuma y'ukwihangana, n'uko agahengwe kama gakurikira mu nyuma y'intureka, n'uko ukworoherwa kwama gukurikira mu nyuma y'ibikugoye".</t>
+    <t>Mu vyakiriwe na Abu Al'Abbaasi, Abdullahi mwene Abbasi (Imana Allah Ibishimire bompi) yavuze ati: "Umusi umwe nari mpetswe n'Intumwa y'Imana  (nyakugira amahoro n'impuhwe z'Imana Allah) ku gitwazi iraheza imbwira iti: "Kibondo! Mu vy'ukuri ngira ndakwigishe amajambo ngirakamaro:  enda zigama Imana Allah mu kubungabunga amabwirizwa yayo, na Yo Izokuzigama Ikubungabunge; zigama Imana Allah uzoyisanga imbere yawe mu biguhanze, niwagira ico usavye, urasaba Imana Allah, niwashaka gusaba imfashanyo urayisaba Imana Allah, menya kandi ko abantu bose mu gihe bohuriza ku ngingo yuko hari ico bakumarira, ata na kimwe boshobora kukumarira,  kiretse kirya Imana Allah Yamaze kukwandikira ko ukironka; no mu gihe bohuriza ku ngingo yuko bakugeramira, ata na kimwe boshobora kukugeramirako, kiretse kirya Imana Allah Yamaze kukwandikira ko kigushikira;  burya rero ikaramu yandika ivyagezwe kuri umwumwe wese, yaramaze kwandika, kandi n'impapuro vyanditseko zaramaze kwumuka". Mu bundi bwakirizi mu vyashikirijwe na Al-Tirmidhiy havuga hati: "Enda zigama Imana Allah mu kubungabunga amabwirizwa yayo, uzoyisanga imbere yawe maze Igukingire. Menya (ibuka) Imana Allah mu gihe c'amahirwe worohewe, na Yo Izokumenya mu gihe c'amagorwa uremerewe. Menya kandi ko ikiguhushije kiba kitari kugushikira, n'uko ikigushikiye kiba kitari kuguhusha, menya n'uko intsinzi yama ikurikira mu nyuma y'ukwihangana, n'uko agahengwe kama gakurikira mu nyuma y'intureka, n'uko ukworoherwa kwama gukurikira mu nyuma y'ibikugoye".</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
 وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
   </si>
   <si>
     <t>Mwene Abbasi (Imana Allah Imwishimire) aratwiganira ko igihe yari akiri muto, yigeze kuba ahetswe n'Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) ku gitwazi, aca amubwira ati: Mu vy'ukuri ngira ndakwigishe ibintu n'amajambo ngirakamaro, niwabigendera Imana Allah Izogira ico Ikumariye: Enda zigama Imana Allah mu kubungabunga amabwirizwa yayo y'ibitegetswe gukorwa n'ay'ibibujijwe gukorwa, ku buryo Imana Allah Igusanga mu bikorwa nyumviramana na nyegerezamana, ntizogusange na rimwe mu bicumuro no mu vyaha; niwaramuka ukoze ivyo, impembo yawe ku Mana Allah, ni uko na Yo Izokuzigama Ikubungabunga mu kugukingira ibikugeramiye mu vy'isi no mu vyo mu buzima bw'inyuma yo gupfa, Iheze Ikurwaneko mu bihambaye aho hose uzoba uroye. Niwagira ico ushatse gusaba, ntugasabe kiretse Imana Allah Yo Yonyene, kuko ari Yo Yakira ibisabo vy'abasavyi. Niwashaka gusaba imfashanyo, ntugasabe kiretse Imana Allah. Uheze kandi wame ufise umwizero ko ata kintu na kimwe ngirakamaro woshikako, n'aho abantu bo kw'isi bose bogihurizako ngo bakigufashe, kiretse mu gihe woba waracandikiwe n'Imana Allah, n'uko ata kintu cogushikira ngo kikugirire nabi, n'aho abantu bo kw'isi bose bogihurizako ngo bakugirire nabi, kiretse ko woshikirwa na kirya Imana Allah Yagenye ko kigushikira. Kandi wame uzi neza ko ivyo biri ukwo; kuko Imana Allah Yamaze kuvyandika mu vyagezwe kuri wewe, ko vyose bizogushikira bizokwisunga indinganizo n'intumbero y'Imana Allah, hamwe rero n'ubumenyi bwayo bwahetuye vyose imbere yuko bibaho, nta gihindura rero ivyamaze kwandikwa n'Imana Allah. Umuntu rero,  arakwiye kumenya ko ukuzigama Imana Allah mu kubungabunga amabwirizwa yayo y'ibitegetswe gukorwa n'ay'ibibujijwe gukorwa, Imana Allah Iheza Ikama Iri imbere yiwe mu kumenya ivyomugeramira maze Ikamutabara Ikanamushigikira; akamenya n'uko umuntu iyo yumviye Imana Allah mu gihe yorohewe, Imana Allah na Yo Iheza Ikamuba hafi mu kumworohereza uburyo bumukura mu bimugoye iyo bimushikiye. Burya umuntu wese yoshima ivyagezwe n'Imana Allah kuri we: vyaba inabi canke ineza. Iyo rero habaye ibigoye n'ibigeragezo ku muntu, araheza akihangana; kuko mu kwihangana ni ho harimwo urufunguruzo rumwugururira imiryango yo gutezurirwa;  akamenya n'uko iyo habaye intureka zikomeye kuri we, zikurikirwa n'agahengwe kazimukuramwo, n'uko iyo habaye ikimuremera haheza hagakurikira ukworoherezwa n'Imana Allah.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
 البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
 تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
   </si>
   <si>
     <t>Akamaro k'ukwigisha abana bakiri bato ivyerekeye idini, mu bijanye n'ukwemera Imana Imwe Rudende n'urupfasoni rw'ikislamu, n'ibindi bitari ivyo.
 Impera ku Mana Allah yisunga ubwoko bw'igikorwa.
 Kubwiriza abantu ko bishimikiza Imana Allah, n'uko ata n'ikindi kintu gikwiye kwishimikizwa mu gishingo cayo, kuko Imana Allah ari Yo Mwiza w'ukwishimikizwa.
 Ukwemera ivyagezwe n'ishirwa mu ngiro ryavyo, hamwe rero no kuvyishimira mu kuvyakira ata kwidoga, kuko Imana Allah Yamaze kugera ibintu vyose.
 Uwiyobagiza amabwirizwa y'Imana Allah mu kutayubahiriza, Imana Allah Iraheza Ikamureka akazimira, eka ntinamuzigama  ngo Imubungabunge.
 Inkuru nziza ihambaye,  ihumuriza umuntu ko iyo ashikiwe n'ibimugoye, akwiye kurindirana umwizero ko hagiye gukurikira ukworoherwa.
 Iremesha ry'umuntu igihe ashikiwe n'ikiza, akabura ivyo akunda. Ibi tukabisanga mu nyigisho y'intumwa aho ivuga iti: "Menya kandi ko ikiguhushije kiba kitari kugushikira, n'uko ikigushikiye kiba kitari kuguhusha"; iryungane rya mbere riraremesha mu kwereka umuntu ingene yokwifata igihe ashikiwe n'ivyo adakunda;  nayo irya kabiri,  riraremesha mu kwerekana ingene umuntu yokwifata igihe abuze ivyo akunda.</t>
   </si>
   <si>
-    <t>رواه الترمذي وغيره</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66522</t>
   </si>
   <si>
     <t>Mu Vyakiriwe na Se wa Mas'uudi, Uqba mwene Amri Al-Answaariy yarwanye ku rugamba rwa Badiri (Imana Allah Imwishimire),  yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti:||"Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse</t>
   </si>
   <si>
     <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Mu Vyakiriwe na Se wa Mas'uudi, Uqba mwene Amri Al-Answaariy yarwanye ku rugamba rwa Badiri (Imana Allah Imwishimire),  yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri, mu vyahanahanwe n'abantu bakabitahura mu majambo y'ivugishwamana ryo kuva kera na rindi, ni uko iyo utagira isoni uheza ugakora ivyo ushatse".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66523</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Se wa Amri, vyaravuzwe n'uko biri mu vyakiriwe na Se wa Amra, Sufiyani mwene Abdullahi (Imana Allah Imwishimire) yavuze ati:||"Naravuze mbaza nti: "Ewe Ntumwa y'Imana! Mbwira mu vyerekeye ubwislamu, ijambo ntazobaza uwundi muntu n'umwe atari wewe". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yishuye iti: "Vuga uti: "Naremeye Imana Allah", hanyuma ugororoke mu gutsimbatara kw'idini</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Mu vyakiriwe na Se wa Amri, vyaravuzwe n'uko biri mu vyakiriwe na Se wa Amra, Sufiyani mwene Abdullahi (Imana Allah Imwishimire) yavuze ati: "Naravuze mbaza nti: "Ewe Ntumwa y'Imana! Mbwira mu vyerekeye ubwislamu, ijambo ntazobaza uwundi muntu n'umwe atari wewe". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yishuye iti: "Vuga uti: "Naremeye Imana Allah", hanyuma ugororoke mu gutsimbatara kw'idini".</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/rn/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>Ubona gute mu gihe nosenga amasengesho-bwirizwa, ngapfunga ukwezi kwa Ramadhani, nkubahiriza amabwirizwa y'ibirekuwe nkabikora, nkubahiriza n'amabwirizwa y'ibizira nkavyirinda</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Se wa Abdu Al-Rahmani Al-Answaariy (Imana Allah Ibishimire bompi) yavuze ko hari umugabo yigeze kubaza Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ati: "Ubona gute mu gihe nosenga amasengesho-bwirizwa, ngapfunga ukwezi kwa Ramadhani, nkubahiriza amabwirizwa y'ibirekuwe nkabikora, nkubahiriza n'amabwirizwa y'ibizira nkavyirinda, hanyuma sindenze na kimwe kuri ivyo ndondaguye, mbega nokwinjira mu Bwami bw'ijuru?". Intumwa yishuye iti: "Ego cane!".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>Ukwihumanura ni igice c'ukwemera, ishimagizwa ry'Imana Allah mu kuvuga uti: "AL-HAMDU LILLAAH" na ryo ryuzuza umunzane mu ndishi, ininahazamana hamwe n'ishimagizwa ry'Imana Allah mu kuvuga uti: "SUB-HAANA LLAAHI WAL-HAMDU LILLAAH" na vyo vyuzuza ikirere kiri hagati y'isi n'amajuru mu ndishi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Se wa Maaliki, Al-Haarithi mwene Aaswim Al-Ash'ariy (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Ukwihumanura ni igice c'ukwemera, ishimagizwa ry'Imana Allah mu kuvuga uti: "AL-HAMDU LILLAAH" na ryo ryuzuza umunzane mu ndishi, ininahazamana hamwe n'ishimagizwa ry'Imana Allah mu kuvuga uti: "SUB-HAANA LLAAHI WAL-HAMDU LILLAAH" na vyo vyuzuza ikirere kiri hagati y'isi n'amajuru mu ndishi, isengesho-bwirizwa na ryo ni umuco uboneshereza uwurisenga, imperezwa na yo ni icemezo c'ukwemera, ukwihangana na kwo ni itara ryakiriza umuntu mu vyago, Qor'ani na yo kuri wewe, ni icabona canke icagiriji, burya rero abantu bose bazinduka bagenda, maze muri bo hakaba uwugurisha umushaha wiwe mu kuwurokora mu muriro canke mu kuwuhonya akawutayo".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti:||"Agahimba kose mu bihimba vy’umubiri w'umuntu, karafise imperezwa kotanga maze umuntu akayihemberwa. Buri musi izuba riserutse rero, maze umuntu agatunganiriza abantu babiri batase, iba ari imperezwa ahemberwa; afashije umuntu mu kumwuriza ku gitwazi ciwe canke mu kumuterurira udukoresho twiwe akadushira kuri nya gitwazi, iba ari imperezwa ahemberwa; eka n'ijambo ryiza rihumuriza umuntu, iba ari imperezwa ahemberwa; n'intambwe umuntu ateye aja gusenga, iba ari imperezwa ahemberwa; n'ugukura mu nzira ikibangamira abarengana, iba ari imperezwa ahemberwa</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Agahimba kose mu bihimba vy’umubiri w'umuntu, karafise imperezwa kotanga maze umuntu akayihemberwa. Buri musi izuba riserutse rero, maze umuntu agatunganiriza abantu babiri batase, iba ari imperezwa ahemberwa; afashije umuntu mu kumwuriza ku gitwazi ciwe canke mu kumuterurira udukoresho twiwe akadushira kuri nya gitwazi, iba ari imperezwa ahemberwa; eka n'ijambo ryiza rihumuriza umuntu, iba ari imperezwa ahemberwa; n'intambwe umuntu ateye aja gusenga, iba ari imperezwa ahemberwa; n'ugukura mu nzira ikibangamira abarengana, iba ari imperezwa ahemberwa".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>Ndabasigiye iragi ry'uko mwotsimbatara kw'igamburukiramana, ukwumva n'ukwumvira indongozi, n'aho indongozi ibarongoye yoba ari umuja, burya uwuzobaho akaramba muri mwebwe mu nyuma zanje, azobona ukudahuza mu guhazana kenshi mu vyiyumviro, nivyabashikira rero muraheza muce mwisunga inyigisho n'imigenzo vyanje, hamwe rero n'imigenzo y'ingendanyi zanje z'abagororotsi zigendera ukuri</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Se wa Najiihi, Al'Irbaadwi mwene Saariya (Imana Allah Imwishimire) yavuze ati: "Umusi umwe Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yaraduhaye inyigisho (impanuro)  nkoramutima zadushitse ku nyota, maze imitima iroroha iratinya, amaso na yo arakorora amosozi, duca tuvuga duti: "Ewe Ntumwa y'Imana! Waduhaye inyigisho (impanuro) nkoramutima nk'iz'umuntu ariko araraga, enda rero duhe isezerano tuzoheza tukisunga utakiriho". Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ica ivuga iti: "Ndabasigiye iragi ry'uko mwotsimbatara kw'igamburukiramana, ukwumva n'ukwumvira indongozi, n'aho indongozi ibarongoye yoba ari umuja, burya uwuzobaho akaramba muri mwebwe mu nyuma zanje, azobona ukudahuza mu guhazana kenshi mu vyiyumviro, nivyabashikira rero muraheza muce mwisunga inyigisho n'imigenzo vyanje, hamwe rero n'imigenzo y'ingendanyi zanje z'abagororotsi zigendera ukuri, izo nyigisho n'imigenzo rero ndababwiye, murazigumya n'ibijigo  mu kuzigendera mutarekura, muraheza kandi mwirinde ibintu vy'ivyadukona; kuko icadukano ico ari co cose, ni ubuhuvyi".</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Mu'aadhi mwene Jabali (Imana Allah Imwishimire) yavuze ati: "Narigeze kubwira Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) nti: "Ewe Ntumwa y'Imana! Mbwira igikorwa cotuma ninjira mu Bwami bw'ijuru kikananyigiza kure y'umuriro"! Ica inyishura ivuga iti: "Ni ukuri, umbajije ku kintu gihambaye, coroshe gukora ku wacoroherejwe n'Imana Allah:  Uriyegereza ukanasenga Imana Allah utayibangikanya na kimwe mu biremwa; ugatsimbataza amasengesho; ugatanga ishimnwa-bwirizwa; ugapfunga ukwezi kwa Ramadhani; ukanashengerera ingoro ntagatifu". Hanyuma yaciye imbwira iti: "Mbega none ndakwereke imiryango y'ivyiza bisa!? Ugupfunga, ni inkinzo ikingira umuntu umuriro, imperezwa na yo ihanagura igicumuro kigaherengetera nka kurya amazi azimya umuriro, hamwe rero n'isengesho ry'umuntu asenga mu gicugu". Mu'aadhi yavuze ati: "Hanyuma ica isoma Aayah iti: ﴾Baravyuka bakigira kure y’uburiri basenga mu gicugu ...﴿ (As-Sajda: 16) gushika kuri ﴾...ku vyiza bamye bakora kw’isi﴿ (As-Sajda: 17), mu nyuma ica ivuga iti: "Mbega ndakwiganire umutwe wa vyose, inkingi yavyo hamwe n'isonga ry'ipfupfu ryavyo!?". Naciye nishura nti: "Ego cane Ntumwa y'Imana nyiganira!". Yaciye ivuga iti: "Umutwe wa vyose ni ubwislamu, inkingi ya vyose na yo ni isengesho, isonga ry'ipfupfu ryavyo na ryo, ni uguharanira idini ry'Imana Allah". Mu nyuma ica ivuga iti: "Mbega none ndakwiganire ikigaba kikaganza ivyo vyose ndakwiganiye?", nanje nca mvuga nti: "Ego cane Ntumwa y'Imana, nyiganira!", iraheza ifata isonga ry'ururimi rwayo ica ivuga iti: "Gumya aka karimi", nanje nca mvuga nitangaza nti: "Ewe Muvugishwamana! Burya ni ukuri, tuzohanirwa ivyo tuvuga?". Ica ivuga iti: "Mu'aadhi! Nyoko arakakubura, none burya hari ikizota abantu mu muriro bakazobanza mu maso habo canke bakagwira amazuru yabo, atari uguhanirwa ivyavuzwe n'akarimi kabo!".</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>Ntibirekuwe  ko umuntu yigeramira eka ntibinarekuwe ko ageramira uwundi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Se wa Sa'iid mwene Maaliki mwene Sinaani Al-Khudriy (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Ntibirekuwe  ko umuntu yigeramira eka ntibinarekuwe ko ageramira uwundi".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko ari ngombwa gukinga ibibangamira abantu, mu moko yavyo yose, iyo vyozanana hose, maze umuntu akavyikingira akanabikingira abandi, burya nta muntu n'umwe arekuriwe kwibangamira canke kubangamira abandi. Ntibinarekuwe ko umuntu agera ingere ku yindi iyo hagize uwumugeramira; kuko ikibangamye ntigikurwaho n'ikindi kibangamye kiretse iyo ari mu ntumbero yo kwihora ata kurenza urugero ku vyo umuntu yakorewe.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Birabujijwe ko umuntu yihora mu kurenza urugero rw'ikibi yakorewe.
+Imana Allah ntiyigeze Itegeka abantu ikintu na kimwe cobageramira.
+Iyi nyigisho y'intumwa, ni umushinge ngenderwako wisungwa mu kuziririza ko umuntu yigeramira. Ukugeramira abanndi gushobora kuba mw'ijambo, mu gukora ikintu canke mu kureka.
+Biri mu mategeko y'ubwislamu ko "ikibangamye kidakurwaho n'ikindi", burya amategeko y'ubwislamu ntarekurira umuntu gukora ibibangamye, aranabuza cane kubangamira abandi.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Mwene  Abbaasi (Imana Allah Ibishimire pombi), ni uko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti:||"Iyo abantu baba bahabwa uburenganzira bwo gucirirwa imanza hisunzwe ivyo bashikirije mu kwitwara, ni ukuri abantu bokwitwariye abandi basaba guhabwa amatungo yabo, no kwihorera mu gusesa amaraso yabo, ariko rero nyabuna icisungwa mu guca imanza, ni uwitwaye gushikiriza icemezo ku vyo yagiriza uwitwariwe, n'irahizwa ry'uwitwariwe rero mu gihe hatabonetse icagiriji, maze agahakana ivyo yagirizwa</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>Mu vy'ukuri Imana Allah Yaranditse ivyiza n'ibibi, hanyuma Iraheza Irabitomora</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Mwene Abbaasi (Imana Allh Ibishimire bompi) ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) mu vyo yakiriye ku Mana yiwe Rurema Allah Nyenuguhabwicubahiro nta ngere, yavuze iti: "Mu vy'ukuri Imana Allah Yaranditse ivyiza n'ibibi, hanyuma Iraheza Irabitomora, ko uwo wese rero azozirikana gukora iciza, hanyuma ntagishire mu ngiro, Imana Allah Izokimwandikira kuba ari iciza kimwe cuzuye; niyaramuka naho akizirikanye hanyuma akagishira mu ngiro, Imana Allah Izokimwandikira kuba ari ivyiza cumi vyuzuye gushika ku vyiza bigwijwe incuro amajana indwi, eka mbere n'ibirenga gushika ku vyiza bigwijwe incuro nyinshi hisunzwe izirikanamana yagikoranye; n'uwo wese azozirikana gukora ikibi hanyuma ntagishire mu ngiro, Imana Allah Izokimwandikira kuba ari iciza kimwe cuzuye; niyaramuka naho akizirikanye hanyuma akagishira mu ngiro, Imana Allah Izokimwandikako kuba ari ikibi kimwe gusa".</t>
+  </si>
+  <si>
+    <t>Kwerekana ivyiza bihambaye Imana Allah Yageneye abantu barungikiwe Intumwa Muhamadi (nyakugira amahoro n'impuhwe z'Imana Allah), mu kwandikirwa no mu kugwirizwa ku Mana Allah ivyiza bakora, no mu kutagwirizwa ibibi bakora.
+Agaciro k'izirikana-gikorwa n'ingaruka zaryo mu vyo umuntu akora.
+Ivyiza vy'Imana Allah Nyeniteka n'icubahiro nta ngere, ikigongwe cayo hamwe n'ubugwaneza bwayo mu kwandikira indishi z'iciza, uwuzirikanye nya ciza n'aho yoba atashoboye kugishira mu ngiro.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Mu vy'ukuri, Imana Allah Yavuze Iti: "Umuntu uwo ari we wese azobangamira umutoni wanje, ni ukuri naramaze kumusezeranira indwano, burya nta muja wanje anyiyegereza mu gukora ivyo Nkunda kurusha, vyoza bisumba kunyiyegereza mu gukora ivyo Namubwirije</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Hurayra (Imana Allah Imwishimire) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Mu vy'ukuri, Imana Allah Yavuze Iti: "Umuntu uwo ari we wese azobangamira umutoni wanje, ni ukuri naramaze kumusezeranira indwano, burya nta muja wanje anyiyegereza mu gukora ivyo Nkunda kurusha, vyoza bisumba kunyiyegereza mu gukora ivyo Namubwirije, kandi umuja wanje ntahengeshanya kuguma anyiyegereza mu gukora ibikorwa-nyongera, gushika n'aho Ndamukunda, iyo Maze kumukunda rero, Nca Ndamubera ugutwi kwiwe akoresha mu kwumva, n'amaso yiwe akoresha mu kubona, n'ukuboko kwiwe akoresha mu gufata, n'ukuguru kwiwe akoresha mu kugenda; n'iyo hagize ico ansaba, ni ukuri Ndakimuha; n'iyo anyiyambaje ngo Ndamukingire, ni ukuri Ndamukingira; kandi rero sinigera ngonanwa ku kintu nshatse gukora, n'uko ngonanwa ku mutima w'umwemeramana iyo nshatse ko ahwera, kandi na we rero yanka gupfa, nanje nkanka kumushavuza".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah),  yaratwiganiye muri iyi nyigisho ntagatifu, ko mu vy'ukuri Imana Allah Nyenintsinzi na Nyenicubahiro Yavuze Iti: Umuntu uwo ari we wese azobangamira umutoni mu batoni banje maze akamushavuza, akamwanka, ni ukuri naramaze kumenyesha icese ko namusezeraniye indwano n'urwanko. Ijambo "waliyyu" risigura umwemeramana w'umugamburukiramana, burya umuja agenerwa umugabane w'ubutoni ku Mana Allah hisunzwe urugero rw'ukwemera n'urw'igamburukiramana agezeko. Burya nta mwislamu yiyegereza ku Mana Allah mu gukora ibikundwa n'Imana Allah kurusha, vyoza bisumba gukora ivyo Yamubwirije no kureka gukora ivyo Yamubujije, kandi umwislamu ntahengeshanya kuguma yiyegereza ku Mana Allah mu gukora ibikorwa-nyongera hamwe n'ibikorwa Yamutegetse; gushika n'aho ashika ku gukundwa n'Imana Allah. Iyo rero Imana Allah Imaze kumukunda, Ica Imutumberereza ku neza ibi bihimba bine: Imutumberereza ugutwi kwiwe ku buryo atagukoresha mu kwumva kiretse ibishimisha Imana Allah. Imutumberereza amaso yiwe ku buryo atayakoresha mu kubona kiretse birya Imana Allah Ikunda bikanayishimisha ko abiraba. Imutumberereza  ukuboko kwiwe ku buryo atagukoresha kiretse mu bishimisha Imana Allah. Imutumberereza ukuguru kwiwe ku buryo atagukoresha kiretse  mu kugenda mu bishimisha Imana Allah, eka ntanagukoresha kiretse mu birimwo ineza kuri we. Hamwe n'ivyo vyose rero, iyo hagize ico asaba Imana Allah, ni ukuri Irakimuha, maze akaba umuntu yakirirwa igisabisho; ni ukuri n'iyo yambaje Imana Allah asaba ko Imukingira, ni ukuri Imana Allah Nyenukuninahazwa Iraheza Ikamukingira Ikanamutekanisha ku bimuteye ubwoba.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>Nta n'umwe muri mwebwe yokwemera bikwiye, ivyipfuzo vyiwe bitabanje gukurikiza ivyo narungikanywe mu mabwirizwa</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Se wa Muhamadi, Abdullahi mwene Amri mwene Al'Aaswi (Imana Allah Ibishimire bompi) yavuze ko Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze iti: "Nta n'umwe muri mwebwe yokwemera bikwiye, ivyipfuzo vyiwe bitabanje gukurikiza ivyo narungikanywe mu mabwirizwa".</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yaratomoye ko mu vy'ukuri umuntu ataba umwemeramana akwije ukwemera gutegetswe, ivyo akunda bitabanje gukurikiza ivyo (nyakugira amahoro n'impuhwe z'Imana Allah) yazanye mu mabwirizwa y'ibitegetswe n'ibibujijwe, hamwe rero n'ibindi bitari ivyo, maze agakunda ivyo Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yategetse, akanka n'ivyo yabujije.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Iyi nyigisho y'intumwa, ni umushinge ngenderwako wisungwa mu gushira aho ibwirizwa rishize no mu kurikurikiza ata kuryihinguzako.
+Ukwihaniza umuntu ko uwuhirahiye agakoresha ubwenge kibure imico n'akaranga mu kubishira imbere y'amabwirizwa yazanwe n'Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah)  ata kwemera gukwiye aba afise.
+Ni ngombwa kwisunga amategeko y'ubwislamu muri vyose, hisunzwe iryungane riri mu nyigisho y'intumwa rivuga riti: "gukurikiza ivyo narungikanwe mu mabwirizwa"
+Ukwemera kwiyongera hisunzwe ibikorwa nyumviramana, kugatubanuka bivanye n'ugukora ivyaha n'ibicumuro.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>ZINA KINTU COSE KIBORERA, KIBA KIZIRA</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abu Burda kuri Se wiwe Abu Musa Al-Ash'ariy (Imana Allah Imwishimire) yavuze ko mu vy'ukuri Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yigeze kumurungika mu Gihugu ca Yemeni, agarutse amubaza ku vyerekeye ibinyobwa bihingurirwayo, maze avuga ati: "Ni ibihe binyobwa bihingurirwayo?", Abu Burda na we aca yishura ko ivyo binyobwa ari ivyitwa "Al-Bit'u" na "Al-Mizru", aca arabazwa ati: "Al-Bit'u", ihinguwe mu biki?", aca arishura ati: "Ni inzoga ihinguwe mu buki"; nayo "Al-Mizru", ni inzoga ihinguwe mu ngano. Umuvugishwamana aca avuga ati: "Ikintu cose kiborera, kiba kizira". Mu vyashikirijwe na Muslimu, hakoreshejwe aya majambo ko: Abu Burda yavuze ati: "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yarigeze kundungika jewe hamwe na Mu'aadhi mu Gihugu ca Yemeni, tugarutse nca mvuga nti: "Ewe Ntumwa y'Imana! Mu vy'ukuri, mu Gihugu cacu twahoramwo hari ikinyobwa citwa "Al-Mizru" gihingurwa mu ngano, n'ikindi citwa "Al-Bit'u" gihingurwa mu buki". Intumwa ica imwishura iti: "Zina kintu cose kiborera, kiba kizira". Mu bundi bwakirizi bwashikirijwe na Muslimu nyene, havugwa ko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Zina kintu cose kiborera kigatuma umuntu atibuka isengesho ico ari co, kiba kizira". Hari n'ubundi bwakirizi bwashikirijwe kandi na Muslimu hongeweko ko "Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yari yarahawe ububasha bwo gukoresha amajambo make ahurikiyemwo insiguro nyinshi, asozerwa n'ingingo, maze aca avuga ati: "Yarabujije zina kintu cose kiborera kigatuma umuntu atibuka isengesho ico ari co".</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Abu Musa Al-Ash'ariy (Imana Allah Imwishimire) aratwiganira ko Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yamurungitse mu Gihugu ca Yemeni, amaze kugaruka aca amubaza ku vyerekeye ibinyobwa bihingurirwayo ko vyoba bizira, Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) aca abanza kubaza neza ivyerekeye nya binyobwa. Abu Musa (Imana Allah Imwishimire) aca adoma urutoke kuri nya binyobwa ko ari: ivyitwa "Al-Bit'u" ihingurwa mu buki na "Al-Mizru" ihingurwa mu ngano. Umuvugishwamana  (nyakugira amahoro n'impuhwe z'Imana Allah) aca aba asanzwe yarahawe ububasha bwo gukoresha amajambo make ahurikiyemwo insiguro nyinshi, aca avuga ati: "Zina kintu cose kiborera, kiba kizira".</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Al-Nabiidhu: ni amazi yashizwemwo itende canke ubuki canke ingano, n'ibindi nk'ivyo; kugira nya mazi agire akanovera gasosera, aho ashobora guhinduka umubira mu gihe amazemwo imisi agaca acika inzoga.
+Iyi nyigisho y'intumwa, ni umushinge ngenderwako wisungwa mu kuziririza amoko ya birya vyose biborera; nk'inzoga, urumogi, n'ibindi bitari ivyo mu biyovyabwenge.
+Akamaro ko kubaza ku vyo umwislamu akeneye kumenya.
+Mu ntango inzoga igitangura kuziririzwa, yaziririjwe mu gihe hageze umwanya wo gusenga, bitewe n'uko bamwe mu ngendanyi z'abimukira "Muhajiriina" vyashitse bagasoma nabi Qor'ani mw'isengesho; haca hamanuka Aayah, aho Imana Allah Nyenuguhabwicubahiro nta ngere Ivuga Iti:  ﴾Emwe bemeye Imana Allah n’Intumwa yayo bakubahiriza n’amabwirizwa yayo! Ntimukegere isengesho ngo musenge mu gihe muborewe, gushika mushobore gutandukanya icatsi n’ururo mutahure n’ivyo muvuga...﴿ (An-Nisaa-i: 43). Ico gihe rero umurarikirasengesho w'Intumwa  y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) yararikira abantu kuja gusenga avuga ati: "Ntihagire uwuza gusenga aborewe!". Mu nyuma rero, ni ho Imana Allah Yaziririza burundu inzoga, aho Yavuze Iti: ﴾Emwe bemeye Imana Allah n’Intumwa yayo bakubahiriza n’amabwirizwa yayo! Ni ukuri, inzoga , urusimbi , ibigirwamana  no gusokora imyampi mu ndaha  mu ntumbero yo kumenya ico mwokora canke ico mworeka muri kazoza, ivyo vyose ni ibicumuro bituruka ku nyoshambi za shetani, nimuvyirinde rero kugira muronke intsinzi ihambaye y’Ubwami bw’ijuru. Ni ukuri, shetani ishaka gutera urwanko n’inzigo hagati yanyu ibicishije mu kunywa inzoga no gukina urusimbi, gutyo ibabuze kuninahaza no gutazira Imana Allah, inababuze no gutsimbataza amasengesho, nimuvavanure na vyo rero﴿ (Al-Maa-ida: 90-91).
+Imana Allah Nyenuguhabwicubahiro nta ngere Yaziririje inzoga kuko ikubiyemwo ibikwegera umuntu mu bibi n'ubwononyi bwinshi.
+Igihambaye cisungwa mw'iziririzwa ry'ikinyobwa (ico ari co cose), ni ukuba kiborera. Iyo rero ikinyobwa kiborera, kiba kizira kwihereza; iyo naho kitaborera, kiba kirekuwe kwihereza.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abdullaahi mwene Amri (Imana Allah Ibishimire bompi) yavuze ko Intumwa y'Imana (nyakugira mahoro n'impuhwe z'Imana Allah) yavuze iti:||"Hari ibintu bine, uwurangwa na vyo aba ari indyarya. Iyo naho aranzwe na kimwe muri vyo, aba aranzwe na kimwe mu biranga uburyarya gushika akiretse akavavanura na co. Abarangwa n'ivyo bintu bine rero: ni urya muntu iyo aganiriye abesha, n'iyo atanze isango ntaryubahiriza, n'iyo atase arerura mu gutata, n'iyo yiyemeje ikintu arahemuka</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abdullaahi mwene Amri (Imana Allah Ibishimire bompi) yavuze ko Intumwa y'Imana (nyakugira mahoro n'impuhwe z'Imana Allah) yavuze iti: "Hari ibintu bine, uwurangwa na vyo aba ari indyarya. Iyo naho aranzwe na kimwe muri vyo, aba aranzwe na kimwe mu biranga uburyarya gushika akiretse akavavanura na co. Abarangwa n'ivyo bintu bine rero: ni urya muntu iyo aganiriye abesha, n'iyo atanze isango ntaryubahiriza, n'iyo atase arerura mu gutata, n'iyo yiyemeje ikintu arahemuka".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>Iyo muba mwama mwishimikiza Imana Allah mu vyo mukora ukuri kw'ukuyishimikiza, ni ukuri Yobaronkeje ibibabeshaho bikwiye nka kurya Ironsa inyoni ibizibeshaho bikwiye, aho ubona zizinduka zikagenda zishonje, zagaruka naho zikagaruka zihaze, amabondo yafoye</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Omari mwene Al-Khattwaabi (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Iyo muba mwama mwishimikiza Imana Allah mu vyo mukora ukuri kw'ukuyishimikiza, ni ukuri Yobaronkeje ibibabeshaho bikwiye nka kurya Ironsa inyoni ibizibeshaho bikwiye, aho ubona zizinduka zikagenda zishonje, zagaruka naho zikagaruka zihaze, amabondo yafoye".</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Iciza, ni umuntu kurangwa n'imigenzo myiza; nayo igicumuro na co, ni kirya cose gitera amazinda mu gikiriza cawe, ukanka n'uko abantu bomenya ko wagikoze</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Al-Nawwaasi mwene Sim'aani (Imana Allah Imwishimire) ku Muvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ati: "Iciza, ni umuntu kurangwa n'imigenzo myiza; nayo igicumuro na co, ni kirya cose gitera amazinda mu gikiriza cawe, ukanka n'uko abantu bomenya ko wagikoze". No mu vyakiriwe na Waabiswa mwene Ma'badi (Imana Allah Imwishimire) yavuze ati: "Naraje ku Ntumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ica imbwira iti: "Uje kubaza ku vyerekeye iciza n'ikibi, ivyo ari vyo?", nca mvuga nti: "Egome, ni co kinzanye!". Ica ivuga iti: "Enda nyabuna baza umutima wawe, burya iciza, ni kirya kintu cose umuntu atekanirwa iyo agikoze, maze akumva iteka n'itekane ku mushaha; nayo igicumuro, ni kirya kintu cose kiguteye amazinda mu kugikora, maze ukagumana akarigangamuhogo ku mushaha n'aho abantu bokubwira ngo kirarekuwe, bakongera bagasubira  bakakubwira bati kirarekuwe".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Umuvugishwamana (nyakugira amahoro n'impuhwe z'Imana Allah) yavuze ku vyerekeye ukumenya iciza n'ikibi ati: Igihambaye mu biranga iciza, ni umuntu kurangwa n'imigenzo myiza ku Mana Allah, imigenzo ibonekera mw'igamburukiramana, hamwe rero no kurangwa n'imigenzo myiza ku bantu, imigenzo ibonekera mu kwihanganira ibangamira ryabo, gushavura gake kabaho, gushwashwanuka mu maso, kuyaga amajambo meza, kwunga ubuvandimwe, kwumvira Imana Allah, kurangwa n'impuhwe n'ubugwaneza, kubana neza n'abandi, n'uko iciza ari kirya mu kugikora, umuntu atekanirwa ku mutima. Nayo igicumuro, ni kirya kintu cose wumva gihehera mu mushaha mu bintu biteye amazinda, maze kikaguma kikuryohereza kugikora ariko umutima ukakwankira, ukagumana amakenga n'ubwoba butewe n'ukwiyumvamwo ko kugikora ari igicumuro, ukanka n'ukukigaragariza abantu kuko giteye isoni ku bantu bisoneye, b'intungane, ivyo bigaterwa n'uko muri kamere k'umuntu, akunda kugaragariza abantu ivyiza akora; iyo rero bishitse ko yanka bimwe mu vyo akora ko bigaragara, maze abantu bakabimenya, ico gikorwa kiba ari igicumuro, nta n'iciza namba kiba kirimwo; n'aho abantu bokubwira ingingo yuko ico kiguteye amazinda kirekuwe, ntugaheze ngo ubumvire mu vyo bavuga, igihe wamaze kwiyumvamwo ko nya kintu kiguteye amazinda kiguma gihehera mu mushaha; kuko burya ingingo ushikirijwe ntikumara amazinda ugifiseko mu gihe nya mazinda koko aba ari ay'ukuri, uwugushikirije nya ngingo na we akaba ata bumenyi yisunze; nayo mu gihe iyo ngingo washikirijwe yoba ishingiye ku cemezo  c'ukuri, muri ico gihe biba ngombwa ko ugaruka ukisunga nya ngingo n'aho itogushimisha ku mushaha wawe.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>Ururimi rwawe ntiruzohengeshanye kuguma ruremvye mu kuninahaza no gutazira Imana Allah</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Mu vyakiriwe na Abdullahi mwene Busri (Imana Allah Imwishimire) yavuze ko hari umugabo yigeze kubwira Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah) ati: "Ewe Ntumwa y'Imana! Mu vy'ukuri amabwirizwa y'ubwislamu, ni ukuri yambanye menshi, enda rero mbwira umuce umwe gusa uhurikiyemwo vyose, mpeze ndawufate nkama ndawutsimbatareko! Ica imwishura iti: "Ururimi rwawe ntiruzohengeshanye kuguma ruremvye mu kuninahaza no gutazira Imana Allah". Mu bundi bwakirizi mu nyigisho yakiriwe na Mu'aadhi mwene Jabali (Imana Allah Imwishimire) yavuze ati: "Mu bintu vya nyuma naherukiyeko kubaza Intumwa y'Imana (nyakugira amahoro n'impuhwe z'Imana Allah), navuze nti: "Ni ibihe bikorwa vyiza gusumba binatonesha ku Mana Allah kurusha, mu bikorwa vyiza bitegetswe?". Yanyishuye iti: "Ni uko wopfa, ururimi rwawe rukibomvye mu kuguma runinahaza rutazira Imana Allah Nyenintsinzi na Nyenicubahiro".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/rn/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -6498,51 +7115,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O167"/>
+  <dimension ref="A1:O187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -7970,6391 +8587,7331 @@
       </c>
       <c r="I32" t="s">
         <v>309</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>4295</v>
+        <v>4216</v>
       </c>
       <c r="B33" t="s">
         <v>311</v>
       </c>
       <c r="C33" t="s">
         <v>312</v>
       </c>
       <c r="D33" t="s">
         <v>313</v>
       </c>
       <c r="E33" t="s">
         <v>314</v>
       </c>
       <c r="F33" t="s">
         <v>315</v>
       </c>
       <c r="G33" t="s">
         <v>316</v>
       </c>
       <c r="H33" t="s">
         <v>317</v>
       </c>
       <c r="I33" t="s">
         <v>318</v>
       </c>
       <c r="J33" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="K33" t="s">
-        <v>25</v>
+        <v>320</v>
       </c>
       <c r="L33" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="M33" t="s">
-        <v>27</v>
+        <v>322</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>4303</v>
+        <v>4295</v>
       </c>
       <c r="B34" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C34" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D34" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E34" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F34" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="G34" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="H34" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="I34" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="J34" t="s">
-        <v>328</v>
+        <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>329</v>
+        <v>25</v>
       </c>
       <c r="L34" t="s">
-        <v>330</v>
+        <v>26</v>
       </c>
       <c r="M34" t="s">
-        <v>331</v>
+        <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>4304</v>
+        <v>4303</v>
       </c>
       <c r="B35" t="s">
         <v>333</v>
       </c>
       <c r="C35" t="s">
         <v>334</v>
       </c>
       <c r="D35" t="s">
         <v>335</v>
       </c>
       <c r="E35" t="s">
         <v>336</v>
       </c>
       <c r="F35" t="s">
         <v>337</v>
       </c>
       <c r="G35" t="s">
         <v>338</v>
       </c>
       <c r="H35" t="s">
         <v>339</v>
       </c>
       <c r="I35" t="s">
         <v>340</v>
       </c>
       <c r="J35" t="s">
-        <v>24</v>
+        <v>341</v>
       </c>
       <c r="K35" t="s">
-        <v>25</v>
+        <v>342</v>
       </c>
       <c r="L35" t="s">
-        <v>26</v>
+        <v>343</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>344</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>4308</v>
+        <v>4304</v>
       </c>
       <c r="B36" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C36" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="D36" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E36" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="F36" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="G36" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="H36" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="I36" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>4309</v>
+        <v>4307</v>
       </c>
       <c r="B37" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C37" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="D37" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="E37" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="F37" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="G37" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="H37" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="I37" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="J37" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="K37" t="s">
-        <v>69</v>
+        <v>363</v>
       </c>
       <c r="L37" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="M37" t="s">
-        <v>70</v>
+        <v>364</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>4314</v>
+        <v>4308</v>
       </c>
       <c r="B38" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="C38" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="D38" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="E38" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="F38" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="G38" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="H38" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="I38" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>4316</v>
+        <v>4309</v>
       </c>
       <c r="B39" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="C39" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="D39" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="E39" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="F39" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="G39" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="H39" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="I39" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>69</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>70</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>4319</v>
+        <v>4311</v>
       </c>
       <c r="B40" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="C40" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="D40" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="E40" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="F40" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="G40" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="H40" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="I40" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>4322</v>
+        <v>4314</v>
       </c>
       <c r="B41" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C41" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="D41" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="E41" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="F41" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="G41" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="H41" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="I41" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>4555</v>
+        <v>4316</v>
       </c>
       <c r="B42" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="C42" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="D42" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="E42" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="F42" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="G42" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="H42" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="I42" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>69</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>70</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>4556</v>
+        <v>4319</v>
       </c>
       <c r="B43" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="C43" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="D43" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="E43" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="F43" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="G43" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="H43" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="I43" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>4558</v>
+        <v>4322</v>
       </c>
       <c r="B44" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="C44" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="D44" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="E44" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="F44" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="G44" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="H44" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="I44" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>4559</v>
+        <v>4555</v>
       </c>
       <c r="B45" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="C45" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="D45" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="E45" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="F45" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="G45" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="H45" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="I45" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>4560</v>
+        <v>4556</v>
       </c>
       <c r="B46" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C46" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="D46" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="E46" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="F46" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="G46" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="H46" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="I46" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>4563</v>
+        <v>4558</v>
       </c>
       <c r="B47" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C47" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="D47" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="E47" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="F47" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="G47" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="H47" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="I47" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>69</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>70</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>4564</v>
+        <v>4559</v>
       </c>
       <c r="B48" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="C48" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="D48" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="E48" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="F48" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="G48" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="H48" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="I48" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>458</v>
+        <v>122</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>459</v>
+        <v>123</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>4568</v>
+        <v>4560</v>
       </c>
       <c r="B49" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C49" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="D49" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="E49" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="F49" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="G49" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="H49" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="I49" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>4704</v>
+        <v>4563</v>
       </c>
       <c r="B50" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C50" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="D50" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="E50" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="F50" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="G50" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="H50" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="I50" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>4706</v>
+        <v>4564</v>
       </c>
       <c r="B51" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="C51" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="D51" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="E51" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="F51" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="G51" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="H51" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="I51" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>69</v>
+        <v>491</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>70</v>
+        <v>492</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>4709</v>
+        <v>4568</v>
       </c>
       <c r="B52" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="C52" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="D52" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="E52" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="F52" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="G52" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="H52" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="I52" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>4711</v>
+        <v>4704</v>
       </c>
       <c r="B53" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="C53" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="D53" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="E53" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="F53" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="G53" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="H53" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="I53" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="J53" t="s">
-        <v>505</v>
+        <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>506</v>
+        <v>122</v>
       </c>
       <c r="L53" t="s">
-        <v>507</v>
+        <v>26</v>
       </c>
       <c r="M53" t="s">
-        <v>508</v>
+        <v>123</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>4716</v>
+        <v>4706</v>
       </c>
       <c r="B54" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C54" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D54" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="E54" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="F54" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="G54" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="H54" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="I54" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>329</v>
+        <v>69</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
-        <v>331</v>
+        <v>70</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>4717</v>
+        <v>4709</v>
       </c>
       <c r="B55" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C55" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D55" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="E55" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="F55" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="G55" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="H55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="I55" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>4721</v>
+        <v>4711</v>
       </c>
       <c r="B56" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C56" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D56" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="E56" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F56" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="G56" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="H56" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="I56" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="J56" t="s">
-        <v>24</v>
+        <v>538</v>
       </c>
       <c r="K56" t="s">
-        <v>329</v>
+        <v>539</v>
       </c>
       <c r="L56" t="s">
-        <v>26</v>
+        <v>540</v>
       </c>
       <c r="M56" t="s">
-        <v>331</v>
+        <v>541</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>4722</v>
+        <v>4716</v>
       </c>
       <c r="B57" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="C57" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="D57" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="E57" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="F57" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="G57" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="H57" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="I57" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>545</v>
+        <v>342</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>546</v>
+        <v>344</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>4792</v>
+        <v>4717</v>
       </c>
       <c r="B58" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="C58" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="D58" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="E58" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="F58" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="G58" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="H58" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="I58" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>4801</v>
+        <v>4721</v>
       </c>
       <c r="B59" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="C59" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="D59" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="E59" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="F59" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="G59" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="H59" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="I59" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>69</v>
+        <v>342</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>70</v>
+        <v>344</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>4810</v>
+        <v>4722</v>
       </c>
       <c r="B60" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C60" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="D60" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="E60" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="F60" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="G60" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="H60" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="I60" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>69</v>
+        <v>578</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
-        <v>70</v>
+        <v>579</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>4811</v>
+        <v>4723</v>
       </c>
       <c r="B61" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="C61" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="D61" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="E61" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="F61" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="G61" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="H61" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="I61" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>4817</v>
+        <v>4792</v>
       </c>
       <c r="B62" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="C62" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="D62" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="E62" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="F62" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="G62" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="H62" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="I62" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
         <v>25</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
         <v>27</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>4935</v>
+        <v>4801</v>
       </c>
       <c r="B63" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C63" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="D63" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="E63" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="F63" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="G63" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="H63" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="I63" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>69</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>70</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>4947</v>
+        <v>4810</v>
       </c>
       <c r="B64" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="C64" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="D64" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="E64" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="F64" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="G64" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="H64" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="I64" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>4965</v>
+        <v>4811</v>
       </c>
       <c r="B65" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="C65" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="D65" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="E65" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="F65" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="G65" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="H65" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="I65" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>25</v>
+        <v>627</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>27</v>
+        <v>628</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>5273</v>
+        <v>4817</v>
       </c>
       <c r="B66" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="C66" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="D66" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="E66" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="F66" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="G66" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="H66" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="I66" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>630</v>
+        <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>631</v>
+        <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>5326</v>
+        <v>4935</v>
       </c>
       <c r="B67" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="C67" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="D67" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="E67" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="F67" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="G67" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="H67" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="I67" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>69</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>70</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>5330</v>
+        <v>4947</v>
       </c>
       <c r="B68" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="C68" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="D68" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="E68" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="F68" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="G68" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="H68" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="I68" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>5331</v>
+        <v>4965</v>
       </c>
       <c r="B69" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="C69" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="D69" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="E69" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="F69" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="G69" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="H69" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="I69" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>5335</v>
+        <v>5273</v>
       </c>
       <c r="B70" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="C70" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="D70" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="E70" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="F70" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="G70" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="H70" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="I70" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>25</v>
+        <v>674</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>27</v>
+        <v>675</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>5346</v>
+        <v>5326</v>
       </c>
       <c r="B71" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="C71" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="D71" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="E71" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="F71" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="G71" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="H71" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="I71" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>677</v>
+        <v>69</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>678</v>
+        <v>70</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>5348</v>
+        <v>5330</v>
       </c>
       <c r="B72" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="C72" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="D72" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="E72" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="F72" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G72" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="H72" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="I72" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
         <v>69</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>70</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>5351</v>
+        <v>5331</v>
       </c>
       <c r="B73" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="C73" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="D73" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="E73" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="F73" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="G73" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="H73" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="I73" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>5353</v>
+        <v>5335</v>
       </c>
       <c r="B74" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C74" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="D74" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="E74" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="F74" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="G74" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="H74" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="I74" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="J74" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>706</v>
+        <v>25</v>
       </c>
       <c r="L74" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>707</v>
+        <v>27</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>5354</v>
+        <v>5346</v>
       </c>
       <c r="B75" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="C75" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="D75" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="E75" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="F75" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="G75" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="H75" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="I75" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>69</v>
+        <v>721</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>70</v>
+        <v>722</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>5364</v>
+        <v>5348</v>
       </c>
       <c r="B76" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="C76" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="D76" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="E76" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="F76" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="G76" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="H76" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="I76" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>5365</v>
+        <v>5351</v>
       </c>
       <c r="B77" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="C77" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="D77" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="E77" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="F77" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="G77" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="H77" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="I77" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>5367</v>
+        <v>5353</v>
       </c>
       <c r="B78" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="C78" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="D78" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="E78" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="F78" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="G78" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="H78" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="I78" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="J78" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K78" t="s">
-        <v>25</v>
+        <v>750</v>
       </c>
       <c r="L78" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M78" t="s">
-        <v>27</v>
+        <v>751</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>5368</v>
+        <v>5354</v>
       </c>
       <c r="B79" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="C79" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="D79" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="E79" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="F79" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="G79" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="H79" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="I79" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>753</v>
+        <v>761</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>5372</v>
+        <v>5364</v>
       </c>
       <c r="B80" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="C80" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
       <c r="D80" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="E80" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="F80" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="G80" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="H80" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
       <c r="I80" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>5375</v>
+        <v>5365</v>
       </c>
       <c r="B81" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
       <c r="C81" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="D81" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="E81" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
       <c r="F81" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
       <c r="G81" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="H81" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="I81" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="J81" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>771</v>
+        <v>25</v>
       </c>
       <c r="L81" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M81" t="s">
-        <v>772</v>
+        <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>5382</v>
+        <v>5367</v>
       </c>
       <c r="B82" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="C82" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="D82" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="E82" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="F82" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="G82" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="H82" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="I82" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>5435</v>
+        <v>5368</v>
       </c>
       <c r="B83" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="C83" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="D83" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="E83" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="F83" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="G83" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="H83" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="I83" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>5437</v>
+        <v>5372</v>
       </c>
       <c r="B84" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="C84" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="D84" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="E84" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="F84" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="G84" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="H84" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="I84" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
         <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
         <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>5439</v>
+        <v>5375</v>
       </c>
       <c r="B85" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="C85" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="D85" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="E85" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="F85" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="G85" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="H85" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="I85" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="J85" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K85" t="s">
-        <v>25</v>
+        <v>815</v>
       </c>
       <c r="L85" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M85" t="s">
-        <v>27</v>
+        <v>816</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>5456</v>
+        <v>5382</v>
       </c>
       <c r="B86" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="C86" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="D86" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="E86" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="F86" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="G86" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="H86" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="I86" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="J86" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>583</v>
+        <v>69</v>
       </c>
       <c r="L86" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M86" t="s">
-        <v>584</v>
+        <v>70</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>5474</v>
+        <v>5435</v>
       </c>
       <c r="B87" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="C87" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="D87" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="E87" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="F87" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="G87" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="H87" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="I87" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>5475</v>
+        <v>5437</v>
       </c>
       <c r="B88" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="C88" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="D88" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="E88" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="F88" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="G88" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="H88" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="I88" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>5476</v>
+        <v>5439</v>
       </c>
       <c r="B89" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="C89" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="D89" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="E89" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="F89" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="G89" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="H89" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="I89" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="J89" t="s">
-        <v>845</v>
+        <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>329</v>
+        <v>25</v>
       </c>
       <c r="L89" t="s">
-        <v>846</v>
+        <v>26</v>
       </c>
       <c r="M89" t="s">
-        <v>331</v>
+        <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>5478</v>
+        <v>5456</v>
       </c>
       <c r="B90" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="C90" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="D90" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="E90" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="F90" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="G90" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="H90" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="I90" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="J90" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K90" t="s">
-        <v>25</v>
+        <v>627</v>
       </c>
       <c r="L90" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M90" t="s">
-        <v>27</v>
+        <v>628</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>5496</v>
+        <v>5474</v>
       </c>
       <c r="B91" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="C91" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="D91" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="E91" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="F91" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="G91" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="H91" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="I91" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>771</v>
+        <v>25</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>772</v>
+        <v>27</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>5507</v>
+        <v>5475</v>
       </c>
       <c r="B92" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="C92" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="D92" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="E92" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="F92" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="G92" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="H92" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="I92" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>5509</v>
+        <v>5476</v>
       </c>
       <c r="B93" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="C93" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="D93" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="E93" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="F93" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="G93" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="H93" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="I93" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="J93" t="s">
-        <v>89</v>
+        <v>889</v>
       </c>
       <c r="K93" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="L93" t="s">
-        <v>91</v>
+        <v>890</v>
       </c>
       <c r="M93" t="s">
-        <v>331</v>
+        <v>344</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>5512</v>
+        <v>5478</v>
       </c>
       <c r="B94" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="C94" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="D94" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="E94" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="F94" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="G94" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="H94" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="I94" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>5514</v>
+        <v>5496</v>
       </c>
       <c r="B95" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="C95" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="D95" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
       <c r="E95" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="F95" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="G95" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="H95" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
       <c r="I95" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>272</v>
+        <v>815</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
-        <v>273</v>
+        <v>816</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>5953</v>
+        <v>5507</v>
       </c>
       <c r="B96" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="C96" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="D96" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="E96" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="F96" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="G96" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="H96" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="I96" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
         <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>6337</v>
+        <v>5509</v>
       </c>
       <c r="B97" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="C97" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="D97" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="E97" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="F97" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="G97" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="H97" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="I97" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="J97" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K97" t="s">
-        <v>122</v>
+        <v>342</v>
       </c>
       <c r="L97" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M97" t="s">
-        <v>123</v>
+        <v>344</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>58240</v>
+        <v>5512</v>
       </c>
       <c r="B98" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="C98" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="D98" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="E98" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="F98" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="G98" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="H98" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="I98" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>928</v>
+        <v>69</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
-        <v>929</v>
+        <v>70</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>58259</v>
+        <v>5514</v>
       </c>
       <c r="B99" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="C99" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="D99" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="E99" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="F99" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="G99" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="H99" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="I99" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>939</v>
+        <v>272</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
-        <v>940</v>
+        <v>273</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>65000</v>
+        <v>5953</v>
       </c>
       <c r="B100" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="C100" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="D100" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="E100" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="F100" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="G100" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="H100" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="I100" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>65001</v>
+        <v>6337</v>
       </c>
       <c r="B101" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="C101" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="D101" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="E101" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="F101" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="G101" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="H101" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="I101" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>65002</v>
+        <v>58240</v>
       </c>
       <c r="B102" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="C102" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="D102" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="E102" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="F102" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="G102" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H102" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="I102" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>25</v>
+        <v>972</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
-        <v>27</v>
+        <v>973</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>65003</v>
+        <v>58259</v>
       </c>
       <c r="B103" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="C103" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="D103" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="E103" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="F103" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="G103" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="H103" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="I103" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>69</v>
+        <v>983</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>70</v>
+        <v>984</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>65004</v>
+        <v>65000</v>
       </c>
       <c r="B104" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="C104" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="D104" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="E104" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="F104" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="G104" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="H104" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="I104" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>65005</v>
+        <v>65001</v>
       </c>
       <c r="B105" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="C105" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="D105" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="E105" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="F105" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="G105" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
       <c r="H105" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="I105" t="s">
-        <v>994</v>
+        <v>1002</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>995</v>
+        <v>69</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
-        <v>996</v>
+        <v>70</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>65006</v>
+        <v>65002</v>
       </c>
       <c r="B106" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="C106" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="D106" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="E106" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
       <c r="F106" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="G106" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="H106" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="I106" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>1006</v>
+        <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>1007</v>
+        <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>65007</v>
+        <v>65003</v>
       </c>
       <c r="B107" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="C107" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="D107" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="E107" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="F107" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="G107" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="H107" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="I107" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>65008</v>
+        <v>65004</v>
       </c>
       <c r="B108" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="C108" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="D108" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="E108" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="F108" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="G108" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="H108" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="I108" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>69</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>70</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>65009</v>
+        <v>65005</v>
       </c>
       <c r="B109" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="C109" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D109" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="E109" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="F109" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="G109" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="H109" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="I109" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>69</v>
+        <v>1039</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>70</v>
+        <v>1040</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>65010</v>
+        <v>65006</v>
       </c>
       <c r="B110" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="C110" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="D110" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="E110" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="F110" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="G110" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="H110" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="I110" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>25</v>
+        <v>1050</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>27</v>
+        <v>1051</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>65011</v>
+        <v>65007</v>
       </c>
       <c r="B111" t="s">
-        <v>1045</v>
+        <v>1053</v>
       </c>
       <c r="C111" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="D111" t="s">
-        <v>1047</v>
+        <v>1055</v>
       </c>
       <c r="E111" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
       <c r="F111" t="s">
-        <v>1049</v>
+        <v>1057</v>
       </c>
       <c r="G111" t="s">
-        <v>1050</v>
+        <v>1058</v>
       </c>
       <c r="H111" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="I111" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>65012</v>
+        <v>65008</v>
       </c>
       <c r="B112" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="C112" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="D112" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="E112" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="F112" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="G112" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="H112" t="s">
-        <v>1060</v>
+        <v>1068</v>
       </c>
       <c r="I112" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>1062</v>
+        <v>69</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>1063</v>
+        <v>70</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>65013</v>
+        <v>65009</v>
       </c>
       <c r="B113" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="C113" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="D113" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="E113" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="F113" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="G113" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="H113" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="I113" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>65014</v>
+        <v>65010</v>
       </c>
       <c r="B114" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="C114" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="D114" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E114" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F114" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="G114" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="H114" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="I114" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="J114" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="L114" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M114" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1082</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>65015</v>
+        <v>65011</v>
       </c>
       <c r="B115" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="C115" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="D115" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="E115" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="F115" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="G115" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="H115" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="I115" t="s">
-        <v>1090</v>
+        <v>1096</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>69</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>70</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1091</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>65016</v>
+        <v>65012</v>
       </c>
       <c r="B116" t="s">
-        <v>1092</v>
+        <v>1098</v>
       </c>
       <c r="C116" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
       <c r="D116" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="E116" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="F116" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="G116" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="H116" t="s">
-        <v>1098</v>
+        <v>1104</v>
       </c>
       <c r="I116" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>25</v>
+        <v>1106</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>27</v>
+        <v>1107</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1100</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>65017</v>
+        <v>65013</v>
       </c>
       <c r="B117" t="s">
-        <v>1101</v>
+        <v>1109</v>
       </c>
       <c r="C117" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="D117" t="s">
-        <v>1103</v>
+        <v>1111</v>
       </c>
       <c r="E117" t="s">
-        <v>1104</v>
+        <v>1112</v>
       </c>
       <c r="F117" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="G117" t="s">
-        <v>1106</v>
+        <v>1114</v>
       </c>
       <c r="H117" t="s">
-        <v>1107</v>
+        <v>1115</v>
       </c>
       <c r="I117" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>1109</v>
+        <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>1110</v>
+        <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>65018</v>
+        <v>65014</v>
       </c>
       <c r="B118" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="C118" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="D118" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="E118" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="F118" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="G118" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="H118" t="s">
-        <v>1118</v>
+        <v>1124</v>
       </c>
       <c r="I118" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
       <c r="J118" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K118" t="s">
-        <v>1120</v>
+        <v>58</v>
       </c>
       <c r="L118" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M118" t="s">
-        <v>1121</v>
+        <v>59</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>65019</v>
+        <v>65015</v>
       </c>
       <c r="B119" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="C119" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="D119" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="E119" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="F119" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="G119" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="H119" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="I119" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>69</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>70</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>65020</v>
+        <v>65016</v>
       </c>
       <c r="B120" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="C120" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="D120" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="E120" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="F120" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="G120" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="H120" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="I120" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>1140</v>
+        <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>1141</v>
+        <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>65021</v>
+        <v>65017</v>
       </c>
       <c r="B121" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C121" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D121" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="E121" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="F121" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="G121" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="H121" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="I121" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>25</v>
+        <v>1153</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>27</v>
+        <v>1154</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>65023</v>
+        <v>65018</v>
       </c>
       <c r="B122" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="C122" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="D122" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="E122" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="F122" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="G122" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="H122" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="I122" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>25</v>
+        <v>1164</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>27</v>
+        <v>1165</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>65026</v>
+        <v>65019</v>
       </c>
       <c r="B123" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="C123" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="D123" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="E123" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="F123" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="G123" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="H123" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="I123" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>65030</v>
+        <v>65020</v>
       </c>
       <c r="B124" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="C124" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="D124" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="E124" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="F124" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="G124" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="H124" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="I124" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>25</v>
+        <v>1184</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>27</v>
+        <v>1185</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1178</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>65031</v>
+        <v>65021</v>
       </c>
       <c r="B125" t="s">
-        <v>1179</v>
+        <v>1187</v>
       </c>
       <c r="C125" t="s">
-        <v>1180</v>
+        <v>1188</v>
       </c>
       <c r="D125" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="E125" t="s">
-        <v>1182</v>
+        <v>1190</v>
       </c>
       <c r="F125" t="s">
-        <v>1183</v>
+        <v>1191</v>
       </c>
       <c r="G125" t="s">
-        <v>1184</v>
+        <v>1192</v>
       </c>
       <c r="H125" t="s">
-        <v>1185</v>
+        <v>1193</v>
       </c>
       <c r="I125" t="s">
-        <v>1186</v>
+        <v>1194</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1187</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>65032</v>
+        <v>65023</v>
       </c>
       <c r="B126" t="s">
-        <v>1188</v>
+        <v>1196</v>
       </c>
       <c r="C126" t="s">
-        <v>1189</v>
+        <v>1197</v>
       </c>
       <c r="D126" t="s">
-        <v>1190</v>
+        <v>1198</v>
       </c>
       <c r="E126" t="s">
-        <v>1191</v>
+        <v>1199</v>
       </c>
       <c r="F126" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="G126" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
       <c r="H126" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="I126" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>65033</v>
+        <v>65026</v>
       </c>
       <c r="B127" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="C127" t="s">
-        <v>1198</v>
+        <v>1206</v>
       </c>
       <c r="D127" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="E127" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="F127" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="G127" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
       <c r="H127" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="I127" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>1205</v>
+        <v>25</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>1206</v>
+        <v>27</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>65034</v>
+        <v>65030</v>
       </c>
       <c r="B128" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
       <c r="C128" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="D128" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="E128" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="F128" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="G128" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="H128" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="I128" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="J128" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>1216</v>
+        <v>25</v>
       </c>
       <c r="L128" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>1217</v>
+        <v>27</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>65035</v>
+        <v>65031</v>
       </c>
       <c r="B129" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="C129" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="D129" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="E129" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="F129" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="G129" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="H129" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="I129" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>25</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>27</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>65036</v>
+        <v>65032</v>
       </c>
       <c r="B130" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="C130" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="D130" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="E130" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="F130" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="G130" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="H130" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="I130" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>65037</v>
+        <v>65033</v>
       </c>
       <c r="B131" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="C131" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="D131" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="E131" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="F131" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="G131" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="H131" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="I131" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>25</v>
+        <v>1249</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>27</v>
+        <v>1250</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>65038</v>
+        <v>65034</v>
       </c>
       <c r="B132" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="C132" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="D132" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="E132" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="F132" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="G132" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="H132" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="I132" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="J132" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K132" t="s">
-        <v>69</v>
+        <v>1260</v>
       </c>
       <c r="L132" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M132" t="s">
-        <v>70</v>
+        <v>1261</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>65039</v>
+        <v>65035</v>
       </c>
       <c r="B133" t="s">
-        <v>1255</v>
+        <v>1263</v>
       </c>
       <c r="C133" t="s">
-        <v>1256</v>
+        <v>1264</v>
       </c>
       <c r="D133" t="s">
-        <v>1257</v>
+        <v>1265</v>
       </c>
       <c r="E133" t="s">
-        <v>1258</v>
+        <v>1266</v>
       </c>
       <c r="F133" t="s">
-        <v>1259</v>
+        <v>1267</v>
       </c>
       <c r="G133" t="s">
-        <v>1260</v>
+        <v>1268</v>
       </c>
       <c r="H133" t="s">
-        <v>1261</v>
+        <v>1269</v>
       </c>
       <c r="I133" t="s">
-        <v>1262</v>
+        <v>1270</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1263</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>65040</v>
+        <v>65036</v>
       </c>
       <c r="B134" t="s">
-        <v>1264</v>
+        <v>1272</v>
       </c>
       <c r="C134" t="s">
-        <v>1265</v>
+        <v>1273</v>
       </c>
       <c r="D134" t="s">
-        <v>1266</v>
+        <v>1274</v>
       </c>
       <c r="E134" t="s">
-        <v>1267</v>
+        <v>1275</v>
       </c>
       <c r="F134" t="s">
-        <v>1268</v>
+        <v>1276</v>
       </c>
       <c r="G134" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
       <c r="H134" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
       <c r="I134" t="s">
-        <v>1271</v>
+        <v>1279</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>583</v>
+        <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>584</v>
+        <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1272</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>65044</v>
+        <v>65037</v>
       </c>
       <c r="B135" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="C135" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="D135" t="s">
-        <v>1275</v>
+        <v>1283</v>
       </c>
       <c r="E135" t="s">
-        <v>1276</v>
+        <v>1284</v>
       </c>
       <c r="F135" t="s">
-        <v>1277</v>
+        <v>1285</v>
       </c>
       <c r="G135" t="s">
-        <v>1278</v>
+        <v>1286</v>
       </c>
       <c r="H135" t="s">
-        <v>1279</v>
+        <v>1287</v>
       </c>
       <c r="I135" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>65045</v>
+        <v>65038</v>
       </c>
       <c r="B136" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="C136" t="s">
-        <v>1283</v>
+        <v>1291</v>
       </c>
       <c r="D136" t="s">
-        <v>1284</v>
+        <v>1292</v>
       </c>
       <c r="E136" t="s">
-        <v>1285</v>
+        <v>1293</v>
       </c>
       <c r="F136" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
       <c r="G136" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
       <c r="H136" t="s">
-        <v>1288</v>
+        <v>1296</v>
       </c>
       <c r="I136" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="J136" t="s">
-        <v>1290</v>
+        <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>1291</v>
+        <v>69</v>
       </c>
       <c r="L136" t="s">
-        <v>1292</v>
+        <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>1293</v>
+        <v>70</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>65046</v>
+        <v>65039</v>
       </c>
       <c r="B137" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="C137" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="D137" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="E137" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="F137" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="G137" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="H137" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="I137" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>65047</v>
+        <v>65040</v>
       </c>
       <c r="B138" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="C138" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="D138" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="E138" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="F138" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="G138" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="H138" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="I138" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>1291</v>
+        <v>627</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>1293</v>
+        <v>628</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>65049</v>
+        <v>65044</v>
       </c>
       <c r="B139" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="C139" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="D139" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="E139" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="F139" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="G139" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="H139" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="I139" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>272</v>
+        <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>273</v>
+        <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>65050</v>
+        <v>65045</v>
       </c>
       <c r="B140" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="C140" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="D140" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="E140" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="F140" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="G140" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="H140" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="I140" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="J140" t="s">
-        <v>24</v>
+        <v>1334</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>1335</v>
       </c>
       <c r="L140" t="s">
-        <v>26</v>
+        <v>1336</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>1337</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1330</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>65051</v>
+        <v>65046</v>
       </c>
       <c r="B141" t="s">
-        <v>1331</v>
+        <v>1339</v>
       </c>
       <c r="C141" t="s">
-        <v>1332</v>
+        <v>1340</v>
       </c>
       <c r="D141" t="s">
-        <v>1333</v>
+        <v>1341</v>
       </c>
       <c r="E141" t="s">
-        <v>1334</v>
+        <v>1342</v>
       </c>
       <c r="F141" t="s">
-        <v>1335</v>
+        <v>1343</v>
       </c>
       <c r="G141" t="s">
-        <v>1336</v>
+        <v>1344</v>
       </c>
       <c r="H141" t="s">
-        <v>1337</v>
+        <v>1345</v>
       </c>
       <c r="I141" t="s">
-        <v>1338</v>
+        <v>1346</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>90</v>
+        <v>122</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>92</v>
+        <v>123</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1339</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>65053</v>
+        <v>65047</v>
       </c>
       <c r="B142" t="s">
-        <v>1340</v>
+        <v>1348</v>
       </c>
       <c r="C142" t="s">
-        <v>1341</v>
+        <v>1349</v>
       </c>
       <c r="D142" t="s">
-        <v>1342</v>
+        <v>1350</v>
       </c>
       <c r="E142" t="s">
-        <v>1343</v>
+        <v>1351</v>
       </c>
       <c r="F142" t="s">
-        <v>1344</v>
+        <v>1352</v>
       </c>
       <c r="G142" t="s">
-        <v>1345</v>
+        <v>1353</v>
       </c>
       <c r="H142" t="s">
-        <v>1346</v>
+        <v>1354</v>
       </c>
       <c r="I142" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>69</v>
+        <v>1335</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>70</v>
+        <v>1337</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>65054</v>
+        <v>65049</v>
       </c>
       <c r="B143" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="C143" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
       <c r="D143" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="E143" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="F143" t="s">
-        <v>1353</v>
+        <v>1361</v>
       </c>
       <c r="G143" t="s">
-        <v>1354</v>
+        <v>1362</v>
       </c>
       <c r="H143" t="s">
-        <v>1355</v>
+        <v>1363</v>
       </c>
       <c r="I143" t="s">
-        <v>1356</v>
+        <v>1364</v>
       </c>
       <c r="J143" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>38</v>
+        <v>272</v>
       </c>
       <c r="L143" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>39</v>
+        <v>273</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>65055</v>
+        <v>65050</v>
       </c>
       <c r="B144" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
       <c r="C144" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
       <c r="D144" t="s">
-        <v>1360</v>
+        <v>1368</v>
       </c>
       <c r="E144" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
       <c r="F144" t="s">
-        <v>1362</v>
+        <v>1370</v>
       </c>
       <c r="G144" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="H144" t="s">
-        <v>1364</v>
+        <v>1372</v>
       </c>
       <c r="I144" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>1216</v>
+        <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>1217</v>
+        <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>65057</v>
+        <v>65051</v>
       </c>
       <c r="B145" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="C145" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="D145" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
       <c r="E145" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
       <c r="F145" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="G145" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
       <c r="H145" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
       <c r="I145" t="s">
-        <v>1374</v>
+        <v>1382</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>771</v>
+        <v>90</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>772</v>
+        <v>92</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>65058</v>
+        <v>65053</v>
       </c>
       <c r="B146" t="s">
-        <v>1376</v>
+        <v>1384</v>
       </c>
       <c r="C146" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="D146" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="E146" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="F146" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="G146" t="s">
-        <v>1381</v>
+        <v>1389</v>
       </c>
       <c r="H146" t="s">
-        <v>1382</v>
+        <v>1390</v>
       </c>
       <c r="I146" t="s">
-        <v>1383</v>
+        <v>1391</v>
       </c>
       <c r="J146" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="L146" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1384</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>65059</v>
+        <v>65054</v>
       </c>
       <c r="B147" t="s">
-        <v>1385</v>
+        <v>1393</v>
       </c>
       <c r="C147" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
       <c r="D147" t="s">
-        <v>1387</v>
+        <v>1395</v>
       </c>
       <c r="E147" t="s">
-        <v>1388</v>
+        <v>1396</v>
       </c>
       <c r="F147" t="s">
-        <v>1389</v>
+        <v>1397</v>
       </c>
       <c r="G147" t="s">
-        <v>1390</v>
+        <v>1398</v>
       </c>
       <c r="H147" t="s">
-        <v>1391</v>
+        <v>1399</v>
       </c>
       <c r="I147" t="s">
-        <v>1392</v>
+        <v>1400</v>
       </c>
       <c r="J147" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K147" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="L147" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M147" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1393</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>65060</v>
+        <v>65055</v>
       </c>
       <c r="B148" t="s">
-        <v>1394</v>
+        <v>1402</v>
       </c>
       <c r="C148" t="s">
-        <v>1395</v>
+        <v>1403</v>
       </c>
       <c r="D148" t="s">
-        <v>1396</v>
+        <v>1404</v>
       </c>
       <c r="E148" t="s">
-        <v>1397</v>
+        <v>1405</v>
       </c>
       <c r="F148" t="s">
-        <v>1398</v>
+        <v>1406</v>
       </c>
       <c r="G148" t="s">
-        <v>1399</v>
+        <v>1407</v>
       </c>
       <c r="H148" t="s">
-        <v>1400</v>
+        <v>1408</v>
       </c>
       <c r="I148" t="s">
-        <v>1401</v>
+        <v>1409</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>122</v>
+        <v>1260</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>123</v>
+        <v>1261</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1402</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>65062</v>
+        <v>65057</v>
       </c>
       <c r="B149" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="C149" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="D149" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="E149" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="F149" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="G149" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="H149" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="I149" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>25</v>
+        <v>815</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>27</v>
+        <v>816</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>65068</v>
+        <v>65058</v>
       </c>
       <c r="B150" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="C150" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="D150" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="E150" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="F150" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="G150" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
       <c r="H150" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="I150" t="s">
-        <v>1419</v>
+        <v>1427</v>
       </c>
       <c r="J150" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K150" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="L150" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M150" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>65069</v>
+        <v>65059</v>
       </c>
       <c r="B151" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="C151" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="D151" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="E151" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="F151" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="G151" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="H151" t="s">
-        <v>1427</v>
+        <v>1435</v>
       </c>
       <c r="I151" t="s">
-        <v>1428</v>
+        <v>1436</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
         <v>69</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>70</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1429</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>65124</v>
+        <v>65060</v>
       </c>
       <c r="B152" t="s">
-        <v>1430</v>
+        <v>1438</v>
       </c>
       <c r="C152" t="s">
-        <v>1431</v>
+        <v>1439</v>
       </c>
       <c r="D152" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
       <c r="E152" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="F152" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="G152" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="H152" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="I152" t="s">
-        <v>1437</v>
+        <v>1445</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1438</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>66510</v>
+        <v>65062</v>
       </c>
       <c r="B153" t="s">
-        <v>1439</v>
+        <v>1447</v>
       </c>
       <c r="C153" t="s">
-        <v>1440</v>
+        <v>1448</v>
       </c>
       <c r="D153" t="s">
-        <v>1441</v>
+        <v>1449</v>
       </c>
       <c r="E153" t="s">
-        <v>1442</v>
+        <v>1450</v>
       </c>
       <c r="F153" t="s">
-        <v>1443</v>
+        <v>1451</v>
       </c>
       <c r="G153" t="s">
-        <v>1444</v>
+        <v>1452</v>
       </c>
       <c r="H153" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
       <c r="I153" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="J153" t="s">
-        <v>1447</v>
+        <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>1448</v>
+        <v>25</v>
       </c>
       <c r="L153" t="s">
-        <v>1449</v>
+        <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>1450</v>
+        <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>66511</v>
+        <v>65068</v>
       </c>
       <c r="B154" t="s">
-        <v>432</v>
+        <v>1456</v>
       </c>
       <c r="C154" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="D154" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="E154" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="F154" t="s">
-        <v>436</v>
+        <v>1460</v>
       </c>
       <c r="G154" t="s">
-        <v>437</v>
+        <v>1461</v>
       </c>
       <c r="H154" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
       <c r="I154" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>1457</v>
+        <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>1458</v>
+        <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1459</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>66512</v>
+        <v>65069</v>
       </c>
       <c r="B155" t="s">
-        <v>942</v>
+        <v>1465</v>
       </c>
       <c r="C155" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="D155" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="E155" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="F155" t="s">
-        <v>1463</v>
+        <v>1469</v>
       </c>
       <c r="G155" t="s">
-        <v>947</v>
+        <v>1470</v>
       </c>
       <c r="H155" t="s">
-        <v>948</v>
+        <v>1471</v>
       </c>
       <c r="I155" t="s">
-        <v>949</v>
+        <v>1472</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1464</v>
+        <v>69</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>1465</v>
+        <v>70</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>66513</v>
+        <v>65124</v>
       </c>
       <c r="B156" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="C156" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="D156" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="E156" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="F156" t="s">
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="G156" t="s">
-        <v>1242</v>
+        <v>1479</v>
       </c>
       <c r="H156" t="s">
-        <v>1472</v>
+        <v>1480</v>
       </c>
       <c r="I156" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1464</v>
+        <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>1465</v>
+        <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1474</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>66514</v>
+        <v>65255</v>
       </c>
       <c r="B157" t="s">
-        <v>1475</v>
+        <v>1483</v>
       </c>
       <c r="C157" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
       <c r="D157" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="E157" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="F157" t="s">
-        <v>552</v>
+        <v>1487</v>
       </c>
       <c r="G157" t="s">
-        <v>553</v>
+        <v>1488</v>
       </c>
       <c r="H157" t="s">
-        <v>1479</v>
+        <v>1489</v>
       </c>
       <c r="I157" t="s">
-        <v>1480</v>
+        <v>1490</v>
       </c>
       <c r="J157" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="K157" t="s">
-        <v>1464</v>
+        <v>1491</v>
       </c>
       <c r="L157" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="M157" t="s">
-        <v>1465</v>
+        <v>1492</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1481</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>66515</v>
+        <v>66510</v>
       </c>
       <c r="B158" t="s">
-        <v>1482</v>
+        <v>1494</v>
       </c>
       <c r="C158" t="s">
-        <v>1483</v>
+        <v>1495</v>
       </c>
       <c r="D158" t="s">
-        <v>1484</v>
+        <v>1496</v>
       </c>
       <c r="E158" t="s">
-        <v>1485</v>
+        <v>1497</v>
       </c>
       <c r="F158" t="s">
-        <v>1486</v>
+        <v>1498</v>
       </c>
       <c r="G158" t="s">
-        <v>365</v>
+        <v>1499</v>
       </c>
       <c r="H158" t="s">
-        <v>1487</v>
+        <v>1500</v>
       </c>
       <c r="I158" t="s">
-        <v>1488</v>
+        <v>1501</v>
       </c>
       <c r="J158" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="K158" t="s">
-        <v>1464</v>
+        <v>1502</v>
       </c>
       <c r="L158" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="M158" t="s">
-        <v>1465</v>
+        <v>1503</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1489</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>66516</v>
+        <v>66511</v>
       </c>
       <c r="B159" t="s">
-        <v>351</v>
+        <v>465</v>
       </c>
       <c r="C159" t="s">
-        <v>1490</v>
+        <v>1505</v>
       </c>
       <c r="D159" t="s">
-        <v>1491</v>
+        <v>1506</v>
       </c>
       <c r="E159" t="s">
-        <v>1492</v>
+        <v>1507</v>
       </c>
       <c r="F159" t="s">
-        <v>1493</v>
+        <v>469</v>
       </c>
       <c r="G159" t="s">
-        <v>1494</v>
+        <v>470</v>
       </c>
       <c r="H159" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="I159" t="s">
-        <v>358</v>
+        <v>1509</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>69</v>
+        <v>1510</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>70</v>
+        <v>1511</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1496</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>66517</v>
+        <v>66512</v>
       </c>
       <c r="B160" t="s">
-        <v>1497</v>
+        <v>986</v>
       </c>
       <c r="C160" t="s">
-        <v>1498</v>
+        <v>1513</v>
       </c>
       <c r="D160" t="s">
-        <v>1499</v>
+        <v>1514</v>
       </c>
       <c r="E160" t="s">
-        <v>1500</v>
+        <v>1515</v>
       </c>
       <c r="F160" t="s">
-        <v>1501</v>
+        <v>1516</v>
       </c>
       <c r="G160" t="s">
-        <v>1502</v>
+        <v>991</v>
       </c>
       <c r="H160" t="s">
-        <v>1503</v>
+        <v>992</v>
       </c>
       <c r="I160" t="s">
-        <v>1504</v>
+        <v>993</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>1464</v>
+        <v>1517</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>1465</v>
+        <v>1518</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1505</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>66518</v>
+        <v>66513</v>
       </c>
       <c r="B161" t="s">
-        <v>1506</v>
+        <v>1520</v>
       </c>
       <c r="C161" t="s">
-        <v>1507</v>
+        <v>1521</v>
       </c>
       <c r="D161" t="s">
-        <v>1508</v>
+        <v>1522</v>
       </c>
       <c r="E161" t="s">
-        <v>1509</v>
+        <v>1523</v>
       </c>
       <c r="F161" t="s">
-        <v>1510</v>
+        <v>1524</v>
       </c>
       <c r="G161" t="s">
-        <v>374</v>
+        <v>1286</v>
       </c>
       <c r="H161" t="s">
-        <v>1511</v>
+        <v>1525</v>
       </c>
       <c r="I161" t="s">
-        <v>1512</v>
+        <v>1526</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>69</v>
+        <v>1517</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>70</v>
+        <v>1518</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1513</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>66519</v>
+        <v>66514</v>
       </c>
       <c r="B162" t="s">
-        <v>1514</v>
+        <v>1528</v>
       </c>
       <c r="C162" t="s">
-        <v>1515</v>
+        <v>1529</v>
       </c>
       <c r="D162" t="s">
-        <v>1516</v>
+        <v>1530</v>
       </c>
       <c r="E162" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F162" t="s">
+        <v>596</v>
+      </c>
+      <c r="G162" t="s">
+        <v>597</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1532</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
         <v>1517</v>
       </c>
-      <c r="F162" t="s">
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
         <v>1518</v>
       </c>
-      <c r="G162" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1522</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>66520</v>
+        <v>66515</v>
       </c>
       <c r="B163" t="s">
-        <v>519</v>
+        <v>1535</v>
       </c>
       <c r="C163" t="s">
-        <v>1523</v>
+        <v>1536</v>
       </c>
       <c r="D163" t="s">
-        <v>1524</v>
+        <v>1537</v>
       </c>
       <c r="E163" t="s">
-        <v>1525</v>
+        <v>1538</v>
       </c>
       <c r="F163" t="s">
-        <v>523</v>
+        <v>1539</v>
       </c>
       <c r="G163" t="s">
-        <v>524</v>
+        <v>398</v>
       </c>
       <c r="H163" t="s">
-        <v>525</v>
+        <v>1540</v>
       </c>
       <c r="I163" t="s">
-        <v>526</v>
+        <v>1541</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>1517</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>1518</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1526</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>66521</v>
+        <v>66516</v>
       </c>
       <c r="B164" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="C164" t="s">
-        <v>1527</v>
+        <v>1543</v>
       </c>
       <c r="D164" t="s">
-        <v>1528</v>
+        <v>1544</v>
       </c>
       <c r="E164" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
       <c r="F164" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="G164" t="s">
-        <v>383</v>
+        <v>1547</v>
       </c>
       <c r="H164" t="s">
-        <v>1531</v>
+        <v>1548</v>
       </c>
       <c r="I164" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>69</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>70</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1532</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>66522</v>
+        <v>66517</v>
       </c>
       <c r="B165" t="s">
-        <v>1533</v>
+        <v>1550</v>
       </c>
       <c r="C165" t="s">
-        <v>1534</v>
+        <v>1551</v>
       </c>
       <c r="D165" t="s">
-        <v>1535</v>
+        <v>1552</v>
       </c>
       <c r="E165" t="s">
-        <v>1536</v>
+        <v>1553</v>
       </c>
       <c r="F165" t="s">
-        <v>1537</v>
+        <v>1554</v>
       </c>
       <c r="G165" t="s">
-        <v>1538</v>
+        <v>1555</v>
       </c>
       <c r="H165" t="s">
-        <v>1539</v>
+        <v>1556</v>
       </c>
       <c r="I165" t="s">
-        <v>1540</v>
+        <v>1557</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>1541</v>
+        <v>1517</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>1542</v>
+        <v>1518</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1543</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>66523</v>
+        <v>66518</v>
       </c>
       <c r="B166" t="s">
-        <v>423</v>
+        <v>1559</v>
       </c>
       <c r="C166" t="s">
-        <v>1544</v>
+        <v>1560</v>
       </c>
       <c r="D166" t="s">
-        <v>1545</v>
+        <v>1561</v>
       </c>
       <c r="E166" t="s">
-        <v>1546</v>
+        <v>1562</v>
       </c>
       <c r="F166" t="s">
-        <v>427</v>
+        <v>1563</v>
       </c>
       <c r="G166" t="s">
-        <v>428</v>
+        <v>407</v>
       </c>
       <c r="H166" t="s">
-        <v>429</v>
+        <v>1564</v>
       </c>
       <c r="I166" t="s">
-        <v>430</v>
+        <v>1565</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1547</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
+        <v>66519</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F167" t="s">
+        <v>1571</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H167" t="s">
+        <v>489</v>
+      </c>
+      <c r="I167" t="s">
+        <v>490</v>
+      </c>
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
+        <v>1573</v>
+      </c>
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>1574</v>
+      </c>
+      <c r="N167" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="168" spans="1:15">
+      <c r="A168">
+        <v>66520</v>
+      </c>
+      <c r="B168" t="s">
+        <v>552</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F168" t="s">
+        <v>556</v>
+      </c>
+      <c r="G168" t="s">
+        <v>557</v>
+      </c>
+      <c r="H168" t="s">
+        <v>558</v>
+      </c>
+      <c r="I168" t="s">
+        <v>559</v>
+      </c>
+      <c r="J168" t="s">
+        <v>24</v>
+      </c>
+      <c r="K168" t="s">
+        <v>25</v>
+      </c>
+      <c r="L168" t="s">
+        <v>26</v>
+      </c>
+      <c r="M168" t="s">
+        <v>27</v>
+      </c>
+      <c r="N168" t="s">
+        <v>28</v>
+      </c>
+      <c r="O168" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="169" spans="1:15">
+      <c r="A169">
+        <v>66521</v>
+      </c>
+      <c r="B169" t="s">
+        <v>411</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1581</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1582</v>
+      </c>
+      <c r="F169" t="s">
+        <v>1583</v>
+      </c>
+      <c r="G169" t="s">
+        <v>416</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I169" t="s">
+        <v>418</v>
+      </c>
+      <c r="J169" t="s">
+        <v>24</v>
+      </c>
+      <c r="K169" t="s">
+        <v>69</v>
+      </c>
+      <c r="L169" t="s">
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>70</v>
+      </c>
+      <c r="N169" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="170" spans="1:15">
+      <c r="A170">
+        <v>66522</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F170" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1592</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1593</v>
+      </c>
+      <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
+        <v>1491</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>1492</v>
+      </c>
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="171" spans="1:15">
+      <c r="A171">
+        <v>66523</v>
+      </c>
+      <c r="B171" t="s">
+        <v>456</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F171" t="s">
+        <v>460</v>
+      </c>
+      <c r="G171" t="s">
+        <v>461</v>
+      </c>
+      <c r="H171" t="s">
+        <v>462</v>
+      </c>
+      <c r="I171" t="s">
+        <v>463</v>
+      </c>
+      <c r="J171" t="s">
+        <v>24</v>
+      </c>
+      <c r="K171" t="s">
+        <v>122</v>
+      </c>
+      <c r="L171" t="s">
+        <v>26</v>
+      </c>
+      <c r="M171" t="s">
+        <v>123</v>
+      </c>
+      <c r="N171" t="s">
+        <v>28</v>
+      </c>
+      <c r="O171" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="172" spans="1:15">
+      <c r="A172">
         <v>66524</v>
       </c>
-      <c r="B167" t="s">
-[...26 lines deleted...]
-      <c r="K167" t="s">
+      <c r="B172" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F172" t="s">
+        <v>1602</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I172" t="s">
+        <v>1163</v>
+      </c>
+      <c r="J172" t="s">
+        <v>24</v>
+      </c>
+      <c r="K172" t="s">
         <v>69</v>
       </c>
-      <c r="L167" t="s">
-[...2 lines deleted...]
-      <c r="M167" t="s">
+      <c r="L172" t="s">
+        <v>26</v>
+      </c>
+      <c r="M172" t="s">
         <v>70</v>
       </c>
-      <c r="N167" t="s">
-[...3 lines deleted...]
-        <v>1552</v>
+      <c r="N172" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="173" spans="1:15">
+      <c r="A173">
+        <v>66525</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F173" t="s">
+        <v>1017</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J173" t="s">
+        <v>24</v>
+      </c>
+      <c r="K173" t="s">
+        <v>69</v>
+      </c>
+      <c r="L173" t="s">
+        <v>26</v>
+      </c>
+      <c r="M173" t="s">
+        <v>70</v>
+      </c>
+      <c r="N173" t="s">
+        <v>28</v>
+      </c>
+      <c r="O173" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="174" spans="1:15">
+      <c r="A174">
+        <v>66526</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F174" t="s">
+        <v>1613</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J174" t="s">
+        <v>24</v>
+      </c>
+      <c r="K174" t="s">
+        <v>69</v>
+      </c>
+      <c r="L174" t="s">
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
+        <v>70</v>
+      </c>
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="175" spans="1:15">
+      <c r="A175">
+        <v>66527</v>
+      </c>
+      <c r="B175" t="s">
+        <v>494</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1616</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F175" t="s">
+        <v>1618</v>
+      </c>
+      <c r="G175" t="s">
+        <v>499</v>
+      </c>
+      <c r="H175" t="s">
+        <v>500</v>
+      </c>
+      <c r="I175" t="s">
+        <v>501</v>
+      </c>
+      <c r="J175" t="s">
+        <v>24</v>
+      </c>
+      <c r="K175" t="s">
+        <v>1517</v>
+      </c>
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
+        <v>1518</v>
+      </c>
+      <c r="N175" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="176" spans="1:15">
+      <c r="A176">
+        <v>66529</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F176" t="s">
+        <v>1624</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1417</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1418</v>
+      </c>
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>1625</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>1626</v>
+      </c>
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="177" spans="1:15">
+      <c r="A177">
+        <v>66530</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C177" t="s">
+        <v>334</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G177" t="s">
+        <v>338</v>
+      </c>
+      <c r="H177" t="s">
+        <v>339</v>
+      </c>
+      <c r="I177" t="s">
+        <v>340</v>
+      </c>
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>627</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>628</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="178" spans="1:15">
+      <c r="A178">
+        <v>66531</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F178" t="s">
+        <v>1637</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H178" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I178" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J178" t="s">
+        <v>89</v>
+      </c>
+      <c r="K178" t="s">
+        <v>1641</v>
+      </c>
+      <c r="L178" t="s">
+        <v>91</v>
+      </c>
+      <c r="M178" t="s">
+        <v>1642</v>
+      </c>
+      <c r="N178" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="179" spans="1:15">
+      <c r="A179">
+        <v>66532</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E179" t="s">
+        <v>573</v>
+      </c>
+      <c r="F179" t="s">
+        <v>574</v>
+      </c>
+      <c r="G179" t="s">
+        <v>575</v>
+      </c>
+      <c r="H179" t="s">
+        <v>576</v>
+      </c>
+      <c r="I179" t="s">
+        <v>577</v>
+      </c>
+      <c r="J179" t="s">
+        <v>89</v>
+      </c>
+      <c r="K179" t="s">
+        <v>1647</v>
+      </c>
+      <c r="L179" t="s">
+        <v>91</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1648</v>
+      </c>
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="180" spans="1:15">
+      <c r="A180">
+        <v>66533</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F180" t="s">
+        <v>424</v>
+      </c>
+      <c r="G180" t="s">
+        <v>425</v>
+      </c>
+      <c r="H180" t="s">
+        <v>426</v>
+      </c>
+      <c r="I180" t="s">
+        <v>1654</v>
+      </c>
+      <c r="J180" t="s">
+        <v>24</v>
+      </c>
+      <c r="K180" t="s">
+        <v>1655</v>
+      </c>
+      <c r="L180" t="s">
+        <v>26</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1656</v>
+      </c>
+      <c r="N180" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="181" spans="1:15">
+      <c r="A181">
+        <v>66534</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E181" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F181" t="s">
+        <v>1662</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H181" t="s">
+        <v>961</v>
+      </c>
+      <c r="I181" t="s">
+        <v>962</v>
+      </c>
+      <c r="J181" t="s">
+        <v>24</v>
+      </c>
+      <c r="K181" t="s">
+        <v>122</v>
+      </c>
+      <c r="L181" t="s">
+        <v>26</v>
+      </c>
+      <c r="M181" t="s">
+        <v>123</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="182" spans="1:15">
+      <c r="A182">
+        <v>66535</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1667</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F182" t="s">
+        <v>1669</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1671</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1672</v>
+      </c>
+      <c r="J182" t="s">
+        <v>1673</v>
+      </c>
+      <c r="K182" t="s">
+        <v>1674</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1675</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1676</v>
+      </c>
+      <c r="N182" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="183" spans="1:15">
+      <c r="A183">
+        <v>66536</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1682</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H183" t="s">
+        <v>1684</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1685</v>
+      </c>
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="K183" t="s">
+        <v>1517</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1518</v>
+      </c>
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="184" spans="1:15">
+      <c r="A184">
+        <v>66537</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1691</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1481</v>
+      </c>
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>1517</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1518</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="185" spans="1:15">
+      <c r="A185">
+        <v>66538</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1696</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G185" t="s">
+        <v>566</v>
+      </c>
+      <c r="H185" t="s">
+        <v>567</v>
+      </c>
+      <c r="I185" t="s">
+        <v>568</v>
+      </c>
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1698</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1699</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="186" spans="1:15">
+      <c r="A186">
+        <v>66540</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1705</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1707</v>
+      </c>
+      <c r="I186" t="s">
+        <v>373</v>
+      </c>
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
+        <v>1708</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1709</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="187" spans="1:15">
+      <c r="A187">
+        <v>66541</v>
+      </c>
+      <c r="B187" t="s">
+        <v>543</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1714</v>
+      </c>
+      <c r="G187" t="s">
+        <v>548</v>
+      </c>
+      <c r="H187" t="s">
+        <v>549</v>
+      </c>
+      <c r="I187" t="s">
+        <v>550</v>
+      </c>
+      <c r="J187" t="s">
+        <v>24</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1715</v>
+      </c>
+      <c r="L187" t="s">
+        <v>26</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1716</v>
+      </c>
+      <c r="N187" t="s">
+        <v>28</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1717</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">