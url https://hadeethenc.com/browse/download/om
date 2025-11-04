--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -12,1455 +12,1533 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3881">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4522">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Oromoo
 # Source: https://hadeethenc.com/om
-# Last update: 2025-06-25 10:26:59 (v1.19.0)
-# Check for updates: https://hadeethenc.com/en/check/om/v1.19.0
+# Last update: 2025-09-20 11:39:58 (v1.20.0)
+# Check for updates: https://hadeethenc.com/en/check/om/v1.20.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً</t>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
   </si>
   <si>
     <t>yeroo Ramadaanni dhufe umraa godhi, Umraan Ramadaana keessaa Hajjitti qixxoofti</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- dubartii warra Ansaaraa irraa taate tan Ibnu Abbaas maqaa isii dhawee, ani maqaa ishee dagadheen akkas jedhan: "Maaltu nu waliin  hajjuu si dhoorge?" Isheenis akkana jette: Gaala waraabbii lama qofa qabna turre, abbaan ilma ishee fi ilmi ishee gaala tokkoon hajjii godhanii, Gaala tokko ammoo akka bishaan ittiin waraabbannuuf nuuf dhiise, isaanis akkas jedhaniin: «yeroo Ramadaanni dhufe umraa godhi, Umraan Ramadaana keessaa Hajjitti qixxoofti».</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahamanni irra haa jiraatu- Hajjii dhaamannaa irraa yeroo deebi’an, dubartii warra Ansaaraa tan hajjii hin godhin wahiitiin akkana jedhan: Maaltu nu waliin hajjuu si dhoorge?
 Gaala lama kan qaban yoo ta'u, abbaan manaa ishee fi ilmi ishee tokko irratti hajjii godhanii, isa kaan immoo Eela irraa bishaan akka ittiin waraabbataniif kan isaanif dhiise ta'uun rakkoo himatte.
 Nabiyyiin -nagayaa fi rahmanni irratti haa jiraatu- ji’a Ramadaanaa keessa umraa gochuun mindaa Hajjii waliin wal qixa ta’uu itti himan.</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
     <t>Sadarkaa Umraa baatii Ramadaanaa keessatti raawwachuun qabuudha.
 Umraan Ramadaana keessatti raawwatamu mindaa keessatti Hajjitti qixxoofti malee dirqama hajjii nama irraa hin kuffisu.
 Mindaan hojiilee sadarkaaan yeroo dabaluun akka dabaluudha, san keessaa dalagaa baatii Ramadaanaa keessatti dalagamuudha.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[sirrii]</t>
   </si>
   <si>
     <t>[Bukharif muslim irratti waliigalan]</t>
   </si>
   <si>
     <t>om</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2753</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>''Namni hajjii godhee qunnamtii saalaa isa keessatti hin raawwatin, akkasumas kan hin fincilin (ajaja Rabbiitiin ala kan hin bahin) akka guyyaa haati isaa isa deesseetti deebi'a''</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Abbaa hurayraa irraa odeeffame -Rabbiin isa irraa haa jaallatu- ni jedhe: Nabiyyii isaanii akkana jedhuun dhaga'e -Rabbiin rahamataa fi nageenya isaanii irratti haa buusu-: ''Namni hajjii godhee qunnamtii saalaa isa keessatti hin raawwatin, akkasumas kan hin fincilin (ajaja Rabbiitiin ala kan hin bahin) akka guyyaa haati isaa isa deesseetti deebi'a''.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- hadiisa kana keessatti akkana jechuudha ibsan: namni Rabbii ol ta'eef hajjii godhe osoo isa keessatti qunnamtii saalaa hin raawwatin, rafasa jechuun qunnamtii saalaatii fi adda duree isaa kan akka dhungoo fi walitti dhiheenya qaamaati, akkasuma jechi badaanis rafasa ni jedhama. 
 Akkasuma namni Rabbii ol ta'eef hajjii godhe osoo ajaja Rabbii hin faallessine, diliiwwanii fi badiiwwan hojjachuun, ajaja Rabbii faallessuu irraa dhoorgaawwan ihraamaa hojjachuudha, hajjii isaa irraa diliin isaa hundi haala isaaf dhiifameen deebi'a, akka daa'imni badiiwwan irraa qulqulluu ta'ee dhalatutti.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Ajaja Rabbii faallessuun yeroo hundumaa dhoorgaa ta'us, sirna hajjii keessatti kabajaa ibaadaawwan hajjiif jecha isa irraa dhoorguun jabaadha ta'a.
 Ilmi namaa dilii irraa qulqulluu ta'ee badiin maletti dhalata, dogongora nama biraas hin baadhatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2758</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ</t>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>Yaa Ergamaa Rabbii, jihaadni irra caalaa hojii ta'uudha agarra, niti jihaada hin goonuu? isaanis akkana jedhan: «Lakkii, garuu irra caalaan jihaadaa: Hajjii qulqulluudha</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu’umintootaa irraa odeeffamee Rabbiin irraa haa jaallatu, akkas jette: Yaa Ergamaa Rabbii, jihaadni irra caalaa hojii ta'uudha agarra, niti jihaada hin goonuu? isaanis akkana jedhan: «Lakkii, garuu irra caalaan jihaadaa: Hajjii qulqulluudha».</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
     <t>Sahaabaan - Rabbiin irraa haa jaallatu-, Rabbiif jecha jihaada fi diinan loluu irra caalaa hojiilee ta'utti kan ilaalan ta'an, Kanaaf Aa'ishaan Rabbiin irraa haa jaallatu dubartoonni akka jihaada godhan nabiyyii -nagaa fi rahmanni irraa haa jiraatu- gaafatte?
 Isaanis -nagaa fi rahmanni irra haa jiraatu- dubartoota ilaalchisee gara irra caalaa jihaadatti isaan qajeelchan, innis Hajjii qulqulluu Qur’aanaa fi Sunnaan wal simatu kan cubbuu fi na argii irraa bilisa ta’eedha.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>Jihaada gochuun dhiirotaaf irra caalaa hojiilee akka ta'eedha.
 Dubartootaaf Hajjii gochuun jihaada irra caala, inni isaanif irra caalaa hojiilee keessaa isa tokko.
 Hojiileen akka hojjetaatin wal caaltiidha, garaagarummaas qabaatti.
 Hajjiin jihaada wanti  jedhameef qabsoo lubbuu ofii waliin gadhan waan ta'eef jecha, akkasumas qabeenya fi qaama aarsaa gochuu waan of keessaa qabuuf jecha, waan of keessaa qabuuf, kanaaf inni akkuma karaa Rabbii keessatti qabsaa'utti ibaadaa qaamaa fi qabeenyaati.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[Bukhaariitu gabaase]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2759</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
+  </si>
+  <si>
+    <t>yaa Abbaas yaa abbeeraa ergamaa Rabbii, duuniyaa fi Aakhiraatti fayyummaa Rabbiin kadhu</t>
+  </si>
+  <si>
+    <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
+  </si>
+  <si>
+    <t>Abbaas ibnu Aabdulmuxxalib irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Yaa Ergamaa Rabbii waan tokko kan ani Rabbii ol ta'een kadhu na barsiisi. Ergamaanis ni jedhani: «Fayyummaa Rabbiin kadhu», guyyaa hanga ta'e tureen, eegasii ammas dhufee akkas jedheen: yaa Ergamaa Rabbii waan tokko kan ani Rabbiin kadhu na barsiisi. Ergamaanis naan jedhani: «yaa Abbaas yaa abbeeraa ergamaa Rabbii, duuniyaa fi Aakhiraatti fayyummaa Rabbiin kadhu».</t>
+  </si>
+  <si>
+    <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
+  </si>
+  <si>
+    <t>Abbeeraan nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Abbaas ibnu Abdulmuxxalib -Rabbi isa irraa haa jaallatu- nabiyyiin akka du'aa'ii inni ittiin Rabbiin kadhatu isa barsiisanu isaan irraa barbaade, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- fayyaa akka Rabbiin kadhatuu fi aakhiraa fi duuniyaatti balaa fi hirdhina irraa akka najaa baasu akka  kadhatu isa barsiisani, Abbaasis ni jedhe: booda guyyoota wohiitii ammas yeroo lammataaf itti deebi'ee du'aa'iin Rabbiin kadhu akka na barsiisaniif isaan gaafadhe, isaanis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala jaalala isaaf agarsiisaniin akks jedhani: yaa Abbaas, yaa abbeeraa ergamaa Rabbii, fayyummaa Rabbiin kadhu, hamaa hunda deebisuu fi toltuu hunda fiduuf akkasumas duuniyaa fi Aakhiraatti faaydaa argachuuf isa kadhu.</t>
+  </si>
+  <si>
+    <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
+بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
+حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo Abbaas yeroo lammaffaaf isaan gaafatetti deebiidhuma tokko deebisuun isaanii, fayyaan irra caalaa waan garbichi Rabbii isaa kadhatuu ta'uu agarsiisa.
+Sadarkaa fayyaan qabu ibsuutu keessa jira, akkasumas duuniyaa fi Aakiraatti wolitti qabni toltuu fayyaa keessa akka jiru ibsuutu keessa jira.
+Bolola sahaabonni -jaalalli Rabbii isaan irra haa jiraatu- beekumsaa fi toltuu dabalachuuf qabanu.</t>
+  </si>
+  <si>
+    <t>صحيح لغيره</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[kanbirootiin sahiiha]</t>
+  </si>
+  <si>
+    <t>[tirmiziifii ahmad odeessan]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/2932</t>
+  </si>
+  <si>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>“Dammaqaa! cubbuu gurguddaa isiniif himuu?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Abuu Bakraa irraa odeefamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas naan jedhani: “Dammaqaa! cubbuu gurguddaa isiniif himuu?” Yeroo sadii akkana jedhan, Eeyyee yaa Ergamaa Rabbii nuuf himaa, ni jedhan: "Allaahitti sharraksiisuu fi hadhaa abbaaf galata dhabuu" irkatanii turanii ol jedhanii taa'anii akkana jedhan: "Dammaqaa, ammaas Haasaa sobaati", ni jedhe: Osoo callisanii hanga nuti jennutti isii deddeebisuu irraa hin deemne.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waa’ee dilii gurguddaa sahaabota isaanitti himani, waa sadan kana eeraniiru:
 1.Allaahitti Sharraksiisuu: innis gosoolee ibaadaa keessaa gosa kamiyyuu Allaahin alatti kan biraaf  kennuudha, akkasumas gabbartii, gooftummaa, maqoolee fi sifoowwan Isaa keessatti Allaahitti waan biraa qixxeessuudha.
 2. Haadhaa fi Abbaaf galata dhabuudha: Kunis Miidhaa kamiiyyuu Dubbiidhaanis ta’ee gochaan qaqqabsiisuudha, akkasumas gara laafessa isaaniif ta’uu dhiisuudha.
 3. Ragaa sobaa dabalatee jecha sobaati: Kunis hunduma jecha sobaa fi kijibaa kan namicha irratti jedhame horii isaa fuudhuun ykn kabajaa isaa balleessuun daangaa irratti darbuun ykn kan sana faakkaatuun isa miidhuun itti yaadameedha.
 Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jecha sobaa irraa sodaachisuu dhugumatti itti deddeebi’anii dubbaatani, fokkina isaati fi dhiibbaa badii kan inni hawaasa irratti qabu akeekkachiisuuf jecha, hanga sahaabonni isaanii akkana jedhan takkatti: silaa osoo ofirraa callisanii; isaanif dhiphachuu fi isaan rakkisuu sodaaf jecha.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Irra guddaan cubbuu shirkii dha; sababni isaas cubbuu hunda caalaa hamaa fi guddaa waan ta’eef jecha, kana kan mirkaneessu jecha Rabbii ol ta’eeti: {Dhugumatti Rabbiin wanni biraa Isatti qindeeffamuu hin araaramu, waan sanaa gadii nama fedheef ni dhiisa}.
 Haqni haadha fi Abbaa guddaa ta'uudha; sababni isaas waan haqni isaan lamaanii haqa Rabbii ol ta'etti qindaa'ee dhufeef jecha.
 Cubbuun cubbuu gurguddaa fi xixiqqaa jedhamee kan qoodamu yoo ta’u, cubbuun gurguddaan immoo: hunda dilii isa keessa adabbiin biyya duniyaa akka haddii fi abaarsaa, ykn doorsisa aakhiraa kan akka doorsisa Jahannam seenuu jiruudha, cubbuun gurguddaan sadarkaa sadarkaan jira, gariin isii haraamummaa keessatti garirra cimaadha, cubbuun xixiqqoon immoo waan cubbuu gurguddaan alatti jiruudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>“Dhugumatti Rabbiin ol ta’e abboota keessaniin kakachuu irraa isin dhoorga</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>Umar bin Al-Khaxxaab irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: “Dhugumatti Rabbiin ol ta’e abboota keessaniin kakachuu irraa isin dhoorga”, Umar akkana jedhe: Rabbiin kakadhe, ergan  Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kan kakuu kana irraa dhoorgan dhagahee beekes ta'ee nama irraa himus ta'ee ittiin kakadhee hin beeku.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin ol ta'e abbootii ofiitiin kakachuu akka dhoorgu himani, kanaafuu namni kakachuu barbaade Rabbi qofaan kakata malee waan Isa malee jiruun hin kakatu. Eegasii umar bin Al-Khaxxaab -Rabbiin isa irraa haa jaallatu- eega Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sana irraa dhoorgan dhagahee beekaatis ta'ee nama biraa irraa waan Rabbiin malee jiruun kakachuu himuunis ta'ee akka ittiin hin kakatin dubbate.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>Waan Rabbiin malee jiruun kakachuun haraama ta'uudha, addatti abbootii ofiitiin kakachuu ibsuun immoo waan inni aadaa jaahiliyyaa irraa ta'eefi.
 Kakuu jechuun: Dhimma dhimmoowwan irraa ta'e wahii gadi jabeessuuf jecha Rabbiin yookaan maqoowwan Rabbiitiin yookaan sifoowwan Rabbiitiin kakachuudha.
 Sadarkaa Umari -Rabbiin isa irraa haa jaallatu- sababaa dafee waan sana irraa dhoorgamuu isaatiin, akkasumas hubannoo gaarii qabaachuu isaatii fi of eeggannoo gochuu isaatif jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ</t>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
   </si>
   <si>
     <t>Garii duulota nabiyyii keessatti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dubartiin wohii ajjeefamtee argamtee jennaan, ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dubartii fi daa'imman ajjeesuu mormani</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
   </si>
   <si>
     <t>Abdullaah bin umar irraa akka odeeffametti -Rabbiin isaan irraa haa jaallatu: Garii duulota nabiyyii keessatti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dubartiin wohii ajjeefamtee argamtee jennaan, ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dubartii fi daa'imman ajjeesuu mormani.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- garii duulota isaanii keessatti dubartii ajjeefamte arganii, dubartii fi daa'imman xixiqqoo kanneen hin baallagne ajjeesuu mormani.</t>
   </si>
   <si>
     <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
 النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
 رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
   </si>
   <si>
     <t>dubartii fi daa'imman irraa kan lola hin lolle, akkasumas worra isaan fakkaatu maanguddootii dadhaboo dulloomanii fi monokseenis hin ajjeefamanu, hanga worri kun worroota yaadaa fi muslimoota ajjeesuu irratti gargarsa kennu hin taanetti, garuu yoo akkas kan ta'anu ta'e ni ajjeefamu.
 dubartootaa fi daa'imman ajjeesuun dhoorgaa ta'uu isaa, isaan kun muslimoota hin ajjeesanu waan ta'eef, galmi guddaan karaa Rabbii keessatti loluu humna worra muslimootaan lolani cabsuudha; akka waamichi haqaa hunda ilmaan namaa qaqqabutti.
 lolaa fi waraana keessattillee rahmata nabiyyiin qabanu -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2949</t>
   </si>
   <si>
-    <t>نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ</t>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
   </si>
   <si>
     <t>nazrii irraa dhoorganii akkas jedhani: «nazriin khayrii hin fidu, dogni isaan dirqamee waa baasuu qofa malee</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffame -Rabbi isaan irraa haa jaallatu-: nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nazrii irraa dhoorganii akkas jedhani: «nazriin khayrii hin fidu, dogni isaan dirqamee waa baasuu qofa malee».</t>
   </si>
   <si>
     <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nazrii irraa dhoorgani, nazrii jechuun: ilmi namaa waan shari'aan dirqama isa irratti hin taasifne ofirratti dirqama taasisuudha, akkasumas nazriin waan tokko as butuu fi achi butuu hin danda'u jedhani, bu'aan isaa dogna isa waan Rabbiin dirqama irratti taasise malee waan biraa hin baafne harkaa ittii waa baasuu qofa, nazriin waan Rabbiin sila isaaf hin murteessine homaa isaaf fiduu hin danda'u.</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>nazrii seenuun karaa hin godhamne, garuu yoo kan nazare ta'e isa guutuun dirqama isa irratti ta'a badii kan hin taane yoo ta'e.
 sababni dhorgameef (inni khayrii hin fidu waan ta'eefi); sababni isaas inni murtoo Rabbii irraa homaa hin deebisu; akka namni nazrii seene sababaa nazriitiin waan barbaade argate hin seeneef jecha, Rabbiin ol ta'e sana irraa dureessa.
 Qurxubiin akkas jedhe: dhoorgaan kun eddoon isaa fakkeenyaf namni tokko akkana jechuudha: yoo Rabbiin dhukkubsataa koo naaf fayyise sadaqaa akkasiitu narra jira, jibbamaa kan ta'eef hojiin dubbatame kan Rabbitti ittiin dhihaatan kun bu'aan dubbatame argamuu irrati kan hundaa'e waan ta'eefi, jalqabuma irraa waan isa irraa argame kanaaf niyyaan Rabbitti ittiin dhihaachuu akka isaaf hin argamne waan mul'ateef, inumaa adeemsa kennanii fudhachuu hordofe, kana immoo ifa kan godhu osoo dhukkubsataan isaa hin fayyine ta'ee waan fayya isaatti rarraase sana hin sadaqatu ture, kun immoo haala dognaati, inni haala bakka buusaan ariifataa ta'e kan yeroo hedduu waan inni baase caaluun yoo ta'e malee qabeenya isaa keessaa homaa hin baasu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2960</t>
   </si>
   <si>
-    <t>إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ</t>
+    <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
   </si>
   <si>
     <t>ani Rabbiinan kakadha -yoo Rabbi jedhe- ani waan wohii irratti kakadhee, wanti biraa irra caalaa ta'uun yoo natti mul'ate, kakaa koo irraa kaffaaraa baasee, isa irraa caalaa ta'e raawwadhu malee hin dhiisu</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
   </si>
   <si>
     <t>ِAbuu Muusaa al-ash'arii irra akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: tuuta ash'ariyyoota irraa ta'anii woliin gara jihaadaatti geejjiba akka nuuf godhaniif jecha, gara ergamaa Rabbiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufe, isaanis ni jedhani:  «Rabbiinan kakadha isin hin geejjibu, waan ittiin isin geejjibu hin qabu» hanga Rabbiin fedhe eega turree, gaalonni wohii isaaniif fidamee jennaan, gaala sadi nuuf ajajani, erga deemsa eegallee gariin keenya garii keenyan akkas jedhe: Rabbiin barakaa keessa nuuf hin kaa'u, akka nu geejjibaniif jecha ergamaa Rabbiitti dhufnee jennaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isin hin geejjibu jedhanii booda kakataniitii waan nu geejjibaniif, abuu muusaanis ni jedhe: gara nabiyyiitti dhufnee waan sana isaanitti himnee jennaan akkas jedhani: «Anaa miti kan isin geejjibe, Rabbiti isin geejjibe malee, ani Rabbiinan kakadha -yoo Rabbi jedhe- ani waan wohii irratti kakadhee, wanti biraa irra caalaa ta'uun yoo natti mul'ate, kakaa koo irraa kaffaaraa baasee, isa irraa caalaa ta'e raawwadhu malee hin dhiisu».</t>
   </si>
   <si>
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
     <t>Abuu Muusaa al-ash'ariin -Rabbi isa irraa haa jaallatu- tuuta gosa isaa irraa ta'anii woliin gara ergamaa Rabbiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka dhufe hima, dhimmi isaanii nabiyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaala yaabbatan akka isaaniif keennaniif ture; jihaada irratti hirmaachuu akka danda'aniif jecha, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan ittiin isaan geejjiban waan hin qabneef akka isaan hin geejjibne kakatani, deebi'anii hanga ta'e wohii taa'anii eegasii nabiyyiidhaaf -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaalonni sadi wohii dhufnaan jaraaf ergani, gariin isaanii garii isaaniitiin akkas jedhani: Rabbiin gaalota nuuf kennaman kanatti barakaa nuuf hin godhu; waan nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isin hin geejjibu jedhanii kakatanii turaniif, eegasii gara isaanitti dhufanii isaan gaafatanii jennaan, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhaniin: kan isin geejjibe Rabbii ol ta'e; isatu qajeelchee kenne waan ta'eef, ani sababaa ta'ee sun harka koo irratti argamuu qofa. eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: ani yoo Rabbi fedhe waan tokko nan hojjadha yookaan nan dhiisa jedhee boodan irratti kakadhee wanti sana malee jiru irra caalaa fi irra gaarii ta'uu yoo natti mul'ate, isa irra caalaa fi irra gaarii ta'e sana hojjadhee kan irratti kakadhe sana immoo dhiisuun, kakaa kootiif kaffaaraa baasu malee hin dhiisu.</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>si kakachiisuun maletti kakachuun eeyyamamaa ta'uu isaa; oduu mirkaneessuuf jecha yoo kan fuulduratti ta'u ta'ellee.
 booda kakaatii in shaa Allaah(yoo Rabbi fedhe) jecha jedhuun rarraasuun eeyyamamaa ta'uu isaa, feedhii Rabbiitti rarraasuu kana kakaa woliin yoo niyyatee, kakaadhaan kan wolitti hidhate ta'e, nama kakate irratti kakaa isaatiif kaffaaraan dirqama hin ta'uudha.
 yoo waan tokko irratti kakatee ka'ee waan biraa kan isa irra caalu arge isa irratti kakate dhiisee isa irra caalaa hojjachuutti kakaasuutu keessa jira, kakaa isaatiif immoo kaffaaraa baasa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2961</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>“Guyyaa Qiyaamaa jalqaba wanti isa keessatti gidduu namootatti murtiin godhamuu dhiiga</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Abdullah bin Mas'uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhani: “Guyyaa Qiyaamaa jalqaba wanti isa keessatti gidduu namootatti murtiin godhamuu dhiiga".</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- guyyaa qiyaamaa miidhaa namoonni gariin garii isaanii irratti hojjate ilaalchisee jalqaba wanti namoota giddutti murtii godhamuu dhiiga akka ajjeesuu fi madeessuu akka ta'e himan.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Dhimmi dhiigaa guddaa ta'uudha, sababni isaas jalqabni waan irra yaachisaa ta'een waan ta'uuf jecha.
 Diliin akka guddina badii raawwatamteetiin guddataadha, lubbuu qulqulluu balleessuun badiilee gurguddoo keessaa isa tokko yoo ta’u, kafaruu fi Rabbii ol ta'etti qindeessuu malee wanti isa caalu hin jiru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ</t>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>Nama jechi Rabbii ol'aantummaa akka argatuuf loleetu karaa Rabbii keessatti qabsaa'aadha</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Abuu Muusaa irraa odeeffamee Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- waa’ee nama gootummaa, gosaa fi naaf argiidhaaf qabsaa’uu ilaalchisee, kanneen keessaa kamtu karaa Rabbii irratti qabsaa'aadha jechuu irraa gaafatamanii?, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Nama jechi Rabbii ol'aantummaa akka argatuuf loleetu karaa Rabbii keessatti qabsaa'aadha».</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- wal dhabiinsa kaayyoo qabsaa'otaa ilaalchisee; isaan irraa nama gootummaaf ykn gosaaf ykn namoota jidduu akka sadarkaan isaa muldhatuuf ykn waan biroof qabsaa'utu jira, kanneen keessaa kamtu karaa Rabbii keessatti qabsaa'e jechuu irraa gaafataman? Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- karaa Rabbii keessatti qabsaa'aan: nama jechi Rabbii ol'aantummaa akka qabaatuuf qabsaa'e ta'uu himan.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Tolina hojii fi badii isaa keessatti hundeen niyyaa fi dalagaa san Rabbiif jecha qulqulleessanii hojechuu akka ta'eedha.
 Kaayyoon namichaa jihaada irraa jecha Rabbii ol qabuu yoo ta'ee, kaayyoon biraa seera qabeessa kan ta'e kan akka boojuu argachuu yoo itti dabalame, kun kaayyoo isaa kan jalqabaa akka hin miineedha.
 Diinota biyyoota fi eddoolee kabajamoo ta'an irraa ittisuun karaa Rabbii keessatti qabsaa'uu irraa akka ta'eedha.
 Sadarkaan qabsaa'ota keessatti dhufe warra Jechi Rabbii  ol’aantummaa akka argatuuf qabsaa’an qofa ilaallataadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2969</t>
   </si>
   <si>
-    <t>لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ</t>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hoolaa buburree gaafa qabu lama uduuhiyyaaf qalani, miila isaanii morma hoolaa irra kaa'anii bismillaahi Allaahu Akbar jechaa harka ofiitiin gorra'ani</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
+  </si>
+  <si>
+    <t>Anas irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hoolaa buburree gaafa qabu lama uduuhiyyaaf qalani, miila isaanii morma hoolaa irra kaa'anii bismillaahi Allaahu Akbar jechaa harka ofiitiin gorra'ani.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
+  </si>
+  <si>
+    <t>Anas -Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- guyyaa Iid Al-Adahaa harka ofiitiin korbeessa hoolaa aadii gurraacha makatu kan gaafa qabu lama, miila isaanii morma hoolaa irra kaa'uun Bismillaah Allaahu Akbar jechaa uduhiyyaaf akka gorra'an hime.</t>
+  </si>
+  <si>
+    <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
+الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
+قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
+قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
+استحباب الأضحية بالأقرن ويجوز بغيره.</t>
+  </si>
+  <si>
+    <t>Uduhiyyaan karaa godhamuu isaa fi muslimoonni akka irratti wolii galaniidha.
+Uduhiyyaan irra caalaan isaa gosa nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qalan kana ta'uudha; ilaalchatti bareedaa fi foonii fi coomni isaas irra gaarii waan ta'eef jecha.
+Aalimni Islaamaa Nawawiin akkas jedhe: namni uduhiyya godhu ofii uduhiyyaa isaa ofii isaatiif gorra'uun jaallatamaa ta'uutu keessa jira, uzuriin maleetti gorraasuuf nama bakka hin buufatu, nama bakka buufate yoo ta'e gorraasuu isaa irrattii argamuu qaba, muslima bakka yoo buufate wol dhabbii tokkoon maletti ni danda'ma.
+Aalimni Islaamaa Ibnu hajar akkas jedhe: yeroo gorraasuu Allaahu Akbarii woliin Bismillaah jechuun jaallatamaa ta'uutu keessa jira, akkasumas morma isaa mirgaa irra miila kaa'uunis jaallatamaa ta'uu isaa, gara bitaa irra akka ciifsamee miila isaa cinaa isaa kan mirgaa irra akka kaa'uu qabus irratti wolii galaniiru, namni gorra'u albee mirgaan qabatee mataa hoolaa bitaan qabata; gorraasuun akka isatti laafaa ta'uuf jecha.
+Uduhiyyaan kan gaafa qabuun jaallatamaa ta'uu isaa, kan hin qabneenis ni ta'a.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/2971</t>
+  </si>
+  <si>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>Hariira qallaa fi furdaas hin uffatinaa, meeshaa warqee fi meetii irraas hin dhuginaa, meeshaa isaan irraa hojjetame keessatti hin nyaatinaa, isheen addunyaa irratti isaaniifi (kaafiroota), Aakhiraatti ammoo nuufi</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Abdurrahmaan bin Abii Leylaa irraa odeeffame, Isaan Huzeyfaa bira turan, Bishaan akka obaasan gaafatee, namichi majuusiin tokko isa obaase, meeshaa ittiin dhugan harka isaa keessa kaahee jennaan isaan isa darbatee, akkas jedhe: osoon ani yeroo tokko ykn yeroo lama isa dhoorguu dhabee -akka waan akkas jedhu fakkaata: silaa kana hin dalagu- haa ta'u malee Nabiyyii -nagaa fi rahmatni irra haa jiraatu- akkas jedhuun dhagahe: «Hariira qallaa fi furdaas hin uffatinaa, meeshaa warqee fi meetii irraas hin dhuginaa, meeshaa isaan irraa hojjetame keessatti hin nyaatinaa, isheen addunyaa irratti isaaniifi (kaafiroota), Aakhiraatti ammoo nuufi».</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- dhiironni hariira gosa isaa hunda akka hin uffanne dhoorgan. Dhiirotaa fi Dubartoota meeshaa warqee fi meetii keessatti akka hin nyaanne fi hin dhugne dhorganiiru. Guyyaa qiyaamaa isheen mu'umintoota qofaaf akka qulqulluu taate himaniiru; sababni isaas Rabbiif tole jechuuf biyya duniyaa keessatti ishee irraa waan fagaataniif jecha. Kaafiroonni ammoo jiruu Aakiraa keessatti ishee hin qabaatan; sababni isaas isaan jireenya duniyaa isaanii keessatti ishetti fayyadamanii, ajaja Rabbii diduu isaanitiin wantoota gaggaarii isaanii keessatti waan ariifataniif jecha.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Dhiironni uffata hariiraa qallaa fi furdaas akka hin uffanne dhoorguu fi warra isa uffataniif akeekkachiisa cimaa dabarsuu.
 Dubartootaaf hariira qallaa fi furdaa uffachuun ni hayyamamaadha.
 Dhiirotaa fi dubartootaaf saanii fi meeshaa warqee fi meetii keessatti nyaachuu fi dhuguun dhorgaa tahuudha.
 Huzeyfaan Rabbiin irraa haa jaalatu, dubbii kana mormuu keessatti jabeessee, meeshaa warqee fi meetii fayyadamuu irraa irra deddeebi'ee inni kan isa dhoorge tahuu ibseera, garuu inni baratee irraa dhoorgamuu hin dandeenye.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2985</t>
   </si>
   <si>
-    <t>مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ</t>
+    <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>Namni duuniyaatti hariira offate aakhiraatti isa hin offatu</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Umar irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: nabiyyiin -Rabiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni duuniyaatti hariira offate aakhiraatti isa hin offatu».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhiirotii irraa namni duuniyaa keessatti hariira offate, yoo irraa hin toobatin adaba isaatiif jecha aakhiraatti akka isa hin offanne ibsan.</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>Hariira jechuun wonti itti fedhame, hariira uumamaa qulqulluu ta'edha, hariirri worshaan hojjatame hadiisicha keessa hin seenu.
 Dhiira irratti hariira offachuun haraama ta'uu isaa.
 Hariira offachuu irraa dhoorguun offachuu fi afachuus ni qabata.
 Dhiirotaaf garii hariiraa huccuu irratti quba lamaa hanga quba afurii kan hin darbine kan faaya yookaan huccuudhaaf xarafa ta'u ni eeyyamamaaf.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2986</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>Namni meeshaa waraanaa nurratti baase nu irraa miti</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Abuu Muusaa Al-Ash’arii irraa odeeffame, Rabbiin irraa haa jaallatu, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: "Namni meeshaa waraanaa nurratti baase nu irraa miti".</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- muslimoota irratti meeshaa waraanaa baatanii sodaachisuun ykn saamuun dhoorgaa akka ta'e akeekachiisan, Namni haqaan maletti gocha akkasii raawwate yakka guddaa fi  badii guddaa hojjatee, doorsisa cimaa kana haqa godhateera.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Muslimni obboleeyyan isaa Muslimaan loluu keessatti akeekkachiisa cimaa kennuudha.
 Wantoota Jibbisiisoo fi malaammaltummaa guddaa lafa kanarra jiru keessaa tokko, meeshaa waraanaa Muslimoota irratti baafachuu fi badii cimaa karaa ajjeechaatin dhufuudha.
 Doorsisni armaan olitti ibsame kun lola haqaa, kan akka namoota mirga namaa sarbanii, warra badii adda addaa raawwatanii fi kanneen birootin loluu hin ilaalu.
 Qoosaadhaan illee haa ta'uu, Muslimoota meeshaa waraanaatiin ykn waan biraatiin sodaachisuun dhorgaa ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/2997</t>
   </si>
   <si>
-    <t>أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ</t>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
     <t>Ani isin shakkuuf isin hin kakachiifne, garuu Jibriil gara koo dhufee Rabbiin guddaan Malaa'ikootatti akka isiniin dhaaddataa jiru natti hime</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-Khudrii irraa odeeffamee akkana jedhe: Mu'aawiyaan masjiida keessatti Halqaa wahitti dhufee, akkana jedheen: Maaltu isin teessise? Isaanis ni jedhan: Nuti Rabbiin zakkaruuf teenye, ni jedhe: Rabbiin isin qabee kanaaf malee waan biraatif hin teenyee? isaanis ni jedhan: kanaaf malee hin teenye, Innis akkana jedhe: Ani isin shakkuuf isin hin kakachiifne, sadarkaan ani Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- biratti qabu irratti tahee namni tokkolleen kan Hadiisa naa gad qabu hin jiru: Ergamaan Rabbii -nagaa fi rahmanni irratti haa jiraatu- Halqaa wahii kan sahaabota isaanitti dhufanii akkana jedhaniin: «Maaltu isin teessise?» Isaanis ni jedhan: Nuti Rabbiin zakkaruu fi Islaamummaa nuuf kennee waan isaan tola nurratti ooleef jecha isa galateeffachuuf teenye, isaanis ni jedhan: «Rabbiin isin qabee san malee homaa isin hin teessifnee?» isaanis ni jedhan: «Ani isin shakkuuf isin hin kakachiifne, garuu Jibriil gara koo dhufee Rabbiin guddaan Malaa'ikootatti akka isiniin dhaaddataa jiru natti hime».</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
     <t>Mu'aawiyaan bin Abii Sufyaan Rabbiin isaan irraa haa jaallatu masjiida keessatti Halqaa wahitti dhufee maal irratti akka walitti qabaman isaan gaafate. Isaanis ni jedhan: Rabbiin zakkarra, Innis Rabbiin irraa haa jaallatu, taa’umsaa fi walga’ii isaanii keessatti Rabbiin zakkaruu malee homaa akka hin barbaanne isaan kakachiise, Isaanis isaaf ni kakatan, Ergasii akkana isaanin jedhe: ani isin shakkuu fi dhugaa keessan bir'achuuf isin hin kakachiifne, ergasii waa’ee sadarkaa isaa Nabiyyii -nagaa fi rahmanni irra haa jiraatu- biratti inni qabuu fi isa caalaa namni biraa akka isaanitti hin dhihaanne itti hime; sababni isaas Ummu Habiibaan obboleettiin isaa haadha manaa Nabiyyii -nagaa fi rahmanni irra haa jiraatu- waan taatee jecha, akkasumas inni namoota wahyii barreessan irraa waan ta'eef jecha, kanuma waliin inni nama hadiisa waa xiqqoo odeessedha. Nabiyyiin, nagaa fi rahmanni irra haa jiraatu, guyyaa tokko mana isaanitii bahanii masjiida keessa namoota taa'anii Rabbiin zakkaranii waan gara Islaamummaatti isaan qajeelchee isaan isaan irratti tola oolef jecha Isa galatoonfatan arganii, akkuma Mu'aawiyaan -Rabbiin isa irraa jaallatu- saahibban isaa wajjiin hojjete sahaabaa gaafatanii isaan kakachiisan, Ergasii Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sababa isaan gaafachuu fi kakachiisuu ilaalchisanii akkana isaanin jedhan: Malaa'ikaa Jibriil -nageenyi isa irra haa jiraatu- itti dhufee Rabbiin ol-tahe malaa'ikootatti isiniin akka dhaaddatu, sadarkaa keessan akka itti himu, hojii keessan gaarii isaanitti akka argisiisuu fi isaan birattis akka isin faarsu isaanitti hime.</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>Sadarkaa Mu'aawiyaan -Rabbiin isa irraa haa jaallatu- qabuu fi beekumsa dabarsuu keessatti bolola inni Nabiyyii -nagaa fi rahmanni irra haa jiraatu- fakkeenya godhachuu keessatti qabuudha.
 Shakkii tokko malee barbaachisummaa kheyrii ibsuu keessatti  kakachiisuun akka danda'amuudha.
 Sadarkaa teessuma zikrii fi beekumsaati, akkasumas Rabbiin  akka isii jaallatuu fi malaa'ikootatti akka isiin dhaaddatuudha.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Muslimtu gabaase]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3007</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>Isaan lamaan kun adabamaaru, adabamuun isaanii waan guddaafii miti, tokkoon isaanii fincaan kan ofirraa hin qulqulleessine ta'e, inni kuun immoo gidduu namootatti kan namiimaan (walitti mufannaa namoota giddutti argamsiisuuf jecha haasaa tokko irraa gara kaanii geessuun) deemu ta'e</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- akkana jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qabrii wahii lama bira dabranii, akkana jedhan: “Isaan lamaan kun adabamaaru, adabamuun isaanii waan guddaafii miti, tokkoon isaanii fincaan kan ofirraa hin qulqulleessine ta'e, inni kuun immoo gidduu namootatti kan namiimaan (walitti mufannaa namoota giddutti argamsiisuuf jecha haasaa tokko irraa gara kaanii geessuun) deemu ta'e" eegasii  muka jiidhaa wahii fuudhanii isa bakka lamatti qoodanii, hunda qabrii irra tokko gadi dhaaban, ni jedhan (sahaabonni): " yaa ergamaa Rabbii maalif kana hojjatte?,  isaanis ni jedhan: “waan mukni lameen kun hin goggoginiin Rabbiin isaan lameen irraa adabbii salphisuudhan kajeela".</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qabrii lama bira dabranii akkana jedhani: Abbootiin lameen qabrii kana lameenii adabamaaru, ilaalcha keessan keessatti waan guddaaf adabamaa hin jiranu, Rabbiin biratti guddaa haa ta'uu malee, Tokkoon isaanii yeroo mana fincaanii seene fincaan irraa qaama isaatii fi uffata isaa eeggachuuf dhimma kan hin qabne ta'e, Inni kuun immoo namoota gidduutti namiimaan kan deemu ta'e, isaan gidduutti rakkina uumuf jecha haasaa isa kanaa fuudhee isa kaan bira geessa.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Namiimaa fi fincaan irraa of qulqulleessuu dhabuun diliiwwan gurguddoo fi adabbii qabriitif waan sababaa namatti ta'an irraayi.
 Rabbiin -qulqullaa'e- garii wantoota nama irraa fagoo ta'an -kan akka adabbii qabrii- mallattoo nabiyyummaa isaanii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- muldhisuuf jecha irraa saaqa.
 Gochi muka bakka lamatti qoodanii qabrii irra kaayuu kun Nabiyyii qofaafi -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-; sababni isaas waan Rabbiin haala abbootii qabrii lameenii isaan agarsiiseef jecha, haala warra qabrii namni beeku waan hin jirreef namni biroo akka isaanii ta'uu hin danda'u.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>“Yeroo Azaana dhageessan, fakkaatuma lallabaan jedhu jedhaa”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-khudrii irraa odeeffamee -Rabbiin isa irraa haa jaalatu- Ergamaan Rabbii -nagayaa fi rahmanni Rabbiin irra haa jiraatu- akkana jedhan: “Yeroo Azaana dhageessan, fakkaatuma lallabaan jedhu jedhaa”.</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo lallabaa azaanaa dhagahanitti jecha jechaan fakkaataa inni jedhu jedhutti kakaasan, Yeroo inni Allaahu Akbar jedhu nutis isa booda Allaahu Akbar jenna, yeroo inni shahaadaa lameen jedhu nutis isa booda isaan lameen jenna, Yeroo (Hayya Alassalaah, hayya Alal Falaah) jedhamu malee, yemmuu kana "Laa hawla walaa Quwwata illaa billaah" jedhama.</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Eega kan jalqabaa xumuree mu'azzina isa lammaffaa waan inni jedhu jechuun isa hordofa, yoo mu'azzinoonni hedduu ta'anillee; Hadiisni hunda waan hammatuuf jecha.
 Yeroo mana fincaanii ykn dhimma dhuunfaa isaa irra jiraate malee, yeroo hunda waan mu'azzinni jedhu jechuun isa irratti dirqama ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>dhiisi ani Qulqulluu haala ta'aniinin isaan lameen godhadhee</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
     <t>Mughiiraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Imala tokko keessatti Nabiyyii wajjiin ture -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-, kophee isaanii lameen irraa baasuuf gadi jedhee jennaan, akkana jedhani: "dhiisi ani Qulqulluu haala ta'aniinin isaan lameen godhadhee", eegasii isaan lameen irra haxaayan.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- tokkoo imala isaanii keessatti wuduu'a kan godhatan ta'an, Miila dhiqachuu bira yeruma gayani Mughiiraa bin Shu'ubaa -Rabbiin isa irraa haa jaallatu- kophee irraa waan miila Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra jiru baasuuf jecha harka isaa lameen laate miilli lameen akka dhiqamaniif jecha! Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: Dhiisi isaan hin basinii, ani miila koo lameen haala qulqullina irra jiraniinin kophee lameen keessa galchee, Eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bakka miila lameen dhiquudhaa kophee lameen irra haxaayan.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Kophee lameen irra haxaayun kan hayyamamu yeroo Hadasa xiqqaa akka fincaanii irraa wuduu'a godhataniidha, Hadasa guddaa akka janaabaa irraa yeroo dhiqatan immoo miila lameen dhiquun dirqama ta'a.
 Haxaa’uun yeroo tokko qofa harka jiidha qabu jala osoo hin taane gubbaa kophee irra dabarsuudhaan ta'a.
 Ulaagaan Kophee lameen irra haxaayuu wuduu’a guutuu miilli lameen bishaaniin isa keessatti dhiqaman booda uffachuu, kopheen qulqulluu ta'uu, miila irra bakka wuduu-in itti dirqama ta'u kan dhoksu ta'uu, kophee irra haxaayuunis hadasa guddaa ykn waan dhiqannaa dirqama taasisu booda osoo hin taane hadasa xiqqaa booda ta'uu fi kophee irra haxaayuun yeroo shari'aan daangeffame keessatti ta'uudha, innis nama biyya jiruuf guyyaa tokkoo fi halkan tokko, nama imala irra jiruuf immoo guyyaa sadii halkan isaanii waliin.
 Wanti miila dhoksu hundi, kan akka kaalsii fi wantoota biroo, akka kophee lameenitti ilaalama, kanaafuu isa irra haxaa’uun ni danda’ama.
 Amallii fi barsiisni Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaarii ta'uudha, sun Mughiiraa akka isaan irraa kophee lameen hin baasne yeroo dhoorganii sababa isaas qulqulluu haala ta'aniin godhachuu akka ta'e itti himanitti, kunis lubbuun isaa akka tasgabbooftuu fi hukmii (murtii) isaa akka beekuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>(Namni tokko yeroo obboleessa isaa jaallate akka isa jaallatu isatti haa himu)</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Miqdaam ibnu ma'adii karib -Rabbiin isa irraa haa jaallatu- Nabiyyii irraa akka odeessetti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: (Namni tokko yeroo obboleessa isaa jaallate akka isa jaallatu isatti haa himu).</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hadiisa kana keessatti tokkoo sababoowwan hariiroo gidduu mu'umintootaa cimsituu fi tan jaalala gidduu isaaniitti facaaftu ibsan, innis namtichi yeroo obboleessa isaa jaallatetti akka isa jaallatu isatti haa himu jechuudha.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Faayidaa duniyaatiif osoo hin taane sadarkaa Jaalalli qulqulluun Rabbii ol ta'eef jechaa qabuudha.
 Jaalallii fi walitti dhufeenyi akka dabaluuf Nama Rabbiif jecha jaallatan akka isa jaallatan Isatti himuun jaallatamaa ta'uudha.
 Mu'umintoota gidduutti jaalala facaasuun obbolummaa iimaanaa jabeessa, akkasumas diigamuu fi adda ba'uu irraa hawaasa tiksa.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
   </si>
   <si>
     <t>[abuu daawudii, tirmiziin odeessan. nsaa'iinis sunana kubraa keessatti odeesse, ahmadis odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3017</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Nabiyyiin - Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kophee isaanii uffachuu, rifeensa isaanii filachuu, of qulqulleeffachuu fi dhimmoota isaanii hunda keessatti mirga dursuu jaallatu turani</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Aa'ishaa haadha mu'umintootaa irraa akka odeeffametti -Rabbi isii irraa haa jaallatu- ni jette: Nabiyyiin - Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kophee isaanii uffachuu, rifeensa isaanii filachuu, of qulqulleeffachuu fi dhimmoota isaanii hunda keessatti mirga dursuu jaallatu turani.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhimmoota isaanii kabajaaf malu keessatti miragaan eegaluu kan jaallatanuu fi caalchifatanu turani, sana keessaa: kophee isaaniii offachuu keessatti mirgaan eegaluu, akkasumas rifeensaa fi areeda isaanii filachuu fi dibata isaaf dibuu keessattis mirgaan eegaluu, akkasumas wuduu'a isaanii keessattis harkaa fi miila yeroo dhiqatan mirga isaanii bitaa dursuudha.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>Nawawiin akkas jedhe: kun shari'aa keessatti foormulaa(qajeelfama) itti fufaa ta'edha, wanti kabajaa fi sadarkaan wol qabate hundi akka mudawwara, kofoo fi kophee uffachuu, masjiida seenuu, suwaakkachuu, kuullachuu, qeensa qorachuu, areeda funyaan jalaa gabaabsuu, rifeensa faaqqifachuu, rifeensa bobaa buqqisuu, rifeensa mataa aaddachuu, salaata irraa salaama baafachuu, qaamolee xahaaraa dhiqachuu, mana fincaaniitii ba'uu, nyaataa fi dhugaatii, harka wol fuuchuu, hajar al-aswadiin dhungachuu fi kanneen birooo kana fakkatan mirga dursuun jaallataamaadha, wontoonni faallaa kanaatiin ta'an immoo akka mana fincaanii seenuu, masjidaa ba'uu, furrii baafachuu, istinjaa godhachuu, mudawwara, kofoo fi kophee baafachuu fi kanneen kana fakkaatan, bitaa dursuun jaallatamaadha, kun hunduu kabajaa mirgaatii fi sadarkaa isaatiifi.
 "Mirga dursuutu isaan jaallachiisa", jechuun: hojii keessatti harka mirgaatiin, miila mirgaatiin, cinaa mirgaatiin eegaluu fi mirgaan fudhachuu fi kennuu jechuudha.
 Nawawiin akkas jedhe: beeki! qaamowwan wuduu'aa keessaa kan mirga dursuun jaallatamaa hin taanetu jira; innis gurra lameen, harka lameenii fi maddii lameeni, yeruma tokkotti woliin qulqulleefata, kun nama qaamni muramaa fi kan isa fakkaatanuuf kan rakkisu yoo ta'e immoo; mirga dursa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3018</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>Lakkii, sun hidda, garuu guyyoota hanga dhiigni ji'aa ishee keessatti sitti dhufuu sana salaata dhiisii, eegasii dhiqadhuu salaati</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu’mintootaa irraa odeeffamee -Rabbiin ishee irraa haa jaallatu- Faaximaan binti Abii Hubeysh Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jettee gaafatte: Ani istihaadaa (dhiiga dhukkubaa) qaba, isa irraa hin qulqullaa'u, kanaafuu Salaata dhiisuun naa ni eeyyamamaa? isaanis akkana jedhan: “Lakkii, sun hidda, garuu guyyoota hanga dhiigni ji'aa ishee keessatti sitti dhufuu sana salaata dhiisii, eegasii dhiqadhuu salaati".</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Faaximaa binti Hubeyishii Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jettee gaafatte: Dhiigni narraa dhaabbachuu dhabuu irraa kan ka'een yeroo  dhiiga ji'aa irra hin jirrellee itti fufa, murtiin sanaa murtii dhiiga ji'aa ta'uu danda'aa, sababaa isaatiin salaata kanan dhiisu? Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: inni dhiiga istihaadaati, innis dhiiga dhukkubaa kan citiinsa hidda wahii kan gadameessa keessa jiru irraa argamuudha, Osoo dhiigni dhukkubaa sitti hin dhufiniin duratti akka Aadaa tee tan ji'atti yeroon dhiigni ji'aa isa keessatti sitti dhufu yeroo dhufe salaata, soomaa fi wantoota biroo kan isaan fakkaatan kan yeroo dhiiga ji'aa dubartiin dhiigni ji'aa itti jiru irraa dhoorgamtu dhiisi. Yeroo yeroon sun dhumetti ati dhiigni ji'aa sirraa dhaabbate waan ta'eef iddoo dhiigaa sana dhiqi, eegasii xurii ofirraa kaasuuf jecha dhiqannaa guutuu ta'e qaama kee dhiqadhu, eegasii salaati.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Guyyoonni dhiiga ji'aa yeroo xumuramanitti qaama guutuu dhiqachuun dubartii irratti dirqama ta'uudha.
 Dubartii dhiigni dhukkubaa itti jiru irratti salaanni dirqama ta'uudha.
 Dhiiga ji'aa jechuun: Dhiiga uumamaa gadameessaan karaa qaama saalaa dubartii ballaghtee baasuudha, guyyoota beekamoo ta'an keessatti itti dhufa.
 Dhiiga dhukkubaa jechuun: Dhiiga yeroo malee gadaameessaa gara irraa gadiitii yaa'uudha.
 Garaagarummaan gidduu dhiiga ji'aatii fi dhiiga dhukkubaa jiru: Dhiigni ji'aa gurraacha furdaa hafuurri isaa ajaa qabuudha, dhiigni dhukkubaa immoo dhiiga diimaa haphii hafuura ajaayu hin qabneedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3029</t>
   </si>
   <si>
-    <t>سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ</t>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>Tarree keessan qajeelchaa, tarree qajeechuun salaata guutuu irraayi</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Anas bin Maalik irraa odeeffamee Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Tarree keessan qajeelchaa, tarree qajeechuun salaata guutuu irraayi».</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namoota salaatan tarree isaanii akka qajeelfatan, akka wal hin dabarree fi akka wal duubatti hin hafne ajajan, tarree qajeelchuun salaata guutuu irraa akka ta’ee fi isa jal'isuun ammoo hanqinaa fi hir'ina akka ta'e ibsaniiru.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Waan salaata guutee hir'ina irraa isa fageessu hundatti yaadda'uun karaa tahuudha.
 Ogummaa Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- barsiisuu keessatti qabaniidha, sun kan muldhatu murtii sababaa isaatiin wajjiin wal qabsiisuu isaanii keessatti; Sunis ogummaa wanni tokko karaa godhamuu ibsuu fi lubbuun ajajamuu keessatti akka jajjabaattuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3031</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>Tokkoon keessan yeroo wuduu'a godhatu bishaan funyaan isaa keessa ol galchee eegasii haa baasu, Namni bakka istinjatti dhagaa ykn waan isa fakkatu fayyadame witrii (qarii) haa godhuu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>ِAbuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: "Tokkoon keessan yeroo wuduu'a godhatu bishaan funyaan isaa keessa ol galchee eegasii haa baasu, Namni bakka istinjatti dhagaa ykn waan isa fakkatu fayyadame witrii (qarii) haa godhuu,  Namni  hirriiba irraa  dammaqe immoo bishaan itti wuduu'a godhatuu deemu keessa osoo isa hin galchine harka isaa haa dhiqatuu, sababni isaas harki isaa eessa akka bule waan hin beekneef jecha". Muslim akka gabaasetti: "Tokkoon keessan yeroo hirriiba irraa ka'e harki isaa eessa akka bule waan hin beekneef jecha hanga yeroo sadii isa dhiquutti harka isaa mi’a (meeshaa/qodaa) keessa akka hin galchine".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- garii seera qulqullummaa ibsan, sana irraa: Tokkoffaan: Namni wuduu’a godhatu afuura isaatiin bishaan funyaan isaa keessa ol galchee eegasii ammas afuura isaatiin baasuudha qabaadha. Lammaffaan: Namni bishaanin osoo hin taane waan akka dhagaa fi waan dhagaa fakkaatun najisa isa irraa bahe ofirraa qulqulleessuu barbaade waan sana watrii godhuu qaba, irra gadi aantin isaa sadii, irra ol aanan isaa immoo waan najisni bahe sun isaan citee iddoon qulqullaa'uniidha. Sadaffaan: Namni hirriiba halkanii irraa ka’e, hanga harka isaa yeroo sadii hanga dhiqutti wuduu'a godhachuuf meeshaa bishaanii keessa harka isaa galchuu hin qabuudha, sababni isaas inni harki isaa eessa akka bule waan hin beekneef jecha, kanaafuu najisummaa irratti amanuu hin danda'u, sheyxaannis itti taphatee wantoota ilma namaa miidhan ykn bishaan sana balleessan itti fidu danda'a.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Istinshaaqni wuduu'a keessatti dirqama ta'uudha, innis: afuuran bishaan funyaan keessa ol galchuudha, akkasumas Istinsaarri dirqama ta'uudha, innis afuuran bishaan funyaan irraa baasuudha.
 Dhagaan ykn waan isa fakkaatuun yeroo najisa ofirraa qulqulleesan isa witrii gochuun sunnaa ta'uudha.
 Booda hirriiba halkaniitii harka lameen yeroo sadii dhiquun karaa ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>“Namni tokko yeroo mana isaa seenee, yeroo seenuttii fi bakka nyaatatti yoo Rabbiin zakkare sheyxaanni akkana jedha: Bakka bultiis  irbaatas hin qabdan</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Jaabir bin Abdullaah irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiidhaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan dhaga'e: “Namni tokko yeroo mana isaa seenee, yeroo seenuttii fi bakka nyaatatti yoo Rabbiin zakkare sheyxaanni akkana jedha: Bakka bultiis  irbaatas hin qabdan, Yeroo mana seenee yeroo seenu sanatti Rabbiin hin zakkarin sheyxaanni ni jedha: bakka bultii qaqqabattan, akkasumas bakka nyaatatti yoo Rabbiin hin zakkarin sheyxaanni ni jedha: bakka bultiitii fi irbaatas qaqqabattan".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo mana seenanii fi yeroo nyaata nyaatan Rabbiin zakkarutti ajajan, yeroo namichi yeroo mana isaa seenuttii fi yeroo nyaatutti akkana jechuun Rabbin zakkaree: (Bismillaah) sheyxaanni deeggartoota isaatin akkas jedha: Mana abbaan isaa isinirraa Rabbii ol ta'e zakkaruun tikfame kana keessatti carraa bultiitii fi irbaataa hin qabdan. Namichi yeroo mana ofii seenee yeroo seenuuttii fi yeroo nyaatutti yoo Rabbiin zakkaruu baate sheyxaanni mana kana keessatti iddoo bultiitii fi irbaata qaqqabattaniirtu deeggartoota isaatin jedha.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Yeroo mana seenanii fi yeroo nyaata nyaachuu ka'an Rabbiin zakkaruun barbaachisaa ta'uudha, sheyxaanni manneen keessa ni bula, nyaata warra manneen sanaatis ni nyaata isaan maqaa Rabbii ol ta'ee yoo hin  yaadatin.
 Sheyxaanni ilma Aadam hojii isaa, sochii isaa keessattii fi dhimmoota isaa hunda keessatti ni hordofa, yeroo inni zikrii irraa laafe waan barbaade isa irraa ni argata.
 Zikriin sheyxaana ni ari'a.
 Sheyxaana hundaaf jala deemtotaa fi jaalalleewwan jecha isatti gammadanii fi ajaja isaa hordofantu jiru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>“Cubbuuwwan gurguddoon: Rabbitti waan biraa qindeessuu, Haadhaa fi Abbaaf Galata dhabuu, Lubbuu ajjeesuu fi kakuu sobaa kakachuudha”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Abdallaa ilma Āmrii ilma Āas irraa akka gabaafametti Rabbiin irraa haa jaalatu akkana jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: “Cubbuuwwan gurguddoon: Rabbitti waan biraa qindeessuu, Haadhaa fi Abbaaf Galata dhabuu, Lubbuu ajjeesuu fi kakuu sobaa kakachuudha”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- diliiwwan gurguddoon maal akka ta'an ibsan, isaanis diliiwwan duniyaatti ykn aakhiratti nama isii hojjateef akeekkachiisni cimaan keennameefiidha.
 Kan duraa: Allaahitti Sharraksiisuudha: innis gosoowwan ibaabaa irraa gosa kamiyyuu Allaahin alatti kan biraaf  kennuudha, akkasumas gabbartii, gooftummaa, maqoolee fi sifoowwan Isaa keessatti waan uumama Isaa irraa Rabbiin adda godhu keessatti waan biraa Rabbitti qixxeessuudha.
 Inni lammaffaa “haadha fi Abbaaf galata dhabuu”: innis dubbiinis ta’ee gochaan hunduma waan haadhaa fi abbaa irratti miidhaa geessisuu fi isaanitti tola ooluu dhiisuudha.
 Inni sadaffaan seeraan ala “Lubbuu ajjeesuudha”: sun akka haqa malee fi gara jabinaan ajjeesuuti.
 Inni afraffaan “kakuu cuuphuuti”: innis soba ta’uu isaa osoo beekuu sobaan kakatuudha. Kakuu cuuphuu kan jedhameef nama isa raawwate dilii ykn ibidda keessatti waan cuuphuuf jecha.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Kakuun sobaa kaffaaraa hin qabuudha; sababni isaas balaa fi yakki isaa guddaa waan ta'eef jecha, kan danda'amu irraa tawbachuu qofa.
 Hadiisa keessatti diliiwwan gurguddoo afran kana kaasuun isii daangeessuuf osoo hin taane cubbuun isii waan guddaa ta'eef jecha.
 Diliiwwan dilii gurguddaa fi xixiqqaa jedhamee kan qoodamu yoo ta’u, diliin gurguddaan immoo: Dilii isa keessa adabbiin biyya addunyaa, kan akka adabbii(haddii) fi abaarsaa jiruudha, ykn doorsisa Aakhiraa, kan akka ibidda seenuun doorsisuu isa keessa jiruudha, diliin gurguddaan sadarkaa sadarkaan jira, isaan keessaa gariin haraamummaa keessatti kan biraa caalaa ciccimoodha, diliiwwan xixiqqoo jechuun diliiwwan gurguddaan ala kan jiruudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ</t>
+    <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>Irra guddaan jihaadaa jecha haqaa mootii jallaa biratti dubbachuudha</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-Khudrii irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: «Irra guddaan jihaadaa jecha haqaa mootii jallaa biratti dubbachuudha».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhugumatti goosoota jihaada karaa Rabbii keessatti godhaman keessaa irra guddaa fi bu'a qabeessi jecha haqaa fi haqa qabeessa ta'e mootii yookaan amiira jallataa ta'e biratti dubbachuu akka ta'e ibsan; sababni isaas inni mallattoo toltuutti ajajuu fi badii irraa dhoorgutti hojjachuu waan ta'eef jecha, jechaanis haa ta'u yookaan barreeffamaanis haa ta'u yookaan hojiinis haa ta'u yookaan waan biraa kan bu'aan ittiin argamee badiin ittiin deebifamuunis yoo ta'es.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Toltuutti ajajuu fi badii irraa dhoorguun jihaada irraa lakkaa'amaadha.
 Bulchaa gorsuun irra guddaa jihaadati, garuu immoo beekumsa, ogummaa fi adda baafachuun ta'uun dirqama.
 Khaxxaabiin akkas jedhe: wonti sun irra caalaa jihaadaa ta'eef; namni diinaan jihaada wolitti ba'e nan injifadha moo hin injifadhu jedhee kajeellaa fi sodaa gidduu ta'a, worri aangoo harka isaaniitti injifatamta, namtichii isa fuulduratti haqa dubbatee toltuuttii isa yoo ajaje dhugaan badiif of saaxileera, lubbuu isaa badiif kenneera, kanaaf sun irra caalaa gosoota jihaada ta'e waan sodaan injifatuuf jecha, akkasumas wonti inni irra caalaa jihaadaa ta'eef; mootichi jecha isaa kan fudhatu yoo ta'e faaydaan isaa nama hedduu wol ga'ee sanaan bu'aan argamuu waan maluufi jedhameera.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[abuu daawud, tirmizii, ibnumaajah fii ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3045</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Dhugumatti, duniyaan tun mi’ooftuu magariisa, Rabbiin isii keessatti warra isin duratti dabran irraa bakka isin buuse, akkamitti akka hojjattan ilaala, Kanaafuu duniyaa eeggadhaa dubartootas eegadhaa</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-Khudrii irraa  odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: Dhugumatti, duniyaan tun mi’ooftuu magariisa, Rabbiin isii keessatti warra isin duratti dabran irraa bakka isin buuse, akkamitti akka hojjattan ilaala, Kanaafuu duniyaa eeggadhaa dubartootas eegadhaa, jalqabni qorumsa ilmaan israa'eel dubartoota keessatti argame".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- addunyaan yeroo dhandhaman mi’ooftuu akka taate fi yeroo ijaan ilaalan magariisa akka taate ibsan, kanaafuu namni isiin gowwoomfamee, isii keessa achi kutee isii irra guddaa yaaddoo isaa taasifata. Akkasumas Rabbiin -qulqullaa'ee ol ta'e- addunyaa tana keessatti garii keenya garii irraa bakka buuse, nuti maal akka hojjannu, Isaaf ajajamna moo Isa khallafnaa? nu ilaaluuf jecha. Eegasii akkana jedhan: Duniyaa fi bareedinni isii isin gowwoomsee, waan Rabbiin itti isin ajaje dhiisuu fi waan Rabbiin irraa isin dhoorge keessa bu'uu irratti akka isin hin kaafne of eeggannoo godhaa. Qorumsa addunyaa keessaa irra guddaan waan irraa of eeggannoo gochuun dirqamaa keessaa qorumsa dubartootati, innis qorumsa jalqabaa kan ilmaan israa'eel keessatti argamanii akka ta'e ibsaniiru.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Sodaa Rabbii qabaachuu fi addunyaa fi bareedummina isiitiin gowwooffamuu dhabuu irratti kakaasuudha.
 Ijaan dubartoota ajnabii ta'an ilaaluun yookaan isaan dhiirota ajnabii ta'anitti makamuu keessatti dandataa dhabuun, yookaan waan sana fakkatuun dubartootaan qoramuu irraa of eeggachuudha.
 Addunyaa keessatti fitnaan dubartootaa irra guddaa fitnoowwanii keessaa isa tokkoodha.
 ummatoota darban irraa barachuu fi gorsa fudhachuudha, wanni ilmaan israa'eel keessatti argame namoota biroo keessattis argamu danda'a
 Fitnaan dubartii, yoo haadha manaa taate namichi baasii danda’u caalaa baasutti isa dirqisiifti, sababaa saniitin dhimmoota amantii dhiisee guutumaa guututti duniyaa barbaadutti akka garagalu isa taasifti, dubartiin yoo ajnabii taate immoo gochuu, dhimma amantii irraa yaada akka garagalchu taasifti, yeroo guutuu isaa barbaacha dunyaa irratti akka dabarsu taasifti. Yoo orma taate immoo fitnaan isii yeroo manaa baatee isaanitti dhiirotatti makamte isaan gowwoomsuu fi haqa irraa isaan jallisuudh, keessattuu yeroo babareeffatanii haguuggii malee baate, inni kun sadarkaa isaatiin sagaggaalummatti kufutti nama geessuu isaatu mala, kanaafuu nama Rabbitti amaneef Rabbiin qabatee fitnaa dubartootaa irraa nagaa ta'uuf Isa kajeeluutu barbaachisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3053</t>
   </si>
   <si>
-    <t>مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ</t>
+    <t>ما رأيت النبي صلى الله عليه وسلم مستجمعا قط ضاحكا، حتى أرى منه لهواته، إنما كان يتبسم</t>
   </si>
   <si>
     <t>Nabiyyii -nagaa fi rahmanni irra haa jiraatu- takkaayyuu kan hoonga gahanii kolfan hin argine, hanga laagaa isaanii argutti. ni seeqatu malee</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنين رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ.</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu'mintootaa irraa odeeffame Rabbiin irraa haa jaallatu akkas jette: Nabiyyii -nagaa fi rahmanni irra haa jiraatu- takkaayyuu kan hoonga gahanii kolfan hin argine, hanga laagaa isaanii argutti. ni seeqatu malee.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم لم يكن مُبالِغًا في الضحك حتى تُرى لَهَاتُهُ، وهي اللَّحْمَة المُتعلِّقة في أعلى الحَلْق، إنما كان يَتَبَسّم.</t>
   </si>
   <si>
     <t>Aa'ishaan Rabbi ishee irraa haa jaallatu, Nabiyyii -nagaa fi rahmanni irra haa jiraatu- hanga laagaan isaanii mul'atutti garmalee akka hin kolfine gabaaste, kunis citaa foonii kan gubbaa qoonqootti maxxanee argamuu dha, ni seeqatu ture.</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم ضَحِكُهُ التبسم إذا رضي أو أُعْجِب بشيء.
 قال ابن حجر: ما رأيته مُستجْمِعًا من جهة الضحك بحيث يضحك ضَحِكًا تامًّا مُقبِلًا بِكُلّيته على الضحك. 
 كثرة الضحك وارتفاع الصوت بالقهقهة ليس من صفات الصالحين.
 كثرة الضحك تُذهِب هيبةَ الرجل ووقارَه بين إخوانه.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- yeroo waa jaallatan ykn dinqisiifatan kolfa seequu kolfaa akka turaniidha.
 Ibnu Hajar akkana jedhe: yeroo kolfan daangaa dabranii, qaama isaanii guutuu kolfa irratti deebisanii kan kolfan hin argine jechuudha.
 Baay'ee kolfuu fi kolfaan sagalee ol kaasuun amala namoota gaggaarii irraayii mitiidha.
 Garmalee kolfuun ulfinaa fi kabaja nama dhiiraa obboleeyyan isaa biratti irraa balleessa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3060</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Ergamaa Rabbiitif -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo rakkinaa fi yeroo bal'inaattis, yeroo hawwinuu fi yeroo jibbinuttis dhagayuu fi ajajamuuf, akkasumas nu irratti dhiibbaan uumamus</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>ūbaadaa ilma Saamit irraa akka gabaafametti -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaa Rabbiitif -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo rakkinaa fi yeroo bal'inaattis, yeroo hawwinuu fi yeroo jibbinuttis dhagayuu fi ajajamuuf, akkasumas nu irratti dhiibbaan uumamus, dhimma tokkollee warra dhimmichaa waliin wal falmuu dhiisuuf , akkasumas bakka jirru hundatti dhugaa dubbachuuf, Allaahif jennee, komii komataa sodaatuu dhabuuf amanamummaan waadaa seenneerra.</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- warra aangoo qabaniifi bulchitootaf akka ajajaman kakuu fi waadaa Sahaabaa irraa fuudhaniiru. Bal'inaa fi rakkina keessatti, haala qabeenyaafi hiyyummaa keessatti ajajni isaanii waan lubbuun hawwitu ykn jibbitu yoo ta’es, Bulchitoonni qabeenya waliigalaatin yookaan aangodhaan yookaan waan birootiin ummata irra osoo of jaalatanillee gaarummaadhaan isaan dhagahuu fi isaanif ajajamuun dirqama ta'a, akkasumas isaan irratti finciluu dhiisuunis dirqama; sababni isaas rakkoo fi badii isaanin loluu keessatti argamuutu badii sababaa miidhaa isaanitiin argamu irra hamaa fi cimaa waan ta’eef jecha, waan isaan waadaa galan irraa bakka kamittuu sana keessatti Rabbiif qulqulleessanii warra isaan komatu osoo hin sodaanne dhugaa dubbachuudha.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Bu'aan bulchitoota dhaggeeffachuu fi ajajamuu Muslimoota tokkoomsuu fi qoqqoodinsa diduudha.
 Hoggantoota dhimma ummataatif Yeroo bal'inaa fi rakkinaatti yeroo fedhiin jiruu fi jibbaan jirus, danqee dhiibbaa isaanii waliinis waan Allaahin diduun keessa hin jirreen, isaanif dhagahuu fi ajajamuun dirqama ta'uudha.
 Allaahif jennee, komii komataa osoo hin sodaatin Bakka jirru hundatti dhugaa dubbachuun dirqama ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>Nabiyyii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rak’aa kudhanin haffaze</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffamee -Rabbiin isaan irraa  haa jaallatu- akkas jedhe: Nabiyyii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rak’aa kudhanin haffaze: rak'aa lama zuhrii dura, lama ammoo isii booda, rak'aa lama maghriiba booda mana ofiititti, rak'aa lama ishaa'ii booda mana ofititti rak'aa lamaa fi subhii dura rak'aa lama, Sa'aatii Nabiyyii irratti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hin seenamne turte, mu'azzinni yeroo azaanee fajriin bahe rak’aa lama akka salaatan Hafsaan natti himte. gabaasa biroo keessatti: Rasuulli -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- salaata jum’aa booda rak’aa lama kan salaatan ta'an.</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Abdullaah bin Umar -Rabbiin isaan irraa haa jaallatu- akkana jechuun ni ibsa: Salaata sunnaa Nabiyyii irraa qabadhe keessaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- rak’aa kudhani, isiinis Al-sunan al-rawaatib jedhamtee waamamti, Zuhrii dura rak'aa lama, isii boodas rak'aa lama, Maghriiba booda mana isaanii keessatti rak'aa lama, Ishaa'ii booda mana isaanitti rak'aa lama. Salaata Subhii dura rak'aa lama. Rak'aa kudhan guutte. Salaata jum’aa booda  immoo rak’aa lama salaatu.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Sunnoowwan rawaatibaa kanneen salaatuu fi irratti turuun barbaachisaa ta'uudha.
 Sunnaa mana keessatti salatuun karaa ta'uudha.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[karaa odeeffame hundaan ittiwaliigalamaadha]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3062</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- halkan yeroo ka'an rigaan afaan isaanii rigatu turani</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>Huzeyfaa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- akkas jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- halkan yeroo ka'an rigaan afaan isaanii rigatu turani.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hedduu rigachuu fi isatti ajajaa turani, inni yeroo garii immoo jabeeffamaa ta'a, isaan keessaa: halkan yeroo ka'an, waan nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- afaan isaanii rigaan riganii qulqulleeffataa turaniif jecha.</t>
   </si>
   <si>
     <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
 تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
 مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
 التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
 السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
   </si>
   <si>
     <t>Halkan yeroo hirribaa ka'an rigaan jabeeffamee karaa godhamuu isaa, hirribni foolii afaanii waan jijjiiruuf jecha, rigaan immoo meeshaa qulqullinaati.
 Hadiisa darbe irraa fudhachuun, yeroo fooliin afaanii ajaawu hunda rigaa fayyadamuun jabeeffamee karaa godhamuu isaa.
 Akka wolii galaatti qulqullinni karaa godhamuu fi inni karaa nabiyyiifi -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namuusa olaanaa irraa akka ta'eedha.
 Afaan hunda keessa rigachuun, ilkaan, irgoo fi arraba qabata.
 Rigaan damee muka araakii fi kan biraa irraa muramee, afaanii fi ilkaan qulqulleessuuf kan itti fayyadamudha, afaan ni urgeessa, foolii ajaawaas ni adeemsisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3063</t>
   </si>
   <si>
-    <t>لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ</t>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>Mu’uminni dhiiraa tokko mu’umina dubartii hin jibbin, yoo amala ishee tokko jibbe kan biraa irraa jaalata</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Mu’uminni dhiiraa tokko mu’umina dubartii hin jibbin, yoo amala ishee tokko jibbe kan biraa irraa jaalata» Yookaan akkana jedhan: «kan biroo».</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- abbaan manaa haadha manaa isaa jibbaa ishee miidhee ishee dhiisuu fi irraa gargaluu biraan isa gayu jibbuu irraa dhoorgan; Sababni isaas ilmi namaa hir'ina irratti uumame waan ta'eef jecha, amala badaa tokko yoo kan irraa jibbu ta'e amala biraa gaarii irraa arga ta'a, Amala gaarii irraa arge sana ni jaallata, amala badaa san irratti obsa, kun akka inni obsa qabaatu fi jibbaa sadarkaa  ishee waliin adda bahuu biraan isa gayu akka ishee hin jibbine isa taasisa.</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
     <t>Waldhabdee haadha manaa isaa wajjiin ka’u kamiyyuu keessatti  haqa hojjechuu fi sammuu hojjechiisuutti mu'umina waamuudha, akkasumas miira hin taane fi lola keessa galuu dhabuutti isa waamuudha.
 Haalli nama mu’uminaa tokko irraa eegamu mu’umina dubartii takka jibbaa isheen gargar bahutti isa geessu ishee jibbuu osoo hin taane, wanta irraa jaalatu ilaalee waan jibbu bira darbuudha.
 Abbaa manaa fi haadha manaa haala fi saahibummaa gaariin waliin jiraachuu irratti kakaasuudha.
 Iimaana qabaachuun gara haala gaggaarii qabaachuutti nama waama, Mu'uminni dhiiraa fi dubartiinis amala gaarii qabaachu irraa duwwaa hin ta'an; sababni isaas Iimaanni amaloonni gaggaariin isaan keessa jiraachuu waan gaafatuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3071</t>
   </si>
   <si>
-    <t>كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا،</t>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
     <t>Nabiyyii -nagaa fi rahmanni irra haa jiraatu- waliin ture, isaanis gara eddoo balfi itti gatamu tokkoo dhufanii, dhaabbatanii fincaa'an,</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
   <si>
     <t>Huzeyfaa irraa odeeffamee Rabbiin irraa haa jaallatu akkas jedhe: Nabiyyii -nagaa fi rahmanni irra haa jiraatu- waliin ture, isaanis gara eddoo balfi itti gatamu tokkoo dhufanii, dhaabbatanii fincaa'an, ani irraa fagaadhee jennaan akkana naan jedhan: «As dhihaadhu» anis hanga duuba miila isaanii lamaan dhaabbadhutti itti dhihaadhe, achiis wuduu’a godhatanii kophee khuffii isaanii lamaan irra haxaa’an.</t>
   </si>
   <si>
     <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
     <t>Huzeyfaan bin Al-Yamaan, Rabbiin isaan lachuu irraa haa jaallatu, Nabiyyii -nagaa fi rahmanni irra haa jiraatu- wajjiin akka ture odeessa, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- fincaa'uu barbaadanii, gara eddoo balfaa tokkootti adeeman; innis eddoo balfi mana keessaa qulqullaa'u itti gatamuudha, achhis dhaabbatanii finaa'an, amalli isaanii irra caalaan taa'anii fincaa'uu ture.
 Huzeyfaan irraa fagaatee jennaan, isaanis -nagaa fi rahmanni irra haa jiraatu- akkana jedhaniin: Dhihaadhu, Huzeyfaan hanga duuba miila isaanii dhaabbatutti itti dhihaate; sababni isaas haala sana keessatti ija namaa irraa akka girdoo akka isaanif ta'uuf jecha.
 Eegasii nagaa fi rahmanni irra haa jiraatu wuduu’a raawwatan, yeroo miila isaanii lamaan dhiqachuu bira gahan, kophee khuffii isaanii lamaan irra haxaa'un geeffatanii -khuffii jechuun gogaa haphii fi waan isa fakkaatu kan miilatti uffatamu yoo ta'u, koomee miilaa lamaan kan hagooguudh- isaan lamaan hin baafanne.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>Khuffii lamaan irra haxaa'uun karaa ta'uudha.
 Ulaagaa wanni tokko isa irraa isa hin tuqneen dhaabbatanii fincaa'uun akka hayyamamuudha.
 Nabiyyiin -nagaa fi rahmanni irratti haa jiraatu- eddoo balfi itti gatamu fincaanif filachuudha; sababni isaas eddoon kun yeroo baay’ee salphaa fincaan isa keessatti nama fincaa'aa jiru irratti hin deebine waan ta'eef jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3075</t>
   </si>
   <si>
-    <t>إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا</t>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
     <t>Yeroo mana fincaanii dhuftan Qiblaatti fuulaan gara hin galinaa, duubanis gara itti hin galinaa, garuu gara bahatti ykn gara dhihaatti gara galaa</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
     <t>Abuu Ayyuub Al-Ansarii irraa odeeffame Rabbiin irraa haa jaallatu, Nabiyyiin -nagaa fi rahmatni irratti haa jiraatu- akkana jedhan: «Yeroo mana fincaanii dhuftan Qiblaatti fuulaan gara hin galinaa, duubanis gara itti hin galinaa, garuu gara bahatti ykn gara dhihaatti gara galaa» Abuu Ayyuub akkana jedhe: shaam dhufnee  mana fincaanii gara Qiblaatti garagalfmee kan ijaarame ta'uu argine, irraa garagallee fayyadamnee, Rabbii ol ta'e dhiifama gaafanna.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namni fincaan ykn sagaraa barbaade qiblatti fuula garagaluufii duuyda garagalus dhoowwan, yoo qiblaan isaa akka warra madiinaa tahe, gara bahaa ykn dhihaatti akka garagalu ajajan. Eegasii Abuu Ayyuub Rabbiin irraa haa jaallatu, yeroo gara shaam dhufan, mana fincaanii qophaa’e gara qiblaa kaabaatti gargalee akka ijaarame hime, kanaaf isaan qaama isaanitiin qiblaa irraa kan garagalan ta'an, kana waliinuu Rabbiin dhiifama kan gaafatan ta'an.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Ogummaan sanaan keessa jiru Ka'abaa kabajamtuu kabajuu fi ulfeessuudha.
 Eddoo fincaanii irraa erga bahanii Rabbiin dhiifama gaafachuudha.
 Gaarummaa Barsiisa Nabiyyiiti -nagaa fi rahmanni irra haa jiraatu; sababni isaas isaan yeroo waan dhoorgame dubbatan gara waan hayyamamutti waan qajeelchaniif jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3078</t>
   </si>
   <si>
-    <t>لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ</t>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>Tokkoon keessan osoo fincaa'aa jiruu qaama saalaa isaa harka mirgaatiin hin qabatin, harka isaa mirgaatiin qaama saalaa isaa hin haxaa’in, meeshaa dhugaatii keessattis hafuura hin baafatin</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
     <t>Abuu Qataadaa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan. «Tokkoon keessan osoo fincaa'aa jiruu qaama saalaa isaa harka mirgaatiin hin qabatin, harka isaa mirgaatiin qaama saalaa isaa hin haxaa’in, meeshaa dhugaatii keessattis hafuura hin baafatin».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- naamusaalee tokko tokko ibsaniiru, innis dhiirri qaama saalaa isaa harka mirgaatiin osoo fincaa'uu qabachuu fi wanni najisa ta'e qaama saalaa kan fuul duraa ta'ee ykn kan duubaa irraa harka mirgaatin deemsifamuu dhoorguu isaanitiini; Sababni isaas harki mirgaa wantoota gaggaarii ta'aniif kan qophaa’e waan ta’eef jecha. Akkuma ilmi namaa meeshaa itti dhugu keessatti hafuura baafachuu dhoorganitti.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>Naamusaalee fi qulqullina keessatti Islaamummaan dursa akka qabu ibsuudha.
 Wantoota najisa ta'an irraa fagaachuudha, Yoo qabachuun dirqama ta'e harka bitaatti fayyadamuun dirqama ta'a.
 Kabajaa fi sadarkaa harki mirgaa harka bitaa irra qabu ibsuudha.
 Guutummaa seera Islaamaa fi bal’ina barsiisa isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3079</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>“Tokkoon keessan yeroo imaama dura mataa isaa ol kaasu, Rabbiin  mataa isaa mataa harree taasisuu, ykn Rabbiin suuraa isaa suuraa harree taasisuu hin sodaatuu?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: “Tokkoon keessan yeroo imaama dura mataa isaa ol kaasu, Rabbiin  mataa isaa mataa harree taasisuu, ykn Rabbiin suuraa isaa suuraa harree taasisuu hin sodaatuu?".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama imaama isaa dura mataa isaa ol kaasu irratti akeekkachiisa jabaadha himan, innis Rabbiin mataa isaa mataa harree taasisuudhaan, ykn suuraa isaa suuraa harree taasisuudhaan.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Nama imaama waliin salaatuf haalawwan afurtu jiru: sadii dhoorgamoodha, isaanis: imaama dorgomuu, wal qunnamuu fi imaama irraa boodatti harkifachuudha, inni nama imaamatti hidhatee saalaatuuf karaa godhame: imaama hordofuudha.
 Salaata keessatti nama imaama waliin salaatu irratti imaama hordofuun dirqama ta'uudha.
 Suuraa nama imaama dura mataa isaa ol kaasuu gara suuraa harretti jijjiiramuun akeekkachiisuun waanuma malu, innis suuraa namaa gara irra fokkataa suuraatti jijjiiruudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3086</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
   </si>
   <si>
     <t>Namtichi tokko qiyaamaa irraa akkas jechuun nabiyyii gaafate -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-qiyaamaan yoomi? nabiyyiinis ni jedhani: «maal qopheessiteef</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>Anas irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- akkas jedhe: Namtichi tokko qiyaamaa irraa akkas jechuun nabiyyii gaafate -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-qiyaamaan yoomi? nabiyyiinis ni jedhani: «maal qopheessiteef». homaa jedhe, haa ta'u malee ani Rabbii fi ergamaa isaan jaalladha -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-, ergamaanis akkas jedhani: «ati nama jaallattee woliini». anasis akka jedhe: akka jecha nabiyyii -Rabbii rahmataa fi nageenya isaan irratti haa buusu- «ati nama jaallattee woliini» jedhuun gammannetti woma tokkoon gammannee hin beeknu, anas eegasii akkas jedhe: anis nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- abuu bakirii fi umar nan jaalladha, jaalalan isaan jaalladheen isaan woliin ta'uu hawwa, yoon hojiiwwan akka isaanii hojjachuu dhabellee.</t>
   </si>
   <si>
     <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
 فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
 فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
 فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
 ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
 ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
   </si>
   <si>
     <t>Namtichi baadiyyaa tokko worra barahaa keessa jiraatu irraa kan ta'e yeroo qiyaamaan itti dhaabbattu irraa Nabiyyii gaafate? -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-
 Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hojii gaarii irraa maal qopheessiteef? jedhaniin
 namtichi gaafates akkas jedhe: hojii guddoo hin qopheessineef  jaalalan Rabbii fi ergamaa isaa jaalladhu malee, sanaan ala ibaadaa qalbiii, qaamaa fi qabeenyaa tokkoyyuu hin dubbanne; hundi isiituu damee jaalalaa kan isii irratti hundooftu waan taateef jecha, akkasumas jaalalli dhugaa hojii gaari hojjachuuf tattaafchuutti nama kakaafti waan ta'eef jecha.
 Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ati jannatta keessatti nama jaallattee woliin taata isaan jedhani.
 Sahaabonni Nabiyyiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gammachiisa kanaan gammachuu guddaa gammadani.
 eegasii Anas akka Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Abuu bakirii fi Umariin jaallatu hime, hojiin isaa akka hojiiwwan isaanii ta'uu baatullee isaan woliin ta'uus akka hawwu hime.</t>
   </si>
   <si>
     <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
 أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
 فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
 قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
 توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
   </si>
   <si>
     <t>gaafataaf deebii kennuu irratti ogummaa ergamaan Rabbii qabanu -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan irra yaachisaa fi isa baraarutti isa qajeelchani, innis waan bu'aa qabuun aakhiraaf qophaa'uu fi hojii gaarii hojjachuudha.
 Rabbiin beekumsa qiyaamaa gabroota irraa dhokse, akka namni qophaa'aa ta'ee eeguuf jecha.
 sadarkaa Rabbiin, ergamaa isaa fi gaggaarii mu'umintootaa jaallachuun qabuu fi jaalala mushriktootaa irraa sodaachisuudha.
 "Ati nama jaallattee wiliini" jechuun nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buus- sadarkaa fi qubsumatti tokko ta'uu miti kan itti fedhame, kan itti fedhame bakki yoo fagaatellee jannata keessatti hunduu wol arguu akka danda'uudha.
 Waan isaaf bu'aa hin qabne dhiisee gara waan isaaf irra gaarii ta'ee fi irra bu'a qabeessa ta'eetti muslimoota qajeelchuutu keessa jira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3087</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>“Nyaanni bakka jirutti salaatni hin jiru, akkasumas yeroo namichi fokkataa lamaanin wal deddeebisu keessattis salaata salaatuun hin jiru”</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>Āa'ishaa irraa akka gabaafametti -Rabbiin irraa haa jaalمatu- akkana jette: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana yoo jedhu dhagahe: “Nyaanni bakka jirutti salaatni hin jiru, akkasumas yeroo namichi fokkataa lamaanin wal deddeebisu keessattis salaata salaatuun hin jiru”.</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bakka nyaata lubbuun nama salaatuu sanaa hawwituu fi qalbiin isaa itti rarraatutti salaatuu dhoorgan.
 Akkasumas yeroo fokkatoo lamaanin waliin dhiphatu keessatti salaatuu irraa dhoorganiiru -fokkatoon lamaanis fincaanii fi sagaraadha-; sababni isaas waan inni rakkina ofirraa ittisutti bobba'uuf jecha.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Namni salaatu salaata isaatti osoo hin seenin dura wanta salaata isaa keessatti isa dhiphisu hunda ofirraa fageessuudha qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3088</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ،</t>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- yeroo salaata jalqabuuf jedhan,</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffame, Rabbiin isaan lamaan irraa haa jaallatu: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- yeroo salaata jalqabuuf jedhan, yeroo jilba qabachuuf Allaahu akbar jedhan qixxee ceekuu isaanii lamaanitti harka isaanii lamaan kan ol kaasan ta'an, akkasumas yeroo jilba qabachuu irraa mataa isaanii ol kaasan harka isaanii lamaan ol kaasanii,  akkana kan jedhan ta'an: «Sami'allaahu Liman Hamidah, Rabbanaa walakal hamd», hiikkaan isaatis Rabbiin nama Isa faarse dhagahe, yaa Rabbii keenya faaruun keeti jechuudha. Yeroo sujuuda godhan sana kan hin hojjenne ta'an.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo salaatan harka isaanii hanga sirrii ceekuu isaanitti bakkoolee sadii keessatti kan ol kaasan ta'an, ceekuun walitti qabama lafee gateettii fi irreeti.
 Bakki tokkoffaa: Yeroo salaata takbiiraa hidhannaatiin jalqabeedha.
 Lammaffaan: Yeroo jilba qabachuuf Allaahu akbar jedheedha.
 Sadaffaan: Yeroo jilba qabachuu irraa ol jedhee akkas jedhu:- Sami'allaahu Liman hamidah, Rabbanaa walakal hamd.
 Yeroo sujuuda jalqabuu fi yeroo irraa ol jedhu harka isaa lamaan ol hin kaasu.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Ogummaalee salaata keessatti harka lamaan ol kaasuu keessaa tokko sun faaya salaataa fi Rabbiin -Inni qulqullaa'e- guddisuudha.
 Akkuma gabaasa Abbaa Humeyd Al-Saa’idii kan Abii Daawuudii fi nama biroo bira jiru keessatti eddoo afraffaa keessatti harka isaanii lamaan ol kaasuun isaan irraa -nagaa fi rahmanni irra haa jiraatu- dhufeera, innis Salaata rak'aa sadii fi afurii keessatti yeroo Tashahhud jalqabaa irraa dhaabbataniidha.
 Ammas yeroo harka isaanii lamaan ol kaasan osoo hin tuqne qixa gurra isaanii lamaanitti kan ol kaasan ta'uun isaan irraa -nagaa fi rahmanni irra haa jiraatu- dhufeera, sunis akka gabaasa Maalik bin Al-huweyris kan sahiiha lamaan keessa jiru keessa jirutti: «Ergamaan Rabbii -nagaa fi rahmanni irratti haa jiraatu- yeroo Allaahu akbar harka isaanii lamaan qixa gurra isaanii lamaanitti kan ol kaasan ta'an».
 Jidduu "sami'allaahu Liman hamidah" jechuu fi "Rabbanaa walakal hamd" jechuu walitti qabuun imaama fi nama kophaa salaatuufi, namni imaama duubaan salaatu ammoo akkana jedha: "Rabbanaa walakal hamd".
 Jechi erga jilba qabatanii ol jedhanii: "Rabbanaa lakal hamd" jedhu akkaataa afuriin Nabiyyii irraa -nagaa fi rahmanni irra haa jiraatu- mirkanaa'ee jira. kun san irraa tokkoodha, irra caalaan namichi akkaataa kanneen keessaa yeroo tokko kana yeroo kan biraa jechuun hordofuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3095</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ganaan koo lameen ganaa isaanii lameen giddutti haala ta'een akka suuraa Qur'aana irraa taate na barsiisanitti Tashahhuda(Attahiyyaata) na barsiisan</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>Ibnu Mas'uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ganaan koo lameen ganaa isaanii lameen giddutti haala ta'een akka suuraa Qur'aana irraa taate na barsiisanitti Tashahhuda(Attahiyyaata) na barsiisan: " attahiyyaatu lillaahi, wassalawaatu waxxayyibaat. assalaamu alayka ayyuhannabiyyu warahmatullaahi wabarakaatuh. assalaamu aleynaa wa alaa ibaadillaahissaalihiin. Ash-hadu anlaa ilaaha illallaahu wa ash-hadu anna muhammadan abduhuu wa Rasuuluh" hiikkaan isaas: Kabajowwan Rabbiifi, akkasumas salaatowwanii fi wantoonni gaggaariin Isumaafi, Nageenyi sirratti haa jiraatu yaa Nabiyyichana, akkasumas rahmanni Rabbiiti fi barakaan Isaa sirratti haa jiraatu, nuu fi gabroota Rabbii kan gaggaarii ta'an irrattis nageenyi haa jiraatu, Rabbiin malee haqaan gabbaramaan akka hin jirree fi Muhammad akka gabricha Isaati fi ergamaa Isaa ta'an ragaa nan baha, jechuudha". Gabaasa biraa kan Bukhaarii fi Muslim keessatti: "Rabbiin nagaadha, nagaas kennaadha, kanaafuu tokkoon keessan yeroo salaata keessatti tashahhudaaf taa'e akkana haa jedhu: Kabajowwan Rabbiifi, akkasumas salaatowwanii fi wantoonni gaggaariin Isumaafi, Nageenyi sirratti haa jiraatu yaa Nabiyyichana, akkasumas rahmanni Rabbiiti fi barkaan Isaa sirratti haa jiraatu, nuu fi gabroota Rabbii kan gaggaarii ta'an irrattis nageenyi haa jiraatu -yeroo jechoota kana jedhetti samii fi dachii keessatti hunda gabricha Rabbii kan gaarii ta'eef ni geessi- Rabbiin malee haqaan gabbaramaan akka hin jirree fi Muhammad akka gabricha Isaati fi ergamaa Isaa akka ta'an, eegasii du'aa'ii irraa waan barbaade filata".</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
@@ -1468,1433 +1546,1427 @@
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Ibnu Mas'uudin -Rabbiin isa irraa haa jaallatu- akkuma suuraa Qur'aana irraa taate isa barsiisanitti Tashahhuda salaata  keessatti jedhamu xiyyeeffannoo ibnu Mas'uud garas deebisuuf jecha haala dhugumatti harka isaanii harka isaa lameen keessatti godhaniin barsiisan, kun jechaa fi hiikkan tashahhuda kanatti yaaddawuu Nabiyyiiti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama agarsiisa. Akkas jedhan: "Kabajowwan Rabbiifi": Isiin hunduma jecha ykn gocha kabajaa irratti nama qajeelchu yoo taatu, hundummaan isiituu Rabbii ol ta'eef haqa godhamtuudha. " Salawaanni": Isiin salaata beekamtuu yoo taatu, waajbni isiiti fi sunnaa isiitis Rabbii ol ta'eefi.
 ​ “Wantoonni gaggaariin”: Isiin jechoota, gochoota fi haalowwan gaggaarii ta'an kan guutummina irratti nama qajeelchan yoo taatu, hundummaan isiituu Rabbii ol ta'eef haqa godhamtuudha. "Yaa Nabiyyii!  Nageenyi sirratti haa jiraatu, akkasumas rahmanni Rabbiiti fi barakaan Isaa sirratti haa jiraatu" jdchuun: Hunduma Rakkinaati fi waan jibbamaa ta'e irra nagaa ta'uu fi kheyrii hunda irraa dabalachuu isaanif kadhachuudha. "Nageenyi nuu fi gabroota Rabbii gaggaarii irratti haa jiraatu" jechuun: Namni salaatu tokko ofii isaati fi samii fi dachii keessatti hunda gabricha gaarii ta'eef nagaa kadhachuudha. "Rabbiin malee haqaan gabbaramaan biraa akka hin jirre ragaa  baha": Kana jechuun Rabbiin malee dhugaan gabbaramaan akka hin jirre cimsee ragaa baha. “Muhammad gabrichaa fi Ergamaa Isaa ta’uu ragaa baha”: Rabbiif gabra ta'uu isaanitii fi ergama xumuraatin akka ergaman nan raggaasisa.
 Eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kadhannaa irraa waan barbaade filachuu irratti nama salaatu kakaasan.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Eddoon tashahhuda kanaa salaata hunda keessatti booda sujuuda dhumaati fi salaata rak'aa sadii fi afurii keessatti booda rak'aa lammaffaatiidha.
 Tashahhuda keessatti Attahiyyaanni dirqama ta'uudha, jechoota tashahhuda kan Nabiyyii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mirkanaa'an keessaa kan barbaade filatee qara'uu ni danda'a.
 Dilii waan hin tahiniin salaata keessatti waan barbaadaniin du'aa'ii godhachuun ni danda'amaadha.
 Du'aa'ii yeroo godhatan lubbuu ofiitiin eegaluun sunnaa ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>Yaa Rabbi! azaaba qabrii, gidira ibiddaa, rakkina jireenyaa, rakkina du’aati fi qormaata masiih addajjaal irraahiin sitti maganfadha</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkas jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhanii kadhataa turan: "Yaa Rabbi! azaaba qabrii, gidira ibiddaa, rakkina jireenyaa, rakkina du’aati fi qormaata masiih addajjaal irraahiin sitti maganfadha”. jecha biroo kan Muslim keessatti: "Tokkoon keessan tashahhuda yeroo xumuretti (tashahhuda xumuree osoo salaamtaa hin jenne jechuudha) waan afur irraa Rabbitti haa maganfatu: Adabbii Jahannam, adabbii qabrii, rakkina jireenyaa, rakkina du'aati fi qorumsa masiih addajjaal irraa".</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- salaata keessatti tashahhuda xumuraa boodaa fi salaamtaa duratti waa afur irraa kan Rabbitti majanfatan ta'an, akkasumas wantoota afran san irraa Rabbitti majanfatutti nu ajajan,
 Tokkoffaan: Azaaba qabrii irraayi.
 Lammaffaan: Azaaba ibiddaa irraayi, sun immoo guyyaa qiyaamatti.
 Sadaffaan: Rakkina jireenyaa kan akka fedhiiwwan addunyaa tan haraamatii fi shakkiilee ishee kan nama jallisan irraa majanfachuudha, akkasumas Rakkina du'aa kan yeroo duuti namatti dhufe irraa majanfachuudha, sun akka Islaamummaa yookaan sunnaa irraa jallachuuti, yookaan rakkina qabrii kan akka gaaffii Nakiiri fi Munkariiti.
 Afraffaan: Qormaata masiih addajjaal kan dhuma addunyaa keessatti bahee Rabbiin isaan gabroota Isaa mokkoruudha, addatti wanni isa dubbataniif waan qormaanni isaatii fi jallisiinsi isaa guddaa ta'eef jecha.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Majanfannaan kun du'aa'iiwwan akkaan barbaachisoo ta'an kan of keessatti waan hedduu qabatan keessaa isa tokkoodha, sababni isaas waan rakkinoowwan Addunyaa fi Aakhiraa irraa majanfachuu hammateef jecha.
 Azaabni qabrii mirkanaa'uu fi dhugaa ta’uudha.
 Fitnaan balaa guddaa qabaachuu fi isirraa nagaa ta'uuf Rabbiin gargaarsichuu fi du'aa'ii godhachuun barbaachisaa ta'uudha.
 Xumura addunyaatti bahiinsa Dajjaal raggaasisuu fi mokkorri isaa guddaa ta'uu ibsuudha.
 Du'aa'iin kun booda tashahhuda xumuraatti barbaachisaa ta'uudha.
 Booda hojii gaariitii du'aa'ii godhachuun barbaachisaa ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3103</t>
   </si>
   <si>
-    <t>اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ</t>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>Allaahumma baa'id beynii wa beyna khaxaayaaya kamaa baa'adtta beynal mashriqi walmaghrib</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame, Rabbiin irraa haa jaalatu, ni jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- yeroo salaatuf "Allaahu Akbar" jedhan osoo hin qara’in yeroo muraasaaf kan callisan waan ta’aniif, ani akkana jedheen: Yaa Ergamaa Rabbii haadha fi abbaan kiyya fidaa isiniif haa ta'anii takbiiraa fi qara'uu jidduutti maal jettu? Isaanis akkas jedhan: «Akkanan jedha: Allaahumma baa'id beynii wa beyna khaxaayaaya kamaa baa'adtta beynal mashriqi walmaghrib, Allaahumma naqqinii min khaxaayaaya kamaa yunnaqqaa assoobul abyadu minaddas, Allaahumma ighsilnii min khaxaayaaya bissalji walbarad», jechuunis: Yaa Rabbi akkuma Bahaa fi Dhihaa gargar fageessitetti anaa fi dilii koo gargar fageessi, Yaa Rabbi akkuma uffanni adiin xurii irraa qulqullaa'utti dilii koo irraa na qulqulleessi, Yaa Rabbi dilii koo irraa bishaanin, fixeensaa fi cabbiin na dhiqi, jechuudha.</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni  irratti haa jiraatu- salaataaf “Allaahu Akbar” yeroo jedhan, Faatihaa qara’uun duratti yeroo muraasa kan callisan ta'an, yeroo sanaan keessatti salaata isaanii du'aa'ii tokko tokkoon kan jalqaban yoo ta'u, du'aa'ii kana keessaa inni tokko jecha isaanii kana: «Yaa Rabbi akkuma Bahaa fi Dhihaa gargar fageessitetti anaa fi dilii koo gargar fageessi, Yaa Rabbi akkuma uffanni adiin xurii irraa qulqullaa'utti dilii koo irraa na qulqulleessi, Yaa Rabbi dilii koo irraa bishaanin, fixeensaa fi cabbiin na dhiqi». Isaan Rabbii ol tahe jidduu isaani fi jidduu dilii isaanii haalaan akka gargar fageessu kadhatan, kunis adda fageenya irraa kan ka'een akkuma jidduu bahaa fi dhihaa walqunnamtiin hin jirretti, akka tasaa ta'ee dilii keessa kan bu'an yoo tahe, akkuma uffanni adiin xurii irraa qulqulleeffamutti dilii san irraa isaan akka isaan qulqulleessu fi wantoota qulqulleessan kan akka Bishaanii, fixeensaa fi cabbiidhatiin akka isaan dhiqu kadhatan.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Salaata sagalee ol qabatanii salaatan yoo ta'ellee du'aa'ii baniinsaa yeroo hunda sagalee gad qabatanii jechuun barbaachisaa tahuudha.
 Sahaabonni, Rabbiin isaan irraa haa jaallatu, haala Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- sochii isaanii hunda keessatti beekuuf bolola qabaachuu isaaniti.
 Du'aa'ii baniinsa salaataa keessatti akkaataa hedduutu dhufeera, haa tahuu malee irra caalaan namichi du'aa'ii Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- irraa mirkanaa'e hordofuu yoo ta'u, akkaataa tokko yeroo tokko, kan biraa ammoo yeroo biraa fayyadamuun barbaachisaa dha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3104</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>“Guyyaa Jum’aa, osoo imaamni gorsuu hiriyyaa keetiin callisi (dhageeffadhu) yoo jette, ati dhugumatti taphattee jirta (sadarkaa salaata jum'aa dhabdeerta)</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Abbaa Hureyraa irraa akka gabaafametti -Rabbiin irraa haa jaaمlatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: “Guyyaa Jum’aa, osoo imaamni gorsuu hiriyyaa keetiin callisi (dhageeffadhu) yoo jette, ati dhugumatti taphattee jirta (sadarkaa salaata jum'aa dhabdeerta)".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- naamusaalee nama gorsa jum'aa dhufe irratti dirqama ta'an keessaa tokko gorsa kennamu dhaggeeffachuu akka ta'e ibsan; gorsa kennamu akka xiinxaluuf jecha, akkasumas osoo imaamni gorsuu namni dubbatee -waan xiqqoo illee osoo ta'ee- nama birootiin akkana jedhee: “Cal’isi” “dhaggeeffadhu” sadarkaan salaata jum'aa akka isa darbuus ibsaniiru.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Osoo khuxbaa dhagahanii dubbachuun haraama ta'uudha, osoo badii irraa dhoorguu ykn salaamtaa deebisuu fi haxxiffataa gammachiisuun osoo ta'ellee.
 Dhoorgaa kana irraa kan hafu nama imaama dubbisu yokaan imaamni isa dubbisu qofa.
 Yeroo barbaachisaa ta’etti khuxbaa lamaan gidduutti dubbachuun ni danda’ama.
 Nabiyyiin, -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- osoo imaamni gorsaa jiruu yoo maqaan isaanii dubbatame, sagalee gad qabatteeti salaata irratti buusta, akkasuma du'aa'in yeroo godhamu aamiin jechuunis sagalee gad qabachuun ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3107</t>
   </si>
   <si>
-    <t>أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ،</t>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>Mee waa’ee Dajjaal irraa dubbii tokko kan nabiyyiin tokkolleen ummata isaatti hin himin isinitti hin himuu? Ijji isaa jaamaadha, fakkeenya jannataa fi azaabaa of waliin qabatee dhufa</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkas jedhan: «Mee waa’ee Dajjaal irraa dubbii tokko kan nabiyyiin tokkolleen ummata isaatti hin himin isinitti hin himuu? Ijji isaa jaamaadha, fakkeenya jannataa fi azaabaa of waliin qabatee dhufa, Isheen inni jannata jedhuun ibidda, Ani ammoo akkuma Nuuh ummata isaa isa akeekkachiise isa isin akeekkachiisa».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- waa’ee Dajjaal, amaloota isaa fi mallattoolee isaa kan nabiyyiin tokkolleen isaanin duratti ummata isaatif hin himin sahaabota isaanitti himan, sana keessaa:
 Ijji isaa jaamaa dha.
 Rabbiin ol tahe akka mul’ata ijaatti waan akka jannataa fi ibiddaa isa wajjin taasise.
 Garuu jannanni isaa ibidda, ibiddi isaa ammoo jannata, nama isa tole jedhe akka namoonni ilaalanitti jannata isaa galcha, garuu isheen ibidda nama gubduudha, nama isa dide ammoo akka namoonni ilaalanitti ibidda isa galcha, garuu isheen jannata bareedduu dha. ُEegasii Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkuma Nuuh waa’ee isaa ummata isaa akeekkachiise fitnaa isaa nu akeekkachiisaniiru.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Qormaatni Dajjaal guddaa ta'uudha.
 Qormaata dajjaal irraa nagaa bahuun kan danda'amu  dhugummaa amantii fi gara Rabbii ol ta'etti deebi'uun ta'a, akkasumas Tashahhuda dhumaa keessatti isa irraa Rabbiin maganfachuu fi jalqaba suuraa Kahf irraa aayatoota kudhan qomatti qabachuu dhaani.
 Cimina yaaddoo Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- ummata isaanitiif qabaniidha, sunis amaloota Dajjaal kan nabiyyiin isaan duraa tokkolleen hin ibsin Muslimootaaf ibsuu isaanii keessatti mul'ata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3110</t>
   </si>
   <si>
-    <t>الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل</t>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>Namtichi amantii hiriyaa isaa irratti tahaa, tokkoon keessan nama hiriyaa taasifatu haa ilaalu</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irra haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namtichi amantii hiriyaa isaa irratti tahaa, tokkoon keessan nama hiriyaa taasifatu haa ilaalu».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ilmi namaa seenaa fi aadaa isaa keessatti hiriyaa fi saahiba isaa akka fakkaatu, hiriyummaan haala, amalaa fi sochiiwwan irratti dhiibbaa akka qabu ibsani, kanaaf filannaa hiriyaa tolchuutti ajajan; waan inni hiriyaa isaa gara iimaanaa, qajeelumaa fi toltuutti qajeelchuu fi hojii gaarii irratti hiriyaa isaatiif gargaaraa waan ta'uuf jecha.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>Namoota gaggaariitti hidhachuu fi isaan filachuutti ajajuu fi namoota hamootti hidhachuu irraa dhoorguudha.
 Fira osoo hin taane hiriyaa addatti baase; hiriyaa kan filatu wan si ta'eef jecha, obboleessii fi firri immoo filannoon kee keessa waan hin jirreef jecha.
 Hiriyaa qabaachuun dirqama xiinxalaan ta'uu qabaadha.
 Ilmi namaa mu'umintootatti hiriyoomuun amantaa isaa jabeeffatee, balleessitootatti hiriyoomuun immoo amantaa isaa dadhabsiisa.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[hasani]</t>
   </si>
   <si>
     <t>[abuu daawud tirmizii fiiahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3122</t>
   </si>
   <si>
-    <t>إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ،</t>
-[...2 lines deleted...]
-    <t>Fakkeenyi hiriyyaa gaarii fi hiriyyaa hamaa akka nama miskii baatee fi nama beeloo afuufuudha.</t>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
+  </si>
+  <si>
+    <t>Fakkeenyi hiriyyaa gaarii fi hiriyyaa hamaa akka nama miskii baatee fi nama beeloo afuufuudha</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Abuu Muusaa irraa odeeffamee Rabbiin irraa haa jaallatu, Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: «Fakkeenyi hiriyyaa gaarii fi hiriyyaa hamaa akka nama miskii baatee fi nama beeloo afuufuudha. Miskii namni baatu: Yookaan kennaa siif laata, yookaan immoo isa irraa bitatta, yookaan immoo urgaa namatti tolu isa irraa urgeeffatta. Namni beeloo afuufu ammoo: Uffata sirraa guba ykn ammoo hafuura badaa irraa argita».</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- namoota irraa gosa lamaaf fakkeenya kaa'an:
 Gosti jalqabaa: Hiriyyaa fi jaalallee gaarii kan waa'ee Rabbii fi waan Inni jaalatu nama agarsiisu, kan Rabbiif ajajamuu irratti gargaaruudha. Inni akka nama miskii gurguruuti Yookaan siif kenna, yookaan immoo isa irraa bitatta, yookaan immoo urgooftuu namatti tolu isa irraa argattee deemta.
 Gosti lammaffaa: Hiriyyaa fi jaalallee hamaa karaa Rabbii irraa nama gufachiisu, cubbuu hojjechuuf kan nama gargaaruu fi nama gocha fokkisaa irraa argitu, kan nama akka isaa waliin taa'uu fi itti hiriyoomuu keetin balaaleffamtuudha. Inni akka nama sibiila tumuuf ibiddaa afuufuti; Yookaan uffata kee qaanqee balali'uun guba, yookaan immoo isaatti dhihaachuu irraa afuura ajaayu argita.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>Hiika isaa dhaggeeffataaf dhiheessuuf jecha fakkeenya fayyadamuun ni hayyamamaadha.
 Namoota Rabbiif ajajamanii fi qajeeluma qaban waliin taa'uu irratti kakaasuu fi namoota badii fi warra safuu hin qabne irraa fagaachuu irratti kakaasuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3127</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>“Namni dubartii abbaan manaa irraa du’ee fi nama rakkate kunuunsu, akka nama karaa Rabbii irratti qabsaayuuti, ykn akka nama halkan dhaabatee guyyaa soomuuti”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: “Namni dubartii abbaan manaa irraa du’ee fi nama rakkate kunuunsu, akka nama karaa Rabbii irratti qabsaayuuti, ykn akka nama halkan dhaabatee guyyaa soomuuti”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Namni dantaa/faayidaa dubartii abbaan manaa ishee du’ee fi nama dhimma ishee eegu hin qabne, akkasumas hiyyeessaa fi rakkataa kunuunsu mindaa Rabbii ol ta’e  biratti herregataa haala ta'een, inni akka nama karaa Rabbii irratti qabsaayuu ykn akka nama salaata tahajjudaa dhaabbatee hin dadhabnee, akka nama soomu Kan sooma hin hiikneeti jechuudha himan.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Wal gargaaruu, wal bira dhaabbachuu fi dhimmoota warra dadhaboo ta'anii baasuu irratti nama kakaasuudha.
 Ibaadaan hojii gaarii hunda kan hammatu yoo ta’u, ibaadaa keessaa ammoo dubartii abbaan manaa irraa du’ee fi hiyyeessa deeggaruudha.
 Ibnu Hubayraan akkana jedhe: akkas jechuun Rabbiin olta’e mindaa nama soomuu, kan salaataaf dhaabbatuu fi mindaa nama Rabbiif jecha qabsaa’uu yeroo tokkotti walitti qabaaf jechuudha; waan namichi kun dubartii abbaan manaa ishee irraa du'eef bakka abbaa manaa ishee dhaabbatee fi namicha hiyyeessa ofii isaatii waa gochuu dadhabe horii fi humna isaatiin isa gargaareef jecha, bu'aan inni isaaniif buuse egaa sooma, salaataa fi jihaada waliin wal qixa ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3135</t>
   </si>
   <si>
-    <t>بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ،</t>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>Qormaata akka ciccitaa halkan dukkanaa’aa jalaa hojii gaarii hojjechuun ariifadhaa,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame, Rabbiin isa irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Qormaata akka ciccitaa halkan dukkanaa’aa jalaa hojii gaarii hojjechuun ariifadhaa, Namichi ganama mu’umina ta’ee  galgala kaafira ta'a, ykn galgala mu'umina ta'ee bulee ganama kaafira ta'a, amantii isaa waan xiqqaa duuniyaa irraa ta'e wahitti gurgura».</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- hojii gaarii hojjechuun jabaachuu fi qormaanni adda addaa kan hojii gaarii hojjechuu irraa nama dhoorgan dhufuun duratti hojii gaggaarii hojjechuu fi baay'isuu irratti mu'umina kakaasan. Inni Akka halkan dukkanaati, isa keessatti dhugaan sobatti makama, kanaaf dhugaa fi cubbuu gagar baasuun namootatti jabaata, cimina isaa irraa kan ka’een ilmi namaa burjaaja’a, hanga inni mu’umina ta’ee bulee galagala immoo kaafira ta’utti, akkasumas hanga inni mu’umina ta’ee galgaleeffatee kaafira ta'ee bariisafatutti, Gammachuu biyya adunyaa kan yeroo muraasaaf darbutti amantii isaa gurgurata.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>Gufuuleen adda addaa tan hojii gaarii hojjechuu irraa nama dhoorgan dhufuun duratti amantii cichanii qabatanii hojii gaarii hojjechutti ariifatuun dirqama ta'uudha.
 Dhuma addunyaa irratti qormaanni nama jallisu walduraa duubaan akka dhufanii fi yeroo qormaanni tokko dabre kan biraa isa irraa akka bakka bu'uudha.
 Amantiin nama tokkoo yeroo laafee dhimma addunyaa kan akka qarshii ykn waan biraatiif jecha isa laaffise, sun ammoo amantii irraa maquu, amantii dhiisuu fi qorumsa keessa seenuuf sababa ta’a.
 Hadiisicha keessa hojiin gaariin qorumsa adda addaa jalaa bahuuf sababa akka tahu ragaatu jira.
 Qorumsi gosa lama qaba: qorumsa shakkiiti, wal’aansi isaa ammoo beekumsa, inni kuun qorumsa fedhiiti, wal’aansi isaa immoo Iimaana fi obsaan ta'a.
 Nama hojiin isaa xiqqaate qorumsi akka itti ariifatu, namni baay’ee hojjete ammoo waan qabuun akka hin gowwoomfamne, baay’isuu akka qabu Hadiisni kun ni ibsa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3138</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jechuu kan heddummeessu turani: «Yaa kan qalbii garaggaggalchitu qalbii kiyya amantii kee irratti raggasisi</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
     <t>Anas irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jechuu kan heddummeessu turani: «Yaa kan qalbii garaggaggalchitu qalbii kiyya amantii kee irratti raggasisi», nan jedhe: yaa ergamaa Rabbii, sii fi waan ati ittiin dhuftetti amannee jirra, nurratti ni sodaattaa? isaanis ni jedhani:  «eeyyeen, qalbiin quboowwan Rabbii keessaa quba lameen gidduutti argamti akka fedhe isii garaggaggalcha».</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>Irra guddaan kadhaa ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- amantaa fi ibaadaa irratti ragga'uu akkasuma jallinaa fi karaa irraa ba'uu irraa fagaachuu Rabbiin kadhachuu ture. Anas bin maalik -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kadhaa kana heddummeessuu isaanii ajaa'ibsiifate, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qalbiiwwan qubootii Rabbii keessaa quba lameen gidduu akka jirtu akka fedhetti akka isii gaggargalchu isatti himani. Qalbiin buufata iimaanaatii fi kufriiti, qalbiin qalbii (kan garagalu) jedhamee kan waamameef gaggaragaluu waan heddummeessuuf jecha. inni gaggaragaluu distii yeroo danfitee caalatti gaggaragala. Rabbiin nama fedhe qajeeluma irratti gadi isa dhaabee diinii irratti isa raggaasisa. nama fedhe immoo qalbii isaa qajeeluma irraa gara dabaafii jallinaatti isa oofa.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiif gadi of qabuu isaaniitii fi isatti cuucumma'uu isaanii agarsiisa, akkasuma ummata isaaniis sana kadhachuutti isaan qajeelchuutu keessa jira.
 Barbaachisummaa amantii irratti gadi dhaabbachuu fi isa irratti ragga'uun qabuu fi kan ilaalamu xumura ta'uu isaa.
 Garbichi hanga libsuu ijaatiifillee Rabbiin isa raggaasisuu irraa of ga'uu akka hin dandeenyeedha.
 Nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hidhachuuf jecha kadhaa kana heddummeessuutti kakaasuutu keessa jira.
 Islaamummaa irratti ragga'uun tola isa guddicha garbichi isa argachuuf carraaquu qabuu fi isa irrattis gooftaa isaa galateeffachuu qabuudha.</t>
   </si>
   <si>
-    <t>رواه الترمذي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/om/browse/hadith/3142</t>
   </si>
   <si>
-    <t>إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا</t>
+    <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>Yeroo sareen meeshaa tokkoo keessanii keessaa dhugdetti si'a torba isa haa dhiqu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
     <t>Abuu Hurayraaa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergamaan Rabbbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: «Yeroo sareen meeshaa tokkoo keessanii keessaa dhugdetti si'a torba isa haa dhiqu».</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo sareen arraba isaa meeshaa keessa seensisetti si'a torba dhiquutti ajajani, si'a torba keessaa kan jalqabaa biyyoo woliin ta'ee dhiqama isa boodaa bishaan akka dhufuuf jecha, kanaan najaasaa fi miidhaa isaa irraa qulqullinni guutuun argama.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>Gororri saree najaasaa jabaa irraati.
 Sareen meeshaa keessa afaan seensifachuun najaasaa isa taasisa, bishaan isa keessa jirullee ni najasa.
 Biyyoon qulqulleessuunii fi yeroo torba irra deebi'uun afaan isaa meeshaa keessa seensisuu irratti gabaabbata, fincaan, sagaraa fi  hunda waan sareen karaa biraatiin faale biroo hin ilaallatu.
 Akkaataan meeshaa biyyoodhaan itti dhiqanu: bishaan meeshaa keessatti naquun biyyoo immoo isa irratti dabala, eegasii makaa kanaan meshaa sana dhiqa.
 Ergaan hadiisaa inni ifa galaan saree hundayyuu akka qabatu kenna, saree shari'aan guddifachuu eeyyamte yoo taatellee, akka sareewwan adamoo, eegumsaa fi beelladaan eeggatanuu.
 Saamunaa fi andoodeen bakka biyyoo bu'uu hin danda'anu; waan nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- biyyoo maqaa dha'aniif jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3143</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>“Uumamni waa shani, isaanis: Kittaannaa, rifeensa qaama saalaa maddii haaddachuu, rifeensa affarroo muruu, kottee gabaabsuu fi rifeensa bobaa jalaa buqqisuudha”</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Abbaa Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhuun dhagahe: “Uumamni waa shani, isaanis: Kittaannaa, rifeensa qaama saalaa maddii haaddachuu, rifeensa affarroo muruu, kottee gabaabsuu fi rifeensa bobaa jalaa buqqisuudha”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- amaloota shan kan amantii Islaamaa fi sunnaalee ergamtootaa irraa ta'an ibsan:
 Sana keessaa inni jalqabaa: kittaannaadha, innis gogaa dabalataa mataa qaama saalaa dhiiraa irratti argamu irraa kutuudha, akkasumas mataa gogaa qaama saalaa dubartii bakka qaamni saalaa dhiiraa seenuun olitti argamu irraa kutuudha.
 Inni lammaffaa: Istihdaada, innis rifeensa naannoo qaaama saalaa haaddachuudha.
 Sadaffaan: Rifeensa affarroo muruudha, innis waan hidhii dhiiraa tan gubbaa irratti biqile yoo ta'u, akka hidhiin mul’atutti muruudha.
 Afraffaan: Qeensa gabaabsuudha.
 Shanaffaan: Rifeensa bobaa jalaa buqqisuudha.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Sunnaaleen Ergamtootaa tan Rabbiin isii jaallatee isitti ajaju, guutuu, qulqullummaa fi bareedinatti waamti.
 Wantoota kannnen too'achuun karaa ta'uu fi ishee irraa dagachuu dhabuudha.
 Amaloonni kun faayidaa amantii fi duniyaa kan qaban yoo ta’u, isaan keessaa: Akkaataa ofii miidhagsuu, qaama qulqulleessuu, qulqullummaaf of eeggannoo gochuu, kaafiroota fallessuu fi ajaja Rabbiif ajajamuu faadha.
 Shanan kana malee amala dabalataan naamusa uumamaa kan akka: areeda guddisuu, siwaaka (rigaa ilkaanii) fayyadamuu fi kanneen biroo akka jiran hadiisa biroo keessatti ibsameera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3144</t>
   </si>
   <si>
-    <t>لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ</t>
+    <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
   </si>
   <si>
     <t>Laa ilaaha illallaah(haqaan gabbaramaan Rabbiin malee hin jiru), hamtuu dhugaan dhihaatee jiruuf dhumaatiin arabootaaf ta'e!, hidhaa ya'ajuujii fi ma'ajuuj irraa hardha hangi kun baname</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
     <t>Zaynab bintu jahsh irraa akka odeeffametti -Rabbi isii irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhaa rifataa isiitti ol seenani: «Laa ilaaha illallaah(haqaan gabbaramaan Rabbiin malee hin jiru), hamtuu dhugaan dhihaatee jiruuf dhumaatiin arabootaaf ta'e!, hidhaa ya'ajuujii fi ma'ajuuj irraa hardha hangi kun baname» eegasii quba isaanii abbudduu fi kan itti aantee jirtuun geengessanii agarsiisani, zaynab bintu jahsh akkana jette: yaa ergamaa Rabbii: osoo worri gaggaariin nu keessa jiruu dhabamnaa? isaanis ni jedhani: «eeyyen badiin yoo heddummaate».</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- rifataa fi sodaataa haala ta'aniin zaynab bintu jahshitti akkas jedhaa ol seenani -Rabbi isii irraa haa jaallatu-: 'Laa ilaaha illallaah" waan hamaa argamuuf malu beeksisaa, gama Rabbii deebi'uun malee isa irraa karaan ittiin bilisa ba'an hin jiru, eegasii  nabiyyiin-Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: badiin arabootaaf ta'e hamtuu argamuun isaa hardha dhugaan dhihaateef, hardha hidhaa ya'ajuujii fi ma'ajuujitu baname, inni hidhaa isa zul qarnayniin ijaaredha, fakkaataa kanaa jechuun, quba isaanii abbudduu fi isa itti aanu geengessani. Zaynab -Rabbi isii irraa haa jaallatu- ni jette: Rabbiin akkamitti badii nutti fida osoo mu'umintoonni gaggaariin nu keessa jiranuu? Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jechuun isiidhaaf deebisani: fincilummaan, daangaa darbuun, badiiwwan, sagaagalummaan, farsoo fi kanneen biroo irraa badiin yeroo hedduummate balaan hunda wol ga'a.</t>
   </si>
   <si>
     <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>Rifaatuun qalbii mu'uminaa zikrii Rabbii irraa hin dhiphiftuudha; zikrii Rabbiitiin qalbiin waan tasgabbooftuuf jecha.
 Badii irraa dhoorguu fi argamuu isii ittisuutti kakaasuudha.
 Balaan sababaa badiin heddummattee faffacaatee fi sababaa isii irraa dhoorguu dhabuutiin mudata, worri gaggaariin yoo heddummaatan illee.
 Balaan namoota hundaa qabatti gaggaarii fi badaa isaaniis, garuu gaafa kaafaman hunduu niyyaa isaanii irratti kaafamu.
 Jecha isaanii "arabootaaf dhumaatiin ta'e sharrii dhugaan dhihaateef" jedhuun araboota addatti foo'uun; yeroo isaan akkas jedhanitti isaantu irra guddaa worra gara islaamummaatti seenanii turani.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3145</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo mana fincaanii seenan akkana jedhu ture: “Yaa Rabbi ani sheyxaana dhiirotaati fi sheyxaana dubartootaa irraan sitti majanfadha</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>Anas irraa odeeffamee -Rabbiin isa irraa haa jaallatuu- akkas jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo mana fincaanii seenan akkana jedhu ture: “Yaa Rabbi ani sheyxaana dhiirotaati fi sheyxaana dubartootaa irraan sitti majanfadha".</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- fincaan haa ta'uu yokaan sagaraa bakka itti haajaa isaanii baafachuu barbaadan yeroo seenuu fedhan akka Rabbiin hamtuu sheyxaana kormaafii dhalaa irraa isaan tiksu Rabbitti kan majanfatan ta'an, Ammallee jechi "Al-kubus" fi "wal kabaa'isa" jedhu wantoota hamtuu fi najisoowwanitti hiikameera.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Du'aa'ii kana yeroo mana fincaanii seenuu barbaadanitti jechuun sunnaa ta'uudha.
 Uumamni hundinuu haala isaanii hunda keessatti waan isaan rakkisu ykn isaan miidhu ofirraa deebisuu keessatti gara Rabbii isaanitti haajamoodha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3150</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- durba kutaa isiitii hin baane irra saalfii jabaa qabu turani, yeroo waan jibban arganitti fuula isaanii irraa beekna</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
   </si>
   <si>
     <t>Abuu sa'iid al-khudrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- durba kutaa isiitii hin baane irra saalfii jabaa qabu turani, yeroo waan jibban arganitti fuula isaanii irraa beekna.</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
   </si>
   <si>
     <t>Abuu sa'iid al-khudriin -Rabbi isa irraa haa jaallatu- nabiyyiin muciyyoo durbaa heerumtee dhiira woliin jiraattee hin beekne kan mana isii keessatti da'attee teessu irra akka saalfatan hime, saalfiin isaanii jabaa ta'uu irraa yeroo waan jibban arganitti fuula isaaniitu jiijjiirama hin dubbatanu, sahaabonni jibbaan isaan waan sanaaf qabanu fuula isaanii irraa hubatu.</t>
   </si>
   <si>
     <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
 حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
 الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Saalfii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qaban ibsuutu keessa jira, inni haala guddaa irraati.
 Saalfiin nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hanga daangaan Rabbii hin cabsamnetti, daangaan Rabbii yeroo cabetti; dhugaan dallanu  sahaabota isaaniis ni ajajus ni dhoorgus turani.
 Saalfii qabaachuutti kakaasuu; bareedduu hojjachuu fi fokkataa dhiisuutti lubbuu geessa waan ta'eef jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3153</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>Haqa walii galaatiin of jaallachuu fi wantoonni hedduun isin isii mormitan ta'uuf taa'an" Sahaabonnis akkana jedhanii gaafatan: Yaa Ergamaa Rabbii yeroo sana maalitti nu ajajju? isaanis ni jedhan: "Haqa isin irra jiru raawwataniiti haqa keessan Rabbiin kadhattan</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>Ibnu Mas'uud irraa odeeffamee -Rabbiin irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-akkas jedhan: "Haqa walii galaatiin of jaallachuu fi wantoonni hedduun isin isii mormitan ta'uuf taa'an" Sahaabonnis akkana jedhanii gaafatan: Yaa Ergamaa Rabbii yeroo sana maalitti nu ajajju? isaanis ni jedhan: "Haqa isin irra jiru raawwataniiti haqa keessan Rabbiin kadhattan".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mootonni qabeenya muslimootatii fi dhimmoota duniyaa biroo dhunfatanii akka barbaadan itti hoojjatanii fi haqa muslimoota kan isii keessa jiru kan isaan dhoorgatan akka muslimoota hoogganuu taa'an himan. Amantii keessatti isaan irraa wantoonni jibbamoon akka argamaniis himaniiru. Sahaabaan -Rabbiin isaan irraa haa jaallatuu akkana jedhanii gaafatan: Haala sana keessatti maal gochuu qabna? Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaan qabeenyan kophaa bahuun dhageettii fi isaanii ajajamuu irraa dirqama isin irra jiru bahachuu irraa isin hin dhoorgu jedhanii itti himan, inumaayyuu obsaa, isaan dhagayaa, isaanifis ajajamaa, aangos isaan harkatti hin qabinaa, haqa keessan Rabbiin kadhadhaa, akkasumas Rabbiin akka isaan tolchee hamtuu isaanitii fi miidhaa isaan deebisu Isa kadhadhaa.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Hadiisni nubuwwummaa Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irratti ragoolee nama qajeelchan keessaa isa tokkoodha, maalif jennaan waan fuul duratti ummata isaanii keessatti argamuu taa'u himaniiti akkuma isaan himanitti argame.
 Nama tokko balaa isarra ga'uuf deemu itti himuun ni danda'amaadha, sababni isaas akka inni waan saniif lubbuu isaa qopheessuuf jecha, yeroo balaan sun irra gayetti obsee mindaa isaa Rabbiin irratti herregata.
 Qur’aanaa fi Hadiisa jabeessanii qabachuun qormaataa fi garaagarummaa keessaa karaa ittiin ba’aniidha.
 Haala beekamaa ta'een hooggantoota dhagayuu fi isaanii ajajamuu irratti kakaasuudha, akkasumas osoo miidhan isaan irraa argameellee isaan irratti finciluu dhabuu irratti kakaasuudha.
 Yeroo qormaataa keessatti ogummaa fayyadamuu fi Sunnaa hordofuudha.
 Ilmi namaa osoo ofii isaatii miidhamallee ta'ee haqa isa irra jiru raawwachuudha qaba.
 Hadiisichi qaa'idaa (bu'ura) akkana jedhuuf ragaadha: Hamtuu lama keessaa isa xiqqaa ykn waan nama miidhu lama keessaa isa miidhan isaa irra salphaatu filatam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3156</t>
   </si>
   <si>
-    <t>مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ</t>
+    <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
   <si>
     <t>Rabbiin nama dhugaan shahiidummaa isa gaafate sadarkaa shahiidotaatiin isa ga'a, firaasha isaa irratti yoo du'ellee</t>
   </si>
   <si>
     <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
   </si>
   <si>
     <t>Sahal bin huneef irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin nama dhugaan shahiidummaa isa gaafate sadarkaa shahiidotaatiin isa ga'a, firaasha isaa irratti yoo du'ellee».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni karaa Rabbii irratti shahiidummaa fi ajjeefamuu gaafate, niyyaa isaa sana keessatti immoo dhugaa fI ikhlaasa qabaate, niyyaa isaa dhugaa sanaan Rabbiin sadarkoolee shahiidotaa isaaf akka kennu himani, jihaadaan alatti firaasha isaa irratti yoo du'ellee.</t>
   </si>
   <si>
     <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
 الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
 إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
   </si>
   <si>
     <t>Waan danda'amu hojjataa niyyaan dhugoomuun sababaa mindaa fi ajrii yaadanitti ittiin ga'anidha, hojii barbaadamu sana yoo hin hojjannellee.
 Jihaadaa fi karaa Rabbii keessatti shahiidomuu barbaaduutti kakaasuutu keessa jira.
 Kabajaa Rabbiin ummata kanaaf godhe, hojii xiqqoodhaan jannata keessatti sadarkaa olaanaa isaaniif kenna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3157</t>
   </si>
   <si>
-    <t>مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ</t>
+    <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
   </si>
   <si>
     <t>Balaan mu'uminaa fi mu'umintittii tuquu irraa hin hafu lubbuu isaa, ilma isaa fi qabeenya isaa keessatti isa tuquu irraa hin hafu hanga haala badiin tokko isa irra hin jirreen Rabbiin wol ga'utti</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isa irratti haa buusu- ni jedhani: «Balaan mu'uminaa fi mu'umintittii tuquu irraa hin hafu lubbuu isaa, ilma isaa fi qabeenya isaa keessatti isa tuquu irraa hin hafu hanga haala badiin tokko isa irra hin jirreen Rabbiin wol ga'utti».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- balaa fi mokkoroon gabricha mu'uminaa fi mu'umintittii irraa akka adda hin baane himani, lubbuu isaa keessatti fayyaa isaatii fi qaama isaa, ilmaan isaa keessatti dhukkuba yookaan du'a yookaan haadhaaf abbaatti jallina yookaan waan biraatiin, qabeenya isaa keessatti immoo rakkachuu, daldalli isaa kasaaruu, hatamuu, jireenyi qaala'uu fi rizqiin dhiphachuu, hanga Rabbiin sababaa balaa sanaatiin hunda badii isaa isaaf haqee jennaan yeroo Raabbiin wol ga'utti hunda badii fi dilii hojjatee irraa dhugaan qulqulluu ta'utti.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Rahmata Rabbiin gabroota isaa mu'umintootaaf oole keessaa osoo duuniyaa keessa jiranuu sababaa balaa duuniyaatiin badii isaanii isaan irraa haquudha.
 Ulaagaa iimaanaa qabaachuutiin balaan badii haqa, gabrichi yoo obsee kan hin aarre ta'e mindaa itti argata.
 Waan hunda keessatti obsa irratti jajjabeessuu, waan jaallatanuu fi jibban irratti, hanga waan Rabbiin dirqama isa irratti taasise geessutti ni obsa, hanga waan Rabbiin haraama isa irratti godhe irraa fagaatutti ni obsa, mindaa Rabbii kajeelee adabbii isaa sodaatee.
 ''Mu'uminaa fi mu'umintittii" jechuu keessatti, jecha "mu'umintittii" jedhu dabaluun dubartii irratti dirqamni dabalataa jiraachuuf ragaadha; osoo "mu'umina" qofa jedhee dhiises dubartiinis inuma galti, sun waan dhiira qofa hin ilaallanneef jecha, balaan dubartii yoo mudate isiinis mindaadhuma akka kanaa badii fi diliiwwan haqamuutu waadaa isiidhaaf seename.
 Laalaa yeroodhaa yerootti gabricha mudatu waan isatti salphisu keessaa sadarkaa balaa irratti hundaa'ee kennamuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3159</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo salaatan hanga addeenyi bobaa isaanii lamaan mul’atutti jidduu harka isaanii lamaan kan adda fageessan ta'an</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>Abdullaah bin Maalik Ibnu Buheynah irraa odeeffame Rabbiin irraa haa jaallatu: Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo salaatan hanga addeenyi bobaa isaanii lamaan mul’atutti jidduu harka isaanii lamaan kan adda fageessan ta'an.</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo sujuuda godhan haala sujuuda irra jiraniin jidduu harka isaanii lamaan kan adda fageessan ta'an; hunduma harkaatuu akka baallee lamaanitti cinaacha isatti aanu irraa hanga halluun gogaa bobaa isaanii lamaan mul’atutti kan fageessan ta'an. Kun harka lamaan akka baallee taasisanii cinaacha lamaan irraa isaan fageessuu keessatti hoonga gahuu irraayi.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Akkaataan kun sujuuda keessatti jaalatamaa ta'uudha, innis irree isaa lamaan cinaacha isaa lamaan irraa fageessuudha.
 Ma'amuumni (Namichi duubaan salaatu) harka isaa adda fageessuun ollaan isaa kan rakkatu yoo ta'e harka isaa adda fageessuun isaaf hin hayyamamu.
 Sujuuda keessatti harka adda fageessuu keessatti faayidaalee hedduutu jira, sana keessaa: Sochii fi fedhii salaataa agarsiisuudha, akkasumas namni sujuudu humnoolee sujuudaa hunda irratti yeroo hirkate hundi humna sujuudaa ibaadaa irraa haqa isaa ni fudhata, Akkasis  jedhame: Ogummaan sana keessa jiru inni gad of qabuu wajjiin wal fakkaachuu isaati, akkasumas kallachaa fi funyaan lafa irratti gadi qabuu keessatti gargaara, Akkasumas miseensi tokkoon tokkoon isaa ofii isaatii akka adda ba’u gargaara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3220</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ</t>
+    <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
     <t>Rabbiin gabricha isaatti irra dhihoo kan ta'u dhuma halkan wolakkaati</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
     <t>Abuu umaamaa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: amri ibnu abasaan nabiyyiidhaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuu akka dhaga'ee jiru naaf odeesse: «Rabbiin gabricha isaatti irra dhihoo kan ta'u dhuma halkan wolakkaati yeroo sanatti worra Rabbiin zakkaran irraa ta'uu yoo dandeesse ta'i».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin gabrichatti irra dhihoo kan ta'u halkan gara dhumaa akka ta'e himani; -yaa nama mu'uminaa- yoo woffaqamtee dandeesse yeroo kana keessatti worra Rabiin gabbaranu kan salaatanu, zakkaranu, gara isaa deebi'anu irra akka taatuuf inni dhimma isa booji'achuu fi isa keessatti tattaffachuun haalaan barbaachisuudha.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>Dhuma halkanii keessa Rabbiin zakkaruutti muslima kakaasuu.
 Yeroowwan zikrii, kadhaa fi salaataa gidduu isaanitti kan wol caalu ta'uudha.
 Aalimni miirak jedhamu addaa addummaan gidduu jecha isaanii: "Rabbiin gabrichatti irra dhihoo kan ta'u" jedhuufi jecha isaanii: "gabrichi Rabbii isaatti irra dhihoo kan ta'u yeroo sujuuda keessa jirudha" jedhu gidduu jiru keessatti akkana jedhe: kan jalqabaa irratti yeroo Rabbiin gabrichatti irra dhihoo ta'u ibsuudha, innis halkan wolakkaadha, jechi inni lammaffaan immoo yeroo gabrichi Rabbii isaatti irra itti dhihaatu ibsuudha, innis yeroo sujuudaati.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[abuu daawud, tirmizii, nasa'iin odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3236</t>
   </si>
   <si>
-    <t>أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ</t>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>Irra caalaan Diinaara namichi baasuu Diinaara maatii isaaf baasu, Diinaara namichi karaa Rabbii irratti yaabbii isaaf baasuu fi Diinaara karaa Rabbii keessatti hiriyyoota isaaf baasuudha</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Sawbaan irraa odeeffame, Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Irra caalaan Diinaara namichi baasuu Diinaara maatii isaaf baasu, Diinaara namichi karaa Rabbii irratti yaabbii isaaf baasuu fi Diinaara karaa Rabbii keessatti hiriyyoota isaaf baasuudha» Abuu Qilaabaan akkas jedhe: maatiin jalqaban, Ergasii Abuu Qilaabaan akkas jedhe: Nama ijoollee xixiqqoo maatii isaa irratti qabeenya baasu, kan nama kadhachuu irraa tiksu, ykn kan Rabbiin isaan isaan fayyadee isaan duroomsu irra nama kamtu mindaa guddaa qaba?</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- gosoota baasii ibsanii, karaan baasii itti baasan garmalee yoo baay’ate, akkaataa irra dirqamaatin ishee qindeessanii, wanta hunda caalaa barbaachisaa taʼee fi kan itti aanun jalqabaniiru. Qabeenyi mindaa baay’ee qabu isa Muslimni nama isa deeggaruun dirqama irratti ta’e kan akka haadha manaa fi ilmoo irratti baasuu akka ta’e himaniiru. Sana booda yaabbii karaa Rabbii irratti waraanaaf qophaa'ef baasii gochuudha. Ergasii warra karaa Rabbii irratti qabsaa'an  hiriyyoota isaa irratti baasii gochuudha.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>Baasii karaa armaan olitti ibsameen tartiibessuu fi yeroo wanti irratti baasii godhan baay'ate wantoota kanneen eeguun barbaachisaa akka ta'eedha.
 Baasii maatii ofiitif dursa kennuun namoota biroo caalaa sadarkaa akka qabu ibsuudha.
 Karaa Rabbii keessatti qabsaa'uu irratti baasii baasuun irra caalaa baasii akka ta'eedha, sunis meeshaa fi namoota jihaadaaf akka qopheessuuti.
 Akkana jedhame: Karaa Rabbii jechuun wanta gocha Rabbiif ajajamuu hunda, fakkeenyaaf kan akka Hajjiiti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3267</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>Isa lubbuun Muhammad harka Isaa jirtuunan kakadha, namni tokko ummatattii kana irraa yahuudaas ta'ee kiristaanas waan koo dhaga'ee, ergasii waan ani ittiin ergametti osoo hin amanin kan du'u yoo ta'e worra ibiddaa irraa ta'u malee hin hafu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Isa lubbuun Muhammad harka Isaa jirtuunan kakadha, namni tokko ummatattii kana irraa yahuudaas ta'ee kiristaanas waan koo dhaga'ee, ergasii waan ani ittiin ergametti osoo hin amanin kan du'u yoo ta'e worra ibiddaa irraa ta'u malee hin hafu".</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni tokko ummata tana irraa Yahuudas ta'ee, yookaan Kiristaana yookaan kan biraa waamichi Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isa bira gayuun waa'ee isaanii dhaga'ee isaanitti osoo hin amanin kan du'u yoo ta'e worra ibiddaa irraa ta'u malee hin hafu, ibiddaa sanaan keessa abaditti kan turu haala ta'een  jechuu irratti Rabbitti  kakatan.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Ergaan Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- addunyaa guutuuf ta’uudha, akkasumas isaan hordofuun dirqama ta’uu fi hundummaan shari'aa shari'aa isaanitiin shaaramuudha.
 Namni Nabiyyitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kafare Nabiyyoota birootti amane jechuun isaa isa hin fayyadu, hunda isaanirrattuu rahmannii Rabbii haa jiraatuu.
 Namni waa'ee Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hin dhagayin, ergaan Islaamaas isa yoo hin qaqqabin inni uzriidha qaba, dhimma isaas Aakhiratti Rabbii ol ta'eetu akka godha beeka.
 Yoo du’aaf dhihoo ta’ellee, waan lubbuun qoonqoo (kokkee) hin geenyetti osoo dhukkuba cimaa keessallee jiraatee Islaamummaan faayyadamuun ni argamaadha.
 Amantiin kaafirootaa -Yahuudaa fi kiristaanaa dabalatee- sirriidha jedhanii yaaduun kufriidha.
 Yahuudaa fi Kiristaana hadiisicha keessatti kaasuun kan birootif akeekkachiisa kennuufi, kunis Yahuudaa fi Kiristaanni kitaaba waan qabaniif jecha, sanuma waliin dhimmi isaanii yoo akkana t'e dhimmi warra biroo kan kitaaba hin qabnee ni cima; kanaafuu amantii isaanii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- keessa seenanii isaaniin buluun isaan hunda irratti dirqama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Rifeensa affarroo (hidhii gubbaa) gabaabsaa, Areeda dhiisaa</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-  akkas jedhan: "Rifeensa affarroo (hidhii gubbaa) gabaabsaa, Areeda dhiisaa".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- rifeensa affarroo irraa fuudhuu, akka guddatu dhiisuu dhabuu fi tolchee akka gabaabsamu ajajan.
 Faallaa saniitti ammoo areeda guddisuu fi guutuu taatee akkuma isiin jirtu sanitti isii dhiisuutti ajajaniiru.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Areeda haaduun haraama tahuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3279</t>
   </si>
   <si>
-    <t>إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ</t>
+    <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
   </si>
   <si>
     <t>Tokkoon keessan manaama jaallatu yeroo arge, inni Rabbi biraa waan ta’eef, Rabbiin haa galateeffatu, namattis haa himu, waan biraa kan hin jaallanne yeroo arge immoo inni Sheyxaana irraayi, kanaaf sharrii isaa irraa haa maganfatu, namattis hin himin, sun isa hin miidhu</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-Khudrii irraa akka odeeffametti, Rabbi irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Tokkoon keessan manaama jaallatu yeroo arge, inni Rabbi biraa waan ta’eef, Rabbiin haa galateeffatu, namattis haa himu, waan biraa kan hin jaallanne yeroo arge immoo inni Sheyxaana irraayi, kanaaf sharrii isaa irraa haa maganfatu, namattis hin himin, sun isa hin miidhu».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- manaamni gaarii fi gammachiisaa ta'e Rabbi biraa akka ta’e himanii, namichi sana irratti Rabbiin galateeffatee, akka namatti isa himu qajeelfama kennan, Waan jibbuu fi gaddisiisu yeroo arge ammoo, inni sheyxaana biraa waan ta'eef, sharrii isaa irraa Rabbitti maganfatee, namatti akka hin himne qqajeelfama kennan, inni isa hin miidhu, Rabbiin wanta dubbatame kana miidhaa abjuu sanaan dhufu irraa nagaa bahuuf sababa waan godheef jecha.</t>
   </si>
   <si>
     <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
 قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
 الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
   </si>
   <si>
     <t>Qooddaalee abjuu: 1- Abjuu gaariidha, innis abjuu dhugaa fi gammachuu Rabbi irraa tahe kan inni ishee argu ykn kan namni biroo isaaf argu. 2. Haasaa lubbuuti, isheen waan namichi osoo dammaqee jiruu ofiin ofitti haasa'uudha. 3. Gaddaa fi sodaachisuu sheyxaanaa fi cinqii isaati ilma Aadam gaddisiisuuf jecha.
 Waa'ee abjuu gaarii ilaalchisee wanti dubbatame walitti qabaan waan sadii: Rabbiin galateeffachuu, itti gammaduu fi waa'ee isaa namatti himuudha, galuu warra isa jaallatuuf malee warra jibbuuf miti.
 Walitti qabaan waan abjuu jibbamaa keessatti dubbtamee waan shan of keessatti hammata: Hammeenya isaa fi sheyxaanaa irraa Rabbiitti maganfachuu, Yeroo hirriba irraa ka’u, yeroo sadii gama bitaa isaa irratti tufuu fi nama tokkotti waa'ee isaa dubachuu dhabuudha, hirriiba isaatti deebi'uu yoo barbaade cinaacha dura irra jiru irraa ni jijjiirata, akkas godhe taanan abjuun sun isa hin miidhu.
 Ibnu Hajar akkana jedhe: Ogummaan kana keessa jiru, namichi abjuu gaarii nama hin jaalannetti yoo hime, jibbaa ykn inaaffaa irraa kan ka’een haala inni hin jaalanneen isaaf hiikuu danda’a. Akka sanatti argamu danda'a ykn gaddaa fi dhiphinni itti dhagaʼamuu dandaʼa, sababaa sanaatiif nama hin jaalannetti akka hin himne ajajani.
 Yeroo qananiin argamee tolli namaaf haaromfametti Rabbiin galateeffachuun barbaachisaa akka ta'eedha, suni qananichi itti fufiinsa qabaachuuf sababaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3285</t>
   </si>
   <si>
-    <t>عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ</t>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>Dhimmi mu’uminaa akkam nama ajaa’iba, dhimmi isaa hundi gaarii dha. Sunis nama Mu'uminaa qofaaf malee nama kamiifuu miti</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Suheyibi irraa odeeffame Rabbiin irraa jaallatu, akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Dhimmi mu’uminaa akkam nama ajaa’iba, dhimmi isaa hundi gaarii dha. Sunis nama Mu'uminaa qofaaf malee nama kamiifuu miti, Wanti gaariin yoo isa mudate ni galateeffata, sun immoo isaaf gaarii ta'a, wanti hamaan yoo isa mudate immoo ni obsa, sunis isaaf gaarii ta'a».</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Rasuulli -nagaa fi rahmanni irra haa jiraatu- dhimma Mu'uminaa fi haala isaa karaa tolina ibsuun ajaa’ibsiifatan; Kunis haalli isaa hundi gaarii waan ta’eef jecha, sun mu’umina malee nama kamiifuu akka hin taane dubbatan. Wanti gaariin yoo isa mudate Rabbiin galateeffata; galateeffachuu sanaan mindaa argata. Balaan yoo isa mudate obsee  Rabbiin biratti mindaa herregata, sababaa obsaatin mindaan isaaf argama, kanaaf inni haaluma hunda keessatti mindeeffamaadha.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
     <t>Sadarkaa yeroo gaarii galateeffatanii yeroo hamaa ammoo obsuun qabuudha. Namni akkas godhe duuniyaa fi aakhiratti waan gaarii argata. Namni qananii argatee hin galateeffannee fi balaa irratti hin obsine mindaa dhabee, dilii argata.
 Sadarkaa Iimaanni qabuu fi mindaan haala hunda keessatti namoota amantii qabaniif malee namoota biraatif akka hin taaneedha.
 Yeroo gammachuu galateeffatanii yeroo rakkinaa obsuun amaloota mu'umintoota keessaa isa tokkoodha.
 Qadaa fi qadara Rabbitti amanuun mu'umina haala isaa hunda keessatti jaalala guutuun akka jiraatu taasisa, kun faallaa nama mu'umina hin tahin kan yeroo rakkinni isa irratti argame dallansuu walitti dhaabbataa ta'e keessa jiraatuti, Rabbii guddaa irraa yeroo qananii tokko argate ma'asiyaa keessatti ishee kennuu bira dabree ibaadaa Rabbii irraa isheetti shaagala.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3298</t>
   </si>
   <si>
-    <t>وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ</t>
+    <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>Akkaataa xurii janaabaa irraa itti dhiqatan</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>Haadha Mu'umintootaa Maymuunaa irraa odeeffame Rabbiin irraa haa jaallatu, akkas jette: Nabiyyiif -nagaa fi rahmanni irra haa jiraatu- bishaan dhiqannaa kaayee, huccuudhaan girdoo isaanif godhe, bishaan harka isaanii lamaan irratti buusanii, isaan lamaan dhiqatan, ergasii mirga isaanitin bitaa isaanii irratti bishaan buusanii, qaama saalaa isaanii dhiqatan, harka isaanitin lafa rukutanii ishee haxaa'an, ergasii ishee ni dhiqan, lulluuqqatanii bishaan funyaan keessa ol galchanii gadi deebisan, fuula fi harka isaanii lamaan ciqileen waliin ni dhiqatan, ergasii bishaan mataa isaanii irratti gad naqanii qaama isaanii irratti dhangalaasanii dhiqatan, eegasii eddoo dhiqannaa irraa fagaatanii, miila isaanii lamaan dhiqan, uffata wahii laadhefi, garuu hin fudhanne, harka isaanii lamaanin bishaan ofirraa hurgufaa deeman.</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
     <t>Haati Mu’umintootaa Maymunaan Rabbiin irraa haa jaallatu janaabaa irraa akkaataa dhiqatinsa Nabiyyii -nagaa fi rahmanni irra haa jiraatu- irraa himte, yeroo bishaan ittiin dhiqatan isaanii dhiheessitee, girdoo isaanif gootetti, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akka armaan gadii kana raawwatan:
 Tokkoffaa: Harka isaanii lamaan irratti bishaan naqanii osoo isaan lamaan meeshaa bishaanii keessa hin galchin dhiqan.
 Lammaffaa: Harka mirgaatiin bishaan harka bitaa irratti naqanii qaama saalaa isaanii dhiqatan; Xurii janaabaa irraa itti maxxane irraa isa qulqulleessuuf jecha.
 Sadaffaa: Harka isaanitiin lafa rukutanii ishee haxaa'an, eegasii xurii irraa deemsisuuf jecha ishee dhiqan.
 Afraffaa: Afaan ni lulluuqatan; sunis Bishaan afaan isaanii keessa galchanii naannessuudhaan eegasii baasan, akkasumas funyaan isaanii keessa ol galchanii isa qulqulleessuuf jecha eegasii gadi deebisan.
 Shanaffaa: Fuulaa fi harka isaanii lamaan dhiqatan.
 Jahaffaa: Mataa isaanii irratti bishaan ni dhangalaasan.
 Torbaffaa: Qaama isaanii isa hafe irratti bishaan dhangalaasanii dhiqatan.
 Saddeettaffaa: Bakka isaanii irraa socho’anii waan duraan hin dhiqiniif jecha miila isaanii lamaan dhiqatan.
 Eegasii bututtuu wahii tan ittiin goggoffatan qabdee itti dhufte, garuu isaan ishee fudhachuu dhiisanii, bishaan qaama isaanii irraa harkaan haxaa'uu eegalan.</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Haadholeen manaa Nabiyyii -nagaa fi rahmanni irra haa jiraatu- akkaataa jireenya isaanii bal'inaan ummata barsiisuuf jecha ibsutti yaadda'uu isaaniti.
 Akkaataan dhiqannaa janaabaa kun akkaataalee dhiqannaa janaabaa kan Nabiyyii irraa -nagaa fi rahmanni irra haa jiraatu- mirkanaa’an keessaa isa tokko, Dhiqannaan gahaa tahe ammoo lulluuqqachuu fi bishaan funyaan keessa ol galchanii baasuun waliin bishaan qaama guutuu waliin gahuudha.
 Erga dhiqannaa ykn wuduu'a godhachuutii qaama bututtuun goggoffachuun ykn dhiisuun ni hayyamamaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3310</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Namni akka wuduu’a kiyyaa kana godhatee eegasii osoo ofitti hin dubbatin raka’aa lama salaate Rabbiin dilii isaa irraa kan dabre isaaf ni araarama</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Humraan bilsoomfamaa Usmaan bin Affaan Usmaan argee akka himetti: Usmaan bin Affaan bishaan wuduu'aa waammatee, meeshaa isaa irraa harka isaa lamaan irratti dhangalaasee, yeroo sadii isaan lamaan dhiqate, egasii harka mirgaa bishaan keessa galchee, egasii lulluuqqatee funyaanitti ol fudhatee gad deebise, eegasii fuula isaa yeroo sadii dhiqate, harka isaa lameenis ciqilee waliin yeroo sadii dhiqate, egasii mataa isaa haxaawwate, egasii hunda luka isaa yeroo sadii dhiqatee, egasii akkana jedhe: Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- wuduu'a  akka an itti raawwachaa ture kanatti raawwatanii, itti aansuun akkana jedhanin arge: “Namni akka wuduu’a kiyyaa kana godhatee eegasii osoo ofitti hin dubbatin raka’aa lama salaate Rabbiin dilii isaa irraa kan dabre isaaf ni araarama".</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>Ūsmaan Rabbiin irraa haa jaallatuu akkaataa wuduu'a Nabiyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gochaan; akka tolchee namaa ifutti ibse. Bishaan meeshaa keessa jiru akka fidaniif barbaadee, egasii harka isaa lamaan irratti yeroo sadii dhangalaase, sana booda harka isaa mirgaa meeshicha keessa galchee bishaan kessaa fudhatee afaan keessa naqatee baase, egasii bishaan hafuura isaatin garaa keessoo funyaanitti harkise, egasii gad baasee facaase, egasii fuula iaa yeroo sadii dhiqate, egasii harka isaa lameen ciqilee waliin yeroo sadii dhiqate, egasii yeroo tokko haraka isaa rifeensa isaatirra ofee bishaanin jiise, egasii luka isaa kiyyoo lamaan waliin yeroo sadii dhiqe.
 Yeruma wuduu'a godhatee raawwate -Rabbiin irraa haa jaallatu- inni akka Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- fakkaataa wuduu'a kanaa godhatan arge isaanitti hime, akkasumas Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jechuun akka isaan gammachiisan isaanitti hime: namni fakkaataa wuduu'a isaanii kana wadda'atee raka'aa lama qalbii khushuu'a fi sodaa Rabbii qabuun salaate Rabbiin wuduu'a guutuu fi salaata qulqulluu kana irratti yakkoota isaa irraa waan dabre isaaf araaramuun isa mindeessa.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Harka lamaan yeroo dura wuduu'a eegaluuf jedhan osoo meeshaa bishaanii keessa isaan hin galchine dhiqachuun jaallatamaa ta'uudha, Kuni yoo hirriba irraa ka'aa hin tahini, yoo hirriba halkanii irraa ka'aa ta'e ammoo isaan lamaan dhiqachuun dirqama ta'a.
 Barsiisaan karaa barumsaa hubannaaf irra dhiyaatu fi barataan akka barumsa qayyabatuuf gargaaru barbaadun irraa eeegama, san keessaa tokko hojiidhan barsiisuudha.
 Nama salaatuf yaada hojii duniyaatin wal qabatu ofirraa ofuun barbaachisaadha, Salaanni guutuu fi sirrii ta'uun yeroo lubbuun salaata waliin jiraatteedha, yoo san hin taane yaada lubbuu irraa nagaya ta'uun hin danda'amu, kanaaf lubbuu isaa walitti fufiinsan dhimma kana irraatti wal'aanuun irra jiraata, sana jala deemuu hin qabu.
 Wuduu'a keessatti mirgaan eegaluun jaalatamaa ta'uudha.
 Tartiibni jidduu lulluuqatuu fi bishaan funyaanitti ol fudhatanii 
 gad deebisuu karaa ta'uudha.
 Fuula, harka lamaani fi miila lamaan yeroo sadi dhiqatuun jaallatamaa ta'uu isaati, dirqamni ammoo yeroo tokko dhiqatuudha.
 Rabbiin yakkoota irraa waan dabre namaa dhiisun waa lama irratti hundaaya: Wuduu'a fi Salaata raka'aa lamaa akkaataa hadiisicha keessatti ibsameen salaatuudha.
 Humna humnoowwan wuduu'aa irraa ta'e hundaafuu daangatu jira: daangan fuulaa: dheerinatti iddoo rifeensi mataa kan barame itti biqilu irraa kaasee hanga waan areeda irraa gadi bu'ee fi qoffee gahutti, dalgatti ammoo gurraa hanga gurraati. Daangaan harkaa ammoo qaccee qubbeenii irraa hanga ciqilee gahutti, innis qoodduu irree fi harka gara duraati. Daangaan mataa moggaalee fuulaa irraa iddoo aadatti rifeensi itti biqilu irraa gateettii gara olii hanga gahutti, gurra lameen haquun mataa irraayi. Daangaan miilaa: miila guutumatti koomee jidduu miilatii fi mogolee adda qoodu waliin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- janaabaa irraa yeroo dhiqachuu barbaadan, harka isaanii lameen dhiqatanii wuduu'a isaanii kan yeroo salaatuuf jedhan godhatan kan godhatan ta'an, eegasii ni dhiqatu</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu’umintootaa irraa odeeffamee -Rabbiin isii irraa haa jaallatu- akkas jette: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- janaabaa irraa yeroo dhiqachuu barbaadan, harka isaanii lameen dhiqatanii wuduu'a isaanii kan yeroo salaatuuf jedhan godhatan kan godhatan ta'an, eegasii ni dhiqatu, eegasii harka isaanii rifeensa isaanii keessa galchanii kan dhiqatan ta'an, yeroo qaama isaanii bishaan quubsuu yaadanitti bishaan yeroo sadii mataa gubbaa ofitti naqanii, eegasii qaama isaanii hunda dhiqatu. Aa'ishaan akkana jette: anaa fi Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- meeshaa tokko irraa kan dhiqannu taane, nuti hundinuu isuma irraa hammaarranna.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- janaabaa irraa dhiqachuu yeroo barbaadu harka isaanii lameen dhiqachuun jalqaban ture, Eegasii akkuma nama salaataf wuduu’a godhatutti wuduu'a godhatan, eegasii bishaan qaama isaanii irratti naqanii, eegasii harka isaanii lameen rifeensa mataa isaanii keessa o'oofan, yeroo bishaan hundee rifeensatti gahee, qaama obaase jechuu yaadanitti bishaan mataa gubbaa yeroo sadii ofitti naqan, eegasii qaama isaanii isa hafe dhiqan. Aa'ishaan -Rabbiin irraa haa jaallatu- akkana jette: anaa fi Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- meeshaa tokko irraa kan dhiqannu taane, nuti hundinuu isuma irraa bishaan hammaarranna.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Janaabaa irraa dhiqachuun gosa lama: isaanis gartokkee fi guutuu jedhama, Dhiqannaan gartokkeen namichi xaaharaa niyyatee, eegasii lulluuqannaa fi bishaan funyaan keessa ol galchee baasuun waliin bishaan qaama isaa waliin gayuudha, Dhiqannaan guutuun immoo akka Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hadiisa kana keessatti dhiqatan kanatti dhiqachuudha.
 Hunda nama bishaan sanyii isaa dhangalaase, ykn walqunnamtii saalaa raawwate, osoo bishaan irraa bu'uu baatellee janaabaan irratti ni dhugooma.
 Abbaan manaa fi haati manaa qaama saalaa walii ilaaluu ni danda'uudha, akkasumas meeshaa tokko irraa waliin dhiqachuu ni danda'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3316</t>
   </si>
   <si>
-    <t>كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- yeroo haxxifatan harka isaanii -ykn uffata isaanii- afaan isaanii irra kaa'anii, isaan sagalee isaanii kan gadi qaban ta'an</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkas jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- yeroo haxxifatan harka isaanii -ykn uffata isaanii- afaan isaanii irra kaa'anii, isaan sagalee isaanii kan gadi qaban ta'an.</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- yeroo haxxifatan:
 Tokkoffaa: Harka isaanii ykn uffata isaanii afaan isaanii irra kan kaa’an ta'an; sababni isaas wanni nama isaan bira taa'u azaa godhu afaan ykn funyaan isaanii irraa akka hin baanef jecha.
 Lammaffaa: Sagalee isaanii gadi qaban malee ol hin kaasan.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Haxxifachuu keessatti karaa Nabiyyii -nagaa fi rahmanni irra haa jiraatu- ibsuu fi sanaan keessatti isaan hordofuudha.
 Uffata ykn sooftii fi waan biroo yeroo haxxifatan afaan ykn funyaan irra kaayuun jaalatamaa ta'uudha; sababni isaas wanni nama isa bira taa'u azaa godhu akka irraa hin baanef jecha.
 Yeroo haxxiffatan sagalee ofii gadi qabachuun barbaachisaa yoo ta’u, innis mallattoo naamusa gaarii qabaachuu irraayi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3317</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Abaarsi Rabbii Yahuudootaa fi Kiristaanota irratti haa ta’u, qabrii nabiyyoota isaanii bakka itti salaatan godhatan</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>Aa'ishaa fi Abdullaah bin Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- akkana jedhan: Gaafa Ergamaa Rabbiitti -nagaa fi rahmatni irra haa jiraatu- duuti dhufte, uffata isaanii wahii fuula ofii irratti darbachuu eegalan, yeroo isiin ukkaamaman fuula isaanii irraa isii saaqu, utuu kana keessa jiranuu akkana jedhan: “Abaarsi Rabbii Yahuudootaa fi Kiristaanota irratti haa ta’u, qabrii nabiyyoota isaanii bakka itti salaatan godhatan” dalagaa isaanii irraa akeekachiisa kennu.</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>Aa'ishaa fi Ibnu Abbaas, Rabbiin isaan irraa haa jaallatu, gaafa Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- duuti dhufte uffata xiqqaa wahii fuula ofii irratti darbachuu akka eegalanii fi sababaa sakaraata du'aatin yeroo hafuura baafachuun itti jabaate uffata san fuula ofii irraa kan saaqan ta'uu nutti himan, akkasumas utuu rakkoo kana keessa jiranii akkana kan jedhan ta'uus nutti himan: “@Abaarsi Rabbii Yahuudootaa fi Kiristaanota irratti haa ta’u, Rabbiin rahmata Isaa irraa isaan haa fageessu; sababni isaas isaan qabrii nabiyyoota isaanii irratti waan Masjiida ijaaraniif jecha. Osoo hammeenyi dubbii kanaa guddaa ta'uu baatee, rakkoo akkasii keessatti silaa waan kana hin kaasan ture, kanaaf Rasuulli -nagaa fi rahmatni irra haa jiraatuu- ummatni isaanii gocha isaanii san akka hin raawwanne dhoorgan; Sababni isaas gocha Yahuudootaa fi Kiristaanotaa irraa waan ta’ee fi karaa gara Rabbii guddatti waan biroo qindeessuutti nama geessu waan ta'eef jecha.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Qabrii nabiyyootaa fi namoota gaggaarii Masjiidota Rabbiif isii keessatti salaatamu akka hin taasifanne dhoorguudha; sababni isaas sun karaa shirkitti nama geessu waan ta’eef jecha.
 Yaaddoo cimaa Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- tokkichummaa Rabbiitif qabanii fi sodaa cimaa qabrii guddisuu irraa qabaniidha; sababni isaas sun gara shirkitti waan nama geessuf jecha.
 Yahuudoota, Kiristaanotaa fi namoota dalagaa akka isaanii kan akka qabrii irratti waan ijaaru fi isii masjiida taasifachuudhaa dalagan abaaruun akka danda'amuudha.
 Qabrii irratti ijaaruun karaa Yahuudotaa fi kiristaanotaa keessaa tokko yoo ta’u, hadiisicha keessa isaanitti fakkaachuu irraa dhoorguutu jira.
 Qabrii birattii fi isitti gara galanii salaatuun qabrii masjiida taasifachuu irraa lakkaa'amaadha, osoo masjiidni ijaaramuu baatellee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Torban balleessituu taate irraa fagaadhaa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee _Rabbi isa irraa haa jaallatu_ Nabiyyiin _Rabbiin rahmataa fi nageenya isaan irratti haa buusu_ akkana jedhan: «Torban balleessituu taate irraa fagaadhaa» ni jedhan (sahaaboonni): yaa Ergamaa Rabbii maali isaan? isaanis ni jedhan: «Rabbitti shaarrakuu, haqaan maletti lubbuu Rabbiin haraama godhe ajjeesuu, dhala nyaachuu, qabeenya yatiimaa nyaachuu, guyyaa lolaa baqachuu fi shamarran mu'umintootaa tikfamoo ta'an kan haraama quba hin qabne maqaa isaanii baalagummaan xureessuudha».</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Rasuulli Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ummata isaanii dilii fi badiiwwan balleessituu taate torba irraa akka fagaatan ajajan, isiin maali jedhamee yeroo gaafatamanitti? ifa isii godhanii himan, isiinis:
 Tokkoffaan: Rabbitti waan biraa qindeessuudha, bifa kamiinuu ta'u fakkaataa fi hiriyaa isaaf taasisanii, gosa gabbartii irraa isa kamuu waan Rabbbiin malee jiruuf dabarsanii kennuudha, shirkiin waan irra guddaa badii ta'eef jecha isaan eegalan.
 Lammaffaan: falfala -inni waan hidhaa, ruqaa, dawaa fi aarsuu irraa ta'edha- inni nama falfalli itti godhame ajjeesuun, ykn dhukkubsuun qaama isarratti dhiibbaa fida, ykn haadha manaa fi abbaa manaa adda baasa, inni hojii shayxaanaati, irra hedduun isaa shirkii fi lubbuuwwan badduutti waan isiin jaallattuun itti dhihaachuun malee itti hin ga'amu.
 Sadaffaan: lubbuu Rabbiiin isii ajjeessuu irraa dhoorge karaa shari'aan eeyyamu kan bulchaan raawwatuun alatti ajjeesuudha.
 Afraffaan: nyaachuunis ta'ee, yookaan karaa biraatiin itti fayyadamuun ta'ee dhala (ribaa) fudhachuudha.
 Shanaffaan: qabeenya ijoollee xiqqoo osoo inni hin baallaghin abbaan isaa du'etti daangaa darbuudha.
 Ja'affaan: lola kaafiraan woliinii irraa dheeysuudha.
 Torbaffaan: shamarran bilisa ta'an kan sagaagalummaa irraa tikfamoo ta'an maqaa xureessuudha, akkasuma dhiiras maqaa xureessuun.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Badiiwwan gurguddoon torba qofaan hin daangeffamtu, isii kana addatti dubbachuun waan isiin guddoo fi hamtuu taateef jecha.
 Haqaaan yoo ta'e lubbuu ajjeesuun eeyyamamuu hadiisicha irraa hubanna, sun akka gumaa baasuu, amantaa irraa garagaluu fi eega fuudhanii sagaagalummaa hojachuudhaati, sana bulchaa shari'aatu hojii irra oolcha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Yaa Rabbi qabrii koo taabota hin taasisin</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- akkana jedhan: "Yaa Rabbi qabrii koo taabota hin taasisin, Rabbiin ummata qabrii Nabiyyoota isaanii masjiida taasifatan abaaree jira".</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Qabrii isaanii akka xaa'ota namoonni isa guddisuu fi sujuuda keessatti isatti garagaluun isa gabbaru akka hin taasifne Rabbiin kadhatan, eegasii akka Rabbiin nama qabrii anbiyootaa masjida taasifate rahmata isaa irraa fageessee fi ari'e himan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan isii masjiida taasifachuun gara isii gabbbaruu fi isiitti amanuutti nama geessuuf jecha isii masjiida taasifatuu irraa dhoorgan.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Qabrii Nabiyyootaa fi namoota gaaggaarii keessatti daangaa shari'aa darbuun Rabbii gaditti akka gabbaramtu isii taasisa, kanaafuu karaawwan gara shirkiitti nama geessan irraa eeggachuun dirqama ta'a.
 Qabrii guddisuu fi gabbaruuf jecha gara isii deemuun hin ta'u, abbaan qabrichaa hanga fedhe Rabbitti yoo dhihaatellee.
 Qabrii irratti masjiidota ijaaruun haraama ta'uudh.
 Qabrii biratti salaatuun haraama osoma masjidni hin ijaaramnelleedhaa, yoo salaata janaazaa isii irratti hin salaatamin ta'e malee.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[ahmad odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3336</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>Fakkeenyi nama daangaa Rabbii irra dhaabbatuu fi nama daangaa sana keessatti argamuu, akka fakkeenya ummata doonii irratti hixaa buufatanii, gariin isaanii gubbaa doonii argatanii, gariin immoo jala ishee argataniiti</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
     <t>Nu'umaan bin Bashiir irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: "Fakkeenyi nama daangaa Rabbii irra dhaabbatuu fi nama daangaa sana keessatti argamuu, akka fakkeenya ummata doonii irratti hixaa buufatanii, gariin isaanii gubbaa doonii argatanii, gariin immoo jala ishee argataniiti. Eegasii warri jalaa bishaan yeroo barbaadan warra isaan gubbaa jiran irra darbanii waan waraabbataniif jecha ni jedhan: warra nu gubbaa osoo miidhuu baannee, qooduma keenya kana keessan qaawa baafannee, yoo jarri kuun jara kanaa fi waan isaan barbaadan itti dhiisan hundi isaanituu ni halaakaman, yoo harka isaanii qaban immoo isaan kun nagaa bahanii, isaan hundinuu nagaa bahu". 
 ​</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- warra daangaa Rabbii kabachiisan, ajaja Isaa irratti gadi dhaabbatanii fi waan gaaritti ajajanii waan hin taane irraa dhoowwaniif fakkeenya kaa'aniiru, Akkasumas warra daangaa Rabbii cabsan, kan waan gaarii hojachuu dhiisanii, waan hamaa hojjatanii fi hawaasni nagaa ta'uu keessatti dhiibbaa inni qabuuf fakkeenya kaa'an, sun akka fakkeenya ummata doonii yaabbatanii, isaan keessaa gubbaa doonii eenyuutu taa'aa fi jala ishee eenyuutu taa'aa irratti hixaa buufatanii, gariin isaanii gubbaa argatee gariin immoo jala argateeti, isaan jalaa bishaan waraabbachuu yeroo barbaadan isaan isaanin gubbaa jiran bira darbu, Warri jalaa ni jedhan:- warra nu gubbaa akka hin rakkifneef osoo Bakkuma keenya kanatti qaawa bishaan irraa waraabbannu baafannee, osoo warri gubbaa sana akka hojjatan isaan dhiisanii silaa doonin isaanuma hundaan bishaan keessa lixxe, yoo sana hojjachuu irraa isaan dhoorgan immoo isaan hundinuu nagaa bahan.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Hawaasa badii irraa baraaruu keessatti barbaachisummaa waan gaariitti ajajuu fi badii irraa dhorguun qabuudha.
 Maloota barsiisuu keessaa inni tokko hiikowwan bifa waan qabatamaa taheetiin sammuuf dhiheessuuf jecha fakkeenya kaa'uundha.
 Badii mul’atu hojjachuun balaaleffannaan jiraachuu dhabuu waliin hawaasa irratti miidhaa geessisa.
 Warra dachii keessatti badii hojjatan dhiisuun halaakamuu (baduu) hawaasatiif sababaa guddaadha ta'a.
 Gochi dogoggora taanaan niyyaan gaariin qofti hojiin tokko gaarii ta'uuf gayaa miti.
 Itti gaafatamummaan hawaasa muslimaa keessatti qooddatamaadha malee nama tokko qofarratti hin dhaabbattu.
 Yoo hin balaaleffatamne Badii dhuunfaatif jecha ummanni guutuun adabamuudha.
 Warri hojii badaa hojjetan akkuma munaafiqootatti hojii isaanii badaa toltuu fakkeessanii hawaasaaf dhiheessu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3341</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>''Ani shirkii irraa irra dureessa (sooressa) shariikotaati, namni hojii tokko hojjatee isa keessatti Ana waliin waan biraa qindeesse, isaa fi shirkii isaa nin dhiisa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Abuu hurayraa irraa -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isa irratti haa buusu- ni jedhan: ''Rabbiin ol ta'e ni jedhe: ''Ani shirkii irraa irra dureessa (sooressa) shariikotaati, namni hojii tokko hojjatee isa keessatti Ana waliin waan biraa qindeesse, isaa fi shirkii isaa nin dhiisa".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isa irratti haa buusu- Rabbiin ol ta'ee guddate akkana jedhe jechuudha himan: Inni shirkii irraa irra dureessa shariikotaati, inni waan hunda irraa dureessa, ilmi namaa hojiilee kheyrii irraa yeroo hojii tokko Rabbiif jecha hojjatee Isaan (Rabbiin) waliin waan biraa isa keessa galche, Rabbiin isa dhiisa, hojii sana isa irraa hin qeebalu, inumaayyuu hojii sana isarratti deebisa; Hojii Rabbii ol ta'eef qulqulleessuun dirqama ta'a, waan Inni (Rabbiin) -qulqullaa'e- waan fuula Isaa kabajamaaf qulqulluu ta'e malee waan biraa hin qeeballeefi.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Gosa shirkii hunda irraa sodaachisuu, waan inni (shirkiin) hojiin qeebalamuu irraa dhoorgaa ta'eef jecha.
 Hojii Rabbiif qulqulleessuu irratti wantoota nama gargaaran keessaa, durummaa fi guddina Rabbii yaadachuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3342</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى</t>
+    <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>Guyyaa qiyaamaa namichi ni fidama, ibidda keessa buufamee, meeshaan garaa isaa keessaa yaatee, akka harreen baaburaan naanna'utti isiidhaan naannawa</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>Usaamaa ibnu Zayd irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: usmaanitti ol seentee hin haasofsiiftuu? isaan jedhame, innis ni jedhe: isin dhageessisu malee haasawuu hin qabu jettuu? Rabbiinan kakadha balbala dubbii jalqaba nama isa banee ta'uu hin barbaanne osoon hin banin gidduu kootii fi gidduu isaatti dhugumatti haasofsiisee jira, nama tokko kan ajajaa na irratti ta'uun: inni irra caalaa namaati hin jedhu, boodan ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuu dhaga'ee: «Guyyaa qiyaamaa namichi ni fidama, ibidda keessa buufamee, meeshaan garaa isaa keessaa yaatee, akka harreen baaburaan naanna'utti isiidhaan naannawa, worri ibbiddaa isa ilaaluuf wolitti qabamanii akkas jedhu: yaa ebelu maaltu si mudate? toltuutti ajajdee badii irraa dhoorgaa hin turree? innis ni jedha: ee dhugaadha akkasin ture, dhugaan toltuutti ajajaan ture ofiif immoo isa hin hojjadhu, akkasuma badii irraas dhoorgaan ture ofiif immoo isan hojjadha».</t>
   </si>
   <si>
     <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
 ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
 فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
   </si>
   <si>
     <t>Usaamaa ibnu zaydiin -Rabbi isa irraa haa jaallatu- usmaan ibnu affaanitti ol seentee -Rabbi isa irraa haa jaallatu- fitnaa namoota gidduutti argame irraa haasofsiiftee bu'uuraan isa hiikuuf hin tattaaffattuu jedhameen, innis fitnaa osoo hin kaasin maslahaaf jecha iccitiin akka isa haasofsiisee jiru isaan beeksiise, kaayyoon isaa hawaasatti mul'isuun ajajoota mormuun, sababaa ittiin khaliifaatti ol hiixatan ta'uu waan hin barbaanneefi, inni ulaa fitnaa fi hamtuuti jalqaba nama isa banee ta'uu hin barbaadu.
 eegasii Usaamaanis -Rabbi isaan irraa haa jaallatu- ni jedhe: inni ajajoota iccitiin isaan gorsa kana irratti immoo amiira yoo ta'ellee nama tokkoof fakkeessee bira hin dabru, sun booda nabiyyiidhaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhanuu dhaga'eeti, guyyaa qiyaamaa namichi fidamee, ibidda keessa buufamee, jabina ho'aatii fi adabbii irraa kan ka'e meshaan garaa isaa ariitiidhaan keessaa ba'uun, haaluma kanaan mar'imaan garaa isaa waliin akka harreen naannawa baabura isa waa daakuu naannoftutti ibidda keessa naannawa, worri ibiddaa naannawa isaatti akka geengoo isatti marseetti wolitti qabamanii, akkas jechuun isa gaafatani: yaa ebelu, toltuutti ajajdee badii irraa dhoorgita hin turree?!
 innis ni jedha: eeyyeen toltuuttin ajajaan ture garuu ofii kootiif isa hin hojjadhun ture, akkasuma badii irraas nan dhoorgan ture garuu isan hojjadhan ture.</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>Angaa'ota gorsuu keessatti bu'uurri gidduu isaatii fi gidduu isaaniitti ta'uu fi  hawaasa bal'aa gidduutti isa haasawuu dhabuudha.
 Nama jechi isaa gocha isaa faallessuuf dinniina jabaatu keessa jira.
 Ajajootaa woliin namuusa qabaachuu fi isaaniif garaa laafuu, akkasuma toltuutti isaan ajajanii badii irraa isaan dhoorguu.
 Haqa keessatti ajajootaaf fakkeessuu fi faallaa isaa waan agarsiisu mul'isuu balaaleffachuutu keessa jira, akka nama dharaan faarsuutti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3345</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>Ani gara Rabbiittan of qulqulleessa isin irraa jaalalleen anaaf ta'uu irraa, dhugumatti Rabbiin ol ta'e jaalallee na taasifatee jira, akkuma ibraahimiin jaalallee taasifatetti</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Jundub irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Osoo hin du'iniin duratti guyyaa shaniin Nabiyyiidhaa akkas jedhuun dhagahe: "Ani gara Rabbiittan of qulqulleessa isin irraa jaalalleen anaaf ta'uu irraa, dhugumatti Rabbiin ol ta'e jaalallee na taasifatee jira, akkuma ibraahimiin jaalallee taasifatetti, osoon kan ummata koo irraa jaalallee taasifadhu ta'ee silaa Abuu Bakiriinan jaalallee taasifadha, dhagahaa! worroonni isiniin dura turan qabrii nabiyyootaa fi gaggaarota isaanii masjiidota taasifataa turan, dhagahaa! qabriiwwan masjiidota hin taasifatinaa, ani sana irraan isin dhoorga''.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Nabiyyin -Rabbiin rahmataa fi nageenya isa irratti haa buusu- sadarkaa isaanii kan Rabbiin biratti qaban irraa dubbatan, isiin dhugumatti irra olaanaa sadarkaa jaalalaa irra geesse, akkuma Ibraahiim isii argatee jirutti -nageenyi isa irratti haa jiraatu- kanaaf Rabbiin malee jaalalleen biraa isaanif ta'uu morman; waan qalbiin isaanii jaalala Rabbii ol ta'ee, Isa guddisuu fi Isa beekuun guutameef jecha, Rabbiin malee waan jiruuf eenyuufuu bal'achuu hin danda'u. Osoo uumamtoota irraa jaalalleen kan isaanif ta'u ta'ee silaa Abuu Bakir assiddiiqtu ta'aaf ture -Rabbiin isa irraa haa jaallatu- Eegasii jaalala keessatti daangaa eeyyamame darbuu irraa sodaachisan, akka yahuudaanii fi nasaaraan qabrii nabiyyootaa fi gaggaarota isaaniitti hojjatanitti, hanga gooftota shariika Rabbii gaditti gabbaraman taasifatanitti, qabrii isaanii irratti masjiidotaa fi bakka gabbartii ijaaran, ummata isaanii fakkaataa hojii jira kanaa  hojjatuu irraa dhoorgan -Rabbiin rahamataa fi nageenya isa irratti haa buusu-</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Sadarkaa Abuu Bakir assiddiiq -Rabbiin isa irraa haa jaallatu- qabuudha, inni dugumatti irra caalaa sahaabotaa fi booda du'a Rasuulaatiis -Rabbiin rahmataa fi nageenya isa irratti haa buusu- bakka bu'ummaaf irra haqa godhataa namootaa ta'uu.
 Qabrii irratti masjiiidota ijaaruun badiiwwan ummatoota dura darbanii irraa ta'uu.
 Qabrii iddoo ibaadaa taasifatanii isii biratti salaatamuun, yookaan gara isitti salaatamuun dhoorgaa ta'uu, akkasumas isii irratti masjiidoonni ijaaramuu, ykn qubbaawwan ijaaramuun dhoorgaa ta'uudha, sababaa sanaatiif shirkii keessa seenuu sodaaf jecha.
 Namoota gaggaarii keessatti daangaa darbuun waan gara shirkitti nama geessuuf jecha isarraa sodaachisuudha.
 Hammeenya waan Nabiyyiin -Rabbiin rahamataa fi nageenya isa irratti haa buusu- irraa sodaachisanii, akkuma du'a isaanitiin dura halkan shaniin gadi jabeessanii himanitti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3347</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>Ani nama baayʼee bishaan (mazyiin) qaama saalaa irraa dhangala'u ture, intalti isaanii waan nabira jirtuuf jecha Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafachuu saalfadheetiin Miqdaad ilma Aswad akka isaan naaf gaafatuuf jecha ergee, gaafatee jennaan, isaanis akkana jedhan: “Qaama saalaa isaa dhiqatee wuduu’a godhata</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>Aliyyi irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkas jedhe: Ani nama baayʼee bishaan (mazyiin) qaama saalaa irraa dhangala'u ture, intalti isaanii waan nabira jirtuuf jecha Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafachuu saalfadheetiin Miqdaad ilma Aswad akka isaan naaf gaafatuuf jecha ergee, gaafatee jennaan, isaanis akkana jedhan: “Qaama saalaa isaa dhiqatee wuduu’a godhata". Akka Bukhaariin gabaasetti immoo akkana jedhan: “wuduu’a godhadhuutii qaama saalaa kee dhiqi”.
 ​</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>Aliyyii bin Abii Xaalib -Rabbiin isa irraa haa jaallatu- yeroo baay’ee mazyiin akka isa irraa bahu hime -innis bishaan qal'aa mucucaataa kan yeroo fedhii saalaa ykn walqunnamtii saalaa dura qaama saalaa irraa bahuudha. Maal gochuu akka qabu hin beekne, Rasuulas -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafachuu saalfate, Sababni isaas Abbaa manaa Faaximaa intala Rasuulaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan ta'eef jecha, 
 ​ Kanaafuu Miqdaad bin Aswad irraa waa’ee sanaa akka Rasuula -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaaf  gaafatu barbaade, Isaanis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jechuun deebisaniif: Qaama saalaa dhiqateeti eegasii wuduu'a godhata.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Aliyyii bin Abii Xaalib -Rabbiin isa irraa haa jaallatu- saalfachuun nama birootinis ta'u gaaffii irraa kan isa hin dhoorgin ta'uun sadarkaa isaa muldhisaadha.
 Fatwaa gaafachuu keessatti nama biroo bakka buufachuun ni danda'amaadha.
 Yoo bu'aa wahiitif ta'e namni tokko ofii isaa irraa waan saalfii tokko nama birootti himuun ni danda'amaadha.
 Mazyiin (bishaan fedhii  saalaatiin bahu) najisa ta'uu fi qaama fi uffata irraa isa dhiquun dirqama ta'uudha.
 Bahiinsi mazyii wantoota wuduu’a diigan keessaa isa tokkoodha.
 Hadiisa biraa keessatti waan dhufee jiruuf qaama saalaa fi killee (cidhaan) lameen dhiqachuun dirqama ta'uudha</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>''Manneen keessan qabrii hin taasisinaa, akkasuma qabrii koos iida hin taasifatinaa (kan itti deddeebi'amee ayyaaneffatamu), salawaata narratti buusaa; salawaanni keessan bakkuma jirtanu irraa na qaqqabaa''</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jedhan: ''Manneen keessan qabrii hin taasisinaa, akkasuma qabrii koos iida hin taasifatinaa (kan itti deddeebi'amee ayyaaneffatamu), salawaata narratti buusaa; salawaanni keessan bakkuma jirtanu irraa na qaqqabaa''.</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- manneen akka qabrii isii keessatti hin salaatamneetti salaata irraa ona taasisuu irraa dhoorgan. Akkasuma qabrii isaanii deddeebi'anii ziyaaruu fi isa biratti akkaataa baratamaa ta'een wolitti qabamuu irraa dhoorganiiru; waan sun karaa shirkiitti nama geessu ta'eef jecha. Akkasuma dachii keessatti iddoo kamittuu rahmataa fi nageenya  isaan irratti buusuutti ajajan, dhugumatti sun dhihoos ta'ee fagoo irraa battaluma tokkotti waan isaan qaqqabuufi, kanaafuu qabrii isaanitti deddeebi'uuf dhimmi hin jiru.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Manneen ibaadaa Rabbii ol ta'ee irraa onsuu irraa dhoorguudha.
 Qabrii Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ziyaaruuf imaluu irraa dhoorguudha; waan isaan salawaata isaan irratti buusuu ajajanii, sun akka isaan qaqqabus himaniif jecha, galaan kan hidhatamuuf masjiida ziyaaruu fi isa keessatti salaatuu qofaafi.
 Ziyaaraa qabrii Nabiyyichaa -Rabbiin rahamataa fi nageenya isaan irrattu haa buusu-  iida taasifachuun haraama ta'uudha, Haala addaa ta'eefi yeroo addatti qabame keessatti ziyaaraa isaa irra deddeebi'uun, akkasuma ziyaaraa qabrii hundaayyuu.
 Yeroo hundaa fi iddoo hundatti rahmataa fi nageenya isaan irratti buusuu karaa gochuun, Karaamaa Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irrattu haa buusu- Rabbii isaanii birratti qaban agarsiisa.
 Qabrii biratti salaatuu irraa dhoorguun sahaabota biratti waan beeekamaa ta'eef; Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- manneen akka qabrii keessatti hin salaatamnee taasifamuu irraa dhoorgan.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[abuu daawud odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>Waan Rabbii fi ebalu fedhe hin jedhinaa, garuu akkana jedhaa: Waan Rabbiin fedhe, eegasii waan ebalu fedhe</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Hudheyfaa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: "Waan Rabbii fi ebalu fedhe hin jedhinaa, garuu akkana jedhaa: Waan Rabbiin fedhe, eegasii waan ebalu fedhe".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Muslimni tokko haasaa isaa keessatti akkana jechuu irraa dhoorgan: “Waan Rabbii fi ebalu fedhe", Yookaan Waan Rabbii fi ebalu fedhe; Sababni isaas fedhiin Rabbii guutuu namni tokkolleen Isa waliin hin qooddanne waan ta'eef jecha. Qubee “waaw” fayyadamuun namni biraa Rabbiin waliin qooda qabaachuu fi walqixxummaan akka gidduu isaan lameenii jiru agarsiisa. Garuu akkas haa jedhu: waan Rabbiin fedhe, eegasii ebalu fedhe, "Fi" fayyadamuu dhiisee "eegasii" fayyadamuun Fedhiin gabrichaa fedhii Rabbii jala kan deemtu taasisuudha qaba; sababni isaas "eegasii" jechuun wanni booda irra dhufu waan dura dabre irraa xiqqoo turee dhufuu waan fayyadduuf jecha.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
@@ -2902,741 +2974,741 @@
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>“Waan Rabbii fi ati feete” jechuu fi jechoota irraa waan isa keessa "fi"dhaan waan biraa Rabbitti hidhuun jiru irraa wanni sana fakkaatu dhoorgaa ta'uudha; sababni isaas inni waan shirkii dubbiiwwanii fi jechootaa irraa ta'eef jecha.
 Akkana jechuun ni danda'amaadha: "Waan Rabbiin fedhe, Eegasii waan ati feete", akkasumas waan isa keessa waan biraa "eegasii" jechuun Rabbitti hidhuun jiru irraa wanni sana fakkaatu ni danda'amaadha; sababni isaas isa keessa wanni sodaatamu waan hin jerreef jecha.
 Fedhii Rabbii fi gabrichaaf mirkaneessuu fi fedhiin gabrichaa  fedhii Rabbii ol ta'ee jala deemtuu akka taate ibsuudha.
 Osoo jechaanilleen taatee Fedhii Rabbii keessatti uumama qindeessuu irraa dhooguudha.
 Namichi yeroo dubbatu Bal'inaa fi guutummina keessatti fedhiin gabrichaa akka fedhii Rabbii ol ta'eeti jedhee kan yaadu yoo ta'e, yookaan gabrichaaf fedhii of danda'eetu jiraa yoo yaade inni shirkii guddaadha, yoo isaa gadi jedhee kan yaadu ta'e immoo inni Shirkii xiqqaadha.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Karaaleen isaa yoo walittiqabame sahiiha]</t>
   </si>
   <si>
     <t>[abuu daawudii,odeesse. nsaa'iinis kubraa keessatti odeesse, ahmadis odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>“Dhugumatti Rabbiin ni hinaafa, muuminnis ni hinaafa, hinaaffaan Rabbii immoo muuminni waan Rabbiin isa irratti haraama godhe hojjachuudha”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: “Dhugumatti Rabbiin ni hinaafa, muuminnis ni hinaafa, hinaaffaan Rabbii immoo muuminni waan Rabbiin isa irratti haraama godhe hojjachuudha”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-akkuma muumanni hinaafee jibbu, Rabbiinis hinaafee jibba, sababni hinaaffaa Rabbii ammoo muuminni gocha safuu hin qabne (haraama) kan akka saalqunnamtii haraamaa, dhiirti dhiira qunnamuu, hannaa, dhugaatii alkoolii dhuguu fi badii biroo raawwachuu akka ta'e himan.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Dhoorgaan Isaa yeroo sarbametti dallansuu Rabbiitii fi adabbii Isaa irraa of eeggachuun barbaachisaa akka ta'eedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3354</t>
   </si>
   <si>
-    <t>لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ</t>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>Karaa warra isin dura turanii taakkuu taakkuun, dhundhuma dhundhumaan Rabbitti kakadhee hordofuuf teessan</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-Khudrii irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jaalatu- akkana jedhan: «Karaa warra isin dura turanii taakkuu taakkuun, dhundhuma dhundhumaan Rabbitti kakadhee hordofuuf teessan, Osoo isaan boolla wakkallee keessa seenanillee isin isaan ni hordoftan» ni jenne: Yaa Ergamaa Rabbii! Yahuudaa fi Kiristaanaa isaan? isaanis ni jedhan: «Eenyu ree?»</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- waan booda bara isaanitii haalli ummata isaanii tokko tokkoo irratti ta'u himan, kunis amantaa, gocha, aadaa fi duudhaa isaanii keessatti karaa Yahudootaa fi Kiristaanotaa hordofuudha, Hordoffii garmalee ta'e, taakkuu taakkuun, dhundhuma dhundhumaan, hanga yoo isaan boolla wakkallee seenanillee isaan kun isaan duuka isa seenanitti.</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Mallattoo Nabiyyummaa isaanii keessaa isa tokko, kunis kan ta'e wanti tokko osoo hin ta’in dura ni ta'a jedhanii dubbatanii akkuma isaan dubbatanitti argame.
 Amantii ykn ibaadaa ykn ayyaana ykn uffata isaanii keessatti Muslimoonni akka kaafirootatti hin faakkaanne dhoorguudha.
 Fakkeenya qabatamaan nama barsiisuun maloota barsiisa Islaamummaa keessaa isa tokkoodha.
 Wakkalleen: bineensa boolli isaa garmalee dukkanaa fi garmalee hafuura ajaa qabuudha, Innis bineensota garaan lafarra loo'an yoo ta'u, gammoojjii keessatti baay’inaan argama. Boolla wakkallee addatti wanni dubbataniif: Baay'ee dhiphina qabaachuu isaati fi gad galummaa isaatif jecha. kanuma waliinuu -faana isaanitii fi karaa isaanii hordofuu isaanii irraa kan ka'een- osoo isaan waan akkanatti dhiphaa ta'ee fi gad galoo ta'ee kana keessa seenanii isaanis inuma seenu, Rabbiin gargaarsifatamaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3355</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Namni waan Rabbiin malee jiruun kakate dhugumatti kafare, yookaan Rabbitti waan biraa qindeesse''</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Ibnu umar irraa odeeffamee -Rabbiin irraa haa jaallatu- dhugumaan inni namicha tokko kan akkas jedhu dhagahe: ka'abaadhaan kakadhe hin ta'u. ibnu Umaris ni jedhe: waan Rabbiin malee jiruun hin kakatamu, ani Rasuula Rabbiitii akkas jedhan dhagahe -Rabbiin rahamataa fi nageenya isaan irratti haa buusu-: "Namni waan Rabbiin malee jiruun kakate dhugumatti kafare, yookaan Rabbitti waan biraa qindeesse''.</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Namni waan Rabbiin, maqoowwan isaatii fi sifoowwan isaatiin ala jiruun kakate dhugaadhaan akka Rabbitti kafare yookaan shaarraksiise himan; kakuun waan isaan kakatame guddisuutti geessa, guddinni daangaa hin qabne kan Rabbii tokkichaa qofaati. Rabbii fi maqoowwan isaatii fi sifoowwan isaatiin malee hin kakatamu -Inni qulqullaa'e-. Kakaan kun shirkii xiqqaa irraayi; garuu yoo namni kakatu waan ittiin kakatu akka Rabbii ol ta'ee guddisutti yookaan isaa olitti guddisa ta'e; yeroo sana shirkii guddoo irraa ta'a.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Kakaan guddisuun haqa Rabbii qofa -inni qulqullaa'e ol ta'e- Rabbii fi maqoowwan isaatii fi sifoowwan isaatiin malee hin kakatamu.
 Bololii sahaabonni toltuutti ajajuu fi hamtuu irraa dhoorguu irratti qaban agarsiisa, keessattu badichi kufrii yookaan shirkitti kan rarra'u yoo ta'e.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3359</t>
   </si>
   <si>
-    <t>مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ</t>
+    <t>من عال جاريتين حتى تبلغا جاء يوم القيامة أنا وهو وضم أصابعه</t>
   </si>
   <si>
     <t>Namni dubara lama hanga umrii dargaggummaa ga’anitti guddise, anaa fi inni guyyaa qiyaamaa ni dhufna» jedhanii qubbeen isaanii walitti qaban</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ.</t>
   </si>
   <si>
     <t>ِAnas bin Maalik irraa akka odeeffametti- Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Namni dubara lama hanga umrii dargaggummaa ga’anitti guddise, anaa fi inni guyyaa qiyaamaa ni dhufna» jedhanii qubbeen isaanii walitti qaban.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن رُزِقَ باثنتين من البنات أو الأخوات، فقام عليهما بالمُؤنة والتربية والتوجيه للخير والتحذير من الشر ونحو ذلك حتى يَكْبُرَا ويَبْلُغا؛ جاء يوم القيامة هو والنبيُّ صلى الله عليه وسلم كهاتَين وضَمّ أصابِعَه السبابة والوسطى.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namni ijoollee dubaraa lama ykn obboleettii lama kennamee, hanga guddatanii baallaghanitti deeggersaan, tarbiyaan, kheyrii keessatti qajeelfama isaanif kennuun, hamtuu fi waan sana fakkaatu irraa isaan baqachiisuun isaan tajaajile; guyyaa Qiyaamaa innii fi Nabiyyiin -nagaa fi rahmanni irra haa jiraatu-akka quba lamaanii kanatti dhufan, quba agarsiiftuu fi quba gidduu walitti qabanii akkas jedhani.</t>
   </si>
   <si>
     <t>الثواب العظيم لمن قام على البنات بالمؤونة والتربية حتى يتزوجْن أو يبلغْن، وكذلك الأخوات.
 أجر القيام على البنات أعظم من أجر القيام على البنين؛ إذ لم يُذْكَر مثل ذلك في حقِّهم؛ وذلك لأجل أنَّ مؤنة البنات والاهتمام بأمورهن أعظم من أمور البنين؛ لأنهن عورات لا يباشِرْن أمورَهن، ولا يتصرفن تصرف البنين، وكذلك لأنهن لا يتعلق بهن طمع الأب بالاستقواء بهن على الأعداء، وإحياء اسمه واتصال نسبه، وغير ذلك، كما يتعلق بالذكر؛ فاحتيج في ذلك إلى الصبر والإخلاص من المنفق عليهن مع حسن النية؛ فعظم الأجر، فكان رفيق النبي صلى الله عليه وسلم يوم القيامة.
 علامات البلوغ للمرأة: إكمال خمس عشرة سنة، أو تحيض ولو قبل خمس عشرة سنة، أو نَبَتتْ لها العانة وهو الشعر الخشن حول القُبُل، أو بالاحتلام وهو إنزال المني في المنام.
 قال القرطبي: ويعني ببلوغهما وصولَهما إلى حال يستقلّان بأنفسهما؛ وذلك إنما يكون في النساء إلى أن يدخل بهن أزواجهن، فلا يعني به بلوغهما إلى أن تحيض وتُكلَّف؛ إذ قد تتزوج قبل ذلك فتستغني بالزوج عن قيام الكافل، وقد تحيض وهي غير مستقلة بشيء من مصالحها ولو تركت لضاعت وفسدت أحوالها، بل هي في هذه الحالة أحق بالصيانة والحفظ والقائم عليها لتكمل صيانتها فيرغب في تزويجها، ولهذا المعنى قال علماؤنا لا تسقط النفقة عن والد الصبية ببلوغها بل بدخول الزوج بها.</t>
   </si>
   <si>
     <t>Nama ijoollee dubaraa hanga isaan heerumanitti ykn baallaghanitti isaan deeggaruun tarbiyaa isaanif godhuun isaan tajaajileef mindaa guddaan akka jiruudha, akkasumas obboleewwan dubaraa.
 Mindaan ijoollee durbaa kunuunsuu mindaa ijoollee dhiiraa kunuunsuu caalaa guddaadha; Wanti akkasii isaan (ijoollee dhiiraa) irratti waan hin kaafamneef jecha; kunis deeggarsi  shamarranii fi xiyyeeffannaan dhimma isaaniif kennamu kan ijoollee dhiiraa caalaa waan ta’eef, akkasumas ijoolleen dubaraa akka qaama saalaatti waan ilaalamanif dhimma isaanii itti aananii akka ijoollee dhiiratti oofachuu waan hin dandeenyeef jecha, akkasumas fedhii abbaan diinota isaa irratti ol aantummaa argachuuf yaaluun isaan waan wal hin qabanneef echa, maqaa isaa jiraachisuu fi hidda dhaloota isaa itti fufsiisuu fi kan kana fakkaataniif akka dhiirota irraa kajeellaa qabanitti isaan irraa waan kajeellaa hin qabneef jecha; kanaaf sun nama baasii isaanif baasu irratti obsaa fi ikhlaasa barbaada, niyyaa gaarii waliin, sababaa kanaatiin mindaan isaa guddaa ta'ee, guyyaa qiyaamaa saahiba Nabiyyii -nagaa fi rahmanni irra haa jiraatu- ta'e.
 Mallattooleen baallaghuu dubartii: Waggaa kudha shan guutuudha, ykn dhiiga laguu arguudha osoo waggaa kudha shan durattillee ta'ee, ykn naannoo qaama saalaatti rifeensa biqiluudha, ykn hirriba keessatti abjuu arguudha, kunis hirriba keessatti bishaan sanyii fedhiin buusuu dha.
 Al-Qurxuubiin akkana jedhe: baallaghuu isaanitta kan fedhamu haala ofuma isaaniitiin walaba ta’anii jiraachuu irra ga’uudha. Kun dubartoota keessatti kan ta'u hanga abbaan manaa isaanii wal qunnamtii saalaa isaanitti raawwatutti waan ta'eef, hanga dhiiga laguu argitutee itti gaafatamummaa baattutti jechuu miti; Sana duratti heerumtee nama ishee deeggaru irraa of ga'u dandeessi waan ta'eef jecha, akkasumas osoo waa'ee isheetin of hin danda'in laguu arguu dandessi, haala kanaan yoo kan dhiifamtu ta'ee ni baddi haalli ishees ni bada, inumaayyuu haala kana keessatti, kunuunsaa fi eegumsa caalaatti ishee barbaachisa, akka haala gaariin bakka geessee carraa heerumaa argattuuf jecha, kanaaf eegaa ulamaa'onni akkana jechani: intala durbaa takka irratti baasii baasuun abbaa ishee irraa kan kufu isheen baallaghuun osoo hin taane heerumuu isheetiini.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3360</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>Hanga amantanitti Jannata hin seentan, hanga wal jaallattanitti hin amantan, waan yoo isa hojjattan wal jaallattanitti isin qajeelchuu? salaamtaa gidduu keessanitti waliin jechuu heddummeessaa”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: "Hanga amantanitti Jannata hin seentan, hanga wal jaallattanitti hin amantan, waan yoo isa hojjattan wal jaallattanitti isin qajeelchuu? salaamtaa gidduu keessanitti waliin jechuu heddummeessaa”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mu'umitoota malee namni biraa akka jannata hin seenne fi iimaanni akka hin guutamne, akkasumas hanga gariin isaanii garii jaallatutti haalli hawaasa muslimaas akka hin tolle ibsaniiru. Eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gara irra caalaa wantoota wal jaallachuuf sababaa ta'anitti qajeelchan, innis salaamtaa Rabbiin gabroota Isaatif kabajaa taasise gidduu muslimootatti waliin jechuu heddummeessuudha.
 ​</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Jannata seenuun iimaanan malee hin ta'u.
 Guutummina iimaanaa irraa Muslimni tokko waan ofii isaatiif jaallatu obboleessa isaatif jaallachuudha.
 Gidduu muslimootatti salaamtaa babal’isuun jaallatamaa ta'uudha; sababni isaas waan isa keessa gidduu namootatti jaalalaa fi nageenya babal'isuun jiruuf jecha.
 Salaamtaan muslima malee nama birootin hin jedhamu; sababbni isaas Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan akkana jedhaniif jecha: "Gidduu keessanitti".
 Salaamtaa waliin jechuu keessa wal muruu, waliin ooduu fi wal jibbuu balleessuutu jira.
 Gidduu muslimootatti wal jaallachuun barbaachisaa ta'uu fi innis guutummina iimaanaa irraa ta'uudha.
 Hadiisa biraa keessatti jechi salaamtaa guutuu ta'ee akkana jechuutu jira: "As-salaamu Aleykum warahmatullahi wabarakaatuh", akkana jechuunis: "As-salaamu Aleykum" ni gaya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3361</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>Hojii kamtu Rabbi biratti baay'ee jaallatama? isaanis akkana jedhan: "Salaata yeroo ishee eeggatanii salaatuudha", nan jedhe: Eegasii hoo? isaanis ni jedhan: “Abbaa fi haadhatti tola ooluudha", nan jedhe: Eegasii hoo? isaanis ni jedhan: "Karaa Rabbii keessatti duuluudha</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Abdullaah bin Mas'uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Akkana jedheetiin Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafadhe:  Hojii kamtu Rabbi biratti baay'ee jaallatama? isaanis akkana jedhan: "Salaata yeroo ishee eeggatanii salaatuudha", nan jedhe: Eegasii hoo? isaanis ni jedhan: “Abbaa fi haadhatti tola ooluudha", nan jedhe: Eegasii hoo? isaanis ni jedhan: "Karaa Rabbii keessatti duuluudha" ni jedhe (ibnu mas'uud): Waa’ee isaanii natti himan, osoon dabalataan isaan gaafadhee silaa naaf dabalu ture.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jechuun gaafataman: Hojiin Rabbi biratti baay’ee jaallatama isa kami? Ni jedhan: Salaata dirqama ta'e yeroo isaa kan Abbaan shari'aa tumeen salaatuudha. Eegasii Abbaa fi haadhatti tola ooluudha, gaarii isaanii gochuu, haqa isaanii bahachuu fi isaanitti mataa jajjabaachuu dhabuun, Eegasii jecha Rabbii ol ta'ee ol taasisuuf, akkasumas Amantii Islaamaa fi warra isaa irraa diina deebisanii mallattoowwan isaa muldhisuuf jecha karaa Rabbii keessatti lubbuu fi qabeenyan duuluudha.
 Ibnu Mas'uud -Rabbiin isa irraa haa jaallatu- akkana jedhe: waa’ee hojiiwwan kanaa natti himan, osoon : Eegasii kami? jedheenii silaa naaf dabalan.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Hojiileen akkaataa jaalala Rabbiin isaaniif qabuun wal caaluudha.
 Hojiilee irraa irra caalaa eegasii irra caalaa hojii hojjachuu irratti akka bololuuf Muslima kakaasuudha.
 Irra caalaa hojiilee irraa deebiileen Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka wal dhabbii namoota gaafataniitii fi haalowwan isaanitiin wal dhabuudha, akkasumas kan tokko tokkoo isaanitiif hedduu faaydaa qabeessa taheen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Munaafiqoota irratti salaanni akkaan ulfaataa ta’e, salaata Ishaa'ii fi fajrii yoo ta’u, osoo waan isaan lamaan keessa jiru beekanii osoo shorrooqiinsalleen taatee isaan lamaan ni dhufu ture</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii nagaa fi rahmatni irra haa jiraatuu akkana jedhan: "Munaafiqoota irratti salaanni akkaan ulfaataa ta’e, salaata Ishaa'ii fi fajrii yoo ta’u, osoo waan isaan lamaan keessa jiru beekanii osoo shorrooqiinsalleen taatee isaan lamaan ni dhufu ture, salaanni akka dhaabbattuuf ajaja dabrsee, eegasii nama namoota salaachisu ajaja itti kennee, sana booda dhiirota isaanin waliin tuulaan qoraanii jiru waliin deemee namoota salaata jamaa'aa hin dhufne irratti manneen isaanii dhugumatti ibiddaan gubuu yaadeera".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nageenyi fi rahmanni isaan irra haa jiraatu- waa’ee munaafiqootaa fi laafina isaan salaata irratti, keessattuu salaata lamaan Ishaa'ii fi Fajrii irratti qabanii fi mindaa jama'aa muslimootaa wajjiin isaan lamaan raawwachuu keessa jiru osoo beekanii, silaa harkaa fi jilbaan akka daa'imaatti shorroqanii isaan lamaan akka dhufan himan.
 Salaata jama'aa  ykn waloo masjiidatti  salaatuu dhabuun balaa hamaa akka tahe ibsuudha. Nabiyyiin -nagaa fi rahmanni isaan irra haa jiraatu- salaanni akka gaggeeffamu ajajanii, nama bakka isaanii bu'ee ummataan salaatu muudanii, eegasii dhiirota muka qoraanii baatan waliin deemanii dhiirota salaata jamaa'aa hin dhufne irratti maneen isaanii ibiddaan gubuu irratti dhugumatti murataniiru; hammeenya badii isaan raawwatan irraa kan ka'een, -garuu isaan akkas hin goone- sababni isaas dubartootaa fi ijoolleen cubbuu hin qabne, akkasumas namoonni biroo kan uzrii (rakkoo) qabanii fi badii tokkollee hin qabne manneen keessa waan jiraniif jecha.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Salaata jama'aa  ykn waloo masjiidatti  salaatuu dhabuun balaa hamaa akka tahe ibsuudha.
 Munaafiqonni ibaadaa isaanii keessatti nama agarsiifachuu fi dhageessifachuu malee yaada biraa waan hin qabneef, yeroo namoonni isaan argan malee gara salaataa hin dhufan.
 Salaata Ishaa fi Fajrii jama’aa waliin salaatuun mindaa guddaa akka qabuu fi osoo shorroqiinsalleen ta'ee isaan lamaan dhufuun barbaachisaa akka ta'eedha.
 Salaata Ishaa fi Fajrii salaatuun munaafiqummaa irraa nagaa ta'uu agarsiisa, isaan lamaan irraa hafuun ammoo mallattoolee munaafiqootaa keessaa isa tokko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3366</t>
   </si>
   <si>
-    <t>هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا</t>
+    <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>kun dhagaa erga woggaa torbaatamaatii ibiddatti darbame, inni hanga ammaatti ibidda keessatti gadi knkolaataa  ture hanga guyyaa hardhaa dhuma ibiddaa qaqqabetti</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin irraa haa jaalatu- ni jedhe: Ergamaa Rabbii woliin yeroo turre tokkotti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-, sagalee rifaasisaa dhaga'ani, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhani: «waan kun ta'e beektuu?» ni jedhe: Rabbumaa fi ergamaa isaatu beeka jenne, nabiyyiinis akkas jedhani: «kun dhagaa erga woggaa torbaatamaatii ibiddatti darbame, inni hanga ammaatti ibidda keessatti gadi knkolaataa  ture hanga guyyaa hardhaa dhuma ibiddaa qaqqabetti».</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم صوتًا مُزْعِجًا كسقوطِ جسمٍ من الأجسام، فسأل مَن عنده من الصحابة رضي الله عنهم عن ذلك الصوت، فقالوا: الله ورسوله أعلم.
 فقال لهم صلى الله عليه وسلم: إنَّ هذا الصوت الذي سمعتموه هو لحَجَرٍ رُمي به من شَفِيْر جهنم منذ سبعين عامًا، فهو يهوي ويسقط فيها، حتى انتهى إلى قَعرِها الآن حين سمعتم الصوت.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sagalee jeequ wohii akka qaamni wohii kufeetti dhaga'ani, sahaabota -Rabbiin isaan irraa haa jaallatu- isaan bira jiran sagalee sana irraa akkas jechuun gaafatani, isaanis Rabbumaa fi ergama isaatu beeka jedhani.
 Nabiyyiinis -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- akkas isaaniin jedhani: sagaleen isin dhageessan kun dhagaa erga woggaa torbaatamaatii fiixee jahannam irraa darbamee konkolaataa isii keessa gadi deemaa ture yeroo isiin sagalee isaa dhageessan kanatti dhuma isii qaqqabedha.</t>
   </si>
   <si>
     <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
 استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
 إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
   </si>
   <si>
     <t>Hojii gaariidhaan guyyaa Aakhiraatiif qophaa'uutti kakaasuu fi ibidda jahannam irraa sodaachisuutu keessa jira.
 Ilmi namaa waan beekumsa itti hin qabne keessatti beekumsa gama Rabbiitti hirkisuun jaallatamaa ta'uu isaa.
 Barsiisaan ibsuun duratti xiyyeefannaa fi dammaqiinsa uumuu; hubachiisuuf akka gargaaruuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3370</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Namichi tokko eddoo Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jiranitti bitaa isaatiin nyaatee jennaan isaan akkana jedhaniin: "Harka Mirga keetin nyaadhu", innis akkana jedhe: hin danda'u, isaanis ni jedhan: "hin danda'in</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>Salamaa bin Al-Akwa’i irraa odeeffamee -Rabbiin isa irraa haa jaallatu-: Namichi tokko eddoo Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jiranitti bitaa isaatiin nyaatee jennaan isaan akkana jedhaniin: "Harka Mirga keetin nyaadhu", innis akkana jedhe: hin danda'u, isaanis ni jedhan: "hin danda'in", Nama kana boona malee wanti biraa hin dhoorgine, ni jedhe: sana booda harka isaa sana gara afaan isatti ol hin fuune.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namicha tokko kan harka isaa kan bitaatiin nyaatu arganii, harka isaa kan mirgaatiin akka nyaatu ajajan, Namichis of tuulummaa fi sobaaf jecha hin danda'u jedhee isaanif deebii kenne! Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- harka mirgaatiin nyaachuu irraa akka hoongeffamu isa irratti du'aa'ii godhan. Rabbiin kadhaa Nabiyyii Isaa kan akka harki isaa kan mirgaa laamshoftu kadhatan isaanif qeebalee, namichi sun sana booda nyaataan yookaan dhugaatiin harka isaa sana gara afaan isatti ol hin fuune.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Harka mirgaatiin nyaachuun dirqama ta'uu fi harka bitaatiin nyaachuun dhorgaa ta'uudha.
 Murtii Shari'aa boonaf jecha hojii irra oolchuu dhabuun abbaa gocha sanaa adabbiif saaxila.
 Rabbiin Nabiyyii Isaa Muhammad -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kadhaa isaanii isaanif qeebaluun hangam akka isaan kabaje nama agarsiisa.
 Hanga yeroo nyaataa gayutti haala hunda keessatti waan gaariitti ajajuu fi waan  hamaa irraa  dhoorguun karaa ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>Namni qajeellumaatti nama waame mindaa akka mindaa warra isa duuka bu’eeti argata, sun mindaa isaanii irraa homaa hin hirdhisu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: "Namni qajeellumaatti nama waame mindaa akka mindaa warra isa duuka bu’eeti argata, sun mindaa isaanii irraa homaa hin hirdhisu, namni karaa jal'inaatti nama waame immoo dilii irraa fakkaataa diliiwwan warra isa duuka bu'aniitu isa irratti ta'a, sun diliiwwan isaanii irraa homaa hin hirdhisu".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama jechaan yookaan gochaan karaa dhugaa fi gaarummaan isa keessa jirutti namoota waamee kakaase mindaan akka mindaa warra isa duuka bu'anii osoo sun mindaa isaanii irraa homaa hin hirdhisne akka isaaf ta'u ibsan. Namni jechaan yookaan gochaan karaa sobaa fi hamaa dilii fi cubbuu of keessa qabutti nama waame immoo sun diliiwwan isaanii irraa osoo homaa hin hirdhisne faakkaataan dilii namoota isa hordofanii isa irratti ta'a.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Xiqqaatuu guddatuu karaa qajeellumatti nama waamuun sadarkaa inni qabuu fi waamaan fakkaataa mindaa nama hojjatee akka qabuudha, sun guddina tola Rabbiiti fi guutummina arjummaa Isaa irraayi.
 Xiqqaas ta'ee guddaa  karaa jal’inaatti nama waamuun rakkoo guddaa akka qabuu fi nama jal'inatti nama waamu irratti fakkaataan dilii nama dilii hojjatee akka jiruudha.
 Mindaan faakkaatuma hojiiti, kanaafuu nama gara kheyritti nama waamu fakkaataa mindaa nama kheyrii sana hojjateetu isaaf ta'a, nama gara baditti nama waamu immoo fakkaataa dilii nama dilii sana hojjateetu isa irratti ta'a.
 Namni Muslimaa tokko sababaa inni osoo namoonni isa arganii ifaan ifatti dilii raawwachuutiin akka namoonni badii keessatti fakkeenya isa hin godhanne of eeggannoo gochuudha qaba, inni osoo sana irratti nama kakaasullee baatee sababaa nama isa hordofeetiin yakkamaadha ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>Namoonni osoo isaan lubbuun jiranii qiyaamaan  isaan dhaqqabduu fi namoonni qabrii iddoo salaataa godhatan dhugumatti irra hamoo namootaa irraayi</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Abdullah ibnu Masu’uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhag'e: "Namoonni osoo isaan lubbuun jiranii qiyaamaan  isaan dhaqqabduu fi namoonni qabrii iddoo salaataa godhatan dhugumatti irra hamoo namootaa irraayi".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- warri osoo isaan lubbuun jiranii qiyaamaan isaan irratti taatuu fi warri qabrii masjiidoota isii biratti salaatanii fi gara isitti salaatan taasifatan irra hamoo namootaa irraa akka ta'an dubbatan.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Masjiidoota qabrii irratti ijaaruu haraamessuudha; waan inni gara shirkitti nama geessuuf jecha.
 Ijaarsa Masjiidaa malees qabrii biratti salaatuu haraamessuudha; Sababni isaas masjiidni iddoo sujuudaaf itti fayyadamaniif maqaa waan ta'eef jecha, osoma ijaarsi achi jiraachuu baatellee.
 Namni qabrii namoota gaggaarii isii keessatti salaatuuf jecha masaajida godhate, Rabbii ol ta'etti dhihaachuufan sana hojjadha osoo jedhellee inni irra badoo uumamaa irraayi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3375</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Dhugumatti wanti ani isiniif baay’ee sodaadhu shirkii xiqqaadha" Isaanis ni jedhan: Yaa Ergamaa Rabbii shirkii xiqqaan maali? Isaanis ni jedhan: “na argiidha</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Mahmuud bin Labiid irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-akkana jedhan: Dhugumatti wanti ani isiniif baay’ee sodaadhu shirkii xiqqaadha" Isaanis ni jedhan: Yaa Ergamaa Rabbii shirkii xiqqaan maali? Isaanis ni jedhan: “na argiidha, Rabbiin ol ta'e Guyyaa Qiyaamaa, yeroo namoonni hojiilee isaanitiif mindaa argatanitti akkana jedha: Gara warra dur addunyaa keessatti argisiifataa turtanii deematii mindaa akka isaan biraa argattan mee ilaalaa".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ummata isaanitiif wanti akkaan sodaatan shirkii xiqqaa ta’uudha himan, innis namni na haa arguuf waa hojjachuudha. Eegasii guyyaa qiyaamatti adabbiin warra nama agarsiifachuuf jecha Hojjetanii akka akkas isaanin jedhamuu ta'e himan: Gara warra isaanif jecha hojjataa turtanii deemaatii hojii sana irratti akka mindaa isiniif kennuu danda'an mee ilaalaa?!</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Hojii Rabbii ol ta'e qofaaf qulqulleessanii hojjachuu fi na argii irraa fagaachuun dirqama ta'uudha.
 Rifachuun Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ummata isaanitiif qaban, bololli isaan qajeelluma isaanitii qabanii fi gaarii isaanii yaaduun isaanii cimaa ta'uudha.
 Kuni sahaabota dureeyyii warra gaggaarii ta'aniif sodaa isaanii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yoo ta'e, namoota isaan booda dhufan irratti sodaachuun ni cima.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>Faana ilaallachuun (hoodannaan) shirkiidha, Faana ilaallachuun shirkiidha, Faana ilaallachuun shirkiidha, -yeroo sadii akkas jedhan-", Nurraa namni tokkolleen kan wanti sun qalbii isaa keessatti hin argamin hin jiru, garuu Rabbiin guddate tawakkulaan sana nurraa adeemsisa</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
     <t>Abdullaah bin Mas'uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: "Faana ilaallachuun (hoodannaan) shirkiidha, Faana ilaallachuun shirkiidha, Faana ilaallachuun shirkiidha, -yeroo sadii akkas jedhan-", Nurraa namni tokkolleen kan wanti sun qalbii isaa keessatti hin argamin hin jiru, garuu Rabbiin guddate tawakkulaan sana nurraa adeemsisa.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- faana ilaallachuu irraa akeekkachiisan, isheen simbirroo ykn wantoota lubbuu qaban ykn namoota qaama miidhamtoota ykn lakkoofsa ykn goyyoota ykn waan biroo irraa ta'ee waan dhaga'amu ykn mul'atu hunda irraa faana ilaallachuudha, Simbirroo wanni dubbataniif inni warra jaahiliyyaa biratti beekamaa waan ta'eef jecha, Ka’umsi isaa gocha akka imalaa ykn daldalaa ykn wantoota biroo eegaluuf yeroo jedhan simbirroo oofuudha, simbirroo sun yoo gara mirgaatti balali'e gaariitti yaadee waan gochuu barbaade itti fufa, gara bitaatti yoo balali'e immoo waan  hamatti yaadee gocha isaa irraa dhaabbata. Gochi kun shirkii akka ta'es himaniiru, faana ilaallachuun shirkii wanni ta'eef; kheyrii fidee hamtuu kan deebisu Rabbii tikkicha shariika hin qabne qofa waan ta'eef jecha.
 Ibnu Mas'uud -Rabbiin isa irraa haa jaallatu- faana ilaallachuun yeroo tokko tokko qalbii Muslimaa keessatti akka argamu eereera, garuu sababowwan hojjachuu waliin Rabbirratti hirkachuun of irraa deebisuun akka isa irra jirus eereera.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Faana ilaallachuun shirkiidha; Sababni isaas waan Rabbiin malee jirutti qalbiin rarra'uun waan isa keessa jiruuf jecha.
 Akka isaan kunuunfamanii fi qalbii keessatti ragga'aniif jecha dhimmoota barbaachisoo ta'an irra deddeebi'uun  barbaachisaa ta'uudha.
 Rabbii ol ta'e irratti hirkachuun faana ilaallachuu nama irraa dhabamsiisa.
 Rabbiin qofa irratti hirkachuu fi rarra'iinsi qalbii Isa qofatti akka ta'u ajajuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3383</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>akkas jenneen:  Ati gooftaa keenya, isaanis akkas jedhan: “Gooftaan Rabbiin qofa”, ammas nuti ni jenne: ati gama sadarkaatii irra caalaa keenya, akkasumas gama arjummaatii ati irra guddaa keenya, isaanis ni jedhan: “jecha keessan jedhaa, ykn garii  jecha keessanii jedhaa, Sheyxaanni waan fedhe akka isinitti hin fayyadamne”</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>Abdullaah bin Al-shikhiir irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Jiila warra Banii Aamiir waliin gara Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufee, akkas jenneen:  Ati gooftaa keenya, isaanis akkas jedhan: “Gooftaan Rabbiin qofa”, ammas nuti ni jenne: ati gama sadarkaatii irra caalaa keenya, akkasumas gama arjummaatii ati irra guddaa keenya, isaanis ni jedhan: “jecha keessan jedhaa, ykn garii  jecha keessanii jedhaa, Sheyxaanni waan fedhe akka isinitti hin fayyadamne”.</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Gareen tokko gara Nabiyyitti dhufanii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo isaan bira gahan jechoota tokko tokko kan Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hin jaallanneen isaan faarsan, Ni jedhan: “Ati gooftaa keenya”, Isaanis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhaniin: "Gooftaan Rabbiin qofa" Uumama Isaa irratti gooftummaa guutuu kan qabu Isuma qofa, uumamni hundi gabroota Isaati. Isaanis akkas jedhan: Ati "gama sadarkaatii irra caalaa keenya" gama kabajaatihis ati irra ol aanaa keenya. Ati “gama arjumaatii irra guddaa keenya” akkasumas ati gama kennaatii irra hedduu keenya. Eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haasaa isaanii kan barame akka dubbatan, jechoota hin jirre dubbachuuf akka hin rakkinnee fi gara daangaa darbuu shirkii fi wantoota shirkitti geessan irraa waan haraama ta'e keessa nama galchutti sheyxaanni akka isaan hin harkifne isaan qajeelchan.
 ​</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Lubbuu sahaaboota isaanii keessatti Guddina sadarkaa Nabiyyiiti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-, akkasumas kabajaa sahaaboonni isaanii isaanif qabaniidha.
 Jechoota keessatti of dirqisiisuu irraa dhoorguu fi yeroo dubbatan of qusachaa dubbachuun barbaachisaa ta'uudha.
 Jechoota fi gochoota towhiida irratti rakkoo fidan irraa towhiida eeguudha.
 Karaa ittiin  sheyxaanni namatti galuun keessaa tokko waan ta’eef daangaa darbuu irraa dhoorguudha.
 Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sayyida ilmaan Aadam yoo ta'an, wanni hadiisicha keessatti dhufe of gadi qabuu irraa kan ka'ee fi ummanni isaanii isaan keessatti daangaa darbuu sodaa irraa kan ka'eeniidha.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[abuu daawudiifii ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>ati ummata wohii kan worra kitaaba kennaman irraa ta'anitti dhufta, yeroo isaan bira dhuftetti haqaan gabbaramaan Allaaha malee akka hin jirree fi dhugumatti Muhammad ergamaa Allaahaa akka ta'e gara Ragaa ba'utti isaan waami</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- Mu'aaz ilma Jabaliin yeroo gara yamanitti isa erganitti ni jedhaniin: ''ati ummata wohii kan worra kitaaba kennaman irraa ta'anitti dhufta, yeroo isaan bira dhuftetti haqaan gabbaramaan Allaaha malee akka hin jirree fi dhugumatti Muhammad ergamaa Allaahaa akka ta'e gara Ragaa ba'utti isaan waami yoo isaan sana kan sirraa qeebalan ta'e, guyyaa fi halkan hunda keessatti akka Rabbiin isaan irratti salaata shan dirqama taasise isaanitti himi, yoo isaan sana kan sirraa qeebalan ta'e, Rabbiin zakaa dureessowwan isaanii irraa fuudhamtee hiyyeessota isaaniitti deebitu dhugumatti dirqama akka isaan irratti taasise isaanitti himi, yoo isaan sana kan siif qeebalan ta'e, adaraa qabeenyawwan isaanii qaqqaalii irraa of eegadhu, kadhaa miidhamaa sodaaadhu, dhugumatti isaa fi Rabbiin gidduu girdoon hin jiruutii''.</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu-yeroo Mu'aaz ilma Jabaliin -Rabbiin isa irraa haa jaallatu- gara biyya yamanitti gara Rabbiitti waamaa fi barsiisaa haala ta'een isa erganitti, uummata Nasaaraa irraa ta'an akka qunnamu isaaf ibsan; akka isaaniif qophii ta'uuf jecha, eegasii isaan waamuu keessatti irra yaachisaadhaan, eegasii irra yaachisaadhaan akka eegaluuf jecha. Jalqaba gara Aqiidaa sirreeffachuutti isaan waama; dhugaan gabbaramaan Allaaha malee akka hin jirree fi dhugumatti Muhammad ergamaa Allaaha akka ta'e ragaa ba'uudhaan. Isaan isiidhaan gara islaamummatti seenan waan ta'eef, yoo isaan sanaaf ajajaman salaata dhaabuutti isaan ajaja; waan isiin booda tawhiidaatii irra guddaa dirqamootaa taateef jecha. Yoo isii kan gadi dhaaban ta'e, dureessotni isaanii zakaa qabeenya isaanii hiyyeessota isaaniitiif akka kennan isaan ajaja, eegasii qabeenya isaanii caalaa fudhachuu irraa isa akeekkachiisan; dirqamni giddu galeessa waan ta'eefi. Eegasii miidhuu irraa akka fagaatu isaaf dhaaman; miidhamaan isa irratti akka hin kadhanneef jecha, kadhaan isaa qeebalamaa waan ta'eefi.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Hiikkaan shahaadaa "An Laa ilaaha illallaah'' jechuudhaa, gabbartiidhaan Rabbiin adda baasuudha, gabbartii waan Isa malee jiru dhiisuudha.
 Hiikkaan shahaadaa "Anna Muhammadan Rasuulullaah'' jechuudhaa: isaanii fi waan isaan isaan dhufaniinitti amanuudha, akkasumas isaan dhugeessanii, akka isaan dhuma ergamtoota Rabbii kan gara ilma namatti ergamanii ta'an fudhachuudha.
 Beekaa fi nama waa wal itti fakkaate haasofsiisuun akka wallaalaa haasofsiisuutii miti; kanaf Mu'aaziin "ati ummata kitaaba kennamanitti dhufta" jedhanii yaadachiisan.
 Barbaachisummaa muslimni amantaa isaa irratti hubannoo qabaachuun qabu, wal fakkaannaa fakkeessitootaa irraa akka qulqullaa'uuf jecha, sunis beekumsa barbaaduuni.
 Booda Rasuulli ergamaniitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dogongora ta'uu amantaa yahuudaa fi nasaaraati, isaan hanga amantaa islaamummaatti seenanii nabiyyitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-amananutti guyyaa qiyaamaa worra bilisa ba'an irraayii miti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3390</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ</t>
-[...2 lines deleted...]
-    <t>"Yaa ormana! amantii keessatti daangaa dabruu irraa fagaadhaa, baraa dhugumatti warra isin dura turan wanni balleesse amantii keessatti daangaa dabruudha</t>
+    <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
+  </si>
+  <si>
+    <t>Yaa ormana! amantii keessatti daangaa dabruu irraa fagaadhaa, baraa dhugumatti warra isin dura turan wanni balleesse amantii keessatti daangaa dabruudha</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaalatu- akkas jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ganama guyyaa Aqabaa haala gaala isaanii irratti ta'aniin akkana jedhan: "Dhagaa xixiqqaa akka cirrachaa naaf guuri" dhagaa  torba xixiqqan isaanif guure, isaanis dhagaa xixiqqaa akka dhagaa quba lameenin darbataniiti, eegasii isaan(Rasuulli) dhagaalee sana harka isaanii keessatti raasaa akkana jedhan: "fakkaattota isaan kanaatiin darbadhaa", eegasii ni jedhan:  "Yaa ormana! amantii keessatti daangaa dabruu irraa fagaadhaa, baraa dhugumatti warra isin dura turan wanni balleesse amantii keessatti daangaa dabruudha".</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ibnu Abbaas -Rabbiin isaan irraa haa jaallatu- hajjii dhaammannaa keessatti guyyaa qalmaa ganama yeroo Jamraa al-aqabaa darbatan Nabiyyii waliin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka ture hima, Dhagaa xixiqqaa boolla itti darbatan ofii isaanitiif guurutti isa ajajan, innis dhagaa xixiqqaa torba isaanif guure, tokkon isii irraa ta'e hanga firii shunburaati, Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isii harka ofii keessa kaa'aniiti isii sochoosanii akkana jedhan: Fakkaataa isiitiin darbadhaa, Eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- wantoota amantii keessatti daangaa darbuu irraa akeekkacchiisanii, amantii keessatti daangaa darbuun ummatoota amma dura darban akka balleesse himan.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Amantii keessatti daangaa darbuu irraa dhoorguu, booddeen isaa akka hamtuu taate fi inni sababaa halaakaa akka ta'e ibsuudha.
 Dogoggoroota isaan raawwatan irraa fagaachuuf jecha ummatoota irraa warra dabraniin gorfamuun akka barbaachiisaa ta'eedha.
 Sunnaa hordofuu irratti kakaasuudha.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[ibnu maajah, nasa'iifii ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3395</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>''Akka nasaaraan ilma Maryam faarsuu keessatti daangaa dabartetti yeroo na faarsitan daangaa hin darbinaa, ani garbicha Rabbii qofa: kanaafuu garbicha Rabbii fi ergamaa Isaati jedhaa</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Umar ilma Khaxxaab irraa odeeffamee -Rabbi isa irraa haa jaallatu- ni jedhe: Nabiyyiidhaa akkas jedhanin dhaga'e -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-: ''Akka nasaaraan ilma Maryam faarsuu keessatti daangaa dabartetti yeroo na faarsitan daangaa hin darbinaa, ani garbicha Rabbii qofa: kanaafuu garbicha Rabbii fi ergamaa Isaati jedhaa".</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sifowwan Rabbii ol taée fi hojii dhuunfaa Isaatiin isaan faarsuu fi haala isaanii ibsuu keessatti daangaa shari'aa darbuu irraa dhoorgan, yookaan isaan waan dhokataa ni beekan jechuudhaan, ykn Rabbiin waliin ni waammataman jechuudhaan, akkuma nasaaraan Iisaa ilma maryam -nageenyi irratti haa jiraatu- waliin dalaganitti daangaa shari'aa darbuu irraa dhoorgan. Eegasii isaan gabroota Rabbii keessaa tokko akka ta'an ibsan, akkasumas akka nuti isaan: garbicha Rabbii fi ergamaa Isaati jennu nu ajajan.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Kabajuu fi faarsuu keessatti daangaa shari'aa darbuu irraa sodaachisuudha; sun waan inni gara shirkiitti geessuuf jecha.
 Wanti Nabiyyiin irraa sodaachisan dhugumatti ummata kana keessatti argamee jira, gareen wohii ergamaatti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas hojjatte, gareen wohii immoo Ahlal baytiitti hojjatte, gareen biroo immoo woliyyootatti sana hojjatte, kanaan shirkii keessa galan.
 Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhugumaan akka garbicha Rabbi ta'etti of ibsan; isaan akka garbicha Rabbiif guddifame kan waan dhuunfaa Rabbii irraa waa tokkolleen isaanif kennamuun hin taane ta'uu ifa galchuuf jecha.
 Rasuulli Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka ergamaa Rabbii ta'an of ibsan; isaan dhugumaan ergamaa Rabbiin biraa ergame kan dhugoomsuu fi hordofuun isaa dirqama ta'e ta'uu ibsuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3406</t>
   </si>
   <si>
-    <t>لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ</t>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>Dhukkubni tokko (ofii isaatii) dabruun hin jiru, faana ilaallachuun hin jiru, ji’a safaraatti faana ilaallachuunis hin jiru, sagalee Hurunguutin(simbirrootin) faana ilaallachuun hin jiru, Akkuma leenca irraa baqattutti nama dhukkuba qumaaxaa qabu irraa baqadhu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame Rabbiin irraa haa jaallatu, akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Dhukkubni tokko (ofii isaatii) dabruun hin jiru, faana ilaallachuun hin jiru, ji’a safaraatti faana ilaallachuunis hin jiru, sagalee Hurunguutin(simbirrootin) faana ilaallachuun hin jiru, Akkuma leenca irraa baqattutti nama dhukkuba qumaaxaa qabu irraa baqadhu».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dhimmoota bara Islaamummaa duraa jiran tokko tokko irraa akeekkachiisuuf jecha ibsaniiru, akkasumas dhimmichi harka Rabbii qofa akka jiruu fi ajajaa fi murtii isaatiin malee wanti tokkolleen akka hin taane ibsuuf jecha, isaanis:
 Tokkoffaan: Ummanni bara Islaamummaa duraa dhibeen kun ofumaan daddarbaa ta’uu amanu ture, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dhibeen tokko uumamaan nama dhukkubsate irraa gara namoota birootti akka daddarbu amanuu dhoorgan. Rabbiin qofaatu uumama kana keessatti waan barbaade hojjeta, Isumaatu dhibee buusee deebisaasi, sunis fedhii fi murtoo isaatin malee hin argamu.
 Lammaffaan: Ummanni bara Islaamummaa duraa yeroo imalaaf ykn daldalaaf ba’uu barbaadan simbirroo kan oofan ta'an, yoo gara mirgaatti balali’e ni gammadu, yoo inni gara bitaatti balali'e ammoo abdii kutatanii duubatti deebi'u, kanaaf Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- simbirroon faana laallachuu kana irraa dhorganii, inni yaada sobaa akka ta’e ibsan.
 Sadaffaan: Ummanni bara Islaamummaa duraa akkana jedhaa turan: Hurunguun mana tokkorra yoo buute balaan warra mana sanii ni mudata; kanaaf Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- saniin faana ilaallachuu irraa dhoogan.
 Afraffaan: Ji’a safariin faana ilaallachuu irraa dhoorgan, innis akka lakkoofsa Hijratti ji'a lammaffaati, Safar jechuun inni: bofa garaacha keessa jiru kan horii fi nama faaluudha Jedhame. Inni namatti dabruu keessatti dhukkuba cittoo irra jabaadha jedhanii yaadu, kanaaf Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- waan akkasiitti amanuu dhoorgan.
 Shanaffaan: Nama dhukkuba juzaamatiin qabame irraa akkuma leenca irraa baqatanitti baqachutti ajajan, sunis lubbuu ofii eeguu, nageenya isheef barbaaduu fi sababoota Rabbiin itti ajaje raawwachuudha. Dhibeen Juzaamaa kun: Dhibee qaamni namaa isa irraa manca'uudha.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>Rabbiin irratti hirkachuu fi sababaa seera qabeessa ta’e hojjechuun dirqama ta'uudha.
 Qadaa fi Qadara Rabbitti amanuun dirqama ta'uudha, akkasumas sababoonni harka Rabbii keessa akka jiranii fi akka dhiibbaa fidan ykn hin finne kan godhu isuma qofaadha.
 Halluu adda addaa kan gurraachaa fi diimaatin, ykn lakkoofsa tokko tokkoon, maqoota, namoota fi qaama miidhamtootaan faana ilaallachuu irraa waan namoonni tokko tokko hojjetan balleessuudha.
 Namoota dhukkuba juzaamatin qabamanii fi dhukkuba daddarboo qabanitti dhihaachuu irraa dhorguun sababoota Rabbiin raawwachutti ajaje raawwachuu irraayi; Sababoonni ofii isheetin dhiibbaa fiduu hin dandeessu, Rabbiitu yoo fidhe akka isheen dhiibbaa hin finneef dandeettii ishee irraa mulqa, yoo fedhe ammoo dandeettii hanbiseefii akka dhiibbaa fiddu ishee taasisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3407</t>
   </si>
   <si>
-    <t>فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ</t>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>Rabbiin kakadhee gaala diimaa qabaachuu irra nama tokko Rabbiin sababaa keetin qajeelchuutu siif caala</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
     <t>Sahl bin Sa'ad irraa odeeffame Rabbiin irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- Guyyaa Kheybar akkana jedhan: «Boru alaabaa kana nama Rabbiin harka isaa irratti injifannoo fidutti, kan inni Rabbii fi Ergamaa Isaa jaallatu, Rabbii fi Ergamaanis kan isa jaallattanittin kenna». ni jedhe (Sahl): ummanni isaan keessaa isa kamitti kennama jedhanii yaaduudhaan halkan sana dabarsan, Yeroo bari'u ummanni gara Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- hundi isaanii akka kennamuuf abdatanii deeman, ni jedhan (Rasuul sallallaahu aleyhi wasallam): «Aliyyi bin Abii Xaalib eessa jira?» ni jedhame: Inni yaa Ergamaa Rabbii ija isaa lamaan dhukkuba, ni jedhan: «Nama itti ergaa», isaan dhufamee, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- ija isaa lamaan keessatti tufanii isaaf du'aa'ii godhanii, akka waan dhukkubbiin tokkolleen isa mudatee hin beekneetti fayye, ergasii alaabaa itti kennan, Aliyyis akkana jedhe: Yaa Ergamaa Rabbii hanga isaan nuun tokko ta'anitti isaanin nan lolaa? isaanis ni jedhan: «suuta jedhi, hanga eddoo isaanii keessa qubattutti, achiis gara Islaamummaatti isaan waami, Haqa Rabbii kan Islaamummaa keessatti isaan irratti dirqama ta'u itti himi, Rabbiin kakadhee gaala diimaa qabaachuu irra nama tokko Rabbiin sababaa keetin qajeelchuutu siif caala».</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- injifannoo Muslimoonni guyyaa itti aanutti yahuudota Kheybar irratti dhugoomsan, sunis kan harka nama tokkoo kan alaabaa isaaf kennan irratti ta'u Sahaabotatti himan, innis(alaabaan) alaabaa waraanni akka asxaa beeksisaatti itti fayyadamaniidha. Haala namicha kanaa keessaa inni Rabbii fi Ergamaa Isaa jaallachuu fi Rabbii fi Ergamaanis Isa jaallachuudha. Kabaja guddaa kana hawwuudhaan, Sahaaboonni halkan sana eenyuuf alaaban sun kennama jedhanii mari'achaa haasa'aa bulan? Yeroo bari’u  hundi isaanii kabaja kana ni arganna jedhanii abdachuun gara nabiyyii -nagaa fi rahmanni irra haa jiraatu- deeman.
 Isaanis, nagaa fi rahmanni irra haa jiraatuu,  Aliyyi bin Abii Xaalib eessa jira jechuun gaafatan?
 ni jedhame: Inni ija isaa lamaan dhukkubsata.
 Ergamaanis -nagaa fi rahmanni irra haa jiraatu- itti erganii, isaan dhufnaan, Hancufa isaanii irraa ija isaa keessatti tufanii du'aa'ii godhaniifii, akka waan dhukkubbiin tokkolleen isa mudatee hin beekneetti fayye, ergasii alaabaa itti kennanii, hamma inni masaraa diinaatti dhiyaatutti suuta jedhee akka deemu isa ajajan, akkasumas gara Islaamummaatti isaan waamu, sana keessatti yoo isa tole jedhan dirqamoota irraa waan isaan irratti dirqma ta'u isaanii himutti isa ajajan.
 Sana booda sadarkaa gara Rabbiitti waamuun qabuu fi namni gara Rabbitti waamu qajeelluma nama tokkoof sababa kan tahu yoo tahe, gaala diimaa, kan qabeenya Arabootaa keessaa gatii guddaa qabu isa horachuu ykn sadaqaa kennuu irra isaaf caalaa akka tahe Aliyyiif ibsan.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>Sadarkaa Aliyyi bin Abii Xaalib -Rabbiin irraa haa jaallatu- qabuu fi Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- Rabbii fi Ergamaan Isaa akka isa jaallatanii fi innis Rabbii fi Ergamaa Isaa kan jaallatu tahuun ragaa isaaf bahuudha.
 Sahaabonni waan gaarii hojjechuuf fedhii guddaa akka qabanii fi gara isatti akka wal dorgomaniidha.
 Yeroo qabsaa'an naamusa qabaachuu fi dallanuu fi sagalee nama rifachiisu kan dhimmi itti hin jirre dhiisuun karaa tahuudha.
 Ragaalee Nabiyyummaa isaanii keessaa -nagaa fi rahmanni irra haa jiraatu-, Yahuudoota irratti injifannoo akka galmeessanii fi ijji Aliyyii bin Abii Xaalib lamaan harka isaanii irratti hayyama Rabbiitin akka fayyitu himuu isaaniti.
 Kaayyoon guddaan jihaada irraa namoonni gara Islaamummaatti seenuudha.
 Gara Rabbii waamuun suuta suutaan taha, kanaaf jalqaba irratti nama kaafira tahe irraa wanni barbaadamu shahaadaa lamaan jechuun gara Islaamummaa seenuudha, Ergasii dirqamoota Islaamummaa raawwachutti ajajama.
 Sadarkaa gara Islaamummaatti waamuun qabuu fi kheyrii irraa nama waamamuu fi kan waamufis waan isa keessa jiru ibsuudha, namni waamamu qajeeluu mala, namni waamu immoo mindaa guddaa argachuu danda’a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3409</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>Yaa abbeeraa koo jedhi: Haqaan gabbaramaan Rabbiin malee hin jiru, jecha Rabbiin biratti isaan siif mormu jedhi</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Sa’iid bin Al-Musayyib Abbaa isaa irraa odeessee akkana jedhe: Gaafa Abuu Xaalibitti duuti dhufte Ergamaan Rabbii nagaa fi rahmanni irra haa jiraatuu gara isaatti dhufanii isa biratti Abuu Jahlii fi Abdullaah bin Abii Umayyah bin Al-Mughiirah argan, eegasii akkana jedhaniin: "Yaa abbeeraa koo jedhi: Haqaan gabbaramaan Rabbiin malee hin jiru, jecha Rabbiin biratti isaan siif mormu jedhi", Abuu Jahlii fi Abdullaah bin Umayyaas akkas jedhaniin: Karaa Abdul muxxalib irraa of duuba deeb'uu barbaaddaa? Ergamaanis nagaa fi rahmanni isaan irratti haa jiraatuu jecha sana isa irra fiduu irraa hin deemne, isaanis akkas jechuu deddeebisuu hin dhiifne, hanga Abuu xaalib jecha xumurarratti isaan dubbise keessatti akkana jedhuutti: Ani karaa Abdul muxxalib irra jira, Laa ilaaha illallaah jechuu ni dide, ni jedhe (Al-musayyib): Ergamaan Rabbii nagaa fi rahmanni isaan irratti haa jiraatuu akkas jedhaniin: "Rabbiin kakadhee hangan sirraa hin dhoorgaminitti araarama siif kadhadha", eegasii Rabbiin aayaa akkas jedhu buuse: {Mushrikootaaf araarama kadhachuun Nabiyyii fi warra amananiif hin malu} [Tawbaa: 113], Waa’ee Abuu xaalib keessatti Rabbiin aayaa buusuun Ergamaa Isaatiin -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhe: {Ati Nama jaallattu hin qajeelchitu, garuu Rabbiitu nama fedhe qajeelcha} [Qasas 56].</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- abbeeraa isaanii Abuu Xaalib haala inni du’aa jiruun irratti ol seenanii, akkas jedhaniini: Yaa abbeeraa koo, akkana jedhi: "Rabbiin malee haqaan gabbaramaan hin jiru", jecha ani Rabbiin biratti ittiin ragaa siif bahu, Abuu Jahlii fi Abdullaah bin Abii Umayyaas akkana jedhan: Yaa Abuu Xaalib karaa abbaa kee Abdul Muxxalib dhiiftaa?! Innis(karaan Abdul muxxalib) taabota gabbaruudha, jarri lameen isa dubbisuu irraa hin deemne hanga inni jecha dhumaa kan isaan jarattii dubbise keessatti akkana jedhutti: (ani) karaa Abdul Muxxalib irra jira, karaa shirkii fi taabota gabbaruudhaa, Nabiyyiiniis nagaa fi rahmanni isaan irratti haa jiraatuu akkana jedhan: waan Rabbiin kiyya araarama siif kadhachuu irraa na hin dhoorginiin araarama siif kadhadha, eegasii jechi Rabbii ol ta’ee kun ni bu’e: {Nabiyyii fi warra amananiif, mushrikootaaf (Rabbiin) araarama kadhachuun kan malu hin taane, osoo firoota dhihoo ta’anillee, erga warra jahannam ta’uun isaanii ifa isaaniif ta’ee booda} [Tawbah: 113] Waa'ee Abuu Xaalib keessatti jechi Rabbii Ol ta'ee kun bu'e: {Ati nama jaallatte hin qajeelchitu, garuu Rabbiitu nama fedhe  qajeelcha, Inni warra qajeelan hunda caalaa beekaadha} [ِAl-Qasas: 56]. Ati nama qajeelloo isaa jaallatte hin qajeelchitu, dirqamni kee ergaa geessuudha, Rabbiin nama fedhe ni qajeelcha.</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
@@ -3646,745 +3718,778 @@
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Mushrikootaaf osoo firummaan isaanii, hojiin isaanii fi tola ooltummaan isaanii waan fedhe ta'ellee isaanif araarama kadhachuun haraama ta'uudha.
 Abbootii fi jaarsolii soba/cubbuu keessatti hordofuun hojii warra jaahiliyyaa irraayi.
 Gara karaa kheyritti namoota waamu fi qajeelloo isaanii irratti guutummaa mararfannaa Nabiyyiiti fi bolola isaan qabaniidha, nagaa fi rahmanni isaan irratti haa jiraatu.
 Nama Abuu Xaalib islaamummaa qabateera jedhu irratti deebisuudha.
 Hojiileen dhuma irratti ilaalamaniidha.
 Faayidaa fiduuf ykn miidhaa ofirraa ittisuuf Nabiyyii -nagaa fi rahmanni isaan irratti haa jiraatu- fi waan birotti rarra'uun sirrii ta'uu dhabuudha.
 Namni beekumsaa fi mirkaneeffannaan, akkasumas itti amanuudhaan "Rabbiin malee dhugaan gabbaramaan hin jiru" jedhe islaamummaa keessa seeneera.
 Miidhaa waahellan hamoo fi hiriyyoonni badoon namaa irraan gahaniidha.
 Hiikni "Rabbiin malee dhugaan gabbaramaan hin jiru” jechuudhaa: gabbartii taabotaa, waliyyootaa fi warra gaggaarii dhiisanii Rabbii guddaa tokkicha qofa gabbaruudha, mushrikoonni hiika isii ni  beekan.
 Islaamummaa qabachuun isaa kan kajeelamu yoo ta'e dhukkubsataa mushrikaa gaafachuun ni danda'amaadha.
 Qajeelloon kheyrii nama waffaquudhaa harka Rabbii tokkicha shariika hin qabneeti jiraadha, wanni Rasuula irra jiru -nagaa fi rahmmanni isaan irratti haa jiraatu- qajeelloo karaa kheyrii nama agasiisutii fi ergaa geessuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>guyyaa qiyaamaa magantaa kootiin irra milkaa'aan namaa, nama onnee isaa irraa, yookaan lubbuu isaa irraa qulqulleessee "Laa ilaaha illallaah" jedhe''</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Abuu hurayraa irraa odeeffamee -Rabbiin isarraa haa jaallatu- ni jedhe: Yaa Ergamaa Rabbii! guyyaa qiyaamaa magantaa keetiin irra milkaa'aan namaa eenyu jedhame? Ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: ''Yaa Abaa hurayraa hoo! bolollii ati hadiisaaf qabdu waanan argeef jecha eenyunuu si dursee hadiisa kana irraa akka na hin gaafanne dhugaan yaadeen ture, guyyaa qiyaamaa magantaa kootiin irra milkaa'aan namaa, nama onnee isaa irraa, yookaan lubbuu isaa irraa qulqulleessee "Laa ilaaha illallaah" jedhe''.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- guyyaa qiyaamaa dhugumatti irra milkaa'aan namaa nama onnee isaa irraa qulqulleessee ''Laa ilaaha illallaah" jedhe, akka ta'e himan, akkas jechuun haqaan gabbaramaan Allaaha malee hin jiru jechuudha, akkasumas shirkii fi namni na haa arguu irraa qulqulluu ta'uudha.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-Aakhiratti magantaa akka dhaabbattanuu fi isiin immoo worra Rabbiin tokkichoomsaniif malee nama biraatiif akka hin taane raggaasisuudha.
 Magantaan isaanii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isiin isaan gara Rabbiitti magantaa dhaabbachuudha worrra Rabbiiin tokkichoomsan irraa nama ibidda haqa godhateef akka isii hin seenneef, namni isii seene immoo akka isii keessaa ba'uuf.
 Sadarkaa jechi tawhiidaa Rabbii ol ta'eef qulqulluu taate qabduu fi guddina bu'aa isiiti.
 Jecha tawhiidaa mirkaneessuun hiikkaa isii baruu fi akeeka isiitti hojjachuudha.
 Sadarkaa Abuu hurayraan -Rabbi isa irraa haa jaallatu- qabuu fi bolollii beekumsaaf qabuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3414</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>Rabbiin hojii irraa hanqinuma inni qabuun waliin Jannata isa galcha</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>Ubaadaa irraa odeeffamee -Rabbiin isa irraa haa jaallatu-  Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: "Rabbiin tokkicha hiriyaa hin qabnee, Muhaammad gabrichaa fi Ergamaa Isaatii, Iisaanis garbicha Rabbiitii fi Ergamaa Isaatii, inni ammas dubbii Rabbiin gara Maryamitti darbee fi inni hafuura Isa irraa ta'ee, Jannanni dhugaadhaa, ibiddiis dhugaadhaa namni ragaa bahe Rabbiin hojii irraa hanqinuma inni qabuun waliin Jannata isa galcha".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni dhugumatti jecha tawhiidaa hiika isii beekee akeeka isitti hojjataa haala ta'een dubbate, Nabiyyii Muhaammad -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gabrichaa fi ergamaa Rabbii ta’uu isaanii namni ragaa bahe, akkasumas Iissaan gabrichaa fi ergamaa Rabbii ta'uu isaa, Akkasumas Rabbiin jecha Isaa "kun" jechuun akka isa uumee inni argame, ammas inni hafuurota Rabbiin isaan uume keessaa hafuura tokko akka ta'e namni amane, Akkasumas waan yahuudoonni ishee irratti himan irraa haadha isaa bilisa kan baase. Akkasumas jiraachuu isaan lameenitii fi isaan lameen qananii Rabbiitii fi adabbii Isaa ta'utti amanaa haala ta'een namni Jannanni haqa, Ibiddi haqa, jedhee ragaa bahe, Sana irratti kan du'e; osoo ibaadaa keessatti hanqina qabaatee badillee qabaatee deebiin isaa akka gara jannataa ta'e nuuf himan.</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>Rabbiin ol ta'e jecha Isaa "Ta'i" jedhuun abbaa malee akka Iisaa ilma maryam uumeedha.
 Iisaa fi Muhammad -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gabroota Rabbiitii fi ergamtoota ta'uu isaan lameenii bakka tokkotti dubbachuudha, kanaafuu isaan lameen ergamtootaa hin soban, ammas isaan lameen gabrootaa hin gabbaramaniidha.
 Sadarkaa Rabbiin Tokkichoomsuun qabuu fi inni badiiwwan akka haquudha, akkasumas hireen Nama Rabbiin tokkichoomsuu badiin tokko tokko osoma irraa argamelle jannata ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>''Namni haala waan tokkollee Rabbitti hin qindeessineen Rabbiin wol gahe jannata seene, namni haala Isatti qindeessuun Isaan wol gahe immoo ibidda seene</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Jaabir ilma Abdullaahii irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaa Rabiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhaniin dhaga'e: ''Namni haala waan tokkollee Rabbitti hin qindeessineen Rabbiin wol gahe jannata seene, namni haala Isatti qindeessuun Isaan wol gahe immoo ibidda seene".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni waan tokkollee  haala Rabbitti hin qindeessineen du'e deebiin isaa gara jannataati badii isaa garii irratti yoo adabames, namni waan tokkollee ta'u haala Rabbitti qindeessuun du'e ibidda keessatti zalaalam teessifama jedhanii himan.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Sadarkaa tawhiidni qabuu fi akka inni dhugumaan ibidda keessatti zalaalam ta'uu irraa bilisa ba'uuf sababa ta'uudha.
 Jannannii fi ibiddi garbichatti dhihoo ta'uu isaaniitii fi gidduu garbichaatii fi isaanii du'a malee wanti biraa akka hin jirreedha.
 Shirkii irraa muraasa isaa fi hedduu isaa irrallee sodaachisuudha; ibidda irra bilisa ba'uun isa irraa fagaachuun waan ta'eef.
 Hojiiwwan keessatti kan ilaalamu xumura isii akka ta'eedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Namni Rabbiin alatti waan biroo Rabbiif hiriyaa godhee osoo kadhatuu du'e ibidda seena</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>Abdullaah bin Mas'uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu akkana jedhe: Ergamaan Rabbiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jecha tokko jedhan, anis kan biraatiin jedhe, Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: ":Namni Rabbiin alatti waan biroo Rabbiif hiriyaa godhee osoo kadhatuu du'e ibidda seena". Anis nin jedhee: Namni Rabbiin alatti waan biroo Rabbiif hiriyaa godhee isa hin kadhatin jannata seena.</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni waan Rabbiif ta’uu qabu waan biraatiif godhe, sun akka waan biraa Rabbiin alatti kadhachuu, yookaan Rabbiin alatti waan biraa irraa dirmachuu barbaaduuti, ergasii sana irratti kan du’e, inni warra Ibidda irraa akka ta'u himan. Ibnu Mas'uud -Rabbiin isa irraa haa jaallatu- itti dabaluudhaan, namni waa tokko osoo Rabbitti hin dabalin du’e, hireen isaa Jannata ta’a jedhe.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Kadhannaan/du'aa'in ibaadaa waan ta'eef Rabbiif qofa malee kan biraatif akka hin laatamneedha.
 Sadarkaa tawhiidni qabuu fi dhugamatti namni isa irratti du'e garii badiiwwan isaa irrattillee osoo adabamee jannata seenuun isaa hin hafuudha.
 Hammeenya Rabbitti qindeessuun qabuu fi dhugumatti namni shirkirratti du'e ibidda galaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>''Finxaaleyyoonni badan(worra daangaa darban, akka barbaachisuun alatti waa jajjabeessan)</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>Abdullaah ilma Mas'uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jeddhan: ''Finxaaleyyoonni badan(worra daangaa darban, akka barbaachisuun alatti waa jajjabeessan)" yeroo sadi akkas jedhan.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- hoongaa'uu fi kasaaraa worra diinii fi duniyaa, jechootaa fi hojiiwwan isaanii keessatti akka ta'uu maluun alatti waa jajjabeessuun, kan daangaa shari'aa Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ittiin dhufan darbanii himan.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Wontoota hunda keessatti humnaa ol waa jajjabeessuu fi humnaa ol of dirquun haraama ta'uu fi waan hunda keessatti isa irraa fagaachuutti kakaasuudha, keessattuu ibaadaa fi namoota gaggaarii guddisuu keessatti.
 Ibaadaa fi waan biroo keessatti waan sirriitti guutame barbaaduun waan gaarii irraa ta'uu fi sun immoo shri'aa hordofuun akka ta'uu qabudha.
 Wanta yaachisaa ta'e keessatti gadi jabeessuun jaallatamaa ta'uudha, Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- himattii kana yeroo sadii waan irra deddeebi'anii himaniifi.
 Gaarummaa Islaamaatii fi laafummaa isaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3420</t>
   </si>
   <si>
-    <t>لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ</t>
+    <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>“Dhukkubni eeyyama Rabbitiin malee ofiin hin darbu, hooddannaan hin jiru, fa’alii (jecha gaarii) immoo nan jaalladha” (Sahaabonnis) fa’aliin maali jedhanii gaafatan? isaanis ni jedhani: “fa’alin jecha gaarii isin dhageessanu”</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
     <t>Anas bin Maalik irraa odeeffame, Rabbiin irraa haa jaalatu, Nabiyyiin, nagaa fi rahmanni irra haa jiraatuu, akkas jedhan: “Dhukkubni eeyyama Rabbitiin malee ofiin hin darbu, hooddannaan hin jiru, fa’alii (jecha gaarii) immoo nan jaalladha” (Sahaabonnis) fa’aliin maali jedhanii gaafatan? isaanis ni jedhani: “fa’alin jecha gaarii isin dhageessanu”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
     <t>Nabiyyiin, nagaa fi rahmanni irra haa jiraatuu, daddarbiinsa dhukkubaa kan ummanni bara Awaamummaa dhukkubni tokko fedha Rabbiitin osoo hin taane ofumaan gara nama biraatti akka daddarbu itti amanan sun soba ta’uu himani. Akkasumas Faana ilaallachuun soba akka ta'ees himaniiru, isheenis simbirroo, ykn wantoota lubbuu qaban, ykn namoota qaama miidhamtoota, ykn lakkoofsa, ykn guyyoota, ykn waan biraa irraa ta'ee waan dhaga'amu ykn mul'atu ta'us wahuma kamiinuu hoddachuudha. ٍِWanti simbirroo kaaseef, warra bara Awaamummaa biratti beekamaa waan ta'eef jecha, ka’umsi isaa immoo gocha akka imalaa ykn daldalaa ykn waan biraa yeroo jalqabuu jedhan simbirroo oofuudha. Yoo gara mirgaatti balali'e abdii guddaa horatee gara waan barbaaduu deema, yoo gara bitaatti balali'e immoo abdii kutatee waan hojjachuu fedhu san dhiisa. Eegasii nagaa fi rahmanni irra haa jiraatuu tafaa'ula toluun akka itti tolu dubbatan. Innis gammachuu jecha gaarii dhaga’u irraa ilma namaatif argamu, yoo ta'u, Rabbii isaa waan gaariin akka yaadu isa taasisa.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Rabbii ol ta'e irratti hirkachuun akka dirqama ta'ee fi Rabbiin malee kan gaarii fidee hamtuu deebisu akka hin jerreedha.
 Faana ilaalachuu irraa dhoorguudha, innis waan abdii kutannaa namatti fiduu fi hojii nama dhorguudha.
 Tafaa'ula toluun faana ilaalachuu dhorgamaa ta'e irraa osoo hin taane, inni Rabbii ol ta'etti yaada toluu irraa akka ta'eedha.
 Wanti hundinuu kan ta’u murtoo Rabbii tokkicha hiriyaa hin qabne qofaani.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3422</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
+    <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
+  </si>
+  <si>
+    <t>Namni worra karaa Rabbii keessatti duulan qopheesse dhugaan duulee jira, namni worra karaa Rabbii keessatti duulu khayriin bakka bu'e dhugaan duulee jira</t>
+  </si>
+  <si>
+    <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
+  </si>
+  <si>
+    <t>Zayd ibnu khaalid irraa akka odeeffameetti -Rabbi isa irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni worra karaa Rabbii keessatti duulan qopheesse dhugaan duulee jira, namni worra karaa Rabbii keessatti duulu khayriin bakka bu'e dhugaan duulee jira».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
+ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni worra karaa Rabbii keessatti duula godhuuf sababoowwan imala isaatii fi meeshaa woraanaa, geejjiba, nyaata, baasii fi kan biroo irraa waan inni itti haa haajamu qopheesseef; inni akka nama duuleeti, mindaan duultotaas isaaf argama jechuu himani.
+Akkasumas namni dhimma nama duulee toltuun itti gaafatamummaa fudhatee, yeroo inni qe'ee irraa fagaatutti maatii isaa eeguu keessatti bakka isa irraa bu'e inni akkuma nama duuleetti lakkaawama jechuu himani.</t>
+  </si>
+  <si>
+    <t>حث المسلمين على التعاون على الخير.
+قال ابن حجر: وفي هذا الحديث الحث على الإحسان إلى من فعل مصلحة للمسلمين، أو قام بأمر من مهماتهم.
+القاعدة العامة: أنّ مَن أعانَ شخصًا في طاعة من طاعات الله كان له مثل أجره، من غير أن ينقص من أجره شيئًا.</t>
+  </si>
+  <si>
+    <t>Toltuu irratti wol gargaaruu keessatti muslimtoota kakaasuutu keessa jira.
+Aalimni guddaan ibnu hajar akkas jedhe: Hadiisa kana keessa nama muslimootaaf toltuu hojjate yookaan nama dhimma tokko kan dhimmoota isaanii irraa ta'een dhaabbateef tola ooluutti kakaasuutu jira.
+Foormulaan wolii galaa: namni karaa Rabbii keessatti nama gargaare mindaa akka nama gargaaree sanaatu isaaf jira, mindaa nama gargaaramee sana irraa homaa osoo hin hir'ifamin.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/3437</t>
+  </si>
+  <si>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- waa’ee Ansaaraa keessatti akkana jedhan: "Mu’umina malee eenyulleen isaan hin jaallatu, munaafiqa malees namni isaan jibbu hin jiru, nama isaan jaallate Rabbiin isa jaallata, nama isaan jibbe immoo Rabbiin isa jibba</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Al-Baraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu-: Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- waa’ee Ansaaraa keessatti akkana jedhan: "Mu’umina malee eenyulleen isaan hin jaallatu, munaafiqa malees namni isaan jibbu hin jiru, nama isaan jaallate Rabbiin isa jaallata, nama isaan jibbe immoo Rabbiin isa jibba".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- Ansaara warra madiinaa irraa ta'an jaallachuun mallattoo guutummina iimaanaa ta'uudha himan; kun waan isaan Islaamummaa fi Nabiyyiif-nagaa fi rahmanni isaan irratti haa jiraatu- tumsuu keessatti nama hunda dursaniif jecha, akkasumas waan isaan muslimootaaf gaaddisa carraaqanii fi karaa Rabbii keessatti mqabeenya isaanitii fi lubbuu isaanii kennaniif jechaadha, akkasumas isaan jibbuun mallattoo munaafiqummaa akka ta’e himaniiru. Eegasii Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- nama warra Ansaaraa jaallate Rabbiin akka isa jaallatuu fi nama isaan jibbe immoo Rabbiin akka isa jibbu ibsan.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Hadiisichi Ansaaraaf eddoon guddaan akka jiru ibsa, kanaafuu isaan jaallachuun mallattoo iimaanatii fi munaafiqummaa irraa bilisa ta'uuti.
 Owliyoota Rabbii jaalachuu fi isaan deeggaruu sababaa gabrichi jaalala Rabbii keessa ittiin seenuudha.
 Sadarkaa warri duraa Islaamummaa keessatti qabuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>wuduu'a akka Nabiyyii -nagaa fi rahmanni isaan irratti haa jiraatu</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
     <t>Yahyaa bin Umaaraa al-maazinii irraa odeeffamee akkana jedhe: Amrii bin Abii Hasanitti nan dhufe haala inni wuduu’a Nabiyyii irraa -nagaa fi rahmanni isaan irratti haa jiraatu- Abdullaah bin Zeydii gaafatuun, dabbaa bishaanii tokko waammateeti, wuduu'a akka Nabiyyii -nagaa fi rahmanni isaan irratti haa jiraatu- godhatee isaan agarsiise, dabbaa sana irraa bishaan harka isaa irratti dhangalaasee, harka isaa lameen yeroo sadii dhiqe, eegasii harka isaa dabbicha keessa galchee, bishaan hammaarrii sadii hammaarrachuun afaan lulluuqqatee funyaan keessa bishaan ol galchee baase, eegasii bishaan fudhachuun fuula isaa yeroo sadii dhiqate, eegasii harka isaa lameen ciqileen waliin yeroo lama dhiqate, eegasii bishaan fudhachuun mataa isaa harka isaa lameenin qabee gara fuul duraa irraa gara duubatti oofee eegasii gara fuul duratti as deebisuun yeroo tokko qofa haxaa'e, eegasii miila isaa lameen koomee waliin dhiqate.</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>Abdullaah bin Zeydii -Rabbiin isa irraa haa jaallatu- akkaataa wuduu'a Nabiyyii -nagaa fi rahmanni isaan irratti haa jiraatu- bifa hojiitiin ibse, Meeshaa xiqqaa wahii kan bishaan irraa ta'e ni gaafate, Jalqaba irratti harka lameen dhiqachuudhaan eegale, achiis meeshicha sana dabsee bishaan irraa fudhachuun harka lameen yeroo sadii meeshaa sanaan alatti dhiqate. Eegasii harka isaa meeshicha keessa galchee, hammaarrii sadii hammaarrachuun, hammaarii hunda keessatti bishaan afaani fi funyaanitti ol fudhatee gadi deebisa. Eegasii meeshicha irraa hammaarratee fuula isaa yeroo sadii dhiqate, Eegasii bishaan fudhatee harka isaa lameen ciqilee waliin yeroo lama dhiqate, Eegasii harka isaa lameen meeshicha keessa galchee, harka isaa lameenin mataa isaa gara fuul duraa irraa eegalee hanga duuba isaa gayutti oofee eegasii eddoo irraa eegaletti deebisuun haxaa'e, Eegasii miila isaa lameen koomee waliin dhiqate.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Barsiisaan karaa hubatiinsa fi beekumsa nama qabsiisuu keessatti irra dhihoo ta'e fayyadamuudha, sana irraa hojiin barsiisuudha.
 Garii humnoolee wuduu’aa keessatti yeroo sadii irra deebi'uun, garii isii keessatti immoo yeroo lama irra deebi'uun ni danda'amaadha, dirqamni yeroo tokko qofa gochuudha.
 Akkuma Hadiisicha keessatti dhufetti gidduu humnoolee wuduu'aa keessatti tartiiba eeggachuun dirqama ta'uudha.
 Daangaan fuulaa eddoo rifeensi mataa kan barame itti margu irraa kaasee dheerinatti areeda fi gara jalaatiin eddoo rifeensi areedaa itti margu irraa waan gadi bu'e hanga gayutti, labbatti immoo garra irraa hanga gurratti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
     <t>Harka kee lameenin akkana jechuutu siif gaya ture" eegasii yeroo tokko harka isaanii lameenin lafa rukutanii, eegasii harka bitaatin harka mirgaa irra haxaa’an, akkasumas gubbaa shanacha harka isaanii lameeni fi fuula isaanii haxaa'an</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
     <t>Ammaar bin Yaasiir irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkas jedhe: Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- dhimma wahiitif na ergan, ani janaabayee bishaan argachuu hin dandeenye, kanaaf jecha akka beyladaan gangalatutti biyyee keessa gangaladhe, eegasii Nabiyyitti -nagaa fi rahmanni isaan irratti haa jiraatu- dhufee sana itti himee, isaanis ni jedhan: "Harka kee lameenin akkana jechuutu siif gaya ture" eegasii yeroo tokko harka isaanii lameenin lafa rukutanii, eegasii harka bitaatin harka mirgaa irra haxaa’an, akkasumas gubbaa shanacha harka isaanii lameeni fi fuula isaanii haxaa'an.</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatuu- Ammaar bin Yaasir -Rabbiin isa irraa haa jaallatu- garii dhimmoota isaanitiif jecha imala erganii jennaan, imalicha keessatti walqunnamtii saalaa raawwachuudhaan ykn fedhiidhaan maniyyiin irraa  dhangala'uun janaabaan isatti dhufee, bishaan ittiin dhiqatu argachuu hin dandeenye, Janaabaaf jecha hukmii tayammumaa hin beeku ture, garuu hukmii isaa hadasa xiqqaaf(waan akka dhuufuu, fincaanii fi sagaraatif) jecha ni beeka ture, Kanaafuu hadasa xiqqaa keessatti akkuma gariin qaamolee wuduu'aa biyyee lafaa irra haxaa'uun tayammuma godhamutti janaabadhaaf yeroo tayammuma godhatan biyyeen qaama hunda waliin gayuun dirqama jechuu yaade; bishaan irratti qiyaasa godhachuuf jecha, kanaaf hanga qaama hunda waliin gayutti biyyee keessa gangalatee salaate, Eegasii gara Nabiyyiitti -nagaa fi rahmanni isaan irratti haa jiraatu- dhufee sana itti hime; haqa irra jiraachuu fi jiraachuu dhiisuu akka beekuuf jecha? Nabiyyiinis -nagaa fi rahmanni isaan irratti haa jiraatu- hadasa xiqqaa akka fincaanitii fi hadasa guddaa akka janaabaa irraa akkamitti akka xaaharatu isaaf ibsan, innis harka isaa lameenin yeroo tokko biyyee irra rukutee, eegasii harka bitaatin harka mirgaa irra haxaa'uudha, akkasumas gubbaa shanacha harka isaa lameeni fi fuula isaa haxaa'uudha.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Tayammuma godhachuun duratti bishaan barbaaduun dirqama ta'uudha.
 Nama janaabdaa qabu kan bishaan hin argatiniif tayammuma godhachuun karaa ta'uudha.
 Hadasa guddaaf tayammuma godhachuun akkuma hadasa xiqqaaf jecha tayammuma godhachuuti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3461</t>
   </si>
   <si>
-    <t>إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ</t>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>Namoonni nama zaalima (miidhaa) yeroo arganii harka isaa lamaan hin qabin/ tarkaanfii irratti yoo hin fudhatin Rabbiin adabbii isaatiin isaan walitti qabuun ni dhihaata</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Abuu Bakr Al-siddiiq irraa odeeffame Rabbiin irraa haa jaallatu, akkana jedhe: Yaa namoota, isin Aayaa tana ni qaraatu: {Yaa warra Rabbitti amantan lubbuu keessan (qabuun) isin irra haa jiraatu, yoo isin qajeeltan namni jallate isin hin miidhu}. Ani Ergamaa Rabbiitin -nagaa fi rahmanni irra haa jiraatu- kan akkana jedhu dhagahe: «Namoonni nama zaalima (miidhaa) yeroo arganii harka isaa lamaan hin qabin/ tarkaanfii irratti yoo hin fudhatin Rabbiin adabbii isaatiin isaan walitti qabuun ni dhihaata».</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Abuu Bakr Al-siddiiq Rabbiin irraa haa jaallatu, namoonni aayata tana akka qara’an hime:
 {Yaa warra Rabbitti amantan lubbuu keessan (qabuun) isin irra haa jiraatu, yoo isin qajeeltan namni jallate isin hin miidhu} Maa'idaa: [105]
 Namni tokko of tolchuuf qofa carraaquu akka qabu, sana booda warri karaa irraa maqan akka isaan hin miine fi waan gaariitti ajajuu fi badii irraa dhoorguun akka isaan irraa hin barbaachifne hubatu!
 Akkas akka hin taane fi inni Nabiyyii -nagaa fi rahmanni irra haa jiraatu- kan akkana jedhan akka dhaga'e isaan barsiise: Namoonni nama zaalima yoo arganii isa dhoorguu irratti dandeettii osoo qabanii isa zulmii isaa irraa dhoorguu baatanii, Rabbiin nama hundumaa kan badii hojjetee fi kan irraa callise adabbii walitti qabu isaanitti fiduun ni dhihaata.</t>
   </si>
   <si>
     <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
 عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
 تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>Wal gorsuu fi kheyritti wal ajajanii hamtuu irraa wal dhoorguun dirqama Muslimootaati.
 Adabbiin Rabbii kan walitti qabaa tahe nama miidhaa tahe miidhaa isaatif, nama callise osoo danda'uu hamtuu irraa callisuu isaatif jecha ni hammata.
 Ummata barsiisuu fi barsiisa Qur'aanaa karaa sirrii ta’een akka hubatan gochuudha.
 Namni tokko kitaaba Rabbii guddaa hubachuuf tattaaffii gochuun isa irratt dirqama akka taheedha, sababni isaas kitaaba Rabbii ol ta'ee akka hin taanetti akka hin hubanneef jecha.
 Qajeellumni gaariitti ajajuu fi badii irraa dhoorguu dhiisuu waliin hin dhugoomu.
 Aayaa tanaaf Hiikkaan sirrii: Dilii irraa of eeguu keessatti jabaadhaa, Yoo lubbuu keessan eegdanii gaaritti ajajuu fi hamtuu irraa dhoorguu yoo dadhabdan jallinni nama badii hojjechuun jallatee ofii keessaniif yoo irraa fagaattan isin hin miidhu jechuudha.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[abuu daawud, tirmizii, nasa'iin kubraa keessatti- ibnumaajhfii ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3470</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>''Namni waan hidhii isaa lameen gidduu jiruu (Arraba) fi waan luka isaa lameen gidduu jiru (Qaama saalaa) of naaf qabe jannatan isaaf of qaba''</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Sah'l ilma Sa'ad irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaa Rabbii -Rabbiin rahamataa fi nageenya isa irratti haa buusu- ni jedhan: ''Namni waan hidhii isaa lameen gidduu jiruu (Arraba) fi waan luka isaa lameen gidduu jiru (Qaama saalaa) of naaf qabe jannatan isaaf of qaba''.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- wantoota lama kan muslimni yoo isii qabate dhugumatti jannata seenu himan.
 Tokkoffaan: waan Rabbii ol ta'e dallansiisu dubbachuu irraa Arraba eeguudha,
 Lammaffaan: waan badaatti kufuu irraa qaama saalaa eeguudha;
 Sababaa qaamolee kana lameenitiin badiiwwan argamuun waan heddummaatuufi.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Qaama saalaa fi Arraba tiksuun jannata seenuuf karaadha.
 Arrabaa fi Qaama saalaa kan addatti dubbateef; duniyaa fi Aakhiraa keessatti balaaf nama saaxiluu keessatti madda irra guddaa waan isaan ta'aniifi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>Anaa fi Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- osoo nuti lachuu janaabdaa qabnuu meeshaa bishaanii tokko irraa kan dhiqannu taane, marxifatutti na ajaju ture, anis nan marxifadha, eegasii osoon ani heydii(dhiiga ji'aa) qabuu qaama isaanitiin natti maxxanu ture,</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu’mintootaa irraa odeeffamee -Rabbiin isii irraa haa jaallatu- akkas jette: Anaa fi Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- osoo nuti lachuu janaabdaa qabnuu meeshaa bishaanii tokko irraa kan dhiqannu taane, marxifatutti na ajaju ture, anis nan marxifadha, eegasii osoon ani heydii(dhiiga ji'aa) qabuu qaama isaanitiin natti maxxanu ture, akkasumas osoo ani heydii qabuu i'itikaaf irra osoo jiranuu mataa isaanii dhiquuf natti gadi baasu ture.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>Aa'ishaan Haati Mu’umintootaa -Rabbiin ishee irraa haa jaallatu- haala addaa tokko tokko kan isheen isaanin -nagaa fi rahmanni isaan irratti haa jiraatu- waliin qabdu himte, sana  keessaa: janaabadhaaf jecha isaanin waliin meeshaa tokko irraa kan dhiqattu taate, meeshicha irraa yeroo tokko bishaan fudhatu. Akkasumas isaan -nagaa fi rahmanni isaan irratti haa jiraatu- haala isheen laguu irra jirtuun ishetti dhufuu yeroo barbaadan   qaama ishee handhura irraa kaasee hanga jilbaatti akka haguugdu ishee ajajan, eegasii walqunnamtii saalaa malee qaama isaanitiin qaama ishetti akka maxxanan himte. Akkasumas isaan -nagaa fi rahmanni irra haa jiraatu- i'itikaafaaf masjiida keessa osoo jiranuu mataa isaanii gara Aa'ishaatti gadi baasanii haala isheen ofii isheetif mana ishee keessatti laguu irra jirtuun mataa isaanii akka dhiqtu himte.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Abbaan manaa fi haati manaa isaa meeshaa tokko irraa dhiqachuun ni danda’amaadha.
 Dubartii laguu qabdu qaama saalaan alatti waan biraa keessatti itti dhihaachuun ishee taphachiisuun ni danda'amaa fi qaamni ishee qulqulluu akka ta'e ibsuudha.
 Yeroo wal booharsaniin keessatti marxoo uffachuun ishee jaallatamaa ta'uudha.
 Sababoota haraama keessatti akka hin kufne nama dhorguu danda'an godhachuudha.
 Dubartoonni laguu qaban akka masjiida keessa hin teenye dhoorguudha.
 Rifeensa dhiquu fi isa filachuu dabalatee wantoota jiidha qaban ykn goggogoo ta'an tuquun isheef ni hayyamamaadha.
 Waliin jireenya gaarii Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- maatii isaanitif qabaniidha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3476</t>
   </si>
   <si>
-    <t>مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ</t>
+    <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
   </si>
   <si>
     <t>Nabiyyoota ana dura ergaman keessaa tokkoonuu hin ergamne duuka buutota fi waaheloota sunnaa isaa hordofanii fi ajaja isaa fudhatan qabaatu malee hin taane</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
   </si>
   <si>
     <t>Abdullaah bin Mas'uud irraa odeeffame Rabbiin irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan jedhan: «Nabiyyoota ana dura ergaman keessaa tokkoonuu hin ergamne duuka buutota fi waaheloota sunnaa isaa hordofanii fi ajaja isaa fudhatan qabaatu malee hin taane. Sana booda ummata waan jedhan hin dalagne, waan hin ajajamin ammoo kan dalagantu hafan, namni harka isaatiin isaan irratti qabsaa’e inni mu’umina. Namni arraba isaatiin isaan irratti qabasaa'e inni mu'umina, namni qalbii isaatiin isaan irratti qabsaa’e innis mu'umina. kana booda Iimaana irraa wanni hanga firii raafuu hin jiru».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- ummata isaa  irraa namoonni qulqulluu, deggertoonni fi Mujaahidoonni garaa qulqulluu ta'an, isa boodaa bakka bu'ummaaf kan tolan, sunnaa isaa qabatanii kan ajaja isaa fudhatan isaaf ta'an malee Rabbiin ummata isaan duraa keessatti akka nabiyyii tokko hin ergin himan. Ergasii booda warra gaggaarii kanaatii ummanni kheyriin isaan keessa hin jirre akka dhufanii fi isaan waan jedhan akka hin raawwannee fi waan itti hin ajajamin akka raawwatan, namni harka isaatiin isaan irratti qabsaa’e inni mu’umina, namni arraba isaatiin isaan irratti qabasaa'e inni mu'umina, namni qalbii isaatiin isaan irratti qabsaa’e innis mu'umina akka ta'ee fi sana booda Iimaana irraa wanni hanga firii raafuu takka hin jirre himaniiru.</t>
   </si>
   <si>
     <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
 عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
 تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
 مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
 كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
 بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
 وجوب الأمر بالمعروف والنهي عن المنكر.</t>
   </si>
   <si>
     <t>Namoota jechoota fi gochoota isaanitiin seera shari'aa cabsaniin loluu irratti kakaasuudha.
 Qalbiin badii tokko mormuu dhabuun iimaanni laafaa ta'uu irratti ragaadha.
 Rabbiin -Inni qulqullaa'e ol ta'e- Anbiyootaf namoota booda isaanitii ergaa isaanii baatan laaffisuudha.
 Namni nagaa bahuu barbaade karaa Anbiyootaa hordofuu qaba; Sababni isaas karaan karaa isaanii malee jiru karaa badii fi jallinaa waan ta’eef jecha.
 Akkuma zamana nabiyyii -nagaa fi rahmanni irra haa jiraatu- fi sahaabota isaanii irraa fagaachaa deemaniin namoonni sunnaa dhiisanii, fedhii ofii qofa hordofuun bid’aalee adda addaa amantii keessa galchaniidha.
 Sadarkaalee jihaadaa ibsuudha, inni nama jijjiiruu danda'u kan akka moototaa fi warra taayitaa qabaniif harkaan ta'a, akkasumas haqa ibsuu fi gara isatti waamuun jechaan ta'a, akkasumas badii mormuu fi isa jaalachuu dhabuun qalbiin ta'a.
 Gaariitti ajajanii badii irraa dhoorguun dirqama ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3480</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>“Mootonni ni argamu, isinis hojii isaanii irraa waan beektanii jaallattanii fi waan mormitan qabdu, Kanaafuu namni beeke bilisa baha, namni morme immoo nagaa ta’a, namni jaallatee isaan duuka bu'e ni bada</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Ummu Salamaa Haadha Mu’mintootaa irraa odeeffamee -Rabbiin ishee irraa haa jaallatu-: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: “Mootonni ni argamu, isinis hojii isaanii irraa waan beektanii jaallattanii fi waan mormitan qabdu, Kanaafuu namni beeke bilisa baha, namni morme immoo nagaa ta’a, namni jaallatee isaan duuka bu'e ni bada" ni jedhan (sahaaboonni): Nuti isaanin loluu hin qabnuu? Isaanis ni jedhan: “Lakkii, waan isaan salaata salaataniin”.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mootonni nuti garii hojii isaanii waan isheen seera shari'aatiin wal galteef jecha beeknu, garii ishee immoo seera shari'aa waan faalleessituuf jecha kan morminu akka nu irratti muudaman himan. Namni qalbii isaa keessatti badii jibbee arrabaan itti dubachuu dadhabe; Cubbuu fi fakkeessummaa irraa bilisa ta’e. Namni harka isaatiin ykn arraba isaatiin mormuu danda’ee isaan irratti gocha sana morme badii fi ishee keessatti hirmaachuu irraa nagaa bahe. Garuu namni hojii isaanii jaallatee isaan duuka bu’e akkuma isaan badanitti ni bada.
 Eegasii Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhanii gaafatan: Bulchiitoota amala kana qabaniin loluu hin qabnuu? isaanis sana irraa isaan dhoorganii, akkana jedhan: Lakkii, hanga isaan isin gidduutti salaata dhaabanitti isaanin hin lolinaa.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Wantoota Nabiyyummaa isaanii irratti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama qajeelchan keessaa wantoota yeroo saniif hin jirre kan fuulduratti dhufan himanii akkuma isaan himanitti argamuu isaaniiti.
 Badii jaallachuu fi isa keessatti hirmaachuun akka hin taane fi isa balaaleffachuun dirqama akka ta'eedha.
 Mootonni waan shari’aa faallessu yoo hojjetan sana keessatti isaaniif ajajamuun hin hayyamamuudha.
 Bulchitoota Muslimootaa irratti fincila kaasuun hayyamamuu dhabuudha; Sababa badiin guddaan, dhangala’uun dhiigaatii fi tasgabbiin nageenyaa dhabuun sana faana dhufuuf jecha, rakkina isaanii irratti obsuutu sana irra salphaadha.
 Salaanni garaagarummaa kufrii fi Islaamummaa waan taateef jecha dhimmi ishee cimaa ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3481</t>
   </si>
   <si>
-    <t>أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي</t>
+    <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
   </si>
   <si>
     <t>Ani wantoota shan kan na dura nama tokkoof hin kennaminin kenname</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
   </si>
   <si>
     <t>Jaabir bin Abdullaah irraa akka odeeffametti -Rabbi isaan lamaan irraa haa jaallatu- Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: «Ani wantoota shan kan na dura nama tokkoof hin kennaminin kenname: Imala ji'a tokkoo irraa diinni na sodaachuunin tumsame, dachiin iddoo salaataa fi xaaharaa naaf taasifamte, Kanaaf ummata kiyya irraa namni kamuu kan salaanni itti geesse haa salaatuu, boojuun anaaf halaala ta'e, na dura nama kamiifuu halaala hin turre, shafaa'aan naaf kenname, Nabiyyiin tokko yeroo ergamu ummata isaa qofatti ergama, ani immoo walumaa galatti namootaaf ergame».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
 أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
 ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
 ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
 رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
 خامسًا: أُرسِلْتُ إلى الخَلْق كافة إنسِهم وجنِّهم، بخلاف الأنبياء قبله فكانوا يبعثون إلى أقوامهم فقط.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- wantoota shan kan Nabiyyoota isaan dura turan keessaa namni tokkolleen hin kennamin akka Rabbiin isaanif kennne himan:
 Tokkoffaa: Anaa fi isaan gidduu imalli ji’a tokkoo yoo jiraatellee sodaan onnee diinota kootii keessatti darbatamuun tumsameera.
 Lammaffaa: Lafti bakka jirru hundatti akka salaannuuf masjiida fi bakka bishaan hin jirretti biyyeedhaan qulqulleessaa naaf taasifamteerti.
 Sadaffaa: Boojuun waraanaa nuuf hayyamameera, isheenis boojuu Muslimoonni lola kaafiroota waliin godhan keessatti fudhatanidha.
 Afraffaa: Guyyaa Qiyaamaa haala sodaachisaa irraa namoota bilisa baasuu keessatti shafaa'aan guddoon naaf kennameera.
 Shanaffaa: Ani gara uumama hundaatti ergame, nama isaanii fi jinnii isaaniitti, kuni faallaa nabiyyoota isaan dura turaniiti, isaan gara ummata isaanii qofatti kan ergaman ta'an.</t>
   </si>
   <si>
     <t>مشروعية تَعديد العبد لِنِعَم الله عليه إخبارًا بها وشُكرًا لله عليها.
 فضل الله عز وجل على هذه الأمة وعلى نبيِّها بهذه الخِصال.
 وجوب فعل الصلاة في وقتِها على أيِّ حالٍ كانت، ويَفعل ما يَقدر عليه من شروطها وأركانها وواجباتها.
 الشفاعة التي اختص بها النبي صلى الله عليه وسلم من بين الأنبياء، أنواع؛ أحدها: شفاعته للخلق في فَصْلِ القَضَاء بينهم، ومنها: شفاعته في دخول أهل الجنة الجنة، ومنها: شفاعته خاصة في عمِّه أبي طالب في تخفيف النار عنه لا في الخروج؛ لأنه مات كافرًا.
 خِصال للنبي صلى الله عليه وسلم كثيرة لم تُذْكَر في هذا الحديث ومنها: أُعْطِيَ جوامع الكلم، وخُتِمَ به النبيُّون، وجُعلت صفوفُنا كصفوف الملائكة وغيرها من الخصال.</t>
   </si>
   <si>
     <t>Gabrichi tokko qananiiwwan Rabbiin isaaf ta'e ishee beeksisuu fi Rabbiin irratti galateeffachuuf jecha ishee lakkaa'uun akka danda'amuudha.
 Rabbiin ol tahe ummata kanaa fi Nabiyyii isaanii irratti wantoota kanaan tola akka ooleedha.
 Haala kamiinuu ulaagaalee, ruknoowwanii fi dirqamoota ishee irraa waan danda'e raawwachuun salaata yeroon salaatuun dirqama ta'uudha.
 Shafaa'aan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- nabiyyoota biroo irraa adda qaban gosoota hedduu qaba; Isaan keessaa tokko: Uumamtoota jiddutti murteen akka godhamuuf isaanif shafaa'aa seenuu isaaniti. Isaan keessaa: warri jannataa jannata akka galaniif shafaa'aa seenuu isaaniti. Isaan keessaa ammas: addatti adeera isaanii Abuu Xaalib ibidda irraa bahuu osoo hin taane irraa salphisuu keessatti shafaa'aa seenuu isaaniti; inni waan kufrii irratti du'eef jecha.
 Wantoota addatti Nabiyyiif -nagaa fi rahmanni irra haa jiraatu- ta'an kan hadiisa kana keessatti hin dubbatamin hedduutu jira, Isaan keessaa: Jechoota walitti qabaa ta'an kennamuu, Xumuura Nabiyyootaa tahuu isaanii, Tarreen keenya akka tarree malaa'ikootaa tahuu fi wantoota irraa kanneen birooti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3503</t>
   </si>
   <si>
-    <t>بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ</t>
+    <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>Rabbiin malee haqaan gabbaramaan biraa akka hin jirre, Muhammad Ergamaa Rabbii akka ta’an ragaa ba’uu, salaata dhaabuu, zakaa kennachuu, dhagayuu fi tole jechuu fi hunda muslimaatif gaarii yaaduu irratti Ergamaa Rabbiitif -nagaa fi rahmanni isaan irratti haa jiraatu- ahdii seeneera/waadaa galeera</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Jarir bin Abdullaah irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Rabbiin malee haqaan gabbaramaan biraa akka hin jirre, Muhammad Ergamaa Rabbii akka ta’an ragaa ba’uu, salaata dhaabuu, zakaa kennachuu, dhagayuu fi tole jechuu fi hunda muslimaatif gaarii yaaduu irratti Ergamaa Rabbiitif -nagaa fi rahmanni isaan irratti haa jiraatu- ahdii seeneera/waadaa galeera.</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Sahaabichi Jariir bin Abdullaah -Rabbiin isa irraa haa jaallatu- Nabiyyiif -nagaa fi rahmanni isaan irratti haa jiraatu- wantoota kanneen irratti akka ahdii seene hima: Rabbiin tokkochoomsuu, salaata dirqamaa shanan halkanii fi guyyaatti ulaagaa fi ruknowwan, dirqamoota isiiti fi sunnaa isii eeggatee salaatuu, zakaa dirqama tahe kafaluu, isiinis ibaadaa qabeenyaa tan dirqamaati, dureeyyii irraa fuudhamteeti hiyyeeyyii fii namoota biroo kan isii haqa godhataniif kennamti, akkasumas moototaaf tole jechuu fi hunda muslimaatif gaarii yaaduudha, innis isa fayyaduu irratti bololuu, kheyrii isatti geessuu fi jechaa fi gochaan hamtuu isa irraa deebisuudha.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Barbaachisummaa salaataa fi zakaati, isaan lameenuu arkaana islaamaa irraayi.
 Barbaachisummaa gidduu muslimootatti waliif gaarii yaaduun qabuudha, hanga sahaabonni Ergamaa Rabbiitif -nagaa fi rahmanni isaan irratti haa jiraatu- sana irratti waadaa seenaniifitti, Rabbiin isaan hunda irraa haa jaallatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3512</t>
   </si>
   <si>
-    <t>لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ</t>
+    <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
   </si>
   <si>
     <t>xumuura salaata hundatti akkas jechuu hin dhiisin: Yaa Rabbi si yaadachuu, si galateeffachuu fi akka gaariitti si gabbaruu irratti na gargaari</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
   </si>
   <si>
     <t>Mu'aaz bin Jabal irraa odeeffame Rabbiin irraa haa jaallatu: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- harka isaa qabanii akkas jedhaniin: «Yaa Mu'aaz Rabbitti kakadhee ani si jaalladha», eegasii akkas jedhaniin: «Siifin Dhaama yaa Mu'aaz xumuura salaata hundatti akkas jechuu hin dhiisin: Yaa Rabbi si yaadachuu, si galateeffachuu fi akka gaariitti si gabbaruu irratti na gargaari».</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- harka Mu'aaz -Rabbiin irraa haa jaallatu- qabanii akkas jedhaniin: Yaa Mu'aaz Rabbitti kakadhee ani si jaalladha, ani siifin Dhaama yaa Mu'aaz xumura salaata hundatti akkas jechuu hin dhiisin: (Yaa Rabbi si yaadachuu irratti na gargaari) jechaa fi gocha gara kheyritti nama dhiheessu hunda keessatti. (Si galateeffachuu irratti) qananiin argamee balaan deebi'uudhaan. (Akka gaariittis Si gabbaruu irratti) Rabbiif dalagaa qulqulleessuu fi Nabiyyii -nagaa fi rahmanni irra haa jiraatu- hordofuun.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Nama tokko akka Rabbiif jecha isa jaalatan itti himuun karaa ta'uudha.
 Salaata dirqamaa fi sunnaa hunda boodatti du'aa'ii kana gochuun jaalatamaa tahuudha.
 Jechoota muraasa kanaan du'aa'ii godhachuu keessatti addunyaa fi aakhiratti waan barbaadan argachuun akka danda'amuudha.
 Faayidaa Rabbiif jecha nama jaalachuun qabu keessaa dhugaa walii dhaamuu, gaarii waliif yaaduu fi karaa haqaa fi sodaa Rabbii irratti wal gargaaruudha.
 Xiibiin akkana jedhe: Rabbiin zakkaruun jalqaba gammachuuti, Isa galateeffachuun immoo mala qananii argachuuti, Ibaadaa gaariin immoo isarraa barbaadamaan waan Rabbii ol ta'e irraa nama dagu irraa bilisa ta'uudha.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3518</t>
   </si>
   <si>
-    <t>اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ</t>
+    <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Rabbii keessan sodaadhaa, salaata keessan shanan salaataa, ji’a (Ramadaanaa) keessan soomaa, qabeenya keessan irraa zakaa kennadhaa, warra itti gaafatamummaa qaban tole jedhaa, Jannata Rabbii keessanii ni seentanii</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Abuu Umaamaa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaa Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- Hajjii dhaammannaa keessatti isaanii akkana jedhanii khuxbaa godhanin dhagahe: "Rabbii keessan sodaadhaa, salaata keessan shanan salaataa, ji’a (Ramadaanaa) keessan soomaa, qabeenya keessan irraa zakaa kennadhaa, warra itti gaafatamummaa qaban tole jedhaa, Jannata Rabbii keessanii ni seentanii".</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- guyyaa Arafaa, Hajjii dhaammannaa, Hijraa irraa waggaa kurnaffaa keessatti khuxbaa godhani, sababni (Hajjii dhaamannaa) jedhamteef Nabiyyiin -nagaa rahmanni isaan irratti haa jiraatu- namoota yeroo sana achi jiraniitti waan dhaammataniif jecha, Namootni hundi ajajoota Isaa fudhachuu fi dhoorgaalee Isaa irraa fagaachuun akka Rabbii isaanii sodaatan isaan ajajani. Akkasumas salaata shanan Rabbiin ol ta'e halkanii fi guyyaa keessatti dirqama taasise salaatuutti isaan ajajani. Ji'a Ramadaanaas soomuutti isaan ajajani. Akkasumas zakaa qabeenya isaanii osoo isiidhaan hin don'oomne warra isii haqa godhataniif  kennutti isaan ajajani. Akkasumas waan badiin keessa hin jerre keessatti warra Rabbiin isaan irratti bulchitoota isaan taasise tole jechuutti isaan ajajani, Namni wantoota dubbataman kanneen hojjate mindaan isaa Jannata seenuudha ta’a.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Dalagaawwan kunneen sababoota Jannata ittiin seenan keessaa isa tokko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3520</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>“Rabbiin salaata tokkoo keessanii hin qeebalu, yeroo inni wuduu’a cabse hanga wadda'atuutti</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: “Rabbiin salaata tokkoo keessanii hin qeebalu, yeroo inni wuduu’a cabse hanga wadda'atuutti".</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ulaagaalee salaanni itti fayyaa taatuun keessaa xaaharaan (wuduu'a godhachuun/dhiqachuun) akka tokko ta'e ibsan, kanaafuu nama salaatuu barbaadu kan wanti wuduu’a balleessu irraa argame; kan akka sagaraa, yookaan fincaanii, yokaan hirriibaa, yokaan kan fakkaatan isa irratti wadda'achuun dirqama.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Salaanni nama wuduu’a balleessee  hanga xurii guddaa irraa dhiqachuun, xurii xiqqaa irraa immoo wuduu’a godhachuun hanga xaaharatuutti/qulqulleeffatuutti akka hin qeebalamneedha.
 Wuduu’a jechuun bishaan fudhatee afaan keessa naannessee baafachuun, eegasii afuura isaatiin bishaan sana gara keessoo funyaan isaatti ol harkisee baasuudha, eegasii fuula isaa si’a sadii dhiqachuudha, eegasii harka isaa lameen yeroo sadii  ciqilee lameenin waliin dhiqachuudha, eegasii mataa isaa guutuu al tokko qofa haxaa’ee harka lameen gurra lameen irra baasuudha, eegasii miila isaa lameen koomee lameenin waliin yeroo sadii dhiqachuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3534</t>
   </si>
   <si>
-    <t>قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ</t>
+    <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
   </si>
   <si>
     <t>Rabbiin akkas jedhe: Sooma malee hojiin ilma Aadam hundi isaaf ta’a, soomni anaaf ta'a, anaatu isaan mindeessa</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkas jedhan: «Rabbiin akkas jedhe: Sooma malee hojiin ilma Aadam hundi isaaf ta’a, soomni anaaf ta'a, anaatu isaan mindeessa, Soomni  gaachana, Guyyaan sooma tokkoo keessanii yeroo argame, waan hin taane hin haasa'in, hin iyyin, namni tokko yoo isa arrabse, ykn yoo loleen ani sooma qaba haa jedhuun, Isa Nafseen Muhammad harka isaa jirtuun kakadhee, urgaa afaan nama soomanaatu urgooftuu miskii caalaa Rabbi biratti urgaaya, nama soomuf gammachuu lamaatu jira: Yeroo sooma hiike ni gammada, yeroo Rabbii isaa qunname sooma isaatin gammada».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول في الحديث القدسي: 
 كل عمل ابن آدم يُضاعَف الحسنةُ بعشرِ أمثالها إلى سبعمائة ضعف، إلا الصيام؛ فإنه لي حيث لا يقع فيه الرياء، وأنا أجزي به فأَنْفَرِد بِعلِم مِقدار ثوابه وتضعيف حسناته. 
 ثم قال: (والصيام جُنّة) ووقاية وسِتْر وحِصْن حَصِيْن مِن النار؛ لأنه إمساك عن الشهوات والوقوع بالآثام، والنارُ مَحْفُوفة بالشهوات. 
 (فإذا كان يوم صوم أحدكم فلا يرفث) بالجماع ومُقَدِّماته، ولا بالكلام الفاحش مطلقًا. 
 (ولا يَصخب) بالخِصَام والصِّياح. 
 (فإنْ سابّه أحد أو قاتله) في رمضان فليقل: إني امرؤٌ صائم؛ لعله يكف عنه، فإنْ أصرَّ إلا المقاتلة حقيقة دَفَعَهُ بالأخفِّ فالأخف كالصَّائل. 
 ثم حَلَف صلى الله عليه وسلم وأقسم بالذي نفسه بيده أنَّ تَغَيُّرَ رائحةِ فمِ الصائم بسبب الصيام أطيبُ عند الله يوم القيامة من ريح المِسْك عندكم، وأكثر ثوابًا من المسك المندوب إليه في الجُمَع ومجالس الذكر. 
 وللصائم فرحتان يفرحهما: إذا أفطر فَرِح بفطره بزوال جوعه وعطشه حيث أُبِيْحَ له الفطر، وفَرِحَ بتمام صومه وخاتمة عبادته، وتخفيف من ربه، ومعونة على مستقبل صومه. 
 (وإذا لقي ربه فرح بصومه) بجزائه وثوابه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Hadiisa Qudsii keessatti Rabbiin ol ta'e akka akkana jedhe himan:
 Hojiin gaariin ilma Aadam hundi dachaa kudhan hanga dachaa dhibba torbaatti baay’ata. Sooma malee; isa keessatti naa argiin waan hin jirreef, inni anaafi, anaatu isa galata galcha, beekumsa hanga mindaa isaa fi dachaa gaariiwwan isaa anaatu  kophaa ittiin baha.
 Eegasii akkana jedhan: (Soomni gaachana) Eegumsa, girdoo fi ittisa cimaa Ibidda irraa taha; Sababni isaas fedhiiwwanii fi diliiwwan keessatti argamuu irraa of qabuu waan ta'eef jecha, ibiddi immoo fedhiiwwaniin marfamtuudha.
@@ -4397,191 +4502,191 @@
   </si>
   <si>
     <t>فضل الصيام وأنه يحفظ صاحبَه في الدنيا من الشهوات، وفي الآخرة من عذاب النار.
 من آداب الصوم ترك الكلام الفاحش واللَّغَط، والصبر على أذَى الناس ومقابلة إساءتهم بالصبر والإحسان.
 الصائم أو العابد إذا فَرِح بسبب إكمال عبادته والانتهاء منها لم ينقص ذلك من أجره في الآخرة.
 الفرحة الكاملة هي بلقاء الله تعالى، عندما يُوَفَّى الصابرون والصائمون أجرهم بغير حساب.
 إعلام الناس بالطاعة عند الحاجة والمصلحة ليس من الرياء لقوله: (إني صائم).
 الصائم الكامل صومه هو الذي صامت جوارحه عن الآثام، ولسانه عن الكذب والفحش، وقول الزور، وبطنه عن الطعام والشراب.
 تأكيد النهي عن الصَّخَب والخِصام والصِّياح حالَ الصوم، وإلا فَغَيْرُ الصائم مَنهيٌّ عن ذلك أيضًا.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، مِن التَّعَبُّد بتلاوته والطهارة له والتَّحَدِّي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Sadarkaa soomni qabuu fi inni addunyaa kana irratti  fedhii ofii jala deemuu irraa, aakhiratti immoo adabbii ibiddaa irraa akka saahiba isaa eeguudha.
 Naamusaalee soomaa keessaa dubbii fokkotaa fi waan bu'aa hin qabne dhiisuudha, akkasumas miidhaa namootaa irratti obsuu fi arrabsoo isaanii obsaa fi gaarummaadhaan deebisuudha.
 Namni soomu ykn Rabbiin gabbaru tokko, sababaa ibaadaa isaa guutee xumuruutin yoo gammade sun mindaa isaa kan aakhiraa irraa homaa hin hir’isu.
 Gammachuun guutuun Rabbii ol ta'een wal arguudha, yeroo namoonni obsa qabanii fi sooman mindaan isaanii osoo hin herregamin kennamuuf.
 Yeroo barbaachisaa ta’ee fi dhimma tokko tokkoof kheyrii kee namoota beeksisuun naa argii irraayii miti, akkuma jedhamu: (Ani sooma qaba).
 Namni soomu kan soomni isaa guutuu ta'e isa qaamni isaa diliiwwan irraa of qusate, kan arrabni isaa soba, waan fokkotaa fi jecha cubbuu irraa callisee fi nama garaan isaa nyaata fi dhugaatii irraa agabuu ooleedha.
 Osoo sooma irra jiran sagalee ol kaasuu, walfalmii fi waca garaagaraa irraa dhoorguu gadi jabeessuudha, yoo akkana hin jenne namni sooma hin qabnis sana irraa dhoorgamaadha.
 Hadiisni kuni Hadiisowwan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Rabbii isaanii irraa odeessan keessaa isa tokkoodha, inni Hadiis al-qudsii ykn Hadiis al-ilaahii jedhama. Inni Hadiisa jechi isaa fi hiikni isaa Rabbiin biraa ta'eedha, Haa ta’u malee amaloota Qur’aanni waan biraa irraa adda itti tahe hin qabu, kan akka qara’uu/dubbisuu isaatiin Rabbiin gabbaruu, isaaf of qulqulleessuu, isaan morkachuu, dinqii fi kkf.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3546</t>
   </si>
   <si>
-    <t>إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا</t>
+    <t>إذا لقي أحدكم أخاه فليسلم عليه، فإن حالت بينهما شجرة أو جدار أو حجر ثم لقيه فليسلم عليه أيضا</t>
   </si>
   <si>
     <t>Tokkoon keessan obboleessa isaa yeroo qunname salaamtaa haa jedhuun, mukni yookaan dhaabni yookaan dhagaan gidduu isaaniitti haguugde eegasii ammas yoo isa qunname salaamtaa isaan haa jedhu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu-Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkas  jedhan: «Tokkoon keessan obboleessa isaa yeroo qunname salaamtaa haa jedhuun, mukni yookaan dhaabni yookaan dhagaan gidduu isaaniitti haguugde eegasii ammas yoo isa qunname salaamtaa isaan haa jedhu».</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Muslimni tokko obboleessa isaa Muslimaa yeroo qunnamu hundatti salaamtaa akka isaan jedhu kakaasan, yoo isaan osoo waliin deemanii gidduu isaaniitti danqaan akka mukaa, ykn dhaabaa, ykn dhagaa guddaa isaan garagara baasee eegasii isa qunname deebi'ee akka salaamtaa isaan jedhu kakaasaniiru.</t>
   </si>
   <si>
     <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
 شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
 السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
 السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
   </si>
   <si>
     <t>Salaamtaa waliin jechuu heddummeessuu fi jijjiirama haalaa hundaa irratti irra deebi’uun salaamtaa waliin jechuun jaalatamaa ta'uudha.
 Salaamtaa waliin jechuu heddummeessuu irratti bolola cimaa akka qabaniidha, nagaa fi rahmanni irra haa jiraatu; sababni isaas Muslimoota giddutti jaalalaa fi walitti dhiheenya fiduun isa keessa waan jiruuf jecha.
 Salaamtaa jechuun inni jecha kana: (Assalaamu aleykum) jechuunis: nageenyi isin irratti haa jiraatu, jechuudha, ykn (Assalaamu aleykum warahmatullaahi wabarakaatuh) jechuunis: nageenyi, rahmanni Rabbii fi barakaan isaa isin irratti haa jiraatu, jechuudha, kun yeroo dura walitti dhufan harka wal fuudhuu argamu maleedha.
 Salaamtaan Du'aa'ii waan ta’eef, Muslimoonni irra deddeebi’anii yoo ta’ellee waliif du'aa'ii gochuutti haajamoodha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3552</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>''Garbichi yeroo dhukkubsatetti yookaan yeroo imala ba'etti akkuma yeroo biyya isaa jiraataa fi fayyaa ta'e hojjatutti isaaf barreeffama</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Abuu Muusaa al-ash'arii irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jedhan: ''Garbichi yeroo dhukkubsatetti yookaan yeroo imala ba'etti akkuma yeroo biyya isaa jiraataa fi fayyaa ta'e hojjatutti isaaf barreeffama".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- tola Rabbiitii fi rahamata Isaa irraa himan, dhugumatti muslimni  yeroo fayyaa qabuu fi biyya isaa jiraatutti aadaa isaa irraa hojii gaarii kan hojjatu ta'ee eegasii sababaan yoo isatti argamee dhukkubsatee isa hojjachuu dadhabe yookaan isa irra imala ba'uun yoo qabame, yookaan sababa kamiinuu ta'u; dhugumatti mindaa guutuutu isaaf barreeffama, akkuma waan yoo haala fayyaa qabuu fi biyya isaa jiru hojjatetti.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Bal'ina tola Rabbii garboottan Isaa irratti.
 Rabbiif kheyrii hojjachuu keessatti tattaaffii gochuu fi yeroo fayyaa  qabanuu fi duwwaa ta'anitti yerootti fayyadamuutti kakaasuu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Irra caalaan zikriidhaa: "Laa ilaaha illallaah" jechuudha, irra caalaan kadhaadhaa immoo: "Alhamdulillaah" jechuudha</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Jaabir irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- akkas jedhanin dhaga'e: "Irra caalaan zikriidhaa: "Laa ilaaha illallaah" jechuudha, irra caalaan kadhaadhaa immoo: "Alhamdulillaah" jechuudha".</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- dhugumaan irra caalaan zikrii ''Laa ilaaha illallaah'' akka ta'e himan, hiikkaan isii haqaan gabbaramaan Allaaha malee hin jiru jechuudha, akkasumas dhugumaan irra caaalaan kadhaa "Alhamdulillaah'' jechuu akka ta'e himan; isiinis qananiisaan Rabbuma -qulqullaa'e- kan sifa guutuu bareedaa haqa godhate jedhanii amanuudha.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Jecha tawhiidaatiin Zikrii Rabbii gochuu fi Alhamdulillaah dhaan kadhachuu heddummeessuutti kakaasuudha.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[tirmizii, nasa'ii kubraa keessatti odeesse. ibnumaajahis odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3567</t>
   </si>
   <si>
-    <t>أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟</t>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Waan Rabbiin diliiwwan isaan haqee sadarkaalee isaan ol kaasutti isin qajeelchuu?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin irraa haa jaallatu- Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Waan Rabbiin diliiwwan isaan haqee sadarkaalee isaan ol kaasutti isin qajeelchuu?» ni jedhan: Eeyyee yaa Ergamaa Rabbii, isaanis ni jedhan: «wuduu’a osoo namatti jabaatuu waliin gahuun raawwachuu, gara masjiidotaatti tarkaanfii baay'isuu fi salaata booda salaata biraa eeggachuudha, suni hidhannaa cimaa».</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- hojiilee diliiwwaniif araarama argachuu fi kitaabban tiksitootaa irraa haqamuu isheeti fi sadarkaaleen jannata keessatti ol ka'uuf sababaa tahan irratti isaan qajeelchuu akka barbaadan sahaabota isaanii gaafatan?
 Sahaabonni akkana jedhan: Eeyyee, nuti akkas barbaanna. isaanis ni jedhan:
 Inni jalqabaa: Rakkina akka qorraa, hanqina bishaanii, dhukkubbii qaamaa fi bishaan hoo'aa ta'uu waliin wuduu’a guutanii raawwachuudha.
 Lammaffaan: Manni irraa fagaatuu waliin gara masjidaatti tarkaanfii heddummeessuudha.
 Sadaffaan: Yeroo salaataa eeggachuu, qalbii itti rarra'uu, itti of qopheessuu fi masjiida keessa  jamaa’aa eeggachuuf taa'uudha, Yeroo salaata raawwate hanga salaanni biraa dhuftutti bakka itti salaate san tura.
 Sana booda Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dhimmoonni kun dubbii hidhannaa dhugaa ta’uu ibsan; sababni isaas karaawwan sheyxaanaa nafsiyyaa irraa waan cuftee, fedhii ishee waan gad qabdee, waswaasa qeebaluu irraa waan ishee dhoorgituuf jecha, kanaani ummatni Rabbii waraana sheyxaanaa injifata; kun jihaada guddaadha, sababaa kanaan sadarkaa  hidhannaa eddoo diinaa irratti taate.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Barbaachisummaa salaata jamaa’aa masjiida keessatti eeggachuuti fi salaataaf xiyyeeffannaa kennuu fi irraa shaagaluu dhabuuti.
 Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- dhiheessii gaarii dhiyeessanii sahaaboota isaanii hawwisiisuudha, sunis bifa gaafitiin mindaa guddaan eegaluuni, kunis mala baruu fi barsiisuu keessaa isa tokkoodha.
 Faayidaa dhimmicha bifa gaaffii fi deebitiin dhiyeessuu: Haasaan sun caalaatti akka qabamu gochuudha, sababaa dhoksanii eegasii ibsuutin.
 Al-Nawawiin, Rabbiin rahmata isaaf haa godhuu, akkana jedhe: Sun hidhannaadha, jechuun: Hidhaa barbaachisaa ta'eedha, ka’umsi hidhaa immoo waan tokkotti hidhuudha, akka waan lubbuu isaa Rabbiif ajajamuu irratti hidheeti. Akkas jedhame: inni irra caalaa hidhannaati, Akkuma jedhame: qabsoon qabsoo lubbuu ofiitin waliin godhan, inni hidhannaa laafaa mijjataa ta'eedha, jechuun: inni gosoota hidhannaa keessaa isa tokko jechuudha.
 Jechi “Ribaax” jedhu (al)iin waa beeksiftu irratti galuun wajjiin deddeebi'eera; sunis dhimma gochoota kanneenii guddisuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3574</t>
   </si>
   <si>
-    <t>أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ</t>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Hojiilee keessan keessaa irra caalaa isiniif himuu, akkasumas Rabbii keessaniin biratti irra qulqulluu ishee, sadarkaa keessan ol kaasuu keessatti irra ol aantuu ishee</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Abuu Dardaa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Hojiilee keessan keessaa irra caalaa isiniif himuu, akkasumas Rabbii keessaniin biratti irra qulqulluu ishee, sadarkaa keessan ol kaasuu keessatti irra ol aantuu ishee, warqee fi meetii kennachuu irra caaltuu kan taate fi diina keessan qunnamtanii morma isaanii rukutuu fi isaanis morma keessan rukutuu irra caaltuu kan taate isiniif himuu?» ni jedhan: Eeyyee. Isaanis ni jedhan: «Rabbii ol ta'e zakkaruudha».</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sahaabaa isaanii akkana jedhanii gaafatan: 
 Irra caalaa hojiilee keessanii fi Rabbii guddaan biratti irra kabajamtuu, irra caaltuu fi irra qulqulluu ishee isiniif himuu fi isin barsiisuu ni barbaadduu? 
 Sadarkaa keessan Jannata keessatti irra ol kaastu?
 Warqee fi meetii sadaqachuu irra  isiniif caaltu?
 Lolaaf Kaafiroota diina keessan wajjiin wal qunnamtanii, isin morma isaanii rukuttanii, isaanis morma keessan rukutuu irra caaltuu kan taate?
@@ -4592,227 +4697,227 @@
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Gubbaa fi keessanis itti fufiinsaan Rabbii ol ta'e zakkaruun irra guddaa wantoota Rabbittiin dhihaatanii fi Rabbiin biratti irra bu'a qabeessa ta'uudha.
 Hojiileen hundi kan karaa godhamte Rabbii ol ta'e zakkaruuf jecha, Rabbiin ol ta'e akkana jedhe: (Ana zakkaruuf jecha salaata dhaabi). Isaanis, nagaa fi rahmanni irra haa jiraatuu, akkana jedhan: "Beytiifii Safaa Marwaa jidduu naanna’uu fi dhagaa darbachuun Rabbii ol ta'e zakkaruuf jecha taasifame". Abuu Daawuudii fi Tirmiizitu gabaase.
 Al-Izzu bin Abdussalaam Qawaa'ida isaa keessatti akkana jedhe: Hadiisni kun Mindaan ibaadaalee hunda keessatti hamma dadhabbiitin akka hin taane wantoota agarsiisan keessaa isa tokkoodha, inumaayyuu Rabbiin ol ta'e dalagaa gurguddoo irratti mindaa kennu caalaa dalagaa xixiqqoo irratti mindaa guddaa yeroo tokko tokko ni kenna. Mindaan akka garaagarummaa sadarkaatin ta'a.
 Al-Manaawiin Feyd al-Qadiir keessatti akkana jedhe: Hadiisni kun warra yeroo san ilaallatu ilaalchisee zikriin akka isaanif irra caalaa ta'e agarsiisa, nama jabaa goota lola keessatti islaamummaa fayyaduun isaan argamu ilaalchisee osoo dubbatamee Silaa irra caalaan dalagaa jihaada jedhamaani ture, ykn dureessa qabeenya isaatin namni hiyeessi fayyadamu osoo ta'ee silaa irra caalan dalagaa sadaqaadha jedhamaani ture, akkasumas nama Hajjii gochuu irratti dandeettii qabu osoo ta'ee silaa irra caalaan dalagaa Hajjii gochuudha jedhamaani ture, ykn nama haadha fi abbaa qabu osoo ta'ee irra caalaan dalagaa isaanitti tola ooluudha jedhamaani ture, kanaani jidduu Hadiisowwanii wal simachuun argama.
 Irra guutuun zikrii waan arrabni xiinxala qalbiitin dubbateedha. eegasii waan qalbii qofaan ta'e, sun waan akka xiinxaluuti, eegasii waan arraba qofaan ta'e. Yoo Rabbiin ol ta'e fedhe hunduma keessa mindaan jira.
 Muslimni zikriiwwan haala yeroo waliin walqabatan, kan akka zikrii ganamaa fi galgalaa, masjiida fi mana seenuu, mana fincaanii seenuu fi irraa bahuu fi kan biroo irratti tikfachuun namoota hedduu Rabbiin zakkaran irraa isa taasisa.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[tirmizii, ibnumaajahfii ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3575</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>''Jannanni gara tokkoo kessaniitti Haada kophee keessanii irra dhihaatti, ibiddis akkasuma''</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ibnu Mas'uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: ''Jannanni gara tokkoo kessaniitti Haada kophee keessanii irra dhihaatti, ibiddis akkasuma''.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhugumatti jannannii fi ibiddi ilma namaatti haada kophee gubbaa faanaa irra jiruu caalaa dhihoo ta'uu himan, namni gariin ibaadaa waan Rabbiin jaallatu irraa tokko hojjatee isiidhaan jannata seenuun waan maluufi, yookaan badii tokko dalagee sababaa ibidda seenuu ta'uun isaa waan maluufi.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Toltuutti kakaasuu yoo xiqqatellee akkasumas hamtuu irraa sodaachisuu yoo xiqqaatellee.
 Muslimaaf jireenya isaa keessatti kajeellaa fi sodaa wolitti qabuun dirqama akka ta'ee fi yeroo hundumaa haqa irratti ragga'uu Rabbiin kadhachuu akka qabuudha, bilisa akka ba'uuf jecha, akkasumas haala ofiitiin gowwoomuu akka hin qabneedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Siwaakiin afaaniif qulqullina, Rabbiif waan isa jaallachiisu</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Aa'ishaa irraa odeeffamee -Rabbiin isii irraa haa jaallatu- ni jette: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Siwaakiin afaaniif qulqullina, Rabbiif waan isa jaallachiisu".</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- dhugumatti damee muka aadigaatii fi kan isa fakkaatuun ilkaan qulqulleeffachuun hafuura badaa fi xuriiwwan irraa afaan akka qulqulleessu himan. Akkasumas suwaakkatuun sababoowwan garbichi jaalala Rabbii ittiin argatu irraa ta'uu himan; waan isa keessa Rabbiin tole jechuu fi ajaja isaa fudhachuun jiruuf jecha, akkasumas waan qulqullinni Rabbiin ol ta'e jaallatu isa keessa jiruuf jecha.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Sadarkaa suwaakkachuun qabuu fi akka isa heddummeessanuuf Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ummata isaanii kakaasuudha.
 Suwaakkachuu keessatti irra caalaan damee muka araakii fayyadamuudha, buruushii fi saamunaa fayyadamuun bakka isaa ni bu'a.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[nasa'iif ahmad odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Salaatowwan shanan, Jumu'aan hanga Jumu'aatti, Ramadaanni hanga Ramadaanaatti, waan isaan gidduutti raawwatame ni haqan yoo badii gurguddoo irraa fagaatame</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Abuu hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jedhan: "Salaatowwan shanan, Jumu'aan hanga Jumu'aatti, Ramadaanni hanga Ramadaanaatti, waan isaan gidduutti raawwatame ni haqan yoo badii gurguddoo irraa fagaatame".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- dhugumatti salaatonni shanan kan guyyaa fi halkan keessatti dirqama godhamanii fi salaanni jumu'aa torbaan hunda salaatamuu fi woggaa hunda baatii Ramadaanaa soomuun ulaagaa badiiwwan gurguddoo irraa fagaachuutiin badiiwwan xixiqqoo isaan gidduutti raawwatamte ni haqan jechuudha himan. Badiiwwan gurguddoon akka sagaagalummaa fi farsoo dhuguu isiin tawbaan malee hin haqamtu.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Badiiwwan irraa gurguddoo fi xixiqqootu jira.
 Baddiiwwan xixiqqoon haqamuuf badiiwwan gurguddoo irraa fagaachuun dirqama.
 Badiiwwan gurguddoon isii duuniyaa irratti adabbiin isiidhaaf dhufeedha, yookaan kan Aakhiraatti sodaachifni adabbiidhaan, yookaan dallansuun, yookaan akeekkachiisaan, yookaan nama isii dalge abaaruun,  kan isiidhaaf dhufeedha, sun waan akka sagaagalummaa fi farsoo dhuguufaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Aayaa tokkollee taatu ana irraa geessaa, ilmaan israa'iil irraas odeessaa badii hin qabuutii, namni beekaa ana irratti sobe ibidda keessatti teessuma isaa haa mijjeeffatu</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Abdullaah ilma Amrii irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- dhugumaan Nabiyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Aayaa tokkollee taatu ana irraa geessaa, ilmaan israa'iil irraas odeessaa badii hin qabuutii, namni beekaa ana irratti sobe ibidda keessatti teessuma isaa haa mijjeeffatu".</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- beekumsa Qur'aanaa yookaan Hadiisaa isaan irraa geessuutti ajajan, osoodhuma wantichi geeffamu muraasa ta'eellee, akka Aayaa takka tan Qur'aanaa, yookaan Hadiisa tokkooti, ulaagaa waan geessuu fi itti waamu sana beekuutiin. Eegasii banii israa'iil irraa taatewwan isaan mudatte kan shari'aa keenya hin faallessine yoo ta'e odeessuun rakkoo akka hin qabne ifa galchan. Eegasii isaan irratti sobuu irraa sodachisan, namni beekaa isaan irratti sobe lubbuu isaatiif ibidda keessatti mana haa godhatu jedhan.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Shari'aa Rabbii geessuutti kakaasuu, namni waan haffazee fi hubate osoo xiqqoollee ta'e geessuutu isa irra jiraadha.
 Beekumsa shari'aa barbaaduun dirqama ta'uudha, Rabbiin gabbaruu fi shari'aa isaa haala sirriitiin geessuu akka danda'anuuf jecha
 Sirrummaa Hadiisa kamiiyyuu isa geessuu yookaan raabsuun duratti mirkaneeffachuun dirqama ta'uudha, akka sodaachisa jabaa kana keessa hin seenne of eeguuf jecha.
 Haasaa keessatti dhugaa dubbachuu fi Hadiisa odeessuu keessatti of eeggannoo gochuutti kakaasuudha, akka sobatti hin galleef jecha, keessattuu shari'aa Rabbii ol ta'ee keessatti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3686</t>
   </si>
   <si>
-    <t>دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ</t>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Hojiin yeroo isa hojjadhe jannata itti seenutti na qajeelchi, Isaanis akkana jedhan: "osoo waan biraa Isaatti hin qindeessin Rabbiin gabbarta, salaata dhaabda, zakaa dirqamaa ni kennita, Ramadaana ni soomta</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee Rabbiin isa irraa haa jaallatu: Namni baadiyyaa tokko gara Nabiyyitti -nagaa fi rahmanni isaan irratti haa jiraatu- dhufee akkas jedheen: Hojiin yeroo isa hojjadhe jannata itti seenutti na qajeelchi, Isaanis akkana jedhan: "osoo waan biraa Isaatti hin qindeessin Rabbiin gabbarta, salaata dhaabda, zakaa dirqamaa ni kennita, Ramadaana ni soomta" namichis akkas jedhe: Isa lubbuun kiyya harka Isaa keessa jirtuun kakadhee kana irratti homaa hin dabalu, sana booda yeroo namichi deemuuf achi garagale Nabiyyiin -nagaa fi rahmanii isaan irratti haa jiraatu- akkana jedhani: "Namni gara namicha wahii kan warra jannataa irraa ta'e ilaaluun isa gammachiise gara namicha kanaa haa ilaaluu".</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
     <t>Namichi warra baadiyyaa irraa ta'e wahii hojii jannata isa seensisu irratti akka isa qajeelchaniif jecha Nabiyyitti -nagaa fi rahmanni isaan irratti haa jiraatu- ni dhufe, Nabiyyiinis -nagaa fi rahmanni isaan irratti haa jiraatu- jannata seenuu fi ibidda irraa baraaramuun utubaawwan Islaamaa raawwachuu irratti kan dhaabbatu ta'uudha isaaf himani, isaanis osoo Isatti homaa hin daballe Rabbiin qofa gabbaruudha. Salaata shanan Rabbiin guyyaa fi halkan hunda keessatti gabroota Isaa irratti isii dirqama taasise salaatuudha. Zakaa qabeenyaa kan Rabbiin isii sirratti dirqama taasise warra isii haqa godhatuuf kennuudha. Sooma ji'a Ramadaanaa yeroo isaa eeggattee soomuudha. Namichi sana booda ni jedhe: Isa lubbuun koo harka Isaa keessa jirtuun kakadhee hojii dirqamaa kanan isa sirraa dhagahe irratti kheyrii adda addaa irraa homaa hin dabalu, irraas hin hirdhisu. Yeroo namichi deemuuf achi garagaletti Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhani: Namni gara namicha wahii kan warra jannataa irraa ta'e ilaaluun isa gammachiise gara namicha baadiyyaa kana haa ilaaluu.</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Gabbartiin Rabbii ol ta'e tokkochoomsuun dura waan gara Rabbiitti waamuu keessatti isaan eegalamuuti.
 Warra Islaamummaaf haaraa ta’an dirqamoota isaan barsiisuu irratti gabaabbachuudha.
 Gara Rabbiitti waamuun sadarkaa sadarkaan ta’uudha qaba.
 Waaʼee amantaa isaa barachuu irratti bolola namichi qabuudha.
 Muslimni tokko dirqamoota qofa irratti yoo of daangeesse ni milkaa’a, garuu kun hojiilee sunnaa keessatti dantaa dhabuu irratti nama hin qajeelchu; sababni isaas sunnaadhaan hanqinni waajiba keessatti argamu waan guutamuuf jecha.
 Garii ibaadaa dubbachuun  barbaachisummaa fi itti nama kakaasuu irratti nama qajeelcha, kana jechuun inni hafe dirqamaa miti jechuudhaa miti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3689</t>
   </si>
   <si>
-    <t>أَفْلَحَ إِنْ صَدَقَ</t>
+    <t>أفلح إن صدق</t>
   </si>
   <si>
     <t>Yoo dhugaa dubbate milkaa'e</t>
   </si>
   <si>
     <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
   </si>
   <si>
     <t>Xalhaa bin Ubeydillaah irraa odeeffame, Rabbiin irraa haa jaallatu akkana jedhe: Warra najdii keessaa namichi mataan isaa faaggaa ta'e tokko gara Ergamaa Rabbitti -nagaa fi rahmanni irra haa jiraatu- ni dhufe, nuti sagalee isaa dhageenya malee waan inni jedhu hin beeknu, hanga Ergamaa Rabbitti -nagaa rahmanni irra haa jiraatu- dhihaatutti, yeroma san inni waa’ee Islaamaa gaafata. Ergamaan Rabiittis -nagaa rahmanni irra haa jiraatu- akkas jedhan:  «Guyyaa fi halkan keessatti salaata shani», innis akkas jedheen: kana malee kan biraa narra jiraa? «lakkii, yoo salaata sunnaa salaatte malee, Ji'a Ramadaanaa soomuudha», namichis ni jedhe: kan malee kan biraa narra jiraa? isaanis ni jedhan: «Lakkii, yoo sooma sunnaa soomte malee», Ergamaan -nagaa fi rahmanni irra haa jiraatu- zakaa baasus isaaf dubbannaan, innis akkas jedhe: kana malee kan biraa narra jiraa? isaanis ni jedhan: «Lakkii, yoo waan dabalataa kennite malee», ni jedhe: Namichi eegasii akkas jechaa deeme: Rabbiin kakadhee, kana irratti homaa hin dabalu, irraahis hin hir'isu, Ergamaan Rabbiis -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Yoo dhugaa dubbate milkaa'e».</t>
   </si>
   <si>
     <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
 فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
 فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
 فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
 ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
 فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
 فقال: لا، إلا أن تتطوّع بصوم. 
 ثم ذكر له صلى الله عليه وسلم الزكاة.
 فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
 قال: لا، إلا أن تتطوّع. 
 وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
   </si>
   <si>
     <t>Namichi warra Najdii irraa ta'e tokko gara Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- ni dhufe, rifeensi isaa faaggaa ture,  sagaleen isaas ol ka'aa ture, wanni inni dubbatu hin hubatamu, hanga Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- dhiyaatee, waa’ee dirqamoota Islaamaa gaafatetti?
@@ -4829,850 +4934,882 @@
   </si>
   <si>
     <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
 حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
 البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
 الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
 أهمية هذه الأعمال وأنها من أركان الإسلام.
 صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
 بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>Laafina heera fi seera islaamummaati fi warra dirqama qaban irratti salphaa ta'uu isaati.
 Bifa gaarin Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- namicha kana keessummeessuudha, dhugumatti akka inni gara isaanitti dhiyaatee akka barbaadetti isaan gaafatu isaaf haala mijjeessaniiru.
 Waan hunda caalaa barbaachisaa ta’een eegasii kan itti aanun gara Rabbii ol ta'etti waamuu keessatti barbaachisaa ta'uudha.
 Islaamummaan amantaa fi hojiidha. Amantii malee hojiin faayidaa hin qabu, amantiin immoo dalagaan malee bu'aa hin qabu.
 Barbaachisummaa dalagaawwan kanaa fi utubaawwan Islaamaa keessaa ta’uu isaaniiti.
 Salaanni jum'aa salaata dirqamaa shanan keessatti hammatamtuudha; Sababni isaas nama irratti dirqama taatef guyyaa jum'aa keessatti salaata Zuhrii irraa bakka buutee waan raawwatamtuuf jecha.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- booda shahaadaa lamaanitii irra cimaa dirqamoota Islaamaatiin barsiisa isaanii jalqaban; sababni isaas namichi waan muslima ta'eef jecha, Hajjii hin dubbnne; osoo hajjiin dirqama hin ta'in waan ta'eef jecha, ykn yeroon isaa waan hin gayiniif jecha.
 Namni tokko akka seera Islaamaatti wanta dirqama ta’etti yoo of daangeesse ni milkaa’a. Garuu kun sunnaa gochuun hin ta'u jechuu miti; Sababni isaas guyyaa qiyaamaa keessatti dirqamoonni yoo hir'atan waan sunnaan guutamaniif jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3700</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>“Dadhabbiin, dhukkubni, yaaddoon, gaddii fi miidhaan kamiyyuu muslima tokko hin mudatu, hanga qoree isa waraanu gayuutti Rabbiin sababaa sanaatiin dilii isaa irraa buusu malee.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Abuu Sa`iid al-Khudrii fi  Abu Hurayraa irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: “Dadhabbiin, dhukkubni, yaaddoon, gaddii fi miidhaan kamiyyuu muslima tokko hin mudatu, hanga qoree isa waraanu gayuutti Rabbiin sababaa sanaatiin dilii isaa irraa buusu malee.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Ergamaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhukkuba, yaaddoo, gadda, rakkina, balaa, sodaa fi beela irraa  wanni muslima mudatu -hanga qoree isa waraantee isa laalessitu gayuutti- sun dilii isaatiif kaffaaraa isaaf ta'ee badii isaa akka isa irraa buusu ibsan.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Tola Rabbiin gabroota Isaa mu'umintoota irratti oolee fi irra xiqqaa rakkina isaan mudatuun badii isaanii isaanif dhiisuudhaan rahmata Inni isaanif godhe ibsuudha.
 Muslimni wanta isa mudateef mindaa Rabbiin irratti herregachaa, akka sadarkaan isaa ol fuudhamee badiin isaa isa irraa haqamuuf jecha waan xiqqoo guddoo isa mudatu irratti obsuudha qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Ibiddi fedhiiwwaniin haguugamte, jannanni immoo waan jibbamaan haguugamte</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Ibiddi fedhiiwwaniin haguugamte, jannanni immoo waan jibbamaan haguugamte".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ibiddi haraama hojjachuu irraa yookaan dirqama keessatti hirdhisuu irraa wantoota lubbuun feetuun haguugamtee marfamtee akka jirtu ifa galchan. Namni sana keessatti lubbuu isaa fedhii isii hordofsiise ibidda haqa godhate. Jannanni wantoota lubbuun jibbituun haguugamtee marfamtee jirti, sun akka wantootii itti ajajaman irratti ragga'uu, wantootii haraama ta'an dhisuu fi isa irratti obsuudhaati, yoo isii weeraree sana irratti lubbuu ofiitti qabsaa'e jannata seenuu haqa godhate.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Sabaabaawwan fedhiiwwan keessatti akka kufan nama taasisan keessaa sheyxaanni badiiwwanii fi waan fokkataa hanga lubbuun bareedaa gootee agartee gara isaatti dabdutti itti bareechuudha.
 Fedhiiwwan haraama ta'an irraa fagaachuutti ajajuudha, waan isiin karaa ibiddatti geessituu taateef jecha, akkasumas waan nama jibbisiisu irratti obsuudha; waan isiin karaa jannatatti geessituu taateef jecha.
 Sadarkaa lubbuu ofiitti qabsaa'anii, ibaadaa irratti tattaaffii gochuu fi waan jibbisiisuu fi ulfaatu tan kheyrii hojjatuun marsitee jirtu irratti obsuun qabuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Haqni muslimaa muslima irratti waa shani, isaanis: salaamataa deebisuu, dhukkubsataa gaafachuu, janaazaa hordofuu, waamicha owwaachuu fi nama haxxiffateen "Yarhamukallaah" jechuudha</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu ni jedhe- Ergamaa Rabbiitii akkas jedhuun dhaga'e -Rabbiin rahamataa fi nageenya isaan irratti haa buusu-: "Haqni muslimaa muslima irratti waa shani, isaanis: salaamataa deebisuu, dhukkubsataa gaafachuu, janaazaa hordofuu, waamicha owwaachuu fi nama haxxiffateen "Yarhamukallaah" jechuudha".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- garii haqoota muslimni tokko obboleessa isaa muslimaa irraa qabu ifa galchan. Jalqabni haqoota kanaadhaa nama salaamataa siin jedheef salaamataa deebisuudha.
 Haqni lammaffaa: dhukkubsataa gaafachuu fi isa ziyaaruudha.
 Haqni sadaffaa: Mana isaatii hanga bakka irratti salaatamuu fi hanga iddoo qabriitti janaazaa hordofuudha.
 Haqni afraffaa: Yeroo gara affeerraa cidhaa fi kan birootti isa waametti waamicha owwaachuudha.
 Haqni shanaffaa: Nama haxxiffate gammachiisuudha, innis yeroo namichi haxxiffatee Alhamdulillaah jedhetti: Yarhamukallaah isaan jechuudha, eegasii namni haxxiffate sun: Yahdiikumullaahu wayuslihu baalakum jedha.</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Muslimootii gidduutti haqoota mirkaneessuu, obbolummaa fi jaalala gidduu isaaniitti gad jabeessuu keessatti guddina islaamummaan qabuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3706</t>
   </si>
   <si>
-    <t>خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ</t>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>Irra caalaan Guyyaa aduun itti baatee guyyaa Jum’aati</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa odeeffamee -Rabbiin irraa haa jaallatu- Nabiyyiin -nagaa fi rahmanni isarratti haa jiraatu- akkana jedhan: «Irra caalaan Guyyaa aduun itti baatee guyyaa Jum’aati, guyyaa kana keessatti Aadam uumame, isa keessatti ammas Jannata seensifame, guyyaa kana keessatti irraa ari’ames, guyyaa Jum’aa malee Qiyaamaan hin dhaabbattu».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- irra caalaan guyyaa aduun itti baatee guyyaa Jum’aa akka ta’e himan. Wantoota guyyaa Jum'aa adda godhan keessaa: Rabbiin guyyaa kana keessatti Aadamiin uume, Isa keessatti Jannata isa seensise, isa keessatti ammas jannata keessaa isa baasee gara lafaatti isa buuse, Guyyaa jum'aa keessatti malee qiyaamaan hin dhaabbatu.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Guyyaan Jimaataa guyyoota torbaanii kanneen biroo hunda caalaa sadarkaa akka qabuudha.
 Guyyaa Jimaataa keessatti hojii gaggaarii baay'isanii hojjechuu irratti kakaasuudha, akkasumas rahmata Rabbii argachuu fi dheekkamsa Isaa jalaa bahuuf qophaa’uun barbaachisaa akka ta'eedha.
 Wantoonni guyyaa Jum’aa adda taasisan tan Hadiisa keessatti ibsaman kunneen akkana jedhame: isiin Sadarkaa guyyaa Jum’aa dubbachuufii miti; Sababni isaas Aadam Jannata irraa baafamuu fi Qiyaamaan dhaabbachuun akka sadarkaatti waan hin ilaalamneef jecha. Akkasis jedhame: hundi isaaniituu sadarkaa caalmaati, Aadam jannata irra bahuun ammoo ergamtoota, nabiyyoota fi namoota gaggaarii irraa sanyiin argamuuf sababaa ta’e, Qiyaamaan dhaabbachuun ammoo mindaa warra gaggaarii ariifachiisuu fi kabajowwan adda addaa irraa waan Rabbiin isaaniif qopheesse akka argataniif sababaa ta'e.
 Wantoota Hadiisa kana keessatti dubbataman malee wantoonni biroo kan guyyaa jum'aa adda taasisan dubbatamaniiru, isaan keessaa: guyyaa kana keessatti Aadam irratti towbaan deebi'ame, ammas isa keessatti du'e, guyyaa kana keessa sa’aatiin gabricha mu’uminaa kamiyyuu osoo kadhatee isa qunnamee, Rabbiin waan san isaaf kennu malee hin hafneetu jira.
 Irra caalaan guyyoota waggaa Guyyaa Arafaati, akkasiis jedhame: Guyyaa qalmaati, irra caalaan guyyoota torbaanii guyyaa Jum’aati, irra caalaan halkanii ammoo halkan qadriiti (leylatul qadr).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3711</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Namicha yeroo gurguru, yeroo bituu fi yeroo waan liqeesse deebisiifatu laafaa ta'e Rabbiin rahmata isaaf haa godhu</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Jaabir irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Namicha yeroo gurguru, yeroo bituu fi yeroo waan liqeesse deebisiifatu laafaa ta'e Rabbiin rahmata isaaf haa godhu".</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama gurgurtaa isaa keessatti laafaa fi arjaa ta'e hundaaf rahamataan du'aa godhaniif; Nama bitutti gatii hin jabeessu, akkasumas haala gaariin isa keessummeessa, Laafaa arjaa kennaadha yeroo bitus; gatii cabsee meeshaa hin xinneessu, Akkasumas yeroo liqaa isa kaffaluu gaafatetti laafaa arjaa kennaadha; rakkataa fi haajomaa irratti hin jabeessu, inumaa laphe ba'aa fi suutumaan gaafata, rakkataaf immoo yeroo kennaaf.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Kaayyoo shari'aa irraa waan walitti dhufeenya gidduu namootaa tolchu tiksuudha.
 Gurgurtaa, bittaa fi waan biroo kan hojiilee gidduu namootatti aragaman irraa ta'e keessatti irra ol aantuu akhlaaqaa fayyadamuutti kakaasuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3716</t>
   </si>
   <si>
-    <t>رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ</t>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>“Fuynaan biyyetti haa maxxanu, eegasii Fuynaan biyyetti haa maxxanu, eegasii Fuynaan biyyetti haa maxxanu, akkas jedhame: Eenyu? Yaa Ergamaa Rabbii! akkana jedhan: «Nama abbaa fi haadha isaa tokko ykn lamaan isaanii bakka dulluma isaanitti dhaqqabee, sababaa saniin jannata hin seenini</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin irraa haa jaallatu- Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akkas jedhan: “Fuynaan biyyetti haa maxxanu, eegasii Fuynaan biyyetti haa maxxanu, eegasii Fuynaan biyyetti haa maxxanu, akkas jedhame: Eenyu? Yaa Ergamaa Rabbii! akkana jedhan: «Nama abbaa fi haadha isaa tokko ykn lamaan isaanii bakka dulluma isaanitti dhaqqabee, sababaa saniin jannata hin seenini».</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- abaarsa salphinaa fi xiqqeenyaa taasisan, hanga akka waan funyaan isaa biyyee keessa kaa’e ta'utti -yeroo sadii irra deebi’anii abaaran- ni gaafataman: Yaa Ergamaa Rabbii inni isin irratti kadhattan kun eenyu?
 nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkas jechuun deebii kennan: Nama abbaa fi haadha isaa - tokkoo isaanii ykn isaan lachuu- bakka dulluma isaanitti dhaqqabatee - jannata seenuuf sababaa isaaf hin ta'aniidha, sunis sababaa inni isaanitti tola ooluu dhabee isaanitti mataa jajjabaachuutiini.</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Abbaa fi haadha ofitti tola ooluun dirqama ta'uu fi inni sababoota itti Jannata seenan keessaa tokko ta'uudha, keessumattuu yeroo isaan dulloomanii fi dadhaban keessatti.
 Abbaa fi haadhaaf ajajamuu diduun diliiwwan gurguddoo irraa akka ta'eedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3718</t>
   </si>
   <si>
-    <t>سَبَقَ الْمُفَرِّدُونَ</t>
+    <t>سبق المفردون</t>
   </si>
   <si>
     <t>Mufarridoonni darban</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- karaa Makkaa irra deemaa osoo jiranuu, gaara tokko kan Jumdaan isaan jedhamu bira darbanii, Akkana jedhani: «Deemaa, kuni Jumdaanii, Mufarridoonni darban» ni jedhan (sahaabonni): Mufarridoota jechuun maal jechuudha yaa Ergamaa Rabbii? Akkas jedhan: «Isaan dhiirotaa fi dubartoota yeroo baay’ee Rabbiin zakkarani».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- sadarkaa namoota yeroo baay’ee Rabbiin zakkaranii ibsani, akkasumas isaan dhugumatti akka adda ta’anii fi jannata qananii keessatti sadarkaalee ol aanoo argachuun namoota biroo akka dursan ibsanii, gaarreen biroo irraa adda kan ta'e gaara Jumdaanitti isaan fakkeessan.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Yeroo baay’ee Rabbiin zakkaruu fi zikrii kanaan yeroo hunda qabamuun jaalatamaa akka ta'eedha, sababni isaas Aakhiraatti dursa argachuun kan danda’amu heddummina kheyritii fi ibaadaa keessatti Rabbiif qulqulleessuuni.
 Rabbiin zakkaruun arraba qofaan ta'a, ykn qalbii qofaan ta'a, ykn arrabaa fi qalbii walitti qabuun raawwatama, inni irra ol aanaa sadarkaati.
 Zikrii irraayi zikriiwwan shari'aa kan yeroon daangeffaman, kan akka zikrii ganamaa, galgalaa fi zikriiwwan salaataawwan dirqama ta'anii fi kanneen biroo boodatti jedhaman.
 Nawawiin akkana jedhe: sadarkaan zikrii , Subhaanallaah, Laa ilaaha illallaah, Alhamdulilaah, Allaahu aAkbar fi kkf jechuu qofaan kan daangeffamuu mitii beeki, namni Rabbii ol ta'eef abboomamuun hojjetu hundinuu zikrii akka waan godhetti lakkaa'ama.
 Rabbiin zakkaruun sababoota gurguddoo ragga'iinsaa keessaa isa tokkodha. Rabbiin akkas jedhe: (Yaa warra amantan yeroo garee (diinaa) tokkoon wal qunnamtan akka milkooftaniif jecha ragga'aatii yeroo baay’ee Rabbiin zakkaraa) [Suuraa Anfaal :45]
 Warra Rabbiin zakkaranii fi gaara Jumdaan wal bira qabuun waan biroo irraa adda ta'uu fi fageenya keessatti; Akkuma warra Rabbiin zakkaruu, gaarri Jumdaan gaarreen biroo irraa adda, akkuma sani warri Rabbii ol ta'e zakkaran, waan biroo irraa adda ta'aa jechuun osoo nama keessa jiraatillee inni isa qalbii isaati fi arraba isaatin Rabbii isaa zakkaruun kophaa bahee, Yeroo kophummaa isaatti booharee, yeroo baay'ee namootatti makamuu irraa kophummaan kan itta dhaga'amuudha. Warra Rabbiin zakkaranii fi gaara jumdaan walitti fakkeessuun akkuma gaarreen ragga'insa lafaatif sababaa ta’an, zikriinis namichi Rabbiin zakkaru amantii irratti ragga'uuf sababaa ta'a jechuufi. Yookaan duuniyaa fi aakhiraatti kheyrii keessatti dursuun ta'a, akkuma namichi Madiinaa irraa gara Makkaa imalu yeroo Jumdaan gahe sun mallattoo Makkaan gayuuti fi namni isa bira gaye dursaa ta'utti akkuma sani namichi Rabbii ol ta'e zakkaru zikrii heddummeessuun nama biroo dursaa ta'a, Rabbiitu waan hunda caalaa beeka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3719</t>
   </si>
   <si>
-    <t>يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ</t>
+    <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>Sheyxaanni osoo inni rafu booda mataa isaa irratti hidhata sadii hidha. Halkan dheera qabdaa rafi jechuun hidhaa hunda irratti rukuta</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: «Sheyxaanni osoo inni rafu booda mataa isaa irratti hidhata sadii hidha. Halkan dheera qabdaa rafi jechuun hidhaa hunda irratti rukuta. Yoo inni dammaqee Rabbiin zakkare hidhaan tokko ni hiikama. Yoo wuduu’a raawwate hidhaan biraa ni hiikama. Yoo salaate hidhaan tokko ni hiikama, nama gaarii mirqaana qabu ta'ee isaaf bari'a, akkas ta’uu baannaan nama hamaa dadhabaa ta'ee isaaf bari'a».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- haala sheyxaanaa fi qabsoo inni nama salaata halkaniitif ykn subhiif ka'uu barbaadu waliin godhu himan.
 Mu’uminni tokko yeroo rafuuf deeme Sheyxaanni mataa isaa irratti hidhata sadii ni hidha-jechuunis: booddee mataa isaa irratti jechuudha-.
 Yeroo mu'uminni dammaqee Rabbii ol ta'e zakkaree waswaasa shexaanatiif owwaachuu dhabe; Hidhaan tokko ni hiikama.
 Yoo wuduu’a raawwate hidhaan inni biraa ni hiikama. 
 yoo ka'ee salaate hidhaan sadaffaa irraa hiikamee, nama gaarii mirqaana qabu ta'ee isaaf bari'a; sababni isaas Rabbiin kheyrif isa waffaquu fi mindaa fi araarama irraa waan Rabbiin isaaf waadaa galetti gammaduu isaatif jecha, kunis hidhaalee sheyxaanaa fi duubatti hanbisiinsa isaa irraa waan isa irraa deemeen waliini. Akkas ta’uu baannaan nama hamaa yaadda'aa qalbii, hojiilee kheyrii irraa ceem'aa ta'ee isaaf bari'a; Sababni isaas hidhaa sheyxaanaatin hidhamaa fi Rabbitti dhihaachuu irraa fageeffamaa waan ta'eef jecha.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Sheyxaanni yeroo hundaa Rabbii ol ta'eef akka hin ajajamne dhoorguuf daandii ilma namaa keessa yeroo hunda deema, Gargaarsa Rabbii guddaa irraa barbaadaa, sababoowwan isa irraa itti tikfaman qabachuun malee gabrichaaf karaan Sheyxaana jalaa ittiin bahu hin jiru.
 Rabbii ol ta'e zakkaruu fi Isa gabbaruun mirqaana fi bal'ina qomaa namaaf fida, akkasumas dadhabbii fi ceem'aa ari’a, dhiphinaa fi jibbaa ni dhabamsiisa; sababni isaas waan inni sheyxaana ari'uuf jecha, wantoonni kunneen immoo waswaasa sheyxaanaa irraayi.
 Mu'uminni Rabbiin ol ta'e ibaadaa isaatif isa waffaquutti  gammadee, sadarkaalee guddinaa fi guutumminaa keessatti dadhabuu isaatif ni dhiphata.
 Rabbiif ajajamuu irraa ceem'uun hojii fi bareechuu sheyxaanaa irraayi.
 Wantoonni sadan kunneen -Rabbiin zakkaruu, wuduu’a gochuu fi salaatni- Sheyxaana akka ari'aniidha.
 Hidhaan kun sheyxaana irraa kan ta'u addatti booddee mataa irrattiidha; sababni isaas bakki kun giddu gala ciminaa fi dirree gochaa waan ta'eef jecha. Yeroo bakka tanatti hidhe lubbuu nama tokkoo to'achuu fi raffisuun isaaf tola.
 Ibnu Hajar al-asqalaaniin akkana jedhe: Jecha isaa keessatti Halkan dubbatuun: "Halkan dheera qabda” wanni isa irraa namaaf mul'atu sun hirriiba halkanii qofa keessatti kan argamu ta'uudha.
 Ibnu Hajar al-Asqalaaniin akkana jedhe: Zikrii kana malee kan biroo bakka isaa hin bu'u wanni jidhu hin jiru, kanaaf wanti zikrii Rabbiitiin mirkanaa’e hundi kana jala seenuu danda'a. Qiraatiin Qur’aanaa, Hadiisaa dubbisuu fi ilmii shari'aa barachuun isa keessa ni gala, irra caalaan waan asitti dubbatamuu jecha Nabiyyiiti -nagaa fi rahmanni irra haa jiraatu-: Namni halkan dammaqee akkana jedhe: (Rabbii tokkicha hiriyaa hin qabne malee wanni biraa kan haqaan gabbaramu hin jiru, mootummaa fi faaruun isa qofaafi, inni waan hunda irratti danda'aadha, faaruun kan Rabbii qofa, Rabbiin qulqullaa'e, Rabbiin malee haqaan gabbaramaan hin jiru, Rabbiin waan hunda irra guddaadha, Rabbiin malee humnis mallis hin jiru. Ergasii akkana kan jedhe: Yaa Rabbi naaf araarami, yookaan Rabbiin kadhate kadhannaan isaa ni owwaatama, yoo wuduu’a godhate salaanni isaa ni qeebalama) Bukhaaritu gabaase.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3731</t>
   </si>
   <si>
-    <t>عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً</t>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
     <t>Rabbiif sujuuda heddummeessi, sababni isaas Rabbiif jecha ati sujuuda hin gootu sababii saniif sadarkaa si ol kaasee, dilii si irraa buusu malee</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>Ma'adaan bin Abii Xalhaa Al-Ya'amarii irraa odeeffamee akkana jedhe: Sowbaan bilisa bahaa Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- kan ta'e qunnameen, akkas jedheen: Dalagaa sababaa isaatin Rabbiin jannata na seensisu naaf himi? ykn akkas jedhe: nan jedhe: Dalagaa gara Rabbiitti irra jaalatamu naaf himi, ni cal'ise, eegasii isa nan gaafadhe, ammas ni cal'ise, eegasii sadaffaa isa nan gaafadhe, akkas jedhe: Yeroo baay’ee sana Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- gaafadhee, akkas jedhan: «Rabbiif sujuuda heddummeessi, sababni isaas Rabbiif jecha ati sujuuda hin gootu sababii saniif sadarkaa si ol kaasee, dilii si irraa buusu malee» Ma'adaan akkas jedhe: Eegasii Abuu Al-dardaa qunnameen isa gaafadhee, fakkaatuma Sowbaan naan jedhe naan jedhe.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- hojii jannata seenuf sababaa namaaf ta'u irraa fagaafatamanii ykn hojii Rabbiin biratti baay’ee jaallatamaa ta’e irraa gaafatamanii?
 nagaa fi rahmanni irra haa jiraatuu gaafataan akkana  jedhan: "Salaata keessatti yeroo baay’ee sujuuda gochuu qabadhu, sababni isaas ati sujuuda tokko Rabbiif jecha hin sujuuddu Rabbiin sababaa sanaan sadarkaa kee ol kaasee, dilii kee siif araaramu malee.</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Sujuudni waan keessa jiruuf, Muslimni salaata dirqamaa fi sunnaatti akka cimu kakaasuudha.
 Jannata seenuun -booda rahmata Rabbiitii- hojiidhaan malee akka hin argamne sahaabonni akka cimsanii beekan ibsuudha.
 Salaata keessatti sujuuda gochuun irra guddaa sababoota sadarkaaleen ol ka'uuti fi diliiwwan namaaf dhiifamuu irraayi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3732</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>Namicha tokko kan namootaaf waa liqeessutu ture, gurbaa isaatiin akkas jedha ture: yeroo rakkataatti dhufte irra isaaf darbi, Rabbiin irra nuuf darbuutu mala</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Namicha tokko kan namootaaf waa liqeessutu ture, gurbaa isaatiin akkas jedha ture: yeroo rakkataatti dhufte irra isaaf darbi, Rabbiin irra nuuf darbuutu mala, eegasii Rabbiin wol gahee jennaan Rabbiinis irra isaaf darbe".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namicha liqaan namootaa waliin hojjatu yookaan beellamaan isaanitti gurguru irraa dubbatan, Ilma isaa kan liqaa namoota bira jiru sassaabuun akkas jedha ture: Yeroo nama waa liqeeffatee rakkina isaa irraa waan liqaa ittiin kaffalu hin qabne "irra isaaf darbi" yookaan isaaf tursiisuun, akkasumas gafachuu keessatti isatti jabeessuu dhabuun, Yookaan hirdhuu yoo ta'ellee waan inni qabu qeebaluuni, sun kaka'umsa isa irraa ta'ee fi Rabbiin irra isaaf darbuu fi isaaf dhiisuu kajeeluudhaaf jecha. Yeroo inni du'e Rabbiin isaaf dhiisee badiiwwan isaa irra isaaf darbe.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Namootaa waliin hojjachuu keessatti isaanitti tola ooluun,  dhiifama isaani gochuunii fi rakkataa isaanii irra darbuuniif irra guddaa sababaawwan guyyaa qiyaamaa garbicha bilisa baasan irraayi.
 Namootatti tola ooluun, Rabbiif qulqulleessuunii fi rahmata isaa kajeeluun sababoowwan badiin itti namaaf dhiifaman irraayi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3753</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ</t>
+    <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Ummanni kiyya hundinuu nagaa keessa jiraatu warra badii hojjatanii muldhisan malee</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Nabiyyii -nagaa fi rahmanni isaan irratti haa jiraatu- akkas jedhuun dhagahe: "Ummanni kiyya hundinuu nagaa keessa jiraatu warra badii hojjatanii muldhisan malee, badii hojjatanii muldhisuu keessaa namni tokko halkan hojii wahii hojjatee, eegasii dhugumatti Rabbiin haala badii sana isaaf dhokseen isaaf kan bari'u yoo ta'u, eegasii akkana jechuu isaati: Yaa ebalu, eda halkan waan akkanaa waan akkasiitiin hojjedhe, dhugumatti Rabbiin isaa isaaf dhoksee haala buleen, girdoo Rabbiin isa irra kaaye sana ofirraa kaasee bari'aaf".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- Muslima tokko kan badii hojjateef dhiifamni Rabbiitii fi araaramni Isaa akka isaaf abdatamu ibsani, nama of tuulummaa fi baalagummaaf jecha badii isaa muldhisu malee, inni akkasii sun dhiifama haqa hin godhatu, halkan badii hojjatee bulee, ganama dhugumatti Rabbiin haala isaaf dhookseen gadi bahee ani kaleessa badii akkanaatiin hojjadhe jedhee nama birootti of hima, Rabbiin dhugumatti isaaf dhoksee haala buleen ganama gadi bahee girdoo Rabbiin isa kaaye ofirraa kaasa!!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Eega Rabbiin namaaf dhoksee badii ofii muldhisuun waan fokkataa ta'uudha.
 Badii ifatti labsuu keessatti gidduu mu'uminootaatti safuu babal’isuutu jiraadha.
 Namni Rabbiin addunyaa kana irratti badii isaaf dhokse aakhirattis ni dhoksaaf, kun bal’ina rahmata Rabbiin  gabroota isaaf godhe irraati.
 Namni badii dalaguun mokkorame of saaxiluu dhabee gara Rabbitti towbaa deebi'uudha qabaadha.
 Guddina dilii warra badii itti yaadanii muldhisanii, nagaan jiraachuu irraa of hoonggessaniiti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3756</t>
   </si>
   <si>
-    <t>لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ</t>
+    <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
     <t>Halkan imala na geessan(Halkan israa'ii) Ibraahiim nan qunname, akkana jedhe: Yaa Muhammad salaamtaa anaraa ummata keetitti geessii, Jannanni biyyee gaarii fi bishaan mi'aawaa akka qabdu isaanitti himi</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
     <t>Ibnu Mas'uud irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Halkan imala na geessan(Halkan israa'ii) Ibraahiim nan qunname, akkana jedhe: Yaa Muhammad salaamtaa anaraa ummata keetitti geessii, Jannanni biyyee gaarii fi bishaan mi'aawaa akka qabdu isaanitti himi, akkasumas lafti ishee diriiraa walqixxaa'e akka ta'ee fi biqiltuun ishee Subhaanallaah walhamdulillaah walaa ilaaha Illallaah wallaahu Akbar jechuu akka ta'e itti himi».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- halkan Imalaa Israa'ii fi Mi’iraaj Ibraahiim Al-khaliil waliin akka wal argan, Inni akkana akka isaanin jedhe himan: yaa Muhammad: Salaamtaa anarraa ummata keetitti geessi, Jannanni biyyee gaarii fi Bishaan mi'aawaa soogidda hin qabne akka qabdu isaan beeksisi, akkasumas Jannanni eddoo bal’aa, wal qixaa kan muka irraa bilisa ta'e akka taate fi biqiltuun ishee jechoota  gaarii akka ta'e, isaanis haftoowwan gaarii: Subhaanallaah walhamdulillaah walaa ilaaha Illallaah wallaahu Akbar jechuu akka ta'e isaan beeksisi, jechuunis: Rabbiin qulqullaa'e, faaruun isa qofaafi, isa malee hqaan gabbaramaan hin jiru, inni waa hunda caalaa guddaadha jechuudha, Muslimni lakkuma ishee irra deddeebi'ee Jannata keessatti biqultuun isaaf dhaabbata.</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>Biqiltoota Jannata keessatti baay’ifachuuf yeroo hunda Zikrii jechuu irratti kakaasuudha.
 Sadarkaa ummanni Islaamaa qabduudha; Ibraahiim -nageenyi fi rahmatni irra haa jiraatu- sana irraa ka'ee salaamtaa isaanif erge.
 Ibraahiim -nagaan irra haa jiraatu- Ummatni Muhammad -nagaa fi rahmatni irra haa jiraatu- Rabbii ol ta'e akka zakkaruu akka baay'isan kakaasuudha.
 Xiibiin akkana jedhe: Jannatni lafa diriiraadha, eegasii Rabbiin ol ta'e tola isaatiin mukkeeni fi gamoowwan akkaataa dalagaa namootatiin ishee keessatti argamsiise, Hojjetaan kamiyyuu sababa hojii isaatiin kan biraa irraa adda, eegasii Rabbiin ol ta'e sanaan mindaa akka argatuuf jecha hojii irraa waan isaaf uumameef yeroo isa laaffisu akka nama mukkeen sana biqiltuu dhaabuu isa godhe.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[ragaalee isaatiin hasani]</t>
   </si>
   <si>
     <t>[tirmizii odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3791</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Firooma fufaan waan isaaf godhan irratti galata kan deebisu osoo hin taane, garuu firooma fufaan isa yeroo firummaan isaa muramte isii fufuudha</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Abdullaah ilma Amrii irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Firooma fufaan waan isaaf godhan irratti galata kan deebisu osoo hin taane, garuu firooma fufaan isa yeroo firummaan isaa muramte isii fufuudha".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni himan Dhugumatti firooma fufuu fi firatti tola ooluu keessatti namni guutuun nama toltuu toltuun deebisuu miti, Dhugumatti firooma fufaan kan firooma fuufuu keessatti guutuu ta'e isa yeroo firoomni isaa muramte isii fufuudha, yoo isatti balleessanillee; inni immoo isaanitti tola ooluun isaaniif deebisa.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Firooma fufuun shari'aa keessatti fudhatama qabu kan si mure fufuudha, nama si miidheef irra darbuu fi nama si dhoorgateef kennuudha malee fufuu galata deebisuutii fi kafallaatii miti.
 Firooma fufuun toltuu irraa qabeenya, du'aa'ii, toltuutti ajajuu, hamtuu irraa dhoorguu fi kan kana fakkaatan qaqqabsiisuun ta'a, akkasumas waan danda'ameen hamtuu isaan irraa deebisuun ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3854</t>
   </si>
   <si>
-    <t>فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا</t>
+    <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>mee maal irratti waadaa siif galla? isaanis ni jedhan: "Osoo homaa itti hin daballee Rabbiin gabbaruu, salaata shanan salaatuu, tole jechuu fi -dubbii dhokataa wahii gadi qabatanii dubbatan- homaa namoota gaafachuu dhabuu irratti</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Abuu Muslim Al-Khawlanii irraa odeeffamee akkana jedhe: Jaallatamaa fi amanamaatu naaf odeesse, inni anaaf jaallatamaadha, ana birattis amanamaadha, inni Aowf bin Maalik Al-Ashja'iidha, Rabbiin isa irraa haa jaallatuu akkas jedhe: Sagal ykn saddeet ykn torba taanee Ergamaa Rabbii bira turre, -nagaa fi rahmanni isaan irratti haa jiraatu- Isaanis akkas jedhan:- "Ergamaa Rabbiitiif waadaa hin galtanii?" nuti waadaa eega isaanif seenne hin turre, kanaaf akkas jenneen: yaa Ergamaa Rabbii dhugumatti waadaa siif seenneerra, isaanis eegasii akkas jedhan: "Ergamaa Rabbiitiif waadaa hin galtanii?" nutis akkas jenne: yaa Ergamaa Rabbii dhugumatti waadaa siif seenneerra, ammas akkas jedhan: "Ergamaa Rabbiitiif waadaa hin galtanii?" ni jedhe: harka keenya diriisinee akkana jenne: yaa Ergamaa Rabbii waadaa siif galleerra, mee maal irratti waadaa siif galla? isaanis ni jedhan: "Osoo homaa itti hin daballee Rabbiin gabbaruu, salaata shanan salaatuu, tole jechuu fi -dubbii dhokataa wahii gadi qabatanii dubbatan- homaa namoota gaafachuu dhabuu irratti" dhugumatti garii namoota sanaa alangeen tokkoo isaanii irraa kufee nama tokkollee akka isa isaaf laatu kan hin gaafanne ta'uudhan arge.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- sahaabota baay’ee wajjin turanii, yeroo sadii akka isaanif waadaa galanii  dhimmoota murtaa’an irratti akka ahdii isaan godhan isaan irraa barbaadan:
 Tokkoffaan: Ajajoota Isaa raawwatanii dhoorgaalee Isaa irraa fagaachuun osoo homaa Isaatti hin dabalin Rabbii tokkicha gabbaruudha.
 Lammaffaan: Salaata shanan guyyaa fi halkan keessatti dirqama ta'an dhaabuudha.
 Sadaffaan: Hooggantoota waan beekamaa ta'een dhagayuu fi tole isaan jechuudha.
 Afraffaan: Dhimma ofii hunda Rabbiin gahatanii sana irraa homaa namoota gaafachuu dhabuudha, Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- dubbii kana yeroo dubbatan sagalee isaanii gadi qabataniiti dubbatan.
 Sahaabonni -Rabbiin isaan irraa haa jaallatu- wanta waadaa galan sana raawwataniiru, hanga namichi hadiisicha odeesse jedhutti: Garii sahaabota sanaa kan tokkoo isaanii irraa alangeen kufee akka isa isaaf kennu nama tokkollee osoo hin gaafatin ofii isaati yaabbii isaa irraa bu'ee isa kan fudhatu dhugumatti ergeera.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Namoota gaafachuu dhiisuu, waa nama gaafachuu jedhamu hunda irraa qulqullaa'uu fi osoo dhimma salphaa osoo ta'ellee namoota irraa duroomuu irratti nama kakaasuudha.
 Gaaffiin irraa dhorgame: gaaffii dhimmoota addunyaa wajjiin waan wal qabatuudha, kanaafuu ilmii fi dhimmoota amantaa irraa gaafachuu hin ilaallatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4176</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Namni nama rakkataa yeroo kenneef, yookaan isaaf irraa gadi buuse, guyyaa gaaddisa Isaa malee gaaddisni hin jirre guyyaa qiyaamaatti Rabbiin gaaddisa Arshii Isaa jaalatti isaaf gaaddiddeessa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jedhan: "Namni nama rakkataa yeroo kenneef, yookaan isaaf irraa gadi buuse, guyyaa gaaddisa Isaa malee gaaddisni hin jirre guyyaa qiyaamaatti Rabbiin gaaddisa Arshii Isaa jaalatti isaaf gaaddiddeessa".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageeya isaan irratti haa buusu- dhugumatti namni nama rakkataa waa liqeeffatee yeroo kennee fii isa eeggate yookaan liqaa isaa sana irraa isaaf waa buuse, mindaan isaa: guyyaa qiyaamaa gaafa aduun mataa gabrootaatti dhihaattee gubaan isaanitti jabaattutti dhugumatti Rabbiin gaaddisa Arshii Isaa jalatti isaaf gaaddiddeessa, Nama Rabbiin isaaf gaaddiddeesse malee namni tokkooyyuu gaaddisa argachuu hin danda'u.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Sadarkaa gabroottan Rabbii ol ta'eetti laaffisuun qabuudha, dhugumatti inni sababoowwan rakkoo guyyaa qiyaamaa jalaa najaa nama baasan irraayi.
 Mindaan fakkaataadhuma hojiiti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Dirqamummaa isaa amanee akkasuma mindaa isaa Rabbiin irratti herregatee namni ji'a Ramadaanaa soome badii isaa irraa kan darbe isaaf dhiifama</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Abuu hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jedhan: "Dirqamummaa isaa amanee akkasuma mindaa isaa Rabbiin irratti herregatee namni ji'a Ramadaanaa soome badii isaa irraa kan darbe isaaf dhiifama".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhugumatti Rabbitti amanuuf jecha, dirqamummaa soomaa, gatii guddaa fi mindaa irraa waan Rabbiin ol ta'e worra soomaniif qopheesse dhugoomsuuf jecha, haala fuula Rabbii ol ta'ee kajeelaa ta'een, kan argisiifannaa fi na dhaga'aan keessa hin jirre namni ji'a Ramadaanaa soome badiiwwan isaa kan darban isaaf dhiifaman jechuudha himan.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Ramadaana soomuu fi waan biroo kan hojiilee gaggaarii irraa ta'e keessatti sadarkaa ikhlaasni qabuu fi barbaachisummaa isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ</t>
+    <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>Namni salaata qorraa lamaan salaate Jannata seena</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Abuu Muusaa Al-Ash’arii irraa odeeffamee -Rabbiin irraa haa jaallatu-: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Namni salaata qorraa lamaan salaate Jannata seena».</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- salaata yeroo qorraa lamaan, kan salaata subhii fi asrii kan ta'an irratti kakaasanii, nama haqa isaanii eegee, yeroo, jamaa'aa fi waan birootin isaan raawwate jannata seenuu keessatti sababaa akka isaaf ta'an isa gammachiisan.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Sadarkaa salaata subhii fi asrii irratt tikfachuun qabuudha; sababni isaas salaanni subhii yeroo hirriibni namatti tolu keessatti waan dhufuuf jecha, salaanni Asrii immoo yeroo namni hojii isaa irratti bobba’u keessatti waan dhufuuf jecha, kanaaf namni salaata lamaan kana irratti tikfate salaata hafan irratti tikfachuun isaa salphaadha.
 Salaanni Fajrii fi Asrii salaata qorraa jedhamanii wanni waamamaniif; Salaanni fajrii qorra halkanii waan qabuuf jecha, salaanni Asrii immoo qorra guyyaa waan qabuuf jecha, inni yeroo ho’aa keessa yoo ta’ellee yeroo isa duraa caalaa salphaadha, ykn kanaan waamamuun isaa tokko tokko irratti injifachiisuun ta’a, akkuma  jedhamu: Qamaraani (baatii lamaan) aduu fi baatif.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4198</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Haala Rabbitti amanee fi mindaa isa irratti herregateen namni halkan laylatulqadrii dhaabbate, badii isaa irraa kan darbe isaaf dhiifama</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Abuu hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jedhan: "Haala Rabbitti amanee fi mindaa isa irratti herregateen namni halkan laylatulqadrii dhaabbate, badii isaa irraa kan darbe isaaf dhiifama".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isa irratti haa buusu- laylatulqadrii Ramadaana irraa kudhanan boodaa keessatti taatu sadarkaa isii salaataan dhaabbachuun qabu hin himan, akkasumas dhugumatti isii fi isii keessatti waan dhufetti haala amanaa ta'een, hojii isaatiin mindaa Rabbii ol ta'ee haala kajeelaa ta'een, na argaa fi na dhaga'aan maletti, salaatuun, kadhannaan, Qur'aana qara'uu fi zikriin namni isii keessatti tattaafate badii isaa irraa kan darbe isaaf dhiifamaadha himan.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Sadarkaa laylatul qadriin qabduu fi isii salaataan dhaabbachuutti kakaasuudha.
 Hojiiwwan gaggariin niyyaa gaariin woliin malee hin qeebalamtu.
 Tola Rabbii fi rahmata Isaati, dhugumatti namni halkan laylatul qadrii haala Rabbitti amanee fi isa irratti herregateen dhaabbate, badii isaa irraa kan darbe isaaf dhiifama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Rabbiin nama toltuu isaaf fedhe, rakkoon isa tuqa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Abuu hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jedhan: "Rabbiin nama toltuu isaaf fedhe, rakkoon isa tuqa".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isa irratti haa buusu- dhugumatti Rabbiin gabroota isaaa mu'umintoota keessaa nama tokkoof toltuu yoo fedhe lubbuu isanii, qabeenya isaaniitii fi maatii isaaniitiin hamtuun tuqee isaan mokkora, gama Rabbii deebi'uun, isa kadhachuun, badiiwwan isaaf haqamuu fi sadarkaan ol fuudhamuun sababaa sanaatiin mu'minaaf waan argamuuf jdcha.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Mu'uminni gosoowwaan balaa addaa addaatiif saaxilamaadha.
 Mokkoramuun Rabbiin gabricha isaa jaallachuuf mallattoo ta'uutu mala, sadarkaa isaa akka ol fuudhuuf, teessuma isaa akka guddisuu fi badiiwwan isaa akka haquuf jecha.
 Yeroo balaan nama mudatutti obsuu fi dallanuu dhabuutti kakaasuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4204</t>
   </si>
   <si>
-    <t>المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ</t>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Muslimni qabrii keessatti yeroo gaafatame, Rabbiin malee gabbaramaan haqaa akka hin jirree fi Muhammad Ergamaa Rabbii ta’uu ragaa ba’a</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Al-Baraa bin Aazib irraa odeeffamee, Rabbiin irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: «Muslimni qabrii keessatti yeroo gaafatame, Rabbiin malee gabbaramaan haqaa akka hin jirree fi Muhammad Ergamaa Rabbii ta’uu ragaa ba’a», Kun jecha Rabbiiti: {Rabbiin warra amanan jecha jabaadhaan jireenya duuniyaa fi aakhiraa keessatti raggaasisa} [suuraa Ibraahim: 27].</t>
   </si>
   <si>
     <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
 فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Mu’uminni qabrii keessatti ni gaafatama, Malaaykonni lamaan akkas gochuuf ramadaman, isaan lamaan immoo akkuma Hadiisa hedduu keessatti dhufetti Munkarii fi Nakiiri, isa ni gaafatan, Rabbiin malee haqaan gabbaramaan akka hin jirree fi Muhammad Ergamaa Rabbii akka ta’an ragaa baha. Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: Kuni jecha ragga'aa ta'e kan Rabbiin isa ilaalchisee akkana jedhe sani: {Rabbiin warra amanan jecha jabaadhaan jireenya duuniyaa fi aakhiraa keessatti raggaasisa} [suuraa Ibraahim: 27].</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>Gaaffiin qabrii haqa akka ta'eedha.
 Tolli Rabbiin gabroota Isaa mu'umintootaf duuniyaa fi aakhiraatti oole guddaa ta'uudha, sunis jecha ragga'aa ta'e irratti isaan raggaasisuuni.
 Sadarkaa Ragaa bahuu tokkichummaa Rabbii fi isa irratti du'uun qabuudha.
 Duuniyaa keessatti amantii irratti ragga'uu fi karaa qajeelaa qabachuun, bakka du'atti towhiida irratti du'uu fi qabrii keessatti bakka gaaffii malaa'ikaa lamaaniitti ragga'uun Rabbiin mu'umina akka raggaasiseedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4206</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>Rabbiin malee dhugaan gabbaramaan biraa akka hin jirre, Muhammad Ergamaa Rabbii ta’uu isaanii hanga ragaa bahanii, salaata dhaabanii, zakaa kennanitti ani namoota mushrika ta'aniin lolutti ajajameera</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: "Rabbiin malee dhugaan gabbaramaan biraa akka hin jirre, Muhammad Ergamaa Rabbii ta’uu isaanii hanga ragaa bahanii, salaata dhaabanii, zakaa kennanitti ani namoota mushrika ta'aniin lolutti ajajameera, yoo san hojjatan haqa islaamummaatiin malee dhiiga isaanitii fi qabeenya isaanii narraa tikfatan, herregni keessa isaanii Rabbiin bira jira".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- mushrikootan lolutti Rabbiin akka isaan ajaje himan, hanga isaan Rabbii tokkicha shariika hin qabne malee dhugaan gabbaramaan hin jiruu fi Muhammadiif -nagaa fi rahmanni isaan irratti haa jiraatu- ergaan ragaa bahanii, halkanii fi guyyaa keessatti salaata shanan irratti eeggachuu fi zakaa dirqamaa warra isii haqa godhataniif kennuu irraa waan ragaan kun barbaadu irratti hanga hojjatanitti. Wantoota kanneen yoo raawwatan Islaamummaan dhiiga isaanii fi qabeenya isaanii ni tiksa; kanaafuu isaan ajjeesuun hin hayyamumu, yoo yakka ykn badii cimaa akka seera islaamummaatti isa irratti ajjeefamuu haqa godhatan raawwatan malee, eegasii guyyaa qiyaamaatti Rabbii ol ta'e kan iccitii isaanii beekuutu isaan qorata.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Murtiiwwan namaa kan ilaallatu mul’ata alaa qofa yoo ta’u, iccitiiwwan Rabbii tokkicha qofaatu beekaadha.
 Barbaachisummaa gara towhiidatti waamuun qabuu fi towhiidni waamicha keessatti dura waan isaan jalqabamuu qabuudha.
 ​
 Hadiisni kun mushrikoonni dirqiin Islaamummaa keessa akka seenan taasisa jechuu osoo hin taane, inumaayyuu gidduu islaamummaa keessa seenuu ykn gibira kaffaluutti isaan filannoo akka qaban agarsiisa, yoo waamicha islaamaa dhoorguu malee didan, akka seera islaamummaatti isaanin loluu malee falli biraa hin jiru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4211</t>
   </si>
   <si>
-    <t>يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ</t>
+    <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Namni yaabbate nama miilan lafa deemuun salaamataa jechuudha qaba, namni lafa deemu immoo nama taa’uun salaamataa jechuudha qaba, namoonni muraasnis namoota baay'een salaamataa jechuudha qaban</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni isaan irratti  haa jiraatu- akkana jedhan.
 ​ "Namni yaabbate nama miilan lafa deemuun salaamataa jechuudha qaba, namni lafa deemu immoo nama taa’uun salaamataa jechuudha qaba, namoonni muraasnis namoota baay'een salaamataa jechuudha qaban".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irratti haa jiraatuu- namoota gidduutti naamusa salaamataa waliin jechuu irratti qajeelfama kennan "Assalaamu aleykum warahmatullaahi wabarakaatuh", Ijoolleen nama guddaan salaamataa jechuudha qaba, namni yaabbate immoo nama miilan deemu irratti salaammachuudha qaba, namni miilan deemu nama taa'aa jiru irratti salaammachuudha qaba, namoonni lakkoofsi isaanii xiqqaa ta'ees namoota lakkoofsi isaanii hedduu ta'e irratti salaammachuudha qaba.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Akkaataa  hadiisicha keessatti dhufetti salaamataa waliin jechuun jaallatamaa ta'uudha, miilan namni deemu nama yaabbateen salaamataa yoo jedhe, akkasumas akkaataa hadiisicha keessatti dubbatame irraa faallaatti salaamataa waliin jechuun yoo argame ni danda'ama, garuu inni caalaa fi filatamaa miti.
 ​
 Akkaataa hadiisicha keessatti tuqameen salaamataa facaasuun wantoota wal jaallachuu fi walitta dhiheenyaf sababaa ta'an irraayi.
 Wantoota dubbataman keessatti yoo wal qixa ta'an, irra caalan isaanii nama salaamataan dura eegaleedha.
 Wantoota namoonni barbaadan hunda keessatti shari'aan islaamaa guutuu ta'uudha.
 Naamusa salaamataa waliin jechuu barsiisuu fi abbaa haqaa hundaaf haqa isaa kennuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4243</t>
   </si>
   <si>
-    <t>دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ</t>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
+  </si>
+  <si>
+    <t>Kun lameen dhiira ummata kootii irratti haraama, dubartoota isaaniitiif immoo halaala</t>
+  </si>
+  <si>
+    <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
+  </si>
+  <si>
+    <t>Aliyyi ibnu Abii Xaalib irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bitaa isaaniitiin hariira qabatanii, mirga isaanitiin immoo worqii qabatanii, eegasii hariiraa fi worqiin harka isaanii lameen ol qabuun, akkas jedhani: «Kun lameen dhiira ummata kootii irratti haraama, dubartoota isaaniitiif immoo halaala».</t>
+  </si>
+  <si>
+    <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- uffata hariiraa yookaan citaa hariira irraa ta'e harka isaanii bitaatiin qabatanii, worqii faayaa yookaan kan sana fakkaatu irraa ta'e immoo harka isaanii mirgaatiin qabatanii eegasii akkas jedhani: hariirra fi worqii uffachuun dhiira irratti haraama, dubartootaaf immoo halaala.</t>
+  </si>
+  <si>
+    <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
+توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
+  </si>
+  <si>
+    <t>Aalimni Islaamaa Assindiin akkas jedhe: (haraama): kan itti fedhame uffannaan itti fayyadamuudha; jijjiirraaf, kennaaf, bittaaf immoo hundaafuu halaala, worqii meeshaa isa irraa taasifatanii itti fayyadamuun immoo hundaafuu haraama.
+faayatti haajamuu fi waan birootiif jecha shari'aan islaamaa dubartiitti bal'isuu isaa.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4292</t>
+  </si>
+  <si>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Hanga ani isin dhiisetti na dhiisaa, warra isin dura darban wanti balleesse, gaaffii isaanii fi Anbiyoota isaanii irratti wal dhabuu isaaniti</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame, Rabbiin irraa haa jaallatu, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Hanga ani isin dhiisetti na dhiisaa, warra isin dura darban wanti balleesse, gaaffii isaanii fi Anbiyoota isaanii irratti wal dhabuu isaaniti, Kanaaf yeroon ani waan tokko irraa isin dhoorge irraa fagaadhaa, yeroon ani waan tokkotti isin ajaje waan irraa dandeessan hojjedhaa».</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- murtiin shari'aa bakka sadiitti akka qoodamu ibsan: waan irraa callifame, wantoota irraa dhoorgaan godhamee fi waan itti ajajame.
 Kan jalqabaa immoo: waan Shari’aan irraa callise: murtiin itti hin dhufne, Bu'urri wantoota keessatti dirqamni jiraachuu dhabuudha; Yeroo Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- jiran keessatti wanta hin argamin irraa gaafachuu dhiisuun dirqama ta'a; sababni isaas dirqamni ykn dhoorgaan itti bu'uu sodaaf jecha, Rabbiin gabroota isaatif rahmata godhuuf waan dhiisef jecha. Du'a isaanii booda ammoo -nagaa fi rahmanni irra haa jiraatu- gaaffiin bifa fatwaatiin ykn dhimma amantii ilaalchisee waan isa barbaachisu bifa barnootatiin yoo ta'e inni eeyyamamaadha dabrees itti ajajamaadha. Yoo bifa mata jabinaafi dhiibbaatiin ta’e, inni isa hadiisa kana keessatti irraa gaafachuu dhiisutti ajajni godhameedha; sababni isaas fakkaataa waan ummata banii Israa’el mudatetti geessuun isaa waan maluuf jecha, Yeroo sa'aa (Horii) akka qalan ajajaman osoo horii kamiyyuu qalanii ajajni irraa bu'a ture, garuu isaan ofirratti jabeessinaan irratti jabeeffame.
 Lammaffaan: Dhoorgaalee; isheenis: waan namni dalaguu dhiise mindaa itti argatu, kan namni dalage ammoo itti adabamuudha, kanaafuu  hunda ishee irraa fagaachuun dirqama ta'a.
 Sadaffaan: Ajajoota; Innis waan namni isa hojjate itti  mindeeffamu, kan dhiise immoo itt adabamu dha, kanaafuu hamma danda’ametti ajajoota raawwachuun dirqama ta'a.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Waan baay’ee barbaachisaa ta’etti xiyyeeffachuun, ammaaf waan haajaan ittu hin jirre dhiisuu fi waan hin argamin tokko irraa gaafachuu dhiisuun barbaachisaa dha.
 Gaaffii gara walxaxiinsa dhimmootatti geessuu danda'uu fi balbala shakkii walii galtee dhabuu hedduutti nama geessu banuun dhoorgaa ta'uudha.
 Waan dhoorgame hunda dhiisutti ajajuudha; sababni isaas isa dhiisuu keessatti rakkinni waan hin jirreef jecha, kanaaf akka walii galatti irraa dhoorguun godhame.
 Hamma danda’ametti waan itti ajajame raawwachuutti ajajuudha; Sababni isaas itti ulfaachuu danda’a ykn irraa dadhabuutu mala waan ta'eef jecha; Kanaaf hamma danda'ameen itti hojjechuutti ajajame.
 Gaaffii baay'isuun dhoorgaa tahuudha, Ulamaa'in dhugumatti gaaffilee bakka lamatti qoodaniiru: Tokkoffaan: Dhimma amantii ilaalchisee waan barbaachisaa ta'e bifa barnootaatiin gaafachuu yoo ta'u, kuni itti ajajamaadha, gaafileen sahaabotaa gosa kana irraayi. Inni lammaffaa: gaafilee bifa mataa jabinaafi itti of dirqanii gaafataniidha, kuni isa irraa dhoorgameedha.
 Ummata kana akka ummata isaan dura darbanitti argametti Nabiyyii isaanii -nagaa fi rahmanni irra haa jiraatu- akka hin faallessine akeekkachiisuudha.
 Waa’ee waan hin barbaachifnee baay’ee gaafachuu fi anbiyoota irratti walii galuu dhabuun sababaa badiinsaati, keessumattuu dhimmoota itti gayuun hin mijjanne kan akka: dhimma wanta hin mul’annee kan Rabbiin qofti beekuu fi haalawwan Guyyaa Qiyaamaa.
 Dhimmoota rakkisoo ta’an irraa gaafachuu dhoorguudha, Awzaa'in akkas jedha: Rabbiin garbicha isaa barakaa beekumsaa dhoorguu yoo barbaade dogongora arraba isaa irratti darbata, Beekumsaan irra xiqqaa namootaa ta'un dhugumatti isaan arge. Ibnu Wahb ammoo akkas jedha: Imaamu Maalikii akkas jedhuun dhagahe: Beekumsa keessatti falmuun ifa beekumsaatin qalbii namichaa irraa deema.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4295</t>
   </si>
   <si>
-    <t>لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ</t>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>Waan guddaa irraa na gaafatte, innis nama Rabbiin isaaf salphise irratti salphaadha</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Mu'aaz bin Jabal irraa odeeffame Rabbiin irraa haa jaallatu ni jedhe: Nabiyyii wajjiin -nagaa fi rahmanni irra haa jiraatu- imala tokko keessatti guyyaa tokko osoo deemnuu itti dhiyaadhee, akkana jedheen: Yaa Ergamaa Rabbii: Hojii jannata na galchee ibidda irraa na fageessu natti himi, Isaanis akkana jedhan: «Waan guddaa irraa na gaafatte, innis nama Rabbiin isaaf salphise irratti salphaadha, Rabbiin gabbarta, homaa isa waliin hin hirmaachiftu, Salaata raawwatta, zakaa ni kennita, Ramadaana ni soomta, Mana Rabbii hajjii ni goota». Eegasii akkana jedhan: «Ani hulaalee kheyrii irratti si qajeelchuu?: Soomni gaachana, sadaqaan akkuma bishaan ibidda dhaamsu dilii namaa dhaamsa, salaata namichaati halkan keessatti». ni jedhe: Eegasii ni qara'an: {Cinaachi isaanii bakkoolee hirriibaa irraa ni fagaatti} eddoo {Ya'amaluun}» jedhu hanga gahanitti, eegasii akkana jedhan: «Mataa dhimmichaa hundaa fi utubaa isaati fi fiixxee dalluu isaa sitti hin himuu ree?» Anis akkana jedheen: Eeyyee yaa Ergamaa Rabbii, ni jedhan: «Mataan dubbii Islaamummaadha, utubaan isaa salaata, fiixxeen dalluu isaa jihaada». Eegasii akkana jedhan: «Waan kana hundumaa walitti qabatu sitti  himuu?» Anis akkana jedheen: Eeyyee yaa Nabiyyii Rabbii, Arraba isaanii qabatanii akkana jedhan: «Kana of irratti qabi» nan jedheen: Yaa Nabiyyii Rabbii, nuti Dhugumattis waan dubbannuuf jecha ni qabamnaa? Isaanis akkana jedhan: «Yaa Mu'aaz haati kee si haa dhabdu! miidhaa arraba isaanii malee namoota fuula isaaniitiin ykn funyaan isaanitiin ibidda keessatti isaan ni kuffisaa?».</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
 قال معاذ رضي الله عنه: بلى يا رسول الله. 
 قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
@@ -5704,723 +5841,838 @@
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>Sahaabonni, Rabbiin isaan irraa haa jaallatu, beekumsaaf fedhii guddaa kan qaban irraa kan ka'een, yeroo baay’ee Nabiyyii -nagaa fi rahmanni irra haa jiraatu- dhimma garagaraa gaafatan.
 Sahaabonni -Rabbiin irraa haa jaallatu- hojiileen jannata seenuuf sababaa akka ta’e beekuu isaanitiif hubannaa guddaa akka qabaniidha.
 Gaaffiin Mu'aaz irraa dhufe, Rabbiin irraa haa jaallatu, gaaffii guddaadha; Sababni isaas dhugumatti inni iccitii jireenyaa fi argamiinsaa waan ta’eef jecha, ilmaan Aadam ykn jinnii irraa ta'ee wanni addunyaa tana irratti argamu hundi booddeen isaa gara Jannataa ykn gara ibiddaati ta'a, Kanaaf gaaffii kun gaaffii guddaa ta'e.
 Jannata seenuun isaa utubaawwan Islaamaa shanan, isaanis: Shahaadaa lamaan, salaata, zakaa, sooma, fi hajjii irratti hundaa’a.
 Mataan amantii, hojiiwwan hunda caalaa gatii guddaa kan qabuu fi irra ol aanaan dirqamootaa gabbartii isaatin Rabbii tokkicha hiriyyaa hin qabne tokkichoomsuudha.
 Rabbiin gabroota isaatif rahmata godhuudha, sunis maloota mindaa fi araarama diliiwwanii ittiin argatan irraa akka isaan guduunfataniif jecha balbala kheyrii isaanif banuudhaan.
 Eega dirqamoota raawwatanii sadarkaa sunnaalee raawwachuun qabuudha.
 Salaanni Islaamummaa irraa sadarkaa utubaa manni irratti dhaabbatutti jira, akkuma utubaan kufuun manni kufutti salaanni deemuun islaamummaan deema.
 Amantaa isaa keessatti waan isa miidhu irraa ilmi namaa arraba eeggachuun dirqama ta'uudha.
 Arraba ofii ittisuun fi to’achuun bu’uura kheyrii hundaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4303</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Muslimni lama (wol ajjeesuuf jecha) seyfii isaaniitiin yoo wal qunnaman, kan ajjeeses kan ajjeefames ibidd keessatti ta'an</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Abuu Bakraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Muslimni lama (wol ajjeesuuf jecha) seyfii isaaniitiin yoo wal qunnaman, kan ajjeeses kan ajjeefames ibidd keessatti ta'an" nan jedhe: Yaa Ergamaa Rabbii: inni kun isa ajjeese, kan ajjeefame immoo maaliifi? ni jedhan: "dhugumatti innis saahiba isaa ajjeesuuf bololaadha ture".</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- muslimni lama  haala lameen isaaniituu saahiba isaa balleessuuf yaadaaa ta'een yoo seyfii isaan lameenitiin wal qunnaman; inni ajjeese sababaa ajjeechaa saahiba isaa kallattiin raawwateef ibidda keessatti ta'aadha himan, Kan ajjeefame immoo akkamitti ibidda keessatti ta'a jechuun sahaabota dhibe? innis waan saahiba isaa ajjeesuu yaadaa tureef jecha ibidda keessatti akka ta'u Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- himan, ajjeesuu irraa homaa isa hin dhoorgine inni ajjeese daddafee isa dursuu isaa malee.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Namni qalbii isaatiin badii irratti murteeffatee ka'ee sababoowwan isii raawwate adabbii haqa godhachuudha.
 Muslimoonni wol ajjeesuu irraa sodaachisa jabaa fi isa irratti ibiddaan dinniinuudha.
 Muslimoota gidduutti haqaan wol ajjeesuun dinniinicha san keessa hin galu, sun akka shiftootafi balleessitoota ajjeesuuti.
 Namni badii guddaa dalage isiidhuma hojjachuu qofaan hin kafarsiifamu; sababni isaas Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- worra wol ajjeesan muslimoota jedhanii waan waamaniif jecha.
 Muslimoonni lama waan ittiin ajjeechaan argamu kamiiniyyuu yoo wol ga'anii inni tokko isa tokko ajjeese, kan ajjeeses kan ajjeefames ibidda keessatti ta'aadha himan, hadiisa keessatti seyfii qofa dubbachuun akka fakkeenyaatti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Gaariin amala gaarii qabaachuudha, diliin immoo waan qoma kee keessa deddeebi'ee, namoonni irratti si arguu jibbiteedha</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Nawwaas bin Sam'aan Al-Ansaarii irraa akka odeeffametti -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- waa’ee gaari fi dilii irraa gaafadhee, akkana jedhan: «Gaariin amala gaarii qabaachuudha, diliin immoo waan qoma kee keessa deddeebi'ee, namoonni irratti si arguu jibbiteedha».</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- gaarii fi dilii gaafatamanii, akkana jedhan:
+Irra guddaan haalowwan gaarii Isa sodaachuun Rabbiin wajjiin amala gaarii qabaachuudha. Uumama wajjiin ammoo miidhaa baachuun, dallansuu xiqqeessuun, fuula diriirsuun, haasaa toluun, rahima sufuun, Rabbiif ajajamuun, garaa laafuun, toltuu hojjachuun, haala fi hiriyyummaa gaariin nama waliin jiraachuudha.
+Diliin ammoo, osoo qomti isaaf hin bal'atin wantoota nama irratti wal fakkaatan irraa waan lubbuu keessa sochoo'ee asiif ahhi naanna'ee, isa irraa qalbii keessatti shakkiin argameedha, akkasumas badii ta'uun isaa sodaatamee, waan inni jibbamaa ta'eef namoota gurguddaa fi fakkeenya ta'an fuulduratti isa mul'isuu kan ati hin jaallatini, kunis Lubbuun ilma namaa tun uumamaan hojii gaarii isii namoonni akka beekan barbaaddi, dalagaa isii tokko tokko namni jalaa akka hin argine yoo feete, gochi sun dilii dha, waan gaarii of keessa hin qabu jechuudha.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Amaloota gaggaarii qabaachuu irratti kakaasuudha; Amalli gaariin irra guddaa amaloota gaarii irraa tokko waan ta'eef jecha.
+Dhugaa fi dharri mu'uminatti wal hin fakkaatu, inumaa inni dhugaa ifa qalbii isaa keessa jiruun beeka, Soba ammoo irraa fagaatee isa morma.
+Mallattoolee dilii keessaa tokko qalbiin namaa ragga'uu dhabuu fi asiif achi garagaluudha, akkasumas namoon waan san irratti akka si arguu jibbuudha.
+Sindiin akkana jedhe: Hadiisni kun dhimma shakkisiisaa, wal xaxaa namoonni waan lama keessaa tokko sirritti addaan hin baafamne irratti xiyyeefata, yoo akkas hin taanee, inni shari'aa keessatti itti ajajamee yoo ragaan isa faallessu hin jiraatin gaarii irraa lakkaa'ama, haaluma wal fakkaatuun wanti irraa dhoogaan godhamees badii irraa lakkaa'ama, qalbii gaafachuu fi tasgabbii isaa eeguun hin barbaachisu.
+Hadiisni kan ilaallatu warra uumama nagaa fi qulqulluu qaban malee warra qalbiin isaanii haqa irraa jallatee wanti gaari fi badaanis isaan biratti tokko tahe hin ilaallatu, qalbiin isaanii fedhii isaa irraa wahuma obaafame malee waan biraa quba hin qabu.
+Xiibiin akkana jedhe: akkana jedhame: jechi "Birr" jedhu Hadiisicha keessatti hiikawwan hedduun hiikameera, eddoo tokkotti waan lubbuun itti tasgabbaa'uun hiikan, eddoo tokkotti immoo Imaana jedhanii hiikan, eddoo tokkotti waan Rabbiitti si dhiheessu jedhanii hiikan, Hadiisa kana keessatti ammoo amala gaarii jedhanii hiikan, amalli gaariinis akkas jedhamee hiikame: miidhaa baadhachuu, aarii xiqqeessuu, fuula diriirsuu fi haasaa toluudha, hundinuu hiika keessatti walitti dhihaatu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4308</t>
+  </si>
+  <si>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Amantaa jechuun gaarii yaaduudha</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Tamiim addaarii irraa odeeffamee -Rabbi isa irraa haa jaallatu- dhugumaan Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Amantaa jechuun gaarii yaaduudha" ni jenne: eenyuufi? ni jedhan: "Rabbiifi, kitaaba Isaatiifi, ergamaa Isaatiif, dureewwan muslimootaatii fi hunduma isaanitiifi".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Amantaan ikhlaasaa fi dhugummaa irratti akka gadi dhaabbate himan, akka Rabbiin dirqama godhetti hirdhinaan yookaan gowwoomsaan maletti akka geeffamuuf jecha.
 Nabiyyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-nasiihaan eenyuuf taati jedhamanii gafatamnaan? akkana jedhan:
 Tokkoffaaa: Gaarii Rabbiif -qulqullaa'e, ol ta'e- yaaduudha: hojii Isaaf qulqulleessuu fi isatti qindeessuu dhabuun, rabbummaa Isaatti, gabbaramummaa Isaatti, maqoowwan Isaa fi sifoowwan isaatti amanuuni, akkasumas ajaja Isaa kabajuu fi gara Isaatti amanutti nama waamuuni.
 Lammaffaan: Kitaaba Isaatiif gaarii yaaduudha, inni Qur'aana kabajamaadha: haasawa Rabbii akka ta'e, kitaabota Isaa irraa kan dhumaa akka ta'ee fi shari'aa isa dura darbe hunda isaa kan jijjiire ta'uu isaatti amanuudha, isa ni kabajna, qaraatii dhugaa isa qaraana, murtoo isaatti ni hojjanna, wol fakkaattoo isaas ni fudhanna, jalliftoonni isa dabsuu irraas ni deebifna, gorsa isaatiin ni gorfamna, beekumsa isaa ni faccaafna, gara isaattis ni waamna.
 Sadaffaan: Ergamaa Isaa Muhammadiif -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaarii yaaduudha: Ergamaa xumuraa akka ta'an amanuu fi waan ittiin dhufan keesssatti isaan dhugoomsuudha, ajaja isaanii hojii irra oolchuu fi waa isaan dhoorgan irraa fagaachuudha, akkasumas waan isaan ittiin dhufaniin malee Rabbiin gabbaruu dhabuudha, haqa isaanii guddisuu, isaan kabajuudha, waamicha isaanii tamsaasuu, sharii'aa isaanii raabsuu fi maqa baleessii isaan irratti deemu mormuudha.
 Afraffaan: Dureewwan muslimootaatiif gaarii yaaduudha: haqa irratti isaan gargaaruu, aangoo isaan irratti qabuu dhabuu fi Rabbiin buluu keessatti isaaniif ajajamuudha.
 Shanaffaan: Muslimoota hundaaf gaarii yaaduudha: tola isaanitti oluunii fi isaan waamuuni, akkasumas dhiibbaa isaan irraa qabuu, toltuu isaaniif jaallachuu, toltuu fi sodaa Rabbii keessatti isaaniin wol gargaaruuni.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Hundaaf gaarii yaaduutti ajajuudha.
 Sadarkaan nasiihaan amantii keessatti qabu guddaa ta'uudha.
 Amantaan aqiidaawwan, jechoowwanii fi hojiiwwan of keessatti hammachuudha.
 Nasiihaa irraa nama gaariin yaadamuuf gowwoomsuu irraa lubbbuu qulqulleessuu fi toltuu isaaf fedhuudha.
 Bareeduma barsiisa Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan tokko akka walii galaatti dubbatanii ka'anii eegasii adda babaasanii yeroo ibsan.
 Waan irra yaachisaan eegasii irra yaachisaan jalqabuudha,  akkasumatti walitti aansuun, Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiif gaarii yaaduun eegalanii, eegasii kitaaba Isaa itti aansan, eegasii ergamaa isaati itti aansan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- eegasii immoo dureewwan muslimootaa fi hunduma isaaniitiin xumuran.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Halalli ifa galaadha, haraamnis ifa galaadha</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Nu'umaan ilma bashiir irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e -nu'umaan quba isaa lamaanin gara gurra isaa lamaanitti akeekaa (dhaga'uu isaa Mirkaneessuuf jecha)-: "Halalli ifa galaadha, haraamnis ifa galaadha, gidduu isaaniitti wantoota wal fakkaatan kan namoonni hedduun isaan hin beekneetu jiran, namni wal fakkaattuu eeggate amantii fi kabajaa isaatiif qulqullina barbaade, wal fakkaattuu keessa namni bu'e haraama keessa bu'e, inni akka tiksee daangaa cinaatti tiksuuti, isa keessa seenee dheeduutu mala, dhaga'aa! mootii hundaafuu daangaatu jira, dhaga'aa! daangaan Rabbii dhoorgaa Isaati, dhaga'aa! dhugumatti qaama namaa keessa waan akka cittuu fooniitu jira, yeroo isiin tolte qaamni hundi ni tola, yeroo isiin badde immoo qaamni hundi ni bada, dhaga'aa! isiin qalbiidha".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- wantoota keessatti foormulaa walii galaa ifa galchan, isiin shari'aa keessatti bakka sadiitti qoodamti: halaala ifa galaa, haraama ifa galaa fi halaalummaa fi haramummaa keessatti  wantootii wal fakkaatan, murtoon isii gama halaalummaati fi gama haraamummaatii ifa hin taanetu jirti, hedduun namaa murtoo isii hin beeku.
 Namni wantootii isatti wal fakkaatte sana dhiise amantiin isaa haraama keessa bu'uu irraa fagaachuun isaaf baraarame, akkasumas haasawa namootaa kan silaa osoo inni waan wal fakkaataa kana raawwatee isaan isa aybeessan irraa kabajaan isaas baraarameeraaf. Namni waan wal fakkaattuu irraa hin fagaatin haraama keessa akka bu'uuf, yookaan namoonni kabajaa isaa akka tuqanuuf dhugumaan lubbuu isaa saaxilee jira. Rasuulli -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala nama wantoota nama irratti wal fakkaatan raawwatuu fi inni akka tiksee dachii abbaan isii isii daangeessetti dhihaatee horii isaa tikfatuutii, horiin tiksee waan itti dhihaattee jirtuuf daangaa kana keessa seentee nyaachuutu malaa ifa nuuf galchuuf jecha fakkeenya fudhataniiru, namni waan wal fakkii qabu hojjatus akkasuma jechuudha, inni sanaan haraamatti dhihaata, isa keessa bu'uutu mala. Booda sanaatii qaama namaa keessa wanni akka cittuu foonii akka jirtu (isiin qalbiidha) Nabiyyiin himan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isiin toluudhaan qaamni tola, isiin baduudhaan qaamni bada.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Waan wal fakkaatu, kan murtoon isaa ifa hin tahin dhiisuutti kakaasuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4314</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
     <t>Yaa Ilmaan namaa, Rabbiin gaarii dha, waan gaarii malee namarraa hin qeebalu, Rabbiin waan ergamtoota itti ajajetti mu'umintootas ajaje</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Yaa Ilmaan namaa, Rabbiin gaarii dha, waan gaarii malee namarraa hin qeebalu, Rabbiin waan ergamtoota itti ajajetti mu'umintootas ajaje, Rabbiin akkas jedhe: {Yaa Ergamtoota wantoota gaggaarii irraa nyaadhaa dalagaa gaaris dalagaa, dhugumatti ani waan isin hojjettan hunda beekaadha} [Al-Mu'uminuun: 51]. ammas akkas jedhe: {Yaa warra amantan wantoota gaggaarii nuti isiniif kennine irraa nyaadhaa} [Al-Baqaraa: 172]. Eegasii namicha imala dheeressu kan mataan isaa faaggaa dhukkeen itti baay'atu tokko dubbatan, harka isaa gara samiitti ol qabee Yaa Rabbi, Yaa Rabbi jedha, nyaanni isaa haraama, dhugaatin isaa haraama, uffanni isaas haraama, haraamaanis guddate, akkamitti isaaf awwaatama?».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
 ثالثًا: يرفع يديه إلى السماء بالدعاء. 
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Rabbiin gaarii, qulqulluu, hanqinaa fi mudaa irraa bilisa akka ta'e, akkasumas amaloota guutuu ta'an hundaan ibsamaa akka ta'ee fi Hojiilee, jechoota fi amantaa irraa waan gaarii ta'e malee akka hin qeeballe himan, wanta gaarii jechuun isa Rabbiif qulqullii ta'e, kan karaa Nabiyyii -nagaa fi rahmanni irra haa jiraatu- irratti ta'eedha, sanaan malee gara Rabbitti dhihaachuun hin malu, irra guddaa wantoota hojiin mu'uminaa isaanin tolu keessaa nyaanni isaa gaarii dalagaa halaal irraa dhufe ta'uudha, Haala kanaan hojiin isaa qulqulluu ta’a, kanaaf eegaa Rabbiin waan ergamtoota itti ajajetti mu'umintoota ajaje, sunis halaal nyaachuu fi wantoota gaggaarii hojjachuudha, Rabbiin akkas jedhe: {Yaa Ergamtoota waan gaggaarii irraa nyaadhaa dalagaa gaaris dalagaa, dhugumatti ani waan isin hojjettan hunda beekaadha} ammas ni jedhe: {Yaa warra amantan Wantoota gaggaarii nuti isiniif kennine irraa nyaadhaa}.
 Eegasii nagaa fi rahmanni irra haa jiraatu, haraama hojii balleessu nyaachuu fi sababoota qeebaltii kan mul'atan keessaa osoo hanga fedhe carraaqellee waan qeebaltii isa dhoorgu irraa akeekkachiisan, sana keessaa:
 Tokkoffaa: Karoowwan kheyrii kan akka Hajjii, Jihaadaa, firummaa fufuu fi kan biroo keessatti imala dheeresuudha.
 Lammaffaa: Rifeensi isaa waan hin filamneef baay’ee faaggaadha, Halluun isaa fi halluun uffata isaa xurii irraa waan jijjiirameef inni dhiphina keessa jira.
 Sadaffaa: Kadhaadhaan harka isaa gara samiitti ol kaasa.
 Afraffaa: Maqoota Rabbiitin gara isatti dhihaachuun sana keessatti hoonga gayuun akkana jedha: Yaa Rabbi yaa Rabbi!
 Sababoota du'aa'in itti qeebalamu kanneen hojjachuu waliin isaaf hin dhaga'amne; kunis nyaanni, dhugaatii fi uffanni isaa waan haraama ta'eef jecha, akkasumas haraaman waan guddateef jecha, kanaaf nama amala akkanaa qabuuf du'aa'in qeebalamuun ni fagaata, mee akkamitti isaaf awwaatama?!</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>Rabbiin ol ta'e zaata, amaloota fi murtiiwwan isaa keessatti guutuu ta'uudha.
 Rabbii ol ta'eef Hojii qulqulleessuu fi Nabiyyii -nagaa fi rahmanni irra haa jiraatu- hordofutti ajajuudha.
 Waan dalagaa irratti hamalee namatti godhu fayyadamuudha, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhani: “Dhugumatti Rabbiin waan ergamtoota itti ajajetti mu'umintoota ajaje”, Mu’uminni wanti inni ajajame kun waan Ergamtoonni itti ajajaman irraayii yeroo beeke jajjabaatee ajajamuu irratti hamalee godhata.
 Du'aa'in akka hin awwaatamne wantoota godhan keessaa haraama nyaachuudha.
 Sababoota du'aa'iin itti qeebalamu keessaa wantoota shani: tokkoffaan isaanii: Imala dheeressuudha; sababni isaas cabnana nafsee kan irra guddaa sababoota du'aa'iin itti qeebalamu of keessaa waan qabuuf jecha. Lammaffaan: haala cinqii keessa jiraachuudha. Sadaffaan: Harka gara samiitti ol qabachuudha. Afraffaan: Gooftummaa isaa irra deddeebi’anii kaasuun Rabbiin kadhachuu irratti cichuudha, kunis karaalee gurguddaa du'aa'in namaa ittiin awwaatamu keessaa isa tokko dha. Shanaffaan: Nyaataa fi dhugaatii bareeffachuudha.
 Nyaata halaal gaarii nyaachuun sababoota hojii gaarii hojjachuu irratti nama gargaaran irraayi.
 Qaadiin akkas jedhe: Wanti Gaariin faallaa fokkotaati, Rabbiin ol ta'e isaan ibsamuuu keessatti wanti yaadame inni mudaa irraa qulqullaa'aa ta’uu fi balaa irraa bilisa ta'uu isaati. Gabrichi haala waliigalaatiin yoo itti ibsamo ammoo inni haalaa amala badaa fi hojiilee fofokkattuu irraa balisa ta'ee faallaa kanneenii kan qabu ta’uu isaati. Qabeenyi yoo itti ibsame ammoo halaala cocollee qabeenyaa irraa ta'uu isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4316</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا</t>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>Rabbiin ol tahe namni guyyaa dilii dalage akka tawbatuuf harka isaa halkan diriirsa, namni halkan dilii dalage akka tawbatuuf guyyaa harka isaa diriirsa, Hanga aduun dhiha irraa baatutti</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Abuu Muusaa irraa odeeffame Rabbiin irraa haa jaallatu, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Rabbiin ol tahe namni guyyaa dilii dalage akka tawbatuuf harka isaa halkan diriirsa, namni halkan dilii dalage akka tawbatuuf guyyaa harka isaa diriirsa, Hanga aduun dhiha irraa baatutti».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu-: Rabbiin ol tahe gabroota isaa irraa towbaa akka qeebalu himan. Gabrichi tokko guyyaa dilii hojjetee halkan yoo towbaa gara Rabbii deeb'e Rabbiin towbaa isaa ni qeebala, yoo halkan dilii raawwatee guyyaa towbates Rabbiin towbaa isaa irraa qeebala. Rabbiin qulqullaa'e towbaaf harka isaa ni diriirsa isheetti gammadee ishee qeebaluuf jecha, Balballi towbaa hanga aduun dhiha irraa baatee dhumni addunyaa tanaa hanga labsamutti banaa ta’ee hafa, yeroo aduun kallattii sanaan baate balballi towbaa ni cufama.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Towbaan qeebalamuun hanga balballi isaa banaa ta’etti itti fufa, Balballi isaa yeroo aduun dhiha irraa baate ni cufama. Namichi du'aaf lubbuun isaa kokkee gayuun duratti towbachuudha qaba.
 Dhiifamaa fi rahmatni Rabbii ol ta'ee bal’aa waan ta’ee fi balballi towbaa banaa waan ta'eef jecha ilmi namaa sababaa dilii hojjeteef abdii kutachuu hin qabuudha.
 Ulaagaaleen towbaa: Inni jalqabaa: dilii san hojechuu dhiisuudha, Inni lammaffaa: dilii san raawwachuuf seenayuudha, inni sadaffaa: tasuma dilii sanitti hin deebi'u jedhee murachuudha, kunneen eegaa yoo haqa Rabbii balleesseedha. Haqa gabrootaa waliin kan walqabatu yoo ta'e ammoo Towbaa sirrii ta’uuf haqa abbaa isaatiif deebisu qaba, ykn abbaan haqa isaa dhiifama jechuudha qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4318</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Rabbiin waan hunda irratti tola ooluu dirqama godheera</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Shaddaad ilma Aawsii irraa odeeffamee -Rabbi isa irraa haa jaallatu- ni jedhe: waa lama Ergamaa Rabbii irraan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haffaze, ni jedhan: "Rabbiin waan hunda irratti tola ooluu dirqama godheera yeroo ajjeeftan ajjeechaa tolchaa, yeroo gorraatan gorraasuu tolchaa, tokkoon keessan yeroo gorra'u billaa isaa haa qarfatu, gorra'amaa isaa haa boqachiisu".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-Rabbiin waan hundaaf tola ooluu nurratti dirqama akka godhe himan, tola ooluun: walitti fufiinsaan, ibaadaa isaa fi toltuu uumamtootaaf gumaachee hamtuu isaan irraa qabuu keessatti Rabbiin ofirratti too'achuudha, sana keessaa gorraasuu fi ajjeesuu keessatti tola ooluudha.
 Yeroo gumaa baasanitti ajjeechaa keessatti tola ooluun: karaa irra laafaa, irra salphaa fi dhiiga nama ajjeefamuu buusuu keessatti irra ariifachiisaa ta'e filachuudha.
 Qalma keessatti tola ooluun yeroo gorraasuutti ta'a: meeshaa ittiin gorra'amu qarsuun horiif rahmata ooluni, horiin gorra'amtu osoo isiin ilaaltuu meeshaan ittiin gorra'amu qarfamuu dhabuuni, akkasumas osoo horiin biraa kan ilaaltu bira jirtuu gorra'uu dhabuuni.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Rahmataa fi mararfannaa Rabbiin uumamtootaaf qabuudha.
 Ajjeechaa fi gorraasuu tolchuu jechuun akka itti karaa godhameen raawwachuu jechuudha.
 Guutina shari'aa fi khayrii hunda walitti qabachuu isaati, sana irraa lubbu qabeeyyiif rahmata gochuu fi jaraaf laphee baachuudha.
 Booda waa ajjeesanii qaama isaa kukkutuu irraa dhoorguudha.
 Hunda waan lubbu qabeeyyii cinquun isa keessa jiruu haraama taasisuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>dhugumatti Rabbiin toltuu fi badduus barreessee, eegasii sana ifa galchee jira, namni toltuu tokko yaadee osoo isii hin hojjatin hafe Rabbiin toltuu guutuu godhee of biratti isaaf barreessa, yoo isii yaadee isii hojjate immoo of biratti toltuu kudhanii hanga dachaa dhibba torbaatti hanga dachaawwan hedduutti isaaf barreessa, namni badii tokko yaadee osoo isii hin hojjatin hafe Rabbiin toltuu guutuu of biratti isaaf barreessa, yoo isii yaadee isii hojjate immoo Rabbiin badii tokko qofa isa irratti barreessa</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaalatuu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan Rabbii isaanii irraa odeessaniin keessatti akkana jedhan: Rabbiin akkana jedhe: "dhugumatti Rabbiin toltuu fi badduus barreessee, eegasii sana ifa galchee jira, namni toltuu tokko yaadee osoo isii hin hojjatin hafe Rabbiin toltuu guutuu godhee of biratti isaaf barreessa, yoo isii yaadee isii hojjate immoo of biratti toltuu kudhanii hanga dachaa dhibba torbaatti hanga dachaawwan hedduutti isaaf barreessa, namni badii tokko yaadee osoo isii hin hojjatin hafe Rabbiin toltuu guutuu of biratti isaaf barreessa, yoo isii yaadee isii hojjate immoo Rabbiin badii tokko qofa isa irratti barreessa".</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Ergamaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin toltuu fi badduu murteessee eegasii akka itti isii barreessan Maleekaa lameenif ibse jichuudha ifa galchan:
 Namni toltuu hojjachuu fedhee yaadee isii hojjachuu irratti murteeffatee ka'e toltuu tokkotu isaaf barreeffama, yoo isii hin hojjannellee, yoo isii hojjate immoo fakkaattii isii kudhaniin hanga dachaa dhibba torbaa hanga dachaawwan hedduutti dachaa isaaf godhama, dabalanni akkaataa ikhlaasa qalbii, faydaan isaa darbaa ta'uu fi kan sana fakkaatanuun ta'a.
 Akkasuma namni badii hojjachuu fidhee yaadee isii hojjachuu murteeffatee ka'ee eegasii Rabbiif jecha isii dhiise toltuu godhamee isaaf barreeffama, yoo immoo dhimma biraatiin isii irraa qabamee sababaawwan isii osoo hin hojjatin dhiise homaa isaaf hin barreeffamu, isii hojjachuu dadhabuun yoo isii dhiise immoo yaada isaatu isa irratti barreeffama, yoo isii hojjate immoo badii tokkootu isa irratti barreeffama.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Toltuu dachaa taasisee of biratti isii barreessuu fi badii immoo dachaa taasisuu dhabuu keessatti tola gudda Rabbiin ummata kana irratti oole ifa galchuudha.
 Hojii keessatti barbaachisumma niyyaatii fi bu'aa isii ibsuudha.
 Kenna Rabbii ol tahee, mararfannaa Isaatii fi tola Isaa irraa namni toltuu tokko yaadee ka'ee isii osoo hin hojjatin hafee Rabbiin  toltuutti isaaf isa barreessa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4322</t>
   </si>
   <si>
-    <t>مَنْ صَامَ يَوْمًا فِي سَبِيلِ اللهِ بَاعَدَ اللهُ وَجْهَهُ عَنِ النَّارِ سَبْعِينَ خَرِيفًا</t>
+    <t>من صام يوما في سبيل الله باعد الله وجهه عن النار سبعين خريفا</t>
   </si>
   <si>
     <t>Nama guyyaa tokko karaa Rabbii keessatti soome Rabbiin woggaa torbaatama fuula isaa ibidda irraa fageessa</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رَضِيَ اللهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ صَامَ يَوْمًا فِي سَبِيلِ اللهِ بَاعَدَ اللهُ وَجْهَهُ عَنِ النَّارِ سَبْعِينَ خَرِيفًا».</t>
   </si>
   <si>
     <t>Abuu Sa'iid Al-khudrii irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: «Nama guyyaa tokko karaa Rabbii keessatti soome Rabbiin woggaa torbaatama fuula isaa ibidda irraa fageessa».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلّم أنَّ مَن صام يومًا في الجهاد، وقيل في الجهاد وغيره مُخلِصًا لله ابتغاء الثواب والأجر من الله؛ فإنّ الله بفضله يُبَاعِد بينه وبين النار سبعين سنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni jihaada keessatti haala Rabbiif qulqulleessee fi mindaa Rabbiin irra barbaadeen guyyaa tokko soome, jihaada keessattis jihaadaan alattis jedhameera, Rabbiin tola isaatiin gidduu isaatii fi gidduu ibiddaa woggaa torbaatama wol irraa akka fageessu ibsani.</t>
   </si>
   <si>
     <t>قال النووي: فضيلة الصيام في سبيل الله، وهو محمول على مَن لا يَتضرر به، ولا يُفوِّت به حقًّا، ولا يَختلُّ به قتالُه ولا غيره من مُهِمَّات غزوِه.
 الحث والترغيب على صيام التطوع.
 وجوب الإخلاص وابتغاء مرضاة الله، ولا يصوم رياء ولا سمعة ولا لمقاصد أخرى.
 قال السندي: قوله (في سبيل الله)، يحتمل أن المراد مجرد إصلاح النية، ويحتمل أن المراد به أنه صام حال كونه غازيًا، والثاني هو المتبادر.
 قال ابن حجر: قوله: (سبعين خريفًا) الخريف زمان معلوم من السَّنَة، والمراد به هنا العام، وتخصيص الخريف بالذكر دون بقية الفصول -الصيف والشتاء والربيع-؛ لأن الخريف أزكى الفصول لكونه يُجْنَى فيه الثمار.</t>
   </si>
   <si>
     <t>Beekaan islaamaa Nawawiin akkas jedhe: sadarkaan karaa Rabbii keessatti soomuu, nama isaan hin miidhamne, isaan  dirqama biraa hin dabarsine, qabsoon isaa fi kan nama biraa dhimma duula isaa irraa isaan hirdhina kan hin mudanne yoo kan ta'u ta'eedha.
 Sooma sunnaa soomuutti kakaasuu fi kajeelchisuutu keessa jira.
 Ikhlaasnii fi jaalala Rabbii barbaaduun dirqama ta'uu isaa, na argaa fi na dhaga'aaf akkasuma fedhii biraatiif hin soomu.
 Aalimni Islaamaa Assindiin akkas jedhe: jechi isaanii (karaa Rabbii keessatti) jedhu, kan itti fedhame niyyaa tolfachuu ta'uutu mala, akkasuma haala duula irra jiruun soomuus ta'uu mala, kan gara sammuutti dafee dhufu immoo isa lammaffaati.
 Aalimni islamaa guddaan Ibnu Hajar akkas jedhe: jechi isaanii (arfaasa torbaatama) jedhu, woggaa keessaa yeroo beekamaadha, asitti kan itti fedhame garuu woggaadha, yeroo woggaa afran keessaa bona addatti dubbachuun -bona gannaa fi birraa- waan bonni irra qulqulluu yeroo fi isa keessa firiin waan bu'amuufi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4436</t>
   </si>
   <si>
-    <t>لَا يَزَالُ النَّاسُ بِخَيْرٍ مَا عَجَّلُوا الْفِطْرَ</t>
+    <t>لا يزال الناس بخير ما عجلوا الفطر</t>
   </si>
   <si>
     <t>Namoonni afxira hanga ariifachiisanitti toltuu irratti ta'uu irraa hin deemani</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ سَعْدٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَزَالُ النَّاسُ بِخَيْرٍ مَا عَجَّلُوا الْفِطْرَ».</t>
   </si>
   <si>
     <t>Sahl ibnu Sa'ad irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namoonni afxira hanga ariifachiisanitti toltuu irratti ta'uu irraa hin deemani».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لا يزال الناس بخير ما عَجَّلوا الفطر في الصيام بعد التَّحَقُّق من غروب الشمس؛ وذلك امتثالًا للسُّنَّة، والوقوف عند حدِّها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namoonni aduun seenuu booda mirkaneeffatanii sooma furuutti hanga ariifatanitti toltuu irratti ta'uu irraa akka hin deemne himani; sunnaa hojii irra oolchuu fi daangaa isii irratti dhaabbachuuf jecha.</t>
   </si>
   <si>
     <t>قال النووي: فيه الحث على تعجيله بعد تحقُّق غروب الشمس، ومعناه لا يزال أَمْرُ الأمة مُنتظمًا وهم بخير ما داموا محافظين على هذه السنة، وإذا أخّروه كان ذلك علامة على فسادٍ يَقَعون فيه.
 بقاء الخير في الناس بسبب اتباعهم للسنة، وفساد الأمور يتعلق بتغيُّر السنة.
 مخالفة أهل الكتاب وأهل البدع، فإنهم يؤخِّرون الإفطار.
 قال ابن حجر: وفيه بيان العلة في ذلك، قال المُهَلّب: والحكمة في ذلك أن لا يُزاد في النهار من الليل، ولأنه أرفق بالصائم وأقوى له على العبادة، واتفق العلماء على أنّ مَحَلّ ذلك إذا تحقق غروب الشمس بالرؤية أو بإخبار عَدْلَين، وكذا عدل واحد في الأرجح.
 قال ابن حجر: تنبيه: من البدع المنكرة ما أُحْدِث في هذا الزمان من إيقاع الأذان الثاني قبل الفجر بنحو ثلث ساعة في رمضان، وإطفاء المصابيح التي جعلت علامة لتحريم الأكل والشرب على من يريد الصيام زعمًا ممن أحدثه أنه للاحتياط في العبادة، ولا يعلم بذلك إلا آحاد الناس، وقد جَرَّهم ذلك إلى أن صاروا لا يؤذِّنون إلا بعد الغروب بدرجة لتمكين الوقت زعموا، فأخروا الفطر، وعجلوا السحور، وخالفوا السنة، فلذلك قَلَّ عنهم الخير وكثر فيهم الشر، والله المستعان.</t>
   </si>
   <si>
     <t>beekaan Islaamaa Nawawiin akkas jedhe: booda aduun  dhihuu mirkaneeffatanii furuutti ariifachuutti kakaasuutu keessa jira, hiikni isaa dhimmi ummataa toora qabataa ta'uu irraa hin deemu haala isaan toltuu irra jiraatanii sunnaa tiksanitti, yoo kan isa booda aanasan ta'e sun mallattoo badii keessatti kufuu isaaniiti.
 Toltuun ummata keessatti hafee jiraachuun sababaa sunnaa hordofuu isaaniitiini, akkasuma wontoonni toora gadhiisuunis sunnaan jijjiiramuuni.
 Worra kitaabaa fi worra bida'aa faallessuutu keessa jira, isaan waan furuu booda aansanuuf jecha.
 Beekaan islaamaa Ibnu Hajar akkas jedhe: sababaa sanaa ibsuutu isa keessa jira, Muhallab ni jedhe: sana keessatti hikmaan halkan irraa guyyaatti akka hin dabalamneef, nama soomuu fi irra laafaa fi ibaadaa irrattis irra isa jebeessa waan ta'eef jecha, bakki isaa ilaalchaan yookaan namni amanamaan lama himuun akkasuma adeemsa irra injifataa ta'een namni amanamaan tokko himuunis aduun dhihuun yeroo mirkanaa'e akka ta'e ulamaa'iin irratti woliigalaniiru.
 Aalimni Islaamaa Ibnu Hajar akkas jedhe: yaadachiisa: bida'aa dhoorgamaa ta'e kan namoonni yeroo kana keessatti argamsiisan keessaa fajriin duratti sa'aatii tokko sadaffaan duratti azaana lammaffaa baasuu, akka worri argamsiisan jedhanitti ibaadaa eeggachuuf jecha namni sooma barbaade ifaawwan nyaataa fi dhugaatiin dhoorgamuuf mallattoo ta'an dhaamsuufaa, sana nama tokko tokko malee namni beeku hin jiru, suni eega aduun lixxee kaatee booda malee akka azaana hin baafne isaan taasise, sun akka isaan jedhanitti yeroo mijjeessuuf jecha, sababaa kanaan hiikkaa/furaa soomaa tursiisanii suhuura ariifachiisanii, sunnaa khaallafan, sanaaf jecha kheyrin isaan irraa xiqqaatee, sharriin isaan keessatti heddummaate, Rabbuma qofaan gargaarsifatama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4438</t>
   </si>
   <si>
-    <t>كُنَّا نُخْرِجُ إِذْ كَانَ فِينَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الْفِطْرِ، عَنْ كُلِّ صَغِيرٍ وَكَبِيرٍ، حُرٍّ أَوْ مَمْلُوكٍ، صَاعًا مِنْ طَعَامٍ، أَوْ صَاعًا مِنْ أَقِطٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، أَوْ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ زَبِيبٍ</t>
+    <t>كنا نخرج إذ كان فينا رسول الله صلى الله عليه وسلم زكاة الفطر، عن كل صغير وكبير، حر أو مملوك، صاعا من طعام، أو صاعا من أقط، أو صاعا من شعير، أو صاعا من تمر، أو صاعا من زبيب</t>
   </si>
   <si>
     <t>Yeroo ergamaan Rabbii nu keessa turanitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- zakaa fixrii hunda xiqqaa fi guddaa, bilisas ta'ee yookaan gabras, irraa nyaata irraa muddii afur, yookaan baaduu irraa muddii afur, yookaan garbuu irraa muddii afur, yookaan tamrii irraa muddii afur, yookaan zabiiba irraa muddii afur baafna ture</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: كُنَّا نُخْرِجُ إِذْ كَانَ فِينَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الْفِطْرِ، عَنْ كُلِّ صَغِيرٍ وَكَبِيرٍ، حُرٍّ أَوْ مَمْلُوكٍ، صَاعًا مِنْ طَعَامٍ، أَوْ صَاعًا مِنْ أَقِطٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، أَوْ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ زَبِيبٍ، فَلَمْ نَزَلْ نُخْرِجُهُ حَتَّى قَدِمَ عَلَيْنَا مُعَاوِيَةُ بْنُ أَبِي سُفْيَانَ رضي الله عنه حَاجًّا، أَوْ مُعْتَمِرًا فَكَلَّمَ النَّاسَ عَلَى الْمِنْبَرِ، فَكَانَ فِيمَا كَلَّمَ بِهِ النَّاسَ أَنْ قَالَ: إِنِّي أَرَى أَنَّ مُدَّيْنِ مِنْ سَمْرَاءِ الشَّامِ، تَعْدِلُ صَاعًا مِنْ تَمْرٍ، فَأَخَذَ النَّاسُ بِذَلِكَ، قَالَ أَبُو سَعِيدٍ: فَأَمَّا أَنَا فَلَا أَزَالُ أُخْرِجُهُ كَمَا كُنْتُ أُخْرِجُهُ، أَبَدًا مَا عِشْتُ.</t>
   </si>
   <si>
     <t>Abuu Sa'iid Al-khudrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Yeroo ergamaan Rabbii nu keessa turanitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- zakaa fixrii hunda xiqqaa fi guddaa, bilisas ta'ee yookaan gabras, irraa nyaata irraa muddii afur, yookaan baaduu irraa muddii afur, yookaan garbuu irraa muddii afur, yookaan tamrii irraa muddii afur, yookaan zabiiba irraa muddii afur baafna ture, hanga Mu'aawiyaa ibnu abii Sufyaan hajjiif yookaan Umraaf gara keenyatti dhufetti akkasitti baasuu irraa booda hin deebine, minbara irra dhaabbatee namoota haasofsiise, waan namootatti haasawe keessaa: ani qamadiin shaam ganaan lama, tamrii ganaa afuritti akka qixxaa'u yaada, namoonnis sana fudhatani, Abuu Sa'iid ni jedhe: ani garuu hangan jiraadhetti akkuman duraan baasaa turetti baasuu irraa booda hin jedhu.</t>
   </si>
   <si>
     <t>كَانَ المسلمون يُخْرِجون زكاةَ الفطر في عهد النبي صلى الله عليه وسلم وعهد الخلفاء الراشدين مِن بعده عن الصغير والكبير مِقدار صاعٍ من طعام. 
 وكان طعامهم الشعير و(الزبيب): العنب اليابس، و(الأقط): اللبَن المُجَفَّف والتمر.
 ومقدار الصاع أربعة أَمْداد، والمُدُّ يساوي مِلءَ كَفَّي الرجل المعتدل. 
 فلما جاء معاوية رضي الله عنه للمدينة وهو خليفة، وكَثُر القَمْح الشامي، خطب فقال: إني أرى أن مُدَّين من قمح الشام (نصف صاع)، تَعْدِل صاعًا من التمر، فأخذ الناس بذلك. 
 قال أبو سعيد الخدري رضي الله عنه: فأما أنا فلا أَزال أُخْرِجه كما كنت أُخْرِجه في عهد النبي صلى الله عليه وسلم أبدًا ما عشت.</t>
   </si>
   <si>
     <t>Muslimoonni yeroo Nabaiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo khaliifota qajeeloo booda isaaniitii dhufan keessatti zakaa fixrii xiqqaa fi guddaa irraa nyaata irraa hanga saa'ii tokkoo(ganaa harkaa afur) baasaa taurani. Nyaanni isaanii garbuu, (zabiiba): inaba goge, (Al-aqix): Aannan gogee fi tamira ture. Hangi saa'ii tokkoo muddii afuri, muddiin tokko guutuu ganaa lameenii nama giddu galeessa ta'eeti. Mu'aawiyaan yeruma khaliifaa ta'ee gara midiinaatti dhufe -Rabbi isa irraa haa jaallatu- qamadiin shaam hedduummaatee ture, khuxbaa godhee akkana jedhe: qamadiin shaam muddiin lama(wolakkaa saa'ii) tamira saa'ii tokko akka gituutu natti mul'ata. namoonnis sana fudhatani. Abuu Sa'iid Al-khudriin -Rabbiin isa irraa haa jaallatu- ni jedhe: ani immoo hanga jiruu kiyyaa akkuman yeroo Nabiyyii -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- keessatti baasaa turetti baasuu tasuma hin dhiisu.</t>
   </si>
   <si>
     <t>بيان مقدار صدقة الفطر في زمن النبي صلى الله عليه وسلم، صاع من طعام وإن اختلف الجنس والقيمة.
 كل طعام للآدميِّين مجزئ في الفِطْرَة، وإنما خُصَّت الأصناف الأربعة بالذِّكْر؛ لأنها كانت طعام الناس في عهد النبي صلى الله عليه وسلم.
 إخراج غير الطعام من الفلوس والنقود، لا يجزئ في الفطرة.
 قال النووي على شرح مسلم: وإذا اختلفت الصحابة لم يكن قولُ بعضِهم بأولى من بعض، فنرجع إلى دليل آخر، وجدنا ظاهر الأحاديث والقياس متفقًا على اشتراط الصاع من الحِنْطة كغيرها، فوجب اعتماده.
 قال ابن حجر: وفي حديث أبي سعيد ما كان عليه من شدة الاتباع والتمسك بالآثار، وترك العدول إلى الاجتهاد مع وجود النص، وفي صنيع معاوية وموافقة الناس له دلالة على جواز الاجتهاد، وهو محمود، لكنه مع وجود النص فاسدُ الاعتبار.</t>
   </si>
   <si>
     <t>Yeroo nabiyyii keessatti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sadaqaan fixrii hanga inni ta'e ibsuutu keessa jira, gostii fi gatiin kan wol dhabu yoo ta'es nyaata irraa saa'ii tokko.
 Nyaatni ilmi namaa nyaatu hundi zakaa fixriitiif ni ta'a, gosootni afran addatti kan dubbatamaniif; waan yeroo nabiyyii keessatti  -Rabbiin ramataa fi nageenya isaan irratti haa buusu- nyaata namootaa turaniifi.
 Zakaa fixrii keessatti nyaataan ala birrii fi maallaqa baasuun hin eeyyamamuudha.
 Aalimni islaamaa Nawawiin sharhii muslim keessatti akkas jedhe: sahaabonni yeroo wol dhabanitti jechi garii isaanii kan garii isaanii irra kan caalu hin taane, kanaaf gara ragaa biraatti deebina, ergaan hadiisotaa ifa galaanii fi qiyaasni bishingaas ta'ee kan biraatiif saa'ii tokko ta'uu ulaagaa akka godhu argina, kanaaf isa qabachuun dirqama ta'a.
 Aalimni Islaamaa Ibnu Hajar akkas jedhe: Hadiisa Abuu Sa'iid keessa hordoffii jabaa, hadiisa qabachuu fi keeyyanni jiraachuu woliin gara ijtihaadaatti dabuu dhiisuu keessatti waan inni irra ture hubbanna, gocha Mu'aawiyaa fi namoonni isa hordofuu keessa immoo ijtihaadni eeyyamamaa ta'uu akeekuutu keessa jira, innis faarfamaadha. garuu keeyyanni jiraachuu woliin fudhatamummaan isaa kufaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4454</t>
   </si>
   <si>
-    <t>تَسَحَّرْنَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، ثُمَّ قَامَ إِلَى الصَّلاةِ، قُلْتُ: كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ؟ قَالَ: قَدْرُ خَمْسِينَ آيَةً</t>
+    <t>تسحرنا مع النبي صلى الله عليه وسلم، ثم قام إلى الصلاة، قلت: كم كان بين الأذان والسحور؟ قال: قدر خمسين آية</t>
   </si>
   <si>
     <t>Nabiyyii woliin suhuura goonee -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- eegasii salaataaf dhaabbatani, ani nan jedhe: azaana fi suhuura gidduu hangam ture? isaanis hanga Aayaa shantamaati jedhe</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ ثَابِتٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: تَسَحَّرْنَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، ثُمَّ قَامَ إِلَى الصَّلاةِ، قُلْتُ: كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ؟ قَالَ: قَدْرُ خَمْسِينَ آيَةً.</t>
   </si>
   <si>
     <t>Zayd ibnu Saabit irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Nabiyyii woliin suhuura goonee -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- eegasii salaataaf dhaabbatani, ani nan jedhe: azaana fi suhuura gidduu hangam ture? isaanis hanga Aayaa shantamaati jedhe.</t>
   </si>
   <si>
     <t>تَسَحَّرَ بعضُ الصحابة رضي الله عنهم مع النبيِّ صلى الله عليه وسلم، ثم قام صلى الله عليه وسلم إلى صلاة الفجر.
 فقال أنس لزيد بن ثابت رضي الله عنه: كم كان مِقدار الوقت بين الأذان والانتهاء من السحور؟ 
 فقال زيد رضي الله عنه: مقدار قراءة خمسين آية متوسطة، لا طويلة ولا قصيرة، ولا قراءة سريعة ولا بطيئة.</t>
   </si>
   <si>
     <t>Sahaabaan gariin -Rabbi isaan irraa haa jaallatu- nabiyyii waliin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- suhuura godhanii, eegasii nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- salaata fajrii salaatuuf jecha dhaabbatani. Anas Zaydiin akkas jedhe: -Rabbi isaan irraa haa jaallatu- yeroon azaanaa fi suhuura xumuruu gidduu ture hangam ture? Zaydis -Rabbi isa irraa haa jaallatu- akkas jedhe: hanga Aayaa shantama giddu galeessa ta'eeti, dheeraas gabaabaas kan hin taane, dubbisa ariitii fi suuta dubbifamus kan hin taane.</t>
   </si>
   <si>
     <t>أفضلية تأخير السحور إلى قبيل الفجر؛ لأنه إذا أخَّر كانت منفعة البدن منه أعظم وكان نفعه له في اليوم أكثر.
 حرص الصحابة بالاجتماع بالنبي صلى الله عليه وسلم ليتعلَّموا منه.
 حسن عشرة النبي صلى الله عليه وسلم لأصحابه، حيث كان يأكل معهم.
 وقت الإمساك هو طلوع الفجر.
 قوله: "كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ"،  المراد بين السحور والإقامة؛ لقوله في الحديث الأخر: "كم بين فراغهما من سحورهما ودخولهما في الصلاة"، والأحاديث يفسر بعضها بعضًا.
 قال المُهَلّب: فيه تقدير الأوقات بأعمال البدن، وكانت العرب تُقَدِّر الأوقات بالأعمال كقولهم: قَدْرَ حَلْبِ شاة، وقَدْر نَحْرِ جَزُور، فَعَدَلَ زيد بن ثابت رضي الله عنه عن ذلك إلى التقدير بالقراءة؛ إشارة إلى أن ذلك الوقت كان وقت العبادة بالتلاوة، ولو كانوا يُقَدِّرون بغير العمل لقال مثلًا: قَدْر دَرَجة، أو ثُلُث خُمُس ساعة.
 قال ابن أبي جمرة: كان صلى الله عليه وسلم يَنظر ما هو الأَرْفَق بأمته فيفعله؛ لأنه لو لم يَتَسَحَّر لاتّبعوه فيَشقّ على بعضهم، ولو تَسَحَّرَ في جوف الليل لشق أيضًا على بعضهم ممن يَغْلِب عليه النوم فقد يُفضي إلى ترك الصبح أو يحتاج إلى المجاهدة بالسَّهَر.</t>
   </si>
   <si>
     <t>Hanga fajrii dura waa xiqqootti suhuurii tursuun irra caalaa ta'uu isaa; yoo booda aanse qaamni akka jabaa isa irraa fayyadama, guyyaa keessas hedduu isa fayyada waan ta'eef jecha.
 Bolola sahaabonni nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa barachuuf jecha isaaniin wolitti qabamuuf qabaniidha.
 Woliin jireenya bareedaa nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sahaabota isaanii woliin qabaniidha, isaan woliin waan nyaataa turaniif jecha.
 Yeroon waan soomana hiiku irraa of qabanu yeroo fajriin ba'u.
 Jechi isaa: "azaana fi suhuura gidduun hangam ture" jedhu, kani itti fedhame suhuurii fi iqaamaa gidduudha; jecha isaanii hadiisa biraa keessatti: "suhuurii isaanii raawwatanii salaatatti seenuu isaanii gidduu hangam ture" jedhuuf jecha. hadiisonni gariin isaanii garii isaanii hiika.
 Muhallab akkas jedhe: hojii qaamaatiin yeroo lakkaa'uutu keessa jira, Araboonni hojiidhaan yeroo lakkaa'u ture, akka jecha isaanii: hanga re'een elmamtu, hanga gaalli gorra'amu, zayd ibnu Saabit -Rabbiin isa irraa haa jaallatu- sana irraa hanga dubbisaatiin lakkaa'uutti kan inni deebi'eef; yeroon sun yeroo ibaadaa fi qaraatii akka ta'e itti akeekuuf jecha, hojiin alatti waan biraatiin lakka'uu osoo ta;ee silaa fakkeenyaaf akkana jedha ture: hanga sadarkaa, yookaan tokko sadaffaa yookaan tokko shanaffaa.
 Ibnu Abii Jamraan akkas jedha: waan ummata isaanitti irra laafu ilaalanii hojjatu turani -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- osoo suhuura hin goone turee isaan hordofanii jennaan garii isaanitti waan jabaatuuf jecha, halkan wolakkaa keessa osoo suhuurii godhaniiru ta'ee sunis garii isaanii irratti ni jabaata, namoota hirribni isaan injifatu irraa, kun immoo gara salaata subhii dhiisuutti geessuutu mala yookaan hirriba malee buluuf qabsaa'uutti geessuutu mala.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4457</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَعْتَكِفُ العَشْرَ الأَوَاخِرَ مِنْ رَمَضَانَ، حَتَّى تَوَفَّاهُ اللَّهُ، ثُمَّ اعْتَكَفَ أَزْوَاجُهُ مِنْ بَعْدِهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يعتكف العشر الأواخر من رمضان، حتى توفاه الله، ثم اعتكف أزواجه من بعده</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hanga Rabbiin lubbuu isaanii fuudhetti ramadaana irraa kurneessituu dhumaa keessa i'itikaafa seenaa tureani, eegasii immoo haadholiin manaa isaanii booda isaaniitii i'itikaafa seenaa turani</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمنينَ رَضِيَ اللَّهُ عَنْهَا زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَعْتَكِفُ العَشْرَ الأَوَاخِرَ مِنْ رَمَضَانَ، حَتَّى تَوَفَّاهُ اللَّهُ، ثُمَّ اعْتَكَفَ أَزْوَاجُهُ مِنْ بَعْدِهِ.</t>
   </si>
   <si>
     <t>Aa'ishaa haadha Mu'umintootaa haadha manaa Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kan taate irraa akka odeeffametti -Rabbi ishee irraa haa jaallatu-: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hanga Rabbiin lubbuu isaanii fuudhetti ramadaana irraa kurneessituu dhumaa keessa i'itikaafa seenaa tureani, eegasii immoo haadholiin manaa isaanii booda isaaniitii i'itikaafa seenaa turani.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها أنّ النبيَّ صلى الله عليه وسلم لازَمَ الاعتكافَ في العشر الأواخر من رمضان، طلبًا لليلة القدر، واستمر على ذلك إلى أن توفاه الله، وقد لازم الاعتكافَ أزواجُه مِن بعده رضي الله عنهن.</t>
   </si>
   <si>
     <t>Haati Mu'umintootaa Aa'ishaan -Rabbi isii irraa haa jaallatu- nabiyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- ramadaana irraa kurneessituu boodaa keessa halkan qadrii(halkan sadarkaa qabdu) barbaachuuf jecha haala dhaabbataa ta'een i'itikaafa seenaa akka turan himte, hanga Rabbiin lubbuu isaanii fuudhetti haala kana irratti itti fufani, haadholiin manaa isaaniis -Rabbi isaan irraa haa jaallatu- boooda isaaniitii haala dhaabbataa ta'een i'itikaafa seenaa turani.</t>
   </si>
   <si>
     <t>مشروعية الاعتكاف في المساجد، حتى للنساء بالضوابط الشرعية، وبشرط الأمن من الفتنة.
 يتأكد الاعتكاف في العشر الأواخر من رمضان لملازمة النبي صلى الله عليه وسلم.
 الاعتكاف سُنَّة مستمرة لم تُنسخ، إذ اعتكف أزواجه صلى الله عليه وسلم بعده.</t>
   </si>
   <si>
     <t>Masjiidota keessatti i'itikaafa seenuun karaa godhamuu isaa, dubartootaafillee akkasuma ulaagaa shari'aa haala eeggatee fi ulaagaa fitnaan aragamuu dhabuun amanameen.
 Ramadaana irraa kurneessituu boodaa keessa i'itikaafa seenuun akkaan kan jabeeffamu ta'uudha, nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhaabbataan waan irra turaniif.
 I'itikaafni sunnaa itti fufaa kan hin haqamneedha, booda isaaniitii haadholiin manaa isaanii -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- i'itikaafa seenaa waan turaniif jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4495</t>
   </si>
   <si>
-    <t>تَسَحَّرُوا، فَإِنَّ فِي السَّحُورِ بَرَكَةً</t>
+    <t>تسحروا، فإن في السحور بركة</t>
   </si>
   <si>
     <t>Suhuura nyaadhaa, suhuura keessa barakaatu jiraa</t>
   </si>
   <si>
     <t>عن أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَسَحَّرُوا، فَإِنَّ فِي السَّحُورِ بَرَكَةً».</t>
   </si>
   <si>
     <t>Anas Ibnu Maalik irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Nabiyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Suhuura nyaadhaa, suhuura keessa barakaatu jiraa".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على السَّحُور وهو الأكل آخِر الليل استعدادًا للصيام؛ لأن فيه (بركة) خيرًا كثيرًا مِن الأجر والثواب، والقيام في وقت آخر الليل للدعاء، والتَّقَوِّي على الصوم، والتَّنَشُّط له، وتخفيف مشقَّته.</t>
   </si>
   <si>
     <t>Nabiyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- suhuuratti kakaasani, inni halkan gara dhumaa keessa soomaaf qophaa'uuf jecha nyaata nyaachuudha; barakaan(mindaa fi ajrii irraa toltuu hedduu) waan isa keessa jiruuf jecha, akkasumas yeroo dhuma halkanii keessa du'aa'iif ka'uu, sooma irratti ittiin jabaachuu, isaaf si'a godhachuu fi dadhabbii hirdhisuutu isa keessa jira.</t>
   </si>
   <si>
     <t>استحباب السَّحُورِ وامتثال الأمر الشرعي بفعله.
 قال ابن حجر في فتح الباري: البركة في السحور تحصل بجهات متعددة، وهي اتباع السنة، ومخالفة أهل الكتاب، والتقوِّي به على العبادة، والزيادة في النشاط، ومدافعة سوء الخُلُق الذي يُثيره الجوع، والتسبُّب بالصدقة على مَن يسأل إذ ذاك أو يجتمع معه على الأكل، والتسبب للذِّكْر والدعاء وقت مظنة الإجابة، وتَدَارُك نية الصوم لمن أغفلها قبل أن ينام.
 حسن تعليم النبي صلى الله عليه وسلم حيث يَقْرِن الحُكْم بالحكمة؛ لينشرح به الصدر، ويُعرف به سموُّ الشريعة.
 قال ابن حجر: يحصل السحور بأقل ما يتناوله المرء من مأكول ومشروب.</t>
   </si>
   <si>
     <t>Suhuura nyaachuun jaallatamaa ta'uu isaatii fi isa hojjachuun ajaja shari'aa hojii irra oolchuudha.
 Ibnu Hajar Fathul baarii keessatti akkas jedha: barakaan suhuura keessatti karaa adda addaatiin argama, innis sunnaa hordofuu, worra kitaabaa faallessuu, ibaadaa irratti isaan of jabeessuu, si'oomina dabalachuu, haala badaa beelli fidu deebisuu, yeroo sana keessa nama sadaqaa gaafatuuf yookaan nama isaa woliin nyaatuuf sababaa sadaqaa ta'uu, yeroo du'aa'iin ni qeebalama jedhamee yaadamu keessatti sababaa du'aa'ii fi zikrii ta'uu fi rafuun duratti niyyaa soomaa nama dagateef niyyaa qaqqabachuudha.
 Bareedina barsiisa nabiyyii -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- akka qomni isaan ballatuu fi guddinni shari'aa akka isaan beekamuuf jecha murtoo sababaan waan wolitti hidhaniif.
 Aalimni Islaamaa ibnu Hajar akkas jedha: suhuuriin hanga xiqqaa waan namni nyaatuu fi dhuguutiin aragama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4498</t>
   </si>
   <si>
-    <t>أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ</t>
+    <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>Jaalalleen koo Nagaa fi rahmanni irra haa jiraatuu, waan sadii akkan hojjedhu naaf dhaaman: ji’a ji’aan guyyaa sadii soomuu, raka’aa lamaan salaata Duhaa salaatuu fi osoon hin rafiin dura salaata witrii salaatuudha</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- akkas jedhe: Jaalalleen koo Nagaa fi rahmanni irra haa jiraatuu, waan sadii akkan hojjedhu naaf dhaaman: ji’a ji’aan guyyaa sadii soomuu, raka’aa lamaan salaata Duhaa salaatuu fi osoon hin rafiin dura salaata witrii salaatuudha.</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
     <t>Abuu Hureyraan -Rabbiin irraa haa jaallatu- jaalatamaa fi saahibni isaa Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- wantoota sadii akka isaaf dhaaman hima:
 Tokkoffaa: ji’a ji’aan guyyaa sadii soomuudha.
 Lammaffaa: Guyyaa guyyaan raka'aa lama Duhaa salaatuudha.
 Sadaffaa: Hirriiba dura salaata witrii salaatuudha, Kunis nama halkan dhuma irratti hin dammaqu jedhee sodaateefi.</t>
   </si>
   <si>
     <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
 قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
 قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
 أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
 قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
 وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
 وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
   </si>
   <si>
     <t>Garaagarummaan dhaamsa Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sahaabota isaanitiif dhaamanii: Haala sahaabotaa fi waan tokko tokkoon isaanif malu beekuu isaanii irratti hundaa'a, nama jabaa humna qabu jihaadatu isaaf mala, nama Rabbiin gabbaruuf ibaadatu mala, nama hayyuu immoo beekusaatu malaaf, akkanumatti itti fufa.'
 Ibnu Hajar Al-Asqalaaniin jecha isaa kan akkana jedhu ilaalchisee: (Ji’a hunda keessaa guyyaa sadii soomuu): inni namaaf mul'atu wanni guyyoota kanatti fedhamaan guyyoota adii ta'uudha (Ayyaamul biid) isaanis: ji’a hijraa irraa guyyaa kudha sadaffaa, kudha afraffaa fi guyyaa kudha shanaffaati.
 Ibnu Hajar Al-Asqalaaniin akkana jedhe: Hirriiba dura salaata witrii salaatuun barbaachisaa ta’uu agarsiisa, sun immoo nama dammaquuf ofitti amanamummaa hin qabneefi.
 Barbaachisummaa hojiilee sadan kanneeniti; sababni isaas Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sahaabota isaanii irraa namoota hedduudhaaf waan sana dhaamaniif jecha.
 Ibnu Daqiiq Al-Iid jecha isaa kan akkana jedhu ilaalchisee:(Raka’aa lamaan Duhaa) akkana jedhe: Tarii asitti raka'aa xiqqaa salaatamuu qabutu dubbatame ta’a, Kunis salaata Duhaa salaatuun jaalatamaa ta’uu fi xiqqaan isaa raka’aa lama ta’uu agarsiisa.
 Yeroon salaata Duhaa: Erga aduun baatee gara sa'aatii ruubii booda, hanga tilmaamaan daqiiqaa kudhan salaata Zuhrii duratti dheerata, baay’inni raka’aa isaa: inni xiqqaan raka’aa lama, irra baay'ee isaa keessatti hayyoota giddutti wal dhabdeen argameera; Raka’aa saddeet jedhame, irra baay'een isaa daangaa hin qabus jedhame.
 Yeroon salaata witrii: Salaata Ishaa'ii boodaa kaasee hanga fajriin bahutti, irra xiqqaan isaa raka'aa tokko, baay'een isaa immoo raka'aa kudha tokko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4538</t>
   </si>
   <si>
-    <t>إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ</t>
+    <t>إذا رأيتموه فصوموا، وإذا رأيتموه فأفطروا، فإن غم عليكم فاقدروا له</t>
   </si>
   <si>
     <t>Yeroo isa argitan soomaa, ammas yeroo isa argitan sooma keessan hiikaa, yoo  duumessa ta’e immoo tilmaaman deemaa</t>
   </si>
   <si>
     <t>عَنْ ابْنَ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa akka odeeffametti -Rabbi isaan lamaan irraa haa jaallatu- akkana jedhe: Ergamaa Rabbii -nagaa rahmanni irra haa jiraatu- akkana kan jedhu dhaga'e: «Yeroo isa argitan soomaa, ammas yeroo isa argitan sooma keessan hiikaa, yoo  duumessa ta’e immoo tilmaaman deemaa».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم علامةَ دخول شهر رمضان وخروجه، فقال: إذا رأيتم هلال رمضان فصوموا، فإنْ حَالَ بينكم وبينه غَيْمٌ وسُتِرَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر شعبان، وإذا رأيتم هلال شوال فأفطروا، فإنْ حال بينكم وبينه غَيْمٌ وسُترَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر رمضان.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- mallattoo jalqabbii fi xumura baatii Ramadaanaa ibsanii,akkas jedhan: Ji’a Ramadaanaa yoo argitan soomaa, Yoo duumessaaf isa arguu dhabdan, ji'a Sha'abaanaa guyyaa soddoma lakkaa'aa soomaa, ji'a Shawwaal yoo argitan immoo sooma keessan hiikaa, yoo duumessaaf isa arguu baattan ji'a Ramadaanaatiif guyyaa soddoma lakkaa'aa.</t>
   </si>
   <si>
     <t>الاعتماد على الرؤية لا على الحساب في إثبات دخول الشهر.
 نقل ابن المنذر الإجماع على أنه لا يجب الصيام إذا كان دخول شهر رمضان بالحساب فقط دون الرؤية.
 وجوب إكمال شعبان ثلاثين يومًا إذا حال دون رؤية هلال رمضان غَيْمٌ أو نحوه .
 الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
 وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
 من كان بموضع ليس فيه مَن يَتَفَقَّدُ أَمْرَ المسلمين في الصوم، أو كان ممن يضيِّع ذلك فينبغي أن يراعي ذلك ويَتفقده بمَن يثبت ذلك عنده برؤية نفسه أو برؤية من يثق به؛ فيصوم بذلك ويفطر.</t>
   </si>
   <si>
     <t>Jalqaba baatii mirkaneessuuf shallaggii osoo hin taane mul’ata baatii irratti hirkatanii hojjechuu akka ta'eedha.
 Ibnu al-Munzir soomni yoo ji’a Ramadaanaa osoo baatii hin argin shallaggii qofaan yoo ta'e soomuun dirqama akka hin taane walii galtee hayyoota Islaamaa dabarseera.
 Duumessi ykn kan kana fakkaatan baatii ji’a Ramadaanaa akka hin argine yoo dhoorge Sha'abaana guyyaa soddoma guutuun dirqama tahuudha.
 Baatiin tokko yoo ji'aan lakkaa'an guyyaa digdamii sagal, ykn guyyaa soddoma qofa ta'a.
 Duumessi ykn kan kana fakkaatan ji’a Shawwaal arguu irraa yoo dhoorge Ramadaana guyyaa soddoma xumuruun dirqama taha.
 Namni eddoo jireenyaa namni sooma muslimootaa too'atu hin jirre jiraatu, ykn sanaaf dhimma hin qabne yoo ta’e, tilmaama keessa galchee nama itti amanu gaafatee mirkaneefachuun, haala kanaan sooma jalqabuun ykn hiikuun isarra jiraata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4549</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Rabbiin suuraa keessanii fi qabeenya keessan hin ilaalu, garuu kan Inni ilaalu qalbii keessanii fi hojii keessani</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jedhan: "Rabbiin suuraa keessanii fi qabeenya keessan hin ilaalu, garuu kan Inni ilaalu qalbii keessanii fi hojii keessani".</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin ol ta'e suuraa gabrootaa fi qaama isaanii, isiin bareedduudha moo yookaan fokkattuudha? isiin guddoodha moo yookaan xiqqoodha? isiin fayyaadha moo yookaan dhukkubsattuudha? jedhee akka hin ilaalle ifa galchan. Akkasumas qabeenya isaani, isiin hedduudha moo yookaan muraasa? jedhee hin ilaalu Rabbiin injifate ol ta'e gabroottan Isaa wantoota kanaa fi isaan keessatti wal caaluu isaaniitiin isaan hin herregu, garuu kan ilaalu gara qalbii isaaniitii fi taqwaa, yaqiina, dhugummaa fi ikhlaasa isii keessa jiru ilaala, yookaan argisiifannaa fi na haa dhaga'anii fedhe moo maal fedhe jechuu ilaala, akkasumas hojii isaanii gaarii ta'uu fi badaa ta'uu isii ilaala, isii irratti mindaa fi ajriis kenna.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Haala jibbamaa hunda irraa qalbii tolchuu fi isii qulqulleessuutti xiyyeeffachuudha.
 Qalbiin toluun ikhlaasaan ta'a, hojiin toluun immoo Nabiyyii hordofuun ta'a -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaan lameentu iddoo Rabbiin ol ta'e ilaaluu fi isa biratti yaada keessa galanuudha.
 Ilmi namaa qabeenya isaa, bareedina isaa, qaama isaatii fi haala duuniyaa kana irratti muldhatu tokkoonuu gowwoomuu hin qabuudha.
 Keessoo osoo hi tolchin waan bakkeetti muldhatu qofa irratti hirkachuu irraa sodaachisuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
+  </si>
+  <si>
+    <t>Rabbii fi Ergamaan isaa farsoo, du'aa, karkarroo fi taabota gurguruu haraama taasisanii jiru</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
+  </si>
+  <si>
+    <t>Jaabir ibnu Abdullaah irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bara fathii keessa makkaatti isaanii akkas jedhuun dhaga'e: «Rabbii fi Ergamaan isaa farsoo, du'aa, karkarroo fi taabota gurguruu haraama taasisanii jiru», yaa ergamaa Rabbii, moora du'aa yoo ta'e hoo, Dooniitu isaan dibamee haguugama, gogaatu isaan dibama, namoonnis isaan ifaa ibsatu? jedhameen, isaanis ni jedhani: «Lakki, inni haraama», eegasii ergamaan Rbbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeruma sanatti akkas jedhani: «Rabbiin yahuudota irratti lola haa labsu, yeroo Rabbiin moora du'aa haraama isaan irratti taasise, isaan immoo isa baqsanii eegasii isa gurguranii maallaqa isaa nyaatani».</t>
+  </si>
+  <si>
+    <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
+  </si>
+  <si>
+    <t>Jaabir ibnu Abdullaah -Rabbi isaan irraa haa jaallatu- nabiyyiidhaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bara fathii keessa makkaatti akkas jedhuu dhaga'e: Rabbii fi ergamaan isaa farsoo, du'aa, karkarroo fi taabota gurguruu haraama taasisanii jiru, eegasii yaa ergamaa Rabbii, moora du'aa gurguruun hoo nuuf eeyyamamaa? jedhameen, jalbaatu isaan dibamuun haguugama, gogaatu isaan dibama, namootatu isaan ifaa qabsiifata waan ta'eef, ergamaanis, lakki, gurgurtaan isaas haraama jedhani, eegasii ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeruma sana akkas jedhani: Rabbiin yahuudaa haa dhabamsiisu isaan haa abaaru; yeroo Rabbiin moora horii haraama isaan irratti taasisetti, isa baqsanii, eegasii qibaatii isaa gurguruun isa nyaatani.</t>
+  </si>
+  <si>
+    <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
+قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
+قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
+كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
+قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
+  </si>
+  <si>
+    <t>Aalimni islaamaa Nawawiin akkas jedhe: du'aa, farsoo fi karkarroon: tokkoon tokkoon isaaniiyyuu gurguruun haraama akka ta'e muslimoonni irratti wolii galaniiru.
+akkasuma Aalimni islaama Alqaadiin akkas jedhe: hadiisni kun wanti nyaachuu fi isatti fayyadamuun isaa haraama ta'e gurgurtaan isaas akka hin eeyyamamne of keessatti qabata, akkasuma maallaqa isaas nyaachuun hin eeyyamamu, akka moora hadiisa keessatti dubbatameetti.
+Aalimni islaamaa Ibnu hajar akkas jedhe: akkaataan galiinsa isaa waan irra hedduun itti hiikan, jechi isaanii "inni haraama" jedhu kan itti fedhame: gurgurtaadha malee itti fayyadama biraa miti jedhanitti akka jabaan itti akeeka.
+malli waan haraama ta'e halaala isaan taasifachuuf itti dhimma ba'amu hundi kufaadha.
+Aalimni islaama Nawawiin akkas jedhe: ulaamooni ni jedhani: kaafira ajjeefnee yoo kuffaarri reeffa isaa nurraa bitachuu barbaadani, yookaan bakka bu'aa isaa kaffaluu yoo barbaadani wolii gala gurgurtaa du'aa haraama godhamee keessa waan galuuf haraama ta'a, hadiisa keessatti taateen armaan gadii dhufee jira: gaafa khandaq nama nawfal ibnu Abdullaah jedhamu muslimoonni isa ajjeefnaan, reeffa isaa fudhachuuf jecha kaafiroonni dirhama kuma kudhan nabiyyiidhaaf kenniinaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- fudhachuu didanii, tolumatti reefficha isaaniif kennani.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4556</t>
+  </si>
+  <si>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>sila waan isin sadaqattan Rabbiin isiniif hin goonee? Tasbiihin jedhamu hundi sadaqaadha, takbiiraan jedhamu hundi sadaqaadha, faaruun jedhamu hundi sadaqaadha, Laa Ilaaha Illallaah jechuun hundi sadaqaadha, toltuutti ajajuun sadaqaadha, badii irraa dhoorguunis sadaqaadha, wal qunnamtiin tokkoon keessan haadha manaa isaati waliin godhus sadaqaadha</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Abuu Zarri irra akka odeeffametti -Rabbi isa irraa haa jaallatu-: Sahaaboota nabiyyii irraa -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- namoonni wohii nabiyyiidhaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: yaa ergamaa Rabbii, abbootiin qabeenyaa mindaadhaan nu dursanii deemaniiru, akkuma nu salaannutti salaatu, akkuma nu soomnutti soomu, haftee qabeenya isaanii immoo ni sadaqatu, nabiyyiinis akkas jedhani: "sila waan isin sadaqattan Rabbiin isiniif hin goonee? Tasbiihin jedhamu hundi sadaqaadha, takbiiraan jedhamu hundi sadaqaadha, faaruun jedhamu hundi sadaqaadha, Laa Ilaaha Illallaah jechuun hundi sadaqaadha, toltuutti ajajuun sadaqaadha, badii irraa dhoorguunis sadaqaadha, wal qunnamtiin tokkoon keessan haadha manaa isaati waliin godhus sadaqaadha", isaanis ni jedhani: yaa ergamaa Rabbii, tokkoon keenya fedhii isaa baafatee isa keessa mindaan isaaf jiraataa?, isaanis ni jedhani: "mee ilaalaa osoo haraama keessa kaa'ee jiraatee silaa badiitu isa irra jiraataa mitii? akkasuma halaala keessa yeroo kaa'es mindaan isaaf ta'a".</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Gariin hiyyeessa sahaabotaa haala isaanii, hiyyummaa isaanii fi akkuma obboleewwan isaanii abbootiin qabeenyaa hedduun mindaa argatanitti isaanis qabeenya sadaqatanii mindaa hedduu argachuu dhabuu fi akkuma isaanii toltuu hojjachuu dhabuu isaanii nabiyyiitti komii dhiheessani -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- abbootiin qabeenyaa immoo akkuma nu salaannutti salaatu, akkuma nu soomnutti soomu, haftee qabeenya isaanii immoo ni sadaqatu nuti immoo hin sadaqannu! Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gara sadaqaa isaan danda'aniitti isaan qajeelchanii, akkas jedhani -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-: Rabbiin waan isin luubbuu keessan irraa saddaqattan isiniif hin goonee?! jecha keessan: (Subhanallaah) jettanuuf mindaa fi sadaqaatu isaniif jira, akkasuma jecha: (Allaahu Akbar) jettanuufis sadaqaatu jira, jecha (Alhamdulillaah) jettanuufis sadaqaatu jira, jecha (Laa Ilaaha Illallaah) jettanuufis sadaqaatu jira, (toltuutti ajajuunis) sadaqadha, (badii irraa dhoorguunis) sadaqaadha, inumaa wal qunnamtii tokkoon keessan haadha manaa isaa waliin godhu keessa sadaaqaatu jiraaf. Raajeffachuun, yaa ergamaa Rabbii, tokkoon keenya fedhii isaa ba'atee isa keessa mindaan isaaf jiraa?! jedhani. isaanis: argitanii zinaa fi waan birootiin osoo haraama keessa kaa'eera ta'ee badiin isa irra hin jiruu? akkasuma halaala keessa yeroo kaa'es mindaatu isaaf ta'a.</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>dorgommii sahaabonni toltuu hojjachuu keessatti qabanuu fi mindaa fi sadarkaa guddaa argachuuf bolola isaan qabanu agarsiisa.
+karaan hojii toltuu hedduu ta'uu isaatii fi innis hunda hojii muslimni niyyaa gaarii fi yaada bareedaadhaan hojjatuu akka wolitti qabatu agarsiisa.
+laafummaa islaamaa fi salphaa ta'uu isaa, hundi muslimaayyuu waan humna isaa gitu kan hojjatee ittiin Rabbiin bulu argata.
+Imaam Annawawiin akkas jedha: kana keessa wantoonni halaala ta'an niyyaa dhugaatiin yoo dagalame ibaadaa akka ta'u ragaatu jira, wol qunnamtiin saalaa haqa haadha manaa isaa baasuu fi toltuu Rabbiin itti ajajeen isii waliin jiraachuuf yoo ta'e, yookaan ilma gaarii barbaaduuf yoo ta'e, yookaan lubbuu ofii tiksuuf yoo ta'e, yookaan haadha manaa isaa tiksuu fi isaan hunduu haraama ilaaluu irraa wol dhoorguuf yoo ta'e, yookaan isa yaaduu irraa wol dhoorguuf yoo ta'e, yookaan isaaf yaadda'uu irraa wol dhoorguuf yoo ta'e, yookaan bu'aa biroo kan gaarii ta'eef yooo ta'e ibaadaa ta'a.
+nama dhaggeeffatuuf irra ifa galaa fi lubbuu isaa keessatti irra fudhatamaa akka ta'uuf fakkeenya fayyadamuu fi qiyaasa gochuutu keessa jira.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
   </si>
   <si>
     <t>Jechoota namoonni Nabiyyummaa isa jalqabaa irraa dhaqqaban keessaa tokko: Yoo qaanfachuu baatte wanta barbaadde raawwadhu</t>
   </si>
   <si>
     <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Abuu Mas'uud irraa akka odeeffametti Rabbiin irraa haa jaallatu akkana jedhe: Nabiyyiin -nagaa fi rahmanni irra haa jiraatu-  akkana jedhan: «Jechoota namoonni Nabiyyummaa isa jalqabaa irraa dhaqqaban keessaa tokko: Yoo qaanfachuu baatte wanta barbaadde raawwadhu».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jechuudha himan: waan dhaamsi Nabiyyoota darban irraa keessatti dhufee, namoonni of giddutti waliif dabarsaa turan, Hanga jalqaba ummata kanaa gahutti dhaloota eega dhalootatii walirraa dhaalaa turan keessaa: Waan gochuu barbaaddu ilaali, waan irraa hin qaanfatamne yoo ta'e isa hojjadhu, waan irraa qaanfatamu irraa yoo ta'e immoo ofirraa isa dhiisi; Hojii badaa dalaguu irraa kan nama dhoorgu qaanii qabaachu waan ta'eef jecha, Namni qaanii hin qabne, safuu fi dalagaa xuraa’ummaa fi badii hundumaatti of kenna.</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
   <si>
     <t>Qaanii qabaachuun ka'umsa haala gaariiti.
 Qaanii qabaachuun amaloota Nabiyyootaa -nagaan irra haa jiraatu- keessaa isa tokkoodha, kun waan isaan irraa dhufeedha.
 Qaanii jechuun isa nama muslimaa tokko waan bareedaa fi miidhagaa akka hojjetu, waan xureessuu fi fokkisisu akka dhiisu isa godhuudha.
 Nawawiin akkana jedhe: Ajajni Hadiisicha keessatti dhufe ni hayyamama jechuufi, jechuunis: Yoo waan tokko hojjechuu barbaadde, waan Rabbii fi namoota duratti hojjechuu hin qaanofne yoo ta'e isa hojjedhu, akkas ta'uu baannan ofirraa dhiisi jechuudha, kun immoo adeemsa Islaamaati, Sababni kanaas wanti itti ajajamu kan dirqamaa fi waan dalagamuuf gorfamu dhiisuu irraa ni qaanfatama, waan irraa dhoorgame haraama fi jibbamaa hojjachuu isaa irraa qaanfatama, waan eeyyamamaa ta’e immoo raawwachuus ta'ee dhiisuun isaa ni eeyyamama, kanaaf Hadiisni kun murtiiwwan shanan hammateera. Akkasiis jedhame: ajaja bifa sodaachisaan dhufeedha, jechuunis: Yoo safuun si irraa mulqame waan barbaadde raawwadhu, Rabbiin garuu irratti si herraga, akkasis jedhame: Ajaja bifa oduutin dabarfame, jechuunis: namni hin qaanofne waan fedhe hojjeta jechuu dha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4559</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>hojiin kamuu kan madaalamu niyyaadhaani, hunda namaatiifuu woma niyyate qofaatu isaaf jira</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Umar ilama Khaxxaab irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Hojiin kamuu kan madaalamu niyyaadhaani, namichi kan argatu woma niyyate qofa, namni godaaansi isaa gama Rabbiitii fi Ergamaa Isaatti ta'e, godaansi isaa gamuma Rabbiitii fi Ergamaa Isaati, namni godaansi isaa duuniyaa argachuuf yookaan dubartii fuuchuuf ta'e, godaansi isaas gamuma waan itti godaaneeti ta'a". Jecha Bukhaarii tokko keessatti: "hojiin kamuu kan madaalamu niyyaadhaani, hunda namaatiifuu woma niyyate qofaatu isaaf jira".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hojiin hunduu madaalli isaa niyyaadhaan akka ta'e ibsani, murtoon kun gabbartiis ta'ee walitti dhufeenya nama waliin taasifnuu fi hojii hunda keessatti murtoo walii galaati, namni hojii isaatiin bu'aa wohii fedhe bu'attii sana malee hin argatu, mindaanis isaaaf hin jiru, namni hojii isaatiin Rabbitti dhihaachuu fedhe hojii isaa irraa mindaa fi gatii argata osoma hojii Aadeeffatamaa, akka nyaataa fi dhugaatii ta'eellee.
 Eegasii haala alatti muldhatuun walfakkaachuu waliin dhiibbaa niyyaan hojii irratti qabu ibsuuf jecha fakkeenya fudhatani -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhugumatti namni godaansa isaatii fi biyya isaa gadhiisuudhaan jaalala Rabbii isaa fedhe, godaansi isaa godaansa shari'aa qeebalamtuudhaa sababaa niyyaan isaa dhugoomteef mindaa irratti ni argataa fi namni immoo godaansa isaatiin qabeenya irraa, yookaan kabajaa irraa, yookaan daldala irraa, yookaan haadha manaaa irraa haa ta'u bu'aa duuniyaa fedhe godaansa isaa sana irraa bu'attii isii niyyatee sana malee homaa hin argatu, gatii fi mindaa irra qooda homaatuu hin qabuudha ibsan.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Iklaasatti kakaasuudha, Rabbiin hojii irraa waan fuulli Isaa ittiin barbaadame malee hin qeebalu waan ta'eef jecha.
 Namni dirqamni isa irra ka'ame hojiiwwan gama Rabbiitti ittiin dhihaatan akka Aadaatti yoo hojjate isii irratti mindaan isaaf hin jiru, hanga isiidhaan Rabbitti dhihaachuu fedhutti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>islaama jechuun Allaaha malee haqaan gabbaramaan hin jiru, Muhammad immoo ergamaa Allaahaati jettee ragaa ba'uudha, salaata dhaabuudha, zakaa kennachuudha, ramadaana soomuudha, yoo karaa dandeesse mana Rabbii hajja'uudha</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Umar ilma Khaxxaab irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Gaafa tokko nuti Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bira taa'aa osoo jirruu, akka tasaa namichi huccuun isaa haalaan adii ta'e, rifeensi isaa immoo haalaan gurraacha ta'e, kan faanni imalaa isa irratti hin mul'annee fi nurraa namni tokkollee kan isa hin beekne nutti ba'e, dhufee Nabiyyii -Rabbiin rahmataa fi nageenya isaaan irratti haa buusu- bira taa'ee jilba isaa gara jilba isaaniitti hirkisee, ganaa harka isaa lameen sarbaa isaanii irra kaa'atee, yaa Muhammad, islaamummaa irraa natti himi jedheen, Ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-: " islaama jechuun Allaaha malee haqaan gabbaramaan hin jiru, Muhammad immoo ergamaa Allaahaati jettee ragaa ba'uudha, salaata dhaabuudha, zakaa kennachuudha, ramadaana soomuudha, yoo karaa dandeesse mana Rabbii hajja'uudha jedhaniin,  innis dhugaa dubbatte jedheen, ni jedhe (umar): isa dinqisiifanne, ni gaafataa (deebiin isaa akkka sirrii ta'e) immoo isa dhugoomsee mirkaneessaaf, itti aansuun ni jedhe: Iimaana irraa naaf himi, isaanis ni jedhan: "Allaahaatti, malaa'ikota Isaatti, kitaabbowwan Isaatti, ergamtoota Isaatti, guyyaa dhumaatii fi qadara toltuu fi hamtuu isaatti amanuudha". innis dhugaa dubbatte jedheen, ammas ni jedhe: Ihsaana irraa naaf himi (toltuu hojjachuu), isaanis ni jedhan: "Akka waan Isa agartuutti Allaaha gabbaruudha, ati yoo Isa hin agarrellee Inni si arga waan ta'eef".  ammas ni jedhe: qiyaamaa irraa naaf himi, isaanis ni jedhan: "Waan isii irraa gaafatamaan gaafataa caalaa waan beeku hin qabu". innis ni jedhe: mallattoo isii irraa naaf himi, isaanis ni jedhan: "Gabrittiin rabbii isii da'uu fi tiksitoota re'ee kan miila qullaa huccuu irraas qullaa ta'an ijaarsa keessatti kan wol dorgoman arguu keeti". ni jedhe (Umar): eegasii ni deeme, xiqqo nan ture, eegasii akkas naan jedhani: "Yaa Umar hoo gaafataan eeenyu akka ta'e beekataa?", Allaahaa fi Ergamaa Isaatu beekan jedheeni, isaanis ni jedhan: "Inni Jibriil ture amantaa keessan isin barsiisuuf jecha dhufe".</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Umar -Rabbiin isa irraa haa jaallatu- Jibriil -nagaan isa irra haa jiraatu- fakkii nama hin beekamneetiin sahaabotatti -Rabbiin isaan irraa haa jaallatu- akka dhufe hima, haala isaa irraa huccuun isaa hedduu adiidha, rifeensi isaas hedduu gurraacha, dadhabbii, quxxoo, rifeensi isaa adda faca'uu fi huccuun xuraawuu irraa faanni imalaas isa irratti homaa hin mul'atuudha, akkasumas namoota yeroo sana achi turan irraa namni tokko isa hin beeku, osoo isaan Nabiyyii bira -Rabbiin rahmataa fi nageenya isaan irratti haa buusu -taa'ani jiranuu Nabiyyii fuuldura taa'icha akka barataatti taa'ee, Islaamummaa irraa isaan gaafate, achumaan arkaanattii tana tan shahaadaa lameen raggaasisuu, salaata shanan eeggachuu, nama isii haqa godhatuuf zakaa kennuu, ji'a ramaddaanaa soomuu fi nama danda'u irratti dirqama hajjii geessuu kan taateen isaaf deebisani.
 Gaafataanis ni jedhe: dhugaa dubbatte, sahaabonnis gaaffii isaa kan akka hin beekne akeekuu fi eegasii immoo akka nama beekuutti deebisee dhugoomsuu isaa irraa dinqisiifatani.
 Eegasii Iimaana irraa isaan gaafatee, isaanis arkaanattii jahan Allaahaan  ol ta'e jiraachuu fi sifoottan Isaatti amanuu, akkasuma hojii Isaa kan akka uumuu faatiin Isa tokkichoomsuu, akkasuma malaa'ikonni kan Rabbiin ifa irraa isaan uume gabroota kabajamoo kan Rabbii ol ta'e hin faallessinee fi ajaja Isaatiin kan hojjatan ta'uu isaaniitti amanuu, akkasuma kitaabowwan Rabbii ol ta'e biraa ergamtoota Isaa irratti bu'an kan akka qur'aanaa, tawraat, injiilii fi kanneen birootti amanuu,  akkasuma ergamtoot Rabbiin irraa ergaa geessan, isaan irraa Nuuh, Ibraahiim, Muusaa, Iisaa fi xumura isaanii Muhammaditti amanuu -nageenyi Rabbii cufa isaanii irra haa jiraatu- akkasuma nabiyyootaa fi ergamtoota kan biroottis amanuu, guyyaa dhumaatti amanuu, wanti booda du'aati jiru qabrii fi jireenyi dahoos(jireenya booda du'aatii hanga qiyaamaatti jiru) isa keessa gala, ilmi namaa booda du'aatii ni kaafama akkasumeeti herregama, deebiin isaa gara jannataa yookaan gara ibiddaa ta'a, akkasuma Rabbiin haala beekumsi Isaa dursee, hikmaan isaa akeekteen, akkaataa waan sana barreessee fi isa fedheen wantootii murteessee akka jiru amanuu, isiinis akkaataa Inni itti murteessee fi isaan itti uumeen argamaniitti amanuudha jechuudhaan deebisaniif. Eegasii Ihsaana (tola ooluu) irraa isaan gaafatee jennaan, isaanis akkana jedhanii deebisaniif: ihsaanni akka waan Isa arguutti Rabbiin gabbaruudha, sadarkaa kana ga'uun yoo isaaf hin argamne akka waan Rabbiin isa ilaalaa jiruutti Rabbiin haa gabbaruu, inni jalqaba sadarkaa ilaalchaati, inni sadarkaa olaanaadha, lammaffaan sadarkaa to'annaati.
 Eegasii qiyaamaan yoomi jedhee gaafate? Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- beekumsi qiyaamaa waan Rabbiin beekumsa isaa of qofaa godhate keessaa tokko akka ta'ee fi uumamtoota keessaa tokkoyyuu akka isa hin beekne fi isa irraa gaafatamaan gaafataa irra kan hin beekne akka ta'e ibsaniif.
 Eegasii mallattoo qiyaamaa irraa isaan gaafate? mallattoo isii irraa gabrittiiwwanii fi ilmaan isii heddummachuu, yookaan ilmaan haadha isaaniitti jallachuu hanga akka gabrittiitti walitti dhufeenya  isaanii waliin taasisanutti, akkasumas dhuma yeroo keessatti tiksitoonni re'ee fi rakkattoonni duuniyaan isaanitti gadhiifamtee, ijaarsa ijaaruu fi isa bareechuu keessatti wol dorgomuu akka ta'e ifa galchaniif.
@@ -6432,724 +6684,875 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Haala toluu Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- fi akka isaan sahaabota isaanii waliin taa'anii fi isaanis akka Nabiyyii waliin taa'an mul'isa.
 Gaafataaf garaa laafuu fi isa dhiheessuun karaa godhamuudha, osoo wolitti hin galinii fi osoo hin sodaatin gaafachuu akka danda'uuf jecha.
 Naamuusa barsiisaa wajjinii akkuma jibriil -nagaan isa irra haa jiraatu- isaan irraa fudhachuuf jecha fuuldura Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- taa'umsa nama namuusa qabuu taa'uudhaan hojjatetti.
 Ruknoowwan islaamaa shani, hundeeleen iimaanaa immoo jahaadha.
 Islaamnii fi iimaanni yeroo iddoo tokkotti walitti dhufan, islaamni wantoota bakkee kan mul'atoo ta'aniin hiikama, iimaanni immoo wantoota keessoo kan dhokatoo ta'aniin hiikama.
 Amantaan sadarkaa waldhabaa akka ta'e ibsuutu keessa jira, sadarkaan jalqabaa: Islaama, kan lammaffaa: Iimaana, kan sadaffaa immoo: Ihsaana, inni olaanaa isiiti.
 Gaafataa ilaalchisee bu'uurri gaafataan beekuu dhabuudha, gaaffiitti kan kakaasu wallaaluma, kanaaf sahaabonni gaaffii isaatii fi sana booda immoo dhugoomsuu isaa irraa dinqisiifatani.
 Irra yaachisaan irra yaachisaan eegalanii akkasumatti itti fufuudha, waan islaama ibsuu keesstti keessatti shahaadaa lameeniin eegalameef jecha, akkasuma Rabbitti amanuu keessattis iimaana ibsuun waan eegalameef jecha.
 Gaafataan waan ofii wollaalle worra beekumsa qabu gaafachuudha, namni biraa akka baruuf jecha.
 Beekumsi qiyaamaa waan Rabbiin beekumsa isaa ofii qofaa godhate irraayi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4563</t>
   </si>
   <si>
-    <t>دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
     <t>Wanta shakkitu dhiisii, gara waan hin shakkinee deemi, dhugumatti dhugaan tasgabbii dha, sobni immoo shakkii dha</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>Abuu Al-Hawraa Al-Sa'adii irraa akka odeeffametti akkana jedhe: akkana jedhe: Al-Hasan bin Aliyyiitin -Rabbiin isaan lamaan irraa haa jaallatu- akkanan jedheen: Ergamaa Rabbii irraa -nagaa fi rahmanni irra haa jiraatu- maal haffazte/sammutti qabatte? innis ni jedhe:  Ergamaa Rabbii irraa -nagaa fi rahmanni irra haa jiraatu- kanan haffaze: «Wanta shakkitu dhiisii, gara waan hin shakkinee deemi, dhugumatti dhugaan tasgabbii dha, sobni immoo shakkii dha».</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- jechoota fi gochoota irraa waan dhoorgama moo mitii, haraama moo ykn halaalii keessatti shakkitu dhisanii gara waan shakkii hin qabne kan gaarummaa fi halaalummaan isaa mirkanaa'ee dabutti ajajaniiru, sababni isaas qalbiin isatti waan ni tasgabbaa'uf jecha, waan shakkiin isa keessa jiru immoo qalbiin irraa dhiphatee jeeqama.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Muslimni waan shakkii qabu dhiisee dhimmoota isaa waan mirkanaa’ina qabu irratti hundaa’ee hojechuun barbaachisaa akka ta'eedha, akkasumas amantii isaa irratti hubannoo cimaa qabaachuu akka qabuudha.
 Waan halaalaa fi haraama ta'uu shakkan keessatti kufuu irraa dhoorguudha.
 Yoo tasgabbii fi haragalfannaa barbaadde, shakkamaa dhiisii ​​cinatti darbi.
 Rabbiin gabroota isaatif akka rahmata godheedha, waan tasgabbii sammuu fi lubbuu isaanitiif fidu akka hojjetan isaan ajajee, waan yaaddoo fi burjaajii isaan irratti fidu irraa isaan yeroo dhoorge keessatti.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4564</t>
   </si>
   <si>
-    <t>صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً</t>
+    <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>“salaatni namichaa kan jama’aan waliin salaatu, salaata isaa kan mana isaa keessatti salaatuu fi kan suuqii isaa keessatti salaatu irra sadarkaa digdamii wahiin caala</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -nagaa fi rahamnni isaan irratti haa jiraatu- akkana jedhan: “salaatni namichaa kan jama’aan waliin salaatu, salaata isaa kan mana isaa keessatti salaatuu fi kan suuqii isaa keessatti salaatu irra sadarkaa digdamii wahiin caala, sababni isaas namni tokko akka gaaritti yeroo wuduu’a godhatee, eegasii  salaata malee waan hojjatu tokko kan hin qabne gara masjiidaa dhufee, salaata qofa malee waan biraa kan hin feene, inni hanga masjiida seenutti tarkaanfii tokko hin tarkaanfatu, yoo sadarkaan isaa dabalee, diliin isaa irraa haqame malee, Yeroo masjiida seene waan salaatni waan biraa irraa kan isa daangessu ta'een inni salaatuma keessa jira, Malaa'ikoonnis hanga inni eddoo itti salaate sana keessa jiruun akkana jechuu araarama isaaf kadhatan: Yaa Rabbi isaaf rahmata godhi, yaa Rabbi isaaf araarami, yaa Rabbi towbaa isa irratti deebi'i, waan inni  miidhaa hin geessisiniin, ammas waan inni wuduu'a isaa hin balleessiniin”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- namni muslimaa tokko jama'aa keessatti yoo salaate, salaanni isaa sun salaata inni mana isaa yookaan suuqii isaa keessatti salaatu irra sadarkaa digdamii wahiin akka caalu himan. Eegasii sababaa sanaa ibsan: innis namni tokko guutee tolchee yeroo wuduu’a godhatee, eegasii salaata malee wanni biraa kan manaa isaa irraa isa baafne haala ta'een gara masjiidaa bahee, inni tarkaanfii tokko hin tarkaanfatu, yoo sadarkaan isaa dabalamee, diliin isaa isa irraa haqame malee, Yeroo masjiida seenee salaata kan eeggatu haala ta'een taa'ee, inni waan salaata kan eeggatu ta'een mindaa salaataati argata, malaa'ikonnis hanga inni eddoo saalaataa sana keessa jiru akkana jechuun Rabbi isaaf kadhatan: “Yaa Rabbi isaaf araarami, yaa Rabbi rahmata isaaf godhi, yaa Rabbi towabaa isa irratti deebi'i, inni wuduu'a isaa waan hin balleessiniin, yookaan namoota yookaan malaa'ikoota waan miidhu waan hin hojjatiniin.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Salaanni namni tokko mana isaa ykn suuqii isaa keessatti kophaa isaa salaatu sirriidha, garuu rakkoo tokko malee salaata jama'aa dhiisuu isaatiif ni dilaawa.
 Masjiida keessatti jama’aan salaatuun salaata namni tokko kophaa isaa salaatu irraa sadarkaa digdamii shan ykn digadamii ja'a ykn digdamii torbaan caala.
 Hojiilee malaa'ikootaa keessaa inni tokko mu'uminootaaf du'aa'ii gochuudha.
 Wuduu’a godhatanii gara masjiidaa deemuun sadarkaa akka qabuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4566</t>
   </si>
   <si>
-    <t>كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ</t>
+    <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>Humna ilma namaa guutuu irra sadaqaatu jira</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkana jedhan. «Humna ilma namaa guutuu irra sadaqaatu jira, guyyaa aduun baatu hundatti nama lama walitti araarsuun sadaqaadha, nama tokko yaabbii isaa akka yaabbatu ykn meeshaa isaa akka irratti fe'atu gargaaruun sadaqaadha, jechi gaariin sadaqaadha, tarkaanfiin inni gara salaatatti godhu hundi sadaqaadha, wantoota miidhaa geessisan karaa irraa deemsisuun sadaqaadha».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Muslima dirqama qabu hunda irratti guyyaa guyyaan Lakkoofsa humna lafee isaatin sadaqaan sunnaa akka jiruu fi sadaqaan kunis Rabbiin ol tahe fayyaa waan isaaf kenneef galateeffachuuf jecha akka tahe ibsan. Lafeen isaa humna humna qabaachuun qabuu fi diriirsuu irratti isa gargaara. Sadaqaan kun hojii gaarii hundaan kan raawwatamu yoo ta'u, maallaqa kennuu irratti kan hin dhaabbanne ta'uu ibsaniiru, kanneen keessaa: Nama lama kan wal dhaban walitti araarsuun kee sadaqaa dha. Nama dadhabaa yaabbii isaa akka yaabbatu ykn meeshaa isaa akka irratti fe'atu gaargaaruun kee sadaqaadha. Jechi gaariin kan akka zikrii, du'aa'ii, salaamtaa namaan jechuu fi kan biroos sadaqaadha. Tarkaanfiin ati gara salaatatti gootu hundi sadaqaa dha. Waan miidhaa geessisu karaa irraa deemsisuun sadaqaa dha.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>Akkaataan lafeen ilma namaa walitti itti qabamee fi nagaa tahuun isaa qananiiwwan gurguddoo Rabbiin ol tahe namaaf kenne keessaa isa tokkoodha, qananii kana irratti galateeffachuuf tokkoo tokkoon lafee kana hunda irraa sadaqaa baasuun barbaachisaadha.
 Itti fufiinsa qananii kanaatiif guyyaa guyyaan galata akka haaromsinu jajjabeessuu fi hawwisiisuudha.
 Guyyaa guyyaan itti fufinsaan sunnoowwanii fi sadaqaalee hojjechuu irratti  kakaasuudha.
 Namoota wal lolan jiddutti araara buusuun sadarkaa qabaachuudha.
 Namni tokko obboleessa isaa akka gargaaru kakaasuudha; sababni isaas inni isa gargaaruun sadaqaa waan taheef jecha.
 Namoonni jama’aa irratti akka argamanii fi miilaan gara sanitti akka deeman kakaasuudha, akkasumas masjiidota sanaan akka jiraachisan kakaasuudha.
 Waan isaan rakkisu ykn miidhu kamiyyuu irraa fagaachuun karaa muslimootaa kabajuun dirqama ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4568</t>
   </si>
   <si>
-    <t>كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ</t>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
   </si>
   <si>
     <t>Adunyaa kana irratti akka keessummaa ykn nama karaa dabruu ta’i</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
   </si>
   <si>
     <t>Abdullaah bin Umar irraa odeeffamee Rabbiin isaan lamaan irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- ceekuu koo na qabanii akkana jedhan: «Adunyaa kana irratti akka keessummaa ykn nama karaa dabruu ta’i», Ibnu Umar akkana jedha ture: Yeroo galgaleeffatte ganama hin eegin, yoo ganameeffatte immoo galgala hin eegin, osoo hin dhukkubsatin fayyaa keetti fayyadami, osoo duuti sitti hin dhufin jiruu keetti fayyadami.</t>
   </si>
   <si>
     <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
 فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
 فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
   </si>
   <si>
     <t>Ibnu Umar, Rabbiin isaan irraa haa jaallatu, Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- ceekuu isaa akka qabatanii, akkana isaan jedhan hime: Addunyaa kana keessatti akka keessummaa biyya manni itti jiraatu isa keessatti isaaf hin jirre dhufee namni isa keessummeessu hin jirre, kan ofii isaatif maatii, ijoollee fi wantoota biroo kan Rabbi irraa isa fageessan hunda irraa bilisa ta'ee ta'i, inumaatuu akka nama keessummaa irra hamaa ta'i, innis nama karaa darbu kan biyya isaa barbaaduudhd; sababni isaas keessummaan biyya ormaa keessa taa'un akka nama biyyaa ta'uu mala waan ta'eef jecha, sun faallaa nama biyya isaa barbaada karaa darbuuti, isa haalli isaa ofirraa ba'aa salphisee, dhaabbachuun maletti biyya isaa gayuuf bololuudha. Akkuma namni imala deemu waan bakka imala isaatin isa gayu caalaa waan biroo hin barbaanne namni Mu'uminaas addunyaa keessatti waan bakka imala isaa isa geessu caalaa waan guddaa hin barbaadu.
 Ibnu Umar gorsa kana hordofuun akkana jedha ture: Yoo siif bari'e galgala hin eegin, yoo dhihe immoo ganama hin eegin, namoota qabrii keessa jiranitti of lakkaa’i, jireenyi ilma namaa fayyaa fi dhibee irraa bilisa waan hin taaneef jecha. Yeroo fayyaa qabdu osoo hin dhibamin Rabbiif ajajamutti ariifadhu, dalagaa gaarii dalaguun osoo dhibeen sitti hin dhufin saammadhu, jiruu dunyaa keetis osoo du'aan addunyaa kana irraa hin deemin waan si fayyadurratti dabarsi,</t>
   </si>
   <si>
     <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
 الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
 حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
 اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
  بيان قِصَر الأمل، والاستعداد للموت.
  الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
 المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
 فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
 وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
   </si>
   <si>
     <t>Barsiisaan yeroo barsiisu jajjabeessuu fi akeekkachiisuuf  harka isaa cheekuu barataa irra kaa’uudha.
 Osoo hin gaafatinis ta'u, gorsaa fi qajeelfamaan jalqabuudha
 Barsiisni Nabiyyii -nagaa fi rahmanni irra haa jiraatu- bareedaa ta'uudha, sunis “Addunyaa kana irratti akka keessummaa ykn nama karaa deemu ta’i” jechuudhaan fakkeenyota amansiisaa ta'an kennuudhaani.
 Namoonni imala gara aakiraatti godhan irratti garaagarummaa qabaachuudha, karaa darbaan addunyatti haajamuu dhabuu keessatti sadarkaa keessummaatii oliidha.
 Abdii gabaabbachuu fi du’aaf qophaa’uu ibsuudha.
 Hadiisni kun jireenya dhiisuu fi gammachuu addunyaa dhoorguu hin argisiisu; Garuu inni addunyaa irraa dantaa dhabuu fi ishee irraa xiqqeeffachuu jajjabeessuu agarsiisa.
 Dhukkubni ykn duutis osoo nama hin dhoorgine hojii gaarii hojjechuutti ariifachuudha.
 Sadarkaa Abdullaah bin Umar -Rabbiin isaan lamaan irraa haa jaallatu- qabuudha, sababnis gorsa Ergamaa Rabbii irraa -nagaa fi rahmanni irra haa jiraatu- dhufe kanaan fayyadamuu isaati.
 Biyyi Mu'umintoota Jannata waan ta’eef isaan addunyaa tanaaf keessummaadha, Gara Aakhiraatti imaloodha, qalbii isaanii waan tokko kan biyya ormatti hin rarraasan, inumaayyuu qalbiin isaanii biyya isaanii kan gara isatti deebiʼaniif hawwa, Addunyaa kanarra turuun isaanii haajaa isaanii baafatanii qophii isaanii xumuranii gara biyya isaanitti akka deebi'aniif jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4704</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>Hin dallanin</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu-: Namtichi tokko Nabiyyiidhaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- na gorsi jedheen: (Nabiyyiinis): "Hin dallanin" jedhaniin, gurbichi irra deddeebi'ee gaafannaan, isaanis deebi'anii akkana jedhaniin: "Hin dallanin".</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Sahaabaan tokko -Rabbiin isaan irraa haa jaallatu- gara waan isa fayyadu tokkootti akka isa qajeelchan nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa barbaadee jennaan, isaanis dallanuu dhabuutti isa ajajani, akkas jechuun sababoowwan gara dallaansuutti isa geessan irraa fagaachuu jechuudha, akkasumas yeroo dallansuun isa mudatetti lubbuu isaa to'achuudha, ajjeechaadhaan yookaan rukuttaadhaan yookaan arrabsuu fi waan sana fakkaatan raawwachuun dallansuu isaa keessatti hafuu hin qabu.
 gurbichi dhaamsa barbaaduu yeroo hedduu irra deddeebi'e, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- "Hin dallanin" jechuu malee hoomaa isaaf hin daballe.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Dallansuu fi sababoowwan isaa irraa baqachiisuudha, isatu walitti qaba hamtuuti, isa irraa eeggachuun walitti qaba toltuuti.
 Yeroo dhoorgaan Rabbii cabsame Rabbiif jecha dallanuun dallansuu faarfamaa irraayi.
 Yeroo barbaachisaa ta'etti haasaa irra deddeebi'uu hanga namni dhaggeeffatu hubatee barbaachisummaa isaa barutti.
 Sadarkaa beekaa irraa dhaamsa barbaaduun qabuudha,</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Of miidhuus ta'ee nama biraa miidhuunis hin ta'u, nama nama miidhe Rabbiin isa miidha, nama jabeesse Rabbiin isatti jabeessa</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abuu Sa'iid Al-kudriyyii irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Of miidhuus ta'ee nama biraa miidhuunis hin ta'u, nama nama miidhe Rabbiin isa miidha, nama jabeesse Rabbiin isatti jabeessa".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- miidhaa gosa isaa kamiinuu fi bifa isaa kamiinuu lubbuu ofii fi worra biroo irraa deebisuun dirqama ta'uu ifa galchan, kanaafuu nama tokkoof haala wal qixa ta'een lubbuu ofii rakkisuun yookaan nama biraa rakkisuun hin eeyyamamuuf.
 Miidhaa miidhaan deebisuun isaaf hin eeyyamamu; miidhaan miidhaadhaan waan hin deebifamneef jecha, yoo karaa gumaatiin ta'e qofa innis daangaa darbuun maletti.
 Eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sodaachisa nama nama miidhu miidhaan akka isa qaqqabu, akkasuma nama namatti jabeessu akka itti jabaatu ifa galchan.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Hanga miidhaman caalaatti kaffalachuu irraa dhoorguudha.
 Rabbiin gabroota isaa waan isaan miidhutti hin ajajne.
 Jechaan yookaan hojiidhaan yookaan dhiisuudhan beekaa miidhuus ta'ee wollaalaan miidhuun haraama ta'uudha.
 Mindaan fakkaataa hojiiti, naama miidhe Rabbiin isa miidha, nama jabeesse Rabbiin isatti jabeessa.
 Bu'uuraalee shari'aa keessaa: "miidhaan ni deemsifama", sharii'aan miidhaa hin raggaasiftu, miidhuus ni mormiti.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[ragaalee isaatiin sahiiha]</t>
   </si>
   <si>
     <t>[daaraquxniin odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ</t>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>Arrabni kee Zikrii Rabbiitiin jiidhuu hin dhiisin</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Abdullaah bin Busr irraa odeeffame -Rabbiin irraa haa jaallatu- namichi tokko akkana jedhe: Yaa Ergamaa Rabbii seerri Islaamaa natti baay'atee, kanaaf waanan bareechee isa qabadhu natti himi, isaanis ni jedhan: «Arrabni kee Zikrii Rabbiitiin jiidhuu hin dhiisin».</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>Namni tokko Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- baay'ina ibaadaa sunnaa irraa kan ka’een dadhabinni akka isa mudate himate, Ergasii Nabiyyii -nagaa fi rahmanni irra haa jiraatu- hojii salphaa mindaa guddaa argamsiisutti akka isa qajeelchan gaafate.
 Nabiyyiinis -nagaa fi rahmanni irra haa jiraatu- yeroo hundumaa fi haala hundumaatti arrabni isaa Rabbiin zakkaruu akka subhaanallaah, alhamdulillaah jechuu, du'aa'ii godhachuu fi kan kkf irraa akka hin deemne isa qajeelchan.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
   </si>
   <si>
     <t>Sadarkaa yeroo hunda Rabbiin zakkaruun qabuudha.
 Guddina tola Rabbii keessaa maloota mindaan ittiin argamu laaffisuudha.
 Qooda isaan kheyrii irraa qaban ilaalchisee garaagarummaa gabroonni qabaniidha.
 Yeroo baay’ee subhaanallaah, alhamdulillaah, Laa ilaaha illallaah, Allaahu Akbar jechuu fi kan kana fakkaataniin qalbiin walsimsiisaa arrabaan Rabbi zakkaruu heddummeessuun sunnaalee hedduu akka bakka bu'uudha.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- gaafattoota hunda waan isaan waliin deemuun deebii isaanif kennuun haala isaanii ilaalcha keessa akka galchaniidha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4716</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>Tokkoon keessan hanga waan lubbuu ofiitiif jaallatu obboleessa isaatiif jaallatutti hin amanne</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
+  </si>
+  <si>
+    <t>Anas irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Tokkoon keessan hanga waan lubbuu ofiitiif jaallatu obboleessa isaatiif jaallatutti hin amanne».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- tokkoo muslimootaaf iimaanni guutuun dhugaa akka hin taanef ibsani, hanga Rabbiin ajajamuu fi gosoota khayrii diinii fi duuniyaa waan lubbuu ofiitiif jaallatu obboleessa isaatiif jaallatutti, akkasuma waan lubbuu ofiitiif jibus isaaf jibbuutti, obboleessa isaa muslimaa diinii isaa keessatti hirdhina yoo irratti arge, isa sirreessuuf carraaqa, toltuu yoo irratti arges isa jajjabeessee isa gargaara, dhimma isaa diinii fi duuniyaa irratti isa gorsa.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>Namni waan lubbuu ofiitiif jaallatu obboleessa isaatiif jaallachuun dirqama ta'uu isaa; nama waan lubbuu ofiitiif jaallatu obboleessa isaatiif hin jaallanne irraa iimaana mormuun faallaan isaa dirqama ta'uu ibsa.
+Obbolummaan karaa Rabbii obbolummaa gosaatii oli, haqni isaas dirqama dirqamaa oliiti.
+Jechoota fi gochoota irraa hundi waan jaalala kana faallessuu akka gowwoomsaa, komii, inaaffaa fi lubbuu muslimaatti yookaan qabeenya isaa yookaan kabajaa isaatti diinomuu hraama ta'uu isaa.
+Jechoota garii kan hojiitti nama kakaasan fayyadamuu; "obboleessa isaa" jecha jedhu waan fayyadameef.
+Aalimni kirmaanii jedhamu -Rabbi isaaf haa araaramu- akkas jedhe: hamtuu irraa waan lubbuu ofiitiif jibbe obboleessa isaatiifis jibbuun iimaana irraati; dubbachuu wonti dhiifameef; waan tokko jaallachuun faallaa isaa jibbuu of keessatti qabata, kun waan ga'aa ta'eef isa dubbachuu dhiise.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4717</t>
+  </si>
+  <si>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Osoo isin hirkannaa dhugaa Rabbirratti hirkattanii, akka allaattii razzaqutti silaa isiniis razzaqa ture, ganama garaa duwwaa bobbaatee galgala garaa guuttattee deebiti</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Umar ilma khaxxaab irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Inni Nabiyyiidhaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuu dhaga'e: "Osoo isin hirkannaa dhugaa Rabbirratti hirkattanii, akka allaattii razzaqutti silaa isiniis razzaqa ture, ganama garaa duwwaa bobbaatee galgala garaa guuttattee deebiti".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi ngeenya isaan irratti haa buusu- Dhimmoota amantii fi duuniyaa keessatti bu'aa barbaaduu fi miidhaa deemsisuuf Rabbiin irratti akka hirkannu nu kakaasani, waan -Inni qulqullaa'e ol ta'e- Isa malee kan kennuu fi kan dhoorguu, akkasumas kan miidhuu fi kan fayyadu hin jirreef jecha. Akkasumas sababoowwan bu'aa fidduu fi miidhaa deebistu hojjachuudha, dhugaan Rabbirratti hirkachuu waliin, yeroo sana hojjannetti Rabbiin akkuma allaattii ganama beelaan baatee, eegasii immoo galgala garaa guuttattee deebituuti, hojiin  allaattii kun gosa tokko kan sababoowwan rizqii barbaaduu irraa ta'eedha, hirkannaa sobaatii fi hifannaan maletti.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Sadarkaa tawakkulli qabuu fi inni sababoowwan guddoo ittiin rizqiin barbaadamu keessaa tokko ta'uu isaati.
 Tawakkulli sababoowwan hojjachuun wol hin faallessu, rizqii barbachuu keessatti ganamaan bahanii galgalaa deebi'uun tawakkula dhugaatiin wol akka faallessine waan himaniif jecha.
 Shari'aan hojiiwwan qalbiitiif bakka kennuudha, tawakkulli hojiii qalbiiti waan ta'eef.
 Sababoowwan qofa irratti rarra'uun hirdhina gama diiniiti, sababoowwan dhiisuun immo hirdhina aqliiti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4721</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Namoonni himannaa isaaniitiin osoo kennameefii silaa namoonni (lafaa ka'anii) qabeenyaa fi dhiiga nama biroo irratti himannaa banu ture. garuu ragaa dhiheessuun nama himata bane irratti ta'e, kakaan immoo nama morme irratti ta'e</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas irraa akka odeffametti -Rabbi isaan lameenuu irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namoonni himannaa isaaniitiin osoo kennameefii silaa namoonni (lafaa ka'anii) qabeenyaa fi dhiiga nama biroo irratti himannaa banu ture. garuu ragaa dhiheessuun nama himata bane irratti ta'e, kakaan immoo nama morme irratti ta'e».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namoonni ragaa fi akeektuu tokko malee himannuma isaanii qofaan osoo isaaniif kennamee silaa namoonni qabeenyaa fi dhiiga wolii irratti keenya jedhanii himata akka bananu himani, garuu nama himannaa bane irratti waan gaafatu irratti ragaa dhiheeffachuun dirqama, yoo ragaa hin qabaanne immoo himanni nama himanni irratti banameef dhiheeffama, yoo kan isa mormu ta'e kakaatu isa irra jira isaan qulqullaa'as.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
+الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
+القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
+كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
+  </si>
+  <si>
+    <t>Aalimni guddaan ibnu daqiiq al-iid jedhamu akkas jedhe: Hadiisni kun bu'uura bu'uurowwan murtooti, yeroo wol dhabbii fi wol falmiitti wobii guddaadha.
+Shari'aan qabeenyaa fi dhiiga namaatiin taphatamuu irraa eeguuf dhufe.
+Abbaan murtii waan ofii beekuun murtessa osoo hin taane ragaa irratti hundaa'uuni.
+Hndi nama himata ragaa hin qabne himatee himanni isaa kufaadha, haqaa fi wolitti dhufeenya irrattis ta'ee yookaan dhimma iimaanaatii fi beekumsaa irrattis yoo ta'es.</t>
+  </si>
+  <si>
+    <t>رواه البيهقي</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>“Amantii keenya kana keessatti waan isa keessa hin jirre namni argamsiise inni isuma irratti deebifamaadha</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Aa'ishaa irraa odeeffamee -Rabbiin ishee irraa haa jaallatu- ni jette: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-  akkas jedhan: “Amantii keenya kana keessatti waan isa keessa hin jirre namni argamsiise inni isuma irratti deebifamaadha" Bukhaari fi Muslimtu gabaasan. Akka Muslim gabaasetti: “Namni hojii amantii keenya keessa hin jirre hojjate inni isuma irratti deebifamaadha".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-  namni amantii kana keessatti waa kalaqe ykn waan Qur’aanaa fi Hadiisa irraa ragaa hin qabne hojjate inni abbuma hojjate san irratti akka deebifamuu fi Rabbiin biratti fudhatama akka hin qabne ibsan.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ibaadaan waan Qur’aanaa fi Hadiisa keessatti ibsame irratti hundaa’aa waan ta’eef, seera inni baaseen malee Rabbii ol ta’e hin gabbarru, kalaqaa fi waan ragaa hin qabneenii miti.
 Amantiin yaada fi waan gaarii jedhame irratti kan hundaa’e osoo hin taane, Ergamaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hordofuudhaan qofa ta'a.
 Hadiisni kuni Amantiin guutuu ta'uu irratti ragaadha.
 Bid'aa jechuun aqiidaa yookaan jecha yookaan hojii irraa ta'ee isheen hunduma waan zamana Nabiyyiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- fi sahaabota hin jerre kan Amantii keessatti argamsiifameeti.
 Hadiisni kuni bu'uroowwan Islaamaa keessaa bu'ura tokko yoo ta’u, hojiileef madaala akka ta’etti ilaalama, kanaafuu akkuma  hojiin fuula Rabbii ol ta’ee barbaaduun isa keessa hin jirre hundi nama isa hojjateef mindaan isa keessa hin jirretti, hundi hojii waan Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ittiin dhufaniin wal hin simanne nama isa hojjate irratti deebifamaadha.
 Bid'aawwan dhoorgaman dhimmoota amantiitiin wantoota walqabatani malee kan jiruu addunyaatii miti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>Namni mu'umina tokko irraa rakkoo duuniyaa irraa rakkoo tokko fure, Rabbiin rakkoo tokko kan rakkoolee guyyaa qiyaamaa irraa ta'e isa irraa fura</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmtaa fi nageenya isaan irratti ha buusu- akkana jedhan: "Namni mu'umina tokko irraa rakkoo duuniyaa irraa rakkoo tokko fure, Rabbiin rakkoo tokko kan rakkoolee guyyaa qiyaamaa irraa ta'e isa irraa fura, nama nama rakkatetti laaffise Rabbiin duuniyaa fi Aakhiraatti isatti laaffisa, nama muslima tokko sattare Rabbiin duuniyaa fi Aakhiraatti isa sattara, hanga garbichi obboleessa isaa gargaaruu irra jiraatetti Rabbiinis gargaarsa garbicha isaa irra jira, beekumsa barbaachaaf jecha nama karaa bu'e Rabbiin isaan karaa jannataa isaaf laaffisa, hawaasni tokko kitaaba Rabbii qara'uu fi gidduu isaaniitti wol barsiisuuf jecha manneen Rabbii keessaa mana tokkotti wolitti qabamaniiru taanan hanga tasgabbiin isaan irratti bu'ee, rahmanni isaan haguugee, malaa'ikaan isaan marsitee, Rabbiin worra isa bira jiranu biratti isaan dubbatu malee hin hafu, nama hojiin isaa booda isa aanse firri isaa isa ariifachiisuu hin danda'u".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mindaan muslimaa Rabbiin biratti fakkaataa waan muslmni muslimootaa waliin hojjatuutiin akka ta'e ibsani; namni mu'umina afuura fudhachiisee, furmaata isaa buusee rakkoo fi hammeenya duuniyaa isa irraa deemsisee isa irraa kaase, Rabbiin rakkinoota guyyaa qiyaamaa irraa rakkina tokko isa irraa furuun isa mindeessa. Namni rakkataatti laaffisee isatti salphisee rakkina isa irraa deemsise, Rabbiin duuniyaa fi Aakhiraatti isatti laaffisa. Mucucaa fi badii irraa waan isa ifa baasuun hin barbaachifne namni muslima tokko irratti argee isa isaaf dhokse, Rabbiin duuniyaa fi Akiraatti isaaf dhoksa. Hanga garbichi obboleessa isaa bu'aa isaa diinii fi duuniyaa keessatti gargaaruuf bobba'eera ta'etti, Rabbiin garbicha isaatiif gargaaraa ta'aaf, gargaarsi du'aa'ii, qaama, qabeenyaa fi waan birootiin ta'a. Haala deemsa isaatiin fuula Rabbii ol ta'ee barbaadeen namni beekumsa shari'aa argachuuf deeme; Rabbiin isaan karaa jannataa isaaf laaffisa. Namoonni wohii manneen Rabbii keessaa mana tokko keessatti wolitti qabamanii, Qur'aana Rabbii kan dubbisanuu fi gidduu isaaniitti kan wol barsiisanu yoo ta'an, tasgabbiinii fi bilchinni isaanitti bu'ee, rahmanni Rabbii isaan haguugee wol isaan ga'ee, malaa'ikaan isaan marsitee, Rabbiin worra isatti dhihoo isa bira jiranu biratti isaan faarsu malee hin hafu, kabajaaf Rabbiin garbicha isaa qaama olaanaa biratti isa dubbachuun ga'aadha. Namni hojiin isaa hir'uu ta'e, maatiin isaa sadarkaa worra hojii guutuu hojjataniitti isa hin qaqqabsiisu, kanaafuu kabajaa gosaa fi sadarkaa abbootii isaatti hirkatee hojii keessatti gabaabbachuu dhabuutu barbaachisa.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Beekaan islaamaa Ibnu Daqiiq Al-Iid akkas jedha: kun hadiisa guddaadha, gosoota beekumsaa, seeraa fi namuusaalee kan wolitti qabatedha, sadarkaa dhimma muslimootaa baasuu fi beekumsaan yookaan qabeenyaan yookaan gargaarsaan yookaan bu'aa wohiitti akeekuun yookaan gorsaan yookaan waan biroo waan danda'amuun isaan fayyaduun qabuutu isa keessa jira.
+Rakkataatti laaffisuutti kakaasuutu keessa jira.
+Garbicha muslimaa gargaaruutti kakaasuutu keessa jira, Rabbiin ol ta'e akkaataa gabrichi obboleessa isaa gargaaruun isa gargaara.
+Muslima dhoksuu irraa: hirdhina isaa hordofuu dhabuudha, garii salafaa irraa akkas jechuun odeeffamee jira: tuuta wohii kan hirdhina hin qabne, kan hirdhina namootaa dubbatanii jennaan, namoonnis hirdhina isaanii dubbatanun arge, akkasumas tuuta wohii kan hirdhina qabanu, garuu hirdhina namootaa dubbachuu irraa of qabaniii jennaan, kan hirdhinni isaanii irraanfatamen arge.
+Namootaa dhoksuu jechuun ijaan argaa badii dhiisuu fi isa deemsisuu dhabuu jechuu miti, garuu badiis hin deemsisa ni dhoksaafis, kun kan ta'u nama badii fi jallina amaleeffachuun isaa hin beekamneefi, namni sanaan barame immoo isaaf dhooksuun hin jaallatamu, inumaa dhimmi isaa nama aangoo qabu biraan ga'ama, sababaa sanaan badiin biraa yoo kan soodaatamu hin taane; isaaf dhoksuun badii irratti hafuu irratti waan isa gowwoomsuu fi gabroottan rakkisuu irratti isaa fi worroota hamtuu fi fiincilaa biroo waan onnachiisuuf jecha.
+Beekumsa barbaaduu, Qur'aana dubbisuu fi woliin isa barachuu irratti kakaasuutu keessa jira.
+Imaam Annawawiin akkas jedha: kana keessa ragaa sadarkaa Qur'aana qara'uuf jecha masjiida keessatti wolitti qabamuun qabuutu jira...sadarkaa kana argachuu keessatti madrasaa, halaqaa ilmii fi kan kana fakkaatan biroo keessatti walitti qabamuunis akkuma masjiidaatti lakka'ama inshaa Allaah.
+Rabbiin mindaa hojii irratti hundeesse malee firummaa irrattii miti.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Yaa gabroottan koo ani lubbuu koo irratti miidhaa haraama taasiseen jira, gidduu keessanittis isa haraama taasiseen jira, wal hin miidhinaa</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Abuu Zarri irraa odeeffamee -Rabbiin isa irraa haa jaallatu-: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan Rabbii ol ta'e irraa odeessaniin keessatti Rabbiin akkas jedhe: "Yaa gabroottan koo ani lubbuu koo irratti miidhaa haraama taasiseen jira, gidduu keessanittis isa haraama taasiseen jira, wal hin miidhinaa, yaa gabroottan koo! hundi keessanuu jaallataadha nama ani isa qajeelche malee, qajeeluma narra barbaadaa isinin qajeelchaa, yaa gabroottan koo! nama ani nyaachise malee hundumti keessanuu beela'aadha, nyaachisa narra barbaadaa isinini nyaachisaatii, yaa gabroottan koo! hundumtu keessanuu qullaadha nama ani offise malee, uffisa narra barbaadaa isinin uffisaatii, yaa gabroottan koo! isiin halkanii fi guyyaa keesatti ni dogongortani ani immoo badii hundan dhiisa waan ta'eef dhiifama narra barbaadaa isiniifan dhiisaatii, yaa gabroottan koo! isin na miidhuutti geessanii na miidhuu hin dandeessanu, akkasumas na fayyaduutti geessanii na fayyaduu hin dandeessanu, yaa gabroottan koo! osoo jalqabni keessanii fi xumurri keessan namaa fi jinniin keessan hundi haala qalbii nama isin keessaa irra Rabbiin sodaataa ta'ee irratti ta'anii sun aangoo kiyya irratti homaa hin dabalu, yaa gabroottan koo! osoo jalqabni keessanii fi xumurri keessan namaa fi jinniin keessan hundi haala qalbii nama isin keessaa irra cubbamaa ta'ee irratti ta'anii sun aangoo kiyya irraa homaa hin hir'isu, yaa gabroottan koo! osoo jalqabni keessanii fi xumurri keessan namaa fi jinniin keessan dirree tokko irra dhaabatanii na gaafatanii jennaan nama hundaafuu waan gaaffii isaa isaaf kennee sun waan na bira jiru irraa hanga lilmeen bahra yeroo buute hir'istu malee homaa hin hir'isu, yaa gabroottan koo! isiin tun hojiidhuma keessan qofa isiidhuman isiniif lakkaa'aa, eegasii isiidhuman mindaa isiniif galcha, kanaafuu namni toltuu arge Rabbiin haa galatoomfatu, waan sanaan alaa namni arge lubbuu isaa malee hin komatin)</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jechuudha ifa galchan: Rabbiin qulqullaa'ee ol ta'e miidhaa ofirratti haraama godhee, uumamaa Isaa gidduuttis miidhaa haraama godhe, kanaafuu namni kamuu nama kamuu miidhuu hin danda'u. Akkasumas uumamni hunduu qajeelcha Rabbiitii fi tawfiiqa Isaa malee karaa haqaa irraa jallataadha, nama Rabbiin qajeelcha kadhate Rabbiin isa waffaqee isa qajeelcha, Akkasumas uumamni hunduu dhimmoota isaanii hunda keessatti gama Rabbiitti rakkatoo fi Isatti haajamoodha, namni Rabbiin gaafate dhimma isaa isaaf baasa isaafis gahaadha, Akkasumas isaan halkanii fi guyyaa badii hojjatani, Rabbiin ol ta'e yeroo gabrichi dhiifama isa gaafatu isa sattaree irra isaaf darba, Akkassumas isaan waan tokkoon Rabbiin miidhuu yookaan fayyaduus hin danda'anu Akkasumas osoo haala qalbii nama irra Rabbiin sodaataa ta'ee irratti ta'aniis sodaan isaanii sun aangoo Rabbii irratti homaa hin dabaltu, Akkasumas osoo haala qalbii irra cubbamaa namaa irrattii ta'aniis cuubbuun isaanii sun aangoo Isaa irraa homaa hin hir'isu; isaan dadhaboo rakkatoo haala hunda, yeroo hundaa fi iddoo hunda keessatti gara Rabbiitti haajamoo waan ta'aniifi, Inni qulqullaa'e isatu dureessa of gahaadha, Akkasumas osoo namni isaanitii fi jinniin isaanii jalqabnii fi xumurri isaanii bakka tokko dhaabbatanii Rabbiin gaafatanii jennaan hunda isaaniitiifuu waan isaan gaafatan kenneefii, sun waan Rabbiin bira jiru irraa homaa hin hir'isu, akka lilmee yoo bahra seensifamtee eegasii baafamtee jennaan baharri sanaan homaa hin hir'anneetti, kun durummaan Isaa -Inni qulqullaa'e- guutuu waan ta'eefi.
 Rabbiin qulqullaa'e hojiiwwan gabrootaa tiksee isaan irratti lakkaa'a, eegasii guyyaa qiyaamaa isiidhumaan isaan mindeessa, kanaafuu namni mindaa hojii isaa khayrii haala ta'een arge Isaan buluutti waan isa qajeelcheef Rabbiin haa galatoomfatu, namni mindaa hojii isaa waan sanaan alaa t'uu arge lubbuu isaa kan hamtuutti ajajdu isii kasaaratti isa geessite sana malee homaa hin komatin.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Hadiisni kun hadiisota Nabyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbii isaanii irraa odeessan keessaa isa tokko yoo ta'u, inni hadiisa Al-qudsiyyi yookaan hadiis Al-ilaahiyyi jedhamuun waamama, innis hadiisa jechi isaatiifi hiikkaan isaa Rabbiin irraa ta'eedha, garuu qoodni Qur'aanni waan biraa irraa ittiin adda ta'e isa keessa hin jiru, sun akka isa qara'uun ibaadaa gochuu, isaaf xahaaraa godhachuu, isaan dadhabsiisuu (morkatuu), raajummaa qabaachuu fi kan birooti.
 Beekumsa irraa yookaan qajeelluma gabrootaaf wanni argamu, qajeelchaa Rabbiitii fi barsiisa isaatiini.
 Toltuu irraa wanti gabricha qunname tola Rabbii ol ta'ee irraayi, hamtuu irraa wanti isa mudate immoo lubbuu isaatii fi fedhii isaa irraayi.
 Namni tolche tawfiiqa Rabbiitiini, mindaan isaatis tola Rabbiin irraa ta'e, faaruunis kanuma isaati, namni hamtuu hojjate lubbuu isaa malee homaa hin komatin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Yaa gurbaa!, ani jechoota wahiitin si barsiisa, Rabbiin tiksi Inni si tiksaatii, Rabbiin tiksi fuuldura keetti Isa argattaatii, yeroo kadhatte Rabbiin kadhadhu, yeroo gargaarsifattes Rabbiin gargaarsifadhu</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Gaafa tokko booda Ergamaa Rabbiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ture, ni jedhani: "Yaa gurbaa!, ani jechoota wahiitin si barsiisa, Rabbiin tiksi Inni si tiksaatii, Rabbiin tiksi fuuldura keetti Isa argattaatii, yeroo kadhatte Rabbiin kadhadhu, yeroo gargaarsifattes Rabbiin gargaarsifadhu, beeki!  ummanni guutuun waan tokkoon si fayyaduuf jecha osoo walitti qabamanii, waan Rabbiin sila siif barreesseen malee homaa woma tokkoon si fayyaduu hin danda'anu, akkasumas waan tokkoon si miidhuuf jecha osoo walitti qabamani, waan Rabbiin sila sirratti barreesseen malee homaa woma tokkoon si miidhuu hin danda'anu, qalamiiwwan kaafamte, barruuleen gogde".</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibnu Abbaas -Rabbi isa irraa haa jaallatu- gurbaa xiqqoo nabiyyii waliin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- uddeelluu yaabbata ture, Nabiyyiin -rahmannii fi nageenyi isaan irra haa jiraatu- ani wantoota Rabbiin ittiin si fayyadun si barsiisa isaan jedhani:
 Ajaja Isaa tiksuu fi dhoorgaa isaa irraa fagaachuun Rabbiin tiksi, bakka Inni kheyrii hojachuu fi Isatti dhihaachuu keessatti si arguutti, akkasumas bakka Inni badiiwwanii fi diliiwwan keessatti si hin agarreetti, yoo sana hojjate mindaan kee hamtuu duuniiyaa fi Aakhiraa irraa Rabbiin si eeguu fi garamuu deemtu dhimmoowwan kee keessatti siif tumsuu ta'a.
 Waan tokko gaafachuu yoo barbaadde, Rabbiin malee hin gaafatin, kan gaafataaf deebsu Isuma qofa waan ta'eef.
 Gargaarsa yoo barbaadde immoo Rabbiin malee hin gargaarsifatin.
 Worri dachii hundi si fayyaduu irratti osoo walitti qabamanii waan Rabbiin siif barreesse malee faayidaan kamuu akka siif hin argamne shakkii tokko malee baeekuu qabda, akkasumas worri dachii irraa hundi si miidhuuf jecha osoo walitti qabamanii waan Rabbiin sirratti murteesseen malee homaa akka si miidhuu hin dandeenye shakkii tokko malee beekuu qabda.
 Waan kana dhugumaan Rabbiin ol ta'e ogummaan Isaati fi beekumsi Isaa akka akeekuun isa barreessee fi isa murteessee jira, waan Rabbiin barreesse jirjiruun gonkuma hin danda'amu.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Barbaachisummaa Xixiqqoowwanii fi ijoollewwan dhimmoota tawhiidaa, naamuusaa fi kan biroo barsiisuun qabuudha.
 Mindaan fakkaataadhuma hojiiti.
 Waan Isa malee jiru dhiisanii Rabbiin qofa irratti hirkachuu fi Isuma qofa irratti tawakkaluutti ajajuudha, keessa, Inni hirkoof waa tole.
 Murtoo, qadaratti amanuu fi isa jaallachuudha, Rabbiin dhugumatti waan hundaa qaddaree jira.
 Nama ajaja Rabbii gate Rabbiin isa gata, isas hin tiksu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4811</t>
   </si>
   <si>
-    <t>لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ</t>
+    <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
   </si>
   <si>
     <t>Isa hin ajjeesin, ati yoo isa ajjeefte inni bakka ati osoo isa hin ajjeesin dura turte sanatti ta'ee, ati immoo bakka inni osoo jecha sana hin jedhin ture sanatti taata</t>
   </si>
   <si>
     <t>عَنْ المِقْدَادِ بْنَ عَمْرٍو الكِنْدِيَّ رضي الله عنه: أَنَّهُ قَالَ لِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَرَأَيْتَ إِنْ لَقِيتُ رَجُلًا مِنَ الكُفَّارِ فَاقْتَتَلْنَا، فَضَرَبَ إِحْدَى يَدَيَّ بِالسَّيْفِ فَقَطَعَهَا، ثُمَّ لاَذَ مِنِّي بِشَجَرَةٍ، فَقَالَ: أَسْلَمْتُ لِلَّهِ، أَأَقْتُلُهُ يَا رَسُولَ اللَّهِ بَعْدَ أَنْ قَالَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ» فَقَالَ: يَا رَسُولَ اللَّهِ إِنَّهُ قَطَعَ إِحْدَى يَدَيَّ، ثُمَّ قَالَ ذَلِكَ بَعْدَ مَا قَطَعَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ».</t>
   </si>
   <si>
     <t>Miqdaad bin Amrii Al-kindii irraa odeeffame Rabbiin isa irraa haa jaallatu: Inni Ergamaa Rabbiitiin -nagaa fi rahmatni irra haa jiraatu- akkas jedhe: Nama kaafiroota irraa ta'e wahii yoon qunnamee, harka koo tokko seyfiidhaan na rukutee narraa ishee kute, eegasii mukatti na jalaa baqatee Rabbiif asallame jedhee, eega inni akkas jedhee isa nan ajjeesaa yaa ergamaa Rabbii mee naaf himi? Ergamaan Rabbitis -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Isa hin ajjeesin» innis ni jedhe: yaa ergamaa Rabbii, inni harka koo tokko narraa kutee, eega ishee kutee akkas jedhee bar? Ergamaan Rabbiis -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Isa hin ajjeesin, ati yoo isa ajjeefte inni bakka ati osoo isa hin ajjeesin dura turte sanatti ta'ee, ati immoo bakka inni osoo jecha sana hin jedhin ture sanatti taata».</t>
   </si>
   <si>
     <t>سألَ المقدادُ بن الأسود رضي الله عنه النبيَّ صلى الله عليه وسلم إذا هو لَقِيَ رجلًا من الكفار في المعركة، فتبارزا بالسيوف، حتى أصاب الكافر إحدى يديه بالسيف فقطعها، ثم فَرَّ الكافر منه وتَحَصَّنَ بشجرة، فقال: لا إله إلا الله، أيحل لي قَتْلُه بعد أنْ قَطَعَ يدي؟ 
 فقال له النبي صلى الله عليه وسلم: لا تقتلْه. 
 فقال يا رسول الله، إنه قطع إحدى يديَّ، أَمَعَ هذا لا أقتله؟! 
 فقال صلى الله عليه وسلم: لا تقتلْه، فإنه أصبح حَرامُ الدَّم، فإنك إنْ قَتلتَه بعد إسلامه؛ فإنه بمنزلتِك مَعصومُ الدَّم بإسلامه، وإنك بمنزلته مُباح الدم بقتلك إياه قِصاصًا.</t>
   </si>
   <si>
     <t>Al-Miqdaad bin Al-Aswad -Rabbiin irraa haa jaallatu- Nabiyyii -nagaa fi rahmatni irra haa jiraatu- yoo inni lola keessatti nama kaafiraa tokkoon wal qunnamee, seyfiidhaan walitti bahan, hanga kaafirichi tokkoo harka isaa lamaan seyfii sanaan rukutee irraa kututti, Ergasii kaafirichi baqatee muka tokko jala seenee, akkana jedhee: Rabbiin malee haqaan gabbaramaan hin jiru, eega harka koo kutee isa ajjeesuun naaf ni hayyamamaa jedhee gaafate?
 Nabiyyiin -nagaa fi rahmanni irra  haa jiraatu- akkana jedhaniin: Isa hin ajjeesin.
 Innis ni jedhe: yaa Ergamaa Rabbii inni bar tokkoo harka kiyya lamaanii kute, kana waliinuu ajjeesuu hin qabuu?!
 Isaanis -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: Dhiiga isaa dhangalaasuun haraama waan ta'eef isa hin ajjeesin, Ati erga inni Islaamummaa fudhatee booda yoo isa ajjeeste; inni bakka kee qubata, Islaamummaa waan seeneef dhiigni isaa tikfamaa dha, ati immoo haluu bahachuuf jecha isa ajjeesuun dhiiga kee dhangalaasuun halaal ta'uu keessatti bakka isatti taata.</t>
   </si>
   <si>
     <t>مَن صَدَر منه ما يَدل على الدخول في الإسلام مِن قول أو فعل حَرُم قتلُه.
 إذا أسلم أحدٌ من الكفار أثناء المعركة، فقد عُصِم دمُه، ووجب الكفُّ عنه إلا أن يَتَبَيَّنَ منه خلاف ذلك.
 يجب على المسلم أن يكون هواه تبعًا للشرع وليس للعصبية والانتقام.
 قال ابن حجر: جواز السؤال عن النوازل قبل وقوعها بناءً على ترجيح أنَّ القصة لم تقع، وأما ما نُقِلَ عن بعض السلف من كراهة ذلك فهو محمول على ما يَنْدُرُ وقوعُه، وأما ما يمكن وقوعُه عادةً فيُشرَع السؤالُ عنه لِيُعْلَم.</t>
   </si>
   <si>
     <t>Nama jechaas ta'ee gocha irraa wanni islaamummaa qabachuu isaa agarsiisu irraa bahe ajjeesuun isaa dhoorgamaadha.
 Kaafiroota keessaa namni tokko yeroo lolaatti Islaamummaa yoo kan qabatu ta'e dhiigni isaa ni eegama, irraa of qusachuun dirqama taha, yoo faallaan sanii irraa kan hubatamu ta'e malee.
 Muslimni fedhiin isaa gosummaa fi haluu bahachuu osoo hin taane shari'aa hordofuun isa irratti dirqama.
 Ibnu Hajar akkana jedhe: faantuu haaraan tokko osoo hin argamne irraa gaafachuun ni danda'ama, kun dubbichi kun hin argamne jechuu irraa ka'uuni, Sana jibbuu irraa wanti warra duraa (salafaa) tokko tokko irraa gabaafame inni waan argamuun isaa takkee ta'e baana jechuun hiikama, wanni aadaa keessatti argamuun isaa malu immoo akka beekamuuf irraa gaafachuun ni danda’ama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4815</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Garbichi tokko badii wohii balleessee ka'ee akkas jedhe: yaa Rabbi badii koo naaf dhiisi</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isarraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan Rabbii isaanii irraa odeessan keessatti Rabbiin akkana jedhe: "Garbichi tokko badii wohii balleessee ka'ee akkas jedhe: yaa Rabbi badii koo naaf dhiisi, Rabbiin -qulqullaa'ee ol ta'e- ni jedhe: gabrichi koo badii balleessee ka'ee, akka Rabbiin badii isaaf dhiisuu fi badiidhaan isa qabu isaaf jiru beeke, eegasii ammas deebi'ee badii balleessee ka'ee akkas jedhe: Rabbii koo badii koo naaf dhiisi, Rabbiinis -qulqullaa'ee ol ta'e- ni jedhe: gabrichi koo badii balleessee ka'ee, akka Rabbiin badii isaaf dhiisuu fi badiidhaan isa qabu isaaf jiru beeke, eegasii ammas deebisee badii balleessee ka'ee akkas jedhe:  Rabbii koo badii koo naaf dhiisi, Rabbiinis -qulqullaa'ee ol ta'ee- ni jedhe: gabrichi koo badii balleessee ka'ee, akka Rabbiin badii isaaf dhiisuu fi badiin isa qabu isaaf jiru beeke, waan feete hojjadhu dhugumatti siif dhiiseen jira".</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbii isaanii irraa odeessani: Gabrichi yoo badii ballleessee eegasii: yaa Rabbi badii koo naaf dhiisi jedhe: Rabbiin ol ta'es ni jedha: gabrichi koo badii hojjatee, akka Rabbiin badii isaaf dhiisee isa sattaree irra isaaf darbu yookaan isa irratti adabu jiru beekee jennaan, dhugaan isaaf dhiise. Eegasii gabrichi deebi'ee badii balleessee ka'ee akkas jedhe: yaa Rabbi badii koo naaf dhiisi, Rabbis ni jedhe: gabrichi koo badii balleessee, akka Rabbiin badii isaaf dhiisee, isa sattaree irra isaaf darbu jiru yookaan isa irratti kan adabu akka jiru beeke, dhugumatti gabricha kootiif dhiiseen jira. Eegasii gabrichi deebi'ee badii balleesse, akkas jedhe: yaa Rabbi badii koo naaf dhiisi, Rabbis ni jedhe: gabrichi koo badii hojjatee, akka Rabbiin badii isaaf dhiisee, isa sattaree irra isaaf darbu yookaan isa irratti adabu akka jiru beeke, dhugumatti gabricha kootiif dhiiseen jira, waan yeroo badii hojjate hunda badii sana dhiisee gaabbee akka lammata isatti hin deebine murteeffateen waan barbaade haa hojjatuu, garuu lubbuun isaa isa injifattee yeroo biraas badii keessatti kufa, hanga akkas hojjataa ta'etti badii hojjatee toobatetti ani isaafan dhiisa, tawbaan waan isii duraa waan diigduuf jecha.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Gabrootaan Isaatiif bal'ina rahmata Rabbiiti agarsiisa, ilmi namaa hangamuu badii balleessu hangamuu hojjatu yoo toobatee gara Isaatti deebi'e Rabbiin isa irratti towbaa deebi'a.
 Namni Rabbii ol ta'etti amane dhiifama Rabbii isaa kajeela, akkasumas adabbii Isaa sodaata, kanaafuu towbaatti ariifata baditti hin fufu.
 Ulaagaan towbaa sirriidhaa: Badii dhiisuu, isa irratti gaabbuu fi badiitti deebi'uu dhabuu murteessuudha, yoo towbaan gabroottan qabeenyaan yookaan kabajaan yookaaan lubbuun miiidhuu ta'e immoo ulaagaa afraffaa dabalata, inni abbaa haqaa irraa dhiifama gaafachuu yookaan haqa isaa kennuufiidha.
 Barbaachisummaa beekumsa Rabbiin beekuu qabuudha, beekumsa isa gabricha dhimmoota amantii isaa irratti beekaa taasisu, yeroo dogongore hundaa towbaa godha, garaas hin muratu irrattis hin hafu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4817</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ</t>
+    <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
     <t>Namni qullubbii ykn shunkurtii nyaate, nurraa haa fagaatu, masjiida keenya irraayis haa fagaatu, mana isaa keessatti haa hafu</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
     <t>Jaabir bin Abdullaah irraa odeeffame -Rabbiin isaan lamaan irraa haa jaallatu, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Namni qullubbii ykn shunkurtii nyaate, nurraa haa fagaatu, masjiida keenya irraayis haa fagaatu, mana isaa keessatti haa hafu», Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- meeshaa kuduraalee foosooliyaa of keessaa qabuun dhufamee, hafuurri itti dhahee, gaafatanii foosooliyaan akka keessa jiru itti himame, Sahaabota isaanii keessaa nama wahii kan isaanin waliin ture itti ishee dhiheessaa jedhan, inni yeroma ishee arge ishee nyaachuu jibbe, ni jedhaniin: «Nyaadhu, ani nama ati wajjiin maqoo hin qabneen wajjiinin maqoo qabaa».</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- obboleeyyan isaa salaata jamaa'aa irratti hirmaatan hafuura isaaniitiin akka azaa hin goonef jecha, nama qullubbii ykn shunkurtii nyaate gara masjiidaa akka hin dhufne dhorgan. Kunis isaan nyaachuu irraa osoo hin taane nyaatanii gara masjiidaa dhufuu dhoorgani; sababni isaas isaan lamaan nyaatolee eeyyamamoo ta'an irraa waan ta'aniif jecha, Nabiyyii -nagaa fi rahmanni irra haa jiraatu- dhugumatti meeshaa kuduraalee of keessaa qabu, itti fidamee, yeroo hafuura wahii isa keessatti arganii, wanni isa keessa jiru itti himame nyaachuu irraa didanii, akka irraa nyaatuf gara tokkoo sahaabota isaanii ishee dhiheessinaan, innis isaanitti hidhachuuf nyaachuu dide, isaan -nagaa fi rahmanni irra haa jiraatu- yeroo isa argan akkana jedhaniin: nyaadhu, ani wahyiinin malaa'ikoota waliin maqoo qabaa.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkuma namoonni waan hafuura badaa irraa azaa ta'an, malaa'ikonnis akka azaa ta'an himan.</t>
   </si>
   <si>
     <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
 يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
 علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
 كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
 امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
 حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
 قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
 قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
   </si>
   <si>
     <t>Namni qullubbii ykn shunkurtii ykn alaangallee nyaate kamuu masjiida dhufuu irraa akka dhoorgamaa ta'eedha.
 Wanni hafuura badaa qabu kan namoonni salaatan irraa azaa ta'an kan akka sijaaraa, tamboo fi kan sana faakkaatan hundi akkuma wantoota kanneenitti akka ilaalamaniidha.
 Sababni dhoorgaa kanaa hafuura badaa waan ta'eef, garmalee bilcheessuun ykn karaa biraatiin yoo bade; dhoorgiin sun ni ka'a.
 Nama masjiida dhufanii salaatuun dirqama irratti ta'uuf wantoota kanneen nyaachuun jibbamaa ta'uudha; akka salaanni jamaa'aa masjiida keessatti isa hin dabarreef jecha, mala godhee akka masjiida hin dhufneef nyaachuun immoo haraama ta'a.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- shunkurtii fi kan kana fakkaatan nyaachuu irraa diduun, waan inni haraama ta’eef osoo hin taane, sababni isaas Jibriil -nagaan irra haa jiraatu- waliin waan maqoo qabaniif jecha.
 Akkaataan barsiisa Nabiyyii -nagaa fi rahmanni irra haa jiraatu- bareedaa ta'uudha, sunis murtii waan tokkoo sababa isa ibsu wajjiin wal qabsiisanii dhiheessuuni; sababni isaas namni itti haasaa jiran sababaa beekuun akka tasgabbaa'uf jecha.
 Qaadiin akkana jedhe: Ulamaa’onni dhimma kana masjiida malee walga’ii salaataa kan akka eddoo salaata iidaa, salaata janaazaa fi gosoota walga’ii ibaadaa biroo wajjiin wal bira qabanii ilaalaniiru, akkasuma iddooleen ilmii, zikrii, waliimaa adda addaati fi kan kana fakkaatan, gabaa fi kan kana fakkaatan immoo kanneenitti hin dhaqqabsiifaman.
 Ulamaa’onni akkana jedhan: Hadiisni kun nama qullubbii fi waan isa fakkaatu nyaate masjiida seenuu irraa dhoorguu irratti ragaadha - osoo masjiidni duwwaa ta’ellee- inni bakka malaa'ikootaa waan ta’eef jecha, akkasumas Hadiisota biraatif jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4850</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Worri haqaan murteessan (guyyaa qiyaamaa) Rabbiin biratti teessoowwan ifa irraa ta'e irratti, gara mirga Rahmaaniin ta'ani, harki Isaa lameenuu miraga</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>Abdullaah ilma Amrii irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Worri haqaan murteessan (guyyaa qiyaamaa) Rabbiin biratti teessoowwan ifa irraa ta'e irratti, gara mirga Rahmaaniin ta'ani, harki Isaa lameenuu miraga, isaan isaannan murtoo isaanii keessatti, maatiiwwan isaanii fi waan irraatti muudaman irratti haqa eeggatan".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbii rahmataa fi nageenya isaan irratti haa buusu- isaannan namoota bulchiinsa isaanii jala jiran,  murtoo isaanii jala jiranii fi maatii isaanii gidduutti haqaa fi dhugaan murteessan guyyaa qiyaamaatti kabajaa isaaniif jecha teessoowwan haalaan ol fuudhamoo ifa irraa uumaman irra taa'u jedhanii himan. Teessowwan kun mirga Rahmaanitti argamu, harki Isaa lameenuu -Inni qulqullaa'e- mirgaadha.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Sadarkaa haqaan murteessuun qabuu fi isa irratti kakaasuudha.
 Haqaan murteessuun bulchiinsa hundaa fi namoota gidduutti murtoo gochuu of keessatti qabata, inumaayyuu haadha manaa, ilmaanii fi kanneen biroo gidduutti haqaan murteessuunis isuma irraayi.
 Sadarkaa worri haqaan murteessanu guyyaa qiyaamaatti qaban ibsuudha.
 Sadarkaan worra iimaanaa guyyaa qiyaamaatti akka wol dhabaa ta'e agarsiisa, hunduu akkaataa hojii isaatiini.
 Mala kajeelchisuutiin barsiisuun maloowwan da'awaa itti geessan keessaa isii nama waamamu rabbiif ajajamuutti kakaastu keessaayi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4935</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>من يحرم الرفق يحرم الخير</t>
+  </si>
+  <si>
+    <t>Namni gara laafummaa dhoorgatame khayrii hunda dhoorgatameera</t>
+  </si>
+  <si>
+    <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
+  </si>
+  <si>
+    <t>Jariir irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ergamaa Rabbii irraa akka odeessetti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni gara laafummaa dhoorgatame khayrii hunda dhoorgatameera».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni dhimma duuniyaa fi diinii keessatti akkasuma dhimma ofii fi dhimma namoota biroo woliin raawwatu keessatti gara laafummaa dhoorgatame, dhugaan toltuu hunda dhoorgatamee jira jechuu himani.</t>
+  </si>
+  <si>
+    <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
+الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
+الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
+قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
+  </si>
+  <si>
+    <t>Sadarkaa gara laafiinsi qabu, isa amaleeffachuutti kakaasuu fi gara jabina qeequudha.
+Gara laafiinsa keessa toltuun biyya lamaa toora qabachuutu jira, akkasuma dhimmoonni isaanii bal'achuutu jira, gara jabina keessa immoo faallaa isaatu jira.
+Gara laafummaan amala toluu fi nagummaa irraa kan maddudha, gara jabinni immoo dallansuu fi amala dhabummaa irraa kan maddudha, kanaaf nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- faaruu daangaa darbeen gara laafummaa faarsan.
+Aalimni salafaa guddaan sufyaan assawrii jedhamu -Rabbi isaaf haa araaramu- hiriyoota isaatiin akkas jedhe: gara laafummaan maal akka ta'e beektuu? inni wantoota bakka isiidhaaf malu kaa'uudha, gara jabina bakka isaaf malu, gara laafinas bakka isaaf malu, sayfiis bakka isaaf malu, alangaas bakka isaaf malu kaa'uudha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4939</t>
+  </si>
+  <si>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Hundi ummata kootii jannata ni seenu nama dide malee</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Hundi ummata kootii jannata ni seenu nama dide malee", yaa Ergamaa Rabbii enyuma kan didu? jedhan (sahaaboonni), Ergamaanis ni jedhan: "Namni naaf ajajame jannata seene, namni na  faallesse immoo dhugumatti jannata didee jira".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama dide malee hundi ummata isaanii jannata akka seenan himani.
 Sahaabonni -Rabbiin isaan irraa haa jaallatu- ni jedhan: Eenyu inni didu yaa Ergamaa Rabbii?!
 Namni ergamaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jala butamee, isaan hordofee fi isaaniif ajajamee jannata seena, namni isa faallesse kan shari'aan hin bulle immoo hojii isaa badduudhaan dhugaan jannata seenuu didee jira jedhanii deebii isaaniif kennan.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Ergamaadhaaf ajajamuun -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiif ajajamuu irraayi, isaan faallessuun Rabbiin faallessuu irraayi.
 Nabiyyiif ajajamuun -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jannata dirqama gooti, isaan faallessuun immoo ibidda dirqama gooti.
 Ummata tana irraa worra Rabbiif ajajamaniif gammachuutu jira, hundi isaaniituu jannata seenu, nama Rabbii fi eErgamaa Isaa faallesse malee.
 Ummata isaaniitiif laphee baachuu isaaniitii fi qajeeluma isaanii irratti bololuu isaaniitu hadiisicha keessa jira -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Miilli gabrichaa lamaan guyyaa qiyaamaa hin sochootu, umrii isaa maal keessatti akka fixe, beekumsa isaa maal akka itti hojjete, qabeenya isaa eessarraa akka carraaqee fidee fi maal keessatti akka isa baasee fi qaama isaa maal keessatti akka fixe irraa hanga gaafatamutti</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Abuu Barzaa al-aslamii irraa odeeffamee -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan. "Miilli gabrichaa lamaan guyyaa qiyaamaa hin sochootu, umrii isaa maal keessatti akka fixe, beekumsa isaa maal akka itti hojjete, qabeenya isaa eessarraa akka carraaqee fidee fi maal keessatti akka isa baasee fi qaama isaa maal keessatti akka fixe irraa hanga gaafatamutti".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- namoota irraa namni tokkolleen hanga wantoota kenneen irraa gaafatamutti guyyaa qiyaamatti eddoo herregaa bira gara jannataa ykn ibiddaa akka hin dabarre himan:
 Tokkoffaan: Jiruu isaa maal keessatti akka isii fixeedha?
 Lammaffaan: Beekumsa isaa Rabbiif jecha bartee? itti hoo dalagee? nama maluuf hoo isa dabarseedha?
 Sadaffaan: Qabeenya isaa eessarraa akka carraaqee fide halaala moo haraama irraayii? maal keessatti baasii akka isa godhe waan Rabbiin jaallachiisu moo ykn waan Isa dallansiisu keessattii?
 Afraffaan: Qaama isaa, humna isaa, fayyaa isaati fi dargaggummaa isaa maal keessatti dabarseedha?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Jiruu ofii waan Rabbiin jaallachiisu keessatti fayyadamuu irratti kakaasuudha.
 Qananiiwwan Rabbiin ol ta'e gabrootaaf godhe hedduudha, nama hundaayyuu qananii kana irraa gaafachuuf taa'a, kanaafuu qananiiwwan Rabbii waan Isa jaallachiisu keessa kaayuudha qabaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4950</t>
   </si>
   <si>
-    <t>لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ</t>
+    <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
   </si>
   <si>
     <t>Alaabaa kana nama Rabbii fi Ergamaa Isaa jaallatu kan Rabbiin harka isaatti injifannoo fiduuf kenna</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti -Rabbi irraa haa jaallatu- Ergamaan Rabbii -nageenyi fi rahmanni Rabbii irratti haa jiraatu- Guyyaa Kheybar akkana jedhan: «Alaabaa kana nama Rabbii fi Ergamaa Isaa jaallatu kan Rabbiin harka isaatti injifannoo fiduuf kenna» Umar bin khaxxaab akkas jedhe: Ani guyyaa san malee taayitaa jaaladhee hin beeku, ni jedhe: akkan isiif waamamu qaaman hihiixataa ture, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- Aliyyii bin Abii Xaalib waamanii, isii isaaf kennanii, akkana jedhaniin: «Hanga Rabbiin injifannoo siif kennutti, of duuba hin ilaalinii deemi» ni jedhe: Aliyyi yeroo muraasaaf deemee, eegasii osoo of duuba hin ilaalin dhaabbatee, akkana jechuun iyye: Yaa Ergamaa Rabbii! maal irratti namootan lola? isaanis akkana jedhan: «Hanga isaan Rabbi malee haqaan gabbaramaan biraa hin jiruu, Muhammad Ergamaa Rabbii ta’uu ragaa bahanitti isaanin loli, yoo akkas godhan dhiiga isaanii fi qabeenya isaanii sirraa tikfatan, haqa isiitin malee, herregni isaanii Rabbirra jira».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم الصحابةَ بانتصار المسلمين مِن الغَد على يهود خيبر مَدينة قُرْبَ المدينة، وذلك على يَد رجل يعطيه الراية، وهو العَلَم الذي يَتخذه الجيش شعارًا له، وهذا الرجل مِن صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله.
 وقد ذَكَرَ عُمرُ بن الخطاب رضي الله عنه أنه ما أحبَّ الإمارةَ وأن يكون هو المقصود إلا يومئذ؛ رجاء أن يصيبه ما قاله النبي صلى الله عليه وسلم من حُبِّ الله ورسوله، ومدَّ عمر رضي الله عنه جسده ليراه النبي صلى الله عليه وسلم رجاء أن يُدْعَى لها، وحرصًا وطمعًا في أخذ تلك الراية.
 فدعا صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه فأعطاه الراية، وأمره النبي صلى الله عليه وسلم أن يَتحرَّك بالجيش، وألَّا ينصرف عن القتال بعد لقاء عدوه براحة أو توقف أو هدنة حتى يفتح الله عليه هذه الحصون بالنصر والغلبة. 
 فسار عليٌّ رضي الله عنه، ثم وَقَفَ إلا أنه لم يلتفت؛ لئلا يخالِف أمرَ النبيِّ صلى الله عليه وسلم، فرفع عليٌّ رضي الله عنه صوته: يا رسول الله، على ماذا أقاتل الناس؟ 
 فقال صلى الله عليه وسلم: قاتلهم حتى يشهدوا أن لا إله إلا الله وأن محمدًا رسول الله، فإذا استجابوا، ودخلوا في الإسلام؛ فقد منعوا منك دماءهم وأموالهم وحَرُمَت عليك، إلا بحقِّها يعني إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، وحسابهم على الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni Rabbi irra haa jiraatu- injifannoo muslimoonni guyyaa boruu irraa kaasee yahuudota magaalaa Kheybar kan naannoo Madiinaatti argamtu irratti argatan Sahaabaaf himan, sunis kan ta'u harka namicha wahii kan alaabaa itti kennanii irrattiidha, Alaabaan kunis waraanni akka asxaatti kan itti fayyadamaniidha. Amaloota namicha kanaa keessaa inni Rabbii fi Ergamaa Isaa jaallachuu, Rabbii fi Ergamaan Isaas isa jaallachuu akka ta'ees himaniiru.
 Umar bin Al-Khaxxaab -Rabbiin irraa haa jaallatu- guyyaa san malee taayitaa hawwee akka hin beekne dhugumatti dubbate, sunis jaalala Rabbii fi ergamaa isaa ilaalchisee waan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- jedhan argatuuf jecha, Umar alaabaa san fudhachuu fi kajeellaa qabu irraa kan ka'een akka Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- isa arganii, alaabaa saniif waamamuuf jecha qaama isaatin ol hihiixataa ture.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Aliyyii bin Abii Xaalib waamanii, Rabbiin irraa haa jaalatu, alaabaa itti kennan, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- waraanan akka sochoo’u isa ajajan, akkasumas eega diinan wal qunnamee hanga Rabbiin injifannoodhaan masaraawwan tana banutti boqonnaan ykn dhaabbachuun ykn araaran lola irraa akka of duuba hin deebine isa ajajan.
 Aliyyis -Rabbiin irraa haa jaallatu- deemee, eegasii dhaabbate, of duuba hin ilaalle malee; akka ajaja Nabiyyii -nagaa fi irra haa jiraatu- hin cabsineef jecha, eegasii Aliyyi -Rabbiin irraa haa jaallatu- sagalee isaa ol kaasee akkana jedhe: yaa Ergamaa Rabbii! maal irrattin namootan lola?
 Rasuullis -nagaa fi rahmanni irra haa jiraatu- akkana jedhaniin: Rabbiin malee haqaan gabbaramaan biraa akka hin jirree fi Muhammad Ergamaa Rabbii ta’uu hanga ragaa bahanitti isaanin loli, yoo owwaatanii Islaamummaa fudhatan, dhiiga isaanii fi qabeenya isaanii sirraa dhugumatti tikfatan, sirratis haraama taateerti, haqaa isiitin malee, jechuun yakka ykn badii cimaa yoo raawwatan akkaataa tumaalee Islaamaatiin ajjeefamuu haqa godhatan jechuudha, herregni isaanii Rabbirra jira.</t>
   </si>
   <si>
@@ -7158,210 +7561,210 @@
 توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
 التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
 مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
     <t>Sahaabaan itti gaafatamummaa guddaa taayitaan of keessaa qabu sodaaf jecha taayitaa kan jibban ta'uudha.
 Waan gaarummaan isaa mirkanaa’e tokkoof hawwuun akka danda’amuudha.
 Ajajaan waraanaa dirree waraanaa irratti akkamitti akka hogganu Imaamni isaaf qajeelcha kennuudha.
 Sahaabonni Rasuulaa -nagaa fi rahmanni irra haa jiraatu- dhaamsa isaanii abboommii isaaf qabaniin fudhatanii ariitiin kan hojii irra oolchan ta'uudha.
 Namni waan isarraa barbaadame keessaa waa tokko isa rakkise gaafachuu akka qabuudha.
 Ragaalee Nabiyyummaa isaanii keessaa tokko -nagaa fi rahmanni irra haa jiraatu- Muslimoonni guyyaa kheybar Yahuudota irratti akka injifatan himanii, akkuma isaan himanitti argamuudha.
 Waan Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- itti ajajan raawwatuuf hamilee fi kaka’umsa qabaachuu irratti kakaasuudha.
 Yoo wanti ajjeechaa barbaachisu isa irraa mul’ate malee nama ragaa lamaan bahe ajjeesuun hin hayyamamu.
 Murtiileen Islaamaa namoota irraa wanta ijaan ilaalanii argan irratti hundaa'aadha, keessoo immoo Rabbiitu beeka.
 Kaayyoon jihaadaa inni guddaan namoonni gara Islaamummaatti akka seenan gochuu dha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4958</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Jibriil haqa ollaa naaf dhaamuu irraa booda hin jenne, hangan isa ni dhaalchisa jedhee yaadu tokkotti</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Abdullaah ilma Umar irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Jibriil haqa ollaa naaf dhaamuu irraa booda hin jenne, hangan isa ni dhaalchisa jedhee yaadu tokkotti".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Jibriil waan ollaa isaan irratti deddeebisuu fi ollatti yaaddawuutti ajajuu akka hin dhiisin hin himan, ollaan isa manaan dhihoo, muslimas ta'ee kaafira, firas ta'ee kan biraa, haqa isaa eeguu fi azaa isa gochuu dhabuun, akkasuma tola isatti ooluu fi azaa isaa irratti obsuun, haqa ollaa guddisuu fi Jibriil sana irra deddeebi'uu irraa kan ka'een hanaga Nabiyyiin -Rabbiin raahmataa fi nageenya isaan irratti haa buusu- wahyiin qabeenya ollaa isaa kan booda du'a isaatii bakka isaa bu'u isaaf kennuutti ajajuun bu'a jedhanii yaadanutti.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Haqni ollaa guddaa ta'uu isaatii fi sana eeguun dirqama ta'uu isaati.
 Dhaamsaan haqa ollaa irratti jabeessuun isa kabajuu, gara isaatti jaallatamuu barbaaduu fi isatti tola ooluun hafiinsa kan hin qabne ta'uu akeeka, akkasumas miidhaa isa irraa deebisuu, yero dhukkubaatti isa gaafachuu, yeroo gammachuutti isa eebbisuu fi yeroo balaatti isa obsisiisuunis hafiinsa kan hin qabne ta'uu akeeka.
 Balbalti ollaa hanguma irra dhihoo ta'een haqni isaas irra jabaa ta'a.
 Ollaatti tola ooluu fi miidhaa isaan irraa deebisuu keessatti waan toliinni hawaasaa keessa jiru kan shari'aan ittiin dhufte keessatti guutina shari'aatu jira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4965</t>
   </si>
   <si>
-    <t>أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟</t>
+    <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>“Mee odeessaa! balbala tokkoo keessanitti lagni guyyatti yeroo shan itti dhiqatu osoo jiraatee, mee maal jetta sun xurii isaa irraa homaa ni hanbisaa?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatuu- inni Ergamaa Rabbii -nagaa rahmanni isaan irratti haa jiraatu- kan akkana jedhu dhagahe: “Mee odeessaa! balbala tokkoo keessanitti lagni guyyatti yeroo shan itti dhiqatu osoo jiraatee, mee maal jetta sun xurii isaa irraa homaa ni hanbisaa?" ni jedhan (sahaabonni): sun xurii isaa irraa homaa hin hanbisu, isaanis ni jedhan: "sun fakkeenya salaata shananiti, Rabbiin isaani diliiwwan haqa".</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- salaata shanan guyyaa fi halkan keessatti salaataman isaan diliiwwan xixiqqoo nama irraa harcaasuu keessatti laga balbala nama tokkotti jiru kan guyyatti yeroo shan irraa dhiqatutti fakkeessan, dilii isaa irraa homaa hin hafu.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Tolli kun diliiwwan xixiqqoo ta'an haquu qofaafi, diliiwwan gurguddoo immoo irraa towbachuun dirqama.
 Sadarkaa salaata shanan ulaagaalee isii, ruknoowwan isii, dirqamoowwan isiiti fi sunnoowwan isii eeggatanii raawwachuun qabuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4968</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى</t>
+    <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>Fakkeenyi mu'umintootaa wal jaallachuu, rahmata waliif gochuu fi garaa waliif laafuu isaanii keessatti akka qaama tokkooti, humni tokko isa irraa yoo dhibame qaamni guutuun hirriiba dhabuu fi leydaa'uudhaan isaan waliin dhibama</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>Nu'umaan bin Bashiir irraa odeeffamee -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: "Fakkeenyi mu'umintootaa wal jaallachuu, rahmata waliif gochuu fi garaa waliif laafuu isaanii keessatti akka qaama tokkooti, humni tokko isa irraa yoo dhibame qaamni guutuun hirriiba dhabuu fi leydaa'uudhaan isaan waliin dhibama".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- kheyrii waliif jaallachuu, wal gargaaruu ,waliif tumsuu fi rakkina isaan irra gayuuf rakkachuu irraa ta'ee haalli Muslimoonni waliif qaban akka qaama tokkoo ta'uun dirqama ta'uu akka qabu ibsan, yeroo humna tokko irraa dhukkubsatee qaamni guutuun hirriiba dhabuu fi leydamuudhaan isa waliin dhukkubsata.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Haqa muslimootaa kabajuun akka barbaachisuudha, akkasumas wal gargaaruu fi gariin isaanii gariif garaa laafuu irratti isaan kakaasuudha.
 Warra iimaanaa giddutti wal jaallachuu fi waliif tumsuun jiraachuudha qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4969</t>
   </si>
   <si>
-    <t>اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ</t>
+    <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
   </si>
   <si>
     <t>Dhaga'aa ajajamaa, wanti isaan baachifaman isaan irra jira, wanti isin baachifamtanis isin irra jira</t>
   </si>
   <si>
     <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
   </si>
   <si>
     <t>Waa'il Al-Hadrami irraa odeeffamee akkana jedhe: Salamaan bin Yaziid Al-Ju'ufi -Rabbiin irraa haa jaallatu- Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- akkas jedhee gaafate: Yaa Nabiyyii Rabbii, bulchitoonni haqa isaanii nu gaafatan, haqa keenya immoo kan nu dhoorgatan yoo nurratti taayitaa argatan mee maalitti nu ajajja? irraa garagalan, eegasii deebi'ee isaan gaafatee jennaan, ammas irraa garagalan, eegasii yeroo lammaffaa ykn sadaffaatif isaan gaafatee jennaan, Al-Ash'as bin Qeysii isa harkise, isaanis akkana jedhan: «Dhaga'aa ajajamaa, wanti isaan baachifaman isaan irra jira, wanti isin baachifamtanis isin irra jira».</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
 فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
 فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irra haa jiraatu- waa’ee bulchitoota haqa isaanii kan isaanif dhaga'uu fi ajajamuu irraa ta'e namoota irraa barbaadan, haqa namootaa kan isaan irra jiru kan akka haqaan bulchuu, boojuu isaanif kennuu, komii sirreessuu fi walqixxummaan namoota ilaaluu immoo kan hin raawwanne ilaalchiisee maal godhuu qabnaa irraa gaafataman?
 Dhimma kana akka waan jibbanitti Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- irraa garagalan, garuu gaafataan yeroo lammaffaa fi sadaffaa irra deddeebi'ee gaafate. Al-Ash'as bin Qeysii -Rabbiin irraa haa jaallatu- namicha gaafataa jiru san callisiisuf jecha isa harkise.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jechuun deebisaniif: Waan isaan jedhan dhaga'aa, ajaja isaanis tole jedhaa; wanni baachifamanii itti ramadaman kan akka haqaan bulchuu fi haqa hawaasaa kennuu isaan irra jira, isinis wanni baachifamtan kan akka ajajamuu, haqoota geessuu fi rakkina irratti obsuu isin irra jira.</t>
   </si>
   <si>
     <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
 تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
 الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
   </si>
   <si>
     <t>Waan Rabbii ol ta'e jaalachiisu keessatti Ajaja bulchitootaa haala hundumaa keessatti dhagayuu fi ajajamuun fudhachuun dirqama ta'uudha, mirga ummataa yoo hin guutin illee,
 Hir'inni bulchitootaa dirqama isaanii irratti mul'atu ummanni dirqama isaanii akka hin baane deebisee hin taasisu, Namni kamiyyuu hojii isaatiif itti gaafatamummaa mataa isaa qaba, hanqina isaas itti gaafatama.
 Akkuma hadiisa kana keessatti ibsametti, Amantiin jijjiirraa irratti osoo hin taane, inni kaan deebisee waan dirqama ta’e hojjechuu dhabullee ofii  dirqama bahuu irratti kan hundaa’edha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5037</t>
   </si>
   <si>
-    <t>مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ</t>
+    <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>Ijoolleen keessan yeroo waggaa torba ta’an akka salaata jalqaban isaan ajajaa, yeroo waggaa kudhan guutan immoo (yoo didan) isaan rukutaa, eddoo hirriibaa irrattis addaan isaan baasaa</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Amrii bin Shu'eyb abbaa isaa akaakayyuu isaa irraa oedeessee akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: "Ijoolleen keessan yeroo waggaa torba ta’an akka salaata jalqaban isaan ajajaa, yeroo waggaa kudhan guutan immoo (yoo didan) isaan rukutaa, eddoo hirriibaa irrattis addaan isaan baasaa".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- abbaan ijoollee isaa -dhiirotaa fi dubartoota- yeroo umuriin isaanii waggaa torba ta’e akka salaatan isaan ajajuu fi waan salaatuuf isaan barbaachisu barsiisuu akka qabu ibsaniiru. Umriin isaanii waggaa kudhan yoo ga’u ajajni ni dabala, salaataf dantaa dhabiinsi yoo isaan irraa muldhate isaan rukuta, bakka hirriibaa irrattis addaan isaan baasa.
 ​</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Ijoollee xixiqqoo osoo isaan hin ballaghne dhimma amantii isaan barsiisuudha, sana keessaa inni guddaan waa'ee salaatati.
 Reebichi adabbiidhaaf malee miidhaaf miti, kanaafuu reebicha haala isaa (daa'imaa) wajjiin walsimu reebuudha qaba.
 Shari’aan kabaja namaa eeguu fi daandii badiitti geessu hunda cufuuf xiyyeeffannoo kennuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5272</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Ruqaan, hirzii fi jaallachiistuun shirkiidha</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Abdullaah ilma Masu'ud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Ruqaan, hirzii fi jaallachiistuun shirkiidha".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- wantoota isii hojjachuun shirkii irraa lakkaa'amu ibsaniiru; isii keessaa:
 Tokkoffaan: Ruqaadha: inni haasawa worroonni jaahiliyyaa ittiin dawaa godhatan kan shirkii of keessatti qabatuudha.
 Lammaffaan: Masubaa fi kan sana fakkaatu irraa waan rarraafatamu,: ija akka deebistuuf jecha isii ijoollee, horii fi kan biroo irratti fannifamtuudha.
 Sadaffaan: Tiwalaadha (jaallachiistuu): isii haadha manaa fi abbaa manaa wol jaallachiisuuf jecha hojjatamtuudha.
 Wontootni tun shirkii irraayi; isiin waan tokko sababa gochuu irraa waan taateef jecha, inni sababa shari'aa kan ragaan ragga'ee miti, akkasumas sababa mul'ataa yaaliin ragga'es miti. Sababoowwan shari'aa kan akka qur'aana qara'uufaa, yookaan sababoowwan mul'atoo ta'an kan akka dawaawwan yaaliin ragga'aniifaa, isiin sababoota irraayi jedhanii amanuu waliin eeyyamamtuudha, dhugumatti fayyaduu fi miidhuun harka Rabbii jira.</t>
   </si>
@@ -7371,1334 +7774,1490 @@
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Tawhiidaa fi Aqiidaa waan isa hir'isu irraa eeguudha.
 Ruqaa shirkii irraa ta'e, hirzii fi wol jaallachiistuu fayyadamuun haraama ta'uudha.
 Wantoota tanneen sadan sababa jedhanii amanuun: isiin shirkii xiqoodha; waan sababa hin taane sababa taasisuu waan ta'eef, yoo matuma  isiitiif fayyaddis miitis jedhee amane immoo inni shirkii guddaa irraayi.
 Sababoowwan shirkii fi haraama ta'an hojjachuu irraa sodaachisuudha.
 Ruqaan waan isii irraa karaa godhameen ala haraama godhamuu isiitii fi dhugumatti isiin shirkii irraa ta'uudha.
 Qalbiin Rabbii tokkicha qofa irratti rarra'uu qabdi, faaydaa fi miidhaan isuma qofa irraayi, shariikni isaaf hin jiru, Rabbiin malee toltuun hin dhufu, akkasumas Rabbii ol ta'e malee hamtuus kan deebisu hin jiru.
 Ruqaan eeyyamamtuu taate isii ulaagaa sadii of keessatti qabatteedha: 1- Isiin sababa eeyyama Rabbiitiin malee hin fayyaddu jedhanii amanuudha. 2- Qur'aana, maqoowwan Rabbiitii fi sifaata Isaatiin, akkasumas du'aa'ii nabiyyii fi du'aa'ii karaa godhameen ta'uudha. 3- sarara sararuu fi gowwomsaa kan of keessatti hin qabannee fi afaan hubatamuun ta'uudha.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[abuu daawud, ibnu maajah, ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Komiin (hamti) maal akka ta'e beektuu?", Rabbii fi Ergamaa Isaatu beeka jedhan, Ergamaanis ni jedhan: "Obboleessa kee waan inni jibbuun dubbachuudha</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Komiin (hamti) maal akka ta'e beektuu?", Rabbii fi Ergamaa Isaatu beeka jedhan, Ergamaanis ni jedhan: "Obboleessa kee waan inni jibbuun dubbachuudha", wanti ani jedhu obboleessa koo keessa yoo jiraate hoo? jedhame, Ergamaanis ni jedhan: "wanti ati jettu isa keessa jira yoo ta'e dhugumatti isa komatteerta, wanti ati jettu isa keessa hin jiru yoo ta'e immoo isa irratti kijibdeerta".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- maalumma komii (hama) haraama taatee ifa galchan, isiin: muslima si bira hin jirre waan inni jibbuun dubbachuudha, haala isaa uumamaa, yookaan haala isaa amaalaa ta'ee, akka ballaa, gowwoomsaa, kijibaa fi wantoota arraba of keessaa qaban irraa waan sana fakkaataniin isa dubbachuudha, osoo haala sana qabaatellee.
 Haalli sun isa keessa kan hin jirre yoo ta'e immoo kun komii (hama) irra jabaadha, inni isa irratti kijibuudha, (Buhtaanni) nama irratti waan isa keessa hin kijibuudha.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Akkaataan barsiisa Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bareedaa ta'uudha, dhimmoowwan karaa gaaffiitiin waan dhiheessuuf.
 Yeroo Rabbiif Ergamaa Isaatu beeka jedhanutti naamuusa bareedaa sahaaboonni Nabiyyii waliin qabaniidha, Rabbiin rahmataa fi nageenya isaan irratti haa buusu.
 Namni waan hin beekne irraa gaafatame: Rabbiitu beeka jechuudha.
 Haqaa fi obbolummaa isaan gidduutti tiksuun eegumsa shari'aan hawaasaa goote agarsiisa.
 Komiin (hamti) yeroo garii keessatti bu'aa wahiitif yoo ta'e malee haraama ta'uudha; sana irraa: miidhaa deebisuuf, namni miidhame nama haqa isaa fuudhuufii danda'u biratti nama isa miidhe dubbachuudha, Ebelu na miidhe, yookaan akkas natti hojjate jedhee akka dubbachuuti, ammas isii irraa: dhimma gaa'ilaa irratti waliin mari'achuufaa, yookaan waliin gurmaa'uu faa, yookaan olloomuufaa fi kan sana fakkkaatan keessatti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Yaa Rabbi nama dhimma ummata kootii irraa waan tokko irratti muudamee isaan rakkise ati isa rakkisi, nama dhimma ummata kootii irraa waan tokko irratti muudamee isaanitti laaffise ati isatti laaffisi</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Aa'ishaa irraa odeeffamee -Rabbiin isii irraa haa jaallatu- ni jette: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mana koo kana keessati akkas jedhuun dhaga'e: "Yaa Rabbi nama dhimma ummata kootii irraa waan tokko irratti muudamee isaan rakkise ati isa rakkisi, nama dhimma ummata kootii irraa waan tokko irratti muudamee isaanitti laaffise ati isatti laaffisi".</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hunda nama dhimmoota muslimootaa irraa dhimma tokko irratti muudamee xiqqaas ta'ee guddaa, muudamni kun muudama walii galaas ta'ee yookaan muudama hanga murtaa'e tokkos haa ta'uu, yoo isaanitti laaffisuu dhiisee rakkina, gadadoo fi dhiphina isaanitti galche, Rabbiin ol ta'e fakkaataa hojii isaatiin isa irratti dhiphisuun galata akka isaaf galchu irratti kadhatan.
 Namni isaanif laphee baatee dhimmoota isaaniis laaffiseef Rabbiin isatti laaffisee dhimmoota isaas akka isaaf laaffisu kadhataniif.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Namni dhimma muslimootaa irraa waan tokko irratti muudame hanga danda'een isaanitti laaffisuun isa irratti dirqama.
 Mindaan fakkaataadhuma hojiitiidha.
 Madaalliin laaffisuu irraa yookaan dhiphisuu irraa waan ilaalamuu inni Qur'aanaa fi Hadiisa waan hin faallessiniini.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Namoota qabeenya Rabbii haqaan maletti akka fedhanitti ittifayyadaman, isaaniif guyyaa qiyaamaa keessatti ibiddaatu jira</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Khawlaa al-Ansaariyyaa irraa odeeffamee -Rabbiin isii irraa haa jaallatu- Nabiyyiidhaa -Rabbii rahmataa fi ngeenya isaan irratti haa buusu- akkas jedhuun dhaga'e jette: "Namoota qabeenya Rabbii haqaan maletti akka fedhanitti ittifayyadaman, isaaniif guyyaa qiyaamaa keessatti ibiddaatu jira".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- namoota qabeenya muslimootaa haqaan maletti akka fedhan godhan, karaan malee kan fudhatan dubbatan, kun qabeenya karaa eeyyamameen alatti walitti qabuu, isa hojjachuu fi iddoo sirrii hin taane keessatti isa baasuu keessatti murtoo wolii galaati, qabeenya yatiimotaa nyaachuun, qabeenya woqfii balleessuun, amaanaa waakkachuu fi haqaan maletti qabeenya walii galaa irraa fudhachuun sana keessa ni gala.
 Eegasii mindaan isaanii guyyaa qiyaamaatti ibidda akka ta'e Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- himani.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Qabeenyi harka namootaa jiru qabeenya Rabbiiti, karaa eeyyamame irratti akka baasanuu fi haqaan maletti akka fedhan godhuu irraa akka fagaatanuuf isa irratti bakka isaan buuse, kun bulchitootaa fi namoota biroo isaan malee jiru hunda ilaallata.
 Qabeenya ummataa kan wolii galaa keessatti shari'aan haalaan jabeessuu fi namni isa irraa waan tokko irratti itti gaafatamummaa fudhate guyyaa qiyaamaatti akkaataa itti isa wolitti qabee fi akkaataa itti isa baase irraa akka herregamu argisiisa.
 Akkasuma namni qabeenya isaasa haa ta'uu kan nama biraa akka shari'aan eeyyameen alatti itti fayyadamus sodaachisa kana keessa ni gala.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>“Seehaa (namii) irraa fagaadhaa; Dhugumatti seehaan irra soba haasawaati</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-akkas jedhan: “Seehaa (namii) irraa fagaadhaa; Dhugumatti seehaan irra soba haasawaati, hamtuu namaa beekuuf hin yaalinaa, wal hin basaasinaa, wal hin hassadinaa, dugda walitti hin galinaa, wal hin jibbinaa, Gabroota Rabbii obboleewwan ta’aa”.</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- wantoota Muslimoota gidduutti wal qoqqooddaa fi diinummaatti nama geessan irraa dhoorgan. Sana keessaa:
 (Seehaadha) inni shakkii ragaan maletti qalbii keessatti argamu yoo ta’u, inni haasaa sobaa keessaa tokko akka ta'e ibsan.
 (Hamtuu beekuuf yaaluudha): inni hamtuu namootaa ijaan ykn gurraan beekuuf yaaluudha.
 (Wal basaasuudha): inni dhimmoota irraa waan dhokataa ta'e barbaaduudha, yeroo baay’ee isa hamtuu keessatti itti fayyadamama.
 (Inaaffaadha) inni argannaa ni'imaa namaaf  jibbuudha.
 (Dugda walitti galuudha) inni gariin namootaa garii irraa gara galuun argama,  obboleessa isaa Muslima salaamataa hin jedhuun, akkasumas isa hin ziyaaru,
 (Wal jibbuudha) wal irraa baqachuudha, akkasumas wal rakkisuun, fuula walitt gurraachessuu fi amala badaan wal simachuun jibbansa walii muldhisuudha.
 Eegasii jecha of keessatti waa hedduu hammatu kan isaan wajji jireenyi muslimootaa tolu wahiiti dubbatan,innis: (Gabroota Rabbii obboleewwan ta'aa) jechuudha. Obbolummaan haada walitti dhufeenya namoota gidduu jiru isaan tolu, akkasumas gidduu isaanitti jaalalaa fi walitti dhiheenya dabala.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Seehaan badaan nama mallattoon isaa irraa mul’ate hin miidhu, mu’uminni qaruutee fi gamna ta’uu qaba malee namoota hamaa fi badii dalaganiin gowwoomfamuu hin qabuudha.
 Ergaan dabarsuuf yaadame, shakkii lubbuu namaa keessa qubatu irraa akeekkachiisa kennuudha, akkasumas yoo tasa kan argamu ta'e akka qabatee waliin hin turre akeekkachiisuudha, wanni lubbuu irra dhufu kan isa keessatti hin raggaane immoo rakkoo hin qabu.
 Wantoota waldhabdee fi addaan bahuu miseensota hawaasa Muslimaa gidduutti fidan, kan akka wal basaasuu, inaaffaa fi kan kana fakkaatan haraamessuudha.
 Gaarii walii yaaduu fi wal jaallachuu keessatti muslimni  obboleessa muslimaa akka obboleessa dhalootatti ilaaluu akka qabu dhaamsa dabarsuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5332</t>
   </si>
   <si>
-    <t>سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ</t>
+    <t>سباب المسلم فسوق، وقتاله كفر</t>
   </si>
   <si>
     <t>Musliima arrabsuun fisqii/safuu dhabuu dha, isan loluun ammoo kufriidha</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ».</t>
   </si>
   <si>
     <t>Abdullaah bin Mas'uud irraa odeeffame Rabbiin irraa haa jaallatu, Nabiyyiin -nagaa fi rahmanni irratti haa jiraatu- akkana jedhan: «Musliima arrabsuun fisqii/safuu dhabuu dha, isan loluun ammoo kufriidha».</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم المُسلمَ أنْ يَشْتُمَ ويَسُبَّ أخاه المسلمَ، وأنَّ ذلك من الفسوق وهو الخروج عن طاعة الله ورسوله صلى الله عليه وسلم، وأنَّ مُقاتَلَةَ المسلمِ أخاه المسلمَ من الأعمال الكُفْرِيّة، لكنه كُفْرٌ أصغر.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatuu- muslimni tokko obboleessa isaa kan muslimaa arrabsuu fi jeequu irraa dhoorgan, Kunis safuu dhabuudha, jechuunis Rabbii fi Ergamaa Isaatiif -nagaa fi rahmanni irra haa jiraatu- ajajamuu irraa bahuudha, Muslimni tokko obboleessa isaa muslimaatin loluun gochoota  kufrii irraayi, haa ta'u malee inni kufrii xiqqaa dha.</t>
   </si>
   <si>
     <t>وجوب احترام عِرْضِ المسلم ودمِهِ.
 عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
 سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
 بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
 المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
   </si>
   <si>
     <t>Gurraa fi dhiiga Muslimaa kabajuun dirqama tahuudha.
 Booddeen nama muslimaa haqaan maletti arrabsuu guddaa ta'uudha, Namni haqaan malee muslima arrabsu Faasiqa/nama karaa Rabbii irra bahe taha.
 Muslima arrabsuu fi isaan loluun iimaana akka laaffisee,  xiqqeessuudha.
 Gochoonni tokko tokko kufrii jedhaman; sadarkaa Kufrii guddaa amantii Islaamaa keessaa nama baasu osoo gayuu baatanillee.
 Akka waliigaltee warra Sunnaatti, asitti kufritti kan fedhame kuffrii xiqqaa amantii keessaa nama hin baafneedha; Sababni isaas Rabbiin ol ta'e bakka waldhabdee fi walfalmiin gidduu mu'umintootatti uumametti obbolummaa amantii amantootaaf mirkaneessee jira waan ta'eef jecha, akkas jedhe: (gareen mu'umintoota irraa ta'an lama yoo wal lolan gidduu isaanii araarsaa) hanga (Mu'umitoonni Obbolaa dha) jechuu bira gayutti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5333</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Gabrichi kamuu kan Rabbiin ummata akka hoogganu isa godhee, guyyaa du'u haala ummata isaa ganeen yoo kan du'u ta'e, Rabbiin jannata haraama isa irratti taasisu malee hin hafu</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Ma'aqil ilma Yasaar al-muzanii irraa odeeffamee -Rabbiin isa irraa ha jaallatu- ani dhugumatti Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jdhuun dhaga'e jedhe: "Gabrichi kamuu kan Rabbiin ummata akka hoogganu isa godhee, guyyaa du'u haala ummata isaa ganeen yoo kan du'u ta'e, Rabbiin jannata haraama isa irratti taasisu malee hin hafu".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hundi nama Rabbiin ol ta'e ummata irratti hogganaa fi itti gaafatamaa taasisee, itti gaafatamummaa waliigalaa kan akka bulchaas ta'ee yookaan itti gaafatamummaa dhuunfaa kan akka namichi mana isaa irratti ta'uu fi dubartiin mana isii irratti ta'uu ta'us, yoo haqa ummataa keessatti hirdhisee, isaan ganee gorsas isaan hin gorsine, akkasumas haqa isaanii diinii fi duuniyaa yoo balleesse, dhugumatti adabbii jabaa kana haqa godhatee jira.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Sodaachisni kun hoogganaa olaanaa fi bakka bu'oota isaa qofa hin ilaallatu, hunduma nama Rabbiin itti gaafatamummaa isaaf kennee ilaallata.
 Dirqamni hunda nama dhimma muslimootaa irratti muudamee toltuu isaaniif yaaduudha, akkasumas amaanaa isaa geessuu fi ganuu irraa of eeguu keessatti carraaquudha qaba.
 Itti gaafatamummaan hunda nama muudama wolii galaa yookaan muudama  dhuunfaa fudhatee, guddaas ta'u xiqqaa,  guddaa ta'uu isaa agarsiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Toltuun hunduu sadaqaadha</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Jaabir ilma Abdullaahii irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: "Toltuun hunduu sadaqaadha".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hundi toltuu fi jechaan yookaan gochaan namoota biroo fayyaduun sadaqaa akka ta'e himani, akkasumas mindaan isa keessa akka jiru himan.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Sadaqaan qabeenya irraa waan ilmi namaa baasu qofaaan hin daangeffamtu, hunda toltuu ilmi namaa hojjatuu yookaan dubbatee namoota biroof qaqqabsiisuu walitti qabatti.
 Toltuu fi hunda waan isa keessa namoota biroof faayidaan jiruu keessatti tattaaffachuutti kakaasuutu isa keessa jira.
 Osoma waan xiqqoo ta'ellee toltuu irraa homaa tuffachuu dhabuudha.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[bukhaariitu hadiisa jaabir irraa odeesse. muslim hadiisa huzeyfaa irraa odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ</t>
+    <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
   </si>
   <si>
     <t>Yahuudootaa fi Kiristaanota salaamtaan hin jalqabiinaa, tokkoo isaanii karaa irratti yoo argitan gara irra dhiphaa karatti isa maksaa</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame, Rabbiin isa irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Yahuudootaa fi Kiristaanota salaamtaan hin jalqabiinaa, tokkoo isaanii karaa irratti yoo argitan gara irra dhiphaa karatti isa maksaa».</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- kaafiroota irraa namni biroo hafee osoo walii galtee muslimootaa qabaatanillee yahuudaa fi Kiristaanota salaamtaan jalqabuu irraa dhoorganii, nuti karaa irratti tokkoo isaanii yeroo agarre gara irra dhiphaa karatti akka isa maksinu ibsan, nagaa fi rahmanni irra haa jiraatu, walakaa karaa inni deemuu qabu mu’umina, kaafirri immoo cinaatti goruu qaba, Muslimni haaluma kamiinuu hin xiqqaataa ta'uu hin qabu.</t>
   </si>
   <si>
     <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
 يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
 لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
 إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
 التضييق على الكفار بسبب ما هم عليه من كفر بالله تعالى، قد يكون ذلك سببًا في إسلامهم؛ فينجوا من النار، إذا حملهم ذلك على معرفة السبب.
 لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
 قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
   </si>
   <si>
     <t>Yahuudota, kiristaanotaa fi kaafiroota biroo kamiyyuu salaamtaan jalqabuun muslimaaf hin hayyamamuudha.
 Yoo isaan salaamtaan eegalan akkana jechuun isaan irratti deebisuun ni danda'amaadha: 'Wa aleykum' jechuunis isin irrattis jechuudha.
 Muslimni tokko sababa tokko malee itti yaadee nama kaafiraa rakkisuu hin qabu, garuu karaan dhiphoo ykn namaan guutamaa yoo ta'e Muslimni mirga caalu itti qabaata, kaafirri ammoo karaa irraa gara cinaatti goruu qaba.
 Osoo hin meedhin yookaan haasaa hin badin, Jabeenya Muslimootaa agarsiisuu fi xiqqeenya warreen biroo mul'isuudha.
 Sababa isaan Rabbii ol ta'eef ajajamuu didaniif Kaafiroota irratti dhiphisuudha, sababa waan kanaa yoo kan beekan ta'an sun Islaamummaa qabachuu isaanitiif sababa ta'u danda'a; tarii ibidda irraa nagaa kan bahan ta'an.
 Muslimni tokko akkanumatti lafaa ka'ee yoo barbaachisaa ta'e kaafiraan akkam jirta, akkam bulte, akkam oolte? fi kkf yoo jedheen rakkoo hin qabu; Sababni isaas dhoorgaan salaamtaa irraa waan ta'eef jecha.
 Xiibiin akkana jedhe: Wanti filatamu, nama bid'aa dalagu tokko salaamtaan jalqabuu dhabuudha, Nama hin beeknen yoo salaamtaa jedhee eegasii nama walii galtee qabu ykn nama bid'aa dalagu ta'uun ifa gale isa xiqqeessuuf jecha akkana jedha: salaama kiyya deeffadhe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5347</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Tooltuu irraa homaa hin tuffatin, fuula ifaa ta'een obboleessa keetiin wol gahuu osoo ta'ellee</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Abuu Zarri irraa odeefamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas naan jedhani: "Tooltuu irraa homaa hin tuffatin, fuula ifaa ta'een obboleessa keetiin wol gahuu osoo ta'ellee".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- toltuu hojjachuu fi osoma xiqqoo ta'eellee isa tuffachuu dhabuutti kakaasani, sana irraa yeroo wol geettii seequun fuula ifuudha, muslimaaf isa irratti bololuun barbaachisaadha; obboleessa muslimaa mukuu baasuu fi gammachuu isatti seensisuun waan isa keessa jiruuf jecha.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Sadarkaa Mu'umintoota gidduutti wol jaallachuunii fi yeroo wol geettiitti seequu fi gammaduun qabudha.
 Guutumummaa shari'aa kanaatii fi waan hundaa kan of keessatti qabate ta'uu isaati, inni dhugumatti hunda waan isa keessa tolinni muslimootaa fi tokkummaan isaanii jiruun dhufe.
 Yoo xiqqaatellee toltuu hojjachuutti kakaasuudha.
 Muslimootatti gammachuu seensisuun jaallatamaa ta'uu isaati; tokkummaa gidduu isaaniitti dhugoomsuun waan sana keessa jiruuf.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Jabaan kan wallaansoo qabee injifate osoo hin taane, dhugumatti jabaan isa yeroo dallansuutti lubbuu isaa too'atuudha</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Jabaan kan wallaansoo qabee injifate osoo hin taane, dhugumatti jabaan isa yeroo dallansuutti lubbuu isaa too'atuudha".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jabinni dhugaa jabina qaamaa akka hin taane yookaan isa namoota biroo humna qaban wallaansoon injifatu akka hin taane ifa galchani, dhugumatti humna qabeessi jabaan isa yeroo dallansuuun isatti jabaatutti lubbuu isaatti qabsaa'ee isii injifateedha; dandeettii lubbuu isaa to'achuu fi shayxaana injifachuu isaa wanti kun waan agarsiisuuuf.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Sadarkaa obsaatii fi yeroo dallansuutti lubbuu ofii to'achuun qabu, inni hojiiwwan gaggaarii islaamummaan itti kakaase keessa tokkoodha.
 Yeroo dallansuutti lubbuu ofii irratti qabsaa'uun diina irratti qabsaa'uu irra jabaadha.
 Islaamummaan madaallii jabina jaahiliyyummaa gara haala bareedduutti jijjiiruu isaati, humnaan irra jabaan namaa inni nama luugama lubbuu isaa to'ateedha.
 Dallansuu irraa fagaachuudha, miidhaa inni dhuunfaa fi hawaasa irraan ga'uuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Namni ummata wohiitti fakkaate inni isaan irraayi</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Namni ummata wohiitti fakkaate inni isaan irraayi".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni ummattootatti fakkate kaafiroota irraa ta'anus yookaan finciltoota irraa ta'anus yookaan gaggaarii irraa ta'anus, aqiidaa yookaan ibaadaa yookaan aadaa irraa waan adda isaan godhu wahii hojjachuun namni isaanitti fakkaate inni isaan irraa akka ta'e himani; alaan jaratti fakkachuun keessaan gara jaratti fakkaachuutti waan nama geessuuf jecha, ummata wahiitti fakkachuun jara dinqisiifachuu irraa akka maddu mamiin hin jiru, kun gara jara jaallachuu, kabajuu fi gara jaraatti dabuutti geessuun isaa ni mala, kun immoo -Rabbiin nu haa eeguutii- keessoottii fi ibaadaadhaan gara jaratti fakkaachuutti nama gessuu isaatu mala -</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Kaafirtootaa fi finciltootatti fakkaachuu irraa sodaachisuudha.
 Worra gaggaariitti fakkachuu fi isaanitti hidhachuutti kakaasuudha.
 Alaan wal fakkaachuun keessootti wol jaallachuu nama dhaalchisa.
 Namichi akkaataadhuma itti fakkaannaa fi gosa itti fakkaannaatiin dinniinnii fi badiin isa qaqqaaba.
 Amantii isaaniitii fi aadaawwan isaanii keessatti kaafirootatti fakkaachuu irraa dhoorguudha, waan sana hin taane akka ogummaa fi kan sana fakkaatan barachuun immoo dhoorgaa kana keessa hin galu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>nama toltuutti qajeelcheef fakkaataa mindaa nama isa hojjateetu isaaf jira</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Abuu Mas'uud Al-ansaarii irraa odeeffamee -Rabbiin irraa haa jaallatu- ni jedhe: Namichi tokko gara Nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufuun malli na harkaa badee karaan natti cufame waanan yaabbadhee deemu naaf kenni jedheen, Nabiyyiinis "Hin qabu" jedhaniin, namichi tokko yaa ergamaa Rabbii, anatu nama yaabbannaa isaaf kennutti isa qajeelcha jedhee, ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: "nama toltuutti qajeelcheef fakkaataa mindaa nama isa hojjateetu isaaf jira".</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Namichi tokko gara Nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufuun akkas jedhe: yaabbannaan koo na jalaa badde, horii irratti na baadhu, yaabbannaa bakka dhimmaatiin na gahu naaaf kenni, Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan kennanuuf akka hin qabne itti himani, namichi tokko kan isaan bira ture wohii, yaa ergamaa Rabbii, anatu nama yaabbannaa isaaf kennutti isa qajeelcha jedhe, achumaan ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mindaa keessatti nama sadaqaa kennateen shariika akka inni ta'e himani, abbaa dhimmaa gara nama dhimma isaaf baasutti waan qajeelcheef jecha.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Toltuutti qajeelchuutti kakaasuudha.
 Hojii khayrii hojjachuutti wol kakaasuun sababaa hawaasni muslimaa ittiin wol bira dhaabbatuu fi ittiin wol guutu keessaa isa tokkoodha.
 Tolli Rabbii ol ta'ee bal'aa ta'uu isaati.
 Hadiisichi foormulaa walii galaati, hundi hojii toltuu ta'ee isa keessa seena.
 Ilmi namaa ofii isaatii fedhii gaafataa guutuun yoo hin miijjanneef, nama biraa kan guutuufii danda'utti isa qajeelcha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedheetiin gaafadhe: Rabbiin biratti dilii kamiitu irra guddaadha? isaanis akkana jedhan: “Osoo inni si uumee jiruu, 
  Rabbiif fakkaataa gochuudha</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>Abdullaah bin Masu'uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkas jedhe: Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedheetiin gaafadhe: Rabbiin biratti dilii kamiitu irra guddaadha? isaanis akkana jedhan: “Osoo inni si uumee jiruu, 
  Rabbiif fakkaataa gochuudha” anis nan jedhe: sun waan  guddaadha. ammas nan jedhe: Eegasii hoo? Isaanis ni jedhan: “Ilma kee si waliin nyaachuu sodaaf jecha ajjeesuudha", nan jedhe: eegasii hoo? Isaanis ni jedhan: “haadha manaa ollaa keetitti sagaagalummaa raawwachuudha”.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra guddaa diliiwwanii irraa gaafatamanii akkana jedhan: Irra guddaan ishee shirkii guddaadha, Innis gooftummaa Isaa keessatti yookaan gabbartii Isaa keessatti yookaan maqaa fi sifawwan Isaa keessatti fakkaataa Rabbiif gochuudha, dilii kana tawbaadhaan malee Rabbiin ol ta'e dhiifama hin godhu, abbaan isaa osuma isatti jiruu yoo  du’e inni ibidda keessatti zalaalam ta'a. Eegasii namni tokko ilma isaa na waliin nyaata jedhee sodaatee isa ajjeesuudha, Lubbuu ajjeesuun ammoo haaraama, Garuu diliin isaa yoo inni ajjeefame sun ajjeesaan waliin firooma qabaate ni guddata, ammas diliin isaa kan guddatu yeroo yaadni nama ajjeesee sun namni ajjeefame kun rizqii Rabbiin kenneef isa waliin qooddataa sodaaf  ta'eeedha. Eegasii namni tokko haadha manaa ollaa isaa gowwoomsuun akka isiin isaa bitamtu gochuun isii waliin sagaagalummaa raawwachuudha. Sagaggaalummaan haraama, garuu namni sagaggaalummaan itti raawwatamu haadha manaa ollaa kan shari’aan tola isatti ooluu, gaarii isaaf yaaduu fi isaan waliin jireenya gaarii jiraatutti ajaje yoo taate diliin isaa ni guddata.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Akkuma hojiin gaariin sadarkaa keessatti wal dhabu, diliinis guddina keessatti wal dhabaadha.
 Irra guddaan diliidhaa: Rabbii ol ta'etti waan biraa qindeessuudha, eegasii si waliin nyaachuu sodaaf jecha ilmoo kee ajjeesuudha, eegasii haadha manaa ollaa keetitti sagaggaalummaa raawwachuudha.
 Rizqiin harka Rabbiiti jira, ​​Uumamtoota hundaafuu akka qoodu of qabee jira -Inni qulqullaa'e-.
 Guddina haqa ollaatii fi diliin isa miidhuu dilii nama biroo miidhuu irra akka guddaa ta'eedha.
 Rabbii uumaa ta'e kan hiriyaa hin qabne qofaatu gabbaramuu haqa godhataadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Warra du'an hin arrabsinaa, isaan gara waan dabarsaniitti (hojii isaaniitti) deemaniiru</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Aa'ishaa irraa odeeffamee -Rabbiin isii irraa haa jaallatu- ni jette: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Warra du'an hin arrabsinaa, isaan gara waan dabarsaniitti (hojii isaaniitti) deemaniiru".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- warra du'an arrabsuu fi kabajaa isaanii tuquun haraama ta'uu ibsan, akkasumas haalli kun haalowwan badoo irraa ta'uudha ibsan, hojiilee kheyrii irraa yookaan hojiilee hamtuu irraa isaan (warri du'an) gara waan dabarfatanitti waan gayaniif jecha, arrabni kunis warra lubbuun jiran azaa godha malee warra du'anitti hin gayu.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Hadiisichi warra du'an arrabsuun haraama ta'uu isaatiif ragaadha.
 Warra du'an arrabsuu dhiisuu keessa bu'aa warra lubbuun jiranuu eeguutu jira, akkasumas wal madeessuu fi wal jibbuu irraa nageenya hawaasaa eeguutu hadiisicha keessa jira.
 Sababni isaan arrabsuun dhoorgameef waan isaan gara waan dabarsaniitti gahanii jiranuufi, isaan arrabsuun homaa hin fayyadu, garuu isaan arrabsuu kana keessa firoota isaanii kan lubbuun jiran azaa godhuutu jira.
 Ilmi namaatiif waan bu'aan keessa hin jirre jechuun hin barbaachisu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Nama tokkoof halkan sadi'ii ol obboleessa isaatiin ooduun hin eeyyamamuuf, yeroo wol araganutti kunis irraa garagala sunis irraa garagala, irra caalaan isaanii isa salaamataan eegalu</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Abuu Ayyuub Al-ansaarii irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Nama tokkoof halkan sadi'ii ol obboleessa isaatiin ooduun hin eeyyamamuuf, yeroo wol araganutti kunis irraa garagala sunis irraa garagala, irra caalaan isaanii isa salaamataan eegalu".</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- muslimni obboleessa isaa muslimaatiin halkan sadi'ii ol ooduu dhoorgani, isaan lameenuu yeroo wol arganutti wol irratti salaamataa hin jedhanu, akkasumas wolis hin haasofsiisanu.
 Caalaan worra wol lolan lameen kanaa nama ooda dhabamsiisuuf yaali godhuu fi salaamataan eegaluudha, oodni asitti itti fedhame fedhii lubbuutiif jecha woliin ooduudha, haqa Rabbiitiif jecha ooduun immoo akka worra badii hojjatanuu fi worra baasaatiin ooduufaa, akkasumas waahila badaadhaan ooduu faa, kun yeroon hin daangeffamu, inni bu'aa oodaatti rarraafama, inni dhabamuun dhabama.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Guyyaa sadii fi waan isaa gadii keessatti oodni eeyyamamaa ta'uudha, innis uumama ilmi namaa irratti uumame eeguuf jecha, guyyaa sadii keessatti oodni kan eeyyamameef haalli uumamaa sun akka deemuuf jecha.
 Sadarkaa salaamataan qabuudha, inni waan lubbuu keessaa ni haqa, akkasumas inni mallattoo jaalalaati.
 Islaamummaan miseesnsa isaa gidduutti obbolummaa fi tokkummaaddhaaf bololuu isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Firooma kutaan jannata hin seenu</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Jubayr ilma Mux'im irraa odeeffamee -Rabbiin isa irraa haa jaallatu- inni Nabiyyiidhaa -Rabbiin rahmataafi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Firooma kutaan jannata hin seenu".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahamataafi nageenya isaan irratti haa buusu- namni haqa firoota isaa kan isaaniif dirqama ta'e isaan irraa kute yookaan azaa isaan godhee isaanitti balleesse, inni jannata seenuu dhabuu haqa godhataadha.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Firooma kutuun badii guddoo badiiwwan gurguddoo irraa lakkaawamtuudha.
 Firooma fufuun akkaataadhuma beekamuun ta'a, wal dhabiinsa  iddoo, yeroo fi namootaatiin wol dhaba.
 Firooma fufuun ziyaaraadhaan, sadaqaadhaan, isaanitti tola ooluun, dhukkubsattoota gaafachuun, toltuutti isaan ajajuun, hamtuu irraa isaan dhoorguu fi kan sana fakkaatan birootiin ta'a.
 Firooma kutuun hanguma firummaan dhihaatuun diliin isaas haalaan jabaa ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Namni wolitti nama naqu (diru) jannata hin seenu</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Huzayfaa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Nabiyyiidhaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Namni wolitti nama naqu (diru) jannata hin seenu".</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni gidduu namootaa balleessuuf jecha haasawa gidduu isaaniitti oliif gadi geessu inni adabamuu haqa godhata jannata seenuu dhabuudhaan jechuudha himan.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Namiimummaan (gidduu namootaa balleessuuf jecha haasawa oliif gadi hafarsuun) badiiwwan gurguddoo irraayi.
 Dhuunfaa fi gareewwan gidduutti balleessuu fi miidhuun waan isii keessa jiruuf namiimummaa irraa dhoorguudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ</t>
+    <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Guyyaa qiyaamaa keessatti miizaana mu’uminaa keessatti amala gaarii caalaa wanti ulfaatu hin jiru, Rabbiin  nama baalagee safuu hin qabne ni jibba</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Abuu Addardaa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: "Guyyaa qiyaamaa keessatti miizaana mu’uminaa keessatti amala gaarii caalaa wanti ulfaatu hin jiru, Rabbiin  nama baalagee safuu hin qabne ni jibba".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- guyyaa qiyaamaa keessatti miizaana mu'uminaa keessatti hojiilee fi jechoota irraa wanni irra ulfaatu amala gaarii akka ta'e himan, sunis fuula namatti diriirsuu, nama miidhuu irraa of qabuu fi waan gaarii hojjechuudhaan. Rabbiin ol ta'e nama gochaa fi dubbii isaa keessatti fokkataa ta'e, kan waan arraba isaatiin dubbatu keessatti baalagee ta'e ni jibba.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Sadarkaa amalli gaariin qabuudha; sababni isaas inni Jaalala Rabbiiti fi jaalala gabroota Isaa abbaa isaa waam dhaalchisuuf jecha, inni guyyaa qiyaamaa keessatti irra guddaa waan madalamuuti.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[abuu daawudiifii tirmiziitu odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5371</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Namni rizqiin isaa akka ballifamuuf, umuriin isaa akka dheereffamuuf jaallate, firooma isaa haa fufu (maxxanfatuu)</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Anas ilma Maalik irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Namni rizqiin isaa akka ballifamuuf, umuriin isaa akka dheereffamuuf jaallate, firooma isaa haa fufu (maxxanfatuu)".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ziyaaraan, gargaarsa qaamaa fi qabeenyaatii fi kan birootiin firoowwan fufuutti kakaasani, isiin rizqiin bal'achuu fi umuriin dheerachuuf sababaadha.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Firooma jechuun firottawwan karaa abbaa fi haadhaatiin jiranuudha, hanguma fira irra dhihoo ta'een fufuutti irra caalaa ta'a.
 Mindaan fakkaatadhuma hojiiti, namni firummaa isaa gaarii fi toltuun fufe, Rabbiin immoo rizqii isaatii fi umurii isaati isaaf fufa.
 Firooma fufuun rizqiin diriirfamuu fi bal'ifamuuf sababaadha, akkasumas dheerachuu umuriitiifis sababaadha, umurii fi rizqiin murtaa'aa yoo ta'ellee garuu barakaan rizqii fi umurii keessatti godhamuun ta'a, umurii isaa keessatti waan namni biraa hojjatu kan caaluu fi irra kan bu'aa qabu hojjata, akkasumas umurii fi rizqiin dabaluun dabaliinsa dhugaatis jedhameera. Rabbuma qofaatu beeka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Nama miidhe Rabbiin isa miidha, akkasumas nama rakkise Rabbiin isa rakkisa</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abuu Sirmaa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Nama miidhe Rabbiin isa miidha, akkasumas nama rakkise Rabbiin isa rakkisa".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu muslimatti miidhaa seensisuu irraa sodaachisan, yookan amrii kamuu keessatti lubbuu isaa yookaan qabeenya isaa yookaan maatii isaa keesattis ta'ee rakkinaa fi dhiphina isatti seensisuu irraa sodaachisan, nama sana hojjate Rabbiin fakkaataa hojii isaatiin mindeessee isa adaba.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Muslima miidhuu fi rakkina isatti qaqqabsiisuun haraama ta'uudha.
 Rabbiin gabroota isaatiif haaloo ba'uu isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5375</t>
   </si>
   <si>
-    <t>إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟</t>
+    <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- nurratti gadi bahanii jennaan akkana jenneen: Yaa Ergamaa Rabbii, akkamitti akka nagaa sirratti buufnu barree jirra, mee akkamitti rahmata sirratti buufna?</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>Abdurrahmaan ilma Abbaa leylaa irraa odeeffamee akkana jedhe: Ka’ab ilmi Ujraa na qunnamee akkana jedhe: kennaa tokko siif hin kennuu? Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- nurratti gadi bahanii jennaan akkana jenneen: Yaa Ergamaa Rabbii, akkamitti akka nagaa sirratti buufnu barree jirra, mee akkamitti rahmata sirratti buufna? isaanis akkas jedhan: "Akkana jedhaa: Yaa Rabbi Muhammadii fi maatii Muhammad irratti rahmta buusi, akkuma maatii Ibraahim irratti rahmata buuftetti, dhugumatti Ati Faarfamaa, guddaadha, yaa Rabbii Muhammadii fi maatii Muhammad irratti barakaa buusi, akkuma maatii Ibraahim irratti barakaa buuftetti, dhugumatti Ati faarfamaa, guddaadha".</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
     <t>Sahaabonni Nabiyyii -nagaa fi rahmanni isaan irratti haa jiraatu- akkaataa rahmata isaan irratti itti buusan irraa gaafatan. sun eega Attahiyyaata keessatti akkaataa nagaa isaan irratti itti buusan baranii booda: “Assalaamu Aleyka Ayyuhannabiyyu warahmatullaahi wabarakaatuh...”? jechuunisa: "yaa Nabiyyichaa! nageenyi sirratti haa jiraatu, akkasumas rahmanni Rabbiiti fi barakaan Isaa sirratti haa jiraatu...". Nabiyyiinis -nagaa fi rahmatni isaan irratti haa jiraatu- akkamitti rahmata akka isaan irratti buusan isaanif himani, hiikni isiis: "Allaahumma salli alaa Muhammad wa alaa ali Muhammad" Yaa Rabbi Muhammadii fi maatii Muhammad irratti rahmata buusi. Jechuunis: Ummata ol’aanaa biratti jecha bareedadhaan isaan faarsi, akkasumas amantii isaanii keessatti warra isaan hordofanii fi maatii isaanii irraa warra amananis ummata ol'aanaa biratti jecha bareedadhaan isaan faarsi. "Akkuma maatii Ibraahiim irratti rahmata buuftetti". Akkuma maatii Ibraahim -nageenyi isa irratti haa jiraatu- irratti rahmata buusuun tola ooltetti, isaanis: Ibraahiim, Ismaa'iil, Ishaaq, hortee isaanitii fi hordoftoota isaanii mu'umintoota, Muhammadittis tola kee dhaqqabsiisi nagaa fi rahmanni isaan irratti haa jiraatu. "Ati Faarfamaa, guddaadha" Jechuunis: Ati zaata kee, sifaata keeti fi gochoota kee keessatti faarfamaadha, guddina kee, aangoo keeti fi kennaa kee keessatti bal’aadha jechuudha. “Yaa Rabbi akkuma maatii Ibraahiim irratti barakaa buuftetti Muhammadii fi maatii Muhammad irratti barakaa buusi" Jechuunis: kheyri fi karaamaa irraa irra guddaa isii kenniif, itti dabaliif, irrattis tursiisi jechuudha.</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Warri duraa dhimma beekumsaa irratti kennaa walii kennaa turan.
 Tashaahhuda salaataa isa dhumaa keessatti Nabiyyii irratti -nagaa fi rahmanni isaan irratti haa jiraatu- salawaata buusuun dirqama ta'uudha.
 Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- sahaabota isaanii akkaataa nagaa fi rahmata isaan irratti itti buusan barsiisaniiru.
 Rahmata Nabiyyii irratti -nagaa fi rahmanni isaan irratti haa jiraatu- buusuu keessatti bifti kun bifa hunda caalaa guutuu ta’eedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5377</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ</t>
+    <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>“Nama Faatihaa hin qara’iniif salaanni hin jiru”</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>Ubadaa bin Saamit irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: “Nama Faatihaa hin qara’iniif salaanni hin jiru”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- suuraa faatihaa qara'uun maletti salaanni akka fayyaa hin taane ibsan, isiin rak'aa hunda keessatti ruknii tokko kan ruknoowwan salaataa irraa ta'eedha.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Faatihaa qara’uu osoo danda'u, yoo dhiise wanti biraa irraa bakka bu'uu hin danda'u.
 Beekkan dhiisus ykn wallaalaan ykn dagatee dhiisus rak’aan faatihaan keessatti hin qara’amin sirrii miti; sababni isaas isiin waan ruknii taatef jecha, ruknoowwan gonkuma hafuu hin danda'an.
 Faatihaa qara'uun nama imaama hordofu irraa ni kufa, yoo imaamaa rukuu'a irra jiruu dhaqqabate.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5378</t>
   </si>
   <si>
-    <t>لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ</t>
+    <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
   </si>
   <si>
     <t>Namni boqoo of rukute, kan uffata cicciree fi kan waamicha wallaalummaa waammate nu irraa miti</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
   </si>
   <si>
     <t>Abdullaah bin Mas'uud irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Nabiyyiin -nagaa fi rahmanni isa irratti haa jiraatu- akkana jedhan: «Namni boqoo of rukute, kan uffata cicciree fi kan waamicha wallaalummaa waammate nu irraa miti».</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
 الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
 والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
 والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatuu- gocha ummanni bara Islaamummaa duraa hojjetan tokko tokko irraa dhoorganii akeekkachiisuun akkana jedhan: Nu irraa miti:
 Tokkoffaan: Namni boqoo of rukute, boqoo adda baasee wanti dubbateef yeroo hedduu akkas waan godhamuuf jecha, yoo akkas hin jenne fuula hafe rukutuun dhoorgaa keessatti hammatama.
 Inni lammafaa: sababa abdii murachuu garmaleetiin mataan itti seenuuf uffata cicciruudha.
 Sadaffaan: nama Kadhannaa ummata bara Islaamummaa duraa kan akka kadhannaa wayyoo jechuu, badiinsa ofitti kadhachuu, nama du'eef sagalee olkaasanii boo’uu fi kkf kadhateedha.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أنَّ هذه الأعمال من كبائر الذنوب.
 وجوب الصبر على المصيبة، وتحريم التَّسَخُّط مِن أقدار الله المؤلمة، وإظهار ذلك: بالنياحة أو النَّدْب أو الحَلْق أو الشَّقّ أو غير ذلك.
 تحريم تَقلِيْد الجاهلية بأمورهم التي لم يُقِرّهم الشارع عليها.
 لا بأس من الحُزْن والبكاء، فهو لا ينافي الصبر على قضاء الله تعالى، وإنما هو رحمة جعلها الله في قلوب الأقارب والأحباب.
 على المسلم الرضا بقضاء الله، فإنْ لم يَرْضَ فالصبر واجب عليه.</t>
   </si>
   <si>
     <t>Akeekkachiisni Hadiisicha keessa jiru kun gochoonni kunneen diliiwwan gurguddoo irraa ta'u agarsiisa.
 Balaa irratti obsa qabaachuun dirqama ta'uu fi murtiiwwan Rabbii kan laalessoo ta’an irratti dallananii, sana boo’ichaan, rifeensa haaddachuudhaan, ykn uffata ciruudhaan ykn karaa biraatiin agarsiisuun dhoorgaa ta'uudha.
 Dhimmoota seerri shari'aa hin raggaasifne hojjachuun ummata bara Islaamummaa duraa turanitti fakkaachuun dhoorgaa ta'uudha.
 Gadduu fi boo’uun qadara Rabbii ol ta'ee irratti obsuun waan wal hin faallessineef jecha rakkoo hin qabu, inumaa inni rahmata Rabbiin qalbii firootaa fi namoota jaallatan keessa kaaʼeedha.
 Muslimni murtii Rabbii jaalachuudha qaba, yoo hin jaalanne immoo obsi dirqama isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5380</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Gabrichi Rabbii isaatti akkaan kan dhihaatu yeroo sujuuda keessa jirutti, kanaafuu kadhaa heddummeessaa''</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akk odeeffametti -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Gabrichi Rabbii isaatti akkaan kan dhihaatu yeroo sujuuda keessa jirutti, kanaafuu kadhaa heddummeessaa''.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gabrichi Rabbii isaatti akkaan kan dhihaatu yeroo sujuuda keessa jirutti akka ta'e ibsan, kunis namni salaatu yeroo sujuudutti Rabbii injifatee guddateef bitamuu fi Isaaf of xinneessuu fi  Isaaf gadi of qabuuf jecha irra olaanaa fi irra kabajamaa qaama isaa dachii irra waan kaa'uufi.
 Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhugumatti sujuuda keessatti kadhaa heddummeessuutti ajajanii jiru, jechaa fi hojiin of gadi qabuutu sana keessatti wolitti qabama.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Rabbii ol ta'eef ajajamuun Isatti dhiheenya gabrichaaf dabala.
 Sujuuda keessatti kadhaa heddummeessuun jaallatamaa ta'uu isaati, waan inni bakkoolee qeebaltii irraa ta'eef jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5382</t>
   </si>
   <si>
-    <t>‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ</t>
+    <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
+  </si>
+  <si>
+    <t>Namni guyyaa jumu'aa dhiqannaa janaabaa dhiqatee egasii (gara jumu'aa) deeme, akka waan gaala saddaqaa baaseti</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
+  </si>
+  <si>
+    <t>Abuu Hurayraa irraa odeeffame -Rabbi isa irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni guyyaa jumu'aa dhiqannaa janaabaa dhiqatee egasii (gara jumu'aa) deeme, akka waan gaala saddaqaa baaseti, namni sa'aatii lamatti deeme, akka waan sa'a saddaqateeti, namni sa'aati sadi'itti deeme akka waan hoolaa gaafa qabu saddaqateeti, namni sa'aati afuritti deeme, akka waan lukkuu sadaqateeti, namni sa'aatii shanitti deeme, akka waan killee saddaqateeti, imaamni (khuxbaaf) yeroo ba'etti malaaykaan zikrii(khuxbaa) dhaggeeffachuuf jecha argamu».</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
+ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
+الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
+الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
+الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
+الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
+الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
+فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sadarkaa ganameeffatanii salaata jumu'aa deemuun qabu himani, ganameeffachuun aduun ba'uu irraa eegalee hanga imaamni dhufutti itti fufa; inni sa'aatii shan ta'a, aduun ba'uu irraa hanga imaamni seenee khuxbaaf minbara irra ba'uutti sa'aatiileen gidduu kana jiran akkaataa yerootiin bakka shanitti qoodamu.
+Kan jalqabaa: akka dhiqannaa janaabaatti dhiqannaa guutuu nama dhiqatee, eegasii sa'aatii jalqabaa irratti gara masjiida jumu'aa deemeedha, inni akka nama gaala saddaqateeti.
+Lammaffaan: nama sa'aatii lammaffaa irratti deemeedha, inni akka waan sa'a saddaqateeti.
+Sadaffaan: nama sa'aatii sadaffaatti deemeedha, inni akka waan hoolaa korbeessa gaafa qabu saddaqateeti.
+Afraffaan: nama sa'aatii afraffaatti deemeedha, inni akka waan lukkuu saddaqateeti.
+Shanaffaan: nama sa'aatii shanaffaatti deemeedha, inni akka waan killee saddaqateeti.
+Yeroo imaamni khuxbaadhaaf minbaratti ol ba'etti; malaaykonni worra masjiida ol seenan barreessuuf ulaa irra taa'aa turan barreesuu irraa dhaabbatanii, zikrii fi khuxbaa dhaggeeffachuuf dhufu.</t>
+  </si>
+  <si>
+    <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
+فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
+الحث على المبادرة إلى الأعمال الصالحة.
+حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
+الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
+قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
+  </si>
+  <si>
+    <t>Guyyaa jumu'aa dhiqachuutti kakaasuudha, dhiqannaan sun immoo salaata deemuun duratti ta'a.
+Sadarkaa salaata jumu'aatti sa'aatii jalqabaa irraa ka'ee ganameeffachuun qabuudha.
+Hojii gaarii hojjachuutti ariifachuutti kakaasuutu keessa jira.
+Malaaykoonni salaata jumu'aa irratti argamuu fi khuxbaa dhaggeeffachuu isaaniiti.
+Malaa'ikoonni balbaloota masjiidowwanii irra dhaabbatanii, salaata jumu'aatiif nama gara masjiidaatti dhufu tokko tokkoon tartiiba dhufaatii isaniitiin barreessu.
+Aalimni guddaan ibnu rajab jedhamu akkas jedha: jechi isaanii: "namni guyyaa jumu'aa dhiqatee eegasii deeme" jedhu, dhiqannaan jaallatamaan guyyaa jumu'aa jalqabni isaa fajriin ba'uu akka ta'e, xumurri isaa immoo gara jumu'aatti deemuu akka ta'e akeeka.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/5393</t>
+  </si>
+  <si>
+    <t>من جاء منكم الجمعة فليغتسل</t>
   </si>
   <si>
     <t>‌Isin keessaa namni salaata Jum'aa dhufuu barbaade haa dhiqatu</t>
   </si>
   <si>
     <t>عن عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ».</t>
   </si>
   <si>
     <t>Abdullaah bin Umar irraa odeeffame Rabbiin isaan lamaan irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi Rahmatni irra haa jiraatu- kan akkas jedhuun dhaga’e: «‌Isin keessaa namni salaata Jum'aa dhufuu barbaade haa dhiqatu».</t>
   </si>
   <si>
     <t>يُؤَكِّدُ النبيُّ صلى الله عليه وسلم على مَن أراد أنْ يأتي لصلاة الجمعة فإنه يستحب له أن يغتسل، مثل غُسلِه للجنابة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- nama salaata jum'aa dhufuu barbaadeef dhiqannaa akka dhiqannaa janaabaa dhiqatuun isaaf jaalatamaa ta'uu irratti gadi jabeessan.</t>
   </si>
   <si>
     <t>تأكيد غُسْل الجمعة، وأنه سنة للمؤمن يوم الجمعة وأنْ يكون عند الذهاب للصلاة أفضل.
 الحرص على النظافة وطيب الرائحة من أخلاق المسلم وآدابه، ويتأكد الأمر عند مُلاقاة الناس ومجالستهم، لا سيما في الجمع والجماعات.
 الخطاب في الحديث لِمَن تَجب عليه الجمعة؛ لأنه هو الذي يأتيها.
 يستحب لمن يأتي الجمعة أن يكون نظيفًا، فيغتسل حتى تزول الروائح من جسده ويتطيب، وإن توضأ فقط أجزأه ذلك.</t>
   </si>
   <si>
     <t>Dhiqannaa Jum’aa jabeessuu, innis mu’uminaaf guyyaa Jum’aa akka sunnaa ta'ee fi dhiqannaan sunis yeroo salaatatti deemuf ka'e caalaa akka ta'eedha.
 Qulqullinaa fi urgaan gaariin adabaa fi naamusa Muslimaa keessaa tokko yoo ta’u, innis kan jabeeffamu yeroo namootaan walitti dhufanii fi isaan waliin taa’an keessatti, keessattuu salaata jum'aa fi jamaa'aa keessatti akkaan jabeeffamuu qaba.
 Haasaan Hadiisa kana keessatti  ibsame nama salaatni Jum’aa dirqama irratti ta’eefi; sababni isaas isaatu ishee dhufa waan ta'eef jecha.
 Nama salaata Jum'aa dhufuuf qulqullaa’aa ta'uun isaa ni jaalatamaadha, kanaaf hanga hafuurri qaama isaa keessaa bahutti dhiqachuu fi urgooftuu dibachuun barbaachisaa dha, Yoo wuduu’a qofa godhate sun isaaf gahaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5394</t>
   </si>
   <si>
-    <t>الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ</t>
+    <t>البخيل من ذكرت عنده فلم يصل علي</t>
   </si>
   <si>
     <t>Namni don'i nama ani isa biratti dubbatamee salawaata narratti hin buusini</t>
   </si>
   <si>
     <t>عَنِ الحُسَينِ بنِ عَلِيٍّ بنِ أَبِي طَالِبٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ».</t>
   </si>
   <si>
     <t>Huseen bin Aliyyi bin Abii Xaalib irraa akka odeeffametti -Rabbiin isaan lamaan irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: «Namni don'i nama ani isa biratti dubbatamee salawaata narratti hin buusini».</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْك الصلاة عليه حال سَمَاع اسمه أو كُنْيَتِه أو وصفه، وقال: البَخيل كامل البُخْل مَن ذُكرتُ عنده فلم يُصلِّ عليّ؛ وذلك لأمور: 
 الأول: أنه بُخْلٌ بشيءٍ لا يَخْسَر بسببه قليلًا ولا كثيرًا، ولا يَبذُل مالًا، ولا يَبذُل جُهْدًا. 
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- bakka maqaan, ykn kuniyaan, ykn sifti isaanii dubbatamuun dhaga'ametti salawaata irratti buusuu dhabuu irraa akeekkachiisanii, akkana jedhan: Don'i hamaan nama ani isa biratti dubbatamee salawaata na irratti hin buusini; sun wantoota baay'efi.
 Tokkoffaa: Inni waan sababa isaatiin waan xiqqoos ta'ee baay’ee hin dhabnee fi qarshii fi carraaqqii wahiituu irraa hin barbaannen don'oomuudha.
 Lammaffaa: Inni lubbuu ofitti don'oomee mindaa silaa salawaata Nabiyyii irratti -nagaa fi rahmatni irratti haa jiraatu- buusuun argatu of dhoorge; Sababni isaas inni salawaata isaan irratti buusuu irraa diduun don'oomee, dirqama silaa ajaja fudhatee raawwatee mindaa itti argatu raawwachuu waan dideef jecha.
 Sadaffaa: Isaan irratti salawaata buusuun haqa Nabiyyii -nagaa fi rahmanni irra haa jiraatu- tokko tokko guutuu of keessaa qaba, Inni (Nabiyyiin sallallaahu aleyhi wasallam) isa nu barsiise, isa nu qajeelche, isa gara Rabbii ol ta'etti nu waame, isa wahyii fi seera shari'aa Islaamaa kanaan nuuf dhufe, kanaaf isaan -Eega Rabbii ol ta'eetii- sababaa qajeeluu keenyaati, Namni isaan irratti salawaata hin buufne dhugumatti lubbuu ofitti don'oome, akkasumas haqoota isaanii keessaa haqa gadi aanaa diduun dhugumatti Nabiyyii irrattis -nagaa fi rahmanni irra haa jiraatu- don'oomeera.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Nabiyyii irratti -nagaa fi rahmanni irra haa jiraatu- salawaata buusuu diduun mataa don'ummaati.
 Nabiyyii irratti -nagaa fi ramanni irra haa jiraatu- salawaata buusuun yeroo hundumaa irra caalaa hojii gaggaari fi Rabbiif ajajamuu irraayi, yeroo maqaan isaanii dhahamu daran jabaata.
 Al-Nawawiin akkana jedhe: Namichi yeroo Nabiyyii irratti -nagaa fi rahmanni irra haa jiraatu- salawaata buusu, salaataa fi salaama walitti qabuudha qaba, tokko qofa irratti of hin daangessu; kanaaf akkana qofa hin jedhu: (Rabbiin rahmata irratti haa buusu), akkasumas akkana qofaas hin jedhu: (nageenyi isaan irratti haa jiraatu).
 Abuu Al-Aaliyaan jecha isaa kan akkana jedhu keessatti: (Dhugumatti Rabbii fi Malaaykonni Isaa Nabiyyii irratti rahmata ni buusu) akkana jedhe:  Rabbiin rahmata buusuun Nabiyyii faarsu dha: salawaata buusuun malaa'ikootaa fi ilama namaa ammoo  du'aa'ii gochuu dha.
 Al-Haliimiin akkana jedhe: Hiikni «Yaa Rabbi Muhammad irratti rahmata buusi» jedhuu: Yaa Rabbi yaadannoo isaa ol kaasuun, amantii isaa ifa gochuun, seera isaa dachii kana irratti hanbisuun addunyaa kana irratti isa guddisi, Aakhiratti ammoo ummata isaaf jaarsummaa dhaabbachuun, mindaa isaa baay’isuun, sadarkaa isaa warra duraa fi boodaaf eddoo faarfamaa ta'etti mul'isuun, warra ragaa ta'an kan Rabbitti dhiheenya qaban hundumaa irra isa dursuun isa guddisi.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5403</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
+  </si>
+  <si>
+    <t>Namni nyaata nyaatee ka'ee: Al-hamdulillaahillazii ax'amanii haaza wo razaqaniihi min gayri hwlin minnii wolaa quwwah, jedhe badiin isaa inni dabarse isaaf dhiifameera» jechuunis: faruun kan Rabbii malaa fi humna kootiin maletti kana na nyaachisee na razzaqeeti, jechuudha</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
+  </si>
+  <si>
+    <t>Sahal ibnu Mu'aaz ibnu anas akka abbaa isaa irraa odeessetti ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni nyaata nyaatee ka'ee: Al-hamdulillaahillazii ax'amanii haaza wo razaqaniihi min gayri hwlin minnii wolaa quwwah, jedhe badiin isaa inni dabarse isaaf dhiifameera» jechuunis: faruun kan Rabbii malaa fi humna kootiin maletti kana na nyaachisee na razzaqeeti, jechuudha.</t>
+  </si>
+  <si>
+    <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
+ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni nyaata nyaate akka Rabbiin faarfatutti kakaasani, nyaata fidachuufis ta'ee isa nyaachuufis gargaarsa Rabbii ol ta'eetiin yoo ta'e malee anaaf humni hin jiru jedhee. Eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama sana jedhe dhiifama Rabbiin badii isaa xixiqqoo darbeef isaaf godhuun gammachiisani.</t>
+  </si>
+  <si>
+    <t>استحباب حَمْد الله تعالى في آخر الطعام.
+بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
+أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
+  </si>
+  <si>
+    <t>Booda nyaataatii Rabbiin faarsuun jaallatamaa ta'uu isaa.
+Tolli Rabbiin gabroottan isaatti oole guddaa ta'uu isaa ibsuu, waan sababaa rizqii isaaniif laaffisee isaan razzaqee ka'ee sana immoo sababaa ittiin badiin isaanii isaaniif haqamtu taasiseef jecha.
+Wontoonni gabrootaaf ta'an hunduu Rabii ol ta'e irraayi, malaa fi humna isaaniitiinii miti, gabrichi sababaa geessisuutti ajajame.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/5431</t>
+  </si>
+  <si>
+    <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
+  </si>
+  <si>
+    <t>Namni tolchee wuduu'a godhatee eegasii jumu'aa dhufuudhaan, callisee khuxbaa dhaggeeffate jumu'aa isa kanaa fi jumu'aa itti aanu gidduutti wonti inni dalage isaaf dhiifama, akkasuma dabalata guyyaa sadii woliin</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ، وَمَنْ مَسَّ الْحَصَى فَقَدْ لَغَا».</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhani: «Namni tolchee wuduu'a godhatee eegasii jumu'aa dhufuudhaan, callisee khuxbaa dhaggeeffate jumu'aa isa kanaa fi jumu'aa itti aanu gidduutti wonti inni dalage isaaf dhiifama, akkasuma dabalata guyyaa sadii woliin, namni cirracha tuqe dhugaan taphatee mindaa jumu'aa of jalaa balleesse».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
+ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni arkaana isaa, sunnaa isaatii fi namuusa isaa guutee tolchee wuduu'a godhate, eegasii gara salaata jumu'aatti dhufuudhaan callisee khuxbaa dhaggeeffate, waan hin taane irraa callise; Rabbiin badiiwwan xixiqqoo guyyaa kudhaniif akka isaaf dhiiisu himan, sunis salaata jumu'aatii hanga salaata jumu'aa lammaffaatti akkasumas dabalata guyyaa sadii woliin; toltuun fakkaattii isii kudhaniin deebifamti waan taateef jecha. Eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gorsa khuxbaa keessatti darbuuf qalbii itti kennuu dhabuu irraa sodaachisan, akkasuma cirracha tuquu fi waan biroo gosoota tapha ta'anii fi qalbii namaa hataniin taphachuu irraas sodaachisaniiru, namni waan sana hojjate dhugaan taphatee jira, namni taphate immoo mindaa jumu'aa guutuu ta'e keessaa qooda hin qabu.</t>
+  </si>
+  <si>
+    <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
+فضل صلاة الجمعة.
+وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
+من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
+  </si>
+  <si>
+    <t>wuduu'aa guutanii bareechanii godhachuu fi salaata jumu'aa jabeessanii eeggachuutti kakaasuutu keessa jira.
+Sadarkaa salaanni jumu'aa qabu.
+Khuxbaa jumu'aatiif callisuun dirqama ta'uu isaatii fi haasawaa fi waan biraatiin qabamuu dhabuudha.
+Namni yeroo khuxbaan godhamu taphate mindaan isaa hir'atuu woliin salaanni jumu'aa isaa ga'aadha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/5433</t>
+  </si>
+  <si>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Salaata subhii namni salaate eegumsa Rabbii keessa jiraata</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Jundub ilma Abdullaah Al-qasrii irraa odeefamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu ni jedhan: "Salaata subhii namni salaate eegumsa Rabbii keessa jiraata, Rabbiin eegumsa isaa irraa waa tokkoon isin hin barbaadin, namni eegumsa isaa irraa waa tokkoon isa barbaade dhugumatti isa qaqqaba, eegasii fuula isaatiin ibidda jahannam keessatti isa darbata".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni fajrii salaate eegumsa Rabbii, kunuunsa isaatiifi tika isaa keessa akka jiraatuu fi akka isa irraa deebisuu fi isaaf tumsu himani.
 Eegasii -rahmannii fi nageenyi isaan irra haa jiraatu- salaata fajrii dhiisuunis haa ta'uu yookaan nama isii salaatu tuquu fi isa irratti daangaa darbuun waadaa kana diiguu fi balleessuu irraa sodaachisani, namni sana hojjate dhugumatti eegumsa kana diigee jira, kanaaf haqa Rabbii keessatti waan daangaa darbeef Rabbiin isa barbaaduun dinniina jabaa haqa godhatee jira, namni Rabbiin isa barbaade isa qaqqaba, eegasii immoo fuula isaatiin ibidda keessa isa buusa.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Barbaachisummaa salaata fajriitii fi sadarkaa isii ibsuutu keessa jira.
 Nama fajrii salaate nama hamtuun tuqu irratti sodaachisni jabaan dhufuu isaati.
 Rabbiin nama gabroottan isaa gaggaarii tuqu irraa haaloo akka ba'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ</t>
+    <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
   </si>
   <si>
     <t>Namni gara masjiidatti ganama deeme ykn galgala deeme Rabbiin yeroo inni ganama ykn galgala deeme hundatti Jannata keessatti bakka qubsumaa isaaf qopheessa</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin irraa haa jaallatu-  Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: «Namni gara masjiidatti ganama deeme ykn galgala deeme Rabbiin yeroo inni ganama ykn galgala deeme hundatti Jannata keessatti bakka qubsumaa isaaf qopheessa».</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن أتى المَسجدَ للعبادة أو العلم أو لغير ذلك مِن مقاصد الخير في أيِّ وقت؛ أولَ النهار أو آخرَه بأنَّ الله قد هَيَّأَ له مَكانًا وضِيافة في الجنة، كلّما جاء المسجد في ليل أو نهار.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irratti haa jiraatu- ibaadaaf ykn beekumsaaf ykn kaayyoo gaarii biroof yeroo fedhetti; dura guyyaas ta'ee booda isaa keessatti nama gara masjiidaa dhufe Rabbiin Jannata keessatti eddoo fi keessummummaa dhugumatti kan isaaf qopheesse ta'uun isa gammachiisan, sunis halkan ykn guyyaa keessatti yeroo inni masjiida dhufe hunda.</t>
   </si>
   <si>
     <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
 إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
 الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
   </si>
   <si>
     <t>Sadarkaa gara masjiidaa deemuun qabuudha, akkasumas salaata jama’aa achitti eeggachuu fi salaatuun qabuudha, Namni masjiida irraa fagaatu kheyrii, sadarkaa, mindaa fi keessummummaa Rabbiin nama mana isaa dhufeef qopheessu irraa hangamiitu jalaa darba?
 Namoonni nama mana isaanii dhufe ulfeessanii, nyaata kan isaaf dhiyeessan yoo ta'e, Rabbiin immoo uumama isaa caalaa arjaa dha! Nama mana isaa dhaqe ni kabaja, Rabbiin qubsuma guddaa  isaaf qopheessa.
 Gammachuu nama masjiida dhaquu; Sababni isaas ganama ykn galgala keessatti baay’ina deemsa isaa irratti hundaa’uun  bakki qubsumaa waan isaaf qopheeffamuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5436</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Namni Rabbii fi guyyaa Aakhiratti amane toltuu haa dubbatu yookaan immoo haa callisu</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffame -Rabbiin isa irraa haa jaallatu-Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Namni Rabbii fi guyyaa Aakhiratti amane toltuu haa dubbatu yookaan immoo haa callisu, namni Rabbii fi guyyaa Aakhiratti amane ollaa isaa haa kabaju, namni Rabbii fi guyyaa Aakhiratti amane keessummaa isaa haa kabaju".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gabrichi Rabbii fi guyyaa dhumaa isa deebiin isaa gara isaatti ta'ee fi isa isa keessatti hojii isaatiin mindeeffamutti amane, iimaanni isaa wantoota kana hojjachuutti isa kakaasa jechuudha ibsan:
 Tokkoffaan: jecha gaariidha: sun akka subhaanallaa jechuu, laa ilaaha illallaah jechuu, toltuutti ajajuu fi hamtuu irraa dhoorguu fi namoota gidduu wolitti tolchuuti, kana yoo hin hojjanne haa callisuu, hamtuu isaas haa saassaabbatu, arraba isaas haa eeggatu.
 Lammaffaan: ollaa kabajuudha: tola isatti ooluu fi azaa isa gochuu dhabuun.
 Sadaffaan: keessumaa ziyaaraa keetiif dhufu kabajuudha: haasawa toluun, nyaata nyaachisuu fi kan sana fakkaataniin isa kabajuudha.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Rabbiii fi guyyaa dhumaatti amanuun bu'uura toltuu hundaati, akkasuma toltuu hojjachuutti nama kakaasaadha.
 Balaa arrabaa irraa sodaachisuudha.
 Amantaan islaamaa amantaa tokkummaa fi arjummaati.
 Wantoonni kun damee iimaanaa fi namuusa faarfamtuu  taate irraayi.
 Hasawa hedduummachuun gara waan jibbamaatti yoookaan gara haraamaatti geessuutu mala, haasawuu dhiisuu keessa nagaan jira yoo toltuu ta'e malee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Nama namaaf rahmata hin goone Rabbiin ol ta'e rahmata isaaf hin godhu</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Jariiir ilma Abdullaah irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Nama namaaf rahmata hin goone Rabbiin ol ta'e rahmata isaaf hin godhu".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama namaaf rahmata hin goone Rabbiin ol ta'e rahmata akka isaaf hin goone ibsan, gabrichi uumamtootaaf rahmata gochuun sababaawwan guddoo ittiin rahmata Rabbii ol ta'ee argatan irraayi.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Rahmanni hunda uumamtootaatiif barbaachiftuudha, garuu nama addatti kan dubbateef isaaniif dhimmamuudhaani.
 Rabbiin Isaatu mararfataadha gabroottan Isaa kan mararfatoo ta'aniif rahmata ni godha, mindaan fakkaataadhuma hojiiti.
 Namaaf rahmata gochuun toltuu jaraaf qaqqabsiisuu, hamtuu isaan irraa deebisuu fi haala bareedaa ta'een isaaniin waliin hojjachuu wolitti qabata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5439</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
+  </si>
+  <si>
+    <t>yaa ilma Aadam hanga ati ana kadhattee ana kajeeltetti badii ati qabduu woliinan siif dhiisa homaas bakka itti hin kennu</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
+  </si>
+  <si>
+    <t>Anas bin Maalik irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: «Rabbiin ol ta'e ni jedhe: yaa ilma Aadam hanga ati ana kadhattee ana kajeeltetti badii ati qabduu woliinan siif dhiisa homaas bakka itti hin kennu, yaa ilma Aadam badiin kee duumessa samiillee kan qaqqabu ta'ee eegasii araarama narra barbaaddee araaraman siif godha, homaas bakka itti hin kennu, yaa ilma Aadam ati badii dachii guutuu ka'een natti dhuftee eegasii woma tokkollee kan natti hin qindeessine taate na qunnamtee, badii dachii guutuu ka'eef araaraman siif godha».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
+يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
+يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin hadiis al-qudsiyyii keessatti akka akkas jedhe nuuf himani: yaa ilma aadam hanga na kadhattee fi rahmata koo kajeeltee, isa irraa garaa murachuu dhabdetti, badii kee siif dhokseen siif haqa homaa isaaf bakka hin kennu; badiin kun yoo badii gurguddoo irraa ta'ellee. yaa ilma Aadam: badiin kee heddummina samii fi dachii guutu yoo heddummatellee, naannawaa isii fi guutuu isii haala guutuun, eegasii araarama na gaafattee; hunda isaa siif dhiiseen haqa homaa bakka isatti osoon hin kennin.
+yaa ilma Aadam ati booda du'aatii badii dachii guutuun kan natti dhuftu taatee, osoo anatti woma tokkollee hin qindeessin duute taate; badiiwwanii fi diliiwwan kana araarama dachii guutuun deebisa; ani waanan abbaa araarama bal'aa ta'eef jecha, shirkii malee badii hundaa nan araarama.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله تعالى ومغفرته وفضله.
+فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
+خطر الشرك وأن الله لا يغفر للمشركين.
+قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
+  </si>
+  <si>
+    <t>Bal'inaa fi sadarkaa rahmataa fi araaramni Rabbii ol ta'e qabuudha.
+Sadarkaa tawhiidni qabuu fi Rabbiin worra tawhiidaatiif badiiwwaan akka dhiisuudha.
+Hammeenya shirkiitii fi Rabbiin mushrikootaaf akka hin araaramneedha.
+Beekaan islaamaa ibnu rajab akkas jedhe: hadiisni kun sababoowwan sadeen ittiin badiin dhiifamu of keessatti qabata: inni jalqabaa isa kajeeluu woliin isa kadhachuudha, inni lammaffaa: araarama gaafachuu fi tawbaa barbaaduudha, inni sadaffaa: tawhiida irratti du'uudha.
+Hadiisni kun hadiisota nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbii isaanii irraa odeessan irraayi, hadiisa al-qudsiyyii yookaan hadiisa al-ilaahii jedhamee waamama, inni hadiisa jechi isaatii fi hiikkaan isaa Rabbiin irraa ta'eedha, garuu kennaa qur'aanaa kan inni kan biraa irraa ittiin adda ta'e isa keessa jiraachuu dhabuu malee, akka isa qara'uun Rabbiin gabbaruu, isaaf xahaaraa godhachuu, isaan morkachuu, raajii ta'uu isaatii fi kan sana fakkaatan biroo.
+Badiiwwan gosa sadi'i: inni jalqabaa: Rabbitti qindeessuu; isa kana yoo irraa toobatan malee Rabbiin hin dhiisu, Rabbiin ol ta'e ni jedhe: {namni Rabbitti qindeesse dhugaan Rabbiin isa irratti jannata haraama taasisee jira}, inni lammaffaa: garbichi waan gidduu isaatii fi gidduu Rabbii isaa jiru keessatti badii hojjachuun lubbuu ofii miidhuudha; Rabbiin isa ni dhiisa, yoo fedhe irra darba, inni sadaffaa: badii Rabbiin isii irraa homaa hin dhiifne; inni gabroonni wol miidhuudha, kana irratti gumaan dirqama.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/5456</t>
+  </si>
+  <si>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Rabbiin biratti akkaan irra jibbamaan namootaa nama falmii gogaa falmuudha</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Aa'ishaa irraa odeeffamee -Rabbiin isii irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Rabbiin biratti akkaan irra jibbamaan namootaa nama falmii gogaa falmuudha".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-  Rabbiin ol ta'e namoota irraa nama falmii jabeessuu fi heddummeessu kan haqa jala butamuu hin qeeballe, falmii isaatiin haqa deebisuu kan yaalu, yookaan haquumaan kan falamu garuu falmii kessatti daangaa darbuun giddu galeessummaa keessaa of baasa, akkasumas beekumsaan maletti kan falamu akka jibbu himani.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Namni miidhame karaa iyyannoo shari'aatiin haqa isaa barbaaduun gosoota falmii jibbamaa keessa hin ssenuudha.
 Falmii fi wol mormiin balaa arrabaa tan adda faca'uu fi muslimoota gidduutti dugda wolitti galuuf sababbaa taatu keessa tokkoodha.
 Falmiin yoo haqa keessattti taatee fi karaa isii bareedaan yoo taate faarfamtuudha, haqa deebisuu fi badii raggaasisuuf yoo taate yookaan ragaan malee yoo taate immoo jibbamtuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Rabbiin biratti Irra jaallatamaan haasaadhaa afuri: Subhaanallaah (Allaahaan qulqullaa'e), Wal hamdu lillaah (faaruun kan Allaahaati), Wa laa ilaaha illallaah (haqaan gabbaramaan Allaaha malee hi jiru), Wallaahu akbar (Allaahaan waa hinda irra guddaadha), kamii isaanitiinuu eegaltu si hin miidhu</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Samuraa ilma Jundub irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Rabbiin biratti Irra jaallatamaan haasaadhaa afuri: Subhaanallaah (Allaahaan qulqullaa'e), Wal hamdu lillaah (faaruun kan Allaahaati), Wa laa ilaaha illallaah (haqaan gabbaramaan Allaaha malee hi jiru), Wallaahu akbar (Allaahaan waa hinda irra guddaadha), kamii isaanitiinuu eegaltu si hin miidhu".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbii ol ta'e biratti irra jaallatamaan haasaadhaa afur akka ta'e ibsani:
 Subhaanallaah: hirdhina hnda irraa Rabbii ol ta'e qulqulleessuu jechuudha.
 Wal hamdu lillaah: Isa jaallachuu fi Isa guddisuu waliin guutummaa hirdhina hin qabneen Rabbiin ibsuudha.
 Wa laa ilaaha illallaah jechuun: haqaan gabbaramaan Allaaha malee hin jiru jechuuudha.
 Wallaahu akbara: Allaaha waan hunda irra ol fuudhamaa, guddaa fi injifataadha jechuudha.
 Sadarkaan isiitii fi mindaan isii argamuuf yeroo isii jennutti tartiibatti isii jechuutti hin haajamu.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Jechootattii kana keessaa kamiinuu eegaluun rakkina kamuu uumuu dhabuun isaa laafina shari'aa agarsiisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra hedduu waan jannata nama seensisuu irraa gaafatamanii, akkas jedhani: "Sodaa Rabbiitii fi haala toluudha</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Abuu hureyraa  irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra hedduu waan jannata nama seensisuu irraa gaafatamanii, akkas jedhani: "Sodaa Rabbiitii fi haala toluudha" akkasumas irra hedduu waan ibidda nama seensisuu irraa gaafatamanii akkas jedhani: "Afaanii fi qaama saalaati".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataafi nageenya isaan irratti haa buusu-irra guddaan sababoota jannata nama seensisanuu sababaa lama jechuudha ibsan, isaanis:
 Sodaa Rabbiitii fi haala toluudha.
 Sodaan Rabbii: gidduu keetii fi gidduu adabbii Rabbiitti gaachana gochuudha, sun immoo ajaja Isaatti hojjachuu fi dhoorgaa Isaa irraa dhoorgamuuni.
 Haala toluun: fuula ifuu, gaarii arjoomuu fi nama azaa gochuu irraa gabaabbachuun ta'a.
 Irra guddaan sababoota ibidda seensisanii lamaadha, isaanis:
 Arrabaa fi qaama saalaati.
 Badii arrabaa irraa: kijiba, komii, namoota wolitti kakaasuuf haasaa olii gadi hafarsuu fi kanneen biros keessatti ni aragamu.
 Badii qaama saalaa irraa: sagaagalummaa, liwaaxaa fi kan biroos keessatti ni aragamu.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Jannata seenuudhaaf sababoota Rabbitti rarra'antu jiru, isaan keessaa: sodaa Isaati, akkasumas sababboota namootatti rarra'antu jiru, isaan keessaa: haala toluudha.
 Hammeenya arrabni abbaa isaa irratti qabuudha, akkasumas inni sababoota ittiin ibidda seenan irraa ta'uudha.
 Hammeenya fedhiinii fi sagaagalummaan ilma namaa irratti qabuudha, akkasumas isaan irra hedduu sababoota ibidda nama seensisan irraa ta'uudha.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[hasan sahiiha]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Saalfiin iimaana irraayi</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abdullaah ilma Umar irraa odeeffamee -Rabbi isaan irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namicha tokko kan saalfii irraa obboleessa isaa gorsuu dhaga'anii, akkas jedhan: "Saalfiin iimaana irraayi".</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namicha tokko kan obboleessa isaa saalfii akka dhiisuuf gorsu dhaga'an! eegasii saalfiin iimaana irraa akka ta'e isaaf ifa galchan, inni toltuun malee hin dhufu.
 Saalfiin waan bareedaa hojjachuu irratti nama kakaaasa, akkasumas waan fokkataa dhiisuu irratti nama kakaasa.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Wanti toltuu hojjachuu irraa si dhoorgu saalfii jedhamee hin waamamu, inumaa sodaa, dadhabbii fi lugnummaa jedhamee waamama.
 Rabbiin irraa saalfachuun waantoota itti ajajaman hojjachuu fi wantoota irraa dhoorgaman dhiisuudhaan ta'a.
 Ummata irraa saalfachuun isaan kabajuu, iddoo isaaniif malu isaaniif kennuu fi aadaatti waan fokkatu irraa fagaachuun ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ</t>
+    <t>الدعاء لا يرد بين الأذان والإقامة</t>
   </si>
   <si>
     <t>Du'aa'in azaanaa fi  iqaamaa jidduutti hin deeffamu</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
   </si>
   <si>
     <t>Anas bin Maalik irraa akka odeeffametti -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni isaan irra haa jiraatuu- akkana jedhan: «Du'aa'in azaanaa fi  iqaamaa jidduutti hin deeffamu».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sadarkaa Du'aa'iin waamicha azaanaa  fi iqaamaa gidduutti godhamu qabu, inni akka hin didamnee fi deebii argachuu akka qabu ibsaniiru, kanaaf yeroo kana keessatti Rabbiin kadhadhaa.</t>
   </si>
   <si>
     <t>فضيلة هذا الوقت للدعاء.
 إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
 قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
 استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
   </si>
   <si>
     <t>Sadarkaa yeroo kana kadhachuun qabuudha.
 Kadhataan naamusa kadhannaa hordofee, bakkoolee isaa fi yeroo isaa kan sadarkaa qabu keessatti yoo kadhate, Rabbiif ajajamuu diduu irraa fagaachuun, waan shakkii qaban keessa akka hin kufne yoo of eegee, Rabbitti yaada yoo tole, fedha Rabbiitin Rabbiin isaaf awwaachuun ni mala.
 Munaawiin waa’ee du'aa'iin qeebalamuu ilaalchisee akkana jedhe: Jechuunis: haal-duree, utubaalee fi naamusaalee kadhannaa erga walitti qabee boodaadha, isaan keessaa tokko yoo hafe ofii isaa malee nama komatu hin qabu.
 Du'aa'iin qeebalamuun: Yookaan kadhannaan isaa isaaf ni ariifata, yookaan hammeenyi walfakkaataan isa irraa ni deebi'a, yookaan immoo aakhiraatti isaaf ol kaayama; Kunis akka ogummaa fi rahmata Rabbiitiini.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5479</t>
   </si>
   <si>
-    <t>اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي</t>
+    <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
   </si>
   <si>
     <t>Yaa Rabbi amantii koo isa eegumsa kiyyaaf ta'e naaf tolchi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan -nagaa fi rahmatni irra haa jiraatu- akkas jedhan: «Yaa Rabbi amantii koo isa eegumsa kiyyaaf ta'e naaf tolchi, Addunyaa koo kan jireenyi koo keessatti ta'us naaf fooyyessi, Aakhiraa koo kan deebiin koo isa keessatti ta'us naaf tolchi, Jireenya koo kan waan gaarii hundumaa irraa keessatti dabaladhu naaf taasisi, Du'aas kan hamtuu hunda irraa itti boqadhu naaf taasisi».</t>
   </si>
   <si>
     <t>دَعَا النبيُّ صلى الله عليه وسلم بِدُعاء جَمَعَ فيه أصولَ مَكارِمِ الأخلاقِ التي بُعِثَ لإتمامها؛ وهي صلاح الدين، والدنيا، والآخرة، فاستقى في هذا اللفظ الوجيز صلاح هذه الجوامع الثلاث، وبدأ بصلاح الدين وبه صلاحُ حالِ الدَّارَين فقال: 
 (اللهم أصلح لي ديني) بأنْ توفقَني للقيام بآدابه على الوجه الأكمل الأتمّ. 
 (الذي هو عصمة أمري) وحافظٌ لجميع أموري، فإنْ فَسَدَ ديني فَسَدت أموري، وخِبْتُ وخَسِرتُ، ولأنه لا يتم صلاح الدين المطلوب إلا بصلاح الدنيا فقال:
 (وأصلح لي دنياي) بإعطائي صحةَ البدن والأمن، والرزق، والزوجة الصالحة، والذرية الطيبة وما أحتاج إليه، ويكون حلالًا، ومُعِيْنًا على طاعتك، ثم ذَكَرَ العُذْرَ في سؤاله إصلاحها؛ بأن قال: 
 (التي فيها معاشي) ومكان عيشي وزَمَنُ حياتي.
 (وأصلح لي آخرتي التي فيها معادي) وعَوْدِيْ إلى لقائك وذلك بصلاح الأعمال، وتوفيق الله للعبد على العبادة والإخلاص، وحسن الخاتمة. 
 ورَتَّبَ صلى الله عليه وسلم الآخرة بعد الدنيا؛ إذ الأُولى هي وسيلة إصلاح الثانية، فمَن استقام في دنياه وِفْقَ مُرَاد الله، استقامت له آخرته وسعد فيها.
 (واجعل الحياة) وطول العمر (زيادة لي في كل خير) أتكثَّر فيها من الأعمال الصالحة، (واجعل الموت) وتعجيلَه (راحة لي من كل شرٍّ) وفتنةٍ ومِحْنَةٍ وابتلاء بمعصية وغفلة، وخلاصًا من مَشَقّة الدنيا وغمومها، وحصول الراحة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- du'aa'ii isa keessatti hundeelee naamusa gaggaarii kan isaan ishee guutuf ergaman walitti qabaniin kadhatan, innis tolina Amantii, tolina addunyaa fi aakhiraati, Jecha gabaabaa kana keessatti tolina wantoota sadan walitti qaboo ta'anii kana dubbatanii, Tolina amantiitin eegalan, tolinni jiruu ganda lameenii isaan argama waan ta'eef, akkana jedhan:
 (Yaa Rabbi amantii koo naaf tolchi) Naamusa isaa haala hunda caalaa fi guutuu ta’een akkan raawwadhu na waffaquun jechuu dha.
 (Isa inni eegumsa dhimma kiyyaa ta'e) akkasumas Dhimma koo hundaaf eegduu kan ta'e, yoo amantiin koo bade dhimmoonni koo ni badan, anis kisaaraa keessa gala, itti aansee tolinni amantii barbaadamaan tolina addunyaatin malee waan hin guutamneef akkana jedhan:
 (Addunyaa koos naaf tolchi) Fayyaa qaamaa, nageenya, jireenya, haadha manaa gaarii, maatii gaarii fi waan na barbaachisu kan halaala ta'ee ibaadaa keetirratti na gargaaru naaf kennuun, Ergasii isa kadhachuu keessatti sababaa dubbachuun, akkas jedhan:
 (Ishee jireenya koo ishee keessatti ta'u), akkasumas bakki jireenya koo fi yeroon jireenya kootii kan ishee keessatti ta'u.
 (Aakhiraa koo kan itti deebi'uuf taa'u naaf tolchi) akkasumas deebii koo kan gara qunnamtii keetitti ta'uuf taa'us naaf tolchi, kun ammoo tolina dalagaa fi Rabbiin gabricha ikhlaasan isa gabbaruuf isa waffaqee khaatimaan toluun mirkanaa'a.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- eega addunyaa dubbatanii Aakhiraa dubbatan; sababni isaas inni jalqabaa mala isa lammaffaa sirreessuu waan ta’eef jecha, Namni akkaataa Rabbiin barbaadutti addunyaan isaaf sirroofte aakhiraan isaas isaaf sirrooftee itti milkaa'a.
 (Jireenya taasisi) akkasumas dheerina umrii, (dabalata kheyrii hundaa) kanan hojii gaggaarii itti baay'ifadhu naaf taasisi, (Du'aas  naaf taasisi) Saffisiisa isas (badii hundarraa boqonnaa) akkasumas Qormaata, rakkina, dilii fi dagannoon mokkoramuu irraas, akkasumas rakkina addunyaa fi dhiphina ishee irraa bilisa ta'ee kan boqonnaan naaf argamu naaf taasisi.</t>
   </si>
   <si>
     <t>الدين أهمُّ شيء؛ لهذا بدأ به النبي صلى الله عليه وسلم بالدعاء.
 الدين عِصْمَةٌ للإنسان يَمْنَعُه من كلّ شرٍّ.
 الدعاء بالأمور الدنيوية من أجل صلاح الدين والآخرة.
 لا يُكرَه تَمَنِّي الموت خوفًا من الفتنة في الدين، أو سؤال الله الموت على الشهادة.</t>
   </si>
   <si>
     <t>Amantiin wanta hunda caalaa barbaachisaa dha; Kanaafi Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- du'aa'ii keessatti isaan eegalan.
 Amantiin nama tokkoof eegumsa badii hunda irraa isa dhoorga.
 Tolina Jiruu addunyaa fi Aakiraatif jecha dhimmoota addunyaa kadhachuun barbaachisaa dha.
 Amantii keessatti fitnaa sodaachuuf jecha du’a hawwuun, ykn shahiidummaa irratti akka du’u Rabbiin kadhachuun hin jibbamuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5482</t>
   </si>
   <si>
-    <t>رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ</t>
+    <t>رب اغفر لي خطيئتي وجهلي، وإسرافي في أمري كله، وما أنت أعلم به مني، اللهم اغفر لي خطاياي، وعمدي وجهلي وهزلي، وكل ذلك عندي، اللهم اغفر لي ما قدمت وما أخرت، وما أسررت وما أعلنت، أنت المقدم وأنت المؤخر، وأنت على كل شيء قدير</t>
   </si>
   <si>
     <t>Yaa Rabbii koo, dilii koo fi wallaalummaa koo naaf dhiisi, dhimma koo hunda keessattis garmalee waa qisaasessuus naaf dhiisi, waan ati ana irraa beektus naaf dhiisi, Yaa Rabbi dilii koo, waan beekaa dalage, waan wallaalummaan dalagee fi qoosaa koo naaf dhiisi, hundi ana bira jira, Yaa Rabbi waan dursee fi waan hafees naaf dhiisi, waan dhoksee dalagee fi ifaatti dalages naaf dhiisi, ati (abbaafeete) dursaa dha, ati (abbaafeete) boodattis hanbisaadha, ati waan hunda irratti danda'aadha</t>
   </si>
   <si>
     <t>عَنِ أَبِي مُوسَى رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ كَانَ يَدْعُو بِهَذَا الدُّعَاءِ: «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ».</t>
   </si>
   <si>
     <t>Abuu Muusaa irraa odeeffame Rabbiin isa irraa haa jaallatu, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- kadhaa kanaan kadhataa turan: «Yaa Rabbii koo, dilii koo fi wallaalummaa koo naaf dhiisi, dhimma koo hunda keessattis garmalee waa qisaasessuus naaf dhiisi, waan ati ana irraa beektus naaf dhiisi, Yaa Rabbi dilii koo, waan beekaa dalage, waan wallaalummaan dalagee fi qoosaa koo naaf dhiisi, hundi ana bira jira, Yaa Rabbi waan dursee fi waan hafees naaf dhiisi, waan dhoksee dalagee fi ifaatti dalages naaf dhiisi, ati (abbaafeete) dursaa dha, ati (abbaafeete) boodattis hanbisaadha, ati waan hunda irratti danda'aadha».</t>
   </si>
   <si>
     <t>كانَ مِن أَدعية النبيِّ صلى الله عليه وسلم الجَامِعة قوله: 
 "رب اغفر لي خطيئتي" وذنبي، "وجهلي" وما وَقَع مِنِّي بدون علم. 
 "وإسرافي في أمري كله" وتقصيري وتَجَاوُزِيْ للحد. 
 "وما أنت أعلم به مني" عَلِمْتَه أنت يا الله ونَسِيْتُه أنا. 
 "اللهم اغفر لي خطاياي وعمدي" وما صَدَر عَن عَمْدٍ مني وعِلْمٍ مني بالذنوب. 
 "وجدي وهزلي" وما صدر عن مُزَاح، وما وَقَع مني في الحالين. 
 "وكل ذلك عندي" حيث جَمَعتْ ما ذُكِرَ من الذنوب والعيوب. 
 "اللهم اغفر لي ما قدمت" فيما مضى، "وما أخرت" فيما سيأتي. 
 "وما أسررت" وأخفيت، "وما أعلنت" وأظهرت. 
 "أنت المقدم وأنت المؤخر" تُقدِّم من تشاء من خلقك إلى رحمتك بتوفيقك لما ترضاه، وأنت تؤخر من تشاء عن ذلك بخذلانك إياه، فلا مُقَدِّمَ لما أخرت، ولا مؤخِّرَ لما قدمت من الأمور. 
 "وأنت على كل شيء قدير" كامل القدرة تام الإرادة، الفعال لكل ما تشاء.</t>
   </si>
   <si>
     <t>Du'aa'ii Nabiyyii -nagaa fi rahmanni irra haa jiraatu- kan waa hedduu walitti qabate keessaa tokko jecha isaanii kana :
@@ -8711,1401 +9270,1549 @@
 "Yaa Rabbi waan dabarsee" fi "waan kana booda hojjadhus" naaf dhiisi.
 “badiin ani dhoksee hojjadhee” fi "badiin ani mul'isee hojjadhe" naaf dhiisi.
 "Ati dursaa dha, ati boodatti hanbisaa dha" Uumama kee irraa abbaa barbaadde waan ofii jalattu isa waffaquun gara rahmata keetitti dursita, abbaa barbaadde immmoo isa xiqqeessuun rahmata kee irraa duubatti harkifta, kanaaf waan ati booddeetti harkifate namni dursa kennuuf hin jiru, wantoota irraa waan ati dursa kenniteef wanni booddeetti isa deebisu hin jiru.
 “Ati waan hundumaa irratti danda'aadha” dandeettii guutuu, fedhii guutu qabda, waan barbaadde akka barbaaddetti hojjatta.</t>
   </si>
   <si>
     <t>فضيلة هذا الدعاء، والحرص عليه اقتداء بالنبي صلى الله عليه وسلم.
 النهي عن الإسراف وأنَّ المسرف مُعَرَّض للعقوبة.
 الله تعالى أعلم بالإنسان من نفسه، فعليه أنْ يُفَوِّض أمرَه إلى الله؛ لأنه قد يخطئ وهو لا يدري.
 الإنسان قد يُؤاخَذ على هَزْلِهِ كما يُؤاخذ على جِدِّه، فيجب على الإنسان أنْ يَحْتَرِس في مُزاحِه.
 قال ابن حجر العسقلاني: لم أَرَ في شيءٍ من طُرُقه محل الدعاء بذلك، وقد وقع معظم آخره… كان يقوله في صلاة الليل، ووقع أيضًا أنه كان يقوله في آخر الصلاة، واختلفت الرواية هل كان يقوله قبل السلام أو بعده؟ بكلامها وَرَدَ.
 هل النبيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يخطئ ليستغفر؟ قيل بأنه قاله متواضعًا وهَضْمًا لنفسه، أو عَدَّ فَواتَ الكمال وترك الأولى ذنوبًا، أو أراد ما كان عن سهو، أو ما كان قبل النبوة، وقيل: الاستغفار تَعَبُّدٌ يجب أتيانه، لا للمغفرة، بل تعبدًا، وقيل: ذلك تنبيه وتعليمٌ لأمته؛ كي لا يأمنوا ويتركوا الاستغفار.</t>
   </si>
   <si>
     <t>sadarkaa du'aa'iin kun qabuu fi Nabiyyiitti -nagaa fi rahmanni irra haa jiraatu- hidhachuuf jecha isatti yaaddahuun barbaachisaa ta'uudha.
 Waa garmalee baasuu irraa dhoorguu fi namni garmalee waa baasu adabbiif akka saaxilamuudha.
 Rabbiin ol tahe ilma namaa lubbuu ofii isaa caalaa akka isa  beekuudha, kanaaf dhimma isaa hunda Rabbiitti hirkifachuudha qaba; sababni isaas inni osoo hin beekin dogoggora raawwachuu danda'a waan ta'eef jecha.
 Namni tokko akkuma dhugaa isaatiif itti gaafatamuu danda’u qoosaa isaatiinis itti gaafatamuu danda’a, kanaaf ilma namaa irratti qoosaa isaa keessatti of eeggannoo gochuun dirqama.
 Ibnu Hajar Al-Asqalaniin akkana jedhe: "sanadoota hadiisni kun ittiin gabaafame keessatti du'aa'iin kun bakka addaa akka qabu ragaa agarsiisu tokkollee hin argine. Du’aa'ii kana irra caalaan salaata halkanii keessatti akka isa jedhaa turan gabaasa biroo keessatti argameera. Xumura salaataa irrattis isa akka jedhaa turan dhufeera, haa ta'uu malee salaamtaan dura ykn booda ta'uu keessatti gabaasaaleen wal dhabaniiru. lamrrnittuu dhufee jira.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dogongoranii araarama kadhatuu laata? Gad of qabuu fi of tuulummaa dhiisuufi jedhame, yookaan immoo guutummaan jalaa dabruu fi waan caalaa dhiisuu akka baditti lakkaa'aniiti, yookaan waan daguun ta’e, ykn waan Nabiyyummaa dura ta’eefi jedhame, Akkasis jedhame: Dhiifama gaafachuun gocha ibaadaa raawwatamuu qabuudha, badiif dhiifama gaafachuu osoo hin taane ibaadaa waan ta'eefi, akkasis jedhame: sun ummata isaanii  dammaqsuu fi barsiisuufi; akka isaan ofitti amananii araarama gaafachuu hin dhiifnef jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5483</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ</t>
+    <t>اللهم إني أسألك العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>Yaa Rabbi addunyaa fi aakhirattis fayyaa si kadhadha</t>
   </si>
   <si>
     <t>عَنِ ابنِ عُمَرَ رضي الله عنهما قَالَ: لَمْ يَكُنْ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدَعُ هَؤُلَاءِ الدَّعَوَاتِ، حِينَ يُمْسِي وَحِينَ يُصْبِحُ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffame -Rabbi isaan lamaan irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -nagaa fi rahmatni irratti haa jiraatu- galgalaa fi ganama du'aa'iilee kanneen hin dhiisan ture: «Yaa Rabbi addunyaa fi aakhirattis fayyaa si kadhadha, Yaa Rabbi dhiifamaa fi fayyaa Amantii koo, addunyaa koo, maatii koo fi qabeenya koo keessatti si kadhadha, yaa Rabbi eybii koo naa sattari, sodaa irraa bilisa na baasi, Yaa Rabbi dura koo, duuba koo, mirga koo, bitaa koo fi gubbaa koo  na tiksi, bakka ani hin beekne irraa balaa natti dhufu irraan sitti maganfadha».</t>
   </si>
   <si>
     <t>لم يَكُن النبيُّ صلى الله عليه وسلم يتركُ هؤلاء الدَّعَوات حين يُمسي وحين يُصبح: 
 (اللهم إني أسألُكَ العافيةَ)، والسلامة من الأسقامَ والبلايا والشدائد الدنيوية، والشهوات والفتن الدينية (في الدنيا والآخرة) العاجلة والآجلة. 
 (اللهمَّ إني أسأَلُكَ العفو) ومَحْوَ الذنوب والتَّجَاوزَ عنها، (والعافيةَ) والسلامة من العيوب، (في دِيني) من الشرك والبدع والمعاصي، (ودنياي) من المصائب والأذى والشرور، (وأهلِي) زوجاتي وأولادي وقرابتي، (ومالي) وأموالي وعملي.
 (اللهم استرْ عَوراتي) وما فيَّ من العيوب والخَلَل والتقصير وامْحُ ذنوبي، (وآمِن رَوْعاتي) وفَزَعي وخوفي. 
 (اللهم احفظْني) وادفع البلاء عني من المؤذِيات والبلاء، (من بين يديَّ ومِن خلفي، وعن يميني وعن شمالي، ومن فوقي) حيث سألَ أنْ يحفظَه الله من جميع الجهات؛ لأن البلايا والآفات إنما تَلْحَق الإنسانَ وتُقبِلُ إليه من إحدى هذه الجهات. 
 (وأعوذُ بعظمتك أن أُغْتَال) وأؤاخَذ بَغْتَة، وأَهْلِكَ غفلةً (من تحتي) فأهلك بالخَسْف.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- du'aa'iilee kanneen galgalaa fi ganama hin dhiisan ture:
 (Yaa Rabbi fayyaa si kadhadha) dhukkuba, gidiraa fi rakkina addunyaa, fedhii garagaraa fi qorumsa amantii (addunyaa fi aakhiraatti) waan ammaa fi yeroo fuulduratti dhufu irraa nagaa ta'uu si kadhadha.
 (Yaa Rabbi dhiifama si kadhadha) dilii haquu fi irra darbuus (Fayyaas) mudaa hunda irraa nagaa ta'uu si kadhadha, (amantii koo keessatti) shirkii, bid'aa fi badii adda addaa irraa nagaa ta'uu, (addunyaa koo keessatti) balaa, miidhaa fi hammeenya hunda irraa nagaa ta'uu, (maatii koo) haadha manaa koo, ijoollee koo fi firoottan koo keessatti nagaa ta'uu, (Qabeenya koo) fi dalagaa koo keessattis nagaa ta'uu si kadhadha.
 (Yaa Rabbi eybii koo naa dhoksi) mudaa fi hanqina natti jiru hundaas, badiilee koo narraa haqi, (sodaa koo irraa bilisa na godhi) naasuu koo fi waan sodaa natti ta'u hunda irraa nagaa na godhi.
 (Yaa Rabbi na eegi) miidhaa garaagaraa fi waan nama cinqu narraa deebisi, (fuuldura koo, duuba koo, mirga koo, bitaa koo, fi gubbaa koo na tiksi) Rabbiin gama hundaan akka isaan eegu gaafatan; Sababni isaas balaa fi rakkoon garaagaraa kallattiilee kanneenin waan ilma namaa mudatuu danda'aniif jecha.
 (Balaan tasaa natti dhufuu irraa guddina keetitin maganfadha) akkasumas tasa qabamee osoo hin beekin baduu irraas, (na jala irraa) dachiin naan kutamtee baduu irraas sitti maganfadha.</t>
   </si>
   <si>
     <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
 الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
 قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
  الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
   </si>
   <si>
     <t>Rasuulatti -nagaa fi rahmanni irra haa jiraatu- hidhachuuf jecha Jechoota kanneen irratti tikfachuun barbaachisaa ta'uudha.
 Akkuma namni tokko amantii keessatti Rabbiin fayyaa  akka kadhatu ajajame, addunyaa keessattis akka fayyaa kadhatu ajajamee jira.
 Xiibiin akkana jedhe: Kallattiiwwan jahan hammateera gidiraan (rakkoon) karaa isaaniin waan dhufaniif jecha. kallattii gara gadii cimsanii wanti ibsaniif rakkoon gara kanaan dhufu caalaa salphisaa waan ta'eef jecha.
 Zikrii ganamaa jechuu keessatti irra caalaan: Fajriin bahuu irraa jalqabee hanga aduun baatutti jalqaba guyyaa keessatti, Asrii booda irraa kaasee hanga osoo aduun hin lixin duratti, sana booda yoo isii jedhe, jechuun: ganama erga bari’ee booda yoo isii jedhe sun isaaf gahaadha, sa’aatii zuhrii booda yoo isii jedhes  isaaf gahaadha, erga aduun lixxee booda yoo jedhes gahaadha, yeroon sun yeroo zikrii itti jedhani.
 Zikriin halkan keessaa yeroo murtaa’e qabaachuu irratti wanni ragaan agarsiise kan akka aayaa lamaan dhuma Suuraa Baqaraaa qara’uu inni halkan erga aduun lixxee booda taha.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[abuudaawud, nasaii, ibnumaajahfii ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5485</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ</t>
+    <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
   </si>
   <si>
     <t>Yaa Rabbi kheyrii hunda si kadhadha, ariifataa fi harkifataa isaa, waan ani beekuf hin beeknes, badii hundumaa irraa sitti maganfadha</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu’mintootaa irraa odeeffame, Rabbiin irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- du'aa'ii kana isii barsiisan: «Yaa Rabbi kheyrii hunda si kadhadha, ariifataa fi harkifataa isaa, waan ani beekuf hin beeknes, badii hundumaa irraa sitti maganfadha, ariifataa fi harkifataa isaa,waan ani beekuf hin beeknes, Yaa Rabbi gaarii waan gabrichi kee fi Nabiyyiin kee si kadhatan si kadhadha, hamtuu gabrichi kee fi Nabiyyiin kee irraa maganfatan irraa sitti maganfadha, Yaa Rabbi jannataa fi jecha ykn gocha irraa waan gara isitti na dhiheessu si kadhadha, Ibiddaa fi jecha ykn gocha irraa  waan gara isitti na dhiheessu irraa sitti maganfadha, Murtoo naaf murteessitu hunda akka gaarii gootu si kadhadha».</t>
   </si>
   <si>
     <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
 الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
 وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
 الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
 الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Aa'ishaa, Rabbiin ishee irraa haa jaallatu, kadhannaa waliigalaa afur barsiisan:
 Inni jalqabaa: waan gaarii hundaaf du'aa'ii waliigalaati: (Yaa Rabbi waan gaarii hunda si kadhadha) (ariifataa isaa) kan yeroo dhiyotti ta'uu fi (boodatti harkifataa isaa) kan yeroo fagootti dhufu si kadhadha, (waan isa baradhe) kan ati na barsiifte fi (waan ani hin beekin) waan beekumsa kee keessa jiru irraa, Ati qulqulloofte. Isa keessatti Raabbii isa Hundumaa beeku, isa gara laafessa ta'etti dhimma ofi hirkifachuutu jira.
 Du'aa'iin lammaffaa: Inni Muslima kadhannaa keessatti daangaa darabuu irraa eeguudha, (Yaa Rabbi si kakadha) si gaafadha, (Waan gabrichi kee fi Nabiyiin kee si gaafate) nagaa fi rahmanni irra haa jiraatuu,(sitti maganfadha) sitti dheessa kooluu gala, (Badii gabrichi kee fi Nabiyyiin kee irraa sitti maganfate irraa) nagaa fi rahmanni irra haa jiraatu, kun du'aa'ii fi gaaffii Rabbiin waan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- isa kadhatan irraa akka kadhataaf kennuuf ta'eedha, osoo waan isaan -nagaa fi rahmanni irra haa jiraatu- kadhatan hin lakkaa'in.
 Du'aa'iin sadaffaa: Jannata seenuu fi ibidda irraa fagaachuu gaafachuu yoo ta'u, inni fedhii Muslima hundaa fi galma hojii isaati: (Yaa Rabbi jannata si kadhadha) ittiin milkaa'uu fi (jecha ykn gocha irraa ta'ee waan itti dhiheessu) kan jaalachiisu kamiyyuu si kadhadha, (ibidda irraa sitti maganfadha) rahmata keetiin yoo tahe malee akka hojii fokkisaa fi badaa keennaatin nagaa irraa bahuun hin jiru, (akkasumas jecha ykn gocha irraa ta'ee waan itti dhiheessu irraas sitti maganfadha) badiiwwan si dallansiisan irraa.
 Du'aa'iin afraffaa: waan Rabbi murteesse jaalachuu kadhachuudha, (Murtee ati naaf murteessite hundumaas akka gaarii naaf gootu si gaafadha) Dhimma Rabbi naaf murteesse hundumaas, gaarii naaf taasisuu kadhadha, kun waan Rabbiin murteesse jaalachuu kadhachuu irraayi.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>Namichi dhimmoota amantii fi addunyaa ilaalchisee maatii isaa waan isaan fayyadu barsiisuudha, akkuma Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Aa'shaa barsiisanitti.
 Muslimni du'aa'ii Nabiyyii irraa nu dhaqqabe, kadhaa waan mara walitti qabu waan ta'eef, sammutti qabachuun irra caalaa dha, nagaa fi rahmanni irra haa jiraatu.
 Ulamaa'onni Hadiisa kana ilaalchisee akkana jedhan: Inni waa’ee gaarii kadhachuu fi badii irraa maganfachuu irratti walitti qabaadha, kanaaf inni jechoota walitti qaboo ta'an kan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- isaan kennaman irraayi.
 Booda rahmata Rabbiitii Jannata seenuuf sababoota nama gargaaran keessaa: gochoota fi jechoota gaariidha.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5487</t>
   </si>
   <si>
-    <t>اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ</t>
+    <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>Yaa Rabbi, qananiin kee baduu irraa, fayyaan jijjiiramuu irraa, balaa tasaa fi dallansuu kee hundumaa irraa sitti maganfadha</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>Abdullaah bin Umar irraa odeeffame Rabbiin isaan lamaan irraa haa jaallatu akkana jedhe: Du'aa'ii Ergamaa Rabbii keessaa tokko kana ture, nagaa fi rahmanni irra haa jiraatu: «Yaa Rabbi, qananiin kee baduu irraa, fayyaan jijjiiramuu irraa, balaa tasaa fi dallansuu kee hundumaa irraa sitti maganfadha».</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- waan afur irraa maganfatan:
 Inni duraa: (Yaa Rabbi baduu qananii kee irraa sitti maganfadha) kan amantii fi kan addunyaa, akkasumas Islaamummaa irratti ragga'ee, dilii qananii nama irraa ooftu keessatti kufuu irraa fagaachuu si kadhadha.
 Inni lammaffaan: (fayyaan jijjiiramuu) gara balaatti ishee jijjiiruu irraa sitti maganfadha; Fayyaa itti fufiinsa qabuu fi dhukkubbii fi dhukkuboota adda addaa irraa nagaa ta'uu si kadhadha.
 Sadaffaan: (balaa tasaa irraa)  dhiphina ykn balaa garagaraa irraa sitti maganfadha, balaan akkasii sun tasa yoo dhufte, yeroon tawbaa fi sirreeffamaaf qophaa'an hin jiru, haala kanatti immoo balaan sun daran cimaa fi irra hamaa ta’a.
 Afraffaan: (dallansuu kee hundumaa) fi sababoota dheekkamsa kee fidan irraa sitti maganfadha; namni ati itti dallante badee hoongahe.
 Ergamaan -nagaa fi rahmanni irra haa  jiraatu- jecha dachaa waa hunda walittii qabatu fayyadaman; jechoota, gochoota fi amantiilee irraa sababoota dheekkamsa Isaa -Inni qulqullaa'e ol ta'e- hunda akka hammatuuf jecha.</t>
   </si>
   <si>
     <t>افتقار النبيِّ صلى الله عليه وسلم إلى الله تعالى.
 تضمّنت هذه الاستعاذة المباركة: التوفيق لشكر النِّعم، والحفظ من الوقوع في المعاصي؛ لأنها تزيل النعم.
 الحرص عن الابتعاد عن مواضع سَخَطِ الله تعالى.
 استعاذ صلى الله عليه وسلم من فجأة نقمة الله تعالى؛ لأنه إذا انتقم من العبد فقد أَحَلَّ به من البلاء ما لا يَقدِر على دفعه، ولا يُستدفع بسائر المخلوقين، وإن اجتمعوا جميعًا.
 استعاذ صلى الله عليه وسلم من تحول عافيته سبحانه؛ لأنه إذا كان قد اختصَّه الله بعافيته، فقد ظفر بخير الدارين، فإن تحولت عنه فقد أصيب بشر الدارين، فإن العافية بها صلاح الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- gara Rabbii ol ta'etii akka haajamaniidha.
 Maganfachuun barakaa kun wantoota akka: qananiif galata galchuu irratti milkaa’ina argachuu fi qananii waan nama irraa deemsisuuf jecha dilii keessatti akka hin kufne eegumsa qabaachuu of keessatti hammateera.
 Eddoo Rabbiin itti dallanu irraa fagaachuu irratti bololuudha.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dheekkamsi Rabbii ol ta'ee akka tasa itti hin dhufne maganfatan; Sababni isaas Rabbiin yoo gabricha irraa haaloo ba’e balaa inni ofirraa deebisuu hin dandeenye, akkasumas osoo hundi isaanii walitti qabamanillee kan uumamtoota hafaniin isa deebisuun hin danda'amne dhugumatti waan irra kaa'uf jecha.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- fayyaan Rabbiin ol ta'e isaanif kenne akka gara waan biratti hin jijjiiramne maganfatan; Sababni isaas, Rabbiin fayyaa yoo namaaf kenne, namni sun dhugumatti kheyrii ganda lameenii argateera, yoo fayyaan irraa fuudhamte immoo dhugumatti sharriin ganda lameenii isa mudateera, fayyaan tolina diini fi duuniyaa waan ta'eef jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5488</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ</t>
+    <t>اللهم إني أعوذ بك من غلبة الدين، وغلبة العدو، وشماتة الأعداء</t>
   </si>
   <si>
     <t>Yaa Rabbi! liqaan moo’amuu , diinaan moo’amuu fi diinni namatti gammaduu irraa sitti maganfadha</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَدْعُو بِهَؤُلَاءِ الْكَلِمَاتِ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ».</t>
   </si>
   <si>
     <t>Abdullaah bin Amrii bin Al-Aas irraa odeeffamee -Rabbi isaan lamaan irraa haa jaallatu- Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- jechoota kanneenin kadhataa turan: «Yaa Rabbi! liqaan moo’amuu , diinaan moo’amuu fi diinni namatti gammaduu irraa sitti maganfadha».</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم من أمور: 
 الأول: (اللهم إني أعوذ) وألجأ وأَلُوْذُ (بك) لا بغيرِك، (من غلبة الدَّين) وقهره وهمِّه وكَرْبِه، وأسألك الإعانة على قضائه وسداده. 
 الثاني: (وغلبة العدو) وقهره وتَسَلُّطه، وأسألك كَفَّ أذاه، والانتصارَ عليه. 
 الثالث: (وشماتة الأعداء) وفَرَحِهم بما يُصيب المسلمين من بلاء ومصيبة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- wantoota armaan gadii irraa maganfatan:
 Tokkoffaa: (Yaa Rabbi! ani sitti maganfadha) kooluu barbaada, (sitti) si malee kan biraatin hin maganfadhu (liqaan moo’amuu)  cunqursaa, yaaddoo fi dhiphina isaa irraa, akkasumas liqaa kana kaffaluuf akka na gargaartu si gaafadha.
 Lammaffaa: (diinaan moo’amuu) cunqursaa fi ol’aantummaa agarsiisuu isaa irraa sitti magnfadha, akkasumas miidhaa isaa akka narraa qabdee, kan isa moo'adhu akka na taasistu si kadhadha.
 Sadaffaa: (Diinni namatti gammaduu) balaa fi rakkoo Muslimtoota mudatutti gammaduu isaanii irraa sitti maganfadha.</t>
   </si>
   <si>
     <t>الحث على التعوذ بالله من كلِّ ما يَشغل عن الطاعة ويَجلب الهموم كالدَّيْن وغيره.
 مطلق الدَّيْن لا حَرَجَ فيه، إنما الحَرَجُ فيمَن ليس لديه وفاءٌ للدَّين، وهذا هو الدَّيْن الغالِب.
 الإنسان عليه أنْ يَتَجنَّبَ الأمور التي يُشْمَتُ بها ويُعاب فيها.
 بيان عداوة الكفار للمؤمنين وشماتهم بهم عند حلول المصائب.
 إظهار الأعداء فرحَهم بِبَلِيَّة الإنسان يَشتدُّ على الإنسان من نفس البلية.</t>
   </si>
   <si>
     <t>Waan Rabbiif ajajamuu irraa yaada namaa hihhiruu fi yaaddoo fidu kan akka liqaa fi kan biroo hunda irraa maganfachuu irratti kakaasuudha.
 Liqaa fudhatuun rakkoo hin qabu, garuu rakkoon nama liqaa hin deebisne bira jira, isa kana liqaa nama moo'atu jechuun.
 Namni tokko wantoota namni itti gammaduu fi qeeqamu irraa fagaachuu qaba.
 Diinummaa kaafiroonni mu'umintootaf qabanii fi yeroo balaan isaan mudatu isaanitti gammaduu isaanii ibsuudha.
 Diinonni balaa namatti dhufutti gammachuu mul'isuu isaanitu balaa nama mudatu irra namatti ulfaata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5489</t>
   </si>
   <si>
-    <t>اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ</t>
+    <t>اللهم بك أصبحنا، وبك أمسينا، وبك نحيا، وبك نموت، وإليك النشور</t>
   </si>
   <si>
     <t>Yaa Rabbi siin bariisifanne, siin galgaleefanne, siin jiraanna, siin duuna, deebiin garuma keeti</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّهُ كَانَ يَقُولُ إِذَا أَصْبَحَ: «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» وَإِذَا أَمْسَى قَالَ: «بِكَ أَمْسَيْنَا، وَبِكَ أَصْبَحْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» قَالَ: وَمَرَّةً أُخْرَى: «وَإِلَيْكَ الْمَصِيرُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin irraa haa jaallatu-  Nabiyyiin -nagaa fi rahmatni irra haa jiraatu-: Ganama Ganama akkas jedhan ture: «Yaa Rabbi siin bariisifanne, siin galgaleefanne, siin jiraanna, siin duuna, deebiin garuma keeti» yeroo galgalaa immoo akkana jedhan: «Yaa Rabbi siin galgaleefanne, siin bariisifanne,  siin jiraanna, siin duuna, deebiin garuma keeti» yeroo tokko immoo akkas jedhan: «Deebin garuma keeti».</t>
   </si>
   <si>
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo jalqaba guyyaa isaanif bari'e akkana kan jedhan ta'an:
 (Yaa Rabbi siin bariisifanne) eegumsa kee keessa jiraataa, qananii kee keessatti cuuphamaa, zikrii kee irratti bobba’aa, maqaa keetin gargaarsifataa, towfiiqa keetiin hammatamaa, malaa fi humna keetiin sochoo’aa, (siin galgaleefanne, siin jiraanna, siin duuna) galgala jedhamuu waliin akkuma jechota armaan duraa fakkaata, ni jedhan: siin galgaleeffanne, maqaa kee isa jiraachisaa ta'een jiraanna, maqaa kee isa ajjeesaa ta'een immoo ni duuna, (garuma kee deebina) Du’a booda ka’uu, walitti qabamuu booda addaan bahuu,, haalli keenya yeroo hundumaa haala kanaan itti fufa, haalota hafan gonkumaa irraa hin fagaadhus hin dhiisus.
 Yeroo galgala ga’anis asrii booda irraa kaasanii akkana jedhan: (Yaa Rabbi siin galgaleefanne, siin bariisifanne, siin jiraanna, siin duuna, garuma kee deebina) Deebi'uun addunyaa tana keessatti, gara dhumaatti deebi'uunis, simatu na jiraachisa, simatu na ajjeesa.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- hidhachuuf jecha du'aa'ii kana ganamaa fi galgala jechuun jaalatamaa ta'uudha.
 Gabrichi haalaa fi yeroo isaa hunda keessatti Gooftaa isaa Rabbitti haajamaa ta'uudha.
 Zikriiwwan qara'uu keessatti caalaan, ganama jalqaba guyyaa keessatti barii irraa kaasee hanga aduun baatutti, Asrii booda irraa kaasee hanga osoo aduun hin lixin duraati, ganama erga bari'ee booda yoo jedhe ni danda'a. yoo zuhrii booda jedhes ni danda'a, yoo salaata magribaa booda jedhes ni danda'a, suni yeroo zikriiti.
 Yeroo ganamaa "Wa ileyka al-nushuur" jechuun, kun yeroo namoonni du'anii guyyaa qiyaamaa kaafaman isa yaadachiisa, kun du’aa ka’uu haaraa dha, guyyaa haaraa lubbuun isa keessatti namatti deebitu, kan namoonni isa keessatti faffaca'an, ganamni haaraan Rabbiin isa uume kun hafuura baafata, Ilma Aadam irratti ragaa ta’uuf, yeroo fi waqtiin isaa hojii keenyaaf kuusaa ta’a.
 Yeroo galgalaa "Wa ileyka al-masiir" jechuun, yeroo namoonni hojiilee isaanitii fi jiruu jireenya isaanitiif faffaca'iinsa isaanii irraa deebi'ani, gara manneen isaanii deebi'ani, erga gar gar bahanii booda gara boqonnaatti deebi'ani, kun gara Rabbii ol ta'ee guyyaa qiyaamaa deebi'uu yaadachiisa.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5490</t>
   </si>
   <si>
-    <t>الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ،</t>
+    <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>“Mu'uminni cimaatu Rabbiin biratti mu'umina laafaa irra caala, irra jaallatamaasi, haa jennuu malee hunduma keessa kheyriin ni jira,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: “Mu'uminni cimaatu Rabbiin biratti mu'umina laafaa irra caala, irra jaallatamaasi, haa jennuu malee hunduma keessa kheyriin ni jira, waan si fayyadu irratti bololi, Rabbiin gargaarsifadhu malee hin dadhabin, wanti ati hin jaallanne wahii yoo si mudate, osoon akkasii fi akkas godhee silaa akkasii fi akkas ta’a ture hin jedhin, Garuu akkas jedhi: Rabbiin waan fedhe dabarse, wahuma fedhe hojjate, sababni isaas (osoon) hojii sheyxaanaa waan namatti bantuuf jecha".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- namni mu'uminaa hunduu gaarii akka ta’e ibsan, garuu mu’umina amantii, murannoo, qabeenya isaati fi karoowwan ciminaa irraa waan biroo keessatti cimaa taheetu Rabbiin biratti mu'umina laafaa irra caala irra jaallatamaasi. Eegasii Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- dhimmoota addunyaa fi Aakhiraa irraa waan isa fayyadu keessatti Rabbirratti hirkatee Isaan gargaarsifachaa sababowwan geessuudha mu'uminaaf dhaaman. Eegasii nagaa fi rahmanni isaan irratti haa jiraatuu waan biyya lamaanitti nama fayyadu irraa dadhabuu fi ceem'uu irraa dhoogan. Rabbiin gargaarsifatee mu'uminni ciminaan yoo hojjete, sababootas yoo geesse, kheyrii Rabbiin irraa yoo barbaade, booda kanaatii dhimma isaa hunda Rabbitti hirkisuu yoo ta'e malee homaa isa irra hin jiru, filannoon Rabbii ol ta'ee isaaf gaarii ta’uu isaa beekuudha qaba, Sana booda balaan yoo isa mudate akkas jechuu hin qabu: “Osoon ani hojjedhee silaa akkasii fi akkas ta’a ture”; “Sababni isaas (osoo) jechuun hojii sheyxaanaa waan namatti bantuuf jecha” sun qadara mormuu fi waan darbeef boo’uu keessatti muldhata, garuu harka kennachuu fi jaalalaan akkas jedha: “Rabbiin waan fedhe dabarse,  waan fedhes hojjete". Wanti ta’e hundinuu fedha Rabbiitini, sababni isaas Inni waan barbaade hojjeta, wanni murtee Isaa deebisuu fi dura dhaabbatu hin jiru waan ta'eef jecha.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Namoonni iimaana keessatti wal caaluudha.
 Dalagaa keessatti ciminni barbaadamuudha; sababni isaas faayidaa dadhabbiin hin argamneetu ciminaan argama waan ta'eef jecha.
 Namni waan isa fayyadu irratti bololee, waan isa hin fayyanne immoo dhiisuutu barbaachisaadha.
 Mu'uminni dhimmoota isaa hundumaa keessatti gargaarsa Rabbii barbaaduun isa irratti dirqama, ofitti hirkachuu hin qabu.
 Qadaa fi qadara mirkaneessuudha, innis sababoowwan geessuu fi kheyrii barbaaduu keessatti tattaafachuu wajjiin kan wal hin faallessine ta'uudha.
 Yeroo balaan mudatu aarii irraa kan ka’een “osoo” jechuu irraa dhoorguudha, akkasumas murtee Rabbii ol ta'ee mormuun haraama ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5493</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Du'aa'iin (kadhaan) inni ibaadaadha</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Nu'umaan ilma bashiir irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Du'aa'iin (kadhaan) inni ibaadaadha", eegasii Aayaa qur'aanaa tan hiikkaan isii akkas jedhu qara'ani: "Rabbiin keessan ni jedhe: na kadhaa isiniifan owwaadhaa, dhugumatti isaan ana gabbaruu irraa boonan, salphattoota ta'anii, jahannam seenuuf jiru".[Gaafir: 60]</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- du'aa'iin ibaadaa akka ta'e himani, du'aa'ii gaafannaa fi barbaachaas ta'ee, waan isa fayyaduu fi waan duuniyaa fi aakhiraatti isa miidhu isa irraa deebisu Rabbiin gaafachuufaa yookaan du'aa'ii ibaadaas ta'ee, isiin hunda jechootaa fi hojiiwwan mullataa fi dhokataa Rabbiin jaallatuudha, ibaadaa qalbiis ta'ee yookaan kan qaamaa yookaan kan qabeenyaas dirqamni jiru hundi isaatuu Rabbiif qulqulluu ta'uu qaba.
 Eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sana irratti Rabbiin akkas jedhe jechuun ragaa dhiheeffatani: "Na kadhaa" isiniifan owwaadhaa, dhugumatti isaan ana gabbaruu irraa boonan, salphattoota ta'anii, jahannam seenuuf jiru".</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Du'aa'iin bu'uura ibaadaati, Rabbiin malee waan jiruuf dabarsanii kennuun hin ta'u.
 Du'aa'iin gabbarummaa dhugaa fi durummaa Rabbii ol ta'ee, dandeettii Isaatii fi gabrichi Isatti haajamaa ta'uu isaa raggaasisuu of keessatti qabata.
 Sodaachisa jabaa mindaa ibaadaa Rabbii irraa boonuu fi Isa kadhachuu dhiisuu qabuudha, akkasumas isaan kadhaa Rabbii irraa boonan salphatoo xinnaatoo ta'anii jahannama akka seenuuf jiranuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Irra baay'een du'aa'ii Nabiyyii -nagaa fi rahmnni isaan irratti haa jiraatu- akkana jechuudha ture: "Yaa Rabbii keenya duniyaa irratti waan gaarii nuuf kenni, Aakhirattis waan gaarii nuuf kenni, azaaba ibiddaa irraas nu tiksi</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Anas irraa odeefamee -Rabbiin isa irraa haa jaallatu- akkas jedhe: Irra baay'een du'aa'ii Nabiyyii -nagaa fi rahmnni isaan irratti haa jiraatu- akkana jechuudha ture: "Yaa Rabbii keenya duniyaa irratti waan gaarii nuuf kenni, Aakhirattis waan gaarii nuuf kenni, azaaba ibiddaa irraas nu tiksi".</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- du'aa'ii yeroo tokkotti waa hedduu of keessatti qabatuun kadhannaa kan baay'isan turan, sana keessaa: "Yaa Rabbii keenya duniyaa irratti waan gaarii nuuf kenni, Aakhirattis waan gaarii nuuf kenni, azaaba ibiddaa irraas nu tiksi" jechuudha. Du'aa'in kun gaarummaa addunyaa kan akka rizqii bareedduu, bal’aa halaal, haadha manaa gaarii, ilmoo ijji itti gammaddu, beekumsa faayidaa qabu, hojii gaarii, fi wantoota hawwataa fi hayyamaman biroo of keessatti hammata, akkasumas tolina aakhiraa, adabbii qabrii, fi ibidda jahannam irraa bilisa ta’uu, jaalala Rabbii argachuu, qananii dhaabbataa ta'een milkaa'u fi Rabbii rahmata guddaa qabutti dhihaachuudha of keessatti hammata.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Nabiyyii -nagaa fi rahmanni isaan irratti haa jiraatu- fakkeenyummaan hordofuuf jecha, du'aa'ii hunda galeessa fayyadamuun jaallatamaa ta'uudha.
 Namni yeroo du'aa'ii godhatu du'aa'ii isaa keessatti kheyrii addunyaa fi Aakhiraa walitti qabee kadhachuun caalaatti kadhannaa isaa guutuu taasisa.
 ​</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5502</t>
   </si>
   <si>
-    <t>سَيِّدُ الِاسْتِغْفَارِ</t>
+    <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>“Gooftaan istighfaaraa</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>Shaddaad bin Aowsi irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -nagaa fi rahmanni irra haa jiraatuu- ni jedhan: “Gooftaan istighfaaraa ati akkas jechuudha: Yaa Rabbi Ati Gooftaa kooti si malee haqaan gabbaramaan hin jiru, situ na uume ani gabricha keeti, hamman danda'een ahdii keeti fi waadaa kee irra jira, hamtuu waanan hojjedhe irraa sitti maganfadha, qananii ati na irratti oolte siif raggaasisa, dilii koos siif raggaasisa, kanaaf naaf araarami, si malee kan namaa araaramu hin jiru", ni jedhani: "Namni isii dhugoomsaa haala ta'een guyyaa keessatti isii jedhee, osoo hin galgalaayin du’e, inni warra jannataa irraayi, namni isii dhugoomsaa haala ta'een halkan keessatti isii jedhee, osoo hin bari'in du’e, inni warra jannataa irraayi".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatuu- istigاfaaraf jechoonni hedduun akka jiranii fi isaan keessaa inni irra caala fi irra guddaan gabrichi akkas jechuu akka ta’e himan: "Yaa Rabbi Ati Gooftaa kooti si malee haqaan gabbaramaan  hin jiru, situ na uume ani gabricha keeti, hamman danda'een ahdii kee fi waadaa kee irra jira, hamtuu waanan hojjedhe irraa sitti maganfadha, qananii ati na irratti oolte siif raggaasisa, dilii koos siif raggaasisa, kanaaf naaf araarami, si malee inni dilii araaramu hin jiru". Garbichi dursee Rabbiif tokkichummaa ni amana, akkasumas Rabbiin uumaa isaati fi gabbaramaa isaa kan hiriyaa hin qabne ta'uu fi innis akka dandeettii isaatin Isatti amanuu fi Isa tole jechuu irraa waan Rabbii ol ta'eef waadaa gale irra akka jiru ni amana; sababni isaas gabrichi hanga fedhe yoo Rabbiin gabbareeyyuu hunda waan Rabbiin isa itti ajajee fi qananii irratti Rabbiin galateeffachuu irraa waan dirqama ta'e raawwachuu waan hin dandeenyef jecha, akkasumas inni gara Rabbitti hirkatee, Isa irraa tika akka barbaadu amanuudha qaba; sababni isaas Inni dhugumatti sharrii gabrichi hojjate irraa kan itti maganfatamu waan ta'eef jecha, Akkasumas gabrichi qananii Rabbiin isaaf godhe beekee, badii fi yakka isaatin gara ofitti deebi'uudha qaba,
 ​ Rabbitti waywaatuu kana booda, irra darbuu Isaati fi tola Isaatin akkasumas rahmata Isaatin badiiwwan isaa akka Rabbiin isaaf dhoksee rakkinoota isii irraa isa tiksu Rabbii isaa kadhata; sababni isaas Rabbii ol ta'e malee kan badiiwwan namaaf dhiisu waan hin jirreef jecha. Ergasii Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- zikriin kun zikrii ganamaa fi galgalaa keessaa tokko ta’uu isaa himan, namni mirkaneeffatee isa jedhe, hiika isaas of dura qabee itti amanee jalqaba guyyaa isaa irratti, inni yeroo bahiisa aduuti fi jallatiinsa isii giddutti jiruudha, kunis yeroo guyyaati, eegasii du'ee jannata ni seena, Namni halkan keessatti isa jedhee, innis aduun lixxee hanga bari’utti, eegasii osoo hin bari'in du’e, Jannata ni seena.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Akkaataan istighfaara itti godhan kan wal dhabu yoo ta’u, gariin isaa garii irra kan caalu ta'uudha.
 Gabrichi kadhannaa kanaan Rabbiin kadhachuun futunuu qaba; Sababni isaas inni gooftaa Rabbiin irra dhiifama barbaaduu waan ta’eef.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5503</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
+  </si>
+  <si>
+    <t>Adaraa dhugaa qabadhaa, dhugaan gara toltuutti qajeelcha, toltuun immoo gara jannataatti qajeelcha waan ta'eef</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu mas'uud irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Adaraa dhugaa qabadhaa, dhugaan gara toltuutti qajeelcha, toltuun immoo gara jannataatti qajeelcha waan ta'eef, hanga Rabbiin biratti akkaan dhugaa dubbataa jedhamee barraa'utti namichi dhugaa dubbachuu fi dhugaa barbaaduu irraa boodatti hin jedhu, adaraa soba irraa of eeggadhaa, sobni gara jal'inaatti qajeelcha, jal'inni immoo gara ibiddaatti qajeelcha waan ta'eef, hanga akkaan sobaa jedhamee Rabbiin biratti barraa'utti namichi sobuu fi soba barbaaduu irraa boodatti hin jedhu».</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
+ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhugaatti ajajanii, dhugaa aadeffachuun gara hojii gaarii itti fufaa ta'etti akka geessu himani, namni yeroo hundaa hojii toltuu irratti jiraatu nama isa hojjatu jannatatti qaqqabsiisa, iccitii fi ifa ba'aattis dhugaan isa irraa mul'atuu irraa hin deebi'u, isaan maqaa dhugaa dubbataa jedhu haqa godhata; inni dhugummaa keessatti daangaa darbuudha, eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sobaa fi jecha dharaa irraa sodaachisani; inni ragga'anii dhaabbachuu irraa dabuu fi hamtuu, yakkaa fi badii hojjaachuutti waan nama geessuuf jecha, eegasii ibbiddatti isa qaqqabsiisa, Rabbiin biratti sobaa jedhamee hanga barraa'utti soba heddummeessuu irraa boodatti hin jedhu.</t>
+  </si>
+  <si>
+    <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
+الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
+الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
+  </si>
+  <si>
+    <t>Dhugaa dubbachuun haala bareedaa carraaqqii fi qabsoon argamuudha, namichi dhugaa dubbachuu fi dhugaa barbaaduu irraa boodatti hin jedhu hanga dhugaan barmaatilee fi haala uumamaa isaaf ta'utti, Rabbiin biratti immoo dhugaa dubbattootaa fi worra gaggaarii keessatti barraa'a.
+Sobni haala jibbamaa kan namni sobu yeroo hedduu isa shaakaluu fi jechaa fi hojiin isa barbaaduu irraa kan ka'een isa argatuudha, hanga haalaa fi barmaatilee isaaf ta'utti, eegasii Rabbiin biratti sobdoota keessatti barraa'a.
+Dhugaa jechi jedhu arrabni dhugaa dubbachuu jechuutu itti fedhama, inni faallaa sobaati, akkasuma yaada keessatti dhugoomuudha, inn ikhlaasa irraa lakkaawama, akkasuma toltuu yaade keessatti murannoon dhugoomuu fi hojii keessatti dhugoomuudha, irra gadi aanaan isaa keessoon isaatii fi bakkeen isaa tokko ta'uudha, akkasuma haala adda addaa keessatti dhugoomuudha, akka yeroo sodaa, kajeellaa fi kan biroo keessatti dhugoomuufaa, namni haala sana yookaan garii isaa uffate dhugaa dubbataa irraa ta'a.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/5504</t>
+  </si>
+  <si>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Jechoota lama kan arraba irratti laafoo ta'an, miizaana irratti ulfaatoo ta'an, Rahmaaniin biratti jaallatamoo ta'an</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Jechoota lama kan arraba irratti laafoo ta'an, miizaana irratti ulfaatoo ta'an, Rahmaaniin biratti jaallatamoo ta'an: Subhaanallaahil Aziim, Subhaanallaahi wa bihamdih".</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jechoota lama kan ilmi namaa rakkoo tokko malee haala kamuu keessatti isaan dubbachuu akka danda'u, mindaan isaanii immoo miizaana irratti dhugumatti guddaa akka ta'ee fi Rabbiin keenya Rahmaan kan isaan jaallatu ta'uudha himan.
 Subhaanallaahi al-aziimii fi subhaanallaahi wa bihamdihii jechuudha, Rabbiin guddinaa fi guutummaan wassafuu fi hirdhina irraa Isa qulqulleessuu waan of keesssatti qabataniif jechaadha.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Irra jabaan zikrii Rabbiin qulqulleessuu fi Isa faarsuun isa keessatti walitti qabamuudha.
 Bal'ina rahmata Rabbiin gabroota Isaatiif qabu ibsuudha, Inni hojii muraasa irratti mindaa guddaa namaaf deebisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Du'aa'ii caalaa wanti Rabbii ol ta'e biratti irra kabajamu hin jiru</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-ni jedhani: "Du'aa'ii caalaa wanti Rabbii ol ta'e biratti irra kabajamu hin jiru".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhugumatti ibaadaa keessaa Rabbiin biratti wanti du'aa'ii caaluu  akka hin jirre ifa galchani; waan isa keessa durummaa Rabbbii ol ta'ee fi dadhabbii gabrichaa mirkaneessuun jiruuf jecha.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Sadarkaa du'aa'iin qabuudha, dhugumatti namni Rabbiin kadhate Isa guddiseera, akkasumas akka Inni dureessa ta'e Isaaf mirkaneessaa jira, rakkataan hin kadhatamu, Inni dhagahaadha duudaan hin kadhatamu, Inni arjaadha donni hin kadhatamu, Inni mararfataadha gara jabeessi hin kadhatamu, Inni danda'aadha dadhabaan hin kadhatamu, Inni dhihoodha fagaataan hin dhagahu, wanni biroos kan sifaata guddinaa fi bareedinaa Rabbii ol ta'ee irraa ta'e akkasuma.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Sadaqaan qabeenya kamuu irraa hin hir'ifne, Rabbiin garbicha tokkoof dhiifama gochuu isaatiif injifannoo malee homaa hin daballe, namni tokkoyyuu Rabbiif jecha gad of qabee Rabbiin ol isa fuudhu malee hin hafu</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Sadaqaan qabeenya kamuu irraa hin hir'ifne, Rabbiin garbicha tokkoof dhiifama gochuu isaatiif injifannoo malee homaa hin daballe, namni tokkoyyuu Rabbiif jecha gad of qabee Rabbiin ol isa fuudhu malee hin hafu".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sadaqaan qabeenya akka hin hir'ifne ifa galchani, inumaayyuu balaa abbaa isii irraa ittifti, Rabbiin abbaa isiitiif toltuu guddaadhaan bakka buusa, kanaafuu hir'ina osoo hin taane dabalata taati.
 Haaloo ba'uu danda'uu waliin yookaan abbaa isaa adabuu danda'uu waliin dhiifama gochuun humnaa fi injifannoo malee homaa hin dabalu.
 Namni tokkoyyuu sodaaf, fakkeessaa fi bu'aa wohii irraa barbaaduuf kan hin taane fuula Rabbiitiif jecha of gadi qabee of xinneesse taanaan, mindaan isaa olaantummaa fi kabajaa ta'u malee hin hafu.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Toltuu fi milkiin shari'aa hojii irra oolchuu fi khayrii hojjachuun argama, namni gariin faallaa kanaatiin argama jedhee yaadullee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Namni kabajaa obboleessa isaa irraa ittise Rabbiin guyyaa qiyaamaatti fuula isaa irraa ibidda deebisa</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Abu Addardaa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Namni kabajaa obboleessa isaa irraa ittise Rabbiin guyyaa qiyaamaatti fuula isaa irraa ibidda deebisa".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isa arrabsuu fi yookaan isatti hamtuu hojjachuu dhoorguun namni kabajaa obboleessa isaa muslimaa irraa bakka inni hin jirretti ittise, Rabbiin guyyaa qiyaamaatti adabbii isa irraa ittisa.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Kabajaa muslimootaa tuquu irraa dhoorguudha.
 Mindaan fakkaataa hojiiti, namni kabajaa obboleessa isaa irraa ittise Rabbiin ibidda isa irraa ittisa.
 Islaamummaan amantaa gidduu hordoftoota isaatti obbolummaa fi woliif tumsuu jabeessudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Namni Subhaanallaahi Wobihamdih, guyyaa keessa yeroo dhibba tokko jedhe, akka oomacha bahraa yoo ta'ellee badiin isaa isarraa haqamti</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: «Namni Subhaanallaahi Wobihamdih, guyyaa keessa yeroo dhibba tokko jedhe, akka oomacha bahraa yoo ta'ellee badiin isaa isarraa haqamti».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni guyyaa tokko keessatti yeroo dhibba tokko «Subhaan Allaah Wobihamdih» jedhe, badiin isaa isa irraa haqamtee akka isaaf dhiifamtu himani, osoma akka oomacha adii yeroo guuboon ka'u bahra irratti ol ta'uutti yoo heddummaatellee.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Mindaan kun nama guyyaa tokko keessatti itti fufiinsaanis ta'ee yookaan adda babaasee jedheef argama.
 Tasbiiha jechuun: inni hirdhina irraa Rabbiin qulqulleessuudha,  Hamdiin(Faaruun): jaallachuu fi isa guddisuu woliin guutummaan isa ibsuudha.
 Hadiisichaan kan itti fedhame badii xixiqqoo haquudha, badiin gurguddoon immoo tawbaan isheef dirqama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>Namni yeroo kudhaniif "Laa ilaaha illallaahu Wahdahuu Laa Shariika lahuu, Lahul mulku Walahul hamdu wahuwa Alaa kulli shay'in Qadiir" jedhe</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Abuu Ayyuub irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni yeroo kudhaniif "Laa ilaaha illallaahu Wahdahuu Laa Shariika lahuu, Lahul mulku Walahul hamdu wahuwa Alaa kulli shay'in Qadiir" jedhe ilmaan Ismaa'il irraa akka nama lubbuu afur bilisa baaseeti».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Nabiyyiin akkas jechuun himani -Rabbii rahmataa fi nageenya isaan irratti haa buusu- «namni Laa ilaaha illallaahu Wahdahuu Laa Shariika Lahuu, Lahul mulku, Wolahu hamdu, Wahuwa Alaa Kulli Shay'in Qadiir» (haqaan gabbaramaan Rabbii tokkicha malee hin jiru, mootummaan guutuunis kanuma isaa qofa, faaruun gaariinis kanuma isaa qofa, inni waan hundaa irratti danda'aadha homaa isa hin dadhabsiisu, jedhe. namni zikrii guddaa kana guyyaa keessatti yeroo kudhaniif irra deddeebi'e; mindaa akka namni gabroota afur ilmaan ismaa'il ilma ibraahiim -rahmannii fi nageenyi isaan irra haa jiraatu- irraa biliisoomse argatuutu isaaf jira jechuu himan, ilmaan ismaa'iil addatti kan dubbateef -nageenyi isa irra haa jiraatu- isaan kan biroo irra kabajamoo waan ta'eef jecha.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>sadarkaa zikriin gabbaraan, aangoo guutuu, faaruu gaggaarii fi dandeettii guutuun Rabbiin qofaa baasuu of keessatti qabatu kun qabu agarsiisa.
 mindaa zikrii kanaa wolitti aansee yookaan adda baasee nama jedheetu argata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Namna Rabbiin toltuu isaaf fedhe diinii isa hubachiisa</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Mu'aawiyaa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiidhaa -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e, jedhe: «Namna Rabbiin toltuu isaaf fedhe diinii isa hubachiisa, ani qodaadha, Rabbi ni kenna, ummanni kun ajaja Rabbii irratti gadi dhaabbachuu irraa hin deeman, namni isaan faallesse isaan hin miidhu, hanga ajajni Rabbii dhufutti».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- namni Rabbiin toltuu isaaf fedhe diinii Rabbii hubachuu isaaf akka kennu himani, nabiyyiin immoo -nagaa fi rahmanni irrs haa jiraatu- rizqii, ilmii fi kan biroo waan Rabbiin isaanitti kenne irratti qoodaadha, dhugaatti kan kennu Rabbuma qofa, kan isa malee jiranu isaan sababaa hayyama Rabbiitiin malee fayyaduu hin danda'an, akkasumas uummatni kun haqa Rabbii irratti gadi dhaabbachuu irraa akka hin deemnee fi namni isaan faallesse hanga qiyaamaan dhaabbatutti akka isaan hin miine himaniiru.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>sadarkaa fi guddina beekumsi shari'aa qabuudha, akkasumas sadarkaa isa barachuu fi isatti kakaasuun qabuudha.
 Ummata kana keessatti haqaan dhaabbachuun  jiraachuun waan hafiinsa hin qabne akka ta'eedha, gareen tokko yoo isa dhiifte kan biraatu isaan dhaabbata.
 Diinii hubachuun Rabbiin garbicha isaatiif toltuu isaaf fedhuu irraati.
 Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ajaja Rabbiitii fi fedhii isaatiin kennu, ofii isaaniitiif homaa hin qabanu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5518</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
+  </si>
+  <si>
+    <t>Yaa ilmaan namaa salaamataa facaasaa, nyaata nyaachisaa, firooma fufaa, yeroo namni rafu halkaniin salaataa, nagaadhaan jannata seentuutii</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu salaam irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo gara madiinaa dhufanitti namoonni ariifatanii gara isaaniitti deemuun akkas jedhame: ergamaan Rabbii dhufani, ergamaan Rabbii dhufani, ergamaan Rabbii dhufani, yeroo sadi, ani eegasii isaan laaluuf jecha gara namootaatti dhufe, yeroon fuula isaanii argetti, fuulli isaanii akka fuula sobaa hin taanen bare, jalqaba wonti ani isaanii dubbatu dhaga'e akkas jechuu isaaniiti: «Yaa ilmaan namaa salaamataa facaasaa, nyaata nyaachisaa, firooma fufaa, yeroo namni rafu halkaniin salaataa, nagaadhaan jannata seentuutii».</t>
+  </si>
+  <si>
+    <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
+فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
+أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
+ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
+ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
+رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo gara madiinaatti dhufanittti, namoonni isaan arguun ariifatanii gara isaaniitti qajeelani, namoota gara isaaniitti qajeelan keessaa Abdullaah ibnu salaamtu ture -Rabbiin isa irraa haa jaallatu- inni worra yahuudaa irraa ture, yeroo isaan argetti fuulli isaanii akka fuula nama sobuu hin taane bare; ifa, bareedinaa fi namummaa dhugaa isaan irraa mul'atuuf jecha. jalqaba wonti inni nabiyyii irraa dhaga'ee -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hojiiwwan jannata seenuuf sababa ta'anitti namoota kakaasuu isaaniiti, isaan keessaas:
+Inni jalqabaa: nama beektuu fi hin beekne irratti salaamataa facaasuu, isa mul'isuu fi isa heddummeessuudha.
+lammaffaan: sadaqaa, kennaa fi keessummeessaan nyaata nyaachisuudha.
+Sadaffaan: nama firummaan karaa abbaatiin yookaan karaa haadhaatiin wolitti si hiitu woliin firooma fufuudha.
+Afraffaan: yeroo namni rafutti salaata sunnaa halkanii salaatuudha.</t>
+  </si>
+  <si>
+    <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
+  </si>
+  <si>
+    <t>Kabajaa salaamataa gidduu muslimootaatti facaasuun jaalatamaa ta'uudha, namni muslima hin taane immoo salaamataan hin eegalamu, yoo Assalaamu alaykum kan jedhu ta'e immoo, wa'alaykum jechuun isatti deebifama.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/5520</t>
+  </si>
+  <si>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Rabbiin gabricha (isa) sodaataa, of ga'aa, dhokataa ta'e jaallata</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Sa'ad ibnu Abii Waqqaas irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ergamaa Rabbiitii -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e jedhe: «Rabbiin gabricha (isa) sodaataa, of ga'aa, dhokataa ta'e jaallata».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin garii gabroota isaa akka jaallatu ibsani.
 isaan keessaa: sodaataa: ajaja Rabbii kan hojii irra oolchu, waan inni dhoorgu irraa kan fagaatudha.
 akkasuma of ga'aa ni jaallata: isa namoota irraa Rabbii guddaan of ga'e, gara isaa malee gara nama biraa kan hin millanne.
 akkasuma dhokataa ni jaallata: kan of gadi qabee Rabbii isaa gabbaru, waan isaa fayyaduun kan qabame, isa namni isa baruun yookaan faaruudhaan isa irraa dubbachuun isa hin yaachifne.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>haala garii kan jaalala Rabbii gabroota isaatiif argamsiiftu ibsuutu keessa jira, isiin sodaa Rabbii, of gadi qabuu fi waan Rabbiin namaaf qoode jaallachuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Isin Gooftaa keessan akkuma ji'a kanaa argitaniitti arguuf teessan, Isa arguufis wal hin rakkiftan</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>Jariir bin Abdullaah irraa odeeffamee -Rabbi isa irraa haa jaalatu- ni jedhe: Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bira turree, halkan tokko -isheen halkan kudha afraffaati- gara ji'aa ilaalanii, akkas jedhan: "Isin Gooftaa keessan akkuma ji'a kanaa argitaniitti arguuf teessan, Isa arguufis wal hin rakkiftan. Yoo salaata  osoo aduun hin bahinii fi osoo hin lixinii irratti moo'atamuu dhabuu dandeessan, hojjadhaa, eegasii ni qara'an: "{Osoo aduun hin bahinii fi osoo aduun hin lixin Rabbii kee faarsuun wajjiin qulqulleessi}".</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>Sahaabonni halkan tokko Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waliin turan, isaan gara ji'aa - halkan kudha afraffaa- ilaalanii, akkana jedhan: Mu’umintoonni Rabbii isaanii arguu keessatti osoo waan biraatti hin fakkaatin, osoo ofii isaanitii wal hin rakkisin, osoo cinqii fi rakkoon tokko isaan hin mudatin arguuf taa'an. Eegasii Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: Sababoota salaata fajrii fi asrii irraa isin dhoorgan muruu yoo dandeessan hojjadhaa, isaan lameenuu guutuu haala ta'aniin yeroo isaanitittii fi jama'aa waliin salaataa, sun sababoota fuula Rabbii ol ta'ee ittiin ilaaltan keessaa isa tokkoodha. Eegasii Ergamaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Aayaa tana qara'an:- {Osoo aduun hin bahinii fi osoo isheen hin lixin Rabbii kee faarsuun wajjiin qulqulleessi}.</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>Rabbii ol ta'e jannata keessatti arguuf gammachuu warra iimaanati.
 Maloota da'awaa keessaa: jajjabeessuu, hawwisiisuu fi fakkeenya kennuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5657</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan urgaa'u (shittoo) hin deebisanu turani</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Anas ibnu Maalik irraa akka odeeffametti -Rabbi isa irraa haa jaallatu-: nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan urgaa'u (shittoo) hin deebisanu turani.</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>kennaa shittoo deebisuu dhiisanii isa qeebaluun karaa nabiyyii irraa ture -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ba'aan isaa salphaa fi urgaan isaa bareedaa waan tureef jecha.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>kennaa shittoo qeebaluun jaallatamaa ta'uu isaa; ba'aa isaa keessatti dadhabbii waan hin qabnee fi fudhannaa isaa keessatti of himannaa waan hin qabneef jecha.
 guutummaa fi haalli nabiyyii toluu agarsiisa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- shittoo deebisuu dhabuu keessattii fi kenna nama kennaa isaaniif kennuu qeebaluu keessatti.
 shittoo fayyadamuutti kakaasuu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5733</t>
   </si>
   <si>
-    <t>اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ،</t>
+    <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>“Guyyaa Qiyaamaa miidhaan dukkana waan ta’uuf, miidhaa irraa of eeggadhaa, doqnyummaa bololaan waliinii irraas of eeggadhaa, baraa doqnyummaa bololaan waliinitu warra isin dura turan balleesse,</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Jaabir bin Abdullaah irraa odeeffame Rabbi isaan lamaan irraa haa jaalatu, Ergamaan Rabbii nagaa fi rahmanni irra haa jiraatuu akkana jedhan: “Guyyaa Qiyaamaa miidhaan dukkana waan ta’uuf, miidhaa irraa of eeggadhaa, doqnyummaa bololaan waliinii irraas of eeggadhaa, baraa doqnyummaa bololaan waliinitu warra isin dura turan balleesse, Dhiiga isaanii akka dhangalaasan akkasumas haraama isaanii akka halaala godhatan isaan taasiseera".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Nabiyyichi nagaa fi rahmanni irratti haa jiraatuu, miidhaa irraa akeekkachiisaniiru, miidhaa irraayi:  namoota miidhuu, lubbuu ofii miidhuu fi haqa Rabbii ol ta'ee keessatti miidhaa geessuun, Innis Nama haqa qabu hundaaf haqa isaa kennuu dhiisuudha, miidhaan immoo guyyaa qiyaamaatti rakkinoowwanii fi sodaan cimaan isaanitti argamuu irraa kan ka'een warra isaa irratti dukkanoowwan ta'a, Doqnyummaa cimaa isa waliin bololli jiru irraa dhoorgan, isa irraayi haqoota qabeenyan wal qabatan geessuu keessatti dantaa dhabuu fi garmalee duniyaaf bololuun, Gosti miidhaa kun ummata nu dura turan balleesse, gariin isaanii garii ajjeesuu fi waan Rabbiin haraama taasise halaala godhachuu irratti yeroo isaan kakaase keessatti.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Qabeenya kennuu fi obboloota jajjabeessuun sababoota jaalalaa fi walitti dhufeenyaaf sababa ta’an keessaa isa tokko.
 Doqnyummaa fi bololuun gara diliiwwan, safuu dhabuu fi yakkoota raawwachutti nama geessan.
 Haala ummatoota darbanii tilmaama keessa galchuun gorsa fudhachuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5787</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Irra iimaana guutuun mu'umintootaa haala irra tolaa worra qabanu, irra caalaan keessan dubartoota isaaniitiif worra irra caalaa ta'anidha</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- ni jedhan: «Irra iimaana guutuun mu'umintootaa haala irra tolaa worra qabanu, irra caalaan keessan dubartoota isaaniitiif worra irra caalaa ta'anidha».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni iimaana irra guutuu qabu nama haalli isaa tole akka ta'e himani, sun fuula ifuu, toltuu hojjachuu, haasawa toluu fi miidhaa ofii nama irraa qabachuudha.
 irra caalaan mu'umintootaa worra dubartoota isaaniitiif irra caalaa ta'ani, akka haadha manaa isaa, ilmaan isaa shamarranii, obboleettiwwan isaa, firoottan isaa shamarranii; isaantu namoota biraa irra haala itti toluu irra haqa godhata waan ta'eef jecha.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Sadarkaa haala bareedaa qabaachuun qabuu fi sun iimaana irraa ta'uudha.
 Hojiin iimaanarraayi, iimaanni ni dabalas ni hirdhataasi.
 Kabajaa islaamummaan dubartootaaf qabuuu fi isaanitti tola ooluutti kakaasuu isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Duuniyaan meeshaa itti fayyadamanu, irra caalaan meeshaa duuniyaa dubartii gaariidha</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>Abdullaah ibnu amrii irraa akka odeeffametti -Rabbiin isaan irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Duuniyaan meeshaa itti fayyadamanu, irra caalaan meeshaa duuniyaa dubartii gaariidha».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- duuniyaan waan isii keessa jiru woliin yeroo hanga ta'eef isiin meeshaa isatti qanani'anii eegasii immoo kan dhabamu akka taate fi irra caalaan meeshaa duuniyaadhaa dubartii gaarii, yeroo inni isii ilaale isa gammachiiftu, yeroo inni isii ajajetti kan isaan bultu, yeroo inni isii irraa fagaatetti lubbuu isiitii fi qabeenya isaas kan tiksituuf akka ta'e himani.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Bazzaruu fi boonuun maletti gaggaarii duuniyaa Rabbiin gabroota isaatiif halaala godheen qanani'uun eeyyamamaa ta'uu isaati.
 Haadha manaa gaarii filachuutti kakaasuutu keessa jira; Rabbii isaatiin buluu keessatti gargaarsa waan isaaf taatuuf jecha.
 Irra caalaan meeshaa duuniyaa waan Rabbiin buluu keessatti ta'e yookaan isaan buluu irratti nama gargaaredha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
+  </si>
+  <si>
+    <t>Amantiin islaamaa laafaadha, namni tokko humnaa ol isa jabeessee isa injifatu malee hin hafu, giddu galeessa ta'aa, itti dhiheessaa</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa irraa akka odeeffamettii-Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: «Amantiin islaamaa laafaadha, namni tokko humnaa ol isa jabeessee isa injifatu malee hin hafu, giddu galeessa ta'aa, itti dhiheessaa, abshiraa haamilee horadhaa, ibaadaa barii, ibaadaa galgalaa fi hanga ta'e ibaadaa dhuma halkaniitiin of gargaarsifadhaa».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
+ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
+وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
+وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
+الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
+الثاني: الرَّوحة: بالسير بعد الزوال. 
+الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- amantiin islaamaa dhimmoota isaa hunda keessatti laaffisuu fi salphisuu irratti akka bu'uureffame ibsan, keessattuu laaffisni yeroo sababaan jiruu fi haajaan jirutti akkaan barbaadamaa ta'a, hojiiwwan amantii islaamaa keessatti daangaa darbuu fi laaffisuu dhiisuun dhumni isaa dadhabbii fi guutummaa guutuutti gara hojii hunda yookaan garii hojii irraa dadhabuu fi dhiisuutti waan nama geessuuf jecha. Eegasii Eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- daangaa darbuun alatti giddu galummaatti kakaasani; garbichi waan itti ajajame hin hir'isu, waan hin dandeenyes ol hin fudhatu, guutee hojjachuu yoo dadhabe akka itti dhihaatu godhee hojjachu qaba.
+Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama haala guutuu ta'een hojjachuu dadhabe yoo xiqqaatellee hojiin itti fufiinsa qabu mindaa gudda akka qabu gammachiisani; dadhabbiin harka isaatiin kan ofitti hin fidne yoo ta'e mindaan isaa hir'achuu hin dirqamsiisu.
+dhugumatti biyyi duuniyaa ganda imalaa fi ce'umsa gara Aakhiraatti waan ta'eef, nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo sadi kan si'a namaaf kennu keessatti ibaadaa itti fufiinsaan hojjachuun of gargaarsifachuutti ajajani:
+Inni jalqabaa: bariidha: jalqaba guyyaa deemuuni; yeroo salaata fajrii fi aduun ba'uu gidduu jirutti.
+lammaffaan: galgala: booda aduun dabdee deemuuni.
+sadaffaan: halkani: halkan guutuu yookaan garii isaa deemuuni, hojiin halkanii hojii guyyaa irra ulfaataa waan ta'eef "Halkan irraa hanga ta'e" jechuun, garii isaa hojjachuutti ajajani.</t>
+  </si>
+  <si>
+    <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
+على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
+على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
+قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
+قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
+قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
+  </si>
+  <si>
+    <t>Laafuu fi salphaa ta'uu shari'aa islaamaati, akkasumas daangaa dabarsuu fi dantaa dhabuu gidduutti ta'uu isaati.
+Gabrichi dhimma dhabuu yookaan jabeessuun alatti, waan itti ajajame hanga dandeettii isaatiin hojjachuutu isa irra jira.
+Gabrichi yeroo itti ibaadaa irratti si'a argatu filachuutu isa irra jiraata, yeroon sadeen kun addatti yeroo qaamni ibaadaadhaaf irra kennataa ta'udha.
+Aalimni islaamaa guddaan ibnu hajar al-asqalaaniin akkas jedhe: Nabiyyiin akka waan nama waa yaadee imalu haasofsiisaniiti, yeroon kun sadeen yeroo bareedduu nama karaa imaluuti, kanaaf yeroo itti si'a godhatutti akeekan; namni karaa imalu halkanii fi guyyaa walitti yoo imale dadhabee karaatti hafa, yoo yeroo jedhame kana ilaallatee imala ta'e dadhabbiin maleetti imala isaa itti fufuun isaaf miijjata.
+ibnu hajar itti fufuun akkas jedhe: Hadiisa kana keessa laaffisa shari'aan keesse fudhachuutti akeekuutu jira, bakka laafiinsaatti of dirqamsiisuun daangaa darbuu irraa lakkaawama, akka nama yeroo bishaaniin dhimma ba'uu dadhabetti tayammuma dhiisuuti, yeroo kanatti bishaan fayyadamuun miidhaa isa irraan ga'uutti geessa.
+Aalimni islaamaa ibnu-almuniir akkas jedhe: Hadiisa kana keessa raajii nabiyyummaatu jira, nutii fi namoonni nu duraas hundi nama amantaa keessatti daangaa darbe dhugaan akka karaatti hafu arginee jirra, akkas jechuun ibaadaa keessatti haala irra guutuu ta'e barbaaduu irraa dhoorguu jechuu miti, akkas jechuun daangaa darbuu taati'ootti nama geessu irraa dhoorguudha, yookaan sunnaa isa dirqama dhiisuutti nama geessu keessatti daangaa darbuu dhoorguudha, yookaan immoo akka nama halkan guutuu sunnaa salaataa bulee salaata dirqamaa yeroo isaa keessaa baasee fajrii jamaan salaatuu irraa rafuuti, yookaan immoo hanga aduun baatee yeroon dirqamaa darbutti rafuuti.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/5795</t>
+  </si>
+  <si>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Gara laafummaan waan tokko keessatti hin ta'u isa faayu malee, waan tokko irraa hin fuudhamu isa jibbisiisu malee</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>Aa'ishaa haadha manaa nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa akka odeeffametti -Rabbi isii irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Gara laafummaan waan tokko keessatti hin ta'u isa faayu malee, waan tokko irraa hin fuudhamu isa jibbisiisu malee».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jechaa fi gocha keessatti garaa laafuun, laaffisuun, suuta jechuun, wantootaaf bareedina, guutinaa fi tolina akka dabaluuf ibsani, akkasumas namni garaa laafu dhimma isaa argachuun akka isaaf malu ibsani.
 garaa laafuu dhabuun wantoota balleessa, abbaa isaas dhimma isaa argachuu irraa isa dhoorga, yoo argatellee rakkinaan woliin argata.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>gara laafummaa haala godhachuutti kakaasuutu keessa jira.
 gara laafinni ilma namaa ni faaya, inni dhimmoota diinii fi duuniyaa keessatti toltuu hundaaf sababa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Rabbiin gabricha irraa nyaata nyaatee isa irratti isa galatoomfachuu irraa jaallata, yookaan dhugaatii dhugee isa irratti isa galatoomfachuu</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Anas ibnu Maalik irraa akka odeeffametti -Rabbi isa irra haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin gabricha irraa nyaata nyaatee isa irratti isa galatoomfachuu irraa jaallata, yookaan dhugaatii dhugee isa irratti isa galatoomfachuu».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gabrichi tola isaa fi qananii isaa irratti Rabbiin galateeffachuun wantoota ittiin jaalala Rabbii argatan irraa akka ta'e ibsani; nyaata nyaatee ka'ee, Alhamdulillaah jedha, dhugaatiis dhugee ka'ee, Alhamdulillaah jedha.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Arjummaa Rabbiin qabuudha, ofii isaatii rizqii kennee kenna isaa irratti immoo galatoomfachuu jaallata.
 Jaalalli Rabbii wantoota haalaan laafoo ta'aniin argama, booda nyaataa fi dhugaatiitii akka isa galateeffachuu faa.
 namuusa nyaataa fi dhugaatii irraa: booda nyaataa fi dhugaatiitii Rabbiin galateeffachuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Mu'uminni haala toluu isaatin sadarkaa nama soomuu fi halkan dhaabbatuutti qaqqaba</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>Aa'ishaa irraa akka odeeffametti -Rabbi isii irraa haa jaallatu- ni jette: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: «Mu'uminni haala toluu isaatin sadarkaa nama soomuu fi halkan dhaabbatuutti qaqqaba».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala toluun nama haala tole sadarkaa nama guyyaa soomuu fi halkan dhaabbachuu irratti gadi dhaabbateetiin akka nama ga'u ibsani, guduunfaan haala toluu: toltuu hojjachuu, haasaa toluu, fuula ifuu, miidhaa dhiisuu, yeroo namni nama miidhu danda'anii baachuudha.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Islaamummaan haala tottolchuu fi isa guutuutti haalaan xiyyeeffannoo itti kennuu isaa.
 sadarkaa haala toluun qabuudha, hanga isaan sadarkaa nama soomuu kan hin faxarree fi nama halkan dhaabbatuu kan hin dadhabneetiin gabricha ga'utti.
 guyyaa soomuu fi halkan dhaabbachuun hojii gurguddoo lubbuutti ulfaachuun isaan keessa jiruudha, abbaan haala gaarii wolitti dhufeenya tolchuun waan lubbuu isaatti qabsaa'eef sadarkaa isaaniitti qaqqabe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Irra filatamaan keessan nama haalli isaa irra tolaa ta'eedha</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Abdullaah ibnu Amrii irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- (baalagee) uumaa isaaniitti nama waan fokkataa hojjatuu fi dubbatu hin turre akkasuma nama waan fokkataa barbaadee hojjatus hin turre, akkas jedhu ture: «Irra filatamaan keessan nama haalli isaa irra tolaa ta'eedha».</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>haasawni fokkataan yookaan hojiin fokkataan haala nabiyyii irraa hi turre -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- beekaas kan isa raawwatan hin turre, isaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- abbaa haala guddaa turani.
 Isaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-akkas jedhu ture: Rabbiin biratti irra caalaan keessan nama haalli isaa irra tolaa ta'eedha, toltuu hojjachuun, fuula ifuun, miidhaa nama irra qabuu, kan nama irra ga'u immoo danda'uun, waan bareedaan namootatti makamuun.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>mu'uminni haasawa badaa fi hojii fokkataa irraa fagaachuu qabaadha.
 haalli ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- guutuu ta'uu isaa, hojii gaarii fi jecha bareedaa malee isaan irra hin argamu.
 Haala toluun dirree wol dorgommiiti, namni haala toluun durse irra filatamaa fi iimaanaan irra guutuu mu'umintootaa ta'eera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>Rabbiin ni jedhe: "yaa ilma Aadam kenni anis siifan kennaa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: Rabbiin ni jedhe: "yaa ilma Aadam kenni anis siifan kennaa».</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin ol ta'e akka akkana jedhu himani: yaa ilma Aadam -kennaa dirqamaa fi jaallatamaa irraa- kenni, ani immoo sittan bal'isa waan ati kennites bakkan siif buusa, akkasuma barakaas keessan siif kaa'a.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>sadaqaa fi karaa Rabbii keessatti kennachuutti kakaasuutu keessa jira.
 karaa toltuu keessatti kennachuun barakaan rizqii keessatti akka ta'uu fi rizqiin dachaa akka ta'uu fi Rabbii gabrichaaf waan inni kenne bakka isaaf buusisuudhaaf sababaa isa guddaadha.
 Hadiisni kun hadiisota nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbii isaanii irraa odeessan irraati, hadiisa Al-qudsii yookaan Al-ilaahii jedhamuun waamama, inni isa jechii fi ergaan isaas Rabbiin irraa ta'edha, waan qur'aanni kan biraa irraa ittiin adda ta'e qabaachuu dhabuun adda ta'a malee , akka qara'uun Rabbiin gabbaruu, isaaf xahaaraa godhachuu, isaan morkaachuu, raajii ta'uu fi kannee biroo addummaa qur'aanni qabu hin qabu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5805</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>Namichi tokko Nabiyyicha nagaa fi rahmanni irra haa jiraatuu akkas jedhee gaafate: Islaamummaa keessaa kamtu caala?isaanis akkas jedhaniin: "Nyaata nyaachifta, warra beektu fi warra hin beeknenis salaamataa jetta".
 ​</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>Abdullaah bin Amrii irraa odeeffamee Rabbiin isaan irraa haa jaallatu: Namichi tokko Nabiyyicha nagaa fi rahmanni irra haa jiraatuu akkas jedhee gaafate: Islaamummaa keessaa kamtu caala?isaanis akkas jedhaniin: "Nyaata nyaachifta, warra beektu fi warra hin beeknenis salaamataa jetta".
 ​</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, gaaffii kana irraa  gaafatamnaan: Amaloota Islaamaa keessaa kamtu caala? Amaloota lama kaasan:
 Inni jalqabaa: hiyyeeyyii  nyaachisuu baay’isuudha, isa keessa tola ooltummaan, kennaan, keessummeessuu fi affeerraan cidhaa kan galu yoo ta’u, yeroo beelaa fi gatiin jireenyaa qaala'e nyaachisuun immoo daran caalaa ta'a.
 Inni lammataa: muslima hunda, beektus beekuu baattus salaamataa isaan jechuudha.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Sahaabaan amaloota addunyaa fi aakhiraa keessatti nama fayyadan beekuuf fedhii guddaa akka qabaniidha.
 Salaamataa jechuu fi nyaata nyaachisuun hojiiwwan Islaama keessatti caalaa ta’an keessaa tokko; Sababni isaas sadarkaa qabaachuu isiiti fi namoonni yeroo hunda keessatti waan itti haajamaniif jecha.
 ​Amaloota lamaan kana jalatti jechaa fi gochaan waliin tola hojjechuun akka hammatamaniidha, inni tola ooltummaa hunda caalaa guutuudha.
 ​
 Amaloonni kunneen akkaataa Muslimoonni waliin itti jiraataniin kan walqabatu yoo ta’u, hariiroo gabrichi Rabbii isaa wajjiin qabaachuu qabu keessatti amaloota biroo hedduutu jiru.
 ​
 Salaamataan jalqabuun muslimoota qofaaf waan ta’eef kaafira dursanii isaan salaamataa jechuun hin ta'u.
 ​</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5808</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Rabbiin warra nama miidhuuf yeroo qabaaf, yeroo isa qabetti immoo gad isa hin dhiisu</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Abuu Muusa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin warra nama miidhuuf yeroo qabaaf, yeroo isa qabetti immoo gad isa hin dhiisu» ni jedhe: eegasii Aayaa qur'aanaa kana qara'ani: «{Akkuma kana Qabaan Rabbii keetii yeroo (warra) magaalota haala isiin miidhaa hojjattuun isii qabe, qabaan isaa akkaan laalessaa akkaan jabaadha} [suuraa Huud: 102]».</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- badii fi shirkiin lubbuu ofii miidhuu fi haqa isaanii keessatti namoota miidhuu irraa sodaachisani, Rabbiin ol ta'e nama nama miidhuuf yeroo kennaaf, booda isa aansa, umurii fi qabeenya isaas ni dheereessa adabbii isatti hin jarjarsu; yoo hin toobanne miidhaan isaa waan heddummaateef qabaa gad isa hin lakkifne isa qaba.
 eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Aayaa Qur'aanaa kana qara'ani: {Akkuma kana Qabaan Rabbii keetii yeroo magaalota haala isiin miidhaa hojjattuun isii qabe, qabaan isaa akkaan laalessaa akkaan jabaadha} [suuraa Huud: 102].</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Namni sammuu qabu toobaatti ariifachuu qaba, badii irratti kan jiraatu yoo ta'e tooftaa Rabbii akka hin amanne.
 Rabbiin zaalimtootaaf yeroo kennuun adabbiin isaanitti ariifachuu dhabuun, isaan daguu fi yoo kan hin toobanne ta'e adabbii isaanii dachaa taasisuufi.
 zulmiin sababaawwan Rabbiin ummata ittiin adabu irraati.
 Rabbiin magaalaa tokko yoo balleesse namoonni gaggaariin isii keessa jiraachuutu mala, isaan kun guyyaa qiyaama gaarii irraa waan irratti du'an irratti kaafamu, adabbiin duuniyaa isaan qaqqabuun isaan hin miidhu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5811</t>
   </si>
   <si>
-    <t>كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ،</t>
+    <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>Isin hunduu tikseedha, waan tiksu irraa gaafatamaasi,</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>Abdullah bin Umar irraa odeeffamee -Rabbi isaan lamaan irraa haa jaallatu- Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatuu- akkana jedhan: "Isin hunduu tikseedha, waan tiksu irraa gaafatamaasi, Bulchaan ummataa tikseedha, waan tikse irraa ni gaafatama, namni dhiiraa mana isaa irratti tiksee dha,  waan tikse irraa ni gaafatama, dubartiin mana abbaa warraa ishee fi ijoollee isaa irratti  tiksee dha, waan tiksite irraa ni gaafatamti, gabrichi tiksee qabeenya gooftaa isaati, waan tikse irraa ni gaafatama, dhagahaa! Isin hunduu tiksee dha, waan tiksitan irraa ni gaafatamtan".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- Muslimni hunduu hawaasa keessatti itti gaafatamummaa kunuunsuu fi baachuu qabu akka qabu himan, Imaamni fi bulchaan waan Rabbi eegsise keessatti tikseedha, kanaaf seera isaanii eeguu, nama isaan cunqursu irraa isaan tiksuu, diina isaanitiin loluu fi haqa isaanii balleessuu dhabuutu isa irra jira, Namichi warra mana isaa keessatti waan isaan barbaachisu isaanif gochuu fi haala gaarin isaan waliin jiraachuu, isaan barsiisuu fi isaan adabuun itti gaafatamummaadha qaba, Dubartiinis mana abbaa warraa ishee keessatti mana isaa haala gaarin qabuu fi ijoollee isaa guddisuun itti gaafatamummaadha qabdi.
 ​ Khaadimni gabra ta'ee fi namni qacaramee hojjetu qabeenya gooftaa isaa keessatti itti gaafatamummaadha qaba, isa irraa waan harka isaa keessa jiru jabeessuu fi tajaajiluudhaan, inni sana irraa itti gaafatamummaadha qaba. Namni hundinuu waan isa irratti tiksee godhame keessatti tikseedha, namni hundinuu waan tiksu irraa ni gaafatama.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Itti gaafatamummaan hawaasa Muslimaa keessatti akka waliigalatti kan jiru yoo ta’u, hundummaanuu akka dandeettii fi itti gaafatamummaa isaatin ta'a.
 Itti gaafatamummaan dubartii guddaa ta'uudha, sunis haqa mana abbaa warraa ishee fi ijoollee ishee ilaalchisee dirqama ishee bahachuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5819</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Booda kootii dhiirota irratti qormaata miidhaa ta'e kan akka dubartootaa hin dhiifne</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Usaamaa ibnu Zayd irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- ni jedhani: «Booda kootii dhiirota irratti qormaata miidhaa ta'e kan akka dubartootaa hin dhiifne».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- booda isaaniitii dhiirota irratti qormaata miidhaa qabu kan akka dubartootaa akka hin dhiisin himani; dubartiin maatii isaa irraa yoo taate shari'aa faallessuu keessatti isii hordofuutu mala, ajanabiyyaa yoo taate immoo isii woliin wolitti makamuu fi woliin qofaa ba'uun waan sana irraa badii argamuun ta'a.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>muslimni qormaata dubartii irraa of eeggachuu qaba, akkasuma daandii isiin qoramutti nama geessu hunda duuchutu isa irraa eegama.
 Mu'uminni Rabbiin of tiksuutu isa irraa barbaadama, akkasuma qormaata irraa akka baraaramuufis isa kajeeluu qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5830</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
+  </si>
+  <si>
+    <t>Namni baasii nikaa danda'e haa fuudhu, inni ija gadi qabaaf, akkasumas qaama saalaa eegaadha, namni hin dandeenye immoo haa soomu, inni isaaf kolaasaadha</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
+  </si>
+  <si>
+    <t>Abdullaa ibnu mas'uud irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: nabiyyii woliin yeroo turre tokkotti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: «Namni baasii nikaa danda'e haa fuudhu, inni ija gadi qabaaf, akkasumas qaama saalaa eegaadha, namni hin dandeenye immoo haa soomu, inni isaaf kolaasaadha».</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
+ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama wolqunnamtii saalaa danda'uu fi baasii nikaa danda'u fuudhatti kakaasani; fuuni haraama ilaaluu irraa ija isaa eega, akkasumas qaama saalaa isaas sagaggaalummaa keessatti akka hin kufne jabeessee eega. namni osoo wol qunnamtii saalaa danda'uu baasii nikaa hin dandeenye soomuutu isa irra jiraata, soomni fedhii qaama saalaa fi badii sanyii hormaataa ni kuta.</t>
+  </si>
+  <si>
+    <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
+حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
+وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
+  </si>
+  <si>
+    <t>xiyyeeffannoo islaamummaan karaa ittiin of eeganii fi karaa ittiin zinaa irraa bilisa ta'an akeekuu irratti godheedha.
+nama baasii nikaa hin dandeenye soomatti kakaase; soomni waan fedhii dadhabsiisuuf jecha.
+sooma kolaasaatti fakkeessuun; kolaasaan idda cidhaan lameenii xacca'uu waan ta'eef jecha, isaan lameen dhabamuun fedhiin wol qunnamtii saalaa dhabama, akkasuma soomanis fedhii wol qunnamtii saalaa ni dadhabsiisa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/5863</t>
+  </si>
+  <si>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Laaffisaa hin jabeessinaa, gammachiisaa hin baqachiisinaa</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Anas ibnu Maalik irraa odeeffame -Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu ni jedhan: «Laaffisaa hin jabeessinaa, gammachiisaa hin baqachiisinaa».</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- dhimmoota diinii fi duuniyaa hunda keessatti namootatti laaffisuu, isaanitti salphisuu fi isaanitti jabeessuu dhabuutti ajajani, sun immoo daangaa waan Rabbiin eeyyamee karaa godhe keessatti.
 akkasuma toltuun isaan gammachiisuu fi isa irraa isaan ari'uu dhiisuutti kakaasani.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>dirqamni mu'umina irra jiru namoonni Rabbiin akka jaallatan gochuu fi toltuutti isaan kakaasuudha.
 nama karaa Rabbiitti waamuuf akkaata waamicha Rabbii namootatti ittiin qaqqabsiisu hikmaan ilaaluutu isa irraa barbaachisa.
 gammachiisuun nama karaa Rabbiitti waamuuf gammachuu fi namoonni isatti deebi'uu isa dhaalchisa akkasuma waan namootatti dhiheessu kana keessattis tasgabbii isaaf fida.
 jabeessuun baqa, dugda galuu fi haasaa nama karaa Rabbiitti waamuu shakkisiisuutu irraa dhalata.
 Rahmanni Rabbii gabroota isaatiif bal'aa ta'uu isaa, inni dhugumatti amantaa laafaa fi shari'aa laafaa isaaniif filate.
 laaffisuun itti ajajame isa shari'aan isaan dhufteedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5866</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ</t>
+    <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>Dubartoota irratti seenuu irraa of eeggadhaa». Namichi warra Ansaaraa irraa tahe tokko akkana jedhe: Yaa Ergamaa Rabbii fira abbaa manaa yoo tahe hoo? isaanis akkas jedhan: «Firri abbaa manaa du'a</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
     <t>Uqbaa bin Aamir irraa odeeffame Rabbiin irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Dubartoota irratti seenuu irraa of eeggadhaa». Namichi warra Ansaaraa irraa tahe tokko akkana jedhe: Yaa Ergamaa Rabbii fira abbaa manaa yoo tahe hoo? isaanis akkas jedhan: «Firri abbaa manaa du'a».</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dubartoota alagaa walitti akka hin makamne akeekkachiisuun akkana jedhan:  isin dubartootatti seenuu, dubartoonnis isinitti seenuu irraa lubbuu teessan eegaa.
 Namichi warra Ansaaraa tokko akkana jedhe: Fira abbaa manaa yoo tahe hoo? Kan akka obboleessa abbaa manaa, ilma obboleessa isaa, adeera isaa, ilma adeera isaa, ilma obboleettii isaa fi kan kana fakkaatan, warra yoo isiin kan hin heerumne taate, isaanitti heerumuun isiif hayyamamu irraa.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkuma du'a irraa of eeggattan isa irraa of eeggadhaa! jedhan, Sababni isaas firoota abbaa manaa wajjin kophaa ta’uun qorumsa fi badii amantiitti nama geessa, firoonni abbaa manaa kan abbaa isaa fi ijoollee isaa hin tahin alagaa caalaa dhoorgamu qaban, Sababni isaas fira abbaa manaa wajjin kophaa ta'uun nama biraa wajjin kophaa ta'uu caalaa miidhaa fida waan ta'eef jecha, akkasumas namoota biroo caalaa hammeenyi isaa badaa waan ta'eef jecha, fitnaan isaan argamuun caalaatti danda'ama; sababni isaas mormii tokko malee dubartii sana bira gahuu fi kophaa ishee waliin taa'uu waan danda'uuf jecha, akkasumas isa irraa hafiinsi waan hin danda'amneef jecha, isa ishee irraa dhoorguunis hin mijjatu, namichi haadha manaa obboleessa isaa wajjiin kophaa bahuu aadatti waan laaffisaniif jecha; kanaaf inni fokkinaa fi badii qabaachuu keessatti du'atti fakkaata, alagaan immoo akkasii miti; sababni isaas fagootti irraa of eeggannoon gadhama waan taheef jecha.</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
 هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
 الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
 قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
 شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
   </si>
   <si>
     <t>Dubartoota fira dhihoo irratti seenuu fi isaan waliin kophaa ta’uu dhoorguudha, balbala badii raawwachutti geessu cufuuf jecha.
 Kun obboleessa abbaa manaa fi firoottan isaa kan dubartiif fira dhihoo hin tahin hunda qabata, dubartitti seenun isheedhaan waliin kophaa bahutti kan nama geessu tahuun ilaalcha keessa galu qaba.
 Hamtuutti kufuu sodaachuuf jecha, walumaagalatti eddoolee dogongora keessa nama galchuu danda'an irraa fagaachuun barbaachisaa dha.
 Nawawiin akkana jedhe: Ulamaa'onni afaan arabiffaa obboleessa abbaa warraa jechuun, firoota abbaa manaa isaa, kan akka abbaa isaa, adeera isaa, obboleessa isaa, ilma obboleessa isaa, ilma abbeeraa isaa fi kan kana fakkaatan ta’uu irratti waliigalaniiru. Akkasumas "Akhtaan" kan jedhu firoota haadha manaa namichaa  akka ta’an, warri soddaa immoo gosa lamaan irratti akka dubbatamu waliigalaniiru.
 (Fira abbaa manaa) du'aan wal fakkeessan, Ibnu hajar akkas jedhe: Araboonni waan jibbamaa tokko du'aan wal fakkeessanii ibsu, akkaataan wal fakkeenya isaas yoo badiin argame inni du'a amantititi, yoo badiin argamee dhagaadhaan cafaqanii ajjeesuun dirqama tahe immoo inni du'a namicha dubartiin kophaa baheeti fi abbaa manaa ishee irraa adda bahuun halaakamuu dubartiiti, yoo hinaaffaan akka ishee hiiku isa goote.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5888</t>
   </si>
   <si>
-    <t>الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ</t>
+    <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
   </si>
   <si>
     <t>Meetii warqiidhaan jijjiiruun dhala, yoo hoodhuu as kenniin tahe malee, qamadii qamadiin jijjiiruun dhala, hoodhuu fi as kenniin yoo tahe malee, garbuu garbuun jijiiruun dhala, yoo hoodhuu as kenniin tahe malee, timira timiraan jijjiiruun dhala, yoo hoodhuu as kenniin tahe malee</t>
   </si>
   <si>
     <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
   </si>
   <si>
     <t>Maalik bin Aws bin Al-Hadasaan akkana jedhe: akkas jechaatin as garagale: “Eenyutu dirhama jijjiira? Xalhaa bin Ubeydillaah osoo Umar bin Khaxxaab bira jiruu Rabbiin isaan lamaan irraa haa jaalatu akkas jedhe: Warqii kee nutti agarsiisi mee, ergasii gara keenya koottu, yeroo khaadimni keenya dhufe meetii kee siif kennina, Umar bin Al-Khaxxaab akkana jedhe: Lakki Rabbiin kakadhe, meetii isaa ni kennitaaf ykn warqii isaa ni deebiftaaf; Sababni isaas Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana waan jedhaniif jecha: «Meetii warqiidhaan jijjiiruun dhala, yoo hoodhuu as kenniin tahe malee, qamadii qamadiin jijjiiruun dhala, hoodhuu fi as kenniin yoo tahe malee, garbuu garbuun jijiiruun dhala, yoo hoodhuu as kenniin tahe malee, timira timiraan jijjiiruun dhala, yoo hoodhuu as kenniin tahe malee».</t>
   </si>
   <si>
     <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
   </si>
   <si>
     <t>Taabi'iin Maalik bin Aws diinaara warqii akka harkaa qabuu fi dirhama meetiitiin jijjiiruu akka barbaade hima. Xalhaa bin Ubeydillaah -Rabbiin irraa haa jaallatu- akkana jedheen: Diinaara kee nan ilaalaa as kenni! Achiis erga bitachuuf murteessee booda akkana jedheen: Khaadimni keenya yeroo dhufe gara keenya koottu, akka nuti dirhama meetii siif kenninuuf jecha, Umar bin Al-khaxxaab -Rabbiin irraa haa jaallatu- eddoo sana ture, gocha kana ni morme, amma meetii san akka kennuuf, ykn warqii isaa kan isa irraa fudhate san akka deebisuuf Xalhaatti kakate, sababaa sanaas Ergamaan Rabbii -nagaa fi Rahmanni irra haa jiraatu- gurgurtaan meetii fi warqii, ykn faallaa isaa yeroo raawwatamu kallattiin wal harkaa fuudhinsi akka jiraatuu qabu kan eeran tahuu ibse. Yoo kana hin taane ammoo daldalli kun dhala haraamaa fi gurgurtaa cubbuu taha. Warqiin meetiidhaan hin gurguramu, meetiinis warqiin hin gurguramu, harkaaf harkattii yoo raawwatame malee, qamadiin qamadiin, garbuun garbuun, timirri timiraan hin gurguramu, miizaana fi safarrii keessatti yoo wal qixa tahe malee, akkasumas harkatti yoo tahe malee, kana irraa wanti ammaa waan boodatti hin gurguramu, osoo wal harkaa hin fuunes gargar bahuun hin danda'amu.</t>
   </si>
   <si>
     <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
 يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
 النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
 العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
 التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
 النهي عن المنكر ومنعه لمن استطاع ذلك.
 ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
   </si>
   <si>
     <t>Gosoonni hadiisa kana keessatti ibsaman shani: Warqii, meetii, qamadii, garbuu fi timira. Gurgurtaan waan gosa tokkoo kana keessatti kan raawwatamu yoo ta’e, gurgurtaa sirrii tahuuf ulaagaa lama qabaachu qaba: Eddoo sanatti wal harkaa fudhachuu fi miizaana keessatti wal fakkaataa tahuudha, sunis warqii warqiidhaan akka jijjiiruuti, yoo san hin tahin dhala caalumsaa taha. Yoo garaagarummaan argame Fakkeenyaaf sun akka meetii  qamadiin jijjiiruutii, waliigalteen sirrii tahuuf ulaagaa tokko qofa barbaada, innis wal harkaa fuudhachuun yeroo sanaatti ta'uudha, yoo kana hin taane dhala beellamaa taha.
 Eddoo sanatti yoo jedhamu: eddoo bittaa fi gurgurtaan itti raawwatame jechuu yoo ta'u, taa’aniis ta'ee deemsa irra jiraatanii ykn yaabbii irra yoo jiraatanis tokkuma. Yoo adda bahan jechuun aadatti waan namoota jiddutti adda bahiinsa jedhamee yaadamuudha.
 Dhoorgaan hadiisa keessatti ibsame akka daldalaattis ta'ee kan biroos ta'ee  warqee fi meetii hunda of keessatti kan hammatuu dha.
 Maallaqa amma yeroo kanatti addunyaan itti fayyadamaa jirtu keessatti wahuma warqee fi meetii keessatti dirqma ta'uutu isa keessattis dirqama ta'a. Kana jechuun qarshii tokko gara qarshii biraatti jijjiiruu yoo barbaadde sun fakkeenyaf akka Riyaala Dirhamatti jijjiiruuti qaamonni lamaan yoo walii galan wal caalchisanii jijjiiruun ni hayyamama. Garuu bakka daldalli itti raawwatamutti wal harkaa fudhachuun dirqama. Akkas ta'uu baannaan walii galteen isaanii ni bada. Daldalli isaaniis daldala dhalaa kan haraama ta'e ta’a.
 Daladalli bifa dhalaatin raawwatamu hin hayyamamu, Qaamni lamaan yoo walii galan illee waliigaltichi seera qabeessaa miti. sababni isaas Namni dhuunfaa ykn hawaasni tokko haqa isaa osoo lash godhellee Islaamummaan haqa isaa tiksa waan ta'eef jecha.
 Warra dandeettii qabaniif badii irra dhoorguu fi irraa ittisuudha.
 Akkuma Umar bin Al-Khaxxaab -Rabbiin irraa haa jaallatu- godhe, badii yeroo balaaleffatan ragaa waan sanaa ibsuun barbaachisaa tahuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5889</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>Qur'aana kana eeggadhaa, isa lubbuun Muhammad harka isaa jirtuunan kakadha, inni gaalli hidhaa isii keessaa miliquu caalaatti nama harkaa miliqa</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Abuu Muusaa Al-Ash’arii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin nagaa fi rahmata isaan irratti haa buusu- akkas jedhani: «Qur'aana kana eeggadhaa, isa lubbuun Muhammad harka isaa jirtuunan kakadha, inni gaalli hidhaa isii keessaa miliquu caalaatti nama harkaa miliqa».</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Qur'aana eeggachuu fi booda qoma isaa keessatti haffazee akka isa hin daganneef yeroo hunda isa qara'uutti ajajani, sana immoo kakaa isaaniitiin gadi jabeessani -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Qur'aanni nama harkaa ba'uu fi qoma keessaa deemuu keessatti gaala haadaan walakkaa hirree isiitti hidhamte caala, ilmi namaa yoo kan isii eeggatu ta'e isii qabata yoo kan gadhiisu ta'e immoo ni deemti ni baddi.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Namni Qur'aana haffaze yeroodhaa yerootti isa qara'uu irratti yeroo hunda yoo jiraate qoma isa keessatti tikfamaa ta'ee hafa.
 Bua'aalee Qur'aana eeggachuu keessaa: mindaa fi guyyaa qiyaamaatti sadarkaan ol fuudhamuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Irra caalaan keessan nama Qur'aana baratee barsiise</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>Usmaan irraa akka odeeffametti -Rabbi isa irraa haa jaallatu-  Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti ha a buusu- ni jedhani: «Irra caalaan keessan nama Qur'aana baratee barsiise».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra caalaan muslimootaa fi Rabbiin biratti sadarkaan isaan olaanaa: qaraatiin, hifziin, tajwiidaan qara'uun, isa hubachuu fi hiikkaa isaa woliin nama Qur'aana baratee waan ofii barate immoo kan nama biraa barsiise akka ta'e himani.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Sadarkaa Qur'aanaa ibsuutu keessa jira, inni irra caalaa haasawaati; haasawa Rabbii waan ta'eef jecha.
 irra caalaan worra baratuu nama nama biraa barsiisu malee nama lubbuu ofii irratti gabaabbatuu miti.
 Qur'aana baratanii barsiisuun qiraatii, hiikkaa fi murtoo isaa wolitti qabata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5913</t>
   </si>
   <si>
-    <t>قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ</t>
+    <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
   </si>
   <si>
     <t>Jedhi: Yaa Rabbi, na qajeelchi, na sirreessi, qajeellumaan karaa imalaa qajeeluu kee yaadadhu, sirraa'uun sirraa'uu xiyyaa yaadadhu</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ».</t>
   </si>
   <si>
     <t>Aliyyi irraa akka odeeffametti -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana naan jedhan: «Jedhi: Yaa Rabbi, na qajeelchi, na sirreessi, qajeellumaan karaa imalaa qajeeluu kee yaadadhu, sirraa'uun sirraa'uu xiyyaa yaadadhu».</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه أنْ يَدعوَ اللهَ ويسألَه فيقول: (اللهم اهدني) وأرشدني ودلني (وسددني) ووفقني، واجعلني مستقيمًا في جميع أموري. 
 فالهُدَى: هو مَعرفةُ الحقِّ تفصيلًا وإجمالًا، والتوفيق لاتّباعه ظاهرًا وباطنًا. 
 والسّداد: هو التوفيق والاستقامة في جميع الأمور بما يكون صوابًا على الحق، وهو الطريق المستقيم في القول والفعل والاعتقاد. 
 ولأن الأمر المعنوي يَتَّضِح بالمَحْسُوس؛ تَذَكَّر وأنت تدعو هذا الدعاء بأنَّ: (الهدى: هدايتك الطريق) فأحضِر بقلبِك وأنت تسأل هدايةً كهداية مَن سافر، فإنه لا يَنحرِف عن الطريق يَمْنة أو يسرة؛ وذلك لِيَسْلَمَ مِن الضياع، وبذلك يَنال السلامة، ويَصِل إلى غايته سريعًا. 
 (والسداد: سداد السهم) فأنت تلاحظ عند تَسْديدِك السَّهْمَ في سرعة وصوله وإصابته للهدف، فالرامي إذا رمى غرضًا سدَّد بالسهم نحو الغَرَض، فكذلك تسأل الله تعالى أنَّ ما تَنويه من السداد على شاكلة السهم؛ فتكون في سؤالك طالبًا غاية الهدى، ونهاية السداد.
 فأحضر هذا المعنى بقلبك حتى تسأل الله السداد ليكون ما تنويه من ذلك على مشاكلة ما تستعمله من الرمي.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Aliyyi bin Abii Xaalib -Rabbiin irraa haa jaallatu- Rabbiin akka kadhatuu fi akkas akka jedhu ajajan: (Yaa Rabbi na qajeelchi) karaa sirrii irra na kaayi, naaf akeeki (Karaa haqaa irratti na gadi dhaabi)  kheyrii na waffaqi, dhimma koo hunda keessatti nama istiqaamaa qabu na taasisi.
 Qajeelluma jechuun: dhugaa jiru bal’inaani fi walumaa galatti beekuu dha, karaa haqaa keessaa fi gubbaan hordofuuf towfiiqa argachuudha.
 Sadaada jechuun: Inni dhimma hunda keessatti jecha, gochaa fi amantii keessatti karaa qajeelaa irratti istiqaamaa fi towfiiqa argachuudha.
 Dubbiin keessoo wan mul'atuun waan ifa ta’uuf, ati yeroo du'aa'ii kana jettu yaadadhu: (Qajeellumni karaa qajeeluu keeti) kanaafuu yeroo qajeelluma kadhattu qajeellumni kun akka qajeelluma nama imala deemuu ta'uu qalbii irra fidi, inni (imaltaa'aan) karaa gara mirgaa ykn gara bitaatti hin maqu; kunis akka karaa hin banneef jecha, akkasitti nageenya argatee, bakka itti deemus dafee ga'a.
 (sirraa'inni akka sirraa'ina xiyyaatti) Ati xiyya tokko yeroo kaayyeffattu, dafee bakka itti xiyyeeffatte bira gaʼee kaayyoo san bakkaan gahuu akkuma yaaltu, Namni xiyya darbatu tokko yeroo xiyyeeffannaa irratti kaayyeffatu, xiyya sana bakka itti akeeke sanatti kaayyeffata, akkasuma wanni ati xiyyeeffannaa irraa niyyattu akka xiyyaa akka ta'u Rabbii ol ta'e kadhachaa jirta; kanaaf gaaffii kee keessatti qajeelluma bakka ga'ee fi hoonga sirraa'inaa barbaadaa taata.
 Akka wanni ati niyyattu akka waan ati darbattuu akka ta'u yeroo Rabbiin kadhattu hiika kana qalbii kee irra fidi.</t>
   </si>
   <si>
     <t>الداعي ينبغي أن يَحرِص على تسديد عملِه وتقويمه بلزوم السنة وإخلاص النية.
 استحباب الدعاء بهذه الكلمات الجامعة للتوفيق والسداد.
 ينبغي على العبد الاستعانة بالله تعالى في جميع أموره.
 ضرْب المثال في مقام التعليم.
 الجمع بين طلب الهداية وصلاح الحال، والاستمرار عليها وعدم الزيغ عنها طرفة عين وصلاح المآل، فقوله: "اهدني" بأن يكون سائرًا على دَرْبِ الهداية، وقوله: "وسددني": من الإصابة وعدم الزيغ عند الهداية التي اعتلاها.
 الداعي ينبغي له أن يهتمَّ بدعائه، ويستحضر معاني دعواته في قلبه؛ فهذا أَدْعَى للقبول.</t>
   </si>
   <si>
     <t>Namni Rabbi kadhatu, hojii isaa bifa sirna qabuun raawwachuu fi akka karaa sunnaa madaaluu  fi niyyaa qulqulluun of eeggachuu qaba.
 Milkaa’inaa fi qajeellumaaf jechoota walitti qabu kanaan kadhachuun jaalatamaa dha.
 Gabrichi dhimma isaa hundumaa keessatti Rabbiin irraa gargaarsa barbaaduudha qabaadha.
 Karaa barnootaa keessatti fakkeenya kennuudha.
 Gidduu qajeelluma barbaaduu fi tolina haalaa barbaaduu walitti qabuudha, akkasumas itti fufuu, hanga libsuu ijaa takka irraa maquu dhabuu barbaaduu fi tolina deebii barbaaduu walitti qabuudha, jechi: "Na qajeelchi" jedhu daandii qajeelloo irra deemuu barbaaduudha. jechi: "na sirreessi" jedhu ammoo karaa qajeellumaa irratti qax jedhanii gara tokkollee irraa dabuu dhabuu barbaaduudha.
 Namni Rabbi kadhatu, kadhannaa isaaf xiyyeeffannaa kennuu fi hiika kadhannaa isaa qalbii isaa keessatti yaadachuu qaba. Kun immoo fudhatama argachuuf carraa guddaa qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5915</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ</t>
+    <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Isa lubbuun koo harka isaa keessa jirtuun kakadhee karaa warra isin dura darbanii ni hordoftu</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Abuu Waaqid Al-Laysii irraa odeeffame, Rabbiin irraa haa jaalatu: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- gara Hunaynitti yeroo bahan muka mushrikootaa tan meeshaa waraanaa itti fannifatan tan zaatu anwaax(bakka waa itti fannifatan) jedhamtu tokko bira darban, akkas jedhaniin (sahaabonni): Yaa ergamaa Rabbii akkuma isaan zaat anwaaxin qaban, nuufis zaat anwaax godhi, Nabiyyiinis -nagaa fi rahmatni irra haa jiraatu- akkas jedhan: Rabbiin qulqullaaye! Kuni akkuma ummatni Muusaa isaan jedhani:(Akkuma isaan waan gabbaramu qaban nuufis waan gabbaramu godhi} [Al-A'araaf: 138]  Isa lubbuun koo harka isaa keessa jirtuun kakadhee karaa warra isin dura darbanii ni hordoftu".</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- gara Hunaynii bahan, innis laga gidduu Xaa'ifii fi Makkaatti argamuudha, yeroo sanatti sahaabota dhiyeenyatti Islaamummaa fudhatan tokko tokkootu isaan waliin ture, Muka “zat Anwaax” jedhamtu tokko bira darban, jechuunis bakka waa itti fannifatan jechuudha, mushrikoonni barakaa barbaaduuf jecha kan isii guddisan ta'an, akkasumas meeshaa isaanii fi wantoota biroo kan irratti fannifatan ta'an, Kanaaf sahaabonni muka akka isaa, kan meeshaa waraanaa isaanii barakaa barbaaduf jecha irratti fannifatan akka isaaniif godhan Rasuula -nagaa fi rahmatni irra haa jiraatu- gaafatan, kun akka hayyamamu itti fakkaateti kan gaafatan,
 ​ Nabiyyiinis -nagaa fi rahmanni irra haa jiraatu-  dubbii kana balaaleffachuu fi Rabbiif ulfina Isaan malu kennuuf jecha "Subhaanallaah" jedhan, dubbiin kunis waan ummanni Muusaa isaan jedhan akka fakkaatu himaniiru: {Akkuma isaan waan gabbaramu qaban nuufis waan gabbaramu godhi}, Ummanni Muusaa nama taabota gabbaru yeroo argan akkuma mushrikoonni taabota qaban taabonni akka isaanifiis ta'u gaafatan, kun garuu karaa isaanii hordofuudha. Sana booda Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- ummanni kun karaa Yahuudotaa fi Kiristaanotaa akka hordofanii waan isaan hojjetan hojjetan sana irraa akeekkachiisuf jecha himaniiru.</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>Ilmi namaa wanta Rabbii ol ta'e irraa isa fageessu tokko akka waan Rabbitti isa dhiheessutti yaaduudha danda'a.
 Muslimni tokko wanta amantii isaa keessatti dubbatamuu hin qabne wahii yeroo dhaga’uu fi yeroo waan tokko dinqisiifatu “Allaahu Akbar” fi “Subhaanallaah” jechuudha qaba.
 Muka, dhagaa fi kkf irraa barakaa barbaaduun shirkiidha, barakaan Rabbi qofa irraa barbaadama.
 Sababni taabota gabbaruu isa guddisuu, isa bira taa'uu aadeffachuu fi isaan barakaa barbaaduudha.
 Balbalaa fi daandii gara shirkitti nama geessu cufuun dirqama ta'uudha.
 ​
 Wanni Qur'aana fi Hadiisa irraa yahuudotaa fi kiristaanota arrabsuu keessatti dhufe nuuf akeekkachiisa kennuudha.
 Waan amantii keenya irraa ta'uu isaatti ragaan jiru malee warra bara awaamummaa, yahuudotaa fi Kiristaanotatti fakkaachuu irraa dhoorguudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5927</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ</t>
+    <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
     <t>Namni tokko gara Nabiyyitti -nagaa fi rahmanni isaan irratti haa jiraatu- dhufee, dhimma wahii keessatti isaan dubbisee, akkas jedheen: "Waan Rabbiin fedhee fi waan ati feete", Nabiyyiinis -nagaa fi rahmanni isaan irratti haa jiraatu- ni jedhan: “Rabbi waliin qixa na gootee? waan Rabbi qofti fedhe” jedhi</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffame Rabbiin isaan lamaan irraa haa jaalatu: Namni tokko gara Nabiyyitti -nagaa fi rahmanni isaan irratti haa jiraatu- dhufee, dhimma wahii keessatti isaan dubbisee, akkas jedheen: "Waan Rabbiin fedhee fi waan ati feete", Nabiyyiinis -nagaa fi rahmanni isaan irratti haa jiraatu- ni jedhan: “Rabbi waliin qixa na gootee? waan Rabbi qofti fedhe” jedhi.</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
     <t>Namni tokko gara Nabiyyitti -nagaa fi rahmanni isaan irratti haa jiraatu- dhufee, dhimma isaa wahii keessatti isaan dubbisee, eegasii akkas jedheen: “Waan Rabbiin fedhee fi waan ati feete”, Nabiyyiinis -nagaa fi rahmanni isaan irratti haa jiraatu- dubbii kana balaaleffachuun fedhii uumama tokkoo fedhii Rabbii waliin qubee “waw” jedhu fayyadamuun walitti qabanii dubbachuun shirkii xixiqqaa namni muslimaa isa dubbachuun hin hayyamamne akka ta’e itti himan. Eegasii gara jecha dhugaatti isa qajeelchan: "Waan Rabbi qofti fedhe", haaluma kamiinuu ta'ee fedha nama biraa osoo fedha Isaatin walitti hin qabne fedha Isaa keessatti Rabbiin adda baasuudha qaba.</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
@@ -10113,444 +10820,490 @@
   <si>
     <t>Waan Rabbiin fedhee fi waan ati feete jechuu fi waan isa keessa qubee "waw" fayyadamuun fedha gabrichaa fedha Rabbitti hidhuun jiruu fi jechoota isa fakkaatan irraa dhoorguudha; sababni isaas inni waan shirkii xiqqaa ta'eef jecha.
 Dogongora mormuun dirqama ta'uudha.
 Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- tokkichummaa Rabbii kan tiksanii fi daandiiwwan shirkii kan cufan ta'uu isaaniti.
 Badii yeroo balaaleffannu nama waamamaa jiru san fakkeenyummaa Nabiyyii -nagaa fi rahmanni isaan irratti haa jiraatu- hordofuun gara filannoo hayyamamaa ta'eetti isa qajeelchuun gaarii ta'uudha.
 Jecha isaanii nagaa fi rahmanni irra haa jiraatuu, hadiisa kana keessatti: “Waan Rabbi qofti fedhe” jedhu fi jecha isaanii kan hadiisa biraa keessatti dubbatame: “Waan Rabbiin fedhe, eegasii waan ati feete” jedhu walitti yoo araarsinu, 
 “Waan Rabbiin fedhe, eegasii waan ati feete” jechuun ni hayyamama, garuu  “Waan Rabbi qofti fedhe” jechuutu caala.
 “Waan Rabbiin fedhe, eegasii waan ati feete” jechuun siif ni ta'a, garuu “Waan Rabbi qofti fedhe" jechuutu caala.</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[sanadni isaa hasani]</t>
   </si>
   <si>
     <t>[ibnu maajah, nasa'iin kubraa keessatti, ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5928</t>
   </si>
   <si>
-    <t>أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ</t>
+    <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>Guyyaa Qiyaamaa Rabbiin biratti warri irra cimaa adabbii adabaman warra uumama Rabbii wajjiin wal fakkeessani</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu’umintootaa irraa odeeffamee -Rabbiin ishee irraa haa jaallatu- akkas jette: Mana meeshaa kiyya girdoo fakkii of keessaa qabuun hagoogee osoon jiruu Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- natti ol seenanii, yeruma isa argan fuulli isaanii jijjiiramee isa baqassanii, akkana jedhan: "Yaa Aa'ishaa, Guyyaa Qiyaamaa Rabbiin biratti warri irra cimaa adabbii adabaman warra uumama Rabbii wajjiin wal fakkeessani, Aa'ishaanis akkana jette: "isa mummurree boraatii tokko ykn lama irraa tolchine".</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- mana isaanii Aa'ishaa irratti -Rabbiin irra haa jaalatu- ol seenanii, dhugumatti mana xiqqaa meeshaan keessa kaayamu girdoo of keessaa fakkii labbu qabeeyyii qabuun haala isheen hagoogdeen ishee arganii, aaranii bifti fuula isaanii jijjiiramee isa buqqisanii, akkas jedhan: Guyyaa Qiyaamaa Rabbiin biratti namoonni irra cimaa adabbii adabaman warra uumama Rabbii wajjiin wal fakkeessanii fakkii kaasani. Aa'ishaan akkana jette: "boraatii tokko ykn lama isa irraa tolchine”.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Waan sana keessatti badiin irra guddaa ta'e hin jiraatiniin badii yeroo arganitti mormuu fi booda aansuu dhabuudha.
 Adabbiin Guyyaa Qiyaamaa akka guddina diliitin garaagarummaa qaba.
 ​
 Lubbu qabeeyyii suuraa kaasuun diliiwwan gurguddoo ta'an irraayi.
 Sababoowwan suuraa kaasuun dhorgameef keessaa inni tokko uumama Rabbii ol ta'ee fakkeessuudha, namni suuraa kaasu sana yaadus ykn yaaduu baatus tokkuma.
 Qabeenya waan isa keessatti haraama ta'u irraa fageessanii eeggatanii itti fayyadamuu irratti bolola shari'aan qabduudha.
 Fakkii lubbu qabeeyyii bifa kamiinuu hojjechuu irraa dhorguudha, osoo xiqqeeffamtuu illee taatee.
 ​</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5931</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Namni bakka tokko qubatee eegasii, A'uuzu bikalimaatillaahi attaammaati Min sharri Maa Khalaq jedhe, qubsuma isaa sana irraa hanga imalutti homaa isa hin miidhu</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Khawlaa bintu Hakiim Assulaymiyyaa irraa akka odeeffametti ni jetti: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: «Namni bakka tokko qubatee eegasii, A'uuzu bikalimaatillaahi attaammaati Min sharri Maa Khalaq jedhe, qubsuma isaa sana irraa hanga imalutti homaa isa hin miidhu».</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ummata iisaanii gara tikfamuu fi gara isaa deebi'uu bu'a qabeessa ta'e kan isaan yeroo namni dachii irraa bakka wohii qubatetti wanti ilmi nama sodaatu hundi isaan nama irraa deebi'uutti qajeelchani, imala irratti ta'us yookaan boqonnaaf ta'us yookaan waan biraatiifis ta'u: sadarkaa isaa, barakaa isaatii fi bu'aa isaatiin jechoota Rabbii guutuu ta'ee fi hirdhina hunda irraa bilisa kan ta'een tikfamuu fi gara isaa deebi'uun, hamtuu uumama hunda hamtuun isa keessa jiru irraa, qubsuma isaa sana keessatti hanga bakka san jiraatetti nageenya aragata.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Maganfannaan ibaadaadha, inni isa Rabbiin yookaan maqoolee isaatii fi sifoota isaatiin ta'eedha.
 jecha Rabbiitiin maganfachuun eeyyamamaa ta'uu isaa, sifaata Rabbii irraa waan ta'eef jecha, faallaa uumama kamiinuu maganfachuuti, inni immoo shirkiidha.
 sadarkaa fi barakaa du'aa'iin kun qabuudha.
 zikriidhaan eegamuun sababaa gabrichi hamtuu irraa ittiin tikfamuudha.
 waan Rabbiin malee jiru, jinnii, falfaltoota, kijibdootaa fi kanneen birootiin maganfachuu balleessuutu keessa jira.
 bakk jireenyaa yookaan imalatti nama bakka wohii qubateef du'aa'iin kun karaa godhamuu isaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>waan ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ittiin na erganiin si erguu? siidaa kamuu isa dhabamsiiftu malee akka isa hin dhiifne, qabrii ol ka'ee mul'atu kamuu wol qixxeessitu malee akka hin dhiifne</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Abuu Al-Hayyaaj Al-Asadii irraa akka odeeffametti ni jedhe: Aliyyii ibnu Abii Xaalib akkas naan jedhe: waan ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ittiin na erganiin si erguu? siidaa kamuu isa dhabamsiiftu malee akka isa hin dhiifne, qabrii ol ka'ee mul'atu kamuu wol qixxeessitu malee akka hin dhiifne.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sahaabota isaanii siidaa kamuu -inni suuraa waan lubbuu qabuu kan bifa qaamaatiin bocame yookaan kan hin bocamneedha- isa dhabamsiisanu malee yookaan isa haqanu malee akka hin dhiifneetti ergaa turani.
 akkasuma qabrii ol ka'aa kamuu dachiin wol qixxeessanii, ijaarsa isa irra jiru diigan malee akka hin dhiifne, yookaan immoo diriiraa dachii irraa hedduu ol hin fuudhamne taasisan malee akka hin dhiifne , hanga taakkuu tokkoo ol fuudhama.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>waan lubbuu qabu suuraa kaasuun haraama ta'uu isaa; karaa shirkiitti qaqqabsiisu irraa waan ta'eef.
 nama aangoo qabuuf yookaan humna itti qabuuf harkaan badii deebisuun karaa godhamuu isaa.
 suuraa, siidaa fi ijaarsa qabrii irraa fi hunda waan hambaa jaahiliyyaatti akeeku dhabamsiisuuf bolola nabiyyiin qabanu -Raabbiin rahmataa fi nageenya isaan irratti haa buusu-.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Tokkoon keessan hin amanu hanga ani abbaa isaa, ilma isaa fi namoota hunda irra isa biratti irra jaallatamaa ta'utti</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Anas irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Tokkoon keessan hin amanu hanga ani abbaa isaa, ilma isaa fi namoota hunda irra isa biratti irra jaallatamaa ta'utti».</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- muslimni tokko hanga jaalala haadha isaa, abbaa isaa, ilma isaa, intala isaa fi namoota hunda irra jaalala ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dursutti iimaanni isaa guutuu akka hin taane nuuf himani, jaalalli kun isaaniin buluu, isaaniif tumsuu fi badii dhiisuu murteessiti.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jaallachuu fi jaalala uumama hundaa irra isa dursuun dirqama ta'uu isaa.
 mallattoo jaalalli isaaniif qabanu guutuu ta'uu isaa irraa: sunnaa ergamaa Rabbiitiif tumsuu fi sana irratti lubbuu fi qabeenya aarssa gochuudha.
 jaalalli ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan isaan ajajan keessatti isaaniin buluu, waan isaan himan keessatti isaan dhugeessuu, waan isaan irraa dhoorgan irraa fagaachuu fi waan haarawa dhiisanii isaan hordofuu murteessa.
 haqni nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haqa namoota hundaa irra jabaa fi murteessadha; jallina irraa qajeelinattti dhufuu keenyaa fi ibidda irraa najaa baanee jannata seenuuf sababaa waan ta'aniif jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>‌Namni milkii ilaallate yookaan ilaalchifate, yookaan raage yookaan raagameef, yookaan falfale yookaan falfalameef nurraayyii miti</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Imraan ibnu Husayn irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «‌Namni milkii ilaallate yookaan ilaalchifate, yookaan raage yookaan raagameef, yookaan falfale yookaan falfalameef nurraayyii miti namni hirzii hidhe, akkasuma namni raagaa bira dhaqee waan inni jedhu isa dhugeesse dhugaatti waan Muhammadiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irratti bu'etti kafareera».</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ummata isaanii irraa nama hojii garii hojjate: "nurraayyii miti" jechuun sodaachisani, sana keessaa:
 Inni jalqabaa: "nama milkii ilaallate yookaan nama milkiin ilaalameef" bu'uurri isaa imalas ta'u yookaan daldalas ta'u yookaan kan biroos ta'u hojii wohii yeroo eegaluu jedhanitti allaattii gadhiisuudha, karaa mirgaa yoo barrise abdii godhatee waan barbaadu san itti fufa, yoo karaa bitaa barrise immoo milkiin hin jiru jedhee abdii muratee waan barbaadu sana dhiisa, gocha akkasii kana ofiif hojjachuun hin ta'u yookaan nama isaaf hojjatus godhachuun hin ta'u, akkasuma allaattiwwaniin yookaan bineensotaan yookaan qaama miidhamtootaan yookaan lakkoofsaan yookaan guyyaadhaan yookaan waan biraatiin waanuma ta'e haa  ta'u kan dhaga'amus ta'ee yookaan kan argamus ta'ee ittiin abdii murachuun hin ta'u.
 inni lammaffaan: "nama raage yookaan raagameefi" urjiiwwanii fi kanneen biroo fayyadamuun namni beekumsa fagoon beeka jedhee himate, yookaan raagaa fi kan isa fakkatan gara nama beekumsa waan fagoo himatutti dhufee, beekumsa fagoo himachu isaatiif waan inni jedhu isa dhugeesse, dhugaatti waan Muhammad -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irratti bu'etti kafare.
 sadaffaan: "nama falfala hojjate yookaan falfalli hojjatameefi" inni nama ofii isaatiif falfala hojjatate, yookaan nama falfala isaaf hoojjatu kan godhatedha; nama wohii ittiin fayyaduuf yookaan isa miidhuuf jecha, yookaan maganfannaa haraama ta'e irratti qara'uu fi isa keessatti tuttufuun haadaa fi falfala irraa hirzii hidhe.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Rabbi irratti hirkachuu fi murtoo isaatti amanuun dirqama ta'uu isaa, akkasuma milkii ilaallachuu, abdii murannaa, falfallii fi raagni, yookaan namoota waan kana hojjatan sana gaafchuun haraama ta'uu isaa.
 beekumsa waan fagoo himachuun shirkii tawhiida falleessu irraati.
 raagaa dhugeessuu fi isa bira deemuun haraama ta'uu isaa, ganaa qara'uu, siinii qara'uu fi urjiiwwan ilaaluunis waan isaa baruuf jecha yoo ta'ellee sanuma irraa lakkaawama.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[bazzaar odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Namni waa himaa bira dhufee waan tokko irraa isa gaafate, salaanni halkan afurtamaa isaaf hin qeebalamu</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Garii haadholee manaa nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa akka odeeffametti nabiyyiin-Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni waa himaa bira dhufee waan tokko irraa isa gaafate, salaanni halkan afurtamaa isaaf hin qeebalamu».</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waa himtuu bira deemuu irraa sodaachisani -inni maqaa wolii galaa raagduu, nama urjii ilaaluun waa himuu, nama cirracha irratti hundaa'uun raaguu fi kanneen jara fakkaatan biroo, worreen beekumsa fagoo beekuu isaaniitiif haal duree hojjataniin ragaa taasifatanuuti- waan tokko waan beekumsa fagoo irraa ta'e tokko gaafachuudhuma qofaan Rabbiin mindaa salaata isaa guyyaa afurtamaaf isa dhoorgata; badii fi dilii guddaa kana irratti isa adabuuf jecha.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>raaguun, nama raagu bira deemuu fi waan beekumsa fagoo irraa isaan gaafachuun haraama ta'uu isaa.
 ilmi namaa mindaa Rabbiin buluu isaa adabbii badii isaatiif jecha dhorgatamuutu mala.
 urjiiwwan laakkaa'uu fi isii ilaaluu kan jedhamus hadiisicha keessa seena, akkasuma ganaa fi siinii dubbisuunis -maalummaa isaa baruufillee yoo ta'e-; sun hundi raagaa fi beekumsa fagoo himachuu irraa waan ta'eef jecha.
 adabbiin nama waa himtuu bira deemuu kana yoo ta'e, mindaan waa himtuu sanii immoo akkam haa ta'u?
 salaanni guyyaa afurtamaa dirqamummaa buusuuf ni geessi qadaa isii baasuun dirqama hin ta'u, garuu immoo mindaa hin qabdu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>Namni urjiiwwan irraa beekumsa wohii fudhate falfala irraa damee tokko fudhateera, hanga dabaleen ni dabala</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni urjiiwwan irraa beekumsa wohii fudhate falfala irraa damee tokko fudhateera, hanga dabaleen ni dabala».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni baratee beekumsa urjiiwwanii fi seensa isii fudhatee, sochii isii, seensa isiitii fi ba'iinsa isiitiin, taatee dachii irratti ta'u du'a ebeluu yookaan jireenya ebeluu yookaan dhukubba isaatii fi waan sana fakkaatu waan fuulduratti argamu irratti akka ragaatti dhiheeffate, dhugaatti falfala irraa qooda wohii akka barate ibsani, ilmi namaa hanguma beekumsa kana heddummeesseen falfalas heddummeesseera.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>urjiiwwaniin raaguun haraama ta'uu isaa, inni haalota urjii irratti hundaa'uun waan fuulduratti dhufu irraa dubbachuudha; beekumsa fagoo himachuu irraa waan ta'eef inni haraama.
 urjiin raaguun haraama ta'e gosa falfalaa tawhiida falleessu irraati, faallaa kanaatti immoo kallattiiwwan baruuf yookaan qiblaa baruuf yookaan yeroon yookaan baatiwwan seenuu baruuf jecha urjiiwwan ilaaluun eeyyamamaadha.
 hanguma urjiin raaguu barachuu dabaluun dameewwan falfalaa irraa barchuus dabala.
 urjiiwwaniif bu'aawwan sadi'i kan Rabbiin Qur'aana isaa keessatti dubbateetu jira: samiidhaaf faaya, mallattoowwan ittiin kallattii qajeelfatani, shayxaanaaf immoo furguuggeedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5989</t>
   </si>
   <si>
-    <t>ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ</t>
+    <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
   </si>
   <si>
     <t>Harka kee qaama kee irraa bakka dhukkubbiin sitti dhagahamu irra kaa’ii, akkana jedhi: Bismillaah" Maqaa Rabbiitin, yeroo sadii, ergasii yeroo torba akkana jedhi:  "Hammeenya na mudatee fi sodaadhu irraa Rabbii fi dandeettii isaatti maganfadha</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
   </si>
   <si>
     <t>Usmaan bin Abii Al-Aas al-saqafii irraa akka odeeffametti -Rabbi irraa haa jaallatu- inni Ergamaa Rabbiititti -nagaa fi rahmanni irra haa jiraatu- erga Islaamummaa qabatee dhukkubbiin qaama isaatti akka dhagahamu himate,  Ergmmaanis -nagaa fi rahmanni irra haa jiraatu- akkas jedhaniin: «Harka kee qaama kee irraa bakka dhukkubbiin sitti dhagahamu irra kaa’ii, akkana jedhi: Bismillaah" Maqaa Rabbiitin, yeroo sadii, ergasii yeroo torba akkana jedhi:  "Hammeenya na mudatee fi sodaadhu irraa Rabbii fi dandeettii isaatti maganfadha».</t>
   </si>
   <si>
     <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
   </si>
   <si>
     <t>Usmaan bin Abii Al-Aas -Rabbi irraa haa jaallatu- dhukkubbii isa ajjeesuuf ka'e wahiitu isa mudatee jennaan, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- isa gaafachuuf jecha gara isaa dhufanii, du'aa'ii sababaa isaatin Rabbiin dhukkuba isa mudate isa irraa kaasu isa barsiisan; innis eddoo dhibamu irra harka isaa kaa'ee akkana jedha: (Bismillaah) Yeroo sadii, ergasii yeroo torba akkana jedha: (A'uuzu/nan maganfadha) kooluu barbaada, ofiin eega, ofin tiksa (Rabbii fi dandeettii isaatti hammeenya waan ofitti arguu irraa) laalaa ammaa irraa fi (waanan sodaadhu) yaaddoo fi sodaa irraa fuulduratti argamuu isaa kanan sodaadhu irraa, ykn dhukkubni kun itti fufee laalaan isaa qaama wal gaya jedhee waanan sodaadhu irraa isatti maganfadha.</t>
   </si>
   <si>
     <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
   </si>
   <si>
     <t>Akka Hadiisicha keessatti ibsametti ofiif ruqyaa gochuun/of yaaluun ni jaalatamaadha.
 Dhukkuba himachuun -nuffuu fi mormii malee yoo ta'e- Rabbiin irratti hirkachuu fi obsa hin faallessu.
 Du'aa'ii gochuun wantoota sababaa tahan keessaa isa tokko waan ta’eef, jechootaa fi lakkoofsa isaa irratti cichuun barbaachisaadha.
 Du'aa'iin kun dhukkubbii qaama hundaaf taha.
 Yeroo du'aa'ii kanaan ruqyaa godhatan harka bakka dhukkubbii  san irra kaa’uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6018</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>Ulaagaa hunda irra kan isin guutuu qabdan, ulaagaa ittiin qaama saalaa dubartii halaala taasifattani</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>Uqbaa ibnu Aamir irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Ulaagaa hunda irra kan isin guutuu qabdan, ulaagaa ittiin qaama saalaa dubartii halaala taasifattani».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ulaagaa hunda irra kan isa guutuun barbaachisu, inni isa dubartiitti qanani'uun haalaala ta'uu keessatti sababaa ta'e ta'uu ibsan, innis ulaagaa eeyyamamaa ta'e kan haati manaa yeroo nikaan hidhamu gaafattuudha.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Ulaagaa abbaan manaa fi haati manaa irratti wolii isaaniitiif walii galan guutuun dirqama ta'uu isaa, yoo ulaagaa halaala harramse yookaan haraama hallalche ta'e malee.
 Ulaagaa nikaa guutuun kan biraa irra dirqamummaan isaa jabaadha; qaama saalaa dubartii halaalfachuuf kan seename waan ta'eef jecha.
 Bakki bultiin qabu islaamummaa keessatti jabaa ta'uu isaa, ulaagaan isaa akka guutamuuf waan gadi jabeesseef jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6021</t>
   </si>
   <si>
-    <t>{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ</t>
+    <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
+  </si>
+  <si>
+    <t>waan gaafattan irra waan caaluutti isin akeekuu? yeroo bakka ciisichaa keessanii qabattan- yookaan firaasha keessanitti ol baatan- yeroo soddomii sadi Rabbiin qulqulleessaa, yeroo soddomii sadi Rabbiin faarsaa, yeroo soddomii afur Rabbiin guddisaa, inni kun hojjataa qabaachuu irra isiniif caala</t>
+  </si>
+  <si>
+    <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
+  </si>
+  <si>
+    <t>Aliyyiin irraa akka odeeffametti -Rabbiin isa iraa haa jaallatu- Faaximaan -Rabbi isii irraa haa jaallatu- sababaa dhagaa waa ittiin daaktuutiin dhukkubbii harka isiitti dhaga'amu itti himachuuf jecha gara nabiyyitti dhufte -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kan dhuftes akka garbichi isaaniif dhufe isii qaqqabeeti, garuu dhuftee waan isaan argachuu hin danda'iniif, waan ta'e sana Aa'ishaatti himte, isiinis yeroo isaan dhufanitti isaanitti himte, Aliyyiin akkana jedhe: nuhii bakka hirriibaa qabatee hirriibaaf qophaa'e nutti dhufanii, isaaniif dhaabbachuuf jennaan, «Bakka keessanii hin sochoo'inaa» jechuun nu bira dhufanii gidduu kootii fi gidduu isii taa'ani, hanga qabbanni faana isaanii lameenii garaa koo irratti natti dhaga'amutti, eegasii akkas jedhani: «waan gaafattan irra waan caaluutti isin akeekuu? yeroo bakka ciisichaa keessanii qabattan- yookaan firaasha keessanitti ol baatan- yeroo soddomii sadi Rabbiin qulqulleessaa, yeroo soddomii sadi Rabbiin faarsaa, yeroo soddomii afur Rabbiin guddisaa, inni kun hojjataa qabaachuu irra isiniif caala».</t>
+  </si>
+  <si>
+    <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
+فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
+فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
+ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
+قالا بلى، فقال صلى الله عليه وسلم: 
+إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
+وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
+واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
+فهذا الذكر خيرٌ لكما من خادم.</t>
+  </si>
+  <si>
+    <t>Faaximaan -Rabbi isii irraa haa jaallatu- intalti nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sababaa dhagaa ittiin waa daaktuutiin dhukkubbii harka isiitti dhaga'mu nabiyyiitti himatte -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo boojuun gara nabiyyii dhufetti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- boojuu kana keessaa khaadima gaafachuuf jecha gara isaaniitti dhufte; hojii mana keessaa isii irraa bakka bu'ee akka hojjatuuf jecha, haa ta'u malee manatti isaan argachuu hin dandeenye, Aa'ishaa argattee -Rabbiin isii irraa haa jaallatuu- waa'ee sanaa isiitti himte, Aa'ishaanis yeroo nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gara manaatti deebi'anitti faaximaan khaadima isaan gaafachuuf jecha akka dhuftee turte isaanitti himte, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaanii hirribaaf qophaa'aa jiruu gara mana faaximaa fi aliyyiitti -Rabbiin isaan irraa haa jaallatu- deemuun, gidduu isaanii taa'ani hanga qabbanni faana lamaan nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- garaa aliyyiitti beekame tokkotti, eegasii akkas jedhaniin: khaadiman isiniif kennuu na gaafattan irra waan caalaa ta'etti isin akeekuu? isaanis, eeyyen, nu akeeki jedhani, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: yeroo hirribaaf jecha halkan bakka ciisichaa keessan qabattan, yeroo soddomii afur ''Allaahu Akbar" jechuun Rabbiin guddisaa, akkasuma yeroo soddomii sadi "Subhaana Allaah" jechuun Rabbiin qulqulleessaa, akkasuma yeroo soddomii sadi "Alhamdulillaah" jechuun Rabbiin faarsaa; zikriin kun khaadima irra isiiniif caalaadha.</t>
+  </si>
+  <si>
+    <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
+هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
+إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
+قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
+قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
+قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
+  </si>
+  <si>
+    <t>Zikrii kana itti fufiinsaan gochuun jaallatamaa ta'uu isaa, eegasii Aliyyiin dhaamsa nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kana halkan lola siffiinillee akka hin dhiifne beekamee jira.
+Zikriin kun hirriba halkaniitti malee hin jedhamu, muslimiin biratti gabaasa mu'aaz shu'ubaa irraa gabaaseen "halkan yeroo bakka ciisichaa keessan qabattanitti" jechuutu jira.
+Muslimni jalqaba halkaniitti zikrii kana dagatee dhuma isaatti yoo yaadate, yeruma yaadatetti isa jechuun rakkoo hin qabu; 
+Aliyyiin gabaasaan hadiisichaa jedhetti jalqaba halkan lola siffiin irratti dagatee eegasii yaadachuun subhii dura waan isa jedheef jecha.
+Aalimni islaamaa Al-muhallab jedhamu akkas jedhe: ilmi namaa aakhiraa duuniyaa caalchifachuu keessatti waan lubbuu ofii itti kakaasutti maatii isaas yoo kan danda'an ta'e kakaasuu akka qabuudha.
+Aalimni islaamaa Ibnu Hajar Al-Asqalaaniin akkas jedhe: namni itti fufiinsaan isa jedhe baay'ina hojiitiin hin miidhamu, dadhabbiin isatti yoo dhaga'amellee isatti hin jabaatu.
+Aalimni islaamaa Aynii jedhamu akkas jedhe: wonti inni irra caaleef zikriin Aakhiraatti waan rarra'uuf jecha, khaadimni immoo duuniyaatti waan rarra'uuf jecha, Aakhiraan irra caaltuu fi haftuudha, yookaan immoo sababaa zikrii kanaatiin humni isiin khidmaa irratti khaadima irra caalaa ittiin hojjattu isiidhaaf argamuudha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6076</t>
+  </si>
+  <si>
+    <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>{Jedhi: Inni Rabbii tokkicha} fi  Mu'awwazateynii yeroo galgalaa fi ganamaa yeroo sadii, waan hundumaa irraa siif geessi</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Abdullah bin Khubayb irraa odeeffamee -Rabbiin irraa haa jaallatu- akkana jedhe: Halkan roobaa fi dukkana cimaa qabu wahii keessa, Ergamaa Rabbii irraa -nagaa fi rahmanni irra jiraatu- akka isaan nuun salaatan kan barbaannu haala taanen baane,  ni jedhe: isaan nin dhaqqabe, isaanis naan jedhani: “Jedhi”, ani homaa hin jenne, eegasii ni jedhani: “Jedhi”, anis homaa hin jenne, ni jedhani: "Jedhi", anis nin jedheen: Maalin jedha? ni jedhani: «{Jedhi: Inni Rabbii tokkicha} fi  Mu'awwazateynii yeroo galgalaa fi ganamaa yeroo sadii, waan hundumaa irraa siif geessi".</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Sahaabaan guddichi Abdullah bin Khubayb, Rabbiin irraa haa jaalatu, akkana jechuun gabaase: Halkan rooba baay’ee fi dukkana cimaa keessa, Ergamaa Rabbii -nagaa fi rahmatni irra haa jiraatu- akka isaan salaachisaniif barbaaduuf ba’an,isaanis isaan argatan, Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akkana jedhaniin: "Jedhi", jechuunis qara'i(dubbisi) jechuudha, garuu inni homaa hin dubbisne, Nabiyyiinis -nagaa fi rahmatni irra haa jiraatu- irra deebi'anii dubbisi jedhaniin, Abdullaahis akkana jedhe: Yaa Ergamaa Rabbii maalin dubbisa? Eegasii Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: Suuraa Al-Ikhlaas {Jedhi Inni Rabbii Tokkicha} fi suuraa lamaan mu'awwizateynii{Jedhi ani Rabbii bariititti maganfadha} fi { Jedhi ani Gooftaa namootatti maganfadha}, yeroo galgalaa fi ganamaa, yeroo sadii yoo jette, isaan hamtuu fi balaa hinda irraa si eegan.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Ganamaa fi galgala suuraa Al-Ikhlaasi fi Al-Mu’awwidhateynii dubbisuun jaalatamaa ta'uu fi isaanis hunda irraa eegumsa akka ta’aniidha.
 Suuraa Al-Ikhlaasi fi Al-Mu'awwizatenii dubbisuun sadarkaa guddaa qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6082</t>
   </si>
   <si>
-    <t>مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ</t>
+    <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>Nama yeroo sadii akkana jedhe: Maqaa Rabbii kan isa waliin dachii irratti ta’ee samii keessatti wanti nama miidhu hin jirreenin tikfama, inni hedduu dhaga'aadha beekasi, hanga bariisifatutti balaan tasaa isa hin mudatu</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Abaan bin Usmaan irraa odeeffamee, ni jedhe: Usmaan bin Affaan -Rabbiin irraa haa jaallatu- kan akkana jedhuun dhaga'e: Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- kan akkana jedhanin dhaga’e: «Nama yeroo sadii akkana jedhe: Maqaa Rabbii kan isa waliin dachii irratti ta’ee samii keessatti wanti nama miidhu hin jirreenin tikfama, inni hedduu dhaga'aadha beekasi, hanga bariisifatutti balaan tasaa isa hin mudatu, nama ganama yeroo sadii isa jedhe immoo hanga galgaleeffatutti balaan tasaa isa hin mudatu», ni jedhe: Abaan bin Usmaan faaliji isa qabee, namichi hadiisa isa irraa dhaga'e isa ilaalee jennaan, akkana jedheen: Maaliif na ilaalta? Rabbiin kakadhee ani Usmaan irratti hin sobne, Usmaanis Nabiyyii irratti hin sobne, nagaa fi rahmanni irra haa jiraatu, garuu har'a waan na mudateetu na mudate, sababaa sanaan aarii keessa galee isa jechuu dagadhe.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akka ibsanitti namni guyyaa hunda ganama barii booda, galgala halkan hundaa osoo aduun hin lixin yeroo sadii akkas jedhe: (Bismillaah) hunda waan na miidhu irraa maqaa Rabbiitin gargaarsaa fi tika barbaada, (kan hin miine) maqaa isaa dubbachuu waliin (wanni tokkolleen) hanga fedhellee osoo guddatee (Dachii irratti) balaan isa irraa ol bahu (Samii irrattis) balaan gubbaa gadi bu'u, (Inni dhagahaa dha) jechoota keenya (beekaa dha) haalota keenya.
  Nama galgala isa jedhe hanga ganamaatti seenutti balaan tasaa isa hin mudatu, nama ganama isa jedhe immoo hanga galgalaatti seenutti balaan tasaa isa hin mudatu.
 Gabaasaa hadiisa kanaa Abaan bin Usmaan faalij isa qabee, faalij jechuun inni qaama gara tokkoo kan nama irratti laamshessuudha, namichi hadiisicha isa irraa dhagahe gara Abaan dinqisiifatee ilaaluu eegale, Abaanis akkana jedheen: " Maalif na ilaalta?! Rabbitti kakadhe ani Usmaan irratti hin sobne, Usmaanis Nabiyyii irratti -nagaa fi rahmanni irra haa jiraatu- hin sobne, Garuu har'a waan Rabbiin akkan isa jedhu naaf murteesseen na mudate, Aariin natti dhufee jechoota eeraman kana jechuu dagadhe.</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Zikrii kana ganamaa fi galgala gochuun ni jaalatamaadha; sababni isaas akka ilmi namaa hayyama Rabbii ol ta'eetin balaan tasaa, ykn miidhaan ykn kan kana fakkaatan isa mudatu irraa tikfamaa tahuuf jecha.
 Jabina warri salafaa Rabbitti amanuu fi waan Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- isaanitti himan dhugoomsuu keessatti qabaniidha.
 Faayidaalee zikrii ganamaa fi galgalatti daangeessuu keessaa tokko dagannoo Muslima irraa kutuu fi yeroo hunda inni gabricha Rabbii ol ta’ee ta’uu isaa akka yaadatu isa taasisuudha.
 Hanguma amantii nama Rabbiin zakkaruu, khushuu'a qabaachuu isaa fi ikhlaasa fi yaqiinan waliin dhufuu qalbii isaatiini bu'aan zikrii galma ga'a.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6093</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ</t>
+    <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>Jedhi: Rabbii tokkicha hiriyaa hin qabne malee haqaan gabbaramaan hin jiru, Rabbiin Guddate, galanni baay'een Rabbiif haa ta'u, Rabbiin Aalamaa waan Isaaf hin malle irraa qulqullaaye, humnis mallis Rabbii injifataa, ogeessa ta’een malee hin jiru?</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Sa'ad irraa odeeffamee -Rabbiin irraa haa jaalatu- ni jedhe: Namni wahii baadiyyaa irraa gara Ergamaa Rabbiitti dhufee, -nagaa fi rahmanni irra haa jiraatu- akkana jedheen: jecha wahii kanin isa jedhu na barsiisaa, Isaanis ni jedhani: «Jedhi: Rabbii tokkicha hiriyaa hin qabne malee haqaan gabbaramaan hin jiru, Rabbiin Guddate, galanni baay'een Rabbiif haa ta'u, Rabbiin Aalamaa waan Isaaf hin malle irraa qulqullaaye, humnis mallis Rabbii injifataa, ogeessa ta’een malee hin jiru?" Namichi ni jedhe: "Kuni Rabbii kiyyaafi, anaaf hoo" jechuun gaafate, isaanis akkas jedhaniin: " Jedhi: Yaa Rabbi, dhiifama naaf godhi, naafis rahmata godhi, na qajeelchi, rizqii naaf kenni".</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
@@ -10565,82 +11318,121 @@
   <si>
     <t>Namichi warra baadiyyaa irraa ta'e wahii zikrii isa jedhu akka isa barsiisaniif Ergamaa Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- ni gaafate, Rasuullis nagaa fi rahmanni irra haa jiraatuu akkana jedhaniin: Jedhi: “Laa ilaaha illallaahu wahdahu laa shariika lah” tokkichummaa Rabbii ragaa bahuun eegale, hiikni ishees inni haqaan gabbaramu Rabbii tokkicha malee hin jiru jechuudha, "Allaahu akbar kabiiraa" Jechuunis: Rabbiin waan hundumaa irra guddaadha, caalaadha jechuudha. "Wal Hamdu lillaahi kasiiraa” Jechuunis: faaruun baa'een kan Rabbiiti, sifowwan, hojiilee fi qananiiwwan Isaa tan lakkoofsa hin qabne irratti, "Subhaanallaahi Rabbil aalamiin" Jechuunis: Rabbiin hirdhinaa fi waan Isaan hin malle hunda irraa qulqullaa'e jechuudha, "Laa howla walaa quwwata illaa Billaahil aziizil hakiim" Jchuunis: gargaarsa Rabbiiti fi towfiiqa Isaatin malee haala tokko irraa gara haala biraatti jijjiiramni hin jiru jechuudha. Namichis akkana jedhe: Jechoonni kun Rabbii kiyya akka Isa yaadachuu fi ulfina isaaf kennuufi, ofii kootiif hoo maal kadhadha? Rasuullis, nagaa fi rahmanni irra haa jiraatuu akkana jedhaniin: Jedhi: "Yaa Rabbi dhiifama naaf godhi". Badiiwwan haqee ishee dhoksuun, "Rahmata naaf godhi" Faayidaa fi dantaa amantii fi addunyaa naaf argamsiisuun, "Na qajeelchi" Haala gaarii fi karaa qajeelaa ta’eetti, "Na razaqi" Qabeenya halaala ta'e, fayyaa, kheyrii hundaa fi nagaa ta'uu.</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Laa ilaaha ilaaha illallaah , Allaahu Akbar, Alhamdulih, Suubhaanallaah jechhuun zikrii Rabbii irratti jajjabeessuudha.
 Du'aa'ii duratti Rabbiin zakkaranii Isa faarsuun jaalatamaa ta'uudha.
 Namni tokko yeroo du'aa'ii godhatu du'aa'ii hundarra gaarii ta’ee fi kan Qur'aana fi Hadiisatti dhufee kheyrii duniyaa fi aakhiraa hammateen kadhachuun jaalatamaa ta'uudha, akkasumas waan barbaadeen kadhachuu ni danda'a.
 Gabrichi waan addunyaa fi aakhiratti isa fayyadu barachuu irratti bololuudha qaba.
 Araara, rahmataa fi rizqii barbaaduu irratti kakaasuudha, sababni isaas waan wantoonni kunneen kheyrii hammataniif jecha.
 Ummata isaanii waan isaan fayyadu isaan barsiisuu irratti gara laafina Rasuulli qabaniidha, nagaa fi rahmanni irra haa jiraatu.
 Rahmanni booda araarama kadhachuutii wanni dubbatamteef akka qulqullinni guutuun argamuuf jecha, araaramni badiiwwan haquu, dhoksuu fi ibidda irraa bilisa ta'uu of keessaa qaba, rahmanni immoo kheyrii adda addaa fiduu fi jannata seenuun milkaa'uudha of keessaa qaba, kunis milkii guddaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6112</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
+  </si>
+  <si>
+    <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra arjaa namaa turani, yeroon isaan itti irra arjaa ta'an immoo Ramadaana keessa yeroo Jibriil isaaniin wol ga'u ture</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra arjaa namaa turani, yeroon isaan itti irra arjaa ta'an immoo Ramadaana keessa yeroo Jibriil isaaniin wol ga'u ture Jibriil halkan Ramadaanaa hunda isaaniin wol ga'ee Qur'aana isaanii woliin qara'a ture, kanaaf Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- toltuu irratti qilleensa gadhiifamte irra arjaa turani.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
+الأول: الْتِقاؤه بجبريل عليه السلام.
+والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
+فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- arjummaa keessatti irra caalaa namaa turani, arjummaan isaanii immoo baatii Ramadaanaa keessa heddummaata ture, waan barbaachisu nama barbaachisuuf kennaa turani, sababaan arjummaan isaanii dabaleef immoo waa lamaafi:
+Inni jalqabaa: Jibriiliin -nageenyi isa irra haa jiraatu- wol ga'uu isaaniiti.
+Sababaan lammaffaan immoo: Qur'aana woliin qara'uu isaaniiti, inni qoma irraa qara'uudha.
+Jibriil hunda Qur'aana buufamee isaanii woliin qara'a ture, kanaaf Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qilleensa bareedduu isii Rabbiin roobaa fi rahmataan ergu caalaa arjaadha, kennaa fi hojii toltuu akkaan heddummeessaa fi namootaaf daddafanii qaqqabaadha.</t>
+  </si>
+  <si>
+    <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
+الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
+الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
+من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
+  </si>
+  <si>
+    <t>Arjummaa bal'aa nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qaban ibsuudha, keessattuu Ramadaana baatii ibaadaa fi arfaasaa toltuu ta'e keessatti.
+Yeroo hunda arjummaatti kakaasuutu keessa jira, baatii Ramadaanaa keessa immoo dabaluutu jaallatamaa ta'a.
+Baatii Ramadaanaa keessa kenna, tola ooltummaa fi Qur'aana qara'uu heddummeessuudha.
+Sababaa ittiin beekumsa qomatti qabatan keessaa barattootaa fi beektotaa woliin qayyabachuudha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6179</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namoota hunda irra haala gaariin irra bareedaa turani</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Anas ibnu Maalik irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namoota hunda irra haala gaariin irra bareedaa turani.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namoota hunda irra haalli isaanii guutuu ture, haala gaarii fi toltuuwwan hunda irratti dursi kan isaanii ture, haasawa toluu, toltuu hojjachuu, fuula ifuu, rakkoo nama irraa qabachuu fi rakkina namoota irraa isaanitti dhufu immoo danda'uun.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Haalli Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- guutuu ta'uu isaa.
 Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaantu haala toluu keessatti hidhannoo guutuudha.
 Haal toluu isaanii keessatti nabiyyiitti hidhachuutti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kakaasuutu keessa jira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- saalaata hunda booda isiidhaan zakkaru turani</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Abuzzubayr irraa akka odeeffametti ni jedhe: Ibnu Azzubayr salaata hunda booda akkas jedha ture: «Laa Ilaaha Illallaahu Wahdahuu laa Shariika lahuu, lahul mulku Walahul hamdu Wahuwa Alaa kulli Shay'in Qadiir, Laa Hawla Walaa Quwwata Illaa Billaah, Walaa Na'abudu Illaa Iyyuahu, Lahu Anni'imatu walahul fadlu walahussanaa'ul hasan, Laa ilaaha Illallaahu Mukhlisiina Lahuddiina wolaw Karihal kaafiruun» eegasii akkas jedha ture: «Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- saalaata hunda booda isiidhaan zakkaru turani».</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
@@ -10649,325 +11441,530 @@
 "Wahdahuu Laa Shariika Lah" inni gabbartii isaa keessatti, Rabbummaa isaa keessatti, maqootaa fi sifoota isaa keessatti kan isaan woliin qooddatu hin qabu.
 "Lahul Mulku"  jechuun: mootummaan guutuun daangaa hin qabne bal'aan, motummaan samiiwwanii, dachiiwwanii fi waan isaan gidduu jiruu kan isaa qofa jechuudha.
 "Faaruunis kanuma isaati" jechuun: isaatu guutummaa guutuu ta'een himama, isa jallataa, isa guddisaa akkaataa hunda keessatti, gammachuu fi rakkina keessatti guutummaan kan faarfamu.
 "Wa huwa Alaa Kulli Shay'in Qadiir" jechuun: dandeettiin isaa karaa hndaanuu guutuudha jechuudha, homaa isa hin dadhabsiisu, dubbiin kamuu kan isa irratti jabaatu hin jiru.
 "Laa Hawla Walaa Quwwat Illaa Billlaah" jechuun: haala tokko irraa gara haala tokkootti jijiiramuun, Rabbiin faallessuu irraa gara Rabbiin buluutti jijjiiramuun, Rabbiin malee dandeettiin itti hin jiru jechuudha, isaatu gargaaraadha hirkannaanis isuma irratti.
 "Laa Ilaaha Illallaahu, Walaa Na'abudu Illaa Iyyaahu" jechuun: hiika gabbartii gadi dhaabuu fi shirkii mormuudha, isa malee gabbartii kan haqa godhatu hin jiru jechuudha.
 "Lahu nni'imatu Walahul fadlu" jechuun: isaatu qananii uuma isaatu isa harkaa qabaas, gabroottan isaa keessaa nama fedhe irratti isaan tola oola jechuudha.
 "Walahu ssanaa'ul hasan" jechuun: zaata isaa, sifaata isaa, hojii isaa, qananii isaatii fi haala hunda irratti faaruun kan isaati jechuudha.
 "Laa Ilaaha Illallaahu, Mukhlisiina Lahuddiina": jechuun: Rabbiin buluu keessatti argisiifannaa fi dhageessifannaan maletti isa  tokkichoomsoo haala taaneen jechuudha.
 "Wa law Karihal kaafiruun" jechuun: kaafiroonni jibbanullee Rabbiin tokkichoomsuu fi ibaadaa isaa irratti haala raggaaneen jechuudha.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Booda salaata dirqamaa hundaatii zikrii kana irra jiraachuun jallatamaa ta'uu isaa.
 Kafiroonni jibbanullee muslimni amantaa isaa fi mallatoo amantaa isaa ni mul'isa.
 Hadiisa keessatti jechi "booda salaataa" jedhu yeroo dhufe, hadiisicha keessatti kan dubbatame zikrii yoo ta'e bu'uurri booda salaataatii ta'uudha, du'aa'ii yoo ta'e immoo salaata irraa salaammachuun duratti ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>Manneen keessan qabroota hin taasisinaa, mana suuraan baqaraa keessatti qara'amu sheexaanni irraa dheessa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Manneen keessan qabroota hin taasisinaa, mana suuraan baqaraa keessatti qara'amu sheexaanni irraa dheessa».</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mana ofii akka qabrii keessattii hin salaatamneetti salaata irraa ona taasisuu irraa dhoorgani.
 eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sheexaanni mana suuraan baqaraa keessatti qara'amu irraa akka dheessuu himani.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Ibaadaadhaa fi salaata sunnaa manatti heddummeessuun jaallatamaa ta'uu isaa.
-Salaanni bakka qabrii keessatti hin eeyyamamu; karaa shirkiitti qaqqabsiisuu fi worra qabriitti daangaa darbuutti geessa waan ta'eef hin eeyyamamu, salaata janaazaa irratti salaatamu yoo ta'e malee.
+Salaanni bakka qabrii keessatti hin eeyyamamu; karaa shirkiitti qaqqabsiisuu fi worra qabriitti daangaa darbuutti geessa waan ta'eef jecha, salaata janaazaa irratti salaatamu yoo ta'e malee.
 Bakka qabrii keessatti salaata dhoorguun sahaabota biratti dhugaatti murtaa'aa beekamaa ture, kanaaf nabiyyiin -Rbbiin rahmataa fi nageenya isaan irratti haa buusu- manni akka qabrii keessatti hin salaatamnee akka hin taasifamne dhoorgani.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
+  </si>
+  <si>
+    <t>Ani akkana jechuutu: Subhaanallaah, walhamdulillaah, wa Laa Ilaaha Illallaah, Wallaahu Akbar, waan aduun irratti baate irra ana biratti irra jaallatamaadha</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
+  </si>
+  <si>
+    <t>Abuu Hurayraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahamataa fi nageenya isa irratti haa buusu- ni jedhan: «Ani akkana jechuutu: Subhaanallaah, walhamdulillaah, wa Laa Ilaaha Illallaah, Wallaahu Akbar, waan aduun irratti baate irra ana biratti irra jaallatamaadha».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
+"سبحان الله": تنزيه لله عن النقائص.
+"الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
+"لا إله إلا الله": لا معبود بحق إلا الله.
+"الله أكبر": أعظم وأجل من كلِّ شيء.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jechootawwan gurguuddoo kanneeniin Rabbbiin zakkaruun duuniyaa fi waan isii keessa jiru irra akka caalaa ta'e himani, isaanis:
+"Subhaanallaah": hirdhina irraa Rabbiin qulqulleessuudha.
+"Alhamdulillaah": isa jaallachuu fi isa guddisuu waliin sifa guutuun Rabbiin faarsuudha.
+"Laa Ilaaha Illallaah": haqaan gabbaramaan Rabbiin malee hin jiru jechuudha.
+''Allaahu Akbar": Rabbiin waan hunda irra guddaa fi olaanaadha jechuudha.</t>
+  </si>
+  <si>
+    <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
+الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
+متاع الدنيا قليل وشهواتها زائلة.</t>
+  </si>
+  <si>
+    <t>Zikrii Rabbiitti kakaasuutu keessa jira, inni waan aduun irratti baate irra jaalatamaa ta'uu ibsuudha.
+Zikrii heddumeessuutti kakaasuutu keessa jira; mindaan guddaan waan isa keessa jiruuf jecha.
+Meeshaan duuniyaa xiqqoodha, fedhiiwwan isiis dhabamtuudha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6211</t>
+  </si>
+  <si>
+    <t>لن يلج النار أحد صلى قبل طلوع الشمس وقبل غروبها</t>
   </si>
   <si>
     <t>Namni osoo aduun hin ba’inii fi osoo aduun hin lixin salaate ibidda jahannam hin seenu</t>
   </si>
   <si>
     <t>عَنِ أبي زُهير عُمَارَةَ بْنِ رُؤَيْبَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا»</t>
   </si>
   <si>
     <t>Abuu Zuheyr Umaaraa bin Ru'eybaa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Namni osoo aduun hin ba’inii fi osoo aduun hin lixin salaate ibidda jahannam hin seenu».</t>
   </si>
   <si>
     <t>يُخْبِرُ رسولُ الله صلى الله عليه وسلم: أنه لن يدخلَ النارَ، أحدٌ صلّى صلاة الفجر، وصلاة العصر، وداوم عليهما؛ وخَصَّ هاتين الصلاتين؛ لأنهما أثقلُ الصلوات، ولأنّ وقت الصبح يكون عند النوم ولَذَّتِه، ووقت العصر يكون عند الاشتغال بأعمال النهار وتجارته، ومَن حافَظَ على هاتين الصلاتَين مع وُجودِ المَشقّة فسيحافظ على بَقيّة الصلوات.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jechuudha himan : Namni salaata subhii fi salaata asrii salaatee, san irratti tikfate ibidda akka hin seenne himan, salaata lamaan kanneen wanti adda baasaniif; isaan lamaan salaata hunda caalaa waan ulfaatoo ta’aniif jecha, akkasumas yeroon salaata subhii yeroo hirribni mi'aawu keessatti dhufa, yeroon salaata asrii immoo yeroo namni hojiilee adda addaa fi daldala guyyaa irratti bobba'u keessatti ta'a. Namni rakkina waliin salaata lamaan kanneen irratti tikfite, salaatowwan hafan irratti tikfachuun isaaf salphaadha.</t>
   </si>
   <si>
     <t>فضل صلاتي الصبح والعصر، فينبغي المحافظة عليهما.
 مَن أدَّى هذه الصلوات يكون غالبًا خالي النفس من الكَسَل والرياء مُحِبًّا للعبادة.</t>
   </si>
   <si>
     <t>Sadarkaa salaata subhii fi asriiti, salaata kanneen yeroon eeggatanii salaatuun barbaachisaa dha.
 Namni salaata kanneen salaatu yeroo baay’ee dadhabbii fi fakkeessummaa irraa bilisa ta’ee ibaadaa jaallata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6215</t>
   </si>
   <si>
-    <t>ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ</t>
+    <t>ما من أحد يسلم علي إلا رد الله علي روحي حتى أرد عليه السلام</t>
   </si>
   <si>
     <t>Namni tokkos salaama na irratti hin buusu, Rabbiin ruuhii natti deebisee salaama itti deebisu malee hin hafu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلَّى الله عليه وسلم قال: «ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame Rabbiin irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Namni tokkos salaama na irratti hin buusu, Rabbiin ruuhii natti deebisee salaama itti deebisu malee hin hafu».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّه تُرَدُّ إليه رُوحُه ليَرُدَّ السلامَ على كل مَن سلَّم عليه سواء كان قريبًا أو بعيدًا؛ وحياة البَرْزَخ والقبور أمرٌ غيبي، لا يَعلم حقيقتَها إلا الله، وهو على كل شيء قدير.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- nama isaan irratti salaammate hundaaf dhiyoos ta’ee fagoo salaama akka deebisaniif ruuhiin isaanii isaanitti akka deebi'u himan, Jireenyi barzakhii fi qabrii keessaa dhimma hin mul’anne, dhugaa dhimma kanaa kan beeku Rabbiin qofa, inni waan hundaa irratti dandeettii qaba.</t>
   </si>
   <si>
     <t>الحث على الإكثار من الصلاة والسلام على النبي صلى الله عليه وسلم.
 حياة النبي صلى الله عليه وسلم في قبره هي أكملُ حياة يحياها إنسان في بَرْزَخِه، فلا يَعلم حقيقتها إلا الله تعالى.
 الحديث ليس فيه حُجّة لمن يقول بحياة رسول الله صلى الله عليه وسلم حياةً كما نعيشها نحن، حتى لا يَستدِلّ به أهل الشرك على الاستغاثة به عليه الصلاة والسلام، وإنما هي حياة برزخية.</t>
   </si>
   <si>
     <t>Nabiyyii irratti -nagaa fi rahmanni irra haa jiraatu- nagaa fi salawaata buusuu baay'isuu irratti kakaasuudha.
 Jireenyi Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- qabrii isaanii keessatti jiraatan irra guutuu jireenya ilmi namaa barzakha isaa keessa jiraatuutiidha, Rabbii ol ta'e malee namni dhugaa isaa beeku hin jiru.
 Hadiisni kun warra Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- jireenya akka nuti jiraannuu jiraatan jedhaniif ragaa tahuu hin danda'u, akka mushrikoonni akka ragaatti itti fayyadamanii gargaarsa isaan irraa -nagaa fi rahmanni irra haa jiraatu- hin barbaanneef jecha, jiruun isaanii kunis jiruu barzakhaa akka ta'e beekuun barbaachisaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6222</t>
   </si>
   <si>
-    <t>مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ</t>
+    <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>“Namni muslimaa tokko kan salaanni dirqamaa itti dhuftee wuduu’a ishee bareechee godhatee, khushuu'a isheeti fi rukuu'a ishee eeggatee sirnaan salaatu hin jiru, waan dilii guddoo hin hojjatiniin salaanni sun diliiwwan irraa waan ishee duratti dabreef haqxuu/dhoksituu taatu malee hin hafu, sun waggaa guutuu keessatti”</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>Usmaan irraa odeeffame, Rabbiin irraa haa jaallatu akkana jedhe: Ergamaa Rabbii nagaa fi rahmatni irra haa jiraatuu akkana kan jedhu dhagahe: “Namni muslimaa tokko kan salaanni dirqamaa itti dhuftee wuduu’a ishee bareechee godhatee, khushuu'a isheeti fi rukuu'a ishee eeggatee sirnaan salaatu hin jiru, waan dilii guddoo hin hojjatiniin salaanni sun diliiwwan irraa waan ishee duratti dabreef haqxuu/dhoksituu taatu malee hin hafu, sun waggaa guutuu keessatti”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmatni irra haa jiraatuu, Muslimni kamiyyuu yeroon salaata dirqamaa isatti dhaqqabee jennaan ka'ee wuduu’a bareechee guutee godhatee, eegasii bakka qalbii fi qaamni isaa guddina Isaa of dura qabaa haala ta'een Rabbitti garagalaa ta'etti salaata isaa khushuu'a eeggatee, hojiilee ishee kan rukuu'aa, sujuudaa fi kan biroo guutee sirnaan salaatee, waan inni badiiwwan gurguddoo hin hojjatiniin salaanni tun badiiwwan xixiqqoo irraa waan ishee duratti dabre isaaf haqxuu taatu malee akka hin hafne ibsaniiru, sadarkaan kun yeroo fi salaata hundumaa keessatti ni jiraata.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>salaatni diliiwwan namarraa harcaaftu ishee gabrichi wuduu'a ishee tolchee godhatee, khushuu'aan fuula Rabbii ol ta'ee isheen kan barbaadu haala ta'een salaateedha.
 Sadarkaa hojii ibaadaa irratti cichuun qabuu fi sun diliiwwan xixiqqoof sababaa araaramaa akka ta'eedha.
 Sadarkaa wuduu’a bareechanii godhachuu fi salaata khushuu'aan Rabbi sodaan bareechanii salaatuun qabuudha.
 Diliiwwan xixiqqoof dhiifama argachuuf diliiwwan gurguddoo irraa fagaachuun barbaachisaa ta'uudha.
 Diliiwwan gurguddoon towbaadhaan malee akka hin dhiifamneedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6254</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
+  </si>
+  <si>
+    <t>Guyyoota kana caalaatti guyyooleen hojiin gaariin Rabbiin biratti ira jaallatamaa ta'an hin jiru» guyyoota kurnan jechuudha</t>
+  </si>
+  <si>
+    <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu-: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Guyyoota kana caalaatti guyyooleen hojiin gaariin Rabbiin biratti ira jaallatamaa ta'an hin jiru» guyyoota kurnan jechuudha, yaa ergamaa Rabbii, karaa Rabbii keessatti qabsaa'uu yoo ta'ellee moo? jedhani, isaanis ni jedhani: «Eeyyeen karaa Rabbii keessatti qabsaa'uu yoo ta'ellee, namicha lubbuu isaatii fi qabeenya isaatiin ba'ee sana keessaa homa tokkoon kan hin deebine yoo ta'e malee».</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
+وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
+فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
+فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hojiin gaariin guyyoota kurnan jalqabaa baatii zul hijjaa keessa hojjatamu guyyoota woggaa hunda keessatti kan hojjatamu akka caalu ibsani.
+sahaabonni -Rabbi isaan irraa haa jaallatu- kurnan kanaan alatti qabsoo karaa Rabbii keessatti godhamuutu irra caala moo guyyoota kurneessituu kana keessatti hojii gaarii hojjatamuutu irra caala jechuun nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafatani, karaa Rabbii keessatti qabsaa'uun irra caalaa hojii ta'uun isaa isaan biratti ragga'aa waan tureef jecha.
+Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hojiin gaariin guyyoota kurneessituu kana keessatti hojjatamu guyyoota biroo keessatti karaa Rabbii keessatti qabsaa'uu irraa caala jechuun deebisaniif, namicha karaa Rabbii keessatti lubbuu isaatii fi qabeenya isaa aarsaa taasisuun qabsoof ba'ee, qabeenya isaa dhabee lubbuun isaas karaa Rabbii keessatti baate yoo ta'e malee. kana qofa kan hojii gaarii guuyyoota kurnan caaltuu taate kana kessatti hojjatamu caalu.</t>
+  </si>
+  <si>
+    <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
+  </si>
+  <si>
+    <t>sadarkaa hojiin gaarii guyyoota kurnan zul hijjaa keessatti hojjatamu qabuudha, muslima irratti guyyoota kanatti fayyadamuu fi isa keessatti zikrii Rabbii, qur'aana qara'uu, Allaahu Akbar, laa ilaaha illallaah, Rabbiin faarsuu, salaata, sadaqaa, soomaa fi hunda hojii toltuu irraa ibaadaa heddummeessuutu irra jiraata.</t>
+  </si>
+  <si>
+    <t>رواه البخاري وأبو داود، واللفظ له</t>
+  </si>
+  <si>
+    <t>[bukhaariifii abuudawud odeessan jechi kanisaati]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6255</t>
+  </si>
+  <si>
+    <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Fakkeenyi mu’umina Qur’aana dubbisuu akka turungooti, urgaan isaa namatti tola, mi’aan isaas namatti tola, Fakkeenyi mu’umina Qur’aana hin dubbisnee akka timiraati, urgaa hin qabu, mi'aan isaa ammoo mi'aawaadha</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Abuu Muusaa Al-Ash’arii irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii nagaa fi rahmanni irra haa jiraatuu akkana jedhan: "Fakkeenyi mu’umina Qur’aana dubbisuu akka turungooti, urgaan isaa namatti tola, mi’aan isaas namatti tola, Fakkeenyi mu’umina Qur’aana hin dubbisnee akka timiraati, urgaa hin qabu, mi'aan isaa ammoo mi'aawaadha, Fakkeenyi munaafiqa Qur’aana dubbisuu akka baala rihaanaati, urgaan isaa namatti tola, mi’aan isaa ammoo hadhaa’aa dha, Fakkeenyi munaafiqa Qur’aana hin qaraanee akka harregoogeti urgaa hin qabu, mi'aan isaa ammoo hadhaa’aadha".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmatni irra haa jiraatuu Qur’aana dubbisuu fi irraa fayyadamoo ta’uu ilaalchisee gosoota namootaa ibsaniiru:
 Ramaddiin tokkoffaa: Mu’umina Qur’aana dubbisee irraa fayyadamu, innis akka firii turongooti, mi’aa gaarii, urgaa fi halluu bareedaa qaba, faayidaan isaa baay’eedha, inni waan dubbisutti ni hojjeta, gabroota Rabbiis ni fayyada.
 Lammaffaan: Mu’umina Qur’aana hin qaraane, inni akka timiraati, mi’aawaadha, garuu urgaa hin qabu, akkuma timirri keessoo isaatti mi'aa of keessaa qabutti qalbiin isaas iimaana qabateera, akkasumas akkuma timirri urgaa tokkollee kan namni fuunfatu of keessaa hin qabne innis urgaa hin qabu, sababni isaas qiraatin namoonni ishee dhaga’uun boqatan waan isa bira hin jirreef jecha.
 Sadaffaan: Munaafiqa Qur'aana dubbisu, inni akka rihaanaati, urgaa gaari qabdi, garuu dhamdhamaan ishee hadhaa'aadha, sun waan inni qalbii isaa Qur'aanan bareechee itti hin hojjatiniif jecha, sanuma waliim fuldura namootatti mu'umina ta'ee mul'ata, urgaan ishee gaarin qiraatii isaatti fakkaata, dhamdhamaan ishee hadhaa'aan kufrii isaatti fakkaata.
 Afraffaan: Munaafiqa Qur’aana hin dubbisne, inni akka harregoogeeti, urgaa hin qabdu, dhamdhamaan ishee ammoo hadhaa'aadha, urgaa dhabuun ishee urgaa dhabuu isaatti fakkaate, hadhaan mi'aa ishee ammoo kufrii isaatti fakkaata, keessoon isaa kan Iimaana hin qabne yoo ta'u, alaan isaa ammoo faayidaa tokkollee hin qabu, inumaayyuu inni dhugaa dubbachuuf miidhaa qaba.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>Sadarkaa nama Qur’aana baatu kan itti hojjetu ibsuudha.
 Mala barsiisuu keessaa tokko hubannoo cimsuuf fakkeenya kennuudha.
 Muslimni tokko Qur'aana Rabbii olta’ee irraa dubbisa walitti fufiinsa qabu qabaachuu qaba</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6258</t>
   </si>
   <si>
-    <t>مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً</t>
+    <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>“Salaata dirqamaa hunda boodatti namni isaan jedhu -yookaan isaan hojjatu- hin hoongahu, "subhaanallaah" yeroo soddomii sadii, "Alhamdulih" yeroo soddomii sadii, “Allaahu Akbar” yeroo soddomii afur”</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Ka’ab bin Ujraa irraa odeeffame Rabbiin irraa haa jaallatu, Ergamaa Rabbii, nagaa fi rahmatni irra haa jiraatuu, ni jedhan: “Salaata dirqamaa hunda boodatti namni isaan jedhu -yookaan isaan hojjatu- hin hoongahu, "subhaanallaah" yeroo soddomii sadii, "Alhamdulih" yeroo soddomii sadii, “Allaahu Akbar” yeroo soddomii afur”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- zikriiwwan namni isaan jedhe hin kasaarre fi hin gaabbine himan, inumaayyuu mindaan jechoota kanaa akka isaaf jiruu fi gariin isaanii garii booda akka dhufu, akkasumas isaan salaata dirqamaa booda akka jedhaman eeraniiru, isaanis:
 "Subhaanallaah" yeroo soddomii sadii, Rabbii ol ta'e hanqina hundumaa irraa qulqulleessuudha.
 "Alhamdulillaah" yeroo soddomii sadii, innis Isa jaalachuu fi  guddisuu waliin guutummina hoonga gayaa ta'een Rabbi ibsuudha.
 "Allaahu Akbar" yeroo soddomii afur, kunis Rabbiin waan hundumaa caala, irra guddaa fi jabaadha jechuudha.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Sadarkaa "Subhaanallaa, Alhamdulillaah" Allaahu Akbar" jechuun qabu, isaanis dalagowwan gaarii (aakiraatti) nama waliin hafaniidha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6259</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
+  </si>
+  <si>
+    <t>Namni salaata Asrii dhiise dhugaatti hojiin isaa jalaa bade</t>
+  </si>
+  <si>
+    <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
+  </si>
+  <si>
+    <t>Buraydaa ibnu Alhusayb irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Salaata asriitti daddafaa yeroon salaataa, Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni salaata Asrii dhiise dhugaatti hojiin isaa jalaa bade».</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- salaata Asrii yeroo isaa irraa beekaa tursiisuu irraa sodaachisani, namni sana hojjate hojiin isaa isa jalaa bada mindaa tokko malee akkasumatti isa jalaa hafa.</t>
+  </si>
+  <si>
+    <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
+الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
+  </si>
+  <si>
+    <t>Yeroo isaa jalqaba irratti salaata Asrii eeggachuu fi gara sanatti daddafuutti kakaasuutu keessa jira.
+Nama salaata Asrii dhiiseef dinniina jabaatu keessa jira, yeroo isii keessaa baasuun salaatota biroo yeroo isaanii keessaa baasuu irra jabaadha, isiin salaata giddu galeessa ta'uun jecha Rabbii ol ta'ee keessatti addatti dubbatameera: {Salaatowwan irratti keessattuu salaata giddu galeessa irratti tikfadhaa} [Al-Baqaraa: 238].</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6261</t>
+  </si>
+  <si>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
+  </si>
+  <si>
+    <t>Namni wuduu'a godhatee wuduu'a isaa bareeffate hanga qeensa isaa jalaan ba'utti badiin isaa qaama isaa keessaa ba'a</t>
+  </si>
+  <si>
+    <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
+  </si>
+  <si>
+    <t>Usmaan ibnu Affaan irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni wuduu'a godhatee wuduu'a isaa bareeffate hanga qeensa isaa jalaan ba'utti badiin isaa qaama isaa keessaa ba'a».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- namni sunnaa wuduu'aa fi namuusa isaa eeggatee wuduu'a godhate, sun sababaa badiin ittiin haqamuu fi diliin dhiifamuu akka ta'e himani, hanga badiin isaa qeensa isaa miilaa fi harka isaa lamaan jalaan ba'utti.</t>
+  </si>
+  <si>
+    <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
+فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
+شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
+تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
+  </si>
+  <si>
+    <t>Sunnaa fi namuusa wuduu'aa barachuu irratti xiyyeeffachuu fi isaatti hojjachuutti kakaasuutu keessa jira.
+Sadarkaa wuduu'in qabuudha, inni badiiwwan xixiqqoo haqa, gurguddaan immoo irraa toobachuun dirqama.
+Ulaagaan badiin nama irraa ba'uu wuduu'a guutuu fi akka nabiyyiin ibsanitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- osoo hin hir'isin wuduu'a godhachuuni.
+Hadiisa kana keessatti badiin haqamuun badii gurguddaa irraa fagaachuu fi isa irraa toobachuun daanga'a. Rabbiin ol ta'e ni jedhe: (Yoo badii gurguddoo irraa dhorgamtan irraa fagaattan, badii(xixiqqaa) keessan isin irraa haqna) [Annisaa: 31].</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6263</t>
+  </si>
+  <si>
+    <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>“Namni yeroo mu'azzina dhaga’u akkana jedhe: "Ashahadu an laa ilaaha illallaahu wahdahuu laa shariika lah, wa anna Muhammadan abduhuu wa rasuuluh, radiitu billaahi rabban wabimuhammadin rasuulaa, wabil islaami diinaa" diliin isaa isaaf dhiifama, hiikni isaas: Rabbii tokkicha hiriyaa hin qabne malee haqaan gabbaramaan hin jiruu, Muhammad gabrichaa fi Ergamaa Isaa ta'uu ragaa ba'a, Rabbiin Gooftaa ta'uu, Muhammad ergamaa ta'uu, Islaamummaan immoo amantii ta'uu jaaladhe jechuudha”</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Sa'ad bin Abii Waqqaas irraa odeeffame, Rabbiin irraa haa jaalatu, Ergamaa Rabbii nagaa fi rahmanni irra haa jiraatuu akkana jedhan: “Namni yeroo mu'azzina dhaga’u akkana jedhe: "Ashahadu an laa ilaaha illallaahu wahdahuu laa shariika lah, wa anna Muhammadan abduhuu wa rasuuluh, radiitu billaahi rabban wabimuhammadin rasuulaa, wabil islaami diinaa" diliin isaa isaaf dhiifama, hiikni isaas: Rabbii tokkicha hiriyaa hin qabne malee haqaan gabbaramaan hin jiruu, Muhammad gabrichaa fi Ergamaa Isaa ta'uu ragaa ba'a, Rabbiin Gooftaa ta'uu, Muhammad ergamaa ta'uu, Islaamummaan immoo amantii ta'uu jaaladhe jechuudha”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni irra haa jiraatuu namni mu'azzina yeroo dhaga'u du'aa'ii armaan gadii kana jedhe galata guddaa akka qabu himan: "Ashhadu an laa ilaaha illallaahu wadahuu laa shariika lah" jechuunis: Rabbii tokkicha hiriyaa hin qabne malee haqaan gabbaramaan akka hin jirree fi gabbaramaan Isa malee jiru hundi soba akka ta'e nan raggaasisa, ragaa ba'a, "Wa anna Muhammadan abduhuu marasuuluhu" jechuunis: Muhammad gabricha Rabbii kan gabbaramne ta'uu fi Ergamaa Isaa kan hin sobne ta'uu ragaa ba'a, "Radiitu billaahi rabbaa" jechuunis: Rabbiin hojiilee, gabbartii, maqoolee Isaati fi sifowwan Isaatin gooftaa ta'uu jaaladhe", “Wabimuhammadin rasuulaa", jechuunis: Muhammad hunduma waan isaan ergamanii fi nutti geessaniin waliin ergamaa ta'uu jaaladhe jechuudha, "Wabil islaami" jechuunis: Islaamummaa ajajoota fi dhoorgaalee irraa hunda heera fi seera isaa waliin jaaladhe jechuudha, “Diinaa" jechuunis: itti amanuu fi jala masakamuu keessatti amantii ta'uu jaaladhe jechuudha, “Diliin isaa ni dhiifama" jechuunis: nama du'aa'ii kana jedhe diliin isaa kan diliiwwan xixiqqaa irraa ta'e isaaf dhiifama jechuudha.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Yeroo waamicha azaanaa dhaga’anitti du'aa'ii kana irra deddeebi’uun jechuun, wantoota badiiwwan namarraa haqan keessaa isa tokko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6272</t>
   </si>
   <si>
-    <t>كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
+  </si>
+  <si>
+    <t>Namni halkan tokko keessatti dhuma suuraa baqaraa irraa aayaa lameen qara'e isiin isaaf ni geessi</t>
+  </si>
+  <si>
+    <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
+  </si>
+  <si>
+    <t>Abuu Mas'uud irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni halkan tokko keessatti dhuma suuraa baqaraa irraa aayaa lameen qara'e isiin isaaf ni geessi».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni halkan keessatti suuraa baqaraa irraa aayaa lameen dhumaa qara'e, Rabbiin hamtuu fi jibbamaa irraa akka isaaf ga'u himan, halkan dhaabbachuu irraas isaaf geessis jedhameera, zikriiwwan biroo irraas isaaf geessis jedhameera, akkanas jedhameera: isaan lameen Qur'aana qara'uu irraa irra xiqqaa waan salaata halkanii keessatti namaaf ga'u, kan biroos jedhameera, hundi waan dubbatamee sirrii kan jechichi of keessatti qabatu ta'uutu mala.</t>
+  </si>
+  <si>
+    <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
+أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
+الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
+  </si>
+  <si>
+    <t>Sadarkaa dhuma suuraa baqaraa ibsuutu keessa jira, aayaan sun jecha Rabbii ol ta'eeti: (Aamana Arrasuulu....) irraa kaasee hanga dhuma suuraatti.
+Dhumni suuraa baqaraa halkan irraa yoo isii qara'e nama isii qara'e irraa badaa, hamaa fi shayxaana isa irraa deebisti.
+Halkan aduun dhihuun eegala, fajriin ba'uun xumurama.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6274</t>
+  </si>
+  <si>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
+  </si>
+  <si>
+    <t>Namni kitaaba Rabbii irraa qubee tokko dubbise, isaan mindaa tokko qaba, mindaan tokko immoo fakkaattii isii kudhaniini</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu Mas'uud irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni kitaaba Rabbii irraa qubee tokko dubbise, isaan mindaa tokko qaba, mindaan tokko immoo fakkaattii isii kudhaniini, {Alif Laam Miim) jechuun qubee tokko hin jedhu, garuu {Alif} qubee tokko, {Laam} is qubee tokko, {Miim} is qubee tokko».</t>
+  </si>
+  <si>
+    <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
+ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- muslmni Qur'aana Rabbii irraa qubee tokko dubbisu hundi isaan mindaa tokko akka qabu himani, mindaan sun immoo hanga fakkaattii kudhaniitti dachaa isaaf taasifama.
+Eegasii jecha isaanii: (Alif Laam Miim qubee tokko hin jedhu, garuu Alif qubee tokko, Laam qubee tokko, Miim qubee tokko) jedhuun sana ibsani: qubeen sadeen mindaa soddoma kan qabaatu ta'a.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار من تلاوة القرآن.
+للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
+سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
+فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
+  </si>
+  <si>
+    <t>Qur'aana dubbisuu heddummeessuutti kakaasuutu keessa jira.
+Nama Qur'aana dubbisuuf hunda jecha dubbiisuu keessatti tokko tokkoo qubee dubbisuutiin mindaa tokko kan kudhaniin dachaa ta'uutu isaaf jira.
+Rahmanni Rabbiitii fi arjummaan isaa bal'aa ta'uu isaa agarsiisa, tolaa fi arjummaa isa irraa ta'een gabrootaaf mindaa dachaa waan godheefi.
+Sadarkaa Qur'aanni haasawa biraa irra qabuudha, dubbisa isaatiin Rabbiin gabbaruu; sun immoo kan ta'e haasawa Rabbii ol ta'ee waan ta'eef jecha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6275</t>
+  </si>
+  <si>
+    <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>Ilmi Aadam na kijibsiise, sun isaaf hin ta'u ture, Ilmi Aadam na arrabse, sun isaaf hin at'u ture</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame Rabbiin irraa haa jaalatu: Nabiyyiin nagaa fi rahmanni irra haa jiraatuu akkana jedhan: "Rabbiin akkana jedhe: Ilmi Aadam na kijibsiise, sun isaaf hin ta'u ture, Ilmi Aadam na arrabse, sun isaaf hin at'u ture,
 na kijibsiisuun isaa, akka dura na uumetti na hin deebisu jechuu isaati, uumisi jalqabaa anaaf isa deebisuu irra salphaa miti, Na arrabsuun isaa ammoo, Rabbiin ilmoo godhateera jechuu isaati, ani tokkicha hirkoo waa hundaati, hin dhallee hin dhalannes, hiriyaan tokkos anaaf hin taane".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni irra haa jiraatuu hadiisa Rabbii ol ta'e irraa odeeffame keessatti, Rabbiin ol tahe, waa’ee mushrikootaa fi kaafirootaa yeroo himu isaan akka Isa kijibsiisan, akkasumas hanqinaa fi mudaa akka gara Isatti hirkisanii fi sun akka isaanif hin tolle hime jechuudha ibsan.
 Rabbiin kijibsiisuun isaanii, Rabbiin akkuma yeroo jalqabaaf dhabama irraa isaan uumetti eega isaan du’anii isaan hin deebisu jechuu isaaniti, Rabbiinis inni uumama dhabama irraa jalqabee isaan deebisuu irratti danda'aadha, inumaayyuu isaatu irra salphaadha jechuun isaan irratti deebise, Rabbiin ilaalchisee uumu fi deebisuun waluma qixa ta'anillee, sababni isaas Rabbiin waan hundumaa irratti danda'aa waan ta'eef jecha.
 Rabbiin arrabsuun isaanii ammoo Rabbiin ilma godhate jechuu isaaniti, Rabbiinis inni Tokkicha, isa maqoolee, sifowwanii fi hojiilee Isaa keessatti guutummina hundaan adda ta’e, hanqinaafi mudaa hundarraa bilisa ta’e, akkasumas hirkoo wanni hundi itti haajamu, kan ofii isaatii waa tokkotti hin haajamne, kan nama tokkoofis abbaas ilmaas hin ta'ini, kan hiriyaa fi fakkaataa hin qabne jechuun isaan irratti deebise, Inni qulqullaa'ee ol ta'e.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Guutummina dandeettii Rabbii ol ta'ee raggaasisuudha.
 Du’a booda kaafamuun akka jiru ibsuudha.
 Eega du'anii kaafamuu namni morme yookaan Rabbiin ol ta'e ilma qaba namni jedhe Rabbitti kafareera.
 Rabbiin ol ta'e hiriyaas fakkaataas hin qabuudha.
 Bal’ina obsa Rabbiiti -Inni qulqullaa'e- fi warra kafaraniif akka towbatanii gara Isaatti deebi'aniif jecha boqonnaa kennuu Isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6327</t>
   </si>
   <si>
-    <t>مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ</t>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>Nama jaalallee koo diineffate, ani dhugumatti lola isa beeksiseera, Garbichi koo wanta ani isa irratti dirqama godhe hojjachuu caalaa waa tokkoon Natti hin dhihaanne</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame, Rabbiin irraa haa jaalatu ni jedhe: Ergamaan Rabbii nagaa fi rahmanni irra haa jiraatuu akkana jedhan: Rabbiin ol tahe ni jedhe: Nama jaalallee koo diineffate, ani dhugumatti lola isa beeksiseera, Garbichi koo wanta ani isa irratti dirqama godhe hojjachuu caalaa waa tokkoon Natti hin dhihaanne, Gabrichi koo hangan isa jaalladhutti sunnaa raawwachuudhaan Natti dhihaachuu irraa hin deemu, yoon isa jaaladhe, ani dhageettii isaa kan inni ittiin dhaga'u, ija isaa kan inni ittiin argu, harka isaa kan ittiin qabatu, miila isaa kan ittiin deemu isaaf ta'a, yoo na kadhate isaaf kenna, yoo inni natti maganfate isa nan tiksa, Lubbuu nama mu'uminaa fuufhuu irraa akka duubatti deebi'etti waanan hojjedhu tokko irraa duubatti deebi'ee hin beeku, inni du'a jibba, ani immoo isa hammeessuu jibba".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, Hadiisa al-qudsii kana keessatti Rabbiin ol ta'e akkana jechuudha himan: Namni jaalallee koo tokko miidhe, isa aarse, ykn isa jibbe, ani dhugumatti diinummaa isa beeksiseera.
@@ -10979,88 +11976,237 @@
 Kanuma waliin yoo Rabbiin waan tokko kadhate Rabbiin waan inni kadhate isaaf kenna, kanaaf nama du'aa'iin isaaf owwaatamu ta'a. Yoo Rabbitti maganfatee eegumsa Isaa barbaadaa haala ta'een gara Isatti hirkate immoo Rabbiin ol tahe waan sodaatu ​​irraa isa eega.
 Eegasii Rabbiin ol tahe akkana jedhe: Ani isaaf rahmata godhuuf jecha hangan lubbuu mu'uminaa fuudhuu keessatti duubatti jedhu waanan hojjedhu kamirraayuu duubatti hin jenne; sababni isaas inni waan isa keessa laalan jiruuf jecha du'a sodaata,  Rabbiin immoo waan mu'umina dhiphisu ni jibba.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Hadiisni kuni waan Nabiyyiin, nagaa fi rahmanni isaan irratti haa jiraatuu Rabbii isaanii irraa odeessan keessaa tokko  yoo ta’u, inni hadiisa qudsii ykn ilaahii jedhama, jechoonni fi hiikni isaas Rabbii biraa ta’us, amaloota  Qur’aanaa hin qabu. kan akka ibaadaaf jecha isa qara’uu, isaaf qulqulleeffachuu, qormaataa, isaan dadhabsiisuu fi kkf.
 Awliyaa/jaalalleewwan Rabbii azaa gochuu irraa dhoorguudha, akkasumas isaan jaallachuu irratti kakaasuu fi sadarkaa isaanii isaanif beekun barbaachisaa akka ta'eedha.
 Diinota Rabbii diina godhachuutti ajajuu fi isaanin jaalallee ta'uu haraama taasisuudha.
 Namni shari'aa Isaa osoo hin hordofin jaalallee Rabbii ta'uu(waliyyummaa) himatu inni himannaa isaa keessatti sobaadha.
 Jaalalti Rabbii(waliyyummaan) kan argamtu dirqamoota raawwatanii wantoota haraama ta'an dhiisuudhaan.
 Jaalalli Rabbii akka gabrichaaf argamuu fi du'aa'iin isaaf akka qeebalamu wantoota sababaa ta'an keessaa inni tokko eega dirqamoota raawwatanii wantoota haraama ta'an dhiisanii sunnaalee raawwachuudha.
 Kabaja awliyoota Rabbii fi sadarkaa ol’aanaa isaanii kan agarsiisuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6337</t>
   </si>
   <si>
-    <t>اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ</t>
+    <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
   </si>
   <si>
     <t>Namoota keessatti wanti lama kufrii dha: hidda dhalootaa arrabsuu fi warra du’an irratti iyyanii boo’uu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: «Namoota keessatti wanti lama kufrii dha: hidda dhalootaa arrabsuu fi warra du’an irratti iyyanii boo’uu».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
 الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
 الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatuu- amaloota lama kan namoota keessatti argaman, kan kan gochoota kaafirootaa fi dalagaa warra wallaaltotaa irraa ta'an himan, isaanis:
 Inni jalqabaa: hidda dhaloota namootaa arrabsuu, isaan akka waan hir'ina qabanitti isaan ilaaluu fi isaan irratti of tuuluudha.
 Inni lammaffaa: yeroo balaan tokko nama mudate hiree san irratti aarii irraa kan ka’een sagalee ol kaasuudha, ykn abdii kutuu irraa kan ka’een uffata ofii cicciruudha.</t>
   </si>
   <si>
     <t>الحثُّ على التواضع وعدَم التكبُّر على الناس.
 وجوب الصبر على المصيبة وعدم التسخُّط.
 هذه الأعمال من الكُفْر الأصغر، وليس مَن قام به شُعْبةٌ من شُعَب الكُفْر يكون كافرًا الكفر المُخْرِج من المِلّة حتى يقومَ به الكفرُ الأكبر.
 نهي الإسلام عن كلِّ ما يؤدِّي إلى الفُرْقَة بين المسلمين من الطعن في الأنساب وغيرها.</t>
   </si>
   <si>
     <t>Of gadi qabuu fi namoota irratti of tuuluu dhabuu irratti kakaasuudha.
 Balaa irratti obsuu fi aaruu dhabuun dirqama tahuudha.
 Gochoonni kunniin kufrii xiqqaa irraayi, Namni dameelee kufrii keessaa dameen tokko itti argame kufrii amantii irraa nama baasu kafare hin jedhamu, hanga kufrii guddaa raawwatutti kaafira hin ta’u.
 Islaamummaan waan Muslimoota gidduutti wal qoqqoodinsa fidu hunda kan akka hidda dhalootaa arrabsuu fi wantoota biroo kan dhoorge tahuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6361</t>
   </si>
   <si>
-    <t>مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ</t>
+    <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
+  </si>
+  <si>
+    <t>Namni kakatee kakaa isaa keessatti: laatiin, uzzaadhaan kakadhe jedhe, laa ilaaha illallaah haa jedhu, namni hiriyaa isaatiin kottu qumaara taphannaa jedhe sadaqaa haa kennatu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: «Namni kakatee kakaa isaa keessatti: laatiin, uzzaadhaan kakadhe jedhe, laa ilaaha illallaah haa jedhu, namni hiriyaa isaatiin kottu qumaara taphannaa jedhe sadaqaa haa kennatu».</t>
+  </si>
+  <si>
+    <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
+ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
+ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan Rabbiin malee jiruun kakachuu irraa sodaachisu; mu'uminni Rabbiin malee waan biraatin hin kakatu. namni waan Rabbiin malee jiruun kakate; fakkeenyaaf akka nama: laatii fi uzzaadhaan kakatee- isaan lameen taabota islaamummaan dura yeroo wollalummaa keessatti gabbaramaa turani- laa ilaaha illallaah jechuun lubbuu ofii qaqqabuun isa irratti dirqama akka ta'e himani, shirkii irraa of qulqulleessuu fi kakaa isaa sanaaf kaffaaraa baasuuf jecha.
+Eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni hiriyaa isaatiin: kottu qumaara taphanna jedhe, -inni namoonni lamaa fi sanaa ol ta'an gidduu isaaniitti maallaqa namni injifate fudhatu godhanii wol dorgomuudha, jara keessaa namni tokko buufachuu yookaan adabamuu irraa hin oolu-; waan gara isaatti waameef kaffaaraa akka isaaf ta'uuf jecha saddaqachuun jaallatamaa ta'a.</t>
+  </si>
+  <si>
+    <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
+الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
+قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
+ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
+تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
+وجوب الرجوع عن المعصية في حال اقترافها.
+من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
+  </si>
+  <si>
+    <t>Kakaan Rabbii fi maqoowwan isaatii fi sifaata isaatiin malee hin ta'u.
+Waan Rabbiin malee jiruun kakachuun haraama, taabota akka laatii fi uzzaatiinis ta'u, yookaan amaanaan kakachuus haa ta'u, yookaan nabiyyiin kakachuus haa ta'u yookaan waan biraatiinis haa ta'u haraama ta'a.
+Aalimni islaamaa Al-khaxxaabiin akkas jedhe: kakaan gabbaramaa guddifamu qofaan ta'a, laatiifi waan birootiin yeroo kakate dhugumatti kaafirootatti fakkaateera, kanaaf jecha tawhiidaatiin akka of qaqqabu ajajame.
+Nama Rabbiin malee waan biraatiin kakate kaffaaraan kakaa isa irra hin jiru, isa irratti dirqama kan ta'u gara Rabbii deebi'uu fi araarama gaafachuudha; tawbaa malee wonti biraa isa haquun waan hin malleef jecha.
+Qumaarri gosoota isaa hundaa woliin haraama ta'uu isaati, inn farsoo fi taabotaan wolitti hidhee waan Rabbiin haraama godheedha.
+Yeroo badii hojjatanitti daddafanii isii irraa deebi'uun dirqama ta'uu isaati.
+Namni badiitti kufe toltuu isii hordofsiisu qaba; toltuun waan badii deemsiftuuf jecha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6379</t>
+  </si>
+  <si>
+    <t>أتدرون ما المفلس؟</t>
+  </si>
+  <si>
+    <t>Eenyu hiyyeessa akka ta'e beektuu?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Eenyu hiyyeessa akka ta'e beektuu?» nu keessatti hiyyeessa jechuun nama dirhamas(maallaqaa) meeshaas hin qabne jedhani, ergamaanis ni jedhani: «ummata koo irraa hiyyeessa jechuun nama guyyaa qiyaamaa salaata, soomaa fi zakaan dhufee, isa kana arrabsee, isa kana immoo maqaa xureessee waan inni hin qabne irra kaa'ee, qabeenya isa kanaa immoo nyaatee, dhiiga isa kanaa immoo dhangalaasee, isa kana immoo rukutee kan dhufeedha, inni kun toltuu isaa irraa kennamaaf, isa kanaafis toltuu isaa irraa kennamaaf, waan isa irra jiru kaffalee osoo hin fixin toltuun isaa yoo dhumte immoo, badiin isaanii irraa fuudhamee isa irratti fe'amee, eegasii ibiddatti darbama».</t>
+  </si>
+  <si>
+    <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hiyyeessi eenyuun akka ta'e beektuu? jedhanii sahaabota isaanii gaafatani, isaanis nu keessatti hiyyeessa jechuun nama maallaqas meeshaas hin qabnedha jedhani, ergamaanis akkas jechuun deebisaniifi: ummata koo irraa hiyyeessa jechuun nama guyyaa qiyaamaa hojii gaggaarii irraa salaata, soomaa fi zakaadhaan dhufee, isa kana arrabsee, isa kana immoo maqaa xureessee, qabeenya isa kanaa immoo nyaatee isa waakkatee, dhiiga isa kanaa immoo dhangalaasee isa miidhee, isa kana immoo rukutee isa xinneessee nama dhufe, miidhamaan toltuu isaa irraa ni kennama, haqaa fi miidhaa isa irra jiru osoo hin kaffalin toltuun isaa yoo dhumte immoo, badiin miidhamtootaa irraa fuudhamee barruulee namicha isaan miidhee sana irra kaa'ama, eegasii toltuun waan isaaf hin hafiniif ibiddatti darbama.</t>
+  </si>
+  <si>
+    <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
+حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
+استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
+بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
+القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
+معاملة الله للخلق قائمة على العدل والحق.</t>
+  </si>
+  <si>
+    <t>Haraama keessatti kufuu irraa sodaachisuutu keessa jira, keessattuu haqa gabrootaa kan wantootaa fi kabajaan wol qabatu keessatti.
+Haqni uumamtootaa gidduu isaaniitti himannaa irratti hundaa'a, haqni uumaa immoo wonti shirkiin ala jiru dhiifama irratti hundaa'a.
+Adeemsa marii nama dhageeffatu hawwatuu fi ilaalcha isaa dammaqsu akkasuma yaada isaa kakaasu fayyadamuudha, keessattuu guddisaa fi qajeelcha keessatti.
+Hiikkaa hiyyeessaa isa dhugaa ifa galchuutu keessa jira, inni isa miidhamtoonni isaa guyyaa qiyaamaa hojiiwwan isaa gaggaarii isa jalaa fudhatanudha.
+Guyyaa qiyaamaa hanga wonti tokko isii irraa hin hafnetti toltuun hundi gumaaf kaffalamuutu jira.
+Wolitti dhufeenyi Rabbiin uumaa isaa woliin qabu hundi wol qixxummmaa fi haqa irratti gadi dhaabbata.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6454</t>
+  </si>
+  <si>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
+  </si>
+  <si>
+    <t>Namichi haala isa herregatuun maatii isaatiif yoo baase inni isaaf sadaqaadha</t>
+  </si>
+  <si>
+    <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Abuu Mas'uud irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- ni jedhani: «Namichi haala isa herregatuun maatii isaatiif yoo baase inni isaaf sadaqaadha».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namichi maatii isaa kan isaaniif baasii baasuun isa irratti dirqama ta'u, kan akka haadha manaa isaa, haadhaaf abbaa isaa, ilmaaan isaa fi kanneen biroo haala Rabbitti ittiin dhihaachuu fi mindaa waan baasu sanaa haala isa irratti herregatuun baasii yoo isaaniif baase, mindaan sadaqaa akka isaaf jiru himan.</t>
+  </si>
+  <si>
+    <t>حصول الأجر والثواب بالإنفاق على الأهل.
+المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
+ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
+  </si>
+  <si>
+    <t>Kenna maatii isaatiif kennuun mindaan akka argamuudha.
+Mu'uminni hojii isaa keessatti fuula Rabbiitii fi mindaa isa bira jiru barbaada.
+Hojii hunda keesatti niyyaa bareedduu of duratti godhachuutu barbaachisa, sana keessaa yeroo maatiif baasii baasanutti.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6460</t>
+  </si>
+  <si>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
+  </si>
+  <si>
+    <t>Iimaanni damee torbaatamii fi wohi -yookaan jaatamii fi wohi-, irra caalaan isaa jecha Laa ilaaha illallaah jedhuudha, irra gadi aanaan isaa waan nama rakkisu karaa irraa dabsuudha</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
+  </si>
+  <si>
+    <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Iimaanni damee torbaatamii fi wohi -yookaan jaatamii fi wohi-, irra caalaan isaa jecha Laa ilaaha illallaah jedhuudha, irra gadi aanaan isaa waan nama rakkisu karaa irraa dabsuudha, saalfiinis damee tokko kan iimaana irraa ta'e».</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
+وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
+وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
+ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- iimaanni damee fi gosa hedduu akka ta'e himani, hojii, aqiidaa fi jechoota of keessatti qabata.
+Irra caalaa fi irra ol'aanaan isaa jecha: "Laa ilaaha illallaah" jedhu, hiika isaa beekanii, waan inni itti qajeelchutti hojjachuun wajjiin, sunis Rabbiin gabbaramaa tokkicha qofaa isaa gabbartii haqa godhatu ta'uu beekuudha.
+irra xiqqaan hojii iimaanaa hunda waan nama rakkisuu karaa isaanii irraa dabsuudha.
+eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- saalfiin gosoota iimaanaa irraa akka ta'e himani, saalfiin waan gaarii hojjatanii waan fokkataa dhiisuu irratti nama kaasa.</t>
+  </si>
+  <si>
+    <t>الإيمان مراتب بعضها أفضل من بعض.
+الإيمان قول وعمل واعتقاد.
+الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
+ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
+  </si>
+  <si>
+    <t>Iimaanni sadarkaa addaa addaati gariin isaa garii irra caala.
+Iimaanni jecha, hojii fi aqiidaadha.
+Rabbiin irraa saalfachuun, bakka si dhoorge irratti akka si hin argine, bakka itti si ajaje irraa akka si hin dhabne hordofsiisa.
+Lakkoofsa himuun isa irratti gabaabachuu hin kennu, hojiiwwan iimaanaa hedduu ta'uutti akeeka malee, arabni waan tokkoof lakkoofsa hanga ta'e wohii himu garuu waan isa malee jiru mormuu miti kan isaan itti barbaadan.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6468</t>
+  </si>
+  <si>
+    <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
   </si>
   <si>
     <t>Abbaan warqii fi meetii kan waan irraa kaffaluun dirqama ta'e kan hin kaffalle guyyaa Qiyaamaa gabateen ibiddaa isaaf diriirfamu malee hin hafu</t>
   </si>
   <si>
     <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: «Abbaan warqii fi meetii kan waan irraa kaffaluun dirqama ta'e kan hin kaffalle guyyaa Qiyaamaa gabateen ibiddaa isaaf diriirfamu malee hin hafu, ibidda Jahannam keessatti ishee irratti oo'ifama, cinaachi isaa, addi isaa fi dugdi isaa isheedhaan gubama, yeroo qabbanaa'e hunda deebi'ee isaaf oo'ifama, guyyaa tilmaamni isaa waggaa kuma shantamatti lakkaa'amu keessatti akkasitti tura, hanga jidduu gabrootatti murtiin godhamee, karaa isaa gara Jannataa ykn gara ibiddaa ta'uu argutti».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
 الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثالث: مالك البقر والغنم -من الضّأن والماعِز- التي لا يؤدِّي صاحبها زكاتها المفروضة، فيؤتى بها أَوْفَرَ ما كانت عَدَدًا لا ينقص منها شيء، فيبسط ويُلقى ويُمَدّ لها صاحبها يوم القيامة على أرض واسعة مستوية، ليس فيها مُلْتَوية القَرنين، ولا ما لا قَرْن لها، ولا مكسورة القرن، بل هي على أَكْمَل أوصافِها، فتَنْطَحُه بقرونها، وتطأه بأرجلها، كلما مر عليه آخرها رد عليه أولها، 
 ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الرابع: مقتني الخيل، وهو على ثلاثة أصناف: 
 الأول: هي له وِزْر، وهو من اتَّخَذَهَا رياءً وفخرًا وحربًا على أهل الإسلام. 
 الثاني: هي له سِتْر، وهو من اتخذها للجهاد في سبيل الله، ثم أحسن إليها فقام بِعَلْفِها وسائر مُؤَنِها، ومنه إِطْراق فَحْلِها. 
 الثالث: هي له أَجْر، وهو مَن اتَّخَذَها للجهاد في سبيل الله لأهل الإسلام، وهي في مَرْجٍ ورَوضة للرَّعْي، فما أَكَلت إلا كُتِب له عَدد ما أكلت حسنات، وكتب له عدد أرواثها وأبوالها حسنات، ولا تقطع طولها، وهو الحِبْل الذي تُربَط فيه، وجَرَت ورَكَضَت في العالي من الأرض؛ إلا كُتب الله له عدد آثارها وأرواثها حسنات، ولا مَرّ بها صاحبُها على نهر فشربت منه ولا يريد أن يسقيها، إلا كتب الله له عدد ما شربت حسنات. 
 ثم سئل صلى الله عليه وسلم عن الحمير أهي مثل الخيل؟ 
@@ -11080,638 +12226,1343 @@
   </si>
   <si>
     <t>وجوب إيتاء الزكاة، والوعيد الشديد على منعِها.
 عدم كفر مانع الزكاة تكاسلًا، لكنه على خطر شديد.
 الإنسان يُؤجَر على التفاصيل التي تقع في فعل الطاعة، إذا قصد أصلَها، وإن لم يقصد تلك التفاصيل.
 في المال حقٌّ سِوى الزكاة.
 من الحق في الإبل حَلْبُها لمن يحضرها من المساكين عند موضع شربها الماء؛ ليكون أسهل على المحتاج من قصد المنازل، وأرفق بالماشية، قال ابن بطال: في المال حَقَّان: فرض عين وغيره، فالحَلْب من الحقوق التي هي من مكارم الأخلاق.
 من الحق الواجب في الإبل والبقر والغنم إطراق فحلها إذا طلبت عاريته.
 حكم الحُمُر وكل ما لم يرد به نص: أنه داخل في قوله تعالى: (فمن يعمل مِثقال ذرة خيرًا يَره، ومن يعمل مِثقال ذرة شرًا يره).
 في الآية الترغيب في فعل الخير ولو قليلًا، والترهيب من فعل الشر ولو حقيرًا.</t>
   </si>
   <si>
     <t>Zakaa kaffaluun dirqama ta'uu fi isa kaffaluu diduu irratti doorsisni cimaan akka jiruudha.
 Namni zakaa ceem'aa irraa kan ka'een dhoorgatu kaafira hin tahuudha, garuu balaa guddaa keessa jira.
 Namni tokko gocha Rabbiif ajajamuu keessatti yoo ka’umsa dalagaa sanii yaade ta'ee tokko tokko gocha sanaa osoo hin yaadinillee, tokkoo tokkoo dalagaa saniin akka mindeeffamuudha.
 Qabeenya keessa Zakaa malee haqni biraas akka jiruudha.
 Haqa gaalaa keessaa eddoo gaalli bishaan dhugdutti namoota hiyyeessa ta'an irraa nama dhufeef isa elmuudha; Akka nama rakkateef mana dhaquu caalaa salphaa ta’uuf jecha, akkasumas horii sanaafis gara laafessa ta'uuf jecha. Ibnu Baxxaal akkana jedhe: Qabeenya keessa haqa lamaatu jira: Haqa tokkoo tokkoon nama irratti dirqamaati fi kan birooti, Aannan elmuun haqa  amaloota faarfamoo irraa ta'eedha.
 Haqa gaalaa, horii fi re'ee keessaa yeroo isheen kormatti haajamtetti kormaa itti gadi lakkisuudha.
 Murtiin harree fi waan addatti Aayanni qur'aanaa fi hadiisni itti hin dhufin hundaa: Jecha Rabbii ol ta'ee kana keessatti hammatameera: {Namni (hanga) madaala atoomii toltuu dalage isa ni arga, namni (hanga) madaala atoomii dalagaa badduu dalage isa ni arga}.
 Keeyyatni Qur'aanaa kun osoo waan xiqqaas ta'ee waan gaarii hojjechuu irratti jajjabeessuu fi osoo xiqqaas ta'ee waan hamaa hojjechuu irraa sodaachisuu of keessaa qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6611</t>
   </si>
   <si>
-    <t>مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ</t>
+    <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
+  </si>
+  <si>
+    <t>Eenyuu keessanuu Rabbiin haala gidduu isaatii fi gidduu keessanitti turjumaanni hin jirreen isa haasofsiisu malee hin hafu</t>
+  </si>
+  <si>
+    <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
+  </si>
+  <si>
+    <t>Adiyyii ibnu Haatim irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Eenyuu keessanuu Rabbiin haala gidduu isaatii fi gidduu keessanitti turjumaanni hin jirreen isa haasofsiisu malee hin hafu, namichi yeroo sana mirga isaa ilaalee waan dabarse malee homaa hin argu, gara bitaa isaas ilaalee waan dabarse malee homaa hin argu, fuuldura isaas ilaalee ibidda malee fuula isaa duratti homaa hin argu, Rabbiin sodaadhaa cinaa tamiraatiin osoo ta'ellee».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
+فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
+وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
+وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
+ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- hundi mu'uminaatuu guyyaa qiyaamaa qofaa isaa Rabbiin fuuldura akka dhaabbatu himani, Rabbiin simaa baloo tokkoon malee, akkasumas gidduu isaanii turjumaanni haasawa isaanii hiiku jiraachuun maletti isa haasofsiisa, akkaan rifachuu irraa kan ka'een gara mirga isaatii fi bitaa isaa ilaala, tarii karaa ittiin deemu argatee isaan ibidda fuuldura isaa jiru irraa najaa ba'uun ni mala isa jedhuuf. Gara mirga isaa yeroo ilaalu hojii gaarii irraa waan dabarfate malee homaa hin argu, Yeroo gara bitaa isaa ilaalus hojii badaa dabarse malee homaa hin argu. Yeroo fuuldura isaa ilaalus ibidda malee homaa hin argu, isii irraa dabuun isaaf hin ta'u siraaxa irra darbuun hafiinsa waan hin qabneef jecha. Eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gidduu keessanii fi gidduu ibiddaatti sadaqaa fi hojii toltuu ittisa taasifadhaa jedhani, waan xiqqoon yoo ta'ellee akka wolakkaa tamiraa.</t>
+  </si>
+  <si>
+    <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
+قرب الله تعالى من عبده يوم القيامة، إذ ليس بينهما حجاب ولا واسطة ولا ترجمان، فليَحذَر المؤمن من مخالفة أمر ربه.
+ينبغي على المرء أن لا يحتقر ما يتصدق به، ولو كان يسيرًا، فإنه وقاية من النار.</t>
+  </si>
+  <si>
+    <t>Sadaqaatti kakaasuutu keessa jira yoo xiqqaatellee, akkasumas wontoota gaggaarii amaleeffachuu fi haala laafaan haasaa laaffisuun namootaan woliin hojjachuu.
+Guyyaa qiyaamaatti Rabbiin gabricha isaatti dhihoo ta'uudha, gidduu isaaniitti girdoon, simaa baloon akkasuma turjumaannis waan hin jirreef, mu'uminni ajaja Rabbii faalleessuu irraa of haa eeggatu.
+Ilmi namaa waan saddaqatu tuffachuu dhabuutu isa irra jiraata, waan xiqqoo yoo ta'ellee, ibbidda irraa gaachana waan isaaf ta'uuf jecha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6615</t>
+  </si>
+  <si>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
+  </si>
+  <si>
+    <t>Morma gaalaa kamuu irratti fannoo hidhaa xiyyaa irraa ta'e yookaan fannoon kamuu kutamu malee akka hin hafne</t>
+  </si>
+  <si>
+    <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
+  </si>
+  <si>
+    <t>Abuu Bashiir Al-Ansaarii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu-: Garii imala isaanii keessatti Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waliin turee, akkana jedhe: namootaa bakka bultuma isaanii jiranuu ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jechuun ergamaa wohii ergani: «Morma gaalaa kamuu irratti fannoo hidhaa xiyyaa irraa ta'e yookaan fannoon kamuu kutamu malee akka hin hafne».</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- garii imala isaanii irra haala turanitti, namoonni dunkaanaa fi manneen isaanii keessatti bakka hirriba isaanii kan keessa bulan turani, gara namootaatti nama wohii akka fannoowwan morma gaalaa irratti fannifaman, hidhaa xiyyaa irraa ta'us yookaan kan biraa kan akka callee yookaan kophee irraa ta'us waan morma gaalaa irratti fannifame kututti akka isaan ajajuuf eragani, sodaa ijaatiif jecha waan sana fannisu ture, isa kututti ajajamani; homaa deebisuu waan hin dandeenyeef jecha, fayyaduu fi miidhuun harka Rabbii hiriyaa hin qabnee qofa jira.</t>
+  </si>
+  <si>
+    <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
+ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
+وجوب إنكار المنكر بحسب الاستطاعة.
+وجوب تعلق القلب بالله وحده لا شريك له.</t>
+  </si>
+  <si>
+    <t>Faayidaa barbaaduuf yookaan miidhaa deebisuuf jecha haada xiyyaa fi fannoo fannisuun haraama ta'uu isaa; shirkii irraa waan ta'eef jecha.
+Haada xiyyaatiin alatti bareedinaaf yookaan horii ittiin qajeelchuuf yookaan ittiin hidhuuf yoo ta'e fannoo mormatti fannisuun rakkoo hin qabu.
+Akkaataa dandeettiitiin badii dhoorguun dhirqama ta'uu isaa.
+Qalbiin Rabbiin qofatti rarra'uun dirqama ta'uu isaa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6761</t>
+  </si>
+  <si>
+    <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>“Namni qaxxasa/asmaa rarraafate shirkii raawwateera”</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Uqbaa bin Aamir Al-Juhaanii irraa gabaafame Rabbiin irraa haa jaalatu: Tuutni namootaa takka gara Ergamaa Rabbiitti dhufanii, nagaa fi rahmanni irra haa jiraatuu, nama sagal ahdii godhanii, nama tokko dhiisanii jennaan, isaanis akkana jedhan: Yaa Ergamaa Rabbii nama sagal ahdii gootee isa kan dhiistee? Isaanis akkana jedhan: “inni qaxxasa/asmaa qaba”, isaan akkas jennaan namichi harka isaa keessa galchee ishee kute, sana booda Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- isa ahdii godhanii, akkana jedhan: “Namni qaxxasa/asmaa rarraafate shirkii raawwateera”.</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>Gareen tokko gara Nabiyyitti dhufee, nagaa fi rahmanni irra haa jiraatuu, lakkoofsi isaanii kudhan ture. Isaan keessaa nama sagal Islaamummaa fi isaan hordofuu irratti ahdii godhanii, kurnaffaa ahdii osoo hin godhin dhiisan, yeroo sababaa sanaa irraa gaafataman nagaa fi rahmanni isaan irratti haa jiraatuu akkan jedhan: Qaxxasa/asmaa qaba, isheenis waan hamaa ykn ija budaa ofirraa ittisuuf jecha callee ykn wantoota biroo irraa mormatti ykn qaamatti hidhamu ykn fannifamuudha. Namichis harka isaa bakka qaxxasa/asmaa galchee, irraa kutee, ofirraa baase. Nabiyyiin nagaa fi rahmanni irra haa jiraatuu yeroo sanatti ahdii isa godhanii, akkas jedhe, Qaxxisa/asmaa irraa akeekkachiisu fi murtii ishee ibsuuf akkana jedhan: “Namni qaxxasa/asmaa godhate shirkii raawwateera”.</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Namni Rabbiin alatti waan biraatti hirkate Rabbiin faallaa yaada isaa saniin isa ilaala.
 qaxxasa/asmaa fannifachuun miidhaa fi ija budaa namarraa ittisuu keessatti sababaa ta'a jedhanii yaaduun shirkii xiqqaadha, yoo wanni fannifatan kun ofii isaatii nama fayyada jedhanii yaadan ammoo inni shirkii guddaadha ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6762</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
+  </si>
+  <si>
+    <t>Namni Laa Ilaaha Illallaah jedhee, waan Rabbii gaditti gabbaramutti kafare qabeenyi isaatii fi dhiigni isaa haraama ta'a, herregni isaa immoo Rabbiin irra</t>
+  </si>
+  <si>
+    <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
+  </si>
+  <si>
+    <t>Xaariq ibnu Ashyam Al-Ashja'ii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: «Namni Laa Ilaaha Illallaah jedhee, waan Rabbii gaditti gabbaramutti kafare qabeenyi isaatii fi dhiigni isaa haraama ta'a, herregni isaa immoo Rabbiin irra».</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
+والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni arraba isaatiin "Laa Ilaaha Illallaah" jedhe, jechuunis: haqaan gabbaramaan Rabbiin malee hin jiru jechuudha, namni akkas jedhee, waan Rabbii gaditti gabbaramutti kafaree, amantii islaamaa malee amantaa hunda irraa qulqullaa'e, muslimoota irratti qabeenyi isaa fi dhiigni isaa dhugumatti haraama ta'eera, hojii isaa mul'ataa malee kan keessaa dirqama keenyaa miti, qabeenyi isaa hin saamamu dhiigni isaas hin dhangalaafamu, yakka yoo hojjate malee yookaan badii murtoo islaamaatiin sana dirqamsiisu yoo hojjate malee.
+guyyaa qiyaamaatti herrega isaa Rabbiitu herrega, waan jedhu keessatti dhugaa dubbataa yoo ta'e isa mindeessa, munaafiqa yoo ta'e immoo isa adaba.</t>
+  </si>
+  <si>
+    <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
+معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
+من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
+حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
+الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
+  </si>
+  <si>
+    <t>Laa ILaaha Illallaah arrabaan jechuunii fi hunda waan Rabbii gaditti gabbaramuutti kafaruun islaamummaatti seenuuf ulaagaadha.
+Hiikni (Laa Ilaaha Illallaah) hunda waan Rabbii gaditti gabbaramuu, taabota, qabrii fi kanneen biroo hundatti kafaruu fi gabbartiidhaan Rabbii qophaa baasanii tokkichoomsuudha.
+Namni tawhiida qabatee bakkeen immoo karaa isaa irratti gadi dhaabbate, hanga faallaan sanaa ifa galutti isa irraa dhaabbachuun dirqama ta'a.
+Haqaan yoo ta'e malee qabeenyi muslimaa, dhiigni isaa fi kabajaan isaa haraama ta'uu isaa.
+Duuniyaa keessatti murtoon waan mul'atu irratti, Aakhiraattii immoo niyyaa fi yaada irratti.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6765</t>
+  </si>
+  <si>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
+  </si>
+  <si>
+    <t>Osoo soba ta'uu isaa beekuu namni hadiisa tokko narraa odeesse, inni sobdoota irraa isa tokkodha</t>
+  </si>
+  <si>
+    <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
+  </si>
+  <si>
+    <t>Samuraa ibnu jundubii fi Mughiiraa ibnu Shu'ubaa irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- ni jedhani: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Osoo soba ta'uu isaa beekuu namni hadiisa tokko narraa odeesse, inni sobdoota irraa isa tokkodha».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni osoo beekuu yookaan shakkuu yookaan shakkii isaa irra guddaan isaan irratti akka sobame osoo beekuu nabiyyii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hadiisa dabrse; namni isa odeesse soba kana isa eegalee woliin akka qooddatu himaniiru.</t>
+  </si>
+  <si>
+    <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
+صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
+يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
+  </si>
+  <si>
+    <t>Hadiisa nabiyyii irraa odeeffame -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- osoo isa hin dabrsin dura sirrii ta'uu isaa mirkaneeffachuu fi adda baafachuun barbaachisaa ta'uudha.
+Sobni kan hirkifamu nama isa kalaqee fi gidduu namootaatti daddabarsee nama isa facaasetti.
+Hadiisa sobaan kalaqame ta'uu nama beeke irratti isa odeessuun haraama ta'a, yookaan sobaan kan kalaqame ta'uu shakkii isaa irra guddaadhaan yoo bare isa odeessuun haraama irratti ta'a, isa irraa akeekkachiisuuf yoo ta'e malee.</t>
+  </si>
+  <si>
+    <t>رواه مسلم في مقدمته</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/6982</t>
+  </si>
+  <si>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
+  </si>
+  <si>
+    <t>Haalli nabiyyii Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Qur'aana ture</t>
+  </si>
+  <si>
+    <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
+  </si>
+  <si>
+    <t>Sa'ad ibnu Hishaam ibuu Aamir yeroo Aa'ishaatti ol seenetti -Rabbi isii irraa haa jaallatu- akkas jedhe: Yaa haadha mu'umintootaa, haala ergamaa Rabbii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- naaf himi, Aa'ishaanis ni jette: Qur'aana hin qaraatuu? lakki, nan qara'a, Aa'ishaanis ni  jette: Haalli nabiyyii Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Qur'aana ture.</t>
+  </si>
+  <si>
+    <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
+  </si>
+  <si>
+    <t>Haati mu'umintootaa Aa'ishaan -Rabbi isii irraa haa jaallatu- haala nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa gaafatamtee, jecha wolitti qabataa ta'een deebiste, gaafataa gara Qur'aana kabajamaa isa haala guutuu hunda of keessatti qabateetti qajeelchite, nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala Qur'aanaatiin qabatu ture jette, waan Qur'aanni itti ajaje hojiitti hiiku, waan Qur'aanni irraa dhoorge immoo irraa fagaatu, haalli isaanii isaan hojjachuu, daangaa isaa irra dhaabbachuu, namuusa isaatiin taliigamuu fi fakkeenyota isaatii fi seenowwan isaatiin gorfamuu ture.</t>
+  </si>
+  <si>
+    <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
+مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
+القرآن مَصدرٌ لكل الأخلاق الكريمة.
+الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
+  </si>
+  <si>
+    <t>Haala qur'aanaa qabachuu isaanii keessatti Nabiyyiitti hidhachuutti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kakaasuutu keessa jira.
+Haala Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- faarsuutu keessa jira, haalli isaanii ulaa wahyii irraa ture.
+Qur'aanni madda haala bareedaa hundaati.
+Islaamummaa keessatti haalli amantaa hunda qabata, ajaja hojii irra oolchuun, dhoorgaa irraa dhoorgamuun.</t>
+  </si>
+  <si>
+    <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
+  </si>
+  <si>
+    <t>[muslim hadiisa dheera keessatti odeesse]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8265</t>
+  </si>
+  <si>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>“Warra rahmata namaa godhan, Rahmaan(Rabbiin) rahmata godhaaf, warra dachii irra jiraniif rahmata godhaa, Inni samii keessa jiru rahmata isiniif godhaa”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Abdullaah ilma Amrii irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: “Warra rahmata namaa godhan, Rahmaan(Rabbiin) rahmata godhaaf, warra dachii irra jiraniif rahmata godhaa, Inni samii keessa jiru rahmata isiniif godhaa”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namoota nama birootif rahmata godhan, Rabbiin rahmata Isaa waan hundumaa hammateen mindaa dalagaa isaanii gituun rahmata akka isaanif godhu ibsan.
 Ergasii isaan(nabiyyiin) nagaa fi rahmanni irra haa jiraatuu, namas ta'ee ykn bineensa ykn simbirroo ykn gosoota uumamaa irraa waan biroos ta'ee wantoota dachii irra jiran hundaaf rahmata gochuutti ajajan, midaan saniitis Rabbiin samiiwwan gubbaa rahmata isaanif gochuu akka ta'e ibsaniiru.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Amantiin Islaamaa amantii rahmataa yoo ta’u, innis hundummaan isaatuu Rabbiif ajajamuu fi uumamaaf tola ooluu irratti hundaa’aadha.
 Rabbiin ol ta'e rahmata gochuun kan beekamu yoo ta’u, Inni -qulqullaa'e- akkaan mararfataa akkaan rahmata godhaadha, rahmataas gara gabroota Isaatti geessaadha.
 Mindaan fakkaatuma hojii waan ta'eef, namoota namaafis ta'ee waan biraatif rahmata godhan Rabbiin rahmata godhaaf.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8289</t>
   </si>
   <si>
-    <t>يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا</t>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
+  </si>
+  <si>
+    <t>yeroo masjiida seenanitti akkas jedhu ture: «A'uuzu billaahil Aziim, wo bi wojhilkariim, wo sulxaanihil qadiim, minasheyxaanirrajiim</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu Amrii ibnu Aas irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu-: Nabiyyii irraa odeesse -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo masjiida seenanitti akkas jedhu ture: «A'uuzu billaahil Aziim, wo bi wojhilkariim, wo sulxaanihil qadiim, minasheyxaanirrajiim» kana qofaa jedhe? eeyyeen kana qofa, ni jedhe: yeroo sana jedhetti sheyxaanni guyyaa isaa guutuu ana irraa tikfate jedha.</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
+(أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
+(وبوجهه الكريم) الجَواد المُعطي، 
+(وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
+(القديم) الأزلي الأبدي 
+(من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
+أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
+فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
+قال: نعم.
+فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo masjiida seenanitti akkas jedhu ture: (A'uuzu billaahil Aziim) Rabbii guddaa fi sifaata isaatiinan tikfamas eegamas. (wo bi wojhilkariim) fuula isaa kennaa fi arjaa ta'een. (wo sulxaanihi) Aangoo, moo'ichaa fi dandeetii inni uumama isaa irratti qabuun. (Al-qadiim) durattis kan ture fuuldurattis zalaalam kan jiraatu. (minasheyxaanirrajiim) sheyxaana rahmata Rabbii irraa fageeffamaa fi ari'atamaa ta'e irraa. akkas jechuun: yaa Rabbi woswasaa isaa, jallisa isaa, faana isaa, hasaassaa isaa, fakkeessaa isaa irraa na tiksi, isaatu jallinaaf sababaa ta'ee wollaalummaa irratti nama kakaasa. Abdullaah ibnu Amriin "kanuma qofaa?" jedhameen, akkas jechuun nabiyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kana qofa jedhanii? jechuudha. innis eeyyeen kana qofa jedhani jedhe.
+namni masjiida ol seenu du'aa'ii kana yoo jedhe: sheyxaanni immoo akkas jedha: namni ol seene kun yeroo isaa hunda guyyaa fi halkan isaa ana irraa tikfatee jira.</t>
+  </si>
+  <si>
+    <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
+التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
+يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
+  </si>
+  <si>
+    <t>Yeroo masjiida ol seenan du'aa'ii kana jechuun sadarkaa akka qabuudha, nama isa jedhe guyyaa isaa hafte keessatti sheyxaana irraa isa tiksa.
+Sheyxaana irraa sodaachisuutu keessa jira; inni muslima jallisuuf jecha isa eeggata.
+muslimaaf jallisa sheyxaanaa irraa tikfamuun hanguma Rabbitti amanuun qalbii isaa keessatti gadi dhaabbatee,  du'aa'ii kana yeroo hundaa godhachuu fi beellama Rabbiin isa irratti hundeesse dhugeessuun isaaf argama.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8294</t>
+  </si>
+  <si>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
+  </si>
+  <si>
+    <t>Rabbiin ol ta'e guyyaa qiyaamaa irra laafaa adabamaa worra ibiddaatiin ni jedha: osoo wonti dachii keessatti argamu hundi kan kee ta'ee isaan of ni bittaa? eeyyeen jedha</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
+  </si>
+  <si>
+    <t>Anas ibnu Maalik irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin ol ta'e guyyaa qiyaamaa irra laafaa adabamaa worra ibiddaatiin ni jedha: osoo wonti dachii keessatti argamu hundi kan kee ta'ee isaan of ni bittaa? eeyyeen jedha, Rabbiinis ni jedhaan: yeroo ati dugda Aadam turtetti waan kana irra laafaan sirraa barbaadee ture: innis homaa akka anatti hin qindeessine ture, ati garuu anatti qindeessuu malee ni didde».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
+فيقول: نعم، 
+فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin irra laafaa adabamaa worra ibiddaatiin boodaa isaan seenanii akkas akka jedhu himani: osoo duuniyaanii fi wonti isii keessa jiru hundi kan kee ta'ee silaa isaan adabbii kana irraa of ni bittaa? innis eeyyeen jedha, Rabbiinis ni jedha: dugda Aadam keessa yeroo turtetti yeroo waadaan sirraa fuudhametti waan kana irra laafaa dhugumatti sirraa barbaadee itti si ajajeen ture; yeroon gara duuniyaatti si baase immoo shirkii malee ni didde.</t>
+  </si>
+  <si>
+    <t>فضل التوحيد ويُسْر العمل به.
+خطر الشرك بالله تعالى وعاقبته.
+أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
+التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
+  </si>
+  <si>
+    <t>Sadarkaa towhiidni qabuu fi isatti hojjachuun laafaa ta'uu isaa.
+hammeenya Rabbii ol ta'etti shaarrakuun qabuu fi booddee isaa.
+Rabbiin ilmaan Aadam irraa osoo isaan dugda abbaa isaanii Aadam keessa jiranuu akka hin shaarrakne waadaa isaan irraa fuudhee ture.
+shirkii irraa sodaachisuutu keessa jira, guyyaa qiyaamaatti duuniyaan hundi kaafira irraa homaa deebisuu hin danda'u.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8315</t>
+  </si>
+  <si>
+    <t>ينادي مناد: إن لكم أن تصحوا فلا تسقموا أبدا، وإن لكم أن تحيوا فلا تموتوا أبدا، وإن لكم أن تشبوا فلا تهرموا أبدا، وإن لكم أن تنعموا فلا تبأسوا أبدا</t>
   </si>
   <si>
     <t>Lallabaan tokko ni lallaba, isiniif fayyaa malee gonkumaa dhukkubsachuun hin jiru, jiraachuu malee du'uun gonkumaa hin jiru, dargaggummaa malee dulloomuun gonkumaa hin jiru, qananii keessa jiraachuu malee gonkumaa abdii kutachuun hin jiru</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Abuu Sa’iid al-Khudrii fi Abuu Hureyraa irraa odeeffame Rabbiin isaan irraa haa jaallatu Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- ni jedhan: «Lallabaan tokko ni lallaba, isiniif fayyaa malee gonkumaa dhukkubsachuun hin jiru, jiraachuu malee du'uun gonkumaa hin jiru, dargaggummaa malee dulloomuun gonkumaa hin jiru, qananii keessa jiraachuu malee gonkumaa abdii kutachuun hin jiru» kuni jecha Rabbii ol ta 'eeti: {Jannanni sana sababaa waan hojjetaa turtaniitin dhaalchifamtani} [Al-a'araaf: 43].</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- lallabaan tokko jannata keessatti osoo warri jannataa qananii irra jiran akkana jedhee akka lallabu dubbatan: Isin jiraachuu malee dhukkubni hammam xiqqaa ta’us, Jannata keessatti gonkumaa dhukkubsachuun hin jiru, jiraachuu malee duuti osoo hirriiba ta'ellee inni du'a xiqqaadhaa jannata keessatti gonkumaa du'uun hin jiru, dargaggummaa malee jannata keessatti gonkumaa jaarsa ta'uun hin jiru, qananii malee gaddaa fi abdii kutachuun gonkmaa jannata keessatti hin jiru, suni jecha Rabbii ol ta'eeti : {Jannanni sana sababaa waan hojjetaa turtaniitin dhaalchifamtani} [Al-a'araaf:43].</t>
   </si>
   <si>
     <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
 اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
 الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
   </si>
   <si>
     <t>Irra guddaan wantoota qananii jireenya adduunyaa kanaa dhiphisanii abbaan isaa qananii irraa osoo bakka fedhellee gahee, wantoota afuri: Dhukkuba, du’a, dullumaa fi gadadoo, gadda, sababaa diina, hiyyuma, waraana fi kan biroo irraa sodaatutiin, warri jannataa sodaa kanneen irraa nagaa ta'anii jiraatani, kanaan qananiin hunda caalu warra jannataatif ta'e.
 Qananiin jannataa qananii addunyaa keessa jiru irraa akka adda ta'eedha; Sababni isaas qananii Jannataa keessa waan sodaan hin jirreef jecha, qananiin addunyaa itti fufiinsa hin qabaatu, akkasumas laalaa fi dhibeen duwwaa isii gochuu danda'an.
 Hojii gaggaarii gara qananii Jannataatti geessu hojjechuuf jajjabeessuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8341</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟</t>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
+  </si>
+  <si>
+    <t>Rabbiin ol ta'e worra jannataatiin ni jedha: yaa worra jannataa? Rabbii keenya siif owwaanne si gammachiifne jedhu, Rabbiinis ni jedha: jaallatanii? isaanis ni jedhu: akkamitti jaallachuu dhabna atoo waan uumama kee tokkof hin kennine dhugaatti nuuf kennitee hoo?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
+  </si>
+  <si>
+    <t>Abuu sa'iid Al-khudurii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin ol ta'e worra jannataatiin ni jedha: yaa worra jannataa? Rabbii keenya siif owwaanne si gammachiifne jedhu, Rabbiinis ni jedha: jaallatanii? isaanis ni jedhu: akkamitti jaallachuu dhabna atoo waan uumama kee tokkof hin kennine dhugaatti nuuf kennitee hoo? Rabbiinis ni jedha: ani waan sana caalun isinif keenna, isaanis ni jedhani: yaa Rabbi, maaltu sana caala? Rabbiinis ni jedha: jaalala koon isinitti uffisa booda isaatii yoomuu isinitti hin dallanu».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
+فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
+فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
+قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
+فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- Rabbiin ol ta'e worra jannataatiin isaanii jannata keessa jiruu: yaa worra jannataa jedhee akka waamu himani, isaanis Rabbii keenya siif owwaanne si gammachiifne jechuun debisuufi, Rabbiinis jaallatanii isaaniin jedha? isaanis: eeyyen jaallanne jedhu; atoo waan uumama kee tokkoof hin kennine nuuf kennitee hoo maaliif hin jaallanne! Rabbiin qulqullaa'e ni jedha: kan isa caaluu isiniif kennuu? yaa Rabbi maaltu sana irra caala?! jedhu, Rabbiinis akkas jedhaan: itti fufaan jaalala kootiin isin irratti buusa; booda isaatii tasuma isinitti hin dallanu.</t>
+  </si>
+  <si>
+    <t>كلام الله عز وجل مع أهل الجنة.
+البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
+رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
+  </si>
+  <si>
+    <t>Haasawa Rabbiin worra jannataa woliin akka godhuudha.
+isaan irraa jaallachuun gammachuu Rabbiin worra jannataa gammachiise, jaalala isaa isaan uffisuu fi yoomiyyuu isaanitti dallanuu dhabuu isaa.
+worri jannataa qubsumni isaanii wol dhabuu fi sadarkaan isaanii addaa adda ta'uu isaa woliin hunduu haala keessa jiru jaallachuu isaa; hunduu waan jecha tokkoon, "waan uumama kee tokkoof hin kennine nuuf kennite" jedhanii deebisaniif jecha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8343</t>
+  </si>
+  <si>
+    <t>إذا دخل أهل الجنة الجنة، قال: يقول الله تبارك وتعالى: تريدون شيئا أزيدكم؟</t>
   </si>
   <si>
     <t>Warri jannataa jannata erga seenanii booda, Rabbiin ol ta'e akkas jedhaan: waan ani isiniif dabaluu barbaaddan qabdanii?</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟ فَيَقُولُونَ: أَلَمْ تُبَيِّضْ وُجُوهَنَا؟ أَلَمْ تُدْخِلْنَا الْجَنَّةَ، وَتُنَجِّنَا مِنَ النَّارِ؟ قَالَ: فَيَكْشِفُ الْحِجَابَ، فَمَا أُعْطُوا شَيْئًا أَحَبَّ إِلَيْهِمْ مِنَ النَّظَرِ إِلَى رَبِّهِمْ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Suheyb irraa odeeffame, Rabbiin isa iraa haa jaallatu, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Warri jannataa jannata erga seenanii booda, Rabbiin ol ta'e akkas jedhaan: waan ani isiniif dabaluu barbaaddan qabdanii? isaanis akkas jedhan: Fuula keenna nu hin ibsinee, jannata nu galchitee, ibidda irraa nagaa na hin baafnee? ni jedha: Eegasii (Rabbiin) girdoo ni saaqa, Rabbii ol ta'e ilaaluu caalaa wanta isaan gammachiisu tokkollee hin kennamne».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه إذا دَخَلَ أهلُ الجَنةِ الجنةَ، يقول الله تبارك وتعالى لهم: 
 هل تُريدون شيئًا أَزِيْدُكم؟ 
 فيقول أهلُ الجنة كلُّهم: ألم تُبَيِّضْ وجوهَنا؟ ألم تدخلنا الجنة، وتنجِنا من النار؟ 
 فيُزيلُ الله الحِجَابَ ويَرفعه؛ وحِجَابُه النُّور، فما أُعْطوا شيئًا أحبَّ إليهم من النَّظَر إلى ربِّهم عز وجل.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- warri jannataa yeroo jannata seenan, Rabbiin akkas isaanin akka jedhu himan:
 Waan ani isiniif dabaluu barbaaddan qabdanii?
 Warri jannataa hundi akkas jedhu: Fuula keenya nu hin ibsinee? Jannata nu galchitee, ibidda irraa nagaa nu hin goonee?
 Eegasii Rabbiin girdoo fuudhee ol kaasa, girdoon isaa ifaadha. Rabbii ol ta'e ilaaluu caalaa wanta isaan gammachiisu tokkollee hin kennamne.</t>
   </si>
   <si>
     <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
 أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
 كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
 فضل الله على المؤمنين بإدخالهم الجنة.
 أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Warri jannataa Rabbii isaanii akka arganiif girdoon ni saaqama, kaafiroonni ammoo kana irraa hoongahanii jiru.
 Irra guddaan qananii jannataa mu'umintoonni Rabbii isaanii arguudha..
 Namoonni jannata seenan hundi isaanii sadarkaan qubsuma isaanii hangam adda ta’us Rabbii isaanii ni argu.
 Rabbiin Mu'umintoota jannata seensisuudhaan tola gudda itti oole.
 Barbaachisummaa hojii gaggaariin gara jannataatti ariifachuu fi Rabbii ol ta'ee fi Ergamaa Isaatiif ajajamuuti, nagaa fi rahmanni irra haa jiraatuu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8344</t>
   </si>
   <si>
-    <t>هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ</t>
+    <t>هو الطهور ماؤه، الحل ميتته</t>
   </si>
   <si>
     <t>Bishaan isaa qulqulluudha, du'aan isaas halaala</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame, Rabbiin irraa haa jaallatu, ni jedhe: Namichi tokko Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- akkas jedhee gaafate: Yaa Ergamaa Rabbii, nuti galaana bahraa irra deemna, bishaan xiqqoo of harkatti qabanna, yoo ittiin wuduu’a raawwanne ni dheebonna, bishaan galaanatiin wuduu’a godhachuu ni dandeenyaa? Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Bishaan isaa qulqulluudha, du'aan isaas halaala».</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>Namichi tokko Nabiyyii -nagaa fi rahmanni irra haa jiraatu- akkas jedhee gaafate: nuti qurxummii qabuuf ykn daldalaa fi kan kana fakkaataniif galaana irratti doonii yaabbanna, bishaan dhugaatii xiqqoo of biratti qabannee deemna, yoo wuduu'aa fi dhiqannaaf bishaan dhugaatii fayyadamne ni dhumata waan dhugnu hin argannu. Bishaan galaanaatiin wuduu’a gochuun nuuf ni hayyamamaa?
 Isaanis, nagaa fi rahmanni irra haa jiraatu, waa'ee bishaan galaanaa akkas jedhan: Bishaan isaa qulqulluu fi qulqulleessaadha; Wuduu’a godhachuu fi ittiin dhiqachuun ni danda’ama, waan galaana keessaa bahu kan akka qurxummii fi kkf, osoo hin qabamin du’aan isaa gubbaa bishaanitti ol bahee yoo argamellee nyaachuun ni danda’ama.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Du'aan bineensa galaanaa halaala, du'aa isatti wanni fedhame:  bineensota bishaan galaanaa keessatti du'an kan bishaan keessa malee jiraachuu hin dandeenyeedha.
 Faayidaan gaafii sanaa akka guutamuuf jecha, waan gaafataan gaafate caalaa deebsisuudha.
 Bishaan yoo mi’aan, halluun ykn fooliin isaa waan qulqulluun yoo jijjiirame, osoo soogiddummaan, ho’i , qorri isaa fi kkf jabaatellee hanga bishaan qulqulluu ta’etti qulqulluuma ta’ee hafa.
 Bishaan galaanaa xuriiwwan gurguddoo fi xixiqqoos ni deemsisa, najisa akka tasaa qaama, ykn uffata ykn kkf irratti argame ni balleessa.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8355</t>
   </si>
   <si>
-    <t>إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ</t>
+    <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>Bishaan hubboo /gaawwaa lama yoo ga'e najisa/xurii hin baatu (hin Najisaahu)</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>Abdullaah bin Umar irraa odeeffame, Rabbiin isaan lamaan irraa haa jaallatu, akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- waa’ee bishaan bineensonnii fi beyladoonni itti deddeebi'anii irraa ni gaafataman, isaanis, nagaa fi rahmanni irra haa jiraatu, akkas jedhan: «Bishaan hubboo /gaawwaa lama yoo ga'e najisa/xurii hin baatu (hin Najisaahu)».</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- waa’ee murtii bishaan beyladoonni fi bineensonni dhuguuf itti deddeebi’anii fi kan kana fakkaatan irraa gaafatamanii, Akkas jedhan -nagaa fi rahmanni irra haa jiraatu-: Yoo hammi bishaanii gaawwaa gurguddaa lama gahe, kunis: (210) liitira waliin wal qixa, bishaan guddaa waan ta'eef hin najisu, ykn hin xuraa'u, Amaloota isaa sadan: halluu isaa ykn dhandhamaa isaa ykn foolii isaa keessaa tokko waan najisaatin yoo jijjiirame malee.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
     <t>Bishaan najisa kan ta'u tokkoon amaloota isaa sadan, bifa isaa, ykn dhandhamaa isaa, ykn foolii isaa waan najisaatin yeroo jijjiirameedha, Hadiisni kun karaa irra caalaa bahe malee, addattii miti.
 Ulmaa'onni bishaan najisummaan/xuraa’ummaadhaan yoo jijjiirame xiqqoos ta’ee baay’ees ta’u guutumatti najisa ta’uu isaa irratti waliigalaniiru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8357</t>
   </si>
   <si>
-    <t>إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ</t>
+    <t>إذا استيقظ أحدكم من منامه فليستنثر ثلاث مرات، فإن الشيطان يبيت على خياشيمه</t>
   </si>
   <si>
     <t>Tokkoon keessan yeroo hirriiba isaa irraa ka'e, sheexaanni funyaan isaa keessa waan buluuf, funyaan isaa yeroo sadii bishaan itti ol fudhatee gadi haa deeffatu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti, Rabbiin isa irraa haa jaallatu, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Tokkoon keessan yeroo hirriiba isaa irraa ka'e, sheexaanni funyaan isaa keessa waan buluuf, funyaan isaa yeroo sadii bishaan itti ol fudhatee gadi haa deeffatu».</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم مَن استيقظ مِن مَنامِه أن يَستنثر ثلاث مرات؛ والاستنثار هو إخراج الماء من الأنف بعد إدخاله، وذلك لأن الشيطان يَبيت على الخيشوم -وهو الأنف كلُّه-.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namni hirriiba isaa irraa ka'e yeroo sadii "Istinsaara" akka godhatu kakaasan. "Istinsaara" jechuun bishaan funyaanitti ol fudhatee gadi deebisuu dha, sababni isaas sheyxaanni funyaan isaa guutuu keessa waan buluufi.</t>
   </si>
   <si>
     <t>يُشرع لكلِّ مَن استيقظ مِن النوم أنْ يستنثر إزالةً لأثر الشيطان من أنفه، وإذا كان سيتوضأ، فالأمر بالاستنثار حينئذ آكد.
 الاستنثار من تمام فائدة الاستنشاق؛ لأن الاستنشاق تنظيف داخل الأنف، والاستنثار يُخرِج ذلك الوَسَخَ مع الماء.
 تَقْيِيْدُه بنوم الليل، أخذًا مِن لفظ "يَبيت"؛ فإنّ البيتوتةَ لا تكون إلا من نوم الليل، ولأنه مَظِنَّة الطول والاستغراق.
 في الحديث دليلٌ على مُلابَسَةِ الشيطان للإنسان وهو لا يَشْعُرُ بذلك.</t>
   </si>
   <si>
     <t>Nama hirriiba irraa dammaqeef funyaan isaa keessaa haftee sheyxaanaa balleessuuf bishaan funyaanitti ol fudhatee gadi deebisuun karaa godhamuudha, yoo kan wuduu’a godhatu ta'e ammoo bishaan funyaanitti ol fudhatee gadi deebisutti ajajuun yeroo sana ni jabeeffama.
 Bishaan funyaanitti ol fudhatanii gadi deebisuun Faayidaa guutuu istinshaaqati, istinshaaqa jechuun keessoo funyaanii qulqulleessuu yoo ta'u, istinsaarri ammoo xurii sana bishaanin waliin baasuudha.
 Hirriiba kana hirriiba halkaniitin wal qabsiisuun jecha “ni bula” jedhu irraa fudhatame; sababni isaas buluun hirriiba halkanii irraa malee hin ta'u, akkasumas hirriibni mallattoo namni gadi fageenyaan of kennee keessa turu waan ta'eefi.
 Hadiisni kun ragaa sheyxaanni osoo hin beekin nama qabachuu isaa of keessaa qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8377</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى</t>
+    <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>Namichi tokko wuduu’a raawwatee bakka hanga kottee geessu wahii miila isaa irratti dhiise, Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, isa arganii akkana jedhaniin: “Deebi’ii wuduu’a kee akka gaariitti raawwadhu” namichis deebi’ee wuduu'a godhatee, eegasii salaate</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Jaabiir irraa odeeffame, Rabbiin irraa haa jaalatu akkana jedhe: Umar bin Al-Khaxxaab waan armaan gadii kana naaf odeesse: Namichi tokko wuduu’a raawwatee bakka hanga kottee geessu wahii miila isaa irratti dhiise, Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, isa arganii akkana jedhaniin: “Deebi’ii wuduu’a kee akka gaariitti raawwadhu” namichis deebi’ee wuduu'a godhatee, eegasii salaate.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>Umar, Rabbiin irraa haa jaalatu, Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, namicha tokko kan wuduu’a isaa xumuree, waan hanga kottee qubaa kan bishaan wuduu'aa isa bira hin gayin miila isaa irratti dhiisee akka argan gabaase, Eegasii bakka dagannoon itti mul’atutti akeekun akkana isaan jedhani: Deebi’ii wuduu’a kee bareechii guutii humna hundaafuu bishaan irraa haqa isaa kenniifii godhadhu.
 ​ Namichis deebi’ee wuduu’a isaa guuttatee, eegasii salaate.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Daddafanii gaaritti ajajuu fi wallaalaa fi dagataaf qajeelfama kennuun dirqama ta'uudha, Keessattuu wanni badaan sun ibaadaan namichaa baduuf sababaa kan ta'u yoo ta'e.
 Humnoolee wuduu’aa bishaaniin waliin ga'uun dirqama ta'uu fi namni humnoolee wuduu'aa keessaa humna tokko dhiise -osoo waa xiqqollee ta'ee- wuduu'in saniin waliin isaaf sirrii hin ta'uudha, wuduu'a guututti deebisee godhachuudha qaba, yeroon walakkaa sana jiru yoo dheeraa ta'e.
 Wuduu’a bareechanii raawwachuun karaa ta'uudha, innis akka shari'aan itti ajajetti isa guutanii bakkaan gayanii godhachuuni.
 Miilli lamaan humnoolee wuduu’aa keessaa tokko waan ta’eef, irra haxaa’uun gahaa miti, dhiqamuudha qaba.
 Humna tokko osoo kan isa duraa hin gogin dhiquun humnoolee wuduu’aa walduraa duubaan dhiquun barbaachisaa ta'uudha.
 Wallaalummaa fi dagachuun dili namarraa kuffisan malee dirqama namarra jiru hin kuffisaniidha, Namicha wallaalummaa isaatif jecha wuduu'a isaa guutee hin gadhatin kanarraa Nabiyyiin -nagaa fi rahmnni isaan irratti haa jirtu- dirqama wuduu'aa kan isarra jiru hin kaffisne, deeb'ee akka sirreeffatu isa ajajan malee.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8386</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- saa'ii tokkoo hanga muddii shaniitiin dhiqu yookaan dhiqatu ture, akkasumas muddii tokkoon wuduu'a godhatu ture</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
+  </si>
+  <si>
+    <t>Anas ibnu Maalik irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- saa'ii tokkoo hanga muddii shaniitiin dhiqu yookaan dhiqatu ture, akkasumas muddii tokkoon wuduu'a godhatu ture.</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- saa'ii tokko irraa hanga muddii shaniitiin janaabaa irraa dhiqatu ture, akkasumas muddii tokkoon wuduu'a godhatu ture. saa'iin tokko, muddii afur ta'a, muddiin tokko: guutuu ganaa lameenii kan nama uumamni isa giddu galeessa ta'eeti.</t>
+  </si>
+  <si>
+    <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
+استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
+المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
+تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
+الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
+المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
+  </si>
+  <si>
+    <t>Bishaan wuduu'aatii fi dhiqannaa keessatti qusannaa fi qisaasessuu dhabuun karaa godhamuu isaa, argachuun isaa laafaa yoo ta'ellee .
+Bishaan wuduu'aatii fi dhiqannaa keessatti hanga haajaatiin xiqqeessuun jaallatamaa ta'uu isaa, kun karaa nabiyyiiti, Rabbiin rahmataa fi nageenya isaan irratti haa buusu.
+Kan itti fedhame dhiqannaa fi wuduu'a keessatti sunnaa fi namuusa isaa eeguu woliin qisaasessuu fi sassatuun maletti woliin ga'uudha, yeroo, hedduummatina bishaaniitii fi xinneenya isaa akkasuma kan biroo eeguu woliin.
+Janaabaan hunda nama bishaan sanyii gannaqe yookaan wolqunnamtii saalaa raawwateetu ittiin waamama, hanga isa irraa qulqullaa'utti namni janaabome salaataa fi ibaadaa irraa waan fagaatuuf akkas jedhamee waamame.
+Saa'iin: hanga safaraa beekamaadha, kan itti fedhame saa'ii nabiyyiiti, ulfaatinni isaa qamadii bareedaa irraa misqaala (480) ta'a, litriidhaan(litrii 3) ta'a.
+Muddiin: mala safara shari'aa irraati, inni ganaa lameen nama giddu galeessa ta'ee diriirsee yeroo guute, muddiin tokko woliigaltee fuquhaa'aatiin tokko afraffaa saa'iiti, hangi isaa miili litra (750).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8387</t>
+  </si>
+  <si>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
+  </si>
+  <si>
+    <t>Muslimni kamuu haala wuduu'a isaa bareeffateen wuduu'a godhatee, eegasii dhaabbatee haala qalbii isaatii fi fuula isaatiin itti deebi'een rak'aa lama salaannaan jannanni isaaf dirqama taatu malee hin haftu</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
+  </si>
+  <si>
+    <t>Uqbaa ibnu Aamir irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: dabaree gaala tiksuutu nu gidduutti ture, dabareen koo dhufnaan galgala gara mooraa isiitti yeroon deebise, ergamaa Rabbiitii dhaabbatanii namoota haasofsiisanii isaan qaqqabe, jecha isaanii irraa akkana jechuun qaqqabe: «Muslimni kamuu haala wuduu'a isaa bareeffateen wuduu'a godhatee, eegasii dhaabbatee haala qalbii isaatii fi fuula isaatiin itti deebi'een rak'aa lama salaannaan jannanni isaaf dirqama taatu malee hin haftu» uqbaanis: maalumaatu isii tana bareechen jedhe, yeruma kana dubbataan wohii ana fuulduratti akkas jedhe: tan isii duraatu irra bareedduudha, eegasii yeroon ilaalu umaris: ani amma reefuu dhufuu kee si argeen jira jechuun akkas jedhe: «Tokkon keessan haala isa guuteen yookaan geessiseen wuduu'a godhatee, eegasii, Ash-hadu Anlaa ilaaha illallaah wa Anna Muhammadan Abdullaahi wa Rasuuluuhuu jedheera taanaan balballi jannataa saddeettan isaaf banamtee isii keessaa karaa fedheen seenu malee hin hafu».</t>
+  </si>
+  <si>
+    <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
+الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
+الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sadarkaa gurguddoo lama namootaf ibsan:
+Inni jalqabaa: namni wuduu'a geessisee, guuttatee akka karaa godhametti, qaama hundaa haqa isaa guutuun wuduu'a godhatee, eegasii immoo Ash-hadu An laa ilaaha illallaahu, wa anna Muhammadan Abdullaahi warasuuluhuu jedhe; balballi jannataa saddeettan isaaf banamee isii keessaa balbala fedheen seenu malee hin hafuudha.
+Inni lammaffaan: namni wuduu'a guutuu godhatee, eegasii booda wuduu'a kanaatii rak'aa lama haala qalbii isaatiin ikhlaasaa fi khushuu'aan itti gara galeen, fuula isaatii fi qaama isaa hundaan Rabbiif gadi of qabee salaannaan jannanni isaaf dirqama taatu malee hin hafuudha.</t>
+  </si>
+  <si>
+    <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
+مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
+إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
+استحباب قول هذا الذكر للمغتسل أيضًا.
+حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
+الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
+  </si>
+  <si>
+    <t>Hojii xinnoo irratti mindaa guddaa kennuun guddina tola Rabbii ol ta'ee mul'isa.
+Wuduu'a geessisuu fi guutuun karaa godhamuu fi isa booda salaata rak'aa lama khushuu'iidhaan salaatuu fi mindaan guddaan akka sanaan argamuudha.
+Wuduu'a geessisuun, isa boodaan zikrii kana jechuun, sababaa ittiin jannata seenan irraati.
+Zikrii kana jechuun nama dhiqatuufis jaallatamaa ta'uu isaa.
+Bolola sahaabaan beekumsa barachuu, isa facaasuu fi dhimmoota jireenya isaanii irratti wol gargaaruu keessatti qabaniidha.
+Akkuma wuduu'a keessa qaama xurii irraa qulqulleessuun jiru, zikrii booda wuduu'aatii godhamu keessa immoo qalbii shirkii irraa qulqulleessuun jira.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8388</t>
+  </si>
+  <si>
+    <t>إذا توضأ أحدكم ولبس خفيه فليصل فيهما، وليمسح عليهما ثم لا يخلعهما إن شاء إلا من جنابة</t>
   </si>
   <si>
     <t>Isin keessaa namni tokko wuduu'a isaa yoo raawwatee kophee isaa lamaan godhate, itti haa salaatu, isaan irraas haa haxaa’u, eegasii yoo barbaade janaabaaf malee ofirraa hin baasin</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ».</t>
   </si>
   <si>
     <t>Anas irraa akka odeeffametti, Rabbiin isa irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Isin keessaa namni tokko wuduu'a isaa yoo raawwatee kophee isaa lamaan godhate, itti haa salaatu, isaan irraas haa haxaa’u, eegasii yoo barbaade janaabaaf malee ofirraa hin baasin».</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه إذا لَبِسَ المُسلِمُ خُفَّيْه بعد أنْ تَوَضأ، ثم أَحْدَث بعد ذلك وأراد الوضوء، فله المَسْحُ عليهما إن أراد ذلك، ويصلي فيهما ولا يَنزعهما مدة معلومة، إلا إذا أَجْنَبَ لزِمَه خَلعُ الخُفِّ والاغتسال.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namni muslimaa tokko erga wuduu’a godhatee booda khuffii isaa lamaan uffatee, sana booda wuduu'a balleessee wuduu’a gochuu barbaade, yoo barbaade isaan lamaan irra haxaa’ee, yeroo murtaa'eef kan isaan lamaan hin baafanne isaan lamaan keessatti salaatuu akka danda'u ibsan, yoo janaabaaf ta'e malee yeroo sana khuffii baafatee dhiqachuun irratti dirqama.</t>
   </si>
   <si>
     <t>لا يجوز المَسحُ على الخُفَّين إلا إذا لُبسَا بعد كمال الطهارة.
 مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
 المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
 يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
 المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
   </si>
   <si>
     <t>Kophee lamaan irra haxaa'un hin hayyamamu yoo erga wuduu'a guuttatee uffate malee.
 Yeroon haxaa’uu jiraataaf: guyyaa tokkoo fi halkan tokko, imaltuudhaaf immoo: guyyaa sadii fi halkan isiiti.
 Khuffii lamaan irra haxaa’uun hadasa xiqqoo wuduu'a barbaachisiisan malee hadasa guddaa dhiqannaa nama irratti dirqama taasisu hin ilaallatu, xurii guddaa immoo isa waliin haxaa’uun hin hayyamamu, kophee lamaan ofirraa baasee miila lamaan dhuquun dirqama.
 Faallaa Yahuudootaa deemuuf kophee fi waan isa fakkaatu keessatti salaatuun ni jaalatamaadha, Sunis yoo qulqulluu ta’eedha, akkasumas namoota salaatan rakkisuun, ykn masjiida qulqullummaa dhabsiisuun yoo isa keessa hin jiraatini, fakkeenya masjiida keessatti afaa afame irratti kopheen seenee salaatuu hin danda'u.
 Khuffii lamaan irra haxaa'uun ummata kanaaf laaffisuuf jecha akka dhufeedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8392</t>
   </si>
   <si>
-    <t>صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
+  </si>
+  <si>
+    <t>Nabiyyiin Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala isaanii hunda irratti Rabbiin zaakkaru ture</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
+  </si>
+  <si>
+    <t>Aa'ishaa irraa akka odeeffametti -Rabbi isii irraa haa jaallatu- ni jette: Nabiyyiin Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala isaanii hunda irratti Rabbiin zaakkaru ture.</t>
+  </si>
+  <si>
+    <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
+  </si>
+  <si>
+    <t>Aa'ishaan haati mu'umintootaa -Rabbi isii irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- zikrii Rabbii ol ta'ee irratti akkaan bololaa akka turan himti, yeroo, bakkaa fi haala hunda keessatti Rabbiin zaakkaru turani.</t>
+  </si>
+  <si>
+    <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
+مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
+الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
+  </si>
+  <si>
+    <t>Najaasaa xiqqaa fi guddaa irraa qulqullaa'uun zikrii Rabbii ol ta'eetiif ulaagaa hin godhamu.
+Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo hunda zikrii Rabbii ol ta'ee irra jiraachuu isaanii.
+Nabiyyiitti hidhachuun -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala hunda keessatti zikrii Rabbii ol ta'ee heddummeessuutti kakaasuutu keessa jira, haalowwan isaan keessatti zikrii irraa dhoorgamu keessatti yoo tae malee, akka mana fincaanii seenuun dhimma ba'achuufaa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8402</t>
+  </si>
+  <si>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
+  </si>
+  <si>
+    <t>Ilaalcha tasaa irraa ergamaa Rabbii gaafannaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ija koo akkan naannessu na ajajani</t>
+  </si>
+  <si>
+    <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
+  </si>
+  <si>
+    <t>Jariir ibnu Abdullaah irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ilaalcha tasaa irraa ergamaa Rabbii gaafannaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ija koo akkan naannessu na ajajani.</t>
+  </si>
+  <si>
+    <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
+  </si>
+  <si>
+    <t>Jariir ibnu Abdullaah -Rabbi isa irraa haa jaallatu- ilaacha akka tasaa osoo hin yaadin dhiirri dubartii ajnabii ilaalu irraa nabiyyii gaafate -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaanis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkuma beekeen ija isaatiin gara biraa ilaaluun dirqama akka isa irratti ta'e isa ajajani, badiin immoo isa irra hin jiru.</t>
+  </si>
+  <si>
+    <t>الحضُّ على غضِّ البَصَر.
+التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
+فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
+فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
+رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
+  </si>
+  <si>
+    <t>Ija gadi qabachuutti kakaasuutu keessa jira.
+Waan isa ilaaluun haraama ta'e yeroo ijji namaa akka tasaa irra bu'e itti fufiinsaan ilaaluu irraa sodaachisuutu keessa jira.
+Hadiisicha keessa dubartoota ajnabii ta'an ilaaluun haraama ta'uutu keessa jira, kun sahaabota biratti dubbii ragga'aadha, ragaan jecha jariiri -Rabbi isa irraa haa jaallatu- kan inni nabiyyii akkas jedhee gaafate -Rabbiin rahmataa fi nageenya isaan irratti haaa buusu- ijji isaa osoo hin yaadin dubartii irra yoo bu'e, murtoon isaa murtoo ilaalchaatii?
+Shari'aan islaamaa faaydaa gabrootaa eeguutu isa keessa jira, badii duuniyaa fi Aakhiraatti isa hordofee dhufuuf jecha dubartii ajnabii ilaaluu haraama taasise.
+Sahaabonni waan isaan dhibe keessatti nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- deebi'anii kan gaafatan ta'uu isaa, akkuma kana namoota birootiifis waan isaan dhibe keessatti gara ulamaa'ii deebi'anii isaan gaafachuutu barbaachisa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8902</t>
+  </si>
+  <si>
+    <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>Namoota Jahannam keessaa kan amma dura isaan hin argin gosa lamatu jira, isaanis: Dhiirota alangee akka eegee horii qabatanii namaan rukutanii fi Dubartoota uuffataa qullaa deeman, ofii  jallatanii namas kan jallisaniidha</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame Rabbiin irraa haa jaalatu ni jedhe: Ergamaan Rabbii nagaa fi rahamnni irra haa jiraatuu akkana jedhani: "Namoota Jahannam keessaa kan amma dura isaan hin argin gosa lamatu jira, isaanis: Dhiirota alangee akka eegee horii qabatanii namaan rukutanii fi Dubartoota uuffataa qullaa deeman, ofii  jallatanii namas kan jallisaniidha, rifeensi mata isaanii akka dalluu gaalaa kan dabeeti,  jannata hin seenan, urgaa isiis hin argan, urgaan isii deemsa fageenya karaa akkasii fi akkasii irraa kan argamu ta'uu waliin".</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni isaan irra haa jiraatuu, namoota irraa gosa lama kan warra Jahannam irraa ta'an kan zamana isaanii keessatti hin jirre, garuu isaan boodaa kan argamuu taa’an irraa akeekkachiisa kennan:
 Gosti tokkoffaa: ummata alangee dheeraa akka eegee horii qabu, kan ittiin nama reeban, isaanis Poolisii fi ergamtoota cunqursoo haqa malee nama reebanii dha.
 Gosti lammaffaa: dubartoota uffata ittiin of eeganii fi uffata safuu Aadatti dubartiin uumamatti qabdu ofirraa baasaniidha.
 Akkas jechuun isaan ibsani: gubbaan uffataniiru, keessoon ammoo qullaadha; Sababni isaas uffata haphii qaama ibsu uffatu, akkasumas qaama isaanii garii haguuganii garii muldhisu; Bareedina agarsiisuuf jecha, Isaan uffata isaanitii fi deemsa keessatti of tuuluu isaanitiin qalbii dhirotaa jallisoodha, akkasumas ceekuu isaanii jallisaa deemu, Namoota kaanis gara jallinaati fi badii ofii isaanitti isa keessatti harkisu. Halowwan isaanii keessaa: mataan isaanii akka dalluu gaalaa jallataa yoo ta'u, isaan rifeensa mataa isaanii carqii fi waan ishee fakkaatu itti maruudhaan guddisu. Dalluu gaalaatti fakkeessuun, rifeensi isaanii fi shurrabbaan isaanii mataa isaanitii olitti ol-fuudhamaa waan ta'eef jecha, akkasumas akkuma dalluun gaalaa gama tokkotti dabutti hanga isheen moggaalee mataa irraa gara tokkotti dabdutti waan isaan hidhaniif caccabuu isheetif jecha. Egaa namni haalowwan kanneen qabu Jannata seenuu dhabuun, hafuura jannataa argu dhabuu fi osoo hafuurri jannataa fagoo irraa argamuu ittumaayyuu dhihaachuu dhabuun doorsisni cimaan kun isarrattillee ni dhugooma.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>Cubbuu fi badii isaan hojjatan tokko malee nama rukutuu fi miidhuun haraama ta'uudha.
 Cunqursitoota cunqursaa isaanii keessatti gargaaruun haraama ta'uudha.
 Dubartoonni akka of hin mul’isne, bareedina isaanis namoota alagaaf akka hin agarsiifne, akkasumas uffata dhiphaa ykn keessa isaanii mul’isu, kan qaama dhuunfaa isaanii agarsiisu akka hin uffanne akeekkachiisuudha.
 Dubartiin Musliimaa ajaja Rabbii qabattee, waan Isa Aarsu kan Aakhiraatti adabbii laalessaa itti fufaa ta'eef ishee saaxilu irraa fagaachurratti ishee kakaasuudha.
 Hadiisni ragoolee Nabiyyummaa isaanii -nagaa fi rahmanni isaan irratti haa jiraatu- agarsiisan keessaa isa tokko, maalif jennaan waa’ee wantoota fagoo amma dura hin argaminii himanii akkuma isaan -nagaa fi rahmanni irra haa jiraatu- himanitti argaman.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8903</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ</t>
+    <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>“Dhiirri qaama saalaa dhiiraa hin ilaalu, dubartiinis qaama saalaa dubartii hin ilaaltu</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-Khudrii irraa odeeffame, Rabbiin irraa haa jaalatu, Ergamaan Rabbii nagaa fi rahmanni irra haa jiraatuu akkana jedhan: “Dhiirri qaama saalaa dhiiraa hin ilaalu, dubartiinis qaama saalaa dubartii hin ilaaltu, uffata tokkicha dhiirri lama hin uffatu, dubartiinis uffata tokkicha dubartii biraa waliin hin uffattu".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni irra haa jiraatu, dhiirri qaama saalaa dhiira biraa akka hin ilaalle, ykn dubartiin qaama saalaa dubartii biraa akka hin ilaalle dhorgani.
 Qaama saalaa jechuun: Inni hunduma waan yeroo mul'ate irraa qaanfatan yoo ta'u, qaamni saalaa dhiiraa waan handhuura fi jilba isaa gidduu jiruudha. Qaamni dubartii hundi dhiirota isheef ajnabii/alagaa ta'an biratti qaama saalaa yoo ta'u, dubartootaa fi mahramoota/namoota fira dhihoo isheef ta'an ilaalchisuun ammoo yeroo baay’ee mana keessatti yeroo hojjettu waan Aadatti ishee irraa mul’atu isaan biratti mul'isuu ni dandeessi.
 Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, dhiirri tokko dhiira biraa waliin uffata tokko keessatti ykn haguuggii tokko jalatti bifa isaan lamaanuu qullaa ta'anitti akka kophaa hin baane, akkasumas dubartiin takka dubartii biraa waliin uffata tokko keessatti ykn haguuggii tokko jalatti bifa isaan lamaanuu qullaa ta'anitti akka kophaa hin baane dhoorgani, Sababni isaas sun tokkoon isaanii qaama saalaa hiriyaa isaa akka tuqu taasisa waan ta'eef jecha, qaama saalaa walii tuquun ammoo akkuma ilaaluun dhoorgaa ta'etti dhoorgaadha, inumaayyuu dhoorgaa ta'uu keessatti tuquutu ilaaluu irra jabaata, maalif jennaan sun waan badiiwwan adda addatti nama geessuuf jecha.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Abbaa manaa fi haadha manaa yoo ta'e malee qaama saalaa walii ilaaluu irraa dhoorguudha.
 Islaamummaan qulqullina hawaasaa fi daandii gara badii geessu cufuu irratti futuna/bolola akka qabuudha.
 Yoo barbaachisummaan isaa mul'ate kan akka yaala fayyaatif ykn kan kana fakkaataniif qaama saalaa ilaaluun ni danda’amaadha, garuu fedhiin maletti ta'uudha qaba.
 Muslimni qaama saalaa isaa haguugee ija isaa qaama saalaa namoota biroo irraa gadi qabachuutti ajajamaa akka ta'eedha.
 Dhiirri dhiira biraa waliin, dubartiin dubartii biraa waliin bifa dubbatamee dabreen ta'uun dhoorgaa ta'uun isaa wanni addatti dubbatameef; waan sun baay'innaan qaama saalaa walii ilaaluu fi  mul'isuutti nama waamuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8904</t>
   </si>
   <si>
-    <t>لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
+  </si>
+  <si>
+    <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- rifeensa mataa garii haadanii garii dhiisuu irraa dhoorgani</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
+  </si>
+  <si>
+    <t>Ibnu Umar irraa akka odeeffametti -Rabbi isaan lameen irraa haa jaallatu-: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- rifeensa mataa garii haadanii garii dhiisuu irraa dhoorgani.</t>
+  </si>
+  <si>
+    <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
+والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- rifeensa mataa garii haadanii garii dhiisuu irraa dhoorgani.
+Dhoorgaan dhiirota xixiqqaa fi gurguuddaas walitti qabata, dubartiin immoo rifeensa mataa isii tasuma haaduu hin qabdu.</t>
+  </si>
+  <si>
+    <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
+  </si>
+  <si>
+    <t>Shari'aan qaama ilma namaatiif xiyyeeffannoo kennuu isaa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8914</t>
+  </si>
+  <si>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
+  </si>
+  <si>
+    <t>Isiin sun jecha tokko kan dhugaa irraa taate kan jinniin isii butuun gurra jaalallee isaa keessatti akka lukkuun iyyaansa isii deddeebistutti deddeebisa, kijiba dhibbaa ol isiitti maku</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
+  </si>
+  <si>
+    <t>Aa'ishaa irraa akka odeeffametti -Rabbi isii irraa haa jaallatu- ni jette: Namoonni wohii raagdota irraa ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafatani, Ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas isaaniin jedhani: «Isaan homaa miti» isaanis ni jedhani: yaa ergamaa Rabbii, isaan yeroo garii waa odeessanii jennaan haqa ta'a, ergamaan Rabbiis -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- ni jedhani: «Isiin sun jecha tokko kan dhugaa irraa taate kan jinniin isii butuun gurra jaalallee isaa keessatti akka lukkuun iyyaansa isii deddeebistutti deddeebisa, kijiba dhibbaa ol isiitti maku».</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
+فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
+فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- worra waan fagoo fuulduratti dhufu dubbatan irraa gaafatamanii, isaanitti hin dhimmaminaa, haasawa isaaniis hin fudhatinaa, dhimmi isaaniis isin hin yaachisin jedhani.
+isaanis ni jedhani: jechi isaanii yeroo garii qabatama jiruun wol simata, akka wonti fagoo wohii baatii akkasii fi guyyaa akkasii keessatti ni argama jechuu duubbatanii jennaan, akka isaan dubbatanitti argama.
+ergamaanis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: jinniin oduu samii dhaga'an irraa butanii, gara jaalalloota isaanii raagdotaatti bu'uun waan dhaga'an isaanitti himu, eegasii raagaan sun isa dhaga'e kana irratti kijiba dhibba tokko dabalee odeessa.</t>
+  </si>
+  <si>
+    <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
+ حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
+الجِن يَتَّخذون لهم أولياء من الإنس.</t>
+  </si>
+  <si>
+    <t>Raagdota dhugeessuu irraa dhoorguudha, yeroo garii dhugaa dubbatanus wanti isaan jedhan kijibaa fi waan haaraa uumameedha.
+Nabiyyiin ergamuudhaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jinnii urjii darbamu jalaa miliqee oduu hatu yoo ta'e malee sheexaanni wahyiis ta'ee kan biraa akka hin dhageenye samiin tikfamteetti.
+Jinniin ilmaan namaa irraa jaalallee taasifatu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8918</t>
+  </si>
+  <si>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
+  </si>
+  <si>
+    <t>Umariin bira turre, akkas jedhe: «Of dirquu irraa dhoorgamnee jirra</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
+  </si>
+  <si>
+    <t>Anas irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Umariin bira turre, akkas jedhe: «Of dirquu irraa dhoorgamnee jirra».</t>
+  </si>
+  <si>
+    <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
+  </si>
+  <si>
+    <t>Umar -Rabbi isa irraa haa jaallatu- Ergmaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-  haajaa tookkoon malee waan dadhabbii fi rakkinni keessa jiru hojjachuu irraa akka isaan dhoorgan hime, wanti sun jechas haa ta'uu hojiis.</t>
+  </si>
+  <si>
+    <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
+ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
+الإسلام دين يسر.</t>
+  </si>
+  <si>
+    <t>Of dirquu irraa dhoorgame irraa: gaaffii heddummeessuu, yookaan waan beekumsa itti hin qabne irratti of dirquu, yookaan waan Rabbiin bal'ise keessatti ofitti jabeessuudha.
+Muslimaaf jechaa fi gocha keessatti laaffisuu of barsiisuutu barbaachisaadha, nyaata, dhugaatii, jechoota isaa fi haala isaa hunda keessatti.
+Isalaamni amantii laafaadha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8945</t>
+  </si>
+  <si>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
+  </si>
+  <si>
+    <t>Mana saree fi suuraan keessa jiru malaa'ikaan hin seentu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
+  </si>
+  <si>
+    <t>Abuu xalhaa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Mana saree fi suuraan keessa jiru malaa'ikaan hin seentu».</t>
+  </si>
+  <si>
+    <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
+وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
+وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
+ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-malaa'ikaan rahmataa mana saree fi suuraan waan lubbuu qabuu keessa jiru akka hin seenne himani; sunis suuraan waan lubbuu qabuu: badii fokkataa waan ta'eefi, uumama Rabbiitti fakkeessuun waan isa keessa jiruuf jecha, akkasuma sababaa gara shirkiitti qaqqabsiisu waan ta'eef jecha, gariin isii suuraa waan Rabbii gaditti gabbaramuuti. sababiin mana sareen keessa jirtu malaa'ikaan hin senneef immoo: yeroo hedduu najaasaa waan nyaatuu fi gariin isii sheyxaana jedhamtee waan waamamtuuf jecha; malaa'ikaan immoo faallaa sheyxaanaati. akkasumas fooliin saree badaa waan ta'eef jecha; malaa'ikaan immoo foolii badaa ni jibbiti, akkasumas mana keessatti saree godhachuun irraa dhoorgamaa waan ta'eef jecha; kanaaf namni mana keessatti isii guddifate malaa'ikaan rahmataa mana isaa seenuu, keessatti salaatuu, isaaf araarama kadhachuu, mana isaa irratti barakaa buusuu fi miidhaa sheyxaanaa isa irraa deebisuu dhabuudhaan adabame.</t>
+  </si>
+  <si>
+    <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
+اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
+الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
+تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
+قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
+  </si>
+  <si>
+    <t>Saree adamsuu yookaan saree horii eegdu yookaan saree midhaan eegdu malee saree biraa guddifachuun haraama ta'uu isaa.
+Suuraa mana keessatti ol kaawwachuun wontoota fokkatoo malaa'ikaan irraa dheessan irraati, bakka wohii jiraachuun suuraa sababaa ittiin rahmata dhaban ta'a, akkasuma sareenis.
+Malaa'ikaan mana saree fi suuraan jiru hin seenne isaan malaa'ikaa rahmataati, malaa'ikaan tiksanuu fi kanneen biroo kan hojii addaa addaa qaban, akka malaa'ikaa du'aafaa isaan mana hundaa ni seenu.
+Suuraa waan lubbuu qabuu dhaaba manaa fi waan biroo irratti fannisuun dhoorgaa ta'uu isaa.
+Aalimni islaamaa Al-khaxxaabiin akkas jedha: malaa'ikaan mana saree fi suuraan jiru hin seentu kan jedhame saree fi suuraa manatti isa kaawwachuun haraama ta'e irraa yoo ta'edha, kan haraama hin taane immoo akka saree adamsuu fi kan horii eegdu, akkasuma suuraan afata, boraatii fi kanneen biroo irratti ta'u malaa'ikaan seenuu hin dhoorgu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8950</t>
+  </si>
+  <si>
+    <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>Malaa'ikonni  imaltoota isaanin waliin saree fi bilbilli jiru waliin hin deeman</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame, Rabbiin isa irraa haa jaalatu, Ergamaan Rabbii nagaa fi rahmanni irra haa jiraatuu, akkana jedhan: "Malaa'ikonni  imaltoota isaanin waliin saree fi bilbilli jiru waliin hin deeman".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, malaa'ikonni imaltoota imala keessatti isaanin waliin sareen jiru, ykn bilbilli beyladaa irratti fannifamee yeroo isheen sochoote sagalee argamsiisu jiru waliin akka hin imalle himani.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Saree adamsaaf  ykn eegemsaaf fayyadaman  malee, saree qabaachuu fi of waliin oofuun dhorgaa ta'uudha.
 Malaa'ikoonni saahibummaa irraa didan sun isaan malaa'ikoota rahmataa yoo ta’an, malaa'ikoonni nama eegan ammoo deemsaa fi teessuma keessattis gabrootaan addaan hin bahan.
 Bilbilli dhoorgaa ta'uudha; Sababni isaas; shubbisoowwan sheyxaanaa keessaa tokko waan ta'eef jecha, akkasumas bilbila kiristaanatti fakkaachutu isa keessa jira.
 Muslimni waan malaa'ikoota isa irraa fageessuu danda’u hunda irraa of eeggachuudha qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/8951</t>
   </si>
   <si>
-    <t>كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا</t>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
+  </si>
+  <si>
+    <t>Taabotaan hin kakatinaa, akkasumas abboota keessaniinis hin kakatinaa</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
+  </si>
+  <si>
+    <t>Abdurrahmaan ibnu samuraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Taabotaan hin kakatinaa, akkasumas abboota keessaniinis hin kakatinaa».</t>
+  </si>
+  <si>
+    <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
+وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- taabootawwaniin kakachuu irraa dhoorgani, isiin taabota mushrikoonni Rabbii gaditti gabbaraa turani, isiin sababaa jallina isaaniitii fi kufrii isaaniiti, akkasumas nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- abbaootaan kakachuu irraa dhoorgani; yeroo wollaalummaa keessatti isaaniin dhaaddachuu fi isaan guddisuuf jecha abbootiin kakachuun aadaa arabaa irraa ture.</t>
+  </si>
+  <si>
+    <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
+تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
+الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
+  </si>
+  <si>
+    <t>Kakaan Rabbiin, maqoowwaan isaatii fi sifaata isaatiin malee hin ta'u.
+Taabotaan kakachuun haraama ta'uu isaa, akkasumas abboota, hoggantoota, taabotaa fi waan dharaa kan kana fakkatu hundaan kakachuun haraama ta'uu isaa.
+Rabbiin malee waan baraatiin kakachuun shirkii xiqqaa irraati, shirkii guddaa irraa ta'uunis ni mala, waan ittiin kakatame sana guddisuun yoo isa keessa jiraate, akka Rabbiin guddisutti isa guddisa yoo ta'e yookaan immoo gabbara wohii akka qabu kan amanu yoo ta'e.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/8959</t>
+  </si>
+  <si>
+    <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Eega dhiiga laguu irraa qulqulloofnee booda bishaan booruu qabuu fi daalacha ta'e homaatti kan hin lakkoofne taane.
 ​</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Haadha Axiyyaa irraa odeeffame Rabbii ishee irraa haa jaalatu, Nabiyyiif waadaa galtee turte, nagaa fi rahmanni irra haa jiraatuu, akkas jette: Eega dhiiga laguu irraa qulqulloofnee booda bishaan booruu qabuu fi daalacha ta'e homaatti kan hin lakkoofne taane.
 ​</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Sahaabiyyittiin Ummu Axiyyaa jedhamtu, Rabbiin irraa haa jaalatu, dubartoonni zamana Nabiyyii keessatti nagaa fi rahmanni irra haa jiraatuu, bishaan qaama saalaa irraa ba'u -kan bifti isaa gara gurraachoominatti, ykn gara daalachoominatti dabu- eega dhiiga heydii irraa qulqullina arganii laguutti akka isa hin ilaalle himte, kanaafuu sababaa isaatiin salaata fi sooma hin dhiisani.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Bishaan qaama saalaa dubartii irraa ba’u -eega laguu irraa qulqullooftee booda- boora'iinsi fi daalachoominni dhiiga irraa dhufu osoo isa keessa jiraatellee homattuu hin ilaalamuudha.
 Yeroo laguu keessatti boora'iinsi fi daalachoominni laguutti ilaalama; sababni isaas inni bishaanitti makate malee yeroo isaa keessatti waan dhufeef jecha.
 Dubartiin takka eega qulqulloofte booda boora'iinsa fi daalachoominaa jettee salaata fi sooma hin dhiisuu hin qabdu, wuduu’a godhattee salaatu qabdi malee.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
     <t>[abuu daawud jecha kanaan odeesse, bukhaariin -xahaaraa booda- jecha jedhu irraa hanbisee odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10014</t>
   </si>
   <si>
-    <t>امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي</t>
+    <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>“Hanga yeroo laguun kee sitti turu san tilmaamii turi, Eegasii dhiqadhu”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu’umintootaa irraa odeeffame, Rabbiin irraa haa jaallatuu, akkas jette: Ummu Habiibaa binti Jahsh, kan haadha manaa Abdurrahmaan bin Awfii turte, Ergamaa Rabbiitti, nagaa fi rahmanni irra haa jiraatuu, waa’ee dhiigaa himattee jennaan, isaanis akkana isheen jedhani: “Hanga yeroo laguun kee sitti turu san tilmaamii turi, Eegasii dhiqadhu”. salaata hundaaf kan dhiqattu taate.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Sahaabota dubartootaa keessaa takka yeroo hunda osoo adda hin citin dhiigni irraa dhangala'aa akka jiru Nabiyyitti himatte, nagaa fi rahmanni irra haa jiraatu. Isaanis osoo balaan muddamaa kun itti hin dhufin yeroo hanga laguun ishee turu, salaata akka dhiiftu ishee ajajani, sana booda dhiqattee salaatti, sunnummaan salaata hundaaf kan dhiqattu turte.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
     <t>Istihaadaa jechuun: dubartiin takka guyyoota laguu ishee barame booda osoo adda hin citin dhiigni ishee irraa bu'uudha.
 Dubartiin istihaadaa qabdu, osoo dhiigni dhukkubaa kun itti hin dhufiniin duratti tilmaama guyyoota laguun itti dhufu san akka laguutti ilaalti.
 Lakkoofsi guyyoota Aadaa ishee baramee yeroo darbe, isheen sana booda laguu irraa akka qulqullooftetti ilaalamti -osuma dhiigni dhukkubaa itti jiraatellee- sana booda laguu irraa dhiqattee hojii ishee itti fufti.
 Dubartiin istihaadaa qabdu salaata hundaaf dhiqachuun irratti dirqamaa miti; Sababni isaas dhiqachuun ishee, Rabbiin irraa haa jaalatu, tattaaffii ishee irraa ta’e waan ta’eef jecha, osoo dirqama ta’ee Ergamaan Rabbii nagaa fi rahmanni irra haa jiraatuu, silaa isheef ibsu ture.
 Dubartiin istihaadaa qabdu salaata hundaaf wuduu’a gochuu qabdi; Sababni isaas dhiigni ishee irraa bahu kun dhiiga dhaabbataa addaan hin cinne waan ta'eef jecha, fakkeenyi ishee akka nama fincaan yeroo hunda irraa bahuuti, ykn akka nama qilleensi yeroo hunda irraa bahuuti.
 Dhimmoota amantii keessaa waan nama dhibee, rakkoo namatti tahe hayyoota gaafachuun akka jiruudha, akkuma dubartiin tun Nabiyyitti -nagaa rahmanni isaan irratti haa jiraatu- himattee, dhiiga garmalee ishee dhiphisaa ture isaan gaafatetti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10015</t>
   </si>
   <si>
-    <t>الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ</t>
+    <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
     <t>Dhiqannaan guyyaa jimaataa nama baallaghe hunda irratti dirqama, akkasumas ilkaan isaa rigachuu fi yoo argate shittoo dibachuunis</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
     <t>Amri bin Suleem Al-ansarii irraa odeeffame, akkana jedhe: Ani Abuu Sa’iid akkana jechuu irratti ragaa nan ba’a: Ergamaa Rabbii nagaa fi rahamnni irra haa jiraatuu akkana jechuu irratti ragaa nan ba’a: "Dhiqannaan guyyaa jimaataa nama baallaghe hunda irratti dirqama, akkasumas ilkaan isaa rigachuu fi yoo argate shittoo dibachuunis".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>Nabiyyii nagaa fi rahamanni irra haa jiraatuu, muslimtoota irraa namoota salaanni Jum'aa irratti dirqama taatu irraa muslima dhiiraa kan baallaghaa ta'e hunda irratti dhiqannaan guyyaa Jum’aa akka dirqamatti kan jabeeffamu ta'uu ifa godhaniiru, Akkasumas siwaaka fi kan kana fakkaataniin ilkaan isaa qulqulleeffachuun, Akkasumas urgooftuu/shittoo gaarii kamiyyuu dibachuun.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Dhiira Musliima ta'e hundaaf guyyaa Jum’aa dhiqachuun jaalatamaa ta’uun isaa mirkanaa’eera.
 Qulqullinaa fi hafuura namatti hin tolle balleessuun shari'aa keessatti nama Muslimaa tokkoof barbaachisaa ta'uudha.
 Guyyaa jum'aaf ulfina kennuu fi ittis qophaa'uun barbaachisaa ta'uudha.
 Jum'aaf barbaachisummaa ilkaan rigachuu jabeessuudhaba.
 Salaata Jum’aatif osoo hin deemin dura urgooftuu/shittoo  namatti tolu kamiyyuu dibachuun jaalatamaa ta'uudha.
 Dubartiin salaataf ykn waan biraatif mana ishee keessaa yeroo bahuuf jette urgooftuu/shittoo dibachuun isheef hin hayyamamu; Sababni isaas hadiisa keessatti sun dhoorgamaa waan ta'eef jecha.
 Muhtalima jechuun nama baallaghe yoo ta’u, baallaghuun ammoo mallattoolee sadii tan dhiiraa fi dubartiin waliin qooddataniin argama, isaanis: inni tokkoffaa: waggaa kudha shan guutuudha, inni lammaffaa: rifeensi  naannoo qaama saalaatti biqiluudha, sadaffaan: sanyiin hormaataa abjuun dhangala'uudha, ykn abjuun osoo ta'ullee baatee fedhiin dhangala'uudha. Mallattoon afraffaa ammoo dubartii qofa ilaallata, innis: Laguudha, dubartiin laguu yeroo argite geesse jechuu dha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10036</t>
   </si>
   <si>
-    <t>المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- yeroo mana fincaaniitii ba'anutti akkana jedhu ture: «Ghufraanaka» jechuunis: ararama keen barbaada, jechuudha</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
+  </si>
+  <si>
+    <t>Aa'ishaa haadha mu'umintootaa irraa akka odeeffametti -Rabbi isii irraa haa jaallatu- Nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- yeroo mana fincaaniitii ba'anutti akkana jedhu ture: «Ghufraanaka» jechuunis: ararama keen barbaada, jechuudha.</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo dhimma isaanii ba'atanii mana fincaaniitii ba'anutti akkana jedhu ture: (ghufraanaka), yaa Rabbii! araarama keen barbaada, jechuudha.</t>
+  </si>
+  <si>
+    <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
+استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
+قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
+  </si>
+  <si>
+    <t>Booda mana fincaaniitii ba'anii "ghufraanaka" jechuun jaallatamaa ta'uu isaa.
+Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala isaanii hunda keessatti istighfaara gochuu isaaniiti.
+Sababaan booda mana fincaaniitii ba'anii araarama barbaaduu: hirdhina tola Rabbii hedduu galatoomfachuu keessatti jiruufi, tola sana keessaa wanti rakkina nama irraan ga'u ba'uu isaati, akkasuma yeroon mana fincaanii turetti zikrii kee irraa waanan qabameef araarama keen barbaada.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/10046</t>
+  </si>
+  <si>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
+  </si>
+  <si>
+    <t>Eenyunuu qalbii isaa irraa dhugoomsee haqaan gabbaramaan Rabbiin malee akka hin jirre Muhammad immoo ergamaa Rabbii akka ta'e ragaa ba'eera taanaan Rabbiin ibidda irratti haraama isa taasisu malee hin hafu</t>
+  </si>
+  <si>
+    <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
+  </si>
+  <si>
+    <t>Anas ibnu Maalik irraa akka odeeffametti -Rabbi isa irraa haa jaallatu-: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaal irratti Mu'aaz uddeelluu isaanii taa'ee akkas jedhani: «Yaa Mu'aaz ilma Jabal», siif owwaadhe yaa ergamaa Rabbii sis gamamchiise, isaanis ni jedhani: «yaa Mu'aaz», Mu'aazis siif owwaadhe yaa ergamaa Rabbii siis gammachiise jedhe, yeroo sadi, nabiyyiinis akkas jedhani: «Eenyunuu qalbii isaa irraa dhugoomsee haqaan gabbaramaan Rabbiin malee akka hin jirre Muhammad immoo ergamaa Rabbii akka ta'e ragaa ba'eera taanaan Rabbiin ibidda irratti haraama isa taasisu malee hin hafu» Mu'aazis yaa ergamaa Rabbii, namootatti himee haa gammadanuu? jedhe: nabiyyiinis ni jedhani: «yeroo sana (hojii dhiisanii hadiisa kana irratti) ni hirkatu». Mu'aazis akka badii isaatti hin taaneef jecha yeroo du'a isaa isa hime.</t>
+  </si>
+  <si>
+    <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
+وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
+فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
+فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
+فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
+فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
+  </si>
+  <si>
+    <t>Mu'aaz ibnu Jabal -Rabbi isa irraa haa jaallatu- booda nabiyyiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaala isaanii woliin yaabbatee ture, isaanis yaa Mu'aaz jechuun isa waamani? yeroo sadi waamicha irra deebi'ani; barbaachisummaa waan jechuuf deemanuu gadi jabeessuuf jecha.
+yeroo sadanuu Mu'aaz «siif owwaadhe yaa ergamaa Rabbii si gammachiise» jedhee isaaniif deebise, akkas jechuun: yaa ergamaa Rabbii owwaannaa booda owwaannaatii siif owwaadheera, siif owwaachuudhaan immoo gammachuu barbaadeera jechuudha.
+eegasii namni kamiyyuu qalbii irraa dhugoomsee sobaan maletti haqaan gabbaramaan Rabbiin malee akka hin jirre Muhammad immoo ergamaa isaa akka ta'e ragaa ba'ee, haala kana irratti yoo du'e Rabbiin ibidda irratti haraama isa taasisa.
+Mu'aaz toltuun akka gammadanuuf jecha namootatti himuu jedhee nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafate?
+Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isa irratti hirkatanii, hojiin isaanii xiqqaachuu sodaatani.
+Mu'aaz eenyuttuu hin odeessine du'a isaatiin dura malee; badii beekumsa dhoksuu keessa bu'uu sodaaf jecha.</t>
+  </si>
+  <si>
+    <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
+طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
+من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
+أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
+فضل الشهادتين لمن قالها صادقًا.
+جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Mu'aaziin gaala irratti booda isaaniitti uddeellachuun of gadi qabuu isaanii agarsiisa.
+Nabiyyiin -Rabbiiin rahmataa fi nageenya isaan irratti haa buusu- waan jechuuf deeman irratti xiyyeeffannoo isaa jabeessuuf jecha Mu'aaziin yerooo waaman irra deddeebi'uun isaanii akkaataa barsiisa isaanii agarsiisa.
+ulaagaan haqaan gabbaramaan Rabbiin malee hin jiru Muhammad ergamaa Rabbiiti jedhanii ragaa ba'uu, namni isa jedhu dhugoomsaa fi yaqiinaan haala hin kijibnee fi hin shakkineen ta'uudha.
+Worri tawhiidaa ibidda keessatti zalaalama hin ta'anu, sababaa badii isaaniitiin yoo seenan illee; booda qulqulleeffamanii isii keessaa baafamu.
+Dhugoomsee nama jedheef sadarkaa shahaadaan lameen qabduudha.
+Hadiisa wohii yeroo gariitti isa hordofee miidhaan kan dhufu yoo ta'e isa odeessuu dhiisuun eeyyamamaa ta'uu isaa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/10098</t>
+  </si>
+  <si>
+    <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Muslima jechuun nama arrabaa fi harka isaa irraa Muslimoonni nagaa ta’aniidha, godaanaa jechuun immoo nama wanta Rabbiin dhoorge dhiiseedha</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Abdullaah bin Amrii irraa odeeffame, Rabbiin isaan irraa haa jaalatu, Nabiyyiin nagaa fi rahamnni irra haa jiraatuu akkana jedhan: "Muslima jechuun nama arrabaa fi harka isaa irraa Muslimoonni nagaa ta’aniidha, godaanaa jechuun immoo nama wanta Rabbiin dhoorge dhiiseedha".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, Muslimni Islaamummaa guutuu qabu nama arraba isaa irraa muslimoonni nagaa ta’ani jechuudha himani, kana jechuun isaan hin arrabsu, hin abaarusi, hin hamatuus, arraba isaatiin miidhaa gosa kamiinuu isaanitti hin dhaqqabsiisu jechuudha. Akkasumas Harka isaa irraa kan nagaa bahani jechuu himani, kana jechuun isaanitti daangaa hin darbu, horii isaanitiis haqaan malee hin fudhatuu fi kkf jechuudha. Akkasumas Godaanaa jechuun nama waan Rabbiin haraama taasise dhiise jechuu himani.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Guutumminni Islaamummaa qaamaanis ta’ee naamusaan namoota biroo irratti miidhaa geessisuu dhiisun malee hin argamu.
 Wanni Arrabaa fi harka addatti dubbateef; waan dogongoraa fi badiin isaanii heddummaatuuf jecha, irra guddaan badiiwwanii isaan lamaan irraa argama.
 Badiiwwan dhiisanii waan Rabbiin ol ta'e itti ajaje qabachuu irratti kakaasuudha.
 Caalaan muslimootaa nama haqa Rabbiiti fi haqa muslimootaa eeggateedha.
 Namatti daangaa dabruun jecha yookaan gochaan ta’uu danda’a.
 Godaansi guutuun waan Rabbiin haraama taasise dhiisuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10101</t>
   </si>
   <si>
-    <t>لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
+  </si>
+  <si>
+    <t>Rabbiin keenya -guddatee ol ta'e- halkan hunda yeroo halkan harka sadi keessaa inni xumuraa hafutti gara samii duuniyaatti bu'a</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
+  </si>
+  <si>
+    <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamanaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin keenya -guddatee ol ta'e- halkan hunda yeroo halkan harka sadi keessaa inni xumuraa hafutti gara samii duuniyaatti bu'a, ni jedha: «Eenyu kan na kadhatu isaafan owwaadha? eenyu kan na gaafatu isaafan kenna? eenyu kan araarama narra barbaadu isaafan araarama?».</t>
+  </si>
+  <si>
+    <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jechuudha ibsani: Rabbiin -guddatee ol ta'e- halkan hundaa yeroo halkan harka sadi keessaa inni xumuraa hafutti gara samii duuniyaatti bu'uun, gabroottan isaa isa kadhachuutti kakaasa, inni nama isa kadhateef ni owwaata, akkasuma waan barbaadan akka isa kadhatanutti isaan kakaasa, inni nama kadhateef ni kenna, akkasuma badii isaanii irraa araarama akka isa gaafatan isaan kakaasa, inni gabroottan isaa mu'umintootaaf ni dhiisa.</t>
+  </si>
+  <si>
+    <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
+ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
+  </si>
+  <si>
+    <t>Halkan harka sadii keessaa harki inni xumuraa sadarkaa inni qabuudha, akkasuma isa keessatti salaata, kadhaa fi araarama gaafachuun sadarkaa inni qabuudha.
+Ilma namaatiif yeroo hadiisa kana dhaga'utti yeroo kadhaan itti qeebalamu booji'achuu keessatti bolola jabaa qabaachuutu isaaf barbaachisa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/10412</t>
+  </si>
+  <si>
+    <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>“Dubartiin takka abbaan manaa isii ykn mahramiin/firri dhihoo isii wajjiin yoo jiraate malee fageenya guyyaa lamaa hin imaltu</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-Khudrii irraa oddeffame Rabbiin irraa haa jaalatu - Nabiyyii -nagaa fi rahmanni irra haa jiraatuu- waliin lola kudha lama lolee ture, - akkana jedhe: Nabiyyii irraa -nagaa fi rahmanni isaan irratti haa jiraatu- waa afur dhaga’eera, nattis tole, isaanis akkas jedhan:
 ​ “Dubartiin takka abbaan manaa isii ykn mahramiin/firri dhihoo isii wajjiin yoo jiraate malee fageenya guyyaa lamaa hin imaltu, Guyyaa lama soomuun hin hayyamamu, isaanis: Ayyaana Al-Fixrii fi Al-Adhaati, Salaata fajrii booda hanga aduun baatutti salaanni hin jiruu fi salaata asrii boodas hanga aduun dhiitutti salaanni hin jiru, Gara masjiida sadii: Masjiidal haraam, Masjiidal Aqsaa Fi masjiida koo kana malee ibaadaaf imala deemuun hin ta'u”.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, wantoota afur irraa dhoogani:
 Inni tokkoffaa: dubartii takka fageenya guyyaa lamaa imaluu irraa dhoorguudha, abbaan manaa ishee ykn fira dhihoo ishee keessaa namni tokko isheen wajjiin yoo jiraate malee.
  fira dhihoo jechuun nama abaditti ishee fuudhuu hin dandeenyeedha, sunis akka ilma ishee, abbaa ishee, ilma obboleessaa, ilma obboleettii, abbeeraa, eessumaa fi kan kana fakkaatani.
 Lammaffaan: Sooma qodhaa haa ta'uu, ykn sooma sunnaa, ykn sooma kaffaaraa haa ta'uu sooma kamuu Guyyaa Iid al-Fixrii fi guyyaa Iid al-Adhaa dhoorguudha.
 Sadaffaan: Salaata asrii booda hanga aduun lixxutti, salaata fajrii booda hanga aduun baatutti salaata sunnaa salaatuu irraa dhorguudha.
 Afraffaan: Gara bakka kamittuu imaluu fi bakki sun sadarkaa qabaa fi kheyriin achitti hojjatamu dachaadha ta'a jedhanii yaaduu irraa dhoorguudha, yoo masjiidota sadan kana ta'e malee,  masjiidota sadan kana malee bakka biraatti salaatuuf jecha imaluun hin danda'amu, mindaanis kan dachaa ta'u masjiidota sadan kana keessatti qofa, Masjiidal haraam, Masjiida Nabiyyii fi Masjiidal Aqsaati.</t>
@@ -11725,1112 +13576,1530 @@
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Dubartiin mahrama/fira dhihoo wajjiin malee imaluu hin dandeessuudha.
 Dubartiin yeroo imala deeman dubartii biraatif mahrama tahuu hin dandeessu; Sababni isaas: hadiisa keessatti: “Abbaa manaa ishee ykn mahrama” waan jedheef jecha.
 Dubartiin abbaa manaa ykn mahrama malee waan imala jedhamu hunda irraa ni dhoorgamti, hadiisni kun akka haala nama gaafataa fi bakka jireenyaa isaatin ilaalama.
 Mahrama dubartii jechuun abbaa manaa isheeti ykn nama sababa firummaa akka abbaa ishee, ilma ishee, abbeeraa fi eessumaa, ykn sababa harma hoosisuu akka abbaa fi abbeeraa hoosisaa irraa ta'ee, ykn sababa soddummaa akka abbaa abbaa manaa ta'uu irraa kan ka'een abaditti ishee fuudhuun irratti haraama ta'eedha, Innis Muslima ga’eessa, beekaa, amanamaa ta'uudha qaba, Kaayyoon mahramaa dubartii tiksuu, kunuunsuu fi dhimma isiitin dhaabbachuu waan ta'eefi dha.
 Amantiin Islaamaa dubartootaaf ni yaada, ishees ni eega, akkasumas ishee ni tiksaadha.
 Salaata Fajrii fi Asrii booda salaata sunnaa salaatun fayyaa ta'uu hin danda'uudha. Salaata waajibaa kan darbe raawwachuun, salaatowwan sababa qaban kan akka tahiyyaa masjiidaa fi kan kana fakkaatan salaatuu sana jala hin galu.
 Aduun akkuma baateen salaata salaatuun haraama ta'a, inumaayyuu hanga isheen tilmaama eeboo ol fuudhamtuu eeguun dirqama, sun tilmaamaan daqiiqaa kudhanii hanga kudha shanii ni ta'a.
 Yeroon asri hanga aduun lixxutti dheerata.
 ​
 Gara masjiidota sadanitti imaluun ni hayyamamaadha.
 Sadarkaa fi kabajaa masjiidonni sadan waan biraa irra qabaniidha.
 Qabrii ziyaaruuf jecha imaluun hin hayyamamu, qabrii Nabiyyii osoo ta'ellee, nagaa fi rahamnni irra haa jiraatu, nama Madiinaa keessa jiruuf, ykn karaa shari'aan islaamaa seera qabeessa godheen nama madiinaa dhufeef qabricha ziyaaruun ni danda'ama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10603</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
+  </si>
+  <si>
+    <t>Qabriiwwan irra hin taa'inaa, isiitti gara galtaniis hin salaatinaa</t>
+  </si>
+  <si>
+    <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
+  </si>
+  <si>
+    <t>Abuu Marsad Al-Ganawii irraa akka gabaafametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Qabriiwwan irra hin taa'inaa, isiitti gara galtaniis hin salaatinaa».</t>
+  </si>
+  <si>
+    <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
+كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- qabriiwwan irra taa'uu irraa dhoorgani.
+akkuma qabriiwwanitti garagalanii salaatuu irraa dhoorganitti, qabriin kallattii qiblaa nama salaatuutiin haala ta'een; sun karaa shirkiitti qaqqabsiisu waan ta'eef jecha.</t>
+  </si>
+  <si>
+    <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
+النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
+نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
+حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
+  </si>
+  <si>
+    <t>Akkuma sunnaan ragga'etti salaata janaazaa malee qabriiwwan keessatti yookaan isii gidduutti yookaan kallattii isiitti salaatuun dhoorgaa ta'uu isaa.
+Qabriiwwanitti garagalanii salaatuun kan dhoorgameef karaa shirkiitti geessu cufuuf jecha.
+Islaamummaan qabrii keessatti daangaa darbuu fi isa xiqqeessuu irra dhoorge, daangaa darbuunis laaffisuunis hin jiru.
+Kabajaan muslimaa booda du'a isaatiis akka jiruudha, ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- (lafee du'aa cabsuun fayyaa isaa akka cabsuuti) waan jedhaniifi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/10647</t>
+  </si>
+  <si>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>Isaan sun ummata yeroo gabrichi gaariin, yookaan namni gaariin isaan gidduutti du’e qabrii isaa irratti masjiida ijaaranii, suuraalee sana isa keessa kaayani</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu'mintootaa irraa odeeffamee -Rabbiin ishee irraa haa jaalatu-: Ummu Salaamaan Ergamaa Rabbiitiif  -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bataskaana Maariyah jedhamtu biyya Habashaa keessatti argite dubbatte, suuraa adda addaa irraa waan ishee keessatti argite itti himte. Ergamaan Rabbii  -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: “Isaan sun ummata yeroo gabrichi gaariin, yookaan namni gaariin isaan gidduutti du’e qabrii isaa irratti masjiida ijaaranii, suuraalee sana isa keessa kaayani warri sun Rabbiin biratti irra badoo uumamaati”.</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Haati Mu’mintootaa Ummu Salaamaan -Rabbiin ishee irraa haa jaallatu- Rasuulaaf  -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni himte isheen yeroo biyya Habashaa turtetti, bataskaana - Maariyah jedhamtu - kan ishee keessatti  suuraaleen, faayaa fi fakkiiwwan adda addaa jiran argitee turte isaanii himte; sana baay'ee ajaa'ibsiifatuuf jecha! Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sababoota fakkiiwwan kanneen kaa’aniif ibsaniiru. Akkas jedhaniin: Isaan sun isaan keessaa namni gaariin tokko yoo du’e  qabrii isaa irratti masjiida itti salaatan ijaaru, suuraalee sanas ni tolchu, Namni waan akkasii hojjatu Rabbii ol ta'e biratti irra badaa uumamaa akka ta'ees ibsaniiru; Sababni isaas gochi isaa gara Rabbii ol ta'etti waan biroo qindeessutti nama geessuuf jecha.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Sababoota shirkii ugguruuf jecha qabrii irratti masjiida ijaaruun, yookaan ishee biratti salaatuun, yookaan masjiida keessatti nama du'e awwaaluun haraama ta'uudha.
 Masjiidota qabrii irratti ijaaruu fi fakkiiwwan isa keessa kaa’uun hojii yahuudaa fi kiristaanotaa yoo ta’u, namni kana godhu isaanitti fakkaateera.
 Fakkii wantoota lubbuu qabanii godhachuun haraama ta'uudha.
 Namni qabrii irratti masjiida ijaaree fakkii keessa kaa’e inni irra badaa uumama Rabbii ol ta'eeti.
 Karoowwan shirkitti nama geessuu danda'an cufuudhaan eegumsa guutuu ta'e kan shari'aan tawhiidaaf gooteedha.
 Namoota gaggaarii keessatti daangaa dabruu irraa dhoorguudha; sababni isaas shirkii keessatti argamutti waan nama geessuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
-[...2 lines deleted...]
-    <t>Humna torba irratti akkan sujuudu ajajame:</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
+  </si>
+  <si>
+    <t>Humna torba irratti akkan sujuudu ajajame</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-  akkas jedhan: Humna torba irratti akkan sujuudu ajajame: kallacha (adda) irratti, harka isaanitiin gara funyaan isaanii akeekan, akkasumas harka lameen, jilba lameeni fi fiixa miila lameenii irratti, uffataa fi rifeensa akka lafa hin tuqneef hin qabnu.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka Rabbiin humna qaamaa torba irratti sujuudutti isaan ajaje ibsan; isheenis:
 Tokkoffaa: Kallacha (adda): isheenis kutaa fuulaa tan funyaani fi ija lameen gubbatti argamtuudha, Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- harka isaanitiin gara funyaan isaanii akeekuun, kallachii fi funyaan humna torban sana irraa humna tokko akka ta'an ibsan, namni sujuudu funyaan isaatiin lafa tuquudha qaba jechuu gad jabeessuuf jecha.
 Humni lammaffaa fi sadaffaan: harka lameeni.
 Afraffaa fi Shanaffaan: Jilba lameeni.
 Jahaffaa fi Torbaffaan: qubbeen miila lameeniiti.
 Yeroo dachii irratti sujuudnu akka lafa hin tuqne eeguudhaaf jecha rifeensa keenya ol qabachuu dhabuutti, ykn uffata garii isaa garii irratti ol sassaabbachuu dhabuutti nu ajajaniiru, inumaayyuu humnoolee toban sanaan lafa tuquudhaan akka sujuuda gootuuf jecha isa gadi lakkisuudha qabna.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Salaata keessatti qaama torban irratti sujuuduun dirqama tahuudha.
 Yeroo sujuudaa uffataa fi rifeensa walitti sassaabbachuun jibbamaa tahuudha.
 Nama salaataa jiru irratti humnoolee torban sujuudaa sana lafa irra kaa'uun hanga zikrii sujuuda keessatti karaa godhame jedhuutti tasgabbaa'uun dirqama tahuudha.
 Yeroo sujuudaa rifeensa sassaabbachuu irraa dhoorguun dubartii osoo hin tahin dhiira qofaafi; sababni isaas dubartiin salaata keessatti haguuggatutti waan ajajamteef jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10925</t>
   </si>
   <si>
-    <t>مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sujuuda lameen gidduutti akkana jedhu ture: «Allaahummaghfir lii, warhamnii, wa Aafinii, wahdinii, warzuqnii</t>
+  </si>
+  <si>
+    <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas irraa akka odeeffametti -Rabbi isaan lameen irraa haa jaallatu-: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sujuuda lameen gidduutti akkana jedhu ture: «Allaahummaghfir lii, warhamnii, wa Aafinii, wahdinii, warzuqnii».</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sujuuda lameen gidduutti kadhannaa shanan kan muslimni akka jabaatti itti haajamu kanaan kadhatu turani, toltuu duuniyaaf Aakhiraa kan waliitti qabatteedha, araarama gaafachuu, badii sattaruu fi isa irra darbuu gaafachuu, rahmata woliin ga'uu, fedhiiwwan, waan namatti wol fakkaatan, dhukkuboowwanii fi laalaawwan irraa nagaa ta'uu gaafachuu, qajeeluma Rabbiin gaafachuu fi isa irratti ragga'uu fi iimaana, beekumsa, hojii gaarii fi qabeenya halaalaa bareedaa akka isaaf kennu gaafachuu irraa.</t>
+  </si>
+  <si>
+    <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
+فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
+  </si>
+  <si>
+    <t>Kadhannaan kun taa'umsa sujuuda lameen gidduutti jiru irratti karaa kan godhame ta'uu.
+Sadarkaa kadhannaan kun qabuudha, toltuu duuniyaa fi Aakhiraa wolitti qabate waan ta'eef jecha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/10930</t>
+  </si>
+  <si>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
+  </si>
+  <si>
+    <t>Allaahumma Antassalaamu, Waminkassalaamu, Tabaarakta Yaa Zaljalaali Wal ikraam</t>
+  </si>
+  <si>
+    <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
+  </si>
+  <si>
+    <t>Sawbaan irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- salaata isaanii irraa yeroo garagalanitti yeroo sadii araarama Rabbiin gaafatu ture, eegasi akkas jedhu: «Allaahumma Antassalaamu, Waminkassalaamu, Tabaarakta Yaa Zaljalaali Wal ikraam», Waliid ni jedhe: Awzaa'iidhaan, araarama gaafachuun akkamin jedheen? Awzaa'iinis ni jedhe: Astaghfirullaah, Astaghfirullaah, Astaghfirullaah jetta.</t>
+  </si>
+  <si>
+    <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
+ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo salaata isaanii raawwatanitti akkana kan jedhu ture: Astagfirullaah, Astaghfirullaah, Astaghfirullaah.
+Eegasii "Allaahumma Antassalaamu, Waminkassalaamu, Tabaarakta Yaa Zal Jalaali wal Ikraam" jechuun Rabbii isaanii guddisu, Rabbiin isa waan hunda irraa nagaa ta'ee fi sifaata isaatiinis guutuu ta'eedha, mudaa fi hirdhina hunda irraa qulqulluu kan ta'eedha, hamtuu duuniyaa fi Aakhiraa irraa nagaa bahuu waan biroo irraa osoo hin taane isuma qofa irraa barbaadda, inni toltuun isaa bakka lameenittuu dhugaan heddummaatee jira, abbaa guddinaatii fi tolaati.</t>
+  </si>
+  <si>
+    <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
+استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
+  </si>
+  <si>
+    <t>Salaata boodatti istighfaara gochuu fi isa irratti ragga'uun jaallatamaa ta'uu isaa.
+Hirdhina ibaadaa keessatti argamu guutuu fi ibaadaa ittiin suphuuf istighfaarri jaallatamaa ta'uu isaa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/10947</t>
+  </si>
+  <si>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Namni duuba salaata hundatti Subhaanallaah yeroo soddomii sadii, Alhamdulillaah yeroo soddomii sadii, Allaahu Akbar yeroo soddomii sadii jedhe, kun sagaltamii sagal ta'a, dhibba guutuuf: Laa ilaaha illallaahu wahdahuu laa shariika lahuu lahul mulku walahul hamdu wa huwa alaa kulli shey'in qadiir jedhe, diliin isaa osoo akka hoomocha galaana bahr ta’ellee dhiifama argateera</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffametti Rabbiin irraa haa jaallatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Namni duuba salaata hundatti Subhaanallaah yeroo soddomii sadii, Alhamdulillaah yeroo soddomii sadii, Allaahu Akbar yeroo soddomii sadii jedhe, kun sagaltamii sagal ta'a, dhibba guutuuf: Laa ilaaha illallaahu wahdahuu laa shariika lahuu lahul mulku walahul hamdu wa huwa alaa kulli shey'in qadiir jedhe, diliin isaa osoo akka hoomocha galaana bahr ta’ellee dhiifama argateera».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namni salaata dirqamaa booda akkas jedhe:
 yeroo soddomii sadii: "Subhaanallaah" Innis Rabbiin hanqina irraa qulqulleessuudha.
 yeroo soddomii sadi: "Alhamdulillah" Isa jaallachuu fi guddisuudhaan wajji amaloota isaa guutuu ta’aniin Isa faarsuudha.
 yeroo soddomii sadi: "Allaahu Akbar" Innis Rabbiin waan hundumaa caalaa guddaa fi waan hundaa oli jechuudha.
 Lakkoofsa dhibbaa guutuuf akkana jedha: " Laa ilaaha illallaahu wahdahuu laa shariika lahuu lahul mulku walahul hamdu wa huwa alaa kulli shey'in qadiir" Hiikkaan isaas: Haqaan gabbaramaan Rabbii tokkicha hiriyyaa hin qabne malee hin jiru, Isuma qofaatu mootummaa guutuu qaba, waan biroo osoo hin taane inni kan jaalalaa fi guddisuu wajjiin faaruu haqa godhatu yoo tahu, Isa wanni tokko kan Isa dadhabsiisu hin jiru jechuudha.
 Namni akkas jedhe, diliin isaa baay’ee yoo ta’ellee irraa haqamteeti araarama argata.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Salaata dirqamaa booda zikrii kana gochuun jaalatamaa tahuudha.
 Zikrii kana jechuun sababaa diliin namaa araaramuu akka taheedha.
 Tolli Rabbii ol taheeti fi rahmannii fi araarmni isaa guddaa akka taheedha.
 Zikriin kun diliin namaaf araaramuuf sababaa yoo ta'u, itti fedhamaan: diliiwwan xixiqqaa nama irraa buusuudha, diliiwwan gurguddaan ammoo towbaa malee wanti isii haqu hin jiru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10948</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ</t>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>Namni booda salaata dirqamaa hundatti Aayatal-Kursii qara’e du’a malee wanti Jannata seenuu isa dhorgu hin jiru</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
     <t>Abuu Umaamaa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Namni booda salaata dirqamaa hundatti Aayatal-Kursii qara’e du’a malee wanti Jannata seenuu isa dhorgu hin jiru».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namni eega salaata waajibaa xumuree Aayatal-Kursii qara’e du’a malee wanti jannata seenuu isa dhorgu akka hin jirre himaniiru, isheenis suuraa baqaraa keessatti kan argamtu yoo tahu, jecha Rabbii ol tahee kana: {Rabbiin Isa malee haqaan gabbaramaan hin jiru; (Inni) jiraataadha; waan hundaan dhaabbataadha. Mugaatiis ta’ee hirribni Isa hin qabu. Wanti samiilee keessa jiruufi wanti dachii keessa jiru (hundi) kan Isaati. Inni hayyama Isaatiin malee Isa biratti araarsu eenyuma? Waan fuuldura isaaniitiifi waan duuba isaaniis ni beeka. Beekumsa Isaa irraa waan Inni fedhetti malee hin marsanu. Kursiin Isaa samiifi dachii irra bal’ateera. Isaan lamaan tiksuun Isa hin dadhabsiisu, Inni ol ta’aa, guddaadha}. [Baqaraa: 255].</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Sadarkaa Aayanni guddoon tun qabduudha; Sababaa maqoolee babbareedoo fi amaloota ol’aanoo of keessatti qabatteef jecha.
 Salaata dirqamaa hunda boodatti Aayata guddoo tana qara’uun jaalatamaa tahuudha.
 Hojiin gaariin Jannata seenuuf sababaa akka taheedha.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10950</t>
   </si>
   <si>
-    <t>‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
+  </si>
+  <si>
+    <t>Dhaabbadhuu salaati, yoo hin dandeenye taa'ii salaati, yoo hin dandeenye cinaacha kee irratti hirkadhuu salaati</t>
+  </si>
+  <si>
+    <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
+  </si>
+  <si>
+    <t>Imraan ibnu Husayn irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: kintaarootiin wohii waan natti tureef akkaataa salaataa irraa Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafadhe, isaanis akkana jedhani: «Dhaabbadhuu salaati, yoo hin dandeenye taa'ii salaati, yoo hin dandeenye cinaacha kee irratti hirkadhuu salaati».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- salaata keessatti bu'uurri dhaabbii akka ta'e ifa galchani, haala dandeettii dhabeen yoo ta'e malee yeroo sana taa'ee salaata, yoo taa'ee salaatuu hin dandeenye cinaacha isaa irratti hirkatee salaatuu danda'a.</t>
+  </si>
+  <si>
+    <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
+سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
+  </si>
+  <si>
+    <t>Hanga sammuun bakka jirutti salaanni nama irraa hin bu'u, haala tokko irraa haala tokkotti tarkaanfachuun akkaataa dandeettiitiin ta'a.
+Garbichi ibaadaa irraa waan danda'u hojjachuu keessa laafiinsaa fi salphina islaamummaatu jira.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/10951</t>
+  </si>
+  <si>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
+  </si>
+  <si>
+    <t>Sahaabota koo hin arrabsinaa, tokkoon keessan osoo worqii hanga gaara uhud ga'u saddaqateellee, muddii tokkoo isaanii hin ga'u, wolakkaa isaatuu hin ga'u</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
+  </si>
+  <si>
+    <t>Abuu Sa'iid Al-khudrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Sahaabota koo hin arrabsinaa, tokkoon keessan osoo worqii hanga gaara uhud ga'u saddaqateellee, muddii tokkoo isaanii hin ga'u, wolakkaa isaatuu hin ga'u».</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sahaabota arrabsuu irraa dhoorgani, keessattuu muhaajirootaa fi ansaarota irraa durabuutota jalqabaa; akkasumas namni tokko osoo worqii hanga gaara uhud ga'u saddaqatee, mindaan isaa hanga mindaa sahaabaan tokko nyaata muddii tokko yookaan wolakkaa isaa saddaqatuu akka hin geenye himani, -muddiin tokko guutuu ganaa lameen nama giddu galeessa ta'eeti-; mindaan sahaabaa kan adda wanti ta'eef ikhlaasni isaanii irra dabalaa ta'uu, niyyaan isaanii dhugaa ta'uu fi yeroo haajaan jabaan jiru fathii makkaatiin duratti kennaa fi qabsoo keessatti dura bu'oo ta'uu isaaniitiifi.</t>
+  </si>
+  <si>
+    <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
+  </si>
+  <si>
+    <t>Sahaabota arrabsuun -Rabbiin isaan irraa haa jaallatu- haraama, akkasumas badii gurguddoo irraati.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/11000</t>
+  </si>
+  <si>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>‌Wallaahi Amantiin kun bakka halkanii fi guyyaan gahu ni gaha. Rabbiin mana dhoqqees ta'ee mana suufii Amantii kana osoo isa hin galchin hin dhiisu</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Tamiim Al-daarii irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- kan akkana jedhuun dhaga’e: «‌Wallaahi Amantiin kun bakka halkanii fi guyyaan gahu ni gaha. Rabbiin mana dhoqqees ta'ee mana suufii Amantii kana osoo isa hin galchin hin dhiisu, jabeenya jabaatiin, ykn xiqqeenya xiqqaatatiin, Jabeenya Rabbiin Islaamummaa ittiin jabeessu fi xiqqeenya Rabbiin kufrii ittiin xiqqeessu» Tamiima Al-daariin akkana kan jedhu tahe: jecha kana ani warra kiyya keessatti dhugumatti argeera, Nama isaan irraa Islaamummaa qabate dhugumatti kheyriin, kabajaa fi jabeenyi isa mudateera, Isaan keessaa nama kaafira tahe ammoo salphinni, xiqqeenyi fi gibirri dhugumatti isa mudateera.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- Amantiin kun kutaalee dachii hundatti akka babal’atuu fi bakka halkanii fi guyyaan gaye kamuu Amantiin kun akka gayuu taa'u himani. Rabbiin mana tokko magaalaa, gandoota keessattii fi  baadiyyaa keessatti osoo amantii kana hin galchin hin dhiisu. Namni amantii kana fudhatee itti amane jabeenya Islaamaatiin jabaa taha. Namni isa didee itti kafare ni salphataa xiqqaataa taha.
 Eegasii sahaabichi Tamiim Al-daariin, Rabbiin irraa  haa jaallatu, waan Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- dubbatan sana maatii isaa keessatti akka beeke hime, isaan keessaa namni islaamummaa qabate kheyrii, kabajaa fi jabeenya akka argate, isaan keessaa namni isa didee kafare ammoo horii irraa waan muslimtootaf kaffalu wajjiin salphinaa fi xiqqeenyi akka isa mudate hime.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Amantiin isaanii Islaamummaan kutaalee dachii hunda keessatti babal'atuuf taa'a jechuun muslimtootaaf gammachuu guddaa akka taheedha.
 Jabeenyi Islaamaa fi Muslimootaf ta'uu fi xiqqeenyi ammoo kufrii fi kaafirootaf tahuudha.
 Isa keessa Ragaa ragaalee nabiyyummaa keessaa tahee fi mallattoo mallattoolee isaa keessaa taheetu jira, innis waan fuulduratti argamu dubbatanii akkuma isaan jedhanitti argame, nagaa fi rahmanni irra haa jiraatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/11220</t>
   </si>
   <si>
-    <t>إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ</t>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>Isin keessaa namni tokko salaata isaa keessatti yoo shakkee, meeqa akka salaate yoo hin beekin sadii moo afurii, shakkii sana ofirraa dhiisee, waan mirkaneeffate irratti ijaaree, eegasii osoo salaamata hin jedhin sujuuda lama haa sujuuduu</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-khudrii irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jaalatu- akkana jedhan: «Isin keessaa namni tokko salaata isaa keessatti yoo shakkee, meeqa akka salaate yoo hin beekin sadii moo afurii, shakkii sana ofirraa dhiisee, waan mirkaneeffate irratti ijaaree, eegasii osoo salaamata hin jedhin sujuuda lama haa sujuuduu, Yoo raka'aa shan kan salaate tahe, salaata isaa qindii taasisaaf, yoo raka'aa afur guutuu kan salaate tahe immoo Sheyxaana lafatti rigaadha taha».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiratu- namni salaata salaatu tokko salaata isaa keessatti shakkee meeqa akka salaate hin beekin, sadii moo afurii? Lakkoofsa dabalataa, shakkisiisaa ta'e fageessuudhaan raka'aan sadii mirkanaa'aa waan tahuuf raka'aa afraffaa salaatee eegasii osoo salaamata hin jedhin sujuuda lama akka sujuuduu qabu ibsaniiru.
 Wanti inni salaate dhugumatti afur yoo ta’e; Raka’aan tokko itti dabalamuun shan ta’a, sujuudni lamaan dagannaa bakka raka’aa tokkoo bu'a yoo tahu, kanaaf lakkoofsi witrii osoo hin taane qindii taha, raka’aa dabalamte sanaan afur yoo kan salaate tahe; dirqama irra jiru dabaluu fi hir'isuun maletti ofirraa geesseera.
 Sujuudni lamaan dagachuu sheyxaana salphisuu, xiqqeessuu fi honga'aa yaada ofii irraa fageeffame tahee akka deebi'uuf taha; sababni isaas waan inni salaata isaa isa irratti wal fakkeessee balleessuuf waan yaalef jecha, salaatni ilma Aadam ni guutamti yeroo sujuuda sheyxaanni dide gochuun ajaja Rabbii ol tahee fudhate, sunis yeroo sheyxaanni Aadamiif akka sujuudu ajajamee Rabbiif tole jechuu dideedha.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Namni salaataa jiru tokko salaata isaa keessatti yoo shakkee tokkoon waa lamaa isa biratti irra caalaa hin tahin inni shakkii ofirraa dhiisee waan mirkanaa'etti hojjeta, inni isa irra xiqqaa taheedha, salaata isaa xumuree, osoo salaama hin baafatin sujuuda dagachuu gochuun achi booda salaama baafata.
 Sujuudni lamaan kun karaa salaata ittiin sirreessani, akkasumas karaa sheyxaana hongayaa xiqqaataa yaada isaa irraa fageeffamaa haala taheen itti deebisani.
 Shakkiin Hadiisa keessatti dubbatame inni garri tokko irra caaluun maletti waa lama nama biratti walqixxaa'uudha, kanaaf shakkiin yoo jiraatee garri tokko irra caale itti hojjetama.
 Ajaja Shari'aa fudhachuun waswaasa sheyxaanaa falmachuu fi ofirraa dhiibuu irratti kakaasuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/11231</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
+  </si>
+  <si>
+    <t>waamicha salaataaf taasifamu ni dhageessaa?» namtichis eeyyeen nan dhaga'a jedhe, isaanis ni jedhaniin: «owwaadhu</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
+  </si>
+  <si>
+    <t>Abuu Hurayraa irraa akka odeeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Namichi jaamaan tokko gara Nabiyyiitti dhufuun -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhe: yaa ergamaa Rabbii namni gara masjiidaatti na qajeelchu hin jiru jedhee, mana isaatti salaatuu akka isaaf eeyyamaniif ergamaa Rabbii gaafatee jennaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaaf eeyyamani, yeroo inni deemuuf garagalu isa waamanii, akkas jedhaniin: «waamicha salaataaf taasifamu ni dhageessaa?» namtichis eeyyeen nan dhaga'a jedhe, isaanis ni jedhaniin: «owwaadhu».</t>
+  </si>
+  <si>
+    <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
+  </si>
+  <si>
+    <t>Namichi jaamaan gara nabiyyiitti dhufuun -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhe: yaa ergamaa Rabbii salaata shanan irratti nama na gargaaree masjiidatti na geessu hin qabu, nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- salaata jamaa'aa dhiisuu akka isaaf eeyyaman fedheeti, isaanis isaaf eeyyamani, yeroo inni deemuuf garagale isa waamani akkas jedhaniin: waamicha salaataaf taasifamu ni dhageessaa? eeyyen nan dhaga'a jedhe, isaanis waamaa gara salaataatti waamuuf owwaadhu jedhaniin.</t>
+  </si>
+  <si>
+    <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
+قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
+  </si>
+  <si>
+    <t>Salaanni jamaa'aa dirqama ta'uu agarsiisa, eeyyamni waan dirqamaa irraa malee waan hin taaneef jecha.
+Jechi isaanii "owwaadhu" jedhu nama waamicha dhaga'u irratti salaanni jamaa'aa dirqama ta'uu agarsiisa; ajaja keessatti bu'uurri dirqamummaaf waan ta'eef jecha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/11287</t>
+  </si>
+  <si>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
+  </si>
+  <si>
+    <t>Irra caalaan tarree dhiirotaa jalqaba isaati, irra hamaan isaa immoo xumura isaati, irra caalaan tarree dubartootaa xumura isaati, irra hamaan isaa immoo jalqaba isaati</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
+  </si>
+  <si>
+    <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Irra caalaan tarree dhiirotaa jalqaba isaati, irra hamaan isaa immoo xumura isaati, irra caalaan tarree dubartootaa xumura isaati, irra hamaan isaa immoo jalqaba isaati».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
+وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
+وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- salaata keessatti irra caalaan saffii dhiiraa, akkasuma mindaa irra hedduu fi sadarkaa irra hedduu kan qabu saffii jalqabaa akka ta'e himani; imaamatti waan dhihaatanii qiraatii isaa waan dhaggeeffatanuu fi dubartoota irraa fagoo waan ta'eef jecha. Irra hamaa fi mindaa fi sadarkaatti irra gadi aanaan isaa akka ilaalcha shari'aatti xumura isaati. Irra caalaan saffii dubartootaa xumura isaati; isaaniif waan irra dhoksaa ta'eef jecha, akkasumas dhiirotaan wolitti makamuu fi isaan ilaaluu irraa irra fagoo waan ta'eef jecha, irra hamaan isaa jalqaba isaati; dhiiratti dhihaachuu fi fitnaaf saaxilamuuf dhihoo waan ta'eef jecha.</t>
+  </si>
+  <si>
+    <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
+جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
+النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
+بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
+تفاضل الناس بحسب أعمالهم.
+قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
+قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
+  </si>
+  <si>
+    <t>Ibaadaa fi salaataaf saffii jalqabaatiif ariifaachuu irratti dhiirota kakaasuutu keessa jira.
+dubartoonni dhiirotaa woliin masjiidatti saffii kophaa ba'e irratti salaatuun eeyyamamaa ta'uu isaa, garuu hagooggatanii sattarataniiti.
+dubartooonni yeroo masjiidatti wolitti qabaman, akkuma saffii dhiirotaa addatti saffii godhatu, adda adda ba'anii hin salaatanu, saffii qajeelchanii qaawa duuchuutu isaan irra jiraata, akkuma saffii dhiirotaatti.
+shari'aan dubartoonni dhiirota irraa akka fagaatanuuf eeguu jabaa gochuu isaa ibsuutu keessa jira, bakka ibaadaan itti godhamu yoo ta'ellee.
+namoonni akkaataa hojii isaaniitiin kan wol caalan ta'uu isaa.
+Aalimni islaamaa Nawawiin akkas jedhe: saffiin dhiirotaa akkuma jirutti, yeroo hundaa irra caalaan isaan jalqaba isaati, yeroo hundaa irra hamaan isaa xumura isaati, saffiin dubartootaa immoo hadiisaan kan itti fedhame: saffii dubartoota worra dhiirotaa woliin salaatanuuti, yoo dhiiraan adda ba'anii kan salaatan ta'e immoo isaanis akka dhiirotaati; irra caalaan saffii isaanii jalqaba isaa ta'a akkasuma irra hamaan saffii isaanii xumura isaa ta'a.
+Nawawiin itti dabaluun akkas jedhe: saffiin faarfamaan kan hadiisni sadarakaa isaa ibsuu fi itti kakaasuun dhufe inni saffii isa imaamatti aanudha; abbaan isaa dursee yoo dhufes booda hafee yoo dhufes, akkasumas wonti adda baasuu fi kan sana fakkaatan yoo seenes yoo seenuu dhabes tokkuma.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/11299</t>
+  </si>
+  <si>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
+  </si>
+  <si>
+    <t>Salaatattiin kun lameen, munaafiqoota irratti irra ulfaataa salaatotaati, osoo waan isaan lameen keessa jiru beektanii jilbaan daa'imtanii ta'ullee silaa ni dhuftan ture</t>
+  </si>
+  <si>
+    <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
+  </si>
+  <si>
+    <t>Ubayyi ibnu Ka'ab irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Guyyaa tokko Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- salaata subhii nuun salaatanii ka'anii akkas jedhani: «Ebalu dhufeeraa?» sahaabonnis: lakki jedhani, ammas ergamaan ni jedhani: «Ebalu hoo dhufeeraa?» ammas sahaabonni lakki jedhani, eegasii isaan akkas jedhani: «Salaatattiin kun lameen, munaafiqoota irratti irra ulfaataa salaatotaati, osoo waan isaan lameen keessa jiru beektanii jilbaan daa'imtanii ta'ullee silaa ni dhuftan ture, saffiin jalqabaa akka saffii malaa'ikaati, osoo sadarkaa isaa beektanii itti ariifattu ture, salaanni namni tokko nama biroo woliin salaatu salaata qofaa isaa salaatu irra caalaadha, salaanni inni nama lamaa woliin salaatu salaata nama tokkoo woliin salaatu irra caalaadha, kan hedduummate isatu Rabbiin biratti irra jaallatamaadha».</t>
+  </si>
+  <si>
+    <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
+قال الصحابة: لا. 
+ثم قال: أحاضر فلان؟ لشخص آخر، 
+قالوا: لا. 
+قال صلى الله عليه وسلم: 
+إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
+ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
+وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
+وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
+والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- guyyaa tokko fajrii salaatanii, eegasii: ebaluun salaata keenya kana irratti argameeraa jedhanii gaafatani? sahaabonnis lakki jedhani. eegasii isaan ni jedhani: ebalu hoo dhufeeraa? nama biraa baananii, ammas sahaabonni lakki jedhani. eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: salaanni fajriitii fi ishaa'iin munaafiqoota irratti irra ulfaataa salaataati; yeroo isaan lameeniitti taati'oon waan nama injifatuuf jecha, argisiifannaan isaan keessatti argamuunis xiqqaa waan ta'eef jecha, dhukkana keessatti namni isaan hin argu waan ta'eef.
+yaa mu'umintoota osoo mindaa dabalataa salaata fajriitii fi ishaa'ii keessa jiru bartanii -mindaan haga dadhabbiitiini waan ta'eef- silaa osoo harkaa fi jilbaan daa'imtanii dhufuu ta'ellee silaa ni dhuftu ture.
+saffiin jalqabaa imaamatti dhihaachuu keessatti akka saffiin malaa'ikaati Rabbii ol ta'etti dhihaachuu keessatti, mu'umintoonni osoo sadarkaa saffii jalqabaa beekanii silaa irratti wol dorgomu ture, salaanni namni tokko nama biroo woliin salaatu salaata qofaa isaa salaatu irra mindaa fi bu'aan guddaadha, akkasumas salaanni nama lamaa woliin salaatamu kan nama tokkoo woliin salaatamu irra caala, salaanni namni salaatu irratti heddummaatu isiitu Rabbiin biratti irra jaallatamtuu fi irra caaltuudha.</t>
+  </si>
+  <si>
+    <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
+مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
+عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
+صلاة الجماعة تنعقد باثنين فما فوق.
+بيان فضل الصف الأول، والترغيب في المبادرة إليه.
+فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
+الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
+  </si>
+  <si>
+    <t>imaamni masjiidaa haala jamaa'aa masjiidaa iyyaafachuu fi nama isaan irraa hafe gaafachuun karaa godhamaa ta'uu isaa.
+salaata jamaa'aa itti fufiinsaan salaatuun, keessattuu salaata ishaa fi fajrii, mallattoo iimaanaa irraati.
+mindaan salaata ishaa fi fajrii guddaa ta'uu isaa; masjiidatti dhaqanii isaan salaatuu keessa lubbuutti qabsaa'uu fi ibaadaa irratti obsuun waan keessa jiruuf jecha, kanaaf mindaan isaanii kanneen hafan irra guddaa ta'e.
+salaanni jamaa'aa nama lamaa fi isaa oliin argama.
+sadarkaa saffii jalqabaa ibsuu fi isatti ariifachuutti kakaasuutu keessa jira.
+sadarkaa jamaa'aan heddummachuun qabu, akkuma jamaa'aan heddummateen mindaanis waan heddumaatuuf jecha.
+hojiiwwan gaggariin akkaataa Rabbiin shari'aa keessatii wol caalchisee fi akkaataa haalota isaaniitiin sadarkaan isaaniis wol caala.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/11306</t>
+  </si>
+  <si>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
+  </si>
+  <si>
+    <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- khuxbaa dhimmaa nu barsiisani</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu Mas'uud irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- khuxbaa dhimmaa nu barsiisani: Innal hamda lillaahi, Nasta'iinuhuu Wa Nastaghfiruhuu, Wa Na'uuzu billaahi Min Shuruuri Anfusinaa, Man yahdi Allaahu Falaa Mudilla Lah, Waman Yudlil Falaa Haadiya Lah, Wa Ash-hadu An Laa Ilaaha Illallaah, Wa Ash-hadu Anna Muhammadan Abduhuu Wa Rasuuluh, {Yaa Ayyuha Annaasu Ittaquu Rabbakumu Allazii Khalaqakum Min Nafsin Waahidatin WaKhalaqa Minhaa Zawjahaa Wabassa Minhumaa Rijaalan kasiiran Wa Nisaa'aa Wattaqu Allaaha Allazii Tasaa'aluuna Bihii Wal Arhaama Inna Allaaha Kaana Alaykum Raqiibaa} [Annisaa: 1], {Yaa Ayyuha Allaziina Aamanu Ittaqullaaha Haqqa Tuqaatihii Walaa Tamuutunna Illaa Wa Antum Muslimuun} [Aala Imraan: 102], {Yaa Ayyuha Allaziina Aamanu ittaqullaaha Waquuluu Qawlan Sadiidaa Yuslih Lakum A'amaalakum Wa Yaghfir Lakum Zunuubakum Waman Yuxi'illaaha Wa Rasuulahuu Faqad Faaza Fawzan Aziimaa} [Al-Ahzaab: 70-71].</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
+وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
+ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
+ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
+وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
+  </si>
+  <si>
+    <t>Ibnu Mas'uud -Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka khuxbaa dhimmaa isaan barsiisan hima, isiin isii yeroo khuxbaa irratti haasawa banan, dhimma isaanii duratti kan jedhamtuudha, akka khuxbaa nikaahaa, khuxbaa jum'aa fi kan boroollee. khuxbattiin tun hiika guddaa of keessatti qabatte, gosa faaruu hunda Rabbiin haqa godhachuu ibsuu, isatti qindeessuun maletti isuma qofa irraa gargaarsa barbaaduu, badii namaa sattaruu fi irra namaaf dabruu fi hamtuu hunda irraa isaatti kooluu galuu, hamtuu lubbuu fi kan biroo irraa.
+Eegasii nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- qajeelumni harka Rabbiitti akka ta'e, nama inni qajeelche kan jallisu akka hin jirre, nama inni jallise kan qajeelchu akka hin jirre himani.
+Eegasii ragaa tawhiidaa dubbatani, haqaan gabbaramaan Rabbiin malee akka hin jirre, akkasuma ragaa ergaa Muhammad gabricha Rabbii fi ergamaa isaa ta'uu dubbatani.
+khuxbattii tana aayatoota sadeen kan sodaa Rabbiitti ajajuu of keessatti qabatteen xumurani, fuula Rabbii barbaachaaf waan inni itti ajaje hojachuu waan inni irraa dhoorge irraa faagaachuudha, mindaan nama sana hojjatee hojii fi jechoonni toluu akkasuma badiiwwan haqamuu, diliiwwaniif araaramni argamuu, duuniyaatti jireenya bareedduu fi guyyaa qiyaamaatti jannataan milkaa'uudha.</t>
+  </si>
+  <si>
+    <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
+الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
+تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
+  </si>
+  <si>
+    <t>khuxbaa nikaahaa, kan jumu'aa fi kan biroo khuxbattii kanaan banuun jaallatamaa ta'uu isaa.
+khuxbaan Faaruu, Shahaadaa lameenii fi garii Aaayaa Qur'aanaa of keessatti qabachuutu barbaachisa.
+Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sahaabota isaanii waan isaan diinii isaaniitiif itti haajoman barsiisuu isaanii.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[abuu daawud, tirmizii, ibnumaajah, nasaa'iifii ahmad odeessan]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/58060</t>
+  </si>
+  <si>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Gaa’elli/nikaahni waliyyiin/eegduun malee hin hidhamu</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Abuu Muusaa irraa odeeffamee -Rabbiin irraa haa jaallatu- Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: "Gaa’elli/nikaahni waliyyiin/eegduun malee hin hidhamu".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Rasuulli -nagaa fi rahmanni irra haa jiraatu- gaa’elli dubartii takkaa waliyyiin/eegduun malee sirrii akka hin taane ibsan.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Waliyyiin/Eegduun gaa’elli sun seera qabeessa akka ta’uuf haal-duree yoo ta’u, dubartiin takka waliyyiin malee yoo heerumte, yookiin of yoo heerumsiifte seera qabeessa miti jechuu dha.
 Waliyyiin/Eegduun dhiira ta'ee, dubartii sanatti dhihoo waan ta’eef, waliyyiin/eegduun fagoo eddoo namni itti dhihoo jirutti ishee heerumsiisuu hin danda’u.
 Ulaagaaleen waliyyii: itti gaafatamummaa baachuu danda'uu, dhiira ta'uu, dantaa gaa’elaa beekuu irratti bilchina qabaachuu fi amantiin waliyyii fi dubartii sanaa wal fakkachuu, Namni amaloota kana hin qabne waliigaltee gaa’elaa keessatti akka waliyyiitti ulaagaa hin guutu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/58066</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>Yaa gurbaa maqaa Rabbii waami(Bismillaahi jedhi), harka mirgaatiin nyaadhu, gara keetin nyaadhu</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Umar bin Abii Salamaa irraa odeeffamee -Rabbiin irraa haa jaallatu- ni jedhe: Ani mucaa guddisa Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jala ture, harki koo sahanaa nyaataa irra naanna'aa waan tureef, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkas naan jedhan: "Yaa gurbaa maqaa Rabbii waami(Bismillaahi jedhi), harka mirgaatiin nyaadhu, gara keetin nyaadhu" sana booda akkaataa saniin nyaachuu dhiisee hin beeku.</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Umar bin Abii Salaamaa -Rabbiin isaan lamaan irraa haa jaalatu- ilma haadha manaa Rasuulaa -nagaa fi rahmanni irra haa jiraatuu- ummu Salamaa -Rabbiin ishee irraa haa jaalatu- kan ta'e -guddifannaa fi kunuunsa isaanii jala ture- yeroo nyaata nyaatu nyaata fudhachuuf harka isaa meeshaa nyaataa keessa asiif achi sochoosuun nyaataa akka ture hime, san irraa kan ka'een Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- naamusa nyaataa sadii akka isa barsiisan hime:
 Tokkoofaan ishee: Yeroo nyaata jalabuuf jedhu "Bismillaah" jechuudha.
 Lammaffaan ishee: Harka mirgaatin nyaachuudha.
 Sadaffaan ishee: Nyaata irraa moggaa isatti aanu irraa nyaachuudha.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>Naamusa nyaataa fi dhugaatii keessaa tokko, jalqaba irratti maqaa Rabbii dhahuu (Bismillaah) jechuu dha.
 Naamusa ijoollee barsiisuudha, keessattuu warra itti gaafatamummaa namaa jala jiran.
 Gara laafina Nabiyyiit, nagaa fi rahmanni irra haa jiraatu, akkasumas obsa isaan ijoollee barsiisuu fi naamusa isaan qabsiisuu irratti qabaniidha.
 Naamusa nyaataa keessaa tokko moggaa namatti dhihaatu irraa nyaachuudha, yoo nyaanni sun gosa hedduu ta’e malee, haala kana keessatti hiixatee irraa fudhachuu ni danda’a.
 Sahaabaan adaba Nabiyyiin, nagaa fi rahmanni irra haa jiraatu, isaan qabsiisan ciccanii kan qabatan ta'uudha, kunis jecha Umar: sana booda akkaataa saniin nyaachuu dhiisee hin beeku kan jedhu irraa fudhatame.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>“Isin keessaa namni tokko yommuu nyaatu harka mirgaatiin haa nyaatu, yommuu dhugu  harka mirgaatiin haa dhugu, Sheyxaanni harka bitaa isaatiin nyaata, harka bitaa isaatiinis  dhuga”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffamee -Rabbiin isaan lamaan irraa haa jaalatu- Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: “Isin keessaa namni tokko yommuu nyaatu harka mirgaatiin haa nyaatu, yommuu dhugu  harka mirgaatiin haa dhugu, Sheyxaanni harka bitaa isaatiin nyaata, harka bitaa isaatiinis  dhuga”.</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Nabiyyiin nagaa fi rahmanni irra haa jiraatuu, Muslimni harka mirgaatiin akka nyaatuu fi dhuguuf ajajan, akkasumas harka bitaatiin nyaachuu fi dhuguu irraa dhoorgan, sababni isaas sheyxaanni ittiin nyaatee waan dhuguuf jecha.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Harka bitaan nyaachuu ykn dhuguun sheyxaanatti fakkaachuu irraa dhoorguudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/58122</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
+  </si>
+  <si>
+    <t>Rabbiin ummata kootiif waan lubbuun isaanii isaanitti haasofte dhiiseefii jira, hanga isa hin hojjatinitti yookaan hanga isa hin dubbatinitti</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
+  </si>
+  <si>
+    <t>Abuu Hurayraa iraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin ummata kootiif waan lubbuun isaanii isaanitti haasofte dhiiseefii jira, hanga isa hin hojjatinitti yookaan hanga isa hin dubbatinitti».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- muslimni haasawa hammeenyaa kan lubbuun isaa haasoftuuf akka itti hin gaafatamne himani, yoo isa hojjate yookaan isa dubbate malee, Rabbiin ilma namaa irraa rakkina waan kaasee fi dhiifama waan godheef, Rabbiin waan qalbiin isa irratti osoo hin ragga'inii fi isa biratti hin qubatin sammuu keessatti argamee lubbuu keessa asiif achi dedddeemeen ummata muhammad -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hin qabu; qalbii isaa keessatt wanti akka quufaa yookaan boonaa yookaan nifaaqaa qalbii isaa keessatti yoo ragga'e yookaan qaama isaatiin hojjate yookaan arraba isaatiin jedhe wantoota kana itti gaafatama.</t>
+  </si>
+  <si>
+    <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
+الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
+حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
+عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
+  </si>
+  <si>
+    <t>Rabbiin ol ta'e yaadowwanii fi waan sammuu ilma namaa keessa deddeebi'an kan lubbuu isaa irra dhudhufanii jennaan lubbuu isaatti dubbatee qalbii isaa irra dabaran irra darbee dhiisee jira.
+ilmi namaa xalaaqii(hiikkaa) yaadee, qalbii isaa irra dhufee, garuu immoo yoo isa baafatee hin dubbannee fi hin barreessine, xalaaqii irraa hin lakkaa'amu.
+haasofni lubbuu yoo akkam jabaa ta'ellee hanga qalbii isaa irratti hin ragga'inittii fi itti hin hojjatinitti yookaan isa hin dubbatinitti ilmi namaa itti hin gaafatamu.
+sadarkaan ummata Muhammad -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- guddaa ta'uu isaa, waan haasawa lubbuutiin qabamuu dhiisuun kan isaanii qofa ta'eef jecha, faalla uummattoota nu dura dabraniitiin.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/58144</t>
+  </si>
+  <si>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
+  </si>
+  <si>
+    <t>Namoota gosa sadi irraa qalamnni fuudhameera; nama rafu hanga dammaqutti, daa'ima hanga baallaghutti, maraataa hanga sammuun itti deebi'utti</t>
+  </si>
+  <si>
+    <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
+  </si>
+  <si>
+    <t>Aliyyi irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namoota gosa sadi irraa qalamnni fuudhameera; nama rafu hanga dammaqutti, daa'ima hanga baallaghutti, maraataa hanga sammuun itti deebi'utti».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
+الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
+وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
+وعن النائم حتى يَستيقظَ.
+فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namoota gosa sadeen kana malee ilmaan Aadam dirqamni yeroo hunda akka isaanin adda hin baane himani.
+Daa'ima xiqqaa hangaa guuddatee baallaghutti.
+akkasumas maraataa sammuu hin qabne hanga sammuun isaa itti deebi'utti.
+akkasumas nama rafu hanga dammaqutti.
+Dirqamni kaa'amuun isaan irraa fuudhamee jira, badiin hojjatanus isaanitti hin barraa'u, garuu daa'ima xiqqaaf toltuun ni barreeffama; maraataa fi nama rafuun alatti; isaan lameen itti dhaga'amuun waan isaan irraa deemeef jecha isaan daangaa nama ibaadaan isaa sirrii taatee irraa qebalamtuu keessa waan hin jirreef jecha.</t>
+  </si>
+  <si>
+    <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
+عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
+للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
+قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
+  </si>
+  <si>
+    <t>Namni itti gaafatamummaa jalaa ba'uun takkaahuu sababaa hirriba isa dammaqqii inni dirqama isaa ittiin ba'atu dhoorgeef ta'a, yookaan sababaa umurii xiqqeenyaa isa inni isaa woliin itti gaafatamummaa dhabuun ta'a, yookaan immoo sababaa maraatummaa isa isaan woliin dalagaan sammuu wol makateen ta'a, yookaan immoo waan kanatti qaqqabsiifamu kan akka machii faan ta'a, namni adda baafannaa fi hubannaa sirrii ta'e dhabe, sababoowwan sadeen kana keessaa sababaa tokkoon itti gaafatamummaan isa irraa ni ka'a; Rabbiin ol ta'e haqummaa isaatiin, obsa isaatii fi arjummaa isaatiin daangaa darbuun yookaan haqa Rabbii hirdhisuun waan nama akkanaa irraa argamu keessatti itti gafatamummaa isa irraa kaasee jira.
+badiin isaan irratti barraa'uu dhabuun, garii murtoo duuniyaa isaan irratti ragga'uun wol hin faallessu; sun akka maraataa nama ajjeeseeti, qisaasaa fi kaffaaraan isa irra hin jiru, garuu fira isaa irra gumaatu jira.
+Baallaghuuf mallattoo sadi'itu jira: hirriba keessaa fi karaa biroon bishaan sanyii dhangala'uudha, yookaan naannawa qaama saalaatti rifeensi biqiluudha, yookaan woggaa kudha shan guutuudha, dubartiin waan afraffaa dabalatti: innis laguudha.
+Aalimni islaamaa Assubkiin akkas jedhe: daa'imni gurbaadha, kan biroos akkana jedhe: mucaan garaa haadha isaa keessatti miciree jedhama, yeroo dhalate daa'ima jedhama, yeroo harma gu'e immoo hanga woggaa torbaatti gurbaa jedhama, eegasii hanga woggaa kudhaniitti korree jedhama, eegasii hanga woggaa kudha shaniitti dargaggeessa jedhama, kan mirkanaan dubbatamu haalowwan kanneen hunda keessatti inni daa'ima jedhamee waamamuudha, assuyuuxiitu kana jedhe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/58148</t>
+  </si>
+  <si>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Namni ajajamuu dhiisee jamaa'aa muslimtootaa irraa adda bahee du’e, du’a wallaalummaa du’a</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin irraa haa jaallatu- Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: "Namni ajajamuu dhiisee jamaa'aa muslimtootaa irraa adda bahee du’e, du’a wallaalummaa du’a, Namni alaabaa gosaatin, garee tokko jalatti qabsaa’e kan garee sanaaf dheekkamu ykn garee sanatti waamu, ykn garee osoo tumsuu ajjeefame inni ajjeechaa wallaalummaa ajjeefame, Namni ummata kiyya irratti fincila kaase, nama qajeelaa fi kan safuu hin qabne irrattis duulu, kan mu'uminootaaf dantaa hin qabne, kan waadaa gale hin raawwanne, inni ana irraa anis isa irraa miti".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Nabiyyiin, nagaa fi rahmatni irra haa jiraatu, namni bulchitootaaf ajajamuu dide, garee Islaamaa Imaamaaf amanamummaa galan irraa adda bahe, haala addaan bahuu fi ajajamuu diduu sana keessatti kan du'e, du'a namoota wallaalummaa kan itti gaafatamaa isaanitiif hin ajajamnee fi kan garee tokkotti hin makamne, inumaayyuu isaan gare garee fi baandaa wal lolan kan ta'an akka du'a ibsan.
 253 Akkasumas Nabiyyiin nagaa fi rahmanni irra haa jiraatuu,  namni alaabaa isa keessatti dhugaa fi soba adda baasuu hin dandeenye jalatti qabsaa'u, amantii fi dhugaa deeggaruuf osoo hin taane, Hubannoo fi beekumsa malee kan ka'ee lolu, yoo haala kanaan du'e tahe akka warra wallaalummaatti akka du'etti lakkaa'ama jechuu himan.
 Akkasumas Namni ummat isaanii -nagaa fi rahmatni irra haa jiraatuu- irratti fincilee qajeelaa ummatichaati fi nama safuu hin qabne rukutee, waan hojjeteef dhimma kan hin qabnee fi mu'umina ajjeessuun adabbii hin sodaanne, waadaa ummata kaafiraa fi warra aangoo qabaniif kan hin guunne, inumaayyuu kan waadaa san diigu yoo ta'e, kun dilii gurguddaa irraa lakkaa'ama, namni isa raawwatees kan doorsisa hamaa akka haqa godhatu ta'uu himan.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Hanga dilitti  nama hin ajajnetti, warra itti gaafatamummaa qabaniif ajajamuun dirqama ta'uudha.
 Warra itti gaafatamaaf hin ajajamnee fi hawaasa muslimaa irraa adda bahaniif akeekkachiisa cimaa of keessaa qaba. Yoo haala kanaan du'e, du'a warra wallaalummaa akka du'uudha.
 Gosummaa loluu irraa dhoorguutu Hadiisicha keessa jira.
 waadaa galame raawwachuun dirqama tahuudha.
 Ajajamuu fi garee muslimtootaa wajji jiraachuun keessatti kheyrii guddaa, nageenya, tasgabbii fi tolinni haalaa kan jiru ta'uudha.
 Haala ummata wallaalaa fakkaachuu irraa dhoorguudha.
 garee hawaasa muslimaa waliin jiraachutti ajajuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>Osoo dhimmi keessan nama tokko irratti walitti qabamee jiruu, nama gargar isin baasee tokkummaa keessan balleessuuf gara keessan dhufe ajjeesaa</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Arfaajaa irraa odeeffamee -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaa Rabbii -nagaa fi rahmatni irra haa jiraatu- kan akkana jedhanin dhagahe: "Osoo dhimmi keessan nama tokko irratti walitti qabamee jiruu, nama gargar isin baasee tokkummaa keessan balleessuuf gara keessan dhufe ajjeesaa".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Nabiyyiin, nagaa fi rahmatni irra haa jiraatuu Muslimoonni bulchaa tokkoo fi garee tokko irratti yoo walitti qabamanii, eegasii namni motummaa isatti falmuu barbaadu yoo dhufe, ykn Muslimoota garee tokkoo adda babaasuu barbaadu yoo dhufe, isa dhoorganii isaan loluun dirqama isaan irratti akka ta'e ibsan, sababni isaas miidhaa isaa ofirraa deebisanii dhiigni muslimootaa akka gad hin jigne taasisuuf jecha.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Yoo dilitti nama hin ajajin, bulchaa Muslimaa dhaggeeffachuu fi isaaf ajajamuun dirqama tahuu fi isa irratti ficiluun haraama ta'uudha.
 Namni imaama Muslimootaa fi garee isaanii irratti fincilu sadarkaa, kabajaa fi hidda dhaloota isaa osoo hin ilaalin isaan loluun dirqama ta'aadha.
 Tokkummaa irratti kakaasuudha, akkasumas wal qoqqooduu fi walii galuu dhabuu dhiisuu irratti kakaasuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/58223</t>
   </si>
   <si>
-    <t>كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة</t>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>Wanti nama macheessu hundi farshoodha, wanti nama macheessu hundinuu ammoo haraama,  namni addunyaa tana irratti farshoo dhugee osoo irraa hin towbatin araada itti tahee du'e, inni Aakhiratti ishee hin dhugu</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffame, Rabbiin isaan lamaan irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Wanti nama macheessu hundi farshoodha, wanti nama macheessu hundinuu ammoo haraama,  namni addunyaa tana irratti farshoo dhugee osoo irraa hin towbatin araada itti tahee du'e, inni Aakhiratti ishee hin dhugu».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- wanti sammuu haguugee isa deemsisu hundi bifa dhugaatin, ykn bifa nyaataatin ykn bifa funyaanitti ol fudhachuutin ykn bifa waan biraatin ta'ee inni farshoo nama macheessu yoo tahu, waan nama macheessee sammuu namaa deemsisu hunda xiqqaas tahee guddaa Rabbiin ol tahe dhugumatti akka haraama isa taasisee irraa dhoorge ibsaniiru. Namni wantoota nama macheessan irraa gosa kamiyyuu dhugee, dhuguu itti fufee hanga du’utti irraa hin towbatin; inni Jannata keessatti akka isa hin dhugne gochuudhaan adabbii Rabbii haqa godhataadha.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Sababni farshoon dhoorgameef waan nama macheessuufi, Wanti gosa kamiiyyuu tahee wanni nama macheessu hundi haraama.
 Rabbiin ol tahe farshoo haraama akka godheedha; Sababaa miidhaa fi badii guddaa of keessaa qabuuf jecha.
 Jannata keessatti farshoo dhuguun guutummina mi'aati fi qananii irraayi.
 Namni addunyaa tana keessatti farshoo dhuguu irraa of hin qusanne, Rabbiin jannata keessatti akka hin dhugne isa dhoorga, mindaan fakkaatuma hojiiti.
 Osoo hin du'in gara Rabbitti deebi'uun towbachuu irratti nama kakaasuudha.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/58259</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Namni nama muslimoota waliin walii galteen jiru ajjeese urgooftuu Jannataa hin argu urgooftuun ishees fagoo waggaa afurtamaa irraa argama</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Abdullaah ilma Amrii irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-akkas jedhan: "Namni nama muslimoota waliin walii galteen jiru ajjeese urgooftuu Jannataa hin argu urgooftuun ishees fagoo waggaa afurtamaa irraa argama".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa haa jiraatu- nama nama walii galtee muslimtoota waliin qabu ajjeesse -innis kaafiroota irraa walii galtee nageenyatiin nama gara biyya islaamaa dhufe- urgooftuu jannataa arguu dhabuun doorsisni cimaan akka isa irra jiru ibsan, urgaan jannataa fageenya imala waggaa afurtamaa irraa akka dhahuus dubbataniiru.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Kaafiroota irraa mu'aahad, zimmiyyii fi musta'aman ajjeesuun haraama yoo ta'u, innis diliiwwan gurguddoo irraa akka ta'eedha.
 Mu'aahad jechuun: Nama kaafiroota irraa walii galteen irraa fuudhamee biyya isaa keessa jiraatu, kan Muslimootan hin lolle, isaanis isaan kan hin lolleedha. 
 Zimmiyyii jechuun: Jechuun nama biyya muslimoota keessa qubatee gibira kaffalaa jiraatuu dha.
 Musta'aman jechuun: nama yeroo murtaa’eef walii galtee nageenyatiin biyya muslimootaa seeneedha.
 Namoota Muslima hin taane waliin walii galtee diiguu/ganuu irraa akeekkachiisuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/64637</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
+  </si>
+  <si>
+    <t>Hunda bineensa qarrinffaa qabu irraa dhoorganii jiru, akkasumas hunda allaattii qeensa qabu irraas</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- Ergamaan Rabbii, Rabbiin rahmataa fi nageenya isaan irratti haa buusu: Hunda bineensa qarrinffaa qabu irraa dhoorganii jiru, akkasumas hunda allaattii qeensa qabu irraas.</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hunda bineensa karaa qarrinffaa isaatiin adamsuu nyaachuu irraa dhoorgani, akkasuma hunda allaattii qeensa isaatiin qabuu fi kutu nyaachuus dhoorganiiru.</t>
+  </si>
+  <si>
+    <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
+الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
+  </si>
+  <si>
+    <t>Islaamumaan waan hunda keessatti, nyaata, dhugaatii fi kan biroo keessatti gaggaarii filachuu isaa.
+Waan nyaatamu keessatti bu'uurri halaala; haraama ta'uu isaa irratti ragaan waan akeeke malee.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/64643</t>
+  </si>
+  <si>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa rahmanni irra haa jiraatu- nama murtee keessatti gubboo fudhatuu fi nama gubboo kennus ni abaaran</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Abuu Hureyraa  irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -nagaa rahmanni irra haa jiraatu- nama murtee keessatti gubboo fudhatuu fi nama gubboo kennus ni abaaran.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- warra gubboo kennuu fi fudhatus  rahmata Rabbii ol ta'ee irraa akka ari’amanii fageeffaman itti kadhatan.
 Sana irraa abbootiin murtii murtii kennan keessatti loogii akka godhaniif waan kaffalamuudha; sababni isaas namichi kennu sun haqaan maletti waan barbaade galmaan gahuu akka danda'uuf jecha.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Gubboo kennuun, fudhachuun, gidduu seenuu fi irratti gargaaruun akka haraama ta'eedha; sababni isaas cubbuu irratti wal gargaaruun waan isa keessa jiruuf jecha.
 Malaammaltummaan diliiwwan gurguddoo akka ta'eedha; sababni isaas Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- nama gubboo fudhatuu fi kennus waan abaaraniif jecha.
 Dirree haqaa fi murtii irratti malaammaltummaan yakka guddaa fi cubbuu cimaadha; Sababni isaas miidhaa fi waan Rabbiin buuseen alatti murteessuun waan isa keessa jiruuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>“Islaamummaan waan shan irratti ijaarame</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Abdullaah ibn Umar irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: “Islaamummaan waan shan irratti ijaarame: Rabbiin malee haqaan gabbaramaan biraa akka hin jirree fi Muhammad gabrichaa fi Ergamaa Isaa ta’uu ragaa bahuu, salaata dhaabuu, zakaa kennuu,  hajjii gochuu fi ji'a Ramadaanaa soomuudha” .</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Islaamummaa ijaarsa ruknoowwan isaa shanan ijaarsa sana baattuun jabaa ta'etti fakkeessan, haaloowwan isalaamummaa kanneen hafan immoo akka waan guuttuu ijaarsa sanaa taatetti ilaalamti. Durri Ruknoowwan kanneenii: Shahaadaa lameeni; Rabbiin malee kan haqaan gabbaramu hin jiruu fi Muhammad Ergamaa Rabbii ta'uu ragaa bahuudha, isaan kun lameen ruknii tokko, tokkoon isaanii kaan irraa gargar hin bahu, Garbichi tokkummaa Rabbiitii fi waan Isa malee jiru osoo hin taane Inni qofti ibaadaa akka haqa godhatu amaanaa haala ta'een, qajeelfama isitti hojjataa haala ta'een, ergaa Muhammaditti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- amanee isaan hordofaa haala ta'een isaan lameen (shahaadaa lameen) dubbata. Rukniin lammaffaa: Salaata dhaabuudha, isiinis Salaatawwan halkanii fi guyyaa keessatti dirqama ta'an shanani: salaata fajrii, zuhrii, asrii, maghribaa fi ishaa'ii yoo ta'an ulaagaa isaanii, ruknoowwan isaaniiti fi dirqamoota isaanii eeggatanii dhaabuudha. Rukniin sadaffaa: zakaa dirqamaa baasuudha, isiin ibaadaa qabeenyaa tan hunda hoorii likkii shari'aan murtaahe keessatti dirqama taatuudha, namoota isii haqa haqa godhataniif kennamti. Rukniin afraffaa: Hajjiidha, inni hojiilee adda addaa raawwachuuf Makkaa hamiluudha, Rabbii ol ta’e gabbaruuf jecha. Rukniin Shanaffaa: Sooma Ramadaanaati, inni barii irraa kaasee hanga aduun lixxutti niyyaa Rabbiin gabbaruutiin nyaata, dhugaatii fi wantoota sooma balleessan kan biroo irraa of qabuudha.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Shahaadaan lameen kan addaan hin baane ta'uu fi tokkoon isaanii kaanin malee fayyaa hin ta'uudha; kanaafuu ruknii tokko isaan godhe.
 Shahaadaan lameen bu’uura amantii yoo ta'an isaan lameenin malee jechaas ta'ee hojiin kamuu fudhatama hin qabu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Isin irraa namni badii wohii arge harka isaatiin haa jijjiiru, kana yoo hin dandeenye arraba isaatiin, kanas yoo hin dandeenye immoo qalbii isaatiin, sun garuu irra dadhabaa iimaanaati</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abuu Sa'iid Al-kudriyyii irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Isin irraa namni badii wohii arge harka isaatiin haa jijjiiru, kana yoo hin dandeenye arraba isaatiin, kanas yoo hin dandeenye immoo qalbii isaatiin, sun garuu irra dadhabaa iimaanaati".</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Nabiyyiiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hanga dandeettiitiin badii jijjiiruutti ajajan- inni hunda waan Rabbii fi Ergamaan Isaa irraa dhoorganiidha- Yeroo badii arge dandeettii kan qabu yoo ta'e harkaan jijjiiruun isa irratti dirqama ta'a, Sana yoo dadhabe immoo arraba isaatiin haa jijjiiru nama badii hojjatu badii sana irraa isa dhoorgee miidhaa isaa ifa isaaf gochee eegasii bakka badii kanaa gara toltuutti isa qajeelchuun, Sadarkaa isa kana yoo dadhabe immoo qalbii isaatiin haa jibbu, badiicha jibbuunii fi jijjiiruu kan danda'u osoo ta'ee nan jijjiira jedhee murteeffachuun, Badii jijjiiruu keessatti qalbiin jibbuun irra dadhabaa sadarkaa iimaanaati.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Sadarkaa badii ittiin jijjiiran ibsuu keessatti hadiisichi bu'uura.
 Badii irraa dhoorguu keessatti sadarkaa sadarkaan dhoorguutti ajajuudha, hunduu akkuma dandeettii fi humna isaatiini.
 Amantii islaamaa keessatti badii irraa dhoorguun hulaa guddaa kan eenyuu irraayyuu hin kufneedha, hundi muslimaatuu akka dandeettii isaatiin itti dirqamsiifama.
 Toltuutti ajajuu fi badii irraa dhoorguun gosa iimaanaa irraayi, iimaanni ni dabalas ni hirdhatas.
 Badii irraa dhoorguu keessatti hojiin sun badii ta'uu beekuun ulaagaa taasifama.
 Akkasumas badii jijjiiruu keessatti badii irra guddaa fiduu dhabuunis ulaagaa taasifama.
 Badii irraa dhoorguuf namuusaa fi ulaagaalee muslima irratti isii barachuun barbaacisaa ta'eetu jira.
 Badii irraa dhoorguun adeemsa shari'aa, beekumsaa fi hubannootti haajama.
 Qalbiin jibbuu dhabuun dadhabina iimaanaatti akeeka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Islaamummaa keessatti namni tolche waan jaahiliyyummaa keessatti hojjateen hin qabamu, islaamummaa keessatti namni balleesse immoo isa duraa fi isa boodaatiifis ni qabama</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ibnu Mas'uud irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Namtichi tokko ni jedhe: Yaa Ergamaa Rabbii, waan jaahiliyyaa (bara doofummaa ergamuu isaaniitiin duraa) keessatti hojjanneen ni qabamnaa?, isaanis ni jedhan: " Islaamummaa keessatti namni tolche waan jaahiliyyummaa keessatti hojjateen hin qabamu, islaamummaa keessatti namni balleesse immoo isa duraa fi isa boodaatiifis ni qabama".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmata fi nageenya isaan irratti haa buusu- sadarkaa islaamummaatti seenuun qabu ibsani, Dhugumatti namni qulqulluu fi nama dhugaa ta'ee islaamummaan isaa tole; badii irraa waan jaahiliyyaa keessatti (islaamummaatti osoo hin dhufiniin duratti) hojjateef hin herregamu, Namni islaamummaa keessatti balleesse munaafiqa ta'uun yookaan amantaa isaa irraa deebi'uun, waan kufrii fi islaamummaa keessatti hojjateef herregama.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Hojiiwwan jibbamaa jaahiliyyaa keessatti isaan irraa argameef Xiyyeeffannoo kennuu sahaabotaa fi sodaa isaaniiti -jaalalli Rabbiin isaan irra haa jiraatu-.
 Islaamummaa irratti gadi dhaabbachuutti kakaasuudha.
 Sadarkaa islaamummaatti seenuun qabuudha, inni dhugumatti hojiiwwan darban ni haqa.
 Namni islaamummaa irraa garagalee fi munaafiqni, hunda hojii isaa jaahiliyyimmaa keessatti darbeef ni herregama, akkasumas hunda badii islaamummaa keessatti hojjateefis.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>mee naaf himaa! salaatowwan dirqama taate yoon salaatee, ramadaanas soomee, waan halaala ta'es halaala godhee, waan haraama ta'es haraama godhee</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Jaabir irraa odeeffamee -Rabbiin isa irraa haa jaallatu-: Namtichi wohii Ergamaa Rabbii -Rabbiin rahmata fi nageenya isaan irratti haa buusu- akkas jechuun gaafate: mee naaf himaa! salaatowwan dirqama taate yoon salaatee, ramadaanas soomee, waan halaala ta'es halaala godhee, waan haraama ta'es haraama godhee, sana irratti homaa dabaluu dhabe, jannata nan seenaa? Ergamaanis: "eeyyeen" jedhan, namtichis: Wollaahii sana irratti homaa hin dabalu jedhe.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmata fi nageenya isaan irratti haa buusu- dhugumatti namni salaatowwan dirqamaa salaatee sunnaawwan irraa homaa isiitti hin daballe, ramadaana dirqamaas soomee sunnaa kan hin soomne, halaalummaa waan halaala ta'eettis amanee isa yoo hojjate, akkasumas haraamummaa waan haraama ta'eettis amanee isa irraa yoo fagaate, inni dhugumatti jannata akka seenu ibsani.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Wantoota dirqama ta'an hojjachuu fi wantoota haraama ta'an dhiisuu irratti, akkasumas xumurri isaa jannata seenuu t'uu irratti bolola muslimni qabuudha.
 Barbaachisummaa halaala hojjachuu fi halaalummaa isiitti amanuun qabuudha, akkasumas barbaachisummaa waan haraama ta'e harramsuu fi haraamummaa isaatti amanuun qabuudha.
 Wontoota dirqama ta'an hojjachuu fi wantoota haraama ta'an dhiisuun jannata seenuuf sababaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Qulqullummaan wolakkaa iimaanaati, Al-hamdulillaahiin (faaruun hundi kan Rabbiiti jechuun) immoo miizaana guutti, Subhaanallaah fi Wal hamdulillaahiin (Rabbiin qulqullaa'e jchuu fi faarun hundi kan Rabbiiti jechuun) immoo ni guutani -yokaan ni guuutti- gidduu samiiwwanii fi dachii</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Abuu Maalik Al-Ash'arii irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmata fi nageenya isaan irratti haa buusu- ni jedhani: "Qulqullummaan wolakkaa iimaanaati, Al-hamdulillaahiin (faaruun hundi kan Rabbiiti jechuun) immoo miizaana guutti, Subhaanallaah fi Wal hamdulillaahiin (Rabbiin qulqullaa'e jchuu fi faarun hundi kan Rabbiiti jechuun) immoo ni guutani -yokaan ni guuutti- gidduu samiiwwanii fi dachii. salaanni ifa akka ji'aati, sadaqaan immoo ragaadha, obsi ifa akka aduuti, qur'aanni siif ragaadha yookaan sirratti ragaadha, hundi namaatuu ganamaan bobba'uun lubbuu isaa gurgura, isii bilisoomsa yookaan isii balleessa".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmata fi nageenya isaan irratti haa buusu- qulqullinni mul'ataan waduu'aa fi dhiqannaan akka ta'u himani, isiin immoo salaata keessatti ulaagaadha. Akkasumas jechi: "Al-hamdulillaah miizaana guuttii" inni Isa faarsuu fi sifaata guutuun Isa wossafuudha -Inni qulqullaa,e- guyyaa qiyaamaatti mazzanamuun miizaana hojiiwwanii guutti. Akkasumas jechi: "Subhaanallaah wal hamdulillaah" iinni hir'ina hunda irraa Isa qulqulleessuu fi Isa jaallachuu fi Isa guddisuu waliin guutina daangaa hin qabne  kan guddina Isaatiif maluun Isa wossafuudha, isiin gidduu samiiwwanii fi dachiiti guutti. Salaanni garbichaaf qalbii isaa keessatti, fuula isaa  keessatti qabrii isaa keessattii fi kaafamuu isaa keessatti ifa taatiif. "Sadaqaan ragaadha" iimaanni mu'uminaa dhugaa ta'uu isaatii fi munaafiqa isa sadaqaa dhoorgatu irraa adda ta'uu isaa irratti ragaadha, sababaa inni (munaafiqni) waan isiidhaaf beellamame hin dhugeessineef jecha. "Sabriin ifa akka aduuti" -inni dallanuu fi aaruu irraa lubbuu hidhuudha- ifa isa waliin ho'ii fi gubiinsi argamuudha, akka ifa aduutti; inni waan jabaa ta'eef lubbuutti qabsaa'uu fi waan isiin barbaaddu irraa isii hidhuu barbaada; abbaan isaa isa ibsataa qajeelaa karaa sirrii irratti itti fufaa ta'uu irraa hin deebi'u. akkasumas inni ajaja Rabbii guutuu irratti obsuu fi Isa faallessuu irraa obsuudha, akkasumas balaawwan irrattii fi duuniyaa keessatti gosoowwan rakkinaa irratti obsuudha. "Qur'aanni siif ragaadha" isa qara'uu fi itti hojjachuun, yookaan "sirrati ragaadha" itti hojjachuu dhiiisuuni yookaan isa qara'uu dhiisuuni. Eegasii Nabiyyiin -Rabbiin rahmata fi nageenya isaan irratti haa buusu- hundi namaatuu akka carraaqqatu hirriiba isaaniitii ka'anii mana isaaniitii ba'anii hojii isaanii addaa addaatiif jecha akka faca'an himani, Isaan irraa namni Rabbiif ajajamuu irratti gadi dhaabbatee lubbuu isaa ibidda irraa bilisa baaseeti jira, akkasumas isaan irraa namni isa sana irraa jallatee badii keessa bu'ee ibidda seenuun lubbuu isaa balleessee jira.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Qulqullinni qulqullina gosa lama: qulqullina mul'ataa kan waduu'aa fi dhiqannaan ta'uu fi qulqullina keessoo kan tawhiida, iimaanaa fi hojii gaariidhaan ta'uudha.
 Barbaachisummaa salaata eeggachuun qabuudha, isiin duuniyaa fi Aakhiraatti gabrichaaf ifa taati.
 Sadaqaan iimaanni dhugaa ta'uu irratti ragaadha.
 Barbaachisummaa qur'aanatti hojjachuu fi isa dhugeessuun qabuudha, akka ragaa sirratti ta'uu osoo hin taanee akka ragaa siif ta'uuf jecha.
 Lubbuun Rabbiif ajajamuudhaan yoo isii hi muddine badiidhaan si mudditi.
 Namni hunduu hojjachuun dirqama; lubbuu isaa Rabbiif ajajamuun bilisoomsa, yookaan immoo badiidhaan isii balleessa.
 Obsi rakkinni isa keessa waan jiruuf danda'uu fi herregachuu barbaada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Dhaga'aa! nama wohii osoo inni siree isaa irra hirkatee jiruu hadiisni ana irraa isa qaqqabee jennaan, akkas jedha: gidduu keenyaa fi gidduu keessanitti kitaabni Rabbii jira</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Miqdaam ilma Ma'adii karib irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmata fi nageenya isaan irratti haa buusu- ni jedhani: "Dhaga'aa! nama wohii osoo inni siree isaa irra hirkatee jiruu hadiisni ana irraa isa qaqqabee jennaan, akkas jedha: gidduu keenyaa fi gidduu keessanitti kitaabni Rabbii jira, waan isa keessatti halaala ta'ee argine halaala godhanna, waan isa keessatti haraama ta'ee argine haraama godhanna, dhugumatti wanti ergamaan Rabbii -Rabbiin rahmata fi nageenya isaan irratti haa buusu- haraama godhe akkuma waan Rabbiin haraama godheeti".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmata fi nageenya isaan irratti haa buusu- dhugumatti yeroon nama irraa gosti wohii taa'ee akkas jedhu dhihaate jedhan, tokkoon isaanii siree isaa irratti hirkatee, hadiisni nabiyyii irraa isa gahee jennaan -Rabbiin rahmata fi nageenya isaan irratti haa buusu- akkas jedha: kan dhimmoota keessatti gidduu keenyaaf gidduu keessan adda baasu qur'aana kabajamaadha inni nuuf gaha, halaala irraa waan isa keessatti agarre isatti hojjana, haraama irraa waan isa keessatti agarre isa irraa fagaanna. Eegasii Nabiyyiin -Rabbiin rahmata fi nageenya isaan irratti haa buusu- hundi wanti isaan haraama godhanii yookaan hadiisa isaanii keessatti irraa dhoorganii inni murtoo keessatti akkuma waan Rabbiin qur'aana Isaa keessatti haraama godhee akka ta'e ifa galchan, waan isaan dhugumatti Rabbii isaanii irraa kan geessan ta'niif jecha.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Akkuma qur'aanni guddifamutti hadiisnis guddifamee ittiis hojjatamuudha qabaadha.
 Rasuulaan buluun Rabbiin buluudha, akkasumas isaan faalleessuun Rabbii ol ta'e faalleessuudha.
 Hadiisni ragaa ta'uun isaa ragga'uu fi nama hadiisa deebisu yookaan mormu irratti deebisuudha.
 Namni hadiisa irraa garagalee qur'aana irratti gabaabbachuu himate inni jara lameenuu irraa bakkatti garagalee jira, himannaa isaa kan qur'aanan hordofa jedhe keessattis kijibeera.
 Waan nabiyyummaa isaaniitti akeekuu keessaa -Rabbiin rahmata fi nageenya isaan irratti haa buusu- waan tokko irraa fulduratti dhugumatti ni argama jedhanii himuudha, akkuma isaan himanittis argamee jira.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[abuu daawud, tirmizii, ibnumaajah odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>yaa ergamaa Rabbii! badii irraa xiqqoos ta'ee guddoo isii hojjadhu malee hin dhiifne, ergamaanis ni jedhani: "Haqaan gabbaramaan Allaaha malee akka hin jirree fi Muhammad immoo ergamaa Rabbii akka ta'e ragaa kan baatu hin taanee?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Anas irraa odeefamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Namtichi tokko gara Nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufuun akkas jedhe: yaa ergamaa Rabbii! badii irraa xiqqoos ta'ee guddoo isii hojjadhu malee hin dhiifne, ergamaanis ni jedhani: "Haqaan gabbaramaan Allaaha malee akka hin jirree fi Muhammad immoo ergamaa Rabbii akka ta'e ragaa kan baatu hin taanee?" yeroo sadi akkas jechuun gaafatani. namtichis: eeyyeen(ragaa nan ba'a) jedhe, ergamaanis ni jedhan: "dhugumatti inni sun isa sana irra dhufa".</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Namtichi tokko gara Nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufuun akkana jedhe: yaa ergamaa Rabbii! ani dhugumatti badii fi dilii hunda irraa hojjadheen jira, xiqqaa fi guddaa isaas osoon hin hojjatin hin dhiifne, anaaf ni dhiifamaa? Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhaniin: haqaan gabbaramaan Allaaha malee hin jiruu fi Muhammad immoo dhugumatti ergamaa Allaahaati jettee ragaa kan baatu hin taanee? Yeroo sadi isii irra deddeebi'an. Innis eeyyee ragaa nan ba'a jechuun isaanif deebise, Eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sadarkaa shahaadaan lameen qabduu fi badiiwwan haquu isii isatti himan, tawbaan waan isii dura dabre ni haqxi.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Guddina shahaadaa lameenii fi badiiwaan irra ulfaatoo ta'uu isaaniiti nama dhugaan qalbii isaa irraa isaan jedheef.
 Islaamummaan waan isa dura dabre ni haqa.
 Tawbaan dhugaa waan isii dura dabre ni haqxi.
 Barsiisuu keessatti irra deddeebi'uun karaa nabiyyii irraati -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-.
 Sadarkaa shahaadaan lameen qabanii fi isaan lameen ibidda keessatti zalaalam jiraachuu irraa bilisa ba'uuf sababaa akka ta'aniidha.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[abuu ya'ilaa, xabraanii, diyaa'ul maqdisiin odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Haqni Rabbii kan gabroota Isaa irra jiru Isa gabbaruu fi homaa Isatti qindeessuu dhabuudha, haqni gabroonni Rabbirraa qaban immoo nama Isatti homaa hin qindeessine azzabuu dhabuudha</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Mu'aaz irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Booda Nabiyyiitti -Rabbiin rahmata fi nageenya isaan irratti haa buusu- Harree ufayr isaan jedhamu irratti duubaan yaabbadhee osoon jiruu, akkana naan jedhani: "Yaa Mu'aaz! haqa Rabbii kan gabroota Isaa irra jiruu fi haqa gabrootaa kan Rabbirra jiru ni beektaa?", Rabbii fi ergamaa Isaatu beekan jedhe, Ergamaanis ni jedhani: "Haqni Rabbii kan gabroota Isaa irra jiru Isa gabbaruu fi homaa Isatti qindeessuu dhabuudha, haqni gabroonni Rabbirraa qaban immoo nama Isatti homaa hin qindeessine azzabuu dhabuudha", nan jedhe: yaa Ergamaa Rabbii namootaa ittiin gammachiisuu? Ergamaanis ni jedhani: "isaan hin gammachiisin, ni hirkataniitii (kanuma irratti hirkatanii hojii biraa dhiisu waan ta'eef jecha)".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmata fi nageenya isaan irratti haa buusu- haqa Rabbiin gabroottan irraa qabuu fi haqa gabroottan Rabbiirraa qaban if galchan, haqni Rabbiin gabroota irraa qabu Isatti waan tokko osoo hin qindeessin Isa qofa gabbaruudha, Haqni gabroonni Rabbirraa qaban worra Isatti homaa osoo hin qindeessine Isa tokkichoomsan azzabuu dhabuudha. Eegasii Mu'aaz ni jedhe: yaa ergamaa Rabbii, namoonni akka gammadanuuf tola guddaa kanaan isaan gammachiisuu? Nabiyyiinis -Rabbiin rahmata fi nageenya isaan irratti haa buusu- waan namoonni isa irratti hirkatanii hojii dhiisu jedhanii sodaataniif isa dhoorgani.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Haqa Rabbii ol ta'ee kan isa gabroota isaa irratti dirqama taasise ibsuutu keessa jira, inni osoo waan tokkollee Isatti hin qindeessin Isa gabbbaruudha.
 Haqa gabroottan Rabbii ol ta'e irraa qaban ibsuudha, haqichi isa Rabbiin tola Isa irraa ta'ee fi qananii Isaatiin lubbuu Isaa irratti dirqama taasiseedha, innis jannata isaan seensisuu fi isaan azzabuu dhabuudha.
 Worra Rabbiin tokkichoomsan kan Rabbiitti homaa hin qindeessineef gammachuu guddaatu isa keessa jira, itti galli isaani jannata seenuu ta'uudhaan.
 Badii beekumsa dhoksuun qabu keessa bu'uu sodaaf jecha mu'aaz hadiisa kana du'a isaatiin duratti odeesseera.
 Namoota garii biratti hadiisa garii facaasuu irraa eeggachuutti dammaqsuudha, sodaa namoota hiika isaa hubachuu hin dandeenyeetiif jecha; sun waan hojiin isa irratti hin hundoofne keessattii fi waan adabbiin shari'aa isa keessa hin jirre keessatti.
 Balleessitoonni worra tawhiidaa fedha Rabbii jala jiru, yoo fedhe isaan azzaba yoo fedhe immoo isaaniif dhiisa, eegasii deebiiin isaanii jannata ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Namni haala homaa Rabbiitti hin qindeessineen du'e jannata seene, namni haala waa tookko Rabbitti qindeessuun du'e immoo ibidda seene</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Jaabir irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Namichi wohii gara Nabiyyiitti -Rabbiin rahmata fi nageenya isaan irratti haa buusu- dhufuun akkas jedhe: Yaa ergamaa Rabbii! raggaasisoon lameen maali? ergamaanis ni jedhani: "Namni haala homaa Rabbiitti hin qindeessineen du'e jannata seene, namni haala waa tookko Rabbitti qindeessuun du'e immoo ibidda seene".</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Namichi wohii waan lama kan jannata seenuu dirqama taasisanii fi kan ibidda seenuu dirqama taasisan maali jedhee Nabiyyii -Rabbiin rahmata fi nageenya isaan irratti haa buusu- gaafate? Akkas jechuun isaanis -Rabbiin rahmata fi nageenya isaan irratti haa buusu- isaaf deebisan: wanti jannata dirqama taasisu ilmi namaa haala Rabbiitti homaa hin qindeessineen Isa qofa osoo gabbaruu du'uudha, Wanti ibidda dirqama taasisu immoo ilmi namaa haala Rabbitti qindeessuun haala inni gabbarummaa isaa keessatti yookaan gooftummaa Isaa keessatti yookaan maqoowwanii fi sifaatowwan Isaa keessatti Isaaf fakkaataa fi hiriyaa taasisuun du'uudha.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Sadarkaa tawhiidni qabuudha, namni haala Rabbitti amanee homaa isatti hin qindeessineen du'e jannata seene.
 Hammeenya shirkiin qabuudha, namni waa tokko osoo Rabbitti qindeessuu du'e ibidda seene.
 Balleessitoonni worra tawhiidaa fedha Rabbii jala jiru, yoo fedhe isaan azzaba yoo fedhe immoo isaaniif dhiisa, eegasii deebiiin isaanii jannata ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>inni guyyuma tokkollee yaa Rabbii koo guyyaa mindaa sanatti badiiwwan koo naaf dhiisi hin jenne</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Aa'ishaa irraa odeeffamee -Rabbiin isii irraa haa jaallatu- ni jette: Yaa Ergamaa Rabbiin jedhe: Ibnu juda'aan jaahiliyyummaa keessatti kan firooma fufuu (maxxanfatuu) fi rakkataa nyaachisu ta'e, wanti sun isa ni fayyadaa?, isaanis ni jedhan: "isa hin fayyadu, inni guyyuma tokkollee yaa Rabbii koo guyyaa mindaa sanatti badiiwwan koo naaf dhiisi hin jenne".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Abdullaah ibnu jud'aan kan islaamummaan duratti dureewwan qurayshii irraa ture irraa dubbatan, Hojiiwwan isaa gaggaarii keessaa: firoottan isaa fufuun tolas isaanitti oola, rakkataas ni nyaachisa, wontoota gaggaarii islaamummaan isii hojjachuutti kakaase biroos ni hojjata ture, garuu hojiiwwan isaa kun Aakhiraatti isa hin fayyaddu; sunis sababaa inni Rabbitti kafaree fi guyyaa tokkollee yaa Rabbii koo guyyaa mindaa sanatti badiiwwan koo naaf dhiisi hin jedhiniif jecha.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Sadarkaa iimaanni qabuu fi inni hojiiwwan qeebalamuuf ulaagaa akka ta'e ibsuutu keessa jira.
 Ajummaa kufrii fi inni wantoota hojiiwwan gaggaarii balleessan keessaa tokko akka ta'e ibsuutu keessa jira.
 Aakhiraatti kaafiroota hojiiwwan isaanii isaan hin fayyaddu sababaa isaan Rabbii fi guyyaa Aakhiraatti hin amaniniif jecha.
 Hojiiwwan namoonni yeroo kufrii irra jiran hojjatan yeroo islaamummaa fudhatanitti isaaniif barreeffamtee isii irrattis mindaa argatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>Waan Rabbiin keessan jedhe ni beektuu?", namootnis ni jedhan: Rabbumaa fi ergamaa Isaa qofaatu beeka, ergamaanis ni jedhan: "gabroottan koo irraa gariin anatti amanee gariin immoo anatti kafaree bule</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Zaydii ilma Khaalid Al-juhanii irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hudaybiyaatti halkan irraa rooba roobee ka'e booda salaata fajrii nuun salaatanii, eega salaata xumaraniin booda namootatti garagaluun akkana jedhan: "Waan Rabbiin keessan jedhe ni beektuu?", namootnis ni jedhan: Rabbumaa fi ergamaa Isaa qofaatu beeka, ergamaanis ni jedhan: "gabroottan koo irraa gariin anatti amanee gariin immoo anatti kafaree bule, namni tola Rabbii fi rahmata Isaatiin roobfamne jedhe inni sun anatti kan amanee fi urjiiwwanitti kan kafareedha, namni sochii urjii akkasii fi akkasiitiin roobfamne jedhe immoo, inni sun anatti kan kafaree fi urjiiwwanitti kan amaneedha".</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hudaybiyaatti -isiin ganda makkatti dhihoo taate wahiiti- booda rooba halkan sana roobee ka'eetii salaata subhii salaatani, Salaamataa baafatanii salaata isaanii erga xumuraniin booda fuula isaanitiin ummatatti garagalanii, akkas jechuuun isaan gaafatan: waan Rabbiin keessan jedhe ni beektuu? Isaanis Rabbumaa fi ergamaa Isaa qofaatu beeka jedhanii deebisaniif, Ni jedhan: Rabbiin ol ta'e namoonni yeroo roobni roobutti bakka lamatti akka qoodaman ifa galche: qooda Rabbii ol ta'etti amanee  fi qooda Rabbii ol ta'etti kafareedha; Namni tola Rabbiitii fi rahmata isaatiin roobfamne jedhee, roobinsa roobaa Rabbii ol ta'etti hirkise; inni sun Rabbii uumaa uumama keessatti akk fedhe godhutti amanee urjiiwwanitti kafareera. Namni urjii akkasiitii fi akkasiitiin roobfamne jedhe immoo; inni sun Rabbitti kan kafaree fi urjiiwwanitti kan amaneedha, inni kufrii xiqoo ta'a buusinsa roobaa urjiiwwanitti waan hirkiseef jecha; Rabbiin shari'aa fi qadaratti sababaa isa godhuu dhabuu wajjiin, Namni roobiinsa roobaa fi taatewwan dachi kan biroo ba'iinsaa fi kufiinsa isii keessatti gara sochiiwwan urjiiwwanitti hirkise haala isiituu dhugaatti hojjataa jira jedhee amanuun, inni kufrii guddaa kafareera.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Booda roobni roobeetii tola Rabbiitii fi rahmata isaatiin roobfamne jechuun jaallatamaa ta'uu isaati.
 Namni qananii rooba roobsisuu fi kan birooo uumuu fi argamsiisuu keessatti gara urjiiwwaniitti hirkise inni kufrii guddaa kafareera, yoo inni sababaa ta'uu isaatiif hirkise immoo inni kufrii xiqqoo kafareera; waan inni sababaa shari'aan sababaa isa gootee fi sababaa muldhataa hin tahiniif jecha.
 Qananiin yoo waakkatamte kafaruuf sababaa taati, akkasumas yoo galatoomfatamte iimaanaaf sababaa taati.
 "Urjii akkasiitiif roobfamne" jechuu irraa dhoorguutu keessa jira, yoo kan yeroon itti yaadaame ta'ellee; karaa shirkii cufuuf jecha dhoorgame.
 Qananii barbaaduu fi rakkina deebisuu keessatti qalbiin Rabbii ol ta'e irratti rarra'uun dirqama ta'uu isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>nuti lubbuu keenya keessatti waan isa odeessuun tookkoo keenyatti ulfaatu argina, nabiyyiinis ni jedhani: "dhugumatti isa argitanii jirtuu?" ee arginee jirra jedhani: nabiyyiinis ni jedhani: "inni sun iimaana ifa galaadha</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Sahaabota Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa namoonni wohii dhufanii akkas jechuun isaan gaafatan:  nuti lubbuu keenya keessatti waan isa odeessuun tookkoo keenyatti ulfaatu argina, nabiyyiinis ni jedhani: "dhugumatti isa argitanii jirtuu?" ee arginee jirra jedhani: nabiyyiinis ni jedhani: "inni sun iimaana ifa galaadha".</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Tuutni wohii sahaabota nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa dhufaniii waantoota gurguddoo fokkina isii fi isii jibbuu isaanii irraa kan ka'e isii dubbachuun isaan irratti kan ulfaatu lubbuu isaanii keessatti kan isa argan irraa gaafatani, Nabiyyiinis rahmannii fi nageenyi isaan irratti haa jiraatu ni jedhani: wanti isin isa argitan kun iimaana ifa galaa fi yaqiina isa waan shayxaanni qalbii keessa buusu dhoorguutti, isa dubbachuu mormuttii fi wanni sun lubbuu keessanitti ulfaatuutti isin dhiibuudha, shayxaanni lubbuu keessan irratti moo'uu hin deenye, faallaa nama shayxaanni lubbuu isaatti karaa argatee waan isa ofirraa deebisuun hin argatiniiti.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Shayxaanni warra iimaanaa waliin dadhabaa akka ta'ee fi Waswasaa irratti malee homaa akka hin dandeenye ibsuudha.
 Waswasaa irraa waan lubbuun of keessa deddeebiftu dhugeessuu dhabuudha, sun waan shayxaana irraa ta'eef jecha.
 Waswasaan shayxaanaa muumina hin miitu, garuu waswasaa isaa irraa Rabbitti haa maganfatu, akkasumas sana isa duuka yaadaan deemuu haa dhiisu.
 Dhimma diinii irraa waan isa dhibu irraa callisuun muslimaaf hin barbaachisu, isa irraa gaafachuun isaaf barbaachisaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>faaruun kan Rabbii shira isaa waswasaatti deebiseeti</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Namtichi tokko gara Nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufuun akkas jedhe: Yaa Ergamaa Rabbii, tokkoon keenya waan isa dubbachuu irra daaraa ta'uun isa birattti irra jaallatamaa ta'etu lubbuu isaa keessatti itti dhaga'ama -waan afaaniin dubbachuun isatti ulfaatu wohiitti akeekee-, ergamaanis ni jedhan: "Rabbi guddate, Rabbi guddate,  faaruun kan Rabbii shira isaa waswasaatti deebiseeti".</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Namtichi tokko gara nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufuun akkas jedhe: Yaa Ergamaa Rabbii, tokkoon keenya dubbii lubbuu  keessa deddeemutu wohiitu lubbuu isaatti dhag'ama garuu isa irraa dubbachuun ulfaataadha, sadarkaa isa dubbachuu irra daaraa ta'uun isa biratti irra jaallatamaa ta'utti, Ergamaanis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo lama takbiiraa jechuun Rabbiin shira shayxaanaa waswasaa qofatti deebisuu isaatiiif Isa galatoomfatan.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Shayxaanni iimaana irraa gara kufriitti mu'uminoota deebisuudhaaf waswasaadhaan akka isaan eeggatu ibsuutu keessa jira.
 Shayxaanni warra iimaanaa waliin dadhabaa akka ta'ee fi Waswasaa irratti malee homaa akka hin dandeenye ibsuudha.
 Mu'uminni waswasaa shayxaanaa irraa garagaluu fi isii deebisuutu isa irra jira.
 Yeroo waan gaarii yookaan dinqisiisu yookaan wantoota sana fakkaatan arganitti takbiiraa jechuun karaa godhamuu isaatu keessa jira.
 Muslimni waan isa dhibe hunda beekaa gaafachuu akka qabu karaa godhamuu isaatu keessa jira.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[abuu daawud, nasa'iin kubraa keessatti odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Shayxaanni tokkoo keessanitti dhufuun akkas jedha: kana eenyutu uume? kanas enyutu uume? hanga Rabbii kee eenyutu uume? jedhutti itti fufa, yeroo bakka gaaffii kanaa ga'etti Rabbitti maganfatee waan sana irraa haa dhaabbatu</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Abuu Hurayraaa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergamaan Rabbbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Shayxaanni tokkoo keessanitti dhufuun akkas jedha: kana eenyutu uume? kanas enyutu uume? hanga Rabbii kee eenyutu uume? jedhutti itti fufa, yeroo bakka gaaffii kanaa ga'etti Rabbitti maganfatee waan sana irraa haa dhaabbatu".</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaaffiiwwan shayxaanni ittiin mu'umina waswaasuuf dawaa bu'aa qabeessa himani, Shayxaanni ni jedha: kana eenyutu uume? kanas eenyutu uume? samii eenyutu uume? dachii eenyutu uume? Mu'uminni amantii, uumamaa fi sammuun akkana jechuun isaaf deebisa: Allaahaadha, Garuu shayxaanni waswasaa irraa hanga kanatti hin dhaabbatu, hanga eenyutu Rabbii kee uume jedhutti tarkaanfata?. Mu'uminni yeroo sanitti waswasaa kana wantoota sadiin deebisa:
 Rabbitti amanuudhaan.
 Shayxaana irraa Rabbitti maganfachuun.
 Waswasaa faana deemuu irraa dhaabbachuun.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Waswasaa shayxaanaa fi waan inni qalbii irra fidu irraa garagaluuu fi waan isaa yaaduu dhiisuudha, akkasumas waswasaa sana deemsisuuf gara Rabbii ol ta'etti deebi'uudha.
 Waswasaa shari'aa faallessitu irraa hundi waan qalbii namaa keessatti argamuu inni shayxaana irraati.
 Zaata Rabbiitiin wal qabatee xiinxaluu irraa dhoorguu fi uumamtoota Isaatii fi mallattoowwan Isaa xiinxaluutti kakaasuutu keessa jira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Gosoonni hojiiwwananii jaha, gosoonni namootaa afuri, (gosti hojiiwwanii) lama dirqamsiiftuudha, fakkaataa fakkaataadhaan mindeessuu, toltuun fakkaattii isii kudhaniinii fi  toltuun tokko dhibba torbaaniidha</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Khuraymi ilma faatik irraa odeeffamee -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Gosoonni hojiiwwananii jaha, gosoonni namootaa afuri, (gosti hojiiwwanii) lama dirqamsiiftuudha, fakkaataa fakkaataadhaan mindeessuu, toltuun fakkaattii isii kudhaniinii fi  toltuun tokko dhibba torbaaniidha, Dirqamsiiftuun lameen: namni osoo waan tokkoollee Rabbitti hin qindeessin du'e jannata seene, namni haala waan tokko Rabbitti qindeessuun du'e ibidda seene, fakkaataa fakkaataan mindeessuun immoo: namni hanga qalbiin isaa beekuttii fi murannoo isaa Rabbiin irraa beekutti toltuu hojjachuu kan yaade toltuu tokkotu isaaf barreeffama, namni hamtuu hojjate hamtuu tokkotu isa irratti barreeffama, namni toltuu tokko hojjate fakkaattii isaa kudhaniin isaaf barreeffama, namni kennaa tokko karaa Rabbii irratti kenne toltuun tokko dhibba torbaan isaaf qabama, Namoonni afran immooo, tokko kan duuniyaa irratti isatti bal'ifamee Aakhiraatti immoo isatti dhiphifamuudha, tokko immoo duuniyaa irratti kan isatti dhiphifamee Aakhiraatti immoo isatti bal'ifamuudha, tokko immoo duuniyaa fi Aakhiraatti kan isatti dhiphifamuudha, tokko immoo duuniyaa fi Aakhiraatti kan isatti bal'ifamuudha".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -12851,892 +15120,892 @@
 Sadaffaan: nama duuniyaa fi aakhiratti itti dhiphifame, inni kaafira hiyyeessadha.
 Afraffaan: nama duuniyaa fi aakhiraatti itti bal'ifame, inni mu'umina dureessaadha.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Tolli Rabbii ol ta'ee gabroottan irratti guddaa ta'uu isaatii fi toltuuwwan dachaa taasisuu Isaati.
 Haqummaa fi arjummaa Rabbiiti, hamtuu irratti haqaan waan nuuf deebiseef jecha, mindaan hamtuu tokkoon deebifama.
 Rabbitti waan biroo qindeessuun guddaa ta'uu isaati, isa keessa jannata dhabuutu jira.
 Sadarkaa karaa Rabbii keessatti  kennachuun qabuudha.
 Karaa Rabbii keessatti kennachuun dachaa taasifamuun dachaa dhibba torba irraa eegala; sababni isaas jecha Rabbii ol taasisuu irratti waan isiin gargaarttuuf jecha.
 Gosoota namootaa fi addaa addummaa isaanii ibsuutu keessa jira.
 Duuniyaa keessatti mu'uminaa fi kan mu'umina hin taanettiis ni bal'ifama, Aakhiraatti garuu mu'uminatti malee hin bal'ifamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Rabbiin toltuu tokkollee mu'umina hin miidhu, duuniyaatti isiidhaan kennama, aakhiratti immoo isiidhaan mindeeffama</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Anas ilma Maalik irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Rabbiin toltuu tokkollee mu'umina hin miidhu, duuniyaatti isiidhaan kennama, aakhiratti immoo isiidhaan mindeeffama, kaafirri immoo toltuuwwan Rabbiif jecha hojjateen duuniyaatti nyaachifama, yeroo gara aakhiraatti ce'etti, toltuun isiidhaan mindeeffamu isaaf hin jiru".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- tola Rabbii guddaa mu'umintoota irra jiruu fi kaafiraa waliin haqummaa Rabbiin qabu ibsani. Mu'uminni immoo mindaan toltuu inni hojjatee hin hir'ifamu; inumaayyuu mindaa aakhiraatti ol isaaf kaa'amu waliin ajajamuu isaatif jecha isiidhaan duuniyaa irratti toltuun kennamaaf; mindaan isaa hunduu aakhiraatti ol isaaf kaa'amuunis ni mala. Kaafira immoo mindaa waan inni hojjatee toltuuwwan duuniyaatiin Rabbiin isaaf kenna, yeroo gara aakhiraatti ce'e immoo isii keessatti mindaan inni isiin mindeeffamu hin jiru; sababni isaas namni hojii gaarii ganda lameenitti nama fayyadu hojjatu mu'umina ta'uun isaa waan dirqama ta'eef jecha.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Nama kufrii irratti du'e hojiin isa hin fayyaduudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>toltuu darbee waliin islaamummaa fudhatte</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Hakiim ilma Hizaam irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Nin jedhe:Yaa ergamaa Rabbii, jaahiliyyaa keessatti sadaqaa yookaan gabra bilisa baasuu fi firooma fufuu irraa wantoota an ittiin gabbara raawwadhuutu ture, isii keessatti mindaan naaf jiraa? Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "toltuu darbee waliin islaamummaa fudhatte".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kaafirri yeroo islaamummaatti seene dhugumatti inni sadaqaa yookaan garbicha bilisa baasuu yookaan firooma fufuu irraa hojiiwwan gaggaarii waan islaamummaan duratti jaahiliyyummaa keessatti hojjataa ture irratti akka mindeeffamu ibsani.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Toltuuwwan kaafiraa kan adduuniyaa keessatti hojjate yoo kufrii isaa irrattti du'e aakhiraatti isiin hin mindeeffamu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Rabbiin akkuma dirqamni isaa hojjatamuu jaallatutti wanti inni laaffisees hojjatamuu jaallata</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Abdullaah ilma Abbaas irraa akka odeeffametti Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Rabbiin akkuma dirqamni isaa hojjatamuu jaallatutti wanti inni laaffisees hojjatamuu jaallata".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin salphifamuu murtoowwanii fi ibaadowwan keessa jiru irraa laafinsi isiin Inni karaa godhe hojjatamuu akka jaallatu himani, nama dirqamni isa irra kaa'ame irratti isii keessatti sababaadhaan laaffisuu -akka imala irratti salaata gabaabsuu fi wolitti qabuufaa-, Akkuma wantoota dirqama ta'an irraa dirqamni Isaa hojjatamuu jaallatutti; waan ajajni Rabbii dirqamaa fi laafiinsa keessattis tokko ta'eef jecha.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Rahmata Rabbiin ol ta'e gabroottan isaatiif oolee fi Inni dhugumatti laafinsa irraa waan karaa godhe hojjachuu akka jaallatuudha.
 Guutummaa shari'aa kanaa fi muslima irraa rakkina kaasuudha.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[ibnu hibbaan odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>Islaamummaa keessatti jecha tokko kan si malee nama biraa hin gaafanne naan jedhi, isaanis ni jedhan: “Ani Rabbitti amane jedhii eegasii irratti gadi dhaabbadhu</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Sufyaan bin Abdullaah Al-Saqafii irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Nin jedhe: Yaa Ergamaa Rabbii, Islaamummaa keessatti jecha tokko kan si malee nama biraa hin gaafanne naan jedhi, isaanis ni jedhan: “Ani Rabbitti amane jedhii eegasii irratti gadi dhaabbadhu".</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>Sahaabaan Sufyaan bin Abdullaah -Rabbiin isa irraa haa jaallatu- jecha hiikkaa Islaamummaa hunda of keessaatti hammate kan isa qabatee nama isaan hin tahin hin gaafanne akka isa barsiisan Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafate? Ergamaanis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhaniini: jedhi: Rabbiin tokkochoomse, Inni gooftaa kiyya, uumaa kiyyaa fi haqaan gabbaramaa kiyya kan hiriyaa hin qabne ta'uu itti amane, Sana booda dirqama Rabbii raawwachuu fi dhoorgoowwan Rabbii dhiisuudhaan ajajaa Rabbii jala butamee achumaan itti fufa.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Bu'urri amantii gooftummaa Rabbii, gabbartii Isaa, maqoolee Isaatii fi sifoowwan Isatti amanuudha.
 Booda iimaanaatii barbaachisummaa ragga'uu, ibaadaa itti fufuutii fi sana irratti gadi dhaabbachuuti.
 Amantiin qeebaltii dalagaatiif ulaagaadha.
 Rabbitti amanuun bu'uraalee amantii, hundeelee isaatii fi hojiilee qalbii irraa waan sana jala galu waan itti amanuun dirqama t'e hunda hammata, akkasumas keessoo fi alaanis  Rabbiif bitamuu fi masakamuudha ni hammata.
 Istiqaamaa jechuun dirqamoota raawwachuu fi dhoorgaalee dhiisuun karaa qabachuudha.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[muslimfi ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Fakkiin munaafiqaa, akka re'ee gidduu tuuta re'ootaa lamaa deemtuuti, yeroo tokko gara isii kanaatti yeroo kaan immoo gara isii sanaati deemti</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Fakkiin munaafiqaa, akka re'ee gidduu tuuta re'ootaa lamaa deemtuuti, yeroo tokko gara isii kanaatti yeroo kaan immoo gara isii sanaati deemti".</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haalli munaafiqaa akka re'ee tuuta re'ootaa lamaa gidduu deddeemtu gara tuuta kamii akka gortu kan hin beeknee ta'uu ibsani. Yeroo tokko gara tuuta isa kanaatti yeroo tokko immoo gara tuuta isa biraatti deemti, Isaan iimaanaa fi kufrii gidduutti dhama'oodha, keessaa fi alaan mu'uminootaa waliinii miti, akkasumas keessaa fi alaan kaafirootaa waliinii miti, inumaa isaan alaan  mu'uminoota waliini, keessi isaanii immoo shakkii fi mamii keessa jira, yeroo garii gara worra kanaatti gorani, yeroo garii immoo gara worra sanaatti gorani.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Deemsa Nabiyyii irraa -Rabbiiin rahmataa fi nageenya isaan irratti haa buusu- yaada barbaadame dhiheessuuf jecha fakkeenyaa fudhachuudha.
 Haala munaafiqootaa irraa shakkii, mamii fi ragga'iinsa dhabuu ibsuutu keessa jira.
 Haala munaafiqootaa irraa sodaachisuu fi dhugaa fi iimaana keessatti alaa fi keessaan murannoo qabaachuutti kakaasuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Iimaanni qalbii tokkoo keessanii keessatti akka huccuun butute moofa'utti moofa'a, kanaafuu qalbii keessan keessatti akka iimaana haaromsu Rabbiin kadhaa</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Abdullaah ilma Amrii ilma Al-Aas irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Iimaanni qalbii tokkoo keessanii keessatti akka huccuun butute moofa'utti moofa'a, kanaafuu qalbii keessan keessatti akka iimaana haaromsu Rabbiin kadhaa".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka huccuun haaraa yeroo dheeraa fayyadamuu irrra kan ka'een moofa'uutti iimaanni qalbii muslimaa keessatti akka moofa'uu fi dadhabu himani. Sunis sababaa ibaadaa irraa dadhabuutiin, yookaan sababaa badiiwwan hojjachuu fi fedhii lubbuutiin liqimfamuutiini. Kanaafuu nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- iimaana keenya akka nuuf haaromsuuf Rabbiiin akka kadhannutti nu qajeelchani, sunis dirqamoota hojjachuu fi zikrii fi araarama kadhachuu heddummeessuun.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Ragga'iinsa fi iimaana qalbii keessatti haaromsuu Rabbiin kadhachuutti kakaasuutu keessa jira.
 Iimaanni jecha, hojii fi aqiidaa qalbiitti hidhatan, Iimaanni ajaja (Rabbii guutuun) ni dabala, badii hojjachuun immoo ni hir'ata.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[haakimiif xabraaniin odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>Dhugumatti mallattoolee qiyaamaa irraa beekumsi kaafamuu, wallaalumni faca'uu, sagaagalummaan heddummaachuu, dhugaatii sammuu nama adoochu dhuguun heddummaachuu fi dhiirotiin xiqqaatanii fi dubartoonni hanga dubartii shantamaaf dhiirri tokko bulchaa ta'utti heddummaachuudha</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Anas irraa akk odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: hadiisa wohii kan ergamaa Rabbii irraa -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- dhaga'e kan ana malee namni kamuu isiniif odeessuu hin dandeenyen dhugumatti isiniif odeessa: ergamaa Rabbiitii -Rabbiin rahamataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Dhugumatti mallattoolee qiyaamaa irraa beekumsi kaafamuu, wallaalumni faca'uu, sagaagalummaan heddummaachuu, dhugaatii sammuu nama adoochu dhuguun heddummaachuu fi dhiirotiin xiqqaatanii fi dubartoonni hanga dubartii shantamaaf dhiirri tokko bulchaa ta'utti heddummaachuudha".</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mallattoolee dhaabbachuun qiyaamaan  dhihaatuu keessaa beekumsi shari'aa kaafamuuu akka ta'e ibsani, sun immoo ulammoonni du'uudhaan ta'a. Bu'aan sanaa immoo wallaalummaan hedduumaatee faca'uu, sagaagalummaa fi wantoonni fokkatoon faca'uudha, akkasumas dhugaatii sammuu namaa adoochu dhuguun heddummaachuu, lakkoofsi dhiirotaa xiqqaatee lakooofsi dubartootaa heddummaachuudha; hanaga dubartii shantamaaf dhiirri tokko kan dhimmoota isaaniitiin dhaabbatuu fi kan faaydaawwan isaaniif itti gaafatamummaa fudhatu ta'utti.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Garii mallattoolee qiyaamaa ifa galchuutu keessa jira.
 Beekumsi yeroo qiyaamaa wantoota dhokatoo Rabbiin beekumsa isii ofiif qofa taasise keessaati.
 Isa dhabuun duratti beekumsa shari'aa barachuutti kakaasuutu keessa jira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
     <t>Hanga namni tokko qabrii nama biraa bira darbee akkana jedhutti qiyaamaan hin dhuftu: Osoon bakka isaa ta’ee natti tola</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: "Hanga namni tokko qabrii nama biraa bira darbee akkana jedhutti qiyaamaan hin dhuftu: Osoon bakka isaa ta’ee natti tola".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hanga namni tokko qabrii bira darbee bakka abbaa qabrii sanaa ofii du'uu hawwutti qiyaamaan akka hin taane himan, Sababni isaas sababaa cubbuu fi warri cubbuu ol'aantummaa argatanii fitnaan adda addaatii fi badiiwwan muldhachuutiin amantii isaa dhabuu irraa sodaachuu isaati.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>Dhuma yeroo irratti dilii fi fitnaan adda addaa akka muldhatan akeekuudha.
 Iimaana fi hojiilee gaggaarii hojjachuu fi iddoolee fitnaa fi balaa adda addaa irraa fagaachuun of eeggannoo gochuu fi du'aaf qophaa'urratti kakaasuudha. 
 ​</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>Yahuudaa woliin wol loltanii hanga dhagaan booda isaa yahuudaan jiru: yaa muslima kun booda koo kan jiru yahuudaadha isa ajjeesi jedhutti qiyaamaan hin dhaabbatu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Yahuudaa woliin wol loltanii hanga dhagaan booda isaa yahuudaan jiru: yaa muslima kun booda koo kan jiru yahuudaadha isa ajjeesi jedhutti qiyaamaan hin dhaabbatu".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hanga muslimoonnii fi yahuudaan wol lolanitti qiyaamaan akka hin dhaabbanne himani, Yoo yahuudichi muslima irraa dhokachuuf jecha dhagaa jalatti dheesse illee; Rabbiin dhagaa dubbachiisee muslima waamaa: booda isaa yahuudaatu jira jechuun, akka muslimni isa ajjeesuuf dhufuuf jecha.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- garii waan fagoo fi fuulduratti dhufu himuun isaanii akkaataa Rabbiin isaan beeksiseeni, argamuun isaas hafiinsa waan hin qabneedha.
 Aakhiruzzamaanitti muslimoonni akka yahuudaan lolanii fi sun mallattoolee qiyaamaa irraa ta'uu ibsuudha.
 Amantaan islaamaa hanga guyyaa qiyaamaatti kan turu ta'uu fi amantaalee hunda irraa ifa galee kan jiraatuudha.
 Tumsa Rabbiin muslimootaaf diina isaanii irratti taasisuufiidha, sana irraa aakhiruzzamaanitti dhagaan akka dubbatu taasisuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>Isa lubbuun koo harka Isaa keessa jirtuun kakadhee, ilmi Maryam (Iisaan) haala daanyaa murtii haqaan murteessu ta'een isin keessatti bu'uun isaa ni dhihaata, yeroo sanatti fannoo kiristaanaa ni cabsa, karkarroo ni ajjeesa, gibira ni murteessa, horiinis hanga namni tokko kan isa qeebalu hin jiraannetti gad dhangal'a</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: "Isa lubbuun koo harka Isaa keessa jirtuun kakadhee, ilmi Maryam (Iisaan) haala daanyaa murtii haqaan murteessu ta'een isin keessatti bu'uun isaa ni dhihaata, yeroo sanatti fannoo kiristaanaa ni cabsa, karkarroo ni ajjeesa, gibira ni murteessa, horiinis hanga namni tokko kan isa qeebalu hin jiraannetti gad dhangal'a".</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haqa shari'aan Muhammad isaan dhufteen namoota giddutti akka murteessuuf jecha bu'iinsi Iisaa ilma maryam -nageenyi isa irratti haa jiraatu- dhihaachuu irratti kakatan, Fannoo (masqala) kiristaanonni kabaju akka cabsu himaniiru. Iisaan -nageenyi isa irratti haa jiraatu- karkarroo akka ajjeesus himaniiru. Akkasumas Inni -nageenyi isa irratti haa jiraatu- gibira  murteessee namoonni hundi akka amantii islaamaa qabatan taasisa. Maallaqnis ni dhangala'a namni tokkolleen isa hin fudhatu; Kunis baay’ina isaatii fi namni hundinuu wahuma harka isaa keessa jiruun duroomuuf jechaadha, akkasumas barakaa buutee kheyriin adda addaa wal duraa boodaan dhufuuf jechaadha.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>Dhuma yeroo irratti Iisaan -nageenyi isa irratti haa jiraatu- akka bu'u mirkaneessuu fi sunis mallattoowwan qiyaamaa irra akka ta'e ibsuudha.
 Shari'aa Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- wanni ishee shaaru hin jiruudha.
 Namoonni irraa dantaa dhabuu waliin Aakhira zamanatti horii keessatti barakoowwan bu'uudha.
 Hanga dhuma addunyatti Jiraachuu amantii Islaamaatin gammachiisuudha, kunis Iisaan -nageenyi isa irratti haa jiraatu- dhuma addunyaa irratti Islaamummaan waan bulchuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Hanga aduun karaa dhiha isiitiin baatutti qiyaamaan hin dhaabbatu, yeroo achiin baatetti namoonni isii argan hundi isaaniituu ni amanu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Hanga aduun karaa dhiha isiitiin baatutti qiyaamaan hin dhaabbatu, yeroo achiin baatetti namoonni isii argan hundi isaaniituu ni amanu, sun yeroo (Rabbiin akka qur'aana isaa keessatti jedhetti): {lubbuu sana dura hin amanin, yookaan iimaana isii keessatti toltuu hin hojjatin tokko iimaanni isii homaa isii hin fayyanneedha} [Al-an'aam: 158] dhugumatti namoonni lama huccuu isaanii gidduu isaaniitti gurgurtaaf jecha diriirsanii osoo isaan wal irraa hin bitinii fi osoo isaan hin maratin qiyaamaan dhaabbatti, akkasumas dhugumatti namichi aannan dhuguuf jecha gaala isaa elmatee osoo inni hin dhugin qiyaamaan dhaabbatti, akkasumas dhugumatti namni tokko naanniga isaa sirreeffatee ka'ee osoo inni irraa hin obaasin qiyaamaan dhaabbatti, akkasumas dhugumatti tokkoon keessan nyaata isaa afaan isaatti ol fudhatee ka'ee osoo inni isa hin nyaatin qiyaamaan dhaabbatti".</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mallattoolee qiyaamaa guddoo keessaa aduun karaa bahaa dhiiftee karaa dhihaatiin bahuu akka ta'ee fi namoonni yeroo isii arganitti hundi isaanii akka amanu himani, Yeroo sanatti kaafira iimaanni isaa isa hin fayyadu, akkasumas hojiin gaarii fi tawbaanilleen isa hin fayyadu. Eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qiyaamaan akka tasa dhuftuu fi namoonni haalotaa fi dhimmoota isaanii irra jiranuu akka dhaabbattu himani; Kan gurguruu fi kan bitu huccuu isaanii gidduu isaaniitti diriirsanii oso walitti hin gurgurinii fi osoo hin dachaafatin qiyaamaan dhaabbatti, Akkasumas namichi haala aannan gaala isaa tan elmamtu qabatee osoo inni isa hin dhugin qiyaamaan dhaabbatti, Akkasumas namichi naanniga isaa dhoqqeen tolfatee osoo isa irraa hin obaasin qiyaamaan dhaabbatti, Akkasumas namichi haala gurshaa isaa nyaachuuf jecha gara afaan isaatti ol fudhateen osoo inni isii hin nyaatin qiyaamaan dhaabbatti.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Hanga aduun karaa dhiha isiitiin hin baanetti Islaamummaanii fi tawbaan qeebalamaa ta'uudha.
 Iimaanaa fi hojii gaariin qiyaamaadhaaf qophaa'uutti kakaasuudha; qiyaamaan akka tasaatti waan dhuftuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>Hanga yeroon walitti dhihaatutti  qiyaamaan hin dhaabbattu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: "Hanga yeroon walitti dhihaatutti  qiyaamaan hin dhaabbattu,  sababaa sanaan waggaan akka ji’aa, jiini akka torbaanii, torbaan immoo akka guyyaa, guyyaan immoo akka sa’aatii, sa'aatiin immoo akka gubachuu baala damee muka timiraa ta'a".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mallattoo Qiyaamaa keessaa tokko yeroon walitti dhiyaachuu akka ta’e himan, Waggaan akkuma ji'atti darba, Jiini akkuma torbanitti darba, Torbaan akkuma guyyatti darba, Guyyaan akkuma sa'aatiin tokko darbutti darba, Sa’aatiin immoo akkuma baalli muka timiraa gubatu baay’ee dafee darba.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Mallattoo Qiyaamaa keessaa yeroon barakaa dhabuudha,  ykn saffisiisuu isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>Rabbiin lafa qabee, harka mirga Isaatiin samii walitti maree, eegasii akkana jedha: Ani mooticha, mootonni lafaa eessa jiru?”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhagaye: "Rabbiin lafa qabee, harka mirga Isaatiin samii walitti maree, eegasii akkana jedha: Ani mooticha, mootonni lafaa eessa jiru?”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Guyyaa Qiyaamatti Rabbiin ol ta'e akka dachii walitti qabee, samii harka mirgaa Isaatiin walitti dachaasee, garii ishee garii irratti maree, akkasumas isheen deemee ishee xumuree, eegasii akkana akka jedhu himan: Ani mootiidha, Mootonni addunyaa eessa jiru?!</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Mootummaan Rabbii hafaa akka ta'ee fi mootummaan namoota biroo immoo deemaa akka ta'e yaadachiisuudha.
 Guddina Rabbiiti fi guddina dandeettii Isaati, akkasumas guddina aangoo Isaati fi guutummina mootummaa Isaati.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Hawdiin koo(guddinni isaa) adeemsa ji'aati, bishaan isaa aannan irra adiidha, fooliin isaa miskii irra gaariidha</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Abdullaah ilma Amrii irraa akka odeeffametti -Rabbiin isaan irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Hawdiin koo(guddinni isaa) adeemsa ji'aati, bishaan isaa aannan irra adiidha, fooliin isaa miskii irra gaariidha, kubbaayyaan isaa akka urjii samiiti, namni isii irraa dhuge tasuma hin dheebotu".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- guyyaa qiyaamaatti hawdii dheerinnii fi bal'inni isaa adeemsa ji'aa ta'e akka isaaniif jiru himani, Bishaan isaa aannan irra haalaan adii akka ta'e himani, Fooliin isaas bareedaa foolii miskii caalaatti kan urgaa'u ta'uu himani, Kubbaayyaaleen isaa heddummina isii keessatti akka urjii samii akka taate himani, Namni kubbaayyotii sanaan hawdii irraa dhuge tasuma hin dheebotu.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Hawdiin Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- walitti qabama bishaan guddaa mu'umintoonni ummata isaanii irraa guyya qiyaamaa isa bu'anii irraa dhuganiidha.
 Qananiin nama hawdicha irra dhugeef argamuudha, inni yoomuu hin dheebotu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Ani hawdii irra taa'een nama isin irraa gara koo dhufu ilaala, namootni gariin anaa gaditti qabamu, anis nan jedha: yaa Rabbi (isaan) ana irraati ummata koo irraati</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Asmaa'a intala Abuu Bakir irraa akka odeeffametti -Rabbiin isaan irraa haa jaallatu- ni jette: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Ani hawdii irra taa'een nama isin irraa gara koo dhufu ilaala, namootni gariin anaa gaditti qabamu, anis nan jedha: yaa Rabbi (isaan) ana irraati ummata koo irraati, eegasii ni jedhamaan: waan isaan booda keetii hojjatan ni beektaa?, Rabbiinan kakadha (amantaa) isaanii irraa deebi'uu irraa boodatti hin jenne".</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ummata isaanii irraa nama gara isaanitti dhufu ilaaluuf jecha guyyaa qiyaamaa hawdii isaanii irra akka taa'an ibsani, Namoonni gariin bakka isaanitti dhihoo irraa qabamani jennaan -Rahmanii fi nageenyi isaan irra haa jiraatu- ni jedhu: yaa Rabbi isaan na irraati ummata koo irraati, Ni jedhamaan: waan isaan booda siin gar gar bahanii hojjatan ni beektaa, Rabbiinan kakadhe isaan of booda deebi'uu fi amantaa isaanii irraa garagaluu hin dhiifne, kanaafuu isaan sirraa miti, akkasumas isaan ummata kee irraas miti.</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Rahmata nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ummata isaanitiif qabanii fi bolola isaan isaan irratti qabaniidha.
 Hammeenya waan nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra turan faallessuun qabuudha.
 Karaa nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qabachuutti kakaasuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>Isa lubbuun Muhammad harka Isaa jiruunan kakadha, meeshaan isa irraa ittiin dhugan daninni isaa urjiiwwan samii irra hedduudha</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Abuu Zarri irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Nan jedhe: yaa ergamaa Rabbii ! meeshaan ittiin hawdii  dhugan maal inni? ni jedhani: "Isa lubbuun Muhammad harka Isaa jiruunan kakadha, meeshaan isa irraa ittiin dhugan daninni isaa urjiiwwan samii irra hedduudha, dhaga'aa urjiiwwan halkan dukkana duumessa irraa qulqulluu ta'e keessatti mul'atu irra hedduudha, meeshaa jannataa namni isii keessaa dhuge dheebuu jalqaba isa irra tureen ala hin dheebotu, jannata irraa ashandaa lamaatu isa(hawdii) keessatti yaa'a, namni isa irraa dhuge tasuma hin dheebotu, bal'inni isaa akkuma dheerina isaati, hanga gidduu ammaanii(magaalaa biyya shaam keessatti argamtu) fi aylaati(magaalaa xarafa shaam irratti argamtu), bishaan isaa aannan irra akkaan adiidha, damma irra akkaan mi'aawaadha".</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irra haa buusu-  guyyaa qiyaamaa meeshaan hawdii isaanii ittiin dhugan lakkoofsa urjiiwwan samii irra hedduu akka ta'e kakatan, Sun halkan dukkana isa jiini keessa hin jirre keessatti mul'ata; sababni isaas halkan ji'a qabdu keessatti urjiwwan ifa ji'aatiin haguugamti waan hin ta'eef ifa hin taatu, akkasumas halkan isa keessa duumessi hin jirre keessatti, sababni isaas duumessi mul'achuun urjiiwwan arguu irraa waan dhoorguuf jecha, Meeshaan ittiin dhugan kan jannata irraa ta'e, namni dhugaatii isa keessa jiru irraa dhuge tasuma hin dheebotu, dheebuun inni sana dhuguun duratti ture sun dheebuu irraa dhuma waan isa mudatuuti ta'a, Hawdii isaanii keessatti ashandaa lamaatu jannata irraa itti yaa'a, bal'inni isaa akkuma dheerina isaati; Hawdichi roga hundaanuu wal qixa, dheerinni isaa hanga fageenya gidduu ammaanii(magaalaa shaam kan balqaa'a keessatti argamtuudha) fi aylaa(magaalaa beekamtuu xarafa shaam irratti argamtuudha) gidduu jiruuti, Bishaan hawdichaa aannan irra adiidha, mi'aan isaa immoo mi'aa dammaati caalaa.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Hawdii fi gosoota qananii irraa waan isa keessa jiru jiraachuu isaa raggaasisuutu keessa jira.
 Guddina hawdichaa, dheerina isaa, bal'ina isaatii fi heddummina meeshaa isaa kan ittiin dhuganiiti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Guyyaa qiyaamaa Rabbiin ummata koo irraa nama wohii uumama fuulduratti adda isa baasee</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Abdullaah ilama Amrii ilam Aas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Guyyaa qiyaamaa Rabbiin ummata koo irraa nama wohii uumama fuulduratti adda isa baasee, galmee sagaltamii sagal isatti gadi baasa, galmeen hunduu hanga agartuu ijaati, eegasii ni jedhaan: kana irraa waa tokko ni mormitaa? barreessitoonni koo eegdonni si miidhanii jiruu? innis ni jedha: lakkii yaa Rabbii kiyya, Rabbiin ni jedhaan: rakkoo himattu ni qabdaa? ni jedha: lakkii yaa Rabbii kiyya, Rabbis ni jedha: ee toltuutu nu bira siif jira, dhugumatti hardha sirratti miidhaan kamuu hin jiru, eegasii kaardii isii keessa: haqaan gabbaramaan Allaaha malee hin jiru Muhammad immoo gabricha Isaatii fi ergamaa Isaati jettuutu gadi baafama, eegasii Rabbiinis ni jedha: miizaana kee irratti argami, namtichiis ni jedha: kaardittiin tun galmee hedduu kana biratti maali isiin yaa Rabbii kiyya? Rabbiinis ni jedha: ati dhugumatti hin miidhamtu, ni jedhe: galmeewwan gama tokkoon kaardittiin immoo gama tokkoon miizaana irra ka'amtee jennaan galmeewwan kuftee, kaardittiin ulfaatte, maqaa Rabbii waliin wanni ulfaatu hin jiru".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin guyyaa qiyaamaa ummata fuulduratti ummata isaa irraa namicha tokko filatee herregamuuf jecha akka isa waamu himani, galmee sagaltamii sagal isarra fida, isiin barruu hojii isaa badduu kan inni duuniyatti hojjataa ture yoo taatu, dheerinni galmee hundaa hanga agartuu ijaati. Eegasii Rabbiin ol ta'e namicha kanaan akkas jedha: wantoota galmeewwan kana irratti barraa'an keessaa wanti ati mormitu ni jiraa? Malaa'ikaan koo eegdotaa fi barreessitoota ta'an waa si miidhanii? Namtichiis lakkii yaa Rabbii kiyya jedha. Eegasii Rabbiin ol ta'e  ni jedha: hojiiwwan duuniyaatti hojjatte kanaaf rakkoo himattu tan ittiin dhiifama siif godhamu qabdaa? irraanfiin ta'us yookaan dogongoraan ta'us yookaan wollaalummaan ta'us, Namtichis ni jedhe: lakkii yaa Rabbii koo sababaan naaf hin jiru. Rabbiin ol ta'e ni jedha: ee toltuutu nu bira siif jira, dhugumatti hardha miidhaan sirratti hin jiru. Ni jedhe: kardii isii keessatti: haqqaan gabbaramaan Rabbiin malee akka hin jirre ragaan ba'a, akkasumas Muhammad gabricha Isaatii fi ergamaa Isaa ta'uu ragaan ba'a jechuun barreeffameetu gadi baafama. Rabbiin ol ta'e namicha kanaan miizaana kee irratti aragami jedhaan. Namichis ajaa'ibsiifataa akkas jedha: yaa Rabbii koo! ulfaatinni kaardittii tanaa galmeewwan kana biratti maali?! Rabbiin injifatee guddate ni jedhe: gonkumaa miidhaan sirra hin ga'u. Ni jedhe: galmeewwan gara tokko irra kaa'amee, kaardiin gara tokko irraa ka'amtee; garri galmeewwan irra jirtu salphatee, garri kaardiin irra jirtu caalee ulfaatee argame, Rabbiinis isaaf dhiise.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Guddina jecha tawhiidaa: haqaan gabbaramaan Rabbiin malee hin jiru jedhanii ragaa ba'uun qabduu fi miizaana irratti ulfaataa ta'uu isaati.
 Laa ilaaha illallaah (haqaan gabbaramaan Rabbiin malee hin jiru) arraba qofaan jechuun hin ga'u, hiikkaa isii baruuu fi akeeka isiitti hojjachuun dirqama ta'a.
 Ikhlaasni(ibaadaa Rabbiif qulqulleessuu) fi jabinni tawhiidaa badiin haqamuuf sababaadha.
 Akkaataa walcaaliinsa ikhlaasa qalbii keessa jiruun iimaannis wal caala, namni gariin jechattii kana jechuutu mala garuu immoo hanga badii isaatiin adabama.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[tirmiziif ibnu maajah odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Rabbiin jannataa fi ibidda yeroo uumetti Jibriiliin -nagaan isarra haa jiraatu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu-Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Rabbiin jannataa fi ibidda yeroo uumetti Jibriiliin -nagaan isarra haa jiraatu- gara jnnataatti ergee, akkas jedhe: gara isiitii fi gara waanan isii keessatti worra isiitiif qopheessee ilaali. isii ilaalee eegasii deebi'uun akkas jedhe: jabina keetiinan kakadha namni tokko isii dhag'ee isii seenu malee hin hafu. eegasii isitti ajajee waan jibbamaan marfamte, eegasii gara isii deemiitii isiidhaa fi gara waanan worra isiitiif isii keessatti qopheessee ilaali. gara isii ilaalee, yeroo inni argu isiin waan jibbamaan marfamtee jirti, eegasii ni jedhe: jabina keetiinan kakadha namni tokkoyyuu isii seenuu dhabuun dhugumatti sodaadhe. ni jedhe: deemi gara ibiddaa fi gara waanan worra isiitiif isii keessatti qopheessee ilaali. gara isii ilaalee yeroo jedhu isiin gariin isii garii isii yaabbata, eegasii deebi'uun akkas jedhe: jabina keetiinan kakadha namni tokkoyyuu isii hin seenu. eegasii isiitti ajajee feedhiiwwaniin marfamte, eegasii ni jedhe: gara isiitti deebi'ii isii ilaali. isii ilaalee yeroo jedhu dhugaatti fedhiiwwaniin marfamtee jirti, eegasii deebi'ee akkas jedhe: jabina keetiinan kakadha dhugaatti namni tokkoyyuu isii irraa akka hin baraaramnee fi isii seenu malee akka hin hafnen sodaadhe".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin yeroo jannataa fi ibidda uumee ka'utti, IJibiriiliin akkas akka jedhe himani: gara jannataatti deemii isii ilaaali, gara isii ilaalee eegaasii deebi'ee, Jibriil ni jedhe: Rabbii koo hoo, jabina keetiinan kakadha, namni tokko isiidhaa fi waan isii keessa jiru qananiiwwan, waan gaarii fi toltuuwwan isii irraa argee isii seenuu jaallatu malee hin dhiisu, isii seenuuf jechas hojjatu malee hin hafu. Eegasii Rabbiin waan jibbamaa fi waan ulfaataa akka waan itti ajajaman hojjachuu fi waan irraa dhoorgaman irraa fagaachuutiin jannata marse; nama isii seenuu fedhe irratti waan jibbamtuu sana darbuun dirqama ta'a. Eegasii Rabbiin ol ta'e booda waan jibbamtuun jannata marseetii ni jedhe: yaa Jibriil! gara jannataa deemii isii ilaali, Deemee gara isii ilaalee, eegasii dhufuun akkas jedhe: Rabbii koo hoo, jabina keetiinan kakadha sababa waan ulfaataa fi waan jabaataa karaa isii irra jiruuf jecha namni tokkoyyuu isii seenuu dhabuun sodaadha. Akkasumas Rabbiin yeroo ibidda uumee jedhutti, ni jedhe: yaa jibriil! deemii gara isii ilaali, innis deemee gara isii ilaale, Eegasii jibriil dhufee ni jedhe: Rabbii koo hoo!, jabina keetiinan kakadha namni tokko azaaba, rakkoowwanii fi tuttuqaawwan isii keessa jiru dhaga'ee isii seenuu jibbuun sababoowwan isiitti nama geessan irraa fagaatu malee hin hafu. Eegasii Rabbiin ibidda fedhiiwwanii fi waan mimmi'aawaan marsee  karaa isiitti geessus isiidhaan taasisee, eegasii ni jedhe: yaa Jibriil! deemii gara isii ilaali, Jibriilis deemee gara isii ilaalee, eegasii dhufee akkas jedhe: Rabbii koo hoo, jabina keetiinan kakadha dhugaan namni tokkoyyuu isii irraa bilisa akka hin baanee sodaadhee laphee baadheen jira; fedhiiwwanii fi wanti mimmi'aawoon naannawa isii waan marsaniif jecha.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Jannannii fi ibiddi amma kana jiraachuudha.
 Waan fagoo dhokataa fi hunda waan Rabbii fi Ergamaan Isaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa dhufetti amanuun dirqama ta'uu isaati.
 Barbaachisummaa waan jibbamaa irratti obsuuti, isiin karaa jannatatti nama geessu waan taateef jecha.
 Barbaachisummaa haraama irraa fagaachuuti; isiin karaa ibiddatti nama geessu waan taateef jecha.
 Jannanni waan jibbamaan, ibiddi immoo fedhiiwwaniin kan marfaman ta'uun, inni akeeka rakkinaa fi qormaata jireenya duuniyaa keessa jiruuti.
 Karaan jannataa cimaa fi ulfaataadha, iimaanaa waliin obsaa fi dadhabbiitti haajama, karaan ibiddaa immoo duuniyaa keessatti wantoota mimmi'aawoo fi fedhiiwwaniin guutamaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Hoolaa buburree fakkeeffamee duuti qabamee fidama</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Abuu Sa'iid al-khudrii irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Hoolaa buburree fakkeeffamee duuti qabamee fidama, waamaan tokko: yaa warra jannataa, jedhee waama, isaanis hiixatanii ilaalu, kana beektuu? jedhaan, isaanis eeyyeen, kun du'a jedhuun, hundi isaaniituu dhugaan isa arganiiru, eegasii yaa warra ibiddaa jechuun waama, isaanis hiixatanii ilaalu, kana beektuu? jedhaan, isaanis ni jedhu: eeyyeen, kun du'a, hundi isaaniituu dhugumaan isa arganiiru, innis(duutis) ni gorra'ama eegasii ni jedha, yaa warra jannataa yeroo hunda jiraachuudha duuti hin jiru, yaa warra ibiddaa yeroo hunda jiraachuudha duuti hin jiru, eegasii aayaa tana ni qara'an: {Haala isaan daguu keessatti ta'aniin osoo isaan hin amanin yeroo dhimmichi murtaa'u, guyyaa gaabbii san isaan sodaachisi} [suuraa maryam: 39], isaan kun daguu worra duuniyaa keessa jiru {isaan hin amananu} [suuraa maryam: 39]".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- duuti guyyaa qiyaamaa hoolaa korbeessa adii fi gurraachi isa keessa jiru fakkeeffamee akka dhufu ibsani eegasii ni waamama: yaa warra jannataa! mormawwanii fi gateettiwwa isaanii dheeressanii mataawwan isaanii ol fuudhaniii ilaalu, kana beektuu? isaaniin jedhama: isaanis ee kun du'a jedhu, hundi isaaniituu dhugaan isa arganii isa baraniiru, eegasii ammas waamaan tokko yaa warra ibiddaa jedhee waama: mormawwan isaanii fi gateettiwwan isaanii dheeressanii mataawwan isaani ol fuudhanii ilaalu, kana beektuu? jedha: ee kun du'a jedhu, hundi isaaniituu dhugaan isa arganiiru; ni gorra'ama, eegasii waamaan ni jedha: yaa warra jannataa yeroo hundaa jiraachuudha duuti hin jiru, yaa warra ibidaa yeroo hundaa jiraachuudha duuti hin jiru. sun mu'umintootaaf qananii keessa jiran irratti qananii dabalata akka ta'uu fi kaafirtootaaf immoo adabbii keessa jiran irratti adabbii dabalataa akka isaaniif ta'uufi eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni qara'ani: {Haala isaan daguu keessatti ta'aniin osoo isaan hin amanin yeroo dhimmichi murtaa'u, guyyaa gaabbii san isaan sodaachisi} guyyaa qiyaamaa warra jannataa fi ibiddaa gidduu adda baafama, hunduu gara waan isatti deebibifamee haala yeroo hunda isa keessa jiraataa ta'een seena, kan balleesse waan hin tolchiniif, kan gabaabbate toltuu waan hin dabalanneef ni gaabba.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>deebiin ilma namaa aakhiraatti jannata keessa yeroo hunda jiraachuu yookaan ibidda keessa yeroo hunda jiraachuudha.
 ulfaatina guyyaa qiyaamaa irraa haalaan sodaachisuu fi inni guyyaa gaabbii ta'uu isaa.
 gammachuun warra jannataa walitti dhaabbataa ta'uu fi gaddi warra ibiddaa walitti dhaabbataa ta'uu ibsuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Ibiddi keessan ibidda jahannam qooda torbaatama irraa qooda tokkicha</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: "Ibiddi keessan ibidda jahannam qooda torbaatama irraa qooda tokkicha", ni jedhame: yaa ergamaa Rabbii isiinuu geessuu kan taate turtee mitii. isaanis: "(ibiddi jahannam ibidda lafaa irra harka jahaatamii sagaliin caalchifamtee jirti, hundi isiituu akka gubaa ibidda lafa irraati".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ibiddi duuniyaa ibidda jahannam qooda torbaatama irraa qooda tokko akka ta'e himan, Ibiddi aakhiraa humni gubaa isii gubaa ibidda duuniyaa irra qooda jaatamii sagaliin caalti, qoodni hunda isiituu gubaa ibidda duuniyaatiin wal qixxaata. Yaa ergamaa Rabbii ibiddi duuniyaatuu nama isii keessa seenu adabuuf geessuudha jedhame, Ergamaanis ni jedhan: ibiddi jahannam ibidda duuniyaa irra qooda jaatamii sagaliin caalchifamte, hundi isiituu jabina gubaa isiitiin akka ibidda duuniyaati.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>ibidda irraa nama sodaachisuutu keessa jirra hojii gara isiitti nama geessu irraa isaan fageessuuf jecha.
 ibiddi jahannamii fi adabbiin isii guddoo ta'uu, akkasumas gubaan isiis jabaa ta'uu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaan dhugaa dubbataa dhugeeffamaa kan ta'an akkas jechuun nuuf odeessan: «uumamni tokkoo keessanii garaa haadha isaa keessatti guyyaa afurtamaa fi halkan afurtamaaf wolitti qabama</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Abdullaah bin Mas'uud irraa odeeffamee -Rabbi isa irraa haa jaallatu ni jedhe-: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaan dhugaa dubbataa dhugeeffamaa kan ta'an akkas jechuun nuuf odeessan: «uumamni tokkoo keessanii garaa haadha isaa keessatti guyyaa afurtamaa fi halkan afurtamaaf wolitti qabama, eegasii guyyootuma fakkaataa sanaa keessatti dhiiga itite ta'a, eegasii ammas guyyootuma fakkaataa sanaa keessatti foon cittuu ta'a, eegasii malaaykaan gara isaatti ergamee, jechoota afuritti ajajama, rizqii isaa, beellama du'a isaa, hojii isaa fi hoonga'aa yookaan milkaa'aa ta'uu isaa barreessa, eegasii lubbuu isatti afuufa, dhugumatti tokkoon keessan hanga isaafi jannata gidduutti dhundhuma tokko malee hin hafnetti hojii worra jannataa hojjatee, kitaabni isa irratti barreeffame isa dursuun hojii worra ibidda hojjatee ibidda seena. akkasuma dhugumatti tokkoon keessan hanga isaa fi ibidda gidduutti dhundhuma tokko malee hin hafnetti hojii worra ibiddaa hojjatee, kitaabni isa irratti barreeffame isa dursuun hojii worra jannataa hojjatee jannata seena».</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>ibnu mas'uud ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaan jecha isaanii keessatti dhugaa dubbataa fi Rabbiin ol ta'e isaan dhugoomsuun dhugeeffamaa kan ta'an nuuf himani, ni jedhan: tokkoon keessan uumamni isaa walitti qabama, sun yeroo namtichi haadha manaa isaatiin wol qunnamtii godhe sanyiin hormaata dhiiraa adda faca'e garaa dhalaa keessatti guyyaa afurtamaaf sanyii hormaataa ta'ee walitti qabama, eegasii dhiiga ititaa ta'a, inni dhiiga furdaa gogaa ta'e dha, kun kan ta'u afurtameessoo lammaaffaa keessattidha, eegasii foon citaa ta'a, isiin cittuu foonii hanga nyaatamtu tokkoodha, kun kan ta'u afurtameessoo sadaffaa keessattidha, eegasii gara isaatti malaa'ikaan ergamuun, booda afurtamni sadeessoo dhumeetiii lubbuu isatti afuufa, eegasii malaa'ikaan jechoota afur barreessuutti ajajama, isaanis: rizqii isaa, innis umurii isaa keesstii qananii irraa hanga inni argachuuf deemudha, akkasuma guyyaa du'a isaa, innis hanga inni duuniyaa keessa jiraatudha, akkasuma hojii isaa, maal inni? hoonga'aadha moo yookaan immoo milkaa'aadhaa. eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jechuun kakatani, dhugumatti tokkoon keessan hojii worra jannataa hojjata, hojiin isaas gaarii ta'a, akkas jechuun waan namootatti mul'atuun keessatti, hanga isaafi jannata gidduutti dhundhumni tokko hafutti akkasumatti itti fufa, akkas jechuun gidduu isaatii fi isiitti ga'uu gidduutti kan hafu akkuma nama dachee keessaa iddoo wohii gahuuf jecha dhundhumni tokko isaaf hafeeti, eegasii kitaabni isaa fi wanti isa irratti murtaa'e isa inifata, yeroo san hojii worra ibiddaa hojjachuun isaan isaaf xumuramee ibidda seena; ulaagaan qeebaltii hojii isaa isa irratti ragga'uu fi isa jijjiiruu dhabuudha, namni gariin immoo hanga isii seenuutti dhihaatutti hojii worra ibiddaa hojjata, akka waan isaaf ibidda gidduutti dachiin hangi dhundhuma tokkoo haftetti, kitaabnii fi wanti isa irratti murtaa'e isa injifatee hojii worra jannataa hojjachuun jannata seena.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>dhuma irratti itti galli wontootaa gara waan murtoon dursee fi waan qadaraan darbeeti.
 hojiiwwan xumara isaaniitiin madaalamu waan ta'eef hanga hojiitiin gowwoomuu irraa sodaachisuutu keessa jira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Rabbiin samiiwwanii fi dachii osoo hin uumiin woggaa kuma shantamaan duratti murtoowwan uumamtootaa barreessee jira</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Abdullaah ilma Amrii ilma Al-aas irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Rabbiin samiiwwanii fi dachii osoo hin uumiin woggaa kuma shantamaan duratti murtoowwan uumamtootaa barreessee jira, ni jedhan(Ergamaan): Arshiin Isaa bishaan gubbaadha jira".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin murtoo uumamtootaa waan argamuuf taa'u jireenya, du'a, rizqii fi wantoota kana fakkaatan kan biraa irraa adda babaasee lawhal mahfuuz(luuhii tikfamaa ta'e) irratti samiiwwanii fi dachii osoo hin uumin woggaa kuma shantamaan duratti akka barreessee jiru himan, isiin akkaataadhuma Rabbiin ol ta'e isii murteesseen argamtuudha. Wanti ta'u hundi murtoo Rabbiitii fi qadara isaatiin ta'a, Wanti gabricha tuqe isa dhabuu hin danda'u, wanti isa dhabe immoo isa tuquu hin danda'u.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Murtoo fi qadaratti amanuun dirqama ta'uu isaati.
 Qadara jechuun: Rabbiin wantootii beekuu, isii barreessuu, isii fedhuu fi isii uumuudha.
 Murtoowwan samiiwwanii fi dachiin uumamuun duratti barreefamuutti amanuun jaalalaa fi garaa guutuun waan sana fudhachuudha bu'aa buusa.
 Arshiin Rahmaan samiiwwanii fi dachiin uumamuun duratti bishaan irra tureedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>Wanti hunduu murtoon ta'a, dadhabbii fi collummaan illee yookaan collummaa fi dadhabbiin illee</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Xaawuus irraa akka odeeffametti, ni jedhe: sahaabota ergamaa Rabbii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namoottan wohii kan wonti hunduu murtoon ta'a jedhanin qaqqabe, ammas ni jedhe: Abdullaah bin umarii akkas jedhuun dhaga'e -Rabbiin isaan lameenuu irraa haa jaallatu-: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Wanti hunduu murtoon ta'a, dadhabbii fi collummaan illee yookaan collummaa fi dadhabbiin illee».</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- wanti hunduu murtoon akka ta'u ibsani; dadhabbiin illee, inni: wantooota duuniyaa fi aakhiraa keessatti waan hojjachuun isaa dirqama ta'u dhiisuu fi borun hojjadha ifataanin hojjadha osoo jedhanuu yeroo isaa irra dabarsuudha. collummaan illee, inni: wantoota duuniyaa fi aakhiraa keessatti si'aa'inaa fi collummaa qabaachuudha. Rabbiin guddaan dadhabbii, collummaa fi waan hundaa isatu murteesse, wanti tokkolleen beekumsii fi fedhiin Rabbii dursu malee uumama keeessatti argamuu hin danda'u.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Aqiidaa sahaabonni -Rabbiin isaan irraa haa jaallatu- qadara irratti qaban ibsuutu keessa jira.
 wanti hunduu murtoo Rabbiitiin ta'a dadhabbii fi si'aa'inni illee.
 hadiisa ergamaa Rabbii dabarsuu keessatti -Rabbiin rahmaataa fi nageenya isaan irratti haa buusu- mirkaneeffannaa fi of eeggannaa sahaabonni -Rabbiin isaan irraa haa jaallatu- qaban agarsiisa.
 murtoo hundatti toltuu fi hamtuu isaatti amanuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>Rabbiin garbichaaf dachii wohii keessatti du'uu isaaf yeroo murteesse gara isiitti dhimma wohii isaaf taasisa</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Maxar bin Ukaamis irraa akka odeeffametti- Rabbiin isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii ni jedhani: «Rabbiin garbichaaf dachii wohii keessatti du'uu isaaf yeroo murteesse gara isiitti dhimma wohii isaaf taasisa».</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiin garbichaaf yeroo dachii wohii kan inni isii keessa hin jirre keessatti akka du'u isaa murteesse; gara isiitti dhimma wohii isaaf taasisee jennaan gara isiitti dhufuun, lubbuun isaa isii keessatti fuudhamti.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Hadiisichi dhugeessa jecha Rabbii ol ta'eeti: {Lubbuun kamuu dachii kam keessatti akka duutu hin beektu}.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>“Namni itti yaadee ana irraati sobe ibidda keessatti teessoo isaa haa qopheeffatuu”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa laallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: “Namni itti yaadee ana irraati sobe ibidda keessatti teessoo isaa haa qopheeffatuu”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni itti yaadee isaan irratti jecha ykn gocha tokko isaanitti hirkisuun sobe/kijibe soba sanaaf jecha mindaa isaa haala ta'een isaaf teessootu ibidda keessatti jiraaf jechuudha ibsan.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabiyyii irratti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- itti yaadanii beekkan sobuun ibidda jahannam seenuuf sababa namatti ta'aadha.
 Nabiyyii irratti sobuun -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka namoota biroo irratti sobuutii miti, sababni isaas nabiyyii irratti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sobuun amantii fi addunyaa keessatti badii gurguddoo waan of keessaa qabuuf jecha.
 Osoo hubatanii gara Nabiyyitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hirkifamuun ishee sirriidha moo sirrii mitii hin mirkaneeffatin Hadiisa facaasuu irraa akeekachiisuudha.</t>
@@ -13776,531 +16045,525 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Anas bin maalik -Rabbiin isa irraa haa jaallatu- sahaabotaa nabiyyii waliin masjiida keessa taa'aa jiruu namtichi wohii gaala irra taa'ee isaanitti ol seenee gaala isaa jilbeenfachiisee eegasii akka isa hidhe dubbata eegasii isin keessaa Muhammad eenyu? jechuun isaan gaafate? nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namoota gidduutti hirkatanii jiru, nutis namticha adii hirkatee jiru kana jenneen, namtichis yaa ilma Abdul muxxalib jedheen, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- si dhaga'een jiraa, gaafadhu siifan deebisaa jedhaniin. namtichis nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusuu- akkas jedheen: ani sin gaafadha gaaffii keessattis sittin jabeessa, of keessatti homaa natti hin qabatin. akkas jechuun: natti hin dallanin dhiphinnis si hin mudatin jechuudha, eegasii isaanis waan feete irraa gaafadhu jedhaniin. innis Rabbii keetii fi Rabbii worraa siin duraatiinan si gaafadha, Rabbumatu gara namootaatti si ergee? jedheen isaanis eeyyeen Rabbiin natti haa ta'u jedhaniin, dhugummaa isaanii mirkaneessuuf jecha, namtichis ni jedheen: Rabbiinan si gaafadha, Rabbumatu guyyaa fi halkan keessatti salaata shanan akka salaannu si ajajee? isiin salaatowwan dirqamaati, isaanis ni jedhan: eeyyeen Rabbiin natti haa ta'u, ammas namtichi itti fufuun akkas jedheen: Rabbiinan si gaafadha, Rabbumatu woggaa keessatti baatii kana akka soomannu si ajajee? baatii Ramadaanaa jechuudha, isaanis eeyyeen Rabbiin natti haa ta'u jedhaniin, namtichi ammas itti fufuun akkas jedheen: Rabbumatu sadaqaa kana dureessa keenya irraa fuutee rakkataa keenyaaf qooduu si ajajee? isiin zakaadha, nabiyyiinis -Rabiin rahmataa fi nageenya isaan irratti haa buusu- eeyyeen Rabbiin natti haa ta'u jedhaniin, Dimaamis islaamummaa qeebaluun, akka hawaasa isaa gara islaamummaatti waamu nabiyyiitti -Rabiin rahmataa fi nageenya isaan irratti haa buusu- himee, eegasii dimaam bin sa'alabaa akka jedhamuu fi worra banii sa'ad bin bakir irraa akka ta'e of beeksise.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Of gadi qabuu nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa fudhanna; namtichi isaanii fi sahaabota isaanii addaan baasee beekuu waan hin dandayiniif jecha.
 akkasuma haala toluu nabiyyii fi yeroo gaafataaf deebisanu suutaan deebisuu isaanii, deebiin toluun sababaa waamichi qeebaltii argachuutiidha.
 nama tokko uumama isaa adii, diimaa, dheeraa, gabaabaa fi kanneen sana fakkaatanu kan xureessuun ittiin hin barbaadamneen beeksisuun eeyyamamaa ta'uudha, waan sana kan hin jibbine yoo ta'e.
 kaafirri haajaadhaaf masjiida seenuun eeyyamamaa ta'uudha.
 hadiisicha keessatti hajjii hin dubbanne; sababni isaas yeroo inni dhufee gaafate sanatti ammallee dirqama hin taasifamne ta'uun waan maluuf jecha.
 namoota gara islaamummaa waamuu keessatti bolola sahaabonni qabanu; akkuma islaamummaa qeebaleen hawaasa isaatiif waamicha gochuuf bolole.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan tokko dubbatanii akkas jedhani: «sun kan ta'u yeroo beekumsi baduuf dhihaatedha</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Ziyaad bin Labiid irraa akka odeeffametti -Rabbii isa irraa haa jaallatu- ni jedhe: nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan tokko dubbatanii akkas jedhani: «sun kan ta'u yeroo beekumsi baduuf dhihaatedha» yaa ergamaa Rabbii osoo nuti qur'aana qaraanee ilmaan keenya qaraasisnuu, isaanis nu boodaan hanga guyyaa qiyaamaatti ilmaan isaanii qaraasisanii beekumsi akkamitti bada? jedheen, isaanis «haati kee si dhabde yaa ziyaad jechuun!, irra hubataa worra madiinaati jedheen si ilaalan ture, kunoo yahuudonnii fi nasaaraan tawraatii fi injiiliin qara'aa hin jiranuu, garuu immoo waan isaan lamaan keessa jirutti homaa hin hojjatanu!?».</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>nabiyyiin haala sahaabota isaanii gidduu taa'aa turaniin yerocha sana kan isa keessa ilmiin namoota keessaa kaafamuu fi fuudhamu dubbatani, ziyaadi bin labiid al-ansaariin -Rabbiin isa irraa haa jaallatu- ajaa'ibsiifachuun akkas jedhee nabiyyii -Rabiin rahmataa fi nageenya isaan irratti haa buusu-, beekumsi akkamitti kaafamee nu harkaa bada? dhugaan qur'aana qaraanee qomatti isa qabannee jirra; Rabbiinan kakadha! ofiifis isa ni qaraana, dubartoota keenyaa fi ilmaan keenya, akkasumas ilmaan ilmaan keenyaas ni qaraasifna, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ajaa'ibsiifataa akkas jedhaniin: haati kee si haa dhabdu yaa ziyaad! beektota madiinaa irraan si lakkaawan turee mitii! eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jechuun isaaf ibsani: beekumsa dhabuun qur'aana dhabuunii miti; garuu beekumsa dhabuun isaatti hojjachuu dhabuuni, kunoo tawraatii fi injiil yahuudaa fi nasaaraa bira jiraa mitii; sanumaan waliin isaan hin fayyanne, ergaa isaa irraas hin fayyadamne, inni waan baratanitti hojjachuudha.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Qur'aanonnii fi kitaabonni yoo itti hin hojjanne harka namootaa jjiraachuun qofti homaa hin fayyaduudha.
 beekumsi kaafamuun wantootaan ta'a, isaan keessaa: nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- du'uu, ulmaa'onni du'uu fi beekumsaan hojjachuu dhiisuuni.
 mallattoo qiyaamaa irraa beekumsi deemuu fi itti hojjachuu dhiisuudha.
 beekumsatti hojjachuutti kakaasuutu keessa jira, dhugumatti isatu barbaachisa waan ta'eefi.</t>
   </si>
   <si>
-    <t>صحيح لغيره</t>
-[...1 lines deleted...]
-  <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
-    <t>[kanbirootiin sahiiha]</t>
-[...1 lines deleted...]
-  <si>
     <t>[ibnumaajah odeesse]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Warra kitaabaa hin dhugeessinaas hin sobsiisinaas, {Rabbii fi waan gara keenyatti buufametti amanne}</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Abuu hurayraa irraa akka odeeffametti- Rabbiin isa irraa haa jaallatu- ni jedhe: Warri kitaabaa afaan ibriyyaatiin tawraatiin qara'anii worra islaamaatiif arabiffatti hiiku turan yoo ta'u, ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buus- akkas jedhani: «Warra kitaabaa hin dhugeessinaas hin sobsiisinaas, {Rabbii fi waan gara keenyatti buufametti amanne} jedhaa, [al-baqaraa: 136]».</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan worri kitaabaa kitaabolee isaanii irraa odeessaniin gowwoomfamuu irraa ummata isaanii sodaachisani, yahuudonni yeroo nabiyyiii keessatti -Rabbiin rahmataa nageenya isaan irratti haa buusu- tawraatiin afaan ibriffaatiin qara'anii -inni afaan yahuudaati- gara arabiffaatti hiiku turani, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- worra kitaabaa hin dhugeessinaas hin sobsiisinaas jedhani, kun waan dhugaa fi soba ta'uun isaa addaan hin baafamne keessatti; sun immoo Rabbiin waan gara keenyatti buufame qur'aanatti amanuu fi kitaaba gara isaaniitti buufamettis amanuutti waan nu ajajeefi, garuu immoo sirrummaa waan isaan dubbatanuu kana dogongorummaa isaa irraa adda baasnee baruuf shari'aa keenya keessatti dhugummaa isaa sobummaa isaa irraa wanti ibsu yoo hin dhufin karaan biraa waan nuuf hin jirreefi. kanaaf of qabna, isaan hin dhugeessinu; waan isaan dabsan keessatti isaaniin waliin qooda akka hin fudhanneef jecha, akkasuma isaan hin sobsiifnu; sirriis ta'uu malee jennaan, waan Rabbiin isatti amanuu nu ajaje worra mormu irraa waan taanuuf jecha, nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas akka jennu nu ajajani: {Nuti Rabbitti amannee jirra, waan gara keenyatti buufamettis; waan gara Ibraahiim, Ismaa’iil, Isihaaq, Ya’aquubii fi Asbaaxitti buufametti (amannee jirra). Waan Muusaafi Iisaan kennamanittis. Waan nabiyyootaaf Gooftaa isaanii irraa kennamettis (amannee jirra). Isaan irraa gidduu nama tokkoos addaan hin baafnu. Nutis warra Isaaf butameedha} [Al-baqarah: 136].</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>wanti worri kitaabaa odeessan gosoota sadii: gosa qur'aanaa fi hadiisaan wal simatu sun ni dhugeeffama, gosa qur'aanaa fi hadiisa faalleessu kun dhara waan ta'eef ni kijibsiifama. gosti sadaffaan immoo wanti dhugummaa isaatii fi kijibummaa isaa mul'isu qur'aanaa fi hadiiisa keessa hin jiru; kun ni odeeffama, garuu immoo hin dhugeeffamus hin kijibsiifamus.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Beekaatti ittiin dhaaddachuuf jecha beekumsa hin baratinaa, gowwootas ittiin falmuuf jechas hin baratinaa</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Jaabir bin Abdullaah irraa akka odeeffametti -Rabbi isaan lamaan irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: «Beekaatti ittiin dhaaddachuuf jecha beekumsa hin baratinaa, gowwootas ittiin falmuuf jechas hin baratinaa, akkasumas waltajjiitti ittiin filatamuuf jechas hin baratinaa, namni sana hojjate ibiddatu isaaf jira, ibiddatu isaaf jira».</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>nabiyyiin beekaatti ittiin dhaaddachuu, isaaniin dorgomuu fi anis beekaa akka keessaniiti jedhee of mul'isuuf  jecha beekumsa, barbaaduu irraa sodaachisani, akkasuma gowwootaa fi wallaaltota ittiin falmuuf jecha yookaan immoo woltajjii irratti duree ta'ee namoota dursee dursi akka kennamuuf jecha barachuu irraa sodaachisani. namni waan sana hojjate; agarsiifannaa isaatii fi beekumsa Rabbiif barbaadamu keessatti ikhlaasa dhabuu isaatiin dhugumatti inni ibidda haqa godhataadha.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>ittiin dhaaddachuuf jecha yookaan ittiin falmuuf jecha yookaan waltajjii irratti duree ta'uuf jecha nama beekumsa barate ibiddaan dinniinuudha.
 nama beekumsa baratee barsiisuuf barbaachisummaa ikhlaasaati.
 niyyaan bu'uura hojiiti, mindaanis isii irratti hundaa'ee ta'aadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Rabbiin karaa sirriif fakkeenya godhe</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Nawwaas bin sam'aan al-ِِAnsaarii irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ergamaan Rabbii -Rabiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin karaa sirriif fakkeenya godhe, qarqara lameen karaa sanaa irratti dallaa lamaatu jira, isaan lameen keessatti ulaalee babbanamootu jiru, ulaalewwan sunneen irra girdoo gadi dhiifamteetu jira, ulaa karaa irra immoo lallabaa yaa ilma namaa, hundi keessanuu karaatti seenaa asiif achi hin jallatinaa jedhuutu jira, akkasuma karaa gara gubbaatiin immoo waamaa tokkotu jira, yeroo namni wohii ulaalewwan sunneen keessaa tokko banuu fedhetti, of eeggadhu akka isa hin banne, yoo kan isa bantu taate ni seenta jedhaan, karichi islaama, dallaan lameen immoo daangaa Rabbiiti, ulaalewwan babbanamoon immoo dhoorgaa Rabbiiti, lallabaan mataa karaa irraa sun immoo: kitaaba Rabbiiti, lallabaan karaa gara gubbaa irraa immoo: gorsaa Rabbii kan qalbii muslima hundaa keessa jiruudha».</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jechuun ifa galchan:  Rabbiin islaamaaf karaa sirrii ta'e kan jajallina hin qabne fakkeenya godhe, qarqara lameen karaa kana irra immoo, dallaa lama ykn jidaara lama kan karaa lameeniinuu itti marsee jirutu jira, isaan lameen daangaa Rabbiiti, jidaara kana lameen gidduutti immoo ulaaleewwan babbanamootu jiru isaan immoo dhoorgaa Rabiiti, ulaaleewwan sunneen irra immoo girdoowwan nama karaa irra darbutti waan isii keessa jiru hin mul'isnetu jiru, jalqaba karaa irratti immoo lallabaa akkas jechuun, osoo gara daarii fi qarqaraatti hin dabin sirriitti isa irra deemaa jedhee namoota gorsuu fi qajeelchutu jira, lallabaan kun kitaaba Rabbiiti, karaa gara gubbaatiin immoo lallabaa biraatu jira; lallabaan inni kun immoo haguma kara deemaan karicha girdoowwan ulaalewwan sunneenii irraa hanga xiqqoo banuu yaadeen, of eeggadhu isa hin banin! yoo isa kan bantu ta'e ni seenta. seenuu irraa lubbuu kee to'achuu hin dandeessu jedhee isa dhoorgutu jira, lallabaan inni kun immoo gorsaa Rabbii kan qalbii muslima hundaa keessa jirudha.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>islaamummaan isatu amantaa dhugaati, isatu dhugumatti karaa qajeelaa isa jannatatti nu geessudha.
 daangaa Rabbii fi waan inni halaalaa fi haraama taasises eeguun dirqama ta'uu isaa, sana keessatti dantaa dhabuun badii nama dhaalchisa.
 sadarkaa Qur'aanni guddaan qabuu fi isatti hojjachuutti kakaasuutu jira, qajeelinni, iftii fi milkiinis isuma keessa jira.
 badii keessatti akka hin kufneef waan isaan dhoorguu fi gorsu qalbii mu'umintootaa keessa kaa'uun rahmatummaa Rabbiin mu'umintootaaf qabu agarsiisa.
 Rabbiin tola isaatiin gabroottaniif dallaawwan badiitti kufuu irraa isaan dhoorgu taasiseef.
 karaalee ittiin waa barsiisan keessaa tokko barumsicha  dhiheessuu fi ifa galcuuf jecha fakeenya godhuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- umurii afurtamaa qur'aanni isaan irratti buufame</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa akka odeeffametti -Rabbiin isaan irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- umurii afurtamaa qur'aanni isaan irratti buufame, woggaa kudha sadi'iif makkaan turani, eegasii godaansatti ajajamanii, gara madiinaatti godaanani, woggaa kudhaniif isii keessa turani, eegasii immoo -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni du'ani.</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>ibnu abbaas -Rabbiin isaan irraa haa jaallatu- akkas jechuun hima: ergamaa Rabiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- umurii afurtamaa wahyiin isaan irratti buufame akkasumas ergamaa ta'anii ergamani, wahyiin booda woggaa kudha sadi'iif makkaan jiraatani, eegasii gara madiinaatti godaanuutti ajajamanii woggaa kudhaniif isii keessa jiraatani, eegasii umurii isaanii jaatamii sadi'itti du'ani.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>xiyyeeffannoo sahaabonni seenaa nabiyiitiif qabaniidha, Rabbiin rahmataa fi nageenya isaan irratti haa buusu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hanga {Bismillaahi al-rrahmani al-rrahiim} jechuun isaan irratti buufamutti qooddaa suuraa hin beekan turani</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa akka odeeffametti -Rabbiin isaan irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hanga {Bismillaahi al-rrahmani al-rrahiim} jechuun isaan irratti buufamutti qooddaa suuraa hin beekan turani.</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>ibnu abbaas -Rabbiin isaan irraa haa jaallatu- suuraawwan qur'aanaa akkasumaan nabiyyii irratti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka bu'aa turtee fi akkasuma qooddaa isiitii fi xumura isii illee akka isaan hin beekne ibse, akkasumas booda "bismilaahi al-rrahmaan al-rrahiim" jechuun isaan irratti buufamtee jennaan suuraan darbite xumuramuu isii fi bismillaan immoo suuraa haarawaaf jalqabbii ta'uu isii isiidhaan akka adda baafatan ibse.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>basmalaan suuraa anfaalii fi suuraa tawbaan ala suuraawwan jiran gidduu ittiin adda baafama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>tokkoon keessan yeroo gara maatii isaatti deebi'etti gaala rimaa qabdu gurguddoo gagabbattuu sadi isaan biratti argachuu ni jaallataa?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Abuu hurayraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «tokkoon keessan yeroo gara maatii isaatti deebi'etti gaala rimaa qabdu gurguddoo gagabbattuu sadi isaan biratti argachuu ni jaallataa?» nutis: eeyyeen ni jaallanna jenne. Ergamaanis ni jedhan: «Aayaa sadi kan tokkoon keessan salaata isaa keessatti qara'utu, gaala rimaa qabdu gurguddoo gagabbattuu sadi irra isaaf caala».</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mindaan Aayaa sadi salaata keessatti qara'uu; ilmi namaa mana isaa keessatti gaala rimaa gurguddoo gagabbattuu sadi argachuu irra isaaf akka caalu ibsani.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>salaata keessatti qur'aana qara'uun sadarkaa inni qabu ibsuutu keessa jira.
 hojiiwwan gaggaariin meeshaalee jireenya adduuniyaa irra kan caaltuu fi haftuuu taatedha.
 sadarkaan kun aayaa sadi qofa qara'uu irratti kan daangeffamuu miti; hanguma namni salaatu salaata isaa keessatti aayaatowwan qara'uu dabaluun mindaan isiis gaalowwan rimaa qaban lakkoofsa isii irra isaaf caala.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Abbaa Qur'aanaatiin ni jedhama: qara'i, ol ba'i, akka duuniyaa irratti qara'aa turte sanatti qara'i, qubsumni kee bakka aayaa dhuma irratti isii qaraatuutti ta'a</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Abdullaah bin amrii irraa akka odeeffametti -Rabbiin isaan irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Abbaa Qur'aanaatiin ni jedhama: qara'i, ol ba'i, akka duuniyaa irratti qara'aa turte sanatti qara'i, qubsumni kee bakka aayaa dhuma irratti isii qaraatuutti ta'a».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama qur'aana qara'u, kan waan isa keessa jirutti hojjatu, kan isa qara'uu fi qomatti isa haffazuun yeroo mara isaan woliin jiruun yeroo jannata seenetti akkas akka jedhamuun himani: qur'aana qara'i, isaan darajaa jannataa keessa ol ba'i, akkasuma akkuma duuniyaa keessatti isa qara'aa turtetti suutaa fi tasgabbiin isa qara'i, qubsumni kee bakka aayaa dhuma irratti isii qaraatuutti ta'a.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>mindaan kan ta'u hangaa fi akkaataa hojiitiini.
 qur'aana qara'uu, isa tolchuu, qomatti isa qabachuu, isa xiinxaluu fi isatti hojjachuutti kakaasuutu keessa jira.
 jannanni qubsumaa fi sadarkaawwan hedduu qabdi, worri qur'aanaa isii keessaa irra olaantuu sadarkaa argata.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[abuu daawud, tirmizii, nasa'iin kubraa keessatti,ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>namni dhageessisee qur'aana qara'u akkuma nama sadaqaa mul'isee keennuuti, akkasumas namni sagalee gadi qabee qur'aana qara'u akkuma nama sadaqaa gadi qabee kennuuti</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Uqbaa bin Aamir al-juhanii irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «namni dhageessisee qur'aana qara'u akkuma nama sadaqaa mul'isee keennuuti, akkasumas namni sagalee gadi qabee qur'aana qara'u akkuma nama sadaqaa gadi qabee kennuuti».</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni dhageessisee qur'aana qara'u akkuma nama mul'isee sadaqaa kennuu akka ta'e,  akkasumas namni gadi qabee qur'aana qara'u akkuma nama dhoksee sadaqaa kennuu akka ta'e ibsani.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>akkuma sadaqaa dhoksanii kennuun irra caalaaa ta'etti, qur'aana dhoksanii qara'uunis irra caalaadha, iklaasni waan isa keessa jiruu fi agarsiifannaa fi of dinqisiifachuu irraa fagaachuun waan isa keessa jiruuf jecha, sagalee ol qabanii qara'uutti haajaan yoo nama waamte malee, akka qur'aana barsiisuufaa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Rabbiin sodaadhaa, (namni isinirratti moohe) gabricha habashallee osoo tahee dhagayuu fi ajajamuufii qabdan, Ana boodaa waldhabdee jabaadha arguuf teessanii,  Sunnaa kiyyaa fi Sunnaa Khaliifota kiyya kan qajeeloo qajeelfamoo ta'anii qabadhaa</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>Irbaad bin Saariyaa irraa odeeffamee -Rabbi isa irraa haa jaallatu- akkas jedhe:- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafa tokko nu gidduu dhaabbatanii gorsa jabaa qalbiin irraa sodaattee ijji irraa imimmaan dhangalaafte nu gorsan, eegasii ni jedhame: yaa ergamaa Rabbii gorsa nama nagaa namatti dhaammatuu nu gorsitanii, nuu dhaamaa, isaanis ni jedhan: "Rabbiin sodaadhaa, (namni isinirratti moohe) gabricha habashallee osoo tahee dhagayuu fi ajajamuufii qabdan, Ana boodaa waldhabdee jabaadha arguuf teessanii,  Sunnaa kiyyaa fi Sunnaa Khaliifota kiyya kan qajeeloo qajeelfamoo ta'anii qabadhaa, ilkaan a'ootiin isirratti ciniinaa, wantoota haaraa bid'aa ta'an irraa fagaadhaa, hundummaan bid'aatuu jal’ina waan ta’eef".</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sahaaboota isaanii gorsa jabaa qalbiin irraa sodaatte, kan ijji irraa imimmaan dhangalaafte gorsanii jennaan, Isaanis akkana jedhaniin: Yaa Ergamaa Rabbii gorsi kun gorsa dhaammataati fakkaata, gorsicha keessatti jabeessuu isaanii waan arganiif akkas jedhaniin, kanaafuu dhaamsa booda isaanitii isa qabatanii irra jiraatan isaan irraa barbaadan, Isaanis akkana jedhan: dirqamoota raawwachuu fi dhoorgaalee dhiisuun Rabbii ol ta'e sodaachun isinii dhaama, Akkasumas hooggantootaaf dhagayuu fi ajajamuudhaan isinii dhaama, osoo gabrichi wahii isinirratti moohellee, kana jechuunis uumama keessaa inni gadi aanaan bulchaa keessan ta’ellee hin didinaa isa tole jedhaa, fitnaan faca'uu soodaaf jecha, isin keessaa namni jiraate waldhabdee hedduudha arguuf taa'a. Eegasii karaa waldhabdee kana irraa ittiin bahan isaanii ibsan, sun sunnaa isaaniitii fi sunnaa qajeeloo fi qajeelfamoo booda isaanitii ta'an kan akka Abuu Bakr alssiddiiq, Umar bin Al-khaxxaab, Usmaan bin Affaani fi Aliyyi bin Abii Xaalib qabachuudhaani, Rabbiin isaan hunda irraa haa jaallatu, akkasumas a'oo xumura ilkaanitti jiruun irratti ciniinuudhaani, kana jechuun sunnaa qabatanii itti hojjachuu keessatti cimuudha baana, Wantoota bid'aa ta'an kan guyyaa keessaa amantii keessatti argamsiifaman irraa isaan akeekkachiisan, hundummaan bid'aa jal'ina waan ta'eef jecha.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Barbaachisummaa Sunnaa qabachuu fi ishee hordofuuti.
 Gorsaa fi waan kheyrii himuun qalbii laaffisuuf xiyyooffannoo kennuudha.
 Booda isaanitii khaliifota afran qajeeloo fi qajeelfamoo ta'an kan Abuu Bakr, Umar, Usmaani fi Aliyyii -Rabbii isaan irraa haa jaallatu- hordofutti ajajuudha.
 Amantii keessatti waan hin jirre galchuu irraa dhoorguu fi hundummaan bid'aa jal'ina ta'uu ibsuudha.
 Bulchaa mu'uminootaaf yoo inni dilitti nama hin ajajin dhagayuu fi tole jechuudha.
 Yeroo fi haala hunda keessatti Rabbiin sodaachuun barbaachisaa ta'uudha.
 Waldhabdeen ummata kana keessatti argamaadha, yeroo inni argametti immoo gara Sunnaa Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkasumas gara sunnaa Khaliifotaa  qajeeloo ta'anii deebi’uun dirqama ta'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>Ergamaa Rabbii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- aayatoota kudhan kan qara'an turani, hanga beekumsaa fi hojii waan isii keessa jiru baranutti barumsa kurnan biroo hin fudhatanu ture</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Abuu Abdurrahmaan al-sulamii irra akka odeeffametti- Rabbii isaa haa mararfatu- ni jedhe: Worroonni qur'aana nu qaraasisaa turan waan sahaabota Nabiyyii irraa nutti himani -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaan Ergamaa Rabbii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- aayatoota kudhan kan qara'an turani, hanga beekumsaa fi hojii waan isii keessa jiru baranutti barumsa kurnan biroo hin fudhatanu ture, akkasitti beekumsaa fi hojiis waliin baranne jedhani.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>sahaabonni -Rabbiin isaan irraa haa jaallatu- qur'aana irraa aayatoota kudhan Nabiyyii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- qara'u turani, hanga beekumsa waan aayatootaa kurnan kana keessa jiru baratanii itti hojjatanitti kan birootti hin darbanu ture, akkasitti beekumsaa fi hojiis waliin baratan.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>sadarkaa sahaabonni qabanuu fi bolola isaan qur'aana barachuuf qabaniidha, Rabbiin isaan irraa haa jaallatu.
 qur'aana barachuun isa qara'uu fi qomatti isa qabachuu qofaan osoo hin taane isa baruu fi waan isa keessa jirutti hojjachuun ta'aadha.
 beekumsi jechaa fi gocha dursa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>yaa abal munzir, kitaaba Rabbii keessaa aayaa si bira jirtu kamtu irra guddoo akka taate beektaa?» ni jedhe: akkanan jedhe: {ALLAAHU LAA ILAAHA ILLAA HUWA AL-HAYYU AL-QAYYUUM} [Al-baqaraa: 255], ni jedhe: ergamaanis qoma koo keessa rukutuun akkas jedhani: «Rabbiinan kakadha beekumsi si haa gammachiisu yaa abal munzir</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Ubayyi bin ka'ab irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Yaa abal munzir, kitaaba Rabbii keessaa aayaa si bira jirtu kamtu irra guddoo akka taate beektaa? Rabbumaa fi ergamaa isaatu beekan jedhe. ergamaanis ni jedhani: «yaa abal munzir, kitaaba Rabbii keessaa aayaa si bira jirtu kamtu irra guddoo akka taate beektaa?» ni jedhe: akkanan jedhe: {ALLAAHU LAA ILAAHA ILLAA HUWA AL-HAYYU AL-QAYYUUM} [Al-baqaraa: 255], ni jedhe: ergamaanis qoma koo keessa rukutuun akkas jedhani: «Rabbiinan kakadha beekumsi si haa gammachiisu yaa abal munzir».</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kitaaba Rabbii keessaa aayaa irra guddoo taate irraa ubayyi bin ka'abiin gaafatanii jennaan, deebii keessa qaqqabate, eegasii isiin aayat al-kursiyyiidha: {ALLAAHU LAA ILAAHA ILLAA HUWA AL-HAYYU AL-QAYYUUM} jedhe, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isa deeggaranii, beekumsaa fi hayyummaan guutamuu isaatti akeekuuf jecha qoma isaa keessa rukutani, beekumsa kanaan akka gammaduu fi akka isaaf laaffifamutti du'aa'iis godhaniif.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>sadarkaa guddoo ubayyi bin ka'ab qabuudha -Rabbiin isa irraa haa jaallatu-
 aayat al-kursiyyiin kitaaba Rabbii keessatti irra guddoo aayataati, qomatti isii qabachuu, hiikkaa isii xiinxaluu fi isiitti hojjachuutu barbaachisa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- halkan hundaa yeroo gara firaasha isaanitti bahanitti ganaa isaanii lameen walitti qabanii, eegasii isaan keessatti tuttufuun: {Qul huwa allaahu ahad}, {qul a'uuzu birabbi al-falaq} fi {qul a'uuzu birabbinnaas} isaan keessatti qara'anii</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Aa'ishaa irraa odeeffame -Rabbiin isii irraa haa jaallatu-: Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- halkan hundaa yeroo gara firaasha isaanitti bahanitti ganaa isaanii lameen walitti qabanii, eegasii isaan keessatti tuttufuun: {Qul huwa allaahu ahad}, {qul a'uuzu birabbi al-falaq} fi {qul a'uuzu birabbinnaas} isaan keessatti qara'anii eegasii qaama isaanii irraa bakka danda'an isaan haxaawan ture, mataa isaanii, fuula isaanii fi qaama isaanii gara fuulduraa irraa eegalu, yeroo sadii waan sana hojjatu.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>karaa isaanii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hirribaaf jecha yeroo firaasha isaaniitti bahanitti ganaa isaani lameen walitti qabanii ol fuudhuun -akka namni Rabbiin kadhatu ol fuudhutti-  gorora xiqqoo waliin afaan isaanii keessaa afuuffaa xiqqoo isatti afuufuun suuraa sadeen: {qul huwallaahu ahad} {qul a'uuzu birabbi al-falaq} fi {qul a'uuzu birabbinnaas}, eegasii ganaa isaanii lameeniin mataa isaanii, fuula isaanii fi qaama isaanii gama fuulduraa irraa eeegaluun qaama isaanii irraa hanga danda'an haxaawu, yeroo sadi irra deddeebi'uun akkas godhu.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>hirribaan duratti suuraa ikhlaasii fi qul a'uuzuu lameen qara'uun isaaniin tuttufuun jallatamaa ta'uu isaa, qaama isaa irraa hanga danda'e haxaa'uu waliin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Yahuudoonni dheekkamsa Rabbii jala galanii jiru, Kiristaanonni immoo jallatoodha</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>Adiyyi bin Haatim irraa odeeffamee, Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: "Yahuudoonni dheekkamsa Rabbii jala galanii jiru, Kiristaanonni immoo jallatoodha".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Nbiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yahuudonni ummata Rabbiin itti dallane ta’uudha himan; Sababni isaas waan isaan dhugaa beekanii itti hin hojjatiniif jecha. Kiristaanonni immoo ummata karaa haqaa irraa maqan ta'uudha himan; sababni isaas beekumsa malee waan hojjataniif jecha.
 ​</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Gidduu beekumsaa fi dalagaa walitti qabaachuun karaa warra irratti dallanameeti fi karaa warra karaa haqa irraa maqanii irraa nagaa nama baasaadha.
 Karaa yahuudaa fi Kiristaanotaa irraa akeekkachiisuudha, akkasumas karaa qajeelaa Islaamummaa irratti cichuun barbaachisaa akka ta'eedha.
 Hundummaan Yahuudotaa fi kiristaanotaa jallatoo fi irratti dallanamoo yoo ta’an, garuu ibsi adda ta’e Yahuudootaaf  dallansuudha, ibsi adda ta’e kiristaanotaaf immoo jal'ina. 
 ​</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65061</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>yeroo worra isa irraa waan wol fakkaate hordofu agarte isaani worri Rabbiin jedhe, isaan irraa of eeggadhaa</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>Aa'ishaa irraa akka odeeffametti -Rabbiin isii irraa haa jaallatu- ni jette: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- aayatattii suuraa aala-imraan keessaa akkas jettu {inni isa sirratti kitaaba buuse isa irraa keeyyata ifaatu jira, isaan bu'uura kitaabaati, kan biraa immmoo wol fakkaattuudha, worri onnee isaanii keessa jallinni jiru fitnaa barbaachaa fi hiika isaa isa dhokataa barbaachaaf jecha isa wol fakkaataa hordofu, hiika isaa isa dhokataa Rabbiin malee homtuu hin beeku, worri beekumsa keessa fagaatan immoo "hunduu Rabbii keenya biraayyi itti amanne" jedhu, worra sammuu qabu malee namni biraa hin gorfamu} [suuraa aala-imraan: 7]. Aa'ishaanis akkas jette: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- itti fufuun akkas jedhani: «yeroo worra isa irraa waan wol fakkaate hordofu agarte isaani worri Rabbiin jedhe, isaan irraa of eeggadhaa».</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- aayatattii akkas jettu: {{inni isa sirratti kitaaba buuse isa irraa keeyyata ifaatu jira, isaan bu'uura kitaabaati, kan biraa immmoo wol fakkaattuudha, worri onnee isaanii keessa jallinni jiru fitnaa barbaachaa fi hiika isaa isa dhokataa barbaachaaf jecha isa wol fakkaataa hordofu, hiika isaa isa dhokataa Rabbiin malee homtuu hin beeku, worri beekumsa keessa fagaatan immoo "hunduu Rabbii keenya biraayyi itti amanne" jedhu, worra sammuu qabu malee namni biraa hin gorfamu} kana qara'an, isii keessatti qur'aana nabiyyii irratti kan buuse isa ta'uu Rabbiin ol ta'e hime, isa irraa aayatoota ergaan isii ifa taatetu jira, murtoon isii beekamtuu wol fakkaatinsi isii keessa hin jirredha, isiitu bu'uura kitaabaa fi wobii isaati, bakka wol dhabbiitti isiitu wobiidha, isa irraa immoo aayattoota biroo hiikkaa tokkoo ol qabaachuu malantu jiru, hikkaan isii namoota gariitti wol fakkaata, yookaan immoo isiidhaaf aayata biroo gidduutti wol fallessuutu jira se'a, eegasii Rabbiin aayatoota kanneen wojjiin akkaataa namoonni ta'an ibse, worri qalbii isaanii keessa haqa irraa jallachuun jiru waan ifa ta'e dhiisanii, waan namatti wol fakkaatu qabatan, sanaan shakkii kakaasuu fi Namoota dogoggorsuuf barbaadu, akkasumas akka fedhii isaanii wajjiin walsimututti lsii hiikuu barbaadu, Warri beekumsaan jabaatan immoo waan wal fakkaataa ta'e kana beekanii, isa gara waan ifa ta'etti deebisu, inni Rabbii ol ta'e biraa akka ta'es ni amanu, shakkii uumu fi wal faallessuu hin danda'u, garuu warra sammuu fayaa qaban malee sanaan hin gorfamu. Ergasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haadha mu'umintootaa Aa'ishaan -Rabbiin isii irraa haa jaallatu- akkana jedhani: yeroo warra waan wal fakkaate hordofan argite, isaani warri Rabbiin isaan worri Rabbiin akana jechuun isaan dubbatee: {Warri qalbii isaanii keessatti jallinni jiru} isaan irraa of eeggadhaa irraa hin dhaggeeffatinaa.</t>
   </si>
@@ -14308,1200 +16571,1467 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>aayatoota qur'aanaa irraa kan ifaa ta'an: waan ergaan isiitii fi hiikkaan isii ifa galedha, walfakkaataan immoo: kan hikkaa tokkoo oliif malu kan gadi ilaaluu fi hubachuu barbaadudha.
 worra jallinaa, worra bida'aa fi worra nama jallisuu fi shakkii keessa isaan buusuuf jecha gaaffii kaasaniin wolitti makamuu irraa sodaachisuutu keessa jira.
 aayaticha jecha Rabbii ol ta'ee: {worra sammuu qabu malee namni biroo hin gorfamu} jedhuun xumuruu keessa: worra jallinaa mormuu fi worraa beekumsa keessa gadi fagaatan faarsuutu keessa jira, akkas jechuun: namni hin gorfamne, kan fedhii isaa hordofe inni worra sammuu qabu irraa miti jechuudha.
 wol fakkaataa hordofuun jallinaaf sababa ta'a.
 aayattoota wal fakkkaatoo ta'an kan hiikkaan isii hubatamuu dhabuu maltu gara aayattoota iftuu taateetti deebisuun dirqama ta'uu isaa.
 Rabbiin -inni qulqullaa'e- garii qur'aanaa ifa garii immoo wol fakkaataa taasise, ittiin nama qoree akka worri iimaanaa worra jallinaa irraa ittiin adda ba'anuuf jecha.
 wol fakkaataan qur'aana keessatti argamuu keessa: sadarkaa beektonni namoota kaan irra qaban muldhisuudha, akkasumas yaadni sammuu gabaabaa ta'uu isaa beeksisuudha; dadhabiinsa isii of irratti ragaa baatee tolchaa isiitti harka akka kennituuf jecha.
 beekumsa keessatti gadi fagaachuu fi isa keessatti ragga'uun sadarkaa inni qabuudha.
 hayyotni qur'aana hiikan jecha Rabbii { وما يعلم تأويله إلا الله والراسخون في العلم }{ hiikkaa isaa isa dhokataa Rabbiin malee hin beeku worri beekumsa keessa gadi fagaatani} jedhu irratti yaada lama qabani: worri jecha "Allaah" jedhu irratti dhaabbate, hiikkaa kan jedhu kan itti fedhame, maalummaa dhugaa waan tokkoo kallattii hundaan isa baruuf karaan kan itti hin jirre, akka dubbii lubbuu fi yeroo qiyaamaan itti dhaabbattuu kanneen Rabbiin beekumsa isaa of qofaaf taasise jechuu ta'a, worri beekumsa keessa gadi fagaatani itti amananii maalummaa isaa isa dhugaa Rabbitti hirkisuun isaaf qeebalanii ofiifis jallina irraa najaa ba'ani, worri jecha Rabbii "Allaah" jedhu irratti dhaabbachuu dhiisee kan isa boodaan jiruun wolitti fufee qara'e immoo, hiikkaa isaatti kan fedhame tafsiiraa fi ifa isa galchuu ta'a, akkaataa kanaan Rabbii fi worri beekumsa keessa gadi fagaatanis hiikkaa isaa ni beeku jechuu ta'a, isiitti amananii gara isii ifa taateetti deebisu jechuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65062</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>Namni tokko dilii hojjetee, eegasii ka’ee wuduu'a godhatee, eegasii salaatee, eegasii Rabbiin irraa araaama barbaadee jennaan, Rabbiin isaaf araaramu malee hin hafu</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>Aliyyi irraa odeeffamee akkana jedhe: Ani naman yeroo Ergamaa Rabbii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hadiisa tokko dhagaye Rabbiin isaan waan na fayyaduu fedhe na fayyadun ture, Sahaabota isaanii irraa yeroo namni tokko waa naa odeesse naa kakachuun irraa barbaada, yoo naa kakate isa nan dhugoomsa, dhugumatti Abuu Bakir naaf odeesse, Abuu Bakir dhugaadha dubbate, akkana jedhe: Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kan akkas jedhuun dhagaye: "Namni tokko dilii hojjetee, eegasii ka’ee wuduu'a godhatee, eegasii salaatee, eegasii Rabbiin irraa araaama barbaadee jennaan, Rabbiin isaaf araaramu malee hin hafu, eegasii Aayaa tana qara'an:  {Isaan warra yeroo waan fokkataa hojjatan yookaan lubbuulee ofii miidhan Rabbiin yaadatanii, badiilee isaanitiif araarama kadhataniidha} [Aali imraan: 135].</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gabrichi tokko yoo dilii hojjatee, wuduu’a tolchee godhatee, eegasii ka'ee niyyaa badii isaa kana irraa towbachuutiin rak'aa lama salaatee, eegasii Rabbiin araarama kadhatee, Rabbiin isaaf dhiisa jechuudha himan. Eegasii Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jecha Rabbii ol ta’ee kana qara'an: {Isaan warra yeroo waan fokkataa hojjatan yookiin lubbuulee isaanii miidhan Rabbiin yaadatanii, badiilee isaaniitiif araarama kadhatanii, Rabbiin malee kan badii araaramu hin jiru, haala badii ta’uu isaa beekaniin waan hojjatan irra hin turreedha} [Aali Imraan: 135].</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Booda badiitii Salaatanii eegasii araarama kadhachuu irratti kakaasuudha.
 Bal'ina araarama Rabbii ol ta'eetii fi towbaa fi araarama nama Isa kadhatee qeebaluu Isaatiidha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65063</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Inni duuniyaa keessatti miila lameeniin isa deemsise guyyaa qiyaamaatti fuula isaatiin isa deemsisuu irratti dandeettii hin qabuu?</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>qataadaa irraa akka odeeffametti -Rabbi isaaf haa araaramu- ni jedhe: Anas ibnu maalik akka nuuf odeessetti -Rabbiin isa irraa haa jaallatu- namtichi tokko akkana jedhe: yaa nabiyyii Rabbii! kaafirri akkamitti fuula isaatiin kaafama?, nabiyyiinis ni jedhani: «Inni duuniyaa keessatti miila lameeniin isa deemsise guyyaa qiyaamaatti fuula isaatiin isa deemsisuu irratti dandeettii hin qabuu?» qatadaanis ni jedhe: guddinni Rabbii keenyaa natti haa ta'u lakki dandeettii qaba.</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kaafirri guyyaa qiyaamaa fuula isaatiin akkamitti kaafama?! jechuu irraa gaafatamanii, akkas jechuun deebisani:  inni duuniyaa keessatti miila lamaan irratti isa deemsise guyyaa qiyaamaa fuula isaatiin isa deemsisuu irratti dandeettii hin qabuu?! Rabbiin waan hunda irratti danda'aadha.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>fuula isaatiin deemuun xiqqeenya kaafirri guyyaa qiyaamaatti xiqqaatu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>laa ilaaha illallaah jedhi, guyyaa qiyaamaatti isiidhanin ragaa siif ba'aatii</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- abbeeraa isaaniitiin ni jedhani: «laa ilaaha illallaah jedhi, guyyaa qiyaamaatti isiidhanin ragaa siif ba'aatii», innis ni jedhe: obsa dhabuutu amantaa isa jijjiirsise jettee osoo qurayshiin ittiin na arrabsuu baattee, silaa ittiin ija kee gammadhiisa ture. eegasii Rabbiin akkana jechuu buuse: {ati nama feete hin qajeelchitu garuu Rabbiitu nama fedhe qajeelcha} [al-qasas:56].</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- abbeeraa isaanii abii xaalib yeroo inni machii du'aa keessa jirutti laa ilaaha illallaah akka jedhu isa irraa barbaadani, guyyaa qiyaamaa isiidhaan magantaa akka isaaf dhaabbatanii fi islaamummaan akka ragaa isaaf ba'aniif jecha, garuu inni qurayshiin isa arrabsuu sodaaf jecha shahaadaa jechuu dide. sodaa du'aatii fi dadhabbiif jecha islaamummaa fudhate isaan jedhuuf! eegasii inni nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhe: osoo sana sodaan hin jirree silaa shahaadaa jedheen gammachuu qalbii kee seensisan ture. akkasumas hanga ati jaallatutti yaada kees siifanin guuta ture! eegasii Rabbiin ol ta'e aayaa isii nabiyiin -Rabiin rahmataa fi nageenya isaan irratti haa buusu- islaamummaatti qajeeluma waffaquu of harkaa hin qabanu jechuu akeektu buuse. Rabbuma qofatu nama fedhe waffaqa. nabiyyiin immoo -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akeekuu, ibsuu, qajeelfama kennuu fi gara karaa sirriitti waamuu qofaan ummata qajeelchu dandaa'u.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>haqni haasawa namootaa sodaaf jecha hin dhiifamu.
 Nabiyyiin -Rabiin rahmataa fi nageenya isaan irratti haa buusu- qajeelcha akeekaa fi qajeelfama kennuu qofa of harkaa qaban malee qajeelluma waffaquu of harkaa hin qaban.
 gara islaamummaatti isa waamuuf jecha kaafira dhukkubsatu ziyaaruun eeyyamamaa ta'uu isaa.
 haala kamuu keessatti bolola nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gama Rabbiitti waamuuf qabanu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>Dhugumatti Inni ati jettuu fi itti waamtu kun gaariidha, Waan hojjenne kanaaf araarri jiraachuu osoo nutti himtee</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffamee, Rabbiin isaan lamaan irraa haa jaallatu: Namoonni warra shirkii irraa ta'an tokko, dhugumatti kan ajjeesanii ajjeechaa baay'isanii fi heddumminaan kan zinaa raawwatan ta'an, sana booda gara Nabi Muhaammad -nagaa fi rahmanni irra haa jiraatu- dhufanii akkas jedhaniin: Dhugumatti Inni ati jettuu fi itti waamtu kun gaariidha, Waan hojjenne kanaaf araarri jiraachuu osoo nutti himtee, Aayaan Qur'aanaa tun ni buute: {(gabroonni Rabbii ammas) Warra Rabbiin wajjin gabbaramaa biraa hin waamanne, akkasumas warra lubbuu Rabbiin ajjeechaa isii haraama taasise haqaan maletti hin ajjeesne fi warra sagaagalummaa hin raawwanneedha} [Furqaan: 68], Aayaan biraas ni buute: {Jedhi: Yaa gabroota kiyya kan ofirratti daangaa dabritan, rahmata Rabbi irraa abdii hin kutatinaa} [Zumar: 53]</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Namoonni mushrika ta'an tokko gara Nabiyyitti -nagaa fi rahmanni irratti haa jiraatu- ni dhufan, isaan kun Ajjeechaa fi sagaagalummaa baay'inaan dhugumatti kan raawwatan turan, Nabiyyichaan akkana jedhan:- Wanti ati Islaamummaa fi barsiisa isaa irraa gara isatti waamtu waan gaariidha, garuu haalli keenya fi shirkii fi diliiwwan gurguddaa irraa wanni nuti isa keessatti kufne maal fakkaata, araara ni qabaa?
 Egaa keeyyattoonni lamaan kan bu'an yoo ta’u, Rabbiin cubbuun baay’ee fi guddaa ta’us namoota irraa towbaa ni qeebala. Osoo sun ta’uu baatee silaa namoonni kufrii fi jallina isaanii itti fufanii amantii kanas hin seenan ture.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>Sadarkaa fi guddina Islaamummaan qabuudha, akkasumas inni diliiwwan irraa waan isa dura dabre akka diiguudha.
 Rahmanni Rabbiin gabroota isaatif godhu bal'aa ta'uudha, akkasumas araaramnii fi dhiifamni Inni isaanif godhu bal'aa ta'uudha.
 Shirkii, lubbuu haqaan maletti ajjeesuu fi sagaggaalummaa haraama taasisuudha, akkasumas warra cubbuu kana hojjatan doorsisuu of keessaa akka qabuudha.
 Towbaan dhugaa tan ikhlaasa fi hojii gaarii of keessaa qabdu Rabbii ol ta'etti kafaruu dabalatee dilii gurguddaa hunda akka haqxuudha.
 Rahmata Rabbii irraa abdii kutachuun haraama ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>Gara isaa deebi'ii akkana jedhiin: "Ati warra ibiddaa irraayii miti, garuu ati warra jannataa irraayi</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Anas bin Maalik irraa odeeffamee, Rabbiin irraa haa jaalatu: Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- Saabit bin Qeysii dhabanii, namichi tokko akkana jedhe: Yaa Ergamaa Rabbii ani bakka inni  jiru nan beeka, gara isaas dhufee mana isaa keessa mataa isaa gadi qabatee kan taa'u argee akkana jedheen: Maaltu si mudate? innis ni jedhe: Hamtuudha, sababni isaas isaatu -of baanee- sagalee isaa kan Rasuulaa irra kan ol kaasu waan ta'eef jecha, kanaafuu hojiin isaa jalaa badee jira waan ta'eef inni warra ibiddaa irraayi. Eegasii namichi dhufee inni akkanaa fi akkas akka jedhe isaanitti hime.Yeroo itti aanutti oduu gammachiisaa qabatee deebi'e, akkas jedhaniin: "Gara isaa deebi'ii akkana jedhiin: "Ati warra ibiddaa irraayii miti, garuu ati warra jannataa irraayi".</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- Saabit bin Qeysii  -Rabbiin irraa haa jaalatu- dhabanii, waa'ee isaa gaafatanii jennaan, namichi tokko akkana jedhe: oduu isaa anaatu isiniif qaba, maalif akka badees, gara isaas deemee kan gaddee, mataa isaa gadi qabatee mana isaa keessa kan taa'u argee, akkana jedhe isa gaafate: maal taate? Saabitis hamtuu irraa waan isatti jiru itti hime; Sababni isaas isaatu sagalee isaa sagalee Nabiyyii -nagaa fi rahmanni irra haa jiraatu- olitti kan ol kaasu waan ta'eef jecha, Rabbiin ammoo nama akkas godhe hojiin isaa akka jalaa badu dhugumatti dubbateera, inni warra ibiddaa irraayi!
 Namichis gara Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- deebi'ee waa'ee isaa itti hime, Nabiyyichis -nagaa fi rahmanni irra haa jiraatu- gara Saabititti deebi'ee inni warra ibiddaa irraa osoo hin taane warra jannataa irraayi jechuun akka isa gammachiisu ajajani, sababni isaas sagaleen isaa uumamatti ol ka'aa waan ta'ee jecha, akkasumas inni khaxiiba Rasuula Rabbii -nagaa fi rahmanni irra haa jiraatu- fi khaxiiba warra Ansaaraa waan ta'eef jecha.</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Sadarkaa Saabit bin Qeysii fi inni warra jannataa irraa akka ta'e ibsuudha Rabbiin irraa haa jaallatu.
 Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sahaabota isaanii kan itti yaadda'anii fi kan tottoo'atan ta'uudha.
 Hojiileen isaanii jalaa baduu irraa Sodaa Sahaabonni qabaniidha, Rabbiin isaan irraa haa jaallatu.
 Bara jireenya isaanii keessatti haasaa Nabiyiii -nagaa fi rahmanni waaliin taasisan keessatti naamusa qabaachuun dirqama ta'uudha, eega isaan du'anii ammoo yeroo sunnaa isaanii dhaga'an keessatti sagalee gadi qabachuun dirqama akka ta'eedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>Yaa Ilmaan namaa! Rabbiin ba’aa wallaalummaa fi abbaa ofiitin of tuuluu isin irraa buqqiseera</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffame Rabbiin isaan lamaan irraa haa jaalatu: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- guyyaa injifannoo Makkaa ummata gorsanii akkas jedhan: "Yaa Ilmaan namaa! Rabbiin ba’aa wallaalummaa fi abbaa ofiitin of tuuluu isin irraa buqqiseera. Namoonni bakka lamatti qoodamu: Nama Qajeelaa Rabbiin sodaatu kan Rabbiin biratti kabaja qabuudha, kaan ammoo Nama gadhee jallaa Rabbiin biratti xiqqaataadha. Namoonni ilmaan Aadami, Aadam ammoo Rabbiitu biyyee irraa isa uume, Rabbiin akkas jedhe: {Yaa Ilmaan namaa! Nuti dhiiraa fi dubartii irraa isin uumne, akka isin wal beektaniif jecha sabootaa fi gosoota isin taasifne, Rabbiin biratti irra kabajamaan keessan irra Rabbiin sodaataa keessani, Rabbiin beekaa keessaa hubataadha} [Al-Hujuraati: 13].</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- guyyaa injifannoo Makkaa ummata gorsanii akkana jedhan: Yaa ilmaan namaa! Rabbiin dhugumatti boona fi of tuulummaa bara awaamummaa fi abbootin of dhaaduu isin irraa buqqiseera, namoonni gosa lama qabu:
 Nama Mu'umina qajeelaa Rabbiin sodaatu kan Rabbiin gabbaru,  inni kun Rabbii guddaan biratti nama kabajamaadha, osoo namoota gidduutti nama sadarkaa qabu ykn hidda dhaloota kabajamaa qabu hin ta'inillee.
 Yookiin immoo kaafira safuu hin qabne kan jallaa ta'eedha, inni kun ammoo Rabbiin duratti xiqqaataa gadi galoo, sadarkaa hin qabneedha, osoo nama sadarkaa, kabajaa fi aangoo qabullee ta'ee.
 Namoonni hundinuu Ilmaan Aadam yoo ta’an, Rabbiin ammoo Aadamiin biyyee irraa uume, Namni ka’umsi isaa biyyee irraa ta’e of tuuluun of dinqisiifachuun sirrii miti. Ragaan dubbii kanaa jecha Rabbii guddaati: {Yaa Ilmaan namaa! dhiiraa fi dubartii irraa isin uumne, akka isin wal beektaniif jecha sabootaa fi gosoota isin goone, Dhugumatti Rabbiin biratti irra kabajamaan keessan irra Rabbiin sodaataa keessani. Rabbiin Beekaa keessa hubataadha} [Al-Hujuraat: 13].</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Hidda dhalootaa fi sadarkaa irra jiraniin of jajuun dhorgaa ta'uudha.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[tirmiziif ibnuhibban odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65074</t>
   </si>
   <si>
-    <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>{Ergasii wallaahi guyyaa san qananii irraa ni gaafatamtan}</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>Azzubeyr bin Al-awwaam irraa odeeffamee akkana jedhe: Yeroo Aayaan tun buute: {Ergasii wallaahi guyyaa san qananii irraa ni gaafatamtan} [Attakaasur: 8] Azzubeyr akkana jedhe: Yaa Ergamaa Rabbii qananii kam irraa gaafatamna, gurraacha lamaan , timiraa fi bishaan qofaa? isaanis ni jedhan: "Inni ni ta'a".</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>Yeroo Aayaan tun buute: {Eegasii isin wallaahi guyyaa san qananii irraa ni gaafatamtan} jechuunis: Isin qananiiwwan irraa waan Rabbiin isiniif kenne  galateeffachuu irraa ni gaafatamtan jechuu dha. Azzubeyr bin Al-awwaam Rabbiin irraa haa jaalatuu ni jedhe: Yaa Ergamaa Rabbii qananii kam irraa gaafatamna?! isaan lamaan qananii lama kan gaaffii keessa galchanii miti, isaanis timiraa fi bishaani!
 Nabiyyinis -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: Isin haaluma irra jirtan kanaan waliin qananii irraa gaafatamuuf teessan, isaan lamaan kunis qananii gurguddaa lama kan qananiiwwan Rabbii ol ta’ee irraa ta'aniidha.</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>Qananii Rabbiin namaa kenne galateeffachuu irratti jajjabeessuudha.
 Qananiin guddas ta'ee xiqqaa waan gabrichi guyyaa qiyaamaa irraa gaafatamuu taa'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>“Booda ummata kootii keessatti namoonni waan isinii fi abbootiin keessan hin dhagahin isinitti himan ni argamu, warra akkasii san irraa fagaadhaa”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee, Ergamaan Rabbiin -nagaa fi rahmatni irra haa jiraatu- akkas jedhan: “Booda ummata kootii keessatti namoonni waan isinii fi abbootiin keessan hin dhagahin isinitti himan ni argamu, warra akkasii san irraa fagaadhaa”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namoonni soba khalaqanii waan isaanin duratti namni tokkolleen hin jedhin jedhuu fi Hadiisawwan sobaa fi bakka hin qabne namaaf himan booda ummata isaanii keesstti akka argaman himanii, nuti isaan irraa akka faggannu nu ajajan, akkasumas isaanin waliin taa'uu fi haasaa isaanii dhagahuu dhabutti nu ajajaniiru, sababni isaas haasaan bakka hin qabne sun sammuu keessatti ragga'ee, ofirraa baasuu akka hin dadhabneef jecha.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>Mallattoo raajii nubuwwummaa keessaa tokko of keessaa qaba, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- waan fuul-duratti ummata isaanii mudatu himanii, akkuma isaan himanitti waan argameef jecha.
 Warra Amantii islaamaa fi Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- irratti soban irraa fagaachuu fi soba isaanii dhaggeeffachuu dhabuun dirqama akka ta'eedha.
 Hadiisni dhugaa ta’uun isaa mirkanaa’e malee Hadiisa fudhachuu ykn facaasuu irraa akeekkachiisuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>Barreessi, Isa lubbuun koo harka isaa jirtutti kakadhee, waan dhugaa ta'e malee irraa hin bahu</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>Abdullaah bin Amrii irraa odeeffame, Rabbiin isaan lamaan irraa haa jaalatu akkana jedhe: Waan Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- irraa dhagahu kanin isa sammutti qabachuu barbaade hunda barreessaa ture yoon ta'u, Qureeyshiin na dhoorgitee, akkas naan jedhan: Waan Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- irraa dhageessu hunda barreessitaa, bar Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- ilma namaati, haala aarii qabuu fi gammachuu qabu keessatti ni dubbata? isaan akkana naan jennaanin barreessuu irraa of qusadhee, sana Ergamaa Rabbiitti -nagaa fi rahmanni irra haa jiraatu- hime, isaanis quba isaanitin gara afaan isaanitti akeekanii, akkana naan jedhan: "Barreessi, Isa lubbuun koo harka isaa jirtutti kakadhee, waan dhugaa ta'e malee irraa hin bahu".</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>Abdullaah bin Amrii, Rabbiin irraa haa jaalatu, akkana jedhe: Waan Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- irraa dhagahe hunda, barreeffamaan qomatti qabachuuf jecha barreessaa ture, garuu namoonni Qureyshii irraa ta'an wahii na dhoorganii, akkas naan jedhan: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- ilma namaati, haala gammachuu qabuu fi aarii qabu keessatti ni dubbata yoo ta'u, dogongoru danda'a, kanaaf ani barreessuu dhiise.
 Waan isaan jedhan Nabiyyitti -nagaa fi rahmanni irra haa jiraatu-hime, isaanis quba isaanitiin afaan isaanitti akeekanii akkana jedhan: Barreessi, Isa lubbuun koo harka isaa keessa jirtuun kakadhe, haaluma hundaa fi jaalalaa fi aarii keessatti haqa malee irraa hin bahu.
 Rabbiin ol ta'e waa'ee Nabiyyii Isaa -nagaa fi rahmanni irra haa jiraatu- yeroo dubbatu akkana jedha: {Inni fedha lubbuu irraa hin dubbatu * inni (wanni inni dubbatu) wahyii buufamu qofa} [Annajm: 3-4].</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- waan Rabbii isaanii irraa dabarsan keessatti yeroo jaalalaa fi aarii keessattis  dogonggora irraa tikfamoodha.
 Sahaabaan Rabbiin isaan irraa haa jaalatu, sunnaa qomatti qabachuu fi dabarsuu keessatti fedhii guddaa akka qabaniidha.
 Osoo kakachiisuun malettillee ta'ee waa tolchuu fi waa jabeessuuf jecha kakachuun akka danda'amuudha.
 Beekumsa barreeffamaan qabachuun irra barbaachisaa sababoota beekumsa tiksanii akka ta'eedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahamatni irra haa jiraatu- salaata hunda irratti wuduu’a godhachaa turan</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>Amrii bin Aamir Anas bin Maalik irraa odeessee Anas akkana jedhe: Nabiyyiin -nagaa fi rahamatni irra haa jiraatu- salaata hunda irratti wuduu’a godhachaa turan, nan jedheen: Isin hoo akkam godhaa turtan? ni jedhe: Hanga wuduu'a hin balleesinetti tokkoo keenyaaf wuduu'uma tokkootu gaha.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- salaata waajibaa hundaaf wuduu’a godhachaa turan, wuduu'in isaanii osoo badullee baatee; sababni isaas mindaa fi tola argachuudhaaf jecha.
 Wuduu’a tokkoon salaata waajibaa tokkoo ol salaatuun  ni danda'ama, hanga wuduu’a isaa hin diignetti.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>Irra baay'een hojii Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- salaata hundaaf wuduu’a godhachuudha; sababni isaas irra guutuu barbaaduf jecha.
 Salaata hundaaf wuduu’a godhachuun jaalatama ta'uudha.
 Wuduu’a tokkoon salaata tokkoo ol raawwachuun akka danda’amuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- yeroo tokko tokko wuduu’a godhatan</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa odeeffame, Rabbiin isaan irraa haa jaalatu akkana jedhe: Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- yeroo tokko tokko wuduu’a godhatan.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>Yeroo tokko tokko Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- wuduu’a yeroo godhatan qaama wuduu’aa hunda yeroo tokko tokko kan dhiqatan ta'an, fuula ni dhiqatan -isuma irraayi lulluuqachuu fi bishaan funyaan keessa ol galchanii gadi deebisuun- akkasumas harka lamaani fi miila lamaan yeroo tokko tokko ni dhiqatan, isa kanaatu wuduu'a irraa hanga dirqama ta’eedha.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Qaamolee wuduu'aa dhiqachuu keessatti dirqamni yeroo tokko qofa, wanni kana irratti dabalame jaalatamaadha.
 Yeroo garii wuduu’a yeroo tokko tokko godhachuun akka danda'amuudha.
 Mataa haxaa'uun yeroo tokko qofa hayyamama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo lama lama wuduu’a godhatan</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>Abdullaah bin Zeydii irraa odeeffamee, Rabbiin irraa haa jaalatu: Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo lama lama wuduu’a godhatan.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>Yeroo tokko tokko Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- wuduu’a yeroo godhatan qaama wuduu’aa hunda yeroo lama lama kan dhiqatan ta'an, fuula ni dhiqatan -isuma irraayi lulluuqqachuu fi bishaan funyaan keessa ol galchanii gadi deebisuun- akkasumas harka lamaani fi miila lamaan yeroo lama lama ni dhiqatan.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Qaamolee wuduu'aa dhiqachuu keessatti dirqamni yeroo tokko tokko qofa, wanni sana irratti dabalame jaalatamaadha.
 Yeroo garii wuduu’a yeroo lama lama godhachuun ni danda'amaadha.
 Mataa haxaa'uu keessatti inni hayyamamu yeroo tokko qofa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>“Tokkoon keessan yeroo garaa isaa keessatti waan tokko shakke wanti sun irraa ba’uu fi dhiisuu isaa mirkaneeffachuu yoo baate, hanga sagalee dhaga’u ykn hafuura wahii fuunfatutti akka masjiidaa hin baane</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkana jedhan. “Tokkoon keessan yeroo garaa isaa keessatti waan tokko shakke wanti sun irraa ba’uu fi dhiisuu isaa mirkaneeffachuu yoo baate, hanga sagalee dhaga’u ykn hafuura wahii fuunfatutti akka masjiidaa hin baane".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akka ibsanitti wanti namni osoo salaatatti jiruu garaa isaa keessatti bahe moo hin baane jedhee burjaaja'u, hanga waan wuduu'a isaa san balleessu sagalee dhagahuun ykn hafuura fuunfachuun mirkaneeffatutti Salaata dhiisee wuduu’a irra deebi’uuf addaan kutuu hin qabu; sababni isaas waan mirkanaa'e tokko shakkiin waan isa hin balleessineef jecha. Namichi salaatatti jiru wuduu'a akka qabu dhugumatti mirkaneeffateera, wanni wuduu'a balleessa jedhamee yaadamu ammoo shakkiidha qaba.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>Hadiisni kun bu’uura Islaamaa fi seera barumsa fiqhii keessaa tokko yoo ta’u, innis: Mirkanummaan shakkiidhaan hin buqqa’uu fi wanni tokko hanga wanti isa faallessu mirkanaa'utti wahuma duraan irra jiru irratti hafaadha.
 Shakkiin qulqullummaa/wuduu'a irratti dhiibbaa hin geessisuu fi namni salaatu waan mirkanaa’e yoo ta’e malee qulqullummaa isaa irratti akka hafuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>“Muslimni hundinuu torbaanitti guyyaa tokko dhiqachuuf dirqama qaba, yeroo sanatti mataa fi qaama isaa dhiqata”</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan. “Muslimni hundinuu torbaanitti guyyaa tokko dhiqachuuf dirqama qaba, yeroo sanatti mataa fi qaama isaa dhiqata”.</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akka himanitti: Muslima ga’eessa sammuu qabu hunda irratti torbaanitti guyyaa tokko dhiqachuun haqa jabeeffamaadha, guyyaa kana keessatti mataa fi qaama isaa ni dhiqata, qulqullina barbaaduuf jecha, irra caalaan guyyoota kanaa guyyaa jum'aati, akkuma hadiisa tokko tokko irraa hubatamutti. Guyyaa jum'aa salaata duratti dhiqachuun akkaan jaalatamaadha, fakkeenyaf osoo guyyaa khamisaa dhiqatellee, dhiqatinsi guyyaa jum'aa waajiba ta'uu irraa wanni dhoorgu jecha Aa'ishaati -Rabbiin irraa haa jaalatu-: "Namoonni hojii adda addaa hojjachuun khaadima lubbuu ofii turan, yeroo gara jum'aa deeman akkuma jiranitti kan deeman ta'an, kanaaf akkana isaanin jedhame: osoo dhiqattanii", Bukhaaritu gabaase. Gabaasa biraa kan isaa keessatti: "isaanif fooleetu ture", foolee dafqaati fi waan biroo, sanuma wajjiin akkana isaanin jedhame: "Osoo dhiqattanii", kan isaanin akkana jedhame nama birotti daran jabeeffama.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>Islaamummaan qulqullinaaf eddoo guddaa akka kenneedha.
 Guyyaa Jimaataa Salaataf dhiqachuun salaataaf akkaan jaalatamaa akka ta'eedha.
 Osoo qaama keessa galee jiruu mataa addatti dubbachuun itti yaaddahuuf akka ta'eedha.
 Nama hafuura hin tolle kan namoonni itti miidhamu qabu irratti dhiqannaan dirqama ta'uudha.
 Dhiqannaaf irra jabaan guyyaa Jimaataati; sababni isaas sadarkaa waan qabuuf jecha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>Muslima ta’uu barbaadeen gara Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- dhufee, bishaanii fi baala sidriitin akkan dhiqadhu na ajajan</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>Qeys Bin Aasim irraa odeeffame, Rabbiin irraa haa jaalatu ni jedhe: Muslima ta’uu barbaadeen gara Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- dhufee, bishaanii fi baala sidriitin akkan dhiqadhu na ajajan.</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>Muslima ta’uu barbaadee Qeys bin Aasim gara Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- dhufee, Nabiyyiinis -nagaa fi rahmanni irra haa jiraatu- bishaanii fi muka sidriitin akka dhiqatu isa ajajan; sababni isaas baalli isaa qulqulleessuuf waan ooluu fi urgaa gaarii waan qabuuf jecha.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Nama kaafiraa kan amma Islaamummaa seenuf dhiqachuun karaa ta'uudha.
 Islaamummaan qaamaa fi ruuhii ilma namaatif akka kabajaa fi eddoo kenneedha.
 Bishaan wantoota qulqulluu wajjin walitti makuun qulqulluu ta’uu irraa hin baasuudha.
 Wantoonni qulqullina ittiin eeggatan ammayyaa kan akka saamunaa fi kan kana fakkaatan muka sidrii bakka bu'uu akka danda'aniidha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>Yemmuu Mu'azinni akkana jedhe: Allaahu Akbar, Allaahu Akbar</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Umar ilma Khaxxaab irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkas jedhan: "Yemmuu Mu'azinni akkana jedhe: Allaahu Akbar, Allaahu Akbar, tokkoon keessan Allaahu Akbar, Allaahu Akbar jedha, ergasii Ash-hadu An laa ilaaha Illallaah yoo jedhe innis Ash-hadu An laa ilaaha Illallaah jedha, Ash-hadu Anna Muhammadan rasuulullaah yoo jedhe, innis Ash-hadu Anna Muhammadan rasuulullaah jedha, Hayya Alassalaah yoo jedhe, Laa hawla walaa quwwata illaa billaah jedha, Hayya Alal falaah yoo jedhes laa hawla walaa quwwata illaa billaah jedha, Allaahu Akbar  Allaahu Akbar yoo jedhe, Allaahu Akbar Allaahu Akbar jedha, ergasii Laa ilaaha Illaallaah yeroo mu'azzinni jedhe, innis Laa ilaaha Illallaah jedha, kana qalbii isaa irraa kan jedhe taanan Jannata seene".</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Waamichi salaataa(Azaanni) yeroon salaataa akka seene namootatti beeksisuudha, jechoonni azaanaas jechoota walitti qabaa barumsa amantii of keessaa qabuudha.
 Hadiisa kana keessatti Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo waamicha salaataa (Azaana) dhaga’an waan jedhamuu qabu ibsaniiru, kunis dhaggeeffataan waan mu'ezzinni jedhu irra deeb'ee jedhuu yoo tahu, Allaahu Akbar yoo jedhe innis Allaahu Akbar jedha, hanga "Hayya Alassalaah" Hayya Alalfalaah" jedhutti, yeroo kana "Laa hawla walaa quwwata Illaa billaah" jedha.
 Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- namni qalbii isaa qulqulluun waan mua'azzinni jedhu irra deddeebi’ee  jedhe Jannata akka seenu ibsaniiru.
 Hiika jechoota azaanaa: “Allaahu Akbar” jechuun: Inni(Rabbiin) -qulqullaa'e- waan hundumaa caalaa waa hunda irra guddaadha jechuudha.
 “Ash-hadu An-laa Ilaaha Illallaah" jechuun: kan haqaan gabbaramu Rabbii tokkicha malee akka hin jirre ragaa baha jechuudha.
 “Ash-hadu Anna Muhammadan rasuulullaah” jechuun: Muhaammad Ergamaa Rabbii, kan Rabbiin guddaan isaan erge ta'uu isaanitii fi isaanif ajajamuun dirqama akka ta'e qalbii kootin itti amanee arraba kootin ammoo ragaa baha jechuudha.
 "Hayya Al-Assalaah" jechuun: Gara salaataa koottaa jechuudha, jechi dhaggeeffataa: "Laa hawla walaa quwwata illaa billaah" kan jedhu sun immoo: wantoota ibaadaa irraa nama dhoorgan irraa nagaa bahuu fi waa tokko ibaadaa irraa hojjachuu irratti malaa fi dandeettiin towfiiqa Rabbii ol ta'eetin malee hin jiru jechuudha.
 “Hayya Alalfalaah” jechuun: gara kaayyoo milkaa’inaatti koottaa, innis Jannata argachuu fi Jahannam irraa bilisa ta'uudha.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Sadarkaa mu'azzinni waan jedhu waliin jechuun qabuudha, hayya alaa lamaan keessatti malee, yeroo san akkana jedha: “Rabbiin malee mallis, humnis hin jiru”.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>Yeroo mu'azzina dhageessan waan inni jedhu jedhaa, ergasii salawaata na irratti buusaa</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>Abdullaah bin Amrii bin Al-Aas irraa odeeffamee -Rabbiin irraa haa jaalatu- Nabiyyii -nagaa fi rahmanni irra haa jiraatu- akkana jedhuun dhaga'e: "Yeroo mu'azzina dhageessan waan inni jedhu jedhaa, ergasii salawaata na irratti buusaa, namni ana irratti salawaata tokko buuse Rabbiin isa irratti kudhan buusa. Ergasii Wasiilaa naaf kadhaa, isiinis jannata keessaa sadarkaa guddaadha, gabroota Rabbii keessaa isa cimaaf malee nama tokkoof hin taatu. namni sun ana akka tahu hawwa. namni Wasiilaa naaf kadhate shafa'aan kiyya isaaf raggaate".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namni mu'azzina dhaga’e fakkaataa jecha isaa jechuun isa booda akka deddeebisu qajeelfama kennaniiru, yeroo inni "Hayya Al-salaah, hayya alal falaah" jedhu malee, yeroo sana akkana jedha: "Laa Howla walaa quwwata ilaa billaah" jechuunis: Mallis Humnis Rabbiin malee hin jiru jechuudha, jedha. Eega Azaanni xumurame booda nabiyyii irratti -nagaa fi rahmanni haa jiraatu- salawaata buusa, nama yeroo tokko isaan irratti salawaata buuse, Rabbiin yeroo kudhan isa irratti buusa. Rabbiin gabricha Isaa irratti salawaata ni buusa jechuun Malaa'ikaa biratti isa ni faarsa jechuudha.
 Eegasii Rabbiin Wasiilaa akka isaanif -nagaa fi rahmanni irratti haa jiraatu- kennu Rabbi kadhachuutti ajajan, Wasiilaa jechuunis sadarkaa tokko kan Jannata keessa jiru yoo ta'u, innis irra ol aanaa sadarkaati. San argachuun ammoo gabroota Rabbii ol ta'e hunda irraa gabricha tokkoof malee nama kamiifuu hin ta'u, salphaas miti, mijatu ykn salphaa miti, Ani isa ta'uu koo nan abdadha. Nabiyyiin -nagaa fi rahmanni irratti haa jiraatu- wanni akkas jedhaniif of gadi qabuufi; Sababni isaas, sadarkaan ol aanaan sun nama tokko qofaaf yoo ta'u, namni tokkichi sun isaan malee -nagaa fi rahmanni irratti haa jiraatu- nama biroo ta'uu hin danda'u; waan isaan irra caalaa uumamaa ta'aniif jecha.
 Eegasii Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- nama isaanif Wasiilaa kadhateef shafa’aan isaanii akka argamtu ibsaniiru, nagaa fi rahmanni irra haa jiraatu.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Waan inni jedhu jechuun Mu'azzinaaf deebii kennuu irratti kakaasuudha.
 Eega waan Mu'azzinni jedhe jechuutii Nabiyyii irratti -nagaa fi rahmanni haa jiraatu- salawaata buusuun sadarkaa guddaa akka qabuudha.
 Eega Nabiyyii irratti -nagaa fi rahmanni irra haa jiraatu- salawaata buusanii wasiilaa isaanif kadhachuu irratti kakaasuudha.
 Hiika Wasiilaa fi sadarkaan isii ol aanaa akka ta'e ibsuudha, isiinis gabricha tokko qofaaf malee hin toltu.
 Sadarkaa ol aantuu tanaan adda ta'uun sadarkaan Nabiyyii -nagaa fi rahmanni irra haa jiraatu- guddaa ta'uu ibsuudha.
 Namni Nabiyyiif -nagaa fi rahmanni irra haa jiraatu- wasiilaa kadhate shafa'aan isaaf raggaate.
 Isiin isaanif ta'uu waliin ummanni isaanii sadarkaa sana akka isaanif kadhatan barbaaduun of gadi qabuu Nabiyyii -nagaa fi rahamatni irra haa jiraatu- ibsuudha.
 Hojiin gaariin tokko dachaa kudhaniin baay'atuun tola oolinsi Rabbiiti fi rahmanni Isaa bal'aa ta'uu ibsuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>“Namni salaata tokko irraanfate yeroo isa yaadatetti haa salaatu, san malee bakka bu'aan isaaf hin jiru</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>Anas bin Maalik irraa odeeffame -Rabbiin irraa haa jaalatu- Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: “Namni salaata tokko irraanfate yeroo isa yaadatetti haa salaatu, san malee bakka bu'aan isaaf hin jiru: {Salaata na yaadachuuf dhaabi} [Xaaha: 14].”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa rahmatni irra haa jiraatu- namni salaata waajibaa kamiyyuu hanga yeroon isaa darbutti raawwachuu irraanfate, yeroma isa yaadatetti ariifatee daddafee isa qadaa baasuu akka qabu ibsaniiru, Muslimni gaafa yaadatu yoo salaate malee dilii saniif dhiifamni ykn haqamni waan hin jirreef jecha. Rabbiin Qur'aana kabajamaa isaa keessatti akkas jedhe: {Salaata na yaadachuuf dhaabi} [Xaaha: 14]”. jechuunis: yeroo yaadattetti salaata dagatame raawwadhu jechuu dha.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Barbaachisummaa salaataa ibsuudha, akkasumas isa raawwachuu fi bakka buusuu irratti dagannoon akka hin jirre hubachiisuudha.
 rakkoo gahaa tokko malee itti yaadanii Salaata yeroo murtaa’e sanirraa tursiisuun akka hin hayyamamneedha.
 Nama irraanfate irratti yeroo yaadatetti akkasumas nama rafe irratti yeroo hirriibaa ka'etti salaata qadaa baasuun dirqama ta'uudha.
 Osoo yeroo dhoorgame keessattillee ta'ee Salaatowwan hatattamaan qadaa baasuun dirqama ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>Namni Rabbiif jecha masjiida tokko ijaare, Rabbiin jannata keessatti waan isa fakkaatu isaaf ijaara</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>Mahmuud bin Labiid irraa odeeffame, Rabbiin irraa haa jaalatu: Usmaan bin Affaan masjiida ijaaruu barbaade, garuu namoonni sana jibbanii, akkuma jirutti akka isa dhiisu jaallatan, ni jedhe: Ani Rasuula Rabbii -nagaa fi rahmanni irra haa jiraatu- kan akkana jedhu dhaga'e: "Namni Rabbiif jecha masjiida tokko ijaare, Rabbiin jannata keessatti waan isa fakkaatu isaaf ijaara".</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>Usmaan bin Affaan Rabbiin irraa haa jaallatu Masjiida Nabiyyii -nagaa fi rahmanni irra haa jiraatu- ijaarsa isaa isa jalqabaa caalaa haala gaariin deebisee ijaaruu barbaade, garuu namoonni san ni jibban; Sababni isaas jijjiirama ijaarsaa sana keessa ijaarsa masjiidaa waan inni bara Nabiyyii -nagaa fi rahmanni irra haa jiraatu- keessatti irra jiru irraa jijjiiruun waan jiruuf jecha. Masjiidni kun dhoqqeedhaan kan ijaarame yoo ta’u, xaaraan isaas muka timiraa irraa hojjetame. Garuu Usmaan dhagaa fi jeessoon ijaaruu barbaade. Usmaan Rabbiin irraa haa jaallatu Nabiyyii -nagaa fi rahmanni irra haa jiraatu- kan akkana jedhu kan dhaga'e ta'uu isaanitti hime: Namni fakkeessummaa fi maqaa gaarii barbaaduun malee jaalala Isaa barbaadee masjiida ijaare mindaa gosa hojii isaa irra caalu Rabbiin ol ta'e isa mindeessa, mindaan kunis Rabbiin Jannata keessatti fakkaataa waan inni ijaaree isaaf ijaaruudha.</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Masjiidota ijaaruu irratti kakaasuu fi sadarkaa sanaa  ibsuudha.
 Masjiida bal’isuu fi haaromsuun sadarkaa ijaarsaa keessa akka galuudha.
 Hojiilee hunda keessatti barbaachisummaa dalagaa Rabbii ol ta'eef qulqulleessanii dalaguun qabuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>“Masjiida kiyya kana keessatti salaanni tokko Masjiida biraa irra mindaa salaata kuma tokkootin caala, Al-Masjiidal Haraam malee</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee, Rabbiin irraa haa jaallatu: Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: “Masjiida kiyya kana keessatti salaanni tokko Masjiida biraa irra mindaa salaata kuma tokkootin caala, Al-Masjiidal Haraam malee".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sadarkaa masjiida isaanii keessatti salaatuun qabuu fi mindaan sanaa masjiidowwan lafaa irraa salaata masjiida biraa keessatti salaatatamu irra salaata kuma tokkoon akka caalu ibsan, Masjiida haraamaa kan Makka jiru yoo ta'e malee, salaanni isa keessatti salaatamu salaata masjiida Rasuulaa -nagaa fi rhmanni irra haa jiraatu- keessatti salaatamu caala.</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>Mindaan salaataa Al-Masjiidal Haraami fi Masjiid nabawii keessatti dachaa akka ta'eedha.
 Salaanni Al-Masjiidal Haraam keessatti salaatamu kuma dhibba tokko kan masjiidota biroo keessatti salaatamu caala.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>“Tokkoon keessan yeroo masjiida seene osoo hin taa’in raka’aa lama haa salaatu”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>Abuu Qataadaa Al-Salamii irraa odeeffamee, Rabbiin irraa haa jaalatu, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: “Tokkoon keessan yeroo masjiida seene osoo hin taa’in raka’aa lama haa salaatu”.</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmannni irra haa jiraatu- namni kaayyoo kamiifuu yeroo barbaadetti dhufee masjiida seene osoo hin taa’in dura raka’aa lama akka salaatu kakaasaniiru, isaanis raka’aa lamaan tahiyyaa masjiidaati.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Osoo hin taa’in dura raka'aa lama tahiyyaa masjiidaa salaatuun jaalatamaa ta'uudha.
 Ajajni kun nama taa'uu fedheefi, kanaafuu namni masjiida seenee osoo hin taa'in ba'e ajajni kun isa hin ilaallatu.
 Osoo namoonni salaataa jiruu masjida seenee salaata isaanin waliin yoo eegale sun raka'aa lamaan tahiyyaa san irraa isaaf gaya.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>“Isin keessaa namni tokko masjiida yoo seene akkana haa jedhu: (Allaahumma iftah lii abwaaba rahmatik) jechuunis: Yaa Rabbi balbala rahmata keetii naaf bani jechuudha, yeroo bahu immoo akkana haa jedhu: (Allaaumma innii as'aluka min fadlik) jechuunis: Yaa Rabbi tola kee irraa si kadhadha jechuudha”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>Abuu Humeyd ykn Abuu Useyd irraa odeeffamee akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: “Isin keessaa namni tokko masjiida yoo seene akkana haa jedhu: (Allaahumma iftah lii abwaaba rahmatik) jechuunis: Yaa Rabbi balbala rahmata keetii naaf bani jechuudha, yeroo bahu immoo akkana haa jedhu: (Allaaumma innii as'aluka min fadlik) jechuunis: Yaa Rabbi tola kee irraa si kadhadha jechuudha”.</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- yeroo masjida seenan ummata isaanii waan jedhamuu qabutti qajeelchan: (Allaahumma iftah lii abwaaba rahmstik), Rabbiin sababoota rahmata Isaa akka isaaf mijeessu ni kadhata. yeroo bahu ammoo haa jedhuu: (Allaahumma innii as'aluka min fadlik), tolaa fi arjummaa Isaa irraa dabalataa rizqii halaal Rabbiin ni kadhata.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Yeroo masjiida seenanii fi bahan du'aa'ii kana jechuun akka jaalatamuudha.
 Yeroo seensaa rahmanni wanni dubbatamee, yeroo bahan ammoo tolinni wanni dubbatameef: Namichi seenu waan gara Rabbiiti fi jannata Isatti isa dhiheessu irratti waan bobba'uuf jecha, kanaaf rahmata dubbachuun sirrii ta'e, yeroo ba'e ammoo dachii keessa deemuun rizqii Rabbii barbaada, kanaaf tolina dubbachuun sirrii ta'e.
 Du'aa'in kun yeroo masjiida seenuu fedhanii fi yeroo masjiida irraa bahuu fedhan jedhama.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>“Jidduu namichaatti fi jidduu shirkii fi kufritti salaata dhiisuutu jira”</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Jaabir irraa odeeffame -Rabbiin irraa haa jaallatu- akkana jedhe: Nabiyyii -nagaa fi rahmanni irra haa jiraatu- akkas jedhuun dhagahe: “Jidduu namichaatti fi jidduu shirkii fi kufritti salaata dhiisuutu jira”.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irratti haa jiraatu- salaata dirqamaa akka hin dhiisne akeekkachiisaniiru, akkasumas jidduu namichaati fi jidduu shirkii fi kufrii keessatti kufutti salaata dhiisuun akka jiru himan. Salaanni utubaa Islaamaa lammaffaadha, dhimmi isaas guddaadha, namni salaata salaatuun dirqamaa miti jechuudhaaf salaata dhiise walii galtee muslimtootatin kufrii keessa galee jira, dagannoo fi hifannaa irraa kan ka’een guutumatti yoo salaata dhiise inni kaafira ta’a, sana irratti walii galteen sahaabaas gabaafameera, yeroo tokko tokko dhiisee yeroo tokko tokko kan salaatu yoo ta'e ammoo inni sodaachisa hamaaf saaxilamadha.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Barbaachisummaa salaataa fi irratti tikfachuuti, sunis garaagarummaa jidduu kufrii fi iimaanaa akka ta'eedha.
 Salaata dhiisuu fi miidhuu irraa akeekkachiisni cimaan akka jiruudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>“Kakuun jidduu nuu fi isaanii jiru salaata, namni isa dhiise dhugumatti kafare”</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Bureydaa irraa odeeffame -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: “Kakuun jidduu nuu fi isaanii jiru salaata, namni isa dhiise dhugumatti kafare”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- kakuun jidduu muslimootaa fi jidduu namoota biroo kaafiroota fi munaafiqoota irraa salaata akka ta'ee fi namni isa dhiise akka dhiise dhugumatti akka kafaru ibsaniiru.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Dhimmi salaataa guddaa ta'uu fi salaanni garaagarummaa jidduu mu'uminaa fi jidduu kaafiratti jiru akka ta'eedha.
 Murtiin Islaamaa keessoo nama tokkoo osoo hin taane haala alaatiin akka mirkanaa’uudha.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[tirmizii, nasa'ii, ibnumaajahfii ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>“Yaa Bilaal, slaata dhaabi, salaataan hafuura nu baafachiisi</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Saalim bin Abii Al-Ja'ad irraa odeeffamee, akkana jedhe: Namichi tokko akkana jedhe: osoon salaatee boqonnaa argadhee, akka waan namoonni waan kana isa irratti ceem'aniiti, ni jedhe: Ergamaa Rabbii -nagaa fi rahmatni irra haa jiraatu- akkas kan jedhuun dhaga'e. “Yaa Bilaal, slaata dhaabi, salaataan hafuura nu baafachiisi".</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>Namichi sahaabaa tokko akkana jedhe: Osoon salaatee boqonnaa argadhee natti tola, akka waan warri naannoo isaa jiran isa komataniiti, ni jedhe: Nabiyyii -nagaa fi rahmanni irra haa jiraatu- akkana jedhu dhaga'e: Yaa Bilaal! Akka salaatan boqannu Azaanii iqaamas godhi; Kunis Rabbi waliin maqachuu fi lubbuu fi qalbiidhaaf boqonnaa waan of keessaa qabuuf jecha.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Qalbiin boqonnaa argachuun salaataan argama; Sababni isaas, Rabbi waliin maqachuu waan of keessaa qabuuf jecha.
 Warra ibaadaan itti ulfaatu balaaleffachuudha.
 Namni dirqama isa irra jiru raawwatee, itti gaafatamummaa isaa bahe, boqonnaa fi miira tasgabbii argata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>Yaa ummata kana akka isin natti hidhattanii salaata koo bartaniif jecha akkas godhe</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Abuu Haazim bin Diinaar irraa odeeffamee: Namoonni tokko gara Sahl bin Sa'ad Al-Saa'idii dhufanii, minbirri maal irraa tolfamee keessatti dhugumatti haala wal mormaniin, waa’ee sanaa isa gaafatan, innis akkas jedhe: Rabbiin kakadhee inni maal irraa akka ta'e nan beeka, ani guyyaa jalqabaa itti kaayame dhugumatti isa argeera, guyyaa jalqabaa Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- irra taa'anis argeera. Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- dubartii wahitti akkana jechuun ni ergan -isiin dubartii warra Ansaaraa irraa taate yoo taatu sahl maqaa isii waameera-: "Minbira yeroon namootatti dubbadhu irra taa’u akka naaf tolchu gabricha kee ogeessa ijaarsaa san ajaji", isheenis isa ajaja itti dabarsitee, innis gaattiraa bosonaa irraa isa tolchee, eegasii isa qabee dhufee, Ergamaa Rabbiitiif -nagaa fi rahmanni irra haa jiraatu- ergite, isaanis itti ajajanii as kaa'ame. Ergasii Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- kan irratti salaatanii osoo irra jiranii Allaahu akbar jedhan argeera, ergasii osuma irra jiranii Rukuu'a godhan, ergasii of duubatti irraa bu'anii jala minbaratti sujuuda godhanii ergasii deebi'an, yeroo xumuran gara ummataatti garagalanii akkana jedhan: "Yaa ummata kana akka isin natti hidhattanii salaata koo bartaniif jecha akkas godhe".</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>Namoonni tokko gara sahaabaa tokkoo waa’ee minbira Nabiyyii kan ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- itti fayyadaman Maal irraa akka hojjetame isa gaafatuuf jecha dhufanii? waa'ee sanaa keessatti dhugumatti kan wal falman yoo ta'an, sahaabichis ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- gara dubartii Ansaaraa tan khaadimni ogeessa ijaarsaa qabdu takkatti erganii akkana jedhaniin: Minbara yeroon namoota dubbisu irra taa'u akka naaf hojjetu Mucaa kee ajaji.  Dubartiin tole jettee akka Nabiyyiif -nagaa fi rahmanni irra haa jiraatu- muka gaattiraa irraa tolchu gabricha ishee ajaja itti dabarsite, yeruma inni raawwate gara Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- ergite, isaanis itti ajajnii masjiida irraa eddoo isaa kaa'ame, ergasii Nabiyyiin -nagaa fi rahmnni irra haa jiraatu- irratti salaatanii osuma isa irra jiranii Allaahu akbar jedhanii, ergasii osuma irra jiranii jilba qabatan, Ergasii gara duubatti deemaa osoo fuula isaanii duubatti hin deebisin gadi bu'anii jala minbaratti sujuuda godhanii ergasii deebi'an, yeroo salaata irraa raawwatan ummatatti garagalanii akkas jedhan: "Yaa ummata kana akka isin natti hidhattanii salaata koo bartaniif akkas godhe”.</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Minbira tolfachuu fi khaxiibni irratti ba'uun jaallatamaa ta'uudha, faayidaan isaa ammoo sagalee geessuu fi dhageessisuudha.
 Waa barsiisuuf jecha minbara irratti salaatuun ni danda’amaadha, akkasumas imaamnis dhimma wahiitif namoota salaachisuu ol tahuun ni danda'amaadha.
 Dhimma Muslimootaaf jecha warra waa tolchuun gargaaramuun ni danda'amaadha.
 Yeroo salaataa jiran sochii xiqqoo taasisuun yoo barbaachisaa ta’e ni danda'amaadha.
 Akka isa irraa baratuuf jecha namni duubaan salaatu tokko, yeroo salaataa jiru imaama isaa ilaaluun ni danda'amaa fi sun khushuu'a akka hin faallessineedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>Yeroo salaattan tarree keessan qajeelchaa, eegasii tokkoon keessan imaama isiniif haa ta'u, yeroo inni Allaahu akbar jedhe isinis Allaahu akbar jedhaa</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Hixxaan bin Abdullaah Al-Raqqaashii irraa odeeffamee, akkas jedhe: Abuu Muusaa Al-ash’arii wajjin salaata tokko salaatee ture, yeroo inni taa’u Namichi tokko ummata keessaa akkana jedhe: Salaanni qajeelummaa fi zakaan wal bira qabamee ilaalame, ni jedhe: Abu Muusaan yeroo salaata xumure garagalee akkas jedhe: Eenyuu keessaniitu jecha akkanaa fi akkasii dubbate? ni jedhe: ummanni ni callise, innis eegasii akkas jedhe: Eenyuu kaassaniitu jecha akkanaa akkasii dubbate? ni jedhe: ummanni ni callise, innis akkas jedhe: Yaa Hixxaan ati akkas jechuu hin ooltu? ni jedhe: ani akkas hin jenne, dhugumatti ittiin na yakkita jedhee sodaadheera, Ummata keessaa namichi tokko akkas jedhe: Anaatu akkas jedhe, toltuuf malee wahiifuu hin jenne, Abuu Muusaan akkas jedhe: Salaata keessan keessatti maal akka jettan hin beektanii?  Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- nu gorsanii sunnaa keenya nuuf ibsanii salaata keenyas nu barsiisan, akkas jedhan: "Yeroo salaattan tarree keessan qajeelchaa, eegasii tokkoon keessan imaama isiniif haa ta'u, yeroo inni Allaahu akbar jedhe isinis Allaahu akbar jedhaa, Yeroo inni akkana jedhe: {Geyril magduubi Aleyhim waladdaalliin} [Faatihaa: 7], isin ammoo akkana jedhaa: Aamiin, Rabbiin isiniif owwaataa, Yeroo inni Allaahu Akbar jedhee jilba qabate isinis Allaahu akbar jedhaa jilba qabadhaa, Imaamni isin dura jilba qabatee, isin duras ol jedha", Ergamaan -nagaa fi rahmanni irra haa jiraatu-: "suni saniini, yeroo inni akkana jedhe: Sami'allaahu liman hamidah, jechuunis: Rabbiin nama isa faarse dhagahe jechuudha, isin akkana jedhaa: Allaahumma Rabbanaa lakalhamd, jechuunis: Yaa Rabbii, Gooftaa keenya Galanni Siif haa ta’u" jechuudha. Rabbiin isiniif ni dhagaha, Rabbiin ol tahe, arraba Nabiyyii Isaatiin -nagaa fi rahmanni irra haa jiraatu- ni jedhe:  Rabbiin nama Isa faarsef dhagahe, yeroo inni Allaahu Akbar  jedhee sujuuda godhe isinis Allaahu akbar jedhaa sujuuda godhaa! Imaamni isin dura sujuuda godhee, isin duras ol jedha, Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- ni jedhan: "suni saniin, yeroo taa'uu bira gahe, jalqaba waan tokkoon keessan jedhu irraa haa ta'u: Attahiyyaatu, Axxayyibaatu, Assalawaatu Lillaah, Assalaamu aleyka ayyuhannabiyyu warahmatullaahi wabarakaatuh, assalaamu aleynaa wa alaa ibaadillaahissaalihiin, Ash'hadu an laa ilaaha illallaah, wa Ash'hadu anna muhammadan abduhuu wa rasuuluh, jechuunis: kabajoowwan, wanti gaggaarii fi rahmanni Rabbiifi, yaa nabiyyii, nageenyi fi rahmanni Rabbii fi barakaan Isaa sirra haa jiraatu, nageenyi nuu fi gabroota Rabbii gaggaari irras haa jiraatu, Rabbiin malee gabbaramaan biraa akka hin jirre ragaa baha, Muhammad gabrichaa fi Ergamaa Isaa ta’uu ragaa ba’a" jechuudha.</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>Sahaabichi Abuu Muusaa Al-Ash’arii Rabbiin irraa haa jaallatu salaata tokko salaatee, Yeroo taa'insa isa keessa tashahhudni jiru gahe, Namichi warra isa duubaan salaataa jiru irraa ta'e tokko akkana jedhe: Qur’aana keessatti salaanni toltuu fi zakaan qindeeffamte. Abuu Muusaa Rabbi irraa haa jaallatu yeroo salaata xumure gara namoota duubaan salaatanitti garagalee akkana jedhee isaan gaafate: Eenyuu keessaniitu jecha kana jedhe:   Qur’aana keessatti salaanni toltuu fi zakaan walitti qindeeffamte?! ummanni ni callise, isaan irraa namni tokkos hin dubbanne, Gaaffii sana irra deebi’ee gaafate, namni tokkolleen isaaf deebisuu dhabnaan, Abuu Muusaan Rabbiin irraa haa jaallatu akkana jedhe: Yaa Hixxaan tarii sumaatu akkas jedhe! ija jabaatuu isaatif jecha, akkasumas itti dhiheenya fi walitti dhufinsa isaan wajjiin qabuuf jecha, sanaan isa shakkiin waan isa miidhu hin qabu, akkasumas Nama dhugatti akkas jedhe dhugaa akka himu dhiibuuf jecha, Hixxaan garuu haalee, akkana jedhe: Ani waanan jedhe sitti fakkaatee na qeeqta jedheen sodaadhe, asitti eegaa ummata keessaa namichi tokko akkas jedhe: anaatu akkas jedhe, garuu kheyrii maleef hin jenne, Abuu Muusaan isa barsiisuf jecha akkana jedhe: Salaata keessan keessatti akkam akka jettan hin beektanii?! kunis jecha isaa san balaalefattuufi, Sana booda Abuu Muusaan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo tokko isaan akka gorsanii, seera shari'aa akka isaanif ibsanii, salaata isaan barsiisan itti hime, Nabiyyiin -nagaa fi rahmanni irra haa jiraatuu- akkana jedhan:
 akkana jedhan: "Yeroo salaattan tarree keessan qajeelchaa, sirrayaa dhaabbadhaa, sana booda namoota keessaa namni tokko imaama isaanif ta'a, yeroo imaamni takbiira hidhannaa jedhe, isinis akkuma inni jedhe jedhaa, suuraa Faatihaa yeroo qara’ee as gahe: {Geyril magduubi Aleyhim waladdaalliin} jechuunis: karaa warra irratti dallansuun godhamee fi warra jallatanii, kan hin tahin, jechuudha, [Faatihaa: 7], isin aamiin jedhaa,Yeroo akkas gootan Rabbiin kadhaa keessan isiniif owwaata, Yoo takbiira jedhee jilba qabate isinis jedhaa jilba qabadhaa, imaamni isin dura jilba qabatee, isin duras irraa ol jedha, isin isa hin dursinaa, Yeroon muraasni imaamni isa keessatti gara Rukuu'atti isin dursu sun Rukuu'a keessatti eega inni ol jedhee yeroo muraasa isa booda turuu keessaniini isiniif qobbama, kanaaf yeroon sun yeroo saniin wajjiin tokko ta’a, kana jechuun Yeroon jilba qabachuu keessanii fi isaa tokkuma jechuudha, yeroo imaamni sami'allaahu liman hamidah jedhe, isin akkana jedhaa: Allaahumma Rabbanaa lakal hamd, yeroo warri salaataa jiru akkas jedhan Rabbiin qulqullaa'e kadhannaa isaanitii fi jecha isaanii ni dhagaha, Rabbiin ol ta'e arraba Nabiyyii Isaa irratti akkana jedhe: Rabbiin nama Isa faarsef dhagahe. yeroo imaamni Allaahu akbar jedhee sujuuda bu'e warri isa duubaan salaataa jiranis Allaahu akbar jedhanii sujuuda bu'u qabu, imaamni isaan dura sujuuda bu'ee, isaan dura ol jedha, yeroon muraasni sun yeroo muraasa saniin wajjiin tokko ta'a, kanaani yeroon sujuuda ma'amuumatii fi yeroon sujuuda imaamaa tokko ta'a, yeroo imaamni tashahhudaf taa'uu bira gahe jalqabni waan namichi salaataa jiru jedhuu akkana jechuu haa ta'u: "Al-tahiyyaatu, al-xayyibaatu, al-salawaatu Lillaah" jechuunis: Mootummaan, hafuu fi guddinni hundinuu Rabbii ol ta'eef haqa godhamtuudha jechuudha, akkasuma salaanni shanan hunduu Rabbiifi jechuudha, "Al-salaamu aleyka ayyuhannabiyyu wa rahmatullaahi wa barakaatuh, al-salaamu aleynaa wa alaa ibaadillaahissaalihiin" jechuunis Salaamni sirra haa jiraatu Yaa Nabiyyicha, akkasumas rahmanni Rabbii fi barakaan Isaa sirra haa jiraatu, salaamni nuu fi gabroota Rabbii gaggaarii irratti haa jiraatu jechuudha, mudaa, rakkina, hanqinaa fi manca’iinsa hunda irraa nagaa ta'uu Rabbiin kadhadhaa, Keessattuu Nabiyyii keenya Muhammadiin salaaman adda baafnee ergasii ofirratti nagaa buufna, ergasii gabroota Rabbii gaggaarii warra haqa Rabbii ol ta'ee fi haqa gabroota Isaa irraa dirqama isaanii ba'an irratti salaamata buufna, ergasii haqaan gabbaramaan Rabbiin malee akka hin jirree fi Muhaammad gabrichaa fi Ergamaa Isaa akka ta'an ragaa baana.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Bifa tashahhudaa keessaa tokko ibsuudha.
 Gochoonni fi jechoonni salaataa waan Nabiyyii irraa -nagaa fi rahmanni irra haa jiraatu- mirkanaa’e irraa ta’uu qabaadha, salaata keessatti jecha ykn gocha sunnaa keessatti hin mirkanaa'in haaraa fiduun nama tokkolleef hin danda'amu.
 Salaata keessatti imaama waliin dorgomuu fi duubatti hafuun akka hin danda'amneedha, nama imaama duuban salaatuf inni hayyamamu gochoota isaa keessatti imaama hordofuudha.
 Diin geessuu fi ummata isaanii shari'aa barsiisuu keessatti yaaddoo irraa waan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- irra turan dubbachuudha.
 Imaamni nama isa duubaan salaatuuf fakkeenya ta’a, kanaaf gochoota salaataa keessatti isaan dorgomuun, isa waliin deemuu fi isa irraa duubatti hafuun isaaf hin danda'amu, inumaayyuu gocha inni raawwachuu barbaadu keessa seenuu isaa, erga mirkaneeffatee booda isa hordofuu jalqaba, akkasumas sunnaan salaata keessatti isa hordofuu dha.
 Salaata keessatti tarree galuun karaa ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>Isa lubbuun tiyya harka Isaa keessa jirtuunan kakadha, ani salaata Ergamaa Rabbiitti -nagaa fi rahmanni irra haa jiraatu- fakkeessuu keessatti irra dhihoo keessani, salaanni isaanii akkana turte hanga addunyaa tana gad dhiisanii deemanitti</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee, Rabbiin irraa haa jaallatu: Inni Salaata dirqamaa fi kan biroo hunda keessatti Allaahu akbar kan jedhu ture, Ramadaanaa fi yeroo biraatis, yeroo dhaabbatu Allaahu Akbar jedha, ergasii yeroo jilba qabatus Allaahu Akbar jedha, ergasii Sami'allaahu Liman Hamidah jedha, jechuunis  Rabbiin nama Isa faarsef dhagahe jechuudha, Ergasii osoo sujuuda hin godhin akkana jedha: Rabbanaa waLakal Hamd, Jechuunis: Yaa Rabbii keenya ammas faaruun sima qofaafi jechuudha, Ergasii yeroo sujuudaf bu'u akkana jedha: Allaahu Akbar, Ergasii yeroo sujuuda irraa mataa isaa ol kaasu Allahu Akbar jedha, Ergasii yeroo sujuudu Allaahu Akbar jedha, ergasii yeroo sujuuda irraa mataa isaa ol kaasu Allaahu Akbar jedha, ergasii yeroo taa'insa raka'aa lamaa irraa ol ka'e Allaahu Akbar jedha, Hanga salaata xumurutti raka’aa hunda keessatti kana ni godha. Ergasii yeroo salaata xumuree irraa garagale akkana jedha ture: Isa lubbuun tiyya harka Isaa keessa jirtuunan kakadha, ani salaata Ergamaa Rabbiitti -nagaa fi rahmanni irra haa jiraatu- fakkeessuu keessatti irra dhihoo keessani, salaanni isaanii akkana turte hanga addunyaa tana gad dhiisanii deemanitti.</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>Abuu Hureyraan Rabbiin irraa haa jaallatuu ibsa salaata Nabiyyii -nagaa fi rahmanni irra haa jiraatu- keessaa hanga tokko ni odeessa,Yeroo salaatuuf ka’u takbiiraa hidhannaa Allaahu Akbar akka jedhu ni hima, Ergasii yeroo jilba qabatuuf deemu, yeroo sujuuda godhu, yeroo sujuuda irraa ol jedhu, yeroo sujuuda lammaffaa godhu, yeroo irraa ol jedhuu fi salaata raka'aa sadii ykn afurii keessatti erga taa'insa tashahhuda duraatii raka'aa lamaan duraa irraa yeroo ol ka'u Allaahu Akbar ni jedha, salaata guutuu hanga xumurutti kana ni godha. Yeroo dugda isaa jilba qabachuu irraa ol kaasu akkana jedha: Sami'allaahu Liman Hamidah, jechuunis: Rabbiin nama isa faarsef ni dhagaha jechuudha, ergasii yeroo ol jedhee dhaabbatu akkana jedha: Rabbanaa waLakal Hamd, jechuunis: Yaa Gooftaa keenya ammas faaruun sima qofaafi.
 Ergasii Abuu Hureyraan yeroo salaata xumuru akkana jedha: Isaa lubbuun tiyya harka Isaa keessa jirtuun kakadhe, ani salaata Ergamaa Rabbiitti -nagaa fi rahmanni irra haa jiraatu- fakkeessuu keessatti irra dhihoo keessani, hanga addunyaa tana dhiisanii deemanitti kun akkaataa salaata isaanii ture.</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Takbiiraan yeroo gadi jedhuu fi ol jedhu hundatti jedhamaadha. Yeroo Jilba qabachuu irraa ol jedhu malee, Haala kana keessatti akkana jedha: Sami’allaahu Liman Hamidah, jechuunis: Rabbiin nama Isa faarsef dhaga’e jechuudha.
 Sahaabaan Nabiyyiitti -nagaa fi rahmanni irra haa jiraatu- hidhachuu fi sunnaa isaanii eeguu keessatti bolola guddaa akka qabaniidha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>“Rabbiin ol ta'e akkana jedha: Anaa fi garbicha koo gidduutti salaata walakkaa lamatti qoode, Gabricha kootif immoo waan inni gaafatetu isaaf jira</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame, Rabbiin irraa haa jaallatu: Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- kan akkana jedhuun dhaga'e: “Rabbiin ol ta'e akkana jedha: Anaa fi garbicha koo gidduutti salaata walakkaa lamatti qoode, Gabricha kootif immoo waan inni gaafatetu isaaf jira. Yeroo gabrichi jedhe: {Al-hamdu Lillaahi Rabbil Aalamiin}, jechuunis: Faaruun hundi kan Rabbii Gooftaa Aalamaati, jechuudha, Rabbiin ol ta'e ammoo akkana jedha: Garbichi koo Na faarse, Yeroo jedhe: {Arrahmaanirrahiim}, jechuunis: Akkaan mararfataa akkaan rahmata godhaa jechuudha, Rabbiin ol ta'ees ni jedha: gabrichi koo deddeebi'ee na faarse. Yeroo jedhe: {Maaliki yowmiddiin}, jechuunis: Mootii guyyaa mindaa jechuudha, Rabbiin ol ta'e ammoo akkana jedha: Garbichi koo na guddise, yemmuu tokko ammoo ni jedha: Gabrichi koo waa'ee isaa natti hirkise. Yeroo jedhe: {Iyaaaka na'abudu wa iyyaaka nasta'iin}, jechuunis: Sima qofa gabbarra sima qofaan gargaarsifanna jechuudha, Rabbiinis ni jedha: "Kuni anaa fi gabricha koo jidduu jira, wanti inni kadhate hundi gabricha kootif ni ta'a. yeroo gabrichi jedhe: {Ihdinas-siraaxal Mustaqiim siraaxallaziina An amta Aleyhim geyril magduubi Aleyhim waladdaaliin}, jechuunis: Karaa qajeelaa irratti nu qajeelchi, karaa warra ati qananiiftee san nu qajeelchi, karaa warra ati itti dheekkamtee miti, akkasumas karaa warra jallatee miti jechuudha, Rabbinis ni jedha: Kuni gabricha kootiif, gabricha kootiif ammoo wanti inni kadhate ni tahaaf.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Rabbiin ol ta'e Hadiisa qudsii keessatti akka akkana jedhe himan: Salaata keessatti Anaa fi gabricha kiyya jidduutti suuraa Al-Fatihaa walakkaa lamatti qoode, walakkaan tokko kan kooti, ​​walakkaan  biraa ammoo kan gabricha kootiti.
 Walakkaan jalqabaa: faaruu, galateeffannaa fi Rabbiin guddisuudha, kana irratti mindaa hundarra gaarii ta’een isa mindeessa.
 Walakkaan lammaffaa: Kadhannaa fi of gadi qabuudha, Ani isaaf owwaadhee waan inni kadhate isaaf kenna.
 Namichi salaatu yeroo jedhe: {Alhamdu Lillaahi Rabbil Aalamiin}, Rabbiin ammoo gabrichi  koo na faarse jedha, yeroo (gabrichi) jedhe: {Arrahmaanirrahiim}, Rabbiinis ni jedha: "Gabrichi kiyya deddeebi'ee na faarse, akkasumas waliigala tola ooltummaa Ani uumama kootif godhettillee amane, yeroo gabrichi jedhe: {Maaliki Yowmiddiin}, Rabbiinis ni jedha: Garbichi koo Na guddise, innis kabajaa guddaadha.
 Yeroo gabrichi jedhe: {Iyyaaka na'abudu wa iyyaaka nasta'iin}, Rabbiinis akkana jedha: Kuni Anaa fi gabricha koo jidduutti ta'a.
 Walakkaan inni jalqabaa Aayaa tan irraa kan Rabbiiti, ​​innis: (Sima qofa gabbarra) jechuudha, kunis gabbartii Rabbiif raggaasisanii Isa gabbaruudhaan owwannaa argamsiisuudha, isa kanaani walakkaan Rabbii xumurama.
 Walakkaan lammaffaa Aayaa irraa kan garbichaati, innis: (Iyyaaka Nasta'iin), inni gargaarsa Rabbi irraa barbaaduudha, akkasumas Inni (Rabbiin) nu gargaaruuf waadaa nuuf galuu isaati.
 Yeroo jedhe: {Ihdinassiraaxal Mustaqiim, siraaxallaziina An'amta Aleyhim, geyril Magduubi Aleyhim, Waladdaaliin}, Rabbinis ni jedha: Kun of gadi qabuu fi kadhannaa gabricha kiyyaati, gabricha kiyyaaf wanti inni gaafate hundi ni ta'a, kadhaa isaatifis deebii kenneera.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Dhimmi Faatihaa guddaa ta'uudha, kanaaf Rabbiin ol ta’e (salaata) jedhee isii moggaase.
 Rabbiin Ol ta'e, garbicha isaatti dhimmamuu ibsuudha, sababa gabrichi Isa faarsee Isa guddiseef gabricha Isaa faarsee waan inni Isa kadhate hunda isaaf akka kennu waadaa isaaf gale.
 Suuraan kabajamtuun tun:- Rabbiin faarsuu, guyyaa qiyaamaa yaadachuu, Rabbiin kadhachuu, ibaadaa Isa qofaaf qulqulleessuu, karaa qajeelaa irratti qajeelfama kadhachuu fi daandii sobaa irraa akeekkachiisuu of keessatti hammatteerti.
 Namni salaatu -yeroo Faatihaa qara’u- Hadiisa kana yaadachuun  salaata keessatti khushuu'a isaaf dabala.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>Hattuun hamaan nama salaata hatuu dha", ni jedhe :akkmitti salaata isaa hata? ni jedhan: "Rukuu'as ta'ee sujuuda isaa hin guutu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee, Rabbiin irraa haa jaallatu, akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: "Hattuun hamaan nama salaata hatuu dha", ni jedhe :akkmitti salaata isaa hata? ni jedhan: "Rukuu'as ta'ee sujuuda isaa hin guutu".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namni baay’ee fokkataan hattuu salaata isaa irraa hatu akka ta’e ibsaniiru. hattuu kana kan adda taasisu, qarshii nama biraa fudhachuun addunyaa kana irratti fayyadamuu danda'a. Sababni isaas mindaa fi ajrii ofii argachuu qabu hate waan ta'eef jecha, ni jedhan: Yaa Ergamaa Rabbii akkamitti namni salaata ofii hata? Isaanis: Rukuu'aa fi sujuuda salaataa hin guutu; sunis rukuu'a fi sujuuda keessatti ariifatuuni, akkataa barbaadameen isaan hin raawwatu.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Barbaachisummaa salaata tolfachuu fi tasgabbii fi khushuu'a eeggatanii utubaawwan isiitin dhufuun qabuudha.
 Nama rukuu'a fi sujuuda sirnaan hin raawwanne bifa hattuutin ibsuun waan kanarraa akeekkachiisuu fi akka dhoorgaa ta'e ibsuudha.
 Salaata kessatti rukuu'a fi sujuuda guutuu fi isaan keessatti sirnaan ol jedhanii raawwachuun dirqama ta'uudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- dugda isaanii rukuu'a irraa yeroo ol kaasan akkana kan jedhan ta'an: "Sami'allaahu Liman Hamidah</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>Ibnu Abii Awfaa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- dugda isaanii rukuu'a irraa yeroo ol kaasan akkana kan jedhan ta'an: "Sami'allaahu Liman Hamidah, Allaahumma Rabbanaa lakal hamd Mil'assamaawaati wa mil' Ardi wa mil'a maa shi'ita min shey'in Ba'ad", jechuunis: Rabbiin nama Isa faarsef dhaga’e, Yaa Rabbii keenya faaruun siifi, faaruun samii fi dachii guutu, akkasumas eegasii wahirraa faaruun waan ati feete guutu siifi jechuudha.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dugda isaanii rukuu'a irraa yeroo ol kaasan akkana kan jedhan ta'an: "Sami'allaahu Liman Hamidah", jechuunis: Nama Rabbii ol tahe faarse Rabbiin isaaf owwaatee, faaruu isaa isaaf qeebalee irrattis isa mindeessa. Ergasii akkana jechuun Allaaha ni faarsu: "Allaahumma Rabbanaa lakal hamdu, Mil'assamaawaat wa mil' Ardi wa mil'a maa shi'it min shey'in Ba'ad", faaruu samii fi dachii guutu, waan jidduu isaani jiruus, akkasumas faaruu wahirraa waan Rabbiin fedhe guutu</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Namni salaatu tokko yeroo Jilba qabachuu irraa mataa isaa ol kaase waan isa jechuun jaalatamu ibsuudha.
 Erga jilba qabachuu irraa ol ka'anii tolchanii ol jechuu fi tasgabbiin karaa ta'uudha; Sababni isaas tasgabbaa’anii tasgabbiin yoo salaatan malee zikrii kana jechuun waan hin danda’amneef jecha.
 Zikriin kuni salaata dirqamas ta’ee sunnaa hunda keessatti ni hayyamamaadha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dhuma salaata dirqamaa hunda keessatti akkana kan jedhan ta'an</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>Warraad barreessaa Mughiirah bin Shu’ubah irraa odeeffamee, akkana jedhe: Mughiirah bin Shu’ubah xalayaa Mu'aawiyaan barreesse keessatti narratti dubbise: Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dhuma salaata dirqamaa hunda keessatti akkana kan jedhan ta'an: "Haqaan gabbaramaan Rabbii tokkicha hiriyaa hin qabne malee hin jiru, mootummaa fi faaruun kan isaati, Inni waan hundumaa irratti danda'aa dha. Yaa Rabbi, waan ati kennite namni dhoorgu hin jiru, waan ati dhoorgite namni kennu hin jiru, sibiratti dureessa durumti isaa isa hin fayyadu".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- dhuma salaata dirqamaa hunda keessatti akkana kan jedhan ta'an*: "Haqaan gabbaramaan Rabbii tokkicha hiriyaa hin qabne malee hin jiru, mootummaa fi faaruun kan isaati, Inni waan hundumaa irratti danda'aa dha. Yaa Rabbi, waan ati kennite namni dhoorgu hin jiru, waan ati dhoorgite namni kennu hin jiru, sibiratti abbaa qabeenyaa qabeenyi isaa isa hin fayyadu".
 Jechuunis: Jecha tokkichummaa Rabbii nan raggaasisa "Laa ilaaha illallaah" jechuunis: Rabbiin malee haqaan gabbaramaan hin jiru jedhuudha, Ibaadaa dhugaa Rabbiif qofa nan mirkaneessa, waan biraa irraa nan haala, Gabbaramaan haqaa  Rabbiin malee hin jiru, mootummaan dhugaa fi guutuu ta’e kan Rabbii qofa ta’uu nan beeka. Waan hundaa inni waan danda'uuf. faaruun namoota samii fi dachii hundinuu Rabbii ol ta'e qofaaf haqa godhamaadha. Waan Rabbiin kennaa ykn dhoorgaa irraa waan Rabbiin murteesse kamiyyuu wanti deebisu hin jiru. Isa biratti abbaa qabeenyaa qabeenyi isaa isa hin fayyadu, kan isa fayyaduu danda'u hojii gaarii qofaadha.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Zikrii kana erga salaata xumuuranii booda jechuun jaalatamaa ta'uudha, sababni isaas jechoota tokkichummaa fi faaruu Rabbii of keessaa waan qabuuf jecha.
 Sunnaa hordofuu fi babal'isuu irratti ariifachuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sujuuda lamaan jidduutti akkana jedhu ture: "Yaa Rabbii kiyya, naaf araarami, yaa Rabbii kiyya, naaf araarami</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Huzeyfaa irraa odeeffamee, Rabbiin irraa haa jaallatu: Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sujuuda lamaan jidduutti akkana jedhu ture: "Yaa Rabbii kiyya, naaf araarami, yaa Rabbii kiyya, naaf araarami".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo sujuuda lamaan jidduu taa’an akkana jechaa turan: Yaa Rabbii kiyya naaf araarami, yaa Rabbii kiyya, naaf araarami, irra deebi’anii jedhani.
 Hiikni "Yaa Rabbii kiyya naaf araaramii: gabrichi cubbuu isaa haqee badii akka isaaf haguuguuf Rabbii isaa gaafachuudha.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Salaata dirqamaa fi salaata sunnaa keessatti sujuuda lamaan jidduutti du'aa'ii kana jechuun karaa ta'uudha.
 Jecha: "Yaa Rabbi naaf araarami" jedhu irra deddeebi’anii jechuun jaalatamaa ta'uudha, dirqamni yeroo tokko qofa jechuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Sun sheyxaana “Khinzab” jedhamu, Yeroo wanti akkasii sitti dhaga’ame, Rabbitti irraa maganfadhuu, gara bitaa kee irratti yeroo sadii tufi</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>Usmaan bin Abil Aas irraa odeeffamee, Rabbiin irraa haa jaallatu: Inni gara Nabiyyitti dhufee, nagaa fi rahmanni irra haa jiraatu, akkana jedhe: Yaa Ergamaa Rabbii, dhugumatti sheyxaanni anaa fi salaata koo fi qiraatii koo gidduu galee na irratti isii wal fakkeessaa jira. Ergamaan Rabbiitis -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: "Sun sheyxaana “Khinzab” jedhamu, Yeroo wanti akkasii sitti dhaga’ame, Rabbitti irraa maganfadhuu, gara bitaa kee irratti yeroo sadii tufi". ni jedhe: ani akkas godhee, Rabbiin isa narraa kaase.</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>Usmaan bin Abii Al-Aas Rabbiin irraa haa jaallatu, gara Nabiyyitti dhufee, nagaa fi rahmanni irra haa jiraatu, akkana jedhe: Yaa Ergamaa Rabbii, sheyxaanni anaa fi salaata koo gidduu galee, khushuu'a isii keessatti na dhoorgeera,  akkasumas qiraatii kiyya na irratti walitti laaqee akkan shakku na taasiseera. Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhaniin: Sun sheyxaana Khinzab jedhamu waan ta’eef,  waan akkasii yoo argite, yoo sitti dhaga’ame, Rabbitti tikfima barbaadi, Rabbitti irraa maganfadhu, bitaa keetiin yeroo sadii  tuftoo xiqqoo tufi, usmaanis akkas jedhe: waan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- itti na ajajan hojjedhee Rabbiin wanta san na irraa deemsise.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Salaata keessatti barbaachisummaa khushuu'a fi dhufinsi qalbii qabuudha, akkasumas Shexaanni burjaajessuu fi nama shakkisiisuu keessatti akka carraaquudha.
 Shexaanni yeroo salaata keessatti nama waswaasu, yeroo sadii gara bitaatti tufuudhaan wajjiin isa irraa maganfachuun jaalatamaa ta'uudha.
 Sahaabaan, Rabbiin isaan irraa haa jaallatu, rakkina isaan mudatu ilaalchisee, akka isaan isaaniif furaniif jecha, Nabiyyiitti , nagaa fi rahmanni irra haa jiraatu, deebi'anii gaafachuun itti fayyadamaa akka turan ibsuudha.
 Jireenya qalbii sahaabaa fi yaaddoon isaanii Aakhiraa akka ta'eedha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/65105</t>
   </si>
   <si>
-    <t>وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ</t>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
+  </si>
+  <si>
+    <t>Rabbiin hojii irraa waan qulqullaa'ee isa qofaaf ta'ee fi kan fuulli isaa ittiin barbaadame malee hin qeebalu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
+  </si>
+  <si>
+    <t>Abuu Umaamaa Al-baahilii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Namichi tokko gara nabiyyiitti dhufee -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhe: namicha mindaa fi maqaan isaa dubbatamuu barbaadee duule agartee, maaltu isaaf jira? ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Homaa isaaf hin jiru» yeroo sadi irra deddeebi'uun gaafate, ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo sadanuu «Homaa isaaf hin jiru» jechuun deebisaniif, eegasii akkas jedhani: «Rabbiin hojii irraa waan qulqullaa'ee isa qofaaf ta'ee fi kan fuulli isaa ittiin barbaadame malee hin qeebalu».</t>
+  </si>
+  <si>
+    <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
+  </si>
+  <si>
+    <t>Murtoo namicha mindaa Rabbiin irra barbaaduu fi nama birattis faaruu argachuuf jecha duulaa fi qabsoof ba'ee gafachuuf jecha namichi wohii gara nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufee, mindaa ni argataa? jedhee gaafate, ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mindaan homaa isaaf hin jiru jedhanii deebisaniif; niyyaa isaa keessatti waan Rabbiin malee jiru waan qindeesseef jecha, namichi gaaffii isaa yeroo sadi'iif irra deebi'uun nabiyyii gaafate -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaanis yeroo sadanuu deebiidhuma jalqabaa gadi jabeessanii, mindaan isaaf hin jiru jechuun deebisaniif, eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ulaagaa hojiin Rabbiin biratti ittiin qeebalamu isatti himani: Rabbiin hojii irraa hundi isaatuu osoo nama tokkollee isatti hin qindeessin Rabbiif jecha ta'uu fi fuula isaa barbaachuuf ta'u malee hin qeebalu.</t>
+  </si>
+  <si>
+    <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
+أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
+تأكيد الأمر العظيم بتكرار السؤال عنه.
+المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
+  </si>
+  <si>
+    <t>Rabbiin hojii irraa qulqulluu Rabbi qofaaf ta'e malee hin qeebalu, akkasumas akkaataa karaa nabiyyii isaa irratti yoo ta'e malees hin qeebalu, Rabbiin rahmtaa fi nageenya isaan irratti haa buusu.
+Deebisaan nama fatwaa godhuu toluu irraa fatwaan isaa waan gaafataan barbaaduu fi dabalata biraa kan of keessaa qabu ta'uudha.
+Waan tokko irraa irra deddeebi'uun gaafachuun dhimmichi jabaa ta'uu isaa mirkaneessuutu keessa jira.
+Qabsaa'aan dhugaa nama jechi Rabbii akka ol ta'uf qabsaa'ee fi niyyaa qulqulleeffachuu wajjin mindaa barbaachaaf nama qabsaa'edha, qabsoon isaa duuniyaaf jecha hin ta'u.</t>
+  </si>
+  <si>
+    <t>رواه النسائي</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/65107</t>
+  </si>
+  <si>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
+  </si>
+  <si>
+    <t>Namni Rabbiin Rabbummaa isaa jaallate, islaama amantummaa isaa jaallate, Muhammadiin ergamummaa isaa jaallate mi'aa iimaanaa dhandhameera</t>
+  </si>
+  <si>
+    <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
+  </si>
+  <si>
+    <t>Abbaas ibnu Abdulmuxxalib irraa akka odeeffametti -Rabbii isa irraa haa jaallatu- ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: «Namni Rabbiin Rabbummaa isaa jaallate, islaama amantummaa isaa jaallate, Muhammadiin ergamummaa isaa jaallate mi'aa iimaanaa dhandhameera».</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
+أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
+ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
+ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mu'uminni iimaana isaa kan qalbiin isaa isa irratti ragga'e keessatti dhugoomsaa ta'e, bal'ina, gammachuu, mi'aa iimaanaa fi Rabbitti dhihaachuu qalbii isaatiin akka argatuu fi ittis beekamu himani, wantoota sadeen kana kan jaallatu yoo ta'e:
+Jalqaba: Rabbiin Rabbummaa isaa jaallate, sunis waan Rabbiin irraa isatti dhufu, Rabbummaan isaa waan itti qajeelchu rizqii fi haalowwan qooduu irraa, qalbii isaa keessatti waan sana keessatti mormii tokkollee qalbii isaa keessatti arguu dhabuuni, Rabbiin malee waan jiru Rabbummaa isaa kan hin barbaanne.
+lammaffaan: islaama amantummaa isaa jaallate, sunis waan islaamummaan of keessatti qabate, ajajootaa fi dirqamoota isa keessa jiruuf qomni isaa bal'achuudha, karaa islaama malee jiru kan hin deemne ta'ee.
+Sadaffaan: Muhammadiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- ergamummaa isaa jaallachuudha, sunis hunda waan isaan ittiin dhufan shakkii fi keessa deddeebii tokkoon maletti qomni isaa isaaf bal'atee itti gammaduuni,  adeemsa karaa isaaniitiin wol simatu malee hin deemu.</t>
+  </si>
+  <si>
+    <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
+الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
+الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
+قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
+  </si>
+  <si>
+    <t>Akkuma mi'aan nyaataa fi dhugaatii afaaniin dhandhamamutti, iimaanni mi'aa fi dhandhama qalbiin dhandhamamu qaba.
+Qaamni yeroo fayyaa qabu malee mi'aa nyaataa fi dhugaatii hin argu, akkasuma qalbiinis dhukkuba yaada jallisaa fi fedhiilee qalbii kan haraama ta'an irraa yoo nagaa ta'e, mi'aa iimaanaa argata, yeroo dhukkubsatetti immoo mi'aa iimaanaa hin argatu, inumaa fedhiilee fi badiilee irraa waan badiin isaa isa keessa jiru mi'eeffachuutu mala.
+Ilmi namaa tokko yeroo waan tokko jaallatee bareedaas isa taasise dhimmi isaa isatti laafa, waan isaa irraa homaa wonti tokko isatti hin jabaatu, waan inni ittiin dhufe hundatti gammada, gammachuun isaa qalbii isaatiin wol makata, mu'uminnis akkasuma yeroo iimaanni qalbii isaa seenetti, Rabbii isaatiin buluun isatti laafti, lubbuun isaas isa mi'eeffatti, dadhabbiin isa keessatti ta'u isatti hin ulfaatu.
+Aalimni islaamaa Ibnui Qayyim akkas jedhe: hadiisni kun Rabbummaa isaa, gabbaramummaa isaa jaallachuu, ergamaa isaas jaallachuu, isa jala butamuu fi amantaa isaa jaallachuu fi isa fudhachuu of keessatti qabata.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/65116</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
+  </si>
+  <si>
+    <t>Waa afur namni isa keessatti argame munaafiqa qulqulluu ta'e, isaan keessaa wanti tokko namni isa keessatti argame hanga isa dhiisutti gosti munaafiqummaa tokko isa keessatti ta'e: yeroo dubbatetti ni kijiba,yeroo irbuu seenetti ni gana, yeroo beellametti ni diiga, yeroo falmetti daangaa darba</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu Amrii irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Waa afur namni isa keessatti argame munaafiqa qulqulluu ta'e, isaan keessaa wanti tokko namni isa keessatti argame hanga isa dhiisutti gosti munaafiqummaa tokko isa keessatti ta'e: yeroo dubbatetti ni kijiba,yeroo irbuu seenetti ni gana, yeroo beellametti ni diiga, yeroo falmetti daangaa darba».</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gosota afur muslima keessatti gosti afur yeroo wolitti qabamanitti sababaa gosoota afran kanaatiin haalaan munaafiqootatti kan fakkaatu ta'a, kun nama gosootni afran kun isa keessatti irra hedduu ta'eefi, namni darbee darbee isa keessatti argamu kana keessa hin seenu, isiinis:
+inni jalqabaa: yeroo dubbatutti beekaa soba, dubbii isaa kessatti dhugummaa hin qabu.
+inni lammaffaan: irbuu yeroo seenetti isa hin guutu, nama irbuu seeneef immo ni gana.
+inni sadaffaan: beellama yeroo seenetti isa hin guutu, isa diiga.
+iinni afraffaa: yeroo namaan wol falmee fi wol loletti falmiin isaa jabaadha, haqa irraa jal'ata, deebii isaa fi ragaa isaa keessatti mala hojjata, akkasuma dharaa fi kijibas dubbata.
+munaafiqummaan waan garaatti yaaduun alatti kan biraa mul'ifachuudha, hiikkaan kun nama haala kana qabu keessa jira, munaafiqummaan isaa haqa nama isaan dubbatee, haqa nama waadaa isaaf seenee, haqa nama isa amanee, haqa nama isa falmee fi haqa nama beellama seeneefii keessatti ta'a, malee islaamummaa keessatti munaafiqa islaamummaa mul'ifatee kufrii dhokfota jechuu miti, namni gosoota kanneen keessaa tokko isa keessatti argame; hanga isa dhiisutti gosti munaafiqummaa tokko isa keessatti ta'eera.</t>
+  </si>
+  <si>
+    <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
+المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
+قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
+النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
+قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
+قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
+  </si>
+  <si>
+    <t>garii mallattoolee munaafiqootaa ibsuutu keessa jira, isa keessa akka hin buuneef isa irraa sodaachisuuf jecha.
+hadiisa kanaan kan itti fedhame: gosootni kun gosoota munaafiqummaati, namni isii qabu gosoota kanaan munaafiqootaan wolitti fakkaateera, haala isaaniitti fakkaateera, malee inni munaafiqa islaamummaa mul'isee kufrii dhoksu ta'uu miti, kun nama haalli kun isa injifatee isii keessatti dantaa dhabee, waan isii akka laafaatti ilaaleef ta'as jedhameera; namni akkas ta'e yeroo hedduu amantaan isaas badaa ta'a.
+Aalimni islaamaa Gazaaliin akkas jedhe: hundeen amantaa waa sadi keessatti wolitti qabama: jecha, hojii fi niyyaadha, kijibaan akka jechi badu, gantummaan akka hojiin badu, diiguun akka niyyaan badu itti akeeke; beellama diiguun yeruma beellama seenu murannoon isaa woliin yoo ta'e malee waa hin miidhu, murannoo kan qabaatu ta'ee ka'ee eegasii wontii isa dhoorgu akka tasaa isaaf argame yookaan yaadni biraa isatti mul'ate immoo inni kun gosti munaafiqummaa isaaf hin argamne.
+munaafiqummaan gosa lama: munaafiqummaa amantaa kan abbaa isaa iimaana irraa baasu, inni islaamumma mul'isanii kufrii dhoksuudha, inni lammaffaan: munaafiqummaa hojiiti, inni haala isaanii keessatti munaafiqootatti fakkaachuudha, inni kun abbaa isaa iimaana irraa hin baasu, garuu inni immoo badiiwwan gurguuddoo irraati.
+Aalimni islaamaa Ibnu Hajara akkas jedhe: namni qalbii isaatii fi arraba isaatiin dhugeessaa ta'ee ka'ee gosoota kana hojjate kufriin isa irratti akka hin murtoofne ulamaa'iin irratti woliif galaniiru, akkasuma inni munaafiqa ibidda keessa abad taa'us miti.
+Aalimi islaamaa imaam Nawawiin akkas jedhe: tuutni ulaamaa'ii irraa ta'e wohii akkas jedhani: hadiisa kanaan kan itti fedhame munaafiqoota yeroo nabiyyiiti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- iimaana himatanii ka'anii isa sobsiisani, amantaa isaanii irratti amanamanii ka'anii ganani, dhimma amantaa fi isaaf tumsuu irratti beellama seenanii ka'anii diigani, namoota falmaniin keessatti daangaa darbani.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
+  </si>
+  <si>
+    <t>Gidduu azaana lameenii hundatti salaataatu jira, gidduu azaana lameenii hundatti salaataatu jira», eegasii sadaffaa irratti akkas jedhani: «nNama fedheefi</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu Mughaffal irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Nabiyyiin -Rabbbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Gidduu azaana lameenii hundatti salaataatu jira, gidduu azaana lameenii hundatti salaataatu jira», eegasii sadaffaa irratti akkas jedhani: «nNama fedheefi».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hunda azaanaa fi iqaamaa gidduutti salaanni sunnaa akka jiru ibsani, sana yeroo sadi irra deebi'ani, sadaffaa irratti sun nama salaatuu fedheef jaallatamaa akka ta'e himani.</t>
+  </si>
+  <si>
+    <t>استحباب الصلاة بين الأذان والإقامة.
+هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
+المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
+الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
+  </si>
+  <si>
+    <t>Azaanaa fi iqaamaa gidduutti salaatuun jaallatamaa ta'uu isaa.
+Jecha irra deddeebi'uu keessatti karaa nabiyyii agarsiisa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-, sun immoo dhageessisuu fi barbaachisummaa waan dubbatanuu gadi jabeessuuf jecha.
+Azaana lameen jechuun kan itti fedhame: Azaanaa fi iqaamaadha, azaana lama jedhee kan waameef tokko irra caalchisuuni, (aduu fi ji'aan) ji'a lameen akka jedhamutti, akkasumas (Abuu Bakirii fi Umariin) Umar lameen akkuma jedhamutti.
+Azaanni yeroon salaataa seenuu beeksisuudha, iqaamaan immoo hojiin salaataa ga'uu beeksisuudha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/65479</t>
+  </si>
+  <si>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
+  </si>
+  <si>
+    <t>Ilmi namaa yeroo du'e waa sadi malee hojiin isaa isa irraa cita: sadaqaa itti fuftuu taate malee, yookaan beekumsa namni itti fayyadamu malee, yookaan ilma gaarii du'aa'ii isaaf godhu malee</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
+  </si>
+  <si>
+    <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergmanaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Ilmi namaa yeroo du'e waa sadi malee hojiin isaa isa irraa cita: sadaqaa itti fuftuu taate malee, yookaan beekumsa namni itti fayyadamu malee, yookaan ilma gaarii du'aa'ii isaaf godhu malee».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
+الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
+الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
+الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hojiin nama du'ee gaafa inni du'e irraa eegalee akka irraa citu himani, booda du'a isaatii wontoota sadeen kanaan yoo ta'e malee toltuun akka isaaf hin argamne himani; yeroo duuniyaa irra jirutti toltuu sanaaf sababa waan ta'eef jecha:
+Inni jalqabaa: sadaqaa isii mindaan isii yaa'uu fi itti fufu, kan adda hin cinne, akka woqfii, masjiida ijaaruu, eela qotuu fi kanneen biroo.
+Lammaffaan: beekumsa namoonni itti fayyadamanu, akka kitaabolee barnootaa barreessuu, yookaan nama wohii barsiisee jennaan, namni sun booda namni isa barsiise du'ee beekumsa sana facaasuufaati.
+Sadaffaan: Ilmoo mu'uminaa gaarii haadhaa fi abbaa isaatiif du'aa'ii godhu.</t>
+  </si>
+  <si>
+    <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
+خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
+كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
+العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
+الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
+الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
+الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
+  </si>
+  <si>
+    <t>sawaaba irraa wonti booda du'aatii ilma namaa qaqqabu: sadaqaa itti fuftuu, beekumsa namoonni itti fayyadamanii fi du'aa'ii akka ta'e worri beekumsaa wolii galanii jiru, hadiisa biroo keessatti hajjiinis dhufee jira.
+hadiisa kana keessatti wantoota sadeen kana addatti kan dubbateef, hundee toltuu waan ta'anii fi irra hedduu waan worri toltuu hojjatu booda isaaniitii akka hafu barbaadan waan ta'aniif jecha.
+hundi beekumsa namoonni itti fayyadamanuu mindaan nama isa dabrseef ni argama, garuu adda dureen immoo beekumsa shari'aatii fi kan isa gargaaranu.
+wontoota kanneen saden keessaa beekumsi irra bu'a qabeessa isaaniiti; beekumsi namni isa baratu waan isatti fayyadamuuf jecha, akkasumas beekumsa keessa shari'aa eeguun waan jiruuf jecha, isa keessa akka wolii galaatti uumama fayyaduun waan jiruuf jecha, beekumsa kee irraa yeroo ati lubbuun jirtu kan jiruu fi booda du'a keetiitii kan jirus itti fayyadama waan ta'eef inni irra hunda qabataa fi irra hunda hammataadha.
+ilmaan gaggarii guddisuutti kakaasuu; Aakhiraatti isaantu haadhaa fi abbaa isaanii fayyada waan ta'eef jecha, faaydaa isaanii keessaa isaan du'aa'ii isaaniif godhuudha.
+booda du'a isaaniitii haadhaa fi abbaatti tola ooluutti kakaasuutu keessa jira, akkasumas kun toltuu ilmis irraa fayyadamu irraati.
+du'aa'iin nama ilmaan ala jiru irraallee yoo ta'e nama du'e ni fayyada, garuu addatti ilma kan dubbateef ilmi yeroo hedduu isatu hanga ofii du'utti itti fufiinsaan du'aa'ii godhaaf waan ta'eefi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/65566</t>
+  </si>
+  <si>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
+  </si>
+  <si>
+    <t>yaa ergamaa Rabbii, haati Sa'ad ni duute, sadaqaa kamtu irra caalaadha?, isaanis ni jedhani: «Bishaani», ni jedhe (gabaasaan hadiisachaa): (sa'ad) eela qotee, kun kan haadha sa'adi jedhe</t>
+  </si>
+  <si>
+    <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
+  </si>
+  <si>
+    <t>Sa'ad ibnu Ubaadaa irraa akka odeeffametti- Rabbi isa irraa haa jaallatu- ni jedhe: yaa ergamaa Rabbii, haati Sa'ad ni duute, sadaqaa kamtu irra caalaadha?, isaanis ni jedhani: «Bishaani», ni jedhe (gabaasaan hadiisachaa): (sa'ad) eela qotee, kun kan haadha sa'adi jedhe.</t>
+  </si>
+  <si>
+    <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
+  </si>
+  <si>
+    <t>Haati Sa'ad ibnu Ubaadaa -Rabbi isii irraa haa jaallatu- duutee jennaan ilmi isii sa'ad haadha isaa irraa saddaquuf jedhee irra caaltuu sadaqaa irraa nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafate? isaanis- Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra caalaan sadaqaa bishaani jedhaniin, innis eela qotuun haadha isaatiif sadaqaa taasise.</t>
+  </si>
+  <si>
+    <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
+أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
+الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
+بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
+  </si>
+  <si>
+    <t>bishaan irra caalaa sadaqaa ta'uu ibsuutu keessa jira.
+Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sa'adiin bishaan saddaquutti isa qajeelchani; waan bishaan dhimma diinii fi duuniyaa keessatti bu'aan isaa hunda galeessa ta'eefi, akkasumas ho'i jabaachuu, haajaan guddaan jirachuu fi bishaan xiqqaachuu isaatiifi.
+mindaan sadaqaa warra du'aniif akka qaqqabu akeekuu.
+Haadha isaatti tola ooluu Sa'ad ibnu Ubaadaati, Rabbi isaan lamaan irraa haa jaallatu.</t>
+  </si>
+  <si>
+    <t>حسن بمجموع طرقه</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/65613</t>
+  </si>
+  <si>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
+  </si>
+  <si>
+    <t>Mu'uminni kan akkaan arrabaan nama woraanuu miti, akkaan kan nama abaarus miti, gadhees miti, nama afaan badaas miti</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu Mas'uud irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Mu'uminni kan akkaan arrabaan nama woraanuu miti, akkaan kan nama abaarus miti, gadhees miti, nama afaan badaas miti».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gosa isaaniitiin namoota kan aybeessu ta'uun, abaarsaa fi arraba heddummeessuun, hojii badaa hojjachuun, jecha safuu hin qabne dubbachuun hojii mu'umina iimaana guutuu qabuu akka hin taane himani.</t>
+  </si>
+  <si>
+    <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
+الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
+قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
+  </si>
+  <si>
+    <t>keeyyattoota shari'aa keessatti imaana dhabamsiisuun hojii haraamaa hojjachuun yookaan dirqama dhiisuun malee hin ta'u,
+waan badaa irraa qaama ofii eeguutti kakaasuutu keessa jira, keessattuu arraba.
+Aalimni Islaamaa Assindiin akkas jedhe: jecha waan tokko keessatti honga ga'uu ibsuun dubbachuun(Axxa'aan, wolla'aan) woraansi arrabaa fi abaarsi xiqqoon nama isa haqa godhatuuf sifa iimaanaatiin waamamuu irratti homaa miidhaa akka hin qabne akeekuutu keessa jira.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/65869</t>
+  </si>
+  <si>
+    <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>Koomeewwaniif ibidda irraa adabbiin mirkanaa'e, wuduu'a guutaa godhaa</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>Abdullaah bin Amrii irraa odeeffamee Rabbiin isaan lamaan irraa haa jaallatu akkana jedhe: Ergamaa Rabbii -nagaa fi rahmanni irraa haa jiraatu- waliin Makkaa irraa gara Madiinaa deebinee, yeroma bishaan wahii kan karaa irra jiru bira geenne namoonni yeroo Asrii irratti salaatuf sardamanii, haala sardaminsa keessa jiraniin wuduu'a ni godhatan, bishaan ishee tuquu dhabuu irraa kan ka'een haala koomeen isaanii  iftuun isaan bira geenne, Ergamaan Rabbii -nagaa fi rahmanni Isaan irra haa jiraatu- akkana jedhan: «Koomeewwaniif ibidda irraa adabbiin mirkanaa'e, wuduu'a guutaa godhaa».</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irraa haa buusu- sahaabota isaanii woliin makkaan irraa gara madiinaatti imalan, karaa isaanii irratti bishaan argatanii, gariin sahaabotaa salaata asrii salaatuuf jecha wuduu'a godhachuutti jarjarani, hanga bishaan irraa goggoginni duuba koomee isaanii nama ilaalu tokkoof mul'atutti, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: worreen yeroo wuduu'a godhatan duuba faana isaanii dhiquu keessatti hirdhisaniif adabbii fi badiitu ibidda keessatti isaaniif jira, eegasii wuduu'a guutanii akka godhatanutti isaan ajajani.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>wuduu'a keessatti miila lameen dhiquun dirqama ta'uu isaa; osoo irra haxaawuun ni ta'a ta'ee nama koomee dhiquu dhiise ibiddaan hin dinniinu ture.
@@ -15836,51 +18366,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O420"/>
+  <dimension ref="A1:O490"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -16039,19518 +18569,22787 @@
       </c>
       <c r="I5" t="s">
         <v>46</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>47</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>2941</v>
+        <v>2932</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>51</v>
       </c>
       <c r="D6" t="s">
         <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>54</v>
       </c>
       <c r="G6" t="s">
         <v>55</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L6" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>2945</v>
+        <v>2941</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F7" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="I7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>25</v>
       </c>
       <c r="L7" t="s">
         <v>26</v>
       </c>
       <c r="M7" t="s">
         <v>27</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>2949</v>
+        <v>2945</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F8" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G8" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>25</v>
       </c>
       <c r="L8" t="s">
         <v>26</v>
       </c>
       <c r="M8" t="s">
         <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>2960</v>
+        <v>2949</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G9" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H9" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="I9" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>25</v>
       </c>
       <c r="L9" t="s">
         <v>26</v>
       </c>
       <c r="M9" t="s">
         <v>27</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>2961</v>
+        <v>2960</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="G10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H10" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I10" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
         <v>25</v>
       </c>
       <c r="L10" t="s">
         <v>26</v>
       </c>
       <c r="M10" t="s">
         <v>27</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>2962</v>
+        <v>2961</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E11" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I11" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>25</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
       <c r="M11" t="s">
         <v>27</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>2969</v>
+        <v>2962</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D12" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E12" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F12" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G12" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H12" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I12" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>25</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
         <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>2985</v>
+        <v>2969</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C13" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E13" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F13" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G13" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H13" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="I13" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>2986</v>
+        <v>2971</v>
       </c>
       <c r="B14" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E14" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F14" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="G14" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H14" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="I14" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>25</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
         <v>27</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>2997</v>
+        <v>2985</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C15" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D15" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E15" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="G15" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="H15" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="I15" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
         <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>3007</v>
+        <v>2986</v>
       </c>
       <c r="B16" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C16" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D16" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E16" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F16" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="G16" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="H16" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="I16" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3010</v>
+        <v>2997</v>
       </c>
       <c r="B17" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C17" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D17" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E17" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F17" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G17" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H17" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I17" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3013</v>
+        <v>3007</v>
       </c>
       <c r="B18" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C18" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D18" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E18" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F18" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="G18" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H18" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="I18" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3014</v>
+        <v>3010</v>
       </c>
       <c r="B19" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C19" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D19" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E19" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="F19" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="G19" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="H19" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="I19" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>25</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3017</v>
+        <v>3013</v>
       </c>
       <c r="B20" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C20" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D20" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E20" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="F20" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="G20" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="H20" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="I20" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>186</v>
+        <v>25</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
-        <v>187</v>
+        <v>27</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3018</v>
+        <v>3014</v>
       </c>
       <c r="B21" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C21" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D21" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E21" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="F21" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="G21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H21" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>25</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3029</v>
+        <v>3017</v>
       </c>
       <c r="B22" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C22" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D22" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E22" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F22" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="G22" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H22" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="I22" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>25</v>
+        <v>208</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>27</v>
+        <v>209</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3031</v>
+        <v>3018</v>
       </c>
       <c r="B23" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C23" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D23" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E23" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F23" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="G23" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="H23" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I23" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3033</v>
+        <v>3029</v>
       </c>
       <c r="B24" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C24" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D24" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E24" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F24" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="G24" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="H24" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="I24" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3037</v>
+        <v>3031</v>
       </c>
       <c r="B25" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D25" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="E25" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="F25" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="G25" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="H25" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="I25" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3044</v>
+        <v>3033</v>
       </c>
       <c r="B26" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C26" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D26" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E26" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="F26" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="G26" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="H26" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="I26" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3045</v>
+        <v>3037</v>
       </c>
       <c r="B27" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C27" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D27" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E27" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F27" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G27" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H27" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="I27" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="J27" t="s">
-        <v>251</v>
+        <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>252</v>
+        <v>170</v>
+      </c>
+      <c r="L27" t="s">
+        <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>253</v>
+        <v>171</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3053</v>
+        <v>3044</v>
       </c>
       <c r="B28" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C28" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D28" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E28" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F28" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G28" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H28" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I28" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3060</v>
+        <v>3045</v>
       </c>
       <c r="B29" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C29" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D29" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E29" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F29" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G29" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H29" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I29" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J29" t="s">
-        <v>24</v>
+        <v>273</v>
       </c>
       <c r="K29" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>274</v>
       </c>
       <c r="M29" t="s">
-        <v>27</v>
+        <v>275</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>3061</v>
+        <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="C30" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="D30" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E30" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="F30" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="G30" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="H30" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="I30" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3062</v>
+        <v>3060</v>
       </c>
       <c r="B31" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C31" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="D31" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="E31" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="F31" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="G31" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="H31" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="I31" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>290</v>
+        <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
-        <v>291</v>
+        <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3063</v>
+        <v>3061</v>
       </c>
       <c r="B32" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C32" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D32" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E32" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F32" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G32" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H32" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="I32" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3071</v>
+        <v>3062</v>
       </c>
       <c r="B33" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C33" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D33" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E33" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F33" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="G33" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H33" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="I33" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>148</v>
+        <v>312</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>149</v>
+        <v>313</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3075</v>
+        <v>3063</v>
       </c>
       <c r="B34" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="C34" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="D34" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="E34" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="F34" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G34" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="H34" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="I34" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3078</v>
+        <v>3071</v>
       </c>
       <c r="B35" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C35" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D35" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E35" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F35" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="G35" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="H35" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="I35" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3079</v>
+        <v>3075</v>
       </c>
       <c r="B36" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C36" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D36" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="E36" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F36" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="G36" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="H36" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="I36" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3086</v>
+        <v>3078</v>
       </c>
       <c r="B37" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C37" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D37" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="E37" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F37" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="G37" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="H37" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="I37" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3087</v>
+        <v>3079</v>
       </c>
       <c r="B38" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C38" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D38" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="E38" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="F38" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="G38" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="H38" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="I38" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3088</v>
+        <v>3086</v>
       </c>
       <c r="B39" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C39" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="D39" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="E39" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="F39" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="G39" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="H39" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="I39" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3095</v>
+        <v>3087</v>
       </c>
       <c r="B40" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C40" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="D40" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="E40" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="F40" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="G40" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="H40" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="I40" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3096</v>
+        <v>3088</v>
       </c>
       <c r="B41" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C41" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="D41" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E41" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="F41" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="G41" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H41" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="I41" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3103</v>
+        <v>3095</v>
       </c>
       <c r="B42" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C42" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="D42" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="E42" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="F42" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="G42" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H42" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="I42" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3104</v>
+        <v>3096</v>
       </c>
       <c r="B43" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C43" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="D43" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="E43" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="F43" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="G43" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H43" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="I43" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3107</v>
+        <v>3103</v>
       </c>
       <c r="B44" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C44" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D44" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="E44" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="F44" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="G44" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="H44" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="I44" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="B45" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C45" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D45" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="E45" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="F45" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="G45" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="H45" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="I45" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3122</v>
+        <v>3107</v>
       </c>
       <c r="B46" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C46" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="D46" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="E46" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="F46" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="G46" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="H46" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="I46" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="J46" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="L46" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M46" t="s">
-        <v>430</v>
+        <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3127</v>
+        <v>3110</v>
       </c>
       <c r="B47" t="s">
         <v>432</v>
       </c>
       <c r="C47" t="s">
         <v>433</v>
       </c>
       <c r="D47" t="s">
         <v>434</v>
       </c>
       <c r="E47" t="s">
         <v>435</v>
       </c>
       <c r="F47" t="s">
         <v>436</v>
       </c>
       <c r="G47" t="s">
         <v>437</v>
       </c>
       <c r="H47" t="s">
         <v>438</v>
       </c>
       <c r="I47" t="s">
         <v>439</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3135</v>
+        <v>3122</v>
       </c>
       <c r="B48" t="s">
         <v>441</v>
       </c>
       <c r="C48" t="s">
         <v>442</v>
       </c>
       <c r="D48" t="s">
         <v>443</v>
       </c>
       <c r="E48" t="s">
         <v>444</v>
       </c>
       <c r="F48" t="s">
         <v>445</v>
       </c>
       <c r="G48" t="s">
         <v>446</v>
       </c>
       <c r="H48" t="s">
         <v>447</v>
       </c>
       <c r="I48" t="s">
         <v>448</v>
       </c>
       <c r="J48" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K48" t="s">
-        <v>25</v>
+        <v>450</v>
       </c>
       <c r="L48" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M48" t="s">
-        <v>27</v>
+        <v>452</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3138</v>
+        <v>3127</v>
       </c>
       <c r="B49" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C49" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="D49" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="E49" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="F49" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="G49" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="H49" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="I49" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3142</v>
+        <v>3135</v>
       </c>
       <c r="B50" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="C50" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="D50" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="E50" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="F50" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="G50" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="H50" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="I50" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3143</v>
+        <v>3138</v>
       </c>
       <c r="B51" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C51" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D51" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E51" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F51" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="G51" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H51" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="I51" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3144</v>
+        <v>3142</v>
       </c>
       <c r="B52" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C52" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D52" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F52" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="G52" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H52" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="I52" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3145</v>
+        <v>3143</v>
       </c>
       <c r="B53" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C53" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D53" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="E53" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="F53" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="G53" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H53" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="I53" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3150</v>
+        <v>3144</v>
       </c>
       <c r="B54" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C54" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D54" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E54" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="F54" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="G54" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H54" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="I54" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3153</v>
+        <v>3145</v>
       </c>
       <c r="B55" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C55" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D55" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="E55" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F55" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="G55" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="H55" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="I55" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3156</v>
+        <v>3150</v>
       </c>
       <c r="B56" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C56" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D56" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="E56" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F56" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="G56" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="H56" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="I56" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3157</v>
+        <v>3153</v>
       </c>
       <c r="B57" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D57" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="E57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F57" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="G57" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="H57" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="I57" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3159</v>
+        <v>3156</v>
       </c>
       <c r="B58" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C58" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D58" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="E58" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="F58" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="G58" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="H58" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="I58" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="J58" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3220</v>
+        <v>3157</v>
       </c>
       <c r="B59" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C59" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D59" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="E59" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F59" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="G59" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H59" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="I59" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3236</v>
+        <v>3159</v>
       </c>
       <c r="B60" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C60" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D60" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="E60" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F60" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G60" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="H60" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="I60" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="J60" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K60" t="s">
-        <v>559</v>
+        <v>59</v>
       </c>
       <c r="L60" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M60" t="s">
-        <v>560</v>
+        <v>61</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3267</v>
+        <v>3220</v>
       </c>
       <c r="B61" t="s">
         <v>562</v>
       </c>
       <c r="C61" t="s">
         <v>563</v>
       </c>
       <c r="D61" t="s">
         <v>564</v>
       </c>
       <c r="E61" t="s">
         <v>565</v>
       </c>
       <c r="F61" t="s">
         <v>566</v>
       </c>
       <c r="G61" t="s">
         <v>567</v>
       </c>
       <c r="H61" t="s">
         <v>568</v>
       </c>
       <c r="I61" t="s">
         <v>569</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3272</v>
+        <v>3236</v>
       </c>
       <c r="B62" t="s">
         <v>571</v>
       </c>
       <c r="C62" t="s">
         <v>572</v>
       </c>
       <c r="D62" t="s">
         <v>573</v>
       </c>
       <c r="E62" t="s">
         <v>574</v>
       </c>
       <c r="F62" t="s">
         <v>575</v>
       </c>
       <c r="G62" t="s">
         <v>576</v>
       </c>
       <c r="H62" t="s">
         <v>577</v>
       </c>
       <c r="I62" t="s">
         <v>578</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>148</v>
+        <v>579</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>149</v>
+        <v>580</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3279</v>
+        <v>3267</v>
       </c>
       <c r="B63" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C63" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D63" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="E63" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="F63" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="G63" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="H63" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="I63" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3285</v>
+        <v>3272</v>
       </c>
       <c r="B64" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C64" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D64" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="E64" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="F64" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="G64" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="H64" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="I64" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3298</v>
+        <v>3279</v>
       </c>
       <c r="B65" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C65" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D65" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="E65" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="F65" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="G65" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="H65" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="I65" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3310</v>
+        <v>3285</v>
       </c>
       <c r="B66" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C66" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D66" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="E66" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="F66" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="G66" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="H66" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="I66" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3313</v>
+        <v>3298</v>
       </c>
       <c r="B67" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C67" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D67" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="E67" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="F67" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="G67" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="H67" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="I67" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3316</v>
+        <v>3310</v>
       </c>
       <c r="B68" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C68" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D68" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="E68" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="F68" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="G68" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="H68" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="I68" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3317</v>
+        <v>3313</v>
       </c>
       <c r="B69" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C69" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D69" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="E69" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="F69" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="G69" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="H69" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="I69" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>430</v>
+        <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3330</v>
+        <v>3316</v>
       </c>
       <c r="B70" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C70" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="D70" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="E70" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="F70" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="G70" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="H70" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="I70" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3331</v>
+        <v>3317</v>
       </c>
       <c r="B71" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C71" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="D71" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="E71" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="F71" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G71" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="H71" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="I71" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>25</v>
+        <v>450</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>27</v>
+        <v>452</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3336</v>
+        <v>3330</v>
       </c>
       <c r="B72" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C72" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D72" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="E72" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="F72" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G72" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="H72" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="I72" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>669</v>
+        <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>670</v>
+        <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3341</v>
+        <v>3331</v>
       </c>
       <c r="B73" t="s">
         <v>672</v>
       </c>
       <c r="C73" t="s">
         <v>673</v>
       </c>
       <c r="D73" t="s">
         <v>674</v>
       </c>
       <c r="E73" t="s">
         <v>675</v>
       </c>
       <c r="F73" t="s">
         <v>676</v>
       </c>
       <c r="G73" t="s">
         <v>677</v>
       </c>
       <c r="H73" t="s">
         <v>678</v>
       </c>
       <c r="I73" t="s">
         <v>679</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3342</v>
+        <v>3336</v>
       </c>
       <c r="B74" t="s">
         <v>681</v>
       </c>
       <c r="C74" t="s">
         <v>682</v>
       </c>
       <c r="D74" t="s">
         <v>683</v>
       </c>
       <c r="E74" t="s">
         <v>684</v>
       </c>
       <c r="F74" t="s">
         <v>685</v>
       </c>
       <c r="G74" t="s">
         <v>686</v>
       </c>
       <c r="H74" t="s">
         <v>687</v>
       </c>
       <c r="I74" t="s">
         <v>688</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>148</v>
+        <v>689</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>149</v>
+        <v>690</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3345</v>
+        <v>3341</v>
       </c>
       <c r="B75" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C75" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="D75" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="E75" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="F75" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="G75" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="H75" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="I75" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3347</v>
+        <v>3342</v>
       </c>
       <c r="B76" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C76" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D76" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="E76" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F76" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="G76" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="H76" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="I76" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3348</v>
+        <v>3345</v>
       </c>
       <c r="B77" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C77" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D77" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="E77" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="F77" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="G77" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="H77" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="I77" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3350</v>
+        <v>3347</v>
       </c>
       <c r="B78" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C78" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D78" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="E78" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="F78" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="G78" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="H78" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="I78" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="J78" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>725</v>
+        <v>170</v>
       </c>
       <c r="L78" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>726</v>
+        <v>171</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3352</v>
+        <v>3348</v>
       </c>
       <c r="B79" t="s">
         <v>728</v>
       </c>
       <c r="C79" t="s">
         <v>729</v>
       </c>
       <c r="D79" t="s">
         <v>730</v>
       </c>
       <c r="E79" t="s">
         <v>731</v>
       </c>
       <c r="F79" t="s">
         <v>732</v>
       </c>
       <c r="G79" t="s">
         <v>733</v>
       </c>
       <c r="H79" t="s">
         <v>734</v>
       </c>
       <c r="I79" t="s">
         <v>735</v>
       </c>
       <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
+        <v>25</v>
+      </c>
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>27</v>
+      </c>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>736</v>
-      </c>
-[...13 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3354</v>
+        <v>3350</v>
       </c>
       <c r="B80" t="s">
+        <v>737</v>
+      </c>
+      <c r="C80" t="s">
+        <v>738</v>
+      </c>
+      <c r="D80" t="s">
+        <v>739</v>
+      </c>
+      <c r="E80" t="s">
+        <v>740</v>
+      </c>
+      <c r="F80" t="s">
         <v>741</v>
       </c>
-      <c r="C80" t="s">
+      <c r="G80" t="s">
         <v>742</v>
       </c>
-      <c r="D80" t="s">
+      <c r="H80" t="s">
         <v>743</v>
       </c>
-      <c r="E80" t="s">
+      <c r="I80" t="s">
         <v>744</v>
       </c>
-      <c r="F80" t="s">
+      <c r="J80" t="s">
+        <v>449</v>
+      </c>
+      <c r="K80" t="s">
         <v>745</v>
       </c>
-      <c r="G80" t="s">
+      <c r="L80" t="s">
+        <v>451</v>
+      </c>
+      <c r="M80" t="s">
         <v>746</v>
       </c>
-      <c r="H80" t="s">
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>747</v>
-      </c>
-[...19 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3355</v>
+        <v>3352</v>
       </c>
       <c r="B81" t="s">
+        <v>748</v>
+      </c>
+      <c r="C81" t="s">
+        <v>749</v>
+      </c>
+      <c r="D81" t="s">
         <v>750</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" t="s">
         <v>751</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" t="s">
         <v>752</v>
       </c>
-      <c r="E81" t="s">
+      <c r="G81" t="s">
         <v>753</v>
       </c>
-      <c r="F81" t="s">
+      <c r="H81" t="s">
         <v>754</v>
       </c>
-      <c r="G81" t="s">
+      <c r="I81" t="s">
         <v>755</v>
       </c>
-      <c r="H81" t="s">
+      <c r="J81" t="s">
         <v>756</v>
       </c>
-      <c r="I81" t="s">
+      <c r="K81" t="s">
         <v>757</v>
       </c>
-      <c r="J81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L81" t="s">
-        <v>26</v>
+        <v>758</v>
       </c>
       <c r="M81" t="s">
-        <v>27</v>
+        <v>759</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3359</v>
+        <v>3354</v>
       </c>
       <c r="B82" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C82" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="D82" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="E82" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="F82" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="G82" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="H82" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I82" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>430</v>
+        <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3360</v>
+        <v>3355</v>
       </c>
       <c r="B83" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C83" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D83" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="E83" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="F83" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="G83" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="H83" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="I83" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3361</v>
+        <v>3359</v>
       </c>
       <c r="B84" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="C84" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D84" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="E84" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="F84" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="G84" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="H84" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="I84" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>148</v>
+        <v>450</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>149</v>
+        <v>452</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3365</v>
+        <v>3360</v>
       </c>
       <c r="B85" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="C85" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D85" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="E85" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="F85" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="G85" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="H85" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="I85" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3366</v>
+        <v>3361</v>
       </c>
       <c r="B86" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C86" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D86" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="E86" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="F86" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="G86" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="H86" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="I86" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3370</v>
+        <v>3365</v>
       </c>
       <c r="B87" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C87" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D87" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="E87" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="F87" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="G87" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="H87" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="I87" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3372</v>
+        <v>3366</v>
       </c>
       <c r="B88" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C88" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D88" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="E88" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="F88" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="G88" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="H88" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="I88" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3373</v>
+        <v>3370</v>
       </c>
       <c r="B89" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C89" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="D89" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="E89" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="F89" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="G89" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="H89" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="I89" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3375</v>
+        <v>3372</v>
       </c>
       <c r="B90" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C90" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="D90" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="E90" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="F90" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="G90" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="H90" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="I90" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="J90" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>669</v>
+        <v>170</v>
       </c>
       <c r="L90" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M90" t="s">
-        <v>670</v>
+        <v>171</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3381</v>
+        <v>3373</v>
       </c>
       <c r="B91" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C91" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D91" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="E91" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F91" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="G91" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="H91" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="I91" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="J91" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>669</v>
+        <v>170</v>
       </c>
       <c r="L91" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>670</v>
+        <v>171</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3383</v>
+        <v>3375</v>
       </c>
       <c r="B92" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C92" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D92" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="E92" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="F92" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="G92" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="H92" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="I92" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="J92" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K92" t="s">
-        <v>252</v>
+        <v>689</v>
       </c>
       <c r="L92" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M92" t="s">
-        <v>253</v>
+        <v>690</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3389</v>
+        <v>3381</v>
       </c>
       <c r="B93" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C93" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D93" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="E93" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="F93" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="G93" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="H93" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="I93" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="J93" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K93" t="s">
-        <v>866</v>
+        <v>689</v>
       </c>
       <c r="L93" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M93" t="s">
-        <v>867</v>
+        <v>690</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3390</v>
+        <v>3383</v>
       </c>
       <c r="B94" t="s">
         <v>869</v>
       </c>
       <c r="C94" t="s">
         <v>870</v>
       </c>
       <c r="D94" t="s">
         <v>871</v>
       </c>
       <c r="E94" t="s">
         <v>872</v>
       </c>
       <c r="F94" t="s">
         <v>873</v>
       </c>
       <c r="G94" t="s">
         <v>874</v>
       </c>
       <c r="H94" t="s">
         <v>875</v>
       </c>
       <c r="I94" t="s">
         <v>876</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>27</v>
+        <v>275</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3395</v>
+        <v>3389</v>
       </c>
       <c r="B95" t="s">
         <v>878</v>
       </c>
       <c r="C95" t="s">
         <v>879</v>
       </c>
       <c r="D95" t="s">
         <v>880</v>
       </c>
       <c r="E95" t="s">
         <v>881</v>
       </c>
       <c r="F95" t="s">
         <v>882</v>
       </c>
       <c r="G95" t="s">
         <v>883</v>
       </c>
       <c r="H95" t="s">
         <v>884</v>
       </c>
       <c r="I95" t="s">
         <v>885</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>886</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>887</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3406</v>
+        <v>3390</v>
       </c>
       <c r="B96" t="s">
         <v>889</v>
       </c>
       <c r="C96" t="s">
         <v>890</v>
       </c>
       <c r="D96" t="s">
         <v>891</v>
       </c>
       <c r="E96" t="s">
         <v>892</v>
       </c>
       <c r="F96" t="s">
         <v>893</v>
       </c>
       <c r="G96" t="s">
         <v>894</v>
       </c>
       <c r="H96" t="s">
         <v>895</v>
       </c>
       <c r="I96" t="s">
         <v>896</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3407</v>
+        <v>3395</v>
       </c>
       <c r="B97" t="s">
         <v>898</v>
       </c>
       <c r="C97" t="s">
         <v>899</v>
       </c>
       <c r="D97" t="s">
         <v>900</v>
       </c>
       <c r="E97" t="s">
         <v>901</v>
       </c>
       <c r="F97" t="s">
         <v>902</v>
       </c>
       <c r="G97" t="s">
         <v>903</v>
       </c>
       <c r="H97" t="s">
         <v>904</v>
       </c>
       <c r="I97" t="s">
         <v>905</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>25</v>
+        <v>906</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>27</v>
+        <v>907</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3409</v>
+        <v>3406</v>
       </c>
       <c r="B98" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C98" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="D98" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="E98" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="F98" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="G98" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="H98" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="I98" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3410</v>
+        <v>3407</v>
       </c>
       <c r="B99" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C99" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="D99" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E99" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="F99" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="G99" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="H99" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="I99" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>25</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>27</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3414</v>
+        <v>3409</v>
       </c>
       <c r="B100" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="C100" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="D100" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="E100" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="F100" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="G100" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="H100" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="I100" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3417</v>
+        <v>3410</v>
       </c>
       <c r="B101" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="C101" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="D101" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="E101" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="F101" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="G101" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="H101" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="I101" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3418</v>
+        <v>3414</v>
       </c>
       <c r="B102" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C102" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D102" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="E102" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="F102" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="G102" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="H102" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="I102" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3419</v>
+        <v>3417</v>
       </c>
       <c r="B103" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C103" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D103" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="E103" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="F103" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="G103" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="H103" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="I103" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3420</v>
+        <v>3418</v>
       </c>
       <c r="B104" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="C104" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="D104" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="E104" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="F104" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="G104" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="H104" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="I104" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3422</v>
+        <v>3419</v>
       </c>
       <c r="B105" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C105" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D105" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="E105" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="F105" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="G105" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="H105" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="I105" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3438</v>
+        <v>3420</v>
       </c>
       <c r="B106" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="C106" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="D106" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="E106" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="F106" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="G106" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="H106" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="I106" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3444</v>
+        <v>3422</v>
       </c>
       <c r="B107" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C107" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="D107" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="E107" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="F107" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="G107" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="H107" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="I107" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3461</v>
+        <v>3437</v>
       </c>
       <c r="B108" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="C108" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="D108" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="E108" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="F108" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="G108" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="H108" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="I108" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>25</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3470</v>
+        <v>3438</v>
       </c>
       <c r="B109" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C109" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D109" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="E109" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="F109" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="G109" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="H109" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="I109" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>1014</v>
+        <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>1015</v>
+        <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
         <v>1016</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3475</v>
+        <v>3444</v>
       </c>
       <c r="B110" t="s">
         <v>1017</v>
       </c>
       <c r="C110" t="s">
         <v>1018</v>
       </c>
       <c r="D110" t="s">
         <v>1019</v>
       </c>
       <c r="E110" t="s">
         <v>1020</v>
       </c>
       <c r="F110" t="s">
         <v>1021</v>
       </c>
       <c r="G110" t="s">
         <v>1022</v>
       </c>
       <c r="H110" t="s">
         <v>1023</v>
       </c>
       <c r="I110" t="s">
         <v>1024</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3476</v>
+        <v>3461</v>
       </c>
       <c r="B111" t="s">
         <v>1026</v>
       </c>
       <c r="C111" t="s">
         <v>1027</v>
       </c>
       <c r="D111" t="s">
         <v>1028</v>
       </c>
       <c r="E111" t="s">
         <v>1029</v>
       </c>
       <c r="F111" t="s">
         <v>1030</v>
       </c>
       <c r="G111" t="s">
         <v>1031</v>
       </c>
       <c r="H111" t="s">
         <v>1032</v>
       </c>
       <c r="I111" t="s">
         <v>1033</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3480</v>
+        <v>3470</v>
       </c>
       <c r="B112" t="s">
         <v>1035</v>
       </c>
       <c r="C112" t="s">
         <v>1036</v>
       </c>
       <c r="D112" t="s">
         <v>1037</v>
       </c>
       <c r="E112" t="s">
         <v>1038</v>
       </c>
       <c r="F112" t="s">
         <v>1039</v>
       </c>
       <c r="G112" t="s">
         <v>1040</v>
       </c>
       <c r="H112" t="s">
         <v>1041</v>
       </c>
       <c r="I112" t="s">
         <v>1042</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>148</v>
+        <v>1043</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>149</v>
+        <v>1044</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3481</v>
+        <v>3475</v>
       </c>
       <c r="B113" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="C113" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="D113" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="E113" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="F113" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="G113" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="H113" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="I113" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3503</v>
+        <v>3476</v>
       </c>
       <c r="B114" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="C114" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="D114" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="E114" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="F114" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="G114" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="H114" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="I114" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3512</v>
+        <v>3480</v>
       </c>
       <c r="B115" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C115" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="D115" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="E115" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="F115" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="G115" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="H115" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="I115" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3518</v>
+        <v>3481</v>
       </c>
       <c r="B116" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C116" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="D116" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="E116" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="F116" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="G116" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="H116" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="I116" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>1079</v>
+        <v>170</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
+      <c r="M116" t="s">
+        <v>171</v>
+      </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3520</v>
+        <v>3503</v>
       </c>
       <c r="B117" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C117" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="D117" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="E117" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="F117" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G117" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="H117" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="I117" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3534</v>
+        <v>3512</v>
       </c>
       <c r="B118" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C118" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D118" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="E118" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="F118" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="G118" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="H118" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="I118" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3546</v>
+        <v>3518</v>
       </c>
       <c r="B119" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C119" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D119" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="E119" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="F119" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="G119" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="H119" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="I119" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>25</v>
+        <v>1108</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
-      <c r="M119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3552</v>
+        <v>3520</v>
       </c>
       <c r="B120" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="C120" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="D120" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="E120" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="F120" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="G120" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="H120" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="I120" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>725</v>
+        <v>59</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>726</v>
+        <v>61</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3553</v>
+        <v>3534</v>
       </c>
       <c r="B121" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C121" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D121" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="E121" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="F121" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="G121" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="H121" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="I121" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3567</v>
+        <v>3546</v>
       </c>
       <c r="B122" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C122" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D122" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="E122" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="F122" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="G122" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="H122" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="I122" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="J122" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>1134</v>
+        <v>25</v>
       </c>
       <c r="L122" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>1135</v>
+        <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3574</v>
+        <v>3552</v>
       </c>
       <c r="B123" t="s">
         <v>1137</v>
       </c>
       <c r="C123" t="s">
         <v>1138</v>
       </c>
       <c r="D123" t="s">
         <v>1139</v>
       </c>
       <c r="E123" t="s">
         <v>1140</v>
       </c>
       <c r="F123" t="s">
         <v>1141</v>
       </c>
       <c r="G123" t="s">
         <v>1142</v>
       </c>
       <c r="H123" t="s">
         <v>1143</v>
       </c>
       <c r="I123" t="s">
         <v>1144</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>148</v>
+        <v>745</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>149</v>
+        <v>746</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3575</v>
+        <v>3553</v>
       </c>
       <c r="B124" t="s">
         <v>1146</v>
       </c>
       <c r="C124" t="s">
         <v>1147</v>
       </c>
       <c r="D124" t="s">
         <v>1148</v>
       </c>
       <c r="E124" t="s">
         <v>1149</v>
       </c>
       <c r="F124" t="s">
         <v>1150</v>
       </c>
       <c r="G124" t="s">
         <v>1151</v>
       </c>
       <c r="H124" t="s">
         <v>1152</v>
       </c>
       <c r="I124" t="s">
         <v>1153</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
+        <v>47</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>48</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1154</v>
-      </c>
-[...10 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3581</v>
+        <v>3567</v>
       </c>
       <c r="B125" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D125" t="s">
         <v>1157</v>
       </c>
-      <c r="C125" t="s">
+      <c r="E125" t="s">
         <v>1158</v>
       </c>
-      <c r="D125" t="s">
+      <c r="F125" t="s">
         <v>1159</v>
       </c>
-      <c r="E125" t="s">
+      <c r="G125" t="s">
         <v>1160</v>
       </c>
-      <c r="F125" t="s">
+      <c r="H125" t="s">
         <v>1161</v>
       </c>
-      <c r="G125" t="s">
+      <c r="I125" t="s">
         <v>1162</v>
       </c>
-      <c r="H125" t="s">
+      <c r="J125" t="s">
+        <v>449</v>
+      </c>
+      <c r="K125" t="s">
         <v>1163</v>
       </c>
-      <c r="I125" t="s">
+      <c r="L125" t="s">
+        <v>451</v>
+      </c>
+      <c r="M125" t="s">
         <v>1164</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3588</v>
+        <v>3574</v>
       </c>
       <c r="B126" t="s">
         <v>1166</v>
       </c>
       <c r="C126" t="s">
         <v>1167</v>
       </c>
       <c r="D126" t="s">
         <v>1168</v>
       </c>
       <c r="E126" t="s">
         <v>1169</v>
       </c>
       <c r="F126" t="s">
         <v>1170</v>
       </c>
       <c r="G126" t="s">
         <v>1171</v>
       </c>
       <c r="H126" t="s">
         <v>1172</v>
       </c>
       <c r="I126" t="s">
         <v>1173</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
+        <v>170</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>171</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1174</v>
-      </c>
-[...10 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3591</v>
+        <v>3575</v>
       </c>
       <c r="B127" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D127" t="s">
         <v>1177</v>
       </c>
-      <c r="C127" t="s">
+      <c r="E127" t="s">
         <v>1178</v>
       </c>
-      <c r="D127" t="s">
+      <c r="F127" t="s">
         <v>1179</v>
       </c>
-      <c r="E127" t="s">
+      <c r="G127" t="s">
         <v>1180</v>
       </c>
-      <c r="F127" t="s">
+      <c r="H127" t="s">
         <v>1181</v>
       </c>
-      <c r="G127" t="s">
+      <c r="I127" t="s">
         <v>1182</v>
       </c>
-      <c r="H127" t="s">
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="K127" t="s">
         <v>1183</v>
       </c>
-      <c r="I127" t="s">
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
         <v>1184</v>
-      </c>
-[...10 lines deleted...]
-        <v>149</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3686</v>
+        <v>3581</v>
       </c>
       <c r="B128" t="s">
         <v>1186</v>
       </c>
       <c r="C128" t="s">
         <v>1187</v>
       </c>
       <c r="D128" t="s">
         <v>1188</v>
       </c>
       <c r="E128" t="s">
         <v>1189</v>
       </c>
       <c r="F128" t="s">
         <v>1190</v>
       </c>
       <c r="G128" t="s">
         <v>1191</v>
       </c>
       <c r="H128" t="s">
         <v>1192</v>
       </c>
       <c r="I128" t="s">
         <v>1193</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>47</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>48</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3689</v>
+        <v>3588</v>
       </c>
       <c r="B129" t="s">
         <v>1195</v>
       </c>
       <c r="C129" t="s">
         <v>1196</v>
       </c>
       <c r="D129" t="s">
         <v>1197</v>
       </c>
       <c r="E129" t="s">
         <v>1198</v>
       </c>
       <c r="F129" t="s">
         <v>1199</v>
       </c>
       <c r="G129" t="s">
         <v>1200</v>
       </c>
       <c r="H129" t="s">
         <v>1201</v>
       </c>
       <c r="I129" t="s">
         <v>1202</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>25</v>
+        <v>1203</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>27</v>
+        <v>1204</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3700</v>
+        <v>3591</v>
       </c>
       <c r="B130" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="C130" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="D130" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="E130" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="F130" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="G130" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="H130" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="I130" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3701</v>
+        <v>3686</v>
       </c>
       <c r="B131" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="C131" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="D131" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="E131" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="F131" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="G131" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="H131" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="I131" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3702</v>
+        <v>3689</v>
       </c>
       <c r="B132" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="C132" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="D132" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="E132" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="F132" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="G132" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="H132" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="I132" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3706</v>
+        <v>3700</v>
       </c>
       <c r="B133" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="C133" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="D133" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="E133" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="F133" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="G133" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="H133" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="I133" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3711</v>
+        <v>3701</v>
       </c>
       <c r="B134" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="C134" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D134" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="E134" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="F134" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="G134" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="H134" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="I134" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3716</v>
+        <v>3702</v>
       </c>
       <c r="B135" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="C135" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="D135" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="E135" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="F135" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="G135" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="H135" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="I135" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>48</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3718</v>
+        <v>3706</v>
       </c>
       <c r="B136" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="C136" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="D136" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="E136" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="F136" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="G136" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="H136" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="I136" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3719</v>
+        <v>3711</v>
       </c>
       <c r="B137" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="C137" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D137" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="E137" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="F137" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="G137" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="H137" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="I137" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3731</v>
+        <v>3716</v>
       </c>
       <c r="B138" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="C138" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="D138" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="E138" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="F138" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="G138" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="H138" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="I138" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3732</v>
+        <v>3718</v>
       </c>
       <c r="B139" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="C139" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="D139" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="E139" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="F139" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="G139" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="H139" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="I139" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3753</v>
+        <v>3719</v>
       </c>
       <c r="B140" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="C140" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="D140" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="E140" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="F140" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="G140" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="H140" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="I140" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3756</v>
+        <v>3731</v>
       </c>
       <c r="B141" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="C141" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="D141" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="E141" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="F141" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="G141" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="H141" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="I141" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3791</v>
+        <v>3732</v>
       </c>
       <c r="B142" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="C142" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D142" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="E142" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="F142" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="G142" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="H142" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="I142" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="J142" t="s">
-        <v>1320</v>
+        <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>1321</v>
+        <v>170</v>
       </c>
       <c r="L142" t="s">
+        <v>26</v>
+      </c>
+      <c r="M142" t="s">
+        <v>171</v>
+      </c>
+      <c r="N142" t="s">
+        <v>28</v>
+      </c>
+      <c r="O142" t="s">
         <v>1322</v>
-      </c>
-[...7 lines deleted...]
-        <v>1324</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3854</v>
+        <v>3753</v>
       </c>
       <c r="B143" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D143" t="s">
         <v>1325</v>
       </c>
-      <c r="C143" t="s">
+      <c r="E143" t="s">
         <v>1326</v>
       </c>
-      <c r="D143" t="s">
+      <c r="F143" t="s">
         <v>1327</v>
       </c>
-      <c r="E143" t="s">
+      <c r="G143" t="s">
         <v>1328</v>
       </c>
-      <c r="F143" t="s">
+      <c r="H143" t="s">
         <v>1329</v>
       </c>
-      <c r="G143" t="s">
+      <c r="I143" t="s">
         <v>1330</v>
       </c>
-      <c r="H143" t="s">
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
+        <v>25</v>
+      </c>
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>27</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
         <v>1331</v>
-      </c>
-[...19 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4176</v>
+        <v>3756</v>
       </c>
       <c r="B144" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D144" t="s">
         <v>1334</v>
       </c>
-      <c r="C144" t="s">
+      <c r="E144" t="s">
         <v>1335</v>
       </c>
-      <c r="D144" t="s">
+      <c r="F144" t="s">
         <v>1336</v>
       </c>
-      <c r="E144" t="s">
+      <c r="G144" t="s">
         <v>1337</v>
       </c>
-      <c r="F144" t="s">
+      <c r="H144" t="s">
         <v>1338</v>
       </c>
-      <c r="G144" t="s">
+      <c r="I144" t="s">
         <v>1339</v>
       </c>
-      <c r="H144" t="s">
+      <c r="J144" t="s">
+        <v>24</v>
+      </c>
+      <c r="K144" t="s">
+        <v>25</v>
+      </c>
+      <c r="L144" t="s">
+        <v>26</v>
+      </c>
+      <c r="M144" t="s">
+        <v>27</v>
+      </c>
+      <c r="N144" t="s">
+        <v>28</v>
+      </c>
+      <c r="O144" t="s">
         <v>1340</v>
-      </c>
-[...19 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4186</v>
+        <v>3791</v>
       </c>
       <c r="B145" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D145" t="s">
         <v>1343</v>
       </c>
-      <c r="C145" t="s">
+      <c r="E145" t="s">
         <v>1344</v>
       </c>
-      <c r="D145" t="s">
+      <c r="F145" t="s">
         <v>1345</v>
       </c>
-      <c r="E145" t="s">
+      <c r="G145" t="s">
         <v>1346</v>
       </c>
-      <c r="F145" t="s">
+      <c r="H145" t="s">
         <v>1347</v>
       </c>
-      <c r="G145" t="s">
+      <c r="I145" t="s">
         <v>1348</v>
       </c>
-      <c r="H145" t="s">
+      <c r="J145" t="s">
         <v>1349</v>
       </c>
-      <c r="I145" t="s">
+      <c r="K145" t="s">
         <v>1350</v>
       </c>
-      <c r="J145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L145" t="s">
-        <v>26</v>
+        <v>1351</v>
       </c>
       <c r="M145" t="s">
-        <v>468</v>
+        <v>1352</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4196</v>
+        <v>3854</v>
       </c>
       <c r="B146" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="C146" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="D146" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="E146" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="F146" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="G146" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="H146" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="I146" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4198</v>
+        <v>4176</v>
       </c>
       <c r="B147" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="C147" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="D147" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="E147" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="F147" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="G147" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="H147" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="I147" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4202</v>
+        <v>4186</v>
       </c>
       <c r="B148" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="C148" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="D148" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="E148" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="F148" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="G148" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="H148" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="I148" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4204</v>
+        <v>4196</v>
       </c>
       <c r="B149" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="C149" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="D149" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="E149" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="F149" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="G149" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="H149" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="I149" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4206</v>
+        <v>4198</v>
       </c>
       <c r="B150" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="C150" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="D150" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="E150" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="F150" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="G150" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="H150" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="I150" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4211</v>
+        <v>4202</v>
       </c>
       <c r="B151" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="C151" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="D151" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="E151" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="F151" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="G151" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="H151" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="I151" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
         <v>25</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4243</v>
+        <v>4204</v>
       </c>
       <c r="B152" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="C152" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="D152" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="E152" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="F152" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="G152" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="H152" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="I152" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4295</v>
+        <v>4206</v>
       </c>
       <c r="B153" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="C153" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="D153" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="E153" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="F153" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="G153" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="H153" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="I153" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4303</v>
+        <v>4211</v>
       </c>
       <c r="B154" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="C154" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D154" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="E154" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="F154" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="G154" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="H154" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="I154" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="J154" t="s">
-        <v>736</v>
+        <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>1154</v>
+        <v>25</v>
       </c>
       <c r="L154" t="s">
-        <v>738</v>
+        <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>1155</v>
+        <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4304</v>
+        <v>4243</v>
       </c>
       <c r="B155" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="C155" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="D155" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="E155" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="F155" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="G155" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="H155" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="I155" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4309</v>
+        <v>4292</v>
       </c>
       <c r="B156" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="C156" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="D156" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="E156" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="F156" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="G156" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="H156" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="I156" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>148</v>
+        <v>1452</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
-      <c r="M156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4314</v>
+        <v>4295</v>
       </c>
       <c r="B157" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="C157" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="D157" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="E157" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="F157" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="G157" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="H157" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="I157" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4316</v>
+        <v>4303</v>
       </c>
       <c r="B158" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="C158" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="D158" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="E158" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="F158" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="G158" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="H158" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="I158" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="J158" t="s">
-        <v>24</v>
+        <v>756</v>
       </c>
       <c r="K158" t="s">
-        <v>148</v>
+        <v>1183</v>
       </c>
       <c r="L158" t="s">
-        <v>26</v>
+        <v>758</v>
       </c>
       <c r="M158" t="s">
-        <v>149</v>
+        <v>1184</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4318</v>
+        <v>4304</v>
       </c>
       <c r="B159" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="C159" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="D159" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="E159" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="F159" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="G159" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="H159" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="I159" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4319</v>
+        <v>4308</v>
       </c>
       <c r="B160" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="C160" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="D160" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="E160" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="F160" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="G160" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="H160" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="I160" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4322</v>
+        <v>4309</v>
       </c>
       <c r="B161" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="C161" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="D161" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="E161" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="F161" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="G161" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="H161" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="I161" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4436</v>
+        <v>4314</v>
       </c>
       <c r="B162" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="C162" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="D162" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="E162" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="F162" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="G162" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="H162" t="s">
-        <v>1502</v>
+        <v>1505</v>
       </c>
       <c r="I162" t="s">
-        <v>1503</v>
+        <v>1506</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4438</v>
+        <v>4316</v>
       </c>
       <c r="B163" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="C163" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="D163" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="E163" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="F163" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="G163" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="H163" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="I163" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4454</v>
+        <v>4318</v>
       </c>
       <c r="B164" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="C164" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="D164" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="E164" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="F164" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="G164" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="H164" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="I164" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4457</v>
+        <v>4319</v>
       </c>
       <c r="B165" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="C165" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="D165" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="E165" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="F165" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="G165" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="H165" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="I165" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4495</v>
+        <v>4322</v>
       </c>
       <c r="B166" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="C166" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="D166" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="E166" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="F166" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="G166" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="H166" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="I166" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4498</v>
+        <v>4436</v>
       </c>
       <c r="B167" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C167" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="D167" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="E167" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="F167" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="G167" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="H167" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
       <c r="I167" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
         <v>25</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>27</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4538</v>
+        <v>4438</v>
       </c>
       <c r="B168" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="C168" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="D168" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="E168" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="F168" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="G168" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="H168" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="I168" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4549</v>
+        <v>4454</v>
       </c>
       <c r="B169" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="C169" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="D169" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="E169" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="F169" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="G169" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="H169" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="I169" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4555</v>
+        <v>4457</v>
       </c>
       <c r="B170" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="C170" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="D170" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="E170" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="F170" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="G170" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="H170" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="I170" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4559</v>
+        <v>4495</v>
       </c>
       <c r="B171" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="C171" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="D171" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="E171" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="F171" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="G171" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="H171" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="I171" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4560</v>
+        <v>4498</v>
       </c>
       <c r="B172" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="C172" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="D172" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="E172" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="F172" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="G172" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="H172" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="I172" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>25</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>27</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4563</v>
+        <v>4538</v>
       </c>
       <c r="B173" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="C173" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="D173" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="E173" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="F173" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="G173" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="H173" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="I173" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4564</v>
+        <v>4549</v>
       </c>
       <c r="B174" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="C174" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="D174" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="E174" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="F174" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="G174" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="H174" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="I174" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>1612</v>
+        <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
+      <c r="M174" t="s">
+        <v>27</v>
+      </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4566</v>
+        <v>4555</v>
       </c>
       <c r="B175" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="C175" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="D175" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="E175" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="F175" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="G175" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="H175" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="I175" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4568</v>
+        <v>4556</v>
       </c>
       <c r="B176" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="C176" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="D176" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="E176" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="F176" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="G176" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="H176" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="I176" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
         <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4704</v>
+        <v>4558</v>
       </c>
       <c r="B177" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="C177" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="D177" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="E177" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="F177" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="G177" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="H177" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="I177" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4709</v>
+        <v>4559</v>
       </c>
       <c r="B178" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="C178" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="D178" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="E178" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="F178" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="G178" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="H178" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="I178" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
         <v>47</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>48</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4711</v>
+        <v>4560</v>
       </c>
       <c r="B179" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="C179" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="D179" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="E179" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="F179" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="G179" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="H179" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="I179" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="J179" t="s">
-        <v>1658</v>
+        <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>1659</v>
+        <v>25</v>
       </c>
       <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
+        <v>27</v>
+      </c>
+      <c r="N179" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" t="s">
         <v>1660</v>
-      </c>
-[...7 lines deleted...]
-        <v>1662</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4716</v>
+        <v>4563</v>
       </c>
       <c r="B180" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D180" t="s">
         <v>1663</v>
       </c>
-      <c r="C180" t="s">
+      <c r="E180" t="s">
         <v>1664</v>
       </c>
-      <c r="D180" t="s">
+      <c r="F180" t="s">
         <v>1665</v>
       </c>
-      <c r="E180" t="s">
+      <c r="G180" t="s">
         <v>1666</v>
       </c>
-      <c r="F180" t="s">
+      <c r="H180" t="s">
         <v>1667</v>
       </c>
-      <c r="G180" t="s">
+      <c r="I180" t="s">
         <v>1668</v>
       </c>
-      <c r="H180" t="s">
+      <c r="J180" t="s">
+        <v>24</v>
+      </c>
+      <c r="K180" t="s">
+        <v>170</v>
+      </c>
+      <c r="L180" t="s">
+        <v>26</v>
+      </c>
+      <c r="M180" t="s">
+        <v>171</v>
+      </c>
+      <c r="N180" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" t="s">
         <v>1669</v>
-      </c>
-[...19 lines deleted...]
-        <v>1671</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4721</v>
+        <v>4564</v>
       </c>
       <c r="B181" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D181" t="s">
         <v>1672</v>
       </c>
-      <c r="C181" t="s">
+      <c r="E181" t="s">
         <v>1673</v>
       </c>
-      <c r="D181" t="s">
+      <c r="F181" t="s">
         <v>1674</v>
       </c>
-      <c r="E181" t="s">
+      <c r="G181" t="s">
         <v>1675</v>
       </c>
-      <c r="F181" t="s">
+      <c r="H181" t="s">
         <v>1676</v>
       </c>
-      <c r="G181" t="s">
+      <c r="I181" t="s">
         <v>1677</v>
       </c>
-      <c r="H181" t="s">
+      <c r="J181" t="s">
+        <v>24</v>
+      </c>
+      <c r="K181" t="s">
         <v>1678</v>
       </c>
-      <c r="I181" t="s">
+      <c r="L181" t="s">
+        <v>26</v>
+      </c>
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
         <v>1679</v>
-      </c>
-[...16 lines deleted...]
-        <v>1680</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4792</v>
+        <v>4566</v>
       </c>
       <c r="B182" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C182" t="s">
         <v>1681</v>
       </c>
-      <c r="C182" t="s">
+      <c r="D182" t="s">
         <v>1682</v>
       </c>
-      <c r="D182" t="s">
+      <c r="E182" t="s">
         <v>1683</v>
       </c>
-      <c r="E182" t="s">
+      <c r="F182" t="s">
         <v>1684</v>
       </c>
-      <c r="F182" t="s">
+      <c r="G182" t="s">
         <v>1685</v>
       </c>
-      <c r="G182" t="s">
+      <c r="H182" t="s">
         <v>1686</v>
       </c>
-      <c r="H182" t="s">
+      <c r="I182" t="s">
         <v>1687</v>
-      </c>
-[...1 lines deleted...]
-        <v>1688</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4810</v>
+        <v>4568</v>
       </c>
       <c r="B183" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C183" t="s">
         <v>1690</v>
       </c>
-      <c r="C183" t="s">
+      <c r="D183" t="s">
         <v>1691</v>
       </c>
-      <c r="D183" t="s">
+      <c r="E183" t="s">
         <v>1692</v>
       </c>
-      <c r="E183" t="s">
+      <c r="F183" t="s">
         <v>1693</v>
       </c>
-      <c r="F183" t="s">
+      <c r="G183" t="s">
         <v>1694</v>
       </c>
-      <c r="G183" t="s">
+      <c r="H183" t="s">
         <v>1695</v>
       </c>
-      <c r="H183" t="s">
+      <c r="I183" t="s">
         <v>1696</v>
       </c>
-      <c r="I183" t="s">
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="K183" t="s">
+        <v>25</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>27</v>
+      </c>
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
         <v>1697</v>
-      </c>
-[...16 lines deleted...]
-        <v>1698</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4811</v>
+        <v>4704</v>
       </c>
       <c r="B184" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C184" t="s">
         <v>1699</v>
       </c>
-      <c r="C184" t="s">
+      <c r="D184" t="s">
         <v>1700</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" t="s">
         <v>1701</v>
       </c>
-      <c r="E184" t="s">
+      <c r="F184" t="s">
         <v>1702</v>
       </c>
-      <c r="F184" t="s">
+      <c r="G184" t="s">
         <v>1703</v>
       </c>
-      <c r="G184" t="s">
+      <c r="H184" t="s">
         <v>1704</v>
       </c>
-      <c r="H184" t="s">
+      <c r="I184" t="s">
         <v>1705</v>
       </c>
-      <c r="I184" t="s">
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>47</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>48</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
         <v>1706</v>
-      </c>
-[...16 lines deleted...]
-        <v>1707</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4815</v>
+        <v>4709</v>
       </c>
       <c r="B185" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C185" t="s">
         <v>1708</v>
       </c>
-      <c r="C185" t="s">
+      <c r="D185" t="s">
         <v>1709</v>
       </c>
-      <c r="D185" t="s">
+      <c r="E185" t="s">
         <v>1710</v>
       </c>
-      <c r="E185" t="s">
+      <c r="F185" t="s">
         <v>1711</v>
       </c>
-      <c r="F185" t="s">
+      <c r="G185" t="s">
         <v>1712</v>
       </c>
-      <c r="G185" t="s">
+      <c r="H185" t="s">
         <v>1713</v>
       </c>
-      <c r="H185" t="s">
+      <c r="I185" t="s">
         <v>1714</v>
       </c>
-      <c r="I185" t="s">
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>47</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>48</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
         <v>1715</v>
-      </c>
-[...16 lines deleted...]
-        <v>1716</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4817</v>
+        <v>4711</v>
       </c>
       <c r="B186" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C186" t="s">
         <v>1717</v>
       </c>
-      <c r="C186" t="s">
+      <c r="D186" t="s">
         <v>1718</v>
       </c>
-      <c r="D186" t="s">
+      <c r="E186" t="s">
         <v>1719</v>
       </c>
-      <c r="E186" t="s">
+      <c r="F186" t="s">
         <v>1720</v>
       </c>
-      <c r="F186" t="s">
+      <c r="G186" t="s">
         <v>1721</v>
       </c>
-      <c r="G186" t="s">
+      <c r="H186" t="s">
         <v>1722</v>
       </c>
-      <c r="H186" t="s">
+      <c r="I186" t="s">
         <v>1723</v>
       </c>
-      <c r="I186" t="s">
+      <c r="J186" t="s">
         <v>1724</v>
       </c>
-      <c r="J186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K186" t="s">
-        <v>25</v>
+        <v>1725</v>
       </c>
       <c r="L186" t="s">
-        <v>26</v>
+        <v>1726</v>
       </c>
       <c r="M186" t="s">
-        <v>27</v>
+        <v>1727</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4850</v>
+        <v>4716</v>
       </c>
       <c r="B187" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="C187" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="D187" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="E187" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="F187" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="G187" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="H187" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
       <c r="I187" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>25</v>
+        <v>1183</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>27</v>
+        <v>1184</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4935</v>
+        <v>4717</v>
       </c>
       <c r="B188" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="C188" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="D188" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="E188" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="F188" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="G188" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="H188" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="I188" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4947</v>
+        <v>4721</v>
       </c>
       <c r="B189" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="C189" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="D189" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="E189" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="F189" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="G189" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="H189" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="I189" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>47</v>
+        <v>1183</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>48</v>
+        <v>1184</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4950</v>
+        <v>4722</v>
       </c>
       <c r="B190" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="C190" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="D190" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E190" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F190" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="G190" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="H190" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="I190" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>1321</v>
+        <v>1764</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
-      <c r="M190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4958</v>
+        <v>4792</v>
       </c>
       <c r="B191" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="C191" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="D191" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="E191" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="F191" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="G191" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
       <c r="H191" t="s">
-        <v>1768</v>
+        <v>1772</v>
       </c>
       <c r="I191" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4965</v>
+        <v>4801</v>
       </c>
       <c r="B192" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
       <c r="C192" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
       <c r="D192" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="E192" t="s">
-        <v>1774</v>
+        <v>1778</v>
       </c>
       <c r="F192" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="G192" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="H192" t="s">
-        <v>1777</v>
+        <v>1781</v>
       </c>
       <c r="I192" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1779</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4968</v>
+        <v>4810</v>
       </c>
       <c r="B193" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
       <c r="C193" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
       <c r="D193" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="E193" t="s">
-        <v>1783</v>
+        <v>1787</v>
       </c>
       <c r="F193" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
       <c r="G193" t="s">
-        <v>1785</v>
+        <v>1789</v>
       </c>
       <c r="H193" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="I193" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4969</v>
+        <v>4811</v>
       </c>
       <c r="B194" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="C194" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
       <c r="D194" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
       <c r="E194" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
       <c r="F194" t="s">
-        <v>1793</v>
+        <v>1797</v>
       </c>
       <c r="G194" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="H194" t="s">
-        <v>1795</v>
+        <v>1799</v>
       </c>
       <c r="I194" t="s">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>25</v>
+        <v>1350</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>27</v>
+        <v>1352</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1797</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5037</v>
+        <v>4815</v>
       </c>
       <c r="B195" t="s">
-        <v>1798</v>
+        <v>1802</v>
       </c>
       <c r="C195" t="s">
-        <v>1799</v>
+        <v>1803</v>
       </c>
       <c r="D195" t="s">
-        <v>1800</v>
+        <v>1804</v>
       </c>
       <c r="E195" t="s">
-        <v>1801</v>
+        <v>1805</v>
       </c>
       <c r="F195" t="s">
-        <v>1802</v>
+        <v>1806</v>
       </c>
       <c r="G195" t="s">
-        <v>1803</v>
+        <v>1807</v>
       </c>
       <c r="H195" t="s">
-        <v>1804</v>
+        <v>1808</v>
       </c>
       <c r="I195" t="s">
-        <v>1805</v>
+        <v>1809</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1806</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5272</v>
+        <v>4817</v>
       </c>
       <c r="B196" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="C196" t="s">
-        <v>1808</v>
+        <v>1812</v>
       </c>
       <c r="D196" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="E196" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="F196" t="s">
-        <v>1811</v>
+        <v>1815</v>
       </c>
       <c r="G196" t="s">
-        <v>1812</v>
+        <v>1816</v>
       </c>
       <c r="H196" t="s">
-        <v>1813</v>
+        <v>1817</v>
       </c>
       <c r="I196" t="s">
-        <v>1814</v>
+        <v>1818</v>
       </c>
       <c r="J196" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>725</v>
+        <v>25</v>
       </c>
       <c r="L196" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>726</v>
+        <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1815</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5273</v>
+        <v>4850</v>
       </c>
       <c r="B197" t="s">
-        <v>1816</v>
+        <v>1820</v>
       </c>
       <c r="C197" t="s">
-        <v>1817</v>
+        <v>1821</v>
       </c>
       <c r="D197" t="s">
-        <v>1818</v>
+        <v>1822</v>
       </c>
       <c r="E197" t="s">
-        <v>1819</v>
+        <v>1823</v>
       </c>
       <c r="F197" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
       <c r="G197" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="H197" t="s">
-        <v>1822</v>
+        <v>1826</v>
       </c>
       <c r="I197" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>1824</v>
+        <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>1825</v>
+        <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5326</v>
+        <v>4935</v>
       </c>
       <c r="B198" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="C198" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="D198" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="E198" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="F198" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="G198" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="H198" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="I198" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5330</v>
+        <v>4939</v>
       </c>
       <c r="B199" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="C199" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="D199" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="E199" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="F199" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="G199" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="H199" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="I199" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5331</v>
+        <v>4947</v>
       </c>
       <c r="B200" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C200" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="D200" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="E200" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="F200" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="G200" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="H200" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="I200" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>47</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>48</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5332</v>
+        <v>4950</v>
       </c>
       <c r="B201" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="C201" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="D201" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="E201" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="F201" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="G201" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="H201" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="I201" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>25</v>
+        <v>1350</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>27</v>
+        <v>1352</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5333</v>
+        <v>4958</v>
       </c>
       <c r="B202" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C202" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="D202" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="E202" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="F202" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="G202" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="H202" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="I202" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5335</v>
+        <v>4965</v>
       </c>
       <c r="B203" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="C203" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="D203" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="E203" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="F203" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="G203" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="H203" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="I203" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5346</v>
+        <v>4968</v>
       </c>
       <c r="B204" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="C204" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="D204" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="E204" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="F204" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="G204" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="H204" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="I204" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1889</v>
+        <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>1890</v>
+        <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
         <v>1891</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5347</v>
+        <v>4969</v>
       </c>
       <c r="B205" t="s">
         <v>1892</v>
       </c>
       <c r="C205" t="s">
         <v>1893</v>
       </c>
       <c r="D205" t="s">
         <v>1894</v>
       </c>
       <c r="E205" t="s">
         <v>1895</v>
       </c>
       <c r="F205" t="s">
         <v>1896</v>
       </c>
       <c r="G205" t="s">
         <v>1897</v>
       </c>
       <c r="H205" t="s">
         <v>1898</v>
       </c>
       <c r="I205" t="s">
         <v>1899</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1900</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5348</v>
+        <v>5037</v>
       </c>
       <c r="B206" t="s">
         <v>1901</v>
       </c>
       <c r="C206" t="s">
         <v>1902</v>
       </c>
       <c r="D206" t="s">
         <v>1903</v>
       </c>
       <c r="E206" t="s">
         <v>1904</v>
       </c>
       <c r="F206" t="s">
         <v>1905</v>
       </c>
       <c r="G206" t="s">
         <v>1906</v>
       </c>
       <c r="H206" t="s">
         <v>1907</v>
       </c>
       <c r="I206" t="s">
         <v>1908</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1909</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5351</v>
+        <v>5272</v>
       </c>
       <c r="B207" t="s">
         <v>1910</v>
       </c>
       <c r="C207" t="s">
         <v>1911</v>
       </c>
       <c r="D207" t="s">
         <v>1912</v>
       </c>
       <c r="E207" t="s">
         <v>1913</v>
       </c>
       <c r="F207" t="s">
         <v>1914</v>
       </c>
       <c r="G207" t="s">
         <v>1915</v>
       </c>
       <c r="H207" t="s">
         <v>1916</v>
       </c>
       <c r="I207" t="s">
         <v>1917</v>
       </c>
       <c r="J207" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K207" t="s">
-        <v>25</v>
+        <v>745</v>
       </c>
       <c r="L207" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M207" t="s">
-        <v>27</v>
+        <v>746</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
         <v>1918</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5353</v>
+        <v>5273</v>
       </c>
       <c r="B208" t="s">
         <v>1919</v>
       </c>
       <c r="C208" t="s">
         <v>1920</v>
       </c>
       <c r="D208" t="s">
         <v>1921</v>
       </c>
       <c r="E208" t="s">
         <v>1922</v>
       </c>
       <c r="F208" t="s">
         <v>1923</v>
       </c>
       <c r="G208" t="s">
         <v>1924</v>
       </c>
       <c r="H208" t="s">
         <v>1925</v>
       </c>
       <c r="I208" t="s">
         <v>1926</v>
       </c>
       <c r="J208" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>866</v>
+        <v>1927</v>
       </c>
       <c r="L208" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>867</v>
+        <v>1928</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5354</v>
+        <v>5326</v>
       </c>
       <c r="B209" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="C209" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="D209" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="E209" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="F209" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="G209" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="H209" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="I209" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5359</v>
+        <v>5330</v>
       </c>
       <c r="B210" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="C210" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="D210" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="E210" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="F210" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="G210" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="H210" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="I210" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5364</v>
+        <v>5331</v>
       </c>
       <c r="B211" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="C211" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="D211" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="E211" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="F211" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="G211" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="H211" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="I211" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
         <v>47</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
         <v>48</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5365</v>
+        <v>5332</v>
       </c>
       <c r="B212" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="C212" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="D212" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="E212" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="F212" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="G212" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="H212" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="I212" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
         <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5367</v>
+        <v>5333</v>
       </c>
       <c r="B213" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="C213" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="D213" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="E213" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="F213" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="G213" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="H213" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="I213" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5368</v>
+        <v>5335</v>
       </c>
       <c r="B214" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="C214" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="D214" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="E214" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="F214" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="G214" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="H214" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="I214" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
         <v>25</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
         <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5371</v>
+        <v>5346</v>
       </c>
       <c r="B215" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="C215" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D215" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="E215" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="F215" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="G215" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="H215" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="I215" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5372</v>
+        <v>5347</v>
       </c>
       <c r="B216" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="C216" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="D216" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="E216" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="F216" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="G216" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="H216" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="I216" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5375</v>
+        <v>5348</v>
       </c>
       <c r="B217" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="C217" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="D217" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E217" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="F217" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G217" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="H217" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I217" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="J217" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>252</v>
+        <v>170</v>
       </c>
       <c r="L217" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>253</v>
+        <v>171</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5377</v>
+        <v>5351</v>
       </c>
       <c r="B218" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C218" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="D218" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E218" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="F218" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G218" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="H218" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I218" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5378</v>
+        <v>5353</v>
       </c>
       <c r="B219" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="C219" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="D219" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="E219" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="F219" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="G219" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="H219" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="I219" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="J219" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K219" t="s">
-        <v>25</v>
+        <v>886</v>
       </c>
       <c r="L219" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M219" t="s">
-        <v>27</v>
+        <v>887</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5380</v>
+        <v>5354</v>
       </c>
       <c r="B220" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="C220" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="D220" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="E220" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="F220" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="G220" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="H220" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="I220" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5382</v>
+        <v>5359</v>
       </c>
       <c r="B221" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="C221" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="D221" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="E221" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="F221" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
       <c r="G221" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="H221" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="I221" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5394</v>
+        <v>5364</v>
       </c>
       <c r="B222" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="C222" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="D222" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="E222" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="F222" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="G222" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="H222" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="I222" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5403</v>
+        <v>5365</v>
       </c>
       <c r="B223" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="C223" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="D223" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="E223" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="F223" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="G223" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="H223" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="I223" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>2064</v>
+        <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
+      <c r="M223" t="s">
+        <v>27</v>
+      </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5435</v>
+        <v>5367</v>
       </c>
       <c r="B224" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="C224" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="D224" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="E224" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="F224" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="G224" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="H224" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="I224" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5436</v>
+        <v>5368</v>
       </c>
       <c r="B225" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="C225" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="D225" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="E225" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="F225" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="G225" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="H225" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="I225" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
         <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
         <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5437</v>
+        <v>5371</v>
       </c>
       <c r="B226" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="C226" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="D226" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="E226" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="F226" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="G226" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="H226" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="I226" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>2093</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>2094</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5439</v>
+        <v>5372</v>
       </c>
       <c r="B227" t="s">
-        <v>2093</v>
+        <v>2096</v>
       </c>
       <c r="C227" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="D227" t="s">
-        <v>2095</v>
+        <v>2098</v>
       </c>
       <c r="E227" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
       <c r="F227" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="G227" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="H227" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="I227" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5474</v>
+        <v>5375</v>
       </c>
       <c r="B228" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="C228" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="D228" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="E228" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="F228" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
       <c r="G228" t="s">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="H228" t="s">
-        <v>2108</v>
+        <v>2111</v>
       </c>
       <c r="I228" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="J228" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K228" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L228" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M228" t="s">
-        <v>27</v>
+        <v>275</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5475</v>
+        <v>5377</v>
       </c>
       <c r="B229" t="s">
-        <v>2111</v>
+        <v>2114</v>
       </c>
       <c r="C229" t="s">
-        <v>2112</v>
+        <v>2115</v>
       </c>
       <c r="D229" t="s">
-        <v>2113</v>
+        <v>2116</v>
       </c>
       <c r="E229" t="s">
-        <v>2114</v>
+        <v>2117</v>
       </c>
       <c r="F229" t="s">
-        <v>2115</v>
+        <v>2118</v>
       </c>
       <c r="G229" t="s">
-        <v>2116</v>
+        <v>2119</v>
       </c>
       <c r="H229" t="s">
-        <v>2117</v>
+        <v>2120</v>
       </c>
       <c r="I229" t="s">
-        <v>2118</v>
+        <v>2121</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2119</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5476</v>
+        <v>5378</v>
       </c>
       <c r="B230" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="C230" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="D230" t="s">
-        <v>2122</v>
+        <v>2125</v>
       </c>
       <c r="E230" t="s">
-        <v>2123</v>
+        <v>2126</v>
       </c>
       <c r="F230" t="s">
-        <v>2124</v>
+        <v>2127</v>
       </c>
       <c r="G230" t="s">
-        <v>2125</v>
+        <v>2128</v>
       </c>
       <c r="H230" t="s">
-        <v>2126</v>
+        <v>2129</v>
       </c>
       <c r="I230" t="s">
-        <v>2127</v>
+        <v>2130</v>
       </c>
       <c r="J230" t="s">
-        <v>2128</v>
+        <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>1154</v>
+        <v>25</v>
       </c>
       <c r="L230" t="s">
-        <v>2129</v>
+        <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>1155</v>
+        <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5478</v>
+        <v>5380</v>
       </c>
       <c r="B231" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="C231" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="D231" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="E231" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="F231" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="G231" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="H231" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="I231" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5479</v>
+        <v>5382</v>
       </c>
       <c r="B232" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="C232" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="D232" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="E232" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="F232" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="G232" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="H232" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="I232" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>559</v>
+        <v>170</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>560</v>
+        <v>171</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5482</v>
+        <v>5393</v>
       </c>
       <c r="B233" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="C233" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="D233" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="E233" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="F233" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="G233" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="H233" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="I233" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5483</v>
+        <v>5394</v>
       </c>
       <c r="B234" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="C234" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="D234" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="E234" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="F234" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="G234" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="H234" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="I234" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5485</v>
+        <v>5403</v>
       </c>
       <c r="B235" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="C235" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="D235" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="E235" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="F235" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="G235" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
       <c r="H235" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="I235" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>2176</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
         <v>2177</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5487</v>
+        <v>5431</v>
       </c>
       <c r="B236" t="s">
         <v>2178</v>
       </c>
       <c r="C236" t="s">
         <v>2179</v>
       </c>
       <c r="D236" t="s">
         <v>2180</v>
       </c>
       <c r="E236" t="s">
         <v>2181</v>
       </c>
       <c r="F236" t="s">
         <v>2182</v>
       </c>
       <c r="G236" t="s">
         <v>2183</v>
       </c>
       <c r="H236" t="s">
         <v>2184</v>
       </c>
       <c r="I236" t="s">
         <v>2185</v>
       </c>
       <c r="J236" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K236" t="s">
+        <v>274</v>
+      </c>
+      <c r="L236" t="s">
+        <v>451</v>
+      </c>
+      <c r="M236" t="s">
+        <v>275</v>
+      </c>
+      <c r="N236" t="s">
+        <v>28</v>
+      </c>
+      <c r="O236" t="s">
         <v>2186</v>
-      </c>
-[...7 lines deleted...]
-        <v>2187</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5488</v>
+        <v>5433</v>
       </c>
       <c r="B237" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C237" t="s">
         <v>2188</v>
       </c>
-      <c r="C237" t="s">
+      <c r="D237" t="s">
         <v>2189</v>
       </c>
-      <c r="D237" t="s">
+      <c r="E237" t="s">
         <v>2190</v>
       </c>
-      <c r="E237" t="s">
+      <c r="F237" t="s">
         <v>2191</v>
       </c>
-      <c r="F237" t="s">
+      <c r="G237" t="s">
         <v>2192</v>
       </c>
-      <c r="G237" t="s">
+      <c r="H237" t="s">
         <v>2193</v>
       </c>
-      <c r="H237" t="s">
+      <c r="I237" t="s">
         <v>2194</v>
       </c>
-      <c r="I237" t="s">
+      <c r="J237" t="s">
+        <v>24</v>
+      </c>
+      <c r="K237" t="s">
+        <v>170</v>
+      </c>
+      <c r="L237" t="s">
+        <v>26</v>
+      </c>
+      <c r="M237" t="s">
+        <v>171</v>
+      </c>
+      <c r="N237" t="s">
+        <v>28</v>
+      </c>
+      <c r="O237" t="s">
         <v>2195</v>
-      </c>
-[...16 lines deleted...]
-        <v>2196</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5489</v>
+        <v>5435</v>
       </c>
       <c r="B238" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C238" t="s">
         <v>2197</v>
       </c>
-      <c r="C238" t="s">
+      <c r="D238" t="s">
         <v>2198</v>
       </c>
-      <c r="D238" t="s">
+      <c r="E238" t="s">
         <v>2199</v>
       </c>
-      <c r="E238" t="s">
+      <c r="F238" t="s">
         <v>2200</v>
       </c>
-      <c r="F238" t="s">
+      <c r="G238" t="s">
         <v>2201</v>
       </c>
-      <c r="G238" t="s">
+      <c r="H238" t="s">
         <v>2202</v>
       </c>
-      <c r="H238" t="s">
+      <c r="I238" t="s">
         <v>2203</v>
       </c>
-      <c r="I238" t="s">
+      <c r="J238" t="s">
+        <v>24</v>
+      </c>
+      <c r="K238" t="s">
+        <v>170</v>
+      </c>
+      <c r="L238" t="s">
+        <v>26</v>
+      </c>
+      <c r="M238" t="s">
+        <v>171</v>
+      </c>
+      <c r="N238" t="s">
+        <v>28</v>
+      </c>
+      <c r="O238" t="s">
         <v>2204</v>
-      </c>
-[...16 lines deleted...]
-        <v>2205</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5490</v>
+        <v>5436</v>
       </c>
       <c r="B239" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C239" t="s">
         <v>2206</v>
       </c>
-      <c r="C239" t="s">
+      <c r="D239" t="s">
         <v>2207</v>
       </c>
-      <c r="D239" t="s">
+      <c r="E239" t="s">
         <v>2208</v>
       </c>
-      <c r="E239" t="s">
+      <c r="F239" t="s">
         <v>2209</v>
       </c>
-      <c r="F239" t="s">
+      <c r="G239" t="s">
         <v>2210</v>
       </c>
-      <c r="G239" t="s">
+      <c r="H239" t="s">
         <v>2211</v>
       </c>
-      <c r="H239" t="s">
+      <c r="I239" t="s">
         <v>2212</v>
       </c>
-      <c r="I239" t="s">
+      <c r="J239" t="s">
+        <v>24</v>
+      </c>
+      <c r="K239" t="s">
+        <v>25</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>27</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
         <v>2213</v>
-      </c>
-[...13 lines deleted...]
-        <v>2215</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5493</v>
+        <v>5437</v>
       </c>
       <c r="B240" t="s">
+        <v>2214</v>
+      </c>
+      <c r="C240" t="s">
+        <v>2215</v>
+      </c>
+      <c r="D240" t="s">
         <v>2216</v>
       </c>
-      <c r="C240" t="s">
+      <c r="E240" t="s">
         <v>2217</v>
       </c>
-      <c r="D240" t="s">
+      <c r="F240" t="s">
         <v>2218</v>
       </c>
-      <c r="E240" t="s">
+      <c r="G240" t="s">
         <v>2219</v>
       </c>
-      <c r="F240" t="s">
+      <c r="H240" t="s">
         <v>2220</v>
       </c>
-      <c r="G240" t="s">
+      <c r="I240" t="s">
         <v>2221</v>
       </c>
-      <c r="H240" t="s">
+      <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" t="s">
+        <v>25</v>
+      </c>
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
+        <v>27</v>
+      </c>
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
         <v>2222</v>
-      </c>
-[...19 lines deleted...]
-        <v>2224</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5496</v>
+        <v>5439</v>
       </c>
       <c r="B241" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D241" t="s">
         <v>2225</v>
       </c>
-      <c r="C241" t="s">
+      <c r="E241" t="s">
         <v>2226</v>
       </c>
-      <c r="D241" t="s">
+      <c r="F241" t="s">
         <v>2227</v>
       </c>
-      <c r="E241" t="s">
+      <c r="G241" t="s">
         <v>2228</v>
       </c>
-      <c r="F241" t="s">
+      <c r="H241" t="s">
         <v>2229</v>
       </c>
-      <c r="G241" t="s">
+      <c r="I241" t="s">
         <v>2230</v>
       </c>
-      <c r="H241" t="s">
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" t="s">
+        <v>25</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>27</v>
+      </c>
+      <c r="N241" t="s">
+        <v>28</v>
+      </c>
+      <c r="O241" t="s">
         <v>2231</v>
-      </c>
-[...19 lines deleted...]
-        <v>2233</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5502</v>
+        <v>5456</v>
       </c>
       <c r="B242" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D242" t="s">
         <v>2234</v>
       </c>
-      <c r="C242" t="s">
+      <c r="E242" t="s">
         <v>2235</v>
       </c>
-      <c r="D242" t="s">
+      <c r="F242" t="s">
         <v>2236</v>
       </c>
-      <c r="E242" t="s">
+      <c r="G242" t="s">
         <v>2237</v>
       </c>
-      <c r="F242" t="s">
+      <c r="H242" t="s">
         <v>2238</v>
       </c>
-      <c r="G242" t="s">
+      <c r="I242" t="s">
         <v>2239</v>
       </c>
-      <c r="H242" t="s">
+      <c r="J242" t="s">
+        <v>449</v>
+      </c>
+      <c r="K242" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L242" t="s">
+        <v>451</v>
+      </c>
+      <c r="M242" t="s">
+        <v>1352</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
         <v>2240</v>
-      </c>
-[...19 lines deleted...]
-        <v>2242</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5503</v>
+        <v>5474</v>
       </c>
       <c r="B243" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C243" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D243" t="s">
         <v>2243</v>
       </c>
-      <c r="C243" t="s">
+      <c r="E243" t="s">
         <v>2244</v>
       </c>
-      <c r="D243" t="s">
+      <c r="F243" t="s">
         <v>2245</v>
       </c>
-      <c r="E243" t="s">
+      <c r="G243" t="s">
         <v>2246</v>
       </c>
-      <c r="F243" t="s">
+      <c r="H243" t="s">
         <v>2247</v>
       </c>
-      <c r="G243" t="s">
+      <c r="I243" t="s">
         <v>2248</v>
       </c>
-      <c r="H243" t="s">
+      <c r="J243" t="s">
+        <v>24</v>
+      </c>
+      <c r="K243" t="s">
+        <v>25</v>
+      </c>
+      <c r="L243" t="s">
+        <v>26</v>
+      </c>
+      <c r="M243" t="s">
+        <v>27</v>
+      </c>
+      <c r="N243" t="s">
+        <v>28</v>
+      </c>
+      <c r="O243" t="s">
         <v>2249</v>
-      </c>
-[...19 lines deleted...]
-        <v>2251</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5507</v>
+        <v>5475</v>
       </c>
       <c r="B244" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C244" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D244" t="s">
         <v>2252</v>
       </c>
-      <c r="C244" t="s">
+      <c r="E244" t="s">
         <v>2253</v>
       </c>
-      <c r="D244" t="s">
+      <c r="F244" t="s">
         <v>2254</v>
       </c>
-      <c r="E244" t="s">
+      <c r="G244" t="s">
         <v>2255</v>
       </c>
-      <c r="F244" t="s">
+      <c r="H244" t="s">
         <v>2256</v>
       </c>
-      <c r="G244" t="s">
+      <c r="I244" t="s">
         <v>2257</v>
       </c>
-      <c r="H244" t="s">
+      <c r="J244" t="s">
+        <v>24</v>
+      </c>
+      <c r="K244" t="s">
+        <v>170</v>
+      </c>
+      <c r="L244" t="s">
+        <v>26</v>
+      </c>
+      <c r="M244" t="s">
+        <v>171</v>
+      </c>
+      <c r="N244" t="s">
+        <v>28</v>
+      </c>
+      <c r="O244" t="s">
         <v>2258</v>
-      </c>
-[...19 lines deleted...]
-        <v>2260</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5509</v>
+        <v>5476</v>
       </c>
       <c r="B245" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C245" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D245" t="s">
         <v>2261</v>
       </c>
-      <c r="C245" t="s">
+      <c r="E245" t="s">
         <v>2262</v>
       </c>
-      <c r="D245" t="s">
+      <c r="F245" t="s">
         <v>2263</v>
       </c>
-      <c r="E245" t="s">
+      <c r="G245" t="s">
         <v>2264</v>
       </c>
-      <c r="F245" t="s">
+      <c r="H245" t="s">
         <v>2265</v>
       </c>
-      <c r="G245" t="s">
+      <c r="I245" t="s">
         <v>2266</v>
       </c>
-      <c r="H245" t="s">
+      <c r="J245" t="s">
         <v>2267</v>
       </c>
-      <c r="I245" t="s">
+      <c r="K245" t="s">
+        <v>1183</v>
+      </c>
+      <c r="L245" t="s">
         <v>2268</v>
       </c>
-      <c r="J245" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M245" t="s">
-        <v>1155</v>
+        <v>1184</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
         <v>2269</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5512</v>
+        <v>5478</v>
       </c>
       <c r="B246" t="s">
         <v>2270</v>
       </c>
       <c r="C246" t="s">
         <v>2271</v>
       </c>
       <c r="D246" t="s">
         <v>2272</v>
       </c>
       <c r="E246" t="s">
         <v>2273</v>
       </c>
       <c r="F246" t="s">
         <v>2274</v>
       </c>
       <c r="G246" t="s">
         <v>2275</v>
       </c>
       <c r="H246" t="s">
         <v>2276</v>
       </c>
       <c r="I246" t="s">
         <v>2277</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
         <v>2278</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5514</v>
+        <v>5479</v>
       </c>
       <c r="B247" t="s">
         <v>2279</v>
       </c>
       <c r="C247" t="s">
         <v>2280</v>
       </c>
       <c r="D247" t="s">
         <v>2281</v>
       </c>
       <c r="E247" t="s">
         <v>2282</v>
       </c>
       <c r="F247" t="s">
         <v>2283</v>
       </c>
       <c r="G247" t="s">
         <v>2284</v>
       </c>
       <c r="H247" t="s">
         <v>2285</v>
       </c>
       <c r="I247" t="s">
         <v>2286</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>467</v>
+        <v>579</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>468</v>
+        <v>580</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2287</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5516</v>
+        <v>5482</v>
       </c>
       <c r="B248" t="s">
         <v>2288</v>
       </c>
       <c r="C248" t="s">
         <v>2289</v>
       </c>
       <c r="D248" t="s">
         <v>2290</v>
       </c>
       <c r="E248" t="s">
         <v>2291</v>
       </c>
       <c r="F248" t="s">
         <v>2292</v>
       </c>
       <c r="G248" t="s">
         <v>2293</v>
       </c>
       <c r="H248" t="s">
         <v>2294</v>
       </c>
       <c r="I248" t="s">
         <v>2295</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2296</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5517</v>
+        <v>5483</v>
       </c>
       <c r="B249" t="s">
         <v>2297</v>
       </c>
       <c r="C249" t="s">
         <v>2298</v>
       </c>
       <c r="D249" t="s">
         <v>2299</v>
       </c>
       <c r="E249" t="s">
         <v>2300</v>
       </c>
       <c r="F249" t="s">
         <v>2301</v>
       </c>
       <c r="G249" t="s">
         <v>2302</v>
       </c>
       <c r="H249" t="s">
         <v>2303</v>
       </c>
       <c r="I249" t="s">
         <v>2304</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
         <v>25</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
         <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
         <v>2305</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5518</v>
+        <v>5485</v>
       </c>
       <c r="B250" t="s">
         <v>2306</v>
       </c>
       <c r="C250" t="s">
         <v>2307</v>
       </c>
       <c r="D250" t="s">
         <v>2308</v>
       </c>
       <c r="E250" t="s">
         <v>2309</v>
       </c>
       <c r="F250" t="s">
         <v>2310</v>
       </c>
       <c r="G250" t="s">
         <v>2311</v>
       </c>
       <c r="H250" t="s">
         <v>2312</v>
       </c>
       <c r="I250" t="s">
         <v>2313</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>25</v>
+        <v>2314</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>27</v>
+        <v>2315</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5545</v>
+        <v>5487</v>
       </c>
       <c r="B251" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="C251" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="D251" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="E251" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="F251" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="G251" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="H251" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="I251" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>148</v>
+        <v>2325</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
-      <c r="M251" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2323</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5657</v>
+        <v>5488</v>
       </c>
       <c r="B252" t="s">
-        <v>2324</v>
+        <v>2327</v>
       </c>
       <c r="C252" t="s">
-        <v>2325</v>
+        <v>2328</v>
       </c>
       <c r="D252" t="s">
-        <v>2326</v>
+        <v>2329</v>
       </c>
       <c r="E252" t="s">
-        <v>2327</v>
+        <v>2330</v>
       </c>
       <c r="F252" t="s">
-        <v>2328</v>
+        <v>2331</v>
       </c>
       <c r="G252" t="s">
-        <v>2329</v>
+        <v>2332</v>
       </c>
       <c r="H252" t="s">
-        <v>2330</v>
+        <v>2333</v>
       </c>
       <c r="I252" t="s">
-        <v>2331</v>
+        <v>2334</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2332</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5733</v>
+        <v>5489</v>
       </c>
       <c r="B253" t="s">
-        <v>2333</v>
+        <v>2336</v>
       </c>
       <c r="C253" t="s">
-        <v>2334</v>
+        <v>2337</v>
       </c>
       <c r="D253" t="s">
-        <v>2335</v>
+        <v>2338</v>
       </c>
       <c r="E253" t="s">
-        <v>2336</v>
+        <v>2339</v>
       </c>
       <c r="F253" t="s">
-        <v>2337</v>
+        <v>2340</v>
       </c>
       <c r="G253" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="H253" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="I253" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>47</v>
+        <v>1203</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>48</v>
+        <v>1204</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5787</v>
+        <v>5490</v>
       </c>
       <c r="B254" t="s">
-        <v>2342</v>
+        <v>2345</v>
       </c>
       <c r="C254" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
       <c r="D254" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="E254" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="F254" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
       <c r="G254" t="s">
-        <v>2347</v>
+        <v>2350</v>
       </c>
       <c r="H254" t="s">
-        <v>2348</v>
+        <v>2351</v>
       </c>
       <c r="I254" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
       <c r="J254" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K254" t="s">
-        <v>148</v>
+        <v>2353</v>
       </c>
       <c r="L254" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>451</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2350</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5792</v>
+        <v>5493</v>
       </c>
       <c r="B255" t="s">
-        <v>2351</v>
+        <v>2355</v>
       </c>
       <c r="C255" t="s">
-        <v>2352</v>
+        <v>2356</v>
       </c>
       <c r="D255" t="s">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="E255" t="s">
-        <v>2354</v>
+        <v>2358</v>
       </c>
       <c r="F255" t="s">
-        <v>2355</v>
+        <v>2359</v>
       </c>
       <c r="G255" t="s">
-        <v>2356</v>
+        <v>2360</v>
       </c>
       <c r="H255" t="s">
-        <v>2357</v>
+        <v>2361</v>
       </c>
       <c r="I255" t="s">
-        <v>2358</v>
+        <v>2362</v>
       </c>
       <c r="J255" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>428</v>
+        <v>170</v>
       </c>
       <c r="L255" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>430</v>
+        <v>171</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2359</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5794</v>
+        <v>5496</v>
       </c>
       <c r="B256" t="s">
-        <v>2360</v>
+        <v>2364</v>
       </c>
       <c r="C256" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="D256" t="s">
-        <v>2362</v>
+        <v>2366</v>
       </c>
       <c r="E256" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
       <c r="F256" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="G256" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="H256" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="I256" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>149</v>
+        <v>275</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5796</v>
+        <v>5502</v>
       </c>
       <c r="B257" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
       <c r="C257" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="D257" t="s">
-        <v>2371</v>
+        <v>2375</v>
       </c>
       <c r="E257" t="s">
-        <v>2372</v>
+        <v>2376</v>
       </c>
       <c r="F257" t="s">
-        <v>2373</v>
+        <v>2377</v>
       </c>
       <c r="G257" t="s">
-        <v>2374</v>
+        <v>2378</v>
       </c>
       <c r="H257" t="s">
-        <v>2375</v>
+        <v>2379</v>
       </c>
       <c r="I257" t="s">
-        <v>2376</v>
+        <v>2380</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5798</v>
+        <v>5503</v>
       </c>
       <c r="B258" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
       <c r="C258" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="D258" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="E258" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
       <c r="F258" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="G258" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="H258" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
       <c r="I258" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5799</v>
+        <v>5504</v>
       </c>
       <c r="B259" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
       <c r="C259" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="D259" t="s">
-        <v>2389</v>
+        <v>2393</v>
       </c>
       <c r="E259" t="s">
-        <v>2390</v>
+        <v>2394</v>
       </c>
       <c r="F259" t="s">
-        <v>2391</v>
+        <v>2395</v>
       </c>
       <c r="G259" t="s">
-        <v>2392</v>
+        <v>2396</v>
       </c>
       <c r="H259" t="s">
-        <v>2393</v>
+        <v>2397</v>
       </c>
       <c r="I259" t="s">
-        <v>2394</v>
+        <v>2398</v>
       </c>
       <c r="J259" t="s">
-        <v>1658</v>
+        <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>866</v>
+        <v>25</v>
       </c>
       <c r="L259" t="s">
-        <v>1660</v>
+        <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>867</v>
+        <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2395</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5803</v>
+        <v>5507</v>
       </c>
       <c r="B260" t="s">
-        <v>2396</v>
+        <v>2400</v>
       </c>
       <c r="C260" t="s">
-        <v>2397</v>
+        <v>2401</v>
       </c>
       <c r="D260" t="s">
-        <v>2398</v>
+        <v>2402</v>
       </c>
       <c r="E260" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
       <c r="F260" t="s">
-        <v>2400</v>
+        <v>2404</v>
       </c>
       <c r="G260" t="s">
-        <v>2401</v>
+        <v>2405</v>
       </c>
       <c r="H260" t="s">
-        <v>2402</v>
+        <v>2406</v>
       </c>
       <c r="I260" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2404</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5805</v>
+        <v>5509</v>
       </c>
       <c r="B261" t="s">
-        <v>2405</v>
+        <v>2409</v>
       </c>
       <c r="C261" t="s">
-        <v>2406</v>
+        <v>2410</v>
       </c>
       <c r="D261" t="s">
-        <v>2407</v>
+        <v>2411</v>
       </c>
       <c r="E261" t="s">
-        <v>2408</v>
+        <v>2412</v>
       </c>
       <c r="F261" t="s">
-        <v>2409</v>
+        <v>2413</v>
       </c>
       <c r="G261" t="s">
-        <v>2410</v>
+        <v>2414</v>
       </c>
       <c r="H261" t="s">
-        <v>2411</v>
+        <v>2415</v>
       </c>
       <c r="I261" t="s">
-        <v>2412</v>
+        <v>2416</v>
       </c>
       <c r="J261" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K261" t="s">
-        <v>25</v>
+        <v>1183</v>
       </c>
       <c r="L261" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M261" t="s">
-        <v>27</v>
+        <v>1184</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2413</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5808</v>
+        <v>5512</v>
       </c>
       <c r="B262" t="s">
-        <v>2414</v>
+        <v>2418</v>
       </c>
       <c r="C262" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="D262" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="E262" t="s">
-        <v>2417</v>
+        <v>2421</v>
       </c>
       <c r="F262" t="s">
-        <v>2418</v>
+        <v>2422</v>
       </c>
       <c r="G262" t="s">
-        <v>2419</v>
+        <v>2423</v>
       </c>
       <c r="H262" t="s">
-        <v>2420</v>
+        <v>2424</v>
       </c>
       <c r="I262" t="s">
-        <v>2421</v>
+        <v>2425</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2422</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5811</v>
+        <v>5514</v>
       </c>
       <c r="B263" t="s">
-        <v>2423</v>
+        <v>2427</v>
       </c>
       <c r="C263" t="s">
-        <v>2424</v>
+        <v>2428</v>
       </c>
       <c r="D263" t="s">
-        <v>2425</v>
+        <v>2429</v>
       </c>
       <c r="E263" t="s">
-        <v>2426</v>
+        <v>2430</v>
       </c>
       <c r="F263" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
       <c r="G263" t="s">
-        <v>2428</v>
+        <v>2432</v>
       </c>
       <c r="H263" t="s">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="I263" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2431</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5819</v>
+        <v>5516</v>
       </c>
       <c r="B264" t="s">
-        <v>2432</v>
+        <v>2436</v>
       </c>
       <c r="C264" t="s">
-        <v>2433</v>
+        <v>2437</v>
       </c>
       <c r="D264" t="s">
-        <v>2434</v>
+        <v>2438</v>
       </c>
       <c r="E264" t="s">
-        <v>2435</v>
+        <v>2439</v>
       </c>
       <c r="F264" t="s">
-        <v>2436</v>
+        <v>2440</v>
       </c>
       <c r="G264" t="s">
-        <v>2437</v>
+        <v>2441</v>
       </c>
       <c r="H264" t="s">
-        <v>2438</v>
+        <v>2442</v>
       </c>
       <c r="I264" t="s">
-        <v>2439</v>
+        <v>2443</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>25</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2440</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5830</v>
+        <v>5517</v>
       </c>
       <c r="B265" t="s">
-        <v>2441</v>
+        <v>2445</v>
       </c>
       <c r="C265" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="D265" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="E265" t="s">
-        <v>2444</v>
+        <v>2448</v>
       </c>
       <c r="F265" t="s">
-        <v>2445</v>
+        <v>2449</v>
       </c>
       <c r="G265" t="s">
-        <v>2446</v>
+        <v>2450</v>
       </c>
       <c r="H265" t="s">
-        <v>2447</v>
+        <v>2451</v>
       </c>
       <c r="I265" t="s">
-        <v>2448</v>
+        <v>2452</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
         <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
         <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2449</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5866</v>
+        <v>5518</v>
       </c>
       <c r="B266" t="s">
-        <v>2450</v>
+        <v>2454</v>
       </c>
       <c r="C266" t="s">
-        <v>2451</v>
+        <v>2455</v>
       </c>
       <c r="D266" t="s">
-        <v>2452</v>
+        <v>2456</v>
       </c>
       <c r="E266" t="s">
-        <v>2453</v>
+        <v>2457</v>
       </c>
       <c r="F266" t="s">
-        <v>2454</v>
+        <v>2458</v>
       </c>
       <c r="G266" t="s">
-        <v>2455</v>
+        <v>2459</v>
       </c>
       <c r="H266" t="s">
-        <v>2456</v>
+        <v>2460</v>
       </c>
       <c r="I266" t="s">
-        <v>2457</v>
+        <v>2461</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2458</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5888</v>
+        <v>5520</v>
       </c>
       <c r="B267" t="s">
-        <v>2459</v>
+        <v>2463</v>
       </c>
       <c r="C267" t="s">
-        <v>2460</v>
+        <v>2464</v>
       </c>
       <c r="D267" t="s">
-        <v>2461</v>
+        <v>2465</v>
       </c>
       <c r="E267" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
       <c r="F267" t="s">
-        <v>2463</v>
+        <v>2467</v>
       </c>
       <c r="G267" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
       <c r="H267" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
       <c r="I267" t="s">
-        <v>2466</v>
+        <v>2470</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>25</v>
+        <v>1183</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>27</v>
+        <v>1184</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2467</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5889</v>
+        <v>5545</v>
       </c>
       <c r="B268" t="s">
-        <v>2468</v>
+        <v>2472</v>
       </c>
       <c r="C268" t="s">
-        <v>2469</v>
+        <v>2473</v>
       </c>
       <c r="D268" t="s">
-        <v>2470</v>
+        <v>2474</v>
       </c>
       <c r="E268" t="s">
-        <v>2471</v>
+        <v>2475</v>
       </c>
       <c r="F268" t="s">
-        <v>2472</v>
+        <v>2476</v>
       </c>
       <c r="G268" t="s">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="H268" t="s">
-        <v>2474</v>
+        <v>2478</v>
       </c>
       <c r="I268" t="s">
-        <v>2475</v>
+        <v>2479</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2476</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5907</v>
+        <v>5657</v>
       </c>
       <c r="B269" t="s">
-        <v>2477</v>
+        <v>2481</v>
       </c>
       <c r="C269" t="s">
-        <v>2478</v>
+        <v>2482</v>
       </c>
       <c r="D269" t="s">
-        <v>2479</v>
+        <v>2483</v>
       </c>
       <c r="E269" t="s">
-        <v>2480</v>
+        <v>2484</v>
       </c>
       <c r="F269" t="s">
-        <v>2481</v>
+        <v>2485</v>
       </c>
       <c r="G269" t="s">
-        <v>2482</v>
+        <v>2486</v>
       </c>
       <c r="H269" t="s">
-        <v>2483</v>
+        <v>2487</v>
       </c>
       <c r="I269" t="s">
-        <v>2484</v>
+        <v>2488</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
         <v>25</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
         <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2485</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5913</v>
+        <v>5733</v>
       </c>
       <c r="B270" t="s">
-        <v>2486</v>
+        <v>2490</v>
       </c>
       <c r="C270" t="s">
-        <v>2487</v>
+        <v>2491</v>
       </c>
       <c r="D270" t="s">
-        <v>2488</v>
+        <v>2492</v>
       </c>
       <c r="E270" t="s">
-        <v>2489</v>
+        <v>2493</v>
       </c>
       <c r="F270" t="s">
-        <v>2490</v>
+        <v>2494</v>
       </c>
       <c r="G270" t="s">
-        <v>2491</v>
+        <v>2495</v>
       </c>
       <c r="H270" t="s">
-        <v>2492</v>
+        <v>2496</v>
       </c>
       <c r="I270" t="s">
-        <v>2493</v>
+        <v>2497</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
         <v>47</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>48</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2494</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5915</v>
+        <v>5787</v>
       </c>
       <c r="B271" t="s">
-        <v>2495</v>
+        <v>2499</v>
       </c>
       <c r="C271" t="s">
-        <v>2496</v>
+        <v>2500</v>
       </c>
       <c r="D271" t="s">
-        <v>2497</v>
+        <v>2501</v>
       </c>
       <c r="E271" t="s">
-        <v>2498</v>
+        <v>2502</v>
       </c>
       <c r="F271" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="G271" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="H271" t="s">
-        <v>2501</v>
+        <v>2505</v>
       </c>
       <c r="I271" t="s">
-        <v>2502</v>
+        <v>2506</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2503</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5927</v>
+        <v>5792</v>
       </c>
       <c r="B272" t="s">
-        <v>2504</v>
+        <v>2508</v>
       </c>
       <c r="C272" t="s">
-        <v>2505</v>
+        <v>2509</v>
       </c>
       <c r="D272" t="s">
-        <v>2506</v>
+        <v>2510</v>
       </c>
       <c r="E272" t="s">
-        <v>2507</v>
+        <v>2511</v>
       </c>
       <c r="F272" t="s">
-        <v>2508</v>
+        <v>2512</v>
       </c>
       <c r="G272" t="s">
-        <v>2509</v>
+        <v>2513</v>
       </c>
       <c r="H272" t="s">
-        <v>2510</v>
+        <v>2514</v>
       </c>
       <c r="I272" t="s">
-        <v>2511</v>
+        <v>2515</v>
       </c>
       <c r="J272" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K272" t="s">
-        <v>467</v>
+        <v>450</v>
       </c>
       <c r="L272" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M272" t="s">
-        <v>468</v>
+        <v>452</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2512</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5928</v>
+        <v>5794</v>
       </c>
       <c r="B273" t="s">
-        <v>2513</v>
+        <v>2517</v>
       </c>
       <c r="C273" t="s">
-        <v>2514</v>
+        <v>2518</v>
       </c>
       <c r="D273" t="s">
-        <v>2515</v>
+        <v>2519</v>
       </c>
       <c r="E273" t="s">
-        <v>2516</v>
+        <v>2520</v>
       </c>
       <c r="F273" t="s">
-        <v>2517</v>
+        <v>2521</v>
       </c>
       <c r="G273" t="s">
-        <v>2518</v>
+        <v>2522</v>
       </c>
       <c r="H273" t="s">
-        <v>2519</v>
+        <v>2523</v>
       </c>
       <c r="I273" t="s">
-        <v>2520</v>
+        <v>2524</v>
       </c>
       <c r="J273" t="s">
-        <v>2521</v>
+        <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>2522</v>
+        <v>170</v>
       </c>
       <c r="L273" t="s">
-        <v>2523</v>
+        <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>2524</v>
+        <v>171</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
         <v>2525</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5931</v>
+        <v>5795</v>
       </c>
       <c r="B274" t="s">
         <v>2526</v>
       </c>
       <c r="C274" t="s">
         <v>2527</v>
       </c>
       <c r="D274" t="s">
         <v>2528</v>
       </c>
       <c r="E274" t="s">
         <v>2529</v>
       </c>
       <c r="F274" t="s">
         <v>2530</v>
       </c>
       <c r="G274" t="s">
         <v>2531</v>
       </c>
       <c r="H274" t="s">
         <v>2532</v>
       </c>
       <c r="I274" t="s">
         <v>2533</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
         <v>2534</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5932</v>
+        <v>5796</v>
       </c>
       <c r="B275" t="s">
         <v>2535</v>
       </c>
       <c r="C275" t="s">
         <v>2536</v>
       </c>
       <c r="D275" t="s">
         <v>2537</v>
       </c>
       <c r="E275" t="s">
         <v>2538</v>
       </c>
       <c r="F275" t="s">
         <v>2539</v>
       </c>
       <c r="G275" t="s">
         <v>2540</v>
       </c>
       <c r="H275" t="s">
         <v>2541</v>
       </c>
       <c r="I275" t="s">
         <v>2542</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
         <v>2543</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5934</v>
+        <v>5798</v>
       </c>
       <c r="B276" t="s">
         <v>2544</v>
       </c>
       <c r="C276" t="s">
         <v>2545</v>
       </c>
       <c r="D276" t="s">
         <v>2546</v>
       </c>
       <c r="E276" t="s">
         <v>2547</v>
       </c>
       <c r="F276" t="s">
         <v>2548</v>
       </c>
       <c r="G276" t="s">
         <v>2549</v>
       </c>
       <c r="H276" t="s">
         <v>2550</v>
       </c>
       <c r="I276" t="s">
         <v>2551</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
         <v>2552</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5953</v>
+        <v>5799</v>
       </c>
       <c r="B277" t="s">
         <v>2553</v>
       </c>
       <c r="C277" t="s">
         <v>2554</v>
       </c>
       <c r="D277" t="s">
         <v>2555</v>
       </c>
       <c r="E277" t="s">
         <v>2556</v>
       </c>
       <c r="F277" t="s">
         <v>2557</v>
       </c>
       <c r="G277" t="s">
         <v>2558</v>
       </c>
       <c r="H277" t="s">
         <v>2559</v>
       </c>
       <c r="I277" t="s">
         <v>2560</v>
       </c>
       <c r="J277" t="s">
-        <v>24</v>
+        <v>1724</v>
       </c>
       <c r="K277" t="s">
-        <v>25</v>
+        <v>886</v>
       </c>
       <c r="L277" t="s">
-        <v>26</v>
+        <v>1726</v>
       </c>
       <c r="M277" t="s">
-        <v>27</v>
+        <v>887</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
         <v>2561</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5981</v>
+        <v>5803</v>
       </c>
       <c r="B278" t="s">
         <v>2562</v>
       </c>
       <c r="C278" t="s">
         <v>2563</v>
       </c>
       <c r="D278" t="s">
         <v>2564</v>
       </c>
       <c r="E278" t="s">
         <v>2565</v>
       </c>
       <c r="F278" t="s">
         <v>2566</v>
       </c>
       <c r="G278" t="s">
         <v>2567</v>
       </c>
       <c r="H278" t="s">
         <v>2568</v>
       </c>
       <c r="I278" t="s">
         <v>2569</v>
       </c>
       <c r="J278" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K278" t="s">
+        <v>25</v>
+      </c>
+      <c r="L278" t="s">
+        <v>26</v>
+      </c>
+      <c r="M278" t="s">
+        <v>27</v>
+      </c>
+      <c r="N278" t="s">
+        <v>28</v>
+      </c>
+      <c r="O278" t="s">
         <v>2570</v>
-      </c>
-[...10 lines deleted...]
-        <v>2572</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5986</v>
+        <v>5805</v>
       </c>
       <c r="B279" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C279" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D279" t="s">
         <v>2573</v>
       </c>
-      <c r="C279" t="s">
+      <c r="E279" t="s">
         <v>2574</v>
       </c>
-      <c r="D279" t="s">
+      <c r="F279" t="s">
         <v>2575</v>
       </c>
-      <c r="E279" t="s">
+      <c r="G279" t="s">
         <v>2576</v>
       </c>
-      <c r="F279" t="s">
+      <c r="H279" t="s">
         <v>2577</v>
       </c>
-      <c r="G279" t="s">
+      <c r="I279" t="s">
         <v>2578</v>
       </c>
-      <c r="H279" t="s">
+      <c r="J279" t="s">
+        <v>24</v>
+      </c>
+      <c r="K279" t="s">
+        <v>25</v>
+      </c>
+      <c r="L279" t="s">
+        <v>26</v>
+      </c>
+      <c r="M279" t="s">
+        <v>27</v>
+      </c>
+      <c r="N279" t="s">
+        <v>28</v>
+      </c>
+      <c r="O279" t="s">
         <v>2579</v>
-      </c>
-[...19 lines deleted...]
-        <v>2581</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5989</v>
+        <v>5808</v>
       </c>
       <c r="B280" t="s">
+        <v>2580</v>
+      </c>
+      <c r="C280" t="s">
+        <v>2581</v>
+      </c>
+      <c r="D280" t="s">
         <v>2582</v>
       </c>
-      <c r="C280" t="s">
+      <c r="E280" t="s">
         <v>2583</v>
       </c>
-      <c r="D280" t="s">
+      <c r="F280" t="s">
         <v>2584</v>
       </c>
-      <c r="E280" t="s">
+      <c r="G280" t="s">
         <v>2585</v>
       </c>
-      <c r="F280" t="s">
+      <c r="H280" t="s">
         <v>2586</v>
       </c>
-      <c r="G280" t="s">
+      <c r="I280" t="s">
         <v>2587</v>
       </c>
-      <c r="H280" t="s">
+      <c r="J280" t="s">
+        <v>24</v>
+      </c>
+      <c r="K280" t="s">
+        <v>25</v>
+      </c>
+      <c r="L280" t="s">
+        <v>26</v>
+      </c>
+      <c r="M280" t="s">
+        <v>27</v>
+      </c>
+      <c r="N280" t="s">
+        <v>28</v>
+      </c>
+      <c r="O280" t="s">
         <v>2588</v>
-      </c>
-[...19 lines deleted...]
-        <v>2590</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>6018</v>
+        <v>5811</v>
       </c>
       <c r="B281" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C281" t="s">
+        <v>2590</v>
+      </c>
+      <c r="D281" t="s">
         <v>2591</v>
       </c>
-      <c r="C281" t="s">
+      <c r="E281" t="s">
         <v>2592</v>
       </c>
-      <c r="D281" t="s">
+      <c r="F281" t="s">
         <v>2593</v>
       </c>
-      <c r="E281" t="s">
+      <c r="G281" t="s">
         <v>2594</v>
       </c>
-      <c r="F281" t="s">
+      <c r="H281" t="s">
         <v>2595</v>
       </c>
-      <c r="G281" t="s">
+      <c r="I281" t="s">
         <v>2596</v>
       </c>
-      <c r="H281" t="s">
+      <c r="J281" t="s">
+        <v>24</v>
+      </c>
+      <c r="K281" t="s">
+        <v>25</v>
+      </c>
+      <c r="L281" t="s">
+        <v>26</v>
+      </c>
+      <c r="M281" t="s">
+        <v>27</v>
+      </c>
+      <c r="N281" t="s">
+        <v>28</v>
+      </c>
+      <c r="O281" t="s">
         <v>2597</v>
-      </c>
-[...19 lines deleted...]
-        <v>2599</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>6021</v>
+        <v>5819</v>
       </c>
       <c r="B282" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C282" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D282" t="s">
         <v>2600</v>
       </c>
-      <c r="C282" t="s">
+      <c r="E282" t="s">
         <v>2601</v>
       </c>
-      <c r="D282" t="s">
+      <c r="F282" t="s">
         <v>2602</v>
       </c>
-      <c r="E282" t="s">
+      <c r="G282" t="s">
         <v>2603</v>
       </c>
-      <c r="F282" t="s">
+      <c r="H282" t="s">
         <v>2604</v>
       </c>
-      <c r="G282" t="s">
+      <c r="I282" t="s">
         <v>2605</v>
-      </c>
-[...4 lines deleted...]
-        <v>2607</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2608</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>6082</v>
+        <v>5830</v>
       </c>
       <c r="B283" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C283" t="s">
+        <v>2608</v>
+      </c>
+      <c r="D283" t="s">
         <v>2609</v>
       </c>
-      <c r="C283" t="s">
+      <c r="E283" t="s">
         <v>2610</v>
       </c>
-      <c r="D283" t="s">
+      <c r="F283" t="s">
         <v>2611</v>
       </c>
-      <c r="E283" t="s">
+      <c r="G283" t="s">
         <v>2612</v>
       </c>
-      <c r="F283" t="s">
+      <c r="H283" t="s">
         <v>2613</v>
       </c>
-      <c r="G283" t="s">
+      <c r="I283" t="s">
         <v>2614</v>
       </c>
-      <c r="H283" t="s">
+      <c r="J283" t="s">
+        <v>24</v>
+      </c>
+      <c r="K283" t="s">
+        <v>25</v>
+      </c>
+      <c r="L283" t="s">
+        <v>26</v>
+      </c>
+      <c r="M283" t="s">
+        <v>27</v>
+      </c>
+      <c r="N283" t="s">
+        <v>28</v>
+      </c>
+      <c r="O283" t="s">
         <v>2615</v>
-      </c>
-[...19 lines deleted...]
-        <v>2617</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>6093</v>
+        <v>5863</v>
       </c>
       <c r="B284" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C284" t="s">
+        <v>2617</v>
+      </c>
+      <c r="D284" t="s">
         <v>2618</v>
       </c>
-      <c r="C284" t="s">
+      <c r="E284" t="s">
         <v>2619</v>
       </c>
-      <c r="D284" t="s">
+      <c r="F284" t="s">
         <v>2620</v>
       </c>
-      <c r="E284" t="s">
+      <c r="G284" t="s">
         <v>2621</v>
       </c>
-      <c r="F284" t="s">
+      <c r="H284" t="s">
         <v>2622</v>
       </c>
-      <c r="G284" t="s">
+      <c r="I284" t="s">
         <v>2623</v>
       </c>
-      <c r="H284" t="s">
+      <c r="J284" t="s">
+        <v>24</v>
+      </c>
+      <c r="K284" t="s">
+        <v>25</v>
+      </c>
+      <c r="L284" t="s">
+        <v>26</v>
+      </c>
+      <c r="M284" t="s">
+        <v>27</v>
+      </c>
+      <c r="N284" t="s">
+        <v>28</v>
+      </c>
+      <c r="O284" t="s">
         <v>2624</v>
-      </c>
-[...16 lines deleted...]
-        <v>2627</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>6112</v>
+        <v>5866</v>
       </c>
       <c r="B285" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C285" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D285" t="s">
+        <v>2627</v>
+      </c>
+      <c r="E285" t="s">
         <v>2628</v>
       </c>
-      <c r="C285" t="s">
+      <c r="F285" t="s">
         <v>2629</v>
       </c>
-      <c r="D285" t="s">
+      <c r="G285" t="s">
         <v>2630</v>
       </c>
-      <c r="E285" t="s">
+      <c r="H285" t="s">
         <v>2631</v>
       </c>
-      <c r="F285" t="s">
+      <c r="I285" t="s">
         <v>2632</v>
       </c>
-      <c r="G285" t="s">
+      <c r="J285" t="s">
+        <v>24</v>
+      </c>
+      <c r="K285" t="s">
+        <v>25</v>
+      </c>
+      <c r="L285" t="s">
+        <v>26</v>
+      </c>
+      <c r="M285" t="s">
+        <v>27</v>
+      </c>
+      <c r="N285" t="s">
+        <v>28</v>
+      </c>
+      <c r="O285" t="s">
         <v>2633</v>
-      </c>
-[...22 lines deleted...]
-        <v>2636</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>6180</v>
+        <v>5888</v>
       </c>
       <c r="B286" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C286" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D286" t="s">
+        <v>2636</v>
+      </c>
+      <c r="E286" t="s">
         <v>2637</v>
       </c>
-      <c r="C286" t="s">
+      <c r="F286" t="s">
         <v>2638</v>
       </c>
-      <c r="D286" t="s">
+      <c r="G286" t="s">
         <v>2639</v>
       </c>
-      <c r="E286" t="s">
+      <c r="H286" t="s">
         <v>2640</v>
       </c>
-      <c r="F286" t="s">
+      <c r="I286" t="s">
         <v>2641</v>
-      </c>
-[...7 lines deleted...]
-        <v>2644</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2645</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>6203</v>
+        <v>5889</v>
       </c>
       <c r="B287" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C287" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D287" t="s">
+        <v>2645</v>
+      </c>
+      <c r="E287" t="s">
         <v>2646</v>
       </c>
-      <c r="C287" t="s">
+      <c r="F287" t="s">
         <v>2647</v>
       </c>
-      <c r="D287" t="s">
+      <c r="G287" t="s">
         <v>2648</v>
       </c>
-      <c r="E287" t="s">
+      <c r="H287" t="s">
         <v>2649</v>
       </c>
-      <c r="F287" t="s">
+      <c r="I287" t="s">
         <v>2650</v>
       </c>
-      <c r="G287" t="s">
+      <c r="J287" t="s">
+        <v>24</v>
+      </c>
+      <c r="K287" t="s">
+        <v>25</v>
+      </c>
+      <c r="L287" t="s">
+        <v>26</v>
+      </c>
+      <c r="M287" t="s">
+        <v>27</v>
+      </c>
+      <c r="N287" t="s">
+        <v>28</v>
+      </c>
+      <c r="O287" t="s">
         <v>2651</v>
-      </c>
-[...22 lines deleted...]
-        <v>2654</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>6208</v>
+        <v>5907</v>
       </c>
       <c r="B288" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C288" t="s">
+        <v>2653</v>
+      </c>
+      <c r="D288" t="s">
+        <v>2654</v>
+      </c>
+      <c r="E288" t="s">
         <v>2655</v>
       </c>
-      <c r="C288" t="s">
+      <c r="F288" t="s">
         <v>2656</v>
       </c>
-      <c r="D288" t="s">
+      <c r="G288" t="s">
         <v>2657</v>
       </c>
-      <c r="E288" t="s">
+      <c r="H288" t="s">
         <v>2658</v>
       </c>
-      <c r="F288" t="s">
+      <c r="I288" t="s">
         <v>2659</v>
       </c>
-      <c r="G288" t="s">
+      <c r="J288" t="s">
+        <v>24</v>
+      </c>
+      <c r="K288" t="s">
+        <v>25</v>
+      </c>
+      <c r="L288" t="s">
+        <v>26</v>
+      </c>
+      <c r="M288" t="s">
+        <v>27</v>
+      </c>
+      <c r="N288" t="s">
+        <v>28</v>
+      </c>
+      <c r="O288" t="s">
         <v>2660</v>
-      </c>
-[...22 lines deleted...]
-        <v>2663</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>6215</v>
+        <v>5913</v>
       </c>
       <c r="B289" t="s">
+        <v>2661</v>
+      </c>
+      <c r="C289" t="s">
+        <v>2662</v>
+      </c>
+      <c r="D289" t="s">
+        <v>2663</v>
+      </c>
+      <c r="E289" t="s">
         <v>2664</v>
       </c>
-      <c r="C289" t="s">
+      <c r="F289" t="s">
         <v>2665</v>
       </c>
-      <c r="D289" t="s">
+      <c r="G289" t="s">
         <v>2666</v>
       </c>
-      <c r="E289" t="s">
+      <c r="H289" t="s">
         <v>2667</v>
       </c>
-      <c r="F289" t="s">
+      <c r="I289" t="s">
         <v>2668</v>
       </c>
-      <c r="G289" t="s">
+      <c r="J289" t="s">
+        <v>24</v>
+      </c>
+      <c r="K289" t="s">
+        <v>47</v>
+      </c>
+      <c r="L289" t="s">
+        <v>26</v>
+      </c>
+      <c r="M289" t="s">
+        <v>48</v>
+      </c>
+      <c r="N289" t="s">
+        <v>28</v>
+      </c>
+      <c r="O289" t="s">
         <v>2669</v>
-      </c>
-[...22 lines deleted...]
-        <v>2672</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>6222</v>
+        <v>5915</v>
       </c>
       <c r="B290" t="s">
+        <v>2670</v>
+      </c>
+      <c r="C290" t="s">
+        <v>2671</v>
+      </c>
+      <c r="D290" t="s">
+        <v>2672</v>
+      </c>
+      <c r="E290" t="s">
         <v>2673</v>
       </c>
-      <c r="C290" t="s">
+      <c r="F290" t="s">
         <v>2674</v>
       </c>
-      <c r="D290" t="s">
+      <c r="G290" t="s">
         <v>2675</v>
       </c>
-      <c r="E290" t="s">
+      <c r="H290" t="s">
         <v>2676</v>
       </c>
-      <c r="F290" t="s">
+      <c r="I290" t="s">
         <v>2677</v>
       </c>
-      <c r="G290" t="s">
+      <c r="J290" t="s">
+        <v>24</v>
+      </c>
+      <c r="K290" t="s">
+        <v>170</v>
+      </c>
+      <c r="L290" t="s">
+        <v>26</v>
+      </c>
+      <c r="M290" t="s">
+        <v>171</v>
+      </c>
+      <c r="N290" t="s">
+        <v>28</v>
+      </c>
+      <c r="O290" t="s">
         <v>2678</v>
-      </c>
-[...22 lines deleted...]
-        <v>2681</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>6254</v>
+        <v>5927</v>
       </c>
       <c r="B291" t="s">
+        <v>2679</v>
+      </c>
+      <c r="C291" t="s">
+        <v>2680</v>
+      </c>
+      <c r="D291" t="s">
+        <v>2681</v>
+      </c>
+      <c r="E291" t="s">
         <v>2682</v>
       </c>
-      <c r="C291" t="s">
+      <c r="F291" t="s">
         <v>2683</v>
       </c>
-      <c r="D291" t="s">
+      <c r="G291" t="s">
         <v>2684</v>
       </c>
-      <c r="E291" t="s">
+      <c r="H291" t="s">
         <v>2685</v>
       </c>
-      <c r="F291" t="s">
+      <c r="I291" t="s">
         <v>2686</v>
       </c>
-      <c r="G291" t="s">
+      <c r="J291" t="s">
+        <v>24</v>
+      </c>
+      <c r="K291" t="s">
+        <v>59</v>
+      </c>
+      <c r="L291" t="s">
+        <v>26</v>
+      </c>
+      <c r="M291" t="s">
+        <v>61</v>
+      </c>
+      <c r="N291" t="s">
+        <v>28</v>
+      </c>
+      <c r="O291" t="s">
         <v>2687</v>
-      </c>
-[...22 lines deleted...]
-        <v>2690</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>6258</v>
+        <v>5928</v>
       </c>
       <c r="B292" t="s">
+        <v>2688</v>
+      </c>
+      <c r="C292" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D292" t="s">
+        <v>2690</v>
+      </c>
+      <c r="E292" t="s">
         <v>2691</v>
       </c>
-      <c r="C292" t="s">
+      <c r="F292" t="s">
         <v>2692</v>
       </c>
-      <c r="D292" t="s">
+      <c r="G292" t="s">
         <v>2693</v>
       </c>
-      <c r="E292" t="s">
+      <c r="H292" t="s">
         <v>2694</v>
       </c>
-      <c r="F292" t="s">
+      <c r="I292" t="s">
         <v>2695</v>
       </c>
-      <c r="G292" t="s">
+      <c r="J292" t="s">
         <v>2696</v>
       </c>
-      <c r="H292" t="s">
+      <c r="K292" t="s">
         <v>2697</v>
       </c>
-      <c r="I292" t="s">
+      <c r="L292" t="s">
         <v>2698</v>
       </c>
-      <c r="J292" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M292" t="s">
-        <v>27</v>
+        <v>2699</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2699</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>6259</v>
+        <v>5931</v>
       </c>
       <c r="B293" t="s">
-        <v>2700</v>
+        <v>2701</v>
       </c>
       <c r="C293" t="s">
-        <v>2701</v>
+        <v>2702</v>
       </c>
       <c r="D293" t="s">
-        <v>2702</v>
+        <v>2703</v>
       </c>
       <c r="E293" t="s">
-        <v>2703</v>
+        <v>2704</v>
       </c>
       <c r="F293" t="s">
-        <v>2704</v>
+        <v>2705</v>
       </c>
       <c r="G293" t="s">
-        <v>2705</v>
+        <v>2706</v>
       </c>
       <c r="H293" t="s">
-        <v>2706</v>
+        <v>2707</v>
       </c>
       <c r="I293" t="s">
-        <v>2707</v>
+        <v>2708</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2708</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>6272</v>
+        <v>5932</v>
       </c>
       <c r="B294" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="C294" t="s">
-        <v>2710</v>
+        <v>2711</v>
       </c>
       <c r="D294" t="s">
-        <v>2711</v>
+        <v>2712</v>
       </c>
       <c r="E294" t="s">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="F294" t="s">
-        <v>2713</v>
+        <v>2714</v>
       </c>
       <c r="G294" t="s">
-        <v>2714</v>
+        <v>2715</v>
       </c>
       <c r="H294" t="s">
-        <v>2715</v>
+        <v>2716</v>
       </c>
       <c r="I294" t="s">
-        <v>2716</v>
+        <v>2717</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>6327</v>
+        <v>5934</v>
       </c>
       <c r="B295" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="C295" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
       <c r="D295" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="E295" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="F295" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
       <c r="G295" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
       <c r="H295" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
       <c r="I295" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2726</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>6337</v>
+        <v>5953</v>
       </c>
       <c r="B296" t="s">
-        <v>2727</v>
+        <v>2728</v>
       </c>
       <c r="C296" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="D296" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
       <c r="E296" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
       <c r="F296" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="G296" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
       <c r="H296" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
       <c r="I296" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>6361</v>
+        <v>5981</v>
       </c>
       <c r="B297" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="C297" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="D297" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
       <c r="E297" t="s">
-        <v>2739</v>
+        <v>2740</v>
       </c>
       <c r="F297" t="s">
-        <v>2740</v>
+        <v>2741</v>
       </c>
       <c r="G297" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
       <c r="H297" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
       <c r="I297" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="J297" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K297" t="s">
-        <v>148</v>
+        <v>2745</v>
       </c>
       <c r="L297" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M297" t="s">
-        <v>149</v>
+        <v>2746</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2744</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>6611</v>
+        <v>5986</v>
       </c>
       <c r="B298" t="s">
-        <v>2745</v>
+        <v>2748</v>
       </c>
       <c r="C298" t="s">
-        <v>2746</v>
+        <v>2749</v>
       </c>
       <c r="D298" t="s">
-        <v>2747</v>
+        <v>2750</v>
       </c>
       <c r="E298" t="s">
-        <v>2748</v>
+        <v>2751</v>
       </c>
       <c r="F298" t="s">
-        <v>2749</v>
+        <v>2752</v>
       </c>
       <c r="G298" t="s">
-        <v>2750</v>
+        <v>2753</v>
       </c>
       <c r="H298" t="s">
-        <v>2751</v>
+        <v>2754</v>
       </c>
       <c r="I298" t="s">
-        <v>2752</v>
+        <v>2755</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2753</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>6762</v>
+        <v>5989</v>
       </c>
       <c r="B299" t="s">
-        <v>2754</v>
+        <v>2757</v>
       </c>
       <c r="C299" t="s">
-        <v>2755</v>
+        <v>2758</v>
       </c>
       <c r="D299" t="s">
-        <v>2756</v>
+        <v>2759</v>
       </c>
       <c r="E299" t="s">
-        <v>2757</v>
+        <v>2760</v>
       </c>
       <c r="F299" t="s">
-        <v>2758</v>
+        <v>2761</v>
       </c>
       <c r="G299" t="s">
-        <v>2759</v>
+        <v>2762</v>
       </c>
       <c r="H299" t="s">
-        <v>2760</v>
+        <v>2763</v>
       </c>
       <c r="I299" t="s">
-        <v>2761</v>
+        <v>2764</v>
       </c>
       <c r="J299" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>669</v>
+        <v>1927</v>
       </c>
       <c r="L299" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>670</v>
+        <v>1928</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2762</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>8289</v>
+        <v>6018</v>
       </c>
       <c r="B300" t="s">
-        <v>2763</v>
+        <v>2766</v>
       </c>
       <c r="C300" t="s">
-        <v>2764</v>
+        <v>2767</v>
       </c>
       <c r="D300" t="s">
-        <v>2765</v>
+        <v>2768</v>
       </c>
       <c r="E300" t="s">
-        <v>2766</v>
+        <v>2769</v>
       </c>
       <c r="F300" t="s">
-        <v>2767</v>
+        <v>2770</v>
       </c>
       <c r="G300" t="s">
-        <v>2768</v>
+        <v>2771</v>
       </c>
       <c r="H300" t="s">
-        <v>2769</v>
+        <v>2772</v>
       </c>
       <c r="I300" t="s">
-        <v>2770</v>
+        <v>2773</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>428</v>
+        <v>170</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>430</v>
+        <v>171</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2771</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>8341</v>
+        <v>6021</v>
       </c>
       <c r="B301" t="s">
-        <v>2772</v>
+        <v>2775</v>
       </c>
       <c r="C301" t="s">
-        <v>2773</v>
+        <v>2776</v>
       </c>
       <c r="D301" t="s">
-        <v>2774</v>
+        <v>2777</v>
       </c>
       <c r="E301" t="s">
-        <v>2775</v>
+        <v>2778</v>
       </c>
       <c r="F301" t="s">
-        <v>2776</v>
+        <v>2779</v>
       </c>
       <c r="G301" t="s">
-        <v>2777</v>
+        <v>2780</v>
       </c>
       <c r="H301" t="s">
-        <v>2778</v>
+        <v>2781</v>
       </c>
       <c r="I301" t="s">
-        <v>2779</v>
+        <v>2782</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2780</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>8344</v>
+        <v>6076</v>
       </c>
       <c r="B302" t="s">
-        <v>2781</v>
+        <v>2784</v>
       </c>
       <c r="C302" t="s">
-        <v>2782</v>
+        <v>2785</v>
       </c>
       <c r="D302" t="s">
-        <v>2783</v>
+        <v>2786</v>
       </c>
       <c r="E302" t="s">
-        <v>2784</v>
+        <v>2787</v>
       </c>
       <c r="F302" t="s">
-        <v>2785</v>
+        <v>2788</v>
       </c>
       <c r="G302" t="s">
-        <v>2786</v>
+        <v>2789</v>
       </c>
       <c r="H302" t="s">
-        <v>2787</v>
+        <v>2790</v>
       </c>
       <c r="I302" t="s">
-        <v>2788</v>
+        <v>2791</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2789</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>8355</v>
+        <v>6082</v>
       </c>
       <c r="B303" t="s">
-        <v>2790</v>
+        <v>2793</v>
       </c>
       <c r="C303" t="s">
-        <v>2791</v>
+        <v>2794</v>
       </c>
       <c r="D303" t="s">
-        <v>2792</v>
+        <v>2795</v>
       </c>
       <c r="E303" t="s">
-        <v>2793</v>
+        <v>2796</v>
       </c>
       <c r="F303" t="s">
-        <v>2794</v>
+        <v>2797</v>
       </c>
       <c r="G303" t="s">
-        <v>2795</v>
+        <v>2798</v>
       </c>
       <c r="H303" t="s">
-        <v>2796</v>
+        <v>2799</v>
       </c>
       <c r="I303" t="s">
-        <v>2797</v>
+        <v>2800</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>2798</v>
+        <v>579</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
+      <c r="M303" t="s">
+        <v>580</v>
+      </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2799</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>8357</v>
+        <v>6093</v>
       </c>
       <c r="B304" t="s">
-        <v>2800</v>
+        <v>2802</v>
       </c>
       <c r="C304" t="s">
-        <v>2801</v>
+        <v>2803</v>
       </c>
       <c r="D304" t="s">
-        <v>2802</v>
+        <v>2804</v>
       </c>
       <c r="E304" t="s">
-        <v>2803</v>
+        <v>2805</v>
       </c>
       <c r="F304" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
       <c r="G304" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="H304" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="I304" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>2798</v>
+        <v>2810</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2808</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>8377</v>
+        <v>6112</v>
       </c>
       <c r="B305" t="s">
-        <v>2809</v>
+        <v>2812</v>
       </c>
       <c r="C305" t="s">
-        <v>2810</v>
+        <v>2813</v>
       </c>
       <c r="D305" t="s">
-        <v>2811</v>
+        <v>2814</v>
       </c>
       <c r="E305" t="s">
-        <v>2812</v>
+        <v>2815</v>
       </c>
       <c r="F305" t="s">
-        <v>2813</v>
+        <v>2816</v>
       </c>
       <c r="G305" t="s">
-        <v>2814</v>
+        <v>2817</v>
       </c>
       <c r="H305" t="s">
-        <v>2815</v>
+        <v>2818</v>
       </c>
       <c r="I305" t="s">
-        <v>2816</v>
+        <v>2819</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2817</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>8386</v>
+        <v>6179</v>
       </c>
       <c r="B306" t="s">
-        <v>2818</v>
+        <v>2821</v>
       </c>
       <c r="C306" t="s">
-        <v>2819</v>
+        <v>2822</v>
       </c>
       <c r="D306" t="s">
-        <v>2820</v>
+        <v>2823</v>
       </c>
       <c r="E306" t="s">
-        <v>2821</v>
+        <v>2824</v>
       </c>
       <c r="F306" t="s">
-        <v>2822</v>
+        <v>2825</v>
       </c>
       <c r="G306" t="s">
-        <v>2823</v>
+        <v>2826</v>
       </c>
       <c r="H306" t="s">
-        <v>2824</v>
+        <v>2827</v>
       </c>
       <c r="I306" t="s">
-        <v>2825</v>
+        <v>2828</v>
       </c>
       <c r="J306" t="s">
-        <v>1658</v>
+        <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L306" t="s">
-        <v>1660</v>
+        <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2826</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>8392</v>
+        <v>6180</v>
       </c>
       <c r="B307" t="s">
-        <v>2827</v>
+        <v>2830</v>
       </c>
       <c r="C307" t="s">
-        <v>2828</v>
+        <v>2831</v>
       </c>
       <c r="D307" t="s">
-        <v>2829</v>
+        <v>2832</v>
       </c>
       <c r="E307" t="s">
-        <v>2830</v>
+        <v>2833</v>
       </c>
       <c r="F307" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
       <c r="G307" t="s">
-        <v>2832</v>
+        <v>2835</v>
       </c>
       <c r="H307" t="s">
-        <v>2833</v>
+        <v>2836</v>
       </c>
       <c r="I307" t="s">
-        <v>2834</v>
+        <v>2837</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>1659</v>
+        <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>1661</v>
+        <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>8903</v>
+        <v>6203</v>
       </c>
       <c r="B308" t="s">
-        <v>2836</v>
+        <v>2839</v>
       </c>
       <c r="C308" t="s">
-        <v>2837</v>
+        <v>2840</v>
       </c>
       <c r="D308" t="s">
-        <v>2838</v>
+        <v>2841</v>
       </c>
       <c r="E308" t="s">
-        <v>2839</v>
+        <v>2842</v>
       </c>
       <c r="F308" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
       <c r="G308" t="s">
-        <v>2841</v>
+        <v>2844</v>
       </c>
       <c r="H308" t="s">
-        <v>2842</v>
+        <v>2845</v>
       </c>
       <c r="I308" t="s">
-        <v>2843</v>
+        <v>2846</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2844</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>8904</v>
+        <v>6208</v>
       </c>
       <c r="B309" t="s">
-        <v>2845</v>
+        <v>2848</v>
       </c>
       <c r="C309" t="s">
-        <v>2846</v>
+        <v>2849</v>
       </c>
       <c r="D309" t="s">
-        <v>2847</v>
+        <v>2850</v>
       </c>
       <c r="E309" t="s">
-        <v>2848</v>
+        <v>2851</v>
       </c>
       <c r="F309" t="s">
-        <v>2849</v>
+        <v>2852</v>
       </c>
       <c r="G309" t="s">
-        <v>2850</v>
+        <v>2853</v>
       </c>
       <c r="H309" t="s">
-        <v>2851</v>
+        <v>2854</v>
       </c>
       <c r="I309" t="s">
-        <v>2852</v>
+        <v>2855</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>8951</v>
+        <v>6211</v>
       </c>
       <c r="B310" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
       <c r="C310" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
       <c r="D310" t="s">
-        <v>2856</v>
+        <v>2859</v>
       </c>
       <c r="E310" t="s">
-        <v>2857</v>
+        <v>2860</v>
       </c>
       <c r="F310" t="s">
-        <v>2858</v>
+        <v>2861</v>
       </c>
       <c r="G310" t="s">
-        <v>2859</v>
+        <v>2862</v>
       </c>
       <c r="H310" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
       <c r="I310" t="s">
-        <v>2861</v>
+        <v>2864</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2862</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>10014</v>
+        <v>6215</v>
       </c>
       <c r="B311" t="s">
-        <v>2863</v>
+        <v>2866</v>
       </c>
       <c r="C311" t="s">
-        <v>2864</v>
+        <v>2867</v>
       </c>
       <c r="D311" t="s">
-        <v>2865</v>
+        <v>2868</v>
       </c>
       <c r="E311" t="s">
-        <v>2866</v>
+        <v>2869</v>
       </c>
       <c r="F311" t="s">
-        <v>2867</v>
+        <v>2870</v>
       </c>
       <c r="G311" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="H311" t="s">
-        <v>2869</v>
+        <v>2872</v>
       </c>
       <c r="I311" t="s">
-        <v>2870</v>
+        <v>2873</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>2871</v>
+        <v>170</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>2872</v>
+        <v>171</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>10015</v>
+        <v>6222</v>
       </c>
       <c r="B312" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="C312" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
       <c r="D312" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="E312" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
       <c r="F312" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
       <c r="G312" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
       <c r="H312" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
       <c r="I312" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
       <c r="J312" t="s">
-        <v>24</v>
+        <v>2696</v>
       </c>
       <c r="K312" t="s">
-        <v>148</v>
+        <v>886</v>
       </c>
       <c r="L312" t="s">
-        <v>26</v>
+        <v>2698</v>
       </c>
       <c r="M312" t="s">
-        <v>149</v>
+        <v>887</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>10036</v>
+        <v>6254</v>
       </c>
       <c r="B313" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
       <c r="C313" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="D313" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
       <c r="E313" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
       <c r="F313" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
       <c r="G313" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="H313" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
       <c r="I313" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>10101</v>
+        <v>6255</v>
       </c>
       <c r="B314" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
       <c r="C314" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
       <c r="D314" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
       <c r="E314" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
       <c r="F314" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="G314" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
       <c r="H314" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="I314" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>25</v>
+        <v>2901</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>27</v>
+        <v>2902</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2900</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>10603</v>
+        <v>6258</v>
       </c>
       <c r="B315" t="s">
-        <v>2901</v>
+        <v>2904</v>
       </c>
       <c r="C315" t="s">
-        <v>2902</v>
+        <v>2905</v>
       </c>
       <c r="D315" t="s">
-        <v>2903</v>
+        <v>2906</v>
       </c>
       <c r="E315" t="s">
-        <v>2904</v>
+        <v>2907</v>
       </c>
       <c r="F315" t="s">
-        <v>2905</v>
+        <v>2908</v>
       </c>
       <c r="G315" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="H315" t="s">
-        <v>2907</v>
+        <v>2910</v>
       </c>
       <c r="I315" t="s">
-        <v>2908</v>
+        <v>2911</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
         <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
         <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2909</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>10887</v>
+        <v>6259</v>
       </c>
       <c r="B316" t="s">
-        <v>2910</v>
+        <v>2913</v>
       </c>
       <c r="C316" t="s">
-        <v>2911</v>
+        <v>2914</v>
       </c>
       <c r="D316" t="s">
-        <v>2912</v>
+        <v>2915</v>
       </c>
       <c r="E316" t="s">
-        <v>2913</v>
+        <v>2916</v>
       </c>
       <c r="F316" t="s">
-        <v>2914</v>
+        <v>2917</v>
       </c>
       <c r="G316" t="s">
-        <v>2915</v>
+        <v>2918</v>
       </c>
       <c r="H316" t="s">
-        <v>2916</v>
+        <v>2919</v>
       </c>
       <c r="I316" t="s">
-        <v>2917</v>
+        <v>2920</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2918</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>10925</v>
+        <v>6261</v>
       </c>
       <c r="B317" t="s">
-        <v>2919</v>
+        <v>2922</v>
       </c>
       <c r="C317" t="s">
-        <v>2920</v>
+        <v>2923</v>
       </c>
       <c r="D317" t="s">
-        <v>2921</v>
+        <v>2924</v>
       </c>
       <c r="E317" t="s">
-        <v>2922</v>
+        <v>2925</v>
       </c>
       <c r="F317" t="s">
-        <v>2923</v>
+        <v>2926</v>
       </c>
       <c r="G317" t="s">
-        <v>2924</v>
+        <v>2927</v>
       </c>
       <c r="H317" t="s">
-        <v>2925</v>
+        <v>2928</v>
       </c>
       <c r="I317" t="s">
-        <v>2926</v>
+        <v>2929</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2927</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>10948</v>
+        <v>6263</v>
       </c>
       <c r="B318" t="s">
-        <v>2928</v>
+        <v>2931</v>
       </c>
       <c r="C318" t="s">
-        <v>2929</v>
+        <v>2932</v>
       </c>
       <c r="D318" t="s">
-        <v>2930</v>
+        <v>2933</v>
       </c>
       <c r="E318" t="s">
-        <v>2931</v>
+        <v>2934</v>
       </c>
       <c r="F318" t="s">
-        <v>2932</v>
+        <v>2935</v>
       </c>
       <c r="G318" t="s">
-        <v>2933</v>
+        <v>2936</v>
       </c>
       <c r="H318" t="s">
-        <v>2934</v>
+        <v>2937</v>
       </c>
       <c r="I318" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2936</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>10950</v>
+        <v>6272</v>
       </c>
       <c r="B319" t="s">
-        <v>2937</v>
+        <v>2940</v>
       </c>
       <c r="C319" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
       <c r="D319" t="s">
-        <v>2939</v>
+        <v>2942</v>
       </c>
       <c r="E319" t="s">
-        <v>2940</v>
+        <v>2943</v>
       </c>
       <c r="F319" t="s">
-        <v>2941</v>
+        <v>2944</v>
       </c>
       <c r="G319" t="s">
-        <v>2942</v>
+        <v>2945</v>
       </c>
       <c r="H319" t="s">
-        <v>2943</v>
+        <v>2946</v>
       </c>
       <c r="I319" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>2945</v>
+        <v>170</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
+      <c r="M319" t="s">
+        <v>171</v>
+      </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2946</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>11220</v>
+        <v>6274</v>
       </c>
       <c r="B320" t="s">
-        <v>2947</v>
+        <v>2949</v>
       </c>
       <c r="C320" t="s">
-        <v>2948</v>
+        <v>2950</v>
       </c>
       <c r="D320" t="s">
-        <v>2949</v>
+        <v>2951</v>
       </c>
       <c r="E320" t="s">
-        <v>2950</v>
+        <v>2952</v>
       </c>
       <c r="F320" t="s">
-        <v>2951</v>
+        <v>2953</v>
       </c>
       <c r="G320" t="s">
-        <v>2952</v>
+        <v>2954</v>
       </c>
       <c r="H320" t="s">
-        <v>2953</v>
+        <v>2955</v>
       </c>
       <c r="I320" t="s">
-        <v>2954</v>
+        <v>2956</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>669</v>
+        <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>670</v>
+        <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2955</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>11231</v>
+        <v>6275</v>
       </c>
       <c r="B321" t="s">
-        <v>2956</v>
+        <v>2958</v>
       </c>
       <c r="C321" t="s">
-        <v>2957</v>
+        <v>2959</v>
       </c>
       <c r="D321" t="s">
-        <v>2958</v>
+        <v>2960</v>
       </c>
       <c r="E321" t="s">
-        <v>2959</v>
+        <v>2961</v>
       </c>
       <c r="F321" t="s">
-        <v>2960</v>
+        <v>2962</v>
       </c>
       <c r="G321" t="s">
-        <v>2961</v>
+        <v>2963</v>
       </c>
       <c r="H321" t="s">
-        <v>2962</v>
+        <v>2964</v>
       </c>
       <c r="I321" t="s">
-        <v>2963</v>
+        <v>2965</v>
       </c>
       <c r="J321" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K321" t="s">
-        <v>148</v>
+        <v>1350</v>
       </c>
       <c r="L321" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M321" t="s">
-        <v>149</v>
+        <v>1352</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2964</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>58066</v>
+        <v>6327</v>
       </c>
       <c r="B322" t="s">
-        <v>2965</v>
+        <v>2967</v>
       </c>
       <c r="C322" t="s">
-        <v>2966</v>
+        <v>2968</v>
       </c>
       <c r="D322" t="s">
-        <v>2967</v>
+        <v>2969</v>
       </c>
       <c r="E322" t="s">
-        <v>2968</v>
+        <v>2970</v>
       </c>
       <c r="F322" t="s">
-        <v>2969</v>
+        <v>2971</v>
       </c>
       <c r="G322" t="s">
-        <v>2970</v>
+        <v>2972</v>
       </c>
       <c r="H322" t="s">
-        <v>2971</v>
+        <v>2973</v>
       </c>
       <c r="I322" t="s">
-        <v>2972</v>
+        <v>2974</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>252</v>
+        <v>47</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>253</v>
+        <v>48</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2973</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>58120</v>
+        <v>6337</v>
       </c>
       <c r="B323" t="s">
-        <v>2974</v>
+        <v>2976</v>
       </c>
       <c r="C323" t="s">
-        <v>2975</v>
+        <v>2977</v>
       </c>
       <c r="D323" t="s">
-        <v>2976</v>
+        <v>2978</v>
       </c>
       <c r="E323" t="s">
-        <v>2977</v>
+        <v>2979</v>
       </c>
       <c r="F323" t="s">
-        <v>2978</v>
+        <v>2980</v>
       </c>
       <c r="G323" t="s">
-        <v>2979</v>
+        <v>2981</v>
       </c>
       <c r="H323" t="s">
-        <v>2980</v>
+        <v>2982</v>
       </c>
       <c r="I323" t="s">
-        <v>2981</v>
+        <v>2983</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2982</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>58122</v>
+        <v>6361</v>
       </c>
       <c r="B324" t="s">
-        <v>2983</v>
+        <v>2985</v>
       </c>
       <c r="C324" t="s">
-        <v>2984</v>
+        <v>2986</v>
       </c>
       <c r="D324" t="s">
-        <v>2985</v>
+        <v>2987</v>
       </c>
       <c r="E324" t="s">
-        <v>2986</v>
+        <v>2988</v>
       </c>
       <c r="F324" t="s">
-        <v>2987</v>
+        <v>2989</v>
       </c>
       <c r="G324" t="s">
-        <v>2988</v>
+        <v>2990</v>
       </c>
       <c r="H324" t="s">
-        <v>2989</v>
+        <v>2991</v>
       </c>
       <c r="I324" t="s">
-        <v>2990</v>
+        <v>2992</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2991</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>58218</v>
+        <v>6379</v>
       </c>
       <c r="B325" t="s">
-        <v>2992</v>
+        <v>2994</v>
       </c>
       <c r="C325" t="s">
-        <v>2993</v>
+        <v>2995</v>
       </c>
       <c r="D325" t="s">
-        <v>2994</v>
+        <v>2996</v>
       </c>
       <c r="E325" t="s">
-        <v>2995</v>
+        <v>2997</v>
       </c>
       <c r="F325" t="s">
-        <v>2996</v>
+        <v>2998</v>
       </c>
       <c r="G325" t="s">
-        <v>2997</v>
+        <v>2999</v>
       </c>
       <c r="H325" t="s">
-        <v>2998</v>
+        <v>3000</v>
       </c>
       <c r="I325" t="s">
-        <v>2999</v>
+        <v>3001</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3000</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>58223</v>
+        <v>6454</v>
       </c>
       <c r="B326" t="s">
-        <v>3001</v>
+        <v>3003</v>
       </c>
       <c r="C326" t="s">
-        <v>3002</v>
+        <v>3004</v>
       </c>
       <c r="D326" t="s">
-        <v>3003</v>
+        <v>3005</v>
       </c>
       <c r="E326" t="s">
-        <v>3004</v>
+        <v>3006</v>
       </c>
       <c r="F326" t="s">
-        <v>3005</v>
+        <v>3007</v>
       </c>
       <c r="G326" t="s">
-        <v>3006</v>
+        <v>3008</v>
       </c>
       <c r="H326" t="s">
-        <v>3007</v>
+        <v>3009</v>
       </c>
       <c r="I326" t="s">
-        <v>3008</v>
+        <v>3010</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3009</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>58259</v>
+        <v>6460</v>
       </c>
       <c r="B327" t="s">
-        <v>3010</v>
+        <v>3012</v>
       </c>
       <c r="C327" t="s">
-        <v>3011</v>
+        <v>3013</v>
       </c>
       <c r="D327" t="s">
-        <v>3012</v>
+        <v>3014</v>
       </c>
       <c r="E327" t="s">
-        <v>3013</v>
+        <v>3015</v>
       </c>
       <c r="F327" t="s">
-        <v>3014</v>
+        <v>3016</v>
       </c>
       <c r="G327" t="s">
-        <v>3015</v>
+        <v>3017</v>
       </c>
       <c r="H327" t="s">
-        <v>3016</v>
+        <v>3018</v>
       </c>
       <c r="I327" t="s">
-        <v>3017</v>
+        <v>3019</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>3018</v>
+        <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
+      <c r="M327" t="s">
+        <v>27</v>
+      </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3019</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>64637</v>
+        <v>6468</v>
       </c>
       <c r="B328" t="s">
-        <v>3020</v>
+        <v>3021</v>
       </c>
       <c r="C328" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
       <c r="D328" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
       <c r="E328" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
       <c r="F328" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
       <c r="G328" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="H328" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
       <c r="I328" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>64689</v>
+        <v>6611</v>
       </c>
       <c r="B329" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
       <c r="C329" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="D329" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
       <c r="E329" t="s">
-        <v>3032</v>
+        <v>3033</v>
       </c>
       <c r="F329" t="s">
-        <v>3033</v>
+        <v>3034</v>
       </c>
       <c r="G329" t="s">
-        <v>3034</v>
+        <v>3035</v>
       </c>
       <c r="H329" t="s">
-        <v>3035</v>
+        <v>3036</v>
       </c>
       <c r="I329" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65000</v>
+        <v>6615</v>
       </c>
       <c r="B330" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
       <c r="C330" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
       <c r="D330" t="s">
-        <v>3040</v>
+        <v>3041</v>
       </c>
       <c r="E330" t="s">
-        <v>3041</v>
+        <v>3042</v>
       </c>
       <c r="F330" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
       <c r="G330" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
       <c r="H330" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
       <c r="I330" t="s">
-        <v>3045</v>
+        <v>3046</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3046</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65001</v>
+        <v>6761</v>
       </c>
       <c r="B331" t="s">
-        <v>3047</v>
+        <v>3048</v>
       </c>
       <c r="C331" t="s">
-        <v>3048</v>
+        <v>3049</v>
       </c>
       <c r="D331" t="s">
-        <v>3049</v>
+        <v>3050</v>
       </c>
       <c r="E331" t="s">
-        <v>3050</v>
+        <v>3051</v>
       </c>
       <c r="F331" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="G331" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="H331" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="I331" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65002</v>
+        <v>6762</v>
       </c>
       <c r="B332" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
       <c r="C332" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
       <c r="D332" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
       <c r="E332" t="s">
-        <v>3059</v>
+        <v>3060</v>
       </c>
       <c r="F332" t="s">
-        <v>3060</v>
+        <v>3061</v>
       </c>
       <c r="G332" t="s">
-        <v>3061</v>
+        <v>3062</v>
       </c>
       <c r="H332" t="s">
-        <v>3062</v>
+        <v>3063</v>
       </c>
       <c r="I332" t="s">
-        <v>3063</v>
+        <v>3064</v>
       </c>
       <c r="J332" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K332" t="s">
-        <v>25</v>
+        <v>689</v>
       </c>
       <c r="L332" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M332" t="s">
-        <v>27</v>
+        <v>690</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3064</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65003</v>
+        <v>6765</v>
       </c>
       <c r="B333" t="s">
-        <v>3065</v>
+        <v>3066</v>
       </c>
       <c r="C333" t="s">
-        <v>3066</v>
+        <v>3067</v>
       </c>
       <c r="D333" t="s">
-        <v>3067</v>
+        <v>3068</v>
       </c>
       <c r="E333" t="s">
-        <v>3068</v>
+        <v>3069</v>
       </c>
       <c r="F333" t="s">
-        <v>3069</v>
+        <v>3070</v>
       </c>
       <c r="G333" t="s">
-        <v>3070</v>
+        <v>3071</v>
       </c>
       <c r="H333" t="s">
-        <v>3071</v>
+        <v>3072</v>
       </c>
       <c r="I333" t="s">
-        <v>3072</v>
+        <v>3073</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3073</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65004</v>
+        <v>6982</v>
       </c>
       <c r="B334" t="s">
-        <v>3074</v>
+        <v>3075</v>
       </c>
       <c r="C334" t="s">
-        <v>3075</v>
+        <v>3076</v>
       </c>
       <c r="D334" t="s">
-        <v>3076</v>
+        <v>3077</v>
       </c>
       <c r="E334" t="s">
-        <v>3077</v>
+        <v>3078</v>
       </c>
       <c r="F334" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
       <c r="G334" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
       <c r="H334" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
       <c r="I334" t="s">
-        <v>3081</v>
+        <v>3082</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>148</v>
+        <v>3083</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
-      <c r="M334" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3082</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65005</v>
+        <v>8265</v>
       </c>
       <c r="B335" t="s">
-        <v>3083</v>
+        <v>3085</v>
       </c>
       <c r="C335" t="s">
-        <v>3084</v>
+        <v>3086</v>
       </c>
       <c r="D335" t="s">
-        <v>3085</v>
+        <v>3087</v>
       </c>
       <c r="E335" t="s">
-        <v>3086</v>
+        <v>3088</v>
       </c>
       <c r="F335" t="s">
-        <v>3087</v>
+        <v>3089</v>
       </c>
       <c r="G335" t="s">
-        <v>3088</v>
+        <v>3090</v>
       </c>
       <c r="H335" t="s">
-        <v>3089</v>
+        <v>3091</v>
       </c>
       <c r="I335" t="s">
-        <v>3090</v>
+        <v>3092</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>3091</v>
+        <v>3093</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>3092</v>
+        <v>3094</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3093</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65006</v>
+        <v>8289</v>
       </c>
       <c r="B336" t="s">
-        <v>3094</v>
+        <v>3096</v>
       </c>
       <c r="C336" t="s">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="D336" t="s">
-        <v>3096</v>
+        <v>3098</v>
       </c>
       <c r="E336" t="s">
-        <v>3097</v>
+        <v>3099</v>
       </c>
       <c r="F336" t="s">
-        <v>3098</v>
+        <v>3100</v>
       </c>
       <c r="G336" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="H336" t="s">
-        <v>3100</v>
+        <v>3102</v>
       </c>
       <c r="I336" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>3102</v>
+        <v>450</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>3103</v>
+        <v>452</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
         <v>3104</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65007</v>
+        <v>8294</v>
       </c>
       <c r="B337" t="s">
         <v>3105</v>
       </c>
       <c r="C337" t="s">
         <v>3106</v>
       </c>
       <c r="D337" t="s">
         <v>3107</v>
       </c>
       <c r="E337" t="s">
         <v>3108</v>
       </c>
       <c r="F337" t="s">
         <v>3109</v>
       </c>
       <c r="G337" t="s">
         <v>3110</v>
       </c>
       <c r="H337" t="s">
         <v>3111</v>
       </c>
       <c r="I337" t="s">
         <v>3112</v>
       </c>
       <c r="J337" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K337" t="s">
-        <v>25</v>
+        <v>745</v>
       </c>
       <c r="L337" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M337" t="s">
-        <v>27</v>
+        <v>746</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
         <v>3113</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65008</v>
+        <v>8315</v>
       </c>
       <c r="B338" t="s">
         <v>3114</v>
       </c>
       <c r="C338" t="s">
         <v>3115</v>
       </c>
       <c r="D338" t="s">
         <v>3116</v>
       </c>
       <c r="E338" t="s">
         <v>3117</v>
       </c>
       <c r="F338" t="s">
         <v>3118</v>
       </c>
       <c r="G338" t="s">
         <v>3119</v>
       </c>
       <c r="H338" t="s">
         <v>3120</v>
       </c>
       <c r="I338" t="s">
         <v>3121</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
         <v>3122</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65009</v>
+        <v>8341</v>
       </c>
       <c r="B339" t="s">
         <v>3123</v>
       </c>
       <c r="C339" t="s">
         <v>3124</v>
       </c>
       <c r="D339" t="s">
         <v>3125</v>
       </c>
       <c r="E339" t="s">
         <v>3126</v>
       </c>
       <c r="F339" t="s">
         <v>3127</v>
       </c>
       <c r="G339" t="s">
         <v>3128</v>
       </c>
       <c r="H339" t="s">
         <v>3129</v>
       </c>
       <c r="I339" t="s">
         <v>3130</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
         <v>3131</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65010</v>
+        <v>8343</v>
       </c>
       <c r="B340" t="s">
         <v>3132</v>
       </c>
       <c r="C340" t="s">
         <v>3133</v>
       </c>
       <c r="D340" t="s">
         <v>3134</v>
       </c>
       <c r="E340" t="s">
         <v>3135</v>
       </c>
       <c r="F340" t="s">
         <v>3136</v>
       </c>
       <c r="G340" t="s">
         <v>3137</v>
       </c>
       <c r="H340" t="s">
         <v>3138</v>
       </c>
       <c r="I340" t="s">
         <v>3139</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
         <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
         <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
         <v>3140</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65011</v>
+        <v>8344</v>
       </c>
       <c r="B341" t="s">
         <v>3141</v>
       </c>
       <c r="C341" t="s">
         <v>3142</v>
       </c>
       <c r="D341" t="s">
         <v>3143</v>
       </c>
       <c r="E341" t="s">
         <v>3144</v>
       </c>
       <c r="F341" t="s">
         <v>3145</v>
       </c>
       <c r="G341" t="s">
         <v>3146</v>
       </c>
       <c r="H341" t="s">
         <v>3147</v>
       </c>
       <c r="I341" t="s">
         <v>3148</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
         <v>3149</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65012</v>
+        <v>8355</v>
       </c>
       <c r="B342" t="s">
         <v>3150</v>
       </c>
       <c r="C342" t="s">
         <v>3151</v>
       </c>
       <c r="D342" t="s">
         <v>3152</v>
       </c>
       <c r="E342" t="s">
         <v>3153</v>
       </c>
       <c r="F342" t="s">
         <v>3154</v>
       </c>
       <c r="G342" t="s">
         <v>3155</v>
       </c>
       <c r="H342" t="s">
         <v>3156</v>
       </c>
       <c r="I342" t="s">
         <v>3157</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>3158</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
-      <c r="M342" t="s">
+      <c r="N342" t="s">
+        <v>28</v>
+      </c>
+      <c r="O342" t="s">
         <v>3159</v>
-      </c>
-[...4 lines deleted...]
-        <v>3160</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65013</v>
+        <v>8357</v>
       </c>
       <c r="B343" t="s">
+        <v>3160</v>
+      </c>
+      <c r="C343" t="s">
         <v>3161</v>
       </c>
-      <c r="C343" t="s">
+      <c r="D343" t="s">
         <v>3162</v>
       </c>
-      <c r="D343" t="s">
+      <c r="E343" t="s">
         <v>3163</v>
       </c>
-      <c r="E343" t="s">
+      <c r="F343" t="s">
         <v>3164</v>
       </c>
-      <c r="F343" t="s">
+      <c r="G343" t="s">
         <v>3165</v>
       </c>
-      <c r="G343" t="s">
+      <c r="H343" t="s">
         <v>3166</v>
       </c>
-      <c r="H343" t="s">
+      <c r="I343" t="s">
         <v>3167</v>
       </c>
-      <c r="I343" t="s">
+      <c r="J343" t="s">
+        <v>24</v>
+      </c>
+      <c r="K343" t="s">
+        <v>3158</v>
+      </c>
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="N343" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" t="s">
         <v>3168</v>
-      </c>
-[...16 lines deleted...]
-        <v>3169</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65014</v>
+        <v>8377</v>
       </c>
       <c r="B344" t="s">
+        <v>3169</v>
+      </c>
+      <c r="C344" t="s">
         <v>3170</v>
       </c>
-      <c r="C344" t="s">
+      <c r="D344" t="s">
         <v>3171</v>
       </c>
-      <c r="D344" t="s">
+      <c r="E344" t="s">
         <v>3172</v>
       </c>
-      <c r="E344" t="s">
+      <c r="F344" t="s">
         <v>3173</v>
       </c>
-      <c r="F344" t="s">
+      <c r="G344" t="s">
         <v>3174</v>
       </c>
-      <c r="G344" t="s">
+      <c r="H344" t="s">
         <v>3175</v>
       </c>
-      <c r="H344" t="s">
+      <c r="I344" t="s">
         <v>3176</v>
       </c>
-      <c r="I344" t="s">
+      <c r="J344" t="s">
+        <v>24</v>
+      </c>
+      <c r="K344" t="s">
+        <v>25</v>
+      </c>
+      <c r="L344" t="s">
+        <v>26</v>
+      </c>
+      <c r="M344" t="s">
+        <v>27</v>
+      </c>
+      <c r="N344" t="s">
+        <v>28</v>
+      </c>
+      <c r="O344" t="s">
         <v>3177</v>
-      </c>
-[...16 lines deleted...]
-        <v>3178</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65015</v>
+        <v>8386</v>
       </c>
       <c r="B345" t="s">
+        <v>3178</v>
+      </c>
+      <c r="C345" t="s">
         <v>3179</v>
       </c>
-      <c r="C345" t="s">
+      <c r="D345" t="s">
         <v>3180</v>
       </c>
-      <c r="D345" t="s">
+      <c r="E345" t="s">
         <v>3181</v>
       </c>
-      <c r="E345" t="s">
+      <c r="F345" t="s">
         <v>3182</v>
       </c>
-      <c r="F345" t="s">
+      <c r="G345" t="s">
         <v>3183</v>
       </c>
-      <c r="G345" t="s">
+      <c r="H345" t="s">
         <v>3184</v>
       </c>
-      <c r="H345" t="s">
+      <c r="I345" t="s">
         <v>3185</v>
       </c>
-      <c r="I345" t="s">
+      <c r="J345" t="s">
+        <v>1724</v>
+      </c>
+      <c r="K345" t="s">
+        <v>170</v>
+      </c>
+      <c r="L345" t="s">
+        <v>1726</v>
+      </c>
+      <c r="M345" t="s">
+        <v>171</v>
+      </c>
+      <c r="N345" t="s">
+        <v>28</v>
+      </c>
+      <c r="O345" t="s">
         <v>3186</v>
-      </c>
-[...16 lines deleted...]
-        <v>3187</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65016</v>
+        <v>8387</v>
       </c>
       <c r="B346" t="s">
+        <v>3187</v>
+      </c>
+      <c r="C346" t="s">
         <v>3188</v>
       </c>
-      <c r="C346" t="s">
+      <c r="D346" t="s">
         <v>3189</v>
       </c>
-      <c r="D346" t="s">
+      <c r="E346" t="s">
         <v>3190</v>
       </c>
-      <c r="E346" t="s">
+      <c r="F346" t="s">
         <v>3191</v>
       </c>
-      <c r="F346" t="s">
+      <c r="G346" t="s">
         <v>3192</v>
       </c>
-      <c r="G346" t="s">
+      <c r="H346" t="s">
         <v>3193</v>
       </c>
-      <c r="H346" t="s">
+      <c r="I346" t="s">
         <v>3194</v>
-      </c>
-[...1 lines deleted...]
-        <v>3195</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
         <v>25</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
         <v>27</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3196</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65017</v>
+        <v>8388</v>
       </c>
       <c r="B347" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C347" t="s">
         <v>3197</v>
       </c>
-      <c r="C347" t="s">
+      <c r="D347" t="s">
         <v>3198</v>
       </c>
-      <c r="D347" t="s">
+      <c r="E347" t="s">
         <v>3199</v>
       </c>
-      <c r="E347" t="s">
+      <c r="F347" t="s">
         <v>3200</v>
       </c>
-      <c r="F347" t="s">
+      <c r="G347" t="s">
         <v>3201</v>
       </c>
-      <c r="G347" t="s">
+      <c r="H347" t="s">
         <v>3202</v>
       </c>
-      <c r="H347" t="s">
+      <c r="I347" t="s">
         <v>3203</v>
       </c>
-      <c r="I347" t="s">
+      <c r="J347" t="s">
+        <v>24</v>
+      </c>
+      <c r="K347" t="s">
+        <v>170</v>
+      </c>
+      <c r="L347" t="s">
+        <v>26</v>
+      </c>
+      <c r="M347" t="s">
+        <v>171</v>
+      </c>
+      <c r="N347" t="s">
+        <v>28</v>
+      </c>
+      <c r="O347" t="s">
         <v>3204</v>
-      </c>
-[...16 lines deleted...]
-        <v>3207</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65018</v>
+        <v>8392</v>
       </c>
       <c r="B348" t="s">
+        <v>3205</v>
+      </c>
+      <c r="C348" t="s">
+        <v>3206</v>
+      </c>
+      <c r="D348" t="s">
+        <v>3207</v>
+      </c>
+      <c r="E348" t="s">
         <v>3208</v>
       </c>
-      <c r="C348" t="s">
+      <c r="F348" t="s">
         <v>3209</v>
       </c>
-      <c r="D348" t="s">
+      <c r="G348" t="s">
         <v>3210</v>
       </c>
-      <c r="E348" t="s">
+      <c r="H348" t="s">
         <v>3211</v>
       </c>
-      <c r="F348" t="s">
+      <c r="I348" t="s">
         <v>3212</v>
       </c>
-      <c r="G348" t="s">
+      <c r="J348" t="s">
+        <v>24</v>
+      </c>
+      <c r="K348" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L348" t="s">
+        <v>26</v>
+      </c>
+      <c r="M348" t="s">
+        <v>1727</v>
+      </c>
+      <c r="N348" t="s">
+        <v>28</v>
+      </c>
+      <c r="O348" t="s">
         <v>3213</v>
-      </c>
-[...22 lines deleted...]
-        <v>3218</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65019</v>
+        <v>8402</v>
       </c>
       <c r="B349" t="s">
+        <v>3214</v>
+      </c>
+      <c r="C349" t="s">
+        <v>3215</v>
+      </c>
+      <c r="D349" t="s">
+        <v>3216</v>
+      </c>
+      <c r="E349" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F349" t="s">
+        <v>3218</v>
+      </c>
+      <c r="G349" t="s">
         <v>3219</v>
       </c>
-      <c r="C349" t="s">
+      <c r="H349" t="s">
         <v>3220</v>
       </c>
-      <c r="D349" t="s">
+      <c r="I349" t="s">
         <v>3221</v>
       </c>
-      <c r="E349" t="s">
+      <c r="J349" t="s">
+        <v>24</v>
+      </c>
+      <c r="K349" t="s">
+        <v>170</v>
+      </c>
+      <c r="L349" t="s">
+        <v>26</v>
+      </c>
+      <c r="M349" t="s">
+        <v>171</v>
+      </c>
+      <c r="N349" t="s">
+        <v>28</v>
+      </c>
+      <c r="O349" t="s">
         <v>3222</v>
-      </c>
-[...28 lines deleted...]
-        <v>3227</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65020</v>
+        <v>8902</v>
       </c>
       <c r="B350" t="s">
+        <v>3223</v>
+      </c>
+      <c r="C350" t="s">
+        <v>3224</v>
+      </c>
+      <c r="D350" t="s">
+        <v>3225</v>
+      </c>
+      <c r="E350" t="s">
+        <v>3226</v>
+      </c>
+      <c r="F350" t="s">
+        <v>3227</v>
+      </c>
+      <c r="G350" t="s">
         <v>3228</v>
       </c>
-      <c r="C350" t="s">
+      <c r="H350" t="s">
         <v>3229</v>
       </c>
-      <c r="D350" t="s">
+      <c r="I350" t="s">
         <v>3230</v>
       </c>
-      <c r="E350" t="s">
+      <c r="J350" t="s">
+        <v>24</v>
+      </c>
+      <c r="K350" t="s">
+        <v>170</v>
+      </c>
+      <c r="L350" t="s">
+        <v>26</v>
+      </c>
+      <c r="M350" t="s">
+        <v>171</v>
+      </c>
+      <c r="N350" t="s">
+        <v>28</v>
+      </c>
+      <c r="O350" t="s">
         <v>3231</v>
-      </c>
-[...28 lines deleted...]
-        <v>3238</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65021</v>
+        <v>8903</v>
       </c>
       <c r="B351" t="s">
+        <v>3232</v>
+      </c>
+      <c r="C351" t="s">
+        <v>3233</v>
+      </c>
+      <c r="D351" t="s">
+        <v>3234</v>
+      </c>
+      <c r="E351" t="s">
+        <v>3235</v>
+      </c>
+      <c r="F351" t="s">
+        <v>3236</v>
+      </c>
+      <c r="G351" t="s">
+        <v>3237</v>
+      </c>
+      <c r="H351" t="s">
+        <v>3238</v>
+      </c>
+      <c r="I351" t="s">
         <v>3239</v>
       </c>
-      <c r="C351" t="s">
+      <c r="J351" t="s">
+        <v>24</v>
+      </c>
+      <c r="K351" t="s">
+        <v>170</v>
+      </c>
+      <c r="L351" t="s">
+        <v>26</v>
+      </c>
+      <c r="M351" t="s">
+        <v>171</v>
+      </c>
+      <c r="N351" t="s">
+        <v>28</v>
+      </c>
+      <c r="O351" t="s">
         <v>3240</v>
-      </c>
-[...34 lines deleted...]
-        <v>3247</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65022</v>
+        <v>8904</v>
       </c>
       <c r="B352" t="s">
+        <v>3241</v>
+      </c>
+      <c r="C352" t="s">
+        <v>3242</v>
+      </c>
+      <c r="D352" t="s">
+        <v>3243</v>
+      </c>
+      <c r="E352" t="s">
+        <v>3244</v>
+      </c>
+      <c r="F352" t="s">
+        <v>3245</v>
+      </c>
+      <c r="G352" t="s">
+        <v>3246</v>
+      </c>
+      <c r="H352" t="s">
+        <v>3247</v>
+      </c>
+      <c r="I352" t="s">
         <v>3248</v>
       </c>
-      <c r="C352" t="s">
+      <c r="J352" t="s">
+        <v>24</v>
+      </c>
+      <c r="K352" t="s">
+        <v>170</v>
+      </c>
+      <c r="L352" t="s">
+        <v>26</v>
+      </c>
+      <c r="M352" t="s">
+        <v>171</v>
+      </c>
+      <c r="N352" t="s">
+        <v>28</v>
+      </c>
+      <c r="O352" t="s">
         <v>3249</v>
-      </c>
-[...34 lines deleted...]
-        <v>3256</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65023</v>
+        <v>8914</v>
       </c>
       <c r="B353" t="s">
+        <v>3250</v>
+      </c>
+      <c r="C353" t="s">
+        <v>3251</v>
+      </c>
+      <c r="D353" t="s">
+        <v>3252</v>
+      </c>
+      <c r="E353" t="s">
+        <v>3253</v>
+      </c>
+      <c r="F353" t="s">
+        <v>3254</v>
+      </c>
+      <c r="G353" t="s">
+        <v>3255</v>
+      </c>
+      <c r="H353" t="s">
+        <v>3256</v>
+      </c>
+      <c r="I353" t="s">
         <v>3257</v>
-      </c>
-[...19 lines deleted...]
-        <v>3264</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3265</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65025</v>
+        <v>8918</v>
       </c>
       <c r="B354" t="s">
+        <v>3259</v>
+      </c>
+      <c r="C354" t="s">
+        <v>3260</v>
+      </c>
+      <c r="D354" t="s">
+        <v>3261</v>
+      </c>
+      <c r="E354" t="s">
+        <v>3262</v>
+      </c>
+      <c r="F354" t="s">
+        <v>3263</v>
+      </c>
+      <c r="G354" t="s">
+        <v>3264</v>
+      </c>
+      <c r="H354" t="s">
+        <v>3265</v>
+      </c>
+      <c r="I354" t="s">
         <v>3266</v>
-      </c>
-[...19 lines deleted...]
-        <v>3273</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
         <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
         <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3274</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65026</v>
+        <v>8945</v>
       </c>
       <c r="B355" t="s">
+        <v>3268</v>
+      </c>
+      <c r="C355" t="s">
+        <v>3269</v>
+      </c>
+      <c r="D355" t="s">
+        <v>3270</v>
+      </c>
+      <c r="E355" t="s">
+        <v>3271</v>
+      </c>
+      <c r="F355" t="s">
+        <v>3272</v>
+      </c>
+      <c r="G355" t="s">
+        <v>3273</v>
+      </c>
+      <c r="H355" t="s">
+        <v>3274</v>
+      </c>
+      <c r="I355" t="s">
         <v>3275</v>
       </c>
-      <c r="C355" t="s">
+      <c r="J355" t="s">
+        <v>24</v>
+      </c>
+      <c r="K355" t="s">
+        <v>47</v>
+      </c>
+      <c r="L355" t="s">
+        <v>26</v>
+      </c>
+      <c r="M355" t="s">
+        <v>48</v>
+      </c>
+      <c r="N355" t="s">
+        <v>28</v>
+      </c>
+      <c r="O355" t="s">
         <v>3276</v>
-      </c>
-[...34 lines deleted...]
-        <v>3283</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65027</v>
+        <v>8950</v>
       </c>
       <c r="B356" t="s">
+        <v>3277</v>
+      </c>
+      <c r="C356" t="s">
+        <v>3278</v>
+      </c>
+      <c r="D356" t="s">
+        <v>3279</v>
+      </c>
+      <c r="E356" t="s">
+        <v>3280</v>
+      </c>
+      <c r="F356" t="s">
+        <v>3281</v>
+      </c>
+      <c r="G356" t="s">
+        <v>3282</v>
+      </c>
+      <c r="H356" t="s">
+        <v>3283</v>
+      </c>
+      <c r="I356" t="s">
         <v>3284</v>
       </c>
-      <c r="C356" t="s">
+      <c r="J356" t="s">
+        <v>24</v>
+      </c>
+      <c r="K356" t="s">
+        <v>25</v>
+      </c>
+      <c r="L356" t="s">
+        <v>26</v>
+      </c>
+      <c r="M356" t="s">
+        <v>27</v>
+      </c>
+      <c r="N356" t="s">
+        <v>28</v>
+      </c>
+      <c r="O356" t="s">
         <v>3285</v>
-      </c>
-[...34 lines deleted...]
-        <v>3292</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65028</v>
+        <v>8951</v>
       </c>
       <c r="B357" t="s">
+        <v>3286</v>
+      </c>
+      <c r="C357" t="s">
+        <v>3287</v>
+      </c>
+      <c r="D357" t="s">
+        <v>3288</v>
+      </c>
+      <c r="E357" t="s">
+        <v>3289</v>
+      </c>
+      <c r="F357" t="s">
+        <v>3290</v>
+      </c>
+      <c r="G357" t="s">
+        <v>3291</v>
+      </c>
+      <c r="H357" t="s">
+        <v>3292</v>
+      </c>
+      <c r="I357" t="s">
         <v>3293</v>
       </c>
-      <c r="C357" t="s">
+      <c r="J357" t="s">
+        <v>24</v>
+      </c>
+      <c r="K357" t="s">
+        <v>170</v>
+      </c>
+      <c r="L357" t="s">
+        <v>26</v>
+      </c>
+      <c r="M357" t="s">
+        <v>171</v>
+      </c>
+      <c r="N357" t="s">
+        <v>28</v>
+      </c>
+      <c r="O357" t="s">
         <v>3294</v>
-      </c>
-[...34 lines deleted...]
-        <v>3301</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65030</v>
+        <v>8959</v>
       </c>
       <c r="B358" t="s">
+        <v>3295</v>
+      </c>
+      <c r="C358" t="s">
+        <v>3296</v>
+      </c>
+      <c r="D358" t="s">
+        <v>3297</v>
+      </c>
+      <c r="E358" t="s">
+        <v>3298</v>
+      </c>
+      <c r="F358" t="s">
+        <v>3299</v>
+      </c>
+      <c r="G358" t="s">
+        <v>3300</v>
+      </c>
+      <c r="H358" t="s">
+        <v>3301</v>
+      </c>
+      <c r="I358" t="s">
         <v>3302</v>
       </c>
-      <c r="C358" t="s">
+      <c r="J358" t="s">
+        <v>24</v>
+      </c>
+      <c r="K358" t="s">
+        <v>170</v>
+      </c>
+      <c r="L358" t="s">
+        <v>26</v>
+      </c>
+      <c r="M358" t="s">
+        <v>171</v>
+      </c>
+      <c r="N358" t="s">
+        <v>28</v>
+      </c>
+      <c r="O358" t="s">
         <v>3303</v>
-      </c>
-[...34 lines deleted...]
-        <v>3310</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65031</v>
+        <v>10014</v>
       </c>
       <c r="B359" t="s">
+        <v>3304</v>
+      </c>
+      <c r="C359" t="s">
+        <v>3305</v>
+      </c>
+      <c r="D359" t="s">
+        <v>3306</v>
+      </c>
+      <c r="E359" t="s">
+        <v>3307</v>
+      </c>
+      <c r="F359" t="s">
+        <v>3308</v>
+      </c>
+      <c r="G359" t="s">
+        <v>3309</v>
+      </c>
+      <c r="H359" t="s">
+        <v>3310</v>
+      </c>
+      <c r="I359" t="s">
         <v>3311</v>
       </c>
-      <c r="C359" t="s">
+      <c r="J359" t="s">
+        <v>24</v>
+      </c>
+      <c r="K359" t="s">
         <v>3312</v>
       </c>
-      <c r="D359" t="s">
+      <c r="L359" t="s">
+        <v>26</v>
+      </c>
+      <c r="M359" t="s">
         <v>3313</v>
       </c>
-      <c r="E359" t="s">
+      <c r="N359" t="s">
+        <v>28</v>
+      </c>
+      <c r="O359" t="s">
         <v>3314</v>
-      </c>
-[...28 lines deleted...]
-        <v>3319</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65032</v>
+        <v>10015</v>
       </c>
       <c r="B360" t="s">
+        <v>3315</v>
+      </c>
+      <c r="C360" t="s">
+        <v>3316</v>
+      </c>
+      <c r="D360" t="s">
+        <v>3317</v>
+      </c>
+      <c r="E360" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F360" t="s">
+        <v>3319</v>
+      </c>
+      <c r="G360" t="s">
         <v>3320</v>
       </c>
-      <c r="C360" t="s">
+      <c r="H360" t="s">
         <v>3321</v>
       </c>
-      <c r="D360" t="s">
+      <c r="I360" t="s">
         <v>3322</v>
       </c>
-      <c r="E360" t="s">
+      <c r="J360" t="s">
+        <v>24</v>
+      </c>
+      <c r="K360" t="s">
+        <v>170</v>
+      </c>
+      <c r="L360" t="s">
+        <v>26</v>
+      </c>
+      <c r="M360" t="s">
+        <v>171</v>
+      </c>
+      <c r="N360" t="s">
+        <v>28</v>
+      </c>
+      <c r="O360" t="s">
         <v>3323</v>
-      </c>
-[...28 lines deleted...]
-        <v>3328</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65033</v>
+        <v>10036</v>
       </c>
       <c r="B361" t="s">
+        <v>3324</v>
+      </c>
+      <c r="C361" t="s">
+        <v>3325</v>
+      </c>
+      <c r="D361" t="s">
+        <v>3326</v>
+      </c>
+      <c r="E361" t="s">
+        <v>3327</v>
+      </c>
+      <c r="F361" t="s">
+        <v>3328</v>
+      </c>
+      <c r="G361" t="s">
         <v>3329</v>
       </c>
-      <c r="C361" t="s">
+      <c r="H361" t="s">
         <v>3330</v>
       </c>
-      <c r="D361" t="s">
+      <c r="I361" t="s">
         <v>3331</v>
       </c>
-      <c r="E361" t="s">
+      <c r="J361" t="s">
+        <v>24</v>
+      </c>
+      <c r="K361" t="s">
+        <v>25</v>
+      </c>
+      <c r="L361" t="s">
+        <v>26</v>
+      </c>
+      <c r="M361" t="s">
+        <v>27</v>
+      </c>
+      <c r="N361" t="s">
+        <v>28</v>
+      </c>
+      <c r="O361" t="s">
         <v>3332</v>
-      </c>
-[...28 lines deleted...]
-        <v>3339</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65034</v>
+        <v>10046</v>
       </c>
       <c r="B362" t="s">
+        <v>3333</v>
+      </c>
+      <c r="C362" t="s">
+        <v>3334</v>
+      </c>
+      <c r="D362" t="s">
+        <v>3335</v>
+      </c>
+      <c r="E362" t="s">
+        <v>3336</v>
+      </c>
+      <c r="F362" t="s">
+        <v>3337</v>
+      </c>
+      <c r="G362" t="s">
+        <v>3338</v>
+      </c>
+      <c r="H362" t="s">
+        <v>3339</v>
+      </c>
+      <c r="I362" t="s">
         <v>3340</v>
       </c>
-      <c r="C362" t="s">
+      <c r="J362" t="s">
+        <v>24</v>
+      </c>
+      <c r="K362" t="s">
+        <v>274</v>
+      </c>
+      <c r="L362" t="s">
+        <v>26</v>
+      </c>
+      <c r="M362" t="s">
+        <v>275</v>
+      </c>
+      <c r="N362" t="s">
+        <v>28</v>
+      </c>
+      <c r="O362" t="s">
         <v>3341</v>
-      </c>
-[...34 lines deleted...]
-        <v>3348</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65035</v>
+        <v>10098</v>
       </c>
       <c r="B363" t="s">
+        <v>3342</v>
+      </c>
+      <c r="C363" t="s">
+        <v>3343</v>
+      </c>
+      <c r="D363" t="s">
+        <v>3344</v>
+      </c>
+      <c r="E363" t="s">
+        <v>3345</v>
+      </c>
+      <c r="F363" t="s">
+        <v>3346</v>
+      </c>
+      <c r="G363" t="s">
+        <v>3347</v>
+      </c>
+      <c r="H363" t="s">
+        <v>3348</v>
+      </c>
+      <c r="I363" t="s">
         <v>3349</v>
-      </c>
-[...19 lines deleted...]
-        <v>3356</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3357</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65036</v>
+        <v>10101</v>
       </c>
       <c r="B364" t="s">
+        <v>3351</v>
+      </c>
+      <c r="C364" t="s">
+        <v>3352</v>
+      </c>
+      <c r="D364" t="s">
+        <v>3353</v>
+      </c>
+      <c r="E364" t="s">
+        <v>3354</v>
+      </c>
+      <c r="F364" t="s">
+        <v>3355</v>
+      </c>
+      <c r="G364" t="s">
+        <v>3356</v>
+      </c>
+      <c r="H364" t="s">
+        <v>3357</v>
+      </c>
+      <c r="I364" t="s">
         <v>3358</v>
-      </c>
-[...19 lines deleted...]
-        <v>3365</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
         <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
         <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3366</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65037</v>
+        <v>10412</v>
       </c>
       <c r="B365" t="s">
+        <v>3360</v>
+      </c>
+      <c r="C365" t="s">
+        <v>3361</v>
+      </c>
+      <c r="D365" t="s">
+        <v>3362</v>
+      </c>
+      <c r="E365" t="s">
+        <v>3363</v>
+      </c>
+      <c r="F365" t="s">
+        <v>3364</v>
+      </c>
+      <c r="G365" t="s">
+        <v>3365</v>
+      </c>
+      <c r="H365" t="s">
+        <v>3366</v>
+      </c>
+      <c r="I365" t="s">
         <v>3367</v>
-      </c>
-[...19 lines deleted...]
-        <v>3374</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
         <v>25</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
         <v>27</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3375</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65038</v>
+        <v>10603</v>
       </c>
       <c r="B366" t="s">
+        <v>3369</v>
+      </c>
+      <c r="C366" t="s">
+        <v>3370</v>
+      </c>
+      <c r="D366" t="s">
+        <v>3371</v>
+      </c>
+      <c r="E366" t="s">
+        <v>3372</v>
+      </c>
+      <c r="F366" t="s">
+        <v>3373</v>
+      </c>
+      <c r="G366" t="s">
+        <v>3374</v>
+      </c>
+      <c r="H366" t="s">
+        <v>3375</v>
+      </c>
+      <c r="I366" t="s">
         <v>3376</v>
       </c>
-      <c r="C366" t="s">
+      <c r="J366" t="s">
+        <v>24</v>
+      </c>
+      <c r="K366" t="s">
+        <v>25</v>
+      </c>
+      <c r="L366" t="s">
+        <v>26</v>
+      </c>
+      <c r="M366" t="s">
+        <v>27</v>
+      </c>
+      <c r="N366" t="s">
+        <v>28</v>
+      </c>
+      <c r="O366" t="s">
         <v>3377</v>
-      </c>
-[...34 lines deleted...]
-        <v>3384</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65039</v>
+        <v>10647</v>
       </c>
       <c r="B367" t="s">
+        <v>3378</v>
+      </c>
+      <c r="C367" t="s">
+        <v>3379</v>
+      </c>
+      <c r="D367" t="s">
+        <v>3380</v>
+      </c>
+      <c r="E367" t="s">
+        <v>3381</v>
+      </c>
+      <c r="F367" t="s">
+        <v>3382</v>
+      </c>
+      <c r="G367" t="s">
+        <v>3383</v>
+      </c>
+      <c r="H367" t="s">
+        <v>3384</v>
+      </c>
+      <c r="I367" t="s">
         <v>3385</v>
       </c>
-      <c r="C367" t="s">
+      <c r="J367" t="s">
+        <v>24</v>
+      </c>
+      <c r="K367" t="s">
+        <v>170</v>
+      </c>
+      <c r="L367" t="s">
+        <v>26</v>
+      </c>
+      <c r="M367" t="s">
+        <v>171</v>
+      </c>
+      <c r="N367" t="s">
+        <v>28</v>
+      </c>
+      <c r="O367" t="s">
         <v>3386</v>
-      </c>
-[...34 lines deleted...]
-        <v>3393</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65040</v>
+        <v>10887</v>
       </c>
       <c r="B368" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C368" t="s">
+        <v>3388</v>
+      </c>
+      <c r="D368" t="s">
+        <v>3389</v>
+      </c>
+      <c r="E368" t="s">
+        <v>3390</v>
+      </c>
+      <c r="F368" t="s">
+        <v>3391</v>
+      </c>
+      <c r="G368" t="s">
+        <v>3392</v>
+      </c>
+      <c r="H368" t="s">
+        <v>3393</v>
+      </c>
+      <c r="I368" t="s">
         <v>3394</v>
       </c>
-      <c r="C368" t="s">
+      <c r="J368" t="s">
+        <v>24</v>
+      </c>
+      <c r="K368" t="s">
+        <v>25</v>
+      </c>
+      <c r="L368" t="s">
+        <v>26</v>
+      </c>
+      <c r="M368" t="s">
+        <v>27</v>
+      </c>
+      <c r="N368" t="s">
+        <v>28</v>
+      </c>
+      <c r="O368" t="s">
         <v>3395</v>
-      </c>
-[...34 lines deleted...]
-        <v>3402</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65043</v>
+        <v>10925</v>
       </c>
       <c r="B369" t="s">
+        <v>3396</v>
+      </c>
+      <c r="C369" t="s">
+        <v>3397</v>
+      </c>
+      <c r="D369" t="s">
+        <v>3398</v>
+      </c>
+      <c r="E369" t="s">
+        <v>3399</v>
+      </c>
+      <c r="F369" t="s">
+        <v>3400</v>
+      </c>
+      <c r="G369" t="s">
+        <v>3401</v>
+      </c>
+      <c r="H369" t="s">
+        <v>3402</v>
+      </c>
+      <c r="I369" t="s">
         <v>3403</v>
-      </c>
-[...19 lines deleted...]
-        <v>3410</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
         <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
         <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3411</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65044</v>
+        <v>10930</v>
       </c>
       <c r="B370" t="s">
+        <v>3405</v>
+      </c>
+      <c r="C370" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D370" t="s">
+        <v>3407</v>
+      </c>
+      <c r="E370" t="s">
+        <v>3408</v>
+      </c>
+      <c r="F370" t="s">
+        <v>3409</v>
+      </c>
+      <c r="G370" t="s">
+        <v>3410</v>
+      </c>
+      <c r="H370" t="s">
+        <v>3411</v>
+      </c>
+      <c r="I370" t="s">
         <v>3412</v>
       </c>
-      <c r="C370" t="s">
+      <c r="J370" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K370" t="s">
+        <v>274</v>
+      </c>
+      <c r="L370" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M370" t="s">
+        <v>275</v>
+      </c>
+      <c r="N370" t="s">
+        <v>28</v>
+      </c>
+      <c r="O370" t="s">
         <v>3413</v>
-      </c>
-[...34 lines deleted...]
-        <v>3420</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65045</v>
+        <v>10947</v>
       </c>
       <c r="B371" t="s">
+        <v>3414</v>
+      </c>
+      <c r="C371" t="s">
+        <v>3415</v>
+      </c>
+      <c r="D371" t="s">
+        <v>3416</v>
+      </c>
+      <c r="E371" t="s">
+        <v>3417</v>
+      </c>
+      <c r="F371" t="s">
+        <v>3418</v>
+      </c>
+      <c r="G371" t="s">
+        <v>3419</v>
+      </c>
+      <c r="H371" t="s">
+        <v>3420</v>
+      </c>
+      <c r="I371" t="s">
         <v>3421</v>
       </c>
-      <c r="C371" t="s">
+      <c r="J371" t="s">
+        <v>24</v>
+      </c>
+      <c r="K371" t="s">
+        <v>170</v>
+      </c>
+      <c r="L371" t="s">
+        <v>26</v>
+      </c>
+      <c r="M371" t="s">
+        <v>171</v>
+      </c>
+      <c r="N371" t="s">
+        <v>28</v>
+      </c>
+      <c r="O371" t="s">
         <v>3422</v>
-      </c>
-[...34 lines deleted...]
-        <v>3433</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65046</v>
+        <v>10948</v>
       </c>
       <c r="B372" t="s">
-        <v>3434</v>
+        <v>3423</v>
       </c>
       <c r="C372" t="s">
-        <v>3435</v>
+        <v>3424</v>
       </c>
       <c r="D372" t="s">
-        <v>3436</v>
+        <v>3425</v>
       </c>
       <c r="E372" t="s">
-        <v>3437</v>
+        <v>3426</v>
       </c>
       <c r="F372" t="s">
-        <v>3438</v>
+        <v>3427</v>
       </c>
       <c r="G372" t="s">
-        <v>3439</v>
+        <v>3428</v>
       </c>
       <c r="H372" t="s">
-        <v>3440</v>
+        <v>3429</v>
       </c>
       <c r="I372" t="s">
-        <v>3441</v>
+        <v>3430</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3442</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65047</v>
+        <v>10950</v>
       </c>
       <c r="B373" t="s">
-        <v>3443</v>
+        <v>3432</v>
       </c>
       <c r="C373" t="s">
-        <v>3444</v>
+        <v>3433</v>
       </c>
       <c r="D373" t="s">
-        <v>3445</v>
+        <v>3434</v>
       </c>
       <c r="E373" t="s">
-        <v>3446</v>
+        <v>3435</v>
       </c>
       <c r="F373" t="s">
-        <v>3447</v>
+        <v>3436</v>
       </c>
       <c r="G373" t="s">
-        <v>3448</v>
+        <v>3437</v>
       </c>
       <c r="H373" t="s">
-        <v>3449</v>
+        <v>3438</v>
       </c>
       <c r="I373" t="s">
-        <v>3450</v>
+        <v>3439</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>3430</v>
+        <v>3440</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
-      <c r="M373" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3451</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65049</v>
+        <v>10951</v>
       </c>
       <c r="B374" t="s">
-        <v>3452</v>
+        <v>3442</v>
       </c>
       <c r="C374" t="s">
-        <v>3453</v>
+        <v>3443</v>
       </c>
       <c r="D374" t="s">
-        <v>3454</v>
+        <v>3444</v>
       </c>
       <c r="E374" t="s">
-        <v>3455</v>
+        <v>3445</v>
       </c>
       <c r="F374" t="s">
-        <v>3456</v>
+        <v>3446</v>
       </c>
       <c r="G374" t="s">
-        <v>3457</v>
+        <v>3447</v>
       </c>
       <c r="H374" t="s">
-        <v>3458</v>
+        <v>3448</v>
       </c>
       <c r="I374" t="s">
-        <v>3459</v>
+        <v>3449</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>467</v>
+        <v>47</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>468</v>
+        <v>48</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3460</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65050</v>
+        <v>11000</v>
       </c>
       <c r="B375" t="s">
-        <v>3461</v>
+        <v>3451</v>
       </c>
       <c r="C375" t="s">
-        <v>3462</v>
+        <v>3452</v>
       </c>
       <c r="D375" t="s">
-        <v>3463</v>
+        <v>3453</v>
       </c>
       <c r="E375" t="s">
-        <v>3464</v>
+        <v>3454</v>
       </c>
       <c r="F375" t="s">
-        <v>3465</v>
+        <v>3455</v>
       </c>
       <c r="G375" t="s">
-        <v>3466</v>
+        <v>3456</v>
       </c>
       <c r="H375" t="s">
-        <v>3467</v>
+        <v>3457</v>
       </c>
       <c r="I375" t="s">
-        <v>3468</v>
+        <v>3458</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>25</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>27</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3469</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65051</v>
+        <v>11220</v>
       </c>
       <c r="B376" t="s">
-        <v>3470</v>
+        <v>3460</v>
       </c>
       <c r="C376" t="s">
-        <v>3471</v>
+        <v>3461</v>
       </c>
       <c r="D376" t="s">
-        <v>3472</v>
+        <v>3462</v>
       </c>
       <c r="E376" t="s">
-        <v>3473</v>
+        <v>3463</v>
       </c>
       <c r="F376" t="s">
-        <v>3474</v>
+        <v>3464</v>
       </c>
       <c r="G376" t="s">
-        <v>3475</v>
+        <v>3465</v>
       </c>
       <c r="H376" t="s">
-        <v>3476</v>
+        <v>3466</v>
       </c>
       <c r="I376" t="s">
-        <v>3477</v>
+        <v>3467</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>725</v>
+        <v>689</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>726</v>
+        <v>690</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3478</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>65053</v>
+        <v>11231</v>
       </c>
       <c r="B377" t="s">
-        <v>3479</v>
+        <v>3469</v>
       </c>
       <c r="C377" t="s">
-        <v>3480</v>
+        <v>3470</v>
       </c>
       <c r="D377" t="s">
-        <v>3481</v>
+        <v>3471</v>
       </c>
       <c r="E377" t="s">
-        <v>3482</v>
+        <v>3472</v>
       </c>
       <c r="F377" t="s">
-        <v>3483</v>
+        <v>3473</v>
       </c>
       <c r="G377" t="s">
-        <v>3484</v>
+        <v>3474</v>
       </c>
       <c r="H377" t="s">
-        <v>3485</v>
+        <v>3475</v>
       </c>
       <c r="I377" t="s">
-        <v>3486</v>
+        <v>3476</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3487</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>65054</v>
+        <v>11287</v>
       </c>
       <c r="B378" t="s">
-        <v>3488</v>
+        <v>3478</v>
       </c>
       <c r="C378" t="s">
-        <v>3489</v>
+        <v>3479</v>
       </c>
       <c r="D378" t="s">
-        <v>3490</v>
+        <v>3480</v>
       </c>
       <c r="E378" t="s">
-        <v>3491</v>
+        <v>3481</v>
       </c>
       <c r="F378" t="s">
-        <v>3492</v>
+        <v>3482</v>
       </c>
       <c r="G378" t="s">
-        <v>3493</v>
+        <v>3483</v>
       </c>
       <c r="H378" t="s">
-        <v>3494</v>
+        <v>3484</v>
       </c>
       <c r="I378" t="s">
-        <v>3495</v>
+        <v>3485</v>
       </c>
       <c r="J378" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>3496</v>
+        <v>170</v>
       </c>
       <c r="L378" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>3497</v>
+        <v>171</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3498</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>65055</v>
+        <v>11299</v>
       </c>
       <c r="B379" t="s">
-        <v>3499</v>
+        <v>3487</v>
       </c>
       <c r="C379" t="s">
-        <v>3500</v>
+        <v>3488</v>
       </c>
       <c r="D379" t="s">
-        <v>3501</v>
+        <v>3489</v>
       </c>
       <c r="E379" t="s">
-        <v>3502</v>
+        <v>3490</v>
       </c>
       <c r="F379" t="s">
-        <v>3503</v>
+        <v>3491</v>
       </c>
       <c r="G379" t="s">
-        <v>3504</v>
+        <v>3492</v>
       </c>
       <c r="H379" t="s">
-        <v>3505</v>
+        <v>3493</v>
       </c>
       <c r="I379" t="s">
-        <v>3506</v>
+        <v>3494</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>559</v>
+        <v>170</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>560</v>
+        <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3507</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>65057</v>
+        <v>11306</v>
       </c>
       <c r="B380" t="s">
-        <v>3508</v>
+        <v>3496</v>
       </c>
       <c r="C380" t="s">
-        <v>3509</v>
+        <v>3497</v>
       </c>
       <c r="D380" t="s">
-        <v>3510</v>
+        <v>3498</v>
       </c>
       <c r="E380" t="s">
-        <v>3511</v>
+        <v>3499</v>
       </c>
       <c r="F380" t="s">
-        <v>3512</v>
+        <v>3500</v>
       </c>
       <c r="G380" t="s">
-        <v>3513</v>
+        <v>3501</v>
       </c>
       <c r="H380" t="s">
-        <v>3514</v>
+        <v>3502</v>
       </c>
       <c r="I380" t="s">
-        <v>3515</v>
+        <v>3503</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>252</v>
+        <v>1108</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
-      <c r="M380" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3516</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65058</v>
+        <v>58060</v>
       </c>
       <c r="B381" t="s">
-        <v>3517</v>
+        <v>3505</v>
       </c>
       <c r="C381" t="s">
-        <v>3518</v>
+        <v>3506</v>
       </c>
       <c r="D381" t="s">
-        <v>3519</v>
+        <v>3507</v>
       </c>
       <c r="E381" t="s">
-        <v>3520</v>
+        <v>3508</v>
       </c>
       <c r="F381" t="s">
-        <v>3521</v>
+        <v>3509</v>
       </c>
       <c r="G381" t="s">
-        <v>3522</v>
+        <v>3510</v>
       </c>
       <c r="H381" t="s">
-        <v>3523</v>
+        <v>3511</v>
       </c>
       <c r="I381" t="s">
-        <v>3524</v>
+        <v>3512</v>
       </c>
       <c r="J381" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>669</v>
+        <v>3513</v>
       </c>
       <c r="L381" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>670</v>
+        <v>3514</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3525</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65059</v>
+        <v>58066</v>
       </c>
       <c r="B382" t="s">
-        <v>3526</v>
+        <v>3516</v>
       </c>
       <c r="C382" t="s">
-        <v>3527</v>
+        <v>3517</v>
       </c>
       <c r="D382" t="s">
-        <v>3528</v>
+        <v>3518</v>
       </c>
       <c r="E382" t="s">
-        <v>3529</v>
+        <v>3519</v>
       </c>
       <c r="F382" t="s">
-        <v>3530</v>
+        <v>3520</v>
       </c>
       <c r="G382" t="s">
-        <v>3531</v>
+        <v>3521</v>
       </c>
       <c r="H382" t="s">
-        <v>3532</v>
+        <v>3522</v>
       </c>
       <c r="I382" t="s">
-        <v>3533</v>
+        <v>3523</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>149</v>
+        <v>275</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3534</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65060</v>
+        <v>58120</v>
       </c>
       <c r="B383" t="s">
-        <v>3535</v>
+        <v>3525</v>
       </c>
       <c r="C383" t="s">
-        <v>3536</v>
+        <v>3526</v>
       </c>
       <c r="D383" t="s">
-        <v>3537</v>
+        <v>3527</v>
       </c>
       <c r="E383" t="s">
-        <v>3538</v>
+        <v>3528</v>
       </c>
       <c r="F383" t="s">
-        <v>3539</v>
+        <v>3529</v>
       </c>
       <c r="G383" t="s">
-        <v>3540</v>
+        <v>3530</v>
       </c>
       <c r="H383" t="s">
-        <v>3541</v>
+        <v>3531</v>
       </c>
       <c r="I383" t="s">
-        <v>3542</v>
+        <v>3532</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3543</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65061</v>
+        <v>58122</v>
       </c>
       <c r="B384" t="s">
-        <v>3544</v>
+        <v>3534</v>
       </c>
       <c r="C384" t="s">
-        <v>3545</v>
+        <v>3535</v>
       </c>
       <c r="D384" t="s">
-        <v>3546</v>
+        <v>3536</v>
       </c>
       <c r="E384" t="s">
-        <v>3547</v>
+        <v>3537</v>
       </c>
       <c r="F384" t="s">
-        <v>3548</v>
+        <v>3538</v>
       </c>
       <c r="G384" t="s">
-        <v>3549</v>
+        <v>3539</v>
       </c>
       <c r="H384" t="s">
-        <v>3550</v>
+        <v>3540</v>
       </c>
       <c r="I384" t="s">
-        <v>3551</v>
+        <v>3541</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>1321</v>
+        <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>1323</v>
+        <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3552</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65062</v>
+        <v>58144</v>
       </c>
       <c r="B385" t="s">
-        <v>3553</v>
+        <v>3543</v>
       </c>
       <c r="C385" t="s">
-        <v>3554</v>
+        <v>3544</v>
       </c>
       <c r="D385" t="s">
-        <v>3555</v>
+        <v>3545</v>
       </c>
       <c r="E385" t="s">
-        <v>3556</v>
+        <v>3546</v>
       </c>
       <c r="F385" t="s">
-        <v>3557</v>
+        <v>3547</v>
       </c>
       <c r="G385" t="s">
-        <v>3558</v>
+        <v>3548</v>
       </c>
       <c r="H385" t="s">
-        <v>3559</v>
+        <v>3549</v>
       </c>
       <c r="I385" t="s">
-        <v>3560</v>
+        <v>3550</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
         <v>25</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
         <v>27</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3561</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65063</v>
+        <v>58148</v>
       </c>
       <c r="B386" t="s">
-        <v>3562</v>
+        <v>3552</v>
       </c>
       <c r="C386" t="s">
-        <v>3563</v>
+        <v>3553</v>
       </c>
       <c r="D386" t="s">
-        <v>3564</v>
+        <v>3554</v>
       </c>
       <c r="E386" t="s">
-        <v>3565</v>
+        <v>3555</v>
       </c>
       <c r="F386" t="s">
-        <v>3566</v>
+        <v>3556</v>
       </c>
       <c r="G386" t="s">
-        <v>3567</v>
+        <v>3557</v>
       </c>
       <c r="H386" t="s">
-        <v>3568</v>
+        <v>3558</v>
       </c>
       <c r="I386" t="s">
-        <v>3569</v>
+        <v>3559</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>1014</v>
+        <v>1043</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>1015</v>
+        <v>1044</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3570</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65068</v>
+        <v>58218</v>
       </c>
       <c r="B387" t="s">
-        <v>3571</v>
+        <v>3561</v>
       </c>
       <c r="C387" t="s">
-        <v>3572</v>
+        <v>3562</v>
       </c>
       <c r="D387" t="s">
-        <v>3573</v>
+        <v>3563</v>
       </c>
       <c r="E387" t="s">
-        <v>3574</v>
+        <v>3564</v>
       </c>
       <c r="F387" t="s">
-        <v>3575</v>
+        <v>3565</v>
       </c>
       <c r="G387" t="s">
-        <v>3576</v>
+        <v>3566</v>
       </c>
       <c r="H387" t="s">
-        <v>3577</v>
+        <v>3567</v>
       </c>
       <c r="I387" t="s">
-        <v>3578</v>
+        <v>3568</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3579</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65069</v>
+        <v>58223</v>
       </c>
       <c r="B388" t="s">
-        <v>3580</v>
+        <v>3570</v>
       </c>
       <c r="C388" t="s">
-        <v>3581</v>
+        <v>3571</v>
       </c>
       <c r="D388" t="s">
-        <v>3582</v>
+        <v>3572</v>
       </c>
       <c r="E388" t="s">
-        <v>3583</v>
+        <v>3573</v>
       </c>
       <c r="F388" t="s">
-        <v>3584</v>
+        <v>3574</v>
       </c>
       <c r="G388" t="s">
-        <v>3585</v>
+        <v>3575</v>
       </c>
       <c r="H388" t="s">
-        <v>3586</v>
+        <v>3576</v>
       </c>
       <c r="I388" t="s">
-        <v>3587</v>
+        <v>3577</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3588</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65071</v>
+        <v>58259</v>
       </c>
       <c r="B389" t="s">
-        <v>3589</v>
+        <v>3579</v>
       </c>
       <c r="C389" t="s">
-        <v>3590</v>
+        <v>3580</v>
       </c>
       <c r="D389" t="s">
-        <v>3591</v>
+        <v>3581</v>
       </c>
       <c r="E389" t="s">
-        <v>3592</v>
+        <v>3582</v>
       </c>
       <c r="F389" t="s">
-        <v>3593</v>
+        <v>3583</v>
       </c>
       <c r="G389" t="s">
-        <v>3594</v>
+        <v>3584</v>
       </c>
       <c r="H389" t="s">
-        <v>3595</v>
+        <v>3585</v>
       </c>
       <c r="I389" t="s">
-        <v>3596</v>
+        <v>3586</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>25</v>
+        <v>3587</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
-      <c r="M389" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3597</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65073</v>
+        <v>64637</v>
       </c>
       <c r="B390" t="s">
-        <v>3598</v>
+        <v>3589</v>
       </c>
       <c r="C390" t="s">
-        <v>3599</v>
+        <v>3590</v>
       </c>
       <c r="D390" t="s">
-        <v>3600</v>
+        <v>3591</v>
       </c>
       <c r="E390" t="s">
-        <v>3601</v>
+        <v>3592</v>
       </c>
       <c r="F390" t="s">
-        <v>3602</v>
+        <v>3593</v>
       </c>
       <c r="G390" t="s">
-        <v>3603</v>
+        <v>3594</v>
       </c>
       <c r="H390" t="s">
-        <v>3604</v>
+        <v>3595</v>
       </c>
       <c r="I390" t="s">
-        <v>3605</v>
+        <v>3596</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3606</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65074</v>
+        <v>64643</v>
       </c>
       <c r="B391" t="s">
-        <v>3607</v>
+        <v>3598</v>
       </c>
       <c r="C391" t="s">
-        <v>3608</v>
+        <v>3599</v>
       </c>
       <c r="D391" t="s">
-        <v>3609</v>
+        <v>3600</v>
       </c>
       <c r="E391" t="s">
-        <v>3610</v>
+        <v>3601</v>
       </c>
       <c r="F391" t="s">
-        <v>3611</v>
+        <v>3602</v>
       </c>
       <c r="G391" t="s">
-        <v>3612</v>
+        <v>3603</v>
       </c>
       <c r="H391" t="s">
-        <v>3613</v>
+        <v>3604</v>
       </c>
       <c r="I391" t="s">
-        <v>3614</v>
+        <v>3605</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>3615</v>
+        <v>170</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>3616</v>
+        <v>171</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3617</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65075</v>
+        <v>64689</v>
       </c>
       <c r="B392" t="s">
-        <v>3618</v>
+        <v>3607</v>
       </c>
       <c r="C392" t="s">
-        <v>3619</v>
+        <v>3608</v>
       </c>
       <c r="D392" t="s">
-        <v>3620</v>
+        <v>3609</v>
       </c>
       <c r="E392" t="s">
-        <v>3621</v>
+        <v>3610</v>
       </c>
       <c r="F392" t="s">
-        <v>3622</v>
+        <v>3611</v>
       </c>
       <c r="G392" t="s">
-        <v>3623</v>
+        <v>3612</v>
       </c>
       <c r="H392" t="s">
-        <v>3624</v>
+        <v>3613</v>
       </c>
       <c r="I392" t="s">
-        <v>3625</v>
+        <v>3614</v>
       </c>
       <c r="J392" t="s">
-        <v>427</v>
+        <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>3337</v>
+        <v>59</v>
       </c>
       <c r="L392" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>3338</v>
+        <v>61</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3626</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65076</v>
+        <v>65000</v>
       </c>
       <c r="B393" t="s">
-        <v>3627</v>
+        <v>3616</v>
       </c>
       <c r="C393" t="s">
-        <v>3628</v>
+        <v>3617</v>
       </c>
       <c r="D393" t="s">
-        <v>3629</v>
+        <v>3618</v>
       </c>
       <c r="E393" t="s">
-        <v>3630</v>
+        <v>3619</v>
       </c>
       <c r="F393" t="s">
-        <v>3631</v>
+        <v>3620</v>
       </c>
       <c r="G393" t="s">
-        <v>3632</v>
+        <v>3621</v>
       </c>
       <c r="H393" t="s">
-        <v>3633</v>
+        <v>3622</v>
       </c>
       <c r="I393" t="s">
-        <v>3634</v>
+        <v>3623</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3635</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65077</v>
+        <v>65001</v>
       </c>
       <c r="B394" t="s">
-        <v>3636</v>
+        <v>3625</v>
       </c>
       <c r="C394" t="s">
-        <v>3637</v>
+        <v>3626</v>
       </c>
       <c r="D394" t="s">
-        <v>3638</v>
+        <v>3627</v>
       </c>
       <c r="E394" t="s">
-        <v>3639</v>
+        <v>3628</v>
       </c>
       <c r="F394" t="s">
-        <v>3640</v>
+        <v>3629</v>
       </c>
       <c r="G394" t="s">
-        <v>3641</v>
+        <v>3630</v>
       </c>
       <c r="H394" t="s">
-        <v>3642</v>
+        <v>3631</v>
       </c>
       <c r="I394" t="s">
-        <v>3643</v>
+        <v>3632</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>725</v>
+        <v>170</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>726</v>
+        <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3644</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65080</v>
+        <v>65002</v>
       </c>
       <c r="B395" t="s">
-        <v>3645</v>
+        <v>3634</v>
       </c>
       <c r="C395" t="s">
-        <v>3646</v>
+        <v>3635</v>
       </c>
       <c r="D395" t="s">
-        <v>3647</v>
+        <v>3636</v>
       </c>
       <c r="E395" t="s">
-        <v>3648</v>
+        <v>3637</v>
       </c>
       <c r="F395" t="s">
-        <v>3649</v>
+        <v>3638</v>
       </c>
       <c r="G395" t="s">
-        <v>3650</v>
+        <v>3639</v>
       </c>
       <c r="H395" t="s">
-        <v>3651</v>
+        <v>3640</v>
       </c>
       <c r="I395" t="s">
-        <v>3652</v>
+        <v>3641</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3653</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65081</v>
+        <v>65003</v>
       </c>
       <c r="B396" t="s">
-        <v>3654</v>
+        <v>3643</v>
       </c>
       <c r="C396" t="s">
-        <v>3655</v>
+        <v>3644</v>
       </c>
       <c r="D396" t="s">
-        <v>3656</v>
+        <v>3645</v>
       </c>
       <c r="E396" t="s">
-        <v>3657</v>
+        <v>3646</v>
       </c>
       <c r="F396" t="s">
-        <v>3658</v>
+        <v>3647</v>
       </c>
       <c r="G396" t="s">
-        <v>3659</v>
+        <v>3648</v>
       </c>
       <c r="H396" t="s">
-        <v>3660</v>
+        <v>3649</v>
       </c>
       <c r="I396" t="s">
-        <v>3661</v>
+        <v>3650</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3662</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65082</v>
+        <v>65004</v>
       </c>
       <c r="B397" t="s">
-        <v>3663</v>
+        <v>3652</v>
       </c>
       <c r="C397" t="s">
-        <v>3664</v>
+        <v>3653</v>
       </c>
       <c r="D397" t="s">
-        <v>3665</v>
+        <v>3654</v>
       </c>
       <c r="E397" t="s">
-        <v>3666</v>
+        <v>3655</v>
       </c>
       <c r="F397" t="s">
-        <v>3667</v>
+        <v>3656</v>
       </c>
       <c r="G397" t="s">
-        <v>3668</v>
+        <v>3657</v>
       </c>
       <c r="H397" t="s">
-        <v>3669</v>
+        <v>3658</v>
       </c>
       <c r="I397" t="s">
-        <v>3670</v>
+        <v>3659</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3671</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65083</v>
+        <v>65005</v>
       </c>
       <c r="B398" t="s">
-        <v>3672</v>
+        <v>3661</v>
       </c>
       <c r="C398" t="s">
-        <v>3673</v>
+        <v>3662</v>
       </c>
       <c r="D398" t="s">
-        <v>3674</v>
+        <v>3663</v>
       </c>
       <c r="E398" t="s">
-        <v>3675</v>
+        <v>3664</v>
       </c>
       <c r="F398" t="s">
-        <v>3676</v>
+        <v>3665</v>
       </c>
       <c r="G398" t="s">
-        <v>3677</v>
+        <v>3666</v>
       </c>
       <c r="H398" t="s">
-        <v>3678</v>
+        <v>3667</v>
       </c>
       <c r="I398" t="s">
-        <v>3679</v>
+        <v>3668</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>148</v>
+        <v>3669</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>149</v>
+        <v>3670</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3680</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65084</v>
+        <v>65006</v>
       </c>
       <c r="B399" t="s">
+        <v>3672</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3673</v>
+      </c>
+      <c r="D399" t="s">
+        <v>3674</v>
+      </c>
+      <c r="E399" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F399" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G399" t="s">
+        <v>3677</v>
+      </c>
+      <c r="H399" t="s">
+        <v>3678</v>
+      </c>
+      <c r="I399" t="s">
+        <v>3679</v>
+      </c>
+      <c r="J399" t="s">
+        <v>24</v>
+      </c>
+      <c r="K399" t="s">
+        <v>3680</v>
+      </c>
+      <c r="L399" t="s">
+        <v>26</v>
+      </c>
+      <c r="M399" t="s">
         <v>3681</v>
       </c>
-      <c r="C399" t="s">
+      <c r="N399" t="s">
+        <v>28</v>
+      </c>
+      <c r="O399" t="s">
         <v>3682</v>
-      </c>
-[...34 lines deleted...]
-        <v>3689</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65085</v>
+        <v>65007</v>
       </c>
       <c r="B400" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C400" t="s">
+        <v>3684</v>
+      </c>
+      <c r="D400" t="s">
+        <v>3685</v>
+      </c>
+      <c r="E400" t="s">
+        <v>3686</v>
+      </c>
+      <c r="F400" t="s">
+        <v>3687</v>
+      </c>
+      <c r="G400" t="s">
+        <v>3688</v>
+      </c>
+      <c r="H400" t="s">
+        <v>3689</v>
+      </c>
+      <c r="I400" t="s">
         <v>3690</v>
       </c>
-      <c r="C400" t="s">
+      <c r="J400" t="s">
+        <v>24</v>
+      </c>
+      <c r="K400" t="s">
+        <v>25</v>
+      </c>
+      <c r="L400" t="s">
+        <v>26</v>
+      </c>
+      <c r="M400" t="s">
+        <v>27</v>
+      </c>
+      <c r="N400" t="s">
+        <v>28</v>
+      </c>
+      <c r="O400" t="s">
         <v>3691</v>
-      </c>
-[...34 lines deleted...]
-        <v>3698</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65086</v>
+        <v>65008</v>
       </c>
       <c r="B401" t="s">
+        <v>3692</v>
+      </c>
+      <c r="C401" t="s">
+        <v>3693</v>
+      </c>
+      <c r="D401" t="s">
+        <v>3694</v>
+      </c>
+      <c r="E401" t="s">
+        <v>3695</v>
+      </c>
+      <c r="F401" t="s">
+        <v>3696</v>
+      </c>
+      <c r="G401" t="s">
+        <v>3697</v>
+      </c>
+      <c r="H401" t="s">
+        <v>3698</v>
+      </c>
+      <c r="I401" t="s">
         <v>3699</v>
       </c>
-      <c r="C401" t="s">
+      <c r="J401" t="s">
+        <v>24</v>
+      </c>
+      <c r="K401" t="s">
+        <v>170</v>
+      </c>
+      <c r="L401" t="s">
+        <v>26</v>
+      </c>
+      <c r="M401" t="s">
+        <v>171</v>
+      </c>
+      <c r="N401" t="s">
+        <v>28</v>
+      </c>
+      <c r="O401" t="s">
         <v>3700</v>
-      </c>
-[...34 lines deleted...]
-        <v>3707</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65087</v>
+        <v>65009</v>
       </c>
       <c r="B402" t="s">
+        <v>3701</v>
+      </c>
+      <c r="C402" t="s">
+        <v>3702</v>
+      </c>
+      <c r="D402" t="s">
+        <v>3703</v>
+      </c>
+      <c r="E402" t="s">
+        <v>3704</v>
+      </c>
+      <c r="F402" t="s">
+        <v>3705</v>
+      </c>
+      <c r="G402" t="s">
+        <v>3706</v>
+      </c>
+      <c r="H402" t="s">
+        <v>3707</v>
+      </c>
+      <c r="I402" t="s">
         <v>3708</v>
       </c>
-      <c r="C402" t="s">
+      <c r="J402" t="s">
+        <v>24</v>
+      </c>
+      <c r="K402" t="s">
+        <v>170</v>
+      </c>
+      <c r="L402" t="s">
+        <v>26</v>
+      </c>
+      <c r="M402" t="s">
+        <v>171</v>
+      </c>
+      <c r="N402" t="s">
+        <v>28</v>
+      </c>
+      <c r="O402" t="s">
         <v>3709</v>
-      </c>
-[...34 lines deleted...]
-        <v>3716</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65088</v>
+        <v>65010</v>
       </c>
       <c r="B403" t="s">
+        <v>3710</v>
+      </c>
+      <c r="C403" t="s">
+        <v>3711</v>
+      </c>
+      <c r="D403" t="s">
+        <v>3712</v>
+      </c>
+      <c r="E403" t="s">
+        <v>3713</v>
+      </c>
+      <c r="F403" t="s">
+        <v>3714</v>
+      </c>
+      <c r="G403" t="s">
+        <v>3715</v>
+      </c>
+      <c r="H403" t="s">
+        <v>3716</v>
+      </c>
+      <c r="I403" t="s">
         <v>3717</v>
-      </c>
-[...19 lines deleted...]
-        <v>3724</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
         <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
         <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3725</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65089</v>
+        <v>65011</v>
       </c>
       <c r="B404" t="s">
+        <v>3719</v>
+      </c>
+      <c r="C404" t="s">
+        <v>3720</v>
+      </c>
+      <c r="D404" t="s">
+        <v>3721</v>
+      </c>
+      <c r="E404" t="s">
+        <v>3722</v>
+      </c>
+      <c r="F404" t="s">
+        <v>3723</v>
+      </c>
+      <c r="G404" t="s">
+        <v>3724</v>
+      </c>
+      <c r="H404" t="s">
+        <v>3725</v>
+      </c>
+      <c r="I404" t="s">
         <v>3726</v>
       </c>
-      <c r="C404" t="s">
+      <c r="J404" t="s">
+        <v>24</v>
+      </c>
+      <c r="K404" t="s">
+        <v>170</v>
+      </c>
+      <c r="L404" t="s">
+        <v>26</v>
+      </c>
+      <c r="M404" t="s">
+        <v>171</v>
+      </c>
+      <c r="N404" t="s">
+        <v>28</v>
+      </c>
+      <c r="O404" t="s">
         <v>3727</v>
-      </c>
-[...34 lines deleted...]
-        <v>3734</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65090</v>
+        <v>65012</v>
       </c>
       <c r="B405" t="s">
+        <v>3728</v>
+      </c>
+      <c r="C405" t="s">
+        <v>3729</v>
+      </c>
+      <c r="D405" t="s">
+        <v>3730</v>
+      </c>
+      <c r="E405" t="s">
+        <v>3731</v>
+      </c>
+      <c r="F405" t="s">
+        <v>3732</v>
+      </c>
+      <c r="G405" t="s">
+        <v>3733</v>
+      </c>
+      <c r="H405" t="s">
+        <v>3734</v>
+      </c>
+      <c r="I405" t="s">
         <v>3735</v>
       </c>
-      <c r="C405" t="s">
+      <c r="J405" t="s">
+        <v>24</v>
+      </c>
+      <c r="K405" t="s">
         <v>3736</v>
       </c>
-      <c r="D405" t="s">
+      <c r="L405" t="s">
+        <v>26</v>
+      </c>
+      <c r="M405" t="s">
         <v>3737</v>
       </c>
-      <c r="E405" t="s">
+      <c r="N405" t="s">
+        <v>28</v>
+      </c>
+      <c r="O405" t="s">
         <v>3738</v>
-      </c>
-[...28 lines deleted...]
-        <v>3743</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65091</v>
+        <v>65013</v>
       </c>
       <c r="B406" t="s">
+        <v>3739</v>
+      </c>
+      <c r="C406" t="s">
+        <v>3740</v>
+      </c>
+      <c r="D406" t="s">
+        <v>3741</v>
+      </c>
+      <c r="E406" t="s">
+        <v>3742</v>
+      </c>
+      <c r="F406" t="s">
+        <v>3743</v>
+      </c>
+      <c r="G406" t="s">
         <v>3744</v>
       </c>
-      <c r="C406" t="s">
+      <c r="H406" t="s">
         <v>3745</v>
       </c>
-      <c r="D406" t="s">
+      <c r="I406" t="s">
         <v>3746</v>
-      </c>
-[...13 lines deleted...]
-        <v>3751</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
         <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
         <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3752</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65092</v>
+        <v>65014</v>
       </c>
       <c r="B407" t="s">
+        <v>3748</v>
+      </c>
+      <c r="C407" t="s">
+        <v>3749</v>
+      </c>
+      <c r="D407" t="s">
+        <v>3750</v>
+      </c>
+      <c r="E407" t="s">
+        <v>3751</v>
+      </c>
+      <c r="F407" t="s">
+        <v>3752</v>
+      </c>
+      <c r="G407" t="s">
         <v>3753</v>
       </c>
-      <c r="C407" t="s">
+      <c r="H407" t="s">
         <v>3754</v>
       </c>
-      <c r="D407" t="s">
+      <c r="I407" t="s">
         <v>3755</v>
       </c>
-      <c r="E407" t="s">
+      <c r="J407" t="s">
+        <v>449</v>
+      </c>
+      <c r="K407" t="s">
+        <v>689</v>
+      </c>
+      <c r="L407" t="s">
+        <v>451</v>
+      </c>
+      <c r="M407" t="s">
+        <v>690</v>
+      </c>
+      <c r="N407" t="s">
+        <v>28</v>
+      </c>
+      <c r="O407" t="s">
         <v>3756</v>
-      </c>
-[...28 lines deleted...]
-        <v>3761</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65093</v>
+        <v>65015</v>
       </c>
       <c r="B408" t="s">
+        <v>3757</v>
+      </c>
+      <c r="C408" t="s">
+        <v>3758</v>
+      </c>
+      <c r="D408" t="s">
+        <v>3759</v>
+      </c>
+      <c r="E408" t="s">
+        <v>3760</v>
+      </c>
+      <c r="F408" t="s">
+        <v>3761</v>
+      </c>
+      <c r="G408" t="s">
         <v>3762</v>
       </c>
-      <c r="C408" t="s">
+      <c r="H408" t="s">
         <v>3763</v>
       </c>
-      <c r="D408" t="s">
+      <c r="I408" t="s">
         <v>3764</v>
       </c>
-      <c r="E408" t="s">
+      <c r="J408" t="s">
+        <v>24</v>
+      </c>
+      <c r="K408" t="s">
+        <v>170</v>
+      </c>
+      <c r="L408" t="s">
+        <v>26</v>
+      </c>
+      <c r="M408" t="s">
+        <v>171</v>
+      </c>
+      <c r="N408" t="s">
+        <v>28</v>
+      </c>
+      <c r="O408" t="s">
         <v>3765</v>
-      </c>
-[...28 lines deleted...]
-        <v>3770</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65094</v>
+        <v>65016</v>
       </c>
       <c r="B409" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C409" t="s">
+        <v>3767</v>
+      </c>
+      <c r="D409" t="s">
+        <v>3768</v>
+      </c>
+      <c r="E409" t="s">
+        <v>3769</v>
+      </c>
+      <c r="F409" t="s">
+        <v>3770</v>
+      </c>
+      <c r="G409" t="s">
         <v>3771</v>
       </c>
-      <c r="C409" t="s">
+      <c r="H409" t="s">
         <v>3772</v>
       </c>
-      <c r="D409" t="s">
+      <c r="I409" t="s">
         <v>3773</v>
       </c>
-      <c r="E409" t="s">
+      <c r="J409" t="s">
+        <v>24</v>
+      </c>
+      <c r="K409" t="s">
+        <v>25</v>
+      </c>
+      <c r="L409" t="s">
+        <v>26</v>
+      </c>
+      <c r="M409" t="s">
+        <v>27</v>
+      </c>
+      <c r="N409" t="s">
+        <v>28</v>
+      </c>
+      <c r="O409" t="s">
         <v>3774</v>
-      </c>
-[...28 lines deleted...]
-        <v>3781</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65095</v>
+        <v>65017</v>
       </c>
       <c r="B410" t="s">
+        <v>3775</v>
+      </c>
+      <c r="C410" t="s">
+        <v>3776</v>
+      </c>
+      <c r="D410" t="s">
+        <v>3777</v>
+      </c>
+      <c r="E410" t="s">
+        <v>3778</v>
+      </c>
+      <c r="F410" t="s">
+        <v>3779</v>
+      </c>
+      <c r="G410" t="s">
+        <v>3780</v>
+      </c>
+      <c r="H410" t="s">
+        <v>3781</v>
+      </c>
+      <c r="I410" t="s">
         <v>3782</v>
       </c>
-      <c r="C410" t="s">
+      <c r="J410" t="s">
+        <v>24</v>
+      </c>
+      <c r="K410" t="s">
         <v>3783</v>
       </c>
-      <c r="D410" t="s">
+      <c r="L410" t="s">
+        <v>26</v>
+      </c>
+      <c r="M410" t="s">
         <v>3784</v>
       </c>
-      <c r="E410" t="s">
+      <c r="N410" t="s">
+        <v>28</v>
+      </c>
+      <c r="O410" t="s">
         <v>3785</v>
-      </c>
-[...28 lines deleted...]
-        <v>3790</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65096</v>
+        <v>65018</v>
       </c>
       <c r="B411" t="s">
+        <v>3786</v>
+      </c>
+      <c r="C411" t="s">
+        <v>3787</v>
+      </c>
+      <c r="D411" t="s">
+        <v>3788</v>
+      </c>
+      <c r="E411" t="s">
+        <v>3789</v>
+      </c>
+      <c r="F411" t="s">
+        <v>3790</v>
+      </c>
+      <c r="G411" t="s">
         <v>3791</v>
       </c>
-      <c r="C411" t="s">
+      <c r="H411" t="s">
         <v>3792</v>
       </c>
-      <c r="D411" t="s">
+      <c r="I411" t="s">
         <v>3793</v>
       </c>
-      <c r="E411" t="s">
+      <c r="J411" t="s">
+        <v>24</v>
+      </c>
+      <c r="K411" t="s">
         <v>3794</v>
       </c>
-      <c r="F411" t="s">
+      <c r="L411" t="s">
+        <v>26</v>
+      </c>
+      <c r="M411" t="s">
         <v>3795</v>
       </c>
-      <c r="G411" t="s">
+      <c r="N411" t="s">
+        <v>28</v>
+      </c>
+      <c r="O411" t="s">
         <v>3796</v>
-      </c>
-[...22 lines deleted...]
-        <v>3799</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65097</v>
+        <v>65019</v>
       </c>
       <c r="B412" t="s">
+        <v>3797</v>
+      </c>
+      <c r="C412" t="s">
+        <v>3798</v>
+      </c>
+      <c r="D412" t="s">
+        <v>3799</v>
+      </c>
+      <c r="E412" t="s">
         <v>3800</v>
       </c>
-      <c r="C412" t="s">
+      <c r="F412" t="s">
         <v>3801</v>
       </c>
-      <c r="D412" t="s">
+      <c r="G412" t="s">
         <v>3802</v>
       </c>
-      <c r="E412" t="s">
+      <c r="H412" t="s">
         <v>3803</v>
       </c>
-      <c r="F412" t="s">
+      <c r="I412" t="s">
         <v>3804</v>
       </c>
-      <c r="G412" t="s">
+      <c r="J412" t="s">
+        <v>24</v>
+      </c>
+      <c r="K412" t="s">
+        <v>170</v>
+      </c>
+      <c r="L412" t="s">
+        <v>26</v>
+      </c>
+      <c r="M412" t="s">
+        <v>171</v>
+      </c>
+      <c r="N412" t="s">
+        <v>28</v>
+      </c>
+      <c r="O412" t="s">
         <v>3805</v>
-      </c>
-[...22 lines deleted...]
-        <v>3808</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65098</v>
+        <v>65020</v>
       </c>
       <c r="B413" t="s">
+        <v>3806</v>
+      </c>
+      <c r="C413" t="s">
+        <v>3807</v>
+      </c>
+      <c r="D413" t="s">
+        <v>3808</v>
+      </c>
+      <c r="E413" t="s">
         <v>3809</v>
       </c>
-      <c r="C413" t="s">
+      <c r="F413" t="s">
         <v>3810</v>
       </c>
-      <c r="D413" t="s">
+      <c r="G413" t="s">
         <v>3811</v>
       </c>
-      <c r="E413" t="s">
+      <c r="H413" t="s">
         <v>3812</v>
       </c>
-      <c r="F413" t="s">
+      <c r="I413" t="s">
         <v>3813</v>
       </c>
-      <c r="G413" t="s">
+      <c r="J413" t="s">
+        <v>24</v>
+      </c>
+      <c r="K413" t="s">
         <v>3814</v>
       </c>
-      <c r="H413" t="s">
+      <c r="L413" t="s">
+        <v>26</v>
+      </c>
+      <c r="M413" t="s">
         <v>3815</v>
       </c>
-      <c r="I413" t="s">
+      <c r="N413" t="s">
+        <v>28</v>
+      </c>
+      <c r="O413" t="s">
         <v>3816</v>
-      </c>
-[...16 lines deleted...]
-        <v>3817</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65099</v>
+        <v>65021</v>
       </c>
       <c r="B414" t="s">
+        <v>3817</v>
+      </c>
+      <c r="C414" t="s">
         <v>3818</v>
       </c>
-      <c r="C414" t="s">
+      <c r="D414" t="s">
         <v>3819</v>
       </c>
-      <c r="D414" t="s">
+      <c r="E414" t="s">
         <v>3820</v>
       </c>
-      <c r="E414" t="s">
+      <c r="F414" t="s">
         <v>3821</v>
       </c>
-      <c r="F414" t="s">
+      <c r="G414" t="s">
         <v>3822</v>
       </c>
-      <c r="G414" t="s">
+      <c r="H414" t="s">
         <v>3823</v>
       </c>
-      <c r="H414" t="s">
+      <c r="I414" t="s">
         <v>3824</v>
       </c>
-      <c r="I414" t="s">
+      <c r="J414" t="s">
+        <v>24</v>
+      </c>
+      <c r="K414" t="s">
+        <v>25</v>
+      </c>
+      <c r="L414" t="s">
+        <v>26</v>
+      </c>
+      <c r="M414" t="s">
+        <v>27</v>
+      </c>
+      <c r="N414" t="s">
+        <v>28</v>
+      </c>
+      <c r="O414" t="s">
         <v>3825</v>
-      </c>
-[...16 lines deleted...]
-        <v>3826</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65100</v>
+        <v>65022</v>
       </c>
       <c r="B415" t="s">
+        <v>3826</v>
+      </c>
+      <c r="C415" t="s">
         <v>3827</v>
       </c>
-      <c r="C415" t="s">
+      <c r="D415" t="s">
         <v>3828</v>
       </c>
-      <c r="D415" t="s">
+      <c r="E415" t="s">
         <v>3829</v>
       </c>
-      <c r="E415" t="s">
+      <c r="F415" t="s">
         <v>3830</v>
       </c>
-      <c r="F415" t="s">
+      <c r="G415" t="s">
         <v>3831</v>
       </c>
-      <c r="G415" t="s">
+      <c r="H415" t="s">
         <v>3832</v>
       </c>
-      <c r="H415" t="s">
+      <c r="I415" t="s">
         <v>3833</v>
       </c>
-      <c r="I415" t="s">
+      <c r="J415" t="s">
+        <v>24</v>
+      </c>
+      <c r="K415" t="s">
+        <v>25</v>
+      </c>
+      <c r="L415" t="s">
+        <v>26</v>
+      </c>
+      <c r="M415" t="s">
+        <v>27</v>
+      </c>
+      <c r="N415" t="s">
+        <v>28</v>
+      </c>
+      <c r="O415" t="s">
         <v>3834</v>
-      </c>
-[...16 lines deleted...]
-        <v>3835</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65101</v>
+        <v>65023</v>
       </c>
       <c r="B416" t="s">
+        <v>3835</v>
+      </c>
+      <c r="C416" t="s">
         <v>3836</v>
       </c>
-      <c r="C416" t="s">
+      <c r="D416" t="s">
         <v>3837</v>
       </c>
-      <c r="D416" t="s">
+      <c r="E416" t="s">
         <v>3838</v>
       </c>
-      <c r="E416" t="s">
+      <c r="F416" t="s">
         <v>3839</v>
       </c>
-      <c r="F416" t="s">
+      <c r="G416" t="s">
         <v>3840</v>
       </c>
-      <c r="G416" t="s">
+      <c r="H416" t="s">
         <v>3841</v>
       </c>
-      <c r="H416" t="s">
+      <c r="I416" t="s">
         <v>3842</v>
       </c>
-      <c r="I416" t="s">
+      <c r="J416" t="s">
+        <v>24</v>
+      </c>
+      <c r="K416" t="s">
+        <v>25</v>
+      </c>
+      <c r="L416" t="s">
+        <v>26</v>
+      </c>
+      <c r="M416" t="s">
+        <v>27</v>
+      </c>
+      <c r="N416" t="s">
+        <v>28</v>
+      </c>
+      <c r="O416" t="s">
         <v>3843</v>
-      </c>
-[...16 lines deleted...]
-        <v>3844</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65102</v>
+        <v>65025</v>
       </c>
       <c r="B417" t="s">
+        <v>3844</v>
+      </c>
+      <c r="C417" t="s">
         <v>3845</v>
       </c>
-      <c r="C417" t="s">
+      <c r="D417" t="s">
         <v>3846</v>
       </c>
-      <c r="D417" t="s">
+      <c r="E417" t="s">
         <v>3847</v>
       </c>
-      <c r="E417" t="s">
+      <c r="F417" t="s">
         <v>3848</v>
       </c>
-      <c r="F417" t="s">
+      <c r="G417" t="s">
         <v>3849</v>
       </c>
-      <c r="G417" t="s">
+      <c r="H417" t="s">
         <v>3850</v>
       </c>
-      <c r="H417" t="s">
+      <c r="I417" t="s">
         <v>3851</v>
-      </c>
-[...1 lines deleted...]
-        <v>3852</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
         <v>25</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
         <v>27</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3853</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65104</v>
+        <v>65026</v>
       </c>
       <c r="B418" t="s">
+        <v>3853</v>
+      </c>
+      <c r="C418" t="s">
         <v>3854</v>
       </c>
-      <c r="C418" t="s">
+      <c r="D418" t="s">
         <v>3855</v>
       </c>
-      <c r="D418" t="s">
+      <c r="E418" t="s">
         <v>3856</v>
       </c>
-      <c r="E418" t="s">
+      <c r="F418" t="s">
         <v>3857</v>
       </c>
-      <c r="F418" t="s">
+      <c r="G418" t="s">
         <v>3858</v>
       </c>
-      <c r="G418" t="s">
+      <c r="H418" t="s">
         <v>3859</v>
       </c>
-      <c r="H418" t="s">
+      <c r="I418" t="s">
         <v>3860</v>
       </c>
-      <c r="I418" t="s">
+      <c r="J418" t="s">
+        <v>24</v>
+      </c>
+      <c r="K418" t="s">
+        <v>25</v>
+      </c>
+      <c r="L418" t="s">
+        <v>26</v>
+      </c>
+      <c r="M418" t="s">
+        <v>27</v>
+      </c>
+      <c r="N418" t="s">
+        <v>28</v>
+      </c>
+      <c r="O418" t="s">
         <v>3861</v>
-      </c>
-[...16 lines deleted...]
-        <v>3862</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65105</v>
+        <v>65027</v>
       </c>
       <c r="B419" t="s">
+        <v>3862</v>
+      </c>
+      <c r="C419" t="s">
         <v>3863</v>
       </c>
-      <c r="C419" t="s">
+      <c r="D419" t="s">
         <v>3864</v>
       </c>
-      <c r="D419" t="s">
+      <c r="E419" t="s">
         <v>3865</v>
       </c>
-      <c r="E419" t="s">
+      <c r="F419" t="s">
         <v>3866</v>
       </c>
-      <c r="F419" t="s">
+      <c r="G419" t="s">
         <v>3867</v>
       </c>
-      <c r="G419" t="s">
+      <c r="H419" t="s">
         <v>3868</v>
       </c>
-      <c r="H419" t="s">
+      <c r="I419" t="s">
         <v>3869</v>
       </c>
-      <c r="I419" t="s">
+      <c r="J419" t="s">
+        <v>24</v>
+      </c>
+      <c r="K419" t="s">
+        <v>689</v>
+      </c>
+      <c r="L419" t="s">
+        <v>26</v>
+      </c>
+      <c r="M419" t="s">
+        <v>690</v>
+      </c>
+      <c r="N419" t="s">
+        <v>28</v>
+      </c>
+      <c r="O419" t="s">
         <v>3870</v>
-      </c>
-[...16 lines deleted...]
-        <v>3871</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>66392</v>
+        <v>65028</v>
       </c>
       <c r="B420" t="s">
+        <v>3871</v>
+      </c>
+      <c r="C420" t="s">
         <v>3872</v>
       </c>
-      <c r="C420" t="s">
+      <c r="D420" t="s">
         <v>3873</v>
       </c>
-      <c r="D420" t="s">
+      <c r="E420" t="s">
         <v>3874</v>
       </c>
-      <c r="E420" t="s">
+      <c r="F420" t="s">
         <v>3875</v>
       </c>
-      <c r="F420" t="s">
+      <c r="G420" t="s">
         <v>3876</v>
       </c>
-      <c r="G420" t="s">
+      <c r="H420" t="s">
         <v>3877</v>
       </c>
-      <c r="H420" t="s">
+      <c r="I420" t="s">
         <v>3878</v>
-      </c>
-[...1 lines deleted...]
-        <v>3879</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
         <v>25</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
         <v>27</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
+        <v>3879</v>
+      </c>
+    </row>
+    <row r="421" spans="1:15">
+      <c r="A421">
+        <v>65030</v>
+      </c>
+      <c r="B421" t="s">
         <v>3880</v>
+      </c>
+      <c r="C421" t="s">
+        <v>3881</v>
+      </c>
+      <c r="D421" t="s">
+        <v>3882</v>
+      </c>
+      <c r="E421" t="s">
+        <v>3883</v>
+      </c>
+      <c r="F421" t="s">
+        <v>3884</v>
+      </c>
+      <c r="G421" t="s">
+        <v>3885</v>
+      </c>
+      <c r="H421" t="s">
+        <v>3886</v>
+      </c>
+      <c r="I421" t="s">
+        <v>3887</v>
+      </c>
+      <c r="J421" t="s">
+        <v>24</v>
+      </c>
+      <c r="K421" t="s">
+        <v>25</v>
+      </c>
+      <c r="L421" t="s">
+        <v>26</v>
+      </c>
+      <c r="M421" t="s">
+        <v>27</v>
+      </c>
+      <c r="N421" t="s">
+        <v>28</v>
+      </c>
+      <c r="O421" t="s">
+        <v>3888</v>
+      </c>
+    </row>
+    <row r="422" spans="1:15">
+      <c r="A422">
+        <v>65031</v>
+      </c>
+      <c r="B422" t="s">
+        <v>3889</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3890</v>
+      </c>
+      <c r="D422" t="s">
+        <v>3891</v>
+      </c>
+      <c r="E422" t="s">
+        <v>3892</v>
+      </c>
+      <c r="F422" t="s">
+        <v>3893</v>
+      </c>
+      <c r="G422" t="s">
+        <v>3894</v>
+      </c>
+      <c r="H422" t="s">
+        <v>3895</v>
+      </c>
+      <c r="I422" t="s">
+        <v>3896</v>
+      </c>
+      <c r="J422" t="s">
+        <v>24</v>
+      </c>
+      <c r="K422" t="s">
+        <v>25</v>
+      </c>
+      <c r="L422" t="s">
+        <v>26</v>
+      </c>
+      <c r="M422" t="s">
+        <v>27</v>
+      </c>
+      <c r="N422" t="s">
+        <v>28</v>
+      </c>
+      <c r="O422" t="s">
+        <v>3897</v>
+      </c>
+    </row>
+    <row r="423" spans="1:15">
+      <c r="A423">
+        <v>65032</v>
+      </c>
+      <c r="B423" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C423" t="s">
+        <v>3899</v>
+      </c>
+      <c r="D423" t="s">
+        <v>3900</v>
+      </c>
+      <c r="E423" t="s">
+        <v>3901</v>
+      </c>
+      <c r="F423" t="s">
+        <v>3902</v>
+      </c>
+      <c r="G423" t="s">
+        <v>3903</v>
+      </c>
+      <c r="H423" t="s">
+        <v>3904</v>
+      </c>
+      <c r="I423" t="s">
+        <v>3905</v>
+      </c>
+      <c r="J423" t="s">
+        <v>24</v>
+      </c>
+      <c r="K423" t="s">
+        <v>170</v>
+      </c>
+      <c r="L423" t="s">
+        <v>26</v>
+      </c>
+      <c r="M423" t="s">
+        <v>171</v>
+      </c>
+      <c r="N423" t="s">
+        <v>28</v>
+      </c>
+      <c r="O423" t="s">
+        <v>3906</v>
+      </c>
+    </row>
+    <row r="424" spans="1:15">
+      <c r="A424">
+        <v>65033</v>
+      </c>
+      <c r="B424" t="s">
+        <v>3907</v>
+      </c>
+      <c r="C424" t="s">
+        <v>3908</v>
+      </c>
+      <c r="D424" t="s">
+        <v>3909</v>
+      </c>
+      <c r="E424" t="s">
+        <v>3910</v>
+      </c>
+      <c r="F424" t="s">
+        <v>3911</v>
+      </c>
+      <c r="G424" t="s">
+        <v>3912</v>
+      </c>
+      <c r="H424" t="s">
+        <v>3913</v>
+      </c>
+      <c r="I424" t="s">
+        <v>3914</v>
+      </c>
+      <c r="J424" t="s">
+        <v>24</v>
+      </c>
+      <c r="K424" t="s">
+        <v>3915</v>
+      </c>
+      <c r="L424" t="s">
+        <v>26</v>
+      </c>
+      <c r="M424" t="s">
+        <v>3916</v>
+      </c>
+      <c r="N424" t="s">
+        <v>28</v>
+      </c>
+      <c r="O424" t="s">
+        <v>3917</v>
+      </c>
+    </row>
+    <row r="425" spans="1:15">
+      <c r="A425">
+        <v>65034</v>
+      </c>
+      <c r="B425" t="s">
+        <v>3918</v>
+      </c>
+      <c r="C425" t="s">
+        <v>3919</v>
+      </c>
+      <c r="D425" t="s">
+        <v>3920</v>
+      </c>
+      <c r="E425" t="s">
+        <v>3921</v>
+      </c>
+      <c r="F425" t="s">
+        <v>3922</v>
+      </c>
+      <c r="G425" t="s">
+        <v>3923</v>
+      </c>
+      <c r="H425" t="s">
+        <v>3924</v>
+      </c>
+      <c r="I425" t="s">
+        <v>3925</v>
+      </c>
+      <c r="J425" t="s">
+        <v>449</v>
+      </c>
+      <c r="K425" t="s">
+        <v>579</v>
+      </c>
+      <c r="L425" t="s">
+        <v>451</v>
+      </c>
+      <c r="M425" t="s">
+        <v>580</v>
+      </c>
+      <c r="N425" t="s">
+        <v>28</v>
+      </c>
+      <c r="O425" t="s">
+        <v>3926</v>
+      </c>
+    </row>
+    <row r="426" spans="1:15">
+      <c r="A426">
+        <v>65035</v>
+      </c>
+      <c r="B426" t="s">
+        <v>3927</v>
+      </c>
+      <c r="C426" t="s">
+        <v>3928</v>
+      </c>
+      <c r="D426" t="s">
+        <v>3929</v>
+      </c>
+      <c r="E426" t="s">
+        <v>3930</v>
+      </c>
+      <c r="F426" t="s">
+        <v>3931</v>
+      </c>
+      <c r="G426" t="s">
+        <v>3932</v>
+      </c>
+      <c r="H426" t="s">
+        <v>3933</v>
+      </c>
+      <c r="I426" t="s">
+        <v>3934</v>
+      </c>
+      <c r="J426" t="s">
+        <v>24</v>
+      </c>
+      <c r="K426" t="s">
+        <v>25</v>
+      </c>
+      <c r="L426" t="s">
+        <v>26</v>
+      </c>
+      <c r="M426" t="s">
+        <v>27</v>
+      </c>
+      <c r="N426" t="s">
+        <v>28</v>
+      </c>
+      <c r="O426" t="s">
+        <v>3935</v>
+      </c>
+    </row>
+    <row r="427" spans="1:15">
+      <c r="A427">
+        <v>65036</v>
+      </c>
+      <c r="B427" t="s">
+        <v>3936</v>
+      </c>
+      <c r="C427" t="s">
+        <v>3937</v>
+      </c>
+      <c r="D427" t="s">
+        <v>3938</v>
+      </c>
+      <c r="E427" t="s">
+        <v>3939</v>
+      </c>
+      <c r="F427" t="s">
+        <v>3940</v>
+      </c>
+      <c r="G427" t="s">
+        <v>3941</v>
+      </c>
+      <c r="H427" t="s">
+        <v>3942</v>
+      </c>
+      <c r="I427" t="s">
+        <v>3943</v>
+      </c>
+      <c r="J427" t="s">
+        <v>24</v>
+      </c>
+      <c r="K427" t="s">
+        <v>25</v>
+      </c>
+      <c r="L427" t="s">
+        <v>26</v>
+      </c>
+      <c r="M427" t="s">
+        <v>27</v>
+      </c>
+      <c r="N427" t="s">
+        <v>28</v>
+      </c>
+      <c r="O427" t="s">
+        <v>3944</v>
+      </c>
+    </row>
+    <row r="428" spans="1:15">
+      <c r="A428">
+        <v>65037</v>
+      </c>
+      <c r="B428" t="s">
+        <v>3945</v>
+      </c>
+      <c r="C428" t="s">
+        <v>3946</v>
+      </c>
+      <c r="D428" t="s">
+        <v>3947</v>
+      </c>
+      <c r="E428" t="s">
+        <v>3948</v>
+      </c>
+      <c r="F428" t="s">
+        <v>3949</v>
+      </c>
+      <c r="G428" t="s">
+        <v>3950</v>
+      </c>
+      <c r="H428" t="s">
+        <v>3951</v>
+      </c>
+      <c r="I428" t="s">
+        <v>3952</v>
+      </c>
+      <c r="J428" t="s">
+        <v>24</v>
+      </c>
+      <c r="K428" t="s">
+        <v>25</v>
+      </c>
+      <c r="L428" t="s">
+        <v>26</v>
+      </c>
+      <c r="M428" t="s">
+        <v>27</v>
+      </c>
+      <c r="N428" t="s">
+        <v>28</v>
+      </c>
+      <c r="O428" t="s">
+        <v>3953</v>
+      </c>
+    </row>
+    <row r="429" spans="1:15">
+      <c r="A429">
+        <v>65038</v>
+      </c>
+      <c r="B429" t="s">
+        <v>3954</v>
+      </c>
+      <c r="C429" t="s">
+        <v>3955</v>
+      </c>
+      <c r="D429" t="s">
+        <v>3956</v>
+      </c>
+      <c r="E429" t="s">
+        <v>3957</v>
+      </c>
+      <c r="F429" t="s">
+        <v>3958</v>
+      </c>
+      <c r="G429" t="s">
+        <v>3959</v>
+      </c>
+      <c r="H429" t="s">
+        <v>3960</v>
+      </c>
+      <c r="I429" t="s">
+        <v>3961</v>
+      </c>
+      <c r="J429" t="s">
+        <v>24</v>
+      </c>
+      <c r="K429" t="s">
+        <v>170</v>
+      </c>
+      <c r="L429" t="s">
+        <v>26</v>
+      </c>
+      <c r="M429" t="s">
+        <v>171</v>
+      </c>
+      <c r="N429" t="s">
+        <v>28</v>
+      </c>
+      <c r="O429" t="s">
+        <v>3962</v>
+      </c>
+    </row>
+    <row r="430" spans="1:15">
+      <c r="A430">
+        <v>65039</v>
+      </c>
+      <c r="B430" t="s">
+        <v>3963</v>
+      </c>
+      <c r="C430" t="s">
+        <v>3964</v>
+      </c>
+      <c r="D430" t="s">
+        <v>3965</v>
+      </c>
+      <c r="E430" t="s">
+        <v>3966</v>
+      </c>
+      <c r="F430" t="s">
+        <v>3967</v>
+      </c>
+      <c r="G430" t="s">
+        <v>3968</v>
+      </c>
+      <c r="H430" t="s">
+        <v>3969</v>
+      </c>
+      <c r="I430" t="s">
+        <v>3970</v>
+      </c>
+      <c r="J430" t="s">
+        <v>24</v>
+      </c>
+      <c r="K430" t="s">
+        <v>170</v>
+      </c>
+      <c r="L430" t="s">
+        <v>26</v>
+      </c>
+      <c r="M430" t="s">
+        <v>171</v>
+      </c>
+      <c r="N430" t="s">
+        <v>28</v>
+      </c>
+      <c r="O430" t="s">
+        <v>3971</v>
+      </c>
+    </row>
+    <row r="431" spans="1:15">
+      <c r="A431">
+        <v>65040</v>
+      </c>
+      <c r="B431" t="s">
+        <v>3972</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3973</v>
+      </c>
+      <c r="D431" t="s">
+        <v>3974</v>
+      </c>
+      <c r="E431" t="s">
+        <v>3975</v>
+      </c>
+      <c r="F431" t="s">
+        <v>3976</v>
+      </c>
+      <c r="G431" t="s">
+        <v>3977</v>
+      </c>
+      <c r="H431" t="s">
+        <v>3978</v>
+      </c>
+      <c r="I431" t="s">
+        <v>3979</v>
+      </c>
+      <c r="J431" t="s">
+        <v>24</v>
+      </c>
+      <c r="K431" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L431" t="s">
+        <v>26</v>
+      </c>
+      <c r="M431" t="s">
+        <v>1352</v>
+      </c>
+      <c r="N431" t="s">
+        <v>28</v>
+      </c>
+      <c r="O431" t="s">
+        <v>3980</v>
+      </c>
+    </row>
+    <row r="432" spans="1:15">
+      <c r="A432">
+        <v>65043</v>
+      </c>
+      <c r="B432" t="s">
+        <v>3981</v>
+      </c>
+      <c r="C432" t="s">
+        <v>3982</v>
+      </c>
+      <c r="D432" t="s">
+        <v>3983</v>
+      </c>
+      <c r="E432" t="s">
+        <v>3984</v>
+      </c>
+      <c r="F432" t="s">
+        <v>3985</v>
+      </c>
+      <c r="G432" t="s">
+        <v>3986</v>
+      </c>
+      <c r="H432" t="s">
+        <v>3987</v>
+      </c>
+      <c r="I432" t="s">
+        <v>3988</v>
+      </c>
+      <c r="J432" t="s">
+        <v>24</v>
+      </c>
+      <c r="K432" t="s">
+        <v>25</v>
+      </c>
+      <c r="L432" t="s">
+        <v>26</v>
+      </c>
+      <c r="M432" t="s">
+        <v>27</v>
+      </c>
+      <c r="N432" t="s">
+        <v>28</v>
+      </c>
+      <c r="O432" t="s">
+        <v>3989</v>
+      </c>
+    </row>
+    <row r="433" spans="1:15">
+      <c r="A433">
+        <v>65044</v>
+      </c>
+      <c r="B433" t="s">
+        <v>3990</v>
+      </c>
+      <c r="C433" t="s">
+        <v>3991</v>
+      </c>
+      <c r="D433" t="s">
+        <v>3992</v>
+      </c>
+      <c r="E433" t="s">
+        <v>3993</v>
+      </c>
+      <c r="F433" t="s">
+        <v>3994</v>
+      </c>
+      <c r="G433" t="s">
+        <v>3995</v>
+      </c>
+      <c r="H433" t="s">
+        <v>3996</v>
+      </c>
+      <c r="I433" t="s">
+        <v>3997</v>
+      </c>
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
+        <v>25</v>
+      </c>
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
+        <v>27</v>
+      </c>
+      <c r="N433" t="s">
+        <v>28</v>
+      </c>
+      <c r="O433" t="s">
+        <v>3998</v>
+      </c>
+    </row>
+    <row r="434" spans="1:15">
+      <c r="A434">
+        <v>65045</v>
+      </c>
+      <c r="B434" t="s">
+        <v>3999</v>
+      </c>
+      <c r="C434" t="s">
+        <v>4000</v>
+      </c>
+      <c r="D434" t="s">
+        <v>4001</v>
+      </c>
+      <c r="E434" t="s">
+        <v>4002</v>
+      </c>
+      <c r="F434" t="s">
+        <v>4003</v>
+      </c>
+      <c r="G434" t="s">
+        <v>4004</v>
+      </c>
+      <c r="H434" t="s">
+        <v>4005</v>
+      </c>
+      <c r="I434" t="s">
+        <v>4006</v>
+      </c>
+      <c r="J434" t="s">
+        <v>58</v>
+      </c>
+      <c r="K434" t="s">
+        <v>4007</v>
+      </c>
+      <c r="L434" t="s">
+        <v>60</v>
+      </c>
+      <c r="M434" t="s">
+        <v>4008</v>
+      </c>
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
+        <v>4009</v>
+      </c>
+    </row>
+    <row r="435" spans="1:15">
+      <c r="A435">
+        <v>65046</v>
+      </c>
+      <c r="B435" t="s">
+        <v>4010</v>
+      </c>
+      <c r="C435" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D435" t="s">
+        <v>4012</v>
+      </c>
+      <c r="E435" t="s">
+        <v>4013</v>
+      </c>
+      <c r="F435" t="s">
+        <v>4014</v>
+      </c>
+      <c r="G435" t="s">
+        <v>4015</v>
+      </c>
+      <c r="H435" t="s">
+        <v>4016</v>
+      </c>
+      <c r="I435" t="s">
+        <v>4017</v>
+      </c>
+      <c r="J435" t="s">
+        <v>24</v>
+      </c>
+      <c r="K435" t="s">
+        <v>47</v>
+      </c>
+      <c r="L435" t="s">
+        <v>26</v>
+      </c>
+      <c r="M435" t="s">
+        <v>48</v>
+      </c>
+      <c r="N435" t="s">
+        <v>28</v>
+      </c>
+      <c r="O435" t="s">
+        <v>4018</v>
+      </c>
+    </row>
+    <row r="436" spans="1:15">
+      <c r="A436">
+        <v>65047</v>
+      </c>
+      <c r="B436" t="s">
+        <v>4019</v>
+      </c>
+      <c r="C436" t="s">
+        <v>4020</v>
+      </c>
+      <c r="D436" t="s">
+        <v>4021</v>
+      </c>
+      <c r="E436" t="s">
+        <v>4022</v>
+      </c>
+      <c r="F436" t="s">
+        <v>4023</v>
+      </c>
+      <c r="G436" t="s">
+        <v>4024</v>
+      </c>
+      <c r="H436" t="s">
+        <v>4025</v>
+      </c>
+      <c r="I436" t="s">
+        <v>4026</v>
+      </c>
+      <c r="J436" t="s">
+        <v>24</v>
+      </c>
+      <c r="K436" t="s">
+        <v>4007</v>
+      </c>
+      <c r="L436" t="s">
+        <v>26</v>
+      </c>
+      <c r="M436" t="s">
+        <v>4008</v>
+      </c>
+      <c r="N436" t="s">
+        <v>28</v>
+      </c>
+      <c r="O436" t="s">
+        <v>4027</v>
+      </c>
+    </row>
+    <row r="437" spans="1:15">
+      <c r="A437">
+        <v>65049</v>
+      </c>
+      <c r="B437" t="s">
+        <v>4028</v>
+      </c>
+      <c r="C437" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D437" t="s">
+        <v>4030</v>
+      </c>
+      <c r="E437" t="s">
+        <v>4031</v>
+      </c>
+      <c r="F437" t="s">
+        <v>4032</v>
+      </c>
+      <c r="G437" t="s">
+        <v>4033</v>
+      </c>
+      <c r="H437" t="s">
+        <v>4034</v>
+      </c>
+      <c r="I437" t="s">
+        <v>4035</v>
+      </c>
+      <c r="J437" t="s">
+        <v>24</v>
+      </c>
+      <c r="K437" t="s">
+        <v>59</v>
+      </c>
+      <c r="L437" t="s">
+        <v>26</v>
+      </c>
+      <c r="M437" t="s">
+        <v>61</v>
+      </c>
+      <c r="N437" t="s">
+        <v>28</v>
+      </c>
+      <c r="O437" t="s">
+        <v>4036</v>
+      </c>
+    </row>
+    <row r="438" spans="1:15">
+      <c r="A438">
+        <v>65050</v>
+      </c>
+      <c r="B438" t="s">
+        <v>4037</v>
+      </c>
+      <c r="C438" t="s">
+        <v>4038</v>
+      </c>
+      <c r="D438" t="s">
+        <v>4039</v>
+      </c>
+      <c r="E438" t="s">
+        <v>4040</v>
+      </c>
+      <c r="F438" t="s">
+        <v>4041</v>
+      </c>
+      <c r="G438" t="s">
+        <v>4042</v>
+      </c>
+      <c r="H438" t="s">
+        <v>4043</v>
+      </c>
+      <c r="I438" t="s">
+        <v>4044</v>
+      </c>
+      <c r="J438" t="s">
+        <v>24</v>
+      </c>
+      <c r="K438" t="s">
+        <v>25</v>
+      </c>
+      <c r="L438" t="s">
+        <v>26</v>
+      </c>
+      <c r="M438" t="s">
+        <v>27</v>
+      </c>
+      <c r="N438" t="s">
+        <v>28</v>
+      </c>
+      <c r="O438" t="s">
+        <v>4045</v>
+      </c>
+    </row>
+    <row r="439" spans="1:15">
+      <c r="A439">
+        <v>65051</v>
+      </c>
+      <c r="B439" t="s">
+        <v>4046</v>
+      </c>
+      <c r="C439" t="s">
+        <v>4047</v>
+      </c>
+      <c r="D439" t="s">
+        <v>4048</v>
+      </c>
+      <c r="E439" t="s">
+        <v>4049</v>
+      </c>
+      <c r="F439" t="s">
+        <v>4050</v>
+      </c>
+      <c r="G439" t="s">
+        <v>4051</v>
+      </c>
+      <c r="H439" t="s">
+        <v>4052</v>
+      </c>
+      <c r="I439" t="s">
+        <v>4053</v>
+      </c>
+      <c r="J439" t="s">
+        <v>24</v>
+      </c>
+      <c r="K439" t="s">
+        <v>745</v>
+      </c>
+      <c r="L439" t="s">
+        <v>26</v>
+      </c>
+      <c r="M439" t="s">
+        <v>746</v>
+      </c>
+      <c r="N439" t="s">
+        <v>28</v>
+      </c>
+      <c r="O439" t="s">
+        <v>4054</v>
+      </c>
+    </row>
+    <row r="440" spans="1:15">
+      <c r="A440">
+        <v>65053</v>
+      </c>
+      <c r="B440" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C440" t="s">
+        <v>4056</v>
+      </c>
+      <c r="D440" t="s">
+        <v>4057</v>
+      </c>
+      <c r="E440" t="s">
+        <v>4058</v>
+      </c>
+      <c r="F440" t="s">
+        <v>4059</v>
+      </c>
+      <c r="G440" t="s">
+        <v>4060</v>
+      </c>
+      <c r="H440" t="s">
+        <v>4061</v>
+      </c>
+      <c r="I440" t="s">
+        <v>4062</v>
+      </c>
+      <c r="J440" t="s">
+        <v>24</v>
+      </c>
+      <c r="K440" t="s">
+        <v>170</v>
+      </c>
+      <c r="L440" t="s">
+        <v>26</v>
+      </c>
+      <c r="M440" t="s">
+        <v>171</v>
+      </c>
+      <c r="N440" t="s">
+        <v>28</v>
+      </c>
+      <c r="O440" t="s">
+        <v>4063</v>
+      </c>
+    </row>
+    <row r="441" spans="1:15">
+      <c r="A441">
+        <v>65054</v>
+      </c>
+      <c r="B441" t="s">
+        <v>4064</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4065</v>
+      </c>
+      <c r="D441" t="s">
+        <v>4066</v>
+      </c>
+      <c r="E441" t="s">
+        <v>4067</v>
+      </c>
+      <c r="F441" t="s">
+        <v>4068</v>
+      </c>
+      <c r="G441" t="s">
+        <v>4069</v>
+      </c>
+      <c r="H441" t="s">
+        <v>4070</v>
+      </c>
+      <c r="I441" t="s">
+        <v>4071</v>
+      </c>
+      <c r="J441" t="s">
+        <v>449</v>
+      </c>
+      <c r="K441" t="s">
+        <v>4072</v>
+      </c>
+      <c r="L441" t="s">
+        <v>451</v>
+      </c>
+      <c r="M441" t="s">
+        <v>4073</v>
+      </c>
+      <c r="N441" t="s">
+        <v>28</v>
+      </c>
+      <c r="O441" t="s">
+        <v>4074</v>
+      </c>
+    </row>
+    <row r="442" spans="1:15">
+      <c r="A442">
+        <v>65055</v>
+      </c>
+      <c r="B442" t="s">
+        <v>4075</v>
+      </c>
+      <c r="C442" t="s">
+        <v>4076</v>
+      </c>
+      <c r="D442" t="s">
+        <v>4077</v>
+      </c>
+      <c r="E442" t="s">
+        <v>4078</v>
+      </c>
+      <c r="F442" t="s">
+        <v>4079</v>
+      </c>
+      <c r="G442" t="s">
+        <v>4080</v>
+      </c>
+      <c r="H442" t="s">
+        <v>4081</v>
+      </c>
+      <c r="I442" t="s">
+        <v>4082</v>
+      </c>
+      <c r="J442" t="s">
+        <v>24</v>
+      </c>
+      <c r="K442" t="s">
+        <v>579</v>
+      </c>
+      <c r="L442" t="s">
+        <v>26</v>
+      </c>
+      <c r="M442" t="s">
+        <v>580</v>
+      </c>
+      <c r="N442" t="s">
+        <v>28</v>
+      </c>
+      <c r="O442" t="s">
+        <v>4083</v>
+      </c>
+    </row>
+    <row r="443" spans="1:15">
+      <c r="A443">
+        <v>65057</v>
+      </c>
+      <c r="B443" t="s">
+        <v>4084</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4085</v>
+      </c>
+      <c r="D443" t="s">
+        <v>4086</v>
+      </c>
+      <c r="E443" t="s">
+        <v>4087</v>
+      </c>
+      <c r="F443" t="s">
+        <v>4088</v>
+      </c>
+      <c r="G443" t="s">
+        <v>4089</v>
+      </c>
+      <c r="H443" t="s">
+        <v>4090</v>
+      </c>
+      <c r="I443" t="s">
+        <v>4091</v>
+      </c>
+      <c r="J443" t="s">
+        <v>24</v>
+      </c>
+      <c r="K443" t="s">
+        <v>274</v>
+      </c>
+      <c r="L443" t="s">
+        <v>26</v>
+      </c>
+      <c r="M443" t="s">
+        <v>275</v>
+      </c>
+      <c r="N443" t="s">
+        <v>28</v>
+      </c>
+      <c r="O443" t="s">
+        <v>4092</v>
+      </c>
+    </row>
+    <row r="444" spans="1:15">
+      <c r="A444">
+        <v>65058</v>
+      </c>
+      <c r="B444" t="s">
+        <v>4093</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4094</v>
+      </c>
+      <c r="D444" t="s">
+        <v>4095</v>
+      </c>
+      <c r="E444" t="s">
+        <v>4096</v>
+      </c>
+      <c r="F444" t="s">
+        <v>4097</v>
+      </c>
+      <c r="G444" t="s">
+        <v>4098</v>
+      </c>
+      <c r="H444" t="s">
+        <v>4099</v>
+      </c>
+      <c r="I444" t="s">
+        <v>4100</v>
+      </c>
+      <c r="J444" t="s">
+        <v>449</v>
+      </c>
+      <c r="K444" t="s">
+        <v>689</v>
+      </c>
+      <c r="L444" t="s">
+        <v>451</v>
+      </c>
+      <c r="M444" t="s">
+        <v>690</v>
+      </c>
+      <c r="N444" t="s">
+        <v>28</v>
+      </c>
+      <c r="O444" t="s">
+        <v>4101</v>
+      </c>
+    </row>
+    <row r="445" spans="1:15">
+      <c r="A445">
+        <v>65059</v>
+      </c>
+      <c r="B445" t="s">
+        <v>4102</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4103</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4104</v>
+      </c>
+      <c r="E445" t="s">
+        <v>4105</v>
+      </c>
+      <c r="F445" t="s">
+        <v>4106</v>
+      </c>
+      <c r="G445" t="s">
+        <v>4107</v>
+      </c>
+      <c r="H445" t="s">
+        <v>4108</v>
+      </c>
+      <c r="I445" t="s">
+        <v>4109</v>
+      </c>
+      <c r="J445" t="s">
+        <v>24</v>
+      </c>
+      <c r="K445" t="s">
+        <v>170</v>
+      </c>
+      <c r="L445" t="s">
+        <v>26</v>
+      </c>
+      <c r="M445" t="s">
+        <v>171</v>
+      </c>
+      <c r="N445" t="s">
+        <v>28</v>
+      </c>
+      <c r="O445" t="s">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="446" spans="1:15">
+      <c r="A446">
+        <v>65060</v>
+      </c>
+      <c r="B446" t="s">
+        <v>4111</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4112</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4113</v>
+      </c>
+      <c r="E446" t="s">
+        <v>4114</v>
+      </c>
+      <c r="F446" t="s">
+        <v>4115</v>
+      </c>
+      <c r="G446" t="s">
+        <v>4116</v>
+      </c>
+      <c r="H446" t="s">
+        <v>4117</v>
+      </c>
+      <c r="I446" t="s">
+        <v>4118</v>
+      </c>
+      <c r="J446" t="s">
+        <v>24</v>
+      </c>
+      <c r="K446" t="s">
+        <v>47</v>
+      </c>
+      <c r="L446" t="s">
+        <v>26</v>
+      </c>
+      <c r="M446" t="s">
+        <v>48</v>
+      </c>
+      <c r="N446" t="s">
+        <v>28</v>
+      </c>
+      <c r="O446" t="s">
+        <v>4119</v>
+      </c>
+    </row>
+    <row r="447" spans="1:15">
+      <c r="A447">
+        <v>65061</v>
+      </c>
+      <c r="B447" t="s">
+        <v>4120</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4121</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4122</v>
+      </c>
+      <c r="E447" t="s">
+        <v>4123</v>
+      </c>
+      <c r="F447" t="s">
+        <v>4124</v>
+      </c>
+      <c r="G447" t="s">
+        <v>4125</v>
+      </c>
+      <c r="H447" t="s">
+        <v>4126</v>
+      </c>
+      <c r="I447" t="s">
+        <v>4127</v>
+      </c>
+      <c r="J447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K447" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L447" t="s">
+        <v>26</v>
+      </c>
+      <c r="M447" t="s">
+        <v>1352</v>
+      </c>
+      <c r="N447" t="s">
+        <v>28</v>
+      </c>
+      <c r="O447" t="s">
+        <v>4128</v>
+      </c>
+    </row>
+    <row r="448" spans="1:15">
+      <c r="A448">
+        <v>65062</v>
+      </c>
+      <c r="B448" t="s">
+        <v>4129</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4130</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4131</v>
+      </c>
+      <c r="E448" t="s">
+        <v>4132</v>
+      </c>
+      <c r="F448" t="s">
+        <v>4133</v>
+      </c>
+      <c r="G448" t="s">
+        <v>4134</v>
+      </c>
+      <c r="H448" t="s">
+        <v>4135</v>
+      </c>
+      <c r="I448" t="s">
+        <v>4136</v>
+      </c>
+      <c r="J448" t="s">
+        <v>24</v>
+      </c>
+      <c r="K448" t="s">
+        <v>25</v>
+      </c>
+      <c r="L448" t="s">
+        <v>26</v>
+      </c>
+      <c r="M448" t="s">
+        <v>27</v>
+      </c>
+      <c r="N448" t="s">
+        <v>28</v>
+      </c>
+      <c r="O448" t="s">
+        <v>4137</v>
+      </c>
+    </row>
+    <row r="449" spans="1:15">
+      <c r="A449">
+        <v>65063</v>
+      </c>
+      <c r="B449" t="s">
+        <v>4138</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4139</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4140</v>
+      </c>
+      <c r="E449" t="s">
+        <v>4141</v>
+      </c>
+      <c r="F449" t="s">
+        <v>4142</v>
+      </c>
+      <c r="G449" t="s">
+        <v>4143</v>
+      </c>
+      <c r="H449" t="s">
+        <v>4144</v>
+      </c>
+      <c r="I449" t="s">
+        <v>4145</v>
+      </c>
+      <c r="J449" t="s">
+        <v>24</v>
+      </c>
+      <c r="K449" t="s">
+        <v>1043</v>
+      </c>
+      <c r="L449" t="s">
+        <v>26</v>
+      </c>
+      <c r="M449" t="s">
+        <v>1044</v>
+      </c>
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
+        <v>4146</v>
+      </c>
+    </row>
+    <row r="450" spans="1:15">
+      <c r="A450">
+        <v>65068</v>
+      </c>
+      <c r="B450" t="s">
+        <v>4147</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4148</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4149</v>
+      </c>
+      <c r="E450" t="s">
+        <v>4150</v>
+      </c>
+      <c r="F450" t="s">
+        <v>4151</v>
+      </c>
+      <c r="G450" t="s">
+        <v>4152</v>
+      </c>
+      <c r="H450" t="s">
+        <v>4153</v>
+      </c>
+      <c r="I450" t="s">
+        <v>4154</v>
+      </c>
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
+        <v>25</v>
+      </c>
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
+        <v>27</v>
+      </c>
+      <c r="N450" t="s">
+        <v>28</v>
+      </c>
+      <c r="O450" t="s">
+        <v>4155</v>
+      </c>
+    </row>
+    <row r="451" spans="1:15">
+      <c r="A451">
+        <v>65069</v>
+      </c>
+      <c r="B451" t="s">
+        <v>4156</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4157</v>
+      </c>
+      <c r="D451" t="s">
+        <v>4158</v>
+      </c>
+      <c r="E451" t="s">
+        <v>4159</v>
+      </c>
+      <c r="F451" t="s">
+        <v>4160</v>
+      </c>
+      <c r="G451" t="s">
+        <v>4161</v>
+      </c>
+      <c r="H451" t="s">
+        <v>4162</v>
+      </c>
+      <c r="I451" t="s">
+        <v>4163</v>
+      </c>
+      <c r="J451" t="s">
+        <v>24</v>
+      </c>
+      <c r="K451" t="s">
+        <v>170</v>
+      </c>
+      <c r="L451" t="s">
+        <v>26</v>
+      </c>
+      <c r="M451" t="s">
+        <v>171</v>
+      </c>
+      <c r="N451" t="s">
+        <v>28</v>
+      </c>
+      <c r="O451" t="s">
+        <v>4164</v>
+      </c>
+    </row>
+    <row r="452" spans="1:15">
+      <c r="A452">
+        <v>65071</v>
+      </c>
+      <c r="B452" t="s">
+        <v>4165</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4166</v>
+      </c>
+      <c r="D452" t="s">
+        <v>4167</v>
+      </c>
+      <c r="E452" t="s">
+        <v>4168</v>
+      </c>
+      <c r="F452" t="s">
+        <v>4169</v>
+      </c>
+      <c r="G452" t="s">
+        <v>4170</v>
+      </c>
+      <c r="H452" t="s">
+        <v>4171</v>
+      </c>
+      <c r="I452" t="s">
+        <v>4172</v>
+      </c>
+      <c r="J452" t="s">
+        <v>24</v>
+      </c>
+      <c r="K452" t="s">
+        <v>25</v>
+      </c>
+      <c r="L452" t="s">
+        <v>26</v>
+      </c>
+      <c r="M452" t="s">
+        <v>27</v>
+      </c>
+      <c r="N452" t="s">
+        <v>28</v>
+      </c>
+      <c r="O452" t="s">
+        <v>4173</v>
+      </c>
+    </row>
+    <row r="453" spans="1:15">
+      <c r="A453">
+        <v>65073</v>
+      </c>
+      <c r="B453" t="s">
+        <v>4174</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4175</v>
+      </c>
+      <c r="D453" t="s">
+        <v>4176</v>
+      </c>
+      <c r="E453" t="s">
+        <v>4177</v>
+      </c>
+      <c r="F453" t="s">
+        <v>4178</v>
+      </c>
+      <c r="G453" t="s">
+        <v>4179</v>
+      </c>
+      <c r="H453" t="s">
+        <v>4180</v>
+      </c>
+      <c r="I453" t="s">
+        <v>4181</v>
+      </c>
+      <c r="J453" t="s">
+        <v>24</v>
+      </c>
+      <c r="K453" t="s">
+        <v>25</v>
+      </c>
+      <c r="L453" t="s">
+        <v>26</v>
+      </c>
+      <c r="M453" t="s">
+        <v>27</v>
+      </c>
+      <c r="N453" t="s">
+        <v>28</v>
+      </c>
+      <c r="O453" t="s">
+        <v>4182</v>
+      </c>
+    </row>
+    <row r="454" spans="1:15">
+      <c r="A454">
+        <v>65074</v>
+      </c>
+      <c r="B454" t="s">
+        <v>4183</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4184</v>
+      </c>
+      <c r="D454" t="s">
+        <v>4185</v>
+      </c>
+      <c r="E454" t="s">
+        <v>4186</v>
+      </c>
+      <c r="F454" t="s">
+        <v>4187</v>
+      </c>
+      <c r="G454" t="s">
+        <v>4188</v>
+      </c>
+      <c r="H454" t="s">
+        <v>4189</v>
+      </c>
+      <c r="I454" t="s">
+        <v>4190</v>
+      </c>
+      <c r="J454" t="s">
+        <v>24</v>
+      </c>
+      <c r="K454" t="s">
+        <v>4191</v>
+      </c>
+      <c r="L454" t="s">
+        <v>26</v>
+      </c>
+      <c r="M454" t="s">
+        <v>4192</v>
+      </c>
+      <c r="N454" t="s">
+        <v>28</v>
+      </c>
+      <c r="O454" t="s">
+        <v>4193</v>
+      </c>
+    </row>
+    <row r="455" spans="1:15">
+      <c r="A455">
+        <v>65075</v>
+      </c>
+      <c r="B455" t="s">
+        <v>4194</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4195</v>
+      </c>
+      <c r="D455" t="s">
+        <v>4196</v>
+      </c>
+      <c r="E455" t="s">
+        <v>4197</v>
+      </c>
+      <c r="F455" t="s">
+        <v>4198</v>
+      </c>
+      <c r="G455" t="s">
+        <v>4199</v>
+      </c>
+      <c r="H455" t="s">
+        <v>4200</v>
+      </c>
+      <c r="I455" t="s">
+        <v>4201</v>
+      </c>
+      <c r="J455" t="s">
+        <v>449</v>
+      </c>
+      <c r="K455" t="s">
+        <v>3915</v>
+      </c>
+      <c r="L455" t="s">
+        <v>451</v>
+      </c>
+      <c r="M455" t="s">
+        <v>3916</v>
+      </c>
+      <c r="N455" t="s">
+        <v>28</v>
+      </c>
+      <c r="O455" t="s">
+        <v>4202</v>
+      </c>
+    </row>
+    <row r="456" spans="1:15">
+      <c r="A456">
+        <v>65076</v>
+      </c>
+      <c r="B456" t="s">
+        <v>4203</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4204</v>
+      </c>
+      <c r="D456" t="s">
+        <v>4205</v>
+      </c>
+      <c r="E456" t="s">
+        <v>4206</v>
+      </c>
+      <c r="F456" t="s">
+        <v>4207</v>
+      </c>
+      <c r="G456" t="s">
+        <v>4208</v>
+      </c>
+      <c r="H456" t="s">
+        <v>4209</v>
+      </c>
+      <c r="I456" t="s">
+        <v>4210</v>
+      </c>
+      <c r="J456" t="s">
+        <v>24</v>
+      </c>
+      <c r="K456" t="s">
+        <v>170</v>
+      </c>
+      <c r="L456" t="s">
+        <v>26</v>
+      </c>
+      <c r="M456" t="s">
+        <v>171</v>
+      </c>
+      <c r="N456" t="s">
+        <v>28</v>
+      </c>
+      <c r="O456" t="s">
+        <v>4211</v>
+      </c>
+    </row>
+    <row r="457" spans="1:15">
+      <c r="A457">
+        <v>65077</v>
+      </c>
+      <c r="B457" t="s">
+        <v>4212</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4213</v>
+      </c>
+      <c r="D457" t="s">
+        <v>4214</v>
+      </c>
+      <c r="E457" t="s">
+        <v>4215</v>
+      </c>
+      <c r="F457" t="s">
+        <v>4216</v>
+      </c>
+      <c r="G457" t="s">
+        <v>4217</v>
+      </c>
+      <c r="H457" t="s">
+        <v>4218</v>
+      </c>
+      <c r="I457" t="s">
+        <v>4219</v>
+      </c>
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>745</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>746</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
+        <v>4220</v>
+      </c>
+    </row>
+    <row r="458" spans="1:15">
+      <c r="A458">
+        <v>65080</v>
+      </c>
+      <c r="B458" t="s">
+        <v>4221</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4222</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4223</v>
+      </c>
+      <c r="E458" t="s">
+        <v>4224</v>
+      </c>
+      <c r="F458" t="s">
+        <v>4225</v>
+      </c>
+      <c r="G458" t="s">
+        <v>4226</v>
+      </c>
+      <c r="H458" t="s">
+        <v>4227</v>
+      </c>
+      <c r="I458" t="s">
+        <v>4228</v>
+      </c>
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>47</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>48</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
+        <v>4229</v>
+      </c>
+    </row>
+    <row r="459" spans="1:15">
+      <c r="A459">
+        <v>65081</v>
+      </c>
+      <c r="B459" t="s">
+        <v>4230</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4231</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4232</v>
+      </c>
+      <c r="E459" t="s">
+        <v>4233</v>
+      </c>
+      <c r="F459" t="s">
+        <v>4234</v>
+      </c>
+      <c r="G459" t="s">
+        <v>4235</v>
+      </c>
+      <c r="H459" t="s">
+        <v>4236</v>
+      </c>
+      <c r="I459" t="s">
+        <v>4237</v>
+      </c>
+      <c r="J459" t="s">
+        <v>24</v>
+      </c>
+      <c r="K459" t="s">
+        <v>47</v>
+      </c>
+      <c r="L459" t="s">
+        <v>26</v>
+      </c>
+      <c r="M459" t="s">
+        <v>48</v>
+      </c>
+      <c r="N459" t="s">
+        <v>28</v>
+      </c>
+      <c r="O459" t="s">
+        <v>4238</v>
+      </c>
+    </row>
+    <row r="460" spans="1:15">
+      <c r="A460">
+        <v>65082</v>
+      </c>
+      <c r="B460" t="s">
+        <v>4239</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4240</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4241</v>
+      </c>
+      <c r="E460" t="s">
+        <v>4242</v>
+      </c>
+      <c r="F460" t="s">
+        <v>4243</v>
+      </c>
+      <c r="G460" t="s">
+        <v>4244</v>
+      </c>
+      <c r="H460" t="s">
+        <v>4245</v>
+      </c>
+      <c r="I460" t="s">
+        <v>4246</v>
+      </c>
+      <c r="J460" t="s">
+        <v>24</v>
+      </c>
+      <c r="K460" t="s">
+        <v>47</v>
+      </c>
+      <c r="L460" t="s">
+        <v>26</v>
+      </c>
+      <c r="M460" t="s">
+        <v>48</v>
+      </c>
+      <c r="N460" t="s">
+        <v>28</v>
+      </c>
+      <c r="O460" t="s">
+        <v>4247</v>
+      </c>
+    </row>
+    <row r="461" spans="1:15">
+      <c r="A461">
+        <v>65083</v>
+      </c>
+      <c r="B461" t="s">
+        <v>4248</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4249</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4250</v>
+      </c>
+      <c r="E461" t="s">
+        <v>4251</v>
+      </c>
+      <c r="F461" t="s">
+        <v>4252</v>
+      </c>
+      <c r="G461" t="s">
+        <v>4253</v>
+      </c>
+      <c r="H461" t="s">
+        <v>4254</v>
+      </c>
+      <c r="I461" t="s">
+        <v>4255</v>
+      </c>
+      <c r="J461" t="s">
+        <v>24</v>
+      </c>
+      <c r="K461" t="s">
+        <v>170</v>
+      </c>
+      <c r="L461" t="s">
+        <v>26</v>
+      </c>
+      <c r="M461" t="s">
+        <v>171</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
+        <v>4256</v>
+      </c>
+    </row>
+    <row r="462" spans="1:15">
+      <c r="A462">
+        <v>65084</v>
+      </c>
+      <c r="B462" t="s">
+        <v>4257</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4258</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4259</v>
+      </c>
+      <c r="E462" t="s">
+        <v>4260</v>
+      </c>
+      <c r="F462" t="s">
+        <v>4261</v>
+      </c>
+      <c r="G462" t="s">
+        <v>4262</v>
+      </c>
+      <c r="H462" t="s">
+        <v>4263</v>
+      </c>
+      <c r="I462" t="s">
+        <v>4264</v>
+      </c>
+      <c r="J462" t="s">
+        <v>24</v>
+      </c>
+      <c r="K462" t="s">
+        <v>25</v>
+      </c>
+      <c r="L462" t="s">
+        <v>26</v>
+      </c>
+      <c r="M462" t="s">
+        <v>27</v>
+      </c>
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
+        <v>4265</v>
+      </c>
+    </row>
+    <row r="463" spans="1:15">
+      <c r="A463">
+        <v>65085</v>
+      </c>
+      <c r="B463" t="s">
+        <v>4266</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4267</v>
+      </c>
+      <c r="D463" t="s">
+        <v>4268</v>
+      </c>
+      <c r="E463" t="s">
+        <v>4269</v>
+      </c>
+      <c r="F463" t="s">
+        <v>4270</v>
+      </c>
+      <c r="G463" t="s">
+        <v>4271</v>
+      </c>
+      <c r="H463" t="s">
+        <v>4272</v>
+      </c>
+      <c r="I463" t="s">
+        <v>4273</v>
+      </c>
+      <c r="J463" t="s">
+        <v>24</v>
+      </c>
+      <c r="K463" t="s">
+        <v>579</v>
+      </c>
+      <c r="L463" t="s">
+        <v>26</v>
+      </c>
+      <c r="M463" t="s">
+        <v>580</v>
+      </c>
+      <c r="N463" t="s">
+        <v>28</v>
+      </c>
+      <c r="O463" t="s">
+        <v>4274</v>
+      </c>
+    </row>
+    <row r="464" spans="1:15">
+      <c r="A464">
+        <v>65086</v>
+      </c>
+      <c r="B464" t="s">
+        <v>4275</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4276</v>
+      </c>
+      <c r="D464" t="s">
+        <v>4277</v>
+      </c>
+      <c r="E464" t="s">
+        <v>4278</v>
+      </c>
+      <c r="F464" t="s">
+        <v>4279</v>
+      </c>
+      <c r="G464" t="s">
+        <v>4280</v>
+      </c>
+      <c r="H464" t="s">
+        <v>4281</v>
+      </c>
+      <c r="I464" t="s">
+        <v>4282</v>
+      </c>
+      <c r="J464" t="s">
+        <v>24</v>
+      </c>
+      <c r="K464" t="s">
+        <v>170</v>
+      </c>
+      <c r="L464" t="s">
+        <v>26</v>
+      </c>
+      <c r="M464" t="s">
+        <v>171</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
+        <v>4283</v>
+      </c>
+    </row>
+    <row r="465" spans="1:15">
+      <c r="A465">
+        <v>65087</v>
+      </c>
+      <c r="B465" t="s">
+        <v>4284</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4285</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4286</v>
+      </c>
+      <c r="E465" t="s">
+        <v>4287</v>
+      </c>
+      <c r="F465" t="s">
+        <v>4288</v>
+      </c>
+      <c r="G465" t="s">
+        <v>4289</v>
+      </c>
+      <c r="H465" t="s">
+        <v>4290</v>
+      </c>
+      <c r="I465" t="s">
+        <v>4291</v>
+      </c>
+      <c r="J465" t="s">
+        <v>24</v>
+      </c>
+      <c r="K465" t="s">
+        <v>170</v>
+      </c>
+      <c r="L465" t="s">
+        <v>26</v>
+      </c>
+      <c r="M465" t="s">
+        <v>171</v>
+      </c>
+      <c r="N465" t="s">
+        <v>28</v>
+      </c>
+      <c r="O465" t="s">
+        <v>4292</v>
+      </c>
+    </row>
+    <row r="466" spans="1:15">
+      <c r="A466">
+        <v>65088</v>
+      </c>
+      <c r="B466" t="s">
+        <v>4293</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4294</v>
+      </c>
+      <c r="D466" t="s">
+        <v>4295</v>
+      </c>
+      <c r="E466" t="s">
+        <v>4296</v>
+      </c>
+      <c r="F466" t="s">
+        <v>4297</v>
+      </c>
+      <c r="G466" t="s">
+        <v>4298</v>
+      </c>
+      <c r="H466" t="s">
+        <v>4299</v>
+      </c>
+      <c r="I466" t="s">
+        <v>4300</v>
+      </c>
+      <c r="J466" t="s">
+        <v>24</v>
+      </c>
+      <c r="K466" t="s">
+        <v>25</v>
+      </c>
+      <c r="L466" t="s">
+        <v>26</v>
+      </c>
+      <c r="M466" t="s">
+        <v>27</v>
+      </c>
+      <c r="N466" t="s">
+        <v>28</v>
+      </c>
+      <c r="O466" t="s">
+        <v>4301</v>
+      </c>
+    </row>
+    <row r="467" spans="1:15">
+      <c r="A467">
+        <v>65089</v>
+      </c>
+      <c r="B467" t="s">
+        <v>4302</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4303</v>
+      </c>
+      <c r="D467" t="s">
+        <v>4304</v>
+      </c>
+      <c r="E467" t="s">
+        <v>4305</v>
+      </c>
+      <c r="F467" t="s">
+        <v>4306</v>
+      </c>
+      <c r="G467" t="s">
+        <v>4307</v>
+      </c>
+      <c r="H467" t="s">
+        <v>4308</v>
+      </c>
+      <c r="I467" t="s">
+        <v>4309</v>
+      </c>
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>25</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="M467" t="s">
+        <v>27</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
+        <v>4310</v>
+      </c>
+    </row>
+    <row r="468" spans="1:15">
+      <c r="A468">
+        <v>65090</v>
+      </c>
+      <c r="B468" t="s">
+        <v>4311</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4312</v>
+      </c>
+      <c r="D468" t="s">
+        <v>4313</v>
+      </c>
+      <c r="E468" t="s">
+        <v>4314</v>
+      </c>
+      <c r="F468" t="s">
+        <v>4315</v>
+      </c>
+      <c r="G468" t="s">
+        <v>4316</v>
+      </c>
+      <c r="H468" t="s">
+        <v>4317</v>
+      </c>
+      <c r="I468" t="s">
+        <v>4318</v>
+      </c>
+      <c r="J468" t="s">
+        <v>24</v>
+      </c>
+      <c r="K468" t="s">
+        <v>25</v>
+      </c>
+      <c r="L468" t="s">
+        <v>26</v>
+      </c>
+      <c r="M468" t="s">
+        <v>27</v>
+      </c>
+      <c r="N468" t="s">
+        <v>28</v>
+      </c>
+      <c r="O468" t="s">
+        <v>4319</v>
+      </c>
+    </row>
+    <row r="469" spans="1:15">
+      <c r="A469">
+        <v>65091</v>
+      </c>
+      <c r="B469" t="s">
+        <v>4320</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4321</v>
+      </c>
+      <c r="D469" t="s">
+        <v>4322</v>
+      </c>
+      <c r="E469" t="s">
+        <v>4323</v>
+      </c>
+      <c r="F469" t="s">
+        <v>4324</v>
+      </c>
+      <c r="G469" t="s">
+        <v>4325</v>
+      </c>
+      <c r="H469" t="s">
+        <v>4326</v>
+      </c>
+      <c r="I469" t="s">
+        <v>4327</v>
+      </c>
+      <c r="J469" t="s">
+        <v>24</v>
+      </c>
+      <c r="K469" t="s">
+        <v>25</v>
+      </c>
+      <c r="L469" t="s">
+        <v>26</v>
+      </c>
+      <c r="M469" t="s">
+        <v>27</v>
+      </c>
+      <c r="N469" t="s">
+        <v>28</v>
+      </c>
+      <c r="O469" t="s">
+        <v>4328</v>
+      </c>
+    </row>
+    <row r="470" spans="1:15">
+      <c r="A470">
+        <v>65092</v>
+      </c>
+      <c r="B470" t="s">
+        <v>4329</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4330</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4331</v>
+      </c>
+      <c r="E470" t="s">
+        <v>4332</v>
+      </c>
+      <c r="F470" t="s">
+        <v>4333</v>
+      </c>
+      <c r="G470" t="s">
+        <v>4334</v>
+      </c>
+      <c r="H470" t="s">
+        <v>4335</v>
+      </c>
+      <c r="I470" t="s">
+        <v>4336</v>
+      </c>
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>170</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
+        <v>171</v>
+      </c>
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
+        <v>4337</v>
+      </c>
+    </row>
+    <row r="471" spans="1:15">
+      <c r="A471">
+        <v>65093</v>
+      </c>
+      <c r="B471" t="s">
+        <v>4338</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4339</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4340</v>
+      </c>
+      <c r="E471" t="s">
+        <v>4341</v>
+      </c>
+      <c r="F471" t="s">
+        <v>4342</v>
+      </c>
+      <c r="G471" t="s">
+        <v>4343</v>
+      </c>
+      <c r="H471" t="s">
+        <v>4344</v>
+      </c>
+      <c r="I471" t="s">
+        <v>4345</v>
+      </c>
+      <c r="J471" t="s">
+        <v>24</v>
+      </c>
+      <c r="K471" t="s">
+        <v>170</v>
+      </c>
+      <c r="L471" t="s">
+        <v>26</v>
+      </c>
+      <c r="M471" t="s">
+        <v>171</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
+        <v>4346</v>
+      </c>
+    </row>
+    <row r="472" spans="1:15">
+      <c r="A472">
+        <v>65094</v>
+      </c>
+      <c r="B472" t="s">
+        <v>4347</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4348</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4349</v>
+      </c>
+      <c r="E472" t="s">
+        <v>4350</v>
+      </c>
+      <c r="F472" t="s">
+        <v>4351</v>
+      </c>
+      <c r="G472" t="s">
+        <v>4352</v>
+      </c>
+      <c r="H472" t="s">
+        <v>4353</v>
+      </c>
+      <c r="I472" t="s">
+        <v>4354</v>
+      </c>
+      <c r="J472" t="s">
+        <v>24</v>
+      </c>
+      <c r="K472" t="s">
+        <v>4355</v>
+      </c>
+      <c r="L472" t="s">
+        <v>26</v>
+      </c>
+      <c r="M472" t="s">
+        <v>4356</v>
+      </c>
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
+        <v>4357</v>
+      </c>
+    </row>
+    <row r="473" spans="1:15">
+      <c r="A473">
+        <v>65095</v>
+      </c>
+      <c r="B473" t="s">
+        <v>4358</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4359</v>
+      </c>
+      <c r="D473" t="s">
+        <v>4360</v>
+      </c>
+      <c r="E473" t="s">
+        <v>4361</v>
+      </c>
+      <c r="F473" t="s">
+        <v>4362</v>
+      </c>
+      <c r="G473" t="s">
+        <v>4363</v>
+      </c>
+      <c r="H473" t="s">
+        <v>4364</v>
+      </c>
+      <c r="I473" t="s">
+        <v>4365</v>
+      </c>
+      <c r="J473" t="s">
+        <v>24</v>
+      </c>
+      <c r="K473" t="s">
+        <v>745</v>
+      </c>
+      <c r="L473" t="s">
+        <v>26</v>
+      </c>
+      <c r="M473" t="s">
+        <v>746</v>
+      </c>
+      <c r="N473" t="s">
+        <v>28</v>
+      </c>
+      <c r="O473" t="s">
+        <v>4366</v>
+      </c>
+    </row>
+    <row r="474" spans="1:15">
+      <c r="A474">
+        <v>65096</v>
+      </c>
+      <c r="B474" t="s">
+        <v>4367</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4368</v>
+      </c>
+      <c r="D474" t="s">
+        <v>4369</v>
+      </c>
+      <c r="E474" t="s">
+        <v>4370</v>
+      </c>
+      <c r="F474" t="s">
+        <v>4371</v>
+      </c>
+      <c r="G474" t="s">
+        <v>4372</v>
+      </c>
+      <c r="H474" t="s">
+        <v>4373</v>
+      </c>
+      <c r="I474" t="s">
+        <v>4374</v>
+      </c>
+      <c r="J474" t="s">
+        <v>24</v>
+      </c>
+      <c r="K474" t="s">
+        <v>25</v>
+      </c>
+      <c r="L474" t="s">
+        <v>26</v>
+      </c>
+      <c r="M474" t="s">
+        <v>27</v>
+      </c>
+      <c r="N474" t="s">
+        <v>28</v>
+      </c>
+      <c r="O474" t="s">
+        <v>4375</v>
+      </c>
+    </row>
+    <row r="475" spans="1:15">
+      <c r="A475">
+        <v>65097</v>
+      </c>
+      <c r="B475" t="s">
+        <v>4376</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4377</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4378</v>
+      </c>
+      <c r="E475" t="s">
+        <v>4379</v>
+      </c>
+      <c r="F475" t="s">
+        <v>4380</v>
+      </c>
+      <c r="G475" t="s">
+        <v>4381</v>
+      </c>
+      <c r="H475" t="s">
+        <v>4382</v>
+      </c>
+      <c r="I475" t="s">
+        <v>4383</v>
+      </c>
+      <c r="J475" t="s">
+        <v>24</v>
+      </c>
+      <c r="K475" t="s">
+        <v>170</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>171</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
+        <v>4384</v>
+      </c>
+    </row>
+    <row r="476" spans="1:15">
+      <c r="A476">
+        <v>65098</v>
+      </c>
+      <c r="B476" t="s">
+        <v>4385</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4386</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4387</v>
+      </c>
+      <c r="E476" t="s">
+        <v>4388</v>
+      </c>
+      <c r="F476" t="s">
+        <v>4389</v>
+      </c>
+      <c r="G476" t="s">
+        <v>4390</v>
+      </c>
+      <c r="H476" t="s">
+        <v>4391</v>
+      </c>
+      <c r="I476" t="s">
+        <v>4392</v>
+      </c>
+      <c r="J476" t="s">
+        <v>24</v>
+      </c>
+      <c r="K476" t="s">
+        <v>25</v>
+      </c>
+      <c r="L476" t="s">
+        <v>26</v>
+      </c>
+      <c r="M476" t="s">
+        <v>27</v>
+      </c>
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
+        <v>4393</v>
+      </c>
+    </row>
+    <row r="477" spans="1:15">
+      <c r="A477">
+        <v>65099</v>
+      </c>
+      <c r="B477" t="s">
+        <v>4394</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4395</v>
+      </c>
+      <c r="D477" t="s">
+        <v>4396</v>
+      </c>
+      <c r="E477" t="s">
+        <v>4397</v>
+      </c>
+      <c r="F477" t="s">
+        <v>4398</v>
+      </c>
+      <c r="G477" t="s">
+        <v>4399</v>
+      </c>
+      <c r="H477" t="s">
+        <v>4400</v>
+      </c>
+      <c r="I477" t="s">
+        <v>4401</v>
+      </c>
+      <c r="J477" t="s">
+        <v>24</v>
+      </c>
+      <c r="K477" t="s">
+        <v>170</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>171</v>
+      </c>
+      <c r="N477" t="s">
+        <v>28</v>
+      </c>
+      <c r="O477" t="s">
+        <v>4402</v>
+      </c>
+    </row>
+    <row r="478" spans="1:15">
+      <c r="A478">
+        <v>65100</v>
+      </c>
+      <c r="B478" t="s">
+        <v>4403</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4404</v>
+      </c>
+      <c r="D478" t="s">
+        <v>4405</v>
+      </c>
+      <c r="E478" t="s">
+        <v>4406</v>
+      </c>
+      <c r="F478" t="s">
+        <v>4407</v>
+      </c>
+      <c r="G478" t="s">
+        <v>4408</v>
+      </c>
+      <c r="H478" t="s">
+        <v>4409</v>
+      </c>
+      <c r="I478" t="s">
+        <v>4410</v>
+      </c>
+      <c r="J478" t="s">
+        <v>24</v>
+      </c>
+      <c r="K478" t="s">
+        <v>3783</v>
+      </c>
+      <c r="L478" t="s">
+        <v>26</v>
+      </c>
+      <c r="M478" t="s">
+        <v>3784</v>
+      </c>
+      <c r="N478" t="s">
+        <v>28</v>
+      </c>
+      <c r="O478" t="s">
+        <v>4411</v>
+      </c>
+    </row>
+    <row r="479" spans="1:15">
+      <c r="A479">
+        <v>65101</v>
+      </c>
+      <c r="B479" t="s">
+        <v>4412</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4413</v>
+      </c>
+      <c r="D479" t="s">
+        <v>4414</v>
+      </c>
+      <c r="E479" t="s">
+        <v>4415</v>
+      </c>
+      <c r="F479" t="s">
+        <v>4416</v>
+      </c>
+      <c r="G479" t="s">
+        <v>4417</v>
+      </c>
+      <c r="H479" t="s">
+        <v>4418</v>
+      </c>
+      <c r="I479" t="s">
+        <v>4419</v>
+      </c>
+      <c r="J479" t="s">
+        <v>24</v>
+      </c>
+      <c r="K479" t="s">
+        <v>170</v>
+      </c>
+      <c r="L479" t="s">
+        <v>26</v>
+      </c>
+      <c r="M479" t="s">
+        <v>171</v>
+      </c>
+      <c r="N479" t="s">
+        <v>28</v>
+      </c>
+      <c r="O479" t="s">
+        <v>4420</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15">
+      <c r="A480">
+        <v>65102</v>
+      </c>
+      <c r="B480" t="s">
+        <v>4421</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4422</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4423</v>
+      </c>
+      <c r="E480" t="s">
+        <v>4424</v>
+      </c>
+      <c r="F480" t="s">
+        <v>4425</v>
+      </c>
+      <c r="G480" t="s">
+        <v>4426</v>
+      </c>
+      <c r="H480" t="s">
+        <v>4427</v>
+      </c>
+      <c r="I480" t="s">
+        <v>4428</v>
+      </c>
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>25</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>27</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
+        <v>4429</v>
+      </c>
+    </row>
+    <row r="481" spans="1:15">
+      <c r="A481">
+        <v>65104</v>
+      </c>
+      <c r="B481" t="s">
+        <v>4430</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4431</v>
+      </c>
+      <c r="D481" t="s">
+        <v>4432</v>
+      </c>
+      <c r="E481" t="s">
+        <v>4433</v>
+      </c>
+      <c r="F481" t="s">
+        <v>4434</v>
+      </c>
+      <c r="G481" t="s">
+        <v>4435</v>
+      </c>
+      <c r="H481" t="s">
+        <v>4436</v>
+      </c>
+      <c r="I481" t="s">
+        <v>4437</v>
+      </c>
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>2314</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>2315</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
+        <v>4438</v>
+      </c>
+    </row>
+    <row r="482" spans="1:15">
+      <c r="A482">
+        <v>65105</v>
+      </c>
+      <c r="B482" t="s">
+        <v>4439</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4440</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4441</v>
+      </c>
+      <c r="E482" t="s">
+        <v>4442</v>
+      </c>
+      <c r="F482" t="s">
+        <v>4443</v>
+      </c>
+      <c r="G482" t="s">
+        <v>4444</v>
+      </c>
+      <c r="H482" t="s">
+        <v>4445</v>
+      </c>
+      <c r="I482" t="s">
+        <v>4446</v>
+      </c>
+      <c r="J482" t="s">
+        <v>24</v>
+      </c>
+      <c r="K482" t="s">
+        <v>170</v>
+      </c>
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>171</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
+        <v>4447</v>
+      </c>
+    </row>
+    <row r="483" spans="1:15">
+      <c r="A483">
+        <v>65107</v>
+      </c>
+      <c r="B483" t="s">
+        <v>4448</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4449</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4450</v>
+      </c>
+      <c r="E483" t="s">
+        <v>4451</v>
+      </c>
+      <c r="F483" t="s">
+        <v>4452</v>
+      </c>
+      <c r="G483" t="s">
+        <v>4453</v>
+      </c>
+      <c r="H483" t="s">
+        <v>4454</v>
+      </c>
+      <c r="I483" t="s">
+        <v>4455</v>
+      </c>
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
+        <v>4456</v>
+      </c>
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
+        <v>4457</v>
+      </c>
+    </row>
+    <row r="484" spans="1:15">
+      <c r="A484">
+        <v>65116</v>
+      </c>
+      <c r="B484" t="s">
+        <v>4458</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4459</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4460</v>
+      </c>
+      <c r="E484" t="s">
+        <v>4461</v>
+      </c>
+      <c r="F484" t="s">
+        <v>4462</v>
+      </c>
+      <c r="G484" t="s">
+        <v>4463</v>
+      </c>
+      <c r="H484" t="s">
+        <v>4464</v>
+      </c>
+      <c r="I484" t="s">
+        <v>4465</v>
+      </c>
+      <c r="J484" t="s">
+        <v>24</v>
+      </c>
+      <c r="K484" t="s">
+        <v>170</v>
+      </c>
+      <c r="L484" t="s">
+        <v>26</v>
+      </c>
+      <c r="M484" t="s">
+        <v>171</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
+        <v>4466</v>
+      </c>
+    </row>
+    <row r="485" spans="1:15">
+      <c r="A485">
+        <v>65124</v>
+      </c>
+      <c r="B485" t="s">
+        <v>4467</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4468</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4469</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4470</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4471</v>
+      </c>
+      <c r="G485" t="s">
+        <v>4472</v>
+      </c>
+      <c r="H485" t="s">
+        <v>4473</v>
+      </c>
+      <c r="I485" t="s">
+        <v>4474</v>
+      </c>
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>25</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>27</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
+        <v>4475</v>
+      </c>
+    </row>
+    <row r="486" spans="1:15">
+      <c r="A486">
+        <v>65479</v>
+      </c>
+      <c r="B486" t="s">
+        <v>4476</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4477</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4478</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4479</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4480</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4481</v>
+      </c>
+      <c r="H486" t="s">
+        <v>4482</v>
+      </c>
+      <c r="I486" t="s">
+        <v>4483</v>
+      </c>
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>25</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>27</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
+        <v>4484</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15">
+      <c r="A487">
+        <v>65566</v>
+      </c>
+      <c r="B487" t="s">
+        <v>4485</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4486</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4487</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4488</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4489</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4490</v>
+      </c>
+      <c r="H487" t="s">
+        <v>4491</v>
+      </c>
+      <c r="I487" t="s">
+        <v>4492</v>
+      </c>
+      <c r="J487" t="s">
+        <v>24</v>
+      </c>
+      <c r="K487" t="s">
+        <v>170</v>
+      </c>
+      <c r="L487" t="s">
+        <v>26</v>
+      </c>
+      <c r="M487" t="s">
+        <v>171</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
+        <v>4493</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15">
+      <c r="A488">
+        <v>65613</v>
+      </c>
+      <c r="B488" t="s">
+        <v>4494</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4495</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4496</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4497</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4498</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4499</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4500</v>
+      </c>
+      <c r="I488" t="s">
+        <v>4501</v>
+      </c>
+      <c r="J488" t="s">
+        <v>4502</v>
+      </c>
+      <c r="K488" t="s">
+        <v>1452</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
+        <v>4503</v>
+      </c>
+    </row>
+    <row r="489" spans="1:15">
+      <c r="A489">
+        <v>65869</v>
+      </c>
+      <c r="B489" t="s">
+        <v>4504</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4505</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4506</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4507</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4508</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4509</v>
+      </c>
+      <c r="H489" t="s">
+        <v>4510</v>
+      </c>
+      <c r="I489" t="s">
+        <v>4511</v>
+      </c>
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
+        <v>1352</v>
+      </c>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
+        <v>4512</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15">
+      <c r="A490">
+        <v>66392</v>
+      </c>
+      <c r="B490" t="s">
+        <v>4513</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4514</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4515</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4516</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4517</v>
+      </c>
+      <c r="G490" t="s">
+        <v>4518</v>
+      </c>
+      <c r="H490" t="s">
+        <v>4519</v>
+      </c>
+      <c r="I490" t="s">
+        <v>4520</v>
+      </c>
+      <c r="J490" t="s">
+        <v>24</v>
+      </c>
+      <c r="K490" t="s">
+        <v>25</v>
+      </c>
+      <c r="L490" t="s">
+        <v>26</v>
+      </c>
+      <c r="M490" t="s">
+        <v>27</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
+        <v>4521</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">