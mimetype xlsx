--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4522">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4566">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Oromoo
 # Source: https://hadeethenc.com/om
-# Last update: 2025-09-20 11:39:58 (v1.20.0)
-# Check for updates: https://hadeethenc.com/en/check/om/v1.20.0
+# Last update: 2025-11-12 00:13:02 (v1.22.0)
+# Check for updates: https://hadeethenc.com/en/check/om/v1.22.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -777,54 +777,54 @@
     <t>(Namni tokko yeroo obboleessa isaa jaallate akka isa jaallatu isatti haa himu)</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Miqdaam ibnu ma'adii karib -Rabbiin isa irraa haa jaallatu- Nabiyyii irraa akka odeessetti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkana jedhan: (Namni tokko yeroo obboleessa isaa jaallate akka isa jaallatu isatti haa himu).</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hadiisa kana keessatti tokkoo sababoowwan hariiroo gidduu mu'umintootaa cimsituu fi tan jaalala gidduu isaaniitti facaaftu ibsan, innis namtichi yeroo obboleessa isaa jaallatetti akka isa jaallatu isatti haa himu jechuudha.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Faayidaa duniyaatiif osoo hin taane sadarkaa Jaalalli qulqulluun Rabbii ol ta'eef jechaa qabuudha.
 Jaalallii fi walitti dhufeenyi akka dabaluuf Nama Rabbiif jecha jaallatan akka isa jaallatan Isatti himuun jaallatamaa ta'uudha.
 Mu'umintoota gidduutti jaalala facaasuun obbolummaa iimaanaa jabeessa, akkasumas diigamuu fi adda ba'uu irraa hawaasa tiksa.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[abuu daawudii, tirmiziin odeessan. nsaa'iinis sunana kubraa keessatti odeesse, ahmadis odeesse]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[abuu daawud, tirmizii, nasa'iin kubraa keessatti,ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Nabiyyiin - Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kophee isaanii uffachuu, rifeensa isaanii filachuu, of qulqulleeffachuu fi dhimmoota isaanii hunda keessatti mirga dursuu jaallatu turani</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Aa'ishaa haadha mu'umintootaa irraa akka odeeffametti -Rabbi isii irraa haa jaallatu- ni jette: Nabiyyiin - Rabbiin rahmataa fi nageenya isaan irratti haa buusu- kophee isaanii uffachuu, rifeensa isaanii filachuu, of qulqulleeffachuu fi dhimmoota isaanii hunda keessatti mirga dursuu jaallatu turani.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhimmoota isaanii kabajaaf malu keessatti miragaan eegaluu kan jaallatanuu fi caalchifatanu turani, sana keessaa: kophee isaaniii offachuu keessatti mirgaan eegaluu, akkasumas rifeensaa fi areeda isaanii filachuu fi dibata isaaf dibuu keessattis mirgaan eegaluu, akkasumas wuduu'a isaanii keessattis harkaa fi miila yeroo dhiqatan mirga isaanii bitaa dursuudha.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
@@ -1025,50 +1025,53 @@
   </si>
   <si>
     <t>Abuu Sa’iid Al-Khudrii irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhani: «Irra guddaan jihaadaa jecha haqaa mootii jallaa biratti dubbachuudha».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhugumatti goosoota jihaada karaa Rabbii keessatti godhaman keessaa irra guddaa fi bu'a qabeessi jecha haqaa fi haqa qabeessa ta'e mootii yookaan amiira jallataa ta'e biratti dubbachuu akka ta'e ibsan; sababni isaas inni mallattoo toltuutti ajajuu fi badii irraa dhoorgutti hojjachuu waan ta'eef jecha, jechaanis haa ta'u yookaan barreeffamaanis haa ta'u yookaan hojiinis haa ta'u yookaan waan biraa kan bu'aan ittiin argamee badiin ittiin deebifamuunis yoo ta'es.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Toltuutti ajajuu fi badii irraa dhoorguun jihaada irraa lakkaa'amaadha.
 Bulchaa gorsuun irra guddaa jihaadati, garuu immoo beekumsa, ogummaa fi adda baafachuun ta'uun dirqama.
 Khaxxaabiin akkas jedhe: wonti sun irra caalaa jihaadaa ta'eef; namni diinaan jihaada wolitti ba'e nan injifadha moo hin injifadhu jedhee kajeellaa fi sodaa gidduu ta'a, worri aangoo harka isaaniitti injifatamta, namtichii isa fuulduratti haqa dubbatee toltuuttii isa yoo ajaje dhugaan badiif of saaxileera, lubbuu isaa badiif kenneera, kanaaf sun irra caalaa gosoota jihaada ta'e waan sodaan injifatuuf jecha, akkasumas wonti inni irra caalaa jihaadaa ta'eef; mootichi jecha isaa kan fudhatu yoo ta'e faaydaan isaa nama hedduu wol ga'ee sanaan bu'aan argamuu waan maluufi jedhameera.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[حسن لغيره]</t>
   </si>
   <si>
     <t>[abuu daawud, tirmizii, ibnumaajah fii ahmad odeessan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Dhugumatti, duniyaan tun mi’ooftuu magariisa, Rabbiin isii keessatti warra isin duratti dabran irraa bakka isin buuse, akkamitti akka hojjattan ilaala, Kanaafuu duniyaa eeggadhaa dubartootas eegadhaa</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Abuu Sa’iid Al-Khudrii irraa  odeeffamee -Rabbiin isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: Dhugumatti, duniyaan tun mi’ooftuu magariisa, Rabbiin isii keessatti warra isin duratti dabran irraa bakka isin buuse, akkamitti akka hojjattan ilaala, Kanaafuu duniyaa eeggadhaa dubartootas eegadhaa, jalqabni qorumsa ilmaan israa'eel dubartoota keessatti argame".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
@@ -3190,51 +3193,51 @@
     <t>Hojiileen akkaataa jaalala Rabbiin isaaniif qabuun wal caaluudha.
 Hojiilee irraa irra caalaa eegasii irra caalaa hojii hojjachuu irratti akka bololuuf Muslima kakaasuudha.
 Irra caalaa hojiilee irraa deebiileen Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka wal dhabbii namoota gaafataniitii fi haalowwan isaanitiin wal dhabuudha, akkasumas kan tokko tokkoo isaanitiif hedduu faaydaa qabeessa taheen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Munaafiqoota irratti salaanni akkaan ulfaataa ta’e, salaata Ishaa'ii fi fajrii yoo ta’u, osoo waan isaan lamaan keessa jiru beekanii osoo shorrooqiinsalleen taatee isaan lamaan ni dhufu ture</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii nagaa fi rahmatni irra haa jiraatuu akkana jedhan: "Munaafiqoota irratti salaanni akkaan ulfaataa ta’e, salaata Ishaa'ii fi fajrii yoo ta’u, osoo waan isaan lamaan keessa jiru beekanii osoo shorrooqiinsalleen taatee isaan lamaan ni dhufu ture, salaanni akka dhaabbattuuf ajaja dabrsee, eegasii nama namoota salaachisu ajaja itti kennee, sana booda dhiirota isaanin waliin tuulaan qoraanii jiru waliin deemee namoota salaata jamaa'aa hin dhufne irratti manneen isaanii dhugumatti ibiddaan gubuu yaadeera".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nageenyi fi rahmanni isaan irra haa jiraatu- waa’ee munaafiqootaa fi laafina isaan salaata irratti, keessattuu salaata lamaan Ishaa'ii fi Fajrii irratti qabanii fi mindaa jama'aa muslimootaa wajjiin isaan lamaan raawwachuu keessa jiru osoo beekanii, silaa harkaa fi jilbaan akka daa'imaatti shorroqanii isaan lamaan akka dhufan himan.
-Salaata jama'aa  ykn waloo masjiidatti  salaatuu dhabuun balaa hamaa akka tahe ibsuudha. Nabiyyiin -nagaa fi rahmanni isaan irra haa jiraatu- salaanni akka gaggeeffamu ajajanii, nama bakka isaanii bu'ee ummataan salaatu muudanii, eegasii dhiirota muka qoraanii baatan waliin deemanii dhiirota salaata jamaa'aa hin dhufne irratti maneen isaanii ibiddaan gubuu irratti dhugumatti murataniiru; hammeenya badii isaan raawwatan irraa kan ka'een, -garuu isaan akkas hin goone- sababni isaas dubartootaa fi ijoolleen cubbuu hin qabne, akkasumas namoonni biroo kan uzrii (rakkoo) qabanii fi badii tokkollee hin qabne manneen keessa waan jiraniif jecha.</t>
+Nabiyyiin -nagaa fi rahmanni isaan irra haa jiraatu- salaanni akka gaggeeffamu ajajanii, nama bakka isaanii bu'ee ummataan salaatu muudanii, eegasii dhiirota muka qoraanii baatan waliin deemanii dhiirota salaata jamaa'aa hin dhufne irratti maneen isaanii ibiddaan gubuu irratti dhugumatti murataniiru; hammeenya badii isaan raawwatan irraa kan ka'een, -garuu isaan akkas hin goone- sababni isaas dubartootaa fi ijoolleen cubbuu hin qabne, akkasumas namoonni biroo kan uzrii (rakkoo) qabanii fi badii tokkollee hin qabne manneen keessa waan jiraniif jecha.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Salaata jama'aa  ykn waloo masjiidatti  salaatuu dhabuun balaa hamaa akka tahe ibsuudha.
 Munaafiqonni ibaadaa isaanii keessatti nama agarsiifachuu fi dhageessifachuu malee yaada biraa waan hin qabneef, yeroo namoonni isaan argan malee gara salaataa hin dhufan.
 Salaata Ishaa fi Fajrii jama’aa waliin salaatuun mindaa guddaa akka qabuu fi osoo shorroqiinsalleen ta'ee isaan lamaan dhufuun barbaachisaa akka ta'eedha.
 Salaata Ishaa fi Fajrii salaatuun munaafiqummaa irraa nagaa ta'uu agarsiisa, isaan lamaan irraa hafuun ammoo mallattoolee munaafiqootaa keessaa isa tokko.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3366</t>
   </si>
   <si>
     <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>kun dhagaa erga woggaa torbaatamaatii ibiddatti darbame, inni hanga ammaatti ibidda keessatti gadi knkolaataa  ture hanga guyyaa hardhaa dhuma ibiddaa qaqqabetti</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
@@ -4380,50 +4383,53 @@
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- harka Mu'aaz -Rabbiin irraa haa jaallatu- qabanii akkas jedhaniin: Yaa Mu'aaz Rabbitti kakadhee ani si jaalladha, ani siifin Dhaama yaa Mu'aaz xumura salaata hundatti akkas jechuu hin dhiisin: (Yaa Rabbi si yaadachuu irratti na gargaari) jechaa fi gocha gara kheyritti nama dhiheessu hunda keessatti. (Si galateeffachuu irratti) qananiin argamee balaan deebi'uudhaan. (Akka gaariittis Si gabbaruu irratti) Rabbiif dalagaa qulqulleessuu fi Nabiyyii -nagaa fi rahmanni irra haa jiraatu- hordofuun.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Nama tokko akka Rabbiif jecha isa jaalatan itti himuun karaa ta'uudha.
 Salaata dirqamaa fi sunnaa hunda boodatti du'aa'ii kana gochuun jaalatamaa tahuudha.
 Jechoota muraasa kanaan du'aa'ii godhachuu keessatti addunyaa fi aakhiratti waan barbaadan argachuun akka danda'amuudha.
 Faayidaa Rabbiif jecha nama jaalachuun qabu keessaa dhugaa walii dhaamuu, gaarii waliif yaaduu fi karaa haqaa fi sodaa Rabbii irratti wal gargaaruudha.
 Xiibiin akkana jedhe: Rabbiin zakkaruun jalqaba gammachuuti, Isa galateeffachuun immoo mala qananii argachuuti, Ibaadaa gaariin immoo isarraa barbaadamaan waan Rabbii ol ta'e irraa nama dagu irraa bilisa ta'uudha.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/om/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Rabbii keessan sodaadhaa, salaata keessan shanan salaataa, ji’a (Ramadaanaa) keessan soomaa, qabeenya keessan irraa zakaa kennadhaa, warra itti gaafatamummaa qaban tole jedhaa, Jannata Rabbii keessanii ni seentanii</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Abuu Umaamaa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaa Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- Hajjii dhaammannaa keessatti isaanii akkana jedhanii khuxbaa godhanin dhagahe: "Rabbii keessan sodaadhaa, salaata keessan shanan salaataa, ji’a (Ramadaanaa) keessan soomaa, qabeenya keessan irraa zakaa kennadhaa, warra itti gaafatamummaa qaban tole jedhaa, Jannata Rabbii keessanii ni seentanii".</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- guyyaa Arafaa, Hajjii dhaammannaa, Hijraa irraa waggaa kurnaffaa keessatti khuxbaa godhani, sababni (Hajjii dhaamannaa) jedhamteef Nabiyyiin -nagaa rahmanni isaan irratti haa jiraatu- namoota yeroo sana achi jiraniitti waan dhaammataniif jecha, Namootni hundi ajajoota Isaa fudhachuu fi dhoorgaalee Isaa irraa fagaachuun akka Rabbii isaanii sodaatan isaan ajajani. Akkasumas salaata shanan Rabbiin ol ta'e halkanii fi guyyaa keessatti dirqama taasise salaatuutti isaan ajajani. Ji'a Ramadaanaas soomuutti isaan ajajani. Akkasumas zakaa qabeenya isaanii osoo isiidhaan hin don'oomne warra isii haqa godhataniif  kennutti isaan ajajani. Akkasumas waan badiin keessa hin jerre keessatti warra Rabbiin isaan irratti bulchitoota isaan taasise tole jechuutti isaan ajajani, Namni wantoota dubbataman kanneen hojjate mindaan isaa Jannata seenuudha ta’a.</t>
@@ -4663,52 +4669,52 @@
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Hojiilee keessan keessaa irra caalaa isiniif himuu, akkasumas Rabbii keessaniin biratti irra qulqulluu ishee, sadarkaa keessan ol kaasuu keessatti irra ol aantuu ishee</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Abuu Dardaa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Hojiilee keessan keessaa irra caalaa isiniif himuu, akkasumas Rabbii keessaniin biratti irra qulqulluu ishee, sadarkaa keessan ol kaasuu keessatti irra ol aantuu ishee, warqee fi meetii kennachuu irra caaltuu kan taate fi diina keessan qunnamtanii morma isaanii rukutuu fi isaanis morma keessan rukutuu irra caaltuu kan taate isiniif himuu?» ni jedhan: Eeyyee. Isaanis ni jedhan: «Rabbii ol ta'e zakkaruudha».</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sahaabaa isaanii akkana jedhanii gaafatan: 
-Irra caalaa hojiilee keessanii fi Rabbii guddaan biratti irra kabajamtuu, irra caaltuu fi irra qulqulluu ishee isiniif himuu fi isin barsiisuu ni barbaadduu? 
+    <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- sahaabaa isaanii akkana jedhanii gaafatan:
+Irra caalaa hojiilee keessanii fi Rabbii guddaan biratti irra kabajamtuu, irra caaltuu fi irra qulqulluu ishee isiniif himuu fi isin barsiisuu ni barbaadduu?
 Sadarkaa keessan Jannata keessatti irra ol kaastu?
 Warqee fi meetii sadaqachuu irra  isiniif caaltu?
 Lolaaf Kaafiroota diina keessan wajjiin wal qunnamtanii, isin morma isaanii rukuttanii, isaanis morma keessan rukutuu irra caaltuu kan taate?
 Sahaabonni: Eeyyee, nuti akkas barbaanna jedhan.
 Isaanis -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: yeroo fi haala hunda keessatti Rabbii ol ta'e zakkaruudha.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Gubbaa fi keessanis itti fufiinsaan Rabbii ol ta'e zakkaruun irra guddaa wantoota Rabbittiin dhihaatanii fi Rabbiin biratti irra bu'a qabeessa ta'uudha.
 Hojiileen hundi kan karaa godhamte Rabbii ol ta'e zakkaruuf jecha, Rabbiin ol ta'e akkana jedhe: (Ana zakkaruuf jecha salaata dhaabi). Isaanis, nagaa fi rahmanni irra haa jiraatuu, akkana jedhan: "Beytiifii Safaa Marwaa jidduu naanna’uu fi dhagaa darbachuun Rabbii ol ta'e zakkaruuf jecha taasifame". Abuu Daawuudii fi Tirmiizitu gabaase.
 Al-Izzu bin Abdussalaam Qawaa'ida isaa keessatti akkana jedhe: Hadiisni kun Mindaan ibaadaalee hunda keessatti hamma dadhabbiitin akka hin taane wantoota agarsiisan keessaa isa tokkoodha, inumaayyuu Rabbiin ol ta'e dalagaa gurguddoo irratti mindaa kennu caalaa dalagaa xixiqqoo irratti mindaa guddaa yeroo tokko tokko ni kenna. Mindaan akka garaagarummaa sadarkaatin ta'a.
 Al-Manaawiin Feyd al-Qadiir keessatti akkana jedhe: Hadiisni kun warra yeroo san ilaallatu ilaalchisee zikriin akka isaanif irra caalaa ta'e agarsiisa, nama jabaa goota lola keessatti islaamummaa fayyaduun isaan argamu ilaalchisee osoo dubbatamee Silaa irra caalaan dalagaa jihaada jedhamaani ture, ykn dureessa qabeenya isaatin namni hiyeessi fayyadamu osoo ta'ee silaa irra caalan dalagaa sadaqaadha jedhamaani ture, akkasumas nama Hajjii gochuu irratti dandeettii qabu osoo ta'ee silaa irra caalaan dalagaa Hajjii gochuudha jedhamaani ture, ykn nama haadha fi abbaa qabu osoo ta'ee irra caalaan dalagaa isaanitti tola ooluudha jedhamaani ture, kanaani jidduu Hadiisowwanii wal simachuun argama.
 Irra guutuun zikrii waan arrabni xiinxala qalbiitin dubbateedha. eegasii waan qalbii qofaan ta'e, sun waan akka xiinxaluuti, eegasii waan arraba qofaan ta'e. Yoo Rabbiin ol ta'e fedhe hunduma keessa mindaan jira.
 Muslimni zikriiwwan haala yeroo waliin walqabatan, kan akka zikrii ganamaa fi galgalaa, masjiida fi mana seenuu, mana fincaanii seenuu fi irraa bahuu fi kan biroo irratti tikfachuun namoota hedduu Rabbiin zakkaran irraa isa taasisa.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
@@ -5189,51 +5195,51 @@
     <t>https://hadeethenc.com/om/browse/hadith/3719</t>
   </si>
   <si>
     <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>Sheyxaanni osoo inni rafu booda mataa isaa irratti hidhata sadii hidha. Halkan dheera qabdaa rafi jechuun hidhaa hunda irratti rukuta</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: «Sheyxaanni osoo inni rafu booda mataa isaa irratti hidhata sadii hidha. Halkan dheera qabdaa rafi jechuun hidhaa hunda irratti rukuta. Yoo inni dammaqee Rabbiin zakkare hidhaan tokko ni hiikama. Yoo wuduu’a raawwate hidhaan biraa ni hiikama. Yoo salaate hidhaan tokko ni hiikama, nama gaarii mirqaana qabu ta'ee isaaf bari'a, akkas ta’uu baannaan nama hamaa dadhabaa ta'ee isaaf bari'a».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- haala sheyxaanaa fi qabsoo inni nama salaata halkaniitif ykn subhiif ka'uu barbaadu waliin godhu himan.
 Mu’uminni tokko yeroo rafuuf deeme Sheyxaanni mataa isaa irratti hidhata sadii ni hidha-jechuunis: booddee mataa isaa irratti jechuudha-.
 Yeroo mu'uminni dammaqee Rabbii ol ta'e zakkaree waswaasa shexaanatiif owwaachuu dhabe; Hidhaan tokko ni hiikama.
-Yoo wuduu’a raawwate hidhaan inni biraa ni hiikama. 
+Yoo wuduu’a raawwate hidhaan inni biraa ni hiikama.
 yoo ka'ee salaate hidhaan sadaffaa irraa hiikamee, nama gaarii mirqaana qabu ta'ee isaaf bari'a; sababni isaas Rabbiin kheyrif isa waffaquu fi mindaa fi araarama irraa waan Rabbiin isaaf waadaa galetti gammaduu isaatif jecha, kunis hidhaalee sheyxaanaa fi duubatti hanbisiinsa isaa irraa waan isa irraa deemeen waliini. Akkas ta’uu baannaan nama hamaa yaadda'aa qalbii, hojiilee kheyrii irraa ceem'aa ta'ee isaaf bari'a; Sababni isaas hidhaa sheyxaanaatin hidhamaa fi Rabbitti dhihaachuu irraa fageeffamaa waan ta'eef jecha.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Sheyxaanni yeroo hundaa Rabbii ol ta'eef akka hin ajajamne dhoorguuf daandii ilma namaa keessa yeroo hunda deema, Gargaarsa Rabbii guddaa irraa barbaadaa, sababoowwan isa irraa itti tikfaman qabachuun malee gabrichaaf karaan Sheyxaana jalaa ittiin bahu hin jiru.
 Rabbii ol ta'e zakkaruu fi Isa gabbaruun mirqaana fi bal'ina qomaa namaaf fida, akkasumas dadhabbii fi ceem'aa ari’a, dhiphinaa fi jibbaa ni dhabamsiisa; sababni isaas waan inni sheyxaana ari'uuf jecha, wantoonni kunneen immoo waswaasa sheyxaanaa irraayi.
 Mu'uminni Rabbiin ol ta'e ibaadaa isaatif isa waffaquutti  gammadee, sadarkaalee guddinaa fi guutumminaa keessatti dadhabuu isaatif ni dhiphata.
 Rabbiif ajajamuu irraa ceem'uun hojii fi bareechuu sheyxaanaa irraayi.
 Wantoonni sadan kunneen -Rabbiin zakkaruu, wuduu’a gochuu fi salaatni- Sheyxaana akka ari'aniidha.
 Hidhaan kun sheyxaana irraa kan ta'u addatti booddee mataa irrattiidha; sababni isaas bakki kun giddu gala ciminaa fi dirree gochaa waan ta'eef jecha. Yeroo bakka tanatti hidhe lubbuu nama tokkoo to'achuu fi raffisuun isaaf tola.
 Ibnu Hajar al-asqalaaniin akkana jedhe: Jecha isaa keessatti Halkan dubbatuun: "Halkan dheera qabda” wanni isa irraa namaaf mul'atu sun hirriiba halkanii qofa keessatti kan argamu ta'uudha.
 Ibnu Hajar al-Asqalaaniin akkana jedhe: Zikrii kana malee kan biroo bakka isaa hin bu'u wanni jidhu hin jiru, kanaaf wanti zikrii Rabbiitiin mirkanaa’e hundi kana jala seenuu danda'a. Qiraatiin Qur’aanaa, Hadiisaa dubbisuu fi ilmii shari'aa barachuun isa keessa ni gala, irra caalaan waan asitti dubbatamuu jecha Nabiyyiiti -nagaa fi rahmanni irra haa jiraatu-: Namni halkan dammaqee akkana jedhe: (Rabbii tokkicha hiriyaa hin qabne malee wanni biraa kan haqaan gabbaramu hin jiru, mootummaa fi faaruun isa qofaafi, inni waan hunda irratti danda'aadha, faaruun kan Rabbii qofa, Rabbiin qulqullaa'e, Rabbiin malee haqaan gabbaramaan hin jiru, Rabbiin waan hunda irra guddaadha, Rabbiin malee humnis mallis hin jiru. Ergasii akkana kan jedhe: Yaa Rabbi naaf araarami, yookaan Rabbiin kadhate kadhannaan isaa ni owwaatama, yoo wuduu’a godhate salaanni isaa ni qeebalama) Bukhaaritu gabaase.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/3731</t>
   </si>
@@ -5711,50 +5717,53 @@
   <si>
     <t>Kun lameen dhiira ummata kootii irratti haraama, dubartoota isaaniitiif immoo halaala</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>Aliyyi ibnu Abii Xaalib irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- bitaa isaaniitiin hariira qabatanii, mirga isaanitiin immoo worqii qabatanii, eegasii hariiraa fi worqiin harka isaanii lameen ol qabuun, akkas jedhani: «Kun lameen dhiira ummata kootii irratti haraama, dubartoota isaaniitiif immoo halaala».</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- uffata hariiraa yookaan citaa hariira irraa ta'e harka isaanii bitaatiin qabatanii, worqii faayaa yookaan kan sana fakkaatu irraa ta'e immoo harka isaanii mirgaatiin qabatanii eegasii akkas jedhani: hariirra fi worqii uffachuun dhiira irratti haraama, dubartootaaf immoo halaala.</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>Aalimni Islaamaa Assindiin akkas jedhe: (haraama): kan itti fedhame uffannaan itti fayyadamuudha; jijjiirraaf, kennaaf, bittaaf immoo hundaafuu halaala, worqii meeshaa isa irraa taasifatanii itti fayyadamuun immoo hundaafuu haraama.
 faayatti haajamuu fi waan birootiif jecha shari'aan islaamaa dubartiitti bal'isuu isaa.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4292</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Hanga ani isin dhiisetti na dhiisaa, warra isin dura darban wanti balleesse, gaaffii isaanii fi Anbiyoota isaanii irratti wal dhabuu isaaniti</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffame, Rabbiin irraa haa jaallatu, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkas jedhan: «Hanga ani isin dhiisetti na dhiisaa, warra isin dura darban wanti balleesse, gaaffii isaanii fi Anbiyoota isaanii irratti wal dhabuu isaaniti, Kanaaf yeroon ani waan tokko irraa isin dhoorge irraa fagaadhaa, yeroon ani waan tokkotti isin ajaje waan irraa dandeessan hojjedhaa».</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
@@ -6717,50 +6726,53 @@
   <si>
     <t>Abuu Al-Hawraa Al-Sa'adii irraa akka odeeffametti akkana jedhe: akkana jedhe: Al-Hasan bin Aliyyiitin -Rabbiin isaan lamaan irraa haa jaallatu- akkanan jedheen: Ergamaa Rabbii irraa -nagaa fi rahmanni irra haa jiraatu- maal haffazte/sammutti qabatte? innis ni jedhe:  Ergamaa Rabbii irraa -nagaa fi rahmanni irra haa jiraatu- kanan haffaze: «Wanta shakkitu dhiisii, gara waan hin shakkinee deemi, dhugumatti dhugaan tasgabbii dha, sobni immoo shakkii dha».</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- jechoota fi gochoota irraa waan dhoorgama moo mitii, haraama moo ykn halaalii keessatti shakkitu dhisanii gara waan shakkii hin qabne kan gaarummaa fi halaalummaan isaa mirkanaa'ee dabutti ajajaniiru, sababni isaas qalbiin isatti waan ni tasgabbaa'uf jecha, waan shakkiin isa keessa jiru immoo qalbiin irraa dhiphatee jeeqama.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Muslimni waan shakkii qabu dhiisee dhimmoota isaa waan mirkanaa’ina qabu irratti hundaa’ee hojechuun barbaachisaa akka ta'eedha, akkasumas amantii isaa irratti hubannoo cimaa qabaachuu akka qabuudha.
 Waan halaalaa fi haraama ta'uu shakkan keessatti kufuu irraa dhoorguudha.
 Yoo tasgabbii fi haragalfannaa barbaadde, shakkamaa dhiisii ​​cinatti darbi.
 Rabbiin gabroota isaatif akka rahmata godheedha, waan tasgabbii sammuu fi lubbuu isaanitiif fidu akka hojjetan isaan ajajee, waan yaaddoo fi burjaajii isaan irratti fidu irraa isaan yeroo dhoorge keessatti.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/om/browse/hadith/4564</t>
   </si>
   <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>“salaatni namichaa kan jama’aan waliin salaatu, salaata isaa kan mana isaa keessatti salaatuu fi kan suuqii isaa keessatti salaatu irra sadarkaa digdamii wahiin caala</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- Ergamaan Rabbii -nagaa fi rahamnni isaan irratti haa jiraatu- akkana jedhan: “salaatni namichaa kan jama’aan waliin salaatu, salaata isaa kan mana isaa keessatti salaatuu fi kan suuqii isaa keessatti salaatu irra sadarkaa digdamii wahiin caala, sababni isaas namni tokko akka gaaritti yeroo wuduu’a godhatee, eegasii  salaata malee waan hojjatu tokko kan hin qabne gara masjiidaa dhufee, salaata qofa malee waan biraa kan hin feene, inni hanga masjiida seenutti tarkaanfii tokko hin tarkaanfatu, yoo sadarkaan isaa dabalee, diliin isaa irraa haqame malee, Yeroo masjiida seene waan salaatni waan biraa irraa kan isa daangessu ta'een inni salaatuma keessa jira, Malaa'ikoonnis hanga inni eddoo itti salaate sana keessa jiruun akkana jechuu araarama isaaf kadhatan: Yaa Rabbi isaaf rahmata godhi, yaa Rabbi isaaf araarami, yaa Rabbi towbaa isa irratti deebi'i, waan inni  miidhaa hin geessisiniin, ammas waan inni wuduu'a isaa hin balleessiniin”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- namni muslimaa tokko jama'aa keessatti yoo salaate, salaanni isaa sun salaata inni mana isaa yookaan suuqii isaa keessatti salaatu irra sadarkaa digdamii wahiin akka caalu himan. Eegasii sababaa sanaa ibsan: innis namni tokko guutee tolchee yeroo wuduu’a godhatee, eegasii salaata malee wanni biraa kan manaa isaa irraa isa baafne haala ta'een gara masjiidaa bahee, inni tarkaanfii tokko hin tarkaanfatu, yoo sadarkaan isaa dabalamee, diliin isaa isa irraa haqame malee, Yeroo masjiida seenee salaata kan eeggatu haala ta'een taa'ee, inni waan salaata kan eeggatu ta'een mindaa salaataati argata, malaa'ikonnis hanga inni eddoo saalaataa sana keessa jiru akkana jechuun Rabbi isaaf kadhatan: “Yaa Rabbi isaaf araarami, yaa Rabbi rahmata isaaf godhi, yaa Rabbi towabaa isa irratti deebi'i, inni wuduu'a isaa waan hin balleessiniin, yookaan namoota yookaan malaa'ikoota waan miidhu waan hin hojjatiniin.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
@@ -7070,50 +7082,53 @@
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>Ibnu Abbaas irraa akka odeffametti -Rabbi isaan lameenuu irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namoonni himannaa isaaniitiin osoo kennameefii silaa namoonni (lafaa ka'anii) qabeenyaa fi dhiiga nama biroo irratti himannaa banu ture. garuu ragaa dhiheessuun nama himata bane irratti ta'e, kakaan immoo nama morme irratti ta'e».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namoonni ragaa fi akeektuu tokko malee himannuma isaanii qofaan osoo isaaniif kennamee silaa namoonni qabeenyaa fi dhiiga wolii irratti keenya jedhanii himata akka bananu himani, garuu nama himannaa bane irratti waan gaafatu irratti ragaa dhiheeffachuun dirqama, yoo ragaa hin qabaanne immoo himanni nama himanni irratti banameef dhiheeffama, yoo kan isa mormu ta'e kakaatu isa irra jira isaan qulqullaa'as.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Aalimni guddaan ibnu daqiiq al-iid jedhamu akkas jedhe: Hadiisni kun bu'uura bu'uurowwan murtooti, yeroo wol dhabbii fi wol falmiitti wobii guddaadha.
 Shari'aan qabeenyaa fi dhiiga namaatiin taphatamuu irraa eeguuf dhufe.
 Abbaan murtii waan ofii beekuun murtessa osoo hin taane ragaa irratti hundaa'uuni.
 Hndi nama himata ragaa hin qabne himatee himanni isaa kufaadha, haqaa fi wolitti dhufeenya irrattis ta'ee yookaan dhimma iimaanaatii fi beekumsaa irrattis yoo ta'es.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4722</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>“Amantii keenya kana keessatti waan isa keessa hin jirre namni argamsiise inni isuma irratti deebifamaadha</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Aa'ishaa irraa odeeffamee -Rabbiin ishee irraa haa jaallatu- ni jette: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-  akkas jedhan: “Amantii keenya kana keessatti waan isa keessa hin jirre namni argamsiise inni isuma irratti deebifamaadha" Bukhaari fi Muslimtu gabaasan. Akka Muslim gabaasetti: “Namni hojii amantii keenya keessa hin jirre hojjate inni isuma irratti deebifamaadha".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-  namni amantii kana keessatti waa kalaqe ykn waan Qur’aanaa fi Hadiisa irraa ragaa hin qabne hojjate inni abbuma hojjate san irratti akka deebifamuu fi Rabbiin biratti fudhatama akka hin qabne ibsan.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
@@ -8734,50 +8749,53 @@
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- bakka maqaan, ykn kuniyaan, ykn sifti isaanii dubbatamuun dhaga'ametti salawaata irratti buusuu dhabuu irraa akeekkachiisanii, akkana jedhan: Don'i hamaan nama ani isa biratti dubbatamee salawaata na irratti hin buusini; sun wantoota baay'efi.
 Tokkoffaa: Inni waan sababa isaatiin waan xiqqoos ta'ee baay’ee hin dhabnee fi qarshii fi carraaqqii wahiituu irraa hin barbaannen don'oomuudha.
 Lammaffaa: Inni lubbuu ofitti don'oomee mindaa silaa salawaata Nabiyyii irratti -nagaa fi rahmatni irratti haa jiraatu- buusuun argatu of dhoorge; Sababni isaas inni salawaata isaan irratti buusuu irraa diduun don'oomee, dirqama silaa ajaja fudhatee raawwatee mindaa itti argatu raawwachuu waan dideef jecha.
 Sadaffaa: Isaan irratti salawaata buusuun haqa Nabiyyii -nagaa fi rahmanni irra haa jiraatu- tokko tokko guutuu of keessaa qaba, Inni (Nabiyyiin sallallaahu aleyhi wasallam) isa nu barsiise, isa nu qajeelche, isa gara Rabbii ol ta'etti nu waame, isa wahyii fi seera shari'aa Islaamaa kanaan nuuf dhufe, kanaaf isaan -Eega Rabbii ol ta'eetii- sababaa qajeeluu keenyaati, Namni isaan irratti salawaata hin buufne dhugumatti lubbuu ofitti don'oome, akkasumas haqoota isaanii keessaa haqa gadi aanaa diduun dhugumatti Nabiyyii irrattis -nagaa fi rahmanni irra haa jiraatu- don'oomeera.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Nabiyyii irratti -nagaa fi rahmanni irra haa jiraatu- salawaata buusuu diduun mataa don'ummaati.
 Nabiyyii irratti -nagaa fi ramanni irra haa jiraatu- salawaata buusuun yeroo hundumaa irra caalaa hojii gaggaari fi Rabbiif ajajamuu irraayi, yeroo maqaan isaanii dhahamu daran jabaata.
 Al-Nawawiin akkana jedhe: Namichi yeroo Nabiyyii irratti -nagaa fi rahmanni irra haa jiraatu- salawaata buusu, salaataa fi salaama walitti qabuudha qaba, tokko qofa irratti of hin daangessu; kanaaf akkana qofa hin jedhu: (Rabbiin rahmata irratti haa buusu), akkasumas akkana qofaas hin jedhu: (nageenyi isaan irratti haa jiraatu).
 Abuu Al-Aaliyaan jecha isaa kan akkana jedhu keessatti: (Dhugumatti Rabbii fi Malaaykonni Isaa Nabiyyii irratti rahmata ni buusu) akkana jedhe:  Rabbiin rahmata buusuun Nabiyyii faarsu dha: salawaata buusuun malaa'ikootaa fi ilama namaa ammoo  du'aa'ii gochuu dha.
 Al-Haliimiin akkana jedhe: Hiikni «Yaa Rabbi Muhammad irratti rahmata buusi» jedhuu: Yaa Rabbi yaadannoo isaa ol kaasuun, amantii isaa ifa gochuun, seera isaa dachii kana irratti hanbisuun addunyaa kana irratti isa guddisi, Aakhiratti ammoo ummata isaaf jaarsummaa dhaabbachuun, mindaa isaa baay’isuun, sadarkaa isaa warra duraa fi boodaaf eddoo faarfamaa ta'etti mul'isuun, warra ragaa ta'an kan Rabbitti dhiheenya qaban hundumaa irra isa dursuun isa guddisi.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5403</t>
   </si>
   <si>
     <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Namni nyaata nyaatee ka'ee: Al-hamdulillaahillazii ax'amanii haaza wo razaqaniihi min gayri hwlin minnii wolaa quwwah, jedhe badiin isaa inni dabarse isaaf dhiifameera» jechuunis: faruun kan Rabbii malaa fi humna kootiin maletti kana na nyaachisee na razzaqeeti, jechuudha</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Sahal ibnu Mu'aaz ibnu anas akka abbaa isaa irraa odeessetti ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni nyaata nyaatee ka'ee: Al-hamdulillaahillazii ax'amanii haaza wo razaqaniihi min gayri hwlin minnii wolaa quwwah, jedhe badiin isaa inni dabarse isaaf dhiifameera» jechuunis: faruun kan Rabbii malaa fi humna kootiin maletti kana na nyaachisee na razzaqeeti, jechuudha.</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni nyaata nyaate akka Rabbiin faarfatutti kakaasani, nyaata fidachuufis ta'ee isa nyaachuufis gargaarsa Rabbii ol ta'eetiin yoo ta'e malee anaaf humni hin jiru jedhee. Eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama sana jedhe dhiifama Rabbiin badii isaa xixiqqoo darbeef isaaf godhuun gammachiisani.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
@@ -9363,50 +9381,53 @@
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Aa'ishaa, Rabbiin ishee irraa haa jaallatu, kadhannaa waliigalaa afur barsiisan:
 Inni jalqabaa: waan gaarii hundaaf du'aa'ii waliigalaati: (Yaa Rabbi waan gaarii hunda si kadhadha) (ariifataa isaa) kan yeroo dhiyotti ta'uu fi (boodatti harkifataa isaa) kan yeroo fagootti dhufu si kadhadha, (waan isa baradhe) kan ati na barsiifte fi (waan ani hin beekin) waan beekumsa kee keessa jiru irraa, Ati qulqulloofte. Isa keessatti Raabbii isa Hundumaa beeku, isa gara laafessa ta'etti dhimma ofi hirkifachuutu jira.
 Du'aa'iin lammaffaa: Inni Muslima kadhannaa keessatti daangaa darabuu irraa eeguudha, (Yaa Rabbi si kakadha) si gaafadha, (Waan gabrichi kee fi Nabiyiin kee si gaafate) nagaa fi rahmanni irra haa jiraatuu,(sitti maganfadha) sitti dheessa kooluu gala, (Badii gabrichi kee fi Nabiyyiin kee irraa sitti maganfate irraa) nagaa fi rahmanni irra haa jiraatu, kun du'aa'ii fi gaaffii Rabbiin waan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- isa kadhatan irraa akka kadhataaf kennuuf ta'eedha, osoo waan isaan -nagaa fi rahmanni irra haa jiraatu- kadhatan hin lakkaa'in.
 Du'aa'iin sadaffaa: Jannata seenuu fi ibidda irraa fagaachuu gaafachuu yoo ta'u, inni fedhii Muslima hundaa fi galma hojii isaati: (Yaa Rabbi jannata si kadhadha) ittiin milkaa'uu fi (jecha ykn gocha irraa ta'ee waan itti dhiheessu) kan jaalachiisu kamiyyuu si kadhadha, (ibidda irraa sitti maganfadha) rahmata keetiin yoo tahe malee akka hojii fokkisaa fi badaa keennaatin nagaa irraa bahuun hin jiru, (akkasumas jecha ykn gocha irraa ta'ee waan itti dhiheessu irraas sitti maganfadha) badiiwwan si dallansiisan irraa.
 Du'aa'iin afraffaa: waan Rabbi murteesse jaalachuu kadhachuudha, (Murtee ati naaf murteessite hundumaas akka gaarii naaf gootu si gaafadha) Dhimma Rabbi naaf murteesse hundumaas, gaarii naaf taasisuu kadhadha, kun waan Rabbiin murteesse jaalachuu kadhachuu irraayi.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>Namichi dhimmoota amantii fi addunyaa ilaalchisee maatii isaa waan isaan fayyadu barsiisuudha, akkuma Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- Aa'shaa barsiisanitti.
 Muslimni du'aa'ii Nabiyyii irraa nu dhaqqabe, kadhaa waan mara walitti qabu waan ta'eef, sammutti qabachuun irra caalaa dha, nagaa fi rahmanni irra haa jiraatu.
 Ulamaa'onni Hadiisa kana ilaalchisee akkana jedhan: Inni waa’ee gaarii kadhachuu fi badii irraa maganfachuu irratti walitti qabaadha, kanaaf inni jechoota walitti qaboo ta'an kan Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- isaan kennaman irraayi.
 Booda rahmata Rabbiitii Jannata seenuuf sababoota nama gargaaran keessaa: gochoota fi jechoota gaariidha.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/om/browse/hadith/5487</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>Yaa Rabbi, qananiin kee baduu irraa, fayyaan jijjiiramuu irraa, balaa tasaa fi dallansuu kee hundumaa irraa sitti maganfadha</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>Abdullaah bin Umar irraa odeeffame Rabbiin isaan lamaan irraa haa jaallatu akkana jedhe: Du'aa'ii Ergamaa Rabbii keessaa tokko kana ture, nagaa fi rahmanni irra haa jiraatu: «Yaa Rabbi, qananiin kee baduu irraa, fayyaan jijjiiramuu irraa, balaa tasaa fi dallansuu kee hundumaa irraa sitti maganfadha».</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- waan afur irraa maganfatan:
 Inni duraa: (Yaa Rabbi baduu qananii kee irraa sitti maganfadha) kan amantii fi kan addunyaa, akkasumas Islaamummaa irratti ragga'ee, dilii qananii nama irraa ooftu keessatti kufuu irraa fagaachuu si kadhadha.
@@ -9489,50 +9510,53 @@
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- yeroo jalqaba guyyaa isaanif bari'e akkana kan jedhan ta'an:
 (Yaa Rabbi siin bariisifanne) eegumsa kee keessa jiraataa, qananii kee keessatti cuuphamaa, zikrii kee irratti bobba’aa, maqaa keetin gargaarsifataa, towfiiqa keetiin hammatamaa, malaa fi humna keetiin sochoo’aa, (siin galgaleefanne, siin jiraanna, siin duuna) galgala jedhamuu waliin akkuma jechota armaan duraa fakkaata, ni jedhan: siin galgaleeffanne, maqaa kee isa jiraachisaa ta'een jiraanna, maqaa kee isa ajjeesaa ta'een immoo ni duuna, (garuma kee deebina) Du’a booda ka’uu, walitti qabamuu booda addaan bahuu,, haalli keenya yeroo hundumaa haala kanaan itti fufa, haalota hafan gonkumaa irraa hin fagaadhus hin dhiisus.
 Yeroo galgala ga’anis asrii booda irraa kaasanii akkana jedhan: (Yaa Rabbi siin galgaleefanne, siin bariisifanne, siin jiraanna, siin duuna, garuma kee deebina) Deebi'uun addunyaa tana keessatti, gara dhumaatti deebi'uunis, simatu na jiraachisa, simatu na ajjeesa.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Nabiyyitti -nagaa fi rahmanni irra haa jiraatu- hidhachuuf jecha du'aa'ii kana ganamaa fi galgala jechuun jaalatamaa ta'uudha.
 Gabrichi haalaa fi yeroo isaa hunda keessatti Gooftaa isaa Rabbitti haajamaa ta'uudha.
 Zikriiwwan qara'uu keessatti caalaan, ganama jalqaba guyyaa keessatti barii irraa kaasee hanga aduun baatutti, Asrii booda irraa kaasee hanga osoo aduun hin lixin duraati, ganama erga bari'ee booda yoo jedhe ni danda'a. yoo zuhrii booda jedhes ni danda'a, yoo salaata magribaa booda jedhes ni danda'a, suni yeroo zikriiti.
 Yeroo ganamaa "Wa ileyka al-nushuur" jechuun, kun yeroo namoonni du'anii guyyaa qiyaamaa kaafaman isa yaadachiisa, kun du’aa ka’uu haaraa dha, guyyaa haaraa lubbuun isa keessatti namatti deebitu, kan namoonni isa keessatti faffaca'an, ganamni haaraan Rabbiin isa uume kun hafuura baafata, Ilma Aadam irratti ragaa ta’uuf, yeroo fi waqtiin isaa hojii keenyaaf kuusaa ta’a.
 Yeroo galgalaa "Wa ileyka al-masiir" jechuun, yeroo namoonni hojiilee isaanitii fi jiruu jireenya isaanitiif faffaca'iinsa isaanii irraa deebi'ani, gara manneen isaanii deebi'ani, erga gar gar bahanii booda gara boqonnaatti deebi'ani, kun gara Rabbii ol ta'ee guyyaa qiyaamaa deebi'uu yaadachiisa.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>“Mu'uminni cimaatu Rabbiin biratti mu'umina laafaa irra caala, irra jaallatamaasi, haa jennuu malee hunduma keessa kheyriin ni jira,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: “Mu'uminni cimaatu Rabbiin biratti mu'umina laafaa irra caala, irra jaallatamaasi, haa jennuu malee hunduma keessa kheyriin ni jira, waan si fayyadu irratti bololi, Rabbiin gargaarsifadhu malee hin dadhabin, wanti ati hin jaallanne wahii yoo si mudate, osoon akkasii fi akkas godhee silaa akkasii fi akkas ta’a ture hin jedhin, Garuu akkas jedhi: Rabbiin waan fedhe dabarse, wahuma fedhe hojjate, sababni isaas (osoon) hojii sheyxaanaa waan namatti bantuuf jecha".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
@@ -10139,51 +10163,51 @@
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>Amantiin islaamaa laafaadha, namni tokko humnaa ol isa jabeessee isa injifatu malee hin hafu, giddu galeessa ta'aa, itti dhiheessaa</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa akka odeeffamettii-Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhan: «Amantiin islaamaa laafaadha, namni tokko humnaa ol isa jabeessee isa injifatu malee hin hafu, giddu galeessa ta'aa, itti dhiheessaa, abshiraa haamilee horadhaa, ibaadaa barii, ibaadaa galgalaa fi hanga ta'e ibaadaa dhuma halkaniitiin of gargaarsifadhaa».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- amantiin islaamaa dhimmoota isaa hunda keessatti laaffisuu fi salphisuu irratti akka bu'uureffame ibsan, keessattuu laaffisni yeroo sababaan jiruu fi haajaan jirutti akkaan barbaadamaa ta'a, hojiiwwan amantii islaamaa keessatti daangaa darbuu fi laaffisuu dhiisuun dhumni isaa dadhabbii fi guutummaa guutuutti gara hojii hunda yookaan garii hojii irraa dadhabuu fi dhiisuutti waan nama geessuuf jecha. Eegasii Eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- daangaa darbuun alatti giddu galummaatti kakaasani; garbichi waan itti ajajame hin hir'isu, waan hin dandeenyes ol hin fudhatu, guutee hojjachuu yoo dadhabe akka itti dhihaatu godhee hojjachu qaba.
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- amantiin islaamaa dhimmoota isaa hunda keessatti laaffisuu fi salphisuu irratti akka bu'uureffame ibsan, keessattuu laaffisni yeroo sababaan jiruu fi haajaan jirutti akkaan barbaadamaa ta'a, hojiiwwan amantii islaamaa keessatti daangaa darbuu fi laaffisuu dhiisuun dhumni isaa dadhabbii fi guutummaa guutuutti gara hojii hunda yookaan garii hojii irraa dadhabuu fi dhiisuutti waan nama geessuuf jecha. Eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- daangaa darbuun alatti giddu galummaatti kakaasani; garbichi waan itti ajajame hin hir'isu, waan hin dandeenyes ol hin fudhatu, guutee hojjachuu yoo dadhabe akka itti dhihaatu godhee hojjachu qaba.
 Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama haala guutuu ta'een hojjachuu dadhabe yoo xiqqaatellee hojiin itti fufiinsa qabu mindaa gudda akka qabu gammachiisani; dadhabbiin harka isaatiin kan ofitti hin fidne yoo ta'e mindaan isaa hir'achuu hin dirqamsiisu.
 dhugumatti biyyi duuniyaa ganda imalaa fi ce'umsa gara Aakhiraatti waan ta'eef, nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo sadi kan si'a namaaf kennu keessatti ibaadaa itti fufiinsaan hojjachuun of gargaarsifachuutti ajajani:
 Inni jalqabaa: bariidha: jalqaba guyyaa deemuuni; yeroo salaata fajrii fi aduun ba'uu gidduu jirutti.
 lammaffaan: galgala: booda aduun dabdee deemuuni.
 sadaffaan: halkani: halkan guutuu yookaan garii isaa deemuuni, hojiin halkanii hojii guyyaa irra ulfaataa waan ta'eef "Halkan irraa hanga ta'e" jechuun, garii isaa hojjachuutti ajajani.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Laafuu fi salphaa ta'uu shari'aa islaamaati, akkasumas daangaa dabarsuu fi dantaa dhabuu gidduutti ta'uu isaati.
 Gabrichi dhimma dhabuu yookaan jabeessuun alatti, waan itti ajajame hanga dandeettii isaatiin hojjachuutu isa irra jira.
 Gabrichi yeroo itti ibaadaa irratti si'a argatu filachuutu isa irra jiraata, yeroon sadeen kun addatti yeroo qaamni ibaadaadhaaf irra kennataa ta'udha.
 Aalimni islaamaa guddaan ibnu hajar al-asqalaaniin akkas jedhe: Nabiyyiin akka waan nama waa yaadee imalu haasofsiisaniiti, yeroon kun sadeen yeroo bareedduu nama karaa imaluuti, kanaaf yeroo itti si'a godhatutti akeekan; namni karaa imalu halkanii fi guyyaa walitti yoo imale dadhabee karaatti hafa, yoo yeroo jedhame kana ilaallatee imala ta'e dadhabbiin maleetti imala isaa itti fufuun isaaf miijjata.
 ibnu hajar itti fufuun akkas jedhe: Hadiisa kana keessa laaffisa shari'aan keesse fudhachuutti akeekuutu jira, bakka laafiinsaatti of dirqamsiisuun daangaa darbuu irraa lakkaawama, akka nama yeroo bishaaniin dhimma ba'uu dadhabetti tayammuma dhiisuuti, yeroo kanatti bishaan fayyadamuun miidhaa isa irraan ga'uutti geessa.
 Aalimni islaamaa ibnu-almuniir akkas jedhe: Hadiisa kana keessa raajii nabiyyummaatu jira, nutii fi namoonni nu duraas hundi nama amantaa keessatti daangaa darbe dhugaan akka karaatti hafu arginee jirra, akkas jechuun ibaadaa keessatti haala irra guutuu ta'e barbaaduu irraa dhoorguu jechuu miti, akkas jechuun daangaa darbuu taati'ootti nama geessu irraa dhoorguudha, yookaan sunnaa isa dirqama dhiisuutti nama geessu keessatti daangaa darbuu dhoorguudha, yookaan immoo akka nama halkan guutuu sunnaa salaataa bulee salaata dirqamaa yeroo isaa keessaa baasee fajrii jamaan salaatuu irraa rafuuti, yookaan immoo hanga aduun baatee yeroon dirqamaa darbutti rafuuti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/5795</t>
   </si>
@@ -11237,67 +11261,64 @@
     <t>Ganamaa fi galgala suuraa Al-Ikhlaasi fi Al-Mu’awwidhateynii dubbisuun jaalatamaa ta'uu fi isaanis hunda irraa eegumsa akka ta’aniidha.
 Suuraa Al-Ikhlaasi fi Al-Mu'awwizatenii dubbisuun sadarkaa guddaa qaba.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>Nama yeroo sadii akkana jedhe: Maqaa Rabbii kan isa waliin dachii irratti ta’ee samii keessatti wanti nama miidhu hin jirreenin tikfama, inni hedduu dhaga'aadha beekasi, hanga bariisifatutti balaan tasaa isa hin mudatu</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Abaan bin Usmaan irraa odeeffamee, ni jedhe: Usmaan bin Affaan -Rabbiin irraa haa jaallatu- kan akkana jedhuun dhaga'e: Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- kan akkana jedhanin dhaga’e: «Nama yeroo sadii akkana jedhe: Maqaa Rabbii kan isa waliin dachii irratti ta’ee samii keessatti wanti nama miidhu hin jirreenin tikfama, inni hedduu dhaga'aadha beekasi, hanga bariisifatutti balaan tasaa isa hin mudatu, nama ganama yeroo sadii isa jedhe immoo hanga galgaleeffatutti balaan tasaa isa hin mudatu», ni jedhe: Abaan bin Usmaan faaliji isa qabee, namichi hadiisa isa irraa dhaga'e isa ilaalee jennaan, akkana jedheen: Maaliif na ilaalta? Rabbiin kakadhee ani Usmaan irratti hin sobne, Usmaanis Nabiyyii irratti hin sobne, nagaa fi rahmanni irra haa jiraatu, garuu har'a waan na mudateetu na mudate, sababaa sanaan aarii keessa galee isa jechuu dagadhe.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akka ibsanitti namni guyyaa hunda ganama barii booda, galgala halkan hundaa osoo aduun hin lixin yeroo sadii akkas jedhe: (Bismillaah) hunda waan na miidhu irraa maqaa Rabbiitin gargaarsaa fi tika barbaada, (kan hin miine) maqaa isaa dubbachuu waliin (wanni tokkolleen) hanga fedhellee osoo guddatee (Dachii irratti) balaan isa irraa ol bahu (Samii irrattis) balaan gubbaa gadi bu'u, (Inni dhagahaa dha) jechoota keenya (beekaa dha) haalota keenya.
- Nama galgala isa jedhe hanga ganamaatti seenutti balaan tasaa isa hin mudatu, nama ganama isa jedhe immoo hanga galgalaatti seenutti balaan tasaa isa hin mudatu.
+Nama galgala isa jedhe hanga ganamaatti seenutti balaan tasaa isa hin mudatu, nama ganama isa jedhe immoo hanga galgalaatti seenutti balaan tasaa isa hin mudatu.
 Gabaasaa hadiisa kanaa Abaan bin Usmaan faalij isa qabee, faalij jechuun inni qaama gara tokkoo kan nama irratti laamshessuudha, namichi hadiisicha isa irraa dhagahe gara Abaan dinqisiifatee ilaaluu eegale, Abaanis akkana jedheen: " Maalif na ilaalta?! Rabbitti kakadhe ani Usmaan irratti hin sobne, Usmaanis Nabiyyii irratti -nagaa fi rahmanni irra haa jiraatu- hin sobne, Garuu har'a waan Rabbiin akkan isa jedhu naaf murteesseen na mudate, Aariin natti dhufee jechoota eeraman kana jechuu dagadhe.</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Zikrii kana ganamaa fi galgala gochuun ni jaalatamaadha; sababni isaas akka ilmi namaa hayyama Rabbii ol ta'eetin balaan tasaa, ykn miidhaan ykn kan kana fakkaatan isa mudatu irraa tikfamaa tahuuf jecha.
 Jabina warri salafaa Rabbitti amanuu fi waan Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- isaanitti himan dhugoomsuu keessatti qabaniidha.
 Faayidaalee zikrii ganamaa fi galgalatti daangeessuu keessaa tokko dagannoo Muslima irraa kutuu fi yeroo hunda inni gabricha Rabbii ol ta’ee ta’uu isaa akka yaadatu isa taasisuudha.
 Hanguma amantii nama Rabbiin zakkaruu, khushuu'a qabaachuu isaa fi ikhlaasa fi yaqiinan waliin dhufuu qalbii isaatiini bu'aan zikrii galma ga'a.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>Jedhi: Rabbii tokkicha hiriyaa hin qabne malee haqaan gabbaramaan hin jiru, Rabbiin Guddate, galanni baay'een Rabbiif haa ta'u, Rabbiin Aalamaa waan Isaaf hin malle irraa qulqullaaye, humnis mallis Rabbii injifataa, ogeessa ta’een malee hin jiru?</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Sa'ad irraa odeeffamee -Rabbiin irraa haa jaalatu- ni jedhe: Namni wahii baadiyyaa irraa gara Ergamaa Rabbiitti dhufee, -nagaa fi rahmanni irra haa jiraatu- akkana jedheen: jecha wahii kanin isa jedhu na barsiisaa, Isaanis ni jedhani: «Jedhi: Rabbii tokkicha hiriyaa hin qabne malee haqaan gabbaramaan hin jiru, Rabbiin Guddate, galanni baay'een Rabbiif haa ta'u, Rabbiin Aalamaa waan Isaaf hin malle irraa qulqullaaye, humnis mallis Rabbii injifataa, ogeessa ta’een malee hin jiru?" Namichi ni jedhe: "Kuni Rabbii kiyyaafi, anaaf hoo" jechuun gaafate, isaanis akkas jedhaniin: " Jedhi: Yaa Rabbi, dhiifama naaf godhi, naafis rahmata godhi, na qajeelchi, rizqii naaf kenni".</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -12394,50 +12415,53 @@
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Samuraa ibnu jundubii fi Mughiiraa ibnu Shu'ubaa irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- ni jedhani: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Osoo soba ta'uu isaa beekuu namni hadiisa tokko narraa odeesse, inni sobdoota irraa isa tokkodha».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni osoo beekuu yookaan shakkuu yookaan shakkii isaa irra guddaan isaan irratti akka sobame osoo beekuu nabiyyii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hadiisa dabrse; namni isa odeesse soba kana isa eegalee woliin akka qooddatu himaniiru.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Hadiisa nabiyyii irraa odeeffame -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- osoo isa hin dabrsin dura sirrii ta'uu isaa mirkaneeffachuu fi adda baafachuun barbaachisaa ta'uudha.
 Sobni kan hirkifamu nama isa kalaqee fi gidduu namootaatti daddabarsee nama isa facaasetti.
 Hadiisa sobaan kalaqame ta'uu nama beeke irratti isa odeessuun haraama ta'a, yookaan sobaan kan kalaqame ta'uu shakkii isaa irra guddaadhaan yoo bare isa odeessuun haraama irratti ta'a, isa irraa akeekkachiisuuf yoo ta'e malee.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/om/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Haalli nabiyyii Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Qur'aana ture</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Sa'ad ibnu Hishaam ibuu Aamir yeroo Aa'ishaatti ol seenetti -Rabbi isii irraa haa jaallatu- akkas jedhe: Yaa haadha mu'umintootaa, haala ergamaa Rabbii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- naaf himi, Aa'ishaanis ni jette: Qur'aana hin qaraatuu? lakki, nan qara'a, Aa'ishaanis ni  jette: Haalli nabiyyii Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Qur'aana ture.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Haati mu'umintootaa Aa'ishaan -Rabbi isii irraa haa jaallatu- haala nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa gaafatamtee, jecha wolitti qabataa ta'een deebiste, gaafataa gara Qur'aana kabajamaa isa haala guutuu hunda of keessatti qabateetti qajeelchite, nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala Qur'aanaatiin qabatu ture jette, waan Qur'aanni itti ajaje hojiitti hiiku, waan Qur'aanni irraa dhoorge immoo irraa fagaatu, haalli isaanii isaan hojjachuu, daangaa isaa irra dhaabbachuu, namuusa isaatiin taliigamuu fi fakkeenyota isaatii fi seenowwan isaatiin gorfamuu ture.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
@@ -12687,50 +12711,53 @@
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>Namichi tokko Nabiyyii -nagaa fi rahmanni irra haa jiraatu- akkas jedhee gaafate: nuti qurxummii qabuuf ykn daldalaa fi kan kana fakkaataniif galaana irratti doonii yaabbanna, bishaan dhugaatii xiqqoo of biratti qabannee deemna, yoo wuduu'aa fi dhiqannaaf bishaan dhugaatii fayyadamne ni dhumata waan dhugnu hin argannu. Bishaan galaanaatiin wuduu’a gochuun nuuf ni hayyamamaa?
 Isaanis, nagaa fi rahmanni irra haa jiraatu, waa'ee bishaan galaanaa akkas jedhan: Bishaan isaa qulqulluu fi qulqulleessaadha; Wuduu’a godhachuu fi ittiin dhiqachuun ni danda’ama, waan galaana keessaa bahu kan akka qurxummii fi kkf, osoo hin qabamin du’aan isaa gubbaa bishaanitti ol bahee yoo argamellee nyaachuun ni danda’ama.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Du'aan bineensa galaanaa halaala, du'aa isatti wanni fedhame:  bineensota bishaan galaanaa keessatti du'an kan bishaan keessa malee jiraachuu hin dandeenyeedha.
 Faayidaan gaafii sanaa akka guutamuuf jecha, waan gaafataan gaafate caalaa deebsisuudha.
 Bishaan yoo mi’aan, halluun ykn fooliin isaa waan qulqulluun yoo jijjiirame, osoo soogiddummaan, ho’i , qorri isaa fi kkf jabaatellee hanga bishaan qulqulluu ta’etti qulqulluuma ta’ee hafa.
 Bishaan galaanaa xuriiwwan gurguddoo fi xixiqqoos ni deemsisa, najisa akka tasaa qaama, ykn uffata ykn kkf irratti argame ni balleessa.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/om/browse/hadith/8355</t>
   </si>
   <si>
     <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>Bishaan hubboo /gaawwaa lama yoo ga'e najisa/xurii hin baatu (hin Najisaahu)</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>Abdullaah bin Umar irraa odeeffame, Rabbiin isaan lamaan irraa haa jaallatu, akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- waa’ee bishaan bineensonnii fi beyladoonni itti deddeebi'anii irraa ni gaafataman, isaanis, nagaa fi rahmanni irra haa jiraatu, akkas jedhan: «Bishaan hubboo /gaawwaa lama yoo ga'e najisa/xurii hin baatu (hin Najisaahu)».</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- waa’ee murtii bishaan beyladoonni fi bineensonni dhuguuf itti deddeebi’anii fi kan kana fakkaatan irraa gaafatamanii, Akkas jedhan -nagaa fi rahmanni irra haa jiraatu-: Yoo hammi bishaanii gaawwaa gurguddaa lama gahe, kunis: (210) liitira waliin wal qixa, bishaan guddaa waan ta'eef hin najisu, ykn hin xuraa'u, Amaloota isaa sadan: halluu isaa ykn dhandhamaa isaa ykn foolii isaa keessaa tokko waan najisaatin yoo jijjiirame malee.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
@@ -13287,51 +13314,51 @@
   </si>
   <si>
     <t>Haadha Axiyyaa irraa odeeffame Rabbii ishee irraa haa jaalatu, Nabiyyiif waadaa galtee turte, nagaa fi rahmanni irra haa jiraatuu, akkas jette: Eega dhiiga laguu irraa qulqulloofnee booda bishaan booruu qabuu fi daalacha ta'e homaatti kan hin lakkoofne taane.
 ​</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Sahaabiyyittiin Ummu Axiyyaa jedhamtu, Rabbiin irraa haa jaalatu, dubartoonni zamana Nabiyyii keessatti nagaa fi rahmanni irra haa jiraatuu, bishaan qaama saalaa irraa ba'u -kan bifti isaa gara gurraachoominatti, ykn gara daalachoominatti dabu- eega dhiiga heydii irraa qulqullina arganii laguutti akka isa hin ilaalle himte, kanaafuu sababaa isaatiin salaata fi sooma hin dhiisani.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Bishaan qaama saalaa dubartii irraa ba’u -eega laguu irraa qulqullooftee booda- boora'iinsi fi daalachoominni dhiiga irraa dhufu osoo isa keessa jiraatellee homattuu hin ilaalamuudha.
 Yeroo laguu keessatti boora'iinsi fi daalachoominni laguutti ilaalama; sababni isaas inni bishaanitti makate malee yeroo isaa keessatti waan dhufeef jecha.
 Dubartiin takka eega qulqulloofte booda boora'iinsa fi daalachoominaa jettee salaata fi sooma hin dhiisuu hin qabdu, wuduu’a godhattee salaatu qabdi malee.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[abuu daawud jecha kanaan odeesse, bukhaariin -xahaaraa booda- jecha jedhu irraa hanbisee odeesse]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>“Hanga yeroo laguun kee sitti turu san tilmaamii turi, Eegasii dhiqadhu”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Aa'ishaa Haadha Mu’umintootaa irraa odeeffame, Rabbiin irraa haa jaallatuu, akkas jette: Ummu Habiibaa binti Jahsh, kan haadha manaa Abdurrahmaan bin Awfii turte, Ergamaa Rabbiitti, nagaa fi rahmanni irra haa jiraatuu, waa’ee dhiigaa himattee jennaan, isaanis akkana isheen jedhani: “Hanga yeroo laguun kee sitti turu san tilmaamii turi, Eegasii dhiqadhu”. salaata hundaaf kan dhiqattu taate.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Sahaabota dubartootaa keessaa takka yeroo hunda osoo adda hin citin dhiigni irraa dhangala'aa akka jiru Nabiyyitti himatte, nagaa fi rahmanni irra haa jiraatu. Isaanis osoo balaan muddamaa kun itti hin dhufin yeroo hanga laguun ishee turu, salaata akka dhiiftu ishee ajajani, sana booda dhiqattee salaatti, sunnummaan salaata hundaaf kan dhiqattu turte.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -13831,50 +13858,53 @@
   <si>
     <t>Abuu Umaamaa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Namni booda salaata dirqamaa hundatti Aayatal-Kursii qara’e du’a malee wanti Jannata seenuu isa dhorgu hin jiru».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- namni eega salaata waajibaa xumuree Aayatal-Kursii qara’e du’a malee wanti jannata seenuu isa dhorgu akka hin jirre himaniiru, isheenis suuraa baqaraa keessatti kan argamtu yoo tahu, jecha Rabbii ol tahee kana: {Rabbiin Isa malee haqaan gabbaramaan hin jiru; (Inni) jiraataadha; waan hundaan dhaabbataadha. Mugaatiis ta’ee hirribni Isa hin qabu. Wanti samiilee keessa jiruufi wanti dachii keessa jiru (hundi) kan Isaati. Inni hayyama Isaatiin malee Isa biratti araarsu eenyuma? Waan fuuldura isaaniitiifi waan duuba isaaniis ni beeka. Beekumsa Isaa irraa waan Inni fedhetti malee hin marsanu. Kursiin Isaa samiifi dachii irra bal’ateera. Isaan lamaan tiksuun Isa hin dadhabsiisu, Inni ol ta’aa, guddaadha}. [Baqaraa: 255].</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Sadarkaa Aayanni guddoon tun qabduudha; Sababaa maqoolee babbareedoo fi amaloota ol’aanoo of keessatti qabatteef jecha.
 Salaata dirqamaa hunda boodatti Aayata guddoo tana qara’uun jaalatamaa tahuudha.
 Hojiin gaariin Jannata seenuuf sababaa akka taheedha.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/om/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Dhaabbadhuu salaati, yoo hin dandeenye taa'ii salaati, yoo hin dandeenye cinaacha kee irratti hirkadhuu salaati</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Imraan ibnu Husayn irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: kintaarootiin wohii waan natti tureef akkaataa salaataa irraa Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafadhe, isaanis akkana jedhani: «Dhaabbadhuu salaati, yoo hin dandeenye taa'ii salaati, yoo hin dandeenye cinaacha kee irratti hirkadhuu salaati».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- salaata keessatti bu'uurri dhaabbii akka ta'e ifa galchani, haala dandeettii dhabeen yoo ta'e malee yeroo sana taa'ee salaata, yoo taa'ee salaatuu hin dandeenye cinaacha isaa irratti hirkatee salaatuu danda'a.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
@@ -14118,56 +14148,50 @@
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibnu Mas'uud -Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka khuxbaa dhimmaa isaan barsiisan hima, isiin isii yeroo khuxbaa irratti haasawa banan, dhimma isaanii duratti kan jedhamtuudha, akka khuxbaa nikaahaa, khuxbaa jum'aa fi kan boroollee. khuxbattiin tun hiika guddaa of keessatti qabatte, gosa faaruu hunda Rabbiin haqa godhachuu ibsuu, isatti qindeessuun maletti isuma qofa irraa gargaarsa barbaaduu, badii namaa sattaruu fi irra namaaf dabruu fi hamtuu hunda irraa isaatti kooluu galuu, hamtuu lubbuu fi kan biroo irraa.
 Eegasii nabiyyiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- qajeelumni harka Rabbiitti akka ta'e, nama inni qajeelche kan jallisu akka hin jirre, nama inni jallise kan qajeelchu akka hin jirre himani.
 Eegasii ragaa tawhiidaa dubbatani, haqaan gabbaramaan Rabbiin malee akka hin jirre, akkasuma ragaa ergaa Muhammad gabricha Rabbii fi ergamaa isaa ta'uu dubbatani.
 khuxbattii tana aayatoota sadeen kan sodaa Rabbiitti ajajuu of keessatti qabatteen xumurani, fuula Rabbii barbaachaaf waan inni itti ajaje hojachuu waan inni irraa dhoorge irraa faagaachuudha, mindaan nama sana hojjatee hojii fi jechoonni toluu akkasuma badiiwwan haqamuu, diliiwwaniif araaramni argamuu, duuniyaatti jireenya bareedduu fi guyyaa qiyaamaatti jannataan milkaa'uudha.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>khuxbaa nikaahaa, kan jumu'aa fi kan biroo khuxbattii kanaan banuun jaallatamaa ta'uu isaa.
 khuxbaan Faaruu, Shahaadaa lameenii fi garii Aaayaa Qur'aanaa of keessatti qabachuutu barbaachisa.
 Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sahaabota isaanii waan isaan diinii isaaniitiif itti haajoman barsiisuu isaanii.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/om/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Gaa’elli/nikaahni waliyyiin/eegduun malee hin hidhamu</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Abuu Muusaa irraa odeeffamee -Rabbiin irraa haa jaallatu- Nabiyyiin -nagaa fi rahmatni irra haa jiraatu- akkana jedhan: "Gaa’elli/nikaahni waliyyiin/eegduun malee hin hidhamu".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Rasuulli -nagaa fi rahmanni irra haa jiraatu- gaa’elli dubartii takkaa waliyyiin/eegduun malee sirrii akka hin taane ibsan.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
@@ -14318,51 +14342,51 @@
 Baallaghuuf mallattoo sadi'itu jira: hirriba keessaa fi karaa biroon bishaan sanyii dhangala'uudha, yookaan naannawa qaama saalaatti rifeensi biqiluudha, yookaan woggaa kudha shan guutuudha, dubartiin waan afraffaa dabalatti: innis laguudha.
 Aalimni islaamaa Assubkiin akkas jedhe: daa'imni gurbaadha, kan biroos akkana jedhe: mucaan garaa haadha isaa keessatti miciree jedhama, yeroo dhalate daa'ima jedhama, yeroo harma gu'e immoo hanga woggaa torbaatti gurbaa jedhama, eegasii hanga woggaa kudhaniitti korree jedhama, eegasii hanga woggaa kudha shaniitti dargaggeessa jedhama, kan mirkanaan dubbatamu haalowwan kanneen hunda keessatti inni daa'ima jedhamee waamamuudha, assuyuuxiitu kana jedhe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/58148</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Namni ajajamuu dhiisee jamaa'aa muslimtootaa irraa adda bahee du’e, du’a wallaalummaa du’a</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin irraa haa jaallatu- Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: "Namni ajajamuu dhiisee jamaa'aa muslimtootaa irraa adda bahee du’e, du’a wallaalummaa du’a, Namni alaabaa gosaatin, garee tokko jalatti qabsaa’e kan garee sanaaf dheekkamu ykn garee sanatti waamu, ykn garee osoo tumsuu ajjeefame inni ajjeechaa wallaalummaa ajjeefame, Namni ummata kiyya irratti fincila kaase, nama qajeelaa fi kan safuu hin qabne irrattis duulu, kan mu'uminootaaf dantaa hin qabne, kan waadaa gale hin raawwanne, inni ana irraa anis isa irraa miti".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Nabiyyiin, nagaa fi rahmatni irra haa jiraatu, namni bulchitootaaf ajajamuu dide, garee Islaamaa Imaamaaf amanamummaa galan irraa adda bahe, haala addaan bahuu fi ajajamuu diduu sana keessatti kan du'e, du'a namoota wallaalummaa kan itti gaafatamaa isaanitiif hin ajajamnee fi kan garee tokkotti hin makamne, inumaayyuu isaan gare garee fi baandaa wal lolan kan ta'an akka du'a ibsan.
-253 Akkasumas Nabiyyiin nagaa fi rahmanni irra haa jiraatuu,  namni alaabaa isa keessatti dhugaa fi soba adda baasuu hin dandeenye jalatti qabsaa'u, amantii fi dhugaa deeggaruuf osoo hin taane, Hubannoo fi beekumsa malee kan ka'ee lolu, yoo haala kanaan du'e tahe akka warra wallaalummaatti akka du'etti lakkaa'ama jechuu himan.
+Akkasumas Nabiyyiin nagaa fi rahmanni irra haa jiraatuu,  namni alaabaa isa keessatti dhugaa fi soba adda baasuu hin dandeenye jalatti qabsaa'u, amantii fi dhugaa deeggaruuf osoo hin taane, Hubannoo fi beekumsa malee kan ka'ee lolu, yoo haala kanaan du'e tahe akka warra wallaalummaatti akka du'etti lakkaa'ama jechuu himan.
 Akkasumas Namni ummat isaanii -nagaa fi rahmatni irra haa jiraatuu- irratti fincilee qajeelaa ummatichaati fi nama safuu hin qabne rukutee, waan hojjeteef dhimma kan hin qabnee fi mu'umina ajjeessuun adabbii hin sodaanne, waadaa ummata kaafiraa fi warra aangoo qabaniif kan hin guunne, inumaayyuu kan waadaa san diigu yoo ta'e, kun dilii gurguddaa irraa lakkaa'ama, namni isa raawwatees kan doorsisa hamaa akka haqa godhatu ta'uu himan.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Hanga dilitti  nama hin ajajnetti, warra itti gaafatamummaa qabaniif ajajamuun dirqama ta'uudha.
 Warra itti gaafatamaaf hin ajajamnee fi hawaasa muslimaa irraa adda bahaniif akeekkachiisa cimaa of keessaa qaba. Yoo haala kanaan du'e, du'a warra wallaalummaa akka du'uudha.
 Gosummaa loluu irraa dhoorguutu Hadiisicha keessa jira.
 waadaa galame raawwachuun dirqama tahuudha.
 Ajajamuu fi garee muslimtootaa wajji jiraachuun keessatti kheyrii guddaa, nageenya, tasgabbii fi tolinni haalaa kan jiru ta'uudha.
 Haala ummata wallaalaa fakkaachuu irraa dhoorguudha.
 garee hawaasa muslimaa waliin jiraachutti ajajuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -14408,50 +14432,53 @@
     <t>Ibnu Umar irraa odeeffame, Rabbiin isaan lamaan irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Wanti nama macheessu hundi farshoodha, wanti nama macheessu hundinuu ammoo haraama,  namni addunyaa tana irratti farshoo dhugee osoo irraa hin towbatin araada itti tahee du'e, inni Aakhiratti ishee hin dhugu».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- wanti sammuu haguugee isa deemsisu hundi bifa dhugaatin, ykn bifa nyaataatin ykn bifa funyaanitti ol fudhachuutin ykn bifa waan biraatin ta'ee inni farshoo nama macheessu yoo tahu, waan nama macheessee sammuu namaa deemsisu hunda xiqqaas tahee guddaa Rabbiin ol tahe dhugumatti akka haraama isa taasisee irraa dhoorge ibsaniiru. Namni wantoota nama macheessan irraa gosa kamiyyuu dhugee, dhuguu itti fufee hanga du’utti irraa hin towbatin; inni Jannata keessatti akka isa hin dhugne gochuudhaan adabbii Rabbii haqa godhataadha.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Sababni farshoon dhoorgameef waan nama macheessuufi, Wanti gosa kamiiyyuu tahee wanni nama macheessu hundi haraama.
 Rabbiin ol tahe farshoo haraama akka godheedha; Sababaa miidhaa fi badii guddaa of keessaa qabuuf jecha.
 Jannata keessatti farshoo dhuguun guutummina mi'aati fi qananii irraayi.
 Namni addunyaa tana keessatti farshoo dhuguu irraa of hin qusanne, Rabbiin jannata keessatti akka hin dhugne isa dhoorga, mindaan fakkaatuma hojiiti.
 Osoo hin du'in gara Rabbitti deebi'uun towbachuu irratti nama kakaasuudha.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Namni nama muslimoota waliin walii galteen jiru ajjeese urgooftuu Jannataa hin argu urgooftuun ishees fagoo waggaa afurtamaa irraa argama</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Abdullaah ilma Amrii irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-akkas jedhan: "Namni nama muslimoota waliin walii galteen jiru ajjeese urgooftuu Jannataa hin argu urgooftuun ishees fagoo waggaa afurtamaa irraa argama".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa haa jiraatu- nama nama walii galtee muslimtoota waliin qabu ajjeesse -innis kaafiroota irraa walii galtee nageenyatiin nama gara biyya islaamaa dhufe- urgooftuu jannataa arguu dhabuun doorsisni cimaan akka isa irra jiru ibsan, urgaan jannataa fageenya imala waggaa afurtamaa irraa akka dhahuus dubbataniiru.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
@@ -16312,56 +16339,50 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Abdullaah bin amrii irraa akka odeeffametti -Rabbiin isaan irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Abbaa Qur'aanaatiin ni jedhama: qara'i, ol ba'i, akka duuniyaa irratti qara'aa turte sanatti qara'i, qubsumni kee bakka aayaa dhuma irratti isii qaraatuutti ta'a».</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nama qur'aana qara'u, kan waan isa keessa jirutti hojjatu, kan isa qara'uu fi qomatti isa haffazuun yeroo mara isaan woliin jiruun yeroo jannata seenetti akkas akka jedhamuun himani: qur'aana qara'i, isaan darajaa jannataa keessa ol ba'i, akkasuma akkuma duuniyaa keessatti isa qara'aa turtetti suutaa fi tasgabbiin isa qara'i, qubsumni kee bakka aayaa dhuma irratti isii qaraatuutti ta'a.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>mindaan kan ta'u hangaa fi akkaataa hojiitiini.
 qur'aana qara'uu, isa tolchuu, qomatti isa qabachuu, isa xiinxaluu fi isatti hojjachuutti kakaasuutu keessa jira.
 jannanni qubsumaa fi sadarkaawwan hedduu qabdi, worri qur'aanaa isii keessaa irra olaantuu sadarkaa argata.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/om/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>namni dhageessisee qur'aana qara'u akkuma nama sadaqaa mul'isee keennuuti, akkasumas namni sagalee gadi qabee qur'aana qara'u akkuma nama sadaqaa gadi qabee kennuuti</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Uqbaa bin Aamir al-juhanii irraa akka odeeffametti -Rabbiin isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «namni dhageessisee qur'aana qara'u akkuma nama sadaqaa mul'isee keennuuti, akkasumas namni sagalee gadi qabee qur'aana qara'u akkuma nama sadaqaa gadi qabee kennuuti».</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- namni dhageessisee qur'aana qara'u akkuma nama mul'isee sadaqaa kennuu akka ta'e,  akkasumas namni gadi qabee qur'aana qara'u akkuma nama dhoksee sadaqaa kennuu akka ta'e ibsani.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>akkuma sadaqaa dhoksanii kennuun irra caalaaa ta'etti, qur'aana dhoksanii qara'uunis irra caalaadha, iklaasni waan isa keessa jiruu fi agarsiifannaa fi of dinqisiifachuu irraa fagaachuun waan isa keessa jiruuf jecha, sagalee ol qabanii qara'uutti haajaan yoo nama waamte malee, akka qur'aana barsiisuufaa.</t>
@@ -17753,50 +17774,53 @@
   <si>
     <t>Abuu Umaamaa Al-baahilii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Namichi tokko gara nabiyyiitti dhufee -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhe: namicha mindaa fi maqaan isaa dubbatamuu barbaadee duule agartee, maaltu isaaf jira? ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Homaa isaaf hin jiru» yeroo sadi irra deddeebi'uun gaafate, ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- yeroo sadanuu «Homaa isaaf hin jiru» jechuun deebisaniif, eegasii akkas jedhani: «Rabbiin hojii irraa waan qulqullaa'ee isa qofaaf ta'ee fi kan fuulli isaa ittiin barbaadame malee hin qeebalu».</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>Murtoo namicha mindaa Rabbiin irra barbaaduu fi nama birattis faaruu argachuuf jecha duulaa fi qabsoof ba'ee gafachuuf jecha namichi wohii gara nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufee, mindaa ni argataa? jedhee gaafate, ergamaan Rabbiis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mindaan homaa isaaf hin jiru jedhanii deebisaniif; niyyaa isaa keessatti waan Rabbiin malee jiru waan qindeesseef jecha, namichi gaaffii isaa yeroo sadi'iif irra deebi'uun nabiyyii gaafate -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaanis yeroo sadanuu deebiidhuma jalqabaa gadi jabeessanii, mindaan isaaf hin jiru jechuun deebisaniif, eegasii nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ulaagaa hojiin Rabbiin biratti ittiin qeebalamu isatti himani: Rabbiin hojii irraa hundi isaatuu osoo nama tokkollee isatti hin qindeessin Rabbiif jecha ta'uu fi fuula isaa barbaachuuf ta'u malee hin qeebalu.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Rabbiin hojii irraa qulqulluu Rabbi qofaaf ta'e malee hin qeebalu, akkasumas akkaataa karaa nabiyyii isaa irratti yoo ta'e malees hin qeebalu, Rabbiin rahmtaa fi nageenya isaan irratti haa buusu.
 Deebisaan nama fatwaa godhuu toluu irraa fatwaan isaa waan gaafataan barbaaduu fi dabalata biraa kan of keessaa qabu ta'uudha.
 Waan tokko irraa irra deddeebi'uun gaafachuun dhimmichi jabaa ta'uu isaa mirkaneessuutu keessa jira.
 Qabsaa'aan dhugaa nama jechi Rabbii akka ol ta'uf qabsaa'ee fi niyyaa qulqulleeffachuu wajjin mindaa barbaachaaf nama qabsaa'edha, qabsoon isaa duuniyaaf jecha hin ta'u.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/om/browse/hadith/65107</t>
   </si>
   <si>
     <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>Namni Rabbiin Rabbummaa isaa jaallate, islaama amantummaa isaa jaallate, Muhammadiin ergamummaa isaa jaallate mi'aa iimaanaa dhandhameera</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>Abbaas ibnu Abdulmuxxalib irraa akka odeeffametti -Rabbii isa irraa haa jaallatu- ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: «Namni Rabbiin Rabbummaa isaa jaallate, islaama amantummaa isaa jaallate, Muhammadiin ergamummaa isaa jaallate mi'aa iimaanaa dhandhameera».</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mu'uminni iimaana isaa kan qalbiin isaa isa irratti ragga'e keessatti dhugoomsaa ta'e, bal'ina, gammachuu, mi'aa iimaanaa fi Rabbitti dhihaachuu qalbii isaatiin akka argatuu fi ittis beekamu himani, wantoota sadeen kana kan jaallatu yoo ta'e:
 Jalqaba: Rabbiin Rabbummaa isaa jaallate, sunis waan Rabbiin irraa isatti dhufu, Rabbummaan isaa waan itti qajeelchu rizqii fi haalowwan qooduu irraa, qalbii isaa keessatti waan sana keessatti mormii tokkollee qalbii isaa keessatti arguu dhabuuni, Rabbiin malee waan jiru Rabbummaa isaa kan hin barbaanne.
 lammaffaan: islaama amantummaa isaa jaallate, sunis waan islaamummaan of keessatti qabate, ajajootaa fi dirqamoota isa keessa jiruuf qomni isaa bal'achuudha, karaa islaama malee jiru kan hin deemne ta'ee.
 Sadaffaan: Muhammadiin -Rabbiin rahmtaa fi nageenya isaan irratti haa buusu- ergamummaa isaa jaallachuudha, sunis hunda waan isaan ittiin dhufan shakkii fi keessa deddeebii tokkoon maletti qomni isaa isaaf bal'atee itti gammaduuni,  adeemsa karaa isaaniitiin wol simatu malee hin deemu.</t>
@@ -17953,50 +17977,53 @@
   <si>
     <t>Sa'ad ibnu Ubaadaa irraa akka odeeffametti- Rabbi isa irraa haa jaallatu- ni jedhe: yaa ergamaa Rabbii, haati Sa'ad ni duute, sadaqaa kamtu irra caalaadha?, isaanis ni jedhani: «Bishaani», ni jedhe (gabaasaan hadiisachaa): (sa'ad) eela qotee, kun kan haadha sa'adi jedhe.</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Haati Sa'ad ibnu Ubaadaa -Rabbi isii irraa haa jaallatu- duutee jennaan ilmi isii sa'ad haadha isaa irraa saddaquuf jedhee irra caaltuu sadaqaa irraa nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaafate? isaanis- Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irra caalaan sadaqaa bishaani jedhaniin, innis eela qotuun haadha isaatiif sadaqaa taasise.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>bishaan irra caalaa sadaqaa ta'uu ibsuutu keessa jira.
 Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- sa'adiin bishaan saddaquutti isa qajeelchani; waan bishaan dhimma diinii fi duuniyaa keessatti bu'aan isaa hunda galeessa ta'eefi, akkasumas ho'i jabaachuu, haajaan guddaan jirachuu fi bishaan xiqqaachuu isaatiifi.
 mindaan sadaqaa warra du'aniif akka qaqqabu akeekuu.
 Haadha isaatti tola ooluu Sa'ad ibnu Ubaadaati, Rabbi isaan lamaan irraa haa jaallatu.</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/om/browse/hadith/65613</t>
   </si>
   <si>
     <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>Mu'uminni kan akkaan arrabaan nama woraanuu miti, akkaan kan nama abaarus miti, gadhees miti, nama afaan badaas miti</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>Abdullaah ibnu Mas'uud irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Mu'uminni kan akkaan arrabaan nama woraanuu miti, akkaan kan nama abaarus miti, gadhees miti, nama afaan badaas miti».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gosa isaaniitiin namoota kan aybeessu ta'uun, abaarsaa fi arraba heddummeessuun, hojii badaa hojjachuun, jecha safuu hin qabne dubbachuun hojii mu'umina iimaana guutuu qabuu akka hin taane himani.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
@@ -18020,50 +18047,169 @@
   <si>
     <t>Abdullaah bin Amrii irraa odeeffamee Rabbiin isaan lamaan irraa haa jaallatu akkana jedhe: Ergamaa Rabbii -nagaa fi rahmanni irraa haa jiraatu- waliin Makkaa irraa gara Madiinaa deebinee, yeroma bishaan wahii kan karaa irra jiru bira geenne namoonni yeroo Asrii irratti salaatuf sardamanii, haala sardaminsa keessa jiraniin wuduu'a ni godhatan, bishaan ishee tuquu dhabuu irraa kan ka'een haala koomeen isaanii  iftuun isaan bira geenne, Ergamaan Rabbii -nagaa fi rahmanni Isaan irra haa jiraatu- akkana jedhan: «Koomeewwaniif ibidda irraa adabbiin mirkanaa'e, wuduu'a guutaa godhaa».</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irraa haa buusu- sahaabota isaanii woliin makkaan irraa gara madiinaatti imalan, karaa isaanii irratti bishaan argatanii, gariin sahaabotaa salaata asrii salaatuuf jecha wuduu'a godhachuutti jarjarani, hanga bishaan irraa goggoginni duuba koomee isaanii nama ilaalu tokkoof mul'atutti, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: worreen yeroo wuduu'a godhatan duuba faana isaanii dhiquu keessatti hirdhisaniif adabbii fi badiitu ibidda keessatti isaaniif jira, eegasii wuduu'a guutanii akka godhatanutti isaan ajajani.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>wuduu'a keessatti miila lameen dhiquun dirqama ta'uu isaa; osoo irra haxaawuun ni ta'a ta'ee nama koomee dhiquu dhiise ibiddaan hin dinniinu ture.
 humnoota qaamaa kan dhiqamtu waliin gahanii dhiquun dirqama ta'uu isaa, namni waan dhiquun dirqama ta'e irraa hanga xiqqoollee ta'u beekaa fi taati'oof jecha dhiise salaanni isaa sirrii hin taatu.
 barbaachisummaa wollaalaa barsiisuu fi qajeelfama isaaf kennuuti.
 beekaan dirqamoolee fi sunnaawwan irraa waan baduu isaa argu akkaataa ta'uun dhoorga.
 Aalimni islaamaa Muhammad Ishaaq addahlawiin akkana jedhe: wuduu'a guutuun haala sadi'iin ilaalama: kan dirqama ta'e inni bakka wuduu'aa yeroo tokkoof wol geessisuudha, kan sunnaa ta'e inni yeroo sadii dhiquudha, kan jaallatamaa ta'e inni immoo yeroo sadii diquu waliin dheeressuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>Abuu Abdurrahmaan Abdullaah ibnu Umar ibnu Al-Khaxxaab irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e:||“Islaamummaan waan shan irratti ijaarame: Rabbiin malee haqaan gabbaramaan biraa akka hin jirree fi Muhammad gabrichaa fi Ergamaa Isaa ta’uu ragaa bahuu, salaata dhaabuu, zakaa kennuu,  hajjii gochuu fi ji'a Ramadaanaa soomuudha”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Abuu Abdurrahmaan Abdullaah ibnu Umar ibnu Al-Khaxxaab irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: “Islaamummaan waan shan irratti ijaarame: Rabbiin malee haqaan gabbaramaan biraa akka hin jirree fi Muhammad gabrichaa fi Ergamaa Isaa ta’uu ragaa bahuu, salaata dhaabuu, zakaa kennuu,  hajjii gochuu fi ji'a Ramadaanaa soomuudha” .</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Abuu Abdullaah Annu'umaan ibnu Bashiir irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e:||"Halalli ifa galaadha, haraamnis ifa galaadha, gidduu isaaniitti wantoota wal fakkaatan kan namoonni hedduun isaan hin beekneetu jiran, namni wal fakkaattuu eeggate amantii fi kabajaa isaatiif qulqullina barbaade, wal fakkaattuu keessa namni bu'e haraama keessa bu'e, inni akka tiksee daangaa cinaatti tiksuuti, isa keessa seenee dheeduutu mala, dhaga'aa! mootii hundaafuu daangaatu jira, dhaga'aa! daangaan Rabbii dhoorgaa Isaati, dhaga'aa! dhugumatti qaama namaa keessa waan akka cittuu fooniitu jira, yeroo isiin tolte qaamni hundi ni tola, yeroo isiin badde immoo qaamni hundi ni bada, dhaga'aa! isiin qalbiidha</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Abuu Abdullaah Annu'umaan ibnu Bashiir irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Halalli ifa galaadha, haraamnis ifa galaadha, gidduu isaaniitti wantoota wal fakkaatan kan namoonni hedduun isaan hin beekneetu jiran, namni wal fakkaattuu eeggate amantii fi kabajaa isaatiif qulqullina barbaade, wal fakkaattuu keessa namni bu'e haraama keessa bu'e, inni akka tiksee daangaa cinaatti tiksuuti, isa keessa seenee dheeduutu mala, dhaga'aa! mootii hundaafuu daangaatu jira, dhaga'aa! daangaan Rabbii dhoorgaa Isaati, dhaga'aa! dhugumatti qaama namaa keessa waan akka cittuu fooniitu jira, yeroo isiin tolte qaamni hundi ni tola, yeroo isiin badde immoo qaamni hundi ni bada, dhaga'aa! isiin qalbiidha".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Hadiisni kun waan namatti wal fakkaatu (shubuhaa) irraa eeggachuu keessatti foormulaadha.
+Waan wal fakkaatu, kan murtoon isaa ifa hin tahin dhiisuutti kakaasuudha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Abuu Ruqiyyaa Tamiim ibnu Aows Addaarii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani:||"Amantaa jechuun gaarii yaaduudha" ni jenne: eenyuufi? ni jedhan: "Rabbiifi, kitaaba Isaatiifi, ergamaa Isaatiif, dureewwan muslimootaatii fi hunduma isaanitiifi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Abuu Ruqiyyaa Tamiim ibnu Aows Addaarii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: "Amantaa jechuun gaarii yaaduudha" ni jenne: eenyuufi? ni jedhan: "Rabbiifi, kitaaba Isaatiifi, ergamaa Isaatiif, dureewwan muslimootaatii fi hunduma isaanitiifi".</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Amantiin Rabbiif qulqulleessanii hojjachuu fi dhugaa irratti akka gadi dhaabbate himani, sunis kan ta'e akkuma Rabbiin dirqama taasisetti, hir'isaan maletti yookaan gowwoosaan maletti, guutuu ta'ee akka raawwatamuufi. Nabiyyiidhaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nasiihaan (gorsi) eenyuuf ta'a? jedhamee jennaan, akkas jedhani: Jalqaba: Rabbiif nasiihaa gochuudha (yaaduudha): kunis kan ta'u, hojii kee Rabbiif qulqulleesuu fi isatti qindeessuu dhabuun, Rabbummaa isaa, gabbaramummaa isaatii fi maqoolee fi sifaata isaatti amanuun, ajaja isaa ulfeessuu fi isatti amanuutti waamuuni. lammaffaan: Kitaaba Rabbiitiif nasiihaa gochuudha (yaaduudha) innis Qur'aana kabajamaadha: kunis kan ta'u haasaa Rabbii ta'uu isaa, xumura kitaabolee isaa ta'uu fi shari'aawwan isaan dura turan hundas kan haqe ta'uu isaatti amanuuni, akkasumas isa ulfeessina, akka dubbifamuu qabuttis isa dubbifna, murtoo isaa ifa galaa ta'ettis ni hojjanna, wol fakkaataa isaas itti amannee fudhanna, jijjiirraa worra isa jallisanuu irraas isa eegna, gorsa isaatiinis ni gorfamna, beekumsa isaas ni facaafna, isattis ni waamna. Sadaffaan: ergamaa Rabbii Muhammadiif -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nasiihaa gochuudha (yaaduudha): sunis kan ta'u, ergamaa xumuraa ta'uu isaaniitti amanuun, waan isaan ittiin dhufan dhugeessuun, ajaja isaanii hojii irra oolchuun, waan isaan irraa dhoorgan irraa fagaachuun, waan isaan ittiin dhufaniin malee Rabbiin gabbaruu dhiisuun, haqa isaanii jabeessuun, isaan ulfeessuun, waamicha isaanii facaasuun, kara isaanii diriirsuu fi maqa balleessii isaan irraa mormuuni. Afraffaa: Dura buutota Muslimootaatiif nasiihaa gochuudha (yaaduudha): kunis kan ta'u haqa irratti isaan gargaaruun, aangoo isaaniin falmuu dhabuu fi Rabbiif ajajamuu keessatti isaan dhaga'uuni. Shanaffaan: Muslimootaaf nasiihaa gochuudha (yaaduudha): kunis kan ta'u; tola isaanitti ooluun, islaamummaatti isaan waamuun, waan isaan rakkisu isaan irraa qabuun, toltuu isaaniif jaallachuu fi toltuu fi sodaa Rabbii keessatti isaaniin wol gargaaruuni.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>Abuu Hamzaa Anas ibnu Maalik -khaadima ergamaa Rabbii Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa odeeffamee -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani:||«Tokkoon keessan hanga waan lubbuu ofiitiif jaallatu obboleessa isaatiif jaallatutti hin amanne</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Abuu Hamzaa Anas ibnu Maalik -khaadima ergamaa Rabbii Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa odeeffamee -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Tokkoon keessan hanga waan lubbuu ofiitiif jaallatu obboleessa isaatiif jaallatutti hin amanne».</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>Abuu Mas'uud Uqbaa ibnu Amrii Al-Ansaarii Al-Badrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaan Rabii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani:||«Jechoota namoonni Nabiyyummaa isa jalqabaa irraa dhaqqaban keessaa tokko: Yoo qaanfachuu baatte wanta barbaadde raawwadhu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Abuu Mas'uud Uqbaa ibnu Amrii Al-Ansaarii Al-Badrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaan Rabii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Jechoota namoonni Nabiyyummaa isa jalqabaa irraa dhaqqaban keessaa tokko: Yoo qaanfachuu baatte wanta barbaadde raawwadhu».</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Abuu Amri -Abuu Amraas jedhameera- Sufyaan ibnu Abdullaah irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe:||Nin jedhe: Yaa Ergamaa Rabbii, Islaamummaa keessatti jecha tokko kan si malee nama biraa hin gaafanne naan jedhi, isaanis ni jedhan: “Ani Rabbitti amane jedhii eegasii irratti gadi dhaabbadhu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Abuu Amri -Abuu Amraas jedhameera- Sufyaan ibnu Abdullaah irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Nin jedhe: Yaa Ergamaa Rabbii, Islaamummaa keessatti jecha tokko kan si malee nama biraa hin gaafanne naan jedhi, isaanis ni jedhan: “Ani Rabbitti amane jedhii eegasii irratti gadi dhaabbadhu".</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -18366,51 +18512,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O490"/>
+  <dimension ref="A1:O496"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -19682,21674 +19828,22010 @@
       </c>
       <c r="D29" t="s">
         <v>267</v>
       </c>
       <c r="E29" t="s">
         <v>268</v>
       </c>
       <c r="F29" t="s">
         <v>269</v>
       </c>
       <c r="G29" t="s">
         <v>270</v>
       </c>
       <c r="H29" t="s">
         <v>271</v>
       </c>
       <c r="I29" t="s">
         <v>272</v>
       </c>
       <c r="J29" t="s">
         <v>273</v>
       </c>
       <c r="K29" t="s">
         <v>274</v>
       </c>
+      <c r="L29" t="s">
+        <v>275</v>
+      </c>
       <c r="M29" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3060</v>
       </c>
       <c r="B31" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3061</v>
       </c>
       <c r="B32" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3062</v>
       </c>
       <c r="B33" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C33" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D33" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E33" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F33" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H33" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3063</v>
       </c>
       <c r="B34" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3071</v>
       </c>
       <c r="B35" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>170</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>171</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3075</v>
       </c>
       <c r="B36" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3078</v>
       </c>
       <c r="B37" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3079</v>
       </c>
       <c r="B38" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3086</v>
       </c>
       <c r="B39" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3087</v>
       </c>
       <c r="B40" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3088</v>
       </c>
       <c r="B41" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>170</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>171</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3095</v>
       </c>
       <c r="B42" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3096</v>
       </c>
       <c r="B43" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3103</v>
       </c>
       <c r="B44" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3104</v>
       </c>
       <c r="B45" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3107</v>
       </c>
       <c r="B46" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3110</v>
       </c>
       <c r="B47" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
         <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
         <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3122</v>
       </c>
       <c r="B48" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C48" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D48" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E48" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F48" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="G48" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H48" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="I48" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="J48" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K48" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L48" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M48" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3127</v>
       </c>
       <c r="B49" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3135</v>
       </c>
       <c r="B50" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3138</v>
       </c>
       <c r="B51" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>170</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>171</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3142</v>
       </c>
       <c r="B52" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>59</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>61</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3143</v>
       </c>
       <c r="B53" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>3144</v>
       </c>
       <c r="B54" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>3145</v>
       </c>
       <c r="B55" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>3150</v>
       </c>
       <c r="B56" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>3153</v>
       </c>
       <c r="B57" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>3156</v>
       </c>
       <c r="B58" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>3157</v>
       </c>
       <c r="B59" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
         <v>170</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
         <v>171</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>3159</v>
       </c>
       <c r="B60" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K60" t="s">
         <v>59</v>
       </c>
       <c r="L60" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M60" t="s">
         <v>61</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>3220</v>
       </c>
       <c r="B61" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
         <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>3236</v>
       </c>
       <c r="B62" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C62" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D62" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E62" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F62" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="G62" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H62" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="I62" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>3267</v>
       </c>
       <c r="B63" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>3272</v>
       </c>
       <c r="B64" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>170</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>171</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>3279</v>
       </c>
       <c r="B65" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>3285</v>
       </c>
       <c r="B66" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>47</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>48</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>3298</v>
       </c>
       <c r="B67" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>170</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>171</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>3310</v>
       </c>
       <c r="B68" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>3313</v>
       </c>
       <c r="B69" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
         <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
         <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>3316</v>
       </c>
       <c r="B70" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C70" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D70" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E70" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F70" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="G70" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H70" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="I70" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>47</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>48</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>3317</v>
       </c>
       <c r="B71" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C71" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D71" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E71" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F71" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G71" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H71" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="I71" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>3330</v>
       </c>
       <c r="B72" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C72" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D72" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E72" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="F72" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="G72" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="I72" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
         <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>3331</v>
       </c>
       <c r="B73" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C73" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D73" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E73" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="F73" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="G73" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="H73" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="I73" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
         <v>25</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
         <v>27</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>3336</v>
       </c>
       <c r="B74" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C74" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D74" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E74" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F74" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G74" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H74" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="I74" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>3341</v>
       </c>
       <c r="B75" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C75" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D75" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E75" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F75" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G75" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H75" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="I75" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>3342</v>
       </c>
       <c r="B76" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C76" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D76" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E76" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F76" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G76" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H76" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="I76" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>3345</v>
       </c>
       <c r="B77" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C77" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D77" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E77" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F77" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G77" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H77" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="I77" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>3347</v>
       </c>
       <c r="B78" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C78" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D78" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E78" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F78" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="G78" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="H78" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="I78" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
         <v>170</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
         <v>171</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>3348</v>
       </c>
       <c r="B79" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C79" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D79" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E79" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F79" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="G79" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H79" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="I79" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
         <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>27</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>3350</v>
       </c>
       <c r="B80" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C80" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D80" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E80" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="F80" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="G80" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="H80" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="I80" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="J80" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K80" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="L80" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M80" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>3352</v>
       </c>
       <c r="B81" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C81" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D81" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="E81" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="F81" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="G81" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="H81" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="I81" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="J81" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="K81" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="L81" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="M81" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>3354</v>
       </c>
       <c r="B82" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C82" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D82" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E82" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F82" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G82" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H82" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="I82" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
         <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>3355</v>
       </c>
       <c r="B83" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C83" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D83" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="E83" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F83" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="G83" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H83" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="I83" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>3359</v>
       </c>
       <c r="B84" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C84" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D84" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E84" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F84" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="G84" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="H84" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="I84" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>3360</v>
       </c>
       <c r="B85" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C85" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D85" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E85" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F85" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G85" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H85" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="I85" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>170</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>171</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>3361</v>
       </c>
       <c r="B86" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C86" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D86" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E86" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F86" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="G86" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="H86" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="I86" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>3365</v>
       </c>
       <c r="B87" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C87" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D87" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E87" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F87" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G87" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H87" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="I87" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>3366</v>
       </c>
       <c r="B88" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C88" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D88" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E88" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F88" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="G88" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H88" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="I88" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>3370</v>
       </c>
       <c r="B89" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C89" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D89" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E89" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="F89" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="G89" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H89" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="I89" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>170</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>171</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>3372</v>
       </c>
       <c r="B90" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C90" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D90" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E90" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F90" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="G90" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H90" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="I90" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
         <v>170</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
         <v>171</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>3373</v>
       </c>
       <c r="B91" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C91" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D91" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="E91" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F91" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="G91" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="H91" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="I91" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>170</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
         <v>171</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>3375</v>
       </c>
       <c r="B92" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C92" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D92" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E92" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F92" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="G92" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H92" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="I92" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="J92" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K92" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L92" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M92" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>3381</v>
       </c>
       <c r="B93" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C93" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D93" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="E93" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="F93" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="G93" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="H93" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="I93" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="J93" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K93" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L93" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M93" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>3383</v>
       </c>
       <c r="B94" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C94" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D94" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E94" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="F94" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="G94" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="H94" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="I94" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
         <v>274</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>3389</v>
       </c>
       <c r="B95" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C95" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D95" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E95" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F95" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="G95" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H95" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="I95" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>3390</v>
       </c>
       <c r="B96" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C96" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D96" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="E96" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="F96" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="G96" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="H96" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="I96" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
         <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>3395</v>
       </c>
       <c r="B97" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C97" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D97" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="E97" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="F97" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="G97" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="H97" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="I97" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>3406</v>
       </c>
       <c r="B98" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C98" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D98" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="E98" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F98" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="G98" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H98" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="I98" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>47</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>48</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>3407</v>
       </c>
       <c r="B99" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C99" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D99" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="E99" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F99" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="G99" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="H99" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="I99" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>25</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>27</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>3409</v>
       </c>
       <c r="B100" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C100" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D100" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="E100" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F100" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="G100" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H100" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="I100" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>3410</v>
       </c>
       <c r="B101" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C101" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D101" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="E101" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F101" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="G101" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H101" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="I101" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>3414</v>
       </c>
       <c r="B102" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C102" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D102" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E102" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F102" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="G102" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H102" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="I102" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>47</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>48</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>3417</v>
       </c>
       <c r="B103" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C103" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D103" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E103" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F103" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="G103" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H103" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I103" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>3418</v>
       </c>
       <c r="B104" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C104" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D104" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E104" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="F104" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="G104" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H104" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="I104" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>170</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>171</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>3419</v>
       </c>
       <c r="B105" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C105" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D105" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="E105" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="F105" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="G105" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="H105" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="I105" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>3420</v>
       </c>
       <c r="B106" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C106" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D106" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E106" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F106" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G106" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H106" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="I106" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>170</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>171</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>3422</v>
       </c>
       <c r="B107" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C107" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D107" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E107" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F107" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="G107" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H107" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="I107" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>3437</v>
       </c>
       <c r="B108" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C108" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D108" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="E108" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F108" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="G108" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="I108" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>25</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>3438</v>
       </c>
       <c r="B109" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C109" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D109" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E109" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F109" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="G109" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="H109" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="I109" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
         <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
         <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>3444</v>
       </c>
       <c r="B110" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C110" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D110" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="E110" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="F110" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="G110" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="H110" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="I110" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>3461</v>
       </c>
       <c r="B111" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C111" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D111" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="E111" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F111" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="G111" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="H111" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="I111" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>3470</v>
       </c>
       <c r="B112" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C112" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D112" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="E112" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="F112" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="G112" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="H112" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="I112" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>3475</v>
       </c>
       <c r="B113" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C113" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D113" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="E113" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F113" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="G113" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="H113" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="I113" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>47</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>48</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>3476</v>
       </c>
       <c r="B114" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C114" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D114" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="E114" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="F114" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="G114" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="H114" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="I114" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>3480</v>
       </c>
       <c r="B115" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C115" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D115" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="E115" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F115" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G115" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="H115" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="I115" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>170</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>171</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>3481</v>
       </c>
       <c r="B116" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C116" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D116" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="E116" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F116" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="G116" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="H116" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="I116" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
         <v>170</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>171</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>3503</v>
       </c>
       <c r="B117" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C117" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D117" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="E117" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="F117" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="G117" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="H117" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="I117" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>3512</v>
       </c>
       <c r="B118" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C118" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D118" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="E118" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="F118" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="G118" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="H118" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="I118" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>3518</v>
       </c>
       <c r="B119" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C119" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D119" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="E119" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="F119" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="G119" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="H119" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="I119" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
+      <c r="M119" t="s">
+        <v>1110</v>
+      </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>3520</v>
       </c>
       <c r="B120" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C120" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D120" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="E120" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="F120" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="G120" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="H120" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="I120" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>59</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>61</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>3534</v>
       </c>
       <c r="B121" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C121" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D121" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="E121" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="F121" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="G121" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="H121" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="I121" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>3546</v>
       </c>
       <c r="B122" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C122" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D122" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="E122" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="F122" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="G122" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="H122" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="I122" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
         <v>25</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
         <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>3552</v>
       </c>
       <c r="B123" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C123" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="D123" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="E123" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="F123" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="G123" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="H123" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="I123" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>3553</v>
       </c>
       <c r="B124" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C124" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D124" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="E124" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="F124" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="G124" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="H124" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="I124" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>47</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>48</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>3567</v>
       </c>
       <c r="B125" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C125" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D125" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="E125" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="F125" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="G125" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="H125" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="I125" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="J125" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K125" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="L125" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M125" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>3574</v>
       </c>
       <c r="B126" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="C126" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="D126" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="E126" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="F126" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="G126" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="H126" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="I126" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
         <v>170</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
         <v>171</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>3575</v>
       </c>
       <c r="B127" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="C127" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="D127" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="E127" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="F127" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="G127" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="H127" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="I127" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>3581</v>
       </c>
       <c r="B128" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="C128" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="D128" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="E128" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="F128" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="G128" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="H128" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="I128" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>47</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>48</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>3588</v>
       </c>
       <c r="B129" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="C129" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="D129" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="E129" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="F129" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="G129" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="H129" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="I129" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>3591</v>
       </c>
       <c r="B130" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C130" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="D130" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="E130" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="F130" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="G130" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="H130" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="I130" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>170</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>171</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>3686</v>
       </c>
       <c r="B131" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="C131" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="D131" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="E131" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="F131" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="G131" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="H131" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="I131" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
         <v>47</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>48</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>3689</v>
       </c>
       <c r="B132" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C132" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="D132" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="E132" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="F132" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="G132" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="H132" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="I132" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>25</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>27</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>3700</v>
       </c>
       <c r="B133" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="C133" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D133" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="E133" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="F133" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="G133" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="H133" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="I133" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>3701</v>
       </c>
       <c r="B134" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C134" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="D134" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="E134" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="F134" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="G134" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="H134" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="I134" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>3702</v>
       </c>
       <c r="B135" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C135" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D135" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="E135" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="F135" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="G135" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="H135" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="I135" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>48</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>3706</v>
       </c>
       <c r="B136" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C136" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="D136" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="E136" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="F136" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="G136" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="H136" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="I136" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>3711</v>
       </c>
       <c r="B137" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="C137" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="D137" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="E137" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="F137" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="G137" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="H137" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="I137" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>3716</v>
       </c>
       <c r="B138" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C138" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D138" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="E138" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="F138" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="G138" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="H138" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="I138" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>47</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>48</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>3718</v>
       </c>
       <c r="B139" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C139" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="D139" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="E139" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="F139" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="G139" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="H139" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="I139" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>170</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>171</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>3719</v>
       </c>
       <c r="B140" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C140" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D140" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="E140" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="F140" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="G140" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="H140" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="I140" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>170</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>171</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>3731</v>
       </c>
       <c r="B141" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C141" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="D141" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="E141" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="F141" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="G141" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="H141" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="I141" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>3732</v>
       </c>
       <c r="B142" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C142" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="D142" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="E142" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="F142" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="G142" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="H142" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="I142" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>170</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>171</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
         <v>3753</v>
       </c>
       <c r="B143" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="C143" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="D143" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="E143" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="F143" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="G143" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="H143" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="I143" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
         <v>3756</v>
       </c>
       <c r="B144" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C144" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D144" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="E144" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="F144" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="G144" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="H144" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="I144" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
         <v>3791</v>
       </c>
       <c r="B145" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="C145" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="D145" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="E145" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="F145" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="G145" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="H145" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="I145" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="J145" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="K145" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="L145" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="M145" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
         <v>3854</v>
       </c>
       <c r="B146" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C146" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D146" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="E146" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="F146" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="G146" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="H146" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="I146" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>47</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>48</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
         <v>4176</v>
       </c>
       <c r="B147" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="C147" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="D147" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="E147" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="F147" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="G147" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="H147" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="I147" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>170</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>171</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
         <v>4186</v>
       </c>
       <c r="B148" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C148" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D148" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="E148" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="F148" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="G148" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="H148" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="I148" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>59</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>61</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
         <v>4196</v>
       </c>
       <c r="B149" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C149" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D149" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="E149" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="F149" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="G149" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="H149" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="I149" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
         <v>4198</v>
       </c>
       <c r="B150" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="C150" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D150" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="E150" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="F150" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="G150" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="H150" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="I150" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
         <v>4202</v>
       </c>
       <c r="B151" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="C151" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="D151" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="E151" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="F151" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="G151" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="H151" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="I151" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
         <v>25</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
         <v>4204</v>
       </c>
       <c r="B152" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C152" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="D152" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="E152" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F152" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="G152" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="H152" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="I152" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>47</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>48</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
         <v>4206</v>
       </c>
       <c r="B153" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="C153" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="D153" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="E153" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="F153" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="G153" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="H153" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="I153" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
         <v>4211</v>
       </c>
       <c r="B154" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="C154" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="D154" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="E154" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="F154" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="G154" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="H154" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="I154" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
         <v>4243</v>
       </c>
       <c r="B155" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="C155" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="D155" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="E155" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="F155" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="G155" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="H155" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="I155" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
         <v>4292</v>
       </c>
       <c r="B156" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="C156" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="D156" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="E156" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="F156" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="G156" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="H156" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="I156" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
+      <c r="M156" t="s">
+        <v>1455</v>
+      </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
         <v>4295</v>
       </c>
       <c r="B157" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="C157" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="D157" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="E157" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="F157" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="G157" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="H157" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="I157" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
         <v>4303</v>
       </c>
       <c r="B158" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="C158" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="D158" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="E158" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="F158" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="G158" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="H158" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="I158" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="J158" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="K158" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="L158" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="M158" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
         <v>4304</v>
       </c>
       <c r="B159" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="C159" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="D159" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="E159" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="F159" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="G159" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="H159" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="I159" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
         <v>25</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
         <v>4308</v>
       </c>
       <c r="B160" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="C160" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="D160" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="E160" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="F160" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="G160" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="H160" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="I160" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>170</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>171</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
         <v>4309</v>
       </c>
       <c r="B161" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="C161" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="D161" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="E161" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="F161" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="G161" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="H161" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="I161" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
         <v>170</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>171</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
         <v>4314</v>
       </c>
       <c r="B162" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="C162" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="D162" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="E162" t="s">
-        <v>1502</v>
+        <v>1505</v>
       </c>
       <c r="F162" t="s">
-        <v>1503</v>
+        <v>1506</v>
       </c>
       <c r="G162" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="H162" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="I162" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
         <v>4316</v>
       </c>
       <c r="B163" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="C163" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="D163" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="E163" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="F163" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="G163" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="H163" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="I163" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
         <v>170</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
         <v>171</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
         <v>4318</v>
       </c>
       <c r="B164" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="C164" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="D164" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="E164" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="F164" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="G164" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="H164" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="I164" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
         <v>170</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>171</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
         <v>4319</v>
       </c>
       <c r="B165" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="C165" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="D165" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="E165" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="F165" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="G165" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="H165" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="I165" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>170</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>171</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
         <v>4322</v>
       </c>
       <c r="B166" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="C166" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="D166" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="E166" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="F166" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="G166" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="H166" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="I166" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
         <v>4436</v>
       </c>
       <c r="B167" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="C167" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="D167" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="E167" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
       <c r="F167" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="G167" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="H167" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="I167" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
         <v>25</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>27</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
         <v>4438</v>
       </c>
       <c r="B168" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="C168" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="D168" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="E168" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="F168" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="G168" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="H168" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="I168" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
         <v>4454</v>
       </c>
       <c r="B169" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="C169" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="D169" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="E169" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="F169" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="G169" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="H169" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="I169" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
         <v>4457</v>
       </c>
       <c r="B170" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="C170" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="D170" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="E170" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="F170" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="G170" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="H170" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="I170" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
         <v>4495</v>
       </c>
       <c r="B171" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="C171" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="D171" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="E171" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="F171" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="G171" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="H171" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="I171" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
         <v>4498</v>
       </c>
       <c r="B172" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="C172" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="D172" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="E172" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="F172" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="G172" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="H172" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="I172" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>25</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>27</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
         <v>4538</v>
       </c>
       <c r="B173" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="C173" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="D173" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="E173" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="F173" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="G173" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="H173" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="I173" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
         <v>4549</v>
       </c>
       <c r="B174" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="C174" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="D174" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="E174" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="F174" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="G174" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="H174" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="I174" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
         <v>4555</v>
       </c>
       <c r="B175" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="C175" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="D175" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="E175" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="F175" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="G175" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="H175" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="I175" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>170</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>171</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
         <v>4556</v>
       </c>
       <c r="B176" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="C176" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="D176" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="E176" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="F176" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="G176" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="H176" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="I176" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
         <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
         <v>4558</v>
       </c>
       <c r="B177" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
       <c r="C177" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="D177" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="E177" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="F177" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="G177" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="H177" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="I177" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>170</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>171</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
         <v>4559</v>
       </c>
       <c r="B178" t="s">
-        <v>1643</v>
+        <v>1646</v>
       </c>
       <c r="C178" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="D178" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="E178" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="F178" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="G178" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="H178" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="I178" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
         <v>47</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>48</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
         <v>4560</v>
       </c>
       <c r="B179" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="C179" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="D179" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="E179" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="F179" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="G179" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="H179" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="I179" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
         <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
         <v>4563</v>
       </c>
       <c r="B180" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="C180" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
       <c r="D180" t="s">
-        <v>1663</v>
+        <v>1666</v>
       </c>
       <c r="E180" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="F180" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="G180" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="H180" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="I180" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
         <v>170</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>171</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
         <v>4564</v>
       </c>
       <c r="B181" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C181" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="D181" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="E181" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="F181" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="G181" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="H181" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="I181" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
+      <c r="M181" t="s">
+        <v>1682</v>
+      </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
         <v>4566</v>
       </c>
       <c r="B182" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="C182" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="D182" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="E182" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="F182" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="G182" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="H182" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="I182" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
         <v>4568</v>
       </c>
       <c r="B183" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="C183" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="D183" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="E183" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="F183" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="G183" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="H183" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="I183" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
         <v>4704</v>
       </c>
       <c r="B184" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="C184" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="D184" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="E184" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="F184" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="G184" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="H184" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="I184" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
         <v>47</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>48</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
         <v>4709</v>
       </c>
       <c r="B185" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="C185" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="D185" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="E185" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="F185" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="G185" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
       <c r="H185" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="I185" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
         <v>47</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
         <v>48</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
         <v>4711</v>
       </c>
       <c r="B186" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="C186" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="D186" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
       <c r="E186" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="F186" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="G186" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="H186" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="I186" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="J186" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="K186" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="L186" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="M186" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
         <v>4716</v>
       </c>
       <c r="B187" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="C187" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
       <c r="D187" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="E187" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="F187" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="G187" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="H187" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="I187" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
         <v>4717</v>
       </c>
       <c r="B188" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
       <c r="C188" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="D188" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
       <c r="E188" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
       <c r="F188" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
       <c r="G188" t="s">
-        <v>1743</v>
+        <v>1747</v>
       </c>
       <c r="H188" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
       <c r="I188" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
         <v>4721</v>
       </c>
       <c r="B189" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
       <c r="C189" t="s">
-        <v>1748</v>
+        <v>1752</v>
       </c>
       <c r="D189" t="s">
-        <v>1749</v>
+        <v>1753</v>
       </c>
       <c r="E189" t="s">
-        <v>1750</v>
+        <v>1754</v>
       </c>
       <c r="F189" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
       <c r="G189" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="H189" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="I189" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
         <v>4722</v>
       </c>
       <c r="B190" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="C190" t="s">
-        <v>1757</v>
+        <v>1761</v>
       </c>
       <c r="D190" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="E190" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="F190" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="G190" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="H190" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="I190" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
+      <c r="M190" t="s">
+        <v>1769</v>
+      </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
         <v>4792</v>
       </c>
       <c r="B191" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="C191" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="D191" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="E191" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="F191" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="G191" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="H191" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="I191" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
         <v>4801</v>
       </c>
       <c r="B192" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="C192" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="D192" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="E192" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="F192" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="G192" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="H192" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="I192" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>170</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>171</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
         <v>4810</v>
       </c>
       <c r="B193" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="C193" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="D193" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="E193" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="F193" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="G193" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="H193" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="I193" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
         <v>170</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>171</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
         <v>4811</v>
       </c>
       <c r="B194" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="C194" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="D194" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="E194" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="F194" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="G194" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="H194" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="I194" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
         <v>4815</v>
       </c>
       <c r="B195" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="C195" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="D195" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="E195" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="F195" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="G195" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="H195" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="I195" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
         <v>4817</v>
       </c>
       <c r="B196" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="C196" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="D196" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="E196" t="s">
-        <v>1814</v>
+        <v>1819</v>
       </c>
       <c r="F196" t="s">
-        <v>1815</v>
+        <v>1820</v>
       </c>
       <c r="G196" t="s">
-        <v>1816</v>
+        <v>1821</v>
       </c>
       <c r="H196" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="I196" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
         <v>4850</v>
       </c>
       <c r="B197" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="C197" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="D197" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="E197" t="s">
-        <v>1823</v>
+        <v>1828</v>
       </c>
       <c r="F197" t="s">
-        <v>1824</v>
+        <v>1829</v>
       </c>
       <c r="G197" t="s">
-        <v>1825</v>
+        <v>1830</v>
       </c>
       <c r="H197" t="s">
-        <v>1826</v>
+        <v>1831</v>
       </c>
       <c r="I197" t="s">
-        <v>1827</v>
+        <v>1832</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
         <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
         <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
         <v>4935</v>
       </c>
       <c r="B198" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="C198" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="D198" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
       <c r="E198" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="F198" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="G198" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="H198" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="I198" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>170</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>171</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
         <v>4939</v>
       </c>
       <c r="B199" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="C199" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="D199" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="E199" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="F199" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="G199" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="H199" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="I199" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
         <v>170</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
         <v>171</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
         <v>4947</v>
       </c>
       <c r="B200" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="C200" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="D200" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="E200" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
       <c r="F200" t="s">
-        <v>1851</v>
+        <v>1856</v>
       </c>
       <c r="G200" t="s">
-        <v>1852</v>
+        <v>1857</v>
       </c>
       <c r="H200" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="I200" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>47</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>48</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
         <v>4950</v>
       </c>
       <c r="B201" t="s">
-        <v>1856</v>
+        <v>1861</v>
       </c>
       <c r="C201" t="s">
-        <v>1857</v>
+        <v>1862</v>
       </c>
       <c r="D201" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="E201" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="F201" t="s">
-        <v>1860</v>
+        <v>1865</v>
       </c>
       <c r="G201" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="H201" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="I201" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
         <v>4958</v>
       </c>
       <c r="B202" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
       <c r="C202" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="D202" t="s">
-        <v>1867</v>
+        <v>1872</v>
       </c>
       <c r="E202" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="F202" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
       <c r="G202" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
       <c r="H202" t="s">
-        <v>1871</v>
+        <v>1876</v>
       </c>
       <c r="I202" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>170</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>171</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
         <v>4965</v>
       </c>
       <c r="B203" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="C203" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
       <c r="D203" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
       <c r="E203" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
       <c r="F203" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
       <c r="G203" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="H203" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="I203" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
         <v>4968</v>
       </c>
       <c r="B204" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="C204" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="D204" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="E204" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="F204" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="G204" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="H204" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="I204" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
         <v>4969</v>
       </c>
       <c r="B205" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="C205" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="D205" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
       <c r="E205" t="s">
-        <v>1895</v>
+        <v>1900</v>
       </c>
       <c r="F205" t="s">
-        <v>1896</v>
+        <v>1901</v>
       </c>
       <c r="G205" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
       <c r="H205" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="I205" t="s">
-        <v>1899</v>
+        <v>1904</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1900</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
         <v>5037</v>
       </c>
       <c r="B206" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
       <c r="C206" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="D206" t="s">
-        <v>1903</v>
+        <v>1908</v>
       </c>
       <c r="E206" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
       <c r="F206" t="s">
-        <v>1905</v>
+        <v>1910</v>
       </c>
       <c r="G206" t="s">
-        <v>1906</v>
+        <v>1911</v>
       </c>
       <c r="H206" t="s">
-        <v>1907</v>
+        <v>1912</v>
       </c>
       <c r="I206" t="s">
-        <v>1908</v>
+        <v>1913</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>170</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>171</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1909</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
         <v>5272</v>
       </c>
       <c r="B207" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
       <c r="C207" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="D207" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="E207" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="F207" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="G207" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="H207" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="I207" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="J207" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K207" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="L207" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M207" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
         <v>5273</v>
       </c>
       <c r="B208" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="C208" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="D208" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="E208" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="F208" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="G208" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="H208" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="I208" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>1928</v>
+        <v>1933</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
         <v>5326</v>
       </c>
       <c r="B209" t="s">
-        <v>1930</v>
+        <v>1935</v>
       </c>
       <c r="C209" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="D209" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="E209" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="F209" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="G209" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="H209" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="I209" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>170</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>171</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
         <v>5330</v>
       </c>
       <c r="B210" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="C210" t="s">
-        <v>1940</v>
+        <v>1945</v>
       </c>
       <c r="D210" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="E210" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
       <c r="F210" t="s">
-        <v>1943</v>
+        <v>1948</v>
       </c>
       <c r="G210" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
       <c r="H210" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
       <c r="I210" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
         <v>170</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
         <v>171</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
         <v>5331</v>
       </c>
       <c r="B211" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="C211" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="D211" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="E211" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="F211" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="G211" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="H211" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="I211" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
         <v>47</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
         <v>48</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
         <v>5332</v>
       </c>
       <c r="B212" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="C212" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="D212" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="E212" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="F212" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="G212" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="H212" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="I212" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
         <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
         <v>5333</v>
       </c>
       <c r="B213" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="C213" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="D213" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="E213" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
       <c r="F213" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
       <c r="G213" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="H213" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="I213" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1974</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
         <v>5335</v>
       </c>
       <c r="B214" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="C214" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="D214" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="E214" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="F214" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="G214" t="s">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="H214" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
       <c r="I214" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
         <v>25</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
         <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
         <v>5346</v>
       </c>
       <c r="B215" t="s">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="C215" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="D215" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="E215" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="F215" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
       <c r="G215" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="H215" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="I215" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
         <v>5347</v>
       </c>
       <c r="B216" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="C216" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="D216" t="s">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E216" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="F216" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="G216" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="H216" t="s">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="I216" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
         <v>170</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
         <v>171</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
         <v>5348</v>
       </c>
       <c r="B217" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="C217" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="D217" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E217" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="F217" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="G217" t="s">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="H217" t="s">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I217" t="s">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>170</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>171</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2012</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
         <v>5351</v>
       </c>
       <c r="B218" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="C218" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="D218" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E218" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="F218" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="G218" t="s">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="H218" t="s">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="I218" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
         <v>5353</v>
       </c>
       <c r="B219" t="s">
-        <v>2022</v>
+        <v>2027</v>
       </c>
       <c r="C219" t="s">
-        <v>2023</v>
+        <v>2028</v>
       </c>
       <c r="D219" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="E219" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
       <c r="F219" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="G219" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="H219" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
       <c r="I219" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="J219" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K219" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="L219" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M219" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
         <v>5354</v>
       </c>
       <c r="B220" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="C220" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="D220" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
       <c r="E220" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
       <c r="F220" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
       <c r="G220" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
       <c r="H220" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="I220" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>170</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>171</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
         <v>5359</v>
       </c>
       <c r="B221" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="C221" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
       <c r="D221" t="s">
-        <v>2042</v>
+        <v>2047</v>
       </c>
       <c r="E221" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="F221" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="G221" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
       <c r="H221" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="I221" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2048</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
         <v>5364</v>
       </c>
       <c r="B222" t="s">
-        <v>2049</v>
+        <v>2054</v>
       </c>
       <c r="C222" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="D222" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="E222" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="F222" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="G222" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="H222" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="I222" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>47</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>48</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
         <v>5365</v>
       </c>
       <c r="B223" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="C223" t="s">
-        <v>2059</v>
+        <v>2064</v>
       </c>
       <c r="D223" t="s">
-        <v>2060</v>
+        <v>2065</v>
       </c>
       <c r="E223" t="s">
-        <v>2061</v>
+        <v>2066</v>
       </c>
       <c r="F223" t="s">
-        <v>2062</v>
+        <v>2067</v>
       </c>
       <c r="G223" t="s">
-        <v>2063</v>
+        <v>2068</v>
       </c>
       <c r="H223" t="s">
-        <v>2064</v>
+        <v>2069</v>
       </c>
       <c r="I223" t="s">
-        <v>2065</v>
+        <v>2070</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>27</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2066</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
         <v>5367</v>
       </c>
       <c r="B224" t="s">
-        <v>2067</v>
+        <v>2072</v>
       </c>
       <c r="C224" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="D224" t="s">
-        <v>2069</v>
+        <v>2074</v>
       </c>
       <c r="E224" t="s">
-        <v>2070</v>
+        <v>2075</v>
       </c>
       <c r="F224" t="s">
-        <v>2071</v>
+        <v>2076</v>
       </c>
       <c r="G224" t="s">
-        <v>2072</v>
+        <v>2077</v>
       </c>
       <c r="H224" t="s">
-        <v>2073</v>
+        <v>2078</v>
       </c>
       <c r="I224" t="s">
-        <v>2074</v>
+        <v>2079</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
         <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
         <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2075</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
         <v>5368</v>
       </c>
       <c r="B225" t="s">
-        <v>2076</v>
+        <v>2081</v>
       </c>
       <c r="C225" t="s">
-        <v>2077</v>
+        <v>2082</v>
       </c>
       <c r="D225" t="s">
-        <v>2078</v>
+        <v>2083</v>
       </c>
       <c r="E225" t="s">
-        <v>2079</v>
+        <v>2084</v>
       </c>
       <c r="F225" t="s">
-        <v>2080</v>
+        <v>2085</v>
       </c>
       <c r="G225" t="s">
-        <v>2081</v>
+        <v>2086</v>
       </c>
       <c r="H225" t="s">
-        <v>2082</v>
+        <v>2087</v>
       </c>
       <c r="I225" t="s">
-        <v>2083</v>
+        <v>2088</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
         <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
         <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2084</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
         <v>5371</v>
       </c>
       <c r="B226" t="s">
-        <v>2085</v>
+        <v>2090</v>
       </c>
       <c r="C226" t="s">
-        <v>2086</v>
+        <v>2091</v>
       </c>
       <c r="D226" t="s">
-        <v>2087</v>
+        <v>2092</v>
       </c>
       <c r="E226" t="s">
-        <v>2088</v>
+        <v>2093</v>
       </c>
       <c r="F226" t="s">
-        <v>2089</v>
+        <v>2094</v>
       </c>
       <c r="G226" t="s">
-        <v>2090</v>
+        <v>2095</v>
       </c>
       <c r="H226" t="s">
-        <v>2091</v>
+        <v>2096</v>
       </c>
       <c r="I226" t="s">
-        <v>2092</v>
+        <v>2097</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>2093</v>
+        <v>2098</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>2094</v>
+        <v>2099</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2095</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
         <v>5372</v>
       </c>
       <c r="B227" t="s">
-        <v>2096</v>
+        <v>2101</v>
       </c>
       <c r="C227" t="s">
-        <v>2097</v>
+        <v>2102</v>
       </c>
       <c r="D227" t="s">
-        <v>2098</v>
+        <v>2103</v>
       </c>
       <c r="E227" t="s">
-        <v>2099</v>
+        <v>2104</v>
       </c>
       <c r="F227" t="s">
-        <v>2100</v>
+        <v>2105</v>
       </c>
       <c r="G227" t="s">
-        <v>2101</v>
+        <v>2106</v>
       </c>
       <c r="H227" t="s">
-        <v>2102</v>
+        <v>2107</v>
       </c>
       <c r="I227" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
         <v>5375</v>
       </c>
       <c r="B228" t="s">
-        <v>2105</v>
+        <v>2110</v>
       </c>
       <c r="C228" t="s">
-        <v>2106</v>
+        <v>2111</v>
       </c>
       <c r="D228" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
       <c r="E228" t="s">
-        <v>2108</v>
+        <v>2113</v>
       </c>
       <c r="F228" t="s">
-        <v>2109</v>
+        <v>2114</v>
       </c>
       <c r="G228" t="s">
-        <v>2110</v>
+        <v>2115</v>
       </c>
       <c r="H228" t="s">
-        <v>2111</v>
+        <v>2116</v>
       </c>
       <c r="I228" t="s">
-        <v>2112</v>
+        <v>2117</v>
       </c>
       <c r="J228" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K228" t="s">
         <v>274</v>
       </c>
       <c r="L228" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M228" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2113</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
         <v>5377</v>
       </c>
       <c r="B229" t="s">
-        <v>2114</v>
+        <v>2119</v>
       </c>
       <c r="C229" t="s">
-        <v>2115</v>
+        <v>2120</v>
       </c>
       <c r="D229" t="s">
-        <v>2116</v>
+        <v>2121</v>
       </c>
       <c r="E229" t="s">
-        <v>2117</v>
+        <v>2122</v>
       </c>
       <c r="F229" t="s">
-        <v>2118</v>
+        <v>2123</v>
       </c>
       <c r="G229" t="s">
-        <v>2119</v>
+        <v>2124</v>
       </c>
       <c r="H229" t="s">
-        <v>2120</v>
+        <v>2125</v>
       </c>
       <c r="I229" t="s">
-        <v>2121</v>
+        <v>2126</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2122</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
         <v>5378</v>
       </c>
       <c r="B230" t="s">
-        <v>2123</v>
+        <v>2128</v>
       </c>
       <c r="C230" t="s">
-        <v>2124</v>
+        <v>2129</v>
       </c>
       <c r="D230" t="s">
-        <v>2125</v>
+        <v>2130</v>
       </c>
       <c r="E230" t="s">
-        <v>2126</v>
+        <v>2131</v>
       </c>
       <c r="F230" t="s">
-        <v>2127</v>
+        <v>2132</v>
       </c>
       <c r="G230" t="s">
-        <v>2128</v>
+        <v>2133</v>
       </c>
       <c r="H230" t="s">
-        <v>2129</v>
+        <v>2134</v>
       </c>
       <c r="I230" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2131</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
         <v>5380</v>
       </c>
       <c r="B231" t="s">
-        <v>2132</v>
+        <v>2137</v>
       </c>
       <c r="C231" t="s">
-        <v>2133</v>
+        <v>2138</v>
       </c>
       <c r="D231" t="s">
-        <v>2134</v>
+        <v>2139</v>
       </c>
       <c r="E231" t="s">
-        <v>2135</v>
+        <v>2140</v>
       </c>
       <c r="F231" t="s">
-        <v>2136</v>
+        <v>2141</v>
       </c>
       <c r="G231" t="s">
-        <v>2137</v>
+        <v>2142</v>
       </c>
       <c r="H231" t="s">
-        <v>2138</v>
+        <v>2143</v>
       </c>
       <c r="I231" t="s">
-        <v>2139</v>
+        <v>2144</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2140</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
         <v>5382</v>
       </c>
       <c r="B232" t="s">
-        <v>2141</v>
+        <v>2146</v>
       </c>
       <c r="C232" t="s">
-        <v>2142</v>
+        <v>2147</v>
       </c>
       <c r="D232" t="s">
-        <v>2143</v>
+        <v>2148</v>
       </c>
       <c r="E232" t="s">
-        <v>2144</v>
+        <v>2149</v>
       </c>
       <c r="F232" t="s">
-        <v>2145</v>
+        <v>2150</v>
       </c>
       <c r="G232" t="s">
-        <v>2146</v>
+        <v>2151</v>
       </c>
       <c r="H232" t="s">
-        <v>2147</v>
+        <v>2152</v>
       </c>
       <c r="I232" t="s">
-        <v>2148</v>
+        <v>2153</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
         <v>170</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
         <v>171</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2149</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
         <v>5393</v>
       </c>
       <c r="B233" t="s">
-        <v>2150</v>
+        <v>2155</v>
       </c>
       <c r="C233" t="s">
-        <v>2151</v>
+        <v>2156</v>
       </c>
       <c r="D233" t="s">
-        <v>2152</v>
+        <v>2157</v>
       </c>
       <c r="E233" t="s">
-        <v>2153</v>
+        <v>2158</v>
       </c>
       <c r="F233" t="s">
-        <v>2154</v>
+        <v>2159</v>
       </c>
       <c r="G233" t="s">
-        <v>2155</v>
+        <v>2160</v>
       </c>
       <c r="H233" t="s">
-        <v>2156</v>
+        <v>2161</v>
       </c>
       <c r="I233" t="s">
-        <v>2157</v>
+        <v>2162</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2158</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
         <v>5394</v>
       </c>
       <c r="B234" t="s">
-        <v>2159</v>
+        <v>2164</v>
       </c>
       <c r="C234" t="s">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="D234" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
       <c r="E234" t="s">
-        <v>2162</v>
+        <v>2167</v>
       </c>
       <c r="F234" t="s">
-        <v>2163</v>
+        <v>2168</v>
       </c>
       <c r="G234" t="s">
-        <v>2164</v>
+        <v>2169</v>
       </c>
       <c r="H234" t="s">
-        <v>2165</v>
+        <v>2170</v>
       </c>
       <c r="I234" t="s">
-        <v>2166</v>
+        <v>2171</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2167</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
         <v>5403</v>
       </c>
       <c r="B235" t="s">
-        <v>2168</v>
+        <v>2173</v>
       </c>
       <c r="C235" t="s">
-        <v>2169</v>
+        <v>2174</v>
       </c>
       <c r="D235" t="s">
-        <v>2170</v>
+        <v>2175</v>
       </c>
       <c r="E235" t="s">
-        <v>2171</v>
+        <v>2176</v>
       </c>
       <c r="F235" t="s">
-        <v>2172</v>
+        <v>2177</v>
       </c>
       <c r="G235" t="s">
-        <v>2173</v>
+        <v>2178</v>
       </c>
       <c r="H235" t="s">
-        <v>2174</v>
+        <v>2179</v>
       </c>
       <c r="I235" t="s">
-        <v>2175</v>
+        <v>2180</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>2176</v>
+        <v>2181</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
+      <c r="M235" t="s">
+        <v>2182</v>
+      </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2177</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
         <v>5431</v>
       </c>
       <c r="B236" t="s">
-        <v>2178</v>
+        <v>2184</v>
       </c>
       <c r="C236" t="s">
-        <v>2179</v>
+        <v>2185</v>
       </c>
       <c r="D236" t="s">
-        <v>2180</v>
+        <v>2186</v>
       </c>
       <c r="E236" t="s">
-        <v>2181</v>
+        <v>2187</v>
       </c>
       <c r="F236" t="s">
-        <v>2182</v>
+        <v>2188</v>
       </c>
       <c r="G236" t="s">
-        <v>2183</v>
+        <v>2189</v>
       </c>
       <c r="H236" t="s">
-        <v>2184</v>
+        <v>2190</v>
       </c>
       <c r="I236" t="s">
-        <v>2185</v>
+        <v>2191</v>
       </c>
       <c r="J236" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K236" t="s">
         <v>274</v>
       </c>
       <c r="L236" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M236" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
         <v>5433</v>
       </c>
       <c r="B237" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="C237" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
       <c r="D237" t="s">
-        <v>2189</v>
+        <v>2195</v>
       </c>
       <c r="E237" t="s">
-        <v>2190</v>
+        <v>2196</v>
       </c>
       <c r="F237" t="s">
-        <v>2191</v>
+        <v>2197</v>
       </c>
       <c r="G237" t="s">
-        <v>2192</v>
+        <v>2198</v>
       </c>
       <c r="H237" t="s">
-        <v>2193</v>
+        <v>2199</v>
       </c>
       <c r="I237" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>170</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>171</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2195</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
         <v>5435</v>
       </c>
       <c r="B238" t="s">
-        <v>2196</v>
+        <v>2202</v>
       </c>
       <c r="C238" t="s">
-        <v>2197</v>
+        <v>2203</v>
       </c>
       <c r="D238" t="s">
-        <v>2198</v>
+        <v>2204</v>
       </c>
       <c r="E238" t="s">
-        <v>2199</v>
+        <v>2205</v>
       </c>
       <c r="F238" t="s">
-        <v>2200</v>
+        <v>2206</v>
       </c>
       <c r="G238" t="s">
-        <v>2201</v>
+        <v>2207</v>
       </c>
       <c r="H238" t="s">
-        <v>2202</v>
+        <v>2208</v>
       </c>
       <c r="I238" t="s">
-        <v>2203</v>
+        <v>2209</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
         <v>170</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
         <v>171</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2204</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
         <v>5436</v>
       </c>
       <c r="B239" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="C239" t="s">
-        <v>2206</v>
+        <v>2212</v>
       </c>
       <c r="D239" t="s">
-        <v>2207</v>
+        <v>2213</v>
       </c>
       <c r="E239" t="s">
-        <v>2208</v>
+        <v>2214</v>
       </c>
       <c r="F239" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="G239" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="H239" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
       <c r="I239" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
         <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
         <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
         <v>5437</v>
       </c>
       <c r="B240" t="s">
-        <v>2214</v>
+        <v>2220</v>
       </c>
       <c r="C240" t="s">
-        <v>2215</v>
+        <v>2221</v>
       </c>
       <c r="D240" t="s">
-        <v>2216</v>
+        <v>2222</v>
       </c>
       <c r="E240" t="s">
-        <v>2217</v>
+        <v>2223</v>
       </c>
       <c r="F240" t="s">
-        <v>2218</v>
+        <v>2224</v>
       </c>
       <c r="G240" t="s">
-        <v>2219</v>
+        <v>2225</v>
       </c>
       <c r="H240" t="s">
-        <v>2220</v>
+        <v>2226</v>
       </c>
       <c r="I240" t="s">
-        <v>2221</v>
+        <v>2227</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2222</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
         <v>5439</v>
       </c>
       <c r="B241" t="s">
-        <v>2223</v>
+        <v>2229</v>
       </c>
       <c r="C241" t="s">
-        <v>2224</v>
+        <v>2230</v>
       </c>
       <c r="D241" t="s">
-        <v>2225</v>
+        <v>2231</v>
       </c>
       <c r="E241" t="s">
-        <v>2226</v>
+        <v>2232</v>
       </c>
       <c r="F241" t="s">
-        <v>2227</v>
+        <v>2233</v>
       </c>
       <c r="G241" t="s">
-        <v>2228</v>
+        <v>2234</v>
       </c>
       <c r="H241" t="s">
-        <v>2229</v>
+        <v>2235</v>
       </c>
       <c r="I241" t="s">
-        <v>2230</v>
+        <v>2236</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
         <v>25</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
         <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2231</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
         <v>5456</v>
       </c>
       <c r="B242" t="s">
-        <v>2232</v>
+        <v>2238</v>
       </c>
       <c r="C242" t="s">
-        <v>2233</v>
+        <v>2239</v>
       </c>
       <c r="D242" t="s">
-        <v>2234</v>
+        <v>2240</v>
       </c>
       <c r="E242" t="s">
-        <v>2235</v>
+        <v>2241</v>
       </c>
       <c r="F242" t="s">
-        <v>2236</v>
+        <v>2242</v>
       </c>
       <c r="G242" t="s">
-        <v>2237</v>
+        <v>2243</v>
       </c>
       <c r="H242" t="s">
-        <v>2238</v>
+        <v>2244</v>
       </c>
       <c r="I242" t="s">
-        <v>2239</v>
+        <v>2245</v>
       </c>
       <c r="J242" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K242" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="L242" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M242" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2240</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
         <v>5474</v>
       </c>
       <c r="B243" t="s">
-        <v>2241</v>
+        <v>2247</v>
       </c>
       <c r="C243" t="s">
-        <v>2242</v>
+        <v>2248</v>
       </c>
       <c r="D243" t="s">
-        <v>2243</v>
+        <v>2249</v>
       </c>
       <c r="E243" t="s">
-        <v>2244</v>
+        <v>2250</v>
       </c>
       <c r="F243" t="s">
-        <v>2245</v>
+        <v>2251</v>
       </c>
       <c r="G243" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
       <c r="H243" t="s">
-        <v>2247</v>
+        <v>2253</v>
       </c>
       <c r="I243" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
         <v>25</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
         <v>27</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2249</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
         <v>5475</v>
       </c>
       <c r="B244" t="s">
-        <v>2250</v>
+        <v>2256</v>
       </c>
       <c r="C244" t="s">
-        <v>2251</v>
+        <v>2257</v>
       </c>
       <c r="D244" t="s">
-        <v>2252</v>
+        <v>2258</v>
       </c>
       <c r="E244" t="s">
-        <v>2253</v>
+        <v>2259</v>
       </c>
       <c r="F244" t="s">
-        <v>2254</v>
+        <v>2260</v>
       </c>
       <c r="G244" t="s">
-        <v>2255</v>
+        <v>2261</v>
       </c>
       <c r="H244" t="s">
-        <v>2256</v>
+        <v>2262</v>
       </c>
       <c r="I244" t="s">
-        <v>2257</v>
+        <v>2263</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
         <v>170</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
         <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2258</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
         <v>5476</v>
       </c>
       <c r="B245" t="s">
-        <v>2259</v>
+        <v>2265</v>
       </c>
       <c r="C245" t="s">
-        <v>2260</v>
+        <v>2266</v>
       </c>
       <c r="D245" t="s">
-        <v>2261</v>
+        <v>2267</v>
       </c>
       <c r="E245" t="s">
-        <v>2262</v>
+        <v>2268</v>
       </c>
       <c r="F245" t="s">
-        <v>2263</v>
+        <v>2269</v>
       </c>
       <c r="G245" t="s">
-        <v>2264</v>
+        <v>2270</v>
       </c>
       <c r="H245" t="s">
-        <v>2265</v>
+        <v>2271</v>
       </c>
       <c r="I245" t="s">
-        <v>2266</v>
+        <v>2272</v>
       </c>
       <c r="J245" t="s">
-        <v>2267</v>
+        <v>2273</v>
       </c>
       <c r="K245" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="L245" t="s">
-        <v>2268</v>
+        <v>2274</v>
       </c>
       <c r="M245" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2269</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
         <v>5478</v>
       </c>
       <c r="B246" t="s">
-        <v>2270</v>
+        <v>2276</v>
       </c>
       <c r="C246" t="s">
-        <v>2271</v>
+        <v>2277</v>
       </c>
       <c r="D246" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
       <c r="E246" t="s">
-        <v>2273</v>
+        <v>2279</v>
       </c>
       <c r="F246" t="s">
-        <v>2274</v>
+        <v>2280</v>
       </c>
       <c r="G246" t="s">
-        <v>2275</v>
+        <v>2281</v>
       </c>
       <c r="H246" t="s">
-        <v>2276</v>
+        <v>2282</v>
       </c>
       <c r="I246" t="s">
-        <v>2277</v>
+        <v>2283</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2278</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
         <v>5479</v>
       </c>
       <c r="B247" t="s">
-        <v>2279</v>
+        <v>2285</v>
       </c>
       <c r="C247" t="s">
-        <v>2280</v>
+        <v>2286</v>
       </c>
       <c r="D247" t="s">
-        <v>2281</v>
+        <v>2287</v>
       </c>
       <c r="E247" t="s">
-        <v>2282</v>
+        <v>2288</v>
       </c>
       <c r="F247" t="s">
-        <v>2283</v>
+        <v>2289</v>
       </c>
       <c r="G247" t="s">
-        <v>2284</v>
+        <v>2290</v>
       </c>
       <c r="H247" t="s">
-        <v>2285</v>
+        <v>2291</v>
       </c>
       <c r="I247" t="s">
-        <v>2286</v>
+        <v>2292</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2287</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
         <v>5482</v>
       </c>
       <c r="B248" t="s">
-        <v>2288</v>
+        <v>2294</v>
       </c>
       <c r="C248" t="s">
-        <v>2289</v>
+        <v>2295</v>
       </c>
       <c r="D248" t="s">
-        <v>2290</v>
+        <v>2296</v>
       </c>
       <c r="E248" t="s">
-        <v>2291</v>
+        <v>2297</v>
       </c>
       <c r="F248" t="s">
-        <v>2292</v>
+        <v>2298</v>
       </c>
       <c r="G248" t="s">
-        <v>2293</v>
+        <v>2299</v>
       </c>
       <c r="H248" t="s">
-        <v>2294</v>
+        <v>2300</v>
       </c>
       <c r="I248" t="s">
-        <v>2295</v>
+        <v>2301</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
         <v>170</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>171</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2296</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
         <v>5483</v>
       </c>
       <c r="B249" t="s">
-        <v>2297</v>
+        <v>2303</v>
       </c>
       <c r="C249" t="s">
-        <v>2298</v>
+        <v>2304</v>
       </c>
       <c r="D249" t="s">
-        <v>2299</v>
+        <v>2305</v>
       </c>
       <c r="E249" t="s">
-        <v>2300</v>
+        <v>2306</v>
       </c>
       <c r="F249" t="s">
-        <v>2301</v>
+        <v>2307</v>
       </c>
       <c r="G249" t="s">
-        <v>2302</v>
+        <v>2308</v>
       </c>
       <c r="H249" t="s">
-        <v>2303</v>
+        <v>2309</v>
       </c>
       <c r="I249" t="s">
-        <v>2304</v>
+        <v>2310</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
         <v>25</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
         <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2305</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
         <v>5485</v>
       </c>
       <c r="B250" t="s">
-        <v>2306</v>
+        <v>2312</v>
       </c>
       <c r="C250" t="s">
-        <v>2307</v>
+        <v>2313</v>
       </c>
       <c r="D250" t="s">
-        <v>2308</v>
+        <v>2314</v>
       </c>
       <c r="E250" t="s">
-        <v>2309</v>
+        <v>2315</v>
       </c>
       <c r="F250" t="s">
-        <v>2310</v>
+        <v>2316</v>
       </c>
       <c r="G250" t="s">
-        <v>2311</v>
+        <v>2317</v>
       </c>
       <c r="H250" t="s">
-        <v>2312</v>
+        <v>2318</v>
       </c>
       <c r="I250" t="s">
-        <v>2313</v>
+        <v>2319</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>2314</v>
+        <v>2320</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>2315</v>
+        <v>2321</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2316</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
         <v>5487</v>
       </c>
       <c r="B251" t="s">
-        <v>2317</v>
+        <v>2323</v>
       </c>
       <c r="C251" t="s">
-        <v>2318</v>
+        <v>2324</v>
       </c>
       <c r="D251" t="s">
-        <v>2319</v>
+        <v>2325</v>
       </c>
       <c r="E251" t="s">
-        <v>2320</v>
+        <v>2326</v>
       </c>
       <c r="F251" t="s">
-        <v>2321</v>
+        <v>2327</v>
       </c>
       <c r="G251" t="s">
-        <v>2322</v>
+        <v>2328</v>
       </c>
       <c r="H251" t="s">
-        <v>2323</v>
+        <v>2329</v>
       </c>
       <c r="I251" t="s">
-        <v>2324</v>
+        <v>2330</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>2325</v>
+        <v>2331</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
+      <c r="M251" t="s">
+        <v>2332</v>
+      </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2326</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
         <v>5488</v>
       </c>
       <c r="B252" t="s">
-        <v>2327</v>
+        <v>2334</v>
       </c>
       <c r="C252" t="s">
-        <v>2328</v>
+        <v>2335</v>
       </c>
       <c r="D252" t="s">
-        <v>2329</v>
+        <v>2336</v>
       </c>
       <c r="E252" t="s">
-        <v>2330</v>
+        <v>2337</v>
       </c>
       <c r="F252" t="s">
-        <v>2331</v>
+        <v>2338</v>
       </c>
       <c r="G252" t="s">
-        <v>2332</v>
+        <v>2339</v>
       </c>
       <c r="H252" t="s">
-        <v>2333</v>
+        <v>2340</v>
       </c>
       <c r="I252" t="s">
-        <v>2334</v>
+        <v>2341</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>170</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>171</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
         <v>5489</v>
       </c>
       <c r="B253" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C253" t="s">
-        <v>2337</v>
+        <v>2344</v>
       </c>
       <c r="D253" t="s">
-        <v>2338</v>
+        <v>2345</v>
       </c>
       <c r="E253" t="s">
-        <v>2339</v>
+        <v>2346</v>
       </c>
       <c r="F253" t="s">
-        <v>2340</v>
+        <v>2347</v>
       </c>
       <c r="G253" t="s">
-        <v>2341</v>
+        <v>2348</v>
       </c>
       <c r="H253" t="s">
-        <v>2342</v>
+        <v>2349</v>
       </c>
       <c r="I253" t="s">
-        <v>2343</v>
+        <v>2350</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2344</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
         <v>5490</v>
       </c>
       <c r="B254" t="s">
-        <v>2345</v>
+        <v>2352</v>
       </c>
       <c r="C254" t="s">
-        <v>2346</v>
+        <v>2353</v>
       </c>
       <c r="D254" t="s">
-        <v>2347</v>
+        <v>2354</v>
       </c>
       <c r="E254" t="s">
-        <v>2348</v>
+        <v>2355</v>
       </c>
       <c r="F254" t="s">
-        <v>2349</v>
+        <v>2356</v>
       </c>
       <c r="G254" t="s">
-        <v>2350</v>
+        <v>2357</v>
       </c>
       <c r="H254" t="s">
-        <v>2351</v>
+        <v>2358</v>
       </c>
       <c r="I254" t="s">
-        <v>2352</v>
+        <v>2359</v>
       </c>
       <c r="J254" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K254" t="s">
-        <v>2353</v>
+        <v>2360</v>
       </c>
       <c r="L254" t="s">
-        <v>451</v>
+        <v>452</v>
+      </c>
+      <c r="M254" t="s">
+        <v>2361</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2354</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
         <v>5493</v>
       </c>
       <c r="B255" t="s">
-        <v>2355</v>
+        <v>2363</v>
       </c>
       <c r="C255" t="s">
-        <v>2356</v>
+        <v>2364</v>
       </c>
       <c r="D255" t="s">
-        <v>2357</v>
+        <v>2365</v>
       </c>
       <c r="E255" t="s">
-        <v>2358</v>
+        <v>2366</v>
       </c>
       <c r="F255" t="s">
-        <v>2359</v>
+        <v>2367</v>
       </c>
       <c r="G255" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
       <c r="H255" t="s">
-        <v>2361</v>
+        <v>2369</v>
       </c>
       <c r="I255" t="s">
-        <v>2362</v>
+        <v>2370</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>170</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>171</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2363</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
         <v>5496</v>
       </c>
       <c r="B256" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
       <c r="C256" t="s">
-        <v>2365</v>
+        <v>2373</v>
       </c>
       <c r="D256" t="s">
-        <v>2366</v>
+        <v>2374</v>
       </c>
       <c r="E256" t="s">
-        <v>2367</v>
+        <v>2375</v>
       </c>
       <c r="F256" t="s">
-        <v>2368</v>
+        <v>2376</v>
       </c>
       <c r="G256" t="s">
-        <v>2369</v>
+        <v>2377</v>
       </c>
       <c r="H256" t="s">
-        <v>2370</v>
+        <v>2378</v>
       </c>
       <c r="I256" t="s">
-        <v>2371</v>
+        <v>2379</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
         <v>274</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2372</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
         <v>5502</v>
       </c>
       <c r="B257" t="s">
-        <v>2373</v>
+        <v>2381</v>
       </c>
       <c r="C257" t="s">
-        <v>2374</v>
+        <v>2382</v>
       </c>
       <c r="D257" t="s">
-        <v>2375</v>
+        <v>2383</v>
       </c>
       <c r="E257" t="s">
-        <v>2376</v>
+        <v>2384</v>
       </c>
       <c r="F257" t="s">
-        <v>2377</v>
+        <v>2385</v>
       </c>
       <c r="G257" t="s">
-        <v>2378</v>
+        <v>2386</v>
       </c>
       <c r="H257" t="s">
-        <v>2379</v>
+        <v>2387</v>
       </c>
       <c r="I257" t="s">
-        <v>2380</v>
+        <v>2388</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
         <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2381</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
         <v>5503</v>
       </c>
       <c r="B258" t="s">
-        <v>2382</v>
+        <v>2390</v>
       </c>
       <c r="C258" t="s">
-        <v>2383</v>
+        <v>2391</v>
       </c>
       <c r="D258" t="s">
-        <v>2384</v>
+        <v>2392</v>
       </c>
       <c r="E258" t="s">
-        <v>2385</v>
+        <v>2393</v>
       </c>
       <c r="F258" t="s">
-        <v>2386</v>
+        <v>2394</v>
       </c>
       <c r="G258" t="s">
-        <v>2387</v>
+        <v>2395</v>
       </c>
       <c r="H258" t="s">
-        <v>2388</v>
+        <v>2396</v>
       </c>
       <c r="I258" t="s">
-        <v>2389</v>
+        <v>2397</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
         <v>47</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>48</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2390</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
         <v>5504</v>
       </c>
       <c r="B259" t="s">
-        <v>2391</v>
+        <v>2399</v>
       </c>
       <c r="C259" t="s">
-        <v>2392</v>
+        <v>2400</v>
       </c>
       <c r="D259" t="s">
-        <v>2393</v>
+        <v>2401</v>
       </c>
       <c r="E259" t="s">
-        <v>2394</v>
+        <v>2402</v>
       </c>
       <c r="F259" t="s">
-        <v>2395</v>
+        <v>2403</v>
       </c>
       <c r="G259" t="s">
-        <v>2396</v>
+        <v>2404</v>
       </c>
       <c r="H259" t="s">
-        <v>2397</v>
+        <v>2405</v>
       </c>
       <c r="I259" t="s">
-        <v>2398</v>
+        <v>2406</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
         <v>25</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
         <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2399</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
         <v>5507</v>
       </c>
       <c r="B260" t="s">
-        <v>2400</v>
+        <v>2408</v>
       </c>
       <c r="C260" t="s">
-        <v>2401</v>
+        <v>2409</v>
       </c>
       <c r="D260" t="s">
-        <v>2402</v>
+        <v>2410</v>
       </c>
       <c r="E260" t="s">
-        <v>2403</v>
+        <v>2411</v>
       </c>
       <c r="F260" t="s">
-        <v>2404</v>
+        <v>2412</v>
       </c>
       <c r="G260" t="s">
-        <v>2405</v>
+        <v>2413</v>
       </c>
       <c r="H260" t="s">
-        <v>2406</v>
+        <v>2414</v>
       </c>
       <c r="I260" t="s">
-        <v>2407</v>
+        <v>2415</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2408</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
         <v>5509</v>
       </c>
       <c r="B261" t="s">
-        <v>2409</v>
+        <v>2417</v>
       </c>
       <c r="C261" t="s">
-        <v>2410</v>
+        <v>2418</v>
       </c>
       <c r="D261" t="s">
-        <v>2411</v>
+        <v>2419</v>
       </c>
       <c r="E261" t="s">
-        <v>2412</v>
+        <v>2420</v>
       </c>
       <c r="F261" t="s">
-        <v>2413</v>
+        <v>2421</v>
       </c>
       <c r="G261" t="s">
-        <v>2414</v>
+        <v>2422</v>
       </c>
       <c r="H261" t="s">
-        <v>2415</v>
+        <v>2423</v>
       </c>
       <c r="I261" t="s">
-        <v>2416</v>
+        <v>2424</v>
       </c>
       <c r="J261" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K261" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="L261" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M261" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2417</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
         <v>5512</v>
       </c>
       <c r="B262" t="s">
-        <v>2418</v>
+        <v>2426</v>
       </c>
       <c r="C262" t="s">
-        <v>2419</v>
+        <v>2427</v>
       </c>
       <c r="D262" t="s">
-        <v>2420</v>
+        <v>2428</v>
       </c>
       <c r="E262" t="s">
-        <v>2421</v>
+        <v>2429</v>
       </c>
       <c r="F262" t="s">
-        <v>2422</v>
+        <v>2430</v>
       </c>
       <c r="G262" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="H262" t="s">
-        <v>2424</v>
+        <v>2432</v>
       </c>
       <c r="I262" t="s">
-        <v>2425</v>
+        <v>2433</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
         <v>170</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
         <v>171</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2426</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
         <v>5514</v>
       </c>
       <c r="B263" t="s">
-        <v>2427</v>
+        <v>2435</v>
       </c>
       <c r="C263" t="s">
-        <v>2428</v>
+        <v>2436</v>
       </c>
       <c r="D263" t="s">
-        <v>2429</v>
+        <v>2437</v>
       </c>
       <c r="E263" t="s">
-        <v>2430</v>
+        <v>2438</v>
       </c>
       <c r="F263" t="s">
-        <v>2431</v>
+        <v>2439</v>
       </c>
       <c r="G263" t="s">
-        <v>2432</v>
+        <v>2440</v>
       </c>
       <c r="H263" t="s">
-        <v>2433</v>
+        <v>2441</v>
       </c>
       <c r="I263" t="s">
-        <v>2434</v>
+        <v>2442</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
         <v>59</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
         <v>61</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2435</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
         <v>5516</v>
       </c>
       <c r="B264" t="s">
-        <v>2436</v>
+        <v>2444</v>
       </c>
       <c r="C264" t="s">
-        <v>2437</v>
+        <v>2445</v>
       </c>
       <c r="D264" t="s">
-        <v>2438</v>
+        <v>2446</v>
       </c>
       <c r="E264" t="s">
-        <v>2439</v>
+        <v>2447</v>
       </c>
       <c r="F264" t="s">
-        <v>2440</v>
+        <v>2448</v>
       </c>
       <c r="G264" t="s">
-        <v>2441</v>
+        <v>2449</v>
       </c>
       <c r="H264" t="s">
-        <v>2442</v>
+        <v>2450</v>
       </c>
       <c r="I264" t="s">
-        <v>2443</v>
+        <v>2451</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>25</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2444</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
         <v>5517</v>
       </c>
       <c r="B265" t="s">
-        <v>2445</v>
+        <v>2453</v>
       </c>
       <c r="C265" t="s">
-        <v>2446</v>
+        <v>2454</v>
       </c>
       <c r="D265" t="s">
-        <v>2447</v>
+        <v>2455</v>
       </c>
       <c r="E265" t="s">
-        <v>2448</v>
+        <v>2456</v>
       </c>
       <c r="F265" t="s">
-        <v>2449</v>
+        <v>2457</v>
       </c>
       <c r="G265" t="s">
-        <v>2450</v>
+        <v>2458</v>
       </c>
       <c r="H265" t="s">
-        <v>2451</v>
+        <v>2459</v>
       </c>
       <c r="I265" t="s">
-        <v>2452</v>
+        <v>2460</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
         <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
         <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2453</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
         <v>5518</v>
       </c>
       <c r="B266" t="s">
-        <v>2454</v>
+        <v>2462</v>
       </c>
       <c r="C266" t="s">
-        <v>2455</v>
+        <v>2463</v>
       </c>
       <c r="D266" t="s">
-        <v>2456</v>
+        <v>2464</v>
       </c>
       <c r="E266" t="s">
-        <v>2457</v>
+        <v>2465</v>
       </c>
       <c r="F266" t="s">
-        <v>2458</v>
+        <v>2466</v>
       </c>
       <c r="G266" t="s">
-        <v>2459</v>
+        <v>2467</v>
       </c>
       <c r="H266" t="s">
-        <v>2460</v>
+        <v>2468</v>
       </c>
       <c r="I266" t="s">
-        <v>2461</v>
+        <v>2469</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2462</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
         <v>5520</v>
       </c>
       <c r="B267" t="s">
-        <v>2463</v>
+        <v>2471</v>
       </c>
       <c r="C267" t="s">
-        <v>2464</v>
+        <v>2472</v>
       </c>
       <c r="D267" t="s">
-        <v>2465</v>
+        <v>2473</v>
       </c>
       <c r="E267" t="s">
-        <v>2466</v>
+        <v>2474</v>
       </c>
       <c r="F267" t="s">
-        <v>2467</v>
+        <v>2475</v>
       </c>
       <c r="G267" t="s">
-        <v>2468</v>
+        <v>2476</v>
       </c>
       <c r="H267" t="s">
-        <v>2469</v>
+        <v>2477</v>
       </c>
       <c r="I267" t="s">
-        <v>2470</v>
+        <v>2478</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2471</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
         <v>5545</v>
       </c>
       <c r="B268" t="s">
-        <v>2472</v>
+        <v>2480</v>
       </c>
       <c r="C268" t="s">
-        <v>2473</v>
+        <v>2481</v>
       </c>
       <c r="D268" t="s">
-        <v>2474</v>
+        <v>2482</v>
       </c>
       <c r="E268" t="s">
-        <v>2475</v>
+        <v>2483</v>
       </c>
       <c r="F268" t="s">
-        <v>2476</v>
+        <v>2484</v>
       </c>
       <c r="G268" t="s">
-        <v>2477</v>
+        <v>2485</v>
       </c>
       <c r="H268" t="s">
-        <v>2478</v>
+        <v>2486</v>
       </c>
       <c r="I268" t="s">
-        <v>2479</v>
+        <v>2487</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
         <v>170</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>171</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2480</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
         <v>5657</v>
       </c>
       <c r="B269" t="s">
-        <v>2481</v>
+        <v>2489</v>
       </c>
       <c r="C269" t="s">
-        <v>2482</v>
+        <v>2490</v>
       </c>
       <c r="D269" t="s">
-        <v>2483</v>
+        <v>2491</v>
       </c>
       <c r="E269" t="s">
-        <v>2484</v>
+        <v>2492</v>
       </c>
       <c r="F269" t="s">
-        <v>2485</v>
+        <v>2493</v>
       </c>
       <c r="G269" t="s">
-        <v>2486</v>
+        <v>2494</v>
       </c>
       <c r="H269" t="s">
-        <v>2487</v>
+        <v>2495</v>
       </c>
       <c r="I269" t="s">
-        <v>2488</v>
+        <v>2496</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
         <v>25</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
         <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2489</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
         <v>5733</v>
       </c>
       <c r="B270" t="s">
-        <v>2490</v>
+        <v>2498</v>
       </c>
       <c r="C270" t="s">
-        <v>2491</v>
+        <v>2499</v>
       </c>
       <c r="D270" t="s">
-        <v>2492</v>
+        <v>2500</v>
       </c>
       <c r="E270" t="s">
-        <v>2493</v>
+        <v>2501</v>
       </c>
       <c r="F270" t="s">
-        <v>2494</v>
+        <v>2502</v>
       </c>
       <c r="G270" t="s">
-        <v>2495</v>
+        <v>2503</v>
       </c>
       <c r="H270" t="s">
-        <v>2496</v>
+        <v>2504</v>
       </c>
       <c r="I270" t="s">
-        <v>2497</v>
+        <v>2505</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
         <v>47</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>48</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2498</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
         <v>5787</v>
       </c>
       <c r="B271" t="s">
-        <v>2499</v>
+        <v>2507</v>
       </c>
       <c r="C271" t="s">
-        <v>2500</v>
+        <v>2508</v>
       </c>
       <c r="D271" t="s">
-        <v>2501</v>
+        <v>2509</v>
       </c>
       <c r="E271" t="s">
-        <v>2502</v>
+        <v>2510</v>
       </c>
       <c r="F271" t="s">
-        <v>2503</v>
+        <v>2511</v>
       </c>
       <c r="G271" t="s">
-        <v>2504</v>
+        <v>2512</v>
       </c>
       <c r="H271" t="s">
-        <v>2505</v>
+        <v>2513</v>
       </c>
       <c r="I271" t="s">
-        <v>2506</v>
+        <v>2514</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>170</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>171</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2507</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
         <v>5792</v>
       </c>
       <c r="B272" t="s">
-        <v>2508</v>
+        <v>2516</v>
       </c>
       <c r="C272" t="s">
-        <v>2509</v>
+        <v>2517</v>
       </c>
       <c r="D272" t="s">
-        <v>2510</v>
+        <v>2518</v>
       </c>
       <c r="E272" t="s">
-        <v>2511</v>
+        <v>2519</v>
       </c>
       <c r="F272" t="s">
-        <v>2512</v>
+        <v>2520</v>
       </c>
       <c r="G272" t="s">
-        <v>2513</v>
+        <v>2521</v>
       </c>
       <c r="H272" t="s">
-        <v>2514</v>
+        <v>2522</v>
       </c>
       <c r="I272" t="s">
-        <v>2515</v>
+        <v>2523</v>
       </c>
       <c r="J272" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K272" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L272" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M272" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2516</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
         <v>5794</v>
       </c>
       <c r="B273" t="s">
-        <v>2517</v>
+        <v>2525</v>
       </c>
       <c r="C273" t="s">
-        <v>2518</v>
+        <v>2526</v>
       </c>
       <c r="D273" t="s">
-        <v>2519</v>
+        <v>2527</v>
       </c>
       <c r="E273" t="s">
-        <v>2520</v>
+        <v>2528</v>
       </c>
       <c r="F273" t="s">
-        <v>2521</v>
+        <v>2529</v>
       </c>
       <c r="G273" t="s">
-        <v>2522</v>
+        <v>2530</v>
       </c>
       <c r="H273" t="s">
-        <v>2523</v>
+        <v>2531</v>
       </c>
       <c r="I273" t="s">
-        <v>2524</v>
+        <v>2532</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
         <v>170</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
         <v>171</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2525</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
         <v>5795</v>
       </c>
       <c r="B274" t="s">
-        <v>2526</v>
+        <v>2534</v>
       </c>
       <c r="C274" t="s">
-        <v>2527</v>
+        <v>2535</v>
       </c>
       <c r="D274" t="s">
-        <v>2528</v>
+        <v>2536</v>
       </c>
       <c r="E274" t="s">
-        <v>2529</v>
+        <v>2537</v>
       </c>
       <c r="F274" t="s">
-        <v>2530</v>
+        <v>2538</v>
       </c>
       <c r="G274" t="s">
-        <v>2531</v>
+        <v>2539</v>
       </c>
       <c r="H274" t="s">
-        <v>2532</v>
+        <v>2540</v>
       </c>
       <c r="I274" t="s">
-        <v>2533</v>
+        <v>2541</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>47</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>48</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2534</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
         <v>5796</v>
       </c>
       <c r="B275" t="s">
-        <v>2535</v>
+        <v>2543</v>
       </c>
       <c r="C275" t="s">
-        <v>2536</v>
+        <v>2544</v>
       </c>
       <c r="D275" t="s">
-        <v>2537</v>
+        <v>2545</v>
       </c>
       <c r="E275" t="s">
-        <v>2538</v>
+        <v>2546</v>
       </c>
       <c r="F275" t="s">
-        <v>2539</v>
+        <v>2547</v>
       </c>
       <c r="G275" t="s">
-        <v>2540</v>
+        <v>2548</v>
       </c>
       <c r="H275" t="s">
-        <v>2541</v>
+        <v>2549</v>
       </c>
       <c r="I275" t="s">
-        <v>2542</v>
+        <v>2550</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>170</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>171</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2543</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
         <v>5798</v>
       </c>
       <c r="B276" t="s">
-        <v>2544</v>
+        <v>2552</v>
       </c>
       <c r="C276" t="s">
-        <v>2545</v>
+        <v>2553</v>
       </c>
       <c r="D276" t="s">
-        <v>2546</v>
+        <v>2554</v>
       </c>
       <c r="E276" t="s">
-        <v>2547</v>
+        <v>2555</v>
       </c>
       <c r="F276" t="s">
-        <v>2548</v>
+        <v>2556</v>
       </c>
       <c r="G276" t="s">
-        <v>2549</v>
+        <v>2557</v>
       </c>
       <c r="H276" t="s">
-        <v>2550</v>
+        <v>2558</v>
       </c>
       <c r="I276" t="s">
-        <v>2551</v>
+        <v>2559</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>170</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>171</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2552</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
         <v>5799</v>
       </c>
       <c r="B277" t="s">
-        <v>2553</v>
+        <v>2561</v>
       </c>
       <c r="C277" t="s">
-        <v>2554</v>
+        <v>2562</v>
       </c>
       <c r="D277" t="s">
-        <v>2555</v>
+        <v>2563</v>
       </c>
       <c r="E277" t="s">
-        <v>2556</v>
+        <v>2564</v>
       </c>
       <c r="F277" t="s">
-        <v>2557</v>
+        <v>2565</v>
       </c>
       <c r="G277" t="s">
-        <v>2558</v>
+        <v>2566</v>
       </c>
       <c r="H277" t="s">
-        <v>2559</v>
+        <v>2567</v>
       </c>
       <c r="I277" t="s">
-        <v>2560</v>
+        <v>2568</v>
       </c>
       <c r="J277" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="K277" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="L277" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="M277" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2561</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
         <v>5803</v>
       </c>
       <c r="B278" t="s">
-        <v>2562</v>
+        <v>2570</v>
       </c>
       <c r="C278" t="s">
-        <v>2563</v>
+        <v>2571</v>
       </c>
       <c r="D278" t="s">
-        <v>2564</v>
+        <v>2572</v>
       </c>
       <c r="E278" t="s">
-        <v>2565</v>
+        <v>2573</v>
       </c>
       <c r="F278" t="s">
-        <v>2566</v>
+        <v>2574</v>
       </c>
       <c r="G278" t="s">
-        <v>2567</v>
+        <v>2575</v>
       </c>
       <c r="H278" t="s">
-        <v>2568</v>
+        <v>2576</v>
       </c>
       <c r="I278" t="s">
-        <v>2569</v>
+        <v>2577</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
         <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2570</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
         <v>5805</v>
       </c>
       <c r="B279" t="s">
-        <v>2571</v>
+        <v>2579</v>
       </c>
       <c r="C279" t="s">
-        <v>2572</v>
+        <v>2580</v>
       </c>
       <c r="D279" t="s">
-        <v>2573</v>
+        <v>2581</v>
       </c>
       <c r="E279" t="s">
-        <v>2574</v>
+        <v>2582</v>
       </c>
       <c r="F279" t="s">
-        <v>2575</v>
+        <v>2583</v>
       </c>
       <c r="G279" t="s">
-        <v>2576</v>
+        <v>2584</v>
       </c>
       <c r="H279" t="s">
-        <v>2577</v>
+        <v>2585</v>
       </c>
       <c r="I279" t="s">
-        <v>2578</v>
+        <v>2586</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
         <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
         <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2579</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
         <v>5808</v>
       </c>
       <c r="B280" t="s">
-        <v>2580</v>
+        <v>2588</v>
       </c>
       <c r="C280" t="s">
-        <v>2581</v>
+        <v>2589</v>
       </c>
       <c r="D280" t="s">
-        <v>2582</v>
+        <v>2590</v>
       </c>
       <c r="E280" t="s">
-        <v>2583</v>
+        <v>2591</v>
       </c>
       <c r="F280" t="s">
-        <v>2584</v>
+        <v>2592</v>
       </c>
       <c r="G280" t="s">
-        <v>2585</v>
+        <v>2593</v>
       </c>
       <c r="H280" t="s">
-        <v>2586</v>
+        <v>2594</v>
       </c>
       <c r="I280" t="s">
-        <v>2587</v>
+        <v>2595</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2588</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
         <v>5811</v>
       </c>
       <c r="B281" t="s">
-        <v>2589</v>
+        <v>2597</v>
       </c>
       <c r="C281" t="s">
-        <v>2590</v>
+        <v>2598</v>
       </c>
       <c r="D281" t="s">
-        <v>2591</v>
+        <v>2599</v>
       </c>
       <c r="E281" t="s">
-        <v>2592</v>
+        <v>2600</v>
       </c>
       <c r="F281" t="s">
-        <v>2593</v>
+        <v>2601</v>
       </c>
       <c r="G281" t="s">
-        <v>2594</v>
+        <v>2602</v>
       </c>
       <c r="H281" t="s">
-        <v>2595</v>
+        <v>2603</v>
       </c>
       <c r="I281" t="s">
-        <v>2596</v>
+        <v>2604</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
         <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2597</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
         <v>5819</v>
       </c>
       <c r="B282" t="s">
-        <v>2598</v>
+        <v>2606</v>
       </c>
       <c r="C282" t="s">
-        <v>2599</v>
+        <v>2607</v>
       </c>
       <c r="D282" t="s">
-        <v>2600</v>
+        <v>2608</v>
       </c>
       <c r="E282" t="s">
-        <v>2601</v>
+        <v>2609</v>
       </c>
       <c r="F282" t="s">
-        <v>2602</v>
+        <v>2610</v>
       </c>
       <c r="G282" t="s">
-        <v>2603</v>
+        <v>2611</v>
       </c>
       <c r="H282" t="s">
-        <v>2604</v>
+        <v>2612</v>
       </c>
       <c r="I282" t="s">
-        <v>2605</v>
+        <v>2613</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2606</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
         <v>5830</v>
       </c>
       <c r="B283" t="s">
-        <v>2607</v>
+        <v>2615</v>
       </c>
       <c r="C283" t="s">
-        <v>2608</v>
+        <v>2616</v>
       </c>
       <c r="D283" t="s">
-        <v>2609</v>
+        <v>2617</v>
       </c>
       <c r="E283" t="s">
-        <v>2610</v>
+        <v>2618</v>
       </c>
       <c r="F283" t="s">
-        <v>2611</v>
+        <v>2619</v>
       </c>
       <c r="G283" t="s">
-        <v>2612</v>
+        <v>2620</v>
       </c>
       <c r="H283" t="s">
-        <v>2613</v>
+        <v>2621</v>
       </c>
       <c r="I283" t="s">
-        <v>2614</v>
+        <v>2622</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
         <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
         <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2615</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
         <v>5863</v>
       </c>
       <c r="B284" t="s">
-        <v>2616</v>
+        <v>2624</v>
       </c>
       <c r="C284" t="s">
-        <v>2617</v>
+        <v>2625</v>
       </c>
       <c r="D284" t="s">
-        <v>2618</v>
+        <v>2626</v>
       </c>
       <c r="E284" t="s">
-        <v>2619</v>
+        <v>2627</v>
       </c>
       <c r="F284" t="s">
-        <v>2620</v>
+        <v>2628</v>
       </c>
       <c r="G284" t="s">
-        <v>2621</v>
+        <v>2629</v>
       </c>
       <c r="H284" t="s">
-        <v>2622</v>
+        <v>2630</v>
       </c>
       <c r="I284" t="s">
-        <v>2623</v>
+        <v>2631</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
         <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
         <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2624</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
         <v>5866</v>
       </c>
       <c r="B285" t="s">
-        <v>2625</v>
+        <v>2633</v>
       </c>
       <c r="C285" t="s">
-        <v>2626</v>
+        <v>2634</v>
       </c>
       <c r="D285" t="s">
-        <v>2627</v>
+        <v>2635</v>
       </c>
       <c r="E285" t="s">
-        <v>2628</v>
+        <v>2636</v>
       </c>
       <c r="F285" t="s">
-        <v>2629</v>
+        <v>2637</v>
       </c>
       <c r="G285" t="s">
-        <v>2630</v>
+        <v>2638</v>
       </c>
       <c r="H285" t="s">
-        <v>2631</v>
+        <v>2639</v>
       </c>
       <c r="I285" t="s">
-        <v>2632</v>
+        <v>2640</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2633</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
         <v>5888</v>
       </c>
       <c r="B286" t="s">
-        <v>2634</v>
+        <v>2642</v>
       </c>
       <c r="C286" t="s">
-        <v>2635</v>
+        <v>2643</v>
       </c>
       <c r="D286" t="s">
-        <v>2636</v>
+        <v>2644</v>
       </c>
       <c r="E286" t="s">
-        <v>2637</v>
+        <v>2645</v>
       </c>
       <c r="F286" t="s">
-        <v>2638</v>
+        <v>2646</v>
       </c>
       <c r="G286" t="s">
-        <v>2639</v>
+        <v>2647</v>
       </c>
       <c r="H286" t="s">
-        <v>2640</v>
+        <v>2648</v>
       </c>
       <c r="I286" t="s">
-        <v>2641</v>
+        <v>2649</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2642</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
         <v>5889</v>
       </c>
       <c r="B287" t="s">
-        <v>2643</v>
+        <v>2651</v>
       </c>
       <c r="C287" t="s">
-        <v>2644</v>
+        <v>2652</v>
       </c>
       <c r="D287" t="s">
-        <v>2645</v>
+        <v>2653</v>
       </c>
       <c r="E287" t="s">
-        <v>2646</v>
+        <v>2654</v>
       </c>
       <c r="F287" t="s">
-        <v>2647</v>
+        <v>2655</v>
       </c>
       <c r="G287" t="s">
-        <v>2648</v>
+        <v>2656</v>
       </c>
       <c r="H287" t="s">
-        <v>2649</v>
+        <v>2657</v>
       </c>
       <c r="I287" t="s">
-        <v>2650</v>
+        <v>2658</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2651</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
         <v>5907</v>
       </c>
       <c r="B288" t="s">
-        <v>2652</v>
+        <v>2660</v>
       </c>
       <c r="C288" t="s">
-        <v>2653</v>
+        <v>2661</v>
       </c>
       <c r="D288" t="s">
-        <v>2654</v>
+        <v>2662</v>
       </c>
       <c r="E288" t="s">
-        <v>2655</v>
+        <v>2663</v>
       </c>
       <c r="F288" t="s">
-        <v>2656</v>
+        <v>2664</v>
       </c>
       <c r="G288" t="s">
-        <v>2657</v>
+        <v>2665</v>
       </c>
       <c r="H288" t="s">
-        <v>2658</v>
+        <v>2666</v>
       </c>
       <c r="I288" t="s">
-        <v>2659</v>
+        <v>2667</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
         <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2660</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
         <v>5913</v>
       </c>
       <c r="B289" t="s">
-        <v>2661</v>
+        <v>2669</v>
       </c>
       <c r="C289" t="s">
-        <v>2662</v>
+        <v>2670</v>
       </c>
       <c r="D289" t="s">
-        <v>2663</v>
+        <v>2671</v>
       </c>
       <c r="E289" t="s">
-        <v>2664</v>
+        <v>2672</v>
       </c>
       <c r="F289" t="s">
-        <v>2665</v>
+        <v>2673</v>
       </c>
       <c r="G289" t="s">
-        <v>2666</v>
+        <v>2674</v>
       </c>
       <c r="H289" t="s">
-        <v>2667</v>
+        <v>2675</v>
       </c>
       <c r="I289" t="s">
-        <v>2668</v>
+        <v>2676</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>47</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>48</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2669</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
         <v>5915</v>
       </c>
       <c r="B290" t="s">
-        <v>2670</v>
+        <v>2678</v>
       </c>
       <c r="C290" t="s">
-        <v>2671</v>
+        <v>2679</v>
       </c>
       <c r="D290" t="s">
-        <v>2672</v>
+        <v>2680</v>
       </c>
       <c r="E290" t="s">
-        <v>2673</v>
+        <v>2681</v>
       </c>
       <c r="F290" t="s">
-        <v>2674</v>
+        <v>2682</v>
       </c>
       <c r="G290" t="s">
-        <v>2675</v>
+        <v>2683</v>
       </c>
       <c r="H290" t="s">
-        <v>2676</v>
+        <v>2684</v>
       </c>
       <c r="I290" t="s">
-        <v>2677</v>
+        <v>2685</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>170</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>171</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2678</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
         <v>5927</v>
       </c>
       <c r="B291" t="s">
-        <v>2679</v>
+        <v>2687</v>
       </c>
       <c r="C291" t="s">
-        <v>2680</v>
+        <v>2688</v>
       </c>
       <c r="D291" t="s">
-        <v>2681</v>
+        <v>2689</v>
       </c>
       <c r="E291" t="s">
-        <v>2682</v>
+        <v>2690</v>
       </c>
       <c r="F291" t="s">
-        <v>2683</v>
+        <v>2691</v>
       </c>
       <c r="G291" t="s">
-        <v>2684</v>
+        <v>2692</v>
       </c>
       <c r="H291" t="s">
-        <v>2685</v>
+        <v>2693</v>
       </c>
       <c r="I291" t="s">
-        <v>2686</v>
+        <v>2694</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
         <v>59</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
         <v>61</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2687</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
         <v>5928</v>
       </c>
       <c r="B292" t="s">
-        <v>2688</v>
+        <v>2696</v>
       </c>
       <c r="C292" t="s">
-        <v>2689</v>
+        <v>2697</v>
       </c>
       <c r="D292" t="s">
-        <v>2690</v>
+        <v>2698</v>
       </c>
       <c r="E292" t="s">
-        <v>2691</v>
+        <v>2699</v>
       </c>
       <c r="F292" t="s">
-        <v>2692</v>
+        <v>2700</v>
       </c>
       <c r="G292" t="s">
-        <v>2693</v>
+        <v>2701</v>
       </c>
       <c r="H292" t="s">
-        <v>2694</v>
+        <v>2702</v>
       </c>
       <c r="I292" t="s">
-        <v>2695</v>
+        <v>2703</v>
       </c>
       <c r="J292" t="s">
-        <v>2696</v>
+        <v>2704</v>
       </c>
       <c r="K292" t="s">
-        <v>2697</v>
+        <v>2705</v>
       </c>
       <c r="L292" t="s">
-        <v>2698</v>
+        <v>2706</v>
       </c>
       <c r="M292" t="s">
-        <v>2699</v>
+        <v>2707</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2700</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
         <v>5931</v>
       </c>
       <c r="B293" t="s">
-        <v>2701</v>
+        <v>2709</v>
       </c>
       <c r="C293" t="s">
-        <v>2702</v>
+        <v>2710</v>
       </c>
       <c r="D293" t="s">
-        <v>2703</v>
+        <v>2711</v>
       </c>
       <c r="E293" t="s">
-        <v>2704</v>
+        <v>2712</v>
       </c>
       <c r="F293" t="s">
-        <v>2705</v>
+        <v>2713</v>
       </c>
       <c r="G293" t="s">
-        <v>2706</v>
+        <v>2714</v>
       </c>
       <c r="H293" t="s">
-        <v>2707</v>
+        <v>2715</v>
       </c>
       <c r="I293" t="s">
-        <v>2708</v>
+        <v>2716</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2709</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
         <v>5932</v>
       </c>
       <c r="B294" t="s">
-        <v>2710</v>
+        <v>2718</v>
       </c>
       <c r="C294" t="s">
-        <v>2711</v>
+        <v>2719</v>
       </c>
       <c r="D294" t="s">
-        <v>2712</v>
+        <v>2720</v>
       </c>
       <c r="E294" t="s">
-        <v>2713</v>
+        <v>2721</v>
       </c>
       <c r="F294" t="s">
-        <v>2714</v>
+        <v>2722</v>
       </c>
       <c r="G294" t="s">
-        <v>2715</v>
+        <v>2723</v>
       </c>
       <c r="H294" t="s">
-        <v>2716</v>
+        <v>2724</v>
       </c>
       <c r="I294" t="s">
-        <v>2717</v>
+        <v>2725</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
         <v>170</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>171</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2718</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
         <v>5934</v>
       </c>
       <c r="B295" t="s">
-        <v>2719</v>
+        <v>2727</v>
       </c>
       <c r="C295" t="s">
-        <v>2720</v>
+        <v>2728</v>
       </c>
       <c r="D295" t="s">
-        <v>2721</v>
+        <v>2729</v>
       </c>
       <c r="E295" t="s">
-        <v>2722</v>
+        <v>2730</v>
       </c>
       <c r="F295" t="s">
-        <v>2723</v>
+        <v>2731</v>
       </c>
       <c r="G295" t="s">
-        <v>2724</v>
+        <v>2732</v>
       </c>
       <c r="H295" t="s">
-        <v>2725</v>
+        <v>2733</v>
       </c>
       <c r="I295" t="s">
-        <v>2726</v>
+        <v>2734</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
         <v>170</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
         <v>171</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2727</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
         <v>5953</v>
       </c>
       <c r="B296" t="s">
-        <v>2728</v>
+        <v>2736</v>
       </c>
       <c r="C296" t="s">
-        <v>2729</v>
+        <v>2737</v>
       </c>
       <c r="D296" t="s">
-        <v>2730</v>
+        <v>2738</v>
       </c>
       <c r="E296" t="s">
-        <v>2731</v>
+        <v>2739</v>
       </c>
       <c r="F296" t="s">
-        <v>2732</v>
+        <v>2740</v>
       </c>
       <c r="G296" t="s">
-        <v>2733</v>
+        <v>2741</v>
       </c>
       <c r="H296" t="s">
-        <v>2734</v>
+        <v>2742</v>
       </c>
       <c r="I296" t="s">
-        <v>2735</v>
+        <v>2743</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
         <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
         <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2736</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
         <v>5981</v>
       </c>
       <c r="B297" t="s">
-        <v>2737</v>
+        <v>2745</v>
       </c>
       <c r="C297" t="s">
-        <v>2738</v>
+        <v>2746</v>
       </c>
       <c r="D297" t="s">
-        <v>2739</v>
+        <v>2747</v>
       </c>
       <c r="E297" t="s">
-        <v>2740</v>
+        <v>2748</v>
       </c>
       <c r="F297" t="s">
-        <v>2741</v>
+        <v>2749</v>
       </c>
       <c r="G297" t="s">
-        <v>2742</v>
+        <v>2750</v>
       </c>
       <c r="H297" t="s">
-        <v>2743</v>
+        <v>2751</v>
       </c>
       <c r="I297" t="s">
-        <v>2744</v>
+        <v>2752</v>
       </c>
       <c r="J297" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K297" t="s">
-        <v>2745</v>
+        <v>2753</v>
       </c>
       <c r="L297" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M297" t="s">
-        <v>2746</v>
+        <v>2754</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2747</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
         <v>5986</v>
       </c>
       <c r="B298" t="s">
-        <v>2748</v>
+        <v>2756</v>
       </c>
       <c r="C298" t="s">
-        <v>2749</v>
+        <v>2757</v>
       </c>
       <c r="D298" t="s">
-        <v>2750</v>
+        <v>2758</v>
       </c>
       <c r="E298" t="s">
-        <v>2751</v>
+        <v>2759</v>
       </c>
       <c r="F298" t="s">
-        <v>2752</v>
+        <v>2760</v>
       </c>
       <c r="G298" t="s">
-        <v>2753</v>
+        <v>2761</v>
       </c>
       <c r="H298" t="s">
-        <v>2754</v>
+        <v>2762</v>
       </c>
       <c r="I298" t="s">
-        <v>2755</v>
+        <v>2763</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>170</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>171</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2756</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
         <v>5989</v>
       </c>
       <c r="B299" t="s">
-        <v>2757</v>
+        <v>2765</v>
       </c>
       <c r="C299" t="s">
-        <v>2758</v>
+        <v>2766</v>
       </c>
       <c r="D299" t="s">
-        <v>2759</v>
+        <v>2767</v>
       </c>
       <c r="E299" t="s">
-        <v>2760</v>
+        <v>2768</v>
       </c>
       <c r="F299" t="s">
-        <v>2761</v>
+        <v>2769</v>
       </c>
       <c r="G299" t="s">
-        <v>2762</v>
+        <v>2770</v>
       </c>
       <c r="H299" t="s">
-        <v>2763</v>
+        <v>2771</v>
       </c>
       <c r="I299" t="s">
-        <v>2764</v>
+        <v>2772</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>1928</v>
+        <v>1933</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2765</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
         <v>6018</v>
       </c>
       <c r="B300" t="s">
-        <v>2766</v>
+        <v>2774</v>
       </c>
       <c r="C300" t="s">
-        <v>2767</v>
+        <v>2775</v>
       </c>
       <c r="D300" t="s">
-        <v>2768</v>
+        <v>2776</v>
       </c>
       <c r="E300" t="s">
-        <v>2769</v>
+        <v>2777</v>
       </c>
       <c r="F300" t="s">
-        <v>2770</v>
+        <v>2778</v>
       </c>
       <c r="G300" t="s">
-        <v>2771</v>
+        <v>2779</v>
       </c>
       <c r="H300" t="s">
-        <v>2772</v>
+        <v>2780</v>
       </c>
       <c r="I300" t="s">
-        <v>2773</v>
+        <v>2781</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
         <v>170</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>171</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2774</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
         <v>6021</v>
       </c>
       <c r="B301" t="s">
-        <v>2775</v>
+        <v>2783</v>
       </c>
       <c r="C301" t="s">
-        <v>2776</v>
+        <v>2784</v>
       </c>
       <c r="D301" t="s">
-        <v>2777</v>
+        <v>2785</v>
       </c>
       <c r="E301" t="s">
-        <v>2778</v>
+        <v>2786</v>
       </c>
       <c r="F301" t="s">
-        <v>2779</v>
+        <v>2787</v>
       </c>
       <c r="G301" t="s">
-        <v>2780</v>
+        <v>2788</v>
       </c>
       <c r="H301" t="s">
-        <v>2781</v>
+        <v>2789</v>
       </c>
       <c r="I301" t="s">
-        <v>2782</v>
+        <v>2790</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
         <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2783</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
         <v>6076</v>
       </c>
       <c r="B302" t="s">
-        <v>2784</v>
+        <v>2792</v>
       </c>
       <c r="C302" t="s">
-        <v>2785</v>
+        <v>2793</v>
       </c>
       <c r="D302" t="s">
-        <v>2786</v>
+        <v>2794</v>
       </c>
       <c r="E302" t="s">
-        <v>2787</v>
+        <v>2795</v>
       </c>
       <c r="F302" t="s">
-        <v>2788</v>
+        <v>2796</v>
       </c>
       <c r="G302" t="s">
-        <v>2789</v>
+        <v>2797</v>
       </c>
       <c r="H302" t="s">
-        <v>2790</v>
+        <v>2798</v>
       </c>
       <c r="I302" t="s">
-        <v>2791</v>
+        <v>2799</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
         <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
         <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2792</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
         <v>6082</v>
       </c>
       <c r="B303" t="s">
-        <v>2793</v>
+        <v>2801</v>
       </c>
       <c r="C303" t="s">
-        <v>2794</v>
+        <v>2802</v>
       </c>
       <c r="D303" t="s">
-        <v>2795</v>
+        <v>2803</v>
       </c>
       <c r="E303" t="s">
-        <v>2796</v>
+        <v>2804</v>
       </c>
       <c r="F303" t="s">
-        <v>2797</v>
+        <v>2805</v>
       </c>
       <c r="G303" t="s">
-        <v>2798</v>
+        <v>2806</v>
       </c>
       <c r="H303" t="s">
-        <v>2799</v>
+        <v>2807</v>
       </c>
       <c r="I303" t="s">
-        <v>2800</v>
+        <v>2808</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2801</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
         <v>6093</v>
       </c>
       <c r="B304" t="s">
-        <v>2802</v>
+        <v>2810</v>
       </c>
       <c r="C304" t="s">
-        <v>2803</v>
+        <v>2811</v>
       </c>
       <c r="D304" t="s">
-        <v>2804</v>
+        <v>2812</v>
       </c>
       <c r="E304" t="s">
-        <v>2805</v>
+        <v>2813</v>
       </c>
       <c r="F304" t="s">
-        <v>2806</v>
+        <v>2814</v>
       </c>
       <c r="G304" t="s">
-        <v>2807</v>
+        <v>2815</v>
       </c>
       <c r="H304" t="s">
-        <v>2808</v>
+        <v>2816</v>
       </c>
       <c r="I304" t="s">
-        <v>2809</v>
+        <v>2817</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>2810</v>
+        <v>1044</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
+      <c r="M304" t="s">
+        <v>1045</v>
+      </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2811</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
         <v>6112</v>
       </c>
       <c r="B305" t="s">
-        <v>2812</v>
+        <v>2819</v>
       </c>
       <c r="C305" t="s">
-        <v>2813</v>
+        <v>2820</v>
       </c>
       <c r="D305" t="s">
-        <v>2814</v>
+        <v>2821</v>
       </c>
       <c r="E305" t="s">
-        <v>2815</v>
+        <v>2822</v>
       </c>
       <c r="F305" t="s">
-        <v>2816</v>
+        <v>2823</v>
       </c>
       <c r="G305" t="s">
-        <v>2817</v>
+        <v>2824</v>
       </c>
       <c r="H305" t="s">
-        <v>2818</v>
+        <v>2825</v>
       </c>
       <c r="I305" t="s">
-        <v>2819</v>
+        <v>2826</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
         <v>170</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>171</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2820</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
         <v>6179</v>
       </c>
       <c r="B306" t="s">
-        <v>2821</v>
+        <v>2828</v>
       </c>
       <c r="C306" t="s">
-        <v>2822</v>
+        <v>2829</v>
       </c>
       <c r="D306" t="s">
-        <v>2823</v>
+        <v>2830</v>
       </c>
       <c r="E306" t="s">
-        <v>2824</v>
+        <v>2831</v>
       </c>
       <c r="F306" t="s">
-        <v>2825</v>
+        <v>2832</v>
       </c>
       <c r="G306" t="s">
-        <v>2826</v>
+        <v>2833</v>
       </c>
       <c r="H306" t="s">
-        <v>2827</v>
+        <v>2834</v>
       </c>
       <c r="I306" t="s">
-        <v>2828</v>
+        <v>2835</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
         <v>25</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
         <v>27</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2829</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
         <v>6180</v>
       </c>
       <c r="B307" t="s">
-        <v>2830</v>
+        <v>2837</v>
       </c>
       <c r="C307" t="s">
-        <v>2831</v>
+        <v>2838</v>
       </c>
       <c r="D307" t="s">
-        <v>2832</v>
+        <v>2839</v>
       </c>
       <c r="E307" t="s">
-        <v>2833</v>
+        <v>2840</v>
       </c>
       <c r="F307" t="s">
-        <v>2834</v>
+        <v>2841</v>
       </c>
       <c r="G307" t="s">
-        <v>2835</v>
+        <v>2842</v>
       </c>
       <c r="H307" t="s">
-        <v>2836</v>
+        <v>2843</v>
       </c>
       <c r="I307" t="s">
-        <v>2837</v>
+        <v>2844</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
         <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2838</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
         <v>6203</v>
       </c>
       <c r="B308" t="s">
-        <v>2839</v>
+        <v>2846</v>
       </c>
       <c r="C308" t="s">
-        <v>2840</v>
+        <v>2847</v>
       </c>
       <c r="D308" t="s">
-        <v>2841</v>
+        <v>2848</v>
       </c>
       <c r="E308" t="s">
-        <v>2842</v>
+        <v>2849</v>
       </c>
       <c r="F308" t="s">
-        <v>2843</v>
+        <v>2850</v>
       </c>
       <c r="G308" t="s">
-        <v>2844</v>
+        <v>2851</v>
       </c>
       <c r="H308" t="s">
-        <v>2845</v>
+        <v>2852</v>
       </c>
       <c r="I308" t="s">
-        <v>2846</v>
+        <v>2853</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
         <v>170</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
         <v>171</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2847</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
         <v>6208</v>
       </c>
       <c r="B309" t="s">
-        <v>2848</v>
+        <v>2855</v>
       </c>
       <c r="C309" t="s">
-        <v>2849</v>
+        <v>2856</v>
       </c>
       <c r="D309" t="s">
-        <v>2850</v>
+        <v>2857</v>
       </c>
       <c r="E309" t="s">
-        <v>2851</v>
+        <v>2858</v>
       </c>
       <c r="F309" t="s">
-        <v>2852</v>
+        <v>2859</v>
       </c>
       <c r="G309" t="s">
-        <v>2853</v>
+        <v>2860</v>
       </c>
       <c r="H309" t="s">
-        <v>2854</v>
+        <v>2861</v>
       </c>
       <c r="I309" t="s">
-        <v>2855</v>
+        <v>2862</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
         <v>170</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>171</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2856</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
         <v>6211</v>
       </c>
       <c r="B310" t="s">
-        <v>2857</v>
+        <v>2864</v>
       </c>
       <c r="C310" t="s">
-        <v>2858</v>
+        <v>2865</v>
       </c>
       <c r="D310" t="s">
-        <v>2859</v>
+        <v>2866</v>
       </c>
       <c r="E310" t="s">
-        <v>2860</v>
+        <v>2867</v>
       </c>
       <c r="F310" t="s">
-        <v>2861</v>
+        <v>2868</v>
       </c>
       <c r="G310" t="s">
-        <v>2862</v>
+        <v>2869</v>
       </c>
       <c r="H310" t="s">
-        <v>2863</v>
+        <v>2870</v>
       </c>
       <c r="I310" t="s">
-        <v>2864</v>
+        <v>2871</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>170</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>171</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2865</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
         <v>6215</v>
       </c>
       <c r="B311" t="s">
-        <v>2866</v>
+        <v>2873</v>
       </c>
       <c r="C311" t="s">
-        <v>2867</v>
+        <v>2874</v>
       </c>
       <c r="D311" t="s">
-        <v>2868</v>
+        <v>2875</v>
       </c>
       <c r="E311" t="s">
-        <v>2869</v>
+        <v>2876</v>
       </c>
       <c r="F311" t="s">
-        <v>2870</v>
+        <v>2877</v>
       </c>
       <c r="G311" t="s">
-        <v>2871</v>
+        <v>2878</v>
       </c>
       <c r="H311" t="s">
-        <v>2872</v>
+        <v>2879</v>
       </c>
       <c r="I311" t="s">
-        <v>2873</v>
+        <v>2880</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
         <v>170</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
         <v>171</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2874</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
         <v>6222</v>
       </c>
       <c r="B312" t="s">
-        <v>2875</v>
+        <v>2882</v>
       </c>
       <c r="C312" t="s">
-        <v>2876</v>
+        <v>2883</v>
       </c>
       <c r="D312" t="s">
-        <v>2877</v>
+        <v>2884</v>
       </c>
       <c r="E312" t="s">
-        <v>2878</v>
+        <v>2885</v>
       </c>
       <c r="F312" t="s">
-        <v>2879</v>
+        <v>2886</v>
       </c>
       <c r="G312" t="s">
-        <v>2880</v>
+        <v>2887</v>
       </c>
       <c r="H312" t="s">
-        <v>2881</v>
+        <v>2888</v>
       </c>
       <c r="I312" t="s">
-        <v>2882</v>
+        <v>2889</v>
       </c>
       <c r="J312" t="s">
-        <v>2696</v>
+        <v>2704</v>
       </c>
       <c r="K312" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="L312" t="s">
-        <v>2698</v>
+        <v>2706</v>
       </c>
       <c r="M312" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2883</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
         <v>6254</v>
       </c>
       <c r="B313" t="s">
-        <v>2884</v>
+        <v>2891</v>
       </c>
       <c r="C313" t="s">
-        <v>2885</v>
+        <v>2892</v>
       </c>
       <c r="D313" t="s">
-        <v>2886</v>
+        <v>2893</v>
       </c>
       <c r="E313" t="s">
-        <v>2887</v>
+        <v>2894</v>
       </c>
       <c r="F313" t="s">
-        <v>2888</v>
+        <v>2895</v>
       </c>
       <c r="G313" t="s">
-        <v>2889</v>
+        <v>2896</v>
       </c>
       <c r="H313" t="s">
-        <v>2890</v>
+        <v>2897</v>
       </c>
       <c r="I313" t="s">
-        <v>2891</v>
+        <v>2898</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
         <v>170</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
         <v>171</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2892</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
         <v>6255</v>
       </c>
       <c r="B314" t="s">
-        <v>2893</v>
+        <v>2900</v>
       </c>
       <c r="C314" t="s">
-        <v>2894</v>
+        <v>2901</v>
       </c>
       <c r="D314" t="s">
-        <v>2895</v>
+        <v>2902</v>
       </c>
       <c r="E314" t="s">
-        <v>2896</v>
+        <v>2903</v>
       </c>
       <c r="F314" t="s">
-        <v>2897</v>
+        <v>2904</v>
       </c>
       <c r="G314" t="s">
-        <v>2898</v>
+        <v>2905</v>
       </c>
       <c r="H314" t="s">
-        <v>2899</v>
+        <v>2906</v>
       </c>
       <c r="I314" t="s">
-        <v>2900</v>
+        <v>2907</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>2901</v>
+        <v>2908</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>2902</v>
+        <v>2909</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2903</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
         <v>6258</v>
       </c>
       <c r="B315" t="s">
-        <v>2904</v>
+        <v>2911</v>
       </c>
       <c r="C315" t="s">
-        <v>2905</v>
+        <v>2912</v>
       </c>
       <c r="D315" t="s">
-        <v>2906</v>
+        <v>2913</v>
       </c>
       <c r="E315" t="s">
-        <v>2907</v>
+        <v>2914</v>
       </c>
       <c r="F315" t="s">
-        <v>2908</v>
+        <v>2915</v>
       </c>
       <c r="G315" t="s">
-        <v>2909</v>
+        <v>2916</v>
       </c>
       <c r="H315" t="s">
-        <v>2910</v>
+        <v>2917</v>
       </c>
       <c r="I315" t="s">
-        <v>2911</v>
+        <v>2918</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
         <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
         <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2912</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
         <v>6259</v>
       </c>
       <c r="B316" t="s">
-        <v>2913</v>
+        <v>2920</v>
       </c>
       <c r="C316" t="s">
-        <v>2914</v>
+        <v>2921</v>
       </c>
       <c r="D316" t="s">
-        <v>2915</v>
+        <v>2922</v>
       </c>
       <c r="E316" t="s">
-        <v>2916</v>
+        <v>2923</v>
       </c>
       <c r="F316" t="s">
-        <v>2917</v>
+        <v>2924</v>
       </c>
       <c r="G316" t="s">
-        <v>2918</v>
+        <v>2925</v>
       </c>
       <c r="H316" t="s">
-        <v>2919</v>
+        <v>2926</v>
       </c>
       <c r="I316" t="s">
-        <v>2920</v>
+        <v>2927</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
         <v>170</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>171</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2921</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
         <v>6261</v>
       </c>
       <c r="B317" t="s">
-        <v>2922</v>
+        <v>2929</v>
       </c>
       <c r="C317" t="s">
-        <v>2923</v>
+        <v>2930</v>
       </c>
       <c r="D317" t="s">
-        <v>2924</v>
+        <v>2931</v>
       </c>
       <c r="E317" t="s">
-        <v>2925</v>
+        <v>2932</v>
       </c>
       <c r="F317" t="s">
-        <v>2926</v>
+        <v>2933</v>
       </c>
       <c r="G317" t="s">
-        <v>2927</v>
+        <v>2934</v>
       </c>
       <c r="H317" t="s">
-        <v>2928</v>
+        <v>2935</v>
       </c>
       <c r="I317" t="s">
-        <v>2929</v>
+        <v>2936</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>47</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>48</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2930</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
         <v>6263</v>
       </c>
       <c r="B318" t="s">
-        <v>2931</v>
+        <v>2938</v>
       </c>
       <c r="C318" t="s">
-        <v>2932</v>
+        <v>2939</v>
       </c>
       <c r="D318" t="s">
-        <v>2933</v>
+        <v>2940</v>
       </c>
       <c r="E318" t="s">
-        <v>2934</v>
+        <v>2941</v>
       </c>
       <c r="F318" t="s">
-        <v>2935</v>
+        <v>2942</v>
       </c>
       <c r="G318" t="s">
-        <v>2936</v>
+        <v>2943</v>
       </c>
       <c r="H318" t="s">
-        <v>2937</v>
+        <v>2944</v>
       </c>
       <c r="I318" t="s">
-        <v>2938</v>
+        <v>2945</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
         <v>170</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
         <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2939</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
         <v>6272</v>
       </c>
       <c r="B319" t="s">
-        <v>2940</v>
+        <v>2947</v>
       </c>
       <c r="C319" t="s">
-        <v>2941</v>
+        <v>2948</v>
       </c>
       <c r="D319" t="s">
-        <v>2942</v>
+        <v>2949</v>
       </c>
       <c r="E319" t="s">
-        <v>2943</v>
+        <v>2950</v>
       </c>
       <c r="F319" t="s">
-        <v>2944</v>
+        <v>2951</v>
       </c>
       <c r="G319" t="s">
-        <v>2945</v>
+        <v>2952</v>
       </c>
       <c r="H319" t="s">
-        <v>2946</v>
+        <v>2953</v>
       </c>
       <c r="I319" t="s">
-        <v>2947</v>
+        <v>2954</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
         <v>170</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
         <v>171</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2948</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
         <v>6274</v>
       </c>
       <c r="B320" t="s">
-        <v>2949</v>
+        <v>2956</v>
       </c>
       <c r="C320" t="s">
-        <v>2950</v>
+        <v>2957</v>
       </c>
       <c r="D320" t="s">
-        <v>2951</v>
+        <v>2958</v>
       </c>
       <c r="E320" t="s">
-        <v>2952</v>
+        <v>2959</v>
       </c>
       <c r="F320" t="s">
-        <v>2953</v>
+        <v>2960</v>
       </c>
       <c r="G320" t="s">
-        <v>2954</v>
+        <v>2961</v>
       </c>
       <c r="H320" t="s">
-        <v>2955</v>
+        <v>2962</v>
       </c>
       <c r="I320" t="s">
-        <v>2956</v>
+        <v>2963</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
         <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
         <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2957</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
         <v>6275</v>
       </c>
       <c r="B321" t="s">
-        <v>2958</v>
+        <v>2965</v>
       </c>
       <c r="C321" t="s">
-        <v>2959</v>
+        <v>2966</v>
       </c>
       <c r="D321" t="s">
-        <v>2960</v>
+        <v>2967</v>
       </c>
       <c r="E321" t="s">
-        <v>2961</v>
+        <v>2968</v>
       </c>
       <c r="F321" t="s">
-        <v>2962</v>
+        <v>2969</v>
       </c>
       <c r="G321" t="s">
-        <v>2963</v>
+        <v>2970</v>
       </c>
       <c r="H321" t="s">
-        <v>2964</v>
+        <v>2971</v>
       </c>
       <c r="I321" t="s">
-        <v>2965</v>
+        <v>2972</v>
       </c>
       <c r="J321" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K321" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="L321" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M321" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2966</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
         <v>6327</v>
       </c>
       <c r="B322" t="s">
-        <v>2967</v>
+        <v>2974</v>
       </c>
       <c r="C322" t="s">
-        <v>2968</v>
+        <v>2975</v>
       </c>
       <c r="D322" t="s">
-        <v>2969</v>
+        <v>2976</v>
       </c>
       <c r="E322" t="s">
-        <v>2970</v>
+        <v>2977</v>
       </c>
       <c r="F322" t="s">
-        <v>2971</v>
+        <v>2978</v>
       </c>
       <c r="G322" t="s">
-        <v>2972</v>
+        <v>2979</v>
       </c>
       <c r="H322" t="s">
-        <v>2973</v>
+        <v>2980</v>
       </c>
       <c r="I322" t="s">
-        <v>2974</v>
+        <v>2981</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
         <v>47</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>48</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2975</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
         <v>6337</v>
       </c>
       <c r="B323" t="s">
-        <v>2976</v>
+        <v>2983</v>
       </c>
       <c r="C323" t="s">
-        <v>2977</v>
+        <v>2984</v>
       </c>
       <c r="D323" t="s">
-        <v>2978</v>
+        <v>2985</v>
       </c>
       <c r="E323" t="s">
-        <v>2979</v>
+        <v>2986</v>
       </c>
       <c r="F323" t="s">
-        <v>2980</v>
+        <v>2987</v>
       </c>
       <c r="G323" t="s">
-        <v>2981</v>
+        <v>2988</v>
       </c>
       <c r="H323" t="s">
-        <v>2982</v>
+        <v>2989</v>
       </c>
       <c r="I323" t="s">
-        <v>2983</v>
+        <v>2990</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
         <v>47</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
         <v>48</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2984</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
         <v>6361</v>
       </c>
       <c r="B324" t="s">
-        <v>2985</v>
+        <v>2992</v>
       </c>
       <c r="C324" t="s">
-        <v>2986</v>
+        <v>2993</v>
       </c>
       <c r="D324" t="s">
-        <v>2987</v>
+        <v>2994</v>
       </c>
       <c r="E324" t="s">
-        <v>2988</v>
+        <v>2995</v>
       </c>
       <c r="F324" t="s">
-        <v>2989</v>
+        <v>2996</v>
       </c>
       <c r="G324" t="s">
-        <v>2990</v>
+        <v>2997</v>
       </c>
       <c r="H324" t="s">
-        <v>2991</v>
+        <v>2998</v>
       </c>
       <c r="I324" t="s">
-        <v>2992</v>
+        <v>2999</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
         <v>170</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
         <v>171</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2993</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
         <v>6379</v>
       </c>
       <c r="B325" t="s">
-        <v>2994</v>
+        <v>3001</v>
       </c>
       <c r="C325" t="s">
-        <v>2995</v>
+        <v>3002</v>
       </c>
       <c r="D325" t="s">
-        <v>2996</v>
+        <v>3003</v>
       </c>
       <c r="E325" t="s">
-        <v>2997</v>
+        <v>3004</v>
       </c>
       <c r="F325" t="s">
-        <v>2998</v>
+        <v>3005</v>
       </c>
       <c r="G325" t="s">
-        <v>2999</v>
+        <v>3006</v>
       </c>
       <c r="H325" t="s">
-        <v>3000</v>
+        <v>3007</v>
       </c>
       <c r="I325" t="s">
-        <v>3001</v>
+        <v>3008</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
         <v>25</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3002</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
         <v>6454</v>
       </c>
       <c r="B326" t="s">
-        <v>3003</v>
+        <v>3010</v>
       </c>
       <c r="C326" t="s">
-        <v>3004</v>
+        <v>3011</v>
       </c>
       <c r="D326" t="s">
-        <v>3005</v>
+        <v>3012</v>
       </c>
       <c r="E326" t="s">
-        <v>3006</v>
+        <v>3013</v>
       </c>
       <c r="F326" t="s">
-        <v>3007</v>
+        <v>3014</v>
       </c>
       <c r="G326" t="s">
-        <v>3008</v>
+        <v>3015</v>
       </c>
       <c r="H326" t="s">
-        <v>3009</v>
+        <v>3016</v>
       </c>
       <c r="I326" t="s">
-        <v>3010</v>
+        <v>3017</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
         <v>170</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
         <v>171</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3011</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
         <v>6460</v>
       </c>
       <c r="B327" t="s">
-        <v>3012</v>
+        <v>3019</v>
       </c>
       <c r="C327" t="s">
-        <v>3013</v>
+        <v>3020</v>
       </c>
       <c r="D327" t="s">
-        <v>3014</v>
+        <v>3021</v>
       </c>
       <c r="E327" t="s">
-        <v>3015</v>
+        <v>3022</v>
       </c>
       <c r="F327" t="s">
-        <v>3016</v>
+        <v>3023</v>
       </c>
       <c r="G327" t="s">
-        <v>3017</v>
+        <v>3024</v>
       </c>
       <c r="H327" t="s">
-        <v>3018</v>
+        <v>3025</v>
       </c>
       <c r="I327" t="s">
-        <v>3019</v>
+        <v>3026</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
         <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
         <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3020</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
         <v>6468</v>
       </c>
       <c r="B328" t="s">
-        <v>3021</v>
+        <v>3028</v>
       </c>
       <c r="C328" t="s">
-        <v>3022</v>
+        <v>3029</v>
       </c>
       <c r="D328" t="s">
-        <v>3023</v>
+        <v>3030</v>
       </c>
       <c r="E328" t="s">
-        <v>3024</v>
+        <v>3031</v>
       </c>
       <c r="F328" t="s">
-        <v>3025</v>
+        <v>3032</v>
       </c>
       <c r="G328" t="s">
-        <v>3026</v>
+        <v>3033</v>
       </c>
       <c r="H328" t="s">
-        <v>3027</v>
+        <v>3034</v>
       </c>
       <c r="I328" t="s">
-        <v>3028</v>
+        <v>3035</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
         <v>25</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
         <v>27</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3029</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
         <v>6611</v>
       </c>
       <c r="B329" t="s">
-        <v>3030</v>
+        <v>3037</v>
       </c>
       <c r="C329" t="s">
-        <v>3031</v>
+        <v>3038</v>
       </c>
       <c r="D329" t="s">
-        <v>3032</v>
+        <v>3039</v>
       </c>
       <c r="E329" t="s">
-        <v>3033</v>
+        <v>3040</v>
       </c>
       <c r="F329" t="s">
-        <v>3034</v>
+        <v>3041</v>
       </c>
       <c r="G329" t="s">
-        <v>3035</v>
+        <v>3042</v>
       </c>
       <c r="H329" t="s">
-        <v>3036</v>
+        <v>3043</v>
       </c>
       <c r="I329" t="s">
-        <v>3037</v>
+        <v>3044</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
         <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
         <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3038</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
         <v>6615</v>
       </c>
       <c r="B330" t="s">
-        <v>3039</v>
+        <v>3046</v>
       </c>
       <c r="C330" t="s">
-        <v>3040</v>
+        <v>3047</v>
       </c>
       <c r="D330" t="s">
-        <v>3041</v>
+        <v>3048</v>
       </c>
       <c r="E330" t="s">
-        <v>3042</v>
+        <v>3049</v>
       </c>
       <c r="F330" t="s">
-        <v>3043</v>
+        <v>3050</v>
       </c>
       <c r="G330" t="s">
-        <v>3044</v>
+        <v>3051</v>
       </c>
       <c r="H330" t="s">
-        <v>3045</v>
+        <v>3052</v>
       </c>
       <c r="I330" t="s">
-        <v>3046</v>
+        <v>3053</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3047</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
         <v>6761</v>
       </c>
       <c r="B331" t="s">
-        <v>3048</v>
+        <v>3055</v>
       </c>
       <c r="C331" t="s">
-        <v>3049</v>
+        <v>3056</v>
       </c>
       <c r="D331" t="s">
-        <v>3050</v>
+        <v>3057</v>
       </c>
       <c r="E331" t="s">
-        <v>3051</v>
+        <v>3058</v>
       </c>
       <c r="F331" t="s">
-        <v>3052</v>
+        <v>3059</v>
       </c>
       <c r="G331" t="s">
-        <v>3053</v>
+        <v>3060</v>
       </c>
       <c r="H331" t="s">
-        <v>3054</v>
+        <v>3061</v>
       </c>
       <c r="I331" t="s">
-        <v>3055</v>
+        <v>3062</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
         <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
         <v>27</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3056</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
         <v>6762</v>
       </c>
       <c r="B332" t="s">
-        <v>3057</v>
+        <v>3064</v>
       </c>
       <c r="C332" t="s">
-        <v>3058</v>
+        <v>3065</v>
       </c>
       <c r="D332" t="s">
-        <v>3059</v>
+        <v>3066</v>
       </c>
       <c r="E332" t="s">
-        <v>3060</v>
+        <v>3067</v>
       </c>
       <c r="F332" t="s">
-        <v>3061</v>
+        <v>3068</v>
       </c>
       <c r="G332" t="s">
-        <v>3062</v>
+        <v>3069</v>
       </c>
       <c r="H332" t="s">
-        <v>3063</v>
+        <v>3070</v>
       </c>
       <c r="I332" t="s">
-        <v>3064</v>
+        <v>3071</v>
       </c>
       <c r="J332" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K332" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L332" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M332" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3065</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
         <v>6765</v>
       </c>
       <c r="B333" t="s">
-        <v>3066</v>
+        <v>3073</v>
       </c>
       <c r="C333" t="s">
-        <v>3067</v>
+        <v>3074</v>
       </c>
       <c r="D333" t="s">
-        <v>3068</v>
+        <v>3075</v>
       </c>
       <c r="E333" t="s">
-        <v>3069</v>
+        <v>3076</v>
       </c>
       <c r="F333" t="s">
-        <v>3070</v>
+        <v>3077</v>
       </c>
       <c r="G333" t="s">
-        <v>3071</v>
+        <v>3078</v>
       </c>
       <c r="H333" t="s">
-        <v>3072</v>
+        <v>3079</v>
       </c>
       <c r="I333" t="s">
-        <v>3073</v>
+        <v>3080</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
         <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
         <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3074</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
         <v>6982</v>
       </c>
       <c r="B334" t="s">
-        <v>3075</v>
+        <v>3082</v>
       </c>
       <c r="C334" t="s">
-        <v>3076</v>
+        <v>3083</v>
       </c>
       <c r="D334" t="s">
-        <v>3077</v>
+        <v>3084</v>
       </c>
       <c r="E334" t="s">
-        <v>3078</v>
+        <v>3085</v>
       </c>
       <c r="F334" t="s">
-        <v>3079</v>
+        <v>3086</v>
       </c>
       <c r="G334" t="s">
-        <v>3080</v>
+        <v>3087</v>
       </c>
       <c r="H334" t="s">
-        <v>3081</v>
+        <v>3088</v>
       </c>
       <c r="I334" t="s">
-        <v>3082</v>
+        <v>3089</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>3083</v>
+        <v>3090</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
+      <c r="M334" t="s">
+        <v>3091</v>
+      </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3084</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
         <v>8265</v>
       </c>
       <c r="B335" t="s">
-        <v>3085</v>
+        <v>3093</v>
       </c>
       <c r="C335" t="s">
-        <v>3086</v>
+        <v>3094</v>
       </c>
       <c r="D335" t="s">
-        <v>3087</v>
+        <v>3095</v>
       </c>
       <c r="E335" t="s">
-        <v>3088</v>
+        <v>3096</v>
       </c>
       <c r="F335" t="s">
-        <v>3089</v>
+        <v>3097</v>
       </c>
       <c r="G335" t="s">
-        <v>3090</v>
+        <v>3098</v>
       </c>
       <c r="H335" t="s">
-        <v>3091</v>
+        <v>3099</v>
       </c>
       <c r="I335" t="s">
-        <v>3092</v>
+        <v>3100</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>3093</v>
+        <v>3101</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>3094</v>
+        <v>3102</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3095</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
         <v>8289</v>
       </c>
       <c r="B336" t="s">
-        <v>3096</v>
+        <v>3104</v>
       </c>
       <c r="C336" t="s">
-        <v>3097</v>
+        <v>3105</v>
       </c>
       <c r="D336" t="s">
-        <v>3098</v>
+        <v>3106</v>
       </c>
       <c r="E336" t="s">
-        <v>3099</v>
+        <v>3107</v>
       </c>
       <c r="F336" t="s">
-        <v>3100</v>
+        <v>3108</v>
       </c>
       <c r="G336" t="s">
-        <v>3101</v>
+        <v>3109</v>
       </c>
       <c r="H336" t="s">
-        <v>3102</v>
+        <v>3110</v>
       </c>
       <c r="I336" t="s">
-        <v>3103</v>
+        <v>3111</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3104</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
         <v>8294</v>
       </c>
       <c r="B337" t="s">
-        <v>3105</v>
+        <v>3113</v>
       </c>
       <c r="C337" t="s">
-        <v>3106</v>
+        <v>3114</v>
       </c>
       <c r="D337" t="s">
-        <v>3107</v>
+        <v>3115</v>
       </c>
       <c r="E337" t="s">
-        <v>3108</v>
+        <v>3116</v>
       </c>
       <c r="F337" t="s">
-        <v>3109</v>
+        <v>3117</v>
       </c>
       <c r="G337" t="s">
-        <v>3110</v>
+        <v>3118</v>
       </c>
       <c r="H337" t="s">
-        <v>3111</v>
+        <v>3119</v>
       </c>
       <c r="I337" t="s">
-        <v>3112</v>
+        <v>3120</v>
       </c>
       <c r="J337" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K337" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="L337" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M337" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3113</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
         <v>8315</v>
       </c>
       <c r="B338" t="s">
-        <v>3114</v>
+        <v>3122</v>
       </c>
       <c r="C338" t="s">
-        <v>3115</v>
+        <v>3123</v>
       </c>
       <c r="D338" t="s">
-        <v>3116</v>
+        <v>3124</v>
       </c>
       <c r="E338" t="s">
-        <v>3117</v>
+        <v>3125</v>
       </c>
       <c r="F338" t="s">
-        <v>3118</v>
+        <v>3126</v>
       </c>
       <c r="G338" t="s">
-        <v>3119</v>
+        <v>3127</v>
       </c>
       <c r="H338" t="s">
-        <v>3120</v>
+        <v>3128</v>
       </c>
       <c r="I338" t="s">
-        <v>3121</v>
+        <v>3129</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
         <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
         <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3122</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
         <v>8341</v>
       </c>
       <c r="B339" t="s">
-        <v>3123</v>
+        <v>3131</v>
       </c>
       <c r="C339" t="s">
-        <v>3124</v>
+        <v>3132</v>
       </c>
       <c r="D339" t="s">
-        <v>3125</v>
+        <v>3133</v>
       </c>
       <c r="E339" t="s">
-        <v>3126</v>
+        <v>3134</v>
       </c>
       <c r="F339" t="s">
-        <v>3127</v>
+        <v>3135</v>
       </c>
       <c r="G339" t="s">
-        <v>3128</v>
+        <v>3136</v>
       </c>
       <c r="H339" t="s">
-        <v>3129</v>
+        <v>3137</v>
       </c>
       <c r="I339" t="s">
-        <v>3130</v>
+        <v>3138</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
         <v>170</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
         <v>171</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3131</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
         <v>8343</v>
       </c>
       <c r="B340" t="s">
-        <v>3132</v>
+        <v>3140</v>
       </c>
       <c r="C340" t="s">
-        <v>3133</v>
+        <v>3141</v>
       </c>
       <c r="D340" t="s">
-        <v>3134</v>
+        <v>3142</v>
       </c>
       <c r="E340" t="s">
-        <v>3135</v>
+        <v>3143</v>
       </c>
       <c r="F340" t="s">
-        <v>3136</v>
+        <v>3144</v>
       </c>
       <c r="G340" t="s">
-        <v>3137</v>
+        <v>3145</v>
       </c>
       <c r="H340" t="s">
-        <v>3138</v>
+        <v>3146</v>
       </c>
       <c r="I340" t="s">
-        <v>3139</v>
+        <v>3147</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
         <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
         <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3140</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
         <v>8344</v>
       </c>
       <c r="B341" t="s">
-        <v>3141</v>
+        <v>3149</v>
       </c>
       <c r="C341" t="s">
-        <v>3142</v>
+        <v>3150</v>
       </c>
       <c r="D341" t="s">
-        <v>3143</v>
+        <v>3151</v>
       </c>
       <c r="E341" t="s">
-        <v>3144</v>
+        <v>3152</v>
       </c>
       <c r="F341" t="s">
-        <v>3145</v>
+        <v>3153</v>
       </c>
       <c r="G341" t="s">
-        <v>3146</v>
+        <v>3154</v>
       </c>
       <c r="H341" t="s">
-        <v>3147</v>
+        <v>3155</v>
       </c>
       <c r="I341" t="s">
-        <v>3148</v>
+        <v>3156</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
         <v>170</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
         <v>171</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3149</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
         <v>8355</v>
       </c>
       <c r="B342" t="s">
-        <v>3150</v>
+        <v>3158</v>
       </c>
       <c r="C342" t="s">
-        <v>3151</v>
+        <v>3159</v>
       </c>
       <c r="D342" t="s">
-        <v>3152</v>
+        <v>3160</v>
       </c>
       <c r="E342" t="s">
-        <v>3153</v>
+        <v>3161</v>
       </c>
       <c r="F342" t="s">
-        <v>3154</v>
+        <v>3162</v>
       </c>
       <c r="G342" t="s">
-        <v>3155</v>
+        <v>3163</v>
       </c>
       <c r="H342" t="s">
-        <v>3156</v>
+        <v>3164</v>
       </c>
       <c r="I342" t="s">
-        <v>3157</v>
+        <v>3165</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>3158</v>
+        <v>3166</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
+      <c r="M342" t="s">
+        <v>3167</v>
+      </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3159</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
         <v>8357</v>
       </c>
       <c r="B343" t="s">
-        <v>3160</v>
+        <v>3169</v>
       </c>
       <c r="C343" t="s">
-        <v>3161</v>
+        <v>3170</v>
       </c>
       <c r="D343" t="s">
-        <v>3162</v>
+        <v>3171</v>
       </c>
       <c r="E343" t="s">
-        <v>3163</v>
+        <v>3172</v>
       </c>
       <c r="F343" t="s">
-        <v>3164</v>
+        <v>3173</v>
       </c>
       <c r="G343" t="s">
-        <v>3165</v>
+        <v>3174</v>
       </c>
       <c r="H343" t="s">
+        <v>3175</v>
+      </c>
+      <c r="I343" t="s">
+        <v>3176</v>
+      </c>
+      <c r="J343" t="s">
+        <v>24</v>
+      </c>
+      <c r="K343" t="s">
         <v>3166</v>
       </c>
-      <c r="I343" t="s">
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="M343" t="s">
         <v>3167</v>
       </c>
-      <c r="J343" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3168</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
         <v>8377</v>
       </c>
       <c r="B344" t="s">
-        <v>3169</v>
+        <v>3178</v>
       </c>
       <c r="C344" t="s">
-        <v>3170</v>
+        <v>3179</v>
       </c>
       <c r="D344" t="s">
-        <v>3171</v>
+        <v>3180</v>
       </c>
       <c r="E344" t="s">
-        <v>3172</v>
+        <v>3181</v>
       </c>
       <c r="F344" t="s">
-        <v>3173</v>
+        <v>3182</v>
       </c>
       <c r="G344" t="s">
-        <v>3174</v>
+        <v>3183</v>
       </c>
       <c r="H344" t="s">
-        <v>3175</v>
+        <v>3184</v>
       </c>
       <c r="I344" t="s">
-        <v>3176</v>
+        <v>3185</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
         <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
         <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3177</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
         <v>8386</v>
       </c>
       <c r="B345" t="s">
-        <v>3178</v>
+        <v>3187</v>
       </c>
       <c r="C345" t="s">
-        <v>3179</v>
+        <v>3188</v>
       </c>
       <c r="D345" t="s">
-        <v>3180</v>
+        <v>3189</v>
       </c>
       <c r="E345" t="s">
-        <v>3181</v>
+        <v>3190</v>
       </c>
       <c r="F345" t="s">
-        <v>3182</v>
+        <v>3191</v>
       </c>
       <c r="G345" t="s">
-        <v>3183</v>
+        <v>3192</v>
       </c>
       <c r="H345" t="s">
-        <v>3184</v>
+        <v>3193</v>
       </c>
       <c r="I345" t="s">
-        <v>3185</v>
+        <v>3194</v>
       </c>
       <c r="J345" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="K345" t="s">
         <v>170</v>
       </c>
       <c r="L345" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="M345" t="s">
         <v>171</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3186</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
         <v>8387</v>
       </c>
       <c r="B346" t="s">
-        <v>3187</v>
+        <v>3196</v>
       </c>
       <c r="C346" t="s">
-        <v>3188</v>
+        <v>3197</v>
       </c>
       <c r="D346" t="s">
-        <v>3189</v>
+        <v>3198</v>
       </c>
       <c r="E346" t="s">
-        <v>3190</v>
+        <v>3199</v>
       </c>
       <c r="F346" t="s">
-        <v>3191</v>
+        <v>3200</v>
       </c>
       <c r="G346" t="s">
-        <v>3192</v>
+        <v>3201</v>
       </c>
       <c r="H346" t="s">
-        <v>3193</v>
+        <v>3202</v>
       </c>
       <c r="I346" t="s">
-        <v>3194</v>
+        <v>3203</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
         <v>25</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
         <v>27</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3195</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
         <v>8388</v>
       </c>
       <c r="B347" t="s">
-        <v>3196</v>
+        <v>3205</v>
       </c>
       <c r="C347" t="s">
-        <v>3197</v>
+        <v>3206</v>
       </c>
       <c r="D347" t="s">
-        <v>3198</v>
+        <v>3207</v>
       </c>
       <c r="E347" t="s">
-        <v>3199</v>
+        <v>3208</v>
       </c>
       <c r="F347" t="s">
-        <v>3200</v>
+        <v>3209</v>
       </c>
       <c r="G347" t="s">
-        <v>3201</v>
+        <v>3210</v>
       </c>
       <c r="H347" t="s">
-        <v>3202</v>
+        <v>3211</v>
       </c>
       <c r="I347" t="s">
-        <v>3203</v>
+        <v>3212</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
         <v>170</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
         <v>171</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3204</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
         <v>8392</v>
       </c>
       <c r="B348" t="s">
-        <v>3205</v>
+        <v>3214</v>
       </c>
       <c r="C348" t="s">
-        <v>3206</v>
+        <v>3215</v>
       </c>
       <c r="D348" t="s">
-        <v>3207</v>
+        <v>3216</v>
       </c>
       <c r="E348" t="s">
-        <v>3208</v>
+        <v>3217</v>
       </c>
       <c r="F348" t="s">
-        <v>3209</v>
+        <v>3218</v>
       </c>
       <c r="G348" t="s">
-        <v>3210</v>
+        <v>3219</v>
       </c>
       <c r="H348" t="s">
-        <v>3211</v>
+        <v>3220</v>
       </c>
       <c r="I348" t="s">
-        <v>3212</v>
+        <v>3221</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3213</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
         <v>8402</v>
       </c>
       <c r="B349" t="s">
-        <v>3214</v>
+        <v>3223</v>
       </c>
       <c r="C349" t="s">
-        <v>3215</v>
+        <v>3224</v>
       </c>
       <c r="D349" t="s">
-        <v>3216</v>
+        <v>3225</v>
       </c>
       <c r="E349" t="s">
-        <v>3217</v>
+        <v>3226</v>
       </c>
       <c r="F349" t="s">
-        <v>3218</v>
+        <v>3227</v>
       </c>
       <c r="G349" t="s">
-        <v>3219</v>
+        <v>3228</v>
       </c>
       <c r="H349" t="s">
-        <v>3220</v>
+        <v>3229</v>
       </c>
       <c r="I349" t="s">
-        <v>3221</v>
+        <v>3230</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
         <v>170</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
         <v>171</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3222</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
         <v>8902</v>
       </c>
       <c r="B350" t="s">
-        <v>3223</v>
+        <v>3232</v>
       </c>
       <c r="C350" t="s">
-        <v>3224</v>
+        <v>3233</v>
       </c>
       <c r="D350" t="s">
-        <v>3225</v>
+        <v>3234</v>
       </c>
       <c r="E350" t="s">
-        <v>3226</v>
+        <v>3235</v>
       </c>
       <c r="F350" t="s">
-        <v>3227</v>
+        <v>3236</v>
       </c>
       <c r="G350" t="s">
-        <v>3228</v>
+        <v>3237</v>
       </c>
       <c r="H350" t="s">
-        <v>3229</v>
+        <v>3238</v>
       </c>
       <c r="I350" t="s">
-        <v>3230</v>
+        <v>3239</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
         <v>170</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
         <v>171</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3231</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
         <v>8903</v>
       </c>
       <c r="B351" t="s">
-        <v>3232</v>
+        <v>3241</v>
       </c>
       <c r="C351" t="s">
-        <v>3233</v>
+        <v>3242</v>
       </c>
       <c r="D351" t="s">
-        <v>3234</v>
+        <v>3243</v>
       </c>
       <c r="E351" t="s">
-        <v>3235</v>
+        <v>3244</v>
       </c>
       <c r="F351" t="s">
-        <v>3236</v>
+        <v>3245</v>
       </c>
       <c r="G351" t="s">
-        <v>3237</v>
+        <v>3246</v>
       </c>
       <c r="H351" t="s">
-        <v>3238</v>
+        <v>3247</v>
       </c>
       <c r="I351" t="s">
-        <v>3239</v>
+        <v>3248</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
         <v>170</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
         <v>171</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3240</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
         <v>8904</v>
       </c>
       <c r="B352" t="s">
-        <v>3241</v>
+        <v>3250</v>
       </c>
       <c r="C352" t="s">
-        <v>3242</v>
+        <v>3251</v>
       </c>
       <c r="D352" t="s">
-        <v>3243</v>
+        <v>3252</v>
       </c>
       <c r="E352" t="s">
-        <v>3244</v>
+        <v>3253</v>
       </c>
       <c r="F352" t="s">
-        <v>3245</v>
+        <v>3254</v>
       </c>
       <c r="G352" t="s">
-        <v>3246</v>
+        <v>3255</v>
       </c>
       <c r="H352" t="s">
-        <v>3247</v>
+        <v>3256</v>
       </c>
       <c r="I352" t="s">
-        <v>3248</v>
+        <v>3257</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>170</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>171</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3249</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
         <v>8914</v>
       </c>
       <c r="B353" t="s">
-        <v>3250</v>
+        <v>3259</v>
       </c>
       <c r="C353" t="s">
-        <v>3251</v>
+        <v>3260</v>
       </c>
       <c r="D353" t="s">
-        <v>3252</v>
+        <v>3261</v>
       </c>
       <c r="E353" t="s">
-        <v>3253</v>
+        <v>3262</v>
       </c>
       <c r="F353" t="s">
-        <v>3254</v>
+        <v>3263</v>
       </c>
       <c r="G353" t="s">
-        <v>3255</v>
+        <v>3264</v>
       </c>
       <c r="H353" t="s">
-        <v>3256</v>
+        <v>3265</v>
       </c>
       <c r="I353" t="s">
-        <v>3257</v>
+        <v>3266</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3258</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
         <v>8918</v>
       </c>
       <c r="B354" t="s">
-        <v>3259</v>
+        <v>3268</v>
       </c>
       <c r="C354" t="s">
-        <v>3260</v>
+        <v>3269</v>
       </c>
       <c r="D354" t="s">
-        <v>3261</v>
+        <v>3270</v>
       </c>
       <c r="E354" t="s">
-        <v>3262</v>
+        <v>3271</v>
       </c>
       <c r="F354" t="s">
-        <v>3263</v>
+        <v>3272</v>
       </c>
       <c r="G354" t="s">
-        <v>3264</v>
+        <v>3273</v>
       </c>
       <c r="H354" t="s">
-        <v>3265</v>
+        <v>3274</v>
       </c>
       <c r="I354" t="s">
-        <v>3266</v>
+        <v>3275</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
         <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
         <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3267</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
         <v>8945</v>
       </c>
       <c r="B355" t="s">
-        <v>3268</v>
+        <v>3277</v>
       </c>
       <c r="C355" t="s">
-        <v>3269</v>
+        <v>3278</v>
       </c>
       <c r="D355" t="s">
-        <v>3270</v>
+        <v>3279</v>
       </c>
       <c r="E355" t="s">
-        <v>3271</v>
+        <v>3280</v>
       </c>
       <c r="F355" t="s">
-        <v>3272</v>
+        <v>3281</v>
       </c>
       <c r="G355" t="s">
-        <v>3273</v>
+        <v>3282</v>
       </c>
       <c r="H355" t="s">
-        <v>3274</v>
+        <v>3283</v>
       </c>
       <c r="I355" t="s">
-        <v>3275</v>
+        <v>3284</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
         <v>47</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
         <v>48</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3276</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
         <v>8950</v>
       </c>
       <c r="B356" t="s">
-        <v>3277</v>
+        <v>3286</v>
       </c>
       <c r="C356" t="s">
-        <v>3278</v>
+        <v>3287</v>
       </c>
       <c r="D356" t="s">
-        <v>3279</v>
+        <v>3288</v>
       </c>
       <c r="E356" t="s">
-        <v>3280</v>
+        <v>3289</v>
       </c>
       <c r="F356" t="s">
-        <v>3281</v>
+        <v>3290</v>
       </c>
       <c r="G356" t="s">
-        <v>3282</v>
+        <v>3291</v>
       </c>
       <c r="H356" t="s">
-        <v>3283</v>
+        <v>3292</v>
       </c>
       <c r="I356" t="s">
-        <v>3284</v>
+        <v>3293</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
         <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
         <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3285</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
         <v>8951</v>
       </c>
       <c r="B357" t="s">
-        <v>3286</v>
+        <v>3295</v>
       </c>
       <c r="C357" t="s">
-        <v>3287</v>
+        <v>3296</v>
       </c>
       <c r="D357" t="s">
-        <v>3288</v>
+        <v>3297</v>
       </c>
       <c r="E357" t="s">
-        <v>3289</v>
+        <v>3298</v>
       </c>
       <c r="F357" t="s">
-        <v>3290</v>
+        <v>3299</v>
       </c>
       <c r="G357" t="s">
-        <v>3291</v>
+        <v>3300</v>
       </c>
       <c r="H357" t="s">
-        <v>3292</v>
+        <v>3301</v>
       </c>
       <c r="I357" t="s">
-        <v>3293</v>
+        <v>3302</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
         <v>170</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
         <v>171</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3294</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
         <v>8959</v>
       </c>
       <c r="B358" t="s">
-        <v>3295</v>
+        <v>3304</v>
       </c>
       <c r="C358" t="s">
-        <v>3296</v>
+        <v>3305</v>
       </c>
       <c r="D358" t="s">
-        <v>3297</v>
+        <v>3306</v>
       </c>
       <c r="E358" t="s">
-        <v>3298</v>
+        <v>3307</v>
       </c>
       <c r="F358" t="s">
-        <v>3299</v>
+        <v>3308</v>
       </c>
       <c r="G358" t="s">
-        <v>3300</v>
+        <v>3309</v>
       </c>
       <c r="H358" t="s">
-        <v>3301</v>
+        <v>3310</v>
       </c>
       <c r="I358" t="s">
-        <v>3302</v>
+        <v>3311</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
         <v>170</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
         <v>171</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3303</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
         <v>10014</v>
       </c>
       <c r="B359" t="s">
-        <v>3304</v>
+        <v>3313</v>
       </c>
       <c r="C359" t="s">
-        <v>3305</v>
+        <v>3314</v>
       </c>
       <c r="D359" t="s">
-        <v>3306</v>
+        <v>3315</v>
       </c>
       <c r="E359" t="s">
-        <v>3307</v>
+        <v>3316</v>
       </c>
       <c r="F359" t="s">
-        <v>3308</v>
+        <v>3317</v>
       </c>
       <c r="G359" t="s">
-        <v>3309</v>
+        <v>3318</v>
       </c>
       <c r="H359" t="s">
-        <v>3310</v>
+        <v>3319</v>
       </c>
       <c r="I359" t="s">
-        <v>3311</v>
+        <v>3320</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>3312</v>
+        <v>3321</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>3313</v>
+        <v>3322</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3314</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
         <v>10015</v>
       </c>
       <c r="B360" t="s">
-        <v>3315</v>
+        <v>3324</v>
       </c>
       <c r="C360" t="s">
-        <v>3316</v>
+        <v>3325</v>
       </c>
       <c r="D360" t="s">
-        <v>3317</v>
+        <v>3326</v>
       </c>
       <c r="E360" t="s">
-        <v>3318</v>
+        <v>3327</v>
       </c>
       <c r="F360" t="s">
-        <v>3319</v>
+        <v>3328</v>
       </c>
       <c r="G360" t="s">
-        <v>3320</v>
+        <v>3329</v>
       </c>
       <c r="H360" t="s">
-        <v>3321</v>
+        <v>3330</v>
       </c>
       <c r="I360" t="s">
-        <v>3322</v>
+        <v>3331</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
         <v>170</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
         <v>171</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3323</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
         <v>10036</v>
       </c>
       <c r="B361" t="s">
-        <v>3324</v>
+        <v>3333</v>
       </c>
       <c r="C361" t="s">
-        <v>3325</v>
+        <v>3334</v>
       </c>
       <c r="D361" t="s">
-        <v>3326</v>
+        <v>3335</v>
       </c>
       <c r="E361" t="s">
-        <v>3327</v>
+        <v>3336</v>
       </c>
       <c r="F361" t="s">
-        <v>3328</v>
+        <v>3337</v>
       </c>
       <c r="G361" t="s">
-        <v>3329</v>
+        <v>3338</v>
       </c>
       <c r="H361" t="s">
-        <v>3330</v>
+        <v>3339</v>
       </c>
       <c r="I361" t="s">
-        <v>3331</v>
+        <v>3340</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
         <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
         <v>27</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3332</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
         <v>10046</v>
       </c>
       <c r="B362" t="s">
-        <v>3333</v>
+        <v>3342</v>
       </c>
       <c r="C362" t="s">
-        <v>3334</v>
+        <v>3343</v>
       </c>
       <c r="D362" t="s">
-        <v>3335</v>
+        <v>3344</v>
       </c>
       <c r="E362" t="s">
-        <v>3336</v>
+        <v>3345</v>
       </c>
       <c r="F362" t="s">
-        <v>3337</v>
+        <v>3346</v>
       </c>
       <c r="G362" t="s">
-        <v>3338</v>
+        <v>3347</v>
       </c>
       <c r="H362" t="s">
-        <v>3339</v>
+        <v>3348</v>
       </c>
       <c r="I362" t="s">
-        <v>3340</v>
+        <v>3349</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
         <v>274</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3341</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
         <v>10098</v>
       </c>
       <c r="B363" t="s">
-        <v>3342</v>
+        <v>3351</v>
       </c>
       <c r="C363" t="s">
-        <v>3343</v>
+        <v>3352</v>
       </c>
       <c r="D363" t="s">
-        <v>3344</v>
+        <v>3353</v>
       </c>
       <c r="E363" t="s">
-        <v>3345</v>
+        <v>3354</v>
       </c>
       <c r="F363" t="s">
-        <v>3346</v>
+        <v>3355</v>
       </c>
       <c r="G363" t="s">
-        <v>3347</v>
+        <v>3356</v>
       </c>
       <c r="H363" t="s">
-        <v>3348</v>
+        <v>3357</v>
       </c>
       <c r="I363" t="s">
-        <v>3349</v>
+        <v>3358</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3350</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
         <v>10101</v>
       </c>
       <c r="B364" t="s">
-        <v>3351</v>
+        <v>3360</v>
       </c>
       <c r="C364" t="s">
-        <v>3352</v>
+        <v>3361</v>
       </c>
       <c r="D364" t="s">
-        <v>3353</v>
+        <v>3362</v>
       </c>
       <c r="E364" t="s">
-        <v>3354</v>
+        <v>3363</v>
       </c>
       <c r="F364" t="s">
-        <v>3355</v>
+        <v>3364</v>
       </c>
       <c r="G364" t="s">
-        <v>3356</v>
+        <v>3365</v>
       </c>
       <c r="H364" t="s">
-        <v>3357</v>
+        <v>3366</v>
       </c>
       <c r="I364" t="s">
-        <v>3358</v>
+        <v>3367</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
         <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
         <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3359</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
         <v>10412</v>
       </c>
       <c r="B365" t="s">
-        <v>3360</v>
+        <v>3369</v>
       </c>
       <c r="C365" t="s">
-        <v>3361</v>
+        <v>3370</v>
       </c>
       <c r="D365" t="s">
-        <v>3362</v>
+        <v>3371</v>
       </c>
       <c r="E365" t="s">
-        <v>3363</v>
+        <v>3372</v>
       </c>
       <c r="F365" t="s">
-        <v>3364</v>
+        <v>3373</v>
       </c>
       <c r="G365" t="s">
-        <v>3365</v>
+        <v>3374</v>
       </c>
       <c r="H365" t="s">
-        <v>3366</v>
+        <v>3375</v>
       </c>
       <c r="I365" t="s">
-        <v>3367</v>
+        <v>3376</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
         <v>25</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
         <v>27</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3368</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
         <v>10603</v>
       </c>
       <c r="B366" t="s">
-        <v>3369</v>
+        <v>3378</v>
       </c>
       <c r="C366" t="s">
-        <v>3370</v>
+        <v>3379</v>
       </c>
       <c r="D366" t="s">
-        <v>3371</v>
+        <v>3380</v>
       </c>
       <c r="E366" t="s">
-        <v>3372</v>
+        <v>3381</v>
       </c>
       <c r="F366" t="s">
-        <v>3373</v>
+        <v>3382</v>
       </c>
       <c r="G366" t="s">
-        <v>3374</v>
+        <v>3383</v>
       </c>
       <c r="H366" t="s">
-        <v>3375</v>
+        <v>3384</v>
       </c>
       <c r="I366" t="s">
-        <v>3376</v>
+        <v>3385</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
         <v>25</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
         <v>27</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3377</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
         <v>10647</v>
       </c>
       <c r="B367" t="s">
-        <v>3378</v>
+        <v>3387</v>
       </c>
       <c r="C367" t="s">
-        <v>3379</v>
+        <v>3388</v>
       </c>
       <c r="D367" t="s">
-        <v>3380</v>
+        <v>3389</v>
       </c>
       <c r="E367" t="s">
-        <v>3381</v>
+        <v>3390</v>
       </c>
       <c r="F367" t="s">
-        <v>3382</v>
+        <v>3391</v>
       </c>
       <c r="G367" t="s">
-        <v>3383</v>
+        <v>3392</v>
       </c>
       <c r="H367" t="s">
-        <v>3384</v>
+        <v>3393</v>
       </c>
       <c r="I367" t="s">
-        <v>3385</v>
+        <v>3394</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3386</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
         <v>10887</v>
       </c>
       <c r="B368" t="s">
-        <v>3387</v>
+        <v>3396</v>
       </c>
       <c r="C368" t="s">
-        <v>3388</v>
+        <v>3397</v>
       </c>
       <c r="D368" t="s">
-        <v>3389</v>
+        <v>3398</v>
       </c>
       <c r="E368" t="s">
-        <v>3390</v>
+        <v>3399</v>
       </c>
       <c r="F368" t="s">
-        <v>3391</v>
+        <v>3400</v>
       </c>
       <c r="G368" t="s">
-        <v>3392</v>
+        <v>3401</v>
       </c>
       <c r="H368" t="s">
-        <v>3393</v>
+        <v>3402</v>
       </c>
       <c r="I368" t="s">
-        <v>3394</v>
+        <v>3403</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
         <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
         <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3395</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
         <v>10925</v>
       </c>
       <c r="B369" t="s">
-        <v>3396</v>
+        <v>3405</v>
       </c>
       <c r="C369" t="s">
-        <v>3397</v>
+        <v>3406</v>
       </c>
       <c r="D369" t="s">
-        <v>3398</v>
+        <v>3407</v>
       </c>
       <c r="E369" t="s">
-        <v>3399</v>
+        <v>3408</v>
       </c>
       <c r="F369" t="s">
-        <v>3400</v>
+        <v>3409</v>
       </c>
       <c r="G369" t="s">
-        <v>3401</v>
+        <v>3410</v>
       </c>
       <c r="H369" t="s">
-        <v>3402</v>
+        <v>3411</v>
       </c>
       <c r="I369" t="s">
-        <v>3403</v>
+        <v>3412</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
         <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
         <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3404</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
         <v>10930</v>
       </c>
       <c r="B370" t="s">
-        <v>3405</v>
+        <v>3414</v>
       </c>
       <c r="C370" t="s">
-        <v>3406</v>
+        <v>3415</v>
       </c>
       <c r="D370" t="s">
-        <v>3407</v>
+        <v>3416</v>
       </c>
       <c r="E370" t="s">
-        <v>3408</v>
+        <v>3417</v>
       </c>
       <c r="F370" t="s">
-        <v>3409</v>
+        <v>3418</v>
       </c>
       <c r="G370" t="s">
-        <v>3410</v>
+        <v>3419</v>
       </c>
       <c r="H370" t="s">
-        <v>3411</v>
+        <v>3420</v>
       </c>
       <c r="I370" t="s">
-        <v>3412</v>
+        <v>3421</v>
       </c>
       <c r="J370" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="K370" t="s">
         <v>274</v>
       </c>
       <c r="L370" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="M370" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3413</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
         <v>10947</v>
       </c>
       <c r="B371" t="s">
-        <v>3414</v>
+        <v>3423</v>
       </c>
       <c r="C371" t="s">
-        <v>3415</v>
+        <v>3424</v>
       </c>
       <c r="D371" t="s">
-        <v>3416</v>
+        <v>3425</v>
       </c>
       <c r="E371" t="s">
-        <v>3417</v>
+        <v>3426</v>
       </c>
       <c r="F371" t="s">
-        <v>3418</v>
+        <v>3427</v>
       </c>
       <c r="G371" t="s">
-        <v>3419</v>
+        <v>3428</v>
       </c>
       <c r="H371" t="s">
-        <v>3420</v>
+        <v>3429</v>
       </c>
       <c r="I371" t="s">
-        <v>3421</v>
+        <v>3430</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
         <v>170</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
         <v>171</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3422</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
         <v>10948</v>
       </c>
       <c r="B372" t="s">
-        <v>3423</v>
+        <v>3432</v>
       </c>
       <c r="C372" t="s">
-        <v>3424</v>
+        <v>3433</v>
       </c>
       <c r="D372" t="s">
-        <v>3425</v>
+        <v>3434</v>
       </c>
       <c r="E372" t="s">
-        <v>3426</v>
+        <v>3435</v>
       </c>
       <c r="F372" t="s">
-        <v>3427</v>
+        <v>3436</v>
       </c>
       <c r="G372" t="s">
-        <v>3428</v>
+        <v>3437</v>
       </c>
       <c r="H372" t="s">
-        <v>3429</v>
+        <v>3438</v>
       </c>
       <c r="I372" t="s">
-        <v>3430</v>
+        <v>3439</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
         <v>170</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
         <v>171</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3431</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
         <v>10950</v>
       </c>
       <c r="B373" t="s">
-        <v>3432</v>
+        <v>3441</v>
       </c>
       <c r="C373" t="s">
-        <v>3433</v>
+        <v>3442</v>
       </c>
       <c r="D373" t="s">
-        <v>3434</v>
+        <v>3443</v>
       </c>
       <c r="E373" t="s">
-        <v>3435</v>
+        <v>3444</v>
       </c>
       <c r="F373" t="s">
-        <v>3436</v>
+        <v>3445</v>
       </c>
       <c r="G373" t="s">
-        <v>3437</v>
+        <v>3446</v>
       </c>
       <c r="H373" t="s">
-        <v>3438</v>
+        <v>3447</v>
       </c>
       <c r="I373" t="s">
-        <v>3439</v>
+        <v>3448</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>3440</v>
+        <v>3449</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
+      <c r="M373" t="s">
+        <v>3450</v>
+      </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3441</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
         <v>10951</v>
       </c>
       <c r="B374" t="s">
-        <v>3442</v>
+        <v>3452</v>
       </c>
       <c r="C374" t="s">
-        <v>3443</v>
+        <v>3453</v>
       </c>
       <c r="D374" t="s">
-        <v>3444</v>
+        <v>3454</v>
       </c>
       <c r="E374" t="s">
-        <v>3445</v>
+        <v>3455</v>
       </c>
       <c r="F374" t="s">
-        <v>3446</v>
+        <v>3456</v>
       </c>
       <c r="G374" t="s">
-        <v>3447</v>
+        <v>3457</v>
       </c>
       <c r="H374" t="s">
-        <v>3448</v>
+        <v>3458</v>
       </c>
       <c r="I374" t="s">
-        <v>3449</v>
+        <v>3459</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
         <v>47</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
         <v>48</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3450</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
         <v>11000</v>
       </c>
       <c r="B375" t="s">
-        <v>3451</v>
+        <v>3461</v>
       </c>
       <c r="C375" t="s">
-        <v>3452</v>
+        <v>3462</v>
       </c>
       <c r="D375" t="s">
-        <v>3453</v>
+        <v>3463</v>
       </c>
       <c r="E375" t="s">
-        <v>3454</v>
+        <v>3464</v>
       </c>
       <c r="F375" t="s">
-        <v>3455</v>
+        <v>3465</v>
       </c>
       <c r="G375" t="s">
-        <v>3456</v>
+        <v>3466</v>
       </c>
       <c r="H375" t="s">
-        <v>3457</v>
+        <v>3467</v>
       </c>
       <c r="I375" t="s">
-        <v>3458</v>
+        <v>3468</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>25</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>27</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3459</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
         <v>11220</v>
       </c>
       <c r="B376" t="s">
-        <v>3460</v>
+        <v>3470</v>
       </c>
       <c r="C376" t="s">
-        <v>3461</v>
+        <v>3471</v>
       </c>
       <c r="D376" t="s">
-        <v>3462</v>
+        <v>3472</v>
       </c>
       <c r="E376" t="s">
-        <v>3463</v>
+        <v>3473</v>
       </c>
       <c r="F376" t="s">
-        <v>3464</v>
+        <v>3474</v>
       </c>
       <c r="G376" t="s">
-        <v>3465</v>
+        <v>3475</v>
       </c>
       <c r="H376" t="s">
-        <v>3466</v>
+        <v>3476</v>
       </c>
       <c r="I376" t="s">
-        <v>3467</v>
+        <v>3477</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3468</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
         <v>11231</v>
       </c>
       <c r="B377" t="s">
-        <v>3469</v>
+        <v>3479</v>
       </c>
       <c r="C377" t="s">
-        <v>3470</v>
+        <v>3480</v>
       </c>
       <c r="D377" t="s">
-        <v>3471</v>
+        <v>3481</v>
       </c>
       <c r="E377" t="s">
-        <v>3472</v>
+        <v>3482</v>
       </c>
       <c r="F377" t="s">
-        <v>3473</v>
+        <v>3483</v>
       </c>
       <c r="G377" t="s">
-        <v>3474</v>
+        <v>3484</v>
       </c>
       <c r="H377" t="s">
-        <v>3475</v>
+        <v>3485</v>
       </c>
       <c r="I377" t="s">
-        <v>3476</v>
+        <v>3486</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
         <v>170</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
         <v>171</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3477</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
         <v>11287</v>
       </c>
       <c r="B378" t="s">
-        <v>3478</v>
+        <v>3488</v>
       </c>
       <c r="C378" t="s">
-        <v>3479</v>
+        <v>3489</v>
       </c>
       <c r="D378" t="s">
-        <v>3480</v>
+        <v>3490</v>
       </c>
       <c r="E378" t="s">
-        <v>3481</v>
+        <v>3491</v>
       </c>
       <c r="F378" t="s">
-        <v>3482</v>
+        <v>3492</v>
       </c>
       <c r="G378" t="s">
-        <v>3483</v>
+        <v>3493</v>
       </c>
       <c r="H378" t="s">
-        <v>3484</v>
+        <v>3494</v>
       </c>
       <c r="I378" t="s">
-        <v>3485</v>
+        <v>3495</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
         <v>170</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
         <v>171</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3486</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
         <v>11299</v>
       </c>
       <c r="B379" t="s">
-        <v>3487</v>
+        <v>3497</v>
       </c>
       <c r="C379" t="s">
-        <v>3488</v>
+        <v>3498</v>
       </c>
       <c r="D379" t="s">
-        <v>3489</v>
+        <v>3499</v>
       </c>
       <c r="E379" t="s">
-        <v>3490</v>
+        <v>3500</v>
       </c>
       <c r="F379" t="s">
-        <v>3491</v>
+        <v>3501</v>
       </c>
       <c r="G379" t="s">
-        <v>3492</v>
+        <v>3502</v>
       </c>
       <c r="H379" t="s">
-        <v>3493</v>
+        <v>3503</v>
       </c>
       <c r="I379" t="s">
-        <v>3494</v>
+        <v>3504</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
         <v>170</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
         <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3495</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
         <v>11306</v>
       </c>
       <c r="B380" t="s">
-        <v>3496</v>
+        <v>3506</v>
       </c>
       <c r="C380" t="s">
-        <v>3497</v>
+        <v>3507</v>
       </c>
       <c r="D380" t="s">
-        <v>3498</v>
+        <v>3508</v>
       </c>
       <c r="E380" t="s">
-        <v>3499</v>
+        <v>3509</v>
       </c>
       <c r="F380" t="s">
-        <v>3500</v>
+        <v>3510</v>
       </c>
       <c r="G380" t="s">
-        <v>3501</v>
+        <v>3511</v>
       </c>
       <c r="H380" t="s">
-        <v>3502</v>
+        <v>3512</v>
       </c>
       <c r="I380" t="s">
-        <v>3503</v>
+        <v>3513</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
+      <c r="M380" t="s">
+        <v>1110</v>
+      </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3504</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
         <v>58060</v>
       </c>
       <c r="B381" t="s">
-        <v>3505</v>
+        <v>3515</v>
       </c>
       <c r="C381" t="s">
-        <v>3506</v>
+        <v>3516</v>
       </c>
       <c r="D381" t="s">
-        <v>3507</v>
+        <v>3517</v>
       </c>
       <c r="E381" t="s">
-        <v>3508</v>
+        <v>3518</v>
       </c>
       <c r="F381" t="s">
-        <v>3509</v>
+        <v>3519</v>
       </c>
       <c r="G381" t="s">
-        <v>3510</v>
+        <v>3520</v>
       </c>
       <c r="H381" t="s">
-        <v>3511</v>
+        <v>3521</v>
       </c>
       <c r="I381" t="s">
-        <v>3512</v>
+        <v>3522</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>3513</v>
+        <v>3166</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>3514</v>
+        <v>3167</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3515</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
         <v>58066</v>
       </c>
       <c r="B382" t="s">
-        <v>3516</v>
+        <v>3524</v>
       </c>
       <c r="C382" t="s">
-        <v>3517</v>
+        <v>3525</v>
       </c>
       <c r="D382" t="s">
-        <v>3518</v>
+        <v>3526</v>
       </c>
       <c r="E382" t="s">
-        <v>3519</v>
+        <v>3527</v>
       </c>
       <c r="F382" t="s">
-        <v>3520</v>
+        <v>3528</v>
       </c>
       <c r="G382" t="s">
-        <v>3521</v>
+        <v>3529</v>
       </c>
       <c r="H382" t="s">
-        <v>3522</v>
+        <v>3530</v>
       </c>
       <c r="I382" t="s">
-        <v>3523</v>
+        <v>3531</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
         <v>274</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3524</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
         <v>58120</v>
       </c>
       <c r="B383" t="s">
-        <v>3525</v>
+        <v>3533</v>
       </c>
       <c r="C383" t="s">
-        <v>3526</v>
+        <v>3534</v>
       </c>
       <c r="D383" t="s">
-        <v>3527</v>
+        <v>3535</v>
       </c>
       <c r="E383" t="s">
-        <v>3528</v>
+        <v>3536</v>
       </c>
       <c r="F383" t="s">
-        <v>3529</v>
+        <v>3537</v>
       </c>
       <c r="G383" t="s">
-        <v>3530</v>
+        <v>3538</v>
       </c>
       <c r="H383" t="s">
-        <v>3531</v>
+        <v>3539</v>
       </c>
       <c r="I383" t="s">
-        <v>3532</v>
+        <v>3540</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
         <v>25</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
         <v>27</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3533</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
         <v>58122</v>
       </c>
       <c r="B384" t="s">
-        <v>3534</v>
+        <v>3542</v>
       </c>
       <c r="C384" t="s">
-        <v>3535</v>
+        <v>3543</v>
       </c>
       <c r="D384" t="s">
-        <v>3536</v>
+        <v>3544</v>
       </c>
       <c r="E384" t="s">
-        <v>3537</v>
+        <v>3545</v>
       </c>
       <c r="F384" t="s">
-        <v>3538</v>
+        <v>3546</v>
       </c>
       <c r="G384" t="s">
-        <v>3539</v>
+        <v>3547</v>
       </c>
       <c r="H384" t="s">
-        <v>3540</v>
+        <v>3548</v>
       </c>
       <c r="I384" t="s">
-        <v>3541</v>
+        <v>3549</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
         <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
         <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3542</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
         <v>58144</v>
       </c>
       <c r="B385" t="s">
-        <v>3543</v>
+        <v>3551</v>
       </c>
       <c r="C385" t="s">
-        <v>3544</v>
+        <v>3552</v>
       </c>
       <c r="D385" t="s">
-        <v>3545</v>
+        <v>3553</v>
       </c>
       <c r="E385" t="s">
-        <v>3546</v>
+        <v>3554</v>
       </c>
       <c r="F385" t="s">
-        <v>3547</v>
+        <v>3555</v>
       </c>
       <c r="G385" t="s">
-        <v>3548</v>
+        <v>3556</v>
       </c>
       <c r="H385" t="s">
-        <v>3549</v>
+        <v>3557</v>
       </c>
       <c r="I385" t="s">
-        <v>3550</v>
+        <v>3558</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
         <v>25</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
         <v>27</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3551</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
         <v>58148</v>
       </c>
       <c r="B386" t="s">
-        <v>3552</v>
+        <v>3560</v>
       </c>
       <c r="C386" t="s">
-        <v>3553</v>
+        <v>3561</v>
       </c>
       <c r="D386" t="s">
-        <v>3554</v>
+        <v>3562</v>
       </c>
       <c r="E386" t="s">
-        <v>3555</v>
+        <v>3563</v>
       </c>
       <c r="F386" t="s">
-        <v>3556</v>
+        <v>3564</v>
       </c>
       <c r="G386" t="s">
-        <v>3557</v>
+        <v>3565</v>
       </c>
       <c r="H386" t="s">
-        <v>3558</v>
+        <v>3566</v>
       </c>
       <c r="I386" t="s">
-        <v>3559</v>
+        <v>3567</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3560</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
         <v>58218</v>
       </c>
       <c r="B387" t="s">
-        <v>3561</v>
+        <v>3569</v>
       </c>
       <c r="C387" t="s">
-        <v>3562</v>
+        <v>3570</v>
       </c>
       <c r="D387" t="s">
-        <v>3563</v>
+        <v>3571</v>
       </c>
       <c r="E387" t="s">
-        <v>3564</v>
+        <v>3572</v>
       </c>
       <c r="F387" t="s">
-        <v>3565</v>
+        <v>3573</v>
       </c>
       <c r="G387" t="s">
-        <v>3566</v>
+        <v>3574</v>
       </c>
       <c r="H387" t="s">
-        <v>3567</v>
+        <v>3575</v>
       </c>
       <c r="I387" t="s">
-        <v>3568</v>
+        <v>3576</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
         <v>170</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
         <v>171</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3569</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
         <v>58223</v>
       </c>
       <c r="B388" t="s">
-        <v>3570</v>
+        <v>3578</v>
       </c>
       <c r="C388" t="s">
-        <v>3571</v>
+        <v>3579</v>
       </c>
       <c r="D388" t="s">
-        <v>3572</v>
+        <v>3580</v>
       </c>
       <c r="E388" t="s">
-        <v>3573</v>
+        <v>3581</v>
       </c>
       <c r="F388" t="s">
-        <v>3574</v>
+        <v>3582</v>
       </c>
       <c r="G388" t="s">
-        <v>3575</v>
+        <v>3583</v>
       </c>
       <c r="H388" t="s">
-        <v>3576</v>
+        <v>3584</v>
       </c>
       <c r="I388" t="s">
-        <v>3577</v>
+        <v>3585</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
         <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
         <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3578</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
         <v>58259</v>
       </c>
       <c r="B389" t="s">
-        <v>3579</v>
+        <v>3587</v>
       </c>
       <c r="C389" t="s">
-        <v>3580</v>
+        <v>3588</v>
       </c>
       <c r="D389" t="s">
-        <v>3581</v>
+        <v>3589</v>
       </c>
       <c r="E389" t="s">
-        <v>3582</v>
+        <v>3590</v>
       </c>
       <c r="F389" t="s">
-        <v>3583</v>
+        <v>3591</v>
       </c>
       <c r="G389" t="s">
-        <v>3584</v>
+        <v>3592</v>
       </c>
       <c r="H389" t="s">
-        <v>3585</v>
+        <v>3593</v>
       </c>
       <c r="I389" t="s">
-        <v>3586</v>
+        <v>3594</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>3587</v>
+        <v>3595</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
+      <c r="M389" t="s">
+        <v>3596</v>
+      </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3588</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
         <v>64637</v>
       </c>
       <c r="B390" t="s">
-        <v>3589</v>
+        <v>3598</v>
       </c>
       <c r="C390" t="s">
-        <v>3590</v>
+        <v>3599</v>
       </c>
       <c r="D390" t="s">
-        <v>3591</v>
+        <v>3600</v>
       </c>
       <c r="E390" t="s">
-        <v>3592</v>
+        <v>3601</v>
       </c>
       <c r="F390" t="s">
-        <v>3593</v>
+        <v>3602</v>
       </c>
       <c r="G390" t="s">
-        <v>3594</v>
+        <v>3603</v>
       </c>
       <c r="H390" t="s">
-        <v>3595</v>
+        <v>3604</v>
       </c>
       <c r="I390" t="s">
-        <v>3596</v>
+        <v>3605</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
         <v>47</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
         <v>48</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3597</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
         <v>64643</v>
       </c>
       <c r="B391" t="s">
-        <v>3598</v>
+        <v>3607</v>
       </c>
       <c r="C391" t="s">
-        <v>3599</v>
+        <v>3608</v>
       </c>
       <c r="D391" t="s">
-        <v>3600</v>
+        <v>3609</v>
       </c>
       <c r="E391" t="s">
-        <v>3601</v>
+        <v>3610</v>
       </c>
       <c r="F391" t="s">
-        <v>3602</v>
+        <v>3611</v>
       </c>
       <c r="G391" t="s">
-        <v>3603</v>
+        <v>3612</v>
       </c>
       <c r="H391" t="s">
-        <v>3604</v>
+        <v>3613</v>
       </c>
       <c r="I391" t="s">
-        <v>3605</v>
+        <v>3614</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
         <v>170</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
         <v>171</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3606</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
         <v>64689</v>
       </c>
       <c r="B392" t="s">
-        <v>3607</v>
+        <v>3616</v>
       </c>
       <c r="C392" t="s">
-        <v>3608</v>
+        <v>3617</v>
       </c>
       <c r="D392" t="s">
-        <v>3609</v>
+        <v>3618</v>
       </c>
       <c r="E392" t="s">
-        <v>3610</v>
+        <v>3619</v>
       </c>
       <c r="F392" t="s">
-        <v>3611</v>
+        <v>3620</v>
       </c>
       <c r="G392" t="s">
-        <v>3612</v>
+        <v>3621</v>
       </c>
       <c r="H392" t="s">
-        <v>3613</v>
+        <v>3622</v>
       </c>
       <c r="I392" t="s">
-        <v>3614</v>
+        <v>3623</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
         <v>59</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
         <v>61</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3615</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
         <v>65000</v>
       </c>
       <c r="B393" t="s">
-        <v>3616</v>
+        <v>3625</v>
       </c>
       <c r="C393" t="s">
-        <v>3617</v>
+        <v>3626</v>
       </c>
       <c r="D393" t="s">
-        <v>3618</v>
+        <v>3627</v>
       </c>
       <c r="E393" t="s">
-        <v>3619</v>
+        <v>3628</v>
       </c>
       <c r="F393" t="s">
-        <v>3620</v>
+        <v>3629</v>
       </c>
       <c r="G393" t="s">
-        <v>3621</v>
+        <v>3630</v>
       </c>
       <c r="H393" t="s">
-        <v>3622</v>
+        <v>3631</v>
       </c>
       <c r="I393" t="s">
-        <v>3623</v>
+        <v>3632</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
         <v>25</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
         <v>27</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3624</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
         <v>65001</v>
       </c>
       <c r="B394" t="s">
-        <v>3625</v>
+        <v>3634</v>
       </c>
       <c r="C394" t="s">
-        <v>3626</v>
+        <v>3635</v>
       </c>
       <c r="D394" t="s">
-        <v>3627</v>
+        <v>3636</v>
       </c>
       <c r="E394" t="s">
-        <v>3628</v>
+        <v>3637</v>
       </c>
       <c r="F394" t="s">
-        <v>3629</v>
+        <v>3638</v>
       </c>
       <c r="G394" t="s">
-        <v>3630</v>
+        <v>3639</v>
       </c>
       <c r="H394" t="s">
-        <v>3631</v>
+        <v>3640</v>
       </c>
       <c r="I394" t="s">
-        <v>3632</v>
+        <v>3641</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
         <v>170</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
         <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3633</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
         <v>65002</v>
       </c>
       <c r="B395" t="s">
-        <v>3634</v>
+        <v>3643</v>
       </c>
       <c r="C395" t="s">
-        <v>3635</v>
+        <v>3644</v>
       </c>
       <c r="D395" t="s">
-        <v>3636</v>
+        <v>3645</v>
       </c>
       <c r="E395" t="s">
-        <v>3637</v>
+        <v>3646</v>
       </c>
       <c r="F395" t="s">
-        <v>3638</v>
+        <v>3647</v>
       </c>
       <c r="G395" t="s">
-        <v>3639</v>
+        <v>3648</v>
       </c>
       <c r="H395" t="s">
-        <v>3640</v>
+        <v>3649</v>
       </c>
       <c r="I395" t="s">
-        <v>3641</v>
+        <v>3650</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
         <v>25</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
         <v>27</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3642</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
         <v>65003</v>
       </c>
       <c r="B396" t="s">
-        <v>3643</v>
+        <v>3652</v>
       </c>
       <c r="C396" t="s">
-        <v>3644</v>
+        <v>3653</v>
       </c>
       <c r="D396" t="s">
-        <v>3645</v>
+        <v>3654</v>
       </c>
       <c r="E396" t="s">
-        <v>3646</v>
+        <v>3655</v>
       </c>
       <c r="F396" t="s">
-        <v>3647</v>
+        <v>3656</v>
       </c>
       <c r="G396" t="s">
-        <v>3648</v>
+        <v>3657</v>
       </c>
       <c r="H396" t="s">
-        <v>3649</v>
+        <v>3658</v>
       </c>
       <c r="I396" t="s">
-        <v>3650</v>
+        <v>3659</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
         <v>170</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
         <v>171</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3651</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
         <v>65004</v>
       </c>
       <c r="B397" t="s">
-        <v>3652</v>
+        <v>3661</v>
       </c>
       <c r="C397" t="s">
-        <v>3653</v>
+        <v>3662</v>
       </c>
       <c r="D397" t="s">
-        <v>3654</v>
+        <v>3663</v>
       </c>
       <c r="E397" t="s">
-        <v>3655</v>
+        <v>3664</v>
       </c>
       <c r="F397" t="s">
-        <v>3656</v>
+        <v>3665</v>
       </c>
       <c r="G397" t="s">
-        <v>3657</v>
+        <v>3666</v>
       </c>
       <c r="H397" t="s">
-        <v>3658</v>
+        <v>3667</v>
       </c>
       <c r="I397" t="s">
-        <v>3659</v>
+        <v>3668</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3660</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
         <v>65005</v>
       </c>
       <c r="B398" t="s">
-        <v>3661</v>
+        <v>3670</v>
       </c>
       <c r="C398" t="s">
-        <v>3662</v>
+        <v>3671</v>
       </c>
       <c r="D398" t="s">
-        <v>3663</v>
+        <v>3672</v>
       </c>
       <c r="E398" t="s">
-        <v>3664</v>
+        <v>3673</v>
       </c>
       <c r="F398" t="s">
-        <v>3665</v>
+        <v>3674</v>
       </c>
       <c r="G398" t="s">
-        <v>3666</v>
+        <v>3675</v>
       </c>
       <c r="H398" t="s">
-        <v>3667</v>
+        <v>3676</v>
       </c>
       <c r="I398" t="s">
-        <v>3668</v>
+        <v>3677</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>3669</v>
+        <v>3678</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>3670</v>
+        <v>3679</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3671</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
         <v>65006</v>
       </c>
       <c r="B399" t="s">
-        <v>3672</v>
+        <v>3681</v>
       </c>
       <c r="C399" t="s">
-        <v>3673</v>
+        <v>3682</v>
       </c>
       <c r="D399" t="s">
-        <v>3674</v>
+        <v>3683</v>
       </c>
       <c r="E399" t="s">
-        <v>3675</v>
+        <v>3684</v>
       </c>
       <c r="F399" t="s">
-        <v>3676</v>
+        <v>3685</v>
       </c>
       <c r="G399" t="s">
-        <v>3677</v>
+        <v>3686</v>
       </c>
       <c r="H399" t="s">
-        <v>3678</v>
+        <v>3687</v>
       </c>
       <c r="I399" t="s">
-        <v>3679</v>
+        <v>3688</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>3680</v>
+        <v>3689</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>3681</v>
+        <v>3690</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3682</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
         <v>65007</v>
       </c>
       <c r="B400" t="s">
-        <v>3683</v>
+        <v>3692</v>
       </c>
       <c r="C400" t="s">
-        <v>3684</v>
+        <v>3693</v>
       </c>
       <c r="D400" t="s">
-        <v>3685</v>
+        <v>3694</v>
       </c>
       <c r="E400" t="s">
-        <v>3686</v>
+        <v>3695</v>
       </c>
       <c r="F400" t="s">
-        <v>3687</v>
+        <v>3696</v>
       </c>
       <c r="G400" t="s">
-        <v>3688</v>
+        <v>3697</v>
       </c>
       <c r="H400" t="s">
-        <v>3689</v>
+        <v>3698</v>
       </c>
       <c r="I400" t="s">
-        <v>3690</v>
+        <v>3699</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
         <v>25</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
         <v>27</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3691</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
         <v>65008</v>
       </c>
       <c r="B401" t="s">
-        <v>3692</v>
+        <v>3701</v>
       </c>
       <c r="C401" t="s">
-        <v>3693</v>
+        <v>3702</v>
       </c>
       <c r="D401" t="s">
-        <v>3694</v>
+        <v>3703</v>
       </c>
       <c r="E401" t="s">
-        <v>3695</v>
+        <v>3704</v>
       </c>
       <c r="F401" t="s">
-        <v>3696</v>
+        <v>3705</v>
       </c>
       <c r="G401" t="s">
-        <v>3697</v>
+        <v>3706</v>
       </c>
       <c r="H401" t="s">
-        <v>3698</v>
+        <v>3707</v>
       </c>
       <c r="I401" t="s">
-        <v>3699</v>
+        <v>3708</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
         <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
         <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3700</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
         <v>65009</v>
       </c>
       <c r="B402" t="s">
-        <v>3701</v>
+        <v>3710</v>
       </c>
       <c r="C402" t="s">
-        <v>3702</v>
+        <v>3711</v>
       </c>
       <c r="D402" t="s">
-        <v>3703</v>
+        <v>3712</v>
       </c>
       <c r="E402" t="s">
-        <v>3704</v>
+        <v>3713</v>
       </c>
       <c r="F402" t="s">
-        <v>3705</v>
+        <v>3714</v>
       </c>
       <c r="G402" t="s">
-        <v>3706</v>
+        <v>3715</v>
       </c>
       <c r="H402" t="s">
-        <v>3707</v>
+        <v>3716</v>
       </c>
       <c r="I402" t="s">
-        <v>3708</v>
+        <v>3717</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
         <v>170</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
         <v>171</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3709</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
         <v>65010</v>
       </c>
       <c r="B403" t="s">
-        <v>3710</v>
+        <v>3719</v>
       </c>
       <c r="C403" t="s">
-        <v>3711</v>
+        <v>3720</v>
       </c>
       <c r="D403" t="s">
-        <v>3712</v>
+        <v>3721</v>
       </c>
       <c r="E403" t="s">
-        <v>3713</v>
+        <v>3722</v>
       </c>
       <c r="F403" t="s">
-        <v>3714</v>
+        <v>3723</v>
       </c>
       <c r="G403" t="s">
-        <v>3715</v>
+        <v>3724</v>
       </c>
       <c r="H403" t="s">
-        <v>3716</v>
+        <v>3725</v>
       </c>
       <c r="I403" t="s">
-        <v>3717</v>
+        <v>3726</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
         <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
         <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3718</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
         <v>65011</v>
       </c>
       <c r="B404" t="s">
-        <v>3719</v>
+        <v>3728</v>
       </c>
       <c r="C404" t="s">
-        <v>3720</v>
+        <v>3729</v>
       </c>
       <c r="D404" t="s">
-        <v>3721</v>
+        <v>3730</v>
       </c>
       <c r="E404" t="s">
-        <v>3722</v>
+        <v>3731</v>
       </c>
       <c r="F404" t="s">
-        <v>3723</v>
+        <v>3732</v>
       </c>
       <c r="G404" t="s">
-        <v>3724</v>
+        <v>3733</v>
       </c>
       <c r="H404" t="s">
-        <v>3725</v>
+        <v>3734</v>
       </c>
       <c r="I404" t="s">
-        <v>3726</v>
+        <v>3735</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
         <v>170</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
         <v>171</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3727</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
         <v>65012</v>
       </c>
       <c r="B405" t="s">
-        <v>3728</v>
+        <v>3737</v>
       </c>
       <c r="C405" t="s">
-        <v>3729</v>
+        <v>3738</v>
       </c>
       <c r="D405" t="s">
-        <v>3730</v>
+        <v>3739</v>
       </c>
       <c r="E405" t="s">
-        <v>3731</v>
+        <v>3740</v>
       </c>
       <c r="F405" t="s">
-        <v>3732</v>
+        <v>3741</v>
       </c>
       <c r="G405" t="s">
-        <v>3733</v>
+        <v>3742</v>
       </c>
       <c r="H405" t="s">
-        <v>3734</v>
+        <v>3743</v>
       </c>
       <c r="I405" t="s">
-        <v>3735</v>
+        <v>3744</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>3736</v>
+        <v>3745</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>3737</v>
+        <v>3746</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3738</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
         <v>65013</v>
       </c>
       <c r="B406" t="s">
-        <v>3739</v>
+        <v>3748</v>
       </c>
       <c r="C406" t="s">
-        <v>3740</v>
+        <v>3749</v>
       </c>
       <c r="D406" t="s">
-        <v>3741</v>
+        <v>3750</v>
       </c>
       <c r="E406" t="s">
-        <v>3742</v>
+        <v>3751</v>
       </c>
       <c r="F406" t="s">
-        <v>3743</v>
+        <v>3752</v>
       </c>
       <c r="G406" t="s">
-        <v>3744</v>
+        <v>3753</v>
       </c>
       <c r="H406" t="s">
-        <v>3745</v>
+        <v>3754</v>
       </c>
       <c r="I406" t="s">
-        <v>3746</v>
+        <v>3755</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
         <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
         <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3747</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
         <v>65014</v>
       </c>
       <c r="B407" t="s">
-        <v>3748</v>
+        <v>3757</v>
       </c>
       <c r="C407" t="s">
-        <v>3749</v>
+        <v>3758</v>
       </c>
       <c r="D407" t="s">
-        <v>3750</v>
+        <v>3759</v>
       </c>
       <c r="E407" t="s">
-        <v>3751</v>
+        <v>3760</v>
       </c>
       <c r="F407" t="s">
-        <v>3752</v>
+        <v>3761</v>
       </c>
       <c r="G407" t="s">
-        <v>3753</v>
+        <v>3762</v>
       </c>
       <c r="H407" t="s">
-        <v>3754</v>
+        <v>3763</v>
       </c>
       <c r="I407" t="s">
-        <v>3755</v>
+        <v>3764</v>
       </c>
       <c r="J407" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K407" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L407" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M407" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3756</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
         <v>65015</v>
       </c>
       <c r="B408" t="s">
-        <v>3757</v>
+        <v>3766</v>
       </c>
       <c r="C408" t="s">
-        <v>3758</v>
+        <v>3767</v>
       </c>
       <c r="D408" t="s">
-        <v>3759</v>
+        <v>3768</v>
       </c>
       <c r="E408" t="s">
-        <v>3760</v>
+        <v>3769</v>
       </c>
       <c r="F408" t="s">
-        <v>3761</v>
+        <v>3770</v>
       </c>
       <c r="G408" t="s">
-        <v>3762</v>
+        <v>3771</v>
       </c>
       <c r="H408" t="s">
-        <v>3763</v>
+        <v>3772</v>
       </c>
       <c r="I408" t="s">
-        <v>3764</v>
+        <v>3773</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
         <v>170</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
         <v>171</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3765</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
         <v>65016</v>
       </c>
       <c r="B409" t="s">
-        <v>3766</v>
+        <v>3775</v>
       </c>
       <c r="C409" t="s">
-        <v>3767</v>
+        <v>3776</v>
       </c>
       <c r="D409" t="s">
-        <v>3768</v>
+        <v>3777</v>
       </c>
       <c r="E409" t="s">
-        <v>3769</v>
+        <v>3778</v>
       </c>
       <c r="F409" t="s">
-        <v>3770</v>
+        <v>3779</v>
       </c>
       <c r="G409" t="s">
-        <v>3771</v>
+        <v>3780</v>
       </c>
       <c r="H409" t="s">
-        <v>3772</v>
+        <v>3781</v>
       </c>
       <c r="I409" t="s">
-        <v>3773</v>
+        <v>3782</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
         <v>25</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
         <v>27</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3774</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
         <v>65017</v>
       </c>
       <c r="B410" t="s">
-        <v>3775</v>
+        <v>3784</v>
       </c>
       <c r="C410" t="s">
-        <v>3776</v>
+        <v>3785</v>
       </c>
       <c r="D410" t="s">
-        <v>3777</v>
+        <v>3786</v>
       </c>
       <c r="E410" t="s">
-        <v>3778</v>
+        <v>3787</v>
       </c>
       <c r="F410" t="s">
-        <v>3779</v>
+        <v>3788</v>
       </c>
       <c r="G410" t="s">
-        <v>3780</v>
+        <v>3789</v>
       </c>
       <c r="H410" t="s">
-        <v>3781</v>
+        <v>3790</v>
       </c>
       <c r="I410" t="s">
-        <v>3782</v>
+        <v>3791</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>3783</v>
+        <v>3792</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>3784</v>
+        <v>3793</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3785</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
         <v>65018</v>
       </c>
       <c r="B411" t="s">
-        <v>3786</v>
+        <v>3795</v>
       </c>
       <c r="C411" t="s">
-        <v>3787</v>
+        <v>3796</v>
       </c>
       <c r="D411" t="s">
-        <v>3788</v>
+        <v>3797</v>
       </c>
       <c r="E411" t="s">
-        <v>3789</v>
+        <v>3798</v>
       </c>
       <c r="F411" t="s">
-        <v>3790</v>
+        <v>3799</v>
       </c>
       <c r="G411" t="s">
-        <v>3791</v>
+        <v>3800</v>
       </c>
       <c r="H411" t="s">
-        <v>3792</v>
+        <v>3801</v>
       </c>
       <c r="I411" t="s">
-        <v>3793</v>
+        <v>3802</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>3794</v>
+        <v>3803</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>3795</v>
+        <v>3804</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3796</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
         <v>65019</v>
       </c>
       <c r="B412" t="s">
-        <v>3797</v>
+        <v>3806</v>
       </c>
       <c r="C412" t="s">
-        <v>3798</v>
+        <v>3807</v>
       </c>
       <c r="D412" t="s">
-        <v>3799</v>
+        <v>3808</v>
       </c>
       <c r="E412" t="s">
-        <v>3800</v>
+        <v>3809</v>
       </c>
       <c r="F412" t="s">
-        <v>3801</v>
+        <v>3810</v>
       </c>
       <c r="G412" t="s">
-        <v>3802</v>
+        <v>3811</v>
       </c>
       <c r="H412" t="s">
-        <v>3803</v>
+        <v>3812</v>
       </c>
       <c r="I412" t="s">
-        <v>3804</v>
+        <v>3813</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
         <v>170</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
         <v>171</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3805</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
         <v>65020</v>
       </c>
       <c r="B413" t="s">
-        <v>3806</v>
+        <v>3815</v>
       </c>
       <c r="C413" t="s">
-        <v>3807</v>
+        <v>3816</v>
       </c>
       <c r="D413" t="s">
-        <v>3808</v>
+        <v>3817</v>
       </c>
       <c r="E413" t="s">
-        <v>3809</v>
+        <v>3818</v>
       </c>
       <c r="F413" t="s">
-        <v>3810</v>
+        <v>3819</v>
       </c>
       <c r="G413" t="s">
-        <v>3811</v>
+        <v>3820</v>
       </c>
       <c r="H413" t="s">
-        <v>3812</v>
+        <v>3821</v>
       </c>
       <c r="I413" t="s">
-        <v>3813</v>
+        <v>3822</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>3814</v>
+        <v>3823</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>3815</v>
+        <v>3824</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3816</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
         <v>65021</v>
       </c>
       <c r="B414" t="s">
-        <v>3817</v>
+        <v>3826</v>
       </c>
       <c r="C414" t="s">
-        <v>3818</v>
+        <v>3827</v>
       </c>
       <c r="D414" t="s">
-        <v>3819</v>
+        <v>3828</v>
       </c>
       <c r="E414" t="s">
-        <v>3820</v>
+        <v>3829</v>
       </c>
       <c r="F414" t="s">
-        <v>3821</v>
+        <v>3830</v>
       </c>
       <c r="G414" t="s">
-        <v>3822</v>
+        <v>3831</v>
       </c>
       <c r="H414" t="s">
-        <v>3823</v>
+        <v>3832</v>
       </c>
       <c r="I414" t="s">
-        <v>3824</v>
+        <v>3833</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
         <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
         <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3825</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
         <v>65022</v>
       </c>
       <c r="B415" t="s">
-        <v>3826</v>
+        <v>3835</v>
       </c>
       <c r="C415" t="s">
-        <v>3827</v>
+        <v>3836</v>
       </c>
       <c r="D415" t="s">
-        <v>3828</v>
+        <v>3837</v>
       </c>
       <c r="E415" t="s">
-        <v>3829</v>
+        <v>3838</v>
       </c>
       <c r="F415" t="s">
-        <v>3830</v>
+        <v>3839</v>
       </c>
       <c r="G415" t="s">
-        <v>3831</v>
+        <v>3840</v>
       </c>
       <c r="H415" t="s">
-        <v>3832</v>
+        <v>3841</v>
       </c>
       <c r="I415" t="s">
-        <v>3833</v>
+        <v>3842</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
         <v>25</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
         <v>27</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3834</v>
+        <v>3843</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
         <v>65023</v>
       </c>
       <c r="B416" t="s">
-        <v>3835</v>
+        <v>3844</v>
       </c>
       <c r="C416" t="s">
-        <v>3836</v>
+        <v>3845</v>
       </c>
       <c r="D416" t="s">
-        <v>3837</v>
+        <v>3846</v>
       </c>
       <c r="E416" t="s">
-        <v>3838</v>
+        <v>3847</v>
       </c>
       <c r="F416" t="s">
-        <v>3839</v>
+        <v>3848</v>
       </c>
       <c r="G416" t="s">
-        <v>3840</v>
+        <v>3849</v>
       </c>
       <c r="H416" t="s">
-        <v>3841</v>
+        <v>3850</v>
       </c>
       <c r="I416" t="s">
-        <v>3842</v>
+        <v>3851</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
         <v>25</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
         <v>27</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3843</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
         <v>65025</v>
       </c>
       <c r="B417" t="s">
-        <v>3844</v>
+        <v>3853</v>
       </c>
       <c r="C417" t="s">
-        <v>3845</v>
+        <v>3854</v>
       </c>
       <c r="D417" t="s">
-        <v>3846</v>
+        <v>3855</v>
       </c>
       <c r="E417" t="s">
-        <v>3847</v>
+        <v>3856</v>
       </c>
       <c r="F417" t="s">
-        <v>3848</v>
+        <v>3857</v>
       </c>
       <c r="G417" t="s">
-        <v>3849</v>
+        <v>3858</v>
       </c>
       <c r="H417" t="s">
-        <v>3850</v>
+        <v>3859</v>
       </c>
       <c r="I417" t="s">
-        <v>3851</v>
+        <v>3860</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
         <v>25</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
         <v>27</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3852</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
         <v>65026</v>
       </c>
       <c r="B418" t="s">
-        <v>3853</v>
+        <v>3862</v>
       </c>
       <c r="C418" t="s">
-        <v>3854</v>
+        <v>3863</v>
       </c>
       <c r="D418" t="s">
-        <v>3855</v>
+        <v>3864</v>
       </c>
       <c r="E418" t="s">
-        <v>3856</v>
+        <v>3865</v>
       </c>
       <c r="F418" t="s">
-        <v>3857</v>
+        <v>3866</v>
       </c>
       <c r="G418" t="s">
-        <v>3858</v>
+        <v>3867</v>
       </c>
       <c r="H418" t="s">
-        <v>3859</v>
+        <v>3868</v>
       </c>
       <c r="I418" t="s">
-        <v>3860</v>
+        <v>3869</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
         <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
         <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3861</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
         <v>65027</v>
       </c>
       <c r="B419" t="s">
-        <v>3862</v>
+        <v>3871</v>
       </c>
       <c r="C419" t="s">
-        <v>3863</v>
+        <v>3872</v>
       </c>
       <c r="D419" t="s">
-        <v>3864</v>
+        <v>3873</v>
       </c>
       <c r="E419" t="s">
-        <v>3865</v>
+        <v>3874</v>
       </c>
       <c r="F419" t="s">
-        <v>3866</v>
+        <v>3875</v>
       </c>
       <c r="G419" t="s">
-        <v>3867</v>
+        <v>3876</v>
       </c>
       <c r="H419" t="s">
-        <v>3868</v>
+        <v>3877</v>
       </c>
       <c r="I419" t="s">
-        <v>3869</v>
+        <v>3878</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3870</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
         <v>65028</v>
       </c>
       <c r="B420" t="s">
-        <v>3871</v>
+        <v>3880</v>
       </c>
       <c r="C420" t="s">
-        <v>3872</v>
+        <v>3881</v>
       </c>
       <c r="D420" t="s">
-        <v>3873</v>
+        <v>3882</v>
       </c>
       <c r="E420" t="s">
-        <v>3874</v>
+        <v>3883</v>
       </c>
       <c r="F420" t="s">
-        <v>3875</v>
+        <v>3884</v>
       </c>
       <c r="G420" t="s">
-        <v>3876</v>
+        <v>3885</v>
       </c>
       <c r="H420" t="s">
-        <v>3877</v>
+        <v>3886</v>
       </c>
       <c r="I420" t="s">
-        <v>3878</v>
+        <v>3887</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
         <v>25</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
         <v>27</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3879</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
         <v>65030</v>
       </c>
       <c r="B421" t="s">
-        <v>3880</v>
+        <v>3889</v>
       </c>
       <c r="C421" t="s">
-        <v>3881</v>
+        <v>3890</v>
       </c>
       <c r="D421" t="s">
-        <v>3882</v>
+        <v>3891</v>
       </c>
       <c r="E421" t="s">
-        <v>3883</v>
+        <v>3892</v>
       </c>
       <c r="F421" t="s">
-        <v>3884</v>
+        <v>3893</v>
       </c>
       <c r="G421" t="s">
-        <v>3885</v>
+        <v>3894</v>
       </c>
       <c r="H421" t="s">
-        <v>3886</v>
+        <v>3895</v>
       </c>
       <c r="I421" t="s">
-        <v>3887</v>
+        <v>3896</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
         <v>25</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
         <v>27</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3888</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
         <v>65031</v>
       </c>
       <c r="B422" t="s">
-        <v>3889</v>
+        <v>3898</v>
       </c>
       <c r="C422" t="s">
-        <v>3890</v>
+        <v>3899</v>
       </c>
       <c r="D422" t="s">
-        <v>3891</v>
+        <v>3900</v>
       </c>
       <c r="E422" t="s">
-        <v>3892</v>
+        <v>3901</v>
       </c>
       <c r="F422" t="s">
-        <v>3893</v>
+        <v>3902</v>
       </c>
       <c r="G422" t="s">
-        <v>3894</v>
+        <v>3903</v>
       </c>
       <c r="H422" t="s">
-        <v>3895</v>
+        <v>3904</v>
       </c>
       <c r="I422" t="s">
-        <v>3896</v>
+        <v>3905</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
         <v>25</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
         <v>27</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3897</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
         <v>65032</v>
       </c>
       <c r="B423" t="s">
-        <v>3898</v>
+        <v>3907</v>
       </c>
       <c r="C423" t="s">
-        <v>3899</v>
+        <v>3908</v>
       </c>
       <c r="D423" t="s">
-        <v>3900</v>
+        <v>3909</v>
       </c>
       <c r="E423" t="s">
-        <v>3901</v>
+        <v>3910</v>
       </c>
       <c r="F423" t="s">
-        <v>3902</v>
+        <v>3911</v>
       </c>
       <c r="G423" t="s">
-        <v>3903</v>
+        <v>3912</v>
       </c>
       <c r="H423" t="s">
-        <v>3904</v>
+        <v>3913</v>
       </c>
       <c r="I423" t="s">
-        <v>3905</v>
+        <v>3914</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
         <v>170</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
         <v>171</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3906</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
         <v>65033</v>
       </c>
       <c r="B424" t="s">
-        <v>3907</v>
+        <v>3916</v>
       </c>
       <c r="C424" t="s">
-        <v>3908</v>
+        <v>3917</v>
       </c>
       <c r="D424" t="s">
-        <v>3909</v>
+        <v>3918</v>
       </c>
       <c r="E424" t="s">
-        <v>3910</v>
+        <v>3919</v>
       </c>
       <c r="F424" t="s">
-        <v>3911</v>
+        <v>3920</v>
       </c>
       <c r="G424" t="s">
-        <v>3912</v>
+        <v>3921</v>
       </c>
       <c r="H424" t="s">
-        <v>3913</v>
+        <v>3922</v>
       </c>
       <c r="I424" t="s">
-        <v>3914</v>
+        <v>3923</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>3915</v>
+        <v>3924</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>3916</v>
+        <v>3925</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3917</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
         <v>65034</v>
       </c>
       <c r="B425" t="s">
-        <v>3918</v>
+        <v>3927</v>
       </c>
       <c r="C425" t="s">
-        <v>3919</v>
+        <v>3928</v>
       </c>
       <c r="D425" t="s">
-        <v>3920</v>
+        <v>3929</v>
       </c>
       <c r="E425" t="s">
-        <v>3921</v>
+        <v>3930</v>
       </c>
       <c r="F425" t="s">
-        <v>3922</v>
+        <v>3931</v>
       </c>
       <c r="G425" t="s">
-        <v>3923</v>
+        <v>3932</v>
       </c>
       <c r="H425" t="s">
-        <v>3924</v>
+        <v>3933</v>
       </c>
       <c r="I425" t="s">
-        <v>3925</v>
+        <v>3934</v>
       </c>
       <c r="J425" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K425" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="L425" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M425" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3926</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
         <v>65035</v>
       </c>
       <c r="B426" t="s">
-        <v>3927</v>
+        <v>3936</v>
       </c>
       <c r="C426" t="s">
-        <v>3928</v>
+        <v>3937</v>
       </c>
       <c r="D426" t="s">
-        <v>3929</v>
+        <v>3938</v>
       </c>
       <c r="E426" t="s">
-        <v>3930</v>
+        <v>3939</v>
       </c>
       <c r="F426" t="s">
-        <v>3931</v>
+        <v>3940</v>
       </c>
       <c r="G426" t="s">
-        <v>3932</v>
+        <v>3941</v>
       </c>
       <c r="H426" t="s">
-        <v>3933</v>
+        <v>3942</v>
       </c>
       <c r="I426" t="s">
-        <v>3934</v>
+        <v>3943</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
         <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
         <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3935</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
         <v>65036</v>
       </c>
       <c r="B427" t="s">
-        <v>3936</v>
+        <v>3945</v>
       </c>
       <c r="C427" t="s">
-        <v>3937</v>
+        <v>3946</v>
       </c>
       <c r="D427" t="s">
-        <v>3938</v>
+        <v>3947</v>
       </c>
       <c r="E427" t="s">
-        <v>3939</v>
+        <v>3948</v>
       </c>
       <c r="F427" t="s">
-        <v>3940</v>
+        <v>3949</v>
       </c>
       <c r="G427" t="s">
-        <v>3941</v>
+        <v>3950</v>
       </c>
       <c r="H427" t="s">
-        <v>3942</v>
+        <v>3951</v>
       </c>
       <c r="I427" t="s">
-        <v>3943</v>
+        <v>3952</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
         <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
         <v>27</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3944</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
         <v>65037</v>
       </c>
       <c r="B428" t="s">
-        <v>3945</v>
+        <v>3954</v>
       </c>
       <c r="C428" t="s">
-        <v>3946</v>
+        <v>3955</v>
       </c>
       <c r="D428" t="s">
-        <v>3947</v>
+        <v>3956</v>
       </c>
       <c r="E428" t="s">
-        <v>3948</v>
+        <v>3957</v>
       </c>
       <c r="F428" t="s">
-        <v>3949</v>
+        <v>3958</v>
       </c>
       <c r="G428" t="s">
-        <v>3950</v>
+        <v>3959</v>
       </c>
       <c r="H428" t="s">
-        <v>3951</v>
+        <v>3960</v>
       </c>
       <c r="I428" t="s">
-        <v>3952</v>
+        <v>3961</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
         <v>25</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
         <v>27</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3953</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
         <v>65038</v>
       </c>
       <c r="B429" t="s">
-        <v>3954</v>
+        <v>3963</v>
       </c>
       <c r="C429" t="s">
-        <v>3955</v>
+        <v>3964</v>
       </c>
       <c r="D429" t="s">
-        <v>3956</v>
+        <v>3965</v>
       </c>
       <c r="E429" t="s">
-        <v>3957</v>
+        <v>3966</v>
       </c>
       <c r="F429" t="s">
-        <v>3958</v>
+        <v>3967</v>
       </c>
       <c r="G429" t="s">
-        <v>3959</v>
+        <v>3968</v>
       </c>
       <c r="H429" t="s">
-        <v>3960</v>
+        <v>3969</v>
       </c>
       <c r="I429" t="s">
-        <v>3961</v>
+        <v>3970</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
         <v>170</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
         <v>171</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3962</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
         <v>65039</v>
       </c>
       <c r="B430" t="s">
-        <v>3963</v>
+        <v>3972</v>
       </c>
       <c r="C430" t="s">
-        <v>3964</v>
+        <v>3973</v>
       </c>
       <c r="D430" t="s">
-        <v>3965</v>
+        <v>3974</v>
       </c>
       <c r="E430" t="s">
-        <v>3966</v>
+        <v>3975</v>
       </c>
       <c r="F430" t="s">
-        <v>3967</v>
+        <v>3976</v>
       </c>
       <c r="G430" t="s">
-        <v>3968</v>
+        <v>3977</v>
       </c>
       <c r="H430" t="s">
-        <v>3969</v>
+        <v>3978</v>
       </c>
       <c r="I430" t="s">
-        <v>3970</v>
+        <v>3979</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
         <v>170</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
         <v>171</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3971</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
         <v>65040</v>
       </c>
       <c r="B431" t="s">
-        <v>3972</v>
+        <v>3981</v>
       </c>
       <c r="C431" t="s">
-        <v>3973</v>
+        <v>3982</v>
       </c>
       <c r="D431" t="s">
-        <v>3974</v>
+        <v>3983</v>
       </c>
       <c r="E431" t="s">
-        <v>3975</v>
+        <v>3984</v>
       </c>
       <c r="F431" t="s">
-        <v>3976</v>
+        <v>3985</v>
       </c>
       <c r="G431" t="s">
-        <v>3977</v>
+        <v>3986</v>
       </c>
       <c r="H431" t="s">
-        <v>3978</v>
+        <v>3987</v>
       </c>
       <c r="I431" t="s">
-        <v>3979</v>
+        <v>3988</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3980</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
         <v>65043</v>
       </c>
       <c r="B432" t="s">
-        <v>3981</v>
+        <v>3990</v>
       </c>
       <c r="C432" t="s">
-        <v>3982</v>
+        <v>3991</v>
       </c>
       <c r="D432" t="s">
-        <v>3983</v>
+        <v>3992</v>
       </c>
       <c r="E432" t="s">
-        <v>3984</v>
+        <v>3993</v>
       </c>
       <c r="F432" t="s">
-        <v>3985</v>
+        <v>3994</v>
       </c>
       <c r="G432" t="s">
-        <v>3986</v>
+        <v>3995</v>
       </c>
       <c r="H432" t="s">
-        <v>3987</v>
+        <v>3996</v>
       </c>
       <c r="I432" t="s">
-        <v>3988</v>
+        <v>3997</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
         <v>25</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
         <v>27</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3989</v>
+        <v>3998</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
         <v>65044</v>
       </c>
       <c r="B433" t="s">
-        <v>3990</v>
+        <v>3999</v>
       </c>
       <c r="C433" t="s">
-        <v>3991</v>
+        <v>4000</v>
       </c>
       <c r="D433" t="s">
-        <v>3992</v>
+        <v>4001</v>
       </c>
       <c r="E433" t="s">
-        <v>3993</v>
+        <v>4002</v>
       </c>
       <c r="F433" t="s">
-        <v>3994</v>
+        <v>4003</v>
       </c>
       <c r="G433" t="s">
-        <v>3995</v>
+        <v>4004</v>
       </c>
       <c r="H433" t="s">
-        <v>3996</v>
+        <v>4005</v>
       </c>
       <c r="I433" t="s">
-        <v>3997</v>
+        <v>4006</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
         <v>25</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
         <v>27</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>3998</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
         <v>65045</v>
       </c>
       <c r="B434" t="s">
-        <v>3999</v>
+        <v>4008</v>
       </c>
       <c r="C434" t="s">
-        <v>4000</v>
+        <v>4009</v>
       </c>
       <c r="D434" t="s">
-        <v>4001</v>
+        <v>4010</v>
       </c>
       <c r="E434" t="s">
-        <v>4002</v>
+        <v>4011</v>
       </c>
       <c r="F434" t="s">
-        <v>4003</v>
+        <v>4012</v>
       </c>
       <c r="G434" t="s">
-        <v>4004</v>
+        <v>4013</v>
       </c>
       <c r="H434" t="s">
-        <v>4005</v>
+        <v>4014</v>
       </c>
       <c r="I434" t="s">
-        <v>4006</v>
+        <v>4015</v>
       </c>
       <c r="J434" t="s">
         <v>58</v>
       </c>
       <c r="K434" t="s">
-        <v>4007</v>
+        <v>4016</v>
       </c>
       <c r="L434" t="s">
         <v>60</v>
       </c>
       <c r="M434" t="s">
-        <v>4008</v>
+        <v>4017</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4009</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
         <v>65046</v>
       </c>
       <c r="B435" t="s">
-        <v>4010</v>
+        <v>4019</v>
       </c>
       <c r="C435" t="s">
-        <v>4011</v>
+        <v>4020</v>
       </c>
       <c r="D435" t="s">
-        <v>4012</v>
+        <v>4021</v>
       </c>
       <c r="E435" t="s">
-        <v>4013</v>
+        <v>4022</v>
       </c>
       <c r="F435" t="s">
-        <v>4014</v>
+        <v>4023</v>
       </c>
       <c r="G435" t="s">
-        <v>4015</v>
+        <v>4024</v>
       </c>
       <c r="H435" t="s">
-        <v>4016</v>
+        <v>4025</v>
       </c>
       <c r="I435" t="s">
-        <v>4017</v>
+        <v>4026</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
         <v>47</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
         <v>48</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4018</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
         <v>65047</v>
       </c>
       <c r="B436" t="s">
-        <v>4019</v>
+        <v>4028</v>
       </c>
       <c r="C436" t="s">
-        <v>4020</v>
+        <v>4029</v>
       </c>
       <c r="D436" t="s">
-        <v>4021</v>
+        <v>4030</v>
       </c>
       <c r="E436" t="s">
-        <v>4022</v>
+        <v>4031</v>
       </c>
       <c r="F436" t="s">
-        <v>4023</v>
+        <v>4032</v>
       </c>
       <c r="G436" t="s">
-        <v>4024</v>
+        <v>4033</v>
       </c>
       <c r="H436" t="s">
-        <v>4025</v>
+        <v>4034</v>
       </c>
       <c r="I436" t="s">
-        <v>4026</v>
+        <v>4035</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>4007</v>
+        <v>4016</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>4008</v>
+        <v>4017</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4027</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
         <v>65049</v>
       </c>
       <c r="B437" t="s">
-        <v>4028</v>
+        <v>4037</v>
       </c>
       <c r="C437" t="s">
-        <v>4029</v>
+        <v>4038</v>
       </c>
       <c r="D437" t="s">
-        <v>4030</v>
+        <v>4039</v>
       </c>
       <c r="E437" t="s">
-        <v>4031</v>
+        <v>4040</v>
       </c>
       <c r="F437" t="s">
-        <v>4032</v>
+        <v>4041</v>
       </c>
       <c r="G437" t="s">
-        <v>4033</v>
+        <v>4042</v>
       </c>
       <c r="H437" t="s">
-        <v>4034</v>
+        <v>4043</v>
       </c>
       <c r="I437" t="s">
-        <v>4035</v>
+        <v>4044</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
         <v>59</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
         <v>61</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4036</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
         <v>65050</v>
       </c>
       <c r="B438" t="s">
-        <v>4037</v>
+        <v>4046</v>
       </c>
       <c r="C438" t="s">
-        <v>4038</v>
+        <v>4047</v>
       </c>
       <c r="D438" t="s">
-        <v>4039</v>
+        <v>4048</v>
       </c>
       <c r="E438" t="s">
-        <v>4040</v>
+        <v>4049</v>
       </c>
       <c r="F438" t="s">
-        <v>4041</v>
+        <v>4050</v>
       </c>
       <c r="G438" t="s">
-        <v>4042</v>
+        <v>4051</v>
       </c>
       <c r="H438" t="s">
-        <v>4043</v>
+        <v>4052</v>
       </c>
       <c r="I438" t="s">
-        <v>4044</v>
+        <v>4053</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
         <v>25</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
         <v>27</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4045</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
         <v>65051</v>
       </c>
       <c r="B439" t="s">
-        <v>4046</v>
+        <v>4055</v>
       </c>
       <c r="C439" t="s">
-        <v>4047</v>
+        <v>4056</v>
       </c>
       <c r="D439" t="s">
-        <v>4048</v>
+        <v>4057</v>
       </c>
       <c r="E439" t="s">
-        <v>4049</v>
+        <v>4058</v>
       </c>
       <c r="F439" t="s">
-        <v>4050</v>
+        <v>4059</v>
       </c>
       <c r="G439" t="s">
-        <v>4051</v>
+        <v>4060</v>
       </c>
       <c r="H439" t="s">
-        <v>4052</v>
+        <v>4061</v>
       </c>
       <c r="I439" t="s">
-        <v>4053</v>
+        <v>4062</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4054</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
         <v>65053</v>
       </c>
       <c r="B440" t="s">
-        <v>4055</v>
+        <v>4064</v>
       </c>
       <c r="C440" t="s">
-        <v>4056</v>
+        <v>4065</v>
       </c>
       <c r="D440" t="s">
-        <v>4057</v>
+        <v>4066</v>
       </c>
       <c r="E440" t="s">
-        <v>4058</v>
+        <v>4067</v>
       </c>
       <c r="F440" t="s">
-        <v>4059</v>
+        <v>4068</v>
       </c>
       <c r="G440" t="s">
-        <v>4060</v>
+        <v>4069</v>
       </c>
       <c r="H440" t="s">
-        <v>4061</v>
+        <v>4070</v>
       </c>
       <c r="I440" t="s">
-        <v>4062</v>
+        <v>4071</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
         <v>170</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
         <v>171</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4063</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
         <v>65054</v>
       </c>
       <c r="B441" t="s">
-        <v>4064</v>
+        <v>4073</v>
       </c>
       <c r="C441" t="s">
-        <v>4065</v>
+        <v>4074</v>
       </c>
       <c r="D441" t="s">
-        <v>4066</v>
+        <v>4075</v>
       </c>
       <c r="E441" t="s">
-        <v>4067</v>
+        <v>4076</v>
       </c>
       <c r="F441" t="s">
-        <v>4068</v>
+        <v>4077</v>
       </c>
       <c r="G441" t="s">
-        <v>4069</v>
+        <v>4078</v>
       </c>
       <c r="H441" t="s">
-        <v>4070</v>
+        <v>4079</v>
       </c>
       <c r="I441" t="s">
-        <v>4071</v>
+        <v>4080</v>
       </c>
       <c r="J441" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K441" t="s">
-        <v>4072</v>
+        <v>208</v>
       </c>
       <c r="L441" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M441" t="s">
-        <v>4073</v>
+        <v>209</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4074</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
         <v>65055</v>
       </c>
       <c r="B442" t="s">
-        <v>4075</v>
+        <v>4082</v>
       </c>
       <c r="C442" t="s">
-        <v>4076</v>
+        <v>4083</v>
       </c>
       <c r="D442" t="s">
-        <v>4077</v>
+        <v>4084</v>
       </c>
       <c r="E442" t="s">
-        <v>4078</v>
+        <v>4085</v>
       </c>
       <c r="F442" t="s">
-        <v>4079</v>
+        <v>4086</v>
       </c>
       <c r="G442" t="s">
-        <v>4080</v>
+        <v>4087</v>
       </c>
       <c r="H442" t="s">
-        <v>4081</v>
+        <v>4088</v>
       </c>
       <c r="I442" t="s">
-        <v>4082</v>
+        <v>4089</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4083</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
         <v>65057</v>
       </c>
       <c r="B443" t="s">
-        <v>4084</v>
+        <v>4091</v>
       </c>
       <c r="C443" t="s">
-        <v>4085</v>
+        <v>4092</v>
       </c>
       <c r="D443" t="s">
-        <v>4086</v>
+        <v>4093</v>
       </c>
       <c r="E443" t="s">
-        <v>4087</v>
+        <v>4094</v>
       </c>
       <c r="F443" t="s">
-        <v>4088</v>
+        <v>4095</v>
       </c>
       <c r="G443" t="s">
-        <v>4089</v>
+        <v>4096</v>
       </c>
       <c r="H443" t="s">
-        <v>4090</v>
+        <v>4097</v>
       </c>
       <c r="I443" t="s">
-        <v>4091</v>
+        <v>4098</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
         <v>274</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4092</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
         <v>65058</v>
       </c>
       <c r="B444" t="s">
-        <v>4093</v>
+        <v>4100</v>
       </c>
       <c r="C444" t="s">
-        <v>4094</v>
+        <v>4101</v>
       </c>
       <c r="D444" t="s">
-        <v>4095</v>
+        <v>4102</v>
       </c>
       <c r="E444" t="s">
-        <v>4096</v>
+        <v>4103</v>
       </c>
       <c r="F444" t="s">
-        <v>4097</v>
+        <v>4104</v>
       </c>
       <c r="G444" t="s">
-        <v>4098</v>
+        <v>4105</v>
       </c>
       <c r="H444" t="s">
-        <v>4099</v>
+        <v>4106</v>
       </c>
       <c r="I444" t="s">
-        <v>4100</v>
+        <v>4107</v>
       </c>
       <c r="J444" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K444" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L444" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M444" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4101</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
         <v>65059</v>
       </c>
       <c r="B445" t="s">
-        <v>4102</v>
+        <v>4109</v>
       </c>
       <c r="C445" t="s">
-        <v>4103</v>
+        <v>4110</v>
       </c>
       <c r="D445" t="s">
-        <v>4104</v>
+        <v>4111</v>
       </c>
       <c r="E445" t="s">
-        <v>4105</v>
+        <v>4112</v>
       </c>
       <c r="F445" t="s">
-        <v>4106</v>
+        <v>4113</v>
       </c>
       <c r="G445" t="s">
-        <v>4107</v>
+        <v>4114</v>
       </c>
       <c r="H445" t="s">
-        <v>4108</v>
+        <v>4115</v>
       </c>
       <c r="I445" t="s">
-        <v>4109</v>
+        <v>4116</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
         <v>170</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
         <v>171</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4110</v>
+        <v>4117</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
         <v>65060</v>
       </c>
       <c r="B446" t="s">
-        <v>4111</v>
+        <v>4118</v>
       </c>
       <c r="C446" t="s">
-        <v>4112</v>
+        <v>4119</v>
       </c>
       <c r="D446" t="s">
-        <v>4113</v>
+        <v>4120</v>
       </c>
       <c r="E446" t="s">
-        <v>4114</v>
+        <v>4121</v>
       </c>
       <c r="F446" t="s">
-        <v>4115</v>
+        <v>4122</v>
       </c>
       <c r="G446" t="s">
-        <v>4116</v>
+        <v>4123</v>
       </c>
       <c r="H446" t="s">
-        <v>4117</v>
+        <v>4124</v>
       </c>
       <c r="I446" t="s">
-        <v>4118</v>
+        <v>4125</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
         <v>47</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
         <v>48</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4119</v>
+        <v>4126</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
         <v>65061</v>
       </c>
       <c r="B447" t="s">
-        <v>4120</v>
+        <v>4127</v>
       </c>
       <c r="C447" t="s">
-        <v>4121</v>
+        <v>4128</v>
       </c>
       <c r="D447" t="s">
-        <v>4122</v>
+        <v>4129</v>
       </c>
       <c r="E447" t="s">
-        <v>4123</v>
+        <v>4130</v>
       </c>
       <c r="F447" t="s">
-        <v>4124</v>
+        <v>4131</v>
       </c>
       <c r="G447" t="s">
-        <v>4125</v>
+        <v>4132</v>
       </c>
       <c r="H447" t="s">
-        <v>4126</v>
+        <v>4133</v>
       </c>
       <c r="I447" t="s">
-        <v>4127</v>
+        <v>4134</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4128</v>
+        <v>4135</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
         <v>65062</v>
       </c>
       <c r="B448" t="s">
-        <v>4129</v>
+        <v>4136</v>
       </c>
       <c r="C448" t="s">
-        <v>4130</v>
+        <v>4137</v>
       </c>
       <c r="D448" t="s">
-        <v>4131</v>
+        <v>4138</v>
       </c>
       <c r="E448" t="s">
-        <v>4132</v>
+        <v>4139</v>
       </c>
       <c r="F448" t="s">
-        <v>4133</v>
+        <v>4140</v>
       </c>
       <c r="G448" t="s">
-        <v>4134</v>
+        <v>4141</v>
       </c>
       <c r="H448" t="s">
-        <v>4135</v>
+        <v>4142</v>
       </c>
       <c r="I448" t="s">
-        <v>4136</v>
+        <v>4143</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
         <v>25</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
         <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4137</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
         <v>65063</v>
       </c>
       <c r="B449" t="s">
-        <v>4138</v>
+        <v>4145</v>
       </c>
       <c r="C449" t="s">
-        <v>4139</v>
+        <v>4146</v>
       </c>
       <c r="D449" t="s">
-        <v>4140</v>
+        <v>4147</v>
       </c>
       <c r="E449" t="s">
-        <v>4141</v>
+        <v>4148</v>
       </c>
       <c r="F449" t="s">
-        <v>4142</v>
+        <v>4149</v>
       </c>
       <c r="G449" t="s">
-        <v>4143</v>
+        <v>4150</v>
       </c>
       <c r="H449" t="s">
-        <v>4144</v>
+        <v>4151</v>
       </c>
       <c r="I449" t="s">
-        <v>4145</v>
+        <v>4152</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4146</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
         <v>65068</v>
       </c>
       <c r="B450" t="s">
-        <v>4147</v>
+        <v>4154</v>
       </c>
       <c r="C450" t="s">
-        <v>4148</v>
+        <v>4155</v>
       </c>
       <c r="D450" t="s">
-        <v>4149</v>
+        <v>4156</v>
       </c>
       <c r="E450" t="s">
-        <v>4150</v>
+        <v>4157</v>
       </c>
       <c r="F450" t="s">
-        <v>4151</v>
+        <v>4158</v>
       </c>
       <c r="G450" t="s">
-        <v>4152</v>
+        <v>4159</v>
       </c>
       <c r="H450" t="s">
-        <v>4153</v>
+        <v>4160</v>
       </c>
       <c r="I450" t="s">
-        <v>4154</v>
+        <v>4161</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
         <v>25</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
         <v>27</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4155</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
         <v>65069</v>
       </c>
       <c r="B451" t="s">
-        <v>4156</v>
+        <v>4163</v>
       </c>
       <c r="C451" t="s">
-        <v>4157</v>
+        <v>4164</v>
       </c>
       <c r="D451" t="s">
-        <v>4158</v>
+        <v>4165</v>
       </c>
       <c r="E451" t="s">
-        <v>4159</v>
+        <v>4166</v>
       </c>
       <c r="F451" t="s">
-        <v>4160</v>
+        <v>4167</v>
       </c>
       <c r="G451" t="s">
-        <v>4161</v>
+        <v>4168</v>
       </c>
       <c r="H451" t="s">
-        <v>4162</v>
+        <v>4169</v>
       </c>
       <c r="I451" t="s">
-        <v>4163</v>
+        <v>4170</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
         <v>170</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
         <v>171</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4164</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
         <v>65071</v>
       </c>
       <c r="B452" t="s">
-        <v>4165</v>
+        <v>4172</v>
       </c>
       <c r="C452" t="s">
-        <v>4166</v>
+        <v>4173</v>
       </c>
       <c r="D452" t="s">
-        <v>4167</v>
+        <v>4174</v>
       </c>
       <c r="E452" t="s">
-        <v>4168</v>
+        <v>4175</v>
       </c>
       <c r="F452" t="s">
-        <v>4169</v>
+        <v>4176</v>
       </c>
       <c r="G452" t="s">
-        <v>4170</v>
+        <v>4177</v>
       </c>
       <c r="H452" t="s">
-        <v>4171</v>
+        <v>4178</v>
       </c>
       <c r="I452" t="s">
-        <v>4172</v>
+        <v>4179</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
         <v>25</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
         <v>27</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4173</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
         <v>65073</v>
       </c>
       <c r="B453" t="s">
-        <v>4174</v>
+        <v>4181</v>
       </c>
       <c r="C453" t="s">
-        <v>4175</v>
+        <v>4182</v>
       </c>
       <c r="D453" t="s">
-        <v>4176</v>
+        <v>4183</v>
       </c>
       <c r="E453" t="s">
-        <v>4177</v>
+        <v>4184</v>
       </c>
       <c r="F453" t="s">
-        <v>4178</v>
+        <v>4185</v>
       </c>
       <c r="G453" t="s">
-        <v>4179</v>
+        <v>4186</v>
       </c>
       <c r="H453" t="s">
-        <v>4180</v>
+        <v>4187</v>
       </c>
       <c r="I453" t="s">
-        <v>4181</v>
+        <v>4188</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
         <v>25</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
         <v>27</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4182</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
         <v>65074</v>
       </c>
       <c r="B454" t="s">
-        <v>4183</v>
+        <v>4190</v>
       </c>
       <c r="C454" t="s">
-        <v>4184</v>
+        <v>4191</v>
       </c>
       <c r="D454" t="s">
-        <v>4185</v>
+        <v>4192</v>
       </c>
       <c r="E454" t="s">
-        <v>4186</v>
+        <v>4193</v>
       </c>
       <c r="F454" t="s">
-        <v>4187</v>
+        <v>4194</v>
       </c>
       <c r="G454" t="s">
-        <v>4188</v>
+        <v>4195</v>
       </c>
       <c r="H454" t="s">
-        <v>4189</v>
+        <v>4196</v>
       </c>
       <c r="I454" t="s">
-        <v>4190</v>
+        <v>4197</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>4191</v>
+        <v>4198</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>4192</v>
+        <v>4199</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4193</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
         <v>65075</v>
       </c>
       <c r="B455" t="s">
-        <v>4194</v>
+        <v>4201</v>
       </c>
       <c r="C455" t="s">
-        <v>4195</v>
+        <v>4202</v>
       </c>
       <c r="D455" t="s">
-        <v>4196</v>
+        <v>4203</v>
       </c>
       <c r="E455" t="s">
-        <v>4197</v>
+        <v>4204</v>
       </c>
       <c r="F455" t="s">
-        <v>4198</v>
+        <v>4205</v>
       </c>
       <c r="G455" t="s">
-        <v>4199</v>
+        <v>4206</v>
       </c>
       <c r="H455" t="s">
-        <v>4200</v>
+        <v>4207</v>
       </c>
       <c r="I455" t="s">
-        <v>4201</v>
+        <v>4208</v>
       </c>
       <c r="J455" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K455" t="s">
-        <v>3915</v>
+        <v>3924</v>
       </c>
       <c r="L455" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M455" t="s">
-        <v>3916</v>
+        <v>3925</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4202</v>
+        <v>4209</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
         <v>65076</v>
       </c>
       <c r="B456" t="s">
-        <v>4203</v>
+        <v>4210</v>
       </c>
       <c r="C456" t="s">
-        <v>4204</v>
+        <v>4211</v>
       </c>
       <c r="D456" t="s">
-        <v>4205</v>
+        <v>4212</v>
       </c>
       <c r="E456" t="s">
-        <v>4206</v>
+        <v>4213</v>
       </c>
       <c r="F456" t="s">
-        <v>4207</v>
+        <v>4214</v>
       </c>
       <c r="G456" t="s">
-        <v>4208</v>
+        <v>4215</v>
       </c>
       <c r="H456" t="s">
-        <v>4209</v>
+        <v>4216</v>
       </c>
       <c r="I456" t="s">
-        <v>4210</v>
+        <v>4217</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
         <v>170</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
         <v>171</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4211</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
         <v>65077</v>
       </c>
       <c r="B457" t="s">
-        <v>4212</v>
+        <v>4219</v>
       </c>
       <c r="C457" t="s">
-        <v>4213</v>
+        <v>4220</v>
       </c>
       <c r="D457" t="s">
-        <v>4214</v>
+        <v>4221</v>
       </c>
       <c r="E457" t="s">
-        <v>4215</v>
+        <v>4222</v>
       </c>
       <c r="F457" t="s">
-        <v>4216</v>
+        <v>4223</v>
       </c>
       <c r="G457" t="s">
-        <v>4217</v>
+        <v>4224</v>
       </c>
       <c r="H457" t="s">
-        <v>4218</v>
+        <v>4225</v>
       </c>
       <c r="I457" t="s">
-        <v>4219</v>
+        <v>4226</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4220</v>
+        <v>4227</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
         <v>65080</v>
       </c>
       <c r="B458" t="s">
-        <v>4221</v>
+        <v>4228</v>
       </c>
       <c r="C458" t="s">
-        <v>4222</v>
+        <v>4229</v>
       </c>
       <c r="D458" t="s">
-        <v>4223</v>
+        <v>4230</v>
       </c>
       <c r="E458" t="s">
-        <v>4224</v>
+        <v>4231</v>
       </c>
       <c r="F458" t="s">
-        <v>4225</v>
+        <v>4232</v>
       </c>
       <c r="G458" t="s">
-        <v>4226</v>
+        <v>4233</v>
       </c>
       <c r="H458" t="s">
-        <v>4227</v>
+        <v>4234</v>
       </c>
       <c r="I458" t="s">
-        <v>4228</v>
+        <v>4235</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
         <v>47</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
         <v>48</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4229</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
         <v>65081</v>
       </c>
       <c r="B459" t="s">
-        <v>4230</v>
+        <v>4237</v>
       </c>
       <c r="C459" t="s">
-        <v>4231</v>
+        <v>4238</v>
       </c>
       <c r="D459" t="s">
-        <v>4232</v>
+        <v>4239</v>
       </c>
       <c r="E459" t="s">
-        <v>4233</v>
+        <v>4240</v>
       </c>
       <c r="F459" t="s">
-        <v>4234</v>
+        <v>4241</v>
       </c>
       <c r="G459" t="s">
-        <v>4235</v>
+        <v>4242</v>
       </c>
       <c r="H459" t="s">
-        <v>4236</v>
+        <v>4243</v>
       </c>
       <c r="I459" t="s">
-        <v>4237</v>
+        <v>4244</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
         <v>47</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
         <v>48</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4238</v>
+        <v>4245</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
         <v>65082</v>
       </c>
       <c r="B460" t="s">
-        <v>4239</v>
+        <v>4246</v>
       </c>
       <c r="C460" t="s">
-        <v>4240</v>
+        <v>4247</v>
       </c>
       <c r="D460" t="s">
-        <v>4241</v>
+        <v>4248</v>
       </c>
       <c r="E460" t="s">
-        <v>4242</v>
+        <v>4249</v>
       </c>
       <c r="F460" t="s">
-        <v>4243</v>
+        <v>4250</v>
       </c>
       <c r="G460" t="s">
-        <v>4244</v>
+        <v>4251</v>
       </c>
       <c r="H460" t="s">
-        <v>4245</v>
+        <v>4252</v>
       </c>
       <c r="I460" t="s">
-        <v>4246</v>
+        <v>4253</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
         <v>47</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
         <v>48</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4247</v>
+        <v>4254</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
         <v>65083</v>
       </c>
       <c r="B461" t="s">
-        <v>4248</v>
+        <v>4255</v>
       </c>
       <c r="C461" t="s">
-        <v>4249</v>
+        <v>4256</v>
       </c>
       <c r="D461" t="s">
-        <v>4250</v>
+        <v>4257</v>
       </c>
       <c r="E461" t="s">
-        <v>4251</v>
+        <v>4258</v>
       </c>
       <c r="F461" t="s">
-        <v>4252</v>
+        <v>4259</v>
       </c>
       <c r="G461" t="s">
-        <v>4253</v>
+        <v>4260</v>
       </c>
       <c r="H461" t="s">
-        <v>4254</v>
+        <v>4261</v>
       </c>
       <c r="I461" t="s">
-        <v>4255</v>
+        <v>4262</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
         <v>170</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
         <v>171</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4256</v>
+        <v>4263</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
         <v>65084</v>
       </c>
       <c r="B462" t="s">
-        <v>4257</v>
+        <v>4264</v>
       </c>
       <c r="C462" t="s">
-        <v>4258</v>
+        <v>4265</v>
       </c>
       <c r="D462" t="s">
-        <v>4259</v>
+        <v>4266</v>
       </c>
       <c r="E462" t="s">
-        <v>4260</v>
+        <v>4267</v>
       </c>
       <c r="F462" t="s">
-        <v>4261</v>
+        <v>4268</v>
       </c>
       <c r="G462" t="s">
-        <v>4262</v>
+        <v>4269</v>
       </c>
       <c r="H462" t="s">
-        <v>4263</v>
+        <v>4270</v>
       </c>
       <c r="I462" t="s">
-        <v>4264</v>
+        <v>4271</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
         <v>25</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
         <v>27</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4265</v>
+        <v>4272</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
         <v>65085</v>
       </c>
       <c r="B463" t="s">
-        <v>4266</v>
+        <v>4273</v>
       </c>
       <c r="C463" t="s">
-        <v>4267</v>
+        <v>4274</v>
       </c>
       <c r="D463" t="s">
-        <v>4268</v>
+        <v>4275</v>
       </c>
       <c r="E463" t="s">
-        <v>4269</v>
+        <v>4276</v>
       </c>
       <c r="F463" t="s">
-        <v>4270</v>
+        <v>4277</v>
       </c>
       <c r="G463" t="s">
-        <v>4271</v>
+        <v>4278</v>
       </c>
       <c r="H463" t="s">
-        <v>4272</v>
+        <v>4279</v>
       </c>
       <c r="I463" t="s">
-        <v>4273</v>
+        <v>4280</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4274</v>
+        <v>4281</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
         <v>65086</v>
       </c>
       <c r="B464" t="s">
-        <v>4275</v>
+        <v>4282</v>
       </c>
       <c r="C464" t="s">
-        <v>4276</v>
+        <v>4283</v>
       </c>
       <c r="D464" t="s">
-        <v>4277</v>
+        <v>4284</v>
       </c>
       <c r="E464" t="s">
-        <v>4278</v>
+        <v>4285</v>
       </c>
       <c r="F464" t="s">
-        <v>4279</v>
+        <v>4286</v>
       </c>
       <c r="G464" t="s">
-        <v>4280</v>
+        <v>4287</v>
       </c>
       <c r="H464" t="s">
-        <v>4281</v>
+        <v>4288</v>
       </c>
       <c r="I464" t="s">
-        <v>4282</v>
+        <v>4289</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
         <v>170</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
         <v>171</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4283</v>
+        <v>4290</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
         <v>65087</v>
       </c>
       <c r="B465" t="s">
-        <v>4284</v>
+        <v>4291</v>
       </c>
       <c r="C465" t="s">
-        <v>4285</v>
+        <v>4292</v>
       </c>
       <c r="D465" t="s">
-        <v>4286</v>
+        <v>4293</v>
       </c>
       <c r="E465" t="s">
-        <v>4287</v>
+        <v>4294</v>
       </c>
       <c r="F465" t="s">
-        <v>4288</v>
+        <v>4295</v>
       </c>
       <c r="G465" t="s">
-        <v>4289</v>
+        <v>4296</v>
       </c>
       <c r="H465" t="s">
-        <v>4290</v>
+        <v>4297</v>
       </c>
       <c r="I465" t="s">
-        <v>4291</v>
+        <v>4298</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
         <v>170</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
         <v>171</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4292</v>
+        <v>4299</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
         <v>65088</v>
       </c>
       <c r="B466" t="s">
-        <v>4293</v>
+        <v>4300</v>
       </c>
       <c r="C466" t="s">
-        <v>4294</v>
+        <v>4301</v>
       </c>
       <c r="D466" t="s">
-        <v>4295</v>
+        <v>4302</v>
       </c>
       <c r="E466" t="s">
-        <v>4296</v>
+        <v>4303</v>
       </c>
       <c r="F466" t="s">
-        <v>4297</v>
+        <v>4304</v>
       </c>
       <c r="G466" t="s">
-        <v>4298</v>
+        <v>4305</v>
       </c>
       <c r="H466" t="s">
-        <v>4299</v>
+        <v>4306</v>
       </c>
       <c r="I466" t="s">
-        <v>4300</v>
+        <v>4307</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
         <v>25</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
         <v>27</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4301</v>
+        <v>4308</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
         <v>65089</v>
       </c>
       <c r="B467" t="s">
-        <v>4302</v>
+        <v>4309</v>
       </c>
       <c r="C467" t="s">
-        <v>4303</v>
+        <v>4310</v>
       </c>
       <c r="D467" t="s">
-        <v>4304</v>
+        <v>4311</v>
       </c>
       <c r="E467" t="s">
-        <v>4305</v>
+        <v>4312</v>
       </c>
       <c r="F467" t="s">
-        <v>4306</v>
+        <v>4313</v>
       </c>
       <c r="G467" t="s">
-        <v>4307</v>
+        <v>4314</v>
       </c>
       <c r="H467" t="s">
-        <v>4308</v>
+        <v>4315</v>
       </c>
       <c r="I467" t="s">
-        <v>4309</v>
+        <v>4316</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
         <v>25</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
         <v>27</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4310</v>
+        <v>4317</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
         <v>65090</v>
       </c>
       <c r="B468" t="s">
-        <v>4311</v>
+        <v>4318</v>
       </c>
       <c r="C468" t="s">
-        <v>4312</v>
+        <v>4319</v>
       </c>
       <c r="D468" t="s">
-        <v>4313</v>
+        <v>4320</v>
       </c>
       <c r="E468" t="s">
-        <v>4314</v>
+        <v>4321</v>
       </c>
       <c r="F468" t="s">
-        <v>4315</v>
+        <v>4322</v>
       </c>
       <c r="G468" t="s">
-        <v>4316</v>
+        <v>4323</v>
       </c>
       <c r="H468" t="s">
-        <v>4317</v>
+        <v>4324</v>
       </c>
       <c r="I468" t="s">
-        <v>4318</v>
+        <v>4325</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
         <v>25</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
         <v>27</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4319</v>
+        <v>4326</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
         <v>65091</v>
       </c>
       <c r="B469" t="s">
-        <v>4320</v>
+        <v>4327</v>
       </c>
       <c r="C469" t="s">
-        <v>4321</v>
+        <v>4328</v>
       </c>
       <c r="D469" t="s">
-        <v>4322</v>
+        <v>4329</v>
       </c>
       <c r="E469" t="s">
-        <v>4323</v>
+        <v>4330</v>
       </c>
       <c r="F469" t="s">
-        <v>4324</v>
+        <v>4331</v>
       </c>
       <c r="G469" t="s">
-        <v>4325</v>
+        <v>4332</v>
       </c>
       <c r="H469" t="s">
-        <v>4326</v>
+        <v>4333</v>
       </c>
       <c r="I469" t="s">
-        <v>4327</v>
+        <v>4334</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
         <v>25</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
         <v>27</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4328</v>
+        <v>4335</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
         <v>65092</v>
       </c>
       <c r="B470" t="s">
-        <v>4329</v>
+        <v>4336</v>
       </c>
       <c r="C470" t="s">
-        <v>4330</v>
+        <v>4337</v>
       </c>
       <c r="D470" t="s">
-        <v>4331</v>
+        <v>4338</v>
       </c>
       <c r="E470" t="s">
-        <v>4332</v>
+        <v>4339</v>
       </c>
       <c r="F470" t="s">
-        <v>4333</v>
+        <v>4340</v>
       </c>
       <c r="G470" t="s">
-        <v>4334</v>
+        <v>4341</v>
       </c>
       <c r="H470" t="s">
-        <v>4335</v>
+        <v>4342</v>
       </c>
       <c r="I470" t="s">
-        <v>4336</v>
+        <v>4343</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
         <v>170</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
         <v>171</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4337</v>
+        <v>4344</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
         <v>65093</v>
       </c>
       <c r="B471" t="s">
-        <v>4338</v>
+        <v>4345</v>
       </c>
       <c r="C471" t="s">
-        <v>4339</v>
+        <v>4346</v>
       </c>
       <c r="D471" t="s">
-        <v>4340</v>
+        <v>4347</v>
       </c>
       <c r="E471" t="s">
-        <v>4341</v>
+        <v>4348</v>
       </c>
       <c r="F471" t="s">
-        <v>4342</v>
+        <v>4349</v>
       </c>
       <c r="G471" t="s">
-        <v>4343</v>
+        <v>4350</v>
       </c>
       <c r="H471" t="s">
-        <v>4344</v>
+        <v>4351</v>
       </c>
       <c r="I471" t="s">
-        <v>4345</v>
+        <v>4352</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
         <v>170</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
         <v>171</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4346</v>
+        <v>4353</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
         <v>65094</v>
       </c>
       <c r="B472" t="s">
-        <v>4347</v>
+        <v>4354</v>
       </c>
       <c r="C472" t="s">
-        <v>4348</v>
+        <v>4355</v>
       </c>
       <c r="D472" t="s">
-        <v>4349</v>
+        <v>4356</v>
       </c>
       <c r="E472" t="s">
-        <v>4350</v>
+        <v>4357</v>
       </c>
       <c r="F472" t="s">
-        <v>4351</v>
+        <v>4358</v>
       </c>
       <c r="G472" t="s">
-        <v>4352</v>
+        <v>4359</v>
       </c>
       <c r="H472" t="s">
-        <v>4353</v>
+        <v>4360</v>
       </c>
       <c r="I472" t="s">
-        <v>4354</v>
+        <v>4361</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>4355</v>
+        <v>4362</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
-        <v>4356</v>
+        <v>4363</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4357</v>
+        <v>4364</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
         <v>65095</v>
       </c>
       <c r="B473" t="s">
-        <v>4358</v>
+        <v>4365</v>
       </c>
       <c r="C473" t="s">
-        <v>4359</v>
+        <v>4366</v>
       </c>
       <c r="D473" t="s">
-        <v>4360</v>
+        <v>4367</v>
       </c>
       <c r="E473" t="s">
-        <v>4361</v>
+        <v>4368</v>
       </c>
       <c r="F473" t="s">
-        <v>4362</v>
+        <v>4369</v>
       </c>
       <c r="G473" t="s">
-        <v>4363</v>
+        <v>4370</v>
       </c>
       <c r="H473" t="s">
-        <v>4364</v>
+        <v>4371</v>
       </c>
       <c r="I473" t="s">
-        <v>4365</v>
+        <v>4372</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4366</v>
+        <v>4373</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
         <v>65096</v>
       </c>
       <c r="B474" t="s">
-        <v>4367</v>
+        <v>4374</v>
       </c>
       <c r="C474" t="s">
-        <v>4368</v>
+        <v>4375</v>
       </c>
       <c r="D474" t="s">
-        <v>4369</v>
+        <v>4376</v>
       </c>
       <c r="E474" t="s">
-        <v>4370</v>
+        <v>4377</v>
       </c>
       <c r="F474" t="s">
-        <v>4371</v>
+        <v>4378</v>
       </c>
       <c r="G474" t="s">
-        <v>4372</v>
+        <v>4379</v>
       </c>
       <c r="H474" t="s">
-        <v>4373</v>
+        <v>4380</v>
       </c>
       <c r="I474" t="s">
-        <v>4374</v>
+        <v>4381</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
         <v>25</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
         <v>27</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4375</v>
+        <v>4382</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
         <v>65097</v>
       </c>
       <c r="B475" t="s">
-        <v>4376</v>
+        <v>4383</v>
       </c>
       <c r="C475" t="s">
-        <v>4377</v>
+        <v>4384</v>
       </c>
       <c r="D475" t="s">
-        <v>4378</v>
+        <v>4385</v>
       </c>
       <c r="E475" t="s">
-        <v>4379</v>
+        <v>4386</v>
       </c>
       <c r="F475" t="s">
-        <v>4380</v>
+        <v>4387</v>
       </c>
       <c r="G475" t="s">
-        <v>4381</v>
+        <v>4388</v>
       </c>
       <c r="H475" t="s">
-        <v>4382</v>
+        <v>4389</v>
       </c>
       <c r="I475" t="s">
-        <v>4383</v>
+        <v>4390</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
         <v>170</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
         <v>171</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4384</v>
+        <v>4391</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
         <v>65098</v>
       </c>
       <c r="B476" t="s">
-        <v>4385</v>
+        <v>4392</v>
       </c>
       <c r="C476" t="s">
-        <v>4386</v>
+        <v>4393</v>
       </c>
       <c r="D476" t="s">
-        <v>4387</v>
+        <v>4394</v>
       </c>
       <c r="E476" t="s">
-        <v>4388</v>
+        <v>4395</v>
       </c>
       <c r="F476" t="s">
-        <v>4389</v>
+        <v>4396</v>
       </c>
       <c r="G476" t="s">
-        <v>4390</v>
+        <v>4397</v>
       </c>
       <c r="H476" t="s">
-        <v>4391</v>
+        <v>4398</v>
       </c>
       <c r="I476" t="s">
-        <v>4392</v>
+        <v>4399</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
         <v>25</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
         <v>27</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4393</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
         <v>65099</v>
       </c>
       <c r="B477" t="s">
-        <v>4394</v>
+        <v>4401</v>
       </c>
       <c r="C477" t="s">
-        <v>4395</v>
+        <v>4402</v>
       </c>
       <c r="D477" t="s">
-        <v>4396</v>
+        <v>4403</v>
       </c>
       <c r="E477" t="s">
-        <v>4397</v>
+        <v>4404</v>
       </c>
       <c r="F477" t="s">
-        <v>4398</v>
+        <v>4405</v>
       </c>
       <c r="G477" t="s">
-        <v>4399</v>
+        <v>4406</v>
       </c>
       <c r="H477" t="s">
-        <v>4400</v>
+        <v>4407</v>
       </c>
       <c r="I477" t="s">
-        <v>4401</v>
+        <v>4408</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
         <v>170</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
         <v>171</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4402</v>
+        <v>4409</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
         <v>65100</v>
       </c>
       <c r="B478" t="s">
-        <v>4403</v>
+        <v>4410</v>
       </c>
       <c r="C478" t="s">
-        <v>4404</v>
+        <v>4411</v>
       </c>
       <c r="D478" t="s">
-        <v>4405</v>
+        <v>4412</v>
       </c>
       <c r="E478" t="s">
-        <v>4406</v>
+        <v>4413</v>
       </c>
       <c r="F478" t="s">
-        <v>4407</v>
+        <v>4414</v>
       </c>
       <c r="G478" t="s">
-        <v>4408</v>
+        <v>4415</v>
       </c>
       <c r="H478" t="s">
-        <v>4409</v>
+        <v>4416</v>
       </c>
       <c r="I478" t="s">
-        <v>4410</v>
+        <v>4417</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>3783</v>
+        <v>3792</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>3784</v>
+        <v>3793</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4411</v>
+        <v>4418</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
         <v>65101</v>
       </c>
       <c r="B479" t="s">
-        <v>4412</v>
+        <v>4419</v>
       </c>
       <c r="C479" t="s">
-        <v>4413</v>
+        <v>4420</v>
       </c>
       <c r="D479" t="s">
-        <v>4414</v>
+        <v>4421</v>
       </c>
       <c r="E479" t="s">
-        <v>4415</v>
+        <v>4422</v>
       </c>
       <c r="F479" t="s">
-        <v>4416</v>
+        <v>4423</v>
       </c>
       <c r="G479" t="s">
-        <v>4417</v>
+        <v>4424</v>
       </c>
       <c r="H479" t="s">
-        <v>4418</v>
+        <v>4425</v>
       </c>
       <c r="I479" t="s">
-        <v>4419</v>
+        <v>4426</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
         <v>170</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
         <v>171</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4420</v>
+        <v>4427</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
         <v>65102</v>
       </c>
       <c r="B480" t="s">
-        <v>4421</v>
+        <v>4428</v>
       </c>
       <c r="C480" t="s">
-        <v>4422</v>
+        <v>4429</v>
       </c>
       <c r="D480" t="s">
-        <v>4423</v>
+        <v>4430</v>
       </c>
       <c r="E480" t="s">
-        <v>4424</v>
+        <v>4431</v>
       </c>
       <c r="F480" t="s">
-        <v>4425</v>
+        <v>4432</v>
       </c>
       <c r="G480" t="s">
-        <v>4426</v>
+        <v>4433</v>
       </c>
       <c r="H480" t="s">
-        <v>4427</v>
+        <v>4434</v>
       </c>
       <c r="I480" t="s">
-        <v>4428</v>
+        <v>4435</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
         <v>25</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
         <v>27</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4429</v>
+        <v>4436</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
         <v>65104</v>
       </c>
       <c r="B481" t="s">
-        <v>4430</v>
+        <v>4437</v>
       </c>
       <c r="C481" t="s">
-        <v>4431</v>
+        <v>4438</v>
       </c>
       <c r="D481" t="s">
-        <v>4432</v>
+        <v>4439</v>
       </c>
       <c r="E481" t="s">
-        <v>4433</v>
+        <v>4440</v>
       </c>
       <c r="F481" t="s">
-        <v>4434</v>
+        <v>4441</v>
       </c>
       <c r="G481" t="s">
-        <v>4435</v>
+        <v>4442</v>
       </c>
       <c r="H481" t="s">
-        <v>4436</v>
+        <v>4443</v>
       </c>
       <c r="I481" t="s">
-        <v>4437</v>
+        <v>4444</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
-        <v>2314</v>
+        <v>2320</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
-        <v>2315</v>
+        <v>2321</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
-        <v>4438</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
         <v>65105</v>
       </c>
       <c r="B482" t="s">
-        <v>4439</v>
+        <v>4446</v>
       </c>
       <c r="C482" t="s">
-        <v>4440</v>
+        <v>4447</v>
       </c>
       <c r="D482" t="s">
-        <v>4441</v>
+        <v>4448</v>
       </c>
       <c r="E482" t="s">
-        <v>4442</v>
+        <v>4449</v>
       </c>
       <c r="F482" t="s">
-        <v>4443</v>
+        <v>4450</v>
       </c>
       <c r="G482" t="s">
-        <v>4444</v>
+        <v>4451</v>
       </c>
       <c r="H482" t="s">
-        <v>4445</v>
+        <v>4452</v>
       </c>
       <c r="I482" t="s">
-        <v>4446</v>
+        <v>4453</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
         <v>170</v>
       </c>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482" t="s">
         <v>171</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
-        <v>4447</v>
+        <v>4454</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
         <v>65107</v>
       </c>
       <c r="B483" t="s">
-        <v>4448</v>
+        <v>4455</v>
       </c>
       <c r="C483" t="s">
-        <v>4449</v>
+        <v>4456</v>
       </c>
       <c r="D483" t="s">
-        <v>4450</v>
+        <v>4457</v>
       </c>
       <c r="E483" t="s">
-        <v>4451</v>
+        <v>4458</v>
       </c>
       <c r="F483" t="s">
-        <v>4452</v>
+        <v>4459</v>
       </c>
       <c r="G483" t="s">
-        <v>4453</v>
+        <v>4460</v>
       </c>
       <c r="H483" t="s">
-        <v>4454</v>
+        <v>4461</v>
       </c>
       <c r="I483" t="s">
-        <v>4455</v>
+        <v>4462</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>4456</v>
+        <v>4463</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
+      <c r="M483" t="s">
+        <v>4464</v>
+      </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4457</v>
+        <v>4465</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
         <v>65116</v>
       </c>
       <c r="B484" t="s">
-        <v>4458</v>
+        <v>4466</v>
       </c>
       <c r="C484" t="s">
-        <v>4459</v>
+        <v>4467</v>
       </c>
       <c r="D484" t="s">
-        <v>4460</v>
+        <v>4468</v>
       </c>
       <c r="E484" t="s">
-        <v>4461</v>
+        <v>4469</v>
       </c>
       <c r="F484" t="s">
-        <v>4462</v>
+        <v>4470</v>
       </c>
       <c r="G484" t="s">
-        <v>4463</v>
+        <v>4471</v>
       </c>
       <c r="H484" t="s">
-        <v>4464</v>
+        <v>4472</v>
       </c>
       <c r="I484" t="s">
-        <v>4465</v>
+        <v>4473</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
         <v>170</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
         <v>171</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4466</v>
+        <v>4474</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
         <v>65124</v>
       </c>
       <c r="B485" t="s">
-        <v>4467</v>
+        <v>4475</v>
       </c>
       <c r="C485" t="s">
-        <v>4468</v>
+        <v>4476</v>
       </c>
       <c r="D485" t="s">
-        <v>4469</v>
+        <v>4477</v>
       </c>
       <c r="E485" t="s">
-        <v>4470</v>
+        <v>4478</v>
       </c>
       <c r="F485" t="s">
-        <v>4471</v>
+        <v>4479</v>
       </c>
       <c r="G485" t="s">
-        <v>4472</v>
+        <v>4480</v>
       </c>
       <c r="H485" t="s">
-        <v>4473</v>
+        <v>4481</v>
       </c>
       <c r="I485" t="s">
-        <v>4474</v>
+        <v>4482</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
         <v>25</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
         <v>27</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4475</v>
+        <v>4483</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
         <v>65479</v>
       </c>
       <c r="B486" t="s">
-        <v>4476</v>
+        <v>4484</v>
       </c>
       <c r="C486" t="s">
-        <v>4477</v>
+        <v>4485</v>
       </c>
       <c r="D486" t="s">
-        <v>4478</v>
+        <v>4486</v>
       </c>
       <c r="E486" t="s">
-        <v>4479</v>
+        <v>4487</v>
       </c>
       <c r="F486" t="s">
-        <v>4480</v>
+        <v>4488</v>
       </c>
       <c r="G486" t="s">
-        <v>4481</v>
+        <v>4489</v>
       </c>
       <c r="H486" t="s">
-        <v>4482</v>
+        <v>4490</v>
       </c>
       <c r="I486" t="s">
-        <v>4483</v>
+        <v>4491</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
         <v>25</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
         <v>27</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
-        <v>4484</v>
+        <v>4492</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
         <v>65566</v>
       </c>
       <c r="B487" t="s">
-        <v>4485</v>
+        <v>4493</v>
       </c>
       <c r="C487" t="s">
-        <v>4486</v>
+        <v>4494</v>
       </c>
       <c r="D487" t="s">
-        <v>4487</v>
+        <v>4495</v>
       </c>
       <c r="E487" t="s">
-        <v>4488</v>
+        <v>4496</v>
       </c>
       <c r="F487" t="s">
-        <v>4489</v>
+        <v>4497</v>
       </c>
       <c r="G487" t="s">
-        <v>4490</v>
+        <v>4498</v>
       </c>
       <c r="H487" t="s">
-        <v>4491</v>
+        <v>4499</v>
       </c>
       <c r="I487" t="s">
-        <v>4492</v>
+        <v>4500</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
         <v>170</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
         <v>171</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4493</v>
+        <v>4501</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
         <v>65613</v>
       </c>
       <c r="B488" t="s">
-        <v>4494</v>
+        <v>4502</v>
       </c>
       <c r="C488" t="s">
-        <v>4495</v>
+        <v>4503</v>
       </c>
       <c r="D488" t="s">
-        <v>4496</v>
+        <v>4504</v>
       </c>
       <c r="E488" t="s">
-        <v>4497</v>
+        <v>4505</v>
       </c>
       <c r="F488" t="s">
-        <v>4498</v>
+        <v>4506</v>
       </c>
       <c r="G488" t="s">
-        <v>4499</v>
+        <v>4507</v>
       </c>
       <c r="H488" t="s">
-        <v>4500</v>
+        <v>4508</v>
       </c>
       <c r="I488" t="s">
-        <v>4501</v>
+        <v>4509</v>
       </c>
       <c r="J488" t="s">
-        <v>4502</v>
+        <v>4510</v>
       </c>
       <c r="K488" t="s">
-        <v>1452</v>
+        <v>1454</v>
+      </c>
+      <c r="L488" t="s">
+        <v>4511</v>
+      </c>
+      <c r="M488" t="s">
+        <v>1455</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
-        <v>4503</v>
+        <v>4512</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
         <v>65869</v>
       </c>
       <c r="B489" t="s">
-        <v>4504</v>
+        <v>4513</v>
       </c>
       <c r="C489" t="s">
-        <v>4505</v>
+        <v>4514</v>
       </c>
       <c r="D489" t="s">
-        <v>4506</v>
+        <v>4515</v>
       </c>
       <c r="E489" t="s">
-        <v>4507</v>
+        <v>4516</v>
       </c>
       <c r="F489" t="s">
-        <v>4508</v>
+        <v>4517</v>
       </c>
       <c r="G489" t="s">
-        <v>4509</v>
+        <v>4518</v>
       </c>
       <c r="H489" t="s">
-        <v>4510</v>
+        <v>4519</v>
       </c>
       <c r="I489" t="s">
-        <v>4511</v>
+        <v>4520</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
-        <v>4512</v>
+        <v>4521</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
         <v>66392</v>
       </c>
       <c r="B490" t="s">
-        <v>4513</v>
+        <v>4522</v>
       </c>
       <c r="C490" t="s">
-        <v>4514</v>
+        <v>4523</v>
       </c>
       <c r="D490" t="s">
-        <v>4515</v>
+        <v>4524</v>
       </c>
       <c r="E490" t="s">
-        <v>4516</v>
+        <v>4525</v>
       </c>
       <c r="F490" t="s">
-        <v>4517</v>
+        <v>4526</v>
       </c>
       <c r="G490" t="s">
-        <v>4518</v>
+        <v>4527</v>
       </c>
       <c r="H490" t="s">
-        <v>4519</v>
+        <v>4528</v>
       </c>
       <c r="I490" t="s">
-        <v>4520</v>
+        <v>4529</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
         <v>25</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
         <v>27</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
-        <v>4521</v>
+        <v>4530</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15">
+      <c r="A491">
+        <v>66512</v>
+      </c>
+      <c r="B491" t="s">
+        <v>3625</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4531</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4532</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4533</v>
+      </c>
+      <c r="F491" t="s">
+        <v>4534</v>
+      </c>
+      <c r="G491" t="s">
+        <v>3630</v>
+      </c>
+      <c r="H491" t="s">
+        <v>3631</v>
+      </c>
+      <c r="I491" t="s">
+        <v>3632</v>
+      </c>
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>4535</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>4536</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
+        <v>4537</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15">
+      <c r="A492">
+        <v>66515</v>
+      </c>
+      <c r="B492" t="s">
+        <v>4538</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4539</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4540</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4541</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4542</v>
+      </c>
+      <c r="G492" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H492" t="s">
+        <v>4543</v>
+      </c>
+      <c r="I492" t="s">
+        <v>4544</v>
+      </c>
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>4535</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>4536</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
+        <v>4545</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15">
+      <c r="A493">
+        <v>66516</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4546</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4547</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4548</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4549</v>
+      </c>
+      <c r="G493" t="s">
+        <v>4550</v>
+      </c>
+      <c r="H493" t="s">
+        <v>4551</v>
+      </c>
+      <c r="I493" t="s">
+        <v>1500</v>
+      </c>
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
+        <v>170</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>171</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
+        <v>4552</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15">
+      <c r="A494">
+        <v>66520</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4553</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4554</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4555</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1746</v>
+      </c>
+      <c r="G494" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1748</v>
+      </c>
+      <c r="I494" t="s">
+        <v>1749</v>
+      </c>
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
+        <v>25</v>
+      </c>
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
+        <v>27</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
+        <v>4556</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15">
+      <c r="A495">
+        <v>66523</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4557</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4558</v>
+      </c>
+      <c r="E495" t="s">
+        <v>4559</v>
+      </c>
+      <c r="F495" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G495" t="s">
+        <v>1651</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1652</v>
+      </c>
+      <c r="I495" t="s">
+        <v>1653</v>
+      </c>
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>47</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>48</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
+        <v>4560</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496">
+        <v>66524</v>
+      </c>
+      <c r="B496" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4561</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4562</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4563</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4564</v>
+      </c>
+      <c r="G496" t="s">
+        <v>3800</v>
+      </c>
+      <c r="H496" t="s">
+        <v>3801</v>
+      </c>
+      <c r="I496" t="s">
+        <v>3802</v>
+      </c>
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>170</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>171</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4565</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">