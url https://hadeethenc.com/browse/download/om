--- v2 (2025-11-24)
+++ v3 (2026-01-05)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4566">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4789">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Oromoo
 # Source: https://hadeethenc.com/om
-# Last update: 2025-11-12 00:13:02 (v1.22.0)
-# Check for updates: https://hadeethenc.com/en/check/om/v1.22.0
+# Last update: 2025-12-17 18:15:54 (v1.23.0)
+# Check for updates: https://hadeethenc.com/en/check/om/v1.23.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -5649,50 +5649,99 @@
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Ibnu Umar irraa odeeffamee -Rabbiin isaan irraa haa jaallatu- Ergamaan Rabbii -nagaa fi rahmanni isaan irratti haa jiraatu- akkana jedhan: "Rabbiin malee dhugaan gabbaramaan biraa akka hin jirre, Muhammad Ergamaa Rabbii ta’uu isaanii hanga ragaa bahanii, salaata dhaabanii, zakaa kennanitti ani namoota mushrika ta'aniin lolutti ajajameera, yoo san hojjatan haqa islaamummaatiin malee dhiiga isaanitii fi qabeenya isaanii narraa tikfatan, herregni keessa isaanii Rabbiin bira jira".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni isaan irratti haa jiraatu- mushrikootan lolutti Rabbiin akka isaan ajaje himan, hanga isaan Rabbii tokkicha shariika hin qabne malee dhugaan gabbaramaan hin jiruu fi Muhammadiif -nagaa fi rahmanni isaan irratti haa jiraatu- ergaan ragaa bahanii, halkanii fi guyyaa keessatti salaata shanan irratti eeggachuu fi zakaa dirqamaa warra isii haqa godhataniif kennuu irraa waan ragaan kun barbaadu irratti hanga hojjatanitti. Wantoota kanneen yoo raawwatan Islaamummaan dhiiga isaanii fi qabeenya isaanii ni tiksa; kanaafuu isaan ajjeesuun hin hayyamumu, yoo yakka ykn badii cimaa akka seera islaamummaatti isa irratti ajjeefamuu haqa godhatan raawwatan malee, eegasii guyyaa qiyaamaatti Rabbii ol ta'e kan iccitii isaanii beekuutu isaan qorata.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Murtiiwwan namaa kan ilaallatu mul’ata alaa qofa yoo ta’u, iccitiiwwan Rabbii tokkicha qofaatu beekaadha.
 Barbaachisummaa gara towhiidatti waamuun qabuu fi towhiidni waamicha keessatti dura waan isaan jalqabamuu qabuudha.
 ​
 Hadiisni kun mushrikoonni dirqiin Islaamummaa keessa akka seenan taasisa jechuu osoo hin taane, inumaayyuu gidduu islaamummaa keessa seenuu ykn gibira kaffaluutti isaan filannoo akka qaban agarsiisa, yoo waamicha islaamaa dhoorguu malee didan, akka seera islaamummaatti isaanin loluu malee falli biraa hin jiru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>Rabbiin ummata kiyyaaf dogoggora irraanfii fi waan irratti dirqisiifaman irra naa dabreefii jira</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas irraa akka odeeffametti -Rabbi isaan lameenuu irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin ummata kiyyaaf dogoggora irraanfii fi waan irratti dirqisiifaman irra naa dabreefii jira».</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala sadii keessatti,  Rabbiin akka ummata isaaniitiif dhiifma godheef himu: Inni jalqabaa: dogongora, innis osoo hin beekin waan isaan irraa argameedha, innis muslmni tokko hojii isaatiin waan tokko niyyatee, garuu hojiin isaa waan inni yaadeen alatti kan biraa ta'uudha. Lammaffaan: irraanfiidha, innis muslimni tokko waan tokko yaadataa turee, yeroo hojjatamutti immoo isa irraanfachuudha, kana keessattis badiin hin jiru. Sadaffaan: Dirqisiifamuudha, dirqisiisa san of irraa deebisuu irraatti dandeetti dhabuu waliin, gabrichi waan hin feene hojjachuu irratti dirqisiifamuutu mala, yeroosan badii fii komiiin isatti hin argamu. Hadiisni kan inni irraa dubbatu, wantoota dhoorgaman hojjachuu keessatti, waan gabrichaa fi Rabbii isaa gidduutti ta'u keessatti akka ta'e hubachuutu barbaachisa, wantoonni itti ajajaman immoo irraanfatanii dhiisuudhaan namarraa hin bu'u, garuu waan dhoorgamaa dirqisiifamee hojjate sanaan, nama irratti daangaa darbuun yoo jiraate immoo, haqni uumamaa hin kufu, akkuma yoo dogongoraan ajjeeseetti, gumaatu isarra jira yookaan dogongoraan konkolaataa isaa kan balleesse yoo ta'e, kaffaluu qaba.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Bal'ina rahmata Rabbii ol ta'eetii fi mararfannaa inn gabroottan isaatiif qabuudha, haalota sadeen kana keessatti, balleessaan yoo isaan irraa argame, badii isaan irraa fuudhee jira.
+Tola Rabbiin Nabiyyii fi ummata isaanii irratti ooleedha, Rabbiin rahmataa fi nageenya isaan irratti haa buusu.
+Badiin nama irraa kaafamuun, murtoo fi kaffaluun kaafamuudha jechuu miti, fakkeenyaaf, namni wuduu'a irraanfatee, wuduu'a qaba se'ee salaate, sana gochuuf badiin isa irra hin jiru, garuu immoo wuduu'a godhatee salaata deebisuutu isa irra jira.
+Dirqisiisaa keessatti badiin nama irraa ka'uuf, ulaagaalee guutamuu qabantu jiru, akka namni nama dirqisiisu sun waan irratti nama sodaachisee dirqisiise sana raawwachuutti dandeettii qabaachuu faa.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4216</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Namni yaabbate nama miilan lafa deemuun salaamataa jechuudha qaba, namni lafa deemu immoo nama taa’uun salaamataa jechuudha qaba, namoonni muraasnis namoota baay'een salaamataa jechuudha qaban</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Abuu Hureyraa irraa odeeffamee -Rabbiin isa irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni isaan irratti  haa jiraatu- akkana jedhan.
 ​ "Namni yaabbate nama miilan lafa deemuun salaamataa jechuudha qaba, namni lafa deemu immoo nama taa’uun salaamataa jechuudha qaba, namoonni muraasnis namoota baay'een salaamataa jechuudha qaban".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irratti haa jiraatuu- namoota gidduutti naamusa salaamataa waliin jechuu irratti qajeelfama kennan "Assalaamu aleykum warahmatullaahi wabarakaatuh", Ijoolleen nama guddaan salaamataa jechuudha qaba, namni yaabbate immoo nama miilan deemu irratti salaammachuudha qaba, namni miilan deemu nama taa'aa jiru irratti salaammachuudha qaba, namoonni lakkoofsi isaanii xiqqaa ta'ees namoota lakkoofsi isaanii hedduu ta'e irratti salaammachuudha qaba.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
@@ -5886,50 +5935,87 @@
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- muslimni lama  haala lameen isaaniituu saahiba isaa balleessuuf yaadaaa ta'een yoo seyfii isaan lameenitiin wal qunnaman; inni ajjeese sababaa ajjeechaa saahiba isaa kallattiin raawwateef ibidda keessatti ta'aadha himan, Kan ajjeefame immoo akkamitti ibidda keessatti ta'a jechuun sahaabota dhibe? innis waan saahiba isaa ajjeesuu yaadaa tureef jecha ibidda keessatti akka ta'u Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- himan, ajjeesuu irraa homaa isa hin dhoorgine inni ajjeese daddafee isa dursuu isaa malee.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Namni qalbii isaatiin badii irratti murteeffatee ka'ee sababoowwan isii raawwate adabbii haqa godhachuudha.
 Muslimoonni wol ajjeesuu irraa sodaachisa jabaa fi isa irratti ibiddaan dinniinuudha.
 Muslimoota gidduutti haqaan wol ajjeesuun dinniinicha san keessa hin galu, sun akka shiftootafi balleessitoota ajjeesuuti.
 Namni badii guddaa dalage isiidhuma hojjachuu qofaan hin kafarsiifamu; sababni isaas Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- worra wol ajjeesan muslimoota jedhanii waan waamaniif jecha.
 Muslimoonni lama waan ittiin ajjeechaan argamu kamiiniyyuu yoo wol ga'anii inni tokko isa tokko ajjeese, kan ajjeeses kan ajjeefames ibidda keessatti ta'aadha himan, hadiisa keessatti seyfii qofa dubbachuun akka fakkeenyaatti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4304</t>
   </si>
   <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>Duuniyarraa dantaa dhabi Rabbiin si jaallataatii, waan namoota bira jirurraa dantaa dhabi namoonni si jaallatuu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Abul Abbaas Sahl ibnu Sa'ad Assaa'idii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: namichi wohii gara Nabiyyiitti dhufuun -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhe: yaa ergamaa Rabbii!, hojiin yoo isa hojjadhe, Rabbiin na jaallatee, namnis na jaallatutti na qajeechi?, isaanis akkas jedhani: «Duuniyarraa dantaa dhabi Rabbiin si jaallataatii, waan namoota bira jirurraa dantaa dhabi namoonni si jaallatuu».</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Namichi wohii gara hojii yoo inni isa hojjate Rabbiin isa jaallatuu fi namnis isaa jaallatuutti, akka isa akeekaniif jecha, Nabiyyii gaafate- Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaanis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas isaan jedhani: duuniyaa irraa waan haajaa kee irraa hafee fi Aakhiraattis si hin fayyanne yoo dhiiftee, akkasumas waan amantii kee irratti miidhaa ta'uu malus yoo dhiifte, Rabbiin si jaallata, namoonni immoo duuniyaa harka isaanii jiruuf dhimma yoo dhabde si jaallatu; uumama isaaniitiin duuniyaa jaallatu waan ta'eef jecha, duuniyaa keessatti nama isaaniin wol dhiibe ni jibbu, nama duuniyaa isaanif dhiise immoo ni jaallatu.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Duuniyaaf dhimma dhabuu jechuun, waan Aakhiraaf isa hin fayyanne dhiisuudha.
+Zuhdiin (dhiimma dhabuun) sadarkaan isaa wara'iidhaa oli; wora'iin waan nama miidhuu malu dhiisuu waan ta'eef, zuhdiin immoo, waan Aakhiraatti bu'aa hin qabne dhiisuu waan ta'eef jecha.
+Aalimni islaamaa Sindiin akkas jedhe: duuniyaan namoota biratti jaallatamtuudha, nama isii keessatti isaanii waliin wal dhiibe, hanguma wol dhiibbaa sanaatiin isaan biratti jibbamaa ta'a, namni isaanii fi jaalallee isaanii dhiise immoo hanga dhiisa isaatiin, qalbii isaanii keessatti jaallatamaa ta'a.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4307</t>
+  </si>
+  <si>
     <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>Gaariin amala gaarii qabaachuudha, diliin immoo waan qoma kee keessa deddeebi'ee, namoonni irratti si arguu jibbiteedha</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
     <t>Nawwaas bin Sam'aan Al-Ansaarii irraa akka odeeffametti -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaa Rabbii -nagaa fi rahmanni irra haa jiraatu- waa’ee gaari fi dilii irraa gaafadhee, akkana jedhan: «Gaariin amala gaarii qabaachuudha, diliin immoo waan qoma kee keessa deddeebi'ee, namoonni irratti si arguu jibbiteedha».</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
     <t>Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- gaarii fi dilii gaafatamanii, akkana jedhan:
 Irra guddaan haalowwan gaarii Isa sodaachuun Rabbiin wajjiin amala gaarii qabaachuudha. Uumama wajjiin ammoo miidhaa baachuun, dallansuu xiqqeessuun, fuula diriirsuun, haasaa toluun, rahima sufuun, Rabbiif ajajamuun, garaa laafuun, toltuu hojjachuun, haala fi hiriyyummaa gaariin nama waliin jiraachuudha.
 Diliin ammoo, osoo qomti isaaf hin bal'atin wantoota nama irratti wal fakkaatan irraa waan lubbuu keessa sochoo'ee asiif ahhi naanna'ee, isa irraa qalbii keessatti shakkiin argameedha, akkasumas badii ta'uun isaa sodaatamee, waan inni jibbamaa ta'eef namoota gurguddaa fi fakkeenya ta'an fuulduratti isa mul'isuu kan ati hin jaallatini, kunis Lubbuun ilma namaa tun uumamaan hojii gaarii isii namoonni akka beekan barbaaddi, dalagaa isii tokko tokko namni jalaa akka hin argine yoo feete, gochi sun dilii dha, waan gaarii of keessa hin qabu jechuudha.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
@@ -5974,50 +6060,87 @@
 Nabiyyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu-nasiihaan eenyuuf taati jedhamanii gafatamnaan? akkana jedhan:
 Tokkoffaaa: Gaarii Rabbiif -qulqullaa'e, ol ta'e- yaaduudha: hojii Isaaf qulqulleessuu fi isatti qindeessuu dhabuun, rabbummaa Isaatti, gabbaramummaa Isaatti, maqoowwan Isaa fi sifoowwan isaatti amanuuni, akkasumas ajaja Isaa kabajuu fi gara Isaatti amanutti nama waamuuni.
 Lammaffaan: Kitaaba Isaatiif gaarii yaaduudha, inni Qur'aana kabajamaadha: haasawa Rabbii akka ta'e, kitaabota Isaa irraa kan dhumaa akka ta'ee fi shari'aa isa dura darbe hunda isaa kan jijjiire ta'uu isaatti amanuudha, isa ni kabajna, qaraatii dhugaa isa qaraana, murtoo isaatti ni hojjanna, wol fakkaattoo isaas ni fudhanna, jalliftoonni isa dabsuu irraas ni deebifna, gorsa isaatiin ni gorfamna, beekumsa isaa ni faccaafna, gara isaattis ni waamna.
 Sadaffaan: Ergamaa Isaa Muhammadiif -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gaarii yaaduudha: Ergamaa xumuraa akka ta'an amanuu fi waan ittiin dhufan keesssatti isaan dhugoomsuudha, ajaja isaanii hojii irra oolchuu fi waa isaan dhoorgan irraa fagaachuudha, akkasumas waan isaan ittiin dhufaniin malee Rabbiin gabbaruu dhabuudha, haqa isaanii guddisuu, isaan kabajuudha, waamicha isaanii tamsaasuu, sharii'aa isaanii raabsuu fi maqa baleessii isaan irratti deemu mormuudha.
 Afraffaan: Dureewwan muslimootaatiif gaarii yaaduudha: haqa irratti isaan gargaaruu, aangoo isaan irratti qabuu dhabuu fi Rabbiin buluu keessatti isaaniif ajajamuudha.
 Shanaffaan: Muslimoota hundaaf gaarii yaaduudha: tola isaanitti oluunii fi isaan waamuuni, akkasumas dhiibbaa isaan irraa qabuu, toltuu isaaniif jaallachuu, toltuu fi sodaa Rabbii keessatti isaaniin wol gargaaruuni.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Hundaaf gaarii yaaduutti ajajuudha.
 Sadarkaan nasiihaan amantii keessatti qabu guddaa ta'uudha.
 Amantaan aqiidaawwan, jechoowwanii fi hojiiwwan of keessatti hammachuudha.
 Nasiihaa irraa nama gaariin yaadamuuf gowwoomsuu irraa lubbbuu qulqulleessuu fi toltuu isaaf fedhuudha.
 Bareeduma barsiisa Ergamaa Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan tokko akka walii galaatti dubbatanii ka'anii eegasii adda babaasanii yeroo ibsan.
 Waan irra yaachisaan eegasii irra yaachisaan jalqabuudha,  akkasumatti walitti aansuun, Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Rabbiif gaarii yaaduun eegalanii, eegasii kitaaba Isaa itti aansan, eegasii ergamaa isaati itti aansan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- eegasii immoo dureewwan muslimootaa fi hunduma isaaniitiin xumuran.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/4309</t>
+  </si>
+  <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>Waan dhaloonni haraama godhu hoosifnis haraama godha</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Aa'ishaa irraa akka odeeffametti -Rabbi isii irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Waan dhaloonni haraama godhu hoosifnis haraama godha».</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhalootaa fi firooma akka eessumaa yookaan abbeeraa yookaan oboleessaatiin wanti haraama ta'u, hoosisaanis akka haraama ta'u ibsani..., akkasumas murtoo irraa waan dhalootaan eeyyamamuutu, hoosisaanis eeyyamama.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Hadiisni kun Seera Hoosisaa keessatti foormulaadha.
+Aalimni Islaamaa Ibnu Hajar akkas jedhe: jechi isaanii: (waan dhaloonni haraama godhu hoosisnis haraama godha) jedhu, akkas jechuun, waan dhaloonni eeyyamamaa godhuus hoosifnis eeyyamamaa godha jechuudha, fuudhaa fi waan isatti rarra'u haraama taasisuu keessatti, ulamaa'iin irratti walii galaadha, akkasumas haraamummaan daa'ima hodhee fi ilmaan hoosiftuu gidduuttis faca'ee, ilaalcha, woliin kophaa ba'uu fi waliin imaluun eeyyamamuu keessatti akkuma firoota dhohootti ialaalama, garuu seeronni haadhummaa kan hafan, kan akka wol dhaaluu, baasiin dirqama ta'uu, kan hoosifte garbittii yoo taate aangoon isii bilisoomsuu, ragaa, gumaa qooddachuu fi gumaa kuffisuun hoosisaan wol qabatee hin dhufu.
+Murtoo hoosisaan haraama ta'uu, haraamummaan isaa kan bara baraa ta'uu isaa raggaasisuutu keessa jira.
+Hadiisonni biroos hoosisaan haraama ta'uun, hodhaa shan beekamaa ta'aniin akka ragga'uu fi hoosifni kunis woggoota lamaan jalqabaatti ta'uu akka qabu akeekanii jiru.
+Sababaa firummaatiin wol fuudhuuf haraama kanneen ta'an: haadholii, akkawoonnis karaa haadhaatiinis ta'u yookan karaa abbaatiin, yoo achi fagaatanillee akkuma haadholiiti, ilmaan dubraa: ilmaan dubraa intala ofiis akkuma inatalaati, ilmaan dubraa ilmaan ofii, ilmaan ilmaanii jedhaa achi fagaataa yoo deemellee, obboleettiiwwan: tiruu ta'anus, yookaan karaa tokkoon ta'anus, adaadowwan (obboleettiiwwan abbaa): hundi obbooleettiiwwan abbaa tiruu fi kan tiruu hin taanes adaadaadhuma irraa lakkaawaman, akkasumas obboleettiiwwan akaakolii keetii hunduu, yoo achi fagaatanillee, akkasumas obboleettiiwwan haadhaas: obboleettiiwwan haadhaa tiruu kan ta'anis kan tiruu hin taanes tokkuma, akkasumas obboleettiiwwan akkootaa, yoo achi fagaatanillee, akkoota karaa abbaa ta'anus kan karaa haadhaa ta'anus, ilmaan dubraa obboleessaa fi ilmaan dubraa obboleetti, ilmaan obboleettii yookaan obboleessaa jedhaa achi fagaataa yoo deemanillee kanuma keessa seena.
+Sababaa hoosisaatiin kanneen haraam ta'an: wantoota firummaan haraama ta'antu hoosisaanis haraama ta'u, dubartiin firummaan isii fuuchuun haraama taate hunda, hoosifnis akkasuma haraama taasisa, haadha obboleessa isaa(akkas jechuun haadha hoosisaa kan obboleessa kee dhiigaa, isa harma isii hin hooneef isii fuuchuun hin dhoorgamu) fi obboleetti ilma keetii kan karaa hoosisaa malee(intala ilma keetiif, karaa hoosisaatiin obboleettii taate jechuudh), isaan kana fuuchuun haraama hin ta'u.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/4311</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Halalli ifa galaadha, haraamnis ifa galaadha</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Nu'umaan ilma bashiir irraa odeeffamee -Rabbiin isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e -nu'umaan quba isaa lamaanin gara gurra isaa lamaanitti akeekaa (dhaga'uu isaa Mirkaneessuuf jecha)-: "Halalli ifa galaadha, haraamnis ifa galaadha, gidduu isaaniitti wantoota wal fakkaatan kan namoonni hedduun isaan hin beekneetu jiran, namni wal fakkaattuu eeggate amantii fi kabajaa isaatiif qulqullina barbaade, wal fakkaattuu keessa namni bu'e haraama keessa bu'e, inni akka tiksee daangaa cinaatti tiksuuti, isa keessa seenee dheeduutu mala, dhaga'aa! mootii hundaafuu daangaatu jira, dhaga'aa! daangaan Rabbii dhoorgaa Isaati, dhaga'aa! dhugumatti qaama namaa keessa waan akka cittuu fooniitu jira, yeroo isiin tolte qaamni hundi ni tola, yeroo isiin badde immoo qaamni hundi ni bada, dhaga'aa! isiin qalbiidha".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- wantoota keessatti foormulaa walii galaa ifa galchan, isiin shari'aa keessatti bakka sadiitti qoodamti: halaala ifa galaa, haraama ifa galaa fi halaalummaa fi haramummaa keessatti  wantootii wal fakkaatan, murtoon isii gama halaalummaati fi gama haraamummaatii ifa hin taanetu jirti, hedduun namaa murtoo isii hin beeku.
 Namni wantootii isatti wal fakkaatte sana dhiise amantiin isaa haraama keessa bu'uu irraa fagaachuun isaaf baraarame, akkasumas haasawa namootaa kan silaa osoo inni waan wal fakkaataa kana raawwatee isaan isa aybeessan irraa kabajaan isaas baraarameeraaf. Namni waan wal fakkaattuu irraa hin fagaatin haraama keessa akka bu'uuf, yookaan namoonni kabajaa isaa akka tuqanuuf dhugumaan lubbuu isaa saaxilee jira. Rasuulli -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- haala nama wantoota nama irratti wal fakkaatan raawwatuu fi inni akka tiksee dachii abbaan isii isii daangeessetti dhihaatee horii isaa tikfatuutii, horiin tiksee waan itti dhihaattee jirtuuf daangaa kana keessa seentee nyaachuutu malaa ifa nuuf galchuuf jecha fakkeenya fudhataniiru, namni waan wal fakkii qabu hojjatus akkasuma jechuudha, inni sanaan haraamatti dhihaata, isa keessa bu'uutu mala. Booda sanaatii qaama namaa keessa wanni akka cittuu foonii akka jirtu (isiin qalbiidha) Nabiyyiin himan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isiin toluudhaan qaamni tola, isiin baduudhaan qaamni bada.</t>
   </si>
   <si>
@@ -18049,69 +18172,206 @@
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>nabiyyiin -Rabbiin rahmataa fi nageenya isaan irraa haa buusu- sahaabota isaanii woliin makkaan irraa gara madiinaatti imalan, karaa isaanii irratti bishaan argatanii, gariin sahaabotaa salaata asrii salaatuuf jecha wuduu'a godhachuutti jarjarani, hanga bishaan irraa goggoginni duuba koomee isaanii nama ilaalu tokkoof mul'atutti, nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: worreen yeroo wuduu'a godhatan duuba faana isaanii dhiquu keessatti hirdhisaniif adabbii fi badiitu ibidda keessatti isaaniif jira, eegasii wuduu'a guutanii akka godhatanutti isaan ajajani.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>wuduu'a keessatti miila lameen dhiquun dirqama ta'uu isaa; osoo irra haxaawuun ni ta'a ta'ee nama koomee dhiquu dhiise ibiddaan hin dinniinu ture.
 humnoota qaamaa kan dhiqamtu waliin gahanii dhiquun dirqama ta'uu isaa, namni waan dhiquun dirqama ta'e irraa hanga xiqqoollee ta'u beekaa fi taati'oof jecha dhiise salaanni isaa sirrii hin taatu.
 barbaachisummaa wollaalaa barsiisuu fi qajeelfama isaaf kennuuti.
 beekaan dirqamoolee fi sunnaawwan irraa waan baduu isaa argu akkaataa ta'uun dhoorga.
 Aalimni islaamaa Muhammad Ishaaq addahlawiin akkana jedhe: wuduu'a guutuun haala sadi'iin ilaalama: kan dirqama ta'e inni bakka wuduu'aa yeroo tokkoof wol geessisuudha, kan sunnaa ta'e inni yeroo sadii dhiquudha, kan jaallatamaa ta'e inni immoo yeroo sadii diquu waliin dheeressuudha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/66392</t>
   </si>
   <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>Rabbiin dirqamoota dirqama taasiseera, (hojjachuu dhabuun) isaan hin balleessinaa, akkasumas daangaawwan daangesseera, isaan hin tarkaanfatinaa, wantoota gariis haraama taasiseera , isaan hin hojjatinaa, irraanfatee osoo hin taane, rahmata isiniif gochuuf jecha, wantoota garii irraas calliseera, qoqqottanii isaan hin barbaadinaa</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Abuu Sa'alabaa Al-Khushanii Jursuum ibnu Naashir irraa odeeffamee -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin dirqamoota dirqama taasiseera, (hojjachuu dhabuun) isaan hin balleessinaa, akkasumas daangaawwan daangesseera, isaan hin tarkaanfatinaa, wantoota gariis haraama taasiseera , isaan hin hojjatinaa, irraanfatee osoo hin taane, rahmata isiniif gochuuf jecha, wantoota garii irraas calliseera, qoqqottanii isaan hin barbaadinaa».</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akka Rabbiin wantoota garii dirqama godhe himani, dirqamoota sanas sirriitti qabadhaa, isaan dhiisuudhaan yookaan isaan laaffisuun hin miidhinaa jedhani, akkasumas kellaawwanii fi dhoorgaawwan murtaa'an, kan waan Rabbiin hin jaallanne irraa isin ittisuu fi isin dhoorgu isiniif taasisee jira, waan shari'aan itti ajajeen ala irratti hin dabalinaa, akkasumas wantoota gariis haraama isinirratti godhee jira hin hojjatinaas ittis hin dhihaatinaa, sanaan ala waan jiru immoo gabroota isaatiif rahmata gochuuf jecha irraa cal'isee jira, eeyyamamaa ta'anii bu'uuruma isaanii irratti hafu qoqqottanii hin barbaadinaa.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Hadiisni kun Rabbiin isatu karaa godhaa akka ta'eef ragaadha, ajajni kamuu harka isaa jira.
+Hadiisni kun murtoo fi eeyyamamuu keessatti foormulaa shari'aa of keessatti qabateera; murtoon shari'aa; yookaan kan irraa callifame yookaan immoo kan dubbatamedha, inni dubbatames, yookaan dirqamummaan yookaan sunnummaan kan itti ajajame  ta'a, yookaan immoo haraamummaan yookaan jibbamaa ta'uun kan irraa dhoorgame ta'a, yookaan immoo kan eeyyamame ta'a.
+Wanti Rabbiin dirqama osoo hin godhin, osoo hin daangeessinii fi irraas osoo hin dhoorgin akkasumatti callisee dhiise, inni eeyyamamaadha.
+Nabiyyii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkaataa qooddaa ifa galaa ta'e kanaan hadiisicha himuun isaanii, haala bareedaan ibsanii nama hubachiisuu akka danda'an agarsiisa.
+Wantoota Rabbiin dirqama nurratti taasise tikfachuun dirqama ta'uu isaa.
+Daangaa Rabbii dabruun haraama ta'uu isaa.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>Hojiin kamuu niyaadhaani, nama kamiifuu waanuma inni niyyatetu isaaf jira</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Amiira Mu'umintootaa Abuu Hafsi Umar ibnu Al-Khaxxaab irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: «Hojiin kamuu niyaadhaani, nama kamiifuu waanuma inni niyyatetu isaaf jira, namni godaanisi isaa gara Rabbii fi ergamaa isaatti ta’e, godaansi isaa gara Rabbii fi ergamaadhuma isaatti ta'a, namni godaansi isaa immoo duuniyaa argatuuf yookaan dubartii fuudhuuf ta’e immoo, godaansi isaa garuma itti godaane sanatti ta'a».</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Iklaasatti kakaasuudha, Rabbiin hojii irraa waan fuulli Isaa ittiin barbaadame malee hin qeebalu waan ta'eef jecha.
+Namni dirqamni isa irra ka'ame hojiiwwan gama Rabbiitti ittiin dhihaatan akka Aadaatti yoo hojjate isii irratti mindaan isaaf hin jiru, hanga isiidhaan Rabbitti dhihaachuu fedhutti.
+Niyyaadhaan ibaadaan aadaa irraa adda ba'a, akkasumas ibaadaan gariinis garii irraa niyyaadhaan adda ba'a.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66511</t>
+  </si>
+  <si>
     <t>Abuu Abdurrahmaan Abdullaah ibnu Umar ibnu Al-Khaxxaab irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e:||“Islaamummaan waan shan irratti ijaarame: Rabbiin malee haqaan gabbaramaan biraa akka hin jirree fi Muhammad gabrichaa fi Ergamaa Isaa ta’uu ragaa bahuu, salaata dhaabuu, zakaa kennuu,  hajjii gochuu fi ji'a Ramadaanaa soomuudha”</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Abuu Abdurrahmaan Abdullaah ibnu Umar ibnu Al-Khaxxaab irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: “Islaamummaan waan shan irratti ijaarame: Rabbiin malee haqaan gabbaramaan biraa akka hin jirree fi Muhammad gabrichaa fi Ergamaa Isaa ta’uu ragaa bahuu, salaata dhaabuu, zakaa kennuu,  hajjii gochuu fi ji'a Ramadaanaa soomuudha” .</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>رواه البخاري ومسلم</t>
   </si>
   <si>
     <t>[رواه البخاري ومسلم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>uumamni tokkoo keessanii garaa haadha isaa keessatti guyyaa afurtamaaf wolitti qabama</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Abuu Abdurrahmaan Abdullaah ibnu Mas'uud irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- isaan dhugaa dubbataa dhugeeffamaa kan ta'an akkas jechuun nuuf odeessan: «uumamni tokkoo keessanii garaa haadha isaa keessatti guyyaa afurtamaaf wolitti qabama, eegasii guyyootuma fakkaataa sanaa keessatti dhiiga itite ta'a, eegasii ammas guyyootuma fakkaataa sanaa keessatti foon cittuu ta'a, eegasii malaaykaan gara isaatti ergamuun lubbuu itti afuufee, jechoota afur barreessuutti ajajama, rizqii isaa, beellama du'a isaa, hojii isaa fi hoonga'aa yookaan milkaa'aa ta'uu isaa barreessuutti, Rabbii haqaan gabbaramaan isa malee hin jirreenan kakadha! tokkoon keessan hanga isaafi jannata gidduutti dhundhuma tokko malee hin hafnetti hojii worra jannataa hojjatee, kitaabni isa irratti barreeffame isa dursuun hojii worra ibidda hojjatee ibidda seena. akkasuma tokkoon keessan hanga isaa fi ibidda gidduutti dhundhuma tokko malee hin hafnetti hojii worra ibiddaa hojjatee, kitaabni isa irratti barreeffame isa dursuun hojii worra jannataa hojjatee jannata seena».</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Gulantaa uumamni ilma namaa keessa darbu ibsuutu keessa jira.
+Murtoo fi Hiree Rabbiitti amanuutu keessa jira.
+dhuma irratti itti galli wontootaa gara waan murtoon dursee fi waan qadaraan darbeeti.
+hojiiwwan xumara isaaniitiin madaalamu waan ta'eef hanga hojiitiin gowwoomuu irraa sodaachisuutu keessa jira.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>Namni Amantii keenya kana keessatti, waan biraa kan isa irraa hin taane argamsiise, inni deebifmaadha (fudhatama hin qabu</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Haadha Mu'umintootaa kan taate Ummu Abdullaah Aa'ishaa irraa akka odeeffametti -Rabbi isii irraa haa jallatu- ni jette: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namni Amantii keenya kana keessatti, waan biraa kan isa irraa hin taane argamsiise, inni deebifmaadha (fudhatama hin qabu».</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Ibaadaan waan Qur’aanaa fi Hadiisa keessatti ibsame irratti hundaa’aa waan ta’eef, seera inni baaseen malee Rabbii ol ta’e hin gabbarru, kalaqaa fi waan ragaa hin qabneenii miti.
+Amantiin yaada fi waan gaarii jedhame irratti kan hundaa’e osoo hin taane, Ergamaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hordofuudhaan qofa ta'a.
+Hadiisni kuni Amantiin guutuu ta'uu irratti ragaadha.
+Bid'aa jechuun aqiidaa yookaan jecha yookaan hojii irraa ta'ee isheen hunduma waan zamana Nabiyyiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- fi sahaabota hin jerre kan Amantii keessatti argamsiifameeti.
+Hadiisni kuni bu'uroowwan Islaamaa keessaa bu'ura tokko yoo ta’u, hojiileef madaala akka ta’etti ilaalama, kanaafuu akkuma  hojiin fuula Rabbii ol ta’ee barbaaduun isa keessa hin jirre hundi nama isa hojjateef mindaan isa keessa hin jirretti, hundi hojii waan Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ittiin dhufaniin wal hin simanne nama isa hojjate irratti deebifamaadha.
+Hadiisni kun bida'aawwan argamsiifamanii fi badiiwwan argaman deebisuu keessatti foormulaadha.
+Bid'aawwan dhoorgaman dhimmoota amantiitiin wantoota walqabatani malee kan jiruu addunyaatii miti.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66514</t>
   </si>
   <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
   <si>
     <t>Abuu Abdullaah Annu'umaan ibnu Bashiir irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e:||"Halalli ifa galaadha, haraamnis ifa galaadha, gidduu isaaniitti wantoota wal fakkaatan kan namoonni hedduun isaan hin beekneetu jiran, namni wal fakkaattuu eeggate amantii fi kabajaa isaatiif qulqullina barbaade, wal fakkaattuu keessa namni bu'e haraama keessa bu'e, inni akka tiksee daangaa cinaatti tiksuuti, isa keessa seenee dheeduutu mala, dhaga'aa! mootii hundaafuu daangaatu jira, dhaga'aa! daangaan Rabbii dhoorgaa Isaati, dhaga'aa! dhugumatti qaama namaa keessa waan akka cittuu fooniitu jira, yeroo isiin tolte qaamni hundi ni tola, yeroo isiin badde immoo qaamni hundi ni bada, dhaga'aa! isiin qalbiidha</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
   </si>
   <si>
     <t>Abuu Abdullaah Annu'umaan ibnu Bashiir irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: "Halalli ifa galaadha, haraamnis ifa galaadha, gidduu isaaniitti wantoota wal fakkaatan kan namoonni hedduun isaan hin beekneetu jiran, namni wal fakkaattuu eeggate amantii fi kabajaa isaatiif qulqullina barbaade, wal fakkaattuu keessa namni bu'e haraama keessa bu'e, inni akka tiksee daangaa cinaatti tiksuuti, isa keessa seenee dheeduutu mala, dhaga'aa! mootii hundaafuu daangaatu jira, dhaga'aa! daangaan Rabbii dhoorgaa Isaati, dhaga'aa! dhugumatti qaama namaa keessa waan akka cittuu fooniitu jira, yeroo isiin tolte qaamni hundi ni tola, yeroo isiin badde immoo qaamni hundi ni bada, dhaga'aa! isiin qalbiidha".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>الحديث قاعدة في اتقاء الشبهات.
 الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Hadiisni kun waan namatti wal fakkaatu (shubuhaa) irraa eeggachuu keessatti foormulaadha.
 Waan wal fakkaatu, kan murtoon isaa ifa hin tahin dhiisuutti kakaasuudha.</t>
   </si>
@@ -18129,87 +18389,681 @@
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- Amantiin Rabbiif qulqulleessanii hojjachuu fi dhugaa irratti akka gadi dhaabbate himani, sunis kan ta'e akkuma Rabbiin dirqama taasisetti, hir'isaan maletti yookaan gowwoosaan maletti, guutuu ta'ee akka raawwatamuufi. Nabiyyiidhaan -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nasiihaan (gorsi) eenyuuf ta'a? jedhamee jennaan, akkas jedhani: Jalqaba: Rabbiif nasiihaa gochuudha (yaaduudha): kunis kan ta'u, hojii kee Rabbiif qulqulleesuu fi isatti qindeessuu dhabuun, Rabbummaa isaa, gabbaramummaa isaatii fi maqoolee fi sifaata isaatti amanuun, ajaja isaa ulfeessuu fi isatti amanuutti waamuuni. lammaffaan: Kitaaba Rabbiitiif nasiihaa gochuudha (yaaduudha) innis Qur'aana kabajamaadha: kunis kan ta'u haasaa Rabbii ta'uu isaa, xumura kitaabolee isaa ta'uu fi shari'aawwan isaan dura turan hundas kan haqe ta'uu isaatti amanuuni, akkasumas isa ulfeessina, akka dubbifamuu qabuttis isa dubbifna, murtoo isaa ifa galaa ta'ettis ni hojjanna, wol fakkaataa isaas itti amannee fudhanna, jijjiirraa worra isa jallisanuu irraas isa eegna, gorsa isaatiinis ni gorfamna, beekumsa isaas ni facaafna, isattis ni waamna. Sadaffaan: ergamaa Rabbii Muhammadiif -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- nasiihaa gochuudha (yaaduudha): sunis kan ta'u, ergamaa xumuraa ta'uu isaaniitti amanuun, waan isaan ittiin dhufan dhugeessuun, ajaja isaanii hojii irra oolchuun, waan isaan irraa dhoorgan irraa fagaachuun, waan isaan ittiin dhufaniin malee Rabbiin gabbaruu dhiisuun, haqa isaanii jabeessuun, isaan ulfeessuun, waamicha isaanii facaasuun, kara isaanii diriirsuu fi maqa balleessii isaan irraa mormuuni. Afraffaa: Dura buutota Muslimootaatiif nasiihaa gochuudha (yaaduudha): kunis kan ta'u haqa irratti isaan gargaaruun, aangoo isaaniin falmuu dhabuu fi Rabbiif ajajamuu keessatti isaan dhaga'uuni. Shanaffaan: Muslimootaaf nasiihaa gochuudha (yaaduudha): kunis kan ta'u; tola isaanitti ooluun, islaamummaatti isaan waamuun, waan isaan rakkisu isaan irraa qabuun, toltuu isaaniif jaallachuu fi toltuu fi sodaa Rabbii keessatti isaaniin wol gargaaruuni.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع. 
 عِظَم منزلة النصيحة من الدين. 
 اشتمال الدين على الاعتقادات والأقوال والأعمال. 
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/66516</t>
   </si>
   <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>Waan ani irraa isin dhoorge irraa fagaadhaa, waan ani itti isin ajaje immoo hanga dandeessan isa irraa hojjadhaa</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa Abdurrahmaan ibnu Sakhrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaa Rabbiitii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jedhuun dhaga'e: «Waan ani irraa isin dhoorge irraa fagaadhaa, waan ani itti isin ajaje immoo hanga dandeessan isa irraa hojjadhaa, worra isiniin duraa wanti dhabamsiise, gaaffii heddummeesuu isaaniitii fi nabiyyoota isaanii irratti wol dhabuu isaaniiti».</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Ergamaan Rabbii -Rabbiin rahmataa fi nageeya isaan irratti haa buusu- yeroo waan tokko irraa nu dhoorgan, adda baasuun maletti irraa fagaachuun dirqama akka nurratti ta'ee fi yeroo waan tokkotti nu ajajan immoo hanga dandeenyu irraa hojjachuun akka nurra jiru ifa nuuf galchani. Eegasii akka ummatoota darbanii, kan nabiyyoota isaanii faalleessuun gaaffii isaanirratti heddummeessanii jennaan, Rabbiin gosoota badiinsaatii fi diigamiinsaatiin isaan adabee akka hin taaneef nu akeekkachiisani, kanaaf akka isaan badanitti akka hin banneef, akka isaanii ta'uu dhabuutu nurraa barbaachisa.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Hadiisichi, wantoota itti ajajamne hojjachuu fi wantoota irraa dhorgamne irraa fagaachuun wal qabatee, dirqama nurra jiru ibsuu keessatti foormulaadha.
+Wantoota dhoorgaman keessatti, wanta tokkollee hojjachuun hin eeyyamamne, ajajni garuu dandeettiidhaan daangeffame; kunis kan ta'eef dhiisuun danda'amaadha, waa hojjachuun immoo, hojii itti ajajamne sana argamsiisuuf dandeettii gaafata waan ta'eefi.
+Gaaffii baay'isuun dhoorgaa tahuudha, Ulamaa'in dhugumatti gaaffilee bakka lamatti qoodaniiru: Tokkoffaan: Dhimma amantii ilaalchisee waan barbaachisaa ta'e bifa barnootaatiin gaafachuu yoo ta'u, kuni itti ajajamaadha, gaafileen sahaabotaa gosa kana irraayi. Inni lammaffaa: gaafilee bifa mataa jabinaafi itti of dirqanii gaafataniidha, kuni isa irraa dhoorgameedha.
+Ummata kana akka ummata isaan dura darbanitti argametti Nabiyyii isaanii -nagaa fi rahmanni irra haa jiraatu- akka hin faallessine akeekkachiisuudha.
+Wanti irraa dhoorgame xiqqaa fi hedduus ni qabata; xiqqaa fi guddaa isaa irraa fagachuun malee, haraama irraa fagaachuun hin argamu waan ta'eef jecha, fakkeenyaaf: Rabbiin ribaa irraa nu dhoorgee jira, dhoorgaan kun immoo ribaa xiqqaa fi guddaas ni qabata.
+Sababoowwan gara haraamaatti nama geessan dhiisuudha; Kun hiikkaa irraa fagaachuu irraa waan ta'eef jecha.
+Ilma namaatiif Yeroo ajaja Ergamaa dhaga'etti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- "ajajichi dirqama moo jaallatamaadha?" jechuun hin barbaachisu, inumaa isa hojjachuutti ariifachuu qaba; jecha isaanii: «isa irraa hanga dandeessan hojjadhaa». jedhuuf jecha.
+Gaaffii heddummeessuun sababaa badiinsaati, keessattuu dhimmoota gaafatanii itti ga'uun hin danda'amne, kan akka gaaffii dhimmoota fagoo (gaybii) faa, akkaataa haala guyyaa qiyaamaa faa keessatti, kan akkasii keessatti gaaffii hin heddummeessin ni baddaatii, akkasuma worra of dirqisiisanuu fi worra gadi fageessanii waa qoqqotan irraa taataatii.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan:||«Rabbiin gaariidha gaarii males hin qeebalu, Rabbiin waan ergamtoota itti ajajetti mu’umintootas ajajee jira, Rabbiin ol ta’e akkas jedhe: {Yaa ergamtootaa! Wantoota gaggaarii irraa nyaadhaa hojiiwwan gaggariis hojjadhaa} ammas Rabbiin ol ta'e akkas jedhe: {Yaa worra amantan! Gaggaarii waan nuti isiniif kennine irraa nyaadhaa} eegasii namicha imala dheeressu, kan mataan isaa fajaajaa, kan quttaa'e, kan harka isaa gara samiitti diriirsuun: Yaa Rabii, Yaa Rabbi jedhu, kan nyaanni isaa haraamaa, dhugaatiin isaas haraamaa, uffannaan isaas haraamaa, kan haraamaan guddate dubbachuun, akkamumatti kadhannaan isaaf owwaatama?». jedhani</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa irraa akka odeeffametti -Rabbiin irraa haa jaallatu- akkana jedhe: Ergamaan Rabbii -nagaa fi rahmanni irra haa jiraatu- akkana jedhan: «Rabbiin gaariidha gaarii males hin qeebalu, Rabbiin waan ergamtoota itti ajajetti mu’umintootas ajajee jira, Rabbiin ol ta’e akkas jedhe: {Yaa ergamtootaa! Wantoota gaggaarii irraa nyaadhaa hojiiwwan gaggariis hojjadhaa} ammas Rabbiin ol ta'e akkas jedhe: {Yaa worra amantan! Gaggaarii waan nuti isiniif kennine irraa nyaadhaa} eegasii namicha imala dheeressu, kan mataan isaa fajaajaa, kan quttaa'e, kan harka isaa gara samiitti diriirsuun: Yaa Rabii, Yaa Rabbi jedhu, kan nyaanni isaa haraamaa, dhugaatiin isaas haraamaa, uffannaan isaas haraamaa, kan haraamaan guddate dubbachuun, akkamumatti kadhannaan isaaf owwaatama?». jedhani.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Rabbiin ol ta'e zaata, amaloota fi murtiiwwan isaa keessatti guutuu ta'uudha.
+Rabbii ol ta'eef Hojii qulqulleessuu fi Nabiyyii -nagaa fi rahmanni irra haa jiraatu- hordofutti ajajuudha.
+Waan dalagaa irratti hamalee namatti godhu fayyadamuudha, Nabiyyiin -nagaa fi rahmanni irra haa jiraatu- akkana jedhani: “Dhugumatti Rabbiin waan ergamtoota itti ajajetti mu'umintoota ajaje”, Mu’uminni wanti inni ajajame kun waan Ergamtoonni itti ajajaman irraayii yeroo beeke jajjabaatee ajajamuu irratti hamalee godhata.
+Du'aa'in akka hin awwaatamne wantoota godhan keessaa haraama nyaachuudha.
+Sababoota du'aa'iin itti qeebalamu keessaa wantoota shani: tokkoffaan isaanii: Imala dheeressuudha; sababni isaas cabnana nafsee kan irra guddaa sababoota du'aa'iin itti qeebalamu of keessaa waan qabuuf jecha. Lammaffaan: haala cinqii keessa jiraachuudha. Sadaffaan: Harka gara samiitti ol qabachuudha. Afraffaan: Gooftummaa isaa irra deddeebi’anii kaasuun Rabbiin kadhachuu irratti cichuudha, kunis karaalee gurguddaa du'aa'in namaa ittiin awwaatamu keessaa isa tokko dha. Shanaffaan: Nyaataa fi dhugaatii bareeffachuudha.
+Nyaata halaal gaarii nyaachuun sababoota hojii gaarii hojjachuu irratti nama gargaaran irraayi.
+Qaadiin akkas jedhe: bareedaan faallaa fokkataati, Rabbiin yoo isaan himame, inni hir'inoota irraa qulqulluu fi mudaawwan irraa bilisa ta'uu isaatu itti fedhame, gabrichi immoo yoo ittiin himame, akka inni haala badaa fi hojiiwwan fokkataa irraa bilisa ta'ee, faallaa isaatiin faayameetu itti fedhame, qabeenyi yoo ittiin himame immoo, qabeenyichi filatamaa halaala irraa ta'e ta'uu isaatu itti fedhame.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>Waan si shakkisiisu dhiisii gara waan si hin shakkisiifnee deemi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Abuu Muhammad Al-Hasan ibnu Aliyyi ibnu Abii Xaalib -ilma intala ergamaa Rabbiitii fi urgaa'aa isaanii kan ta'e -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa akka odeeffametti, ni jedhe: ergamaa Rabbii irraa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- akkas jechuun qomatti qabadhe: «Waan si shakkisiisu dhiisii gara waan si hin shakkisiifnee deemi».</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jechootaa fi hojiiwwan irraa wantoota dhoorgame moo hin dhoorgamne, inni halaala moo haraama jettee shakkitu dhistee, gara waan bareedina isaa fi halaalummaa isaa mirkaneeffattee, kan shakkiin isa keessa hin jirreetti akka deebitu ajajani.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66519</t>
+  </si>
+  <si>
     <t>Abuu Hamzaa Anas ibnu Maalik -khaadima ergamaa Rabbii Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa odeeffamee -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani:||«Tokkoon keessan hanga waan lubbuu ofiitiif jaallatu obboleessa isaatiif jaallatutti hin amanne</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
   </si>
   <si>
     <t>Abuu Hamzaa Anas ibnu Maalik -khaadima ergamaa Rabbii Rabbiin rahmataa fi nageenya isaan irratti haa buusu- irraa odeeffamee -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Tokkoon keessan hanga waan lubbuu ofiitiif jaallatu obboleessa isaatiif jaallatutti hin amanne».</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/66520</t>
   </si>
   <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Abuu Ya'alaa Shaddaad ilma Aawsii irraa odeeffamee -Rabbi isa irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhan: «Rabbiin waan hunda irratti tola ooluu dirqama godheera, yeroo ajjeeftan ajjeechaa tolchaa, yeroo gorraatanis gorraasuu tolchaa, tokkoon keessan yeroo gorra'u, billaa isaa haa qarfatu, waan gorra'u sanas haa boqachiisu».</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>Yaa gurbaa! ani jechoota wohiin si barsiisa: Rabbiin tiksi si tiksaa, Rabbiin tiksi fuuldura keetti argattaa, yeroo kadhatte Rabbiin kadhu, yeroo gargaarsifattes Rabbiin gargaarsifadhu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Abuu Abbaas, Abdullaah Ibnu Abbaas irraa akka odeeffametti –Rabbi isaan irraa haa jaallatu- ni jedhe: guyyaa wohii booda nabiyyiitti –Rabbiin rahmataa fi nageenya isaan irratti haa buusu- uddeelluu yaabbadhee osoon jiruu akkas jedhani: «Yaa gurbaa! ani jechoota wohiin si barsiisa: Rabbiin tiksi si tiksaa, Rabbiin tiksi fuuldura keetti argattaa, yeroo kadhatte Rabbiin kadhu, yeroo gargaarsifattes Rabbiin gargaarsifadhu, beeki: ummanni hundi waan tokkoon si fayyaduuf osoo walitti qabamanii, waan Rabbiin sila siif katabeen malee waan tokkooniyyuu si hin fayyadanu, akkasumas waan tokkoon si miidhuuf osoo walitti qabamanii, waan sila Rabbiin sitti barreesseen malee waan tokkooniyyuu si hin miidhanu, qalamoonni kaafaman, kitaabonnis qooran».</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas -Rabbi isa irraa haa jaallatu- gurbaa xiqqaa nabiyyii waliin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- uddeelluu yaabbatu ture, Nabiyyiin -rahmannii fi nageenyi isaan irra haa jiraatu- ani wantoota Rabbiin ittiin si fayyadun si barsiisa isaan jedhaniin: Isaan buluu fi waan isatti si dhiheessu hojjachuu irratti si argee, badiiwwanii fi diliiwwan irratti akka si hin agarreef, ajajoota isaa tiksuun, dhoorgaawwan isaa irraa fagachuun, Rabbiin tiksi, sana yoo hojjatte, mindaan kee Rabbiin waan jibbamaa duniyaa fi Aakhiraa irraa si eegee, eessattuu yoo bobbaate immoo dirqamoota kee irratti siif tumsuu ta'a. Waan tokko gaafachuu yoo barbaadde, Rabbiin malee hin gaafatin, isuma qofatu gaafattootaaf deebii kenna waan ta'eef. Gargaarsas yoo barbaadde Rabbiin malee hin gargaarsifatin. Worri dachii hundi si fayyaduuf osoo walitti qabamanii, waan Rabbiin sila siif katabe malee faaydaan wohii akka siif hin taane mirkana ta'i, akkasumas worri dachii hundi si miidhuuf osoo walitti qabamanii, waan Rabbiin sila sirratti murteesse malee miidhaan kamuu akka si hin qaqqabnes mirkana ta'i. Dhimma kana Rabbiin akkaataa ogumnii fi beekumsi isaa dirqamsiisuun katabee jira, waan Rabbiin barreesseef immoo jijjiirraan hin jiru. Ajaja isaa tiksuu fi dhoorgaa isaa irraa fagaachuun nama Rabbiin tikse; Rabbiin ol ta'e fuuldura isaatti argama, waan inni irra jiru beeka waan ta'eef, isaaf tumsa isa gargaaras. ilmi namaa bal'ina keessatti Rabbiif yoo ajajame, Rabbiin immoo yeroo rakkinaa fi dhiphinaa keessatti furmaata isaaf taasisa, ilmi namaa hunduu waan Rabbiin isaaf qoode, toltuus ta'ee hamtuu haa jaallatu. gabrichi rakkiinootaa fi qormaatoowwanii waliin obsa qabaachuu qaba, obsi furtuu furmaataati waan ta'eef jecha, rakkinni yeroo jabaate Rabbiin irraa furmaanni dhufa, jabinni wohii yeroo argame Rabbiin isa boodaa laafinti fida.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Barbaachisummaa Xixiqqoowwanii fi ijoollewwan dhimmoota tawhiidaa, naamuusaa fi kan biroo barsiisuun qabuudha.
+Mindaan fakkaataadhuma hojiiti.
+Waan Isa malee jiru dhiisanii Rabbiin qofa irratti hirkachuu fi Isuma qofa irratti tawakkaluutti ajajuudha, keessa, Inni hirkoof waa tole.
+Murtoo, qadaratti amanuu fi isa jaallachuudha, Rabbiin dhugumatti waan hundaa qaddaree jira.
+Nama ajaja Rabbii gate Rabbiin isa gata, isas hin tiksu.
+Gammachuun guddaan ilmi namaa rakkinni yoo isa mudate laafina haa eeguudha.
+Yeroo balaan mudatee fi jaalalleen darbetti bohaarsaan gabrichaa, jecha isaanii kan: "beeki! wanti si mudate si dhabuuf hin turre, wanti si dhabe si mudachuuf hin turre" jedhu keessa jira, himni tokkoffaan wanti jibbamu yeroo nama mudateef bohaarsaadha, himni lammaffaa immoo wanti jaallatamu yeroo nama darbeef bohaarsaadha.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66522</t>
+  </si>
+  <si>
     <t>Abuu Mas'uud Uqbaa ibnu Amrii Al-Ansaarii Al-Badrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaan Rabii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani:||«Jechoota namoonni Nabiyyummaa isa jalqabaa irraa dhaqqaban keessaa tokko: Yoo qaanfachuu baatte wanta barbaadde raawwadhu</t>
   </si>
   <si>
     <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Abuu Mas'uud Uqbaa ibnu Amrii Al-Ansaarii Al-Badrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaan Rabii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Jechoota namoonni Nabiyyummaa isa jalqabaa irraa dhaqqaban keessaa tokko: Yoo qaanfachuu baatte wanta barbaadde raawwadhu».</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/66523</t>
   </si>
   <si>
     <t>Abuu Amri -Abuu Amraas jedhameera- Sufyaan ibnu Abdullaah irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe:||Nin jedhe: Yaa Ergamaa Rabbii, Islaamummaa keessatti jecha tokko kan si malee nama biraa hin gaafanne naan jedhi, isaanis ni jedhan: “Ani Rabbitti amane jedhii eegasii irratti gadi dhaabbadhu</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Abuu Amri -Abuu Amraas jedhameera- Sufyaan ibnu Abdullaah irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Nin jedhe: Yaa Ergamaa Rabbii, Islaamummaa keessatti jecha tokko kan si malee nama biraa hin gaafanne naan jedhi, isaanis ni jedhan: “Ani Rabbitti amane jedhii eegasii irratti gadi dhaabbadhu".</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/om/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>Mee naaf himaa! salaatowwan dirqama ta'an salaatee, ramadaanas soomee, waan halaala ta'es halaala godhee, waan haraama ta'es yoon haraama godhee</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Abuu Abdullaah Jaabir ibnu Abdullaah Al-Ansaarii irraa akka odeeffametti -Rabbiin isaan irraa haa jaallatu: Namichi wohii Ergamaa Rabbii -Rabbiin rahmata fi nageenya isaan irratti haa buusu- akkas jechuun gaafate: Mee naaf himaa! salaatowwan dirqama ta'an salaatee, ramadaanas soomee, waan halaala ta'es halaala godhee, waan haraama ta'es yoon haraama godhee, sana irratti yoon homaa dabaluu dhabe, jannata nan seenaa? Ergamaanis: «Eeyyeen» jedhan.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>Qulqullinni walakkaa iimaanaati, Al-Hamdulillaan miizaana guuta, Subhaanallaa wa Al-Hamdulillaan immoo samii fi dachii gidduu guutu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Abuu Maalik Al-Haaris ibnu Aasim Al-Ash'arii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Qulqullinni walakkaa iimaanaati, Al-Hamdulillaan miizaana guuta, Subhaanallaa wa Al-Hamdulillaan immoo samii fi dachii gidduu guutu, salaanni ifa, sadaqaan ragaadha, obsi ifaa guddaadha, Qur'aanni ragaa siif ta'a yookaan ragaa sirratti ta'a, namni hunduu ganamaan bobba'ee, lubbuu isaa gurgura, kan isii bilisoomsu yookaan kan isii balleessu ta'a».</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkana jedhan.||«Humna qaama namaa hunda sadaqaatu irratti jira guyyaa aduun baatu hundakeessatti. nama lama jidduutti araara buusuun sadaqaadha, yaabbii isaa irratti namicha gargaaruun, gargaartee isa yaabbachiisuun yookaan meeshaa isaa ol fuutee irra kaa'uun sadaqaadha, jechi gaariin sadaqaadha, tarkaanfiin gara salaataatti deemtu hunduu sadaqaadha, karaa irraa waan nama rakkisu kaasuunis sadaqaadha</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Abuu Hureyraa irraa odeeffame Rabbiin irraa haa jaallatu akkana jedhe: Ergamaan Rabbii -nagaa fi rahmatni irra haa jiraatu- akkana jedhan. «Humna qaama namaa hunda sadaqaatu irratti jira guyyaa aduun baatu hundakeessatti. nama lama jidduutti araara buusuun sadaqaadha, yaabbii isaa irratti namicha gargaaruun, gargaartee isa yaabbachiisuun yookaan meeshaa isaa ol fuutee irra kaa'uun sadaqaadha, jechi gaariin sadaqaadha, tarkaanfiin gara salaataatti deemtu hunduu sadaqaadha, karaa irraa waan nama rakkisu kaasuunis sadaqaadha».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>Sodaa Rabbiin isiniif dhaama, akkasumas gabrichi habashaa irraa ta’e yoo isin irratti duree ta’ellee, isa dhaga’uu fi isaaf ajajamuun isiniif dhaama, Namni isin irraa jiraate wol dhabbii hedduu arguuf taa’a, adaraa karaa kootii fi karaa khaliifota qajeeloo fi qajeelfamoo ta’anii qabadhaa</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Abuu Najiih ibnu Al-Irbaad ibnu Saariyaa irraa akka odeeffametti –Rabbi isa irraa haa jaallatu- ni jedhe: ergamaan Rabbii –Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gorsa qalbiin irraa sodaatte, kan ijji isa irraa imimmaan harcaafte nu gorsanii jennaan: yaa ergamaa Rabbii gorsi kee kun gorsa namni nama gaggeessu dhaammatu fakkaata; mee ammas nu gorsi jenneen, ergamaanis akkas jedhani: «Sodaa Rabbiin isiniif dhaama, akkasumas gabrichi habashaa irraa ta’e yoo isin irratti duree ta’ellee, isa dhaga’uu fi isaaf ajajamuun isiniif dhaama, Namni isin irraa jiraate wol dhabbii hedduu arguuf taa’a, adaraa karaa kootii fi karaa khaliifota qajeeloo fi qajeelfamoo ta’anii qabadhaa, qarriffaadhaan ciniinaa qabadhaa, adaraa wantoota (diinii keessatti) khalaqaman irraa of eeggadhaa, hundi wantoota haaraa diinii keessatti khalaqamanii jallina waan ta'eef jecha».</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Waan guddaa irraa gaaffatte, inni nama Rabbiin laaffiseef irratti laafaadha</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Mu’aaz ibnu Jabal irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: yaa ergamaa Rabbii! hojii jannata na seensisee ibidda irraa na fageessu natti himaa? isaanis akkas jedhani: «Waan guddaa irraa gaaffatte, inni nama Rabbiin laaffiseef irratti laafaadha: Homaa isatti osoo hin qindeessin Rabbiin gabbarta, salaata gadi dhaabda, zakaa kennita, ramadaana soomanta, mana Rabbiitti hajjita" eegasii Nabiyyiin akkas jedhani: "hulaawwan toltuutti si qajeelchuu? Soomni gaachana, sadaqaan akka ibiddi bishaan dhaamsutti badii dhaamsa, salaanni namichi halkan keessa salaatu" eegasii jecha Rabbii ol ta’ee kana ni qara'an: {Cinaachi isaanii ciisicha irraa ni fagaatti} jedhu. hanga jecha Rabbii aayaa itti aanuu {waan isaan hojjataa turaniif jecha} jedhu gayutti qara’anii, eegasii ammas akkas jedhani: "mataa (indoo) dubbii, utubaa isaa fi fiixee dalluu isaa (woroo isaa) sitti himuu?" eeyyen natti himaa yaa ergamaa Rabbiin jedhe: "mataan (indoon) dubbii islaamummaadha, utubaan isaa salaata, fiixeen dalluu isaa (woroon isaa) jihaada" eegasii ammas akkas jedhani: "wan san hunda walitti qabu (guutu) sitti himuu?" eeyyeen natti himaa yaa ergamaa Rabbiin jedhe: arraba isaanii qabuun akkas jedhani: "kana ofirratti qabi" yaa ergamaa Rabbii nuti waan dubbannuun ni qabamnaa? Jedhe, isaanis ni jedhan: "haati kee si haa dhabdu! Namoota fuula isaaniitiin ibiddatti kan naqu oomisha (dubbii) arraba isaani malee maali?»!</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>Of muudhuus ta'ee nama miidhuun hin jiru</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Abuu Sa'iid Sa'ad ibnu Maalik ibnu Sinaan Al-khudrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Of muudhuus ta'ee nama miidhuun hin jiru».</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Nabiiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- miidhaa gosoota isaa hundaa fi amaloota isaa hundaa waliin lubbuu ofii fi namoota biroo irraas deebisuun dirqama akka ta'e ibsani, nama tokkoofuu, woluma qixatti lubbuu ofiis ta'ee kan nama biraa rakkisuun hin eeyyamamuuf. Akkasumas miidhaa miidhaan deebisuunis isaaf hin eeyyamamu; osoo haqa namaatti hin darbin karaa gumaa baasuutiin yoo ta'e malee, miidhaan miidhaan waan hin deemsifamneef.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Hanga miidhaman caalaatti kaffalachuu irraa dhoorguudha.
+Rabbiin gabroota isaa waan isaan miidhutti hin ajajne.
+Hadiisni kun miidhaa jechaa yookaan gochaa yookaan dhiisuun raawwatamu haraama gochuu keessatti foormulaadha.
+Bu'uuraalee shari'aa keessaa: "miidhaan ni deemsifama", sharii'aan miidhaa hin raggaasiftu, miidhuus ni mormiti.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas irraa akka odeffametti -Rabbi isaan lameenuu irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani:||«Namoonni himannaa isaanii qofaan osoo kennameefii, silaa namoonni (lafaa ka'anii) qabeenyaa fi dhiiga nama biroo irratti himannaa banu ture. Garuu ragaa dhiheessuun nama himate irratti ta'a, kakuun immoo nama morme irratti ta'a</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas irraa akka odeffametti -Rabbi isaan lameenuu irraa haa jaallatu- ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Namoonni himannaa isaanii qofaan osoo kennameefii, silaa namoonni (lafaa ka'anii) qabeenyaa fi dhiiga nama biroo irratti himannaa banu ture. Garuu ragaa dhiheessuun nama himate irratti ta'a, kakuun immoo nama morme irratti ta'a».</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>Rabbiin toltuuwwanii fi badiiwwanis barreessee, eegasii san ifa galchee jira</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Ibnu Abbaas irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- waan Rabbii isaanii irraa odeessu keessatti Rabbiin akkas jedhe: «Rabbiin toltuuwwanii fi badiiwwanis barreessee, eegasii san ifa galchee jira, namni toltuu takka (hojjachuu) yaadee osoo isii hin hojjatin hafe, Rabbiin toltuu guutuu of biratti isaaf barreessa, yoo isii yaadee eegasii isii hojjate immoo; toltuu kudhanii hanga dachaa dhibba torbaatti, hanga dachaawwan hedduu godhee of biratti isa barreessa. yoo badii tokko (hojjachuu) yaadee osoo isa hin hojjatin tawbatee dhiise immoo, Rabbiin of biratti toltuu guutuu isaa kataba. yoo isitti yaadee ka'ee hojjate immoo; Rabbiin badii tokko godhee of biratti isii kataba».</t>
+  </si>
+  <si>
+    <t>Toltuu dachaa taasisee of biratti isii barreessuu fi badii immoo dachaa taasisuu dhabuu keessatti tola gudda Rabbiin ummata kana irratti oole ifa galchuudha.
+Hojii keessatti barbaachisumma niyyaatii fi bu'aa isii ibsuudha.
+Kenna Rabbii ol tahee, mararfannaa Isaatii fi tola Isaa irraa namni toltuu tokko yaadee ka'ee isii osoo hin hojjatin hafee Rabbiin  toltuutti isaaf isa barreessa.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Rabbiin ol ta'e ni jedhe: Nama jaalallee koo diinomfate, akkan lola isatti banu isa beeksiseera, wantoota garbichi koo hojjachuun natti dhihaatu keessaa, Wantoota ani dirqama isa irratti godhe hojjachuun natti dhihaachuu isaa caalaatti, wanti tokko kan na biratti jaallatamaa ta'e hin jiru</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Abuu Hurayraa irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Rabbiin ol ta'e ni jedhe: Nama jaalallee koo diinomfate, akkan lola isatti banu isa beeksiseera, wantoota garbichi koo hojjachuun natti dhihaatu keessaa, Wantoota ani dirqama isa irratti godhe hojjachuun natti dhihaachuu isaa caalaatti, wanti tokko kan na biratti jaallatamaa ta'e hin jiru, Gabrichi koo sunnaa hojjachuun natti dhihaachuu irraa booda hin jedhu, hangan isa jaalladhutti. yoon isa jaaladhe immoo, dhageettii isaa kan inni ittiin dhaga'u, ija isaa kan inni ittiin argu, harka isaa kan inni ittiin qabatuu fi miila isaa kan inni ittiin deemun isaaf ta'a, (qaama isaa hamturraa isa tiiysa jechuudha) yoo na kadhate isaafin kenna, yoo natti maganfates isan tiksa».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- hadiisa qudsii kana keessatti, Rabbiin akka akkas jedhee jiru nutti himani: namni waliyyii waliyyoota koo irraa ta'e tokko rakkisee, isa aarsee, isa jibbe, ani isa beeksisee, diinummaa isaa labseen jira. Waliyyiin: inni nama mu'uminaa Rabbiin sodaatudha, hanguma iimaanaa fi sodaa Rabbii namtichi qabuun, waliyyummaa Rabbii irraa qoodni isaaf ta'a. Muslimni tokko wantoota inni ittiin Rabbii isaatti dhihaatu keessaa, wantoota dirqaama isa irratti ta'an, toltuu hojjachuu fi wantoota haraamaa dhiisuun, isatti dhihaachuu caalaa, wanti tokko kan Rabbiin biratti jaallatamaa ta'e hin jiru, muslimni dirqamoota hojjachuu waliin sunnaawwaniin Rabbitti dhihaachuu irraa booda hin jedhu, hanga jaalala Rabbii argatutti, jaalala Rabbii yeroo argate immoo, qaamolee afran kanneen keessatti Rabbiin isa gargaara: Dhageettii isaa keessatti isa gargaaree haqa isa qunnamsiisa, waan Rabbiin jaallachiisu malee hin dhaga'u. Argaa isaa keessattis isa gargaaree haqa isa qunnamsiisa, waan Rabbiin isa ilaaluu isaa jaallatu malee hin ilaalu. Harka isaa keessattis isa gargaaree haqa isa qunnamsiisa, harka isaatiin waan Rabbiin jaallachiisu malee hin hojjatu. Miila isaa keessattis isa gargaaree haqa isa qunnamsiisa, gara waan Rabbiin jaallachiisuutti malee hin deemu, gara waan toltuun keessa jiruutti malees hin sochoo'u. Kanumaa waliin yoo Rabbiin waa gaafate, Rabbiin waan inni gaafate isaaf kenna, kadhannaan isaa qeebalmaa ta'a, yoo Rabbitti maganfatee, akka inni isa tiksuuf gara isaatti deebi'e, Rabbiin waan inni sodaatu irraa isa eegee isa tiksas.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>Tokkoon keessan hinamanu hanga fedhiin isaa waan ani ittiin dhufe (islaamummaa) hordofutti</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Abuu Muhammad Abdullaah ibnu Amrii ibnul Aas irraa akka odeeffametti -Rabbi isaan lameen irraa haa jaallatu- ni jedhe: Ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Tokkoon keessan hinamanu hanga fedhiin isaa waan ani ittiin dhufe (islaamummaa) hordofutti».</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ilmi namaa hanga jaalallii fi fedhiin isaa, ajajoota, dhoorgaawwanii fi wantoota biroo, kanneen ergamaan ittiin dhufaniif hordofaa ta'utti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- mu'umina iimaanni isaa guutuu ta'e hin ta'u, waan itti ajajeme ni jaallata, waan irraa dhoorgame immoo ni jibba.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Hadiisni kun shari'aa islaamaa qeebalanii isa fudhachuu fi isan masakamuu keessatti foormulaadha.
+Waan ergamaan ittiin dhufan irra, murtoo sammuu yookaan murtoo aadaatiif dursa kennee, murtoo gochuu irraa ilma namaa akeekkachiisuutu keessa jira, namni sana hojjatu, dhugumatti iimaanni isa irraa mormamee jira.
+Waan hunda keessatti shari'aa Rabbiitiin murtoo godhachuun dirqama ta'uu isaa agarsiisa, jecha isaanii kan akkana jedheef jecha: «Waan ani ittin dhufe».
+Iimaanni Rabbiif ajajamuun ni dabala, diliidhaan ni hir'ata.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Wanti nama macheessu hundi haraama</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Abuu Burdaan, Abbaa isaa Abuu Muusaa Al-Ash'arii irraa odeessee -Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gara yamanitti isa erganii, dhugaatii achitti hojjatamu irraa, maali isiin? jedhanii isa gaafatani, innis, «Bit'ii fi Mizriidha» jedhe, achumaan Abuu Burdaadhaan, bit'iin maali? jedhameen, innis "Bulbula dammaati, Mizriin immoo: bulbula garbuuti" jedhe, Isaanis ni jedhani: «wanti macheessu hundi haraama». Bukhaariitu gabaase.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Abuu Muusaa Al-Ash'ariin -Rabbi isa irraa haa jaallatu- nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- gara yamanitti isa erganii jennaan, dhugaatii achitti hojjatamu, inni haraamaa? jedhee gaafatee jennaan, isaanis deebisanii isa irraa gosa isaa akka adda baafatan hima. Abuu Muusaanis -Rabbi isa irraa haa jaallatu- akkas jedhe: isiin bit'ii dha: bulbula dammaati, Mizriidha: bulbula garbuuti. Nabiyyiinis -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- jechoota wolitti qaboo ta'an, jechoota gabaaboon ergaa hedduu waan hedduu of keessatti qabatu dabarfachuu kennamani jiru waan ta'eef akkas jedhani: «Wanti macheesse hundi haraama».</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Nabiizni: bishaan tamriin yookaan dammi yookaan garbuu fi kanneen sana fakkaatan keessa buufamee; sana irraa dhandhama mi'aawaa argatudha, sana booda turuu irraa kan ka'een, farsoo nama macheessu ta'uus ni danda'a.
+Hadiisni kun gosa waan nama macheessuu hunda, kan akka farsoo, hashiishii fi kanneen biroo, haraama taasisuu keessatti foormulaadha
+Muslimaaf waan itti haajamu gaafachuun barbaachisummaa inni qabuudha.
+Farsoon jalqaba haraama kan taasifame, yeroo salaatamu ture, yeroo gariin muhaajirtootaa salaatanii, salaata isaanii keessatti Qur'aana qara'ani dogongoranii jennaan, jechii Rabbii ol ta'ee kun bu'e: {Yaa warra amantan! Haala machaa'oo taataniin hanga waan dubbattanu beektanitti, salaatatti hin dhihaatinaa} [Annisaa'i: 43], achumaan waamaan ergamaa -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- machaa'aan salaatatti akka hin dhihaanne jedhee waamaa ture, ammas eegasii Rabbiin guutummaa guutuutti jecha isaa akkas jedhuun haraama isa taasise: {Yaa warra amantan! akka milkooftaniif jecha dhugumatti farsoon, qumaarri, xaaghuunni, xiyyaan hixaa (carraa) ilaallachuun (raaggachuun) najasa dalagaa sheyxaanaa irraayii, isa irraa fagaadhaa. Wanti sheyxaanni fedhu dhugaatii macheessanii fi qumaaraan gidduu keessanitti diinummaa fi wal jibbaa buusuun Rabbiin yaadachuu fi salaata irraa isin dhorguudha, Sila isin hin dhorgamtanuu?} [Al-Maa'idaa: 90-91].
+Rabbiin ol ta'e miidhaa fi badii guddaa inni of keessatti qabatuuf jecha farsoo haraama taasise.
+Haraamummaa keessatti kan ilaalamu, amalli macheessuu jiraachuudha; bulbulli kamuu macheessaa yoo ta'e haraama ta'a, macheessaa yoo hin taane immoo eeyyamamaa ta'a.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu Amrii irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani:||«Waa afur namni isa keessatti argame munaafiqa tahe, isaan keessaa wanti tokko namni isa keessatti argame hanga isa dhiisutti gosti munaafiqummaa tokko isa keessatti ta'e: nama yeroo dubbatetti kijibu, yeroo beellametti diigu, yeroo falmetti daangaa dabruu fi yeroo waadaa (irbuu) seenetti ganu</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu Amrii irraa akka odeeffametti -Rabbi isaan irraa haa jaallatu- ni jedhe: ergamaan Rabbii -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Waa afur namni isa keessatti argame munaafiqa tahe, isaan keessaa wanti tokko namni isa keessatti argame hanga isa dhiisutti gosti munaafiqummaa tokko isa keessatti ta'e: nama yeroo dubbatetti kijibu, yeroo beellametti diigu, yeroo falmetti daangaa dabruu fi yeroo waadaa (irbuu) seenetti ganu».</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>Osoo isin irkannaa dhugaa, Rabbirratti irkattanii, silaa akka allaattii soorutti isin soora, garaa duwwaa (beelaan) bobbaatee garaa guuttattee (quuftee) galti</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Umar ibnu Al-Khaxxaab irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Osoo isin irkannaa dhugaa, Rabbirratti irkattanii, silaa akka allaattii soorutti isin soora, garaa duwwaa (beelaan) bobbaatee garaa guuttattee (quuftee) galti».</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Toltuun: haala gaariidha, badiin immoo: waan qoma kee keessa deddeebi'ee, namoonni isarratti si beekuu jibbiteedha</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Nawwaas ibnu Sam'aan irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- ni jedhani: «Toltuun: haala gaariidha, badiin immoo: waan qoma kee keessa deddeebi'ee, namoonni isarratti si beekuu jibbiteedha».</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Nabiyyiin -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- toltuu fi badii irraa himuun akkas jedhani: irra jabaan gosa toltuu, sodaa isaatiin Rabbii waliin haala toluudha, uumamtootaa waliin immo rakkina isaanii danda'uu, aarii xiqqeesuu, fuula diriirsuu, haasaa bareechuu, isaan fufuu, isaaniif ajajamuu, isaaniif garaa laafuu, toltuu hojjachuu, waliin jireenyaa fi hiryooma toluudha, toltuun waan lubbuu fi qalbiin irratti tasgabboofteedha. Badiin immoo; waan namatti wol fakkaatu keessaa, qomni keenya isaaf bal'achuun maletti, waan lubbuu keessa asiif achi sochoo'ee, keessa deddeebi'ee, isa irraa qalbii keessatti shakkiin argamee, badii ta'uu isaa sodaattee, fokkataa waan ta'eef, namoota akka keetiitii fi namoota guutamootti mul'isuu isaa hin feeneedha, sunis kan ta'e, lubbuun uumamuma isii irraa, namni toltuu isii arguu jaallatti, gariin hojii isii argamuu yoo jibbite, hojiin sun badiidha, toltuun isa keessa hin jiru; mallattoon wol sitti fakkaachuu hanga qalbii keessa jiraatetti, yoo namni fatwaa siif godhellee, fatwaa isaanii hin fudhatin, hanga wol fakkaannaan sun sirrii ta'ee, namni fatwaa godhu immoo beekumsaan maletti fatwaa godha ta'etti, fatwaan waan wol fakkaate tokko deemsisuu hin danda'u; garuu yoo fatwaan ragaa shari'aatiin kan ta'u ta'e immoo, dirqamni nama fatwaa gaafaate sana irra jiru, qomni isaa isaaf bal'achu dhabullee, fatwicha fudhachuudha.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>Arrabni kee Rabbiin zaakkaruu irraa jiidhaa ta'uu irraa hin deemin</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Abdullaah ibnu Busrii irraa akka odeeffametti -Rabbi isa irraa haa jaallatu- ni jedhe: namichi wohii gara Nabiyyiitti -Rabbiin rahmataa fi nageenya isaan irratti haa buusu- dhufuun akkas jedhe: yaa ergamaa Rabbii! shari'aawwan islaamaa nurratti heddummaatee jira, hulaa wolitti qabataa ta'e wohii kan nuti jabeessinee isa qabannu nuuf himi? isaanis akkas jedhani: «Arrabni kee Rabbiin zaakkaruu irraa jiidhaa ta'uu irraa hin deemin».</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/om/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -18512,51 +19366,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O496"/>
+  <dimension ref="A1:O523"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -25718,16120 +26572,17389 @@
       </c>
       <c r="I154" t="s">
         <v>1435</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1436</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4243</v>
+        <v>4216</v>
       </c>
       <c r="B155" t="s">
         <v>1437</v>
       </c>
       <c r="C155" t="s">
         <v>1438</v>
       </c>
       <c r="D155" t="s">
         <v>1439</v>
       </c>
       <c r="E155" t="s">
         <v>1440</v>
       </c>
       <c r="F155" t="s">
         <v>1441</v>
       </c>
       <c r="G155" t="s">
         <v>1442</v>
       </c>
       <c r="H155" t="s">
         <v>1443</v>
       </c>
       <c r="I155" t="s">
         <v>1444</v>
       </c>
       <c r="J155" t="s">
-        <v>24</v>
+        <v>1445</v>
       </c>
       <c r="K155" t="s">
-        <v>25</v>
+        <v>1446</v>
       </c>
       <c r="L155" t="s">
-        <v>26</v>
+        <v>1447</v>
       </c>
       <c r="M155" t="s">
-        <v>27</v>
+        <v>1448</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4292</v>
+        <v>4243</v>
       </c>
       <c r="B156" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="C156" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="D156" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="E156" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="F156" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="G156" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="H156" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="I156" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>1454</v>
+        <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>1455</v>
+        <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4295</v>
+        <v>4292</v>
       </c>
       <c r="B157" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="C157" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="D157" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="E157" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="F157" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="G157" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="H157" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="I157" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>25</v>
+        <v>1467</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>27</v>
+        <v>1468</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4303</v>
+        <v>4295</v>
       </c>
       <c r="B158" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="C158" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="D158" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="E158" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="F158" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="G158" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="H158" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="I158" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="J158" t="s">
-        <v>757</v>
+        <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>1185</v>
+        <v>25</v>
       </c>
       <c r="L158" t="s">
-        <v>759</v>
+        <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>1186</v>
+        <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4304</v>
+        <v>4303</v>
       </c>
       <c r="B159" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="C159" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="D159" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="E159" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
       <c r="F159" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="G159" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="H159" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="I159" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="J159" t="s">
-        <v>24</v>
+        <v>757</v>
       </c>
       <c r="K159" t="s">
-        <v>25</v>
+        <v>1185</v>
       </c>
       <c r="L159" t="s">
-        <v>26</v>
+        <v>759</v>
       </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>1186</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4308</v>
+        <v>4304</v>
       </c>
       <c r="B160" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="C160" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="D160" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="E160" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="F160" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="G160" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="H160" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="I160" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4309</v>
+        <v>4307</v>
       </c>
       <c r="B161" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="C161" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="D161" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="E161" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="F161" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="G161" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="H161" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="I161" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="J161" t="s">
-        <v>24</v>
+        <v>1445</v>
       </c>
       <c r="K161" t="s">
-        <v>170</v>
+        <v>1505</v>
       </c>
       <c r="L161" t="s">
-        <v>26</v>
+        <v>1447</v>
       </c>
       <c r="M161" t="s">
-        <v>171</v>
+        <v>1506</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1501</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4314</v>
+        <v>4308</v>
       </c>
       <c r="B162" t="s">
-        <v>1502</v>
+        <v>1508</v>
       </c>
       <c r="C162" t="s">
-        <v>1503</v>
+        <v>1509</v>
       </c>
       <c r="D162" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
       <c r="E162" t="s">
-        <v>1505</v>
+        <v>1511</v>
       </c>
       <c r="F162" t="s">
-        <v>1506</v>
+        <v>1512</v>
       </c>
       <c r="G162" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="H162" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
       <c r="I162" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1510</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4316</v>
+        <v>4309</v>
       </c>
       <c r="B163" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
       <c r="C163" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="D163" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="E163" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="F163" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="G163" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="H163" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="I163" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
         <v>170</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
         <v>171</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4318</v>
+        <v>4311</v>
       </c>
       <c r="B164" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
       <c r="C164" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="D164" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="E164" t="s">
-        <v>1523</v>
+        <v>1529</v>
       </c>
       <c r="F164" t="s">
-        <v>1524</v>
+        <v>1530</v>
       </c>
       <c r="G164" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
       <c r="H164" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
       <c r="I164" t="s">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1528</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4319</v>
+        <v>4314</v>
       </c>
       <c r="B165" t="s">
-        <v>1529</v>
+        <v>1535</v>
       </c>
       <c r="C165" t="s">
-        <v>1530</v>
+        <v>1536</v>
       </c>
       <c r="D165" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="E165" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="F165" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="G165" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="H165" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="I165" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4322</v>
+        <v>4316</v>
       </c>
       <c r="B166" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="C166" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="D166" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="E166" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="F166" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="G166" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="H166" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="I166" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4436</v>
+        <v>4318</v>
       </c>
       <c r="B167" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="C167" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
       <c r="D167" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="E167" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="F167" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="G167" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="H167" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
       <c r="I167" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4438</v>
+        <v>4319</v>
       </c>
       <c r="B168" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
       <c r="C168" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="D168" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="E168" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
       <c r="F168" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="G168" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="H168" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="I168" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4454</v>
+        <v>4322</v>
       </c>
       <c r="B169" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="C169" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="D169" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="E169" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
       <c r="F169" t="s">
-        <v>1569</v>
+        <v>1575</v>
       </c>
       <c r="G169" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="H169" t="s">
-        <v>1571</v>
+        <v>1577</v>
       </c>
       <c r="I169" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1573</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4457</v>
+        <v>4436</v>
       </c>
       <c r="B170" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
       <c r="C170" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="D170" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
       <c r="E170" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="F170" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
       <c r="G170" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="H170" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
       <c r="I170" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4495</v>
+        <v>4438</v>
       </c>
       <c r="B171" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="C171" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="D171" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="E171" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="F171" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="G171" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="H171" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="I171" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4498</v>
+        <v>4454</v>
       </c>
       <c r="B172" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="C172" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="D172" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="E172" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="F172" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="G172" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="H172" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
       <c r="I172" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>25</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>27</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4538</v>
+        <v>4457</v>
       </c>
       <c r="B173" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
       <c r="C173" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="D173" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
       <c r="E173" t="s">
-        <v>1604</v>
+        <v>1610</v>
       </c>
       <c r="F173" t="s">
-        <v>1605</v>
+        <v>1611</v>
       </c>
       <c r="G173" t="s">
-        <v>1606</v>
+        <v>1612</v>
       </c>
       <c r="H173" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="I173" t="s">
-        <v>1608</v>
+        <v>1614</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1609</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4549</v>
+        <v>4495</v>
       </c>
       <c r="B174" t="s">
-        <v>1610</v>
+        <v>1616</v>
       </c>
       <c r="C174" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="D174" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="E174" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="F174" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
       <c r="G174" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="H174" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="I174" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4555</v>
+        <v>4498</v>
       </c>
       <c r="B175" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="C175" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="D175" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="E175" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="F175" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="G175" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="H175" t="s">
-        <v>1625</v>
+        <v>1631</v>
       </c>
       <c r="I175" t="s">
-        <v>1626</v>
+        <v>1632</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4556</v>
+        <v>4538</v>
       </c>
       <c r="B176" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="C176" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="D176" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="E176" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="F176" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
       <c r="G176" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="H176" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="I176" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
         <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4558</v>
+        <v>4549</v>
       </c>
       <c r="B177" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="C177" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="D177" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="E177" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="F177" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="G177" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="H177" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="I177" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4559</v>
+        <v>4555</v>
       </c>
       <c r="B178" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="C178" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="D178" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="E178" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="F178" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="G178" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="H178" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="I178" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4560</v>
+        <v>4556</v>
       </c>
       <c r="B179" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="C179" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
       <c r="D179" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="E179" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="F179" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
       <c r="G179" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="H179" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
       <c r="I179" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
         <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4563</v>
+        <v>4558</v>
       </c>
       <c r="B180" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="C180" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="D180" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="E180" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="F180" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="G180" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="H180" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="I180" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
         <v>170</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>171</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4564</v>
+        <v>4559</v>
       </c>
       <c r="B181" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="C181" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="D181" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="E181" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="F181" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="G181" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
       <c r="H181" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="I181" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>1681</v>
+        <v>47</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>1682</v>
+        <v>48</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4566</v>
+        <v>4560</v>
       </c>
       <c r="B182" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="C182" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="D182" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="E182" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="F182" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="G182" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="H182" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="I182" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4568</v>
+        <v>4563</v>
       </c>
       <c r="B183" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="C183" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="D183" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="E183" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="F183" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="G183" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="H183" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="I183" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4704</v>
+        <v>4564</v>
       </c>
       <c r="B184" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="C184" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="D184" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="E184" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="F184" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="G184" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="H184" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="I184" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>47</v>
+        <v>1714</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>48</v>
+        <v>1715</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4709</v>
+        <v>4566</v>
       </c>
       <c r="B185" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="C185" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="D185" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="E185" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="F185" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="G185" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="H185" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="I185" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1719</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4711</v>
+        <v>4568</v>
       </c>
       <c r="B186" t="s">
-        <v>1720</v>
+        <v>1726</v>
       </c>
       <c r="C186" t="s">
-        <v>1721</v>
+        <v>1727</v>
       </c>
       <c r="D186" t="s">
-        <v>1722</v>
+        <v>1728</v>
       </c>
       <c r="E186" t="s">
-        <v>1723</v>
+        <v>1729</v>
       </c>
       <c r="F186" t="s">
-        <v>1724</v>
+        <v>1730</v>
       </c>
       <c r="G186" t="s">
-        <v>1725</v>
+        <v>1731</v>
       </c>
       <c r="H186" t="s">
-        <v>1726</v>
+        <v>1732</v>
       </c>
       <c r="I186" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
       <c r="J186" t="s">
-        <v>1728</v>
+        <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>1729</v>
+        <v>25</v>
       </c>
       <c r="L186" t="s">
-        <v>1730</v>
+        <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>1731</v>
+        <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4716</v>
+        <v>4704</v>
       </c>
       <c r="B187" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="C187" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="D187" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="E187" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="F187" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="G187" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="H187" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="I187" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>1185</v>
+        <v>47</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>1186</v>
+        <v>48</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4717</v>
+        <v>4709</v>
       </c>
       <c r="B188" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="C188" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="D188" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="E188" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="F188" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="G188" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="H188" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="I188" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4721</v>
+        <v>4711</v>
       </c>
       <c r="B189" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="C189" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="D189" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="E189" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="F189" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="G189" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="H189" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="I189" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="J189" t="s">
-        <v>24</v>
+        <v>1761</v>
       </c>
       <c r="K189" t="s">
-        <v>1185</v>
+        <v>1762</v>
       </c>
       <c r="L189" t="s">
-        <v>26</v>
+        <v>1763</v>
       </c>
       <c r="M189" t="s">
-        <v>1186</v>
+        <v>1764</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1759</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4722</v>
+        <v>4716</v>
       </c>
       <c r="B190" t="s">
-        <v>1760</v>
+        <v>1766</v>
       </c>
       <c r="C190" t="s">
-        <v>1761</v>
+        <v>1767</v>
       </c>
       <c r="D190" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
       <c r="E190" t="s">
-        <v>1763</v>
+        <v>1769</v>
       </c>
       <c r="F190" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="G190" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="H190" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="I190" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>1768</v>
+        <v>1185</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>1769</v>
+        <v>1186</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4792</v>
+        <v>4717</v>
       </c>
       <c r="B191" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
       <c r="C191" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
       <c r="D191" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="E191" t="s">
-        <v>1774</v>
+        <v>1778</v>
       </c>
       <c r="F191" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="G191" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="H191" t="s">
-        <v>1777</v>
+        <v>1781</v>
       </c>
       <c r="I191" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1779</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4801</v>
+        <v>4721</v>
       </c>
       <c r="B192" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
       <c r="C192" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
       <c r="D192" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="E192" t="s">
-        <v>1783</v>
+        <v>1787</v>
       </c>
       <c r="F192" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
       <c r="G192" t="s">
-        <v>1785</v>
+        <v>1789</v>
       </c>
       <c r="H192" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="I192" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>170</v>
+        <v>1185</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>171</v>
+        <v>1186</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4810</v>
+        <v>4722</v>
       </c>
       <c r="B193" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="C193" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
       <c r="D193" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
       <c r="E193" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
       <c r="F193" t="s">
-        <v>1793</v>
+        <v>1797</v>
       </c>
       <c r="G193" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="H193" t="s">
-        <v>1795</v>
+        <v>1799</v>
       </c>
       <c r="I193" t="s">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>170</v>
+        <v>1801</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>171</v>
+        <v>1802</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4811</v>
+        <v>4792</v>
       </c>
       <c r="B194" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="C194" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="D194" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="E194" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="F194" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="G194" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
       <c r="H194" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="I194" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>1352</v>
+        <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>1354</v>
+        <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4815</v>
+        <v>4801</v>
       </c>
       <c r="B195" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="C195" t="s">
-        <v>1808</v>
+        <v>1814</v>
       </c>
       <c r="D195" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="E195" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="F195" t="s">
-        <v>1811</v>
+        <v>1817</v>
       </c>
       <c r="G195" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
       <c r="H195" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="I195" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4817</v>
+        <v>4810</v>
       </c>
       <c r="B196" t="s">
-        <v>1816</v>
+        <v>1822</v>
       </c>
       <c r="C196" t="s">
-        <v>1817</v>
+        <v>1823</v>
       </c>
       <c r="D196" t="s">
-        <v>1818</v>
+        <v>1824</v>
       </c>
       <c r="E196" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="F196" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
       <c r="G196" t="s">
-        <v>1821</v>
+        <v>1827</v>
       </c>
       <c r="H196" t="s">
-        <v>1822</v>
+        <v>1828</v>
       </c>
       <c r="I196" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1824</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4850</v>
+        <v>4811</v>
       </c>
       <c r="B197" t="s">
-        <v>1825</v>
+        <v>1831</v>
       </c>
       <c r="C197" t="s">
-        <v>1826</v>
+        <v>1832</v>
       </c>
       <c r="D197" t="s">
-        <v>1827</v>
+        <v>1833</v>
       </c>
       <c r="E197" t="s">
-        <v>1828</v>
+        <v>1834</v>
       </c>
       <c r="F197" t="s">
-        <v>1829</v>
+        <v>1835</v>
       </c>
       <c r="G197" t="s">
-        <v>1830</v>
+        <v>1836</v>
       </c>
       <c r="H197" t="s">
-        <v>1831</v>
+        <v>1837</v>
       </c>
       <c r="I197" t="s">
-        <v>1832</v>
+        <v>1838</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>25</v>
+        <v>1352</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>27</v>
+        <v>1354</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1833</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4935</v>
+        <v>4815</v>
       </c>
       <c r="B198" t="s">
-        <v>1834</v>
+        <v>1840</v>
       </c>
       <c r="C198" t="s">
-        <v>1835</v>
+        <v>1841</v>
       </c>
       <c r="D198" t="s">
-        <v>1836</v>
+        <v>1842</v>
       </c>
       <c r="E198" t="s">
-        <v>1837</v>
+        <v>1843</v>
       </c>
       <c r="F198" t="s">
-        <v>1838</v>
+        <v>1844</v>
       </c>
       <c r="G198" t="s">
-        <v>1839</v>
+        <v>1845</v>
       </c>
       <c r="H198" t="s">
-        <v>1840</v>
+        <v>1846</v>
       </c>
       <c r="I198" t="s">
-        <v>1841</v>
+        <v>1847</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1842</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4939</v>
+        <v>4817</v>
       </c>
       <c r="B199" t="s">
-        <v>1843</v>
+        <v>1849</v>
       </c>
       <c r="C199" t="s">
-        <v>1844</v>
+        <v>1850</v>
       </c>
       <c r="D199" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="E199" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="F199" t="s">
-        <v>1847</v>
+        <v>1853</v>
       </c>
       <c r="G199" t="s">
-        <v>1848</v>
+        <v>1854</v>
       </c>
       <c r="H199" t="s">
-        <v>1849</v>
+        <v>1855</v>
       </c>
       <c r="I199" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1851</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4947</v>
+        <v>4850</v>
       </c>
       <c r="B200" t="s">
-        <v>1852</v>
+        <v>1858</v>
       </c>
       <c r="C200" t="s">
-        <v>1853</v>
+        <v>1859</v>
       </c>
       <c r="D200" t="s">
-        <v>1854</v>
+        <v>1860</v>
       </c>
       <c r="E200" t="s">
-        <v>1855</v>
+        <v>1861</v>
       </c>
       <c r="F200" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
       <c r="G200" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
       <c r="H200" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
       <c r="I200" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1860</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4950</v>
+        <v>4935</v>
       </c>
       <c r="B201" t="s">
-        <v>1861</v>
+        <v>1867</v>
       </c>
       <c r="C201" t="s">
-        <v>1862</v>
+        <v>1868</v>
       </c>
       <c r="D201" t="s">
-        <v>1863</v>
+        <v>1869</v>
       </c>
       <c r="E201" t="s">
-        <v>1864</v>
+        <v>1870</v>
       </c>
       <c r="F201" t="s">
-        <v>1865</v>
+        <v>1871</v>
       </c>
       <c r="G201" t="s">
-        <v>1866</v>
+        <v>1872</v>
       </c>
       <c r="H201" t="s">
-        <v>1867</v>
+        <v>1873</v>
       </c>
       <c r="I201" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>1352</v>
+        <v>170</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>1354</v>
+        <v>171</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1869</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4958</v>
+        <v>4939</v>
       </c>
       <c r="B202" t="s">
-        <v>1870</v>
+        <v>1876</v>
       </c>
       <c r="C202" t="s">
-        <v>1871</v>
+        <v>1877</v>
       </c>
       <c r="D202" t="s">
-        <v>1872</v>
+        <v>1878</v>
       </c>
       <c r="E202" t="s">
-        <v>1873</v>
+        <v>1879</v>
       </c>
       <c r="F202" t="s">
-        <v>1874</v>
+        <v>1880</v>
       </c>
       <c r="G202" t="s">
-        <v>1875</v>
+        <v>1881</v>
       </c>
       <c r="H202" t="s">
-        <v>1876</v>
+        <v>1882</v>
       </c>
       <c r="I202" t="s">
-        <v>1877</v>
+        <v>1883</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>170</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>171</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1878</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4965</v>
+        <v>4947</v>
       </c>
       <c r="B203" t="s">
-        <v>1879</v>
+        <v>1885</v>
       </c>
       <c r="C203" t="s">
-        <v>1880</v>
+        <v>1886</v>
       </c>
       <c r="D203" t="s">
-        <v>1881</v>
+        <v>1887</v>
       </c>
       <c r="E203" t="s">
-        <v>1882</v>
+        <v>1888</v>
       </c>
       <c r="F203" t="s">
-        <v>1883</v>
+        <v>1889</v>
       </c>
       <c r="G203" t="s">
-        <v>1884</v>
+        <v>1890</v>
       </c>
       <c r="H203" t="s">
-        <v>1885</v>
+        <v>1891</v>
       </c>
       <c r="I203" t="s">
-        <v>1886</v>
+        <v>1892</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1887</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4968</v>
+        <v>4950</v>
       </c>
       <c r="B204" t="s">
-        <v>1888</v>
+        <v>1894</v>
       </c>
       <c r="C204" t="s">
-        <v>1889</v>
+        <v>1895</v>
       </c>
       <c r="D204" t="s">
-        <v>1890</v>
+        <v>1896</v>
       </c>
       <c r="E204" t="s">
-        <v>1891</v>
+        <v>1897</v>
       </c>
       <c r="F204" t="s">
-        <v>1892</v>
+        <v>1898</v>
       </c>
       <c r="G204" t="s">
-        <v>1893</v>
+        <v>1899</v>
       </c>
       <c r="H204" t="s">
-        <v>1894</v>
+        <v>1900</v>
       </c>
       <c r="I204" t="s">
-        <v>1895</v>
+        <v>1901</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>25</v>
+        <v>1352</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>27</v>
+        <v>1354</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1896</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4969</v>
+        <v>4958</v>
       </c>
       <c r="B205" t="s">
-        <v>1897</v>
+        <v>1903</v>
       </c>
       <c r="C205" t="s">
-        <v>1898</v>
+        <v>1904</v>
       </c>
       <c r="D205" t="s">
-        <v>1899</v>
+        <v>1905</v>
       </c>
       <c r="E205" t="s">
-        <v>1900</v>
+        <v>1906</v>
       </c>
       <c r="F205" t="s">
-        <v>1901</v>
+        <v>1907</v>
       </c>
       <c r="G205" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
       <c r="H205" t="s">
-        <v>1903</v>
+        <v>1909</v>
       </c>
       <c r="I205" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5037</v>
+        <v>4965</v>
       </c>
       <c r="B206" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
       <c r="C206" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="D206" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="E206" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
       <c r="F206" t="s">
-        <v>1910</v>
+        <v>1916</v>
       </c>
       <c r="G206" t="s">
-        <v>1911</v>
+        <v>1917</v>
       </c>
       <c r="H206" t="s">
-        <v>1912</v>
+        <v>1918</v>
       </c>
       <c r="I206" t="s">
-        <v>1913</v>
+        <v>1919</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1914</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5272</v>
+        <v>4968</v>
       </c>
       <c r="B207" t="s">
-        <v>1915</v>
+        <v>1921</v>
       </c>
       <c r="C207" t="s">
-        <v>1916</v>
+        <v>1922</v>
       </c>
       <c r="D207" t="s">
-        <v>1917</v>
+        <v>1923</v>
       </c>
       <c r="E207" t="s">
-        <v>1918</v>
+        <v>1924</v>
       </c>
       <c r="F207" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
       <c r="G207" t="s">
-        <v>1920</v>
+        <v>1926</v>
       </c>
       <c r="H207" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="I207" t="s">
-        <v>1922</v>
+        <v>1928</v>
       </c>
       <c r="J207" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>746</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>747</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1923</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5273</v>
+        <v>4969</v>
       </c>
       <c r="B208" t="s">
-        <v>1924</v>
+        <v>1930</v>
       </c>
       <c r="C208" t="s">
-        <v>1925</v>
+        <v>1931</v>
       </c>
       <c r="D208" t="s">
-        <v>1926</v>
+        <v>1932</v>
       </c>
       <c r="E208" t="s">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="F208" t="s">
-        <v>1928</v>
+        <v>1934</v>
       </c>
       <c r="G208" t="s">
-        <v>1929</v>
+        <v>1935</v>
       </c>
       <c r="H208" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
       <c r="I208" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>1932</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>1933</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5326</v>
+        <v>5037</v>
       </c>
       <c r="B209" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="C209" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="D209" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="E209" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="F209" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="G209" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="H209" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="I209" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>170</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>171</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5330</v>
+        <v>5272</v>
       </c>
       <c r="B210" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="C210" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="D210" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="E210" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="F210" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="G210" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="H210" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="I210" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="J210" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K210" t="s">
-        <v>170</v>
+        <v>746</v>
       </c>
       <c r="L210" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M210" t="s">
-        <v>171</v>
+        <v>747</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5331</v>
+        <v>5273</v>
       </c>
       <c r="B211" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
       <c r="C211" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="D211" t="s">
-        <v>1955</v>
+        <v>1959</v>
       </c>
       <c r="E211" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
       <c r="F211" t="s">
-        <v>1957</v>
+        <v>1961</v>
       </c>
       <c r="G211" t="s">
-        <v>1958</v>
+        <v>1962</v>
       </c>
       <c r="H211" t="s">
-        <v>1959</v>
+        <v>1963</v>
       </c>
       <c r="I211" t="s">
-        <v>1960</v>
+        <v>1964</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>47</v>
+        <v>1965</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>48</v>
+        <v>1966</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1961</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5332</v>
+        <v>5326</v>
       </c>
       <c r="B212" t="s">
-        <v>1962</v>
+        <v>1968</v>
       </c>
       <c r="C212" t="s">
-        <v>1963</v>
+        <v>1969</v>
       </c>
       <c r="D212" t="s">
-        <v>1964</v>
+        <v>1970</v>
       </c>
       <c r="E212" t="s">
-        <v>1965</v>
+        <v>1971</v>
       </c>
       <c r="F212" t="s">
-        <v>1966</v>
+        <v>1972</v>
       </c>
       <c r="G212" t="s">
-        <v>1967</v>
+        <v>1973</v>
       </c>
       <c r="H212" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
       <c r="I212" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5333</v>
+        <v>5330</v>
       </c>
       <c r="B213" t="s">
-        <v>1971</v>
+        <v>1977</v>
       </c>
       <c r="C213" t="s">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="D213" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="E213" t="s">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="F213" t="s">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="G213" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="H213" t="s">
-        <v>1977</v>
+        <v>1983</v>
       </c>
       <c r="I213" t="s">
-        <v>1978</v>
+        <v>1984</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1979</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5335</v>
+        <v>5331</v>
       </c>
       <c r="B214" t="s">
-        <v>1980</v>
+        <v>1986</v>
       </c>
       <c r="C214" t="s">
-        <v>1981</v>
+        <v>1987</v>
       </c>
       <c r="D214" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="E214" t="s">
-        <v>1983</v>
+        <v>1989</v>
       </c>
       <c r="F214" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="G214" t="s">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="H214" t="s">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="I214" t="s">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1988</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5346</v>
+        <v>5332</v>
       </c>
       <c r="B215" t="s">
-        <v>1989</v>
+        <v>1995</v>
       </c>
       <c r="C215" t="s">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="D215" t="s">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="E215" t="s">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="F215" t="s">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="G215" t="s">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="H215" t="s">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="I215" t="s">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1997</v>
+        <v>25</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>1998</v>
+        <v>27</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5347</v>
+        <v>5333</v>
       </c>
       <c r="B216" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="C216" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="D216" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E216" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="F216" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="G216" t="s">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="H216" t="s">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="I216" t="s">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2008</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5348</v>
+        <v>5335</v>
       </c>
       <c r="B217" t="s">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="C217" t="s">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="D217" t="s">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E217" t="s">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="F217" t="s">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="G217" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="H217" t="s">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="I217" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5351</v>
+        <v>5346</v>
       </c>
       <c r="B218" t="s">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="C218" t="s">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="D218" t="s">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="E218" t="s">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="F218" t="s">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="G218" t="s">
-        <v>2023</v>
+        <v>2027</v>
       </c>
       <c r="H218" t="s">
-        <v>2024</v>
+        <v>2028</v>
       </c>
       <c r="I218" t="s">
-        <v>2025</v>
+        <v>2029</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>25</v>
+        <v>2030</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>27</v>
+        <v>2031</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2026</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5353</v>
+        <v>5347</v>
       </c>
       <c r="B219" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
       <c r="C219" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
       <c r="D219" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="E219" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
       <c r="F219" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
       <c r="G219" t="s">
-        <v>2032</v>
+        <v>2038</v>
       </c>
       <c r="H219" t="s">
-        <v>2033</v>
+        <v>2039</v>
       </c>
       <c r="I219" t="s">
-        <v>2034</v>
+        <v>2040</v>
       </c>
       <c r="J219" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>887</v>
+        <v>170</v>
       </c>
       <c r="L219" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>888</v>
+        <v>171</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2035</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5354</v>
+        <v>5348</v>
       </c>
       <c r="B220" t="s">
-        <v>2036</v>
+        <v>2042</v>
       </c>
       <c r="C220" t="s">
-        <v>2037</v>
+        <v>2043</v>
       </c>
       <c r="D220" t="s">
-        <v>2038</v>
+        <v>2044</v>
       </c>
       <c r="E220" t="s">
-        <v>2039</v>
+        <v>2045</v>
       </c>
       <c r="F220" t="s">
-        <v>2040</v>
+        <v>2046</v>
       </c>
       <c r="G220" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
       <c r="H220" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="I220" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>170</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>171</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5359</v>
+        <v>5351</v>
       </c>
       <c r="B221" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
       <c r="C221" t="s">
-        <v>2046</v>
+        <v>2052</v>
       </c>
       <c r="D221" t="s">
-        <v>2047</v>
+        <v>2053</v>
       </c>
       <c r="E221" t="s">
-        <v>2048</v>
+        <v>2054</v>
       </c>
       <c r="F221" t="s">
-        <v>2049</v>
+        <v>2055</v>
       </c>
       <c r="G221" t="s">
-        <v>2050</v>
+        <v>2056</v>
       </c>
       <c r="H221" t="s">
-        <v>2051</v>
+        <v>2057</v>
       </c>
       <c r="I221" t="s">
-        <v>2052</v>
+        <v>2058</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2053</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5364</v>
+        <v>5353</v>
       </c>
       <c r="B222" t="s">
-        <v>2054</v>
+        <v>2060</v>
       </c>
       <c r="C222" t="s">
-        <v>2055</v>
+        <v>2061</v>
       </c>
       <c r="D222" t="s">
-        <v>2056</v>
+        <v>2062</v>
       </c>
       <c r="E222" t="s">
-        <v>2057</v>
+        <v>2063</v>
       </c>
       <c r="F222" t="s">
-        <v>2058</v>
+        <v>2064</v>
       </c>
       <c r="G222" t="s">
-        <v>2059</v>
+        <v>2065</v>
       </c>
       <c r="H222" t="s">
-        <v>2060</v>
+        <v>2066</v>
       </c>
       <c r="I222" t="s">
-        <v>2061</v>
+        <v>2067</v>
       </c>
       <c r="J222" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K222" t="s">
-        <v>47</v>
+        <v>887</v>
       </c>
       <c r="L222" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M222" t="s">
-        <v>48</v>
+        <v>888</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2062</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5365</v>
+        <v>5354</v>
       </c>
       <c r="B223" t="s">
-        <v>2063</v>
+        <v>2069</v>
       </c>
       <c r="C223" t="s">
-        <v>2064</v>
+        <v>2070</v>
       </c>
       <c r="D223" t="s">
-        <v>2065</v>
+        <v>2071</v>
       </c>
       <c r="E223" t="s">
-        <v>2066</v>
+        <v>2072</v>
       </c>
       <c r="F223" t="s">
-        <v>2067</v>
+        <v>2073</v>
       </c>
       <c r="G223" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="H223" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="I223" t="s">
-        <v>2070</v>
+        <v>2076</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2071</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5367</v>
+        <v>5359</v>
       </c>
       <c r="B224" t="s">
-        <v>2072</v>
+        <v>2078</v>
       </c>
       <c r="C224" t="s">
-        <v>2073</v>
+        <v>2079</v>
       </c>
       <c r="D224" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
       <c r="E224" t="s">
-        <v>2075</v>
+        <v>2081</v>
       </c>
       <c r="F224" t="s">
-        <v>2076</v>
+        <v>2082</v>
       </c>
       <c r="G224" t="s">
-        <v>2077</v>
+        <v>2083</v>
       </c>
       <c r="H224" t="s">
-        <v>2078</v>
+        <v>2084</v>
       </c>
       <c r="I224" t="s">
-        <v>2079</v>
+        <v>2085</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
         <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
         <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2080</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5368</v>
+        <v>5364</v>
       </c>
       <c r="B225" t="s">
-        <v>2081</v>
+        <v>2087</v>
       </c>
       <c r="C225" t="s">
-        <v>2082</v>
+        <v>2088</v>
       </c>
       <c r="D225" t="s">
-        <v>2083</v>
+        <v>2089</v>
       </c>
       <c r="E225" t="s">
-        <v>2084</v>
+        <v>2090</v>
       </c>
       <c r="F225" t="s">
-        <v>2085</v>
+        <v>2091</v>
       </c>
       <c r="G225" t="s">
-        <v>2086</v>
+        <v>2092</v>
       </c>
       <c r="H225" t="s">
-        <v>2087</v>
+        <v>2093</v>
       </c>
       <c r="I225" t="s">
-        <v>2088</v>
+        <v>2094</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2089</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5371</v>
+        <v>5365</v>
       </c>
       <c r="B226" t="s">
-        <v>2090</v>
+        <v>2096</v>
       </c>
       <c r="C226" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="D226" t="s">
-        <v>2092</v>
+        <v>2098</v>
       </c>
       <c r="E226" t="s">
-        <v>2093</v>
+        <v>2099</v>
       </c>
       <c r="F226" t="s">
-        <v>2094</v>
+        <v>2100</v>
       </c>
       <c r="G226" t="s">
-        <v>2095</v>
+        <v>2101</v>
       </c>
       <c r="H226" t="s">
-        <v>2096</v>
+        <v>2102</v>
       </c>
       <c r="I226" t="s">
-        <v>2097</v>
+        <v>2103</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>2098</v>
+        <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>2099</v>
+        <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5372</v>
+        <v>5367</v>
       </c>
       <c r="B227" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
       <c r="C227" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
       <c r="D227" t="s">
-        <v>2103</v>
+        <v>2107</v>
       </c>
       <c r="E227" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="F227" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="G227" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="H227" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="I227" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5375</v>
+        <v>5368</v>
       </c>
       <c r="B228" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="C228" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="D228" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="E228" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="F228" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="G228" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="H228" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="I228" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="J228" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L228" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5377</v>
+        <v>5371</v>
       </c>
       <c r="B229" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C229" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="D229" t="s">
-        <v>2121</v>
+        <v>2125</v>
       </c>
       <c r="E229" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="F229" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="G229" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="H229" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="I229" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>25</v>
+        <v>2131</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>27</v>
+        <v>2132</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2127</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5378</v>
+        <v>5372</v>
       </c>
       <c r="B230" t="s">
-        <v>2128</v>
+        <v>2134</v>
       </c>
       <c r="C230" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="D230" t="s">
-        <v>2130</v>
+        <v>2136</v>
       </c>
       <c r="E230" t="s">
-        <v>2131</v>
+        <v>2137</v>
       </c>
       <c r="F230" t="s">
-        <v>2132</v>
+        <v>2138</v>
       </c>
       <c r="G230" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="H230" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="I230" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2136</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5380</v>
+        <v>5375</v>
       </c>
       <c r="B231" t="s">
-        <v>2137</v>
+        <v>2143</v>
       </c>
       <c r="C231" t="s">
-        <v>2138</v>
+        <v>2144</v>
       </c>
       <c r="D231" t="s">
-        <v>2139</v>
+        <v>2145</v>
       </c>
       <c r="E231" t="s">
-        <v>2140</v>
+        <v>2146</v>
       </c>
       <c r="F231" t="s">
-        <v>2141</v>
+        <v>2147</v>
       </c>
       <c r="G231" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="H231" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
       <c r="I231" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="J231" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K231" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L231" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M231" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5382</v>
+        <v>5377</v>
       </c>
       <c r="B232" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
       <c r="C232" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="D232" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
       <c r="E232" t="s">
-        <v>2149</v>
+        <v>2155</v>
       </c>
       <c r="F232" t="s">
-        <v>2150</v>
+        <v>2156</v>
       </c>
       <c r="G232" t="s">
-        <v>2151</v>
+        <v>2157</v>
       </c>
       <c r="H232" t="s">
-        <v>2152</v>
+        <v>2158</v>
       </c>
       <c r="I232" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2154</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5393</v>
+        <v>5378</v>
       </c>
       <c r="B233" t="s">
-        <v>2155</v>
+        <v>2161</v>
       </c>
       <c r="C233" t="s">
-        <v>2156</v>
+        <v>2162</v>
       </c>
       <c r="D233" t="s">
-        <v>2157</v>
+        <v>2163</v>
       </c>
       <c r="E233" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="F233" t="s">
-        <v>2159</v>
+        <v>2165</v>
       </c>
       <c r="G233" t="s">
-        <v>2160</v>
+        <v>2166</v>
       </c>
       <c r="H233" t="s">
-        <v>2161</v>
+        <v>2167</v>
       </c>
       <c r="I233" t="s">
-        <v>2162</v>
+        <v>2168</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2163</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5394</v>
+        <v>5380</v>
       </c>
       <c r="B234" t="s">
-        <v>2164</v>
+        <v>2170</v>
       </c>
       <c r="C234" t="s">
-        <v>2165</v>
+        <v>2171</v>
       </c>
       <c r="D234" t="s">
-        <v>2166</v>
+        <v>2172</v>
       </c>
       <c r="E234" t="s">
-        <v>2167</v>
+        <v>2173</v>
       </c>
       <c r="F234" t="s">
-        <v>2168</v>
+        <v>2174</v>
       </c>
       <c r="G234" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="H234" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
       <c r="I234" t="s">
-        <v>2171</v>
+        <v>2177</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5403</v>
+        <v>5382</v>
       </c>
       <c r="B235" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C235" t="s">
-        <v>2174</v>
+        <v>2180</v>
       </c>
       <c r="D235" t="s">
-        <v>2175</v>
+        <v>2181</v>
       </c>
       <c r="E235" t="s">
-        <v>2176</v>
+        <v>2182</v>
       </c>
       <c r="F235" t="s">
-        <v>2177</v>
+        <v>2183</v>
       </c>
       <c r="G235" t="s">
-        <v>2178</v>
+        <v>2184</v>
       </c>
       <c r="H235" t="s">
-        <v>2179</v>
+        <v>2185</v>
       </c>
       <c r="I235" t="s">
-        <v>2180</v>
+        <v>2186</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>2181</v>
+        <v>170</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>2182</v>
+        <v>171</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2183</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5431</v>
+        <v>5393</v>
       </c>
       <c r="B236" t="s">
-        <v>2184</v>
+        <v>2188</v>
       </c>
       <c r="C236" t="s">
-        <v>2185</v>
+        <v>2189</v>
       </c>
       <c r="D236" t="s">
-        <v>2186</v>
+        <v>2190</v>
       </c>
       <c r="E236" t="s">
-        <v>2187</v>
+        <v>2191</v>
       </c>
       <c r="F236" t="s">
-        <v>2188</v>
+        <v>2192</v>
       </c>
       <c r="G236" t="s">
-        <v>2189</v>
+        <v>2193</v>
       </c>
       <c r="H236" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="I236" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="J236" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L236" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5433</v>
+        <v>5394</v>
       </c>
       <c r="B237" t="s">
-        <v>2193</v>
+        <v>2197</v>
       </c>
       <c r="C237" t="s">
-        <v>2194</v>
+        <v>2198</v>
       </c>
       <c r="D237" t="s">
-        <v>2195</v>
+        <v>2199</v>
       </c>
       <c r="E237" t="s">
-        <v>2196</v>
+        <v>2200</v>
       </c>
       <c r="F237" t="s">
-        <v>2197</v>
+        <v>2201</v>
       </c>
       <c r="G237" t="s">
-        <v>2198</v>
+        <v>2202</v>
       </c>
       <c r="H237" t="s">
-        <v>2199</v>
+        <v>2203</v>
       </c>
       <c r="I237" t="s">
-        <v>2200</v>
+        <v>2204</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2201</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5435</v>
+        <v>5403</v>
       </c>
       <c r="B238" t="s">
-        <v>2202</v>
+        <v>2206</v>
       </c>
       <c r="C238" t="s">
-        <v>2203</v>
+        <v>2207</v>
       </c>
       <c r="D238" t="s">
-        <v>2204</v>
+        <v>2208</v>
       </c>
       <c r="E238" t="s">
-        <v>2205</v>
+        <v>2209</v>
       </c>
       <c r="F238" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
       <c r="G238" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="H238" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="I238" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>170</v>
+        <v>2214</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>171</v>
+        <v>2215</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5436</v>
+        <v>5431</v>
       </c>
       <c r="B239" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
       <c r="C239" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="D239" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="E239" t="s">
-        <v>2214</v>
+        <v>2220</v>
       </c>
       <c r="F239" t="s">
-        <v>2215</v>
+        <v>2221</v>
       </c>
       <c r="G239" t="s">
-        <v>2216</v>
+        <v>2222</v>
       </c>
       <c r="H239" t="s">
-        <v>2217</v>
+        <v>2223</v>
       </c>
       <c r="I239" t="s">
-        <v>2218</v>
+        <v>2224</v>
       </c>
       <c r="J239" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K239" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L239" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M239" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2219</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5437</v>
+        <v>5433</v>
       </c>
       <c r="B240" t="s">
-        <v>2220</v>
+        <v>2226</v>
       </c>
       <c r="C240" t="s">
-        <v>2221</v>
+        <v>2227</v>
       </c>
       <c r="D240" t="s">
-        <v>2222</v>
+        <v>2228</v>
       </c>
       <c r="E240" t="s">
-        <v>2223</v>
+        <v>2229</v>
       </c>
       <c r="F240" t="s">
-        <v>2224</v>
+        <v>2230</v>
       </c>
       <c r="G240" t="s">
-        <v>2225</v>
+        <v>2231</v>
       </c>
       <c r="H240" t="s">
-        <v>2226</v>
+        <v>2232</v>
       </c>
       <c r="I240" t="s">
-        <v>2227</v>
+        <v>2233</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2228</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5439</v>
+        <v>5435</v>
       </c>
       <c r="B241" t="s">
-        <v>2229</v>
+        <v>2235</v>
       </c>
       <c r="C241" t="s">
-        <v>2230</v>
+        <v>2236</v>
       </c>
       <c r="D241" t="s">
-        <v>2231</v>
+        <v>2237</v>
       </c>
       <c r="E241" t="s">
-        <v>2232</v>
+        <v>2238</v>
       </c>
       <c r="F241" t="s">
-        <v>2233</v>
+        <v>2239</v>
       </c>
       <c r="G241" t="s">
-        <v>2234</v>
+        <v>2240</v>
       </c>
       <c r="H241" t="s">
-        <v>2235</v>
+        <v>2241</v>
       </c>
       <c r="I241" t="s">
-        <v>2236</v>
+        <v>2242</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2237</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5456</v>
+        <v>5436</v>
       </c>
       <c r="B242" t="s">
-        <v>2238</v>
+        <v>2244</v>
       </c>
       <c r="C242" t="s">
-        <v>2239</v>
+        <v>2245</v>
       </c>
       <c r="D242" t="s">
-        <v>2240</v>
+        <v>2246</v>
       </c>
       <c r="E242" t="s">
-        <v>2241</v>
+        <v>2247</v>
       </c>
       <c r="F242" t="s">
-        <v>2242</v>
+        <v>2248</v>
       </c>
       <c r="G242" t="s">
-        <v>2243</v>
+        <v>2249</v>
       </c>
       <c r="H242" t="s">
-        <v>2244</v>
+        <v>2250</v>
       </c>
       <c r="I242" t="s">
-        <v>2245</v>
+        <v>2251</v>
       </c>
       <c r="J242" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>1352</v>
+        <v>25</v>
       </c>
       <c r="L242" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>1354</v>
+        <v>27</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5474</v>
+        <v>5437</v>
       </c>
       <c r="B243" t="s">
-        <v>2247</v>
+        <v>2253</v>
       </c>
       <c r="C243" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
       <c r="D243" t="s">
-        <v>2249</v>
+        <v>2255</v>
       </c>
       <c r="E243" t="s">
-        <v>2250</v>
+        <v>2256</v>
       </c>
       <c r="F243" t="s">
-        <v>2251</v>
+        <v>2257</v>
       </c>
       <c r="G243" t="s">
-        <v>2252</v>
+        <v>2258</v>
       </c>
       <c r="H243" t="s">
-        <v>2253</v>
+        <v>2259</v>
       </c>
       <c r="I243" t="s">
-        <v>2254</v>
+        <v>2260</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
         <v>25</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
         <v>27</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2255</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5475</v>
+        <v>5439</v>
       </c>
       <c r="B244" t="s">
-        <v>2256</v>
+        <v>2262</v>
       </c>
       <c r="C244" t="s">
-        <v>2257</v>
+        <v>2263</v>
       </c>
       <c r="D244" t="s">
-        <v>2258</v>
+        <v>2264</v>
       </c>
       <c r="E244" t="s">
-        <v>2259</v>
+        <v>2265</v>
       </c>
       <c r="F244" t="s">
-        <v>2260</v>
+        <v>2266</v>
       </c>
       <c r="G244" t="s">
-        <v>2261</v>
+        <v>2267</v>
       </c>
       <c r="H244" t="s">
-        <v>2262</v>
+        <v>2268</v>
       </c>
       <c r="I244" t="s">
-        <v>2263</v>
+        <v>2269</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2264</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5476</v>
+        <v>5456</v>
       </c>
       <c r="B245" t="s">
-        <v>2265</v>
+        <v>2271</v>
       </c>
       <c r="C245" t="s">
-        <v>2266</v>
+        <v>2272</v>
       </c>
       <c r="D245" t="s">
-        <v>2267</v>
+        <v>2273</v>
       </c>
       <c r="E245" t="s">
-        <v>2268</v>
+        <v>2274</v>
       </c>
       <c r="F245" t="s">
-        <v>2269</v>
+        <v>2275</v>
       </c>
       <c r="G245" t="s">
-        <v>2270</v>
+        <v>2276</v>
       </c>
       <c r="H245" t="s">
-        <v>2271</v>
+        <v>2277</v>
       </c>
       <c r="I245" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
       <c r="J245" t="s">
-        <v>2273</v>
+        <v>450</v>
       </c>
       <c r="K245" t="s">
-        <v>1185</v>
+        <v>1352</v>
       </c>
       <c r="L245" t="s">
-        <v>2274</v>
+        <v>452</v>
       </c>
       <c r="M245" t="s">
-        <v>1186</v>
+        <v>1354</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2275</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5478</v>
+        <v>5474</v>
       </c>
       <c r="B246" t="s">
-        <v>2276</v>
+        <v>2280</v>
       </c>
       <c r="C246" t="s">
-        <v>2277</v>
+        <v>2281</v>
       </c>
       <c r="D246" t="s">
-        <v>2278</v>
+        <v>2282</v>
       </c>
       <c r="E246" t="s">
-        <v>2279</v>
+        <v>2283</v>
       </c>
       <c r="F246" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
       <c r="G246" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="H246" t="s">
-        <v>2282</v>
+        <v>2286</v>
       </c>
       <c r="I246" t="s">
-        <v>2283</v>
+        <v>2287</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2284</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5479</v>
+        <v>5475</v>
       </c>
       <c r="B247" t="s">
-        <v>2285</v>
+        <v>2289</v>
       </c>
       <c r="C247" t="s">
-        <v>2286</v>
+        <v>2290</v>
       </c>
       <c r="D247" t="s">
-        <v>2287</v>
+        <v>2291</v>
       </c>
       <c r="E247" t="s">
-        <v>2288</v>
+        <v>2292</v>
       </c>
       <c r="F247" t="s">
-        <v>2289</v>
+        <v>2293</v>
       </c>
       <c r="G247" t="s">
-        <v>2290</v>
+        <v>2294</v>
       </c>
       <c r="H247" t="s">
-        <v>2291</v>
+        <v>2295</v>
       </c>
       <c r="I247" t="s">
-        <v>2292</v>
+        <v>2296</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>580</v>
+        <v>170</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>581</v>
+        <v>171</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2293</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5482</v>
+        <v>5476</v>
       </c>
       <c r="B248" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
       <c r="C248" t="s">
-        <v>2295</v>
+        <v>2299</v>
       </c>
       <c r="D248" t="s">
-        <v>2296</v>
+        <v>2300</v>
       </c>
       <c r="E248" t="s">
-        <v>2297</v>
+        <v>2301</v>
       </c>
       <c r="F248" t="s">
-        <v>2298</v>
+        <v>2302</v>
       </c>
       <c r="G248" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
       <c r="H248" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="I248" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="J248" t="s">
-        <v>24</v>
+        <v>2306</v>
       </c>
       <c r="K248" t="s">
-        <v>170</v>
+        <v>1185</v>
       </c>
       <c r="L248" t="s">
-        <v>26</v>
+        <v>2307</v>
       </c>
       <c r="M248" t="s">
-        <v>171</v>
+        <v>1186</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2302</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5483</v>
+        <v>5478</v>
       </c>
       <c r="B249" t="s">
-        <v>2303</v>
+        <v>2309</v>
       </c>
       <c r="C249" t="s">
-        <v>2304</v>
+        <v>2310</v>
       </c>
       <c r="D249" t="s">
-        <v>2305</v>
+        <v>2311</v>
       </c>
       <c r="E249" t="s">
-        <v>2306</v>
+        <v>2312</v>
       </c>
       <c r="F249" t="s">
-        <v>2307</v>
+        <v>2313</v>
       </c>
       <c r="G249" t="s">
-        <v>2308</v>
+        <v>2314</v>
       </c>
       <c r="H249" t="s">
-        <v>2309</v>
+        <v>2315</v>
       </c>
       <c r="I249" t="s">
-        <v>2310</v>
+        <v>2316</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
         <v>25</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
         <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2311</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5485</v>
+        <v>5479</v>
       </c>
       <c r="B250" t="s">
-        <v>2312</v>
+        <v>2318</v>
       </c>
       <c r="C250" t="s">
-        <v>2313</v>
+        <v>2319</v>
       </c>
       <c r="D250" t="s">
-        <v>2314</v>
+        <v>2320</v>
       </c>
       <c r="E250" t="s">
-        <v>2315</v>
+        <v>2321</v>
       </c>
       <c r="F250" t="s">
-        <v>2316</v>
+        <v>2322</v>
       </c>
       <c r="G250" t="s">
-        <v>2317</v>
+        <v>2323</v>
       </c>
       <c r="H250" t="s">
-        <v>2318</v>
+        <v>2324</v>
       </c>
       <c r="I250" t="s">
-        <v>2319</v>
+        <v>2325</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>2320</v>
+        <v>580</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>2321</v>
+        <v>581</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2322</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5487</v>
+        <v>5482</v>
       </c>
       <c r="B251" t="s">
-        <v>2323</v>
+        <v>2327</v>
       </c>
       <c r="C251" t="s">
-        <v>2324</v>
+        <v>2328</v>
       </c>
       <c r="D251" t="s">
-        <v>2325</v>
+        <v>2329</v>
       </c>
       <c r="E251" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="F251" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="G251" t="s">
-        <v>2328</v>
+        <v>2332</v>
       </c>
       <c r="H251" t="s">
-        <v>2329</v>
+        <v>2333</v>
       </c>
       <c r="I251" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>2331</v>
+        <v>170</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>2332</v>
+        <v>171</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5488</v>
+        <v>5483</v>
       </c>
       <c r="B252" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="C252" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="D252" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="E252" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="F252" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="G252" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="H252" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="I252" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5489</v>
+        <v>5485</v>
       </c>
       <c r="B253" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="C253" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="D253" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="E253" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="F253" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="G253" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="H253" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="I253" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>1205</v>
+        <v>2353</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>1206</v>
+        <v>2354</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2351</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5490</v>
+        <v>5487</v>
       </c>
       <c r="B254" t="s">
-        <v>2352</v>
+        <v>2356</v>
       </c>
       <c r="C254" t="s">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="D254" t="s">
-        <v>2354</v>
+        <v>2358</v>
       </c>
       <c r="E254" t="s">
-        <v>2355</v>
+        <v>2359</v>
       </c>
       <c r="F254" t="s">
-        <v>2356</v>
+        <v>2360</v>
       </c>
       <c r="G254" t="s">
-        <v>2357</v>
+        <v>2361</v>
       </c>
       <c r="H254" t="s">
-        <v>2358</v>
+        <v>2362</v>
       </c>
       <c r="I254" t="s">
-        <v>2359</v>
+        <v>2363</v>
       </c>
       <c r="J254" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>2360</v>
+        <v>2364</v>
       </c>
       <c r="L254" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2362</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5493</v>
+        <v>5488</v>
       </c>
       <c r="B255" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
       <c r="C255" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="D255" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="E255" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="F255" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="G255" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
       <c r="H255" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
       <c r="I255" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
         <v>170</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>171</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2371</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5496</v>
+        <v>5489</v>
       </c>
       <c r="B256" t="s">
-        <v>2372</v>
+        <v>2376</v>
       </c>
       <c r="C256" t="s">
-        <v>2373</v>
+        <v>2377</v>
       </c>
       <c r="D256" t="s">
-        <v>2374</v>
+        <v>2378</v>
       </c>
       <c r="E256" t="s">
-        <v>2375</v>
+        <v>2379</v>
       </c>
       <c r="F256" t="s">
-        <v>2376</v>
+        <v>2380</v>
       </c>
       <c r="G256" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
       <c r="H256" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
       <c r="I256" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>274</v>
+        <v>1205</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>276</v>
+        <v>1206</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5502</v>
+        <v>5490</v>
       </c>
       <c r="B257" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
       <c r="C257" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="D257" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="E257" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
       <c r="F257" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="G257" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="H257" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
       <c r="I257" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="J257" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K257" t="s">
-        <v>25</v>
+        <v>2393</v>
       </c>
       <c r="L257" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M257" t="s">
-        <v>27</v>
+        <v>2394</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2389</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5503</v>
+        <v>5493</v>
       </c>
       <c r="B258" t="s">
-        <v>2390</v>
+        <v>2396</v>
       </c>
       <c r="C258" t="s">
-        <v>2391</v>
+        <v>2397</v>
       </c>
       <c r="D258" t="s">
-        <v>2392</v>
+        <v>2398</v>
       </c>
       <c r="E258" t="s">
-        <v>2393</v>
+        <v>2399</v>
       </c>
       <c r="F258" t="s">
-        <v>2394</v>
+        <v>2400</v>
       </c>
       <c r="G258" t="s">
-        <v>2395</v>
+        <v>2401</v>
       </c>
       <c r="H258" t="s">
-        <v>2396</v>
+        <v>2402</v>
       </c>
       <c r="I258" t="s">
-        <v>2397</v>
+        <v>2403</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2398</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5504</v>
+        <v>5496</v>
       </c>
       <c r="B259" t="s">
-        <v>2399</v>
+        <v>2405</v>
       </c>
       <c r="C259" t="s">
-        <v>2400</v>
+        <v>2406</v>
       </c>
       <c r="D259" t="s">
-        <v>2401</v>
+        <v>2407</v>
       </c>
       <c r="E259" t="s">
-        <v>2402</v>
+        <v>2408</v>
       </c>
       <c r="F259" t="s">
-        <v>2403</v>
+        <v>2409</v>
       </c>
       <c r="G259" t="s">
-        <v>2404</v>
+        <v>2410</v>
       </c>
       <c r="H259" t="s">
-        <v>2405</v>
+        <v>2411</v>
       </c>
       <c r="I259" t="s">
-        <v>2406</v>
+        <v>2412</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2407</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5507</v>
+        <v>5502</v>
       </c>
       <c r="B260" t="s">
-        <v>2408</v>
+        <v>2414</v>
       </c>
       <c r="C260" t="s">
-        <v>2409</v>
+        <v>2415</v>
       </c>
       <c r="D260" t="s">
-        <v>2410</v>
+        <v>2416</v>
       </c>
       <c r="E260" t="s">
-        <v>2411</v>
+        <v>2417</v>
       </c>
       <c r="F260" t="s">
-        <v>2412</v>
+        <v>2418</v>
       </c>
       <c r="G260" t="s">
-        <v>2413</v>
+        <v>2419</v>
       </c>
       <c r="H260" t="s">
-        <v>2414</v>
+        <v>2420</v>
       </c>
       <c r="I260" t="s">
-        <v>2415</v>
+        <v>2421</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>25</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>27</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2416</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5509</v>
+        <v>5503</v>
       </c>
       <c r="B261" t="s">
-        <v>2417</v>
+        <v>2423</v>
       </c>
       <c r="C261" t="s">
-        <v>2418</v>
+        <v>2424</v>
       </c>
       <c r="D261" t="s">
-        <v>2419</v>
+        <v>2425</v>
       </c>
       <c r="E261" t="s">
-        <v>2420</v>
+        <v>2426</v>
       </c>
       <c r="F261" t="s">
-        <v>2421</v>
+        <v>2427</v>
       </c>
       <c r="G261" t="s">
-        <v>2422</v>
+        <v>2428</v>
       </c>
       <c r="H261" t="s">
-        <v>2423</v>
+        <v>2429</v>
       </c>
       <c r="I261" t="s">
-        <v>2424</v>
+        <v>2430</v>
       </c>
       <c r="J261" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>1185</v>
+        <v>47</v>
       </c>
       <c r="L261" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>1186</v>
+        <v>48</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2425</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5512</v>
+        <v>5504</v>
       </c>
       <c r="B262" t="s">
-        <v>2426</v>
+        <v>2432</v>
       </c>
       <c r="C262" t="s">
-        <v>2427</v>
+        <v>2433</v>
       </c>
       <c r="D262" t="s">
-        <v>2428</v>
+        <v>2434</v>
       </c>
       <c r="E262" t="s">
-        <v>2429</v>
+        <v>2435</v>
       </c>
       <c r="F262" t="s">
-        <v>2430</v>
+        <v>2436</v>
       </c>
       <c r="G262" t="s">
-        <v>2431</v>
+        <v>2437</v>
       </c>
       <c r="H262" t="s">
-        <v>2432</v>
+        <v>2438</v>
       </c>
       <c r="I262" t="s">
-        <v>2433</v>
+        <v>2439</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2434</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5514</v>
+        <v>5507</v>
       </c>
       <c r="B263" t="s">
-        <v>2435</v>
+        <v>2441</v>
       </c>
       <c r="C263" t="s">
-        <v>2436</v>
+        <v>2442</v>
       </c>
       <c r="D263" t="s">
-        <v>2437</v>
+        <v>2443</v>
       </c>
       <c r="E263" t="s">
-        <v>2438</v>
+        <v>2444</v>
       </c>
       <c r="F263" t="s">
-        <v>2439</v>
+        <v>2445</v>
       </c>
       <c r="G263" t="s">
-        <v>2440</v>
+        <v>2446</v>
       </c>
       <c r="H263" t="s">
-        <v>2441</v>
+        <v>2447</v>
       </c>
       <c r="I263" t="s">
-        <v>2442</v>
+        <v>2448</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2443</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5516</v>
+        <v>5509</v>
       </c>
       <c r="B264" t="s">
-        <v>2444</v>
+        <v>2450</v>
       </c>
       <c r="C264" t="s">
-        <v>2445</v>
+        <v>2451</v>
       </c>
       <c r="D264" t="s">
-        <v>2446</v>
+        <v>2452</v>
       </c>
       <c r="E264" t="s">
-        <v>2447</v>
+        <v>2453</v>
       </c>
       <c r="F264" t="s">
-        <v>2448</v>
+        <v>2454</v>
       </c>
       <c r="G264" t="s">
-        <v>2449</v>
+        <v>2455</v>
       </c>
       <c r="H264" t="s">
-        <v>2450</v>
+        <v>2456</v>
       </c>
       <c r="I264" t="s">
-        <v>2451</v>
+        <v>2457</v>
       </c>
       <c r="J264" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K264" t="s">
-        <v>25</v>
+        <v>1185</v>
       </c>
       <c r="L264" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M264" t="s">
-        <v>27</v>
+        <v>1186</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2452</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5517</v>
+        <v>5512</v>
       </c>
       <c r="B265" t="s">
-        <v>2453</v>
+        <v>2459</v>
       </c>
       <c r="C265" t="s">
-        <v>2454</v>
+        <v>2460</v>
       </c>
       <c r="D265" t="s">
-        <v>2455</v>
+        <v>2461</v>
       </c>
       <c r="E265" t="s">
-        <v>2456</v>
+        <v>2462</v>
       </c>
       <c r="F265" t="s">
-        <v>2457</v>
+        <v>2463</v>
       </c>
       <c r="G265" t="s">
-        <v>2458</v>
+        <v>2464</v>
       </c>
       <c r="H265" t="s">
-        <v>2459</v>
+        <v>2465</v>
       </c>
       <c r="I265" t="s">
-        <v>2460</v>
+        <v>2466</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2461</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5518</v>
+        <v>5514</v>
       </c>
       <c r="B266" t="s">
-        <v>2462</v>
+        <v>2468</v>
       </c>
       <c r="C266" t="s">
-        <v>2463</v>
+        <v>2469</v>
       </c>
       <c r="D266" t="s">
-        <v>2464</v>
+        <v>2470</v>
       </c>
       <c r="E266" t="s">
-        <v>2465</v>
+        <v>2471</v>
       </c>
       <c r="F266" t="s">
-        <v>2466</v>
+        <v>2472</v>
       </c>
       <c r="G266" t="s">
-        <v>2467</v>
+        <v>2473</v>
       </c>
       <c r="H266" t="s">
-        <v>2468</v>
+        <v>2474</v>
       </c>
       <c r="I266" t="s">
-        <v>2469</v>
+        <v>2475</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2470</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5520</v>
+        <v>5516</v>
       </c>
       <c r="B267" t="s">
-        <v>2471</v>
+        <v>2477</v>
       </c>
       <c r="C267" t="s">
-        <v>2472</v>
+        <v>2478</v>
       </c>
       <c r="D267" t="s">
-        <v>2473</v>
+        <v>2479</v>
       </c>
       <c r="E267" t="s">
-        <v>2474</v>
+        <v>2480</v>
       </c>
       <c r="F267" t="s">
-        <v>2475</v>
+        <v>2481</v>
       </c>
       <c r="G267" t="s">
-        <v>2476</v>
+        <v>2482</v>
       </c>
       <c r="H267" t="s">
-        <v>2477</v>
+        <v>2483</v>
       </c>
       <c r="I267" t="s">
-        <v>2478</v>
+        <v>2484</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>1185</v>
+        <v>25</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>1186</v>
+        <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2479</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5545</v>
+        <v>5517</v>
       </c>
       <c r="B268" t="s">
-        <v>2480</v>
+        <v>2486</v>
       </c>
       <c r="C268" t="s">
-        <v>2481</v>
+        <v>2487</v>
       </c>
       <c r="D268" t="s">
-        <v>2482</v>
+        <v>2488</v>
       </c>
       <c r="E268" t="s">
-        <v>2483</v>
+        <v>2489</v>
       </c>
       <c r="F268" t="s">
-        <v>2484</v>
+        <v>2490</v>
       </c>
       <c r="G268" t="s">
-        <v>2485</v>
+        <v>2491</v>
       </c>
       <c r="H268" t="s">
-        <v>2486</v>
+        <v>2492</v>
       </c>
       <c r="I268" t="s">
-        <v>2487</v>
+        <v>2493</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2488</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5657</v>
+        <v>5518</v>
       </c>
       <c r="B269" t="s">
-        <v>2489</v>
+        <v>2495</v>
       </c>
       <c r="C269" t="s">
-        <v>2490</v>
+        <v>2496</v>
       </c>
       <c r="D269" t="s">
-        <v>2491</v>
+        <v>2497</v>
       </c>
       <c r="E269" t="s">
-        <v>2492</v>
+        <v>2498</v>
       </c>
       <c r="F269" t="s">
-        <v>2493</v>
+        <v>2499</v>
       </c>
       <c r="G269" t="s">
-        <v>2494</v>
+        <v>2500</v>
       </c>
       <c r="H269" t="s">
-        <v>2495</v>
+        <v>2501</v>
       </c>
       <c r="I269" t="s">
-        <v>2496</v>
+        <v>2502</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
         <v>25</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
         <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2497</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5733</v>
+        <v>5520</v>
       </c>
       <c r="B270" t="s">
-        <v>2498</v>
+        <v>2504</v>
       </c>
       <c r="C270" t="s">
-        <v>2499</v>
+        <v>2505</v>
       </c>
       <c r="D270" t="s">
-        <v>2500</v>
+        <v>2506</v>
       </c>
       <c r="E270" t="s">
-        <v>2501</v>
+        <v>2507</v>
       </c>
       <c r="F270" t="s">
-        <v>2502</v>
+        <v>2508</v>
       </c>
       <c r="G270" t="s">
-        <v>2503</v>
+        <v>2509</v>
       </c>
       <c r="H270" t="s">
-        <v>2504</v>
+        <v>2510</v>
       </c>
       <c r="I270" t="s">
-        <v>2505</v>
+        <v>2511</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>47</v>
+        <v>1185</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>48</v>
+        <v>1186</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2506</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5787</v>
+        <v>5545</v>
       </c>
       <c r="B271" t="s">
-        <v>2507</v>
+        <v>2513</v>
       </c>
       <c r="C271" t="s">
-        <v>2508</v>
+        <v>2514</v>
       </c>
       <c r="D271" t="s">
-        <v>2509</v>
+        <v>2515</v>
       </c>
       <c r="E271" t="s">
-        <v>2510</v>
+        <v>2516</v>
       </c>
       <c r="F271" t="s">
-        <v>2511</v>
+        <v>2517</v>
       </c>
       <c r="G271" t="s">
-        <v>2512</v>
+        <v>2518</v>
       </c>
       <c r="H271" t="s">
-        <v>2513</v>
+        <v>2519</v>
       </c>
       <c r="I271" t="s">
-        <v>2514</v>
+        <v>2520</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>170</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>171</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2515</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5792</v>
+        <v>5657</v>
       </c>
       <c r="B272" t="s">
-        <v>2516</v>
+        <v>2522</v>
       </c>
       <c r="C272" t="s">
-        <v>2517</v>
+        <v>2523</v>
       </c>
       <c r="D272" t="s">
-        <v>2518</v>
+        <v>2524</v>
       </c>
       <c r="E272" t="s">
-        <v>2519</v>
+        <v>2525</v>
       </c>
       <c r="F272" t="s">
-        <v>2520</v>
+        <v>2526</v>
       </c>
       <c r="G272" t="s">
-        <v>2521</v>
+        <v>2527</v>
       </c>
       <c r="H272" t="s">
-        <v>2522</v>
+        <v>2528</v>
       </c>
       <c r="I272" t="s">
-        <v>2523</v>
+        <v>2529</v>
       </c>
       <c r="J272" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>451</v>
+        <v>25</v>
       </c>
       <c r="L272" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>453</v>
+        <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2524</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5794</v>
+        <v>5733</v>
       </c>
       <c r="B273" t="s">
-        <v>2525</v>
+        <v>2531</v>
       </c>
       <c r="C273" t="s">
-        <v>2526</v>
+        <v>2532</v>
       </c>
       <c r="D273" t="s">
-        <v>2527</v>
+        <v>2533</v>
       </c>
       <c r="E273" t="s">
-        <v>2528</v>
+        <v>2534</v>
       </c>
       <c r="F273" t="s">
-        <v>2529</v>
+        <v>2535</v>
       </c>
       <c r="G273" t="s">
-        <v>2530</v>
+        <v>2536</v>
       </c>
       <c r="H273" t="s">
-        <v>2531</v>
+        <v>2537</v>
       </c>
       <c r="I273" t="s">
-        <v>2532</v>
+        <v>2538</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2533</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5795</v>
+        <v>5787</v>
       </c>
       <c r="B274" t="s">
-        <v>2534</v>
+        <v>2540</v>
       </c>
       <c r="C274" t="s">
-        <v>2535</v>
+        <v>2541</v>
       </c>
       <c r="D274" t="s">
-        <v>2536</v>
+        <v>2542</v>
       </c>
       <c r="E274" t="s">
-        <v>2537</v>
+        <v>2543</v>
       </c>
       <c r="F274" t="s">
-        <v>2538</v>
+        <v>2544</v>
       </c>
       <c r="G274" t="s">
-        <v>2539</v>
+        <v>2545</v>
       </c>
       <c r="H274" t="s">
-        <v>2540</v>
+        <v>2546</v>
       </c>
       <c r="I274" t="s">
-        <v>2541</v>
+        <v>2547</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2542</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5796</v>
+        <v>5792</v>
       </c>
       <c r="B275" t="s">
-        <v>2543</v>
+        <v>2549</v>
       </c>
       <c r="C275" t="s">
-        <v>2544</v>
+        <v>2550</v>
       </c>
       <c r="D275" t="s">
-        <v>2545</v>
+        <v>2551</v>
       </c>
       <c r="E275" t="s">
-        <v>2546</v>
+        <v>2552</v>
       </c>
       <c r="F275" t="s">
-        <v>2547</v>
+        <v>2553</v>
       </c>
       <c r="G275" t="s">
-        <v>2548</v>
+        <v>2554</v>
       </c>
       <c r="H275" t="s">
-        <v>2549</v>
+        <v>2555</v>
       </c>
       <c r="I275" t="s">
-        <v>2550</v>
+        <v>2556</v>
       </c>
       <c r="J275" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K275" t="s">
-        <v>170</v>
+        <v>451</v>
       </c>
       <c r="L275" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M275" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2551</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5798</v>
+        <v>5794</v>
       </c>
       <c r="B276" t="s">
-        <v>2552</v>
+        <v>2558</v>
       </c>
       <c r="C276" t="s">
-        <v>2553</v>
+        <v>2559</v>
       </c>
       <c r="D276" t="s">
-        <v>2554</v>
+        <v>2560</v>
       </c>
       <c r="E276" t="s">
-        <v>2555</v>
+        <v>2561</v>
       </c>
       <c r="F276" t="s">
-        <v>2556</v>
+        <v>2562</v>
       </c>
       <c r="G276" t="s">
-        <v>2557</v>
+        <v>2563</v>
       </c>
       <c r="H276" t="s">
-        <v>2558</v>
+        <v>2564</v>
       </c>
       <c r="I276" t="s">
-        <v>2559</v>
+        <v>2565</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>170</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>171</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2560</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5799</v>
+        <v>5795</v>
       </c>
       <c r="B277" t="s">
-        <v>2561</v>
+        <v>2567</v>
       </c>
       <c r="C277" t="s">
-        <v>2562</v>
+        <v>2568</v>
       </c>
       <c r="D277" t="s">
-        <v>2563</v>
+        <v>2569</v>
       </c>
       <c r="E277" t="s">
-        <v>2564</v>
+        <v>2570</v>
       </c>
       <c r="F277" t="s">
-        <v>2565</v>
+        <v>2571</v>
       </c>
       <c r="G277" t="s">
-        <v>2566</v>
+        <v>2572</v>
       </c>
       <c r="H277" t="s">
-        <v>2567</v>
+        <v>2573</v>
       </c>
       <c r="I277" t="s">
-        <v>2568</v>
+        <v>2574</v>
       </c>
       <c r="J277" t="s">
-        <v>1728</v>
+        <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>887</v>
+        <v>47</v>
       </c>
       <c r="L277" t="s">
-        <v>1730</v>
+        <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>888</v>
+        <v>48</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2569</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5803</v>
+        <v>5796</v>
       </c>
       <c r="B278" t="s">
-        <v>2570</v>
+        <v>2576</v>
       </c>
       <c r="C278" t="s">
-        <v>2571</v>
+        <v>2577</v>
       </c>
       <c r="D278" t="s">
-        <v>2572</v>
+        <v>2578</v>
       </c>
       <c r="E278" t="s">
-        <v>2573</v>
+        <v>2579</v>
       </c>
       <c r="F278" t="s">
-        <v>2574</v>
+        <v>2580</v>
       </c>
       <c r="G278" t="s">
-        <v>2575</v>
+        <v>2581</v>
       </c>
       <c r="H278" t="s">
-        <v>2576</v>
+        <v>2582</v>
       </c>
       <c r="I278" t="s">
-        <v>2577</v>
+        <v>2583</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2578</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5805</v>
+        <v>5798</v>
       </c>
       <c r="B279" t="s">
-        <v>2579</v>
+        <v>2585</v>
       </c>
       <c r="C279" t="s">
-        <v>2580</v>
+        <v>2586</v>
       </c>
       <c r="D279" t="s">
-        <v>2581</v>
+        <v>2587</v>
       </c>
       <c r="E279" t="s">
-        <v>2582</v>
+        <v>2588</v>
       </c>
       <c r="F279" t="s">
-        <v>2583</v>
+        <v>2589</v>
       </c>
       <c r="G279" t="s">
-        <v>2584</v>
+        <v>2590</v>
       </c>
       <c r="H279" t="s">
-        <v>2585</v>
+        <v>2591</v>
       </c>
       <c r="I279" t="s">
-        <v>2586</v>
+        <v>2592</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2587</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5808</v>
+        <v>5799</v>
       </c>
       <c r="B280" t="s">
-        <v>2588</v>
+        <v>2594</v>
       </c>
       <c r="C280" t="s">
-        <v>2589</v>
+        <v>2595</v>
       </c>
       <c r="D280" t="s">
-        <v>2590</v>
+        <v>2596</v>
       </c>
       <c r="E280" t="s">
-        <v>2591</v>
+        <v>2597</v>
       </c>
       <c r="F280" t="s">
-        <v>2592</v>
+        <v>2598</v>
       </c>
       <c r="G280" t="s">
-        <v>2593</v>
+        <v>2599</v>
       </c>
       <c r="H280" t="s">
-        <v>2594</v>
+        <v>2600</v>
       </c>
       <c r="I280" t="s">
-        <v>2595</v>
+        <v>2601</v>
       </c>
       <c r="J280" t="s">
-        <v>24</v>
+        <v>1761</v>
       </c>
       <c r="K280" t="s">
-        <v>25</v>
+        <v>887</v>
       </c>
       <c r="L280" t="s">
-        <v>26</v>
+        <v>1763</v>
       </c>
       <c r="M280" t="s">
-        <v>27</v>
+        <v>888</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2596</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5811</v>
+        <v>5803</v>
       </c>
       <c r="B281" t="s">
-        <v>2597</v>
+        <v>2603</v>
       </c>
       <c r="C281" t="s">
-        <v>2598</v>
+        <v>2604</v>
       </c>
       <c r="D281" t="s">
-        <v>2599</v>
+        <v>2605</v>
       </c>
       <c r="E281" t="s">
-        <v>2600</v>
+        <v>2606</v>
       </c>
       <c r="F281" t="s">
-        <v>2601</v>
+        <v>2607</v>
       </c>
       <c r="G281" t="s">
-        <v>2602</v>
+        <v>2608</v>
       </c>
       <c r="H281" t="s">
-        <v>2603</v>
+        <v>2609</v>
       </c>
       <c r="I281" t="s">
-        <v>2604</v>
+        <v>2610</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
         <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2605</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5819</v>
+        <v>5805</v>
       </c>
       <c r="B282" t="s">
-        <v>2606</v>
+        <v>2612</v>
       </c>
       <c r="C282" t="s">
-        <v>2607</v>
+        <v>2613</v>
       </c>
       <c r="D282" t="s">
-        <v>2608</v>
+        <v>2614</v>
       </c>
       <c r="E282" t="s">
-        <v>2609</v>
+        <v>2615</v>
       </c>
       <c r="F282" t="s">
-        <v>2610</v>
+        <v>2616</v>
       </c>
       <c r="G282" t="s">
-        <v>2611</v>
+        <v>2617</v>
       </c>
       <c r="H282" t="s">
-        <v>2612</v>
+        <v>2618</v>
       </c>
       <c r="I282" t="s">
-        <v>2613</v>
+        <v>2619</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2614</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5830</v>
+        <v>5808</v>
       </c>
       <c r="B283" t="s">
-        <v>2615</v>
+        <v>2621</v>
       </c>
       <c r="C283" t="s">
-        <v>2616</v>
+        <v>2622</v>
       </c>
       <c r="D283" t="s">
-        <v>2617</v>
+        <v>2623</v>
       </c>
       <c r="E283" t="s">
-        <v>2618</v>
+        <v>2624</v>
       </c>
       <c r="F283" t="s">
-        <v>2619</v>
+        <v>2625</v>
       </c>
       <c r="G283" t="s">
-        <v>2620</v>
+        <v>2626</v>
       </c>
       <c r="H283" t="s">
-        <v>2621</v>
+        <v>2627</v>
       </c>
       <c r="I283" t="s">
-        <v>2622</v>
+        <v>2628</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
         <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
         <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2623</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5863</v>
+        <v>5811</v>
       </c>
       <c r="B284" t="s">
-        <v>2624</v>
+        <v>2630</v>
       </c>
       <c r="C284" t="s">
-        <v>2625</v>
+        <v>2631</v>
       </c>
       <c r="D284" t="s">
-        <v>2626</v>
+        <v>2632</v>
       </c>
       <c r="E284" t="s">
-        <v>2627</v>
+        <v>2633</v>
       </c>
       <c r="F284" t="s">
-        <v>2628</v>
+        <v>2634</v>
       </c>
       <c r="G284" t="s">
-        <v>2629</v>
+        <v>2635</v>
       </c>
       <c r="H284" t="s">
-        <v>2630</v>
+        <v>2636</v>
       </c>
       <c r="I284" t="s">
-        <v>2631</v>
+        <v>2637</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
         <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
         <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2632</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5866</v>
+        <v>5819</v>
       </c>
       <c r="B285" t="s">
-        <v>2633</v>
+        <v>2639</v>
       </c>
       <c r="C285" t="s">
-        <v>2634</v>
+        <v>2640</v>
       </c>
       <c r="D285" t="s">
-        <v>2635</v>
+        <v>2641</v>
       </c>
       <c r="E285" t="s">
-        <v>2636</v>
+        <v>2642</v>
       </c>
       <c r="F285" t="s">
-        <v>2637</v>
+        <v>2643</v>
       </c>
       <c r="G285" t="s">
-        <v>2638</v>
+        <v>2644</v>
       </c>
       <c r="H285" t="s">
-        <v>2639</v>
+        <v>2645</v>
       </c>
       <c r="I285" t="s">
-        <v>2640</v>
+        <v>2646</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2641</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5888</v>
+        <v>5830</v>
       </c>
       <c r="B286" t="s">
-        <v>2642</v>
+        <v>2648</v>
       </c>
       <c r="C286" t="s">
-        <v>2643</v>
+        <v>2649</v>
       </c>
       <c r="D286" t="s">
-        <v>2644</v>
+        <v>2650</v>
       </c>
       <c r="E286" t="s">
-        <v>2645</v>
+        <v>2651</v>
       </c>
       <c r="F286" t="s">
-        <v>2646</v>
+        <v>2652</v>
       </c>
       <c r="G286" t="s">
-        <v>2647</v>
+        <v>2653</v>
       </c>
       <c r="H286" t="s">
-        <v>2648</v>
+        <v>2654</v>
       </c>
       <c r="I286" t="s">
-        <v>2649</v>
+        <v>2655</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2650</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5889</v>
+        <v>5863</v>
       </c>
       <c r="B287" t="s">
-        <v>2651</v>
+        <v>2657</v>
       </c>
       <c r="C287" t="s">
-        <v>2652</v>
+        <v>2658</v>
       </c>
       <c r="D287" t="s">
-        <v>2653</v>
+        <v>2659</v>
       </c>
       <c r="E287" t="s">
-        <v>2654</v>
+        <v>2660</v>
       </c>
       <c r="F287" t="s">
-        <v>2655</v>
+        <v>2661</v>
       </c>
       <c r="G287" t="s">
-        <v>2656</v>
+        <v>2662</v>
       </c>
       <c r="H287" t="s">
-        <v>2657</v>
+        <v>2663</v>
       </c>
       <c r="I287" t="s">
-        <v>2658</v>
+        <v>2664</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2659</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5907</v>
+        <v>5866</v>
       </c>
       <c r="B288" t="s">
-        <v>2660</v>
+        <v>2666</v>
       </c>
       <c r="C288" t="s">
-        <v>2661</v>
+        <v>2667</v>
       </c>
       <c r="D288" t="s">
-        <v>2662</v>
+        <v>2668</v>
       </c>
       <c r="E288" t="s">
-        <v>2663</v>
+        <v>2669</v>
       </c>
       <c r="F288" t="s">
-        <v>2664</v>
+        <v>2670</v>
       </c>
       <c r="G288" t="s">
-        <v>2665</v>
+        <v>2671</v>
       </c>
       <c r="H288" t="s">
-        <v>2666</v>
+        <v>2672</v>
       </c>
       <c r="I288" t="s">
-        <v>2667</v>
+        <v>2673</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
         <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2668</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5913</v>
+        <v>5888</v>
       </c>
       <c r="B289" t="s">
-        <v>2669</v>
+        <v>2675</v>
       </c>
       <c r="C289" t="s">
-        <v>2670</v>
+        <v>2676</v>
       </c>
       <c r="D289" t="s">
-        <v>2671</v>
+        <v>2677</v>
       </c>
       <c r="E289" t="s">
-        <v>2672</v>
+        <v>2678</v>
       </c>
       <c r="F289" t="s">
-        <v>2673</v>
+        <v>2679</v>
       </c>
       <c r="G289" t="s">
-        <v>2674</v>
+        <v>2680</v>
       </c>
       <c r="H289" t="s">
-        <v>2675</v>
+        <v>2681</v>
       </c>
       <c r="I289" t="s">
-        <v>2676</v>
+        <v>2682</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2677</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5915</v>
+        <v>5889</v>
       </c>
       <c r="B290" t="s">
-        <v>2678</v>
+        <v>2684</v>
       </c>
       <c r="C290" t="s">
-        <v>2679</v>
+        <v>2685</v>
       </c>
       <c r="D290" t="s">
-        <v>2680</v>
+        <v>2686</v>
       </c>
       <c r="E290" t="s">
-        <v>2681</v>
+        <v>2687</v>
       </c>
       <c r="F290" t="s">
-        <v>2682</v>
+        <v>2688</v>
       </c>
       <c r="G290" t="s">
-        <v>2683</v>
+        <v>2689</v>
       </c>
       <c r="H290" t="s">
-        <v>2684</v>
+        <v>2690</v>
       </c>
       <c r="I290" t="s">
-        <v>2685</v>
+        <v>2691</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2686</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5927</v>
+        <v>5907</v>
       </c>
       <c r="B291" t="s">
-        <v>2687</v>
+        <v>2693</v>
       </c>
       <c r="C291" t="s">
-        <v>2688</v>
+        <v>2694</v>
       </c>
       <c r="D291" t="s">
-        <v>2689</v>
+        <v>2695</v>
       </c>
       <c r="E291" t="s">
-        <v>2690</v>
+        <v>2696</v>
       </c>
       <c r="F291" t="s">
-        <v>2691</v>
+        <v>2697</v>
       </c>
       <c r="G291" t="s">
-        <v>2692</v>
+        <v>2698</v>
       </c>
       <c r="H291" t="s">
-        <v>2693</v>
+        <v>2699</v>
       </c>
       <c r="I291" t="s">
-        <v>2694</v>
+        <v>2700</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2695</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5928</v>
+        <v>5913</v>
       </c>
       <c r="B292" t="s">
-        <v>2696</v>
+        <v>2702</v>
       </c>
       <c r="C292" t="s">
-        <v>2697</v>
+        <v>2703</v>
       </c>
       <c r="D292" t="s">
-        <v>2698</v>
+        <v>2704</v>
       </c>
       <c r="E292" t="s">
-        <v>2699</v>
+        <v>2705</v>
       </c>
       <c r="F292" t="s">
-        <v>2700</v>
+        <v>2706</v>
       </c>
       <c r="G292" t="s">
-        <v>2701</v>
+        <v>2707</v>
       </c>
       <c r="H292" t="s">
-        <v>2702</v>
+        <v>2708</v>
       </c>
       <c r="I292" t="s">
-        <v>2703</v>
+        <v>2709</v>
       </c>
       <c r="J292" t="s">
-        <v>2704</v>
+        <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>2705</v>
+        <v>47</v>
       </c>
       <c r="L292" t="s">
-        <v>2706</v>
+        <v>26</v>
       </c>
       <c r="M292" t="s">
-        <v>2707</v>
+        <v>48</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2708</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5931</v>
+        <v>5915</v>
       </c>
       <c r="B293" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="C293" t="s">
-        <v>2710</v>
+        <v>2712</v>
       </c>
       <c r="D293" t="s">
-        <v>2711</v>
+        <v>2713</v>
       </c>
       <c r="E293" t="s">
-        <v>2712</v>
+        <v>2714</v>
       </c>
       <c r="F293" t="s">
-        <v>2713</v>
+        <v>2715</v>
       </c>
       <c r="G293" t="s">
-        <v>2714</v>
+        <v>2716</v>
       </c>
       <c r="H293" t="s">
-        <v>2715</v>
+        <v>2717</v>
       </c>
       <c r="I293" t="s">
-        <v>2716</v>
+        <v>2718</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2717</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5932</v>
+        <v>5927</v>
       </c>
       <c r="B294" t="s">
-        <v>2718</v>
+        <v>2720</v>
       </c>
       <c r="C294" t="s">
-        <v>2719</v>
+        <v>2721</v>
       </c>
       <c r="D294" t="s">
-        <v>2720</v>
+        <v>2722</v>
       </c>
       <c r="E294" t="s">
-        <v>2721</v>
+        <v>2723</v>
       </c>
       <c r="F294" t="s">
-        <v>2722</v>
+        <v>2724</v>
       </c>
       <c r="G294" t="s">
-        <v>2723</v>
+        <v>2725</v>
       </c>
       <c r="H294" t="s">
-        <v>2724</v>
+        <v>2726</v>
       </c>
       <c r="I294" t="s">
-        <v>2725</v>
+        <v>2727</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2726</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5934</v>
+        <v>5928</v>
       </c>
       <c r="B295" t="s">
-        <v>2727</v>
+        <v>2729</v>
       </c>
       <c r="C295" t="s">
-        <v>2728</v>
+        <v>2730</v>
       </c>
       <c r="D295" t="s">
-        <v>2729</v>
+        <v>2731</v>
       </c>
       <c r="E295" t="s">
-        <v>2730</v>
+        <v>2732</v>
       </c>
       <c r="F295" t="s">
-        <v>2731</v>
+        <v>2733</v>
       </c>
       <c r="G295" t="s">
-        <v>2732</v>
+        <v>2734</v>
       </c>
       <c r="H295" t="s">
-        <v>2733</v>
+        <v>2735</v>
       </c>
       <c r="I295" t="s">
-        <v>2734</v>
+        <v>2736</v>
       </c>
       <c r="J295" t="s">
-        <v>24</v>
+        <v>2737</v>
       </c>
       <c r="K295" t="s">
-        <v>170</v>
+        <v>2738</v>
       </c>
       <c r="L295" t="s">
-        <v>26</v>
+        <v>2739</v>
       </c>
       <c r="M295" t="s">
-        <v>171</v>
+        <v>2740</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2735</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5953</v>
+        <v>5931</v>
       </c>
       <c r="B296" t="s">
-        <v>2736</v>
+        <v>2742</v>
       </c>
       <c r="C296" t="s">
-        <v>2737</v>
+        <v>2743</v>
       </c>
       <c r="D296" t="s">
-        <v>2738</v>
+        <v>2744</v>
       </c>
       <c r="E296" t="s">
-        <v>2739</v>
+        <v>2745</v>
       </c>
       <c r="F296" t="s">
-        <v>2740</v>
+        <v>2746</v>
       </c>
       <c r="G296" t="s">
-        <v>2741</v>
+        <v>2747</v>
       </c>
       <c r="H296" t="s">
-        <v>2742</v>
+        <v>2748</v>
       </c>
       <c r="I296" t="s">
-        <v>2743</v>
+        <v>2749</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
         <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
         <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2744</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5981</v>
+        <v>5932</v>
       </c>
       <c r="B297" t="s">
-        <v>2745</v>
+        <v>2751</v>
       </c>
       <c r="C297" t="s">
-        <v>2746</v>
+        <v>2752</v>
       </c>
       <c r="D297" t="s">
-        <v>2747</v>
+        <v>2753</v>
       </c>
       <c r="E297" t="s">
-        <v>2748</v>
+        <v>2754</v>
       </c>
       <c r="F297" t="s">
-        <v>2749</v>
+        <v>2755</v>
       </c>
       <c r="G297" t="s">
-        <v>2750</v>
+        <v>2756</v>
       </c>
       <c r="H297" t="s">
-        <v>2751</v>
+        <v>2757</v>
       </c>
       <c r="I297" t="s">
-        <v>2752</v>
+        <v>2758</v>
       </c>
       <c r="J297" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>2753</v>
+        <v>170</v>
       </c>
       <c r="L297" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>2754</v>
+        <v>171</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2755</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5986</v>
+        <v>5934</v>
       </c>
       <c r="B298" t="s">
-        <v>2756</v>
+        <v>2760</v>
       </c>
       <c r="C298" t="s">
-        <v>2757</v>
+        <v>2761</v>
       </c>
       <c r="D298" t="s">
-        <v>2758</v>
+        <v>2762</v>
       </c>
       <c r="E298" t="s">
-        <v>2759</v>
+        <v>2763</v>
       </c>
       <c r="F298" t="s">
-        <v>2760</v>
+        <v>2764</v>
       </c>
       <c r="G298" t="s">
-        <v>2761</v>
+        <v>2765</v>
       </c>
       <c r="H298" t="s">
-        <v>2762</v>
+        <v>2766</v>
       </c>
       <c r="I298" t="s">
-        <v>2763</v>
+        <v>2767</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>170</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>171</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2764</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5989</v>
+        <v>5953</v>
       </c>
       <c r="B299" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
       <c r="C299" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="D299" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
       <c r="E299" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
       <c r="F299" t="s">
-        <v>2769</v>
+        <v>2773</v>
       </c>
       <c r="G299" t="s">
-        <v>2770</v>
+        <v>2774</v>
       </c>
       <c r="H299" t="s">
-        <v>2771</v>
+        <v>2775</v>
       </c>
       <c r="I299" t="s">
-        <v>2772</v>
+        <v>2776</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>1932</v>
+        <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>1933</v>
+        <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2773</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>6018</v>
+        <v>5981</v>
       </c>
       <c r="B300" t="s">
-        <v>2774</v>
+        <v>2778</v>
       </c>
       <c r="C300" t="s">
-        <v>2775</v>
+        <v>2779</v>
       </c>
       <c r="D300" t="s">
-        <v>2776</v>
+        <v>2780</v>
       </c>
       <c r="E300" t="s">
-        <v>2777</v>
+        <v>2781</v>
       </c>
       <c r="F300" t="s">
-        <v>2778</v>
+        <v>2782</v>
       </c>
       <c r="G300" t="s">
-        <v>2779</v>
+        <v>2783</v>
       </c>
       <c r="H300" t="s">
-        <v>2780</v>
+        <v>2784</v>
       </c>
       <c r="I300" t="s">
-        <v>2781</v>
+        <v>2785</v>
       </c>
       <c r="J300" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K300" t="s">
-        <v>170</v>
+        <v>2786</v>
       </c>
       <c r="L300" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M300" t="s">
-        <v>171</v>
+        <v>2787</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2782</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>6021</v>
+        <v>5986</v>
       </c>
       <c r="B301" t="s">
-        <v>2783</v>
+        <v>2789</v>
       </c>
       <c r="C301" t="s">
-        <v>2784</v>
+        <v>2790</v>
       </c>
       <c r="D301" t="s">
-        <v>2785</v>
+        <v>2791</v>
       </c>
       <c r="E301" t="s">
-        <v>2786</v>
+        <v>2792</v>
       </c>
       <c r="F301" t="s">
-        <v>2787</v>
+        <v>2793</v>
       </c>
       <c r="G301" t="s">
-        <v>2788</v>
+        <v>2794</v>
       </c>
       <c r="H301" t="s">
-        <v>2789</v>
+        <v>2795</v>
       </c>
       <c r="I301" t="s">
-        <v>2790</v>
+        <v>2796</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2791</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>6076</v>
+        <v>5989</v>
       </c>
       <c r="B302" t="s">
-        <v>2792</v>
+        <v>2798</v>
       </c>
       <c r="C302" t="s">
-        <v>2793</v>
+        <v>2799</v>
       </c>
       <c r="D302" t="s">
-        <v>2794</v>
+        <v>2800</v>
       </c>
       <c r="E302" t="s">
-        <v>2795</v>
+        <v>2801</v>
       </c>
       <c r="F302" t="s">
-        <v>2796</v>
+        <v>2802</v>
       </c>
       <c r="G302" t="s">
-        <v>2797</v>
+        <v>2803</v>
       </c>
       <c r="H302" t="s">
-        <v>2798</v>
+        <v>2804</v>
       </c>
       <c r="I302" t="s">
-        <v>2799</v>
+        <v>2805</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>25</v>
+        <v>1965</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>27</v>
+        <v>1966</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2800</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>6082</v>
+        <v>6018</v>
       </c>
       <c r="B303" t="s">
-        <v>2801</v>
+        <v>2807</v>
       </c>
       <c r="C303" t="s">
-        <v>2802</v>
+        <v>2808</v>
       </c>
       <c r="D303" t="s">
-        <v>2803</v>
+        <v>2809</v>
       </c>
       <c r="E303" t="s">
-        <v>2804</v>
+        <v>2810</v>
       </c>
       <c r="F303" t="s">
-        <v>2805</v>
+        <v>2811</v>
       </c>
       <c r="G303" t="s">
-        <v>2806</v>
+        <v>2812</v>
       </c>
       <c r="H303" t="s">
-        <v>2807</v>
+        <v>2813</v>
       </c>
       <c r="I303" t="s">
-        <v>2808</v>
+        <v>2814</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>580</v>
+        <v>170</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>581</v>
+        <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2809</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>6093</v>
+        <v>6021</v>
       </c>
       <c r="B304" t="s">
-        <v>2810</v>
+        <v>2816</v>
       </c>
       <c r="C304" t="s">
-        <v>2811</v>
+        <v>2817</v>
       </c>
       <c r="D304" t="s">
-        <v>2812</v>
+        <v>2818</v>
       </c>
       <c r="E304" t="s">
-        <v>2813</v>
+        <v>2819</v>
       </c>
       <c r="F304" t="s">
-        <v>2814</v>
+        <v>2820</v>
       </c>
       <c r="G304" t="s">
-        <v>2815</v>
+        <v>2821</v>
       </c>
       <c r="H304" t="s">
-        <v>2816</v>
+        <v>2822</v>
       </c>
       <c r="I304" t="s">
-        <v>2817</v>
+        <v>2823</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>1044</v>
+        <v>25</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>1045</v>
+        <v>27</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2818</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>6112</v>
+        <v>6076</v>
       </c>
       <c r="B305" t="s">
-        <v>2819</v>
+        <v>2825</v>
       </c>
       <c r="C305" t="s">
-        <v>2820</v>
+        <v>2826</v>
       </c>
       <c r="D305" t="s">
-        <v>2821</v>
+        <v>2827</v>
       </c>
       <c r="E305" t="s">
-        <v>2822</v>
+        <v>2828</v>
       </c>
       <c r="F305" t="s">
-        <v>2823</v>
+        <v>2829</v>
       </c>
       <c r="G305" t="s">
-        <v>2824</v>
+        <v>2830</v>
       </c>
       <c r="H305" t="s">
-        <v>2825</v>
+        <v>2831</v>
       </c>
       <c r="I305" t="s">
-        <v>2826</v>
+        <v>2832</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2827</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6179</v>
+        <v>6082</v>
       </c>
       <c r="B306" t="s">
-        <v>2828</v>
+        <v>2834</v>
       </c>
       <c r="C306" t="s">
-        <v>2829</v>
+        <v>2835</v>
       </c>
       <c r="D306" t="s">
-        <v>2830</v>
+        <v>2836</v>
       </c>
       <c r="E306" t="s">
-        <v>2831</v>
+        <v>2837</v>
       </c>
       <c r="F306" t="s">
-        <v>2832</v>
+        <v>2838</v>
       </c>
       <c r="G306" t="s">
-        <v>2833</v>
+        <v>2839</v>
       </c>
       <c r="H306" t="s">
-        <v>2834</v>
+        <v>2840</v>
       </c>
       <c r="I306" t="s">
-        <v>2835</v>
+        <v>2841</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2836</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6180</v>
+        <v>6093</v>
       </c>
       <c r="B307" t="s">
-        <v>2837</v>
+        <v>2843</v>
       </c>
       <c r="C307" t="s">
-        <v>2838</v>
+        <v>2844</v>
       </c>
       <c r="D307" t="s">
-        <v>2839</v>
+        <v>2845</v>
       </c>
       <c r="E307" t="s">
-        <v>2840</v>
+        <v>2846</v>
       </c>
       <c r="F307" t="s">
-        <v>2841</v>
+        <v>2847</v>
       </c>
       <c r="G307" t="s">
-        <v>2842</v>
+        <v>2848</v>
       </c>
       <c r="H307" t="s">
-        <v>2843</v>
+        <v>2849</v>
       </c>
       <c r="I307" t="s">
-        <v>2844</v>
+        <v>2850</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>25</v>
+        <v>1044</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>27</v>
+        <v>1045</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2845</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6203</v>
+        <v>6112</v>
       </c>
       <c r="B308" t="s">
-        <v>2846</v>
+        <v>2852</v>
       </c>
       <c r="C308" t="s">
-        <v>2847</v>
+        <v>2853</v>
       </c>
       <c r="D308" t="s">
-        <v>2848</v>
+        <v>2854</v>
       </c>
       <c r="E308" t="s">
-        <v>2849</v>
+        <v>2855</v>
       </c>
       <c r="F308" t="s">
-        <v>2850</v>
+        <v>2856</v>
       </c>
       <c r="G308" t="s">
-        <v>2851</v>
+        <v>2857</v>
       </c>
       <c r="H308" t="s">
-        <v>2852</v>
+        <v>2858</v>
       </c>
       <c r="I308" t="s">
-        <v>2853</v>
+        <v>2859</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
         <v>170</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
         <v>171</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2854</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6208</v>
+        <v>6179</v>
       </c>
       <c r="B309" t="s">
-        <v>2855</v>
+        <v>2861</v>
       </c>
       <c r="C309" t="s">
-        <v>2856</v>
+        <v>2862</v>
       </c>
       <c r="D309" t="s">
-        <v>2857</v>
+        <v>2863</v>
       </c>
       <c r="E309" t="s">
-        <v>2858</v>
+        <v>2864</v>
       </c>
       <c r="F309" t="s">
-        <v>2859</v>
+        <v>2865</v>
       </c>
       <c r="G309" t="s">
-        <v>2860</v>
+        <v>2866</v>
       </c>
       <c r="H309" t="s">
-        <v>2861</v>
+        <v>2867</v>
       </c>
       <c r="I309" t="s">
-        <v>2862</v>
+        <v>2868</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2863</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6211</v>
+        <v>6180</v>
       </c>
       <c r="B310" t="s">
-        <v>2864</v>
+        <v>2870</v>
       </c>
       <c r="C310" t="s">
-        <v>2865</v>
+        <v>2871</v>
       </c>
       <c r="D310" t="s">
-        <v>2866</v>
+        <v>2872</v>
       </c>
       <c r="E310" t="s">
-        <v>2867</v>
+        <v>2873</v>
       </c>
       <c r="F310" t="s">
-        <v>2868</v>
+        <v>2874</v>
       </c>
       <c r="G310" t="s">
-        <v>2869</v>
+        <v>2875</v>
       </c>
       <c r="H310" t="s">
-        <v>2870</v>
+        <v>2876</v>
       </c>
       <c r="I310" t="s">
-        <v>2871</v>
+        <v>2877</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2872</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6215</v>
+        <v>6203</v>
       </c>
       <c r="B311" t="s">
-        <v>2873</v>
+        <v>2879</v>
       </c>
       <c r="C311" t="s">
-        <v>2874</v>
+        <v>2880</v>
       </c>
       <c r="D311" t="s">
-        <v>2875</v>
+        <v>2881</v>
       </c>
       <c r="E311" t="s">
-        <v>2876</v>
+        <v>2882</v>
       </c>
       <c r="F311" t="s">
-        <v>2877</v>
+        <v>2883</v>
       </c>
       <c r="G311" t="s">
-        <v>2878</v>
+        <v>2884</v>
       </c>
       <c r="H311" t="s">
-        <v>2879</v>
+        <v>2885</v>
       </c>
       <c r="I311" t="s">
-        <v>2880</v>
+        <v>2886</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
         <v>170</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
         <v>171</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2881</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6222</v>
+        <v>6208</v>
       </c>
       <c r="B312" t="s">
-        <v>2882</v>
+        <v>2888</v>
       </c>
       <c r="C312" t="s">
-        <v>2883</v>
+        <v>2889</v>
       </c>
       <c r="D312" t="s">
-        <v>2884</v>
+        <v>2890</v>
       </c>
       <c r="E312" t="s">
-        <v>2885</v>
+        <v>2891</v>
       </c>
       <c r="F312" t="s">
-        <v>2886</v>
+        <v>2892</v>
       </c>
       <c r="G312" t="s">
-        <v>2887</v>
+        <v>2893</v>
       </c>
       <c r="H312" t="s">
-        <v>2888</v>
+        <v>2894</v>
       </c>
       <c r="I312" t="s">
-        <v>2889</v>
+        <v>2895</v>
       </c>
       <c r="J312" t="s">
-        <v>2704</v>
+        <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>887</v>
+        <v>170</v>
       </c>
       <c r="L312" t="s">
-        <v>2706</v>
+        <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>888</v>
+        <v>171</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2890</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6254</v>
+        <v>6211</v>
       </c>
       <c r="B313" t="s">
-        <v>2891</v>
+        <v>2897</v>
       </c>
       <c r="C313" t="s">
-        <v>2892</v>
+        <v>2898</v>
       </c>
       <c r="D313" t="s">
-        <v>2893</v>
+        <v>2899</v>
       </c>
       <c r="E313" t="s">
-        <v>2894</v>
+        <v>2900</v>
       </c>
       <c r="F313" t="s">
-        <v>2895</v>
+        <v>2901</v>
       </c>
       <c r="G313" t="s">
-        <v>2896</v>
+        <v>2902</v>
       </c>
       <c r="H313" t="s">
-        <v>2897</v>
+        <v>2903</v>
       </c>
       <c r="I313" t="s">
-        <v>2898</v>
+        <v>2904</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
         <v>170</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
         <v>171</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2899</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6255</v>
+        <v>6215</v>
       </c>
       <c r="B314" t="s">
-        <v>2900</v>
+        <v>2906</v>
       </c>
       <c r="C314" t="s">
-        <v>2901</v>
+        <v>2907</v>
       </c>
       <c r="D314" t="s">
-        <v>2902</v>
+        <v>2908</v>
       </c>
       <c r="E314" t="s">
-        <v>2903</v>
+        <v>2909</v>
       </c>
       <c r="F314" t="s">
-        <v>2904</v>
+        <v>2910</v>
       </c>
       <c r="G314" t="s">
-        <v>2905</v>
+        <v>2911</v>
       </c>
       <c r="H314" t="s">
-        <v>2906</v>
+        <v>2912</v>
       </c>
       <c r="I314" t="s">
-        <v>2907</v>
+        <v>2913</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>2908</v>
+        <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>2909</v>
+        <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2910</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6258</v>
+        <v>6222</v>
       </c>
       <c r="B315" t="s">
-        <v>2911</v>
+        <v>2915</v>
       </c>
       <c r="C315" t="s">
-        <v>2912</v>
+        <v>2916</v>
       </c>
       <c r="D315" t="s">
-        <v>2913</v>
+        <v>2917</v>
       </c>
       <c r="E315" t="s">
-        <v>2914</v>
+        <v>2918</v>
       </c>
       <c r="F315" t="s">
-        <v>2915</v>
+        <v>2919</v>
       </c>
       <c r="G315" t="s">
-        <v>2916</v>
+        <v>2920</v>
       </c>
       <c r="H315" t="s">
-        <v>2917</v>
+        <v>2921</v>
       </c>
       <c r="I315" t="s">
-        <v>2918</v>
+        <v>2922</v>
       </c>
       <c r="J315" t="s">
-        <v>24</v>
+        <v>2737</v>
       </c>
       <c r="K315" t="s">
-        <v>25</v>
+        <v>887</v>
       </c>
       <c r="L315" t="s">
-        <v>26</v>
+        <v>2739</v>
       </c>
       <c r="M315" t="s">
-        <v>27</v>
+        <v>888</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2919</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6259</v>
+        <v>6254</v>
       </c>
       <c r="B316" t="s">
-        <v>2920</v>
+        <v>2924</v>
       </c>
       <c r="C316" t="s">
-        <v>2921</v>
+        <v>2925</v>
       </c>
       <c r="D316" t="s">
-        <v>2922</v>
+        <v>2926</v>
       </c>
       <c r="E316" t="s">
-        <v>2923</v>
+        <v>2927</v>
       </c>
       <c r="F316" t="s">
-        <v>2924</v>
+        <v>2928</v>
       </c>
       <c r="G316" t="s">
-        <v>2925</v>
+        <v>2929</v>
       </c>
       <c r="H316" t="s">
-        <v>2926</v>
+        <v>2930</v>
       </c>
       <c r="I316" t="s">
-        <v>2927</v>
+        <v>2931</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
         <v>170</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>171</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2928</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6261</v>
+        <v>6255</v>
       </c>
       <c r="B317" t="s">
-        <v>2929</v>
+        <v>2933</v>
       </c>
       <c r="C317" t="s">
-        <v>2930</v>
+        <v>2934</v>
       </c>
       <c r="D317" t="s">
-        <v>2931</v>
+        <v>2935</v>
       </c>
       <c r="E317" t="s">
-        <v>2932</v>
+        <v>2936</v>
       </c>
       <c r="F317" t="s">
-        <v>2933</v>
+        <v>2937</v>
       </c>
       <c r="G317" t="s">
-        <v>2934</v>
+        <v>2938</v>
       </c>
       <c r="H317" t="s">
-        <v>2935</v>
+        <v>2939</v>
       </c>
       <c r="I317" t="s">
-        <v>2936</v>
+        <v>2940</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>47</v>
+        <v>2941</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>48</v>
+        <v>2942</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2937</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6263</v>
+        <v>6258</v>
       </c>
       <c r="B318" t="s">
-        <v>2938</v>
+        <v>2944</v>
       </c>
       <c r="C318" t="s">
-        <v>2939</v>
+        <v>2945</v>
       </c>
       <c r="D318" t="s">
-        <v>2940</v>
+        <v>2946</v>
       </c>
       <c r="E318" t="s">
-        <v>2941</v>
+        <v>2947</v>
       </c>
       <c r="F318" t="s">
-        <v>2942</v>
+        <v>2948</v>
       </c>
       <c r="G318" t="s">
-        <v>2943</v>
+        <v>2949</v>
       </c>
       <c r="H318" t="s">
-        <v>2944</v>
+        <v>2950</v>
       </c>
       <c r="I318" t="s">
-        <v>2945</v>
+        <v>2951</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2946</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6272</v>
+        <v>6259</v>
       </c>
       <c r="B319" t="s">
-        <v>2947</v>
+        <v>2953</v>
       </c>
       <c r="C319" t="s">
-        <v>2948</v>
+        <v>2954</v>
       </c>
       <c r="D319" t="s">
-        <v>2949</v>
+        <v>2955</v>
       </c>
       <c r="E319" t="s">
-        <v>2950</v>
+        <v>2956</v>
       </c>
       <c r="F319" t="s">
-        <v>2951</v>
+        <v>2957</v>
       </c>
       <c r="G319" t="s">
-        <v>2952</v>
+        <v>2958</v>
       </c>
       <c r="H319" t="s">
-        <v>2953</v>
+        <v>2959</v>
       </c>
       <c r="I319" t="s">
-        <v>2954</v>
+        <v>2960</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
         <v>170</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
         <v>171</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2955</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6274</v>
+        <v>6261</v>
       </c>
       <c r="B320" t="s">
-        <v>2956</v>
+        <v>2962</v>
       </c>
       <c r="C320" t="s">
-        <v>2957</v>
+        <v>2963</v>
       </c>
       <c r="D320" t="s">
-        <v>2958</v>
+        <v>2964</v>
       </c>
       <c r="E320" t="s">
-        <v>2959</v>
+        <v>2965</v>
       </c>
       <c r="F320" t="s">
-        <v>2960</v>
+        <v>2966</v>
       </c>
       <c r="G320" t="s">
-        <v>2961</v>
+        <v>2967</v>
       </c>
       <c r="H320" t="s">
-        <v>2962</v>
+        <v>2968</v>
       </c>
       <c r="I320" t="s">
-        <v>2963</v>
+        <v>2969</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2964</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6275</v>
+        <v>6263</v>
       </c>
       <c r="B321" t="s">
-        <v>2965</v>
+        <v>2971</v>
       </c>
       <c r="C321" t="s">
-        <v>2966</v>
+        <v>2972</v>
       </c>
       <c r="D321" t="s">
-        <v>2967</v>
+        <v>2973</v>
       </c>
       <c r="E321" t="s">
-        <v>2968</v>
+        <v>2974</v>
       </c>
       <c r="F321" t="s">
-        <v>2969</v>
+        <v>2975</v>
       </c>
       <c r="G321" t="s">
-        <v>2970</v>
+        <v>2976</v>
       </c>
       <c r="H321" t="s">
-        <v>2971</v>
+        <v>2977</v>
       </c>
       <c r="I321" t="s">
-        <v>2972</v>
+        <v>2978</v>
       </c>
       <c r="J321" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>1352</v>
+        <v>170</v>
       </c>
       <c r="L321" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>1354</v>
+        <v>171</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2973</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6327</v>
+        <v>6272</v>
       </c>
       <c r="B322" t="s">
-        <v>2974</v>
+        <v>2980</v>
       </c>
       <c r="C322" t="s">
-        <v>2975</v>
+        <v>2981</v>
       </c>
       <c r="D322" t="s">
-        <v>2976</v>
+        <v>2982</v>
       </c>
       <c r="E322" t="s">
-        <v>2977</v>
+        <v>2983</v>
       </c>
       <c r="F322" t="s">
-        <v>2978</v>
+        <v>2984</v>
       </c>
       <c r="G322" t="s">
-        <v>2979</v>
+        <v>2985</v>
       </c>
       <c r="H322" t="s">
-        <v>2980</v>
+        <v>2986</v>
       </c>
       <c r="I322" t="s">
-        <v>2981</v>
+        <v>2987</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2982</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6337</v>
+        <v>6274</v>
       </c>
       <c r="B323" t="s">
-        <v>2983</v>
+        <v>2989</v>
       </c>
       <c r="C323" t="s">
-        <v>2984</v>
+        <v>2990</v>
       </c>
       <c r="D323" t="s">
-        <v>2985</v>
+        <v>2991</v>
       </c>
       <c r="E323" t="s">
-        <v>2986</v>
+        <v>2992</v>
       </c>
       <c r="F323" t="s">
-        <v>2987</v>
+        <v>2993</v>
       </c>
       <c r="G323" t="s">
-        <v>2988</v>
+        <v>2994</v>
       </c>
       <c r="H323" t="s">
-        <v>2989</v>
+        <v>2995</v>
       </c>
       <c r="I323" t="s">
-        <v>2990</v>
+        <v>2996</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2991</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6361</v>
+        <v>6275</v>
       </c>
       <c r="B324" t="s">
-        <v>2992</v>
+        <v>2998</v>
       </c>
       <c r="C324" t="s">
-        <v>2993</v>
+        <v>2999</v>
       </c>
       <c r="D324" t="s">
-        <v>2994</v>
+        <v>3000</v>
       </c>
       <c r="E324" t="s">
-        <v>2995</v>
+        <v>3001</v>
       </c>
       <c r="F324" t="s">
-        <v>2996</v>
+        <v>3002</v>
       </c>
       <c r="G324" t="s">
-        <v>2997</v>
+        <v>3003</v>
       </c>
       <c r="H324" t="s">
-        <v>2998</v>
+        <v>3004</v>
       </c>
       <c r="I324" t="s">
-        <v>2999</v>
+        <v>3005</v>
       </c>
       <c r="J324" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K324" t="s">
-        <v>170</v>
+        <v>1352</v>
       </c>
       <c r="L324" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M324" t="s">
-        <v>171</v>
+        <v>1354</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>3000</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6379</v>
+        <v>6327</v>
       </c>
       <c r="B325" t="s">
-        <v>3001</v>
+        <v>3007</v>
       </c>
       <c r="C325" t="s">
-        <v>3002</v>
+        <v>3008</v>
       </c>
       <c r="D325" t="s">
-        <v>3003</v>
+        <v>3009</v>
       </c>
       <c r="E325" t="s">
-        <v>3004</v>
+        <v>3010</v>
       </c>
       <c r="F325" t="s">
-        <v>3005</v>
+        <v>3011</v>
       </c>
       <c r="G325" t="s">
-        <v>3006</v>
+        <v>3012</v>
       </c>
       <c r="H325" t="s">
-        <v>3007</v>
+        <v>3013</v>
       </c>
       <c r="I325" t="s">
-        <v>3008</v>
+        <v>3014</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3009</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6454</v>
+        <v>6337</v>
       </c>
       <c r="B326" t="s">
-        <v>3010</v>
+        <v>3016</v>
       </c>
       <c r="C326" t="s">
-        <v>3011</v>
+        <v>3017</v>
       </c>
       <c r="D326" t="s">
-        <v>3012</v>
+        <v>3018</v>
       </c>
       <c r="E326" t="s">
-        <v>3013</v>
+        <v>3019</v>
       </c>
       <c r="F326" t="s">
-        <v>3014</v>
+        <v>3020</v>
       </c>
       <c r="G326" t="s">
-        <v>3015</v>
+        <v>3021</v>
       </c>
       <c r="H326" t="s">
-        <v>3016</v>
+        <v>3022</v>
       </c>
       <c r="I326" t="s">
-        <v>3017</v>
+        <v>3023</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3018</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6460</v>
+        <v>6361</v>
       </c>
       <c r="B327" t="s">
-        <v>3019</v>
+        <v>3025</v>
       </c>
       <c r="C327" t="s">
-        <v>3020</v>
+        <v>3026</v>
       </c>
       <c r="D327" t="s">
-        <v>3021</v>
+        <v>3027</v>
       </c>
       <c r="E327" t="s">
-        <v>3022</v>
+        <v>3028</v>
       </c>
       <c r="F327" t="s">
-        <v>3023</v>
+        <v>3029</v>
       </c>
       <c r="G327" t="s">
-        <v>3024</v>
+        <v>3030</v>
       </c>
       <c r="H327" t="s">
-        <v>3025</v>
+        <v>3031</v>
       </c>
       <c r="I327" t="s">
-        <v>3026</v>
+        <v>3032</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3027</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6468</v>
+        <v>6379</v>
       </c>
       <c r="B328" t="s">
-        <v>3028</v>
+        <v>3034</v>
       </c>
       <c r="C328" t="s">
-        <v>3029</v>
+        <v>3035</v>
       </c>
       <c r="D328" t="s">
-        <v>3030</v>
+        <v>3036</v>
       </c>
       <c r="E328" t="s">
-        <v>3031</v>
+        <v>3037</v>
       </c>
       <c r="F328" t="s">
-        <v>3032</v>
+        <v>3038</v>
       </c>
       <c r="G328" t="s">
-        <v>3033</v>
+        <v>3039</v>
       </c>
       <c r="H328" t="s">
-        <v>3034</v>
+        <v>3040</v>
       </c>
       <c r="I328" t="s">
-        <v>3035</v>
+        <v>3041</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
         <v>25</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
         <v>27</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3036</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6611</v>
+        <v>6454</v>
       </c>
       <c r="B329" t="s">
-        <v>3037</v>
+        <v>3043</v>
       </c>
       <c r="C329" t="s">
-        <v>3038</v>
+        <v>3044</v>
       </c>
       <c r="D329" t="s">
-        <v>3039</v>
+        <v>3045</v>
       </c>
       <c r="E329" t="s">
-        <v>3040</v>
+        <v>3046</v>
       </c>
       <c r="F329" t="s">
-        <v>3041</v>
+        <v>3047</v>
       </c>
       <c r="G329" t="s">
-        <v>3042</v>
+        <v>3048</v>
       </c>
       <c r="H329" t="s">
-        <v>3043</v>
+        <v>3049</v>
       </c>
       <c r="I329" t="s">
-        <v>3044</v>
+        <v>3050</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3045</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6615</v>
+        <v>6460</v>
       </c>
       <c r="B330" t="s">
-        <v>3046</v>
+        <v>3052</v>
       </c>
       <c r="C330" t="s">
-        <v>3047</v>
+        <v>3053</v>
       </c>
       <c r="D330" t="s">
-        <v>3048</v>
+        <v>3054</v>
       </c>
       <c r="E330" t="s">
-        <v>3049</v>
+        <v>3055</v>
       </c>
       <c r="F330" t="s">
-        <v>3050</v>
+        <v>3056</v>
       </c>
       <c r="G330" t="s">
-        <v>3051</v>
+        <v>3057</v>
       </c>
       <c r="H330" t="s">
-        <v>3052</v>
+        <v>3058</v>
       </c>
       <c r="I330" t="s">
-        <v>3053</v>
+        <v>3059</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3054</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6761</v>
+        <v>6468</v>
       </c>
       <c r="B331" t="s">
-        <v>3055</v>
+        <v>3061</v>
       </c>
       <c r="C331" t="s">
-        <v>3056</v>
+        <v>3062</v>
       </c>
       <c r="D331" t="s">
-        <v>3057</v>
+        <v>3063</v>
       </c>
       <c r="E331" t="s">
-        <v>3058</v>
+        <v>3064</v>
       </c>
       <c r="F331" t="s">
-        <v>3059</v>
+        <v>3065</v>
       </c>
       <c r="G331" t="s">
-        <v>3060</v>
+        <v>3066</v>
       </c>
       <c r="H331" t="s">
-        <v>3061</v>
+        <v>3067</v>
       </c>
       <c r="I331" t="s">
-        <v>3062</v>
+        <v>3068</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
         <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
         <v>27</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3063</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6762</v>
+        <v>6611</v>
       </c>
       <c r="B332" t="s">
-        <v>3064</v>
+        <v>3070</v>
       </c>
       <c r="C332" t="s">
-        <v>3065</v>
+        <v>3071</v>
       </c>
       <c r="D332" t="s">
-        <v>3066</v>
+        <v>3072</v>
       </c>
       <c r="E332" t="s">
-        <v>3067</v>
+        <v>3073</v>
       </c>
       <c r="F332" t="s">
-        <v>3068</v>
+        <v>3074</v>
       </c>
       <c r="G332" t="s">
-        <v>3069</v>
+        <v>3075</v>
       </c>
       <c r="H332" t="s">
-        <v>3070</v>
+        <v>3076</v>
       </c>
       <c r="I332" t="s">
-        <v>3071</v>
+        <v>3077</v>
       </c>
       <c r="J332" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>690</v>
+        <v>25</v>
       </c>
       <c r="L332" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>691</v>
+        <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3072</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6765</v>
+        <v>6615</v>
       </c>
       <c r="B333" t="s">
-        <v>3073</v>
+        <v>3079</v>
       </c>
       <c r="C333" t="s">
-        <v>3074</v>
+        <v>3080</v>
       </c>
       <c r="D333" t="s">
-        <v>3075</v>
+        <v>3081</v>
       </c>
       <c r="E333" t="s">
-        <v>3076</v>
+        <v>3082</v>
       </c>
       <c r="F333" t="s">
-        <v>3077</v>
+        <v>3083</v>
       </c>
       <c r="G333" t="s">
-        <v>3078</v>
+        <v>3084</v>
       </c>
       <c r="H333" t="s">
-        <v>3079</v>
+        <v>3085</v>
       </c>
       <c r="I333" t="s">
-        <v>3080</v>
+        <v>3086</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3081</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6982</v>
+        <v>6761</v>
       </c>
       <c r="B334" t="s">
-        <v>3082</v>
+        <v>3088</v>
       </c>
       <c r="C334" t="s">
-        <v>3083</v>
+        <v>3089</v>
       </c>
       <c r="D334" t="s">
-        <v>3084</v>
+        <v>3090</v>
       </c>
       <c r="E334" t="s">
-        <v>3085</v>
+        <v>3091</v>
       </c>
       <c r="F334" t="s">
-        <v>3086</v>
+        <v>3092</v>
       </c>
       <c r="G334" t="s">
-        <v>3087</v>
+        <v>3093</v>
       </c>
       <c r="H334" t="s">
-        <v>3088</v>
+        <v>3094</v>
       </c>
       <c r="I334" t="s">
-        <v>3089</v>
+        <v>3095</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>3090</v>
+        <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>3091</v>
+        <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3092</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>8265</v>
+        <v>6762</v>
       </c>
       <c r="B335" t="s">
-        <v>3093</v>
+        <v>3097</v>
       </c>
       <c r="C335" t="s">
-        <v>3094</v>
+        <v>3098</v>
       </c>
       <c r="D335" t="s">
-        <v>3095</v>
+        <v>3099</v>
       </c>
       <c r="E335" t="s">
-        <v>3096</v>
+        <v>3100</v>
       </c>
       <c r="F335" t="s">
-        <v>3097</v>
+        <v>3101</v>
       </c>
       <c r="G335" t="s">
-        <v>3098</v>
+        <v>3102</v>
       </c>
       <c r="H335" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="I335" t="s">
-        <v>3100</v>
+        <v>3104</v>
       </c>
       <c r="J335" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K335" t="s">
-        <v>3101</v>
+        <v>690</v>
       </c>
       <c r="L335" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M335" t="s">
-        <v>3102</v>
+        <v>691</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>8289</v>
+        <v>6765</v>
       </c>
       <c r="B336" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="C336" t="s">
-        <v>3105</v>
+        <v>3107</v>
       </c>
       <c r="D336" t="s">
-        <v>3106</v>
+        <v>3108</v>
       </c>
       <c r="E336" t="s">
-        <v>3107</v>
+        <v>3109</v>
       </c>
       <c r="F336" t="s">
-        <v>3108</v>
+        <v>3110</v>
       </c>
       <c r="G336" t="s">
-        <v>3109</v>
+        <v>3111</v>
       </c>
       <c r="H336" t="s">
-        <v>3110</v>
+        <v>3112</v>
       </c>
       <c r="I336" t="s">
-        <v>3111</v>
+        <v>3113</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>451</v>
+        <v>170</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>453</v>
+        <v>171</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3112</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>8294</v>
+        <v>6982</v>
       </c>
       <c r="B337" t="s">
-        <v>3113</v>
+        <v>3115</v>
       </c>
       <c r="C337" t="s">
-        <v>3114</v>
+        <v>3116</v>
       </c>
       <c r="D337" t="s">
-        <v>3115</v>
+        <v>3117</v>
       </c>
       <c r="E337" t="s">
-        <v>3116</v>
+        <v>3118</v>
       </c>
       <c r="F337" t="s">
-        <v>3117</v>
+        <v>3119</v>
       </c>
       <c r="G337" t="s">
-        <v>3118</v>
+        <v>3120</v>
       </c>
       <c r="H337" t="s">
-        <v>3119</v>
+        <v>3121</v>
       </c>
       <c r="I337" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
       <c r="J337" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>746</v>
+        <v>3123</v>
       </c>
       <c r="L337" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>747</v>
+        <v>3124</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3121</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>8315</v>
+        <v>8265</v>
       </c>
       <c r="B338" t="s">
-        <v>3122</v>
+        <v>3126</v>
       </c>
       <c r="C338" t="s">
-        <v>3123</v>
+        <v>3127</v>
       </c>
       <c r="D338" t="s">
-        <v>3124</v>
+        <v>3128</v>
       </c>
       <c r="E338" t="s">
-        <v>3125</v>
+        <v>3129</v>
       </c>
       <c r="F338" t="s">
-        <v>3126</v>
+        <v>3130</v>
       </c>
       <c r="G338" t="s">
-        <v>3127</v>
+        <v>3131</v>
       </c>
       <c r="H338" t="s">
-        <v>3128</v>
+        <v>3132</v>
       </c>
       <c r="I338" t="s">
-        <v>3129</v>
+        <v>3133</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>25</v>
+        <v>3134</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>27</v>
+        <v>3135</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3130</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>8341</v>
+        <v>8289</v>
       </c>
       <c r="B339" t="s">
-        <v>3131</v>
+        <v>3137</v>
       </c>
       <c r="C339" t="s">
-        <v>3132</v>
+        <v>3138</v>
       </c>
       <c r="D339" t="s">
-        <v>3133</v>
+        <v>3139</v>
       </c>
       <c r="E339" t="s">
-        <v>3134</v>
+        <v>3140</v>
       </c>
       <c r="F339" t="s">
-        <v>3135</v>
+        <v>3141</v>
       </c>
       <c r="G339" t="s">
-        <v>3136</v>
+        <v>3142</v>
       </c>
       <c r="H339" t="s">
-        <v>3137</v>
+        <v>3143</v>
       </c>
       <c r="I339" t="s">
-        <v>3138</v>
+        <v>3144</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>170</v>
+        <v>451</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3139</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>8343</v>
+        <v>8294</v>
       </c>
       <c r="B340" t="s">
-        <v>3140</v>
+        <v>3146</v>
       </c>
       <c r="C340" t="s">
-        <v>3141</v>
+        <v>3147</v>
       </c>
       <c r="D340" t="s">
-        <v>3142</v>
+        <v>3148</v>
       </c>
       <c r="E340" t="s">
-        <v>3143</v>
+        <v>3149</v>
       </c>
       <c r="F340" t="s">
-        <v>3144</v>
+        <v>3150</v>
       </c>
       <c r="G340" t="s">
-        <v>3145</v>
+        <v>3151</v>
       </c>
       <c r="H340" t="s">
-        <v>3146</v>
+        <v>3152</v>
       </c>
       <c r="I340" t="s">
-        <v>3147</v>
+        <v>3153</v>
       </c>
       <c r="J340" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K340" t="s">
-        <v>25</v>
+        <v>746</v>
       </c>
       <c r="L340" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M340" t="s">
-        <v>27</v>
+        <v>747</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3148</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>8344</v>
+        <v>8315</v>
       </c>
       <c r="B341" t="s">
-        <v>3149</v>
+        <v>3155</v>
       </c>
       <c r="C341" t="s">
-        <v>3150</v>
+        <v>3156</v>
       </c>
       <c r="D341" t="s">
-        <v>3151</v>
+        <v>3157</v>
       </c>
       <c r="E341" t="s">
-        <v>3152</v>
+        <v>3158</v>
       </c>
       <c r="F341" t="s">
-        <v>3153</v>
+        <v>3159</v>
       </c>
       <c r="G341" t="s">
-        <v>3154</v>
+        <v>3160</v>
       </c>
       <c r="H341" t="s">
-        <v>3155</v>
+        <v>3161</v>
       </c>
       <c r="I341" t="s">
-        <v>3156</v>
+        <v>3162</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3157</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>8355</v>
+        <v>8341</v>
       </c>
       <c r="B342" t="s">
-        <v>3158</v>
+        <v>3164</v>
       </c>
       <c r="C342" t="s">
-        <v>3159</v>
+        <v>3165</v>
       </c>
       <c r="D342" t="s">
-        <v>3160</v>
+        <v>3166</v>
       </c>
       <c r="E342" t="s">
-        <v>3161</v>
+        <v>3167</v>
       </c>
       <c r="F342" t="s">
-        <v>3162</v>
+        <v>3168</v>
       </c>
       <c r="G342" t="s">
-        <v>3163</v>
+        <v>3169</v>
       </c>
       <c r="H342" t="s">
-        <v>3164</v>
+        <v>3170</v>
       </c>
       <c r="I342" t="s">
-        <v>3165</v>
+        <v>3171</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>3166</v>
+        <v>170</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>3167</v>
+        <v>171</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3168</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>8357</v>
+        <v>8343</v>
       </c>
       <c r="B343" t="s">
-        <v>3169</v>
+        <v>3173</v>
       </c>
       <c r="C343" t="s">
-        <v>3170</v>
+        <v>3174</v>
       </c>
       <c r="D343" t="s">
-        <v>3171</v>
+        <v>3175</v>
       </c>
       <c r="E343" t="s">
-        <v>3172</v>
+        <v>3176</v>
       </c>
       <c r="F343" t="s">
-        <v>3173</v>
+        <v>3177</v>
       </c>
       <c r="G343" t="s">
-        <v>3174</v>
+        <v>3178</v>
       </c>
       <c r="H343" t="s">
-        <v>3175</v>
+        <v>3179</v>
       </c>
       <c r="I343" t="s">
-        <v>3176</v>
+        <v>3180</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>3166</v>
+        <v>25</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>3167</v>
+        <v>27</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3177</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8377</v>
+        <v>8344</v>
       </c>
       <c r="B344" t="s">
-        <v>3178</v>
+        <v>3182</v>
       </c>
       <c r="C344" t="s">
-        <v>3179</v>
+        <v>3183</v>
       </c>
       <c r="D344" t="s">
-        <v>3180</v>
+        <v>3184</v>
       </c>
       <c r="E344" t="s">
-        <v>3181</v>
+        <v>3185</v>
       </c>
       <c r="F344" t="s">
-        <v>3182</v>
+        <v>3186</v>
       </c>
       <c r="G344" t="s">
-        <v>3183</v>
+        <v>3187</v>
       </c>
       <c r="H344" t="s">
-        <v>3184</v>
+        <v>3188</v>
       </c>
       <c r="I344" t="s">
-        <v>3185</v>
+        <v>3189</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3186</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8386</v>
+        <v>8355</v>
       </c>
       <c r="B345" t="s">
-        <v>3187</v>
+        <v>3191</v>
       </c>
       <c r="C345" t="s">
-        <v>3188</v>
+        <v>3192</v>
       </c>
       <c r="D345" t="s">
-        <v>3189</v>
+        <v>3193</v>
       </c>
       <c r="E345" t="s">
-        <v>3190</v>
+        <v>3194</v>
       </c>
       <c r="F345" t="s">
-        <v>3191</v>
+        <v>3195</v>
       </c>
       <c r="G345" t="s">
-        <v>3192</v>
+        <v>3196</v>
       </c>
       <c r="H345" t="s">
-        <v>3193</v>
+        <v>3197</v>
       </c>
       <c r="I345" t="s">
-        <v>3194</v>
+        <v>3198</v>
       </c>
       <c r="J345" t="s">
-        <v>1728</v>
+        <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>170</v>
+        <v>3199</v>
       </c>
       <c r="L345" t="s">
-        <v>1730</v>
+        <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>171</v>
+        <v>3200</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3195</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8387</v>
+        <v>8357</v>
       </c>
       <c r="B346" t="s">
-        <v>3196</v>
+        <v>3202</v>
       </c>
       <c r="C346" t="s">
-        <v>3197</v>
+        <v>3203</v>
       </c>
       <c r="D346" t="s">
-        <v>3198</v>
+        <v>3204</v>
       </c>
       <c r="E346" t="s">
+        <v>3205</v>
+      </c>
+      <c r="F346" t="s">
+        <v>3206</v>
+      </c>
+      <c r="G346" t="s">
+        <v>3207</v>
+      </c>
+      <c r="H346" t="s">
+        <v>3208</v>
+      </c>
+      <c r="I346" t="s">
+        <v>3209</v>
+      </c>
+      <c r="J346" t="s">
+        <v>24</v>
+      </c>
+      <c r="K346" t="s">
         <v>3199</v>
       </c>
-      <c r="F346" t="s">
+      <c r="L346" t="s">
+        <v>26</v>
+      </c>
+      <c r="M346" t="s">
         <v>3200</v>
       </c>
-      <c r="G346" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3204</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>8388</v>
+        <v>8377</v>
       </c>
       <c r="B347" t="s">
-        <v>3205</v>
+        <v>3211</v>
       </c>
       <c r="C347" t="s">
-        <v>3206</v>
+        <v>3212</v>
       </c>
       <c r="D347" t="s">
-        <v>3207</v>
+        <v>3213</v>
       </c>
       <c r="E347" t="s">
-        <v>3208</v>
+        <v>3214</v>
       </c>
       <c r="F347" t="s">
-        <v>3209</v>
+        <v>3215</v>
       </c>
       <c r="G347" t="s">
-        <v>3210</v>
+        <v>3216</v>
       </c>
       <c r="H347" t="s">
-        <v>3211</v>
+        <v>3217</v>
       </c>
       <c r="I347" t="s">
-        <v>3212</v>
+        <v>3218</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3213</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>8392</v>
+        <v>8386</v>
       </c>
       <c r="B348" t="s">
-        <v>3214</v>
+        <v>3220</v>
       </c>
       <c r="C348" t="s">
-        <v>3215</v>
+        <v>3221</v>
       </c>
       <c r="D348" t="s">
-        <v>3216</v>
+        <v>3222</v>
       </c>
       <c r="E348" t="s">
-        <v>3217</v>
+        <v>3223</v>
       </c>
       <c r="F348" t="s">
-        <v>3218</v>
+        <v>3224</v>
       </c>
       <c r="G348" t="s">
-        <v>3219</v>
+        <v>3225</v>
       </c>
       <c r="H348" t="s">
-        <v>3220</v>
+        <v>3226</v>
       </c>
       <c r="I348" t="s">
-        <v>3221</v>
+        <v>3227</v>
       </c>
       <c r="J348" t="s">
-        <v>24</v>
+        <v>1761</v>
       </c>
       <c r="K348" t="s">
-        <v>1729</v>
+        <v>170</v>
       </c>
       <c r="L348" t="s">
-        <v>26</v>
+        <v>1763</v>
       </c>
       <c r="M348" t="s">
-        <v>1731</v>
+        <v>171</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3222</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8402</v>
+        <v>8387</v>
       </c>
       <c r="B349" t="s">
-        <v>3223</v>
+        <v>3229</v>
       </c>
       <c r="C349" t="s">
-        <v>3224</v>
+        <v>3230</v>
       </c>
       <c r="D349" t="s">
-        <v>3225</v>
+        <v>3231</v>
       </c>
       <c r="E349" t="s">
-        <v>3226</v>
+        <v>3232</v>
       </c>
       <c r="F349" t="s">
-        <v>3227</v>
+        <v>3233</v>
       </c>
       <c r="G349" t="s">
-        <v>3228</v>
+        <v>3234</v>
       </c>
       <c r="H349" t="s">
-        <v>3229</v>
+        <v>3235</v>
       </c>
       <c r="I349" t="s">
-        <v>3230</v>
+        <v>3236</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3231</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8902</v>
+        <v>8388</v>
       </c>
       <c r="B350" t="s">
-        <v>3232</v>
+        <v>3238</v>
       </c>
       <c r="C350" t="s">
-        <v>3233</v>
+        <v>3239</v>
       </c>
       <c r="D350" t="s">
-        <v>3234</v>
+        <v>3240</v>
       </c>
       <c r="E350" t="s">
-        <v>3235</v>
+        <v>3241</v>
       </c>
       <c r="F350" t="s">
-        <v>3236</v>
+        <v>3242</v>
       </c>
       <c r="G350" t="s">
-        <v>3237</v>
+        <v>3243</v>
       </c>
       <c r="H350" t="s">
-        <v>3238</v>
+        <v>3244</v>
       </c>
       <c r="I350" t="s">
-        <v>3239</v>
+        <v>3245</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
         <v>170</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
         <v>171</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3240</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>8903</v>
+        <v>8392</v>
       </c>
       <c r="B351" t="s">
-        <v>3241</v>
+        <v>3247</v>
       </c>
       <c r="C351" t="s">
-        <v>3242</v>
+        <v>3248</v>
       </c>
       <c r="D351" t="s">
-        <v>3243</v>
+        <v>3249</v>
       </c>
       <c r="E351" t="s">
-        <v>3244</v>
+        <v>3250</v>
       </c>
       <c r="F351" t="s">
-        <v>3245</v>
+        <v>3251</v>
       </c>
       <c r="G351" t="s">
-        <v>3246</v>
+        <v>3252</v>
       </c>
       <c r="H351" t="s">
-        <v>3247</v>
+        <v>3253</v>
       </c>
       <c r="I351" t="s">
-        <v>3248</v>
+        <v>3254</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>170</v>
+        <v>1762</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>171</v>
+        <v>1764</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3249</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8904</v>
+        <v>8402</v>
       </c>
       <c r="B352" t="s">
-        <v>3250</v>
+        <v>3256</v>
       </c>
       <c r="C352" t="s">
-        <v>3251</v>
+        <v>3257</v>
       </c>
       <c r="D352" t="s">
-        <v>3252</v>
+        <v>3258</v>
       </c>
       <c r="E352" t="s">
-        <v>3253</v>
+        <v>3259</v>
       </c>
       <c r="F352" t="s">
-        <v>3254</v>
+        <v>3260</v>
       </c>
       <c r="G352" t="s">
-        <v>3255</v>
+        <v>3261</v>
       </c>
       <c r="H352" t="s">
-        <v>3256</v>
+        <v>3262</v>
       </c>
       <c r="I352" t="s">
-        <v>3257</v>
+        <v>3263</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>170</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>171</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3258</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8914</v>
+        <v>8902</v>
       </c>
       <c r="B353" t="s">
-        <v>3259</v>
+        <v>3265</v>
       </c>
       <c r="C353" t="s">
-        <v>3260</v>
+        <v>3266</v>
       </c>
       <c r="D353" t="s">
-        <v>3261</v>
+        <v>3267</v>
       </c>
       <c r="E353" t="s">
-        <v>3262</v>
+        <v>3268</v>
       </c>
       <c r="F353" t="s">
-        <v>3263</v>
+        <v>3269</v>
       </c>
       <c r="G353" t="s">
-        <v>3264</v>
+        <v>3270</v>
       </c>
       <c r="H353" t="s">
-        <v>3265</v>
+        <v>3271</v>
       </c>
       <c r="I353" t="s">
-        <v>3266</v>
+        <v>3272</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3267</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8918</v>
+        <v>8903</v>
       </c>
       <c r="B354" t="s">
-        <v>3268</v>
+        <v>3274</v>
       </c>
       <c r="C354" t="s">
-        <v>3269</v>
+        <v>3275</v>
       </c>
       <c r="D354" t="s">
-        <v>3270</v>
+        <v>3276</v>
       </c>
       <c r="E354" t="s">
-        <v>3271</v>
+        <v>3277</v>
       </c>
       <c r="F354" t="s">
-        <v>3272</v>
+        <v>3278</v>
       </c>
       <c r="G354" t="s">
-        <v>3273</v>
+        <v>3279</v>
       </c>
       <c r="H354" t="s">
-        <v>3274</v>
+        <v>3280</v>
       </c>
       <c r="I354" t="s">
-        <v>3275</v>
+        <v>3281</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3276</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>8945</v>
+        <v>8904</v>
       </c>
       <c r="B355" t="s">
-        <v>3277</v>
+        <v>3283</v>
       </c>
       <c r="C355" t="s">
-        <v>3278</v>
+        <v>3284</v>
       </c>
       <c r="D355" t="s">
-        <v>3279</v>
+        <v>3285</v>
       </c>
       <c r="E355" t="s">
-        <v>3280</v>
+        <v>3286</v>
       </c>
       <c r="F355" t="s">
-        <v>3281</v>
+        <v>3287</v>
       </c>
       <c r="G355" t="s">
-        <v>3282</v>
+        <v>3288</v>
       </c>
       <c r="H355" t="s">
-        <v>3283</v>
+        <v>3289</v>
       </c>
       <c r="I355" t="s">
-        <v>3284</v>
+        <v>3290</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3285</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>8950</v>
+        <v>8914</v>
       </c>
       <c r="B356" t="s">
-        <v>3286</v>
+        <v>3292</v>
       </c>
       <c r="C356" t="s">
-        <v>3287</v>
+        <v>3293</v>
       </c>
       <c r="D356" t="s">
-        <v>3288</v>
+        <v>3294</v>
       </c>
       <c r="E356" t="s">
-        <v>3289</v>
+        <v>3295</v>
       </c>
       <c r="F356" t="s">
-        <v>3290</v>
+        <v>3296</v>
       </c>
       <c r="G356" t="s">
-        <v>3291</v>
+        <v>3297</v>
       </c>
       <c r="H356" t="s">
-        <v>3292</v>
+        <v>3298</v>
       </c>
       <c r="I356" t="s">
-        <v>3293</v>
+        <v>3299</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
         <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
         <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3294</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>8951</v>
+        <v>8918</v>
       </c>
       <c r="B357" t="s">
-        <v>3295</v>
+        <v>3301</v>
       </c>
       <c r="C357" t="s">
-        <v>3296</v>
+        <v>3302</v>
       </c>
       <c r="D357" t="s">
-        <v>3297</v>
+        <v>3303</v>
       </c>
       <c r="E357" t="s">
-        <v>3298</v>
+        <v>3304</v>
       </c>
       <c r="F357" t="s">
-        <v>3299</v>
+        <v>3305</v>
       </c>
       <c r="G357" t="s">
-        <v>3300</v>
+        <v>3306</v>
       </c>
       <c r="H357" t="s">
-        <v>3301</v>
+        <v>3307</v>
       </c>
       <c r="I357" t="s">
-        <v>3302</v>
+        <v>3308</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3303</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>8959</v>
+        <v>8945</v>
       </c>
       <c r="B358" t="s">
-        <v>3304</v>
+        <v>3310</v>
       </c>
       <c r="C358" t="s">
-        <v>3305</v>
+        <v>3311</v>
       </c>
       <c r="D358" t="s">
-        <v>3306</v>
+        <v>3312</v>
       </c>
       <c r="E358" t="s">
-        <v>3307</v>
+        <v>3313</v>
       </c>
       <c r="F358" t="s">
-        <v>3308</v>
+        <v>3314</v>
       </c>
       <c r="G358" t="s">
-        <v>3309</v>
+        <v>3315</v>
       </c>
       <c r="H358" t="s">
-        <v>3310</v>
+        <v>3316</v>
       </c>
       <c r="I358" t="s">
-        <v>3311</v>
+        <v>3317</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3312</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>10014</v>
+        <v>8950</v>
       </c>
       <c r="B359" t="s">
-        <v>3313</v>
+        <v>3319</v>
       </c>
       <c r="C359" t="s">
-        <v>3314</v>
+        <v>3320</v>
       </c>
       <c r="D359" t="s">
-        <v>3315</v>
+        <v>3321</v>
       </c>
       <c r="E359" t="s">
-        <v>3316</v>
+        <v>3322</v>
       </c>
       <c r="F359" t="s">
-        <v>3317</v>
+        <v>3323</v>
       </c>
       <c r="G359" t="s">
-        <v>3318</v>
+        <v>3324</v>
       </c>
       <c r="H359" t="s">
-        <v>3319</v>
+        <v>3325</v>
       </c>
       <c r="I359" t="s">
-        <v>3320</v>
+        <v>3326</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>3321</v>
+        <v>25</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>3322</v>
+        <v>27</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3323</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>10015</v>
+        <v>8951</v>
       </c>
       <c r="B360" t="s">
-        <v>3324</v>
+        <v>3328</v>
       </c>
       <c r="C360" t="s">
-        <v>3325</v>
+        <v>3329</v>
       </c>
       <c r="D360" t="s">
-        <v>3326</v>
+        <v>3330</v>
       </c>
       <c r="E360" t="s">
-        <v>3327</v>
+        <v>3331</v>
       </c>
       <c r="F360" t="s">
-        <v>3328</v>
+        <v>3332</v>
       </c>
       <c r="G360" t="s">
-        <v>3329</v>
+        <v>3333</v>
       </c>
       <c r="H360" t="s">
-        <v>3330</v>
+        <v>3334</v>
       </c>
       <c r="I360" t="s">
-        <v>3331</v>
+        <v>3335</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
         <v>170</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
         <v>171</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3332</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>10036</v>
+        <v>8959</v>
       </c>
       <c r="B361" t="s">
-        <v>3333</v>
+        <v>3337</v>
       </c>
       <c r="C361" t="s">
-        <v>3334</v>
+        <v>3338</v>
       </c>
       <c r="D361" t="s">
-        <v>3335</v>
+        <v>3339</v>
       </c>
       <c r="E361" t="s">
-        <v>3336</v>
+        <v>3340</v>
       </c>
       <c r="F361" t="s">
-        <v>3337</v>
+        <v>3341</v>
       </c>
       <c r="G361" t="s">
-        <v>3338</v>
+        <v>3342</v>
       </c>
       <c r="H361" t="s">
-        <v>3339</v>
+        <v>3343</v>
       </c>
       <c r="I361" t="s">
-        <v>3340</v>
+        <v>3344</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3341</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>10046</v>
+        <v>10014</v>
       </c>
       <c r="B362" t="s">
-        <v>3342</v>
+        <v>3346</v>
       </c>
       <c r="C362" t="s">
-        <v>3343</v>
+        <v>3347</v>
       </c>
       <c r="D362" t="s">
-        <v>3344</v>
+        <v>3348</v>
       </c>
       <c r="E362" t="s">
-        <v>3345</v>
+        <v>3349</v>
       </c>
       <c r="F362" t="s">
-        <v>3346</v>
+        <v>3350</v>
       </c>
       <c r="G362" t="s">
-        <v>3347</v>
+        <v>3351</v>
       </c>
       <c r="H362" t="s">
-        <v>3348</v>
+        <v>3352</v>
       </c>
       <c r="I362" t="s">
-        <v>3349</v>
+        <v>3353</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>274</v>
+        <v>3354</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>276</v>
+        <v>3355</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3350</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>10098</v>
+        <v>10015</v>
       </c>
       <c r="B363" t="s">
-        <v>3351</v>
+        <v>3357</v>
       </c>
       <c r="C363" t="s">
-        <v>3352</v>
+        <v>3358</v>
       </c>
       <c r="D363" t="s">
-        <v>3353</v>
+        <v>3359</v>
       </c>
       <c r="E363" t="s">
-        <v>3354</v>
+        <v>3360</v>
       </c>
       <c r="F363" t="s">
-        <v>3355</v>
+        <v>3361</v>
       </c>
       <c r="G363" t="s">
-        <v>3356</v>
+        <v>3362</v>
       </c>
       <c r="H363" t="s">
-        <v>3357</v>
+        <v>3363</v>
       </c>
       <c r="I363" t="s">
-        <v>3358</v>
+        <v>3364</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3359</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>10101</v>
+        <v>10036</v>
       </c>
       <c r="B364" t="s">
-        <v>3360</v>
+        <v>3366</v>
       </c>
       <c r="C364" t="s">
-        <v>3361</v>
+        <v>3367</v>
       </c>
       <c r="D364" t="s">
-        <v>3362</v>
+        <v>3368</v>
       </c>
       <c r="E364" t="s">
-        <v>3363</v>
+        <v>3369</v>
       </c>
       <c r="F364" t="s">
-        <v>3364</v>
+        <v>3370</v>
       </c>
       <c r="G364" t="s">
-        <v>3365</v>
+        <v>3371</v>
       </c>
       <c r="H364" t="s">
-        <v>3366</v>
+        <v>3372</v>
       </c>
       <c r="I364" t="s">
-        <v>3367</v>
+        <v>3373</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
         <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
         <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3368</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>10412</v>
+        <v>10046</v>
       </c>
       <c r="B365" t="s">
-        <v>3369</v>
+        <v>3375</v>
       </c>
       <c r="C365" t="s">
-        <v>3370</v>
+        <v>3376</v>
       </c>
       <c r="D365" t="s">
-        <v>3371</v>
+        <v>3377</v>
       </c>
       <c r="E365" t="s">
-        <v>3372</v>
+        <v>3378</v>
       </c>
       <c r="F365" t="s">
-        <v>3373</v>
+        <v>3379</v>
       </c>
       <c r="G365" t="s">
-        <v>3374</v>
+        <v>3380</v>
       </c>
       <c r="H365" t="s">
-        <v>3375</v>
+        <v>3381</v>
       </c>
       <c r="I365" t="s">
-        <v>3376</v>
+        <v>3382</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3377</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>10603</v>
+        <v>10098</v>
       </c>
       <c r="B366" t="s">
-        <v>3378</v>
+        <v>3384</v>
       </c>
       <c r="C366" t="s">
-        <v>3379</v>
+        <v>3385</v>
       </c>
       <c r="D366" t="s">
-        <v>3380</v>
+        <v>3386</v>
       </c>
       <c r="E366" t="s">
-        <v>3381</v>
+        <v>3387</v>
       </c>
       <c r="F366" t="s">
-        <v>3382</v>
+        <v>3388</v>
       </c>
       <c r="G366" t="s">
-        <v>3383</v>
+        <v>3389</v>
       </c>
       <c r="H366" t="s">
-        <v>3384</v>
+        <v>3390</v>
       </c>
       <c r="I366" t="s">
-        <v>3385</v>
+        <v>3391</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
         <v>25</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
         <v>27</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3386</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>10647</v>
+        <v>10101</v>
       </c>
       <c r="B367" t="s">
-        <v>3387</v>
+        <v>3393</v>
       </c>
       <c r="C367" t="s">
-        <v>3388</v>
+        <v>3394</v>
       </c>
       <c r="D367" t="s">
-        <v>3389</v>
+        <v>3395</v>
       </c>
       <c r="E367" t="s">
-        <v>3390</v>
+        <v>3396</v>
       </c>
       <c r="F367" t="s">
-        <v>3391</v>
+        <v>3397</v>
       </c>
       <c r="G367" t="s">
-        <v>3392</v>
+        <v>3398</v>
       </c>
       <c r="H367" t="s">
-        <v>3393</v>
+        <v>3399</v>
       </c>
       <c r="I367" t="s">
-        <v>3394</v>
+        <v>3400</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3395</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>10887</v>
+        <v>10412</v>
       </c>
       <c r="B368" t="s">
-        <v>3396</v>
+        <v>3402</v>
       </c>
       <c r="C368" t="s">
-        <v>3397</v>
+        <v>3403</v>
       </c>
       <c r="D368" t="s">
-        <v>3398</v>
+        <v>3404</v>
       </c>
       <c r="E368" t="s">
-        <v>3399</v>
+        <v>3405</v>
       </c>
       <c r="F368" t="s">
-        <v>3400</v>
+        <v>3406</v>
       </c>
       <c r="G368" t="s">
-        <v>3401</v>
+        <v>3407</v>
       </c>
       <c r="H368" t="s">
-        <v>3402</v>
+        <v>3408</v>
       </c>
       <c r="I368" t="s">
-        <v>3403</v>
+        <v>3409</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
         <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
         <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3404</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>10925</v>
+        <v>10603</v>
       </c>
       <c r="B369" t="s">
-        <v>3405</v>
+        <v>3411</v>
       </c>
       <c r="C369" t="s">
-        <v>3406</v>
+        <v>3412</v>
       </c>
       <c r="D369" t="s">
-        <v>3407</v>
+        <v>3413</v>
       </c>
       <c r="E369" t="s">
-        <v>3408</v>
+        <v>3414</v>
       </c>
       <c r="F369" t="s">
-        <v>3409</v>
+        <v>3415</v>
       </c>
       <c r="G369" t="s">
-        <v>3410</v>
+        <v>3416</v>
       </c>
       <c r="H369" t="s">
-        <v>3411</v>
+        <v>3417</v>
       </c>
       <c r="I369" t="s">
-        <v>3412</v>
+        <v>3418</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
         <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
         <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3413</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>10930</v>
+        <v>10647</v>
       </c>
       <c r="B370" t="s">
-        <v>3414</v>
+        <v>3420</v>
       </c>
       <c r="C370" t="s">
-        <v>3415</v>
+        <v>3421</v>
       </c>
       <c r="D370" t="s">
-        <v>3416</v>
+        <v>3422</v>
       </c>
       <c r="E370" t="s">
-        <v>3417</v>
+        <v>3423</v>
       </c>
       <c r="F370" t="s">
-        <v>3418</v>
+        <v>3424</v>
       </c>
       <c r="G370" t="s">
-        <v>3419</v>
+        <v>3425</v>
       </c>
       <c r="H370" t="s">
-        <v>3420</v>
+        <v>3426</v>
       </c>
       <c r="I370" t="s">
-        <v>3421</v>
+        <v>3427</v>
       </c>
       <c r="J370" t="s">
-        <v>1351</v>
+        <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L370" t="s">
-        <v>1353</v>
+        <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3422</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>10947</v>
+        <v>10887</v>
       </c>
       <c r="B371" t="s">
-        <v>3423</v>
+        <v>3429</v>
       </c>
       <c r="C371" t="s">
-        <v>3424</v>
+        <v>3430</v>
       </c>
       <c r="D371" t="s">
-        <v>3425</v>
+        <v>3431</v>
       </c>
       <c r="E371" t="s">
-        <v>3426</v>
+        <v>3432</v>
       </c>
       <c r="F371" t="s">
-        <v>3427</v>
+        <v>3433</v>
       </c>
       <c r="G371" t="s">
-        <v>3428</v>
+        <v>3434</v>
       </c>
       <c r="H371" t="s">
-        <v>3429</v>
+        <v>3435</v>
       </c>
       <c r="I371" t="s">
-        <v>3430</v>
+        <v>3436</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3431</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>10948</v>
+        <v>10925</v>
       </c>
       <c r="B372" t="s">
-        <v>3432</v>
+        <v>3438</v>
       </c>
       <c r="C372" t="s">
-        <v>3433</v>
+        <v>3439</v>
       </c>
       <c r="D372" t="s">
-        <v>3434</v>
+        <v>3440</v>
       </c>
       <c r="E372" t="s">
-        <v>3435</v>
+        <v>3441</v>
       </c>
       <c r="F372" t="s">
-        <v>3436</v>
+        <v>3442</v>
       </c>
       <c r="G372" t="s">
-        <v>3437</v>
+        <v>3443</v>
       </c>
       <c r="H372" t="s">
-        <v>3438</v>
+        <v>3444</v>
       </c>
       <c r="I372" t="s">
-        <v>3439</v>
+        <v>3445</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3440</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>10950</v>
+        <v>10930</v>
       </c>
       <c r="B373" t="s">
-        <v>3441</v>
+        <v>3447</v>
       </c>
       <c r="C373" t="s">
-        <v>3442</v>
+        <v>3448</v>
       </c>
       <c r="D373" t="s">
-        <v>3443</v>
+        <v>3449</v>
       </c>
       <c r="E373" t="s">
-        <v>3444</v>
+        <v>3450</v>
       </c>
       <c r="F373" t="s">
-        <v>3445</v>
+        <v>3451</v>
       </c>
       <c r="G373" t="s">
-        <v>3446</v>
+        <v>3452</v>
       </c>
       <c r="H373" t="s">
-        <v>3447</v>
+        <v>3453</v>
       </c>
       <c r="I373" t="s">
-        <v>3448</v>
+        <v>3454</v>
       </c>
       <c r="J373" t="s">
-        <v>24</v>
+        <v>1351</v>
       </c>
       <c r="K373" t="s">
-        <v>3449</v>
+        <v>274</v>
       </c>
       <c r="L373" t="s">
-        <v>26</v>
+        <v>1353</v>
       </c>
       <c r="M373" t="s">
-        <v>3450</v>
+        <v>276</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3451</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>10951</v>
+        <v>10947</v>
       </c>
       <c r="B374" t="s">
-        <v>3452</v>
+        <v>3456</v>
       </c>
       <c r="C374" t="s">
-        <v>3453</v>
+        <v>3457</v>
       </c>
       <c r="D374" t="s">
-        <v>3454</v>
+        <v>3458</v>
       </c>
       <c r="E374" t="s">
-        <v>3455</v>
+        <v>3459</v>
       </c>
       <c r="F374" t="s">
-        <v>3456</v>
+        <v>3460</v>
       </c>
       <c r="G374" t="s">
-        <v>3457</v>
+        <v>3461</v>
       </c>
       <c r="H374" t="s">
-        <v>3458</v>
+        <v>3462</v>
       </c>
       <c r="I374" t="s">
-        <v>3459</v>
+        <v>3463</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3460</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>11000</v>
+        <v>10948</v>
       </c>
       <c r="B375" t="s">
-        <v>3461</v>
+        <v>3465</v>
       </c>
       <c r="C375" t="s">
-        <v>3462</v>
+        <v>3466</v>
       </c>
       <c r="D375" t="s">
-        <v>3463</v>
+        <v>3467</v>
       </c>
       <c r="E375" t="s">
-        <v>3464</v>
+        <v>3468</v>
       </c>
       <c r="F375" t="s">
-        <v>3465</v>
+        <v>3469</v>
       </c>
       <c r="G375" t="s">
-        <v>3466</v>
+        <v>3470</v>
       </c>
       <c r="H375" t="s">
-        <v>3467</v>
+        <v>3471</v>
       </c>
       <c r="I375" t="s">
-        <v>3468</v>
+        <v>3472</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3469</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>11220</v>
+        <v>10950</v>
       </c>
       <c r="B376" t="s">
-        <v>3470</v>
+        <v>3474</v>
       </c>
       <c r="C376" t="s">
-        <v>3471</v>
+        <v>3475</v>
       </c>
       <c r="D376" t="s">
-        <v>3472</v>
+        <v>3476</v>
       </c>
       <c r="E376" t="s">
-        <v>3473</v>
+        <v>3477</v>
       </c>
       <c r="F376" t="s">
-        <v>3474</v>
+        <v>3478</v>
       </c>
       <c r="G376" t="s">
-        <v>3475</v>
+        <v>3479</v>
       </c>
       <c r="H376" t="s">
-        <v>3476</v>
+        <v>3480</v>
       </c>
       <c r="I376" t="s">
-        <v>3477</v>
+        <v>3481</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>690</v>
+        <v>3482</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>691</v>
+        <v>3483</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3478</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>11231</v>
+        <v>10951</v>
       </c>
       <c r="B377" t="s">
-        <v>3479</v>
+        <v>3485</v>
       </c>
       <c r="C377" t="s">
-        <v>3480</v>
+        <v>3486</v>
       </c>
       <c r="D377" t="s">
-        <v>3481</v>
+        <v>3487</v>
       </c>
       <c r="E377" t="s">
-        <v>3482</v>
+        <v>3488</v>
       </c>
       <c r="F377" t="s">
-        <v>3483</v>
+        <v>3489</v>
       </c>
       <c r="G377" t="s">
-        <v>3484</v>
+        <v>3490</v>
       </c>
       <c r="H377" t="s">
-        <v>3485</v>
+        <v>3491</v>
       </c>
       <c r="I377" t="s">
-        <v>3486</v>
+        <v>3492</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3487</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>11287</v>
+        <v>11000</v>
       </c>
       <c r="B378" t="s">
-        <v>3488</v>
+        <v>3494</v>
       </c>
       <c r="C378" t="s">
-        <v>3489</v>
+        <v>3495</v>
       </c>
       <c r="D378" t="s">
-        <v>3490</v>
+        <v>3496</v>
       </c>
       <c r="E378" t="s">
-        <v>3491</v>
+        <v>3497</v>
       </c>
       <c r="F378" t="s">
-        <v>3492</v>
+        <v>3498</v>
       </c>
       <c r="G378" t="s">
-        <v>3493</v>
+        <v>3499</v>
       </c>
       <c r="H378" t="s">
-        <v>3494</v>
+        <v>3500</v>
       </c>
       <c r="I378" t="s">
-        <v>3495</v>
+        <v>3501</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3496</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>11299</v>
+        <v>11220</v>
       </c>
       <c r="B379" t="s">
-        <v>3497</v>
+        <v>3503</v>
       </c>
       <c r="C379" t="s">
-        <v>3498</v>
+        <v>3504</v>
       </c>
       <c r="D379" t="s">
-        <v>3499</v>
+        <v>3505</v>
       </c>
       <c r="E379" t="s">
-        <v>3500</v>
+        <v>3506</v>
       </c>
       <c r="F379" t="s">
-        <v>3501</v>
+        <v>3507</v>
       </c>
       <c r="G379" t="s">
-        <v>3502</v>
+        <v>3508</v>
       </c>
       <c r="H379" t="s">
-        <v>3503</v>
+        <v>3509</v>
       </c>
       <c r="I379" t="s">
-        <v>3504</v>
+        <v>3510</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3505</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>11306</v>
+        <v>11231</v>
       </c>
       <c r="B380" t="s">
-        <v>3506</v>
+        <v>3512</v>
       </c>
       <c r="C380" t="s">
-        <v>3507</v>
+        <v>3513</v>
       </c>
       <c r="D380" t="s">
-        <v>3508</v>
+        <v>3514</v>
       </c>
       <c r="E380" t="s">
-        <v>3509</v>
+        <v>3515</v>
       </c>
       <c r="F380" t="s">
-        <v>3510</v>
+        <v>3516</v>
       </c>
       <c r="G380" t="s">
-        <v>3511</v>
+        <v>3517</v>
       </c>
       <c r="H380" t="s">
-        <v>3512</v>
+        <v>3518</v>
       </c>
       <c r="I380" t="s">
-        <v>3513</v>
+        <v>3519</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>1109</v>
+        <v>170</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>1110</v>
+        <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3514</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>58060</v>
+        <v>11287</v>
       </c>
       <c r="B381" t="s">
-        <v>3515</v>
+        <v>3521</v>
       </c>
       <c r="C381" t="s">
-        <v>3516</v>
+        <v>3522</v>
       </c>
       <c r="D381" t="s">
-        <v>3517</v>
+        <v>3523</v>
       </c>
       <c r="E381" t="s">
-        <v>3518</v>
+        <v>3524</v>
       </c>
       <c r="F381" t="s">
-        <v>3519</v>
+        <v>3525</v>
       </c>
       <c r="G381" t="s">
-        <v>3520</v>
+        <v>3526</v>
       </c>
       <c r="H381" t="s">
-        <v>3521</v>
+        <v>3527</v>
       </c>
       <c r="I381" t="s">
-        <v>3522</v>
+        <v>3528</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>3166</v>
+        <v>170</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>3167</v>
+        <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3523</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>58066</v>
+        <v>11299</v>
       </c>
       <c r="B382" t="s">
-        <v>3524</v>
+        <v>3530</v>
       </c>
       <c r="C382" t="s">
-        <v>3525</v>
+        <v>3531</v>
       </c>
       <c r="D382" t="s">
-        <v>3526</v>
+        <v>3532</v>
       </c>
       <c r="E382" t="s">
-        <v>3527</v>
+        <v>3533</v>
       </c>
       <c r="F382" t="s">
-        <v>3528</v>
+        <v>3534</v>
       </c>
       <c r="G382" t="s">
-        <v>3529</v>
+        <v>3535</v>
       </c>
       <c r="H382" t="s">
-        <v>3530</v>
+        <v>3536</v>
       </c>
       <c r="I382" t="s">
-        <v>3531</v>
+        <v>3537</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3532</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>58120</v>
+        <v>11306</v>
       </c>
       <c r="B383" t="s">
-        <v>3533</v>
+        <v>3539</v>
       </c>
       <c r="C383" t="s">
-        <v>3534</v>
+        <v>3540</v>
       </c>
       <c r="D383" t="s">
-        <v>3535</v>
+        <v>3541</v>
       </c>
       <c r="E383" t="s">
-        <v>3536</v>
+        <v>3542</v>
       </c>
       <c r="F383" t="s">
-        <v>3537</v>
+        <v>3543</v>
       </c>
       <c r="G383" t="s">
-        <v>3538</v>
+        <v>3544</v>
       </c>
       <c r="H383" t="s">
-        <v>3539</v>
+        <v>3545</v>
       </c>
       <c r="I383" t="s">
-        <v>3540</v>
+        <v>3546</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>25</v>
+        <v>1109</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>27</v>
+        <v>1110</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3541</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>58122</v>
+        <v>58060</v>
       </c>
       <c r="B384" t="s">
-        <v>3542</v>
+        <v>3548</v>
       </c>
       <c r="C384" t="s">
-        <v>3543</v>
+        <v>3549</v>
       </c>
       <c r="D384" t="s">
-        <v>3544</v>
+        <v>3550</v>
       </c>
       <c r="E384" t="s">
-        <v>3545</v>
+        <v>3551</v>
       </c>
       <c r="F384" t="s">
-        <v>3546</v>
+        <v>3552</v>
       </c>
       <c r="G384" t="s">
-        <v>3547</v>
+        <v>3553</v>
       </c>
       <c r="H384" t="s">
-        <v>3548</v>
+        <v>3554</v>
       </c>
       <c r="I384" t="s">
-        <v>3549</v>
+        <v>3555</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>170</v>
+        <v>3199</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>171</v>
+        <v>3200</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3550</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>58144</v>
+        <v>58066</v>
       </c>
       <c r="B385" t="s">
-        <v>3551</v>
+        <v>3557</v>
       </c>
       <c r="C385" t="s">
-        <v>3552</v>
+        <v>3558</v>
       </c>
       <c r="D385" t="s">
-        <v>3553</v>
+        <v>3559</v>
       </c>
       <c r="E385" t="s">
-        <v>3554</v>
+        <v>3560</v>
       </c>
       <c r="F385" t="s">
-        <v>3555</v>
+        <v>3561</v>
       </c>
       <c r="G385" t="s">
-        <v>3556</v>
+        <v>3562</v>
       </c>
       <c r="H385" t="s">
-        <v>3557</v>
+        <v>3563</v>
       </c>
       <c r="I385" t="s">
-        <v>3558</v>
+        <v>3564</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3559</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>58148</v>
+        <v>58120</v>
       </c>
       <c r="B386" t="s">
-        <v>3560</v>
+        <v>3566</v>
       </c>
       <c r="C386" t="s">
-        <v>3561</v>
+        <v>3567</v>
       </c>
       <c r="D386" t="s">
-        <v>3562</v>
+        <v>3568</v>
       </c>
       <c r="E386" t="s">
-        <v>3563</v>
+        <v>3569</v>
       </c>
       <c r="F386" t="s">
-        <v>3564</v>
+        <v>3570</v>
       </c>
       <c r="G386" t="s">
-        <v>3565</v>
+        <v>3571</v>
       </c>
       <c r="H386" t="s">
-        <v>3566</v>
+        <v>3572</v>
       </c>
       <c r="I386" t="s">
-        <v>3567</v>
+        <v>3573</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>1044</v>
+        <v>25</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>1045</v>
+        <v>27</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3568</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>58218</v>
+        <v>58122</v>
       </c>
       <c r="B387" t="s">
-        <v>3569</v>
+        <v>3575</v>
       </c>
       <c r="C387" t="s">
-        <v>3570</v>
+        <v>3576</v>
       </c>
       <c r="D387" t="s">
-        <v>3571</v>
+        <v>3577</v>
       </c>
       <c r="E387" t="s">
-        <v>3572</v>
+        <v>3578</v>
       </c>
       <c r="F387" t="s">
-        <v>3573</v>
+        <v>3579</v>
       </c>
       <c r="G387" t="s">
-        <v>3574</v>
+        <v>3580</v>
       </c>
       <c r="H387" t="s">
-        <v>3575</v>
+        <v>3581</v>
       </c>
       <c r="I387" t="s">
-        <v>3576</v>
+        <v>3582</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
         <v>170</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
         <v>171</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3577</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>58223</v>
+        <v>58144</v>
       </c>
       <c r="B388" t="s">
-        <v>3578</v>
+        <v>3584</v>
       </c>
       <c r="C388" t="s">
-        <v>3579</v>
+        <v>3585</v>
       </c>
       <c r="D388" t="s">
-        <v>3580</v>
+        <v>3586</v>
       </c>
       <c r="E388" t="s">
-        <v>3581</v>
+        <v>3587</v>
       </c>
       <c r="F388" t="s">
-        <v>3582</v>
+        <v>3588</v>
       </c>
       <c r="G388" t="s">
-        <v>3583</v>
+        <v>3589</v>
       </c>
       <c r="H388" t="s">
-        <v>3584</v>
+        <v>3590</v>
       </c>
       <c r="I388" t="s">
-        <v>3585</v>
+        <v>3591</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3586</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>58259</v>
+        <v>58148</v>
       </c>
       <c r="B389" t="s">
-        <v>3587</v>
+        <v>3593</v>
       </c>
       <c r="C389" t="s">
-        <v>3588</v>
+        <v>3594</v>
       </c>
       <c r="D389" t="s">
-        <v>3589</v>
+        <v>3595</v>
       </c>
       <c r="E389" t="s">
-        <v>3590</v>
+        <v>3596</v>
       </c>
       <c r="F389" t="s">
-        <v>3591</v>
+        <v>3597</v>
       </c>
       <c r="G389" t="s">
-        <v>3592</v>
+        <v>3598</v>
       </c>
       <c r="H389" t="s">
-        <v>3593</v>
+        <v>3599</v>
       </c>
       <c r="I389" t="s">
-        <v>3594</v>
+        <v>3600</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>3595</v>
+        <v>1044</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>3596</v>
+        <v>1045</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3597</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>64637</v>
+        <v>58218</v>
       </c>
       <c r="B390" t="s">
-        <v>3598</v>
+        <v>3602</v>
       </c>
       <c r="C390" t="s">
-        <v>3599</v>
+        <v>3603</v>
       </c>
       <c r="D390" t="s">
-        <v>3600</v>
+        <v>3604</v>
       </c>
       <c r="E390" t="s">
-        <v>3601</v>
+        <v>3605</v>
       </c>
       <c r="F390" t="s">
-        <v>3602</v>
+        <v>3606</v>
       </c>
       <c r="G390" t="s">
-        <v>3603</v>
+        <v>3607</v>
       </c>
       <c r="H390" t="s">
-        <v>3604</v>
+        <v>3608</v>
       </c>
       <c r="I390" t="s">
-        <v>3605</v>
+        <v>3609</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3606</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>64643</v>
+        <v>58223</v>
       </c>
       <c r="B391" t="s">
-        <v>3607</v>
+        <v>3611</v>
       </c>
       <c r="C391" t="s">
-        <v>3608</v>
+        <v>3612</v>
       </c>
       <c r="D391" t="s">
-        <v>3609</v>
+        <v>3613</v>
       </c>
       <c r="E391" t="s">
-        <v>3610</v>
+        <v>3614</v>
       </c>
       <c r="F391" t="s">
-        <v>3611</v>
+        <v>3615</v>
       </c>
       <c r="G391" t="s">
-        <v>3612</v>
+        <v>3616</v>
       </c>
       <c r="H391" t="s">
-        <v>3613</v>
+        <v>3617</v>
       </c>
       <c r="I391" t="s">
-        <v>3614</v>
+        <v>3618</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
         <v>170</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
         <v>171</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3615</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>64689</v>
+        <v>58259</v>
       </c>
       <c r="B392" t="s">
-        <v>3616</v>
+        <v>3620</v>
       </c>
       <c r="C392" t="s">
-        <v>3617</v>
+        <v>3621</v>
       </c>
       <c r="D392" t="s">
-        <v>3618</v>
+        <v>3622</v>
       </c>
       <c r="E392" t="s">
-        <v>3619</v>
+        <v>3623</v>
       </c>
       <c r="F392" t="s">
-        <v>3620</v>
+        <v>3624</v>
       </c>
       <c r="G392" t="s">
-        <v>3621</v>
+        <v>3625</v>
       </c>
       <c r="H392" t="s">
-        <v>3622</v>
+        <v>3626</v>
       </c>
       <c r="I392" t="s">
-        <v>3623</v>
+        <v>3627</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>59</v>
+        <v>3628</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>61</v>
+        <v>3629</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3624</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65000</v>
+        <v>64637</v>
       </c>
       <c r="B393" t="s">
-        <v>3625</v>
+        <v>3631</v>
       </c>
       <c r="C393" t="s">
-        <v>3626</v>
+        <v>3632</v>
       </c>
       <c r="D393" t="s">
-        <v>3627</v>
+        <v>3633</v>
       </c>
       <c r="E393" t="s">
-        <v>3628</v>
+        <v>3634</v>
       </c>
       <c r="F393" t="s">
-        <v>3629</v>
+        <v>3635</v>
       </c>
       <c r="G393" t="s">
-        <v>3630</v>
+        <v>3636</v>
       </c>
       <c r="H393" t="s">
-        <v>3631</v>
+        <v>3637</v>
       </c>
       <c r="I393" t="s">
-        <v>3632</v>
+        <v>3638</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3633</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65001</v>
+        <v>64643</v>
       </c>
       <c r="B394" t="s">
-        <v>3634</v>
+        <v>3640</v>
       </c>
       <c r="C394" t="s">
-        <v>3635</v>
+        <v>3641</v>
       </c>
       <c r="D394" t="s">
-        <v>3636</v>
+        <v>3642</v>
       </c>
       <c r="E394" t="s">
-        <v>3637</v>
+        <v>3643</v>
       </c>
       <c r="F394" t="s">
-        <v>3638</v>
+        <v>3644</v>
       </c>
       <c r="G394" t="s">
-        <v>3639</v>
+        <v>3645</v>
       </c>
       <c r="H394" t="s">
-        <v>3640</v>
+        <v>3646</v>
       </c>
       <c r="I394" t="s">
-        <v>3641</v>
+        <v>3647</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
         <v>170</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
         <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3642</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65002</v>
+        <v>64689</v>
       </c>
       <c r="B395" t="s">
-        <v>3643</v>
+        <v>3649</v>
       </c>
       <c r="C395" t="s">
-        <v>3644</v>
+        <v>3650</v>
       </c>
       <c r="D395" t="s">
-        <v>3645</v>
+        <v>3651</v>
       </c>
       <c r="E395" t="s">
-        <v>3646</v>
+        <v>3652</v>
       </c>
       <c r="F395" t="s">
-        <v>3647</v>
+        <v>3653</v>
       </c>
       <c r="G395" t="s">
-        <v>3648</v>
+        <v>3654</v>
       </c>
       <c r="H395" t="s">
-        <v>3649</v>
+        <v>3655</v>
       </c>
       <c r="I395" t="s">
-        <v>3650</v>
+        <v>3656</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3651</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65003</v>
+        <v>65000</v>
       </c>
       <c r="B396" t="s">
-        <v>3652</v>
+        <v>3658</v>
       </c>
       <c r="C396" t="s">
-        <v>3653</v>
+        <v>3659</v>
       </c>
       <c r="D396" t="s">
-        <v>3654</v>
+        <v>3660</v>
       </c>
       <c r="E396" t="s">
-        <v>3655</v>
+        <v>3661</v>
       </c>
       <c r="F396" t="s">
-        <v>3656</v>
+        <v>3662</v>
       </c>
       <c r="G396" t="s">
-        <v>3657</v>
+        <v>3663</v>
       </c>
       <c r="H396" t="s">
-        <v>3658</v>
+        <v>3664</v>
       </c>
       <c r="I396" t="s">
-        <v>3659</v>
+        <v>3665</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3660</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65004</v>
+        <v>65001</v>
       </c>
       <c r="B397" t="s">
-        <v>3661</v>
+        <v>3667</v>
       </c>
       <c r="C397" t="s">
-        <v>3662</v>
+        <v>3668</v>
       </c>
       <c r="D397" t="s">
-        <v>3663</v>
+        <v>3669</v>
       </c>
       <c r="E397" t="s">
-        <v>3664</v>
+        <v>3670</v>
       </c>
       <c r="F397" t="s">
-        <v>3665</v>
+        <v>3671</v>
       </c>
       <c r="G397" t="s">
-        <v>3666</v>
+        <v>3672</v>
       </c>
       <c r="H397" t="s">
-        <v>3667</v>
+        <v>3673</v>
       </c>
       <c r="I397" t="s">
-        <v>3668</v>
+        <v>3674</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3669</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65005</v>
+        <v>65002</v>
       </c>
       <c r="B398" t="s">
-        <v>3670</v>
+        <v>3676</v>
       </c>
       <c r="C398" t="s">
-        <v>3671</v>
+        <v>3677</v>
       </c>
       <c r="D398" t="s">
-        <v>3672</v>
+        <v>3678</v>
       </c>
       <c r="E398" t="s">
-        <v>3673</v>
+        <v>3679</v>
       </c>
       <c r="F398" t="s">
-        <v>3674</v>
+        <v>3680</v>
       </c>
       <c r="G398" t="s">
-        <v>3675</v>
+        <v>3681</v>
       </c>
       <c r="H398" t="s">
-        <v>3676</v>
+        <v>3682</v>
       </c>
       <c r="I398" t="s">
-        <v>3677</v>
+        <v>3683</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>3678</v>
+        <v>25</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>3679</v>
+        <v>27</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3680</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65006</v>
+        <v>65003</v>
       </c>
       <c r="B399" t="s">
-        <v>3681</v>
+        <v>3685</v>
       </c>
       <c r="C399" t="s">
-        <v>3682</v>
+        <v>3686</v>
       </c>
       <c r="D399" t="s">
-        <v>3683</v>
+        <v>3687</v>
       </c>
       <c r="E399" t="s">
-        <v>3684</v>
+        <v>3688</v>
       </c>
       <c r="F399" t="s">
-        <v>3685</v>
+        <v>3689</v>
       </c>
       <c r="G399" t="s">
-        <v>3686</v>
+        <v>3690</v>
       </c>
       <c r="H399" t="s">
-        <v>3687</v>
+        <v>3691</v>
       </c>
       <c r="I399" t="s">
-        <v>3688</v>
+        <v>3692</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>3689</v>
+        <v>170</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>3690</v>
+        <v>171</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3691</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65007</v>
+        <v>65004</v>
       </c>
       <c r="B400" t="s">
-        <v>3692</v>
+        <v>3694</v>
       </c>
       <c r="C400" t="s">
-        <v>3693</v>
+        <v>3695</v>
       </c>
       <c r="D400" t="s">
-        <v>3694</v>
+        <v>3696</v>
       </c>
       <c r="E400" t="s">
-        <v>3695</v>
+        <v>3697</v>
       </c>
       <c r="F400" t="s">
-        <v>3696</v>
+        <v>3698</v>
       </c>
       <c r="G400" t="s">
-        <v>3697</v>
+        <v>3699</v>
       </c>
       <c r="H400" t="s">
-        <v>3698</v>
+        <v>3700</v>
       </c>
       <c r="I400" t="s">
-        <v>3699</v>
+        <v>3701</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3700</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65008</v>
+        <v>65005</v>
       </c>
       <c r="B401" t="s">
-        <v>3701</v>
+        <v>3703</v>
       </c>
       <c r="C401" t="s">
-        <v>3702</v>
+        <v>3704</v>
       </c>
       <c r="D401" t="s">
-        <v>3703</v>
+        <v>3705</v>
       </c>
       <c r="E401" t="s">
-        <v>3704</v>
+        <v>3706</v>
       </c>
       <c r="F401" t="s">
-        <v>3705</v>
+        <v>3707</v>
       </c>
       <c r="G401" t="s">
-        <v>3706</v>
+        <v>3708</v>
       </c>
       <c r="H401" t="s">
-        <v>3707</v>
+        <v>3709</v>
       </c>
       <c r="I401" t="s">
-        <v>3708</v>
+        <v>3710</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>170</v>
+        <v>3711</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>171</v>
+        <v>3712</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3709</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65009</v>
+        <v>65006</v>
       </c>
       <c r="B402" t="s">
-        <v>3710</v>
+        <v>3714</v>
       </c>
       <c r="C402" t="s">
-        <v>3711</v>
+        <v>3715</v>
       </c>
       <c r="D402" t="s">
-        <v>3712</v>
+        <v>3716</v>
       </c>
       <c r="E402" t="s">
-        <v>3713</v>
+        <v>3717</v>
       </c>
       <c r="F402" t="s">
-        <v>3714</v>
+        <v>3718</v>
       </c>
       <c r="G402" t="s">
-        <v>3715</v>
+        <v>3719</v>
       </c>
       <c r="H402" t="s">
-        <v>3716</v>
+        <v>3720</v>
       </c>
       <c r="I402" t="s">
-        <v>3717</v>
+        <v>3721</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>170</v>
+        <v>3722</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>171</v>
+        <v>3723</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3718</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65010</v>
+        <v>65007</v>
       </c>
       <c r="B403" t="s">
-        <v>3719</v>
+        <v>3725</v>
       </c>
       <c r="C403" t="s">
-        <v>3720</v>
+        <v>3726</v>
       </c>
       <c r="D403" t="s">
-        <v>3721</v>
+        <v>3727</v>
       </c>
       <c r="E403" t="s">
-        <v>3722</v>
+        <v>3728</v>
       </c>
       <c r="F403" t="s">
-        <v>3723</v>
+        <v>3729</v>
       </c>
       <c r="G403" t="s">
-        <v>3724</v>
+        <v>3730</v>
       </c>
       <c r="H403" t="s">
-        <v>3725</v>
+        <v>3731</v>
       </c>
       <c r="I403" t="s">
-        <v>3726</v>
+        <v>3732</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
         <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
         <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3727</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65011</v>
+        <v>65008</v>
       </c>
       <c r="B404" t="s">
-        <v>3728</v>
+        <v>3734</v>
       </c>
       <c r="C404" t="s">
-        <v>3729</v>
+        <v>3735</v>
       </c>
       <c r="D404" t="s">
-        <v>3730</v>
+        <v>3736</v>
       </c>
       <c r="E404" t="s">
-        <v>3731</v>
+        <v>3737</v>
       </c>
       <c r="F404" t="s">
-        <v>3732</v>
+        <v>3738</v>
       </c>
       <c r="G404" t="s">
-        <v>3733</v>
+        <v>3739</v>
       </c>
       <c r="H404" t="s">
-        <v>3734</v>
+        <v>3740</v>
       </c>
       <c r="I404" t="s">
-        <v>3735</v>
+        <v>3741</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
         <v>170</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
         <v>171</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3736</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65012</v>
+        <v>65009</v>
       </c>
       <c r="B405" t="s">
-        <v>3737</v>
+        <v>3743</v>
       </c>
       <c r="C405" t="s">
-        <v>3738</v>
+        <v>3744</v>
       </c>
       <c r="D405" t="s">
-        <v>3739</v>
+        <v>3745</v>
       </c>
       <c r="E405" t="s">
-        <v>3740</v>
+        <v>3746</v>
       </c>
       <c r="F405" t="s">
-        <v>3741</v>
+        <v>3747</v>
       </c>
       <c r="G405" t="s">
-        <v>3742</v>
+        <v>3748</v>
       </c>
       <c r="H405" t="s">
-        <v>3743</v>
+        <v>3749</v>
       </c>
       <c r="I405" t="s">
-        <v>3744</v>
+        <v>3750</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>3745</v>
+        <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>3746</v>
+        <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3747</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65013</v>
+        <v>65010</v>
       </c>
       <c r="B406" t="s">
-        <v>3748</v>
+        <v>3752</v>
       </c>
       <c r="C406" t="s">
-        <v>3749</v>
+        <v>3753</v>
       </c>
       <c r="D406" t="s">
-        <v>3750</v>
+        <v>3754</v>
       </c>
       <c r="E406" t="s">
-        <v>3751</v>
+        <v>3755</v>
       </c>
       <c r="F406" t="s">
-        <v>3752</v>
+        <v>3756</v>
       </c>
       <c r="G406" t="s">
-        <v>3753</v>
+        <v>3757</v>
       </c>
       <c r="H406" t="s">
-        <v>3754</v>
+        <v>3758</v>
       </c>
       <c r="I406" t="s">
-        <v>3755</v>
+        <v>3759</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
         <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
         <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3756</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65014</v>
+        <v>65011</v>
       </c>
       <c r="B407" t="s">
-        <v>3757</v>
+        <v>3761</v>
       </c>
       <c r="C407" t="s">
-        <v>3758</v>
+        <v>3762</v>
       </c>
       <c r="D407" t="s">
-        <v>3759</v>
+        <v>3763</v>
       </c>
       <c r="E407" t="s">
-        <v>3760</v>
+        <v>3764</v>
       </c>
       <c r="F407" t="s">
-        <v>3761</v>
+        <v>3765</v>
       </c>
       <c r="G407" t="s">
-        <v>3762</v>
+        <v>3766</v>
       </c>
       <c r="H407" t="s">
-        <v>3763</v>
+        <v>3767</v>
       </c>
       <c r="I407" t="s">
-        <v>3764</v>
+        <v>3768</v>
       </c>
       <c r="J407" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>690</v>
+        <v>170</v>
       </c>
       <c r="L407" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>691</v>
+        <v>171</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3765</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65015</v>
+        <v>65012</v>
       </c>
       <c r="B408" t="s">
-        <v>3766</v>
+        <v>3770</v>
       </c>
       <c r="C408" t="s">
-        <v>3767</v>
+        <v>3771</v>
       </c>
       <c r="D408" t="s">
-        <v>3768</v>
+        <v>3772</v>
       </c>
       <c r="E408" t="s">
-        <v>3769</v>
+        <v>3773</v>
       </c>
       <c r="F408" t="s">
-        <v>3770</v>
+        <v>3774</v>
       </c>
       <c r="G408" t="s">
-        <v>3771</v>
+        <v>3775</v>
       </c>
       <c r="H408" t="s">
-        <v>3772</v>
+        <v>3776</v>
       </c>
       <c r="I408" t="s">
-        <v>3773</v>
+        <v>3777</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>170</v>
+        <v>3778</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>171</v>
+        <v>3779</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3774</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65016</v>
+        <v>65013</v>
       </c>
       <c r="B409" t="s">
-        <v>3775</v>
+        <v>3781</v>
       </c>
       <c r="C409" t="s">
-        <v>3776</v>
+        <v>3782</v>
       </c>
       <c r="D409" t="s">
-        <v>3777</v>
+        <v>3783</v>
       </c>
       <c r="E409" t="s">
-        <v>3778</v>
+        <v>3784</v>
       </c>
       <c r="F409" t="s">
-        <v>3779</v>
+        <v>3785</v>
       </c>
       <c r="G409" t="s">
-        <v>3780</v>
+        <v>3786</v>
       </c>
       <c r="H409" t="s">
-        <v>3781</v>
+        <v>3787</v>
       </c>
       <c r="I409" t="s">
-        <v>3782</v>
+        <v>3788</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
         <v>25</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
         <v>27</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3783</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65017</v>
+        <v>65014</v>
       </c>
       <c r="B410" t="s">
-        <v>3784</v>
+        <v>3790</v>
       </c>
       <c r="C410" t="s">
-        <v>3785</v>
+        <v>3791</v>
       </c>
       <c r="D410" t="s">
-        <v>3786</v>
+        <v>3792</v>
       </c>
       <c r="E410" t="s">
-        <v>3787</v>
+        <v>3793</v>
       </c>
       <c r="F410" t="s">
-        <v>3788</v>
+        <v>3794</v>
       </c>
       <c r="G410" t="s">
-        <v>3789</v>
+        <v>3795</v>
       </c>
       <c r="H410" t="s">
-        <v>3790</v>
+        <v>3796</v>
       </c>
       <c r="I410" t="s">
-        <v>3791</v>
+        <v>3797</v>
       </c>
       <c r="J410" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K410" t="s">
-        <v>3792</v>
+        <v>690</v>
       </c>
       <c r="L410" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M410" t="s">
-        <v>3793</v>
+        <v>691</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3794</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65018</v>
+        <v>65015</v>
       </c>
       <c r="B411" t="s">
-        <v>3795</v>
+        <v>3799</v>
       </c>
       <c r="C411" t="s">
-        <v>3796</v>
+        <v>3800</v>
       </c>
       <c r="D411" t="s">
-        <v>3797</v>
+        <v>3801</v>
       </c>
       <c r="E411" t="s">
-        <v>3798</v>
+        <v>3802</v>
       </c>
       <c r="F411" t="s">
-        <v>3799</v>
+        <v>3803</v>
       </c>
       <c r="G411" t="s">
-        <v>3800</v>
+        <v>3804</v>
       </c>
       <c r="H411" t="s">
-        <v>3801</v>
+        <v>3805</v>
       </c>
       <c r="I411" t="s">
-        <v>3802</v>
+        <v>3806</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>3803</v>
+        <v>170</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>3804</v>
+        <v>171</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3805</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65019</v>
+        <v>65016</v>
       </c>
       <c r="B412" t="s">
-        <v>3806</v>
+        <v>3808</v>
       </c>
       <c r="C412" t="s">
-        <v>3807</v>
+        <v>3809</v>
       </c>
       <c r="D412" t="s">
-        <v>3808</v>
+        <v>3810</v>
       </c>
       <c r="E412" t="s">
-        <v>3809</v>
+        <v>3811</v>
       </c>
       <c r="F412" t="s">
-        <v>3810</v>
+        <v>3812</v>
       </c>
       <c r="G412" t="s">
-        <v>3811</v>
+        <v>3813</v>
       </c>
       <c r="H412" t="s">
-        <v>3812</v>
+        <v>3814</v>
       </c>
       <c r="I412" t="s">
-        <v>3813</v>
+        <v>3815</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3814</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65020</v>
+        <v>65017</v>
       </c>
       <c r="B413" t="s">
-        <v>3815</v>
+        <v>3817</v>
       </c>
       <c r="C413" t="s">
-        <v>3816</v>
+        <v>3818</v>
       </c>
       <c r="D413" t="s">
-        <v>3817</v>
+        <v>3819</v>
       </c>
       <c r="E413" t="s">
-        <v>3818</v>
+        <v>3820</v>
       </c>
       <c r="F413" t="s">
-        <v>3819</v>
+        <v>3821</v>
       </c>
       <c r="G413" t="s">
-        <v>3820</v>
+        <v>3822</v>
       </c>
       <c r="H413" t="s">
-        <v>3821</v>
+        <v>3823</v>
       </c>
       <c r="I413" t="s">
-        <v>3822</v>
+        <v>3824</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>3823</v>
+        <v>3825</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>3824</v>
+        <v>3826</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3825</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65021</v>
+        <v>65018</v>
       </c>
       <c r="B414" t="s">
-        <v>3826</v>
+        <v>3828</v>
       </c>
       <c r="C414" t="s">
-        <v>3827</v>
+        <v>3829</v>
       </c>
       <c r="D414" t="s">
-        <v>3828</v>
+        <v>3830</v>
       </c>
       <c r="E414" t="s">
-        <v>3829</v>
+        <v>3831</v>
       </c>
       <c r="F414" t="s">
-        <v>3830</v>
+        <v>3832</v>
       </c>
       <c r="G414" t="s">
-        <v>3831</v>
+        <v>3833</v>
       </c>
       <c r="H414" t="s">
-        <v>3832</v>
+        <v>3834</v>
       </c>
       <c r="I414" t="s">
-        <v>3833</v>
+        <v>3835</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>25</v>
+        <v>3836</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>27</v>
+        <v>3837</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3834</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65022</v>
+        <v>65019</v>
       </c>
       <c r="B415" t="s">
-        <v>3835</v>
+        <v>3839</v>
       </c>
       <c r="C415" t="s">
-        <v>3836</v>
+        <v>3840</v>
       </c>
       <c r="D415" t="s">
-        <v>3837</v>
+        <v>3841</v>
       </c>
       <c r="E415" t="s">
-        <v>3838</v>
+        <v>3842</v>
       </c>
       <c r="F415" t="s">
-        <v>3839</v>
+        <v>3843</v>
       </c>
       <c r="G415" t="s">
-        <v>3840</v>
+        <v>3844</v>
       </c>
       <c r="H415" t="s">
-        <v>3841</v>
+        <v>3845</v>
       </c>
       <c r="I415" t="s">
-        <v>3842</v>
+        <v>3846</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3843</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65023</v>
+        <v>65020</v>
       </c>
       <c r="B416" t="s">
-        <v>3844</v>
+        <v>3848</v>
       </c>
       <c r="C416" t="s">
-        <v>3845</v>
+        <v>3849</v>
       </c>
       <c r="D416" t="s">
-        <v>3846</v>
+        <v>3850</v>
       </c>
       <c r="E416" t="s">
-        <v>3847</v>
+        <v>3851</v>
       </c>
       <c r="F416" t="s">
-        <v>3848</v>
+        <v>3852</v>
       </c>
       <c r="G416" t="s">
-        <v>3849</v>
+        <v>3853</v>
       </c>
       <c r="H416" t="s">
-        <v>3850</v>
+        <v>3854</v>
       </c>
       <c r="I416" t="s">
-        <v>3851</v>
+        <v>3855</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>25</v>
+        <v>3856</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>27</v>
+        <v>3857</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3852</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65025</v>
+        <v>65021</v>
       </c>
       <c r="B417" t="s">
-        <v>3853</v>
+        <v>3859</v>
       </c>
       <c r="C417" t="s">
-        <v>3854</v>
+        <v>3860</v>
       </c>
       <c r="D417" t="s">
-        <v>3855</v>
+        <v>3861</v>
       </c>
       <c r="E417" t="s">
-        <v>3856</v>
+        <v>3862</v>
       </c>
       <c r="F417" t="s">
-        <v>3857</v>
+        <v>3863</v>
       </c>
       <c r="G417" t="s">
-        <v>3858</v>
+        <v>3864</v>
       </c>
       <c r="H417" t="s">
-        <v>3859</v>
+        <v>3865</v>
       </c>
       <c r="I417" t="s">
-        <v>3860</v>
+        <v>3866</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
         <v>25</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
         <v>27</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3861</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65026</v>
+        <v>65022</v>
       </c>
       <c r="B418" t="s">
-        <v>3862</v>
+        <v>3868</v>
       </c>
       <c r="C418" t="s">
-        <v>3863</v>
+        <v>3869</v>
       </c>
       <c r="D418" t="s">
-        <v>3864</v>
+        <v>3870</v>
       </c>
       <c r="E418" t="s">
-        <v>3865</v>
+        <v>3871</v>
       </c>
       <c r="F418" t="s">
-        <v>3866</v>
+        <v>3872</v>
       </c>
       <c r="G418" t="s">
-        <v>3867</v>
+        <v>3873</v>
       </c>
       <c r="H418" t="s">
-        <v>3868</v>
+        <v>3874</v>
       </c>
       <c r="I418" t="s">
-        <v>3869</v>
+        <v>3875</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
         <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
         <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3870</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65027</v>
+        <v>65023</v>
       </c>
       <c r="B419" t="s">
-        <v>3871</v>
+        <v>3877</v>
       </c>
       <c r="C419" t="s">
-        <v>3872</v>
+        <v>3878</v>
       </c>
       <c r="D419" t="s">
-        <v>3873</v>
+        <v>3879</v>
       </c>
       <c r="E419" t="s">
-        <v>3874</v>
+        <v>3880</v>
       </c>
       <c r="F419" t="s">
-        <v>3875</v>
+        <v>3881</v>
       </c>
       <c r="G419" t="s">
-        <v>3876</v>
+        <v>3882</v>
       </c>
       <c r="H419" t="s">
-        <v>3877</v>
+        <v>3883</v>
       </c>
       <c r="I419" t="s">
-        <v>3878</v>
+        <v>3884</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>690</v>
+        <v>25</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>691</v>
+        <v>27</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3879</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65028</v>
+        <v>65025</v>
       </c>
       <c r="B420" t="s">
-        <v>3880</v>
+        <v>3886</v>
       </c>
       <c r="C420" t="s">
-        <v>3881</v>
+        <v>3887</v>
       </c>
       <c r="D420" t="s">
-        <v>3882</v>
+        <v>3888</v>
       </c>
       <c r="E420" t="s">
-        <v>3883</v>
+        <v>3889</v>
       </c>
       <c r="F420" t="s">
-        <v>3884</v>
+        <v>3890</v>
       </c>
       <c r="G420" t="s">
-        <v>3885</v>
+        <v>3891</v>
       </c>
       <c r="H420" t="s">
-        <v>3886</v>
+        <v>3892</v>
       </c>
       <c r="I420" t="s">
-        <v>3887</v>
+        <v>3893</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
         <v>25</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
         <v>27</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3888</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65030</v>
+        <v>65026</v>
       </c>
       <c r="B421" t="s">
-        <v>3889</v>
+        <v>3895</v>
       </c>
       <c r="C421" t="s">
-        <v>3890</v>
+        <v>3896</v>
       </c>
       <c r="D421" t="s">
-        <v>3891</v>
+        <v>3897</v>
       </c>
       <c r="E421" t="s">
-        <v>3892</v>
+        <v>3898</v>
       </c>
       <c r="F421" t="s">
-        <v>3893</v>
+        <v>3899</v>
       </c>
       <c r="G421" t="s">
-        <v>3894</v>
+        <v>3900</v>
       </c>
       <c r="H421" t="s">
-        <v>3895</v>
+        <v>3901</v>
       </c>
       <c r="I421" t="s">
-        <v>3896</v>
+        <v>3902</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
         <v>25</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
         <v>27</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3897</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65031</v>
+        <v>65027</v>
       </c>
       <c r="B422" t="s">
-        <v>3898</v>
+        <v>3904</v>
       </c>
       <c r="C422" t="s">
-        <v>3899</v>
+        <v>3905</v>
       </c>
       <c r="D422" t="s">
-        <v>3900</v>
+        <v>3906</v>
       </c>
       <c r="E422" t="s">
-        <v>3901</v>
+        <v>3907</v>
       </c>
       <c r="F422" t="s">
-        <v>3902</v>
+        <v>3908</v>
       </c>
       <c r="G422" t="s">
-        <v>3903</v>
+        <v>3909</v>
       </c>
       <c r="H422" t="s">
-        <v>3904</v>
+        <v>3910</v>
       </c>
       <c r="I422" t="s">
-        <v>3905</v>
+        <v>3911</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>27</v>
+        <v>691</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3906</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65032</v>
+        <v>65028</v>
       </c>
       <c r="B423" t="s">
-        <v>3907</v>
+        <v>3913</v>
       </c>
       <c r="C423" t="s">
-        <v>3908</v>
+        <v>3914</v>
       </c>
       <c r="D423" t="s">
-        <v>3909</v>
+        <v>3915</v>
       </c>
       <c r="E423" t="s">
-        <v>3910</v>
+        <v>3916</v>
       </c>
       <c r="F423" t="s">
-        <v>3911</v>
+        <v>3917</v>
       </c>
       <c r="G423" t="s">
-        <v>3912</v>
+        <v>3918</v>
       </c>
       <c r="H423" t="s">
-        <v>3913</v>
+        <v>3919</v>
       </c>
       <c r="I423" t="s">
-        <v>3914</v>
+        <v>3920</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3915</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65033</v>
+        <v>65030</v>
       </c>
       <c r="B424" t="s">
-        <v>3916</v>
+        <v>3922</v>
       </c>
       <c r="C424" t="s">
-        <v>3917</v>
+        <v>3923</v>
       </c>
       <c r="D424" t="s">
-        <v>3918</v>
+        <v>3924</v>
       </c>
       <c r="E424" t="s">
-        <v>3919</v>
+        <v>3925</v>
       </c>
       <c r="F424" t="s">
-        <v>3920</v>
+        <v>3926</v>
       </c>
       <c r="G424" t="s">
-        <v>3921</v>
+        <v>3927</v>
       </c>
       <c r="H424" t="s">
-        <v>3922</v>
+        <v>3928</v>
       </c>
       <c r="I424" t="s">
-        <v>3923</v>
+        <v>3929</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>3924</v>
+        <v>25</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>3925</v>
+        <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3926</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65034</v>
+        <v>65031</v>
       </c>
       <c r="B425" t="s">
-        <v>3927</v>
+        <v>3931</v>
       </c>
       <c r="C425" t="s">
-        <v>3928</v>
+        <v>3932</v>
       </c>
       <c r="D425" t="s">
-        <v>3929</v>
+        <v>3933</v>
       </c>
       <c r="E425" t="s">
-        <v>3930</v>
+        <v>3934</v>
       </c>
       <c r="F425" t="s">
-        <v>3931</v>
+        <v>3935</v>
       </c>
       <c r="G425" t="s">
-        <v>3932</v>
+        <v>3936</v>
       </c>
       <c r="H425" t="s">
-        <v>3933</v>
+        <v>3937</v>
       </c>
       <c r="I425" t="s">
-        <v>3934</v>
+        <v>3938</v>
       </c>
       <c r="J425" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>580</v>
+        <v>25</v>
       </c>
       <c r="L425" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>581</v>
+        <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3935</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65035</v>
+        <v>65032</v>
       </c>
       <c r="B426" t="s">
-        <v>3936</v>
+        <v>3940</v>
       </c>
       <c r="C426" t="s">
-        <v>3937</v>
+        <v>3941</v>
       </c>
       <c r="D426" t="s">
-        <v>3938</v>
+        <v>3942</v>
       </c>
       <c r="E426" t="s">
-        <v>3939</v>
+        <v>3943</v>
       </c>
       <c r="F426" t="s">
-        <v>3940</v>
+        <v>3944</v>
       </c>
       <c r="G426" t="s">
-        <v>3941</v>
+        <v>3945</v>
       </c>
       <c r="H426" t="s">
-        <v>3942</v>
+        <v>3946</v>
       </c>
       <c r="I426" t="s">
-        <v>3943</v>
+        <v>3947</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3944</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65036</v>
+        <v>65033</v>
       </c>
       <c r="B427" t="s">
-        <v>3945</v>
+        <v>3949</v>
       </c>
       <c r="C427" t="s">
-        <v>3946</v>
+        <v>3950</v>
       </c>
       <c r="D427" t="s">
-        <v>3947</v>
+        <v>3951</v>
       </c>
       <c r="E427" t="s">
-        <v>3948</v>
+        <v>3952</v>
       </c>
       <c r="F427" t="s">
-        <v>3949</v>
+        <v>3953</v>
       </c>
       <c r="G427" t="s">
-        <v>3950</v>
+        <v>3954</v>
       </c>
       <c r="H427" t="s">
-        <v>3951</v>
+        <v>3955</v>
       </c>
       <c r="I427" t="s">
-        <v>3952</v>
+        <v>3956</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>25</v>
+        <v>3957</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>27</v>
+        <v>3958</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3953</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65037</v>
+        <v>65034</v>
       </c>
       <c r="B428" t="s">
-        <v>3954</v>
+        <v>3960</v>
       </c>
       <c r="C428" t="s">
-        <v>3955</v>
+        <v>3961</v>
       </c>
       <c r="D428" t="s">
-        <v>3956</v>
+        <v>3962</v>
       </c>
       <c r="E428" t="s">
-        <v>3957</v>
+        <v>3963</v>
       </c>
       <c r="F428" t="s">
-        <v>3958</v>
+        <v>3964</v>
       </c>
       <c r="G428" t="s">
-        <v>3959</v>
+        <v>3965</v>
       </c>
       <c r="H428" t="s">
-        <v>3960</v>
+        <v>3966</v>
       </c>
       <c r="I428" t="s">
-        <v>3961</v>
+        <v>3967</v>
       </c>
       <c r="J428" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K428" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L428" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M428" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3962</v>
+        <v>3968</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65038</v>
+        <v>65035</v>
       </c>
       <c r="B429" t="s">
-        <v>3963</v>
+        <v>3969</v>
       </c>
       <c r="C429" t="s">
-        <v>3964</v>
+        <v>3970</v>
       </c>
       <c r="D429" t="s">
-        <v>3965</v>
+        <v>3971</v>
       </c>
       <c r="E429" t="s">
-        <v>3966</v>
+        <v>3972</v>
       </c>
       <c r="F429" t="s">
-        <v>3967</v>
+        <v>3973</v>
       </c>
       <c r="G429" t="s">
-        <v>3968</v>
+        <v>3974</v>
       </c>
       <c r="H429" t="s">
-        <v>3969</v>
+        <v>3975</v>
       </c>
       <c r="I429" t="s">
-        <v>3970</v>
+        <v>3976</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3971</v>
+        <v>3977</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65039</v>
+        <v>65036</v>
       </c>
       <c r="B430" t="s">
-        <v>3972</v>
+        <v>3978</v>
       </c>
       <c r="C430" t="s">
-        <v>3973</v>
+        <v>3979</v>
       </c>
       <c r="D430" t="s">
-        <v>3974</v>
+        <v>3980</v>
       </c>
       <c r="E430" t="s">
-        <v>3975</v>
+        <v>3981</v>
       </c>
       <c r="F430" t="s">
-        <v>3976</v>
+        <v>3982</v>
       </c>
       <c r="G430" t="s">
-        <v>3977</v>
+        <v>3983</v>
       </c>
       <c r="H430" t="s">
-        <v>3978</v>
+        <v>3984</v>
       </c>
       <c r="I430" t="s">
-        <v>3979</v>
+        <v>3985</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3980</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65040</v>
+        <v>65037</v>
       </c>
       <c r="B431" t="s">
-        <v>3981</v>
+        <v>3987</v>
       </c>
       <c r="C431" t="s">
-        <v>3982</v>
+        <v>3988</v>
       </c>
       <c r="D431" t="s">
-        <v>3983</v>
+        <v>3989</v>
       </c>
       <c r="E431" t="s">
-        <v>3984</v>
+        <v>3990</v>
       </c>
       <c r="F431" t="s">
-        <v>3985</v>
+        <v>3991</v>
       </c>
       <c r="G431" t="s">
-        <v>3986</v>
+        <v>3992</v>
       </c>
       <c r="H431" t="s">
-        <v>3987</v>
+        <v>3993</v>
       </c>
       <c r="I431" t="s">
-        <v>3988</v>
+        <v>3994</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>1352</v>
+        <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>1354</v>
+        <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3989</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65043</v>
+        <v>65038</v>
       </c>
       <c r="B432" t="s">
-        <v>3990</v>
+        <v>3996</v>
       </c>
       <c r="C432" t="s">
-        <v>3991</v>
+        <v>3997</v>
       </c>
       <c r="D432" t="s">
-        <v>3992</v>
+        <v>3998</v>
       </c>
       <c r="E432" t="s">
-        <v>3993</v>
+        <v>3999</v>
       </c>
       <c r="F432" t="s">
-        <v>3994</v>
+        <v>4000</v>
       </c>
       <c r="G432" t="s">
-        <v>3995</v>
+        <v>4001</v>
       </c>
       <c r="H432" t="s">
-        <v>3996</v>
+        <v>4002</v>
       </c>
       <c r="I432" t="s">
-        <v>3997</v>
+        <v>4003</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3998</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65044</v>
+        <v>65039</v>
       </c>
       <c r="B433" t="s">
-        <v>3999</v>
+        <v>4005</v>
       </c>
       <c r="C433" t="s">
-        <v>4000</v>
+        <v>4006</v>
       </c>
       <c r="D433" t="s">
-        <v>4001</v>
+        <v>4007</v>
       </c>
       <c r="E433" t="s">
-        <v>4002</v>
+        <v>4008</v>
       </c>
       <c r="F433" t="s">
-        <v>4003</v>
+        <v>4009</v>
       </c>
       <c r="G433" t="s">
-        <v>4004</v>
+        <v>4010</v>
       </c>
       <c r="H433" t="s">
-        <v>4005</v>
+        <v>4011</v>
       </c>
       <c r="I433" t="s">
-        <v>4006</v>
+        <v>4012</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>4007</v>
+        <v>4013</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65045</v>
+        <v>65040</v>
       </c>
       <c r="B434" t="s">
-        <v>4008</v>
+        <v>4014</v>
       </c>
       <c r="C434" t="s">
-        <v>4009</v>
+        <v>4015</v>
       </c>
       <c r="D434" t="s">
-        <v>4010</v>
+        <v>4016</v>
       </c>
       <c r="E434" t="s">
-        <v>4011</v>
+        <v>4017</v>
       </c>
       <c r="F434" t="s">
-        <v>4012</v>
+        <v>4018</v>
       </c>
       <c r="G434" t="s">
-        <v>4013</v>
+        <v>4019</v>
       </c>
       <c r="H434" t="s">
-        <v>4014</v>
+        <v>4020</v>
       </c>
       <c r="I434" t="s">
-        <v>4015</v>
+        <v>4021</v>
       </c>
       <c r="J434" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>4016</v>
+        <v>1352</v>
       </c>
       <c r="L434" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>4017</v>
+        <v>1354</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4018</v>
+        <v>4022</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65046</v>
+        <v>65043</v>
       </c>
       <c r="B435" t="s">
-        <v>4019</v>
+        <v>4023</v>
       </c>
       <c r="C435" t="s">
-        <v>4020</v>
+        <v>4024</v>
       </c>
       <c r="D435" t="s">
-        <v>4021</v>
+        <v>4025</v>
       </c>
       <c r="E435" t="s">
-        <v>4022</v>
+        <v>4026</v>
       </c>
       <c r="F435" t="s">
-        <v>4023</v>
+        <v>4027</v>
       </c>
       <c r="G435" t="s">
-        <v>4024</v>
+        <v>4028</v>
       </c>
       <c r="H435" t="s">
-        <v>4025</v>
+        <v>4029</v>
       </c>
       <c r="I435" t="s">
-        <v>4026</v>
+        <v>4030</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4027</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65047</v>
+        <v>65044</v>
       </c>
       <c r="B436" t="s">
-        <v>4028</v>
+        <v>4032</v>
       </c>
       <c r="C436" t="s">
-        <v>4029</v>
+        <v>4033</v>
       </c>
       <c r="D436" t="s">
-        <v>4030</v>
+        <v>4034</v>
       </c>
       <c r="E436" t="s">
-        <v>4031</v>
+        <v>4035</v>
       </c>
       <c r="F436" t="s">
-        <v>4032</v>
+        <v>4036</v>
       </c>
       <c r="G436" t="s">
-        <v>4033</v>
+        <v>4037</v>
       </c>
       <c r="H436" t="s">
-        <v>4034</v>
+        <v>4038</v>
       </c>
       <c r="I436" t="s">
-        <v>4035</v>
+        <v>4039</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>4016</v>
+        <v>25</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>4017</v>
+        <v>27</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4036</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65049</v>
+        <v>65045</v>
       </c>
       <c r="B437" t="s">
-        <v>4037</v>
+        <v>4041</v>
       </c>
       <c r="C437" t="s">
-        <v>4038</v>
+        <v>4042</v>
       </c>
       <c r="D437" t="s">
-        <v>4039</v>
+        <v>4043</v>
       </c>
       <c r="E437" t="s">
-        <v>4040</v>
+        <v>4044</v>
       </c>
       <c r="F437" t="s">
-        <v>4041</v>
+        <v>4045</v>
       </c>
       <c r="G437" t="s">
-        <v>4042</v>
+        <v>4046</v>
       </c>
       <c r="H437" t="s">
-        <v>4043</v>
+        <v>4047</v>
       </c>
       <c r="I437" t="s">
-        <v>4044</v>
+        <v>4048</v>
       </c>
       <c r="J437" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K437" t="s">
-        <v>59</v>
+        <v>4049</v>
       </c>
       <c r="L437" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M437" t="s">
-        <v>61</v>
+        <v>4050</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4045</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65050</v>
+        <v>65046</v>
       </c>
       <c r="B438" t="s">
-        <v>4046</v>
+        <v>4052</v>
       </c>
       <c r="C438" t="s">
-        <v>4047</v>
+        <v>4053</v>
       </c>
       <c r="D438" t="s">
-        <v>4048</v>
+        <v>4054</v>
       </c>
       <c r="E438" t="s">
-        <v>4049</v>
+        <v>4055</v>
       </c>
       <c r="F438" t="s">
-        <v>4050</v>
+        <v>4056</v>
       </c>
       <c r="G438" t="s">
-        <v>4051</v>
+        <v>4057</v>
       </c>
       <c r="H438" t="s">
-        <v>4052</v>
+        <v>4058</v>
       </c>
       <c r="I438" t="s">
-        <v>4053</v>
+        <v>4059</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4054</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65051</v>
+        <v>65047</v>
       </c>
       <c r="B439" t="s">
-        <v>4055</v>
+        <v>4061</v>
       </c>
       <c r="C439" t="s">
-        <v>4056</v>
+        <v>4062</v>
       </c>
       <c r="D439" t="s">
-        <v>4057</v>
+        <v>4063</v>
       </c>
       <c r="E439" t="s">
-        <v>4058</v>
+        <v>4064</v>
       </c>
       <c r="F439" t="s">
-        <v>4059</v>
+        <v>4065</v>
       </c>
       <c r="G439" t="s">
-        <v>4060</v>
+        <v>4066</v>
       </c>
       <c r="H439" t="s">
-        <v>4061</v>
+        <v>4067</v>
       </c>
       <c r="I439" t="s">
-        <v>4062</v>
+        <v>4068</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>746</v>
+        <v>4049</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>747</v>
+        <v>4050</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4063</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65053</v>
+        <v>65049</v>
       </c>
       <c r="B440" t="s">
-        <v>4064</v>
+        <v>4070</v>
       </c>
       <c r="C440" t="s">
-        <v>4065</v>
+        <v>4071</v>
       </c>
       <c r="D440" t="s">
-        <v>4066</v>
+        <v>4072</v>
       </c>
       <c r="E440" t="s">
-        <v>4067</v>
+        <v>4073</v>
       </c>
       <c r="F440" t="s">
-        <v>4068</v>
+        <v>4074</v>
       </c>
       <c r="G440" t="s">
-        <v>4069</v>
+        <v>4075</v>
       </c>
       <c r="H440" t="s">
-        <v>4070</v>
+        <v>4076</v>
       </c>
       <c r="I440" t="s">
-        <v>4071</v>
+        <v>4077</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4072</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65054</v>
+        <v>65050</v>
       </c>
       <c r="B441" t="s">
-        <v>4073</v>
+        <v>4079</v>
       </c>
       <c r="C441" t="s">
-        <v>4074</v>
+        <v>4080</v>
       </c>
       <c r="D441" t="s">
-        <v>4075</v>
+        <v>4081</v>
       </c>
       <c r="E441" t="s">
-        <v>4076</v>
+        <v>4082</v>
       </c>
       <c r="F441" t="s">
-        <v>4077</v>
+        <v>4083</v>
       </c>
       <c r="G441" t="s">
-        <v>4078</v>
+        <v>4084</v>
       </c>
       <c r="H441" t="s">
-        <v>4079</v>
+        <v>4085</v>
       </c>
       <c r="I441" t="s">
-        <v>4080</v>
+        <v>4086</v>
       </c>
       <c r="J441" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K441" t="s">
-        <v>208</v>
+        <v>25</v>
       </c>
       <c r="L441" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M441" t="s">
-        <v>209</v>
+        <v>27</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4081</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65055</v>
+        <v>65051</v>
       </c>
       <c r="B442" t="s">
-        <v>4082</v>
+        <v>4088</v>
       </c>
       <c r="C442" t="s">
-        <v>4083</v>
+        <v>4089</v>
       </c>
       <c r="D442" t="s">
-        <v>4084</v>
+        <v>4090</v>
       </c>
       <c r="E442" t="s">
-        <v>4085</v>
+        <v>4091</v>
       </c>
       <c r="F442" t="s">
-        <v>4086</v>
+        <v>4092</v>
       </c>
       <c r="G442" t="s">
-        <v>4087</v>
+        <v>4093</v>
       </c>
       <c r="H442" t="s">
-        <v>4088</v>
+        <v>4094</v>
       </c>
       <c r="I442" t="s">
-        <v>4089</v>
+        <v>4095</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>580</v>
+        <v>746</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>581</v>
+        <v>747</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4090</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65057</v>
+        <v>65053</v>
       </c>
       <c r="B443" t="s">
-        <v>4091</v>
+        <v>4097</v>
       </c>
       <c r="C443" t="s">
-        <v>4092</v>
+        <v>4098</v>
       </c>
       <c r="D443" t="s">
-        <v>4093</v>
+        <v>4099</v>
       </c>
       <c r="E443" t="s">
-        <v>4094</v>
+        <v>4100</v>
       </c>
       <c r="F443" t="s">
-        <v>4095</v>
+        <v>4101</v>
       </c>
       <c r="G443" t="s">
-        <v>4096</v>
+        <v>4102</v>
       </c>
       <c r="H443" t="s">
-        <v>4097</v>
+        <v>4103</v>
       </c>
       <c r="I443" t="s">
-        <v>4098</v>
+        <v>4104</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4099</v>
+        <v>4105</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65058</v>
+        <v>65054</v>
       </c>
       <c r="B444" t="s">
-        <v>4100</v>
+        <v>4106</v>
       </c>
       <c r="C444" t="s">
-        <v>4101</v>
+        <v>4107</v>
       </c>
       <c r="D444" t="s">
-        <v>4102</v>
+        <v>4108</v>
       </c>
       <c r="E444" t="s">
-        <v>4103</v>
+        <v>4109</v>
       </c>
       <c r="F444" t="s">
-        <v>4104</v>
+        <v>4110</v>
       </c>
       <c r="G444" t="s">
-        <v>4105</v>
+        <v>4111</v>
       </c>
       <c r="H444" t="s">
-        <v>4106</v>
+        <v>4112</v>
       </c>
       <c r="I444" t="s">
-        <v>4107</v>
+        <v>4113</v>
       </c>
       <c r="J444" t="s">
         <v>450</v>
       </c>
       <c r="K444" t="s">
-        <v>690</v>
+        <v>208</v>
       </c>
       <c r="L444" t="s">
         <v>452</v>
       </c>
       <c r="M444" t="s">
-        <v>691</v>
+        <v>209</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4108</v>
+        <v>4114</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65059</v>
+        <v>65055</v>
       </c>
       <c r="B445" t="s">
-        <v>4109</v>
+        <v>4115</v>
       </c>
       <c r="C445" t="s">
-        <v>4110</v>
+        <v>4116</v>
       </c>
       <c r="D445" t="s">
-        <v>4111</v>
+        <v>4117</v>
       </c>
       <c r="E445" t="s">
-        <v>4112</v>
+        <v>4118</v>
       </c>
       <c r="F445" t="s">
-        <v>4113</v>
+        <v>4119</v>
       </c>
       <c r="G445" t="s">
-        <v>4114</v>
+        <v>4120</v>
       </c>
       <c r="H445" t="s">
-        <v>4115</v>
+        <v>4121</v>
       </c>
       <c r="I445" t="s">
-        <v>4116</v>
+        <v>4122</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>170</v>
+        <v>580</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>171</v>
+        <v>581</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4117</v>
+        <v>4123</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65060</v>
+        <v>65057</v>
       </c>
       <c r="B446" t="s">
-        <v>4118</v>
+        <v>4124</v>
       </c>
       <c r="C446" t="s">
-        <v>4119</v>
+        <v>4125</v>
       </c>
       <c r="D446" t="s">
-        <v>4120</v>
+        <v>4126</v>
       </c>
       <c r="E446" t="s">
-        <v>4121</v>
+        <v>4127</v>
       </c>
       <c r="F446" t="s">
-        <v>4122</v>
+        <v>4128</v>
       </c>
       <c r="G446" t="s">
-        <v>4123</v>
+        <v>4129</v>
       </c>
       <c r="H446" t="s">
-        <v>4124</v>
+        <v>4130</v>
       </c>
       <c r="I446" t="s">
-        <v>4125</v>
+        <v>4131</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4126</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65061</v>
+        <v>65058</v>
       </c>
       <c r="B447" t="s">
-        <v>4127</v>
+        <v>4133</v>
       </c>
       <c r="C447" t="s">
-        <v>4128</v>
+        <v>4134</v>
       </c>
       <c r="D447" t="s">
-        <v>4129</v>
+        <v>4135</v>
       </c>
       <c r="E447" t="s">
-        <v>4130</v>
+        <v>4136</v>
       </c>
       <c r="F447" t="s">
-        <v>4131</v>
+        <v>4137</v>
       </c>
       <c r="G447" t="s">
-        <v>4132</v>
+        <v>4138</v>
       </c>
       <c r="H447" t="s">
-        <v>4133</v>
+        <v>4139</v>
       </c>
       <c r="I447" t="s">
-        <v>4134</v>
+        <v>4140</v>
       </c>
       <c r="J447" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K447" t="s">
-        <v>1352</v>
+        <v>690</v>
       </c>
       <c r="L447" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M447" t="s">
-        <v>1354</v>
+        <v>691</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4135</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65062</v>
+        <v>65059</v>
       </c>
       <c r="B448" t="s">
-        <v>4136</v>
+        <v>4142</v>
       </c>
       <c r="C448" t="s">
-        <v>4137</v>
+        <v>4143</v>
       </c>
       <c r="D448" t="s">
-        <v>4138</v>
+        <v>4144</v>
       </c>
       <c r="E448" t="s">
-        <v>4139</v>
+        <v>4145</v>
       </c>
       <c r="F448" t="s">
-        <v>4140</v>
+        <v>4146</v>
       </c>
       <c r="G448" t="s">
-        <v>4141</v>
+        <v>4147</v>
       </c>
       <c r="H448" t="s">
-        <v>4142</v>
+        <v>4148</v>
       </c>
       <c r="I448" t="s">
-        <v>4143</v>
+        <v>4149</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4144</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65063</v>
+        <v>65060</v>
       </c>
       <c r="B449" t="s">
-        <v>4145</v>
+        <v>4151</v>
       </c>
       <c r="C449" t="s">
-        <v>4146</v>
+        <v>4152</v>
       </c>
       <c r="D449" t="s">
-        <v>4147</v>
+        <v>4153</v>
       </c>
       <c r="E449" t="s">
-        <v>4148</v>
+        <v>4154</v>
       </c>
       <c r="F449" t="s">
-        <v>4149</v>
+        <v>4155</v>
       </c>
       <c r="G449" t="s">
-        <v>4150</v>
+        <v>4156</v>
       </c>
       <c r="H449" t="s">
-        <v>4151</v>
+        <v>4157</v>
       </c>
       <c r="I449" t="s">
-        <v>4152</v>
+        <v>4158</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>1044</v>
+        <v>47</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>1045</v>
+        <v>48</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4153</v>
+        <v>4159</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65068</v>
+        <v>65061</v>
       </c>
       <c r="B450" t="s">
-        <v>4154</v>
+        <v>4160</v>
       </c>
       <c r="C450" t="s">
-        <v>4155</v>
+        <v>4161</v>
       </c>
       <c r="D450" t="s">
-        <v>4156</v>
+        <v>4162</v>
       </c>
       <c r="E450" t="s">
-        <v>4157</v>
+        <v>4163</v>
       </c>
       <c r="F450" t="s">
-        <v>4158</v>
+        <v>4164</v>
       </c>
       <c r="G450" t="s">
-        <v>4159</v>
+        <v>4165</v>
       </c>
       <c r="H450" t="s">
-        <v>4160</v>
+        <v>4166</v>
       </c>
       <c r="I450" t="s">
-        <v>4161</v>
+        <v>4167</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
-        <v>25</v>
+        <v>1352</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
-        <v>27</v>
+        <v>1354</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4162</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65069</v>
+        <v>65062</v>
       </c>
       <c r="B451" t="s">
-        <v>4163</v>
+        <v>4169</v>
       </c>
       <c r="C451" t="s">
-        <v>4164</v>
+        <v>4170</v>
       </c>
       <c r="D451" t="s">
-        <v>4165</v>
+        <v>4171</v>
       </c>
       <c r="E451" t="s">
-        <v>4166</v>
+        <v>4172</v>
       </c>
       <c r="F451" t="s">
-        <v>4167</v>
+        <v>4173</v>
       </c>
       <c r="G451" t="s">
-        <v>4168</v>
+        <v>4174</v>
       </c>
       <c r="H451" t="s">
-        <v>4169</v>
+        <v>4175</v>
       </c>
       <c r="I451" t="s">
-        <v>4170</v>
+        <v>4176</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4171</v>
+        <v>4177</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65071</v>
+        <v>65063</v>
       </c>
       <c r="B452" t="s">
-        <v>4172</v>
+        <v>4178</v>
       </c>
       <c r="C452" t="s">
-        <v>4173</v>
+        <v>4179</v>
       </c>
       <c r="D452" t="s">
-        <v>4174</v>
+        <v>4180</v>
       </c>
       <c r="E452" t="s">
-        <v>4175</v>
+        <v>4181</v>
       </c>
       <c r="F452" t="s">
-        <v>4176</v>
+        <v>4182</v>
       </c>
       <c r="G452" t="s">
-        <v>4177</v>
+        <v>4183</v>
       </c>
       <c r="H452" t="s">
-        <v>4178</v>
+        <v>4184</v>
       </c>
       <c r="I452" t="s">
-        <v>4179</v>
+        <v>4185</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>25</v>
+        <v>1044</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>27</v>
+        <v>1045</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4180</v>
+        <v>4186</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65073</v>
+        <v>65068</v>
       </c>
       <c r="B453" t="s">
-        <v>4181</v>
+        <v>4187</v>
       </c>
       <c r="C453" t="s">
-        <v>4182</v>
+        <v>4188</v>
       </c>
       <c r="D453" t="s">
-        <v>4183</v>
+        <v>4189</v>
       </c>
       <c r="E453" t="s">
-        <v>4184</v>
+        <v>4190</v>
       </c>
       <c r="F453" t="s">
-        <v>4185</v>
+        <v>4191</v>
       </c>
       <c r="G453" t="s">
-        <v>4186</v>
+        <v>4192</v>
       </c>
       <c r="H453" t="s">
-        <v>4187</v>
+        <v>4193</v>
       </c>
       <c r="I453" t="s">
-        <v>4188</v>
+        <v>4194</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
         <v>25</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
         <v>27</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4189</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65074</v>
+        <v>65069</v>
       </c>
       <c r="B454" t="s">
-        <v>4190</v>
+        <v>4196</v>
       </c>
       <c r="C454" t="s">
-        <v>4191</v>
+        <v>4197</v>
       </c>
       <c r="D454" t="s">
-        <v>4192</v>
+        <v>4198</v>
       </c>
       <c r="E454" t="s">
-        <v>4193</v>
+        <v>4199</v>
       </c>
       <c r="F454" t="s">
-        <v>4194</v>
+        <v>4200</v>
       </c>
       <c r="G454" t="s">
-        <v>4195</v>
+        <v>4201</v>
       </c>
       <c r="H454" t="s">
-        <v>4196</v>
+        <v>4202</v>
       </c>
       <c r="I454" t="s">
-        <v>4197</v>
+        <v>4203</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>4198</v>
+        <v>170</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>4199</v>
+        <v>171</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4200</v>
+        <v>4204</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65075</v>
+        <v>65071</v>
       </c>
       <c r="B455" t="s">
-        <v>4201</v>
+        <v>4205</v>
       </c>
       <c r="C455" t="s">
-        <v>4202</v>
+        <v>4206</v>
       </c>
       <c r="D455" t="s">
-        <v>4203</v>
+        <v>4207</v>
       </c>
       <c r="E455" t="s">
-        <v>4204</v>
+        <v>4208</v>
       </c>
       <c r="F455" t="s">
-        <v>4205</v>
+        <v>4209</v>
       </c>
       <c r="G455" t="s">
-        <v>4206</v>
+        <v>4210</v>
       </c>
       <c r="H455" t="s">
-        <v>4207</v>
+        <v>4211</v>
       </c>
       <c r="I455" t="s">
-        <v>4208</v>
+        <v>4212</v>
       </c>
       <c r="J455" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K455" t="s">
-        <v>3924</v>
+        <v>25</v>
       </c>
       <c r="L455" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M455" t="s">
-        <v>3925</v>
+        <v>27</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4209</v>
+        <v>4213</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65076</v>
+        <v>65073</v>
       </c>
       <c r="B456" t="s">
-        <v>4210</v>
+        <v>4214</v>
       </c>
       <c r="C456" t="s">
-        <v>4211</v>
+        <v>4215</v>
       </c>
       <c r="D456" t="s">
-        <v>4212</v>
+        <v>4216</v>
       </c>
       <c r="E456" t="s">
-        <v>4213</v>
+        <v>4217</v>
       </c>
       <c r="F456" t="s">
-        <v>4214</v>
+        <v>4218</v>
       </c>
       <c r="G456" t="s">
-        <v>4215</v>
+        <v>4219</v>
       </c>
       <c r="H456" t="s">
-        <v>4216</v>
+        <v>4220</v>
       </c>
       <c r="I456" t="s">
-        <v>4217</v>
+        <v>4221</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4218</v>
+        <v>4222</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65077</v>
+        <v>65074</v>
       </c>
       <c r="B457" t="s">
-        <v>4219</v>
+        <v>4223</v>
       </c>
       <c r="C457" t="s">
-        <v>4220</v>
+        <v>4224</v>
       </c>
       <c r="D457" t="s">
-        <v>4221</v>
+        <v>4225</v>
       </c>
       <c r="E457" t="s">
-        <v>4222</v>
+        <v>4226</v>
       </c>
       <c r="F457" t="s">
-        <v>4223</v>
+        <v>4227</v>
       </c>
       <c r="G457" t="s">
-        <v>4224</v>
+        <v>4228</v>
       </c>
       <c r="H457" t="s">
-        <v>4225</v>
+        <v>4229</v>
       </c>
       <c r="I457" t="s">
-        <v>4226</v>
+        <v>4230</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>746</v>
+        <v>4231</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>747</v>
+        <v>4232</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4227</v>
+        <v>4233</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65080</v>
+        <v>65075</v>
       </c>
       <c r="B458" t="s">
-        <v>4228</v>
+        <v>4234</v>
       </c>
       <c r="C458" t="s">
-        <v>4229</v>
+        <v>4235</v>
       </c>
       <c r="D458" t="s">
-        <v>4230</v>
+        <v>4236</v>
       </c>
       <c r="E458" t="s">
-        <v>4231</v>
+        <v>4237</v>
       </c>
       <c r="F458" t="s">
-        <v>4232</v>
+        <v>4238</v>
       </c>
       <c r="G458" t="s">
-        <v>4233</v>
+        <v>4239</v>
       </c>
       <c r="H458" t="s">
-        <v>4234</v>
+        <v>4240</v>
       </c>
       <c r="I458" t="s">
-        <v>4235</v>
+        <v>4241</v>
       </c>
       <c r="J458" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K458" t="s">
-        <v>47</v>
+        <v>3957</v>
       </c>
       <c r="L458" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M458" t="s">
-        <v>48</v>
+        <v>3958</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4236</v>
+        <v>4242</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65081</v>
+        <v>65076</v>
       </c>
       <c r="B459" t="s">
-        <v>4237</v>
+        <v>4243</v>
       </c>
       <c r="C459" t="s">
-        <v>4238</v>
+        <v>4244</v>
       </c>
       <c r="D459" t="s">
-        <v>4239</v>
+        <v>4245</v>
       </c>
       <c r="E459" t="s">
-        <v>4240</v>
+        <v>4246</v>
       </c>
       <c r="F459" t="s">
-        <v>4241</v>
+        <v>4247</v>
       </c>
       <c r="G459" t="s">
-        <v>4242</v>
+        <v>4248</v>
       </c>
       <c r="H459" t="s">
-        <v>4243</v>
+        <v>4249</v>
       </c>
       <c r="I459" t="s">
-        <v>4244</v>
+        <v>4250</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4245</v>
+        <v>4251</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65082</v>
+        <v>65077</v>
       </c>
       <c r="B460" t="s">
-        <v>4246</v>
+        <v>4252</v>
       </c>
       <c r="C460" t="s">
-        <v>4247</v>
+        <v>4253</v>
       </c>
       <c r="D460" t="s">
-        <v>4248</v>
+        <v>4254</v>
       </c>
       <c r="E460" t="s">
-        <v>4249</v>
+        <v>4255</v>
       </c>
       <c r="F460" t="s">
-        <v>4250</v>
+        <v>4256</v>
       </c>
       <c r="G460" t="s">
-        <v>4251</v>
+        <v>4257</v>
       </c>
       <c r="H460" t="s">
-        <v>4252</v>
+        <v>4258</v>
       </c>
       <c r="I460" t="s">
-        <v>4253</v>
+        <v>4259</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>47</v>
+        <v>746</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>48</v>
+        <v>747</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4254</v>
+        <v>4260</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65083</v>
+        <v>65080</v>
       </c>
       <c r="B461" t="s">
-        <v>4255</v>
+        <v>4261</v>
       </c>
       <c r="C461" t="s">
-        <v>4256</v>
+        <v>4262</v>
       </c>
       <c r="D461" t="s">
-        <v>4257</v>
+        <v>4263</v>
       </c>
       <c r="E461" t="s">
-        <v>4258</v>
+        <v>4264</v>
       </c>
       <c r="F461" t="s">
-        <v>4259</v>
+        <v>4265</v>
       </c>
       <c r="G461" t="s">
-        <v>4260</v>
+        <v>4266</v>
       </c>
       <c r="H461" t="s">
-        <v>4261</v>
+        <v>4267</v>
       </c>
       <c r="I461" t="s">
-        <v>4262</v>
+        <v>4268</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4263</v>
+        <v>4269</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65084</v>
+        <v>65081</v>
       </c>
       <c r="B462" t="s">
-        <v>4264</v>
+        <v>4270</v>
       </c>
       <c r="C462" t="s">
-        <v>4265</v>
+        <v>4271</v>
       </c>
       <c r="D462" t="s">
-        <v>4266</v>
+        <v>4272</v>
       </c>
       <c r="E462" t="s">
-        <v>4267</v>
+        <v>4273</v>
       </c>
       <c r="F462" t="s">
-        <v>4268</v>
+        <v>4274</v>
       </c>
       <c r="G462" t="s">
-        <v>4269</v>
+        <v>4275</v>
       </c>
       <c r="H462" t="s">
-        <v>4270</v>
+        <v>4276</v>
       </c>
       <c r="I462" t="s">
-        <v>4271</v>
+        <v>4277</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4272</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65085</v>
+        <v>65082</v>
       </c>
       <c r="B463" t="s">
-        <v>4273</v>
+        <v>4279</v>
       </c>
       <c r="C463" t="s">
-        <v>4274</v>
+        <v>4280</v>
       </c>
       <c r="D463" t="s">
-        <v>4275</v>
+        <v>4281</v>
       </c>
       <c r="E463" t="s">
-        <v>4276</v>
+        <v>4282</v>
       </c>
       <c r="F463" t="s">
-        <v>4277</v>
+        <v>4283</v>
       </c>
       <c r="G463" t="s">
-        <v>4278</v>
+        <v>4284</v>
       </c>
       <c r="H463" t="s">
-        <v>4279</v>
+        <v>4285</v>
       </c>
       <c r="I463" t="s">
-        <v>4280</v>
+        <v>4286</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>580</v>
+        <v>47</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>581</v>
+        <v>48</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4281</v>
+        <v>4287</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65086</v>
+        <v>65083</v>
       </c>
       <c r="B464" t="s">
-        <v>4282</v>
+        <v>4288</v>
       </c>
       <c r="C464" t="s">
-        <v>4283</v>
+        <v>4289</v>
       </c>
       <c r="D464" t="s">
-        <v>4284</v>
+        <v>4290</v>
       </c>
       <c r="E464" t="s">
-        <v>4285</v>
+        <v>4291</v>
       </c>
       <c r="F464" t="s">
-        <v>4286</v>
+        <v>4292</v>
       </c>
       <c r="G464" t="s">
-        <v>4287</v>
+        <v>4293</v>
       </c>
       <c r="H464" t="s">
-        <v>4288</v>
+        <v>4294</v>
       </c>
       <c r="I464" t="s">
-        <v>4289</v>
+        <v>4295</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
         <v>170</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
         <v>171</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4290</v>
+        <v>4296</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65087</v>
+        <v>65084</v>
       </c>
       <c r="B465" t="s">
-        <v>4291</v>
+        <v>4297</v>
       </c>
       <c r="C465" t="s">
-        <v>4292</v>
+        <v>4298</v>
       </c>
       <c r="D465" t="s">
-        <v>4293</v>
+        <v>4299</v>
       </c>
       <c r="E465" t="s">
-        <v>4294</v>
+        <v>4300</v>
       </c>
       <c r="F465" t="s">
-        <v>4295</v>
+        <v>4301</v>
       </c>
       <c r="G465" t="s">
-        <v>4296</v>
+        <v>4302</v>
       </c>
       <c r="H465" t="s">
-        <v>4297</v>
+        <v>4303</v>
       </c>
       <c r="I465" t="s">
-        <v>4298</v>
+        <v>4304</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4299</v>
+        <v>4305</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65088</v>
+        <v>65085</v>
       </c>
       <c r="B466" t="s">
-        <v>4300</v>
+        <v>4306</v>
       </c>
       <c r="C466" t="s">
-        <v>4301</v>
+        <v>4307</v>
       </c>
       <c r="D466" t="s">
-        <v>4302</v>
+        <v>4308</v>
       </c>
       <c r="E466" t="s">
-        <v>4303</v>
+        <v>4309</v>
       </c>
       <c r="F466" t="s">
-        <v>4304</v>
+        <v>4310</v>
       </c>
       <c r="G466" t="s">
-        <v>4305</v>
+        <v>4311</v>
       </c>
       <c r="H466" t="s">
-        <v>4306</v>
+        <v>4312</v>
       </c>
       <c r="I466" t="s">
-        <v>4307</v>
+        <v>4313</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4308</v>
+        <v>4314</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65089</v>
+        <v>65086</v>
       </c>
       <c r="B467" t="s">
-        <v>4309</v>
+        <v>4315</v>
       </c>
       <c r="C467" t="s">
-        <v>4310</v>
+        <v>4316</v>
       </c>
       <c r="D467" t="s">
-        <v>4311</v>
+        <v>4317</v>
       </c>
       <c r="E467" t="s">
-        <v>4312</v>
+        <v>4318</v>
       </c>
       <c r="F467" t="s">
-        <v>4313</v>
+        <v>4319</v>
       </c>
       <c r="G467" t="s">
-        <v>4314</v>
+        <v>4320</v>
       </c>
       <c r="H467" t="s">
-        <v>4315</v>
+        <v>4321</v>
       </c>
       <c r="I467" t="s">
-        <v>4316</v>
+        <v>4322</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4317</v>
+        <v>4323</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65090</v>
+        <v>65087</v>
       </c>
       <c r="B468" t="s">
-        <v>4318</v>
+        <v>4324</v>
       </c>
       <c r="C468" t="s">
-        <v>4319</v>
+        <v>4325</v>
       </c>
       <c r="D468" t="s">
-        <v>4320</v>
+        <v>4326</v>
       </c>
       <c r="E468" t="s">
-        <v>4321</v>
+        <v>4327</v>
       </c>
       <c r="F468" t="s">
-        <v>4322</v>
+        <v>4328</v>
       </c>
       <c r="G468" t="s">
-        <v>4323</v>
+        <v>4329</v>
       </c>
       <c r="H468" t="s">
-        <v>4324</v>
+        <v>4330</v>
       </c>
       <c r="I468" t="s">
-        <v>4325</v>
+        <v>4331</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4326</v>
+        <v>4332</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65091</v>
+        <v>65088</v>
       </c>
       <c r="B469" t="s">
-        <v>4327</v>
+        <v>4333</v>
       </c>
       <c r="C469" t="s">
-        <v>4328</v>
+        <v>4334</v>
       </c>
       <c r="D469" t="s">
-        <v>4329</v>
+        <v>4335</v>
       </c>
       <c r="E469" t="s">
-        <v>4330</v>
+        <v>4336</v>
       </c>
       <c r="F469" t="s">
-        <v>4331</v>
+        <v>4337</v>
       </c>
       <c r="G469" t="s">
-        <v>4332</v>
+        <v>4338</v>
       </c>
       <c r="H469" t="s">
-        <v>4333</v>
+        <v>4339</v>
       </c>
       <c r="I469" t="s">
-        <v>4334</v>
+        <v>4340</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
         <v>25</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
         <v>27</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4335</v>
+        <v>4341</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65092</v>
+        <v>65089</v>
       </c>
       <c r="B470" t="s">
-        <v>4336</v>
+        <v>4342</v>
       </c>
       <c r="C470" t="s">
-        <v>4337</v>
+        <v>4343</v>
       </c>
       <c r="D470" t="s">
-        <v>4338</v>
+        <v>4344</v>
       </c>
       <c r="E470" t="s">
-        <v>4339</v>
+        <v>4345</v>
       </c>
       <c r="F470" t="s">
-        <v>4340</v>
+        <v>4346</v>
       </c>
       <c r="G470" t="s">
-        <v>4341</v>
+        <v>4347</v>
       </c>
       <c r="H470" t="s">
-        <v>4342</v>
+        <v>4348</v>
       </c>
       <c r="I470" t="s">
-        <v>4343</v>
+        <v>4349</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4344</v>
+        <v>4350</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65093</v>
+        <v>65090</v>
       </c>
       <c r="B471" t="s">
-        <v>4345</v>
+        <v>4351</v>
       </c>
       <c r="C471" t="s">
-        <v>4346</v>
+        <v>4352</v>
       </c>
       <c r="D471" t="s">
-        <v>4347</v>
+        <v>4353</v>
       </c>
       <c r="E471" t="s">
-        <v>4348</v>
+        <v>4354</v>
       </c>
       <c r="F471" t="s">
-        <v>4349</v>
+        <v>4355</v>
       </c>
       <c r="G471" t="s">
-        <v>4350</v>
+        <v>4356</v>
       </c>
       <c r="H471" t="s">
-        <v>4351</v>
+        <v>4357</v>
       </c>
       <c r="I471" t="s">
-        <v>4352</v>
+        <v>4358</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4353</v>
+        <v>4359</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65094</v>
+        <v>65091</v>
       </c>
       <c r="B472" t="s">
-        <v>4354</v>
+        <v>4360</v>
       </c>
       <c r="C472" t="s">
-        <v>4355</v>
+        <v>4361</v>
       </c>
       <c r="D472" t="s">
-        <v>4356</v>
+        <v>4362</v>
       </c>
       <c r="E472" t="s">
-        <v>4357</v>
+        <v>4363</v>
       </c>
       <c r="F472" t="s">
-        <v>4358</v>
+        <v>4364</v>
       </c>
       <c r="G472" t="s">
-        <v>4359</v>
+        <v>4365</v>
       </c>
       <c r="H472" t="s">
-        <v>4360</v>
+        <v>4366</v>
       </c>
       <c r="I472" t="s">
-        <v>4361</v>
+        <v>4367</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>4362</v>
+        <v>25</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
-        <v>4363</v>
+        <v>27</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4364</v>
+        <v>4368</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65095</v>
+        <v>65092</v>
       </c>
       <c r="B473" t="s">
-        <v>4365</v>
+        <v>4369</v>
       </c>
       <c r="C473" t="s">
-        <v>4366</v>
+        <v>4370</v>
       </c>
       <c r="D473" t="s">
-        <v>4367</v>
+        <v>4371</v>
       </c>
       <c r="E473" t="s">
-        <v>4368</v>
+        <v>4372</v>
       </c>
       <c r="F473" t="s">
-        <v>4369</v>
+        <v>4373</v>
       </c>
       <c r="G473" t="s">
-        <v>4370</v>
+        <v>4374</v>
       </c>
       <c r="H473" t="s">
-        <v>4371</v>
+        <v>4375</v>
       </c>
       <c r="I473" t="s">
-        <v>4372</v>
+        <v>4376</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>746</v>
+        <v>170</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
-        <v>747</v>
+        <v>171</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4373</v>
+        <v>4377</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65096</v>
+        <v>65093</v>
       </c>
       <c r="B474" t="s">
-        <v>4374</v>
+        <v>4378</v>
       </c>
       <c r="C474" t="s">
-        <v>4375</v>
+        <v>4379</v>
       </c>
       <c r="D474" t="s">
-        <v>4376</v>
+        <v>4380</v>
       </c>
       <c r="E474" t="s">
-        <v>4377</v>
+        <v>4381</v>
       </c>
       <c r="F474" t="s">
-        <v>4378</v>
+        <v>4382</v>
       </c>
       <c r="G474" t="s">
-        <v>4379</v>
+        <v>4383</v>
       </c>
       <c r="H474" t="s">
-        <v>4380</v>
+        <v>4384</v>
       </c>
       <c r="I474" t="s">
-        <v>4381</v>
+        <v>4385</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4382</v>
+        <v>4386</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65097</v>
+        <v>65094</v>
       </c>
       <c r="B475" t="s">
-        <v>4383</v>
+        <v>4387</v>
       </c>
       <c r="C475" t="s">
-        <v>4384</v>
+        <v>4388</v>
       </c>
       <c r="D475" t="s">
-        <v>4385</v>
+        <v>4389</v>
       </c>
       <c r="E475" t="s">
-        <v>4386</v>
+        <v>4390</v>
       </c>
       <c r="F475" t="s">
-        <v>4387</v>
+        <v>4391</v>
       </c>
       <c r="G475" t="s">
-        <v>4388</v>
+        <v>4392</v>
       </c>
       <c r="H475" t="s">
-        <v>4389</v>
+        <v>4393</v>
       </c>
       <c r="I475" t="s">
-        <v>4390</v>
+        <v>4394</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>170</v>
+        <v>4395</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>171</v>
+        <v>4396</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4391</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65098</v>
+        <v>65095</v>
       </c>
       <c r="B476" t="s">
-        <v>4392</v>
+        <v>4398</v>
       </c>
       <c r="C476" t="s">
-        <v>4393</v>
+        <v>4399</v>
       </c>
       <c r="D476" t="s">
-        <v>4394</v>
+        <v>4400</v>
       </c>
       <c r="E476" t="s">
-        <v>4395</v>
+        <v>4401</v>
       </c>
       <c r="F476" t="s">
-        <v>4396</v>
+        <v>4402</v>
       </c>
       <c r="G476" t="s">
-        <v>4397</v>
+        <v>4403</v>
       </c>
       <c r="H476" t="s">
-        <v>4398</v>
+        <v>4404</v>
       </c>
       <c r="I476" t="s">
-        <v>4399</v>
+        <v>4405</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>25</v>
+        <v>746</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>27</v>
+        <v>747</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4400</v>
+        <v>4406</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65099</v>
+        <v>65096</v>
       </c>
       <c r="B477" t="s">
-        <v>4401</v>
+        <v>4407</v>
       </c>
       <c r="C477" t="s">
-        <v>4402</v>
+        <v>4408</v>
       </c>
       <c r="D477" t="s">
-        <v>4403</v>
+        <v>4409</v>
       </c>
       <c r="E477" t="s">
-        <v>4404</v>
+        <v>4410</v>
       </c>
       <c r="F477" t="s">
-        <v>4405</v>
+        <v>4411</v>
       </c>
       <c r="G477" t="s">
-        <v>4406</v>
+        <v>4412</v>
       </c>
       <c r="H477" t="s">
-        <v>4407</v>
+        <v>4413</v>
       </c>
       <c r="I477" t="s">
-        <v>4408</v>
+        <v>4414</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4409</v>
+        <v>4415</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65100</v>
+        <v>65097</v>
       </c>
       <c r="B478" t="s">
-        <v>4410</v>
+        <v>4416</v>
       </c>
       <c r="C478" t="s">
-        <v>4411</v>
+        <v>4417</v>
       </c>
       <c r="D478" t="s">
-        <v>4412</v>
+        <v>4418</v>
       </c>
       <c r="E478" t="s">
-        <v>4413</v>
+        <v>4419</v>
       </c>
       <c r="F478" t="s">
-        <v>4414</v>
+        <v>4420</v>
       </c>
       <c r="G478" t="s">
-        <v>4415</v>
+        <v>4421</v>
       </c>
       <c r="H478" t="s">
-        <v>4416</v>
+        <v>4422</v>
       </c>
       <c r="I478" t="s">
-        <v>4417</v>
+        <v>4423</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>3792</v>
+        <v>170</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>3793</v>
+        <v>171</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4418</v>
+        <v>4424</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65101</v>
+        <v>65098</v>
       </c>
       <c r="B479" t="s">
-        <v>4419</v>
+        <v>4425</v>
       </c>
       <c r="C479" t="s">
-        <v>4420</v>
+        <v>4426</v>
       </c>
       <c r="D479" t="s">
-        <v>4421</v>
+        <v>4427</v>
       </c>
       <c r="E479" t="s">
-        <v>4422</v>
+        <v>4428</v>
       </c>
       <c r="F479" t="s">
-        <v>4423</v>
+        <v>4429</v>
       </c>
       <c r="G479" t="s">
-        <v>4424</v>
+        <v>4430</v>
       </c>
       <c r="H479" t="s">
-        <v>4425</v>
+        <v>4431</v>
       </c>
       <c r="I479" t="s">
-        <v>4426</v>
+        <v>4432</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4427</v>
+        <v>4433</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65102</v>
+        <v>65099</v>
       </c>
       <c r="B480" t="s">
-        <v>4428</v>
+        <v>4434</v>
       </c>
       <c r="C480" t="s">
-        <v>4429</v>
+        <v>4435</v>
       </c>
       <c r="D480" t="s">
-        <v>4430</v>
+        <v>4436</v>
       </c>
       <c r="E480" t="s">
-        <v>4431</v>
+        <v>4437</v>
       </c>
       <c r="F480" t="s">
-        <v>4432</v>
+        <v>4438</v>
       </c>
       <c r="G480" t="s">
-        <v>4433</v>
+        <v>4439</v>
       </c>
       <c r="H480" t="s">
-        <v>4434</v>
+        <v>4440</v>
       </c>
       <c r="I480" t="s">
-        <v>4435</v>
+        <v>4441</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4436</v>
+        <v>4442</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65104</v>
+        <v>65100</v>
       </c>
       <c r="B481" t="s">
-        <v>4437</v>
+        <v>4443</v>
       </c>
       <c r="C481" t="s">
-        <v>4438</v>
+        <v>4444</v>
       </c>
       <c r="D481" t="s">
-        <v>4439</v>
+        <v>4445</v>
       </c>
       <c r="E481" t="s">
-        <v>4440</v>
+        <v>4446</v>
       </c>
       <c r="F481" t="s">
-        <v>4441</v>
+        <v>4447</v>
       </c>
       <c r="G481" t="s">
-        <v>4442</v>
+        <v>4448</v>
       </c>
       <c r="H481" t="s">
-        <v>4443</v>
+        <v>4449</v>
       </c>
       <c r="I481" t="s">
-        <v>4444</v>
+        <v>4450</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
-        <v>2320</v>
+        <v>3825</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
-        <v>2321</v>
+        <v>3826</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
-        <v>4445</v>
+        <v>4451</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65105</v>
+        <v>65101</v>
       </c>
       <c r="B482" t="s">
-        <v>4446</v>
+        <v>4452</v>
       </c>
       <c r="C482" t="s">
-        <v>4447</v>
+        <v>4453</v>
       </c>
       <c r="D482" t="s">
-        <v>4448</v>
+        <v>4454</v>
       </c>
       <c r="E482" t="s">
-        <v>4449</v>
+        <v>4455</v>
       </c>
       <c r="F482" t="s">
-        <v>4450</v>
+        <v>4456</v>
       </c>
       <c r="G482" t="s">
-        <v>4451</v>
+        <v>4457</v>
       </c>
       <c r="H482" t="s">
-        <v>4452</v>
+        <v>4458</v>
       </c>
       <c r="I482" t="s">
-        <v>4453</v>
+        <v>4459</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
         <v>170</v>
       </c>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482" t="s">
         <v>171</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
-        <v>4454</v>
+        <v>4460</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65107</v>
+        <v>65102</v>
       </c>
       <c r="B483" t="s">
-        <v>4455</v>
+        <v>4461</v>
       </c>
       <c r="C483" t="s">
-        <v>4456</v>
+        <v>4462</v>
       </c>
       <c r="D483" t="s">
-        <v>4457</v>
+        <v>4463</v>
       </c>
       <c r="E483" t="s">
-        <v>4458</v>
+        <v>4464</v>
       </c>
       <c r="F483" t="s">
-        <v>4459</v>
+        <v>4465</v>
       </c>
       <c r="G483" t="s">
-        <v>4460</v>
+        <v>4466</v>
       </c>
       <c r="H483" t="s">
-        <v>4461</v>
+        <v>4467</v>
       </c>
       <c r="I483" t="s">
-        <v>4462</v>
+        <v>4468</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>4463</v>
+        <v>25</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
-        <v>4464</v>
+        <v>27</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4465</v>
+        <v>4469</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65116</v>
+        <v>65104</v>
       </c>
       <c r="B484" t="s">
-        <v>4466</v>
+        <v>4470</v>
       </c>
       <c r="C484" t="s">
-        <v>4467</v>
+        <v>4471</v>
       </c>
       <c r="D484" t="s">
-        <v>4468</v>
+        <v>4472</v>
       </c>
       <c r="E484" t="s">
-        <v>4469</v>
+        <v>4473</v>
       </c>
       <c r="F484" t="s">
-        <v>4470</v>
+        <v>4474</v>
       </c>
       <c r="G484" t="s">
-        <v>4471</v>
+        <v>4475</v>
       </c>
       <c r="H484" t="s">
-        <v>4472</v>
+        <v>4476</v>
       </c>
       <c r="I484" t="s">
-        <v>4473</v>
+        <v>4477</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
-        <v>170</v>
+        <v>2353</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
-        <v>171</v>
+        <v>2354</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4474</v>
+        <v>4478</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65124</v>
+        <v>65105</v>
       </c>
       <c r="B485" t="s">
-        <v>4475</v>
+        <v>4479</v>
       </c>
       <c r="C485" t="s">
-        <v>4476</v>
+        <v>4480</v>
       </c>
       <c r="D485" t="s">
-        <v>4477</v>
+        <v>4481</v>
       </c>
       <c r="E485" t="s">
-        <v>4478</v>
+        <v>4482</v>
       </c>
       <c r="F485" t="s">
-        <v>4479</v>
+        <v>4483</v>
       </c>
       <c r="G485" t="s">
-        <v>4480</v>
+        <v>4484</v>
       </c>
       <c r="H485" t="s">
-        <v>4481</v>
+        <v>4485</v>
       </c>
       <c r="I485" t="s">
-        <v>4482</v>
+        <v>4486</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4483</v>
+        <v>4487</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65479</v>
+        <v>65107</v>
       </c>
       <c r="B486" t="s">
-        <v>4484</v>
+        <v>4488</v>
       </c>
       <c r="C486" t="s">
-        <v>4485</v>
+        <v>4489</v>
       </c>
       <c r="D486" t="s">
-        <v>4486</v>
+        <v>4490</v>
       </c>
       <c r="E486" t="s">
-        <v>4487</v>
+        <v>4491</v>
       </c>
       <c r="F486" t="s">
-        <v>4488</v>
+        <v>4492</v>
       </c>
       <c r="G486" t="s">
-        <v>4489</v>
+        <v>4493</v>
       </c>
       <c r="H486" t="s">
-        <v>4490</v>
+        <v>4494</v>
       </c>
       <c r="I486" t="s">
-        <v>4491</v>
+        <v>4495</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
-        <v>25</v>
+        <v>4496</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
-        <v>27</v>
+        <v>4497</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
-        <v>4492</v>
+        <v>4498</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65566</v>
+        <v>65116</v>
       </c>
       <c r="B487" t="s">
-        <v>4493</v>
+        <v>4499</v>
       </c>
       <c r="C487" t="s">
-        <v>4494</v>
+        <v>4500</v>
       </c>
       <c r="D487" t="s">
-        <v>4495</v>
+        <v>4501</v>
       </c>
       <c r="E487" t="s">
-        <v>4496</v>
+        <v>4502</v>
       </c>
       <c r="F487" t="s">
-        <v>4497</v>
+        <v>4503</v>
       </c>
       <c r="G487" t="s">
-        <v>4498</v>
+        <v>4504</v>
       </c>
       <c r="H487" t="s">
-        <v>4499</v>
+        <v>4505</v>
       </c>
       <c r="I487" t="s">
-        <v>4500</v>
+        <v>4506</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
         <v>170</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
         <v>171</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4501</v>
+        <v>4507</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65613</v>
+        <v>65124</v>
       </c>
       <c r="B488" t="s">
-        <v>4502</v>
+        <v>4508</v>
       </c>
       <c r="C488" t="s">
-        <v>4503</v>
+        <v>4509</v>
       </c>
       <c r="D488" t="s">
-        <v>4504</v>
+        <v>4510</v>
       </c>
       <c r="E488" t="s">
-        <v>4505</v>
+        <v>4511</v>
       </c>
       <c r="F488" t="s">
-        <v>4506</v>
+        <v>4512</v>
       </c>
       <c r="G488" t="s">
-        <v>4507</v>
+        <v>4513</v>
       </c>
       <c r="H488" t="s">
-        <v>4508</v>
+        <v>4514</v>
       </c>
       <c r="I488" t="s">
-        <v>4509</v>
+        <v>4515</v>
       </c>
       <c r="J488" t="s">
-        <v>4510</v>
+        <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>1454</v>
+        <v>25</v>
       </c>
       <c r="L488" t="s">
-        <v>4511</v>
+        <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>1455</v>
+        <v>27</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
-        <v>4512</v>
+        <v>4516</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65869</v>
+        <v>65479</v>
       </c>
       <c r="B489" t="s">
-        <v>4513</v>
+        <v>4517</v>
       </c>
       <c r="C489" t="s">
-        <v>4514</v>
+        <v>4518</v>
       </c>
       <c r="D489" t="s">
-        <v>4515</v>
+        <v>4519</v>
       </c>
       <c r="E489" t="s">
-        <v>4516</v>
+        <v>4520</v>
       </c>
       <c r="F489" t="s">
-        <v>4517</v>
+        <v>4521</v>
       </c>
       <c r="G489" t="s">
-        <v>4518</v>
+        <v>4522</v>
       </c>
       <c r="H489" t="s">
-        <v>4519</v>
+        <v>4523</v>
       </c>
       <c r="I489" t="s">
-        <v>4520</v>
+        <v>4524</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>1352</v>
+        <v>25</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>1354</v>
+        <v>27</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
-        <v>4521</v>
+        <v>4525</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>66392</v>
+        <v>65566</v>
       </c>
       <c r="B490" t="s">
-        <v>4522</v>
+        <v>4526</v>
       </c>
       <c r="C490" t="s">
-        <v>4523</v>
+        <v>4527</v>
       </c>
       <c r="D490" t="s">
-        <v>4524</v>
+        <v>4528</v>
       </c>
       <c r="E490" t="s">
-        <v>4525</v>
+        <v>4529</v>
       </c>
       <c r="F490" t="s">
-        <v>4526</v>
+        <v>4530</v>
       </c>
       <c r="G490" t="s">
-        <v>4527</v>
+        <v>4531</v>
       </c>
       <c r="H490" t="s">
-        <v>4528</v>
+        <v>4532</v>
       </c>
       <c r="I490" t="s">
-        <v>4529</v>
+        <v>4533</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
-        <v>4530</v>
+        <v>4534</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>66512</v>
+        <v>65613</v>
       </c>
       <c r="B491" t="s">
-        <v>3625</v>
+        <v>4535</v>
       </c>
       <c r="C491" t="s">
-        <v>4531</v>
+        <v>4536</v>
       </c>
       <c r="D491" t="s">
-        <v>4532</v>
+        <v>4537</v>
       </c>
       <c r="E491" t="s">
-        <v>4533</v>
+        <v>4538</v>
       </c>
       <c r="F491" t="s">
-        <v>4534</v>
+        <v>4539</v>
       </c>
       <c r="G491" t="s">
-        <v>3630</v>
+        <v>4540</v>
       </c>
       <c r="H491" t="s">
-        <v>3631</v>
+        <v>4541</v>
       </c>
       <c r="I491" t="s">
-        <v>3632</v>
+        <v>4542</v>
       </c>
       <c r="J491" t="s">
-        <v>24</v>
+        <v>4543</v>
       </c>
       <c r="K491" t="s">
-        <v>4535</v>
+        <v>1467</v>
       </c>
       <c r="L491" t="s">
-        <v>26</v>
+        <v>4544</v>
       </c>
       <c r="M491" t="s">
-        <v>4536</v>
+        <v>1468</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
-        <v>4537</v>
+        <v>4545</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>66515</v>
+        <v>65869</v>
       </c>
       <c r="B492" t="s">
-        <v>4538</v>
+        <v>4546</v>
       </c>
       <c r="C492" t="s">
-        <v>4539</v>
+        <v>4547</v>
       </c>
       <c r="D492" t="s">
-        <v>4540</v>
+        <v>4548</v>
       </c>
       <c r="E492" t="s">
-        <v>4541</v>
+        <v>4549</v>
       </c>
       <c r="F492" t="s">
-        <v>4542</v>
+        <v>4550</v>
       </c>
       <c r="G492" t="s">
-        <v>1507</v>
+        <v>4551</v>
       </c>
       <c r="H492" t="s">
-        <v>4543</v>
+        <v>4552</v>
       </c>
       <c r="I492" t="s">
-        <v>4544</v>
+        <v>4553</v>
       </c>
       <c r="J492" t="s">
         <v>24</v>
       </c>
       <c r="K492" t="s">
-        <v>4535</v>
+        <v>1352</v>
       </c>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492" t="s">
-        <v>4536</v>
+        <v>1354</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
-        <v>4545</v>
+        <v>4554</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>66516</v>
+        <v>66392</v>
       </c>
       <c r="B493" t="s">
-        <v>1493</v>
+        <v>4555</v>
       </c>
       <c r="C493" t="s">
-        <v>4546</v>
+        <v>4556</v>
       </c>
       <c r="D493" t="s">
-        <v>4547</v>
+        <v>4557</v>
       </c>
       <c r="E493" t="s">
-        <v>4548</v>
+        <v>4558</v>
       </c>
       <c r="F493" t="s">
-        <v>4549</v>
+        <v>4559</v>
       </c>
       <c r="G493" t="s">
-        <v>4550</v>
+        <v>4560</v>
       </c>
       <c r="H493" t="s">
-        <v>4551</v>
+        <v>4561</v>
       </c>
       <c r="I493" t="s">
-        <v>1500</v>
+        <v>4562</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L493" t="s">
         <v>26</v>
       </c>
       <c r="M493" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
-        <v>4552</v>
+        <v>4563</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>66520</v>
+        <v>66510</v>
       </c>
       <c r="B494" t="s">
-        <v>1742</v>
+        <v>4564</v>
       </c>
       <c r="C494" t="s">
-        <v>4553</v>
+        <v>4565</v>
       </c>
       <c r="D494" t="s">
-        <v>4554</v>
+        <v>4566</v>
       </c>
       <c r="E494" t="s">
-        <v>4555</v>
+        <v>4567</v>
       </c>
       <c r="F494" t="s">
-        <v>1746</v>
+        <v>4568</v>
       </c>
       <c r="G494" t="s">
-        <v>1747</v>
+        <v>4569</v>
       </c>
       <c r="H494" t="s">
-        <v>1748</v>
+        <v>4570</v>
       </c>
       <c r="I494" t="s">
-        <v>1749</v>
+        <v>4571</v>
       </c>
       <c r="J494" t="s">
-        <v>24</v>
+        <v>1445</v>
       </c>
       <c r="K494" t="s">
-        <v>25</v>
+        <v>4572</v>
       </c>
       <c r="L494" t="s">
-        <v>26</v>
+        <v>1447</v>
       </c>
       <c r="M494" t="s">
-        <v>27</v>
+        <v>4573</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
-        <v>4556</v>
+        <v>4574</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>66523</v>
+        <v>66511</v>
       </c>
       <c r="B495" t="s">
-        <v>1646</v>
+        <v>1688</v>
       </c>
       <c r="C495" t="s">
-        <v>4557</v>
+        <v>4575</v>
       </c>
       <c r="D495" t="s">
-        <v>4558</v>
+        <v>4576</v>
       </c>
       <c r="E495" t="s">
-        <v>4559</v>
+        <v>4577</v>
       </c>
       <c r="F495" t="s">
-        <v>1650</v>
+        <v>1692</v>
       </c>
       <c r="G495" t="s">
-        <v>1651</v>
+        <v>1693</v>
       </c>
       <c r="H495" t="s">
-        <v>1652</v>
+        <v>4578</v>
       </c>
       <c r="I495" t="s">
-        <v>1653</v>
+        <v>4579</v>
       </c>
       <c r="J495" t="s">
         <v>24</v>
       </c>
       <c r="K495" t="s">
-        <v>47</v>
+        <v>4580</v>
       </c>
       <c r="L495" t="s">
         <v>26</v>
       </c>
       <c r="M495" t="s">
-        <v>48</v>
+        <v>4581</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
-        <v>4560</v>
+        <v>4582</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
+        <v>66512</v>
+      </c>
+      <c r="B496" t="s">
+        <v>3658</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4583</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4584</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4585</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4586</v>
+      </c>
+      <c r="G496" t="s">
+        <v>3663</v>
+      </c>
+      <c r="H496" t="s">
+        <v>3664</v>
+      </c>
+      <c r="I496" t="s">
+        <v>3665</v>
+      </c>
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>4587</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>4588</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4589</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497">
+        <v>66513</v>
+      </c>
+      <c r="B497" t="s">
+        <v>4590</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4591</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4592</v>
+      </c>
+      <c r="E497" t="s">
+        <v>4593</v>
+      </c>
+      <c r="F497" t="s">
+        <v>4594</v>
+      </c>
+      <c r="G497" t="s">
+        <v>3992</v>
+      </c>
+      <c r="H497" t="s">
+        <v>4595</v>
+      </c>
+      <c r="I497" t="s">
+        <v>4596</v>
+      </c>
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
+        <v>4587</v>
+      </c>
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
+        <v>4588</v>
+      </c>
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
+        <v>4597</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498">
+        <v>66514</v>
+      </c>
+      <c r="B498" t="s">
+        <v>4598</v>
+      </c>
+      <c r="C498" t="s">
+        <v>4599</v>
+      </c>
+      <c r="D498" t="s">
+        <v>4600</v>
+      </c>
+      <c r="E498" t="s">
+        <v>4601</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1808</v>
+      </c>
+      <c r="G498" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H498" t="s">
+        <v>4602</v>
+      </c>
+      <c r="I498" t="s">
+        <v>4603</v>
+      </c>
+      <c r="J498" t="s">
+        <v>24</v>
+      </c>
+      <c r="K498" t="s">
+        <v>4587</v>
+      </c>
+      <c r="L498" t="s">
+        <v>26</v>
+      </c>
+      <c r="M498" t="s">
+        <v>4588</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
+        <v>4604</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499">
+        <v>66515</v>
+      </c>
+      <c r="B499" t="s">
+        <v>4605</v>
+      </c>
+      <c r="C499" t="s">
+        <v>4606</v>
+      </c>
+      <c r="D499" t="s">
+        <v>4607</v>
+      </c>
+      <c r="E499" t="s">
+        <v>4608</v>
+      </c>
+      <c r="F499" t="s">
+        <v>4609</v>
+      </c>
+      <c r="G499" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H499" t="s">
+        <v>4610</v>
+      </c>
+      <c r="I499" t="s">
+        <v>4611</v>
+      </c>
+      <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>4587</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>4588</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
+        <v>4612</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500">
+        <v>66516</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4613</v>
+      </c>
+      <c r="D500" t="s">
+        <v>4614</v>
+      </c>
+      <c r="E500" t="s">
+        <v>4615</v>
+      </c>
+      <c r="F500" t="s">
+        <v>4616</v>
+      </c>
+      <c r="G500" t="s">
+        <v>4617</v>
+      </c>
+      <c r="H500" t="s">
+        <v>4618</v>
+      </c>
+      <c r="I500" t="s">
+        <v>1524</v>
+      </c>
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
+        <v>170</v>
+      </c>
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
+        <v>171</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
+        <v>4619</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501">
+        <v>66517</v>
+      </c>
+      <c r="B501" t="s">
+        <v>4620</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4621</v>
+      </c>
+      <c r="D501" t="s">
+        <v>4622</v>
+      </c>
+      <c r="E501" t="s">
+        <v>4623</v>
+      </c>
+      <c r="F501" t="s">
+        <v>4624</v>
+      </c>
+      <c r="G501" t="s">
+        <v>4625</v>
+      </c>
+      <c r="H501" t="s">
+        <v>4626</v>
+      </c>
+      <c r="I501" t="s">
+        <v>4627</v>
+      </c>
+      <c r="J501" t="s">
+        <v>24</v>
+      </c>
+      <c r="K501" t="s">
+        <v>4587</v>
+      </c>
+      <c r="L501" t="s">
+        <v>26</v>
+      </c>
+      <c r="M501" t="s">
+        <v>4588</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
+        <v>4628</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502">
+        <v>66518</v>
+      </c>
+      <c r="B502" t="s">
+        <v>4629</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4630</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4631</v>
+      </c>
+      <c r="E502" t="s">
+        <v>4632</v>
+      </c>
+      <c r="F502" t="s">
+        <v>4633</v>
+      </c>
+      <c r="G502" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H502" t="s">
+        <v>4634</v>
+      </c>
+      <c r="I502" t="s">
+        <v>4635</v>
+      </c>
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>170</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>171</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
+        <v>4636</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503">
+        <v>66519</v>
+      </c>
+      <c r="B503" t="s">
+        <v>4637</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4638</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4639</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4640</v>
+      </c>
+      <c r="F503" t="s">
+        <v>4641</v>
+      </c>
+      <c r="G503" t="s">
+        <v>4642</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I503" t="s">
+        <v>1713</v>
+      </c>
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>4643</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>4644</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
+        <v>4645</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504">
+        <v>66520</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4646</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4647</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4648</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1779</v>
+      </c>
+      <c r="G504" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1781</v>
+      </c>
+      <c r="I504" t="s">
+        <v>1782</v>
+      </c>
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>25</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>27</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
+        <v>4649</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505">
+        <v>66521</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4650</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4651</v>
+      </c>
+      <c r="F505" t="s">
+        <v>4652</v>
+      </c>
+      <c r="G505" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H505" t="s">
+        <v>4653</v>
+      </c>
+      <c r="I505" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>170</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>171</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
+        <v>4654</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506">
+        <v>66522</v>
+      </c>
+      <c r="B506" t="s">
+        <v>4655</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4656</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4657</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4658</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4659</v>
+      </c>
+      <c r="G506" t="s">
+        <v>4660</v>
+      </c>
+      <c r="H506" t="s">
+        <v>4661</v>
+      </c>
+      <c r="I506" t="s">
+        <v>4662</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>4663</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>4664</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
+        <v>4665</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507">
+        <v>66523</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4666</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4667</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4668</v>
+      </c>
+      <c r="F507" t="s">
+        <v>1683</v>
+      </c>
+      <c r="G507" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1685</v>
+      </c>
+      <c r="I507" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>47</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>48</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
+        <v>4669</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508">
         <v>66524</v>
       </c>
-      <c r="B496" t="s">
-[...26 lines deleted...]
-      <c r="K496" t="s">
+      <c r="B508" t="s">
+        <v>3828</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4670</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4671</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4672</v>
+      </c>
+      <c r="F508" t="s">
+        <v>4673</v>
+      </c>
+      <c r="G508" t="s">
+        <v>3833</v>
+      </c>
+      <c r="H508" t="s">
+        <v>3834</v>
+      </c>
+      <c r="I508" t="s">
+        <v>3835</v>
+      </c>
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
         <v>170</v>
       </c>
-      <c r="L496" t="s">
-[...2 lines deleted...]
-      <c r="M496" t="s">
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
         <v>171</v>
       </c>
-      <c r="N496" t="s">
-[...3 lines deleted...]
-        <v>4565</v>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
+        <v>4674</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509">
+        <v>66525</v>
+      </c>
+      <c r="B509" t="s">
+        <v>4675</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4676</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4677</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4678</v>
+      </c>
+      <c r="F509" t="s">
+        <v>3689</v>
+      </c>
+      <c r="G509" t="s">
+        <v>3690</v>
+      </c>
+      <c r="H509" t="s">
+        <v>3691</v>
+      </c>
+      <c r="I509" t="s">
+        <v>3692</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>170</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>171</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
+        <v>4679</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510">
+        <v>66526</v>
+      </c>
+      <c r="B510" t="s">
+        <v>4680</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4681</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4682</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4683</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4684</v>
+      </c>
+      <c r="G510" t="s">
+        <v>3699</v>
+      </c>
+      <c r="H510" t="s">
+        <v>3700</v>
+      </c>
+      <c r="I510" t="s">
+        <v>3701</v>
+      </c>
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>170</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>171</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
+        <v>4685</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511">
+        <v>66527</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4686</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4687</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4688</v>
+      </c>
+      <c r="F511" t="s">
+        <v>4689</v>
+      </c>
+      <c r="G511" t="s">
+        <v>1731</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1732</v>
+      </c>
+      <c r="I511" t="s">
+        <v>1733</v>
+      </c>
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
+        <v>4587</v>
+      </c>
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
+        <v>4588</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
+        <v>4690</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512">
+        <v>66529</v>
+      </c>
+      <c r="B512" t="s">
+        <v>4691</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4692</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4693</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4694</v>
+      </c>
+      <c r="F512" t="s">
+        <v>4695</v>
+      </c>
+      <c r="G512" t="s">
+        <v>4129</v>
+      </c>
+      <c r="H512" t="s">
+        <v>4130</v>
+      </c>
+      <c r="I512" t="s">
+        <v>4131</v>
+      </c>
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>2131</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>2132</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
+        <v>4696</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513">
+        <v>66530</v>
+      </c>
+      <c r="B513" t="s">
+        <v>4697</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4698</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4699</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4700</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4701</v>
+      </c>
+      <c r="G513" t="s">
+        <v>1484</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1485</v>
+      </c>
+      <c r="I513" t="s">
+        <v>1486</v>
+      </c>
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>1352</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>1354</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
+        <v>4702</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514">
+        <v>66531</v>
+      </c>
+      <c r="B514" t="s">
+        <v>4703</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4704</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4705</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4706</v>
+      </c>
+      <c r="F514" t="s">
+        <v>4707</v>
+      </c>
+      <c r="G514" t="s">
+        <v>4708</v>
+      </c>
+      <c r="H514" t="s">
+        <v>4709</v>
+      </c>
+      <c r="I514" t="s">
+        <v>4710</v>
+      </c>
+      <c r="J514" t="s">
+        <v>450</v>
+      </c>
+      <c r="K514" t="s">
+        <v>4711</v>
+      </c>
+      <c r="L514" t="s">
+        <v>452</v>
+      </c>
+      <c r="M514" t="s">
+        <v>4712</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
+        <v>4713</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515">
+        <v>66532</v>
+      </c>
+      <c r="B515" t="s">
+        <v>4714</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4715</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4716</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4717</v>
+      </c>
+      <c r="F515" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G515" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1799</v>
+      </c>
+      <c r="I515" t="s">
+        <v>1800</v>
+      </c>
+      <c r="J515" t="s">
+        <v>450</v>
+      </c>
+      <c r="K515" t="s">
+        <v>4718</v>
+      </c>
+      <c r="L515" t="s">
+        <v>452</v>
+      </c>
+      <c r="M515" t="s">
+        <v>4719</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
+        <v>4720</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516">
+        <v>66533</v>
+      </c>
+      <c r="B516" t="s">
+        <v>4721</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4722</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4723</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4724</v>
+      </c>
+      <c r="F516" t="s">
+        <v>1575</v>
+      </c>
+      <c r="G516" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1577</v>
+      </c>
+      <c r="I516" t="s">
+        <v>4725</v>
+      </c>
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>4726</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>4727</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
+        <v>4728</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517">
+        <v>66534</v>
+      </c>
+      <c r="B517" t="s">
+        <v>4729</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4730</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4731</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4732</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4733</v>
+      </c>
+      <c r="G517" t="s">
+        <v>4734</v>
+      </c>
+      <c r="H517" t="s">
+        <v>3022</v>
+      </c>
+      <c r="I517" t="s">
+        <v>3023</v>
+      </c>
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>47</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>48</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
+        <v>4735</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518">
+        <v>66535</v>
+      </c>
+      <c r="B518" t="s">
+        <v>4736</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4737</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4738</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4739</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4740</v>
+      </c>
+      <c r="G518" t="s">
+        <v>4741</v>
+      </c>
+      <c r="H518" t="s">
+        <v>4742</v>
+      </c>
+      <c r="I518" t="s">
+        <v>4743</v>
+      </c>
+      <c r="J518" t="s">
+        <v>4744</v>
+      </c>
+      <c r="K518" t="s">
+        <v>4745</v>
+      </c>
+      <c r="L518" t="s">
+        <v>4746</v>
+      </c>
+      <c r="M518" t="s">
+        <v>4747</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
+        <v>4748</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519">
+        <v>66536</v>
+      </c>
+      <c r="B519" t="s">
+        <v>4749</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4750</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4751</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4752</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4753</v>
+      </c>
+      <c r="G519" t="s">
+        <v>4754</v>
+      </c>
+      <c r="H519" t="s">
+        <v>4755</v>
+      </c>
+      <c r="I519" t="s">
+        <v>4756</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>4587</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>4588</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4757</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520">
+        <v>66537</v>
+      </c>
+      <c r="B520" t="s">
+        <v>4758</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4759</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4760</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4761</v>
+      </c>
+      <c r="F520" t="s">
+        <v>4762</v>
+      </c>
+      <c r="G520" t="s">
+        <v>4513</v>
+      </c>
+      <c r="H520" t="s">
+        <v>4514</v>
+      </c>
+      <c r="I520" t="s">
+        <v>4515</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>4587</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>4588</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
+        <v>4763</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521">
+        <v>66538</v>
+      </c>
+      <c r="B521" t="s">
+        <v>4764</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4765</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4766</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4767</v>
+      </c>
+      <c r="F521" t="s">
+        <v>4768</v>
+      </c>
+      <c r="G521" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1790</v>
+      </c>
+      <c r="I521" t="s">
+        <v>1791</v>
+      </c>
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>4769</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>4770</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
+        <v>4771</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522">
+        <v>66540</v>
+      </c>
+      <c r="B522" t="s">
+        <v>4772</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4773</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4774</v>
+      </c>
+      <c r="E522" t="s">
+        <v>4775</v>
+      </c>
+      <c r="F522" t="s">
+        <v>4776</v>
+      </c>
+      <c r="G522" t="s">
+        <v>4777</v>
+      </c>
+      <c r="H522" t="s">
+        <v>4778</v>
+      </c>
+      <c r="I522" t="s">
+        <v>1515</v>
+      </c>
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
+        <v>4779</v>
+      </c>
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
+        <v>4780</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
+        <v>4781</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523">
+        <v>66541</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4782</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4783</v>
+      </c>
+      <c r="E523" t="s">
+        <v>4784</v>
+      </c>
+      <c r="F523" t="s">
+        <v>4785</v>
+      </c>
+      <c r="G523" t="s">
+        <v>1771</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1772</v>
+      </c>
+      <c r="I523" t="s">
+        <v>1773</v>
+      </c>
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>4786</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>4787</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
+        <v>4788</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">